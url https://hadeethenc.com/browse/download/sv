--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -12,2956 +12,2956 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5083">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5293">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Svenska
 # Source: https://hadeethenc.com/sv
-# Last update: 2025-06-21 01:22:36 (v1.14.0)
-# Check for updates: https://hadeethenc.com/en/check/sv/v1.14.0
+# Last update: 2025-09-16 21:54:51 (v1.15.0)
+# Check for updates: https://hadeethenc.com/en/check/sv/v1.15.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً</t>
+    <t>فإذا جاء رمضان فاعتمري، فإن عمرة فيه تعدل حجة</t>
   </si>
   <si>
     <t>När Ramadan kommer ska du utföra 'Umrah, för en 'Umrah under den månaden är som att utföra Hajj</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِامْرَأَةٍ مِنَ الْأَنْصَارِ سَمَّاهَا ابْنُ عَبَّاسٍ فَنَسِيتُ اسْمَهَا: «مَا مَنَعَكِ أَنْ تَحُجِّي مَعَنَا؟» قَالَتْ: لَمْ يَكُنْ لَنَا إِلَّا نَاضِحَانِ فَحَجَّ أَبُو وَلَدِهَا وَابْنُهَا عَلَى نَاضِحٍ وَتَرَكَ لَنَا نَاضِحًا نَنْضِحُ عَلَيْهِ، قَالَ: «فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) sa: Profeten ﷺ sa till en kvinna från al-Ansar, som Ibn Abbas namngav, men vars namn jag glömt: "Vad hindrade dig från att göra Hajj med oss?" Hon svarade: "Vi hade bara två kameler, och min make och min son gjorde Hajj med en av dem, och lämnade den andra till oss för att kunna hämta vatten." Då sa han: "När Ramadan kommer ska du utföra 'Umrah, för en 'Umrah under den månaden är som att utföra Hajj."</t>
   </si>
   <si>
     <t>لمَّا رَجَعَ النبيُّ صلى الله عليه وسلم من حَجة الوداع، قال لامرأةٍ من الأنصار لم تحج: ما الذي منعك من الحج معنا؟ 
 فاعتذرت بأن لهم بَعيرين، فحج زوجها وابنها على أحدهما، وترك الآخر ليستقوا به الماء من البئر.
 فأخبرها النبي عليه الصلاة والسلام أن أداء العمرة في شهر رمضان يماثل أجرُها أجرَ حجة.</t>
   </si>
   <si>
     <t>När profeten ﷺ återvände från sin avskeds-Hajj, sa han till en kvinna från al-Ansar, som inte hade utfört Hajj: Vad hindrade dig från att utföra Hajj med oss?
 Kvinnan ursäktade sig med att de hade endast två kameler, så hennes make och son hade använt en av dem för Hajj, och den andra hade lämnats för att hämta vatten från brunnen.
 Då informerade profeten ﷺ henne om att utföra 'Umrah under månaden Ramadan har samma belöning som att utföra Hajj.</t>
   </si>
   <si>
     <t>فضيلة العمرة في شهر رمضان.
 العمرة في رمضان تساوي حجةً في الثواب، لا في إسقاط فرض الحج.
 ثواب الأعمال يزيد بزيادة شرف الأوقات، ومن ذلك الأعمال في رمضان.</t>
   </si>
   <si>
     <t>Dygden att utföra 'Umrah under Ramadan.
 'Umrah under Ramadan har samma belöning som Hajj, men det är fortfarande obligatoriskt för personen att utföra Hajj.
 Belöningen för handlingar ökar under förträffliga tider, och detta inkluderar handlingar under Ramadan.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[Autentisk]</t>
   </si>
   <si>
     <t>[Al-Bukhari och Muslim]</t>
   </si>
   <si>
     <t>sv</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2753</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>Den som vallfärdar utan att vara oanständig eller syndig återvänder som den dag hans moder födde honom</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) sa att han hörde profeten (sallallahu ´alayhi wa sallam) säga: "Den som vallfärdar utan att vara oanständig eller syndig återvänder som den dag hans moder födde honom".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) tydliggör att den som vallfärdar för Allahs skull ska undvika oanständighet. Detta omfattar sexuellt umgänge och förspel, men även oanständigt tal. Den som vallfärdar ska inte heller synda genom att utföra dåliga handlingar. Synder inkluderar även att göra handlingar som är förbjudet under Ihram. Den som undviker ovanstående återvänder från sin vallfärd och har blivit förlåten likt hur ett nyfött barn föds utan synd.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Även om synder är förbjudna under alla omständigheter är dess allvar större under vallfärden utav respekt för vallfärdens ritualer.
 Människan föds syndfri, alltså ärver hon inte någon annans synd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2758</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ</t>
+    <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
   </si>
   <si>
     <t>Allahs sändebud! Vi anser att Jihad är den bästa handlingen, ska inte vi utföra Jihad?" Han svarade: "Nej, den bästa Jihad för er är en accepterad Hajj</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
   </si>
   <si>
     <t>'A'ishah, de troendes moder (må Allah vara nöjd med henne) sa: "Allahs sändebud! Vi anser att Jihad är den bästa handlingen, ska inte vi utföra Jihad?" Han svarade: "Nej, den bästa Jihad för er är en accepterad Hajj."</t>
   </si>
   <si>
     <t>كَانَ الصحابةُ رضيَ الله عنهم يَرون الجهادَ في سبيل الله ومقاتلة الأعداء من أفضل الأعمال، 
 فسألت عائشة رضي الله عنها النبي صلى الله عليه وسلم أنْ يجاهِدْن؟ 
 فأرشَدَهُنَّ صلى الله عليه وسلم إلى أفضل الجهاد في حقِّهن وهو الحج المبرور الموافق للكتاب والسنة، السالم من الإثم والرياء.</t>
   </si>
   <si>
     <t>Följeslagarna (må Allah vara nöjd med dem) ansåg att utföra Jihad för Allahs skull och att strida mot fienden är den bästa handlingen, så 'A'ishah (må Allah vara nöjd med henne) frågade profeten ﷺ om de borde utföra Jihad?
 Han ﷺ uppmanade dem till den bästa Jihad för kvinnor, vilket är en accepterad Hajj i enlighet med Koranen och Sunnan, där man varken syndar eller försöker visa upp sig genom ögontjäneri.</t>
   </si>
   <si>
     <t>الجهاد مِن أفضل الأعمال للرجال.
 الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
 الأعمال تتفاضلُ وتتفاوت بحسب العامل.
 سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
   </si>
   <si>
     <t>Jihad är bland de bästa handlingarna som män kan utföra.
 Det är bättre för kvinnor att göra Hajj än att göra Jihad, och det är bland de bästa handlingarna för dem.
 Handlingars förträfflighet skiljer sig och varierar beroende på den som utför den.
 Hajj kallas för Jihad eftersom det innebär en inre kamp, och det omfattar ekonomiska utgifter och fysiska ansträngningar. Det är både en fysisk och ekonomisk dyrkan på samma sätt som Jihad för Allahs skull.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[Återberättad av al-Bukhari]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2759</t>
   </si>
   <si>
-    <t>يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ</t>
+    <t>يا عباس، يا عم رسول الله، سل الله العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>''Abbas! Allahs sändebuds farbror! Be Allah om välbefinnande i detta liv och i nästa.'</t>
   </si>
   <si>
     <t>عَنِ العَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رَضيَ اللهُ عنهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ عَزَّ وَجَلَّ. قَالَ: «سَلِ اللَّهَ العَافِيَةَ»، فَمَكَثْتُ أَيَّامًا ثُمَّ جِئْتُ فَقُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ. فَقَالَ لِي: «يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ».</t>
   </si>
   <si>
     <t>Al-'Abbas ibn 'Abd al-Muttalib (må Allah vara nöjd med honom) berättade: "Jag sa: 'Allahs sändebud! Lär mig något jag kan be Allah om.' Han svarade: 'Be Allah om välbefinnande.' Efter några dagar kom jag tillbaka och sa: 'Allahs sändebud! Lär mig något jag kan be Allah om.' Han svarade: ''Abbas! Allahs sändebuds farbror! Be Allah om välbefinnande i detta liv och i nästa.'"</t>
   </si>
   <si>
     <t>طَلَبَ عَمُّ النبيِّ صلى الله عليه وسلم العبَّاسُ بن عبد المطلب رضي الله عنه من النبيِّ صلى الله عليه وسلم أنْ يُعَلِّمَه دعاءً يسألُ اللهَ إياه، فعلَّمَه صلى الله عليه وسلم أنْ يسألَ الله العافية والسلامة من الآفات والعيوب في الدين والدنيا والآخرة، قال العباس: وبعد أيامٍ عُدتُ إليه صلى الله عليه وسلم مرة أخرى أسألُه أنْ يُعلِّمَني دعاءً أطلبُه من الله، فقال صلى الله عليه وسلم له مُتودِّدًا إليه: يا عباس، يا عمَّ رسول الله، سَلِ اللهَ العافيةَ لدفع كلّ ضُرٍّ وجَلْبِ كلِّ خيرٍ ونفعٍ في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Profetens ﷺ farbror, al-'Abbas (må Allah vara nöjd med honom), bad profeten ﷺ om en specifik bön för att be till Allah. Profeten ﷺ lärde honom att be om al-‘Afiyah, vilket innebär ett omfattande välbefinnande och skydd från sjukdomar, prövningar och skador i både religiösa och världsliga angelägenheter. När al-'Abbas efter några dagar återvände för att ställa samma fråga, betonade profeten ﷺ på ett kärleksfullt och tillgivet sätt vikten av att be om al-‘Afiyah: "Abbas! Allahs sändebuds farbror! Be Allah om välbefinnande för att avvärja det som är skadligt och uppnå det som är gynnsamt i detta liv och i det nästa.</t>
   </si>
   <si>
     <t>تَكرار النبيِّ صلى الله عليه وسلم نفسَ الإجابةِ للعباس حين سألَه للمرة الثانية يدلُّ على أن العافية هي خير ما يَسأل العبدُ ربَّه.
 بيان فضل العافية وأن فيها جماع الخير في الدنيا والآخرة.
 حرص الصحابة رضوان الله عليهم على الاستزادة من العلم والخير.</t>
   </si>
   <si>
     <t>Profetens ﷺ upprepning av samma svar visar att al-‘Afiyah är en av de bästa böner en tjänare kan be till Allah.
 Al-‘Afiyah omfattar allt gott och skydd i både detta liv och nästa, vilket gör det till en omfattande och förträfflig bön.
 Följeslagarnas ivriga önskan att lära sig och öka i godhet.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[Autentisk via andra]</t>
   </si>
   <si>
     <t>[Återberättad av at-Tirmidhi och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2932</t>
   </si>
   <si>
-    <t>‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟</t>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>Ska jag inte informera er om de största synderna?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>Abu Bakrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Ska jag inte informera er om de största synderna?" Han upprepade detta tre gånger. De sa: "Jo, Allahs sändebud!" Han sa: "Att dyrka andra än Allah och att bete sig illa mot föräldrar." Han satt tillbakalutad och satte sig upp och sa: "Och att tala osanning." Han fortsatte att upprepa sig till dess att vi önskade att han slutade."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Profeten ﷺ underrättar sina följeslagare om de värsta synderna, varefter han nämnde dessa tre:
 1. Att dyrka andra än Allah: vilket är att rikta någon form av dyrkan till andra än Allah, och att likställa någon med Allah i hans gudomlighet, herravälde, namn eller egenskaper.
 2. Att bete sig illa mot föräldrar: det omfattar all skada som åsamkas dem i tal och handling, och även att inte visa dem godhet.
 3. Att tala osanning, vilket inkluderar falsk vittnesbörd: att yttra någon påhittad lögn för att komma åt personens egendom, förtala honom eller liknande.
 Profeten ﷺ upprepade sin varning mot att tala osanning för att betona dess vidrighet och de onda konsekvenserna som det medför i samhället. Det gick så långt att följeslagarna önskade att han skulle sluta upprepa det, av omsorg för honom då de ogillade det som störde honom.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Den värsta synden är avguderi, därför nämndes det först av de större synderna. Allah bekräftar detta då han sa: "Allah förlåter inte att något sätts vid hans sida, men han förlåter den han vill för annat än det."
 Föräldrarnas stora rättighet, då deras rättighet nämndes tillsammans med Allahs rättighet.
 Synder delas upp i större och mindre. De större synderna är de synder som resulterar i ett straff i detta liv, som de föreskrivna bestraffningarna, förbannelse, eller ett straff i det kommande livet, eller att det nämnts att personen kommer att träda in i elden. De större synderna har olika kategorier, vissa räknas som en större synd än andra. De mindre synderna är de som inte faller in under denna beskrivning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2941</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ</t>
+    <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
     <t>Allah förbjuder er från att svära vid era fäder</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
     <t>'Umar bin al-Khattab (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah förbjuder er från att svära vid era fäder." 'Umar sa: "Vid Allah! Jag har inte svurit vid dem sedan jag hörde Allahs sändebud ﷺ förbjuda från det, varken avsiktligt eller genom att återberätta det från andra."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah förbjuder att svära eder vid ens fäder. Den som vill svära vid någon ska endast svära vid Allah, och inte svära vid någon annan. 'Umar bin al-Khattab nämnde sedan att han inte svurit på det sättet sedan han hörde detta förbud från Allahs sändebud ﷺ, han gjorde varken det avsiktligt och inte heller genom att återberätta att någon annan svurit vid andra än Allah.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
     <t>Det är förbjudet att svära vid andra än Allah. Han nämnde att svära vid fäder i synnerhet eftersom det var utspritt i den hedniska tiden innan islam.
 Att svära eder är att svära vid Allah, hans namn eller egenskaper gällande någon fråga för att betona den.
 'Umars förträfflighet i hur snabbt han brukade besvara profetens ﷺ kall, och hans ypperliga förståelse och aktsamhet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2945</t>
   </si>
   <si>
-    <t>أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ</t>
+    <t>أن امرأة وجدت في بعض مغازي النبي صلى الله عليه وسلم مقتولة، فأنكر رسول الله صلى الله عليه وسلم قتل النساء والصبيان</t>
   </si>
   <si>
     <t>En kvinna hade hittats dödad i en av profetens krigståg, vilket ledde Allahs sändebud ﷺ till att fördöma dödandet av kvinnor och barn</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُما: أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ.</t>
   </si>
   <si>
     <t>'Abdullah ibn 'Umar (må Allah vara nöjd med honom) berättade: "En kvinna hade hittats dödad i en av profetens krigståg, vilket ledde Allahs sändebud ﷺ till att fördöma dödandet av kvinnor och barn."</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم امرأةً مقتولةً في إحدى الغزوات، فأنْكَرَ قَتْلَ النساء والصيبان الصغار الذين لم يبلغوا الحنث.</t>
   </si>
   <si>
     <t>Profeten ﷺ såg en kvinna som hade blivit dödad i en av striderna och fördömde dödandet av kvinnor och barn som inte har nått puberteten.</t>
   </si>
   <si>
     <t>مَن لم يقاتل مِن النساء، والصبيان، ومَن في حُكمهم من الشيوخ الفانِيْن والرهبان، فإنهم لا يُقتَلون، ما لم يكن هؤلاء من أصحاب رأي ومساعدة على قتال المسلمين، فإذا كانوا كذلك فإنهم يُقتلون.
 النهي عن قتل النساء والصبيان؛ لأن هؤلاء لا يُقاتلون المسلمين، والمقصود من الجهاد في سبيل الله تعالى كَسْر شوكة المقاتلين فقط؛ حتى تصل دعوة الحق إلى الناس أجمعين.
 رحمة النبي صلى الله عليه وسلم حتى في الغزوات والحروب.</t>
   </si>
   <si>
     <t>De som inte deltar i strider, såsom kvinnor och barn, samt andra i liknande situationer likt äldre och munkar, ska inte dödas, såvida de inte aktivt deltar i eller hjälper till i striderna mot muslimer. Om de deltar i striden, ska muslimer kämpa tillbaka.
 Det är förbjudet att döda kvinnor och barn, eftersom de inte deltar i striderna. Syftet med att strida för Allahs skull är att försvaga de stridandes makt så att sanningen kan nå samtliga människor.
 Profetens ﷺ barmhärtighet manifesterades även under strider och krig.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2949</t>
   </si>
   <si>
-    <t>نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ</t>
+    <t>نهى عن النذر، وقال: إنه لا يأتي بخير، وإنما يستخرج به من البخيل</t>
   </si>
   <si>
     <t>förbjöd att man avlägger religiösa löften (al-Nadhr). Han ﷺ sa: "Det medför inget gott, det är endast ett sätt att få ut något från den snåle</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ».</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med honom) berättade att profeten ﷺ förbjöd att man avlägger religiösa löften (al-Nadhr). Han ﷺ sa: "Det medför inget gott, det är endast ett sätt att få ut något från den snåle."</t>
   </si>
   <si>
     <t>نَهَى صلى الله عليه وسلم عن النذر، وهو أنْ يُوجِبَ الإنسان على نفسه شيئًا لم يُلزِمْه به الشَّارعُ، وقال: بأنّ النذر لا يقدِّم شيئًا ولا يؤخِّره، وإنما يُستخرج به من البخيل الذي لا يفعل إلا الواجب عليه، وأنَّ النذر لا يأتي بشيء لم يكن قد قدِّر له.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd att religiösa löften avläggs, vilket innebär att en person gör något obligatoriskt för sig själv, som Shari'ahn inte har gjort obligatoriskt. Han sa att dessa löften inte förändrar något, varken skyndar på eller fördröjer händelser. Religiösa löften avläggs oftast av den som är snål och som endast vill göra det som är en plikt för honom. De medför inte något som inte redan hade föreskrivits ska ske denna person.</t>
   </si>
   <si>
     <t>لا يُشرع النذر، لكن إذا نَذَرَ وَجَب عليه الوفاء به إن لم يكن معصية.
 العلة في النهي (أنه لا يأتي بخير)؛ لأنه لا يَردُّ من قضاء الله شيئًا؛ ولئلا يَظن الناذِر أن حصول طلبه كان بسبب النذر، والله تعالى غني عن ذلك.
 قال القرطبي: هذا النهي محلُّه أن يقول مثلًا: إن شفى الله مريضي فعليَّ صدقة كذا، ووجه الكراهة أنه لما وقَف فِعْلَ القُربة المذكور على حصول الغرض المذكور، ظهر أنه لم يَتَمَخَّض له نية التقرُّب إلى الله تعالى لِما صَدَر منه بل سلك فيها مسلك المعاوضة، ويوضِّحه أنه لو لم يشفِ مريضه لم يتصدّق بما علَّقه على شفائه، وهذه حالة البخيل، فإنه لا يُخرج من ماله شيئًا إلا بعوضٍ عاجل يزيد على ما أخرج غالبًا.</t>
   </si>
   <si>
     <t>Det är inte föreskrivet att avlägga religiösa löften, men om någon avlägger ett sådant löfte måste det uppfyllas, såvida det inte omfattar en synd.
 Orsaken till förbudet är att "det medför inget gott". Det kan inte ändra något i Allahs beslut; och för att den som avger en ett religiöst löfte inte ska tro att uppfyllandet av hans önskemål var på grund av löftet, eftersom Allah inte är i behov av den.
 Al-Qurtubi sa: "Detta förbud gäller när någon exempelvis säger: 'Om Allah botar min sjuka närstående, så ska jag ge så-och-så mycket i välgörenhet.' Anledningen till att detta är ogillat är att denna dyrkan endast kommer utföras om personen uppnår ett specifikt syfte. Personen har alltså inte avsikt att närma sig Allah med denna handling som är en form av dyrkan, utan söker endast något i gengäld. Detta blir uppenbart om hans sjuka närstående inte blir frisk, kommer han följaktligen inte ge i välgörenhet. Detta är den snåles beteende; han spenderar inget från sin egendom om han inte får en ersättning för det omedelbart, som dessutom oftast överstiger det han spenderade inledningsvis."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2960</t>
   </si>
   <si>
-    <t>إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ</t>
+    <t>إني والله إن شاء الله لا أحلف على يمين، فأرى غيرها خيرا منها، إلا كفرت عن يميني، وأتيت الذي هو خير</t>
   </si>
   <si>
     <t>Vid Allah! Om Allah vill, svär jag en ed, och sedan inser jag att något annat är bättre, så bryter jag min ed och sonar för det, och gör det som är bättre.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي رَهْطٍ مِنَ الأَشْعَرِيِّينَ أَسْتَحْمِلُهُ، فَقَالَ: «وَاللَّهِ لاَ أَحْمِلُكُمْ، مَا عِنْدِي مَا أَحْمِلُكُمْ» ثُمَّ لَبِثْنَا مَا شَاءَ اللَّهُ فَأُتِيَ بِإِبِلٍ، فَأَمَرَ لَنَا بِثَلاَثَةِ ذَوْدٍ، فَلَمَّا انْطَلَقْنَا قَالَ بَعْضُنَا لِبَعْضٍ: لاَ يُبَارِكُ اللَّهُ لَنَا، أَتَيْنَا رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَسْتَحْمِلُهُ فَحَلَفَ أَنْ لاَ يَحْمِلَنَا فَحَمَلَنَا، فَقَالَ أَبُو مُوسَى: فَأَتَيْنَا النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَذَكَرْنَا ذَلِكَ لَهُ، فَقَالَ: «مَا أَنَا حَمَلْتُكُمْ، بَلِ اللَّهُ حَمَلَكُمْ، إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ».</t>
   </si>
   <si>
     <t>Abu Musa al-Ash'ari (må Allah vara nöjd med honom) berättade: "Jag kom till Allahs sändebud ﷺ tillsammans med en grupp från Ash'ariterna för att be om färdmedel. Profeten ﷺ sa 'Vid Allah! Jag kan inte ge er något färdmedel, jag har inget som kan transportera er.' Sedan, efter en tid som Allah bestämt, kom det kameler, och han gav oss tre kameler. När vi började vår resa sa några av oss till de andra: 'Allah kommer inte att välsigna oss! Vi kom till Allahs sändebud ﷺ för att be om färdmedel, och han svor att han inte kunde ge oss det, men sen gjorde han det ändå.' Abu Musa sa: 'Så vi gick tillbaka till profeten ﷺ och berättade det för honom, och han svarade: 'Det var inte jag som gav er färdmedel, det var Allah. Vid Allah! Om Allah vill, svär jag en ed, och sedan inser jag att något annat är bättre, så bryter jag min ed och sonar för det, och gör det som är bättre.'"</t>
   </si>
   <si>
     <t>يُخبِرُ أبو موسى الأشعري رضي الله عنه أنه أتى رسولَ الله صلى الله عليه وسلم ومعه جماعة من قبيلته، وكان غرضُهم أنْ يُعطيَهم النبيُّ صلى الله عليه وسلم إبلًا يركبونها؛ للتمكُّن من المشاركة في الجهاد، فأقسم عليه الصلاة والسلام ألّا يَحملَهم، وليس عنده ما يحملُهم عليه، 
 فرجعوا ومَكثوا مدةً ثم جاءت للنبي عليه الصلاة والسلام إبلٌ ثلاث، فأرسل بها إليهم، فقال بعضهم لبعض: لا يبارك الله لنا في هذه الإبل؛ لأنَّ النبي صلى الله عليه وسلم حلف ألّا يحملَنا، فأتوه وسألوه، 
 فقال عليه الصلاة والسلام: الذي حَملَكم هو الله تعالى؛ لأنه الذي وفَّق ورزق، وإنما أنا سببٌ جَرى ذلك على يدي، 
 ثم قال صلى الله عليه وسلم: إني والله إن شاء الله لا أحلف على شيء أنْ أفعلَه أو أن أتركَه، وأرى أنّ غير ذلك المحلوف خيرٌ منه وأفضل، إلّا فعلت الأفضل وتركت المحلوف عليه، وكفَّرت عن يميني.</t>
   </si>
   <si>
     <t>Abu Musa al-Ash'ari (må Allah vara nöjd med honom) berättar att han kom till Allahs sändebud ﷺ med en grupp från sin stam. De kom i syfte att få kameler från profeten ﷺ för att kunna delta i strid. Han svor att han inte kunde ge dem något färdmedel, eftersom han inte hade det då. De återvände och efter en tid fick profeten ﷺ tre kameler och skickade kamelerna till dem. Några av dem sa då till varandra: "Allah kommer inte att välsigna dessa kameler åt oss, eftersom profeten ﷺ hade svurit att han inte kunde förse oss med färdmedel." De gick tillbaka och frågade honom, och han svarade, "Det var Allah som gav er färdmedlet, för det är han som ger framgång och försörjning, och jag var bara en anledning genom vilket detta hände." Sedan sa profeten ﷺ: "Vid Allah! Om Allah vill, svär jag en ed att göra något eller lämna något. Sedan inser att något annat är bättre, så då gör jag det som är bättre, och bryter min ed men kompenserar för det."</t>
   </si>
   <si>
     <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
 جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
 الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
   </si>
   <si>
     <t>Det är tillåtet att svära vid Allah även om man inte blivit tillfrågad att göra det. Detta kan göras för att bekräfta ett påstående, även om det berör framtiden.
 Det är tillåtet att säga. "Om Allah vill" efter en ed, eftersom om personen avsiktligen säger det i samband med eden så behöver han inte kompensera för eden om han bryter den.
 Det är uppmuntrat att bryta en ed om man ser att det finns bättre alternativ, men då bör man kompensera för sin ed.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2961</t>
   </si>
   <si>
-    <t>أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ</t>
+    <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>De första fallen som ska dömas bland människor på domedagen kommer att gälla blod</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "De första fallen som ska dömas bland människor på domedagen kommer att gälla blod."</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att den första saken det kommer att dömas om bland människor på domedagen är deras förtryck mot varandra kopplat till blod, så som mord och orsakandet av skador.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Detta visar vikten av de fallen kopplade till blod, eftersom det viktigaste prioriteras först.
 Synder blir grövre beroende på vilken skada de orsakar. Att ta livet av oskyldiga människor är från de värsta skadorna, och det finns ingen värre synd än det förutom otro och att dyrka andra än Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2962</t>
   </si>
   <si>
-    <t>مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ</t>
+    <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>Den som kämpar för att Allahs ord ska vara det högsta, gör det för Allahs skull</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
   </si>
   <si>
     <t>Abu Musa (må Allah vara nöjd med honom) sa: Allahs sändebud ﷺ tillfrågades om en man som kämpar för att visa att han är modig, eller på grund av klanlojalitet, eller för ögontjäneri – vilket av dessa [skäl] är för Allahs skull? Han ﷺ svarade: "Den som kämpar för att Allahs ord ska vara det högsta, gör det för Allahs skull."</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>Profeten ﷺ  frågades om hur de stridandes avsikter kan skilja sig; den som strider för att visa att han är modig, eller drivs av klanlojalitet eller för att visa upp sig för andra människor, eller av annan orsak, vilken av dessa är för Allahs sak? Profeten ﷺ informerade att den som kämpar för Allahs skull är den som kämpar för att Allahs ord ska vara det högsta.</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
     <t>Det som avgör om en handling är god eller dålig är avsikten och att endast tillägna handlingen till Allah.
 Om syftet med jihad är att höja Allahs ord och ett annat föreskrivet syfte tillkommer, som att erhålla krigsbyte, så skadar det inte den primära avsikten.
 Att försvara länder och helgedomar från fiender är att strida för Allahs sak.
 Förträffligheten som omnämns för de som gör Jihad är specifik för dem som strider för att Allahs ord ska vara det högsta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2969</t>
   </si>
   <si>
-    <t>ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا</t>
+    <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
   </si>
   <si>
     <t>Profeten ﷺ slaktade, med sina egna händer, två vita baggar med svarta fläckar och horn under Eid al-Adha. Han nämnde Allahs namn, sa 'Allahu Akbar' och placerade sin fot på deras nackar under slakten</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade: "Profeten ﷺ slaktade, med sina egna händer, två vita baggar med svarta fläckar och horn under Eid al-Adha. Han nämnde Allahs namn, sa 'Allahu Akbar' och placerade sin fot på deras nackar under slakten."</t>
   </si>
   <si>
     <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade att profeten ﷺ personligen genomförde slakten av två baggar med horn, som var vita med svarta inslag, på Eid al-Adha. Han inledde med att nämna Allahs namn och uttalade "Allahu Akbar" och placerade sin fot på deras nackar.</t>
   </si>
   <si>
     <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
 الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
 قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
 قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
 استحباب الأضحية بالأقرن ويجوز بغيره.</t>
   </si>
   <si>
     <t>Det är föreskrivet att offra djur vid Eid al-Adha, något som samtliga muslimer är överens om.
 Det är bättre att offerdjuret är av denna typ som profeten ﷺ slaktade, på grund av dess fina utseende och goda köttkvalitet.
 Al-Nawawi sa: "Det är Sunnah att en person själv slaktar sitt offerdjur om möjligt. Om en annan muslim utför slakten åt ens vägnar är det tillåtet utan någon meningsskiljaktighet i frågan, men det är rekommenderat att närvara vid slakten."
 Ibn Hajar sa: "Detta tyder på att det är rekommenderat att säga 'Allahu Akbar' tillsammans med 'Bismillah' vid slakten, och att lägga foten på den högra sidan av djurets hals. Det råder enighet bland de lärda om att djuret ska läggas ner på sin vänstra sida, så att slaktaren kan placera sin fot på dess högra sida, vilket gör det enklare för honom att hålla kniven i höger hand och dess huvud i vänster hand."
 Även om det är föredraget att offra ett djur med horn, är det tillåtet att offra djur utan horn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2971</t>
   </si>
   <si>
-    <t>لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ</t>
+    <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>Bär inte siden eller brokadsiden, och drick inte ur kärl av guld eller silver, och ät inte på fat gjord av dem, för dessa är för dem i denna värld men för oss i det kommande livet</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>'Abdur-Rahman ibn Abi Layla berättade att när de var hos Hudhayfah, bad han om vatten och en zoroastrier gav honom det. När han fick bägaren i sin hand, kastade han den från sig och sa: "Om det inte vore för att jag har förbjudit honom det, inte bara en gång eller två gånger - det var som om han ville säga: Skulle jag inte ha gjort detta - men jag hörde profeten ﷺ säga: "Bär inte siden eller brokadsiden, och drick inte ur kärl av guld eller silver, och ät inte på fat gjord av dem, för dessa är för dem i denna värld men för oss i det kommande livet."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd män att bära alla typer av siden. Och han ﷺ  förbjöd både män och kvinnor att äta och dricka ur kärl och behållare av guld eller silver. Och han ﷺ  informerade om att de är exklusivt för de troende på domedagen; eftersom de undvek detta i denna värld, i lydnad till Allah. Men vad gäller de otrogna så är de inte för dem i det kommande livet; eftersom de skyndade sig att njuta av det goda i detta liv genom att använda dem, och de lydde inte Allah.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
     <t>Det är förbjudet att bära siden och brokadsiden för män, och Hadithen innehåller en strikt varning för den som bär dem.
 Det är tillåtet för kvinnor att bära siden och brokadsiden.
 Förbudet mot att äta och dricka i guld- och silverkärl gäller både män och kvinnor.
 Hudhayfah (må Allah vara nöjd med honom) var sträng i sitt fördömande, och han motiverade det med att han, ett flertal gånger, hade förbjudit zoroastriern från att använda guld- och silverkärl, men han upphörde inte med att göra det ändå.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2985</t>
   </si>
   <si>
-    <t>مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ</t>
+    <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
   </si>
   <si>
     <t>Den som klär sig i siden i detta liv kommer inte att få klä sig i det i nästa liv</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>'Umar (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som klär sig i siden i detta liv kommer inte att få klä sig i det i nästa liv."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggjorde att de män som klär sig i siden i detta liv, och inte ångrar sig, kommer att bestraffas med att han inte kommer att få tillåtas att klä sig i det i nästa liv.</t>
   </si>
   <si>
     <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
  تحريم لبس الحرير على الرجال.
 النهي عن لبس الحرير يعم لُبسه وافتراشه.
 يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
   </si>
   <si>
     <t>Det som avses med siden här är det naturliga och äkta siden. Konstgjort siden omfattas inte av förbudet i denna Hadith.
 Det är förbjudet för män att klä sig i siden.
 Förbudet från att klä sig i siden omfattar både klädsel som att använda det som underlag.
 Män får använda en liten mängd siden i kläder som dekoration eller för att fästa kanterna, förutsatt att dess bredd inte överstiger två till fyra fingrars bredd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2986</t>
   </si>
   <si>
-    <t>مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا</t>
+    <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>Den som riktar vapen mot oss, är inte en av oss</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Abu Musa al-Ash'ari (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som riktar vapen mot oss, är inte en av oss."</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnar den som riktar vapen mot muslimer för att skrämma dem eller stjäla från dem. Han berättar att den som gör så utan rätt har utfört ett stort brott och fallit in i en av de större synderna. Han förtjänar därför denna stränga varning.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>Detta är en sträng varning för muslimer som strider mot varandra.
 Från de värsta handlingarna och de mest enorma fördärv på jorden är att rikta vapen mot muslimer och att sprida förödelse genom mord.
 Denna varning riktas inte mot dem som strider av rätt anledning, som att bestrida dem som begår övergrepp, fördärv med mera.
 Det är förbjudet att skrämma muslimer med vapen och annat, även om det görs på skämt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2997</t>
   </si>
   <si>
-    <t>أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ</t>
+    <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
   </si>
   <si>
     <t>Jag bad er inte att svära vid Allah för att jag tvivlar på det ni säger, men Gabriel kom till mig och informerade mig om att Allah skryter om er inför änglarna</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri sa: "Mu'awiyah bin Abi Sufyan (må Allah vara nöjd med honom) kom till en grupp i moskén och frågade dem vad de hade samlats för. De svarade: 'Vi sitter tillsammans för att minnas Allah.' Han bad dem svära vid Allah att de inte hade något annat syfte med att de satt tillsammans, än att nämna Allah. De svarade: 'Vid Allah! Vi sitter endast tillsammans för detta syfte.' Han sa: 'Jag bad er inte att svära vid Allah för att jag tvivlar på det ni säger. Ingen hade en liknande position till Allahs sändebud ﷺ som jag, och ändå finns det ingen som återberättar så få Hadither från honom ﷺ som jag.'" Allahs sändebud ﷺ stötte en gång på en grupp av sina följeslagare som satt ned och han sa till dem: "Vad har fört er hit?" De svarade: "Vi sitter tillsammans för att minnas Allah och prisa honom för att han har väglett oss till islam och välsignat oss med detta." Han ﷺ sa: "Svär vid Allah att ni inte hade något annat syfte med att ni sitter tillsammans, än att nämna Allah." De svarade: "Vid Allah! Vi sitter endast tillsammans för detta syfte." Han ﷺ sa: "Jag bad er inte att svära vid Allah för att jag tvivlar på det ni säger, men Gabriel kom till mig och informerade mig om att Allah skryter om er inför änglarna."</t>
   </si>
   <si>
     <t>خَرَجَ معاويةُ بن أبي سفيان رضي الله عنهما على حلقة في المسجد، فسألهم على أي شيء اجتمعوا، 
 فقالوا: نذكر الله، 
 فاستحلفهم رضي الله عنه أنهم ما أرادوا بجلوسهم واجتماعهم إلا الذكر، 
 فحلفوا له، 
 ثم قال لهم: إني لم أستحلفكم تهمة لكم وشكًّا في صدقكم، ثم أخبر عن منزلته من النبي صلى الله عليه وسلم وأنه ما كان أحد بمنزلة قربه منه؛ لكون أم حبيبة أخته زوجة النبي صلى الله عليه وسلم، ولكونه من كتبة الوحي، ومع ذلك فهو قليل الرواية للأحاديث، 
 فحدثهم أن النبي صلى الله عليه وسلم خرج يومًا من بيته، فوجدهم جالسين في المسجد يذكرون الله ويحمدونه على ما هداهم للإسلام، ومنَّ به عليهم، فسألهم صلى الله عليه وسلم واستحلفهم  بمثل ما فعل معاوية رضي الله عنه مع أصحابه، 
 ثم قال لهم النبي صلى الله عليه وسلم عن سبب سؤاله لهم واستحلافهم: أنه أتاه المَلك جبريل عليه السلام فأخبره أن الله عز وجل يباهي ويفاخر بكم الملائكة، ويظهر فضلكم لهم ويريهم حسن عملكم، ويثني عليكم عندهم.</t>
   </si>
   <si>
     <t>Mu'awiyah bin Abi Sufyan (må Allah vara nöjd med honom) stötte på en grupp sittandes i moskén, så han frågade dem om varför de hade samlats. De svarade att de gjorde det för minnas Allah. Han bad dem då svära vid Allah att de inte hade något annat syfte bakom deras samling förutom detta, då svor de vid Allah om detta. Då berättade han för dem att han inte bett dem svära vid Allah för att han tvivlade på det de sa eller att han ville misstänkliggöra dem. Han informerade dem om hans status hos profeten ﷺ och att ingen hade denna närhet till honom, eftersom hans syster Umm Habibah var gift med profeten ﷺ, och eftersom han brukade skriva ner uppenbarelsen, men trots detta återberättade han endast få Hadither. Han berättade för dem att profeten ﷺ en dag gick ut från sitt hem och fann dem sittandes i moskén, där de mindes Allah och prisade honom för att ha väglett dem till islam och välsignat dem med det. Sedan frågade han dem, och bad dem svära vid Allah, vilket Mu'awiyah (må Allah vara nöjd med honom) också gjort med sina följeslagare. Sedan förklarade profeten ﷺ syftet bakom sin fråga och varför han bad dem svära vid Allah: ängeln Gabriel (frid vare med honom) hade kommit till honom och berättat att Allah, skröt om dem inför änglarna. Allah visade änglarna deras förtjänster och hur bra deras handling var, och berömde dem för dem.</t>
   </si>
   <si>
     <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
 جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
 فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
   </si>
   <si>
     <t>Mu'awiyahs förtjänst och status, och hur mån han var om att ta efter Allahs sändebud ﷺ i att sprida kunskap.
 Det är tillåtet att be någon svära vid Allah för att uppmärksamma vikten av något som sägs, och alltså inte för att det råder några misstankar mot personen.
 Förtjänsten i att mötas för att minnas Allah och lära sig kunskap, och att Allah älskar dessa sammankomster och skryter om dem inför änglarna.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[Återberättad av Muslim]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3007</t>
   </si>
   <si>
-    <t>إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ</t>
+    <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>De straffas säkerligen, men de straffas inte för något allvarligt. En av dem skyddade inte sig mot urin, och den andre gick omkring och skvallrade</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättade: "Att profeten ﷺ passerade två gravar och sa: 'De straffas säkerligen, men de straffas inte för något allvarligt. En av dem skyddade inte sig mot urin, och den andre gick omkring och skvallrade." Sedan tog han ett palmblad, delade det i två delar och placerade dem på vardera grav. Folket sa: "Allahs sändebud! Varför gjorde du detta?" Han sa: "Förhoppningsvis mildras deras straff så länge de inte torkar."</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
     <t>Profeten ﷺ gick förbi två gravar och sa: "Personerna i dessa två gravar straffas, men de straffas inte för något som ni anser vara särskilt allvarligt, men det är säkerligen allvarligt hos Allah. Ena av dem brukade inte bry sig om att skydda sin kropp och klädsel från urin då han utförde sina behov. Den andre brukade gå runt och skvallra till folk, så han spred det andra hade sagt då han ville åsamka skada, splittring och fiendskap bland folk.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
     <t>Skvaller och att strunta i att skydda sig från urin är från de större synderna och anledningarna till straffet i graven.
 Allah visar profeten ﷺ delar av det som är från det fördolda, som gravens straff, för att påvisa hans sanna profetskap.
 Att ta ett palmblad, dela den och placera den på en grav är en handling som är specifik för profeten ﷺ, eftersom Allah underrättade honom om personerna tillstånd i graven. Någon annan kan inte göra samma sak eftersom han inte vet vilket tillstånd de begravda har.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3010</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ</t>
+    <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
   </si>
   <si>
     <t>När ni hör böneutropet ska ni repetera det böneutroparen säger</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "När ni hör böneutropet ska ni repetera det böneutroparen säger."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على إجابة المؤذِّن عند سماعه، وذلك بأنْ نقولَ مثل ما يقول، جُملةً بجملة، 
 فحينما يُكَبِّرُ نُكَبِّرُ بعدَه، وحينما يأتي بالشهادتين، نأتي بهما بعده، 
 ويستثنى لفظ: (حي على الصلاة، حي على الفلاح) فإنه يُقال بعدهما: لا حول ولا قوة إلا بالله.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanar till att besvara böneutroparen när någon hör honom, vilket görs genom att repetera varje mening som han säger. När han säger: "Allahu akbar" (Allah är större), ska vi säga: "Allahu akbar", efter honom. Och när han yttrar de två vittnesmålen, ska vi yttra dem efter honom. Det enda undantaget är när han säger: "Hayya 'alas-salah, hayya 'alal-falah" (Kom till bönen, kom till framgång). Då svarar vi med: "La hawla wa la quwwata illa billah" (Det finns ingen rörelse eller makt förutom genom Allah).</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
     <t>Efter att det första böneutropet är färdigt, kan man repetera efter det andra böneutropet, även om de är fler som kallar, eftersom Hadithen är generell.
 Man kan besvara böneutropet oavsett situation, förutsatt att man inte är på toaletten eller förrättar sina behov.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3013</t>
   </si>
   <si>
-    <t>دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ</t>
+    <t>دعهما، فإني أدخلتهما طاهرتين</t>
   </si>
   <si>
     <t>Låt dem vara. Jag tog på mig dem i ett rent tillstånd</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
     <t>Al-Mughirah (må Allah vara nöjd med honom) berättade: "Jag var med profeten ﷺ på en resa. När jag böjde mig ned för att ta av honom läderstrumporna sa han: 'Låt dem vara. Jag tog på mig dem i ett rent tillstånd', varpå han strök ovanpå dem."</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
     <t>Profeten ﷺ var på en resa och tvagade sig. När han nådde delen då fötterna tvättas, sträckte Al-Mughirah bin Shu'bah (må Allah vara nöjd med honom) sina händer för att ta av lädersockorna från profeten ﷺ så att han skulle kunna tvätta sina fötter. Profeten ﷺ sa: "Låt dem vara, och ta inte av dem. Jag satte på mig lädersockorna i ett rituellt rent tillstånd." Så profeten ﷺ strök ovanför sina lädersockor, istället för att tvätta sina fötter.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>Det är föreskrivet att stryka ovanför läderstrumporna när man tvagar sig från ett mindre rituellt orent tillstånd. Vad gäller att tvätta sig från ett större rituellt tillstånd så måste fötterna tvättas.
 Lädersockorna ska strykas en gång på ovansidan med blöta händer, och inte på dess undersida.
 För att kunna stryka över läderstrumpor så måste de vara påsatta efter en fullständig tvagning där fötter har tvättats med vatten. Läderstrumporna måste vara rena från orenheter, täcka de delar av fötterna som måste tvättas under tvagning, och kan strykas då en person befinner sig i ett mindre rituellt orent tillstånd, och inte från sexuell orenhet. Lädersockorna får strykas under den tiden som religionen fastställt, vilket är ett dygn för den bosatte, och tre dygn för den resande.
 Annat som täcker fötter, så som strumpor och liknande, har samma bestämmelse som läderstrumpor. Därför är det också tillåtet att stryka över dessa.
 Profetens ﷺ vackra uppförande och undervisning. Han hindrade inte endast al-Mughirah från att avlägsna strumporna, utan han förklarade även anledningen till det; att han hade satt på sig dem i ett rent tillstånd. På så sätt kunde al-Mughirah känna sig lugn och även känna till bestämmelsen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3014</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Om en person älskar sin broder ska han berätta för honom att han älskar honom</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Al-Miqdam bin Ma´di Karib (må Allah vara nöjd med honom) berättar att profeten (sallallahu ´alayhi wa sallam) sade: "Om en person älskar sin broder ska han berätta för honom att han älskar honom".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) understryker en orsak som leder till att de troendes band stärks och kärlek sprids bland dem. Denna orsak är att om en person älskar sin broder ska han berätta det för honom.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Den höga statusen, som den uppriktiga kärleken för Allahs skull har, den som inte är för en världslig anledning.
 Det är uppmuntrat att informera personen man älskar för Allahs skull att man älskar den så att kärleken och bandet stärks.
 Att sprida kärlek bland de troende stärker det islamiska brödraskapet och skyddar samhället från splittring och oenighet.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud, at-Tirmidhi, an-Nasa'i i as-Sunan al-Kubra, och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3017</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>Profeten ﷺ tyckte om att börja från höger sida när han tog på sig sina skor, kammade sitt hår, utförde tvagning och i alla sina andra angelägenheter</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>'A'ishah, de troendes moder (må Allah vara nöjd med henne) sa: "Profeten ﷺ tyckte om att börja från höger sida när han tog på sig sina skor, kammade sitt hår, utförde tvagning och i alla sina andra angelägenheter."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Profeten ﷺ föredrog att börja med höger sida i sina handlingar som han värderade, som att börja med höger foten när han satte på sig sina sandaler, att börja med höger sida när han kammade sitt hår och sitt skägg, och att tvätta den högra handen och foten före den vänstra vid tvagning.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
 "يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
 قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
   </si>
   <si>
     <t>Imam al-Nawawi sa: "Detta är en beständig grundprincip inom den islamiska regler, att det som är av värde, såsom att ta på sig kläder, byxor, skor, att gå in i moskén, använda Siwak, applicera Kuhl, klippa naglarna, trimma mustaschen, kamma håret, plocka hår i armhålan, raka huvudet, avsluta bönen, tvätta kroppsdelarna vid tvagning, gå ut ur toaletten, äta och dricka, skaka hand, röra den svarta stenen, och liknande handlingar, bör börja från höger. Vad gäller det som är motsatsen, som att gå in i toaletten, lämna moskén, snyta sig, tvätta bort orenheter, ta av sig kläder, byxor, eller skor, och liknande handlingar, bör man börja från vänster. Detta beror på att den högra sidan är bättre och överlägsen."
 "Han tyckte om att börja från höger" inkluderar att börja handlingar med den högra handen, den högra foten, den högra sidan, och att ta emot saker med den högra handen.
 Imam al-Nawawi sa: "Du ska veta att det finns kroppsdelar vid tvagning där det inte är rekommenderat att börja från höger, som öronen, handflatorna och kinderna, utan dessa bör tvättas samtidigt. Om det inte är möjligt, som i fallet med en enarmad person eller liknande, då bör den högra sidan prioriteras."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3018</t>
   </si>
   <si>
-    <t>إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي</t>
+    <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>det där en ven. Håll dig borta från bönen i det antalet dagar som du brukade ha menstruation under, tvätta dig därefter och be</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>'A'ishah de troendes moder (må Allah vara nöjd med henne) berättar att Fatimah bint Abi Hubaysh sa då hon frågade profeten ﷺ: "Allahs sändebud! Jag är en kvinna som har konstanta mellanblödningar, så jag inte blir ren. Ska jag hålla mig borta från bönen?" Han sa: ”Nej, det där en ven. Håll dig borta från bönen i det antalet dagar som du brukade ha menstruation under, tvätta dig därefter och be."</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Fatimah bint Hubaysh frågade profeten ﷺ sägande: "Jag slutar inte att blöda, och det fortsätter även blöda när jag inte har menstruation. Räknas det som menstruation, varefter jag borde hålla mig borta från att be?" Profeten ﷺ berättade för henne att "Det är en mellanblödning, som kommer från en ven som inte är kopplad till livmodern, och alltså inte menstruationsblod. När tiden för din menstruation kommer, som din månadscykel vanligtvis följde innan du drabbades av mellanblödningar, ska du inte be, fasta eller göra det som menstruerande ska avhålla sig från under deras period. När denna tidsperiod är över har du blivit ren från menstruationen. Tvätta platsen som blodet kommer ifrån, och sedan tvätta hela kroppen för att uppnå ett rituellt rent tillstånd. Därefter ska du be."</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Kvinnan måste ta ett rituellt bad när hennes menstruation är över.
 Kvinnan som har mellanblödningar måste utföra bönen.
 Menstruation: är naturligt blod som kommer från livmodern, ut genom vaginan, under särskilda dagar som kommer till den könsmogna kvinnan.
 Mellanblödning: blod som kommer utanför menstruationscykeln, från livmoderns utsida och inte från dess insida.
 Skillnaden mellan menstruationsblod och mellanblödning är att menstruationsblod är mörkt, tjockt och har en odör. Mellanblödning är istället ljus, tunn och utan odör.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3029</t>
   </si>
   <si>
-    <t>سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ</t>
+    <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
     <t>Rätta till era rader, för räta rader är en del av att bönen är fulländad</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Rätta till era rader, för räta rader är en del av att bönen är fulländad."</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanar de bedjande att rätta till sina rader, att ingen ska stå före eller efter de andra, och att denna aspekt är en del av att bönen fulländas och perfekteras. En sned och ojämn rad är fel och leder till att bönen är bristfällig.</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
   </si>
   <si>
     <t>Det är föreskrivet att lägga vikt vid allt som leder till bönens perfektion, och att undvika det som leder till att den blir bristfällig.
 Profetens ﷺ visdom i undervisning, då han kopplar bestämmelsen med dess orsak; för att tydliggöra lagstiftningens visdom och uppmuntra människor att följa den.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3031</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ</t>
+    <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>Den som tvagar sig ska fräsa ut vatten ur näsan, och den som torkar sig ska göra det ett udda antal gånger</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som tvagar sig ska fräsa ut vatten ur näsan, och den som torkar sig ska göra det ett udda antal gånger." När någon av er vaknar från sin sömn, ska han tvätta sin hand innan han för in den i tvagningens vattenbehållare, för ni vet inte var hans hand tillbringat natten." Muslims rapportering lyder: "När någon av er vaknar, ska han inte doppa sin hand i vattenbehållaren förrän han har tvättat den tre gånger, eftersom han inte vet var hans hand har tillbringat natten."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör några bestämmelser kring renlighet, bland annat: 1. Den som tvagar sig ska dra in vatten i näsan, och fräsa ut det efter. 2. Den som vill rena sig med annat än vatten efter han har utfört sina behov, exempelvis med stenar eller liknande, ska torka sig ett udda antal gånger, där minimum är tre gånger och maximum är det som krävs för att fullständigt avlägsna orenligheter från kroppen. 2. Den som vaknar från sin nattsömn ska inte doppa sin hand i en vattenbehållare för att tvaga sig förrän han har tvättat handen tre gånger utanför bägaren. Orsaken till detta är att han inte vet var hans hand har tillbringat natten, så han kan inte garantera att den inte har något orent på sig. Satan kan även ha gjort något med den, som att ha placerat något, för människan, skadligt på den eller något som gör att vattnet blir orent.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
     <t>Istinshaq och Istinthar är obligatoriskt vid tvagning, vilket är att dra in vatten i näsan, och att fräsa ut det.
 Det är rekommenderat att rena sig med något torrt tre gånger.
 Det är föreskrivit att tvätta händerna tre gånger efter nattsömn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3033</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ</t>
+    <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>När mannen kommer hem och nämner Allah när han träder in och när han äter, säger Satan: 'Ni har varken någon övernattningsplats eller middag</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>Jabir bin 'Abdillah (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ säga: "När mannen kommer hem och nämner Allah när han träder in och när han äter, säger Satan: 'Ni har varken någon övernattningsplats eller middag.' Om han däremot träder in utan att nämna Allah, säger Satan: 'Ni har funnit en övernattningsplats.' Och om han inte nämner Allah när han ska äta, säger han: 'Ni har funnit en övernattningsplats och middag.'"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>Profeten ﷺ beordrade oss att nämna Allahs namn när vi träder in i huset och innan vi äter en måltid. Om Allah nämns genom att säga "Bismillah" (I Allahs namn) vid inträde till huset och innan måltiden förtärs, säger Satan till sina medhjälpare: "Ni har ingen övernattningsplats eller middag i detta hus vars ägare har skyddats från er genom att nämna Allah." Om han däremot träder in i sitt hus utan att nämna Allah och inte heller nämner honom när man ska äta, underrättar Satan sina medhjälpare om att de har funnit en övernattningsplats och middag i detta hus.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>Det är rekommenderat att nämna Allahs namn när man går in i hus och när man ska äta, eftersom Satan spenderar natten i hus, och äter från husets mat om man inte nämner Allahs namn i det.
 Satan observerar ständigt människans handlingar i allt hon gör. Om hon försummar att minnas Allah tar han tillfället i akt och uppnår det han vill från henne.
 Att nämna Allah förvisar Satan.
 Varje djävul har följare och medhjälpare som hyllar hans ord och följer hans beordring.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3037</t>
   </si>
   <si>
-    <t>الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ</t>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>De större synderna är: avgudadyrkan, att bete sig illa mot föräldrarna, mord, och falsk ed</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "De större synderna är: avgudadyrkan, att bete sig illa mot föräldrarna, mord, och falsk ed."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar vilka de större synderna är, vilket är de synder, som om personen begår dem, ges en sträng varning kopplat till detta liv eller det kommande livet.
 1. Avguderi: Att rikta någon form av dyrkan till någon annan än Allah, och att likställa någon med Allah i det som är unikt för honom i hans gudomlighet, herravälde, namn eller egenskaper.
 2. Att bete sig illa mot föräldrar: all skada som åsamkas dem i tal eller handling, och att inte visa dem vänlighet.
 2. Mord: utan rätt, som att döda någon med orsak av
  förtryck och övergrepp.
 4. Falsk ed: att medvetet avlägga en ed lögnaktigt. Den kallas för den sänkande eden på arabiska, eftersom den sänker ner personen som avlägger den i elden.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Det går inte att sona för den falska eden på grund av dess allvar och fara. Det personen som avlagt en sådan ed måste göra är att han ångrar sig.
 Dessa fyra stora synder nämndes i Hadithen för att visa på dess allvarliga synd. De större synderna är däremot inte begränsade till detta antal.
 Synder delas upp i större och mindre. De större synderna är varje synd vars konsekvens är ett straff i denna värld, som de föreskrivna bestraffningarna, eller förbannelse, eller ett straff i det kommande livet eller att det nämnts att personen kommer att träda in i elden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3044</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ</t>
+    <t>إن من أعظم الجهاد كلمة عدل عند سلطان جائر</t>
   </si>
   <si>
     <t>En av de största formerna av Jihad är att säga sanningen inför en orättvis ledare</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "En av de största formerna av Jihad är att säga sanningen inför en orättvis ledare."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att en av de största och mest gynnsamma formerna av Jihad för Allahs skull är att yttra ett rättvist och sant ord inför en orättvis och tyrannisk ledare. Anledningen till detta är att det är ett sätt att befalla det goda och förbjuda det onda, vare sig det sker genom tal, skrift, handling eller på annat sätt som bidrar till nytta och förhindrar skada.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>Det ska uppmanas till det goda och förbjudas mot det onda, vilket är en form av Jihad.
 Att ge råd till en ledare är en av de största formerna av Jihad, men det bör ske med kunskap, visdom och belägg för det.
 Al-Khattabi sa: "Och just därför är detta den bästa formen av Jihad; eftersom den som kämpar mot en fiende pendlar i osäkerhet mellan hopp och fruktan, eftersom han inte vet om de kommer att segra eller besegras. Den som står inför en ledare är under hans makt och styre, så när han säger sanningen och befaller det goda har han utsatt sig själv för fara och risk, vilket gör detta till den bästa formen av Jihad på grund av att han kan känna sig ännu mer rädd då. Det sägs även att det är den bästa formen av Jihad eftersom om en ledare skulle ta emot hans råd, kan det kunna gynna många människor, vilket leder till stora fördelar.</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud, at-Tirmidhi, Ibn Majah och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3045</t>
   </si>
   <si>
-    <t>إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ</t>
+    <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>Denna värld är söt och grön, och Allah har placerat er i den för att se vad ni kommer att göra. Var därför aktsamma med denna värld, och var aktsamma med kvinnorna</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Denna värld är söt och grön, och Allah har placerat er i den för att se vad ni kommer att göra. Var därför aktsamma med denna värld, och var aktsamma med kvinnorna! För israeliternas första prövning var med kvinnorna."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att denna värld smakar sött och ser grön ut, därför kan människan luras av den, drunkna i dess njutningar och ha den som sitt största mål. Allah lät oss efterträda varandra i detta liv, för att se vad vi ska göra; ska vi lyda honom eller trotsa honom? Därefter sa han: "Var på er vakt och låt inte den världsliga njutningen och försköningen bedra er, genom att ni lämnar det Allah har beordrat er med och faller in i det Allah har förbjudit er från. En av de största sakerna man måste akta sig för, bland den här världens prövningar, är kvinnornas frestelser då detta var israeliternas första prövning.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Detta är en uppmaning att hålla fast vid gudsfruktan, och att inte låta sig konsumeras av de världsliga njutningarna och försköningarna.
 Detta är en varning för att låta sig prövas av kvinnor, genom titta på dem, ta lätt på att beblanda sig med dem med mera.
 Frestelsen med kvinnor är från detta livs allra största prövningar.
 Man ska dra lärdom från de tidigare samfunden, för det som hände med israeliterna kan även hända med andra med.
 Beträffande hustrun, kan en kvinnans frestelse vara att hon kräver från maken att spendera mer än vad han förmår, varpå han distraheras från att leva upp till religiösa frågor då det krävs från honom att han tröttar ut sig för att söka det världsliga. Om kvinnan istället är en främling till honom så kan han prövas genom att hon lockar till sig män och distraherar dem från sanningen, i synnerhet om hon är förskönad och inte klär sig i Hijab. Det kan slutligen resultera i olika grader av otukt. Den troende måste därför hålla fast vid Allah, och be honom om skydd mot prövningar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3053</t>
   </si>
   <si>
-    <t>مَا رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُسْتَجْمِعًا قَطُّ ضَاحِكًا، حَتَّى أَرَى مِنْهُ لَهَوَاتِهِ، إِنَّمَا كَانَ يَتَبَسَّمُ</t>
+    <t>ما رأيت النبي صلى الله عليه وسلم مستجمعا قط ضاحكا، حتى أرى منه لهواته، إنما كان يتبسم</t>
   </si>
   <si>
     <t>Jag såg aldrig profeten ﷺ skratta så högt att hans gomspene kunde ses. Han brukade istället bara le</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنين رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: مَا رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُسْتَجْمِعًا قَطُّ ضَاحِكًا، حَتَّى أَرَى مِنْهُ لَهَوَاتِهِ، إِنَّمَا كَانَ يَتَبَسَّمُ.</t>
   </si>
   <si>
     <t>'A'ishah, de troendes moder (må Allah vara nöjd med henne) sa: "Jag såg aldrig profeten ﷺ skratta så högt att hans gomspene kunde ses. Han brukade istället bara le".</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم لم يكن مُبالِغًا في الضحك حتى تُرى لَهَاتُهُ، وهي اللَّحْمَة المُتعلِّقة في أعلى الحَلْق، إنما كان يَتَبَسّم.</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) informerar oss om att profeten ﷺ aldrig överdrev sitt skratt till den grad att hans gomspene (den lilla köttbiten som hänger längst bak i gommen) syntes, snarare brukade han enbart att le.</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم ضَحِكُهُ التبسم إذا رضي أو أُعْجِب بشيء.
 قال ابن حجر: ما رأيته مُستجْمِعًا من جهة الضحك بحيث يضحك ضَحِكًا تامًّا مُقبِلًا بِكُلّيته على الضحك. 
 كثرة الضحك وارتفاع الصوت بالقهقهة ليس من صفات الصالحين.
 كثرة الضحك تُذهِب هيبةَ الرجل ووقارَه بين إخوانه.</t>
   </si>
   <si>
     <t>Profeten ﷺ visade sitt välbehag eller uppskattning genom att le snarare än att skratta högt.
 Ibn Hajar förklarade att profetens ﷺ skratt aldrig var överdrivet eller högljutt, utan alltid behärskat och kontrollerat.
 Att skratta högt och ofta, särskilt med högljudda utbrott av skratt, är inte en egenskap som kännetecknar de fromma.
 För mycket skratt minskar en persons värdighet och respekt i andras ögon.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3060</t>
   </si>
   <si>
-    <t>بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا</t>
+    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>Vi lovade Allahs sändebud ﷺ trohetslöftet om att lyssna och lyda, under lätta tider och svåra tider, villigt och motvilligt, och när någon ges företräde över oss</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>'Ubadah bin as-Samit (må Allah vara nöjd med honom) sa: "Vi lovade Allahs sändebud ﷺ trohetslöftet om att lyssna och lyda, under lätta tider och svåra tider, villigt och motvilligt, och när någon ges företräde över oss, och att vi inte tvistar om makten med makthavarna, och att vi säger sanningen var vi än befinner oss, och för Allahs skull inte bekymra oss om kritikernas kritik."</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Profeten ﷺ fick följeslagarnas trohetslöfte och förpliktelse att lyda ledare när det är lätt och när det är svårt, när de har det bra ställt och när de är fattiga, oavsett om de befaller oss att göra det vi själva vill eller det vi själva ogillar - även om ledaren ger vissa mer egendom och status än andra. Det är fortfarande obligatoriskt att  lyssna och lyda dem i det goda, och att inte göra uppror mot dem då skadan och förödelsen det resulterar i är värre än den förödelsen deras förtryck orsakar. De lovade även honom ﷺ att tala sanning var de än befinner sig utav uppriktighet till Allah, utan att bry sig om vilka som kritiserar dem för det.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Följden av att lyda ledarna är att muslimer uppnår sammanhållning och undviker splittring.
 Det är obligatoriskt att lyda ledarna under lätta och svåra tider, villigt och motvilligt, och när någon ges företräde över oss i frågor som inte är olydnad till Allah.
 Att säga sanningen är en plikt oavsett plats, och det ska sägas för Allahs skull utan att frukta kritikernas kritik.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3061</t>
   </si>
   <si>
-    <t>حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ</t>
+    <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>Jag har memorerat att profeten ﷺ utförde tio Rak'ah (böneenheter)</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med honom) sa: "Jag har memorerat att profeten ﷺ utförde tio Rak'ah (böneenheter): två Rak'ahs innan Dhuhr och två Rak'ahs efter, två Rak'ahs efter Maghrib i hans hem, två Rak'ah efter 'Isha' i hans hem, och två Rak'ah innan Fajr-bönen, vilket var en tid då ingen var tillåten att träda in hos profeten ﷺ. Hafsah berättade för mig att han brukade be två Rak'ah vid gryning efter att bönekallaren kallat till bön." En annan rapportering lyder: "Profeten ﷺ brukade be två Rak'ah efter fredagsbönen."</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>'Abdullah bin 'Umar (må Allah vara nöjd med honom) förtydligar att de frivilliga bönerna som han har memorerat från profeten ﷺ är tio. Dessa böner kallas för "As-Sunan ar-Rawatib" (de regelbundna Sunnah-bönerna). Två Rak'ahs innan Dhuhr, och två Rak'ahs efter, två Rak'ahs efter Maghrib i hans hem, två Rak'ahs efter 'Isha' i hans hem, och två Rak'ahs innan Fajr, följaktligen är de tio sammanlagt. Beträffande fredagsbönen brukade han be två Rak'ahs efter den.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Det är rekommenderat att utföra dessa böner regelbundet.
 Det är föreskrivit att be Sunnah-böner hemma.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[Återberättad av al-Bukhari och Muslim i alla dess återberättelser]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3062</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا قام من الليل يشوص فاه بالسواك</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade rengöra sin mun med Siwak när han steg upp på natten</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ.</t>
   </si>
   <si>
     <t>Hudhayfah (må Allah vara nöjd med honom) berättade att: "Profeten ﷺ brukade rengöra sin mun med Siwak när han steg upp på natten."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم كثيرًا ما يَستاك ويأمر به، وهو يتأكد في بعض الأوقات، منها: الاستياكُ عند القيام من الليل، حيث كان صلى الله عليه وسلم يَدلُك وينقِّي فاه بالسواك.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade ofta använda Siwak och rekommenderade det, särskilt vid vissa tillfällen. När han steg upp på natten brukade han gnugga och rengöra sin mun med Siwak.</t>
   </si>
   <si>
     <t>تأكيد مشروعية السواك بعد نوم الليل، وذلك أنَّ النوم مُقتَضٍ لتَغَيُّر رائحة الفم، والسواك هو آلة تنظيفية.
 تأكيد مشروعية السواك عند كل تَغَيُّرٍ كريهٍ للفم، أخذًا من المعنى السابق.
 مشروعية النظافة على وجه العموم، وأنها من سنة النبي صلى الله عليه وسلم، ومن الآداب السامية.
 التسوُّك في الفم كلِّه يشمل: الأسنان، واللثة، واللسان.
 السواك هو عُودٌ يُقطَع من شجرة الأراك أو غيرها، ويُستخدم في تنظيف الفم والأسنان، ويطيِّب الفم، ويُزيل الروائح الكريهة.</t>
   </si>
   <si>
     <t>Det är extra viktigt och särskilt föreskrivet att använda Siwak efter nattsömn, eftersom sömn tenderar att förändra andedräkten, och Siwak är ett ett sätt att avlägsna det och rena munnen.
 Det är föreskrivet att använda Siwak när en dålig andedräkt uppstår, utifrån ovanstående mening.
 Bra hygien är alltid föreskrivet, vilket är en del av profetens ﷺ Sunnah och ädla karaktär.
 Siwak ska användas i hela munnen, inklusive tänder, tandkött och tunga.
 Siwak är en pinne från Arak-trädet eller liknande och används för att rengöra och fräscha upp munnen och tänderna, och avlägsna dålig lukt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3063</t>
   </si>
   <si>
-    <t>لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ</t>
+    <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
   </si>
   <si>
     <t>En troende man ska inte avsky en troende kvinna. Om han ogillar en viss egenskap hos henne, finns det andra egenskaper han är nöjd med</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "En troende man ska inte avsky en troende kvinna. Om han ogillar en viss egenskap hos henne, finns det andra egenskaper han är nöjd med."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
 فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd att en man ska känna avsky mot sin hustru till den grad att det leder till orättvis behandling mot henne eller att han lämnar henne. Människan är bristfällig av sin natur, och även om hon har en egenskap han ogillar, kommer han att finna en annan egenskap hos henne som är god. Han bör därför vara nöjd med det goda som passar hans natur, och ha tålamod med det han inte är nöjd med, vilket gör att han kan ha tålamod och inte känna avsky mot henne så mycket att det leder till att han skiljer sig från henne.</t>
   </si>
   <si>
     <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
 شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
 الحث على حسن العشرة والصحبة بين الزوجين.
 الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
   </si>
   <si>
     <t>Detta är en uppmaning till den troende mannen att han ska vara rättvis och använda sunt förnuft i eventuella meningsskiljaktigheter med sin hustru. Han ska inte hantera situationer utifrån sina känslor eller förhastade slutsatser.
 Det är den troende mannens skyldighet att inte helt och hållet avsky den troende kvinnan, vilket skulle leda till att han skiljer sig från henne. Utan han bör överse med det han ogillar och beakta de aspekterna hos henne som han älskar.
 Detta är även en uppmaningen att makarna ska behandla varandra väl och leva som vänner.
 Tron kallar till ädla och goda egenskaper, så en troende man och kvinna kan inte vara helt utan god karaktär. Tron leder till båda har goda egenskaper.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3071</t>
   </si>
   <si>
-    <t>كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا،</t>
+    <t>كنت مع النبي صلى الله عليه وسلم فانتهى إلى سباطة قوم، فبال قائما،</t>
   </si>
   <si>
     <t>Jag var med profeten ﷺ och han stannade vid en plats där folk slängde sopor, varpå han urinerade stående</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا، فَتَنَحَّيْتُ فَقَالَ: «ادْنُهْ» فَدَنَوْتُ حَتَّى قُمْتُ عِنْدَ عَقِبَيْهِ فَتَوَضَّأَ فَمَسَحَ عَلَى خُفَّيْهِ.</t>
   </si>
   <si>
     <t>Hudhayfah (må Allah vara nöjd med honom) sa: "Jag var med profeten ﷺ och han stannade vid en plats där folk slängde sopor, varpå han urinerade stående. Jag flyttade mig lite, men han sa: 'Kom närmare.' Jag närmade mig då tills jag stod vid hans hälar, och sedan tvagade han sig och strök över sina lädersockor."</t>
   </si>
   <si>
     <t>يُخبِرُ حذيفةُ بن اليمان رضي الله عنهما أنه كان مع النبي صلى الله عليه وسلم، فأراد صلى الله عليه وسلم أن يَتبوَّل، فدخل سباطة قوم؛ وهي الموضع الذي يُلقى فيه القمامة والتراب الذي يكنس من المنازل، فتبول وهو واقف، وكان غالب عادته أن يبول قاعدًا. 
 فتباعد عنه حذيفة، فقال له صلى الله عليه وسلم: اقترب، فاقترب حذيفة منه حتى قام خلفه عند مؤخر قدميه؛ ليكون كالسترة له عن النظر إليه في تلك الحالة. 
 ثم توضأ صلى الله عليه وسلم، وعند غسل الرجلين، اكتفى بالمسح على خفيه -وهما ما يلبس في الرجل من جلد رقيق ونحوه ويكون ساترًا للكعبين- ولم يخلعهما.</t>
   </si>
   <si>
     <t>Hudhayfah ibn al-Yaman (må Allah vara nöjd med honom) berättar att han var med profeten ﷺ som ville urinera, så han gick till i en plats där sopor kastas och damm sopats upp från husen. Han urinerade stående, även om han oftast brukade urinera sittandes.
 Hudhayfah backade från honom, men profeten ﷺ sa till honom att komma närmare, så Hudhayfah närmade sig honom tills han stod bakom honom, vid hans hälar, som en skärm för honom så att ingen skulle kunna se honom i den situationen.
 Sedan tvagade profeten ﷺ sig, och när han skulle tvätta fötterna nöjde han sig med att stryka ovanpå sina lädersockor, som var gjorda av ett tunt skinnliknande material och täckte ankeln, och han tog inte av sig dem.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين.
 جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
 اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
   </si>
   <si>
     <t>Det är föreskrivet att stryka över lädersockor.
 Det är tillåtet att urinera stående under förutsättning att inget stänk träffar en.
 Profetens ﷺ val av sopplatsen som plats för att urinera, för att det oftast är lättare att undvika stänk på sådana platser.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3075</t>
   </si>
   <si>
-    <t>إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا</t>
+    <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
   </si>
   <si>
     <t>När ni ska utföra era behov, vänd er inte mot Kaba och vänd inte ryggen till den, utan vänd er istället österut eller västerut</t>
   </si>
   <si>
     <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
   </si>
   <si>
     <t>Abu Ayyub al-Ansari (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "När ni ska utföra era behov, vänd er inte mot Kaba och vänd inte ryggen till den, utan vänd er istället österut eller västerut." Abu Ayyub sa: "När vi kom till Levanten, fann vi att toaletterna var byggda mot Kaba, så vi vred [på våra kroppar åt en annan riktning], och bad om Allahs förlåtelse."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
 ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd dem som behövde utföra sina behov att vända sig mot eller vända ryggen ifrån böneriktningen som är mot Kaba. Istället borde de vända sig mot öst eller väst, om böneriktningen är åt samma håll som de som befann sig i Medina. Abu Ayyub (må Allah vara nöjd med honom) berättade att när de kom till Levanten märkte de att toaletterna var byggda mot Kaba. Därför vred de på sina kroppar bort från böneriktningen, och trots detta bad de om förlåtelse från Allah.</t>
   </si>
   <si>
     <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
 الاستغفار بعد الخروج من مكان قضاء الحاجة.
 حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
   </si>
   <si>
     <t>Visdomen i detta är att upphöja och respektera Kaba.
 Att be om Allahs förlåtelse efter att ha lämnat en plats där man har utfört sina behov.
 Profetens ﷺ exemplariska undervisning, eftersom han vägledde dem till vad som var tillåtet efter att han klargjort vad som var förbjudet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3078</t>
   </si>
   <si>
-    <t>لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ</t>
+    <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
   </si>
   <si>
     <t>Ingen av er bör hålla sitt könsorgan med sin högra hand när han urinerar, inte heller rengöra sig själv från avföring med sin högra hand, eller andas in i kärlet han dricker från</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
   </si>
   <si>
     <t>Abu Qatadah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Ingen av er bör hålla sitt könsorgan med sin högra hand när han urinerar, inte heller rengöra sig själv från avföring med sin högra hand, eller andas in i kärlet han dricker från."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
 كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade vissa etiketter där han förbjöd en man att hålla sitt könsorgan med sin högra hand under urinering och att torka bort orenheter från de privata delarna med sin högra hand, eftersom höger hand är avsedd att användas vid ädla syften. Han förbjöd även att andas in i dryckeskärl.</t>
   </si>
   <si>
     <t>بيان سَبْق الإسلام في الآداب والنظافة.
 اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
 بيان شرف اليمين وفضلها على اليسار.
 كمال الشريعة الإسلامية وشمول تعاليمها.</t>
   </si>
   <si>
     <t>Detta visar att islam alltid lagt vikt vid hygien och etikett.
 Man bör undvika att röra vid smutsiga saker, och om det är nödvändigt, bör det göras med vänster hand.
 Det visar att höger hand är bättre än vänster hand.
 De islamiska föreskrifterna är omfattande och perfekta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3079</t>
   </si>
   <si>
-    <t>أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ</t>
+    <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>Fruktar ni inte att Allah förvandlar era huvuden till åsnehuvuden, eller era skepnader till åsnors, om ni reser era huvuden innan imamen?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Fruktar ni inte att Allah förvandlar era huvuden till åsnehuvuden, eller era skepnader till åsnors, om ni reser era huvuden innan imamen?"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om det allvarliga hotet riktat till den som reser sitt huvud före sin imam, att Allah omvandlar hans huvud till ett åsnehuvud, eller omvandlar hans skepnad till en åsneform.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>Den som ber bakom imamen har fyra tillstånd, varav tre är förbjudna; att utföra sina rörelser innan, samtidigt eller långt efter honom, och det föreskrivna är att han utför sina rörelser direkt efter imamen.
 Det är obligatoriskt för den som ber bakom imamen att följa imamen under bönen.
 Hotet om att omvandla skepnaden av den, som utför sina handlingar innan imamen, till att han får en form av en åsna är något som är möjligt, och det kallas för Maskh (omvandling).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3086</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم عن الساعة، فقال: متى الساعة؟ قال: وماذا أعددت لها</t>
   </si>
   <si>
     <t>En man frågade profeten ﷺ om domedagen sägandes: 'När är domedagen?' Profeten ﷺ svarade: 'Vad har du förberett för den?'</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا». قَالَ: لاَ شَيْءَ، إِلَّا أَنِّي أُحِبُّ اللَّهَ وَرَسُولَهُ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ». قَالَ أَنَسٌ: فَمَا فَرِحْنَا بِشَيْءٍ، فَرِحْنَا بِقَوْلِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ» قَالَ أَنَسٌ: فَأَنَا أُحِبُّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَأَبَا بَكْرٍ، وَعُمَرَ، وَأَرْجُو أَنْ أَكُونَ مَعَهُمْ بِحُبِّي إِيَّاهُمْ، وَإِنْ لَمْ أَعْمَلْ بِمِثْلِ أَعْمَالِهِمْ.</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade: "En man frågade profeten ﷺ om domedagen sägandes: 'När är domedagen?' Profeten ﷺ svarade: 'Vad har du förberett för den?' Mannen svarade: "Inte mycket, förutom att jag älskar Allah och hans sändebud ﷺ.' Då sa profeten ﷺ: 'Du kommer att vara med dem du älskar.'" Anas sa: "Vi har aldrig blivit gladare över något, än vad vi blev över att profeten ﷺ sa: 'Du kommer att vara med dem du älskar.'" Så Anas sa: "Jag älskar profeten ﷺ, Abu Bakr, och 'Umar, och jag hoppas att jag kommer att vara med dem eftersom jag älskar dem, även om jag inte har gjort samma handlingar som de gjort."</t>
   </si>
   <si>
     <t>سَألَ النبيَّ صلى الله عليه وسلم رجلٌ أعرابيٌّ مِمّن يَسكن الصحراء: عن وقت قيام الساعة؟ 
 فقال له صلى الله عليه وسلم: وما أعددتَ لها من العمل الصالح؟ 
 فقال السائل: ما أعددتُ لها كبيرَ عملٍ إلا أني أحبُّ اللهَ ورسولَه، ولم يذكر غيرَها من العبادات القلبية والبدنية والمالية؛ لأنها كلُّها فروع للمحبة مترتبة عليها، ولأن المحبة الصادقة باعثة للاجتهاد في العمل الصالح.
 فقال له صلى الله عليه وسلم: إنك مع مَن أحببتَ في الجنة. 
 ففرح أصحابُ النبيِّ صلى الله عليه وسلم بهذه البشرى فرحًا شديدًا.
 ثم أَخبرَ أنسٌ رضي الله عنه أنه يحب النبي صلى الله عليه وسلم وأبا بكر، وعمر، ويرجو أن يكون معهم، وإن كان عملُه ليس مثلَ عملِهم.</t>
   </si>
   <si>
     <t>En beduin frågade profeten ﷺ om när domedagen ska inträffa.
 Profeten ﷺ frågade honom vad han har förberett för goda handlingar för den.
 Frågeställaren svarade att han inte hade förberett något betydande, förutom att han älskade Allah och Hans sändebud. Han nämnde inte andra gärningar relaterade till hjärtat, kroppen eller ekonomin; för allt detta är enbart ett resultat av denna kärlek och leder till det. Uppriktig kärlek motiverar personen att anstränga sig i goda gärningar.
 Profeten ﷺ svarade honom: "Du kommer att vara med dem du älskar i paradiset."
 Profetens ﷺ följeslagare blev otroligt glada över denna goda nyhet.
 Sedan berättade Anas (må Allah vara nöjd med honom) att han älskar Profeten ﷺ, Abu Bakr och 'Umar, och att han kommer att vara med dem, även om han inte gör liknande handlingar som dem.</t>
   </si>
   <si>
     <t>حكمة رسول الله صلى الله عليه وسلم في إجابة السائل، حيث دلَّه على الذي يهمه وينجيه، وهو: الاستعداد للآخرة بما ينفع والعمل الصالح.
 أخفى اللهُ علمَ الساعة على العباد ليبقى المرء مستعدًّا متجهزًا للقاء الله.
 فضل محبة الله ورسوله والصالحين من المؤمنين، والتحذير من محبة المشركين.
 قوله صلى الله عليه وسلم: أنت مع من أحببت. ليس المراد التساوي في الدرجة والمنزلة، بل المراد كونهم في الجنة بحيث يتمكَّن كل واحد منهم من رؤية الآخر وإن بَعُد المكان.
 توجيه المسلم للانشغال بالأصلح والأنفع له، وترك السؤال عما لا ينفعه.</t>
   </si>
   <si>
     <t>Detta visar Profetens ﷺ visdom när han svarade på frågan. Han hänvisade frågeställaren till det som är väsentligt och leder till räddning, vilket är att förbereda sig för det kommande livet genom det som gynnar och genom goda gärningar.
 Allah har hemlighållit kunskapen om när domedagen inträffar för sina tjänare för att de alltid ska vara redo och förberedda för mötet med honom.
 Förtjänsten av att älska Allah, hans sändebud ﷺ och de rättfärdiga bland de troende, och varningen mot att älska avgudadyrkarna.
 Profetens ﷺ ord: "Du kommer att vara med dem du älskar," betyder inte att de är i samma grad och status. Snarare betyder det att de kommer att vara i paradiset där var och en kan se den andra, även om de är på olika platser.
 Detta påminner muslimen om att fokusera på det som är viktigast och mest gynnsamt för honom, och att undvika att fråga om saker som inte gagnar honom.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3087</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ</t>
+    <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>Bönen bör inte förrättas när maten är serverad och inte heller i ett nödigt tillstånd</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättade att hon hörde Allahs sändebud ﷺ säga: "Bönen bör inte förrättas när maten är serverad och inte heller i ett nödigt tillstånd."</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ förbjöd från att bönen försättas när maten serveras och personen blir sugen på att äta.
 Han ﷺ förbjöd även från att be i ett nödigt tillstånd då han behöver utföra sina behov, eftersom detta kommer att distrahera honom.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>Den som ska be bör bli av med eventuella distraktioner innan han börjar be.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3088</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ،</t>
+    <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ brukade lyfta sina händer upp till höjd med sina axlar när han inledde bönen,</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med honom) berättade att: "Allahs sändebud ﷺ brukade lyfta sina händer upp till höjd med sina axlar när han inledde bönen, när han sa 'Allahu Akbar' för att gå ner i Ruku', och när han reste sig från Ruku' lyfte han händerna med. Han sa då: 'Sami'allahu liman hamidah, Rabbana wa lakal hamd' (Allah hör den som lovprisar honom. Vår Herre! Alla lovprisningar tillkommer dig). Han lyfte dock inte händerna när han gick ner i Sujud."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
 الثاني: إذا كبّر للركوع. 
 الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
 وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
   </si>
   <si>
     <t>Profeten ﷺ lyfte sina händer upp till axelhöjd (där axelbenet och överarmen möts) vid tre tillfällen under bönen.
 Det första tillfället är när han inledde bönen med att säga "Allahu akbar".
 Det andra är när han sa "Allahu Akbar" för att gå ner i Ruku'.
 Det tredje är när han reste sig från Ruku' och sa: "Sami'allahu liman hamidah, Rabbana wa lakal hamd" (Allah hör den som lovprisar honom. Vår Herre! Alla lovprisningar tillkommer dig).
 Han lyfte inte sina händer när han gick ner i Sujud eller när han reste sig från den.</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
     <t>Att lyfta händerna vid dessa tillfällen förskönar bönen och är ett sätt att högakta Allah.
 Det har också rapporterats från profeten ﷺ att han lyfte sina händer vid ett fjärde tillfälle. Detta har rapporterats av Abu Humayd as-Sa'idi i en Hadith som återfinns hos Abu Dawud med flera. Detta tillfälle är när han stod upp från den första Tashahhud i böner som består av tre eller fyra enheter.
 Det har även rapporterats att profeten ﷺ lyfte sina händer upp till öronnivå, utan att röra dem, enligt en berättelse av Malik ibn al-Huwayrith i as-Sahihayn: "När profeten ﷺ sa "Allahu Akbar", lyfte han sina händer tills de var i linje med hans öron."
 Att kombinera Tasmi' (att säga: Sami'allahu liman hamidah) och Tahmid (att säga: Rabbana wa lakal hamd) är specifikt för imamen och den som ber ensam, medan den som ber bakom en imam endast säger: "Rabbana wa lakal hamd."
 Att säga "Rabbana wa lakal hamd" efter Ruku' är autentiskt från profeten ﷺ och det finns fyra versioner av yttrande. Det är bäst att en person följer dessa autentiska formuleringar och varierar mellan dem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3095</t>
   </si>
   <si>
-    <t>عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ</t>
+    <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ tog tag i min hand med sina båda händer och lärde mig Tashahhud på samma sätt som han lärde mig ett kapitel ur Koranen</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>Ibn Mas'ud (må Allah vara nöjd med honom) sa: Allahs sändebud ﷺ tog tag i min hand med sina båda händer och lärde mig Tashahhud på samma sätt som han lärde mig ett kapitel ur Koranen: 'At-tahiyyatu lillaahi was-salawaatu, wat-tayyibatu, as-salamu 'alayka 'ayyuhan-nabiyyu wa rahmatullahi wa barakatuhu, as-salamu 'alayna wa 'ala 'ibadillahis-salihin. Ash-hadu an laa ilaha illallahu wa ash-hadu anna Muhammadan 'abduhu wa rasuluh' (Alla vördnads hälsningar, samtliga böner, alla goda ord och handlingar hör till Allah. Må Allah sända frid över dig, profeten, och sin barmhärtighet och välsignelser. Må Allah sända frid över oss och över Allahs rättfärdiga tjänare. Jag vittnar om att ingen det inte finns någon sann gud utom Allah och att Muhammed är hans tjänare och sändebud). Och en rapportering av al-Bukhari och Muslim lyder: "Allah är as-Salam, så när någon av er sitter under bönen ska han säga: "At-tahiyyatu lillaahi was-salawaatu, wat-tayyibatu, as-salamu 'alayka 'ayyuhan-nabiyyu wa rahmatullahi wa barakatuhu, as-salamu 'alayna wa 'ala 'ibadillahis-salihin' (Alla vördnads hälsningar, samtliga böner, alla goda ord och handlingar hör till Allah. Profeten! Må Allah sända frid över dig, och sin barmhärtighet och välsignelser. Må Allah sända frid över oss och över Allahs rättfärdiga tjänare), när han säger detta gynnar det varje rättfärdig tjänare av Allah i himlarna och på jorden. 'Ash-hadu an laa ilaha illallahu wa ash-hadu anna Muhammadan 'abduhu wa rasuluh' (Jag vittnar om att ingen det inte finns någon sann gud utom Allah och att Muhammed är hans tjänare och sändebud), därefter kan han säga vilken åkallan han vill."</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
 "السلام علينا وعلى عباد الله الصالحين": 
 دعاء بالسلامة للمُصلي ولكل عبد صالح في السماء والأرض. 
 "أشهد أن لا إله إلا الله": 
 أي أُقِرُّ إقرارًا جازمًا به بأنه لا معبود حق إلا الله. 
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
     <t>Profeten ﷺ lärde Ibn Mas'ud (må Allah vara nöjd med honom) Tashahhud, som sägs under bönen. Han placerade sin hand i Ibn Mas'uds händer för att väcka hans uppmärksamhet. Han lärde honom detta, på samma vis som han lärde honom ett kapitel från Koranen, vilket visar vikten profeten ﷺ la vid denna Tashahhud, vid både dess ordval och dess innebörd. Han ﷺ sa: "At-tahiyyatu lillah": Vilket omfattar varje tal och handling som tyder på högaktning av Allah, han förtjänar det på alla sätt. "As-salawat": Som syftar på den bekanta bönen, både obligatoriska och frivilliga böner tillkommer Allah. "At-tayyibat": Goda yttranden, handlingar och beskrivningar som tyder på perfektion tillkommer Allah. "As-salamu 'alayka ayyuhan-nabiyyu wa rahmatullahi wa barakatuh": En bön till Allah att han ska skydda en från varje skada och fasa, samt att han skänker en mycket och ökad godhet. "As-salamu 'alayna wa 'ala 'ibadillahis-salihin": Den bedjande ber för varje rättfärdig tjänare i himlen och på jorden, att Allah ska skänka honom trygghet. "Ash-hadu an la ilaha illallah": Jag intygar med fast beslutsamhet att det inte finns någon värd dyrkan utom Allah. "Wa anna Muhammadan 'abduhu wa rasuluh": Jag intygar om att han är Allahs tjänare och sista sändebud.
 Sedan uppmanade profeten ﷺ den bedjande att säga den åkallan han önskar.</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
     <t>Denna Tasahhud sägs när den bedjande sitter ner efter den sista Sujud under varje bön, och efter den andra Rak'ahn av de böner som består av tre eller fyra Rak'ahs.
 Det är obligatoriskt att läsa Tahiyyat i Tashahhud, och det är tillåtet att läsa vilken Tashahhud-formulering man vill bland dem som har bekräftats från profeten ﷺ.
 Det är tillåtet att be Allah om det man önskar sig i bönen, förutsatt att önskan inte innehåller någon synd.
 Det är rekommenderat att börja med sig själv i åkallan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3096</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ</t>
+    <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
     <t>Allahumma inni a'udhu bika min 'adhabil-qabr, wa min 'adhabin-nar, wa min fitnatil-mayha wal-mamat, wa min fitnatil-Masihid-Dajjal</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) sa: "Allahs sändebud ﷺ brukade be sägandes: 'Allahumma inni a'udhu bika min 'adhabil-qabr, wa min 'adhabin-nar, wa min fitnatil-mayha wal-mamat, wa min fitnatil-Masihid-Dajjal' (Allah! Jag söker skydd hos dig från från gravens straff och eldens straff, från livets och dödens prövning och från den falske Messias prövning).'" Muslims rapportering lyder: ”När någon av er är klar med [sista] Tashahhud ska han be Allah om skydd från fyra: 'Allah! Jag söker skydd hos dig från helvetets straff och från gravens straff, från livets och dödens prövning och från den falske Messias onda prövning.'"</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade söka skydd hos Allah från fyra saker efter den sista Tashahhud och innan han avslutade bönen. Han beordrade även oss att vi ska söka skydd hos Allah mot dessa:
 1. Gravens straff.
 2. Eldens straff på domedagen.
 3. Livets prövningar, som de förbjudna världsliga lockelserna och vilseledande tvivel, samt dödens prövningar under dödsstunden, att personen vänder sig bort från islam och Sunnahn, eller gravens prövning och änglarnas utfrågning.
 4. Den falske Messias prövning som kommer att inträffa i slutet av tiden. Allah kommer att testa tjänarna genom honom, och den falske Messias nämndes, då hans prövning och vilseledning är enorm.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>Denna åkallan är från de mest effektiva och omfattande sätten att söka skydd hos Allah, eftersom personen söker skydd från detta livets och det kommande livets ondska genom den.
 Detta bekräftar gravens straff och att det är sant.
 Prövningars fara och vikten att söka skydd hos Allah mot dem genom att be honom att skona en från dem.
 Detta bekräftar att den falska Messias kommer att komma och den svåra prövningen det resulterar i.
 Det är rekommenderat att säga denna åkallan efter den sista Tashahhud.
 Det är rekommenderat att säga åkallan efter en rättfärdig handling.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3103</t>
   </si>
   <si>
-    <t>اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ</t>
+    <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
   </si>
   <si>
     <t>Allah! Avlägsna mina synder från mig så som du avlägsnat öst från väst</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade: "När profeten ﷺ sagt Takbir i bönen, pausade han en kort stund innan han började läsa. Jag frågade: 'Allahs sändebud! Må min far och mor vara en lösen för dig, vad säger du under tystnaden mellan Takbir och läsningen (av Koranen)?' Han svarade: 'Jag säger: Allahumma ba'id bayni wa bayna khatayaya kama ba'adta baynal-mashriqi wal-maghrib, Allahumma naqqini min khatayaya kama yunaqqath-thawbul-abyadu minad-danas, Allahumma-ghsilni min khatayay, bith-thaldji walma´i wal-barad (Allah! Avlägsna mina synder från mig så som du avlägsnat öst från väst. Allah! Rena mig från mina synder så som det vita plagget renas från fläckar. Allah! Tvätta bort mina synder med is, vatten och snö).'"</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
 «اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
 فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade göra en kort paus efter att ha sagt Takbir i bönen för att säga vissa åkallelser innan han reciterade Al-Fatihah. En av dessa är: "Allahumma ba'id bayni wa bayna khatayaya kama ba'adta baynal-mashriqi wal-maghrib, Allahumma naqqini min khatayaya kama yunaqqath-thawbul-abyadu minad-danas, Allahumma-ghsilni min khatayay, bith-thaldji walma´i wal-barad" (Allah! Avlägsna mina synder från mig så som du avlägsnat öst från väst.* Allah! Rena mig från mina synder så som det vita plagget renas från fläckar. Allah! Tvätta bort mina synder med is, vatten och snö). Han bad till Allah att hålla honom borta från synder så att han inte skulle falla in i dem, en separation som inte möjliggör ett möte, precis som det inte finns något möte mellan öst och väst. Om han föll i synd, bad han att bli renad från dem och att de skulle tas bort som smuts tas bort från ett vitt plagg, och att han skulle bli tvättad från synderna och deras hetta svalkas med rena substanser; vatten, snö och hagel.</t>
   </si>
   <si>
     <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
 حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
 وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
   </si>
   <si>
     <t>Åkallan i början av bönen läses med låg röst, även om det är en bön där Koranläsningen reciteras högt.
 Det visar hur angelägna följeslagarna (må Allah vara nöjd med dem) var att lära sig om profetens ﷺ synliga och dolda handlingar.
 Det finns andra versioner av åkallan som sägs i början av bönen, och det är bäst att variera mellan dem som är autentiskt rapporterade från profeten ﷺ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3104</t>
   </si>
   <si>
-    <t>إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ</t>
+    <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>Om du säger 'Var tyst' till din kamrat då imamen predikar på fredagen, har du talat ett lättsinnigt tal</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om du säger 'Var tyst' till din kamrat då imamen predikar på fredagen, har du talat ett lättsinnigt tal."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar att bland de obligatoriska uppföranden en person måste hålla sig till när han närvarar under fredagspredikan är att han är tyst och lyssnar på imamen som predikar, så att han kan ta till sig budskapet. Den som säger något till andra då imamen predikar, även något litet som 'Var tyst' eller 'Lyssna', har gått miste om fredagsbönens förträfflighet.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Det är förbjudet att tala under predikan, även om det omfattar tal som förbjuder det onda, besvara fredshälsningen eller att be för den som har nyst.
 Undantaget är den som tilltalar imamen eller tilltalas av honom.
 Det är tillåtet att prata mellan de två predikningarna vid behov.
 Om profeten ﷺ omnämns under predikan så hyllar du honom tyst inom dig själv, likaså att säga "Amin" efter imamens åkallan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3107</t>
   </si>
   <si>
-    <t>أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ،</t>
+    <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
   </si>
   <si>
     <t>Ska jag inte berätta något om Dajjal för er, som ingen profet tidigare har berättat för sitt folk? Han är enögd, och han kommer att komma med vad som ser ut att vara paradiset och elden;</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Ska jag inte berätta något om Dajjal för er, som ingen profet tidigare har berättat för sitt folk? Han är enögd, och han kommer att komma med vad som ser ut att vara paradiset och elden; det han säger är paradiset är egentligen elden. Och jag varnar er för honom, på samma sätt som Noah varnade sitt folk."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
     <t>Profeten ﷺ informerade sina följeslagare om Dajjal och hans egenskaper på ett sätt som ingen profet tidigare gjort. Genom att berätta bland annat att:
 han är enögd.
 Och Allah har gett honom något som ser ut att vara paradiset och elden.
 Men hans paradis är egentligen elden, och de som följer honom kommer han att föra in i denna plats som till synes ser ut att vara som ett paradis, men det är faktiskt en brinnande eld. De som inte lyder honom kommer han att föra in i denna plats som till synes ser ut att vara helvetet, men det är faktiskt ett härligt paradis. Därefter varnade profeten ﷺ oss för hans prövning, precis som Noah varnade sitt folk.</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
     <t>Dajjal kommer att utgöra en enorm prövning.
 Räddningen från Dajjals prövning sker genom äkta tro, att vända sig till Allah, och att be om skydd från honom i den sista Tashahhud, och att memorera de tio första verserna av Surah al-Kahf.
 Profeten ﷺ var mycket angelägen om sitt samfund och förklarade egenskaper hos Dajjal för muslimerna på ett sätt som ingen profet tidigare gjort.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3110</t>
   </si>
   <si>
-    <t>الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل</t>
+    <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
   </si>
   <si>
     <t>En person har samma religion som sin vän. Låt därför var och en noga tänka på vem han tar till vän</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "En person har samma religion som sin vän. Låt därför var och en noga tänka på vem han tar till vän."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att en person tenderar att likna och påverkas av sina vänner och nära umgänge i sitt uppförande och sina vanor, och att vänskap påverkar beteende och handlingar. Därför gav han rådet att välja vänner noggrant, eftersom en god vän leder en till det som är kopplat till tron, vägledning och godhet, och blir ett stöd för sin vän.</t>
   </si>
   <si>
     <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
 خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
 اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
 المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
   </si>
   <si>
     <t>Det är föreskrivet att välja ett bra umgänge, och att undvika att umgås med dåliga människor.
 Hadithen betonar vänskap framför släktskap, eftersom en person frivilligt väljer sina vänner, tillskillnad från sina syskon och släktingar.
 En person ska vara reflektera över vilka han väljer att ha som sina vänner.
 En person stärker sin tro genom att umgås med de troende, och försvagar den genom umgås med syndare.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[Godtagbar]</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud, at-Tirmidhi och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3122</t>
   </si>
   <si>
-    <t>إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ،</t>
+    <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
   </si>
   <si>
     <t>Liknelsen för ett gott sällskap och ett dåligt sällskap är som en person som bär mysk och en smed</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
     <t>Abu Musa (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Liknelsen för ett gott sällskap och ett dåligt sällskap är som en person som bär mysk och en smed. Personen som bär mysk kan antingen ge dig lite av det, eller så kan du köpa det från honom, eller så får du åtminstone uppleva en behaglig doft från honom. Smeden kan antingen bränna dina kläder med gnistor, eller så kan du uppleva en obehaglig stank från honom."</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>Profeten ﷺ nämnde en liknelse med två typer av människor:
 Den första är vännen som uppmanar till att lyda Allah och allt det som gör Allah nöjd, och som hjälper sin vän att lyda Allah, han är som en myskförsäljare. Du kan antingen få mysk av honom, köpa det eller åtminstone känna en trevlig doft.
 Den andra är den dåliga vännen och det dåliga sällskapet, som hindrar andra från det som leder till Allah, hjälper vännen att synda. Du kan se honom göra fruktansvärda handlingar, och vars dåliga beteende påverkar dig, han är som en smed som blåser på sin eld. Antingen kan gnistor från hans smedja bränna dina kläder eller så kommer du att uppleva en obehaglig stank av att vara i hans närhet.</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
 الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
   </si>
   <si>
     <t>Det är tillåtet att använda liknelser för att förtydliga innebörden för andra.
 Det är uppmuntrat att umgås med rättfärdiga och fromma personer, och att undvika de korrupta och de med dåligt beteende.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3127</t>
   </si>
   <si>
-    <t>السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ</t>
+    <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>Den som ser efter änkan och den faderlöse, är likt den som strider för Allahs skull, eller likt den som ber frivillig bön under natten och fastar på dagen</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som ser efter änkan och den faderlöse, är likt den som strider för Allahs skull, eller likt den som ber frivillig bön under natten och fastar på dagen."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som ser efter och spenderar sökande Allahs belöning vid kvinnan vars man dött, varefter hon inte har någon som tar hand om henne, samt den behövande person, får samma belöning som den som strider för Allahs skull, eller den som ber frivillig bön under natten utan att tröttas ut och fastar utan att bryta den.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Det är uppmanat att samarbeta med de svaga och visa solidaritet för dem genom att möta deras behov.
 Dyrkan omfattar varje god handling, som att se efter änkan och den fattige.
 Ibn Hubayrah sa: "Detta betyder att Allah ger honom den sammanlagda och kombinerade belöningen av den fastande, den som ber den frivilliga nattbönen och den som strider för Allahs sak. Anledningen till det är att han fanns där för änkan istället för hennes man, och han fanns där för den behövande som inte kunde se efter sig själv, så han spenderade det som återstod av sitt uppehälle på dem och la ner sin energi på detta. Denna insats blev följaktligen likvärdig fastan, nattbön och kamp för Allahs skull.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3135</t>
   </si>
   <si>
-    <t>بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ،</t>
+    <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
     <t>Skynda er att utföra goda gärningar innan det kommer att ske prövningar, som påminner om en mörk natt!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
   </si>
   <si>
     <t>Abu Hurayra (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Skynda er att utföra goda gärningar innan det kommer att ske prövningar, som påminner om en mörk natt! En person kan vara troende på morgonen och icke-troende på kvällen, eller vara icke-troende på kvällen och troende på morgonen. Han säljer sin religion för ett världsligt ändamål."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanar de troende att ivrigt och frekvent utföra goda gärningar innan det blir för svårt att göra dem på grund av prövningar och tvivel som hindrar dem. Dessa prövningar är mörka som natten och blandar sanning med falskhet, vilket gör det svårt för människor att skilja mellan dem. På grund av deras intensitet kan en person växla kraftigt i sin tro, och kan även lämna sin tro i utbyte mot tillfälliga världsliga förmåner.</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
 إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
 في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
 الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
 في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
   </si>
   <si>
     <t>Vikten av att hålla fast vid religionen och att skynda sig till goda gärningar innan hinder uppstår.
 Detta visar hur prövningarna kommer att vara oavbrutna i slutet av tiden, där varje prövning snabbt följs av en annan.
 Om en persons tro är svag och han byter ut den mot världsliga ting, blir det en orsak till hans avvikelse, att han lämnar tron och ger efter till prövningarna.
 Hadithen visar att goda gärningar är räddningen från prövningar och frestelser.
 Prövningar är av två typer: prövningar som rör tvivel, vilka behandlas med kunskap, och prövningar som rör lustar, vilka behandlas med tro och tålamod.
 Hadithen antyder att de som utför färre goda gärningar är mer benägna att drabbas av prövningar, och de som utför många bör inte kan känna sig säker och lugn, utan bör sträva efter ännu fler goda handlingar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3138</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يكثر أن يقول: يا مقلب القلوب ثبت قلبي على دينك</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade ofta säga: 'Ya Muqallib al-Qulub! Thabbit qalbi 'ala dinik" (Du som vänder hjärtan! Håll mitt hjärta stabilt på att följa din religion).'</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ»، فَقُلْتُ: يَا رَسُولَ اللهِ، آمَنَّا بِكَ وَبِمَا جِئْتَ بِهِ فَهَلْ تَخَافُ عَلَيْنَا؟ قَالَ: «نَعَمْ، إِنَّ القُلُوبَ بَيْنَ أُصْبُعَيْنِ مِنْ أَصَابِعِ اللهِ يُقَلِّبُهَا كَيْفَ يَشَاءُ».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade: "Profeten ﷺ brukade ofta säga: 'Ya Muqallib al-Qulub! Thabbit qalbi 'ala dinik" (Du som vänder hjärtan! Håll mitt hjärta stabilt på att följa din religion).' Anas frågade då: 'Allahs sändebud! Vi har trott på dig och på det du har kommit med, är du ändå orolig för oss?' Profeten ﷺ svarade: 'Ja, för alla hjärtan är mellan två av Allahs fingrar; han vänder dem som han vill.'"</t>
   </si>
   <si>
     <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
 فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
 فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
   </si>
   <si>
     <t>Profeten ﷺ bad ofta till Allah om att vara stadig i sin tro och lydnad till honom, och att hålla sig borta från avvikelse och villfarelser. Anas bin Malik (må Allah vara nöjd med honom) förvånades över varför profeten ﷺ ofta bad denna bön, och profeten ﷺ förklarade att alla hjärtan är mellan två av Allahs fingrar, och han vänder dem som han vill. Det är genom hjärtat en person antingen tror på sanningen eller förnekar den. Det kallas för Qalb (hjärta) på grund av dess Taqallub (frekventa förändringar). Hjärtat ändras och ändrar tillstånd mer än ett kokkärl som kokar över när den värms upp. Om Allah vill, låter han en persons hjärta följa vägledning och gör det stabilt på religionen. Och om Allah vill, leder han personens hjärta bort från sanningen och låter det avvika och bli villfaret.</t>
   </si>
   <si>
     <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
 أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>Detta visar profetens ﷺ underkastelse och ihärdiga bön till sin Herre, och de som tror på honom bör följa honom i detta.
 Vikten av att vara upprätt och stabil i religionen. Det som är avgörande för en persons religion, är i vilket tillstånd denne dör i.
 En tjänare klarar sig inte ens ett ögonblick att praktisera islam utan Allahs stöd.
 Det är uppmuntrat att ofta upprepa denna bön, och att följa profeten ﷺ i detta.
 Att vara stabil i ens praktiserande av islam är en stor välsignelse som varje tjänare bör sträva efter och tacka Allah för.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3142</t>
   </si>
   <si>
-    <t>إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا</t>
+    <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>Om en hund dricker ur något av era kärl, ska det tvättas sju gånger</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om en hund dricker ur något av era kärl, ska det tvättas sju gånger."</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
     <t>Profeten ﷺ sa att kärlet ska tvättas sju gånger om en hund har doppat sin tunga i den. Den första tvätten bör vara med jord, följt av vatten, för att garantera att hundsalivens orenhet och skadliga effekter fullständigt försvinner.</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
 ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
 التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
 كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
 ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
 الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
   </si>
   <si>
     <t>Hundsaliv är väldigt orent.
 När en hund slickar i en skål blir både skålen och vattnet i den orena.
 Rening med jord och att det tvättas sju gånger om är specifikt för att rena från hundens saliv, och ska inte göras med dess urin, avföring eller andra orenheter som kommer från hunden.
 Hur man tvättar en skål med jord: man blandar vatten med jord i skålen och sedan rengörs skålen med denna blandning.
 Hadithen gäller till synes alla hundar, även de som är tillåtna att ha, såsom jakthundar, vakthundar och vallhundar.
 Tvål och andra rengöringsmedel ersätter inte jord, eftersom profeten ﷺ specifikt nämnde jord.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3143</t>
   </si>
   <si>
-    <t>الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ</t>
+    <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>Fem saker räknas till det naturliga tillståndet: omskärelse, att avlägsna könshåret, att klippa mustaschen, att klippa naglarna, och att avlägsna håret i armhålan</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ säga: "Fem saker räknas till det naturliga tillståndet: omskärelse, att avlägsna könshåret, att klippa mustaschen, att klippa naglarna, och att avlägsna håret i armhålan."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att det finns fem handlingar som är en del av islam och sändebudens väg:
 1.Omskärelse: Att avlägsna förhuden på pojkarnas könsorgan, och en del av klitoris förhud på flickors könsorgan.
 2. Att avlägsna könshår: att raka bort könshåret som växer runt könsorganen.
 3. Att klippa mustaschen: att trimma mustaschen så att överläppen syns.
 4. Klippa naglarna.
 5. Avlägsna håret i armhålan.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>Sändebudens väg som Allah älskar och är nöjd med förespråkar perfektion, renlighet och skönhet.
 Det är föreskrivet att vara mån om dessa handlingar och att inte försumma dem.
 Dessa handlingar har både världsliga och religiösa nyttor, bland annat att de förbättrar ens utseende, gör en uppmärksam på renlighet och kroppshygien, urskiljer en från de otrogna och iakttar Allahs befallning.
 I andra Haditherna förekommer andra handlingar som beskrivs vara en del av det naturliga tillståndet utöver dessa fem, bland annat att låta skägget växa, använda Siwak (naturlig tandborste).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3144</t>
   </si>
   <si>
-    <t>لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ</t>
+    <t>لا إله إلا الله، ويل للعرب من شر قد اقترب، فتح اليوم من ردم يأجوج ومأجوج مثل هذه</t>
   </si>
   <si>
     <t>Det finns ingen (sann) gud utom Allah. Ve araberna för något fruktansvärt som närmar sig! Idag har en öppning stor som denna gjorts i muren som håller tillbaka Gog och Magog</t>
   </si>
   <si>
     <t>عَنْ زَيْنَبَ بِنْتِ جَحْشٍ رَضِيَ اللَّهُ عَنْها أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ عَلَيْهَا فَزِعًا يَقُولُ: «لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ» وَحَلَّقَ بِإِصْبَعِهِ الإِبْهَامِ وَالَّتِي تَلِيهَا، قَالَتْ زَيْنَبُ بِنْتُ جَحْشٍ فَقُلْتُ يَا رَسُولَ اللَّهِ: أَنَهْلِكُ وَفِينَا الصَّالِحُونَ؟ قَالَ: «نَعَمْ إِذَا كَثُرَ الخَبَثُ».</t>
   </si>
   <si>
     <t>Zaynab bint Jahsh (må Allah vara nöjd med henne) berättade att profeten ﷺ kom in till henne upprörd och sa: "Det finns ingen (sann) gud utom Allah. Ve araberna för något fruktansvärt som närmar sig! Idag har en öppning stor som denna gjorts i muren som håller tillbaka Gog och Magog." Han gjorde en cirkel med tummen och pekfingret. Zaynab bint Jahsh frågade: "Allahs sändebud! Kommer vi att gå under, även om det finns rättfärdiga bland oss?" Han svarade: "Ja, när synder förekommer i överflöd."</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على زينب بنت جَحْش رضي الله عنها فَزِعًا خائفًا، وهو يقول: لا إله إلا الله، إيذانًا بتوقُّع أمرٍ مكروهٍ يَحْدُث، ولا نجاة منه إلا بالالتجاء إلى الله سبحانه، ثم قال صلى الله عليه وسلم: 
 ويل للعرب من شر قد اقترب وقوعُه، فُتِح اليوم من رَدم يأجوج ومأجوج، وهو السَّدُّ الذي بناه ذو القرنين، مثل هذه، وحَلَّق بإصبعه الإبهام والتي تليها، 
 فقالت زينب رضي الله عنها: كيف يُسلِّط الله علينا الهلاك وفينا المؤمنون الصالحون؟ 
 فقال لها النبي صلى الله عليه وسلم: إذا كَثُرَ الخَبَث مِن الفسوق والفجور والمعاصي، والزنا، والخمور، وغيرها، عَمَّ الهلاكُ الجميع.</t>
   </si>
   <si>
     <t>Profeten ﷺ kom in till Zaynab bint Jahsh (må Allah vara nöjd med henne) och var mycket upprörd och oroad, och han sa: "Det finns ingen (sann) gud utom Allah," vilket indikerar på att något förskräckligt håller på att hända, och att det enda skyddet är att söka tillflykt hos Allah. Sedan sa han ﷺ: "Att det är ett stort hot som närmar sig araberna, och att en liten öppning har skapats i muren som byggdes av Dhul-Qarnayn för att hålla tillbaka Gog och Magog." Zaynab (må Allah vara nöjd med henne) undrade hur fördärv kan drabba dem, trots att det finns rättfärdiga troende bland dem. Profeten ﷺ förklarade att när synder som olydnad till Allah, otukt, alkoholförtäring och annat sprider sig i överflöd, kommer straffet att drabba alla.</t>
   </si>
   <si>
     <t>الفَزَع لا يشغل قلبَ المؤمن عن ذكر الله عند الخوف؛ لأنه بذكر الله تطمئن القلوب.
 الحث على إنكار المعاصي ومنع وقوعها.
 يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
 المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
 خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
   </si>
   <si>
     <t>Rädsla får inte den troendes hjärta att bli distraherad från att minnas Allah, eftersom det är genom att minnas honom som hjärtat finner ro.
 Hadithen är en uppmaning till att fördöma synder och att hindra att de förekommer.
 Ett straff som omfattar alla kan inträffa på grund av att synder blivit vanliga och utspridda och att de inte fördöms, även om de rättfärdiga är många.
 Svårigheter och katastrofer drabbar alla, både rättfärdiga och orättfärdiga, men på domedagen kommer de att återuppväckas enligt sina avsikter.
 Profeten ﷺ nämnde araberna specifikt, eftersom de utgjorde majoriteten av muslimerna vid den tiden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3145</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>Innan profeten ﷺ klev in på toaletten brukade han säga: 'Allahumma inna a'udhu bika minal-khubuthi wal-khaba´ith' (Allah! Jag söker skydd hos dig mot de manliga och kvinnliga djävlarna)</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade: "Innan profeten ﷺ klev in på toaletten brukade han säga: 'Allahumma inna a'udhu bika minal-khubuthi wal-khaba´ith' (Allah! Jag söker skydd hos dig mot de manliga och kvinnliga djävlarna)."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
     <t>När profeten ﷺ ville kliva in på en plats för att utföra sina behov, urin eller avföring, brukade han söka skydd hos Allah och vända sig till honom för att skyddas från de manliga och kvinnliga djävlars ondska. "Al-khubuth wal-khaba'ith" har även tolkats som ondska och orenligheter.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>Det är rekommenderat att säga denna åkallan innan man går in på toaletten.
 Alla varelser är i ständigt behov av sin Herre för att få skydd mot det som skadar dem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3150</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم أشد حياء من العذراء في خدرها، فإذا رأى شيئا يكرهه عرفناه في وجهه</t>
   </si>
   <si>
     <t>Profeten ﷺ var mer blygsam än en ogift kvinna som skyler sig i sitt hem, och när han såg något han ogillade kunde vi se det på hans ansikte</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ.</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade: "Profeten ﷺ var mer blygsam än en ogift kvinna som skyler sig i sitt hem, och när han såg något han ogillade kunde vi se det på hans ansikte."</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو سعيد الخدري رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم كان أشدَّ حياء من البنت البِكْر التي لم تتزوج وتعاشر الرجال المُستترة في بيتها، ومن شدة حيائه أنه إذا كَرِهَ شيئًا يتغير وجهه ولا يتكلم، بل يفهم أصحابه كراهيتَه لذلك في وجهه.</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade för oss om att profeten ﷺ var otroligt blyg, till och med mer än en ogift kvinna som inte har varit i kontakt med män och lever skyddad i sitt hem. På grund av sin blyghet brukade han inte yttra sig om det han ogillade, men hans följeslagare kunde förstå hans missnöje genom förändringarna i hans ansiktsuttryck.</t>
   </si>
   <si>
     <t>بيان ما اشتمل عليه النبي صلى الله عليه وسلم من الحياء، وهو الخُلُق العظيم.
 حياء النبيِّ صلى الله عليه وسلم ما لم تُنتَهك حرمات الله، فإذا انتهكت؛ فإنه صلى الله عليه وسلم كان يغضب ويأمر أصحابَه وينهاهم.
 الحث على التخلُّق بالحياء؛ لأنه يحمل النفس على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Denna Hadith visar på den stora grad av blygsamhet som profeten ﷺ hade, vilket var en av hans ädla karaktärsdrag.
 Profeten var väldigt blyg, men om Allahs gränser överträddes blev han ﷺ arg och brukade göra sin röst hörd bland sina följeslagare.
 Detta är uppmuntrat att vara blygsam då det är en moralisk egenskap som motiverar en att göra gott och undvika det som är fel.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3153</t>
   </si>
   <si>
-    <t>سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ</t>
+    <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>Det kommer att uppstå förtur (för vissa över andra), och frågor som ni kommer att fördöma." De sa: "Allahs sändebud! Vad råder du oss (att göra vid sådana tillfällen)?" Han sa: "Uppfyll er skyldighet, och be Allah om er rättighet</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
     <t>Ibn Mas'ud (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Det kommer att uppstå förtur (för vissa över andra), och frågor som ni kommer att fördöma." De sa: "Allahs sändebud! Vad råder du oss (att göra vid sådana tillfällen)?" Han sa: "Uppfyll er skyldighet, och be Allah om er rättighet."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade för oss att det kommer att finnas makthavare och ledare över muslimer som kommer att nyttja muslimernas egendomar och annat världsligt, för att spendera det som de själva vill och frånta muslimerna deras rättigheter gällande dessa egendomar. De kommer även att göra saker som går emot religionen, som muslimerna kommer att förkasta. Följeslagarna (må Allah vara nöjd med dem) frågade vad de skulle göra vid liknande tillfällen. Han ﷺ berättade för dem att deras besittning av egendomen inte ska hindra dem från att leva upp till deras skyldigheter mot dem, som att leda dem. Snarare ska de ha tålamod, lyssna och lyda dem utan att begå uppror mot dem. De ska be Allah om sina rättigheter, och att han ska korrigera dessa ledare åt dem och skona dem från deras ondska och förtryck.</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>Hadithen tyder på profetens ﷺ sanna profetia då han berättade om framtida händelser som kommer att förekomma i hans samfund, vilka inträffade så som han berättade.
 Det är tillåtet att underrätta en person om prövningar som han kan komma att utstå så att han kan förbereda sig för det, och att han med tålamod söker Allahs belöning när det väl inträffar.
 Att hålla fast vid Koranen och Sunnahn är räddningen från prövningar och splittring.
 Detta är en uppmaning till att lyssna till ledarna och lyda dem i det som är bra, och att inte göra uppror mot dem, även om förtryck förekommer från deras sida.
 I tider av prövningar ska visdom brukas och Sunnahn följas.
 Människan måste leva upp till sina skyldigheter, även om hon får utstå visst förtryck.
 Detta är ett bevis för principen som lyder: Man ska välja det minst onda och den mildaste skadan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3156</t>
   </si>
   <si>
-    <t>مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ</t>
+    <t>من سأل الله الشهادة بصدق بلغه الله منازل الشهداء، وإن مات على فراشه</t>
   </si>
   <si>
     <t>Den som uppriktigt ber Allah om martyrskap, kommer Allah att ge martyrernas rang, även om han dör i sin säng</t>
   </si>
   <si>
     <t>عَن سَهْلِ بْنِ حُنَيْفٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ».</t>
   </si>
   <si>
     <t>Sahl bin Hunayf (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som uppriktigt ber Allah om martyrskap, kommer Allah att ge martyrernas rang, även om han dör i sin säng."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن طَلَبَ الشهادةَ والقتلَ في سبيل الله، وكان صادقًا مخلصًا في نيته تلك لله عز وجل، أعطاه الله درجات الشهداء بنيته الصادقة وإن مات على الفِراش في غير الجهاد.</t>
   </si>
   <si>
     <t>Profeten ﷺ informerar oss att den som uppriktigt önskar martyrskap och att dö för Allahs skull, med en ren och sann avsikt, kommer Allah att belöna honom med att få martyrernas höga rang på grund av hans ärliga avsikt, även om han dör i sin säng och inte deltar i någon strid.</t>
   </si>
   <si>
     <t>صدق النية مع فعل المستطاع سبب لبلوغ المقصود من الأجر والثواب، وإن لم يُبَاشر العمل المطلوب.
 الترغيب في الجهاد وطلب الشهادة في سبيل الله عز وجل.
 إكرام الله تعالى لهذه الأمة، فهو يعطيها بقليل من العمل أعلى الدرجات في الجنة.</t>
   </si>
   <si>
     <t>En person kan nå en viss belöning och nivå genom att ha en uppriktig avsikt och strävan, även om han inte lyckas utföra själva handlingen.
 Det är starkt uppmanat att sträva för Allahs skull och söka martyrskap.
 Allah har ärat detta samfund, då han skänker dem höga grader i paradiset genom små gärningar som de gör.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3157</t>
   </si>
   <si>
-    <t>مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ</t>
+    <t>ما يزال البلاء بالمؤمن والمؤمنة في نفسه وولده وماله حتى يلقى الله وما عليه خطيئة</t>
   </si>
   <si>
     <t>Prövningarna kommer att fortsätta drabba den troende mannen och kvinnan, i deras hälsa, barn och rikedom, tills de möter Allah utan att de har några synder kvar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Prövningarna kommer att fortsätta drabba den troende mannen och kvinnan, i deras hälsa, barn och rikedom, tills de möter Allah utan att de har några synder kvar."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att prövningar och tester ständigt drabbar den troende, både mannen och kvinnan. Dessa prövningar kan drabba dem i deras hälsa och kropp, eller att deras barn blir sjuka, går bort eller att de behandlar föräldrarna illa. Det kan också vara prövningar i deras egendom, som fattigdom, förlust i handel, stöld eller svårighet i att tjäna sitt levebröd och att ha en knaper ekonomi. Genom dessa prövningar renas de från sina synder, så att när de möter Allah har alla deras synder blivit förlåtna och de står rena inför honom.</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>Allah visar sin nåd mot sina tjänare genom att rena dem från deras synder genom de prövningar de möter i denna värld.
 Prövningarna i sig leder till att synder förlåts, förutsatt att personen är troende. Om personen dessutom har tålamod och inte klagar, blir han även belönad.
 En uppmaning till att visa tålamod i alla situationer, vare sig det gäller något man gillar eller ogillar. Man bör vara tålmodig för att uppfylla Allahs befallningar och undvika det han förbjuder, med hopp om belöning och fruktan för hans straff.
 Här nämnde han både den troende mannen och kvinnan för att understryka att detta även inkluderar kvinnor. Om han annars endast hade nämnt den troende, skulle det inkludera kvinnan likaså, eftersom detta inte är specifikt för mannen. Om en kvinna genomgår prövningar kommer även hennes synder att strykas bort.
 Att förstå den stora belöningen som är kopplad till prövningar kan göra det lättare för en person att uthärda de smärtor och svårigheter de möter gång på gång.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3159</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
     <t>När profeten ﷺ bad, bredde han ut sina armar tills att man kunde se hans ljusa hud i armhålan</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
     <t>'Abdullah ibn Malik ibn Buhaynah (må Allah vara nöjd med honom) berättade: När profeten ﷺ bad, bredde han ut sina armar tills att man kunde se hans ljusa hud i armhålan."</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
     <t>När profeten ﷺ var nere i Sujud brukade han breda ut sina armar från sina sidor, likt vingar, så brett att huden under armarna blev synlig. Detta visar att han var väldigt mån om att breda ut armarna från sidan av kroppen.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Det är rekommenderat att anta denna position under Sujud, vilket innebär att man breder ut armarna från sidorna.
 För de som ber bredvid andra och kan störa dem, rekommenderas det inte att anta denna position.
 Det finns många fördelar och visdomar med denna position i bönen, inklusive att visa energi och intresse i bönen, att varje del av kroppen deltar i dyrkan. Det har även nämnts att denna position visar på ödmjukhet. Det stödjer även pannans och näsans ordentliga placering mot marken under Sujud, och förser varje kroppsdel med en särskild roll i bönen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3220</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ</t>
+    <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
   </si>
   <si>
     <t>Den tidpunkt då Herren är närmast sin tjänare är under den sista delen av natten</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
   </si>
   <si>
     <t>Abu Umamah (må Allah vara nöjd med honom) berättade att 'Amr bin 'Abasa (må Allah vara nöjd med honom) hörde profeten ﷺ säga: "Den tidpunkt då Herren är närmast sin tjänare är under den sista delen av natten. Om du kan vara bland dem som minns Allah vid den tiden ska du göra det."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att Allah är som närmast sin tjänare under den sista tredjedelen av natten. Om du, som troende, kan vara bland dem som utför dyrkan, ber och minns Allah under denna tid, så bör du verkligen göra det.</t>
   </si>
   <si>
     <t>حث المسلم على الذكر في آخر الليل.
 تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
 قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
   </si>
   <si>
     <t>En muslim bör vara mån om att minnas Allah under slutet av natten.
 Vissa tider är mer bättre än andra för åkallan, bön och att åminnas Allah.
 Mirak förklarar skillnaden mellan Hadithen: "Allah är närmast sin tjänare", och "En tjänare är närmast Allah i Sujud" med att säga: Här handlar det om tiden då Allah är närmast, vilket är under den sista delen av natten, medan det andra handlar om den tidpunkt då tjänaren är som närmast sin Herre, vilket är i Sujud.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud, at-Tirmidhi och an-Nasa'i]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3236</t>
   </si>
   <si>
-    <t>أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ</t>
+    <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
   </si>
   <si>
     <t>Det bästa en man kan spendera är när han spenderar på sin familj, på sitt riddjur i Allahs väg, och för sina kamrater som strider för Allahs skull</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
     <t>Thawban (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Det bästa en man kan spendera är när han spenderar på sin familj, på sitt riddjur i Allahs väg, och för sina kamrater som strider för Allahs skull." Abu Qilabah tillade: "Och han började med familjen," sen sa Abu Qilabah också: "Vilken man har större belöning än en man som spenderar på små barn, antingen bevarar han dem från att vara i nöd, eller så gör Allah dem självförsörjande genom honom."</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ illustrerade olika aspekter av välgörenhet och ordnade dem efter prioritet, när det går att skänka för olika välgörande ändamål. Han började med det viktigaste: han berättade att en muslim kan få störst belöning när han spenderar på de personer som han är ansvarig för att försörja, som fru och barn. Sedan kommer pengar spenderade på ett djur förberett för strid i Allahs väg. Slutligen, pengar spenderade på kamrater och följeslagare när de är engagerade i strid för Allahs skull.</t>
   </si>
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
 النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
 قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
   </si>
   <si>
     <t>En muslim bör prioritera när han skänker i välgörenhet, på det vis som beskrivs i Hadithen. Han ska tänka på detta när det går att skänka till olika välgörande ändamål.
 Att prioritera att spendera på familjen, och att det är viktigare än andra utgifter.
 Utgifter för att strida för Allahs skull anses vara bland de högsta formerna av välgörenhet, vilket inkluderar förberedelse av utrustning och människor för strid.
 Det sägs att allt som klassificeras som lydnad till Allah, såsom pilgrimsfärden, kan inkluderas under uttrycket "för Allahs skull".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3267</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ</t>
+    <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>Jag svär vid honom i vars hand min själ vilar i, att det varken finns en jude eller en kristen från det här samfundet som hör talas om mig, och därefter dör utan att ha trott på det som jag har blivit sänd med, utan att han hamnar i elden</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Jag svär vid honom i vars hand min själ vilar i, att det varken finns en jude eller en kristen från det här samfundet som hör talas om mig, och därefter dör utan att ha trott på det som jag har blivit sänd med, utan att han hamnar i elden."</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>Profeten ﷺ svär vid Allah att ingen från detta samfund hör om honom, oavsett om det är en jude, kristen eller någon annan som nås av profetens kall, och sedan dör utan att ha trott på honom förutom att han kommer att träda in i elden och förbli där för alltid.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Profetens ﷺ budskap riktade sig till hela världen, och det är obligatoriskt att följa honom. Den lagstiftningen han kom med upphävde alla tidigare lagstiftningar.
 Den som förnekar profeten ﷺ kommer inte gynnas av sin tro på andra profeter (frid vare över dem alla).
 Den som inte hör om profeten ﷺ och inte nås av islams kall är ursäktad. Deras situation i det kommande livet lämnas till Allah.
 En person kan konvertera till islam även om det är kort innan döden, eller under svår sjukdom, förutsatt att själen inte nått strupen.
 Att tro att de otrognas religion, som judendom och kristendom, är korrekt är otro.
 Hadithen nämner judar och kristna för att inkludera andra religioner med, eftersom judar och kristna har fått en gudomlig uppenbarelse. Om detta är fallet med dem, så omfattar Hadithen dem som inte ens fått en gudomlig uppenbarelse ännu mer. Alla måste följa islam och lyda dess sändebud ﷺ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3272</t>
   </si>
   <si>
-    <t>أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى</t>
+    <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>Trimma mustascherna och låt skäggen växa</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Trimma mustascherna och låt skäggen växa."</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Profeten ﷺ beordrade att mustachen ska trimmas och klippas ordentligt, och inte lämnas att bli lång.
 Skägget beordrar han däremot att det ska låtas växa långt.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Det är förbjudet att raka skägget.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3279</t>
   </si>
   <si>
-    <t>إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ</t>
+    <t>إذا رأى أحدكم الرؤيا يحبها فإنها من الله، فليحمد الله عليها وليحدث بها، وإذا رأى غير ذلك مما يكره، فإنما هي من الشيطان، فليستعذ من شرها، ولا يذكرها لأحد، فإنها لن تضره</t>
   </si>
   <si>
     <t>Om någon av er ser en dröm som han tycker om, är den från Allah, så låt honom prisa Allah och berätta den vidare. Men om han ser något han ogillar, är det från Satan, så låt honom söka skydd från dess ondska och inte berätta den för någon, för den kommer inte att skada honom</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Om någon av er ser en dröm som han tycker om, är den från Allah, så låt honom prisa Allah och berätta den vidare. Men om han ser något han ogillar, är det från Satan, så låt honom söka skydd från dess ondska och inte berätta den för någon, för den kommer inte att skada honom."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفرِحة في المنام من الله، وأرشد بأنْ يَحمد الله عليها، ويخبر بها، وإذا رأى ما يَكره ويُحزن فإنما هي من الشيطان؛ فليستعذ بالله من شرها، ولا يذكرها لأحد؛ فإنها لا تضره حيث جعل الله ما ذُكر سببًا للسلامة من المكروه المترتِّب على الرؤيا.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att goda och glädjande drömmar är en välsignelse från Allah. Den som ser en sådan dröm bör tacka Allah för den och kan dela den med andra. Å andra sidan, om man ser en dröm som orsakar rädsla eller oro, är den från Satan. Då bör man söka skydd hos Allah från dess ondska, inte nämna den för någon och vara trygg i att den inte kan orsaka någon skada. Allah har gjort det så att mardrömmar som ignoreras förlorar sin påverkan.</t>
   </si>
   <si>
     <t>أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو تُرى له، 2- حديث النفس وهي ما يحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
 حاصل ما ذكر من أبواب الرؤيا الصالحة ثلاثة أشياء: أن يحمد الله عليها، وأن يستبشر بها، وأن يتحدث بها لكن لمن يحب دون من يكره.
 حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوَّذ بالله من شرها، ومن شر الشيطان، وأن يتفل حين يهب من نومه عن يساره ثلاثا، ولا يذكرها لأحد أصلًا، وإذا أراد أن يرجع لنومه يتحوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.
 قال ابن حجر: الحكمة فيه أنه إذا حدَّث بالرؤيا الحسنة من لا يحب قد يفسِّرها له بما لا يحب إما بُغضًا وإما حسدًا، فقد تقع على تلك الصفة أو يتعجّل لنفسه من ذلك حُزنًا ونكدًا، فأمر بترك تحديث مَن لا يُحِب بسبب ذلك.
 الحمد عند حدوث النِّعَم، وتجدد المنن، فذلك سبب لدوامها.</t>
   </si>
   <si>
     <t>Drömmar delas in i tre kategorier: 1. Sanna och goda drömmar: Dessa är glädjebesked från Allah, och kan vara en dröm personen själv har haft eller andra har haft om honom. 2. Tankar från ens eget sinne: Drömmar som reflekterar ens dagliga tankar. 3. Drömmar från Satan: Syftar till att skrämma och göra en ledsen, innehåller ofta skrämmande eller förvirrande bilder.
 Sammanfattningsvis nämnde han att man kan göra tre saker vid en god dröm: 1. Lovprisa Allah. 2. Glädjas över den som en god nyhet. 3. Dela den endast med någon man litar på och älskar.
 Och det är fem saker man ska göra när man upplevt en dålig dröm: 1. Söka skydd hos Allah från dess ondska. 2. Söka skydd från Satan. 3. Spotta lätt åt vänster tre gånger efter att ha vaknat. 4. Inte nämna mardrömmen för någon. 5. Om man somnar om, bör man byta sovställning. Om en person tar dessa åtgärder, kommer mardrömmen inte att skada honom.
 Ibn Hajar sa: Anledningen till varför man inte bör dela en god dröm med någon man inte tycker om är för att personen kan tolka den på ett dåligt sätt antingen på grund av avundsjuka eller illvilja. Drömmen kan då inträffa i enlighet med det dåliga utgångssättet, eller leda till att personen blir orolig eller nedstämd. Därför ska drömmar enbart delas med personer man tycker om.
 Att lovprisa Allah när något gott händer leder till att välsignelser bevaras och ökar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3285</t>
   </si>
   <si>
-    <t>عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ</t>
+    <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>Den troendes tillstånd är märkvärdigt; allt som händer honom är till hans fördel, och så är endast fallet för den troende</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Suhayb (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den troendes tillstånd är märkvärdigt; allt som händer honom är till hans fördel, och så är endast fallet för den troende. Om han upplever glädje och visar tacksamhet, så är det bra för honom; och om han drabbas av svårigheter och visar tålamod, så är det också bra för honom."</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Profeten ﷺ uttrycker förundran över den troendes situation på ett positivt sätt, eftersom allt som sker den troende är till hans fördel, vilket är unikt för just den troende; När en troende upplever glädje och tackar Allah för det, belönas han för sin tacksamhet, Och när en troende upplever svårigheter och är tålmodig, får han också belöning för det, genom sitt tålamod. Alltså belönas han oavsett vilken situation han befinner sig i.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
   <si>
     <t>Förträffligheten i att vara tacksam under tider av lycka, och tålmodig under svårigheter. Den som gör detta uppnår det bästa av båda världar. Och den som varken visar tacksamhet för välsignelser eller tålamod i prövningar går miste om belöning och syndar istället.
 Förträffligheten i att tro, och att det endast är den troende som får belöningen i alla situationer.
 Att visa tacksamhet under glädjande tider och tålamod under svåra tider är de troendes egenskaper.
 Tron på Allahs öde och förutbestämmelse ger en troende fullständig tillfredsställelse i alla livssituationer. Till skillnad från icke-troende, som ständigt är missnöjda när de stöter på svårigheter, och om de får välsignelser från Allah, blir distraherade från att lyda Allah, för att inte tala om att använda dessa välsignelser i synd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3298</t>
   </si>
   <si>
-    <t>وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ</t>
+    <t>صفة الغسل من الجنابة</t>
   </si>
   <si>
     <t>Hur man tvättar sig från Janabah (sexuell orenhet).</t>
   </si>
   <si>
     <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
   </si>
   <si>
     <t>Maymunah de troendes moder (må Allah vara nöjd med henne) sa: "Jag förberedde badvatten för profeten ﷺ och skärmade av honom med ett draperi. Han hällde vatten på sina händer och tvättade dem, sedan hällde han med höger hand på sin vänstra hand och tvättade sitt underliv. Efter det slog han handen mot marken, torkade och tvättade den. Han sköljde munnen, drog vatten genom näsan, tvättade sitt ansikte och sina armar. Därefter hällde han vatten över sitt huvud och resten av sin kropp. Han flyttade sig sedan till en annan plats för att tvätta sina fötter. Jag räckte honom en trasa att torka sig med, men han tog den inte och skakade istället av vattnet från sina händer."</t>
   </si>
   <si>
     <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
 أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
 ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
 ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
 رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
 خامسًا: غسل وجهه وذراعيه. 
 سادسًا: صب الماء على رأسه. 
 سابعًا: صب الماء على بقية جسده. 
 ثامنًا: تحوّل من مكانه فغسل قدميه في مكان آخر حيث لم يغسلهما من قبل. 
 ثم أتته بخرقة ليتنشف بها، فلم يأخذها، وجعل يمسح الماء عن جسده بيده وينفضه.</t>
   </si>
   <si>
     <t>Maymunah de troendes moder (må Allah vara nöjd med henne), beskriver profetens ﷺ sätt att utföra Ghusl efter att ha varit i Janabah (sexuell orenhet), där hon ordnade allt för honom och skapade ett privat utrymme. Här är stegen han utförde:
 1. Tvättade händerna innan han placerade dem i badkärlet.
 2. Han hällde vatten med sin högra hand på sin vänstra hand och tvättade underlivet med den för att rengöra från eventuella rester av Janabah.
 3. Slog handen mot marken, torkade och tvättade den för att rena den från orenheter.
 4. Munsköljning, genom att föra in vatten i munnen, röra omkring det och sedan spotta ut det. Nästvätt genom att blåsa in vatten i näsan och sedan snyta ut det för att rengöra näsan.
 5. Tvättade ansikte och armar.
 6. Hällde vatten över huvudet.
 7. Hällde vatten över resten av kroppen.
 8. Förflyttning till en annan plats för att tvätta fötterna, då han inte hade tvättat dem innan.
 Han avböjde sedan att använda en trasa för att torka sig, och torkade istället av vattnet med sina händer och skakade bort det.</t>
   </si>
   <si>
     <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
 صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
 تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
   </si>
   <si>
     <t>Profetens hustrur (må Allah vara nöjd med dem) visade stor omsorg för att detaljerat beskriva alla aspekter av hans liv för att lära deras samfund.
 Detta är ett av autentiska sätten som har rapporterats från profeten ﷺ att helt fullständigt utföra Ghusl från Janabah (sexuellt orent tillstånd). En mindre fullständig metod för rening, som däremot är tillräcklig, innebär att man sköljer hela kroppen med vatten, samt sköljer munnen och drar vatten genom näsan.
 Det är tillåtet att torka kroppen med en trasa eller att lämna kroppen att lufttorka efter badet eller tvagning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3310</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Den som tvår sig på liknande sätt som min tvagning och sedan ber två böneenheter, fokuserad utan att tänka på något annat, Allah kommer att förlåta hans tidigare synder</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Humran, 'Uthman bin 'Affans betjänt, berättade att: ”Han såg 'Uthman bin 'Affan be om vatten för att två sig. Sedan hällde han vatten på handflatorna som han tvättade tre gånger. Därefter förde han högerhanden i vattnet och sköljde mun och näsa. Efteråt tvättade han sitt ansikte och sin högra arm till och med armbågen tre gånger, och gjorde samma sak med den vänstra. Därefter strök han över sitt huvud och tvättade sin högra fot till och med ankeln tre gånger, och gjorde samma sak med den vänstra. Sedan sa han: 'Jag såg profeten ﷺ tvaga sig såhär, varpå han sa: 'Den som tvår sig på liknande sätt som min tvagning och sedan ber två böneenheter, fokuserad utan att tänka på något annat, Allah kommer att förlåta hans tidigare synder.'"</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>'Uthman (må Allah vara nöjd med honom) visade i praktiken hur profeten ﷺ tvagade sig, för att det skulle bli tydligare. Han bad om en vattenbehållare och hällde vatten på sina händer tre gånger. Därefter stoppade han i handen i behållaren, tog vatten och förde det till sin mun, sköljde och spottade ut. Återstående vatten i handen sköljde han näsans insida med och fräste ut. Sedan tvättade han sitt ansikte tre gånger och sina armar till och med armbågarna tre gånger. Därefter torkade han sitt huvud med sina våta händer en gång, och slutligen tvättade han sina fötter till och med anklarna tre gånger.
 När 'Uthman (må Allah vara nöjd med honom) var färdig berättade han att han sett profeten ﷺ tvaga sig på detta sätt. Sedan gav han honom det goda beskedet att om en person tvagar sig på detta sätt, ber två böneenheter med koncentration och fokus på att man står inför Allah, kommer Allah att belöna för denna tvagning och denna uppriktiga bön genom att förlåta honom för hans tidigare synder.</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>Det är uppmanat att tvätta händerna innan de förs in i vattenbehållaren innan tvagning påbörjas, även om tvagningen inte görs när man vaknat från sin sömn. Om personen däremot vaknat från sin nattsömn är det obligatoriskt att tvätta händerna innan tvagning.
 En lärare bör använda de mest effektiva undervisningssätten så att kunskapen förstås och uppfattas av eleven, bland annat genom att undervisa genom handling.
 Den bedjande bör avvärja tankar som berör världsliga sysslor. Bönens fullbordan och perfektion baseras på hjärtats och sinnets närvaro. Det går inte att undvika tankar fullt ut, men man ska kämpa och sträva för att inte gå för djupt i dem.
 Det är rekommenderat att börja med höger sida under tvagning.
 Det är föreskrivet att följa ordningsföljden när vattnet förs in i mun och näsa, sköljer och spottas eller fräses ut.
 Det är uppmanat att tvätta ansikte, armar och fötter tre gånger. Det är obligatoriskt att göra det en gång.
 Allahs förlåter de tidigare synderna för den som genomför dessa två handlingar: tvagning och bön, på det sätt som nämnts i Hadithen.
 Varje kroppsdel som ska tvagas har en viss gräns. Ansiktet tvättas från hårfästet till skägget eller hakans nederdel på längden, och från öra till öra på bredden. Händer ska tvättas från fingerspetsarna till och med armbåge, som är knölen mellan under- och överarm. Huvudet stryks från hårfäste till nackens överdel, inklusive öron som ska strykas med. Hela foten ska tvättas, till och med ankeln.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3313</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
   </si>
   <si>
     <t>När Allahs sändebud ﷺ utförde Ghusl (större tvagningen) efter samlag sköljde han först händerna. Därefter tvagade han sig så som han tvagade sig inför bönen. Sedan tvättade han sig</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
     <t>'A'ishah de troendes moder (må Allah vara nöjd med henne) sa: "När Allahs sändebud ﷺ utförde Ghusl (större tvagningen) efter samlag sköljde han först händerna. Därefter tvagade han sig så som han tvagade sig inför bönen. Sedan tvättade han sig, och strök fingrarna genom sitt hår. När han visste att hans hårbotten hade blivit blöt hällde han vatten på den tre gånger. Han tvättade därefter resten av kroppen." Och hon sa även: "Jag och Allahs sändebud ﷺ tvagade oss från ett och samma kärl som våra händer skopade [vatten] från."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>När profeten ﷺ ville tvätta sig efter sexuell orenlighet började han med att tvätta händerna. Sedan tvagade han sig på samma sätt som han tvagade sig inför bönen, därefter hällde han vatten över kroppen. Sedan strök han fingrarna genom sitt hår på huvudet, tills han visste att vattnet nått hans hårbotten, varpå han hällde vatten över huvudet tre gånger, och slutligen tvättade han resten av kroppen. Och 'A'ishah sa: "Jag och Allahs sändebud ﷺ tvagade oss från ett och samma kärl som våra händer skopade [vatten] från."</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Det rituella badet kan utföras på två sätt; ett som är tillräckligt, och ett som är fullständigt. Det tillräckliga sättet är att personen avser att rena sig, sedan sköljer han hela kroppen med vatten och sköljer munnen samt drar in vatten lätt i näsan och blåser ut det. Det fullständiga sättet är att tvätta sig som profeten ﷺ tvättade sig i denna Hadith.
 Sexuell orenlighet omfattar situationer som medfört utlösning och även sexuellt umgänge där utlösning inte har skett.
 Det är tillåtet för en partner att se sin partners privata delar, och att de badar från samma badkar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3316</t>
   </si>
   <si>
-    <t>كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
     <t>När Allahs sändebud ﷺ nös, lade han sin hand eller sitt klädesplagg över munnen och dämpade ljudet från sin nysning</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade: "När Allahs sändebud ﷺ nös, lade han sin hand eller sitt klädesplagg över munnen och dämpade ljudet från sin nysning."</t>
   </si>
   <si>
     <t>كان صلى الله عليه وسلم إذا عَطَس:
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>När profeten ﷺ nös brukade han:
 Först: Lägga sin hand eller sitt klädesplagg över munnen för att förhindra att något kom ut ur hans mun eller näsa som skulle kunna störa hans sällskap.
 För det andra: Han dämpade ljudet från sin nysning och höjde det inte.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Hur profeten ﷺ brukade nysa och hur man följer honom i det.
 Det är rekommenderat att lägga sitt klädesplagg eller en näsduk över munnen och näsan när man nyser, för att förhindra att något kommer ut, som kan störa sällskapet.
 Att dämpa ljudet vid nysning är önskvärt, och det är en del av gott uppförande och bra beteende.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3317</t>
   </si>
   <si>
-    <t>لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ</t>
+    <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>Allah har förbannat judarna och de kristna eftersom de gjorde sina profeters gravar till böneplatser</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>'A'ishah och 'Abdullah bin 'Abbas (må Allah vara nöjd med dem) sa: "När Allahs sändebud ﷺ insjuknade började han täcka sitt ansikte med sitt plagg. När han fick andnöd av värmen tog han bort det och sa när han var i det tillståndet: 'Allah har förbannat judarna och de kristna eftersom de gjorde sina profeters gravar till böneplatser.' Han varnade för deras handling."</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>'A'ishah och Ibn 'Abbas (må Allah vara nöjd med dem) berättar att när profeten ﷺ låg på dödsbädden placerade han ett tygstycke på sitt ansikte. När han fick andnöd på grund av dödskampens smärta avlägsnade han tygstycket från sitt ansikte. I den svåra stunden sa han att Allah förbannat judarna och de kristna, och förvisat dem från sin nåd, eftersom de byggde böneplatser på sina profeters gravar. Om det inte vore för allvaret i denna fråga skulle han inte nämnt det under detta tillstånd. Därför förbjöd profeten ﷺ sitt samfund från att efterlikna denna handling, eftersom det är vad judarna och de kristna har gjort, och eftersom det leder till avguderi.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>Det är förbjudet att ha profeternas och de rättfärdigas gravar som böneplatser där man ber till Allah, eftersom det slutligen leder till avguderi.
 Allahs sändebuds ﷺ mån och fokus på monoteism, och hans fruktan för att gravar ska högaktas då det leder till avguderi.
 Det är tillåtet att förbanna judar, de kristna och de som gör det de gjorde då de byggde byggnader och böneplatser på gravarna.
 Att bygga byggnader på gravar är från judarnas och de kristnas tillvägagångssätt, och Hadithen innehåller ett förbud mot att efterlikna dem.
 Detta omfattar att be vid eller mot gravplatser, även om någon böneplats inte byggs över dem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3330</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>Håll er borta från de sju förödande synderna!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättar att profeten (sallallahu ´alayhi wa sallam) sade: "Håll er borta från de sju förödande synderna!". De sa: "Allahs sändebud! Vilka är dem?". Han sa: "Att dyrka andra än Allah, magi, att oberättigat döda en själ Allah har förbjudit, att använda ränta, att ta från den faderlösas egendom, att fly från slagfältet och att anklaga kyska oskuldsfulla troende kvinnor för otukt".</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>Allahs sändebud (sallallahu ´alayhi wa sallam) beordrar sitt samfund att hålla sig borta från sju olagliga handlingar och förödande synder. När han frågades om vilka de är tydliggjorde han att de är följande:
 1. Att dyrka andra än Allah genom att tillskriva Honom en partner eller jämlike oavsett hur det sker. Detta inträffar även genom att rikta ett dyrkansmoment till någon annan än Allah. Han nämnde avgudadyrkan först eftersom det är den största synden.
 2. Magi som inkluderar knutar, besvärjelser, kurer och rökning. Detta påverkar den förhäxade personens kropp, vilket gör att han dör eller blir sjuk, eller det orsakar separation mellan man och hustru. Det är djävulens verk och kan för det mesta inte utföras annat än genom avgudadyrkan och behaga de onda andarna genom att göra något som behagar dem.
 3. Att döda en själ som Allah gjort olovlig att döda, förutom om lagen gör det tillåtet och då är det ledaren som utför straffet.
 4. Att bruka ränta genom att använda det eller på något annat sätt dra nytta från det.
 5. Att missbruka egendomen av ett faderlöst barn vars far dött innan barnet uppnådde puberteten.
 6. Att fly från slagfältet när det är strid med de otrogna.
 7. Att anklaga kyska oskyldiga kvinnor för otukt, och det gäller även män.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>De större synderna är inte endast sju, men det antalet nämndes eftersom dessa synder är ännu större och allvarligare.
 Dödsstraff är tillåtet om det görs av rätta anledningar så som vedergällning, avfall, otukt efter giftermål. Detta tillämpas av den muslimska ledaren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>Allah! Gör inte min grav till något som dyrkas</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten (sallallahu ´alayhi wa sallam) sade: "Allah! Gör inte min grav till något som dyrkas. Allahs förbannelse vilar över dem som gjort sina profeters gravplatser till platser av dyrkan".</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) bad sin Herre att inte göra hans gravplats till något som avgudas och människor dyrkar genom att högakta den och göra sujud (prostration) till den. Han (sallallahu ´alayhi wa sallam) berättade därefter att Allah förkastar dem som tar sina profeters gravar till platser av dyrkan och Han avlägsnar de från Sin nåd. Anledningen till detta är att om man tar dessa gravplatser till platser av dyrkan leder det till att dessa gravar dyrkas och tros på.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Att överskrida de gränser som satts av islam, gällande profeternas och de rättfärdigas gravar, förvandlar dem till något som avgudas och dyrkas vid sidan av Allah. Därför är det viktigt att vara uppmärksam och varna mot de saker som leder till avgudadyrkan.
 Det är inte tillåtet att besöka gravar med avsikt att högakta dem och utföra dyrkan vid dem, oavsett hur nära den begravde må ha varit till Allah.
 Det är förbjudet att bygga moskéer över gravar.
 Det är förbjudet att utföra bön vid gravarna, även om det inte byggts någon moské över dem. Det enda undantaget är begravningsbönen om den inte har utförts tidigare.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[Återberättad av Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3336</t>
   </si>
   <si>
-    <t>مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا</t>
+    <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
   </si>
   <si>
     <t>Liknelsen av den som håller sig till Allahs gränser och den som överträder dem är som liknelsen av ett folk som gick ombord på ett skepp efter att ha kastat lott. Några av dem befann sig på dess övre däck, och andra befann sig på dess nedre däck</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
     <t>An-Nu'man bin Bashir (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Liknelsen av den som håller sig till Allahs gränser och den som överträder dem är som liknelsen av ett folk som gick ombord på ett skepp efter att ha kastat lott. Några av dem befann sig på dess övre däck, och andra befann sig på dess nedre däck. När dem på dess nedre däck behövde vatten, var de tvungna att passera dem som var ovanför dem. De sa därför: 'Om vi ​​kunde göra ett hål i vår del, i stället för att störa dem över oss.' Om de låter dem göra som de önskade, kommer de alla att gå under, men om de hindrar dem kommer de att överleva, och alla kommer att klara sig."</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
     <t>Profeten ﷺ framställde en liknelse av ett folk som förhåller sig till Allahs gränser; de är stabila på Allahs befallning, uppmanar till det goda och förbjuder det onda. Och en liknelse av dem som överträder Allahs gränser, och inte utför det goda utan gör dåliga handlingar. Han nämnde vilken påverkan detta kunde ha på samhällets framgång. Han gav liknelsen av ett folk som klev ombord på ett skepp, varpå de kastade lott om vilka som ska befinna sig på skeppets övre däck respektive nedre. Vissa skulle följaktligen vara på övre däck, och andra på nedre däck. När de som befann sig på nedre däck behövde vatten var de tvungna att passera dem på det övre däcket. Så de som befann sig på det nedre däcket sa då: "Om vi gjorde ett hål på den platsen vi befinner oss i, kan vi få vatten genom det, och så behöver vi inte störa dem som är ovanför oss." Om de på det övre däcket lät de göra det, skulle skeppet sjunka med dem allesammans i det, men om de hindrade dem skulle båda grupper räddas.</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
     <t>Detta visar oss vikten av att kalla till det goda och förbjuda det onda, och hur det bidrar till att samhällen skyddas och skonas.
 En av metoderna för undervisning är att ge liknelser, varpå abstrakta betydelser blir tydligare och mer konkreta.
 Att göra något som är fel varpå ingen fördömer det, kommer att leda till att hela samhället tar skada.
 Samhällets sabotage är ett resultat av att syndare får sprida dåliga saker utan att någon fördömer vad de gör.
 Att göra en dålig handling med en god avsikt är inte tillräckligt för att en handling ska anses vara rättfärdig.
 Det muslimska samhället bär ett gemensamt ansvar som inte vilar på en specifik person.
 Alla kan straffas för synden, som ett fåtal utför, om synden inte fördöms.
 De som vill sprida onda handlingar kan måla upp dessa handlingar positivt för samhället, vilket är något hycklare också gör.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3341</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>Jag är självtillräcklig och inte i behov av något som helst partnerskap. Den som gör en handling vari han avgudar någon annan med Mig, ska Jag lämna både honom och hans avguderi</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud (sallallahu ´alayhi wa sallam) sagt: "Allah sa: "Jag är självtillräcklig och inte i behov av något som helst partnerskap. Den som gör en handling vari han avgudar någon annan med Mig, ska Jag lämna både honom och hans avguderi".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) berättar att Allah sagt att Han är helt självtillräcklig, som inte är i behov av partnerskap. Han är Den som inte har några som helst behov. Om människan gör något dyrkansmoment som hon utför både för Allahs och någon annans skull lämnar Allah det och accepterar det inte från henne, snarare avvisar Han det. Följaktligen måste handlingar utföras uppriktigt för Allahs skull då Allah inte godkänner något som inte är uppriktigt för Allahs skull.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Detta är en varning för polyteism i alla dess former, och det visar att det är anledningen till varför en handling inte accepteras.
 Det visar Allahs fullkomliga självtillräcklighet och storhet vilket är något som hjälper en person att vara uppriktig i sin handling.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3342</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى</t>
+    <t>يؤتى بالرجل يوم القيامة، فيلقى في النار، فتندلق أقتاب بطنه، فيدور بها كما يدور الحمار بالرحى</t>
   </si>
   <si>
     <t>'En man kommer att föras fram på uppståndelsens dag, kastas i elden, och hans inälvor kommer att rinna ut och han kommer att snurra runt dem som en åsna snurrar runt en kvarnsten</t>
   </si>
   <si>
     <t>عَنْ أُسَامَةَ بْنِ زَيْدٍ رضي الله عنه قَالَ: قِيلَ لَهُ: أَلَا تَدْخُلُ عَلَى عُثْمَانَ فَتُكَلِّمَهُ؟ فَقَالَ: أَتَرَوْنَ أَنِّي لَا أُكَلِّمُهُ إِلَّا أُسْمِعُكُمْ؟ وَاللهِ لَقَدْ كَلَّمْتُهُ فِيمَا بَيْنِي وَبَيْنَهُ، مَا دُونَ أَنْ أَفْتَتِحَ أَمْرًا لَا أُحِبُّ أَنْ أَكُونَ أَوَّلَ مَنْ فَتَحَهُ، وَلَا أَقُولُ لِأَحَدٍ يَكُونُ عَلَيَّ أَمِيرًا: إِنَّهُ خَيْرُ النَّاسِ بَعْدَمَا سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى، فَيَجْتَمِعُ إِلَيْهِ أَهْلُ النَّارِ، فَيَقُولُونَ: يَا فُلَانُ مَا لَكَ؟ أَلَمْ تَكُنْ تَأْمُرُ بِالْمَعْرُوفِ، وَتَنْهَى عَنِ الْمُنْكَرِ؟ فَيَقُولُ: بَلَى، قَدْ كُنْتُ آمُرُ بِالْمَعْرُوفِ وَلَا آتِيهِ، وَأَنْهَى عَنِ الْمُنْكَرِ وَآتِيهِ».</t>
   </si>
   <si>
     <t>Usamah bin Zayd (må Allah vara nöjd med honom) berättade att vissa kommit till honom och frågat: "Varför går du inte till 'Uthman och talar med honom?" Han svarade: "Tror ni att jag inte talar med honom annat än att ni ska får höra det? Vid Allah! Jag har talat med honom privat, utan att öppna en dörr som jag inte vill vara den första att öppna. Jag säger inte beträffande någon som är min ledare att han är den bästa av människor, efter att jag har hört Allahs sändebud ﷺ säga: 'En man kommer att föras fram på uppståndelsens dag, kastas i elden, och hans inälvor kommer att rinna ut och han kommer att snurra runt dem som en åsna snurrar runt en kvarnsten. Folket i elden kommer att samlas runt honom och säga: "Du! Varför har detta hänt dig? Var du inte en person som befallde det goda och förbjöd det onda?" Han kommer att säga: "Jo, men jag brukade befalla det goda utan att utföra det själv, och jag brukade förbjuda det onda men begick det själv."'</t>
   </si>
   <si>
     <t>قيل لأسامة بن زيد رضي الله عنهما: ألا تدخل على عثمان بن عفان رضي الله عنه فتُكلِّمه فيما وقع من الفتنة بين الناس والسعي في إطفائها برمتها، فأبلغهم أنه كلمه سرًا طلبًا للمصلحة لا تهييجًا للفتنة، وغرضه أنه لا يريد المجاهرة بالإنكار على الأمراء في الملأ، فتكون سببًا للتطاول على الخليفة، وهو بابُ فتنةٍ وشر لا أكون أول من فتحه. 
 ثم قال أسامة رضي الله عنهما: بأنه ينصحُ الأمراءَ في السر ولا يداهن أحدًا ولو كان أميرًا، ولا يَتملَّق لهم فيمدحهم في وجوههم بالباطل، وذلك بعدما سمع من النبي صلى الله عليه وسلم أنه يؤتى يوم القيامة برجل، فيُلقى في النار، فتخرج أمعاؤه من بطنه خروجًا سريعًا من شدة الحر وشدة العذاب، فيدور بأمعائه على هذه الحالة في النار كدَوَرَان الحمار حول رَحَاه الذي هو حَجَر الطاحون، فيجتمع حولَه أهلُ النار على هيئة حلقة تحيط به، فيسألونه: يا فلان، ألستَ كنتَ تأمر بالمعروف وتنهى عن المنكر؟! 
 فيقول: إني كنت آمر بالمعروف ولا أفعلُه، وأنهى عن المنكر وأفعلُه.</t>
   </si>
   <si>
     <t>Vissa bad Usama bin Zayd (må Allah vara nöjd med honom) att gå till 'Uthman ibn 'Affan (må Allah vara nöjd med honom) för att tala med honom om pågående prövningar och oroligheter för och förhindra att de skulle spridas. Usamah förklarade att han hade talat med 'Uthman privat, för att bevara ordningen och undvika att uppvigla allmänheten mot ledaren, vilket skulle kunna öppna dörren för större kaos. Han betonade att han inte ville vara den som är anledningen till något sådant.
 Sedan berättade Usamah att han faktiskt råder ledarna privat, och inte hycklar genom att prisa dem falskt, även om de är hans ledare. Detta baserades på vad han hörde från profeten ﷺ om att en man på domedagen skulle kastas i elden, och på grund av sina handlingar skulle hans inälvor rinna ut och han skulle tvingas cirkla runt dem, likt en åsna som snurrar runt en kvarnsten. De i elden kommer att omringa honom och fråga varför han ser ut sådär, när han brukade uppmana dem att göra det goda, och förbjuda dem från att göra det onda.
 Han kommer att svara att han uppmanade till gott men inte gjorde det själv, och förbjöd det onda men gjorde det själv.</t>
   </si>
   <si>
     <t>الأصلُ في النصح لولاة الأمور أن يكون فيما بينهم وبينه، وأن لا يتحدث به الإنسان بين عامة الناس.
 الوعيد الشديد لمن يخالف قولُه فعلَه.
 الأدب مع الأمراء والتلطف بهم، وأمرهم بالمعروف ونهيهم عن المنكر.
 ذم مداهنة الأمراء في الحق وإظهار ما يبطن خلافه كالمُتملِّق بالباطل.</t>
   </si>
   <si>
     <t>Att ge råd till ledare bör ske privat och inte inför allmänheten.
 Det är en allvarlig varning för dem som inte handlar i enlighet med sina ord.
 Det är viktigt att visa respekt och mjukhet med ledare, samtidigt som man uppmanar dem till det goda och avråder dem från det onda.
 Hyckleri och smicker inför ledare, särskilt när det gäller orättvisor, är strängt förbjudet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3345</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>'Jag avsvär mig inför Allah från att ha någon av er ska vara min nära vän som jag älskar mest. Allah har tagit mig till den tjänaren som Han älskar mest, liksom Han har tagit Abraham till den tjänaren som Han älskade mest</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>Jundub (må Allah vara nöjd med honom) sade: "Fem dagar innan profeten (sallallahu ´alayhi wa sallam) dog hörde jag honom säga: 'Jag avsvär mig inför Allah från att ha någon av er ska vara min nära vän som jag älskar mest. Allah har tagit mig till den tjänaren som Han älskar mest, liksom Han har tagit Abraham till den tjänaren som Han älskade mest. Och om jag hade tagit någon från mitt samfund till en nära vän som jag älskar mest hade det varit Abu Bakr. Människorna som levde innan er gjorde sina profeters gravar till böneplatser. Gör inte gravarna till böneplatser. Jag förbjuder er det".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) berättade om sin status hos Allah och att den hade uppnått den högsta nivån av kärlek på samma sätt som Abraham även hade nått denna nivå. Det är av denna anledning som han nekade att någon annan än Allah skulle ha denna status hos honom eftersom hans hjärta fyllts av kärlek, högaktning och kunskap om Allah. Följaktligen fanns det inte utrymme för någon annan än Allah. Om det hade varit någon bland skapelsen som skulle uppnått denna status hos honom skulle det ha varit Abu Bakr (må Allah vara nöjd med honom). Sedan varnade han för att överskrida de tillåtna gränserna när det gäller kärlek, som judarna och de kristna gjorde med deras profeters och rättfärdiga personers gravar. Det gick så långt att profeterna omvandlades till avgudar som dyrkas vid sidan av Allah och gravplatserna blev platser av dyrkan. Profeten (sallallahu ´alayhi wa sallam) förbjöd sitt samfund att göra likt de gjorde.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>Detta visar Abu Bakrs höga status och att han är den bästa av följeslagarna och följaktligen den som förtjänade att bli kalif efter Allahs sändebuds (sallallahu ´alayhi wa sallam) död.
 Att bygga platser av dyrkan över gravar är från de dåliga handlingarna som de tidigare samfunden gjorde.
 Förbudet att ta gravplatser till platser av dyrkan där bön utförs eller att bönen riktas till de döda. Det är inte tillåtet att bygga byggnader över dem eller kupoler då det kan leda till avgudadyrkan.
 Faran i att gå till överdrift i högaktningen av de rättfärdiga då det kan leda till avgudadyrkan.
 Allvaret i det profeten (sallallahu ´alayhi wa sallam) varnade för och vilket han poängterade ytterligare fem dagar innan han dog.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3347</t>
   </si>
   <si>
-    <t>كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ</t>
+    <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
     <t>Jag var en person som ständigt utsöndrade försats. Jag skämdes för att fråga profeten ﷺ med hänsyn till hans dotters position [som min fru]. Därför sa jag åt al-Miqdad att fråga honom om detta. Han ﷺ svarade: 'Han ska tvätta sitt könsorgan och tvaga sig</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
     <t>'Ali (må Allah vara nöjd med honom) sa: "Jag var en person som ständigt utsöndrade försats. Jag skämdes för att fråga profeten ﷺ med hänsyn till hans dotters position [som min fru]. Därför sa jag åt al-Miqdad att fråga honom om detta. Han ﷺ svarade: 'Han ska tvätta sitt könsorgan och tvaga sig.'" En rapport hos al-Bukhari lyder: "Tvaga dig och tvätta ditt könsorgan."</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
     <t>'Ali bin Abi Talib (må Allah vara nöjd med honom) berättade att han ständigt brukade utsöndra försats. Detta är en vit, tunn, och klibbig vätska som penisen utsöndrar vid sexuell upphetsning eller innan samlag. Han visste inte hur han skulle göra när det utsöndrats, och han skämdes att fråga profeten ﷺ om detta själv då han var gift med profetens dotter, Fatimah. Han bad därför al-Miqdad bin al-Aswad att fråga profeten ﷺ om detta. Han ﷺ svarade att han ska tvätta sitt könsorgan och sedan tvaga sig.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
     <t>Detta visar 'Ali bin Abi Talibs förträfflighet, då hans blygsamhet inte hindrade honom från att ställa frågan genom en mellanhand.
 Det är tillåtet att be någon annan söka en Fatwa å ens egna vägnar.
 Det är tillåtet att berätta för andra om något personligt som man kan skämmas över, om det finns något nytta med det.
 Försats är orent och måste sköljas bort från kropp och kläder.
 Utsöndringen av försats bryter tvagningen.
 Det är obligatoriskt att skölja både penis och pung, vilket har nämnts i en annan Hadith.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3348</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>Gör inte era hem till gravar och gör inte min grav till en plats som besöks regelbundet. Be för att jag ska hyllas (av Allah), för er bön når mig var ni än är</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud (sallallahu ´alayhi wa sallam) sagt: "Gör inte era hem till gravar och gör inte min grav till en plats som besöks regelbundet. Be för att jag ska hyllas (av Allah), för er bön når mig var ni än är".</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) förbjöd att man ska sluta be i hemmet och då hemmet blir likt en gravplats när inga böner utförs. Han förbjöd även regelbundna besök till hans grav och att samlas vid den, då det kan leda till avgudadyrkan. Han påbjöd att det ska bes över honom från vilken plats som helst, eftersom detta når honom oavsett om personen är nära eller avlägsen. Följaktligen finns det inget behov av att regelbundet besöka hans grav.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Det är inte tillåtet att dyrkan av Allah ska upphöra i hemmen.
 Förbudet i att bege sig på resa till profetens grav eftersom han befallde att vi ska be över honom och han informerade oss om att de når honom. Det är enbart tillåtet att bege sig på resa till hans moské i avsikt att be i den.
 Förbudet i att regelbundet besöka hans grav på ett särskilt vis under en särskild tid. Detta förbud omfattar alla gravar.
 Profetens ärofulla status hos sin Herre då det är föreskrivet att be över honom oavsett tid och plats.
 Profetens följeslagare var väl medvetna om att det inte är tillåtet att be vid gravplatser, därför förbjöd han (sallallahu ´alayhi wa sallam) att husen skulle bli som gravplatser där böner inte utförs.</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3350</t>
   </si>
   <si>
-    <t>لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ</t>
+    <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
     <t>Säg inte: 'Det är som Allah och den och den vill'. Säg i stället: 'Det är som Allah vill, och sedan som den och den vill.'</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
     <t>Hudhayfah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Säg inte: 'Det är som Allah och den och den vill'. Säg i stället: 'Det är som Allah vill, och sedan som den och den vill.'"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd muslimen från att säga: "Det är som Allah och den och den vill", eller "Det är som Allah och den och den vill", eftersom Allahs vilja är absolut och omfattande, så delar inte någon den med honom. Att använda ordet "och" bidrar till uppfattningen att någon är partner med Allah i detta. Därför ska det sägas: "Det är som Allah vill, sedan som den och den vill." Tjänarens vilja blir följaktligen underordnad Allahs vilja, genom att säga "sedan", istället för "och", eftersom ordet "sedan" visar på ordningsföljd och att det finns en sekvens mellan dem två.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
@@ -2969,816 +2969,816 @@
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>Det är förbjudet att säga: "Det är som Allah och du vill", och liknande uttryck som binder samman Allahs namn med "och", eftersom detta är en form av avguderi i uttryck och tal.
 Det är tillåtet att säga: "Det är som Allah vill, sedan som du vill", och liknande uttryck som binder samman Allahs ord med "sedan", eftersom detta inte omfattar någon fara.
 Allah har en vilja, och tjänaren har en vilja, men tjänarens vilja är underordnad Allahs vilja.
 Det är förbjudet att associera partner till Allah i hans vilja, även om det endast är verbalt.
 Om personen som yttrar detta tror att tjänarens vilja är som Allahs vilja, i dess omfattning och fullkomlighet, eller att tjänaren har en egen vilja (som inte påverkas av Allahs vilja), så är det större avguderi. Den som däremot tror att tjänarens vilja inte är fullkomligt underkastad Allahs vilja, men är snäppet under, har fallit i mindre avguderi.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Autentisk utifrån dess samtliga vägar]</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud, an-Nasa'i i al-Kubra och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3352</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ</t>
+    <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>Sannerligen, Allah blir avundsam och den troende blir avundsam, och Allahs avundsamhet uppstår när den troende överträder hans förbud</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Sannerligen, Allah blir avundsam och den troende blir avundsam, och Allahs avundsamhet uppstår när den troende överträder hans förbud."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah blir avundsam, hatar och ogillar, och att även den troende blir avundsam, hatar och ogillar. Anledningen till Allahs avundsamhet är att den troende gör det Allah har förbjudit honom från, som att han utför skamlösa handlingar, otukt, sodomi, stöld, alkoholförtäring och andra skamlösa handlingar.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Detta är en varning för Allahs vrede och straff om en person gör det han har förbjudit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3354</t>
   </si>
   <si>
-    <t>لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ</t>
+    <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
     <t>Ni kommer helt säkert att följa de som levde innan er, tum för tum och aln för aln</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Ni kommer helt säkert att följa de som levde innan er, tum för tum och aln för aln, så till den grad att om de gick in i ett ödlebo, skulle ni följa efter dem dit." Vi sa: "Allahs sändebud! Menar du judarna och de kristna?" Han svarade: "Vem annars?"</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
   </si>
   <si>
     <t>Profeten ﷺ förutsäger vad vissa från hans samfund kommer att göra efter hans tid, vilket är att följa judarnas och de kristnas sätt i deras trosuppfattningar, handlingar, seder och traditioner, tum för tum och aln för aln, så att om de gick in i ett ödlebo, skulle de följa efter dem dit.</t>
   </si>
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>Detta är ett tecken på hans profetskap då han berättade detta innan det skedde, och det skedde precis som han förutsade.
 Det är förbjudet för muslimer att efterlikna icke-muslimer, vare sig i deras trosuppfattningar, handlingar, högtider eller i deras specifika klädstilar.
 Att använda konkreta exempel för att förklara abstrakta koncept är en islamisk undervisningsmetod.
 En ödla är ett djur vars bo är mycket mörkt och illaluktande. Den är en reptil som ofta bor i öknen. Anledningen till att just ödleboet nämns är att det är så trångt och äckligt. Men trots detta, skulle dessa muslimer följa efter dem de efterliknar in i ett så trångt och uselt bo för att de så gärna vill efterlikna dem! Vi ber Allah om hjälp.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3355</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>'Den som svär vid andra än Allah har begått otro eller avgudadyrkan'</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Ibn ´Umar (må Allah vara nöjd med dem) hörde en man säga: "Nej, jag svär vid kaba!". Då sa Ibn ´Umar: "Det ska inte sväras vid någon annan än Allah. Jag hörde nämligen Allahs sändebud (sallallahu ´alayhi wa sallam) säga: 'Den som svär vid andra än Allah har begått otro eller avgudadyrkan'".</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) berättar att den som svär vid någon annan än Allah, Hans namn eller egenskaper har begått otro eller avgudadyrkan. Anledningen till detta är att svära vid någon eller något medför högaktning till den eller det som det svärs vid. Högaktning tillkommer enbart Allah och därför får det endast sväras vid Honom, Hans namn eller egenskaper. Detta räknas till grunden som en mindre form av avgudadyrkan. Om en person däremot svär vid någon eller något i högaktning till den eller det likt den högaktar Allah eller mer räknas det istället som en större form av avgudadyrkan.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Att högakta någon genom att svära vid den är Allahs exklusiva rättighet. Därför ska det enbart sväras vid Allah, Hans namn eller egenskaper.
 Detta visar följeslagarnas iver i att kalla till det goda och förbjuda det onda, i synnerhet i det som beträffar avgudadyrkan eller otro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3359</t>
   </si>
   <si>
-    <t>مَنْ عَالَ جَارِيَتَيْنِ حَتَّى تَبْلُغَا جَاءَ يَوْمَ الْقِيَامَةِ أَنَا وَهُوَ» وَضَمَّ أَصَابِعَهُ</t>
+    <t>من عال جاريتين حتى تبلغا جاء يوم القيامة أنا وهو وضم أصابعه</t>
   </si>
   <si>
     <t>Den som tar hand om två flickor tills de når vuxen ålder, kommer att vara tillsammans med mig på domedagen," och han sammanfogade sina fingrar</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ عَالَ جَارِيَتَيْنِ حَتَّى تَبْلُغَا جَاءَ يَوْمَ الْقِيَامَةِ أَنَا وَهُوَ» وَضَمَّ أَصَابِعَهُ.</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som tar hand om två flickor tills de når vuxen ålder, kommer att vara tillsammans med mig på domedagen," och han sammanfogade sina fingrar.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن رُزِقَ باثنتين من البنات أو الأخوات، فقام عليهما بالمُؤنة والتربية والتوجيه للخير والتحذير من الشر ونحو ذلك حتى يَكْبُرَا ويَبْلُغا؛ جاء يوم القيامة هو والنبيُّ صلى الله عليه وسلم كهاتَين وضَمّ أصابِعَه السبابة والوسطى.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att den som har två döttrar eller systrar och tar hand om dem genom att försörja, uppfostra och vägleda dem till det goda och varna dem för det onda, tills de når vuxen ålder, kommer att vara nära honom ﷺ på domedagen, likt de två fingrar han sammanfogade, vilket var pekfingret och långfingret.</t>
   </si>
   <si>
     <t>الثواب العظيم لمن قام على البنات بالمؤونة والتربية حتى يتزوجْن أو يبلغْن، وكذلك الأخوات.
 أجر القيام على البنات أعظم من أجر القيام على البنين؛ إذ لم يُذْكَر مثل ذلك في حقِّهم؛ وذلك لأجل أنَّ مؤنة البنات والاهتمام بأمورهن أعظم من أمور البنين؛ لأنهن عورات لا يباشِرْن أمورَهن، ولا يتصرفن تصرف البنين، وكذلك لأنهن لا يتعلق بهن طمع الأب بالاستقواء بهن على الأعداء، وإحياء اسمه واتصال نسبه، وغير ذلك، كما يتعلق بالذكر؛ فاحتيج في ذلك إلى الصبر والإخلاص من المنفق عليهن مع حسن النية؛ فعظم الأجر، فكان رفيق النبي صلى الله عليه وسلم يوم القيامة.
 علامات البلوغ للمرأة: إكمال خمس عشرة سنة، أو تحيض ولو قبل خمس عشرة سنة، أو نَبَتتْ لها العانة وهو الشعر الخشن حول القُبُل، أو بالاحتلام وهو إنزال المني في المنام.
 قال القرطبي: ويعني ببلوغهما وصولَهما إلى حال يستقلّان بأنفسهما؛ وذلك إنما يكون في النساء إلى أن يدخل بهن أزواجهن، فلا يعني به بلوغهما إلى أن تحيض وتُكلَّف؛ إذ قد تتزوج قبل ذلك فتستغني بالزوج عن قيام الكافل، وقد تحيض وهي غير مستقلة بشيء من مصالحها ولو تركت لضاعت وفسدت أحوالها، بل هي في هذه الحالة أحق بالصيانة والحفظ والقائم عليها لتكمل صيانتها فيرغب في تزويجها، ولهذا المعنى قال علماؤنا لا تسقط النفقة عن والد الصبية ببلوغها بل بدخول الزوج بها.</t>
   </si>
   <si>
     <t>Den stora belöningen är för den som tar hand om döttrar eller systrar genom att ansvara för deras försörjning och uppfostran fram tills de blir vuxna eller gifter sig.
 Belöningen för att ta hand om döttrar är större än att ta hand om söner, då det inte nämnts en liknande belöning i deras fall. Detta beror på att kostnaderna och omsorgen för döttrar är större än för söner. Döttrar är mer sårbara, de hanterar inte sina angelägenheter på samma sätt själva, och de agerar inte på samma sätt som pojkar. Dessutom är det inte vanligt att fäder sätter sitt hopp till sina döttrar för att bekämpa fiender, eller för att föra vidare sitt namn och släktlinje, till skillnad från hur det är med söner. Därför krävs det tålamod och uppriktighet från den som försörjer dem, tillsammans med god avsikt – vilket gör att belöningen blir stor, och att han kommer att vara i profetens ﷺ sällskap på domedagen.
 Tecken på att en kvinna nått puberteten är att hon fyller femton år, eller att hon får menstruation även innan femton års ålder, eller att könshåret växer ut (det grova håret kring könsorganet), eller att hon fått en utlösning i sömnen.
 Al-Qurtubi sa: Det som menas med att de nått puberteten är att de har nått en nivå där de kan klara sig själva. När det gäller kvinnor uppnås detta först när deras makar fullbordar äktenskapet med dem, så det innebär inte nödvändigtvis att hon ska ha blivit religiöst ansvarig. Hon kan också få menstruation utan att vara självständig i något av sina ärenden; om hon då lämnas utan tillsyn riskerar hon att hamna i ett sårbart läge och svårigheter. I ett sådant fall har hon ännu större behov av skydd och tillsyn, så att hennes heder kan bevaras – vilket gör henne mer eftertraktad för äktenskap. Av denna anledning sa våra lärda att en faders försörjningsplikt för sin dotter inte upphör genom att hon når puberteten, utan först när maken har fullbordat äktenskapet med henne.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3360</t>
   </si>
   <si>
-    <t>لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ</t>
+    <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>Ni kommer inte att träda in i paradiset förrän ni tror, och ni kommer inte att tro förrän ni älskar varandra. Ska jag inte berätta för er om något som kommer att få er att älska varandra, om ni gör det? Sprid fredshälsningen bland er</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Ni kommer inte att träda in i paradiset förrän ni tror, och ni kommer inte att tro förrän ni älskar varandra. Ska jag inte berätta för er om något som kommer att få er att älska varandra, om ni gör det? Sprid fredshälsningen bland er."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att det endast är de troende som kommer att träda in i paradiset, och att deras tro och det muslimska samhällets tillstånd kommer inte att vara stabilt förrän de älskar varandra. Sedan hänvisade profeten ﷺ till det bästa sättet att sprida kärlek genom, vilket är att sprida fredshälsningen bland muslimer, denna hälsning som Allah har valt ut som hälsningsfras för sina tjänare.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Att ha tro är ett villkor för att kunna träda in i paradiset.
 En del av trons perfektion är att muslimen älskar för sin broder det han älskar för sig själv.
 Det är rekommenderat att sprida och utbyta fredshälsningen bland muslimer, eftersom det bidrar till kärlek och trygghet bland människor.
 Fredshälsningen ska enbart ges till en muslim, eftersom han ﷺ sa att den ska spridas "bland er".
 Splittring, bojkott och agg utplånas genom att sprida fredshälsningen.
 Vikten av att muslimer älskar varandra, och att det är en del av trons perfektion.
 En annan Hadith nämner att det mest kompletta sättet att sprida fredshälsningen på är genom att säga: "As-salamu 'alaykum wa rahmatullahi wa barakatuh" (Fred vare över dig och Allahs barmhärtighet och välsignelser), och det är tillräckligt att säga: "As-salamu 'alaykum" (Fred vare över dig).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3361</t>
   </si>
   <si>
-    <t>لَوْلَا أَنْ أَشُقَّ عَلَى الْمُؤْمِنِينَ -أَوْ: عَلَى أُمَّتِي- لَأَمَرْتُهُمْ بِالسِّوَاكِ عِنْدَ كُلِّ صَلَاةٍ</t>
+    <t>لولا أن أشق على المؤمنين أو: على أمتي لأمرتهم بالسواك عند كل صلاة</t>
   </si>
   <si>
     <t>Om det inte vore för att jag skulle göra det svårt för de troende" – eller så sa han: "för mitt samfund, så hade jag befallt dem att använda Siwak inför varje bön</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْلَا أَنْ أَشُقَّ عَلَى الْمُؤْمِنِينَ -أَوْ: عَلَى أُمَّتِي- لَأَمَرْتُهُمْ بِالسِّوَاكِ عِنْدَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Om det inte vore för att jag skulle göra det svårt för de troende" – eller så sa han: "för mitt samfund, så hade jag befallt dem att använda Siwak inför varje bön."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه لولا خوف المشقة على المؤمنين من أمته لأَوجب عليهم استعمال السواك مع كل صلاة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att om han inte hade fruktat att det skulle bli en börda för de troende i hans samfund, så skulle han ha ålagt dem att använda Siwak inför varje bön.</t>
   </si>
   <si>
     <t>رفق النبي صلى الله عليه وسلم بأمته، ومخافة المشقة عليهم.
 الأصل في أَمْرِ النبيِّ صلى الله عليه وسلم الوجوب، إلا أنْ يقومَ الدليل على أنه تطوُّع.
 استحباب السواك وفضله عند كل صلاة.
 قال ابن دقيق العيد: الحكمة في استحباب السواك عند القيام إلى الصلاة كونها حالَ تقرُّبٍ إلى الله، فاقتضى أن تكون حالَ كمالٍ ونظافة إظهارًا لِشَرَف العبادة.
 عموم الحديث يشمل السواك للصائم ولو بعد الزوال، كصلاتَي: الظهر والعصر.</t>
   </si>
   <si>
     <t>Profeten ﷺ visade empati för sitt samfund och undvek att ålägga dem något som kunde bli svårt för dem.
 Grundregeln när profeten ﷺ ger en befallning är att det blir obligatoriskt att utföra den handlingen, om det inte finns ett tydligt bevis som visar att den är frivillig.
 Siwak är starkt rekommenderat och har en särskild dygd inför varje bön.
 Ibn Daqiq al-ʿId sa: Visdomen bakom att använda Siwak inför bönen är att det är ett tillfälle av närhet till Allah, och därför bör man vara i ett tillstånd av renhet och vårdat yttre, för att visa aktning inför tillbedjan.
 Hadithens generella innebörd omfattar även Siwak för fastande personer, även efter zenit (dvs. vid Dhuhr- och ʿAsr-bönerna).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3364</t>
   </si>
   <si>
-    <t>أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ</t>
+    <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>om vilken handling Allah älskar mest. Han svarade: 'Att be i dess bestämda tid.' Jag sa: 'Vilken därefter?' Han svarade: 'Att vara god mot föräldrarna.' Jag sa: 'Vilken därefter?' Han svarade: 'Att kämpa för Allahs sak</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) sa: "Jag frågade profeten ﷺ om vilken handling Allah älskar mest. Han svarade: 'Att be i dess bestämda tid.' Jag sa: 'Vilken därefter?' Han svarade: 'Att vara god mot föräldrarna.' Jag sa: 'Vilken därefter?' Han svarade: 'Att kämpa för Allahs sak.' Det var dessa handlingar som han nämnde för mig, och om jag hade fortsatt fråga, hade han nämnt fler."</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Profeten ﷺ frågades om vilken handling Allah älskar mest. Han sa: "Att be de obligatoriska bönerna inom dess föreskrivna tid." Därefter att vara god mot föräldrarna, visa dem vänlighet, uppfylla deras rättigheter och att avstå från att bete sig illa mot dem. Därefter att kämpa för Allahs sak genom ens liv och egendom, för att hans ord ska vara högst, och för att skydda islam och dess anhängare, och att lyfta fram dess påbud.
 Ibn Mas'ud (må Allah vara nöjd med honom) sa: "Han ﷺ berättade om dessa handlingar för mig, och om jag hade fortsatt fråga: 'Vilken därefter?', skulle han nämnt ännu fler."</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
     <t>Handlingars förträfflighet varierar beroende på hur mycket Allah älskar dem.
 Muslimen är uppmanad att fokusera på handlingar utifrån dess största förträfflighet.
 Profeten ﷺ frågades om vilka handlingar som var bäst vid ett flertal tillfällen, och hans svar kunde skilja sig åt beroende på frågeställaren och hans tillstånd, då det som gynnar personen mest skiljer sig åt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3365</t>
   </si>
   <si>
-    <t>‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا</t>
+    <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>”De jobbigaste bönerna för hycklarna är 'Isha'- och Fajr-bönen. Och om de hade vetat vilken förträfflighet de hade, skulle de kommit till dem, om så krypande</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”De jobbigaste bönerna för hycklarna är 'Isha'- och Fajr-bönen. Och om de hade vetat vilken förträfflighet de hade, skulle de kommit till dem, om så krypande. Jag fick för mig att beordra att bönen skulle förrättas och utsåg en man som leder människorna i bön. Därefter skulle jag bege mig iväg med en grupp män med vedträn, till de som inte närvarade vid bönen, och bränna ned deras hus med eld."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om hycklarna och deras lathet när det kommer till att närvara under församlingsbönerna, i synnerhet 'Isha'- och Fajr-bönen. Om de hade vetat vilken otrolig belöning det fanns i att närvara under dessa böner i den muslimska församlingen, hade de kommit till den om än krypande på sina händer och ben likt småbarn.
 . Profeten ﷺ funderade på att beordra att bönen skulle förrättas, och att någon leder människorna i bön istället för honom. För att sedan bege sig iväg med några som bär ved till dem som inte närvarar under församlingsbönen, för att bränna ned deras hem med eld. Anledningen till detta är den stora synden de begått. Han gjorde däremot inte det eftersom det finns kvinnor, barn, oskyldiga och ursäktade personer i huset som inte begått något fel.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Faran i att inte närvara under församlingsbönen i moskén.
 Hycklare är oärliga när de dyrkar Allah och gör det enbart av ögontjäneri, därför närvarar de bara under bönerna där andra människor kan se dem be.
 Den stora belöningen i att be 'Isha' och Fajr i församling, och att de förtjänar att kommas till om än krypande.
 Att vara mån om att be 'Isha' och Fajr är ett skydd mot hyckleri, och att strunta i dem är från hycklarnas egenskaper.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3366</t>
   </si>
   <si>
-    <t>هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا</t>
+    <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>'Detta är en sten som kastades ner i elden för sjuttio år sedan, och den faller i elden nu tills den når dess botten.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade: "Vi var med Allahs sändebud ﷺ när han hörde ett ljud och han ﷺ sa: 'Vet ni vad detta är?' Vi svarade: 'Allah och hans sändebud vet bäst.' Han sa: 'Detta är en sten som kastades ner i elden för sjuttio år sedan, och den faller i elden nu tills den når dess botten.'"</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم صوتًا مُزْعِجًا كسقوطِ جسمٍ من الأجسام، فسأل مَن عنده من الصحابة رضي الله عنهم عن ذلك الصوت، فقالوا: الله ورسوله أعلم.
 فقال لهم صلى الله عليه وسلم: إنَّ هذا الصوت الذي سمعتموه هو لحَجَرٍ رُمي به من شَفِيْر جهنم منذ سبعين عامًا، فهو يهوي ويسقط فيها، حتى انتهى إلى قَعرِها الآن حين سمعتم الصوت.</t>
   </si>
   <si>
     <t>Profeten ﷺ hörde ett högt ljud, som om något hade fallit. Han frågade sina följeslagare om de visste vad ljudet var, och de svarade att Allah och اans sändebud vet bäst.
 Profeten ﷺ berättade att det var ljudet av en sten som kastades ner i helvetet för sjuttio år sedan, och som nu hade nått botten.</t>
   </si>
   <si>
     <t>الحث على الاستعداد لليوم الآخر بالعمل الصالح، والتحذير من جهنم.
 استحباب إسناد العلم إلى الله تعالى فيما لا علم للإنسان به.
 إثارة المعلّم الاهتمام والانتباه قبل البيان؛ ليكون أدعى إلى الإفهام.</t>
   </si>
   <si>
     <t>Detta är en uppmaning att förbereda sig för det kommande livet genom att utföra goda gärningar, och det är en varning för helvetet.
 Det är rekommenderat att tillskriva kunskap till Allah när man själv inte har kunskap om något.
 Läraren bör väcka intresse och dra uppmärksamhet till sig innan en eventuell förklaring, vilket gör det enklare att förstå.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3370</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ</t>
+    <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>En man åt med vänster hand i Allahs sändebuds närvaro, varpå han ﷺ sa: 'Ät med din högra hand.' Han svarade: 'Jag kan inte.' Då sa han ﷺ: 'Må du aldrig kunna</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
     <t>Salamah bin al-Akwa' (må Allah vara nöjd med honom) sa: "En man åt med vänster hand i Allahs sändebuds närvaro, varpå han ﷺ sa: 'Ät med din högra hand.' Han svarade: 'Jag kan inte.' Då sa han ﷺ: 'Må du aldrig kunna', det var enbart högmod som hindrade honom. Sedan kunde han aldrig mer lyfta handen till sin mun."</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>Profeten ﷺ såg en man äta med sin vänstra hand, så han beordrade honom att äta med sin högra hand. Mannen svarade högmodigt och ljög sägandes att han inte kunde göra det. Profeten ﷺ bad följaktligen att han skulle berövas förmågan att kunna äta med sin högra hand. Allah besvarade sin profets bön, varpå mannens högra hand förlamades så han kunde inte lyfta den till sin mun för att äta eller dricka.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att äta med höger hand, och det är förbjudet att äta med vänster.
 Personen som är för arrogant för att rätta sig efter religionens lagar förtjänar att straffas.
 Allah ärar sin profet ﷺ genom att besvara hans böner.
 Det ska kallas till det goda och det onda ska förbjudas under alla situationer, till och med vid måltider.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3372</t>
   </si>
   <si>
-    <t>مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا</t>
+    <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
     <t>Den som kallar till vägledning får samma belöning som den som tar efter honom, utan att det förringar deras belöningar det minsta</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som kallar till vägledning får samma belöning som den som tar efter honom, utan att det förringar deras belöningar det minsta. Och den som kallar till villfarelse får samma synd som den som tar efter honom, utan att det förringar deras synder det minsta."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar att den som i tal eller handling vägleder, hänvisar och uppmanar andra att följa den sanna och goda vägen, kommer att få samma belöning som den som tar efter honom, utan att det på något sätt förringar efterföljarens belöning. Och den som i tal eller handling kallar och hänvisar andra till att följa en falsk och ond väg, kommer att få samma synd som den som tar efter honom, utan att det minskar något från deras synder.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>Förträffligheten i att kalla till vägledningen, oavsett om detta görs i en mindre eller större utsträckning. Den som kallar till det får samma belöning som personen som utför det, vilket är från Allahs otroliga godhet och perfekta generositet.
 Faran i att kalla till villfarelse, oavsett om det är i en mindre eller i en större utsträckning, eftersom den som kallar till det får samma synd som den som utför det.
 Vedergällningen är av samma sort som handlingen; den som kallar till gott får följaktligen belöningen av den som utför det, och den som kallar till ondska får följaktligen synden för den som utför den.
 En muslim måste vara försiktig så att andra inte tar honom som en förebild i att begå synder offentligt, eftersom han syndar när andra tar efter honom i det, även om han inte uppmanat dem att göra det.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3373</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ</t>
+    <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
   </si>
   <si>
     <t>Bland de värsta människorna är de som lever när timmen (domedagen) inträffar, och de som använder gravar som böneplatser</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Bland de värsta människorna är de som lever när timmen (domedagen) inträffar, och de som använder gravar som böneplatser."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om de värsta människorna, vilka är dem som kommer att vara levande när domedagen inträffar, samt dem som använder gravar som böneplatser genom att be vid eller mot gravarna.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Det är förbjudet att bygga moskéer på gravar, eftersom det leder till avguderi.
 Det är förbjudet att be vid gravar, även om inget har byggts på dem, eftersom Masjid (moské) är den platsen som Sujud utförs på, även om det inte finns någon byggnad.
 Den som använder de rättfärdigas gravar som platser för bön är bland de värsta människorna, även om han påstår att han gör det för att närma sig Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3375</t>
   </si>
   <si>
-    <t>مَا مِنْ يَوْمٍ يُصْبِحُ العِبَادُ فِيهِ إِلَّا مَلَكَانِ يَنْزِلاَنِ، فَيَقُولُ أَحَدُهُمَا: اللَّهُمَّ أَعْطِ مُنْفِقًا خَلَفًا، وَيَقُولُ الآخَرُ: اللَّهُمَّ أَعْطِ مُمْسِكًا تَلَفًا</t>
+    <t>ما من يوم يصبح العباد فيه إلا ملكان ينزلان، فيقول أحدهما: اللهم أعط منفقا خلفا، ويقول الآخر: اللهم أعط ممسكا تلفا</t>
   </si>
   <si>
     <t>Varje morgon, när människorna vaknar, stiger två änglar ner. Den ena säger: 'Allah! Kompensera den som spenderar.' Den andra säger: 'Allah! Låt den som håller tillbaka lida förlust.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ يَوْمٍ يُصْبِحُ العِبَادُ فِيهِ إِلَّا مَلَكَانِ يَنْزِلاَنِ، فَيَقُولُ أَحَدُهُمَا: اللَّهُمَّ أَعْطِ مُنْفِقًا خَلَفًا، وَيَقُولُ الآخَرُ: اللَّهُمَّ أَعْطِ مُمْسِكًا تَلَفًا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Varje morgon, när människorna vaknar, stiger två änglar ner. Den ena säger: 'Allah! Kompensera den som spenderar.' Den andra säger: 'Allah! Låt den som håller tillbaka lida förlust.'"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه في كلِّ يوم تَطلُع الشمسُ فيه إلّا ومَلَكَان يَنزلان يُناديان، يقول أحدهما: 
 اللهم أعط منفقًا في الطاعات وعلى العيال والضِّيْفان والتطوُّعات خَلَفًا وعَوِّضْهُ خيرًا فيما أَنفق، وبارك له. 
 ويقول الآخر: اللهم أعط ممسكًا عنها تَلفًا وأَهْلِكْ مالَه الذي مَنعه عن مُسْتَحِقِّيْه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att varje dag när solen går upp, kommer två änglar ned. Den ena säger i sin bön:
 "Allah! Kompensera den som spenderar på saker som du beordrat med; på sin familj, på gäster, och i frivilliga goda handlingar – ersätt honom med något bättre och välsigna det han ger."
 Den andra ängeln ber: "Allah! Låt den som håller tillbaka och vägrar att ge det han bör – lida av förlust, och låt hans förmögenhet förstöras för att han har undanhållit det från dem som har rätt till det."</t>
   </si>
   <si>
     <t>جواز الدعاء للكريم بمزيد من العِوَض، وأن يَخلِف عليه خيرًا مما أَنفق، وجواز الدعاء على البخيل بتَلَف ماله الذي بَخِلَ به ومَنَعَ إنفاقَه فيما أوجب الله عليه.
 دعاء الملائكة للمؤمنين الصالحين المنفقين بالخير والبركة، وأنّ دعاءهم مستجاب.
 الحضُّ على الإنفاق في الواجبات والتطوعات؛ كالنفقة على الأهل، وصلة الرحم، وأبواب الخير.
 بيان فضل المُنفِق في وجوه الخير، وأنّ عاقبته أنّ الله يُخْلِفُ عليه، قال الله تعالى: ﴿وَمَا أَنفَقْتُم مِّن شَيْءٍ فَهُوَ يُخْلِفُهُ وَهُوَ خَيْرُ الرَّازِقِينَ﴾ [سبأ: 39].
 هذا الدعاء على المُمسك عن النفقات الواجبة، وأما النفقات المستحبة فلا تدخل؛ لأن صاحبها لا يستحق هذا الدعاء.
 تحريم البخل والشُّحّ.</t>
   </si>
   <si>
     <t>Det är tillåtet att be om välsignelse och ersättning för den generöse, och att be om förlust för den girige som undanhåller vad han är skyldig att ge.
 Änglarna ber för de rättfärdiga troende som ger skänker sina tillgångar till goda syften – och deras bön besvaras.
 Hadithen uppmanar starkt till att ge både för obligatoriska och frivilliga syften, såsom att försörja sin familj, visa generositet mot släktingar och delta i välgörenhet.
 Den som ger i godhetens vägar kompenseras av Allah, som han själv lovat i versen: "Vad ni än spenderar i hans väg, kommer han att ersätta er, och han är den bästa av försörjare" (34:39).
 Bönen i denna hadith riktas mot den som håller tillbaka från att ge det som är obligatoriskt – likt Zakat och familjeförsörjning – men inte mot den som avstår från frivilliga utgifter.
 Hadithen visar att snålhet och girighet är förbjudet och klandervärt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3379</t>
   </si>
   <si>
-    <t>إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ</t>
+    <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>Det jag fruktar mest för er är mindre avguderi." De sa: "Allahs sändebud! Vad är mindre avguderi?" Han sa: ”Ögontjäneri</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Mahmud bin Labid (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Det jag fruktar mest för er är mindre avguderi." De sa: "Allahs sändebud! Vad är mindre avguderi?" Han sa: ”Ögontjäneri. När alla människor vedergälls för sina handlingar på domedagen kommer Allah att säga till dem: 'Gå till dem som ni gjorde er till inför och se om du kommer att få någon belöning från dem?'"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att det han fruktar mest för sitt samfund är mindre avguderi, vilket är ögontjäneri; att göra goda handlingar för människors skull. Sedan berättade han om straffet för ögontjänarna på domedagen, vilket är att det kommer att sägas till dem: "Gå till dem för vars skull ni brukade göra goda handlingar, se om de har möjligheten att belöna er för dessa handlingar?!"</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
     <t>Detta visar att goda handlingar måste göras för Allahs skull, och Hadithen varnar även för ögontjäneri.
 Profetens ﷺ otroliga omtanke och välvilja om att hans samfund ska vägledas.
 Om detta är det han fruktade för dem han tilltalade, vilket var följeslagarna som var de mest rättfärdiga personerna, så är hans fruktan för dem som kommer efter dem ännu större.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3381</t>
   </si>
   <si>
-    <t>الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ</t>
+    <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
   </si>
   <si>
     <t>Omen är avguderi, omen är avguderi, omen är avguderi - tre gånger". Det finns ingen av oss som inte upplever det, men Allah tar bort det genom att man sätter sin lit till Allah</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Omen är avguderi, omen är avguderi, omen är avguderi - tre gånger". Det finns ingen av oss som inte upplever det, men Allah tar bort det genom att man sätter sin lit till Allah.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade för omen, vilket är att tro att något man hör eller ser kan leda till otur, som vissa fåglar, djur, handikapp, siffror, dagar eller liknande. Omen, "tayr" (fågel på arabiska) nämndes, då det var känt under den hedniska tiden. När de ville utföra en handling, bege sig på resa, göra affärer eller liknande, brukade de släppa ut en fågel. Om den flög till höger, tolkade de det som ett gott omen, var positiva och gjorde det de ville. Om den i stället flög till vänster, tolkade de det som ett ont omen och avstod från att göra det de ville. Han ﷺ berättade att det är avguderi, eftersom ingen kan bringa godhet förutom Allah, och ingen kan skydda från ondska förutom Allah, enbart.
 Ibn Mas'ud (må Allah vara nöjd med honom) berättade att pessimism kan uppstå i en muslims hjärta, men det som tar bort det är tilliten till Allah, och att använda de tillgängliga medlen.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>Omen är avguderi, eftersom hjärtat fäster sig vid andra än Allah.
 Det är viktigt att repetera grundläggande frågor, så att de kan memoreras och befästas i hjärtat.
 Onda omen försvinner genom tillit till Allah.
 Obligationen att lita på Allah endast och att fästa sitt hjärta vid honom.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3383</t>
   </si>
   <si>
-    <t>فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ</t>
+    <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>Och vi sa: 'Du är vår mästare.' Han sa: 'Mästaren är Allah.' Vi sa: 'Och den bäste bland oss, och den bland oss med störst frikostighet.' Han sa: 'Säg det ni säger, eller delar av det ni säger, men låt inte Satan förvilla er.'</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
     <t>'Abdullah bin ash-Shikhkhir (må Allah vara nöjd med honom) sa: "Jag begav mig med Banu 'Amirs delegation till Allahs sändebud ﷺ. Och vi sa: 'Du är vår mästare.' Han sa: 'Mästaren är Allah.' Vi sa: 'Och den bäste bland oss, och den bland oss med störst frikostighet.' Han sa: 'Säg det ni säger, eller delar av det ni säger, men låt inte Satan förvilla er.'"</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>En grupp kom till profeten ﷺ, när de anlände sa de vissa ord för att prisa honom, men som han ﷺ ogillade. De sa: "Du är vår mästare", varpå han ﷺ sa till dem: "Mästaren är Allah". Han har komplett styre över sin skapelse, och de är hans tjänare. De sa: "Och den bäste bland oss", som har högst status, ära och förmån. Och du är "den bland oss med störst frikostighet", som ger mest och är överlägsen och priviligierad. Då hänvisade profeten ﷺ dem att säga det de vanligtvis säger, utan att göra till sig i uttryck, så att Satan inte ska förvilla dem och få dem att hamna i överdrivet prisande som leder dem till förbjudet avguderi och det som leder dit.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Profetens ﷺ väldiga status i följeslagarnas hjärta och deras respekt för honom.
 Det är förbjudet att gå till överdrift i ens uttryck, snarare ska orden som sägs vara sparsamma.
 Monoteism har skyddats från uttryck och handlingar som får den att bli bristfällig.
 Det är förbjudet att gå till överdrift i prisande, då det är en av Satans inkörsportar.
 Profeten ﷺ är mänsklighetens mästare, och denna Hadith visar hans ödmjukhet, och att han fruktade att de skulle gå till överdrift i deras förhållningssätt till honom.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3389</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Du kommer att komma till ett folk från Bokens anhängare. Låt det första som du kallar dem till vara att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Ibn ´Abbas (må Allah vara nöjd med honom och hans far) sade: "Allahs sändebud (sallallahu ´alayhi wa sallam) sa till Mu´adh då han skickade honom till Jemen:
 'Du kommer att komma till ett folk från Bokens anhängare. Låt det första som du kallar dem till vara att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud. Om de lyder dig i det, skall du lära dem att Allah har ålagt dem att be fem gånger om dygnet. Om de lyder dig i det, skall du lära dem att Allah har ålagt dem att betala allmosa, som tas från deras rika och ges till deras fattiga. Om de lyder dig i det, skall du hålla dig borta från deras finaste egendomar. Undvik den förtrycktes bön; det finns ingen ridå mellan den och Allah'".</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>När profeten (sallallahu ´alayhi wa sallam) skickade Mu´adh bin Jabal (må Allah vara nöjd med honom) till Jemen för att kalla till Allah och undervisa dem tydliggjorde han för honom att han skulle möta kristna. Han gjorde detta för att Mu´adh skulle kunna förbereda sig för detta och så att han började med att stegvist kalla dem till det som är viktigast och prioriterat. Han skulle kalla dem till att korrigera deras troslära först, genom att vittna om att det inte fanns någon sann gud utom Allah och att Muhammed är Allahs sändebud. Genom detta träder de in till islam. Om de går med att vittna om detta påbjuder han dem att etablera bönen eftersom den är den största plikten efter att Allah är den enda som förtjänar att dyrkas. Om de etablerar bönen påbjuder han de rika att ge allmosa till de fattiga. Därefter varnade han honom för att ta från deras finaste egendomar och istället att han skulle ta lagom mycket från dem. Slutligen gav han honom rådet att undvika felbehandling, så att den som behandlats fel inte åkallar Allah mot honom då den förtryckte personens bön är accepterad.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Betydelsen av vittnesmålet att det inte finns någon sann gud utom Allah är att särskilja Allah med dyrkan, och att inte dyrka någon annan än Honom.
 Betydelsen av vittnesmålet att Muhammed är Allahs sändebud är att tro på honom och på det han kom med. Att bekräfta det och att vittna om att han är det sista sändebudet, som Allah sänt till mänskligheten.
 Att adressera en kunnig person eller någon med vissa missuppfattningar skiljer sig från att adressera en okunnig. Därför förberedde profeten (sallallahu ´alayhi wa sallam) Mu´adh genom sina ord: "Du kommer att komma till ett folk som är Bokens anhängare".
 Detta visar hur viktigt det är att en muslim har insikt om sin egen religion så att han inte drabbas av de tvivel som andra personer lyfter fram. Denna insikts erhålls genom att söka kunskap.
 Detta visar även att judarnas och de kristnas religion är ogiltig efter sändebudets ankomst och kall. Därför är de inte bland dem som räddas på domedagen förrän de konverterar till islam och tror på profeten (sallallahu ´alayhi wa sallam).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3390</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ</t>
+    <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
   </si>
   <si>
     <t>'Människor! Akta er för att extremism i religionen. Det enda som förgjorde de före er, var extremism i religionen.'</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) sa: "När Allahs sändebud ﷺ red på sin kamel morgonen av al-'Aqabah dagen så sa han: 'Plocka småstenar åt mig.' Jag plockade sju småstenar åt honom av storleken av al-Khadhf. Han började skaka dem i handflatan och sa: 'Kasta (stenar) av liknande storlek som dessa.' Sedan sa han: 'Människor! Akta er för att extremism i religionen. Det enda som förgjorde de före er, var extremism i religionen.'"</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättade att han var med profeten ﷺ på slaktdagen, under morgonen då al-'Aqabah skulle stenas under pilgrimsfärden. Han bad Ibn 'Abbas att plocka småstenar åt honom för att kunna stena al-Jimar. Han plockade då sju småstenar åt honom, vars storlek var som en kikärta eller en hasselnöt. Profeten ﷺ la dem i sin hand, rörde på dem och sa: "Kasta stenar av liknande storlek." Sedan varnade profeten ﷺ för extremism och överdrift i frågor som rör religionen, eftersom det som förgjorde de tidigare nationerna var att de gick till överdrift och extremism i religionen.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
     <t>Förbudet att gå till överdrift i religionen, förtydligandet av dess onda konsekvenser och att det leder till undergång.
 Man ska dra lärdom från de tidigare samfunden för att undvika att falla in i samma misstag som de föll in i.
 Uppmaningen att hålla fast vid Sunnahn.</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av Ibn Majah, an-Nasa'i och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3395</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>Gå inte till överdrift i prisandet av mig likasom de kristna har gått till överdrift med Marias son. Jag är endast en tjänare. Säg därför 'Allahs tjänare och sändebud</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>´Umar bin al-Khattab (må Allah vara nöjd med honom) sa att han hörde profeten (sallallahu ´alayhi wa sallam) säga: "Gå inte till överdrift i prisandet av mig likasom de kristna har gått till överdrift med Marias son. Jag är endast en tjänare. Säg därför 'Allahs tjänare och sändebud."</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) förbjuder överdrift och överskridande av den sharia-föreskrivna gränsen när någon prisar och beskriver honom. Det är förbjudet att tillskriva honom Allahs unika egenskaper och handlingar, eller kunskap om det osedda, eller att han ska tillbes med Allah, som de kristna gör med Jesus, Marias son (frid vare med honom). Sedan tydliggjorde han att han är en av Allahs tjänare och beordrade därför att vi ska beskriva honom som just Allahs tjänare och sändebud.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Hadithen varnar från att överskrida den sharia-föreskrivna gränsen i högaktning och prisande då det leder till avgudadyrkan.
 Det profeten (sallallahu ´alayhi wa sallam) varnade för har inträffat i detta samfund. Somliga gick till överdrift gällande honom (sallallahu ´alayhi wa sallam), och andra gick till överdrift gällande hans familj, och vissa gick till överdrift gällande andra rättfärdiga människor. Dessa föll följaktligen i avgudadyrkan.
 Allahs sändebud (sallallahu ´alayhi wa sallam) beskrev sig själv som Allahs tjänare för att visa att han är underkastad till Allah. Det är alltså inte tillåtet att rikta något till honom, som enbart bör riktas och ägnas till Allah.
 Allahs sändebud (sallallahu ´alayhi wa sallam) beskrev sig själv som Allahs sändebud för att visa att han blivit sända av Allah. Därför är det obligatoriskt att tro på honom och följa honom.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3406</t>
   </si>
   <si>
-    <t>لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ</t>
+    <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
     <t>Det finns ingen smitta och inget dålig omen i fåglar, inga onda omen i ugglor och ingen otur i månaden Safar. Och fly från den spetälske som du skulle fly från ett lejon</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Det finns ingen smitta och inget dålig omen i fåglar, inga onda omen i ugglor och ingen otur i månaden Safar. Och fly från den spetälske som du skulle fly från ett lejon."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargjorde vissa seder från förislamisk tid för att varna för dem och för att tydliggöra att allt ligger i Allahs händer, och att inget sker förutom att det är i enlighet med hans vilja och beslut. Dessa seder är:
 Första: Folket i förislamisk tid trodde att sjukdomar smittade av sig själv. Profeten ﷺ förbjöd denna tro och klargjorde att sjukdomar inte överförs av sig själva; det är snarare Allah som styr allt i denna värld, och det är han som låter människor bli sjuka eller friska. Detta sker helt i enlighet med hans vilja och beslut.
 Andra: När de reste eller handlade, tittade de på vilken riktning som fåglarna flög mot. Om de flög åt höger var det ett gott tecken, men om de flög åt vänster ansågs det vara ett dåligt omen och de vände tillbaka. Profeten ﷺ förbjöd denna tro och klargjorde att det är en falsk uppfattning.
 Tredje: Folket i förislamisk tid trodde att om en uggla satte sig på ett hus skulle det leda till en olycka för de som bor där. Profeten ﷺ förbjöd denna tro och klargjorde att detta inte stämmer.
 Fjärde: Han förbjöd också från tron att den andra månaden i den islamiska kalendern, månaden Safar, medför otur. Vissa lärda tolkade att ordet "Safar" i hadithen var en orm i magen som drabbar boskap och människor, och troddes vara mer smittsam än skabb, men att profeten ﷺ förklarade att denna uppfattning inte stämmer.
 Femte: Han befallde att man ska fly från dem som lider av spetälska, precis som man skulle fly från ett lejon, som en försiktighetsåtgärd för sig själv och för att handla i enlighet med de tillvägagångssätt som Allah har befallit muslimer att ta. Spetälska är en sjukdom där människans lemmar gradvis förtvinar.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
 وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
 إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
 في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
   </si>
   <si>
     <t>Det är nödvändigt att förlita sig till Allah och agera enligt de tillvägagångssätt som är föreskrivna.
 Man måste tro på Allahs förutbestämmelse, och att alla tillvägagångssätt är i Allahs händer; han är den som gör att de fungerar eller inte fungerar.
 Det är viktigt att förkasta vidskepliga handlingar, som att anse att vissa färger likt svart eller rött, vissa nummer, namn, personer och människor med fysiska handikapp är olycksbringande.
 Förbudet att närma sig dem som har spetälska och liknande gäller även för personer med andra smittsamma sjukdomar. Detta är en del av de orsaker som Allah har bestämt leder till särskilda konsekvenser; orsakerna verkar inte av sig själva utan det är Allah som, om han vill, tar bort deras krafter så att de inte har någon effekt, och om han vill, låter dem behålla sin effekt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3407</t>
   </si>
   <si>
-    <t>فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ</t>
+    <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
   </si>
   <si>
     <t>Vid Allah! Om Allah vägleder en enda man genom dig, är det bättre för dig än att ha röda kameler.'</t>
   </si>
   <si>
     <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
   </si>
   <si>
     <t>Sahl ibn Sa'd (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa dagen innan Khaybar slaget skedde: "Imorgon ska jag ge denna fana till en man genom vilken Allah kommer att ge seger; han älskar Allah och hans sändebud, och Allah och hans sändebud älskar honom." Sahl sa: "Människorna tillbringade natten med att spekulera om vem som skulle få den. När morgonen kom, gick de alla till Allahs sändebud ﷺ, alla hoppades att de skulle få den. Han frågade: 'Var är 'Ali ibn Abi Talib?' De svarade: 'Allahs sändebud! Han har ont i ögonen.' Han sa: 'Hämta honom.' De förde Ali till honom, och Allahs sändebud ﷺ lade sitt saliv i hans ögon och bad för honom, och han blev botad som om han aldrig haft ont. Han gav honom sedan fanan. 'Ali sa: 'Allahs sändebud! Ska jag strida mot dem tills de blir som oss?' Han svarade: 'Gå långsamt tills du når deras fält, och kalla dem sedan till islam och informera dem om deras skyldigheter gentemot Allah. Vid Allah! Om Allah vägleder en enda man genom dig, är det bättre för dig än att ha röda kameler.'"</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
 وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
 فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
 فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
 فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
 فقيل: إنه مريض يشتكي عينيه.
 فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
 ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
   </si>
   <si>
     <t>Profeten ﷺ informerade sina följeslagare om att muslimerna skulle segra över judarna i Khaybar följande dag, genom en man som han skulle ge fanan till, vilket är arméns symbol. Denna man älskar Allah och hans sändebud, och Allah och hans sändebud älskar honom. Följeslagarna tillbringade natten med att diskutera och spekulera om vem som skulle få fanan, ivriga att få uppnå denna stora ära. När morgonen kom, gick de till profeten ﷺ, alla hoppades att de skulle ta del av denna ära.
 Profeten ﷺ frågade om 'Ali ibn Abi Talib (må Allah vara nöjd med honom).
 Det sades att han var sjuk och hade ont i ögonen.
 Profeten ﷺ bad dem hämta honom, och när han fördes till honom, han la saliv i 'Alis ögon och bad för honom, vilket botade honom fullständigt. Han gav honom sedan fanan och beordrade honom att gå långsamt tills han nådde fiendens fält och sedan kalla dem till islam. Om de besvarade kallet, skulle han informera dem om deras plikter.
 Profeten ﷺ förklarade för 'Ali vikten av att kalla människor till Allah och att om en enda person vägleds genom honom, är det bättre för honom än att äga röda kameler eller ge dem i välgörenhet, vilket var den mest värdefulla egendomen bland araberna.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
 حرص الصحابة على الخير وتسابقهم إليه.
 مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
 أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
 أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
 فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
   </si>
   <si>
     <t>Förträffligheten hos 'Ali ibn Abi Talib (må Allah vara nöjd med honom), och profetens ﷺ vittnesbörd om att Allah och hans sändebud älskar honom och att han älskar Allah och hans sändebud.
 Följeslagarna var ivriga att göra gott och tävlade om det.
 Det är föreskrivet att ha korrekt uppförande när man strider och att undvika onödigt buller och impulsiva handlingar.
 Från det som tyder på profeten ﷺ verkligen var en profet är han förutsåg att de skulle segra mot judarna och att han botade 'Alis ögon med Allahs vilja.
 Det främsta syftet med Jihad är att människor ska bli muslimer.
 Kallet till islam bör ske stegvis; först uppmanas den icke-troende att uttala trosbekännelsen, och sedan uppmanas han att följa islams plikter.
 Förträffligheten med att kalla till islam och det goda som det innebär för både den som blir kallad till islam och den som kallar till islam. Den som blir kallad till islam kan bli vägled, och den som kallar till islam får stor belöning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3409</t>
   </si>
   <si>
-    <t>أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ</t>
+    <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>'Farbror! Säg: 'Det finns inte någon sann gud utom Allah', så kan jag argumentera för dig hos Allah med att du uttalat trosbekännelsen.'</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>Sa'id bin al-Musayyib berättade att hans fader sa: "När Abu Talib låg på sin dödsbädd kom Allahs sändebud ﷺ till honom och fann Abu Jahl och 'Abdullah bin Abi Umayyah bin al-Mughirah hos honom. Han ﷺ sa: 'Farbror! Säg: 'Det finns inte någon sann gud utom Allah', så kan jag argumentera för dig hos Allah med att du uttalat trosbekännelsen.' Då sa Abu Jahl och 'Abdullah bin Abi Umayyah till honom: 'Ska du vända dig bort från 'Abdul-Muttalibs religion?' Allahs sändebud ﷺ fortsatte upprepa sin vädjan till honom, varpå de upprepade deras invändning, tills det sista Abu Talib sa var att han följde Abu Talibs religion, och han vägrade säga att uttala trosbekännelsen. Han sa: 'Allahs sändebud ﷺ sa: 'Jag svär vid Allah, att jag säkerligen kommer att be om förlåtelse för dig, förutsatt att jag inte förbjuds från det.' Då uppenbarade Allah: 'Det anstår inte profeten och inte heller de troende att be om förlåtelse för avgudadyrkare' (9:113). Beträffande Abu Talib, uppenbarades Allahs ord till Allahs sändebud ﷺ: 'Du kan inte leda dem du älskar på rätt väg, men Allah leder den han vill' (28:56)."</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
     <t>Profeten ﷺ kom till sin farbror Abu Talib när han låg på sin dödsbädd och sa till honom: 'Farbror! Säg: 'Det finns inte någon sann gud utom Allah', så kan jag argumentera för dig hos Allah med att du uttalat trosbekännelsen.' Abu Jahl och 'Abdullah bin Abi Umayyah sa då: "Abu Talib" Ska du lämna din far 'Abdul-Muttalibs religion?!", vilket är dyrkan av statyer. De fortsatte att tala med honom tills det sista han sa var: "Jag följer 'Abdul-Muttalibs religion", vilket var en polyteistisk religion som byggde på att dyrka av statyer. Då sa profeten ﷺ: "Jag ska be om förlåtelse för dig, förutsatt att min Herre inte förbjuder mig från det." Allah uppenbarade då: "Det anstår inte profeten och inte heller de troende att be om förlåtelse för avgudadyrkare, även om de hörde till deras nära släktingar, efter det klargjorts för dem att elden är sådana [människors] arvedel" (9:113). Beträffande Abu Talib uppenbarade Allah: "Du kan inte leda dem du älskar på rätt väg, men Allah leder den han vill. Och han vet bäst vilka de är som är villiga att låta sig vägledas" (28:56). Du kan alltså inte vägleda dem du önskar ska vägledas, du kan enbart förmedla budskapet, Allah vägleder den han vill.</t>
   </si>
   <si>
     <t>تحريم الاستغفار للمشركين مهما كانت قرابتهم وعملهم وإحسانهم.
@@ -3788,829 +3788,829 @@
 الأعمال بالخواتيم.
 بطلان التعلُّق بالنبيِّ عليه الصلاة والسلام وغيره لِجَلْب النفع أو دفع الضرر.
 من قال "لا إله إلا الله" عن علمٍ ويقين واعتقادٍ دخل في الإسلام.
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Det är förbjudet att söka förlåtelse för polyteister, oavsett hur närstående de är, eller vilka handlingar och goda bedrifter de utfört.
 Att följa ens fäder och ledare i det som är fel är en handling som hör till den hedniska tiden.
 Profetens ﷺ otroliga omtänksamhet och iver om att kalla människor till islam och vägleda dem.
 Avfärdandet av att Abu Talib blev muslim.
 Hur handlingen slutar avgör hur den bedöms.
 Det är lönlöst och fel att fästa sig vid profeten ﷺ eller andra för att uppnå något gott eller avvärja något ont.
 Den som säger att det inte finns någon sann gud utom Allah baserat på kunskap och övertygelse blir muslim.
 Skadan som ett dåligt sällskap har på människan.
 Betydelsen av att det inte finns någon sann gud utom Allah är att avfärda dyrkan av statyer och rättfärdiga, och att särskilja Allah i dyrkan. Polyteisterna kände till dess innebörd.
 Det är tillåtet att besöka en sjuk icke-muslim om man har förhoppningar om att han ska konvertera.
 Det är endast Allah som kan vägleda människor till att acceptera och följa sanningen. Vad gäller sändebudet ﷺ kunde han vägleda folk till att förstå och uppfatta budskapet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3410</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>Den lyckligaste som får erhålla min medling är den som uppriktigt från hjärtat säger att det inte finns någon sann gud utom Allah</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) sade: "Allahs sändebud! Vem är den lyckligaste som får erhålla din medling?". Han (sallallahu ´alayhi wa sallam) svarade: "Jag trodde inte att någon skulle ställa den frågan innan dig då jag såg att du var ivrig i att söka hadith. Den lyckligaste som får erhålla min medling är den som uppriktigt från hjärtat säger att det inte finns någon sann gud utom Allah".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) berättar att den lyckligaste människan som får erhålla hans medling på domedagen är den som uppriktigt från hjärtat säger att "Det finns ingen sann gud utom Allah". Detta innebär att det inte finns någon som dyrkas i sanning utom Allah, och att personen inte utför någon avgudadyrkan eller ögontjäneri.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Detta bekräftar profetens medling i det kommande livet och att den enbart kommer att utföras för monoteisterna.
 Hans medling innebär att han ber till Allah för de monoteister som egentligen förtjänar att komma till helvetet så att de inte kommer dit. Medlingen sker även för dem som har kommit till helvetet så att de ska få komma ut därifrån.
 Detta visar vilken dygd och stor belöning detta vittnesmål har, när den yttras med uppriktighet för Allahs skull.
 Att aktualisera innebörden av detta vittnesmål sker genom kunskap om dess betydelse och att praktisera vad det fodrar.
 Detta visar även Abu Hurayras höga status och hans iver för kunskap.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3414</t>
   </si>
   <si>
-    <t>أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ</t>
+    <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
     <t>ska Allah föra in i paradiset oavsett vad han gör</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
     <t>'Ubadah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som vittnar om att det inte finns någon sann gud utom Allah, att han är utan någon partner, och att Muhammed är hans tjänare och sändebud, och att Jesus är Allahs tjänare, sändebud [skapad genom] ett ord förmedlat [av Gabriel] till Maria, och [enligt Allahs befallning] blåste själen [in i henne], och att paradiset är sant och att elden är sann, ska Allah föra in i paradiset oavsett vad han gör."</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ berättar att den som yttrar monoteismens vittnesmål med kunskap om dess innebörd och handlar i enlighet med det, och vittnar att Muhammed är Allahs tjänare och sändebud, och erkänner att även Jesus är Allahs tjänare och sändebud, som Allah skapade med uttalande "Bli!", och han blev till, och att han är en av de själar som Allah har skapat, och vittnar om att hans mor Maria är fri från de anklagelser judarna har riktat mot henne, och tror på att paradiset är sant och att elden är sann, de existerar nu, och de är Allahs belöning och straff, den som dör i detta tillstånd, kommer att föras in i paradiset, även om han har brustit i sitt utförande av goda handlingar, och även om han har synder.</t>
   </si>
   <si>
     <t>الله تعالى خَلَقَ عيسى ابن مريم بكلمة (كُنْ) من غير أب.
  الجمع بين كون عيسى ومحمد صلى الله عليهما وسلم عبدي الله ورسوليه، فهما رسولان لا يكذبان، وعبدان لا يُعْبَدان.
 فضل التوحيد وتكفيره للذنوب، وأنَّ مصيرَ الموحِّد الجنةُ وإنْ وقع منه بعض الذنوب.</t>
   </si>
   <si>
     <t>Allah skapade Jesus, son till Maria, genom sitt ord "Bli!", utan att han hade någon fader.
 Detta kombinerar faktumet att både Jesus och Muhammed (må Allah hylla dem och sända frid över dem) är Allahs tjänare och sändebud. De är hans sändebud som inte får förnekas och hans tjänare, som inte får dyrkas.
 Detta visar monoteismens förträfflighet, och de synder som förlåts genom dem. Monoteisten kommer slutligen att träda in i paradiset, även om han syndat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3417</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>Den som möter Allah utan att inte ha satt någon vid Hans sida träder in i paradiset. Och den som möter Honom efter att ha satt någon vid Hans sida träder in i elden</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>Jabir bin ´Abdillah (må Allah vara nöjd med dem) sa att han hörde Allahs sändebud (sallallahu ´alayhi wa sallam) säga: "Den som möter Allah utan att inte ha satt någon vid Hans sida träder in i paradiset. Och den som möter Honom efter att ha satt någon vid Hans sida träder in i elden".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) berättar att den som dör då den inte sätter någon vid Allahs sida kommer att komma till paradiset, även om den eventuellt straffas för vissa av sina synder. Den som dör då den satt någon vid Allahs sida kommer att vara i helvetet för evigt.</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Monoteismens dygd är anledningen till att en person inte kommer att vara i elden för evigt.
 Paradisets och eldens närhet till tjänaren då det inte är något mellan tjänaren och dem förutom att han dör.
 Varning mot avgudadyrkan, oavsett om det sker i större eller mindre utsträckning, eftersom räddningen finns i att undvika det.
 Det är de sista handlingarna som är de avgörande.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3418</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ</t>
+    <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>Den som dör när han har tillbett någon han jämställer med Allah hamnar i elden</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) sa: "Profeten ﷺ sa en mening, och jag sa den andra. Profeten ﷺ sa: 'Den som dör när han har tillbett någon han jämställer med Allah hamnar i elden.' Och jag sa: 'Den som dör när han inte har tillbett någon han jämställer med Allah hamnar i paradiset.'"</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som riktar något, som enbart ska tillägnas Allah, till någon annan så som att tillbe andra än Allah eller liknande, och dör i det tillståndet kommer att träda in i elden. Ibn Mas'ud (må Allah vara nöjd med honom) lade till att den som dör utan att dyrka andra än Allah kommer att träda in i paradiset.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
     <t>Tillbedjan är dyrkan som inte får riktas till andra än Allah.
 Monoteismens förträfflighet, och att den som dör på det träder in i paradiset, även om han straffas för vissa synder.
 Avguderiets fara, och att den som dör på det träder in i elden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3419</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>De som går till överdrift</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>´Abdullah bin Mas´ud berättade att Allahs sändebud (sallallahu ´alayhi wa sallam) sade: "De som går till överdrift har gått under", och upprepade det tre gånger.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa salam) informerar om misslyckandet och förlusten av de som, utan vägledning eller kunskap, går till det extrema. Det extrema kan förekomma i deras religiösa och världsliga angelägenheter, men även i deras ord och handlingar. De överskrider de föreskrivna gränserna i den islamiska lagstiftningen som profeten (sallallahu ´alayhi wa sallam) kom med.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Den förbjuder extremism och omåttlighet i alla frågor, och uppmuntrar att allt liknande undviks på alla sätt, särskilt när det gäller dyrkan och högaktning av rättfärdiga människor.
 Det är uppmanat att eftersträva perfektion i dyrkan och annat, men detta görs genom att följa den islamiska lagstiftningen.
 Det är rekommenderat att viktiga frågor poängteras ytterligare eftersom profeten (sallallahu ´alayhi wa sallam) repterade denna mening tre gånger.
 Detta visar islams vidsynthet och underlättning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3420</t>
   </si>
   <si>
-    <t>لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ</t>
+    <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
   </si>
   <si>
     <t>Det finns varken smitta eller omen, men tycker jag om optimism." De sa: "Vad är optimism?" Han sa: "Ett gott ord</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Det finns varken smitta eller omen, men tycker jag om optimism." De sa: "Vad är optimism?" Han sa: "Ett gott ord."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att det inte existerar någon smitta som folk i den hedniska tiden falskt trodde, vilket var att sjukdom kan överföras av sig själv till andra, utan att det var något som Allah förutbestämt. Även onda omen är falskt, vilket är skrock baserat på något som hörs eller ses, såsom fåglar, djur, handikapp, nummer, dagar eller annat. Omen, "Tayr" (fågel på arabiska) nämndes, då det var känt under den hedniska tiden. När de ville utföra en handling, bege sig på resa, göra affärer eller liknande, brukade de släppa ut en fågel. Om den flög till höger, tolkade de det som ett gott omen, var positiva och gjorde det de hade önskat. Om den istället flög till vänster, tolkade de det som ett ont omen och avstod från att göra det de hade önskat. Därefter berättade profeten ﷺ att han tycker om optimism, vilket är den glädjen och lyckan människan kan känna när hon hör ett gott ord, som får henne att känna sig hoppfull om hennes Herre.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
     <t>En muslim ska lita på Allah, då ingen kan skänka godhet utom han, och ingen kan skydda från skada utom han.
 Det är förbjudet med onda omen, vilket är all form av skrock och det som hindrar en person från att utföra handlingar.
 Optimism är inte onda omen som är förbjudet, snarare är det goda tankar om Allah.
 Allting sker utmed Allahs förutbestämda öde.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3422</t>
   </si>
   <si>
-    <t>مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا</t>
+    <t>من جهز غازيا في سبيل الله فقد غزا، ومن خلف غازيا في سبيل الله بخير فقد غزا</t>
   </si>
   <si>
     <t>Den som utrustar en person som strider för Allahs skull har själv deltagit i striden, och den som tar hand om en stridande persons angelägenheter på ett värdigt sätt under hans frånvaro har också deltagit i striden</t>
   </si>
   <si>
     <t>عَن زَيْدِ بْنِ خَالِدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا».</t>
   </si>
   <si>
     <t>Zayd bin Khalid (må Allah vara nöjd med honom) rapporterade att Allahs sändebud ﷺ sa: "Den som utrustar en person som strider för Allahs skull har själv deltagit i striden, och den som tar hand om en stridande persons angelägenheter på ett värdigt sätt under hans frånvaro har också deltagit i striden."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن هَيَّأَ للغازي في سبيل الله أسبابَ سَفَرِه وما يَحتاج إليه مما لا بدَّ منه من سلاح، ومركوب، وطعام، ونفقة وغيرها؛ فهو في حكم الغازي، وحصل له ثواب الغزاة.
 ومَن تولَّى أمرَ الغازي بخير، ونابَ مَنابَه في مراعاة أهلِه زمانَ غيبتِه فهو في حكم الغازي.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att den som förbereder en person som strider för Allahs skull genom att ge honom det han behöver för resan, såsom vapen, transport, mat och andra nödvändigheter, har samma belöning som den som deltar i striden.
 Den som, på ett gott sätt, tar hand om en stridande persons familj och angelägenheter under hans frånvaro, får också samma belöning som om han själv deltog i striden.</t>
   </si>
   <si>
     <t>حث المسلمين على التعاون على الخير.
 قال ابن حجر: وفي هذا الحديث الحث على الإحسان إلى من فعل مصلحة للمسلمين، أو قام بأمر من مهماتهم.
 القاعدة العامة: أنّ مَن أعانَ شخصًا في طاعة من طاعات الله كان له مثل أجره، من غير أن ينقص من أجره شيئًا.</t>
   </si>
   <si>
     <t>Muslimer ska samarbeta i det goda.
 Ibn Hajar sa: Denna Hadith uppmuntrar till att vara god mot dem som utför viktiga uppgifter för muslimernas skull eller att hantera deras angelägenheter.
 Den allmänna principen är att den som hjälper någon i en handling av lydnad till Allah får samma belöning som den som utför handlingen, utan att dennes belöning minskar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3437</t>
   </si>
   <si>
-    <t>عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ</t>
+    <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
   </si>
   <si>
     <t>Profeten ﷺ sa beträffande al-Ansar: 'Endast den troende älskar dem, och endast hycklaren hatar dem. Allah älskar den som älskar dem, och Allah hatar den som hatar dem.'</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
     <t>Al-Bara' (må Allah vara nöjd med honom) berättade att: "Profeten ﷺ sa beträffande al-Ansar: 'Endast den troende älskar dem, och endast hycklaren hatar dem. Allah älskar den som älskar dem, och Allah hatar den som hatar dem.'"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som älskar al-Ansar, från Medinas invånare, visar på fullbordad tro. Detta då de prioriterade att hjälpa islam och profeten ﷺ. De arbetade hårt för att skydda muslimerna, ge dem trygghet, och spenderade sina egendomar och själar för Allahs sak. Att hata dem är därför ett tecken på hyckleri. Därefter förtydligade profeten ﷺ att den som älskar al-Ansar är älskad av Allah, och den som hatar dem är hatad av Allah.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>Detta visar al-Ansars otroliga förträfflighet, då kärlek till dem är ett tecken på tron och ett skydd mot hyckleri.
 Att älska Allahs nära tjänare och att stötta dem är ett sätt att uppnå Allahs kärlek.
 Förträffligheten av de första som antog och stöttade islam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3438</t>
   </si>
   <si>
-    <t>فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ</t>
+    <t>فتوضأ لهم وضوء النبي صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>varpå han bad om en vattenbehållare och tvagade sig på samma sätt som profeten ﷺ</t>
   </si>
   <si>
     <t>عَنْ يحيى بنِ عُمَارةَ المَازِنِيِّ قَالَ: شَهِدْتُ عَمْرَو بْنَ أَبِي حَسَنٍ سَأَلَ عَبْدَ اللَّهِ بْنَ زَيْدٍ، عَنْ وُضُوءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَدَعَا بِتَوْرٍ مِنْ مَاءٍ، فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَكْفَأَ عَلَى يَدِهِ مِنَ التَّوْرِ، فَغَسَلَ يَدَيْهِ ثَلاَثًا، ثُمَّ أَدْخَلَ يَدَهُ فِي التَّوْرِ، فَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثَلاَثَ غَرَفَاتٍ، ثُمَّ أَدْخَلَ يَدَهُ فَغَسَلَ وَجْهَهُ ثَلاَثًا، ثُمَّ غَسَلَ يَدَيْهِ مَرَّتَيْنِ إِلَى المِرْفَقَيْنِ، ثُمَّ أَدْخَلَ يَدَهُ فَمَسَحَ رَأْسَهُ، فَأَقْبَلَ بِهِمَا وَأَدْبَرَ مَرَّةً وَاحِدَةً، ثُمَّ غَسَلَ رِجْلَيْهِ إِلَى الكَعْبَيْنِ.</t>
   </si>
   <si>
     <t>Yahya bin 'Umarah al-Maziniyy sa: "Jag närvarade då 'Amr bin Abi Hasan frågade 'Abdullah bin Zayd om profetens ﷺ tvagning, varpå han bad om en vattenbehållare och tvagade sig på samma sätt som profeten ﷺ. Han hällde vatten från behållaren på handen och tvättade sina händer tre gånger. Sedan förde han in handen i vattenbehållaren, sköljde munnen och snöt näsan tre gånger. Därefter förde han in händerna och tvättade ansiktet tre gånger. Sedan tvättade han händerna till och med armbågarna tre gånger. Därefter förde han in händerna och strök huvudet fram och tillbaka en gång. Slutligen tvättade han fötterna, till och med anklarna."</t>
   </si>
   <si>
     <t>بَيَّنَ عبدُ الله بن زيدٍ رضي الله عنه كيفيةَ وضوءِ النبيِّ صلى الله عليه وسلم، بصورة فِعليَّة، 
 فطلب إناءً صغيرًا مِن ماء، 
 فبدأ أوّلًا بغسل كفيه، ثم أمال الإناء وصَبَّ مِن الماء فغسلهما ثلاثًا خارج الإناء، 
 ثم أَدخلَ يدَه في الإناء، فاغْتَرَفَ منه ثلاثَ غَرفات يتمضمض في كل غرفة ويستنشق ويستنثر، 
 ثم اغترف من الإناء فغسل وجهه ثلاث مرات، 
 ثم اغترف منه فغسل يديه إلى المرفقين مرتين مرتين، 
 ثم أدخل يديه في الإناء فمسح رأسه بيديه بَدَأَ بِمُقَدَّم رأسِهِ حتى وصل إلى قَفَاه أعلى الرقبة، ثم ردَّهما حتى وصل إلى المكان الذي بدأ منه، 
 ثم غسل رجليه مع الكعبين.</t>
   </si>
   <si>
     <t>'Abdullah bin Zayd (må Allah vara nöjd med honom) berättar om profetens ﷺ tvagning genom att själv demonstrera den. Han bad om en liten behållare med vatten, och började med att tvätta sina händer, så han böjde vattenbehållaren och hällde vatten på sina händer och tvättade dem tre gånger. Därefter placerade han sin hand i vattenbehållaren, tog vatten tre gånger varifrån han sköljde munnen och snöt näsan. Sedan tog han vatten ytterligare en gång för att tvätta ansiktet tre gånger. Därefter tog han vatten för att tvätta sina armar upp till och med armbågen tre gången. Sedan förde han in händerna i vattenbehållaren och därefter strök han huvudet tre gånger, med början från hårfästet ner till nackens ovandel, och sedan tillbaka till där han började. Slutligen tvättade han sina fötter upp till och med ankeln.</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
     <t>Lärarens undervisningssätt är det som påverkar förståelsen och kunskapens inverkan mest, och ett av de sätten är att lära ut genom att själv demonstrera.
 Det är tillåtet att upprepa tvättningen tre gånger på vissa kroppsdelar, två gånger på andra, och att minimum är en tvättning.
 Det är obligatoriskt att följa tvagningens ordningsföljd som den förekommit i denna Hadith.
 Det som räknas som ansiktet är från där hårfästet vanligtvis börjar, ner till hakan på längden, och från öra till öra på bredden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3444</t>
   </si>
   <si>
-    <t>إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ</t>
+    <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
   </si>
   <si>
     <t>'Det hade räckt om du hade gjort så här', och slog med sina handflator i marken en gång, strök vänster hand över den högra, strök sina händers ovansida och strök sitt ansikte</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
     <t>'Ammar bin Yasir (må Allah vara nöjd med honom) sa: Allahs sändebud ﷺ skickade mig på ett ärende. Jag blev sexuellt oren och hittade inget vatten, så jag rullade mig på marken, på samma sätt som djur gör. Jag kom därefter till profeten ﷺ och berättade för honom om detta, varpå han sa: 'Det hade räckt om du hade gjort så här', och slog med sina handflator i marken en gång, strök vänster hand över den högra, strök sina händers ovansida och strök sitt ansikte."</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Profeten ﷺ skickade 'Ammar bin Yasir (må Allah vara nöjd med honom) på en resa för ett ärende. Han hamnade i ett sexuellt orent tillstånd, antingen på grund av samlag eller utlösning, men fann inte vatten för att tvätta sig. Han kände inte till Tayammum (torr tvagning) för att lyfta det sexuella orena tillståndet, utan trodde enbart det kunde utföras vid ett mindre orent tillstånd. Därför försökte han komma fram till en slutsats på egen hand. Han tänkte att eftersom vissa kroppsdelar kunde strykas med jord för Tayammum vid ett mindre orent tillstånd, måste därför hela kroppen kunna strykas med jord vid ett större orent tillstånd, i motsvarighet med vattnets brukande. Han vände sig av den anledningen i jord, tills det nådde hela kroppen, varpå han bad. När han kom till profeten ﷺ nämnde han detta för honom, för att se om han hade resonerat rätt eller inte. Profeten ﷺ förklarade då för honom hur han skulle rena sig både från större och mindre orenlighet; mindre som efter urinering, större som vid ett orent tillstånd på grund av samlag. Han ska slå på jorden en gång, och sedan torka sin vänstra hand på sin högra, och på händernas ovandel och på ansiktet.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Vatten ska eftersökas innan Tayammum.
 Det är föreskrivet att göra Tayammum om man inte hittar vatten.
 Tayammum utförs för större såväl som mindre orenlighet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3461</t>
   </si>
   <si>
-    <t>قَارِبُوا وَسَدِّدُوا، وَاعْلَمُوا أَنَّهُ لَنْ يَنْجُوَ أَحَدٌ مِنْكُمْ بِعَمَلِهِ» قَالُوا: يَا رَسُولَ اللهِ وَلَا أَنْتَ؟ قَالَ: «وَلَا أَنَا، إِلَّا أَنْ يَتَغَمَّدَنِيَ اللهُ بِرَحْمَةٍ مِنْهُ وَفَضْلٍ</t>
+    <t>قاربوا وسددوا، واعلموا أنه لن ينجو أحد منكم بعمله قالوا: يا رسول الله ولا أنت؟ قال: ولا أنا، إلا أن يتغمدني الله برحمة منه وفضل</t>
   </si>
   <si>
     <t>Sträva efter att komma nära [målet], och sikta rätt. Och vet att ingen av er kommer att blir räddad [från helvetet] genom sina handlingar." De frågade: "Inte ens du, Allahs sändebud?" Han svarade: "Inte ens jag – om inte Allah innesluter mig i sin nåd och godhet</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَارِبُوا وَسَدِّدُوا، وَاعْلَمُوا أَنَّهُ لَنْ يَنْجُوَ أَحَدٌ مِنْكُمْ بِعَمَلِهِ» قَالُوا: يَا رَسُولَ اللهِ وَلَا أَنْتَ؟ قَالَ: «وَلَا أَنَا، إِلَّا أَنْ يَتَغَمَّدَنِيَ اللهُ بِرَحْمَةٍ مِنْهُ وَفَضْلٍ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Sträva efter att komma nära [målet], och sikta rätt. Och vet att ingen av er kommer att blir räddad [från helvetet] genom sina handlingar." De frågade: "Inte ens du, Allahs sändebud?" Han svarade: "Inte ens jag – om inte Allah innesluter mig i sin nåd och godhet."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم الصحابة على أنْ يعملوا، وأنْ يتقوا الله ما استطاعوا، دون غُلُوٍّ ولا تَقصير، وأن يقصِدوا بعملهم الصواب بالإخلاص لله واتّباع السنة لِيُقبَل عملُهم فتكون سببًا لنزول الرحمة عليهم.
 ثم أَخبرَهم بأنه لن يُنجيَ أحدًا منكم عملُه فقط؛ بل لا بد من رحمة الله.
 قالوا: حتى أنت يا رسول الله لا ينجيك عملُك مع عِظَمِ قدره؟ 
 فقال: حتى أنا، إلّا أن يَستُرَني اللهُ بفضل رحمته.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanade sina följeslagare att göra handlingar – att frukta Allah så gott de förmår, utan att överdriva eller vara för slappa. De skulle sikta mot det det som är rätt, med uppriktighet till Allah och genom att följa Sunnah, så att deras handlingar kunde bli accepterade och leda till att de får uppleva Allahs nåd över dem.
 Sedan informerade han dem att ingen kommer att räddas enbart genom sina handlingar – för att uppnå räddning behöver man Allahs nåd.
 De frågade: "Inte ens du, Allahs sändebud, trots din höga status?"
 Han svarade: "Inte ens jag – om inte Allah innesluter mig i sin godhet och nåd."</t>
   </si>
   <si>
     <t>قال النووي: (سدِّدوا وقاربوا): اطلبوا السدادَ، واعملوا به، وإن عَجَزْتُم عنه، فقارِبُوه؛ أي: اقربوا منه، والسداد: الصوابُ، وهو بين الإفراط والتفريط، فلا تَغْلُوا ولا تُقصِّروا.
 قال ابن باز: الأعمال الصالحة هي أسباب دخول الجنة، كما أنّ الأعمال الخبيثة هي أسباب دخول النار، والحديث يُبيِّنُ أنّ دخولَهم الجنة ليس بمجرَّد العمل، بل لا بد من عفو الله ورحمته سبحانه وتعالى، فهم دخلوها بأسباب أعمالهم، ولكن الذي أوجب ذلك رحمته سبحانه، وعفوه ومغفرته.
 العبد لا يَغتر ويُعجَب بعمله مهما بلغ؛ لأنّ حقَّ الله أعظم من عمله، فلا بد للعبد من الخوف والرجاء جميعًا.
 فضل الله ورحمته على عباده أوسع من أعمالهم.
 الأعمال الصالحة سبب لدخول الجنة، والفوز بها إنما هو بفضلِ الله ورحمة منه.
 قال الكرماني: "إذا كان كلُّ الناس لا يدخلون الجنة إلا برحمة الله، فوجْه تخصيص رسول الله صلى الله عليه وسلم بالذِّكْر هو أنه إذا كان مقطوعًا له بأنه يدخل الجنة، ولا يدخلها إلا برحمة الله؛ فغيرُه يكون في ذلك بطريق الأَولى.
  قال النووي: في معنى قوله تعالى: ﴿ادْخُلُوا الْجَنَّةَ بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [النحل: 32]، ﴿وَتِلْكَ الْجَنَّةُ الَّتِي أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [الزخرف: 72]، ونحوهما من الآيات الدالة على أن الأعمال يُدخَل بها الجنة، فلا يُعارِض هذه الأحاديثَ، بل معنى الآيات أن دخول الجنة بسبب الأعمال، ثم التوفيق للأعمال، والهداية للإخلاص فيها، وقَبُولها برحمة الله تعالى وفضله، فيصح أنه لم يدخل بمجرَّد العمل، وهو مراد الأحاديث، ويصح أنه دخل بالأعمال؛ أي: بسببها، وهي من الرحمة.
 قال ابن الجوزي: يتحصل عن ذلك أربعة أجوبة؛ الأول: أنَّ التوفيق للعمل من رحمة الله، ولولا رحمة الله السابقة ما حصل الإيمان ولا الطاعة التي يحصل بها النجاة، الثاني: أنّ منافع العبد لسيده فعمله مُستَحَقٌّ لمولاه، فمهما أنعم عليه من الجزاء فهو من فضله، الثالث: جاء في بعض الأحاديث أنّ نفس دخول الجنة برحمة الله، واقتسام الدرجات بالأعمال، الرابع: أنّ أعمال الطاعات كانت في زمن يسير، والثواب لا ينفد فالإنعام الذي لا ينفد في جزاء ما ينفد بالفضل لا بمقابلة الأعمال.
 قال الرافعي: أنّ العامل لا ينبغي أنْ يَتَّكِلَ على عَمَلِهِ في طلب النجاة ونيل الدرجات؛ لأنه إنما عَمل بتوفيق الله وإنما ترك المعصية بعصمة الله فكل ذلك بفضله ورحمته.</t>
   </si>
   <si>
     <t>Al-Nawawi sa: "Saddidu wa qaribu" innebär: Sikta rätt och agera därefter. Och om ni inte klarar det helt, så försök åtminstone komma så nära som möjligt. "Sadad" betyder det korrekta och balanserade – mellan överdrift och försumlighet.
 Ibn Baz förklarade att goda handlingar är orsaker till att man kommer till paradiset, precis som onda gärningar är orsaker till elden. Hadithen visar däremot att inträdet i paradiset inte sker enbart på grund av handlingar, utan kräver Allahs förlåtelse och barmhärtighet. De troende träder alltså in i den på grund av sina handlingar, men det huvudorsaken är Allahs förlåtelse och barmhärtighet.
 Tjänaren ska inte vara självbelåten över sina gärningar, oavsett hur omfattande de är, eftersom Allahs rättigheter över honom är större än något han kan leva upp till fullständigt. Han måste alltid balansera hopp med fruktan.
 Allahs nåd och förlåtelse är mer omfattande än vad människor kan uppnå med sina handlingar.
 Handlingarna är en orsak till paradiset, men den egentliga anledningen till att en troende träder in i den är genom Allahs nåd.
 Al-Kirmani sa: Om det är så att ingen träder in i paradiset utan Allahs nåd – inte ens profeten ﷺ som lovats paradiset – då är det ännu tydligare att detta gäller alla andra.
 Al-Nawawi sa: Verser som "Träd in i paradiset för vad ni brukade göra" [16:32] och "Detta är paradiset som ni har fått för vad ni brukade göra" [43:72] motsäger inte denna Hadith. De syftar på att handlingar är orsaken till inträde i paradiset, medan att handlingarna faktiskt utförs, accepteras och belönas är beroende av Allahs nåd. De troende träder alltså inte in i paradiset bara på grund av deras egna handlingar, vilket är vad Hadithen syftar på. Det kan även vara så att de träder in på grund av sina handlingar, vilket är en del av Allahs nåd.
 Ibn al-Jawzi nämner fyra förklaringar: 1. Att ges förmågan att ens utföra handlingar är i sig ett resultat av Allahs barmhärtighet. Om det inte vore för Allahs barmhärtighet, skulle ingen tro eller utföra de goda handlingar som leder till räddning. 2. Allting som en tjänare gör beror på sin Herre – handlingarna är alltså till Herrens fördel, och vilken kompensation han än förser tjänaren med är utifrån godhet. 3. En annan Hadith nämner att själva inträdet i paradiset sker genom Allahs nåd, medan nivån och graden i paradiset fördelas enligt handlingarna. 4. Våra handlingar sker under begränsad tid, men belöningen är evig. Därför är det inte en likt en vanlig byteshandel, utan ett uttryck för Allahs generositet.
 Al-Rafi'i sa: Den som utför handlingar bör inte förlita sig på sina handlingar för räddning eller höga rang i paradiset. Allt gott han gjort har skett genom Allahs hjälp och allt dåligt han lämnat har skett genom Allahs beskydd – därför är allt i grunden baserat på Allahs nåd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3469</t>
   </si>
   <si>
-    <t>إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ</t>
+    <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>'Om människor ser en förtryckare och inte stoppar honom, är det nära att Allah skickar ett straff som drabbar dem alla.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Abu Bakr as-Siddiq (må Allah vara nöjd med honom) sa: "Människor, ni läser denna vers: 'Troende! Ta vara på er själva. Så länge ni är vägledda kommer ni inte skadas av de som farit vilse', och jag hörde Allahs sändebud ﷺ säga: 'Om människor ser en förtryckare och inte stoppar honom, är det nära att Allah skickar ett straff som drabbar dem alla.'"</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Abu Bakr as-Siddiq (må Allah vara nöjd med honom) berättade att människor läser denna vers:
 "Troende! Ta vara på er själva. Så länge ni är vägledda kommer ni inte skadas av de som farit vilse" (5:105).
 De tolkar versen som att en person bara ska sträva efter att förbättra sig själv, och att det inte skadar honom om andra går vilse, och att de inte är förpliktigade att påbjuda det goda och förbjuda det onda!
 Han informerade dem att det inte är så, och att han hörde profeten ﷺ säga: att om människor ser en förtryckare och inte hindrar honom från att förtrycka, och de har möjlighet att hindra honom, är det nära att Allah straffar dem alla, den som begår ondskan och den som tiger om den.</t>
   </si>
   <si>
     <t>واجب المسلمين التناصح والأمر بالمعروف والنهي عن المنكر.
 عقاب الله العام يشمل الظالم لظلمه، ويشمل الساكت عن الإنكار إن كان قادرًا على الإنكار.
 تعليم العامة وإفهامهم النصوص القرآنية على الوجه الصحيح لها.
 أنه يجب على الإنسان العناية بفهم كتاب الله عز وجل، حتى لا يفهمه على غير ما أراد الله تعالى.
 الاهتداء لا يتحقق مع ترك الأمر بالمعروف والنهي عن المنكر.
 التفسير الصواب للآية: الزموا حفظ أنفسكم عن المعاصي، فإذا حفظتم أنفسكم لم يضركم إذا عجزتم عن الأمر بالمعروف والنهي عن المنكر ضلال من ضل بارتكاب المناهي إذا اهتديتم إلى اجتنابها.</t>
   </si>
   <si>
     <t>Muslimer måste ge varandra råd och påbjuda det goda och förbjuda det onda.
 Allahs straff drabbar både förtryckaren för hans förtryck, och den som tiger om det om han hade möjlighet att förhindra det.
 Att undervisa allmänheten och förklara Koranens verser utifrån deras korrekta tolkning.
 Det är nödvändigt för en person att lägga vikt vid att noggrant förstå Allahs bok så att man inte förstår den på ett annat sätt än vad Allah har avsett.
 Vägledning uppnås inte om man lämnar att påbjuda det goda och förbjuda det onda.
 Den korrekta tolkningen av versen är: Håll er till att skydda er själva från synder; om ni skyddar er själva kommer det inte att skada er om ni är oförmögna att påbjuda det goda och förbjuda det onda, när andra begår synder, så länge ni själva håller er borta från dem.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud, at-Tirmidhi, an-Nasa'i i al-Kubra, Ibn Majah och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3470</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>Den som garanterar mig att skydda det som är mellan hans käkar och det som är mellan hans ben, kommer jag att garantera paradiset</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Sahl bin Sa´d (må Allah vara nöjd med honom) berättade att profeten (sallallahu ´alayhi wa sallam) sade: "Den som garanterar mig att skydda det som är mellan hans käkar och det som är mellan hans ben, kommer jag att garantera paradiset".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) informerar om två saker i den här hadithen. Om en muslim slår vakt om dem får han komma in i paradiset.
 1. Att bevara tungan från att tala om det som leder till Allahs vrede.
 2. Att bevara könsorganet från otukt.
 Anledningen är att många synder sker på grund av dessa två organ.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Bevarandet av ens tunga och könsorgan är en av anledningarna som får en person att träda in i paradiset.
 Tungan och könsorganet specificerades eftersom de är de största orsakerna till varför människor utsätts för prövningar i detta liv och i det kommande.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3475</t>
   </si>
   <si>
-    <t>كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ،</t>
+    <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
     <t>Jag brukade utföra Ghusl med profeten ﷺ från samma kärl när vi båda befann oss i ett sexuellt orent tillstånd. När jag var menstruerande brukade han säga åt mig att ta på mig ett höftskynke, varpå jag gjorde det, och därefter hade han petting med mig</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>'A'ishah de troendes moder (må Allah vara nöjd med henne) sa: "Jag brukade utföra Ghusl med profeten ﷺ från samma kärl när vi båda befann oss i ett sexuellt orent tillstånd. När jag var menstruerande brukade han säga åt mig att ta på mig ett höftskynke, varpå jag gjorde det, och därefter hade han petting med mig. När han befann sig på I'tikaf brukade han sticka in huvudet till mig (i mitt rum), varvid jag tvättade det, samtidigt som jag var menstruerande."</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
     <t>'A'ishah de troendes moder (må Allah vara nöjd med henne) berättade om några av hennes intima stunder med profeten ﷺ. Hon brukade bland annat tvätta sig från sexuellt orent tillstånd med honom ﷺ från ett och samma kärl, varifrån de båda tog vatten. När han ﷺ ville vara närgången med henne då hon var menstruerande, brukade han säga åt henne att täcka området mellan naveln och knäna, varefter han var intim med henne utan att ha samlag. Han ﷺ brukade befinna sig i I'tikaf i moskén, och sticka ut sitt huvud från det in till 'A'ishahs rum varpå hon tvättade det.</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>Det är tillåtet för mannen och hans fru att tvätta sig från samma kärl.
 Det är tillåtet att vara intim med den menstruerande förutom penetrering, eftersom hennes kropp är ren.
 Det är rekommenderat att hon har något som täcker nedtill vid petting.
 Det är föreskrivet att vidta försiktighetsåtgärder för att inte falla in i det som är förbjudet.
 Det är förbjudet för den menstruerande att sitta i moskén.
 Det är tillåtet för den menstruerande att vidröra saker, oavsett om de är torra eller fuktiga, som att tvätta någons hår och kamma det.
 Profetens ﷺ fina uppförande med sin fru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3476</t>
   </si>
   <si>
-    <t>مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ</t>
+    <t>ما من نبي بعثه الله في أمة قبلي إلا كان له من أمته حواريون، وأصحاب يأخذون بسنته ويقتدون بأمره</t>
   </si>
   <si>
     <t>Varje profet som Allah har sänt till ett folk före mig hade lärjungar och följeslagare som höll fast vid hans väg och följde hans befallningar. Men efter dem kom generationer som talade utan att handla och handlade utan vägledning</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ، ثُمَّ إِنَّهَا تَخْلُفُ مِنْ بَعْدِهِمْ خُلُوفٌ يَقُولُونَ مَا لَا يَفْعَلُونَ، وَيَفْعَلُونَ مَا لَا يُؤْمَرُونَ، فَمَنْ جَاهَدَهُمْ بِيَدِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِلِسَانِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِقَلْبِهِ فَهُوَ مُؤْمِنٌ، وَلَيْسَ وَرَاءَ ذَلِكَ مِنَ الْإِيمَانِ حَبَّةُ خَرْدَلٍ».</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Varje profet som Allah har sänt till ett folk före mig hade lärjungar och följeslagare som höll fast vid hans väg och följde hans befallningar. Men efter dem kom generationer som talade utan att handla och handlade utan vägledning. Den som bekämpar dem med sin hand är troende. Den som bekämpar dem med sin tunga är troende. Den som bekämpar dem med sitt hjärta är troende. Utöver detta återstår inte ens en gnutta tro."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن نبيٍّ بعثَه الله في أمة قَبلَه إلا كان له مِن أمته أصفياء وأنصار ومجاهدون مخلصون، يَصْلحون للخِلافة بعده؛ يأخذون بِسنّته، ويقتدون بأمره، ثم يجيء بعد أولئك السلف الصالح أُناسٌ لا خيرَ فيهم؛ يقولون ما لا يفعلون، ويفعلون ما لا يؤمرون؛ فمَن جاهدَهم بيده فهو مؤمن، ومن جاهدهم بلسانه فهو مؤمن، ومن جاهدهم بقلبه فهو مؤمن، وليس وراء ذلك من الإيمان حَبَّةُ خَرْدَلٍ.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att varje profet som Allah har sänt till ett folk före honom hade utvalda följeslagare och hängivna anhängare. Dessa var trogna och uppriktiga i sin strävan och lämpade sig för att bära budskapet vidare efter profetens bortgång. De höll fast vid hans vägledning och följde hans befallningar. Men efter dem kom generationer som inte hade något gott i sig – de talade utan att handla och handlade utan vägledning. Profeten ﷺ klargör att den som motsätter sig dessa människor med sin hand, är troende. Den som motsätter sig dem med sin tunga, är också troende. Den som motsätter sig dem med sitt hjärta, är fortfarande troende. Men om en person inte ens har denna sista grad av motsättning, då återstår inte ens en gnutta tro i honom.</t>
   </si>
   <si>
     <t>الحث على مجاهدة المخالفين للشرع بأقوالهم وأفعالهم.
 عدم إنكار القلب للمنكر دليلٌ على ضَعْفِ الإيمان أو ذَهابِه.
 تيسير الله سبحانه وتعالى للأنبياء مَن يَحمِلُ رسالتَهم مِن بعدِهم.
 مَن أراد النجاة فعليه باتباع منهج الأنبياء؛ لأنَّ كل طريق سوى طريقهم هلاك وغواية.
 كلَّما بَعُد العهدُ مِن النبي صلى الله عليه وسلم وأصحابه رضي الله عنهم تَرَكَ الناس السُّنَنَ واتبعوا الأهواءَ وأَحَدَثُوا البِدَع.
 بيان مراتب الجهاد، وأنه باليد لمن يستطيع التغيير، كأولياء الأمور والحكَّام والأمراء، وبالقول يكون ببيان الحق والدعوة إليه، وبالقلب يكون بإنكار المنكر وعدم حُبِّه أو الرضا به.
 وجوب الأمر بالمعروف والنهي عن المنكر.</t>
   </si>
   <si>
     <t>Plikten att stå emot avvikelser från den rätta vägen, både i ord och handling.
 Att inte känna avsky mot det dåliga är ett tecken på att tron är svag eller har försvunnit helt.
 Allah har alltid utsett människor som för vidare profeternas budskap efter dem.
 Den som vill räddas bör hålla sig till profeternas väg, för alla andra vägar leder till villfarelse och undergång.
 Ju längre tid som går efter profetens tid, desto mer överges Sunnahn, och folk följer sina onda begär och inför innovationer i religionen.
 Hadithen tydliggör de olika nivåerna av Jihad. Det kan utföras med handen av de som har auktoritet och möjlighet att förändra, som ledare.
 Och kan utföras med tungan, genom att tala sanning och kalla till rättfärdighet.
 Och slutligen utföras med hjärtat genom att känna avsky och inte acceptera det onda.
 Plikten att påbjuda det goda och förhindra det onda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3480</t>
   </si>
   <si>
-    <t>سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ</t>
+    <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>Ni kommer att ha ledare [som gör vissa goda handlingar] som ni accepterar, [och som gör andra dåliga handlingar] som ni fördömer. Den som accepterar [de goda handlingarna] blir rentvådd, och den som fördömer [de dåliga handlingarna] har skonats. [Problemet är] han som behagas och följer</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>Umm Salamah, de troendes moder (må Allah vara nöjd med henne), berättade att Allahs sändebud ﷺ sa: "Ni kommer att ha ledare [som gör vissa goda handlingar] som ni accepterar, [och som gör andra dåliga handlingar] som ni fördömer. Den som accepterar [de goda handlingarna] blir rentvådd, och den som fördömer [de dåliga handlingarna] har skonats. [Problemet är] han som behagas och följer." De sa: "Allahs sändebud! Ska vi inte strida mot dem?" Han sa: "Nej, inte så länge de ber."</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att vi kommer att få ledare, vilka utför vissa handlingar som vi godkänner då de överensstämmer med religionen, och andra handlingar vi fördömer då de går emot religionen. Den som fördömer den dåliga handlingen med sitt hjärta, då han inte kan fördöma den öppet, har således skonats från synd och hyckleri. Den som har möjlighet att fördöma den dåliga handlingen med sin hand och sitt tal och gör det, har skonats från synd och från att vara någon som deltar i den dåliga handlingen. Den som däremot behagas av deras dåliga handling och följer dem i det, går under på samma sätt som de går under.
 Då frågade de profeten ﷺ om de inte ska bestrida de ledarna som är på detta sätt? Varpå han förbjöd dem från det, så länge som de etablerar bönen bland dem.</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Bland det som tyder på profetens ﷺ sanna profetia är att han berättar om dolda och framtida händelser som sedan inträffar så som han har sagt.
 Det är inte tillåtet att vara nöjd med det dåliga eller att delta i det, snarare måste det fördömas.
 Om ledare introducerar något som går emot religionen är det inte tillåtet att lyda dem i det.
 Det är inte tillåtet att göra uppror mot de muslimska ledarna eftersom det leder till kaos, blodsspill och att säkerheten riskeras. Att uthärda de fel som syndiga ledare gör och att ha tålamod med deras dåliga sidor leder till en mindre skada än det tidigare.
 Bönen har en betydelsefull roll då den är skillnaden mellan otro och islam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3481</t>
   </si>
   <si>
-    <t>أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي</t>
+    <t>أعطيت خمسا لم يعطهن أحد قبلي</t>
   </si>
   <si>
     <t>Jag har fått fem gåvor som ingen före mig har fått</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي: نُصِرْتُ بِالرُّعْبِ مَسِيرَةَ شَهْرٍ، وَجُعِلَتْ لِي الأَرْضُ مَسْجِدًا وَطَهُورًا، فَأَيُّمَا رَجُلٍ مِنْ أُمَّتِي أَدْرَكَتْهُ الصَّلاَةُ فَلْيُصَلِّ، وَأُحِلَّتْ لِي المَغَانِمُ، وَلَمْ تَحِلَّ لِأَحَدٍ قَبْلِي، وَأُعْطِيتُ الشَّفَاعَةَ، وَكَانَ النَّبِيُّ يُبْعَثُ إِلَى قَوْمِهِ خَاصَّةً وَبُعِثْتُ إِلَى النَّاسِ عَامَّةً».</t>
   </si>
   <si>
     <t>Jabir ibn 'Abdullah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Jag har fått fem gåvor som ingen före mig har fått: Jag har segrat genom att skräck har ingjutits i mina fienders hjärtan på en månads avstånd. Jorden har gjorts till en plats för bön och en reningskälla för mig, så varhelst någon från mitt samfund befinner sig när bönen infaller, kan han be. Krigsbyte har tillåtits för mig, vilket inte var tillåtet för någon före mig. Jag har fått tillåtelse att utföra förbönen. Tidigare sändes varje profet enbart till sitt folk, men jag har sänts till hela mänskligheten."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله أعطاه خمسَ خصالٍ لم يُعْطَهُنَّ أحدٌ مِن الأنبياء قبله: 
 أولًا: نُصِرْتُ بالرُّعْب يُقذَف في قُلوب أعدائي ولو كان بيني وبينهم مَسِيْرَة شهر. 
 ثانيًا: جُعِلَت لنا الأرضُ مسجدًا نُصلِّي أينَما كُنَّا، وطَهُورًا بالتُّراب عند العَجْز عن الماء. 
 ثالثًا: أُحِلَّتْ لنا غَنائمُ الحَرْب، وهي التي يأخذُها المسلمون في حربِهم مع الكفار. 
 رابعًا: أُعْطِيْتُ الشَّفاعَة العُظْمَى في إراحة الناس مِن هَوْلِ مَوْقِفِ يوم القيامة. 
 خامسًا: أُرسِلْتُ إلى الخَلْق كافة إنسِهم وجنِّهم، بخلاف الأنبياء قبله فكانوا يبعثون إلى أقوامهم فقط.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah har gett honom fem särskilda gåvor som ingen annan profet före honom fått:
 1. Seger genom skräck: Allah ingjuter fruktan i hans fienders hjärtan, även om de befinner sig en månads resa bort.
 2. Jorden är en plats för bön och rening: Hela jorden är en plats för bön för muslimer, och vid brist på vatten är rening genom Tayammum (tvagning med jord) tillåten.
 3. Krigsbyte är tillåtet: Krigsbyte har tillåtits för muslimer, vilket är det som muslimer tar från de otrogna efter strid.
 4. Profeten ﷺ har fått rätt till att utföra den största formen av förbön för att befria människorna från domedagens svåra omständigheter.
 5. Hans budskap är universellt: Medan tidigare profeter endast sändes till sina egna folk, är profeten Muhammed ﷺ sänd till hela mänskligheten, både människor och djinner.</t>
   </si>
   <si>
     <t>مشروعية تَعديد العبد لِنِعَم الله عليه إخبارًا بها وشُكرًا لله عليها.
 فضل الله عز وجل على هذه الأمة وعلى نبيِّها بهذه الخِصال.
 وجوب فعل الصلاة في وقتِها على أيِّ حالٍ كانت، ويَفعل ما يَقدر عليه من شروطها وأركانها وواجباتها.
 الشفاعة التي اختص بها النبي صلى الله عليه وسلم من بين الأنبياء، أنواع؛ أحدها: شفاعته للخلق في فَصْلِ القَضَاء بينهم، ومنها: شفاعته في دخول أهل الجنة الجنة، ومنها: شفاعته خاصة في عمِّه أبي طالب في تخفيف النار عنه لا في الخروج؛ لأنه مات كافرًا.
 خِصال للنبي صلى الله عليه وسلم كثيرة لم تُذْكَر في هذا الحديث ومنها: أُعْطِيَ جوامع الكلم، وخُتِمَ به النبيُّون، وجُعلت صفوفُنا كصفوف الملائكة وغيرها من الخصال.</t>
   </si>
   <si>
     <t>Det är tillåtet att nämna de välsignelser som Allah har skänkt en som ett uttryck för tacksamhet.
 Dessa gåvor visar profetens ﷺ unika ställning och den ära som Allah har skänkt honom och hans samfund.
 Bönen måste utföras i dess utsatta tid med alla dess villkor, pelare och obligatoriska moment, och man ska utföra den efter sin förmåga oavsett plats eller omständigheter.
 De olika former av förböner som endast profeten Muhammad ﷺ och ingen annan profet får utföra är av olika slag: 1. Förbönen för att Allah ska börja döma skapelsen på domedagen. 2. Hans förbön för att de troende ska få inträde till paradiset. 3. Hans unika förbön för att hans farbror Abu Talib ska få lindrigare straff i elden, men inte befrias från det, eftersom han dog som otrogen.
 Profeten ﷺ hade fler särdrag än de som nämns i denna Hadith, såsom: 1. Han gavs förmågan att uttrycka mycket innebörd med få ord (Jawamiʿ al-Kalim). 2. Han är den sista profeten, efter vilken ingen annan profet kommer. 3. Muslimska bönesamlingar har gjorts lika ordnade som änglarnas led i dyrkan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3503</t>
   </si>
   <si>
-    <t>بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ</t>
+    <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>Jag gav Allahs sändebud ﷺ trohetseden om vittnesmålet att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud, att förrätta bönen, att ge allmosa, att lyssna och lyda (ledarna), och att vilja varje muslim väl</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
     <t>Jabir bin 'Abdillah (må Allah vara nöjd med honom) sa: "Jag gav Allahs sändebud ﷺ trohetseden om vittnesmålet att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud, att förrätta bönen, att ge allmosa, att lyssna och lyda (ledarna), och att vilja varje muslim väl."</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
     <t>Följeslagaren Jabir bin 'Abdillah (må Allah vara nöjd med honom) berättade att han gav profeten ﷺ en ed om tro och lydnad att enbart dyrka Allah, förrätta de fem obligatoriska bönerna under dygnet med dess villkor, pelare och obligatoriska samt rekommenderade moment. Och att ge den föreskrivna allmosan, vilket är en obligatorisk finansiell dyrkan. Allmosan tas från de rika och ges till de som förtjänar den, så som de fattiga och med flera. Och att lyda ledarna, samt att vilja väl för varje muslim, genom att vara mån om att gynna alla, bidra till gott, och skydda dem från verbal såväl som fysisk skada.</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>Bönen och allmosans vikt, och de är från islams pelare.
 Vikten av att vilja väl och ge goda råd till muslimer, så pass att Allahs sändebud ﷺ tog följeslagarnas trohetsed om det.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3512</t>
   </si>
   <si>
-    <t>لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ</t>
+    <t>لا تدعن في دبر كل صلاة تقول: اللهم أعني على ذكرك وشكرك وحسن عبادتك</t>
   </si>
   <si>
     <t>, att aldrig låta bli att säga i slutet av varje bön: 'Allahumma a'inni 'ala dhikrika wa shukrika wa husni 'ibadatika' (Allah! Hjälp mig att minnas dig, tacka dig och dyrka dig på bästa sätt)</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه: أَنَّ رَسُولَ صَلَّى عَلَيْهِ وَسَلَّمَ أَخَذَ بِيَدِهِ، وَقَالَ: «يَا مُعَاذُ، وَاللَّهِ إِنِّي لَأُحِبُّكَ»، فَقَالَ: «أُوصِيكَ يَا مُعَاذُ لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ».</t>
   </si>
   <si>
     <t>Mu'adh ibn Jabal (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ tog hans hand och sa: "Mu'adh, vid Allah! Jag älskar verkligen dig." Sedan sa han: "Jag råder dig, Mu'adh, att aldrig låta bli att säga i slutet av varje bön: 'Allahumma a'inni 'ala dhikrika wa shukrika wa husni 'ibadatika' (Allah! Hjälp mig att minnas dig, tacka dig och dyrka dig på bästa sätt)."</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Profeten ﷺ tog Mu'adhs hand och sa till honom: "Vid Allah! Jag älskar verkligen dig. Jag råder dig, Mu'adh, att aldrig låta bli att säga i slutet av varje bön: 'Allahumma a'inni 'ala dhikrika' – Be om hjälp att minnas Allah genom ord och handlingar som leder till lydnad. 'Wa shukrika' – Be om hjälp att tacka Allah, både vid förekomsten av välsignelser och när svårigheter avvärjs. 'Wa husni 'ibadatika' – Be om hjälp att dyrka Allah uppriktigt och i enlighet med profetens vägledning.</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>Det är föreskrivet att berätta för någon att man älskar den för Allahs skull.
 Det är rekommenderat att säga denna åkallan i slutet av varje obligatorisk och frivillig bön.
 Trots att denna åkallan endast består av ett fåtal ord är den omfattande och innehåller det viktigaste för både detta liv och det nästa.
 Kärlek för Allahs skull bör resultera i att ge varandra goda råd och uppmana till rättfärdighet.
 Al-Tibi sa: "Att minnas Allah skänker hjärtat frid, att tacka honom är vägen till hans välsignelser, och att dyrka honom på bästa sätt innebär att distansera sig från allt som distraherar från honom."</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3518</t>
   </si>
   <si>
-    <t>اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ</t>
+    <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>'Frukta er Herre, be era fem böner, fasta er månad, ge allmosa från era egendomar, lyd era ledare, och ni kommer att träda in i er Herres paradis.'</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Abu Umamah (må Allah vara nöjd med honom) sa: "Under avskedsvallfärden hörde jag Allahs sändebud ﷺ säga: 'Frukta er Herre, be era fem böner, fasta er månad, ge allmosa från era egendomar, lyd era ledare, och ni kommer att träda in i er Herres paradis.'"</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ höll en predikan på 'Arafah-dagen under avskedsvallfärden, år tio av Hijrah. Den kallades för avskedsvallfärden, eftersom han ﷺ sa farväl till människorna under den. Han beordrade människorna att frukta deras Herre, genom att tillämpa hans påbud och undvika hans förbud. Och att de skulle förrätta de fem bönerna som Allah har förpliktigat under dygnet. Och att de skulle fasta under månaden Ramadan. Och att de skulle ge allmosa från deras egendomar till dem som förtjänar den, och att de inte undanhåller från att ge den. Och att de lyder dem som Allah har placerat som ledare över dem, i det som inte innefattar olydnad till Allah. Den som gör det tidigare nämnda, kommer att belönas med inträde till paradiset.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Dessa handlingar är anledningar till inträde till paradiset.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3520</t>
   </si>
   <si>
-    <t>لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ</t>
+    <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>Allah accepterar inte någon av era böner efter att hans tvagning har brutits, förrän han tvagar sig</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Allah accepterar inte någon av era böner efter att hans tvagning har brutits, förrän han tvagar sig."</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att från den accepterade bönens villkor är renlighet. Därför måste den som vill be tvaga sig om han har brutit sin tvagning genom att ha utfört sina behov, sovit eller annat.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Den personen som befinner sig i ett rituellt orent tillstånd (Hadath) får inte sin bön accepterad förrän han renar sig från större rituell orenlighet genom att utföra Ghusl (större rituell tvagning), eller från mindre rituell orenlighet genom att utföra Wudhu (mindre rituell tvagning).
 Wudhu innebär att personen tar vatten och sköljer sin mun med det och sedan spottar ut det. Han för sedan in vatten genom  näsan och fräsa ut den. Därefter tvättar han ansiktet tre gånger, sedan armar fram till armbåge tre gånger, därefter torkar han hela huvudet en gång för att slutligen tvätta fötterna fram till ankeln tre gånger.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3534</t>
   </si>
   <si>
-    <t>قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ</t>
+    <t>قال الله: كل عمل ابن آدم له، إلا الصيام، فإنه لي وأنا أجزي به</t>
   </si>
   <si>
     <t>Allah säger: 'Varje handling som Adams avkomma gör är för honom själv, utom fastan – den är för mig, och jag belönar den</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ، وَالصِّيَامُ جُنَّةٌ، وَإِذَا كَانَ يَوْمُ صَوْمِ أَحَدِكُمْ فَلاَ يَرْفُثْ وَلاَ يَصْخَبْ، فَإِنْ سَابَّهُ أَحَدٌ أَوْ قَاتَلَهُ، فَلْيَقُلْ إِنِّي امْرُؤٌ صَائِمٌ، وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ، لَخُلُوفُ فَمِ الصَّائِمِ أَطْيَبُ عِنْدَ اللَّهِ مِنْ رِيحِ المِسْكِ، لِلصَّائِمِ فَرْحَتَانِ يَفْرَحُهُمَا: إِذَا أَفْطَرَ فَرِحَ، وَإِذَا لَقِيَ رَبَّهُ فَرِحَ بِصَوْمِهِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah säger: 'Varje handling som Adams avkomma gör är för honom själv, utom fastan – den är för mig, och jag belönar den. Fastan är en sköld. När någon av er fastar en dag, ska han inte tala oanständigt eller högljutt gräla. Om någon förolämpar honom eller vill slåss med honom, låt honom då säga: "Jag fastar." Vid han i vars hand Muhammeds själ vilar! Den fastandes andedräkt är mer väldoftande hos Allah än doften av mysk. Den fastande har två glädjestunder: en när han bryter sin fasta, och en när han möter sin Herre – då gläds han över sin fasta.'”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول في الحديث القدسي: 
 كل عمل ابن آدم يُضاعَف الحسنةُ بعشرِ أمثالها إلى سبعمائة ضعف، إلا الصيام؛ فإنه لي حيث لا يقع فيه الرياء، وأنا أجزي به فأَنْفَرِد بِعلِم مِقدار ثوابه وتضعيف حسناته. 
 ثم قال: (والصيام جُنّة) ووقاية وسِتْر وحِصْن حَصِيْن مِن النار؛ لأنه إمساك عن الشهوات والوقوع بالآثام، والنارُ مَحْفُوفة بالشهوات. 
 (فإذا كان يوم صوم أحدكم فلا يرفث) بالجماع ومُقَدِّماته، ولا بالكلام الفاحش مطلقًا. 
 (ولا يَصخب) بالخِصَام والصِّياح. 
 (فإنْ سابّه أحد أو قاتله) في رمضان فليقل: إني امرؤٌ صائم؛ لعله يكف عنه، فإنْ أصرَّ إلا المقاتلة حقيقة دَفَعَهُ بالأخفِّ فالأخف كالصَّائل. 
 ثم حَلَف صلى الله عليه وسلم وأقسم بالذي نفسه بيده أنَّ تَغَيُّرَ رائحةِ فمِ الصائم بسبب الصيام أطيبُ عند الله يوم القيامة من ريح المِسْك عندكم، وأكثر ثوابًا من المسك المندوب إليه في الجُمَع ومجالس الذكر. 
 وللصائم فرحتان يفرحهما: إذا أفطر فَرِح بفطره بزوال جوعه وعطشه حيث أُبِيْحَ له الفطر، وفَرِحَ بتمام صومه وخاتمة عبادته، وتخفيف من ربه، ومعونة على مستقبل صومه. 
 (وإذا لقي ربه فرح بصومه) بجزائه وثوابه.</t>
   </si>
   <si>
     <t>Profeten ﷺ återger i denna gudomliga Hadith att Allah har sagt:
 Alla goda handlingar mångdubblas i belöning, från tio till sju hundra gånger, utom fastan, vars belöning endast Allah känner till. Eftersom fastan är fri från yttre handlingar och risk för Riya' (skrytsam fromhet, högmod i dyrkan), förblir den en ren handling mellan tjänaren och Allah.
 "Fastan är en sköld" – den skyddar en person från synd och elden, eftersom den dämpar onda begär och håller människan borta från synder, medan elden omges av onda begär.
@@ -4623,268 +4623,268 @@
   </si>
   <si>
     <t>فضل الصيام وأنه يحفظ صاحبَه في الدنيا من الشهوات، وفي الآخرة من عذاب النار.
 من آداب الصوم ترك الكلام الفاحش واللَّغَط، والصبر على أذَى الناس ومقابلة إساءتهم بالصبر والإحسان.
 الصائم أو العابد إذا فَرِح بسبب إكمال عبادته والانتهاء منها لم ينقص ذلك من أجره في الآخرة.
 الفرحة الكاملة هي بلقاء الله تعالى، عندما يُوَفَّى الصابرون والصائمون أجرهم بغير حساب.
 إعلام الناس بالطاعة عند الحاجة والمصلحة ليس من الرياء لقوله: (إني صائم).
 الصائم الكامل صومه هو الذي صامت جوارحه عن الآثام، ولسانه عن الكذب والفحش، وقول الزور، وبطنه عن الطعام والشراب.
 تأكيد النهي عن الصَّخَب والخِصام والصِّياح حالَ الصوم، وإلا فَغَيْرُ الصائم مَنهيٌّ عن ذلك أيضًا.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، مِن التَّعَبُّد بتلاوته والطهارة له والتَّحَدِّي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Fastan skyddar en person från synd i detta liv och från straff i det nästa.
 Under fastan bör man avhålla sig från grova ord, onödigt bråk och ilska, och istället ha tålamod med människors dåliga beteende och bemöta deras brister med överseende och vänlighet.
 Att glädjas över att ha avslutat och fullbordat en handling av dyrkan minskar inte dess belöning i nästa liv.
 Den fullkomliga glädjen uppstår vid mötet med Allah, då han belönar de tålmodiga fastande tjänarna med obegränsad belöning.
 Att informera andra om ens handling av dyrkan och fasta i ett sammanhang där det har en god anledning är inte Riya' (skrytsamhet), baserat på hans uttalande: "Jag fastar."
 Den fullkomliga fastan innebär att inte bara magen avstår från mat och dryck, utan att även kroppens lemmar avstår från synder, tungan från lögn och oanständigt tal och bedrägeri.
 Det är extra viktigt att undvika bråk, tjafs och skrik under fastan, men även något som personer som inte fastar också ska undvika.
 Profeten ﷺ återberättar denna Hadith från sin Herre, och den kallas för Hadith Qudsi (gudomlig Hadith). Dessa Hadithers ordval och innebörd är från Allah, men de skiljer sig från Koranen som saknar liknande motstycke och vars recitation är en form av dyrkan. Personen som läser Koranen bör även vara i ett rent tillstånd, och Koranen är en utmaning (för andra att framställa något liknande) och mirakulös, med mera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3546</t>
   </si>
   <si>
-    <t>إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا</t>
+    <t>إذا لقي أحدكم أخاه فليسلم عليه، فإن حالت بينهما شجرة أو جدار أو حجر ثم لقيه فليسلم عليه أيضا</t>
   </si>
   <si>
     <t>När någon av er möter sin broder, ska han hälsa på honom. Och om en trädstam, en vägg eller en sten skiljer dem åt och de möts igen, ska han hälsa på honom en gång till</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "När någon av er möter sin broder, ska han hälsa på honom. Och om en trädstam, en vägg eller en sten skiljer dem åt och de möts igen, ska han hälsa på honom en gång till."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المُسلمَ بالسلام على أخيه المسلمِ كلّما لَقِيَه، حتى وإنْ كانا يَسيران معًا وفَصَلَ بينهما فاصلٌ كشجرة أو جِدار أو حَجَر كبير، ثم لقيه بعدُ فلْيسلِّم عليه مرة أخرى.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmuntrar muslimer att hälsa på sina bröder i tron varje gång de möts, även om de redan har hälsat på varandra. Om de går tillsammans och något, som ett träd, en vägg eller en stor sten, tillfälligt skiljer dem åt och de sedan möts igen, bör de återigen hälsa på varandra.</t>
   </si>
   <si>
     <t>استحباب إفْشاء السلام، وأنْ يُكَرَّر عند كل تَغَيُّر حال.
 شدَّة حرصِه صلى الله عليه وسلم على إفشاء سنة السلام والمبالغة فيه؛ لما فيه من جَلْبِ المودّة والأُلفة بين المسلمين.
 السلام هو قول: (السلام عليكم) أو (السلام عليكم ورحمة الله وبركاته)، غير المصافحة التي تَحدُث عند التلاقي أول مرة.
 السلام دعاء، والمسلمون بحاجة إلى أن يدعو بعضهم لبعض ولو تَكرَّر ذلك.</t>
   </si>
   <si>
     <t>Det rekommenderas att sprida fredshälsningen och att upprepa den vid när det skett någon förändring i ens tillstånd.
 Profetens starka betoning på att sprida hälsningen och att vara väldigt noga med den, eftersom det skapar kärlek och samhörighet mellan muslimer.
 Hälsningen består av orden "Al-Salamu 'alaykum" eller "Al-Salamu 'alaykum wa rahmatullahi wa barakatuh", medan handskakning endast sker vid det första mötet.
 Att hälsa är en form av bön för den man hälsar på. Muslimer bör be för varandra genom hälsningen, även om det sker upprepade gånger.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3552</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Om tjänaren blir sjuk eller reser får han samma belöning som han brukade få då han var hemmastadd och frisk</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Abu Musa al-Ash´ari (må Allah vara nöjd med honom) berättade att Allahs sändebud (sallallahu ´alayhi wa sallam) har sagt: "Om tjänaren blir sjuk eller reser får han samma belöning som han brukade få då han var hemmastadd och frisk".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) berättar om Allahs godhet och nåd. Om en muslim har som vana att göra goda handlingar när han är frisk och hemmavid, men sedan får en ursäkt som att han blir sjuk och inte kan göra handlingarna eller blir upptagen med resa eller någon annan anledning, får han ändå sin fulla belöning så som han brukade få när han var frisk och hemmavid.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Detta visar Allahs oerhörda godhet mot Sina tjänare.
 Detta är en uppmaning till att sträva efter att göra goda handlingar och att ta vara på tiden när man är frisk och har fritid.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3553</t>
   </si>
   <si>
-    <t>اللهُمَّ أَعُوذُ بِرِضَاكَ مِنْ سَخَطِكَ، وَبِمُعَافَاتِكَ مِنْ عُقُوبَتِكَ، وَأَعُوذُ بِكَ مِنْكَ لَا أُحْصِي ثَنَاءً عَلَيْكَ أَنْتَ كَمَا أَثْنَيْتَ عَلَى نَفْسِكَ</t>
+    <t>اللهم أعوذ برضاك من سخطك، وبمعافاتك من عقوبتك، وأعوذ بك منك لا أحصي ثناء عليك أنت كما أثنيت على نفسك</t>
   </si>
   <si>
     <t>'Allah! Jag söker skydd hos din belåtenhet från din vrede, hos din förlåtelse från ditt straff. Jag söker skydd hos dig från dig själv. Jag kan inte räkna ditt lov; du är på det vis som du har prisat dig själv.'</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: فَقَدْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لَيْلَةً مِنَ الْفِرَاشِ فَالْتَمَسْتُهُ فَوَقَعَتْ يَدِي عَلَى بَطْنِ قَدَمَيْهِ وَهُوَ فِي الْمَسْجِدِ وَهُمَا مَنْصُوبَتَانِ، وَهُوَ يَقُولُ: «اللهُمَّ أَعُوذُ بِرِضَاكَ مِنْ سَخَطِكَ، وَبِمُعَافَاتِكَ مِنْ عُقُوبَتِكَ، وَأَعُوذُ بِكَ مِنْكَ لَا أُحْصِي ثَنَاءً عَلَيْكَ أَنْتَ كَمَا أَثْنَيْتَ عَلَى نَفْسِكَ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) sa: "En natt märkte jag att Allahs sändebud ﷺ inte var i sängen, så jag började leta efter honom. Då rörde min hand hans fotsulor – han befann sig i bön och hans fötter var resta – och han sa: 'Allah! Jag söker skydd hos din belåtenhet från din vrede, hos din förlåtelse från ditt straff. Jag söker skydd hos dig från dig själv. Jag kan inte räkna ditt lov; du är på det vis som du har prisat dig själv.'"</t>
   </si>
   <si>
     <t>قالت عائشة رضي الله عنها: كنت نائمة إلى جنب النبي صلى الله عليه وسلم، ففقدته من الليل، فلمست بيدي الموضع الذي كان يصلي فيه في الحجرة؛ فإذا هو ساجد وقدماه قائمتان، وإذا هو يقول: 
 (أعوذ) وأتوسل (برضاك من سخطك) عليّ أو على أمتي، (و) أستعيذ (بمعافاتك) وعفوك الكثير (من عقوبتك)، 
 (وأعوذ بك منك) وبصفات جمالك من صفات جلالك، حيث لا يُعيذ منك إلا أنت، فلا مَنْجَى ولا مَلْجَأ من الله إلا إليه، 
 (لا أحصي ثناء عليك) لا أطيق ولا أبلغ حصرًا وعددًا لعجزي إحصاء نعمتك وإحسانك كما تستحقه وإن اجتهدت في ذلك، 
 (أنت كما أثنيت على نفسك) فأنت الذي أثنيت على ذاتك ثناء يليق بك، فمن يقدر على أداء حق ثنائك؟!</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättar att hon låg bredvid profeten ﷺ en natt. När hon märkte att han inte längre låg kvar, började hon känna sig omkring i rummet där han brukade be. Då fann hon honom i Sujud med fötterna resta, och han bad med följande ord:
 "Jag söker skydd hos din belåtenhet från din vrede" – jag vädjar till din belåtenhet som en tillflykt från att du skulle bli arg på mig eller på mitt samfund. "Och hos din förlåtelse från ditt straff" – jag söker skydd hos din omfattande nåd och överseende från att drabbas av ditt straff. "Jag söker skydd hos dig från dig själv" – jag söker skydd i dina vackra egenskaper från dina majestätiska egenskaper. Det är endast du som kan skydda från dig. Ingen annan kan erbjuda skydd mot din makt, utan det kan bara du göra. "Jag kan inte räkna ditt lov" – jag är oförmögen att prisa dig så som du förtjänar; dina välsignelser och välgärningar är för många för att kunna räknas fullt ut, även om jag anstränger mig. "Du är på det vis som du har prisat dig själv" – endast du kan prisa dig själv på det sätt som är dig värdigt. Ingen människa kan ge dig det erkännande och den lovprisning du förtjänar.</t>
   </si>
   <si>
     <t>استحباب هذه الأدعية في السجود.
  قال ميرك: وفي إحدى روايات النسائي: كان يقول هذا الدعاء إذا فرغ من صلاته وتبوأ مضجعه.
 استحباب الثناء على الله بصفاته ودعائه بأسمائه الثابتة في الكتاب والسنة.
 فيه تعظيم الخالق في الركوع والسجود.
 جواز الاستعاذة بصفات الله، كما يجوز الاستعاذة بذاته -سبحانه وتعالى-.
 قال الخطابي: في هذا الكلام معنى لطيف، وهو: أنه قد استعاذ بالله أن يجيره برضاه من سخطه، وبمعافاته من عقوبته، والرضى والسخط ضدان متقابلان، وكذلك المعافاة والمؤاخذة بالعقوبة، فلما صار إلى ذكر ما لا ضد له وهو الله سبحانه وتعالى استعاذ به منه لا غير، ومعنى ذلك: الاستغفار من التقصير من بلوغ الواجب من حق عبادته، والثناء عليه. وقوله: لا أحصي ثناء عليك: أي لا أطيقه ولا أبلغه.</t>
   </si>
   <si>
     <t>Det är rekommenderat att säga denna åkallan i Sujud.
 Enligt en annan version hos al-Nasa'i sa profeten ﷺ denna åkallan efter att ha avslutat sin bön och lagt sig på sin sovplats.
 Det är rekommenderat att prisa Allah genom att nämna hans egenskaper och namn som återfinns i Koranen och Sunnan.
 Hadithen visar vikten av att förhärliga Allah i Ruku' och Sujud.
 Det är tillåtet att söka skydd hos Allah genom hans egenskaper, liksom det är tillåtet att söka skydd hos hans väsen.
 Al-Khattabi sa: Det finns en underliggande betydelse i detta uttalande – profeten ﷺ sökte skydd hos Allahs belåtenhet från hans vrede, och hos hans förlåtelse från hans straff. Eftersom belåtenhet och vrede är varandras motsatser, och så även förlåtelse och straff, så nämnde han dem parvis. Men när han sedan kom till det som inte har någon motsats – nämligen Allah själv – sökte han skydd hos Allah från Allah. Det innebär ett erkännande av oförmåga inför att uppfylla hans rättigheter, och att även lovprisningen av honom är något man inte kan ge rättvisa åt. Orden "Jag kan inte räkna ditt lov" betyder att det ligger bortom människans förmåga att uttrycka Allahs rättmätiga upphöjdhet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3566</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Den bästa åminnelsen är 'La ilaha illallah' (det finns ingen sann gud utom Allah) och den bästa tillbedjan är 'alhamdulillah' (all tacksamhet tillkommer Allah)</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Jabir (må Allah vara nöjd med honom) sa att han hörde Allahs sändebud (sallallahu ´alayhi wa sallam) säga: "Den bästa åminnelsen är 'La ilaha illallah' (det finns ingen sann gud utom Allah) och den bästa tillbedjan är 'alhamdulillah' (all tacksamhet tillkommer Allah)".</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) informerar oss om att den bästa åminnelsen är "La ilaha illallah", vilket betyder att det inte finns någon som dyrkas i sanning utom Allah. Den bästa tillbedjan är "alhamdulillah", som är ett erkännande av att det är Allah som skänker alla välsignelser och att det är Han som har den perfekta och vackra beskrivningen.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Detta är en uppmaning att minnas Allah, ofta, genom monoteismens uttryck, och att tillbe honom genom att prisa Honom.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[Återberättad av at-Tirmidhi, an-Nasa'i i al-Kubra och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3567</t>
   </si>
   <si>
-    <t>أَلاَ أُخْبِرُكُمْ بِأَهْلِ الجَنَّةِ؟ كُلُّ ضَعِيفٍ مُتَضَعِّفٍ، لَوْ أَقْسَمَ عَلَى اللَّهِ لَأَبَرَّهُ، أَلاَ أُخْبِرُكُمْ بِأَهْلِ النَّارِ: كُلُّ عُتُلٍّ جَوَّاظٍ مُسْتَكْبِرٍ</t>
+    <t>ألا أخبركم بأهل الجنة؟ كل ضعيف متضعف، لو أقسم على الله لأبره، ألا أخبركم بأهل النار: كل عتل جواظ مستكبر</t>
   </si>
   <si>
     <t>Vill ni att jag berättar för er vilka som är paradisets invånare? Det är varje ödmjuk och ringaktad person – om han svor en ed vid Allah, skulle Allah uppfylla den. Vill ni att jag berättar för er vilka som är helvetets invånare? Det är varje elak, högfärdig och arrogant människa</t>
   </si>
   <si>
     <t>عَنْ حَارِثَةَ بْنِ وَهْبٍ الخُزَاعِيِّ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَلاَ أُخْبِرُكُمْ بِأَهْلِ الجَنَّةِ؟ كُلُّ ضَعِيفٍ مُتَضَعِّفٍ، لَوْ أَقْسَمَ عَلَى اللَّهِ لَأَبَرَّهُ، أَلاَ أُخْبِرُكُمْ بِأَهْلِ النَّارِ: كُلُّ عُتُلٍّ جَوَّاظٍ مُسْتَكْبِرٍ».</t>
   </si>
   <si>
     <t>Harithah bin Wahb al-Khuza'i (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ säga: "Vill ni att jag berättar för er vilka som är paradisets invånare? Det är varje ödmjuk och ringaktad person – om han svor en ed vid Allah, skulle Allah uppfylla den. Vill ni att jag berättar för er vilka som är helvetets invånare? Det är varje elak, högfärdig och arrogant människa."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم ببعض صفات أهل الجنة وأهل النار. 
 فأغلب أهل الجنة هم: "كل ضعيف متضعِّف"، أي: متواضع خاضع لله تعالى، مُذِلّ نفسه له، حتى إن بعض الناس يَستَضعفونه ويَحتَقِرونه، وهذا المُتذَلِّل لله تعالى لو أقسم بالله يَمينًا طَمَعًا في كَرَم الله تعالى، لَأَبَرَّه الله، وحَقَّقَ له ما أَقْسَمَ عليه وأجاب طلبَه ودعاءه. 
 وأغلب أهل النار هم: كل «عُتُل» وهو الفَظُّ الغَليظ شديد الخصومة، أو الفاحش الذي لا يَنْقَاد لخير، «جواظ» وهو المتكبر، الأَكُوْل، صاحب الجسد الضخم، المُختال في مِشيته، سيء الخلق، «مستكبر» برفضه للحق، وباحتقاره لغيره.</t>
   </si>
   <si>
     <t>Profeten ﷺ beskrev vissa egenskaper hos paradisets och helvetets invånare:
 De flesta som kommer till paradiset är de som beskrivs som "Da'if och Mutada'if", det vill säga en person som är ödmjuk och undergiven inför Allah. Han förödmjukar inte sig själv inför människor, men visar ödmjukhet i sin lydnad till sin Herre. Människor kan betrakta honom som svag eller betydelselös, men i Allahs ögon har han ett högt värde – så högt att om han skulle svära en ed vid Allah, skulle Allah låta den gå i uppfyllelse.
 De flesta som hamnar i helvetet är "''Utul": En hårdhjärtad person som ständigt hamnar i dispyter, eller den som är ovillig att rätta sig efter det som är korrekt och gott. "Jawwadh": En självgod, arrogant, glupsk och materialistisk person – ofta storvuxen, högfärdig i sin gång och med dåligt uppförande. "Mustakbir": Den som förkastar sanningen och ser ned på andra.</t>
   </si>
   <si>
     <t>الحث على الاتصاف بصفات أهل الجنة، والتحذير من صفات أهل النار.
 التواضع يكون لله عز وجل، ولأمره ونهيه والانقياد لهما، ويكون للخلق بعدم التكبُّر عليهم.
 قال ابن حجر: المراد أن أغلب أهل الجنة هؤلاء، كما أن معظم أهل النار القسم الآخر، وليس المراد الاستيعاب في الطرفين.</t>
   </si>
   <si>
     <t>Hadithen uppmanar till att sträva efter de egenskaper som leder till paradiset och varnar för de egenskaper som leder till elden.
 Att vara ödmjuk inför Allah innebär att personen rättar sig efter hans påbud, undviker hans förbud. Att vara ödmjuk inför människor innebär att personen inte är arrogant mot andra eller ser ned på dem.
 Ibn Hajr påpekar att Hadithen inte betyder att alla i paradiset eller helvetet har dessa egenskaper, utan att det är de vanligaste kännetecknen i respektive grupp.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3573</t>
   </si>
   <si>
-    <t>أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟</t>
+    <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>Vill ni att jag ska berätta för er om något som leder till att Allah förlåter era synder och höjer era ranggrader?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Vill ni att jag ska berätta för er om något som leder till att Allah förlåter era synder och höjer era ranggrader?" De svarade: "Ja, gör det Allahs sändebud!" Han ﷺ sa: "Att utföra tvagningen fullständigt trots svårigheter, att ta många steg till moskéerna, och att vänta på nästa bön efter bönen. Det är detta som är al-Ribat (att vara på vakt för Allahs skull)."</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Profeten ﷺ frågade sina följeslagare om de ville att han skulle berätta för dem om gärningar som leder till att Allah förlåter deras synder, att synderna suddas bort från änglarnas böcker, och att de får högre nivåer i paradiset.
 Följeslagarna svarade: Ja, det vill vi. Han ﷺ nämnde då:
 Den första: Att utföra tvagningen fullständigt trots svårigheter som att det är kallt, det finns brist på vatten, att personen har ont i kroppen, eller att vattnet är varmt.
 Den andra: Att ta många steg till moskéerna, på grund av ett långt avstånd från hemmet och att detta sker gång på gång.
 Den tredje: Att vänta på nästa bön, att ha hjärtat fäst vid den, att förbereda sig för den, och sitta i moskén och vänta på församlingen för att be. När man har bett, väntar man på nästa bön på sin böneplats.
 Profeten ﷺ klargjorde sedan att dessa handlingar är den verkliga Ribat (vaktpostering); för de blockerar vägarna för Satan till själen, besegrar lustarna, och förhindrar den från att acceptera Satans viskningar. Genom detta besegrar Allahs grupp Satans soldater; och detta är den största Jihad, och är jämförbart med att vara på vaktpost mot fienden.</t>
   </si>
   <si>
     <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
 حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
 فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
 قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
 كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
   </si>
   <si>
     <t>Vikten av att vara noga med att be bönerna i församlingen i moskén, och att lägga vikt vid bönerna och inte vara distraheras från dem.
 Profetens ﷺ skickliga sätt att presentera och motivera sina följeslagare, där han började med att nämna en stor belöning genom en fråga, vilket är ett sätt att undervisa på.
 Fördelen med att presentera ämnet genom frågor och svar: Detta gör uttalandet mer påtagligt för personen tack vare dess oklarhet och förtydligande.
 Imam Al-Nawawi (må Allah visa honom nåd) sa: "Det är detta som är Ribat, det vill säga den eftertraktade Ribat. Ursprungligen innebär Ribat att hålla fast vid något, som att hålla sig till denna dyrkan. Det sägs att det är den bästa formen av Ribat, som det sägs att Jihad är själens Jihad. Det kan också innebära att det är den underlättade och tillgängliga Ribat, det vill säga en av de olika formerna av Ribat.
 Upprepningen av ordet "Ribat" och dess definitiva form är för att förstärka betydelsen av dessa handlingar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3574</t>
   </si>
   <si>
-    <t>أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ</t>
+    <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>Vill ni att jag ska berätta för er om era bästa handlingar som är mest rena hos er Konung, och som höjer era ranggrader mest?</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Abu al-Darda' (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Vill ni att jag ska berätta för er om era bästa handlingar som är mest rena hos er Konung, och som höjer era ranggrader mest? Ja, de är bättre för er än att spendera guld och silver, och bättre för er än att möta era fiender där ni svingar era svärd mot dem, och de svingar sina svärd mot er?" De svarade: "Ja!" Han sa: "Att minnas Allah, den Upphöjde."</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
     <t>Profeten ﷺ frågade sina följeslagare: .
 Vill ni att jag ska berätta för er och lära er om de bästa av era handlingar, de mest ärofyllda, de mest välsignade, de renaste och de mest upphöjda hos Allah, den Allsmäktige Kungen? .
 Och de som höjer era ranggrader mest i paradiset?
 Och bättre för er än att ge guld och silver i välgörenhet?
 Och bättre för er än att möta de otrogna fienderna i strid, där ni svingar era svärd mot dem och de svingar sina svärd mot er?
@@ -4895,269 +4895,269 @@
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Att ständigt minnas Allah, både öppet och dolt, är en av de största och mest fördelaktiga sätten att närma sig Allah på.
 Alla handlingar har föreskrivits för att man ska minnas Allah. Allah säger: "Och etablera bönen för att minnas mig". Profeten ﷺ sa: "Att göra Tawaf kring runt huset, att gå mellan Safa och Marwah, och att kasta sten på al-Jimar har föreskrivits för att man ska minnas Allah" (berättat av Abu Dawud och Al-Tirmidhi).
 Imam 'Izz ibn 'Abd ul-Salam sa i sina principer: "Denna Hadith visar att belöningen inte alltid är proportionerlig med mängden ansträngning i alla former av dyrkan, utan Allah kan belöna mer för små handlingar än för stora, eftersom belöningen är baserad på hur ärofylld handlingen är".
 Imam Al-Munawi sa i Faydh al-Qadir: "Denna Hadith avser att minnas Allah var den bästa handlingen för de som tilltalades denna gång. Om han hade talat till en modig krigare, som gynnar islam i strid, skulle det ha sagts att Jihad är bäst. Eller talat till en rik man vars pengar gynnar de fattiga, skulle det ha sagts att välgörenhet är bäst. Eller till den som kan utföra Hajj, skulle det ha sagts att Hajj är bäst. Eller till någon med föräldrar, skulle det ha sagts att hedra dem är bäst. Detta är hur man förenar olika hadither.
 Den bästa åminnelsen är det som uttalas med tungan samtidigt som hjärtat reflekterar, och därefter där man endast reflekterar med hjärtat, och slutligen där man endast uttalar med tungan. Allt detta leder till belöning, med Allahs vilja.
 Att muslimen följer de specifika åkallelserna för olika situationer, som morgon- och kvällsåkallelser, när man går in i moskén, huset, toaletten och när man kommer ut från den och så vidare gör att han blir en av de som ständigt minns Allah.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av at-Tirmidhi, Ibn Majah och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3575</t>
   </si>
   <si>
-    <t>إِنِّي لَأَعْلَمُ كَلِمَةً لَوْ قَالَهَا ذَهَبَ عَنْهُ مَا يَجِدُ، لَوْ قَالَ: أَعُوذُ بِاللَّهِ مِنَ الشَّيْطَانِ، ذَهَبَ عَنْهُ مَا يَجِدُ</t>
+    <t>إني لأعلم كلمة لو قالها ذهب عنه ما يجد، لو قال: أعوذ بالله من الشيطان، ذهب عنه ما يجد</t>
   </si>
   <si>
     <t>'Jag känner till en fras – om han säger den, kommer hans känslor att lugna sig. Om han säger: "Jag söker skydd hos Allah från Satan," kommer det han ilska att försvinna.'</t>
   </si>
   <si>
     <t>عَنْ سُلَيْمَانَ بْنِ صُرَدٍ رضي الله عنه قَالَ: كُنْتُ جَالِسًا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَرَجُلاَنِ يَسْتَبَّانِ، فَأَحَدُهُمَا احْمَرَّ وَجْهُهُ، وَانْتَفَخَتْ أَوْدَاجُهُ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي لَأَعْلَمُ كَلِمَةً لَوْ قَالَهَا ذَهَبَ عَنْهُ مَا يَجِدُ، لَوْ قَالَ: أَعُوذُ بِاللَّهِ مِنَ الشَّيْطَانِ، ذَهَبَ عَنْهُ مَا يَجِدُ» فَقَالُوا لَهُ: إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «تَعَوَّذْ بِاللَّهِ مِنَ الشَّيْطَانِ»، فَقَالَ: وَهَلْ بِي جُنُونٌ؟</t>
   </si>
   <si>
     <t>Sulayman bin Surad (må Allah vara nöjd med honom) berättade: "Jag satt tillsammans med profeten ﷺ då två män började gräla. Den ene av dem blev röd i ansiktet, och blodådrorna vid hans hals svällde upp. Då sa profeten ﷺ: 'Jag känner till en fras – om han säger den, kommer hans känslor att lugna sig. Om han säger: "Jag söker skydd hos Allah från Satan," kommer det han ilska att försvinna.' De sa då till honom: 'Profeten ﷺ sa: "Sök skydd hos Allah från Satan!"' Då svarade han: 'Menar ni att jag är galen?!'"</t>
   </si>
   <si>
     <t>استَبَّ وتَشاتَم رجلان بين يدي النبيِّ صلى الله عليه وسلم، وقد احْمَرَّ وجهُ أحدِهما، وانتفختْ عُرُوقُه المُحيطة بعُنُقِه.
 فقال صلى الله عليه وسلم: إني لأعلم كلمةً لو يقولها هذا الغضبانُ لَذَهَبَ عنه الغضب، لو قال: أعوذ بالله من الشيطان الرجيم.
 فقالوا له: إنّ النبيَّ صلى الله عليه وسلم قال: تَعَوَّذ بالله من الشيطان.
 فقال: أَمَجنون أنا؟! وظَنّ أنه لا يستعيذ من الشيطان إلا مَن به جنون.</t>
   </si>
   <si>
     <t>Två män grälade i profetens ﷺ närvaro. Den ene blev så arg att hans ansikte blossade upp och blodkärlen på halsen svällde.
 Profeten ﷺ påpekade att han kände till en fras som, om den arge hade yttrat den, skulle ha stillat hans vrede: "Jag söker skydd hos Allah från den utstötte Satan."
 Då berättade de för den arge mannen att profeten ﷺ uppmanat honom att söka skydd hos Allah från Satan.
 Då svarade han: "Tror ni att jag är galen!?" – troligtvis för att han trodde att man bara söker skydd från Satan vid galenskap eller liknande tillstånd.</t>
   </si>
   <si>
     <t>حرص النبي صلى الله عليه وسلم على الإرشاد والتوجيه، عند وجود سببه.
 الغضب من الشيطان.
 الأمر بالاستعاذة  بالله من الشيطان الرجيم عند الغضب، قال تعالى: (وإما ينزغنك من الشيطان نزغ فاستعذ بالله..) الآيةَ.
 التحذير من السباب وما يُشبهه من اللعن، والتنفير منهما؛ لأنهما يؤدِّيان إلى المفاسد بين الناس.
 نقل النصيحة لمن لم يسمعها لينتفع بما فيها.
 حذَّرَ النبي صلى الله عليه وسلم من الغضب؛ لأنه يدفع إلى الشر والتَّهَوُّر، وكان صلى الله عليه وسلم لا يغضب إلا أنْ تُنْتَهَك حُرُماتُ الله تعالى، وهو الغضب المحمود.
 قال النووي على قوله "هل ترى بي مِن جنون": يحتمل أنّ هذا القائل كان من المنافقين، أو من جفاة الأعراب.</t>
   </si>
   <si>
     <t>Profeten ﷺ var noga med att vägleda andra vid rätt tillfälle, särskilt när specifika situationer uppstod (där hans råd blev en vägledning för muslimer).
 Ilska kommer från Satan.
 Det är föreskrivet att söka skydd hos Allah från den utstötte Satan vid ilska. Allah säger: "Och om Satan lockar dig med en ond ingivelse, sök då skydd hos Allah." (7:200).
 Hadithen varnar för skällsord och förbannelser, eftersom de leder till osämja bland människor.
 Hadithen lär oss att föra vidare goda råd till dem som inte hört dem så att de också kan dra nytta av dem.
 Profeten ﷺ varnade för att en person ska låta sig styras av vrede, eftersom det leder till ogenomtänkta och skadliga handlingar. Han själv blev endast arg när Allahs gränser överträddes, vilket är en prisvärd form av vrede.
 Al-Nawawi kommenterade att mannens svar "Menar ni att jag är galen?" med att det kan tyda på att han antingen var icke-troende som bara gav sken av att vara en muslim, eller en okunnig beduin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3578</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Paradiset är närmre er än vad någons skosnöre är, och elden likaså</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Ibn Masoud (må Allah vara nöjd med honom) berättade att profeten (sallallahu ´alayhi wa sallam) sade: "Paradiset är närmre er än vad någons skosnöre är, och elden likaså".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) informerar att paradiset och elden är nära människan likt avståndet är till ens skosnöre. Anledningen till detta är att personen kan göra en god handling, som Allah är nöjd med och som får honom att komma in i paradiset. Personen kan också utföra en synd som får honom att komma in i elden.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Detta är en uppmaning till att göra gott, även om det må vara något litet, och en varning för att göra något dåligt även om det är litet.
 En muslim måste balansera mellan hopp och fruktan i sitt liv. Han bör ständigt be Allah om att vara stabil på sanningen för att skyddas, och han bör aldrig luras av sin egen kapacitet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3581</t>
   </si>
   <si>
-    <t>الرُّؤْيَا الصَّالِحَةُ مِنَ اللَّهِ، وَالحُلُمُ مِنَ الشَّيْطَانِ، فَإِذَا حَلَمَ أَحَدُكُمْ حُلُمًا يَخَافُهُ فَلْيَبْصُقْ عَنْ يَسَارِهِ، وَلْيَتَعَوَّذْ بِاللَّهِ مِنْ شَرِّهَا، فَإِنَّهَا لاَ تَضُرُّهُ</t>
+    <t>الرؤيا الصالحة من الله، والحلم من الشيطان، فإذا حلم أحدكم حلما يخافه فليبصق عن يساره، وليتعوذ بالله من شرها، فإنها لا تضره</t>
   </si>
   <si>
     <t>Den goda drömmen är från Allah, medan den obehagliga drömmen är från Satan. Om någon av er drömmer något som skrämmer honom, då ska han spotta lätt åt vänster och söka skydd hos Allah från dess ondska – för den kommer inte att skada honom</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الرُّؤْيَا الصَّالِحَةُ مِنَ اللَّهِ، وَالحُلُمُ مِنَ الشَّيْطَانِ، فَإِذَا حَلَمَ أَحَدُكُمْ حُلُمًا يَخَافُهُ فَلْيَبْصُقْ عَنْ يَسَارِهِ، وَلْيَتَعَوَّذْ بِاللَّهِ مِنْ شَرِّهَا، فَإِنَّهَا لاَ تَضُرُّهُ».</t>
   </si>
   <si>
     <t>Abu Qatadah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den goda drömmen är från Allah, medan den obehagliga drömmen är från Satan. Om någon av er drömmer något som skrämmer honom, då ska han spotta lätt åt vänster och söka skydd hos Allah från dess ondska – för den kommer inte att skada honom."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفْرِحةَ في المنام مِن الله، والحُلُم وهو رؤيا ما يَكرَه ويُحْزِن فمِن الشيطان. 
 فمَن رأى ما يَكره فَلْيَبْزُق جهة يساره، ولْيَسْتَعِذ بالله مِن شرها؛ فإنها لا تَضُرّه حيث جَعَلَ الله ما ذُكر سببًا للسلامة مِن المَكروه المُتَرَتِّب على الرؤيا.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att en god och glädjande dröm är från Allah. Men en obehaglig, skrämmande eller sorglig dröm kommer från Satan.
 Om man vaknar från en sådan dröm ska man spotta lätt tre gånger åt vänster utan saliv, och söka skydd hos Allah från det onda i denna dröm. Detta är ett skydd från drömmens skada, och genom dessa åtgärder skadas man inte.</t>
   </si>
   <si>
     <t>الرؤيا والحُلُم عبارة عمّا يراه النائم في نومِهِ مِن الأشياء، لكن غَلَبت الرؤيا على ما يراه من الخير والشيء الحسن، وغَلَب الحلم على ما يراه من الشر والقبيح ويُستعمل كلُّ واحد منهما موضع الآخر.
 أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو ترى له، 2- حديث النَّفْس، وهي ما يُحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
 حاصل ما ذُكر من أبواب الرؤيا الصالحة ثلاث أشياء: أنْ يَحمدَ اللهَ عليها، وأن يَستبشرَ بها، وأن يَتحدث بها لكن لِمَن يُحب دون مَن يكره.
 حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوذ بالله من شرها، ومن شر الشيطان، وأن يَتْفُل حين يَهُبُّ من نومه عن يساره ثلاثًا، ولا يَذكرها لأحد أصلًا، وإذا أراد أن يَرجع لنومه يَتَحَوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.</t>
   </si>
   <si>
     <t>Ordet "Ru'ya" syftar vanligtvis på det som är gott och glädjande i sömnen, medan ordet "Hulm" används för drömmar med obehagligt innehåll – men båda kan ibland användas omvänt.
 Drömmar är av tre slag: 1. God dröm (Ru'ya Salihah): en sann och glädjande dröm från Allah, antingen man ser den själv eller att någon annan ser den och den beträffande en själv. 2. Självbearbetning (Hadith al-Nafs): sådant man tänkt på i vaket tillstånd och sedan ser i sömnen. 3. Dröm från Satan: ett försök att skapa oro och sorg hos människan genom skrämmande syner och förvirring.
 Om man ser en god dröm bör man tacka Allah, glädjas över den, och bara nämna den för någon man litar på och som vill en väl.
 Om man ser en skrämmande eller obehaglig dröm bör man söka skydd hos Allah från Satan och från det onda i drömmen, spotta lätt tre gånger åt vänster när man vaknar och inte berätta drömmen för någon. Om man därefter vill fortsätta att sova bör man byta sidan man sover på. Då är man skyddad och drömmen kommer inte att skada en.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3586</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Siwak renar munnen och behagar Herren</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättade att Allahs sändebud (sallallahu 'alayhi wa sallam) sade: "Siwak renar munnen och behagar Herren".</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Profeten (sallallahu 'alayhi wa sallam) berättar att rena tänderna med arakträdets kvist, eller liknande, renar munnen från orenheter och dålig lukt. Detta är en anledning till varför Allah blir nöjd med tjänaren då det är en form av lydnad till Honom och att besvara Hans påbud. Ännu en anledning till det är den hygien detta medför, vilket är något Allah älskar.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Siwak-brukandets dygd och profetens (sallallahu 'alayhi wa sallam) uppmaning till sitt samfund att använda den ofta.
 Det är bäst att använda arakträdets kvistar när man man gör rent munnen med siwak. Att använda tandborste och tandkräm uppfyller dock även detta syfte.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av an-Nasa'i och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>De fem (dagliga) bönerna, en fredag till en annan fredag, och en ramadan till en annan ramadan stryker bort synder som förekommer däremellan så länge de större synderna undviks</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud (sallallahu 'alayh wa sallam) brukade säga: "De fem (dagliga) bönerna, en fredag till en annan fredag, och en ramadan till en annan ramadan stryker bort synder som förekommer däremellan så länge de större synderna undviks".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Profeten (sallallahu 'alayhi wa sallam) berättar att de fem obligatoriska bönerna som utförs under dagen och natten, fredagsbönen veckovis och den årliga fastan av månaden ramadan stryker bort de mindre synderna. Dock är det ett villkor att de större synderna undviks. Vad gäller de större synderna, likt samlag utanför äktenskap och alkoholförtäring, så kan de enbart strykas bort genom Tawbah (ånger).</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Synder delas upp i mindre och större.
 De mindre synderna stryks bort med villkor att de större synderna undviks.
 De större synderna är de synder där det har nämnts i Koranen och Sunnahn om att den som gör dem kommer att få ett straff i detta liv eller ett hot i det kommande livet, likt ett straff eller Allahs vrede. Det kan även vara att dess utförare har förbannats, vilket är fallet vid samlag utanför äktenskap eller vid alkoholförtäring.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3591</t>
   </si>
   <si>
-    <t>قُلْتُ: يَا رَسُولَ اللهِ مَا النَّجَاةُ؟ قَالَ: «امْلِكْ عَلَيْكَ لِسَانَكَ، وَلْيَسَعْكَ بَيْتُكَ، وَابْكِ عَلَى خَطِيئَتِكَ</t>
+    <t>قلت: يا رسول الله ما النجاة؟ قال: املك عليك لسانك، وليسعك بيتك، وابك على خطيئتك</t>
   </si>
   <si>
     <t>Jag sa: ”Allahs sändebud, vad leder till räddning?” Han sa: ”Håll din tunga i schack, låt ditt hem vara nog för dig, och gråt över din synd.”</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا النَّجَاةُ؟ قَالَ: «امْلِكْ عَلَيْكَ لِسَانَكَ، وَلْيَسَعْكَ بَيْتُكَ، وَابْكِ عَلَى خَطِيئَتِكَ».</t>
   </si>
   <si>
     <t>'Uqbah bin 'Amir (må Allah vara nöjd med honom) berättade: Jag sa: ”Allahs sändebud, vad leder till räddning?” Han sa: ”Håll din tunga i schack, låt ditt hem vara nog för dig, och gråt över din synd.”</t>
   </si>
   <si>
     <t>سَأَلَ عُقبةُ بن عامر رضي الله عنه النبيَّ صلى الله عليه وسلم عن أسباب نَجاة المؤمن في الدنيا والآخرة؟
 فقال صلى الله عليه وسلم: عليك بثلاثة أمور: 
 الأول: احفظ لسانَك عمّا لا خير فيه، وعن قول كل شر، ولا تنطق إلا بخير. 
 الثاني: الزم بيتَك لِتَعبد الله في الخلوات، واشتغل بطاعة الله عز وجل، واعتزل في بيتك عن الفتن. 
 الثالث: ابْكِ واندَمْ وتُبْ ممّا ارتكبتَ مِن ذنوب.</t>
   </si>
   <si>
     <t>'Uqbah bin 'Amir (må Allah vara nöjd med honom) frågade profeten ﷺ om vägen till räddning, det vill säga hur en troende kan räddas från fördärv i detta liv och från straff i det nästa.
 Profeten ﷺ nämnde tre saker:
 1. "Håll din tunga i schack": vakta din tunga från allt som är skadligt, och tala bara när det finns nytta och godhet i det.
 2. "Låt ditt hem vara nog för dig": håll dig till ditt hem under tider av prövning och splittring, dra dig undan från det som kan skada din tro. Använd hemmets avskildhet för att dyrka Allah, för att stilla dig, och för att reflektera och skydda dig från yttre frestelser.
 3. "Gråt över din synd": visa ånger och ödmjukhet inför Allah för synder du har gjort.</t>
   </si>
   <si>
     <t>حرص الصحابة رضي الله عنهم على معرفة سُبُل النَّجَاة.
 بيان أسباب النجاة في الدنيا والآخرة.
 الحث على انشغال الإنسان بنفسه إذا عَجز عن نَفْع غيره، أو خاف الضرر على دِينه ونفسه إذا خالط الناس.
 الإشارة إلى الاهتمام بالبيت وخصوصًا عند الفتن، فهو من الوسائل لحفظ الدين.</t>
   </si>
   <si>
     <t>Följeslagarna (må Allah vara nöjd med dem) var ivriga att lära sig vad som räddar dem från fördärv i detta liv och från straff i nästa liv.
 Hadithen visar tydligt tre viktiga vägar till räddning.
 Att fokusera på sig själv när man inte förmår att påverka andra positivt, eller fruktar att ens religiositet tar skada om man beblandar sig med andra människor.
 Att hålla sig till sitt hem, i synnerhet under svåra tider då prövningarna är många, är ett sätt att skydda ens religiositet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3602</t>
   </si>
   <si>
-    <t>أَنَا عِنْدَ ظَنِّ عَبْدِي، وَأَنَا مَعَهُ حِينَ يَذْكُرُنِي</t>
+    <t>أنا عند ظن عبدي، وأنا معه حين يذكرني</t>
   </si>
   <si>
     <t>'Jag är såsom min tjänare tänker om mig, och jag är med honom när han nämner mig</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَقُولُ اللهُ عَزَّ وَجَلَّ: أَنَا عِنْدَ ظَنِّ عَبْدِي، وَأَنَا مَعَهُ حِينَ يَذْكُرُنِي، فَإِنْ ذَكَرَنِي فِي نَفْسِهِ ذَكَرْتُهُ فِي نَفْسِي، وَإِنْ ذَكَرَنِي فِي مَلَإٍ ذَكَرْتُهُ فِي مَلَإٍ خَيْرٍ مِنْهُ، وَإِنِ اقْتَرَبَ إِلَيَّ شِبْرًا، تَقَرَّبْتُ إِلَيْهِ ذِرَاعًا، وَإِنِ اقْتَرَبَ إِلَيَّ ذِرَاعًا، اقْتَرَبْتُ إِلَيْهِ بَاعًا، وَإِنْ أَتَانِي يَمْشِي أَتَيْتُهُ هَرْوَلَةً».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah säger: 'Jag är såsom min tjänare tänker om mig, och jag är med honom när han nämner mig. Om han nämner mig inom sig själv, nämner jag honom inom mig själv. Och om han nämner mig inför en samling, nämner jag honom inför en bättre samling än dem. Om han närmar sig mig med en handsbredd, närmar jag mig honom en armlängd. Om han närmar sig mig en armlängd, närmar jag mig honom ett spann. Och om han kommer till mig gående, kommer jag till honom springande.'"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اللهَ تعالى يقول: 
 أنا عند ظن عبدي بي، فأُعَامِلُ عبدي على حسب ظَنِّهِ بي وذلك بالرجاء وتأميل العفو، وأَفْعَل به ما يَتَوَقَّعَه مني من خير أو غير ذلك؛ وأنا معه بالرحمة والتوفيق والهداية والرعاية والتأييد إذا ذكرني.
 فإنْ ذَكَرَني في نفسه مُنفردًا خاليًا بالتسبيح والتهليل أو غيرها؛ ذَكرتُه في نفسي.
 وإنْ ذَكَرَني في جماعة؛ ذكرتُه في جماعة أكثر منهم وأطيب.
 ومَن تَقَرّب إلى الله مقدار شِبْر زاده الله فتقرب إليه بذراع.
 وإن تقرب إليه مقدار ذراع تقرب إليه مقدار باع.
 وإن جاء إلى الله يمشي جاءه هَرولة.
 فالعبد إذا تقرب إلى ربه بطاعته والإقبال عليه، فإن الرب تعالى يَزِيده قُرْبًا إليه جزاءً مِن جنس عمله. 
 فكلما كَمُلَتْ عبودية المؤمن لربه قَرُبَ إليه تعالى، فعطاء الله وثوابه أكثر من عمل العبد وكدحه، والحاصل أنّ ثواب الله راجِحٌ على العمل بطريق الكيف والكم. 
 فالمؤمن يُحسِنُ الظن، ويعمل، ويسارع ويزداد حتى يلقى الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah säger:
 "Jag är såsom min tjänare tänker om mig": Det betyder att Allah behandlar sin tjänare i enlighet med dennes förväntningar och förhoppningar. Den som hoppas på Allahs nåd och förlåtelse och tror gott om honom, möts av det han hoppades på. "Jag är med honom när han nämner mig": Allah är nära den som minns honom, med sin hjälp, stöd och barmhärtighet.
@@ -5170,163 +5170,163 @@
 Ju mer fullkomlig en människas underkastelse och dyrkan till Allah är, desto närmare kommer hon honom. Allahs gåva och belöning är större än hans tjänares handlingar och ansträngning. Det sammanfattade resultatet är att Allahs belöning väger tyngre än själva gärningen, både sett till kvalitet och kvantitet.
 Den troende har goda tankar om Allah, handlar därefter, skyndar sig, fortsätter att öka i fromhet tills han möter Allah.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمّى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 قال الآجُرِّي: إنّ أهل الحق يَصِفُون الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يبتدع. انتهى. فأهل السنة يُثْبِتُون لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويُنْفُون عن الله ما نفاه عن نفسه، ويَسْكُتُون عما لم يرد به نفي ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).
 إحسان الظن بالله لا بد معه من العمل، قال الحسن البصري: إنَّ المؤمن أَحْسَنَ الظنَّ بربه فأحسن العمل، وإنّ الفاجر أساء الظن بربه فأساء العمل.
 قال القرطبي: قيل: معنى "ظن عبدي بي" ظن الإجابة عند الدعاء، وظن القبول عند التوبة، وظن المغفرة عند الاستغفار، وظن المجازاة عند فعل العبادة بشروطها تَمَسُّكًا بصادق وعْدِه، ولذلك ينبغي للمرء أن يَجْتَهِدَ في القيام بما عليه موقِنًا بأنَّ الله يقبله ويغفر له؛ لأنه وَعَدَ بذلك وهو لا يُخْلِف الميعاد، فإن اعتقد أو ظن أن الله لا يقبلها وأنها لا تنفعه فهذا هو اليأس من رحمة الله وهو من الكبائر، ومن مات على ذلك وُكِلَ إلى ما ظَنّ كما في بعض طرق الحديث المذكور " فليظن بي عبدي ما شاء"، قال: وأما ظن المغفرة مع الإصرار فذلك مَحْضُ الجهل والغِرّة.
 الحث على الإكثار من ذكر الله في نفسك وبلسانك جميعًا، في نفسه وقلبه يخاف الله ويتذكَّر عظمته وحقه ويرجوه ويعظّمه ويحبه ويحسن به الظن ويخلص له العمل، وينطق باللسان: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله.
 قال ابن أبي جمرة: فمن ذَكَرَه وهو خائف آمَنَه، أو مُسْتَوْحِش آنَسَه.
 الشِّبْر: مسافة ما بين طرف الخِنْصَر إلى طرف الإبهام عند مَدِّ الكَفّ، والذراع: مسافة ما بين طرف الأصبع الوسطى إلى عظم المرفق، والباع: طول ذِرَاعَي الإنسان وعَضُدَيه وعَرْضِ صدره؛ وذلك قدر أربعة أذرع.</t>
   </si>
   <si>
     <t>Profeten ﷺ återberättar denna Hadith från sin Herre, och den kallas för Hadith Qudsi (helig Hadith) eller Hadith Ilahi (gudomlig Hadith). Dessa Hadithers ordval och innebörd är från Allah, men de skiljer sig från Koranen som saknar liknande motstycke och vars recitation är en form av dyrkan. Personen som läser Koranen bör även vara i ett rent tillstånd, och Koranen innehåller en utmaning för andra att framställa något liknande och mirakulös, med mera.
 Al-Ajurri sa: "De som håller sig till sanningen beskriver Allah så som han beskrivit sig själv, och så som hans sändebud ﷺ och följeslagare (må Allah vara nöjda med dem) har beskrivit honom. Detta är de lärdas väg som följde Sunnan och inte införde innovationer i religionen." Ahl al-Sunnah bekräftar därför allt Allah bekräftat om sig själv av namn och egenskaper utan att förvränga, förneka, fråga "hur", eller likna honom vid hans skapelse. Och de förnekar det Allah förnekat om sig själv, och förhåller sig tysta kring det som varken bekräftats eller förnekats. Allah säger: 'Det finns inget som liknar honom, och han är den Allhörande, den Allseende' (42:11)."
 Att ha goda tankar om Allah måste följas av handling. Al-Hasan al-Basri sa: "Den troende har goda tankar om sin Herre, därför utför han goda handlingar. Syndaren har dåliga tankar om sin Herre, därför utför han onda handlingar."
 Al-Qurtubi sa: "Betydelsen av: 'Min tjänare tänker om mig' är att han förväntar sig att hans bön blir besvarad, att hans ånger accepteras, att blir förlåten av honom och att hans goda handlingar belönas – allt baserat på Allahs sanna löfte. Därför bör en människa göra sitt yttersta i att utföra sin plikt med övertygelse om att Allah kommer acceptera det och förlåta honom – för han har lovat det och han sviker inte sitt löfte. Men om någon tror eller förväntar sig att Allah inte accepterar det eller att det inte gynnar honom, då är detta att ge upp hoppet om Allahs barmhärtighet, vilket är en av de större synderna. Den som dör i det tillståndet, överlämnas åt vad han trodde, som i den alternativa versionen av denna Hadith: 'Så låt min tjänare tänka vad han vill.' Han sa också: 'Att hoppas på förlåtelse samtidigt som man fortsätter synda utan att ångra sig, är ren okunskap och självbedrägeri.'"
 Hadithen uppmanar oss att flitigt minnas Allah – både i hjärta och med tunga. I hjärtat genom att frukta honom, minnas hans storhet, hoppas på hans nåd, älska honom, tänka gott om honom och rena sina avsikter. Och med tungan genom att säga: "Subhanallah, Alhamdulillah, La ilaha illa Allah, Allahu akbar, och La hawla wa la quwwata illa billah."
 Ibn Abi Jamrah sa: "Den som med fruktan minns Allah ska han skänka trygghet. Den som känner sig ensam ska han låta känna sig trygg."
 En "Shibr" är avståndet mellan lillfingret och tummen när handen är utsträckt. En "Dhira‘" är avståndet från fingertoppen till armbågen. En "Ba‘" är längden av båda armarna när de är utsträckta åt sidorna – ungefär fyra armlängder.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3636</t>
   </si>
   <si>
-    <t>سَأَلْتُ عَائِشَةَ، قُلْتُ: بِأَيِّ شَيْءٍ كَانَ يَبْدَأُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ بَيْتَهُ؟ قَالَتْ: بِالسِّوَاكِ</t>
+    <t>سألت عائشة، قلت: بأي شيء كان يبدأ النبي صلى الله عليه وسلم إذا دخل بيته؟ قالت: بالسواك</t>
   </si>
   <si>
     <t>han frågade 'A'ishah: "Vad brukade profeten ﷺ göra först när han kom hem?" Hon svarade: "Han började med [rensa tänderna] med Siwak</t>
   </si>
   <si>
     <t>عَنِ شُرَيْحٍ بنِ هانِئٍ قَالَ: سَأَلْتُ عَائِشَةَ، قُلْتُ: بِأَيِّ شَيْءٍ كَانَ يَبْدَأُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ بَيْتَهُ؟ قَالَتْ: بِالسِّوَاكِ.</t>
   </si>
   <si>
     <t>Shurayh ibn Hani’ berättade att han frågade 'A'ishah: "Vad brukade profeten ﷺ göra först när han kom hem?" Hon svarade: "Han började med [rensa tänderna] med Siwak."</t>
   </si>
   <si>
     <t>كَانَ مِن هَدِيِ النبيِّ صلى الله عليه وسلم أَنْ يَبدأ بالسواك إذا دَخل بيتَه في أيِّ وقتٍ ليلًا أو نهارًا.</t>
   </si>
   <si>
     <t>Det var en del av profetens ﷺ vägledning att börja med Siwak när han kom hem, oavsett om det var dag eller natt.</t>
   </si>
   <si>
     <t>مشروعية السواك عامة في جميع الأوقات، ويتأكّد ذلك: في الأوقات التي نَدَبَ الشارع إليها، ومنها: عند دخول البيت، وعند الصلاة، وعند الوضوء، وبعد الاستيقاظ من النوم، وعند تَغَيُّر رائحة الفم.
 بيان حرص التابعين على السؤال عن أحوال النبيِّ صلى الله عليه وسلم وسُنَنِهِ؛ ليقتدوا به.
 أخْذ العلم من أهله وممن هو أَعْرف به، حيث سُئلت عائشة رضي الله عنها عن حال النبي صلى الله عليه وسلم عند دخول البيت.
 حسن معاشرة النبي صلى الله عليه وسلم لأهله، حيث كان يُطَهِّر فَمَه عند الدخول.</t>
   </si>
   <si>
     <t>Siwak är rekommenderat i alla tider och särskilt vid specifika tillfällen som när man kommer hem, inför bön, vid tvagning, efter att ha vaknat, och vid dålig andedräkt.
 Denna Hadith visar följeslagarnas elevers iver att lära känna profetens ﷺ dagliga vanor, för att följa honom i både små och stora handlingar.
 Den betonar vikten av att fråga de som känner profetens ﷺ liv bäst – som 'A'ishah, hans hustru, som var närmast honom i hemmet.
 Hadithen visar också profetens ﷺ goda samvaro med sin familj, då han började med att fräscha upp sig genom att rengöra munnen innan han mötte dem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3652</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Berätta vidare från mig, även om det bara är en vers. Återberätta det israeliterna har sagt, det är inga problem med det. Den som avsiktligt ljuger om mig ska förbereda sin plats i elden</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med dem) berättar att profeten (sallallahu 'alayhi wa sallam) sagt: "Berätta vidare från mig, även om det bara är en vers. Återberätta det israeliterna har sagt, det är inga problem med det. Den som avsiktligt ljuger om mig ska förbereda sin plats i elden".</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Profeten (sallallahu 'alayhi wa sallam) beordrar oss att berätta vidare kunskap från honom som förekommer i Koranen eller i sunnah. Detta ska göras även om det är något kort, som en vers från Koranen eller en hadith, med villkor att personen har kunskap om vad han förkunnar och kallar till. Han (sallallahu 'alayhi wa sallam) förklarade därefter att det inte är någon fara i att återberätta det som nämnts om israeliterna och deras händelser som inte står i kontrast med vår religion. Slutligen varnade han för att ljuga om honom, och att den som gör detta avsiktligen ska förbereda sin boplats i helvetet.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Uppmaningen till att sprida vidare Allahs religion. En person ska förmedla det han vet och förstått, även om det skulle vara i liten utsträckning.
 Det är obligatoriskt att söka islamisk kunskap för att följaktligen kunna dyrka Allah och förkunna Hans religion på ett korrekt sätt.
 En person måste försäkra sig om hadithens autenticitet innan han förmedlar och sprider den så att han inte faller in i detta allvarliga hot.
 Detta är en uppmaning till att tala sanning och att väga sina ord så att man inte råkar ljuga, i synnerhet i frågor som berör Allahs religion.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3686</t>
   </si>
   <si>
-    <t>دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ</t>
+    <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
   </si>
   <si>
     <t>Hänvisa mig till en handling som, om jag utför den, leder till att jag träder in i paradiset.' Han ﷺ svarade: 'Dyrka Allah utan att dyrka något vid hans sida, förrätta de föreskrivna bönerna, ge den obligatoriska allmosan, och fasta under Ramadan.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) sa: "En beduin kom till profeten ﷺ och sa: 'Hänvisa mig till en handling som, om jag utför den, leder till att jag träder in i paradiset.' Han ﷺ svarade: 'Dyrka Allah utan att dyrka något vid hans sida, förrätta de föreskrivna bönerna, ge den obligatoriska allmosan, och fasta under Ramadan.' Han sa: 'Jag svär vid han vars hand min själ vilar i! Jag kommer inte att göra något mer än detta.' När han gick iväg sa profeten ﷺ: 'Den som vill se en man från paradisets invånare, ska titta på denna man.'"</t>
   </si>
   <si>
     <t>قَدِمَ رجلٌ مِن أهلِ الباديةِ على النبيِّ صلى الله عليه وسلم لِيَدُلَّه على عَملٍ يُدخله الجنة، 
 فأجابه النبي صلى الله عليه وسلم بأنَّ دخول الجنة والنجاة من النار يَتَوَقَّفانِ على أداء أركان الإسلام، من عبادة الله وحده، وأن لا تشرك به شيئًا. 
 وتقيم الصلوات الخمس التي أوجبها الله على عباده في كل يوم وليلة. 
 وتعطي زكاة المال التي أوجبها الله عليك، وتدفعها لمستحقها. 
 وتحافظ على صيام شهر رمضان في وقته. 
 قال الرجل والذي نفسي بيده لا أزيد على العمل المفروض الذي سمعته منك شيئًا من الطاعات، ولا أنقص منه. 
 فلما انصرف قال النبي صلى الله عليه وسلم: 
 مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
   </si>
   <si>
     <t>En beduin kom till profeten ﷺ för att lära sig om en handling som för honom in till paradiset. Profeten ﷺ svarade honom att inträdet till paradiset och skyddet från helvetet utgår från förrättandes av islams pelare, som att enbart dyrka Allah, och inte sätta något jämte honom. Samt att förrätta de fem bönerna som Allah har förpliktat över sina tjänare under dygnet. Och att skänka allmosa för ens egendom som ges till de som förtjänar den, vilket Allah har gjort obligatoriskt. Och att vara mån om att fasta månaden under Ramadan, vilket är dess föreskrivna tid. Mannen sa: "Vid han vars hand min själ vilar i! Jag kommer inte att göra något mer eller mindre än de obligatoriska handlingarna jag precis hörde från dig." När han gick iväg sa profeten ﷺ: "Den som vill se en man från paradisets invånare, ska titta på denna beduin."</t>
   </si>
   <si>
     <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
 الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
 الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
 حرص الرجل على تَعلُّم أمر دينه.
 إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
 تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
   </si>
   <si>
     <t>Att särskilja Allah med dyrkan är det första som bör prioriteras när någon kallar andra till Allah.
 När nya muslimer undervisas, ska fokus ligga på att lära dem de obligatoriska handlingarna.
 Kallet till Allah ska ske successivt.
 Mannens iver om att lära sig om sin religion.
 Om muslimen begränsar sig till de obligatoriska handlingarna kommer han att vara framgångsrik. Detta innebär däremot inte att man ska försumma de rekommenderade handlingarna, eftersom de täpper för brister vid utförandet av de obligatoriska handlingarna.
 Att särskilja vissa former av dyrkan görs för att visa på dess vikt och att motivera till att utföra dem. Det betyder däremot inte att det inte finns andra obligatoriska handlingar utöver dem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3689</t>
   </si>
   <si>
-    <t>أَفْلَحَ إِنْ صَدَقَ</t>
+    <t>أفلح إن صدق</t>
   </si>
   <si>
     <t>'Det ska gå honom väl i händer om han talar sanning.'</t>
   </si>
   <si>
     <t>عَنْ طَلْحَةَ بْنِ عُبَيْدِ اللهِ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ أَهْلِ نَجْدٍ ثَائِرُ الرَّأْسِ، نَسْمَعُ دَوِيَّ صَوْتِهِ، وَلَا نَفْقَهُ مَا يَقُولُ حَتَّى دَنَا مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَإِذَا هُوَ يَسْأَلُ عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَمْسُ صَلَوَاتٍ فِي الْيَوْمِ وَاللَّيْلَةِ» فَقَالَ: هَلْ عَلَيَّ غَيْرُهُنَّ؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ، وَصِيَامُ شَهْرِ رَمَضَانَ»، فَقَالَ: هَلْ عَلَيَّ غَيْرُهُ؟ فَقَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، وَذَكَرَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الزَّكَاةَ، فَقَالَ: هَلْ عَلَيَّ غَيْرُهَا؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، قَالَ: فَأَدْبَرَ الرَّجُلُ، وَهُوَ يَقُولُ: وَاللهِ، لَا أَزِيدُ عَلَى هَذَا، وَلَا أَنْقُصُ مِنْهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْلَحَ إِنْ صَدَقَ».</t>
   </si>
   <si>
     <t>Talhah ibn Ubaydillah (må Allah vara nöjd med honom) berättade: "En man från Najd kom till Allahs sändebud ﷺ, hans hår var ovårdat och vi hörde hans röst, men förstod inte vad han sa förrän han kom närmare Allahs sändebud ﷺ. Då frågade han om islam, och Allahs sändebud ﷺ svarade: 'Du ska be fem böner under dygnet.' Han frågade: 'Måste jag utföra fler än dessa?' Han svarade: 'Nej, förutom om du självmant vill det. Och du ska fasta under månaden Ramadan.' Mannen frågade: 'Måste jag fasta mer än det?' Allahs sändebud ﷺ svarade: 'Nej, förutom om du självmant vill det.' Sedan nämnde Allahs sändebud ﷺ allmosan för honom, och mannen frågade: 'Måste jag ge mer än detta?' Han sa: 'Nej, förutom om du självmant vill.' Mannen vände sig sedan om och sa: 'Vid Allah! Jag ska inte göra något mer än dettam, och inte heller mindre.' Då sa Allahs sändebud ﷺ: 'Det ska gå honom väl i händer om han talar sanning.'"</t>
   </si>
   <si>
     <t>جاء رجلٌ من أهل نَجْدٍ إلى النبي صلى الله عليه وسلم وكان شعره مُنْتَفِشًا، وصوته مرتفعًا، ولا يُفقه ما يقول، حتى اقترب من النبي صلى الله عليه وسلم، فسأل عن فرائض الإسلام؟ 
 فبدأ النبيُّ صلى الله عليه وسلم بالصلاة، وأخبره أنَّ الله قد افترض عليه خمسَ صلوات في كل يوم وليلة.
 فقال: هل يلزمني شيء من الصلوات غير هذه الخَمس؟ 
 فقال: لا، إلا إذا تطوَّعت من صلوات النوافل. 
 ثم قال صلى الله عليه وسلم: ومما أوجبه الله عليك صوم شهر رمضان.
 فقال الرجل: هل يلزمني شيء من الصيام غير صوم رمضان؟ 
 فقال: لا، إلا أن تتطوّع بصوم. 
 ثم ذكر له صلى الله عليه وسلم الزكاة.
 فقال الرجل: هل يلزمني شيء من الصدقات بعد زكاة الفرض؟ 
 قال: لا، إلا أن تتطوّع. 
 وبعد أن سمع الرجل من النبي صلى الله عليه وسلم هذه الفرائض ولّى مدبرًا وأقسم بالله تعالى أنه سيلتزم بها من غير زيادة ولا نقصان، فقال صلى الله عليه وسلم على إثر ذلك: إذا صَدَقَ الرجل على ما حَلفَ عليه فإنه يكون من المُفلحين.</t>
   </si>
   <si>
     <t>En man från Najd kom till profeten ﷺ, hans hår var ovårdat och han var högljudd, och det han sa var inte förståeligt förrän han kom nära profeten ﷺ och frågade om islams plikter.
@@ -5343,812 +5343,812 @@
   </si>
   <si>
     <t>سماحةُ الشريعة الإسلامية وتيسيرها على المكلفين.
 حسن معاملته صلى الله عليه وسلم لهذا الرجل، فقد مَكَّنَه من الاقتراب منه وسؤاله.
 البدء في الدعوة إلى الله تعالى بالأهم فالأهم.
 الإسلام عقيدة وعمل، فلا ينفع عمل من غير إيمان، ولا ينفع إيمان من غير عمل.
 أهمية هذه الأعمال وأنها من أركان الإسلام.
 صلاة الجمعة داخلة في الصلوات الخمس الواجبة؛ لأنها بدلًا عن صلاة ظهر يوم الجمعة لمن وجبت عليه.
 بدأ النبيُّ صلى الله عليه وسلم تعليمه بآكد فرائض الإسلام وهي أركانه بعد الشهادتين؛ لأنه كان مسلمًا، ولم يذكر الحج؛ لأنه قبل فرضهِ، أو لأنه لم يأتِ وقته.
 الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
   </si>
   <si>
     <t>Islam är en enkel religion, som är lätt att följa.
 Profetens ﷺ goda bemötande mot mannen, då han lät honom komma nära och ställa frågor.
 Det är viktigt att börja med det viktigaste först när man kallar till Allah.
 Islam består av både tro och handling. Det är inte tillräckligt att endast göra goda handlingar utan att vara troende, och inte heller att man endast är troende utan att göra goda handlingar.
 Dessa handlingar är viktiga att utföra som muslim och de är vissa av islams pelare.
 Fredagsbönen inkluderas i de fem obligatoriska bönerna eftersom den ersätter fredagens Dhuhr-bön för de som måste be den.
 Profeten ﷺ började sin undervisning med de mest påtagliga plikterna i islam efter trosbekännelsen, eftersom mannen redan var muslim. Han nämnde inte pilgrimsfärden eftersom den antingen inte var föreskriven ännu eller för att dess tid inte hade kommit.
 Det ska gå väl i händer för den personen som håller sig till de obligatoriska handlingarna i religionen, men detta innebär inte att det inte rekommenderas att utföra frivilliga handlingar eftersom de frivilliga handlingarna kompletterar de obligatoriska handlingarna på domedagen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3700</t>
   </si>
   <si>
-    <t>مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ</t>
+    <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>Det finns ingen muslim som drabbas av trötthet, sjukdom, bekymmer, sorg, skada, ängslan eller ens en tagg som han sticker sig på, utan att Allah stryker bort hans synder på grund av det</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri berättar från Abu Hurayrah (må Allah vara nöjd med dem) att profeten ﷺ sa: "Det finns ingen muslim som drabbas av trötthet, sjukdom, bekymmer, sorg, skada, ängslan eller ens en tagg som han sticker sig på, utan att Allah stryker bort hans synder på grund av det."</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Sändebudet ﷺ förklarar att det som drabbar muslimen, likt sjukdomar, bekymmer, sorg, svårigheter, katastrofer, prövningar, rädsla, hunger, ja till och med om han skadas av en tagg, kommer att leda till att hans synder förlåts och stryks bort.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Detta visar Allahs godhet och nåd mot sina troende tjänare då han förlåter deras synder genom minsta lilla skada som drabbar dem.
 När en muslim drabbas av något svårt bör han hoppas på belöning från Allah och ha tålamod med allt, stort som litet, för att det ska leda till att han höjs i nivåer och förlåts för sina synder.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3701</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>Elden är omringad av lustar, och paradiset är omringat av svårigheter</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättar att Allahs sändebud (sallallahu 'alayhi wa sallam) sagt: "Elden är omringad av lustar, och paradiset är omringat av svårigheter".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Profeten (sallallahu 'alayhi wa sallam) tydliggör att helvetet är omringat av saker som själen längtar efter, som att utföra förbjudna handlingar eller att vara tillkortakommande gällande obligatoriska handlingar. Den som följer sina begär förtjänar följaktligen helvetet. Paradiset är däremot omringat av saker som själen ogillar, som att tålmodigt fullfölja påbuden och att lämna de förbjudna handlingarna. Om en person kämpar emot sina egna begär förtjänar han därför paradiset.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>En av anledningarna till att falla in i lustar är att Shaytan förskönar dåliga och äckliga handlingar. Människan ser således dessa handlingar som något bra och börjar intressera sig för dem.
 Detta är en beordring att hålla sig borta från förbjudna lustar eftersom de leder till elden, och att ha tålamod med svårigheter, eftersom de leder till paradiset.
 Detta visar vilken dygd det finns i att praktisera självkontroll och att kämpa med att utföra dyrkanshandlingar och ha tålamod med de svårigheter och ansträngningar som dessa handlingar medför.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>En muslim är skyldig en annan muslim fem rättigheter: att besvara fredshälsningen, besöka den sjuke, följa begravningståget, besvara inbjudan och be för den som nyser [genom att säga: må Allah visa dig nåd]</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) sa att han hört Allahs sändebud (sallallahu 'alayhi wa sallam) säga: "En muslim är skyldig en annan muslim fem rättigheter: att besvara fredshälsningen, besöka den sjuke, följa begravningståget, besvara inbjudan och be för den som nyser [genom att säga: må Allah visa dig nåd]".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Profeten (sallallahu 'alayhi wa sallam) tydliggör vissa rättigheter som en muslim har över sin muslimska broder; Den första rättigheten är att besvara fredshälsningen till den som hälsar på en.
 Den andra rättigheten är att besöka den sjuke.
 Den tredje rättigheten är att följa begravningståget från huset till böneplatsen till begravningsplatsen tills personen begravts.
 Den fjärde rättigheten är att besvara en inbjudan som är kopplad till bröllop och liknande.
 Den femte rättigheten är att be för den som nyser. Detta innebär att om den nysande prisar Allah så ska man säga "Må Allah visa dig nåd". Då ska den nysande svara: "Må Allah vägleda dig och korrigera dina angelägenheter".</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Detta visar islams storhet då den lägger stor vikt vid muslimers rättigheter över varandra och i att stärka det muslimska brödraskapet och muslimernas kärlek sinsmellan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3706</t>
   </si>
   <si>
-    <t>خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ</t>
+    <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
   </si>
   <si>
     <t>Den bästa dagen som solen går upp över är fredag</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den bästa dagen som solen går upp över är fredag. På den dagen skapades Adam, fördes in i paradiset och fördes ut ur det. Domedagen kommer att inträffa på en fredag."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Profeten ﷺ informerar att den bästa dagen som solen går upp över är fredag. Några av dess särdrag är att Allah skapade Adam på denna dag, att han fördes in i paradiset på denna dag, och att han fördes ut ur paradiset och sändes ner till jorden på denna dag. Domedagen kommer dessutom att inträffa på en fredag.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Fredagen är bättre än de andra veckodagarna.
 Det är uppmuntrat att utföra många goda handlingar på fredagen och att förbereda sig för att motta Allahs nåd och skyddas från hans straff.
 Dessa särdrag för fredagen som nämns i Hadithen sägs inte vara enbart för att betona fredagens dygd, eftersom faktumet att Adam togs ut ur paradiset då och att domedagen sker den dagen inte ses som en dygd. Vissa lärda säger däremot att alla dessa särdrag är dygder, eftersom faktumet att Adam togs ut ur paradiset då ledde till förekomsten av profeter, sändebud och rättfärdiga människor, och domedagen är anledningen till att de rättfärdiga får sin belöning och det som Allah har förberett för dem.
 Fredagen har också andra särdrag som har nämnts utöver de som nämns i denna Hadith, såsom att Adam blev förlåten på den, att han dog på den, och att det finns en tidpunkt på fredagen då en troende tjänare, som ber och frågar Allah om något, får det han frågat om.
 Årets bästa dag är 'Arafah-dagen, och det sägs också vara offerdagen. Veckans bästa dag är fredagen, och årets bästa natt är Laylat al-Qadr.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3711</t>
   </si>
   <si>
-    <t>ذُكِرَ عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ نَامَ لَيْلَهُ حَتَّى أَصْبَحَ، قَالَ: «ذَاكَ رَجُلٌ بَالَ الشَّيْطَانُ فِي أُذُنَيْهِ، أَوْ قَالَ: فِي أُذُنِهِ</t>
+    <t>ذكر عند النبي صلى الله عليه وسلم رجل نام ليله حتى أصبح، قال: ذاك رجل بال الشيطان في أذنيه، أو قال: في أذنه</t>
   </si>
   <si>
     <t>det nämndes inför profeten ﷺ en man som hade sovit hela natten till dess att morgonen trätt in. Då sa han ﷺ:
 "Det där är en man vars öron Satan urinerat i." I en annan version: "vars öra</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: ذُكِرَ عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ نَامَ لَيْلَهُ حَتَّى أَصْبَحَ، قَالَ: «ذَاكَ رَجُلٌ بَالَ الشَّيْطَانُ فِي أُذُنَيْهِ، أَوْ قَالَ: فِي أُذُنِهِ».</t>
   </si>
   <si>
     <t>'Abdullah ibn Mas'ud (må Allah vara nöjd med honom) berättade att det nämndes inför profeten ﷺ en man som hade sovit hela natten till dess att morgonen trätt in. Då sa han ﷺ:
 "Det där är en man vars öron Satan urinerat i." I en annan version: "vars öra."</t>
   </si>
   <si>
     <t>ذُكِرَ عند النبيِّ صلى الله عليه وسلم رَجلٌ نام حتى أصبح وطَلَعت الشمس ولم يَقم إلى الصلاة المفروضة، فقال صلى الله عليه وسلم: إنه رجل بَالَ الشيطانُ في أُذُنِهِ.</t>
   </si>
   <si>
     <t>Denna Hadith handlar om en man som sovit hela natten och medvetet missat den obligatoriska bönen tills solen hade gått upp. Profeten ﷺ förklarade detta tillstånd genom att säga att Satan urinerade i hans öron.</t>
   </si>
   <si>
     <t>كراهية ترك قيام الليل، وأنّ ذلك بسبب الشيطان.
 الحَذَر من الشيطان الذي يَقعد للإنسان في كل طريق؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل.
 قال ابن حجر: قوله: (ما قام إلى الصلاة) المُراد الجِنْس، ويحتمل العهد، ويراد به صلاة الليل أو المكتوبة.
 قال الطيبي: خص الأذن بالذِّكْر، وإن كانت العين أنسب بالنوم إشارة إلى ثقل النوم، فإن المسامع هي موارد الانتباه، وخص البول؛ لأنه أسهل مدخلًا في التجاويف، وأسرع نفوذًا في العروق، فيورث الكسل في جميع الأعضاء.</t>
   </si>
   <si>
     <t>Att inte gå upp för att be under natten är ogillat, och detta sker på grund av Satans påverkan.
 Hadithen innehåller en varning mot Satan som ständigt ligger på lur efter människan på alla olika möjliga sätt, så att han hindrar henne från att lyda Allah.
 Ibn Hajar nämner att detta kan avse både den frivilliga nattbönen och den obligatoriska Fajr-bönen.
 Al-Tibi sa: "Öronen nämndes, även om ögat egentligen är mer kopplat till sömn, för att visa på hur tung och djup sömnen var. För hörseln är det sinnesorgan som först tar emot impulser när en person vaknar. Han nämnde att Satan urinerar eftersom urin lätt tränger in i kroppens öppningar och snabbare når blodomloppet, vilket i sin tur orsakar slöhet i hela kroppen."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3714</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>Må Allah visa nåd över personen som är tillmötesgående när han säljer, köper och vill ha tillbaks sitt lån</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Jabir (må Allah vara nöjd med honom) berättar att Allahs sändebud (sallallahu 'alayhi wa sallam) sade: "Må Allah visa nåd över personen som är tillmötesgående när han säljer, köper och vill ha tillbaks sitt lån".</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Profeten (sallallahu 'alayhi wa sallam) bad om nåd över varje person som är tillmötesgående och generös i sina affärer. När någon vill handla från en person ska han därför inte behandla personen strängt utan istället bemöta personen med ett gott beteende. Han bör vara tillmötesgående och generös när han själv handlar och inte snåla eller undervärdera varans värde. Han bör även vara tillmötesgående och generös när han söker återbetalning av ett lån. Han ska inte göra det svårt för den som är fattig och behövande, snarare söker han det på ett vänligt och hänsynsfullt sätt, och ger uppskov till den som inte är kapabel att återbetala för tillfället.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>I islam är det viktigt att stärka de sociala relationerna mellan människor.
 Det är uppmanat att visa god karaktär vid sociala interaktioner när människor säljer och köper.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3716</t>
   </si>
   <si>
-    <t>رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ</t>
+    <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>Må han vara förnedrad, må han vara förnedrad, må han vara förnedrad!" Det sades: "Allahs sändebud! Vem?" Han svarade: "Den som får uppleva sina föräldrars ålderdom – den ena eller båda – och ändå inte kommer in i paradiset</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Må han vara förnedrad, må han vara förnedrad, må han vara förnedrad!" Det sades: "Allahs sändebud! Vem?" Han svarade: "Den som får uppleva sina föräldrars ålderdom – den ena eller båda – och ändå inte kommer in i paradiset."</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
     <t>Profeten ﷺ bad om förnedring och skam för den personen genom att säga "Raghima anf" (bokstavligen: må hans näsa tryckas ner i stoftet, vilket är en bön om förnedring). Han upprepade det tre gånger. Han blev frågad: "Allahs sändebud! Vem är denna person som du bad mot?"
 Han ﷺ svarade: Den som får uppleva sina föräldrars ålderdom – den ena eller båda – och de inte blev en orsak till hans inträde i paradiset; detta på grund av att han inte var god mot dem och behandlade dem illa.</t>
   </si>
   <si>
     <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
 عقوق الوالدين من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Att vara god mot sina föräldrar är en plikt, och det är en av orsakerna till att en person kommer till paradiset, särskilt när de är gamla och svaga.
 Att behandla sina föräldrar illa är en av de stora synderna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3718</t>
   </si>
   <si>
-    <t>سَبَقَ الْمُفَرِّدُونَ</t>
+    <t>سبق المفردون</t>
   </si>
   <si>
     <t>de som utmärker sig har gått före</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
   </si>
   <si>
     <t>Från Abu Hurayrah (må Allah vara nöjd med honom) berättade: "Allahs sändebud ﷺ färdades på vägen till Mekka och passerade ett berg som kallades Jumdan. Han sa: 'Fortsätt, detta är Jumdan, och de som utmärker sig har gått före." De frågade: "Allahs sändebud! Vilka är de som utmärker sig?" Han sa: "De män och kvinnor som minns Allah ofta."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم منزلة الذاكرين الله كثيرًا، وأنهم قد انفردوا وسبقوا غيرَهم بنيل الدرجات العُلَى في جنات النعيم، وشبَّههم بجبل جُمدان الذي انفرد عن غيره من الجبال.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargjorde statusen för de som ofta minns Allahs, att de har särskilt sig och gått före andra i att uppnå de högsta graderna i paradiset, och han liknade dem vid berget Jumdan, som står isolerat från andra berg.</t>
   </si>
   <si>
     <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
 ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
 من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
 قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
 ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
 وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
   </si>
   <si>
     <t>Det är rekommenderat att ofta minnas Allah och vara upptagen med det, eftersom utmärkelse i det kommande livet uppnås genom många goda gärningar och uppriktighet i dyrkan.
 Att minnas Allah kan ske med tungan enbart, med hjärtat enbart, eller med både tungan och hjärtat tillsammans, och det sistnämnda är det bästa sättet.
 Det finns specifika fraser som kan nämnas för att minnas Allah under särskilda tider, såsom morgon- och kvälls-åkallelser, och efter de föreskrivna bönerna och liknande.
 Imam Al-Nawawi sa: "Du ska veta att dygden i att minnas Allah inte är begränsad till att säga "Subhanallah" (Allah är fullkomlig), "La ilaha illallah" (Det finns ingen sann gud utom Allah), "Alhamdulillah" (All lovprisning tillkommer Allah), "Allahu Akbar" (Allah är störst) och liknande, utan varje person som gör handlingar för Allahs skull minns Allah.
 Att minnas Allah är en av de största orsakerna till att hålla sig stadfast; Allah säger nämligen: "Troende! När ni möter en [fientlig] styrka, förbli då ståndaktiga och minns Allah mycket så att ni blir framgångsrika" (8:45).
 De som minns Allah liknar berget Jumdan på så vis att de båda sticker ut och utmärker sig. Berget Jumdan står för sig själv och är inte tillsammans med de andra bergerna, så är även fallet med de som minns Allah. Den personen som sticker ut låter sitt hjärta och tunga vara upptaget med att minnas sin Herre även om han är bland människor, och finner tröst i ensamhetens tider och känner sig obekväm med för mycket beblandning med människor. En annan likhet kan vara att minnas Allah är en orsak till att hålla fast vid religionen precis som bergen är en orsak till att jorden står fast, eller att minnas Allah leder till att man går före i goda gärningar i denna värld och i det kommande livet, precis som en resenär från Medina till Mekka, när han når Jumdan, vilket är ett landmärke som visar att de anlänt till Mekka, och den som kommit dit är före de andra bakom denne. På samma sätt är den som minns Allah före andra på grund av sin ihärdiga åminnelse av Allah, och Allah vet bäst.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3719</t>
   </si>
   <si>
-    <t>يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ</t>
+    <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>När en person går till sängs, knyter Satan tre knutar vid bakhuvudet på honom och säger vid varje knut: 'Du har en lång natt framför dig, så sov!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "När en person går till sängs, knyter Satan tre knutar vid bakhuvudet på honom och säger vid varje knut: 'Du har en lång natt framför dig, så sov!' Om han vaknar och minns Allah, löses en knut upp. Om han tvagar sig, löses ytterligare en upp. Och om han ber, löses den sista knuten upp, och han vaknar pigg och med ett gott sinne. Annars vaknar han lat och med ett dåligt sinne."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>Profeten ﷺ beskriver här hur Satan försöker hindra människan från att vakna upp för bön under natten eller vid gryningen.
 När en troende lägger sig för att sova, knyter Satan tre knutar vid bakhuvudet.
 Om den troende vaknar och minns Allah utan att lyssna på Satans viskningar, löses en knut upp.
 Om han sedan tvagar sig, löses ytterligare en knut upp. .
 Om han därefter ber, löses den sista knuten upp, och han vaknar energisk och vid gott humör eftersom han är glad över att ha blivit vägledd till lydnad. Han blir förhoppningsfull av tanken på Allahs otroliga belöning för denna handling och förlåtelsen han kan skänkas, i samband med lättnad som upplevs i att Satans knutar lösts upp och dåliga inverkan motarbetats. Om han däremot inte gör något av detta, vaknar han upp tyngd, lat, nedstämd och fjättrad av Satans bojor och avlägsen från närheten till Nåderike.</t>
   </si>
   <si>
     <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>Satan försöker alltid hindra människan från att lyda Allah och utnyttjar varje tillfälle för att få henne att glömma sina plikter. Räddningen från Satans påverkan ligger i att söka hjälp hos Allah och använda de skyddsåtgärder som han har föreskrivit.
 Att minnas Allah, tvaga sig och be driver bort lathet och ångest och skänker själen energi och hjärtat ro, eftersom de avlägsnar Satans viskningar och påverkan.
 Den troende gläds över att ha fått vägledning till lydnad och sörjer när han försummar sin möjlighet att nå högre nivåer av dygd och perfektion.
 Att vara likgiltig inför goda handlingar och att avstå från dyrkan är en del av Satans försköning av det världsliga livet.
 De tre åtgärderna – att minnas Allah, tvaga sig och be – är effektiva sätt att skydda sig mot Satan.
 Satan knyter knutar just vid bakhuvudet, eftersom det är en central punkt för tankar och beslutsfattande. Genom att binda den får han större kontroll över personens kropp och sinne, vilket leder till att denne blir tung och dåsig.
 Ibn Hajar al-‘Asqalani noterade att Hadithen nämner natten specifikt, vilket antyder att detta främst sker vid nattens sömn.
 Ibn Hajar al-‘Asqalani förklarade också att det inte finns en specifik Dhikr som krävs vid uppvaknandet. Varje form av åminnelse av Allah är tillräcklig, inklusive att recitera Koranen, läsa Hadither eller syssla med islamisk kunskap. Det bästa är dock att recitera den Hadith som säger: "Den som vaknar på natten och säger: 'La ilaha illa Allah, wahdahu la sharika lah, lahu al-mulk wa lahu al-hamd, wa huwa ‘ala kulli shay’in Qadir. Alhamdulillah, subhanallah, wa la ilaha illa Allah, wa Allahu akbar, wa la hawla wa la quwwata illa billah' och sedan ber om förlåtelse eller gör Du'a, kommer att få den besvarad. Om han sedan gör wudu och ber, accepteras hans bön" (al-Bukhari).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3731</t>
   </si>
   <si>
-    <t>عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً</t>
+    <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
   </si>
   <si>
     <t>'Gör mycket Sujud till Allah, för varje gång du gör Sujud till Allah, höjer Allah dig en grad och tar bort en synd från dig.'</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
     <t>Ma'dan ibn Abi Talhah al-Ya'mari berättade: "Jag mötte Thawban, Allahs sändebuds ﷺ tjänare som sa: 'Berätta för mig om en handling som jag kan utföra, genom vilken Allah låter mig träda in i paradiset?' Eller så sa han: 'Berätta för mig om de handlingar, som Allah älskar mest.' Han var tyst. Sedan frågade jag honom igen och han förblev tyst. Sedan frågade jag honom en tredje gång och han sa: 'Jag frågade Allahs sändebud ﷺ om detta och han sa: 'Gör mycket Sujud till Allah, för varje gång du gör Sujud till Allah, höjer Allah dig en grad och tar bort en synd från dig.' Ma'dan sa: 'Sedan mötte jag Abu al-Darda' och frågade honom, och han sa samma sak till mig, som Thawban hade sagt till mig.'"</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>Profeten ﷺ blev tillfrågad om en handling som leder till paradiset, eller om de mest älskade handlingarna till Allah.
 Profeten ﷺ sa till frågeställaren: Var ihärdig med att göra mycket Sujud genom böner, för varje gång du gör Sujud till Allah, höjer han dig en grad och förlåter en synd.</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>Muslimen uppmuntras att vara mån om bönen, både obligatorisk och frivillig, eftersom de innehåller Sujud.
 Det visar följeslagarnas djupa förståelse och kunskap om att paradiset inte uppnås - efter Allahs barmhärtighet - utom genom handlingar.
 Sujud i bönen är en av de största orsakerna till att grader höjs och synder förlåts.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3732</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>Det fanns en man som brukade ge lån till människor. Han brukade säga till sin arbetare: 'Om någon i svår sits kommer till dig ska du ha överseende med honom, måhända att Allah har överseende med oss'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättar att Allahs sändebud (sallallahu 'alayhi wa sallam) har sagt: "Det fanns en man som brukade ge lån till människor. Han brukade säga till sin arbetare: 'Om någon i svår sits kommer till dig ska du ha överseende med honom, måhända att Allah har överseende med oss'. När han därefter mötte Allah (efter döden) visade Han honom överseende".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Profeten (sallallahu 'alayhi wa sallam) berättar om en man som brukade ge lån till människor eller sälja till dem på kredit. Han brukade säga till sin tjänare som samlade tillbaka lånen som människor tagit: "Om någon låntagare kommer till dig och inte kan återbetala lånet han har tagit ska du visa honom överseende". Detta kunde ske genom att ge honom uppskov och inte pressa honom. Eller genom att acceptera det låntagaren har möjlighet att ge, även om det inte lever upp till hela summan. Han gjorde detta i hopp om att Allah skulle visa honom överseende och förlåta honom. När han dog förlät Allah hans synder och visade honom överseende.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Att vara vänlig och förlåtande mot människor då de som har det svårt visas överseende är bland de bästa haningarna som kan leda till att en tjänare räddas på domedagen.
 Att vara god mot människor, att ha uppriktighet till Allah och att hoppas på Hans barmhärtighet är bland de största anledningar till att synder förlåts.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3753</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَجْتَهِدُ فِي الْعَشْرِ الْأَوَاخِرِ مَا لَا يَجْتَهِدُ فِي غَيْرِهِ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يجتهد في العشر الأواخر ما لا يجتهد في غيره</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ brukade anstränga sig mer i de sista tio nätterna i ramadan än han gjorde under andra tider</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤْمِنينَ رَضِيَ اللهُ عَنْهَا: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَجْتَهِدُ فِي الْعَشْرِ الْأَوَاخِرِ مَا لَا يَجْتَهِدُ فِي غَيْرِهِ.</t>
   </si>
   <si>
     <t>'A'ishah, de troendes moder (må Allah vara nöjd med henne) sa: "Allahs sändebud ﷺ brukade anstränga sig mer i de sista tio nätterna i ramadan än han gjorde under andra tider."</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا جاء العَشر الأواخر من رمضان يَجتهد فيها بالعبادة والطاعة، ويُبالِغ في أنواع الخيرات وأصناف المَبَرَّات والعبادات أكثر مما يجتهد في غيره؛ وذلك لِعِظَم وفضل تلك الليالي، وطلبًا لليلة القدر.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade, när de sista tio nätterna av Ramadan började, visa en särskild iver i dyrkan och lydnad till Allah. Han ansträngde sig med bön, åkallan, recitation av Koran, och andra goda handlingar mer än vad han gjorde under andra delar av året. Anledningen till det är de stora dygderna dessa nätter har, och i hopp om att få uppleva Laylat al-Qadr.</t>
   </si>
   <si>
     <t>الحث على الإكثار مِن البِرِّ ووجوه الطاعات في شهر رمضان عامة والعشر الأخيرة منه خاصة.
 العشر الأواخر من رمضان تبدأ من الليلة الحادية والعشرين إلى نهاية الشهر.
 استحباب اغْتِنَام الأوقات الفاضلة بالطاعات.</t>
   </si>
   <si>
     <t>Det är rekommenderat att göra mer fromma handlingar och olika former av dyrkan under Ramadan i allmänhet, och i synnerhet under de sista tio nätterna.
 De sista tio nätterna av Ramadan börjar från natten till den 21:a dagen och fortsätter till månadens slut.
 Man bör ta vara på välsignade tider genom att fylla dem med lydnad och närhet till Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3755</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ</t>
+    <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>Alla i mitt samfund kommer att förlåtas, förutom de som syndar öppet</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Alla i mitt samfund kommer att förlåtas, förutom de som syndar öppet. Till det öppna syndandet hör att tjänaren gör en synd på natten, och Allah döljer hans handling då, men när blir morgon avslöjar han sig själv genom att säga: 'Jag gjorde det och det igår kväll.' Hans Herre har dolt hans synd under natten, men han vaknar och blottar det Allah har dolt."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att det finns hopp om Allahs förlåtelse för den muslimska syndaren, förutsatt att han skamlöst inte visar upp sin synd i det öppna för att skryta, eftersom han då inte förtjänar förlåtelse. Han syndar under natten och Allah döljer vad det han gjort, men när det blir morgon berättar han ändå för andra om de synderna han gjorde under natten. Allah dolde hans handling under natten, men han vaknade upp och blottade det Allah hade dolt!</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Hur fruktansvärt det är att visa upp sina synder öppet när Allah har dolt dem för andra.
 När en person gör synder öppet sprids dessa oförskämda synder bland de troende.
 Om Allah döljer en persons synder i detta liv kommer han även att dölja vad han gjort i det kommande livet, och detta är från Allahs oändliga nåd över de troende tjänarna.
 Den som har blivit prövad med att begå en viss synd ska dölja det, och vända sig till Allah med ånger.
 De som avsiktligt exponerar det dåliga de gjort har begått en stor synd, och de berövar sig själva förlåtelse.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3756</t>
   </si>
   <si>
-    <t>لَا يَسْتُرُ عَبْدٌ عَبْدًا فِي الدُّنْيَا إِلَّا سَتَرَهُ اللهُ يَوْمَ الْقِيَامَةِ</t>
+    <t>لا يستر عبد عبدا في الدنيا إلا ستره الله يوم القيامة</t>
   </si>
   <si>
     <t>Om någon döljer en annan persons brister i denna värld, kommer Allah att dölja dennes brister på uppståndelsens dag</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَسْتُرُ عَبْدٌ عَبْدًا فِي الدُّنْيَا إِلَّا سَتَرَهُ اللهُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Om någon döljer en annan persons brister i denna värld, kommer Allah att dölja dennes brister på uppståndelsens dag."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه لا يَستر مسلمٌ أخاه المسلم في أمر من الأمور، إلا سَتره الله عز وجل يوم القيامة؛ فالجزاء من جنس العمل، ويكون سِتْرُ اللهِ له بستر عيوبه ومعاصيه عن إذاعتها على أهل المحشر، وقد يكون بترك محاسبته عليها وذكرها له.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar att den som i denna värld döljer en annan muslims misstag eller synder kommer att belönas av Allah genom att Allah döljer hans egna brister på domedagen. Det kan innebära att Allah inte avslöjar hans synder inför andra, eller att han inte håller honom till svars inför människorna.</t>
   </si>
   <si>
     <t>مشروعية السِّتْر على المسلم إذا فَعَلَ معصية، مع الإنكار عليه، والنصيحة له، وتخويفه بالله، أما إذا كان من أهل الشر والفساد المجاهرين بالمعاصي والفسق، فإنه لا ينبغي الستر عليهم؛ لأن الستر عليهم يُجَرِّئُهم على المعاصي، وإنما يُرْفَع أمرُه إلى ولاة الأمور، ولو كان في هذا ذكر له؛ لأنه مُعْلِن بفسقه ومعصيته.
 الترغيب في ستر أخطاء الآخرين.
 من فوائد الستر: إتاحة الفرصة للمذنب أن يراجِعَ نفسه ويتوب إلى الله؛ لأن إعلان العيوب والعورات من إشاعة الفاحشة، ويُفسِد الجَوَّ الاجتماعي، ويُغْرِي الناس بارتكابها.</t>
   </si>
   <si>
     <t>Det är föreskrivet att dölja en muslims synder och fel, förutsatt att personen inte öppet begår dem eller skadar andra.
 Att dölja synder utesluter inte att han förmanas, uppmuntras till vägledning och varnas för syndernas onda konsekvenser. Den som däremot öppet syndar eller skadar andra ska inte skyddas genom att vara tyst om vad han gör då det leder till att han bara blir värre. En sådan persons ärende bör lyftas till ansvariga instanser, även om han då nämns vid namn, eftersom han öppet visar sina synder och överträdelser.
 Det är uppmanat att dölja andra människors brister och fel.
 Att dölja andras fel ger personen en chans att ångra sig och förbättras, medan att sprida fel och brister riskerar att normalisera synd och skada samhällsmoralen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3777</t>
   </si>
   <si>
-    <t>لَا يَمُوتَنَّ أَحَدُكُمْ إِلَّا وَهُوَ يُحْسِنُ بِاللهِ الظَّنَّ</t>
+    <t>لا يموتن أحدكم إلا وهو يحسن بالله الظن</t>
   </si>
   <si>
     <t>Ingen av er ska dö utan att han har goda tankar om Allah</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ وَفَاتِهِ بِثَلَاثٍ يَقُولُ: «لَا يَمُوتَنَّ أَحَدُكُمْ إِلَّا وَهُوَ يُحْسِنُ بِاللهِ الظَّنَّ».</t>
   </si>
   <si>
     <t>Jabir (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ tre dagar före sin död säga: "Ingen av er ska dö utan att han har goda tankar om Allah."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم المسلمَ بأن لا يموت إلا وهو يُحسِنُ الظنَّ بالله بتَغْلِيْبِه جانبَ الرجاء عند الاحتضار بأن الله يرحمُه ويعفو عنه، لأن الخوف مطلوب لتحسين العمل، وتلك الحالة ليست حالة الأعمال، فالمطلوب فيها غَلَبَةُ الرجاء.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanade den troende att möta döden med gott hopp om Allah – att ha tillförsikt till hans barmhärtighet, förlåtelse och generositet. Det är i livets sista stunder inte rätt tid för att känna fruktan, utan för att hysa starkt hopp. Fruktan är ett medel under livet för att förbättra handlingar, men när döden nalkas bör hoppet dominera.</t>
   </si>
   <si>
     <t>حِرْص النبيِّ صلى الله عليه وسلم على إرشاد أمته، وشدة رأفته بها في جميع أحواله؛ حتى في مرض موته ينصح أمتَه ويدلُّها على مسالك النجاة.
 قال الطيبي: أحسنوا أعمالكم الآن حتى يَحْسُنَ ظنُّكم بالله عند الموت، فإنَّ مَن ساء عملُه قبل الموت يَسوء ظنُّه عند الموت.
 أكمل الأَحْوال للعبد اعْتدال الرَّجاء والخوف، وغلبةُ الحب؛ فالمحبَّة هي المرْكَبُ، والرَّجاء حادٍ، والخوف سائق، والله الموصل بمنِّه وكرمه.
 ينبغي على من كان قريبًا ممن حَضَرَه الموت أنْ يُغَلِّب عنده جانب الرجاء وحسن الظن بالله، ففي هذا الحديث أنه صلى الله عليه وسلم قال ذلك قبل أن يموت بثلاث.</t>
   </si>
   <si>
     <t>Profetens ﷺ ständiga omsorg om sitt samfund, där han även under sina sista dagar vägledde dem till det som leder till deras räddning.
 Al-Tibi sa: "Den som vill dö med goda tankar om Allah måste utföra goda handlingar under sitt liv, för den som handlar dåligt kommer oftast dö med dåliga förväntningar på Allah."
 Det mest fulländade tillståndet för en troende är att balansera mellan hopp och fruktan, medan kärlek till Allah som det bärande elementet. Kärleken är färdmedlet, hoppet leder en framåt, fruktan dirigerar riktningen och det är Allah i sin godhet och nåd som låter en nå målet.
 När man är närvarande vid en döende, bör man inge hopp och uppmuntra till att tänka gott om Allah. Hadithen visar att detta uttalande sades bara tre dagar innan profeten ﷺ själv gick bort.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3779</t>
   </si>
   <si>
-    <t>لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ</t>
+    <t>لقيت إبراهيم ليلة أسري بي فقال: يا محمد، أقرئ أمتك مني السلام، وأخبرهم أن الجنة طيبة التربة عذبة الماء</t>
   </si>
   <si>
     <t>Jag mötte Abraham då jag fördes upp till himlen på den nattliga resan, och han sa: 'Muhammed! Framför min hälsning till ditt samfund och informera dem om att paradiset har bördig jord och friskt vatten</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ، وَأَنَّهَا قِيعَانٌ، وَأَنَّ غِرَاسَهَا سُبْحَانَ اللهِ وَالحَمْدُ لِلَّهِ وَلاَ إِلَهَ إِلاَّ اللَّهُ وَاللَّهُ أَكْبَرُ».</t>
   </si>
   <si>
     <t>Ibn Masʿud (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Jag mötte Abraham då jag fördes upp till himlen på den nattliga resan, och han sa: 'Muhammed! Framför min hälsning till ditt samfund och informera dem om att paradiset har bördig jord och friskt vatten. Det är vidsträckta slätter och planteras genom att säga: Subhanallah, Alhamdulillah, La ilaha illa Allah och Allahu Akbar.'"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att han under sin nattliga resa ('Isra och Miʿraj) mötte profeten Abraham (frid vare med honom). Han förmedlade sin hälsning till profeten Muhammeds samfund, och bad honom framföra att paradiset är en plats med bördig jord och friskt, sött vatten utan minsta salt. Och att paradiset är vidsträckta slätter utan träd och växter, som planteras genom goda ord. Dessa ord är al-Baqiyat al-Salihat (bestående gott); Subhanallah, Alhamdulillah, La ilaha illa Allah, och Allahu Akbar. Ju mer en muslim yttrar dem och repeterar dem, desto mer som planteras åt honom i paradiset.</t>
   </si>
   <si>
     <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
 فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
 ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
 قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
   </si>
   <si>
     <t>Det är uppmanat att ofta recitera de ord som leder till att träd planteras i paradiset.
 Detta samfunds ära och status, då Abraham (frid vare med honom) skickade sin hälsning till dem genom profeten ﷺ.
 Abraham (frid vare med honom) uppmuntrar profetens samfund att flitigt minnas Allah.
 Al-Tibi förklarar att paradiset är vidsträckta slätter och att Allah i sin godhet fyller det med träd och palats baserat på de troendes handlingar. Varje individ ska belönas utifrån sina handlingar. Sedan, när Allah underlättade för honom det han skapades för att göra och uppnå belöning, har det liknats som en person som planterar dessa träd.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[Godtagbar utifrån dess underlag]</t>
   </si>
   <si>
     <t>[Återberättad av at-Tirmidhi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3791</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Den som upprätthåller släktbanden är inte den som är ömsesidig (i sin kontakt med dem). Den som upprätthåller släktbanden är den som upprätthåller relationen när den bryts</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med dem) berättade att profeten (sallallahu 'alayhi wa sallam) sade: "Den som upprätthåller släktbanden är inte den som är ömsesidig (i sin kontakt med dem). Den som upprätthåller släktbanden är den som upprätthåller relationen när den bryts".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Profeten (sallallahu 'alayhi wa sallam) berättar att den som bäst upprätthåller släktbanden och visar godhet mot släktingar är inte den personen som bemöter vänlighet med vänlighet. Den som verkligen upprätthåller släktbanden är den som upprätthåller kontakten när den bryts. Om de bemöter honom illa, bemöter han dem väl.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Den som, enligt islam, upprätthåller släktbanden är den som håller kontakt med dem som avbryter kontakten med dig, förlåter den som beter sig illa mot dig och ger den som berövar dig. Att upprätthålla släktbanden är alltså inte en fråga om ömsesidighet.
 Släktbanden upprätthålls genom att visa så mycket godhet som möjligt till dem i form av pengar, böner, uppmana dem till det goda, förbjuda dem det onda och liknande, samt försöka skona dem från så mycket ondska som möjligt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3854</t>
   </si>
   <si>
-    <t>لَئِنْ كُنْتَ كَمَا قُلْتَ، فَكَأَنَّمَا تُسِفُّهُمُ الْمَلَّ وَلَا يَزَالُ مَعَكَ مِنَ اللهِ ظَهِيرٌ عَلَيْهِمْ مَا دُمْتَ عَلَى ذَلِكَ</t>
+    <t>لئن كنت كما قلت، فكأنما تسفهم المل ولا يزال معك من الله ظهير عليهم ما دمت على ذلك</t>
   </si>
   <si>
     <t>Om det är som du säger, är det som om du matar dem med het aska. Och du kommer ständigt att ha Allahs stöd mot dem, så länge du fortsätter på detta sätt</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَجُلًا قَالَ: يَا رَسُولَ اللهِ إِنَّ لِي قَرَابَةً أَصِلُهُمْ وَيَقْطَعُونِي، وَأُحْسِنُ إِلَيْهِمْ وَيُسِيئُونَ إِلَيَّ، وَأَحْلُمُ عَنْهُمْ وَيَجْهَلُونَ عَلَيَّ، فَقَالَ: «لَئِنْ كُنْتَ كَمَا قُلْتَ، فَكَأَنَّمَا تُسِفُّهُمُ الْمَلَّ وَلَا يَزَالُ مَعَكَ مِنَ اللهِ ظَهِيرٌ عَلَيْهِمْ مَا دُمْتَ عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att en man sa: "Allahs sändebud! Jag har släktingar som jag håller kontakt med, men de bryter med mig. Jag behandlar dem väl, men de behandlar mig illa. Jag har överseende med dem, men de bemöter mig på ett intolerant sätt." Då sa profeten ﷺ: "Om det är som du säger, är det som om du matar dem med het aska. Och du kommer ständigt att ha Allahs stöd mot dem, så länge du fortsätter på detta sätt."</t>
   </si>
   <si>
     <t>اشتَكَى رَجُلٌ للنبيِّ صلى الله عليه وسلم بأنّ له قرابةً ورَحِمًا يَتَعامَل معهم بالحُسنى وهم يُعامِلونه بضد ذلك؛ فيَصِلُهم ويأتِيْهم وهم يَقْطَعونه، ويُحسن إليهم بالبر والوفاء ويُسيئون إليه بالجَوْر والجَفَاء، ويَحلم ويعفو عنهم ويَجهلون عليه بالقبيح من القول والفعل، فهل يَستَمِرُّ بالصِّلَة لهم مع ما ذُكِر؟ 
 فقال له النبيُّ صلى الله عليه وسلم: إنْ كان كما ذَكَرتَ فإنك تُخزِيهم وتَحْقِرُهم في أنفسهم، وكأنك تُطعِمُهم الرَّمَاد الحارّ؛ لكثرة إحسانك وقبيح فِعلِهم عند أنفسهم، ولا يزال معك من عند الله مُعين لك عليهم، ودافِع عنك أذاهم ما دُمْتَ على ما ذَكرتَ من إحسانك إليهم، وظَلُّوا هم على إساءتهم إليك.</t>
   </si>
   <si>
     <t>En man klagade till profeten ﷺ över sina släktingar: han visade dem vänlighet, men de svarade avvisande. Han gjorde gott mot dem, men de bemötte honom orättvist. Han var tålmodig med dem, men de bemötte honom med elaka ord och handlingar. Han undrade om han ändå borde fortsätta upprätthålla kontakten.
 Profeten ﷺ svarade att om hans beskrivning stämde, då var han som i själva har överhanden mot dem, som om han matade dem med het aska – ett uttryck för hur gott han bemöter dem samtidigt som de beter sig så illa. Allah kommer dessutom att stödja honom och försvara honom mot deras skada så länge han fortsätter vara godhjärtad, medan de fortsätter i sin orätt.</t>
   </si>
   <si>
     <t>مقابلة الإساءة بالإحسان مَظِنّة رجوع  المسيء إلى الحق، كما قال تعالى: (ادفع بالتي هي أحسن فإذا الذي بينك وبينه عداوة كأنه ولي حميم).
 امتثال أمْر الله ولو حصل له أذى سببٌ لعون الله للعبد المؤمن.
 قطيعة الرحم أَلَمٌ وعذابٌ في الدنيا، وإثمٌ وحساب في الآخرة.
 ينبغي على المسلم أنْ يَحتَسِب في عمله الصالح، ولا يقطعه أذى الناس وقطيعتُهم عن عادته الطيبة.
 ليس الواصلُ لِرَحِمِهِ مَن يُكافِئ مَن وَصَله، ولكن الواصل حقيقة هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها.</t>
   </si>
   <si>
     <t>Att besvara ondska med godhet är ett mäktigt medel för att ändra den som gör fel, vilket Allah nämner i Surah Fussilat: "Bemöt det onda med det som är bättre, och plötsligt kan fiendskap mellan dig och honom vändas till djup vänskap."
 Den som lyder Allah, trots att det innebär att utstå smärta från människor, blir belönad med Allahs hjälp och stöd.
 Att bryta släktbanden leder till lidande i detta liv och synd och räkenskap i det nästa.
 En muslim bör göra gott för Allahs skull, och inte låta andras orättfärdighet avbryta hans goda vana.
 Profeten ﷺ lär oss att sann kontakt med släktingar inte är att återgälda den som gör gott mot dig, utan att fortsätta knyta banden även när den andra bryter dem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3863</t>
   </si>
   <si>
-    <t>مَا اغْبَرَّتْ قَدَمَا عَبْدٍ فِي سَبِيلِ اللَّهِ فَتَمَسَّهُ النَّارُ</t>
+    <t>ما اغبرت قدما عبد في سبيل الله فتمسه النار</t>
   </si>
   <si>
     <t>Ingen tjänare vars fötter täcks av damm när han färdas på Allahs väg kommer att drabbas av elden</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْسٍ عَبْدُ الرَّحْمَنِ بْنِ جَبْرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا اغْبَرَّتْ قَدَمَا عَبْدٍ فِي سَبِيلِ اللَّهِ فَتَمَسَّهُ النَّارُ».</t>
   </si>
   <si>
     <t>Abu 'Abs 'Abd al-Rahman bin Jabr (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Ingen tjänare vars fötter täcks av damm när han färdas på Allahs väg kommer att drabbas av elden."</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم بأنَّ مَن أصاب قَدَمَيه الغبارُ وهو يُجاهد في سبيل الله بأنَّ النارَ لا تَمَسّه.</t>
   </si>
   <si>
     <t>Profeten ﷺ ger ett glädjande budskap om att den som kämpar för Allahs skull och därmed får damm på sina fötter, inte kommer att drabbas av elden.</t>
   </si>
   <si>
     <t>البشارة للمُجاهد في سبيل الله بالنَّجَاة من النار.
 ذكرَ القَدَمين وإن كان الغبار يَعُمُّ البدن كلَّه؛ لأن أكثر المجاهدين في ذلك الزمان مُشَاةٌ، والأقدام تتغبَّر على كل حال.
 قال ابن حجر: فإذا كان مُجرَّد مَس الغبار للقدم يُحرِّم عليها النار؛ فكيف بمَن سعى وبَذَل جُهْدَه واستنفد وُسْعَه.</t>
   </si>
   <si>
     <t>Den som kämpar för Allahs skull kommer att belönas med att skonas från helvetets eld.
 Fötterna nämndes specifikt, fastän hela kroppen kan täckas av damm, eftersom de flesta som deltog i strid under den tiden gjorde det till fots, så fötterna täcktes ständigt av damm.
 Ibn Hajr sa: "Om bara att ens fötter blir dammiga skyddar från elden – hur är det då med den som uppoffrar all sin kraft och ansträngning för Allahs skull?"</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3868</t>
   </si>
   <si>
-    <t>مَا مِنْ قَوْمٍ يَقُومُونَ مِنْ مَجْلِسٍ لَا يَذْكُرُونَ اللَّهَ فِيهِ إِلَّا قَامُوا عَنْ مِثْلِ جِيفَةِ حِمَارٍ، وَكَانَ لَهُمْ حَسْرَةً</t>
+    <t>ما من قوم يقومون من مجلس لا يذكرون الله فيه إلا قاموا عن مثل جيفة حمار، وكان لهم حسرة</t>
   </si>
   <si>
     <t>Det finns ingen grupp människor som reser sig från en samling där de inte har nämnt Allah, utan att de reser sig som om de lämnat efter sig en förruttnad åsna – och den samlingen blir en källa till ånger för dem</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ قَوْمٍ يَقُومُونَ مِنْ مَجْلِسٍ لَا يَذْكُرُونَ اللَّهَ فِيهِ إِلَّا قَامُوا عَنْ مِثْلِ جِيفَةِ حِمَارٍ، وَكَانَ لَهُمْ حَسْرَةً».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Det finns ingen grupp människor som reser sig från en samling där de inte har nämnt Allah, utan att de reser sig som om de lämnat efter sig en förruttnad åsna – och den samlingen blir en källa till ånger för dem."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن قومٍ جلسوا في مجلس ثم قاموا منه ولم يذكروا الله فيه إلا قاموا عن مثل مَن اجتمع على جيفة حمار في النَّتَنِ والقَذَارة؛ وذلك لما انشغلوا في الكلام عن ذكر الله، وكان ذلك المجلسُ عليهم حسرةً يوم القيامة ونقصانًا وندامة لازمة لهم.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att varje grupp människor som samlas och sedan skiljs åt utan att ha nämnt Allah i sitt samtal, lämnar samlingen som om de suttit kring en förruttnad åsna – med all dess vidriga stank och förnedring. Liknelsen visar hur tomma och meningslösa sådana möten är, där man glömmer Allah och ägnar sig åt världsligt prat. Denna glömska kommer att bli till sorg, förlust och djup ånger på domedagen.</t>
   </si>
   <si>
     <t>ما ذُكِر مِن التحذير عن الغفلة عن ذكر الله ليس مقتصرًا على المجالس فقط، بل يَعُمُّ غيرَها، قال النووي: يُكرَه لمَن قَعَد في مكان أن يُفارقه قبل أن يذكر الله تعالى فيه.
 الحسرة الحاصل لهم يوم القيامة: إما بِفَوَات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
 هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرَّمة التي فيها الغيبة والنميمة وغيرها؟!</t>
   </si>
   <si>
     <t>Det som nämns i Hadithen är inte begränsat till samlingar, utan omfattar även andra tillfällen då man vistas någonstans utan att nämna Allah. Imam al-Nawawi sa: "Det ogillas att sitta på en plats utan att på något vis nämna Allah innan man lämnar den."
 Ångern de upplever på domedagen kan bero på att de förlorat en möjlighet till belöning genom att inte ha använt tiden till att lyda Allah. Det kan också bero på synden och straffet det kommer att leda till, eftersom tiden användes på ett sätt som innebär olydnad till Allah.
 Om detta gäller för tillåtna men fruktlösa samtal, så är det ännu allvarligare för samlingar där förbjudna handlingar förekommer såsom baktal, skvaller och liknande.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3910</t>
   </si>
   <si>
-    <t>فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا</t>
+    <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>Vad är det för trohetsed vi ger dig?' Han svarade: 'Att ni dyrkar Allah och inte dyrkar något vid hans sida, ber de fem bönerna, lyder (han sa något lågmält) och inte ber människor om något.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Abu Muslim al-Khawlani berättade att 'Awf bin Malik al-Ashja'i (må Allah vara nöjd med honom) sa: "Vi var nio, åtta eller sju personer hos Allahs sändebud ﷺ när han sa: 'Ska ni inte ge Allahs sändebud trohetseden?' Vi hade nyligen gett honom en trohetsed och sa: 'Allahs sändebud! Vi har redan gett dig trohetseden.' Han sa igen: 'Ska ni inte ge Allahs sändebud trohetseden?' Så vi sa: 'Allahs sändebud! Vi har redan gett dig trohetseden.' Han upprepade: 'Ska ni inte ge Allahs sändebud trohetseden?' Vi sträckte fram våra händer och sa: 'Allahs sändebud! Vi ger dig trohetseden. Vad är det för trohetsed vi ger dig?' Han svarade: 'Att ni dyrkar Allah och inte dyrkar något vid hans sida, ber de fem bönerna, lyder (han sa något lågmält) och inte ber människor om något.' Jag kunde se vissa av dessa personer tappa sin piska utan att be någon ta upp den åt honom."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Profeten ﷺ befann sig bland vissa följeslagare och bad dem att ge honom trohetseden tre gånger gällande dessa frågor:
 1. Att särskilja Allah i dyrkan genom att tillämpa hans påbud och undvika hans förbud, och att inte dyrka något vid hans sida.
 2. Att förrätta de fem obligatoriska bönerna under dygnet.
 3. Att lyssna och lyda de muslimska ledarna i det tillåtna.
 4. Att be Allah uppfylla alla deras behov, och inte be människorna om det. Profeten ﷺ nämnde detta lågmält.
 Följeslagarna (må Allah vara nöjd med dem) uppfyllde trohetseden de gav honom, så pass att en av dem som återberättade Hadithen sa att han såg vissa av dessa följeslagare tappa sin piska när han satt på sitt riddjur, och bad inte någon ge honom den, utan klev ner från riddjuret och tog upp den själv.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Detta är en uppmaning till att vara återhållsam i att be människor om tjänster, och att undvika att fråga dem om det och att vara oberoende, även i mindre frågor.
 De frågor som ska undvikas är de som är kopplade till världsliga frågor. Vad gäller frågor om kunskap och religionen så faller de inte in i detta förbud.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4176</t>
   </si>
   <si>
-    <t>مَثَلُ الَّذِي يَذْكُرُ رَبَّهُ وَالَّذِي لاَ يَذْكُرُ رَبَّهُ، مَثَلُ الحَيِّ وَالمَيِّتِ</t>
+    <t>مثل الذي يذكر ربه والذي لا يذكر ربه، مثل الحي والميت</t>
   </si>
   <si>
     <t>Den som minns sin Herre och den som inte minns sin Herre är som den levande och den döde</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الَّذِي يَذْكُرُ رَبَّهُ وَالَّذِي لاَ يَذْكُرُ رَبَّهُ، مَثَلُ الحَيِّ وَالمَيِّتِ»، ولفظ مسلم: «مَثَلُ الْبَيْتِ الَّذِي يُذْكَرُ اللهُ فِيهِ، وَالْبَيْتِ الَّذِي لَا يُذْكَرُ اللهُ فِيهِ، مَثَلُ الْحَيِّ وَالْمَيِّتِ».</t>
   </si>
   <si>
     <t>Abu Musa (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som minns sin Herre och den som inte minns sin Herre är som den levande och den döde." Och i en version återberättad av Muslim: "Ett hem där Allah minns och ett hem där Allah inte minns är som skillnaden mellan det levande och det döda."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الفَرقَ بَيْن الذي يذكر الله تعالى وبين مَن لا يذكره، وأنه مثل الفرق بين الحي والميت في نفعه وحسن مظهره، فمَثَلُ الذي يذكر ربه مثل الحي الذي ظاهِرُه مُتَزَيِّن بنور الحياة، وباطنه بنور المعرفة، وفيه النفع، ومثل الذي لا يذكر الله مثل الميت الذي ظاهره عاطل، وباطنه باطل، وليس فيه نفع. 
 وكذلك البيت يوصف بالحي إن كان ساكنوه يذكرون الله، وإلا فهو بيت ميت لخمول ساكنيه عن ذكر الله؛ وإن أطلق الحي والميت في وصف البيت إنما يراد به ساكن البيت.</t>
   </si>
   <si>
     <t>Profeten ﷺ ger här en liknelse för att visa skillnaden mellan Dhikr (att minnas Allah) och glömska. Den som ihärdigt minns Allah – i hjärta, med tunga och i handling – liknas vid en levande människa: full av energi, andligt ljus, och nytta. Den som däremot inte minns honom är likt en avliden person, som är livlös och utan nytta.
 Och på samma sätt beskrivs ett hem som levande om de som bor där nämner Allah. Annars är det ett dött hem, eftersom de som bor där är slöa så de inte minns Allah. Och när hemmet beskrivs som levande eller dött, så är det egentligen de som bor där som avses.</t>
   </si>
   <si>
     <t>الحث على ذكر الله والتحذير من الغفلة عنه.
 الذكر حياة الروح كما أن الروح حياة الجسد.
 من هدي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
 قال النووي: فيه الندب إلى ذكر الله تعالى في البيت، وأنه لا يخلى من الذكر.
 قال النووي: وفيه أن طول العمر في الطاعة فضيلة وإن كان الميت ينتقل إلى خير؛ لأن الحي يَسْتَلْحِقُ به ويزيد عليه بما يفعله من الطاعات.</t>
   </si>
   <si>
     <t>Det är en uppmaning till att åminnas Allah och varning för att vara likgiltig inför detta.
 Åminnelse ger liv till själen, precis som själen ger liv till kroppen.
 Det är från profetens ﷺ vägledning är att använda liknelser för att förtydliga ett budskap.
 Imam al-Nawawi sa: "Hadithen uppmanar till att man nämner Allah i hemmet och att man inte låter hemmet vara utan åminnelser."
 Imam al-Nawawi sa också: "Den visar att ett långt liv i lydnad till Allah är en dygd, även om den avlidne går vidare till något gott – för den levande kan hinna ikapp honom och till och med överträffa honom genom det goda han gör."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4177</t>
   </si>
   <si>
-    <t>إِنِّي مِمَّا أَخَافُ عَلَيْكُمْ مِنْ بَعْدِي، مَا يُفْتَحُ عَلَيْكُمْ مِنْ زَهْرَةِ الدُّنْيَا وَزِينَتِهَا</t>
+    <t>إني مما أخاف عليكم من بعدي، ما يفتح عليكم من زهرة الدنيا وزينتها</t>
   </si>
   <si>
     <t>”Bland det jag fruktar för er efter mig är hur förförande och ljuvligt det jordiska livet kan framstå och hur det kommer att bli tillgänglig för er.”</t>
   </si>
   <si>
     <t>عَنْ أَبٍي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ جَلَسَ ذَاتَ يَوْمٍ عَلَى المِنْبَرِ وَجَلَسْنَا حَوْلَهُ، فَقَالَ: «إِنِّي مِمَّا أَخَافُ عَلَيْكُمْ مِنْ بَعْدِي، مَا يُفْتَحُ عَلَيْكُمْ مِنْ زَهْرَةِ الدُّنْيَا وَزِينَتِهَا» فَقَالَ رَجُلٌ: يَا رَسُولَ اللَّهِ، أَوَيَأْتِي الخَيْرُ بِالشَّرِّ؟ فَسَكَتَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقِيلَ لَهُ: مَا شَأْنُكَ؟ تُكَلِّمُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَلاَ يُكَلِّمُكَ؟ فَرَأَيْنَا أَنَّهُ يُنْزَلُ عَلَيْهِ؟ قَالَ: فَمَسَحَ عَنْهُ الرُّحَضَاءَ، فَقَالَ: «أَيْنَ السَّائِلُ؟» وَكَأَنَّهُ حَمِدَهُ، فَقَالَ: «إِنَّهُ لاَ يَأْتِي الخَيْرُ بِالشَّرِّ، وَإِنَّ مِمَّا يُنْبِتُ الرَّبِيعُ يَقْتُلُ أَوْ يُلِمُّ، إِلَّا آكِلَةَ الخَضْرَاءِ، أَكَلَتْ حَتَّى إِذَا امْتَدَّتْ خَاصِرَتَاهَا اسْتَقْبَلَتْ عَيْنَ الشَّمْسِ، فَثَلَطَتْ وَبَالَتْ، وَرَتَعَتْ، وَإِنَّ هَذَا المَالَ خَضِرَةٌ حُلْوَةٌ، فَنِعْمَ صَاحِبُ المُسْلِمِ مَا أَعْطَى مِنْهُ المِسْكِينَ وَاليَتِيمَ وَابْنَ السَّبِيلِ - أَوْ كَمَا قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ - وَإِنَّهُ مَنْ يَأْخُذُهُ بِغَيْرِ حَقِّهِ، كَالَّذِي يَأْكُلُ وَلاَ يَشْبَعُ، وَيَكُونُ شَهِيدًا عَلَيْهِ يَوْمَ القِيَامَةِ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att profeten ﷺ satte sig en dag på predikstolen, och vi satt samlade omkring honom. Han sa: ”Bland det jag fruktar för er efter mig är hur förförande och ljuvligt det jordiska livet kan framstå och hur det kommer att bli tillgänglig för er.” Då sa en man: "Allahs sändebud! Kommer det goda med något ont?” Profeten ﷺ teg. Folk sa till honom: ”Vad är det med dig? Du talar till profeten ﷺ men han svarar dig inte?” Vi förstod att att han fick en uppenbarelse. Sedan torkade han svetten från sin panna och sa: ”Var är den som frågade?” Det verkade som att profeten ﷺ berömde honom, och han sa: ”Det goda föder inte ondska. Men vissa växter som växer under våren kan döda eller nästan döda, förutom de djur som äter med måtta – de äter tills sidorna sväller, vänder sig mot solen, uträttar sina behov, och återgår därefter till att beta. Pengar är verkligen grönt och sött. Det är en god följeslagare för den muslim som använder det rätt genom att ge av det till den behövande, den föräldralöse och den nödställde resenären – eller som profeten ﷺ sa –. Men den som tar det utan rätt liknas vid någon som äter utan att någonsin bli mätt. Och de kommer att vittna mot honom på domedagen.”</t>
   </si>
   <si>
     <t>جَلَسَ النبيُّ صلى الله عليه ذات يوم على المنبر يُحدِّث أصحابَه فقال: 
 إنَّ أكثر ما أخاف وأخشى عليكم مِن بعدي ما يُفتَح عليكم من بركات الأرض وزهرة الدنيا وزينتها وبهجتها، وما فيها من أنواع المتاع والثياب والزروع وغيرها مما يفتخر الناس بحسنه مع قلة البقاء. 
 فقال رجل: زهرة الدنيا نعمة من الله، فهل تعود هذه النعمة وتصير نقمة وعقوبة؟! 
 فَلَامَ الناسُ السائلَ حيث رأوه صلى الله عليه وسلم سَكَتَ، وظنوا أنه أغضبه. 
 فتَبَيَّنَ أنه صلى الله عليه وسلم كان ينزل عليه الوحي، ثم جعل يَمسح عن جَبِيْنِه العَرَقَ، فقال: أين السائل؟ 
 قال: أنا.
 فحمد الله وأثنى عليه، ثم قال صلى الله عليه وسلم: الخير الحقيقي لا يأتي إلا بخير، ولكن هذه الزهرة ليست بخير مَحْضٍ لما تؤدي إليه من الفتنة والمنافسة والاشتغال بها عن كمال الإقبال على الآخرة، ثم ضَرَبَ لذلك مَثلًا فقال: إنّ نبات الربيع وخَضِره؛ وهو نوع من الزرع يُعجب الماشية فيَقْتُل لكثرة الأكل بالتُّخَمَة أو يقارب القتل، إلا آكلة الخَضِر أكلت حتى امتلأ جانبا بطنها، فاستقبلت الشمس وأَلْقَت الرجيع من بطنها رقيقًا أو بالت، ثم استرفعت ما في كرشها فمضغتْه ثم بَلَعتْه، ثم عادت فأكلت. 
 فإن هذا المال كالبَقْلة الخضراء الحلوة، يَقتل أو يكاد يقتل بكثرته؛ إلا إذا اقتصر منه على اليسير الذي تدعو إليه الحاجة وتحصل به الكفاية من طريق حلال فإنه لا يضر، ونعم صاحب المسلم هو لمن أعطى منه المسكين واليتيم وابن السبيل، ومن يأخذه بحقه يبارك له فيه، ومن يأخذه بغير حقه فمثله كمثل الذي يأكل ولا يشبع، ويكون شهيدًا عليه يوم القيامة.</t>
   </si>
   <si>
     <t>Profeten ﷺ satte sig en dag på predikstolen och talade till sina följeslagare och sa:
 Att det jag fruktar mest och känner störst oro för när det gäller er efter jag gått bort, är det som ni kommer att ta del av från jordens välsignelser och det jordiska livets prakt, prydnad och lyx – det består av olika slags tillgångar, kläder, grödor och annat som människor brukar skryta över för dess prakt, trots att dess varaktighet är kort.
 Då sa en man att världslig prakt är en välsignelse från Allah – kan en sådan välsignelse verkligen förvandlas till en förbannelse och ett straff?
 Folk klandrade den som ställt frågan, och när de såg att profeten ﷺ förblev tyst trodde de att han hade gjort honom arg.
@@ -6176,505 +6176,505 @@
 När han sa: "Det sanna goda medför endast gott" lär vi oss att även riklig försörjning är en del av det goda – men det kan vara en form av ondska, genom att hålla tillbaka och snåla gentemot dem som har rätt till det, eller genom att spendera det på otillåtna sätt. Och att allt som Allah har bestämt att det är gott, kan inte vara ont – och tvärtom. Men det man fruktar är att den som fått del av egendomar använder det på ett sätt som leder till ondska.
 Var inte förhastad med att svara om saken kräver eftertanke.
 Al-Tibi sa: "Det finns fyra grupper av människor: 
 1. Den som frossande äter i överflöd tills hans revben sväller och inte slutar upp kommer att dö tidigt. 
 2. Den som gör likadant men försöker bli av med skadan efter att den blivit för allvarlig, så kommer den att överrumpla honom och därefter förgöra honom.
 3. Den som gör likadant men snabbt försöker bli av med det skadliga och lyckas smälta det och blir räddad. 
 4. Den som inte äter i överflöd eller med begär, utan nöjer sig med att stilla sin hunger och hålla sig vid liv. 
 Den första är som den otrogne. Den andra är som syndaren som försummar ånger tills det är för sent. Den tredje är som den som ibland syndar, men som snabbt ångrar sig och får sin ånger accepterad. Den fjärde är som den som avhåller sig från det världsliga och som längtar efter det kommande livet.
 Ibn al-Munir sa: "Denna Hadith innehåller många vackra liknelser: 
 1. Liknelsen mellan pengar och växande gröda. 
 2. Liknelsen mellan den som ivrigt söker rikedomar och boskap som ivrigt betar. 
 3. Liknelsen mellan att samla pengar och frosseri. 
 4. Liknelsen mellan att snåla med pengar – trots dess höga värde i människors ögon – och djurets avföring, vilket antyder att det är förkastligt enligt religionen. 
 5. Liknelsen mellan den som avstår från att tjäna pengar och får som lägger sig mot solen, vilket är ett tillstånd av ro. 
 6. Liknelsen mellan den girige som dör utan att skydda sig och ett djur som inte försvarar sig från självåsamkad skada. 
 7. Liknelsen mellan pengar och en vän som man fruktar att den kan bli en fiende, eftersom pengar är något förvaras eftersom man tycker om det, men det kan leda till att de hålls tillbaka från dess rättmätiga ägare, vilket leder till att man straffas. 
 8. Liknelsen mellan den som tar pengar utan rätt och den som äter utan att bli mätt.
 Al-Sindi sa: "Det finns två krav för att pengarna ska vara till nytta: 1. Att de förvärvas på rätt sätt. 
 2. Att de används på rätt sätt. 
 Om något av detta saknas blir de till skada. Och det kan även sägas: Det finns ett samband mellan dessa två – man får inte framgång i att använda pengar på rätt sätt om man inte har förvärvat dem rätt</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4180</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Den som ger uppskov till den skuldsatte, som har svårt (att betala tillbaka lånet), eller minskar skuldsumman kommer Allah att ge skugga åt på domedagen under sin trons skugga, den dag då det inte finns någon annan skugga än hans skugga</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ har sagt: "Den som ger uppskov till den skuldsatte, som har svårt (att betala tillbaka lånet), eller minskar skuldsumman kommer Allah att ge skugga åt på domedagen under sin trons skugga, den dag då det inte finns någon annan skugga än hans skugga."</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att den som ger den skuldsatte mer tid att återbetala lånet eller minskar skuldsumman kommer att belönas genom att Allah ger honom skugga under sin tron på domedagen, då solen kommer att vara nära människornas huvuden och de kommer att uppleva extrem hetta. Ingen kommer att finna skugga bortsett från dem som Allah har försett med skugga.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Detta visar dygden i att underlätta för Allahs tjänare, och att det är en anledning till att personen skonas från domedagens svårigheter.
 Belöningen är av samma sort som handlingen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4186</t>
   </si>
   <si>
-    <t>مَنْ سَرَّهُ أَنْ يُنْجِيَهُ اللهُ مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ فَلْيُنَفِّسْ عَنْ مُعْسِرٍ أَوْ يَضَعْ عَنْهُ</t>
+    <t>من سره أن ينجيه الله من كرب يوم القيامة فلينفس عن معسر أو يضع عنه</t>
   </si>
   <si>
     <t>Den som skulle glädjas över att Allah räddar honom från svårigheter på uppståndelsens dag , ska underlätta för någon som är skuldsatt eller efterskänka honom skulden.”</t>
   </si>
   <si>
     <t>عَنْ أَبَي قَتَادَةَ رضي الله عنه أنَّهُ طَلَبَ غَرِيمًا لَهُ، فَتَوَارَى عَنْهُ ثُمَّ وَجَدَهُ، فَقَالَ: إِنِّي مُعْسِرٌ، فَقَالَ: آللَّهِ؟ قَالَ: آللَّهِ؟ قَالَ: فَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ سَرَّهُ أَنْ يُنْجِيَهُ اللهُ مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ فَلْيُنَفِّسْ عَنْ مُعْسِرٍ أَوْ يَضَعْ عَنْهُ».</t>
   </si>
   <si>
     <t>Abu Qatadah (må Allah vara nöjd med honom) berättade att han sökte upp en man som var skyldig honom pengar, men mannen undvek för honom. När han sedan hittade honom, sa den skuldsatte: ”Jag är oförmögen att betala.” Då frågade Abu Qatadah: ”Svär du vid Allah?” Han svarade: ”Jag svär vid Allah.” Då sa Abu Qatadah: ”Jag hörde Allahs sändebud ﷺ säga: "Den som skulle glädjas över att Allah räddar honom från svårigheter på uppståndelsens dag , ska underlätta för någon som är skuldsatt eller efterskänka honom skulden.”</t>
   </si>
   <si>
     <t>كان أبو قتادة الأنصاري رضي الله عنه يبحث عن مَدِيْنٍ له يَخْتَبِئ عنه، فوجده، فقال الغَريم: إني مُعسر، وليس عندي مال لأقضي دينك. 
 فاستحلفه أبو قتادة رضي الله عنه بالله أنه لا مال عنده؟ 
 فحلف بالله أنه صادق فيما يقول.
 فقال أبو قتادة رضي الله عنه إنه سمع النبي صلى الله عليه وسلم يقول: 
 مَن سرّه وأفرحه أن ينجيَه الله من كُرب يوم القيامة وشدائدها وأهوالها، فلينفِّس عن معسر، بأن يَمُدَّ ويؤخّر المطالبة بالدَّيْن، أو يُسقط بعض الدين أو كله.</t>
   </si>
   <si>
     <t>Abu Qatadah al-Ansari (må Allah vara nöjd med honom) letade efter en man som var skyldig honom pengar. Mannen försökte undvika honom och gömde sig. När Abu Qatadah till slut fann honom, bad mannen om ursäkt och förklarade att han var ur stånd att betala av skulden till honom.
 Abu Qatadah (må Allah vara nöjd med honom) bad honom att svära vid Allah att han verkligen inte hade något att betala med,
 och mannen svor att han talade sanning.
 Då berättade Abu Qatadah att han hört profeten ﷺ säga
 att den som vill finna glädje i att Allah befriar honom från domedagens svårigheter bör ge lättnad till den skuldsatte: genom att skjuta upp återbetalningen, minska skulden eller helt efterskänka den.</t>
   </si>
   <si>
     <t>استحباب إنظار المُعْسر إلى مَيْسرة، أو وضع الدَّين عنه، كله أو بعضه.
 من نَفَّس عن مؤمن من كُرب الدنيا نَفَّس الله عليه من كُرَب يوم القيامة، والجزاء من جِنس العمل.
 القاعدة: أن الفرائض أفضل من النوافل، لكن في بعض الأحيان تكون النافلة أفضل من الفريضة، وإسقاط الدين عن المعسر نافلة، والصبر عليه والانتظار وعدم المطالبة هذا فريضة، والنافلة أفضل من الفريضة هنا.
 الحديث في حق من كان معسرًا، فهذا معذور، أما المُماطِل الذي عنده مال، فقد جاء عن النبي صلى الله عليه وسلم أنه قال: "مَطْلُ الغني ظُلْم".</t>
   </si>
   <si>
     <t>Det är rekommenderat att ge den skuldsatte anstånd till dess han har möjlighet att betala, eller att efterskänka hela eller delar av skulden.
 Den som underlättar för en troende i detta livs svårigheter, kommer att få lättnad av Allah på domedagen, eftersom belöningen motsvarar handlingen.
 Grundprincipen är att obligatoriska handlingar är bättre än rekommenderade, men i vissa fall kan en rekommenderad handling bli mer förtjänstfull. Att efterskänka en skuld är en rekommenderad handling, medan tålamod med en skuldsatt utan att kräva återbetalning är obligatoriskt. I detta fall kan den rekommenderade handlingen vara bättre än den obligatoriska.
 Hadithen gäller endast för den verkligt oförmögne. Den som däremot har förmåga att betala men skjuter upp det utan giltig ursäkt skiljer sig dock. Profeten ﷺ har sagt om denne person: ”Att den rike skjuter upp att betala tillbaka är en form av förtryck.”</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4195</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Den som fastar Ramadan med tro och hopp (om belöning) kommer att få sina tidigare synder förlåtna</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ har sagt: "Den som fastar Ramadan med tro och hopp (om belöning) kommer att få sina tidigare synder förlåtna."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som fastar Ramadan med tro på Allah, genom att bekräfta fastans plikt och belöningen som Allah förberett för de fastande, och gör det i uppriktighet till Allah, kommer att få sina tidigare synder förlåtna.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Detta visar dygden i att vara uppriktig i sin fasta under Ramadan och i andra goda handlingar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ</t>
+    <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>Den som ber under de två svala tiderna kommer att komma in i paradiset</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
     <t>Abu Musa al-Ash'ari (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som ber under de två svala tiderna kommer att komma in i paradiset."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmuntrade att vara noggrann med att be under de två svala tiderna, vilket är Fajr- och 'Asr-bönen. Han gav dem som utför dem korrekt, vid deras bestämda tid och i församlingen, det glada budskapet att detta leder personen till paradiset.</t>
   </si>
   <si>
     <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
 سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
   </si>
   <si>
     <t>Detta visar Fajr- och 'Asr-bönens förträffligheter, eftersom Fajr infaller när sömnen är som härligast, och 'Asr när människan är upptagen med sitt arbete. Den som slår vakt om dessa två böner kommer troligen att slå vakt om de övriga bönerna.
 Fajr och 'Asr kallas "de två svala tiderna" eftersom Fajr infaller under nattens kyla och 'Asr infaller under dagens kyla, även om den kan vara under en varm tid, är den ändå svalare än tiden före. Eller så kan det vara så att de fick detta namnet för att de nämns tillsammans, och den ena fick namnet från den andra, precis som man säger "de två månarna" då man menar solen och månen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4198</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Den som ber nattbönen under ödets natt med tro och hopp (om belöning) kommer att få sina tidigare synder förlåtna</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ har sagt: "Den som ber nattbönen under ödets natt med tro och hopp (om belöning) kommer att få sina tidigare synder förlåtna."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om dygden i att be nattbönen under ödets natt. Denna natt inträffar under de tio sista nätterna av Ramadan. Den som anstränger sig med att be, göra åkallan, läsa Koranen och minnas Allah på grund av tron på dessa nätters dygd och för att uppriktigt söka Allahs belöning kommer att få sina tidigare synder förlåtna.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Detta visar dygden av ödets natt och uppmanar till att be under denna natt.
 Goda handlingar accepteras inte utan en uppriktig avsikt.
 Detta visar oss även Allahs godhet och barmhärtighet då den som ber nattbönen under ödets natt, med tro och hopp om belöning, får sina tidigare synder förlåtna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Om Allah vill en person väl utsätter han denne för prövningar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ har sagt: "Om Allah vill en person väl utsätter han denne för prövningar."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att om Allah vill någon av sina troende tjänare väl prövar han dem inom dem själva, med deras egendomar och med deras familjer. Detta får de troende att vända sig till Allah genom att åkalla honom varpå deras dåliga handlingar tas bort och det får dem att öka i status.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>En troende utsätts för olika prövningar.
 Prövningar kan vara ett tecken på Allahs kärlek till tjänaren. Genom detta lyfter han den troendes status, upphöjer honom och förlåter hans synder.
 I detta finns det en uppmaning till att ha tålamod med svårigheter och att inte bli otålig.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4204</t>
   </si>
   <si>
-    <t>المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ</t>
+    <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>När en muslim blir frågad i graven, vittnar han om att det inte finns någon [sann] gud utom Allah, och att Muhammed är Allahs sändebud</t>
   </si>
   <si>
     <t>عَنِ البَرَاءِ بْنِ عَازِبٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ»، فَذَلِكَ قَوْلُهُ: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالقَوْلِ الثَّابِتِ فِي الحَيَاةِ الدُّنْيَا وَفِي الآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Al-Bara' ibn 'Azib (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "När en muslim blir frågad i graven, vittnar han om att det inte finns någon [sann] gud utom Allah, och att Muhammed är Allahs sändebud. Detta är betydelsen av Allahs ord: 'Allah befäster de troende med det fast förankrade ordet (trosbekännelsen) i detta liv och i det kommande' (14:27)."</t>
   </si>
   <si>
     <t>يُسألُ المؤمنُ في القبر، فيسأله الملكان الموكَّلان بذلك وهما منكر ونكير، كما جاء تسميتهما في عدة أحاديث، 
 فيشهد أن لا إله إلا الله وأن محمدًا رسول الله، 
 قال النبي صلى الله عليه وسلم هذا هو القول الثابت الذي قال الله فيه: 
 {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Den troende blir frågad i graven av de två änglarna som ansvarar för det, nämligen Munkar och Nakir, som det har nämnts i flera Hadither. Han vittnar då om att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud. Profeten ﷺ sa att detta är det fast förankrade ordet som Allah refererar till i versen: "Allah befäster de troende med det fast förankrade ordet (trosbekännelsen) i detta liv och i det kommande' (14:27)."</t>
   </si>
   <si>
     <t>أنَّ سؤال القبر حق.
 فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
 فضل شهادة التوحيد والموت عليها.
 تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
   </si>
   <si>
     <t>Människor blir verkligen frågade i graven.
 Allahs nåd över sina troende tjänare i denna värld och i det kommande livet genom att stärka dem med det fast förankrade ordet.
 Trosbekännelsens förträfflighet och att dö på den.
 Allah stärker den troende i detta liv genom att hjälpa honom hålla fast vid tron och följa den rätta vägen, och vid döden genom att dö på trosbekännelsen, och i graven vid frågan av de två änglarna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4206</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ</t>
+    <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>Jag har blivit beordrad att strida mot människorna till dess att de säger att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud, att de förrättar bönen och ger allmosa</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Jag har blivit beordrad att strida mot människorna till dess att de säger att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud, att de förrättar bönen och ger allmosa. Den som gör det har fått sin egendom och sitt liv skyddat av mig, förutom vid islamisk rätt, och hans räkenskap kommer att vara hos Allah."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah beordrat honom att strida mot polyteisterna tills de vittnar att det inte finns någon värd dyrkan utom Allah, han är den ende utan partner, och de vittnar att Muhammed ﷺ är ett sändebudet. De ska även agera i enlighet med detta vittnesmål, bland annat genom att be fem böner under dygnet och ge den förpliktade allmosan till dem som förtjänar den. Om de gör detta, har islam skyddat deras liv och egendomar, och därför är det inte tillåtet att bestrida dem, förutom om de utför en kriminell handling som de förtjänar att bestridas för, utifrån islamisk lag. På domedagen kommer Allah att ställa dem till svars, då han känner till deras hemligheter.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>De islamiska bestämmelserna utgår från det som visas till det yttre, vad gäller insidan är det Allah som ställer dem till svars.
 Vikten av att kalla till monoteism, och att det är det första som prioriteras.
 Denna Hadith innebär inte att icke-muslimer ska tvingas att konvertera till islam, snarare får de välja mellan att konvertera till islam eller att betala skyddsskatten. Om de vägrar ska de bestridas utifrån islamiska bestämmelser.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4211</t>
   </si>
   <si>
-    <t>إِنَّ أَهْوَنَ أَهْلِ النَّارِ عَذَابًا مَنْ لَهُ نَعْلَانِ وَشِرَاكَانِ مِنْ نَارٍ، يَغْلِي مِنْهُمَا دِمَاغُهُ كَمَا يَغْلِ الْمِرْجَلُ، مَا يَرَى أَنَّ أَحَدًا أَشَدُّ مِنْهُ عَذَابًا، وَإِنَّهُ لَأَهْوَنُهُمْ عَذَابًا</t>
+    <t>إن أهون أهل النار عذابا من له نعلان وشراكان من نار، يغلي منهما دماغه كما يغل المرجل، ما يرى أن أحدا أشد منه عذابا، وإنه لأهونهم عذابا</t>
   </si>
   <si>
     <t>”Den personen i helvetet som får lindrigast straff är den som bär två sandaler som var och en har två remmar av eld, vilket leder till att hjärnan kokar som en kittel kokar. Han tror inte att någon annan får ett värre straff än han, fastän han är den som får lindrigast straff.”</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ أَهْوَنَ أَهْلِ النَّارِ عَذَابًا مَنْ لَهُ نَعْلَانِ وَشِرَاكَانِ مِنْ نَارٍ، يَغْلِي مِنْهُمَا دِمَاغُهُ كَمَا يَغْلِ الْمِرْجَلُ، مَا يَرَى أَنَّ أَحَدًا أَشَدُّ مِنْهُ عَذَابًا، وَإِنَّهُ لَأَهْوَنُهُمْ عَذَابًا».</t>
   </si>
   <si>
     <t>Al-Nu'man ibn Bashir (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Den personen i helvetet som får lindrigast straff är den som bär två sandaler som var och en har två remmar av eld, vilket leder till att hjärnan kokar som en kittel kokar. Han tror inte att någon annan får ett värre straff än han, fastän han är den som får lindrigast straff.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أهونَ أهلِ النار عذابًا يوم القيامة مَن له نَعْلان وشِرَاكان يَغلي دماغه من حرارتهما، كما يغلي قِدْر النحاس، ولا يَرى أن أحدًا أشد عذابًا منه، وإنه لأهونهم عذابًا وذلك ليجتمع عليه العذاب الجسدي والنفسي.</t>
   </si>
   <si>
     <t>Profeten ﷺ beskriver i denna Hadith den person som får det lindrigaste straffet i helvetet på domedagen. Han har två sandaler med remmar gjorda av eld, men ändå kokar hans hjärna av deras hetta som en kopparkittel kokar. Trots att det är det mildaste straffet i helvetet, upplever han det som outhärdligt och tror att ingen har det värre än han. Därmed får han både uppleva fysisk smärta och psykiskt lidande.</t>
   </si>
   <si>
     <t>التحذير للعصاة والكافرين مِن هَوْل هذا العذاب في النار؛ ليبتعدوا عما يؤدي إليه.
 اختلاف دَرَكَات الداخلين النار بحسب سوء أعمالهم.
  شدة عذاب النار، سلَّمنا الله تعالى منها.</t>
   </si>
   <si>
     <t>En kraftfull varning till syndare och otrogna om den fruktansvärda verkligheten i helvetets straff, för att avskräcka från det som leder dit.
 Straffen i helvetet skiljer sig åt beroende på graden av synd. Vissa befinner sig djupare nivåer och utstår svårare straff än andra.
 Helvetets straff är outhärdligt även i sin ”mildaste” form – må Allah skydda oss från det.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4220</t>
   </si>
   <si>
-    <t>يُدْنَى الْمُؤْمِنُ يَوْمَ الْقِيَامَةِ مِنْ رَبِّهِ عَزَّ وَجَلَّ، حَتَّى يَضَعَ عَلَيْهِ كَنَفَهُ، فَيُقَرِّرُهُ بِذُنُوبِهِ</t>
+    <t>يدنى المؤمن يوم القيامة من ربه عز وجل، حتى يضع عليه كنفه، فيقرره بذنوبه</t>
   </si>
   <si>
     <t>'Den troende kommer att föras nära sin Herre på uppståndelsens dag, tills han lägger sitt skydd och hölje över honom. Då påminner han honom om hans synder</t>
   </si>
   <si>
     <t>عَنْ صَفْوَانَ بْنِ مُحْرِزٍ قَالَ: قَالَ رَجُلٌ لِابْنِ عُمَرَ رضي الله عنهما كَيْفَ سَمِعْتَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: فِي النَّجْوَى؟ قَالَ: سَمِعْتُهُ يَقُولُ: «يُدْنَى الْمُؤْمِنُ يَوْمَ الْقِيَامَةِ مِنْ رَبِّهِ عَزَّ وَجَلَّ، حَتَّى يَضَعَ عَلَيْهِ كَنَفَهُ، فَيُقَرِّرُهُ بِذُنُوبِهِ، فَيَقُولُ: هَلْ تَعْرِفُ؟ فَيَقُولُ: أَيْ رَبِّ أَعْرِفُ، قَالَ: فَإِنِّي قَدْ سَتَرْتُهَا عَلَيْكَ فِي الدُّنْيَا، وَإِنِّي أَغْفِرُهَا لَكَ الْيَوْمَ، فَيُعْطَى صَحِيفَةَ حَسَنَاتِهِ، وَأَمَّا الْكُفَّارُ وَالْمُنَافِقُونَ، فَيُنَادَى بِهِمْ عَلَى رؤُوسِ الْخَلَائِقِ هَؤُلَاءِ الَّذِينَ كَذَبُوا عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Safwan ibn Muhriz berättade att en man ställde 'Abdullah ibn 'Umar (må Allah vara nöjd med honom) den här frågan: ”Vad hörde du Allahs sändebud ﷺ nämna al-Najwa (det privata samtalet)?” Han svarade: ”Jag hörde honom säga: 'Den troende kommer att föras nära sin Herre på uppståndelsens dag, tills han lägger sitt skydd och hölje över honom. Då påminner han honom om hans synder och säger: "Känner du igen den och den handlingen?" Han svarar: "Ja, min Herre, jag känner igen dem." Då säger Allah: "Jag dolde dem för dig i det jordiska livet, och idag förlåter jag dem åt dig." Sedan får han sin bok med goda gärningar. Men vad gäller de otrogna och hycklarna, så ropas det ut inför hela skapelsen: ’Här är de som ljög om Allah!"'</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مناجاة الله لعبدِه المؤمن يوم القيامة، فقال: 
 يُدْنَى المؤمنُ يوم القيامة من ربه فيضع عليه سِتْرَه عن أهل الموقف حتى لا يَطَّلع على سرِّه غيرُه، فيقول له: 
 أتعرف ذنب كذا وكذا... يُقرِّرُه بالذنوب التي بين العبد وربه. 
 فيقول: نعم أي رب.
 حتى إذا فَزِع المؤمن وخاف، قال له سبحانه: إني سترتها عليك في الدنيا، وأنا أغفرها لك اليوم، فيُعطى صحيفة حسناته. 
 وأما الكافر والمنافق فيُنادى على رؤوس الأشهاد: هؤلاء الذين كذبوا على ربهم، ألا لعنة الله على الظالمين.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om hur Allah på domedagen kommer att tala direkt till den troende tjänaren.
 Han för honom nära och lägger sin "Kanaf" – det vill säga: sitt skydd, sitt hölje, sin slöja – över honom och täcker för honom, så att ingen annan av de församlade ser och hör det privata som sägs mellan dem.
 Allah påminner tjänaren om hans synder, en efter en.
 Tjänaren erkänner dem och säger: "Ja, min Herre."
 När den troende erkänner dem, fylld av rädsla, säger Allah: ”Jag dolde dessa för dig i livet och idag förlåter jag dig.” Därefter får han sin bok med goda gärningar.
 Men när det gäller de otrogna och hycklarna sker det motsatta: De avslöjas inför hela skapelsen, och det ropas: ”Här är de som ljög om sin Herre. Allahs fördömmelse vilar över de orättfärdiga!”</t>
   </si>
   <si>
     <t>فضل الله ورحمته للمؤمنين بسترهم في الدنيا والآخرة.
 الحث على ستر المؤمن ما أمكن.
 أعمال العباد كلها يُحصيها رب العباد، فمن وجد خيرًا فليحمد الله، ومن وجد غير ذلك فلا يلومنَّ إلا نفسه وهو تحت مشيئة الله.
 قال ابن حجر: دلَّ مجموع الأحاديث على أن العصاة من المؤمنين في القيامة على قسمين: أحدهما: من معصيته بينه وبين ربه، فدل حديث ابن عمر على أن هذا القسم على قسمين: قسم: تكون معصيته مستورة في الدنيا، فهذا الذي يسترها الله عليه في القيامة وهو بالمنطوق، وقسم: تكون معصيته مجاهرة، فدل مفهومه على أنه بخلاف ذلك، والقسم الثاني: من تكون معصيته بينه وبين العباد فهم على قسمين أيضا: قسم: ترجح سيئاتهم على حسناتهم، فهؤلاء يقعون في النار ثم يخرجون بالشفاعة، وقسم: تتساوى سيئاتهم وحسناتهم، فهؤلاء لا يدخلون الجنة حتى يقع بينهم التَّقَاصُّ.</t>
   </si>
   <si>
     <t>Det visar Allahs stora nåd och godhet mot de troende, genom att skyla deras synder både i denna värld och på domedagen.
 Hadithen uppmanar till att vi också ska skyla andra troendes fel, när det är möjligt.
 Allah håller räkning på alla handlingar, och var och en kommer att möta sina gärninga. Den som finner gott bör tacka Allah, och den som finner något annat bör bara klandra sig själv. På domedagen kommer han att vara under Allahs nåd, om han vill, straffar han honom, och om han vill, förlåter han honom.
 Ibn Hajr förklarar att de syndande troende delas i två kategorier: 1. De vars synder är mellan dem och Allah. Dessa delas vidare i två kategorier: 
 A) De vars synder var dolda i detta liv. De kommer Allah att skyla även på domedagen. 
 B) De som syndade öppet. De omfattas inte av samma löfte. 
 2. De vars övertramp riktades mot andra människor. Dessa delas också i två: 
 A) De vars onda handlingar väger tyngre än de goda. De hamnar i elden en tid men förs ut genom förbön och medling. 
 B) De vars goda och onda handlingar väger lika. Dessa kommer inte in i paradiset förrän deras tillkortakommanden har lösts.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4242</t>
   </si>
   <si>
-    <t>يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ</t>
+    <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Den ridande ska hälsa på den gående, den gående ska hälsa på den sittande, de som är få i antal ska hälsa på de som är fler i antal</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den ridande ska hälsa på den gående, den gående ska hälsa på den sittande, de som är få i antal ska hälsa på de som är fler i antal."</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om hur fredshälsningen "As-salamu 'alaykum wa rahmatullahi wa barakatuh" ska spridas bland människor. Den unge ska följaktligen hälsa på den äldre, den ridande ska hälsa på den gående, den gående ska hälsa på den sittande, och de i mindre antal ska hälsa på dem i större antal.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Det är rekommenderat att hälsa med fredshälsningen utifrån Hadithens riktlinjer. Om en gående däremot hälsar på den ridande, eller någon annan situation som nämndes, är det tillåtet, men det är inte det ultimata och rekommenderade sättet.
 Att sprida fredshälsningen på det sätt som Hadithen förespråkar är något som leder till kärlek och gemenskap.
 Om de är jämlika i de beskrivningarna som gavs i Hadithen, är den bästa av dem den som inleder fredshälsningen.
 Denna religion är perfekt då den förklarar allt som människor är i behov av.
 Riktlinjer för hur fredshälsningen ges, och att varje person ska få sin rättighet given.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4243</t>
   </si>
   <si>
-    <t>إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ</t>
+    <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
   </si>
   <si>
     <t>'Dessa två är förbjudna för männen i mitt samfund, men tillåtna för kvinnorna.'</t>
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>'Ali bin Abi Talib (må Allah vara nöjd med honom) berättade: "Allahs sändebud ﷺ tog silke i sin vänstra hand och guld i sin högra, lyfte händerna och sa: 'Dessa två är förbjudna för männen i mitt samfund, men tillåtna för kvinnorna.'"</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>Profeten ﷺ tog silkestyg i sin vänstra hand, och guldsmycken eller liknande i sin högra, och berättade att de är förbjudna för muslimska män, men tillåtna för muslimska kvinnor.</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>Al-Sindi sa: "Det förbjudna är att de används som kläder; annars är användning i form av växling, utgifter och försäljning tillåtet för alla. Däremot är det förbjudet för alla att använda guld för att tillverka kärl och att bruka dem."
 Den islamiska lagstiftningen har gjort undantag för kvinnor på grund av deras behov av utsmyckning och liknande.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4292</t>
   </si>
   <si>
-    <t>دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ</t>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Fråga mig inte om sådant som jag har lämnat outtalat. De som levde innan er gick under på grund av deras många frågor och deras meningsskiljaktigheter med sina profeter</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Fråga mig inte om sådant som jag har lämnat outtalat. De som levde innan er gick under på grund av deras många frågor och deras meningsskiljaktigheter med sina profeter. Så när jag förbjuder er något, undvik det, och när jag befaller er något, gör så mycket ni kan av det."</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>Profeten ﷺ nämnde att de islamiska bestämmelserna är indelade i tre kategorier: det som har lämnats outtalat, förbud och befallningar.
 Den första: det som har lämnats outtalat; det har ingen specifik bestämmelse, och grundprincipen är att saker inte är obligatoriska. Under profetens ﷺ tid skulle de undvika att fråga om saker som inte hade hänt, av rädsla för att det skulle kunna bli obligatoriskt eller förbjudet, eftersom Allah har lämnat dessa saker outtalade som en barmhärtighet mot tjänarna. Vad gäller efter profetens ﷺ död, så om frågan ställs för att få en fatwa eller lära sig om något som är nödvändigt i religionen, är det tillåtet och till och med beordrat. Men om frågan ställs på ett sätt som visar att personen är petig och överdrivet nyfiken, är det detta som avses med att undvika att fråga om i denna Hadith. Detta kan leda till liknande situationer som israeliterna upplevde, då de beordrades att slakta en ko, och om de hade slaktat vilken ko som helst hade de uppfyllt kravet. Men de krånglade till det så konsekvensen blev att det försvårades ytterligare för dem.
 Den andra: förbud; att undvika dem leder till belöning, och att utföra dem leder till straff, därför måste alla förbud undvikas.
 Den tredje: befallningar; att utföra dem leder till belöning, och att lämna dem leder till straff, därför måste de utföras utefter förmåga.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Man bör fokusera på det som är mest nödvändigt och lämna det som inte är nödvändigt just nu, och inte sysselsätta sig med frågor om sådant som inte har hänt.
 Det är förbjudet att ställa frågor som kan leda till att situationer kompliceras och följaktligen banar väg för tvivel som leder till meningsskiljaktigheter.
 Alla förbud måste undvikas, eftersom det inte finns någon svårighet i att lämna dem, och därför är förbudet mot dem allmänt.
 Befallningen att utföra det man har beordrats med i enlighet med förmåga, eftersom det kan innebära svårigheter att utföra dem, och därför är befallningen att utföra dem baserad på förmåga.
 Förbudet mot att ställa många frågor har de lärda delat in i två kategorier: den ena är för att lära sig något nödvändigt om religionen, vilket är beordrat och exempel på detta är följeslagarnas frågor. Den andra är att ställa frågor som visar på petighet och överdriven nyfikenhet, vilket är förbjudet.
 Detta samfund varnas från att gå emot sin profet, något de tidigare samfund gjorde.
 Att ställa många frågor om sådant som inte är nödvändigt och att trotsa profeterna leder till undergång, särskilt i frågor som inte kan besvaras, som frågor om det fördolda som endast Allah vet, och saker som ska ske på domedagen.
 Det är förbjudet att ställa detaljerade frågor om extremt svåra ämnen. Al-Awza’i sa: När Allah vill beröva sin tjänare kunskapens välsignelse, placerar han förvillande frågor på personens tunga, och jag har sett dem vara de minst kunniga. Ibn Wahb sa: Jag hörde Malik säga: Att tvista om kunskap tar bort kunskapens ljus från en människas hjärta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4295</t>
   </si>
   <si>
-    <t>لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ</t>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>'Du har frågat mig om en stor sak, men den är lätt för den som Allah gör den lätt för</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>Mu'adh ibn Jabal (må Allah vara nöjd med honom) berättade: "Jag var på en resa med profeten ﷺ, och en morgon, när jag var nära honom under vår färd, sa jag: 'Allahs sändebud! Berätta för mig om en handling som leder mig till paradiset och håller mig borta från helvetet.' Han sa: 'Du har frågat mig om en stor sak, men den är lätt för den som Allah gör den lätt för: Att du dyrkar Allah och inte dyrkar något vid hans sida, att du förrättar bönen, ger allmosa, fastar under Ramadan och vallfärdar till Allahs hus.' Sedan sa han: 'Ska jag visa dig vägen till det goda? Fastan är en sköld, allmosa släcker synder såsom vatten släcker eld, och en person ber mitt i natten.' Därefter reciterade han: 'De överger sina bäddar' fram till '...för vad de brukade göra.' Därefter sa han: 'Ska jag berätta för dig vad allt detta vilar på, dess pelare och dess högsta topp?' Jag sa: 'Ja, Allahs sändebud.' Han sa: 'Grunden för allt är islam, dess pelare är bönen, och dess högsta topp är jihad.' Sedan sa han: 'Ska jag berätta för dig vad som sammanhåller allt detta?' Jag sa: 'Ja, Allahs profet.' Då tog han tag i sin tunga och sa: 'Håll tillbaka denna!' Jag frågade: 'Allahs profet! Kommer vi att hållas ansvariga för det vi säger?' Han sa: 'Må din mor förlora dig, Mu'adh! Finns det något som får människor att kastas på sina ansikten – eller sina näsor – i elden, om inte deras tungors skörd?'"</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
 ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
 قال معاذ رضي الله عنه: بلى يا رسول الله. 
 قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
@@ -6707,1054 +6707,1125 @@
 السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
 ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
 رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
 رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
 فضل التقرب بالنوافل بعد أداء الفرائض.
 الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
 وجوب حفظ اللسان عما يضر الإنسان في دينه.
 كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
   </si>
   <si>
     <t>Följeslagarnas starka iver att söka kunskap, vilket ses i deras upprepade frågor till profeten ﷺ.
 Detta visar på följeslagarnas förståelse, då de visste att det krävs handlingar för att träda in i paradiset.
 Frågan som Mu'adh (må Allah vara nöjd med honom) ställde var en viktig fråga, eftersom den baseras på grunden till vårt liv och vår existens. Alla varelser i detta liv, människor såväl som jinner, kommer antingen att hamna i paradiset eller elden, därför var denna fråga viktig.
 De fem pelarna i islam är grunden för att komma till paradiset och de är: trosbekännelsen, bönen, allmosan, fastan och pilgrimsfärden Hajj.
 Religionens viktigaste del och största fokus och högsta plikt är att särskilja Allah i dyrkan och att inte dyrka någon annan än honom.
 Detta visar Allahs otroliga nåd över sina tjänare då han banade vägen för goda handlingar åt dem så att de kan belönas rikligt och förlåtas för sina synder.
 Förträffligheten i att utföra rekommenderade handlingar utöver de obligatoriska.
 Bönen är islams grundpelare – utan den faller en persons religiösa utövning, precis som ett tält faller utan sin grundpelare.
 En person måste bevaka sin tunga från att yttra skadliga ord som skadar en persons religion.
 Att hålla tillbaka sin tunga och kontrollera den är grunden till allt gott.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4303</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>Om två muslimer drabbar samman med sina svärd hamnar både mördaren och den mördade i elden</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Abu Bakr (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om två muslimer drabbar samman med sina svärd hamnar både mördaren och den mördade i elden." De sa: ”Vi förstår att det blir så för mördaren, men varför blir det så med den mördade?” Han svarade: ”Han ville döda sin broder."</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att om två muslimer drabbar samman med sina svärd med avsikt att mörda den andra, hamnar mördaren i elden eftersom han faktiskt dödade sin kompanjon. Följeslagarna blev förvirrade av varför även den mördade hamnar i elden? Då berättade profeten ﷺ att även han är i elden eftersom han försökte döda sin kompanjon. Det enda som hindrade honom från att göra det var att den andra personen hann dödade honom först.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Detta visar att den som avser att göra en synd och tar de åtgärder han kan för att göra den förtjänar att straffas.
 Detta är en sträng varning mot att muslimer strider mot varandra och att det kan leda till helvetet.
 Om muslimer har en giltigt orsak för att strida mot andra muslimer gäller inte denna varning, som att strida mot kriminella och de som begår överträdelser.
 Personen som gör en större synd blir inte icke-muslim genom det eftersom profeten ﷺ kallade båda som strider för muslimer.
 Om två muslimer strider mot varandra med något vapen varpå någon av dem dör kommer både mördaren och den mördade att hamna i elden. Svärd har nämnts som ett exempel här.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ</t>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>”Godhet är gott uppförande, och synd är det som skaver i bröstet och som du ogillar att människor får veta om.”</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
   </si>
   <si>
     <t>Al-Nawwas ibn Sim'an al-Ansari (må Allah vara nöjd med honom) berättade att han frågade Allahs sändebud ﷺ om vad som är godhet och vad som är synd. Han svarade: ”Godhet är gott uppförande, och synd är det som skaver i bröstet och som du ogillar att människor får veta om.”</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
 أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
 وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
   </si>
   <si>
     <t>Profeten ﷺ frågades om vad som räknas som godhet och vad som är synd. Han svarade:
 Den bästa formen av godhet är att ha gott uppförande gentemot Allah med gudfruktan, och gott uppförande gentemot människor med att ha tålamod med dem, kontrollera sin ilska, le, tala vänligt, vara lättsam, hålla släktskaps- och vänskapsbanden och visa omtanke med mera.
 Synd är sådant som orsakar gnagande oro och tvivel, något som man inte känner sig bekväm med i fruktan av att det är en illgärning, och som man ogärna skulle vilja att rättfärdiga människor såg. Människan älskar att ha ett gott anseende inför andra, men om något känns genant eller göms, tyder det ofta på att det synd och inget gott.</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
 الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
 من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
 قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
 المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
 قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
   </si>
   <si>
     <t>Hadithen uppmuntrar till goda egenskaper och vacker karaktär, eftersom gott uppförande är en av de främsta formerna av godhet.
 En troende kan ofta skilja mellan rätt och fel genom det ljus och den vägledning som Allah lagt i hans hjärta.
 Ett kännetecken för synd är att hjärtat inte känner ro och trygghet i handlingen, och att man ogärna vill att andra ska känna till den.
 Al-Sindi sa: "Detta gäller i frågor som är tveksamma och där man inte tydligt vet om något är tillåtet eller inte. Men det som redan är beordrat eller förbjudet i religionen kräver inte att man 'rådfrågar hjärtat', eftersom det redan är tydligt."
 Denna vägledning riktar sig till dem med ren Fitrah, och inte till dem vars hjärtan är förvridna och endast följer sina onda begär.
 Al-Tibi sa: "Godhet i den här Hadithen har tolkats på olika sätt. På ett ställe har det tolkats som det som ger själen ro och hjärtat känner sig tryggt med. På ett annat ställe har det tolkats som tro, och på ytterligare ett annat ställe som det som för en närmare Allah. I denna Hadith förklaras det att det handlar om gott uppförande. Och gott uppförande har i sin tur förklarats på olika sätt, som att uthärda skada, att inte ha ett hett temperament, att möta andra med ett glatt ansikte och vackra ord. Alla dessa betydelser har dock en liknande innebörd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4308</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Religionen är uppriktighet</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Tamim ad-Dari (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Religionen är uppriktighet ". Vi sa: "Till vem?" Han svarade: "Till Allah, till hans bok, till hans sändebud, till de muslimska ledarna och till gemene man."</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att religionen är uppbyggd på uppriktighet och ärlighet, och att religionen ska tillämpas så som Allah beslutat, på bästa sätt utan bristfällighet eller att luras.
 Profeten ﷺ frågades om vem denna uppriktighet bör riktas till varpå han svarade:
 1. Uppriktighet till Allah genom att utföra handlingar uppriktigt för hans skull utan att tillskriva honom någon partner. Att tro på hans herravälde, gudomlighet, namn och egenskaper, att upphöja hans bud och att kalla till tron på honom.
 2. Uppriktighet till hans bok, det vill säga Koranen. Genom att tro på att den är fullständig och att den är hans sista bok. Den upphävde samtliga föreskrifter innan den. Den ska upphöjas och reciteras korrekt. Vi ska handla utmed det tydliga i den och underkasta oss det som är tvetydigt. Den ska skyddas från dem som söker att misstolka dess innehåll. Vi ska dra lärdom från dess påminnelser, sprida dess kunskap och kalla till den.
 3. Uppriktighet till hans sändebud ﷺ. Genom att tro att han är det sista sändebudet och genom att bekräfta det han har kommit med samt implementera hans bud. Vi ska hålla oss borta från hans förbud och inte dyrka Allah på något annat sätt än det han har kommit med. Vi upphöjer och respekterar honom och sprider hans kall och väg samt avvisar de anklagelser som riktas mot honom.
 4. Uppriktighet till de muslimska ledarna. Genom att hjälpa dem med det rätta och inte försöka frånta dem deras makt. De ska lydas och följas i det som är lydnad till Allah.
 5. Att vara uppriktig mot muslimer och gemene man. Genom att vara god mot dem och kalla dem till Allah. De ska skyddas mot det som kan skada dem och man ska önska dem väl och samarbeta med dem i gott.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Hadithen beordrar oss att vara uppriktiga mot alla.
 Uppriktighet har en hög status i religionen.
 Religionen består av tro, tal och handling.
 Uppriktighet är även att rena en själv från att vara oärlig mot andra och att man ska önska andra väl.
 Profetens pedagogiska undervisning, där han börjar med att generalisera för att sedan specificera.
 Att börja med det viktigaste. Profeten ﷺ nämnde uppriktighet till Allah först, sedan hans sändebud ﷺ, därefter de muslimska ledarna och slutligen gemene man.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Det tillåtna är tydligt och det otillåtna är tydligt</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>An-Nu'man bin Bashir (må Allah vara nöjd med honom) pekade mot sina öron och berättade att han hörde profeten ﷺ säga: "Det tillåtna är tydligt och det otillåtna är tydligt, däremellan finns det sådant som är tvivelaktigt som många människor inte har kunskap om. Den som undviker det som är tveksamt har garderat sin religion och sitt anseende. Den som däremot faller in i det som är tvivelaktigt kommer slutligen att falla in i det otillåtna, likt en herde som vallar [sina djur] intill ett förbjudet område varpå de snart äter ifrån. Varje kung har säkerligen ett förbjudet område, och Allahs förbjudna område är det otillåtna. I kroppen finns en köttbit; om den är sund är resten av kroppen också sund, och om den är osund är resten av kroppen också osund. Det är helt visst hjärtat."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör en generell princip beträffande olika frågor vilket är att de, enligt islam, faller in under tre kategorier; tydligt tillåtna frågor, tydligt förbjudna frågor och tveksamma frågor vars bestämmelse är otydlig varefter många människor inte vet om de är tillåtna eller förbjudna.
 Den som undviker de tveksamma frågorna skyddar följaktligen sin religion då han inte gjort något otillåtet. Han räddar även sitt anseende eftersom folk annars kritiserar honom för att ägna sig åt tveksamma frågor. Den som inte undviker det tveksamma riskerar antingen att falla in i det förbjudna eller att kritiseras av andra människor. Genom en liknelse illustrerade profeten ﷺ tillståndet av en person som ägnar sig åt tveksamma frågor. Han är som en herde som låter sina djur beta nära privat och förbjuden mark. Djuren betar sannolikt från den förbjudna marken med tanke på det korta avståndet. Likaså kommer den som ägnar sig åt tveksamma frågor att börja närma sig det förbjudna och troligen falla in i det med. Därefter berättade profeten ﷺ att det finns en köttbit i kroppen, med referens till hjärtat. Genom ett sunt hjärta blir kroppen även sund, och genom ett osunt hjärta blir kroppen likaså osund.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>I detta finns det en uppmaning till att lämna det tveksamma vars bestämmelse är otydlig.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4314</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ</t>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
   </si>
   <si>
     <t>Människor! Allah är god och accepterar endast det som är gott, och han har befallt de troende med samma sak som han befallde sändebuden</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Människor! Allah är god och accepterar endast det som är gott, och han har befallt de troende med samma sak som han befallde sändebuden. Han sa: ‘Sändebud! Ät av det goda och gör goda gärningar. Jag vet vad ni gör.’ (23:51). Han sa även: ‘Troende! Ät av det goda som vi har skänkt er.’ (2:172). Sedan berättade han om en man som befann sig på en lång resa, är dammig och ovårdad, sträcker upp sina händer mot himlen och säger: 'Herre, Herre!' men hans mat är otillåten, hans dryck är otillåten, hans kläder är otillåtna och han livnär sig på det otillåtna. Hur ska då hans bön kunna besvaras?"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
 ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
 أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
 ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
 ثالثًا: يرفع يديه إلى السماء بالدعاء. 
 رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
 ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
   </si>
   <si>
     <t>Profeten ﷺ informerar oss om att Allah är Tayyib – helig och fri från brister – och att han endast accepterar det som är rent och gott, vare sig det gäller handlingar, ord eller trosuppfattningar. Det betyder att en handling endast accepteras av Allah om den är uppriktig och i enlighet med profeten vägledning, och en person ska inte söka närhet till Allah på ett annat sätt än detta. En av de viktigaste faktorerna för att ens handlingar ska vara godtagbara är att ens föda är från tillåtna källor. En persons förtäring påverkar följaktligen hans handlingars renhet. Därför befallde Allah de troende med det han befallde sändebuden; att endast äta av det tillåtna och goda, och att utföra rättfärdiga handlingar. Han sa: "Sändebud! Ät av det goda och gör goda gärningar. Jag vet vad ni gör." (23:51). Han sa även: "Troende! Ät av det goda som vi har skänkt er." (2:172).
 Därefter varnade profeten ﷺ för effekten av att konsumera sådant som är otillåtet och dess påverkan på ens handlingar och att det hindrar dem från att accepteras. Han gav ett exempel på en person som till synes har alla förutsättningar för att få sin bön besvarad:
 1. Han är på en lång resa – En resa, särskilt för dyrkan såsom Hajj, Jihad eller för att upprätthålla släktband, är en anledning till att böner besvaras.
 2. Han är ovårdad och dammig – Han har rufsigt hår för han inte har kammat det, och hans hud och klädsel har blivit dammiga, vilket visar på hans desperata situation.
 3. Han sträcker upp händerna i bön.
 4. Han åkallar Allah intensivt genom att upprepa "Herre, Herre!" – detta visar på hans ivriga önskan att Allah ska svara honom.
 Trots att han har alla dessa skäl för att få sin bön besvarad, accepteras den inte, eftersom hans mat, dryck och kläder är från förbjudna källor, och han livnär sig på det som är förbjudet. Det är högst osannolikt att en sådan person får sin bön besvarad, för på vilka grunden ska den besvaras?</t>
   </si>
   <si>
     <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
 الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
 استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
 من موانع استجابة الدعاء أكل الحرام.
 من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
 أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
 قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
   </si>
   <si>
     <t>Allah är själv fullkomlig, och så även hans egenskaper, handlingar och befallningar.
 Handlingar accepteras endast om de är uppriktiga och i enlighet med profetens ﷺ vägledning.
 Profeten ﷺ uppmuntrade de troende till handling genom att nämna att de blivit befallda samma sak som sändebuden. När den troende vet att detta är från de befallningar som även sändebuden blivit beordrade med, känner han sig extra motiverad och stärkt att göra det han beordrats.
 Att konsumera det som är otillåtet är en av de största hindren för att ens bön ska besvaras.
 Det finns fem viktiga orsaker till att en bön besvaras: 1. Lång resa, då resande ofta upplever svårigheter som ökar deras ödmjukhet. 2. Desperation. 3. Att lyfta händerna i bön. 4. Att enträget upprepa "Herre, Herre!", vilket är från de viktigaste sätten att söka att ens bön besvaras. 5. Att ens föda och dryck kommer från tillåtna källor.
 Att endast konsumera tillåten föda är en av de viktigaste faktorerna för att ens handlingar ska accepteras.
 Enligt al-Qadi är ‘Tayyib’ (god) motsatsen till Khabith (orent), och det har olika betydelser beroende på sammanhang: När det används för att beskriva Allah betyder det att han är fri från brister och fullkomlig i alla avseenden. När det används för människor syftar det på den som är fri från dåliga egenskaper och handlingar. När det används för egendom betyder det att den är tillåten och förvärvad på ett korrekt sätt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4316</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا</t>
+    <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>Allah sträcker ut sin hand på natten för att den som har syndat på dagen ska visa ånger, och han sträcker ut sin hand på dagen för att den som har syndat på natten ska visa ånger, fram till dess att solen går upp från väst</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
     <t>Abu Musa (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Allah sträcker ut sin hand på natten för att den som har syndat på dagen ska visa ånger, och han sträcker ut sin hand på dagen för att den som har syndat på natten ska visa ånger, fram till dess att solen går upp från väst."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah accepterar att hans tjänare visar ånger. Om en tjänare syndar under dagen och visar ånger på natten, accepterar Allah detta från honom. Och om han syndar på natten och visar ånger på dagen, accepterar Allah det från honom. Allah sträcker ut sin hand för att han är glad över att hans tjänare har vänt sig till honom i ånger för att för att Allah accepterar detta från honom. Och porten till att visa ånger förblir öppen tills solen går upp från väster, vilket är ett tecken på att denna värld ska upphöra. När detta händer, stängs porten för att tjänarna ska kunna ångra sig.</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
   </si>
   <si>
     <t>Att en person visar ånger accepteras så länge som porten är öppen, och porten stängs när solen går upp från väst, och han bör visa ånger innan dödsrosslingen, vilket är när själen når strupen.
 Att inte förlora hoppet och ge upp på grund av synder, eftersom Allahs förlåtelse och barmhärtighet är omfattande, och porten till att visa ånger är öppen.
 Villkoren för att det ska vara giltigt att en person kan visa ånger är följande: Det första är att upphöra med synden. Det andra är att visar ånger för att man har begått synden. Det trejde är att personen beslutar sig att aldrig återvända till synden igen. Om synden är kopplad till en rättighet som tillhör andra människor, är ett ytterligare ett villkor att ge tillbaka denna rättighet till dess ägare eller att ägaren förlåter en.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4318</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Allah har befallt att allt sköts väl</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Shaddad bin Aws (må Allah vara nöjd med honom) berättade att han memorerat två saker från Allahs sändebud ﷺ: "Allah har befallt att allt sköts väl. När ni ska döda, dödar ni väl. När ni ska slakta, slaktar ni väl. Ni får vässa era blad och skona era slaktdjur."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah beordrat oss att göra saker och ting på ett bra sätt. Detta innebär att när personen dyrkar Allah, gör gott för andra eller håller sig borta från att skada dem gör han det i vetskap om att Allah vakar över honom. Ett sätt att göra saker på ett bra sätt är visa omtanke när någon eller något ska dödas eller slaktas.
 När någon ska dödas vid rättvis vedergällning görs detta väl genom att välja det snabbaste och lättaste sättet att ta hans liv genom.
 När ett djur ska slaktas görs detta väl på ett sätt som visar omtanke för djuret genom att vässa bladen utan att djuret ser på. Djuret ska inte heller slaktas i närvaro av andra djur som ser på.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Detta visar Allahs nåd och vänlighet mot skapelsen.
 Att döda eller slakta på ett bra sätt görs genom att följa religionens riktlinjer.
 Religionen är perfekt och omfattar allt gott, inklusive att vara omtänksam och vänlig mot djuret.
 Förbudet mot att lemlästa människor efter deras död.
 Förbudet mot all form av djurplågeri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>Allah för in alla goda och onda gärningar i en bok." Sedan förklarade han detta: "Om någon har för avsikt att göra en god gärning men inte utför den, skriver Allah att han betraktar den som en fullständig god gärning, och om han har för avsikt att göra den och även utför den skriver Allah att han betraktar den som tio goda gärningar, eller upp till sjuhundra gånger så mycket och flerfalt mer. Och om någon har för avsikt att göra en ond gärning men inte utför den, skriver Allah att han betraktar den som en fullständig god gärning, och om han har för avsikt att göra den och utför den, så skriver Allah in den som en enda ond gärning</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med dem) berättade: att profeten ﷺ berättade att Allah sa: "Allah för in alla goda och onda gärningar i en bok." Sedan förklarade han detta: "Om någon har för avsikt att göra en god gärning men inte utför den, skriver Allah att han betraktar den som en fullständig god gärning, och om han har för avsikt att göra den och även utför den skriver Allah att han betraktar den som tio goda gärningar, eller upp till sjuhundra gånger så mycket och flerfalt mer. Och om någon har för avsikt att göra en ond gärning men inte utför den, skriver Allah att han betraktar den som en fullständig god gärning, och om han har för avsikt att göra den och utför den, så skriver Allah in den som en enda ond gärning."</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Sändebudet ﷺ berättar att Allah beslutade hur goda och onda gärningar ska bedömas och tydliggjorde för änglarna hur de ska skriva ner dem:
 Den som vill, avser och beslutar sig för att göra en god gärning kommer att få den nedskriven i fulla mått även om han inte utför den. Om han däremot utför den kommer den istället att multipliceras från tio gånger upp mot sjuhundra gånger, eller ännu mer. Dess ökning beror på hur uppriktig personen varit i hjärtat, hur mycket gärningarna gynnar andra med mera.
 Den som vill, avser och beslutar sig för att göra en ond gärning men avstår från att göra den kommer att få den nedskriven som en god gärning. Om han däremot avstår från den till följd av att han var upptagen, utan att ha påbörjat utförandet, kommer det inte att skrivas ned som något. Men om han avstår från den på grund av oförmåga kommer hans dåliga avsikt att skrivas ned till hans nackdel. Om han utför den kommer den att skrivas ned som en ond gärning.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Detta visar Allahs ofantliga godhet över detta samfund då goda gärningar multipliceras hos honom, tillskillnad från de onda gärningarna.
 Avsiktens stora roll i utförandet av handlingar och vilken effekt de får.
 Allahs godhet och vänlighet mot den som avser att göra en god gärning, men inte gör den eftersom Allah ändå skriver ner den som en god gärning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4322</t>
   </si>
   <si>
-    <t>مَنْ صَامَ يَوْمًا فِي سَبِيلِ اللهِ بَاعَدَ اللهُ وَجْهَهُ عَنِ النَّارِ سَبْعِينَ خَرِيفًا</t>
+    <t>من صام يوما في سبيل الله باعد الله وجهه عن النار سبعين خريفا</t>
   </si>
   <si>
     <t>Om någon fastar en dag för Allahs skull så kommer Allah att hålla honom borta från elden med ett avstånd motsvarande sjuttio höstar</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رَضِيَ اللهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ صَامَ يَوْمًا فِي سَبِيلِ اللهِ بَاعَدَ اللهُ وَجْهَهُ عَنِ النَّارِ سَبْعِينَ خَرِيفًا».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Om någon fastar en dag för Allahs skull så kommer Allah att hålla honom borta från elden med ett avstånd motsvarande sjuttio höstar."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلّم أنَّ مَن صام يومًا في الجهاد، وقيل في الجهاد وغيره مُخلِصًا لله ابتغاء الثواب والأجر من الله؛ فإنّ الله بفضله يُبَاعِد بينه وبين النار سبعين سنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargör att den som fastar en enda dag i Allahs väg – vare sig det är under strid eller i andra sammanhang – och det görs uppriktigt för Allahs skull med hopp om belöning så kommer den personen, att med Allahs nåd, distanseras från elden med ett avstånd motsvarande sjuttio år.</t>
   </si>
   <si>
     <t>قال النووي: فضيلة الصيام في سبيل الله، وهو محمول على مَن لا يَتضرر به، ولا يُفوِّت به حقًّا، ولا يَختلُّ به قتالُه ولا غيره من مُهِمَّات غزوِه.
 الحث والترغيب على صيام التطوع.
 وجوب الإخلاص وابتغاء مرضاة الله، ولا يصوم رياء ولا سمعة ولا لمقاصد أخرى.
 قال السندي: قوله (في سبيل الله)، يحتمل أن المراد مجرد إصلاح النية، ويحتمل أن المراد به أنه صام حال كونه غازيًا، والثاني هو المتبادر.
 قال ابن حجر: قوله: (سبعين خريفًا) الخريف زمان معلوم من السَّنَة، والمراد به هنا العام، وتخصيص الخريف بالذكر دون بقية الفصول -الصيف والشتاء والربيع-؛ لأن الخريف أزكى الفصول لكونه يُجْنَى فيه الثمار.</t>
   </si>
   <si>
     <t>Enligt Imam al-Nawawi gäller dygden att fasta i Allahs väg den som inte tar skada av fastan och inte försummar sina plikter, särskilt om fastan inte påverkar ens deltagande i strid eller andra viktiga uppgifter.
 Hadithen uppmuntrar starkt till frivillig fasta.
 Uppriktighet är ett krav – fastan ska göras för Allahs skull, inte för att visa upp sig inför andra eller för att uppnå andra syften.
 Imam al-Sindi påpekar att uttrycket ”i Allahs väg” kan betyda att bara ha en god avsikt, eller mer specifikt att fasta medan man deltar i strid – och det andra är den mest troliga betydelsen.
 Ibn Hajar förklarar att ”sjuttio år” här beskrivs som ”sjuttio höstar”, eftersom hösten är skördetid och den mest fruktsamma perioden, då frukter skördas, tillskillnad från sommaren, vintern och våren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4436</t>
   </si>
   <si>
-    <t>لَا يَزَالُ النَّاسُ بِخَيْرٍ مَا عَجَّلُوا الْفِطْرَ</t>
+    <t>لا يزال الناس بخير ما عجلوا الفطر</t>
   </si>
   <si>
     <t>”Människorna kommer att förbli i ett gott tillstånd så länge de skyndar sig att bryta fastan.”</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ سَعْدٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَزَالُ النَّاسُ بِخَيْرٍ مَا عَجَّلُوا الْفِطْرَ».</t>
   </si>
   <si>
     <t>Sahl ibn Sa'd (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Människorna kommer att förbli i ett gott tillstånd så länge de skyndar sig att bryta fastan.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه لا يزال الناس بخير ما عَجَّلوا الفطر في الصيام بعد التَّحَقُّق من غروب الشمس؛ وذلك امتثالًا للسُّنَّة، والوقوف عند حدِّها.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att människor kommer att förbli i ett gott tillstånd så länge de skyndar sig att bryta fastan, efter att de har försäkrat sig om att solen har gått ner. Detta är ett sätt att följa hans ﷺ Sunnah och att hålla sig inom dess gränser.</t>
   </si>
   <si>
     <t>قال النووي: فيه الحث على تعجيله بعد تحقُّق غروب الشمس، ومعناه لا يزال أَمْرُ الأمة مُنتظمًا وهم بخير ما داموا محافظين على هذه السنة، وإذا أخّروه كان ذلك علامة على فسادٍ يَقَعون فيه.
 بقاء الخير في الناس بسبب اتباعهم للسنة، وفساد الأمور يتعلق بتغيُّر السنة.
 مخالفة أهل الكتاب وأهل البدع، فإنهم يؤخِّرون الإفطار.
 قال ابن حجر: وفيه بيان العلة في ذلك، قال المُهَلّب: والحكمة في ذلك أن لا يُزاد في النهار من الليل، ولأنه أرفق بالصائم وأقوى له على العبادة، واتفق العلماء على أنّ مَحَلّ ذلك إذا تحقق غروب الشمس بالرؤية أو بإخبار عَدْلَين، وكذا عدل واحد في الأرجح.
 قال ابن حجر: تنبيه: من البدع المنكرة ما أُحْدِث في هذا الزمان من إيقاع الأذان الثاني قبل الفجر بنحو ثلث ساعة في رمضان، وإطفاء المصابيح التي جعلت علامة لتحريم الأكل والشرب على من يريد الصيام زعمًا ممن أحدثه أنه للاحتياط في العبادة، ولا يعلم بذلك إلا آحاد الناس، وقد جَرَّهم ذلك إلى أن صاروا لا يؤذِّنون إلا بعد الغروب بدرجة لتمكين الوقت زعموا، فأخروا الفطر، وعجلوا السحور، وخالفوا السنة، فلذلك قَلَّ عنهم الخير وكثر فيهم الشر، والله المستعان.</t>
   </si>
   <si>
     <t>Imam al-Nawawi förklarade att det är viktigt att bryta fastan snabbt så fort man är säker på att solen har gått ner. Han menade att så länge muslimer följer denna Sunnah, kommer deras gemenskap att vara välorganiserad och i gott skick. Om de däremot dröjer med att bryta fastan, är det ett tecken på att de är på väg mot förfall.
 Människors välmående beror på att de följer Sunnah. Om Sunnan ändras uppstår oordning och förfall.
 Att undvika att efterlikna "bokens folk" (judar och kristna) eller de som inför nya religiösa innovationer, eftersom de dröjer med att bryta fastan.
 Ibn Hajar sa: "Detta förklarar varför regeln finns." Al-Muhallab sa: "Anledningen är att man inte ska lägga till natt till dagen när man fastar. Dessutom gör det fastan lättare för den som fastar och ger kraft till början av bönen. De lärda är överens om att detta gäller efter att man är säker på att solen har gått ner, antingen genom att se den själv eller genom att två pålitliga personer vittnar om det – eller en person, enligt den starkaste åsikten."
 Ibn Hajar sa: "En viktig sak att notera: Bland de dåliga nymodigheter som har dykt upp i vår tid är ett andra böneutrop, som sker ungefär tjugo minuter före gryningen under Ramadan. Dessutom släcker man lamporna som ett tecken på att man inte får äta och dricka för den som vill fasta. De ursäktar sig med att det är en försiktighetsåtgärd i dyrkan. Men detta är något som bara ett fåtal känner till. Det har lett till att de inte ropar ut böneutropet förrän en stund efter solnedgången – i tron att de på så sätt säkrar tiden. Detta innebär i praktiken att de dröjer med att bryta fastan och skyndar på att börja fastan, vilket går emot Sunnah. Därför har det goda minskat bland dem och det onda har ökat. Allah är den vi söker hjälp hos."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4438</t>
   </si>
   <si>
-    <t>كُنَّا نُخْرِجُ إِذْ كَانَ فِينَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الْفِطْرِ، عَنْ كُلِّ صَغِيرٍ وَكَبِيرٍ، حُرٍّ أَوْ مَمْلُوكٍ، صَاعًا مِنْ طَعَامٍ، أَوْ صَاعًا مِنْ أَقِطٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، أَوْ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ زَبِيبٍ</t>
+    <t>كنا نخرج إذ كان فينا رسول الله صلى الله عليه وسلم زكاة الفطر، عن كل صغير وكبير، حر أو مملوك، صاعا من طعام، أو صاعا من أقط، أو صاعا من شعير، أو صاعا من تمر، أو صاعا من زبيب</t>
   </si>
   <si>
     <t>När Allahs sändebud ﷺ var bland oss, brukade vi ge Zakat al-Fitr för varje ung som gammal, fri som slav – en Sa' av mat, torkad yoghurt, korn, dadlar, eller ett russin</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: كُنَّا نُخْرِجُ إِذْ كَانَ فِينَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الْفِطْرِ، عَنْ كُلِّ صَغِيرٍ وَكَبِيرٍ، حُرٍّ أَوْ مَمْلُوكٍ، صَاعًا مِنْ طَعَامٍ، أَوْ صَاعًا مِنْ أَقِطٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، أَوْ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ زَبِيبٍ، فَلَمْ نَزَلْ نُخْرِجُهُ حَتَّى قَدِمَ عَلَيْنَا مُعَاوِيَةُ بْنُ أَبِي سُفْيَانَ رضي الله عنه حَاجًّا، أَوْ مُعْتَمِرًا فَكَلَّمَ النَّاسَ عَلَى الْمِنْبَرِ، فَكَانَ فِيمَا كَلَّمَ بِهِ النَّاسَ أَنْ قَالَ: إِنِّي أَرَى أَنَّ مُدَّيْنِ مِنْ سَمْرَاءِ الشَّامِ، تَعْدِلُ صَاعًا مِنْ تَمْرٍ، فَأَخَذَ النَّاسُ بِذَلِكَ، قَالَ أَبُو سَعِيدٍ: فَأَمَّا أَنَا فَلَا أَزَالُ أُخْرِجُهُ كَمَا كُنْتُ أُخْرِجُهُ، أَبَدًا مَا عِشْتُ.</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade: "När Allahs sändebud ﷺ var bland oss, brukade vi ge Zakat al-Fitr för varje ung som gammal, fri som slav – en Sa' av mat, torkad yoghurt, korn, dadlar, eller ett russin. Vi fortsatte att ge på detta sätt tills Muʿawiyah ibn Abi Sufyan (må Allah vara nöjd med honom) kom till oss under Hajj eller 'Umrah och talade till folket från predikstolen. Bland det han sa var: 'Jag anser att två Mudd av det syriska vetet motsvarar en Sa' av dadlar.' Folk började följaktligen tillämpa det. Men Abu Sa'id sa: 'Jag kommer alltid, så länge jag lever, fortsätta ge på samma sätt som jag gav under profetens ﷺ tid.'"</t>
   </si>
   <si>
     <t>كَانَ المسلمون يُخْرِجون زكاةَ الفطر في عهد النبي صلى الله عليه وسلم وعهد الخلفاء الراشدين مِن بعده عن الصغير والكبير مِقدار صاعٍ من طعام. 
 وكان طعامهم الشعير و(الزبيب): العنب اليابس، و(الأقط): اللبَن المُجَفَّف والتمر.
 ومقدار الصاع أربعة أَمْداد، والمُدُّ يساوي مِلءَ كَفَّي الرجل المعتدل. 
 فلما جاء معاوية رضي الله عنه للمدينة وهو خليفة، وكَثُر القَمْح الشامي، خطب فقال: إني أرى أن مُدَّين من قمح الشام (نصف صاع)، تَعْدِل صاعًا من التمر، فأخذ الناس بذلك. 
 قال أبو سعيد الخدري رضي الله عنه: فأما أنا فلا أَزال أُخْرِجه كما كنت أُخْرِجه في عهد النبي صلى الله عليه وسلم أبدًا ما عشت.</t>
   </si>
   <si>
     <t>Under profeten Muhammeds ﷺ och de rättledda kalifernas tid brukade muslimer betala Zakat al-Fitr för varje person, oavsett ålder, med en Sa' mat. Deras mat var bland annat korn, russin (torkade druvor), torkad yoghurt och dadlar. En Sa' motsvarar fyra Mudd, och en Mudd är vad en genomsnittlig mans kupade händer rymmer. När Mu'awiyah (må Allah vara nöjd med honom) besökte Medina som kalif, och det fanns gott om syriskt vete, meddelade han i en predikan att två Mudd (alltså en halv Sa') av detta vete var lika mycket som en Sa' dadlar. Folket accepterade och följde hans bedömning. Abu Sa'id höll dock fast vid det han lärt sig från profeten ﷺ och fortsatte ge en full Sa' som tidigare.</t>
   </si>
   <si>
     <t>بيان مقدار صدقة الفطر في زمن النبي صلى الله عليه وسلم، صاع من طعام وإن اختلف الجنس والقيمة.
 كل طعام للآدميِّين مجزئ في الفِطْرَة، وإنما خُصَّت الأصناف الأربعة بالذِّكْر؛ لأنها كانت طعام الناس في عهد النبي صلى الله عليه وسلم.
 إخراج غير الطعام من الفلوس والنقود، لا يجزئ في الفطرة.
 قال النووي على شرح مسلم: وإذا اختلفت الصحابة لم يكن قولُ بعضِهم بأولى من بعض، فنرجع إلى دليل آخر، وجدنا ظاهر الأحاديث والقياس متفقًا على اشتراط الصاع من الحِنْطة كغيرها، فوجب اعتماده.
 قال ابن حجر: وفي حديث أبي سعيد ما كان عليه من شدة الاتباع والتمسك بالآثار، وترك العدول إلى الاجتهاد مع وجود النص، وفي صنيع معاوية وموافقة الناس له دلالة على جواز الاجتهاد، وهو محمود، لكنه مع وجود النص فاسدُ الاعتبار.</t>
   </si>
   <si>
     <t>Mängden Zakat al-Fitr på profetens ﷺ tid var en Sa' mat, oavsett vilken sort och oavsett värdeskillnad.
 Alla livsmedel som människor äter kan användas för Zakat al-Fitr. De specifika livsmedel som nämndes tidigare var bara de vanligaste på den tiden.
 Det är inte giltigt att ge pengar i stället för mat som Zakat al-Fitr.
 Imam al-Nawawi förklarade i sin kommentar till Sahih Muslim: "Om profetens ﷺ följeslagare har olika åsikter i en fråga, är ingen åsikt starkare än den andra. Istället måste vi återgå till bevisen. Både bevisen och Qiyas (analogi enligt islamisk rättslära) visar tydligt att det krävs en hel Sa', oavsett vilken typ av mat det gäller, och det är detta som ska följas."
 Ibn Hajar sa: "Hadithen visar att Abu Sa'id höll fast starkt vid profetens ﷺ riktlinjer och inte vek av från dem, trots att folket följde Mu'awiyahs bedömning. Detta visar att Ijtihad (personlig tolkning av islamisk lag) är tillåtet och berömvärt. Men när det finns en tydlig text från profeten ﷺ, är det inte tillåtet att överge den för Ijtihad."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4454</t>
   </si>
   <si>
-    <t>تَسَحَّرْنَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، ثُمَّ قَامَ إِلَى الصَّلاةِ، قُلْتُ: كَمْ كَانَ بَيْنَ الأَذَانِ وَالسَّحُورِ؟ قَالَ: قَدْرُ خَمْسِينَ آيَةً</t>
+    <t>تسحرنا مع النبي صلى الله عليه وسلم، ثم قام إلى الصلاة، قلت: كم كان بين الأذان والسحور؟ قال: قدر خمسين آية</t>
   </si>
   <si>
     <t>”Vi åt Suhur (måltiden innan fastan inleds) tillsammans med profeten ﷺ, och sedan reste han sig för att be. Jag frågade honom: 'Hur lång tid var det mellan böneutropet och Suhur?'
 Han svarade: 'Ungefär tiden det tar att läsa femtio verser.'”</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ ثَابِتٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: تَسَحَّرْنَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، ثُمَّ قَامَ إِلَى الصَّلاةِ، قُلْتُ: كَمْ كَانَ بَيْنَ الأَذَانِ وَالسَّحُورِ؟ قَالَ: قَدْرُ خَمْسِينَ آيَةً.</t>
   </si>
   <si>
     <t>Zayd ibn Thabit (må Allah vara nöjd med honom) berättade: ”Vi åt Suhur (måltiden innan fastan inleds) tillsammans med profeten ﷺ, och sedan reste han sig för att be. Jag frågade honom: 'Hur lång tid var det mellan böneutropet och Suhur?'
 Han svarade: 'Ungefär tiden det tar att läsa femtio verser.'”</t>
   </si>
   <si>
     <t>تَسَحَّرَ بعضُ الصحابة رضي الله عنهم مع النبيِّ صلى الله عليه وسلم، ثم قام صلى الله عليه وسلم إلى صلاة الفجر.
 فقال أنس لزيد بن ثابت رضي الله عنه: كم كان مِقدار الوقت بين الأذان والانتهاء من السحور؟ 
 فقال زيد رضي الله عنه: مقدار قراءة خمسين آية متوسطة، لا طويلة ولا قصيرة، ولا قراءة سريعة ولا بطيئة.</t>
   </si>
   <si>
     <t>En grupp av profetens följeslagare åt Suhur tillsammans med profeten ﷺ, och därefter reste han sig för att förrätta Fajr-bönen. Anas frågade Zayd ibn Thabit (må Allah vara nöjd med dem båda) hur lång tid det gick mellan att de avslutade Suhur och att böneutropet för Fajr utfördes. Zayd (må Allah vara nöjd med honom) svarade att det tog ungefär lika lång tid som att recitera femtio medellånga verser i normal takt, alltså varken snabbt eller långsamt.</t>
   </si>
   <si>
     <t>أفضلية تأخير السحور إلى قبيل الفجر؛ لأنه إذا أخَّر كانت منفعة البدن منه أعظم وكان نفعه له في اليوم أكثر.
 حرص الصحابة بالاجتماع بالنبي صلى الله عليه وسلم ليتعلَّموا منه.
 حسن عشرة النبي صلى الله عليه وسلم لأصحابه، حيث كان يأكل معهم.
 وقت الإمساك هو طلوع الفجر.
 قوله: "كَمْ كَانَ بَيْنَ الأَذَانِ وَالسَّحُورِ"،  المراد بين السحور والإقامة؛ لقوله في الحديث الأخر: "كم بين فراغهما من سحورهما ودخولهما في الصلاة"، والأحاديث يفسر بعضها بعضًا.
 قال المُهَلّب: فيه تقدير الأوقات بأعمال البدن، وكانت العرب تُقَدِّر الأوقات بالأعمال كقولهم: قَدْرَ حَلْبِ شاة، وقَدْر نَحْرِ جَزُور، فَعَدَلَ زيد بن ثابت رضي الله عنه عن ذلك إلى التقدير بالقراءة؛ إشارة إلى أن ذلك الوقت كان وقت العبادة بالتلاوة، ولو كانوا يُقَدِّرون بغير العمل لقال مثلًا: قَدْر دَرَجة، أو ثُلُث خُمُس ساعة.
 قال ابن أبي جمرة: كان صلى الله عليه وسلم يَنظر ما هو الأَرْفَق بأمته فيفعله؛ لأنه لو لم يَتَسَحَّر لاتّبعوه فيَشقّ على بعضهم، ولو تَسَحَّرَ في جوف الليل لشق أيضًا على بعضهم ممن يَغْلِب عليه النوم فقد يُفضي إلى ترك الصبح أو يحتاج إلى المجاهدة بالسَّهَر.</t>
   </si>
   <si>
     <t>Det är bättre att skjuta upp Suhur till strax före Fajr, eftersom kroppen får större nytta av den under dagen.
 Profetens ﷺ följeslagare var måna om att vara i profetens ﷺ sällskap, för att lära sig av honom.
 Profeten ﷺ hade ett gott uppförande med sina följeslagare, då han brukade äta tillsammans med dem.
 En person måste avstå från mat och dryck då tiden för Fajr träder in.
 Zayds svar handlar om den ungefärliga tiden mellan slutet av Suhur och Iqamah (det andra böneutropet), inte början av Adhan (det första böneutropet).
 När han sa: "Hur lång tid var det mellan böneutropet och Suhur?", syftar det på tiden mellan när de slutade äta Suhur och när Iqamah ropades ut. Detta bekräftas av en annan Hadith som frågar: "Hur lång tid var det mellan att de avslutade sin Suhur och påbörjade bönen?" Haditherna förklarar alltså varandra.
 Al-Muhallab sa: "Detta visar hur araberna brukade mäta tid med hjälp av vardagliga sysslor, som 'tiden det tar att mjölka ett får' eller 'tiden det tar att slakta en kamel'. Men Zayd ibn Thabit (må Allah vara nöjd med honom) valde att beskriva tiden med ett mått av Koranläsning. Detta antyder att den här tidsperioden var tänkt för tillbedjan genom recitation.
 Om de inte hade mätt tid genom handlingar, hade han kanske sagt något i stil med 'tiden det tar för en grad' eller 'en tredjedel av en femtedels timme'."
 Ibn Abi Jamrah sa: "Profeten ﷺ tänkte alltid på vad som var enklast för sitt folk och agerade därefter. Om han hade avstått från Suhur, hade de följt hans exempel och det hade blivit för svårt för vissa. Och om han hade ätit Suhur mitt i natten, hade det också blivit för svårt för dem som har svårt att hålla sig vakna. Det skulle kunna leda till att de missade Fajr-bönen eller att de behövde anstränga sig för att hålla sig vakna hela natten."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4457</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَعْتَكِفُ العَشْرَ الأَوَاخِرَ مِنْ رَمَضَانَ، حَتَّى تَوَفَّاهُ اللَّهُ، ثُمَّ اعْتَكَفَ أَزْوَاجُهُ مِنْ بَعْدِهِ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يعتكف العشر الأواخر من رمضان، حتى توفاه الله، ثم اعتكف أزواجه من بعده</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade göra I'tikaf (att isolera sig i moskén för dyrkan) under de sista tio dagarna av Ramadan, tills Allah tog hans själ. Efter honom fortsatte hans hustrur att göra I'tikaf</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمنينَ رَضِيَ اللَّهُ عَنْهَا زَوْجِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَعْتَكِفُ العَشْرَ الأَوَاخِرَ مِنْ رَمَضَانَ، حَتَّى تَوَفَّاهُ اللَّهُ، ثُمَّ اعْتَكَفَ أَزْوَاجُهُ مِنْ بَعْدِهِ.</t>
   </si>
   <si>
     <t>De troendes moder, 'A'ishah (må Allah vara nöjd med henne) och profetens ﷺ hustru, berättade: "Profeten ﷺ brukade göra I'tikaf (att isolera sig i moskén för dyrkan) under de sista tio dagarna av Ramadan, tills Allah tog hans själ. Efter honom fortsatte hans hustrur att göra I'tikaf."</t>
   </si>
   <si>
     <t>أَخْبَرَتْ أمُّ المؤمنين عائشةُ رضي الله عنها أنّ النبيَّ صلى الله عليه وسلم لازَمَ الاعتكافَ في العشر الأواخر من رمضان، طلبًا لليلة القدر، واستمر على ذلك إلى أن توفاه الله، وقد لازم الاعتكافَ أزواجُه مِن بعده رضي الله عنهن.</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättade att profeten ﷺ alltid tillbringade de sista tio dagarna av Ramadan i I'tikaf (att dra sig tillbaka i moskén för tillbedjan) för att söka Laylat al-Qadr (Ödets natt). Han fortsatte med detta varje år fram till sin död. Efter hans ﷺ bortgång fortsatte hans hustrur att utföra I'tikaf (må Allah vara nöjd med dem).</t>
   </si>
   <si>
     <t>مشروعية الاعتكاف في المساجد، حتى للنساء بالضوابط الشرعية، وبشرط الأمن من الفتنة.
 يتأكد الاعتكاف في العشر الأواخر من رمضان لملازمة النبي صلى الله عليه وسلم.
 الاعتكاف سُنَّة مستمرة لم تُنسخ، إذ اعتكف أزواجه صلى الله عليه وسلم بعده.</t>
   </si>
   <si>
     <t>Det är tillåtet för både män och kvinnor att utföra I'tikaf i moskén, under förutsättning att de följer de islamiska reglerna och att det inte finns någon risk för olämpliga situationer eller frestelser.
 I'tikaf är särskilt rekommenderat under de sista tio dagarna av Ramadan, eftersom profeten ﷺ var noga med att utföra det varje år.
 I'tikaf är en Sunnah som fortfarande ska implementeras och den har inte avskaffats, då profetens hustrur fortsatte att utöva den efter hans ﷺ död.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4495</t>
   </si>
   <si>
-    <t>تَسَحَّرُوا، فَإِنَّ فِي السَّحُورِ بَرَكَةً</t>
+    <t>تسحروا، فإن في السحور بركة</t>
   </si>
   <si>
     <t>Ät Suhur (måltiden innan fastan inleds), för det finns välsignelse i Suhur</t>
   </si>
   <si>
     <t>عن أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَسَحَّرُوا، فَإِنَّ فِي السَّحُورِ بَرَكَةً».</t>
   </si>
   <si>
     <t>Anas ibn Malik (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Ät Suhur (måltiden innan fastan inleds), för det finns välsignelse i Suhur."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على السَّحُور وهو الأكل آخِر الليل استعدادًا للصيام؛ لأن فيه (بركة) خيرًا كثيرًا مِن الأجر والثواب، والقيام في وقت آخر الليل للدعاء، والتَّقَوِّي على الصوم، والتَّنَشُّط له، وتخفيف مشقَّته.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanade oss att äta Suhur, måltiden sent på natten som förbereder kroppen för fastan. Denna måltid är välsignad, vilket innebär att den ger stor nytta och belöning. Genom Suhur får man möjlighet att vara vaken för Du'a (åkallan), man stärks och får energi inför fastan, vilket gör fastan lättare och mindre ansträngande.</t>
   </si>
   <si>
     <t>استحباب السَّحُورِ وامتثال الأمر الشرعي بفعله.
 قال ابن حجر في فتح الباري: البركة في السحور تحصل بجهات متعددة، وهي اتباع السنة، ومخالفة أهل الكتاب، والتقوِّي به على العبادة، والزيادة في النشاط، ومدافعة سوء الخُلُق الذي يُثيره الجوع، والتسبُّب بالصدقة على مَن يسأل إذ ذاك أو يجتمع معه على الأكل، والتسبب للذِّكْر والدعاء وقت مظنة الإجابة، وتَدَارُك نية الصوم لمن أغفلها قبل أن ينام.
 حسن تعليم النبي صلى الله عليه وسلم حيث يَقْرِن الحُكْم بالحكمة؛ لينشرح به الصدر، ويُعرف به سموُّ الشريعة.
 قال ابن حجر: يحصل السحور بأقل ما يتناوله المرء من مأكول ومشروب.</t>
   </si>
   <si>
     <t>Det är rekommenderat att äta Suhur och att följa denna uppmaning från profeten ﷺ.
 I sin bok Fath al-Bari nämner Ibn Hajar att välsignelsen med Suhur kan uppnås på flera sätt:
 - Genom att följa Sunnah.
 - Genom att skilja sig från bokens folk (judar och kristna).
 - Genom att få kraft till tillbedjan och aktivitet.
 - Genom att motverka det dåliga humör som hunger kan orsaka.
 - Genom att träffa andra för att dela mat och få möjlighet att ge i välgörenhet.
 - Genom att få tillfälle för Dhikr och Du'a vid en tid då böner ofta besvaras.
 - Genom att hinna ha avsikt för fastan, om man har glömt det innan läggdags.
 Profeten ﷺ var en utmärkt lärare. Han förklarade varför religiösa regler fanns, vilket gjorde dem lättare att förstå och acceptera. Det visar hur perfekt islams lagstiftning är.
 Ibn Hajar nämner också att Suhur räknas även om man bara äter en liten mängd mat eller dricker lite vätska.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4498</t>
   </si>
   <si>
-    <t>لَا تَقَدَّمُوا رَمَضَانَ بِصَوْمِ يَوْمٍ وَلَا يَوْمَيْنِ إِلَّا رَجُلٌ كَانَ يَصُومُ صَوْمًا فَلْيَصُمْهُ</t>
+    <t>لا تقدموا رمضان بصوم يوم ولا يومين إلا رجل كان يصوم صوما فليصمه</t>
   </si>
   <si>
     <t>Föregå inte Ramadan med att fasta en eller två dagar, utom om någon redan brukar fasta den dagen, då får han fasta</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقَدَّمُوا رَمَضَانَ بِصَوْمِ يَوْمٍ وَلَا يَوْمَيْنِ إِلَّا رَجُلٌ كَانَ يَصُومُ صَوْمًا فَلْيَصُمْهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Föregå inte Ramadan med att fasta en eller två dagar, utom om någon redan brukar fasta den dagen, då får han fasta."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يصوم المسلم قبل رمضان بيوم أو يومين على نية الاحتياط لرمضان؛ لأنّ وجوبَ صيام رمضان عُلِّق برؤية الهلال، ولا حاجة للتكلُّف، إلا أحد كان يصوم صومًا اعتاد عليه كصوم يوم وفطر يوم، أو يوم الاثنين أو الخميس فصادفه فليصمْه؛ وليس ذلك من استقبال رمضان في شيء، ويلحق بذلك ما كان صيامًا واجبًا كالقضاء والنَّذْر.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd att man fastar dagen innan Ramadan, eller två dagar innan, i avsikt att vara försiktig eller säkerställa att man inte missar början av Ramadan, eftersom fastan i Ramadan inleds med att man ser nymånen, inte genom påhittade försiktighetsåtgärder. Undantaget gäller den som har för vana att fasta vissa dagar, såsom varannan dag eller måndagar och torsdagar, och en sådan dag sammanfaller med dagen före Ramadan – då är det tillåtet att fasta den dagen. Undantaget omfattar också obligatorisk fasta, som att ta igen en missad dag från tidigare Ramadan eller fasta på grund av en avlagd ed.</t>
   </si>
   <si>
     <t>النهي عن التكلف، ووجوب المحافظة على العبادة كما شُرعت بدون زيادة أو نقص.
 من حكمة ذلك -والله أعلم- تمييز فرائض العبادات من نوافلها، والاستعداد لرمضان بنشاط ورغبة، وليكون الصيام شعار ذلك الشهر الفاضل المميز به.</t>
   </si>
   <si>
     <t>Det är förbjudet att överdriva eller lägga till något i religionsutövningen som inte är befalld. Det är viktigt att utföra handlingar precis så som de är föreskrivna, utan att lägga till eller ta bort något.
 En av visdomarna bakom detta, och Allah vet bäst, är att den obligatoriska fastan under Ramadan ska vara tydligt åtskild från frivillig fasta. Man ska också gå in i Ramadan med energi och längtan. Fastan ska vara det som särskiljer denna månad.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4508</t>
   </si>
   <si>
-    <t>فَرَضَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الفِطْرِ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، عَلَى العَبْدِ وَالحُرِّ، وَالذَّكَرِ وَالأُنْثَى، وَالصَّغِيرِ وَالكَبِيرِ مِنَ المُسْلِمِينَ، وَأَمَرَ بِهَا أَنْ تُؤَدَّى قَبْلَ خُرُوجِ النَّاسِ إِلَى الصَّلاَةِ</t>
+    <t>فرض رسول الله صلى الله عليه وسلم زكاة الفطر صاعا من تمر، أو صاعا من شعير، على العبد والحر، والذكر والأنثى، والصغير والكبير من المسلمين، وأمر بها أن تؤدى قبل خروج الناس إلى الصلاة</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ påbjöd Zakat al-Fitr, en Sa' (ett mått som motsvarar fyra kupade händer) av dadlar eller av korn, för varje muslim – fri som slav, man som kvinna, ung som gammal – och han befallde att den skulle ges innan folket går till Eid-bönen</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: فَرَضَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الفِطْرِ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، عَلَى العَبْدِ وَالحُرِّ، وَالذَّكَرِ وَالأُنْثَى، وَالصَّغِيرِ وَالكَبِيرِ مِنَ المُسْلِمِينَ، وَأَمَرَ بِهَا أَنْ تُؤَدَّى قَبْلَ خُرُوجِ النَّاسِ إِلَى الصَّلاَةِ.</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med honom) berättade: "Allahs sändebud ﷺ påbjöd Zakat al-Fitr, en Sa' (ett mått som motsvarar fyra kupade händer) av dadlar eller av korn, för varje muslim – fri som slav, man som kvinna, ung som gammal – och han befallde att den skulle ges innan folket går till Eid-bönen."</t>
   </si>
   <si>
     <t>أَوْجَبَ النبيُّ صلى الله عليه وسلم زكاةَ الفطر بعد رمضان، وهي بمِقْدار صاعٍ يَبلغ وزنه أربعة أمداد. 
 والمُدُّ: مِلْء كَفَّي الرجُل المتوسّط، مِن تمر أو شعير على كل مسلم؛ الحر والعبد، الذكر والأنثى، الصغير والكبير، وذلك لمن عنده ما يَفيض عن قوت يومه وليلته، عن نفسه وعمّن يَعولهم. 
 وأَمَرَ أن تُؤدّى قبل خروج الناس إلى صلاة العيد.</t>
   </si>
   <si>
     <t>Profeten ﷺ befallde Zakat al-Fitr efter Ramadan. Mängden var en Sa', vilket motsvarar fyra Mudd. En Mudd är ett mått som motsvarar vad två normalstora händer rymmer av dadlar eller korn. Detta gäller för varje muslim – oavsett om man är fri eller slav, man eller kvinna, ung eller gammal – så länge man äger mer än vad som behövs för ens egen och ens familjs försörjning under en dag och en natt. Han befallde att den skulle delas ut innan folk går ut till Eid-bönen.</t>
   </si>
   <si>
     <t>زكاة الفطر مِن رمضان يجب أن تُؤدّى عن الصغير والكبير، والحر والمملوك، ويُخاطَب بها الوليّ والسِّيِّد، ويُخْرِجُها الرَّجل عنه وعن أولاده ومَن تَجِب عليه نَفَقتُهم.
 لا تجب زكاة الفطر عن الجَنين، بل تُستحب.
 بيان ما يُخرَج في زكاة الفطر، وأنه قوت الناس المعتاد.
 وجوب إخراجها قبل صلاة العيد، والأفضل أن تكون في صباح العيد، ويجوز إخراجها قبل العيد بيوم أو يومين.</t>
   </si>
   <si>
     <t>Zakat al-Fitr för Ramadan ska betalas för alla – unga som gamla, fria som slavar. Den som är försörjningsansvarig, alltså förmyndaren, är ansvarig för detta. En man betalar därför för sig själv, sina barn och dem han är skyldig att försörja.
 Det är inte obligatoriskt att betala Zakat al-Fitr för ett foster, men det är rekommenderat.
 Det som ska ges som Zakat al-Fitr är den basföda som är vanligast att äta i samhället.
 Den ska delas ut före Eid-bönen. Det bästa är att ge den morgonen på Eid-dagen, men det är tillåtet att ge den en eller två dagar innan Eid.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4520</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِامْرَأَةٍ مُسْلِمَةٍ تُسَافِرُ مَسِيرَةَ لَيْلَةٍ إِلَّا وَمَعَهَا رَجُلٌ ذُو حُرْمَةٍ مِنْهَا</t>
+    <t>لا يحل لامرأة مسلمة تسافر مسيرة ليلة إلا ومعها رجل ذو حرمة منها</t>
   </si>
   <si>
     <t>Det är inte tillåtet för en muslimsk kvinna att resa en sträcka motsvarande en natts färd utan sällskap av en manlig släkting, som är Mahram för henne</t>
   </si>
   <si>
     <t>عن أبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ لِامْرَأَةٍ مُسْلِمَةٍ تُسَافِرُ مَسِيرَةَ لَيْلَةٍ إِلَّا وَمَعَهَا رَجُلٌ ذُو حُرْمَةٍ مِنْهَا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Det är inte tillåtet för en muslimsk kvinna att resa en sträcka motsvarande en natts färd utan sällskap av en manlig släkting, som är Mahram för henne."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَحْرُم على المرأة المسلمة أن تسافر مسيرة ليلة إلا أن يكون معها رجل مِن محارمِها.</t>
   </si>
   <si>
     <t>Profeten ﷺ gjorde det klart att en muslimsk kvinna inte får resa en sträcka som motsvarar en natts färd om hon inte har med sig en Mahram (en nära manlig släkting hon inte får gifta sig med).</t>
   </si>
   <si>
     <t>قال ابن حجر: عدم جواز السفر للمرأة بلا مَحرَم، وهو إجماع في غير الحج والعمرة، والخروج مِن دار الشرك، ومنهم من جعل ذلك مِن شرائط الحج.
 كمال الشريعة الإسلامية، وحرصها على صَوْن المرأة وحمايتها.
 الإيمان بالله واليوم الآخر يَستلزم الخضوع لشرع الله، والوقوف عند حدودِه.
 مَحْرَم المرأة هو زوجها أو مَن يَحرُم عليها بالتأبيد بسبب قرابة، أو رضاع، أو مصاهرة، ويكون مسلمًا بالغًا عاقلًا ثقة مأمونًا؛ فإنَّ المقصود من المحرم حماية المرأة وصيانتها والقيام بشأنها.
 قال البيهقي عن الروايات الواردة في مُدَّة السفر الذي لا تسافر فيها المرأة إلا مع ذي مَحرم: والحاصل أنّ كل ما يُسمّى سفرًا تنهى عنه المرأة بغير زوج أو محرم سواء كان ثلاثة أيام أو يومين أو يومًا أو بَريدًا أو غير ذلك؛ لرواية ابن عباس المُطلَقة، وهي آخر روايات مسلم السابقة: {لا تسافر امرأة إلا مع ذي محرم} وهذا يتناول جميع ما يسمى سفرًا. انتهى، وهذا الحديث كان بحسب حال السائل وموطنه.</t>
   </si>
   <si>
     <t>Ibn Hajar nämner att det råder konsensus bland de lärda om att en kvinna inte får resa utan Mahram, utom i vissa fall som Hajj, 'Umrah eller flykt från ett icke-muslimskt land där hon inte kan utöva sin tro. Vissa lärda anser att tillgång till Mahram under resan är ett av de villkor som måste uppfyllas för att Hajj överhuvudtaget ska bli obligatoriskt för kvinnan.
 Denna regel visar islams fullkomliga omsorg om kvinnans trygghet och värdighet.
 Tron på Allah och den yttersta dagen innebär att man måste följa hans bestämmelser och regler.
 En Mahram är antingen hennes make eller en manlig släkting som hon för alltid är förbjuden att gifta sig med. Detta förbud kan bero på blodsband, amning eller giftermål. Dessutom ska han vara muslim, vuxen, förnuftig och pålitlig, eftersom syftet är att skydda och stödja kvinnan.
 Al-Bayhaqi förklarade att de olika Haditherna om reslängd visar att varje resa som räknas som en verklig resa kräver en Mahram. Det spelar ingen roll om resan tar tre dagar, två, en dag, en kortare eller längre sträcka. Detta baseras på den allmänna Hadithen från Ibn 'Abbas: "En kvinna får inte resa utan Mahram." Denna regel gäller alla resor, och de olika formuleringarna i Haditherna visar hur regeln tillämpades beroende på resenärernas situation och plats.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4521</t>
   </si>
   <si>
-    <t>مَنْ نَسِيَ وَهُوَ صَائِمٌ، فَأَكَلَ أَوْ شَرِبَ، فَلْيُتِمَّ صَوْمَهُ، فَإِنَّمَا أَطْعَمَهُ اللهُ وَسَقَاهُ</t>
+    <t>من نسي وهو صائم، فأكل أو شرب، فليتم صومه، فإنما أطعمه الله وسقاه</t>
   </si>
   <si>
     <t>Om någon glömmer att den fastar och äter eller dricker, ska den fortsätta sin fasta, för det var Allah som lät honom äta och dricka</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَسِيَ وَهُوَ صَائِمٌ، فَأَكَلَ أَوْ شَرِبَ، فَلْيُتِمَّ صَوْمَهُ، فَإِنَّمَا أَطْعَمَهُ اللهُ وَسَقَاهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om någon glömmer att den fastar och äter eller dricker, ska den fortsätta sin fasta, för det var Allah som lät honom äta och dricka."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَكَلَ أو شرب ناسيًا وهو في صوم فريضة أو تطوّع فلْيُتمّ صومَه ولا يُفطر؛ لأنه لم يَتَقَصَّد الفطر، وإنما هو رِزْقٌ ساقَه الله إليه وأطعمه وسَقَاه.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att den som av glömska eller misstag äter eller dricker under fastan – oavsett om det är en obligatorisk eller frivillig fasta – ska fortsätta sin fasta och inte bryta den. Eftersom handlingen inte var avsiktlig, ses det som en gåva och försörjning från Allah.</t>
   </si>
   <si>
     <t>صحة صوم من أكل أو شرب ناسيًا.
 ليس على من أكل أو شرب ناسيًا إثم؛ لأنه ليس باختياره.
 لُطْفُ الله بعباده والتيسير عليهم ورَفْع المشقّة والحَرَج عنهم.
 لا يُفطِر الصائم بشيء من المفطِّرات إلا إذا توافرت ثلاثة شروط: الأول: أن يكون عالمًا، فإن كان جاهلًا لم يفطر، الثاني: أن يكون ذاكرًا، فإن كان ناسيًا، فصيامه صحيح ولا قضاء عليه،  الثالث: أن يكون مختارًا لا مُكرَهًا بأن يتناول المفطِّر باختياره.</t>
   </si>
   <si>
     <t>Fastan är giltig även om man råkar äta eller dricka av glömska.
 Den fastande som av glömska äter eller dricker begår ingen synd, eftersom det inte sker medvetet.
 Detta visar Allahs barmhärtighet och hur han underlättar för sina tjänare, genom att ta bort svårighet och besvär från dem.
 Fastan bryts bara av sådant som vanligtvis bryter den om tre villkor är uppfyllda: man vet att det bryter fastan, man kommer ihåg att man fastar, och man gör det av fri vilja och inte är tvingad.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4525</t>
   </si>
   <si>
-    <t>شَهِدْتُ العِيدَ مَعَ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ، فَقَالَ: هَذَانِ يَوْمَانِ نَهَى رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ صِيَامِهِمَا: يَوْمُ فِطْرِكُمْ مِنْ صِيَامِكُمْ، وَاليَوْمُ الآخَرُ تَأْكُلُونَ فِيهِ مِنْ نُسُكِكُمْ</t>
+    <t>شهدت العيد مع عمر بن الخطاب رضي الله عنه، فقال: هذان يومان نهى رسول الله صلى الله عليه وسلم عن صيامهما: يوم فطركم من صيامكم، واليوم الآخر تأكلون فيه من نسككم</t>
   </si>
   <si>
     <t>Jag var med under Eid-bönen tillsammans med 'Umar ibn al-Khattab (må Allah vara nöjd med honom). Han sa: 'Det är två dagar då Allahs sändebud ﷺ har förbjudit er att fasta: den första är dagen då ni bryter fastan efter Ramadan, och den andra är den dag då ni äter av era offerdjur.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي عُبَيْدٍ، مَوْلَى ابْنِ أَزْهَرَ، قَالَ: شَهِدْتُ العِيدَ مَعَ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ، فَقَالَ: هَذَانِ يَوْمَانِ نَهَى رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ صِيَامِهِمَا: يَوْمُ فِطْرِكُمْ مِنْ صِيَامِكُمْ، وَاليَوْمُ الآخَرُ تَأْكُلُونَ فِيهِ مِنْ نُسُكِكُمْ.</t>
   </si>
   <si>
     <t>Abu 'Ubayd, den frigivne slaven till Ibn Azhar, sa: "Jag var med under Eid-bönen tillsammans med 'Umar ibn al-Khattab (må Allah vara nöjd med honom). Han sa: 'Det är två dagar då Allahs sändebud ﷺ har förbjudit er att fasta: den första är dagen då ni bryter fastan efter Ramadan, och den andra är den dag då ni äter av era offerdjur.'"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن صيام يوم عيد الفطر وعيد الأضحى؛ فأما عيد الفطر فيوم الفطر من صيام شهر رمضان، وأما يوم عيد الأضحى فيوم الأكل من الأضاحي.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd att fasta på två specifika dagar: Eid al-Fitr, som markerar avslutningen av fastemånaden Ramadan, och Eid al-Ad'ha – då är det föreskrivet att äta av det offer man slaktar.</t>
   </si>
   <si>
     <t>تحريم صوم يَوْمَيْ عيد الفطر والأضحى وأيام التشريق؛ لأنها تابعة ليوم الأضحى إلا مَن لم يجدِ الهديَ فيجوز له صيام أيام التشريق.
 قال ابن حجر: قيل: وفائدة وصف اليومين الإشارة إلى العلة في وجوب فطرهما، وهو الفَصْل من الصوم، وإظهار تمامه وحده بفطر ما بعده، والآخر لأجل النسك المتقرب بذبحه ليؤكل منه.
 يستحب للخطيب أن يذكر في خطبته ما يتعلق بوقته من الأحكام ويتحرى المناسبات.
 مشروعية الأكل من النُّسك.</t>
   </si>
   <si>
     <t>Det är förbjudet att fasta på Eid al-Fitr och Eid al-Ad'ha, samt under Tashruq-dagarna (de tre dagarna efter Eid al-Ad'ha). Undantaget gäller för dem som är på Hajj och inte finner något att offra, för dem är det tillåtet att fasta under dessa dagar.
 Ibn Hajar sa: "Det har sagts att syftet med at beskriva dessa två dagar är att förklara varför det är obligatoriskt att bryta fastan då. Den ena dagen är till för att avsluta fastan och visa att den är fullbordad genom att man äter. Den andra dagen är till för att man ska äta av det offer man närmar sig Allah med genom slakten."
 Det är rekommenderat att imamen i sin predikan tar upp de regler och frågor som är relevanta för den specifika tiden och tillfället.
 Det är föreskrivet att äta av sitt offerdjur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4527</t>
   </si>
   <si>
-    <t>أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ</t>
+    <t>أن تلبية رسول الله صلى الله عليه وسلم: لبيك اللهم، لبيك، لبيك لا شريك لك لبيك، إن الحمد والنعمة لك والملك لا شريك لك</t>
+  </si>
+  <si>
+    <t>Allahs sändebuds Talbiyah var: 'Jag besvarar ditt kall, Allah! Jag besvarar ditt kall. Jag besvarar ditt kall, du har ingen vid din sida, jag besvarar ditt kall. All lovprisning, alla välsignelser och all makt tillhör dig. Du har ingen vid din sida.'</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رَضِيَ اللهُ عَنْهُمَا: أَنَّ تَلْبِيَةَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَبَّيْكَ اللهُمَّ، لَبَّيْكَ، لَبَّيْكَ لَا شَرِيكَ لَكَ لَبَّيْكَ، إِنَّ الْحَمْدَ وَالنِّعْمَةَ لَكَ وَالْمُلْكَ لَا شَرِيكَ لَكَ» قَالَ: وَكَانَ عَبْدُ اللهِ بْنُ عُمَرَ رَضِيَ اللهُ عَنْهُمَا يَزِيدُ فِيهَا: لَبَّيْكَ لَبَّيْكَ، وَسَعْدَيْكَ، وَالْخَيْرُ بِيَدَيْكَ، لَبَّيْكَ وَالرَّغْبَاءُ إِلَيْكَ وَالْعَمَلُ.</t>
+  </si>
+  <si>
+    <t>Abdullah ibn 'Umar (må Allah vara nöjd med honom) berättade: "Allahs sändebuds Talbiyah var: 'Jag besvarar ditt kall, Allah! Jag besvarar ditt kall. Jag besvarar ditt kall, du har ingen vid din sida, jag besvarar ditt kall. All lovprisning, alla välsignelser och all makt tillhör dig. Du har ingen vid din sida.' Ibn 'Umar brukade lägga till: 'Jag besvarar ditt kall, jag besvarar ditt kall, gör mig lycklig gång på gång. All godhet är i dina händer. Jag besvarar ditt kall. Min önskan och min strävan är för dig.'"</t>
+  </si>
+  <si>
+    <t>كانت تَلْبِيَةُ النبيِّ صلى الله عليه وسلم إذا أراد الدخول في نسك الحج أو العمرة أن يقول: 
+(لبيك اللهم لبيك) إجابة لازمة لك بعد إجابة فيما دعوتَنا من الإخلاص والتوحيد والحج وغيرها، (لبيك لا شريك لك لبيك) فأنت وحدك المُستحِق للعبادة لا شريك لك في ربوبيتك وألوهيتك وأسمائك وصفاتك، (إن الحمد) والشكر والثناء (والنعمة) منك وأنت معطيها (لك) تُصْرَف على كل حال، (والملك) كذلك لك، (لا شريك لك) فكلها لك وحدك. 
+وكان ابن عمر رضي الله عنهما يزيد فيها: 
+(لبيك لبيك وسعديك) أسعدني إسعادًا بعد إسعاد، (والخير بيديك) كلُّه ومِن فضلِك، (لبيك والرغباء إليك) والطلب والمسألة إلى مَن بيده الخير، (والعمل) لك فأنت المستحق للعبادة.</t>
+  </si>
+  <si>
+    <t>Profetens Talbiyah-fras när han inledde sitt tillstånd av Ihram för Hajj eller 'Umrah var: "'Jag besvarar ditt kall, Allah! Jag besvarar ditt kall", det vill säga: Jag kommer till dig i lydnad, om och om igen, efter att du kallat oss till uppriktighet, monoteism, Hajj och annat. "Jag besvarar ditt kall, du har ingen vid din sida, jag besvarar ditt kall", du är den ende som förtjänar all dyrkan, utan någon som delar detta med dig. "All lovprisning, alla välsignelser och all makt tillhör dig. Du har ingen vid din sida." All beröm, varje välsignelse, och allt herravälde tillhör dig ensam, utan någon partner. Ibn 'Umar brukade också säga: "Jag besvarar ditt kall, jag besvarar ditt kall, gör mig lycklig gång på gång", skänk mig återkommande lycka. "All godhet är i dina händer", du äger och skänker all godhet. "Jag besvarar ditt kall. Min önskan och min strävan är för dig", alla förfrågningar och önskemål riktas till dig, då du är den som har all godhet i dina händer, och att strävan är för din skull, då du är den enda som förtjänar att dyrkas.</t>
+  </si>
+  <si>
+    <t>مشروعية التلبية في الحج والعمرة، وتأكُّدُها فيه؛ لأنها شعاره الخاص، كالتكبير شِعَار الصلاة.
+قال ابن المنير: وفي مشروعية التلبية تنبيهٌ على إكرام الله تعالى لعباده بأنَّ وفودَهم على بيته إنما كان باستدعاء منه سبحانه وتعالى.
+الأفضل ملازمة تلبية النبي صلى الله عليه وسلم، ولا بأس بالزيادة لإقرار النبي عليه الصلاة والسلام له، قال ابن حجر: وهذا أعْدل الوجوه، فيفرد ما جاء مرفوعًا، وإذا اختار قول ما جاء موقوفًا أو أنشأه هو من قِبَل نفسِه مما يليق قاله على انفراده حتى لا يَختلط بالمرفوع، وهو شبيه بحال الدعاء في التشهد، فإنه قال فيه: ثم لِيَتَخَيَّر مِن المسألة والثناء ما شاء: أي بعد أن يَفْرُغ من المرفوع.
+استحباب رفع الصوت بالتلبية، وهذا في حقِّ الرجل، أما المرأة فتَخفض صوتها خشية الفتنة.</t>
+  </si>
+  <si>
+    <t>Det är föreskrivet och starkt uppmanat att yttra Talbiyah-frasen under Hajj och 'Umrah. Denna fras särskiljer dessa handlingar, likt Takbir (att säga Allahu akbar) särskiljer bönen.
+Ibn al-Munir sa: "Det är föreskrivet att yttra Talbiyah-frasen för att påminnas om den ära Allah skänkt sina tjänare, eftersom deras besök till hans hus sker endast genom hans inbjudan och kall."
+Det är bäst att hålla sig till profetens ﷺ ordval i Talbiyah, men det är också tillåtet att lägga till andra goda uttryck eftersom profeten ﷺ godkände det. Ibn Hajar sa att det bästa är att särskilja det som profeten ﷺ uttryckligen har sagt, och om man vill säga något mer, såsom det som är återberättat från följeslagarna eller annat passande, bör man säga det separat så att det inte blandas ihop med profetens ﷺ ord. Detta liknar hur det är i bönen när man, efter de obligatoriska orden, får välja egna böner och lovprisningar efter att man avslutat det som är bekräftat från profeten ﷺ.
+Det är rekommenderat för män att höja rösten när de uttalar Talbiyah, medan kvinnor ska hålla rösten låg för att undvika prövningar.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/4535</t>
+  </si>
+  <si>
+    <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
   </si>
   <si>
     <t>Min älskade vän ﷺ gav mig tre råd: att fasta tre dagar varje månad, att be två Rak’ah Duha-bön och att be Witr-bönen innan jag lägger mig</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ.</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade: "Min älskade vän ﷺ gav mig tre råd: att fasta tre dagar varje månad, att be två Rak’ah Duha-bön och att be Witr-bönen innan jag lägger mig."</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو هريرةَ رضي الله عنه أنَّ حبيبَه وصاحبَه النبيَّ صلى الله عليه وسلم أوصاه وعَهِدَ إليه  بثلاث خصالٍ: 
 الأولى: صوم ثلاثة أيام من كل شهر. 
 الثانية: ركعتي الضُّحَى كل يوم. 
 الثالثة: الوِتْر قبل النوم؛ وذلك لِمَن خاف أن لا يَستيقظ آخر الليل.</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättar att hans älskade vän profeten ﷺ personligen gav honom en viktig rekommendation med tre specifika handlingar:
 1. Att fasta tre dagar varje månad.
 2. Att be två Rak’ah Duha-bön varje dag.
 3. Att be Witr-bönen innan han sover. Profeten ﷺ rekommenderade att be den innan sömn för den som inte är säker på att han kommer att vakna i slutet av natten.</t>
   </si>
   <si>
     <t>اختلاف وصايا النبيِّ صلى الله عليه وسلم لأصحابه: مَبنيٌّ على عِلْمِه صلى الله عليه وسلم بأحوال أصحابه، وما يُناسِب كلَّ واحد منهم، فالقوي يُناسبه الجهاد، والعابد تُناسبه العبادة، والعالِم يُناسبه العِلْم، وهكذا.
 قال ابن حجر العسقلاني في قوله: صوم ثلاثة أيام من كل شهر، الذي يظهر أن المراد بها البِيْض؛ وهي: يوم الثالث عشر، والرابع عشر، والخامس عشر، من الشهر الهجري.
 قال ابن حجر العسقلاني: فيه استحباب تقديم الوتر على النوم، وذلك في حقِّ مَن لم يَثِق بالاستيقاظ.
 أهمية هذه الأعمال الثلاثة؛ لوصية النبي صلى الله عليه وسلم عَدَدًا من أصحابه بها.
 قال ابن دقيق العيد في قوله: (وركعتي الضحى): لعلّه ذَكَر الأقَلَّ الذي يوجد التأكيد بفعله، وفي هذا دلالة على استحباب صلاة الضحى، وأنَّ أقلها ركعتان.
 وقت صلاة الضحى: من بعد شروق الشمس بربع ساعة تقريبًا، ويَمتَد وقتُها إلى ما قبل الظهر بعشر دقائق تقريبًا، وعددها: أقلها ركعتان، واختُلف في أكثرها؛ فقيل: ثماني ركعات، وقيل: لا حد لأكثرها.
 وقت الوتر: من بعد صلاة العشاء إلى طلوع الفجر، وأقله ركعة، وأكثره إحدى عشرة ركعة.</t>
   </si>
   <si>
     <t>Profetens råd varierade beroende på individens situation. Han gav olika och anpassade råd till sina följeslagare utifrån deras styrkor och förmågor. Den som var stark fick råd om att utföra Jihad, den som var andligt fokuserade fick rådet att utöka i olika handlingar av dyrkan, och den lärde uppmuntrades att fördjupa sig i kunskap och så vidare.
 Ibn Hajar al-‘Asqalani nämner att de tre dagarna som åsyftas i Hadithen sannolikt är de vita dagarna (Ayyam al-Bid): den 13:e, 14:e och 15:e i den islamiska månaden.
 Ibn Hajar al-'Asqalani poängterar även att det är rekommenderat att be Witr före sömn, för den som inte är säker på att vakna senare på natten.
 Dessa tre handlingar var så viktiga att profeten ﷺ gav rådet till flera av sina följeslagare.
 Ibn Daqiq al-‘Id påpekar att profeten ﷺ nämnde två Rak’ah för Duha-bönen, för att visa att det minsta godtagbara antalet är just två, även om man kan be fler.
 Tider för Duha-bönen: Den kan utföras från ca 15 minuter efter soluppgången fram till ca 10 minuter före Dhuhr. Minsta antalet Rak'ah för Duha-bönen är två, och de lärda skiljer sig i dess övre gräns, vissa anser att det är åtta, andra säger att den saknar gräns.
 Tiden för Witr-bönen: Från 'Isha'-bönen fram till Fajr-gryningen. Det minsta antalet är en Rak’ah, och dess övre gräns är elva Rak’ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4538</t>
   </si>
   <si>
-    <t>أَرَى رُؤْيَاكُمْ قَدْ تَوَاطَأَتْ فِي السَّبْعِ الأَوَاخِرِ، فَمَنْ كَانَ مُتَحَرِّيهَا فَلْيَتَحَرَّهَا فِي السَّبْعِ الأَوَاخِرِ</t>
+    <t>تحروا ليلة القدر في الوتر من العشر الأواخر من رمضان</t>
+  </si>
+  <si>
+    <t>”Sök Laylat al-Qadr under de udda nätterna, under de sista tio nätterna av Ramadan.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «تَحَرَّوْا لَيْلَةَ القَدْرِ فِي الوِتْرِ مِنَ العَشْرِ الأَوَاخِرِ مِنْ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>'A'ishah (må Allah vara nöjd med henne) berättade att Allahs sändebud ﷺ sa: ”Sök Laylat al-Qadr under de udda nätterna, under de sista tio nätterna av Ramadan.”</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم على الاجتهاد في التماس وتَحرِّي وطلب ليلة القدر بالإكثار من العمل الصالح، وهي أرجى أن تكون في الليالي الوترية من العشر الأواخر من رمضان كل عام، وهي: الحادية والعشرون، والثالثة والعشرون، والخامسة والعشرون، والسابعة والعشرون، والتاسعة والعشرون.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ uppmanade att man ska vara ivrig och anstränga sig i att söka och leta efter Laylat al-Qadr, genom att utföra många goda handlingar. Det är mer sannolikt att den inträffar under någon av de udda nätterna av de sista tio nätterna av Ramadan varje år, det vill säga den 21:a, 23:e, 25:e, 27:e eller 29:e natten.</t>
+  </si>
+  <si>
+    <t>فضل ليلة القَدْر والحثّ على تَحَرِّيها.
+من حكمة الله ورحمته أخفى هذه الليلة لِيَجِدَّ الناس في العبادة، طلبًا لها، فيَكثُر ثوابُهم.
+ليلة القَدْر في العشر الأواخر من رمضان، وفي الأوتار منه أرجى.
+ليلة القدر هي إحدى ليالي العشر الأواخر من رمضان، وهي الليلة التي أنزل الله عز وجل فيها القرآن على النبي صلى الله عليه وسلم، وجعل هذه الليلة خيرًا من ألف شهر في بركتها، وعظيم قدرها، وأثر العمل الصالح فيها.
+سميت (ليلة القدْر) بسكون الدال بذلك، إما من الشرف، فيُقال: فلان عظيم القدر، فتكون إضافة الليلة من باب إضافة الشيء إلى صفته، أي الليلة الشريفة، يعني أنها عظيمة القدر شرفًا وفخامة ومكانة إلى آخره، ﴿ إِنَّا أَنْزَلْنَاهُ فِي لَيْلَةٍ مُبَارَكَةٍ ﴾ [الدخان: 3]، وإما من التقدير: فتكون إضافتها إليه من إضافة الظرف إلى ما يحتويه، أي هذه الليلة التي يكون فيها تقدير ما يجري في السنة، ﴿ فِيهَا يُفْرَقُ كُلُّ أَمْرٍ حَكِيمٍ ﴾ [الدخان: 4].</t>
+  </si>
+  <si>
+    <t>Laylat al-Qadrs stora förträfflighet och uppmaningen att söka den.
+Allah, i sin vishet och barmhärtighet, dolde vilken natt det är, för att människor ska anstränga sig i dyrkan under samtliga tio sista nätterna, vilket leder till större belöning.
+Laylat al-Qadr är under de sista tio nätterna av Ramadan och med störst sannolikhet under de udda nätterna.
+Laylat al-Qadr är den natt då Allah uppenbarade Koranen för profeten ﷺ och den är bättre än tusen månader, i form av välsignelse, värde och att goda handlingar har större belöning under den.
+Natten kallas för Laylat al-Qadr antingen på grund av dess höga rang och värde. Man säger exempelvis: ”Sådan person har stor Qadr (anseende)”, vilket då innebär att namnet syftar på nattens ärofyllda karaktär. Det är alltså en beskrivande benämning, den högt upphöjda natten, full av ära, betydelse och värdighet. Allah säger: ”Vi har uppenbarat den (Koranen) under en välsignad natt” (44:3). Eller så kommer namnet från tidsmässig bestämning (Taqdir), alltså att Allah under denna natt fastställer det som ska ske det kommande året. Då är namnet en beskrivning av innehållet i natten, den natt då alla beslut fattas och skrivs ned. Som i versen: ”Under den (natten) avgörs varje visdomsfullt beslut” (44:4).</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/4540</t>
+  </si>
+  <si>
+    <t>أرى رؤياكم قد تواطأت في السبع الأواخر، فمن كان متحريها فليتحرها في السبع الأواخر</t>
   </si>
   <si>
     <t>'Jag ser att era drömmar samstämmigt pekar på de sista sju nätterna, så den som söker den bör söka den under dessa sista sju nätter.'</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رِجَالًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُرُوا لَيْلَةَ القَدْرِ فِي المَنَامِ فِي السَّبْعِ الأَوَاخِرِ، فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرَى رُؤْيَاكُمْ قَدْ تَوَاطَأَتْ فِي السَّبْعِ الأَوَاخِرِ، فَمَنْ كَانَ مُتَحَرِّيهَا فَلْيَتَحَرَّهَا فِي السَّبْعِ الأَوَاخِرِ».</t>
   </si>
   <si>
     <t>'Abdullah ibn 'Umar (må Allah vara nöjd med honom) berättade: "Vissa av profetens följeslagare såg i sina drömmar att Laylat al-Qadr inträffade under de sista sju nätterna av Ramadan. Då sa Allahs sändebud ﷺ: 'Jag ser att era drömmar samstämmigt pekar på de sista sju nätterna, så den som söker den bör söka den under dessa sista sju nätter.'"</t>
   </si>
   <si>
     <t>رَأى رجالٌ من أصحاب النبيِّ صلى الله عليه وسلم في المنام أنّ ليلة القدر تكون في آخر سبع ليال من رمضان.
 فقال صلى الله عليه وسلم: أرى رؤياكم قد توافقت في السبع الأواخر من رمضان، فمن كان قاصدًا لها، حريصًا على طلبها، فليجتهد في تَحَرِّيها وطلبها بالإكثار من العمل الصالح فهي أرجى أن تكون في السبع الأواخر، وهي تبدأ من ليلة أربع وعشرين إذا كان شهر رمضان ثلاثين يومًا، وتبدأ ليلة ثلاث وعشرين إذا كان الشهر تسعة وعشرين يومًا.</t>
   </si>
   <si>
     <t>Några av profetens  följeslagare såg i sina drömmar att Laylat al-Qadr infaller under den sista veckan av Ramadan. Profeten ﷺ bekräftade att deras drömmar överensstämde och vägledde därför alla som sökte denna natt att göra det genom att utföra många goda handlingar, särskilt under de sju sista nätterna. Dessa sju nätter börjar från den 24:e natten om månaden är trettio dagar, eller från den 23:e natten om månaden är tjugonio dagar lång.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحث على تحريها.
 من حكمة الله ورحمته أخفى هذه الليلة لِيَجِدَّ الناس في العبادة، طلبًا لها، فيَكثُر ثوابُهم.
 ليلة القَدْر في العشر الأواخر من رمضان، وفي السبع الأواخر منه أرجى.
 ليلة القدر هي إحدى ليالي العشر الأواخر من رمضان، وهي الليلة التي أنزل الله عز وجل فيها القرآن على النبي صلى الله عليه وسلم، وجعل هذه الليلة خيرًا من ألف شهر في بركتها، وعظيم قدرها، وأثر العمل الصالح فيها.
 سميت (ليلة القدْر) بسكون الدال بذلك، إما من الشرف فيُقال: فلان عظيم القدر، فتكون إضافة الليلة من باب إضافة الشيء إلى صفته، أي الليلة الشريفة، يعني أنها عظيمة القدر شرفًا وفخامة ومكانة إلى آخره، ﴿ إِنَّا أَنْزَلْنَاهُ فِي لَيْلَةٍ مُبَارَكَةٍ ﴾ [الدخان: 3]، وإما من التقدير: فتكون إضافتها إليه من إضافة الظرف إلى ما يحتويه، أي هذه الليلة التي يكون فيها تقدير ما يجري في السنة، ﴿ فِيهَا يُفْرَقُ كُلُّ أَمْرٍ حَكِيمٍ ﴾ [الدخان: 4].</t>
   </si>
   <si>
     <t>Laylat al-Qadrs enorma förträfflighet och uppmaningen av att anstränga sig för att få del av dess välsignelser.
 Allah har i sin vishet dolt vilken natt den exakt är, för att troende ska anstränga sig mer i dyrkan och därigenom erhålla större belöning.
 Laylat al-Qadr infaller med stor sannorlikhet under någon av de sju sista nätterna av Ramadan.
 Laylat al-Qadr är natten då Allah uppenbarade Koranen för profeten ﷺ. Denna natt är mer välsignad än tusen månader, både till sitt värde och vad gäller den belöning goda handlingar ger under den.
 Natten kallas Laylat al-Qadr av två huvudsakliga anledningar:
 Den första är på grund av nattens höga rang och värde. På arabiska används uttrycket "Sådan person har stor Qadr (anseende)" för att beskriva någon med stort anseende, vilket understryker nattens ärofyllda karaktär. Namnet är alltså en passande beskrivning: den är en högt upphöjd natt, full av ära, betydelse och värdighet. Detta bekräftas i Koranen där Allah säger: "Vi har sänt ned den (Koranen) under en välsignad natt" (44:3).
 Den andra möjliga förklaringen är att namnet kommer från en tidsmässig bestämning (Taqdir). Under denna natt fastställer Allah allt som ska ske under det kommande året. I så fall syftar namnet på nattens funktion: det är då alla viktiga beslut fattas och skrivs ned. Detta stöds av versen: "Under den (natten) avgörs varje visdomsfullt beslut" (44:4).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4545</t>
   </si>
   <si>
-    <t>إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ</t>
+    <t>إذا رأيتموه فصوموا، وإذا رأيتموه فأفطروا، فإن غم عليكم فاقدروا له</t>
   </si>
   <si>
     <t>När ni ser nymånen, ska ni fasta, och när ni ser den återigen, ska ni bryta fastan. Om ni finner det oklart får ni böra egna beräkningar</t>
   </si>
   <si>
     <t>عَنْ ابْنَ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ».</t>
   </si>
   <si>
     <t>Ibn ‘Umar (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "När ni ser nymånen, ska ni fasta, och när ni ser den återigen, ska ni bryta fastan. Om ni finner det oklart får ni böra egna beräkningar."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم علامةَ دخول شهر رمضان وخروجه، فقال: إذا رأيتم هلال رمضان فصوموا، فإنْ حَالَ بينكم وبينه غَيْمٌ وسُتِرَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر شعبان، وإذا رأيتم هلال شوال فأفطروا، فإنْ حال بينكم وبينه غَيْمٌ وسُترَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر رمضان.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargjorde tecknet för när fastan i Ramadan ska påbörjas och avslutas. Han sa att fastan inleds när nymånen för Ramadan observeras och avslutas när nymånen för Shawwal observeras. Om sikten blockeras av moln eller något annat hinder, ska månaden uppskattas genom att fullborda 30 dagar av den föregående månaden.</t>
   </si>
   <si>
     <t>الاعتماد على الرؤية لا على الحساب في إثبات دخول الشهر.
 نقل ابن المنذر الإجماع على أنه لا يجب الصيام إذا كان دخول شهر رمضان بالحساب فقط دون الرؤية.
 وجوب إكمال شعبان ثلاثين يومًا إذا حال دون رؤية هلال رمضان غَيْمٌ أو نحوه .
 الشهرُ القَمَريُّ لا يكون إلا تسعةً وعشرون يومًا، أو ثلاثين يومًا.
 وجوب إكمال رمضان ثلاثين يومًا إذا حال غيم أو نحوه دون هلال شوال.
 من كان بموضع ليس فيه مَن يَتَفَقَّدُ أَمْرَ المسلمين في الصوم، أو كان ممن يضيِّع ذلك فينبغي أن يراعي ذلك ويَتفقده بمَن يثبت ذلك عنده برؤية نفسه أو برؤية من يثق به؛ فيصوم بذلك ويفطر.</t>
   </si>
   <si>
     <t>Månadens början baseras på visuell observation, inte astronomiska beräkningar.
 Ibn al-Mundhir nämnde att de lärda var eniga om att fastan inte är obligatorisk om månaden fastställs enbart genom beräkningar utan faktisk observation.
 Om nymånen för Ramadan inte kan ses på grund av moln eller annat, ska Sha'ban månad fullbordas till 30 dagar.
 Den islamiska månaden är antingen 29 eller 30 dagar.
 Ramadan måste fastas i 30 dagar om nymånen för månaden Shawwal inte kan ses på grund av moln eller annat.
 Den som befinner sig på en plats där ingen följer månobservationen för fastan, eller där detta försummas, bör själv vara uppmärksam och ta reda på månens status genom sin egen observation eller genom någon pålitlig person, så att han kan fasta och bryta fastan därefter.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4549</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Allah tittar inte på era utseenden och på era egendomar, snarare tittar han på era hjärtan och era handlingar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah tittar inte på era utseenden och på era egendomar, snarare tittar han på era hjärtan och era handlingar."</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att Allah inte tittar på sina tjänares utseenden och kroppar - är de vackra eller fula, stora eller smala, friska eller sjuka? Han tittar inte heller på deras egendomar - äger de mycket eller lite? Allah ställer följaktligen inte sina tjänare till svars för dessa frågor och hur de skiljer sig. Snarare tittar han på deras hjärtan och den gudsfruktan, övertygelsen, ärligheten som finns i dem, eller huruvida hjärtan är fyllda med ögontjäneri eller en klandervärd önskan att prisas av andra. Han tittar även på deras handlingar, om de är bra eller dåliga, varefter han vedergäller dem.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Detta visar vikten i att rena och korrigera hjärtan från allt klandervärt och dåligt.
 Hjärtat blir sunt och upprätt genom uppriktighet, och handlingar blir sunda och korrekta genom att följa profetens ﷺ väg. Det är dessa två, hjärtat och handlingarna, som Allah tittar på.
 Människan ska inte låta sig luras av hennes egendomar, skönhet, kropp eller något annat från de världsliga förekomsterna.
 Detta är en varning för att fästa sig vid yttre aspekter och att försumma korrigering av det inre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ</t>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
   </si>
   <si>
     <t>Allah och hans sändebud har förbjudit försäljning av vin, självdöda djur, svin och avgudabilder</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
   </si>
   <si>
     <t>Jabir bin 'Abdillah (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga då han befann sig i Mecka under det året erövringen av staden skedde: "Allah och hans sändebud har förbjudit försäljning av vin, självdöda djur, svin och avgudabilder." Någon frågade: "Allahs sändebud! Hur är det med fettet från självdöda djur? Det används ju för att täta båtar, smörja läder och som bränsle för lampor." Han svarade: "Nej, det är förbjudet." Därefter sa han ﷺ: "Må Allah förbanna judarna! När Allah förbjöd deras fett, smälte de det, sålde det och drog nytta av vinsten."</t>
   </si>
   <si>
     <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
   </si>
   <si>
     <t>Jabir bin 'Abdillah (må Allah vara nöjd med honom) berättade att han hörde från profeten ﷺ tala när han befann sig i Mecka det året staden erövrades. Han ﷺ klargjorde då att Allah och hans sändebud förbjudit försäljning av förbjudna ting som vin, kadaver, svin och avgudabilder. När han frågades om användningen av fett från självdöda djur, som används för att täta båtar, smörja läder, och som bränsle för lampor, gjorde profeten ﷺ klart att även detta är förbjudet att sälja. Sedan bad han mot judarna om att Allah ska låta de gå under och förbannas, eftersom när Allah förbjöd kadavers fett, smälte de det, sålde det, och använde vinsten.</t>
   </si>
   <si>
     <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
 قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
 قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
 كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
 قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
   </si>
   <si>
     <t>Imam al-Nawawi sa: "Muslimer är överens om att det är förbjudet att sälja vin, självdöda djur och svin."
 Al-Qadi sa: "Denna Hadith indikerar att det som är förbjudet att äta och dra nytta av inte heller får säljas eller generera någon form av ekonomisk vinning."
 Ibn Hajar sa: "Kontexten tyder starkt på att förbudet gäller försäljning, inte nödvändigtvis användning för andra ändamål."
 Alla former av knep för att tillåta det som är förbjudet i Shari'ah är ogiltiga.
 Imam al-Nawawi tillade: "I det generella förbudet mot att sälja självdöda djur ingår även att det är förbjudet att sälja kroppar från icke-troendes som dödats i strid, även om deras allierade erbjuder lösensummor. Profeten ﷺ avvisade en sådan lösensumma på tiotusen Dirham och återlämnade kroppen utan att ta emot någon betalning."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4556</t>
   </si>
   <si>
-    <t>أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ</t>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
   </si>
   <si>
     <t>'Har inte Allah gett er något ni kan ge i välgörenhet?</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
   </si>
   <si>
     <t>Abu Dharr (må Allah vara nöjd med honom) berättade: Några av profetens ﷺ följeslagare sa till honom: "Allahs sändebud, de rika har lagt beslag på alla belöningar! De ber som vi, fastar som vi, men de ger dessutom i välgörenhet från sitt överflöd av rikedomar."
 Då sa profeten ﷺ: 'Har inte Allah gett er något ni kan ge i välgörenhet? Varje gång ni säger 'Subhanallah' är det välgörenhet, varje 'Allahu akbar' är välgörenhet, varje 'Alhamdulillah' är välgörenhet, och varje 'La ilaha illa Allah' är välgörenhet. Att ni uppmanar till det goda är välgörenhet, att ni förbjuder det onda är välgörenhet – ja, till och med samlag är välgörenhet."
 De frågade: 'Allahs sändebud, får vi belöning för att tillfredsställa våra lustar?' Profeten ﷺ svarade: 'Om någon skulle tillfredställa den på ett otillåtet sätt, skulle det inte räknas som en synd? På samma sätt får man belöning om man gör det på ett tillåtet sätt.'"</t>
   </si>
   <si>
     <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
 فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
 أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
 فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
 قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
   </si>
   <si>
     <t>Några av profetens fattiga följeslagare beklagade sin situation och fattigdom inför honom ﷺ. De uttryckte att de inte kunde ge allmosor för att uppnå samma stora belöning som sina välbärgade bröder. Trots att de bad och fastade på samma sätt som de rika, kunde de själva inte bidra med något i välgörenhet från överflöd, vilket de välbärgade kunde. Då vägledde profeten ﷺ dem till vilken välgörenhet de kunde göra, och han ﷺ sa: ”Har inte Allah gett er något som ni kan ge som välgörenhet? Varje gång ni säger: 'Subhanallah' (Allah är fri från brister), är det en välgörenhet. Varje gång ni säger: 'Allahu akbar' (Allah är störst), är det en välgörenhet. Varje gång ni säger: 'Alhamdulillah' (all lovpris tillhör Allah), är det en välgörenhet. Varje gång ni säger: 'La ilaha illa Allah' (det finns ingen sann gud utom Allah), är det en välgörenhet. Att uppmana till det goda är en välgörenhet. Att förbjuda det onda är en välgörenhet. Och till och med när någon av er har samlag med sin fru, räknas det som en välgörenhet.” De blev förvånade och sa: ”Allahs sändebud, kommer en av oss att få belöning för att han tillfredsställer sin lust?” Han sa: ”Ser ni inte – om han skulle ha gjort det på ett otillåtet sätt, i otukt – hade han då inte syndat? På samma sätt, när han gör det på ett tillåtet sätt, så får han belöning.”</t>
   </si>
   <si>
     <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
 كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
 يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
 قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
 ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
   </si>
   <si>
     <t>Profetens ﷺ följeslagare tävlade ivrigt i att utföra goda gärningar, alla drivna av en stark önskan att uppnå stor belöning från Allah.
 De många olika formerna av goda gärningar visar att varje handling en muslim utför, så länge den görs med en god avsikt och ett uppriktigt syfte, räknas som en belönad gärning.
 Islam är en enkel religion – varje muslim kan finna olika handlingar att lyda Allah genom.
 Al-Nawawi förklarade: "Denna Hadith visar att tillåtna handlingar kan förvandlas till dyrkan genom uppriktiga avsikter. Samlag blir till exempel en form av dyrkan om personen har för avsikt att uppfylla sin hustrus rättigheter och leva väl med henne, precis som Allah befallt. Andra syften kan vara att hoppas på rättfärdiga barn, skydda både sig själv och sin hustru från att falla i det förbjudna, eller förhindra sig själv och henne från att ens tänka på, längta efter eller planera för otillåtna handlingar. Det kan utöver det finnas andra rättfärdiga syften också."
 Att använda liknelser och analogier i förklaringar gör dem tydligare och mer effektiva för lyssnaren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4558</t>
   </si>
   <si>
-    <t>إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ</t>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
   </si>
   <si>
     <t>Av det som människor har bevarat från de tidigare profeternas uttalanden är: 'Om du inte skäms, gör då vad du vill.'</t>
   </si>
   <si>
     <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
     <t>Abu Mas'ud (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Av det som människor har bevarat från de tidigare profeternas uttalanden är: 'Om du inte skäms, gör då vad du vill.'"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att detta uttalande är en del av den vägledning som förmedlades av tidigare profeter och har förts vidare från generation till generation tills det nådde detta samfund. Betydelsen är: reflektera över det du vill göra — om det är något du inte behöver skämmas över, så gör det. Men om det är något som inger skam, så avstå. Det är nämligen blygsel och anständighet (Haya’) som hindrar en person från att begå skamliga och förkastliga handlingar. Den som saknar blygsamhet kastar sig obehindrat in i allt som är förkastligt.</t>
   </si>
   <si>
     <t>الحياء أصل الأخلاق الكريمة.
 الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
 الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
 قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
   </si>
   <si>
     <t>Blygsel är grunden för god moral.
 Blygsel är en egenskap hos profeterna och något som har förmedlats genom deras läror.
 Det är blygsel som får en muslim att göra det som är hedervärt och avstå från det som är smutsigt och skamligt.
 Imam al-Nawawi sa: Denna uppmaning visar att handlingen är tillåten. Det vill säga: Om du vill göra något och det är något du inte skäms för inför Allah eller människor, gör det. Annars, avstå. Detta är en grundläggande princip i islam. Förklaringen till detta är att det som är obligatoriskt eller rekommenderat är sådant som man skäms för att försumma, medan det som är förbjudet eller ogillat är sådant som man skäms för att göra. Vad gäller det som till grunden är tillåtet (Mubah) är det tillåtet att känna skam både för att göra det och för att avstå från det. Hadithen omfattar alltså de fem rättsliga kategorierna (obligatoriskt, rekommenderat, tillåtet, ogillat och förbjudet). Det har också sagts att detta är en varning, vilket innebär att om du saknar skam, så gör vad du vill – men du kommer att hållas ansvarig inför Allah. En annan tolkning är att det är en beskrivande utsaga, vilket betyder att den som inte har skam kommer att göra vad han vill.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4559</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>Handlingar bedöms enbart efter avsikter, och var och en tillräknas enbart det han har avsett</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>'Umar bin al-Khattab (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Handlingar bedöms enbart efter avsikten, och en person tillräknas enbart det han har avsett. Således [bedöms] den vars utvandring var ämnad för Allah och hans Sändebud som att hans utvandring var för Allah och hans Sändebud, och den vars utvandring var ämnad för att uppnå något världsligt eller för att ta en kvinna till hustru, [bedöms som att] hans utvandring var för det ändamål han utvandrade för." Och i en återberättelse av al-Bukhari: "Handlingar bedöms enbart efter avsikter, och var och en tillräknas enbart det han har avsett."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att handlingar bedöms efter avsikten och att denna bestämmelse omfattar alla handlingar, dyrkan såväl som affärer. Den som avser en viss världslig gagn bakom sina handlingar kommer inte att få mer än det och kommer därmed inte att belönas. Den som däremot avser att närma sig Allah, genom sina handlingar, kommer att få dem belönade, fastän det kan vara vardagliga handlingar som att äta och dricka.
 Därefter framställde han ﷺ en liknelse på avsiktens roll i handlingarna trots att de, till det yttre, är identiska. Han berättade att den som avser sin Herres välbehag då han utvandrar och lämnar sitt land kommer att få sin utvandring bedömd som en islamisk handling och alltså belönas för den då hans avsikt var uppriktig. Men den som istället avser världslig gagn då han utvandrar, så som att han söker pengar, status, affärer eller hustru, kommer inte att gynnas från sin handling utöver den nyttan han avsett och sökt. Följaktligen belönas han inte för denna handling.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Detta är en uppmaning till att vara uppriktig, då Allah inte godkänner någon annan handling än den som utförts för hans skull.
 Personen som utför handlingar, som i grunden utförs för att närma sig Allah, men gör det av vana kommer inte att belönas för det förrän han avser att närma sig Allah med dem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>'Islam innebär att du bekänner att ingen sann gud finns förutom Allah och att Muhammed är Allahs sändebud, att du utför bönen, ger allmosa, fastar under Ramadan och vallfärdar till huset, om du har medel till det</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>'Umar bin al-Khattab (må Allah vara nöjd med honom) sa: "En dag när vi satt hos Allahs sändebud ﷺ kom en man med bländande vita kläder och kolsvart hår. Han såg inte ut att vara på resa och ingen av oss kände honom. Han satte sig hos profeten ﷺ, lät sina knän vila mot hans knän, lade handflatorna på profetens ﷺ lår och sa: 'Muhammed! Upplys mig om islam.' Allahs sändebud ﷺ svarade då:
 'Islam innebär att du bekänner att ingen sann gud finns förutom Allah och att Muhammed är Allahs sändebud, att du utför bönen, ger allmosa, fastar under Ramadan och vallfärdar till huset, om du har medel till det.'
 [Mannen] sa: 'Du har talat sanning.' Vi förvånades över att han frågade honom och sedan bekräftade vad han sagt. [Mannen] sa: 'Upplys mig då om Iman (tron).' Han ﷺ svarade: 'Att du tror på Allah, hans änglar, hans böcker, hans sändebud, den yttersta dagen, och att du tror på att både gott och ont är förutbestämt.' [Mannen] sa: 'Du har talat sanning.' Sedan sa han: 'Upplys mig då om Ihsan (fulländning).' Han ﷺ sa: 'Att du dyrkar Allah som om du såg honom, för även om du inte ser honom så ser han förvisso dig.' [Mannen] sa: 'Upplys mig då om [återuppståndelsens] timme.' Han ﷺ sa: 'Den tillfrågade vet inte mer än den som frågar.' [Mannen] sa: 'Upplys mig då om tecknen på att den närmar sig.' Han ﷺ sa: 'Att tjänarinnan föder sin härskarinna, och att du ser barfota, lättklädda, fattiga fåraherdar tävla om att bygga överdådiga hus.' Sedan gav sig [mannen] av, och jag stannade kvar en lång stund. Därefter sa han ﷺ:
 '`Umar, vet du vem den som frågade var?' Jag sa: Allah och hans sändebud vet bäst.' Han ﷺ sa: 'Det var Gabriel som kom till er för att lära er om er religion.'"</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>'Umar bin al-Khattab berättade att Gabriel kommer till följeslagarna (må Allah vara nöjd med dem) i en okänd persons skepnad. Han hade bländande vita kläder och kolsvart hår, och såg inte ut att vara sliten, ha smutsiga kläder eller ovårdat hår på grund av resa. Ingen bland dem som var närvarande hos profeten ﷺ kände igen honom. Då satte han sig hos profeten ﷺ som en elev och ställde honom ﷺ frågor om islam. Profeten ﷺ svarade genom att nämna islams pelare som omfattar att vittna om trosbekännelsen, vara mån om de fem bönerna, ge allmosa till de som förtjänar den, fasta månaden Ramadan och utföra vallfärden för den som har möjlighet.
 Då säger frågeställaren: "Du har talat sanning", vilket fick följeslagarna att förvånas då hans fråga tydde på att han saknade kunskap i frågan, men bekräftade ändå svaret.
@@ -7769,1027 +7840,1027 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Profetens ﷺ höga karaktär och att han brukade sitta med sina följeslagare och de satt med honom.
 Det är föreskrivet att visa vänlighet mot frågeställaren och föra honom närmare en så att han kan ställa sin fråga utan att vara obekväm eller rädd.
 Att visa respekt för läraren, likt Gabriel (frid vare över honom) gjorde. Han satte sig framför profeten ﷺ på ett respektfullt sätt för att lära sig från honom.
 Islam har fem pelare och tron har sex grunder.
 När islam och Iman nämns tillsammans syftar islam på synliga aspekter och Iman på dolda aspekter.
 Detta visar att religionen har olika nivåer. Den första nivån är Islam, den andra nivån är Iman, och den tredje nivån är Ihsan vilket är den högsta.
 Vanligtvis saknar den som ställer frågor kunskap, därför ställer han frågor, och av denna anledning blev följeslagarna förvånade över hans frågor och hur han därefter bekräftade att svaren var de rätta.
 Att börja med det viktigaste först. Profeten ﷺ började med trosbekännelsen när han förklarade vad islam var. När han förklarade vad Iman var började han med tron på Allah.
 Frågeställaren kan ställa frågor som han egentligen har svar på, men som han vill att andra ska lära sig svaret på.
 Vetskapen om när domedagen inträffar är något Allah hållit för sig själv.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4563</t>
   </si>
   <si>
-    <t>دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ</t>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
   </si>
   <si>
     <t>'Lämna det som väcker tvivel för det som inte väcker tvivel. Sanningen ger sinnesro, och lögnen orsakar osäkerhet.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
     <t>Abu al-Hawra as-Sa‘di berättade att han frågade al-Hasan bin ‘Ali (må Allah vara nöjd med honom): "Vad har du memorerat från Allahs sändebud ﷺ?" Han svarade: "Något som jag memorerat från Allahs sändebud ﷺ är att han sa: 'Lämna det som väcker tvivel för det som inte väcker tvivel. Sanningen ger sinnesro, och lögnen orsakar osäkerhet.'"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>Profeten ﷺ befallde att man ska undvika det man är osäker på, vare sig det gäller ord eller handlingar, och ta reda på om det är förbjudet eller tillåtet. Man ska hålla sig till det man är säker på att det är bra och tillåtet. Hjärtat finner frid och trygghet i det, medan det som inger tvekan orsakar oro och osäkerhet.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>En muslim bör grunda sina handlingar på visshet och avstå från det som väcker tvivel, samt handla med insikt i sin tro.
 Det är förbjudet att ge sig in i tvivelaktiga och oklara frågor.
 För att uppnå inre frid och ro bör man undvika det som orsakar osäkerhet.
 Allahs barmhärtighet gentemot sina tjänare genom att vägleda dem till det som ger dem sinnesfrid och förbjuda det som orsakar oro och ångest.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4564</t>
   </si>
   <si>
-    <t>صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً</t>
+    <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>En mans bön i samling är drygt tjugo gånger bättre än bönen i hans hem och bönen i hans affär</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "En mans bön i samling är drygt tjugo gånger bättre än bönen i hans hem och bönen i hans affär. När han tvagar sig, och gör det väl, och därefter går ut till moskén bara för att be, tar han inte ett steg utan att han på grund av det både höjs en grad och får en synd struken, tills han träder in i moskén. När han trätt in i moskén, beräknas han befinna sig i bön, så länge som han inväntar bönen. När han bett, slutar änglarna inte be för honom så länge han befinner sig på sin böneplats: 'Allah! Benåda honom. Allah! Förlåt honom. Allah! Acceptera hans ånger,' förutsatt att han inte skadar någon där eller bryter sin tvagning."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att om muslimer ber sin bön i samling är det drygt tjugo gånger bättre än hans bön i sitt hem eller i sin affär. Han berättade sedan om orsaken till detta, vilket är att om personen tvagar sig, och därtill tvagar sig väl och fullständigt, varefter han går ut till moskén enbart för att han vill be, höjs hans status och nivå och hans synder stryks bort genom varje steg han tar. När han träder in i moskén och inväntar bönen får han belöningen för att be så länge som han väntar. Änglarna ber därtill för honom så länge som han sitter kvar på den platsen han bad på. De säger: "Allah! Förlåt honom. Allah! Benåda honom. Allah! Acceptera hans ånger," så länge som han inte bryter sin tvagning, eller gör något som människor eller änglar tar skada av.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>När en man ber ensam hemma eller i affären är bönen korrekt, men han syndar då han inte bad den i samling utan giltig anledning.
 Församlingsbönen är bättre än människans bön i ensamhet med tjugofem, tjugosex, eller tjugosju gånger.
 Änglarna har bland annat i uppgift att be för de troende.
 Förträffligheten i att bege sig till moskén i ett tillstånd av tvagning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4566</t>
   </si>
   <si>
-    <t>كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ</t>
+    <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>Varje led i människokroppen bör engageras i välgörenhet</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Varje led i människokroppen bör engageras i välgörenhet. Detta bör ske varje dag som solen går upp. Att medla rättvist mellan två personer är välgörenhet, att hjälpa en man med hans riddjur, antingen genom att lyfta upp honom på det eller genom att lyfta hans tillhörigheter på det, är välgörenhet. Att säga ett gott ord är välgörenhet, varje steg en person tar till bönen är välgörenhet, och att ta bort något skadligt från vägen är välgörenhet."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargjorde att varje muslim bör engagera sig i så pass många former av välgörenhet som han har leder i sina ben. Detta är ett sätt att tacka Allah för god hälsa och för att han har skapat leder, som möjliggör att man kan röra på sig. Dessa former av välgörenhet sker genom att utföra goda gärningar och kräver inte nödvändigtvis att man ger pengar. Bland dessa gärningar är: Att medla mellan två tvistande personer och försöka lösa deras tvist är välgörenhet. Att hjälpa en oförmögen person med sitt riddjur, genom att hjälpa honom att komma upp på det eller lyfta upp hans tillhörigheter på det är välgörenhet. Att säga ett gott ord, som att nämna Allah, be eller hälsa på andra, är välgörenhet. Varje steg man tar för att gå till bönen är välgörenhet. Att ta bort något skadligt från vägen är välgörenhet.</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>Människokroppens ben och dess funktioner är en av de största välsignelserna från Allah, vilket kräver tacksamhet för varje ben genom en särskild form av välgörenhet för att uppfylla tacksamhet för den välsignelsen.
 Uppmuntran att ständigt visa tacksamhet för varje dag som går eftersom man ständigt får ta del av nya välsignelser.
 Uppmuntran att kontinuerligt utföra rekommenderade handlingar och olika former av välgörenhet varje dag.
 Förträffligheten i att medla mellan människor.
 Uppmaningen att hjälpa sin bror i tron, eftersom det är en form av välgörenhet att hjälpa honom.
 Uppmaningen att närvara under församlingsbönerna och gå till dem, och vara aktiv i att närvara i moskéerna.
 Det är nödvändigt att respektera de vägar muslimerna går eller färdas, och inte orsaka skada eller besvär till muslimerna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4568</t>
   </si>
   <si>
-    <t>كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ</t>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
   </si>
   <si>
     <t>Var i denna värld som en främling eller en resande</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
   </si>
   <si>
     <t>Ibn ‘Umar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ tog tag i hans axel och sa: "Var i denna värld som en främling eller en resande." Ibn ‘Umar brukade säga: "När du vaknar på morgonen, räkna inte med att nå kvällen, och när du når kvällen, räkna inte med att nå morgonen. Ta till vara på din hälsa innan du blir sjuk, och ditt liv innan du dör."</t>
   </si>
   <si>
     <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
 فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
 فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
   </si>
   <si>
     <t>Ibn ‘Umar (må Allah vara nöjd med honom) berättade att profeten ﷺ tog tag i hans axel – där överarmen möter skuldran – och sa: "Var i denna värld som en främling eller en vägfarare."
 Profeten ﷺ uppmanade honom att inta den inställning som en främling har som kommit till en stad där han varken har en bostad att ta skydd i eller en familj att spendera tiden med. Detta innebär att han inte har någon anledning att bli distraherad från sin Skapare. Men han bör vara mer än bara en främling – han bör vara som en vägfarare, en resenär som endast passerar förbi på vägen till sitt egentliga mål. En främling kan trots allt slå sig ner i ett främmande land och bo där en längre tid, medan en vägfarare inte gör uppehåll utan fortsätter sin resa mot sin destination. På samma sätt behöver en troende i denna värld endast det som för honom vidare mot hans slutmål – det eviga livet.
 Ibn ‘Umars tillämpade rådet, och brukade säga: "När du vaknar på morgonen, räkna inte med att nå kvällen, och när du når kvällen, räkna inte med att nå morgonen. Räkna dig själv som en av gravens invånare. Eftersom livet består av både hälsa och sjukdom, bör du skynda dig att använda tiden du är frisk under till lydnad innan sjukdom hindrar dig. Ta vara på din livstid i denna värld och samla därigenom det som kommer att gynna dig efter döden.</t>
   </si>
   <si>
     <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
 الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
 حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
 اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
  بيان قِصَر الأمل، والاستعداد للموت.
  الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
 المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
 فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
 وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
   </si>
   <si>
     <t>En lärare kan lägga sin hand på elevens axel för att skapa närhet och fästa uppmärksamheten vid det som lärs ut.
 Profeten ﷺ kunde ge råd och vägledning även om han inte var ombedd att göra det.
 Profeten ﷺ använde slående liknelser i sin undervisning, såsom när han sa: "Var i denna värld som en främling eller en vägfarare."
 Människor skiljer sig åt i sätt att passera detta liv mot det kommande: en vägfarare har en högre grad av avhållsamhet från det världsliga (Zuhd) än en främling.
 Hadithen lär oss att inte tro att vi ska leva länge och att alltid vara beredda på döden.
 Hadithen innebär inte att man ska överge försörjning eller fullkomligt undvika världsliga nöjen, utan snarare att man ska ha ett balanserat förhållningssätt och inte fästa sitt hjärta vid materiella ting.
 Man bör skynda sig att utföra goda handlingar innan sjukdom eller döden förhindrar en från att göra dem.
 'Abdullah bin ‘Umar (må Allah vara nöjd med honom) var en exemplarisk följeslagare som drog djup lärdom av profetens ﷺ påminnelser.
 En troendes egentliga hem är paradiset. Han är en främling i denna värld och en resenär mot livet efter detta. Därför bör han inte fästa sitt hjärta vid denna främmande värld, utan snarare fästa sig vid sitt ursprungliga hem som han är på väg mot. Han bör använda sin tid i denna värld för att ta det han behöver från den och förbereda sig för att komma tillbaka hem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4704</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>Bli inte arg</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade: "En man bad profeten ﷺ om råd. Profeten svarade: "Bli inte arg", varpå mannen upprepade [sitt önskemål] och [varje gång] svarade profeten ﷺ: "Bli inte arg."</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>En av följeslagarna (må Allah vara nöjd med honom) ville att profeten ﷺ skulle vägleda honom till något som kunde gynna honom. Profeten ﷺ beordrade då honom att inte bli arg, det vill säga undvika det som kan leda till ilska och att han ska ha självkontroll ifall han blir arg så att det inte eskalerar till mord, slag, glåpord eller liknande.
 Mannen upprepade sitt önskemål om råd, och profeten ﷺ rådgav honom inte med något annat än "Bli inte arg".</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Detta är en varning för att bli arg och det som leder till det, eftersom ilska kombinerar all form av ondska, och att undvika det leder till all form av godhet.
 Att bli arg för Allahs skull, som när Allahs förbud bryts, är en form av prisvärd ilska.
 Ens uttalande kan upprepas vid behov så att den adresserade personen uppfattar det och förstår dess allvar.
 Dygden i att be en lärd och kunnig person om råd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Vålla inte skada och tillfoga inte varandra skada. Den som vållar skada kommer Allah att skada, och den som försvårar saker och ting kommer Allah att försvåra för</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Abu Sa'id (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Vålla inte skada och tillfoga inte varandra skada. Den som vållar skada kommer Allah att skada, och den som försvårar saker och ting kommer Allah att försvåra för."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att det är obligatoriskt att all form av skada mot en själv eller mot andra ska undvikas. Det är inte tillåtet för någon att skada sig själv eller att skada någon annan.
 Det är inte heller tillåtet att bemöta skada med skada, eftersom skadan inte upphör genom ytterligare skada, med undantag vid rättvis vedergällning.
 Sedan berättade profeten ﷺ om konsekvensen för den som skadar människor då den också kommer att skadas, och den som försvårar saker och ting för andra människor kommer också att få saker och ting försvårade för sig.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Det är tillåtet att ge igen med samma mynt, men att göra mer än så är förbjudet.
 Allah har inte föreskrivit något för sina tjänare som skadar dem.
 Det är inte tillåtet att vålla skada eller tillfoga varandra skada genom tal, handling eller uteblivet agerande.
 Vedergällningen är av samma handling; den som vållar skada kommer Allah att skada, och den som försvårar saker och ting för andra kommer Allah att försvåra för.
 En av denna religions grundprinciper är att skada ska avlägsnas. Religionen avvisar följaktligen allt som är skadligt.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Autentisk utifrån dess underlag]</t>
   </si>
   <si>
     <t>[Återberättad av ad-Daraqutni]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ</t>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>Låt din tunga ständigt vara fuktig av att åminnas Allah</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>'Abdullah bin Busr (må Allah vara nöjd med honom) berättade att en man sa: "Allahs sändebud! Islams föreskrifter har blivit så många för mig, så underrätta mig om något som jag kan hålla fast vid." Han ﷺ svarade: "Låt din tunga ständigt vara fuktig av att åminnas Allah."</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>En man klagade till profeten ﷺ över att de frivilliga handlingarna i dyrkan hade blivit så många för honom att han inte kunde omfatta dem alla på grund av sin svaghet. Han bad därför profeten ﷺ att vägleda honom till en handling som var lätt men som gav stor belöning, och som han kunde hålla fast vid.
 Profeten ﷺ visade honom då att den bästa och mest tillgängliga handlingen är att alltid ha sin tunga upptagen med att minnas Allah, oavsett tid och situation – genom att säga SubhanAllah, Alhamdulillah, La ilaha illa Allah, Allahu Akbar, be Allah om förlåtelse, åkallelse eller göra andra former av Dhikr.</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
   </si>
   <si>
     <t>Förträffligheten i att ständigt minnas Allah.
 Allahs nåd mot sin tjänare då att han gör vägarna till belöning lätta för dem.
 Människor skiljer sig åt i sin förmåga att utföra olika goda handlingar.
 Att ofta minnas Allah genom Dhikr kan ersätta många frivilliga handlingar, så länge det görs med ett närvarande hjärta.
 Profeten ﷺ visade stor hänsyn till dem som frågade honom om råd genom att ge dem vägledning utifrån deras individuella förmåga och situation.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4716</t>
   </si>
   <si>
-    <t>لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ</t>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
   </si>
   <si>
     <t>Ingen av er har sann tro förrän han älskar för sin broder vad han älskar för sig själv</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Ingen av er har sann tro förrän han älskar för sin broder vad han älskar för sig själv."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att en muslim inte har fulländad tro förrän han älskar för sin broder vad han älskar för sig själv, både när det gäller religiösa handlingar som är lydnad till Allah och världsliga förmåner. Han bör också ogilla för sin broder vad han ogillar för sig själv. Om han ser en brist hos sin broder ur ett religiöst perspektiv, bör han försöka korrigera den. Om han ser något gott i honom, bör han hjälpa och stödja honom, samt ge råd angående både hans religiösa och världsliga angelägenheter.</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att älska för sin broder vad man älskar för sig själv. Eftersom Hadithen negerar sann tro från den som inte gör det, tyder det på att det är en obligatorisk handling.
 Broderskap i tron är starkare än blodssläktskap, och dess rättigheter är mer bindande.
 Det är förbjudet att göra eller säga något som strider mot denna kärlek, såsom bedrägeri, baktaleri, avundsjuka och att attackera en muslims liv, egendom eller ära.
 Det är föreskrivet att använda vissa uttryck som uppmanar till en viss föreskriven handling, i detta fall användes "sin broder".
 Al-Kirmani (må Allah vara barmhärtig över honom) sa: "Tro innebär också att man ogillar för sin broder vad man ogillar för sig själv när det gäller det som är dåligt, även om detta inte nämndes, eftersom kärleken till en sak förutsätter att ogilla dess motsats. Därför ansåg han att det inte är nödvändigt att uttryckligen nämna det."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4717</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Om ni hade förlitat er på Allah, som sig bör, hade han försörjt er likaså han försörjer fåglarna. De flyger ut med tomma magar och återvänder med fulla magar</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>'Umar bin al-Khattab (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ säga: "Om ni hade förlitat er på Allah, som sig bör, hade han försörjt er likaså han försörjer fåglarna. De flyger ut med tomma magar och återvänder med fulla magar."</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanar oss att sätta vår lit till Allah i frågor rörande det världsliga eller det religiösa när vi söker diverse nyttor eller vill undvika olika skador. Säkerligen finns det ingen som kan ge, undanhålla, gynna eller skada förutom Allah. Samtidigt ska vi arbeta för att uppnå nyttorna och undvika skadorna, parallellt som vi uppriktigt förlitar oss på Allah. Om vi gör så kommer Allah att försörja oss likt han försörjer fåglar som flyger ut hungriga på morgonen och återvänder mätta på eftermiddagen. Fåglarna söker försörjningen genom att flyga och förlitar sig alltså inte passivt.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Detta visar dygden i att lita på Allah, och att det är en av de största anledningarna till försörjning.
 Att lita på Allah innebär inte att personen blir passiv och inte själv gör något. Profeten ﷺ berättade att sann förlitan på Allah inte motsäger att personen går ut på morgonen och återvänder på eftermiddagen för att söka sin försörjning.
 Denna religion lägger vikt vid hjärtats handlingar, då att sätta sin lit till Allah är en handling i hjärtat.
 Att enbart förlita sig på medel och åtgärder är en brist i det religiösa utövandet, och att låta bli medel och åtgärder är en brist i förnuftet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4721</t>
   </si>
   <si>
-    <t>لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ</t>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
   </si>
   <si>
     <t>Om människor fick vad de hävdar sig ha rätt till, skulle vissa göra anspråk på andras tillgångar och liv. Men det är upp till den som gör anspråk att komma med bevis, medan den som förnekar att så är fallet ska avlägga en ed</t>
   </si>
   <si>
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
   <si>
     <t>Ibn Abbas (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om människor fick vad de hävdar sig ha rätt till, skulle vissa göra anspråk på andras tillgångar och liv. Men det är upp till den som gör anspråk att komma med bevis, medan den som förnekar att så är fallet ska avlägga en ed."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att om människor beviljades vad de hävdar sig ha rätt till, utan några bevis, skulle vissa personer göra anspråk på andras egendomar och liv. För att förhindra orättvisor kräver islam att den som kommer med ett krav måste lägga fram bevis för sin sak. Om inga bevis kan presenteras, riktas anspråket mot den anklagade. Om denne förnekar vad det görs anspråk på, måste han svära en ed för att frikännas.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>Ibn Daqiq al-'Id förklarade att denna Hadith är en av de grundläggande principerna inom domstolsväsendet och fungerar som en avgörande referens vid tvister och konflikter.
 Den islamiska lagen har kommit för att skydda människors tillgångar och liv från att utsättas för manipulation och orättvisa krav.
 En domare dömer inte utifrån sin egen kunskap, utan förlitar sig på bevis som presenteras.
 Alla påståenden som saknar bevis ogiltigförklaras, oavsett om de gäller juridiska rättigheter eller religiösa frågor.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4722</t>
   </si>
   <si>
-    <t>مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ</t>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>Den som innoverar något i vår angelägenhet (islam) som inte tillhör den ska få det avvisat</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättade att Allahs sändebud ﷺ sa: "Den som innoverar något i vår angelägenhet (islam) som inte tillhör den ska få det avvisat." (Återberättad av al-Bukhari och Muslim). Muslims återberättelse: "Den som gör något som inte överensstämmer med vår sak (islam) ska få det avvisat."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att den som nyskapar något i religionen eller gör något som inte har någon grund i Koranen eller Sunnahn kommer att få det tillbakavisat, och Allah kommer inte att acceptera det.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Dyrkanshandlingar baseras på det som har kommit i Koranen och Sunnahn. Vi dyrkar enbart Allah genom det han har föreskrivit, inte genom innovationer och påhitt.
 Religionen baseras inte på åsikter eller vad man själv gillar, snarare baseras den på att följa sändebudet ﷺ.
 Denna Hadith visar religionens perfektion.
 En innovation är alla nya trosläror, yttranden och handlingar som har introducerats i religionen, och som inte förekom under profetens ﷺ eller följeslagarnas tid.
 Denna Hadith räknas till en av islams absoluta grundprinciper. Den är en måttstock för handlingar; på samma sätt som handlingar som inte utförs för Allahs skull inte belönas så är varje handling, som inte stämmer överens med det Allahs sändebud ﷺ kom med, förkastad.
 De förbjudna innovationerna är de som är kopplade till religionen, inte till det världsliga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4792</t>
   </si>
   <si>
-    <t>مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ</t>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
   </si>
   <si>
     <t>”Den som underlättar en svårighet för en troende i detta liv – för honom kommer Allah att underlätta en av domedagens svårigheter</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Den som underlättar en svårighet för en troende i detta liv – för honom kommer Allah att underlätta en av domedagens svårigheter. Den som hjälper någon i ekonomisk nöd – honom kommer Allah att hjälpa i detta liv och i det kommande. Den som skyler en muslim – honom kommer Allah att skyla i detta liv och i det kommande. Allah hjälper sin tjänare så länge tjänaren hjälper sin broder. Den som går en väg i sökandet efter kunskap – för honom gör Allah vägen till Paradiset lätt. När människor samlas i ett av Allahs hus för att läsa och studera Hans bok tillsammans, då sänker sig lugn över dem, nåd omsluter dem, änglarna omger dem, och Allah nämner dem inför dem som är hos Honom. Den som fördröjs av sina handlingar kommer inte att hjälpas fram av sin härkomst."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
 ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
 ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
 والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
 ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
 وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
 ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att den belöning en muslim får från Allah står i proportion till vad den personen gör för andra muslimer. Alltså, den som underlättar, befriar eller avlägsnar en svårighet från en troende här i världen, för den kommer Allah att lindra en av domedagens svårigheter. Och den som underlättar för en person i ekonomisk nöd, genom att förenkla eller hjälpa dennes situation, kommer Allah att underlätta för honom i detta liv och i det kommande. Den som skyler en muslim, det vill säga ser något hos denne som inte borde avslöjas, som brister eller misstag, honom kommer Allah att skyla i detta liv och i det kommande. Allah hjälper sin tjänare så länge tjänaren hjälper sin broder i dennes religiösa och världsliga angelägenheter. Denna hjälp kan ges genom bön för honom, fysisk ansträngning, ge honom pengar eller på annat sätt. Den som går på en väg för att söka islamisk kunskap, med uppriktig avsikt att söka Allahs ansikte, kommer Allah genom det 
 göra vägen till paradiset lätt för honom. Och inget folk samlas i ett av Allahs hus för att läsa och studera hans bok tillsammans, utan att lugn och ro sänker sig över dem, Allahs nåd omsluter dem, änglarna omger dem, och Allah nämner dem inför dem som är hos honom. Det är en ära nog att bli omnämnd av Allah i den högsta församlingen. Den vars handlingar håller honom tillbaka, kommer inte att föras fram av sin härkomst, man bör inte förlita sig på sitt släktskap eller sina förfäders dygder, samtidigt som man försummar sina egna handlingar.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
 الترغيب في التيسير على المعسر.
 الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
 مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
 ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
 الحث على طلب العلم وتلاوة القرآن وتدارسه.
 قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
 الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
   </si>
   <si>
     <t>Ibn Daqiq al-'Id sade: "Detta är en omfattande Hadith som samlar en mängd kunskap, rättsprinciper och goda egenskaper. Den belyser vikten av att tillgodose muslimers behov och att hjälpa dem på alla tänkbara sätt – vare sig det handlar om kunskap, pengar, praktisk hjälp, vägledning till något gott, råd eller annat."
 Det är rekommenderat att underlätta för den som befinner sig i en svår ekonomisk sits.
 Hadithen manar till att hjälpa sin muslimske broder, och att Allah hjälper den som hjälper andra – i samma utsträckning som han hjälper sin broder.
 Att skyla en muslim innebär bland annat att inte leta efter hans brister. Det har berättats från några av de tidigare rättfärdiga muslimerna att de sa: "Jag mötte folk som inte hade några påtagliga fel, men de började nämna andras fel, så folk började nämna deras fel. Och jag mötte även folk som hade brister, men de höll tyst om andras – så glömdes deras egna brister."
 Att skyla människor betyder inte att man låter dåliga handlingar fortgå utan att ingripa. Tvärtom handlar det om att förena mellan att dölja och att förmana, när det gäller personer som inte är kända för sin ondska och att insistera på att göra dåliga handlingar. Men om någon är känd för sin ondska, är det inte önskvärt att skyla honom. Snarare bör han rapporteras till ansvariga myndigheter, så länge det inte leder till något större ont. Att skyla honom kan annars bidra till hans fördärv, uppmuntra honom att skada andra och även inspirera likasinnade.
 Hadithen manar till att söka kunskap, läsa och studera Koranen tillsammans.
 Imam al-Nawawi sa: "Denna Hadith visar på dygden i att samlas för att läsa Koranen i moskén, och liknande belöning kan uppnås i andra miljöer såsom i skolor och garnisoner, om Allah så vill."
 Belöningen baseras på handlingar – inte på härkomst.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4801</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ تُوبُوا إِلَى اللهِ، فَإِنِّي أَتُوبُ فِي الْيَوْمِ إِلَيْهِ مِائَةَ مَرَّةٍ</t>
+    <t>يا أيها الناس توبوا إلى الله، فإني أتوب في اليوم إليه مائة مرة</t>
   </si>
   <si>
     <t>”Människor! Återvänd i ånger till Allah, för jag vänder mig till honom i ånger hundra gånger om dagen.”</t>
   </si>
   <si>
     <t>عن الْأَغَرِّ رضي الله عنه، وَكَانَ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَيُّهَا النَّاسُ تُوبُوا إِلَى اللهِ، فَإِنِّي أَتُوبُ فِي الْيَوْمِ إِلَيْهِ مِائَةَ مَرَّةٍ».</t>
   </si>
   <si>
     <t>Al-Agharr (må Allah vara nöjd med honom), en av profetens följeslagare, berättade att Allahs sändebud ﷺ sa: ”Människor! Återvänd i ånger till Allah, för jag vänder mig till honom i ånger hundra gånger om dagen.”</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم الناسَ بالإكثار مِن التوبة والاستغفار، ويُخْبِرُ عن نفسه أنه يتوب إلى الله تعالى ويستغفره في اليوم أكثر من مائة مرة، وقد غُفِر له ما تقدم من ذنبه وما تأخر، وفي ذلك كمال الذُّلِّ والتعبد لله جل وعلا.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanade människorna att flitigt återvända till Allah med ånger och att be honom om förlåtelse. Han berättade att han själv gjorde detta mer än hundra gånger om dagen, trots att hans tidigare och framtida synder redan blivit förlåtna. Detta visar hur fullkomlig hans ödmjukhet inför Allah och tillbedjan av honom var.</t>
   </si>
   <si>
     <t>كلُّ أحدٍ مهما كانت مرتبته ودرجته في الإيمان، فإنَّه يحتاج إلى الرجوع إلى الله تبارك وتعالى، وتكميل نفسه بالتوبة، وأنَّ كلَّ أحدٍ لا يخلو من تقصيرٍ في القيام بحقِّ الله تبارك وتعالى: (وَتُوبُوا إِلَى اللَّهِ جَمِيعًا أَيُّهَ الْمُؤْمِنُونَ). 
 التوبة عامة سواء من فعل المحرّمات والذنوب أو من التقصير في فعل الواجبات.
 الإخلاص في التوبة شرط في قبولها، فمن ترك ذنبًا لغير الله لا يكون تائبًا.
 قال النووي: للتوبة ثلاثة شروط: أن يُقْلِع عن المعصية، وأن يَندم على فعلها، وأن يَعزم عزمًا جازمًا ألَّا يعود إلى مثلها أبدًا، فإن كانت المعصية تتعلق بآدمي فلها شرط رابع، وهو: رَدُّ الظلامة إلى صاحبها، أو تحصيل البراءة منه.
 التنبيه على أن استغفار النبي صلى الله عليه وسلم لا يلزم أن يكون لذنوب ارتكبها، ولكن ذلك لكمال عبوديته وتعلقه بذكره سبحانه، واستشعاره عظم حق الله تعالى وتقصير العبد مهما عمل في شكر نعمه، وهو من باب التشريع للأمة من بعده، إلى غير ذلك من الحكم.</t>
   </si>
   <si>
     <t>Alla människor, oavsett hur stark deras tro är och hur hög deras status är, behöver återvända till Allah och sträva efter att förbättra sig, eftersom ingen är fri från brister när det kommer till att uppfylla Allahs rättigheter. Allah säger: "Troende! Vänd er i ånger till Allah."
 Tawbah (ånger och återvändande till Allah) görs både när en person har utfört förbjudna handlingar och när personen fallit i tillkortakommande i utförandet av plikter.
 För att en persons Tawbah ska accepteras krävs att han ångrar sig uppriktigt. Den som lämnar en synd för någon annans skull än Allahs får inte sin ånger accepterad.
 Imam al-Nawawi nämnde tre villkor för giltig ånger: Att man omedelbart överger synden, att verkligen känna ånger till Allah för det som gjorts och att beslutsamt lova att inte återvända till synden. Om synden är kopplad till en annan människa tillkommer ett fjärde villkor, att gottgöra den drabbade eller be om ursäkt och få dennes förlåtelse.
 Profetens ﷺ återkommande åkallan om förlåtelse är inte nödvändigtvis på grund av begågna synder, utan ett uttryck för hans fullständiga hängivenhet och medvetenhet om Allahs storhet, och insikten att ingen fullt ut kan tacka Allah för alla hans gåvor. Han ﷺ gjorde detta för att vara ett föredöme för sitt samfund i att ständigt återvända till Allah, samt av andra kloka anledningar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4809</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>Mina tjänare, jag har förbjudit förtryck för mig själv och jag har förbjudit det mellan er, förtryck därför inte varandra</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Abu Dharr (må Allah vara nöjd med honom) berättade: att profeten ﷺ förmedlat från sin Herre som sa: "Mina tjänare, jag har förbjudit förtryck för mig själv och jag har förbjudit det mellan er, förtryck därför inte varandra. Mina tjänare, ni är alla vilseledda utom de jag har väglett, be mig därför om vägledning så ska jag vägleda er. Mina tjänare, ni är alla hungriga, utom de jag har mättat, be mig därför om mat så ska jag mätta er. Mina tjänare, ni är alla nakna, utom de jag har klätt, be mig därför om kläder så ska jag klä er. Mina tjänare, ni syndar sannerligen både natt och dag, och jag förlåter samtliga synder, be mig därför om förlåtelse så ska jag förlåta er. Mina tjänare, ni kan inte åstadkomma något ont som skadar mig, och ni kan inte åstadkomma något nyttigt som gagnar mig. Mina tjänare, om så de första av er och de sista av er, och människorna bland er och jinnerna bland er hade samma hjärta som den av er som är mest gudfruktig, så skulle det inte tillföra mitt rike något. Mina tjänare, om så de första av er och de sista av er, och människorna bland er och jinnerna bland er hade samma hjärta som den av er som är mest skamlös, så skulle det inte dra något ifrån mitt rike. Mina tjänare, om så de första av er och de sista av er, och människorna bland er och jinnerna bland er stod samlade på en upphöjd plats och bad mig [om vad de ville], och jag gav var och en det han bad om, skulle det inte minska det mer än en nål, som doppas i havet, minskar [havets vattenmängd]. Mina tjänare, dessa är era gärningar som jag räknar upp för er, sedan kommer jag att återgälda er för dem: Må den som finner något gott [i dem] lovprisa Allah, och må den som finner annat [än gott i dem] inte klandra någon annan än sig själv."</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah förbjudit sig själv från att förtrycka och även förbjudit skapelsen från att förtrycka, därför får de inte förtrycka varandra. Skapelsen är vilseledd från den rätta vägen förutom när Allah vägleder den och ger den framgång. Den som ber Allah om vägledning kommer att framgångsrikt att vägledas. Skapelsen är i behov av Allah i alla angelägenheter, den som ber Allah kommer att få sina behov mötta och Allah kommer att vara tillräcklig för den. Alla begår synder dag och natt, men Allah döljer dem och visar överseende med dem om tjänaren ber om förlåtelse. De kan varken skada eller gynna Allah på något sätt. Även om de hade det mest gudfruktiga hjärtat skulle det inte tillägga något i Allahs herravälde. Och även om de hade det värsta hjärtat skulle det inte minska något från hans herravälde, eftersom de är i behov av Allah under alla omständigheter, tider och platser. Han är däremot fri från behov. Om de hade stått på en enda plats, både människor och jinner, från den första till den sista, och bad till Allah skulle han gett var och en deras önskemål utan att det minska något från det som finns hos Allah. På samma sätt som en nål som doppas i havet och tas ut, inte minskar något på havets vattenmängd. Detta tyder på Allahs perfektion och att han saknar några som helst behov.
 Allah bevarar tjänarnas handlingar och räknar dem, sedan återgäldar han dem på domedagen. Den som belönas för sina goda handlingar ska tacka Allah då han gett honom framgång att göra goda handlingar. Den som däremot möter ett annat öde än föregående ska inte klandra andra än sig själv då han själv utfört dåliga handlingar som lett honom till fördärv.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>Profeten ﷺ återberättar detta från sin Herre, och detta kallas för en helig eller gudomlig Hadith då dess ordval och betydelse är från Allah. Den skiljer sig däremot från miraklet Koranen som saknar ett motstycke. Personen som läser Koranen dyrkar Allah genom det och ska befinna sig i ett rent tillstånd.
 Vilken kunskap eller vägledning som tjänaren besitter härrör från Allahs vägledning och undervisning.
 Det goda som sker tjänaren är från Allahs välsignelse, och det onda som drabbar honom är på grund av honom själv och hans onda lustar.
 Den som gör gott gör det på grund av Allahs framgång och belöningen för det är från Allahs godhet och därför förtjänar han att prisas. Den som gör något dåligt har däremot bara sig själv att skylla.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>'Unge pojke! Jag ska lära dig några fraser. Bevara Allah och Allah ska bevara dig. Bevara Allah och du ska finna honom framför dig. Om du ska fråga, fråga Allah. Om du ska be om hjälp, be Allah om hjälp</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) sa: "Jag var bakom Allahs sändebud ﷺ en dag då han sa: 'Unge pojke! Jag ska lära dig några fraser. Bevara Allah och Allah ska bevara dig. Bevara Allah och du ska finna honom framför dig. Om du ska fråga, fråga Allah. Om du ska be om hjälp, be Allah om hjälp. Vet att om samfundet hade enats om att gagna dig med något, skulle det inte kunna gagna dig med något som inte Allah har skrivit för dig. Och om det hade enats om att skada dig med något, skulle det inte förmå skada dig med något som inte Allah har skrivit för dig. Pennorna är lyfta och bladen är torra.'"</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättade att han en dag, då han var en ung pojke, red bakom profeten ﷺ som sa att han skulle lära honom om några saker som Allah kunde gynna honom med:
 Bevara Allah genom att bevara hans påbud och avstå från hans förbud så han finner dig göra goda handlingar. Handlingar som för dig närmre Allah och så han inte finner dig göra synder och dåliga handlingar. Om du gör detta belönas du med att Allah bevarar dig från oönskade saker i detta liv och i det kommande livet och med att han hjälper dig med din strävan vart du än vänder dig.
 Om det är något du vill fråga ska du bara fråga Allah då det är han som besvarar de som frågar.
 Om du vill ha hjälp ska du endast söka det från Allah.
 Du ska vara övertygad om att du inte kan få någon nytta, även om hela jordens invånare gick samman för att gynna dig, förutom det Allah redan har skrivit för dig. Och du kan inte drabbas av någon skada, även om hela jordens invånare gick samman för att skada dig, förutom det Allah redan har skrivit för dig.
 Allah har skrivit ner detta och beslutat det i enlighet med sin visdom och kunskap. Det finns inget som kan ändra det Allah har skrivit ner.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Vikten av att lära unga och barn religionsfrågor såsom monoteism, uppförande med mera.
 Belöningen är av samma sort som handlingen.
 Vi är beordrade att helt och hållet förlita oss på Allah. Han är den som bäst tar hand om våra angelägenheter.
 Tron på det föreskrivna ödet och att vara belåten med det. Allah har skrivit ner allting.
 Den som försummar Allahs påbud kommer Allah att försumma och inte bevara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4811</t>
   </si>
   <si>
-    <t>لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ</t>
+    <t>لا تقتله، فإن قتلته فإنه بمنزلتك قبل أن تقتله، وإنك بمنزلته قبل أن يقول كلمته التي قال</t>
   </si>
   <si>
     <t>'Döda honom inte, för om du dödar honom så kommer han att vara i samma ställning som du var innan du dödade honom, och du kommer att vara i samma ställning som han var innan han uttalade de ord han sa.'</t>
   </si>
   <si>
     <t>عَنْ المِقْدَادِ بْنَ عَمْرٍو الكِنْدِيَّ رضي الله عنه: أَنَّهُ قَالَ لِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَرَأَيْتَ إِنْ لَقِيتُ رَجُلًا مِنَ الكُفَّارِ فَاقْتَتَلْنَا، فَضَرَبَ إِحْدَى يَدَيَّ بِالسَّيْفِ فَقَطَعَهَا، ثُمَّ لاَذَ مِنِّي بِشَجَرَةٍ، فَقَالَ: أَسْلَمْتُ لِلَّهِ، أَأَقْتُلُهُ يَا رَسُولَ اللَّهِ بَعْدَ أَنْ قَالَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ» فَقَالَ: يَا رَسُولَ اللَّهِ إِنَّهُ قَطَعَ إِحْدَى يَدَيَّ، ثُمَّ قَالَ ذَلِكَ بَعْدَ مَا قَطَعَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ».</t>
   </si>
   <si>
     <t>Al-Miqdad bin 'Amr al-Kindi (må Allah vara nöjd med honom) berättade: "Jag sa till Allahs sändebud ﷺ: 'Vad anser du om en situation där jag möter en av de otrogna i strid, och vi kämpar tills han hugger av min ena hand med sitt svärd, men sedan tar han skydd vid ett träd och säger: "Jag har underkastat mig Allah"? Ska jag då döda honom, Allahs sändebud, efter att han har sagt det?' Allahs sändebud ﷺ svarade: 'Döda honom inte.' Al-Miqdad sa: 'Men Allahs sändebud, han högg av min ena hand och sa sedan detta efter att han huggit av den!' Allahs sändebud ﷺ svarade: 'Döda honom inte, för om du dödar honom så kommer han att vara i samma ställning som du var innan du dödade honom, och du kommer att vara i samma ställning som han var innan han uttalade de ord han sa.'"</t>
   </si>
   <si>
     <t>سألَ المقدادُ بن الأسود رضي الله عنه النبيَّ صلى الله عليه وسلم إذا هو لَقِيَ رجلًا من الكفار في المعركة، فتبارزا بالسيوف، حتى أصاب الكافر إحدى يديه بالسيف فقطعها، ثم فَرَّ الكافر منه وتَحَصَّنَ بشجرة، فقال: لا إله إلا الله، أيحل لي قَتْلُه بعد أنْ قَطَعَ يدي؟ 
 فقال له النبي صلى الله عليه وسلم: لا تقتلْه. 
 فقال يا رسول الله، إنه قطع إحدى يديَّ، أَمَعَ هذا لا أقتله؟! 
 فقال صلى الله عليه وسلم: لا تقتلْه، فإنه أصبح حَرامُ الدَّم، فإنك إنْ قَتلتَه بعد إسلامه؛ فإنه بمنزلتِك مَعصومُ الدَّم بإسلامه، وإنك بمنزلته مُباح الدم بقتلك إياه قِصاصًا.</t>
   </si>
   <si>
     <t>Miqdad bin al-Aswad (må Allah vara nöjd med honom) frågade profeten ﷺ om en situation där han möter en fiende på slagfältet. De strider med svärd tills fienden hugger av hans ena hand, men sedan flyr fienden och gömmer sig bakom ett träd och säger: "La ilaha illa Allah" (det finns ingen [sann] gud utom Allah). Al-Miqdad undrade om det var tillåtet att döda honom, trots att han sagt detta efter att ha huggit av hans hand?
 Profeten ﷺ svarade honom att han inte får döda honom.
 Då fortsatte al-Miqdad med att säga att fienden högg av hans hand, får han ändå inte döda honom?
 Då upprepade han ﷺ att al-Miqdad inte får döda honom, eftersom hans blod är förbjudet att spilla. Han klargjorde att om al-Miqdad hade dödat honom efter att han blivit muslim, skulle han själv vara i den position där fienden var – en person vars liv kunde tas enligt krigslagarna – och fienden skulle vara i al-Miqdads tidigare position, där hans liv var skyddat på grund av islam.</t>
   </si>
   <si>
     <t>مَن صَدَر منه ما يَدل على الدخول في الإسلام مِن قول أو فعل حَرُم قتلُه.
 إذا أسلم أحدٌ من الكفار أثناء المعركة، فقد عُصِم دمُه، ووجب الكفُّ عنه إلا أن يَتَبَيَّنَ منه خلاف ذلك.
 يجب على المسلم أن يكون هواه تبعًا للشرع وليس للعصبية والانتقام.
 قال ابن حجر: جواز السؤال عن النوازل قبل وقوعها بناءً على ترجيح أنَّ القصة لم تقع، وأما ما نُقِلَ عن بعض السلف من كراهة ذلك فهو محمول على ما يَنْدُرُ وقوعُه، وأما ما يمكن وقوعُه عادةً فيُشرَع السؤالُ عنه لِيُعْلَم.</t>
   </si>
   <si>
     <t>Den säger ett yttrande eller gör en handling som tyder på att han har blivit muslim får inte dödas.
 Om en fiende blir muslim under strid, måste han behandlas som en muslim, såvida det inte finns tydliga bevis på motsatsen.
 En muslim måste låta sina handlingar styras av religionen och inte av känslor som hämnd och ilska.
 Ibn Hajar sa: "Det är tillåtet att fråga om framtida och hypotetiska situationer (Nawazil) innan de inträffar, baserat på att den specifika situationen ännu inte har skett. Vad som har återberättats från vissa av de tidiga lärda om att det är ogillat att ställa sådana frågor, gäller det situationer som sällan inträffar. Men när det gäller händelser som normalt kan förväntas inträffa, är det tillåtet att ställa frågor om dem för att få kunskap."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4815</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>En tjänare begick en synd och sa sedan: 'Allah! Förlåt min synd</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade: att profeten ﷺ förmedlat från sin Herre som sade: "En tjänare begick en synd och sa sedan: 'Allah! Förlåt min synd.' Allah sa då: 'Min tjänare begick en synd och vet att han har en Herre som förlåter synder och straffar för synder.' Sedan begick han synden ännu en gång och sa: 'Min Herre! Förlåt min synd.' Då sa Allah: 'Min tjänare begick en synd och vet att han har en Herre som förlåter synder och straffar för synder.' Sedan begick han synden ännu en gång och sa: 'Min Herre! Förlåt min synd.' Då sa Allah: 'Min tjänare har begått en synd och vet att han har en Herre som förlåter synder och straffar för synder; gör vad du än vill för jag har förlåtit dig.'"</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Profeten ﷺ förmedlar från sin Herre att om en tjänare gör en synd och sedan säger: "Allah! Förlåt min synd" kommer Allah att svara: "Min tjänare begick en synd och vet att han har en Herre som förlåter synder, döljer dem och visar överseende med dem, eller straffar för synder, då förlåter jag honom." Tjänaren återvänder sedan till synden och säger: "Min Herre! Förlåt min synd." Då svarar Allah: "Min tjänare begick en synd och vet att han har en Herre som förlåter synder, döljer dem och visar överseende med dem, eller straffar för synder, då förlåter min tjänare." Tjänaren återvänder sedan till synden ännu en gång och säger: "Min Herre! Förlåt min synd." Då svarar Allah: "Min tjänare begick en synd och vet att han har en Herre som förlåter synder, döljer dem och visar överseende med dem, eller straffar för synder, jag förlåter min tjänare och han får göra som han vill. Så länge tjänaren begår en synd och sedan överger den, ångrar att han har begått den och beslutar sig för att inte göra den igen förlåts han. Om hans självdisciplin däremot sviker honom och han begår synden ännu en gång och så länge han fortsätter att synda och sedan ångrar sig förlåter jag honom eftersom ångern stryker bort det som föregått den.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Allahs väldiga nåd över tjänarna och att om människan återvänder till honom i ånger, oavsett vad hon gjort innan, kommer Allah att acceptera ångern och förlåta henne.
 Den som tror på Allah ska hoppas på sin Herres förlåtelse och frukta hans straff. Därför ska han skynda sig till ånger och inte hålla fast vid synder.
 Villkoren för en accepterad Tawbah är att upphöra med synden, ångra sig och besluta sig för att inte återgå till den. Om personen ångrar sig för att ha gjort något fel mot någon annan i dennes egendom, anseende eller liv så finns det ytterligare ett villkor som är att söka personens förlåtelse eller återställa hans rättighet.
 Vikten av att ha kunskap om Allah eftersom denna kunskap om religionen leder till att personen ångrar sig varenda gång han begår en synd. Han kommer därför inte att tappa hoppet om Allahs nåd eller fortsätta med synden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4817</t>
   </si>
   <si>
-    <t>إِنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بَرِئَ مِنَ الصَّالِقَةِ وَالحَالِقَةِ وَالشَّاقَّةِ</t>
+    <t>إن رسول الله صلى الله عليه وسلم برئ من الصالقة والحالقة والشاقة</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ tog avstånd från den som höjer sin röst [i klagan vid olycka], från den som rakar sitt hår [i sorg], och från den som river sönder sina kläder [vid olycka].'”</t>
   </si>
   <si>
     <t>عَن أَبِي بُرْدَةَ بْنِ أَبِي مُوسَى رَضِيَ اللَّهُ عَنْهُ قَالَ: وَجِعَ أَبُو مُوسَى وَجَعًا شَدِيدًا، فَغُشِيَ عَلَيْهِ وَرَأْسُهُ فِي حَجْرِ امْرَأَةٍ مِنْ أَهْلِهِ، فَلَمْ يَسْتَطِعْ أَنْ يَرُدَّ عَلَيْهَا شَيْئًا، فَلَمَّا أَفَاقَ، قَالَ: أَنَا بَرِيءٌ مِمَّنْ بَرِئَ مِنْهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بَرِئَ مِنَ الصَّالِقَةِ وَالحَالِقَةِ وَالشَّاقَّةِ.</t>
   </si>
   <si>
     <t>Abu Burdah ibn Abu Musa (må Allah vara nöjd med honom) berättade: "Min far, Abu Musa, drabbades av en svår sjukdom och svimmade. Medan hans huvud vilade i knäet på en kvinna från hans familj, kunde han inte svara henne då han var medvetslös. När han vaknade till sa han: 'Jag tar avstånd från det som Allahs sändebud ﷺ tog avstånd från. Allahs sändebud ﷺ tog avstånd från den som höjer sin röst [i klagan vid olycka], från den som rakar sitt hår [i sorg], och från den som river sönder sina kläder [vid olycka].'”</t>
   </si>
   <si>
     <t>حَكَى أبو بردة رضي الله عنه أنّ أباه أبا موسى الأشعري رضي الله عنه مَرض مرضًا شديدًا فأغمي عليه، وكانت رأسه في حِجْر امرأةٍ من أهله، فصاحت ونَدَبَتْه، فلم يستطع أن يَرُدَّ عليها شيئًا بسبب إغمائه.
 فلما أفاق قال: إنه بريءٌ ممن بَرِئَ منه رسول الله صلى الله عليه وسلم، وإنه صلى الله عليه وسلم قد بَرِئَ من:
 الصالقة: وهي الرافعة صوتها عند المصيبة. 
 والحالقة: وهي التي تَحلق شعرها عند المصيبة.
 والشاقة: وهي التي تَشقُّ ثوبها عند المصيبة. 
 لأنها من أمور الجاهلية، بل أمر بالصبر عند المصائب، واحتساب أجرها على الله.</t>
   </si>
   <si>
     <t>Abu Burdah berättade att hans far Abu Musa al-Ash'ari (må Allah vara nöjd med honom) drabbades av en svår sjukdom, som fick honom att svimma. När han var medvetslös började en kvinna från familjen skrika och uttrycka sin sorg på ett sätt som profeten ﷺ har förbjudit. Eftersom Abu Burdah var medvetslös kunde han inte svara henne. När Abu Musa vaknade avfärdade han detta handlande och förklarade att profeten ﷺ tagit avstånd från sådant beteende: Al-Saliqah: Att höja rösten i klagan och att ropa och skrika högt som uttryck för sorg och förtvivlan vid en svår prövning. Al-Haliqah: Att raka sitt hår som uttryck för sorg och förtvivlan vid en svår prövning. Al-Shaqqah: Att riva sönder sina kläder i frustration som uttryck för sorg och förtvivlan vid en svår prövning. Dessa handlingar är seder som brukade utföras under den hedniska tiden (Jahiliyyah), och islam lär oss i stället att visa tålamod och hoppas på belöning från Allah vid prövningar, sorg och när man får svåra besked.</t>
   </si>
   <si>
     <t>النهي عن شَقِّ الثوب، وحَلْق الشعر، ورفع الصوت عند وقوع المصائب، وأن ذلك من كبائر الذنوب.
 الحزن والبكاء دون نياحةٍ ورَفْعِ صوتٍ ليس محرّمًا، فهو لا ينافي الصبر على قضاء الله، وإنما هو رحمة.
 تحريم التسخُّط من أقدار الله المؤلمة بالقول أو الفعل.
 وجوب الصبر عند وقوع المصائب.</t>
   </si>
   <si>
     <t>Det är förbjudet att uttrycka sorg genom att skrika, riva kläder eller raka håret när man tar emot sorgliga och chockerande besked – detta är allvarliga synder.
 Att sörja och gråta tyst utan högljudd klagan är tillåtet. Det går inte mot att visa tålamod, snarare är det ett uttryck för barmhärtighet och empati.
 Det är förbjudet att visa missnöje med Allahs beslut, vare sig genom ord eller handling.
 Det är obligatoriskt att visa tålamod när man drabbas av olyckor och svårigheter.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4849</t>
   </si>
   <si>
-    <t>مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ</t>
+    <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
   </si>
   <si>
     <t>Den som äter vitlök eller lök ska hålla sig borta från oss – eller han sa: hålla sig borta från vår moské – och stanna hemma</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
 ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
   </si>
   <si>
     <t>Jabir bin 'Abdullah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som äter vitlök eller lök ska hålla sig borta från oss – eller han sa: hålla sig borta från vår moské – och stanna hemma." Profeten ﷺ serverades en gryta innehållande grönsaker, och när han kände lukten frågade han om dess innehåll. När han fick veta vad det var, lät han den serveras till vissa av hans följeslagare som var med honom. När de såg att profeten ﷺ inte ville äta det, sa han: "Ät, för jag har en nära kommunikation med dem som ni inte kommunicerar med."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أَكلَ ثومًا أو بَصلًا أن يأتي المسجد، حتى لا يؤذيَ إخوانَه ممن يحضرون صلاة الجماعة بريحهما، وهو نهيُ تنزيهٍ عن إتيان المسجد، لا عن أكلِهما؛ لأنهما من الأطعمة المباحة، وقد أُتيَ صلى الله عليه وسلم بِقِدْرٍ فيه خضروات، فلما شمَّ فيها ريحًا وأُخبِر بما فيها امتنع مِن أكلِها وقَرَّبها إلى بعض أصحابه ليأكل منها، فكره الأكل اقتداء به، فلما رآه صلى الله عليه وسلم قال: كُلْ؛ فإني أناجي الملائكة بالوحي.
 وأَخبرَ النبيُّ صلى الله عليه وسلم أن الملائكة تتأذّى من الروائح الكريهة، كما يتأذى الناس منها.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd den som har ätit vitlök eller lök att komma till moskén, så att han inte skulle besvära sina bröder som deltar i bönen med sin andedräkt. Förbudet gäller endast att komma till moskén, inte själva ätandet av dem, eftersom de är tillåtna att äta. Vid ett tillfälle blev profeten ﷺ serverad en rätt som innehöll grönsaker. När han kände lukten och fick veta vad den innehöll, avstod han från att äta och lät vissa av sina följeslagare äta istället. När följeslagaren tvekade att äta, förklarade profeten ﷺ att han avstod eftersom han hade en speciell relation till änglarna, då han fick uppenbarelse från dem.
 Profeten ﷺ informerade också om att änglarna blir besvärade av obehagliga lukter, precis som människor blir det.</t>
   </si>
   <si>
     <t>النهي عن إتيان المساجد لمن أكل ثومًا، أو بصلًا، أو كراثًا.
 يلحق بهذه الأشياء، كلّ ذي رائحة كريهة يتأذى منها المصلون، كرائحة الدُّخان والتَّبْغِ ونحو ذلك.
 علة المنع الرائحة، فإذا زالت بكثرة الطبخ أو بغير ذلك؛ زالت الكراهة.
 كراهة أكل هذه الأشياء لمن عليه حضور الصلاة في المسجد؛ لئلا تفوته الجماعة في المسجد، ما لم يأكلها حيلة على إسقاط الحضور، فيحرم.
 امتناع النبي صلى الله عليه وسلم عن أكل الثوم ونحوه، ليس لتحريمه، وإنما لمناجاته جبريل عليه السلام.
 حسن تعليم النبي صلى الله عليه وسلم، حيث يَقرُن الحكم ببيان سببه؛ ليطمئن المخاطَب بمعرفة الحكمة.
 قال القاضي: وقاس العلماء على هذا مجامع الصلاة غير المسجد كمصلّى العيد والجنائز ونحوها من مجامع العبادات، وكذا مجامع العلم والذكر والولائم ونحوها، ولا يلتحق بها الأسواق ونحوها.
 قال العلماء: وفي هذا الحديث دليل على منع آكل الثوم ونحوه من دخول المسجد -وإن كان خاليًا- لأنه مَحلُّ الملائكة، ولعموم الأحاديث.</t>
   </si>
   <si>
     <t>Förbudet att komma till moskén för den som har ätit vitlök, lök eller purjolök.
 Alla lukter som besvärar de bedjande omfattas av detta förbud, såsom cigarettrök och liknande.
 Förbudet gäller så länge lukten finns kvar. Om den försvinner, exempelvis genom tillagning eller annat, så upphör förbudet.
 Det är ogillat att äta dessa saker om man ska närvara under bönen i moskén, såvida en person gör det i syfte att slippa be i moskén, då blir det förbjudet.
 Profeten ﷺ undvek att äta vitlök och liknande, inte för att det var förbjudet, utan för att han hade en särskild relation till ängeln Gabriel (fred vare över honom).
 Profeten ﷺ undervisade på ett sätt där han kopplade regeln till dess orsak, så att lyssnaren kunde förstå visdomen bakom.
 Lärda har utvidgat detta förbud till att även inkludera andra samlingsplatser för tillbedjan, såsom Eid-böner, begravningsböner och liknande. Detta gäller även sammankomster för kunskap, åminnelse, bröllop och med mera, men omfattar inte marknader och liknande.
 Enligt vissa lärda gäller förbudet även om moskén är tom, eftersom det är en plats där änglarna vistas, och förbudet är allmänt i Haditherna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4850</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>De rättvisa kommer att vara på predikstolar av ljus, till höger om den Nåderikes hand, och båda hans händer är högra</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med dem) berättade att Allahs sändebud ﷺ sa: "De rättvisa kommer att vara på predikstolar av ljus, till höger om den Nåderikes hand, och båda hans händer är högra; de som är rättvisa när de dömer, med sina familjer och med sina undersåtar."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att de som dömer rättvist och på ett korrekt sätt mellan de människor som är under deras ansvar kommer på domedagen att äras med att sitta på höga och nobla på predikstolar skapade av ljus. Dessa predikstolar kommer att vara vid den Nåderikes högra hand, och båda hans händer är högra.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Detta visar oss vilken dygd det är att vara rättvis och det är en uppmaning till detta.
 Den rättvisan som ska visas är generell och tillämpbar på alla former av ledarskap och dömande bland människor. Detta inkluderar även att vara rättvis mot sin fru, barn med flera.
 De rättvisas status på domedagen.
 De troende kommer att ha olika positioner på domedagen baserat på deras handlingar.
 Uppmaningar är ett sätt att kalla andra till Allah då det uppmanar till att dyrka Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4935</t>
   </si>
   <si>
-    <t>كَانَتْ بَنُو إِسْرَائِيلَ تَسُوسُهُمُ الأَنْبِيَاءُ، كُلَّمَا هَلَكَ نَبِيٌّ خَلَفَهُ نَبِيٌّ، وَإِنَّهُ لاَ نَبِيَّ بَعْدِي، وَسَيَكُونُ خُلَفَاءُ فَيَكْثُرُونَ</t>
+    <t>كانت بنو إسرائيل تسوسهم الأنبياء، كلما هلك نبي خلفه نبي، وإنه لا نبي بعدي، وسيكون خلفاء فيكثرون</t>
   </si>
   <si>
     <t>”Israeliterna leddes av profeter. Varje gång en profet gick bort, efterträddes han av en annan profet. Men det finns ingen profet efter mig, och det kommer att komma många ledare</t>
   </si>
   <si>
     <t>عَنْ أَبِي حَازِمٍ قَالَ: قَاعَدْتُ أَبَا هُرَيْرَةَ رضي الله عنه خَمْسَ سِنِينَ، فَسَمِعْتُهُ يُحَدِّثُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «كَانَتْ بَنُو إِسْرَائِيلَ تَسُوسُهُمُ الأَنْبِيَاءُ، كُلَّمَا هَلَكَ نَبِيٌّ خَلَفَهُ نَبِيٌّ، وَإِنَّهُ لاَ نَبِيَّ بَعْدِي، وَسَيَكُونُ خُلَفَاءُ فَيَكْثُرُونَ» قَالُوا: فَمَا تَأْمُرُنَا؟ قَالَ: «فُوا بِبَيْعَةِ الأَوَّلِ فَالأَوَّلِ، أَعْطُوهُمْ حَقَّهُمْ، فَإِنَّ اللَّهَ سَائِلُهُمْ عَمَّا اسْتَرْعَاهُمْ».</t>
   </si>
   <si>
     <t>Abu Hazim berättade att han tillbringade fem år i sällskap med Abu Hurayrah (må Allah vara nöjd med honom), och att han hörde honom berätta att profeten ﷺ sa: ”Israeliterna leddes av profeter. Varje gång en profet gick bort, efterträddes han av en annan profet. Men det finns ingen profet efter mig, och det kommer att komma många ledare.” De frågade: ”Vad befaller du oss att göra då?” Han sa: ”Fullfölj lojaliteten till den förste i turordning. Ge dem deras rättigheter, för Allah kommer att ställa dem till svars för det ansvar han anförtrott dem.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ بني إسرائيل كانت تسوسهم الأنبياء، ويَتَولَّون أمورهم كما تفعل الأمراء والولاة بالرَّعِيّة، وكلما ظهر فيهم فسادٌ بَعَث الله لهم نبيًا لهم يقيم أمرهم ويزيل ما غيّروا من أحكام.
 وإنه لا نبي بعدي فيَفْعَل ما كان أولئك يفعلون، وسيكون بعدي خلفاء فيَكْثرون ويحصل بينهم التنازع والخلاف. 
 فسأل الصحابة رضي الله عنهم رسول الله صلى الله عليه وسلم: فما تأمرنا؟ 
 فقال: فإذا بُويع الخليفةُ بعد خَليفة؛ فبيعة الأول صحيحة يجب الوفاء بها، وبيعة الثاني باطلة ويَحْرُم عليه طلبُها، وأعطوهم حقّهم، وأطيعوهم وعاشروهم بالسمع والطاعة في غير المعصية، فإن الله يسألهم ويحاسبهم على ما يفعلونه بكم.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att israeliterna leddes av profeter. Dessa profeter skötte sina angelägenheter på samma sätt som härskare och ledare sköter sitt folk. Varje gång det uppstod korruption och avvikelse bland dem, sände Allah en profet för att rätta till deras angelägenheter och återställa de lagar och regler som hade förändrats. Han ﷺ sa vidare att det inte kommer att finnas någon profet efter honom som kan fylla denna roll, men att det efter honom kommer att finnas många ledare, och bland dessa kommer det att uppstå tvister och oenigheter. När profetens ﷺ följeslagare hörde detta, frågade de: "Vad befaller du oss att göra då?" Han ﷺ svarade att om det ges trohetslöfte (Bay'ah) till en ledare efter en annan redan har fått det, så gäller trohetslöftet till den första. Det andra trohetslöftet är ogiltigt, det är förbjudit för den andre att kräva det. Profeten ﷺ befallde muslimerna att leva upp till ledarnas rättigheter, lyda dem och samarbeta med dem i det som inte strider mot islam. Han poängterade också att Allah kommer att ställa dessa ledare till svars för hur de förvaltat sitt anförtrodda ansvar gentemot sitt folk.</t>
   </si>
   <si>
     <t>أنه لا بد للرعية من نبي أو خليفة يقوم بأمرها، ويحملها على الطريق المستقيم.
 أنه لا نبي بعد نبينا محمد صلى الله عليه وسلم.
 التحذير من الخروج على من ثَبَتَتْ ولايته بطريقة شرعية.
 أنه لا يجوز عقد البيعة لخليفتين في آنٍ واحد.
 عِظَم مسؤولية الإمام، فإن الله تعالى سيسأله عن رعيته.
 قال ابن حجر: تقديم أمر الدين على أمر الدنيا؛ لأنه صلى الله عليه وسلم أَمَرَ بتوفية حق السلطان لما فيه من إعلاء كلمة الدين وكف الفتنة والشر؛ وتأخير أمر المطالبة بحقه لا يُسقِطه، وقد وعده الله أنه يُخَلِّصه ويُوَفِّيه إياه ولو في الدار الآخرة.
 علامة من علامات نبوته صلى الله عليه وسلم، فقد كثر الخلفاء بعده صلى الله عليه وسلم، وتوالى على الأمة المصلحون منهم والمسيؤون.</t>
   </si>
   <si>
     <t>Det är nödvändigt för ett folk att ha en profet eller ledare som tar hand om deras angelägenheter och vägleder dem till den rätta vägen.
 Ingen profet kommer efter vår profet Muhammad ﷺ.
 Hadithen omfattar en varning för att göra uppror mot en ledare vars auktoritet är fastställd på ett legitimt sätt.
 Det är inte tillåtet att ge trohetslöfte till två ledare samtidigt.
 Ledaren för ett land har ett enormt ansvar och Allah kommer att ställa honom till svars för hur han har förvaltat sitt uppdrag och tagit hand om dem han har ansvarat över.
 Ibn Hajar förklarade att profeten ﷺ prioriterade religiösa angelägenheter över världsliga intressen, eftersom han befallde att ge ledarna deras rättigheter för att detta stärker religionens ställning, stoppar splittring och förhindrar ondska. Även om folk inte får sina rättigheter omedelbart, har Allah lovat att han kommer att kompensera dem, och det kan ske i det kommande livet.
 Detta är ett tecken på att Muhammed ﷺ verkligen var en profet, eftersom många ledare efterträdde honom och bland dem fanns både goda och onda ledare.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4936</t>
   </si>
   <si>
-    <t>مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ</t>
+    <t>من يحرم الرفق يحرم الخير</t>
   </si>
   <si>
     <t>Den som berövas mildhet, berövas allt gott</t>
   </si>
   <si>
     <t>عَنْ جَرِيرٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ».</t>
   </si>
   <si>
     <t>Jarir (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som berövas mildhet, berövas allt gott."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar att den som berövas mildhet och inte lyckas visa mildhet i alla situationer, vare sig det handlar om världsliga sådana eller religiösa, eller om det handlar om handlingar gentemot sig själv och andra, har blivit berövad allt gott.</t>
   </si>
   <si>
     <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
 الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
 الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
 قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
   </si>
   <si>
     <t>Detta visar förträffligheten i att vara mild och uppmaningen att sträva efter denna egenskap, och att hårdhet fördöms.
 Mildhet leder till godhet både i detta liv och i det nästa, medan hårdhet leder till motsatsen.
 Mildhet är ett resultat av god karaktär och inre frid, medan hårdhet kommer från ilska och elakhet. Därför prisade profeten ﷺ mildhet mycket.
 Sufyan ath-Thawri sa till sina följeslagare: "Vet ni vad mildhet är? Det är att sätta varje sak på sin rätta plats: styrka när det behövs, mjukhet när det behövs, svärdet på sin plats och piskan på sin plats."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4939</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الْعَشْرُ أَحْيَا اللَّيْلَ، وَأَيْقَظَ أَهْلَهُ، وَجَدَّ وَشَدَّ الْمِئْزَرَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا دخل العشر أحيا الليل، وأيقظ أهله، وجد وشد المئزر</t>
   </si>
   <si>
     <t>När de sista tio nätterna av Ramadan började, brukade Allahs sändebud ﷺ ägna hela natten åt tillbedjan, han brukade väcka sin familj och anstränga sig mer än vanligt, samt knyta åt sitt höftskynke</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللهُ عَنْهَا قَالَتْ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الْعَشْرُ أَحْيَا اللَّيْلَ، وَأَيْقَظَ أَهْلَهُ، وَجَدَّ وَشَدَّ الْمِئْزَرَ.</t>
   </si>
   <si>
     <t>'A'ishah, de troendes moder (må Allah vara nöjd med henne), sa: "När de sista tio nätterna av Ramadan började, brukade Allahs sändebud ﷺ ägna hela natten åt tillbedjan, han brukade väcka sin familj och anstränga sig mer än vanligt, samt knyta åt sitt höftskynke."</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دخل العشر الأواخر من رمضان أحيا الليل كلَّه بأنواع الطاعات، وأيقظ أهلَه للصلاة، واجتهد في العبادة زيادة على عادته، وتَفَرَّغ لها واعتزل نساءه.</t>
   </si>
   <si>
     <t>När Ramadans tio sista nätter började brukade profeten ﷺ ägna hela natten åt olika former av tillbedjan – såsom bön, koranrecitation, och åminnelse. Han väckte också sina familjemedlemmar så att de skulle be tillsammans med honom och intensifierade sin ansträngning i dyrkan mer än vad han brukade under andra tider. Han avskärmade sig från världsliga saker, inklusive från att vara intim med sina hustrur, för att helt och hållet fokusera på tillbedjan.</t>
   </si>
   <si>
     <t>الترغيب باغتنام الأوقات الفاضلة بالأعمال الصالحة.
 قال النووي: ففي هذا الحديث: أنه يستحب أنْ يُزاد من العبادات في العشر الأواخر من رمضان، واستحباب إحياء لياليه بالعبادات.
 ينبغي على العبد أن يكون حريصًا على أهلِه بأمرِهم بالعبادة، ويَصْطَبِر عليهم.
 فعل الخيرات يحتاج إلى حَزْم وصبر ومصابرة.
 قال النووي: اختلف العلماء في معنى (شدّ المِئزر) فقيل: هو الاجتهاد في العبادات زيادة على عادته صلى الله عليه وسلم في غيره، ومعناه: التشمير في العبادات، يقال: شَدَدْتُ لهذا الأمر مِئزري، أي: تَشَمَّرتُ له وتَفَرّغت، وقيل: هو كناية عن اعتزال النساء للاشتغال بالعبادات.</t>
   </si>
   <si>
     <t>Det är uppmuntrat att dra nytta av välsignade tider genom att utföra fler goda handlingar.
 Enligt al-Nawawi indikerar denna Hadith på att det är rekommenderat att öka på sin tillbedjan under de sista tio nätterna av Ramadan, och att det är föredömligt att hålla sig vaken och fylla nätterna med olika former av tillbedjan.
 Den troende bör vara mån om att också motivera och påminna sina familjemedlemmar om tillbedjan och ha tålamod med dem.
 Att utföra goda handlingar kräver beslutsamhet, uthållighet och ansträngning.
 Al-Nawawi nämnde att lärda har olika tolkningar av innebörden av att ”knyta åt sitt höftskynke”. Några menar att det syftar på att han ﷺ ansträngde sig extra i tillbedjan, att han ”spände åt sitt höftskynke”, vilket betyder att han förberedde sig för hårt arbete. Andra menar att det innebär att han avskärmade sig från att vara intim med sina hustrur, under denna tid, för att ägna sig helt åt dyrkan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4944</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>Hela mitt samfund ska träda in i paradiset utom de som vägrar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Hela mitt samfund ska träda in i paradiset utom de som vägrar." De sa: ”Allahs sändebud! Vem vägrar?" Han svarade: "Den som lyder mig inträder paradiset och den som trotsar mig vägrar."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att hela hans samfund ska träda in i paradiset utom de som vägrar.
 Följeslagarna (må Allah vara nöjd med dem) frågade då: "Allahs sändebud! Vem skulle vägra det?!"
 Han ﷺ förklarade då att den som lyder och följer sändebudet ﷺ träder in i paradiset, men den som trotsar och motsätter sig religionen har genom sina dåliga handlingar vägrat att träda in i paradiset.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Att lyda sändebudet ﷺ innebär lydnad till Allah, och att trotsa honom innebär trots mot Allah.
 Att lyda profeten ﷺ leder till paradiset, och att trotsa honom leder till helvetet.
 Detta är ett glatt budskap till de rättfärdiga från detta samfund. De kommer att träda in i paradiset, med undantag från de som trotsade Allah och hans sändebud ﷺ.
 Profetens ﷺ välvilja för sitt samfund och hur ivrig han var i att vägleda dem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4947</t>
   </si>
   <si>
-    <t>لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ</t>
+    <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>Tjänarens fötter kommer inte att röra på sig på domedagen förrän han frågas om hans liv och hur han har tillbringat det, om hans kunskap och hur han har praktiserat den, om hans egendom och hur han har tjänat ihop den och var han har spenderat den, och om hans kropp och hur han har använt den</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
     <t>Abu Barzah al-Aslami (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Tjänarens fötter kommer inte att röra på sig på domedagen förrän han frågas om hans liv och hur han har tillbringat det, om hans kunskap och hur han har praktiserat den, om hans egendom och hur han har tjänat ihop den och var han har spenderat den, och om hans kropp och hur han har använt den."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att ingen människa kommer att förflytta sig från räkenskapens plats på domedagen för att bege sig till paradiset eller elden, förrän han frågas om följande:
 1. Sitt liv - hur har han tillbringat det och vad använt det till?
 2. Hans kunskap, sökte han den för Allahs skull, agerade han i enlighet med den, och förmedlade han vidare den?
 3. Sin egendom, varifrån han tjänade den, var det från tillåtna inkomstkällor eller förbjudna? Och hur spenderade han den, i det som behagar Allah, eller i det som förargar honom?
 4. Hans kropp, styrka, hälsa och ungdom, hur använde han detta?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Uppmaningen att hänge sitt liv åt det som behagar Allah.
 Allahs välsignelser över tjänarna är många, och han kommer att fråga dem om dessa, därför ska de endast användas inom det som behagar Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4950</t>
   </si>
   <si>
-    <t>لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ</t>
+    <t>لأعطين هذه الراية رجلا يحب الله ورسوله، يفتح الله على يديه</t>
   </si>
   <si>
     <t>Jag ska ge denna fana till en man som älskar Allah och hans sändebud, och genom honom kommer Allah att ge seger</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ» قَالَ عُمَرُ بْنُ الْخَطَّابِ: مَا أَحْبَبْتُ الْإِمَارَةَ إِلَّا يَوْمَئِذٍ، قَالَ فَتَسَاوَرْتُ لَهَا رَجَاءَ أَنْ أُدْعَى لَهَا، قَالَ فَدَعَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلِيَّ بْنَ أَبِي طَالِبٍ، فَأَعْطَاهُ إِيَّاهَا، وَقَالَ: «امْشِ، وَلَا تَلْتَفِتْ، حَتَّى يَفْتَحَ اللهُ عَلَيْكَ» قَالَ فَسَارَ عَلِيٌّ شَيْئًا ثُمَّ وَقَفَ وَلَمْ يَلْتَفِتْ، فَصَرَخَ: يَا رَسُولَ اللهِ، عَلَى مَاذَا أُقَاتِلُ النَّاسَ؟ قَالَ: «قَاتِلْهُمْ حَتَّى يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِذَا فَعَلُوا ذَلِكَ فَقَدْ مَنَعُوا مِنْكَ دِمَاءَهُمْ وَأَمْوَالَهُمْ، إِلَّا بِحَقِّهَا وَحِسَابُهُمْ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa under dagen då Khaybar-slaget skedde: "Jag ska ge denna fana till en man som älskar Allah och hans sändebud, och genom honom kommer Allah att ge seger." ʿUmar ibn al-Khattab (må Allah vara nöjd med honom) sa:
 "Aldrig tidigare önskade jag att bli utsedd till ledare, utom den dagen." Han berättade: "Jag sträckte på mig i hopp om att bli kallad." Men Allahs sändebud ﷺ kallade istället ʿAli ibn Abi Talib (må Allah vara nöjd med honom), gav honom fanan och sa: "Gå, och vänd dig inte om förrän Allah ger dig seger." ʿAli började gå men stannade sedan och ropade utan att vända sig om: "Allahs sändebud! På vilken grund ska denna kamp baseras på?" Han ﷺ svarade: "Kämpa mot dem tills de vittnar att det inte finns någon [sann] gud utom Allah och att Muhammed är Allahs sändebud. Om de gör det, har de skyddat sina liv och sina ägodelar från dig, förutom i de fall där islamisk lag föreskriver annat. Och deras räkenskap är hos Allah."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم الصحابةَ بانتصار المسلمين مِن الغَد على يهود خيبر مَدينة قُرْبَ المدينة، وذلك على يَد رجل يعطيه الراية، وهو العَلَم الذي يَتخذه الجيش شعارًا له، وهذا الرجل مِن صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله.
 وقد ذَكَرَ عُمرُ بن الخطاب رضي الله عنه أنه ما أحبَّ الإمارةَ وأن يكون هو المقصود إلا يومئذ؛ رجاء أن يصيبه ما قاله النبي صلى الله عليه وسلم من حُبِّ الله ورسوله، ومدَّ عمر رضي الله عنه جسده ليراه النبي صلى الله عليه وسلم رجاء أن يُدْعَى لها، وحرصًا وطمعًا في أخذ تلك الراية.
 فدعا صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه فأعطاه الراية، وأمره النبي صلى الله عليه وسلم أن يَتحرَّك بالجيش، وألَّا ينصرف عن القتال بعد لقاء عدوه براحة أو توقف أو هدنة حتى يفتح الله عليه هذه الحصون بالنصر والغلبة. 
 فسار عليٌّ رضي الله عنه، ثم وَقَفَ إلا أنه لم يلتفت؛ لئلا يخالِف أمرَ النبيِّ صلى الله عليه وسلم، فرفع عليٌّ رضي الله عنه صوته: يا رسول الله، على ماذا أقاتل الناس؟ 
 فقال صلى الله عليه وسلم: قاتلهم حتى يشهدوا أن لا إله إلا الله وأن محمدًا رسول الله، فإذا استجابوا، ودخلوا في الإسلام؛ فقد منعوا منك دماءهم وأموالهم وحَرُمَت عليك، إلا بحقِّها يعني إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، وحسابهم على الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ meddelade sina följeslagare att muslimerna skulle segra över judarna i Khaybar nästa dag. Segern skulle ske genom en man som han skulle ge fanan – en symbol som arméer använde under strid. Profeten ﷺ beskrev denne man med egenskapen att han älskar Allah och hans sändebud, och att Allah och hans sändebud älskar honom.
 ʿUmar ibn al-Khattab (må Allah vara nöjd med honom) berättade att han aldrig tidigare önskat ledarskap, men den dagen hoppades han att det skulle bli han. Han sträckte på sig för att profeten ﷺ skulle lägga märke till honom och kalla på honom, ivrig att få denna ära.
 Men profeten ﷺ kallade istället på ʿAli ibn Abi Talib (må Allah vara nöjd med honom) och gav honom fanan. Han beordrade honom att rycka fram med armén och att inte sluta strida för att ta en vila, paus eller eldupphör, förrän Allah skänkte honom seger och övertaget över dessa fort.
 ʿAli började gå, men stannade upp en stund utan att vända sig om, för att inte trotsa profetens ﷺ befallning. Sedan ropade han högt: "Allahs sändebud! På vilken grund ska denna kamp mot människorna baseras på?"
 Profeten ﷺ svarade: "Kämpa mot dem tills de vittnar att det inte finns någon [sann] gud utom Allah och att Muhammed är Allahs sändebud. Om de gör det och blir muslimer, har de skyddat sina liv och sin egendom från dig, förutom i de fall där islamisk lag föreskriver annat. Och deras räkenskap är hos Allah."</t>
   </si>
@@ -8799,349 +8870,349 @@
 توجيه الإمام لقائد الجيش في كيفية التصرّف في ساحة المعركة.
 التزام أصحاب الرسول صلى الله عليه وسلم لوصاياه والمبادرة إلى تنفيذها.
 مَن أَشْكَلَ عليه شيء فيما طُلب منه سأل عنه.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، حيث أخبر عن فتح خيبر فكان كما أخبر.
 الحث على الإقدام والمبادرة إلى ما أمر به رسول الله صلى الله عليه وسلم.
 لا يجوز قتل من نطق بالشهادتين إلا إذا ظهر منه ما يستوجب القتل.
 تجري أحكام الإسلام على ما يظهر من الناس والله يتولى سرائرهم.
  المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.</t>
   </si>
   <si>
     <t>Profetens ﷺ följeslagare brukade undvika ledarskap på grund av det stora ansvaret det medför.
 Det är tillåtet att önska och söka något som man är övertygad om är gott.
 En ledare bör vägleda sina underlydande befälhavare om hur de ska agera i strid.
 Profetens ﷺ följeslagare var snabba att lyda hans befallningar.
 Om någon är osäker på en order bör denne fråga för att få klarhet.
 En av profetens ﷺ mirakulösa förutsägelser var segern över judarna i Khaybar, vilket skedde exakt som han förutsade.
 Man bör skynda sig till att tillämpa profetens ﷺ befallningar.
 Det är förbjudet att döda någon som har uttalat trosbekännelsen, förutom om det finns en islamisk rättslig grund för det.
 Islamiska regler baseras på yttre handlingar, medan den inre avsikten lämnas till Allah.
 Det främsta syftet med Jihad är att vägleda människor till islam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4958</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Gabriel beordrade mig att ta hand om grannen till den grad att jag trodde att han skulle låta honom bli en arvtagare</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med dem) berättade att Allahs sändebud ﷺ sa: "Gabriel beordrade mig att ta hand om grannen till den grad att jag trodde att han skulle låta honom bli en arvtagare."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Gabriel upprepande gånger beordrade honom att se efter grannen som bor intill, oavsett om han är muslim eller ej, och oavsett om han är en släkting eller ej. Grannens rättigheter ska bevaras och han ska inte skadas. Han ska visas godhet och ha tålamod med hans dåliga beteende. Efter att Gabriel upprepande gånger betonat grannens höga status och rättighet trodde profeten ﷺ tillslut att uppenbarelsen skulle komma och informera om att grannen ska få en del av arvet efter hans död.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Detta visar grannens stora rättighet och att det är obligatoriskt att respektera den.
 Den återkommande uppmaningen att se efter grannens rättighet vilket fordrar att han äras, visas godhet och kärlek. Han ska inte skadas på något sätt, och ska besökas när han är sjuk och gratuleras när något bra sker honom och visas medlidande när något svårt sker honom.
 Grannens rättighet är viktigare och större ju närmre grannen bor.
 Detta visar religionens perfektion då den kommit med det som förbättrar samhället, exempelvis genom uppmaningen av visa godhet mot grannen och förbudet från att skada denne.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4965</t>
   </si>
   <si>
-    <t>أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟</t>
+    <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>Tror ni att en person hade haft någon smuts på sig om han hade haft en flod utanför sin dörr som han badade i fem gånger om dagen?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Tror ni att en person hade haft någon smuts på sig om han hade haft en flod utanför sin dörr som han badade i fem gånger om dagen?" De svarade: "Han skulle inte ha haft någon smuts på sig." Han sa: "Det är precis som med de fem bönerna; Allah stryker bort synderna genom dem."</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Profeten ﷺ liknande dygnets fem böner och hur de avlägsnar och eliminerar mindre synder med en flod utanför en persons hem som han badar i fem gånger om dagen, varefter inget smuts eller orenhet skulle finnas på honom.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
     <t>Denna dygd är specifik för de mindre synderna. Beträffande de större synderna måste personen ångra sig för dem.
 Dygden i att förrätta de fem bönerna, samt att slå vakt om dem och deras villkor, pelare, obligatoriska och rekommenderade moment.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4968</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى</t>
+    <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
     <t>De troende i sin ömsesidiga kärlek, barmhärtighet och medkänsla är likt en enda kropp; om en kroppsdel värker, lider resten av kroppen av feber och sömnlöshet</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>An-Nu'man bin Bashir (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "De troende i sin ömsesidiga kärlek, barmhärtighet och medkänsla är likt en enda kropp; om en kroppsdel värker, lider resten av kroppen av feber och sömnlöshet."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att muslimernas relation till varandra måste vara baserad på kärlek, godhet, nåd, hjälp och stöd. De tar skada av det som drabbar andra, likt en enda kropp; om en kroppsdel blir sjuk, lider resten av kroppen av feber och sömnlöshet.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>Muslimers rättigheter ska respekteras, och de ska uppmanas till att samarbeta och visa varandra vänlighet.
 De troende bör visa kärlek och solidaritet gentemot varandra.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4969</t>
   </si>
   <si>
-    <t>الْعِبَادَةُ فِي الْهَرْجِ كَهِجْرَةٍ إِلَيَّ</t>
+    <t>العبادة في الهرج كهجرة إلي</t>
   </si>
   <si>
     <t>”Att utföra dyrkan i tider av oro och kaos är som att emigrera till mig.”</t>
   </si>
   <si>
     <t>عَنْ مَعْقِلِ بْنِ يَسَارٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْعِبَادَةُ فِي الْهَرْجِ كَهِجْرَةٍ إِلَيَّ».</t>
   </si>
   <si>
     <t>Från Ma'qil ibn Yasar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Att utföra dyrkan i tider av oro och kaos är som att emigrera till mig.”</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم في زمن الهَرْج والفتنة والقتل واختلاط أمور الناس إلى العبادة والتمسك بها، وأنّ أجرها كهجرة إلى النبي صلى الله عليه وسلم، وذلك لأن الناس يغفلون عنها، ويشتغلون عنها، ولا يتفرغ لها إلا أفراد.</t>
   </si>
   <si>
     <t>Profeten ﷺ vägledde sitt samfund att i tider av oro, prövningar, stridigheter och när människornas tillstånd är turbulent och rörigt, att hålla fast vid dyrkanshandlingar och att fokusera på det. Belöningen för detta liknas vid att ha emigrerat till honom ﷺ, eftersom människor i sådana tider tenderar att försumma  tillbedjan och förloras i världsliga bekymmer, medan endast ett fåtal som förblir ståndaktiga i att dyrka Allah.</t>
   </si>
   <si>
     <t>الحث على العبادة والإقبال على الله تعالى أيام الفتن؛ تَحَصُّنًا من الفتن، وحِفْظًا من الفساد.
 بيان فضل العبادة في الفتن وأوقات الغفلة.
 ينبغي للمسلم اعتزال مواطن الفتن والغفلة.</t>
   </si>
   <si>
     <t>Det är uppmanat att hålla fast vid dyrkan och vända sig till Allah under tider av prövningar och oro, som ett skydd mot prövningar och fördärv.
 Hadithen visar på den stora belöningen för den som håller fast vid dyrkan i tider då de flesta människor försummar den.
 Den troende bör undvika platser där kaos och prövningar förekommer.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5020</t>
   </si>
   <si>
-    <t>اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ</t>
+    <t>اسمعوا وأطيعوا، فإنما عليهم ما حملوا، وعليكم ما حملتم</t>
   </si>
   <si>
     <t>Lyssna och lyd! De är ansvariga för vad de har blivit ålagda, och ni är ansvariga för vad ni har blivit ålagda</t>
   </si>
   <si>
     <t>عَنْ وَائِلٍ الْحَضْرَمِيِّ قَالَ: سَأَلَ سَلَمَةُ بْنُ يَزِيدَ الْجُعْفِيُّ رضي الله عنه رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا نَبِيَّ اللهِ، أَرَأَيْتَ إِنْ قَامَتْ عَلَيْنَا أُمَرَاءُ يَسْأَلُونَا حَقَّهُمْ وَيَمْنَعُونَا حَقَّنَا، فَمَا تَأْمُرُنَا؟ فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ، فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ فِي الثَّانِيَةِ أَوْ فِي الثَّالِثَةِ، فَجَذَبَهُ الْأَشْعَثُ بْنُ قَيْسٍ، وَقَالَ: «اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ».</t>
   </si>
   <si>
     <t>Wa'il al-Hadrami berättar: Salamah ibn Yazid al-Ju'fi (må Allah vara nöjd med honom) frågade Allahs sändebud ﷺ: "Allahs profet! Vad anser du om omständigheter där vi har ledare som kräver sin rätt från oss men förvägrar oss vår rätt? Vad befaller du oss att göra?" Profeten ﷺ vände sig bort från honom och svarade inte. Han upprepade sin fråga, men profeten ﷺ vände sig återigen bort. När han frågade en andra eller tredje gång, drog al-Ash'ath ibn Qays honom åt sidan och fick honom att sluta fråga. Då sa profeten ﷺ: "Lyssna och lyd! De är ansvariga för vad de har blivit ålagda, och ni är ansvariga för vad ni har blivit ålagda."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الأمراء الذين يَطلبون حَقَّهم من الناس مِن السمع والطاعة، ويَمنعون الحقَّ الذي عليهم؛ مِن بَذْل العدل وإعطاء الغنيمة ورد المظالم والتسوية، فما تأمرنا أن نفعل معهم؟ 
 فأعْرَضَ النبيُّ صلى الله عليه وسلم عنه؛ كأنه كَرِهَ هذه المسائل، لكنْ أعادَ السائلُ عليه مرة ثانية وثالثة، فَجَذَبَ الأشعثُ بنُ قيس رضي الله عنه السائلَ لِيُسْكِتَه.
 فأجاب النبيُّ صلى الله عليه وسلم، وقال: اسمعوا لقولِهم، وأطيعوا أمرَهم؛ فإنما عليهم ما حُمِّلوا وما كُلِّفوا مِن العدل وإعطاء حق الرعية، وعليكم ما حُمِّلْتُم من الطاعة وأداء الحقوق والصبر على البلية.</t>
   </si>
   <si>
     <t>Profeten ﷺ fick en fråga om ledare som kräver lydnad från folket men som själva inte ger folket dess rättigheter, såsom rättvis fördelning av rikedom, distribuera krigsbytet, ge de förtrycka deras rättigheter, arbeta för jämlikhet och liknande. Vad befaller du oss att göra i denna situation med dem?
 Profeten ﷺ avvisade först frågan, vilket tyder på att han ogillade denna typ av diskussion. Trots detta insisterade frågeställaren och frågade flera gånger. Till slut ingrep al-Ash'ath ibn Qays och försökte tysta frågeställaren.
 Profeten ﷺ svarade slutligen sägande: "Lyssna på vad de säger och lyd deras befallningar. De är ansvariga för vad de har blivit ålagda, som att sprida rättvisa och ge folket deras rättigheter. Och ni är ansvariga för vad ni ni har blivit ålagda, som att lyda dem, leva upp till era skyldigheter och ha tålamod med svårigheter.</t>
   </si>
   <si>
     <t>الأمر بالسمع والطاعة للأمراء على كل حال فيما يرضي الله عز وجل، وإن لم يقوموا بحق الرعية.
 تقصير الحكّام في واجبهم لا يُسَوِّغُ تقصيرَ الناس بالمقابل في واجباتهم؛ فكلٌّ مسؤولٌ عن عملِه، ومؤاخذ عن تقصيره.
 الدين ليس مبنيًّا على المُقايَضَة، وإنما على الالتزام بما وَجَب وإنْ قَصَّرَ الآخَرُ بما وجب عليه في المقابل، كما ورد في هذا الحديث.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att lyda ledare i allt som inte strider mot Allahs befallningar, även om de inte behandlar folket rättvist.
 Ledares försummelse av sina plikter rättfärdigar inte att folket försummar sina. Alla kommer att stå till svars för sina egna ansvarsområden, och kommer att ställas till svars för sina tillkortakommanden.
 Islam bygger inte på en princip om ömsesidig kompensation där lydnad endast ges om rättvisa råder – varje individ är ansvarig för sin egen plikt, vilket denna Hadith tyder på.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5037</t>
   </si>
   <si>
-    <t>مَا مِنْ مُسْلِمٍ يَدْعُو بِدَعْوَةٍ لَيْسَ فِيهَا إِثْمٌ، وَلَا قَطِيعَةُ رَحِمٍ، إِلَّا أَعْطَاهُ اللهُ بِهَا إِحْدَى ثَلَاثٍ: إِمَّا أَنْ تُعَجَّلَ لَهُ دَعْوَتُهُ، وَإِمَّا أَنْ يَدَّخِرَهَا لَهُ فِي الْآخِرَةِ، وَإِمَّا أَنْ يَصْرِفَ عَنْهُ مِنَ السُّوءِ مِثْلَهَا» قَالُوا: إِذنْ نُكْثِرُ، قَالَ: «اللهُ أَكْثَرُ</t>
+    <t>ما من مسلم يدعو بدعوة ليس فيها إثم، ولا قطيعة رحم، إلا أعطاه الله بها إحدى ثلاث: إما أن تعجل له دعوته، وإما أن يدخرها له في الآخرة، وإما أن يصرف عنه من السوء مثلها قالوا: إذن نكثر، قال: الله أكثر</t>
   </si>
   <si>
     <t>Varje muslim som ber Allah om något – så länge det inte handlar om synd eller att bryta släktband – kommer att få något av dessa tre: antingen besvaras hans bön snabbt, eller så sparas belöningen till återuppståndelsens dag, eller så avvärjer Allah från honom en motsvarande motgång." De som hörde detta sa: "Då ska vi be ännu mer!" Han svarade: "Allah har ännu mer att ge</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ مُسْلِمٍ يَدْعُو بِدَعْوَةٍ لَيْسَ فِيهَا إِثْمٌ، وَلَا قَطِيعَةُ رَحِمٍ، إِلَّا أَعْطَاهُ اللهُ بِهَا إِحْدَى ثَلَاثٍ: إِمَّا أَنْ تُعَجَّلَ لَهُ دَعْوَتُهُ، وَإِمَّا أَنْ يَدَّخِرَهَا لَهُ فِي الْآخِرَةِ، وَإِمَّا أَنْ يَصْرِفَ عَنْهُ مِنَ السُّوءِ مِثْلَهَا» قَالُوا: إِذنْ نُكْثِرُ، قَالَ: «اللهُ أَكْثَرُ».</t>
   </si>
   <si>
     <t>Abu Sa'id (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Varje muslim som ber Allah om något – så länge det inte handlar om synd eller att bryta släktband – kommer att få något av dessa tre: antingen besvaras hans bön snabbt, eller så sparas belöningen till återuppståndelsens dag, eller så avvärjer Allah från honom en motsvarande motgång." De som hörde detta sa: "Då ska vi be ännu mer!" Han svarade: "Allah har ännu mer att ge."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم: أنّ المسلم إذا دعا الله وسأله مسألة ليست بإثم كأنْ يدعوَه بتيسير المعصية والظلم، ولا دَعا بقطيعة رحم؛ كأن يدعوَ على أولاده وقرابته، إلا أعطاه الله بدعائه أحدَ ثلاثة أمور: 
 إما أنْ يعجّل له دعوته ويعطيه ما سأل.
 وإما أنْ يؤخِّرها الله عز وجل أجرًا له يوم القيامة بعلو في الدرجات، أو رحمة ومغفرة من السيئات.
 وإما أن يدفع عنه في دنياه من السوء مثلها بقدر الدعاء. 
 فقال الصحابة للنبي صلى الله عليه وسلم: إذن نكثر من الدعاء؛ لننال أحد هذه الفضائل؟
 فقال صلى الله عليه وسلم: أن ما عند الله أكثر وأعظم مما تسألون، فعطاؤه لا ينفد، ولا ينتهي.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att om en muslim ber Allah om något, så länge det inte handlar om synd eller att bryta släktband, såsom hjälp att begå orätt mot någon, eller att bryta kontakten med släkt och familj – så kommer Allah att besvara bönen på ett av tre sätt: Antingen ger Allah personen det han ber om här och nu. Eller sparas belöningen och det goda till återuppståndelsens dag, där den kommer att leda till höjda nivåer, nåd, eller att synder förlåts. Eller så avvärjer Allah från den bedjande i detta liv olycka motsvarande det han bad om. När profetens ﷺ följeslagare hörde detta sa de att de skulle be om ännu mer, för att få erfara dessa förträffligheter. Då svarade profeten ﷺ dem med att berätta att Allah har mer att ge än det de ber honom om, då hans gåvor är oändliga.</t>
   </si>
   <si>
     <t>دعوة المسلم مستجابة لا تُرَدّ لكن بشروطها وآدابها؛ لذلك ينبغي على العبد أن يكثر من الدعاء ولا يستعجل بالإجابة.
 الاستجابة للدعاء غير مقيَّدة بحصول المطلوب؛ فقد يُكَفِّر عنه بدعوته، أو يَدَّخِر له في الآخرة.
 قال ابن باز: الإلحاح، وحسن الظن بالله، وعدم اليأس، من أعظم أسباب الإجابة، فعلى المرء أن يُلِحَّ في الدعاء، ويحسن الظن بالله عز وجل، ويَعلم أنه حكيم عليم، قد يُعجِّل الإجابة لحكمة، وقد يؤخرها لحكمة، وقد يعطي السائل خيرًا مما سأل.</t>
   </si>
   <si>
     <t>En muslim får alltid sin bön besvarad om den lever upp till dess villkor och riktlinjer, därför bör han göra åkallan ofta och inte vara otålig i att se den besvaras.
 Att en bön besvaras innebär inte nödvändigtvis att en person får exakt det han ber om, det kan vara så att hans synder förlåts genom denna åkallan, eller att belöningen sparas till domedagen.
 Ibn Baz sa: "Uthållighet i åkallan, att ha goda tankar om Allah, och att inte ge upp är bland de största orsakerna till att böner besvaras. Så den som ber bör vara ihärdig i sin bön, och ha goda tankar om Allah och veta att han är Allvis och Allvetande. Han kan skynda på svaret av en visdom, och han kan skjuta upp det av en visdom, och han kan ge den som ber något bättre än det han bad om."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5100</t>
   </si>
   <si>
-    <t>أَنَّ نَبِيَّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ عِنْدَ الْكَرْبِ: «لَا إِلَهَ إِلَّا اللهُ الْعَظِيمُ الْحَلِيمُ، لَا إِلَهَ إِلَّا اللهُ رَبُّ الْعَرْشِ الْعَظِيمِ، لَا إِلَهَ إِلَّا اللهُ رَبُّ السَّمَاوَاتِ وَرَبُّ الْأَرْضِ وَرَبُّ الْعَرْشِ الْكَرِيمِ</t>
+    <t>أن نبي الله صلى الله عليه وسلم كان يقول عند الكرب: لا إله إلا الله العظيم الحليم، لا إله إلا الله رب العرش العظيم، لا إله إلا الله رب السماوات ورب الأرض ورب العرش الكريم</t>
   </si>
   <si>
     <t>Allahs profet ﷺ brukade säga vid prövningar och svårigheter: 'Det finns ingen gud [värd dyrkan] utom Allah, den Väldige, den Överseende. Det finns ingen gud [värd dyrkan] utom Allah, Herren över den väldiga tronen. Det finns ingen gud [värd dyrkan] utom Allah, Herren över himlarna och Herren över jorden och Herren över den ärofyllda tronen</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ نَبِيَّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ عِنْدَ الْكَرْبِ: «لَا إِلَهَ إِلَّا اللهُ الْعَظِيمُ الْحَلِيمُ، لَا إِلَهَ إِلَّا اللهُ رَبُّ الْعَرْشِ الْعَظِيمِ، لَا إِلَهَ إِلَّا اللهُ رَبُّ السَّمَاوَاتِ وَرَبُّ الْأَرْضِ وَرَبُّ الْعَرْشِ الْكَرِيمِ».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättade: "Allahs profet ﷺ brukade säga vid prövningar och svårigheter: 'Det finns ingen gud [värd dyrkan] utom Allah, den Väldige, den Överseende. Det finns ingen gud [värd dyrkan] utom Allah, Herren över den väldiga tronen. Det finns ingen gud [värd dyrkan] utom Allah, Herren över himlarna och Herren över jorden och Herren över den ärofyllda tronen."</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم يقول عند اشتداد الكَرْب والغَمِّ عليه: 
 «لا إله إلا الله» لا معبودَ بحق إلا الله، «العظيم» القَدْرِ، الجليل الشأن، في ذاته وصفاته وأفعاله، «الحليم» الذي لا يُعَاجِل العاصي بالعقوبة بل يُؤخّرها، وقد يعفو عنه مع القدرة عليه، فهو القادر سبحانه على كل شيء.
 «لا إله إلا الله رب العرش العظيم» خالق العرش العظيم، «لا إله إلا الله رب السموات والأرض» وخالق السموات والأرض، وخالق كل شيء فيهما ومالكه ومُصْلِحُه، والمُتصرِّف فيه كيف ما شاء، «رب العرش الكريم» خالق العرش الكريم.</t>
   </si>
   <si>
     <t>När profeten ﷺ upplevde väldiga svårigheter och bekymmer, brukade han säga: "Det finns ingen gud [värd dyrkan] utom Allah" – det finns ingen som med rätta förtjänar att dyrkas utom Allah, "den Väldige" – i rang och ära, upphöjd i sin essens, sina egenskaper och handlingar, "den Överseende" – som inte skyndar med att straffa syndaren utan fördröjer och kanske till och med förlåter trots sin makt att kunna straffa. Han har makt att göra allt. "Det finns ingen gud [värd dyrkan] utom Allah, Herren över den väldiga tronen" – Skaparen av den väldiga tronen. "Det finns ingen gud [värd dyrkan] utom Allah, Herren över himlarna och jorden" – Skaparen av himlarna och jorden, och allt däri, deras Ägare och Förvaltare, som styr dem hur han vill. "Herren över den ärofyllda Tronen" – Skaparen av den ärofyllda tronen.</t>
   </si>
   <si>
     <t>وجوب الفزع إلى الله بالدُّعَاء عند نزول المصائب والكُرُوْب.
 استحباب الدعاء بهذا الذِّكْر عند الكرب.
 عرش الرحمن الذي استوى عليه جل جلاله هو أعلى المخلوقات وأكبرُها وأعظمُها، وقد وصفه النبي صلى الله عليه وسلم بأنه عظيم وبأنه كريم.
 خص السموات والأرض بالذكر؛ لأنهما من أعظم المخلوقات المشاهدة.
 قال الطيبي: صَدَّرَ هذا الثناءَ بذكر الرب لِيناسب كَشْفِ الكرب؛ لأنه مقتضى التربية، وفيه التهليل المشتمل على التوحيد وهو أصل التنزيهات الجلالية، والعظمة التي تدل على تمام القدرة، والحلم الذي يدل على العلم، إذ الجاهل لا يُتَصَوّر منه حِلْم ولا كرم وهما أصل الأوصاف الإكرامية.</t>
   </si>
   <si>
     <t>Vikten av att vända sig till Allah i bön vid prövningar och svårigheter.
 Det är rekommenderat att säga denna åkallan när man står inför prövningar.
 Att den Barmhärtiges tron, över vilken han har rest sig, är den högsta, största och mäktigaste av skapelserna, och profeten ﷺ beskrev den som både väldig och ärofylld.
 Att nämna himlarna och jorden särskilt beror på att de är bland de största skapelserna vi kan se med blotta ögat.
 Al-Tibi sa: "Han inledde denna lovprisning med att nämna 'Herren' för att det är det passande namnet när man söker att lyfta svårigheter; eftersom det är vad hans omhändertagande som Herre innefattar. I denna fras ingår också monoteism och bekännelsen att Allah endast är En, vilket är grunden för all lovprisning och vördnad. 'Den Väldige' syftar på fullständig makt, och 'den Överseende' syftar på kunskap, för okunniga kan inte visa överseende och generositet, och dessa är grundläggande drag i ädla egenskaper."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5141</t>
   </si>
   <si>
-    <t>مَا صَلَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلاَةً بَعْدَ أَنْ نَزَلَتْ عَلَيْهِ: {إِذَا جَاءَ نَصْرُ اللَّهِ وَالفَتْحُ} [النصر: 1] إِلَّا يَقُولُ فِيهَا: «سُبْحَانَكَ رَبَّنَا وَبِحَمْدِكَ اللَّهُمَّ اغْفِرْ لِي</t>
+    <t>ما صلى النبي صلى الله عليه وسلم صلاة بعد أن نزلت عليه: إذا جاء نصر الله والفتح النصر:  إلا يقول فيها: سبحانك ربنا وبحمدك اللهم اغفر لي</t>
   </si>
   <si>
     <t>Profeten ﷺ bad ingen bön efter att denna vers uppenbarades för honom – "När Allahs hjälp och seger kommer" (110:1) – utan att han bad i den: 'Ärad vare du, vår Herre, och allt lovpris tillkommer dig. Allah! Förlåt mig</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللَّهُ عَنْهَا قَالَتْ: مَا صَلَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلاَةً بَعْدَ أَنْ نَزَلَتْ عَلَيْهِ: {إِذَا جَاءَ نَصْرُ اللَّهِ وَالفَتْحُ} [النصر: 1] إِلَّا يَقُولُ فِيهَا: «سُبْحَانَكَ رَبَّنَا وَبِحَمْدِكَ اللَّهُمَّ اغْفِرْ لِي».
 وعَنْها قَالَتْ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ فِي رُكُوعِهِ وَسُجُودِهِ: «سُبْحَانَكَ اللهُمَّ رَبَّنَا وَبِحَمْدِكَ، اللهُمَّ اغْفِرْ لِي» يَتَأَوَّلُ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>'Aishah, de troendes moder (må Allah vara nöjd med henne), sa: "Profeten ﷺ bad ingen bön efter att denna vers uppenbarades för honom – "När Allahs hjälp och seger kommer" (110:1) – utan att han bad i den: 'Ärad vare du, vår Herre, och allt lovpris tillkommer dig. Allah! Förlåt mig.'"</t>
   </si>
   <si>
     <t>تُخْبِرُ أمُّ المؤمنين عائشةُ رضي الله عنها أن النبي صلى الله عليه وسلم لما أُنزِل عليه: {إذا جاء نصر الله والفتح} تَأَوَّلَ القرآنَ وبَادَرَ إلى امتثال أَمْرِ الله تعالى في قوله: {فسبح بحمد ربك واستغفره}، فكان يكثر أن يقول في حال ركوعه وسجوده أثناء الصلاة: «سبحانك» وتنزيهًا لك من كلِّ نقص عما لا يليق بك، «اللهم ربنا وبحمدك» بالثناء المحمود عليك لكمال ذاتك وصفاتك وأفعالك، «اللهم اغفر لي» وامْحُ عني ذنبي وتجاوز عنه.</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättade att när sura al-Nasr uppenbarades för profeten ﷺ, implementerade han Koranens ord och skyndade sig att praktisera Allahs befallning i versen: "Så ära din Herres helighet med lovprisningar och be honom om förlåtelse" (10:3). Därför brukade han i sin Ruku' och Sujud i bönen ofta säga: Ärad vare du” – en proklamering av Allahs fullkomlighet och att han är fri från alla brister, ”vår Herre, och all lovpris tillkommer dig” – ett uttryck för lov och pris för hans perfekta essens, egenskaper och gärningar, ”Allah! Förlåt mig” – en bön om att Allah ska förlåta och utplåna synder.</t>
   </si>
   <si>
     <t>استحباب الإكثار من هذا الدعاء في الركوع والسجود.
 الاستغفار في آخر العُمْر فيه تَنبيهٌ أنْ تَخْتِمَ العبادات كذلك -وخصوصًا الصلاة- بالاستغفار، ليتدارك ما حصل فيها من النقص.
 أحسن ما يُتَوَسَّل به إلى الله في قبول الدعاء هو ذِكْرُ مَحامده وتسبيحه وتنزيهه عن النقائص والعيوب.
 فضيلة الاستغفار، وطلبه في كل حال.
 كمال عبودية النبي صلى الله عليه وسلم وامتثاله لأمر الله.</t>
   </si>
   <si>
     <t>Det är rekommenderat att ofta läsa denna bön under Ruku' och Sujud.
 Att avsluta handlingar, särskilt bönen, med en bön om förlåtelse är för att kompensera eventuella brister.
 Det bästa sättet att närma sig Allah i bön är att upphöja honom, lovprisa honom, och förklara honom fri från alla brister.
 Detta visar dygden av att söka förlåtelse och att göra det i alla situationer.
 Detta visar även profetens ﷺ fullständiga lydnad och underkastelse till Allahs befallningar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5212</t>
   </si>
   <si>
-    <t>مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ</t>
+    <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>Beordra era barn att förrätta bönen när de är sju år, och aga dem om de inte gör det när de är tio år, och skilj deras sovplatser åt</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>'Amr bin Shu'ayb berättade från sin far, som i sin tur berättade från sin farfar att Allahs sändebud ﷺ sa: "Beordra era barn att förrätta bönen när de är sju år, och aga dem om de inte gör det när de är tio år, och skilj deras sovplatser åt."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att fadern måste befalla sina barn, pojkar såväl som flickor, att förrätta bönen när de är sju år, och att han ska lära dem det de behöver kunna för att utföra den. När de blir tio år ska han lägga ännu mer vikt vid detta, och aga dem ifall de brister i utförandet av bönen, och han ska skilja dem åt i deras sovplatser.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>Små barn ska lära sig om deras religion innan de blir könsmogna, i synnerhet om bönen.
 Agan är för disciplin, och inte för att utsätta barnet för lidande, och därför ska det inte vara smärtsamt.
 Islam lägger vikt vid människans ära, och stänger alla portar som eventuellt kan leda till fördärv.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5272</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>Exorcism, amuletter och kärleksmagi är helt säkert avguderi</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Exorcism, amuletter och kärleksmagi är helt säkert avguderi."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att vissa handlingar är avguderi, bland annat:
 1. Exorcism (Ruqyah): Att läsa formler för bot som innehåller avguderi och går emot islams lära.
 2. Amuletter: som kan bestå av pärlor och liknande och hängs på barn, djur eller annat för att skyddas från det onda ögat.
 3. Kärleksmagi: som används för att göra en av partnerna kära i den andra.
 Dessa handlingar är avguderi då de är metoder som inte stöds av något bevis i islam och det har inte heller något empiriskt stöd. Vad gäller islamiska metoder som Koranläsning, eller medicin som har empiriskt stöd så är de tillåtna att använda förutsatt att personen vet att de endast är medel och att nytta och skada vilar i Allahs händer.</t>
   </si>
@@ -9152,1515 +9223,1554 @@
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Detta är ett sätt att skydda monoteism och troslära från det som kan påverka det negativt.
 Förbudet att använda exorcism som innehåller avguderi och även amuletter och kärleksmagi.
 Om en person tror att dessa tre handlingar är korrekta medel så har hon begått mindre avguderi då hon anser att felaktiga medel är korrekta. Om hon däremot tror att dessa medel gynnar och skadar på egen hand så är det istället större avguderi.
 Detta är en varning mot användandet av medel som har ursprung i avguderi eller förbjudna handlingar.
 Exorcism är förbjudet och är en form av avguderi, förutom den exorcism som religionen tillåtit.
 Hjärtat ska enbart vara fäst vid Allah då skada eller nytta enbart kan komma från honom och ingen annan. Det är endast Allah som kan orsaka godhet, och det är endast Allah som kan skydda från ondska.
 Den tillåtna formen av exorcism inkluderar tre villkor:
 1. Den görs med tron att den enbart är ett medel och den kan inte gynna förutom med Allahs tillåtelse. 2. Den görs genom att läsa Koran, Allahs namn och egenskaper, samt profetiska åkallelser som är bekräftade. 3. Den sägs på ett tydligt sätt utan att mumla oförståeliga ord, och utan att skriva oläsliga skrifter eller använda amuletter</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud, Ibn Majah och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5273</t>
   </si>
   <si>
-    <t>إِذَا تَثَاءَبَ أَحَدُكُمْ فَلْيُمْسِكْ بِيَدِهِ عَلَى فِيهِ، فَإِنَّ الشَّيْطَانَ يَدْخُلُ</t>
+    <t>إذا تثاءب أحدكم فليمسك بيده على فيه، فإن الشيطان يدخل</t>
   </si>
   <si>
     <t>”När någon av er gäspar ska han lägga handen över munnen, för annars kan djävulen ta sig in där.”</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا تَثَاءَبَ أَحَدُكُمْ فَلْيُمْسِكْ بِيَدِهِ عَلَى فِيهِ، فَإِنَّ الشَّيْطَانَ يَدْخُلُ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”När någon av er gäspar ska han lägga handen över munnen, för annars kan djävulen ta sig in där.”</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن تَثاءبَ بأن فتح فمه بسبب الكسل أو الامتلاء ونحو ذلك؛ بأنْ يضع يدَه على فَمِه فيُغْلِقه بها؛ وذلك لأن الشيطان يدخل فيه إذا تركه مفتوحًا، فوَضْعُ اليد يكون مانعًا من دخوله.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanade till att när en person gäspar och öppnar munnen, vare sig på grund av trötthet, mättnad eller liknande, så bör han hålla handen över munnen för att stänga den. Det är för att djävulen kan ta sig in, om munnen lämnas öppen. Att hålla handen för munnen fungerar alltså som en barriär mot honom.</t>
   </si>
   <si>
     <t>إذا أراد الإنسان أن يتثاءب فعليه أنْ يَكْظِمَ ما استطاع، بأنْ يُمْسِكَ على فِيه، فيُبقيه مُغلقًا بحيث لا ينفتح، فإن لم يستطع إبقاء فمِهِ مغلقًا فليضع يدَه على فيه، فيُغَطِّي فاه بيده.
 التزام آداب الإسلام في جميع الحالات؛ لأنها عنوان الكمال والأخلاق.
 الحذر من كل مَدَاخِل الشيطان على الإنسان.</t>
   </si>
   <si>
     <t>Om någon gäspar, bör han hålla tillbaka gäspningen så gott det går genom att stänga munnen. Om han inte kan hålla munnen stängd, bör han täcka den med handen.
 Man ska följa islams riktlinjer i alla situationer, eftersom detta återspeglar fullkomliga karaktärsdrag och god moral.
 Att vara på sin vakt med allt som ger djävulen tillgång till människan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5280</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>Vet ni vad baktal är för något?" De svarade: "Allah och hans sändebud vet bättre." Han sa: "Att du nämner din broder på ett sätt som han föraktar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Vet ni vad baktal är för något?" De svarade: "Allah och hans sändebud vet bättre." Han sa: "Att du nämner din broder på ett sätt som han föraktar." De sa: ”Men om det jag säger om min broder stämmer då?" Då sa han: "Om det är som du säger så har du baktalat honom, och om det inte är som du säger så har du ljugit om honom."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar vad förbjudet baktal är vilket är att nämna en frånvarande muslim på ett sätt som han föraktar, oavsett om det handlar om den omnämndes uppförande eller utseende. Som att säga att han är enögd, bedragare, lögnare eller liknande nedlåtande beskrivningar. Detta är även fallet om personen faktiskt är på detta sätt.
 Om beskrivningen av honom inte stämmer är det värre än baktal eftersom det är förtal; att ljuga och hitta på saker om personen som inte stämmer.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Detta visar även profetens förträffliga undervisningssätt då han lyfter diverse ämnen genom att inleda dem med frågor.
 Följeslagarnas fina uppförande med profeten ﷺ då de svarade med "Allah och hans sändebud vet bättre".
 En person som frågas om något han inte vet ska svara med "Allah vet bättre".
 Denna religion skyddar samhällen genom att upprätthålla brödraskap och dess rättigheter.
 Baktal är förbjudet förutom vid ett fåtal tillfällen med hänsyn till den nytta som det medför. Exempel på tillåtna tillfällen är då förtryck ska avlägsnas genom att den förtryckte nämner vem det är som förtryckt honom till någon som kan återställa hans rättighet. Den förtryckte kan berätta vem det är som förtryckt honom eller berätta vad denne gjort mot honom. Ännu ett tillåtet tillfälle är att söka råd om någon person i syfte av äktenskap, företagande, grannskap eller liknande.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>Allah! Den som får något ansvarsområde över mitt samfund och sedan behandlar dem skoningslöst så behandla honom skoningslöst. Den som får något ansvarsområde över mitt samfund och sedan behandlar dem vänligt så var vänlig mot honom</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättade att hon hörde Allahs sändebud ﷺ säga följande i hennes hus: "Allah! Den som får något ansvarsområde över mitt samfund och sedan behandlar dem skoningslöst så behandla honom skoningslöst. Den som får något ansvarsområde över mitt samfund och sedan behandlar dem vänligt så var vänlig mot honom."</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ bad Allah försvåra för dem som har något ansvar över muslimerna, oavsett om det är ett litet eller stort, generellt eller specifikt ansvarsområde, och som överbelastar dem och inte visar någon omtanke för dem. Han bad Allah att denna person skulle få smaka på sin egen medicin genom att Allah utsätter honom för svårigheter.
 Och han bad även Allah att den personen som tvärtemot är vänlig mot dem och underlättar för dem själva ska behandlas vänligt och få det underlättat för sig.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>En person som fått ett ansvarsområde, som berör muslimer, måste visa dem så mycket vänlighet som möjligt.
 Vedergällningen är av samma sort som handlingen.
 Balansen mellan vad som anses vara vänlighet eller svårighet är det som inte motsäger Koranen och Sunnah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>Vissa personer disponerar Allahs egendom felaktigt, så de ska få träda in i elden på domedagen</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Khawlah al-Ansariyyah (må Allah vara nöjd med henne) berättade att hon hörde Allahs sändebud ﷺ säga: "Vissa personer disponerar Allahs egendom felaktigt, så de ska få träda in i elden på domedagen."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Profeten ﷺ nämnde hur vissa människor hanterar muslimers egendomar felaktigt och tar den utan rätt till det. Detta är en generell varning för hur egendomar hanteras, införskaffas, tjänas och spenderas på ett felaktigt sätt. Detta inkluderar även att använda faderlösas tillgångar och Waqf-egendomar felaktigt, eller att förneka det man anförtrotts, eller att ta från offentliga medel utan att ha rätt till det.
 Därefter berättade profeten ﷺ att de kommer att straffas med att träda in i helvetet på domedagen.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>De egendomar som människor äger är egentligen Allahs egendomar. Allah har försett människorna med egendomar för att de ska spendera de på föreskrivna sätt och avstå från att spendera på felaktiga sätt. Denna princip gäller ledare, men även gemene man.
 Religionen lägger stor vikt vid offentliga medel och betonar faktumet att den som ansvarar för dessa medel kommer att ställas till svars på domedagen för hur de införskaffades och spenderades.
 Detta är även en varning för den som använder sin egendom på otillåtna sätt, oavsett om det är hans egen egendom eller andras.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5331</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ</t>
+    <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
   </si>
   <si>
     <t>Akta er för misstankar, för misstankar är säkerligen det mest lögnaktiga talet</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Akta er för misstankar, för misstankar är säkerligen det mest lögnaktiga talet. Leta inte efter varandras fel, spionera inte på varandra, avundas inte varandra, vänd er inte bort från varandra, hata inte varandra, och var istället Allahs tjänare och bröder."</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم ويُحَذِّرُ مِن بعضِ ما يؤدِّي إلى الفُرْقة والعداوة بين المسلمين، 
 ومن ذلك: 
 (الظن) وهو تُهمةٌ تقَعُ في القَلبِ بلا دَليلٍ، وبَيَّنَ أنه مِن أَكْذَب الحديث. 
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjuder och varnar för vissa handlingar som kan leda till splittring och fiendskap bland muslimer. Detta inkluderar:
 Misstankar: detta är grundlösa anklagelser som en person har i hjärtat. Han ﷺ tydliggjorde att detta är det mest lögnaktiga talet.
 Leta efter fel: att genom ens syn eller hörsel leta efter andras brister och fel.
 Spioneri: Att undersöka och leta efter det som andra har dolt. Detta används främst i negativa kontexter.
 Avundsjuka: att ogilla att se att andra välsignas och ha det bra.
 Att vända sig bort från varandra: att vända sig bort från varandra så man varken hälsar på varandra eller besöker sin muslimska broder.
 Att hata varandra: att ogilla varandra och känna illvilja, så man skadar varandra, har en bister uppsyn och bemöter varandra illa.
 Han sa sedan en omfattande mening som korrigerar muslimernas relationer och tillstånd: "Var tjänare till Allah och bröder." Brödraskapet är det band som enar folk och som leder till kärlek och gemenskap.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>Det finns inget fel i att ha dåliga tankar om dem som själva visar tecken på ondska. En muslim ska vara vaksam och alert, och han ska inte låta sig luras av onda människor.
 Det Hadithen varnar för är de misstankar som får utrymme att frodas inom en. Vad gäller de grundlösa misstankarna som stundtals kan uppstå inom en, men som inte vidareutvecklas, så klandras ingen för dem.
 Det är förbjudet att göra det som leder till fejd och splittring i det muslimska samhället, som att spionera, hysa avundsjuka och liknande.
 Detta är ett råd till muslimer, att de ska behandla varandra som bröder och att ha uppriktighet mot varandra och att visa kärlek.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5332</t>
   </si>
   <si>
-    <t>سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ</t>
+    <t>سباب المسلم فسوق، وقتاله كفر</t>
   </si>
   <si>
     <t>Att förolämpa en muslim är ett tecken på syndfullhet (Fusuq), och att strida mot honom är otro (Kufr)</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ».</t>
   </si>
   <si>
     <t>'Abdullah ibn Mas'ud (må Allah vara nöjd med honom) berättar att profeten ﷺ sa: "Att förolämpa en muslim är ett tecken på syndfullhet (Fusuq), och att strida mot honom är otro (Kufr)."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم المُسلمَ أنْ يَشْتُمَ ويَسُبَّ أخاه المسلمَ، وأنَّ ذلك من الفسوق وهو الخروج عن طاعة الله ورسوله صلى الله عليه وسلم، وأنَّ مُقاتَلَةَ المسلمِ أخاه المسلمَ من الأعمال الكُفْرِيّة، لكنه كُفْرٌ أصغر.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjuder en muslim att förolämpa eller smäda sin broder i tron, och att detta är Fusuq – det vill säga att trotsa Allah och hans sändebud ﷺ. Han förklarar även att strida mot en muslim är en handling av Kufr. Dock syftar detta på den mindre Kufr (Kufr Asghar), vilket innebär att det är en allvarlig synd men inte nödvändigtvis en handling som gör en person till en icke-muslim.</t>
   </si>
   <si>
     <t>وجوب احترام عِرْضِ المسلم ودمِهِ.
 عِظَم مآل سابِّ المسلم بغير حق؛ فالسابُّ بغير حق فاسق.
 سباب المسلم وقتاله يُضْعِفُ الإيمان وينقصه.
 بعض الأعمال تُسمى كُفْرًا؛ وإنْ لم تَصِل إلى الكفر الأكبر المخرج عن مِلَّة الإسلام.
 المراد بالكفر هنا الكفر الأصغر الذي لا يُخْرِج مِن المِلّة باتفاق أهل السنة؛ لأن الله عز وجل أثبت أُخُوَّةَ الإيمان للمؤمنين حال اقتتالِهم ونزاعِهم، فقال تعالى: (وَإِنْ طَائِفَتَانِ مِنَ الْمُؤْمِنِينَ اقْتَتَلُوا فَأَصْلِحُوا بَيْنَهُمَا) إلى قوله: ( إِنَّمَا الْمُؤْمِنُونَ إِخْوَةٌ).</t>
   </si>
   <si>
     <t>Det är obligatoriskt att respektera en muslims heder och liv.
 Den som förolämpar en muslim utan rättfärdig anledning betraktas som en syndare (Fasiq).
 Att förolämpa och att strida mot en annan muslim försvagar ens tro och minskar den.
 Vissa handlingar kallas otro, även om de inte innebär den större otron (Kufr Akbar) som leder till att en person blir icke-muslim.
 Beviset på att strid mellan muslimer inte alltid är den större formen av otro är att Allah fortfarande beskriver dem som troende, i versen: "Om två grupper av de troende strider mot varandra, försök då att stifta fred mellan dem", tills han säger i samma vers: "De troende är bröder."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5333</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Det finns ingen som Allah sätter i en auktoritetsposition, som sedan dör den dagen han dör medan han lurar de som står under hans auktoritet, förutom att Allah kommer att förbjuda paradiset för honom</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Ma'qil bin Yasar al-Muzani (må Allah vara nöjd med honom) berättade att han hörde att profeten ﷺ sa: "Det finns ingen som Allah sätter i en auktoritetsposition, som sedan dör den dagen han dör medan han lurar de som står under hans auktoritet, förutom att Allah kommer att förbjuda paradiset för honom."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att varje person som Allah har gett auktoritet och ansvar över andra, vare sig det är en offentlig roll likt ledare, eller en privat roll som en man i sitt hus eller en kvinna i sitt hus, och som sedan försummar eller bedrar detta ansvarsområde varpå de världsliga och religiösa rättigheterna åsidosätts, kommer att förtjäna ett strängt straff.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Denna varning är inte specifik för ledare och deras ministrar, snarare är den generell och kan appliceras på alla som Allah har gett ett ansvar.
 Varje person, som fått ett ansvar över muslimernas angelägenheter, måste vara uppriktig mot dem och sträva efter att leva upp till sin roll. Han måste även undvika all form av förräderi.
 Detta visar oss vilket allvar som finns i att ha en generell eller specifik auktoritetsposition, oavsett om det är i en större eller mindre utsträckning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5335</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ سِتٌّ» قِيلَ: مَا هُنَّ يَا رَسُولَ اللهِ؟، قَالَ: «إِذَا لَقِيتَهُ فَسَلِّمْ عَلَيْهِ، وَإِذَا دَعَاكَ فَأَجِبْهُ، وَإِذَا اسْتَنْصَحَكَ فَانْصَحْ لَهُ، وَإِذَا عَطَسَ فَحَمِدَ اللهَ فَسَمِّتْهُ، وَإِذَا مَرِضَ فَعُدْهُ وَإِذَا مَاتَ فَاتَّبِعْهُ</t>
+    <t>حق المسلم على المسلم ست قيل: ما هن يا رسول الله؟، قال: إذا لقيته فسلم عليه، وإذا دعاك فأجبه، وإذا استنصحك فانصح له، وإذا عطس فحمد الله فسمته، وإذا مرض فعده وإذا مات فاتبعه</t>
   </si>
   <si>
     <t>”En muslim har sex rättigheter över sin muslimska broder." Varpå han ﷺ frågades: "Allahs sändebud, vilka är dessa?" Han ﷺ svarade: "När du möter honom, ska du hälsa på honom. När han ger dig en inbjudan, ska du besvara den. När han ber dig om råd, ska du ge honom råd. När han nyser och säger ’Alhamdulillah’, ska du säga: ’Må Allah förbarma sig över dig’. När han blir sjuk, ska du besöka honom. Och när han dör, ska du närvara vid hans begravning.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ سِتٌّ» قِيلَ: مَا هُنَّ يَا رَسُولَ اللهِ؟، قَالَ: «إِذَا لَقِيتَهُ فَسَلِّمْ عَلَيْهِ، وَإِذَا دَعَاكَ فَأَجِبْهُ، وَإِذَا اسْتَنْصَحَكَ فَانْصَحْ لَهُ، وَإِذَا عَطَسَ فَحَمِدَ اللهَ فَسَمِّتْهُ، وَإِذَا مَرِضَ فَعُدْهُ وَإِذَا مَاتَ فَاتَّبِعْهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”En muslim har sex rättigheter över sin muslimska broder." Varpå han ﷺ frågades: "Allahs sändebud, vilka är dessa?" Han ﷺ svarade: "När du möter honom, ska du hälsa på honom. När han ger dig en inbjudan, ska du besvara den. När han ber dig om råd, ska du ge honom råd. När han nyser och säger ’Alhamdulillah’, ska du säga: ’Må Allah förbarma sig över dig’. När han blir sjuk, ska du besöka honom. Och när han dör, ska du närvara vid hans begravning.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن حق المسلم على أخيه المسلم سِتُّ خِصَال:
 الأولى: يسلم عليه إذا لقِيه بقول: السلام عليكم، وهو يردُّ السلام بقوله: وعليكم السلام. 
 الثانية: إجابة دعوته إذا دعاه لِوَلِيْمَة وغيرِها. 
 الثالثة: النصيحة له إذا طلبها، ولا تُدَاهِنه أو تَغُشّه. 
 الرابعة: إذا عطس فقال: الحمد لله، فشَمِّتْه بقول: يرحمك الله، وهو يردُّ قائلًا: يَهديكم الله ويُصلح بالكم. 
 الخامسة: يعوده ويزوره إذا مرض. 
 السادسة: يُصلِّي عليه إذا مات، ويتبع جنازته حتى تُدْفَن.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att varje muslim har sex rättigheter gentemot sin muslimska broder: 1. Att hälsa på honom med ”Al-Salamu 'alaykum” när man möter honom, och han svarar med ”Wa 'alaykum al-Salam”. 2. Att acceptera hans inbjudan till bröllopsfest eller annan tillställning. 3. Att ge honom uppriktig och ärlig rådgivning om han ber om det, utan att smickra eller vara oärlig. 4. Att säga ”Må Allah förbarma sig över dig” (Yarhamukallah) när han nyser och säger ”Alhamdulillah”. Den nysande svarar då med ”må Allah vägleda er och korrigera ert tillstånd” (Yahdikumullahu wa yuslihu balakum). 5. Att besöka honom när han är sjuk. 6. Att be över honom och följa hans begravning när han dör.</t>
   </si>
   <si>
     <t>قال الشوكاني: والمراد بقوله: (حق المسلم) أنه لا ينبغي تركه ويكون فعله إما واجبًا أو مندوبًا ندبًا مؤكَّدًا شبيهًا بالواجب الذي لا ينبغي تركه.
 ردُّ السلام فَرْض عيْن إذا كان المسلَّم عليه فردًا، ويكفي عن الجماعة أحدُهم، أما ابتداء السلام فالأصل فيه أنه سنة.
 زيارة المريض من حقوقه على إخوانه المسلمين؛ لأنها تُدْخِل المَسَرَّة والأُنس على قلبه، وهي فرض كفاية.
 وجوب إجابة الدعوة ما لم يكن فيها إثم؛ ،فإن كانت إلى وَلِيْمةِ عُرْسٍ فالجمهور على وجوب إجابتها إلا لعذر شرعي، أما إن كانت لغير وليمة العرس فالجمهور على أنها مستحبة.
 تشميت العاطس واجب على من سَمِعَ حَمْدَ العاطِس لله.
 كمال الشريعة وحرصها  في توثيق عرى المجتمع والإيمان وأواصِر المحبة بين أفراده.
 (فَسَمِّتْهُ) وفي بعض النسخ: "فشمّته"، بالسين المهملة والشين المعجمة: الدعاء بالخير والبركة، التشميت قيل معناه: أبعدك الله عن الشَّمَاتة، وجَنّبك ما يَشْمِت به عدوُّك، والتسميت معناه: هداك الله إلى السَّمْتِ المستقيم.</t>
   </si>
   <si>
     <t>Al-Shawkani sa: Med ”muslimens rättigheter” menas att dessa handlingar antingen är obligatoriska eller så pass starkt rekommenderade att de inte bör försummas.
 Att svara på fredshälsningen är en individuell plikt när man är ensam, och för en grupp räcker det att en person svarar. Att inleda hälsningen är Sunnah.
 Att besöka sjuka är en kollektiv plikt och en stark rekommendation, då det sprider glädje och gemenskap.
 Att svara på en inbjudan är, enligt majoriteten av de lärda, obligatoriskt om det gäller bröllop, såvida den inbjudna inte har en giltig ursäkt att inte närvara. Om inbjudan gäller annat än bröllop är det däremot rekommenderat.
 Att säga ”Yarhamukallah” till den som nyser är obligatoriskt för den som hör honom säga ”Alhamdulillah”.
 Detta visar islams fullkomlighet och dess strävan att stärka samhällets sammanhållning, banden och kärlek mellan folket.
 "Fasammithu" och i vissa versioner: ”Fashammithu”, med bokstaven Sin eller med Shin: Det innebär att man ber om gott och välsignelse för personen. ”Tashmit” (att säga ”Yarhamukallah”) sägs betyda: Må Allah hålla dig borta från skadeglädje (Shamatah), och skydda dig från allt som en fiende kan glädjas åt drabbar dig. ”Tasmit” har förklarats som: Må Allah vägleda dig till rätt uppförande (al-Samt al-Mustaqim), det goda sättets väg.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5343</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Alla goda handlingar är en form av välgörenhet</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Jabir bin 'Abdillah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Alla goda handlingar är en form av välgörenhet."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att varje välgärning och sätt som man gynnar andra på genom ord eller handling räknas som välgörenhet och leder till belöning.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Välgörenhet begränsas alltså inte till det människan spenderar från sina pengar, snarare omfattar det allt gott hon gör eller säger till andra.
 Detta är en uppmaning till att göra gott och det som gynnar andra.
 Man ska inte se ner på någon god handling, även om det är något litet.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[Återberättad av al-Bukhari via Jabirs Hadith, och återberättad av Muslim via Hudhayfahs Hadith]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ</t>
+    <t>لا تبدؤوا اليهود ولا النصارى بالسلام، فإذا لقيتم أحدهم في طريق فاضطروه إلى أضيقه</t>
   </si>
   <si>
     <t>Inled in med att hälsa judar och kristna med fredshälsningen. Om ni möter någon av dem på vägen, träng honom då mot den smalaste delen av den</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Inled in med att hälsa judar och kristna med fredshälsningen. Om ni möter någon av dem på vägen, träng honom då mot den smalaste delen av den."</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن بَدْءِ اليهودِ والنصارى بالسلام ولو كانوا ذِمِّيِّيْن، فضلًا عن غيرهم من الكفار، وبَيَّن صلى الله عليه وسلم أننا إذا لقينا أحدَهم في طريق فنَضْطَرّه إلى أَضيَق الطريق، فالمؤمن هو الذي يَمشي في وسط الطريق، والذي يَتَنَحَّى هو الكافر، ولا يكون المسلم ذليلًا بحال من الأحوال.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd muslimer från att initiera fredshälsningen till judar och kristna, även om de lever under muslimskt beskydd (Dhimmi), än mindre till andra icke-muslimer. Detta är ett uttryck för att en muslim inte ska förnedra sig själv eller visa undergivenhet inför icke-muslimer. Dessutom förklarade profeten ﷺ med att om en muslim och en icke-muslim möts på en trång väg, bör muslimen ha företräde och icke-muslimen ge vika. Detta innebär dock inte att muslimer ska vara orättvisa eller trakassera andra, utan snarare att de ska bevara sin värdighet och inte ge efter i onödan.</t>
   </si>
   <si>
     <t>لا يجوز للمسلم أن يبتدئ أحدًا من اليهود والنصارى وغيرهم من الكفار بالسلام.
 يجوز رد السلام عليهم إنْ هم بَدؤوا بالسلام بأن يقول: وعليكم.
 لا يجوز للمسلم أنْ يَتَقَصَّدَ أَذيّة الكافر بأن يُضَيِّقَ عليه قصدًا من غير موجب؛ ليضطره إلى أضيق الطريق؛ لكن إن كان الطريق ضيقًا أو مزدحمًا فالمسلم أحق به، والكافر يَتَنَحّى عنه.
 إظهار عزة المسلمين وصَغَار غيرهم، دون ظلم أو بَذَاءة في القول.
 التضييق على الكفار بسبب ما هم عليه من كفر بالله تعالى، قد يكون ذلك سببًا في إسلامهم؛ فينجوا من النار، إذا حملهم ذلك على معرفة السبب.
 لا بأس أن يقول المسلم للكافر ابتداءً كيف حالُك، كيف أصبحتَ، كيف أمسيتَ؟ ونحو ذلك إذا دعت الحاجة إلى ذلك؛ لأن النهي محمول على السلام.
 قال الطيبي: المُختار أنَّ المُبتدع لا يُبدأ بالسلام، ولو سلَّم على مَن لا يعرفه فظهر ذِميًّا أو مبتدعًا يقول: استرجعت سلامي تحقيرًا له.</t>
   </si>
   <si>
     <t>Det är inte tillåtet att initiera fredshälsningen till judar och kristna, eller andra icke-muslimer.
 Om en icke-muslim ger fredshälsningen först, får muslimen svara med "Wa alaykum" (Till er med).
 Det är inte tillåtet att medvetet skada icke-muslimer genom att med avsikt tränga undan dem utan anledning. Om vägen är trång och det uppstår en naturlig konkurrens om utrymme, har muslimen däremot rätt att inte ge vika i onödan.
 Islam betonar muslimernas värdighet, men utan att uppmana till orättvisa eller ohövlighet.
 Att tränga icke-muslimer till de smalare vägarna baseras på deras vägran att tro på Allah. Detta kan vara en anledning till att de konverterar till islam, och därmed skyddas från elden, om denna handling leder till nyfikenhet till varför detta skett.
 Det är tillåtet att hälsa på en icke-muslim med ord som "Hur mår du?", "God morgon", "God kväll" eller liknande om det finns ett behov, då förbudet endast gäller fredshälsningen.
 Al-Tibi sa: "Man ska inte heller initiera fredshälsningen till en person som introducerar innovationer i religionen. Om han uttryckte fredshälsningen till en icke-muslimsk Dhimmi eller innovatör bör han säga 'Jag tar tillbaka min fredshälsning', för att visa sitt avståndstagande.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5347</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Underskatta inte någon god handling, även om det skulle vara att möta din broder med ett glatt ansikte</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Abu Dharr (må Allah vara nöjd med honom) berättade att profeten ﷺ sa till honom: "Underskatta inte någon god handling, även om det skulle vara att möta din broder med ett glatt ansikte."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanar oss att göra goda handlingar och att inte underskatta någon god handling, även om den är liten. Ett exempel på det är att möta andra leende med ett glatt ansikte. En muslim ska vara mån om denna handling då den bidrar till att glädja den muslimska brodern och får honom att känna sig välkommen.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Detta visar vilken dygd det finns i de troendes kärlek till varandra, och att de ska bemöta varandra glatt och leende.
 Denna religion är perfekt och omfattande. Den har kommit med allt som kan ena muslimerna och korrigera deras tillstånd.
 Uppmaningen till att göra goda handlingar även om det skulle vara något enkelt.
 Det är uppmanat att sprida glädje bland muslimer då det leder till en stark sammanhållning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>Den starka personen är inte den som kan övermanna andra, snarare är den starka personen den som har självkontroll vid ilska</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den starka personen är inte den som kan övermanna andra, snarare är den starka personen den som har självkontroll vid ilska."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att sann styrka inte är fysisk, som att kunna övermanna andra starka människor. Den starka personen är snarare den som kontrollerar sig själv när han blir som argast. Detta tyder på hans otroliga självdisciplin och förmåga att besegra Shaytan.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Detta visar vilken dygd det finns i att visa överseende och att ha självkontroll vid ilska. Detta är en av de goda handlingarna som islam uppmanar till.
 Att ha självkontroll vid ilska är svårare än att kämpa mot fienden.
 Islam har förändrat den förlegade synen på styrka och omvandlat den till en prisvärd egenskap. Den starkaste personen är den som har stark självkontroll.
 En person ska distansera sig från ilska eftersom ilska leder till att samhällen och individer tar skada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Den som efterliknar ett folk tillhör dem</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med dem) berättade att Allahs sändebud ﷺ sa: "Den som efterliknar ett folk tillhör dem."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som efterliknar ett folk som är otrogna, stora syndare eller rättfärdiga genom att göra det som är unikt för dem i deras troslära, dyrkan eller seder tillhör dem. Anledningen till detta är att efterlikna dem till det yttre leder till att han sedan efterliknar dem i det inre. Det råder ingen tvekan om att orsaken till efterliknandet är beundran, vilket kan leda till att personen älskar, högaktar och vänder sig till dem. Personen kan slutligen börja efterlikna dem inombords och i deras dyrkan, och skydd sökes hos Allah.</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Detta är en varning för att efterlikna otrogna och stora syndare.
 De rättfärdiga ska däremot efterliknas och efterföljas.
 Yttre efterliknelse leder till inre kärlek.
 Personen kommer att synda och straffas i enlighet med vilken utsträckning och vilken typ efterliknelsen är.
 Det är förbjudet att efterlikna de otrogna i deras religiösa utövande och specifika seder. Det som inte är specifikt för dem, likt yrken och liknande, faller däremot inte in i förbudet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Den som hänvisar till en god handling får samma belöning som personen som utför den</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Abu Mas'ud al-Ansari (må Allah vara nöjd med honom) sa: "En man kom till profeten ﷺ och sa: 'Mitt riddjur har dött, så ge mهل ett riddjur.' Han svarade: 'Jag har inget.' Då sa en man: 'Allahs sändebud! Jag kan hänvisa honom till någon som kan ge honom ett riddjur.' Då sa Allahs sändebud ﷺ: ' Den som hänvisar till en god handling får samma belöning som personen som utför den.'"</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>En man kom till profeten ﷺ och sa: "Mitt riddjur har dött så ge mig ett riddjur som kan bära mig". Profeten ﷺ ursäktade sig med att han inte hade något riddjur att ge honom. En man som var närvarande sa: "Allahs sändebud! Jag kan hänvisa honom till någon som kan ge honom ett riddjur." Varpå Allahs sändebud ﷺ berättade att han kommer att få samma belöning som personen som ger riddjuret i välgörenhet, eftersom det var han som hänvisade den behövande mannen dit.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Detta är en uppmaning till att hänvisa andra till gott.
 Uppmaningen till att göra gott är en av anledningarna till att solidaritet sprids inom det muslimska samhället.
 Allahs enorma nåd.
 Detta är en generell princip som omfattar alla goda handlingar.
 Om man inte kan möta en frågande persons behov så kan man hänvisa honom till någon annan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5354</t>
   </si>
   <si>
-    <t>سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ</t>
+    <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
     <t>Jag frågade profeten ﷺ: 'Vilken synd är störst i Allahs ögon?' Han sa: 'Att du sätter en like jämte Allah, när det är han som har skapat dig</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) sa: "Jag frågade profeten ﷺ: 'Vilken synd är störst i Allahs ögon?' Han sa: 'Att du sätter en like jämte Allah, när det är han som har skapat dig.' Jag sa: 'Detta är säkerligen en grov synd.' Jag sa: 'Vilken kommer efter?' Han sa: 'Att du dödar din son, i fruktan av att han ska dela din mat.' Jag sa: 'Vilken kommer efter?' Han sa: 'Att du begår otukt med din grannes fru.'"</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
     <t>Profeten ﷺ frågades vilka de största synderna var, varpå han sa: Den största är den större formen av avguderi, vilket är att tillskriva Allah en like och partner i hans gudomlighet, herravälde, eller namn och egenskaper. Allah förlåter inte denna synd förutom genom uppriktig ånger, och den som dör då han utför en större form av avguderi kommer att vara i elden för evigt. Därefter är den värsta synden att döda sitt eget barn i fruktan av att han ska äta med en. Mord är förbjudet, men det är ännu värre om den mördade är en släkting till mördaren, och det blir ännu värre om mördarens uppsåt är att den mördade inte ska dela Allahs försörjning med honom. Därefter kommer en person som begår otukt med grannens fru. Han försöker uppvakta henne tills hon dras till att begå otukt med honom. Otukt (sex utanför äktenskapet) är alltid förbjudet, men det är ännu värre om det görs med grannens fru, eftersom islam förespråkar godhet till grannen och ett god grannsämja.</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>Synder är allvarliga på olika sätt, på samma sätt som goda handlingar skiljer sig i förträfflighet.
 De värsta synderna är att dyrka andra än Allah, sedan att mörda sitt barn så att han inte delar ens mat, därefter att begå otukt med grannens fru.
 Försörjning kommer från Allah, och han har tagit på sig att försörja skapelsen.
 Grannens stora rättighet, och att det är värre att skada honom än andra.
 Det är enbart skaparen som förtjänar att dyrkas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5359</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>Förbanna inte de döda, de har redan mött följderna av sina handlingar</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättade att profeten ﷺ sa: "Förbanna inte de döda, de har redan mött följderna av sina handlingar."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om förbudet att förbanna eller skymfa de döda då detta inte är gott uppförande. De har redan mött följderna av sina handlingar, goda såväl som dåliga. Förbannelsen når dem inte heller då den enbart kan skada de levande.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Detta visar förbudet i att förbanna de döda.
 Att avstå från att förbanna de döda gynnar de levande och skyddar samhället från hat och elakheter.
 Anledningen till att de inte får förbannas är att de redan mött följderna av sina handlingar, så det finns ingen vits med det. Detta skadar enbart den bortgångnas levande anhöriga.
 Människan ska inte säga ord som det inte finns någon nytta i.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>Det är inte tillåtet för muslimen att bojkotta sin muslimske broder längre än tre nätter. När de träffas vänder båda sina ryggar mot varandra. Den bästa av dem är den som börjar med hälsningsfrasen [till den andre]</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>Abu Ayyub al-Ansari (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Det är inte tillåtet för muslimen att bojkotta sin muslimske broder längre än tre nätter. När de träffas vänder båda sina ryggar mot varandra. Den bästa av dem är den som börjar med hälsningsfrasen [till den andre]."</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd att en muslim bojkottar sin muslimska broder mer än tre nätter. När de båda möts varken hälsar eller pratar de med varandra.
 Den bästa, av dessa två som befinner sig i dispyt, är den som försöker avbryta bojkotten genom att hälsa på den andra med hälsningsfrasen. Bojkotten, som avses i detta sammanhang, är den som en person inleder av personliga skäl. Vad beträffar bojkott för Allahs skull så är den inte tidsbegränsad, som att bojkotta dem som begår större synder och innovationer eller har ett dåligt inflytande på en. Denna form av bojkott fortsätter baserat på dess nytta, och upphör när den inte längre är till någon nytta.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Det är tillåtet att bojkotta någon upp till tre dagar. Det är tillåtet med beaktning av mänskliga behov och natur, därav får bojkott ske under tre dagar för att eventuella behov möts och upphör.
 Hälsningsfrasens dygd då den avlägsnar illvilja från själen och är ett tecken på kärlek.
 Islam värnar om brödraskap och samhörighet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>Den som bryter släktbanden kommer inte att träda in i paradiset</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>Jubayr bin Mut'im (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ säga: "Den som bryter släktbanden kommer inte att träda in i paradiset."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som bryter släktband och förvägrar släktingar deras rättigheter eller skadar dem inte förtjänar att träda in i paradiset.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Att bryta släktbanden är en stor synd.
 Att upprätthålla släktbanden sker utifrån sed och tradition. Därför kan seden skilja sig på olika platser, under olika tider och hos olika personer.
 Släktbanden bevaras genom att besöka varandra, ge i välgörenhet, visa vänlighet, besöka de sjuka, uppmana till det goda, förbjuda det onda med mera.
 Att bryta släktbanden är allvarligare ju närmre släktingen är.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>En en person som skvallrar träder inte in i paradiset</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Hudhayfah (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ säga: "En en person som skvallrar träder inte in i paradiset."</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som skvallrar och sprider lösa rykten för att splittra mellan människor förtjänar att straffas med att den inte får träda in i paradiset.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Att sprida skvaller räknas som en av de större synderna.
 Det är förbjudet att skvallra då det leder till oenighet samt att både individer och samhällen tar skada.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5368</t>
   </si>
   <si>
-    <t>لاَ يَنْظُرُ اللَّهُ إِلَى مَنْ جَرَّ ثَوْبَهُ خُيَلاَءَ</t>
+    <t>لا ينظر الله إلى من جر ثوبه خيلاء</t>
   </si>
   <si>
     <t>Allah kommer inte att titta på den som högmodigt släpar sitt plagg</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يَنْظُرُ اللَّهُ إِلَى مَنْ جَرَّ ثَوْبَهُ خُيَلاَءَ».</t>
   </si>
   <si>
     <t>Ibn ‘Umar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah kommer inte att titta på den som högmodigt släpar sitt plagg."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إِرْخَاءِ الثوب أو الإزَارِ أَسفل الكعبين عُجبًا وكبرًا، وأنّ مَن فعل ذلك كان مُستحِقًّا للوعيد الشديد بأن لا ينظر الله إليه يوم القيامة نَظَرَ رَحمة.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade för att låta sina plagg, oavsett om det är ett tyg, byxor, eller annan beklädnad, hänga nedanför anklarna på grund av arrogans och högmod. Den som gör detta har gjort sig förtjänt av den allvarliga varningen att Allah inte kommer att se på honom med barmhärtighet på domedagen.</t>
   </si>
   <si>
     <t>الثوب يَشمل كلَّ ما يَستُر أسفل البدن من سروال وثوب وإزار وغيرها.
 النهي عن الإسبال خاصٌّ بالرجال، قال النووي: وأجمع العلماء على جواز الإسبال للنساء، وقد صح عن النبي صلى الله عليه وسلم الإذنُ لهنَّ في إرخاء ذُيُولِهنّ ذراعًا.
 قال ابن باز: الإسبال ممنوع ومحرم لعموم الأحاديث، وأما العقوبة فهي متفاوتة ولا يلزم أن تكون مُتساوية، فإنه ليس مَن قَصَدَ الخيلاء كمن لم يَقصد.
 قال ابن باز: المرأة عورة فلا مانع من إرخائها شِبْرًا، فإن لم يَكفِها أَرْخَتْ ذِراعًا ابتداءً من الكَعْب.
 قال القاضي: قال العلماء: وبالجملة يكره كل ما زاد على الحاجة والمعتاد في اللباس من الطول والسعة، والله أعلم.
 قال النووي: القَدْر المستحب فيما يَنزل إليه طرف القميص والإزار فنصف الساقين، ولا جناح عليه فيما بينه وبين الكعبين، وما أسفل من ذلك فهو في النار، فالمستحب نصف الساقين، والجائز بلا كراهة ما تحته إلى الكعبين، فما نزل عن الكعبين فهو ممنوع.
 قال ابن عثيمين على قوله: (لا ينظر الله إليه) أي نَظَرَ رَحمةٍ ورَأْفَة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء، لكن المراد نظر الرحمة والرأفة.</t>
   </si>
   <si>
     <t>Ordet Thawb avser alla typer av plagg som täcker den nedre delen av kroppen, såsom byxor, höftskynke osv.
 Förbudet mot att låta kläderna släpa i högmod gäller män. Imam al-Nawawi sa att alla lärda däremot är eniga om att det är tillåtet för kvinnor att ha långa plagg som når under anklarna. Profeten ﷺ gav kvinnor tillåtelse att släppa ned sina plagg en armslängd från ankeln.
 Shaykh Ibn Baz förklarade att detta förbud är generellt, men att straffets nivå varierar beroende på om det görs med högmod eller inte – den som gör det av högmod är inte som den som gör det av andra orsaker.
 Ibn Baz tillade att kvinnans kropp är 'Awrah, som ska täckas, så det är inget fel i att hon låter sitt plagg vara en handslängd under ankeln. Om det inte täcker henne tillräckligt, låter hon det vara en armslängd under ankeln.
 Enligt al-Qadi anser de lärda att det är överflödigt och ogillat att ha kläder som är längre eller bredare än vad som behövs.
 Al-Nawawi menar att det är bäst att nederdelen på plagget slutar vid mitten av vaden. Det är tillåtet att ha den mellan mitten av vaden och ankeln utan att det räknas som ogillat, men om plagget hänger nedanför ankeln är det förbjudet.
 Ibn 'Uthaymin förklarade att meningen med ”Allah kommer inte att se på honom” innebär att Allah inte kommer att se på honom med nåd och barmhärtighet, inte att Allah bokstavligen inte skulle se honom, eftersom inget undgår Allahs vetskap och syn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5370</t>
   </si>
   <si>
-    <t>مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ</t>
+    <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>Det finns ingenting som väger så tungt i den troendes vågskål på domedagen som god karaktär. Och Allah hatar säkerligen den vulgära och ohyfsade personen</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Abud-Darda' (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Det finns ingenting som väger så tungt i den troendes vågskål på domedagen som god karaktär. Och Allah hatar säkerligen den vulgära och ohyfsade personen."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att det som väger tyngst på den troendes vågskål på domedagen från diverse handlingar och yttranden är god karaktär, vilket omfattar att ha ett muntert ansikte, att avstå från att skada andra och att göra gott för andra. Allah hatar den som beter sig illa i sina handlingar och i sina yttranden och den som är vulgär i sitt tal.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Den goda karaktärens förträfflighet, då den leder till Allahs kärlek och hans tjänares kärlek, och det kommer att vara från det som väger tyngst på vågskålen på domedagen.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud och at-Tirmidhi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5371</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Den som vill ha ett utökat uppehälle och leva längre, ska bevara sina släktband</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som vill ha ett utökat uppehälle och leva längre, ska bevara sina släktband."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanar till bevarandet av släktband vilket kan göras genom besök, stödja dem fysiskt och ekonomiskt med mera. Detta är en anledning till utökat uppehälle och ett längre liv.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Släktbandet innefattar släktingar från pappans och mammans sida. Ju närmre släktingen är desto viktigare är det att upprätthålla släktbandet.
 Belöningen är av samma sort som handlingen. Om en person upprätthåller släktbandet genom vänlighet och godhet så kommer Allah att upprätta dennes livslängd och försörjning.
 Att bevara släktbanden är en orsak till utökat uppehälle och längre livslängd. Fastän livslängden och försörjningen egentligen redan är bestämd så kan den välsignas, därför kan personen nyttja sitt liv mer än annars. Det sägs även att utökat uppehälle och försörjning är en verklig ökning, och Allah vet bäst.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Den som orsakar skada kommer att skadas av Allah, och den som orsakar svårigheter kommer att utsättas av svårigheter från Allah</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Abu Sirmah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som orsakar skada kommer att skadas av Allah, och den som orsakar svårigheter kommer att utsättas av svårigheter från Allah."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnar för att åsamka en muslim skada eller att försvåra för honom på något sätt vare sig det försvårar för honom, hans egendom eller hans familj. Den som gör det att straffas av Allah genom att utsättas för samma sak.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Det är förbjudet att skada en muslim eller att utsätta honom för svårigheter.
 Allah hämnas för sina tjänares skull.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5375</t>
   </si>
   <si>
-    <t>إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟</t>
+    <t>إن النبي صلى الله عليه وسلم خرج علينا، فقلنا: يا رسول الله، قد علمنا كيف نسلم عليك، فكيف نصلي عليك؟</t>
   </si>
   <si>
     <t>Profeten ﷺ kom ut till oss och då sa vi: 'Allahs sändebud! Vi har lärt oss hur vi ska sända fred över dig, men hur ska vi be om att du ska hyllas?</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى قَالَ: لَقِيَنِي كَعْبُ بْنُ عُجْرَةَ، فَقَالَ: أَلاَ أُهْدِي لَكَ هَدِيَّةً؟ إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟ قَالَ: «فَقُولُوا: اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا صَلَّيْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ، اللَّهُمَّ بَارِكْ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا بَارَكْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ».</t>
   </si>
   <si>
     <t>'Abdur-Rahman bin Abi Layla berättade att Ka'b bin 'Ujrah träffade honom och sa: "Ska jag ge dig en gåva? Profeten ﷺ kom ut till oss och då sa vi: 'Allahs sändebud! Vi har lärt oss hur vi ska sända fred över dig, men hur ska vi be om att du ska hyllas?' Han sa: 'Säg: 'Allahumma salli 'ala Muhammadin wa 'ala ali Muhammad, kama sallayta 'ala ali Ibrahim, innaka Hamidum-Majid. Allahumma barik 'ala Muhammadin wa 'ala ali Muhammad kama barakta 'ala ali Ibrahim, innaka Hamidum-Majid' (Allah! Upphöj och ära Muhammed och Muhammeds familj, så som du upphöjde och ärade Abrahams familj, sannerligen är du Lovprisad, Glorifierad. Allah! Välsigna Muhammed och Muhammeds familj, så som du välsignade Abrahams familj, sannerligen är du Lovprisad, Glorifierad).'"</t>
   </si>
   <si>
     <t>سَألَ الصحابةُ النبيَّ صلى الله عليه وسلم عن كيفيةِ الصلاةِ عليه؟ بعد مَعرفتِهِم كيفيةَ السلامِ عليه في التحيات: "السلام عليك أيها النبي ورحمة الله وبركاته..."؟ 
 فأخبرَهم النبيُّ صلى الله عليه وسلم بكيفيةِ الصلاةِ عليه، ومعناها: 
 "اللهم صلِّ على محمدٍ وعلى آل محمد" 
 أي: أثن عليه بالذكر الجميل في الملأ الأعلى، وعلى أتباعه في دينه، والمؤمنون من قرابته. 
 "كما صلَّيتَ على آل إبراهيم" 
 فكما تفضلت على آل إبراهيم عليه السلام وهم إبراهيم وإسماعيل وإسحاق وذريتهم وأتباعهم المؤمنين، فأَلْحِقْ فضلك بمحمدٍ صلى الله عليه وسلم. 
 "إنك حميد مجيد" 
 أي: المحمود في ذاتك وصفاتك وأفعالك، الواسع في عظمتك وسلطانك وعطائك. 
 "اللهم بارك على محمدٍ وعلى آل محمد كما باركتَ على آل إبراهيم" 
 أي أعطِهِ من الخير والكرامة أعظمَها وزِدْها وثَبِّتْها.</t>
   </si>
   <si>
     <t>Följeslagarna frågade profeten ﷺ hur de skulle be om hyllning för honom, då de visste hur de skulle be om fred för honom genom att säga at-Tahiyyat: "As-salamu 'alayka ayyuhan-nabiyyu wa rahmatullahi wa barakatuh..." (Profeten! Fred vare över dig och Allahs barmhärtighet och hans välsignelser). Profeten ﷺ berättade för dem hur de skulle be om hyllning över honom, vilket är: "Allahumma salli 'ala Muhammadin wa 'ala ali Muhammad" (Allah! Upphöj och hylla Muhammed och Muhammeds familj). Det vill säga prisa honom med vackra lovord i det högsta sällskapet, och prisa även dem som följer honom, och de troende från hans släkt. "Kama sallayta 'ala ali Ibrahim" (så som du upphöjde och hyllade Abrahams familj). Så som du hedrade Abrahams familj, vilket inkluderar Abraham, Ismael, Isak och deras avkomma och troende följare, hedra även Muhammed ﷺ. "Innaka Hamidum-Majid" (sannerligen är du Lovprisad, Glorifierad). Det vill säga du är prisad för den du är, dina egenskaper, och handlingar, din storhet, auktoritet och ditt skänkande är oändligt. "Allahumma barik 'ala Muhammadin wa 'ala ali Muhammad, kama barakta 'ala ali Ibrahim" (Allah! Välsigna Muhammed och Muhammeds familj, så som du välsignade Abrahams familj). Det vill säga skänk honom ofantlig och berikad godhet och ära, som är bestående.</t>
   </si>
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>De muslimska föregångarna brukade skänka varandra kunskap i gåva.
 Det är obligatoriskt att hylla profeten ﷺ i den sista Tashahhud av bönen.
 Profeten ﷺ lärde sina följeslagare hur de skulle sända frid och hyllning över honom.
 Denna formulering är den mest omfattande formuleringen för att sända hyllning över profeten ﷺ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5377</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ</t>
+    <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
   </si>
   <si>
     <t>Den som inte läser bokens inledning har ingen bön</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
     <t>'Ubadah bin as-Samit (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som inte läser bokens inledning har ingen bön."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att bönen inte är korrekt om al-Fatihah inte läses, eftersom den är en av bönens pelare och måste läsas vid varje Rak'ah.</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Det är inte tillräckligt att läsa något annat än al-Fatihah om man är kapabel att läsa al-Fatihah.
 Den Rak'ah som al-Fatihah inte läses i är ogiltig, oavsett om personen gjorde det oavsiktligt, ovetande eller av glömska, eftersom den är en pelare, och pelare kan aldrig utelämnas.
 Om en bedjande person ber bakom en imam och imamen befinner sig i Ruku' behöver den bedjande inte läsa al-Fatihah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5378</t>
   </si>
   <si>
-    <t>لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ</t>
+    <t>ليس منا من لطم الخدود، وشق الجيوب، ودعا بدعوى الجاهلية</t>
   </si>
   <si>
     <t>Den som slår sina kinder, river sina kläder och ropar med rop som hör till den för-islamiska tiden är inte en av oss</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ».</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som slår sina kinder, river sina kläder och ropar med rop som hör till den för-islamiska tiden är inte en av oss."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ عن بعض أفعال أهل الجاهلية فقال: ليس منا: 
 الأول: مَن لَطَمَ الخُدُود، وخَصَّ الخَدّ لكونه الغالب في ذلك، وإلا فَضَرْبُ بقية الوجه داخل في النهي. 
 والثاني: شَقَّ ما يُفْتَح من الثوب ليدخل فيه الرأس من شدّة الجزع. 
 والثالث: دَعى بدعوى أهل الجاهلية كالدعاء بالويل والثُّبُور والنياحة والنُّدْبَة وغيرها.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd och varnade för vissa handlingar från Jahiliyyah (den för-islamiska tidsperioden) genom att säga den som utför dem "är inte en av oss". Dessa handlingar är:
 1. Att slå sina kinder – Att just kinderna nämns här beror på att det var den vanligaste formen av självskadebeteende vid sorg, men även att slå andra delar av ansiktet ingår i förbudet.
 2. Att riva sina kläder – Det vill säga att riva upp den del av kläderna där huvudet träs in, som ett uttryck för extrem sorg och förtvivlan.
 3. Att ropa med rop från den för-islamiska tidsperioden – Detta inkluderar att skrika i klagan, be om att få dö och gå under, förbanna ödet eller liknande yttringar av missnöje med Allahs förutbestämmelser.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أنَّ هذه الأعمال من كبائر الذنوب.
 وجوب الصبر على المصيبة، وتحريم التَّسَخُّط مِن أقدار الله المؤلمة، وإظهار ذلك: بالنياحة أو النَّدْب أو الحَلْق أو الشَّقّ أو غير ذلك.
 تحريم تَقلِيْد الجاهلية بأمورهم التي لم يُقِرّهم الشارع عليها.
 لا بأس من الحُزْن والبكاء، فهو لا ينافي الصبر على قضاء الله تعالى، وإنما هو رحمة جعلها الله في قلوب الأقارب والأحباب.
 على المسلم الرضا بقضاء الله، فإنْ لم يَرْضَ فالصبر واجب عليه.</t>
   </si>
   <si>
     <t>Hadithens skarpa varning visar att dessa handlingar hör till de stora synderna.
 Det är obligatoriskt att vara tålmodig vid prövningar och det är förbjudet att uttrycka missnöje med Allahs förutbestämmelser genom exempelvis klagan, självskada eller högljudd sorg.
 Att efterlikna seder och traditioner från den för-islamiska tidsperioden som islam inte har godkänt är förbjudet.
 Det är tillåtet att känna sorg och gråta, då det inte motsäger tålamod, utan är en naturlig känsloyttring och en barmhärtighet som Allah har placerat i människors hjärtan.
 En muslim bör vara nöjd med Allahs förutbestämmelse, och om han inte kan uppnå nöjdhet är det ändå obligatoriskt att vara tålmodig.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5380</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>En tjänare är närmast sin Herre när han har sitt ansikte på marken i Sujud. Se därför till att då åkalla mycket</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättar att Allahs sändebud ﷺ sa: "En tjänare är närmast sin Herre när han har sitt ansikte på marken i Sujud. Se därför till att då åkalla mycket."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att tjänaren är närmast sin Herre då han befinner sig med ansiktet på marken i Sujud. Anledningen är att tjänaren, under Sujud, placerat det mest ärade kroppsdelen på marken av vördnad, underkastelse och ödmjukhet till Allah.
 Han ﷺ beordrade därför att mycket åkallan ska sägas under Sujud. På så vis underkastar sig tjänaren till Allah både i tal och handling.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Dyrkan för en tjänare närmre till Allah.
 Det är uppmanat att säga mycket åkallan i Sujud, eftersom det är en av de tillfällen då åkallan besvaras.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً</t>
+    <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
   </si>
   <si>
     <t>Den som tvättar sig på fredagen på samma sätt som man tvättar sig efter Djanabah (sexuellt orent tillstånd) och sedan går ut (till bönen), är som den som offrat en kamel</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّانِيَةِ، فَكَأَنَّمَا قَرَّبَ بَقَرَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّالِثَةِ، فَكَأَنَّمَا قَرَّبَ كَبْشًا أَقْرَنَ، وَمَنْ رَاحَ فِي السَّاعَةِ الرَّابِعَةِ، فَكَأَنَّمَا قَرَّبَ دَجَاجَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الخَامِسَةِ، فَكَأَنَّمَا قَرَّبَ بَيْضَةً، فَإِذَا خَرَجَ الإِمَامُ حَضَرَتِ المَلاَئِكَةُ يَسْتَمِعُونَ الذِّكْرَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som tvättar sig på fredagen på samma sätt som man tvättar sig efter Djanabah (sexuellt orent tillstånd) och sedan går ut (till bönen), är som den som offrat en kamel. Den som går ut i den andra timmen, är som den som offrat en ko. Den som går ut i den tredje timmen, är som den som offrat en bagge med horn. Den som går ut i den fjärde timmen, är som den som offrade en höna. Den som går ut i den femte timmen, är som den som offrat ett ägg. När imamen träder in i moskén, kommer änglarna för att lyssna på predikan."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فَضْل التَّبْكِيْر في الذهاب إلى صلاة الجمعة، 
 ويبدأ التبكير من طلوع الشمس إلى مجيء الإمام؛ وهو خمس ساعات، وتقسم على حسب الوقت بين طلوع الشمس إلى دخول الإمام وصعوده المنبر للخطبة خمسة أجزاء:
 الأول: من اغتسل غسلًا كاملًا كغسل الجنابة،  ثم ذهب لمسجد الجمعة في الساعة الأولى فكأنما تصدَّق بِجَمَل.
 الثاني: من ذهب في الساعة الثانية فكأنما تصدَّق ببقرة.
 الثالث: من ذهب في الساعة الثالثة فكأنما تصدق بكبش -وهو ذكر الضأن-  له قرون. 
 الرابع: من ذهب في الساعة الرابعة فكأنما تصدق بدجاجة.
 الخامس: من ذهب في الساعة الخامسة فكأنما تصدق ببيضة.
 فإذا خرج الإمام للخطبة؛ توقَّفت الملائكة الجالسون على الأبواب لكتابة الداخلين للمسجد الأول فالأول عن الكتابة، وجاؤوا يستمعون الذكر والخطبة.</t>
   </si>
   <si>
     <t>Profeten ﷺ talar om fördelen med att komma tidigt till fredagsbönen. Att komma dit tidigt börjar vid soluppgången och fortsätter tills imamen anländer. Detta motsvarar fem timmar, som delas in i fem delar beroende på tiden mellan soluppgången och det att imamen går upp på predikstolen för att hålla predikan:
 Det första: Den som tvättar sig fullständigt, likt man gör vid stor rening efter Janabah, och sedan går till moskén för att be fredagsbönen under den första timmen, är som om han har gett en kamel i välgörenhet.
 Det andra: Den som går under den andra timmen, är som om han har gett en ko i välgörenhet.
 Det tredje: Den som går under den tredje timmen, är som om han har gett en bagge med horn i välgörenhet.
 Det fjärde: Den som går under den fjärde timmen, är som om han har gett en höna i välgörenhet.
 Det femte: Den som går under den femte timmen, är som om han har gett ett ägg i välgörenhet.
 När imamen går upp för att hålla predikan, slutar änglarna som sitter vid dörrarna att skriva ner namnen på dem som kommer in i moskén i turordning, och de kommer istället för att lyssna på påminnelsen och predikan.</t>
   </si>
   <si>
     <t>الحث على الاغتسال يوم الجمعة، ويكون قبل الذهاب إلى الصلاة.
 فضيلة التبكير إلى صلاة الجمعة من أول ساعات النهار.
 الحث على المبادرة إلى الأعمال الصالحة.
 حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
 الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
 قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
   </si>
   <si>
     <t>Det är uppmanat att tvätta sig inför fredagsbönen, vilket bör göras innan man beger sig till bönen.
 Fördelen med att anlända tidigt till fredagsbönen, redan från dagens första timmar.
 Uppmaning att skynda sig till att utföra goda handlingar.
 Änglarna närvarar vid fredagsbönen och de lyssnar till predikan.
 Änglarna är stationerade vid moskéernas dörrar och skriver ner namnen på dem som anländer till fredagsbönen i turordning.
 Ibn Rajab sa: "Profetens ord: 'Den som tvättar sig på fredagen och sedan går ut,' visar att den rekommenderade tvagningen för fredagen börjar vid gryningen och fortsätter tills man beger sig till fredagsbönen."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5393</t>
   </si>
   <si>
-    <t>‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ</t>
+    <t>من جاء منكم الجمعة فليغتسل</t>
   </si>
   <si>
     <t>Den av er som närvarar under fredagsbönen ska tvätta sig innan</t>
   </si>
   <si>
     <t>عن عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ».</t>
   </si>
   <si>
     <t>'Abdullah ibn 'Umar (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Den av er som närvarar under fredagsbönen ska tvätta sig innan."</t>
   </si>
   <si>
     <t>يُؤَكِّدُ النبيُّ صلى الله عليه وسلم على مَن أراد أنْ يأتي لصلاة الجمعة فإنه يستحب له أن يغتسل، مثل غُسلِه للجنابة.</t>
   </si>
   <si>
     <t>Profeten ﷺ betonade vikten av att den som vill delta i fredagsbönen bör tvätta sig, vilket är en rekommenderad handling. Tvätten utförs på samma sätt som den rituella tvagningen efter sexuell orenhet.</t>
   </si>
   <si>
     <t>تأكيد غُسْل الجمعة، وأنه سنة للمؤمن يوم الجمعة وأنْ يكون عند الذهاب للصلاة أفضل.
 الحرص على النظافة وطيب الرائحة من أخلاق المسلم وآدابه، ويتأكد الأمر عند مُلاقاة الناس ومجالستهم، لا سيما في الجمع والجماعات.
 الخطاب في الحديث لِمَن تَجب عليه الجمعة؛ لأنه هو الذي يأتيها.
 يستحب لمن يأتي الجمعة أن يكون نظيفًا، فيغتسل حتى تزول الروائح من جسده ويتطيب، وإن توضأ فقط أجزأه ذلك.</t>
   </si>
   <si>
     <t>Vikten av att tvätta sig inför fredagsbönen och att det är rekommenderat för den som närvarar. Det är bäst att tvätten sker kort innan personen beger sig till bönen.
 Islam uppmuntrar till renlighet och att ha en god doft, särskilt vid sammankomster såsom fredagsbönen.
 Hadithens budskap riktar sig till dem som är skyldiga att delta i fredagsbönen.
 Den som går till fredagsbönen bör vara ren, tvätta sig, göra sig ren från odörer och använda parfym om möjligt. Om han endast tvagar sig är det tillräckligt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5394</t>
   </si>
   <si>
-    <t>الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ</t>
+    <t>البخيل من ذكرت عنده فلم يصل علي</t>
   </si>
   <si>
     <t>Den som verkligen är snål är den som, när jag nämns i hans närvaro, inte ber för mig</t>
   </si>
   <si>
     <t>عَنِ الحُسَينِ بنِ عَلِيٍّ بنِ أَبِي طَالِبٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ».</t>
   </si>
   <si>
     <t>Al-Husayn ibn 'Ali ibn Abi Talib (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som verkligen är snål är den som, när jag nämns i hans närvaro, inte ber för mig."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْك الصلاة عليه حال سَمَاع اسمه أو كُنْيَتِه أو وصفه، وقال: البَخيل كامل البُخْل مَن ذُكرتُ عنده فلم يُصلِّ عليّ؛ وذلك لأمور: 
 الأول: أنه بُخْلٌ بشيءٍ لا يَخْسَر بسببه قليلًا ولا كثيرًا، ولا يَبذُل مالًا، ولا يَبذُل جُهْدًا. 
 الثاني: أنه بَخِلَ على نفسه وحَرَمَها أجرَ الصلاة على رسوله صلى الله عليه وسلم؛ لأنه بامتناعه من الصلاة عليه قد شَحَّ وامتنع من أداء حقٍّ يَتَعَيَّنُ عليه أداؤه امتثالًا للأمر وينال به الأجر. 
 الثالث: أنَّ الصلاة عليه فيها أداء بعض حقِّ النبي صلى الله عليه وسلم، فهو الذي عَلَّمنا، وهو الذي أرشدَنا، وهو الذي دعانا إلى الله تبارك وتعالى، وجاءنا بهذا الوحي، وهذه الشَّريعة، فهو سبب هدايتنا -بعد الله تبارك وتعالى- ومَن لم يُصلِّ عليه يكون قد بَخِل على نفسه، وبَخِل على نبيِّه صلى الله عليه وسلم بحقٍّ هو من أدنى حقوقه.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade för att avstå från att be för honom när hans namn, Kunya (Abu al-Qasim) eller beskrivning nämns. Han beskrev den som inte gör det som en person med extrem snålhet, av flera skäl:
 1. Det är en form av snålhet eftersom personen egentligen inte behöver lägga ut något eller anstränga sig för att göra det.
 2. Personen berövar sig själv den stora belöningen av att be för profeten ﷺ, vilket är en skyldighet och en källa till belöning.
 3. Att be för profeten ﷺ innebär att man uppfyller en del av hans rättigheter. Det är han som har lärt oss, väglett oss och kallat oss till Allah. Han kom till oss med denna uppenbarelse och denna religion. Han är orsaken till vår vägledning – efter Allahs vilja. Den som avstår från att be över honom har inte bara varit snål mot sig själv utan även mot profeten ﷺ genom att inte ge honom en rättighet som tillhör honom, en av de mest grundläggande rättigheterna han har över oss.</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
     <t>Att avstå från att be för profeten ﷺ är ett tecken på snålhet.
 Att be över profeten ﷺ är en av de bästa formerna av dyrkan under alla tider och situationer, men bör särskilt uttalas när hans namn nämns.
 Imam al-Nawawi nämner att det är bäst att kombinera Salah och Salam genom frasen "Sallallahu 'alayhi wa sallam"  eller liknande, och inte bara säga en av dem (Sallallahu 'alayh, eller 'Alayhi al-Salam).
 Abu al-Aliyah förklarade att Allahs Salah för profeten ﷺ innebär att han prisar av honom, medan änglars och människors Salah för honom innebär att de för över honom.
 Al-Halimi sa: Betydelsen av "Allahumma salli ‘ala Muhammad" är: Allah, upphöj hans rang i denna värld genom att höja hans saliga åminnelse, stärka hans religion och bevara hans lagstiftning. Och i nästa liv genom att ge honom rätten att medla för sitt samfund, öka hans belöning, och visa hans överlägsenhet för både de första och de sista generationerna genom den lovprisade positionen (al-Maqam al-Mahmud), samt att ge honom företräde framför alla närstående vittnen.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5403</t>
   </si>
   <si>
-    <t>مَنِ اقْتَطَعَ حَقَّ امْرِئٍ مُسْلِمٍ بِيَمِينِهِ، فَقَدْ أَوْجَبَ اللهُ لَهُ النَّارَ، وَحَرَّمَ عَلَيْهِ الْجَنَّةَ» فَقَالَ لَهُ رَجُلٌ: وَإِنْ كَانَ شَيْئًا يَسِيرًا يَا رَسُولَ اللهِ؟ قَالَ: «وَإِنْ قَضِيبًا مِنْ أَرَاكٍ</t>
+    <t>من اقتطع حق امرئ مسلم بيمينه، فقد أوجب الله له النار، وحرم عليه الجنة فقال له رجل: وإن كان شيئا يسيرا يا رسول الله؟ قال: وإن قضيبا من أراك</t>
   </si>
   <si>
     <t>Den som medvetet tar en annan muslims rätt genom en falsk ed ska Allah låta träda in i elden och han ska förbjuda paradiset för honom." En man frågade: "Allahs sändebud, även om det är något obetydligt?" Han ﷺ svarade: ”Även om det bara är en liten pinne från en Arak-trädet.”</t>
   </si>
   <si>
     <t>عن أَبِي أُمَامَةَ إِياسِ بنِ ثَعْلَبَةَ الحَارِثِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اقْتَطَعَ حَقَّ امْرِئٍ مُسْلِمٍ بِيَمِينِهِ، فَقَدْ أَوْجَبَ اللهُ لَهُ النَّارَ، وَحَرَّمَ عَلَيْهِ الْجَنَّةَ» فَقَالَ لَهُ رَجُلٌ: وَإِنْ كَانَ شَيْئًا يَسِيرًا يَا رَسُولَ اللهِ؟ قَالَ: «وَإِنْ قَضِيبًا مِنْ أَرَاكٍ».</t>
   </si>
   <si>
     <t>Abu Umamah Iyas ibn Tha'labah al-Harithi (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som medvetet tar en annan muslims rätt genom en falsk ed ska Allah låta träda in i elden och han ska förbjuda paradiset för honom." En man frågade: "Allahs sändebud, även om det är något obetydligt?" Han ﷺ svarade: ”Även om det bara är en liten pinne från en Arak-trädet.”</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الحَلِف بالله كاذبًا عالمًا وذلك لاقتطاع حقِّ امرئ مسلم، فإنّ جزاء ذلك استحقاق النار، والحِرْمان من الجنة، وهو من كبائر الذنوب.
 فقال رجل يا رسول الله: وإن كان المَحْلُوف عليه شيئًا قليلًا؟ 
 فقال صلى الله عليه وسلم: حتى لو كان ذلك في عُوْد السِّوَاك الذي يُؤخذ من شجرة الأراك.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade strängt för att  medvetet svära falskt för att ta en muslims rätt, även om det som tas är något litet. Straffet är att personen förtjänar helvetet och förvägras tillträde till paradiset, vilket visar att denna synd räknas som en större synd. En man frågade om straffet även gäller när det handlar om något litet. Profeten ﷺ svarade att straffet gäller även för mindre saker, såsom en pinne från ett Arak-träd som används som Siwak.</t>
   </si>
   <si>
     <t>الحذر من أخذ حقوق الآخرين، والحرص على أدائها لأصحابها مهما قَلَّتْ، وأنَّ حكم الحاكم بالخطأ لا يُبيح للإنسان ما لم يكن له.
 قال النووي: غلظ تحريم حقوق المسلمين، وأنه لا فرق بين قليل الحق وكثيره؛ لقوله صلى الله عليه وسلم: "وإن قضيبًا من أراك".
 قال النووي: هذه العقوبة لمن اقتطع حق المسلم ومات قبل التوبة، أما من تاب فندم على فعله وردَّ الحق إلى صاحبه وتَحَلَّل منه وعزم على أن لا يعود فقد سقط عنه الإثم.
 قال القاضي: تخصيص المسلم لكونهم المخاطبين وعامة المتعاملين في الشريعة، لا أنَّ غير المسلم بخلافه، بل حُكمُه حُكمُه في ذلك.
 قال النووي: الكذب هو الإخبار عن الشيء على خلاف ما هو، عمدًا كان أو سهوًا، سواء كان الإخبار عن ماض أو مستقبل.</t>
   </si>
   <si>
     <t>Det är viktigt att undvika att göra övertramp på andras rättigheter, oavsett hur liten saken än är, och att se till att ge varje person det som tillhör honom.
 Imam al-Nawawi sa: "Det tyder på allvaret i att kränka muslimers rättigheter, och det görs ingen skillnad mellan en liten rätt och en stor, på grund av profetens ﷺ ord: "Även om det bara är en liten pinne från ett Arak-träd."
 Och han sa också: "Detta straff gäller den som gör övertramp på en muslims rättighet och dör utan att ha ångrat sig. Men den som ångrar sig, känner ånger över sin handling, återlämnar rätten till dess ägare, ber honom om ursäkt och beslutar sig för att inte återvända till det – för denne faller synden bort."
 Qadi 'Iyad sa: "Att en muslim nämns i Hadithen beror på att det är dem budskapet riktas till och som huvudsakligen berörs av religionens bestämmelser, inte för att icke-muslimer skulle vara undantagna då samma regel gäller även dem."
 Imam al-Nawawi sa också: "En lögn är att säga något som inte stämmer överens med verkligheten, vare sig medvetet eller av misstag, oavsett om det handlar om det förflutna eller framtiden."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5430</t>
   </si>
   <si>
-    <t>مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Den som äter mat och säger: 'Alhamdulillahi lladhi at'amani hadha wa razaqnihi min ghayri hawlin minni wa la quwwah'
 (Prisad vare Allah som gav mig denna mat och försörjde mig utan någon styrka eller kraft från mig själv), kommer att få sina tidigare synder förlåtna</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Sahl bin Mu'adh bin Anas återberättade från sin far att Allahs sändebud ﷺ sa: "Den som äter mat och säger: 'Alhamdulillahi lladhi at'amani hadha wa razaqnihi min ghayri hawlin minni wa la quwwah'
 (Prisad vare Allah som gav mig denna mat och försörjde mig utan någon styrka eller kraft från mig själv), kommer att få sina tidigare synder förlåtna."</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanar den som äter ska prisa Allah och erkänna att han inte kan fixa mat eller äta den om det inte vore för Allahs vilja och hjälp. Därefter ger profeten ﷺ löftet om att den som säger detta får sina tidigare mindre synder förlåtna.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
 بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
 أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
   </si>
   <si>
     <t>Det är rekommenderat att tacka och prisa Allah efter att ha ätit.
 Hadithen visar Allahs ofantliga nåd gentemot sina tjänare, genom att han inte bara förser dem med deras behov, utan även ger dem möjlighet att få sina synder förlåtna genom att ta del av det.
 Människan är beroende av Allah i alla sina handlingar, och det går inte att utföra dem baserat på egen styrka eller ansträngning, samtidigt som hon är beordrad att vidta åtgärder.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5431</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ</t>
+    <t>من توضأ فأحسن الوضوء ثم أتى الجمعة فاستمع وأنصت غفر له ما بينه وبين الجمعة وزيادة ثلاثة أيام</t>
   </si>
   <si>
     <t>Den som tvagar sig och gör det väl, sedan går till fredagsbönen, lyssnar och är tyst, får sina synder mellan denna och nästa fredag förlåtna, plus tre extra dagar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ، وَمَنْ مَسَّ الْحَصَى فَقَدْ لَغَا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som tvagar sig och gör det väl, sedan går till fredagsbönen, lyssnar och är tyst, får sina synder mellan denna och nästa fredag förlåtna, plus tre extra dagar. Men den som pillrar med grus har ägnat sig åt en meningslös aktivitet."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضأ فأحسن وضوءه بإتمام أركانه والإتيان بسننه وآدابه، ثم أتى صلاة الجمعة وأنصت وأصغى للخطيب، وسكت عن اللغو؛ غفر الله له صغائر ذنوب عشرة أيام، من صلاة الجمعة إلى الجمعة الثانية وزياة ثلاثة أيام؛ لأن الحسنة بعَشر أمثالها، 
 ثم حذَّر صلى الله عليه وسلم من عدم إقبال القلب عمّا يقال في الخطبة من مواعظ، ومِن عَبَثِ الجوارح مِن مَسِّ الحصى وغيره من أنواع العبث والانشغال، بأنَّ مَن فَعل ذلك فقد لغا، ومن لغا فلا حظ له في أجر جمعة كاملة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som gör en fullständig och korrekt tvagning enligt dess pelare och rekommenderade aspekter, och sedan går till fredagsbönen, lyssnar uppmärksamt på predikan och avstår från onödigt tal, kommer att få sina mindre synder förlåtna i tio dagar, från denna fredag till nästa, plus tre dagar till. Detta beror på att en god handling belönas tiofaldigt. Han ﷺ varnar också för att hjärtat inte ska distraheras under predikan, och att man inte ska pillra med grus eller annat (som att leka med mattan) under bönen. Den som gör det har begått ett misstag och kommer inte att få full belöning för fredagsbönen.</t>
   </si>
   <si>
     <t>الحث على أداء الوضوء وإتمامه على كمال، والمحافظة على صلاة الجمعة.
 فضل صلاة الجمعة.
 وجوب الإنصات لخطبة الجمعة، وعدم التشاغل عنها بالكلام وغيره.
 من لغا أثناء الخطبة فصلاة الجمعة مجزئة ومسقطة للفرض، مع نقص الأجر.</t>
   </si>
   <si>
     <t>Vikten av att utföra tvagning noggrant och fullständigt, samt att alltid närvara vid fredagsbönen.
 Fredagsbönens förträfflighet.
 Det är obligatoriskt att lyssna noggrant på predikan och att undvika distraktioner, tal och annat.
 Den som är ouppmärksam eller distraherad under predikan mister en del av belöningen för fredagsbönen, även om bönen i sig fortfarande räknas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5433</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>Den som ber morgonbönen befinner sig under Allahs skydd</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Jundub bin 'Abdillah al-Qasri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som ber morgonbönen befinner sig under Allahs skydd; så kränk inte Allahs skydd i något avseende. Den som gör intrång i Allahs skydd i något avseende, kommer Allah att gripa och kasta på hans ansikte in i helvetes eld."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som ber morgonbönen kommer att befinna sig i Allahs skydd och försvar, så Allah hjälper och beskyddar honom.
 Sedan varnade han ﷺ för att bryta detta förbund antingen genom att lämna denna bön eller att attackera den som utfört den. Den som gjort intrång på detta beskydd förtjänar det stränga straffet att Allah kommer greppa tag om honom, då han inte har respekterat Allahs rättighet, och kastas på ansiktet i elden.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Detta visar morgonbönens dygd och vikt.
 Det är även en sträng varning mot att skada någon som bett morgonbönen.
 Allah hämnas dem som skadar hans rättfärdige tjänare.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ</t>
+    <t>من غدا إلى المسجد أو راح أعد الله له في الجنة نزلا، كلما غدا أو راح</t>
   </si>
   <si>
     <t>Om en person går till moskén på morgonen eller kvällen, kommer Allah att förbereda en bostad för honom i paradiset, varje gång han går på morgonen eller kvällen</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Om en person går till moskén på morgonen eller kvällen, kommer Allah att förbereda en bostad för honom i paradiset, varje gång han går på morgonen eller kvällen."</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن أتى المَسجدَ للعبادة أو العلم أو لغير ذلك مِن مقاصد الخير في أيِّ وقت؛ أولَ النهار أو آخرَه بأنَّ الله قد هَيَّأَ له مَكانًا وضِيافة في الجنة، كلّما جاء المسجد في ليل أو نهار.</t>
   </si>
   <si>
     <t>Profeten ﷺ gav glada nyheter till den som besöker moskén för bön, kunskap eller andra goda ändamål, oavsett om det är på morgonen eller kvällen. Allah förbereder ett särskilt boende och ett gästvänligt mottagande för honom i paradiset, varje gång han går till moskén, både dag och natt.</t>
   </si>
   <si>
     <t>فَضْل الذهاب إلى المسجد، والحَثُّ على المحافظة على صلاة الجماعة فيه، فَكَم يَفُوْتُ المُتَخَلِّف عن المساجد من الخير والفضل والأجر والضيافة التي يعدُّها الله تبارك وتعالى لقاصِدِيْ بيته.
 إذا كان الناس يُكرِمُون من جاء بيوتَهم، ويُقَدِّمون له الطعام، فالله تبارك وتعالى أَكْرَمُ مِن خَلْقِه! فمَن قَصَدَ بيتَه أَكرمَه، وأَعَدّ الله له نزلًا عظيمًا وكبيرًا.
 الفرح والغِبْطَة بالذهاب للمساجد؛ لأنه يُعَدّ له نُزُلٌ كلّما غَدَا أو رَاح بِعَدَد ذهابِه.</t>
   </si>
   <si>
     <t>Dygden av att gå till moskén och vikten av att förrätta bönen i församling. Hur mycket går inte den som försummar moskén miste om av belöning och ära, som Allah förbereder för dem som besöker hans hus?
 Precis som människor hedrar sina gäster genom att erbjuda mat och välkomnande, är Allah den mest Generöse. Den som går till hans hus blir ärad av honom och får ett magnifikt och storartat boende och mottagande i paradiset.
 Den som går till moskén bör känna sig glad och välsignad, eftersom varje gång han gör det, förbereds en belöning för honom i paradiset.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5436</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Den som tror på Allah och den yttersta dagen ska tala väl eller vara tyst</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som tror på Allah och den yttersta dagen ska tala väl eller vara tyst. Den som tror på Allah och den yttersta dagen ska ära sin granne. Den som tror på Allah och den yttersta dagen ska ära sin gäst."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar den tjänaren som tror på Allah och den yttersta dagen då han ska återuppstå för att återgäldas för sina gärningar, på grund av sin tro, ska drivas att utföra följande handlingar:
 1. Att tala gott: som att glorifiera och prisa Allah, uppmana till gott, förbjuda det dåliga och att ena mellan folk. Om en person inte har något bra att säga ska han vara tyst, se efter sin tunga och inte skada andra.
 2. Ära grannen: genom att visa dem vänlighet och inte skada dem.
 3. Ära gästen som kommer på besök: genom att säga fina ord, förse den med mat och liknande.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Att tro på Allah och den yttersta dagen är anledningen till allt gott och driver en person att göra gott.
 Detta är en varning för tungans onda konsekvenser.
 Islam är en religion som manar till samhörighet och generositet.
 Dessa egenskaper är delar av trons förgreningar och prisvärda egenskaper.
 Att prata onödigt mycket kan leda till det som är ogillat eller förbjudet. Det är säkrast att inte prata förutom om personen ska säga något bra.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>Allah kommer inte visa nåd till den som inte visar nåd till andra</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Jarir bin 'Abdillah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah kommer inte visa nåd till den som inte visar nåd till andra."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som inte visar människor nåd kommer inte heller att visas nåd av Allah. Tjänarens nåd över skapelsen är alltså en av de största anledningarna till Allahs nåd.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Alla skapelser ska visas nåd. Människor nämndes i denna kontext då nåd mot dem är extra viktigt.
 Allah är den Barmhärtige som visar de barmhärtiga nåd. Belöningen är följaktligen av samma sort som handlingen.
 Att visa människor nåd kan ske genom att göra gott mot dem, skona dem från ondska och behandla dem på bästa sätt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5439</t>
   </si>
   <si>
-    <t>نِعْمَتَانِ مَغْبُونٌ فِيهِمَا كَثِيرٌ مِنَ النَّاسِ: الصِّحَّةُ وَالفَرَاغُ</t>
+    <t>نعمتان مغبون فيهما كثير من الناس: الصحة والفراغ</t>
   </si>
   <si>
     <t>Det finns två välsignelser som många människor går miste om: hälsa och fritid</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «نِعْمَتَانِ مَغْبُونٌ فِيهِمَا كَثِيرٌ مِنَ النَّاسِ: الصِّحَّةُ وَالفَرَاغُ».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Det finns två välsignelser som många människor går miste om: hälsa och fritid."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن نعمتين عظيمتين من نعم الله على الإنسان يَخْسَر فيهما كثيرٌ من الناس حيث يَصرفونها في غير محلها؛ فإن الإنسان إذا اجتمع له نعمة الصحة مع الفراغ، فغَلَبَ عليه الكسل عن الطاعة فهو الخاسر؛ وهي حال أكثر الناس، وإن استعمل فراغَه وصحتَه في طاعة الله فهو الرابح؛ حيث أن الدنيا مزرعة الآخرة، وفيها التجارة التي يظهر ربحُها في الآخرة، والفراغ يَعْقُبُه الشُّغْل، والصحة يعقبها السَّقَم، ولو لم يكن إلا الهَرَم لَكَفى.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar här om två av de största välsignelser som Allah skänkt människan: hälsa och fritid. Många går miste om dem genom att inte använda dem på rätt sätt. När en människa har både god hälsa och fritid, men ändå är för lat för att lyda Allah. Den som däremot använder sin hälsa och fritid i lydnad till Allah är den verkliga vinnaren, för denna värld är en förberedelse för nästa värld. Det som sås nu kommer senare att skördas, det är här handeln sker, vars verkliga vinst visar sig i det eviga livet. Fritid följs av upptagenhet, hälsa av sjukdom, och om inget annat, så kommer en person ändå att genomgå allt vad ålderdomen medför.</t>
   </si>
   <si>
     <t>تشبيه المكلَّف بالتاجر، والصحة والفراغ برأس المال؛ فمن أحسن استخدام رأس ماله نال وربح، ومن ضيَّعه خَسِر ونَدِم.
 قال ابن الخازن: النعمة ما يتنعّم به الإنسان ويَستَلِذُّه، والغَبْنُ أنْ يشتري بأضعاف الثمن، أو يبيع بدون ثمن المِثْل؛ فمن صحَّ بدنه وتَفَرّغ من الأشغال العاتقة ولم يَسْعَ لصلاح آخرته فهو كالمغبون في البيع.
 الحرص على الاستفادة من الصحة والفراغ للتقرب إلى الله عز وجل، وفعل الخيرات قبل فواتهما.
 شكر نعم الله يكون باستخدامها في طاعة الله تعالى.
 قال القاضي وأبو بكر بن العربي: اختلف في أول نعمة الله على العبد، فقيل: الإيمان، وقيل: الحياة، وقيل: الصحة، والأول أولى فإنه نعمة مُطْلَقة، وأما الحياة والصحة فإنهما نعمة دنيوية، ولا تكون نعمة حقيقة إلا إذا صاحبت الإيمانَ، وحينئذ يُغْبَنُ فيها كثير من الناس، أي يذهب رِبْحُهم أو يَنْقُص، فمَن استرسل مع نفسه الأمّارة بالسوء الخالدة إلى الراحة فترك المحافظة على الحدود، والمواظبة على الطاعة فقد غُبِنَ، وكذلك إذا كان فارغًا، فإنّ المشغول قد يكون له مَعذِرة بخلاف الفارغ؛ فإنه يرتفع عنه المعذرة وتقوم عليه الحجة.</t>
   </si>
   <si>
     <t>Personen som är skyldig att leva upp till de religiösa plikterna liknas vid en affärsman, och hälsa och fritid är som hans startkapital. Den som använder sitt kapital rätt vinner medan den som försummar det förlorar och ångrar sig.
 Ibn al-Khazin sa: "Välsignelser är det människan njuter av, medan förlust innebär att man säljer under det egentliga värdet. Den som har god hälsa och är fri från tunga sysslor, men inte arbetar för sitt nästa liv är som en förlorare i handel."
 Man bör vara angelägen om att använda sin hälsa och sin fritid för att komma närmare Allah, innan man går miste om dessa välsignelser.
 Att visa tacksamhet för Allahs välsignelser innebär att man använder dem för att lyda honom.
 Al-Qadi Iyad och Abu Bakr ibn al-'Arabi sa: "Det finns olika åsikter om vad som är Allahs främsta välsignelse till människan. Vissa menar att det är tron, andra säger livet, och ytterligare andra hälsan. Den mest troliga åsikten är att tron är den främsta välsignelsen. Anledningen är att tron är en absolut välsignelse. Livet och hälsan är däremot världsliga välsignelser. De blir bara sanna välsignelser om de åtföljs av tro.
 Många människor förlorar tyvärr på detta sätt, vilket betyder att deras "vinst" försvinner eller minskar. Den som följer sin syndfulla och bekvämlighetsälskande natur, och därför struntar i att följa Allahs gränser och vara lydig, har förlorat.
 Samma sak gäller för den som är sysslolös. En upptagen person kan ha en ursäkt, men den som är sysslolös har ingen ursäkt och måste stå till svars för sina handlingar."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5449</t>
   </si>
   <si>
-    <t>يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي</t>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>'Adams barn! Så länge du ber till mig och hoppas på min nåd, förlåter jag dig oavsett vad du har gjort, och det bekymrar mig inte</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Allah sa: 'Adams barn! Så länge du ber till mig och hoppas på min nåd, förlåter jag dig oavsett vad du har gjort, och det bekymrar mig inte. Adams barn! Om dina synder skulle nå himlens höjd och du sedan bad mig om förlåtelse, skulle jag förlåta dig utan att tveka. Adams barn! Om du kommer till mig med synder som kan fylla jorden, men möter mig utan att dyrka någon vid min sida, skulle jag komma till dig med lika mycket förlåtelse.'"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
     <t>Profeten ﷺ förmedlar att Allah, i denna heliga Hadith, säger: "Adams barn! Så länge du kallar på mig och hoppas på min nåd och aldrig misströstar, kommer jag att dölja dina synder och förlåta dem, oavsett deras storlek, utan att det bekymrar mig. Adams barn! Om dina synder är så många att de fyller avståndet mellan himmel och jord, och du ber mig om förlåtelse, kommer jag att ta bort och förlåta dem alla, oavsett dess omfattning.
 Adams barn! Om du, efter du dött, kommer till mig med synder som kan fylla jorden, men utan att ha dyrkat andra än mig, så kommer jag att möta dig med lika mycket förlåtelse, eftersom min förlåtelse är så omfattande, och jag förlåter alla synder förutom avgudadyrkan."</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>Allahs enorma nåd, barmhärtighet och godhet.
 Monoteismens förträfflighet, och att Allah förlåter alla synder för dem som inte begår avgudadyrkan.
 Faran med avgudadyrkan, då det är den enda synden som Allah inte förlåter.
 Enligt Ibn Rajab omfattar denna Hadith tre orsaker till att synder förlåts: Den första är uppriktig åkallan och bön med hopp om Allahs nåd. Den andra är att genuint söka förlåtelse. Den tredje är att dö som monoteist.
 I denna Hadith återberättar profeten ﷺ från sin Herre, och detta kallas för en "Hadith Qudsi" eller "Gudomlig Hadith." Dess ord och innebörd kommer från Allah, men den har inte de specifika egenskaperna som Koranen besitter, såsom att dess recitation är en form av tillbedjan, att man är ren när man ska hålla i den, dess mirakulösa natur, och liknande.
 Det finns tre sorters synder: Den första är att dyrka någon vid Allahs sida (Shirk); detta förlåter inte Allah, eftersom han säger: "Den som dyrkar någon vid Allahs sida, för honom har Allah förbjudit paradiset." Den andra är synder och överträdelser mellan en person och Allah; dessa kan Allah förlåta om han vill. Det tredje är synder som innebär att en person felbehandlat andra; dessa kommer inte att förlåtas utan någon rättvis vedergällning (Qisas).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5456</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>أن رسول الله صلى الله عليه وسلم كان يقول في سجوده: اللهم اغفر لي ذنبي كله دقه، وجله، وأوله وآخره وعلانيته وسره</t>
+  </si>
+  <si>
+    <t>När Allahs sändebud ﷺ befann sig i Sujud brukade han säga: 'Allah! Förlåt mig alla mina synder, små som stora, de första och de sista, de öppna och de dolda.'”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي سُجُودِهِ: «اللهُمَّ اغْفِرْ لِي ذَنْبِي كُلَّهُ دِقَّهُ، وَجِلَّهُ، وَأَوَّلَهُ وَآخِرَهُ وَعَلَانِيَتَهُ وَسِرَّهُ».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah (må Allah vara nöjd med honom) återberättade: "När Allahs sändebud ﷺ befann sig i Sujud brukade han säga: 'Allah! Förlåt mig alla mina synder, små som stora, de första och de sista, de öppna och de dolda.'”</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يدعو في سجوده فيقول: 
+(اللهم اغفر لي ذنبي) بِستْرِه، وأنْ تَقِيَني تَبِعَتَه؛ فتعفو وتتجاوز وتصفح، (كله)، أعني: (دِقّه) صغيره وقليله، (وجِلّه) كبيره وكثيره، (وأوله) أول ذنب، (وآخره)، وما بينهما، (علانيته وسره) مما لا يعلمه إلا أنت سبحانك.</t>
+  </si>
+  <si>
+    <t>När profeten ﷺ befann sig i Sujud brukade han säga: ”Allah! Förlåt mig alla mina synder”, det vill säga: täck dem, skydda mig från dess konsekvenser, och ha överseende med mig och skänk mig din förlåtelse. ”Alla” omfattar:
+– Små: de mindre och till synes obetydliga synderna.
+– Stora: de allvarliga och många.
+– De första: det första brottet.
+– De sista: det som begicks sist, och allt däremellan.
+– De öppna och de dolda: både det som gjorts synligt och det som ingen känner till utom Allah.</t>
+  </si>
+  <si>
+    <t>قال ابن القيم: وطلب غفران الذّنوب الصِّغار والكبار، الدَّقيق والجليل، الأوّل والآخر، السّر والعلانية، فهذا التَّعميم وهذا الشُّمول لتأتي التَّوبة على ما عَلِمَه العبدُ من ذنوبه، وما لم يَعْلَمْه.
+قيل: إنما قدّم (الدِّق) على (الجِلّ)؛ لأن السائل يتصاعد في مسألته أي يَتَرَقّى، ولأن الكبائر تنشأ غالبًا من الإصرار على الصغائر وعدم المبالاة بها، فكأنها وسائل إلى الكبائر، ومِن حق الوسيلة أنْ تُقَدّم إثباتًا ورفعًا.
+التضرع إلى الله تعالى، وطلبه المغفرة من جميع الذنوب، الصغائر والكبائر.
+قال النووي: فيه توكيد الدعاء وتكثير ألفاظه وإنْ أَغْنَى بعضُها عن بعض.</t>
+  </si>
+  <si>
+    <t>Ibn al-Qayyim sa: "Att be om förlåtelse på detta sätt omfattar alla synder, små och stora, första och sista, öppna och dolda. Bönen blir därmed fullständig och omfattar både det man själv är medveten om och det man inte känner till."
+Det har sagts att ”de små” nämns före ”de stora” den bedjande ber om mer stegvis, och eftersom stora synder ofta växer fram ur att man ser ner på de små och fortsätter med dem. Därför nämns de först, för att markera deras betydelse.
+Bönen visar ett stort behov av ödmjukhet inför Allah och en önskan om total förlåtelse för alla synder, utan undantag.
+Al-Nawawi påpekade att Hadithen visar vikten av att förstärka sin bön med många uttryck, även om vissa ord kan överlappa varandra i betydelse.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/5470</t>
+  </si>
+  <si>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>De mest hatade männen av Allah är de hätskaste motståndarna i tvister</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättade att profeten ﷺ sa: "De mest hatade männen av Allah är de hätskaste motståndarna i tvister."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah hatar personer som debatterar hätskt och ofta. De som vägrar acceptera och rätta sig efter sanningen, istället försöker de motsätta sig den genom debatt. Detta inkluderar även personen som debatterar av rätt anledning men på fel sätt, som går till överdrift i sin argumentation och inte har ett balanserat förhållningssätt eller att han debatterar utan kunskap i frågan.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Om en person felbehandlats och söker upprättelse genom lagliga tillvägagångssätt räknas det däremot inte som klandervärd dispyt.
 Dispyt och debatt är bland tungans negativa följder som kan leda till splittring och oenighet bland muslimer
 Att argumentera för att påvisa sanning på ett respektabelt sätt är däremot prisvärt. Det är klandervärt när det sker för att avvisa sanningen och påvisa falskhet, eller när det sker utan belägg eller bevis.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>Det mest älskade talet av Allah är fyra; 'Subhanallah (Allah är fri från brister), Alhamdulillah (lov och pris tillkommer Allah), La ilaha illallah (det finns ingen sann gud utom Allah) och Allahu akbar (Allah är större)'. Det spelar ingen roll med vilken av fraserna du inleder</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>Samurah bin Jundub (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Det mest älskade talet av Allah är fyra; 'Subhanallah (Allah är fri från brister), Alhamdulillah (lov och pris tillkommer Allah), La ilaha illallah (det finns ingen sann gud utom Allah) och Allahu akbar (Allah är större)'. Det spelar ingen roll med vilken av fraserna du inleder."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att det mest älskade talet av Allah är fyra:
 "Subhanallah": Allah är fri från alla former av brister.
 "Alhamdulillah": Allah beskrivs med den yttersta perfektionen vilket görs med kärlek och högaktning till honom.
 "La ilaha illallah": Det finns ingen värd dyrkan utom Allah.
 "Allahu akbar": han är större, väldigare och mäktigare än allt.
 För att uppnå denna dygd och belöning måste fraserna inte sägas i en viss ordningsföljd.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Detta visar hur enkelt islam är att praktisera då det inte spelar någon roll i vilken ordning dessa uttryck sägs.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ fick frågan om vad som mest för in folket
 i paradiset. Han svarade: 'Gudsfruktan och fin karaktär</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) sa: "Allahs sändebud ﷺ fick frågan om vad som mest för in folket
 i paradiset. Han svarade: 'Gudsfruktan och fin karaktär.' Därefter ställdes han frågan om vad som mest för in folket i elden. Han svarade: 'Munnen och könsorganet.'"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att de största anledningarna till att folk träder in i paradiset är:
 gudsfruktan och fin karaktär
@@ -10669,164 +10779,164 @@
 De största anledningarna till att folk träder in i elden är:
 tungan och könsorganet.
 Bland de synder som kan utföras med tungan är lögn, baktal, skvaller med mera.
 Bland de synder som kan utföras med könsorganet är samlag utanför äktenskap, sodomi med mera.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Det finns orsaker som för en person in i paradiset som är kopplat till Allah, såsom gudsfruktan. Sen finns det orsaker som för en person in i paradiset som är kopplat till människor, såsom fin karaktär.
 Detta visar tungans fara och att den är något som kan leda en till elden.
 Det visar även faran i förbjudna lustar och skamfyllda handlingar då de är från de vanligaste orsakerna att folk träder in i elden.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[Godtagbar och autentisk]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Blyghet är från tron</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Umar (må Allah vara nöjd med honom) berättade att profeten ﷺ hörde en man kritisera sin broder gällande blyghet varpå profeten ﷺ sa: "Blyghet är från tron."</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Profeten ﷺ hörde en man rådde sin broder att sluta vara så blyg så profeten ﷺ tydliggjorde att blyghet är från tron och enbart resulterar i gott.
 Blyghet är ett karaktärsdrag som leder till att personen gör det som är fint och bra samt lämnar det som är avskyvärt och dåligt.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Det som hindrar en person från att göra gott kallas inte för blyghet, snarare är det skygghet, oförmögenhet, svaghet och feghet.
 Att vara blyg inför Allah innebär att hans påbud tillämpas och förbud undviks.
 Att vara blyg inför skapelsen innebär att den respekteras och behandlas som den förtjänar samt att undvika det som allmänt uppfattas som avskyvärt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ</t>
+    <t>الدعاء لا يرد بين الأذان والإقامة</t>
   </si>
   <si>
     <t>Åkallan mellan Adhan (det första böneutropet) och Iqamah (det andra böneutropet) avvisas inte</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ».</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Åkallan mellan Adhan (det första böneutropet) och Iqamah (det andra böneutropet) avvisas inte."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فَضْلَ الدعاء بين الأذان والإقامة، وأنه لا يُرَدّ وحَرِيٌّ بالإجابة، فادعوا الله فيه.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargjorde att åkallan som görs mellan Adhan och Iqamah inte avvisas, utan har en större sannolikhet att besvaras. Det är därför en av de bästa tiderna att vända sig till Allah i åkallan.</t>
   </si>
   <si>
     <t>فضيلة هذا الوقت للدعاء.
 إذا تَحَلّى الدّاعي بآداب الدعاء، وقَصَدَ مَوَاطِنَه وأوقاته الفاضلة، وابتعد عن عِصْيان الله، واحتاط لنفسه من الوقوع في الشُّبُهات والرِّيَب، وأحسن الظن بالله: فإنه جَدِيْرٌ أنْ يُستَجاب له بإذن الله.
 قال المناوي عن استجابة الدعاء: أي: بعد جَمْع شروط الدعاء وأركانه وآدابه، فإنْ تَخَلَّفَ شيءٌ منها فلا يَلوم إلا نفسَه. 
 استجابة الدعاء: إما أنْ تُعَجَّلَ له دعوتُه، أو يُصرَفَ عنه مِن الشر مِثلُها، أو تُدَّخَرَ له في الآخرة؛ وذلك بحسب حكمة الله ورحمته.</t>
   </si>
   <si>
     <t>Stunden mellan Adhan och Iqamah är en förträfflig tid för åkallan.
 Om den som gör åkallan gör det på ett korrekt sätt, vid rätt tillfällen och under förträffliga tider, avhåller sig från synder, undviker att falla in i tveksamma frågor, och har goda tankar om Allah så har han större chans att få sin bön besvarad.
 Al-Munawi förklarade att åkallan blir besvarad beror på att dess villkor, pelare och etikett uppfylls. Om något av detta saknas, har personen själv skulden för att åkallan inte besvaras.
 Åkallan besvaras på olika sätt: antingen får personen det han ber om direkt, eller så avvärjer Allah något ont från honom, eller så sparas belöningen till det kommande livet – allt enligt Allahs visdom och nåd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5479</t>
   </si>
   <si>
-    <t>اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي</t>
+    <t>اللهم أصلح لي ديني الذي هو عصمة أمري</t>
   </si>
   <si>
     <t>Allah! Förbättra min utövningen av min tro, den som är mitt skydd i alla mina angelägenheter</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي، وَأَصْلِحْ لِي دُنْيَايَ الَّتِي فِيهَا مَعَاشِي، وَأَصْلِحْ لِي آخِرَتِي الَّتِي فِيهَا مَعَادِي، وَاجْعَلِ الْحَيَاةَ زِيَادَةً لِي فِي كُلِّ خَيْرٍ، وَاجْعَلِ الْمَوْتَ رَاحَةً لِي مِنْ كُلِّ شَرٍّ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ brukade säga: "Allah! Förbättra min utövningen av min tro, den som är mitt skydd i alla mina angelägenheter. Förbättra mitt tillstånd i denna värld, där jag lever och verkar. Förbättra mitt tillstånd i mitt det kommande livet, där jag senare kommer att vara. Låt livet leda till en ökning av allt gott för mig, och döden vara en befrielse från allt ont för mig."</t>
   </si>
   <si>
     <t>دَعَا النبيُّ صلى الله عليه وسلم بِدُعاء جَمَعَ فيه أصولَ مَكارِمِ الأخلاقِ التي بُعِثَ لإتمامها؛ وهي صلاح الدين، والدنيا، والآخرة، فاستقى في هذا اللفظ الوجيز صلاح هذه الجوامع الثلاث، وبدأ بصلاح الدين وبه صلاحُ حالِ الدَّارَين فقال: 
 (اللهم أصلح لي ديني) بأنْ توفقَني للقيام بآدابه على الوجه الأكمل الأتمّ. 
 (الذي هو عصمة أمري) وحافظٌ لجميع أموري، فإنْ فَسَدَ ديني فَسَدت أموري، وخِبْتُ وخَسِرتُ، ولأنه لا يتم صلاح الدين المطلوب إلا بصلاح الدنيا فقال:
 (وأصلح لي دنياي) بإعطائي صحةَ البدن والأمن، والرزق، والزوجة الصالحة، والذرية الطيبة وما أحتاج إليه، ويكون حلالًا، ومُعِيْنًا على طاعتك، ثم ذَكَرَ العُذْرَ في سؤاله إصلاحها؛ بأن قال: 
 (التي فيها معاشي) ومكان عيشي وزَمَنُ حياتي.
 (وأصلح لي آخرتي التي فيها معادي) وعَوْدِيْ إلى لقائك وذلك بصلاح الأعمال، وتوفيق الله للعبد على العبادة والإخلاص، وحسن الخاتمة. 
 ورَتَّبَ صلى الله عليه وسلم الآخرة بعد الدنيا؛ إذ الأُولى هي وسيلة إصلاح الثانية، فمَن استقام في دنياه وِفْقَ مُرَاد الله، استقامت له آخرته وسعد فيها.
 (واجعل الحياة) وطول العمر (زيادة لي في كل خير) أتكثَّر فيها من الأعمال الصالحة، (واجعل الموت) وتعجيلَه (راحة لي من كل شرٍّ) وفتنةٍ ومِحْنَةٍ وابتلاء بمعصية وغفلة، وخلاصًا من مَشَقّة الدنيا وغمومها، وحصول الراحة.</t>
   </si>
   <si>
     <t>I denna bön sammanfattar profeten ﷺ grunderna för ett gott liv på tre nivåer: tron, den världsliga tillvaron och livet efter detta. Han börjar med tron, eftersom den är grunden som allt annat vilar på. Om ens utövning av religionen är i gott skick, präglar det både det världsliga livet och tillvaron efter detta:
 "Allah! Förbättra min utövningen av religionen": profeten ﷺ ber att Allah ska vägleda honom till att utöva sin tro på bästa möjliga sätt.
 "den som är mitt skydd i alla mina angelägenheter": om ens praktiserande av islam skadas eller förstörs, påverkar det alla områden i livet negativt. För att kunna praktisera ens religion väl, är det viktigt att ens världsliga tillstånd är bra, därför bad han vidare:
 "Förbättra mitt tillstånd i denna värld": Han ber att Allah ska ge honom de förutsättningar han behöver för att leva väl – som uppehälle, rättfärdig partner, gudfruktiga barn och det jag är i behov av – allt på ett tillåtet sätt som hjälper honom att lyda Allah. Sedan nämnde han anledningen till varför han bett att få sitt världsliga liv förbättrat:
 "där jag lever och verkar", eftersom det är platsen som jag spenderar min livstid på.
 "Förbättra mitt tillstånd i mitt det kommande livet, där jag senare kommer att vara": Profeten ﷺ påminner om att människan kommer att återvända till sin Herre och ber Allah att leda honom till goda gärningar, uppriktig dyrkan och en fin avslutning på livet.
 Och profeten ﷺ nämnde livet efter detta efter det världsliga livet, eftersom det första livet är en väg till att korrigera det andra. Den som lever rättskaffens i denna värld enligt Allahs vilja, kommer att finna sitt eviga liv i harmoni och lycka.
 "Låt livet", och ett långt sådant, "leda till en ökning av allt som är gott för mig": så att jag kan utföra många goda handlingar under det. "Och döden", när tiden för den väl är inne, "vara en befrielse från allt ont för mig": en lättnad från synder, prövningar och världsliga bekymmer.</t>
   </si>
   <si>
     <t>الدين أهمُّ شيء؛ لهذا بدأ به النبي صلى الله عليه وسلم بالدعاء.
 الدين عِصْمَةٌ للإنسان يَمْنَعُه من كلّ شرٍّ.
 الدعاء بالأمور الدنيوية من أجل صلاح الدين والآخرة.
 لا يُكرَه تَمَنِّي الموت خوفًا من الفتنة في الدين، أو سؤال الله الموت على الشهادة.</t>
   </si>
   <si>
     <t>Tron är det viktigaste, därför började profeten ﷺ med att nämna den.
 Tron är ens skydd: Den hindrar en från att falla i ondska och hjälper en att navigera rätt.
 Det är tillåtet att be om världsliga välsignelser som ett verktyg för att förbättra ens nuvarande och kommande liv.
 Det är inte ogillat att önska att dö om det baseras på oro för att man ska prövas i sitt religiösa utövande, eller att be Allah om att få dö som en martyr.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5482</t>
   </si>
   <si>
-    <t>رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ</t>
+    <t>رب اغفر لي خطيئتي وجهلي، وإسرافي في أمري كله، وما أنت أعلم به مني، اللهم اغفر لي خطاياي، وعمدي وجهلي وهزلي، وكل ذلك عندي، اللهم اغفر لي ما قدمت وما أخرت، وما أسررت وما أعلنت، أنت المقدم وأنت المؤخر، وأنت على كل شيء قدير</t>
   </si>
   <si>
     <t>Herre! Förlåt mig min synd, min okunskap och mina övertramp i allt jag gör, och det du vet mer om än jag. Allah! Förlåt mig mina synder, både de jag begått medvetet och omedvetet, då jag har varit allvarlig eller har skämtat – allt detta har jag begått. Allah! Förlåt mig det jag har gjort i det förgångna och det jag kommer att göra i framtiden, det jag gjort i hemlighet och det jag gjort öppet. Du är den som låter vissa gå före och du är den som låter andra komma efter, och du har makt över allting</t>
   </si>
   <si>
     <t>عَنِ أَبِي مُوسَى رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ كَانَ يَدْعُو بِهَذَا الدُّعَاءِ: «رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ».</t>
   </si>
   <si>
     <t>Abu Musa (må Allah vara nöjd med honom) berättade att profeten ﷺ brukade säga denna åkallan: "Herre! Förlåt mig min synd, min okunskap och mina övertramp i allt jag gör, och det du vet mer om än jag. Allah! Förlåt mig mina synder, både de jag begått medvetet och omedvetet, då jag har varit allvarlig eller har skämtat – allt detta har jag begått. Allah! Förlåt mig det jag har gjort i det förgångna och det jag kommer att göra i framtiden, det jag gjort i hemlighet och det jag gjort öppet. Du är den som låter vissa gå före och du är den som låter andra komma efter, och du har makt över allting."</t>
   </si>
   <si>
     <t>كانَ مِن أَدعية النبيِّ صلى الله عليه وسلم الجَامِعة قوله: 
 "رب اغفر لي خطيئتي" وذنبي، "وجهلي" وما وَقَع مِنِّي بدون علم. 
 "وإسرافي في أمري كله" وتقصيري وتَجَاوُزِيْ للحد. 
 "وما أنت أعلم به مني" عَلِمْتَه أنت يا الله ونَسِيْتُه أنا. 
 "اللهم اغفر لي خطاياي وعمدي" وما صَدَر عَن عَمْدٍ مني وعِلْمٍ مني بالذنوب. 
 "وجدي وهزلي" وما صدر عن مُزَاح، وما وَقَع مني في الحالين. 
 "وكل ذلك عندي" حيث جَمَعتْ ما ذُكِرَ من الذنوب والعيوب. 
 "اللهم اغفر لي ما قدمت" فيما مضى، "وما أخرت" فيما سيأتي. 
 "وما أسررت" وأخفيت، "وما أعلنت" وأظهرت. 
 "أنت المقدم وأنت المؤخر" تُقدِّم من تشاء من خلقك إلى رحمتك بتوفيقك لما ترضاه، وأنت تؤخر من تشاء عن ذلك بخذلانك إياه، فلا مُقَدِّمَ لما أخرت، ولا مؤخِّرَ لما قدمت من الأمور. 
 "وأنت على كل شيء قدير" كامل القدرة تام الإرادة، الفعال لكل ما تشاء.</t>
   </si>
   <si>
     <t>Från de omfattande åkallelser som profeten ﷺ brukade be med är:
@@ -10839,2028 +10949,2398 @@
 "Allah! Förlåt mig det jag har gjort i det förgångna", tidigare, "och det jag kommer att göra i framtiden", det som väntar.
 "Det jag gjort i hemlighet" och dolt, "och det jag gjort öppet", och visat.
 "Du är den som låter vissa gå före och du är den som låter andra komma efter" – Allah ger vissa företräde i att få tillgång till din nåd genom att ge dem framgången att utföra det som behagar dig. Du håller tillbaka andra genom att överlämna dem till sig själva. Ingen kan ge företräde till den du har hållit tillbaka, och ingen kan hålla tillbaka den du har gett företräde i olika sammanhang.
 "Och du har makt över allting" – Det är en bekräftelse på Allahs absoluta makt över skapelsen och att han gör vad han vill.</t>
   </si>
   <si>
     <t>فضيلة هذا الدعاء، والحرص عليه اقتداء بالنبي صلى الله عليه وسلم.
 النهي عن الإسراف وأنَّ المسرف مُعَرَّض للعقوبة.
 الله تعالى أعلم بالإنسان من نفسه، فعليه أنْ يُفَوِّض أمرَه إلى الله؛ لأنه قد يخطئ وهو لا يدري.
 الإنسان قد يُؤاخَذ على هَزْلِهِ كما يُؤاخذ على جِدِّه، فيجب على الإنسان أنْ يَحْتَرِس في مُزاحِه.
 قال ابن حجر العسقلاني: لم أَرَ في شيءٍ من طُرُقه محل الدعاء بذلك، وقد وقع معظم آخره… كان يقوله في صلاة الليل، ووقع أيضًا أنه كان يقوله في آخر الصلاة، واختلفت الرواية هل كان يقوله قبل السلام أو بعده؟ بكلامها وَرَدَ.
 هل النبيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يخطئ ليستغفر؟ قيل بأنه قاله متواضعًا وهَضْمًا لنفسه، أو عَدَّ فَواتَ الكمال وترك الأولى ذنوبًا، أو أراد ما كان عن سهو، أو ما كان قبل النبوة، وقيل: الاستغفار تَعَبُّدٌ يجب أتيانه، لا للمغفرة، بل تعبدًا، وقيل: ذلك تنبيه وتعليمٌ لأمته؛ كي لا يأمنوا ويتركوا الاستغفار.</t>
   </si>
   <si>
     <t>Denna åkallans förträfflighet och vikten av säga den, vilket är ett sätt att följa profeten ﷺ.
 Förbudet mot övertramp och att den som gör det kan straffas.
 Allah vet mer om människan än hon själv, därför bör hon överlåta sina angelägenheter till honom då hon till och med kan begå synder omedvetet.
 Människan kan hållas ansvarig för sitt skämt på samma sätt som för sina allvarliga handlingar, därför bör hon använda humor eftertänksamt.
 Ibn Hajar al-Asqalani nämnde att denna åkallan främst nämns i samband med nattbönen och i slutet av bönen, med vissa variationer i rapporteringen om huruvida den yttrades före eller efter Taslim.
 Brukade profeten ﷺ begå synder, och behövde han därför be om förlåtelse? Det sägs att han bad om förlåtelse av ödmjukhet och för att föregå med gott exempel. Eller att han ansåg det vara en brist att avstå från vissa rekommenderade handlingar. Möjligen bad han om förlåtelse för eventuella försummelser, eller för handlingar som utfördes innan han blev profet. Det sägs även att söka förlåtelse är en form av dyrkan i sig som måste praktiseras, och inte nödvändigtvis ett resultat av synd. Det var ett sätt att undervisa hans samfund att visa att alla är i behov av att söka förlåtelse från Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5483</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ</t>
+    <t>اللهم إني أسألك العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>'Allah! Jag ber dig om välgång i denna värld och i den nästa</t>
   </si>
   <si>
     <t>عَنِ ابنِ عُمَرَ رضي الله عنهما قَالَ: لَمْ يَكُنْ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدَعُ هَؤُلَاءِ الدَّعَوَاتِ، حِينَ يُمْسِي وَحِينَ يُصْبِحُ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَفْوَ وَالْعَافِيَةَ فِي دِينِي وَدُنْيَايَ وَأَهْلِي وَمَالِي، اللَّهُمَّ اسْتُرْ عَوْرَتِي -أَو: عَوْرَاتِي- وَآمِنْ رَوْعَاتِي، اللَّهُمَّ احْفَظْنِي مِنْ بَيْنِ يَدَيَّ، وَمِنْ خَلْفِي، وَعَنْ يَمِينِي، وَعَنْ شِمَالِي، وَمِنْ فَوْقِي، وَأَعُوذُ بِعَظَمَتِكَ أَنْ أُغْتَالَ مِنْ تَحْتِي».</t>
   </si>
   <si>
     <t>Ibn Umar (må Allah vara nöjd med honom) berättade: "Allahs sändebud ﷺ avstod aldrig från att säga dessa åkallelser, varje morgon och kväll: 'Allah! Jag ber dig om välgång i denna värld och i den nästa. Allah! Jag ber dig om din förlåtelse och välgång i min tro, mitt världsliga liv, min familj och min egendom. Allah! Dölj mina brister och skänk mig trygghet från det jag fruktar. Allah! Bevara mig från alla håll – framifrån, bakifrån, från höger och vänster, och ovanifrån. Jag söker skydd i din storhet från att jag plötsligt slukas nerifrån.'"</t>
   </si>
   <si>
     <t>لم يَكُن النبيُّ صلى الله عليه وسلم يتركُ هؤلاء الدَّعَوات حين يُمسي وحين يُصبح: 
 (اللهم إني أسألُكَ العافيةَ)، والسلامة من الأسقامَ والبلايا والشدائد الدنيوية، والشهوات والفتن الدينية (في الدنيا والآخرة) العاجلة والآجلة. 
 (اللهمَّ إني أسأَلُكَ العفو) ومَحْوَ الذنوب والتَّجَاوزَ عنها، (والعافيةَ) والسلامة من العيوب، (في دِيني) من الشرك والبدع والمعاصي، (ودنياي) من المصائب والأذى والشرور، (وأهلِي) زوجاتي وأولادي وقرابتي، (ومالي) وأموالي وعملي.
 (اللهم استرْ عَوراتي) وما فيَّ من العيوب والخَلَل والتقصير وامْحُ ذنوبي، (وآمِن رَوْعاتي) وفَزَعي وخوفي. 
 (اللهم احفظْني) وادفع البلاء عني من المؤذِيات والبلاء، (من بين يديَّ ومِن خلفي، وعن يميني وعن شمالي، ومن فوقي) حيث سألَ أنْ يحفظَه الله من جميع الجهات؛ لأن البلايا والآفات إنما تَلْحَق الإنسانَ وتُقبِلُ إليه من إحدى هذه الجهات. 
 (وأعوذُ بعظمتك أن أُغْتَال) وأؤاخَذ بَغْتَة، وأَهْلِكَ غفلةً (من تحتي) فأهلك بالخَسْف.</t>
   </si>
   <si>
     <t>Profeten ﷺ var noggrann med att säga dessa åkallelser varje morgon och kväll:
 "Allah! Jag ber dig om välgång" – välgång ('Afiyah) här betyder skydd från sjukdomar, prövningar och svårigheter i denna värld, och onda begär, frestelser och tvivel i tron. "I denna värld och i det nästa" – detta liv, och i det kommande livet.
 "Allah! Jag ber dig om din förlåtelse", att du stryker bort mina synder och har överseende med dem, "och välgång" ett sunt tillstånd utan brister, "i min tro", så att jag inte faller in i avgudadyrkan, innovationer i religionen eller synder, "mitt världsliga liv", så att jag inte utstår motgångar, skada, och elände, "min familj", partner, barn, släktingar, "och min egendom", min försörjning och mina handlingar bevaras.
 "Allah! Dölj mina brister", så att mina tillkortakommanden inte exponeras, och stryk ut mina synder, "och ge mig trygghet från det jag fruktar" från det jag känner skräck och ängslan för.
 "Allah! Bevara mig", skydda mig från prövningar och det som skadar mig, "från alla håll – framifrån, bakifrån, från höger och vänster, och ovanifrån". Detta är en omfattande bön om att skyddas från alla möjliga riktningar varifrån faror kan komma.
 "Jag söker skydd i din storhet från att jag plötsligt slukas nerifrån", en begäran om skydd från plötsliga katastrofer som att jorden skulle svälja en eller att en olycka slår till utan förvarning.</t>
   </si>
   <si>
     <t>المحافظة على هذه الكلمات اقتداءً بالرسول صلى الله عليه وسلم.
 الإنسان كما هو مأمور بسؤال الله العافية في الدين كذلك مأمور بسؤالها في الدنيا.
 قال الطيبي: عَمَّ الجهاتَ الست؛ لأن الآفات منها، وبالَغَ فِي جهة السُّفْلِ لرَدَاءة الآفة منها.
  الأفضل في قراءة الأذكار، في الصباح: من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك يعني: قالها في الصباح بعد ارتفاع الضُّحى أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 ما دَلَّ الدليل على كون الذِّكْر له وقت مُعَيّن في الليل كقراءة آخر آيتين من سورة البقرة فإنها تكون ليلًا بعد غروب الشمس.</t>
   </si>
   <si>
     <t>Det är föreskrivet att fortsätta att säga denna åkallelse så som profeten ﷺ brukade göra.
 På samma sätt som människan uppmanas att be om trygghet i sin tro, uppmanas hon att be om trygghet i sitt världsliga liv.
 Al-Tibi sa: Profeten ﷺ nämnde alla sex riktningar eftersom faror kan komma från vilken riktning som helst, och han betonade specifikt skydd nerifrån, då faror därifrån är särskilt oväntade och förödande.
 Den bästa tiden för att säga dessa åkallelser på morgonen är från gryningen till soluppgången, och på kvällen från eftermiddagsbönen till solnedgången. Om man säger dem senare under dagen eller kvällen, gills det fortfarande som en form av åminnelse.
 Det finns vissa former av åkallelser och åminnelser som har särskilda tider, såsom de sista två verserna i Surat al-Baqarah, som bör reciteras under natten efter solnedgången.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud, an-Nasa'i, Ibn Majah och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5485</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ</t>
+    <t>اللهم إني أسألك من الخير كله، عاجله وآجله، ما علمت منه وما لم أعلم، وأعوذ بك من الشر كله، عاجله وآجله، ما علمت منه وما لم أعلم</t>
   </si>
   <si>
     <t>Allah! Jag ber dig om allt gott, både det som är nära och det som kommer senare, det jag känner till och det jag inte känner till</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رضي الله عنها أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ عَلَّمَهَا هَذَا الدُّعَاءَ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْجَنَّةَ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَسْأَلُكَ أَنْ تَجْعَلَ كُلَّ قَضَاءٍ قَضَيْتَهُ لِي خَيْرًا».</t>
   </si>
   <si>
     <t>'A'ishah, de troendes moder (må Allah vara nöjd med henne), berättade att Allahs sändebud ﷺ lärde henne denna åkallan: "Allah! Jag ber dig om allt gott, både det som är nära och det som kommer senare, det jag känner till och det jag inte känner till. Jag söker skydd hos dig från allt ont, både det som är nära och det som kommer senare, det jag känner till och det jag inte känner till. Allah! Jag ber dig om det bästa som din tjänare och profet bad dig om, och jag söker skydd hos dig från det värsta som din tjänare och profet sökte skydd från. Allah! Jag ber dig om paradiset och allt som för mig närmare det, vare sig det är i ord eller handling. Jag söker skydd hos dig från helvetet och allt som för mig närmare det, vare sig det är i ord eller handling. Och jag ber dig att låta allt du bestämmer för mig bli till det bästa."</t>
   </si>
   <si>
     <t>علَّم النبيُّ صلى الله عليه وسلم عائشةَ رضي الله عنها جوامِعَ الدعاء وهو أربع دعوات: 
 الأول: دعاء عام لكل خير: (اللهم إني أسألك من الخير كله) وجميعه، (عاجله) القريب في وقته، (وآجله) البعيد، (ما عَلِمتُ منه) مما علّمتني، (وما لم أعلم)، مما يكون في علمك سبحانك، 
 وفيه تفويض الأمر إلى الله العليم الخبير اللطيف؛ فيختار سبحانه للمسلم أفضله وأحسنه، (وأعوذ) وأعتصم وأَحْتَمي (بك من الشر كله عاجله وآجله، ما علمت منه وما لم أعلم). 
 الدعاء الثاني: وهو حِفْظٌ للمسلم مِن أنْ يَعْتَدي في الدعاء (اللهم إني أسألك) وأطلبك (من خير ما سألك عبدك ونبيك) صلى الله عليه وسلم، (وأعوذ) وألتجئ وأعتصم (بك من شر ما عاذ به عبدك ونبيك) صلى الله عليه وسلم، وهذا دعاء وطَلَبٌ من الله أنْ يُعطيَ الداعي مما سأله وطلبه النبيُّ محمد صلى الله عليه وسلم لنفسه، دون تعديد لأنواع ما دعا به صلى الله عليه وسلم. 
 الدعاء الثالث: طلب دخول الجنة والابتعاد عن النار، وهو مَطْلبُ كلِّ مسلم وغايةُ عَمَلِه: (اللهم إني أسألك الجنة) والفوز بها (وما قرّب إليها من قول أو عمل) صالح يرضيك، (وأعوذ بك من النار) حيث لا عصمة من قبائح الأعمال إلا بلطفك، (وما قرّب إليها من قول أو عمل) من المعاصي التي تغضبك. 
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ lärde 'A'ishah (må Allah vara nöjd med henne) denna omfattande åkallan, som innehåller fyra böner:
 1. Första delen av denna åkallan är en allmän bön om allt gott: "Allah! Jag ber dig om allt gott, både det som är nära och det som kommer senare, det jag känner till och det jag inte känner till." Här ber den bedjande om allt gott utan begränsningar, både det omedelbara och det framtida, både det han har kunskap om som Allah lärt honom, och det som endast Allah vet om. "Jag söker skydd hos dig från allt ont, både det som är nära och det som kommer senare, det jag känner till och det jag inte känner till."
 Den bedjande överlämnar sig helt till Allahs skydd, han som vet allt in i minsta detalj, och ber att hållas borta från allt skadligt, oavsett när det inträffar eller om han själv är medveten om det eller inte.
 2. Den andra delen av denna bön handlar om att inte överträda i åkallan: "Allah! Jag ber dig om det bästa som din tjänare och profet bad dig om, och jag söker skydd hos dig från det värsta som din tjänare och profet sökte skydd från." Här följer den bedjande profetens vägledning genom att be om samma goda saker som han bad om och söka skydd från det han själv fruktade, utan att gå in på detaljer.
 3.  Den tredje delen av denna åkallan är en bön om paradiset och att hålla sig borta från elden: "Allah! Jag ber dig om paradiset och allt som för mig närmare det, vare sig det är i ord eller handling. Jag söker skydd hos dig från helvetet och allt som för mig närmare det, vare sig det är i ord eller handling." Detta är en av de mest omfattande bönerna en muslim kan göra, eftersom den inkluderar både målet – paradiset – och medlen för att nå det vilket är rättfärdiga handlingar som behagar Allah. Samtidigt innefattar den en bön om skydd från helvetet och allt som kan leda dit som synder som förargar Allah, då han är den ende som kan skydda tjänaren från det.
 4. Den fjärde delen av denna åkallan handlar om att vara belåten med det Allah beslutar för en: "Och jag ber dig att låta allt du bestämmer för mig bli till det bästa." Detta är en bön om att allt som Allah bestämt för en, ska leda till något gott, vilket även inkluderar en bön om att vara nöjd med hans beslut.</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>En man ska lära sin familj det som gynnar dem i deras tro och i deras världsliga liv, likt profeten ﷺ gjorde med 'A'ishah.
 En muslim bör memorera de åkallan som profeten ﷺ sa, eftersom han hade förmågan att uttrycka omfattande böner i få ord.
 De lärda nämner att denna Hadith är den mest omfattande Hadithen när det kommer till att be om allt gott och att söka skydd från allt ont, och den är en av de kortfattade men innehållsrika uttalanden som profeten ﷺ givits.
 En av orsakerna till att en person får träda in i paradiset, efter Allahs nåd, är goda ord och handlingar.</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5487</t>
   </si>
   <si>
-    <t>اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ</t>
+    <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
     <t>Allah! Jag söker skydd hos dig från att de välsignelser du skänkt försvinner, att den goda välmåga du gett förändras, att ditt straff drabbar plötsligt, och från allt som väcker din vrede</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
     <t>'Abdullah ibn 'Umar (må Allah vara nöjd med honom) berättade att en av de åkallan som Allahs sändebud ﷺ brukade säga var: "Allah! Jag söker skydd hos dig från att de välsignelser du skänkt försvinner, att den goda välmåga du gett förändras, att ditt straff drabbar plötsligt, och från allt som väcker din vrede."</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
     <t>Profeten ﷺ sökte skydd hos Allah från fyra saker:
 1. "Allah! Jag söker skydd hos dig från att de välsignelser du skänkt försvinner" – både i det religiösa och det världsliga livet. Det innefattar att förbli stadfäst i islam och undvika synder som leder till att välsignelser tas bort.
 2. "Att den goda välmåga du gett förändras" – det vill säga att välbefinnandet och tryggheten ersätts med prövningar och svårigheter. Profeten ﷺ bad Allah om att hans goda tillstånd skulle bevaras och att han skulle skyddas från smärta och lidande.
 3. "Att ditt straff drabbar plötsligt" – att plötsliga prövningar och olyckor inte ska drabba en oväntat. Om straffet kommer utan förvarning, finns ingen möjlighet att ångra sig eller rätta till sitt tillstånd, och därför blir det en större förlust.
 4.  "Och från allt som väcker din vrede" – vilket innefattar allt som leder till Allahs ilska, oavsett om det är ord, handlingar eller övertygelser. Den som drabbas av Allahs vrede är förlorad.
 Profeten ﷺ använde en omfattande formulering för att inkludera alla orsaker, yttranden, handlingar och trosuppfattningar, som kan leda till Allahs vrede och straff.</t>
   </si>
   <si>
     <t>افتقار النبيِّ صلى الله عليه وسلم إلى الله تعالى.
 تضمّنت هذه الاستعاذة المباركة: التوفيق لشكر النِّعم، والحفظ من الوقوع في المعاصي؛ لأنها تزيل النعم.
 الحرص عن الابتعاد عن مواضع سَخَطِ الله تعالى.
 استعاذ صلى الله عليه وسلم من فجأة نقمة الله تعالى؛ لأنه إذا انتقم من العبد فقد أَحَلَّ به من البلاء ما لا يَقدِر على دفعه، ولا يُستدفع بسائر المخلوقين، وإن اجتمعوا جميعًا.
 استعاذ صلى الله عليه وسلم من تحول عافيته سبحانه؛ لأنه إذا كان قد اختصَّه الله بعافيته، فقد ظفر بخير الدارين، فإن تحولت عنه فقد أصيب بشر الدارين، فإن العافية بها صلاح الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Profeten ﷺ visade sitt fullständiga beroende av Allah genom denna åkallan.
 Denna välsignade åkallan innehåller både en bön om att vägledas till att visa tacksamhet för välsignelser, och en bön om att skonas synder, eftersom synder är en orsak till att välsignelser försvinner.
 Vikten av att hålla sig borta från det som väcker Allahs vrede.
 Profeten ﷺ sökte skydd från plötsliga prövningar, eftersom när Allah vill hämnas någon, finns det inget sätt att avvärja det, inte ens om alla människor tillsammans försöker gör det.
 Han ﷺ bad om att Allah inte skulle låta den goda välmåga han skänkts förändras, eftersom den som Allah har gett ett gott tillstånd och välmående har vunnit det goda i både detta liv och nästa. Men om det försvinner, har man drabbats av det värsta i båda liven, eftersom välmåga är en förutsättning för ett gott tillstånd både religiöst och världsligt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5488</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ</t>
+    <t>اللهم إني أعوذ بك من غلبة الدين، وغلبة العدو، وشماتة الأعداء</t>
   </si>
   <si>
     <t>Allah! Jag söker skydd hos dig från att överväldigas av skulder, från att besegras av fienden och från fiendernas skadeglädje</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَدْعُو بِهَؤُلَاءِ الْكَلِمَاتِ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr bin al-'As (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ brukade säga denna åkallan: "Allah! Jag söker skydd hos dig från att överväldigas av skulder, från att besegras av fienden och från fiendernas skadeglädje."</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم من أمور: 
 الأول: (اللهم إني أعوذ) وألجأ وأَلُوْذُ (بك) لا بغيرِك، (من غلبة الدَّين) وقهره وهمِّه وكَرْبِه، وأسألك الإعانة على قضائه وسداده. 
 الثاني: (وغلبة العدو) وقهره وتَسَلُّطه، وأسألك كَفَّ أذاه، والانتصارَ عليه. 
 الثالث: (وشماتة الأعداء) وفَرَحِهم بما يُصيب المسلمين من بلاء ومصيبة.</t>
   </si>
   <si>
     <t>Profeten ﷺ sökte skydd hos Allah från tre saker:
 1. "Allah! Jag söker skydd hos dig från att överväldigas av skulder" – från att drabbas av skuldens börda, dess förnedring, oro och svårigheter att betala tillbaka. Han bad även om hjälp att kunna betala av sina skulder.
 2. "Och från att besegras av fienden" – från att fiender får övertaget, förtrycker och skadar, samt bad seger mot dem.
 3. "Och från fiendernas skadeglädje" – att de skulle glädjas över muslimers motgångar och olyckor, eftersom deras skadeglädje kan vara mer smärtsam än själva prövningen.</t>
   </si>
   <si>
     <t>الحث على التعوذ بالله من كلِّ ما يَشغل عن الطاعة ويَجلب الهموم كالدَّيْن وغيره.
 مطلق الدَّيْن لا حَرَجَ فيه، إنما الحَرَجُ فيمَن ليس لديه وفاءٌ للدَّين، وهذا هو الدَّيْن الغالِب.
 الإنسان عليه أنْ يَتَجنَّبَ الأمور التي يُشْمَتُ بها ويُعاب فيها.
 بيان عداوة الكفار للمؤمنين وشماتهم بهم عند حلول المصائب.
 إظهار الأعداء فرحَهم بِبَلِيَّة الإنسان يَشتدُّ على الإنسان من نفس البلية.</t>
   </si>
   <si>
     <t>Vikten av att söka skydd hos Allah från allt som distraherar från lydnad och orsakar oro, såsom skuld och fienders angrepp.
 Att ha skulder är inte i sig förbjudet, men att vara oförmögen att betala tillbaka är en stor börda. Det är just denna typ av skuld som är överväldigande.
 Människan bör undvika att hamna i situationer där andra kan förlöjliga eller se ner på henne.
 Fiender till islam har alltid funnits och kommer alltid att glädjas åt muslimernas svårigheter.
 Att se fiender glädjas åt ens olyckor kan vara mer smärtsamt än själva olyckan i sig.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5489</t>
   </si>
   <si>
-    <t>اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ</t>
-[...2 lines deleted...]
-    <t>"Allah! Med din välsignelse träder vi in i dagen, och med din välsignelse träder vi in i kvällen. Med din välsignelse lever vi och dör vi, och till dig återuppstår vi</t>
+    <t>اللهم بك أصبحنا، وبك أمسينا، وبك نحيا، وبك نموت، وإليك النشور</t>
+  </si>
+  <si>
+    <t>Allah! Med din välsignelse träder vi in i dagen, och med din välsignelse träder vi in i kvällen. Med din välsignelse lever vi och dör vi, och till dig återuppstår vi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّهُ كَانَ يَقُولُ إِذَا أَصْبَحَ: «اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» وَإِذَا أَمْسَى قَالَ: «بِكَ أَمْسَيْنَا، وَبِكَ أَصْبَحْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» قَالَ: وَمَرَّةً أُخْرَى: «وَإِلَيْكَ الْمَصِيرُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ brukade säga på morgonen:  "Allah! Med din välsignelse träder vi in i dagen, och med din välsignelse träder vi in i kvällen. Med din välsignelse lever vi och dör vi, och till dig återuppstår vi". På eftermiddagen sa man: "Allah! Med din välsignelse träder vi in i kvällen, och med din välsignelse träder vi in i dagen. Med din välsignelse lever vi och dör vi, och till dig återvänder vi." Vid ett annat tillfälle sa han: "Och till dig är återkomsten."</t>
   </si>
   <si>
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade yttra denna bön vid dagens början i samband med soluppgången, sägande:
 "Allah! Med din välsignelse träder vi in i dagen, och med din välsignelse träder vi in i kvällen" – vi upplever endast dagen och kvällen genom Allahs välsignelse, beskydd och givmildhet. Hans nåd omfattar oss i alla tillstånd, och vi är ständigt beroende av honom. "Med din välsignelse lever vi och dör vi" – det är genom Allahs vilja och försyn som vi får liv och det är genom hans beslut som vi en dag kommer att lämna denna värld. "Och till dig återuppstår vi" – vi kommer att återuppväckas inför Allah på domedagen.
 På eftermiddagen efter att 'Asr-bönen trätt in sa han ﷺ: "Allah! Med din välsignelse träder vi in i kvällen, och med din välsignelse träder vi in i dagen, och till dig återvänder vi" – detta betonar den slutliga återkomsten till Allah efter livets slut, då han är den som ger liv och tar det.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>Det är rekommenderat att ta efter profeten ﷺ och recitera denna bön på morgonen och kvällen.
 Människan är ständigt i behov av Allahs vägledning och beskydd under alla situationer och tider.
 Det bästa tillfället att recitera dessa åkallelser på morgonen är från gryningens inträde till soluppgången, och på kvällen från tiden efter 'Asr till precis innan solnedgången. Om man säger dem efter denna tid – det vill säga om man säger dem på morgonen efter att solen har stigit högre – så är det ändå giltigt. Samma gäller om man säger dem efter Dhuhr eller efter Maghrib, eftersom det fortfarande räknas som en tid för Dhikr.
 Meningen "Och till dig återuppstår vi" i morgonbönen är passande eftersom den påminner om uppståndelsen och den stora samlingen på domedagen, då människorna ska väckas till liv. På samma sätt som själen återvänder till kroppen på morgonen och dagen gryr med nytt liv, påminner det om den yttersta uppståndelsen. Den nya dagen blir vittne över människans handlingar, och dess timmar blir ett förvar för hennes gärningar.
 Meningen "Och till dig är återkomsten" i kvällsbönen är passande eftersom den påminner om hur människor efter dagens arbete och de utfört sina sysslor återvänder hem för att vila. Detta återspeglar den slutliga återkomsten till Allah, där varje människa ska återvända till sin Herre, sitt slutmål och sitt eviga öde.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5490</t>
   </si>
   <si>
-    <t>الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ،</t>
+    <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>”Den starke troende är bättre och mer älskad av Allah än den svage troende – och i båda finns det gott</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Den starke troende är bättre och mer älskad av Allah än den svage troende – och i båda finns det gott. Var ivrig om det som gynnar dig, och sök hjälp av Allah och var inte lat. Om du drabbas av något ska du inte säga 'Om jag hade gjort det ena och det andra, skulle det blivit så och så'. Säg istället: 'Det var Allahs öde och det han vill sker', eftersom 'om' banar vägen för Satans handling."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att den troende alltid är bra, men den troende som är stark i sin tro, beslutsamhet, förmögenhet och andra aspekter av styrka är bättre och mer kär till Allah än den svage troende. Därefter uppmanade profeten ﷺ den troende att göra det som gynnar honom i det världsliga livet och i det kommande livet, samtidigt som han förlitar sig på Allah och söker hans hjälp. Han ﷺ förbjöd sedan från slapphet och att vara för lat för att göra det som gynnar en i de båda liven. Om den troende har strävat efter att göra något och vidtagit åtgärder för att det ska ske, samtidigt som han söker Allahs hjälp och att han skänker honom godhet, ska han överlämna sin angelägenhet till Allah. Han ska veta att godhet ligger i Allahs val. Om han därefter drabbas av något tråkigt, ska han inte säga: "Om jag gjort det och det, skulle det blivit så och så"; eftersom ordet "om", banar vägen för Satans handling, som att sätta sig emot ödet och bedrövas över det gångna. Den troende ska istället underkasta sig Allah, vara nöjd med hans beslut och säga: "Det är Allahs öde, och det han vill sker". Eftersom det som inträffat har skett med Allahs vilja, då han gör exakt som han vill, och ingen kan sätta sig emot hans beslut eller vägra hans order.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>Människor skiljer sig i sin tro.
 Det är uppmanat att vara stark i sina handlingar, eftersom man kommer att uppnå det man inte uppnår genom svaghet.
 Människan ska vara mån om det som gynnar henne, och lämna det som inte gynnar henne.
 Den troende måste söka Allahs hjälp i allt han gör, och han ska inte förlita sig på sig själv enbart.
 Denna Hadith bekräftar ödet och det förutbestämda, och att det inte går emot handlingar och strävande i att uppnå gott.
 Det är förbjudet att säga ordet "om" av ilska över det man har drabbats av, och att sätt sig emot Allahs beslut och öde.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5493</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>إن اللعانين لا يكونون شهداء ولا شفعاء يوم القيامة</t>
+  </si>
+  <si>
+    <t>”De som ständigt uttalar förbannelser kommer inte att vara vittnen eller förebedjare på domedagen.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ اللَّعَّانِينَ لَا يَكُونُونَ شُهَدَاءَ وَلَا شُفَعَاءَ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Abu al-Darda (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: ”De som ständigt uttalar förbannelser kommer inte att vara vittnen eller förebedjare på domedagen.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن يُكثر اللعن على مَن لا يستحق فهو مستحق لعقوبتين: 
+الأولى: لا يكون شهيدًا يوم القيامة على الأمم بتبليغ رسلِهم إليهم الرسالات، ولا تقبل شهادته في الدنيا؛ لفسقه، ولا يرزق الشهادة وهي القتل في سبيل الله. 
+الثانية: لا يشفع يوم القيامة حين يشفع المؤمنون في إخوانهم الذين استَوجَبوا النار.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ klargör här att den som ofta förbannar andra på ett oberättigat sätt möter två allvarliga följder. För det första: Han får inte vara ett vittne på domedagen. Det innebär att han inte får vittna om att sändebuden förmedlat sina budskap till sina folk. Hans vittnesmål betraktas inte heller som pålitligt i detta liv, och han berövas dessutom martyrskap, vilket innebär att dö för Allahs skull. För det andra: Han förvägras möjligheten att vara förebedjare på domedagen, då de troende ges tillåtelse att vädja till Allah för sina syskon, som förtjänar att träda in i helvetet.</t>
+  </si>
+  <si>
+    <t>تحريم الَّلعن، وأنّ كَثرته من كبائر الذنوب.
+العقوبة في الحديث إنما هي لمن كثر منه اللعن، لا لِمَرّة ونحوها، ولأنه يخرج منه أيضًا اللعن المباح، وهو الذي ورد الشرع به بلعن أصحاب الأوصاف المذمومة بغير تعيين كقولك: «لعن الله اليهود والنصارى»، «لعنة الله على الظالمين»، «لعن الله المُصَوِّرين»، «لعن الله من عمل عمل قوم لوط»، «لعن الله من ذبح لغير الله»، «لعن الله المتشبِّهين من الرجال بالنساء والمتشبهات من النساء بالرجال»، ونحو ذلك.
+إثبات شفاعة المؤمنين يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Att förbanna (La'n) andra är förbjudet, och att göra det ofta räknas som en stor synd.
+Straffet, som nämns i Hadithen, gäller den som gör uttalandet av förbannelser till en vana, inte vid ett enstaka tillfälle eller liknande. Och det omfattar inte den förbannelse som är tillåten, nämligen den som har förekommit i religionen riktad mot de som har klandervärda egenskaper utan att specificera individer. Såsom, ”Må Allah fördöma judarna och de kristna”, ”Allahs fördömelse vilar över förtryckarna”, ”Må Allah fördöma bildskaparna”, ”Må Allah fördöma den som gör Luts folks handling”, ”Må Allah fördöma den som slaktar för någon annan än Allah”, ”Må Allah fördöma män som efterliknar kvinnor och kvinnor som efterliknar män”, och liknande.
+Detta bekräftar att de troende kommer att få utföra förbön på domedagen.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/5495</t>
+  </si>
+  <si>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Det är åkallan som är dyrkan</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>An-Nu'man bin Bashir (må Allah vara nöjd med honom) sa att han hörde profeten ﷺ säga: "Det är åkallan som är dyrkan." Sedan läste han: "Er Herre säger: 'Be till mig, så ska jag besvara er. De som håller sig för goda för att dyrka mig ska gå med böjt huvud in i helvetet.' (40:60)"</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att det är åkallan som är dyrkan, därför måste den endast tillägnas Allah. Oavsett om åkallan avser en förfrågan, som att be Allah om något gynnsamt eller att skonas från något skadligt, eller en åkallan som avser dyrkan. Dyrkan är all tal och handling, såväl synligt som dolt, som Allah älskar och är nöjd med. Dyrkan kan utföras genom ens hjärta, kropp eller egendom.
 Profeten ﷺ underströk detta sedan genom att berätta att Allah säger: "Be till mig, så ska jag besvara er. De som håller sig för goda för att dyrka mig ska gå med böjt huvud in i helvetet."</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Åkallan är grunden till all form av dyrkan och den får inte tillägnas någon annan än Allah.
 Åkallan omfattar dyrkans benstomme då det är ett sätt att erkänna Herrens självtillräcklighet och makt, och den visar även på tjänarens behov av honom.
 Detta är en sträng varning mot de arroganta som håller sig för goda för att dyrka och åkalla Allah. De som är så högmodiga att de vägrar åkalla Allah kommer att träda in i helvetet förödmjukade med böjt huvud.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5496</t>
   </si>
   <si>
-    <t>كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ</t>
+    <t>إن ربكم حيي كريم، يستحيي من عبده إذا رفع يديه إليه أن يردهما صفرا</t>
+  </si>
+  <si>
+    <t>”Er Herre är blygsam i sitt ädelmod och generös. Han blygs, när hans tjänare lyfter sina händer till honom, att låta dem återvända tomhänta.”</t>
+  </si>
+  <si>
+    <t>عَنْ سَلْمَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ رَبَّكُمْ حَيِيٌّ كَرِيمٌ، يَسْتَحْيِي مِنْ عَبْدِهِ إِذَا رَفَعَ يَدَيْهِ إِلَيْهِ أَنْ يَرُدَّهُمَا صِفْرًا».</t>
+  </si>
+  <si>
+    <t>Salman (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Er Herre är blygsam i sitt ädelmod och generös. Han blygs, när hans tjänare lyfter sina händer till honom, att låta dem återvända tomhänta.”</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على رفع اليدين أثناء الدعاء، وأخبر أنَّ الله سبحانه (حَيي) كثير الحياء، ولا يترك العطاء، يفعل بالعبد ما يَسُرُّه، ويترك ما يَضرُّه، (كريم) يعطي من غير سؤال فكيف بعد السؤال! يَستحيي مِن عبده المؤمن أنْ يَرُدَّ يديه بعد رفعِها للدعاء فارغتين خاليتين خائبتين من إجابته.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ uppmuntrar här till att höja händerna i bön. Han förklarar att Allah, som är blygsam i sitt ädelmod, aldrig lämnar tjänaren utan att ge. Han gör gott för sin tjänare, ger det som gläder honom och avvärjer det som skadar honom. Han är generös och skänker även utan att bli tillfrågad, hur mycket mer då när hans tjänare ber honom! Allah, i sitt ädelmod, blygs att låta den troendes uppsträckta händer återvända tomhänta och utan svar.</t>
+  </si>
+  <si>
+    <t>كلما أظهر الإنسان الافتقار إلى الله تعالى والتعبد، كان أرجى له وأقرب للإجابة.
+الترغيب في الدعاء، واستحباب رفع اليدين فيه، وأنه من أسباب الاستجابة.
+بيان سعة كرم الله ورحمته بعباده.</t>
+  </si>
+  <si>
+    <t>Ju mer en människa visar sitt behov inför Allah och tillber honom, desto troligare är det att hon besvaras.
+Det är starkt uppmanat att be och fråga Allah, och det är rekommenderat att höja händerna när man gör det. Detta är en av anledningarna till att bönen besvaras.
+Hadithen visar på Allahs väldiga generositet och hans stora barmhärtighet mot sina tjänare.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود  والترمذي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[Återberättad av Abu Dawud, at-Tirmidhi och Ibn Majah]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/5499</t>
+  </si>
+  <si>
+    <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>Den åkallan som profeten ﷺ brukade säga oftast var: 'Allah, vår Herre! Ge oss det goda i detta liv, och det goda i det kommande livet, och skona oss från straffet i elden.'</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) sa: "Den åkallan som profeten ﷺ brukade säga oftast var: 'Allah, vår Herre! Ge oss det goda i detta liv, och det goda i det kommande livet, och skona oss från straffet i elden.'"</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade ofta säga många olika åkallan, bland annat: "Allah, vår Herre! Ge oss det goda i detta liv, och det goda i det kommande livet, och skona oss från straffet i elden." Detta inkluderar det goda i detta liv, som en riklig och tillåten försörjning, en rättfärdig partner, barn som gör en lycklig, sinnesro, gynnsam kunskap, rättfärdiga handlingar, och liknande eftertraktade och tillåtna önskemål. Med det goda i det kommande livet menas bland annat att skonas från straffet i graven, under uppståndelsen och i elden, att uppnå Allahs välbehag, och att få den bestående njutningen i paradiset, och att vara i den Barmhärtiga Herrens närhet.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Det är uppmanat att följa profetens ﷺ exempel i att använda de åkallan som är omfattande.
 Det är bättre att människan inkluderar både det goda i detta liv och i det kommande livet i sin åkallan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5502</t>
   </si>
   <si>
-    <t>سَيِّدُ الِاسْتِغْفَارِ</t>
+    <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>Det bästa sättet att söka förlåtelse</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
     <t>Shaddad bin Aws (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Det bästa sättet att söka förlåtelse är genom att säga: 'Allahumma anta Rabbi la ilaha illa ant, khalaqtani wa ana 'abduk, wa ana 'ala 'ahdika wa wa'dika mas-tata't, a'udhu bika min sharri ma sana't, abu'u laka bini'matika 'alayy, wa abu'u bidhanbi, faghfir li fa innahu la yaghfirudh-dhunuba illa ant' (Allah! Du är min Herre. Det finns ingen sann gud utom du. Du har skapat mig och jag är din tjänare. Jag fullgör min plikt [gentemot dig] i hopp om belöning, enligt min förmåga. Jag söker skydd hos dig för det onda jag gjort. Jag erkänner dina välsignelser över mig och jag erkänner mina synder. Förlåt mig, för sannerligen förlåter ingen synder förutom du).' Han sa: 'Den som säger detta under dagen med övertygelse, och dör under den dagen innan han trätt in i eftermiddagen, kommer att vara bland paradisets invånare. Den som säger detta under natten med övertygelse, och dör innan han trätt in i morgonen, kommer att vara bland paradisets invånare."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att det förekommer olika formuleringar för att söka förlåtelse, och det bästa och mest överlägsna sättet att söka förlåtelse genom är att tjänaren säger: "Allahumma anta Rabbi la ilaha illa ant, khalaqtani wa ana 'abduk, wa ana 'ala 'ahdika wa wa'dika mas-tata't, a'udhu bika min sharri ma sana't, abu'u laka bini'matika 'alayy, wa abu'u bidhanbi, faghfir li fa innahu la yaghfirudh-dhunuba illa ant" (Allah! Du är min Herre. Det finns ingen sann gud utom du. Du har skapat mig och jag är din tjänare. Jag fullgör min plikt [gentemot dig] i hopp om belöning, enligt min förmåga. Jag söker skydd hos dig för det onda jag gjort. Jag erkänner dina välsignelser över mig och jag erkänner mina synder. Förlåt mig därför, för sannerligen förlåter ingen synder förutom du)." Tjänaren bekräftar följaktligen sin tro på monoteism och Allahs enhet inledningsvis, och att Allah är hans Skapare och Gud, som ensam förtjänar dyrkan. Han bekräftar även att han ska uppfylla det löftet han gav till Allah då han lovade att tro på honom och lyda honom, så gott som han kan, eftersom tjänaren inte kan tillämpa allt Allah beordrat honom att göra, eller tacka Allah för alla välsignelser han har skänkt. Och att tjänaren vänder sig till honom och söker hans skydd från allt det dåliga som tjänaren utfört. Han bekräftar och intygar om de välsignelser Allah har skänkt honom, och bekräftar och intygar om sina synder och tillkortakommanden. Efter att han sökt sig till Allah på detta vis, ber han om sin Herres förlåtelse och att han ska skyla hans synder och att han genom sin förlåtelse, vänlighet och nåd skonar honom de onda konsekvenser synderna medför, eftersom ingen förlåter synd utom han. Profeten ﷺ berättade sedan att detta ska sägas under morgon och kväll, eftersom den som säger det på morgonen, mellan soluppgång och zenit, med övertygelse om dess betydelse och tror på det och dör därefter, kommer att träda in i paradiset. Och den som säger detta under natten, mellan solnedgång fram till innan solens uppgång, och dör därefter, kommer att träda in i paradiset.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
     <t>Det finns olika sätt att söka Allahs förlåtelse på, och vissa formuleringar är bättre än andra.
 Tjänaren bör vara mån om att be om Allahs förlåtelse genom denna formulering, eftersom det är det bästa sättet att söka hans förlåtelse på.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5503</t>
   </si>
   <si>
-    <t>عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ</t>
+    <t>عليكم بالصدق، فإن الصدق يهدي إلى البر، وإن البر يهدي إلى الجنة</t>
   </si>
   <si>
     <t>Håll er till sanningen, för sanningen leder till rättfärdighet, och rättfärdighet leder till paradiset</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ، وَمَا يَزَالُ الرَّجُلُ يَصْدُقُ وَيَتَحَرَّى الصِّدْقَ حَتَّى يُكْتَبَ عِنْدَ اللهِ صِدِّيقًا، وَإِيَّاكُمْ وَالْكَذِبَ، فَإِنَّ الْكَذِبَ يَهْدِي إِلَى الْفُجُورِ، وَإِنَّ الْفُجُورَ يَهْدِي إِلَى النَّارِ، وَمَا يَزَالُ الرَّجُلُ يَكْذِبُ وَيَتَحَرَّى الْكَذِبَ حَتَّى يُكْتَبَ عِنْدَ اللهِ كَذَّابًا».</t>
   </si>
   <si>
     <t>'Abdullah ibn Mas'ud (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Håll er till sanningen, för sanningen leder till rättfärdighet, och rättfärdighet leder till paradiset. En man fortsätter att tala sanning och strävar efter att vara sanningsenlig tills han skrivs hos Allah som en sanningsenlig människa. Akta er för lögn, för lögn leder till synd, och synd leder till elden. En man fortsätter att ljuga och fortsätter aktivt att ljuga tills han skrivs hos Allah som en lögnare."</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بالصدق، وأَخبر أن الالتزام به يوصِل إلى العمل الصالح الدائم، والمواظب على فعل الخير يوصل صاحبه إلى الجنة، ولا يزال يتكرر منه الصدق في السر والعلانية، ويستحق اسم صِدِّيق؛ وهو المبالغة في الصدق، 
 ثم حذَّر صلى الله عليه وسلم من الكذب وقول الباطل؛ لأنه يبعث على الميل عن الاستقامة، وإلى فعل الشر والفساد والمعاصي، ثم يوصله إلى النار، وما زال يستكثر من الكذب حتى يُكتب عند الله من الكاذبين.</t>
   </si>
   <si>
     <t>Profeten ﷺ beordrade oss att vara sanningsenliga och förklarade att ihärdighet i att tala sanning leder till goda gärningar, och den som regelbundet utför dessa gärningar kommer att komma till paradiset. Om någon fortsätter att tala sanning, både öppet och dolt, förtjänar han titeln Siddiq, vilket är en väldigt sanningsenlig person. Sedan varnade han för att ljuga, eftersom det för personen bort från rättfärdighet och leder till synd och osedlighet. Den som ljuger dras till att begå onda handlingar, vilket leder till elden. Om någon fortsätter att ljuga mycket kommer han till slut att skrivas hos Allah som en av de lögnaktiga.</t>
   </si>
   <si>
     <t>الصدق خلق كريم يحصل بالاكتساب والمجاهدة، فإنَّ الرجل ما يزال يصدُق ويتحرى الصدق، حتى يكون الصدق سجية له وطبعًا، فيكتب عند الله من الصديقين والأبرار.
 الكذب خلق ذميم يكتسبه صاحبه من طول ممارسته، وتحريه قولًا وفعلًا، حتى يصبح خُلقًا وسجية، ثم يكتب عند الله تعالى من الكذابين.
 الصدق يطلق على صدق اللسان، وهو نقيض الكذب، والصدق في النية، وهو الإخلاص، والصدق في العزم على خير نواه، والصدق في الأعمال، وأقلُّه استواءُ سريرتِه وعلانيته، والصدق في المقامات، كالصدق في الخوف والرجاء وغيرهما، فمن اتصف بذلك كان صدّيقًا، أو ببعضها كان صادقًا.</t>
   </si>
   <si>
     <t>Sanning är en ädel egenskap som kräver kontinuerlig strävan och ansträngning. När någon kontinuerligt strävar efter att tala sanning blir det en del av dennes karaktär, och han skrivs hos Allah som en sanningsenlig person och bland de fromma.
 Lögn är en förkastlig egenskap som, genom att ständigt utövas, blir en naturlig del av personen. Personen skrivs till slut som en ihärdig lögnare hos Allah.
 Sanningsenlighet omfattar flera aspekter: att vara sanningsenlig i sitt tal, som är motsatsen till lögn. Sanningsenlighet i avsikter, vilket innebär uppriktighet och ärlighet i sina intentioner. Sanningsenlighet i viljan att utföra goda gärningar och fullfölja det man har föresatt sig. Sanningsenlighet i handlingar, vilket är att man är rättfärdig till det inre såväl som till det yttre. Sanningsenlighet i olika situationer, som under i rädsla och hopp, samt andra liknande känslor. Den som kännetecknas av alla dessa former av sanningsenlighet kallas Siddiq (någon som är sanningsenlig i stor utsträckning), och den som innehar några av dessa former kallas för Sadiq (sanningsenlig).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5504</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Det finns två fraser som är lätta att uttala med tungan, men väger tungt vågen och är älskade av den Nåderike</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Det finns två fraser som är lätta att uttala med tungan, men väger tungt vågen och är älskade av den Nåderike: 'Subhanallahi wa bihamdih, subhanallahil-'Adhim (Allah är fri från brister och lov och pris tillkommer honom, Allah, den Väldige, är fri från brister).'"</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade om två fraser en människa kan yttra när som helst utan att anstränga sig, men som leder till en stor belöning när de vägts på vågskålen och är älskade av den Nåderike:
 "Subhanallahi wa bihamdih, subhanallahil-'Adhim (Allah är fri från brister och lov och pris tillkommer honom, Allah, den Väldige, är fri från brister)".  Dessa fraser beskriver Allahs storhet och perfektion samtidigt som de befäster att Allah är fri från brister.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>De bästa åminnelserna är de som kombinerar faktumet att Allah är fri från brister med att han förtjänar att prisas.
 Detta visar Allahs oerhörda nåd över sina tjänare då han belönar en liten handling frikostigt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Det finns inget som är så ärofyllt hos Allah som åkallan</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Det finns inget som är så ärofyllt hos Allah som åkallan."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att det inte finns någon dyrkan som är bättre hos Allah än åkallan då den är ett sätt att erkänna att Allah är självtillräcklig och den visar även på tjänarens oförmögenhet och hans behov av honom.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Detta visar åkallans dygd och att när tjänaren åkallar Allah högaktar han honom. Tjänaren erkänner på så sätt även Allahs självtillräcklighet, hörsel, generositet, barmhärtighet, kapacitet och närhet då den behövande, döva, snåla, grymma, inkapabla eller avlägsna inte kan åkallas. Ja, Allahs vackra och majestätiska egenskaper kan inte räknas till fullo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما جلس قوم مجلسا لم يذكروا الله فيه ولم يصلوا على نبيهم إلا كان عليهم ترة، فإن شاء عذبهم وإن شاء غفر لهم</t>
+  </si>
+  <si>
+    <t>”När människor sitter i en sammankomst och inte nämner Allah eller sänder hyllning över sin profet, blir det en källa till ånger för dem. Om Allah vill, straffar han dem, och om han vill, förlåter han dem.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا جَلَسَ قَوْمٌ مَجْلِسًا لَمْ يَذْكُرُوا اللَّهَ فِيهِ وَلَمْ يُصَلُّوا عَلَى نَبِيِّهِمْ إِلاَّ كَانَ عَلَيْهِمْ تِرَةً، فَإِنْ شَاءَ عَذَّبَهُمْ وَإِنْ شَاءَ غَفَرَ لَهُمْ».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: ”När människor sitter i en sammankomst och inte nämner Allah eller sänder hyllning över sin profet, blir det en källa till ånger för dem. Om Allah vill, straffar han dem, och om han vill, förlåter han dem.”</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الغفلة عن ذِكْر الله، وأنه ما قَعَدَ قوم في مجلسٍ ولم يذكروا الله تعالى فيه، ولم يصلوا على رسوله صلى الله عليه وسلم إلا كان ذاك المجلس حَسْرة عليهم ونَدَامة وخسارة ونقصانًا يوم القيامة، فإن شاء عذّبهم بذنوبهم السابقة وتقصيراتهم اللاحقة، وإن شاء غفر لهم فضلًا منه ورحمة.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ varnade för att glömma att åminnas Allah. Om människor sitter i en sammankomst och inte nämner Allah eller sänder hyllning över hans sändebud ﷺ, blir den sammankomsten en anledning till ånger, förlust och brist på domedagen. Allah kan, om han vill, straffa dem för deras tidigare synder och försummelser, eller förlåta dem av sin nåd och barmhärtighet.</t>
+  </si>
+  <si>
+    <t>الحث على الذكر وفضله.
+فضل المجالس التي فيها ذكر الله تعالى، وذكر رسوله صلى الله عليه وسلم، وأن المجالس التي ليس فيها ذلك هي مجالس شُؤْمٍ على أهلها يوم القيامة.
+ما ذُكر من التحذير عن الغفلة عن ذكر الله ليس مُقتصرًا على المجالس فقط، بل يَعُمُّ غيرها، قال النووي: يكره لمن قعد في مكان أن يفارقه قبل أن يذكر الله تعالى فيه.
+الحسرة الحاصلة لهم يوم القيامة: إما بفوات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
+هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرمة التي فيها الغيبة والنميمة وغيرها؟!</t>
+  </si>
+  <si>
+    <t>Uppmaningen och förträffligheten i att minnas Allah.
+Förträffligheten i sammankomster där Allah nämns och hyllning sänds över profeten ﷺ. Sammankomster där detta saknas kommer att vara en källa för olycka på domedagen, för personerna som deltog i dem.
+Varningen gäller inte bara sammankomster utan även andra situationer, som Imam al-Nawawi nämner: "Det ogillas att lämna en plats utan att ha nämnt Allah där."
+Den ånger man kommer att känna på domedagen kan antingen handla om att ha förlorat belöning och tillfälle till goda gärningar, eller om straff för att tiden fyllts med synd.
+Om detta gäller sammankomster där man varit upptagen med tillåtna ting, men glömt att minnas Allah, hur mycket allvarligare är det då inte med sammankomster fyllda med förbjudna handlingar som förtal, baktal och liknande?</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/5511</t>
+  </si>
+  <si>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Välgörenhet får inte egendomen att minska. Varje gång en tjänare är förlåtande kommer Allah att ära honom, och varje gång en tjänare ödmjukar sig inför Allah kommer Allah att upphöja honom</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Välgörenhet får inte egendomen att minska. Varje gång en tjänare är förlåtande kommer Allah att ära honom, och varje gång en tjänare ödmjukar sig inför Allah kommer Allah att upphöja honom."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att välgörenhet inte minskar någons egendom, snarare skyddar den egendomen från förstörelse. Allah ersätter även med något ofantligt gott varpå spenderandet leder till en ökning.
 Förlåtelse, när det är möjligt att hämnas eller ställa andra till svars, leder till att personen ökar i styrka och ära.
 Ingen ödmjukar sig för Allahs skull, och inte av fruktan, smicker eller att någon nytta, förutom att Allah belönar honom med ökad status och ära.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>All godhet och framgång finns i att följa islams riktlinjer och i att göra gott, även om vissa människor får för sig att det leder till det motsatta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>Om någon försvarar sin broders heder kommer Allah att försvara den personens ansikte från elden på domedagen</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Abud-Darda' (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Om någon försvarar sin broders heder kommer Allah att försvara den personens ansikte från elden på domedagen."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som står upp för sin broders ära i hans frånvaro, genom att hindra att andra kritiserar eller baktalar honom, kommer Allah att skydda från domedagens straff.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Det är förbjudet att förtala muslimer och att skada deras anseende.
 Belöningen är av samma sort som handlingen. Den som försvarar sin broders ära kommer Allah att försvara från elden.
 Islam är en religion av sammanhållning och lojalitet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Den som säger: 'Subhanallahi wa bihamdih' (Allah är fri från brister och all lovpris tillkommer honom) hundra gånger under en dag, kommer att få sina synder utplånade, även om de skulle vara som havets skum</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som säger: 'Subhanallahi wa bihamdih' (Allah är fri från brister och all lovpris tillkommer honom) hundra gånger under en dag, kommer att få sina synder utplånade, även om de skulle vara som havets skum."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som säger "Subhanallahi wa bihamdih" (Allah är fri från brister och all lovpris tillkommer honom) hundra gånger under en dag, kommer att få sina synder utplånade och förlåtna, även om de skulle vara många och lika mycket som det vita skummet som uppstår på havet vid vågor och storm.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Personen som säger detta hundra gånger på en dag, oavsett om det sker i följd eller vid flera olika tillfällen, uppnår denna belöning.
 Tasbih (att säga "Subhanallah"): är att deklarera att Allah inte har någon brist. Hamd (som förekommer i "wa bihamdih") är att beskriva Allah med att han är perfekt baserat på kärlek och högaktning.
 Synderna som stryks i denna kontext är de mindre synderna. Vad gäller de större synderna så krävs det att personen ångrar sig för dem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>Den som säger: 'La ilaha illallahu wahdahu la sharika lah, lahul-mulku wa lahul-hamd, wa huwa 'ala kulli shay'in qadir' (Ingen har rätt att dyrkas förutom Allah. Han är den ende och har ingen vid sin sida. Till honom hör herraväldet och all pris och han är kapabel till allting) tio gånger</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>Abu Ayyub (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som säger: 'La ilaha illallahu wahdahu la sharika lah, lahul-mulku wa lahul-hamd, wa huwa 'ala kulli shay'in qadir' (Ingen har rätt att dyrkas förutom Allah. Han är den ende och har ingen vid sin sida. Till honom hör herraväldet och all pris och han är kapabel till allting) tio gånger, är samma (i belöning) som den som friger fyra slavar från Ismaels avkomma".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>"La ilaha illallahu wahdahu la sharika lah, lahul-mulku wa lahul-hamd, wa huwa 'ala kulli shay'in qadir' (Det finns ingen sann gud utom Allah. Han är en och han har ingen vid sin sida. Till honom hör herraväldet och all pris och han är kapabel till allting)" betyder att det inte finns någon värd dyrkan utom Allah, ensam utan partner, och att det enbart är han som äger hela herraväldet till fullo, och han är den ende som förtjänar att prisas och tackas med kärlek och högaktning, och att han är kapabel till precis allting eftersom inget undkommer hans makt. Profeten ﷺ berättar att den som repeterar denna väldiga åkallan tio gånger under en dag, får samma belöning som personen som friger fyra av Ismaels, son till Abraham, avkomma från slaveri. Han särskilde Ismaels avkomma då de har en högre status än andra.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Detta visar vilken förträfflighet denna åkallan har, då den innefattar att Allah är den enda som verkligen äger, är fullkomligt kapabel, förtjänar att dyrkas och lovprisas.
 Den som säger denna åkallan uppnår belöningen oavsett om den sägs i följd eller vid olika tillfällen under dagen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>Den som Allah vill väl ges förståelse i religionen</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>Mu'awiyah (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ säga "Den som Allah vill väl ges förståelse i religionen. Jag är inget annat än en fördelare, medan Allah ger. Det här samfundet kommer alltid att hålla fast vid Allahs befallning, och det skadas inte av dem som opponerar sig dem, till dess att Allahs befallning kommer."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som Allah vill väl för skänks förståelse i religionen. Och att profeten ﷺ enbart är en fördelare som distribuerar det Allah har gett honom av försörjning, kunskap och annat, men det är i verkligheten Allah som ger. Andra än Allah är enbart medel som endast kan gynna om Allah tillåter det. Och att detta samfund alltid kommer att hålla fast vid Allahs befallning, det skadas inte av dem som motsätter sig dem, tills domedagen kommer.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Detta visar vilken storhet och förträfflighet den islamiska kunskapen håller och det är en uppmaning till att lära sig den och undervisa den.
 Det kommer alltid att finnas dem som håller fast vid sanningen i detta samfund. Om ena gruppen överger den kommer en annan grupp att ersätta dem och hålla fast vid sanningen.
 Att ha förståelse i religionen tyder på att Allah vill tjänaren väl.
 Profeten ﷺ fördelar endast utifrån Allahs befallning och vilja, han ﷺ ägde inget själv.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5518</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ</t>
+    <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
   </si>
   <si>
     <t>Människor! Sprid fredshälsningen, ge mat, håll kontakten med era släktingar och be på natten medan folk sover, så kommer ni att träda in i paradiset med frid.'</t>
   </si>
   <si>
     <t>عَنْ عَبْدُ اللَّهِ بْنُ سَلَامٍ رضي الله عنه قَالَ: لَمَّا قَدِمَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ الْمَدِينَةَ انْجَفَلَ النَّاسُ قِبَلَهُ، وَقِيلَ: قَدِمَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، قَدِمَ رَسُولُ اللَّهِ، قَدِمَ رَسُولُ اللَّهِ، ثَلَاثًا، فَجِئْتُ فِي النَّاسِ لِأَنْظُرَ، فَلَمَّا تَبَيَّنْتُ وَجْهَهُ، عَرَفْتُ أَنَّ وَجْهَهُ لَيْسَ بِوَجْهِ كَذَّابٍ، فَكَانَ أَوَّلُ شَيْءٍ سَمِعْتُهُ تَكَلَّمَ بِهِ أَنْ قَالَ: «يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ».</t>
   </si>
   <si>
     <t>'Abdullah bin Salam (må Allah vara nöjd med honom) berättade att när Allahs sändebud ﷺ anlände till Medina, rusade människor emot honom och ropade tre gånger: "Allahs sändebud har kommit! Allahs sändebud har kommit!" Så jag gick med dem för att se honom. När jag såg hans ansikte, visste jag att detta inte är lögnares ansikte. Det första jag hörde honom säga var: "Människor! Sprid fredshälsningen, ge mat, håll kontakten med era släktingar och be på natten medan folk sover, så kommer ni att träda in i paradiset med frid.'"</t>
   </si>
   <si>
     <t>لما جَاءَ النبيُّ صلى الله عليه وسلم المدينة، ورآه الناس اتجهوا ناحيتَه مسرعين، وممن توجه إليه عبد الله بن سَلَامٍ رضي الله عنه وكان من اليهود، فلما رآه عرف أن وجهه ليس بوجه كذاب؛ لِمَا يبدو عليه من النور والجمال والهيبة الصادقة، 
 فكان أول شيء سمعه من النبي صلى الله عليه وسلم أنه حث الناس على أعمال تكون سببًا في دخول الجنة، ومنها: 
 أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
 ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
 ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
 رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
   </si>
   <si>
     <t>När profeten ﷺ anlände till Medina och människorna skyndade till honom, var 'Abdullah bin Salam, som då var jude, en av dem som gick för att se profeten ﷺ. När han såg profetens ansikte, kände han omedelbart att detta var en sanningsenlig man, inte en lögnare, på grund av ljuset, skönheten och respekten som hans ansikte utstrålade. Det första han hörde från profeten ﷺ var en uppmaning att utföra handlingar som leder till paradiset, bland annat:
 1. Att sprida islams fredshälsning till alla och ofta.
 2. Dela mat med andra genom att ge det i välgörenhet, gåva eller servera det till ens gäster.
 3. Håll kontakten med släktingar både från faderns och moderns sida.
 4. Be frivillig bön under natten när folk sover.</t>
   </si>
   <si>
     <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
   </si>
   <si>
     <t>Det är rekommenderat att säga fredshälsningen till andra muslimer. Vad gäller dem som man inte vet om de är muslimer eller inte, ska man inte säga fredshälsningen inledningsvis. Om personen däremot hälsar med Salam, ska man svara "Wa 'alaykum" (Detsamma till dig).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5520</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>Allah älskar den gudfruktige, oberoende och anspråkslöse tjänaren</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Sa'd bin Abi Waqqas (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Allah älskar den gudfruktige, oberoende och anspråkslöse tjänaren."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar att Allah älskar vissa av sina tjänare;
 han älskar den gudfruktiga: som tillämpar Allahs befallningar, och undviker hans förbud.
 Han älskar även den oberoende: som är avhållsam från människor och istället vänder sig till Allah för sina behov utan att vända sig till andra.
 Samt den anspråkslöse: som är ödmjuk, dyrkar sin Herre och är upptagen med det som gynnar tjänaren. Han bryr sig inte om att folk ska känna till honom eller om att bli prisad och upphöjd av andra.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>Detta visar några egenskaper som leder till Allahs kärlek för sina tjänare, vilka är gudsfruktan, ödmjukhet och belåtenhet med det Allah har försett en med.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5545</t>
   </si>
   <si>
-    <t>إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ</t>
+    <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>Ni kommer förvisso att få se er Herre liksom ni ser fullmånen, ni kommer inte ha några svårigheter att se honom</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
     <t>Jarir bin 'Abdillah (må Allah vara nöjd med honom) sa: "Vi var hos profeten ﷺ en natt och han tittade mot månen, det vill säga fullmånen, och sa: 'Ni kommer förvisso att få se er Herre liksom ni ser fullmånen, ni kommer inte ha några svårigheter att se honom. Om ni klarar av att inte hindras från att be en bön innan soluppgång och innan solnedgång så ska ni göra det.' Sedan reciterade han: 'Glorifiera och prisa din Herre före solens uppgång och före solnedgången.'"</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
     <t>Följeslagarna var med profeten ﷺ en natt, han tittade på månen den 14e natten av månkalendern och sa: "De troende kommer att se sin Herre i verkligheten med sina ögon, utan hinder. De kommer inte att trängas, tröttas ut eller uppleva svårighet när de ser honom." Därefter sa Allahs sändebud ﷺ: "Om ni klarar av att överkomma vad som än kan hindra er från att be Fajr- och 'Asr-bönen så ska ni utföra dem till fullo under dess tid och i församlingen. Detta är alltså en av anledningarna som leder till att få se Allahs ansikte. Sedan reciterade han ﷺ följande vers: "Glorifiera och prisa din Herre före solens uppgång och före solnedgången."</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
   <si>
     <t>Detta är ett glädjande budskap till de troende, de ska nämligen få se Allah när de är i paradiset.
 Att kalla till islam görs bland annat genom att betona något, uppmana till det och ge liknelser.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5657</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade inte avvisa parfym</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) sa: "Profeten ﷺ brukade inte avvisa parfym."</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade ta emot parfym om han fick det som gåva och brukade inte avvisa den då dess vikt är lätt och dess doft är behaglig.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>Det är rekommenderat att ta emot parfym som gåva, eftersom den är enkel att bära och det är inget som personen som gett den kan påminna om sin frikostighet för.
 Profetens ﷺ förträffliga karaktär då han varken avvisade parfymer eller andra gåvor.
 Det är uppmanat att använda parfym.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5733</t>
   </si>
   <si>
-    <t>اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ،</t>
+    <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
   </si>
   <si>
     <t>Akta er för orättvisa, eftersom orättvisa kommer att omvandlas till mörker på domedagen. Akta er även för girighet, eftersom girighet förgjorde dem som levde innan er</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
     <t>Jabir bin 'Abdillah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Akta er för orättvisa, eftersom orättvisa kommer att omvandlas till mörker på domedagen. Akta er även för girighet, eftersom girighet förgjorde dem som levde innan er - det fick dem att spilla varandras blod, och tillåta det förbjudna."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade för orättvisa, vilket inkluderar att vara orättvis mot andra, sig själv, eller mot Allahs rättighet. Orättvisa syftar på att avstå från att ge någon dennes rättighet. På domedagen kommer de orättvisa att få utstå extrema svårigheter och olyckor. Han förbjöd även girighet, vilket syftar på extrem snålhet kombinerat med omättlig iver. Som yttrar sig bland annat genom att visa tillkortakommanden i att uppfylla andras finansiella rättigheter, kombinerat med en omättlig iver om det världsliga. Denna form av orättvisa fick de tidigare samfunden att gå under, då det ledde till att dem dödade varandra, och tillät det Allah har förbjudit.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Att spendera pengar och se efter sina syskon leder till kärlek och sammanhållning.
 Snålhet och girighet leder till synder och skamfyllda handlingar.
 Man ska dra lärdom från de tidigare samfundens misstag.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5787</t>
   </si>
   <si>
-    <t>أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ</t>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>De troende som har mest fullkomlig tro är de som har bäst karaktär, och den bästa bland er är den som är bäst mot de kvinnor som är nära honom</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "De troende som har mest fullkomlig tro är de som har bäst karaktär, och den bästa bland er är den som är bäst mot de kvinnor som är nära honom."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att de människorna som har den mest fullkomliga tron är de som har en god karaktär, genom att de exempelvis har ett glatt ansikte, gör gott till andra, talar på ett fint sätt och avstår från att skada andra.
 Och den bästa av alla troende är den som är bäst mot de kvinnor som står personen nära, likt ens hustru, döttrar, systrar och kvinnliga släktingar, eftersom de förtjänar att behandlas på bästa sätt.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>Detta visar vilken förträfflighet bra karaktär har och att den är en del av tron.
 Handlingar är en del av tron, och tron stiger och sjunker.
 Islam ärar kvinnan och uppmanar till att hon ska behandlas väl.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5792</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>Denna värld är en njutning, och den bästa njutningen i denna värld är den rättfärdiga kvinnan</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Denna värld är en njutning, och den bästa njutningen i denna värld är den rättfärdiga kvinnan."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att denna värld och det den innehåller endast är något man kan njuta av tillfälligt, sedan upphör den. Och den bästa njutningen i denna värld är den rättfärdiga hustrun, som är en fröjd att se på, som är tillmötesgående med sin mans önskemål, och när han är frånvarande värnar hon om honom med sig själv och med hans egendom.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>Det är tillåtet att njuta av de världsliga goda tingen som Allah har tillåtit för sina tjänare utan att gå till överdrift eller genom att vara arrogant.
 Det är uppmanat att mannen väljer en rättfärdig hustru eftersom hon stödjer mannen att lyda hans Herre.
 Den bästa världsliga njutningen är den som återfinns i lydnaden till Allah och det som stärker den.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا</t>
+    <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>Religionen är enkel, och ingen anstränger sig överdrivet i att praktisera den förutom att han blir överväldigad. Följ därför en medelväg (i praktiserandet), gör erat yttersta för att uppnå (denna medelväg)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Religionen är enkel, och ingen anstränger sig överdrivet i att praktisera den förutom att han blir överväldigad. Följ därför en medelväg (i praktiserandet), gör erat yttersta för att uppnå (denna medelväg) och var hoppfulla. Ta hjälp av (att utföra dyrkan under) morgonens, kvällens och lite av nattens timmar."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att islam är baserad på att vara enkel och lätt att praktisera i alla dess aspekter, och denna enkelhet blir än mer framträdande vid svåra situationer och då det finns behov. Att gå till överdrift i religiösa handlingar och att inte göra dem stegvist leder till att man blir utmattad och avbryter sitt arbete helt eller delvis. . Därför betonade profeten ﷺ vikten av att hålla sig till medelvägen utan att överdriva; att varken försumma det man ålagts eller göra mer än man klarar av. Om man inte förmår att utföra en handling till dess fulla grad, så kan man göra så gott man kan.
 Profeten ﷺ gav glädjande besked om riklig belöning för den som utför kontinuerliga handlingar, även om de är små, för den som inte kan utföra dem fullt ut. Om en person inte kan utföra handlingen helt och hållet på grund av ofrivillig oförmåga, så minskar inte det dennes belöning.
 Och eftersom livet egentligen är en resa och en övergång till det kommande livet, uppmanade profeten ﷺ att söka hjälp genom att utföra dyrkan under de stunder som leder till ökad energi:
 1. Morgonen: dagens första del, mellan gryningen och soluppgången.
 2. Eftermiddag: tiden efter solen har passerat zenit.
 3. Natten: En del av natten, eftersom dyrkan under natten är mer krävande än under dagen, varför det nämndes "en del av natten".</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>Hadithen betonar den enkelhet som finns i islam och att den manar till balans; varken överdrift och försummelse.
 Man ska utföra sina plikter så gott man kan, utan att slarva eller vara för sträng.
 Man bör även välja tider för dyrkan när kroppen är mest utvilad och kapabel att utföra den, och dessa tre specifika tider är då kroppen vanligtvis är mest energifylld och mottaglig för att göra det.
 Ibn Hajar förklarade detta med att säga: "Det är som om profeten ﷺ talade till en resenär på väg mot sitt mål, och dessa tre tider är de tider som är bäst för resans gång. Om någon reser både dag och natt utan uppehåll, kommer han att bli utmattad och ge upp. Om han däremot fokuserar på dessa tider då han har mer ork och energi, kan han fortsätta med sin resa utan svårigheter."
 Ibn Hajar förklarade att denna Hadith visar på vikten av att ta till sig de lättnader som finns i islam. Att insistera på att följa den strängare vägen när en lättnad är tillåten är en form av överdrift och extremism. Ett exempel på detta är den som inte använder sig av Tayammum (den torra tvagningen) när han inte kan använda vatten, vilket skulle leda till skada om han ändå använde det.
 Ibn al-Munir sa: "Denna Hadith är ett tecken på profeten Muhammeds ﷺ profetskap. Vi har sett, och även tidigare generationer har sett, att alla som överdriver i religionen till slut kommer att ge upp. Det handlar inte om att hindra någon från att sträva efter att göra sitt bästa i dyrkan, vilket är något uppmanat, utan om att avstå från att gå till överdrift som leder till utmattning eller aversion, eller att överdriva i att utföra frivilliga handlingar som kan leda till att man går miste om det som är viktigare. Ett exempel på detta är den som ber hela natten och sedan sover förbi Fajr-bönen i församling, eller att han sover tills solen har gått upp och därmed missar bönen vid dess föreskrivna tid."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5795</t>
   </si>
   <si>
-    <t>إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ</t>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>Vänlighet förekommer aldrig i något förutom att det förskönar det, och det avlägsnas aldrig från något utan att det vanställer det</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>'A'ishah profetens hustru (må Allah vara nöjd med henne) berättade att profeten ﷺ sa: "Vänlighet förekommer aldrig i något förutom att det förskönar det, och det avlägsnas aldrig från något utan att det vanställer det."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att vänlighet, mjukhet och försiktighet i tal och handling ökar saker och ting i skönhet och perfektion. Det förenklar även  för personen att uppnå sitt syfte.
 Likaså så är frånvaron av mjukhet något som gör saker och ting vanställt och förvanskat. Det försvårar även för personen att uppnå sitt syfte, alternativt att han uppnår det med möda och besvär.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Detta uppmanar oss pryda vår karaktär med vänlighet.
 Vänlighet förskönar en person och leder till allt gott i denna värld och i den kommande världen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5796</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>Allah är belåten över tjänaren som äter någon mat och prisar honom för det, och dricker någon dryck och prisar honom för det</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah är belåten över tjänaren som äter någon mat och prisar honom för det, och dricker någon dryck och prisar honom för det."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att tjänarens lovprisning av Allah för hans godhet och välsignelser är något som leder till Allahs välbehag. När han ätit säger han: "Alhamdulillah", och när han druckit och säger han: "Alhamdulillah".</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>Detta visar Allahs generositet då han skänker försörjning och är belåten genom lovprisning.
 Allahs välbehag kan uppnås genom något oansenligt, så som att prisa Allah för mat och dryck.
 Att prisa Allah efter mat och dryck är fint bordsskick.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>Genom god karaktär når den troende samma status som den fastande och bedjande</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättade att hon hörde Allahs sändebud ﷺ säga: "Genom god karaktär når den troende samma status som den fastande och bedjande."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar att den som har bra karaktär når samma nivå som den som kontinuerligt fastar under dagen och ber under natten. Bra karaktär innebär att göra gott för andra, tala fint, ha ett glatt ansikte, hålla sig borta från att skada andra och att ha överseende med andras skada.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Islam lägger stor vikt vid att karaktären förbättras och förfinas.
 God karaktär har en enorm förträfflighet, så pass att tjänaren genom det når nivån av den fastande som inte bryter sin fasta, och den bedjande som inte tröttas ut.
 Att fasta under dagen och be under natten är två förträffliga handlingar, men de är samtidigt fysiskt påfrestande. Den som har god karaktär når nivån av dessa två handlingar då han anstränger sig för att ha ett bra uppförande.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5799</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا</t>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>Den bästa av er är den som har den bästa karaktären.'</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) sa: Profeten ﷺ var varken oanständig i tal eller i handling, och han brukade säga: 'Den bästa av er är den som har den bästa karaktären.'"</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade aldrig vara oanständig i tal eller i handling, och han skulle inte heller bete sig så avsiktligt. Snarare hade han ﷺ en utomordentligt fin karaktär.
 Och han ﷺ brukade säga: "Den bästa bland er hos Allah är den som har bäst karaktär", genom att göra gott för andra, ha ett glatt ansikte, hålla bort skada från andra och ha tålamod med skada från andra, och att behandla människor med vänlighet."</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>En troende ska hålla sig borta från att tala oanständigt och göra skamlösa handlingar.
 Allahs sändebuds ﷺ karaktär var perfekt då han enbart gjorde det som var gott och talade fint.
 God karaktär är något som de troende ska tävla om att ha. Den som har bäst karaktär är bland de bästa troende och har den mest fullständiga tron.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5803</t>
   </si>
   <si>
-    <t>قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ</t>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
     <t>Allah säger: 'Adams barn! Spendera, så kommer jag att spendera på dig.'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättar att Allahs sändebud ﷺ sa: "Allah säger: 'Adams barn! Spendera, så kommer jag att spendera på dig.'"</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah sa: "Adams barn! Spendera, i obligatoriska och rekommenderade ändamål, så kommer jag att öka din försörjning och återgälda dig för det du spenderat samt välsigna det åt dig."</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Detta är en uppmaning till att ge i välgörenhet och att spendera för Allahs skull.
 Att spendera i bra ändamål är av de största anledningarna till att personen får välsignat och utökat uppehälle, och Allah kommer att kompensera det tjänaren har spenderat.
 Profeten ﷺ återberättar denna Hadith från sin Herre, och den kallas för Hadith Qudsi (helig Hadith) eller Hadith Ilahi (gudomlig Hadith). Dessa Hadithers ordval och innebörd är från Allah, men de skiljer sig från Koranen som saknar liknande motstycke och vars recitation är en form av dyrkan. Personen som läser Koranen bör även vara i ett rent tillstånd, och Koranen är en utmaning (för andra att framställa något liknande) och mirakulös, med mera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5805</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
     <t>Två personer frågade profeten ﷺ om de bästa handlingarna i islam. Han ﷺ svarade: 'Att ge mat till andra, och att säga hälsningsfrasen till dem du känner och till dem du inte känner.'</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) berättade: "Två personer frågade profeten ﷺ om de bästa handlingarna i islam. Han ﷺ svarade: 'Att ge mat till andra, och att säga hälsningsfrasen till dem du känner och till dem du inte känner.'"</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
     <t>Profeten ﷺ frågades om vilka egenskaper som var bäst i islam? Han nämnde två egenskaper:
 1. Att ofta ge mat till de behövande, vilket inkluderar att ge allmosor, gåvor och att vara gästvänlig. Det är extra viktigt att ge mat till andra vid svält och vid ekonomisk utsatthet då priser höjs.
 2. Att uttala fredshälsningen till alla muslimer, oavsett om du känner dem eller inte.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Följeslagarna var måna om att lära sig det som gynnar dem i detta liv och i det kommande livet.
 Att uttala fredshälsningen och förse andra med mat är från de bästa handlingarna i islam, på grund av deras förträfflighet och eftersom människor är i konstant behov av dem.
 Genom dessa två egenskaper kombineras godhet både i tal och handling, vilket är den bästa formen av godhet.
 Dessa egenskaper berör muslimers relation med varandra, och det finns andra egenskaper som berör tjänarens relation med sin Herre.
 Fredshälsningen ska sägas till muslimer, vad gäller de otrogna så ska den inte initieras.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5808</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ</t>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>Allah ger den orättvise tidsfrist, men när han väl straffar honom släpper han inte taget om honom</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>Abu Musa (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah ger den orättvise tidsfrist, men när han väl straffar honom släpper han inte taget om honom." Därefter läste han ﷺ: "Sådan blir din Herres bestraffning när han bestraffar städer som är orättfärdiga. Hans bestraffning är sannerligen smärtsam och sträng (11:102)."</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om situationen med den som envist insisterar på förtryck, synder, månggudadyrkan och att missbruka andras rättigheter. Allah ger förtryckaren tidsfrist genom att ge honom mer tid, en längre livslängd och mer uppehälle, och påskyndar inte hans straff. Om han fortsätter och vägrar upphöra med sitt utspridda felaktiga beteende, straffar Allah honom och släpper inte honom ur sitt grepp.
 Sedan läste han ﷺ: "Sådan blir din Herres bestraffning när han bestraffar städer som är orättfärdiga. Hans bestraffning är sannerligen smärtsam och sträng (11:102)."</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Den förnuftiga personen skyndar sig till ånger om han upprepat begått förtryck, och han ska inte känna sig säker från Allahs plan och straff.
 Allahs tidsfrist till förtryckarna och att han inte påskyndar deras straff är egentligen något som för dem djupare i synd och följaktligen ökar deras straff, om de inte ångrar sig.
 Förtryck är en av anledningarna till varför Allah har straffat vissa folk.
 Om Allah straffar en hel stad kan de finnas rättfärdiga människor i den. De rättfärdiga kommer att återuppväckas på domedagen i det rättfärdiga tillståndet som de dog i, och de kommer inte att ta skada även om de befann sig bland dem som straffet kom över.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5811</t>
   </si>
   <si>
-    <t>كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ،</t>
+    <t>كلكم راع فمسئول عن رعيته،</t>
   </si>
   <si>
     <t>Alla är ni herdar, och alla ansvarar ni för er flock</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
     <t>Abdullah bin 'Umar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Alla är ni herdar, och alla ansvarar ni för er flock. Ledaren som är ansvarig över människor är en herde, och han ansvarar för sin flock. Mannen är en herde över sin familj, och han ansvarar för den. Kvinnan är en herde över sin makes hem och barn, och hon ansvarar för dem. Tjänaren är en herde över sin mästares egendom, och han ansvarar för den. Följaktligen är ni alla herdar, och alla ansvarar ni för er flock."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att varje muslim har ett ansvarsområde i samhället som han ska se efter. Ledaren och makthavaren är hedar i det ansvarsområdet Allah givit honom. Han måste därför värna om medborgarnas religion, skydda dem från andra som vill skada dem, bestrida fiender och inte försumma människornas rättigheter. Mannen är en herde över sin familj, och skyldig att försörja dem, leva med dem på vackra villkor och lära dem det de behöver kunna. Kvinnan är ansvarig för sin makes hem genom att se efter det och uppfostra hans barn. Betjänten och arbetaren är ansvariga för sin mästares egendom genom att bevara den och se efter den. Varje person är följaktligen en herde över det ansvarsområdet han har tillgivits, och varje person kommer att frågas om sin flock.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Ansvarsområden är uppdelade i det muslimska samhället, och varje person kommer att frågas om sitt ansvarsområde utifrån sin kapacitet och nivå.
 Kvinnans viktiga insats och ansvarsområde, då hon ska se efter sin makes hus och barn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5819</t>
   </si>
   <si>
-    <t>مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ</t>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>Jag har inte lämnat någon prövning som är mer skadlig för männen än kvinnorna</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Usamah bin Zayd (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Jag har inte lämnat någon prövning som är mer skadlig för männen än kvinnorna."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att han inte lämnat någon prövning och test som är mer skadlig för männen än kvinnor. Om det gäller kvinnor i hans familj kan fallet vara att han följer henne i det som går emot religionen. Om det gäller en främmande kvinna för honom kan fallet vara ensamt umgänge med henne och de konsekvenser detta leder till.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>En muslim ska vara på sin vakt mot prövningen från kvinnor, och stänga alla dörrar som kan leda till frestelse genom henne.
 En troende måste hålla fast vid Allah, och vända sig till honom för att få skydd mot prövningar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5830</t>
   </si>
   <si>
-    <t>مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ</t>
+    <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
   </si>
   <si>
     <t>Den som har möjlighet att gifta sig bör göra det, eftersom det skyddar blicken och bevarar ens kyskhet. Men den som inte kan det bör fasta, eftersom det kommer att lägga band (på lusten)</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) berättade att de var med profeten ﷺ som sa: "Den som har möjlighet att gifta sig bör göra det, eftersom det skyddar blicken och bevarar ens kyskhet. Men den som inte kan det bör fasta, eftersom det kommer att lägga band (på lusten)."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
 ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanade den som har förmåga att ha samlag och de ekonomiska resurserna för äktenskap att gifta sig, eftersom det skyddar personen från att titta på förbjudna saker och stärker ens kyskhet, vilket hindrar en från att begå otukt. Men den som inte har råd att att gifta sig, men ändå känner sexuella begär, uppmanas att fasta. Fastan hjälper genom att dämpa begäret och kontrollera den sexuella driften.</t>
   </si>
   <si>
     <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
 حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
 وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
   </si>
   <si>
     <t>Islam värnar om kyskhet och skyddar mot omoraliska handlingar.
 De som inte har råd att gifta sig uppmanas att fasta, eftersom det dämpar den sexuella drivkraften.
 Fastans effekt liknas vid "kastrering" i bildlig mening, då den minskar sexualdriften på ett liknande sätt som kastration.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5863</t>
   </si>
   <si>
-    <t>يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا</t>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>Underlätta och försvåra inte, sprid glada budskap och skräm inte bort</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Underlätta och försvåra inte, sprid glada budskap och skräm inte bort."</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Profeten ﷺ beordrar oss att underlätta och förenkla för människor, och att inte försvåra saker för dem i deras religiösa eller världsliga frågor. Detta ska ske inom de ramar och riktlinjer som Allah har föreskrivit.
 Han uppmanar även till att sprida glada budskap, och att inte stöta bort folk.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Den troende måste vara en sådan som leder folk till att älska Allah och ska uppmana dem till det goda.
 Den som kallar till Allah bör reflektera djupt över hur man bäst sprider islams budskap till andra.
 Att sprida glada budskap leder till glädje, acceptans, och att andra känner sig trygga med den som kallar till islam och det budskapet han för fram.
 Att försvåra saker och ting får andra att bli avskräckta och får dem att vända sig bort från den som kallar till islam och att tveka på det budskap han för fram.
 Detta visar Allahs oändliga nåd över sina tjänare och att han valt en lätt religion åt dem.
 Den sorters underlättning som Hadithen uppmanar oss till är det som återfinns i religionen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5866</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يستحب الجوامع من الدعاء، ويدع ما سوى ذلك</t>
+  </si>
+  <si>
+    <t>”Allahs sändebud ﷺ brukade föredra korta och omfattande böner och undvek de som inte var sådana.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسْتَحِبُّ الْجَوَامِعَ مِنَ الدُّعَاءِ، وَيَدَعُ مَا سِوَى ذَلِكَ.</t>
+  </si>
+  <si>
+    <t>‘A'ishah (må Allah vara nöjd med henne) berättade: ”Allahs sändebud ﷺ brukade föredra korta och omfattande böner och undvek de som inte var sådana.”</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يَستحِبُّ الأدعية الجامعة لخير الدنيا والآخرة مما لفظه قليل ومعناه كثير، ويكون فيه الثناء على الله تعالى، والأغراض الصالحة، ويَدَعُ ما عدا ذلك.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ brukade tycka om böner som var omfattande i sin innebörd, men få till orden, sådana som rymde gott både för detta liv och det kommande, där det fanns lovprisning av Allah och goda önskemål. Böner som saknade detta brukade han undvika.</t>
+  </si>
+  <si>
+    <t>استحباب الدعاء بالألفاظ اليسيرة الجامعة لمعاني الخير، وكراهة التكلف والتَّشْقِيْق في المسألة، وهو خلاف هدي النبي صلى الله عليه وسلم.
+خُصّ رسول الله صلى الله عليه وسلم بجوامع الكلم.
+الحرص على ما ثبت أن النبي صلى الله عليه وسلم دعا به؛ وإن كان طويلًا، وكثرت كلماته، فكلُّه من الأدعية الجامعة.</t>
+  </si>
+  <si>
+    <t>Det är rekommenderat att använda korta och omfattande böner, som samlar mycket gott i få ord. Det är ogillat att vara tillkrånglad och överdriven i sin bön, då det strider mot profetens ﷺ vägledning.
+Profeten ﷺ blev särskilt utvald med ”Jawami' al-Kalim”, förmågan att uttrycka djup innebörd med få ord.
+Man bör hålla fast vid de böner som profeten ﷺ bevisligen använde, även om de ibland är längre, eftersom de också räknas till de omfattande bönerna.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/5886</t>
+  </si>
+  <si>
+    <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
   </si>
   <si>
     <t>Akta er för att vistas ensamma med kvinnor." Då frågade en man från al-Ansar: "Allahs sändebud, vad säger du om svågern?" Han svarade: "Svågern är döden</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
   </si>
   <si>
     <t>'Uqbah ibn 'Amir (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Akta er för att vistas ensamma med kvinnor." Då frågade en man från al-Ansar: "Allahs sändebud, vad säger du om svågern?" Han svarade: "Svågern är döden."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
 فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
 فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnar för att umgås med kvinnor som inte är Mahram (nära släktingar), och säger: Akta er för att vara i avskildhet med kvinnor, och kvinnor ska inte heller vara ensamma med män.
 Då frågade en man från al-Ansar: Vad gäller makens manliga släktingar, såsom hans bror, brorson, farbror, kusin eller andra som skulle vara tillåtna för henne att gifta sig med om hon inte var gift?
 Profeten ﷺ svarade: "Svågern är döden!", det vill säga att man ska akta sig för att vistas ensam med honom lika mycket som man aktar sig för döden. Anledningen till det är att vara ensam med makens manliga släktingar leder till prövningar och fördärv i religionen. Makens släktingar, förutom hans far och söner, är ännu mer förbjudna att vara ensamma med än en främmande man, eftersom de har lättare att komma i kontakt med kvinnan utan att det väcker misstankar. Detta gör situationen ännu farligare och skadligare. Därför jämför profeten ﷺ det med döden – både i hur allvarligt det är och vilka konsekvenser det kan få.</t>
   </si>
   <si>
     <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
 هذا عامٌّ في الأجانب من أخي الزوج وأقاربه، الذين ليسوا محارم للمرأة، ولا بد من اعتبار أن يكون الدخول مقتضيًا للخلوة.
 الابتعاد عن مواطن الزَّلَل عامة، خشية الوقوع في الشر.
 قال النووي: اتفق أهل العلم باللغة على أنَّ الأحْمَاءَ أقاربُ زوج المرأة كأبيه وعمه، وأخيه وابن أخيه، وابن عمه ونحوهم، وأن الأَخْتَانَ أقاربُ زوجة الرجل، وأنَّ الأصْهارَ تقعُ على النوعين.
 شَبَّهَ (الحَمْوَ) بالموت، قال ابن حجر: والعرب تَصف الشيء المكروه بالموت، وجْهُ الشَّبَهِ أنه موتُ الدِّين إنْ وقعت المعصية، وموتُ المُختلي إن وقعت المعصية ووجب الرَّجْم، وهلاك المرأة بفراق زوجها إذا حَمَلَتْه الغَيْرَة على تَطلِيقِها.</t>
   </si>
   <si>
     <t>Förbudet mot att vara ensam med kvinnor som inte är Mahram och att umgås fritt med dem, för att förhindra att omoraliska handlingar begås.
 Förbudet att umgås i avskildhet med en kvinna gäller även makens släktingar, såsom hans bror och kusin, som inte är Mahram till henne.
 Situationer som kan leda till synd och fördärv ska undvikas för att en person inte ska göra något dåligt.
 Imam al-Nawawi sa: Alla språkvetare är överens om att "Hamw" avser makens manliga släktingar, såsom hans far, farbror, bror och kusin, medan "Akhtan" avser hustruns kvinnliga släktingar, och "As'har" inkluderar båda grupperna.
 Profeten ﷺ liknar svågern vid döden. Ibn Hajar förklarade att araberna brukade kalla något avskyvärt för "död". Här betyder det att det är en fara för religionen om en synd begås, att mannen kan utsättas för straff om han begår en förbjuden handling, samt att det kan leda till att hustrun skiljs från sin make på grund av svartsjuka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5888</t>
   </si>
   <si>
-    <t>الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ</t>
+    <t>الورق بالذهب ربا، إلا هاء وهاء، والبر بالبر ربا، إلا هاء وهاء، والشعير بالشعير ربا، إلا هاء وهاء، والتمر بالتمر ربا، إلا هاء وهاء</t>
   </si>
   <si>
     <t>Silver som byts mot guld är Riba, om det inte sker hand i hand. Vete som byts mot vete är Riba, om det inte sker hand i hand. Korn som byts mot korn är Riba, om det inte sker hand i hand. Dadlar som byts mot dadlar är Riba, om det inte sker hand i hand."'</t>
   </si>
   <si>
     <t>عَنْ مَالِكِ بْنِ أَوْسِ بْنِ الْحَدَثَانِ أَنَّهُ قَالَ: أَقْبَلْتُ أَقُولُ مَنْ يَصْطَرِفُ الدَّرَاهِمَ؟ فَقَالَ طَلْحَةُ بْنُ عُبَيْدِ اللهِ وَهُوَ عِنْدَ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنهما: أَرِنَا ذَهَبَكَ، ثُمَّ ائْتِنَا، إِذَا جَاءَ خَادِمُنَا، نُعْطِكَ وَرِقَكَ، فَقَالَ عُمَرُ بْنُ الْخَطَّابِ: كَلَّا، وَاللهِ لَتُعْطِيَنَّهُ وَرِقَهُ، أَوْ لَتَرُدَّنَّ إِلَيْهِ ذَهَبَهُ، فَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ».</t>
   </si>
   <si>
     <t>Malik bin Aws bin al-Hadathan sa: "Jag gick runt och frågade: 'Vem kan växla mina silvermynt?' Då sa Talhah bin 'Ubaydillah, som var hos 'Umar bin al-Khattab (må Allah vara nöjd med dem båda): 'Visa oss ditt guld, sedan kan du komma tillbaka när vår betjänt har kommit, så ger vi dig dina silvermynt.' Då sa 'Umar bin al-Khattab: 'Nej, vid Allah! Antingen ger du honom hans silvermynt direkt, eller så lämnar du tillbaka hans guld till honom, för Allahs sändebud ﷺ sa: "Silver som byts mot guld är Riba, om det inte sker hand i hand. Vete som byts mot vete är Riba, om det inte sker hand i hand. Korn som byts mot korn är Riba, om det inte sker hand i hand. Dadlar som byts mot dadlar är Riba, om det inte sker hand i hand."'</t>
   </si>
   <si>
     <t>يُخْبِرُ التَّابِعِيُّ مالكُ بنُ أوس أنه كان عنده دَنانير ذهب، ويريد أنْ يَصْرِفَها بدراهم فضة، فقال له طلحةُ بن عبيد الله رضي الله عنه: أعطنا دنانيرَك لأَراها! ثم قال له بعد أن عَزَم على الشراء: ائتنا إذا جاء خادمُنا فيما بعد لنعطيَك دراهمَ الفضة، وكان عمر بن الخطاب رضي الله عنه حاضرًا في المجلس، فأنكر هذا النوع من المعاملة، وأقسم على طلحة أن يدفع الفضة الآن، أو يَردَّ إليه ذَهبَه الذي أخذه منه، وبيَّن سبب ذلك أن رسول الله صلى الله عليه وسلم ذَكَرَ أنَّ بَيعَ الفضة بالذهب أو العكس يجب أنْ يَقبِضَ المقابل مباشرة، وإلّا تكون تلك الصفقة ربًا محرّمًا، وبيعًا باطلًا، فلا يباع الذهب بالفضة ولا الفضة بالذهب إلا يدًا بيدٍ ويتم التقابض، ولا يباع البُر بالبر والقمحُ بالقمحِ والشعيرُ بالشعيرِ والتمر بالتمرِ إلا مثلًا بمثلٍ وزنًا بوزنٍ، كيلًا بكيل، يدًا بيد، ولا يباع شيء منها عاجلٌ بآجل، ولا يجوز التفرُّق قبل القبض.</t>
   </si>
   <si>
     <t>Malik bin Aws berättar att han hade guldmynt och ville växla dem till silvermynt. Talhah bin 'Ubaydillah (må Allah vara nöjd med honom) bad honom att först visa sitt guld och sedan komma tillbaka senare när betjänten hade kommit, så att han kunde få sina silvermynt. 'Umar bin al-Khattab (må Allah vara nöjd med honom) var närvarande och förbjöd detta upplägg. Han svor vid Allah att antingen skulle Talḥah ge honom silvermynten direkt eller lämna tillbaka hans guld. Han förklarade att detta beror på att Allahs sändebud ﷺ klargjorde att när guld växlas mot silver (eller tvärtom), måste transaktionen ske direkt. Annars blir det en form av Riba som är förbjuden. Detsamma gäller för att byta ut varor av samma slag, såsom vete mot vete, korn mot korn och dadlar mot dadlar – det får endast ske enligt likvärdiga mått och med omedelbar överlämning. Om en av parterna får en fördröjd betalning blir det en form av ränta som är ogiltig och förbjuden.</t>
   </si>
   <si>
     <t>الأصناف التي ذُكِرَتْ في هذا الحديث خمسة: الذهب والفضة والبر الشعير والتمر، فإذا حَصَل البيعُ في نفس الصنف فلابد من شرطين لصحته: التقابض في مجلس العقد، والتَّمَاثُل في الوزن كذَهَبٍ بِذَهَبٍ، وإلّا يكون ربا الفضل، وإذا اختلفت كفضة بقمح مثلًا فشَرْطٌ واحِدٌ لِصحّة العقد، وهو قَبْضُ الثَّمَن في مجلس العقد، وإلا يكون ربا النسيئة.
 يراد بمجلس العقد: مكان التَّبَايُع، سواء أكانا جالسَين، أم ماضِيَين، أم راكبين، ويراد بالتفرُّق ما يُعَد تَفَرُّقًا عُرْفًا بين الناس.
 النهي في الحديث يشمل جميع أنواع الذهب المَضْرُوبة وغيرها، وجميع أنواع الفضة مضروبة وغير مضروبة.
 العملات النَّقْدِية في هذا الزمن يجب فيها ما يجب في بيع الذهب بالفضة، أي أنه إذا أردت استبدال عملة بعملة أخرى كريال بدرهم فيجوز التفاضل بما يرضاه الطرفان، ولكن يجب التقابض في مجلس البيع، وإلا بَطَلَت الصَّفْقة، وأصبح التعامُل رِبَوِيًّا مُحرّمًا.
 التعاملات الرِّبوية لا تجوز، وعقدُها باطل ولو تراضا الطرفان؛ لأن الإسلام يحفظ للإنسان وللمجتمع حقَّه ولو تنازل هو عنه.
 النهي عن المنكر ومنعه لمن استطاع ذلك.
 ذكر الدليل عند إنكار المنكر، كما كان من عمر بن الخطاب رضي الله عنه.</t>
   </si>
   <si>
     <t>Hadithen nämner fem specifika varor: guld, silver, vete, korn och dadlar. Om en affär sker inom samma kategori måste två villkor uppfyllas: Att det sker på plats i samband med affären. Att vikten eller mängden är exakt lika, annars blir det Riba al-Fadl.
 Om affären sker mellan två olika kategorier, såsom silver mot vete, krävs endast att betalningen sker direkt, annars blir det Riba al-Nasi'ah.
 Med "affärstillfället" menas platsen där affären genomförs, oavsett om båda sitter, går eller rider. Med "skiljas åt" menas det som folk i allmänhet uppfattar som att parterna har gått skilda vägar.
 Förbudet i Hadithen gäller alla typer av guld och silver, oavsett om de är i mynt eller ej.
 I vår tid gäller samma princip för valutaväxling: Om man växlar en valuta till en annan, som Riyal mot Dirham, är det tillåtet att ha olika växelkurser enligt parternas överenskommelse, men växlingen måste ske direkt. Annars blir transaktionen ogiltig och räknas som förbjuden Riba.
 Riba-baserade transaktioner är förbjudna och ogiltiga, även om båda parter skulle vara överens. Islam skyddar individens och samhällets rättigheter, även om någon frivilligt skulle vilja avstå från sin rätt.
 Förbudet mot att tillåta orättvisa transaktioner och vikten av att stoppa dem för den som har möjlighet.
 Vikten av att nämna bevis från profeten ﷺ när man förbjuder något felaktigt, precis som 'Umar bin al-Khattab gjorde i denna situation.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5889</t>
   </si>
   <si>
-    <t>تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا</t>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>Slå vakt om (läsningen av) denna Koran, för vid den vars hand Muhammeds själv vilar i, den försvinner snabbare än den fastspända kamelen</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Abu Musa al-Ash'asri (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Slå vakt om (läsningen av) denna Koran, för vid den vars hand Muhammeds själv vilar i, den försvinner snabbare än den fastspända kamelen."</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Profeten ﷺ beordrar att slå vakt om Koranen genom att läsa den regelbundet så att personen som memorerat den utantill inte glömmer bort den. Han ﷺ betonade detta genom att svära vid Allah att Koranen försvinner snabbare från minnet än vad en fastbunden kamel gör, som har ett rep bundet på benet. Om människan håller fast vid kamelens rep stannar den kvar, och om han släpper taget om repet försvinner den och går förlorad.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Om den som memorerat Koranen läser den regelbundet och ihärdigt kommer den att bevaras i hans hjärta, vid annat fall kommer det han har memorerat att försvinna och han kommer att glömma det.
 Bland de nyttor som finns i att läsa Koranen regelbundet är belöningen som finns i det samt att personens nivåer kommer att öka på domedagen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5907</t>
   </si>
   <si>
-    <t>خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ</t>
+    <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>Den bästa av er är den som lär sig Koranen och undervisar den</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>'Uthman (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den bästa av er är den som lär sig Koranen och undervisar den."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att de bästa muslimerna med högst status hos Allah är de som lär sig Koranen; genom att recitera och memorera den, läsa den korrekt och förstå den. Han undervisar även det han kan om Koranen och agerar i enlighet med dess lära.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Detta visar på Koranens höga status, och att den är det bästa talet då det är Allahs tal.
 De bästa av de som lärt sig är den som även undervisar andra, och inte begränsar kunskapen till sig själv.
 Att lära sig Koranen och att undervisa den omfattar dess recitation, innebörd och bestämmelser.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5913</t>
   </si>
   <si>
-    <t>قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ</t>
+    <t>قل اللهم اهدني وسددني، واذكر بالهدى هدايتك الطريق، والسداد سداد السهم</t>
   </si>
   <si>
     <t>Säg: 'Allah! Vägled mig och skänk mig fasthet', och minns att vägledning är att finna rätt väg, och fasthet är att träffa målet som en pil träffar sitt mål</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: قَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ».</t>
   </si>
   <si>
     <t>'Ali (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa till honom: "Säg: 'Allah! Vägled mig och skänk mig fasthet', och minns att vägledning är att finna rätt väg, och fasthet är att träffa målet som en pil träffar sitt mål."</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه أنْ يَدعوَ اللهَ ويسألَه فيقول: (اللهم اهدني) وأرشدني ودلني (وسددني) ووفقني، واجعلني مستقيمًا في جميع أموري. 
 فالهُدَى: هو مَعرفةُ الحقِّ تفصيلًا وإجمالًا، والتوفيق لاتّباعه ظاهرًا وباطنًا. 
 والسّداد: هو التوفيق والاستقامة في جميع الأمور بما يكون صوابًا على الحق، وهو الطريق المستقيم في القول والفعل والاعتقاد. 
 ولأن الأمر المعنوي يَتَّضِح بالمَحْسُوس؛ تَذَكَّر وأنت تدعو هذا الدعاء بأنَّ: (الهدى: هدايتك الطريق) فأحضِر بقلبِك وأنت تسأل هدايةً كهداية مَن سافر، فإنه لا يَنحرِف عن الطريق يَمْنة أو يسرة؛ وذلك لِيَسْلَمَ مِن الضياع، وبذلك يَنال السلامة، ويَصِل إلى غايته سريعًا. 
 (والسداد: سداد السهم) فأنت تلاحظ عند تَسْديدِك السَّهْمَ في سرعة وصوله وإصابته للهدف، فالرامي إذا رمى غرضًا سدَّد بالسهم نحو الغَرَض، فكذلك تسأل الله تعالى أنَّ ما تَنويه من السداد على شاكلة السهم؛ فتكون في سؤالك طالبًا غاية الهدى، ونهاية السداد.
 فأحضر هذا المعنى بقلبك حتى تسأل الله السداد ليكون ما تنويه من ذلك على مشاكلة ما تستعمله من الرمي.</t>
   </si>
   <si>
     <t>Profeten ﷺ instruerade 'Ali bin Abi Talib (må Allah vara nöjd med honom) att be med dessa ord: "Allah! Vägled mig" – det vill säga: visa mig vad som är rätt och led mig till det som är sant och rättfärdigt. "Och skänk mig fasthet" – det vill säga: skänk mig framgång och gör mig stadig i alla mina angelägenheter.
 Vägledning innebär att känna till sanningen både i detalj och i helhet samt att få framgång i att följa den, både till det inre och det yttre.
 Fasthet innebär att få framgång att fatta rätt beslut och att vara stadig i sina uttalanden, handlingar och övertygelser så att det överensstämmer med sanningen.
 För att underlätta förståelsen genom en konkret bild sa profeten ﷺ: "Minns att vägledning är att hitta rätt väg." Det vill säga: När du ber om vägledning, föreställ dig hur en resenär följer en väg utan att vika av åt höger eller vänster, för att undvika att gå vilse. Genom detta förblir han trygg och når snabbt sitt mål.
 "Och fasthet är att träffa målet som en pil träffar sitt mål." Det vill säga: Precis som en skytt riktar sin pil mot en måltavla och siktar för att träffa exakt rätt, så bör du be Allah att det du avser ska vara lika precist och träffsäkert som en pil i målet – så att du når sann vägledning och perfekt fasthet.
 Profeten ﷺ påminde alltså om vikten av att ha hjärtat närvarande när man ber, så att bönen om fasthet blir lika noggrant riktad som en pil mot sin måltavla.</t>
   </si>
   <si>
     <t>الداعي ينبغي أن يَحرِص على تسديد عملِه وتقويمه بلزوم السنة وإخلاص النية.
 استحباب الدعاء بهذه الكلمات الجامعة للتوفيق والسداد.
 ينبغي على العبد الاستعانة بالله تعالى في جميع أموره.
 ضرْب المثال في مقام التعليم.
 الجمع بين طلب الهداية وصلاح الحال، والاستمرار عليها وعدم الزيغ عنها طرفة عين وصلاح المآل، فقوله: "اهدني" بأن يكون سائرًا على دَرْبِ الهداية، وقوله: "وسددني": من الإصابة وعدم الزيغ عند الهداية التي اعتلاها.
 الداعي ينبغي له أن يهتمَّ بدعائه، ويستحضر معاني دعواته في قلبه؛ فهذا أَدْعَى للقبول.</t>
   </si>
   <si>
     <t>Den som ber bör sträva efter att göra sina handlingar korrekta och riktiga, genom att följa profetens Sunnah och vara uppriktig i sin avsikt.
 Det är rekommenderat att använda denna korta, men omfattande, bön om vägledning och fasthet.
 En tjänare bör alltid söka hjälp från Allah i alla sina angelägenheter.
 Att använda liknelser i undervisning gör begrepp tydligare och enklare att förstå.
 Att kombinera mellan att be om vägledning och att be om fasthet innebär att man ber både om att finna rätt väg och att ständigt fortsätta att följa den, utan att avvika ens ett ögonblick.
 Den som ber bör vara närvarande i sitt hjärta och reflektera över innebörden av sina böner, eftersom det ökar sannolikheten för att de blir accepterade.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5915</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ</t>
+    <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>Jag svär vid honom vars hand min själ vilar i, att ni säkerligen kommer att följa de tidigare folkens väg.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
     <t>Abu Waqid al-Laythi (må Allah vara nöjd med honom) berättade: "När Allahs sändebud ﷺ begav sig mot Hunayn, passerade han ett träd som tillhörde polyteisterna. Trädet kallades Dhatu Anwat och de hängde sina vapen på det. De sa: 'Allahs sändebud! Låt oss hänga vapnen i trädet liksom de hänger vapnen i träd.' Profeten ﷺ sa: 'Allah är fri från brister! Detta är likt det Moses folk sa: 'Låt oss få en gud liksom de har gudar!' (7:138). Jag svär vid honom vars hand min själ vilar i, att ni säkerligen kommer att följa de tidigare folkens väg.'"</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ begav sig mot Hunayn, vilket är en dal mellan at-Ta'if och Mecka. Han hade vissa följeslagare med sig som var nya konvertiter. De passerade ett träd som kallades "Dhatu Anwat", det vill säga den som det hängs på. Avgudadyrkarna brukade högakta detta träd och hänga sina vapen och andra föremål på det för att föremålet skulle välsignas. Dessa nya konvertiter bad då Allahs sändebud ﷺ om att få ett liknande träd, som de kunde hänga sina vapen på för att de skulle välsignas. De bad om detta i tro om att det var något som var tillåtet. Profeten ﷺ glorifierade Allah då, som ett fördömande av det de bett om, och i högaktning av Allah. Han berättade att denna efterfrågan liknar Mosas folks efterfrågan då de sa: "Låt oss få en gud liksom de har gudar!". När Moses folk såg somliga dyrka statyer, bad de om att få en staty likt avgudadyrkarna hade statyer, och att denna efterfrågan var ett sätt att följa deras väg. Sedan varnade han ﷺ sitt samfund för att följa vägen av judarna och de kristna och för att göra det dem gör.</t>
   </si>
   <si>
     <t>الإنسانُ قد يَستحسنُ شيئًا يَظُنُّه يُقَرِّبُه إلى الله تعالى، وهو يُبْعِدُه عنه.
 ينبغي للمسلم أن يُسَبِّح ويُكَبِّر إذا سمِع ما لا ينبغي أن يُقَال في الدين، وعند التَّعَجُّب.
 من الشرك التَّبَرُّك بالأشجارِ والأحجارِ وغيرها، والبَرَكة إنما تطلب من الله وحده.
 سبب عبادة الأصنام هو تعظيمها، والعكوف عندها، والتَبَرُّك بها.
 وجوب سَدِّ الأبواب والطُّرُق التي تُوصل إلى الشرك.
 ما جاء من النصوص في ذمِّ اليهود والنصارى هو تحذيرٌ لنا.
 النَّهْيُ عن التَّشَبُّه بأهل الجاهلية واليهود والنصارى، إلا ما دلَّ الدليل على أنه من ديننا.</t>
   </si>
   <si>
     <t>En människa kan tycka att något är bra och att det för henne närmre Allah, fastän det i själva verket avlägsnar henne från honom.
 Muslimen bör glorifiera Allah och högakta honom när han hör något som inte är lämpligt att säga om religionen, eller när han förvånas över något.
 Att söka välsignelse från träd, stenar och annat är en form av avgudadyrkan. Välsignelse ska enbart sökas från Allah.
 Statyer dyrkas eftersom människor högaktar dem och söker välsignelser från dem.
 Det är obligatoriskt att stänga alla portar som eventuellt kan leda till avgudadyrkan.
 De texter som fördömer judars och kristnas handlingar är en varning för att göra samma sak som de har gjort.
 Det är förbjudet att efterlikna judar, kristna och folket från den hedniska tiden, förutom då vår religion sagt det motsatta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5927</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ</t>
+    <t>أن رجلا أتى النبي صلى الله عليه وسلم، فكلمه في بعض الأمر، فقال: ما شاء الله وشئت، فقال النبي صلى الله عليه وسلم: أجعلتني لله عدلا؟ قل: ما شاء الله وحده</t>
   </si>
   <si>
     <t>En man kom till profeten ﷺ och talade med honom om något. Sedan sa han: 'Det är som Allah och du vill'. Då sa profeten ﷺ: 'Har du gjort mig till Allahs jämlike? Säg att det endast är som Allah vill.'</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättade: "En man kom till profeten ﷺ och talade med honom om något. Sedan sa han: 'Det är som Allah och du vill'. Då sa profeten ﷺ: 'Har du gjort mig till Allahs jämlike? Säg att det endast är som Allah vill.'"</t>
   </si>
   <si>
     <t>جاءَ رجلٌ إلى النبيِّ صلى الله عليه وسلم فكَلَّمَه في أمرٍ له، ثم قال: "ما شاء الله وشئت"، 
 فأنكر عليه النبيُّ صلى الله عليه وسلم هذا القول، وأخبره أنّ عَطْف مشيئة المخلوق على مشيئة الله بالواو شِركٌ أصغر، لا يجوز للمسلم أن يَتَلَفَّظَ به، 
 ثم أَرْشَدَه إلى القول الحق: "ما شاء الله وحده"، فيُفْرِد الله في مشيئته، ولا يَعْطِف عليه مشيئة أحدٍ بأيِّ نوع من أنواع العَطْف.</t>
   </si>
   <si>
     <t>En man kom till profeten ﷺ och pratade med honom om något, sedan sa han: "Det är som Allah och du vill." Profeten ﷺ fördömde detta yttrande, och berättade att han likställde skapelsens vilja med Allahs vilja genom att säga "och", vilket är en mindre form av avguderi. Det är alltså inte tillåtet för en muslim att säga detta. Därefter hänvisade han honom hur han kan säga detta på rätt sätt, vilket är genom att säga "Det är endast som Allah vill", varpå han särskiljer Allah i sin vilja, utan att koppla den med någons vilja genom ordet "och".</t>
   </si>
   <si>
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
   </si>
   <si>
     <t>Det är förbjudet att säga: "Det är som Allah och du vill", och liknande yttranden som sammankopplar tjänarens vilja med Allahs vilja genom ordet "och", eftersom detta är en mindre form av avguderi.
 Att fördöma det onda är en plikt.
 Allahs sändebud ﷺ skyddade monoteismen från allt som kan skada den, och han stängde alla portar som eventuellt leder till avguderi.
 När det dåliga fördöms är det bra att ge ett tillåtet alternativ, något som profeten ﷺ gjorde.
 Denna Hadith hänvisar en att säga "Det är enbart som Allah vill", medan en annan Hadith hänvisar en att säga "Det är som Allah vill, sedan som du vill". Detta kan förstås utifrån att det är tillåtet att säga "Det är som Allah vill, sedan som du vill", men bättre att säga "Det är enbart som Allah vill."
 Det är tillåtet att säga "Det är som Allah vill, sedan som du vill", men bättre att säga "Det är enbart som Allah vill."</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Dess berättarkedja är godtagar]</t>
   </si>
   <si>
     <t>[Återberättad av Ibn Majah, an-Nasa'i i al-Kubra och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5928</t>
   </si>
   <si>
-    <t>أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ</t>
+    <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>''A’ishah! Människorna som får det strängaste straffet på domedagen är de som utmanar Allahs skapelse.'</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
     <t>'A'ishah de troendes moder (må Allah vara nöjd med henne) sa: "Allahs sändebud ﷺ kom hem till mig när jag hade prytt min boning med draperier som hade figurer. När han såg dem, tog han tag i dem, och färgen på hans ansikte ändrades. Han sa: ''A’ishah! Människorna som får det strängaste straffet på domedagen är de som utmanar Allahs skapelse.' Vi skar sönder dem och gjorde en eller två kuddar av dem."</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
     <t>Profeten ﷺ kom in i sitt hem hos 'A'ishah (må Allah vara nöjd med henne) och fann att hon placerat ett skynke på ett litet förråd som innehöll diverse föremål. Detta skynke hade figurer av levande varelser, vilket fick profetens ﷺ ansikte att ändra färg av ilska för Allahs skull. Han avlägsnade den och sa: "Människorna som får det strängaste straffet på domedagen är dem vars avbildning efterliknar Allahs skapelse." 'A'ishah berättade att de gjorde om dem till en eller två kuddar.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Det dåliga ska fördömas när man upptäcker det, och fördömandet ska inte skjutas upp, förutsatt att det inte leder till en större ondska.
 Straffet på domedagen skiljer sig utifrån syndens allvar.
 Att avbilda levande varelser är en större synd.
 En anledning till varför det är förbjudet att avbilda levande varelser är att det är ett sätt att försöka efterlikna Allahs skapelse, oavsett om personen avser att efterlikna den eller inte.
 Religionen är mån om att egendomar inte ska slösas utan att man kan dra nytta från dem när den förbjudna aspekten har avlägsnats.
 Alla avbildningar av levande varelser är förbjudna oavsett form, och oavsett om avbildningen är förnedrad.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5931</t>
   </si>
   <si>
-    <t>مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ</t>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>Den som slår sig ned på en plats och säger: 'A'udhu bi kalimatillahit-tammati min sharri ma khalaq' (Jag söker skydd via Allahs fulländade ord mot det onda som han har skapat), kommer inte att skadas av något så länge han vistas på den platsen</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>Khawlah bint Hakim (må Allah vara nöjd med henne) berättade att hon hörde Allahs sändebud ﷺ säga: "Den som slår sig ned på en plats och säger: 'A'udhu bi kalimatillahit-tammati min sharri ma khalaq' (Jag söker skydd via Allahs fulländade ord mot det onda som han har skapat), kommer inte att skadas av något så länge han vistas på den platsen."</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar för sitt samfund hur de ska söka skydd hos Allah på ett effektivt sätt. Detta kommer att hindra all skada en människa fruktar, då hon slår sig ner på någon plats. Denna plats kan vara under resa, nöjestur eller likande. Under dessa situationer ska hon söka skydd via Allahs perfekta ord som är fulländade i dess godhet, välsignelse och nytta, orden som inte har någon defekt eller brist. Via dessa söker hon skydd mot varje skadlig varelse. Följaktligen kommer hon att vara skyddad så länge hon befinner sig på den platsen.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Att söka skydd hos Allah är en form av dyrkan, och kan göras genom Allahs namn och egenskaper.
 Det är tillåtet att söka skydd genom Allahs namn då dessa namn inkluderar hans egenskaper. Att söka skydd hos någon skapelse är däremot inte tillåtet då det är en form av avgudadyrkan.
 Hadithen visar vilken dygd och välsignelse denna åkallan har.
 Att säga diverse åkallan är en anledning till att tjänaren är skyddad från eventuell ondska.
 Det är fel att söka skydd hos andra än Allah, som att söka det från jinner, magiker, lögnare och liknande.
 Det är föreskrivet att säga denna åkallan för den som slår sig ner på någon plats, oavsett om det är under resa eller inte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5932</t>
   </si>
   <si>
-    <t>أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ</t>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>'Ska jag inte skicka iväg dig på ett uppdrag som Allahs sändebud ﷺ skickade iväg mig på? Lämna varken en bild utan att du förstör den eller en upphöjd grav utan att du jämnar ut den.'</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>Abul-Hayyaj al-Asadi (må Allah vara nöjd med honom) sa: "'Ali bin Abi Talib sa till mig : 'Ska jag inte skicka iväg dig på ett uppdrag som Allahs sändebud ﷺ skickade iväg mig på? Lämna varken en bild utan att du förstör den eller en upphöjd grav utan att du jämnar ut den.'"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade skicka iväg sina följeslagare på uppdraget att avlägsna och förstöra statyer, vilket syftar på skulpturer av levande eller icke-levande varelser.
 Och att de jämnar ut upphöjda gravar med marken och tar bort det som har placerats över dem. De skulle se till att de var jämnade med marken och får bara vara upphöjda en hands längd.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Det är förbjudet att avbilda levande varelser då detta kan leda till avgudadyrkan.
 Det är föreskrivet att avlägsna det som är dåligt, handgripligen, för den som har auktoriteten eller kapaciteten att göra det.
 Profeten ﷺ var mån om att avlägsna alla spår från den förislamiska tiden, så som avbilder, statyer och det som byggts på gravar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5934</t>
   </si>
   <si>
-    <t>لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ</t>
+    <t>الحلف منفقة للسلعة، ممحقة للربح</t>
+  </si>
+  <si>
+    <t>”Att svära en ed kan få varan att sälja, men det raderar välsignelsen ur vinsten.”</t>
+  </si>
+  <si>
+    <t>عَن أَبي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «الْحَلِفُ مَنْفَقَةٌ لِلسِّلْعَةِ، مَمْحَقَةٌ لِلرِّبْحِ».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: ”Att svära en ed kan få varan att sälja, men det raderar välsignelsen ur vinsten.”</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الحَلِف والإكثار منه حتى لو كان صادقًا في البيع والشراء، وأخبر أنه سبب لِرَوَاج السلعة والمتاع، لكنه نَقْصٌ وإبطال لبركة الربح والكسب، وقد يُسلِّط الله تعالى عليه وُجوهًا يَتْلَف فيها إما سَرْقًا أو حَرْقًا أو غَرَقًا أو غصبًا أو نهبًا أو عوارض أخرى يتلف بها ماله.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ varnade för att svära eder i stor utsträckning, särskilt i handel, även om man talar sanning. Eden kan göra att varan går åt snabbare, men samtidigt tar den bort välsignelsen i inkomsten. Välsignelsen kan försvinna genom att Allah låter vinsten sedan drabbas av förluster som stöld, brand, översvämning, beslagtagande, rån eller andra händelser som förstör förtjänsten.</t>
+  </si>
+  <si>
+    <t>تعظيم أمر الحلف بالله، وأنه لا يكون إلا لحاجة.
+الكسب الحرام وإن كَثُرَت كَمِّيّته؛ فإنه مَنزوع البركة لا خير فيه.
+قال القاري: ذهاب بركة المكسوب؛ إما بتلف يلحقه في ماله، أو بإنفاقه في غير ما يعود نفعه إليه في العاجل أو ثوابه في الآجل، أو بقي عنده وحُرِم نفعه، أو وَرِثَه مَن لا يَحْمَدُه.
+قال النووي: فيه النهي عن كثرة الحلف في البيع، فإن الحلف من غير حاجة مكروه، وينضم إليه ترويج السلعة، وربما اغترَّ المشتري باليمين.
+كثرة الحلف نقص في الإيمان، ونقص في التوحيد؛ لأن كثرة الحلف تفضي إلى شيئين: أحدهما: التساهل في ذلك وعدم المبالاة، والأمر الثاني: الكذب، فإن من كثرت أيمانه وقع في الكذب، فينبغي التَّقَلُّلُ من ذلك وعدم الإكثار من الأيمان، ولهذا قال سبحانه: (وَاحْفَظُوا أَيْمَانَكُمْ) [المائدة:89].</t>
+  </si>
+  <si>
+    <t>Att svära vid Allah är allvarligt och ska endast göras vid behov.
+Förbjuden inkomst, även om den är stor, saknar välsignelse och för inget gott med sig.
+Al-Qari sa: "Välsignelsen kan försvinna genom att pengarna går förlorade, genom att de används på något som inte gagnar i detta liv eller i nästa, genom att de blir kvar utan att man får nytta av dem, eller genom att de ärvs av någon som inte uppskattar dem."
+Al-Nawawi sa: "Denna Hadith avråder från att svära ofta i handel; att svära utan behov är ogillat, och dessutom kan eden driva på försäljningen så att köparen blir vilseledd av den."
+Många eder innebär en svaghet i tron och i ens religion, eftersom det leder till två saker: likgiltighet inför att svära, och risken för lögn. Därför bör man hålla sina eder till ett minimum och undvika att ofta svära eder. Allah säger: ”Och bevara era eder” [5:89].</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/5936</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Ingen av er tror förrän han älskar mig mer än sin far, sin son och alla andra människor</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Ingen av er tror förrän han älskar mig mer än sin far, sin son och alla andra människor."</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ berättar för oss att en muslim inte kan ha fullständig tro förrän han ger kärleken till Allahs sändebud ﷺ företräde över kärleken till sin mor, far, son, dotter och samtliga människor. Denna kärlek fordrar att han lyds och stöttas, och att han inte trotsas.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att älska sändebudet ﷺ, och att ge denna kärlek företräde över kärleken till någon annan skapelse.
 Något som tyder på denna kärlek fullbordas är att Allahs sändebuds Sunnah stöttas, och att man lägger ner sin själ och egendom för detta syfte.
 Att älska sändebudet ﷺ fordrar att hans påbud lyds, det han berättat om tros på, och det han har förbjudit undviks, att han följs och att innovationer undviks.
 Profetens ﷺ rättigheter är större och viktigare än alla andra människors rättigheter, eftersom han var anledningen till att vi vägleddes från villfarelse, och att vi räddas från elden och uppnår paradiset.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5953</t>
   </si>
   <si>
-    <t>‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ</t>
+    <t>لا تسبوا الريح، فإذا رأيتم ما تكرهون فقولوا: اللهم إنا نسألك من خير هذه الريح وخير ما فيها وخير ما أمرت به، ونعوذ بك من شر هذه الريح وشر ما فيها وشر ما أمرت به</t>
+  </si>
+  <si>
+    <t>”Förbanna inte vinden. När ni upplever något i den som ni ogillar, säg: ’Allah! Vi ber dig om det goda i denna vind, det goda som finns i den och det goda som den har beordrats med. Och vi söker skydd hos dig från det onda i denna vind, det onda som finns i den och det onda som den har beordrats med.’”</t>
+  </si>
+  <si>
+    <t>عَنْ أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا الرِّيحَ، فَإِذَا رَأَيْتُمْ مَا تَكْرَهُونَ فَقُولُوا: اللَّهُمَّ إِنَّا نَسْأَلُكَ مِنْ خَيْرِ هَذِهِ الرِّيحِ وَخَيْرِ مَا فِيهَا وَخَيْرِ مَا أُمِرَتْ بِهِ، وَنَعُوذُ بِكَ مِنْ شَرِّ هَذِهِ الرِّيحِ وَشَرِّ مَا فِيهَا وَشَرِّ مَا أُمِرَتْ بِهِ».</t>
+  </si>
+  <si>
+    <t>Ubayy ibn Kaʿb (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Förbanna inte vinden. När ni upplever något i den som ni ogillar, säg: ’Allah! Vi ber dig om det goda i denna vind, det goda som finns i den och det goda som den har beordrats med. Och vi söker skydd hos dig från det onda i denna vind, det onda som finns i den och det onda som den har beordrats med.’”</t>
+  </si>
+  <si>
+    <t>نَهَى صلى الله عليه وسلم عن شَتْم أو لَعْن الريح، فإنها مأمورة من خالقها، تأتي بالرحمة وبالعذاب، وسَبُّها سَبٌّ لله خالقِها، وتَسَخُّط على قضائه، ثم أَرْشَد صلى الله عليه وسلم إلى الرجوع إلى الله خالقها بسؤاله من خيرها وخير ما فيها وخير ما أُرسلت كإتيانها بالمطر ونقل اللِّقَاح ونحوه، والاستعاذة بالله من شرها وشر ما فيها وشر ما أرسلت به كإتلاف النبات والشجر وهلاك الماشية وهدم الأبنية، ونحوه، وفي سؤال الله ذلك تحقيق للعبودية لله.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ förbjöd att talla illa om eller förbanna vinden, för den är skapad och beordrad av sin Herre. Den kan föra med sig både barmhärtighet och straff. Att förbanna vinden innebär i själva verket att man riktar sitt missnöje mot Allah, som skapat och styr den, och det är en form av missnöje med hans beslut. Därför vägledde profeten ﷺ istället till att vända sig till Allah, vindens Skapare, genom att be honom om dess goda, såsom regn och befruktning av grödor. Samt att söka skydd från dess onda, såsom förstörda skördar och träd, döda boskap eller raserade byggnader. På så vis fullbordas tjänarens sanna dyrkan av Allah.</t>
+  </si>
+  <si>
+    <t>النهي عن سب الريح؛ لأنها خَلْقٌ مُدَبَّرٌ، فيَرْجِعُ السَّبُّ إلى خالقها ومُدَبِّرِها، وهو نقص في التوحيد.
+الرجوع إلى الله والاستعاذة به من شر ما خلق.
+الريح تكون مأمورة بالخير، وتكون مأمورة بالشر.
+قال ابن باز: سب الريح من جملة المعاصي؛ لأنها مخلوق مدبر ترسل بالخير والشر؛ فلا يجوز سبُّها، ولا يقال: لعن الله الريح، أو قاتل الله الريح، أو لا بارك الله في هذه الريح، أو ما أشبه ذلك، بل يعمل المؤمن ما أرشد إليه النبي صلى الله عليه وسلم.
+يقاس على الريح في تحريم الشَّتْم والسب ما يتعلق بالحر والبرد والشمس والغبار وغير ذلك مما هو من خَلْق الله وتصريفه.</t>
+  </si>
+  <si>
+    <t>Det är förbjudet att tala nedsättande eller förbanna vinden, eftersom den är en skapelse som styrs av Allah. Att förbanna den blir indirekt ett angrepp mot dess Skapare och en brist i tron.
+Man ska vända sig till Allah och be om skydd från allt ont i hans skapelse.
+Vinden kan vara sänd med gott och med ont, beroende på vad Allah har bestämt.
+Ibn Baz sa: "Att förbanna vinden är en synd, eftersom den är en skapelse som skickas med både gott och ont. Det är därför inte tillåtet att säga ”må Allah fördöma vinden”, ”må Allah förgöra vinden”, ”må Allah inte välsigna denna vind” eller liknande uttryck. Istället ska man göra som profeten ﷺ lärt oss i denna Hadith.
+Samma princip gäller också för andra fenomen som hetta, kyla, sol, damm och allt annat som är en del av Allahs skapelse och beslut.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/5976</t>
+  </si>
+  <si>
+    <t>لا يقل أحدكم: اللهم اغفر لي إن شئت، ارحمني إن شئت، ارزقني إن شئت، وليعزم مسألته، إنه يفعل ما يشاء، لا مكره له</t>
+  </si>
+  <si>
+    <t>”Ingen av er bör säga: ’Allah! Förlåt mig om du vill, förbarma dig över mig om du vill, försörj mig om du vill.’ Låt honom istället vara bestämd i sin bön, för Allah gör vad han vill och ingen kan tvinga honom.”</t>
+  </si>
+  <si>
+    <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «لاَ يَقُلْ أَحَدُكُمْ: اللَّهُمَّ اغْفِرْ لِي إِنْ شِئْتَ، ارْحَمْنِي إِنْ شِئْتَ، ارْزُقْنِي إِنْ شِئْتَ، وَليَعْزِمْ مَسْأَلَتَهُ، إِنَّهُ يَفْعَلُ مَا يَشَاءُ، لاَ مُكْرِهَ لَهُ».
+ولمسلم: «وَلَكِنْ لِيَعْزِمِ الْمَسْأَلَةَ وَلْيُعَظِّمِ الرَّغْبَةَ، فَإِنَّ اللهَ لَا يَتَعَاظَمُهُ شَيْءٌ أَعْطَاهُ».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: ”Ingen av er bör säga: ’Allah! Förlåt mig om du vill, förbarma dig över mig om du vill, försörj mig om du vill.’ Låt honom istället vara bestämd i sin bön, för Allah gör vad han vill och ingen kan tvinga honom.”</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن تَعْلِيْق الدعاء بشيء حتى لو كان بمشيئة الله؛ فإن ذلك أمر معلوم مُتَيَقَّن أنه لا يغفر إلا أن يشاء سبحانه، ولا معنى لاشتراط المشيئة؛ لأنها إنما تشترط فيمن يصح منه أن يفعل دون أن يشاء بالإكراه وغيره مما تنزه الله سبحانه عنه، وقد بين ذلك صلى الله عليه وسلم في آخر الحديث بقوله فإنه لا مُكْرِه له، كما أن الله لا يَتَعَاظَمُه شيء أعطاه وليس بعاجز ولا يكبُر عليه شيء حتى يقال: إن شئت، وتعليقه بالمشيئة نوع من الاستغناء عن مغفرته، فقول القائل: إن شئت أن تعطيني كذا فافعل، لا يستعمل هذا إلا مع الغنى عنه أو مع العاجز، وأما مع القادر ومع الاضطرار إليه والحاجة إليه فإنه يَعزم مسألته، ويَسأل سؤال فقير مضطر إلى ما سأله، ويلجأ إلى الله؛ لأنه الغني الكامل، القادر على كل شيء.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ förbjöd att man knyter sin bön till något villkor, även om det är till Allahs vilja. Det är nämligen redan en självklarhet att Allah endast förlåter, förbarmar sig eller försörjer om han så vill. Att uttrycka villkor blir därför meningslöst och olämpligt, eftersom villkor bara används gentemot någon som kan handla under tvång eller som saknar förmåga, och Allah är upphöjd över sådant. Profeten ﷺ klargjorde detta i slutet av Hadithen genom att säga: ”Det finns ingen som kan tvinga honom.” Allah är inte heller oförmögen eller tyngd av att ge, därför finns det ingen anledning att säga ”om du vill” som om det vore svårt för honom. Tvärtom är allt han ger enkelt för honom, och ingenting han skänker är för stort. Att villkora sin bön på detta sätt ger en uppfattning av att man inte är helt i behov av Allahs förlåtelse, eller att man kan klara sig utan den. Ett sådant sätt att tala används i vanliga fall bara med någon man antingen inte behöver, eller som är oförmögen att hjälpa. Men gentemot Allah, som är den Allsmäktige, den Oberoende, den man helt och fullt är beroende av, ska man istället vara fast i sin bön och åkalla honom som en fattig och behövande tjänare, i fullt beroende av honom som är den fullkomligt Självtillräcklige och den som förmår allt.</t>
+  </si>
+  <si>
+    <t>النهي عن تعليق الدعاء بالمشيئة.
+تنزيه الله عما لا يليق به، وسعة فضله، وكمال غناه، وكرمه وجوده سبحانه وتعالى.
+إثبات الكمال لله عز وجل.
+تعظيم الرغبة فيما عند الله وحسن الظن به سبحانه.
+يقع من بعض الناس تعليق الدعاء بالمشيئة وهم لا يشعرون، مثل قول: جزاك الله خيرًا إن شاء الله، الله يرحمه إن شاء الله، فهذا لا يجوز لحديث الباب.</t>
+  </si>
+  <si>
+    <t>Det är förbjudet att villkora sin bön med ”om du vill” (insha' Allah).
+Allah är upphöjd över allt som inte anstår honom. Hans generositet är oändlig, och hans rikedom och givmildhet fullkomliga.
+Detta visar Allahs fullkomlighet.
+Uppmaningen att ha stark längtan till det Allah kan skänka oss, och att hysa goda tankar om honom.
+Många gör detta fel utan att tänka på det, som när de säger: ”Må Allah belöna dig, om han vill” eller ”Må Allah förbarma sig över honom, om han vill.” Detta är inte tillåtet enligt denna Hadith.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/5978</t>
+  </si>
+  <si>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>Den som tror på omen eller ber om omen, spår eller ber om spådom, trollar eller ber om trolldom</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>'Imran bin Husayn (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som tror på omen eller ber om omen, spår eller ber om spådom, trollar eller ber om trolldom, eller knyter en knut tillhör inte oss. Och den som beger sig till en siare och tror på det han säger har förnekat det som har uppenbarats för Muhammed ﷺ."</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnar sitt samfund för vissa handlingar genom uttrycket: "tillhör inte oss". Dessa handlingar omfattar:
 1. "Den som tror på omen eller ber om omen". Tatayyur (omen) har sitt ursprung i ordet "tayr" (fågel). Innan de påbörjade någon handling, resa eller affär brukade de släppa en fågel fri; om den flög till höger blev de optimistiska och fortsatte med den påtänkta handlingen, om den istället flög till vänster blev de pessimistiska och avbröt den påtänkta handlingen. Det är inte tillåtet att göra denna handling eller att be någon annan utföra den, eftersom den faller in under skrock och onda omen. Detta är förbjudet oavsett vad det kopplas till; något hör- eller synbart, fåglar, djur, missbildningar, siffror, dagar eller annat.
 2. "Spår eller ber om spådom". Den som påstår att den känner till det fördolda genom att tolka stjärnor eller annat, eller går till någon som påstår sig känna till det som en spåman eller liknande och tror på det han påstår sig veta om det fördolda, har förnekat det som har uppenbarats till Muhammed ﷺ.
 3. "Trollar eller ber om trolldom". Detta syftar på den som själv utför magi  eller ber någon annan utföra det åt honom för att han ska gynna eller skada någon. Eller den som knyter knutar på trådar och läser förbjudna trollformler på knutarna och blåser på dem.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att förlita sig på Allah och att tro på Allahs förutbestämmelse och öde. Det är förbjudet att tro på omen och skrock, eller att använda magi och spådom, eller att be andra utföra detta.
 Att påstå att man har kunskap om det fördolda är av form av avgudadyrkan och går emot monoteism.
 Det är förbjudet att tro på eller att gå till spåmän. Detta förbud omfattar även spådom genom handläsning och att titta i kaffesump, samt horoskop. Detta förbud gäller även om personen läser detta av ren nyfikenhet.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[Återberättad av al-Bazzar]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5981</t>
   </si>
   <si>
-    <t>مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً</t>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>Den som går till en siare och frågar honom något, får inte sin bön accepterad på fyrtio nätter</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>Vissa av profetens ﷺ fruar berättade att profeten ﷺ sa: "Den som går till en siare och frågar honom något, får inte sin bön accepterad på fyrtio nätter."</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnar för att gå till siaren, vilket inkluderar spåmän, astrologer, den som spår framtiden genom att titta på jorden och andra som påstår att de har kunskap om det fördolda genom diverse redskap. Om personen vänder sig till dessa för att fråga om något, som tillhör det det fördolda, kommer Allah att beröva honom hans böners belöning under fyrtio dagar. Detta är straffet för denna stora synd och avskyvärda handling.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>Det är förbjudet att vara en siare och även förbjudet att vända sig till en sådan för att fråga honom om något från det fördolda.
 En person kan berövas belöningen för sina goda handlingar som straff för att han har syndat.
 Hadithens förbud omfattar även att läsa horoskop, och spådom genom att handläsning eller att titta i kaffesump, även om personen bara gör det av nyfikenhet. Alla dessa handlingar är en form av spådom som gör anspråk på kunskap om det fördolda.
 Om detta är straffet för den som går till en siare, vad är då straffet för siaren?
 Bönerna som bes under dessa fyrtio dagar är giltiga och ska inte bes om senare, däremot kommer den som bad inte få belöning för dem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5986</t>
   </si>
   <si>
-    <t>من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ</t>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>Den som lär sig astrologi, lär sig magi; ju mer han lär sig av det ena, desto mer lär han sig av det andra</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som lär sig astrologi, lär sig magi; ju mer han lär sig av det ena, desto mer lär han sig av det andra."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att den som lär sig och tar del av astrologi likt stjärnornas och planeternas rörelse och uppkomst, för att tyda händelser på jorden så som att någon ska dö, födas, insjukna och liknande som sker i framtiden, har alltså lärt sig magi. Ju mer människan lär sig om detta, desto mer magi har han tagit del av.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Astrologi, att tyda framtiden utifrån stjärnornas tillstånd, är förbjudet eftersom personen påstår sig ha kunskap om det fördolda.
 Den förbjudna astrologin är en form av magi som går emot monoteism. Detta förbud omfattar däremot inte att använda stjärnorna för att tyda väderstreck, böneriktning, inledning av säsonger och månader. Det är tillåtet.
 Ju mer en person lär sig om astrologi, desto mer lär han sig om magi.
 Det finns tre ändamål med stjärnorna som Allah har nämnt i Koranen: de pryder himlen, är vägvisare och kastas på djävlar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5989</t>
   </si>
   <si>
-    <t>ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ</t>
+    <t>رغم أنف رجل ذكرت عنده فلم يصل علي، ورغم أنف رجل دخل عليه رمضان ثم انسلخ قبل أن يغفر له، ورغم أنف رجل أدرك عنده أبواه الكبر فلم يدخلاه الجنة</t>
+  </si>
+  <si>
+    <t>”Må en mans näsa tryckas ned i stoftet, den som, när jag nämns, inte sänder välsignelser över mig. Må en mans näsa tryckas ned i stoftet, den som får uppleva Ramadan, men låter månaden gå utan att bli förlåten. Må en mans näsa tryckas ned i stoftet, den som finner sina föräldrar vid hög ålder, men inte genom dem får inträde paradiset.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «رَغِمَ أَنْفُ رَجُلٍ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ، وَرَغِمَ أَنْفُ رَجُلٍ دَخَلَ عَلَيْهِ رَمَضَانُ ثُمَّ انْسَلَخَ قَبْلَ أَنْ يُغْفَرَ لَهُ، وَرَغِمَ أَنْفُ رَجُلٍ أَدْرَكَ عِنْدَهُ أَبَوَاهُ الكِبَرَ فَلَمْ يُدْخِلاَهُ الجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Må en mans näsa tryckas ned i stoftet, den som, när jag nämns, inte sänder välsignelser över mig. Må en mans näsa tryckas ned i stoftet, den som får uppleva Ramadan, men låter månaden gå utan att bli förlåten. Må en mans näsa tryckas ned i stoftet, den som finner sina föräldrar vid hög ålder, men inte genom dem får inträde paradiset.”</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم على ثلاثة أصناف بإلصاق أُنُوْفِهِم بالتراب من الذُّلِّ والهوان والخسارة:
+ الصنف الأول: مَن ذُكِر عنده النبيُّ صلى الله عليه وسلم فلم يُصَلِّ عليه بقوله: صلى الله عليه وسلم أو نحوها.
+الثاني: من أدرك شهر رمضان ثم انقضى الشهر قبل أن يُغفر له لتقصيره في فعل الطاعة.
+الثالث: رجل أدرك أبويه عنده الكِبَرِ فلم يكونا سببًا في دخوله الجنة لعقوقه وتقصيره في حقِّهما.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ bad mot tre typer av människor, med uttrycket ”må hans näsa tryckas ned i stoftet”. Detta är ett arabiskt idiomatiskt uttryck, som betyder att man önskar någon förnedring, skam och förlust. Den första är den som hör profetens ﷺ namn, men inte ber över honom genom att säga "Sallallahu ʿalayhi wa sallam" (må Allah hylla honom och sända fred över honom) eller liknande. Den andra är den som får uppleva Ramadan, men inte använder månaden för att göra goda handlingar, så att den tar slut utan att han har blivit förlåten. Den tredje är den som får uppleva att båda hans föräldrar, eller en av dem, når hög ålder, men ändå blir de inte orsak till att han når paradiset. På grund av att han inte visar dem godhet och brister i deras rättigheter.</t>
+  </si>
+  <si>
+    <t>قال السندي: والحاصل أن كل واحد من هؤلاء قد وجد ما لولا التقصير منه لنال به حظًا وافرًا من الخير، فحيث قصر حتى فات عنه ذلك فقد خاب وخسر.
+الحث على الصلاة على النبي صلى الله عليه وسلم كلما ذكر اسمه.
+الحث على الاجتهاد والتشمير للعبادة في شهر رمضان.
+الحث على الاجتهاد في بر الوالدين وإكرامهما، خصوصًا عند الكبر.</t>
+  </si>
+  <si>
+    <t>Al-Sindi påpekade: "Var och en av dessa tre hade en unik möjlighet till stor belöning, men genom försummelse förlorade dom den och gick därmed miste om oerhörd godhet."
+Det är föreskrivet att alltid be över profeten ﷺ när hans namn nämns.
+Vikten av att utnyttja Ramadan för att anstränga sig i att dyrka Allah och utföra goda handlingar.
+Betoningen av att visa godhet och respekt mot sina föräldrar, särskilt när de blir gamla.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/6014</t>
+  </si>
+  <si>
+    <t>لا صام من صام الدهر، صوم ثلاثة أيام صوم الدهر كله</t>
+  </si>
+  <si>
+    <t>Den som fastar året runt har egentligen inte fastat. Att fasta tre dagar varje månad är som att fasta hela året.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدَ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّكَ لَتَصُومُ الدَّهْرَ، وَتَقُومُ اللَّيْلَ؟»، فَقُلْتُ: نَعَمْ، قَالَ: «إِنَّكَ إِذَا فَعَلْتَ ذَلِكَ هَجَمَتْ لَهُ العَيْنُ، وَنَفِهَتْ لَهُ النَّفْسُ، لاَ صَامَ مَنْ صَامَ الدَّهْرَ، صَوْمُ ثَلاَثَةِ أَيَّامٍ صَوْمُ الدَّهْرِ كُلِّهِ»، قُلْتُ: فَإِنِّي أُطِيقُ أَكْثَرَ مِنْ ذَلِكَ، قَالَ: «فَصُمْ صَوْمَ دَاوُدَ عَلَيْهِ السَّلاَمُ، كَانَ يَصُومُ يَوْمًا وَيُفْطِرُ يَوْمًا، وَلاَ يَفِرُّ إِذَا لاَقَى».</t>
+  </si>
+  <si>
+    <t>'Abdullah ibn 'Amr ibn al-'As (må Allah vara nöjd med honom) sa: "Profeten ﷺ sa: 'Fastar du verkligen hela året och står i bön hela natten?'" Jag svarade: "Ja." Han sa: "Om du gör så kommer dina ögon att bli insjunkna och din själ trött och matt. Den som fastar året runt har egentligen inte fastat. Att fasta tre dagar varje månad är som att fasta hela året.” Jag sa: ”Jag orkar mer än så.” Han sa:
+”Fasta då som Dawud, han fastade en dag och bröt fastan nästa, och han flydde aldrig när han mötte fienden.”</t>
+  </si>
+  <si>
+    <t>بَلَغَ النبيَّ صلى الله عليه وسلم أنَّ عبدَ الله بن عمرو رضي الله عنهما كان يَسْرُدُ الصومَ ولا يُفطر طوال السنة، ويصلي الليل كله ولا ينام، فنهاه عن ذلك وقال له: صم وأفطر، وقم ونم.
+ونهاه عن سَرْدِ الصيام وقيام الليل كله، وقال له: إنك إن فعلت ذلك ضَعُفَتْ له عينُك وغارَتْ ودَخَلَتْ، ونَفِهَتْ له نفسُك وتَعبِتْ وكَلَّتْ؛ فلا صام من صام السنة؛ حيث إنه لم يحصل على أجر الصوم لمخالفة النهي، ولم يفطر لأنه أمسك. 
+ثم أرشده إلى صيام ثلاثة أيام من كل شهر فهو صوم السنة؛ لأن كل يوم بعشرة أيام وهو أقل المضاعفة للحسنة. 
+فقال عبدالله: إني أستطيع أكثر من ذلك.
+قال صلى الله عليه وسلم: إذن فصم صوم داود عليه السلام وهو أفضل الصيام، كان يصوم يومًا ويفطر يومًا، وكان لا يَفِرُّ إذا لاقى العدو؛ لأن طريقة صومه لم تُضعِفْ بدنَه.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ fick höra att 'Abdullah ibn 'Amr brukade fasta oavbrutet året runt och stå i bön hela natten. Han förbjöd honom detta och sa: ”Fasta och bryt fastan, stå i bön och sov.” Han förklarade att om man fastar hela året och står i bön hela natten leder det till att kroppen bryts ned. Ögonen blir trötta och insjunkna, själen matt och orkeslös. På så sätt uppnår man varken den fulla belöningen av fastan, eftersom man gått emot profetens ﷺ vägledning, eller den återhämtning som brytandet ger. Profeten ﷺ rådde honom istället till det som är balanserat, att fasta tre dagar i månaden, vilket motsvarar att fasta hela året, eftersom varje god handling multipliceras minimum tiofalt. 'Abdullah sa att han orkade mer. Då hänvisade profeten ﷺ honom till den bästa fastan, Dawuds fasta, vilket är att fasta varannan dag. Detta är uthärdlig, ger kroppen styrka, och hindrar inte från andra viktiga handlingar som Jihad, där Dawud (frid vare över honom) aldrig vek undan.</t>
+  </si>
+  <si>
+    <t>صيام ثلاثة أيام من كلِّ شهر كصيام السنة كلها، وذلك لأنَّ الحسنة بعشرة أمثالها، فتكون ثلاثين يومًا، فإذا صام من كل شهر ثلاثة أيام فكأنه صام السنة كلَّها.
+من أساليب الدعوة إلى الله الترغيب في العمل وذكر ثوابه وثواب المواظبة عليه.
+قال الخطابي: مُحَصَّل قصة عبد الله بن عمرو أن الله تعالى لم يَتَعَبَّد عبدَه بالصوم خاصة، بل تعبده بأنواع من العبادات، فلو استفرغ جهده لَقَصَّرَ في غيره، فالأولى الاقتصاد فيه ليستبقي بعض القوة لغيره، وقد أشير إلى ذلك بقوله عليه الصلاة والسلام في داود عليه السلام: "وكان لا يفر إذا لاقى"؛ لأنه كان يتقوى بالفطر لأجل الجهاد.
+النهي عن التعمق والتكلف في العبادة، والخير التزام السنة.
+مذهب جمهور أهل العلم كراهية صوم الدهر، ويكون حرامًا إذا شَدَّدَ على نفسه وأَضَرَّ بها وحَمَل عليها، ورَغِبَ عن سنة نبيه صلى الله عليه وسلم، واعتقد أن غير سنته أفضل منها.</t>
+  </si>
+  <si>
+    <t>Att fasta tre dagar varje månad räknas som att fasta hela året, eftersom en god handling belönas tiofaldigt. Tre dagar blir därmed som trettio dagar, och den som fastar tre dagar varje månad är det som om han fastat hela året.
+Ett sätt att kalla andra till Allah är att uppmuntra till handling genom att nämna dess belöning och den belöning som kommer i att utföra den kontinuerligt.
+Al-Khattabi sa: "Kärnan i berättelsen om 'Abdullah ibn 'Amr är att Allah inte ålade sin tjänare endast fastan, utan olika former av dyrkan. Om han tömmer all sin kraft på fastan, försummar han andra handlingar. Därför är det bättre med måttfullhet, så att han bevarar styrkan för annat. Detta antyds i profetens ord om Dawud (frid vare över honom): ”Han flydde aldrig när han mötte fienden”, eftersom han stärkte sig genom att äta inför kampen.
+Hadithen innehåller också ett förbud mot att gå till överdrift i dyrkan. Det goda ligger i att hålla sig till profetens ﷺ väg.
+De flesta av de lärda menar att det är ogillat att fasta året runt. Det kan till och med vara förbjudet om någon hårt pressar sig själv så att kroppen skadas och belastas, eller om han vänder sig bort från profetens ﷺ Sunnah och tror att en annan väg är bättre än hans.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/6017</t>
+  </si>
+  <si>
+    <t>ضع يدك على الذي تألم من جسدك، وقل باسم الله ثلاثا، وقل سبع مرات أعوذ بالله وقدرته من شر ما أجد وأحاذر</t>
   </si>
   <si>
     <t>Lägg din hand på det område av kroppen där du känner smärta och säg: 'I Allahs namn' – tre gånger. Säg sedan sju gånger: 'Jag söker skydd hos Allah och hans makt mot det onda jag känner och det jag fruktar.'</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ بْنِ أَبِي الْعَاصِ الثَّقَفِيِّ رضي الله عنه أَنَّهُ شَكَا إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَجَعًا يَجِدُهُ فِي جَسَدِهِ مُنْذُ أَسْلَمَ، فَقَالَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ».</t>
   </si>
   <si>
     <t>'Uthman bin Abi al-'As al-Thaqafi (må Allah vara nöjd med honom) berättade att han klagade till Allahs sändebud ﷺ över en smärta i sin kropp som han känt sedan han blev muslim. Då sa Allahs sändebud ﷺ till honom: "Lägg din hand på det område av kroppen där du känner smärta och säg: 'I Allahs namn' – tre gånger. Säg sedan sju gånger: 'Jag söker skydd hos Allah och hans makt mot det onda jag känner och det jag fruktar.'"</t>
   </si>
   <si>
     <t>أَصابَ عثمانَ بن أبي العاص رضي الله عنه وَجَعٌ كادَ يُهلكه، فأتاه النبيُّ صلى الله عليه وسلم يَعُودُه، وعَلَّمَه دعاءً يَرْفَع اللهُ عنه ما نَزَل به مِن مَرَض؛ وهو أنْ يَضَعَ يدَه على المكان الذي يَشْتَكي، ويقول: (بسم الله) ثلاث مرات، ثم يقول سَبعَ مرات: (أعوذ) وألتجئ وأعتصم وأَتَحَصَّن (بالله وقدرته من شر ما أجد) مِن أَلَمٍ في الوقت الحاضر (وأُحاذِر) وأخاف حصولَه في المستقبل من الحُزْن والخوف، أو مِنْ أنْ يستمرَّ هذا المرض ويَنْتَشر ألمُه بالجَسَد.</t>
   </si>
   <si>
     <t>'Uthman bin Abi al-'As (må Allah vara nöjd med honom) led av en smärta som plågade honom svårt. Han vände sig till profeten ﷺ för att söka råd. Profeten ﷺ besökte honom och lärde honom en bön genom vilken Allah skulle bota hans lidande. Han instruerades att placera sin hand på den platsen som gjorde ont, och säga: "I Allahs namn", tre gånger. Därefter skulle han upprepa sju gånger: "Jag söker skydd hos Allah och hans makt från det onda jag känner och det jag fruktar." "Det onda jag känner" syftar på den smärta eller sjukdom som redan finns i kroppen. "Och det jag fruktar" syftar på oro för att sjukdomen ska förvärras, spridas eller leda till framtida lidande.</t>
   </si>
   <si>
     <t>استحبابُ رُقْيَةِ الإنسانِ نفسَه كما جاء في الحديث.
 الشكوى -من غير تَضَجُّرٍ ولا اعتراض- لا تنافي التوكُّلَ والصبر.
 الدعاء من جُملةِ تَعاطِي الأسباب، ولذا ينبغي التَّقيُّدَ بألفاظِهِ وأعدادِه.
 هذا الدعاء يكونُ لكلِّ أَلَمٍ عُضْوُيٍّ.
 وضع اليد على موضع الألم عند الرقية بهذا الدعاء.</t>
   </si>
   <si>
     <t>Det är rekommenderat att en person gör Ruqyah (skyddande bön) på sig själv, vilket denna Hadith bekräftar.
 Att klaga över en sjukdom, utan att klaga över Allahs beslut, går inte mot att tålamod eller sätta sin lit till Allah.
 Du'a' och Dhikr hör till de medel som leder till bot och bör reciteras precis som det lärts ut, med de ord och antal gånger som profeten ﷺ föreskrev.
 Denna bön kan användas vid alla typer av fysiska smärtor.
 Det är rekommenderat att lägga handen på den platsen som gör ont när man läser denna bön.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6018</t>
   </si>
   <si>
-    <t>أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ</t>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>De villkoren som har störst rätt att uppfyllas av er är de som gör sexuellt umgänge lagligt för er</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>'Uqbah bin 'Amir (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "De villkoren som har störst rätt att uppfyllas av er är de som gör sexuellt umgänge lagligt för er."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Profeten ﷺ förtydligar att de villkor som bör uppfyllas mest är de som är anledningen till att mannen kan njuta av sexuellt umgänge med kvinnan. Dessa villkor är de tillåtna villkoren som hustrun sätter då äktenskapskontraktet skrivs.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att uppfylla villkoren som en av partnerna satt för den andra, förutom de villkor som förbjuder det tillåtna eller tillåter det förbjudna.
 Att uppfylla äktenskapsvillkor är de viktigaste villkoren att uppfylla, då dessa villkor är i utbyte av att sexuellt umgänge blir tillåtet.
 Äktenskap har en väsentlig roll islam, då dess villkor bör prioriteras över andra.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6021</t>
   </si>
   <si>
-    <t>أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ</t>
+    <t>ألا أدلكما على خير مما سألتما؟ إذا أخذتما مضاجعكما أو أويتما إلى فراشكما فسبحا ثلاثا وثلاثين، واحمدا ثلاثا وثلاثين، وكبرا أربعا وثلاثين، فهو خير لكما من خادم</t>
   </si>
   <si>
     <t>Ska jag inte hänvisa er till något bättre än det ni har bett om? När ni lägger er för att sova på kvällen, så säg 'Allahu Akbar' (Allah är störst) 34 gånger, 'Subhanallah' (upphöjd vare Allah) 33 gånger och 'Alhamdulillah' (All lovprisning tillkommer Allah) 33 gånger. Det är bättre för er än en tjänare.'</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه: أَنَّ فَاطِمَةَ رَضيَ اللهُ عنْها أَتَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَشْكُو إِلَيْهِ مَا تَلْقَى فِي يَدِهَا مِنَ الرَّحَى، وَبَلَغَهَا أَنَّهُ جَاءَهُ رَقِيقٌ، فَلَمْ تُصَادِفْهُ، فَذَكَرَتْ ذَلِكَ لِعَائِشَةَ، فَلَمَّا جَاءَ أَخْبَرَتْهُ عَائِشَةُ، قَالَ: فَجَاءَنَا وَقَدْ أَخَذْنَا مَضَاجِعَنَا، فَذَهَبْنَا نَقُومُ، فَقَالَ: «عَلَى مَكَانِكُمَا» فَجَاءَ فَقَعَدَ بَيْنِي وَبَيْنَهَا، حَتَّى وَجَدْتُ بَرْدَ قَدَمَيْهِ عَلَى بَطْنِي، فَقَالَ: «أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ».</t>
   </si>
   <si>
     <t>'Ali (må Allah vara nöjd med honom) berättade att Fatimah (må Allah vara nöjd med henne) kom till profeten ﷺ och klagade över smärta i sina händer på grund av att hon malde med kvarnen, då hon hade hört att det hade kommit tjänare till profeten ﷺ. Hon kom för att be honom om en tjänare som kunde hjälpa henne med hushållssysslorna. När hon inte fann honom hemma, berättade hon om sitt ärende för 'A'ishah (må Allah vara nöjd med henne). När profeten ﷺ senare kom hem berättade 'A'ishah vad som hade hänt. Profeten ﷺ kom då till oss medan vi låg i sängen redo att sova. När vi var på väg att ställa oss upp, sa han: "Stanna där ni är." Han satte sig mellan oss, så nära att jag kunde känna profetens kalla fötter mot min mage. Profeten ﷺ sa: "Ska jag inte hänvisa er till något bättre än det ni har bett om? När ni lägger er för att sova på kvällen, så säg 'Allahu Akbar' (Allah är störst) 34 gånger, 'Subhanallah' (upphöjd vare Allah) 33 gånger och 'Alhamdulillah' (All lovprisning tillkommer Allah) 33 gånger. Det är bättre för er än en tjänare.'"</t>
   </si>
   <si>
     <t>شَكَتْ فاطمةُ رضي الله عنها بنتُ النبيِّ صلى الله عليه وسلم ما تجدُه في يدها من أَثَرَ آلة الطَّحْنِ مما تطحن، فلما جاء إلى النبي صلى الله عليه وسلم سَبْيٌ، انطلقت إليه تسأله خادمًا من هذا السبي؛ ليقوم مكانَها بأعمال البيت، ولكنها لم تجده في بيته، ووجدتْ عائشةَ رضي الله عنها، فأخبرتها بذلك، 
 فلما جاء صلى الله عليه وسلم أخبرتْه عائشةُ بمجيء فاطمة إليه لتسأله خادمًا، 
 فجاء النبي صلى الله عليه وسلم فاطمة وعليًا رضي الله عنهما في بيتِهما وهما في الفِراش يتهيئان للنوم، فقعد بينهما حتى وجد علي رضي الله عنه برد قدمي النبي صلى الله عليه وسلم على بطنه، وقال: 
 ألا أعلِّمُكما خيرًا مما سألتماني من إعطائكم الخادم؟ 
 قالا بلى، فقال صلى الله عليه وسلم: 
 إذا أخذتما مضاجعكما للنوم من الليل، فكبِّرا أربعًا وثلاثين مرة، بقول: الله أكبر، 
 وسبِّحا ثلاثًا وثلاثين مرة، بقول: سبحان الله، 
 واحْمدَا ثلاثًا وثلاثين، بقول: الحمد لله؛ 
 فهذا الذكر خيرٌ لكما من خادم.</t>
   </si>
   <si>
     <t>Fatimah (må Allah vara nöjd med henne) klagade över den smärta hon upplevde i händerna på grund av sitt arbete med att mala med kvarnen. När det kom tjänare till profeten ﷺ, gick hon för att be honom om en tjänare som kunde hjälpa henne med de fysiskt påfrestande hushållssysslorna. När hon inte fann honom hemma, berättade hon om sitt ärende för 'A'ishah (må Allah vara nöjd med henne). När profeten ﷺ kom hem, berättade 'A'ishah att Fatimah hade kommit för att be honom om en betjänt, så profeten ﷺ gick hem till Fatimah och 'Ali (må Allah vara nöjd med dem båda) medan de låg till sängs redo för att sova. Han satte sig mellan dem, så nära att 'Ali (må Allah vara nöjd med honom) kunde känna profetens kalla fötter mot sin mage. Han sa: "Ska jag inte lära er något som är bättre än att jag ger er en tjänare?" De svarade ja, så profeten ﷺ sa: "När ni lägger er på kvällen för att sova, säg 'Allahu Akbar' 34 gånger, 'Subhanallah' 33 gånger, 'Alhamdulillah' 33 gånger, eftersom denna åminnelse av Allah är bättre för er än att ha en tjänare."</t>
   </si>
   <si>
     <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
 هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
 إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
 قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
 قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
 قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
   </si>
   <si>
     <t>Det är uppmanat att hålla fast vid denna välsignade åminnelse. Det har till och med nämnts att 'Ali (må Allah vara nöjd med honom) nämnde att han aldrig övergav denna åminnelse, inte ens natten innan slaget vid Siffin.
 Denna åminnelse bör endast sägas när man ska sova på kvällen, vilket nämns i Muslim, återberättat av Mu’adh från Shu’bah: "När ni lägger er till sängs på kvällen."
 Om en muslim glömmer att säga denna åminnelse i början av natten och sedan kommer ihåg det senare, är det inget fel att säga den då. ‘Ali (må Allah vara nöjd med honom), som är Hadithens återberättare, sa att han glömde att säga den första delen av natten under natten vid Siffin, men sedan kom ihåg den och sa den innan gryningen.
 Al-Muhallab sa: "Detta visar att en person bör uppmana sin familj att prioritera det själsliga framför det materiella, om de har förmåga att göra så."
 Ibn Hajar al-Asqalani sa: "Den som regelbundet säger denna åminnelse kommer inte att påverkas negativt av att utföra mycket arbete och kommer inte att känna sig överbelastad, även om han blir trött."
 Al-‘Ayni sa: "Anledningen till att denna åminnelse är bättre handlar antingen om att den är kopplad till det själsliga och en tjänare är kopplad till det materiella, och det själsliga är bättre och mer bestående än det materiella. Eller så är det bättre eftersom åminnelsen ger kraft och styrka som gör att man kan utföra mer arbete än vad en tjänare kan."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6076</t>
   </si>
   <si>
-    <t>{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ</t>
+    <t>ما بال أقوام قالوا كذا وكذا؟ لكني أصلي وأنام، وأصوم وأفطر، وأتزوج النساء، فمن رغب عن سنتي فليس مني</t>
+  </si>
+  <si>
+    <t>'Vad är det för fel på folk som säger si och så? Jag ber och jag sover, jag fastar och jag bryter fastan, och jag gifter mig med kvinnor. Den som vänder sig bort från min Sunnah tillhör inte mig.'”</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه: أَنَّ نَفَرًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ سَأَلُوا أَزْوَاجَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ عَمَلِهِ فِي السِّرِّ؟ فَقَالَ بَعْضُهُمْ: لَا أَتَزَوَّجُ النِّسَاءَ، وَقَالَ بَعْضُهُمْ: لَا آكُلُ اللَّحْمَ، وَقَالَ بَعْضُهُمْ: لَا أَنَامُ عَلَى فِرَاشٍ، فَحَمِدَ اللهَ وَأَثْنَى عَلَيْهِ، فَقَالَ: «مَا بَالُ أَقْوَامٍ قَالُوا كَذَا وَكَذَا؟ لَكِنِّي أُصَلِّي وَأَنَامُ، وَأَصُومُ وَأُفْطِرُ، وَأَتَزَوَّجُ النِّسَاءَ، فَمَنْ رَغِبَ عَنْ سُنَّتِي فَلَيْسَ مِنِّي».</t>
+  </si>
+  <si>
+    <t>Anas (må Allah vara nöjd med honom) berättade: "Några av profetens ﷺ följeslagare frågade profetens ﷺ hustrur om hur hans tillbedjan brukade vara när de var i enrum. Efter det sa en av männen: 'Jag kommer inte att gifta mig med kvinnor.' En annan sa: 'Jag kommer inte att äta kött.' Och en tredje sa: 'Jag kommer inte att sova på en bädd.' Profeten ﷺ prisade och lovordade då Allah och sa: 'Vad är det för fel på folk som säger si och så? Jag ber och jag sover, jag fastar och jag bryter fastan, och jag gifter mig med kvinnor. Den som vänder sig bort från min Sunnah tillhör inte mig.'”</t>
+  </si>
+  <si>
+    <t>جَاءَ نَفَرٌ من الصحابة رضي الله عنهم إلى بيوت أزواج النبي صلى الله عليه وسلم، يسألون عن عبادته في السر داخل بيته، فلما أُخبروا كأنهم تَقَالُّوها، فقالوا: 
+وأين نحن من النبي صلى الله عليه وسلم؟ قد غُفر له ما تقدم من ذنبه وما تأخر، بخلاف مَن لم يعلم بحصول المغفرة له فيحتاج إلى المبالغة في العبادة عسى أن يَحصُل عليها.
+ثم قال بعضهم: لا أتزوج النساء. 
+وقال بعضهم: لا آكل اللحم.
+وقال بعضهم: لا أنام على فراش.
+فبلغ ذلك النبيَّ صلى الله عليه وسلم، فغضب، وخطب الناس، فحمد الله وأثنى عليه وقال: 
+ما شَأْنُ أقوامٍ قالوا كذا وكذا؟! والله إني لأخشاكم لله وأتقاكم له، لكني أنام لأتقوى على القيام، وأفطر لأتقوَّى على الصوم، وأتزوج النساء، فمن أعرض عن طريقتي ورأى الكمال في غيرها، وأخذ بطريقة غيري فليس مني.</t>
+  </si>
+  <si>
+    <t>En grupp följeslagare (må Allah vara nöjd med dem) gick hem till profetens ﷺ hustrur och frågade om hur hans tillbedjan var i hemmet. När de fick höra om den kände de att det inte var så mycket och sa: ”Och var står vi jämfört med profeten ﷺ? Hans tidigare och kommande synder har blivit förlåtna, till skillnad från den som inte vet om han får förlåtelse, och som därför behöver anstränga sig ytterligare i tillbedjan, i hopp om att uppnå den.” Därefter sa en av dem: ”Jag kommer inte att gifta mig med kvinnor.” En annan sa: ”Jag kommer inte att äta kött.” En tredje sa: ”Jag kommer inte att sova på en bädd.” När detta nådde profeten ﷺ blev han upprörd och höll en predikan för folket. Han prisade och lovordade Allah och sa: ”Vad är det för människor som säger si och så? Vid Allah, jag är den av er som fruktar Allah mest och som är mest gudsmedveten. Men jag sover för att orka stå i bön, jag bryter fastan för att orka fasta, och jag gifter mig med kvinnor. Den som vänder sig bort från min Sunnah, och tror att något annat är bättre än den och följer en annan väg än min, han tillhör inte mig.”</t>
+  </si>
+  <si>
+    <t>حب الصحابة رضي الله عنهم للخير، ورغبتهم فيه وفى الاقتداء بنبيهم صلى الله عليه وسلم.
+سماحة هذه الشريعة ويسرها، أخذًا من عمل نبيها صلى الله عليه وسلم وهديه.
+الخير والبركة في الاقتداء بالنبي صلى الله عليه وسلم، واتباع أحواله الشريفة.
+الزَّجْر عن التشديد على النفس في العبادات بما لا تطيق، وأن هذا من حال المبتدعين.
+قال ابن حجر: الأخذ بالتشديد في العبادة يُفضي إلى المَلَل القاطِع لأصلها، وملازمة الاقتصار على الفرائض مثلًا، وترك التنفُّل يفضي إلى إيثار البطالة، وعدم النشاط إلى العبادة، وخير الأمور الوسط.
+فيه تتبُّع أحوال الأكابر للتأسِّي بأفعالهم، وأنه إذا تعذَّرت معرفته من الرجال جاز استكشافه من النساء.
+فيه الوعظ وإلقاء مسائل العلم وبيان الأحكام للمكلَّفين، وإزالة الشبهة عن المجتهدين.
+الأمر بالترفُّق في العبادة، مع المحافظة عليها وعلى الفرائض والنوافل؛ ليراعي المسلم حقوق غيره عليه.
+في الحديث دلالة على فضل النكاح والترغيب فيه.</t>
+  </si>
+  <si>
+    <t>Följeslagarnas kärlek till det goda och deras starka vilja att efterlikna profeten ﷺ.
+Islam är en enkel och balanserad religion, vilket tydligt framgår av profetens ﷺ exempel.
+Allt gott och all välsignelse ligger i att följa profeten ﷺ och hans väg.
+Ett förbud mot att belasta sig själv med överdrivna former av tillbedjan, som man inte orkar med, vilket är kännetecken för innovationer.
+Ibn Hajar sa: "Att ta i för hårt i tillbedjan leder till trötthet och utmattning, vilket gör att man till slut överger själva tillbedjan. Att enbart hålla sig till de obligatoriska handlingarna och lämna de frivilliga kan i sin tur leda till slapphet. Det bästa är den gyllene medelvägen."
+Att följa de lärdas och frommas livsstil är en vägledning, och om man inte kan fråga männen om deras livsstil kan man fråga kvinnorna om den.
+Hadithen visar på vikten av att ge förmaningar, undervisa och klargöra religiösa regler, samt att avlägsna missförstånd som grundar sig på egna slutsatser.
+Uppmaningen att vara hänsynsfull i hur man utför tillbedjan, samtidigt som man är uthållig och är mån om både obligatoriska och frivilliga handlingar, för att kunna uppfylla även andra rättigheter.
+Hadithen visar på förträffligheten i att gifta sig och uppmuntrar till det.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/6078</t>
+  </si>
+  <si>
+    <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>'Han är Allah, och han är En' och al-Mu'awwidhatayn (al-Falaq och an-Nas)' tre gånger under morgon och kväll. Det kommer att skydda dig mot allt</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>'Abdullah bin Khubayb (må Allah vara nöjd med honom) sa: "Vi gick ut under en regnig och becksvart natt för att be Allahs sändebud ﷺ leda oss i bön. När jag hade funnit honom sa han: 'Säg!' Jag sa inget. Han sa: 'Säg!' Jag sa inget. Han sa: 'Säg!' Jag sa: ”Vad ska jag säga?' Han sa: 'Säg: 'Han är Allah, och han är En' och al-Mu'awwidhatayn (al-Falaq och an-Nas)' tre gånger under morgon och kväll. Det kommer att skydda dig mot allt."</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Den ädla följeslagaren 'Abdullah bin Khubayb (må Allah vara nöjd med honom) berättade att de begav sig ut under en natt med riklig regn som dessutom hade becksvart mörker. De sökte Allahs sändebud ﷺ då de ville att han skulle leda dem i bön, och de fann honom. Profeten ﷺ sa då åt honom att säga, det vill säga att läsa, men han läste inget. Profeten ﷺ upprepade det han sagt, varpå 'Abdullah sa: "Allahs sändebud! Vad ska jag läsa?" Profeten ﷺ sa åt honom att läsa suratul-Ikhlas, och al-Mu'awwidhatayn (al-Falaq och an-Nas),  tre gånger under morgon och kväll, för att skyddas mot allt ont och skadligt.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Det är rekommenderat att läsa al-Ikhlas och al-Mu'awwidhatayn under morgon och kväll eftersom detta är ett skydd mot allt ont.
 Förträffligheten i att läsa suratul-Ikhlas och al-Mu'awwidhatayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6082</t>
   </si>
   <si>
-    <t>مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ</t>
+    <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>'Den som säger: "I Allahs namn, genom vars namn ingenting skadar, vare sig på jorden eller i himlen, och han är den Allhörande, den Allvetande" – tre gånger på morgonen</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
     <t>Aban bin 'Uthman berättade att han hörde 'Uthman bin 'Affan (må Allah vara nöjd med honom) säga: "Jag hörde Allahs sändebud ﷺ säga: 'Den som säger: "I Allahs namn, genom vars namn ingenting skadar, vare sig på jorden eller i himlen, och han är den Allhörande, den Allvetande" – tre gånger på morgonen, kommer inte att drabbas av en plötslig prövning ända fram till kvällen. Och den som säger det på kvällen, kommer inte att drabbas av en plötslig prövning ända fram morgonen.' Aban bin 'Uthman drabbades senare av en förlamning, och en man som hört Hadithen från honom tittade förvånat på honom. Då sa Aban till honom: "Varför tittar du på mig? Vid Allah! Jag har inte ljugit om 'Uthman, och 'Uthman ljög inte om profeten ﷺ. Men den dag jag drabbades av detta hade jag blivit arg och glömde att säga den."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att den som på morgonen, efter gryningen, och på kvällen, innan solnedgången, upprepar denna åminnelse tre gånger kommer att vara skyddad från plötsliga prövningar och olyckor under den perioden. "I Allahs namn" betyder att man söker hjälp och skydd från Allah. "Genom vars namn ingenting skadar" innebär att inget ont kan drabba en utan hans tillåtelse, vare sig det kommer från jorden eller himlen. "Han är den Allhörande, den Allvetande" påminner oss om att Allah hör alla åkallelser och vet allt om våra tillstånd.
 . Den som säger detta under eftermiddagen kommer att vara skyddad från plötsliga prövningar hela vägen till morgonen, och den som säger detta under morgonen kommer att vara skyddad hela vägen till eftermiddagen.
 Aban bin 'Uthman, som återberättade denna Hadith, drabbades av förlamning i ena sidan av kroppen. När en person som hört honom nämna Hadithen såg Aban att mannen hade blivit förvånad. Då sa Aban till honom: "Varför tittar du på mig? Vid Allah! Jag har inte ljugit om 'Uthman, och 'Uthman ljög inte om profeten ﷺ. Men den dag jag drabbades av detta hade inte Allah skrivit för mig att säga denna åminnelse. Jag hade blivit arg och glömde att säga den."</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>Det är rekommenderat att recitera denna åminnelse morgon och kväll för att bli skyddad från plötsliga prövningar.
 De första generationerna av muslimer hade en stark tro på Allah och tvekade aldrig på profetens ﷺ ord.
 Att denna åminnelse specificeras för morgon och kväll hjälper en att vara ständigt medveten om Allah och avvärjer att man blir försummande och påminner personen att han är Allahs tjänare.
 Effekten av denna åminnelse beror på hur uppriktig, närvarande och övertygad en person är.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6093</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ</t>
+    <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>'Säg: La ilaha illallahu wahdahu la sharika lah, Allahu akbaru kabira, walhamdulillahi kathira, subhanallahi Rabbil-'alamin, la hawla wa la quwwata illa billahil-'Azizil-Hakim'</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Sa'd (må Allah vara nöjd med honom) sa: "En beduin kom till Allahs sändebud ﷺ och sa: 'Lär mig något jag kan säga.' Han sa: 'Säg: La ilaha illallahu wahdahu la sharika lah, Allahu akbaru kabira, walhamdulillahi kathira, subhanallahi Rabbil-'alamin, la hawla wa la quwwata illa billahil-'Azizil-Hakim' (Det finns ingen sann gud utom Allah, han är den ende och har ingen partner vid sin sida, Allah är otroligt stor, och all lovprisning tillkommer Allah många gånger om, glorifierad vare Allah, världarnas Herre, det finns ingen rörelse eller styrka förutom genom Allah, den Mäktige, den Allvise).' Han sa: "Detta är till min Herre, men vad är till mig?' Han sa: 'Säg: 'Allahumma-ghfir li, warhamni, wahdini, warzuqni' (Allah! Förlåt mig, ha nåd över mig, vägled mig och försörj mig)."</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
 أي: تَنَزَّهَ وتَقَدَّسَ عن النقص، 
 "لا حول ولا قوة إلا بالله العزيز الحكيم" 
 أي: لا تَحَوُّلٌ من حَالٍ إلى حالٍ إلا بالله وإعانتِه وتوفيقِه، 
 فقال الرجل: هؤلاء الكلمات لربي لِذِكْرِهِ وتعظيمِه، فما لي من الدعاء لنفسي؟ 
 فقال له عليه الصلاة والسلام: قل: 
 "اللهم اغفر لي" 
@@ -12875,121 +13355,121 @@
   <si>
     <t>En man från öknen bad Allahs sändebud ﷺ lära honom något han kunde säga. Han ﷺ sa åt honom att säga: "La ilaha illallahu wahdahu la sharika lah", han började följaktligen med monoteism, vilket är att ingen är värd dyrkan utom Allah. "Allahu akbaru kabira" det vill säga att Allah är större och väldigare än allting. "Walhamdulillahi kathira" det vill säga att Allah förtjänar att lovprisas många gånger om, eftersom han har egenskaper, handlingar och välsignelser som inte är begränsade. "Subhanallahi Rabbil-'alamin" det vill säga att han är fri från brister och fel. "La hawla wa la quwwata illa billahil-'Azizil-Hakim" det vill säga att det inte går att gå från ett tillstånd till ett annat förutom genom Allah, hans hjälp och hans framgång. Mannen sa då: "Dessa ord är till min Herre, för att minnas och högakta honom, vilken del är för mig?" Han ﷺ sa åt honom att säga: "Allahummaghfir-li" stryk bort och skyl mina dåliga handlingar, "warhamni" ha nåd över mig genom att skänka mig det som gynnar mig i min religion och i mitt världsliga liv, "wahdini" vägled mig till de bästa tillstånden och till den raka vägen, "warzuqni" skänk mig tillåten försörjning, hälsa, allt gott och välstånd.</t>
   </si>
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
     <t>Det är rekommenderat att minnas Allah genom att säga "La ilaha illallah, Allahu akbar, alhamdulillah, subhanallah".
 Det är rekommenderat att minnas och lovprisa Allah innan man ber honom om något.
 Det är rekommenderat att människan säger de bästa bönerna som förekommer i Koranen eller Sunnahn, och som är omfattande till allt det goda i detta liv och i det kommande livet. Hon kan även tillbe honom på det sättet som hon vill.
 Tjänaren bör vara mån om att lära sig det som gynnar honom i detta liv och i det kommande livet.
 Det är uppmanat att söka Allahs förlåtelse, nåd och försörjning, eftersom detta kombinerar alla former av godhet.
 Profetens ﷺ välvilja och önskan att lära sitt samfund det som gynnar dem.
 Nåd nämndes efter förlåtelse för att människan ska renas fullständigt, eftersom förlåtelse skyler och stryker bort synden och leder till att hon skyddas från elden, och eftersom nåd medför godhet och leder till att hon träder in i paradiset, och detta är den stora segern.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6112</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم أجود الناس، وكان أجود ما يكون في رمضان حين يلقاه جبريل</t>
   </si>
   <si>
     <t>Profeten ﷺ var den mest generösa av alla människor, och han var ännu mer generös under Ramadan när Gabriel träffade honom</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ، وَكَانَ يَلْقَاهُ فِي كُلِّ لَيْلَةٍ مِنْ رَمَضَانَ فَيُدَارِسُهُ القُرْآنَ، فَلَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدُ بِالخَيْرِ مِنَ الرِّيحِ المُرْسَلَةِ.</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) sa: "Profeten ﷺ var den mest generösa av alla människor, och han var ännu mer generös under Ramadan när Gabriel träffade honom. Gabriel brukade träffa honom varje natt under Ramadan för att recitera Koranen utantill. Allahs sändebud ﷺ var under denna månad snabbare med att skänka av det goda, än en frisk vind som för med sig regn."</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم أعظم الناس كَرمًا، وكان يَكثر كرمُه في شهر رمضان حيث كان يُعطي ما ينبغي لمَن ينبغي، والسبب في زيادة كرمه أمران: 
 الأول: الْتِقاؤه بجبريل عليه السلام.
 والأمر الآخر: مدارسة القرآن، وهو القراءة عن ظهر قلب.
 فيدارسه جبريل عليه السلام جميع ما نزل من القرآن، ولَرَسُول الله صلى الله عليه وسلم أكرم وأكثر عطاءً وفعلًا للخير، وأسرع نفعًا للخلق من الريح الطيبة التي يرسلها الله بالغيث والرحمة.</t>
   </si>
   <si>
     <t>Profeten ﷺ var den mest generöse människan och ökade sin generositet i Ramadan genom att ge till de behövande. Det fanns två orsaker till denna ökade generositet:
 1. Hans möten med Gabriel (frid vare med honom).
 2. Att studera Koranen, vilket betyder att han reciterade den utantill.
 Gabriel undervisade sändebudet ﷺ allting som hade uppenbarats i Koranen, och då var profeten ﷺ mer generös och snabbare att göra gott för människor än den friska vind som Allah sänder med regn och barmhärtighet.</t>
   </si>
   <si>
     <t>بيان جُود النبي صلى الله عليه وسلم وسَعَة كرمه وخاصة في رمضان، فإنه شهر الطاعات ومواسم الخيرات.
 الحث على الجود في كل وقت، وتستحب الزيادة في شهر رمضان.
 الإكثار من البذل والعطاء والإحسان وقراءة القرآن في شهر رمضان.
 من أسباب حفظ العلم مدارسته مع طلاب العلم والعلماء.</t>
   </si>
   <si>
     <t>Hadithen förklarar profetens ﷺ frikostighet och enorma generositet, särskilt under månaden Ramadan och särskilt perioder av året då goda handlingar är extra uppmanade.
 Det är uppmanat att vara generös under alla tider, men i synnerhet under månaden Ramadan.
 En person bör dela med sig av det den har, göra gott och recitera Koranen ännu mer under Ramadan.
 Kunskap hålls levande och bevarad genom att repetera den med studenter och lärda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6179</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا</t>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ var den människan som hade bäst karaktär</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) sa: "Allahs sändebud ﷺ var den människan som hade bäst karaktär."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Profeten ﷺ var den människan som hade den finaste karaktären. Han var överlägsen andra i alla karaktärsdrag och moral, som att tala gott, göra gott för andra, ha ett glatt ansikte, skydda andra från skada och att ha tålamod med andras skada.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Profetens ﷺ fantastiska karaktär.
 Profeten ﷺ är den främsta förebilden i god karaktär.
 Vi bör följa profetens ﷺ exempel i god karaktär.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6180</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ brukade glorifiera Allahs enhet med detta efter varje bön</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>Abuz-Zubayr sa: "Efter varje bön brukade Ibnuz-Zubayr säga: 'La ilaha illallahu wahdahu la sharika lah, lahul-mulku, wa lahul-hamdu wa huwa 'ala kulli shay´in qadir. La hawla wa la quwwata illa billah, la ilaha illallah, wa la na'budu illa iyyah, lahun-ni'matu wa lahul-fadlu wa lahuth-thana´ul-hasan, la ilaha illallahu mukhlisina lahud-din wa law karihal-kafirun' (Det finns ingen sann gud utom Allah. Han är en och han har ingen vid sin sida. Till honom hör herraväldet och all pris och han har makt över allting. Det finns ingen rörelse och ingen styrka förutom med Allahs hjälp och vilja. Det finns ingen sann gud utom Allah, och vi dyrkar ingen annan än honom. Gåvorna hör till honom. Det goda hör till honom. All lovpris och tacksamhet tillkommer honom. Det finns ingen sann gud utom Allah; vi dyrkar endast honom, med uppriktighet, även om de otrogna ogillar det)." Han sa: "Allahs sändebud ﷺ brukade glorifiera Allahs enhet med detta efter varje bön."</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
   <si>
@@ -12998,529 +13478,660 @@
 "Han är en och han har ingen vid sin sida": Han har ingen partner i sin gudomlighet, sitt herravälde eller sina namn och egenskaper.
 "Till honom hör herraväldet": Det fullkomliga, omfattande, kompletta och vidsträckta herraväldet är hans. Han äger himlarna, jorden och allt däremellan.
 "Och all pris": Han beskrivs med fullkomlig perfektion, och han prisas fullständigt utifrån kärlek och högaktning under alla omständigheter, bra såväl som dåliga.
 "Och han har makt över allt": Hans kapacitet är perfekt och fullständig på alla sätt och vis, inget är omöjligt för honom, och ingen kan sätta sig emot hans vilja.
 "Det finns ingen rörelse och ingen styrka förutom med Allahs hjälp och vilja": Det går inte att gå från en situation till en annan, från att synda till att utföra lydnad, förutom med Allahs styrka. Han är den som hjälper och förtjänar att förlitas på.
 "Det finns ingen sann gud utom Allah, och vi dyrkar ingen annan än honom": Detta understryker monoteism, och avvisar polyteism, och att ingen förtjänar att dyrkas utom honom.
 "Gåvorna hör till honom. Det goda hör till honom": Det är han som skapar välsignelser och äger dem, varpå han skänker dem till den han vill bland sina tjänare.
 "All lovpris och tacksamhet tillkommer honom": för hans essens, egenskaper, handlingar och välsignelser, under varje omständighet.
 "Det finns ingen sann gud utom Allah; vi dyrkar endast honom, med uppriktighet": vi dyrkar honom uppriktigt utan ögontjäneri, och vi vill inte heller lyda Allah för att prisas av människor för det.
 "Även om de otrogna ogillar det": vi håller fast vid Allahs monoteism och dyrkandet av honom, även om de otrogna ogillar det.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Det är uppmanat att säga denna åminnelse efter varje obligatorisk bön.
 En muslim är stolt över sin religion och över att visa sitt praktiserande av det öppet, även om de otrogna ogillar det.
 Om frasen "efter varje bön" förekommer i en Hadith; om Hadithen uppmanar till någon åminnelse sägs det efter Taslim, när bönen avslutats, och om det är en åkallan sägs det innan Taslim.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6203</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ</t>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>Gör inte era hem till gravar. Shaytan flyr huset där kapitlet al-Baqarah läses</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Gör inte era hem till gravar. Shaytan flyr huset där kapitlet al-Baqarah läses."</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjuder oss från att ha ett hem där böner inte bes, eftersom de blir likt gravplatser som det inte bes i.
 Sedan berättade han ﷺ att Shaytan flyr huset i vilket kapitlet al-Baqarah läses.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Det är uppmanat att utföra mycket dyrkan och frivilliga böner i hemmet.
 Det är inte tillåtet att be på gravplatser, eftersom det är en inkörsport till polyteism och till att få ett extremt förhållningssätt till de begravda. Det enda undantaget är begravningsbönen, som får bes där.
 Förbudet av att förrätta böner på gravplatser var något som var känt bland följeslagarna, och därför förbjöd profeten ﷺ att hemmen skulle bli likt gravplatser där det inte bes.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6208</t>
   </si>
   <si>
-    <t>لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ</t>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>Att jag säger: 'Subhanallah (Allah är fri från brister), Alhamdulillah (lov och pris tillkommer Allah), La ilaha illallah (det finns ingen sann gud utom Allah), Allahu akbar (Allah är större)', håller jag mer kärt än allt som solen stiger upp över</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Att jag säger: 'Subhanallah (Allah är fri från brister), Alhamdulillah (lov och pris tillkommer Allah), La ilaha illallah (det finns ingen sann gud utom Allah), Allahu akbar (Allah är större)', håller jag mer kärt än allt som solen stiger upp över."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att åminnelsen av Allah, genom dessa fraser, är bättre än hela denna värld och allt den innehåller. Dessa fraser är:
 "Subhanallah": Att upphöja Allah över alla defekter.
 "Alhamdulillah": Att prisa Allah för hans perfekta egenskaper utifrån kärlek och högaktning.
 "La ilaha illallah": Ingen förtjänar att dyrkas utom Allah.
 "Allahu akbar": Allah är större och väldigare än allting.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Det är uppmanat att minnas Allah, och det är mer kärt än allt som solen stiger upp över.
 Det är uppmanat att minnas honom mycket och ofta, då det medför en väldig belöning.
 Den världsliga glädjen är kortvarig, och dess njutningar är övergående.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6211</t>
   </si>
   <si>
-    <t>لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا</t>
+    <t>لن يلج النار أحد صلى قبل طلوع الشمس وقبل غروبها</t>
   </si>
   <si>
     <t>Ingen som ber före solens uppgång och före dess nedgång kommer att träda in i elden</t>
   </si>
   <si>
     <t>عَنِ أبي زُهير عُمَارَةَ بْنِ رُؤَيْبَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا»</t>
   </si>
   <si>
     <t>Abu Zuhayr 'Umarah bin Ru'aybah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Ingen som ber före solens uppgång och före dess nedgång kommer att träda in i elden."</t>
   </si>
   <si>
     <t>يُخْبِرُ رسولُ الله صلى الله عليه وسلم: أنه لن يدخلَ النارَ، أحدٌ صلّى صلاة الفجر، وصلاة العصر، وداوم عليهما؛ وخَصَّ هاتين الصلاتين؛ لأنهما أثقلُ الصلوات، ولأنّ وقت الصبح يكون عند النوم ولَذَّتِه، ووقت العصر يكون عند الاشتغال بأعمال النهار وتجارته، ومَن حافَظَ على هاتين الصلاتَين مع وُجودِ المَشقّة فسيحافظ على بَقيّة الصلوات.</t>
   </si>
   <si>
     <t>Profeten ﷺ informerar om att den som regelbundet ber Fajr- och 'Asr-bönen inte kommer att träda in i helvetet. Dessa två böner nämns specifikt eftersom de är de svåraste att upprätthålla: Fajr infaller under sömnens djupaste timmar, vilket gör det svårt för många att vakna. 'Asr infaller under arbetstid och dagliga sysslor, vilket gör att många kan försumma den. Den som håller fast vid dessa böner trots svårigheterna visar sin sanna hängivenhet till bönen, vilket gör det sannolikt att han också kommer att hålla fast vid övriga böner.</t>
   </si>
   <si>
     <t>فضل صلاتي الصبح والعصر، فينبغي المحافظة عليهما.
 مَن أدَّى هذه الصلوات يكون غالبًا خالي النفس من الكَسَل والرياء مُحِبًّا للعبادة.</t>
   </si>
   <si>
     <t>Fajr- och 'Asr-bönen har en särskild dygd och bör prioriteras.
 Den som regelbundet utför dessa böner är oftast inte lat eller gör sig skyldig till ögontjäneri, och har ett hjärta fyllt av kärlek till dyrkan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6215</t>
   </si>
   <si>
-    <t>ما مِنْ أحَدٍ يُسلِّمُ علي إلا ردَّ اللهُ عليَّ رُوحي حتى أردَّ عليه السَّلامَ</t>
+    <t>ما من أحد يسلم علي إلا رد الله علي روحي حتى أرد عليه السلام</t>
   </si>
   <si>
     <t>Ingen hälsar mig med fredshälsningen utan att Allah låter min själ återvända till mig så att jag kan besvara hans hälsning</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلَّى الله عليه وسلم قال: «ما مِنْ أحَدٍ يُسلِّمُ علي إلا ردَّ اللهُ عليَّ رُوحي حتى أردَّ عليه السَّلامَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Ingen hälsar mig med fredshälsningen utan att Allah låter min själ återvända till mig så att jag kan besvara hans hälsning."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّه تُرَدُّ إليه رُوحُه ليَرُدَّ السلامَ على كل مَن سلَّم عليه سواء كان قريبًا أو بعيدًا؛ وحياة البَرْزَخ والقبور أمرٌ غيبي، لا يَعلم حقيقتَها إلا الله، وهو على كل شيء قدير.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar att hans själ återvänder till honom så att han kan besvara hälsningen till den som hälsar honom med fredshälsningen, oavsett om denne befinner sig nära eller långt borta. Livet i Barzakh, vilket livet efter döden fram till domedagen, är en osynlig verklighet som vi inte kan förstå fullt ut. Endast Allah vet hur det egentligen är och vad som verkligen sker då, och han har makt över allting.</t>
   </si>
   <si>
     <t>الحث على الإكثار من الصلاة والسلام على النبي صلى الله عليه وسلم.
 حياة النبي صلى الله عليه وسلم في قبره هي أكملُ حياة يحياها إنسان في بَرْزَخِه، فلا يَعلم حقيقتها إلا الله تعالى.
 الحديث ليس فيه حُجّة لمن يقول بحياة رسول الله صلى الله عليه وسلم حياةً كما نعيشها نحن، حتى لا يَستدِلّ به أهل الشرك على الاستغاثة به عليه الصلاة والسلام، وإنما هي حياة برزخية.</t>
   </si>
   <si>
     <t>Uppmuntran att hälsa profeten ﷺ med fredshälsningen.
 Profetens ﷺ liv i sin grav är den mest fulländade formen av liv en människa kan ha i Barzakh, men hur det egentligen är vet bara Allah.
 Hadithen är inget bevis för att profeten ﷺ lever som vi gör i denna värld, och kan därför inte användas som bevis att be honom om hjälp eller åkalla honom. Hans liv i graven är i Barzakh-stadiet och inte likt det jordiska livet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6222</t>
   </si>
   <si>
-    <t>مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ</t>
+    <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
     <t>Om en muslim förrättar en obligatorisk bön varpå han utför dess tvagning, koncentration och Ruku' väl, kommer den att stryka bort hans synder innan den, så länge han inte har gjort stora synder. Detta gäller livet ut</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
     <t>'Uthman (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Om en muslim förrättar en obligatorisk bön varpå han utför dess tvagning, koncentration och Ruku' väl, kommer den att stryka bort hans synder innan den, så länge han inte har gjort stora synder. Detta gäller livet ut."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att det inte finns någon muslim som närvarar en obligatorisk bönetid, inför vilken han förrättar sin tvagning väl och fullbordar den, därefter koncentrerar han sig på bönen genom att både hans hjärta och kroppsdelar vänder sig till Allah och inser hans storhet, och han förrättar bönens handlingar som Ruku', Sujud och andra handlingar, förutom att denna bön kommer att stryka bort de mindre synderna som utförts före den, förutsatt att han inte utfört en större synder. Denna förträfflighet förekommer hela livet, och under varje bön.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Bönen som leder till att synder stryks bort är den bön som tjänaren har utfört en korrekt tvagning inför, och som förrättas med koncentration och uppriktighet till Allah.
 Förträffligheten i att ständigt fortsätta med dyrkan, då de leder till att de mindre synderna förlåts.
 Förträffligheten i att tvaga sig väl, utföra bönen väl och att koncentrera sig i den.
 Vikten av att undvika de större synderna så att de mindre synderna förlåts.
 Större synder stryks enbart bort om personen ångrar sig för dem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6254</t>
   </si>
   <si>
-    <t>ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر</t>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>Det finns inga dagar i vilka en god handling är så älskvärda hos Allah som under dessa tio dagar", med hänvisning till de första tio dagarna av den islamiska månaden Dhul-Hijjah</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Det finns inga dagar i vilka en god handling är så älskvärda hos Allah som under dessa tio dagar", med hänvisning till de första tio dagarna av den islamiska månaden Dhul-Hijjah. De sa: "Allahs sändebud! Inte ens att föra strid för Allahs skull?" Han sa: ”Inte ens att föra strid för Allahs skull, förutom att en man beger sig iväg och strider med sitt liv och sin egendom och inte återvänder med någotdera."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att goda handlingar som utförs under de tio första dagarna av månaden Dhul-Hijjah är bättre än goda handlingar utförda under resterande dagar av året.
 Följeslagarna (må Allah vara nöjd med dem) frågade profeten ﷺ om att strida för Allahs skull utanför dessa tio dagar, om det är bättre än dessa goda handlingar som utförs under de tio dagarna? Eftersom de visste att strida för Allahs skull är från de bästa handlingarna.
 Han ﷺ svarade dem att goda handlingar som utförs under dessa tio dagar är bättre än att strida för Allahs skull och andra handlingar, förutom en man som går ut i strid och riskerar sitt liv och sin egendom för Allahs skull, varpå han mister sin själ och sin egendom. Denna handling är bättre än andra goda handlingar under dessa förträffliga tio dagarna.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Förträffligheten i de tio första dagarna av Dhul-Hijjah. En muslim bör därför sträva efter att utföra många goda handlingar under dessa dagar; som att minnas Allah, recitera Koranen, säga 'Allahu akbar, la ilaha illallah, alhamdulillah', utföra bön, ge välgörenhet, fasta och andra goda handlingar.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[Återberättad av al-Bukhari och Abu Dawud, formuleringen är från den sistnämndas]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6255</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ</t>
+    <t>ما من مسلمين يلتقيان فيتصافحان إلا غفر لهما قبل أن يفترقا</t>
+  </si>
+  <si>
+    <t>”När två muslimer möts och hälsar på varandra med handslag, förlåts de innan de skiljs åt.”</t>
+  </si>
+  <si>
+    <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ مُسْلِمَيْنِ يَلْتَقِيَانِ فَيَتَصَافَحَانِ إِلَّا غُفِرَ لَهُمَا قَبْلَ أَنْ يَفْتَرِقَا».</t>
+  </si>
+  <si>
+    <t>Al-Bara' (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”När två muslimer möts och hälsar på varandra med handslag, förlåts de innan de skiljs åt.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم: أنه ما مِن مُسلِمَين يتلاقَيَان في طريق ونحوه فيُسلِّم أحدُهما على الآخر مُصَافَحَةً باليد إلا غُفِرَ لهما قبل أن يَفْتَرِقَا بالأبدان أو بالفراغ عن المصافحة.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ berättade att när två muslimer möts, till exempel på vägen, och hälsar på varandra genom att ta i hand, så förlåts de båda innan de skiljs åt, antingen när de går åt olika håll eller när handslaget avslutas.</t>
+  </si>
+  <si>
+    <t>استحباب المصافحة عند اللقاء، والحث عليها.
+قال المناوي: ولا تحصل السنة إلا بوضع اليمنى في اليمنى حيث لا عُذْر.
+الحث على إفشاء السلام، وبيان عظيم أجر مصافحة المسلم لأخيه المسلم.
+يستثنى من الحديث المصافحة المُحرَّمة، كمصافحة المرأة الأجنبية.</t>
+  </si>
+  <si>
+    <t>Att hälsa varandra med handslag är rekommenderat och starkt uppmuntrat.
+Al-Munawi sa: "Det är först när handslaget sker med höger hand som personen agerar enligt Sunnah, såvida inte ett giltigt hinder finns."
+Hadithen betonar värdet av att sprida hälsningen och visar på den stora belöningen i att en muslim tar sin broder i hand.
+Ett undantag gäller förbjudna handslag, som när en man tar en främmande kvinna som inte är Mahram i hand.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/6257</t>
+  </si>
+  <si>
+    <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>Den troende som läser Koranen är som en suckatcitron; den doftar och smakar gott. Den troende som inte läser Koranen är som en dadel; den doftar ingenting, men smakar sött</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Abu Musa al-Ash'ari (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den troende som läser Koranen är som en suckatcitron; den doftar och smakar gott. Den troende som inte läser Koranen är som en dadel; den doftar ingenting, men smakar sött. Hycklaren som läser Koranen är som en basilika; den doftar gott, men smakar bittert. Hycklaren som inte läser Koranen är som en kolokvint; den doftar ingenting och smakar bittert."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Profeten ﷺ beskriver hur människor delas in i olika kategorier utifrån deras läsning av Koranen och nyttan de drar från den.
 Den första kategorin är den troende som läser Koranen och drar nytta från den. Han är likt frukten suckatcitron, som har många nyttor; dess smak och doft är god och dess färg är vacker. Han implementerar det han läst i Koranen och den gynnar Allahs tjänare genom dess lära.
 Den andra kategorin är den troende som inte läser Koranen. Han är likt dadeln vars smak är söt men som saknar någon doft. Tron finns i hans hjärta, likt sötma finns i dadeln, men den saknar en doft som människor kan känna, eftersom han inte läser någon Koran som människor kan finna ro vid när de hör dess recitation.
 Den tredje kategorin är hycklaren som läser Koranen. Han är likt basilikan, den har en ljuvlig doft men bitter smak, eftersom hans hjärta inte innehåller någon tro och han inte implementerar Koranens lära. Han framstår sig själv vara troende framför människor, varpå hans goda doft påminner om hans läsning av Koranen, men vars smak är bitter då den påminner om hans otro.
 Den fjärde kategorin är hycklaren som inte läser Koranen. Han är likt kolokvinten, eftersom den saknar doft och smakar beskt. Doftens frånvaro påminner om att han saknar en doft då han inte läser Koran. Smakens beskhet påminner om hans otros beskhet. Det finns ingen tro i hans inre, och det finns ingen nytta i hans yttre, snarare är han skadlig.</t>
   </si>
   <si>
     <t>بيان فضيلة حامل القرآن العامل به.
 مِن طُرُق التعليم ضَرْبُ المَثَل؛ لتقريب الفهم.
 ينبغي للمسلم أن يكونَ له وِرْدٌ مُسْتَمِرٌّ مِن كتاب الله تعالى.</t>
   </si>
   <si>
     <t>Förträffligheten av den som reciterar Koranen och implementerar dess lära.
 Att göra diverse liknelser är ett undervisningssätt som underlättar att människor kan förstå.
 Muslimen bör dagligen läsa något från Koranen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6258</t>
   </si>
   <si>
-    <t>مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً</t>
+    <t>معقبات لا يخيب قائلهن أو فاعلهن دبر كل صلاة مكتوبة، ثلاث وثلاثون تسبيحة، وثلاث وثلاثون تحميدة، وأربع وثلاثون تكبيرة</t>
   </si>
   <si>
     <t>”Efter varje obligatorisk bön finns ord som följer den. Den som säger (eller gör) dem kommer inte att gå förlorad: 'subhanallah' 33 gånger, 'alhamdulillah' 33 gånger och 'Allahu akbar' 34 gånger</t>
   </si>
   <si>
     <t>عَنْ كَعْبِ بْنِ عُجْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً».</t>
   </si>
   <si>
     <t>Ka'b bin 'Ujrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Efter varje obligatorisk bön finns ord som följer den. Den som säger (eller gör) dem kommer inte att gå förlorad: 'subhanallah' 33 gånger, 'alhamdulillah' 33 gånger och 'Allahu akbar' 34 gånger."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أذكارٍ لا يَخْسَرُ ولا يَنْدَمُ قائلُها، بل له ثوابُ هذه الكلمات، ويأتي بعضُها عَقِبَ بعضٍ، وتُقال عَقِب الصلاة المفروضة، وهي: 
 "سبحان الله" ثلاثًا وثلاثين مرة، أي تنزيهه تعالى عن كل نقص. 
 و"الحمد لله" ثلاثًا وثلاثين مرة، وهي وصف الله بالكمال التامِّ مع محبته وتعظيمه. 
 و"الله أكبر" أربعًا وثلاثين مرة، فالله أكبر وأعظم وأعزُّ من كل شيء.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att det finns åminnelser där den som säger dem inte kommer gå förlorad och inte heller ångra sig, snarare kommer han att belönas för att han säger dem. De ska sägas efter varandra, efter varje obligatorisk bön. De är:
 "Subhanallah", 33 gånger. Det vill säga att personen bekräftar att Allah är fri från brister och synder.
 "Alhamdulillah", 33 gånger. Det är att beskriva Allah med den yttersta perfektionen, vilket görs av kärlek och högaktning till honom.
 "Allahu akbar", 34 gånger. Allah är större, väldigare och mäktigare än allt.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>Förträffligheten i att säga "Subhanallah, alhamdulillah, Allahu akbar", och de är de bestående goda handlingarna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6259</t>
   </si>
   <si>
-    <t>مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ</t>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Den som lämnar 'Asr-bönen får sina handlingar nollställda.'</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>Buraydah ibn al-Hasib (må Allah vara nöjd med honom) sa: "Utför 'Asr-bönen tidigt, för profeten ﷺ sa: 'Den som lämnar 'Asr-bönen får sina handlingar nollställda.'"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnar från att medvetet skjuta upp 'Asr-bönen så pass att dess tid går ut. Den som gör detta kommer att få sina handlingar nollställda och eliminerade.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>Det är uppmanat att förrätta 'Asr-bönen tidigt och att skynda sig att utföra den.
 Den stränga varningen mot att lämna 'Asr-bönen och att skjuta upp den efter dess tid är värre än att missa och skjuta upp andra böner. Eftersom den är den mittersta bönen som Allah har särskilt då han säger: "Slå vakt om bönerna och [i synnerhet] den mittersta bönen" (2:238).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6261</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ</t>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>Om en person tvår sig och gör det ordentligt, kommer hans synder lämna hans kropp till den grad att de även försvinner under hans naglar</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>'Uthman bin 'Affan (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om en person tvår sig och gör det ordentligt, kommer hans synder lämna hans kropp till den grad att de även försvinner under hans naglar."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som tvagar sig samtidigt som han utför de rekommenderade aspekterna, får sina synder och dåliga handlingar förlåtna, så pass att synderna kommer att gå ut från hans naglar på tårna och fingrarna.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Det är uppmanat att vara mån om att lära sig tvagning och dess rekommenderade aspekter, för att sedan tillämpa denna kunskap i praktiken.
 Tvagningens förträfflighet då det stryker bort mindre synder. Vad gäller större synder så måste personen ångra sig för dem.
 För att synder ska lämna kroppen måste personen förrätta tvagningen korrekt utan tillkortakommanden, så som profeten ﷺ tydliggjort.
 De synder som stryks i denna Hadith ska förstås utifrån villkoret att större synder undviks och att personen ångrar sig för dem. Allah säger: "Om ni undviker de stora synderna ni förbjudits från att begå ska vi utplåna era mindre synder" (4:31).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6263</t>
   </si>
   <si>
-    <t>مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ</t>
+    <t>من حفظ عشر آيات من أول سورة الكهف، عصم من الدجال. وفي رواية: من آخر سورة الكهف</t>
+  </si>
+  <si>
+    <t>”Den som memorerar tio verser från början av Surat al-Kahf kommer att skyddas från Dajjal.” I en annan återberättelse: ”…från slutet av Surat al-Kahf.”</t>
+  </si>
+  <si>
+    <t>عن أبي الدرداء رضي الله عنه أن النبي صلى الله عليه وسلم قال: «مَنْ حَفِظَ عَشْرَ آيَاتٍ مِنْ أَوَّلِ سُورَةِ الكَهْفِ، عُصِمَ مِنَ الدَّجَّالِ». وفي رواية: «مِنْ آخِرِ سُورَةِ الكَهْف».</t>
+  </si>
+  <si>
+    <t>Abu al-Dardaʾ (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: ”Den som memorerar tio verser från början av Surat al-Kahf kommer att skyddas från Dajjal.” I en annan återberättelse: ”…från slutet av Surat al-Kahf.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن حَفِظ عَشْرَ آيات عن ظَهْرِ قَلْبٍ مِن أول سورة الكهف عُصِم ووُقِي وحُفِظ من فتنةِ المسيح الدجال الذي يَخرج آخر الزمان ويَدَّعي الألوهية، وفتنته أعظم فتنة تكون على الأرض منذ خُلِقَ آدم إلى قيام الساعة؛ لما أمكنه الله عز وجل من بعض الخَوَارِق التي يَفتن بها من تبعه، وذلك لأن أول سورة الكهف فيها من العجائب والآيات ما هو أعظم مما يَفتن الدَّجالُ فيه الناس، فمَن تَدَبَّرَها لم يفتتن بالدجال.
+وفي رواية: عشر آيات من آخر السورة من قوله تعالى : {أفحسب الذين كفروا أن يتخذوا…}.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ berättade att den som lär sig tio verser utantill från början av Surat al-Kahf blir bevarad och skyddad från prövningarna av den falske Messias, Dajjal. Han kommer att framträda i slutet av tiderna och göra anspråk på gudomlighet. Hans prövning är den största som någonsin kommer att finnas på jorden allt från att Adam skapades fram till domedagen, eftersom Allah låter honom utföra vissa övernaturliga fenomen som förleder människor. Inledningen av Surat al-Kahf innehåller dock sådana under och tecken att den, som verkligen begrundar dem inte kommer att låta sig förledas av Dajjal. I en annan återberättelse nämns de sista tio verserna, från Allahs ord: ”Tror de otrogna att de borde dyrka mina tjänare i stället för mig?”</t>
+  </si>
+  <si>
+    <t>بيان فضل سورة الكهف، وأن فَوَاتِحَها أو خَوَاتِمَها تَعصم من فتنة الدجال.
+الإخبار عن أمر الدجال، وبيان ما يعصم منه.
+الحث على حفظ سورة الكهف كاملةً، فإن عجز فليحفظ العشر الآيات الأولى والأخيرة.
+قال القرطبي في سَبَبُ ذلك: قيل: لِمَا في قصة أصحاب الكهف من العجائب والآيات، فمَن وَقَفَ عليها لم يَسْتَغرِب أَمْرَ الدجال ولم يَهُلْه ذلك فلم يفتتن به، وقيل: لقوله تعالى: {لينذر بأسًا شديدًا من لدنه} تمسكًا بتخصيص البأس بالشدة واللَّدُنِّيّة، وهو مناسب لما يكون من الدجال من دعوى الإلهية واستيلائه وعظم فتنته، ولذلك عظَّم صلى الله عليه وسلم أمرَه وحَذَّر عنه وتعوذ من فتنته، فيكون معنى الحديث: أن من قرأ هذه الآيات وتدبرها ووقف على معناها حَذِرَه فأمن منه.</t>
+  </si>
+  <si>
+    <t>Hadithen visar på Surat al-Kahfs dygd och att dess inledning eller dess avslutning skyddar mot Dajjals prövning.
+Den förkunnar Dajjals framträdande och klargör vad som kan skydda mot honom.
+Den uppmuntrar till att memorera hela Surat al-Kahf, men om man inte förmår det bör personen åtminstone memorera de tio första och de tio sista verserna.
+Al-Qurtubi sa att orsaken kan vara att berättelsen om grottans folk innehåller så stora under och tecken att den som tar dem till sig inte finner Dajjals tecken märkliga eller överväldigande, och därför inte låter sig förledas. En annan förklaring är Allahs ord: ”för att varna för ett hårt straff från honom”, vilket markerar att det verkliga, stränga straffet enbart kommer från Allah. Detta står i tydlig kontrast till Dajjals falska anspråk på gudomlighet, makt och hans väldiga prövningar. Därför betonade profeten ﷺ hans fara, varnade för honom och sökte skydd från hans prövning. Den som läser och begrundar dessa verser blir vaksam och därmed tryggad från hans vilseledning.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/6265</t>
+  </si>
+  <si>
+    <t>من عاد مريضا، لم يحضر أجله فقال عنده سبع مرار: أسأل الله العظيم رب العرش العظيم أن يشفيك، إلا عافاه الله من ذلك المرض</t>
+  </si>
+  <si>
+    <t>”Om någon besöker en sjuk person, som ännu inte har nått sin dödsstund, och säger sju gånger vid dennes sida: ’Jag ber Allah, den Väldige, Herren över den väldiga tronen, att han ska bota dig’, så kommer Allah att bota honom från den sjukdomen.”</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ عَادَ مَرِيضًا، لَمْ يَحْضُرْ أَجَلُهُ فَقَالَ عِنْدَهُ سَبْعَ مِرَارٍ: أَسْأَلُ اللَّهَ الْعَظِيمَ رَبَّ الْعَرْشِ الْعَظِيمِ أَنْ يَشْفِيَكَ، إِلَّا عَافَاهُ اللَّهُ مِنْ ذَلِكَ الْمَرَضِ».</t>
+  </si>
+  <si>
+    <t>Ibn ʿAbbas (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: ”Om någon besöker en sjuk person, som ännu inte har nått sin dödsstund, och säger sju gånger vid dennes sida: ’Jag ber Allah, den Väldige, Herren över den väldiga tronen, att han ska bota dig’, så kommer Allah att bota honom från den sjukdomen.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن مُسلم يَزُوْرُ مسلمًا في مرضه الذي لم يَحضر فيه وقتُ موتِه، ثم دعا الزائرُ للمريضِ بقوله: (أسأل الله العظيم) في ذاته وصفاته وأفعاله، (رب العرش العظيم أن يشفيك)، وأعادَها عليه سَبعَ مرات إلا عافاه الله من ذلك المرض.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ förklarade att när en muslim besöker sin sjuke broder, och tiden för dennes död ännu inte har kommit, och besökaren upprepar bönen "Jag ber Allah, den Väldige" i sin essens, egenskaper och handlingar, "Herren över den väldiga tronen, att han ska bota dig" sju gånger, så kommer Allah att ge honom hälsa och bota honom från sjukdomen.</t>
+  </si>
+  <si>
+    <t>استحباب الدعاء للمريض بهذا الدعاء، وتَكْرَاره سبع مرات.
+تحقق الشفاء لمن قيل عنده هذا الدعاء بإذن الله تعالى، إن صدر عن صدق وصلاح.
+يقول هذا الدعاء سِرًّا وجهرًا، فكلُّ ذلك جائز، ولكن إذا أَسْمَعَ المريضَ فهو الأولى والأفضل؛ لأن فيه إدخالَ السرور عليه.</t>
+  </si>
+  <si>
+    <t>Det är rekommenderat att be denna bön för den sjuke och att upprepa den sju gånger.
+Löftet om tillfrisknande sker med Allahs tillåtelse och är knutet till att bönen görs uppriktigt och med sann tro.
+Bönen kan sägas både tyst och högt, men att låta den sjuke höra den är bättre eftersom det skänker honom tröst och glädje.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/6270</t>
+  </si>
+  <si>
+    <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>Han som, efter han hört bönekallet, säger: 'Ash-hadu an la ilaha illallah, wahdahu la sharika lah, wa ash-hadu anna Muhammadan 'abduhu wa rasuluh. Raditu billahi Rabba, wa bi Muhammadin rassla, wa bil-islami dina' (Jag bär vittne att det inte finns någon sann gud utom Allah, ensam utan partner, och att Muhammed är Allahs tjänare och sändebud. Jag är nöjd med Allah som Herre, Muhammed som sändebud, och islam som religion) - kommer att få sin synd förlåten</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>Sa'd bin Abi Waqqas (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Han som, efter han hört bönekallet, säger: 'Ash-hadu an la ilaha illallah, wahdahu la sharika lah, wa ash-hadu anna Muhammadan 'abduhu wa rasuluh. Raditu billahi Rabba, wa bi Muhammadin rassla, wa bil-islami dina' (Jag bär vittne att det inte finns någon sann gud utom Allah, ensam utan partner, och att Muhammed är Allahs tjänare och sändebud. Jag är nöjd med Allah som Herre, Muhammed som sändebud, och islam som religion) - kommer att få sin synd förlåten."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att han som, efter han hört bönekallet, säger: "Ash-hadu an la ilaha illallah, wahdahu la harika lah", det vill säga jag bekräftar, erkänner och förkunnar att det inte finns någon som dyrkas i sanning utom Allah, och att alla som dyrkas vid hans sida är falska, "wa anna Muhammaden 'abduhu wa rasuluh", det vill säga att han är en tjänare, som därför inte ska dyrkas, och ett sändebud, varför han inte ska förnekas, "raditu billahi Rabba", det vill säga jag är nöjd med hans herrskap, gudomlighet, namn och egenskaper, "wa bi Muhammadin rasula", det vill säga att jag är nöjd med allt han kommit med och förkunnat till oss, "wa bil-islam", det vill säga att jag är nöjd med alla islams bestämmelser, påbud och förbud, "dina" det vill säga religion, troslära och underkastelse, "kommer att få sin synd förlåten", det vill säga de mindre synderna.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Att säga denna åkallan efter att man hört bönekallet leder till att synder stryks bort.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6272</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ</t>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>Om någon reciterar de två sista verserna av kapitlet al-Baqarah under natten, kommer de att vara tillräckliga för honom</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>Abu Mas´ud (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Om någon reciterar de två sista verserna av kapitlet al-Baqarah under natten, kommer de att vara tillräckliga för honom."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som läser de två sista verserna av kapitlet al-Baqarah under natten kommer Allah att skona från ondska och olyckor. Det sägs även att de är tillräckliga för honom istället för den frivilliga nattbönen. Eller att de är tillräckliga för honom för att behöva läsa andra åkallelser. Eller att de är det minsta som är tillräckligt för personen som läser Koran under den frivilliga nattbönen, eller andra tolkningar av innebörden. Måhända att alla dessa tolkningar av innebörden omfattas i dessa ord.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
     <t>Förträffligheten av de två sista verserna från kapitlet al-Baqarah, som börjar från: "Sändebudet tror..." till slutet av kapitlet.
 De två sista verserna från kapitlet al-Baqarah skyddar personen som läser dem under natten från ondska och Shaytan.
 Natten börjar med solnedgång och slutar vid soluppgång.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6274</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا</t>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
     <t>Den som läser en bokstav från Koranen får en belöning för det, och varje belöning multipliceras med tio</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som läser en bokstav från Koranen får en belöning för det, och varje belöning multipliceras med tio. Jag säger inte att 'Alif Lam Mim' är en bokstav, snarare är 'Alif' en bokstav, 'Lam' en bokstav, och 'Mim' en bokstav."</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att varje muslim som läser en bokstav från Allahs bok får en belöning för det, och denna belöning multipliceras med tio.
 Därefter tydliggjorde han ﷺ detta sägandes: "Jag säger inte att 'Alif Lam Mim' är en bokstav, snarare är 'Alif' en bokstav, 'Lam' en bokstav, och 'Mim' en bokstav." Följaktligen räknas dessa tre som trettio goda handlingar.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Det är uppmanat att recitera Koranen ofta.
 Den som reciterar en bokstav från ett ord får en belöning som multipliceras med tio.
 Allahs oändliga nåd och frikostighet då han mångdubblar sina tjänares belöning, som en välgärning och godhet från honom.
 Koranens överlägsenhet över annat tal, då dess recitation är en form av dyrkan eftersom det är Allahs tal.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6275</t>
   </si>
   <si>
-    <t>كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ</t>
+    <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
   </si>
   <si>
     <t>Adams son förnekade mig, men han hade inte rätt till det, och han förolämpade mig, men han hade inte rätt till det</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Allah sa: 'Adams son förnekade mig, men han hade inte rätt till det, och han förolämpade mig, men han hade inte rätt till det. Vad gäller hans förnekande av mig, är det hans ord: 'Han kommer inte att återskapa mig som han skapade mig första gången', och att återskapa honom är lättare för mig än hans första skapelse. När det gäller hans förolämpning av mig, är det hans ord: 'Allah har ett barn', men jag är den Ende, den Självtillräcklige. Jag har varken fött och är inte heller född, och det fanns ingen som är lik mig.'"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar genom en Hadith Qudsi att Allah berättat att polyteisterna och de otrogna förnekar Allah och tillskriver honom brister och defekter, fastän de inte har någon rätt till detta.
 Deras förnekelse av Allah innebär att de påstår att Allah inte ska återskapa dem efter deras död på samma sätt som han skapade dem första gången från intet. Allah avfärdar detta genom att berätta att den som skapade dem från intet är kapabel att återskapa dem, vilket är ännu lättare, fastän både första skapelsen och återskapandet är lika lätta för honom då Allah har makt över allt.
 Deras förolämpning av honom är det att de säger att han har ett barn. Han avfärdar detta genom att berätta att han är den Ende, han är unik och den ende som beskrivs med fulländad perfektion i sina namn, egenskaper och handlingar. Han är fri från alla brister och fel, och han är den Självtillräcklige som inte är i behov av någon, men däremot är allting i behov av honom. Han är inte fader till någon, och inte heller barn till någon, och ingen är lik honom på något sätt.</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Detta bekräftar Allahs fulländade makt.
 Detta bekräftar även att människor ska återskapas efter att de har dött.
 Den som förnekar att den ska återskapas eller tillskriver Allah ett barn har begått otro.
 Allah har ingen som är lik honom eller som påminner om honom.
 Allahs ofantliga överseende, då han ger de otrogna tid och chans att ångra sig och möjlighet att återvända till honom.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6327</t>
   </si>
   <si>
-    <t>مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ</t>
+    <t>إن قلوب بني آدم كلها بين إصبعين من أصابع الرحمن، كقلب واحد، يصرفه حيث يشاء</t>
+  </si>
+  <si>
+    <t>”Alla Adams barns hjärtan är mellan två fingrar av den Nåderikes fingrar, som om de vore ett enda hjärta. Han vänder dem dit han vill.”</t>
+  </si>
+  <si>
+    <t>عَن عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «إِنَّ قُلُوبَ بَنِي آدَمَ كُلَّهَا بَيْنَ إِصْبَعَيْنِ مِنْ أَصَابِعِ الرَّحْمَنِ، كَقَلْبٍ وَاحِدٍ، يُصَرِّفُهُ حَيْثُ يَشَاءُ» ثُمَّ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ مُصَرِّفَ الْقُلُوبِ صَرِّفْ قُلُوبَنَا عَلَى طَاعَتِكَ».</t>
+  </si>
+  <si>
+    <t>ʿAbdullah ibn ʿAmr ibn al-ʿAs (må Allah vara nöjd honom) berättade att han hörde Allahs sändebud ﷺ säga: ”Alla Adams barns hjärtan är mellan två fingrar av den Nåderikes fingrar, som om de vore ett enda hjärta. Han vänder dem dit han vill.” Sedan sa Allahs sändebud ﷺ: ”Du som vänder hjärtan! Vänd våra hjärtan till att lyda dig.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أن قلوب بني آدم كلَّها بين إصبعين من أصابع الرحمن كقلب واحد؛ يُصَرِّفُه حيث يشاء؛ إن شاء أقامه على الحق، وإن شاء أَزَاغَه عن الحق، وتَصَرُّفُه في جميع القلوب كالتصرُّف في واحد لا يشغله سبحانه شَأنٌ عن شأنٍ، ثم دعا صلى الله عليه وسلم فقال: اللهم مُصَرِّفَ القلوبِ تارةً إلى الطاعة وتارةً إلى المعصية، وتارة إلى الذكر وتارة إلى الغفلة، صَرِّفْ قلوبَنا على طاعتك.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ berättade att alla människors hjärtan är mellan två fingrar av den Nåderikes fingrar, och att han styr dem dit han vill. Om han vill håller han dem stadigt vid sanningen, och om han vill låter han dem vika bort från den. Hur han hanterar alla dessa hjärtan är som hanterandet av ett enda hjärta, och inget avleder honom från något annat. Därefter bad profeten ﷺ: "Du som vänder hjärtan!" Ibland mot lydnad och ibland mot olydnad, ibland mot åminnelse och ibland mot glömska, "vänd våra hjärtan till att lyda dig.”</t>
+  </si>
+  <si>
+    <t>إثبات القَدَر، وأن الله يوجِّه قلوبَ عبادِه حسب القدر الذي كتبه عليهم.
+ينبغي على المسلم إدامة سؤال ربه الثبات على الحق والهدى.
+الخوف من الله والتَّعَلُّق به وحده لا شريك له.
+قال الآجري: إن أهل الحق يَصِفُوْن الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يَبتدِع. انتهى. فأهل السنة يُثْبِتُوْن لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويَنْفُون عن الله ما نفاه عن نفسه، ويَسكتون عما لم يَرِدْ به نفيٌ ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).</t>
+  </si>
+  <si>
+    <t>Bekräftelse av ödet: Allah styr sina tjänares hjärtan i enlighet med det han har bestämt för dem.
+En muslim bör ständigt be Allah om att hålla fast vid sanningen och vara vägledd.
+Det är föreskrivet att frukta Allah och att endast fästa sig vid honom och ingen annan.
+Al-Ajurri sa: "De som håller fast vid sanningen beskriver Allah med det han beskrivit sig själv med, med det hans sändebud ﷺ beskrivit honom med, och med det som följeslagarna (må Allah vara nöjd med dem) beskrivit honom med. Detta är lärdas väg, de som följt sanningen och inte hittat på nytt. De som följer Sunnan bekräftar för Allah det han bekräftat för sig själv av namn och egenskaper, utan att förvränga, förneka, likna eller föreställa sig hur. De nekar det Allah själv nekat från sig och förhåller sig tysta kring det som varken nämnts som bekräftat eller förnekat. Som Allah säger: ”Inget är som han, och han är den som hör allt och ser allt.” [42:11].</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/6331</t>
+  </si>
+  <si>
+    <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>Den som visar fientlighet mot min troende och gudfruktiga tjänare kommer jag att förklara krig mot. Min tjänare närmar sig inte mig med något jag älskar som med det som jag har ålagt honom</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah sa: 'Den som visar fientlighet mot min troende och gudfruktiga tjänare kommer jag att förklara krig mot. Min tjänare närmar sig inte mig med något jag älskar som med det som jag har ålagt honom. Min tjänare fortsätter närma sig mig med rekommenderade handlingar tills att jag älskar honom. När jag älskar honom blir jag hans hörsel som han hör med, syn som han ser med, hand som han tar med, fot som han går med. Om han frågar mig, kommer jag att ge honom. Om han ber mig om skydd, kommer jag att skydda honom. Det finns inget jag tvekar att göra som att ta min troende tjänares själ. Han hatar döden, och jag hatar att skada honom.'"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah sagt i en Hadith Qudsi: "Den som skadar, förargar, eller hatar en nära tjänare (waliyy) till mig kommer jag att visa fiendskap mot."
@@ -13532,237 +14143,275 @@
 I tillägg till detta, ifall han frågar Allah om något, kommer Allah att ge honom det han bett om, följaktligen är han någon som får sin åkallan besvarad. Om han ber Allah om skydd och vänder sig till honom, kommer Allah att skydda honom och skona honom från hans farhågor.
 Därefter säger Allah: "Det finns inget jag tvekar att göra som att ta min troende tjänares själ", av barmhärtighet över honom. Eftersom han hatar döden då det är smärtsamt att dö, och Allah hatar det som skadar den troende.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>Profeten ﷺ återberättar detta från sin Herre, och detta kallas för en Hadith Qudsi (en helig eller gudomlig Hadith), då dess ordval och betydelse är från Allah. Den skiljer sig däremot från Koranen, som är ett mirakel som saknar motstycke. Personen som läser Koranen dyrkar Allah genom att läsa den, och ska därför befinna sig i ett rent tillstånd. Utöver detta finns det flera aspekter som skiljer Koranen från en Hadith Qudsi.
 Det är förbjudet att skada Allahs nära tjänare, de ska istället älskas och respekteras.
 Detta är en beordring att hysa fientlighet mot Allahs fiender, och det är förbjudet att visa dem stöd och kärlek.
 Den som påstår sig vara en Waliyy till Allah utan att följa hans religion påstår något lögnaktigt.
 Den troende blir en Waliyy till Allah genom att tillämpa hans påbud och avstå från hans förbud.
 Att utföra rekommenderade handlingar efter att man har utfört det obligatoriska och lämnat det förbjudna är bland det som leder till Allahs kärlek.
 Detta visar vilken hög status och ära Allahs Waliyy har.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6337</t>
   </si>
   <si>
-    <t>اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ</t>
+    <t>اثنتان في الناس هما بهم كفر: الطعن في النسب، والنياحة على الميت</t>
   </si>
   <si>
     <t>Två saker som människor begår är otro: att skymfa andras härkomst och att jämra sig över döda</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Två saker som människor begår är otro: att skymfa andras härkomst och att jämra sig över döda."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن خصلَتَين في الناس من أعمال الكفار، وأخلاق الجاهلية، وهما: 
 الأولى: الطَّعْن بأنساب الناس وتَنَقُّصُهم والتكبُّر عليهم. 
 الثانية: رفع الصوت عند المصيبة تَسَخُّطًا على القَدَر، أو قطع الثياب من شِدّة الجَزَع.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar att två handlingar är spår av otro och tillhör den för-islamiska okunnighetens seder:
 1. Att skymfa andras härkomst – Att förolämpa och kränka andra på grund av deras härkomst och att se sig själv som överlägsen på grund av sitt eget ursprung.
 2. Att jämra sig över döda – Att högljutt klaga och gråta på ett sätt som uttrycker missnöje med Allahs beslut, elelr att slita sina kläder i sorg eller skrika i desperation vid en förlust.</t>
   </si>
   <si>
     <t>الحثُّ على التواضع وعدَم التكبُّر على الناس.
 وجوب الصبر على المصيبة وعدم التسخُّط.
 هذه الأعمال من الكُفْر الأصغر، وليس مَن قام به شُعْبةٌ من شُعَب الكُفْر يكون كافرًا الكفر المُخْرِج من المِلّة حتى يقومَ به الكفرُ الأكبر.
 نهي الإسلام عن كلِّ ما يؤدِّي إلى الفُرْقَة بين المسلمين من الطعن في الأنساب وغيرها.</t>
   </si>
   <si>
     <t>Islam uppmuntrar till ödmjukhet och förbjuder högmod.
 Tålamod vid prövningar är obligatoriskt, och man får inte uttrycka missnöje med Allahs beslut.
 Dessa handlingar räknas som mindre form av otro och gör inte en person till otrogen och lämnar islam, såvida en person inte gör något annat som är en större form av otro.
 Islam förbjuder allt som skapar splittring mellan muslimer, inklusive att förtala andras härkomst med mera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6361</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ</t>
+    <t>من حلف فقال في حلفه: واللات والعزى، فليقل: لا إله إلا الله، ومن قال لصاحبه: تعال أقامرك، فليتصدق</t>
   </si>
   <si>
     <t>Den som svurit en ed där han sagt: 'Vid al-Lat och al-‘Uzza!', ska omedelbart säga: 'La ilaha illallah" (Det finns ingen sann gud utom Allah). Och den som har sagt till sin vän: 'Kom så spelar vi om pengar', ska ge i välgörenhet</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som svurit en ed där han sagt: 'Vid al-Lat och al-‘Uzza!', ska omedelbart säga: 'La ilaha illallah" (Det finns ingen sann gud utom Allah). Och den som har sagt till sin vän: 'Kom så spelar vi om pengar', ska ge i välgörenhet."</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن الحَلِف بغير الله؛ حيث المؤمن لا يحلف إلا بالله، 
 ويخبر أنّ من حلف بغير الله؛ كمن حلف مثلًا: باللات والعُزى -وهما صنمان كانا يُعبدان في الجاهلية قبل الإسلام- فيجب عليه أن يقول مستدركًا على نفسه: لا إله إلا الله، تبرؤًا من الشرك، وكفارةً عن حلفه ذاك.
 ثم أخبر صلى الله عليه وسلم أنّ من قال لصاحبه: تعال نلعب القمار، -وهو أن يتغالب اثنان فأكثر على أن يكون بينهم مال يأخذه الغالب، ولا يخلو كل واحد منهما فيه من أن يغنم أو يغرم-؛ فيستحب أن يتصدق بشيء تكفيرًا عما دعا إليه.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade för att svära vid någon annan än Allah, eftersom en troende endast ska svära vid Allah. Om någon svär vid något annat än Allah, som exempelvis vid al-Lat och al-‘Uzza (två avgudar som dyrkades i förislamisk tid), ska personen genast avsäga sig detta och bekräfta sin tro med orden: 'Det finns ingen (sann) gud utom Allah' som ett uttryck för ren monoteism och avståndstagande från avgudadyrkan, och som bot för den eden.
 Profeten ﷺ fortsatte att förklara att den som uppmanar någon annan till att spela om pengar – vilket innebär att två eller fler tävlar om pengar eller vinster, där förloraren ger något medan vinnaren tar det – så uppmanade han att ge i välgörenhet som bot för sin handling.</t>
   </si>
   <si>
     <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
 الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
 قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
 ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
 تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
 وجوب الرجوع عن المعصية في حال اقترافها.
 من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
   </si>
   <si>
     <t>Man får endast svära vid Allah, hans namn och hans attribut.
 Att svära vid någon annan än Allah är förbjudet, oavsett om det är vid avgudar som al-Lat och al-‘Uzza, vid sitt ord, eller vid profeten ﷺ eller något annat.
 Al-Khattabi sa: "En ed bör endast sväras vid den som förtjänar att dyrkas och upphöjas. Om någon svär vid al-Lat eller liknande, har han imiterat de otrogna, och därför beordrades han att rätta till sitt misstag med att uttala trosbekännelsen."
 Den som svär vid någon annan än Allah är inte skyldig att ge bot för sin ed. Han måste ångra sig och söka förlåtelse, då handlingen är allvarligare än vad en bot kan kompensera med.
 Spel om pengar är förbjudet i alla dess former. Det är hazardspel,  vilket Allah har förbjudit och nämnt i samband med att han förbjöd alkohol och avgudar.
 Om en person begår en synd ska han ångra sig för det så fort han begått den.
 Den som gör något fel bör följa upp det med något gott, eftersom de goda handlingarna utplånar de dåliga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6379</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْمُفْلِسُ؟</t>
+    <t>ما خير رسول الله صلى الله عليه وسلم بين أمرين إلا أخذ أيسرهما، ما لم يكن إثما، فإن كان إثما كان أبعد الناس منه</t>
+  </si>
+  <si>
+    <t>Allahs sändebud ﷺ ställdes aldrig inför två val utan att han valde det lättare av dem, så länge det inte innebar synd</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: مَا خُيِّرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بَيْنَ أَمْرَيْنِ إِلَّا أَخَذَ أَيْسَرَهُمَا، مَا لَمْ يَكُنْ إِثْمًا، فَإِنْ كَانَ إِثْمًا كَانَ أَبْعَدَ النَّاسِ مِنْهُ، وَمَا انْتَقَمَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِنَفْسِهِ إِلَّا أَنْ تُنْتَهَكَ حُرْمَةُ اللَّهِ، فَيَنْتَقِمَ لِلَّهِ بِهَا.</t>
+  </si>
+  <si>
+    <t>ʿAʾishah, de troendes moder (må Allah vara nöjd med henne), sa: "Allahs sändebud ﷺ ställdes aldrig inför två val utan att han valde det lättare av dem, så länge det inte innebar synd. Om det däremot var en synd, fanns det ingen människa som höll sig längre bort från det än han. Han hämnades aldrig för egen del, men om Allahs helgedomar kränktes, hämnades han för Allahs skull."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ أمُّ المؤمنين عائشةُ رضي الله عنها عن بعض أخلاق النبي صلى الله عليه وسلم، ومما ذَكَرَتْ: أنه صلى الله عليه وسلم ما خُيّر بين أمرين إلا أَخَذَ أَسْهَلْهُما ما لم يكن الأسهل مُقتضيًا للإثم، فإنه يكون أبعد الناس عنه ويختار حينئذ الأشدّ.
+وما انتقم صلى الله عليه وسلم لنفسه خاصة بل كان يَسْمَحُ ويَعفو عن حقِّه إلا أنْ تُنْتَهَك حُرُمات الله فيكون لله ينتقم، وكان أشد الناس غضبًا لله.</t>
+  </si>
+  <si>
+    <t>ʿAʾishah (må Allah vara nöjd med henne) beskriver här profetens ﷺ karaktär. Hon nämner bland annat att när han ställdes inför två val, valde han det enklare, så länge det inte innebar synd. Om det enklare alternativet ledde till synd, undvek han det helt och valde istället det svårare. Han tog aldrig hämnd för egen vinning, utan han var förlåtande och överseende i personliga frågor. Men när det gjorde övertramp på det Allah förbjudit, tog han ställning med kraft och blev otroligt arg för Allahs skull.</t>
+  </si>
+  <si>
+    <t>استحباب الأخذ بالأَيْسر في الأمور ما لم يكن فيه معصية.
+يُسْر الإسلام.
+مشروعية الغضب لله تعالى.
+ما كان عليه صلى الله عليه وسلم من الحِلْم والصبر والقيام بالحق في إقامة حدود الله تعالى.
+قال ابن حجر: وفيه ترك الأخذ بالشيء العَسِر، والاقتناع باليُسْر، وترك الإلحاح فيما لا يضطر إليه.
+الحث على العفو إلا في حقوق الله تعالى.</t>
+  </si>
+  <si>
+    <t>Det är rekommenderat att välja det enklare av två alternativ, så länge det inte innebär olydnad.
+Islam är en enkel religion att praktisera.
+Det är föreskrivet att bli arg för Allahs skull när hans lagar överträds.
+Profeten ﷺ var förlåtande och tålmodig i personliga frågor, men kompromissade aldrig i frågor som rörde Allahs rättigheter.
+Ibn Hajar sa: "Det visar på att man bör avstå från att välja det svåra, vara belåten med det lättare och undvika att envisas med sådant som inte är nödvändigt."
+Hadithen uppmuntrar till att förlåta och visa överseende, utom i frågor som rör Allahs rättigheter.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/6389</t>
+  </si>
+  <si>
+    <t>أتدرون ما المفلس؟</t>
   </si>
   <si>
     <t>Vet ni vem den riktigt fattige är?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Vet ni vem den riktigt fattige är?" De svarade: "Den fattige bland oss är den som varken har pengar eller ägodelar." Han sa: "Den riktigt fattige från mitt samfund är den som kommer på domedagen med bön, fasta och allmosa, men som även har förolämpat den ene, förtalat den andre, olagligt tillskansat sig någons egendom, spillt någon annans blod, och slagit någon. Då kommer hans goda handlingar att ges till dessa som han har behandlat illa. Om hans goda handlingar tar slut innan han har återgäldat dem, kommer deras synder att läggas på honom, och sedan ska han kastas i elden."</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
   </si>
   <si>
     <t>Profeten ﷺ frågade sina följeslagare: "Vet ni vem som är den riktigt fattige?" De svarade: "Den riktigt fattige bland oss är den som inte har några pengar eller ägodelar." Då sa han: "Den riktigt fattige från mitt samfund på domedagen är den som kommer med goda gärningar som bön, fasta och allmosa, men som samtidigt har skymfat den här, förolämpat den där, anklagat den ena för osedlighet, olagligen tagit den här personens egendom och förnekat det, spillt den andres blod och skadat honom, och slagit en annan och förödmjukat honom. De drabbade får ta av hans goda gärningar, och om hans goda gärningar tar slut innan han har återgäldat dem och gett tillbaka dem deras rättigheter, får han ta från deras synder. Synderna kommer  i stället att skrivas ner i hans bok, och han kastas sedan i elden, eftersom han inte har några goda gärningar kvar.</t>
   </si>
   <si>
     <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
 حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
 استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
 بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
 القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
 معاملة الله للخلق قائمة على العدل والحق.</t>
   </si>
   <si>
     <t>Detta är en varning för att begå förbjudna handlingar, särskilt de som rör människors rättigheter, både materiella och immateriella.
 Människors rättigheter är grundade på att man måste få tillbaka dem, medan Allahs rättigheter, förutom Shirk, är grundade på förlåtelse och lättnad.
 Att använda frågor för att väcka åhörarnas upppmärksamhet är ett effektivt sätt att undervisa på.
 Den verkligt fattige är den som förlorar sina goda gärningar på domedagen på grund av att han kränkt andras rättigheter.
 Vedergällningen på domedagen kan leda till att alla goda handlingar försvinner till följd av att man betalar av sina skulder, tills det inte finns något kvar.
 Allah behandlar sin skapelse på rättvisa och sanning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6454</t>
   </si>
   <si>
-    <t>إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ</t>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>Om en man spenderar på sin familj med hopp om Allahs belöning för det, blir det till en välgörenhet för hans del</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Abu Mas'ud (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Om en man spenderar på sin familj med hopp om Allahs belöning för det, blir det till en välgörenhet för hans del."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att om en man spenderar på sin familj som han måste försörja, likt hans hustru, föräldrar, barn och andra, samtidigt som han avser att närma sig Allah genom det han spenderar, kommer det han spenderar att bli till en välgörenhet för hans del.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>En man belönas för att spendera på sin familj.
 En troende ska söka Allahs välbehag och belöning i allt han gör.
 En person bör ha en god avsikt till varje handling, som att i spendera på sin familj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6460</t>
   </si>
   <si>
-    <t>الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ</t>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
     <t>Tron består av över sjuttio - eller sextio - delar. Dess bästa del är orden 'Det finns ingen sann gud utom Allah', och dess lägsta del är att avlägsna något skadligt från vägen</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Tron består av över sjuttio - eller sextio - delar. Dess bästa del är orden 'Det finns ingen sann gud utom Allah', och dess lägsta del är att avlägsna något skadligt från vägen. Blygheten är också en del av tron."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att tron består av många delar och egenskaper som omfattar, handlingar, trosuppfattningar och yttranden.
 Den högsta och bästa nivån av tron är att säga 'Det finns ingen sann gud utom Allah' med kunskap om dess innebörd och att agera utifrån dess betydelse, som är att Allah är en enda Gud som förtjänar att dyrkas ensam utan någon partner.
 Den lägsta nivån av tron är att avlägsna något som är skadligt för människor från vägen.
 Sedan berättade han ﷺ att blygsamhet är en av trons nivåer, då det är en egenskap som leder till att man gör det goda och undviker det dåliga.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>Tron består av nivåer, vissa nivåer är bättre än andra.
 Tron består av tal, handling, och trosuppfattning.
 Att vara blyg inför Allah innebär att han inte ser dig där han har förbjudit från att vara, och att han inte saknar dig där han har beordrat dig att vara.
 Att ett visst antal nämns innebär inte att det är begränsat till detta, snarare visar det på trons åtskilliga handlingar. Araber brukar nämna ett visst antal utan att avse att begränsa det utöver detta antal.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6468</t>
   </si>
   <si>
-    <t>مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ</t>
+    <t>ما من صاحب ذهب ولا فضة، لا يؤدي منها حقها، إلا إذا كان يوم القيامة، صفحت له صفائح من نار</t>
   </si>
   <si>
     <t>Om någon äger guld eller silver men gör vad som är obligatoriskt med dem, så kommer dessa att smältas ner till plattor av eld på domedagen</t>
   </si>
   <si>
     <t>عَنْ أَبي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ، فَأُحْمِيَ عَلَيْهَا فِي نَارِ جَهَنَّمَ، فَيُكْوَى بِهَا جَنْبُهُ وَجَبِينُهُ وَظَهْرُهُ، كُلَّمَا بَرَدَتْ أُعِيدَتْ لَهُ، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ، إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْإِبِلُ؟ قَالَ: «وَلَا صَاحِبُ إِبِلٍ لَا يُؤَدِّي مِنْهَا حَقَّهَا، وَمِنْ حَقِّهَا حَلَبُهَا يَوْمَ وِرْدِهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، أَوْفَرَ مَا كَانَتْ، لَا يَفْقِدُ مِنْهَا فَصِيلًا وَاحِدًا، تَطَؤُهُ بِأَخْفَافِهَا وَتَعَضُّهُ بِأَفْوَاهِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْبَقَرُ وَالْغَنَمُ؟ قَالَ: «وَلَا صَاحِبُ بَقَرٍ، وَلَا غَنَمٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، لَا يَفْقِدُ مِنْهَا شَيْئًا، لَيْسَ فِيهَا عَقْصَاءُ، وَلَا جَلْحَاءُ، وَلَا عَضْبَاءُ تَنْطَحُهُ بِقُرُونِهَا وَتَطَؤُهُ بِأَظْلَافِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْخَيْلُ؟ قَالَ: «الْخَيْلُ ثَلَاثَةٌ: هِيَ لِرَجُلٍ وِزْرٌ، وَهِيَ لِرَجُلٍ سِتْرٌ، وَهِيَ لِرَجُلٍ أَجْرٌ، فَأَمَّا الَّتِي هِيَ لَهُ وِزْرٌ، فَرَجُلٌ رَبَطَهَا رِيَاءً وَفَخْرًا وَنِوَاءً عَلَى أَهْلِ الْإِسْلَامِ، فَهِيَ لَهُ وِزْرٌ، وَأَمَّا الَّتِي هِيَ لَهُ سِتْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ، ثُمَّ لَمْ يَنْسَ حَقَّ اللهِ فِي ظُهُورِهَا وَلَا رِقَابِهَا، فَهِيَ لَهُ سِتْرٌ وَأَمَّا الَّتِي هِيَ لَهُ أَجْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ لِأَهْلِ الْإِسْلَامِ، فِي مَرْجٍ وَرَوْضَةٍ، فَمَا أَكَلَتْ مِنْ ذَلِكَ الْمَرْجِ، أَوِ الرَّوْضَةِ مِنْ شَيْءٍ، إِلَّا كُتِبَ لَهُ، عَدَدَ مَا أَكَلَتْ حَسَنَاتٌ، وَكُتِبَ لَهُ، عَدَدَ أَرْوَاثِهَا وَأَبْوَالِهَا، حَسَنَاتٌ، وَلَا تَقْطَعُ طِوَلَهَا فَاسْتَنَّتْ شَرَفًا، أَوْ شَرَفَيْنِ، إِلَّا كَتَبَ اللهُ لَهُ عَدَدَ آثَارِهَا وَأَرْوَاثِهَا حَسَنَاتٍ، وَلَا مَرَّ بِهَا صَاحِبُهَا عَلَى نَهْرٍ، فَشَرِبَتْ مِنْهُ وَلَا يُرِيدُ أَنْ يَسْقِيَهَا، إِلَّا كَتَبَ اللهُ لَهُ، عَدَدَ مَا شَرِبَتْ، حَسَنَاتٍ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْحُمُرُ؟ قَالَ: «مَا أُنْزِلَ عَلَيَّ فِي الْحُمُرِ شَيْءٌ، إِلَّا هَذِهِ الْآيَةَ الْفَاذَّةُ الْجَامِعَةُ»: {فَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ خَيْرًا يَرَهُ، وَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ شَرًّا يَرَهُ} [الزلزلة: 8].</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om någon äger guld eller silver men gör vad som är obligatoriskt med dem, så kommer dessa att smältas ner till plattor av eld på domedagen, och de kommer att hettas upp i helvetets eld. Sedan kommer hans sida, panna och rygg att brännmärkas med dem. Varje gång de svalnar kommer de att värmas upp igen under en dag vars längd är femtiotusen år, tills det dömts mellan människor, och han ser sin väg – antingen till paradiset eller till elden."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أصنافًا من المال، وجزاء مَن لم يُؤدِّ زكاتها يوم القيامة، ومنها: 
 الأول: الذهب والفضة وما في حكمهما من أموال وعروض تجارة، وهو ما وجبت فيه الزكاة فلم تُؤَدَّ، فإذا كان يوم القيامة صُهِرت وسُكِبت على هيئة الألواح، وأوقد عليها في نار جهنم، وعُذِّب بها صاحبها، فيكوى بها جَنْبُه وجَبْهَتُه وظَهره، كلما بَرَدتْ أُعيد إحماؤها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مِقْدار يومِهِ خمسين ألف سنة، حتى يَحْكُم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثاني: مالك الإبل التي لا يُؤدِّي فَرْض زكاتِها وحقِّها، ومنه حَلْبُها لِمَن يَحْضُرُها من المساكين، فيُؤتَى بهذه الإبل عَظَيمةً سمينةً وأكثر ما كانت في عَدَدِها، ويُبسَط ويُلقى ويُمَدّ لها صاحبُها يوم القيامة على أرض واسعة مستوية، تَطَأَه بأرجلها، وتعضُّه بأسنانها، كلّما مَرَّ عليه آخرُها رُدّ عليه أولُها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثالث: مالك البقر والغنم -من الضّأن والماعِز- التي لا يؤدِّي صاحبها زكاتها المفروضة، فيؤتى بها أَوْفَرَ ما كانت عَدَدًا لا ينقص منها شيء، فيبسط ويُلقى ويُمَدّ لها صاحبها يوم القيامة على أرض واسعة مستوية، ليس فيها مُلْتَوية القَرنين، ولا ما لا قَرْن لها، ولا مكسورة القرن، بل هي على أَكْمَل أوصافِها، فتَنْطَحُه بقرونها، وتطأه بأرجلها، كلما مر عليه آخرها رد عليه أولها، 
 ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الرابع: مقتني الخيل، وهو على ثلاثة أصناف: 
 الأول: هي له وِزْر، وهو من اتَّخَذَهَا رياءً وفخرًا وحربًا على أهل الإسلام. 
 الثاني: هي له سِتْر، وهو من اتخذها للجهاد في سبيل الله، ثم أحسن إليها فقام بِعَلْفِها وسائر مُؤَنِها، ومنه إِطْراق فَحْلِها. 
 الثالث: هي له أَجْر، وهو مَن اتَّخَذَها للجهاد في سبيل الله لأهل الإسلام، وهي في مَرْجٍ ورَوضة للرَّعْي، فما أَكَلت إلا كُتِب له عَدد ما أكلت حسنات، وكتب له عدد أرواثها وأبوالها حسنات، ولا تقطع طولها، وهو الحِبْل الذي تُربَط فيه، وجَرَت ورَكَضَت في العالي من الأرض؛ إلا كُتب الله له عدد آثارها وأرواثها حسنات، ولا مَرّ بها صاحبُها على نهر فشربت منه ولا يريد أن يسقيها، إلا كتب الله له عدد ما شربت حسنات. 
 ثم سئل صلى الله عليه وسلم عن الحمير أهي مثل الخيل؟ 
@@ -13783,1185 +14432,1378 @@
   </si>
   <si>
     <t>وجوب إيتاء الزكاة، والوعيد الشديد على منعِها.
 عدم كفر مانع الزكاة تكاسلًا، لكنه على خطر شديد.
 الإنسان يُؤجَر على التفاصيل التي تقع في فعل الطاعة، إذا قصد أصلَها، وإن لم يقصد تلك التفاصيل.
 في المال حقٌّ سِوى الزكاة.
 من الحق في الإبل حَلْبُها لمن يحضرها من المساكين عند موضع شربها الماء؛ ليكون أسهل على المحتاج من قصد المنازل، وأرفق بالماشية، قال ابن بطال: في المال حَقَّان: فرض عين وغيره، فالحَلْب من الحقوق التي هي من مكارم الأخلاق.
 من الحق الواجب في الإبل والبقر والغنم إطراق فحلها إذا طلبت عاريته.
 حكم الحُمُر وكل ما لم يرد به نص: أنه داخل في قوله تعالى: (فمن يعمل مِثقال ذرة خيرًا يَره، ومن يعمل مِثقال ذرة شرًا يره).
 في الآية الترغيب في فعل الخير ولو قليلًا، والترهيب من فعل الشر ولو حقيرًا.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att ge allmosa och att undanhålla den leder till strängt straff.
 Att inte betala allmosa gör inte en person till otrogen, men han befinner sig i stor fara.
 Allah belönar även de minsta detaljerna i goda handlingar, om en person avsåg själva handlingen, men eventuellt inte de detaljer som berör den.
 Förmögenhet har flera rättigheter utöver den obligatoriska allmosan.
 Att låta de fattiga mjölka ens kameler vid vattenhålen är en del av dessa rättigheter, då det är lättare för de behövande än att söka sig till ägarens hem, och lättare för djuren med. Ibn Battal sa: "Egendom har två rättigheter: en obligatorisk rättighet och en annan rättighet utöver det obligatoriska. Att låta de fattiga mjölka ens kameler är en av de rättigheter som faller under god karaktär och generositet."
 En av de obligatoriska rättigheterna för kameler, kor och får är att låna ut deras hanar för avel om någon begär att använda dem.
 Djur som åsnor och andra arter som det inte finns specifika texter om i Shari'ah omfattas av den generella regeln i Surah al-Zalzalah: "Den som gör ens så lite som ett stoftkorns vikt av gott ska se det, och den som gör ens så lite som ett stoftkorns vikt av ont ska se det."
 Versen uppmuntrar till goda handlingar även om de är små, och varnar för dåliga handlingar även om de är små.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6611</t>
   </si>
   <si>
-    <t>مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ</t>
+    <t>ما منكم من أحد إلا سيكلمه الله، ليس بينه وبينه ترجمان</t>
   </si>
   <si>
     <t>Allah kommer att tala med var och en av er, och det kommer inte att finnas någon tolk mellan honom och Allah</t>
   </si>
   <si>
     <t>عَنْ عَدِيِّ بْنِ حَاتِمٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ، فَيَنْظُرُ أَيْمَنَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ أَشْأَمَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ بَيْنَ يَدَيْهِ فَلَا يَرَى إِلَّا النَّارَ تِلْقَاءَ وَجْهِهِ، فَاتَّقُوا النَّارَ وَلَوْ بِشِقِّ تَمْرَةٍ».</t>
   </si>
   <si>
     <t>‘Adiyy bin Hatim (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah kommer att tala med var och en av er, och det kommer inte att finnas någon tolk mellan honom och Allah. Tjänaren kommer att se till höger och inte se annat än sina handlingar, och han kommer att se till vänster och inte se annat än sina handlingar, och han kommer att se framför sig och kommer bara att se elden rakt framför sitt ansikte. Skydda er därför från elden, även om det bara är med en halv dadel!"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ كلَّ مؤمن سيقف بين يدي الله يوم القيامة لوحدِه، وأنّ الله تعالى سيُكلّمه بدون واسطة وليس بينهما مترجم يترجم الكلام، فينظر جهة اليمين والشمال من شدة الفزع، ولعله أن يجد طريقًا يذهب فيها ليحصل له النجاة من النار التي هي أمامه. 
 فإذا نظر في الجانب الذي على يمينه فلا يرى إلا ما قدَّمَ من العمل الصالح، 
 وإذا نظر عن شماله فلا يرى إلا ما قدَّم من العمل السيء، 
 وإذا نظر أمامه فلا يرى إلا النار، ولا يمكنه أن يَحيدَ عنها إذ لا بدّ له من المرور على الصراط. 
 ثم قال صلى الله عليه وسلم: اجعلوا بينكم وبين النار وقاية من الصدقة وعمل البر، ولو بشيء يسير كنصف تمرة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att varje troende kommer att stå ensam inför Allah på domedagen. Allah kommer att tala med honom utan någon mellanhand eller tolk. Personen kommer att se till höger och vänster av den fasansfulla skräcken, kanske kan han se en väg att fly och skonas från elden som är framför honom. När han tittar åt höger ser han enbart de goda handlingarna som han tidigare har utfört, och när han tittar åt vänster ser han enbart de dåliga handlingarna som han tidigare har utfört, när han tittar framför sig ser han enbart elden. Han kan inte fly från den eftersom han måste passera bron som är över den. Sedan sa han ﷺ: "Placera en barriär mellan er och elden genom att ge i välgörenhet och göra gott, även om det är något så obetydligt som en halv dadel."</t>
   </si>
   <si>
     <t>الحث على الصدقات وإن قَلَّتْ والتَّخَلُّق بالخصال الحميدة، والمعاملة باللطف ولين الكلام.
 قرب الله تعالى من عبده يوم القيامة، إذ ليس بينهما حجاب ولا واسطة ولا ترجمان، فليَحذَر المؤمن من مخالفة أمر ربه.
 ينبغي على المرء أن لا يحتقر ما يتصدق به، ولو كان يسيرًا، فإنه وقاية من النار.</t>
   </si>
   <si>
     <t>Det är uppmanat att ge i välgörenhet även om det är något litet, och att sträva efter att ha bra karaktär, vilket är att vara vänlig och säga fina ord till andra.
 Allah kommer att vara nära sin tjänare på domedagen, då det inte kommer att förekomma ett skynke, en mellanhand eller en tolk mellan dem. Den troende måste akta sig från att trotsa sin Herres befallning.
 En person bör aldrig se ner på att ge något i välgörenhet, även om det skulle vara något obetydligt som ges, eftersom det skyddar från elden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6615</t>
   </si>
   <si>
-    <t>لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ</t>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>Det skall inte hänga ett band av garn – eller ett band – runt en kamelhals utan att den skärs av.'</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>Abu Bashir al-Ansari (må Allah vara nöjd med honom) berättade: "Att han var med Allahs sändebud ﷺ under några resor. Han sa: 'Allahs sändebud skickade iväg en budbärare när folk befann sig på sina sovplatser (med budskapet): Det skall inte hänga ett band av garn – eller ett band – runt en kamelhals utan att den skärs av.'"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Profeten ﷺ befann sig på vissa resor, och under tiden som folk befann sig på sina sovplatser och tält, och han skickade en person som skulle beordra andra att skära av de halsband som placerats på kamelerna. Dessa skulle avlägsnas oavsett om de var gjorda av tråd eller bågsträng, eller från något annat så som en ringklocka eller en sandal. De brukade hänga detta på djuren i rädsla för det onda ögat. Profeten ﷺ beordrade följaktligen att de skulle skäras av, eftersom de inte kan skydda dem från något, då skada och nytta enbart kommer från Allah.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Det är förbjudet att hänga halsband och rep med avsikt att uppnå något bra eller skonas från något dåligt, eftersom det är en polyteistisk handling.
 Det är inget fel i att hänga ett halsband på djuret för utsmyckning eller att knyta ett koppel.
 Det är obligatoriskt att förbjuda ondska utifrån ens förmåga.
 Det är obligatoriskt att fästa hjärtat vid Allah enbart.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6761</t>
   </si>
   <si>
-    <t>مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ</t>
+    <t>من علق تميمة فقد أشرك</t>
   </si>
   <si>
     <t>'Den som hänger en amulett har begått avguderi.'</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>'Uqbah bin 'Amir al-Juhani (må Allah vara nöjd med honom) berättade: "En grupp kom till Allahs sändebud ﷺ, varefter han mottog nio personers trohetsed, och avstod från en persons trohetsed. De sa: 'Allahs sändebud! Du mottog nio personers trohetsed, men lämnade dennes.' Han ﷺ sa: 'Han har en amulett på sig.' Han avlägsnade den med sin hand, varpå han mottog hans trohetsed och sa: 'Den som hänger en amulett har begått avguderi.'"</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
     <t>En grupp bestående av tio personer kom till profeten ﷺ, varpå han mottog trohetsed från nio av dem som innefattade att de tror på islam och ska följa honom, men han mottog inte den tiondes trohetsed. Han frågades om orsaken till detta, varpå han ﷺ sa: "Han har en amulett på sig", vilket är något som knyts eller hängs upp, likt en tråd eller liknande, för att avvärja det onda ögat eller annan skada. Mannen förde in sin hand där amuletten var, han avlägsnade den och gjorde sig av med den. Profeten ﷺ mottog därefter hans trohetsed, och varnade för amuletter genom att förklara dess bestämmelse, sägande: "Den som hänger en amulett har begått avguderi."</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
     <t>Den som förlitar sig på andra än Allah kommer Allah att låta personen uppleva motsatsen till det han önskat sig.
 Att tro att amuletter kan vara en orsak till att skada och att det onda ögat avvärjas är mindre avguderi. Om personen däremot tror att dessa amuletter inte bara är en orsak, utan själva upphovet till att de på egen hand gynnar är större avguderi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6762</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ</t>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>Den som säger 'La ilaha illallah' (det finns ingen sann gud utom Allah), och förnekar det som dyrkas vid Allahs sida, får sin egendom och sitt blod skyddat, och hans räkenskap är hos Allah</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Tariq bin Ashim al-Ashja'i (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Den som säger 'La ilaha illallah' (det finns ingen sann gud utom Allah), och förnekar det som dyrkas vid Allahs sida, får sin egendom och sitt blod skyddat, och hans räkenskap är hos Allah."</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som muntligt vittnar om att det inte finns någon sann gud utom Allah, det vill säga att ingen är värd dyrkan utom Allah, och förnekar det som dyrkas vid Allahs sida och tar avstånd från alla andra religioner, hans egendom och blod är förbjudet för muslimerna. Vi dömer folk enbart utifrån det de visar öppet, och därför fråntas han inte sin egendom och inte heller spills hans blod, såvida han inte begår ett brott som fordrar det utifrån islamisk lag.
 Allah kommer att ställa honom till svars på domedagen. Om han var uppriktig i det han sa belönas han, om han däremot sa det av hyckleri kommer han att straffas.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>Att yttra "La ilaha illallah" (det finns ingen sann gud utom Allah), och att förneka det som dyrkas vid Allahs sida, är villkor för att bli muslim.
 Betydelsen av "La ilaha illallah" (det finns ingen sann gud utom Allah) är att förneka att någon förtjänar att dyrkas utom Allah, likt statyer, gravar och annat, och att enbart rikta sin dyrkan till Allah.
 Den som följer islam och monoteism till det yttre ska skonas, till dess att han visar något annat.
 Muslimens egendom, liv och ära är okränkbara, förutom vid en giltig orsak.
 I denna värld bedöms personer utifrån vad de öppet visar, men i det kommande livet bedöms de utifrån deras avsikt och syfte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6765</t>
   </si>
   <si>
-    <t>مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ</t>
+    <t>نضر الله امرأ سمع منا شيئا فبلغه كما سمع، فرب مبلغ أوعى من سامع</t>
+  </si>
+  <si>
+    <t>”Må Allah ge glans och lyster åt den som hör något från oss och återberättar det så som han hörde det. Måhända att den som får det återberättat förstår innebörden bättre än den som först hörde det.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «نَضَّرَ اللَّهُ امْرَأً سَمِعَ مِنَّا شَيْئًا فَبَلَّغَهُ كَمَا سَمِعَ، فَرُبَّ مُبَلِّغٍ أَوْعَى مِنْ سَامِعٍ».</t>
+  </si>
+  <si>
+    <t>ʿAbdullah ibn Masʿud (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ säga: ”Må Allah ge glans och lyster åt den som hör något från oss och återberättar det så som han hörde det. Måhända att den som får det återberättat förstår innebörden bättre än den som först hörde det.”</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بالنَّضَارة والبَهْجَة والحُسْن في الدنيا، وأنْ يُوصله الله إلى نَضْرَة الجنة ونعيمها ونَضَارتها في الآخرة؛ لمن سمع حديثه فحَفِظَه حتى يُبلِّغَه لغيره، فربما يكون المنقول له الحديث أَوعى وأفقه وأقدر على الاستنباط من ناقِل الحديث، فيكون الأول يُتْقِنُ الحفظ والنقل، ويكون الثاني يتقن الفهم والاستنباط.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ bad för den som hör hans ord, bevarar dem och förmedlar dem vidare, att han ska få skönhet, glädje och välbehag i detta liv, och att Allah ska låta honom uppleva samma lyster och njutning i paradiset i det kommande livet. Det kan hända att den som får höra återberättelsen förstår den djupare, reflekterar och drar bättre slutsatser än den som först förmedlade den. Den förste kan vara starkare i att minnas och att återge, medan den andre kan vara starkare i förståelsen och slutsatserna.</t>
+  </si>
+  <si>
+    <t>الحث على حفظ السنة النبوية، وتبليغها للناس.
+بيان فضل أهل الحديث، وشَرَف طلبه.
+فضل العلماء، الذين هم أهل الاستنباط والفهم.
+فضل الصحابة رضوان الله عليهم، فهم من سمعوا حديث رسول الله صلى الله عليه وسلم وبَلَّغوه لنا.
+قال المناوي: بَيَّنَ به أنَّ راوي الحديث ليس الفقه مِن شَرْطِه، إنما شَرْطُه الحفظ، وعلى الفقيه التَّفَهُّم والتدبُّر.
+قال ابن عيينة: ما من أحد يطلب الحديث إلا وفي وجهه نَضْرة لهذا الحديث.
+الحِفْظ عند المُحدِّثين على نوعين: حِفْظ قَلْب وصَدْر، وحِفظ كتاب وسَطْر، وكلاهما يشمله الدعاء في الحديث.
+فهوم الناس مُتَفَاوِتَة، فرُبّ مبلغ أوعى من سامع، ورب حامل فقه ليس بفقيه.</t>
+  </si>
+  <si>
+    <t>Uppmuntran att bevara profetens ﷺ Sunnah och förmedla den vidare.
+Att de som sysselsätter sig med Hadith-vetenskap är förträffliga, och vilken ära det är att studera denna vetenskap.
+Att de lärda är förträffliga, som är experter på förståelse och slutsatser.
+Att följeslagarna är förträffliga, då de är de som hörde Haditherna direkt och förde dem vidare till oss.
+Al-Manawi sa: "Den som återberättar en Hadith behöver inte nödvändigtvis förstå dess djupaste innebörd, utan hans uppgift är att memorera den, medan den lärde inom Fiqh har som uppgift att reflektera och förstå."
+Ibn ʿUyaynah sa: "Den som söker kunskap om Hadith skänks en särskild lyster i ansiktet, tack vare det som nämnts i just denna Hadith."
+De lärda inom Hadith-vetenskap menar att det finns två sätt att bevara Hadither, i hjärta och minne, samt i skrift och nedteckning, båda omfattas av profetens Duʿaʾ i denna Hadith.
+Människors förståelse varierar; ibland är den som får höra återberättelsen mer insiktsfull än den som först hörde den, och ibland bär någon med sig insikter utan att själv vara insiktsfull.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/6820</t>
+  </si>
+  <si>
+    <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>”Den som förmedlar en Hadith från mig, som han vet är lögn, är en av lögnarna.”</t>
   </si>
   <si>
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Samurah bin Jundub och al-Mughirah bin Shu‘bah (må Allah vara nöjd med dem båda) berättade att Allahs sändebud ﷺ sa: ”Den som förmedlar en Hadith från mig, som han vet är lögn, är en av lögnarna.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Profeten ﷺ informerar att den som sprider en Hadith från honom, och vet eller misstänker att den är en lögn, är delaktig i att ljuga genom att sprida den vidare.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>Det är viktigt att säkerställa att de Hadither som rapporteras från profeten ﷺ är autentiska innan de sprids vidare.
 Lögnen tillskrivs både den som hittar på den och den som sprider den vidare till andra.
 Det är förbjudet att rapportera en påhittad Hadith om man vet att den är påhittad eller om man starkt misstänker att den är det, förutom om det är för att varna andra från att acceptera den.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6982</t>
   </si>
   <si>
-    <t>فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ</t>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Profetens ﷺ karaktär var som Koranen</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Sa'd bin Hisham bin 'Amir besökte 'A'ishah (må Allah vara nöjd med henne) och sa: "De troendes moder! Informera mig om Allahs sändebuds karaktär." Hon sa: "Läser du inte Koranen?" Han svarade jakande. Då sa hon: "Profetens ﷺ karaktär var som Koranen."</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>De troendes moder 'A'ishah (må Allah vara nöjd med henne) frågades om profetens ﷺ karaktär, varpå hon gav ett kort och koncist svar genom att referera frågeställaren till Koranen som innehåller alla prisvärda egenskaper. Hon sa att hans karaktär var de som Koranen förespråkar; det Koranen befaller tillämpar han och det den förbjuder avstår han från. Följaktligen var hans karaktär en tillämpning av Koranens lära, genom att iaktta dess gränser, följa dess moral och att dra lärdom från dess liknelser och berättelser.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Det är uppmanat att följa profeten ﷺ i hur han utformade sin karaktär i enlighet med Koranen.
 Detta är en hyllning av profetens ﷺ karaktär, då den härrörde från gudomlig uppenbarelse.
 Koranen är källan till allt gott uppförande.
 God karaktär är kopplat till hela religionen, genom att tillämpa påbud och avstå från förbud.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[Återberättad av Muslim i en längre Hadith]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8265</t>
   </si>
   <si>
-    <t>الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء</t>
+    <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>De barmhärtiga kommer den Nåderike att visa nåd över. Var barmhärtiga mot dem som är på jorden, så kommer han som är ovanför himlen att visa er nåd</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "De barmhärtiga kommer den Nåderike att visa nåd över. Var barmhärtiga mot dem som är på jorden, så kommer han som är ovanför himlen att visa er nåd."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att de som visar nåd över andra kommer att belönas genom att visas nåd av den Nåderike, han vars nåd omfattar allting.
 Sedan beordrade han ﷺ att barmhärtighet ska visas över allt som existerar på jorden - människor, djur, fåglar och andra skapelser. Belöningen för detta är att Allah, som är ovanför himlarna, kommer då att visa dig barmhärtighet.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>Islam är en religion av barmhärtighet, och dess kärnpunkt är att lyda Allah och att visa godhet mot skapelsen.
 Allah är den Nåderike, den Barmhärtige, som visar sina tjänare barmhärtighet.
 Belöningen är av samma sort som handlingen, följaktligen visas de barmhärtiga barmhärtighet av Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8289</t>
   </si>
   <si>
-    <t>كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم</t>
+    <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
   </si>
   <si>
     <t>När profeten ﷺ gick in i moskén, brukade han säga: "A'udhu billahil-'Adhim, wa bi wajhihil-Karim, wa sultanihil-Qadim, minal-shaytanil-rajim" (Jag söker skydd hos Allah den Väldige, hos hans ärofulla ansikte och hans eviga makt, från den förkastade djävulen)</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
   </si>
   <si>
     <t>'Abdullah ibn Amr ibn al-'As (må Allah vara nöjd med honom) berättade: När profeten ﷺ gick in i moskén, brukade han säga: "A'udhu billahil-'Adhim, wa bi wajhihil-Karim, wa sultanihil-Qadim, minal-shaytanil-rajim" (Jag söker skydd hos Allah den Väldige, hos hans ärofulla ansikte och hans eviga makt, från den förkastade djävulen)." Då frågade någon: "Är det allt?" 'Abdullah ibn 'Amr svarade att så var fallet och sa sedan: "Om en person säger detta när han går in i moskén, säger djävulen: 'Denna person har skyddats från mig under hela dagen.'"</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دَخل المسجدَ قال: 
 (أعوذ بالله العظيم) أعتصم وألتجئ بالله وصفاته 
 (وبوجهه الكريم) الجَواد المُعطي، 
 (وسلطانه) غَلبَتِه وقدرتِه وقهرِه على من أراد من خلقِه 
 (القديم) الأزلي الأبدي 
 (من الشيطان الرجيم) المبعود والمطرود من رحمة الله،
 أي: اللهم احفظني من وسوسته وإغوائه وخطواته وخطراته وتسويله وإضلاله، فإنه السبب في الضلالة والباعث على الغواية والجهالة، 
 فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
 قال: نعم.
 فإذا قال الداخل للمسجد هذا الدعاء؛ قال الشيطان: لقد حَفِظ هذا الداخل نفسَه مني جميع الوقت، يومه وليلته.</t>
   </si>
   <si>
     <t>När profeten ﷺ gick in i moskén, brukade han säga: "Jag söker skydd hos Allah den Väldige": Jag vänder mig till och tar min tillflykt hos Allah och hans egenskaper. "Hos hans ärofulla ansikte": den Generöse Givaren. "Och hans makt": Hans överlägsna kraft, förmåga och makt att kontrollera vem han vill av sin skapelse. "Som är evig": permanent och tidlös. "Från den förkastade djävulen": Djävulen som är bortstött från Allahs barmhärtighet. Denna åkallan är en bön om att Allah ska skydda människan från djävulens påverkan, frestelser, steg, intryck och villfarelse. Djävulen är orsaken till vilseledning och upphov till synd och okunnighet. Då sades det till 'Abdullah bin 'Amr: "Endast detta?" Det vill säga, sa profeten ﷺ enbart detta? Varpå han sa att så var fallet.
 Om en person säger denna åkallan när han träder in i moskén, säger djävulen: "Denna person har skyddats från mig hela dagen och natten."</t>
   </si>
   <si>
     <t>فضل الدعاء بهذا الذكر عند دخول المسجد، وأنه يحفظ قائلَه من الشيطان بقية يومه.
 التحذير من الشيطان، وأنه يتربَّصُ للمسلم؛ لإضلاله وإغوائه.
 يحصل للإنسان من الحفظ من إضلال الشيطان وإزاغته على قدر ما يقوم بقلبه من الإيمان بالله والاستحضار لهذا الدعاء وتصديقه بموعد الله المترتب عليه.</t>
   </si>
   <si>
     <t>Hadithen tyder på förträffligheten i att läsa denna bön när man går in i moskén, vilket skyddar en från djävulen resten av dagen.
 Den innehåller en varning för djävulens ständiga försök att vilseleda muslimer.
 Den förklarar att en persons skydd mot djävulen ökar i proportion till dennes tro på Allah, att han ihärdigt använder denna bön och förlitar sig på Allahs löfte om beskydd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8294</t>
   </si>
   <si>
-    <t>يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ</t>
+    <t>يقول الله تعالى لأهون أهل النار عذابا يوم القيامة: لو أن لك ما في الأرض من شيء أكنت تفتدي به؟ فيقول: نعم</t>
   </si>
   <si>
     <t>Allah kommer att säga till den som kommer att få det mildaste straffet i helvetet på domedagen: ’Om du hade allt som finns på jorden, skulle du då ge det för att friköpa dig från detta straff?’ Han svarar då jakande. Då säger Allah: ’Jag begärde något mycket enklare än detta från dig när du var inne i Adam: att du inte skulle dyrka något vid min sida, men du insisterade på att göra det ändå.'</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ: أَرَدْتُ مِنْكَ أَهْوَنَ مِنْ هَذَا، وَأَنْتَ فِي صُلْبِ آدَمَ: أَلّاَ تُشْرِكَ بِي شَيْئًا، فَأَبَيْتَ إِلَّا أَنْ تُشْرِكَ بِي».</t>
   </si>
   <si>
     <t>Anas ibn Malik (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Allah kommer att säga till den som kommer att få det mildaste straffet i helvetet på domedagen: ’Om du hade allt som finns på jorden, skulle du då ge det för att friköpa dig från detta straff?’ Han svarar då jakande. Då säger Allah: ’Jag begärde något mycket enklare än detta från dig när du var inne i Adam: att du inte skulle dyrka något vid min sida, men du insisterade på att göra det ändå.'</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ الله تعالى يقول لأهون أهل النار عذابًا بعد دخولها: لو كانت لك الدنيا وما فيها أكنت مُفتديًا بها من هذا العذاب؟ 
 فيقول: نعم، 
 فيقول الله: قد طَلبتُ منك وأمرتُك بأيسر من ذلك حين أُخذ الميثاق عليك وأنت في صُلْبِ آدم ألّا تشرك بي شيئًا؛ فأبيتَ إذْ أخرجتُك إلى الدنيا إلا الشرك.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah kommer att säga till den som lider det lindrigaste straffet i helvetet efter att han har kommit dit: "Om du ägde världen och allt i den, skulle du då ge bort den för att slippa detta straff?" Personen kommer att svara: "Ja." Då säger Allah: ”Jag begärde något mycket mindre av dig när förbundet togs från dig medan du var inne i Adam, nämligen att du inte skulle dyrka något vid min sida, men när jag sände dig till världen, valde du ändå att göra det."</t>
   </si>
   <si>
     <t>فضل التوحيد ويُسْر العمل به.
 خطر الشرك بالله تعالى وعاقبته.
 أخذ الله الميثاق على بني آدم وهم في ظَهْر أبيهم آدم بعدم الشرك.
 التحذير من الشرك وأنّ الدنيا كلَّها لا تغني عن الكافر يوم القيامة شيئًا.</t>
   </si>
   <si>
     <t>Förträffligheten i att enbart dyrka Allah, och hur lätt det är att praktisera det.
 Allvaret i att dyrka något annat än Allah, och konsekvenserna det leder till.
 Allah tog ett förbund med Adams avkomma om att de inte skulle dyrka andra än honom.
 Detta är en varning för avgudadyrkan och en stark påminnelse om att hela världens rikedom inte kommer att kunna rädda den otrogne på domedagen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8315</t>
   </si>
   <si>
-    <t>يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا</t>
+    <t>ينادي مناد: إن لكم أن تصحوا فلا تسقموا أبدا، وإن لكم أن تحيوا فلا تموتوا أبدا، وإن لكم أن تشبوا فلا تهرموا أبدا، وإن لكم أن تنعموا فلا تبأسوا أبدا</t>
   </si>
   <si>
     <t>Någon kommer att ropa ut: 'Ni ska vara friska och aldrig bli sjuka, ni ska leva och aldrig dö, ni ska vara unga och aldrig åldras, ni ska njuta och aldrig lida!'</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَأَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا» فَذَلِكَ قَوْلُهُ عَزَّ وَجَلَّ: {وَنُودُوا أَنْ تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ} [الأعراف: 43].</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri och Abu Hurayrah (må Allah vara nöjda med dem båda) berättade att profeten ﷺ sa: "Någon kommer att ropa ut: 'Ni ska vara friska och aldrig bli sjuka, ni ska leva och aldrig dö, ni ska vara unga och aldrig åldras, ni ska njuta och aldrig lida!' Det är detta som nämns i Allahs ord: 'Och de ska tilltalas: "Detta är paradiset som ni har skänkts för det ni gjorde!' (7:43)."</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنه ينادي أهلَ الجنة مُنادٍ وهم فيها يتنعمون: إنّ لكم أنْ تَصحوا فلا تمرضوا في الجنة أبدًا مهما قَلَّ المرض، وإنَّ لكم أن تَحْيَوا فلا تموتوا فيها أبدًا ولو كان نومًا وهو موتة صغرى، وإن لكم أن تَشِبُّوا فلا تَشِيْخوا فيها أبدًا، وإن لكم أن تَنْعموا فلا تحزنوا أو تبْأسوا فيها أبدًا، فذلك قوله عز وجل: {ونُودُوا أنْ تلكم الجنة أورثتموها بما كنتم تعملون} [الأعراف: 43].</t>
   </si>
   <si>
     <t>Profeten ﷺ beskriver den glädjefulla tillkännagivelsen som ges till människorna i paradiset medan de njuter av sina belöningar. En ropare förkunnar att de får: 
 Evig hälsa – Ingen sjukdom kommer att drabba dem, inte ens det minsta obehag. 
 Evigt liv – Döden kommer aldrig att nå dem, inte ens i form av sömn, som i denna värld räknas som en mindre död. 
 Evig ungdom – De kommer aldrig att åldras eller förlora sin styrka. 
 Evig lycka – Ingen sorg, fattigdom eller oro kommer att drabba dem. Detta är ett förverkligande av Allahs löfte; "Detta är paradiset som ni har skänkts för det ni gjorde!' (7:43)."</t>
   </si>
   <si>
     <t>أعظم مُضَيِّقات نعيم الحياة الدنيا مهما بَلَغَ صاحبُه من التَّرَف أربعة أمور: المرض، والموت، والهرم، والبؤس والحزن بسبب الخوف من العدو والفقر والحرب وغير ذلك، وأهل الجنة سالمون منها، فحصل لأهل الجنة النعيم الأكمل.
 اختلاف نعيم الجنة عما في الدنيا من النعيم؛ لأن نعيم الجنة لا خوف فيه، وأما نعيم الدنيا لا يدوم ويعتريه آلام وأسقام.
 الترغيب في العمل الصالح الذي يُتَوَصَّل به إلى نعيم الجنة.</t>
   </si>
   <si>
     <t>De fyra största hindren för njutning i detta liv, oavsett hur lyxigt någon än lever, är: sjukdom, död, ålderdom, lidande och oro över fiender, fattigdom, krig och andra bekymmer. I paradiset existerar inget av detta. Därmed kommer deras njutning att vara fullkomlig och evig.
 Paradisets njutning skiljer sig från världslig njutning eftersom den är beständig och inte åtföljs av rädsla eller smärta. I denna värld är all njutning begränsad och blandad med sorger, medan paradisets lycka är fullkomlig och evig.
 Hadithen uppmuntrar till att göra goda handlingar som leder till paradisets njutning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8341</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟</t>
+    <t>إن الله تبارك وتعالى يقول لأهل الجنة: يا أهل الجنة؟ فيقولون: لبيك ربنا وسعديك، فيقول: هل رضيتم؟ فيقولون: وما لنا لا نرضى وقد أعطيتنا ما لم تعط أحدا من خلقك؟</t>
   </si>
   <si>
     <t>Allah kommer att säga till paradisets invånare: 'Paradisets folk!' De svarar: 'Vi svarar dig med glädje, om och om igen, vår Herre.' Allah säger: 'Är ni nöjda?' De svarar: ’Hur skulle vi kunna vara något annat än nöjda, när du har gett oss vad du inte har gett någon annan från din skapelse?'</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟ فَيَقُولُ: أَنَا أُعْطِيكُمْ أَفْضَلَ مِنْ ذَلِكَ، قَالُوا: يَا رَبِّ، وَأَيُّ شَيْءٍ أَفْضَلُ مِنْ ذَلِكَ؟ فَيَقُولُ: أُحِلُّ عَلَيْكُمْ رِضْوَانِي، فَلاَ أَسْخَطُ عَلَيْكُمْ بَعْدَهُ أَبَدًا».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah kommer att säga till paradisets invånare: 'Paradisets folk!' De svarar: 'Vi svarar dig med glädje, om och om igen, vår Herre.' Allah säger: 'Är ni nöjda?' De svarar: ’Hur skulle vi kunna vara något annat än nöjda, när du har gett oss vad du inte har gett någon annan från din skapelse?' Då säger han: 'Jag ska ge er något ännu bättre än detta.' De frågar: ’Vår Herre, vad skulle kunna vara bättre än detta?' Allah svarar: 'Ni har uppnått mitt välbehag, och jag ska aldrig bli arg på er framöver.'"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول لأهل الجنة وهم فيها: يا أهلَ الجنة، فيردُّون عليه قائلين: لبيك ربَّنا وسعديك، 
 فيقول لهم: هل رضيتم؟ فيقولون: نعم رضينا؛ وما لنا لا نرضى وقد أعطيتنا ما لم تُعطِ أحدًا من خلقك! 
 فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
 قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
 فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah kommer att tala till paradisets folk och säga: "Paradisets folk!" De svarar: "Vi svarar dig med glädje, om och om igen, vår Herre." Då frågar Allah: "Är ni nöjda?" De svarar: "Ja, vi är nöjda. Hur skulle vi inte vara det när du har gett oss något som ingen annan av din skapelse har fått?" Allah säger då: "Vill ni ha något som är ännu bättre än detta?" De frågar: "Vår Herre, vad kan vara bättre än detta?" Allah svarar: "Ni har skänkts min eviga belåtenhet, och jag kommer aldrig att bli arg på er framöver."</t>
   </si>
   <si>
     <t>كلام الله عز وجل مع أهل الجنة.
 البشارة من الله لأهل الجنة برضاه عنهم، وإحلال رضوانه عليهم وعدم سخطه أبدًا.
 رضا كل من في الجنة بحاله مع اختلاف منازلهم وتنويع درجاتهم؛ لأن الكل أجابوا بلفظ واحد وهو: "أعطيتنا ما لم تعط أحدًا من خلقك".</t>
   </si>
   <si>
     <t>Allah kommer att tala till paradisets invånare.
 Allahs glädjande budskap till paradisets invånare om hans eviga belåtenhet och att hans vrede aldrig ska drabba dem.
 Alla i paradiset är fullständigt nöjda med sin belöning, oavsett deras olika nivåer och grader, vilket framgår av deras gemensamma svar: "Du har gett oss vad du inte har gett någon annan av din skapelse."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8343</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟</t>
+    <t>إذا دخل أهل الجنة الجنة، قال: يقول الله تبارك وتعالى: تريدون شيئا أزيدكم؟</t>
   </si>
   <si>
     <t>När invånarna i paradiset har inträtt i paradiset, kommer Allah att säga: 'Vill ni att jag ger er något mer?'</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟ فَيَقُولُونَ: أَلَمْ تُبَيِّضْ وُجُوهَنَا؟ أَلَمْ تُدْخِلْنَا الْجَنَّةَ، وَتُنَجِّنَا مِنَ النَّارِ؟ قَالَ: فَيَكْشِفُ الْحِجَابَ، فَمَا أُعْطُوا شَيْئًا أَحَبَّ إِلَيْهِمْ مِنَ النَّظَرِ إِلَى رَبِّهِمْ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Suhayb (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "När invånarna i paradiset har inträtt i paradiset, kommer Allah att säga: 'Vill ni att jag ger er något mer?' De kommer att svara: 'Har du inte gjort våra ansikten skinande ljusa? Har du inte låtit oss träda in i paradiset och räddat oss från elden?' Då kommer Allah att lyfta ridån, och det kommer inte att finnas något som de har fått som är mer älskat för dem än att få se sin Herre."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه إذا دَخَلَ أهلُ الجَنةِ الجنةَ، يقول الله تبارك وتعالى لهم: 
 هل تُريدون شيئًا أَزِيْدُكم؟ 
 فيقول أهلُ الجنة كلُّهم: ألم تُبَيِّضْ وجوهَنا؟ ألم تدخلنا الجنة، وتنجِنا من النار؟ 
 فيُزيلُ الله الحِجَابَ ويَرفعه؛ وحِجَابُه النُّور، فما أُعْطوا شيئًا أحبَّ إليهم من النَّظَر إلى ربِّهم عز وجل.</t>
   </si>
   <si>
     <t>Profeten ﷺ informerar oss om att när paradisets invånare har kommit in i paradiset, kommer Allah att fråga dem:
 "Vill ni att jag ger er något mer?"
 Då kommer paradisets invånare enhälligt att svara: "Har du inte gjort våra ansikten skinande ljusa? Har du inte låtit oss träda in i paradiset och räddat oss från helvetet?"
 Därefter kommer Allah att lyfta ridån – och hans ridå är av ljus – och paradisets invånare kommer att få skåda sin Herre. Och det kommer inte att finnas något som de har fått som är mer älskat för dem än att få se Allah.</t>
   </si>
   <si>
     <t>كَشْفُ الحِجاب عن أهلِ الجَنة فيَرَون ربَّهم، وأما الكفار؛ فمَحْرُومون منها.
 أعظمُ نعيم الجنة رؤيةُ المؤمنين لربهم.
 كلُّ أهل الجنة مهما اختلفت منازلُهم سيرون ربَّهم جل وعلا.
 فضل الله على المؤمنين بإدخالهم الجنة.
 أهمية المسارعة إلى الجنة بالأعمال الصالحة وطاعة الله تعالى ورسوله صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>De troende kommer att få se Allah i paradiset, medan de som förnekade honom i detta liv kommer att bli berövade denna välsignelse.
 Den största njutningen i paradiset är att de troende får se Allah.
 Alla paradisets invånare, oavsett deras rang, kommer att få skåda sin Herre.
 Allahs enorma gåva till de troende då han låter dem träda in i paradiset.
 Hadithen påminner om vikten av att skynda sig till paradiset genom att utföra goda handlingar, lyda Allah och hans sändebud ﷺ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8344</t>
   </si>
   <si>
-    <t>هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ</t>
+    <t>يجمع الله الناس الأولين والآخرين في صعيد واحد، يسمعهم الداعي وينفذهم البصر، وتدنو الشمس، فيبلغ الناس من الغم والكرب ما لا يطيقون ولا يحتملون</t>
+  </si>
+  <si>
+    <t>Allah samlar de första och de sista på en och samma slätt. Den som ropar ut låter alla höra och alla kommer att vara inom synhåll. Solen kommer nära, och människorna drabbas då av sådan ångest och sådant lidande att de varken förmår att bära eller uthärda den</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِلَحْمٍ فَرُفِعَ إِلَيْهِ الذِّرَاعُ، وَكَانَتْ تُعْجِبُهُ فَنَهَشَ مِنْهَا نَهْشَةً، ثُمَّ قَالَ: «أَنَا سَيِّدُ النَّاسِ يَوْمَ القِيَامَةِ، وَهَلْ تَدْرُونَ مِمَّ ذَلِكَ؟ يَجْمَعُ اللَّهُ النَّاسَ الأَوَّلِينَ وَالآخِرِينَ فِي صَعِيدٍ وَاحِدٍ، يُسْمِعُهُمُ الدَّاعِي وَيَنْفُذُهُمُ البَصَرُ، وَتَدْنُو الشَّمْسُ، فَيَبْلُغُ النَّاسَ مِنَ الغَمِّ وَالكَرْبِ مَا لاَ يُطِيقُونَ وَلاَ يَحْتَمِلُونَ، فَيَقُولُ النَّاسُ: أَلاَ تَرَوْنَ مَا قَدْ بَلَغَكُمْ، أَلاَ تَنْظُرُونَ مَنْ يَشْفَعُ لَكُمْ إِلَى رَبِّكُمْ؟ فَيَقُولُ بَعْضُ النَّاسِ لِبَعْضٍ: عَلَيْكُمْ بِآدَمَ، فَيَأْتُونَ آدَمَ عَلَيْهِ السَّلاَمُ فَيَقُولُونَ لَهُ: أَنْتَ أَبُو البَشَرِ، خَلَقَكَ اللَّهُ بِيَدِهِ، وَنَفَخَ فِيكَ مِنْ رُوحِهِ، وَأَمَرَ المَلاَئِكَةَ فَسَجَدُوا لَكَ، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، أَلاَ تَرَى إِلَى مَا قَدْ بَلَغَنَا؟ فَيَقُولُ آدَمُ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنَّهُ قَدْ نَهَانِي عَنِ الشَّجَرَةِ فَعَصَيْتُهُ، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى نُوحٍ، فَيَأْتُونَ نُوحًا فَيَقُولُونَ: يَا نُوحُ، إِنَّكَ أَنْتَ أَوَّلُ الرُّسُلِ إِلَى أَهْلِ الأَرْضِ، وَقَدْ سَمَّاكَ اللَّهُ عَبْدًا شَكُورًا، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ: إِنَّ رَبِّي عَزَّ وَجَلَّ قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنَّهُ قَدْ كَانَتْ لِي دَعْوَةٌ دَعَوْتُهَا عَلَى قَوْمِي، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى إِبْرَاهِيمَ، فَيَأْتُونَ إِبْرَاهِيمَ فَيَقُولُونَ: يَا إِبْرَاهِيمُ أَنْتَ نَبِيُّ اللَّهِ وَخَلِيلُهُ مِنْ أَهْلِ الأَرْضِ، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، فَيَقُولُ لَهُمْ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنِّي قَدْ كُنْتُ كَذَبْتُ ثَلاَثَ كَذِبَاتٍ، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى مُوسَى فَيَأْتُونَ، مُوسَى فَيَقُولُونَ: يَا مُوسَى أَنْتَ رَسُولُ اللَّهِ، فَضَّلَكَ اللَّهُ بِرِسَالَتِهِ وَبِكَلاَمِهِ عَلَى النَّاسِ، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنِّي قَدْ قَتَلْتُ نَفْسًا لَمْ أُومَرْ بِقَتْلِهَا، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى عِيسَى ابْنِ مَرْيَمَ، فَيَأْتُونَ عِيسَى، فَيَقُولُونَ: يَا عِيسَى أَنْتَ رَسُولُ اللَّهِ، وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَكَلَّمْتَ النَّاسَ فِي المَهْدِ صَبِيًّا، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ عِيسَى: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ قَطُّ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَلَمْ يَذْكُرْ ذَنْبًا، نَفْسِي نَفْسِي نَفْسِي اذْهَبُوا إِلَى غَيْرِي اذْهَبُوا إِلَى مُحَمَّدٍ، فَيَأْتُونَ مُحَمَّدًا فَيَقُولُونَ: يَا مُحَمَّدُ أَنْتَ رَسُولُ اللَّهِ وَخَاتِمُ الأَنْبِيَاءِ، وَقَدْ غَفَرَ اللَّهُ لَكَ مَا تَقَدَّمَ مِنْ ذَنْبِكَ وَمَا تَأَخَّرَ، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، فَأَنْطَلِقُ فَآتِي تَحْتَ العَرْشِ، فَأَقَعُ سَاجِدًا لِرَبِّي عَزَّ وَجَلَّ، ثُمَّ يَفْتَحُ اللَّهُ عَلَيَّ مِنْ مَحَامِدِهِ وَحُسْنِ الثَّنَاءِ عَلَيْهِ شَيْئًا، لَمْ يَفْتَحْهُ عَلَى أَحَدٍ قَبْلِي، ثُمَّ يُقَالُ: يَا مُحَمَّدُ ارْفَعْ رَأْسَكَ سَلْ تُعْطَهْ، وَاشْفَعْ تُشَفَّعْ فَأَرْفَعُ رَأْسِي، فَأَقُولُ: أُمَّتِي يَا رَبِّ، أُمَّتِي يَا رَبِّ، أُمَّتِي يَا رَبِّ، فَيُقَالُ: يَا مُحَمَّدُ أَدْخِلْ مِنْ أُمَّتِكَ مَنْ لاَ حِسَابَ عَلَيْهِمْ مِنَ البَابِ الأَيْمَنِ مِنْ أَبْوَابِ الجَنَّةِ، وَهُمْ شُرَكَاءُ النَّاسِ فِيمَا سِوَى ذَلِكَ مِنَ الأَبْوَابِ، ثُمَّ قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنَّ مَا بَيْنَ المِصْرَاعَيْنِ مِنْ مَصَارِيعِ الجَنَّةِ، كَمَا بَيْنَ مَكَّةَ وَحِمْيَرَ -أَوْ كَمَا بَيْنَ مَكَّةَ وَبُصْرَى-».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ serverades kött, och framlåret, vilket var delen han gillade mest, räcktes fram till honom. Han tog en tugga av det och sa sedan: ”Jag är människornas mästare på domedagen. Vet ni varför?
+Allah samlar de första och de sista på en och samma slätt. Den som ropar ut låter alla höra och alla kommer att vara inom synhåll. Solen kommer nära, och människorna drabbas då av sådan ångest och sådant lidande att de varken förmår att bära eller uthärda den. Då säger människorna: ’Ser ni inte vad som har drabbat er? Se er omkring, vem kan förmedla förbön för er hos er Herre?’ Då säger några av dem till andra: ’Gå till Adam.’ Så de går till Adam (frid vare över honom) och säger: ’Du är människornas fader. Allah skapade dig med sin hand, blåste in en själ i dig, och befallde änglarna att falla ned i vördnad inför dig. Förmedla förbön för oss hos din Herre. Ser du inte i vilket tillstånd vi befinner oss? Ser du inte vad som har hänt oss?’ Adam svarar: ’I dag är min Herre arg på ett sätt han aldrig varit tidigare, och på ett sätt han aldrig kommer att vara igen. Han förbjöd mig [att äta] från trädet, men jag var olydig. [Jag tänker på] mig själv, mig själv, mig själv! Gå till någon annan. Gå till Noa.’ Så de går till Noa och säger: ’Noa! Du är den förste av sändebuden till jordens folk, och Allah har kallat dig en tacksam tjänare. Förmedla förbön för oss hos din Herre. Ser du inte i vilket tillstånd vi är?’ Han svarar: ’I dag är min Herre arg på ett sätt han aldrig varit tidigare, och på ett sätt han aldrig kommer att vara igen. Jag hade en bön, och den använde jag mot mitt folk. [Jag tänker på] mig själv, mig själv, mig själv! Gå till någon annan. Gå till Abraham.’ Så de går till Abraham och säger: ’Abraham! Du är Allahs profet och hans älskade förtrogne bland jordens folk. Förmedla förbön för oss hos din Herre. Ser du inte i vilket tillstånd vi är?’ Han svarar dem: ’I dag är min Herre arg på ett sätt han aldrig varit tidigare, och på ett sätt han aldrig kommer att vara igen. Jag har sagt tre ord som var osanna. [Jag tänker på] mig själv, mig själv, mig själv! Gå till någon annan. Gå till Moses.’ Så de går till Moses och säger: ’Moses! Du är Allahs sändebud. Allah har utvalt dig framför människorna genom sitt budskap och genom att tala direkt till dig. Förmedla förbön för oss hos din Herre. Ser du inte i vilket tillstånd vi är?’ Han svarar: ’I dag är min Herre arg på ett sätt han aldrig varit tidigare, och på ett sätt han aldrig kommer att vara igen. Jag har dödat en människa som jag inte blivit befalld att döda. [Jag tänker på] mig själv, mig själv, mig själv! Gå till någon annan. Gå till Jesus, Marias son.’ Så de går till Jesus och säger: ’Jesus! Du är Allahs sändebud, hans ord som han lät nå Maria, och en själ [skapad] av honom. Du talade till människorna i vaggan som spädbarn. Förmedla förbön för oss hos din Herre. Ser du inte i vilket tillstånd vi är?’ Jesus svarar: ’I dag är min Herre arg på ett sätt han aldrig varit tidigare, och på ett sätt han aldrig kommer att vara igen.’, och han nämner inte någon synd, ’[Jag tänker på] mig själv, mig själv, mig själv! Gå till någon annan. Gå till Muhammed.’ Så de går till Muhammed och säger: ’Muhammed! Du är Allahs sändebud och den sista profeten. Allah har förlåtit dig dina tidigare och dina senare synder. Förmedla förbön för oss hos din Herre. Ser du inte i vilket tillstånd vi är?’ Då ger jag mig av och kommer under tronen. Jag faller ned på mitt ansikte inför min Herre, den Upphöjde och Mäktige, och då uppenbarar Allah för mig ord med lovprisning och vacker hyllning av honom, som han aldrig tidigare skänkt någon före mig. Sedan sägs det: ’Muhammed! Res ditt huvud. Fråga, och du ska få. Förmedla förbön, och din förbön kommer att accepteras.’ Då lyfter jag mitt huvud och säger: ’Mitt samfund, min Herre! Mitt samfund, min Herre! Mitt samfund, min Herre!’ Då sägs det: ’Muhammed! De som inte ska ställas till räkenskap av ditt samfund, låt dem träda in genom den högra porten av paradisets portar, och de delar de andra portarna med folk i övrigt.’” Sedan sa han: ”Vid den i vars hand min själ vilar! Avståndet mellan de två dörrbladen på en av paradisets portar är som avståndet mellan Mecka och Himyar, eller som mellan Mecka och Busra.”</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم مع أصحابه في دَعْوةِ طعام، فقُدّمت إليه ذراع الشاة وكانت أعْجب لحمِها إليه، فقَضَمَ منها قَضْمة بأطراف أسنانه ثم حدّثهم، فقال: 
+أنا سيد ولد آدم يوم القيامة؛ وذلك تَحَدُّثًا بنعمة الله تعالى.
+ثم قال: أتدرون مم ذاك؟ قال: بأن الناس يُجْمَعون يوم القيامة في أرض واسعة مستوية ممدودة مدًّا واحدًا، والذين فيها يسمعهم الداعي ويحيط بهم الناظر لا يخفى عليه منهم شيء؛ لاستواء الأرض ليس فيها ما يَستتر به أحد عن الناظرين، وينفذهم البصر، يعني لو تكلم الإنسان يسمعهم آخر واحد، والبصر يراهم، وتدنو الشمس من الخلائق على قدر مِيْل، ويَلحقهم من الغم والكَرْب ما لا يطيقون ولا يحتملون، فيطلبون الخلاص بالشفاعة. 
+فيُلْهِم اللهُ عز وجل أهلَ الإيمان أن يأتوا إلى آدم أبي البشر، فيأتون إليه ويذكرون فضله، لعله يشفع لهم عند الله عز وجل، يقولون له: أنت آدم أبو البشر، خلقك الله بيده، وأسجد لك ملائكته، وعَلَّمَك أسماء كل شيء، ونفخ فيك من روحه، فيعتذر ويقول: إن ربي غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، ثم يذكر خطيئته، وهي أن الله سبحانه وتعالى نهاه أن يأكل من شجرة فأكل، ويقول: نفسي هي التي تستحق أن يُشفَع لها، اذهبوا إلى غيري اذهبوا إلى نوح.
+فيأتون إلى نوح؛ ويقولون: أنت أول رسول أرسله الله إلى أهل الأرض، وأنّ الله سماك عبدًا شكورًا، ولكنه يعتذر: بأن الله عز وجل غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإنه قد كانت له دعوة دعاها على قومه، نفسي هي التي تستحق أن يُشفع لها، اذهبوا إلى غيري، اذهبوا إلى إبراهيم.
+فيأتون إبراهيم فيقولون: أنت خليل الله في الأرض، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول لهم: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإني قد كنت كذبت ثلاث كذبات؛ وهي قوله: إني سقيم، وقوله: فعله كبيرهم هذا، وقوله: لامرأته سارة أخبريه أني أخوك ليَسْلَم مِن شرّه. 
+والحق أن الكلمات الثلاث إنما كانت من مَعَارِيْض الكلام، لكن لما كانت صورتها صورة الكذب أشفق منها استصغارًا لنفسه عن الشفاعة؛ لأن مَن كان أَعرف بالله وأقرب منزلةً كان أعظم خوفًا، ويقول: نفسي هي التي تستحق أن يُشفع لها، اذهبوا إلى غيري اذهبوا إلى موسى.
+فيأتون موسى فيقولون: يا موسى أنت رسول الله، فضَّلك الله برسالته وبكلامه على الناس، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإني قد قَتَلتُ نفسًا لم أُوْمَر بقتلِها، نفسي هي التي تستحق أن يشفع لها، اذهبوا إلى غيري، اذهبوا إلى عيسى ابن مريم.
+فيأتون عيسى فيقولون: يا عيسى أنت رسول الله، وكلمتُه ألقاها إلى مريم وروحٌ منه، وكلَّمتَ الناسَ في المهد صبيًا، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله قط، ولن يغضب بعده مثله، ولم يذكر ذنبًا، نفسي هي التي تستحق أن يشفع لها، اذهبوا إلى غيري اذهبوا إلى محمد.
+فيأتون محمدًا فيقولون: يا محمد أنت رسول الله وخاتم الأنبياء، وقد غفر الله لك ما تقدم من ذنبك وما تأخر، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فأنطلق فآتي تحت العرش، فأقع ساجدًا لربي عز وجل، ثم يفتح الله علي من محامده وحسن الثناء عليه شيئًا، لم يفتحه على أحد قبلي، ثم يقال: يا محمد ارفع رأسك، سل تعطه، واشفع تشفع، فأرفع رأسي، فأقول: أمتي يا رب، أمتي يا رب، أمتي يا رب، فتُقْبَل شفاعتُه.
+ويُقَال له: يا محمد أدخل من أمتك من لا حساب عليهم من الباب الأيمن من أبواب الجنة، وهم شركاء الناس فيما سوى ذلك من الأبواب.
+ثم قال: والذي نفسي بيده، إن ما بين جانبي الباب من باب الجنة، كما بين مكة وصنعاء اليمن، أو كما بين مكة وبُصرى الشام وهي مدينة حوران.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ befann sig tillsammans med sina följeslagare vid en måltid. De räckte honom framlåret av ett får, den del av köttet han tyckte mest om, och han tog en tugga med framtänderna. Därefter berättade han: ”Jag är Adams barns mästare på domedagen”, som ett sätt att tala om Allahs välgärning mot honom. Sedan sa han: ”Vet ni vad detta beror på?” Det är för att människorna samlas på domedagen på en vidsträckt, helt plan yta som dragits ut i ett enda stycke. Den som kallar till räkenskap låter alla höra, och alla befinner sig inom synhåll, ingen kan gömma sig eftersom marken är slät och utan något som skyler. Solen kommer då nära människorna, på en mils avstånd, och de drabbas av sådan ångest och sådant lidande att de inte klarar av det. Därför söker de att räddas från situationen genom förbön. Allah vägleder de troende att gå till Adam, människornas fader. De nämner hans förtjänster, att Allah skapade honom med sin hand, befallde änglarna att falla ned inför honom och blåste in en själ i honom, i hopp om att han ska förmedla förbön för dem. Adam ursäktar sig: ”I dag är min Herre arg som aldrig förr och aldrig igen; Han förbjöd mig trädet men jag var olydig.” Han säger: ” [Jag tänker på] mig själv, mig själv, mig själv, det är jag som är i behov av förbön! Gå till någon annan, gå till Noa.” De kommer till Noa och säger: ”Du är det förste sändebudet till jordens folk, och Allah har kallat dig en tacksam tjänare.” Han ursäktar sig: ”I dag är min Herre arg som aldrig förr och aldrig igen. Jag hade en bön och jag använde den mot mitt folk.” Han säger: ” [Jag tänker på] mig själv, mig själv, mig själv, det är jag som är i behov av förbön! Gå till Abraham.” De kommer till Abraham och säger: ”Du är Allahs älskade förtrogna på jorden. Förmedla förbön för oss hos din Herre. Ser du inte i vilket tillstånd vi är?” Han svarar: ”I dag är min Herre arg som aldrig förr och aldrig igen. Jag har sagt tre osanningar.” Dessa är: när han sa: ”Jag är sjuk”, hans ord om avgudabilderna: ”Det var deras störste som gjorde det”, och när han sa till sin hustru Sarah: ”Säg att jag är din bror”, för att skonas från tyrannens ondska. Dessa uttryck kan till det yttre uppfattas som lögn, men var egentligen enbart missvisande ord. Av ödmjukhet inför den väldiga stunden och att han inte kände sig lämpad för förbön. Ju mer kunskap en person har om Allah och ju närmre han är honom desto mer fruktar personen honom. Därför sa han: ”[Jag tänker på] mig själv, mig själv, mig själv, det är jag som är i behov av förbön! Gå till Moses.” De kommer till Moses och säger: ”Du är Allahs sändebud; Allah har gynnat dig framför folket genom att ha skänkt dig sitt budskap och talat till dig. Förmedla förbön för oss hos din Herre. Ser du inte i vilket tillstånd vi är?” Han svarar: ”I dag är min Herre arg som aldrig förr och aldrig igen. Jag dödade en person som jag inte var befalld att döda.” Han säger: ” [Jag tänker på] mig själv, mig själv, mig själv, det är jag som är i behov av förbön! Gå till Jesus, Marias son.” De kommer till Jesus och säger: ”Du är Allahs sändebud, hans ord som han lät nå Maria, och en själ [skapad] av honom; du talade till människorna redan som spädbarn. Förmedla förbön för oss hos din Herre. Ser du inte i vilket tillstånd vi är?” Jesus svarar: ”I dag är min Herre arg som aldrig förr och aldrig igen”, och han nämner ingen synd. ” [Jag tänker på] mig själv, mig själv, mig själv, det är jag som är i behov av förbön! Gå till Muhammed.” De kommer till Muhammed ﷺ och säger: ”Du är Allahs sändebud och den sista profeten, Allah har förlåtit dig dina tidigare och dina senare synder.” Då går han och ställer sig under tronen, faller ned i Sujud inför sin Herre, och Allah inspirerar honom till ord med lovprisningar och vacker hyllning, som ingen före honom fått. Sedan sägs det: ”Muhammed! Res ditt huvud, fråga och du ska få, förmedla förbön och din förbön ska accepteras.” Han säger tre gånger: ”Mitt samfund, min Herre!”, och hans förbön tas emot. Det sägs till honom: ’Muhammed! Låt de ur ditt samfund som inte ska ställas till räkenskap träda in genom paradisets högra port. Beträffande de övriga portarna går de in tillsammans med resten av människorna. Sedan svor han ﷺ: ”Vid honom i vars hand min själ vilar! Avståndet mellan dörrbladen till en port i paradiset är som avståndet mellan Mekka och Sana i Jemen, eller som avståndet mellan Mekka och Busra i Levanten, en stad i Hauran.”</t>
+  </si>
+  <si>
+    <t>تواضع النبي صلى الله عليه وسلم وتلبيته للدعوة، والأكل مع عامة أصحابه.
+تفضيل نبينا صلى الله عليه وسلم على جميع الناس.
+قال القاضي عياض: قيل: السيد الذي يَفُوق قومَه ويُفزَع إليه في الشدائد، والنبي صلى الله عليه وسلم سيدهم في الدنيا والآخرة، وإنما خَصّ يوم القيامة لارتفاع السُّؤْدَد فيها، وتسليم جميعهم له، ولكون آدم وجميع أولاده تحت لوائه صلى الله عليه وسلم.
+الحكمة في أن الله تعالى ألهمهم سؤال آدم، ومن بعده في الابتداء، ولم يلهموا سؤال نبينا محمد صلى الله عليه وسلم لإظهار فضيلته، فهو النهاية في ارتفاع المنزلة، وكمال القرب.
+يشرع لمن أراد من عبد حاجة أن يقدِّم ين يديه وصف المسؤول بأحسن صفاته؛ ليكون أدعى للإجابة.
+يجوز لمن سئل عن أمر لايقدر عليه أن يعتذر بما يُقبَل منه، ويستحب أن يُرْشَد لمن يظن أنه أقدر على ذلك.
+بيان هول الموقف واشتداد المحشر على العباد يوم القيامة.
+تواضع الأنبياء حيث تذكّروا ما مضى منهم؛ ليشعروا بأنهم دون هذا الموقف.
+إثبات الشفاعة العظمى يوم القيامة، وهو للفَصْل بين الخلائق.
+إثبات الوسيلة والمقام المحمود لرسول الله صلى الله عليه وسلم.
+محامد الله تعالى لا تنتهي، ولذلك يفتح الله على رسوله في هذا المقام من حسن الثناء عليه شيئًا لم يفتحه لأحد قبله.
+بيان أن أمة محمد خير الأمم، فلهم خصائص في دخول الجنة حيث يدخل من ليس عليهم حساب من باب خاص بهم، ويشاركون الناس في بقية الأبواب.</t>
+  </si>
+  <si>
+    <t>Profetens ﷺ ödmjukhet då han svarar på inbjudan och äter med sina följeslagare.
+Vår profet ﷺ är bättre än alla andra människor.
+Al-Qadi ’Iyad sa: "En 'Sayyid' (mästare) är den som överträffar sitt folk och den man vänder sig till i svårigheter. Profeten ﷺ är deras mästare i detta liv och i det kommande. Han nämner särskilt domedagen eftersom det blir tydligt vem den främsta mästaren är och alla underordnar sig honom, och eftersom Adam och alla hans barn kommer att vara under hans fana."
+Visdomen i att människorna först vägletts att söka Adam och de andra profeterna, och inte Muhammed ﷺ direkt, är att hans förtjänst tydliggörs. Han är den som har den högsta statusen och är närmast Allah.
+Den som vill be någon om en viktig sak bör först nämna den tillfrågades goda egenskaper, då ökar sannolikheten att få det svar man önskar.
+Den som ombeds något han inte kan, får ursäkta sig på ett acceptabelt sätt och det är uppmuntrat att han hänvisar till den han anser mer lämpad.
+Hadithen visar den väldiga skräcken och svårigheten på samlingsplatsen på domedagen.
+Profeternas ödmjukhet, de minns brister de fallit i, av vördnad inför denna väldiga position.
+Fastställande av den största förbönen (Al-Shafa‘ah al-‘Udhmah) på domedagen, för att domen mellan människor inleds.
+Al-Wasilah (den högsta nivån i paradiset) och al-Maqam al-Mahmud (den lovprisade ställningen) är bekräftade för Allahs sändebud ﷺ.
+Det Allah kan lovprisas med tar aldrig slut, därför inspirerar Allah för sitt sändebud, i denna situation, ord med lovprisning, som ingen tidigare fått.
+Muhammeds ﷺ samfund är det bästa samfundet, de har en särställning i paradiset då de som inte ska ställas inför räkenskap går in genom en särskild port till höger, och de delar de övriga portarna tillsammans med andra.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/8345</t>
+  </si>
+  <si>
+    <t>إن للمؤمن في الجنة لخيمة من لؤلؤة واحدة مجوفة، طولها ستون ميلا، للمؤمن فيها أهلون، يطوف عليهم المؤمن فلا يرى بعضهم بعضا</t>
+  </si>
+  <si>
+    <t>”Sannerligen har den troende i paradiset ett tält gjort av en enda urholkad pärla, som är sextio [arabiska] mil långt. I det har den troende sina hustrur, och han besöker dem, men de kan inte se varandra.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «إِنَّ لِلْمُؤْمِنِ فِي الْجَنَّةِ لَخَيْمَةً مِنْ لُؤْلُؤَةٍ وَاحِدَةٍ مُجَوَّفَةٍ، طُولُهَا سِتُّونَ مِيلًا، لِلْمُؤْمِنِ فِيهَا أَهْلُونَ، يَطُوفُ عَلَيْهِمِ الْمُؤْمِنُ فَلَا يَرَى بَعْضُهُمْ بَعْضًا».</t>
+  </si>
+  <si>
+    <t>Abu Musa (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: ”Sannerligen har den troende i paradiset ett tält gjort av en enda urholkad pärla, som är sextio [arabiska] mil långt. I det har den troende sina hustrur, och han besöker dem, men de kan inte se varandra.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن بعض نعيم الجنة، وأن للمؤمن في الجنة خيمة عظيمة واسعة الجَوْف، مِن دُرَّة واحدة مُجَوَّفة، عَرْضُها وطولها في السماء ستون ميلًا، في كل جانب وناحية وزاوية من زواياها الأربع زوجات، لا يرى بعضهم بعضًا، يطوف عليهم المؤمن.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ beskrev något av paradiset fröjder, den troende får där ett stort tält, vidsträckt och rymligt, gjort av en enda urholkad pärla. Dess längd och bredd i höjden är sextio arabiska mil. I varje del och hörn av tältet finns hustrur, och den troende rör sig mellan dem, utan att de ser varandra.</t>
+  </si>
+  <si>
+    <t>بيان عظم نعيم أهل الجنة.
+الترغيب في العمل الصالح ببيان ما أعدَّ الله لهم من النعيم.</t>
+  </si>
+  <si>
+    <t>Detta visar den oerhörda fröjden som paradisets invånare kommer att uppleva.
+Den manar till goda handlingar genom att påminna om den belöning Allah har förberett för de troende.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/8349</t>
+  </si>
+  <si>
+    <t>هو الطهور ماؤه، الحل ميتته</t>
   </si>
   <si>
     <t>Dess vatten är rent och dess döda djur är tillåten att äta</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَأَلَ رَجُلٌ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّا نَرْكَبُ البَحْرَ، وَنَحْمِلُ مَعَنَا القَلِيلَ مِنَ الْمَاءِ، فَإِنْ تَوَضَّأْنَا بِهِ عَطِشْنَا، أَفَنَتَوَضَّأُ مِنَ الْبَحْرِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade: "En man frågade Allahs sändebud ﷺ: 'Allahs sändebud, vi reser på havet och har med oss lite vatten. Om vi använder det för att göra Wudu' blir vi törstiga. Kan vi göra Wudu' med havsvatten?' Allahs sändebud ﷺ svarade: "Dess vatten är rent och dess döda djur är tillåten att äta."</t>
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>En man frågade profeten ﷺ om de kunde använda havsvattnet för Wudu', eftersom de hade en begränsad mängd dricksvatten när de reste till havs för fiske eller handel. Han förklarade att om de använder dricksvatten för Wudu' eller Ghusl kommer det att ta slut, och då har de inget att dricka. Är det därför tillåtet att utföra Wudu' med havsvatten?
 Profeten ﷺ förklarade att havsvattnet är rent och renande, så det kan användas för Wudu' och Ghusl. Han tillade också att allt som dör i havet, såsom fiskar och andra vattenlevande djur, är tillåtna att äta även om det inte slaktats.</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>Djur som dör i havet är tillåtna att äta, förutsatt att de endast lever i vatten.
 Profeten ﷺ gav ett mer omfattande svar än vad han frågades om, för att ge större nytta.
 Om vatten förändrar smak, färg eller lukt på grund av något rent ämne, förblir det ändå renande för Wudu', så länge det behåller sin grundläggande egenskap som vatten, även om det är mycket salt, varmt eller kallt.
 Havsvatten kan användas för att ta bort både större och mindre rituell orenhet samt för att rengöra kroppen och föremål från Najasah (orenheter som påverkar den spirituella renheten).</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8355</t>
   </si>
   <si>
-    <t>إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ</t>
+    <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>Om vattnet uppgår till två Qullah blir det inte orent</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Umar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ blev tillfrågad om vatten som riddjur och rovdjur kommer i kontakt med. Han ﷺ svarade: "Om vattnet uppgår till två Qullah blir det inte orent."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>Profeten ﷺ blev frågad om vattnets renhet när riddjur och rovdjur dricker eller liknande från det. Han ﷺ förklarade att om vattnet når volymen av två Qullah, två stora kärl, vilket motsvarar cirka 210 liter, så anses det vara mycket vatten och blir inte orent, såvida inte dess färg, lukt eller smak förändras av en orenhet.</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
   </si>
   <si>
     <t>Vatten blir endast orent om det som är orent förändrar dess färg, lukt eller smak. Hadithen ger en generell riktlinje om att en stor mängd vatten inte förorenas lika lätt som en liten mängd.
 De lärda är överens om att om något som är orent förändrar vattnets egenskaper, blir det orent oavsett mängd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8357</t>
   </si>
   <si>
-    <t>إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ</t>
+    <t>إذا استيقظ أحدكم من منامه فليستنثر ثلاث مرات، فإن الشيطان يبيت على خياشيمه</t>
   </si>
   <si>
     <t>När någon av er vaknar upp från sin sömn, låt honom då skölja näsan och blåsa ut vattnet tre gånger, för Satan tillbringar natten i hans näsborrar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "När någon av er vaknar upp från sin sömn, låt honom då skölja näsan och blåsa ut vattnet tre gånger, för Satan tillbringar natten i hans näsborrar."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم مَن استيقظ مِن مَنامِه أن يَستنثر ثلاث مرات؛ والاستنثار هو إخراج الماء من الأنف بعد إدخاله، وذلك لأن الشيطان يَبيت على الخيشوم -وهو الأنف كلُّه-.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanar den som vaknar att skölja näsan genom att dra in vatten och sedan blåsa ut det tre gånger. Detta beror på att Satan tillbringar natten i människans näsborrar, vilket inkluderar hela näsan.</t>
   </si>
   <si>
     <t>يُشرع لكلِّ مَن استيقظ مِن النوم أنْ يستنثر إزالةً لأثر الشيطان من أنفه، وإذا كان سيتوضأ، فالأمر بالاستنثار حينئذ آكد.
 الاستنثار من تمام فائدة الاستنشاق؛ لأن الاستنشاق تنظيف داخل الأنف، والاستنثار يُخرِج ذلك الوَسَخَ مع الماء.
 تَقْيِيْدُه بنوم الليل، أخذًا مِن لفظ "يَبيت"؛ فإنّ البيتوتةَ لا تكون إلا من نوم الليل، ولأنه مَظِنَّة الطول والاستغراق.
 في الحديث دليلٌ على مُلابَسَةِ الشيطان للإنسان وهو لا يَشْعُرُ بذلك.</t>
   </si>
   <si>
     <t>Det föreskrivs för varje person som vaknar från sömnen att blåsa ut vattnet ur näsan för att avlägsna spåren av djävulen från den. Om personen ska utföra Wudu', är handlingen betonad ytterligare.
 Att blåsa ut vattnet (Istinshar) fullbordar nyttan med att dra in vatten i näsan (Istinshaq), eftersom Istinshaq renar insidan av näsan, medan Istinshar avlägsnar smuts och orenheter tillsammans med vattnet.
 Denna föreskrift gäller särskilt vid sömn under natten, vilket framgår av ordet "Yabit", eftersom Baytutah (att tillbringa natten) endast sker under nattlig sömn. Detta beror på att nattsömnen vanligtvis är längre och mer djupgående.
 Hadithen visar också att Satan har en påverkan på människan, även om denne inte är medveten om det.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8377</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى</t>
+    <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
   </si>
   <si>
     <t>Att en man tvagade sig, men missade att tvätta vad som motsvarar en nagel av sin fot. Profeten ﷺ såg detta, varpå han sa: 'Gå tillbaka och två dig väl.'</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
     <t>Jabir (må Allah vara nöjd med honom) sa att 'Umar bin al-Khattab berättade för honom: "Att en man tvagade sig, men missade att tvätta vad som motsvarar en nagel av sin fot. Profeten ﷺ såg detta, varpå han sa: 'Gå tillbaka och två dig väl.'"</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>'Umar bin al-Khattab (må Allah vara nöjd med honom) berättade att profeten ﷺ såg en man bli färdig med sin tvagning, men att en del av foten som motsvarade en nagel inte hade blivit blöt. Han uppmärksammade honom om denna brist och sa åt honom att gå tillbaka och tvaga sig väl och ordentligt, så att varje kroppsdel får vatten på sig. Mannen gick följaktligen tillbaka, fullbordade sin tvagning, och bad därefter.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>En person ska skynda sig med att kalla till det goda, vägleda den okunniga och försumliga, i synnerhet om den dåliga handlingen leder till att den dyrkan han utför inte kommer att accepteras.
 Det är obligatoriskt att se till att de kroppsdelar som tvagas får vatten på sig, fullt ut. Den som utelämnar en del av kroppsdelen, om än en liten del, kommer inte att ha en korrekt tvagning, och måste följaktligen upprepa den från början ifall det gått tid sedan första tvagningen.
 Det är föreskrivet att tvaga sig väl genom att fullända tvagningen och se till att vattnet når de delar som det ska nå.
 Fötterna är bland de kroppsdelar som ska tvättas under tvagning, därför räcker det inte med att stryka dem, utan de måste tvättas.
 Kroppsdelarna ska tvättas direkt efter varandra, så att den föregående kroppsdelen inte hinner torka innan den kommande kroppsdelen tvättas.
 Okunskap och glömska är inte ursäkter som innebär att personen inte måste utföra en obligatorisk handling, snarare är de ursäkter som innebär att personen inte har syndat. Om en person följaktligen inte tvättar sina kroppsdelar väl och fullständigt under tvagningen eftersom han är okunnig om detta, betyder det inte att han inte behöver göra det eftersom profeten ﷺ inte förbisåg personens tillkortakommande här, utan han sa åt honom att repetera tvagningen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8386</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ</t>
+    <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade göra Ghusl med en mängd lika stor som en Sa' till fem Mudd, och utförde Wudu' med en Mudd</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade: "Profeten ﷺ brukade göra Ghusl med en mängd lika stor som en Sa' till fem Mudd, och utförde Wudu' med en Mudd."</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade utföra Ghusl från Janabah (tillstånd av större rituell sexuell orenhet) med en Sa' upp till fem Mudd, och han använde en Mudd för Wudu'. En Sa' motsvarar fyra Mudd, medan en Mudd är mängden vatten som ryms i en mans kupade händer av normalstorlek.</t>
   </si>
   <si>
     <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
 استحباب التقليل في ماء الوضوء والغسل بقدر الحاجة، وأن هذا هو هدي النبي صلى الله عليه وسلم.
 المقصود الاستيفاء في الوضوء والغسل مع مراعاة السنن والآداب بلا إسراف ولا تقتير ويراعى الوقت وكثرة الماء وقلته وغير ذلك.
 تطلق الجنابة على كل من أنزل المني أو جامع، وسميت بذلك لاجتناب صاحبها الصلاة والعبادات حتى يطهر منها.
 الصاع: مكيال معروف، والمراد به الصاع النبوي، ويبلغ وزنه (480) مثقالاً من البر الجيد، وباللتر (3 لترات).
 المد: وحدةُ كيلٍ شرعية، وهي ملء كفي الإنسان المعتدل إذا ملأهما ومد يده بهما، والمد ربع الصاع باتفاق الفقهاء، ومقداره (750) ملل.</t>
   </si>
   <si>
     <t>Det är rekommenderat att vara sparsam med vatten när man utför Wudu' och Ghusl och att undvika slöseri även om vatten finns tillgängligt.
 Att använda så mycket vatten som behövs, och inte mer, är i överensstämmelse med profetens ﷺ vägledning.
 Fokus ligger på att noggrant fullborda Wudu' och Ghusl utan överdrift eller snålhet, och att anpassa mängden efter omständigheterna.
 Termen Janabah används för den som har haft utlösning eller samlag, eftersom personen undviker bön och andra former av dyrkan tills rening har uppnåtts.
 Sa': ett känt mått från profetens ﷺ tid, motsvarande ca 3 liter.
 Mudd: en fjärdedel av en Sa', eller ungefär 750 ml.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8387</t>
   </si>
   <si>
-    <t>مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ</t>
+    <t>ما من مسلم يتوضأ فيحسن وضوءه، ثم يقوم فيصلي ركعتين، مقبل عليهما بقلبه ووجهه، إلا وجبت له الجنة</t>
   </si>
   <si>
     <t>'Ingen muslim som tvagar sig och gör det väl, och sedan ställer sig upp och ber två Raka'ah med full fokus i sitt hjärta och ansikte, förtjänar något annat än paradiset</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: كَانَتْ عَلَيْنَا رِعَايَةُ الْإِبِلِ فَجَاءَتْ نَوْبَتِي فَرَوَّحْتُهَا بِعَشِيٍّ فَأَدْرَكْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَائِمًا يُحَدِّثُ النَّاسَ فَأَدْرَكْتُ مِنْ قَوْلِهِ: «مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ» قَالَ فَقُلْتُ: مَا أَجْوَدَ هَذِهِ، فَإِذَا قَائِلٌ بَيْنَ يَدَيَّ يَقُولُ: الَّتِي قَبْلَهَا أَجْوَدُ، فَنَظَرْتُ فَإِذَا عُمَرُ قَالَ: إِنِّي قَدْ رَأَيْتُكَ جِئْتَ آنِفًا، قَالَ: «مَا مِنْكُمْ مِنْ أَحَدٍ يَتَوَضَّأُ فَيُبْلِغُ - أَوْ فَيُسْبِغُ - الْوَضُوءَ ثُمَّ يَقُولُ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ إِلَّا فُتِحَتْ لَهُ أَبْوَابُ الْجَنَّةِ الثَّمَانِيَةُ يَدْخُلُ مِنْ أَيِّهَا شَاءَ».</t>
   </si>
   <si>
     <t>'Uqbah bin 'Amir (må Allah vara nöjd med honom) sa: "Vi hade ansvar för att vakta kamelerna, och när det var min tur att göra det, tog jag dem på eftermiddagen och hann ifatt Allahs sändebud ﷺ medan han stod och talade till folket. Jag hörde honom säga: 'Ingen muslim som tvagar sig och gör det väl, och sedan ställer sig upp och ber två Raka'ah med full fokus i sitt hjärta och ansikte, förtjänar något annat än paradiset.' Jag sa: 'Detta är fantastiskt!' Då sa någon framför mig: 'Det som sades innan var ännu bättre.' När jag tittade såg jag att det var 'Umar som sa: 'Jag såg att du just kom. Profeten ﷺ sa: "Ingen av er tvagar sig och gör det fullständigt – eller grundligt – och säger sedan: 'Jag vittnar att det inte finns någon [sann] gud utom Allah och att Muhammed är Allahs tjänare och sändebud,' utan att de åtta portarna till paradiset öppnas för honom, och han kan gå in genom vilken han vill.'"</t>
   </si>
   <si>
     <t>بَيّن النبيُّ صلى الله عليه وسلم وهو يُحدِّث الناس فضلين عظيمين:
 الأول: أنَّ من توضأ فأحسن الوضوء وأسْبغَه وأتمه وأكمله على الوجه المسنون، وأعطى كل عضو حقَّه من الماء، ثم قال: أشهد أن لا إله إلا الله، وأن محمدًا عبد الله ورسوله؛ إلا فُتحت له أبواب الجنة الثمانية يدخل من أيها شاء. 
 الثاني:  أن من توضأ هذا الوضوء التامّ الكامل، ثم قام بعد هذا الوضوء فصلى ركعتين؛ مُقبلًا عليهما بقلبه بالإخلاص والخشوع، وخضع بوجهه وجميع أعضاء جسده لله، إلا وجبت له الجنة.</t>
   </si>
   <si>
     <t>När profeten ﷺ talade till människorna berättade han om två stora förträffligheter:
 1. Den som tvagar sig grundligt och på rätt sätt enligt Sunnah, och tvättar varje kroppsdel på det sättet som är föreskrivet, och sedan avslutar med att säga: "Jag vittnar att det inte finns någon [sann] gud utom Allah och att Muhammed är Allahs tjänare och sändebud," kommer att få de åtta portarna till paradiset öppnade för sig, och han får välja genom vilken han vill gå in.
 2. Den som ber två Raka'ah med fullständig koncentration och hängivenhet, kroppsligt och själsligt, efter att ha tvagat sig ordentligt kommer att förtjäna paradiset.</t>
   </si>
   <si>
     <t>عَظيم فضل الله تعالى بإعطائه الأجر الكبير على العمل اليسير.
 مشروعية إسباغ الوضوء وإتمامه، وصلاة ركعتين بخشوع بعده، وما يحصل به من الأجر العظيم.
 إسباغ الوضوء، والإتيان بعده بهذا الذكر، من أسباب دخول الجنة.
 استحباب قول هذا الذكر للمغتسل أيضًا.
 حرص الصحابة على الخير من تعلُّم العلم ونشره، وتعاونهم على ذلك وفي أمور معيشتهم.
 الذكر بعد الوضوء فيه تخليص القلب وتطهيره من الشرك، كما أن الوضوء فيه تطهير البدن وتخليصه من الوسخ.</t>
   </si>
   <si>
     <t>Allahs väldiga generositet då han ger stor belöning för små handlingar.
 Det är föreskrivet att tvaga sig grundligt och sedan be två Raka'ah med koncentration och ödmjukhet efter, för att uppnå den enorma belöningen som lovats.
 Fullständig tvagning och att yttra vittnesmålet efter är en av anledningarna till att träda in i paradiset.
 Det är också rekommenderat att yttra trosbekännelsen för den som gör Ghusl (tvättar hela kroppen).
 Följeslagarnas iver att lära sig och sprida kunskap, samt deras samarbete i goda handlingar och arbetssysslor.
 Att yttra trosbekännelsen efter tvagningen leder till att hjärtat rensas från avguderi, på samma sätt som tvagningen rensar kroppen från orenhet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8388</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ</t>
+    <t>إذا توضأ أحدكم ولبس خفيه فليصل فيهما، وليمسح عليهما ثم لا يخلعهما إن شاء إلا من جنابة</t>
   </si>
   <si>
     <t>När någon av er har gjort Wudu' och tar på sig sina Khuff (lädersockor), låt honom be i dem och stryka över dem, och låt honom sedan behålla dem på om han vill – förutom i ett tillstånd av Janabah (sexuell orenhet)</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "När någon av er har gjort Wudu' och tar på sig sina Khuff (lädersockor), låt honom be i dem och stryka över dem, och låt honom sedan behålla dem på om han vill – förutom i ett tillstånd av Janabah (sexuell orenhet)."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه إذا لَبِسَ المُسلِمُ خُفَّيْه بعد أنْ تَوَضأ، ثم أَحْدَث بعد ذلك وأراد الوضوء، فله المَسْحُ عليهما إن أراد ذلك، ويصلي فيهما ولا يَنزعهما مدة معلومة، إلا إذا أَجْنَبَ لزِمَه خَلعُ الخُفِّ والاغتسال.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar att om en person tar på sig sina khuff (lädersockor) efter att ha fullbordat sin Wudu', och sedan bryter Wudu', så är det tillåtet att stryka över Khuff istället för att tvätta fötterna. Personen kan fortsätta att bära dem och be i dem, så länge han inte blir rituellt oren genom exempelvis samlag, vilket kräver en fullständig Ghusl.</t>
   </si>
   <si>
     <t>لا يجوز المَسحُ على الخُفَّين إلا إذا لُبسَا بعد كمال الطهارة.
 مدة المسح للمقيم: المسحُ يومًا وليلةً، وللمسافر: ثلاثةَ أيام بلياليها.
 المسح على الخفين يَخْتَصُّ بالحَدَث الأصغر لا الأكبر، أما الحدث الأكبر فلا يجوز المسح معه، بل لابد من خَلْع الخُفّين وغسل القدمين.
 يستحَب الصلاة في الحذاء والخفّ ونحوِهما مخالفةً لليهود وذلك إذا كانت طهارة، وليس فيها أذية للمصلين، أو للمسجد مثل المساجد المفروشة فلا يصل بها.
 المسح على الخفين فيه تيسير وتخفيف على هذه الأُمَّة.</t>
   </si>
   <si>
     <t>Att stryka över Khuff är endast tillåtet om de togs på efter en fullständig renhet.
 Giltig tidsgräns: En bofast person får stryka över dem i ett dygn, medan en resenär får göra det i tre dygn.
 Att stryka över Khuff gäller endast vid mindre rituell orenhet (Hadath Asghar), men om en person blir rituellt oren (Janabah), måste han ta av dem och göra en fullständig Ghusl.
 Det är rekommenderat att be med skor eller Khuff för att särskilja sig från judarna, förutsatt att de är rena och inte smutsar ner böneplatsen, som när moskén har mattor, då bör de avlägsnas.
 Att kunna stryka över Khuff visar på vilket lättnad det finns i denna religion.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8392</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade minnas Allah under alla omständigheter</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) sa: "Profeten ﷺ brukade minnas Allah under alla omständigheter."</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>'A'ishah de troendes moder (må Allah vara nöjd med henne) berättar att profeten ﷺ brukade vara otroligt mån om att minnas Allah, så pass att han mindes Allah under alla tider, på alla platser och under alla omständigheter.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Att befinna sig i ett rituellt renligt tillstånd, oavsett från större eller mindre orenlighet, är inte ett villkor för att minnas Allah.
 Profeten ﷺ brukade minnas Allah konstant.
 Det är uppmanat att minnas Allah under alla möjliga omständigheter och att följa profetens vägledning i detta. Undantaget är då det är förbjudet att minnas Allah, så som när man utför sina behov.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8402</t>
   </si>
   <si>
-    <t>لاَ يَرْمِي رَجُلٌ رَجُلًا بِالفُسُوقِ، وَلاَ يَرْمِيهِ بِالكُفْرِ، إِلَّا ارْتَدَّتْ عَلَيْهِ، إِنْ لَمْ يَكُنْ صَاحِبُهُ كَذَلِكَ</t>
+    <t>لا يرمي رجل رجلا بالفسوق، ولا يرميه بالكفر، إلا ارتدت عليه، إن لم يكن صاحبه كذلك</t>
   </si>
   <si>
     <t>Ingen man anklagar en annan man för synd eller för otro, utan att det slår tillbaka på honom själv ifall den andre inte är som han påstår</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رَضِيَ اللَّهُ عَنْهُ أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ يَرْمِي رَجُلٌ رَجُلًا بِالفُسُوقِ، وَلاَ يَرْمِيهِ بِالكُفْرِ، إِلَّا ارْتَدَّتْ عَلَيْهِ، إِنْ لَمْ يَكُنْ صَاحِبُهُ كَذَلِكَ».</t>
   </si>
   <si>
     <t>Abu Dharr (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ säga: "Ingen man anklagar en annan man för synd eller för otro, utan att det slår tillbaka på honom själv ifall den andre inte är som han påstår."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم أنّ مَن قال لآخر: أنت فاسق، أو: أنت كافر، فإنْ كان ليس كما قال، كان هو المُستَحِق للوصف المذكور ورَجَعَ عليه قولُه، وأما إذا كان كما قال لم يرجع عليه شيء؛ لكونه صدق فيما قال.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade för att om någon säger till en annan: ”Du är syndare” eller ”Du är otrogen”, och den personen inte är så, att anklagelsen faller tillbaka på den som uttalade den. Men om den anklagade verkligen är det som sades, då drabbar det inte den som yttrat det, eftersom han då talat sanning.</t>
   </si>
   <si>
     <t>تحريم رمي الناس بالكفر أو الفسق، بغير مُسَوِّغ شرعي.
 وجوب التثبُّت في إصدار الأحكام على الناس.
 قال ابن دقيق العيد: وهذا وعيد عظيم لمن أكفر أحدًا من المسلمين وليس كذلك، وهي ورطة عظيمة.
 قال ابن حجر العسقلاني: ولكن لا يلزم من كونه لا يصير بذلك فاسقًا ولا كافرًا أن لا يكون آثمًا في صورة قوله له: أنت فاسق، بل في هذه الصورة تفصيل: إن قَصَدَ نُصْحَه أو نُصْحَ غيرِه بِبَيان حاله جاز، وإن قَصَدَ تَعْيِيْرَه وشُهرَتَه بذلك ومَحْضَ أذاه لم يجز؛ لأنه مأمور بالستر عليه وتعليمه وعِظَتِه بالحسنى، فمهما أمكنه ذلك بالرفق لا يجوز له أن يفعله بالعُنْف؛ لأنه قد يكون سببًا لإغرائه وإصراره على ذلك الفعل كما في طَبْعِ كثير من الناس من الأَنَفَة، ولا سيّما إن كان الآمِرُ دونَ المأمورِ في المنزلة.</t>
   </si>
   <si>
     <t>Det är förbjudet att anklaga människor för otro eller allvarlig synd utan att ha giltiga och tydliga bevis som grundas i islamisk lagstiftning.
 Det är obligatoriskt att vara mycket försiktig och noggrann innan man dömer någon.
 Ibn Daqiq al-'Id sa: "Detta är en allvarlig varning mot den som anklagar en muslim för otro utan grund. Det är verkligen något allvarligt."
 Ibn Hajr al-'Asqalani sa: "Det faktum att en person inte automatiskt blir en syndare eller otrogen bara för att han yttrat detta, betyder inte att han inte är syndig då han säger det. Fler detaljer behöver tas i beaktning: Om han sa det i syfte att ge uppriktig rådgivning eller varna andra genom att klargöra personens tillstånd så är det tillåtet. Men om han sa det för att håna, förödmjuka eller skada personen så är det inte tillåtet, eftersom han i så fall är ålagd att skyla personens fel, lära honom och påminna honom på ett fint sätt. Om han har möjlighet att påverka på ett milt sätt, får han inte vara hård, eftersom det kan leda till att personen blir trotsig och ännu mer fast i synd,  i synnerhet om den som ger råd är lägre i ställning än den som blir tillrättavisad.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8883</t>
   </si>
   <si>
-    <t>إِنَّ الشَّيْطَانَ قَدْ أَيِسَ أَنْ يَعْبُدَهُ الْمُصَلُّونَ فِي جَزِيرَةِ الْعَرَبِ، وَلَكِنْ فِي التَّحْرِيشِ بَيْنَهُمْ</t>
+    <t>إن الشيطان قد أيس أن يعبده المصلون في جزيرة العرب، ولكن في التحريش بينهم</t>
   </si>
   <si>
     <t>”Satan har förlorat hoppet om att de som ber ska dyrka honom i Arabiska halvön. Men han hoppas fortfarande på att kunna så splittring och fiendskap mellan dem.”</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ الشَّيْطَانَ قَدْ أَيِسَ أَنْ يَعْبُدَهُ الْمُصَلُّونَ فِي جَزِيرَةِ الْعَرَبِ، وَلَكِنْ فِي التَّحْرِيشِ بَيْنَهُمْ».</t>
   </si>
   <si>
     <t>Jabir (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ säga: ”Satan har förlorat hoppet om att de som ber ska dyrka honom i Arabiska halvön. Men han hoppas fortfarande på att kunna så splittring och fiendskap mellan dem.”</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ إبليس أَيِسَ أنْ يَعُوْدَ المؤمنون المصلون لعبادته والسجود للصنم في جزيرة العرب، ولكنه لا زال يَطْمَع، ولا زال جهده وكَدُّه وعملُه وسعيُه في التَّحريش بينهم بالخصومات والشَّحْنَاء والحروب والفتن ونحوها.</t>
   </si>
   <si>
     <t>Profeten ﷺ informerar att Iblis har förlorat hoppet om att de troende som förrättar bönen på den Arabiska halvön ska återgå till att dyrka honom eller falla ned på ansiktet inför gudabilder. Men även om han har givit upp hoppet om just detta, fortsätter han att anstränga sig för att orsaka splittring och konflikt mellan muslimer, genom tvister, hat, inre stridigheter, krig och prövningar.</t>
   </si>
   <si>
     <t>عبادة الشيطان عبادة الصنم، لأنه الآمِرُ به والداعي إليه، بدليل قوله تعالى عن إبراهيم عليه السلام: (يا أبت لا تعبد الشيطان…).
 الشيطان يَسعى في إيقاع الخصومات والشَّحْناء والحروب والفتن بين المسلمين.
 من فوائد الصلاة في الإسلام أنها تَحفظ المَوَدّة بين المسلمين، وتُقَوِّي روابط الأُخُوّة بينهم.
 الصلاة أعظم شعائر الدين بعد الشهادتين، ولذلك أطلق على المسلمين المُصَلِّين.
 جزيرة العرب لها خصائص دون غيرها من البلاد.
 إن قيل قد وقع في بعض جزيرة العرب عبادة الأصنام، والنبي صلى الله عليه وسلم يقول: (إن الشيطان قد أيس أن يعبده المصلون..)، فهذا إخبار عما وقع في نفس الشيطان مِن اليأس لِمَا رأى الفتوح، ودخول الناس في دين الله أفواجًا، فالحديث أخبر عن ظن الشيطان وتوقُّعِه، ثم كان الواقع بخلاف ذلك لحكمة يريدها الله عز وجل.</t>
   </si>
   <si>
     <t>Avgudadyrkan innebär att dyrka Satan, eftersom det är han som befaller och kallar till det. Beviset är Ibrahims ord i Koranen: ”Min far! Dyrka inte Satan…”
 Satan arbetar ihärdigt med att skapa fiendskap, konflikter, splittring och prövningar mellan muslimer.
 Bönen är en av islams viktigaste pelare, och en av dess frukter är att den bevarar kärlek och stärker syskonskap mellan muslimer.
 Efter trosbekännelsen är bönen religionens viktigaste form av dyrkan, och det är därför som muslimerna beskrevs som de bedjande i denna Hadith.
 Arabiska halvön har en särskild ställning och särdrag som inte andra länder har.
 Om någon invänder med att avgudadyrkan har förekommit i vissa delar av Arabiska halvön, så är Hadithen en beskrivning av vad Satan själv trodde, när han såg hur islam blev segerrikt och hur människor trädde in i religionen i stora skaror. Den beskriver vad han då bedömde och fann troligt, men det som i verkligheten skedde senare stämde inte nödvändigtvis med det han trodde, och det sker enligt den visdom som Allah vill.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8886</t>
   </si>
   <si>
-    <t>سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي</t>
+    <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
   </si>
   <si>
     <t>Jag frågade Allahs sändebud ﷺ om den plötsliga blicken, och han beordrade mig att vända bort min blick</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
   </si>
   <si>
     <t>Jarir ibn 'Abdillah (må Allah vara nöjd med honom) sa: "Jag frågade Allahs sändebud ﷺ om den plötsliga blicken, och han beordrade mig att vända bort min blick."</t>
   </si>
   <si>
     <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
   </si>
   <si>
     <t>Jarir ibn 'Abdillah (må Allah vara nöjd med honom) frågade profeten ﷺ om en mans blick som oväntat faller på en främmande kvinna utan avsikt. Profeten ﷺ instruerade honom att genast vända bort blicken åt ett annat håll så fort han blivit medveten om det, och underströk att den som plötsligt tittar inte begått en synd.</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
 التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
 فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
 فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
 رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
   </si>
   <si>
     <t>Vikten av att sänka blicken och kontrollera det man tittar på.
 Varningen mot att fortsätta titta på det som är förbjudet, även om blicken fallit oväntat och utan avsikt.
 Förbudet att titta på kvinnor är etablerat bland följeslagarna, vilket framgår av Jarirs fråga om huruvida en oavsiktlig blick ska bedömas som en avsiktlig.
 Shari'ah skyddar de troendes intressen genom att förbjuda blickar på det förbjudna, för att undvika dess dåliga konsekvenser i detta liv och nästa.
 Följeslagarna vände sig till profeten ﷺ för att få klarhet i det som var otydligt för dem. På samma sätt bör muslimer söka vägledning från kunniga personer när de är osäkra.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8902</t>
   </si>
   <si>
-    <t>صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ</t>
+    <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>Det finns två sorter av eldens folk som jag ännu inte har sett: ett folk med piskor likt kosvansar med vilka de slår människor, och kvinnor som är påklädda men ändå nakna, vickande och svajande</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Det finns två sorter av eldens folk som jag ännu inte har sett: ett folk med piskor likt kosvansar med vilka de slår människor, och kvinnor som är påklädda men ändå nakna, vickande och svajande. Deras huvuden är som den lutande kamelpuckeln. De kommer inte att träda in i paradiset eller ens känna dess doft, fastän dess doft sträcker sig så och så långt."</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
     <t>Profeten varnade ﷺ för två sorters människor som är från eldens folk, han hade ännu inte sett dem då de inte existerade under hans tid, men skulle uppstå efter honom. Dessa människor är två sorter:
 den första är ett folk som har piskor som är lika långa som kosvansar med vilka de slår människor. Detta syftar på poliser och förtryckares medhjälpare som slår människor utan en giltig anledning.
 Den andra sorten är kvinnor som inte klär sig kyskt, fastän blygsamhet vanligtvis är kvinnors naturliga läggning.
 De beskrivs vara påklädda, fastän de i själva verket är nakna, eftersom de klär sig i tunna kläder som blottar huden. De täcker vissa delar av kroppen, och blottar andra delar för att visa upp sin skönhet. De lockar till sig männens hjärtan genom sin klädsel och promiskuösa svajande gång, varpå de lockar andra att falla in i villfarelse och snedsteg. De beskrivs även ha huvuden som påminner om lutande kamelpucklar, eftersom de förstorar sin huvudform genom att knyta tyg och liknande runt det. Detta liknas vid kamelpucklar eftersom de placerar håret och flätorna ovanför huvudet, varpå det kan luta åt sidan, precis som en kamelpuckel kan luta åt sidan. Den som passar in i dessa beskrivningar faller in under denna allvarliga varning, vilket är att de inte kommer att träda in i paradiset och inte heller känna dess doft eller komma nära den, då paradisets doft kan kännas från ett långt avstånd.</t>
   </si>
   <si>
     <t>تحريم ضربِ الناس وإيذائهم دون إثم فعلوه أو ذنب اقترفوه.
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
     <t>Det är förbjudet att slå och skada oskyldiga människor.
 Det är förbjudet att hjälpa förtryckare att utöva förtryck.
 Detta är en varning för kvinnor som förskönar sig och klär sig i tajta och genomskinliga kläder som beskriver kroppsformen.
 Den muslimska kvinnan är uppmanad att hålla fast vid Allahs påbud, och hålla sig borta från det som förargar honom så att hon inte gör sig förtjänt av det smärtsamma och bestående straffet i det kommande livet.
 Denna Hadith tyder på att profetens profetskap var sant, då han ﷺ underrättade om något som skulle ske i framtiden och som inte inträffat på den tiden, och det skedde precis som han berättat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8903</t>
   </si>
   <si>
-    <t>لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ</t>
+    <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
   </si>
   <si>
     <t>Mannen ska inte titta på en annan mans privata delar, och kvinnan ska inte heller titta på en annan kvinnas privata delar</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Mannen ska inte titta på en annan mans privata delar, och kvinnan ska inte heller titta på en annan kvinnas privata delar. Mannen ska inte skyla sig med en annan man i samma plagg, och kvinnan ska inte heller skyla sig med en annan kvinna i samma plagg."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd att män ska titta på varandras privata delar, och att kvinnor ska titta på varandras privata delar.
 'Awrah (privata delar) är det som är skamfullt att visa, och mannens privata delar är mellan navel och knä. Hela kvinnan räknas som en 'Awrah för främmande män, vad gäller kvinnor sinsemellan eller kvinnans Mahrams (manliga nära släktingar) så får hon visa de delar av kroppen som vanligtvis syns i hemmet.
 Profeten ﷺ förbjöd män från att dela plagg eller täcke om de är avklädda, likaså får inte kvinnor dela plagg eller täcke om de är avklädda. Anledningen till detta är att det kan leda till att de vidrör varandras privata delar, vilket är förbjudet, och ännu värre, än att titta på andras privata delar, då det kan leda till onda konsekvenser.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Det är förbjudet att titta på andras privata delar, med undantag från mannen och hans hustru.
 Islam är mån om att samhället ska vara rent och vårdat, och stänger alla dörrar som eventuellt kan leda till skamfulla handlingar.
 Det är tillåtet att titta på andras privata delar vid behov, som vid vård eller liknande, vilket sker utan lust.
 En muslim ska täcka sina privata delar och sänka sin blick från att titta på andras privata delar.
 Förbudet nämner män och kvinnor för sig, eftersom det är mer troligt att de tittar och blottar de privata delarna för samma kön.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8904</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ</t>
+    <t>لعن رسول الله صلى الله عليه وسلم الرجل يلبس لبسة المرأة، والمرأة تلبس لبسة الرجل</t>
+  </si>
+  <si>
+    <t>”Allahs sändebud förbannade mannen som klär sig i kvinnors klädsel och kvinnan som klär sig i mäns klädsel.”</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: لعن رسول الله صلى الله عليه وسلم الرجل يلبس لِبْسَةَ المرأة، والمرأة تلبس لِبْسَةَ الرجل.</t>
+  </si>
+  <si>
+    <t>Från Abu Hurayrah (må Allah vara nöjd med honom) berättade: ”Allahs sändebud förbannade mannen som klär sig i kvinnors klädsel och kvinnan som klär sig i mäns klädsel.”</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بالطَّرْدِ والإبعاد من رحمة الله لكلِّ رجلٍ يتشبَّه بالمرأة في الملابس الخاصة بالنساء؛ سواء في الهيئة أو اللون أو الكيفية أو طريقة اللبس والزينة أو غير ذلك، 
+أو أن تتشبَّهَ المرأةُ باللبس الخاص بالرجال كذلك، وهو كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ kallade ned Allahs fördömelse, det vill säga utestängning och avlägsnande från Allahs nåd, över varje man som efterliknar kvinnor genom att bära deras specifika kläder, vare sig det gäller form, färg, sättet de bärs eller pryds på, eller något annat. Detsamma gäller om en kvinna efterliknar män genom deras specifika klädsel. Detta räknas som en av de stora synderna.</t>
+  </si>
+  <si>
+    <t>قال الشوكاني: تحريم تشبه النساء بالرجال والرجال بالنساء؛ لأن اللعن لا يكون إلا على فعل محرم.
+قال ابن عثيمين: ما كان مشتركًا بينهما مثل بعض الفنائل التي يلبسها الرجل والنساء فإنه لا بأس به، أي لا بأس أن يلبسَه الرجال والنساء؛ لأنه مشترك.</t>
+  </si>
+  <si>
+    <t>Al-Shawkani sa: "Det är förbjudet att kvinnor liknar män och män liknar kvinnor i klädsel, eftersom förbannelse inte uttalas över annat än en förbjuden handling."
+Ibn ʿUthaymin förklarade: "Det som är gemensamt för båda könen, som vissa tröjor som både män och kvinnor använder, är tillåtet för båda, eftersom det inte är könsspecifikt."</t>
+  </si>
+  <si>
+    <t>رواه النسائي في الكبرى وابن ماجه بمعناه وأحمد</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/8905</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ förbjöd från Qaza' (att raka delar av håret och lämna delar)</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med honom) sa: "Allahs sändebud ﷺ förbjöd från Qaza' (att raka delar av håret och lämna delar)."</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd från att vissa delar av huvudet rakas, och andra lämnas orakade.
 Förbudet är generellt och omfattar män, unga som vuxna. Vad gäller kvinnan så är det inte tillåtet för henne att raka huvudet.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Islam lägger vikt vid människans utseende.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8914</t>
   </si>
   <si>
-    <t>تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ</t>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>De korrekta orden har en Jinn stulit och hackat in i sin medhjälpares öra, likt en höna hackar, och sedan adderar de hundra lögner till det</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) sa: "Vissa personer frågade Allahs sändebud ﷺ om siare, så han sa till dem: 'De är värdelösa.' De sa: 'Allahs sändebud! Ibland berättar de om något, och så visar det sig att det stämmer.' Allahs sändebud ﷺ sa: "De korrekta orden har en Jinn stulit och hackat in i sin medhjälpares öra, likt en höna hackar, och sedan adderar de hundra lögner till det."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
     <t>Profeten ﷺ frågades om de som informerar om det fördolda och spår framtiden. Han sa: 'Lägg inte någon vikt vid dem, och tro inte på vad de säger'.
 De sa att det siarna säger ibland sker i verkligheten, som när de berättar om att något dolt ska ske under den och den månaden, på den och den dagen, och att det faktiskt inträffar så som de har sagt.
 Profeten ﷺ sa att Jinnen stjäl information, som de har tjuvlyssnat på från himlen, och sedan delar de med sig av denna information till sina medhjälpare bland siarna, därefter lägger siaren till hundra lögner till den information han har delgetts.</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>Det är förbjudet att tro på siare, då det de säger är lögn och påhitt, även om det vid vissa tillfällen kan stämma.
 Himlen skyddades från djävlar när profeten ﷺ Muhammed blev profet. De kunde inte lyssna på uppenbarelsen eller annat, förutom de som tjuvlyssnade och lyckades undkomma stjärnskott.
 Jinner har allierade medhjälpare bland människor.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8918</t>
   </si>
   <si>
-    <t>كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ</t>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>Vi var hos 'Umar som sa: 'Vi har blivit förbjudna att gå till överdrift</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) sa: "Vi var hos 'Umar som sa: 'Vi har blivit förbjudna att gå till överdrift."</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>'Umar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ förbjöd dem från att utsätta sig själva för svårigheter i tal eller i handling, utan att det finns någon anledning till det.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Förbjuden överdrift inkluderar att ställa för många frågor, att fråga om något som man inte lär sig något av, eller att vara strikt i en fråga som Allah har underlättat och låtit vara flexibel.
 En muslim ska öva på att visa tolerans och att inte gå till överdrift varken i tal eller handling; i sin mat, sin dryck, sitt tal, och i alla sina situationer.
 Islam är en religion som förespråkar lättnad.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8945</t>
   </si>
   <si>
-    <t>لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ</t>
+    <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
   </si>
   <si>
     <t>Änglarna träder inte in i ett hus där det finns en hund eller en bild (av något levande, med själ)</t>
   </si>
   <si>
     <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
   </si>
   <si>
     <t>Abu Talhah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Änglarna träder inte in i ett hus där det finns en hund eller en bild (av något levande, med själ)."</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
 وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
 وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
 ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
   </si>
   <si>
     <t>Profeten ﷺ informerade att änglar som för med sig nåd inte går in i ett hus där det finns en hund eller en bild av varelser med en själ. Detta beror på att bilder av varelser med en själ är en allvarlig synd som imiterar Allah skapelse och kan leda till avgudadyrkan, eftersom vissa av dessa bilder avbildar det som dyrkas förutom Allah. Anledningen till att änglarna undviker ett hus med en hund är att hundar ofta äter orenheter. Vissa hundar kallas till och med "djävlar" och änglarna står i motsats till djävlarna. Dessutom avger hundar en odör, och änglarna ogillar dåliga lukter. Eftersom det är förbjudet att ha hundar, straffas de som ändå har det genom att änglar av nåd inte går in i deras hem. Detta innebär att man går miste om änglarnas böner, att de söker förlåtelse åt en, välsignelser och skydd från skadlig inverkan av djävulen.</t>
   </si>
   <si>
     <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
 اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
 الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
 تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
 قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
   </si>
   <si>
     <t>Förbud mot att skaffa hundar om de inte används för jakt, vakta boskap eller jordbruk.
 Varning för att ha bilder av varelser med själar och hundar, eftersom detta gör att änglarna undviker platsen och barmhärtighet undanhålls.
 Det är nådens änglar som inte går in i ett hus med en hund eller bild, medan andra änglar med särskilda uppdrag, som dödsängeln eller de som bevakar människors handlingar, fortfarande går in.
 Förbud mot att hänga bilder av levande varelser på väggar eller andra platser.
 Al-Khattabi sa: "Detta förbud gäller hundar och bilder som är förbjudna att äga. Däremot påverkar inte tillåtna hundar för jakt, boskap eller jordbruk, eller bilder på föremål som används på nedvärderade saker, så som golv och kuddar, änglarnas inträde i huset."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8950</t>
   </si>
   <si>
-    <t>لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ</t>
+    <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
     <t>Änglar närvarar inte med ett sällskap där det finns en hund eller en bjällra</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Änglar närvarar inte med ett sällskap där det finns en hund eller en bjällra."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att änglarna inte närvarar med resenärer som har en hund bland sig eller har en bjällra som hängts på djuren och som ger ifrån sig läten när de rör på sig.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Det är förbjudet att ha en hund och ha dem med sig, det enda undantaget är jakt- eller vakthundar.
 Änglarna, som inte närvarar med dem är änglarna som kommer med nåd, vad gäller de änglar som skriver ner tjänarnas handlingar så separeras de aldrig från dem oavsett om de är bosatta eller resande.
 Bjällran är förbjuden eftersom den är ett av Satans instrument, och det påminner om de kristnas kyrkklocka.
 En muslim ska hålla sig borta från allt som leder till att änglarna avlägsnar sig från honom.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8951</t>
   </si>
   <si>
-    <t>لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ</t>
+    <t>من كان له ذبح يذبحه فإذا أهل هلال ذي الحجة، فلا يأخذن من شعره، ولا من أظفاره شيئا حتى يضحي</t>
+  </si>
+  <si>
+    <t>När nymånen för Dhul-Hijjah visar sig ska den som avser att slakta ett offerdjur inte klippa något från sitt hår eller sina naglar förrän han har offrat</t>
+  </si>
+  <si>
+    <t>عَن أُمِّ سَلَمَةَ أُمِّ المُؤْمِنينَ زَوْجِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ  رضي الله عنها قَالت: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ كَانَ لَهُ ذِبْحٌ يَذْبَحُهُ فَإِذَا أُهِلَّ هِلَالُ ذِي الْحِجَّةِ، فَلَا يَأْخُذَنَّ مِنْ شَعْرِهِ، وَلَا مِنْ أَظْفَارِهِ شَيْئًا حَتَّى يُضَحِّيَ».</t>
+  </si>
+  <si>
+    <t>Umm Salamah, de troendes mor och profetens hustru (må Allah vara nöjd med henne), berättade att Allahs sändebud ﷺ sa: "När nymånen för Dhul-Hijjah visar sig ska den som avser att slakta ett offerdjur inte klippa något från sitt hår eller sina naglar förrän han har offrat."</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم مَن أراد أنْ يَذبح أضحية ألَّا يأخذَ مِن شَعَر رأسه أو إِبْطِه أو شاربه أو غيرها ولا مِن أظفار يده أو رجله شيئًا إذا ظَهَر هلالُ ذي الحجة حتى يضحِّي.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ befallde den som avser att slakta ett offerdjur (Ud'hiyah) att inte klippa något av sitt hår, vare sig från huvudet, armhålan, mustaschen eller annat, och inte heller klippa något från naglarna på händer eller fötter, efter det att nymånen för Dhul-Hijjah har uppenbarats tills dess att offret är slaktat.</t>
+  </si>
+  <si>
+    <t>مَن نَوَى أن يضحي بعد دخول العشر فيبدأ الإمساك المذكور من حين نوى حتى يضحِّي.
+إذا لم يُضَحِّ في اليوم الأول فيبقى مُمْسِكًا حتى يضحي في أيِّ يومٍ من أيام التشريق.</t>
+  </si>
+  <si>
+    <t>Den som avser att offra, och nymånen för de tio dagarna av Dhul-Hijjah har skådats, ska avhålla sig från dessa handlingar tills han slaktar.
+Om slakten inte utförs under första dagen, ska han fortsätta att avhålla sig från de tidigare nämnda handlingarna tills han offrar, på någon av Tashriq-dagarna.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/8954</t>
+  </si>
+  <si>
+    <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
   </si>
   <si>
     <t>Svär inte vid de falska gudarna, och inte heller vid era fäder</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
   </si>
   <si>
     <t>'Abdul-Rahman bin Samurah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Svär inte vid de falska gudarna, och inte heller vid era fäder."</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
 وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjuder att svära vid Tawaghit, plural av Taghiyah, vilket betyder idoler och avgudar som avgudadyrkarna brukade dyrka vid sidan av Allah. Dessa avgudar blev alltså en orsak till deras avvikelse och otro. Profeten ﷺ förbjuder också att svära vid fäder, eftersom det var en vana bland araberna innan islam, att svära vid sina fäder i stolthet och vördnad.</t>
   </si>
   <si>
     <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
 تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
 الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
   </si>
   <si>
     <t>Det är inte tillåtet att svära vid annat än Allah, hans namn och egenskaper.
 Det är förbjudet att svära vid falska gudar, föräldrar, ledare, avgudar och allt annat.
 Att svära vid något annat än Allah är en form av mindre avguderi, men kan bli större avguderi om man i sitt hjärta vördar det svurna föremålet på samma sätt som Allah, eller om man tror att det har någon form av gudomlig status.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8959</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِالْأَمَانَةِ فَلَيْسَ مِنَّا</t>
+    <t>من حلف بالأمانة فليس منا</t>
   </si>
   <si>
     <t>”Den som svär vid sin pålitlighet är inte en av oss.”</t>
   </si>
   <si>
     <t>عَنْ بُرَيْدَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ بِالْأَمَانَةِ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Buraydah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Den som svär vid sin pålitlighet är inte en av oss.”</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ مِن الحَلِف بالأمانة، وأنَّ مَن فَعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd och varnade tydligt för att svära vid Amanah – det vill säga pålitlighet, förtroende eller förpliktelse – och klargjorde att den som gör detta inte är av oss, vilket visar allvaret i denna handling.</t>
   </si>
   <si>
     <t>تَحريم الحَلِف بغير الله تعالى، ومنه: الحلف بالأمانة، وأنه من الشرك الأصغر.
 الأمانة تَشمل الطاعة والعبادة والوديعة والنقد والأمان.
 اليمين لا تنعقد إلا بالله تعالى أو باسم من أسمائه أو بصفة من صفاته.
 قال الخطابي: هذا يشبه أن تكون الكراهة فيه من أجل أنه أَمَرَ أَن يحلف بالله وبصفاته، وليست الأمانة من صفاته، وإنما هي أَمْرٌ من أَمْرِه، وفَرْض من فروضه، فنُهوا عنه لما في ذلك من التسوية بينها وبين أسماء الله عز وجل وصفاته.</t>
   </si>
   <si>
     <t>Det är förbjudet att svära vid något annat än Allah – som exempelvis sin pålitlighet – och detta räknas som en mindre form av avguderi.
 Amanah innefattar lydnad, dyrkan, förtroende, pengar som anförtrotts någon, och ansvar.
 En ed är endast giltig om den svärs vid Allah, eller vid hans namn eller attribut.
 Al-Khattabi sa: "Anledningen till att detta är förbjudet är att Allah befallt oss att endast svära vid honom och hans attribut. Amanah är inte ett av hans namn eller attribut, utan snarare något som han befallt med och något som är obligatoriskt. Därför är det förbjudet att svära vid den, eftersom det skulle innebära att man likställer den med Allahs namn och egenskaper.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8964</t>
   </si>
   <si>
-    <t>يَا مَعْشَرَ النِّسَاءِ، تَصَدَّقْنَ، فَإِنِّي أُرِيتُكُنَّ أَكْثَرَ أَهْلِ النَّارِ» فَقُلْنَ: وَبِمَ يَا رَسُولَ اللَّهِ؟ قَالَ: «تُكْثِرْنَ اللَّعْنَ، وَتَكْفُرْنَ العَشِيرَ، مَا رَأَيْتُ مِنْ نَاقِصَاتِ عَقْلٍ وَدِينٍ أَذْهَبَ لِلُبِّ الرَّجُلِ الحَازِمِ مِنْ إِحْدَاكُنَّ</t>
+    <t>يا معشر النساء، تصدقن، فإني أريتكن أكثر أهل النار فقلن: وبم يا رسول الله؟ قال: تكثرن اللعن، وتكفرن العشير، ما رأيت من ناقصات عقل ودين أذهب للب الرجل الحازم من إحداكن</t>
   </si>
   <si>
     <t>Kvinnor, ge allmosor! För jag har sett att ni utgör majoriteten av invånarna i elden." De frågade: "Allahs sändebud, varför är det så?" Han svarade: "Ni förbannar ofta och är otacksamma mot era män. Jag har inte sett någon med brister i förstånd och religiositet som kan påverka en förnuftig, beslutsam man så starkt som en av er</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: خَرَجَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي أَضْحَى أَوْ فِطْرٍ إِلَى المُصَلَّى، فَمَرَّ عَلَى النِّسَاءِ، فَقَالَ: «يَا مَعْشَرَ النِّسَاءِ، تَصَدَّقْنَ، فَإِنِّي أُرِيتُكُنَّ أَكْثَرَ أَهْلِ النَّارِ» فَقُلْنَ: وَبِمَ يَا رَسُولَ اللَّهِ؟ قَالَ: «تُكْثِرْنَ اللَّعْنَ، وَتَكْفُرْنَ العَشِيرَ، مَا رَأَيْتُ مِنْ نَاقِصَاتِ عَقْلٍ وَدِينٍ أَذْهَبَ لِلُبِّ الرَّجُلِ الحَازِمِ مِنْ إِحْدَاكُنَّ»، قُلْنَ: وَمَا نُقْصَانُ دِينِنَا وَعَقْلِنَا يَا رَسُولَ اللَّهِ؟ قَالَ: «أَلَيْسَ شَهَادَةُ المَرْأَةِ مِثْلَ نِصْفِ شَهَادَةِ الرَّجُلِ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ عَقْلِهَا، أَلَيْسَ إِذَا حَاضَتْ لَمْ تُصَلِّ وَلَمْ تَصُمْ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ دِينِهَا».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ gick ut till böneplatsen på 'Id al-Adha eller 'Id al-Fitr. På vägen passerade han kvinnor och sa: "Kvinnor, ge allmosor! För jag har sett att ni utgör majoriteten av invånarna i elden." De frågade: "Allahs sändebud, varför är det så?" Han svarade: "Ni förbannar ofta och är otacksamma mot era män. Jag har inte sett någon med brister i förstånd och religiositet som kan påverka en förnuftig, beslutsam man så starkt som en av er." De frågade: "Allahs sändebud, vad innebär våra brister i förstånd och religiositet?" Han sa: "Är inte kvinnans vittnesmål hälften av mannens?" De sa: "Jo." Han sa: "Det är för att hennes förstånd är bristfälligt. Och när hon har menstruation, ber och fastar hon inte, eller hur?" De sa: "Jo." Han sa: "Det är bristen i hennes religiositet."</t>
   </si>
   <si>
     <t>خَرَجَ النبيُّ صلى الله عليه وسلم في يومِ عيدٍ إلى المصلى، وكان قد وَعَدَ النساءَ بأن يُفْرِدَهُن بالموعظة، فأنجزه ذلك اليوم، وقال: 
 يا جماعةَ النساء تَصدقن، وأكثِرْن الاستغفار؛ فهما من أعظم أسباب حط الخطايا، فإني رأيتكن ليلة الإسراء أكثرَ أهل النار.
 فقالت امرأة منهن ذات عقل ورأي ووقَار: وما لنا يا رسول الله أكثر أهل النار؟ 
 قال: لأمور: تُكثرن اللعن والسَّبّ، وتَجْحَدْنَ حقَّ الزوج. 
 ثم وَصَفهن بقوله صلى الله عليه وسلم: ما رأيت مِن ناقصات عقل ودين أَغْلَبَ لذي لُبٍّ وعقل وحزم وضبط لأمره منكن. 
 قالت: يا رسول الله، وما نقصان العقل والدين؟ 
 قال: أما نقصان العقل فشهادة امرأتين تَعدل شهادة رجل واحد؛ فهذا نقصان العقل، ونقصان الدين هو نقصان العمل الصالح حيث تَمكُثُ ليالي وأيامًا لا تصلي بسبب الحيض، وتفطر أيامًا من رمضان بسبب الحيض، فهذا نقصان الدين، إلا أنهن لا يُلَمْنَ على ذلك ولا يؤاخَذْن عليه؛ لأنه من أصل الخِلْقَة، كما أن الإنسان فُطِرَ وخُلِقَ يُحِبُّ المال وعجول في أموره وجهول… وغير ذلك، لكن نَبَّه على ذلك تحذيرًا من الافتتان بهن.</t>
   </si>
   <si>
     <t>Profeten ﷺ gick på 'Id-dagen ut till böneplatsen. Han hade tidigare lovat kvinnorna att hålla en särskild påminnelse för dem, vilket han nu fullföljde, och sa: "Kvinnor, ge allmosor och be ofta om förlåtelse, då det är bland de största orsakerna till att synder förlåts." Han berättade att han under Isra’-natten såg att majoriteten av helvetets invånare var kvinnor.
 Då frågade en förnufti, klok och värdig kvinna varför det är så.
 Profeten ﷺ förklarade att det är på grund av att de ofta förbannar och är otacksamma mot sina män och lever inte upp till deras rättigheter. Sedan nämnde han ﷺ att de trots sina brister i förstånd och religiositet har förmåga att påverka förnuftiga och beslutsamma män på ett kraftfullt sätt.
 Då frågade de vad som menas med dessa brister i förstånd och religiositet.
 Han svarade att gällande förnuftet så motsvarar kvinnans vittnesmål hälften av mannens, vilket visar brist i omdömet. Och att hon inte ber eller fastar under menstruationen, vilket räknas som brist i religiositet, även om hon inte är klandrad för det, eftersom det är en del av hennes natur. Så kan det vara med andra människor också som att de av sin natur tycker om pengar, beter sig förhastat eller okunnigt osv. Det nämns som en sak att vara uppmärksam på, inte som något fel att skuldbelägga.</t>
@@ -14974,313 +15816,313 @@
 فيه مُراجعة المُتعلم العالم والتَّابع المَتْبُوع فيما قاله إذا لم يظهر له معناه.
 فيه أن شهادة المرأة على نِصف شهادة الرَّجل وذلك لقِلَّة ضبطِها.
 قال ابن حجر في قوله: "ما رأيت من ناقصات... إلخ" ويظهر لي أن ذلك من جملة أسباب كونهن أكثر أهل النار؛ لأنهن إذا كُنّ سببًا لإذهاب عقل الرجل الحازم حتى يفعل أو يقول ما لا ينبغي فقد شَارَكْنَه في الإثم وزِدْن عليه.
 تحريم الصلاة والصوم على المرأة في زمن حيضها، ومثلها النفساء، ثم تقضيان الصيام فقط حال طهرهما.
 حسن خُلق النبي صلى الله عليه وسلم فقد أجَاب النِّساء عن أسئلتِهن من غير تَعْنِيف ولا لَوْم.
 قال ابن حجر: أن الصدقة تدفع العذاب، وأنها قد تكفر الذنوب التي بين المخلوقين.
 قال النووي: نقصان الدين عند النساء بسبب تركهن الصلاة والصوم في زمن الحيض؛ فإن من كثرت عبادته زاد إيمانه ودينه، ومن نقصت عبادته نقص دينه، ثم نقص الدين قد يكون على وجه يأثم به كمن ترك الصلاة أو الصوم أو غيرهما من العبادات الواجبة عليه بلا عذر، وقد يكون على وجه لا إثم فيه كمن ترك الجمعة أو الغزو أو غير ذلك مما لا يجب عليه بلا عذر، وقد يكون على وجه هو مُكَلَّف به كترك الحائض الصلاة والصوم.</t>
   </si>
   <si>
     <t>Det är rekommenderat att kvinnor går ut till 'Id-bönen och får en särskild påminnelse.
 Att ofta förbanna och vara otacksam mot sin make är stora synder, eftersom de har varnats om att det leder till helvetet, vilket visar att de räknas som en stor synd.
 Hadithen visar att tro och religiositet kan öka och minska beroende på ens handlingar, så den som utför mer dyrkan kommer att stärka sin tro och religiositet, och vice versa.
 Al-Nawawi sa: "En person kan vara mer eller mindre förnuftig, på samma sätt som tron kan stiga eller sjunka. När det i Hadithen nämns att kvinnan har brister, är inte syftet att klandra henne för det, eftersom det är så hon är skapad. Det handlar snarare om att varna för att riskera att hamna i prövning genom dessa egenskaper. Därför kopplade profeten ﷺ bestraffningen till otacksamhet och andra konkreta handlingar, inte till bristerna i sig. Och den ‘brist i religiositet’ som nämns handlar inte enbart om sådant som leder till synd, utan är bredare än så.
 Det är uppmanat att fråga lärda om det man inte förstår är tillåtet, som kvinnorna gjorde här.
 Kvinnans vittnesmål är enligt religionen hälften av mannens, på grund av att hon kan ha svårare för dem att minnas exakt, vilket är relaterat till vissa egenskaper specifika för kvinnans natur.
 Ibn Hajr sa: "Profetens ﷺ uttalande om att kvinnor påverkar män starkt är en av orsakerna till att de är många i helvetet, eftersom om hon leder honom till fel, delar hon hans synd och kanske mer."
 Kvinnans bön och fasta är inte giltiga under menstruation och avslag efter förlossning, och hon behöver endast ta igen fastan och inte bönen.
 Profetens ﷺ goda uppförande visar sig i att han besvarade kvinnornas frågor utan att vara sträng eller klandrande.
 Ibn Hajr nämner att välgörenhet avvärjer straff och kan sona synder som sker mellan människor.
 Al-Nawawi sa: ”Kvinnans nedgång i religiositet beror på att hon lämnar bönen och fastan under menstruationen. För den vars dyrkan ökar, så ökar också tron och religiositeten, och för den vars dyrkan minskar, minskar också hans religiositet. Minskning i religiositet kan ske på olika sätt: det kan vara på grund av synder, som när någon utan ursäkt försummar bön, fasta eller andra obligatoriska handlingar; det kan också ske utan att man syndar, som att avstå från fredagsbön eller strid när man inte är skyldig till det; och det kan vara något man är ålagd, som att den menstruerande kvinnan ska lämna bön och fasta under sin cykel.”</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10011</t>
   </si>
   <si>
-    <t>كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا</t>
+    <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>Vi brukade inte betrakta det grumliga och det gulaktiga som kommer efter menstruationens avslut vara något</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Umm Atiyyah (må Allah vara nöjd med henne), som var bland dem som hade gett profeten ﷺ trohetseden, sa: "Vi brukade inte betrakta det grumliga och det gulaktiga som kommer efter menstruationens avslut vara något."</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Följeslagaren Umm 'Atiyyah (må Allah vara nöjd med henne) berättade att kvinnorna under profetens tid inte brukade betrakta den mörka eller gulaktiga vaginala flytningen efter menstruationens avslut som något. Därför lämnade de varken bönen eller fastan när de såg det.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Den vaginala flytningen som kvinnan kan få efter hon blivit ren från menstruationen är inget hon ska bry sig om, även om den är missfärgad på grund av menstruationsblodet.
 Om hon får missfärgade flytningar under menstruationens dagar är de en del av menstruationen eftersom de kommer i samband med blodet, vara att det blandats med en flytning.
 Kvinnan ska inte lämna bönen eller fastan på grund av de missfärgade flytningarna efter att hon har blivit ren från menstruationen, snarare ska hon tvaga sig och be.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud med denna formulering, och återberättad av al-Bukhari utan tillägget "efter renhet"]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10014</t>
   </si>
   <si>
-    <t>امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي</t>
+    <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>Gör ingenting under en period som motsvarar din månadscykel, och bada därefter.'</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>'A'ishah de troendes moder (må Allah vara nöjd med henne) sa: "Umm Habibah bint Jahsh, som var gift med 'Abdur-Rahman bin 'Awf, berättade för Allahs sändebud ﷺ om sina besvär med blodet, så sa han till henne: "Gör ingenting under en period som motsvarar din månadscykel, och bada därefter.' Hon brukade följaktligen göra Ghusl inför varje bön."</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>En av profetens ﷺ kvinnliga följeslagare berättade om hur hon led av ett konstant blodflöde. Han sa åt henne att avstå från bönen under en period som motsvarar hennes månadscykel innan detta drabbade henne, därefter ska hon bada och be. Följaktligen valde hon frivilligt att bada inför varje bön.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
 المستحاضة لا يجب عليها الغسل لكل صلاة؛ لأنَّ اغتسالَها رضي الله عنها كان باجتهاد منها، ولو كان واجبًا لَبَيَّنَه لها رسولُ الله صلى الله عليه وسلم.
 المستحاضة يلزمها أن تتوضأ لكل صلاة؛ لأن حَدَثَها دائم لا ينقطع، ومثلُها كلُّ مَن حَدَثه دائم كالذي به سَلَسُ بول، أو خروج ريح مستمر.
 سؤال أهل العلم عمّا يُشكل في أمور الدين، حيث إنّ هذه المرأة شَكَت إلى النبي صلى الله عليه وسلم، وسألته عن كثرة الدم الذي يصيبها.</t>
   </si>
   <si>
     <t>Mellanblödningar är de blödningar som kvinnan kan ha bortsett från sin vanliga månadscykel.
 Kvinnan som har konstanta blödningar ska anse sig själv vara menstruerande under en period av dagar som hon vanligtvis brukade ha menstruation under, innan hon drabbades av de konstanta blödningarna.
 När denna period är över, ska hon anse sig själv vara ren från menstruationen, även om blodet inte har upphört, varpå hon ska bada från menstruationen.
 Kvinnan som har mellanblödningar måste inte göra Ghusl inför varje bön, eftersom Umm Habibahs handling var en slutsats hon själv kom fram till, och om det hade varit obligatoriskt hade Allahs sändebud ﷺ tydliggjort detta.
 Den som har mellanblödningar ska tvaga sig inför varje bön, då detta är ett tillstånd som inte upphör. Detta är även fallet för den som exempelvis lider av urininkontinens eller konstanta gasbesvär.
 De lärda ska frågas om det en person kan uppleva vara problematiskt i religionen, likt denna kvinna som klagade om sitt tillstånd till profeten ﷺ och hur hon led av konstanta blödningar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10015</t>
   </si>
   <si>
-    <t>الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ</t>
+    <t>الغسل يوم الجمعة واجب على كل محتلم، وأن يستن، وأن يمس طيبا إن وجد</t>
   </si>
   <si>
     <t>Att bada på fredagen är en plikt för varje könsmogen, även att borsta tänderna och använda parfym om han kan</t>
   </si>
   <si>
     <t>عَنْ عَمْرِو بْنُ سُلَيْمٍ الأَنْصَارِيُّ قَالَ: أَشْهَدُ عَلَى أَبِي سَعِيدٍ قَالَ: أَشْهَدُ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ».</t>
   </si>
   <si>
     <t>'Amr bin Sulaym al-Ansari (må Allah vara nöjd med honom) berättade att Abu Sa'id berättade att Allahs sändebud ﷺ sa: "Att bada på fredagen är en plikt för varje könsmogen, även att borsta tänderna och använda parfym om han kan."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الغُسل يوم الجمعة مُتأكِّد كالواجب في حقِّ كلِّ ذَكَرٍ بالِغ من المسلمين ممّن وَجبت عليه الجمعة، 
 وأن ينظِّف أسنانَه بالسواك ونحوه، 
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att göra Ghusl på fredagen är en viktig plikt för varje könsmogna manlig muslim som måste närvara på fredagsbönen. Han ska även borsta tänderna med en Siwak eller liknande, samt använda valfri parfym.</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
     <t>Det är särskilt uppmanat för varje manlig könsmogen muslim att göra Ghusl på fredagen.
 Att vara hygienisk och avlägsna odörer är något som varje muslim bör göra ur ett religiöst perspektiv.
 Fredagen ska högaktas och förberedas för.
 Det är särskilt uppmanat att borsta tänderna på fredagar.
 Det är rekommenderat att parfymera sig med valfri god parfym innan man går till fredagsbönen.
 Om kvinnan går ut för att be eller för andra orsaker är det inte tillåtet för henne att parfymera sig, då Sunnahn tyder på att detta är en förbjuden handling.
 En person blir könsmogen genom tre tecken som gäller både män och kvinnor, vilka är: att bli femton år gammal, att få distinkt könshår eller utlösning oavsett om det är genom en våt dröm eller genom lust. Det fjärde tecknet är specifikt för kvinnor vilket är menstruation, om en flicka får menstruation blir hon könsmogen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10036</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
   </si>
   <si>
     <t>När profeten ﷺ lämnade toaletten, brukade han säga: 'Ghufranak' (Jag ber om din förlåtelse)</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
   </si>
   <si>
     <t>'A'ishah, de troendes moder (må Allah vara nöjd med henne), berättade: "När profeten ﷺ lämnade toaletten, brukade han säga: 'Ghufranak' (Jag ber om din förlåtelse)."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade, efter att ha uträttat sina behov, vända sig till Allah och säga "Ghufranak", för att söka förlåtelse.</t>
   </si>
   <si>
     <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
 استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
 قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
   </si>
   <si>
     <t>Det är rekommenderat att säga "Ghufranak" efter att ha lämnat platsen där man uträttat sina behov.
 Profeten ﷺ sökte ständigt Allahs förlåtelse i alla situationer.
 En anledning till varför det är föreskrivet att be om förlåtelse här kan vara för att erkänna ens bristfällighet i att tacka Allah för hans många välsignelser, inklusive möjligheten att enkelt befria kroppen från sådant som skadar. Föreskriften kan också bero på att man varit upptagen med andra saker (som kroppens behov) och inte fullt ut ihågkommit Allah den stunden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10046</t>
   </si>
   <si>
-    <t>مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ</t>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Ingen vittnar om att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud, uppriktigt från sitt hjärta förutom att Allah skonar honom från elden</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) sa: "Profeten ﷺ satt på ett riddjur med Mu'adh bakom sig och sa: 'Mu'adh bin Jabal!'. Han svarade: 'Allahs sändebud! Jag står till din tjänst med glädje.' Han ﷺ sa: 'Mu'adh!' Han svarade: 'Allahs sändebud! Jag står till din tjänst med glädje.' Detta upprepades tre gånger. Sedan sa han ﷺ: 'Ingen vittnar om att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud, uppriktigt från sitt hjärta förutom att Allah skonar honom från elden.' Han sa: 'Allahs sändebud! Ska jag inte dela med mig av detta till människorna så att de kan glädjas?' Han sa: 'Då kommer de att förlita sig på detta.' Mu'adh berättade detta innan han dog, i fruktan av att han skulle syndat om han hemlighöll denna kunskap."</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>Mu'adh bin Jabal (må Allah vara nöjd med honom) red bakom profeten ﷺ på ett riddjur. Han kallade på honom sägande: "Mu'adh!", och upprepade detta kall tre gånger för att betona det han skulle berätta för honom.
 Varje gång svarade Mu'adh (må Allah vara nöjd med honom) sägandes: "Allahs sändebud! Jag står till din tjänst med glädje", det vill säga jag besvarar ditt kall gång efter gång, och är lycklig över att jag får göra det.
 Profeten ﷺ berättade för honom att det inte finns någon som vittnar om att det inte finns någon sann gud utom Allah, det vill säga att ingen förtjänar att dyrkas förutom Allah, och att Muhammed är Allahs sändebud, uppriktigt från sitt hjärta utan att ljuga, och sedan dör på detta tillstånd förutom att Allah skyddar honom från elden.
 Mu'adh (må Allah vara nöjd med honom) frågade då profeten ﷺ om han inte borde dela med sig av detta till andra så att de kan glädjas och känna sig hoppfulla.
 Profeten ﷺ fruktade att de då skulle förlita sig på detta löfte, och därför göra färre goda handlingar.
 Därför berättade inte Mu'adh om detta förrän han låg på dödsbädden, i fruktan av att han skulle synda genom att hemlighålla kunskap.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Profetens ﷺ ödmjukhet då han red på ett riddjur med Mu'adh bakom sig.
 Profetens ﷺ undervisningssätt, han upprepade sitt kall på Mu'adh för att väcka hans intresse för det han skulle säga.
 Vittnesmålet "det finns ingen sann gud utom Allah, och Muhammed är Allahs sändebud" har villkor, bland annat att personen som yttrar det gör det med uppriktighet och övertygelse, utan att ljuga eller vara tveksam.
 Monoteister kommer inte att vara i helvetet för evigt, även om de skulle träda in i den på grund av sina synder, kommer de slutligen att komma ut ur den efter att de har renats.
 Förträffligheten av vittnesmålet (Om La ilaha illa Allah, Muhammad Rasulullah) för den som yttrar det med uppriktighet.
 Det är tillåtet att avstå från att berätta någon Hadith vid vissa tillfällen, för att undvika eventuella nackdelar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10098</t>
   </si>
   <si>
-    <t>المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ</t>
+    <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>Muslimen är han som fredar muslimerna med sin tunga och sin hand, och utvandraren är han som lämnar sådant som Allah har förbjudit</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Muslimen är han som fredar muslimerna med sin tunga och sin hand, och utvandraren är han som lämnar sådant som Allah har förbjudit."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den muslimen som praktiserar islam till fullo är han som fredar muslimerna med sin tunga, varför han inte förtalar, förbannar eller baktalar dem, eller säger något som kan skada dem på något sätt. Samt den som fredar dem med sin hand, varför han inte begår övergrepp mot dem eller tar deras egendom utan giltig anledning, och liknande. Utvandraren är den som lämnar det Allah har förbjudit.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Fulländat praktiserande av islam kan enbart uppnås genom att avstå från att skada andra ekonomiskt eller psykiskt.
 Tungan och handen nämndes i synnerhet då felen och skadan de kan orsaka är många. De flesta skadorna orsakas av dem.
 Hadithen uppmanar till att lämna synder och hålla fast vid det Allah har påbjudit.
 De bästa muslimerna är de som uppfyller Allahs rättigheter och muslimernas rättigheter.
 En person kan begå våld muntligt eller fysiskt.
 Den fulländade utvandringen är den som omfattar lämnandet av det Allah förbjudit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10101</t>
   </si>
   <si>
-    <t>يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ</t>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>Vår Herre stiger ner till den lägsta himlen varje natt då den sista tredjedelen av natten återstår</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Vår Herre stiger ner till den lägsta himlen varje natt då den sista tredjedelen av natten återstår. Han säger: 'Vem tillber mig, så att jag kan besvara honom? Vem frågar mig, så att jag kan ge honom? Vem söker min förlåtelse, så att jag kan förlåta honom?'"</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah stiger ner till den lägsta himlen under varje natt när den sista tredjedelen av natten återstår. Han uppmanar sina tjänare att tillbe honom, då han besvarar de bedjandes bön. Han uppmanar dem att fråga honom om det de önskar, då han ger den som frågar honom. Han rekommenderar dem att söka hans förlåtelse för deras synder, då han förlåter sina troende tjänare.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Förträffligheten av den sista tredjedelen av natten, och att be, säga åkallan, och söka förlåtelse under den.
 När en person hör denna Hadith bör han vara extra mån om att dra nytta av de tider då åkallan besvaras.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10412</t>
   </si>
   <si>
-    <t>لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ</t>
+    <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
     <t>En kvinnan får inte resa två dagars avstånd utan sin make eller sin Mahram</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom), som närvarade under tolv strider med profeten ﷺ, berättade att han hörde fyra saker från profeten ﷺ som han gillade. Han ﷺ sa: "En kvinnan får inte resa två dagars avstånd utan sin make eller sin Mahram, och man ska inte fasta under två dagar: Fitr-dagen och Ad'ha-dagen, och ingen bön får förrättas efter Fajr-bönen till solen gått upp, inte heller efter 'Asr-bönen till solen gått ned, och ingen resa får göras annanstans än till de tre moskéerna; den heliga moskén, al-Aqsa-moskén och denna moské."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd fyra saker:
 1. Att kvinnan ska resa två dagars avstånd utan sin make eller sin Mahram, vilket är de släktingar som hon aldrig kan gifta sig med, likt familj och släktingar som sonen, fadern, brorson, systerson, farbror, morbror och liknande.
 2. Att fasta under Eid al-Fitr eller Eid al-Ad'ha, oavsett om muslimen fastar dem för att han avlagt en ed, för att han vill fasta frivillig fasta eller för att sona.
 3. Att be en frivillig bön efter 'Asr-bönen till solen gått ned, eller efter Fajr-bönen till solen gått upp.
 4. Det är förbjudet att resa till en plats i tro om att den har någon särskilt förträfflighet eller i tro att handlingar får större belöning där, förutom till dessa tre moskéer. Alltså får man inte resa till andra specifika platser för att förrätta böner där, eftersom belöningen för det inte multipliceras förutom i dessa tre moskéer; den heliga moskén i Mecka, profetens moské i Medina, och al-Aqsa-moskén i Jerusalem.</t>
   </si>
   <si>
@@ -15291,959 +16133,959 @@
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Det är inte tillåtet för kvinnan att resa utan Mahram.
 En kvinna kan inte vara Mahram till en annan kvinna under resan, eftersom han ﷺ sa: "Med sin make eller med sin Mahram".
 En kvinna får inte bege sig ut på något som kallas resa, utan make eller Mahram. Denna Hadith var utifrån frågeställarens situation och plats.
 Kvinnans Mahram är hennes make eller dem som hon aldrig får gifta sig med, såsom fadern, sonen, farbror och mormor, eller dem hon är kopplad till genom amning, som hennes difader eller difarbror, eller de som hon är kopplad till genom giftermål, som svärfar. En Mahram ska vara muslim, könsmogen, förnuftig och pålitlig, eftersom Mahramens roll är att skydda kvinnan och se efter hennes behov.
 Islam lägger vikt vid kvinnan och hennes välmående och skydd.
 Den frivilliga bönen som utförs utan orsak är inte accepterad efter Fajr- och 'Asr-bönen. Undantaget är att ta igen missade obligatoriska böner, eller att förrätta böner som har en orsak, likt bönen som bes vid inträde till moskén och liknande.
 Det är förbjudet att be direkt efter soluppgång, snarare ska man vänta mellan 10-15 minuter innan man ber.
 'Asr-bönens tid är fram till solnedgång.
 Det är tillåtet att resa till de tre moskéerna.
 De tre moskéernas förträfflighet, och att de har en högre status än andra moskéer.
 Det är inte tillåtet att bege sig på resa för att besöka någon grav, även om det skulle vara profetens grav. Det är däremot tillåtet för den som befinner sig i Medina att besöka hans grav, eller för dem som kommit till Medina för en giltig och tillåten orsak.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10603</t>
   </si>
   <si>
-    <t>مَنْ قَالَ حِينَ يَسْمَعُ النِّدَاءَ: اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ التَّامَّةِ، وَالصَّلاَةِ القَائِمَةِ، آتِ مُحَمَّدًا الوَسِيلَةَ وَالفَضِيلَةَ، وَابْعَثْهُ مَقَامًا مَحْمُودًا الَّذِي وَعَدْتَهُ، حَلَّتْ لَهُ شَفَاعَتِي يَوْمَ القِيَامَةِ</t>
+    <t>من قال حين يسمع النداء: اللهم رب هذه الدعوة التامة، والصلاة القائمة، آت محمدا الوسيلة والفضيلة، وابعثه مقاما محمودا الذي وعدته، حلت له شفاعتي يوم القيامة</t>
   </si>
   <si>
     <t>”Den som, när han hör kallelsen till bönen, säger: ‘Allah! Herre över denna fulländade kallelse och den bestående bönen, ge Muhammed den högsta graden i paradiset och den särskilda förtjänsten, och uppväck honom till den prisade ställningen du har lovat honom’, så blir min förbön garanterad för honom på uppståndelsens dag.”</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ النِّدَاءَ: اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ التَّامَّةِ، وَالصَّلاَةِ القَائِمَةِ، آتِ مُحَمَّدًا الوَسِيلَةَ وَالفَضِيلَةَ، وَابْعَثْهُ مَقَامًا مَحْمُودًا الَّذِي وَعَدْتَهُ، حَلَّتْ لَهُ شَفَاعَتِي يَوْمَ القِيَامَةِ».</t>
   </si>
   <si>
     <t>Jabir ibn 'Abdullah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Den som, när han hör kallelsen till bönen, säger: ‘Allah! Herre över denna fulländade kallelse och den bestående bönen, ge Muhammed den högsta graden i paradiset och den särskilda förtjänsten, och uppväck honom till den prisade ställningen du har lovat honom’, så blir min förbön garanterad för honom på uppståndelsens dag.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال حين يسمع المؤذِّنَ بعد أنْ ينتهي منه: 
 (اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ)، وهي ألفاظ الأذان التي يُدْعَى بها إلى عبادة الله والصلاة، (التَّامَّةِ) الكاملة، دعوة التوحيد والرسالة، (وَالصَّلاَةِ القَائِمَةِ) الدائمة التي ستقام، (آتِ) وأَعْطِ، (مُحَمَّدًا الوَسِيلَةَ) والمَنْزِلة العَلِيّة في الجنة التي لا تنبغي إلا له صلى الله عليه وسلم، (وَالفَضِيلَةَ) المَرْتَبةَ الزائدةَ على مراتب الخلائق، (وَابْعَثْهُ) وأَعْطِه (مَقَامًا مَحْمُودًا) يُحْمَد القائم فيه؛ وهو الشفاعة العظمى يوم القيامة، (الَّذِي وَعَدْتَهُ) بقولك: {عسى أن يبعثك ربك مقامًا محمودًا} بأن تكون له صلى الله عليه وسلم. 
 فمن دعا هذا الدعاء استحقَّ  ووَجَبتْ له شفاعةُ النبي صلى الله عليه وسلم يوم القيامة.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargör vad den som säger denna åkallan efter att ha hört hela böneutropet ska säga:
 "Allah! Herre över denna fulländade kallelse" – d.v.s. orden i böneutropet som kallar till att dyrka Allah och till bönen är fulländade eftersom de kallar till att endast dyrka Allah och följa hans sändebud ﷺ. "Den bestående bönen" – den ständigt återkommande handlingen som nu ska utföras. "Ge Muhammed ﷺ den högsta platsen i paradiset," som endast en tjänare kommer att få. "Och al-Fadilah den högsta ställningen" över alla andra skapade. "Uppväck honom till den prisade ställningen", det vill säga den stora förbönen (al-Shafa'ah al-'Udhma) på domedagen. "Som du lovade honom" i Surah al-Isra': ”Kanske kommer din Herre att uppväcka dig till en prisad ställning” [17:79].
 Den som säger denna åkallan förtjänar och garanteras profetens ﷺ förbön på domedagen.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بعد الفراغ من التَّرْدِيْد خَلْفَ المؤذِّن، ومَن لم يَسمع النِّداء؛ فإنه لا يقوله.
 فضيلة الرسول صلى الله عليه وسلم حيث أُعطي الوَسِيلة والفَضِيلة والمقام المحمود والشفاعة العظمى في الفَصْلِ بين الخلائق.
 إثبات الشَّفاعة للرسول صلى الله عليه وسلم؛ لقوله: "حلَّت له شفاعتي يوم القيامة".
 شفاعته صلى الله عليه وسلم تكون لأهل الكبائر مِن أمته في عدم دخول النار أو مَن دَخَلَها أن يخرج منها، أو في دخول الجنة بغير حساب، أو رفع درجات من دخلها.
 قال الطيبي: من أوله إلى قوله "محمدًا رسول الله" هي الدعوة التامة، والحَيْعَلَة هي الصلاة القائمة في قوله يُقيمون الصلاة، ويحتمل أن يكون المراد بالصلاة الدعاء وبالقائمة الدائمة مِن قام على الشيء إذا داوم عليه، وعلى هذا فقوله "والصلاة القائمة" بيان للدعوة التامة، ويحتمل أن يكون المراد بالصلاة المعهودة المدعو إليها حينئذ وهو أظهر.
 قال المهلب: في الحديث الحض على الدعاء في أوقات الصلوات؛ لأنه حال رجاء الإجابة.</t>
   </si>
   <si>
     <t>Det är föreskrivet att säga denna åkallan direkt efter att man upprepat böneutropets fraser. Detta gäller endast den som hör böneutropet.
 Profetens höga rang bekräftas genom att han får högsta platsen i paradiset, den högsta ställningen, och den prisade ställningen samt den största förbönen.
 Bevis för att profeten ﷺ kommer att få tillåtelse att utföra förbönen på domedagen, som han har blivit lovad.
 Denna förbön gäller särskilt för personer från hans samfund som begått stora synder, antingen att de räddas från att hamna i elden, eller att de tas ut därifrån, eller att de får träda in i paradiset utan räkenskap, eller att deras grader höjs.
 Al-Tibit sa: "Från början av böneutropet till ”Muhammadun rasulullah” är den fulländade kallelsen. "Ḥayya 'ala" (Skynda till) syftar på den bestående bönen. Det kan även tolkas som att al-Salah betyder åkallan här, och al-Qa'imah som ihållande, och då blir "Wal-Salah al-Qa'imah" en förklaring till den fulländande kallelsen. Men det mest uppenbara är att det syftar på den specifika bönen som just ska utföras."
 Al-Muhallab sa: "Hadithen uppmanar till att säga åkallan i samband med bönerna, då det är en tid då hoppet om att bli bönhörd är som störst."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10635</t>
   </si>
   <si>
-    <t>لاَ يُصَلِّي أَحَدُكُمْ فِي الثَّوْبِ الوَاحِدِ لَيْسَ عَلَى عَاتِقَيْهِ شَيْءٌ</t>
+    <t>لا يصلي أحدكم في الثوب الواحد ليس على عاتقيه شيء</t>
   </si>
   <si>
     <t>”Ingen av er ska be i ett enda plagg utan att ha något över sina axlar.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ يُصَلِّي أَحَدُكُمْ فِي الثَّوْبِ الوَاحِدِ لَيْسَ عَلَى عَاتِقَيْهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: ”Ingen av er ska be i ett enda plagg utan att ha något över sina axlar.”</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن صلّى في ثوب واحد عن أنْ يُجَرِّدَ عاتقيه ما بين الكتف والعنق بحيث لا يضع عليهما شيئًا يسترهما؛ لأن العاتقين وإن لم يكونا عورة، فإن سترهما أمكن في ستر العورة، وهو أقرب إلى إجلال الله تعالى وتعظيمه أثناء الوقوف بين يديه في الصلاة.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd att man i bönen bär ett enda plagg på ett sätt där båda axlarna lämnas bara, vilket är området mellan nacke och skuldra. Även om axlarna inte räknas som 'Awrah (det som måste täckas), så är det bättre att täcka dem, eftersom det bidrar till ökad vördnad inför Allah under bönen.</t>
   </si>
   <si>
     <t>جواز الصلاة في الثوب الواحد إذا ستر ما يجب ستره.
 جواز الصلاة في ثوبين، أحدهما يستر أعلى الجسم، والآخر يستر أسفله.
 استحباب كون المُصلِّي على هيئة حسنة.
 وجوب سَتر العَاتِقَين أو أحدهما في الصلاة، إذا أمْكَنه ذلك، وقيل النهي للتنزيه.
 قِلّة ما في أيدي الصحابة رضي الله عنهم من المال، حتى إن بعضهم لا يملك ثَوبين.
 قال النووي في معنى الحديث: حكمته أنه إذا ائتزر به ولم يكن على عاتقه منه شيء لم يؤمن أن تنكشف عورته، بخلاف ما إذا جعل بعضه على عاتقه، ولأنه قد يحتاج إلى إمساكه بيده أو يديه فيشغل بذلك، وتفوته سنة وضع اليد اليمنى على اليسرى تحت صدره، ورفعهما حيث شرع الرفع، وغير ذلك، لأن فيه ترك ستر أعلى البدن وموضع الزينة، وقد قال الله تعالى: { خُذُوا ‌زِينَتَكُمْ عِنْدَ كُلِّ مَسْجِدٍ } [الأعراف: 31].</t>
   </si>
   <si>
     <t>Det är tillåtet att be i ett enda plagg, så länge det täcker det som är obligatoriskt att täcka.
 Det är också tillåtet att be i två plagg, ett som täcker överkroppen och ett som täcker underkroppen.
 Det är rekommenderat att den som ber har ett vårdat och respektfullt yttre.
 Det är obligatoriskt att täcka båda axlarna eller åtminstone en av dem under bönen vid möjlighet. Andra lärda menar dock att det är en rekommenderad handling och inte obligatorisk.
 Hadithen visar hur lite pengar vissa av profetens ﷺ följeslagare hade, då vissa inte ens ägde två plagg.
 Al-Nawawi sa: "Visdomen med detta förbud är att om man knyter plagget kring midjan, som ett höftskynke, utan att lägga något över axlarna, finns risken att man råkar blotta det som måste täckas. Och om man måste hålla fast plagget med händerna blir man upptagen med det, vilket stör bönen och hindrar rekommenderade handlingar såsom att lägga högra handen över den vänstra, höja händerna vid rätt tillfällen, och att täcka övre delen av kroppen, som är platsen för prydnad. Allah säger: 
 'Ta på er er prydnad vid varje bön' [7:31]."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10639</t>
   </si>
   <si>
-    <t>لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا</t>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Sitt inte på gravar, och be inte mot dem</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Abu Marthad al-Ghanawi (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Sitt inte på gravar, och be inte mot dem."</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd att sitta på gravar.
 Han förbjöd även att böner riktas mot dem, genom att graven befinner sig i den bedjandes böneriktning, eftersom detta kan leda till avgudadyrkan.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>Det är förbjudet att förrätta böner på, mellan eller mot gravplatser, frånsett begravningsbönen som det tydliggjorts i Sunnahn.
 Det är förbjudet att be mot gravar för att det kan eventuellt leda till avgudadyrkan.
 Islam förespråkar ett balanserat förhållningssätt till gravar och förbjuder att de nedvärderas, varken i över- eller underdrift.
 En muslim får inte kränkas, även efter hans död. Profeten ﷺ sa: "Att bryta den avlidnes ben är som att bryta dem när han levde."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10647</t>
   </si>
   <si>
-    <t>أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا</t>
+    <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
   </si>
   <si>
     <t>'När en rättfärdig tjänare – eller en rättfärdig man – dör bland detta folk, bygger de en böneplats över hans grav</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
   </si>
   <si>
     <t>'A'ishah de troendes moder (må Allah vara nöjd med henne) sa: "Umm Salamah berättade för Allahs sändebud ﷺ om bilderna som hon hade sett i en kyrka som hette Maria i Abessinien. Allahs sändebud ﷺ sa: 'När en rättfärdig tjänare – eller en rättfärdig man – dör bland detta folk, bygger de en böneplats över hans grav, och gör dessa bilder i den. De är den värsta skapelsen hos Allah.'"</t>
   </si>
   <si>
     <t>ذَكَرَتْ أُمُّ المؤمنين أُمُّ سَلَمَة رضي الله عنها للنبيِّ صلى الله عليه وسلم أنها لمَّا كانت بأرض الحَبَشة رأتْ كَنِيسة -يُقال لها مَارِيَة- فيها صورٌ وزَخارِفُ وتصاويرُ؛ تَعَجُّبًّا من ذلك! 
 فبَيَّنَ النبيُّ صلى الله عليه وسلم أسباب وضع هذه الصور؛ 
 فقال: إن هؤلاء الذين تذكرين كانوا إذا مات فيهم الرجلُ الصالحُ بَنَوا على قبره مَسجدًا يُصَلُّون فيه، وصَوَّرُوا تلك الصور، 
 وبَيَّنَ أنَّ فاعلَ ذلك شَرُّ الخلقِ عند الله تعالى؛ لأنَّ فِعلَه يؤدِّي إلى الشرك بالله تعالى.</t>
   </si>
   <si>
     <t>De troendes moder Umm Salamah (må Allah vara nöjd med henne) berättade för profeten ﷺ om kyrkan hon såg när hon befann sig i Abessinien. Den innehöll målningar, försköning, och bilder som hon fann vara uppseendeväckande. Profeten ﷺ tydliggjorde anledningen till varför de hade placerat dessa bilder. Han sa: "Dessa folk som du nämner, när en rättfärdig person bland dem dör bygger de en böneplats som de ber på, över hans grav, och de tillverkar även dessa bilder. Han förklarade att den personen som gör detta är den värsta skapelsen hos Allah, eftersom hans handling leder till att andra dyrkas istället för Allah.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القُبور، أو الصلاة عندها، أو دَفن الموتى في المساجد؛ سَدَّا لذَريعة الشِّرك.
 بناء المساجد على القُبور، ونَصب الصُّور فيها، هو عمل اليَّهود والنَّصارى، وأنَّ من فعل هذا، فقد شَابَهَهم.
 تحريم اتخاذ الصُّور لذَوَات الأرواح.
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
     <t>Det är förbjudet att bygga böneplatser på gravar, att be mot dem, eller att begrava de döda i moskén. Detta förbud är för att hindra förekomsten av avguderi.
 Att bygga böneplatser på gravar och att placera bilder i dem är från judarnas och de kristnas handlingar. Den som gör dessa handlingar har följaktligen efterliknat dem.
 Det är förbjudet att avbilda levande varelser.
 Dem som bygger en böneplats på en grav och tillverkar dessa bilder är den värsta skapelsen hos Allah.
 Denna religion lägger stor vikt vid att skydda monoteism, och därför hindrar den alla handlingar som kan leda till polyteism.
 Det är förbjudet att gå till överdrift vad gäller de rättfärdiga, eftersom det kan leda till avguderi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10887</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ</t>
+    <t>أمرت أن أسجد على سبعة أعظم</t>
   </si>
   <si>
     <t>Jag har blivit beordrad att göra Sujud på sju kroppsdelar</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Jag har blivit beordrad att göra Sujud på sju kroppsdelar: på pannan – och han pekade på näsan, händerna, knäna och tårna, och att inte vika kläderna eller sätta upp håret."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att Allah har beordrat honom att under bönen göra Sujud på sju kroppsdelar, vilka är:
 1. Pannan, det vill säga ansiktets överdel ovanför näsan och ögonen, han ﷺ pekade med sin hand på näsan för att tydliggöra att näsa och panna räknas som en kroppsdel, och för att betona att den som gör Sujud nuddar marken med sin näsa.
 2 &amp; 3. Båda händerna.
 4 &amp; 5: Båda knäna.
 6 &amp; 7. Tårna på båda fötterna.
 Han beordrade även oss att vi inte skulle sätta upp håret, eller vika ihop kläderna under Sujud för att skydda dem från att falla på marken. Snarare ska de låtas falla fritt på marken så att det gör Sujud tillsammans med kroppsdelarna.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att göra Sujud på de sju kroppsdelarna under bönen.
 Det är ogillat att vika kläderna eller sätta upp håret under bönen.
 Den bedjande måste vara lugn under sin bön, och placera de sju kroppsdelarna på marken, och ha kvar dem så tills han läser den föreskrivna åminnelsen.
 Förbudet att sätta upp håret är specifikt för män och omfattar inte kvinnor, eftersom kvinnan ska vara täckt under bönen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10925</t>
   </si>
   <si>
-    <t>إِذَا سَجَدْتَ، فَضَعْ كَفَّيْكَ وَارْفَعْ مِرْفَقَيْكَ</t>
+    <t>إذا سجدت، فضع كفيك وارفع مرفقيك</t>
   </si>
   <si>
     <t>”När du faller ner på ansiktet i bönen, ska du placera dina handflator på marken och lyfta upp dina armbågar.”</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا سَجَدْتَ، فَضَعْ كَفَّيْكَ وَارْفَعْ مِرْفَقَيْكَ».</t>
   </si>
   <si>
     <t>Al-Bara' (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”När du faller ner på ansiktet i bönen, ska du placera dina handflator på marken och lyfta upp dina armbågar.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم حالةَ اليدين في سجود الصلاة، وذلك بأن يُمَكِّنَ الكفَّين من الأرض ويضعها مضمومة الأصابع في اتجاه القبلة، ويكون المرفقان -مفصل الذراع والعضد- مُرتَفعَين عن ملامسة الأرض ومُفرجين عن الجنبين.</t>
   </si>
   <si>
     <t>Profeten ﷺ instruerar hur händerna ska vara placerade under Sujud. Man ska placera sina handflator på marken med fingrarna samlade och riktade mot Qiblah, och samtidigt lyfta armbågarna så att de inte ligger mot marken och inte pressas mot kroppen, utan att de istället hålls en bit ut från sidorna.</t>
   </si>
   <si>
     <t>الواجب على المصلِّي أن يَضع كفَّيه على الأرض، والكفان عُضوان من أعضاء السُّجود السَّبعة.
 استحباب رفع الذِّراعين عن الأرض، وكراهة افتراشهما كما يَفترش السَّبع ذِراعيه.
 مشروعية إظهار النَّشاط والقوَّة والرَّغبة في العَبادة.
 المُصلِّي إذا اعتمد على جميع أعضاء السُّجود، أخذ كلُّ عُضوٍ حقَّه من العبادة.</t>
   </si>
   <si>
     <t>Den som ber måste placera sina handflator på marken under Sujud, då handflatorna är en av de sju kroppsdelar som används vid Sujud.
 Det är rekommenderat att lyfta armbågarna från marken och att undvika att låta dem vila på marken som ett rovdjur vilar sina armar.
 Hadithen uppmuntrar till att visa engagemang, kraft och hängivenhet i bönen.
 När den bedjande placerat samtliga sju kroppsdelar (panna/näsa, två händer, två knän, två tår) på ett korrekt sätt i Sujud, får varje kroppsdel sin andel i dyrkan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10927</t>
   </si>
   <si>
-    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي</t>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>Mellan de två Sujud brukade profeten ﷺ säga: 'Allah! Förlåt mig, var barmhärtig mot mig, skänk mig välbefinnande, vägled mig, och försörj mig.'</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättade: "Mellan de två Sujud brukade profeten ﷺ säga: 'Allah! Förlåt mig, var barmhärtig mot mig, skänk mig välbefinnande, vägled mig, och försörj mig.'"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>I bönen mellan de två Sujud brukade profeten ﷺ åkalla Allah med dessa fem meningar eftersom muslimen är i ett stort behov av dem. De omfattar det goda både i denna värld och i den nästkommande; att söka förlåtelse och att ens synder döljs och visas överseende, att Allah skänker en oändlig nåd, skonar en från tvivel, onda lustar, sjukdomar och åkommor, att han vägleder en till sanningen och att man är stadfäst på den, och att förses med tro, kunskap, goda handlingar och tillåten egendom.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Det är föreskrivet att åkalla Allah med denna åkallan när man sitter mellan de två Sujud.
 Förträffligheten i denna åkallan, då den omfattar det goda i denna värld och i den kommande.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10930</t>
   </si>
   <si>
-    <t>صَلَّيْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَانَ يُسَلِّمُ عَنْ يَمِينِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ»، وَعَنْ شِمَالِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ</t>
+    <t>صليت مع النبي صلى الله عليه وسلم، فكان يسلم عن يمينه: السلام عليكم ورحمة الله وبركاته، وعن شماله: السلام عليكم ورحمة الله</t>
   </si>
   <si>
     <t>att han bad tillsammans med profeten ﷺ, som avslutade bönen med att säga till höger: "Al-Salamu 'alaykum wa rahmatullahi wa barakatuh," och till vänster: "Al-Salamu 'alaykum wa rahmatullah</t>
   </si>
   <si>
     <t>عَنْ وَائِل بن حُجرٍ رضي الله عنه قَالَ: صَلَّيْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَانَ يُسَلِّمُ عَنْ يَمِينِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ»، وَعَنْ شِمَالِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ».</t>
   </si>
   <si>
     <t>Wa'il ibn Hujr (må Allah vara nöjd med honom) berättade att han bad tillsammans med profeten ﷺ, som avslutade bönen med att säga till höger: "Al-Salamu 'alaykum wa rahmatullahi wa barakatuh," och till vänster: "Al-Salamu 'alaykum wa rahmatullah."</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا أراد أنْ يَنصَرِفَ من صلاته سلَّم عن يمينه وشماله بأن يلتفت بوجهه للجهة اليمنى، مع قوله: (السلام عليكم ورحمة الله وبركاته)، ويسلِّم عن شماله، بأن يلتفت بوجهه للجهة اليسرى، مع قوله: (السلام عليكم ورحمة الله).</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade avsluta bönen genom att vända sitt ansikte åt höger och säga: "Al-Salamu 'alaykum wa rahmatullahi wa barakatuh." Därefter vände han sig åt vänster och sa: "Al-Salamu 'alaykum wa rahmatullahi."</t>
   </si>
   <si>
     <t>مشروعية التسليمتين من الصلاة، وأنها من أركانها.
 استحباب الإتيان بزيادة قول: (وبركاته)، في بعض الأحيان؛ لأن النبي صلى الله عليه وسلم لم يكن يُدَاوِم عليها.
 النطق بالتسليمتين في الصلاة ركن واجب، وأما فعل الالتفات أثناء النطق بهما مستحب.
 ينبغي أن يكون قول: (السلام عليكم ورحمة الله) أثناء فعل الالتفات لا قبله ولا بعده.</t>
   </si>
   <si>
     <t>Det är föreskrivet att avsluta bönen med två hälsningar, vilket räknas som en av bönens pelare.
 Det är rekommenderat att ibland lägga till orden ”Wa barakatuh” i den första hälsningen, men inte alltid, eftersom profeten ﷺ inte alltid sa det.
 Att yttra båda hälsningarna är obligatoriskt, medan att vrida huvudet åt höger och vänster under hälsningarna är dock rekommenderat.
 Det är bäst att säga hälsningen samtidigt som man vrider huvudet, inte före eller efter.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10945</t>
   </si>
   <si>
-    <t>اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ</t>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>'Allahumma antas-Salam, wa minkas-salam, tabarakta ya dhal-jalali wal-ikram' (Allah! Du är As-Salam, från dig kommer frid, välsignad är du i din prakt och majestät)</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>Thawban (må Allah vara nöjd med honom) sa: "När Allahs sändebud ﷺ blev färdig med bönen brukade han söka förlåtelse tre gånger och säga: 'Allahumma antas-Salam, wa minkas-salam, tabarakta ya dhal-jalali wal-ikram' (Allah! Du är As-Salam, från dig kommer frid, välsignad är du i din prakt och majestät).' Al-Walid sa: 'Jag frågade al-Awza'i hur han sa när han sökte förlåtelse?' Han sa: 'Du säger: 'Astaghfirullah, astaghfirullah (jag söker Allahs förlåtelse, jag söker Allahs förlåtelse).'"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>När profeten ﷺ blev färdig med sin bön brukade han säga: "Astaghfirullah, astaghfirullah, astghfirullah" (jag söker Allahs förlåtelse, jag söker Allahs förlåtelse, jag söker Allahs förlåtelse).
 Sedan upphöjde han Allah genom att säga: "Allahumma antas-Salam, wa minkas-salam, tabarakta ya dhal-jalali wal-ikram" (Allah! Du är as-Salam, från dig kommer frid, välsignad vare du i din prakt och majestät). Allah är den som är fullständig och komplett i sina egenskaper, han är fri från att ha några brister eller defekter, och det är han enbart som tillfrågas för att skonas det hemska i denna värld och i den kommande. Hans godhet är oändlig i denna värld och i den kommande, och han är den som besitter storhet och vänlighet.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Det är rekommenderat att be Allah om förlåtelse efter varje bön.
 Det är uppmanat att söka Allahs förlåtelse för att kompensera brister och tillkortakommande i ens dyrkan och lydnad.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10947</t>
   </si>
   <si>
-    <t>مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Den som säger 'Subhanallah' (Allah är fri från brister) trettiotre gånger efter varje obligatorisk bön, och 'Alhamdulillah' (All lovprisning tillkommer Allah) trettiotre gånger, och 'Allahu akbar' (Allah är störst) trettiotre gånger, vilket är nittio nio, och sedan fullbordar den hundrade gången med att säga: 'La ilaha illallahu wahdahu la sharika lah, lahul-mulku wa lahul-hamdu wa huwa 'ala kulli shay'in Qadir' (Det finns ingen sann gud utom Allah, han är den enda utan någon vid sin sida, honom tillhör herraväldet och honom tillhör all lovprisning, och han har makt över allt), kommer att få sina synder förlåtna, även om de är lika omfattande som skummet på havet</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som säger 'Subhanallah' (Allah är fri från brister) trettiotre gånger efter varje obligatorisk bön, och 'Alhamdulillah' (All lovprisning tillkommer Allah) trettiotre gånger, och 'Allahu akbar' (Allah är störst) trettiotre gånger, vilket är nittio nio, och sedan fullbordar den hundrade gången med att säga: 'La ilaha illallahu wahdahu la sharika lah, lahul-mulku wa lahul-hamdu wa huwa 'ala kulli shay'in Qadir' (Det finns ingen sann gud utom Allah, han är den enda utan någon vid sin sida, honom tillhör herraväldet och honom tillhör all lovprisning, och han har makt över allt), kommer att få sina synder förlåtna, även om de är lika omfattande som skummet på havet."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
 ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
 وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
 وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
 وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
 فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargjorde att den som, efter att ha avslutat den föreskrivna bönen, säger:
 trettiotre gånger: "Subhanallah", vilket innebär att förklara att Allah är fri från alla brister.
 Och säger trettiotre gånger: "Alhamdulillah", vilket innebär att prisa honom med fullkomliga attribut, samtidigt som personens hjärta är fyllt av kärlek och vördnad till Allah.
 Och säger trettiotre gånger: "Allahu akbar", vilket innebär att Allah är större och mer ärofull än allt annat.
 Och fullbordar hundra genom att säga: "La ilaha illallahu wahdahu la sharika lah, lahul-mulk wa lahul-hamd wa huwa 'ala kulli shay'in Qadir", detta innebär att ingen förtjänar att dyrkas i sanning utom Allah som är den enda utan någon vid hans sida. Det är endast han som fullständigt äger hela herravälde och förtjänar all pris och lov med kärlek och vördnad, och att han är allsmäktig och det finns inget som kan hindra honom att få igenom sin vilja.
 Den som säger detta kommer att få sina synder utplånade och förlåtna, även om de är lika omfattande som den vita skumtoppen på havet vid dess vågor och kraftiga rörelse.</t>
   </si>
   <si>
     <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
 هذا الذكر سبب لغفران الذنوب.
 عظيم فضل الله تعالى ورحمته ومغفرته.
 هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
   </si>
   <si>
     <t>Det är rekommenderat att nämna detta efter de föreskrivna bönerna.
 Detta leder till förlåtelse av synder.
 Allahs enorma godhet, barmhärtighet och förlåtelse.
 Detta leder till förlåtelse av synder, och avser att utplåna mindre synder, medan större synder endast förlåts genom att personen visar ånger.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10948</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ</t>
+    <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
   </si>
   <si>
     <t>Ingenting hindrar den som läser Ayat al-Kursi efter varje föreskriven bön, från att komma in i paradiset förutom döden</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
   </si>
   <si>
     <t>Abu Umamah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Ingenting hindrar den som läser Ayat al-Kursi efter varje föreskriven bön, från att komma in i paradiset förutom döden."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Profeten ﷺ informerade att den som reciterar Ayat al-Kursi efter att ha avslutat den föreskrivna bönen hindras inte från att träda in i paradiset förutom döden. Ayat al-Kursi finns i Surat al-Baqarah, Allah säger: "Allah! - det finns ingen (sann) gud utom han, den Levande, skapelsens evige Vidmakthållare. Slummer överraskar honom inte och inte heller sömn. Honom tillhör allt det som himlarna rymmer och det som jorden bär. Vem är den som vågar tala [för någon] inför honom utan hans tillstånd? Han vet allt vad [människor] kan veta och allt som är dolt för dem och av hans kunskap kan de inte omfatta mer än han tillåter. Hans fotpall omsluter himlarna och jorden. Att värna och bevara dem är för honom ingen börda. Han är den Höge, den Väldige" (2:255).</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Den här ofantliga versens dygd, då den omfattar Allahs vackra namn och höga attribut.
 Det rekommenderas att recitera denna väldiga vers efter varje föreskriven bön.
 Goda handlingar är en orsak till att träda in i paradiset.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10950</t>
   </si>
   <si>
-    <t>صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ</t>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>'Be stående. Om du inte kan det, ber du sittande. Om du inte kan det, så be liggande på sidan.'</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>'Imran bin Husayn (må Allah vara nöjd med honom) sa: "Jag led av hemorrojder, så jag frågade profeten ﷺ om bönen. Han sa: 'Be stående. Om du inte kan det, ber du sittande. Om du inte kan det, så be liggande på sidan.'"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggjorde att bönen ska till grunden bes stående. Undantaget är om personen inte klarar av det, då kan han be sittande. Om han inte kan be sittande får han be liggandes på sidan.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>En person är inte ursäktad från att be så länge han har fattningsförmåga, utan han ska be utifrån sin kapacitet och möjlighet.
 Islam är en tolerant och lätt religion, och förväntar sig enbart att en muslim dyrkar Allah utifrån sin förmåga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10951</t>
   </si>
   <si>
-    <t>لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ</t>
+    <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
   </si>
   <si>
     <t>Förolämpa inte mina följeslagare! För även om någon av er skulle spendera lika mycket som berget Uhud i guld, skulle det inte kunna motsvara en Mudd av vad någon av dem spenderat, eller ens hälften av en Mudd</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Förolämpa inte mina följeslagare! För även om någon av er skulle spendera lika mycket som berget Uhud i guld, skulle det inte kunna motsvara en Mudd av vad någon av dem spenderat, eller ens hälften av en Mudd."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd att tala illa om hans följeslagare, särskilt de tidiga anhängarna som tillhörde Muhajirun (utvandrarna från Mecka) och Ansar (hjälparna i Medina). Han förklarade att även om någon av oss spenderade en enorm mängd, som berget Uhud i guld, skulle det inte uppnå samma belöning som en liten mängd mat eller hälften av det som en följeslagare spenderat. En Mudd är mängden av vad en medelstors mans två händer rymmer. Anledningen till detta är deras uppriktiga hängivenhet, rena avsikter, och deras tidiga offervilja och kamp innan Meckas erövring då behovet var som störst.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
   <si>
     <t>Att förolämpa följeslagarna (må Allah vara nöjd med dem) är förbjudet och betraktas som en stor synd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/11000</t>
   </si>
   <si>
-    <t>قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: «هذان سَيِّدا كُهُول أهل الجنة من الأوَّلِين والآخِرين إلا النبيِّين والمرسلين</t>
+    <t>قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: هذان سيدا كهول أهل الجنة من الأولين والآخرين إلا النبيين والمرسلين</t>
   </si>
   <si>
     <t>att Allahs sändebud ﷺ sa till Abu Bakr och 'Umar: ”Dessa två är ledarna för de personer i paradiset som är i medelåldern. Det gäller såväl de första människorna som de sista, med undantag för profeterna och sändebuden.”</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه، قال: قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: «هذان سَيِّدا كُهُول أهل الجنة من الأوَّلِين والآخِرين إلا النبيِّين والمرسلين».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa till Abu Bakr och 'Umar: ”Dessa två är ledarna för de personer i paradiset som är i medelåldern. Det gäller såväl de första människorna som de sista, med undantag för profeterna och sändebuden.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أبا بكر الصديق وعمر الفاروق رضي الله عنهما هما أفضل البشر بعد الأنبياء، وأفضل مَن دخل الجنة بعد النبيين والمرسلين.</t>
   </si>
   <si>
     <t>Profeten ﷺ meddelade att Abu Bakr al-Siddiq och 'Umar al-Faruq (må Allah vara nöjda med dem båda) är de bästa människorna som kommer att träda in i paradiset efter profeterna och sändebuden.</t>
   </si>
   <si>
     <t>أبو بكر وعمر رضي الله عنهما هما أفضل الناس بعد الأنبياء والمرسلين.
 ليس في الجنة كَهْلٌ، بل مَن يدخلها ابن ثلاث وثلاثين سنة، والمراد أنهما سيدا مَن مات كهلًا في الدنيا، أو أنّ ذلك باعتبار ما كانوا عليه في الدنيا حال هذا الحديث.</t>
   </si>
   <si>
     <t>Abu Bakr och 'Umar är de bästa människorna efter profeterna och sändebuden.
 Det finns egentligen inga personer som är medelålders i paradiset, eftersom alla dess invånare är 33 år. Hadithen syftar antingen på att de var i medelåldern när detta sades om dem i världen, eller att det åsyftar dem som dog som medelålders, även om de i paradiset inte har den åldern.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/11161</t>
   </si>
   <si>
-    <t>الحَسَن والحُسَيْن سَيِّدا شَباب أهْل الجنة</t>
+    <t>الحسن والحسين سيدا شباب أهل الجنة</t>
   </si>
   <si>
     <t>”Al-Hasan och al-Husayn är ledarna för paradisets ungdomar.”</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الحَسَن والحُسَيْن سَيِّدا شَباب أهْل الجنة».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Al-Hasan och al-Husayn är ledarna för paradisets ungdomar.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حَفيدَيه الحسن والحسين ابنا علي بن أبي طالب وفاطمة بنت النبي صلى الله عليه وسلم ورضي عنهم، هما سيدا كلِّ مَن مات وهو شاب ودخل الجنة في الفضل، أو أنهما سيدا شباب أهل الجنة باستثناء الأنبياء والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att hans två barnbarn – al-Hasan och al-Husayn, söner till 'Ali ibn Abi Talib och Fatimah – är de främsta bland alla unga som träder in i paradiset. Detta gäller deras överlägsenhet i dygd och rang bland dem som dör unga och kommer till paradiset, eller också som ett särskilt hedersomnämnande utöver andra, förutom profeterna och de rätt vägledda kaliferna.</t>
   </si>
   <si>
     <t>فيه فضيلة ظاهرة للحسن والحسين رضي الله عنهما.
 قيل في معنى الحديث: أنهما في وقت الحديث هما سيدا شباب مَن هم من أهل الجنة من شُبّان هذا الزمان، أو أنهما أفضل ممن لم يثبت فيه تفضيلٌ عامٌّ كالأنبياء والخلفاء، أو أنهما سيدا من اتصف بصفات الشباب والفُتُوَّة كالمروءة والكرم والشجاعة، ولم يَرِدْ بذلك سِنَّ الشباب؛ لأن الحسن والحسين ماتا كَهْلَين.</t>
   </si>
   <si>
     <t>Hadithen visar tydligt den höga ställning som al-Hasan och al-Husayn (må Allah vara nöjda med dem) har.
 Det har sagts i tolkningen av Hadithen att al-Hasan och al-Husayn vid tiden för uttalandet var ledarna för de unga bland paradisets folk från sin tids ungdomar, eller att de är bättre än alla dem som inte specifikt har nämnts att de är bättre än andra, såsom profeterna och de vägledda kaliferna. En annan tolkning är att de är ledarna för dem som utmärker sig med ungdomens egenskaper såsom storsinthet, bra uppförande, generositet och tapperhet, och att det alltså inte syftar på faktisk ålder, eftersom al-Hasan och al-Husayn dog som medelålders män.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/11169</t>
   </si>
   <si>
-    <t>‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ</t>
+    <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>Denna angelägenhet kommer definitivt att nå så långt som natten och dagen når. Allah kommer att föra in denna religion i alla hus gjorda av lera eller päls</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Tamim ad-Dari (må Allah vara nöjd med honom) sa att han hörde Allahs sändebud ﷺ säga: "Denna angelägenhet kommer definitivt att nå så långt som natten och dagen når. Allah kommer att föra in denna religion i alla hus gjorda av lera eller päls, genom att ära den ärade och förnedra den förnedrade. Allah ärar den som upphöjer islam och förnedrar den vägrar tro."
 Tamim al-Dari brukade säga: "Jag har sett detta hända med min egen familj; de som accepterade islam fick godhet, ära och heder, medan de som vägrade tro drabbades av förnedring, skam och skyddsskatt."</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ informerar att denna religion kommer att spridas över hela världen, så att den kommer att nå varje plats dit natten och dagen når. Allah kommer inte att lämna något hus i städer och byar eller i ödemarker och öknar utan att föra in denna religion i det. De som accepterar denna religion och tror på den kommer att äras genom den ära som islam medför. Men de som förkastar religionen och vägrar att tro kommer att bli förnedrade och förödmjukade.
 Följeslagaren Tamim al-Dari (må Allah vara nöjd med honom) berättade sedan att han såg detta ske med hans egen familj. De av dem som accepterade islam fick ta del av godhet, ära och heder, medan de som förblev otroende drabbades av förnedring och skam samt tvingades betala skyddsskatten till muslimer.</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
 فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Detta är ett glädjande budskap till muslimer om att islam kommer att spridas över hela världen.
 De som accepterar islam får ära och heder genom islam. De som avvisar islam kommer att drabbas av förnedring och skam.
 Detta är ett bevis på profetens sanna profetskapet, eftersom det som profeten ﷺ förutsåg faktiskt inträffade.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/11220</t>
   </si>
   <si>
-    <t>إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ</t>
+    <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
   </si>
   <si>
     <t>Om någon av er tvivlar i sin bön och inte vet hur många Rak’ah han har bett, och ifall det är tre eller fyra, låt honom då ignorera tvivlet och utgå ifrån det han är säker på. Sedan ska han utföra två Sujud innan han avslutar med Taslim</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Abu Sa’id al-Khudri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om någon av er tvivlar i sin bön och inte vet hur många Rak’ah han har bett, och ifall det är tre eller fyra, låt honom då ignorera tvivlet och utgå ifrån det han är säker på. Sedan ska han utföra två Sujud innan han avslutar med Taslim. Om han har bett fem, kommer de två Sujud att göra hans bön fullbordad. Om han har bett fullständigt fyra, kommer de två Sujud att förödmjuka Satan."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargjorde att om den bedjande är osäker på hur många Rak’ah han har bett, om det är tre eller fyra, bör han bortse från det osäkra, som är den extra Rak’ah, och utgå ifrån det säkra, vilket är tre. Han ska då be en fjärde Rak’ah och sedan utföra Sujud innan han avslutar bönen med Taslim.
 Om det visar sig att han faktiskt har bett fyra Rak’ah, kommer den extra Rak’ah att göra det till fem, och de två Sujud korrigerar att han bett denna extra Rak’ah. Därmed blir det totala antalet jämnt, och inte udda. Om han däremot har bett fyra Rak’ah och ingen extra, kommer han ha fullgjort sin plikt utan att ha lagt till eller minskat ifrån något.
 De två Sujud är också ett sätt att förudmjuka Satan, som försökte skapa förvirring och förstöra bönen. Men genom att lyda Allahs befallning och utföra de två Sujud fulländas bönen, vilket är en handling som Satan avvisade när han vägrade lyda Allahs befallning att göra Sujud till Adam.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Om den bedjande tvivlar i sin bön och inget alternativ väger tyngre än det andra, ska han bortse från tvivlet och agera utifrån det som är säkert, vilket är det mindre antalet, sedan fullfölja sin bön och utföra två Sujud för glömska innan han avslutar med Taslim.
 Dessa två Sujud är ett sätt att kompensera bönen och förödmjuka Satan, som hålls tillbaka och hindras från sitt syfte.
 Tvivlet i Hadithen avser osäkerhet utan någon tydlig övervägning, och om det finns ett alternativ som väger tyngre ska man agera utifrån det.
 Det är uppmanat att bekämpa och avvisa tvångstankar genom att följa de religiösa instruktionerna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/11231</t>
   </si>
   <si>
-    <t>أن النبي صلى الله عليه وسلم كان لا يَدع أربعا قَبل الظهر وركعتين قبل الغَدَاة</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يدع أربعا قبل الظهر وركعتين قبل الغداة</t>
   </si>
   <si>
     <t>att profeten ﷺ inte brukade lämna fyra Rak'ah före Dhuhr-bönen och två Rak'ah före Fajr-bönen</t>
   </si>
   <si>
     <t>عن عائشةَ أُمِّ المُؤْمِنينَ رضي الله عنها: أن النبي صلى الله عليه وسلم كان لا يَدع أربعا قَبل الظهر وركعتين قبل الغَدَاة.</t>
   </si>
   <si>
     <t>'A'ishah, de troendes moder (må Allah vara nöjd med henne) berättade att profeten ﷺ inte brukade lämna fyra Rak'ah före Dhuhr-bönen och två Rak'ah före Fajr-bönen.</t>
   </si>
   <si>
     <t>أَخْبَرَت عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان يُواظِب على صلوات النوافل في بيتها ولا يَدَعُها: أربع ركعات بتسليمتين قبل صلاة الظهر، وركعتان قبل صلاة الفجر.</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättar att profeten ﷺ brukade vara konsekvent med vissa rekommenderade böner (Nawafil) i hennes hem. Han lämnade aldrig att be fyra Rakʿah före Dhuhr, vilket han bad i två omgångar med Taslim mellan dem, samt två Rak'ah före Fajr.</t>
   </si>
   <si>
     <t>استحباب المحافظة على أربع ركعات قبل صلاة الظهر، وركعتين قبل صلاة الفجر.
 الأفضل أن تصلى الرَّواتِب في البيت، ولذلك أخبرت عنها عائشة رضي الله عنها.</t>
   </si>
   <si>
     <t>Det är rekommenderat att be fyra Rak'ah före Dhuhr och två Rak'ah före Fajr, och att hålla fast vid att be dem.
 De frivilliga bönerna (Rawatib) är bäst att utföra i hemmet, vilket framgår av att 'A'ishah återger detta, eftersom det skedde i hennes närvaro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/11249</t>
   </si>
   <si>
-    <t>مَنْ حَافَظَ عَلَى أَرْبَعِ رَكَعَاتٍ قَبْلَ الظُّهْرِ وَأَرْبَعٍ بَعْدَهَا حَرَّمَهُ اللَّهُ عَلَى النَّارِ</t>
+    <t>من حافظ على أربع ركعات قبل الظهر وأربع بعدها حرمه الله على النار</t>
   </si>
   <si>
     <t>Den som regelbundet utför fyra Rak'ah före Dhuhr-bönen och fyra Rak'ah efter den kommer Allah att förbjuda att träda in i elden</t>
   </si>
   <si>
     <t>عَنْ أُمِّ حَبِيبَةَ رضي الله عنها زَوْجِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالت: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَافَظَ عَلَى أَرْبَعِ رَكَعَاتٍ قَبْلَ الظُّهْرِ وَأَرْبَعٍ بَعْدَهَا حَرَّمَهُ اللَّهُ عَلَى النَّارِ».</t>
   </si>
   <si>
     <t>Umm Habibah (må Allah vara nöjd med henne), profetens ﷺ hustru, berättade att hon hörde Allahs sändebud ﷺ säga: "Den som regelbundet utför fyra Rak'ah före Dhuhr-bönen och fyra Rak'ah efter den kommer Allah att förbjuda att träda in i elden."</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن صلَّى من النوافل أربع ركعات قبل صلاة الظهر، وأربع ركعات بعدها، ودَاوَم وحافَظ عليها حَرَّمَه الله على النار.</t>
   </si>
   <si>
     <t>Profeten ﷺ ger ett glädjande budskap till den som regelbundet ber fyra Rak'ah före Dhuhr-bönen och fyra Rak'ah efter den. Den som konsekvent håller fast vid dessa rekommenderade böner lovas skydd från helveteselden.</t>
   </si>
   <si>
     <t>استحباب المحافظة على الأربع ركعات قبل الظُّهر والأربع بعدها.
 الرواتب القبلية -أي قبل الفريضة-؛ لها حِكَمٌ، منها: تهيئة نفس المصلي للعبادة قبل الدخول في الفريضة، وأما البعدية فمن حكمها جبر خلل الفرائض.
 للرواتب فوائد عظيمة، من زيادة الحسنات، وتكفير السيئات، ورفع الدرجات.
 قاعدة أهل السنة في أحاديث الوعد مثل هذا الحديث: أنْ تُحمل على الموت على التوحيد، وأنَّ المراد عدم الخلود في النار، لأن فاعل الذنوب من الموحدين مُستحِق للعقاب لكن لا يخلد في النار إن عوقب.</t>
   </si>
   <si>
     <t>Det är rekommenderat att be fyra Rak'ah före och fyra efter Dhuhr-bönen.
 De rekommenderade bönerna som föregår de obligatoriska har som syfte att förbereda själen inför tillbedjan och öka den inre närvaron under den obligatoriska bönen. De rekommenderade bönerna som följer efter den obligatoriska bönen hjälper till att kompensera för eventuella brister i bönen.
 Rekommenderade böner har många fördelar: de leder till ökad belöning, utplånar synder och höjer personens grad i paradiset.
 Ahl al-Sunnah tolkar sådana löften om räddning från elden som villkorade med att personen dör som monoteist, och att det betyder att han inte kommer att vistas för evigt i elden om han eventuellt straffas. De som dör som troende, även om de begått synder och förtjänar att straffas, är inte dömda att stanna i elden för evigt, ifall de straffas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/11251</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَرَأَ فِي رَكْعَتَيِ الْفَجْرِ: {قُلْ يَا أَيُّهَا الْكَافِرُونَ}، وَ{قُلْ هُوَ اللهُ أَحَدٌ}</t>
+    <t>أن رسول الله صلى الله عليه وسلم قرأ في ركعتي الفجر: قل يا أيها الكافرون، وقل هو الله أحد</t>
   </si>
   <si>
     <t>att Allahs sändebud ﷺ brukade recitera i de två Rak'ah innan Fajr: "Säg: 'Ni som förnekar tron' [al-Kafirun]" i den första,
 och "Säg: 'Han är Allah. Han är En' [al-Ikhlas]" i den andra</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَرَأَ فِي رَكْعَتَيِ الْفَجْرِ: {قُلْ يَا أَيُّهَا الْكَافِرُونَ}، وَ{قُلْ هُوَ اللهُ أَحَدٌ}.</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ brukade recitera i de två Rak'ah innan Fajr: "Säg: 'Ni som förnekar tron' [al-Kafirun]" i den första,
 och "Säg: 'Han är Allah. Han är En' [al-Ikhlas]" i den andra.</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلّم يَسْتَحِبُّ أنْ يقرأ في ركعتي راتبة الفجر بعد الفاتحة، في الركعة الأولى سورة {قل يا أيها الكافرون} (الكافرون)، وفي الركعة الثانية سورة {قل هو الله أحد} (الإخلاص).</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade i de två rekommenderade Rakʿah innan Fajr-bönen recitera Surah al-Kafirun i den första Rak'ah och Surah al-Ikhlas i den andra, efter al-Fatihah.</t>
   </si>
   <si>
     <t>استحباب قراءة هاتين السورتين بعد الفاتحة في سنة الفجر.
 هاتان السورتان يقال لهما سورة الإخلاص؛ لأن في سورة الكافرون البراءة من جميع ما يعبده المشركون من دون الله، وأنهم أيضًا ليسوا بعبيد لله لأن شركهم يحبط أعمالهم، وأن الله سبحانه هو المستحق العبادة، ولأن في سورة الإخلاص توحيد الله والإخلاص له وبيان صفاته.</t>
   </si>
   <si>
     <t>Det är rekommenderat att läsa dessa två kapitel efter al-Fatihah i den rekommenderade bönen före Fajr.
 Dessa två kaptel kallas båda för Surah al-Ikhlas, eftersom Surht al-Kafirun uttrycker fullkomlig distansering från avgudadyrkan och att avgudadyrkarna egentligen inte dyrkar Allah då deras avguderi gör att deras handlingar blir förgäves. Allah är den enda värd dyrkan. Surah al-Ikhlas förmedlar ren monoteism, ett fastställande av Allahs unika egenskaper och att endast han förtjänar att dyrkas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/11256</t>
   </si>
   <si>
-    <t>هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ</t>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>Hör du böneropet?' Varpå den blinda mannen svarade jakande. Då sa han ﷺ: 'Besvara det då.'</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade: "En blind man kom till profeten och sa: 'Allahs sändebud! Jag har inte någon som kan ledsaga mig till moskén.' Han bad Allahs sändebud ﷺ om tillåtelse att be hemma, så han tillät honom. När mannen gick därifrån, återkallade profeten honom och sa: 'Hör du böneropet?' Varpå den blinda mannen svarade jakande. Då sa han ﷺ: 'Besvara det då.'"</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>En blind man kom till profeten ﷺ och sa: "Allahs sändebud! Jag har ingen som kan hjälpa mig att komma till moskén under de fem bönerna', då han ville att profeten ﷺ skulle ge honom tillåtelse att inte behöva be i församlingen. Profeten ﷺ gav honom tillåtelse till det, och när mannen begav sig iväg kallade han tillbaka honom och sa: "Hör du böneropet?", varpå mannen svarade jakande. Då sa han ﷺ: "Besvara då den som kallar till bönen."</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Församlingsbönen är obligatorisk, eftersom dispens endast efterfrågas från något som är en plikt.
 Att han sa "besvara det då" till den som hör böneropet tyder på att församlingsbönen är obligatorisk, eftersom befallningar i regel fordrar att det som beordras är obligatoriskt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/11287</t>
   </si>
   <si>
-    <t>خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا</t>
+    <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
   </si>
   <si>
     <t>De bästa raderna för män är de främsta, och de sämsta är de bakersta. För kvinnor är de bästa raderna de bakersta, och de sämsta de främsta</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "De bästa raderna för män är de främsta, och de sämsta är de bakersta. För kvinnor är de bästa raderna de bakersta, och de sämsta de främsta."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ خيرَ صفوف الرجال في الصلاة وأكثرها ثوابًا وفضلًا أولُها؛ لقربهم من الإمام واستماعهم لقراءته وبُعْدِهم من النساء، 
 وشرّها وأقلّها ثوابًا وفضلًا وأبعدها من مطلوب الشرع آخرها، 
 وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att för männen är den främsta raden i bönen den som leder till mest belöning och har bäst förträfflighet, eftersom de befinner sig närmast imamen, hör hans recitation tydligt, och är längst ifrån kvinnorna. Den bakersta raden är däremot den som leder till minst belöning är minst förträffliga, och är det alternativet som är minst uppmanat i Shari'ah. För kvinnorna är den bakersta raden bäst, då den är mest skyddad från kontakt med och insyn från männen, och minskar risken för prövningar. Den främsta raden för kvinnor är mindre fördelaktig eftersom den är närmare männen och kan utsätta dem för prövningar.</t>
   </si>
   <si>
     <t>حث الرجال على المسارعة إلى الطاعات والصفوف الأولى في الصلوات.
 جواز صلاة النساء في المسجد مع الرِّجال في صفوف مستقلة، لكن مع التَّستُّر والحِشْمَة.
 النَّساء إذا اجتمعن في المسجد، فإنهن يَكُنَّ صفوفًا، كصفوف الرِّجال، ولا يتفرقن، بل عليهن التَّراص في الصّف وسدّ الخلل، كما في صفوف الرجال.
 بيان شدة عناية الشرع بالحث بابتعاد النساء عن الرجال حتى في مواطن العبادة.
 تفاضل الناس بحسب أعمالهم.
 قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
 قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
   </si>
   <si>
     <t>Män är uppmuntrade att skynda sig till att göra gott genom att be i första raderna i bönen.
 Det är tillåtet för kvinnor att delta i bönen i moskén, i separata rader från männen, men de ska klä sig kyskt och täckande.
 När kvinnor deltar i bönen i moskén ska de stå i rader på samma sätt som männen och fylla ut raderna utan att lämna mellanrum.
 Islam betonar vikten av att undvika beblandning mellan män och kvinnor även i böneutrymmen.
 Människors rang beror på deras handlingar.
 Imam al-Nawawi sa: "För män är de främsta raderna alltid bäst och de bakersta sämst. För kvinnor som ber separat är den främsta raden bäst, men när de ber bakom män är den bakersta raden bäst för dem, vilket är det Hadithen syftar på".
 Imam al-Nawawi sa även: "Den första raden som är rekommenderad att be i och vars förträfflighet många Hadither har understrukit är den raden som är bakom imamen, oavsett om personen som ber i den kom tidigt eller sent, och oavsett om raden är separat från imamens rad genom något eller inte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/11299</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَأَى رَجُلًا صَلَّى وَحْدَهُ خَلْفَ الصَّفِّ، فَأَمَرَهُ أَنْ يُعِيدَ صَلَاتَهُ</t>
+    <t>أن رسول الله صلى الله عليه وسلم رأى رجلا صلى وحده خلف الصف، فأمره أن يعيد صلاته</t>
   </si>
   <si>
     <t>att Allahs sändebud ﷺ såg en man som bad ensam bakom raden i församlingsbönen, så han befallde honom att upprepa sin bön</t>
   </si>
   <si>
     <t>عَنْ وَابِصَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَأَى رَجُلًا صَلَّى وَحْدَهُ خَلْفَ الصَّفِّ، فَأَمَرَهُ أَنْ يُعِيدَ صَلَاتَهُ.</t>
   </si>
   <si>
     <t>Wabisah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ såg en man som bad ensam bakom raden i församlingsbönen, så han befallde honom att upprepa sin bön.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا صلَّى وحده خَلْفَ الصف، فأمرَه أن يعيد صلاته؛ لأن صلاته لم تصح على هذه الحالة.</t>
   </si>
   <si>
     <t>Profeten ﷺ såg en man be ensam bakom raden utan att stå i linje med andra, och han beordrade honom att upprepa sin bön, vilket visar att bönen i det läget inte var giltig enligt profetens ﷺ anvisning.</t>
   </si>
   <si>
     <t>الحث على التبكير لصلاة الجماعة والتقدُّم لها، وأنْ لا يصليَ خلف الصف مُنْفَرِدًا حتى لا يعرض صلاته للبطلان.
 قال ابن حجر: من ابتدأ الصلاة منفردًا خلف الصف ثم دخل في الصف قبل القيام من الركوع لم تجب عليه الإعادة، كما في حديث أبي بكرة، وإلا فيجب على عموم حديث وابصة.</t>
   </si>
   <si>
     <t>Det är uppmuntrat att komma i god tid till församlingsbönen så att man säkert finner plats i raden, och så att man inte ber ensam bakom raden, något som kan leda till att bönen blir ogiltig.
 Ibn Hajr sa: "Om någon påbörjar bönen ensam bakom raden men hinner gå in i raden innan han reser sig från Ruku', så behöver han inte upprepa bönen, likt det har nämnts i Hadithen om Abu Bakrah. Men om han förblir ensam hela tiden, gäller den här Hadithens generella regel, och då måste han upprepa bönen."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/11303</t>
   </si>
   <si>
-    <t>إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب</t>
+    <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
   </si>
   <si>
     <t>'Dessa två böner, Fajr och 'Isha', är de svåraste bönerna för hycklarna. Om ni visste vad de har (för belöning), skulle ni komma till dem, även om ni behövde krypa på knäna</t>
   </si>
   <si>
     <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
   </si>
   <si>
     <t>Ubayy ibn Ka’b (må Allah vara nöjd med honom) berättade: "En morgon när Allahs sändebud ﷺ ledde oss i Fajr-bönen frågade han: 'Är den personen närvarande?' De svarade: 'Nej.' Han frågade sedan om en annan person: 'Är den personen närvarande?' De svarade: 'Nej.' Då sa han ﷺ: 'Dessa två böner, Fajr och 'Isha', är de svåraste bönerna för hycklarna. Om ni visste vad de har (för belöning), skulle ni komma till dem, även om ni behövde krypa på knäna. Och den främsta raden är som änglarnas rad, och om ni visste dess förträfflighet, skulle ni tävla om den. Att en man ber tillsammans med en annan man är bättre än att han ber ensam, och att han ber med två män är bättre än att han ber med en annan man. Ju fler människor som ber tillsammans, desto mer älskat är det till Allah.'"</t>
   </si>
   <si>
     <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
 قال الصحابة: لا. 
 ثم قال: أحاضر فلان؟ لشخص آخر، 
 قالوا: لا. 
 قال صلى الله عليه وسلم: 
 إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
 ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
 وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
 وإن صلاة الرجل مع الرجل أعظم ثوابًا وأثرًا من صلاته وحده، وصلاته مع الرجلين أفضل مع الرجل الواحد، 
 والصلاة التي كثر المصلون فيها فهي أحب إلى الله وأفضل.</t>
   </si>
   <si>
     <t>Profeten ﷺ ledde en gång Fajr-bönen och frågade sedan efter en viss person, för att se om han närvarade under bönen. Följeslagarna svarade nekande. Sedan frågande han om en annan person, varpå de svarade nekande ännu en gång. Därefter sa han ﷺ: "Fajr- och 'Isha'-bönerna är de svåraste bönerna för hycklare, eftersom dessa böner sker under tider då människor är mer benägna att vara lata eftersom folk inte märker av deras frånvaro i mörkret.
 Vidare förtydligade han att om de troende kände till den enorma belöningen i dessa två böner, eftersom en handlings belöning beror på ansträngningen i den, skulle de komma även om det krävde att de behövde krypa.
 Profeten ﷺ liknade också den främsta raden i bönen med hänsyn till dess närhet till imamen, med änglarnas rad med hänsyn till dess närhet till Allah. Om de troende kände till vilken dygd det finns i att be i den första raden, skulle de tävla mot varandra för att göra det. Han betonade också fördelen med att be i grupp, och att en man ber med en annan man har större belöning, och om han ber med två män är det ännu bättre än att bara be med en. Den bönen som flera personer ber gemensamt, är bättre och mer älskad av Allah.</t>
   </si>
   <si>
     <t>مشروعية تَفقُد إمام المسجد أحوال المأمومين، والسؤال عمن غَاب منهم.
 مُلازمة صلاة الجماعة، ولاسيما صلاة العشاء والفجر من علامات الإيمان.
 عِظَم أجر صلاتي العِشاء والفجر؛ لما في الإتيان إليهما من مجاهدة النَّفس والمُصَابرة على الطَّاعة، فكان أجرهما أعظم من غيرهما.
 صلاة الجماعة تنعقد باثنين فما فوق.
 بيان فضل الصف الأول، والترغيب في المبادرة إليه.
 فضل كثرة الجماعة، فإنه كلما كثر الجمع كان الأجر أكثر.
 الأعمال الصالحة تتفاوت في الفضل بحسب تفضيل الشرع لها، وما تتصف به من أحوال.</t>
   </si>
   <si>
     <t>Det är föreskrivet att imamen frågar om de bedjande, och frågar om dem som inte närvarat.
 En man ska vara ihärdig i att be sina böner i församlingen, särskilt Fajr och 'Isha', eftersom det är ett tecken på hans tro.
 Att be Fajr- och 'Isha-bönerna i församling leder till stor belöning på grund av den självdisciplin och uthållighet som krävs för att göra detta, vilket innebär att dess belöning är större än för de andra bönerna.
 Gemensam bön kan genomföras av två eller fler personer.
 Förträffligheten i att stå i främsta raden och uppmuntran till att skynda sig dit.
 Större församling leder till större belöning i bönen.
 Goda handlingar varierar i dygd baserat på den rang som Shari'ah har tilldelat dem och de förhållanden som omgärdar dem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/11306</t>
   </si>
   <si>
-    <t>عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ</t>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ lärde oss Khutbatul-Hajah (inledningspredikan)</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) sa: "Allahs sändebud ﷺ lärde oss Khutbatul-Hajah (inledningspredikan): 'Lov och pris tillkommer säkerligen Allah. Vi lovprisar honom och ber honom om hjälp och förlåtelse. Vi söker skydd hos Allah från det onda i oss själva. Den Allah vägleder, kan ingen vilseleda, och den han vilseleder, kan ingen vägleda. Jag vittnar om att det inte finns någon sann gud utom Allah, och jag vittnar att Muhammed är hans tjänare och sändebud. 'Människor! Frukta er Herre som har skapat er av en enda varelse och av denna har skapat dess make och låtit dessa två [föröka sig] och sprida sig i väldiga skaror av män och kvinnor. Frukta Allah, i vars namn ni innerligt och enträget ber varandra, och de nära släktskapsbanden. Allah vakar över er (4:1)'. 'Troende! Frukta Allah så som det åligger er att frukta honom, och dö endast som muslimer (3:102).' 'Troende! Frukta Allah och säg alltid det som är rätt. Då ska han förbättra era gärningar för er och förlåta er era synder. Ja, den som lyder Allah och hans sändebud har uppnått en väldig seger' (33:70-71).'"</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ibn Mas'ud (må Allah vara nöjd med honom) berättar att profeten ﷺ lärde dem inledningspredikan. Den sägs som inledningstal till predikan och innan andra diverse tillfällen, så som vid äktenskapsceremonin, fredagspredikan och andra tillfällen. Denna predikan belyser viktiga punkter; Allah förtjänar alla former av lovpris, endast hans hjälp ska sökas, att ens synder döljs och överses, att söka skydd hos honom från all ondska, själens ondska med mera.
 Sedan berättade profeten ﷺ att vägledning vilar i Allahs hand - den han vägleder kan ingen vilseleda, och den han vilseleder kan ingen vägleda.
 Därefter nämndes monoteismens vittnesmål och att ingen förtjänar att dyrkas utom Allah, och vittnesmålet om att Muhammed är Allahs tjänare och sändebud.
 Denna predikan avslutades med dessa tre verser som uppmanar till gudsfruktan, som innebär att Allahs befallningar iakttas och att hans förbud undviks för att uppnå hans välbehag. Belöningen för den som gör detta är att hans handlingar och yttranden korrigeras, synder förlåts och livet blir härligt att leva och på domedagen får han träda in i paradiset.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Det är rekommenderat att inleda äktenskapsceremonin, fredagspredikningar och annat med denna predikan.
 Predikan bör innehålla lovpris av Allah, vittnesmålet att det inte finns någon sann gud utom Allah och att Muhammed är hans sändebud, och några Koranverser.
 Profeten ﷺ brukade lära sina följeslagare det de behövde veta om religionen.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud, at-Tirmidhi, Ibn Majah, an-Nasa'i och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58060</t>
   </si>
   <si>
-    <t>لا نِكَاحَ إِلّا بِوَليٍّ</t>
+    <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Det finns inget äktenskap förutom genom en förmyndare</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Abu Musa (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Det finns inget äktenskap förutom genom en förmyndare."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att äktenskapet med en kvinna inte är korrekt utan att en förmyndare som godkänner äktenskapskontraktet.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>En förmyndare är ett villkor för äktenskapets giltighet. Äktenskapet är inte giltig om det skedde utan en förmyndare, eller att en kvinna gifte bort sig själv.
 Förmyndaren är kvinnans närmaste släkting. En avlägsen släkting kan alltså inte gifta bort henne om hon har en närmre släkting tillhands.
 En förmyndare måste vara religiöst ålagd ansvar, en man, som är insatt i äktenskapsintressen och har samma religion som kvinnan han är förmyndare för. Om han inte besitter dessa egenskaper är han inte lämplig att vara en förmyndare i äktenskapskontraktet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58066</t>
   </si>
   <si>
-    <t>أَيُّمَا امْرَأَةٍ نَكَحَتْ بِغَيْرِ إِذْنِ مَوَالِيهَا، فَنِكَاحُهَا بَاطِلٌ -ثَلَاثَ مَرَّاتٍ- فَإِنْ دَخَلَ بِهَا فَالْمَهْرُ لَهَا بِمَا أَصَابَ مِنْهَا، فَإِنْ تَشَاجَرُوا فَالسُّلْطَانُ وَلِيُّ مَنْ لَا وَلِيَّ لَهُ</t>
+    <t>أيما امرأة نكحت بغير إذن مواليها، فنكاحها باطل ثلاث مرات فإن دخل بها فالمهر لها بما أصاب منها، فإن تشاجروا فالسلطان ولي من لا ولي له</t>
   </si>
   <si>
     <t>Äktenskapet för den kvinna som än gifter sig utan tillstånd från sina förmyndare är ogiltigt – han upprepade detta tre gånger –. Men om mannen har haft samlag med henne, tillkommer henne brudgåvan för det han tagit del av.
 Och om någon tvist uppstår mellan dem, ska en ledare vara förmyndare för den som inte har någon förmyndare</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِي اللهُ عنْها قَالَتْ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّمَا امْرَأَةٍ نَكَحَتْ بِغَيْرِ إِذْنِ مَوَالِيهَا، فَنِكَاحُهَا بَاطِلٌ -ثَلَاثَ مَرَّاتٍ- فَإِنْ دَخَلَ بِهَا فَالْمَهْرُ لَهَا بِمَا أَصَابَ مِنْهَا، فَإِنْ تَشَاجَرُوا فَالسُّلْطَانُ وَلِيُّ مَنْ لَا وَلِيَّ لَهُ».</t>
   </si>
   <si>
     <t>'A'ishah, de troendes moder (må Allah vara nöjd med henne), berättade att Allahs sändebud ﷺ sa: "Äktenskapet för den kvinna som än gifter sig utan tillstånd från sina förmyndare är ogiltigt – han upprepade detta tre gånger –. Men om mannen har haft samlag med henne, tillkommer henne brudgåvan för det han tagit del av.
 Och om någon tvist uppstår mellan dem, ska en ledare vara förmyndare för den som inte har någon förmyndare."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِنْ أنْ تُزَوِّجَ المرأةُ نفسَها بغير إذن أوليائها، وأنَّ نكاحَها باطل، وقد كَرَّره ثلاث مرات، وكأنه لم يكن.
 فإنْ دَخَل بها الذي تزوجها بغير إذن وليها؛ فالمَهر الكامل لها بما أصاب من جماعها في فرجها.
 ثم إنْ تنازع الأولياء في ولاية العقد -ومراتبهم فيه سواء- فالعقد لمن سَبق إليه منهم إذا كان ذلك نظرًا منه في مصلحتها، فإن امتنع الولي من التزويج فكأنه لا ولي لها؛ فيكون السلطان أو وليُّه من القضاة ونحوهم وليَّها، وإلا فلا ولاية للسلطان مع وجود الولي.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade kvinnor att gifta sig på egen hand utan tillstånd från sina förmyndare. Ett sådant äktenskap är ogiltigt, och profeten ﷺ upprepade detta tre gånger, för att understryka att det är likt äktenskapet aldrig har ägt rum.
 Om mannen ändå haft samlag med kvinnan i ett sådant ogiltigt äktenskap, har hon rätt till hela brudgåvan eftersom de har haft samlag.
 Om det uppstår meningsskiljaktigheter mellan flera förmyndare om vem som har rätt att förrätta äktenskapet – och de har samma rang – ges rätten till den som först tar initiativet till att vara hennes förmyndare, förutsatt att det sker med hänsyn till hennes bästa. Om en förmyndare vägrar att gifta bort henne utan giltig anledning, så är det likt hon inte har någon förmyndare, och då blir det ledaren eller hans representant – likt domaren – som tar rollen som hennes förmyndare. Men om en giltig förmyndare finns och är redo att ta ansvar för hennes giftermål, har ledaren ingen rätt att gå före honom.</t>
   </si>
   <si>
     <t>اشتراط الوليِّ لصحة النكاح، وحُكي عن ابن المنذر أنه لا يُعرَف عن أحد من الصحابة خلافُ ذلك.
 في النكاح الباطل تستحق المرأة المهر مقابل وطء الرجل لها.
@@ -16251,1128 +17093,1125 @@
 السلطان يعتبر ولي من لا ولي له، في حال فَقْدِ الولي أو تعذُّرِه، ويقوم مقامه القاضي؛ لأنه النائب عنه في هذه المسائل. 
 الولاية في تزويج المرأة لا يعني أنه ليس لها حق، بل لها حق ولا يجوز لوليها أن يزوجها إلا بإذنها.
 شروط النكاح الصحيح: أولًا: تعيين كل من الزوجين بالإشارة أو التسمية أو الوصف ونحو ذلك، ثانيًا: رِضى كلٍّ من الزوجين بالآخر، ثالثًا: أنْ يَعقِد للمرأة وليُّها، رابعا: الشّهادة على عقد النكاح.
 يشترط في الولي الذي يعقد النكاح: أولًا: العقل، ثانيًا: أن يكون ذكرًا، ثالثًا: البلوغ، ببلوغه خمسة عشر عامًا أو الاحتلام، رابعًا: اتحاد الدّين فلا ولاية لكافر على مسلم ولا مسلمة، وكذلك لا ولاية لمسلم على كافر أو كافرة، خامسًا: العدالة المنافية للفسق، ويكفي منها أن يحصل منه النّظر في مصلحة من تولّى أمر تزويجها، سادسًا: أن يكون الولي راشدًا غير سفيه، وهو القدرة على معرفة الكُفْءِ ومصالح النكاح.
 لأولياء المرأة في التزويج ترتيب عند الفقهاء فلا يجوز تعدّي الولي الأقرب إلا عند فَقْدِه أو فَقْدِ شروطه، ووليّ المرأة أبوها، ثمّ وَصِيُّه فيها، ثمّ جدّها لأب وإن علا، ثمّ ابنها، ثم بنوه وإن نزلوا، ثمّ أخوها لأبوين، ثم أخوها لأب، ثمّ بنوهما، ثمّ عمّها لأبوين، ثمّ عمها لأب، ثمّ بنوهما، ثمّ الأقرب فالأقرب نسبًا من العصبة كالإرث، والسّلطان المسلم ومن ينوب عنه كالقاضي وليّ من لا وليّ له.</t>
   </si>
   <si>
     <t>En förmyndare är ett krav för ett giltigt äktenskap. Ibn al-Mundhir har återgett att ingen av profetens ﷺ följeslagare motsatte sig detta.
 I ett ogiltigt äktenskap, där samlag ändå sker, har kvinnan rätt till fullständig brudgåva.
 Ledaren är förmyndare för den kvinna som inte har någon förmyndare, oavsett om det beror på att det inte finns någon eller  att det finns någon, men han vägrar utan grund.
 Ledaren är förmyndare för den som inte har förmyndare, men om det inte finns en ledare eller han inte kan göra detta så är det domaren som tar den rollen, eftersom han tar hans roll i sådana angelägenheter.
 Att kvinnan behöver en förmyndare betyder inte att hon inte har något att säga till om, utan snarare har hon denna rätt och det är inte tillåtet för förmyndaren att gifta bort henne utan hennes tillåtelse.
 Villkor för ett giltigt äktenskap: 1. Tydlig identifiering av båda parterna genom att nämna dem vid namn, peka på dem eller beskriver dem. 2. Ömsesidigt samtycke mellan parterna. 3. Att äktenskapskontraktet ingås av kvinnans förmyndare. 4. Närvaro av vittnen.
 Villkor för förmyndaren som är ansvarig för äktenskapskontraktet: 
 1. Förnuft. 
 2. Manligt kön. 
 3. Pubertet (antingen genom ålder eller tecken på könsmognad). 4. Samma religion – en icke-muslim kan inte vara förmyndare för en muslim. 
 5. Rättrådighet som står i kontrast till olydnad – åtminstone i den grad att han ser till kvinnans bästa. 
 6. Mognad och förmåga att bedöma vad som är en lämplig make.
 För kvinnans förmyndare vid äktenskap finns det en fastställd ordningsföljd enligt de lärda, och det är inte tillåtet att gå förbi en närmare förmyndare så länge han är närvarande och uppfyller villkoren. Ordningen för kvinnans förmyndare är följande: Hennes far, faderns utsedda ombud (i frågor som rör hennes äktenskap), hennes farfar och vidare uppåt i släktledet, hennes son, hennes sonsöner och vidare nedåt, hennes helbror, hennes halvbror på faderns sida och därefter deras söner, hennes farbror på faderns sida (helbror till fadern), farbror på faderns sida (halvbror till fadern) och därefter deras söner. Efter det kommer den närmaste manlige släktingen enligt arvsordningen bland 'Asabah (agnatiska släktingar). Om ingen av dessa finns, eller om de finns men inte lever upp till villkoren som krävs för att vara förmyndare, då blir den muslimske ledaren eller den som han utser – likt en domare – kvinnans förmyndare.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58067</t>
   </si>
   <si>
-    <t>مَلْعُون مَنْ أتَى امرأتَه في دُبُرِها</t>
+    <t>ملعون من أتى امرأته في دبرها</t>
   </si>
   <si>
     <t>”Fördömd är den som har samlag med sin hustru i hennes bakdel.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَلْعُون مَنْ أتَى امرأتَه في دُبُرِها».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Fördömd är den som har samlag med sin hustru i hennes bakdel.”</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن أنْ يأتي الزوجُ زوجتَه في دُبُرِها؛ بأنه ملعون مَطرود من رحمة الله، وهو كبيرة من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnar kraftfullt för att en man har samlag med sin hustru analt. Han beskriver den som gör detta som ”fördömd” – det vill säga: utesluten från Allahs nåd. Detta indikerar att handlingen är en stor synd.</t>
   </si>
   <si>
     <t>تحريم إتيان النساء في أدبارهن.
 الاستمتاع من الزوجة بما دون دبرها من جسدها جائز.
 المسلم يأتي المرأة من فرجها كما أمره الله؛ وأما من الدُّبُر ففيه إفسادٌ للفطرة، وإضاعةٌ للنسل، ومخالفة لما عليه الطبائع السليمة، وأضرارٌ بالغة بالزوجين.</t>
   </si>
   <si>
     <t>Det är förbjudet att ha samlag med sin fru analt.
 All annan tillåten intim beröring och njutning med sin hustru – förutom i analen – är tillåten.
 Samlag ska ske i vaginan, vilket är det naturliga sättet och det som Allah har befallt. Att bryta mot detta leder till flera skador, då det strider mot människans sunda natur, hindrar fortplantning, och kan orsaka allvarliga fysiska och psykiska skador hos båda parter.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58090</t>
   </si>
   <si>
-    <t>لَا يَنْظُرُ اللهُ إِلَى رَجُلٍ أَتَى رَجُلًا أَوِ امْرَأَةً فِي دُبُرٍ</t>
+    <t>لا ينظر الله إلى رجل أتى رجلا أو امرأة في دبر</t>
   </si>
   <si>
     <t>”Allah kommer inte att titta på en man som har samlag med en man eller med en kvinna i bakdelen.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَنْظُرُ اللهُ إِلَى رَجُلٍ أَتَى رَجُلًا أَوِ امْرَأَةً فِي دُبُرٍ».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd honom) berättade att Allahs sändebud ﷺ sa: ”Allah kommer inte att titta på en man som har samlag med en man eller med en kvinna i bakdelen.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ بأنَّ الله لا ينظر نظرةَ رحمةٍ إلى رجلٍ أتى رجلًا في دُبُرِهِ أو امرأة في دُبُرها، وأنه كبيرة من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Profeten ﷺ uttrycker en allvarlig varning mot den som begår dessa handlingar, vilket är att Allah inte kommer att titta barmhärtigt på honom på domedagen. Detta tyder på att handlingen är en större synd.</t>
   </si>
   <si>
     <t>إتيان الرجلِ الرجلَ -وهو اللواط- من كبائر الذنوب.
 إتيان المرأة في دبرها من كبائر الذنوب.
 (لا ينظر الله) أي نظر رحمة ورأفة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء.
 هذه الأعمال من أعظم الفواحش وأخطرها على البشرية؛ لما فيها من مخالفة الفطرة البشرية السليمة، وقلة النسل، وإفساد الحياة الزوجية، وغرس العداوة والبغضاء، والوقوع في الأماكن المستقذرة.</t>
   </si>
   <si>
     <t>Att en man har samlag med en annan man kallas för sodomi, och det är en stor synd.
 Den som har analt samlag med en kvinna begår också en stor synd.
 Uttrycket ”Allah tittar inte på honom” betyder att Allah inte kommer att titta på honom med barmhärtighet, inte att Allah inte kan se honom, för inget undgår hans syn.
 Dessa handlingar är bland de allra grövsta sexuella förbrytelserna, eftersom de strider mot den människans natur, hindrar fortplantning och familjebildning, förrsör äktenskap, leder till fientlighet och hat, och penetreringen sker på en oren plats.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58091</t>
   </si>
   <si>
-    <t>قُلْتُ: يَا رَسُولَ اللَّهِ، مَا حَقُّ زَوْجَةِ أَحَدِنَا عَلَيْهِ؟، قَالَ: «أَنْ تُطْعِمَهَا إِذَا طَعِمْتَ، وَتَكْسُوَهَا إِذَا اكْتَسَيْتَ، أَوِ اكْتَسَبْتَ، وَلَا تَضْرِبِ الْوَجْهَ، وَلَا تُقَبِّحْ، وَلَا تَهْجُرْ إِلَّا فِي الْبَيْتِ</t>
+    <t>قلت: يا رسول الله، ما حق زوجة أحدنا عليه؟، قال: أن تطعمها إذا طعمت، وتكسوها إذا اكتسيت، أو اكتسبت، ولا تضرب الوجه، ولا تقبح، ولا تهجر إلا في البيت</t>
   </si>
   <si>
     <t>att han sa: "Allahs sändebud, vad har en av oss för skyldigheter gentemot sin hustru?” Han ﷺ svarade: ”Att du ger henne mat när du själv äter, att du klär henne när du klär dig eller skaffar dig något, att du inte slår henne i ansiktet, inte förolämpar henne, och inte överger henne – annat än i hemmet.”</t>
   </si>
   <si>
     <t>عَنْ مُعَاوِيَةَ الْقُشَيْرِيِّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، مَا حَقُّ زَوْجَةِ أَحَدِنَا عَلَيْهِ؟، قَالَ: «أَنْ تُطْعِمَهَا إِذَا طَعِمْتَ، وَتَكْسُوَهَا إِذَا اكْتَسَيْتَ، أَوِ اكْتَسَبْتَ، وَلَا تَضْرِبِ الْوَجْهَ، وَلَا تُقَبِّحْ، وَلَا تَهْجُرْ إِلَّا فِي الْبَيْتِ»</t>
   </si>
   <si>
     <t>Mu'awiyah al-Qushayri (må Allah vara nöjd med honom) berättade att han sa: "Allahs sändebud, vad har en av oss för skyldigheter gentemot sin hustru?” Han ﷺ svarade: ”Att du ger henne mat när du själv äter, att du klär henne när du klär dig eller skaffar dig något, att du inte slår henne i ansiktet, inte förolämpar henne, och inte överger henne – annat än i hemmet.”</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم ما حقُّ الزوجة على زوجها؟ فذَكر النبيُّ صلى الله عليه وسلم أمورًا، ومنها: 
 أولًا: لا تَخُصّ نفسَك بالطعام دونها؛ بل تطعمها كلما أكلتَ وطعمتَ. 
 ثانيًا: لا تخص نفسك بالكسوة واللباس، بل تكسوها إذا اكتسيتَ، وإذا اكتسبت واستطعت. 
 ثالثًا: لا تُضرب إلا لسبب وحاجة، وإذا احتاج إلى ضربها للتأديب أو لتركها بعض الفرائض فيكون ضربًا غير مُبَرِّح؛ ولا يُضرب الوجه؛ لأن الوجه أعظم الأعضاء وأظهرها ومشتمل على أجزاء شريفة وأعضاء لطيفة. 
 رابعًا: لا تَشْتُم أو تقل: قَبَّحَ اللهُ وجهَك؛ فلا تنسبه ولا شيئًا من بدنها إلى القُبْح الذي هو ضد الحُسْن؛ لأن الله تعالى هو صَوَّرَ وجهَ الإنسان وجِسْمَه، وأحسن كل شيء خلقه، وذَمُّ الخِلْقة يعود إلى مَذَمَّة الخَالق والعياذ بالله. 
 خامسًا: لا تَهْجُر إلا في المَضْجَع، ولا تَتَحَوَّل عنها، ولا تُحَوِّلها إلى دار أخرى؛ ولعل ذلك فيما يعتاد وقوعه من الهجر بين الزوج والزوجة.</t>
   </si>
   <si>
     <t>Profeten ﷺ frågades om vilka rättigheter hustrun har hos sin man, och han svarade med en rad grundläggande skyldigheter:
 1. Att förse henne med sådan mat som han äter själv.
 2.  Att förse henne med kläder. När han inhandlar kläder ska han även göra det till henne.
 3. Att aldrig skada henne eller slå henne i ansiktet, vilket är människans ädlaste kroppsdel.
 4. Du ska inte förolämpa henne eller säga: ”Må Allah förfula ditt ansikte” – och du får inte heller tillskriva hennes utseende eller någon del av hennes kropp något fult, eftersom fulhet är motsatsen till skönhet. Det är Allah som har format människans ansikte och kropp, och han har skapat allting på bästa sätt. Att kritisera skapelsen är i själva verket ett indirekt klander av Skaparen – och vi söker skydd hos Allah från det.
 5. Att inte överge henne vid oenighet utanför hemmet. Det vill säga att man inte får lämna henne eller förvisa henne, utan hustrun får endast tillfälligt överges i sovrummet. Detta syftar på situationer som kräver tillfällig distansering.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الحقوق التي عليهم أداؤها لغيرهم، ومعرفة الحقوق التي لهم.
  وجوب النفقة والكسوة والسكنى للمرأة على زوجها.
 النهي عن التقبيح المعنوي والحسي.
 من التقبيح المنهي عنه أن يقول: أنت من قبيلةٍ رديئة، أو من عائلة سيئة، أو ما أشبه ذلك.</t>
   </si>
   <si>
     <t>Detta visar hur följeslagarna var angelägna om att förstå sina skyldigheter och inte bara sina rättigheter.
 Det är obligatoriskt för mannen att försörja sin hustru med mat, kläder och bostad enligt sin förmåga.
 Det är förbjudet att förolämpa hustrun fysiskt och verbalt.
 Förbjuden förolämpning inkluderar nedsättande ord om hennes ursprung eller familj och liknande.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58093</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ</t>
+    <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>Pojke! Nämn Allahs namn, ät med din högra hand och ät från det som ligger nära dig</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>'Umar bin Abi Salamah (må Allah vara nöjd med honom) berättade: "Jag var en ung pojke som omhändertogs av Allahs sändebud ﷺ, och min hand brukade (ta mat) från olika platser av fatet. Allahs sändebud ﷺ sa till mig: 'Pojke! Nämn Allahs namn, ät med din högra hand och ät från det som ligger nära dig.' Ända sedan dess har jag ätit på det sättet."</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>'Umar bin Abi Salamah (må Allah vara nöjd med honom), sonen till profetens ﷺ hustru Umm Salamah (må Allah vara nöjd med henne), brukade omhändertas och fostras av profeten ﷺ. Under måltiden brukade han föra sin hand över hela fatet för att ta mat. Profeten ﷺ lärde följaktligen honom tre saker om bordsskick:
 1. Att säga "Bismillah" (I Allahs namn) innan man börjar äta.
 2. Att äta med höger hand.
 3. Att äta från den maten som finns nära en.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
 تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
 رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
 من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
 التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
   </si>
   <si>
     <t>En del av det islamiska bordsskicket är att nämna Allahs namn innan måltiden påbörjas.
 Barn ska läras bra etikett, särskilt de barn som en person tar hand om.
 Profetens ﷺ vänlighet och tålamod när han lärde och fostrade barn.
 Ett av de islamiska bordsskicken är att äta från maten som finns nära tillhands. Om det däremot finns flera olika maträtter kan man sträcka sig efter det man vill ha.
 Följeslagarna följde de riktlinjerna som profeten ﷺ gav dem, något vi lär oss från 'Umars uttalande då han sa: "Ända sedan dess har jag ätit på det sättet."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58120</t>
   </si>
   <si>
-    <t>إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ</t>
+    <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>Om någon av er äter, ska han äta med sin högra hand, och om han dricker ska han dricka med höger hand, för säkerligen äter Shaytan med sin vänstra hand och dricker med sin vänstra hand</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om någon av er äter, ska han äta med sin högra hand, och om han dricker ska han dricka med höger hand, för säkerligen äter Shaytan med sin vänstra hand och dricker med sin vänstra hand."</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Profeten ﷺ beordrade muslimer att äta och dricka med höger hand, och förbjöd att äta och dricka med vänster hand eftersom Shaytan gör det.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Det är förbjudet att efterlikna Shaytan genom att äta och dricka med vänster hand.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58122</t>
   </si>
   <si>
-    <t>مَنْ كَانَتْ لَهُ امْرَأَتَانِ فَمَالَ إِلَى إِحْدَاهُمَا، جَاءَ يَوْمَ الْقِيَامَةِ وَشِقُّهُ مَائِلٌ</t>
+    <t>من كانت له امرأتان فمال إلى إحداهما، جاء يوم القيامة وشقه مائل</t>
   </si>
   <si>
     <t>”Den som har två hustrur och lutar till förmån för den ena av dem, kommer att komma lutandes med kroppen på uppståndelsens dag.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ كَانَتْ لَهُ امْرَأَتَانِ فَمَالَ إِلَى إِحْدَاهُمَا، جَاءَ يَوْمَ الْقِيَامَةِ وَشِقُّهُ مَائِلٌ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: ”Den som har två hustrur och lutar till förmån för den ena av dem, kommer att komma lutandes med kroppen på uppståndelsens dag.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن كانت له أكثر من زوجة، فلم يَعْدِل بين زوجاته العدلَ المُستطاع، من مساواة بينهن في الإنفاق والمسكن والملبس والمَبِيْت، بأنَّ عقابه يوم القيامة أن يكون نصفُ جسدِه مائلًا، وميلانه عقوبة له على جوره، كما مَالَ في معاملته.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnar den man som har mer än en hustru men inte är rättvis i sin behandling av dem. Det handlar om sådant han kan påverka, såsom försörjning, bostad, kläder och övernattning. Om han medvetet favoriserar en av dem och försummar den andra, kommer hans kropp att vara lutad åt sidan på domedagen, vilket är en synlig bestraffning för hans orättvisa.</t>
   </si>
   <si>
     <t>وجوب القَسْمِ على الرجل بين زوجتيه أو زوجاته، ويَحْرُم عليه المَيْلُ إلى إحداهنَّ عن الأخرى، فيما يقدر عليه من النفقة، والمبيت، وحسن المقابلة، ونحو ذلك.
 التسوية في القِسْمَة ونحو ذلك، فيما يملك الإنسان، أما ما لا يملكه كالمحبة والمَيْل القلبي فإنه لا يدخل في الحديث، وهو المقصود في قوله تعالى: {ولن تستطيعوا أن تعدلوا بين النساء ولو حرصتم} [النساء: 129].
 الجزاء يكون من جنس العمل، فإنَّ الرجل لما مال في الدنيا من زوجةٍ إلى أخرى، جاء يوم القيامة مائلًا أحدُ شِقَّيْه عن الآخر.
 تعظيم حقوق العباد، وأنه لا يُسامَح فيها؛ لأنها مبنيةٌ على الشُّحِّ والتَّقَصِّي.
 استحباب الاقتصار على زوجةٍ واحدةٍ، إذا خاف الرجل أن لا يعدل بين زوجاته؛ لئلا يقع في التقصير في الدين؛ قال تعالى: {فَإِنْ خِفْتُمْ أَلَّا تَعْدِلُوا فَوَاحِدَةً} [النساء: 3].</t>
   </si>
   <si>
     <t>Det är obligatoriskt för en man med flera hustrur att vara rättvis i allt han kan kontrollera: ekonomi, tid, vistelse, god behandling och så vidare.
 Känslor och kärlek är utanför människans kontroll och räknas inte till orättvisa i sig. Det är innebörden av versen: “Ni kommer aldrig att kunna vara helt rättvisa mellan era kvinnor, hur gärna ni än vill" [4:129].
 Straffet är av samma slag som synden. På grund av att han lutade i orättvisa i det världsliga livet, kommer han att bokstavligen vara lutad på domedagen.
 Det visar hur viktigt det är att upprätthålla människors rättigheter, särskilt i nära relationer där försummelse kan leda till djup orättvisa.
 För den som inte är säker på att kunna vara rättvis, är det rekommenderat att nöja sig med en hustru, enligt versen: “Men om ni fruktar att inte kunna vara rättvisa ska ni [nöja er med] en” [4:3].</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58125</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ</t>
+    <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
   </si>
   <si>
     <t>Allah har överseende med vad mitt samfund tänker på inombords, så länge de inte agerar i enlighet med det eller talar om det</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Allah har överseende med vad mitt samfund tänker på inombords, så länge de inte agerar i enlighet med det eller talar om det."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar att en muslim inte blir straffad för dåliga tankar och inre impulser om de inte omsätts i tal eller handling. Allah har befriat oss från denna börda och visar förlåtelse, så länge dessa tankar förblir en flyktig reflektion och inte stadfästs i hjärtat eller uttrycks med handlingar. Men om någon exempelvis ger utrymme för stolthet, högmod, hyckleri eller om sådana känslor gror och omsättas i ord eller handling, då blir personen ansvarig för dem.</t>
   </si>
   <si>
     <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
 الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
 حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
 عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
   </si>
   <si>
     <t>Allah visar överseende och förlåtelse för tankar som dyker upp i människans inre och snabbt försvinner.
 Om någon tänker på skilsmässa eller överväger det, men inte yttrar det eller skriver ner det, räknas det inte som skilsmässa.
 En människa hålls inte ansvarig för ens tankar, oavsett hur allvarliga de är, så länge de inte får utrymme att få fäste i hjärtat eller omsätts i tal eller handling.
 Profeten Muhammeds ﷺ samfund har erhållit en särskild förmån vilket är att den inte hålls ansvarig för tankar, till skillnad från tidigare folk.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58144</t>
   </si>
   <si>
-    <t>رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ</t>
+    <t>رفع القلم عن ثلاثة: عن النائم حتى يستيقظ، وعن الصبي حتى يحتلم، وعن المجنون حتى يعقل</t>
   </si>
   <si>
     <t>Pennan är lyft från dessa tre: den sovande tills han vaknar, barnet tills han når puberteten, och den sinnessjuke tills han återfår sitt förnuft</t>
   </si>
   <si>
     <t>عن علي رضي الله عنه عن النبي صلى الله عليه وسلم قال: «رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ».</t>
   </si>
   <si>
     <t>'Ali (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Pennan är lyft från dessa tre: den sovande tills han vaknar, barnet tills han når puberteten, och den sinnessjuke tills han återfår sitt förnuft."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنَّ التكليفَ لازِمٌ لبني آدم إلا هؤلاء الثلاثة: 
 الطفل الصغير حتى يَكْبُرَ ويَبْلُغ.
 وعن المجنون فاقِدِ العقل حتى يَرجِعَ إليه عقلُه. 
 وعن النائم حتى يَستيقظَ.
 فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att alla människor kommer att hållas till svars inför Allah och vara ansvariga för sina handlingar förutom dessa tre:
 Barnet tills det blir äldre och könsmoget.
 Den sinnessjuke tills han återfår sitt förstånd och förnuft.
 Den sovande tills han vaknar.
 Dessa tre är undantagna från det andra är skyldiga att göra, och deras felsteg registreras inte som synder. Men för det lilla barnet skrivs goda gärningar, till skillnad från den galne och den sovande, eftersom dessa saknar den nödvändiga känslomässiga och mentala medvetenheten för att kunna utföra giltiga handlingar som är dyrkan.</t>
   </si>
   <si>
     <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
 عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
 للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
 قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
   </si>
   <si>
     <t>Att en person inte klarar av att utföra vissa handlingar och därför avsägs ansvar kan bero på olika skäl: antingen på grund av sömn, där avsaknaden av medvetande hindrar personen från att utföra sina skyldigheter; på grund av ung ålder och därav inte blivit mogen, vilket innebär att barnet saknar förmåga att förstå sig på skyldigheterna och ta ansvar; eller på grund av sinnessjukdom, där personens mentala funktioner störts, eller liknande tillstånd som berusning. Om någon förlorar sitt omdöme och korrekta uppfattningsförmåga av något av dessa tre skäl, hålls personen inte ansvarig för sina handlingar. I sin rättvisa, fördragsamhet och generositet har Allah lyft bort ansvar och skuld för det som en person begår i dessa tillstånd, även om det innebär att personen begått övertramp eller varit tillkortakommande gentemot Allah.
 Att synder inte skrivs ned för dessa tre personer motsäger inte att vissa världsliga regler kan tillämpas på dem. Till exempel, om en sinnessjuk person begår mord, så utdöms varken hämnd eller bot för honom, men blodspeng ska ändå betalas av hans släkt.
 Puberteten har tre tecken: utlösning, tillväxt av könshår, eller att personen har fyllt femton år. För kvinnor finns ett fjärde tecken, nämligen menstruation.
 Al-Subki sa: "En pojke är ett barn." Andra menar att ett barn i sin moders mage kallas för foster, och när det har fötts ut är det ett barn, och när det avvänjs från amning är han en pojke tills han är sju år gammal. Sedan når han ett annat stadie tills han blir tio år gammal, och övergår till tonåren kort efter det fram till femton år gammal. Under alla dessa stadier befinner han sig i barndomen, vilket al-Suyuti anser.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58148</t>
   </si>
   <si>
-    <t>مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً</t>
+    <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Den som frångår lydnad [till ledaren] och skiljer sig från [den muslimska] gemenskapen och dör, kommer att dö den hedniska tidens död</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som frångår lydnad [till ledaren] och skiljer sig från [den muslimska] gemenskapen och dör, kommer att dö den hedniska tidens död. Den som strider under ett blind ledarskap och förargas utav fanatism, kallar till fanatism eller stödjer fanatism och dödas, kommer att dö enligt den hedniska tidens död. Den som gör uppror mot mitt samfund och attackerar, både dess rättfärdiga och dess orättfärdiga, inte skonar dess troende och håller inte pakten med den som givits den, tillhör inte mig och jag tillhör inte honom."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar att den som gör uppror mot ledarna, skiljer sig från den muslimska gemenskapen som är överens om att visa ge ledaren trohetslöfte och dör i detta tillstånd av uppror och splittring, dör en död som är i enlighet med den hedniska tiden. Under den tiden brukade man inte lyda ledare och inte heller hålla sig till en gemensam grupp, snarare fanns det olika grupper och stammar som brukade kriga mot varandra.
 . Han ﷺ berättade även om den som strider under ett blint ledarskap, som inte särskiljer mellan rätt och fel, förargas av fanatism och nationalism, och inte av religiösa och sanna skäl, och strider för fanatism utan insikt eller kunskap. Om den personen dör i detta tillstånd dör han enligt den hedniska tiden.
 Och att den som begår uppror mot sitt samfund och attackerar de rättfärdiga samt de orättfärdiga, utan att bry sig om vad han gör eller om konsekvenserna av att mörda en troende och inte heller håller pakten med de otrogna eller med ledarna utan snarare bryter den, begår en större synd. Den som gör detta förtjänar stränga varningar.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att lyda ledarna i det som inte är olydnad till Allah.
 Detta innehåller en sträng varning mot att göra uppror mot ledaren och att splittras från den muslimska gemenskapen. Om en person gör detta och dör i det tillståndet dör han på samma sätt som folket på den hedniska tiden dog.
 Det är förbjudet att strida baserat på fanatism.
 Det är obligatoriskt att hålla pakter.
 Det finns mycket gott i att lyda ledarna och att hålla sig till församlingen, så som trygghet, lugn och ett bra tillstånd.
 Det är förbjudet att efterlikna den hedniska tiden.
 Den uppmanar till att hålla fast vid den muslimska gemenskapen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58218</t>
   </si>
   <si>
-    <t>مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ</t>
+    <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
     <t>Om någon kommer till er och försöker förstöra er sammanhållning eller splittra er gemenskap när ni har kommit överens om en ledare, ska ni döda honom</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>'Arfajah (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Om någon kommer till er och försöker förstöra er sammanhållning eller splittra er gemenskap när ni har kommit överens om en ledare, ska ni döda honom."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att om muslimerna enats om en ledare och en grupp, och därefter kommer någon som vill utmana ledarskapet eller dela upp muslimerna i flera grupper, är det obligatoriskt att hindra honom och strida mot honom. Detta görs för att stoppa hans ondska och undvika att muslimernas blod spills.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Det är obligatorisk att lyda den muslimska ledaren i det som inte är olydnad till Allah, och det är förbjudet att göra uppror mot honom.
 Den som gör uppror mot den muslimska ledaren och den muslimska gemenskapen måste bekämpas, oavsett vilken status och tillhörighet denne må ha.
 Detta uppmanar muslimerna att enas och varnar dem från att splittras.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58223</t>
   </si>
   <si>
-    <t>كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة</t>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>Allt som berusar räknas som vin, och allt som berusar är förbjudet. Den som dricker vin i denna värld och dör medan han är beroende av det utan att ha ångrat sig, kommer inte att dricka det i det kommande livet</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>Ibn Umar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allt som berusar räknas som vin, och allt som berusar är förbjudet. Den som dricker vin i denna värld och dör medan han är beroende av det utan att ha ångrat sig, kommer inte att dricka det i det kommande livet."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargjorde att allt som påverkar och fördunklar sinnet är att betrakta som vin och berusande, oavsett om det intas genom dryck, mat, inandning eller annat. Och att allt som berusar och fördunklar sinnet har Allah förbjudit, vare sig det är lite eller mycket. Den som dricker något av dessa berusningsmedel och kontinuerligt gör det utan att visa ånger innan sin död, förtjänar Allahs straff genom att bli berövad att dricka det i paradiset.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Anledningen till förbudet mot vin är dess berusande effekt, så allt som berusar, oavsett form, är förbjudet.
 Allah har förbjudit vin på grund av de stora skador och negativa konsekvenser det medför.
 Att dricka vin i paradiset är en fullständig njutning och en del av den perfekta välsignelsen där.
 Den som inte avstår från att dricka vin i denna värld, kommer Allah att beröva honom möjligheten att dricka det i paradiset, eftersom straffet är av samma natur som handlingen.
 Det är uppmanat att skyndsamt visa ånger för sina synder före döden.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58259</t>
   </si>
   <si>
-    <t>جَاهِدُوا المشركين بأموالكم وأنفسكم وألسنتكم</t>
+    <t>جاهدوا المشركين بأموالكم وأنفسكم وألسنتكم</t>
   </si>
   <si>
     <t>”Bekämpa avgudadyrkarna med era förmögenheter, era kroppar och era tungor.”</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه أن النبي صلى الله عليه وسلم قال: «جَاهِدُوا المشركين بأموالكم وأنفسكم وألسنتكم».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: ”Bekämpa avgudadyrkarna med era förmögenheter, era kroppar och era tungor.”</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بجهاد الكفّار، وبَذْلِ الجُهْدِ في مواجهتهم بكل وسيلة على قدر الاستطاعة لتكون كلمة الله هي العليا، ومن ذلك:
 أولًا: إنفاق المال في جهادهم؛ من شراء سلاح ونفقة على المجاهدين ونحو ذلك. 
 ثانيًا: الخروج بالنفس والبدن لملاقاتهم ومدافعتهم. 
 ثالثًا: بدعوتهم لهذا الدين باللسان، وإقامة الحجة عليهم، وزجرهم والرد عليهم.</t>
   </si>
   <si>
     <t>Profeten ﷺ beordrar muslimer att kämpa mot fientliga avgudadyrkare och dem som står i vägen för att islam sprids med alla tillgängliga medel, i den mån man har förmåga. Det inkluderar:
 1. Att använda sin förmögenhet genom att stödja kampen mot dem ekonomiskt: bidra till utrustning, spendera på dem som utför kampen och liknande.
 2. Att använda sin kropp genom att fysiskt delta i försvar och kamp.
 3. Att använda sin tunga genom att kalla till islam och argumentera för det i sina samtal med dem, och tillvakavisa de falska påståenden de kommer med.</t>
   </si>
   <si>
     <t>الحث على جهاد المشركين بالنفس والمال واللسان؛ كلٌّ بحسب استطاعته، وأنّ الجهاد لا يَقْتَصِرُ على المقاتلة بالنفس.
 الأمر بالجهاد للوجوب، وقد يكون واجبًا عَيْنيًّا، وقد يكون واجبًا كِفَائيًّا.
 شرع الله الجهاد لأمور منها: أولًا: مقاومة الشرك والمشركين؛ لأن الله لا يقبل الشرك أبدًا، ثانيًا: إزالة العَقَبَات التي تَعْتَرِض سبيل الدعوة إلى الله، ثالثًا: حماية العقيدة من كل ما يُضَادُّها، رابعًا: الدفاع عن المسلمين وعن أوطانهم وأعراضهم وأموالهم.</t>
   </si>
   <si>
     <t>Uppmaningen att bekämpa avgudadyrkare med kropp, egendom och tunga visar att varje person bör göra det efter sin förmåga, och att Jihad inte enbart handlar om beväpnad strid med kroppen.
 Att det befalls med Jihad tyder på att det är obligatoriskt, och det kan antingen vara en individuell plikt i vissa fall, eller kollektiv plikt.
 Allah har föreskrivit Jihad av flera skäl, bland dem: 1. Att bekämpa avgudadyrkan och avgudadyrkare, eftersom Allah aldrig accepterar något sådant. 2. Avlägsna hinder som står i vägen för att islam sprids. 3. Skydda den islamska tron mot allt som strider mot den. 4. Försvara muslimer, deras länder, ära och egendom.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/64597</t>
   </si>
   <si>
-    <t>مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا</t>
+    <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Den som dödar en person som befinner sig under ett avtal ska inte få känna paradisets doft, fastän dess doft kan upplevas från en utsträckning som motsvarar en fyrtioårs lång färd</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som dödar en person som befinner sig under ett avtal ska inte få känna paradisets doft, fastän dess doft kan upplevas från en utsträckning som motsvarar en fyrtioårs lång färd."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om det stränga straffet för den som dödar en person som befinner sig under ett avtal, vilket syftar på den otrogne personen som befinner sig i ett muslimskt land baserat på ett avtal om att han ska få skydd. Den som dödar honom kommer inte att få känna paradisets doft, fastän dess doft kan upplevas från en utsträckning som motsvarar en fyrtioårs lång färd.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Det är förbjudet att döda otrogna som befinner sig under avtal som förser dem med skydd. Detta är från de större synderna.
 Al-Mu'ahad: den otrogne som bor i ett muslimskt land och som har ett avtal med muslimerna om att han inte ska strida mot dem, och de inte ska strida mot honom. Adh-Dhimmi: otrogna skyddsfolk som bor i muslimska länder och betalar skyddsskatt. Al-Musta'man: den otrogne som befinner sig i muslimska länder under ett avtal om skydd och säkerhet för en viss tid.
 Detta är en varning för att bedra och svika avtal med de otrogna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/64637</t>
   </si>
   <si>
-    <t>نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ</t>
+    <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
   </si>
   <si>
     <t>Förbjöd (att äta) varje rovdjur som har huggtänder och varje fågel som har klor</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) återberättade från Allahs sändebud ﷺ att han: "Förbjöd (att äta) varje rovdjur som har huggtänder och varje fågel som har klor."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن أكْلِ كلِّ سَبُعٍ من الحيوانات المُفْتَرِسَة التي تَصِيْد بواسطة نابِها، وعن أَكْلِ كلِّ طَيْرٍ يَقْطَع ويُمْسِكُ بمِخْلَبِهِ.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd konsumtion av varje rovdjur som jagar med sina huggtänder, samt varje fågel som använder sina klor för att fånga och slita sitt byte, likt rovfåglar.</t>
   </si>
   <si>
     <t>حرص الإسلام على الطيِّبات في كل شيء من المأكل والمشرب وغيرها.
 الأصل في الأطعمة الحِلّ؛ إلا ما دلَّ الدليل على تحريمه.</t>
   </si>
   <si>
     <t>Islam manar till bra och goda saker i livets alla aspekter, inklusive mat och dryck.
 Grundregeln för mat är att allt är tillåtet, förutom det som uttryckligen förbjudits genom bevis i Shari'ah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/64643</t>
   </si>
   <si>
-    <t>لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ</t>
+    <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ förbannade mutaren och den mutade i domslut</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade: "Allahs sändebud ﷺ förbannade mutaren och den mutade i domslut."</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>Profeten ﷺ bad en bön att den som ger eller tar emot mutor ska exkluderas och uteslutas från Allahs barmhärtighet.
 Detta inkluderar det som ges till domare så att de dömer orättvist, varpå den som ger mutan kan uppnå det han önskar sig utan rätt.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Det är förbjudet att ge mutor, ta dem, medla för dem eller möjliggöra dem, eftersom det omfattar att samarbeta på synd.
 Mutor är från de större synderna, eftersom Allahs sändebud ﷺ förbannade den som tog emot dem och gav dem.
 Mutor kopplade till domslut är värre i synd och har större allvar, eftersom det leder till förtryck och att döma med annat än det som Allah har uppenbarat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/64689</t>
   </si>
   <si>
-    <t>بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ</t>
+    <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>Islam har byggts på fem</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Islam har byggts på fem: vittnesmålet att det inte finns någon sann gud utom Allah, och att Muhammed är hans tjänare och sändebud, att förrätta bönen, att ge allmosa, att göra Hajj till Huset (kaba), och att fasta Ramadan."</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>Profeten ﷺ liknar islam vid en robust byggnad med fem pelare som bär byggnaden. Resterande delar av islam är något som kompletterar byggnaden. Den första pelaren: de två vittnesmålen; det finns ingen sann gud utom Allah och Muhammed är Allahs sändebud. Dessa vittnesmål är en pelare eftersom de inte kan separeras från varandra. Tjänaren yttrar dem och bekänner att Allah är en, och att enbart han förtjänar att dyrkas, och ingen annan, samtidigt som han handlar i enlighet med vad detta innebär. Han vittnar även om att han tror på Muhammeds budskap och följer honom. Den andra pelaren: att etablera bönen. Detta refererar till de fem obligatoriska bönerna som förrättas under dygnet; Fajr, Dhuhr, 'Asr, Maghrib och 'Isha'. De förrättas med deras villkor, pelare och obligatoriska aspekter. Den tredje pelaren: att ge den obligatoriska allmosan. Detta är en finansiell dyrkanshandling som är en plikt på varje egendom som nått den mängd som religionen har tydliggjort. Den ska ges till de som är berättigade att få den. Den fjärde pelaren: Hajj, pilgrimsfärden till Mecka för att utföra visa ritualer för att dyrka Allah. Den femte pelaren: att fasta Ramadan. Fasta innebär att avstå från mat, dryck och andra saker som bryter fastan, från soluppgång till solnedgång med avsikten att dyrka Allah genom det.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>De två vittnesmålen är bundna till varandra; den ena kan inte vara giltig utan den andra, och därför gjordes de till en enda pelare.
 Vittnesmålen är religionens grund, och därför är de avgörande för att yttranden eller handlingar ska accepteras.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65000</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Den av er som ser något orätt skall ändra på det med handen. Klarar han inte av det, gör han det med munnen. Klarar han inte av det, gör han det med hjärtat och det är det svagaste av tron</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den av er som ser något orätt skall ändra på det med handen. Klarar han inte av det, gör han det med munnen. Klarar han inte av det, gör han det med hjärtat och det är det svagaste av tron."</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>Profeten ﷺ beordrar att ondska, vilket är allt som Allah och hans sändebud förbjudit, ska fördömas utefter kapacitet. Följaktligen måste man stoppa ondskan med handen, om man har möjlighet till det. Om man inte kan göra det ska man stoppa det muntligt genom att hindra den som vill göra något ont. Detta kan ske med hjälp av att förtydliga dess skada och ge ett bättre alternativ än det dåliga. Om man inte klarar av föregående ska man åtminstone hindra det med sitt hjärta genom att avsky det onda och besluta sig för att ändra det när möjlighet uppstår. Att ändra den onda handlingen i ens hjärta är den lägsta nivån av tron.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>Denna Hadith är en grundprincip av vilka nivåer det finns i att ändra det onda.
 Det onda ska förbjudas stegvist och utefter var persons kapacitet och möjlighet.
 Att förbjuda det onda har en väsentlig roll i religionen och ingen är ursäktad från att tillämpa det. Varje muslim ska praktisera detta utefter förmåga.
 Att uppmana till det goda och förbjuda det onda är från trons egenskaper, tron stiger och sjunker.
 Att ha kunskap om att något verkligen är ont är en förutsättning för att det ska avvisas.
 Ännu ett villkor är att något som är ont inte förbjuds om det leder till att den större ondska sker.
 Att förbjuda ondska ska göras utifrån rätt moral och villkor, som varje muslim bör ha kunskap om.
 Att fördöma det onda ska ske utmed islamiska riktlinjer, kunskap och insikt.
 Att inte fördöma det onda i hjärtat tyder på svag tro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Den som gör gott som muslim kommer inte att straffas för det den gjorde innan han blev muslim, och den som gör ont som muslim kommer att straffas för sina tidigare och senare (dåliga handlingar)</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Ibn Mas'ud (må Allah vara nöjd med honom) berättade att en man sa: "Allahs sändebud! Kommer vi att straffas för det vi gjorde i innan vi blev muslimer?" Profeten ﷺ svarade: "Den som gör gott som muslim kommer inte att straffas för det den gjorde innan han blev muslim, och den som gör ont som muslim kommer att straffas för sina tidigare och senare (dåliga handlingar)."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör vilken förträfflighet det är att bli muslim då den som blir muslim och praktiserar islam på ett korrekt sätt, genom att vara uppriktig och sanningsenlig, inte kommer att ställas till svar för synden han utfört innan han blev muslim. Den som däremot gör onda handlingar efter att ha blivit muslim, genom att egentligen vara en hycklare eller hädar från religionen, kommer att ställas till svar för det han begick både som otrogen och som muslim.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Följeslagarna (må Allah vara nöjda med dem) var oroliga och rädda för att straffas för det de hade gjort innan de var muslimer.
 Uppmaningen att vara stabil i sitt praktiserande av islam.
 Vilken dygd det finns i att konvertera till islam, då det stryker bort alla dåliga handlingar som tidigare utförts.
 Hädaren och hycklaren ställs till svar för varje handling de utfört innan de blev muslimer, och varje synd de utförde som muslimer.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>Om jag ber de obligatoriska bönerna, fastar Ramadan, anser det tillåtna vara tillåtet och det förbjudna vara förbjudet</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>Jabir (må Allah vara nöjd med honom) sa att en man frågade Allahs sändebud ﷺ: "Om jag ber de obligatoriska bönerna, fastar Ramadan, anser det tillåtna vara tillåtet och det förbjudna vara förbjudet, och inte gör något mer än det - kommer jag att träda in i paradiset?" Han ﷺ svarade jakande. Då sa han: "Vid Allah! Jag ska inte göra något mer än det."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att den som ber de fem obligatoriska bönerna och inte någon frivillig bön utöver det, fastar Ramadan och ingen frivillig fasta, tror att det tillåtna är tillåtet och gör det, tror att det förbjudna är förbjudet och undviker det kommer att träda in i paradiset.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Muslimen ska vara mån om att göra det obligatoriska och undvika det förbjudna och ha paradiset som sitt mål.
 Vikten av att göra det tillåtna med tron om att det är tillåtet, och att undvika det förbjudna med tro om att det är tro.
 Att göra de obligatoriska handlingarna och undvika de förbjudna handlingarna är en anledning att träda in i paradiset.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>Rening utgör halva tron. Frasen 'Alhamdulillah (Lov ske Allah)' fyller vågen, och frasen 'Subhanallah wal-hamdu lillah' (fri är Allah från brister, och lov ske Allah)' fyller allt mellan himmel och jord</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>Abu Malik al-Ash'ari berättade att Allahs sändebud ﷺ sa: "Rening utgör halva tron. Frasen 'Alhamdulillah (Lov ske Allah)' fyller vågen, och frasen 'Subhanallah wal-hamdu lillah' (fri är Allah från brister, och lov ske Allah)' fyller allt mellan himmel och jord. Bön är ljus, välgörenhet är bevis, tålamod är ljussken och Koranen är antingen till din fördel eller till din nackdel. Alla människor strävar och säljer sig själva; antingen frigör de sig eller också förgör de sig."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den kroppsliga reningen genom större eller mindre tvagning är ett villkor i bönen. Och att frasen "Alhamdu lillah (Lov ske Allah)" fyller vågen. Frasen innebär att Allah prisas och beskrivs med de perfekta egenskaperna, och denna fras kommer att vägas på domedagen varpå vågen av goda handlingar fylls. Och frasen "Subhanallah wal-hamdu lillah (fri är Allah från brister, och lov ske Allah)" fyller allt mellan himmel och jord. Frasen medför att personen av kärlek och högaktning vittnar om att Allah är fri från brister och att han beskrivs med de ytterst perfekta beskrivningarna som lämpar hans majestät. "Bön är ljus" i tjänarens hjärta, ansikte, grav och då han återuppstår. "Välgörenhet är bevis" som tyder på den troendes äkta tro, och att han skiljer sig från hycklaren som vägrar att ge det då han inte tror på de löften som getts gällande det. "Tålamod är ljussken", tålamod innebär att hålla tillbaks sig själv från att bli otålig och arg. Detta är ett ljus som medför hetta som bränner, likt solens strålar, eftersom det är svårt att ha tålamod och kräver att man kämpar och har självdisciplin varpå personen fortsätter att vara upplyst och vägledd till det rätta. Tålamod sker genom att ha tålamod med att lyda Allah, ha tålamod med att inte trotsa Allah och att ha tålamod med de katastrofer och svårigheter som sker i detta liv. "Och Koranen är antingen till din fördel" när den läses och implementeras, "eller till din nackdel" när den inte läses eller implementeras. Sedan berättade profeten ﷺ att alla människor strävar genom att vakna och bege sig hemifrån för att jobba med diverse arbeten. Bland dem finns det de som verkligen lyder Allah och på så vis frigör sig från elden, och dem som gör motsatsen genom att synda och därför förstör sig själv då de träder in i elden.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Renlighet har två former: yttre renlighet som uppnås genom tvagning eller dusch, och inre renlighet som uppnås genom monoteism, tro och goda handlingar.
 Vikten av att vara mån om bönerna då de är tjänarens ljus i denna värld och på domedagen.
 Välgörenhet är ett bevis på sann tro.
 Vikten av att praktisera Koranens lära och att tro på den så att den blir ett bevis för dig och inte mot dig.
 Om en person inte håller sig upptagen med dyrkan kommer han att bli upptagen med synder.
 Varje människa kommer oundvikligen att sträva efter något; antingen frigör han sig själv med lydnad till Allah eller förstör den genom synder.
 Att ha tålamod är mödosamt och kräver därför uthållighet och hopp om Allahs belöning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>Måhända att en man nås av en Hadith från mig varpå han, lutande på sin soffa, säger: 'Mellan oss och er är Allahs Bok</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Al-Miqdam bin Ma'dikarib (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Måhända att en man nås av en Hadith från mig varpå han, lutande på sin soffa, säger: 'Mellan oss och er är Allahs Bok. Så vad vi än finner i den som är tillåtet, anser vi vara tillåtet, och vad vi än finner i den som är otillåtet, anser vi vara otillåtet.’ Sannerligen är det som Allahs sändebud förbjudit detsamma som det Allah förbjudit."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att det snart kommer komma en tid då det finns vissa människor som sitter, varav en är lutande på sin soffa, och nås av en Hadith från profeten ﷺ. Då säger han: "Det som avgör mellan oss i diverse frågor är Koranen, den är tillräcklig. Följaktligen agerar vi utefter det som vi finner vara tillåtet i den, och håller oss borta ifrån det som är förbjudet i den." Då förklarade profeten ﷺ att allt som han har förbjudit i sin Sunnah har samma bestämmelse som det som Allah har förbjudit i sin bok, eftersom han enbart förmedlar från sin Herre.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Sunnahn ska högaktas och följas på samma sätt som Koranen ska högaktas och följas.
 Att lyda sändebudet ﷺ innebär att Allah lyds, och att trotsa honom innebär att Allah trotsas.
 Detta visar Sunnahns auktoritet och är en avvisning av dem som avfärdar eller förnekar Sunnahn.
 Den som vänder sig bort från Sunnahn och påstår att han håller fast vid Koranen har i själva verket vänt sig bort från dem båda, och därför är hans påstående om att han följer Koranen felaktigt.
 Detta är ett bevis för profetens ﷺ profetia då han berättade om något som skulle inträffa i framtiden, och det också inträffade precis så som han berättade.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
-    <t>[Återberättad av Abu Dawud, at-Tirmidhi och Ibn Majah]</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>Allahs sändebud! Jag har utfört alla synder - stora såväl som små.' Då sa han ﷺ: 'Vittnar du inte om att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) sa: "En man kom till profeten ﷺ och sa: 'Allahs sändebud! Jag har utfört alla synder - stora såväl som små.' Då sa han ﷺ: 'Vittnar du inte om att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud?', vilket han upprepade tre gånger. Mannen svarade jakande. Då sa han ﷺ: 'Detta [vittnesmål] överträffar dessa [synder].'"</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>En man kom till profeten ﷺ och sa: "Allahs sändebud! Jag har begått alla typer av synder, stora som små, kan jag bli förlåten?" Varpå profeten ﷺ sa till honom: "Vittnar du inte att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud?" Han upprepade detta tre gånger. Mannen svarade: "Ja, jag vittnar om detta." Då informerade profeten ﷺ honom om vittnesmålens dygd och synderna de stryker ut, och att ånger stryker bort det som skett innan.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Vittnesmålens betydelse och att de överväger synder för den som yttrar dem med uppriktighet från sitt hjärta.
 Islam utplånar de synder som har begåtts innan man konverterat.
 Uppriktig ånger utplånar de synder som har begåtts innan det.
 Från profetens ﷺ vägledning är att upprepa sig vid undervisning.
 Vittnesmålens dygd och att de är anledningen till att en person inte kommer att vara i helvetet i all evighet.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[Återberättad av Abu Ya'la, at-Tabarani och ad-Diya' al-Maqdisi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>'Allahs rättighet över tjänarna är att de dyrkar honom och inte sätter någon vid hans sida. Tjänarnas rättighet över Allah är att han inte straffar den som inte sätter någon vid hans sida</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Mu'adh (må Allah vara nöjd med honom) sa: "Jag satt bakom profeten ﷺ på en åsna som kallades för 'Ufayr. Han sa till mig: 'Mu'adh! Vet du vilken rättighet Allah har över tjänarna, och vilken rättighet tjänarna har över Allah?' Jag sa: 'Allah och hans sändebud vet bättre.' Han sa: 'Allahs rättighet över tjänarna är att de dyrkar honom och inte sätter någon vid hans sida. Tjänarnas rättighet över Allah är att han inte straffar den som inte sätter någon vid hans sida.' Jag sa: ”Allahs sändebud! Ska jag inte ge människorna det glada budskapet?' Han sa: 'Ge inte dem det glada budskapet så att de inte förlitar sig på det.'"</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om Allahs rättighet över tjänarna och tjänarnas rättighet över Allah. Allahs rättighet över tjänarna är att de enbart dyrkar honom och inte sätter någon vid hans sida. Tjänarnas rättighet över Allah är att han inte straffar monoteisterna som inte dyrkade något vid hans sida. Då sa Mu'adh: "Allahs sändebud! Ska jag inte dela det glada budskapet så att de kan glädjas och finna lycka i detta löfte?" Profeten ﷺ stoppade honom från detta i fruktan av att de skulle förlita sig på det.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Allahs rättighet, som han har förpliktat över sina tjänare, vilken är att de dyrkar honom och inte sätter någon vid hans sida.
 Tjänarnas rättighet över Allah, som han förpliktat för sig själv av sin godhet och välsignelse, är att han låter dem träda in i paradiset och att han inte straffar dem.
 Detta är ett enormt löfte till monoteisterna, som inte dyrkar något vid Allahs sida, vilket är att de kommer att träda in i paradiset.
 Mu'adh återberättade denna Hadith innan han dog, eftersom han fruktade att han syndade om han hemlighöll kunskap.
 Detta visar att vissa Hadither inte bör spridas bland somliga människor i fruktan av att de missförstås, förutsatt att Haditherna inte fordrar någon handling eller innehåller straff för vissa gärningar.
 Syndarna bland monoteisterna är under Allahs vilja; om han vill straffar han dem och om han vill förlåter han dem. Sedan kommer de slutligen att komma till paradiset.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>Den som dör utan att sätta något vid Allahs sida kommer att komma in i paradiset, och den som dör medan han sätter något vid Allahs sida kommer att träda in i elden.'</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>Jabir (må Allah vara nöjd med honom) berättade: "En man kom till profeten ﷺ och sa: 'Allahs sändebud! Vilka är de två faktumen?' Han sa: 'Den som dör utan att sätta något vid Allahs sida kommer att komma in i paradiset, och den som dör medan han sätter något vid Allahs sida kommer att träda in i elden.'"</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>En man frågade profeten ﷺ om två faktum som antingen leder till paradiset eller till helvetet. Han ﷺ svarade att det första faktumet som nödvändiggör inträdet i paradiset är att en människa dör i ett tillstånd av att enbart dyrka Allah utan att sätta någon vid hans sida. Och att det andra faktumet som nödvändiggör helvetet är att en människa dör i ett tillstånd då han dyrkar andra än Allah. Han kan göra detta genom att tillskriva Allah en partner eller en like i hans gudomlighet, herravälde, namn eller egenskaper.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Monoteismens dygd och att den som dör som troende, utan att tillskriva Allah någon partner, träder in i paradiset.
 Faran med månggudadyrkan, då personen som dör i ett tillstånd då han sätter andra vid Allahs sida, kommer att träda in i elden.
 Syndarna bland monoteisterna är under Allahs vilja; om han vill straffar han dem, och om han vill förlåter han dem. Sedan kommer de slutligen att komma till paradiset.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>Han kommer inte att gagnas av det. Inte en enda dag sa han: 'Herre! Förlåt mig mina synder på domedagen.'</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) sa: "Jag sa: 'Allahs sändebud! Under den hedniska tiden brukade Ibn Jud'an bevara släktbanden och ge mat till den fattige. Kommer han att gagnas av det?' Han ﷺ sa: 'Han kommer inte att gagnas av det. Inte en enda dag sa han: 'Herre! Förlåt mig mina synder på domedagen.'"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om 'Abdullah bin Jud'an, som var en av Qurayshs ledare under den för-islamiska perioden. Från hans förträffliga handlingar var att han brukade upprätthålla släktbanden och vara vänlig mot släktingar, mata fattiga och göra andra förträffliga handlingar som islam uppmanar till. Profeten ﷺ berättade att hans handlingar inte gynnar honom i det kommande livet eftersom han förnekade Allah, och att han aldrig någonsin sa: "Herre! Förlåt mina synder på domedagen."</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>Detta visar trons förträfflighet, och att den är ett villkor för att goda handlingar ska accepteras.
 Detta visar även otrons onda konsekvenser då den leder till att goda handlingar avvisas.
 De otrogna kommer inte att gynnas av sina handlingar i det kommande livet eftersom de inte trodde på Allah och den yttersta dagen.
 Om en person gör goda handlingar när han är otrogen och sedan blir muslim kommer han att belönas för dessa handlingar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>'Vet ni vad er Herre sa?' De svarade: ”Allah och hans sändebud vet bättre.' Profeten ﷺ sa: 'Allah sa: ”Några av mina tjänare har gått morgonen till mötes i form av att tro på mig, och somliga i form av att begå otro</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Zayd bin Khalid al-Juhani (må Allah vara nöjd med honom) sa: ”Allahs sändebud ﷺ hade bett Fadjr med oss i Hudaybiyah och det hade regnat under natten. När han var klar vände han sig mot människorna och sa: 'Vet ni vad er Herre sa?' De svarade: ”Allah och hans sändebud vet bättre.' Profeten ﷺ sa: 'Allah sa: ”Några av mina tjänare har gått morgonen till mötes i form av att tro på mig, och somliga i form av att begå otro. Den som sa: 'Vi har fått regn tack vare Allah och hans nåd' tror på mig och förkastar tron på himlakropparna. Men den som sa: 'Vi har fått regn tack vare en viss himlakropp' begår förnekar tron på mig och tror istället på himlakropparna.'"</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>Profeten ﷺ utförde morgonbönen i al-Hudaybiyah, en by nära Makkah, efter att det regnat under natten. När han gjorde Taslim och avslutade sin bön vände han sig med sitt ansikte mot människorna. Han frågade dem: "Vet ni vad er Herre sagt?" De svarade: "Allah och hans sändebud vet bättre." Han ﷺ förklarade att Allah har tydliggjort att människor delar upp sig i två grupper när det regnar; en grupp som tror på Allah, och en annan grupp som förnekar Allah. Beträffande de som säger att de fått regn tack vare Allahs godhet och nåd, och säger att det är Allah som sänt ner regnet, är den som tror på Allah är Skaparen och den som styr i skapelsen, och förnekar följaktligen tron på himlakroppar. Men den som säger att de fått regn tack vare en viss himlakropp förkastar tron på Allah och tror istället på himlakropparna. Detta är en form av mindre otro då orsaken till regn tillskrivs himlakroppar, men Allah har varken gjort de till en religiös eller universell orsak. Men gällande de som tillskriver regnet och andra händelser på jorden till himlakropparnas rörelser, i tro om att det är de som i verkligheten orsakar händelserna, är istället otrogen och har fallit in i större otro.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Efter regn är det uppmanat att säga: "Vi har fått regn tack vare Allahs godhet och nåd".
 Den som tillskriver välsignelser, som regn och annat, till himlakroppar i tro att de skapat och fått dem att existera är otrogen och har fallit in i en större form av otro. Den som tillskriver välsignelser till dem i tro att de har varit en orsak till dem är otrogen och har fallit in i en mindre form av otro då det inte är en orsak som bekräftats av religionen eller empiriskt.
 En välsignelse kan leda till otro om den förnekas, och till tro om den uppskattas.
 Det är förbjudet att säga: "Det har regnat tack vare en viss himlakropp" även om personen avser en viss tidsperiod eftersom alla eventuella vägar till månggudadyrkan ska stängas.
 Det är obligatoriskt att fästa sitt hjärta vid Allah när det gäller att uppnå välsignelser och att avvärja lidande.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>Vi finner förfärliga tankar inom oss som vi aldrig någonsin skulle kunna yttra på grund av dess allvar.' Han ﷺ frågade: 'Har ni verkligen upplevt detta?', varpå de svarade jakande. Då sa han ﷺ: 'Det där är ren tro.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) sa: "Vissa av profetens följeslagare kom till profeten ﷺ och sa: 'Vi finner förfärliga tankar inom oss som vi aldrig någonsin skulle kunna yttra på grund av dess allvar.' Han ﷺ frågade: 'Har ni verkligen upplevt detta?', varpå de svarade jakande. Då sa han ﷺ: 'Det där är ren tro.'"</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>En grupp av profetens följeslagare kom till profeten ﷺ för att fråga honom om motbjudande tankar de kunde ha som var så pass grova och hemska att de inte kunde yttra dem. Då sa han ﷺ att detta, som de har upplevt, är ren tro och övertygelse eftersom de motarbetar det Shaytan försöker påverka hjärtat med. När de förkastade dessa tankar och vägrade yttra dem kunde inte Shaytan påverka deras hjärtan. Tillskillnad från den vars hjärta Shaytan har fått kontroll över och personen inte bestrider det.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Detta visar Shaytans svaghet i att påverka de troende då han inte kunde uppnå något annat än viskningar.
 En person ska inte tro på eller acceptera dåliga tankar som han kan ha, eftersom de är från Shaytan.
 Shaytans viskningar skadar inte den troende, men han ska ändå söka skydd hos Allah från dessa viskningar så att de snarast kan upphöra.
 En muslim ska inte vara tyst om det som han finner vara problematiskt i sitt praktiserande av religionen, snarare ska han ställa frågor om det.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>Lovpris tillkommer Allah som reducerat hans (Shaytans) onda uppsåt till viskningar</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) sa: "En man kom till profeten ﷺ och sa: 'Allahs sändebud! En person kan känna någonting inom sig, och han skulle hellre föredra att omvandlas till kol än att yttra det." Då sa han ﷺ: "Allah är större! Allah är större! Lovpris tillkommer Allah som reducerat hans (Shaytans) onda uppsåt till viskningar."</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>En man kom till profeten ﷺ och sa: "Allahs sändebud! En person kan känna någonting inom sig som är för grovt för att yttra, så pass att han hellre blir till kol än att yttra det. Då upprepade sändebudet ﷺ att Allah är större, och han tackade Allah då han reducerade Shaytans onda uppsåt till viskningar.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Detta visar att Shaytan ligger i bakhåll genom att han försöker påverka de troende genom viskningar för att få dem att lämna tron och istället hamna i otro.
 Detta visar Shaytans svaghet i att påverka de troende då han inte kunde uppnå något annat än viskningar.
 En troende ska vända sig bort från Shaytans viskningar och motarbeta dem.
 Det är föreskrivet att nämna Allahs storhet i samband att något bra eller storslaget sker.
 En muslim ska fråga de lärda om det som är problematiskt för honom.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud och an-Nasa'i i al-Kubra]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>Shaytan kommer till någon av er och säger: 'Vem skapade det och det, vem skapade det och det?' tills han säger: 'Vem skapade din Herre?'. Om en person upplever detta ska han söka skydd hos Allah och avstå från det</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Shaytan kommer till någon av er och säger: 'Vem skapade det och det, vem skapade det och det?' tills han säger: 'Vem skapade din Herre?'. Om en person upplever detta ska han söka skydd hos Allah och avstå från det."</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ berättar om ett effektivt sätt att motarbeta och behandla Shaytans frågor till en troende. Shaytan säger: "Vem skapade det och det, vem skapade det och det? Vem skapade himlen? Vem skapade jorden?" Då svarar den troende utifrån sin religion, sitt naturliga tillstånd och förnuft att det är Allah som har gjort det. Shaytan stannar däremot inte där när han viskar, snarare fortsätter han med frågan: "Vem skapade din Herre?" Då avvärjer den troende dessa viskningar genom tre saker:
 tron på Allah,
 att söka skydd hos Allah från Shaytan,
 och att sluta spinna vidare på dessa tankar och viskningar.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Han ska vända sig bort från Shaytans viskningar och försök att påverka honom. Han ska sluta tänka på det och istället vända sig till Allah för att de ska upphöra.
 Allt som påverkar människans hjärta negativt, som går emot denna religion härstammar från Shaytan.
 Det är förbjudet att spekulera om Allahs essens, istället ska man begrunda hans skapelser och tecken.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>Gärningar är av sex olika typer och människor är av fyra [typer]: det finns två faktum, en [gärning] och dess jämlika belöning, en god gärning ger tio gånger så mycket belöning och en god gärning ger sjuhundrafaldig belöning</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>Juraym bin Fatik (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Gärningar är av sex olika typer och människor är av fyra [typer]: det finns två faktum, en [gärning] och dess jämlika belöning, en god gärning ger tio gånger så mycket belöning och en god gärning ger sjuhundrafaldig belöning. När det gäller de två faktumen; den som dör medan han inte dyrkar något vid Allahs sida kommer att träda in i paradiset, och den som dör medan han dyrkar något vid Allahs sida kommer att träda in i elden. Beträffande en [gärning] och dess jämlika; om en person har för avsikt att göra en god gärning tills det känns av i hans hjärta och Allah vet om det kommer att få det nedskrivet som en god gärning. Om en person gör en dålig gärning skrivs det ned som en dålig gärning. Den som gör en god gärning kommer att få tio gånger så mycket i belöning; och den som spenderar för Allahs sak kommer den goda gärningen att multipliceras sjuhundra gånger. Vad gäller [typer av] människor; vissa har överflöd i det världsliga livet medan de har det knapert i livet efter detta. Andra har det knapert i det världsliga livet medan de har överflöd i livet efter detta. Somliga har det knapert i detta liv och i det efterkommande. Några har överflöd i det världsliga livet och i det efterkommande."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
 والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
 والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
 والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
@@ -17393,891 +18232,891 @@
 3. Den som har det knapert ställt både i detta liv och i det nästkommande. Detta syftar på den otrogne som är fattig.
 4. Den som har överflöd både i detta liv och i det kommande livet. Detta syftar på den troende som är förmögen.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Detta visar Allahs väldiga godhet gentemot sina tjänare och att han multiplicerar deras goda gärningar.
 Detta visar även Allahs rättvisa och generositet då dåliga gärningar enbart skrivs ned som en enda dålig handling.
 Faran med månggudadyrkan då den som dör på det kommer att berövas paradiset.
 Dygden i att spendera för Allahs sak.
 Belöningen för att spendera för Allahs skull multipliceras som minst med sjuhundra gånger eftersom denna handling bidrar till att upphöja Allahs ord.
 Människors typer och olikheter.
 Både troende och icke-troende kan ha det bra ställt i detta liv, men i nästa liv är det enbart de troende som har det bra ställt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>Allah kommer inte att beröva den troende på någon god handling. Han kommer att ges för den i detta liv och belönas för den i nästa liv</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah kommer inte att beröva den troende på någon god handling. Han kommer att ges för den i detta liv och belönas för den i nästa liv. Vad gäller den otrogne, kommer han att belönas i detta liv för sina goda handlingar som han inte gjorde för Allahs skull. Men när han kommer till livet efter detta kommer han inte att ha någon god handling att belönas för."</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om Allahs väldiga nåd över de troende, och om hans rättvisa med de otrogna. Gällande den troende så kommer Allah inte att minska på hans goda handlings belöning, snarare kommer han att ges av det goda i detta liv tack vare hans lydnad, i tillägg till den belöning som väntar honom i det kommande livet. Det kan också vara så att hela belöningen för handlingen väntar i det kommande livet. Vad gäller den otrogne så kommer Allah att belöna honom för de goda handlingarna med något gott i detta liv. När han sedan kommer till det kommande livet så har han ingen belöning att hämta, då den goda handlingen som gynnar i både denna värld och i den kommande världen måste utföras av en troende.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Den som dör som otrogen kommer inte att gynnas av någon handling.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>'Du har konverterat till islam utifrån den godhet som du har gjort.'</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>Hakim bin Hizam (må Allah vara nöjd med honom) sa: "Jag sa: 'Allahs sändebud! Det fanns bra saker jag brukade göra före jag blev muslim, som att ge välgörenhet, befria människor från slaveri och bevara släktband. Kommer jag att belönas för det?' Profeten ﷺ svarade: 'Du har konverterat till islam utifrån den godhet som du har gjort.'"</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att om en otrogen konverterar till islam kommer han att belönas för de goda handlingar som han brukade göra före det, som att ge välgörenhet, befria slavar och bevara släktbanden.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Den otrognes goda handlingar i detta liv kommer inte att belönas i det kommande livet om han dör som otrogen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>Allah älskar att det han tillåter nyttjas på samma sätt som han älskar att hans påbud implementeras</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah älskar att det han tillåter nyttjas på samma sätt som han älskar att hans påbud implementeras."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah älskar att det han gjort tillåtet ska nyttjas. Exempel på det är bestämmelser och dyrkan som har underlättats och förenklats för den med en ursäkt, likt att bönen förkortas och kombineras under resa. På samma sätt älskar han att hans påbud, som han förpliktigat, implementeras. Anledningen till detta är att Allahs befallning både i tillstånd och påbud är densamma.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Allahs nåd över sina tjänare och att han älskar att det han har tillåtit att göra nyttjas.
 Denna religions perfektion, och att den tar bort obefogad svårighet från muslimer.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[Återberättad av Ibn Ribban]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65017</t>
   </si>
   <si>
-    <t>قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ</t>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>Berätta för mig om något i islam som jag sedan inte behöver fråga någon annan om.' Han sa: 'Säg: 'Jag tror på Allah', och var därefter stabil (på det).'</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>Sufyan bin 'Abdillah ath-Thaqafi (må Allah vara nöjd med honom) berättade: "Jag sa: 'Allahs sändebud! Berätta för mig om något i islam som jag sedan inte behöver fråga någon annan om.' Han sa: 'Säg: 'Jag tror på Allah', och var därefter stabil (på det).'"</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>Följeslagaren Sufyan bin 'Abdillah (må Allah vara nöjd med honom) bad profeten ﷺ lära honom ett omfattande ord som inkluderar islams lära, som kan han hålla fast vid och inte fråga någon annan än honom om. Han ﷺ sa åt honom att säga: "Jag tror att Allah är en, och att han är min Herre, Gud, Skapare, och den enda som förtjänar att dyrkas." Sedan ska han underkasta sig Allah och lyda honom genom att förrätta det han obligerat och lämna det han förbjudit, och att han ska fortsätta med detta.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>Religionens grund är tron på Allah, hans herravälde, gudomlighet, namn och egenskaper.
 Vikten av att vara stabil på tron, beständig i att utföra dyrkan och förbli orubblig i det.
 Tron är ett villkor för att handlingar ska accepteras.
 Tron på Allah omfattar trosuppfattningar och principer som man måste tro på, och det som det resulterar i från hjärtats handlingar, och underkastelse till Allah och lydnad till det inre och det yttre.
 Stabilitet är att hålla fast vid vägen genom att göra det som är obligatoriskt och undvika det som är förbjudet.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av Muslim och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65018</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>Hycklaren är som ett får som går fram och tillbaka mellan två flockar: han går en gång till den ena, och en annan gång till den andra</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Hycklaren är som ett får som går fram och tillbaka mellan två flockar: han går en gång till den ena, och en annan gång till den andra."</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade hycklarens tillstånd och att det är likt ett förirrat får som inte vet vilken fårhjord den bör följa. Ibland går den till den ena flocken och andra gånger går den till andra flocken. Hycklare är förvirrade och går mellan tro och otro. De är inte med de troende till det yttre och det inre, och inte heller med de otrogna till det yttre och det inre. Snarare är de med de troende till det yttre, och till det inre döljer de tvekan och osäkerhet. Därför vänder de sig ibland till de troende, och andra gånger till de otrogna.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade ge liknelser för att förtydliga saker och ting.
 Detta visar hycklarnas tillstånd av tvekan, osäkerhet och instabilitet.
 Detta varnar för hycklarnas tillstånd och uppmanar till ärlighet samt vikten av att vara stabil på sin tro till det yttre såväl som det inre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>Säkerligen blir tron inom er utsliten likt ett klädesplagg blir utslitet; be därför Allah att han förnyar tron i era hjärtan</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr bin al-'As (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Säkerligen blir tron inom er utsliten likt ett klädesplagg blir utslitet; be därför Allah att han förnyar tron i era hjärtan."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att tron blir utsliten i muslimens hjärta och försvagas likt ett nytt klädesplagg blir utslitet efter en lång tids användning. Orsaken till detta är att personen blir slö i dyrkan, syndar eller drunknar i förbjudna lustar. Profeten ﷺ vägledde därför till lösningen på detta vilken är att be Allah att förnya vår tro, genom att man får stöd i att utföra påbud, minns honom ofta och söker hans förlåtelse.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Detta är en uppmaning att be Allah om stadighet och förnyad tro i hjärtat.
 Tron består av tal, handling och trosuppfattning, den ökar genom lydnad och minskar genom synder.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[Återberättad av al-Hakim och at-Tabarani]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>'Från domedagens tecken är att kunskap försvinner, okunskap råder, mycken otukt och mycket alkoholförtäring. Männen kommer att bli få och kvinnorna kommer att bli många, så att det går femtio kvinnor på en man som ser efter dem.'</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) sa: ”Ska jag inte berätta för er vad jag hörde från Allahs sändebud ﷺ och som ingen som har hört det från honom kommer att berätta det för er efter mig? Jag hörde Allahs sändebud ﷺ säga: 'Från domedagens tecken är att kunskap försvinner, okunskap råder, mycken otukt och mycket alkoholförtäring. Männen kommer att bli få och kvinnorna kommer att bli många, så att det går femtio kvinnor på en man som ser efter dem.'"</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att ett av tecknen på att domedagen är nära är att islamisk kunskap kommer att försvinna genom att de lärda dör. Till följd av detta ökar och sprids ignorans, och skamlig otukt sprids och alkoholmissbruket ökar. Män kommer att minska i antal och kvinnor kommer att öka i antal, så pass att femtio kvinnor kommer att omhändertas av en enda man.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Detta visar några av domedagens tecken.
 Vetskapen om när domedagen ska ske är något Allah har hållit för sig själv.
 Det är uppmanat att söka islamisk kunskap innan den försvinner.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ</t>
+    <t>لا تقوم الساعة حتى يمر الرجل بقبر الرجل فيقول: يا ليتني مكانه</t>
   </si>
   <si>
     <t>Timmen (domedagen) kommer inte att äga rum förrän en man passerar en annan mans grav och säger: 'Om jag ändå vore på hans plats!'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Timmen (domedagen) kommer inte att äga rum förrän en man passerar en annan mans grav och säger: 'Om jag ändå vore på hans plats!'"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الساعةَ لن تقوم حتى يَمُرَّ الرجلُ بالقبر فيتمنى أن يكون ميتًا مكانه، والسبب هو خوفُه على نفسِه من ذهاب دينه بِغَلَبَة الباطل وأهله، وظهور الفتن والمعاصي والمنكرات.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att timmen inte kommer att äga rum förrän en man passerar en annan mans grav och önskar att han var död istället för han. Han önskar detta då han fruktar för sig själv; att hans religiösa utövande ska upphöra eftersom falskhet och dess anhängare fått kraft, och prövningar, synder och onda handlingar blivit utspritt.</t>
   </si>
   <si>
     <t>الإشارة بظهور المعاصي والفتن آخر الزمان.
 الحث على أخذ الحذر والاستعداد للموت بالإيمان والأعمال الصالحة، والبعد عن مواطن الفتن والبلاء.</t>
   </si>
   <si>
     <t>Detta visar att synder och prövningar kommer att bli utspritt i slutet av tiden.
 Detta är en uppmaning till att vara aktsam och att förbereda sig för döden genom tro och rättfärdiga handlingar, och att hålla sig borta från platser som innehåller prövningar och svårigheter.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65022</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>Timmen (domedagen) kommer inte att inträffa förrän ni strider mot judarna, tills en sten som en jude gömmer sig bakom säger: 'Muslim! Det finns en jude bakom mig, döda honom!'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Timmen (domedagen) kommer inte att inträffa förrän ni strider mot judarna, tills en sten som en jude gömmer sig bakom säger: 'Muslim! Det finns en jude bakom mig, döda honom!'"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att timmen inte kommer att inträffa förrän muslimerna strider mot judarna. Tills det att en jude flyr bakom en sten för att gömma sig från muslimen. Allah får stenen att tala och ropar då på muslimen för att berätta att det finns en jude bakom den, så att han kan gå och döda honom.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om vissa framtida osedda händelser utifrån det Allah har uppenbarat för honom, dessa händelser kommer utan tvekan att inträffa.
 Muslimer kommer att kriga mot judar i slutet av tiden, vilket kommer att vara från domedagens tecken.
 Islam kommer att existera fram till domedagen, och bli överlägsen alla andra religioner.
 Allah hjälper muslimerna mot deras fiender, exempelvis genom att få en sten att tala under slutet av tiden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65023</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ</t>
+    <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
     <t>Jag svär vid den vars hand min själv vilar i, att Jesus, Marias son, snart kommer att stiga ned till er, som en rättvis domare. Han kommer att förstöra kors, döda grisar och upphäva skyddskatten. Pengar kommer att finnas i överflöd, till den grad att ingen vill ta emot dem</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Jag svär vid den vars hand min själv vilar i, att Jesus, Marias son, snart kommer att stiga ned till er, som en rättvis domare. Han kommer att förstöra kors, döda grisar och upphäva skyddskatten. Pengar kommer att finnas i överflöd, till den grad att ingen vill ta emot dem."</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
     <t>Profeten ﷺ svor vid Allah att Jesus, son till Marias, nedkomst är nära. Han kommer för att rättvist döma mellan människor utifrån profeten Muhammeds religion. Han kommer att ta sönder kors, som högaktas av de kristna, Jesus (frid vare över honom) kommer att döda grisar, och han kommer att upphäva skyddsskatten, och istället uppmana alla människor att konvertera till islam. Pengar kommer att finnas i överflöd, så pass att människor inte tar emot dem då de inte är i behov av dem för att de har i överflöd. Det kommer att finnas gott om välsignelser och rikligt med godhet.</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
     <t>Detta visar att Jesus (frid vare över honom) kommer att stiga ner i slutet av tiden, vilket är ett av domedagens tecken.
 Profetens ﷺ Shari'ah upphävs inte av någon annan.
 Förmögenheter kommer att vara välsignade och berikade i slutet av tiden, och folk kommer ändå att avstå från det.
 Detta är ett glatt budskap om att religionen islam kommer att finnas kvar, och att Jesus (frid vare över honom) kommer att döma utifrån denna religion i slutet av tiden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65025</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>Timmen (domedagen) kommer inte inträffa förrän solen stiger upp från väster. När den går upp och människor ser den kommer alla att tro</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Timmen (domedagen) kommer inte inträffa förrän solen stiger upp från väster. När den går upp och människor ser den kommer alla att tro, men då 'kan ingen människa gagnas av sin tro om hon inte redan trott, eller genom sin tro åstadkommit något gott' [6:158]. Timmen kommer säkerligen (så plötsligt) att två personer som sprider ett klädesplagg mellan sig, men inte kommer att kunna fullfölja sin handel, inte heller kommer de att kunna vika ihop det. Timmen kommer förvisso när en man som bär mjölken från sin kamel, men inte kommer att kunna dricka den. Timmen kommer visserligen när någon förbereder sin vattenbehållare, men inte kommer kunna vattna sin boskap från den. Timmen kommer sannerligen då en av er har höjt sin mat till munnen, men inte hinner äta den."</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ berättar att ett av de större tecknen på domedagen är att solen stiger upp från väst istället från öst. När människor ser detta kommer de alla att tro. Men vid den tidpunkten kommer inte den otrogne gynnas av sin tro, då ingen god handling eller ånger gagnar. Sedan berättade han ﷺ att timmen inträffar plötsligt, så pass att den sker när människor är upptagna med sina sysslor. Timmen inträffar då en försäljare och en kund sprider ett klädesplagg mellan sig, men hinner inte fullborda handeln och inte heller vika plagget. Timmen inträffar då en man mjölkat sin kamel, men inte hinner dricka från den. Timmen inträffar då en man reparerar sin vattenbehållare, men inte hinner vattna sin boskap från den. Timmen inträffar då en man lyfter en tugga till sin mun för att äta, men inte hinner äta den.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>Islam och ånger accepteras så länge solen inte stigit upp från väst.
 Detta är en uppmaning att förbereda sig för timmen genom tro och goda handlingar, eftersom timmen sker plötsligt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65026</t>
   </si>
   <si>
-    <t>لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ</t>
+    <t>لا تقوم الساعة حتى يتقارب الزمان</t>
   </si>
   <si>
     <t>“Timmen (domedagen) kommer inte att äga rum förrän tiden närmar sig</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ، فَتَكُونَ السَّنَةُ كَالشَّهْرِ، وَيَكُونَ الشَّهْرُ كَالْجُمُعَةِ، وَتَكُونَ الْجُمُعَةُ كَالْيَوْمِ، وَيَكُونَ الْيَوْمُ كَالسَّاعَةِ، وَتَكُونَ السَّاعَةُ كَاحْتِرَاقِ السَّعَفَةِ الْخُوصَةُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: “Timmen (domedagen) kommer inte att äga rum förrän tiden närmar sig; så att ett år blir som en månad, en månad som en vecka, en vecka som en dag, en dag som en timme, en timme som brännandet av ett palmblad."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att från domedagens tecken tidens närmande, då den blir mer kompakt; så ett år passerar som en månad, en månad passerar som en vecka, en vecka passerar som en dag, och en dag passerar som en timme, och en timme passerar lika snabbt som det tar för ett palmblad att brännas.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>Från domedagens tecken är att välsignelsen försvinner från tiden eller att tiden går fort.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65027</t>
   </si>
   <si>
-    <t>يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ</t>
+    <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
     <t>Allah kommer att ta jorden i sitt grepp, rulla ihop himlarna i sin högra hand och sedan säga: 'Jag är Kungen! Var är jordens kungar?'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Allah kommer att ta jorden i sitt grepp, rulla ihop himlarna i sin högra hand och sedan säga: 'Jag är Kungen! Var är jordens kungar?'"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att på domedagen kommer Allah ta jorden i sitt grepp och samla den, han kommer att rulla ihop himlarna och vika dem över varandra och tillintetgöra dem. Efter det kommer han att säga: "Jag är Kungen! Var är jordens kungar?"</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
     <t>Detta är en påminnelse om att Allahs kungadöme är bestående, tillskillnad från andra kungadömen som är tillfälliga.
 Allahs majestät, storhet, makt, auktoritet och fullständiga kungadöme.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65028</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>Min damm är en månadslång färd (lång som bred). Dess vatten är vitare än mjölk och dess doft är ljuvligare än mysk</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Min damm är en månadslång färd (lång som bred). Dess vatten är vitare än mjölk och dess doft är ljuvligare än mysk. Dess koppar är som antalet stjärnor på himlen. Den som dricker ur den en gång kommer aldrig mer att känna törst."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att han har en damm på domedagen. Dess längd och bredd är en månadslång färd. Dess vatten är vitare än mjölk. Dess doft är ljuvligare än mysklukt. Dess koppar är lika många som himlens stjärnor. Den som dricker från dammen genom dessa koppar kommer aldrig någonsin att bli törstig igen.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Profetens ﷺ damm är en stor vattensamling som de troende, från hans samfund, kommer att komma till på domedagen.
 Den som dricker från den kommer att njuta och aldrig någonsin bli törstig igen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>Jag kommer att stå vid dammen för att se vem av er som kommer till mig. Vissa människor kommer att tas bort från mig, varpå jag säger: 'Herre! De är från mig och mitt samfund!'</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Asma' bint Abi Bakr (må Allah vara nöjd med henne) berättade att profeten ﷺ sa: "Jag kommer att stå vid dammen för att se vem av er som kommer till mig. Vissa människor kommer att tas bort från mig, varpå jag säger: 'Herre! De är från mig och mitt samfund!' Då sägs det: 'Vet du inte vad de har gjort efter dig? Vid Allah! Det gick inte lång tid efter dig förrän de hade vänt ryggen.'"</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att han kommer att stå vid sin damm på domedagen för att se vilka från hans samfund som kommer dit. Vissa människor kommer att komma nära profeten ﷺ och sedan ryckas bort, varpå han säger: "Herre! De är från mig och mitt samfund!" Då sägs det: "Vet du vad de gjorde efter att du hade lämnat dem? Vid Allah! De vände sina ryggar och lämnade sin religion, därför är de varken från dig eller ditt samfund."</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Profetens barmhärtighet över sitt samfund och hans mån om dem.
 Faran i att motsätta sig profeten ﷺ.
 Uppmaningen till att hålla fast vid profetens väg.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>'Vid den vars hand Muhammeds själ vilar i! Dess dryckeskärl är fler till antalet än stjärnorna och himlakropparna på himlen</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>Abu Dharr (må Allah vara nöjd med honom) sa: "Jag sa: 'Allah sändebud! Vad har dammen för dryckeskärl?' Han ﷺ sa: 'Vid den vars hand Muhammeds själ vilar i! Dess dryckeskärl är fler till antalet än stjärnorna och himlakropparna på himlen, som lyser under en mörk och molnfri natt. Den som dricker från paradisets dryckeskärl kommer aldrig mer att känna törst. Två av paradisets floder mynnar ut i den, den som dricker från den kommer inte att känna törst igen. Dess bredd och längd är som avståndet mellan Amman och Aylah. Dess vatten är vitare än mjölk och sötare än honung.'"</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>Profeten ﷺ svor vid Allah att dammens dryckeskärl på domedagen är fler än antalet stjärnor och himlakroppar på himlen. Detta syns under en mörk natt utan månljus, eftersom stjärnor inte syns tydligt på grund av månens ljus. Det är även en molnfri natt, eftersom molnen hindrar från åsynen av stjärnor. Den som dricker från paradisets dryckeskärl upplever aldrig mer törst, och detta kommer att vara det sista tillfället som han är törstig på. Två av paradisets floder mynnar ut i hans damm vars längd är lika lång som dess bredd. Dammen är alltså fyrkantig, dess längds avstånd är likt en resa från Amman, en plats i al-Balqa' i Levanten, till Aylah som är en välkänd stad i Levantens utkant. Dammens vatten är vitare än mjölk, och dess smak är sötare än honung.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Detta visar att dammen existerar med diverse njutningar.
 Dammens väldiga storlek sedd till bredden och längden, samt dess stora antal dryckeskärl.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>På domedagen ska Allah välja ut en person från mitt samfund inför alla skapelser</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "På domedagen ska Allah välja ut en person från mitt samfund inför alla skapelser. De nittionio anteckningarna som skrivits ned om honom kommer att spridas ut; varje anteckning sträcker sig så långt ögat kan nå. Därefter säger Allah: 'Förnekar du något av detta? Har mina bevarande skrivare behandlat dig orättvist?' Han kommer att svara: ”Nej, min Herre.' Då säger Allah: 'Har du någon ursäkt då?' Han svarar: ”Nej, min Herre.' Då säger Allah: ”Jo, du har en god handling hos oss. Du ska inte behandlas orättvist idag.” Därpå tas ett kort fram med att personen sagt: ‘Jag vittnar att det finns ingen sann gud utom Allah och att Muhammed är Allahs tjänare och sändebud’. Allah kommer att säga: 'För fram din våg!' Mannen svarar: 'Min Herre! Vad är detta kort jämfört med anteckningarna?' Då säger Allah: 'Du ska inte behandlas orättvist.' Kortet kommer att läggas i en vågskål och de nittionio anteckningarna i en annan vågskål varvid kortet överväger dem, eftersom inget överväger Allahs namn.'"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah kommer att välja ut en man från hans samfund på domedagen framför alla människor och tillkallas för räkenskap. Då placeras nittionio anteckningar, som har registrerat hans dåliga handlingar som han brukade göra i det världsliga livet, varje anteckning är så långt som ögat når. Därefter säger Allah till denna person: "Förnekar du något som står skrivet i dessa anteckningar? Har mina bevarande änglar behandlat dig orättvist?" Varpå mannen svarar: "Nej, min Herre." Då säger Allah: "Har du någon ursäkt du vill ge som orsak till dina handlingar i det världsliga livet? Kan de ha skett utav glömska, fel eller okunnighet?" Då svarar mannen: "Nej, min Herre. Jag har ingen ursäkt." Varpå Allah säger: "Jo, du har en god handling hos oss, och idag ingen kommer att behandlas orättvist." Han sa: "Då förs ett kort fram där det står 'Jag vittnar om att det inte finns någon sann gud utom Allah, och att Muhammed är hans tjänare och sändebud.'" Allah säger åt mannen att hämta sin vågskål. Mannen undrar förvånat: "Min Herre! Vad har detta kort för vikt i jämförelse med alla dessa anteckningar?!" Allah svarar då att han inte kommer att behandlas orättvist. Han sa: "Anteckningarna placeras på en vågskål och kortet på en annan vågskål varpå skålen med kortet överväger och därför förlåts personen.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Detta visar vilket värde och dygd monoteismens bekännelse har: "Det finns ingen sann gud utom Allah", och att den är tung på vågskålen.
 Det är inte tillräckligt att säga "Det finns ingen sann gud utom Allah" i tal enbart, utan detta vittnesmål kräver kunskap om dess innebörd och att agera i enlighet med dess betydelse.
 Uppriktighet och stark monoteism leder till att synder förlåts.
 Tron skiljer sig i nivå beroende på vad en person har i sitt hjärta av uppriktighet. Vissa människor må säga denna fras, men ändå straffas för sina synder.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Återberättad av at-Tirmidhi och Ibn Majah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Efter att Allah skapade paradiset och elden, skickade han Gabriel (frid vare med honom)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Efter att Allah skapade paradiset och elden, skickade han Gabriel (frid vare med honom) till paradiset och sa: 'Titta på det och vad jag har förberett för dess invånare.' Han tittade, kom tillbaka och sa: 'Vid din makt! Ingen kommer att höra talas om det, utan att de träder in i det.' Då beordrade han att det omsluts med svårigheter. Sedan sa han: 'Gå tillbaka och titta på det.' Då sa han: 'Vid din makt! Jag fruktar att ingen kommer att gå in i det.' Han sa: 'Gå och titta på elden och vad jag har förberett för dess invånare.” Han tittade och såg att dess delar hopade sig över varandra, kom tillbaka och sa: 'Vid din makt! Ingen kommer att höra talas om den för att därefter träda in i den.' Då beordrade han att den omsluts med lustar. Sedan sade han: 'Gå tillbaka och titta på den.' Då sa han: 'Vid din makt! Jag fruktar att ingen kommer att vara kvar utan att de träder in i den.'"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att efter Allah skapat paradiset och helvetet sa han till Gabriel (frid vara med honom) att gå till paradiset och titta. Han gick, tittade på det och återvände sedan. Gabriel sa då: "Herre, vid din ära! Ingen kommer att höra talas om det och om dess fröjd, ära och njutningar som finns i det förutom att han vill träda in i det och jobba för det syftet." Varpå Allah omringade paradiset med svårigheter, så som att utföra påbud och undvika förbud. Följaktligen måste den som vill träda in i det genomgå dessa svårigheter. När han omringat det med svårigheter sa han åt Gabriel att gå och titta på paradiset igen. Han gick, tittade, återvände och sa: "Herre, vid din makt! Jag fruktar att ingen kommer att träda in i det på grund av svårigheterna och utmaningarna som finns på vägen till det." Efter Allah skapat elden sa han till Gabriel att gå och titta på den. Så han gick och tittade på den. När han återvände sa Gabriel: "Herre, vid din makt! Ingen kommer att höra om det straffet, tortyren och plågan utan att han hatar att träda in i den och följaktligen undviker det som leder till den." Då omringade Allah vägen som leder till elden med lustar och frestelser. Därefter sa Allah till Gabriel att återvända och titta på den. Så Gabriel gick och tittade på den och återvände sedan och sa: "Herre, vid din makt! Jag fruktar och bävar för att ingen kommer att skonas från den, på grund av lustarna och frestelserna omkring den.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Tron på att paradiset och elden existerar nu.
 Det är obligatoriskt att tro på det fördolda och på allt som kommit om det från Allah och hans sändebud ﷺ.
 Vikten av att ha tålamod med svårigheter då det är vägen som leder till paradiset.
 Vikten av att undvika det förbjudna då det är vägen som leder till elden.
 Att omringa paradiset med svårigheter och elden med lustar är anledningen till prövningar och tester i detta världsliga liv.
 Vägen till paradiset är svår och mödosam, den kräver tålamod med svårigheter då man samtidigt har tro. Eldens väg är däremot fylld med frestelser och njutningar i denna värld.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>Döden kommer att föras fram i form av ett svartvitt får</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Döden kommer att föras fram i form av ett svartvitt får. Sedan någon att ropa ut: 'Paradisets folk!' Då höjer de huvudet och tittar. Han säger då: 'Känner ni till den här?' De svarar: 'Ja, det här är döden', och då har alla sett den. Därefter kallar han: 'Eldens folk!', varpå de höjer huvudet och ser.  Då säger han: 'Känner ni till den här?' De svarar: 'Ja, det här är döden', och då har alla sett den.' Sedan kommer den att slaktas, och han säger: 'Paradisets folk! Evigt liv och ingen mer död. Eldens folk! Evigt liv och ingen mer död.' Sedan reciterade profeten ﷺ: 'Varna dem för bedrövelsens dag, då saken redan är avgjord. Ja, de är tanklösa och de har ingen tro' [19:39]. Och människorna i det världsliga livet är tanklösa 'och de tror inte' [19:39].</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att döden kommer att föras fram i form av ett svartvitt får på domedagen. Då kommer det att ropas: "Paradisets folk!", varpå de sträcker på huvud och nacke för att se. Då säger han till dem: "Känner ni till denna?" De svarar: "Ja, detta är döden", och de alla har sett den och känt igen den. Då ropas det: "Eldens folk!", varpå de sträcker på huvud och nacke för att se. Han säger då: "Känner ni igen denna?" De svarar: "Ja, detta är döden", och de alla har sett den. Då slaktas den, sedan ropar han: "Paradisets folk! Evighet utan död. Eldens folk! Evighet utan död." Orsaken till detta är att det ökar de troendes njutning, och är ett straff för de otrogna. Därefter reciterade profeten ﷺ: "Varna dem för bedrövelsens dag, då saken redan är avgjord. Ja, de är tanklösa och de har ingen tro." På domedagen kommer att paradisets folk att separeras från eldens folk, och varje folk ska träda in i den plats som de ska befinna sig i för all evighet. Följaktligen känner den som begått ondska en djup sorg och bedrövelse över att han inte gjort gott ifrån sig, och den som varit försumlig ångrar att han inte gjort ännu mer gott.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>Människans slutliga destination i det kommande livet är antingen en evighet i paradiset eller i elden.
 Detta är en sträng varning beträffande domedagens svårigheter och att det kommer att vara en dag av sorg och ånger.
 Paradisets folks beständiga glädje, och eldens folks beständiga sorg.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>Elden ni använder är en sjuttiondel av helvetes eld</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Elden ni använder är en sjuttiondel av helvetes eld." Det sades: "Allahs sändebud! Den vore tillräcklig." Han sa: "Den är sextionio delar värre (än denna världs). Varenda en av dem är jämlik dess hetta."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att denna världs eld är en av helvetes eldens sjuttio delar. Styrkan och hettan av elden i det kommande är sextionio gånger starkare och varmare än denna världs eld, varenda del är jämlik elden i detta liv. Det sades: "Allahs sändebud! Denna världs eld vore tillräcklig som straff för den som träder in i den." Då sa han ﷺ: "Helvetes elden är värre än denna världs eld med sextionio delar, var del är jämlik dess hetta."</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Denna varning mot elden avser att bidra till att människor undviker de handlingar som leder till den.
 Detta visar helvetets stora storlek, allvarliga straff och extrema hetta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ - den sannfärdige och den besannade - sa följande till oss: 'Var och en av er [har varit] en droppe som samlats i sin moders sköte under fyrtio dagar och fyrtio nätter</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) berättade: "Allahs sändebud ﷺ - den sannfärdige och den besannade - sa följande till oss: 'Var och en av er [har varit] en droppe som samlats i sin moders sköte under fyrtio dagar och fyrtio nätter. Sedan fästs han som ett koagulerat bihang under samma tidslängd, därefter blir han till ett stycke oformat kött under samma tidslängd. Efter detta sänds en ängel ned, och som mottagit fyra (befallningar): att nedteckna hans försörjning, hans livslängd, hans gärningar, och om han ska bli olycklig eller lycklig. Sedan blåser han in en själ i honom. Någon av er kan handla som paradisets folk, tills att endast en armslängd skiljer honom från det, sedan hinns han upp av det som är skrivet, och börjar handla som eldens invånare och träder in i den. Och någon bland er kan handla som eldens folk, tills att endast en armslängd skiljer honom från den, sedan hinns han upp av det som är skrivet, och han börjar agera som paradisets invånare och träder in där.'"</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>Ibn Mas'ud sa att Allahs sändebud ﷺ, som är sannfärdig i sitt tal och besannad av Allah, berättade något för oss. Han sa: Var och en av er skapades av något sammanbundet. Detta sker när mannen är intim med sin hustru, varpå han utsöndrar sperma som är spridd och det samlas i kvinnans sköte fyrtio dagar som en droppe. Därefter blir droppen till ett koagulerat bihang i ytterligare fyrtio dagar. Sedan blir det ett stycke mjukt oformat kött i den tredje fyrtio-dagars perioden. Sedan sänder Allah en ängel till den för att blåsa in en själ i den efter att den tredje fyrtio-dagars perioden avslutats. Ängeln beordras då att skriva ned fyra saker: hans försörjning, vilket är måtten av välsignelser han ska åtnjuta i sitt liv, hans livslängd, hur länge han ska befinna sig i denna värld, hans handlingar, och huruvida han kommer att vara olycklig eller lycklig. Därefter svor profeten ﷺ att en person kan göra rättfärdiga handlingar som paradisets folk, i det som människor kan uppfatta till det yttre. Han fortsätter att göra så tills det endast kvarstår en armslängd mellan honom och paradiset, det vill säga att det som återstår tills han når det är likt den som har en armslängd till en plats, men då hinns han upp av det som är skrivet. Följaktligen börjar han göra eldens folks handlingar i slutet av sitt liv och träder därför in i elden. Anledningen till detta är att ett villkor för att handlingar ska godkännas är att man fortsätter göra dem och byter inte väg. En annan person kan däremot göra eldens folks handlingar tills han nästan träder in i den, så pass att han endast var en armslängds avstånd från den, men då hinns han upp av det som är skrivet och förutbestämt. Följaktligen börjar han göra paradisets folks handlingar och träder således in i paradiset.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Alla frågors påföljder sker enligt det som redan är förutbestämt och nedskrivet.
 Ingen ska luras av någons yttre tillstånd, då handlingar bedöms utefter deras slut.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Allah bestämde skapelsernas öden femtiotusen år</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr bin al-'As (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Allah bestämde skapelsernas öden femtiotusen år innan han skapade himlarna och jorden", han ﷺ sa: "medan hans tron var över vattnet."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah skrev ned skapelsens öden som sker i framtiden i detalj, femtiotusen år innan han skapade himlarna och jorden. Liv, död, försörjning och annat återfinns i den bevarade tavlan. Allt sker därför i enlighet med det Allah har beslutat. Allt sker gör det på grund av Allahs beslut och förutbestämmelse. Det som drabbar tjänaren skulle aldrig kunnat ha missat honom, och det som han går miste om skulle aldrig ha kunnat drabba honom.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att tro på ödet och det förutbestämda.
 Ödet refererar till Allahs kunskap om allting och att han har skrivit ned, velat och skapat det.
 Tron på att ödet är förutbestämt, innan himlarna och jorden skapades, resulterar i belåtenhet och underkastelse.
 Den Nåderikes tron befann sig på vattnet innan himlarna och jorden skapades.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>Allt sker utifrån det förutbestämda, till och med oförmåga och skicklighet, eller skicklighet och oförmåga</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Tawus berättade att han mötte personer från Allahs sändebuds ﷺ följeslagare som sa att allt är förutbestämt. Han sa: "Jag hörde 'Abdullah bin 'Umar (må Allah vara nöjd med honom) säga: Allahs sändebud ﷺ sa: "Allt sker utifrån det förutbestämda, till och med oförmåga och skicklighet, eller skicklighet och oförmåga."</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att allt sker utifrån det förutbestämda; till och med oförmåga, som syftar på att lämna eller prokrastinera en tidsbestämd handling, oavsett om det är en handling kopplad till detta eller nästa liv. Även skicklighet, som syftar på aktivitet och kompetens i frågor som är kopplade till detta och nästa liv. Allah har förutbestämt både oförmåga och skicklighet, allt är förutbestämt. Inget sker i skapelsen utan att Allah har vetat och velat det.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>Detta visar följeslagarnas troslära gällande det förutbestämda.
 Allt som inträffar sker enligt Allahs förutbestämmelse, inklusive oförmåga och skicklighet.
 Följeslagarna (må Allah vara nöjd med dem) var försiktiga och noggranna när de återberättade profetens uttalanden.
 Tron på det förutbestämde, det goda i det såväl som det onda.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>Om Allah har förutbestämt att en tjänare ska dö på en särskild plats ger han honom en anledning att ta sig dit</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>Matar bin 'Ukamis (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om Allah har förutbestämt att en tjänare ska dö på en särskild plats ger han honom en anledning att ta sig dit."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att om Allah beslutat och förutbestämt att en tjänare ska dö på en särskild plats som han inte befinner sig på ser han till att tjänaren får en anledning att ta sig dit, där han sedan dör.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>Hadithen bekräftar Allahs ord då han säger: "Och ingen vet var på denna jord han ska dö."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65040</t>
   </si>
   <si>
-    <t>مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>من كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Den som avsiktligt ljuger om mig, kan förbereda sin plats i elden</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som avsiktligt ljuger om mig, kan förbereda sin plats i elden."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن كَذَبَ عليه مُتعمدًا بنِسبةِ قولٍ أو فعلٍ له كَذبًا، فإنّ له في الآخرة مَجلسًا في النار؛ جزاء له على كذبه عليه.</t>
   </si>
   <si>
     <t>Profeten ﷺ förtydligar att den som ljuger om honom avsiktligen, genom att lögnaktigt tillskriva något yttrande eller handling till honom, kommer att ha en plats i elden i det kommande livet, som straff för hans lögn om honom.</t>
   </si>
   <si>
     <t>الكَذب على النبيِّ صلى الله عليه وسلم بالقصد والعَمْد سببٌ لدخول النار.
 الكذب على النبي عليه الصلاة والسلام ليس كالكذب على سائر الناس، لِمَا يَترتَّب على ذلك من مفاسد عظيمة في الدين والدنيا.
 التحذير من نشر الأحاديث قبل التثبُّت والتأكد من صحة نسبتها إلى النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Att ljuga om profeten ﷺ avsiktligt är en orsak till att träda in i elden.
 Att ljuga om profeten ﷺ är inte som att ljuga om någon annan, eftersom det leder till fruktansvärda konsekvenser i detta liv och i det kommande livet.
 Detta är en varning för att sprida Hadither innan man har bekräftat att de är autentiskt tillskrivna profeten ﷺ.</t>
@@ -18317,523 +19156,523 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) berättade att medan följeslagarna satt med profeten ﷺ i moskén kom en man in ridandes på en kamel, som han knäböjde och knöt fast. Sedan frågade han: "Vem av er är Muhammed?" Profeten ﷺ satt lutande bland dem så de sa: "Denna vita lutande person." Då sa mannen till honom ﷺ: "Son till 'Abdul-Muttalib!" Varpå profeten ﷺ svarade honom sägande: "Jag har hört dig, fråga så ska jag svara dig." Då sa mannen till profeten ﷺ: "Jag vill fråga dig något, och jag kommer att pressa dig i mina frågeställningar, så bli inte arg på mig." Det vill säga bli inte irriterad på mig och känn dig inte obekväm. Då svarade han ﷺ: "Fråga vad du vill." Så han frågade: "Jag ber dig svära vid din Herre och Herren över dem som var innan dig! Har Allah verkligen sänt dig till mänskligheten?" Han ﷺ svarade: "Vid Allah, ja" för att bekräfta sin sanningsenlighet. Då sa mannen: "Jag ber dig svära vid Allah!" det vill säga jag frågar dig vid Allah, "Har Allah verkligen beordrat dig att vi ska be fem gånger under dygnet?", det vill säga de obligatoriska bönerna. Han ﷺ svarade: "Vid Allah, ja." Då fortsatte mannen: "Jag ber dig svära vid Allah! Har Allah beordrat dig att vi ska fasta denna månad under året?", det vill säga månaden Ramadan. Han ﷺ svarade: "Vid Allah, ja." Då sa han: "Jag ber dig svära vid Allah! Har Allah beordrat dig att ta denna välgörenhet från våra rika för att fördela den bland våra fattiga?", det vill säga allmosan. Så profeten ﷺ svarade: "Vid Allah, ja." Följaktligen konverterade Diman till islam och berättade för profeten ﷺ att han ska kalla sitt folk till islam. Sedan introducerade han sig själv som Dimam bin Tha'labah från Banu Sa'd bin Bakr.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Profetens ﷺ ödmjukhet då mannen inte kunde särskilja honom från hans följeslagare.
 Profetens ﷺ vackra karaktär och mjuka svar till frågeställaren, och att besvara på ett fint sätt leder till att ens kall accepteras.
 Det är tillåtet att beskriva en annan person som vit eller ljus, lång eller kort, och liknande som inte syftar på att klanka ner på personen, såvida personen inte ogillar beskrivningen.
 Det är tillåtet för en otrogen att träda in i moskén vid behov.
 Pilgrimsfärden nämndes inte i Hadithen eftersom det kan vara att den inte föreskrivits vid den tiden som mannen kom.
 Följeslagarnas angelägenhet om att kalla människor till islam. Så fort mannen hade konverterat till islam ville han även kalla sitt folk till det.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>“Profeten ﷺ nämnde något och sa: 'Det är under den tiden som kunskapen kommer att försvinna</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>Ziyad bin Labid (må Allah vara nöjd med honom) sa: “Profeten ﷺ nämnde något och sa: 'Det är under den tiden som kunskapen kommer att försvinna'. Jag sa: 'Allahs sändebud! Hur ska kunskapen försvinna när vi läser Koranen och lär våra barn den, och de lär sina barn den fram till domedagen?' Han ﷺ sa: 'Må din moder mista dig, Umm Labids son! Jag trodde att du var en av Medinas kunnigaste. Är det inte så att dessa judar och kristna läser Tora och Evangeliet, ändå agerar de inte utifrån något i dem?!'"</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Profeten ﷺ satt bland sina följeslagare och sa: "Det är under den tiden kunskapen kommer försvinna och tas ifrån människorna." Ziyad bin Labid al-Ansari (må Allah vara nöjd med honom) förvånades och ställde en fråga till profeten ﷺ. Han sa: "Hur ska kunskapen försvinna och ryckas bort från oss, när vi reciterar och memorerar Koranen?! För vid Allah! Vi ska säkerligen recitera den, och likaså ska vi se till att våra kvinnor, barn och barnbarn också gör det." Då sa profeten ﷺ förvånad: "Må din mor förlora dig, Ziyad! Jag trodde att du var bland de lärda i Medina." Sedan tydliggjorde han ﷺ att kunskapen inte försvinner genom att Koranen försvinner, utan snarare försvinner kunskapen genom att den inte sätts i praktik och handling. Han ﷺ refererade till Toran och Evangeliet som finns hos judarna, ändå har det inte gynnat dem och de har inte dragit nytta från deras ändamål, vilket är att sätta kunskapen i praktik.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Förekomsten av Koran-böcker och andra böcker bland människor är inte av gagn om de inte implementerar kunskapen i den.
 Kunskapen försvinner på flera sätt, bland annat genom att profeten ﷺ dog, att de lärda dör, och att inte sätta kunskap i praktik.
 Från domedagens tecken är att kunskapen försvinner och att folk inte agerar i enlighet med den.
 Detta är en uppmaning att omsätta sin kunskap i handling då det är syftet med kunskap.</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[Återberättad av Ibn Majah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>'Varken bekräfta eller förneka det skriftens folk säger, och säg istället: 'Vi tror på Allah och på det som har sänts ner till oss'</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) sa: "Skriftens folk brukade recitera Toran på hebreiska och förklara den på arabiska till muslimerna. Så profeten ﷺ sa: 'Varken bekräfta eller förneka det skriftens folk säger, och säg istället: 'Vi tror på Allah och på det som har sänts ner till oss' (vers 2:136)."</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade sitt samfund för att luras av det skriftens folk återberättar från sina böcker. Under profetens tid brukade judarna recitera Toran på hebreiska, judarnas språk, och förklara den på arabiska. Profeten ﷺ sa: "Varken bekräfta eller förneka dem". Vilket syftar på förhållningssättet till det man inte är säker på, huruvida det är sant eller falskt. Orsaken till detta är att Allah beordrat oss att tro på allt som har sänts ned till oss; både Koranen och böckerna som sänts till dem. Problemet är att vi inte har något sätt att bekräfta sanningshalten i det de återberättar från dessa böcker, om vår religion inte har tydliggjort de aspekter som är sanna eller falska. Därför håller vi ett neutralt förhållningssätt där vi varken bekräftar det, så att vi inte tar del av deras förvrängning av skriften, inte heller förnekar vi det, för det kan hända att det som sägs är sant, så att vi inte förnekar något som vi har beordrats att tro på. Profeten ﷺ beordrade oss att säga: "Säg: 'Vi tror på Allah och [på] det som har sänts ned till oss och det som sändes ned till Abraham, Ismael, Isak och Jakob och stammarna, och det som gavs till Moses och Jesus och profeterna av deras Herre - vi gör ingen åtskillnad mellan något av dem, och det är endast honom vi underkastar oss för'" (2:136).</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>Det skriftens folk återberättar kan delas in i tre kategorier: ena kategorin är det som överensstämmer med Koranen och Sunnahn, varefter vi bekräftar det. Den andra kategorin är det som motsäger Koranen och Sunnahn, vilket är falskt och måste förnekas. Den tredje kategorin är det som inte har återberättats varken i Koranen eller Sunnahn, vilket kan citeras utan att bekräftas eller förnekas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Sök inte kunskap för att utmana de lärda, eller för att tvista med de dumma</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>Jabir bin 'Abdillah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Sök inte kunskap för att utmana de lärda, eller för att tvista med de dumma eller för att hamna i de finaste sammankomsterna. Den som gör det (ska akta sig för) elden, elden!"</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade för att söka kunskap för att skryta och utmana de lärda, och att visa att jag är minsann en lärd på samma sätt som ni är lärda. Eller för att bemöta och argumentera med korkade och obegåvade personer. Eller för att ges plats och företräde under sammankomster. Den som visar upp liknande ögontjäneri förtjänar helvetet då han inte var uppriktig mot Allah i sitt sökande av kunskap.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>Hadithen är en varning för den som söker kunskap för att skryta, debattera, söka status vid sammankomster eller liknande kan hamna i helvetet.
 Vikten av att ha en uppriktig avsikt för den som söker och undervisar kunskap.
 Avsikten är grunden till alla handlingar varpå de bedöms utefter den.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>Allah har framställt en liknelse: en rak väg</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>An-Nawwas bin Sam'an al-Ansari (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allah har framställt en liknelse: en rak väg som är omgiven av två väggar på sidorna, med flera öppna dörrar innanför väggarna som är täckta med gardiner. Vid stigens port finns någon som ropar: 'Människor! Gå på stigen allesammans, och avvik inte från den!' Ovanför vägen finns ytterligare en annan som, när någon vill öppna en av dessa dörrar, ropar: 'Ve dig! Öppna den inte! Om du öppnar den, kommer du att träda in i den.' Denna väg är islam, de två väggarna är de gränser som Allah har satt, och de öppna dörrarna är Allahs förbud. Den som ropar på vägens överdel är Allahs bok, medan den som ropar ovanför vägen är Allahs förmaning i varje muslims hjärta."</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah framställt en liknelse för islam, som en rak och lång väg utan brokigheter. På vägens sidor finns två väggar som omsluter den från båda sidor. Dessa väggar syftar på Allahs gränser. I dessa väggar förekommer öppna dörrar, som syftar på Allahs förbud. Det finns gardiner på dessa dörrar som skymmer vägens passerande att se vad som finns bakom dessa dörrar. I början av vägen finns det någon som hjälper och vägleder människorna genom att ropa: "Fortsätt att gå rakt, och avvik inte genom att gå på sidorna!" Den som ropar är Allahs bok. Det finns ytterligare någon som ropar ovanför vägen, varenda gång han ser att någon som passerar vägen vill öppna gardiner till dörrarna avråder han honom sägandes: "Ve dig! Öppna inte den! Om du öppnar den kommer du att träda in i den och du kommer inte att kunna hålla tillbaka dig själv från att gå in." Den som ropar detta är Allahs förmaning som han placerat i varje muslims hjärta.</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>Islam är den sanna religionen och den raka vägen är den som för oss till paradiset.
 Det är obligatoriskt att förhålla sig till Allahs gränser - det han har förbjudit och det han har tillåtit, och att bli slapphänt i denna fråga leder till förödelse.
 Den väldiga Koranens dygd och vikten av att agera i enlighet med den, eftersom den innehåller vägledning, ljus och framgång.
 Allahs nåd över tjänarna då han placerat en förmaning i de troendes hjärtan, som hindrar och varnar dem från att göra det som leder till förödelse.
 Allah har, av sin nåd, placerat barriärer som hindrar tjänarna att falla in i synd.
 Att framställa liknelser är ett undervisningssätt som förtydligar och illustrerar innebörder.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ fick uppenbarelsen när han var 40 år</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) sa: Allahs sändebud ﷺ fick uppenbarelsen när han var 40 år. Han spenderade 13 år i Mecka. Därefter beordrades han att utvandra, så han utvandrade till Medina. Där spenderade han tio år, sedan dog han ﷺ.</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättar att Allahs sändebud ﷺ fick uppenbarelsen och blev profet när han var 40 år. Därefter spenderade han 13 år i Mecka, och beordrades sedan att utvandra till Medina där han spenderade tio år. Sedan dog han ﷺ, när han var 63 år.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Följeslagarna vara måna om profetens biografi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>Profeten ﷺ visste inte var [Koranens] kapitel separerades förrän "Bismillahir-Rahmanir-Rahim" (I Allahs namn, den Nåderike, den Barmhärtige) uppenbarades</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) sa: "Profeten ﷺ visste inte var [Koranens] kapitel separerades förrän "Bismillahir-Rahmanir-Rahim" (I Allahs namn, den Nåderike, den Barmhärtige) uppenbarades."</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättar att Koranens kapitel brukade uppenbaras för profeten ﷺ utan att han visste var det slutade och separerades från ett annat. Det fortsatte så tills "Bismillahir-Rahmanir-Rahim" (I Allahs namn, den Nåderike, den Barmhärtige) uppenbarades, varpå han kunde veta var det föregående kapitlet slutade, och var det nya kapitlet började.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>Al-Basmalah (frasen "I Allahs namn, den Nåderike, den Barmhärtige") är meningen som separerar mellan de olika kapitlen, frånsett kapitlen al-Anfal och at-Tawbahh som inte separeras av det.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>Skulle någon av er vilja finna tre stora, välgödda, dräktiga kameler när han återvänder till sin familj?</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Skulle någon av er vilja finna tre stora, välgödda, dräktiga kameler när han återvänder till sin familj?" Vi svarade jakande. Han ﷺ sa: "Tre verser som en av er reciterar i sin bön är bättre för honom än tre stora, välgödda, dräktiga kameler."</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att belöningen för att recitera tre verser i bönen är bättre än att en person finner tre stora, dräktiga välgödda kameler hos sig.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Detta visar förträffligheten i bönens Koranrecitation.
 Rättfärdiga handlingar är bättre och mer bestående än de världsliga, tillfälliga njutningarna.
 Denna belöning är inte begränsad till reciterandet av tre verser enbart. Ju fler verser den bedjande reciterar, desto större är belöningen, så antalet verser är bättre än dess antal kameler.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>Det kommer att sägas till Koranläsaren: 'Läs, stig upp och recitera lugnt och jämnt som du brukade göra i det världsliga livet. Din rang kommer att vara den sista versen du läser</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Det kommer att sägas till Koranläsaren: 'Läs, stig upp och recitera lugnt och jämnt som du brukade göra i det världsliga livet. Din rang kommer att vara den sista versen du läser."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att den som läser, memorerar och agerar i enlighet med Koranen kommer att få sagt till sig när han träder in i paradiset: "Recitera Koranen och stig upp i paradisets nivåer genom det. Recitera så som du brukade recitera lugnt och rofyllt i det världsliga livet, för din rang kommer att vara vid den sista versen du läser."</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Belöningen är likställd handlingen i kvalitet och kvantitet.
 Det är uppmanat att läsa Koranen på ett noggrant sätt, memorera den, reflektera över den och agera utifrån den.
 Paradiset har olika lägen och nivåer. Koranens folk kommer att få de högsta nivåerna.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud, at-Tirmidhi, an-Nasa'i i al-Kubra och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Den som läser Koranen högt är som han som skänker välgörenhet öppet, och han som läser Koranen lågt är som han som skänker välgörenhet dolt</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>'Uqbah bin 'Amir (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som läser Koranen högt är som han som skänker välgörenhet öppet, och han som läser Koranen lågt är som han som skänker välgörenhet dolt."</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att den som läser Koranen högt är likt den som ger välgörenhet öppet, och den som läser Koranen lågt är likt den som ger välgörenhet dolt.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Det är bättre att läsa Koranen lågt, på samma sätt som det är bättre att ge välgörenhet dolt, eftersom detta hjälper tjänaren att vara uppriktig och undvika ögontjäneri och självbeundran. Undantaget från detta är om det finns någon nytta i att läsa Koranen högt, exempelvis vid undervisning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65055</t>
   </si>
   <si>
-    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>Jag beordrar er att frukta Allah, och att lyssna och lyda [till ledaren] även om det så skulle vara en abessinsk slav. Efter mig kommer ni att se att se mycket splittring. Håll därför fast vid min Sunnah och de renläriga och vägledda kalifernas Sunnah</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
     <t>Al-'Irbad bin Sariyah (må Allah vara nöjd med honom) sa: "En dag ställde sig Allahs sändebud ﷺ bland oss och gav oss en mäktig förmaning, som fick hjärtan att fyllas av fruktan och ögon att tåras. Vi sa: 'Allahs sändebud! Detta verkar vara ett avskedstal, så ge oss råd.' Han sa: 'Jag beordrar er att frukta Allah, och att lyssna och lyda [till ledaren] även om det så skulle vara en abessinsk slav. Efter mig kommer ni att se att se mycket splittring. Håll därför fast vid min Sunnah och de renläriga och vägledda kalifernas Sunnah. Bit tag i den med kindtänderna. Och jag varnar er för de nyinförda handlingarna, då varje innovation är en villfarelse.'"</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
     <t>Profeten ﷺ förmanade sina följeslagare med mäktig förmaning, som gjorde att hjärtan kände rädsla och ögonen tårades. Då sa de: "Allahs sändebud! Det verkar som att det är ett avskedstal", eftersom de såg hans starka förmaning, så de bad honom om ett råd som de kunde hålla fast vid efter han hade lämnat dem. Han ﷺ sa: "Jag råder er att frukta Allah", genom att följa hans påbud och undvika hans förbud. "Och att lyssna och lyda", det vill säga till ledarna. Även om makten tas av en slav, varpå någon som är underlägsen istället blir er ledare. Ni ska ändå inte motsätta er honom utan ni ska lyda honom, i fruktan av att kaos ska råda, för den av er som lever länge kommer att se mycket splittring. Då förklarade han för dem hur de ska undvika denna splittring, vilket görs genom att hålla fast vid hans Sunnah, och Sunnahn av de renläriga och vägledda kaliferna efter honom. Dessa kalifer är Abu Bakr as-Siddiq, 'Umar bin al-Khattab, 'Uthman bin 'Affan och 'Ali bin Abi Talib (må Allah vara nöjd med dem alla). Man ska hålla fast vid det med kindtänderna, det vill säga visdomständerna, vilket syftar på att personen anstränger sig hårt med att hålla fast och tillämpa Sunnahn. Han varnade dem för de nyinförda innovationerna i religionen, då varje innovation är en villfarelse.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Vikten av att hålla fast vid och följa Sunnahn.
 Rollen som förmaningar, som mjukar upp hjärtat, har.
 Beordringen att följa de fyra renläriga vägledda kaliferna efter honom. Dessa är Abu Bakr, 'Umar, 'Uthman och 'Ali (må Allah vara nöjd med dem).
 Det är förbjudet att introducera nya saker i religionen, och varje innovation är en villfarelse.
 Den som är ansvarig för muslimernas angelägenheter ska lyssnas på och lydas i det som inte är olydnad till Allah.
 Vikten av att frukta Allah under alla tider och i alla situationer.
 Splittring kommer utan tvekan att inträffa i detta samfund. När det inträffar måste muslimer hålla fast vid profetens Sunnah, och de renläriga vägledda kalifernas Sunnah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65057</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>'Efter att vi hade memorerat tio verser med Allahs sändebud ﷺ, gick vi inte vidare förrän vi hade lärt oss dem och den kunskap och handling som de består av</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Abu 'Abdir-Rahman as-Sulami (må Allah vara barmhärtig över honom) sa: ”De av Profetens ﷺ följeslagare, som brukade recitera [Koranen] för oss, sa: 'Efter att vi hade memorerat tio verser med Allahs sändebud ﷺ, gick vi inte vidare förrän vi hade lärt oss dem och den kunskap och handling som de består av.' De sa: 'På så sätt lärde vi oss kunskap och handling.'"</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Följeslagarna (må Allah vara nöjd med dem) brukade motta tio Koran-verser från Allahs sändebud ﷺ, och inte gå vidare till andra verser förrän de lärt sig kunskapen som fanns i dessa tio verser och agerat i enlighet med dem. Följaktligen lärde de sig kunskap och handling samtidigt.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Detta visar följeslagarnas förträfflighet och vikten de la vid att lära sig Koranen.
 Att lära sig Koranen görs genom att söka dess kunskap och agera i enlighet med den, inte bara genom att läsa och memorera den.
 Kunskap företräder tal och handling.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>Abul-Mundhir! Vilken vers i Allahs bok som är med dig är mest storslagen?" Jag sa: "Allah – det finns ingen sann gud utom han, den Levande, skapelsens evige Vidmakthållare (2:255)." Han sa: "Så profeten ﷺ slog till mig på bröstet och sade: “Må kunskapen underlättas för dig, Abul-Mundhir!</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>Ubay bin Ka'b (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Abul-Mundhir! Vilken vers i Allahs bok som är med dig är mest storslagen?" Jag sa: "Allah och hans sändebud vet bättre." Han ﷺ sa: "Abul-Mundhir! Vilken vers i Allahs bok som är med dig är mest storslagen?" Jag sa: "Allah – det finns ingen sann gud utom han, den Levande, skapelsens evige Vidmakthållare (2:255)." Han sa: "Så profeten ﷺ slog till mig på bröstet och sade: “Må kunskapen underlättas för dig, Abul-Mundhir!"</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>Profeten ﷺ frågade Ubay bin Ka'b vad den mest storslagna versen i Allahs bok är, varpå han tvekade på svaret. Sedan svarade han: "Det är Ayatul-Kursi (versen om fotpallen), "Allah – det finns ingen sann gud utom han, den Levande, skapelsens evige Vidmakthållare" Profeten ﷺ instämde, slog honom på bröstet för att indikera den kunskap och visdom som det fyllts med. Sedan bad han ﷺ för honom och att han skulle finna glädje i kunskapen och att den skulle underlättas för honom.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>Detta är en av Ubay bin Ka'bs stora förträffligheter.
 Versen om fotpallen är den mest storslagna versen i Allahs bok, därför bör den memoreras, reflekteras över dess innebörd och implementeras i handling.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>Varje natt när profeten ﷺ skulle lägga sig brukade han hålla ihop sina handflator, blåsa i dem och läsa: 'Säg: Han är Allah [och han är] en', 'Säg: 'Jag tar skydd hos dagbräckningens Herre', och  'Säg: 'Jag tar skydd hos människornas Herre'</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) sa: "Varje natt när profeten ﷺ skulle lägga sig brukade han hålla ihop sina handflator, blåsa i dem och läsa: 'Säg: Han är Allah [och han är] en', 'Säg: 'Jag tar skydd hos dagbräckningens Herre', och  'Säg: 'Jag tar skydd hos människornas Herre'. Sedan strök han med händerna över så många delar av sin kropp som han kunde; där han började med sitt huvud, ansikte och framsidan av kroppen. Han brukade göra det tre gånger."</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>Från profetens vägledning när han skulle lägga sig för att sova var att han höll ihop sina handflator och lyfte dem, likt en person gör vid åkallan, blåste i dem med lite saliv och läste tre kapitel: "Säg: 'Han är Allah [och han är] en'", "Säg: 'Jag tar skydd hos dagbräckningens Herre'", och  "Säg: 'Jag tar skydd hos människornas Herre'". Därefter strök han det han kunde av sin kropp med sina handflator, där han började med huvudet, ansiktet, och framsidan av kroppen. Han upprepade detta tre gånger.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Det är uppmanat att läsa suratul-Ikhlas och al-Mu'awwidhatayn (al-Falaq och an-Nas) innan läggdags. Personen ska blåsa i sina händer med lite saliv, läsa dessa kapitel och stryka det han kan av sin kropp.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65060</t>
   </si>
   <si>
-    <t>الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ</t>
+    <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>Judarna är dem som har drabbats av Allahs vrede, och de vilsna är de kristna</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
     <t>'Adiyy bin Hatim berättade att profeten ﷺ sa: "Judarna är dem som har drabbats av Allahs vrede, och de vilsna är de kristna."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att judarna är det folket som har drabbats av Allahs vrede, eftersom de kände till sanningen men inte implementerade den. De kristna är det vilseledda folket, eftersom de agerade utan kunskap.</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
     <t>Att kombinera kunskap och handling är räddningen från att följa dem som drabbats av Allahs vrede och dem som gått vilse.
 Detta är en varning för att följa judarnas och de kristnas vägar, och ett kall till att följa den raka vägen - som är islam.
 Både judarna och de kristna är vilsna och har drabbats av Allahs vrede, men judarnas utmärkande egenskap är att de har drabbats av Allahs vrede, och de kristnas utmärkande egenskap är att de är vilse.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65061</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>Om du ser dem som följer det som är mindre klart, så är det dem som Allah har omnämnt, akta er därför för dem!</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) sa: "Allahs sändebud ﷺ reciterade denna vers: 'Det är han som uppenbarat skriften för dig, där finns det tydliga verser - de utgör skriftens kärna - och andra är mångtydiga. Men de som har villfarelse i hjärtat följer det som är mångtydigt för att sprida tvivel och för att finna en [godtycklig] tolkning. Ingen känner dock till dess tolkning förutom Allah. Och de som är väl fördjupade i kunskap säger: 'Vi tror på denna [skrift]; allt kommer från vår Herre.' Men endast de med förstånd låter sig förmanas av detta (3:7).' Hon sa: 'Allahs sändebud ﷺ sa: 'Om du ser dem som följer det som är mindre klart, så är det dem som Allah har omnämnt, akta er därför för dem!'"</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ läste denna vers: "Det är han som uppenbarat skriften för dig, där finns det tydliga verser - de utgör skriftens kärna - och andra är mångtydiga. Men de som har villfarelse i hjärtat följer det som är mångtydigt för att sprida tvivel och för att finna en [godtycklig] tolkning. Ingen känner dock till dess tolkning förutom Allah. Och de som är väl fördjupade i kunskap säger: 'Vi tror på denna [skrift]; allt kommer från vår Herre.' Men endast de med förstånd låter sig förmanas av detta." I den berättar Allah för oss att det är han som har uppenbarat Koranen för sin profet ﷺ. I Koranen förekommer det verser vars innebörd är tydlig, de vars bestämmelse är klar utan någon otydlighet. Detta är bokens kärna och grund, och det ska refereras till dessa verser vid oenighet. Därtill förekommer det andra verser som har flera innebörder och vars betydelse kan missförstås av vissa människor, eller att de tror att de motsäger andra verser. Allah tydliggör för oss hur olika människor förhåller sig till föregående typ av verser; de som har en sjukdom i sina hjärtan som vänder sig bort ifrån sanningen lämnar de tydliga verserna, och vänder sig istället till de tvetydiga verserna för att på så sätt sprida tvivel och villfarelse. De gör detta för att tolka verserna så att de stämmer överens med deras lustar. De som är upprätta när de följer sanningen förstår däremot de tvetydiga verserna, och hänvisar dem till de tydliga verserna. De tror på dessa verser och att de kommit ifrån Allah, därför är det omöjligt att de på något sätt skulle vara motsägelsefulla eller förvirrande. Men ingen förstår detta eller ägnar det vidare eftertanke utom de med sunda förnuft. Sedan sa profeten ﷺ till 'A'ishah, de troendes moder, att om hon ser dem som följer det tvetydiga så är det dem som Allah har nämnt då han säger: "De som har villfarelse i hjärtat", akta er därför för dem och lyssna inte ens på dem.</t>
   </si>
@@ -18841,1512 +19680,1512 @@
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>De tydliga verserna i Koranen är de vars innebörd är tydlig och klar. De tvetydiga verserna är de som kräver eftertanke och förståelse.
 Detta är en varning från att vara med folket som följer villfarelser och innovationer, och de som vill lyfta frågor som leder till förvirring för att vilseleda människor och så tvivel i deras hjärtan.
 Den sista delen av versen: "Men endast de med förstånd låter sig förmanas av detta" där finns en indirekt hänvisning till de som har har gått vilse, och beröm för de vars kunskap är djup och stabil. Det vill säga de som inte förmanas och drar nytta från detta, och istället följer sina lustar, är inte förståndig.
 Att följa det tvetydiga är en anledning till att hjärtat går vilse.
 Det är obligatoriskt att hänföra de tvetydiga verserna vars innebörd kan missförstås till de tydliga verserna.
 Allah delade upp vissa delar av Koranen till tydliga och tvetydiga, som ett test för människor varpå de troende särskiljs från de vilsna.
 Genom att det finns tvetydiga verser i Koranen syns de lärdas förträfflighet över andra. Detta visar även intellektets begränsning och brist så att människan kan inse sin bristfällighet och vända sig till sin Skapare.
 Förträffligheten i att ha djup kunskap och vikten av att vara stadig i det.
 De lärda inom Korantolkning har två ståndpunkter gällande att stanna efter Allahs namn i versen: "Ingen känner dock till dess tolkning förutom Allah och de som har väl fördjupade kunskap". Vissa lärda anser att man ska pausa efter Allahs namn, vilket innebär att betydelsen blir att ingen känner till dess tolkning förutom Allah. Alltså känner ingen till hur det egentligen är förutom Allah, likt själens beskaffenhet, domedagens tidpunkt och annan kunskap som Allah hemlighållit från andra. De som är väl fördjupade i kunskap tror på de tvetydiga verserna och överlåter dess egentliga innebörd till Allah, följaktligen har de ett korrekt förhållningssätt till dem och underkastar sig Allah. Andra lärda menar att en paus inte är nödvändig och fortsätter följaktligen läsningen av versen, varpå innebörden betyder att tolkningen avser förklaring och förtydligande. Följaktligen känner Allah och de med väl fördjupad kunskap till innebörden, och dessa lärda tror på det och hänvisar andra till de tydliga verserna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65062</t>
   </si>
   <si>
-    <t>مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ</t>
+    <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
   </si>
   <si>
     <t>'Det finns inte en person som begår en synd, sedan reser han sig upp och renar sig och ber, och därefter ber Allah om förlåtelse, utan att Allah förlåter honom</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
     <t>'Ali berättade: "Jag är en sådan som, när jag hörde någon Hadith från Allahs sändebud ﷺ, brukade Allah gynna mig genom den på det sättet som han ville gynna mig. När någon bland hans ﷺ följeslagare rapporterade en Hadith för mig, brukade jag be honom svära vid Allah. Och om han svor gällande det, brukade jag tro honom. Abu Bakr berättade en Hadith för mig, och Abu Bakr talade sanning, sägandes att han hörde Allahs sändebud ﷺ säga: 'Det finns inte en person som begår en synd, sedan reser han sig upp och renar sig och ber, och därefter ber Allah om förlåtelse, utan att Allah förlåter honom.' Därefter läste han följande vers: 'De som, om de begår en skamlös handling eller gör orätt mot sig själva, minns Allah och ber honom om förlåtelse för sina synder' (3:135)."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att det inte finns någon tjänare som begår en synd, varpå han tvagar sig väl och ber två Rak'ah i avsikt om att ångra sig för sin synd, sedan söker han Allahs förlåtelse, utom att Allah kommer att förlåta honom. Sedan läste profeten ﷺ Allahs ord: "De som, om de begår en skamlös handling eller gör orätt mot sig själva, minns Allah och ber honom om förlåtelse för sina synder" (3:135).</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>Det är uppmanat för muslimen, som begått en synd, att be och sedan söka Allahs förlåtelse.
 Allahs omfattande förlåtelse, och att han accepterar personens ånger och bön om förlåtelse.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65063</t>
   </si>
   <si>
-    <t>يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ</t>
+    <t>يحسب ما خانوك وعصوك وكذبوك وعقابك إياهم</t>
   </si>
   <si>
     <t>Hur mycket du straffade dem kommer att jämföras med hur mycket de förrådde dig, var olydiga mot dig och ljög för dig</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ رَجُلًا قَعَدَ بَيْنَ يَدَيِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ لِي مَمْلُوكِينَ يَكْذِبُونَنِي وَيَخُونُونَنِي وَيَعْصُونَنِي، وَأَشْتُمُهُمْ وَأَضْرِبُهُمْ، فَكَيْفَ أَنَا مِنْهُمْ؟ قَالَ: «يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ، فَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ بِقَدْرِ ذُنُوبِهِمْ كَانَ كَفَافًا، لَا لَكَ وَلَا عَلَيْكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ دُونَ ذُنُوبِهِمْ كَانَ فَضْلًا لَكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ فَوْقَ ذُنُوبِهِمُ اقْتُصَّ لَهُمْ مِنْكَ الْفَضْلُ»، قَالَ: فَتَنَحَّى الرَّجُلُ فَجَعَلَ يَبْكِي وَيَهْتِفُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَمَا تَقْرَأُ كِتَابَ اللهِ: {وَنَضَعُ الْمَوَازِينَ الْقِسْطَ لِيَوْمِ الْقِيَامَةِ فَلا تُظْلَمُ نَفْسٌ شَيْئًا}، الْآيَةَ»، فَقَالَ الرَّجُلُ: وَاللهِ يَا رَسُولَ اللهِ، مَا أَجِدُ لِي وَلهُمْ شَيْئًا خَيْرًا مِنْ مُفَارَقَتِهِمْ، أُشْهِدُكَ أَنَّهُمْ أَحْرَارٌ كُلُّهُمْ.</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) sa: "En man kom och satte sig framför profeten ﷺ och sa: 'Allahs sändebud! Jag har tjänare som ljuger för mig, bedrar mig och inte lyder mig, och jag skäller ut dem och slår dem. Hur ser min situation ut med dem?' Han ﷺ svarade: "Hur mycket du straffade dem kommer att jämföras med hur mycket de förrådde dig, var olydiga mot dig och ljög för dig. Om du bestraffade dem i samma utsträckning som deras synder, kommer det att vara jämlikt, ingenting kommer att räknas för din fördel eller nackdel. Om du bestraffade dem i mindre utsträckning än deras synder, kommer det räknas till din fördel. Om du bestraffade dem i större utsträckning än deras synder, kommer mellanskillnaden att tas från dig och ges till dem.' Mannen gick därifrån och började gråta och ljuda. Så Allahs sändebud ﷺ sa: 'Har du inte läst Allahs bok; 'På uppståndelsens dag ska vi ställa fram rättvisande vågar och ingen skall då lida den minsta orätt. [Allt,] till och med det som väger så litet som ett senapskorn, ska vi dra fram i ljuset. Det är vi som bäst håller räkning på allt' [21:47]'. Därefter sa mannen: "Allahs sändebud! Vid Allah, jag ser inget bättre för mig och dem än att vi går skilda vägar. Jag tar dig som mitt vittne över att de alla är fria.'"</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم يشكو مِن تصرّفات عبيده، وأنهم يكذبونه في الخبر، ويخونونه في الأمانة، ويغشّون في المعاملة، ويعصونه في الأمر، وهو يشتمهم ويضربهم تأديبًا لهم، فسأله عن حاله يوم القيامة معهم؟ 
 فقال عليه الصلاة والسلام: يُحسَب ما خانوك وعصوك وكذَّبوك ويحسَب عقابك لهم، فإذا تساوى مقدار العقاب مع ذنوبهم فما لك شيء، ولا عليك شيء، وإن كان مقدار عقابك لهم أقل مِن ذنوبهم، كان فضلًا وزيادةً لك في الأجر، 
 وإن كان عقابك لهم أكثر من ذنوبهم عُوقِبْتَ، وأُخِذ منك القدر الزائد وأُعطي لهم، 
 فتنحَّى الرجل وجعل يبكي ويعلو صوته، 
 فقال له رسول الله صلى الله عليه وسلم: أما تقرأ كتاب الله: 
 {ونضع الموازين القسط ليوم القيامة فلا تُظلم نفسٌ شيئًا، وإن كان مثقال حبة من خردل أتينا بها وكفى بنا حاسبين} [الأنبياء: 47]، 
 فلا يُظلم أحدٌ شيئًا يوم القيامة، وتكون الموازين بين الناس بالعدل، 
 فقال الرجل: والله يا رسول الله، لا أجِد لي ولهم شيئًا أفضل مِن مُفارَقتهم وتركِهم، أُشْهِدُك أنهم أحرار لوجه الله كلّهم؛ خشية الحساب والعذاب.</t>
   </si>
   <si>
     <t>En man kom till profeten ﷺ för att klaga över hur hans tjänare agerade då de brukade ljuga för honom, lura honom i det han anförtrott dem och i diverse affärer, och därför skäller han ut dem och disciplinerar dem med slag. Han frågade profeten ﷺ om hur hans tillstånd kommer att vara med dem på domedagen? Då sa han ﷺ: "Hur du straffade dem kommer att jämföras med deras bedrägeri, trots och lögn. Om straffets utsträckning är jämlik med deras synder så kommer du inte att hållas vidare ansvarig för något och inte heller belönas. Om ditt straff däremot var mindre än utsträckningen av deras synder så är det till din förmån och något som ökar din belöning. Men om ditt straff var i större utsträckning än deras synder så kommer du att straffas, och mellanskillnaden kommer att tas från dig och ges till dem." Mannen gick därifrån gråtandes och gav ifrån sig höga läten, så Allahs sändebud ﷺ sa: "Har du inte läst Allahs bok; ''På uppståndelsens dag ska vi ställa fram rättvisande vågar och ingen skall då lida den minsta orätt. [Allt,] till och med det som väger så litet som ett senapskorn, ska vi dra fram i ljuset. Det är vi som bäst håller räkning på allt [21:47]". Allah kommer inte att felbehandlad någon på domedagen, och vågskålar kommer att placeras åt människor för att rättvisan ska skipas. Då sa mannen: "Allahs sändebud! Vid Allah, jag finner ingen bättre lösning för mig och dem än att jag lämnar dem och vi går skilda vägar. Jag tar dig som vittne över att de alla är fria för Allahs skull.", vilket han gjorde i rädsla av räkenskap och straffet.</t>
   </si>
   <si>
     <t>صدق الصحابي في تحريره لعبيده خوفًا من عذاب الله.
 الاقتصاص من الظالم إن كان مساويًا لمقدار الظلم أو أقل منه فهو جائز، أما الزيادة فهي محرمة.
 الحثُّ على حسن معاملة الخدم والضعفاء.</t>
   </si>
   <si>
     <t>Detta visar följeslagarens uppriktighet när han frigav sina tjänare i fruktan av Allahs straff.
 Det är tillåtet att ge tillbaka med samma mynt vid felbehandling eller att bemöta det med något mildare än så. Det är däremot förbjudet att hämnas med något värre.
 Det är uppmanat att behandla betjänter och svaga på ett fint sätt.</t>
   </si>
   <si>
     <t>ضعيف</t>
   </si>
   <si>
     <t>[Svag]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65065</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>Är inte han som var kapabel att få honom att gå med sina ben i det världsliga livet, även kapabel att få honom att gå på sitt ansikte på domedagen</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Qatadah (må Allah vara barmhärtig över honom) sa: "Anas bin Malik berättade att en man sa: 'Allahs profet! Hur ska Allah låta den otrogna återuppstå på dennes ansikte?' Han ﷺ svarade: 'Är inte han som var kapabel att få honom att gå med sina ben i det världsliga livet, även kapabel att få honom att gå på sitt ansikte på domedagen?' Qatadah sa: 'Jo, vid min Herres ära!'"</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Profeten ﷺ frågades om hur den otrogne kommer att kunna återuppväckas gående på sitt ansikte på domedagen? Så profeten ﷺ svarade: "Är inte Allah, som har fått honom att gå med sina ben i det världsliga livet, även kapabel att få honom att gå på sitt ansikte på domedagen?!" Allah är säkerligen kapabel att göra allt.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Detta visar på den otrognas förödmjukelse på domedagen och att han kommer att på gå sitt ansikte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>Säg: 'Det finns ingen sann gud utom Allah', och jag kommer att vittna åt dig på domedagen</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) sa: "Allahs sändebud ﷺ sa till sin farbror: 'Säg: 'Det finns ingen sann gud utom Allah', och jag kommer att vittna åt dig på domedagen'. Han svarade: 'Om det inte vore för att َQuraysh skulle klandra mig sägandes att han gjorde det i bävan (inför döden), skulle jag säkerligen ha glatt ditt sinne med det.' Då uppenbarade Allah: 'Du kan inte leda dem du älskar på rätt väg, men Allah leder den han vill (28:56).'</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>När profetens farbror Abu Talib låg på dödsbädden bad han ﷺ honom att säga att det inte finns någon sann gud utom Allah, så att han skulle kunna medla för honom på domedagen eftersom han var muslim. Han vägrade dock yttra trosbekännelsen i fruktan av att Quraysh skulle fördöma honom sägandes att han bara blev muslim på grund av svaghet och i rädsla för döden! Så han sa till profeten ﷺ att om det inte vore för det skulle jag ha glatt ditt hjärta genom att yttra trosbekännelsen och uppfyllt din dröm så att du blir belåten. Då uppenbarade Allah versen som visade att profeten ﷺ inte förmådde att ge folk framgången att acceptera islam. Det är endast Allah som har förmågan att ge den han vill framgång till detta. Profeten ﷺ vägleder enbart människorna genom att förklara, tydliggöra och kalla dem till den raka vägen.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Sanningen ska inte lämnas i fruktan av vad människor kan säga.
 Profeten ﷺ kunde enbart vägleda folk genom att visa dem den rätta vägen och förklara den, han kunde däremot inte förmå dem att acceptera vägledningen.
 Det är föreskrivet att besöka den otrogne personen som är sjuk för att kunna kalla honom till islam.
 Profeten ﷺ var starkt angelägen att kalla till Allah under alla omständigheter.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65069</t>
   </si>
   <si>
-    <t>إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً</t>
+    <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
     <t>'Det du säger och kallar till är säkerligen bra, men kan du berätta om det finns någon botgörelse för de vi tidigare har gjort?</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) sa: "En grupp av månggudadyrkare, som hade begått många mord och otukt kom till Muhammed ﷺ och sa: 'Det du säger och kallar till är säkerligen bra, men kan du berätta om det finns någon botgörelse för de vi tidigare har gjort?' Då uppenbarades: 'Och de som inte anropar en gudom vid sidan av Allah, och de berövar aldrig en människa livet - som Allah har förklarat heligt - annat än i rättfärdigt syfte, och begår inte otukt' (25:68), samt: 'Säg till mina tjänare: 'Om ni har gjort orätt mot er själva genom att överträda [mina bud], misströsta då inte om Allahs nåd!' (39:53)."</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>Några månggudadyrkare, som begått många mord och otukt kom till profeten ﷺ och sa: "Det du kallar till, islam och dess lära, är bra, men hur är det med oss som begått avguderi och stora synder, finns det någon botgörelse för det?"
 Då uppenbarades de två verserna som visar att Allah accepterar ångern från människor, trots deras stora synder. Om det inte vore för det skulle de fortsätta att vara otrogna och begå överträdelser och de skulle inte ha konverterat till denna religion.</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>Islams förträfflighet och storhet eftersom ens konvertering till islam leder till att alla tidigare synder förlåts.
 Allahs otroliga nåd, förlåtelse och överseende med tjänarna.
 Polyteism, att döda någon utan en giltig orsak och otukt är förbjudna handlingar. Den som utför dessa synder faller in under varningen.
 En uppriktig ånger som följs av goda handlingar stryker bort alla stora synder, inklusive att förneka Allah.
 Det är förbjudet att tappa hoppet om Allahs barmhärtighet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65071</t>
   </si>
   <si>
-    <t>اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ</t>
+    <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
   </si>
   <si>
     <t>Återvänd till honom och berätta för honom att han inte tillhör eldens invånare, snarare tillhör han paradisets invånare</t>
   </si>
   <si>
     <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) berättade att: "Profeten ﷺ märkte av Thabit bin Qays frånvaro, så en man sa: 'Allahs sändebud! Jag ska se hur det står till med honom åt dig.' Han kom till honom och fann att han satt i sitt hem gråtandes med huvudet böjt. Han sa: 'Vad är det med dig?' Han svarade: 'Något hemskt', och han brukade höja sin röst över profetens röst, varpå hans handlingar tillintetgjordes och han kommer att vara bland eldens invånare. Mannen återvände till profeten ﷺ och berättade vad han sagt, varpå han skulle gå tillbaka till Thabit med ett glädjande nyheter: "Återvänd till honom och berätta för honom att han inte tillhör eldens invånare, snarare tillhör han paradisets invånare."</t>
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>Profeten ﷺ märkte av Thabit bin Qays frånvaro så han frågade efter honom. Då sa en man att han skulle gå och se efter honom och ta reda på varför han var frånvarande. Han begav sig till honom och fann att han satt sorgset med huvudet böjt i sitt hem. Han frågade honom hur det står till med honom, varpå Thabit berättade att han mådde dåligt, eftersom han brukade höja sin röst över profetens röst, och Allah har varnat den som gör det med att personens handlingar tillintetgörs, och att han följaktligen skulle tillhöra eldens invånare.
 Mannen återvände då till profeten ﷺ och underrättade honom om vad han hade hört. Profeten ﷺ beordrade honom att gå tillbaka till Thabit med den glädjande nyheten om att han inte alls var från eldens invånare, snarare tillhörde han paradisets invånare. Hans röst var naturligt hög, och han var Allahs sändebuds talare och al-Ansars (hjälparnas) talare.</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>Thabit bin Qays förträfflighet och att han är bland paradisets invånare.
 Profeten ﷺ visade omsorg för följeslagarna och att han brukade fråga efter de frånvarande.
 Följeslagarnas rädsla och oro för att deras handlingar skulle tillintetgöras.
 Det var obligatoriskt att tilltala profeten ﷺ med respekt under hans liv, och att sänka sin röst när hans Sunnah omnämns efter hans död.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65073</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا</t>
+    <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
   </si>
   <si>
     <t>'Människor! Allah har tagit bort högmodet från den hedniska tiden och skrytet om dess förfäder</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med honom) berättade att: "Allahs sändebud ﷺ predikade för folket på dagen då Mecka erövrades. Han sa: 'Människor! Allah har tagit bort högmodet från den hedniska tiden och skrytet om dess förfäder. Människor är av två typer: antingen en rättfärdig och gudfruktig som är värdefull hos Allah, eller en eländig syndare som är betydelselös hos Allah. Alla människor är Adams barn, och Allah skapade Adam från jord. Allah säger: 'Människor! Vi har skapat er av en man och en kvinna, och gjorde er sedan till folkslag och stammar för att ni ska lära känna varandra. Den ärorikaste av er hos Allah är den gudfruktigaste. Allah är Allvetande, Underkunnig (om allt) (49:13).'"</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>Profeten ﷺ höll en predikan för människorna på dagen då Mecka erövrades. Han sa: Människor! Allah har avlägsnat det hedniska högmodet och fanatismen från er, samt att skryta över ens förfäder. Människor är en av två:
 Antingen en troende som är rättfärdig, gudfruktig som lyder och dyrkar Allah. Han är följaktligen värdefull hos Allah, även om han saknar status eller en nobel bakgrund bland människor.
 Eller en otrogen som är en eländig syndare. Han är förnedrad och värdelös hos Allah, även om han har hög status och makt hos människorna.
 Människor är alla från Adams avkomma, och Allah skapade Adam från jord, därför ska inte någon med denna ursprung från jord ha högmod eller självförhävelse. Detta grundar sig på Allahs ord då han säger: "Människor! Vi har skapat er av en man och en kvinna, och gjorde er sedan till folkslag och stammar för att ni ska lära känna varandra. Den ärorikaste av er hos Allah är den gudfruktigaste. Allah är Allvetande, Underkunnig (om allt) (49:13)."</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Det är förbjudet att skryta om sitt ursprung eller sin status.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
     <t>[Återberättad av at-Tirmidhi och Ibn Ribban]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65074</t>
   </si>
   <si>
-    <t>{ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ}</t>
+    <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>'Och den dagen ska ni ställas till svars för [vad ni gjorde av] det goda som skänktes er [i livet</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>Az-Zubayr bin al-'Awwam (må Allah vara nöjd med honom) sa: "När följande vers uppenbarades: 'Och den dagen ska ni ställas till svars för [vad ni gjorde av] det goda som skänktes er [i livet (102:8)', sa Az-Zubayr: 'Allahs sändebud! Vilka fröjder ska vi tillfrågas om? Är det de två svarta; dadlar och vatten?" Han sa: "Detta kommer säkerligen att ske."</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>När följande vers uppenbarades: "Och den dagen ska ni ställas till svars för [vad ni gjorde av] det goda som skänktes er [i livet]": det vill säga ni kommer säkerligen att frågas om ni var tacksamma för de välsignelser som Allah har skänkt er. Az-Zubayr bin al-'Awwam (må Allah vara nöjd med honom) sa: "Allahs sändebud! Vilka fröjder ska vi tillfrågas om? Det finns enbart två välsignelser som inte förtjänar att tillfrågas om, nämligen dadlar och vatten!"
 Då sa profeten ﷺ: "Ni kommer säkerligen att ställas till svars för de välsignelser ni har givits, trots den situationen som ni befinner er i, eftersom dessa två otroliga välsignelser är från Allahs välsignelser."</t>
   </si>
   <si>
     <t>التَّأكيد على شكر الله تعالى على النِّعم.
 النّعيم ممّا سيُسأل عنه العبد يوم القيامة قليلًا كان أو كثيرًا.</t>
   </si>
   <si>
     <t>Vikten av att tacka Allah för de välsignelser han har skänkt.
 Bland de saker som tjänaren kommer att frågas om på domedagen är Allahs välsignelser - stora som små.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65075</t>
   </si>
   <si>
-    <t>سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ</t>
+    <t>سيكون في آخر أمتي أناس يحدثونكم ما لم تسمعوا أنتم ولا آباؤكم، فإياكم وإياهم</t>
   </si>
   <si>
     <t>I slutet av tiden kommer det finnas människor från mitt samfunder som kommer att berätta saker för er som varken ni eller era förfäder har hört. Både ni och dem ska akta er!</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "I slutet av tiden kommer det finnas människor från mitt samfunder som kommer att berätta saker för er som varken ni eller era förfäder har hört. Både ni och dem ska akta er!"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنه سيَظهر أُناسٌ في آخِر أُمتِه يَفْتَرون الكذب، ويقولون ما لم يقلْه أحدٌ من قبلهم، فيُخبِرون بالأحاديث المكذوبة والمُخْتَلَقة، فأمَرَنا عليه الصلاة والسلام أنْ نَبْتَعِدَ عنهم ولا نجالسهم، ولا نسمع أحاديثهم؛ لئلا يتقرر ذلك الحديث المختلق في النفوس، فنعجز عن التخلُّص منه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att det kommer att uppstå människor i slutet av tiden i av hans samfund som hittar på lögner, och säger saker som ingen tidigare har sagt, och de kommer att återberätta påhittade Hadither. Han ﷺ beordrade oss att hålla oss borta från dem och inte umgås med dem eller lyssna på deras Hadither, så att den påhittade Hadithen inte absorberas av själen, varpå vi inte kan göra oss av med den.</t>
   </si>
   <si>
     <t>فيه عَلَم من أعلام النبوة، حيث إن النبي صلى الله عليه وسلم أخبر بما سيقع في أمته، فكان كما أخبر.
 الابتعاد عمّن يَكْذِبُ على رسول الله صلى الله عليه وسلم وعلى دين الإسلام، وعدم الاستماع لكذبهم.
 التحذير من قبولِ الأحاديث أو نشرِها إلا بعد التأكُّد من صحتِها وثبوتِها.</t>
   </si>
   <si>
     <t>Denna hadith innehåller ett av de tecknen som visar profetens ﷺ sanna profetskap, eftersom Hadithen informerar oss om något som ska ske i hans samfund, och det skedde även precis som han berättade.
 De som hittar på lögner om Allahs sändebud ﷺ och om islam måste man hålla avstånd ifrån och inte lyssna på deras lögner.
 Detta är en varning för att acceptera och sprida Hadither utan att dess autenticitet först har bekräftats.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65076</t>
   </si>
   <si>
-    <t>اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ</t>
+    <t>اكتب، فوالذي نفسي بيده، ما يخرج منه إلا حق</t>
   </si>
   <si>
     <t>'Skriv! För jag svär vid honom i vars hand min själ vilar, att endast sanning kommer ut ur den.'</t>
   </si>
   <si>
     <t>عن عبدِ الله بن عمرو رضي الله عنهما قال: كنتُ أكتبُ كلَّ شيءٍ أسمعُه من رسولِ الله صلَّى الله عليه وسلم أُريدُ حفْظَه، فنهتْني قريشٌ، وقالوا: أتكْتبُ كلَّ شيءٍ تَسمَعُه من رسول الله صلَّى الله عليه وسلم، ورسولُ الله صلَّى الله عليه وسلم بَشَرٌ يتكلَّمُ في الغضَبِ والرِّضا؟ فأمسَكتُ عن الكتاب، فذكرتُ ذلك لرسول الله صلَّى الله عليه وسلم، فأومأ بإصبَعِه إلى فيه، فقال: «اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) sa: "Jag brukade skriva ned allt som jag hörde från Allahs sändebud ﷺ då jag ville komma ihåg det. Quraysh hindrade däremot mig och sa: 'Skriver du ned allting du hör från Allahs sändebud ﷺ, när Allahs sändebud ﷺ är en människa som talar både när han är arg och nöjd?' Jag slutade följaktligen att skriva, och nämnde det för Allahs sändebud ﷺ som pekade på munnen med sitt finger och sa: 'Skriv! För jag svär vid honom i vars hand min själ vilar, att endast sanning kommer ut ur den.'"</t>
   </si>
   <si>
     <t>قال عبدُ الله بن عَمْرو رضي الله عنه: كنتُ أكتبُ كلَّ شيءٍ أسمعه مِن رسول الله صلى الله عليه وسلم لكي أحفَظَه بالكتابة، فنهاني رجالٌ من قريش، وقالوا: رسولُ الله صلى الله عليه وسلم بشرٌ يتكلَّم في الرِّضا والغضب، وقد يُخطئ، فتوقَّفت عن الكتابة.
 فأخبرتُ النبيَّ صلى الله عليه وسلم بما قالوه، فأشار بإصبعه إلى فَمِهِ فقال: اكتب، فوالذي نفسي بيده ما يَخرجُ منه إلّا حقّ على كل حال، وفي الرِّضا والغضب.
 وقد قال تعالى عن نبيه صلى الله عليه وسلم:
 ﴿وَمَا یَنطِقُ عَنِ ٱلۡهَوَىٰۤ * إِنۡ هُوَ إِلَّا وَحۡیࣱ یُوحَىٰ﴾ [النجم ٣-٤].</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) berättade att han brukade skriva ned allting som han hörde från Allahs sändebud ﷺ så att han kunde ha det sparat i skrift. Vissa personer från Quraysh förbjöd dock honom från det och sa att Allahs sändebud ﷺ är en människa som kan tala både när han är arg och belåten, följaktligen kan han säga något fel, varefter 'Amr slutade skriva.
 Han berättade för profeten ﷺ om vad de sa, så profeten ﷺ  pekade mot sin mun med sitt finger och sa åt honom att skriva eftersom, vid han vars hand Muhammeds själv vilar i, det inte kommer ut något annat än sanningen från den oavsett situation, och oavsett om han är arg eller belåten.
 Allah sa beträffande sin profet ﷺ: "Och han talar inte av egen drift - nej, [det är] inget annat än uppenbarelsens ord" (53:3-4).</t>
   </si>
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>Profeten ﷺ är felfri i det han förmedlar från sin Herre, oavsett om han är belåten eller arg.
 Följeslagarna (må Allah vara nöjd med dem) var otroligt måna om att bevara Sunnahn och förmedla den.
 Det är tillåtet att svära vid Allah om det finns behov för det, fastän ingen ber en att göra det, för att betona något.
 Att skriva ned kunskap är från de största anledningarna till att kunskap bevaras.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65077</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ</t>
+    <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade tvaga sig inför varje bön</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
   <si>
     <t>'Amr bin 'Amir berättade att Anas bin Malik sa: "Profeten ﷺ brukade tvaga sig inför varje bön." Jag sa: "Hur brukade ni göra då?" Han sa: "Vi bad flera böner med en och samma tvagning, tills den bröts."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
 ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade tvaga sig inför varje obligatorisk bön, även om hans tidigare tvagning inte brutits, eftersom det leder till större belöning och dygd.
 Det är däremot tillåtet att be flera obligatoriska böner med en och samma tvagning, så länge ens tvagning är giltig.</t>
   </si>
   <si>
     <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
 استحباب الوضوء عند كل صلاة.
 جواز تأدية أكثر من صلاة بوضوء واحد.</t>
   </si>
   <si>
     <t>Profeten ﷺ tvagade sig oftast inför varje bön, då han ville uppnå perfektion.
 Det är rekommenderat att tvaga sig inför varje bön.
 Det är tillåtet att be fler än en bön med en och samma tvagning.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65080</t>
   </si>
   <si>
-    <t>تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً</t>
+    <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
   </si>
   <si>
     <t>Profeten ﷺ tvagade varje kroppsdel en gång vardera</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
   </si>
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd med honom) sa: "Profeten ﷺ tvagade varje kroppsdel en gång vardera."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade ibland tvaga sig och tvätta varje kroppsdel, som inkluderas i tvagningen, en gång vardera. Han tvättade ansikte, inklusive sköljde sin mun och förde in vatten i näsan, händer och fötter en gång enbart. Detta är det obligatoriska antalet.</t>
   </si>
   <si>
     <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
  مشروعية الوضوء مَرّةً مرةً في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att tvaga kroppsdelarna en gång, och fler gånger än så är rekommenderat.
 Det är föreskrivet att ibland begränsa sig till att tvaga sina kroppsdelar en gång endast.
 Man ska endast stryka över huvudet en gång.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65081</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ</t>
+    <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
   </si>
   <si>
     <t>Profeten ﷺ tvagade varje kroppsdel två gånger vardera</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
   </si>
   <si>
     <t>'Abdullah bin Zayd (må Allah vara nöjd med honom) sa: "Profeten ﷺ tvagade varje kroppsdel två gånger vardera."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade ibland tvaga sig och tvätta varje kroppsdel som inkluderas i tvagningen två gånger vardera. Han tvättade ansikte, inklusive att han sköljde sin mun och förde in vatten i näsan, händer och fötter två gånger enbart.</t>
   </si>
   <si>
     <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
  مشروعية الوضوء مرتين مرتين في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att tvaga kroppsdelarna en gång, och fler gånger än så är rekommenderat.
 Det är föreskrivet att ibland begränsa sig till att tvaga sina kroppsdelar två gånger.
 Man ska endast stryka över huvudet en gång.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65082</t>
   </si>
   <si>
-    <t>إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا</t>
+    <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
   </si>
   <si>
     <t>Om någon av er känner något i magen och tvekar ifall något har kommit ut ur honom eller inte, ska han inte lämna moskén förrän han hör ett ljud eller känner en odör</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om någon av er känner något i magen och tvekar ifall något har kommit ut ur honom eller inte, ska han inte lämna moskén förrän han hör ett ljud eller känner en odör."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه إذا تردَّد في بطن المصلي شيءٌ، فالتَبَسَ عليه أَخَرَجَ منه شيءٌ أم لا؟ فلا ينصَرف مِن صلاته ويقطعها لإعادة الوضوء، حتى يتيقَّن وجودَ الحَدَثِ الناقِضِ لوضوئه؛ بأنْ يسمعَ صوتَ الرِّيح، أو يَشمَّ الرائحة؛ لأن المتَيقَّن لا يبطلُه الشَّك، وهو قد تيقَّن الطَّهارةَ، والحَدَثُ مشكوكٌ فيه.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att om en bedjande känner något i sin mage och tvivlar ifall något har kommit ut eller ej, ska han inte lämna sin bön och avbryta den för att förnya sin tvagning förrän han är säker på att hans tvagning brutits. Detta kan han veta genom att han hör något ljud eller känner någon odör. Anledningen är att något man är övertygad om, inte upphävs genom något man är osäker på. I detta fall är han övertygad om sin renhet, och tvekar på om han brutit den.</t>
   </si>
   <si>
     <t>هذا الحديث أصل من أصول الإسلام وقاعدة من قواعد الفقه، وهي: أن اليقين لا يزول بالشك، والأصل بقاء ما كان على ما كان، حتى يتيقن خلاف ذلك.
 الشك غير مؤثر في الطهارة، والمصلي باقٍ على طهارته ما لم يتيقن حَدَثًا.</t>
   </si>
   <si>
     <t>Denna Hadith är från islams grundläggande principer och regler, vilket är: övertygelse kan inte upphävas genom tvivel, och grunden är att något förblir som det var, till han är övertygad om det motsatta.
 Tvivel påverkar inte renlighet och tvagning, och den bedjande förblir på sin renlighet så länge han inte är övertygad om att den brutits.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65083</t>
   </si>
   <si>
-    <t>حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ</t>
+    <t>حق على كل مسلم أن يغتسل في كل سبعة أيام يوما، يغسل فيه رأسه وجسده</t>
   </si>
   <si>
     <t>Varje muslim är skyldig att utföra den större tvagningen en gång i veckan; då ska han tvätta sitt huvud och sin kropp</t>
   </si>
   <si>
     <t>عن أبي هريرة قال: قال رسول الله صلى الله عليه وسلم: «حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Varje muslim är skyldig att utföra den större tvagningen en gång i veckan; då ska han tvätta sitt huvud och sin kropp."</t>
   </si>
   <si>
     <t>أَخْبَرَ رسولُ الله صلى الله عليه وسلم: أنه حقٌّ متأكد على كل مسلم بالغ عاقل أنْ يغتسلَ في كل سبعة أيام من الأسبوع يومًا، فيغسل في هذا اليوم رأسَه وجسدَه، طلبًا للطهارة والنظافة، وأَولى هذه الأيام يومُ الجمعة، كما يُفهم من بعض الروايات، والاغتسال يوم الجمعة قبل الصلاة مستحب استحبابًا مؤكدًا، ولو كان اغتسل يوم الخميس مثلًا، والصارف عن الوجوب قول عائشة رضي الله عنها: "كان الناسُ مَهَنَةَ أنفسهم، وكانوا إذا راحوا إلى الجمعة راحوا في هيئتهم: فقيل لهم: لو اغتسلتم"، رواه البخاري، وفي رواية له: "لهم أرواح" أي رائحة العَرَقِ ونحوِه، ومع ذلك قيل لهم "لو اغتسلتم"، فغيرُهم من باب أولى.</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ berättar att varje mogen och tillräknelig muslim är skyldig att utföra den större tvagningen en gång i veckan. Då ska han tvätta sitt huvud och sin kropp för att bli ren. Fredag är dagen som han bör tvätta sig under, vilket vissa rapporteringar tyder på. Att tvätta sig på fredagen innan fredagsbönen är starkt rekommenderat, även om han exempelvis tvättat sig på torsdagen. Det som indikerar att det inte är obligatoriskt att tvätta sig på fredagen är 'A'ishahs utlåtande: "Folket brukade arbeta, och när de begav sig till fredagsbönen kom de i det tillståndet som de arbetade i. Så det sades till dem: 'Om ni ändå kunde tvätta er innan' (återberättad av al-Bukhari)." Och i en annan rapportering från honom nämns det att de luktade illa, det vill säga luktade svett och liknande. Trots det sades det ändå till dem "Om ni ändå kunde tvätta er innan", så detta gäller andra ännu mer.</t>
   </si>
   <si>
     <t>اهتمام وعناية الإسلام بالنظافة والطهارة.
 غسل الجمعة مستحب استحبابًا مُؤكدًا للصلاة.
 ذِكْر الرَّأس وإن كان ذِكْر الجسد يشمله؛ للاهتمام به.
 ﻳﺠﺐ ﺍﻟﻐﺴﻞ ﻋﻠﻰ ﻛﻞ ﻣﻦ ﻭُﺟِﺪﺕْ ﺑﻪ ﺭﺍﺋﺤﺔٌ ﻛﺮﻳﻬﺔٌ ﻳﺘﺄﺫﻯ ﺑﻬﺎ ﺍﻟﻨﺎس.
 آكَدُ يومٍ للاغتسال يوم الجمعة؛ لفضله.</t>
   </si>
   <si>
     <t>Islam lägger stor vikt vid renlighet och hygien.
 Att tvätta sig inför bönen på fredagen är starkt rekommenderat.
 Huvudet nämndes i synnerhet för att betona det, fastän det egentligen är en del av kroppen.
 Varje person som luktar illa måste tvätta sig för att andra människor inte ska ta skada av det.
 Fredag är den mest rekommenderade dagen för att tvätta sig på grund av dess dygd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65084</t>
   </si>
   <si>
-    <t>أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ</t>
+    <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
   </si>
   <si>
     <t>Jag kom till profeten ﷺ för att bli muslim, så han beordrade mig att tvätta mig med vatten och lotusträdets löv</t>
   </si>
   <si>
     <t>عن قيس بن عاصم رضي الله عنه قال: أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ.</t>
   </si>
   <si>
     <t>Qays bin 'Asim (må Allah vara nöjd med honom) sa: "Jag kom till profeten ﷺ för att bli muslim, så han beordrade mig att tvätta mig med vatten och lotusträdets löv."</t>
   </si>
   <si>
     <t>جاء قيسُ بن عاصم إلى النبيِّ صلى الله عليه وسلم وهو يريد أن يُسْلِم، فأمرَه النبيُّ صلى الله عليه وسلم أن يَغتسِلَ بماء وشَجَرِ السِدْر؛ لكون أوراقِهِِ تُستَعمل في التنظيف؛ ولِمَا له من رائحة طيبة.</t>
   </si>
   <si>
     <t>Qays bin 'Asim (må Allah vara nöjd med honom) kom till profeten ﷺ för att konvertera till islam. Profeten ﷺ beordrade honom att tvätta sig med vatten och lotusträdets löv, eftersom dessa löv används för rening och bidrar till en god doft.</t>
   </si>
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>Den otrogne bör tvätta sig innan han konverterar till islam.
 Islam är en nobel religion som lägger vikt både på kropp och själ.
 Att blanda vatten med något annat rent material påverkar inte vattnets renhet för att uppnå rituell rening.
 Nutida hygienprodukter som tvål och liknande uppfyller lotusträdets funktion.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65085</t>
   </si>
   <si>
-    <t>إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ</t>
+    <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>Om bönekallaren säger: 'Allahu akbar, Allahu akbar' (Allah är större, Allah är större), och någon av er svarar: 'Allahu akbar, Allahu akbar' (Allah är större, Allah är större)</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>'Umar bin al-Khattab (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om bönekallaren säger: 'Allahu akbar, Allahu akbar' (Allah är större, Allah är större), och någon av er svarar: 'Allahu akbar, Allahu akbar' (Allah är större, Allah är större), och han sedan säger: 'Ash'hadu an la ilaha illallah' (jag vittnar att det inte finns någon sann gud utom Allah' och han svarar: 'Ash'hadu an la ilaha illallah' (Jag vittnar att det inte finns någon sann gud utom Allah), och han därefter säger: 'Ash'hadu anna Muhammadan rasulullah' (Jag vittnar att Muhammad är Allahs sändebud), och han svarar: 'Ash'hadu anna Muhammadan rasulullah' (Jag vittnar att Muhammad är Allahs sändebud), och han därpå säger: 'Hayya 'alas-salah' (kom till bönen!), och han svarar: 'La hawla wa la quwwata illa billah' (Det finns ingen rörelse eller styrka förutom via Allah), och han sedan säger: 'Hayya 'alal-falah' (kom till framgången!), och han svarar: 'La hawla wa la quwwata illa billah' (Det finns ingen rörelse eller styrka förutom via Allah), och han därefter säger: 'Allahu akbar, Allahu akbar' (Allah är större, Allah är större), och han svarar: 'Allahu akbar, Allahu akbar' (Allah är större, Allah är större), och han slutligen säger: 'la ilaha illallah' (Det finns ingen sann gud utom Allah), och han svarar: 'La ilaha illallah' (Det finns ingen sann gud utom Allah) - från hjärtat, träder han in i paradiset."</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>Böneutropets syfte är att underrätta människor om att tiden för bönen kommit in. Bönekallet innehåller betydelsefulla ord som omfattar trosläran.
 I denna Hadith tydliggör profeten ﷺ vad som är föreskrivet när någon hör böneutropet, vilket är att upprepa det bönekallaren säger. När bönekallaren säger "Allahu akbar" (Allah är större), svarar åhöraren "Allahu akbar" (Allah är större) och så vidare, förutom då han säger "Hayya alas-salah, hayya 'alal-falah" (skynda till bönen, skynda till framgång), för då svarar han "La hawla wa la quwwata illa billah" (det finns ingen rörelse eller styrka förutom via Allah).
 Profeten ﷺ berättar att den som uppriktigt från hjärtat upprepar det bönekallaren säger kommer att träda in i paradiset.
 Betydelsen av de fraser som sägs under bönekallet är: "Allahu akbar": att han är större och väldigare än allt.
 "Ash'hadu an la ilaha illallah": det finns ingen som är värd dyrkan utom Allah.
 "Ash'hadu anna Muhammadan rasulullah": jag bekräftar och vittnar genom tal och hjärta att Muhammed är Allahs sändebud, som Allah skickat och det är obligatoriskt att lyda honom.
 "Hayya 'alas-salah": kom till bönen. Åhörarens svar: "La hawla wa la quwwata illa billah": det finns inget sätt att undvika det som hindrar en från dyrkan, och det finns ingen styrka att utföra den eller någon kapacitet att göra något förutom med Allahs nåd.
 "Hayya 'alal-falah": kom till det som leder till framgång, vilket är att få träda in i paradiset och skonas elden.</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>Dygden i att repetera det bönekallaren säger, förutom vid de två fraserna där det sägs att man ska skynda sig till bön och framgång, då säger man "La hawla wa la quwwata illa billah".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65086</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ</t>
+    <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>När ni hör böneutroparen ska ni upprepa det han säger. Hylla mig sedan</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr bin al-'As (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ säga: "När ni hör böneutroparen ska ni upprepa det han säger. Hylla mig sedan, för den som hyllar mig en gång kommer Allah att hylla tio gånger om för det. Be därefter Allah att skänka mig al-Wasilah, för det är en nivå i paradiset som endast tillkommer en av Allahs tjänare, och jag hoppas att jag är honom. Den som ber om al-Wasilah till mig, kommer att få min medling."</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanade den som hörde böneutroparen att upprepa det han säger, bortsett från "Hayya 'alas-salah, hayya 'alal-falah" (Kom till bönen, kom till framgång), för då svarar man: "La hawla wa la quwwata illa billah" (Det finns ingen rörelse eller styrka förutom via Allah). Därefter ska han hylla profeten ﷺ när han repeterat färdigt bönekallet, för den som hyllar honom en gång, kommer Allah att hylla tio gånger för det. Att Allah hyllar sin tjänare innebär att han prisar sin tjänare hos änglarna.
 Sedan beordrade han ﷺ att man ber Allah om al-Wasilah till honom ﷺ, vilket är den högsta nivån i paradiset, och den tillkommer och lämpar inte för mer än en enda tjänare från Allahs tjänare, och han hoppades att det skulle vara han. Han ﷺ sa detta endast av ödmjukhet, då denna höga nivå enbart är till en enda person, och den personen kan inte vara någon annan än honom ﷺ, då han är den bästa skapelsen.
 Slutligen förtydligade han ﷺ att den som ber om al-Wasilah till profeten ﷺ, kommer att få hans medling.</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>Det är uppmanat att upprepa det böneutroparen säger.
 Förträffligheten i att hylla profeten ﷺ efter att man repeterat bönekallet.
 Det är uppmanat att be Allah om al-Wasilah till profeten ﷺ efter att man har hyllat honom.
 Betydelsen av al-Wasilah och dess höga nivå, då den inte tillkommer mer än en enda tjänare.
 Profetens ﷺ förträfflighet då han har särskilts med denna höga nivå.
 Den som ber Allah om al-Wasilah till profeten ﷺ kommer att få hans medling.
 Profetens ﷺ ödmjukhet då han bad sitt samfund att be för att han ska få den där nivån, fastän den ska ges till honom.
 Allahs otroliga godhet och nåd, då en god handling multipliceras med tio.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65087</t>
   </si>
   <si>
-    <t>مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ</t>
+    <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
   </si>
   <si>
     <t>Den som glömmer en bön ska be den när han kommer ihåg den, den har ingen gottgörelse utöver det</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
   </si>
   <si>
     <t>Anas bin Malik (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som glömmer en bön ska be den när han kommer ihåg den, den har ingen gottgörelse utöver det. 'Och etablera bönen för att minnas mig' (20:14)."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den som har glömt att förrätta en obligatorisk bön till dess tid har passerat ska skynda sig att be den så fort han minns det. Muslimen behöver inte korrigera detta misstag mer än att be den när han väl kommer ihåg den. Allah säger: "Och etablera bönen för att minnas mig", det vill säga utför den bortglömda bönen när du väl har kommit ihåg den.</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>Bönens vikt och att inte försumma att utföra den eller att ta igen den.
 Det är inte tillåtet att avsiktligt skjuta upp bönen efter dess fastställda tid utan någon giltig ursäkt.
 Det är obligatoriskt att ta igen den bortglömda bönen när personen minns den, och den sovande måste ta igen den när han vaknar.
 De bortglömda bönerna måste tas igen omedelbart, även om de bes under tider då böner egentligen inte bör uträttas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65088</t>
   </si>
   <si>
-    <t>مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ</t>
+    <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
     <t>Om någon bygger en moské för Allahs skull, kommer Allah att bygga något liknande åt honom i paradiset.'</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
     <t>Mahmud bin Labid (må Allah vara nöjd med honom) sa: "'Uthman bin 'Affan ville bygga ut moskén, men folket ogillade detta och ville att den skulle förbli som den var. Då berättade han att han hörde Allahs sändebud ﷺ säga: Om någon bygger en moské för Allahs skull, kommer Allah att bygga något liknande åt honom i paradiset.'"</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
     <t>'Uthman (må Allah vara nöjd med honom) ville bygga om profetens ﷺ moské på ett bättre sätt än dess första konstruktion. Folket ogillade detta då det skulle ändra hur moskén såg ut under profetens ﷺ tid. Moskén var gjord av lera och dess tak av palmblad. 'Uthman ville istället bygga moskén av sten och cement, så han berättade för dem att han hört profeten ﷺ säga: "Om någon bygger en moské för att uppnå Allahs välbehag, och inte av ögontjäneri eller för att prisas, kommer Allah att belöna den personen med något bättre, vilket är att Allah bygger något liknande åt honom i paradiset."</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>Det är uppmanat att bygga moskéer och det finns en stor förträfflighet i att göra det.
 Att expandera och förnya moskén inkluderas i förträffligheten av att bygga en moské.
 Vikten av att vara uppriktig till Allah i samtliga handlingar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65089</t>
   </si>
   <si>
-    <t>صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ</t>
+    <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>En bön i min moské är bättre än tusen böner i alla andra moskéer, förutom i den heliga moskén</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "En bön i min moské är bättre än tusen böner i alla andra moskéer, förutom i den heliga moskén."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فضْلَ الصلاةِ في مسجده، وأنه أفضل ثوابًا من ألف صلاة فيما سواه من مساجد الأرض، إلا المسجد الحرام بمكة، فهي أفضل من الصلاة في مسجده صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om förträffligheten i att be i hans moské, och att det har större belöning än tusen böner i någon annan moské, förutom i den heliga moskén i Mecka, då böner där är bättre än böner i profetens moské.</t>
   </si>
   <si>
     <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
 الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
   </si>
   <si>
     <t>Böner har en större belöning när de utförs i den heliga moskén eller i profetens moské.
 En bön i den heliga moskén är bättre än hundratusen böner i andra moskéer.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65090</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ</t>
+    <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
   </si>
   <si>
     <t>Om någon av er går in i en moské ska han be två Rak'ahs innan han sätter sig</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
   </si>
   <si>
     <t>Abu Qatadah as-Salami (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om någon av er går in i en moské ska han be två Rak'ahs innan han sätter sig."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanade att den som kommer in i moskén, oavsett tid eller orsak, borde be två Rak'ah innan han sätter sig. Denna bön kallas för Tahiyyatul-Masjid, vilket syftar på att hälsa på moskén.</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>Det är rekommenderat att be två Rak'ah Tahiyyatul-Masjid innan man sätter sig ned.
 Denna bestämmelse riktar sig till den som vill sätta sig, beträffande den som går in i moskén och lämnar den utan att sätta sig omfattas inte av bestämmelsen.
 Om en person kommer in i moskén när folket har börjat be ska han ansluta sig till deras bön, vilket kompenserar för de två Rak'ahs.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65091</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ</t>
+    <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
     <t>Om någon av er träder in i moskén ska han säga: 'Allahumma-ftah li abwaba rahmatik' (Allah! Öppna upp portarna för mig till din barmhärtighet). När han träder ut ska han säga: 'Allahumma inni as'aluka min fadlik' (Allah! Jag ber dig om din godhet)</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
     <t>Abu Humayd eller Abu Usayd berättade att Allahs sändebud ﷺ sa: "Om någon av er träder in i moskén ska han säga: 'Allahumma-ftah li abwaba rahmatik' (Allah! Öppna upp portarna för mig till din barmhärtighet). När han träder ut ska han säga: 'Allahumma inni as'aluka min fadlik' (Allah! Jag ber dig om din godhet)."</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
     <t>Profeten ﷺ lär sitt samfund den åkallan som sägs vid inträde i moskén: "Allahummaf-tah li abwaba rahmatik" (Allah! Öppna upp portarna för mig till din barmhärtighet). Han ber alltså Allah att underlätta det som leder till hans nåd. Vid utträde från moskén sägs: "Allahumma inni as'aluka min fadlik" (Allah! Jag ber dig om din godhet). Han ber Allah om hans godhet och att han skänker honom ännu mer välsignelser genom tillåtet uppehälle.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>Det är rekommenderat att säga dessa åkallan när man går in i moskén och går ut från den.
 Barmhärtighet nämns vid inträde, och godhet vid utträde. Anledningen är att den som träder in i moskén sysselsätter sig med att göra det som för honom närmre Allah och hans paradis, det som då är passande är att barmhärtighet omnämns. Vad gäller utträdet så beger han sig ut för att söka Allahs godhet och uppehälle, varpå det passande är att godhet omnämns.
 Dessa olika sorters åkallan sägs när en person vill träda in i moskén och när han vill träda ut från den.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65092</t>
   </si>
   <si>
-    <t>إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ</t>
+    <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>Det som står mellan en person att hamna i polyteism och otro är att han lämnar bönen</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Jabir (må Allah vara nöjd med honom) berättade att han hörde profeten ﷺ säga: "Det som står mellan en person att hamna i polyteism och otro är att han lämnar bönen."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnar mot att lämna den obligatoriska bönen, och berättar att det som står mellan att en person faller i polyteism och otro är att lämna bönen. Bönen är islams andra pelare, och den har en central roll i religionen. Den som inte ber för att han förnekar att det är obligatoriskt att be är otrogen, enligt muslimernas konsensus. Den som lämnar bönen till fullo på grund av försummelse och lathet är även han otrogen, vilket har rapporterats från följeslagarnas konsensus. Om han däremot lämnar bönen ibland, och ber ibland, riktas denna allvarliga varning till honom.</t>
   </si>
   <si>
     <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
  التحذير الشديد من ترك الصلاة وإضاعتها.</t>
   </si>
   <si>
     <t>Vikten av att förrätta och vara mån om bönen, då den är det som åtskiljer otron från tron.
 Den allvarliga varningen mot den som lämnar bönen och försummar den.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65093</t>
   </si>
   <si>
-    <t>إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ</t>
+    <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
   </si>
   <si>
     <t>Pakten mellan oss och dem är bönen; den som lämnar den har följaktligen begått otro</t>
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>Buraydah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Pakten mellan oss och dem är bönen; den som lämnar den har följaktligen begått otro."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att pakten och förbundet mellan muslimer och de otrogna och hycklarna är bönen, den som lämnar den har följaktligen begått otro.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>Bönens vikt och att den är det som skiljer den troende från den otrogne.
 Islams regler utgår från en persons yttre utövande utan att beakta hans dolda inre.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Återberättad av at-Tirmidhi, an-Nasa'i, Ibn Majah och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65094</t>
   </si>
   <si>
-    <t>يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها</t>
+    <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>Bilal! Säg Iqamah (det andra böneutropet precis innan bön), låt oss finna ro genom det</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>Salim bin Abil-Ja'd berättade att en man sa: "Jag önskar att jag hade bett så att jag funnit ro." När vissa tycktes fördöma det han hade sagt, sa han att han hörde Allahs sändebud ﷺ säga: "Bilal! Säg Iqamah (det andra böneutropet precis innan bön), låt oss finna ro genom det."</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>En person bland följeslagarna sa: "Jag önskar att jag hade bett så att jag funnit ro", varpå de omkring honom fördömde honom för det. Då berättade han att han hört profeten ﷺ säga: "Bilal! Kalla till bönen och etablera den, så att vi kan finna ro genom den". Anledningen till detta är att tjänaren har en personlig dialog med Allah, och finner ro för sinne och själ.</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>Hjärtats ro uppnås genom bönen, eftersom den innehåller en personlig dialog med Allah.
 En person som visar lathet när det kommer till dyrkan ska fördömas.
 Den som uppfyller sin ålagda plikt känner följaktligen lugn och ro.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65095</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي</t>
+    <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>'Människor! Jag gjorde detta för att ni ska rätta er efter mig och för att ni ska lära er min bön.'"5</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>Abu Hazim bin Dinar berättade att: "Några män kommer till Sahl bin Sa'd as-Sa'idi och undrade vilken träsort predikstolen var gjord av. De frågade honom detta, varpå han sa: 'Vid Allah! Jag vet säkerligen vad den är gjord av. Jag såg predikstolen den första dagen som den ställdes fram, och den första dagen som Allahs sändebud ﷺ satt på den. Allahs sändebud ﷺ hörde av sig till en kvinna bland al-Ansar, som Sahl nämnde vid namn, och sa: 'Be snickaren bland dina tjänare att tillverka något av trä som jag kan sitta på när jag talar till folket.' Hon gjorde det, så han tillverkade något av tamarisk trä från al-Ghabah (en plats nära Medina). Snickaren kom med den, och den fördes till Allahs sändebud ﷺ som beordrade att den skulle placeras här. Sedan såg jag att Allahs sändebud ﷺ stod på den och sa Takbir (Allahu akbar), gjorde Ruku' och böjde sig när han var på den, backade och gjorde Sujud vid predikstolens fot, och därefter gick han upp på den igen. När han bett färdigt vände han sig mot människorna och sa: 'Människor! Jag gjorde detta för att ni ska rätta er efter mig och för att ni ska lära er min bön.'"5</t>
   </si>
   <si>
     <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
   </si>
   <si>
     <t>Några personer kom till en av följeslagarna för att fråga honom om profetens predikstol som Allahs sändebud ﷺ använde, de undrade vad den var gjord av. De hade tidigare varit oense om det, så han berättade för dem att Allahs sändebud ﷺ bad en kvinna från al-Ansar som hade en betjänt som var en snickare att han skulle tillverka en predikstol åt honom som han kunde sitta på då han talade till människorna. Kvinnan gjorde så och sa åt sin betjänt att tillverka en predikstol åt profeten ﷺ av tamarisk trä. När han blev färdig med den skickade kvinnan den till profeten ﷺ, varpå han sa åt dem att placera den på hans plats i moskén. Därefter bad profeten ﷺ på den, gjorde Takbir (sa Allahu akbar) på den, böjde sig i Ruku' på den, och gick sedan baklänges utan att vända sig om och gjorde Sujud vid dess fot. Han repeterade sedan detta, och när han bett färdigt vände han sig mot människorna och sa: "Människor! Jag gjorde detta för att ni ska rätta er efter mig och för att ni ska lära er min bön."</t>
   </si>
   <si>
     <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>Det är rekommenderat att använda en predikstol där predikan hålls så att den kan nå fler och höras.
 Det är tillåtet att be på en predikstol i undervisningssyfte, och att imamen ber på en högre plats än de bedjande vid behov.
 Det är tillåtet att be hantverkare om hjälp för att möta muslimernas behov.
 Det är tillåtet att göra mindre rörelser under bönen vid behov.
 Det är tillåtet för den bedjande att titta på imamen som leder bönen, för att lära sig från honom. Detta påverkar inte bönens koncentration eller inlevelse negativt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65096</t>
   </si>
   <si>
-    <t>إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا</t>
+    <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
     <t>'När ni ber ska ni räta till era rader och låt en av er leda er i bön. När han säger Takbir, ska ni säga Takbir</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Hittan bin 'Abdillah ar-Raqashi sa: "Jag bad en bön med Abu Musa al-Ash'ari. När han befann sig i Tashahhud sa någon bland de närvarande: 'Bönen har nämnts parallellt med godhet och allmosa.' När Abu Musa blev färdig med bönen och gett Taslim vände han sig mot dem och sa: 'Vem var det som sa det där?' De närvarande blev tysta, så han repeterade: 'Vem var det som sa det där?' De närvarande förblev tysta, så han sa: 'Hittan, det kanske var du som sa det?' Hittan svarade: 'Nej, det var inte jag som sa det där, och jag fruktade att du skulle anklaga mig för det.' En person sa då: 'Det var jag som sa det, och jag avsåg endast gott med det.' Abu Musa sa: 'Vet ni inte vad ni ska säga i era böner? Allahs sändebud ﷺ predikade för oss och tydliggjorde vår Sunnah och lärde oss vår bön då han sa: 'När ni ber ska ni räta till era rader och låt en av er leda er i bön. När han säger Takbir, ska ni säga Takbir; när han reciterar 'Inte de som har drabbats av [din] vrede och inte heller de vilsna' [1:7], säg 'amen'; och Allah kommer att svara er. När han säger Takbir och böjer sig i Ruku', säger ni också Takbir och böjer er i Ruku', för imamen ska böja sig före er, och resa sig före er.' Sedan sa Allahs sändebud ﷺ: 'Detta motsvarar det. Och när han säger, 'Sami'allahu liman hamidah' (Allah hör den som lovprisar honom), ska ni säga: 'Allahumma Rabbana lakal-hamd' (Allah, vår Herre, dig tillkommer alla lovprisningar), och Allah kommer att höra er, för Allah sa genom sin profets tunga: 'Allah hör den som lovprisar honom'. Och när han säger Takbir och går ner i Sujud, ska ni också säga Takbir och gå ner i Sujud, då imamen ska gå ner i Sujud före er, och sätta sig från Sujud före er.' Därefter sa Allahs sändebud ﷺ: 'Detta motsvarar det. Och när han sitter för Tashahhud, ska det första ni säger vara: 'At-tahiyyatu at-tayyibatu as-salawatu lillahi, as-salamu 'alayka ayyuhan-nabiyyu wa rahmatullahi wa barakatuhu, as-salamu 'alayna wa 'ala 'ibadillahis-salihin. Ash-hadu 'an la 'ilaha 'illallahu wa ash-hadu anna Muhammadan 'abduhu wa rasuluh' (Alla vördnads-hälsningar, samtliga böner, alla goda ord och handlingar hör till Allah. Må fred vara över dig, profeten, och Allahs barmhärtighet och välsignelser över dig. Må fred vara över oss och Allahs rättfärdiga tjänare. Jag vittnar om att det inte finns någon sann gud utom Allah, och jag vittnar om att Muhammed är hans tjänare och sändebud)."</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
     <t>Följeslagaren Abu Musa al-Ash'ari (må Allah vara nöjd med honom) förrättade en bön, och när han satt för Tashahhud sa en av de bedjande bakom honom: ''Bönen har nämnts parallellt med godhet och allmosa". När Abu Musa (må Allah vara nöjd med honom) blev färdig med bönen vände han sig mot de bedjande och frågade vem det var som sa "Bönen har nämnts parallellt med godhet och allmosa"?! De närvarande blev tysta, och ingen av dem svarade. Han repeterade sin fråga ännu en gång, och ingen svarade honom. Abu Musa (må Allah vara nöjd med honom) sa då: "Hittan! Det kanske var du som sa det?", eftersom han var en modig man som han hade kontakt med. Han bad intill honom och Abu Musa visste att han inte skulle ta illa vid om han misstänkte honom, varpå den som egentligen hade sagt yttrandet möjligen skulle erkänna. Hittan svarade att det inte var han, och att han var rädd att han skulle anklaga honom i tro om att det var han som sa det. En person bland de närvarande sa då att det var han som hade sagt det, och att han endast avsåg gott med det. Abu Musa sa då, för att lära dem: "Vet ni inte vad ni ska säga i er bön?!", för att visa sitt fördömande. Sedan berättade Abu Musa att profeten ﷺ höll en predikan för dem en gång där han tydliggjorde deras religion och lärde dem deras bön. Han ﷺ sa:
 "När ni ber ska ni räta till era rader och stå upprätt, sedan ska någon bland er leda resterande i bön. När imamen inleder med Takbir, ska ni också säga Takbir. När han reciterar al-Fatihah och når 'Inte de som har drabbats av [din] vrede och inte heller de vilsna' (1:7) ska ni säga 'amen'. När ni säger detta besvarar Allah er bön. När imamen säger Takbir och böjer sig för Ruku' ska ni också säga Takbir och böja er i Ruku'. Imamen ska böja sig före er och resa sig före er, så böj er inte före honom och res er inte före honom. Den stunden som imamen böjer sig för Ruku' före er, kompenseras med att ni förblir i Ruku' den stunden som han reser sig från den, så den stunden motsvarar den föregående stunden, och er Ruku' blir följaktligen lika lång som hans Ruku'. När imamen säger: 'Sami'allahu liman hamidah' (Allah hör den som lovprisar honom), ska ni säga: 'Allahumma Rabbana wa lakal-hamd' (Allah, vår Herre, dig tillkommer alla lovprisningar). Om de bedjande säger detta har Allah sagt genom sin profets tunga: 'Allah hör den som lovprisar honom'. När imamen säger Takbir och går ner i Sujud, ska de bedjande säga Takbir och gå ner i Sujud. Imamen ska gå ner i Sujud före er och sätter sig före er, så gå inte ner i Sujud före honom och sätt er inte före honom. Den stunden som imamen går ner i Sujud före er, kompenseras med att ni förblir i Sujud den stunden som han reser sig från den, så den stunden motsvarar den föregående stunden, och er Sujud blir följaktligen lika lång som hans Sujud. När ni sitter för att säga Tashahhud ska det första som ni säger vara: 'At-tahiyyatu at-tayyibatu as-salawatu lillah' (Alla vördnads-hälsningar, samtliga böner, alla goda ord och handlingar hör till Allah). Herraväldet, evig existens och storhet tillkommer enbart Allah, likaså tillkommer de fem obligatoriska bönerna honom. "As-salamu 'alayka ayyuhan-nabiyyu wa rahmatullahi wa barakatuhu, as-salamu 'alayna wa 'ala 'ibadillahis-salihin" (Må fred vara över dig, profeten, och Allahs barmhärtighet och välsignelser. Må fred vare över oss och Allahs rättfärdiga tjänare), be Allah om fred och att han skyddar mot varje brist, fel, förstörelse och skada. Denna fred ska sändas över profeten ﷺ i synnerhet, sedan oss själva, och sedan Allahs rättfärdiga tjänare som lever upp till Allahs rättigheter och tjänarnas rättigheter. Slutligen vittnar vi om att det inte finns någon sann gud utom Allah, och att Muhammed är hans tjänare och sändebud".</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>Denna Hadith visar en av Tashahhuds många formuleringar.
 Bönens yttrande och handlingar måste utgå från det som profeten ﷺ sa och gjorde. Det är inte tillåtet för någon att hitta på egna yttranden eller handlingar som inte har förekommit i Sunnahn.
 Det är inte tillåtet för den bedjande att utföra bönens rörelser före imamen, och inte heller långt efter imamen. Den bedjande ska istället följa imamen direkt efter han fullbordat sin rörelse.
 Detta visar hur mån profeten ﷺ var om att förmedla budskapet och att lära sitt samfund religionens bestämmelser.
 Imamen är den bedjandes exempel, som han ska efterfölja. Det är därför inte tillåtet att utföra bönens handlingar före, parallellt eller långt efter honom. Snarare ska han följa imamens handlingar direkt efter att imamen har fullbordat sin handling, och Sunnahn är att följa honom i det han gör.
 Det är föreskrivet att räta till leden inför bönen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65097</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا</t>
+    <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
   </si>
   <si>
     <t>Vid han vars hand min själ vilar i! Jag är den bland er vars bön liknar Allahs sändebuds bön mest. Detta var hans bön tills han lämnade denna värld.'</t>
   </si>
   <si>
     <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) sa: "Att han brukade säga Takbir i varje obligatorisk och frivillig bön, under och utanför Ramadan. Han brukade säga Takbir när han stod, och säga Takbir när han skulle böja sig för Ruku'. Sedan brukade han säga: 'Sami'allahu liman hamidah" ​​(Allah hör den som lovprisar honom), och därefter säga: 'Rabbana wa lakal-hamd" (Vår Herre, prisad vare du), innan han gick ner i Sujud. Sedan brukade han säga: Takbir när han gick ner i Sujud och när han lyfte sitt huvud för att sätta sig efter Sujud. Därefter sa han Takbir när han gick ner i Sujud igen, och Takbir när han lyfte sitt huvud och ställde sig upp från sittande position två gånger. Han brukade göra det i varje Rak'ah tills han blev färdig med bönen. När Abu Hurayrah (må Allah vara nöjd med honom) bett färdigt sa han: 'Vid han vars hand min själ vilar i! Jag är den bland er vars bön liknar Allahs sändebuds bön mest. Detta var hans bön tills han lämnade denna värld.'"</t>
   </si>
   <si>
     <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
 ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) beskriver delar av profetens ﷺ bön. Han berättade att när han ställde sig upp för att be inledde han med Takbir, sedan sa han Takbir innan han gjorde Ruku', Sujud, kom upp från Sujud, och gjorde Sujud för en andra gång, när han kom upp från Sujud och när han ställde sig upp efter att ha bett två Rak'ahs efter den första Tashahhud under de böner som innehåller tre eller fyra Rak'ahs. Han brukade göra detta genom hela bönen tills han blev färdig med den. När han ställde sig upp från Ruku' brukade han säga: "Sami'allahu liman hamidah" (Allah hör den som lovprisar honom), och när han stod upprätt sa han: "Rabbana wa lakal-hamd" (vår Herre, alla lovprisningar tillkommer dig).
 När Abu Hurayrah hade bett färdigt sa han: "Vid han vars hand min själ vilar i! Jag är den bland er vars bön liknar Allahs sändebuds bön mest. Han bad på detta vis tills han lämnade denna värld."</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>Takbir sägs parallellt med varje rörelse i bönen, med undantag då den bedjande kommer upp från Ruku', för då ska han säga: "Sami'allahu liman hamidah" (Allah hör den som lovprisar honom).
 Följeslagarna var måna om att efterfölja profeten ﷺ och att bevara hans Sunnah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65098</t>
   </si>
   <si>
-    <t>قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ</t>
+    <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>Allah sa: 'Jag har fördelat bönen mellan mig och min tjänare i två delar. En del är till mig och en del är till min tjänare – och min tjänare får det han ber om</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Allah sa: 'Jag har fördelat bönen mellan mig och min tjänare i två delar. En del är till mig och en del är till min tjänare – och min tjänare får det han ber om. När tjänaren säger: 'All lovprisning tillkommer Allah, världarnas Herre', säger Allah: 'Min tjänare har lovprisat mig.' När tjänaren säger: 'Den Nåderike, den Barmhärtige', säger Allah: 'Min tjänare har hyllat mig.' När tjänaren säger: 'Domedagens ägare', säger Allah: 'Min tjänare har glorifierat mig', och han sa även: 'Min tjänare har överlämnat sina angelägenheter till mig'. När tjänaren säger: 'Endast dig dyrkar vi och endast dig ber vi om hjälp', säger han: ”Detta är mellan mig och min tjänare – och min tjänare får det han ber om.' När tjänaren säger: 'Led oss på den raka vägen! Den väg som de du har välsignat följde; inte de som har drabbats av [din] vrede och inte heller de vilsna', säger han: ”Detta är för min tjänare – och min tjänare får det han ber om.'"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah sagt i en Hadith Qudsi: "Jag har delat upp suratul-Fatihah i bönen i två delar mellan mig och min tjänare; jag har en del och min tjänare har en annan del.
 Den första delen: lovprisning, hyllning och glorifiering riktas till Allah, och för det ger jag den bästa belöningen.
 Den andra delen: bön och åkallan; jag besvarar den och ger honom det han ber om.
 När den bedjande säger: "All lovprisning tillkommer Allah, världarnas Herre", säger Allah: "Min tjänare har lovprisat mig." När tjänaren säger: "Den Nåderike, den Barmhärtige", säger Allah: "Min tjänare har hyllat mig och prisat mig för alla välsignelser jag har försett skapelsen med." När tjänaren säger: "Domedagens ägare", säger Allah: "Min tjänare har glorifierat mig, vilket är den största dygden."
 När tjänaren säger: "Endast dig dyrkar vi och endast dig ber vi om hjälp", säger Allah: "Detta är mellan mig och min tjänare".
 Den första delen av denna vers är för Allah, vilket är: "Endast dig dyrkar vi", vilket är att bekräfta Allahs gudomlighet och att vända sig till honom med dyrkan, och med det upphör det som tillkommer Allah i den första halvan av kapitlet.
 Den andra halvan av versen är för tjänaren: "Endast dig ber vi om hjälp", vilket är ett sätt att tillkalla Allahs hjälp och där han uppfyller sitt löfte om att hjälpa de som söker det.
 När tjänaren säger: "Led oss på den raka vägen!* Den väg som de du har välsignat följde; inte de som har drabbats av [din] vrede och inte heller de vilsna", säger Allah: "Denna tillbedjan och åkallan är för min tjänare, och min tjänare ska få det han ber om, och jag har besvarat hans bön."</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>Suratul-Fatihahs stora dygd då Allah kallat den för "bönen".
 Detta visar att Allah tar hand om tjänaren, då han prisar tjänaren eftersom tjänaren lovprisade, hyllade och glorifierade honom, varpå han lovar tjänaren att skänka honom det han har bett om.
 Detta otroliga kapitel omfattar att Allah lovprisas, den nämner domedagen, åkallan av Allah, att rikta sin dyrkan till honom med uppriktighet, att be om vägledning till den raka vägen och det innehåller även en varning för de felaktiga vägarna.
 Om den bedjande har denna Hadith i åtanke när han läser al-Fatihah ökar den hans närvaro och fokus i bönen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65099</t>
   </si>
   <si>
-    <t>أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا</t>
+    <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
     <t>Den värsta tjuven är den som stjäl sin bön." Han sa: "Hur kan han stjäla sin bön?" Han svarade: "Genom att inte fullborda dess Ruku' och Sujud</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den värsta tjuven är den som stjäl sin bön." Han sa: "Hur kan han stjäla sin bön?" Han svarade: "Genom att inte fullborda dess Ruku' och Sujud".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att den värsta tjuven är den som stjäl från sina böner. Om en person stjäl någon annans egendom kanske han kan dra nytta från det i detta liv, tillskillnad från denna tjuv som stjäl sin egen del av belöningen. De sa: "Allahs sändebud! Hur kan han stjäla från sin bön?", varpå han svarade: genom att han inte fullbordar bönens Ruku' och Sujud. Han gör detta genom att stressa under Ruku' och Sujud, så han utför inte dem på ett lämpligt sätt.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>Vikten av att be på ett bra sätt, och att utföra bönens pelare med lugn och fokus.
 Den som inte fullbordar sin Ruku' och Sujud benämns som en tjuv, i bortskrämmande syfte och för att uppmärksamma att detta är förbjudet.
 Det är obligatoriskt att fullborda Ruku' och Sujud samt att resa sig från dem på ett korrekt vis.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65100</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
     <t>När Allahs sändebud ﷺ reste sin rygg från Ruku' brukade han säga: 'Sami'allahu liman hamidah</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
     <t>Ibn Abi Afwa (må Allah vara nöjd med honom) sa: "När Allahs sändebud ﷺ reste sin rygg från Ruku' brukade han säga: 'Sami'allahu liman hamidah . Rabbana wa lakal-hamd, hamdan kathiran tayyiban mubarakan fih. Mil'as-samawati wa mil'al-ardi wa mil'a ma baynahuma, wa mil'a ma shi'ta min shay'in ba'd' (Allah hör dem som lovprisar honom. Vår Herre, dig tillkommer alla lovprisningar! Många, uppriktiga och välsignade lovprisningar. [En lovprisning som] fyller himlarna och jorden och allt däremellan, samt fyller allt som du vill efter det)."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
     <t>När profeten ﷺ lyfte sin rygg från Ruku' under bönen brukade han säga: "Allah hör den som lovprisar honom", det vill säga att den som lovprisar Allah kommer han att besvara. Det sägs även att Allah kommer att prisa och belöna honom. Sedan lovprisade han Allah sägandes: "Vår Herre, dig tillkommer alla lovprisningar! Många, uppriktiga och välsignade lovprisningar. [En lovprisning som] fyller himlarna och jorden och allt däremellan, samt fyller allt som du vill efter det". En lovprisning som fyller himlarna, jorden, allt däremellan, och som fyller vad än Allah önskar att den ska fylla.</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>Detta visar det som är rekommenderat för den bedjande att säga när han lyfter sitt huvud från Ruku'.
 Det är föreskrivet att stå upprätt i lugn och ro efter att man kommit upp från Ruku', eftersom det inte är möjligt att säga denna åkallan om den bedjande inte stod upprätt och stilla.
 Denna åkallan är rekommenderad att säga i alla böner, obligatoriska såväl som frivilliga.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65101</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
     <t>'Efter varje obligatorisk bön</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
     <t>Warrad, al-Mughirah bin Shu'bahs skrivare, sa: "Al-Mughirah bin Shu'bah dikterade ett brev till Mu'awiyah för mig: 'Efter varje obligatorisk bön brukade profeten ﷺ säga: 'La ilaha illallahu wahdahu la sharika lah, lahul-mulku wa lahul-hamdu wa huwa 'ala kulli shay'in qadir. Allahumma la mani'a lima a'tayt, wa la mu'tiya lima mana't, wa la yanfa'u dhal-jaddi minkal-jadd' (Det finns ingen sann gud utom Allah. Han är en och han har ingen vid sin sida. Till honom hör herraväldet och all pris och han är har makt över allting. Allah! Ingen kan hindra det som du ger och ingen kan ge det som du hindrar, och den rikes rikedom gynnar honom inte mot dig)."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
     <t>Efter varje obligatorisk bön brukade profeten ﷺ säga: "La ilaha illallahu wahdahu la sharika lah, lahul-mulku wa lahul-hamdu wa huwa 'ala kulli shay'in qadir. Allahumma la mani'a lima a'tayt, wa la mu'tiya lima mana't, wa la yanfa'u dhal-jaddi minkal-jadd (Det finns ingen sann gud utom Allah. Han är en och han har ingen vid sin sida. Till honom hör herraväldet och all pris och han är har makt över allting. Allah! Ingen kan hindra det som du ger och ingen kan ge det som du hindrar, och den rikes rikedom gynnar inte honom mot dig)."
 Det vill säga jag tror och bekräftar på monoteismens yttrande; det finns ingen sann gud utom Allah. Sann dyrkan tillkommer Allah, och jag förnekar att den ska tillskrivas någon annan än honom, eftersom ingen är värd dyrkan utom Allah. Jag bekräftar även att sant och fullkomligt ägande tillkommer Allah, och att alla lovprisningar av dem i himlarna och på jorden förtjänas av Allah, då han har makt över allting. Det han som har föreskrivit ska ges eller undanhållas är obestridligt, och den rike kan inte gynnas av sin rikedom hos honom, det är enbart goda handlingar som kan gynna honom.</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>Det är rekommenderat att säga denna åkallan efter bönerna, eftersom den innehåller yttranden av monoteism och lovprisning.
 Det är uppmanat att skynda sig till att implementera Sunnahn och att sprida den.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65102</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
     <t>Mellan de två Sujud brukade profeten ﷺ säga: 'Rabb-ighfir li, Rabb-ighfir li' (Min Herre! Förlåt mig. Min Herre! Förlåt mig)</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>Hudhayfah (må Allah vara nöjd med honom) sa: "Mellan de två Sujud brukade profeten ﷺ säga: 'Rabb-ighfir li, Rabb-ighfir li' (Min Herre! Förlåt mig. Min Herre! Förlåt mig)."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade säga, då han satt mellan de två Sujud: "Rabb-ighfir li, Rabb-ighfir li" (Min Herre! Förlåt mig. Min Herre! Förlåt mig), och repetera det.
 Betydelsen av "Min Herre! Förlåt mig" är att tjänaren ber sin Herre utplåna tjänarens synder och skyla hans brister.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Det är föreskrivet att säga denna åkallan mellan de två Sujud, oavsett om det är en obligatorisk eller frivillig bön.
 Det är uppmuntrat att repetera: "Min Herre! Förlåt mig", flera gånger. Det är obligatoriskt att säga den en gång.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65104</t>
   </si>
   <si>
-    <t>ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا</t>
+    <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>Det är en djävul som heter Khinzab. Om du känner av honom så ska du be om Allahs skydd från honom, och spotta tre gånger mot din vänstra sida</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>'Uthman bin Abil-'Aș (må Allah vara nöjd med honom) berättade: "Jag kom till profeten ﷺ och sa: 'Allahs sändebud! Satan kommer mellan mig, min bön och min recitation så att jag blir förvirrad.' Allahs sändebud ﷺ sa: 'Det är en djävul som heter Khinzab. Om du känner av honom så ska du be om Allahs skydd från honom, och spotta tre gånger mot din vänstra sida.' Jag gjorde det och Allah tog bort honom från mig.'"</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>'Uthman bin Abil-'Aș (mă Allah vara nöjd med honom) kom till profeten ﷺ och sa: "Allahs sändebud! Satan kommer emellan mig och min bön, han hindrar mig från att förrätta den med fokus och inlevelse. Han gör mig förvirrad i min läsning och jag blir tveksam om den." Allahs sändebud ﷺ sa då till honom: "Det där är en djävul som heter Khinzab. Om du känner av honom och märker av hans närvaro ska du söka skydd hos Allah från honom, och blås på din vänstra sida tre gånger med lite saliv." 'Uthman sa: "Jag gjorde det profeten ﷺ beordrade mig att göra, och Allah tog bort honom från mig."</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Detta visar vikten av att vara fokuserad och närvarande i bönen, eftersom Satan kämpar för att förstöra den med förvirring och tvivel om den.
 Det är rekommenderat att söka skydd från Satan när han viskar under bönen, och att spotta tre gånger åt vänster.
 Detta visar hur följeslagarna (må Allah vara nöjd med dem) brukade vända sig till profeten ﷺ med problem som de mötte så att han kunde lösa det åt dem.
 Följeslagarnas hjärtan var levande, och deras högsta mål var det kommande livet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65105</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ</t>
+    <t>إن الله لا يقبل من العمل إلا ما كان له خالصا، وابتغي به وجهه</t>
   </si>
   <si>
     <t>Allah accepterar endast handlingar som är uppriktiga och utförs i sökandet efter hans ansikte.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ الْبَاهِلِيِّ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ رَجُلًا غَزَا يَلْتَمِسُ الْأَجْرَ وَالذِّكْرَ، مَا لَهُ؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» فَأَعَادَهَا ثَلَاثَ مَرَّاتٍ، يَقُولُ لَهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» ثُمَّ قَالَ: «إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ»</t>
   </si>
   <si>
     <t>Abu Umamah al-Bahili (må Allah vara nöjd med honom) sa: "En man kom till profeten ﷺ och frågade: 'Hur är fallet med en man som strider både för belöning och för beröm, vad får han för belöning?' Allahs sändebud ﷺ svarade: 'Han får ingenting.' Mannen upprepade frågan tre gånger, och varje gång svarade Allahs sändebud ﷺ: 'Han får ingenting.' Därefter sa han ﷺ: 'Allah accepterar endast handlingar som är uppriktiga och utförs i sökandet efter hans ansikte.'"</t>
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>En man kom till profeten ﷺ för att fråga honom om en person som deltar i Jihad med flera avsikter – för att söka både Allahs belöning och människors beröm. Allahs sändebud ﷺ klargjorde tydligt att en sådan handling inte accepteras av Allah, eftersom den inte är helt dedikerad till honom och eftersom personen avsåg andra än Allah. När mannen frågade tre gånger och fått samma svar, "Han får ingenting", lärde profeten ﷺ honom grundprincipen för att handlingar ska accepteras; Allah accepterar endast handlingar som är helt uppriktiga och där man enbart söker Allahs ansikte.</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>Allah accepterar endast handlingar som är uppriktiga och utförs i enlighet med profetens ﷺ vägledning.
 Något som indikerar en Muftis exceptionella sätt att svara på är att han ger ett omfattande svar som besvarar frågan och mer därtill.
 Viktiga frågor kan understrykas genom att ställas upprepande gånger.
 En sann Mujahid är den som strider enbart för att upphöja Allahs ord och uppriktigt söker hans belöning i det kommande livet, inte för världsliga intressen.</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65107</t>
   </si>
   <si>
-    <t>ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا</t>
+    <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>Den som är nöjd med Allah som sin Herre, med islam som sin religion och med Muhammed som sin profet, har upplevt trons sanna glädje</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
     <t>Al-'Abbas ibn 'Abdil-Muttalib (må Allah vara nöjd med honom) berättade att han hörde ﷺ Allahs sändebud säga: "Den som är nöjd med Allah som sin Herre, med islam som sin religion och med Muhammed som sin profet, har upplevt trons sanna glädje."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Profeten ﷺ informerar oss om att en sann troende som har uppriktig tro, kommer att känna glädje, njutning och ro i hjärtat av att vara nära Allah, om han är nöjd med tre saker:
 1. Att vara nöjd med Allah som sin Herre: Detta innebär att acceptera Allahs beslut i alla situationer och den försörjning man fått, utan att känna invändning i något av det eller söka någon annan som sin Herre.
 2. Att vara nöjd med islam som sin religion: Detta innebär att känna glädje och tillfredsställelse med de föreskrifter och plikter som islam innefattar, utan att följa en annan väg än islam.
 3. Att vara nöjd med Muhammed ﷺ som sin profet: Detta innebär att fullt ut acceptera och glädjas över allt som profeten ﷺ har förmedlat, utan tvekan eller tvivel, och följa hans vägledning.</t>
   </si>
   <si>
     <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
 الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
 الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
 قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
   </si>
   <si>
     <t>Tron har en sötma och glädje som hjärtat kan uppleva, likt mat och dryck kan ha en sötma som upplevs med munnen.
 Det är endast när kroppen är frisk som den finner njutning och sötma i mat och dryck, och på samma sätt kan hjärtat endast uppleva njutning och glädje i tron när det är rent från vilseledande begär och förbjudna synder. Ett hjärta som är sjukt av synder eller tvivel upplever inte trons glädje, och kan i stället finna njutning i synder och begär som leder till dess undergång.
 När en person är nöjd med något, finner han det enkelt och glädjefyllt att utföra, och han upplever det inte som en börda eftersom det han är nöjd med har trängt djupt in i hans hjärta. På samma sätt finner en troende glädje och njutning i att lyda Allah och följa hans bud, när tron slagit rot i hjärtats djup, och därför upplever han det inte som en börda.
 Ibn al-Qayyim sa: "Denna Hadith omfattar tre sorters nöjdhet: med Allahs herravälde och gudomlighet, med hans profet ﷺ och att följa honom, och med hans religion och att underkasta sig den."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65116</t>
   </si>
   <si>
-    <t>أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ</t>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
   </si>
   <si>
     <t>Fyra [egenskaper] gör en person till en fullständig hycklare, och den som har en av dessa egenskaper har en hycklares egenskap tills han överger den: när han talar ljuger han, när han lovar något bryter han sitt löfte, när han får ett förtroende sviker han det, och när han tvistar beter han sig gränslöst</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
   </si>
   <si>
     <t>'Abdullah ibn 'Amr (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Fyra [egenskaper] gör en person till en fullständig hycklare, och den som har en av dessa egenskaper har en hycklares egenskap tills han överger den: när han talar ljuger han, när han lovar något bryter han sitt löfte, när han får ett förtroende sviker han det, och när han tvistar beter han sig gränslöst."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnar för fyra egenskaper som, om de alla finns hos en muslim, liknar han hycklarna väldigt mycket på grund av dem. Detta gäller om dessa egenskaper är starkt förekommande hos personen, och inte om dessa egenskaper uppstår sporadiskt. Dessa egenskaper är:
 1. Att avsiktligt säga osanningar och inte hålla sig till sanningen när man talar.
 2. Att ingå en överenskommelse men medvetet bryta den och förråda den andra parten.
 3. Att lova något men inte hålla det.
 4. När en person argumenterar eller är i konflikt, grälar han gränslöst, avviker från sanningen, använder svek och lögner för att vinna i konflikten.
 Hyckleri innebär att visa något annat än det som finns inombords, och detta förekommer hos den som uppvisar dessa egenskaper. Hans hyckleri visas upp i förhållande till dem han talar med, ger löften till, anförtros av, tvistar med eller ingår avtal med, men inte så att han är en hycklare i religionen, där han visar islam utåt men i hemlighet döljer otro. Den som har en av dessa egenskaper bär på ett hycklande drag tills han överger det.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>Denna Hadith varnar tydligt för att ha egenskaper som är kopplade till hyckleri.
 Meningen med Hadithen är att dessa egenskaper är hycklares egenskaper, och den som har dem liknar hycklarna i dessa avseenden och uppvisar deras karaktärsdrag. Detta innebär dock inte att han är en hycklare i tron som visar islam men döljer otro. Det sägs att detta gäller den som domineras av dessa egenskaper, tar dem lättvindigt och underskattar deras allvar. En sådan person tenderar oftast att ha en fördärvad tro.
 Al-Ghazali sa: "Religionens kärna omfattas av tre aspekter: tal, handling och avsikt. Hadithen nämner att talet fördärvas med lögn, handlingen fördärvas med svek och avsiktens fördärvas med löftesbrott. Att bryta ett löfte är endast klandervärt om det var avsiktligt redan vid löftet. Om någon var uppriktig men sedan hindrades av en anledning eller ändrade sig, så har man inte hycklat."
 Hyckleri är av två slag: Hyckleri i tron, något som för en person ut ur religionen. Detta innebär att visa islam utåt men dölja otro.
 Hyckleri i handling, vilket innebär att efterlikna hycklare i deras beteenden. Detta för inte en person ut ur religionen, men det är en stor synd.
 Ibn Hajar sa: "Det råder konsensus bland de lärda att den som är sann i sitt hjärta och med sitt tal, men utför dessa handlingar, inte ska betraktas som otrogen eller som en hycklare som för evigt förblir i helvetet."
 Imam al-Nawawi sa: "En grupp lärda har sagt att detta avser de hycklare som levde under profetens ﷺ tid, som gav uttryck för sin tro men ljög, svek när de anförtroddes något, bröt sina löften att stötta religionen och agerade gränslöst i sina konflikter."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65124</t>
   </si>
   <si>
-    <t>بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ</t>
+    <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
     <t>Mellan varje två böneutrop finns en bön. Mellan varje två böneutrop finns en bön." Vid tredje gången sa han: "För den som vill</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
     <t>'Abdullah ibn Mughaffal (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Mellan varje två böneutrop finns en bön. Mellan varje två böneutrop finns en bön." Vid tredje gången sa han: "För den som vill."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att det är rekommenderat att utföra en frivillig bön mellan Adhan och Iqamah. Han upprepade detta tre gånger och avslutade med att klargöra att det är frivilligt att be.</t>
   </si>
   <si>
     <t>استحباب الصلاة بين الأذان والإقامة.
 هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
 المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
 الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
   </si>
   <si>
     <t>Det är rekommenderat att be mellan Adhan och Iqamah.
 Profetens ﷺ vana att upprepa viktiga uttalanden flera gånger visar på vikten av att förmedla budskap tydligt och minnesvärt.
 Här syftar "två böneutrop" på Adhan och Iqamah. Det är ett exempel på språklig användning där ett ord som vanligtvis beskriver en sak (Adhan) också inkluderar en relaterad handling (Iqamah), likt al-Qamarayn (de två månarna; solen och månen), al-'Umarayn (de två 'Umar; Abu Bakr och 'Umar).
 Adhan är ett tillkännagivande av att bönetiden har börjat, och Iqamah är ett tillkännagivande av att bönen har börjat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65479</t>
   </si>
   <si>
-    <t>إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ</t>
+    <t>إذا مات الإنسان انقطع عنه عمله إلا من ثلاثة: إلا من صدقة جارية، أو علم ينتفع به، أو ولد صالح يدعو له</t>
   </si>
   <si>
     <t>När en människa dör, upphör alla hennes handlingar förutom tre: kontinuerlig välgörenhet, kunskap som folk drar nytta av, eller ett rättfärdigt barn som ber för henne</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) som berättade att Allahs sändebud ﷺ sa: "När en människa dör, upphör alla hennes handlingar förutom tre: kontinuerlig välgörenhet, kunskap som folk drar nytta av, eller ett rättfärdigt barn som ber för henne."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ عملَ الميتِ ينقطع بموته، فلا تحصل له الحسنات بعد موته إلا في هذه الأشياء الثلاثة؛ لكونه كان سببَها: 
 الأول: الصدقة التي يَجْري ثوابُها ويدوم، غير المُنقَطِع كالوقف، وبناء المساجد، وحفر الآبار، وغير ذلك.
 الثاني: العلم الذي يَنتفِعُ به الناس، كتصنيف كتب العلم، أو كأنْ يُعَلِّمَ شخصًا، فيقوم ذلك الشخص بنشر ذلك العلم بعد موته.
 الثالث: الولد الصالح المؤمن يدعو لوالديه.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att en avliden persons handlingar upphör i samband med döden, och inga fler goda handlingar tillfaller honom förutom från dessa tre källor, eftersom han varit orsaken till dem:
 1. Kontinuerlig välgörenhet (Sadaqah Jariyah): Välgörenhet vars belöning fortsätter och består, såsom att bygga en moské, gräva en brunn, eller andra handlingar som leder till varaktig nytta.
 2. Kunskap som folk kan dra nytta av: Detta inkluderar att skriva böcker, undervisa någon som sedan sprider den kunskapen vidare, eller annan kunskap som fortsätter att gagna människor efter hans död.
 3. En rättfärdig son som gör du’a för sina föräldrar.</t>
   </si>
   <si>
     <t>أجمع أهل العلم على أنّ مما يَلْحَقُ الإنسانَ بعد موته من الثواب: الصدقة الجارية، والعلم الذي ينتفع به، والدعاء، وورد في الأحاديث الأخرى: الحج أيضًا.
 خص هذه الثلاثة بالذكر في هذا الحديث؛ لأنها أصول الخير، وأغلب ما يقصد أهل الفضل بقاءَه بعدهم.
 كل علم يُنتَفَع به فإنه يحصل له الأجر، لكن على رأسها وقمَّتِها العلمُ الشرعي والعلوم المساندة له.
 العلم أنفع هذه الثلاث؛ لأن العلم ينتفع به الإنسان الذي يتعلمه، العلم فيه حفظ الشريعة، فيه نفع الخلق عمومًا، وهو أشمل وأعم لأنه يتعلم من علمك الموجود في حياتك والموجود بعد وفاتك.
 الحث على تربية الأولاد الصالحين؛ فهم الذين ينفعون والديهم في الآخرة، ومِن نَفْعِهم أنهم يدعون لهم.
 الحث على الإحسان إلى الوالدين بعد موتهما، وهو أيضا من البر الذي يستفيد الولد منه.
 الدعاء ينفع الميت ولو كان من غير الولد، ولكن خص الولد بالذكر لأنه الذي يستمر في الدعاء للشخص غالبًا إلى أن يموت هو.</t>
   </si>
   <si>
     <t>De lärda är överens om att belöningen som når en person efter döden innefattar kontinuerlig välgörenhet, gynnsam kunskap, och bön för den avlidne. Andra Hadither nämner även Hajj.
 Dessa tre handlingar nämns i denna Hadith eftersom de är de huvudsakliga källorna till varaktig godhet, och det är ofta genom dessa som rättfärdiga människor önskar att lämna efter sig.
 Alla typer av nyttig kunskap leder till belöning, men den mest värdefulla är religiös kunskap, och de ämnen som stödjer denna kunskap.
 Kunskap är den bästa av de tre handlingarna nämnda i den tidigare Hadithen, eftersom kunskap först och främst är till nytta för personen som lär sig den, och genom kunskapen bevaras religionen, och gynnar skapelsen i överlag. Dess nytta gynnar människor både under lärarens livstid och efter dennes bortgång.
 Att uppfostra rättfärdiga barn är viktigt. En anledning till det är att de kan gynna sina föräldrar i livet efter detta genom att bland annat be för dem.
 Det är uppmanat att vara god och hängiven till föräldrarna även efter deras död, vilket är något som kommer att gynna barnet med.
 Att be för den avlidne är alltid bra, även om den kommer från någon annan än barnen. Barn nämns specifikt här, eftersom de ofta fortsätter att be för sina föräldrar genom hela livet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65566</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ</t>
+    <t>يا رسول الله، إن أم سعد ماتت، فأي الصدقة أفضل؟، قال: الماء، قال: فحفر بئرا، وقال: هذه لأم سعد</t>
   </si>
   <si>
     <t>Allahs sändebud! Min mor har dött, vilken är den bästa formen av allmosa?" Han ﷺ svarade: "Vatten." Då grävde Sa’d en brunn och sa: "Denna är för Sa’ds mor</t>
   </si>
   <si>
     <t>عن سعد بن عبادة رضي الله عنه أنه قال: يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ.</t>
   </si>
   <si>
     <t>Sa’d bin 'Ubadah (må Allah vara nöjd med honom) sa: "Allahs sändebud! Min mor har dött, vilken är den bästa formen av allmosa?" Han ﷺ svarade: "Vatten." Då grävde Sa’d en brunn och sa: "Denna är för Sa’ds mor."</t>
   </si>
   <si>
     <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
   </si>
   <si>
     <t>Sa’d bin 'Ubadahs mor (må Allah vara nöjd med henne) hade gått bort, så Sa’d frågade profeten ﷺ vilken typ av allmosa som var mest fördelaktig att ge i hennes namn. Profeten ﷺ förklarade att vatten är den bästa formen av allmosa. Därför grävde Sa’d en brunn och lät den vara en sorts allmosa i hans mammas namn.</t>
   </si>
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
     <t>Vatten är en av de bästa formerna av allmosa.
 Profeten ﷺ hänvisade Sa’d att ge vatten som allmosa, eftersom det är till stor nytta i ändamål som rör både det religiösa och världsliga, och på grund av hetta och vattenbrist.
 Denna Hadith visar att belöningen för allmosa når de avlidna.
 Sa’d bin 'Ubadahs visade stor tillgivenhet till sin mor.</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65613</t>
   </si>
   <si>
-    <t>لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ</t>
+    <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
     <t>Den troende är varken den som ofta kritiserar, förbannar, är oanständig eller vulgär</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
     <t>'Abdullah ibn Mas'ud (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den troende är varken den som ofta kritiserar, förbannar, är oanständig eller vulgär."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargjorde att en sann troende med fullkomlig tro inte kännetecknas av att ständigt kritisera och nedvärdera människor, särskilt i det som rör deras härkomst. Han är inte heller någon som ofta förbannar andra eller är oanständig och skamlös i sina handlingar eller ord.</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
   <si>
     <t>När texter som ligger till grund för Shariah nekar att en person är troende, syftar det på en handling som är förbjuden eller en plikt som lämnats.
 Hadithen uppmuntrar till att skydda sina kroppsdelar, särskilt tungan, från dåliga handlingar och ord.
 Al-Sindi sa: "Emfasen i orden 'ofta kritiserar' och 'ofta förbannar' visar att sällsynta fall av kritik eller förbannelse mot de som förtjänar det inte påverkar en persons tro."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65869</t>
   </si>
   <si>
-    <t>وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ</t>
+    <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>'Passa er så inte era hälar leder er till helvetets eld! Se till att ni fullbordar tvagningen.'</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) sa: "Vi återvände med Allahs sändebud ﷺ från Mekka till Medina. När vi var vid en vattenkälla längs vägen, skyndade några att utföra tvagning för 'Asr-bönen. De tvagade sig hastigt, och när vi kom fram till dem, kunde vi se att vattnet inte hade nått deras hälar. Allahs sändebud ﷺ sa: 'Passa er så inte era hälar leder er till helvetets eld! Se till att ni fullbordar tvagningen.'"</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>Profeten ﷺ och hans följeslagare reste från Mekka till Medina, och under deras resa fann de vatten längs vägen. Några av följeslagarna skyndade med att utföra tvagningen för 'Asr-bönen, vilket resulterade i att delar av deras fötter inte blöttes av vatten. Detta ledde till att profeten ﷺ varnade dem för straffet i helvetet för dem som brast i att tvätta hälarna under tvagningen, och uppmanade dem med att vara noggranna i att utföra tvagningen korrekt.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att tvätta båda fötterna helt och hållet under tvagning, eftersom försummelse av detta kan leda till helvetet.
@@ -20681,51 +21520,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O552"/>
+  <dimension ref="A1:O575"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -29993,16580 +30832,17655 @@
       </c>
       <c r="I199" t="s">
         <v>1839</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
         <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
         <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
         <v>1840</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4538</v>
+        <v>4535</v>
       </c>
       <c r="B200" t="s">
         <v>1841</v>
       </c>
       <c r="C200" t="s">
         <v>1842</v>
       </c>
       <c r="D200" t="s">
         <v>1843</v>
       </c>
       <c r="E200" t="s">
         <v>1844</v>
       </c>
       <c r="F200" t="s">
         <v>1845</v>
       </c>
       <c r="G200" t="s">
         <v>1846</v>
       </c>
       <c r="H200" t="s">
         <v>1847</v>
       </c>
       <c r="I200" t="s">
         <v>1848</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
         <v>1849</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4545</v>
+        <v>4538</v>
       </c>
       <c r="B201" t="s">
         <v>1850</v>
       </c>
       <c r="C201" t="s">
         <v>1851</v>
       </c>
       <c r="D201" t="s">
         <v>1852</v>
       </c>
       <c r="E201" t="s">
         <v>1853</v>
       </c>
       <c r="F201" t="s">
         <v>1854</v>
       </c>
       <c r="G201" t="s">
         <v>1855</v>
       </c>
       <c r="H201" t="s">
         <v>1856</v>
       </c>
       <c r="I201" t="s">
         <v>1857</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
         <v>1858</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>4549</v>
+        <v>4540</v>
       </c>
       <c r="B202" t="s">
         <v>1859</v>
       </c>
       <c r="C202" t="s">
         <v>1860</v>
       </c>
       <c r="D202" t="s">
         <v>1861</v>
       </c>
       <c r="E202" t="s">
         <v>1862</v>
       </c>
       <c r="F202" t="s">
         <v>1863</v>
       </c>
       <c r="G202" t="s">
         <v>1864</v>
       </c>
       <c r="H202" t="s">
         <v>1865</v>
       </c>
       <c r="I202" t="s">
         <v>1866</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
         <v>1867</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>4555</v>
+        <v>4545</v>
       </c>
       <c r="B203" t="s">
         <v>1868</v>
       </c>
       <c r="C203" t="s">
         <v>1869</v>
       </c>
       <c r="D203" t="s">
         <v>1870</v>
       </c>
       <c r="E203" t="s">
         <v>1871</v>
       </c>
       <c r="F203" t="s">
         <v>1872</v>
       </c>
       <c r="G203" t="s">
         <v>1873</v>
       </c>
       <c r="H203" t="s">
         <v>1874</v>
       </c>
       <c r="I203" t="s">
         <v>1875</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
         <v>1876</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>4556</v>
+        <v>4549</v>
       </c>
       <c r="B204" t="s">
         <v>1877</v>
       </c>
       <c r="C204" t="s">
         <v>1878</v>
       </c>
       <c r="D204" t="s">
         <v>1879</v>
       </c>
       <c r="E204" t="s">
         <v>1880</v>
       </c>
       <c r="F204" t="s">
         <v>1881</v>
       </c>
       <c r="G204" t="s">
         <v>1882</v>
       </c>
       <c r="H204" t="s">
         <v>1883</v>
       </c>
       <c r="I204" t="s">
         <v>1884</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
         <v>1885</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>4558</v>
+        <v>4555</v>
       </c>
       <c r="B205" t="s">
         <v>1886</v>
       </c>
       <c r="C205" t="s">
         <v>1887</v>
       </c>
       <c r="D205" t="s">
         <v>1888</v>
       </c>
       <c r="E205" t="s">
         <v>1889</v>
       </c>
       <c r="F205" t="s">
         <v>1890</v>
       </c>
       <c r="G205" t="s">
         <v>1891</v>
       </c>
       <c r="H205" t="s">
         <v>1892</v>
       </c>
       <c r="I205" t="s">
         <v>1893</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>170</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>171</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
         <v>1894</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>4559</v>
+        <v>4556</v>
       </c>
       <c r="B206" t="s">
         <v>1895</v>
       </c>
       <c r="C206" t="s">
         <v>1896</v>
       </c>
       <c r="D206" t="s">
         <v>1897</v>
       </c>
       <c r="E206" t="s">
         <v>1898</v>
       </c>
       <c r="F206" t="s">
         <v>1899</v>
       </c>
       <c r="G206" t="s">
         <v>1900</v>
       </c>
       <c r="H206" t="s">
         <v>1901</v>
       </c>
       <c r="I206" t="s">
         <v>1902</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
         <v>1903</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>4560</v>
+        <v>4558</v>
       </c>
       <c r="B207" t="s">
         <v>1904</v>
       </c>
       <c r="C207" t="s">
         <v>1905</v>
       </c>
       <c r="D207" t="s">
         <v>1906</v>
       </c>
       <c r="E207" t="s">
         <v>1907</v>
       </c>
       <c r="F207" t="s">
         <v>1908</v>
       </c>
       <c r="G207" t="s">
         <v>1909</v>
       </c>
       <c r="H207" t="s">
         <v>1910</v>
       </c>
       <c r="I207" t="s">
         <v>1911</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
         <v>1912</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>4563</v>
+        <v>4559</v>
       </c>
       <c r="B208" t="s">
         <v>1913</v>
       </c>
       <c r="C208" t="s">
         <v>1914</v>
       </c>
       <c r="D208" t="s">
         <v>1915</v>
       </c>
       <c r="E208" t="s">
         <v>1916</v>
       </c>
       <c r="F208" t="s">
         <v>1917</v>
       </c>
       <c r="G208" t="s">
         <v>1918</v>
       </c>
       <c r="H208" t="s">
         <v>1919</v>
       </c>
       <c r="I208" t="s">
         <v>1920</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
         <v>1921</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>4564</v>
+        <v>4560</v>
       </c>
       <c r="B209" t="s">
         <v>1922</v>
       </c>
       <c r="C209" t="s">
         <v>1923</v>
       </c>
       <c r="D209" t="s">
         <v>1924</v>
       </c>
       <c r="E209" t="s">
         <v>1925</v>
       </c>
       <c r="F209" t="s">
         <v>1926</v>
       </c>
       <c r="G209" t="s">
         <v>1927</v>
       </c>
       <c r="H209" t="s">
         <v>1928</v>
       </c>
       <c r="I209" t="s">
         <v>1929</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
+        <v>25</v>
+      </c>
+      <c r="L209" t="s">
+        <v>26</v>
+      </c>
+      <c r="M209" t="s">
+        <v>27</v>
+      </c>
+      <c r="N209" t="s">
+        <v>28</v>
+      </c>
+      <c r="O209" t="s">
         <v>1930</v>
-      </c>
-[...7 lines deleted...]
-        <v>1931</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>4566</v>
+        <v>4563</v>
       </c>
       <c r="B210" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C210" t="s">
         <v>1932</v>
       </c>
-      <c r="C210" t="s">
+      <c r="D210" t="s">
         <v>1933</v>
       </c>
-      <c r="D210" t="s">
+      <c r="E210" t="s">
         <v>1934</v>
       </c>
-      <c r="E210" t="s">
+      <c r="F210" t="s">
         <v>1935</v>
       </c>
-      <c r="F210" t="s">
+      <c r="G210" t="s">
         <v>1936</v>
       </c>
-      <c r="G210" t="s">
+      <c r="H210" t="s">
         <v>1937</v>
       </c>
-      <c r="H210" t="s">
+      <c r="I210" t="s">
         <v>1938</v>
       </c>
-      <c r="I210" t="s">
+      <c r="J210" t="s">
+        <v>24</v>
+      </c>
+      <c r="K210" t="s">
+        <v>170</v>
+      </c>
+      <c r="L210" t="s">
+        <v>26</v>
+      </c>
+      <c r="M210" t="s">
+        <v>171</v>
+      </c>
+      <c r="N210" t="s">
+        <v>28</v>
+      </c>
+      <c r="O210" t="s">
         <v>1939</v>
-      </c>
-[...16 lines deleted...]
-        <v>1940</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>4568</v>
+        <v>4564</v>
       </c>
       <c r="B211" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C211" t="s">
         <v>1941</v>
       </c>
-      <c r="C211" t="s">
+      <c r="D211" t="s">
         <v>1942</v>
       </c>
-      <c r="D211" t="s">
+      <c r="E211" t="s">
         <v>1943</v>
       </c>
-      <c r="E211" t="s">
+      <c r="F211" t="s">
         <v>1944</v>
       </c>
-      <c r="F211" t="s">
+      <c r="G211" t="s">
         <v>1945</v>
       </c>
-      <c r="G211" t="s">
+      <c r="H211" t="s">
         <v>1946</v>
       </c>
-      <c r="H211" t="s">
+      <c r="I211" t="s">
         <v>1947</v>
       </c>
-      <c r="I211" t="s">
+      <c r="J211" t="s">
+        <v>24</v>
+      </c>
+      <c r="K211" t="s">
         <v>1948</v>
       </c>
-      <c r="J211" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L211" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
         <v>1949</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>4704</v>
+        <v>4566</v>
       </c>
       <c r="B212" t="s">
         <v>1950</v>
       </c>
       <c r="C212" t="s">
         <v>1951</v>
       </c>
       <c r="D212" t="s">
         <v>1952</v>
       </c>
       <c r="E212" t="s">
         <v>1953</v>
       </c>
       <c r="F212" t="s">
         <v>1954</v>
       </c>
       <c r="G212" t="s">
         <v>1955</v>
       </c>
       <c r="H212" t="s">
         <v>1956</v>
       </c>
       <c r="I212" t="s">
         <v>1957</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
         <v>1958</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>4709</v>
+        <v>4568</v>
       </c>
       <c r="B213" t="s">
         <v>1959</v>
       </c>
       <c r="C213" t="s">
         <v>1960</v>
       </c>
       <c r="D213" t="s">
         <v>1961</v>
       </c>
       <c r="E213" t="s">
         <v>1962</v>
       </c>
       <c r="F213" t="s">
         <v>1963</v>
       </c>
       <c r="G213" t="s">
         <v>1964</v>
       </c>
       <c r="H213" t="s">
         <v>1965</v>
       </c>
       <c r="I213" t="s">
         <v>1966</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
         <v>1967</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>4711</v>
+        <v>4704</v>
       </c>
       <c r="B214" t="s">
         <v>1968</v>
       </c>
       <c r="C214" t="s">
         <v>1969</v>
       </c>
       <c r="D214" t="s">
         <v>1970</v>
       </c>
       <c r="E214" t="s">
         <v>1971</v>
       </c>
       <c r="F214" t="s">
         <v>1972</v>
       </c>
       <c r="G214" t="s">
         <v>1973</v>
       </c>
       <c r="H214" t="s">
         <v>1974</v>
       </c>
       <c r="I214" t="s">
         <v>1975</v>
       </c>
       <c r="J214" t="s">
+        <v>24</v>
+      </c>
+      <c r="K214" t="s">
+        <v>47</v>
+      </c>
+      <c r="L214" t="s">
+        <v>26</v>
+      </c>
+      <c r="M214" t="s">
+        <v>48</v>
+      </c>
+      <c r="N214" t="s">
+        <v>28</v>
+      </c>
+      <c r="O214" t="s">
         <v>1976</v>
-      </c>
-[...13 lines deleted...]
-        <v>1980</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>4716</v>
+        <v>4709</v>
       </c>
       <c r="B215" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E215" t="s">
+        <v>1980</v>
+      </c>
+      <c r="F215" t="s">
         <v>1981</v>
       </c>
-      <c r="C215" t="s">
+      <c r="G215" t="s">
         <v>1982</v>
       </c>
-      <c r="D215" t="s">
+      <c r="H215" t="s">
         <v>1983</v>
       </c>
-      <c r="E215" t="s">
+      <c r="I215" t="s">
         <v>1984</v>
       </c>
-      <c r="F215" t="s">
+      <c r="J215" t="s">
+        <v>24</v>
+      </c>
+      <c r="K215" t="s">
+        <v>47</v>
+      </c>
+      <c r="L215" t="s">
+        <v>26</v>
+      </c>
+      <c r="M215" t="s">
+        <v>48</v>
+      </c>
+      <c r="N215" t="s">
+        <v>28</v>
+      </c>
+      <c r="O215" t="s">
         <v>1985</v>
-      </c>
-[...25 lines deleted...]
-        <v>1989</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>4717</v>
+        <v>4711</v>
       </c>
       <c r="B216" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D216" t="s">
+        <v>1988</v>
+      </c>
+      <c r="E216" t="s">
+        <v>1989</v>
+      </c>
+      <c r="F216" t="s">
         <v>1990</v>
       </c>
-      <c r="C216" t="s">
+      <c r="G216" t="s">
         <v>1991</v>
       </c>
-      <c r="D216" t="s">
+      <c r="H216" t="s">
         <v>1992</v>
       </c>
-      <c r="E216" t="s">
+      <c r="I216" t="s">
         <v>1993</v>
       </c>
-      <c r="F216" t="s">
+      <c r="J216" t="s">
         <v>1994</v>
       </c>
-      <c r="G216" t="s">
+      <c r="K216" t="s">
         <v>1995</v>
       </c>
-      <c r="H216" t="s">
+      <c r="L216" t="s">
         <v>1996</v>
       </c>
-      <c r="I216" t="s">
+      <c r="M216" t="s">
         <v>1997</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
         <v>1998</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>4721</v>
+        <v>4716</v>
       </c>
       <c r="B217" t="s">
         <v>1999</v>
       </c>
       <c r="C217" t="s">
         <v>2000</v>
       </c>
       <c r="D217" t="s">
         <v>2001</v>
       </c>
       <c r="E217" t="s">
         <v>2002</v>
       </c>
       <c r="F217" t="s">
         <v>2003</v>
       </c>
       <c r="G217" t="s">
         <v>2004</v>
       </c>
       <c r="H217" t="s">
         <v>2005</v>
       </c>
       <c r="I217" t="s">
         <v>2006</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>1228</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>1229</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>4722</v>
+        <v>4717</v>
       </c>
       <c r="B218" t="s">
         <v>2008</v>
       </c>
       <c r="C218" t="s">
         <v>2009</v>
       </c>
       <c r="D218" t="s">
         <v>2010</v>
       </c>
       <c r="E218" t="s">
         <v>2011</v>
       </c>
       <c r="F218" t="s">
         <v>2012</v>
       </c>
       <c r="G218" t="s">
         <v>2013</v>
       </c>
       <c r="H218" t="s">
         <v>2014</v>
       </c>
       <c r="I218" t="s">
         <v>2015</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
+        <v>25</v>
+      </c>
+      <c r="L218" t="s">
+        <v>26</v>
+      </c>
+      <c r="M218" t="s">
+        <v>27</v>
+      </c>
+      <c r="N218" t="s">
+        <v>28</v>
+      </c>
+      <c r="O218" t="s">
         <v>2016</v>
-      </c>
-[...7 lines deleted...]
-        <v>2017</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>4792</v>
+        <v>4721</v>
       </c>
       <c r="B219" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C219" t="s">
         <v>2018</v>
       </c>
-      <c r="C219" t="s">
+      <c r="D219" t="s">
         <v>2019</v>
       </c>
-      <c r="D219" t="s">
+      <c r="E219" t="s">
         <v>2020</v>
       </c>
-      <c r="E219" t="s">
+      <c r="F219" t="s">
         <v>2021</v>
       </c>
-      <c r="F219" t="s">
+      <c r="G219" t="s">
         <v>2022</v>
       </c>
-      <c r="G219" t="s">
+      <c r="H219" t="s">
         <v>2023</v>
       </c>
-      <c r="H219" t="s">
+      <c r="I219" t="s">
         <v>2024</v>
       </c>
-      <c r="I219" t="s">
+      <c r="J219" t="s">
+        <v>24</v>
+      </c>
+      <c r="K219" t="s">
+        <v>1228</v>
+      </c>
+      <c r="L219" t="s">
+        <v>26</v>
+      </c>
+      <c r="M219" t="s">
+        <v>1229</v>
+      </c>
+      <c r="N219" t="s">
+        <v>28</v>
+      </c>
+      <c r="O219" t="s">
         <v>2025</v>
-      </c>
-[...16 lines deleted...]
-        <v>2026</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>4801</v>
+        <v>4722</v>
       </c>
       <c r="B220" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C220" t="s">
         <v>2027</v>
       </c>
-      <c r="C220" t="s">
+      <c r="D220" t="s">
         <v>2028</v>
       </c>
-      <c r="D220" t="s">
+      <c r="E220" t="s">
         <v>2029</v>
       </c>
-      <c r="E220" t="s">
+      <c r="F220" t="s">
         <v>2030</v>
       </c>
-      <c r="F220" t="s">
+      <c r="G220" t="s">
         <v>2031</v>
       </c>
-      <c r="G220" t="s">
+      <c r="H220" t="s">
         <v>2032</v>
       </c>
-      <c r="H220" t="s">
+      <c r="I220" t="s">
         <v>2033</v>
       </c>
-      <c r="I220" t="s">
+      <c r="J220" t="s">
+        <v>24</v>
+      </c>
+      <c r="K220" t="s">
         <v>2034</v>
       </c>
-      <c r="J220" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L220" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
         <v>2035</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>4809</v>
+        <v>4792</v>
       </c>
       <c r="B221" t="s">
         <v>2036</v>
       </c>
       <c r="C221" t="s">
         <v>2037</v>
       </c>
       <c r="D221" t="s">
         <v>2038</v>
       </c>
       <c r="E221" t="s">
         <v>2039</v>
       </c>
       <c r="F221" t="s">
         <v>2040</v>
       </c>
       <c r="G221" t="s">
         <v>2041</v>
       </c>
       <c r="H221" t="s">
         <v>2042</v>
       </c>
       <c r="I221" t="s">
         <v>2043</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2044</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>4810</v>
+        <v>4801</v>
       </c>
       <c r="B222" t="s">
         <v>2045</v>
       </c>
       <c r="C222" t="s">
         <v>2046</v>
       </c>
       <c r="D222" t="s">
         <v>2047</v>
       </c>
       <c r="E222" t="s">
         <v>2048</v>
       </c>
       <c r="F222" t="s">
         <v>2049</v>
       </c>
       <c r="G222" t="s">
         <v>2050</v>
       </c>
       <c r="H222" t="s">
         <v>2051</v>
       </c>
       <c r="I222" t="s">
         <v>2052</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
         <v>170</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>171</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
         <v>2053</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>4811</v>
+        <v>4809</v>
       </c>
       <c r="B223" t="s">
         <v>2054</v>
       </c>
       <c r="C223" t="s">
         <v>2055</v>
       </c>
       <c r="D223" t="s">
         <v>2056</v>
       </c>
       <c r="E223" t="s">
         <v>2057</v>
       </c>
       <c r="F223" t="s">
         <v>2058</v>
       </c>
       <c r="G223" t="s">
         <v>2059</v>
       </c>
       <c r="H223" t="s">
         <v>2060</v>
       </c>
       <c r="I223" t="s">
         <v>2061</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>1476</v>
+        <v>170</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>1478</v>
+        <v>171</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
         <v>2062</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>4815</v>
+        <v>4810</v>
       </c>
       <c r="B224" t="s">
         <v>2063</v>
       </c>
       <c r="C224" t="s">
         <v>2064</v>
       </c>
       <c r="D224" t="s">
         <v>2065</v>
       </c>
       <c r="E224" t="s">
         <v>2066</v>
       </c>
       <c r="F224" t="s">
         <v>2067</v>
       </c>
       <c r="G224" t="s">
         <v>2068</v>
       </c>
       <c r="H224" t="s">
         <v>2069</v>
       </c>
       <c r="I224" t="s">
         <v>2070</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
         <v>2071</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>4817</v>
+        <v>4811</v>
       </c>
       <c r="B225" t="s">
         <v>2072</v>
       </c>
       <c r="C225" t="s">
         <v>2073</v>
       </c>
       <c r="D225" t="s">
         <v>2074</v>
       </c>
       <c r="E225" t="s">
         <v>2075</v>
       </c>
       <c r="F225" t="s">
         <v>2076</v>
       </c>
       <c r="G225" t="s">
         <v>2077</v>
       </c>
       <c r="H225" t="s">
         <v>2078</v>
       </c>
       <c r="I225" t="s">
         <v>2079</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>25</v>
+        <v>1476</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>27</v>
+        <v>1478</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
         <v>2080</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>4849</v>
+        <v>4815</v>
       </c>
       <c r="B226" t="s">
         <v>2081</v>
       </c>
       <c r="C226" t="s">
         <v>2082</v>
       </c>
       <c r="D226" t="s">
         <v>2083</v>
       </c>
       <c r="E226" t="s">
         <v>2084</v>
       </c>
       <c r="F226" t="s">
         <v>2085</v>
       </c>
       <c r="G226" t="s">
         <v>2086</v>
       </c>
       <c r="H226" t="s">
         <v>2087</v>
       </c>
       <c r="I226" t="s">
         <v>2088</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
         <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
         <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
         <v>2089</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>4850</v>
+        <v>4817</v>
       </c>
       <c r="B227" t="s">
         <v>2090</v>
       </c>
       <c r="C227" t="s">
         <v>2091</v>
       </c>
       <c r="D227" t="s">
         <v>2092</v>
       </c>
       <c r="E227" t="s">
         <v>2093</v>
       </c>
       <c r="F227" t="s">
         <v>2094</v>
       </c>
       <c r="G227" t="s">
         <v>2095</v>
       </c>
       <c r="H227" t="s">
         <v>2096</v>
       </c>
       <c r="I227" t="s">
         <v>2097</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
         <v>2098</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>4935</v>
+        <v>4849</v>
       </c>
       <c r="B228" t="s">
         <v>2099</v>
       </c>
       <c r="C228" t="s">
         <v>2100</v>
       </c>
       <c r="D228" t="s">
         <v>2101</v>
       </c>
       <c r="E228" t="s">
         <v>2102</v>
       </c>
       <c r="F228" t="s">
         <v>2103</v>
       </c>
       <c r="G228" t="s">
         <v>2104</v>
       </c>
       <c r="H228" t="s">
         <v>2105</v>
       </c>
       <c r="I228" t="s">
         <v>2106</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
         <v>2107</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>4936</v>
+        <v>4850</v>
       </c>
       <c r="B229" t="s">
         <v>2108</v>
       </c>
       <c r="C229" t="s">
         <v>2109</v>
       </c>
       <c r="D229" t="s">
         <v>2110</v>
       </c>
       <c r="E229" t="s">
         <v>2111</v>
       </c>
       <c r="F229" t="s">
         <v>2112</v>
       </c>
       <c r="G229" t="s">
         <v>2113</v>
       </c>
       <c r="H229" t="s">
         <v>2114</v>
       </c>
       <c r="I229" t="s">
         <v>2115</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
         <v>2116</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>4939</v>
+        <v>4935</v>
       </c>
       <c r="B230" t="s">
         <v>2117</v>
       </c>
       <c r="C230" t="s">
         <v>2118</v>
       </c>
       <c r="D230" t="s">
         <v>2119</v>
       </c>
       <c r="E230" t="s">
         <v>2120</v>
       </c>
       <c r="F230" t="s">
         <v>2121</v>
       </c>
       <c r="G230" t="s">
         <v>2122</v>
       </c>
       <c r="H230" t="s">
         <v>2123</v>
       </c>
       <c r="I230" t="s">
         <v>2124</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>170</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>171</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
         <v>2125</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>4944</v>
+        <v>4936</v>
       </c>
       <c r="B231" t="s">
         <v>2126</v>
       </c>
       <c r="C231" t="s">
         <v>2127</v>
       </c>
       <c r="D231" t="s">
         <v>2128</v>
       </c>
       <c r="E231" t="s">
         <v>2129</v>
       </c>
       <c r="F231" t="s">
         <v>2130</v>
       </c>
       <c r="G231" t="s">
         <v>2131</v>
       </c>
       <c r="H231" t="s">
         <v>2132</v>
       </c>
       <c r="I231" t="s">
         <v>2133</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
         <v>25</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
         <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
         <v>2134</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>4947</v>
+        <v>4939</v>
       </c>
       <c r="B232" t="s">
         <v>2135</v>
       </c>
       <c r="C232" t="s">
         <v>2136</v>
       </c>
       <c r="D232" t="s">
         <v>2137</v>
       </c>
       <c r="E232" t="s">
         <v>2138</v>
       </c>
       <c r="F232" t="s">
         <v>2139</v>
       </c>
       <c r="G232" t="s">
         <v>2140</v>
       </c>
       <c r="H232" t="s">
         <v>2141</v>
       </c>
       <c r="I232" t="s">
         <v>2142</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
         <v>2143</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>4950</v>
+        <v>4944</v>
       </c>
       <c r="B233" t="s">
         <v>2144</v>
       </c>
       <c r="C233" t="s">
         <v>2145</v>
       </c>
       <c r="D233" t="s">
         <v>2146</v>
       </c>
       <c r="E233" t="s">
         <v>2147</v>
       </c>
       <c r="F233" t="s">
         <v>2148</v>
       </c>
       <c r="G233" t="s">
         <v>2149</v>
       </c>
       <c r="H233" t="s">
         <v>2150</v>
       </c>
       <c r="I233" t="s">
         <v>2151</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>1476</v>
+        <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
         <v>2152</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>4958</v>
+        <v>4947</v>
       </c>
       <c r="B234" t="s">
         <v>2153</v>
       </c>
       <c r="C234" t="s">
         <v>2154</v>
       </c>
       <c r="D234" t="s">
         <v>2155</v>
       </c>
       <c r="E234" t="s">
         <v>2156</v>
       </c>
       <c r="F234" t="s">
         <v>2157</v>
       </c>
       <c r="G234" t="s">
         <v>2158</v>
       </c>
       <c r="H234" t="s">
         <v>2159</v>
       </c>
       <c r="I234" t="s">
         <v>2160</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
         <v>2161</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>4965</v>
+        <v>4950</v>
       </c>
       <c r="B235" t="s">
         <v>2162</v>
       </c>
       <c r="C235" t="s">
         <v>2163</v>
       </c>
       <c r="D235" t="s">
         <v>2164</v>
       </c>
       <c r="E235" t="s">
         <v>2165</v>
       </c>
       <c r="F235" t="s">
         <v>2166</v>
       </c>
       <c r="G235" t="s">
         <v>2167</v>
       </c>
       <c r="H235" t="s">
         <v>2168</v>
       </c>
       <c r="I235" t="s">
         <v>2169</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>25</v>
+        <v>1476</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
-        <v>27</v>
+        <v>1478</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
         <v>2170</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>4968</v>
+        <v>4958</v>
       </c>
       <c r="B236" t="s">
         <v>2171</v>
       </c>
       <c r="C236" t="s">
         <v>2172</v>
       </c>
       <c r="D236" t="s">
         <v>2173</v>
       </c>
       <c r="E236" t="s">
         <v>2174</v>
       </c>
       <c r="F236" t="s">
         <v>2175</v>
       </c>
       <c r="G236" t="s">
         <v>2176</v>
       </c>
       <c r="H236" t="s">
         <v>2177</v>
       </c>
       <c r="I236" t="s">
         <v>2178</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
         <v>2179</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>4969</v>
+        <v>4965</v>
       </c>
       <c r="B237" t="s">
         <v>2180</v>
       </c>
       <c r="C237" t="s">
         <v>2181</v>
       </c>
       <c r="D237" t="s">
         <v>2182</v>
       </c>
       <c r="E237" t="s">
         <v>2183</v>
       </c>
       <c r="F237" t="s">
         <v>2184</v>
       </c>
       <c r="G237" t="s">
         <v>2185</v>
       </c>
       <c r="H237" t="s">
         <v>2186</v>
       </c>
       <c r="I237" t="s">
         <v>2187</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
         <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
         <v>2188</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5020</v>
+        <v>4968</v>
       </c>
       <c r="B238" t="s">
         <v>2189</v>
       </c>
       <c r="C238" t="s">
         <v>2190</v>
       </c>
       <c r="D238" t="s">
         <v>2191</v>
       </c>
       <c r="E238" t="s">
         <v>2192</v>
       </c>
       <c r="F238" t="s">
         <v>2193</v>
       </c>
       <c r="G238" t="s">
         <v>2194</v>
       </c>
       <c r="H238" t="s">
         <v>2195</v>
       </c>
       <c r="I238" t="s">
         <v>2196</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
         <v>2197</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5037</v>
+        <v>4969</v>
       </c>
       <c r="B239" t="s">
         <v>2198</v>
       </c>
       <c r="C239" t="s">
         <v>2199</v>
       </c>
       <c r="D239" t="s">
         <v>2200</v>
       </c>
       <c r="E239" t="s">
         <v>2201</v>
       </c>
       <c r="F239" t="s">
         <v>2202</v>
       </c>
       <c r="G239" t="s">
         <v>2203</v>
       </c>
       <c r="H239" t="s">
         <v>2204</v>
       </c>
       <c r="I239" t="s">
         <v>2205</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
         <v>2206</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5100</v>
+        <v>5020</v>
       </c>
       <c r="B240" t="s">
         <v>2207</v>
       </c>
       <c r="C240" t="s">
         <v>2208</v>
       </c>
       <c r="D240" t="s">
         <v>2209</v>
       </c>
       <c r="E240" t="s">
         <v>2210</v>
       </c>
       <c r="F240" t="s">
         <v>2211</v>
       </c>
       <c r="G240" t="s">
         <v>2212</v>
       </c>
       <c r="H240" t="s">
         <v>2213</v>
       </c>
       <c r="I240" t="s">
         <v>2214</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>689</v>
+        <v>170</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>690</v>
+        <v>171</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
         <v>2215</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5141</v>
+        <v>5037</v>
       </c>
       <c r="B241" t="s">
         <v>2216</v>
       </c>
       <c r="C241" t="s">
         <v>2217</v>
       </c>
       <c r="D241" t="s">
         <v>2218</v>
       </c>
       <c r="E241" t="s">
         <v>2219</v>
       </c>
       <c r="F241" t="s">
         <v>2220</v>
       </c>
       <c r="G241" t="s">
         <v>2221</v>
       </c>
       <c r="H241" t="s">
         <v>2222</v>
       </c>
       <c r="I241" t="s">
         <v>2223</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
         <v>2224</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5212</v>
+        <v>5100</v>
       </c>
       <c r="B242" t="s">
         <v>2225</v>
       </c>
       <c r="C242" t="s">
         <v>2226</v>
       </c>
       <c r="D242" t="s">
         <v>2227</v>
       </c>
       <c r="E242" t="s">
         <v>2228</v>
       </c>
       <c r="F242" t="s">
         <v>2229</v>
       </c>
       <c r="G242" t="s">
         <v>2230</v>
       </c>
       <c r="H242" t="s">
         <v>2231</v>
       </c>
       <c r="I242" t="s">
         <v>2232</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>25</v>
+        <v>689</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>27</v>
+        <v>690</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
         <v>2233</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5272</v>
+        <v>5141</v>
       </c>
       <c r="B243" t="s">
         <v>2234</v>
       </c>
       <c r="C243" t="s">
         <v>2235</v>
       </c>
       <c r="D243" t="s">
         <v>2236</v>
       </c>
       <c r="E243" t="s">
         <v>2237</v>
       </c>
       <c r="F243" t="s">
         <v>2238</v>
       </c>
       <c r="G243" t="s">
         <v>2239</v>
       </c>
       <c r="H243" t="s">
         <v>2240</v>
       </c>
       <c r="I243" t="s">
         <v>2241</v>
       </c>
       <c r="J243" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>745</v>
+        <v>25</v>
       </c>
       <c r="L243" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M243" t="s">
-        <v>746</v>
+        <v>27</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
         <v>2242</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5273</v>
+        <v>5212</v>
       </c>
       <c r="B244" t="s">
         <v>2243</v>
       </c>
       <c r="C244" t="s">
         <v>2244</v>
       </c>
       <c r="D244" t="s">
         <v>2245</v>
       </c>
       <c r="E244" t="s">
         <v>2246</v>
       </c>
       <c r="F244" t="s">
         <v>2247</v>
       </c>
       <c r="G244" t="s">
         <v>2248</v>
       </c>
       <c r="H244" t="s">
         <v>2249</v>
       </c>
       <c r="I244" t="s">
         <v>2250</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
+        <v>25</v>
+      </c>
+      <c r="L244" t="s">
+        <v>26</v>
+      </c>
+      <c r="M244" t="s">
+        <v>27</v>
+      </c>
+      <c r="N244" t="s">
+        <v>28</v>
+      </c>
+      <c r="O244" t="s">
         <v>2251</v>
-      </c>
-[...10 lines deleted...]
-        <v>2253</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5280</v>
+        <v>5272</v>
       </c>
       <c r="B245" t="s">
+        <v>2252</v>
+      </c>
+      <c r="C245" t="s">
+        <v>2253</v>
+      </c>
+      <c r="D245" t="s">
         <v>2254</v>
       </c>
-      <c r="C245" t="s">
+      <c r="E245" t="s">
         <v>2255</v>
       </c>
-      <c r="D245" t="s">
+      <c r="F245" t="s">
         <v>2256</v>
       </c>
-      <c r="E245" t="s">
+      <c r="G245" t="s">
         <v>2257</v>
       </c>
-      <c r="F245" t="s">
+      <c r="H245" t="s">
         <v>2258</v>
       </c>
-      <c r="G245" t="s">
+      <c r="I245" t="s">
         <v>2259</v>
       </c>
-      <c r="H245" t="s">
+      <c r="J245" t="s">
+        <v>449</v>
+      </c>
+      <c r="K245" t="s">
+        <v>745</v>
+      </c>
+      <c r="L245" t="s">
+        <v>451</v>
+      </c>
+      <c r="M245" t="s">
+        <v>746</v>
+      </c>
+      <c r="N245" t="s">
+        <v>28</v>
+      </c>
+      <c r="O245" t="s">
         <v>2260</v>
-      </c>
-[...19 lines deleted...]
-        <v>2262</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5326</v>
+        <v>5273</v>
       </c>
       <c r="B246" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C246" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D246" t="s">
         <v>2263</v>
       </c>
-      <c r="C246" t="s">
+      <c r="E246" t="s">
         <v>2264</v>
       </c>
-      <c r="D246" t="s">
+      <c r="F246" t="s">
         <v>2265</v>
       </c>
-      <c r="E246" t="s">
+      <c r="G246" t="s">
         <v>2266</v>
       </c>
-      <c r="F246" t="s">
+      <c r="H246" t="s">
         <v>2267</v>
       </c>
-      <c r="G246" t="s">
+      <c r="I246" t="s">
         <v>2268</v>
       </c>
-      <c r="H246" t="s">
+      <c r="J246" t="s">
+        <v>24</v>
+      </c>
+      <c r="K246" t="s">
         <v>2269</v>
       </c>
-      <c r="I246" t="s">
+      <c r="L246" t="s">
+        <v>26</v>
+      </c>
+      <c r="M246" t="s">
         <v>2270</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
         <v>2271</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5330</v>
+        <v>5280</v>
       </c>
       <c r="B247" t="s">
         <v>2272</v>
       </c>
       <c r="C247" t="s">
         <v>2273</v>
       </c>
       <c r="D247" t="s">
         <v>2274</v>
       </c>
       <c r="E247" t="s">
         <v>2275</v>
       </c>
       <c r="F247" t="s">
         <v>2276</v>
       </c>
       <c r="G247" t="s">
         <v>2277</v>
       </c>
       <c r="H247" t="s">
         <v>2278</v>
       </c>
       <c r="I247" t="s">
         <v>2279</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
         <v>170</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
         <v>171</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
         <v>2280</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5331</v>
+        <v>5326</v>
       </c>
       <c r="B248" t="s">
         <v>2281</v>
       </c>
       <c r="C248" t="s">
         <v>2282</v>
       </c>
       <c r="D248" t="s">
         <v>2283</v>
       </c>
       <c r="E248" t="s">
         <v>2284</v>
       </c>
       <c r="F248" t="s">
         <v>2285</v>
       </c>
       <c r="G248" t="s">
         <v>2286</v>
       </c>
       <c r="H248" t="s">
         <v>2287</v>
       </c>
       <c r="I248" t="s">
         <v>2288</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
         <v>2289</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5332</v>
+        <v>5330</v>
       </c>
       <c r="B249" t="s">
         <v>2290</v>
       </c>
       <c r="C249" t="s">
         <v>2291</v>
       </c>
       <c r="D249" t="s">
         <v>2292</v>
       </c>
       <c r="E249" t="s">
         <v>2293</v>
       </c>
       <c r="F249" t="s">
         <v>2294</v>
       </c>
       <c r="G249" t="s">
         <v>2295</v>
       </c>
       <c r="H249" t="s">
         <v>2296</v>
       </c>
       <c r="I249" t="s">
         <v>2297</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
         <v>2298</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5333</v>
+        <v>5331</v>
       </c>
       <c r="B250" t="s">
         <v>2299</v>
       </c>
       <c r="C250" t="s">
         <v>2300</v>
       </c>
       <c r="D250" t="s">
         <v>2301</v>
       </c>
       <c r="E250" t="s">
         <v>2302</v>
       </c>
       <c r="F250" t="s">
         <v>2303</v>
       </c>
       <c r="G250" t="s">
         <v>2304</v>
       </c>
       <c r="H250" t="s">
         <v>2305</v>
       </c>
       <c r="I250" t="s">
         <v>2306</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
         <v>2307</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5335</v>
+        <v>5332</v>
       </c>
       <c r="B251" t="s">
         <v>2308</v>
       </c>
       <c r="C251" t="s">
         <v>2309</v>
       </c>
       <c r="D251" t="s">
         <v>2310</v>
       </c>
       <c r="E251" t="s">
         <v>2311</v>
       </c>
       <c r="F251" t="s">
         <v>2312</v>
       </c>
       <c r="G251" t="s">
         <v>2313</v>
       </c>
       <c r="H251" t="s">
         <v>2314</v>
       </c>
       <c r="I251" t="s">
         <v>2315</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
         <v>25</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
         <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
         <v>2316</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5343</v>
+        <v>5333</v>
       </c>
       <c r="B252" t="s">
         <v>2317</v>
       </c>
       <c r="C252" t="s">
         <v>2318</v>
       </c>
       <c r="D252" t="s">
         <v>2319</v>
       </c>
       <c r="E252" t="s">
         <v>2320</v>
       </c>
       <c r="F252" t="s">
         <v>2321</v>
       </c>
       <c r="G252" t="s">
         <v>2322</v>
       </c>
       <c r="H252" t="s">
         <v>2323</v>
       </c>
       <c r="I252" t="s">
         <v>2324</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
         <v>2325</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5346</v>
+        <v>5335</v>
       </c>
       <c r="B253" t="s">
         <v>2326</v>
       </c>
       <c r="C253" t="s">
         <v>2327</v>
       </c>
       <c r="D253" t="s">
         <v>2328</v>
       </c>
       <c r="E253" t="s">
         <v>2329</v>
       </c>
       <c r="F253" t="s">
         <v>2330</v>
       </c>
       <c r="G253" t="s">
         <v>2331</v>
       </c>
       <c r="H253" t="s">
         <v>2332</v>
       </c>
       <c r="I253" t="s">
         <v>2333</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
+        <v>25</v>
+      </c>
+      <c r="L253" t="s">
+        <v>26</v>
+      </c>
+      <c r="M253" t="s">
+        <v>27</v>
+      </c>
+      <c r="N253" t="s">
+        <v>28</v>
+      </c>
+      <c r="O253" t="s">
         <v>2334</v>
-      </c>
-[...10 lines deleted...]
-        <v>2336</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5347</v>
+        <v>5343</v>
       </c>
       <c r="B254" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C254" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D254" t="s">
         <v>2337</v>
       </c>
-      <c r="C254" t="s">
+      <c r="E254" t="s">
         <v>2338</v>
       </c>
-      <c r="D254" t="s">
+      <c r="F254" t="s">
         <v>2339</v>
       </c>
-      <c r="E254" t="s">
+      <c r="G254" t="s">
         <v>2340</v>
       </c>
-      <c r="F254" t="s">
+      <c r="H254" t="s">
         <v>2341</v>
       </c>
-      <c r="G254" t="s">
+      <c r="I254" t="s">
         <v>2342</v>
-      </c>
-[...4 lines deleted...]
-        <v>2344</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>170</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>171</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2345</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5348</v>
+        <v>5346</v>
       </c>
       <c r="B255" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C255" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D255" t="s">
         <v>2346</v>
       </c>
-      <c r="C255" t="s">
+      <c r="E255" t="s">
         <v>2347</v>
       </c>
-      <c r="D255" t="s">
+      <c r="F255" t="s">
         <v>2348</v>
       </c>
-      <c r="E255" t="s">
+      <c r="G255" t="s">
         <v>2349</v>
       </c>
-      <c r="F255" t="s">
+      <c r="H255" t="s">
         <v>2350</v>
       </c>
-      <c r="G255" t="s">
+      <c r="I255" t="s">
         <v>2351</v>
       </c>
-      <c r="H255" t="s">
+      <c r="J255" t="s">
+        <v>24</v>
+      </c>
+      <c r="K255" t="s">
         <v>2352</v>
       </c>
-      <c r="I255" t="s">
+      <c r="L255" t="s">
+        <v>26</v>
+      </c>
+      <c r="M255" t="s">
         <v>2353</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
         <v>2354</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5351</v>
+        <v>5347</v>
       </c>
       <c r="B256" t="s">
         <v>2355</v>
       </c>
       <c r="C256" t="s">
         <v>2356</v>
       </c>
       <c r="D256" t="s">
         <v>2357</v>
       </c>
       <c r="E256" t="s">
         <v>2358</v>
       </c>
       <c r="F256" t="s">
         <v>2359</v>
       </c>
       <c r="G256" t="s">
         <v>2360</v>
       </c>
       <c r="H256" t="s">
         <v>2361</v>
       </c>
       <c r="I256" t="s">
         <v>2362</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
         <v>2363</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5353</v>
+        <v>5348</v>
       </c>
       <c r="B257" t="s">
         <v>2364</v>
       </c>
       <c r="C257" t="s">
         <v>2365</v>
       </c>
       <c r="D257" t="s">
         <v>2366</v>
       </c>
       <c r="E257" t="s">
         <v>2367</v>
       </c>
       <c r="F257" t="s">
         <v>2368</v>
       </c>
       <c r="G257" t="s">
         <v>2369</v>
       </c>
       <c r="H257" t="s">
         <v>2370</v>
       </c>
       <c r="I257" t="s">
         <v>2371</v>
       </c>
       <c r="J257" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>904</v>
+        <v>170</v>
       </c>
       <c r="L257" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>905</v>
+        <v>171</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
         <v>2372</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5354</v>
+        <v>5351</v>
       </c>
       <c r="B258" t="s">
         <v>2373</v>
       </c>
       <c r="C258" t="s">
         <v>2374</v>
       </c>
       <c r="D258" t="s">
         <v>2375</v>
       </c>
       <c r="E258" t="s">
         <v>2376</v>
       </c>
       <c r="F258" t="s">
         <v>2377</v>
       </c>
       <c r="G258" t="s">
         <v>2378</v>
       </c>
       <c r="H258" t="s">
         <v>2379</v>
       </c>
       <c r="I258" t="s">
         <v>2380</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
         <v>2381</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5359</v>
+        <v>5353</v>
       </c>
       <c r="B259" t="s">
         <v>2382</v>
       </c>
       <c r="C259" t="s">
         <v>2383</v>
       </c>
       <c r="D259" t="s">
         <v>2384</v>
       </c>
       <c r="E259" t="s">
         <v>2385</v>
       </c>
       <c r="F259" t="s">
         <v>2386</v>
       </c>
       <c r="G259" t="s">
         <v>2387</v>
       </c>
       <c r="H259" t="s">
         <v>2388</v>
       </c>
       <c r="I259" t="s">
         <v>2389</v>
       </c>
       <c r="J259" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K259" t="s">
-        <v>25</v>
+        <v>904</v>
       </c>
       <c r="L259" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M259" t="s">
-        <v>27</v>
+        <v>905</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
         <v>2390</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5364</v>
+        <v>5354</v>
       </c>
       <c r="B260" t="s">
         <v>2391</v>
       </c>
       <c r="C260" t="s">
         <v>2392</v>
       </c>
       <c r="D260" t="s">
         <v>2393</v>
       </c>
       <c r="E260" t="s">
         <v>2394</v>
       </c>
       <c r="F260" t="s">
         <v>2395</v>
       </c>
       <c r="G260" t="s">
         <v>2396</v>
       </c>
       <c r="H260" t="s">
         <v>2397</v>
       </c>
       <c r="I260" t="s">
         <v>2398</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
         <v>2399</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5365</v>
+        <v>5359</v>
       </c>
       <c r="B261" t="s">
         <v>2400</v>
       </c>
       <c r="C261" t="s">
         <v>2401</v>
       </c>
       <c r="D261" t="s">
         <v>2402</v>
       </c>
       <c r="E261" t="s">
         <v>2403</v>
       </c>
       <c r="F261" t="s">
         <v>2404</v>
       </c>
       <c r="G261" t="s">
         <v>2405</v>
       </c>
       <c r="H261" t="s">
         <v>2406</v>
       </c>
       <c r="I261" t="s">
         <v>2407</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
         <v>25</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
         <v>27</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
         <v>2408</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5367</v>
+        <v>5364</v>
       </c>
       <c r="B262" t="s">
         <v>2409</v>
       </c>
       <c r="C262" t="s">
         <v>2410</v>
       </c>
       <c r="D262" t="s">
         <v>2411</v>
       </c>
       <c r="E262" t="s">
         <v>2412</v>
       </c>
       <c r="F262" t="s">
         <v>2413</v>
       </c>
       <c r="G262" t="s">
         <v>2414</v>
       </c>
       <c r="H262" t="s">
         <v>2415</v>
       </c>
       <c r="I262" t="s">
         <v>2416</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
         <v>2417</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5368</v>
+        <v>5365</v>
       </c>
       <c r="B263" t="s">
         <v>2418</v>
       </c>
       <c r="C263" t="s">
         <v>2419</v>
       </c>
       <c r="D263" t="s">
         <v>2420</v>
       </c>
       <c r="E263" t="s">
         <v>2421</v>
       </c>
       <c r="F263" t="s">
         <v>2422</v>
       </c>
       <c r="G263" t="s">
         <v>2423</v>
       </c>
       <c r="H263" t="s">
         <v>2424</v>
       </c>
       <c r="I263" t="s">
         <v>2425</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
         <v>25</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
         <v>27</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
         <v>2426</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5370</v>
+        <v>5367</v>
       </c>
       <c r="B264" t="s">
         <v>2427</v>
       </c>
       <c r="C264" t="s">
         <v>2428</v>
       </c>
       <c r="D264" t="s">
         <v>2429</v>
       </c>
       <c r="E264" t="s">
         <v>2430</v>
       </c>
       <c r="F264" t="s">
         <v>2431</v>
       </c>
       <c r="G264" t="s">
         <v>2432</v>
       </c>
       <c r="H264" t="s">
         <v>2433</v>
       </c>
       <c r="I264" t="s">
         <v>2434</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
         <v>25</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>27</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
         <v>2435</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5371</v>
+        <v>5368</v>
       </c>
       <c r="B265" t="s">
         <v>2436</v>
       </c>
       <c r="C265" t="s">
         <v>2437</v>
       </c>
       <c r="D265" t="s">
         <v>2438</v>
       </c>
       <c r="E265" t="s">
         <v>2439</v>
       </c>
       <c r="F265" t="s">
         <v>2440</v>
       </c>
       <c r="G265" t="s">
         <v>2441</v>
       </c>
       <c r="H265" t="s">
         <v>2442</v>
       </c>
       <c r="I265" t="s">
         <v>2443</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
+        <v>25</v>
+      </c>
+      <c r="L265" t="s">
+        <v>26</v>
+      </c>
+      <c r="M265" t="s">
+        <v>27</v>
+      </c>
+      <c r="N265" t="s">
+        <v>28</v>
+      </c>
+      <c r="O265" t="s">
         <v>2444</v>
-      </c>
-[...10 lines deleted...]
-        <v>2446</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5372</v>
+        <v>5370</v>
       </c>
       <c r="B266" t="s">
+        <v>2445</v>
+      </c>
+      <c r="C266" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D266" t="s">
         <v>2447</v>
       </c>
-      <c r="C266" t="s">
+      <c r="E266" t="s">
         <v>2448</v>
       </c>
-      <c r="D266" t="s">
+      <c r="F266" t="s">
         <v>2449</v>
       </c>
-      <c r="E266" t="s">
+      <c r="G266" t="s">
         <v>2450</v>
       </c>
-      <c r="F266" t="s">
+      <c r="H266" t="s">
         <v>2451</v>
       </c>
-      <c r="G266" t="s">
+      <c r="I266" t="s">
         <v>2452</v>
-      </c>
-[...4 lines deleted...]
-        <v>2454</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
         <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
         <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2455</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5375</v>
+        <v>5371</v>
       </c>
       <c r="B267" t="s">
+        <v>2454</v>
+      </c>
+      <c r="C267" t="s">
+        <v>2455</v>
+      </c>
+      <c r="D267" t="s">
         <v>2456</v>
       </c>
-      <c r="C267" t="s">
+      <c r="E267" t="s">
         <v>2457</v>
       </c>
-      <c r="D267" t="s">
+      <c r="F267" t="s">
         <v>2458</v>
       </c>
-      <c r="E267" t="s">
+      <c r="G267" t="s">
         <v>2459</v>
       </c>
-      <c r="F267" t="s">
+      <c r="H267" t="s">
         <v>2460</v>
       </c>
-      <c r="G267" t="s">
+      <c r="I267" t="s">
         <v>2461</v>
       </c>
-      <c r="H267" t="s">
+      <c r="J267" t="s">
+        <v>24</v>
+      </c>
+      <c r="K267" t="s">
         <v>2462</v>
       </c>
-      <c r="I267" t="s">
+      <c r="L267" t="s">
+        <v>26</v>
+      </c>
+      <c r="M267" t="s">
         <v>2463</v>
-      </c>
-[...10 lines deleted...]
-        <v>275</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
         <v>2464</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5377</v>
+        <v>5372</v>
       </c>
       <c r="B268" t="s">
         <v>2465</v>
       </c>
       <c r="C268" t="s">
         <v>2466</v>
       </c>
       <c r="D268" t="s">
         <v>2467</v>
       </c>
       <c r="E268" t="s">
         <v>2468</v>
       </c>
       <c r="F268" t="s">
         <v>2469</v>
       </c>
       <c r="G268" t="s">
         <v>2470</v>
       </c>
       <c r="H268" t="s">
         <v>2471</v>
       </c>
       <c r="I268" t="s">
         <v>2472</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
         <v>25</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
         <v>27</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
         <v>2473</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5378</v>
+        <v>5375</v>
       </c>
       <c r="B269" t="s">
         <v>2474</v>
       </c>
       <c r="C269" t="s">
         <v>2475</v>
       </c>
       <c r="D269" t="s">
         <v>2476</v>
       </c>
       <c r="E269" t="s">
         <v>2477</v>
       </c>
       <c r="F269" t="s">
         <v>2478</v>
       </c>
       <c r="G269" t="s">
         <v>2479</v>
       </c>
       <c r="H269" t="s">
         <v>2480</v>
       </c>
       <c r="I269" t="s">
         <v>2481</v>
       </c>
       <c r="J269" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K269" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L269" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M269" t="s">
-        <v>27</v>
+        <v>275</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
         <v>2482</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5380</v>
+        <v>5377</v>
       </c>
       <c r="B270" t="s">
         <v>2483</v>
       </c>
       <c r="C270" t="s">
         <v>2484</v>
       </c>
       <c r="D270" t="s">
         <v>2485</v>
       </c>
       <c r="E270" t="s">
         <v>2486</v>
       </c>
       <c r="F270" t="s">
         <v>2487</v>
       </c>
       <c r="G270" t="s">
         <v>2488</v>
       </c>
       <c r="H270" t="s">
         <v>2489</v>
       </c>
       <c r="I270" t="s">
         <v>2490</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
         <v>25</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
         <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
         <v>2491</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5382</v>
+        <v>5378</v>
       </c>
       <c r="B271" t="s">
         <v>2492</v>
       </c>
       <c r="C271" t="s">
         <v>2493</v>
       </c>
       <c r="D271" t="s">
         <v>2494</v>
       </c>
       <c r="E271" t="s">
         <v>2495</v>
       </c>
       <c r="F271" t="s">
         <v>2496</v>
       </c>
       <c r="G271" t="s">
         <v>2497</v>
       </c>
       <c r="H271" t="s">
         <v>2498</v>
       </c>
       <c r="I271" t="s">
         <v>2499</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
         <v>2500</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5393</v>
+        <v>5380</v>
       </c>
       <c r="B272" t="s">
         <v>2501</v>
       </c>
       <c r="C272" t="s">
         <v>2502</v>
       </c>
       <c r="D272" t="s">
         <v>2503</v>
       </c>
       <c r="E272" t="s">
         <v>2504</v>
       </c>
       <c r="F272" t="s">
         <v>2505</v>
       </c>
       <c r="G272" t="s">
         <v>2506</v>
       </c>
       <c r="H272" t="s">
         <v>2507</v>
       </c>
       <c r="I272" t="s">
         <v>2508</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
         <v>25</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
         <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
         <v>2509</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5394</v>
+        <v>5382</v>
       </c>
       <c r="B273" t="s">
         <v>2510</v>
       </c>
       <c r="C273" t="s">
         <v>2511</v>
       </c>
       <c r="D273" t="s">
         <v>2512</v>
       </c>
       <c r="E273" t="s">
         <v>2513</v>
       </c>
       <c r="F273" t="s">
         <v>2514</v>
       </c>
       <c r="G273" t="s">
         <v>2515</v>
       </c>
       <c r="H273" t="s">
         <v>2516</v>
       </c>
       <c r="I273" t="s">
         <v>2517</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
         <v>2518</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5403</v>
+        <v>5393</v>
       </c>
       <c r="B274" t="s">
         <v>2519</v>
       </c>
       <c r="C274" t="s">
         <v>2520</v>
       </c>
       <c r="D274" t="s">
         <v>2521</v>
       </c>
       <c r="E274" t="s">
         <v>2522</v>
       </c>
       <c r="F274" t="s">
         <v>2523</v>
       </c>
       <c r="G274" t="s">
         <v>2524</v>
       </c>
       <c r="H274" t="s">
         <v>2525</v>
       </c>
       <c r="I274" t="s">
         <v>2526</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
+        <v>25</v>
+      </c>
+      <c r="L274" t="s">
+        <v>26</v>
+      </c>
+      <c r="M274" t="s">
+        <v>27</v>
+      </c>
+      <c r="N274" t="s">
+        <v>28</v>
+      </c>
+      <c r="O274" t="s">
         <v>2527</v>
-      </c>
-[...7 lines deleted...]
-        <v>2528</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5430</v>
+        <v>5394</v>
       </c>
       <c r="B275" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C275" t="s">
         <v>2529</v>
       </c>
-      <c r="C275" t="s">
+      <c r="D275" t="s">
         <v>2530</v>
       </c>
-      <c r="D275" t="s">
+      <c r="E275" t="s">
         <v>2531</v>
       </c>
-      <c r="E275" t="s">
+      <c r="F275" t="s">
         <v>2532</v>
       </c>
-      <c r="F275" t="s">
+      <c r="G275" t="s">
         <v>2533</v>
       </c>
-      <c r="G275" t="s">
+      <c r="H275" t="s">
         <v>2534</v>
       </c>
-      <c r="H275" t="s">
+      <c r="I275" t="s">
         <v>2535</v>
       </c>
-      <c r="I275" t="s">
+      <c r="J275" t="s">
+        <v>24</v>
+      </c>
+      <c r="K275" t="s">
+        <v>25</v>
+      </c>
+      <c r="L275" t="s">
+        <v>26</v>
+      </c>
+      <c r="M275" t="s">
+        <v>27</v>
+      </c>
+      <c r="N275" t="s">
+        <v>28</v>
+      </c>
+      <c r="O275" t="s">
         <v>2536</v>
-      </c>
-[...16 lines deleted...]
-        <v>2537</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5431</v>
+        <v>5403</v>
       </c>
       <c r="B276" t="s">
+        <v>2537</v>
+      </c>
+      <c r="C276" t="s">
         <v>2538</v>
       </c>
-      <c r="C276" t="s">
+      <c r="D276" t="s">
         <v>2539</v>
       </c>
-      <c r="D276" t="s">
+      <c r="E276" t="s">
         <v>2540</v>
       </c>
-      <c r="E276" t="s">
+      <c r="F276" t="s">
         <v>2541</v>
       </c>
-      <c r="F276" t="s">
+      <c r="G276" t="s">
         <v>2542</v>
       </c>
-      <c r="G276" t="s">
+      <c r="H276" t="s">
         <v>2543</v>
       </c>
-      <c r="H276" t="s">
+      <c r="I276" t="s">
         <v>2544</v>
       </c>
-      <c r="I276" t="s">
+      <c r="J276" t="s">
+        <v>24</v>
+      </c>
+      <c r="K276" t="s">
         <v>2545</v>
       </c>
-      <c r="J276" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L276" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>26</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
         <v>2546</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5433</v>
+        <v>5430</v>
       </c>
       <c r="B277" t="s">
         <v>2547</v>
       </c>
       <c r="C277" t="s">
         <v>2548</v>
       </c>
       <c r="D277" t="s">
         <v>2549</v>
       </c>
       <c r="E277" t="s">
         <v>2550</v>
       </c>
       <c r="F277" t="s">
         <v>2551</v>
       </c>
       <c r="G277" t="s">
         <v>2552</v>
       </c>
       <c r="H277" t="s">
         <v>2553</v>
       </c>
       <c r="I277" t="s">
         <v>2554</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
         <v>170</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
         <v>171</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
         <v>2555</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5435</v>
+        <v>5431</v>
       </c>
       <c r="B278" t="s">
         <v>2556</v>
       </c>
       <c r="C278" t="s">
         <v>2557</v>
       </c>
       <c r="D278" t="s">
         <v>2558</v>
       </c>
       <c r="E278" t="s">
         <v>2559</v>
       </c>
       <c r="F278" t="s">
         <v>2560</v>
       </c>
       <c r="G278" t="s">
         <v>2561</v>
       </c>
       <c r="H278" t="s">
         <v>2562</v>
       </c>
       <c r="I278" t="s">
         <v>2563</v>
       </c>
       <c r="J278" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K278" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L278" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M278" t="s">
-        <v>171</v>
+        <v>275</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
         <v>2564</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5436</v>
+        <v>5433</v>
       </c>
       <c r="B279" t="s">
         <v>2565</v>
       </c>
       <c r="C279" t="s">
         <v>2566</v>
       </c>
       <c r="D279" t="s">
         <v>2567</v>
       </c>
       <c r="E279" t="s">
         <v>2568</v>
       </c>
       <c r="F279" t="s">
         <v>2569</v>
       </c>
       <c r="G279" t="s">
         <v>2570</v>
       </c>
       <c r="H279" t="s">
         <v>2571</v>
       </c>
       <c r="I279" t="s">
         <v>2572</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
         <v>2573</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5437</v>
+        <v>5435</v>
       </c>
       <c r="B280" t="s">
         <v>2574</v>
       </c>
       <c r="C280" t="s">
         <v>2575</v>
       </c>
       <c r="D280" t="s">
         <v>2576</v>
       </c>
       <c r="E280" t="s">
         <v>2577</v>
       </c>
       <c r="F280" t="s">
         <v>2578</v>
       </c>
       <c r="G280" t="s">
         <v>2579</v>
       </c>
       <c r="H280" t="s">
         <v>2580</v>
       </c>
       <c r="I280" t="s">
         <v>2581</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
         <v>2582</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5439</v>
+        <v>5436</v>
       </c>
       <c r="B281" t="s">
         <v>2583</v>
       </c>
       <c r="C281" t="s">
         <v>2584</v>
       </c>
       <c r="D281" t="s">
         <v>2585</v>
       </c>
       <c r="E281" t="s">
         <v>2586</v>
       </c>
       <c r="F281" t="s">
         <v>2587</v>
       </c>
       <c r="G281" t="s">
         <v>2588</v>
       </c>
       <c r="H281" t="s">
         <v>2589</v>
       </c>
       <c r="I281" t="s">
         <v>2590</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
         <v>25</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
         <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
         <v>2591</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5449</v>
+        <v>5437</v>
       </c>
       <c r="B282" t="s">
         <v>2592</v>
       </c>
       <c r="C282" t="s">
         <v>2593</v>
       </c>
       <c r="D282" t="s">
         <v>2594</v>
       </c>
       <c r="E282" t="s">
         <v>2595</v>
       </c>
       <c r="F282" t="s">
         <v>2596</v>
       </c>
       <c r="G282" t="s">
         <v>2597</v>
       </c>
       <c r="H282" t="s">
         <v>2598</v>
       </c>
       <c r="I282" t="s">
         <v>2599</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
         <v>2600</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5456</v>
+        <v>5439</v>
       </c>
       <c r="B283" t="s">
         <v>2601</v>
       </c>
       <c r="C283" t="s">
         <v>2602</v>
       </c>
       <c r="D283" t="s">
         <v>2603</v>
       </c>
       <c r="E283" t="s">
         <v>2604</v>
       </c>
       <c r="F283" t="s">
         <v>2605</v>
       </c>
       <c r="G283" t="s">
         <v>2606</v>
       </c>
       <c r="H283" t="s">
         <v>2607</v>
       </c>
       <c r="I283" t="s">
         <v>2608</v>
       </c>
       <c r="J283" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>1476</v>
+        <v>25</v>
       </c>
       <c r="L283" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
         <v>2609</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5474</v>
+        <v>5449</v>
       </c>
       <c r="B284" t="s">
         <v>2610</v>
       </c>
       <c r="C284" t="s">
         <v>2611</v>
       </c>
       <c r="D284" t="s">
         <v>2612</v>
       </c>
       <c r="E284" t="s">
         <v>2613</v>
       </c>
       <c r="F284" t="s">
         <v>2614</v>
       </c>
       <c r="G284" t="s">
         <v>2615</v>
       </c>
       <c r="H284" t="s">
         <v>2616</v>
       </c>
       <c r="I284" t="s">
         <v>2617</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
         <v>2618</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5475</v>
+        <v>5456</v>
       </c>
       <c r="B285" t="s">
         <v>2619</v>
       </c>
       <c r="C285" t="s">
         <v>2620</v>
       </c>
       <c r="D285" t="s">
         <v>2621</v>
       </c>
       <c r="E285" t="s">
         <v>2622</v>
       </c>
       <c r="F285" t="s">
         <v>2623</v>
       </c>
       <c r="G285" t="s">
         <v>2624</v>
       </c>
       <c r="H285" t="s">
         <v>2625</v>
       </c>
       <c r="I285" t="s">
         <v>2626</v>
       </c>
       <c r="J285" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K285" t="s">
-        <v>170</v>
+        <v>1476</v>
       </c>
       <c r="L285" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M285" t="s">
-        <v>171</v>
+        <v>1478</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
         <v>2627</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5476</v>
+        <v>5470</v>
       </c>
       <c r="B286" t="s">
         <v>2628</v>
       </c>
       <c r="C286" t="s">
         <v>2629</v>
       </c>
       <c r="D286" t="s">
         <v>2630</v>
       </c>
       <c r="E286" t="s">
         <v>2631</v>
       </c>
       <c r="F286" t="s">
         <v>2632</v>
       </c>
       <c r="G286" t="s">
         <v>2633</v>
       </c>
       <c r="H286" t="s">
         <v>2634</v>
       </c>
       <c r="I286" t="s">
         <v>2635</v>
       </c>
       <c r="J286" t="s">
+        <v>24</v>
+      </c>
+      <c r="K286" t="s">
+        <v>170</v>
+      </c>
+      <c r="L286" t="s">
+        <v>26</v>
+      </c>
+      <c r="M286" t="s">
+        <v>171</v>
+      </c>
+      <c r="N286" t="s">
+        <v>28</v>
+      </c>
+      <c r="O286" t="s">
         <v>2636</v>
-      </c>
-[...13 lines deleted...]
-        <v>2638</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5478</v>
+        <v>5474</v>
       </c>
       <c r="B287" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C287" t="s">
+        <v>2638</v>
+      </c>
+      <c r="D287" t="s">
         <v>2639</v>
       </c>
-      <c r="C287" t="s">
+      <c r="E287" t="s">
         <v>2640</v>
       </c>
-      <c r="D287" t="s">
+      <c r="F287" t="s">
         <v>2641</v>
       </c>
-      <c r="E287" t="s">
+      <c r="G287" t="s">
         <v>2642</v>
       </c>
-      <c r="F287" t="s">
+      <c r="H287" t="s">
         <v>2643</v>
       </c>
-      <c r="G287" t="s">
+      <c r="I287" t="s">
         <v>2644</v>
-      </c>
-[...4 lines deleted...]
-        <v>2646</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2647</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5479</v>
+        <v>5475</v>
       </c>
       <c r="B288" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C288" t="s">
+        <v>2647</v>
+      </c>
+      <c r="D288" t="s">
         <v>2648</v>
       </c>
-      <c r="C288" t="s">
+      <c r="E288" t="s">
         <v>2649</v>
       </c>
-      <c r="D288" t="s">
+      <c r="F288" t="s">
         <v>2650</v>
       </c>
-      <c r="E288" t="s">
+      <c r="G288" t="s">
         <v>2651</v>
       </c>
-      <c r="F288" t="s">
+      <c r="H288" t="s">
         <v>2652</v>
       </c>
-      <c r="G288" t="s">
+      <c r="I288" t="s">
         <v>2653</v>
       </c>
-      <c r="H288" t="s">
+      <c r="J288" t="s">
+        <v>24</v>
+      </c>
+      <c r="K288" t="s">
+        <v>170</v>
+      </c>
+      <c r="L288" t="s">
+        <v>26</v>
+      </c>
+      <c r="M288" t="s">
+        <v>171</v>
+      </c>
+      <c r="N288" t="s">
+        <v>28</v>
+      </c>
+      <c r="O288" t="s">
         <v>2654</v>
-      </c>
-[...19 lines deleted...]
-        <v>2656</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5482</v>
+        <v>5476</v>
       </c>
       <c r="B289" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C289" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D289" t="s">
         <v>2657</v>
       </c>
-      <c r="C289" t="s">
+      <c r="E289" t="s">
         <v>2658</v>
       </c>
-      <c r="D289" t="s">
+      <c r="F289" t="s">
         <v>2659</v>
       </c>
-      <c r="E289" t="s">
+      <c r="G289" t="s">
         <v>2660</v>
       </c>
-      <c r="F289" t="s">
+      <c r="H289" t="s">
         <v>2661</v>
       </c>
-      <c r="G289" t="s">
+      <c r="I289" t="s">
         <v>2662</v>
       </c>
-      <c r="H289" t="s">
+      <c r="J289" t="s">
         <v>2663</v>
       </c>
-      <c r="I289" t="s">
+      <c r="K289" t="s">
+        <v>1228</v>
+      </c>
+      <c r="L289" t="s">
         <v>2664</v>
       </c>
-      <c r="J289" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M289" t="s">
-        <v>171</v>
+        <v>1229</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
         <v>2665</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5483</v>
+        <v>5478</v>
       </c>
       <c r="B290" t="s">
         <v>2666</v>
       </c>
       <c r="C290" t="s">
         <v>2667</v>
       </c>
       <c r="D290" t="s">
         <v>2668</v>
       </c>
       <c r="E290" t="s">
         <v>2669</v>
       </c>
       <c r="F290" t="s">
         <v>2670</v>
       </c>
       <c r="G290" t="s">
         <v>2671</v>
       </c>
       <c r="H290" t="s">
         <v>2672</v>
       </c>
       <c r="I290" t="s">
         <v>2673</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
         <v>2674</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5485</v>
+        <v>5479</v>
       </c>
       <c r="B291" t="s">
         <v>2675</v>
       </c>
       <c r="C291" t="s">
         <v>2676</v>
       </c>
       <c r="D291" t="s">
         <v>2677</v>
       </c>
       <c r="E291" t="s">
         <v>2678</v>
       </c>
       <c r="F291" t="s">
         <v>2679</v>
       </c>
       <c r="G291" t="s">
         <v>2680</v>
       </c>
       <c r="H291" t="s">
         <v>2681</v>
       </c>
       <c r="I291" t="s">
         <v>2682</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
+        <v>579</v>
+      </c>
+      <c r="L291" t="s">
+        <v>26</v>
+      </c>
+      <c r="M291" t="s">
+        <v>580</v>
+      </c>
+      <c r="N291" t="s">
+        <v>28</v>
+      </c>
+      <c r="O291" t="s">
         <v>2683</v>
-      </c>
-[...10 lines deleted...]
-        <v>2685</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5487</v>
+        <v>5482</v>
       </c>
       <c r="B292" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C292" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D292" t="s">
         <v>2686</v>
       </c>
-      <c r="C292" t="s">
+      <c r="E292" t="s">
         <v>2687</v>
       </c>
-      <c r="D292" t="s">
+      <c r="F292" t="s">
         <v>2688</v>
       </c>
-      <c r="E292" t="s">
+      <c r="G292" t="s">
         <v>2689</v>
       </c>
-      <c r="F292" t="s">
+      <c r="H292" t="s">
         <v>2690</v>
       </c>
-      <c r="G292" t="s">
+      <c r="I292" t="s">
         <v>2691</v>
       </c>
-      <c r="H292" t="s">
+      <c r="J292" t="s">
+        <v>24</v>
+      </c>
+      <c r="K292" t="s">
+        <v>170</v>
+      </c>
+      <c r="L292" t="s">
+        <v>26</v>
+      </c>
+      <c r="M292" t="s">
+        <v>171</v>
+      </c>
+      <c r="N292" t="s">
+        <v>28</v>
+      </c>
+      <c r="O292" t="s">
         <v>2692</v>
-      </c>
-[...16 lines deleted...]
-        <v>2695</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5488</v>
+        <v>5483</v>
       </c>
       <c r="B293" t="s">
+        <v>2693</v>
+      </c>
+      <c r="C293" t="s">
+        <v>2694</v>
+      </c>
+      <c r="D293" t="s">
+        <v>2695</v>
+      </c>
+      <c r="E293" t="s">
         <v>2696</v>
       </c>
-      <c r="C293" t="s">
+      <c r="F293" t="s">
         <v>2697</v>
       </c>
-      <c r="D293" t="s">
+      <c r="G293" t="s">
         <v>2698</v>
       </c>
-      <c r="E293" t="s">
+      <c r="H293" t="s">
         <v>2699</v>
       </c>
-      <c r="F293" t="s">
+      <c r="I293" t="s">
         <v>2700</v>
       </c>
-      <c r="G293" t="s">
+      <c r="J293" t="s">
+        <v>24</v>
+      </c>
+      <c r="K293" t="s">
+        <v>25</v>
+      </c>
+      <c r="L293" t="s">
+        <v>26</v>
+      </c>
+      <c r="M293" t="s">
+        <v>27</v>
+      </c>
+      <c r="N293" t="s">
+        <v>28</v>
+      </c>
+      <c r="O293" t="s">
         <v>2701</v>
-      </c>
-[...22 lines deleted...]
-        <v>2704</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5489</v>
+        <v>5485</v>
       </c>
       <c r="B294" t="s">
+        <v>2702</v>
+      </c>
+      <c r="C294" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D294" t="s">
+        <v>2704</v>
+      </c>
+      <c r="E294" t="s">
         <v>2705</v>
       </c>
-      <c r="C294" t="s">
+      <c r="F294" t="s">
         <v>2706</v>
       </c>
-      <c r="D294" t="s">
+      <c r="G294" t="s">
         <v>2707</v>
       </c>
-      <c r="E294" t="s">
+      <c r="H294" t="s">
         <v>2708</v>
       </c>
-      <c r="F294" t="s">
+      <c r="I294" t="s">
         <v>2709</v>
       </c>
-      <c r="G294" t="s">
+      <c r="J294" t="s">
+        <v>24</v>
+      </c>
+      <c r="K294" t="s">
         <v>2710</v>
       </c>
-      <c r="H294" t="s">
+      <c r="L294" t="s">
+        <v>26</v>
+      </c>
+      <c r="M294" t="s">
         <v>2711</v>
       </c>
-      <c r="I294" t="s">
+      <c r="N294" t="s">
+        <v>28</v>
+      </c>
+      <c r="O294" t="s">
         <v>2712</v>
-      </c>
-[...16 lines deleted...]
-        <v>2713</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5490</v>
+        <v>5487</v>
       </c>
       <c r="B295" t="s">
+        <v>2713</v>
+      </c>
+      <c r="C295" t="s">
         <v>2714</v>
       </c>
-      <c r="C295" t="s">
+      <c r="D295" t="s">
         <v>2715</v>
       </c>
-      <c r="D295" t="s">
+      <c r="E295" t="s">
         <v>2716</v>
       </c>
-      <c r="E295" t="s">
+      <c r="F295" t="s">
         <v>2717</v>
       </c>
-      <c r="F295" t="s">
+      <c r="G295" t="s">
         <v>2718</v>
       </c>
-      <c r="G295" t="s">
+      <c r="H295" t="s">
         <v>2719</v>
       </c>
-      <c r="H295" t="s">
+      <c r="I295" t="s">
         <v>2720</v>
       </c>
-      <c r="I295" t="s">
+      <c r="J295" t="s">
+        <v>24</v>
+      </c>
+      <c r="K295" t="s">
         <v>2721</v>
       </c>
-      <c r="J295" t="s">
-[...2 lines deleted...]
-      <c r="K295" t="s">
+      <c r="L295" t="s">
+        <v>26</v>
+      </c>
+      <c r="N295" t="s">
+        <v>28</v>
+      </c>
+      <c r="O295" t="s">
         <v>2722</v>
-      </c>
-[...7 lines deleted...]
-        <v>2723</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>5493</v>
+        <v>5488</v>
       </c>
       <c r="B296" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C296" t="s">
         <v>2724</v>
       </c>
-      <c r="C296" t="s">
+      <c r="D296" t="s">
         <v>2725</v>
       </c>
-      <c r="D296" t="s">
+      <c r="E296" t="s">
         <v>2726</v>
       </c>
-      <c r="E296" t="s">
+      <c r="F296" t="s">
         <v>2727</v>
       </c>
-      <c r="F296" t="s">
+      <c r="G296" t="s">
         <v>2728</v>
       </c>
-      <c r="G296" t="s">
+      <c r="H296" t="s">
         <v>2729</v>
       </c>
-      <c r="H296" t="s">
+      <c r="I296" t="s">
         <v>2730</v>
-      </c>
-[...1 lines deleted...]
-        <v>2731</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
         <v>170</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
         <v>171</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2732</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>5496</v>
+        <v>5489</v>
       </c>
       <c r="B297" t="s">
+        <v>2732</v>
+      </c>
+      <c r="C297" t="s">
         <v>2733</v>
       </c>
-      <c r="C297" t="s">
+      <c r="D297" t="s">
         <v>2734</v>
       </c>
-      <c r="D297" t="s">
+      <c r="E297" t="s">
         <v>2735</v>
       </c>
-      <c r="E297" t="s">
+      <c r="F297" t="s">
         <v>2736</v>
       </c>
-      <c r="F297" t="s">
+      <c r="G297" t="s">
         <v>2737</v>
       </c>
-      <c r="G297" t="s">
+      <c r="H297" t="s">
         <v>2738</v>
       </c>
-      <c r="H297" t="s">
+      <c r="I297" t="s">
         <v>2739</v>
       </c>
-      <c r="I297" t="s">
+      <c r="J297" t="s">
+        <v>24</v>
+      </c>
+      <c r="K297" t="s">
+        <v>1266</v>
+      </c>
+      <c r="L297" t="s">
+        <v>26</v>
+      </c>
+      <c r="M297" t="s">
+        <v>1267</v>
+      </c>
+      <c r="N297" t="s">
+        <v>28</v>
+      </c>
+      <c r="O297" t="s">
         <v>2740</v>
-      </c>
-[...16 lines deleted...]
-        <v>2741</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>5502</v>
+        <v>5490</v>
       </c>
       <c r="B298" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C298" t="s">
         <v>2742</v>
       </c>
-      <c r="C298" t="s">
+      <c r="D298" t="s">
         <v>2743</v>
       </c>
-      <c r="D298" t="s">
+      <c r="E298" t="s">
         <v>2744</v>
       </c>
-      <c r="E298" t="s">
+      <c r="F298" t="s">
         <v>2745</v>
       </c>
-      <c r="F298" t="s">
+      <c r="G298" t="s">
         <v>2746</v>
       </c>
-      <c r="G298" t="s">
+      <c r="H298" t="s">
         <v>2747</v>
       </c>
-      <c r="H298" t="s">
+      <c r="I298" t="s">
         <v>2748</v>
       </c>
-      <c r="I298" t="s">
+      <c r="J298" t="s">
+        <v>449</v>
+      </c>
+      <c r="K298" t="s">
         <v>2749</v>
       </c>
-      <c r="J298" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L298" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>451</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
         <v>2750</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>5503</v>
+        <v>5493</v>
       </c>
       <c r="B299" t="s">
         <v>2751</v>
       </c>
       <c r="C299" t="s">
         <v>2752</v>
       </c>
       <c r="D299" t="s">
         <v>2753</v>
       </c>
       <c r="E299" t="s">
         <v>2754</v>
       </c>
       <c r="F299" t="s">
         <v>2755</v>
       </c>
       <c r="G299" t="s">
         <v>2756</v>
       </c>
       <c r="H299" t="s">
         <v>2757</v>
       </c>
       <c r="I299" t="s">
         <v>2758</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
         <v>2759</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>5504</v>
+        <v>5495</v>
       </c>
       <c r="B300" t="s">
         <v>2760</v>
       </c>
       <c r="C300" t="s">
         <v>2761</v>
       </c>
       <c r="D300" t="s">
         <v>2762</v>
       </c>
       <c r="E300" t="s">
         <v>2763</v>
       </c>
       <c r="F300" t="s">
         <v>2764</v>
       </c>
       <c r="G300" t="s">
         <v>2765</v>
       </c>
       <c r="H300" t="s">
         <v>2766</v>
       </c>
       <c r="I300" t="s">
         <v>2767</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
         <v>2768</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>5507</v>
+        <v>5496</v>
       </c>
       <c r="B301" t="s">
         <v>2769</v>
       </c>
       <c r="C301" t="s">
         <v>2770</v>
       </c>
       <c r="D301" t="s">
         <v>2771</v>
       </c>
       <c r="E301" t="s">
         <v>2772</v>
       </c>
       <c r="F301" t="s">
         <v>2773</v>
       </c>
       <c r="G301" t="s">
         <v>2774</v>
       </c>
       <c r="H301" t="s">
         <v>2775</v>
       </c>
       <c r="I301" t="s">
         <v>2776</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>27</v>
+        <v>275</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
         <v>2777</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>5509</v>
+        <v>5499</v>
       </c>
       <c r="B302" t="s">
         <v>2778</v>
       </c>
       <c r="C302" t="s">
         <v>2779</v>
       </c>
       <c r="D302" t="s">
         <v>2780</v>
       </c>
       <c r="E302" t="s">
         <v>2781</v>
       </c>
       <c r="F302" t="s">
         <v>2782</v>
       </c>
       <c r="G302" t="s">
         <v>2783</v>
       </c>
       <c r="H302" t="s">
         <v>2784</v>
       </c>
       <c r="I302" t="s">
         <v>2785</v>
       </c>
       <c r="J302" t="s">
         <v>449</v>
       </c>
       <c r="K302" t="s">
-        <v>1228</v>
+        <v>2786</v>
       </c>
       <c r="L302" t="s">
         <v>451</v>
       </c>
       <c r="M302" t="s">
-        <v>1229</v>
+        <v>2787</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2786</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>5512</v>
+        <v>5502</v>
       </c>
       <c r="B303" t="s">
-        <v>2787</v>
+        <v>2789</v>
       </c>
       <c r="C303" t="s">
-        <v>2788</v>
+        <v>2790</v>
       </c>
       <c r="D303" t="s">
-        <v>2789</v>
+        <v>2791</v>
       </c>
       <c r="E303" t="s">
-        <v>2790</v>
+        <v>2792</v>
       </c>
       <c r="F303" t="s">
-        <v>2791</v>
+        <v>2793</v>
       </c>
       <c r="G303" t="s">
-        <v>2792</v>
+        <v>2794</v>
       </c>
       <c r="H303" t="s">
-        <v>2793</v>
+        <v>2795</v>
       </c>
       <c r="I303" t="s">
-        <v>2794</v>
+        <v>2796</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2795</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>5514</v>
+        <v>5503</v>
       </c>
       <c r="B304" t="s">
-        <v>2796</v>
+        <v>2798</v>
       </c>
       <c r="C304" t="s">
-        <v>2797</v>
+        <v>2799</v>
       </c>
       <c r="D304" t="s">
-        <v>2798</v>
+        <v>2800</v>
       </c>
       <c r="E304" t="s">
-        <v>2799</v>
+        <v>2801</v>
       </c>
       <c r="F304" t="s">
-        <v>2800</v>
+        <v>2802</v>
       </c>
       <c r="G304" t="s">
-        <v>2801</v>
+        <v>2803</v>
       </c>
       <c r="H304" t="s">
-        <v>2802</v>
+        <v>2804</v>
       </c>
       <c r="I304" t="s">
-        <v>2803</v>
+        <v>2805</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2804</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>5516</v>
+        <v>5504</v>
       </c>
       <c r="B305" t="s">
-        <v>2805</v>
+        <v>2807</v>
       </c>
       <c r="C305" t="s">
-        <v>2806</v>
+        <v>2808</v>
       </c>
       <c r="D305" t="s">
-        <v>2807</v>
+        <v>2809</v>
       </c>
       <c r="E305" t="s">
-        <v>2808</v>
+        <v>2810</v>
       </c>
       <c r="F305" t="s">
-        <v>2809</v>
+        <v>2811</v>
       </c>
       <c r="G305" t="s">
-        <v>2810</v>
+        <v>2812</v>
       </c>
       <c r="H305" t="s">
-        <v>2811</v>
+        <v>2813</v>
       </c>
       <c r="I305" t="s">
-        <v>2812</v>
+        <v>2814</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
         <v>25</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
         <v>27</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2813</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>5517</v>
+        <v>5507</v>
       </c>
       <c r="B306" t="s">
-        <v>2814</v>
+        <v>2816</v>
       </c>
       <c r="C306" t="s">
-        <v>2815</v>
+        <v>2817</v>
       </c>
       <c r="D306" t="s">
-        <v>2816</v>
+        <v>2818</v>
       </c>
       <c r="E306" t="s">
-        <v>2817</v>
+        <v>2819</v>
       </c>
       <c r="F306" t="s">
-        <v>2818</v>
+        <v>2820</v>
       </c>
       <c r="G306" t="s">
-        <v>2819</v>
+        <v>2821</v>
       </c>
       <c r="H306" t="s">
-        <v>2820</v>
+        <v>2822</v>
       </c>
       <c r="I306" t="s">
-        <v>2821</v>
+        <v>2823</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
         <v>25</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
         <v>27</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2822</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>5518</v>
+        <v>5509</v>
       </c>
       <c r="B307" t="s">
-        <v>2823</v>
+        <v>2825</v>
       </c>
       <c r="C307" t="s">
-        <v>2824</v>
+        <v>2826</v>
       </c>
       <c r="D307" t="s">
-        <v>2825</v>
+        <v>2827</v>
       </c>
       <c r="E307" t="s">
-        <v>2826</v>
+        <v>2828</v>
       </c>
       <c r="F307" t="s">
-        <v>2827</v>
+        <v>2829</v>
       </c>
       <c r="G307" t="s">
-        <v>2828</v>
+        <v>2830</v>
       </c>
       <c r="H307" t="s">
-        <v>2829</v>
+        <v>2831</v>
       </c>
       <c r="I307" t="s">
-        <v>2830</v>
+        <v>2832</v>
       </c>
       <c r="J307" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K307" t="s">
-        <v>25</v>
+        <v>1228</v>
       </c>
       <c r="L307" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M307" t="s">
-        <v>27</v>
+        <v>1229</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2831</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>5520</v>
+        <v>5511</v>
       </c>
       <c r="B308" t="s">
-        <v>2832</v>
+        <v>2834</v>
       </c>
       <c r="C308" t="s">
-        <v>2833</v>
+        <v>2835</v>
       </c>
       <c r="D308" t="s">
-        <v>2834</v>
+        <v>2836</v>
       </c>
       <c r="E308" t="s">
-        <v>2835</v>
+        <v>2837</v>
       </c>
       <c r="F308" t="s">
-        <v>2836</v>
+        <v>2838</v>
       </c>
       <c r="G308" t="s">
-        <v>2837</v>
+        <v>2839</v>
       </c>
       <c r="H308" t="s">
-        <v>2838</v>
+        <v>2840</v>
       </c>
       <c r="I308" t="s">
-        <v>2839</v>
+        <v>2841</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>1228</v>
+        <v>2842</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
-      <c r="M308" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2840</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>5545</v>
+        <v>5512</v>
       </c>
       <c r="B309" t="s">
-        <v>2841</v>
+        <v>2844</v>
       </c>
       <c r="C309" t="s">
-        <v>2842</v>
+        <v>2845</v>
       </c>
       <c r="D309" t="s">
-        <v>2843</v>
+        <v>2846</v>
       </c>
       <c r="E309" t="s">
-        <v>2844</v>
+        <v>2847</v>
       </c>
       <c r="F309" t="s">
-        <v>2845</v>
+        <v>2848</v>
       </c>
       <c r="G309" t="s">
-        <v>2846</v>
+        <v>2849</v>
       </c>
       <c r="H309" t="s">
-        <v>2847</v>
+        <v>2850</v>
       </c>
       <c r="I309" t="s">
-        <v>2848</v>
+        <v>2851</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
         <v>170</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
         <v>171</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2849</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>5657</v>
+        <v>5514</v>
       </c>
       <c r="B310" t="s">
-        <v>2850</v>
+        <v>2853</v>
       </c>
       <c r="C310" t="s">
-        <v>2851</v>
+        <v>2854</v>
       </c>
       <c r="D310" t="s">
-        <v>2852</v>
+        <v>2855</v>
       </c>
       <c r="E310" t="s">
-        <v>2853</v>
+        <v>2856</v>
       </c>
       <c r="F310" t="s">
-        <v>2854</v>
+        <v>2857</v>
       </c>
       <c r="G310" t="s">
-        <v>2855</v>
+        <v>2858</v>
       </c>
       <c r="H310" t="s">
-        <v>2856</v>
+        <v>2859</v>
       </c>
       <c r="I310" t="s">
-        <v>2857</v>
+        <v>2860</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2858</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>5733</v>
+        <v>5516</v>
       </c>
       <c r="B311" t="s">
-        <v>2859</v>
+        <v>2862</v>
       </c>
       <c r="C311" t="s">
-        <v>2860</v>
+        <v>2863</v>
       </c>
       <c r="D311" t="s">
-        <v>2861</v>
+        <v>2864</v>
       </c>
       <c r="E311" t="s">
-        <v>2862</v>
+        <v>2865</v>
       </c>
       <c r="F311" t="s">
-        <v>2863</v>
+        <v>2866</v>
       </c>
       <c r="G311" t="s">
-        <v>2864</v>
+        <v>2867</v>
       </c>
       <c r="H311" t="s">
-        <v>2865</v>
+        <v>2868</v>
       </c>
       <c r="I311" t="s">
-        <v>2866</v>
+        <v>2869</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2867</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>5787</v>
+        <v>5517</v>
       </c>
       <c r="B312" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
       <c r="C312" t="s">
-        <v>2869</v>
+        <v>2872</v>
       </c>
       <c r="D312" t="s">
-        <v>2870</v>
+        <v>2873</v>
       </c>
       <c r="E312" t="s">
-        <v>2871</v>
+        <v>2874</v>
       </c>
       <c r="F312" t="s">
-        <v>2872</v>
+        <v>2875</v>
       </c>
       <c r="G312" t="s">
-        <v>2873</v>
+        <v>2876</v>
       </c>
       <c r="H312" t="s">
-        <v>2874</v>
+        <v>2877</v>
       </c>
       <c r="I312" t="s">
-        <v>2875</v>
+        <v>2878</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2876</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>5792</v>
+        <v>5518</v>
       </c>
       <c r="B313" t="s">
-        <v>2877</v>
+        <v>2880</v>
       </c>
       <c r="C313" t="s">
-        <v>2878</v>
+        <v>2881</v>
       </c>
       <c r="D313" t="s">
-        <v>2879</v>
+        <v>2882</v>
       </c>
       <c r="E313" t="s">
-        <v>2880</v>
+        <v>2883</v>
       </c>
       <c r="F313" t="s">
-        <v>2881</v>
+        <v>2884</v>
       </c>
       <c r="G313" t="s">
-        <v>2882</v>
+        <v>2885</v>
       </c>
       <c r="H313" t="s">
-        <v>2883</v>
+        <v>2886</v>
       </c>
       <c r="I313" t="s">
-        <v>2884</v>
+        <v>2887</v>
       </c>
       <c r="J313" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>450</v>
+        <v>25</v>
       </c>
       <c r="L313" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>452</v>
+        <v>27</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2885</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>5794</v>
+        <v>5520</v>
       </c>
       <c r="B314" t="s">
-        <v>2886</v>
+        <v>2889</v>
       </c>
       <c r="C314" t="s">
-        <v>2887</v>
+        <v>2890</v>
       </c>
       <c r="D314" t="s">
-        <v>2888</v>
+        <v>2891</v>
       </c>
       <c r="E314" t="s">
-        <v>2889</v>
+        <v>2892</v>
       </c>
       <c r="F314" t="s">
-        <v>2890</v>
+        <v>2893</v>
       </c>
       <c r="G314" t="s">
-        <v>2891</v>
+        <v>2894</v>
       </c>
       <c r="H314" t="s">
-        <v>2892</v>
+        <v>2895</v>
       </c>
       <c r="I314" t="s">
-        <v>2893</v>
+        <v>2896</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>170</v>
+        <v>1228</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>171</v>
+        <v>1229</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2894</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>5795</v>
+        <v>5545</v>
       </c>
       <c r="B315" t="s">
-        <v>2895</v>
+        <v>2898</v>
       </c>
       <c r="C315" t="s">
-        <v>2896</v>
+        <v>2899</v>
       </c>
       <c r="D315" t="s">
-        <v>2897</v>
+        <v>2900</v>
       </c>
       <c r="E315" t="s">
-        <v>2898</v>
+        <v>2901</v>
       </c>
       <c r="F315" t="s">
-        <v>2899</v>
+        <v>2902</v>
       </c>
       <c r="G315" t="s">
-        <v>2900</v>
+        <v>2903</v>
       </c>
       <c r="H315" t="s">
-        <v>2901</v>
+        <v>2904</v>
       </c>
       <c r="I315" t="s">
-        <v>2902</v>
+        <v>2905</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2903</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>5796</v>
+        <v>5657</v>
       </c>
       <c r="B316" t="s">
-        <v>2904</v>
+        <v>2907</v>
       </c>
       <c r="C316" t="s">
-        <v>2905</v>
+        <v>2908</v>
       </c>
       <c r="D316" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="E316" t="s">
-        <v>2907</v>
+        <v>2910</v>
       </c>
       <c r="F316" t="s">
-        <v>2908</v>
+        <v>2911</v>
       </c>
       <c r="G316" t="s">
-        <v>2909</v>
+        <v>2912</v>
       </c>
       <c r="H316" t="s">
-        <v>2910</v>
+        <v>2913</v>
       </c>
       <c r="I316" t="s">
-        <v>2911</v>
+        <v>2914</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2912</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>5798</v>
+        <v>5733</v>
       </c>
       <c r="B317" t="s">
-        <v>2913</v>
+        <v>2916</v>
       </c>
       <c r="C317" t="s">
-        <v>2914</v>
+        <v>2917</v>
       </c>
       <c r="D317" t="s">
-        <v>2915</v>
+        <v>2918</v>
       </c>
       <c r="E317" t="s">
-        <v>2916</v>
+        <v>2919</v>
       </c>
       <c r="F317" t="s">
-        <v>2917</v>
+        <v>2920</v>
       </c>
       <c r="G317" t="s">
-        <v>2918</v>
+        <v>2921</v>
       </c>
       <c r="H317" t="s">
-        <v>2919</v>
+        <v>2922</v>
       </c>
       <c r="I317" t="s">
-        <v>2920</v>
+        <v>2923</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2921</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>5799</v>
+        <v>5787</v>
       </c>
       <c r="B318" t="s">
-        <v>2922</v>
+        <v>2925</v>
       </c>
       <c r="C318" t="s">
-        <v>2923</v>
+        <v>2926</v>
       </c>
       <c r="D318" t="s">
-        <v>2924</v>
+        <v>2927</v>
       </c>
       <c r="E318" t="s">
-        <v>2925</v>
+        <v>2928</v>
       </c>
       <c r="F318" t="s">
-        <v>2926</v>
+        <v>2929</v>
       </c>
       <c r="G318" t="s">
-        <v>2927</v>
+        <v>2930</v>
       </c>
       <c r="H318" t="s">
-        <v>2928</v>
+        <v>2931</v>
       </c>
       <c r="I318" t="s">
-        <v>2929</v>
+        <v>2932</v>
       </c>
       <c r="J318" t="s">
-        <v>1976</v>
+        <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>904</v>
+        <v>170</v>
       </c>
       <c r="L318" t="s">
-        <v>1978</v>
+        <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>905</v>
+        <v>171</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2930</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>5803</v>
+        <v>5792</v>
       </c>
       <c r="B319" t="s">
-        <v>2931</v>
+        <v>2934</v>
       </c>
       <c r="C319" t="s">
-        <v>2932</v>
+        <v>2935</v>
       </c>
       <c r="D319" t="s">
-        <v>2933</v>
+        <v>2936</v>
       </c>
       <c r="E319" t="s">
-        <v>2934</v>
+        <v>2937</v>
       </c>
       <c r="F319" t="s">
-        <v>2935</v>
+        <v>2938</v>
       </c>
       <c r="G319" t="s">
-        <v>2936</v>
+        <v>2939</v>
       </c>
       <c r="H319" t="s">
-        <v>2937</v>
+        <v>2940</v>
       </c>
       <c r="I319" t="s">
-        <v>2938</v>
+        <v>2941</v>
       </c>
       <c r="J319" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K319" t="s">
-        <v>25</v>
+        <v>450</v>
       </c>
       <c r="L319" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M319" t="s">
-        <v>27</v>
+        <v>452</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2939</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>5805</v>
+        <v>5794</v>
       </c>
       <c r="B320" t="s">
-        <v>2940</v>
+        <v>2943</v>
       </c>
       <c r="C320" t="s">
-        <v>2941</v>
+        <v>2944</v>
       </c>
       <c r="D320" t="s">
-        <v>2942</v>
+        <v>2945</v>
       </c>
       <c r="E320" t="s">
-        <v>2943</v>
+        <v>2946</v>
       </c>
       <c r="F320" t="s">
-        <v>2944</v>
+        <v>2947</v>
       </c>
       <c r="G320" t="s">
-        <v>2945</v>
+        <v>2948</v>
       </c>
       <c r="H320" t="s">
-        <v>2946</v>
+        <v>2949</v>
       </c>
       <c r="I320" t="s">
-        <v>2947</v>
+        <v>2950</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2948</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>5808</v>
+        <v>5795</v>
       </c>
       <c r="B321" t="s">
-        <v>2949</v>
+        <v>2952</v>
       </c>
       <c r="C321" t="s">
-        <v>2950</v>
+        <v>2953</v>
       </c>
       <c r="D321" t="s">
-        <v>2951</v>
+        <v>2954</v>
       </c>
       <c r="E321" t="s">
-        <v>2952</v>
+        <v>2955</v>
       </c>
       <c r="F321" t="s">
-        <v>2953</v>
+        <v>2956</v>
       </c>
       <c r="G321" t="s">
-        <v>2954</v>
+        <v>2957</v>
       </c>
       <c r="H321" t="s">
-        <v>2955</v>
+        <v>2958</v>
       </c>
       <c r="I321" t="s">
-        <v>2956</v>
+        <v>2959</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2957</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>5811</v>
+        <v>5796</v>
       </c>
       <c r="B322" t="s">
-        <v>2958</v>
+        <v>2961</v>
       </c>
       <c r="C322" t="s">
-        <v>2959</v>
+        <v>2962</v>
       </c>
       <c r="D322" t="s">
-        <v>2960</v>
+        <v>2963</v>
       </c>
       <c r="E322" t="s">
-        <v>2961</v>
+        <v>2964</v>
       </c>
       <c r="F322" t="s">
-        <v>2962</v>
+        <v>2965</v>
       </c>
       <c r="G322" t="s">
-        <v>2963</v>
+        <v>2966</v>
       </c>
       <c r="H322" t="s">
-        <v>2964</v>
+        <v>2967</v>
       </c>
       <c r="I322" t="s">
-        <v>2965</v>
+        <v>2968</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2966</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>5819</v>
+        <v>5798</v>
       </c>
       <c r="B323" t="s">
-        <v>2967</v>
+        <v>2970</v>
       </c>
       <c r="C323" t="s">
-        <v>2968</v>
+        <v>2971</v>
       </c>
       <c r="D323" t="s">
-        <v>2969</v>
+        <v>2972</v>
       </c>
       <c r="E323" t="s">
-        <v>2970</v>
+        <v>2973</v>
       </c>
       <c r="F323" t="s">
-        <v>2971</v>
+        <v>2974</v>
       </c>
       <c r="G323" t="s">
-        <v>2972</v>
+        <v>2975</v>
       </c>
       <c r="H323" t="s">
-        <v>2973</v>
+        <v>2976</v>
       </c>
       <c r="I323" t="s">
-        <v>2974</v>
+        <v>2977</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2975</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>5830</v>
+        <v>5799</v>
       </c>
       <c r="B324" t="s">
-        <v>2976</v>
+        <v>2979</v>
       </c>
       <c r="C324" t="s">
-        <v>2977</v>
+        <v>2980</v>
       </c>
       <c r="D324" t="s">
-        <v>2978</v>
+        <v>2981</v>
       </c>
       <c r="E324" t="s">
-        <v>2979</v>
+        <v>2982</v>
       </c>
       <c r="F324" t="s">
-        <v>2980</v>
+        <v>2983</v>
       </c>
       <c r="G324" t="s">
-        <v>2981</v>
+        <v>2984</v>
       </c>
       <c r="H324" t="s">
-        <v>2982</v>
+        <v>2985</v>
       </c>
       <c r="I324" t="s">
-        <v>2983</v>
+        <v>2986</v>
       </c>
       <c r="J324" t="s">
-        <v>24</v>
+        <v>1994</v>
       </c>
       <c r="K324" t="s">
-        <v>25</v>
+        <v>904</v>
       </c>
       <c r="L324" t="s">
-        <v>26</v>
+        <v>1996</v>
       </c>
       <c r="M324" t="s">
-        <v>27</v>
+        <v>905</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2984</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>5863</v>
+        <v>5803</v>
       </c>
       <c r="B325" t="s">
-        <v>2985</v>
+        <v>2988</v>
       </c>
       <c r="C325" t="s">
-        <v>2986</v>
+        <v>2989</v>
       </c>
       <c r="D325" t="s">
-        <v>2987</v>
+        <v>2990</v>
       </c>
       <c r="E325" t="s">
-        <v>2988</v>
+        <v>2991</v>
       </c>
       <c r="F325" t="s">
-        <v>2989</v>
+        <v>2992</v>
       </c>
       <c r="G325" t="s">
-        <v>2990</v>
+        <v>2993</v>
       </c>
       <c r="H325" t="s">
-        <v>2991</v>
+        <v>2994</v>
       </c>
       <c r="I325" t="s">
-        <v>2992</v>
+        <v>2995</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
         <v>25</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
         <v>27</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>2993</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>5866</v>
+        <v>5805</v>
       </c>
       <c r="B326" t="s">
-        <v>2994</v>
+        <v>2997</v>
       </c>
       <c r="C326" t="s">
-        <v>2995</v>
+        <v>2998</v>
       </c>
       <c r="D326" t="s">
-        <v>2996</v>
+        <v>2999</v>
       </c>
       <c r="E326" t="s">
-        <v>2997</v>
+        <v>3000</v>
       </c>
       <c r="F326" t="s">
-        <v>2998</v>
+        <v>3001</v>
       </c>
       <c r="G326" t="s">
-        <v>2999</v>
+        <v>3002</v>
       </c>
       <c r="H326" t="s">
-        <v>3000</v>
+        <v>3003</v>
       </c>
       <c r="I326" t="s">
-        <v>3001</v>
+        <v>3004</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
         <v>25</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
         <v>27</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3002</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>5888</v>
+        <v>5808</v>
       </c>
       <c r="B327" t="s">
-        <v>3003</v>
+        <v>3006</v>
       </c>
       <c r="C327" t="s">
-        <v>3004</v>
+        <v>3007</v>
       </c>
       <c r="D327" t="s">
-        <v>3005</v>
+        <v>3008</v>
       </c>
       <c r="E327" t="s">
-        <v>3006</v>
+        <v>3009</v>
       </c>
       <c r="F327" t="s">
-        <v>3007</v>
+        <v>3010</v>
       </c>
       <c r="G327" t="s">
-        <v>3008</v>
+        <v>3011</v>
       </c>
       <c r="H327" t="s">
-        <v>3009</v>
+        <v>3012</v>
       </c>
       <c r="I327" t="s">
-        <v>3010</v>
+        <v>3013</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
         <v>25</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
         <v>27</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3011</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>5889</v>
+        <v>5811</v>
       </c>
       <c r="B328" t="s">
-        <v>3012</v>
+        <v>3015</v>
       </c>
       <c r="C328" t="s">
-        <v>3013</v>
+        <v>3016</v>
       </c>
       <c r="D328" t="s">
-        <v>3014</v>
+        <v>3017</v>
       </c>
       <c r="E328" t="s">
-        <v>3015</v>
+        <v>3018</v>
       </c>
       <c r="F328" t="s">
-        <v>3016</v>
+        <v>3019</v>
       </c>
       <c r="G328" t="s">
-        <v>3017</v>
+        <v>3020</v>
       </c>
       <c r="H328" t="s">
-        <v>3018</v>
+        <v>3021</v>
       </c>
       <c r="I328" t="s">
-        <v>3019</v>
+        <v>3022</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
         <v>25</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
         <v>27</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3020</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>5907</v>
+        <v>5819</v>
       </c>
       <c r="B329" t="s">
-        <v>3021</v>
+        <v>3024</v>
       </c>
       <c r="C329" t="s">
-        <v>3022</v>
+        <v>3025</v>
       </c>
       <c r="D329" t="s">
-        <v>3023</v>
+        <v>3026</v>
       </c>
       <c r="E329" t="s">
-        <v>3024</v>
+        <v>3027</v>
       </c>
       <c r="F329" t="s">
-        <v>3025</v>
+        <v>3028</v>
       </c>
       <c r="G329" t="s">
-        <v>3026</v>
+        <v>3029</v>
       </c>
       <c r="H329" t="s">
-        <v>3027</v>
+        <v>3030</v>
       </c>
       <c r="I329" t="s">
-        <v>3028</v>
+        <v>3031</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
         <v>25</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
         <v>27</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3029</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>5913</v>
+        <v>5830</v>
       </c>
       <c r="B330" t="s">
-        <v>3030</v>
+        <v>3033</v>
       </c>
       <c r="C330" t="s">
-        <v>3031</v>
+        <v>3034</v>
       </c>
       <c r="D330" t="s">
-        <v>3032</v>
+        <v>3035</v>
       </c>
       <c r="E330" t="s">
-        <v>3033</v>
+        <v>3036</v>
       </c>
       <c r="F330" t="s">
-        <v>3034</v>
+        <v>3037</v>
       </c>
       <c r="G330" t="s">
-        <v>3035</v>
+        <v>3038</v>
       </c>
       <c r="H330" t="s">
-        <v>3036</v>
+        <v>3039</v>
       </c>
       <c r="I330" t="s">
-        <v>3037</v>
+        <v>3040</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3038</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>5915</v>
+        <v>5863</v>
       </c>
       <c r="B331" t="s">
-        <v>3039</v>
+        <v>3042</v>
       </c>
       <c r="C331" t="s">
-        <v>3040</v>
+        <v>3043</v>
       </c>
       <c r="D331" t="s">
-        <v>3041</v>
+        <v>3044</v>
       </c>
       <c r="E331" t="s">
-        <v>3042</v>
+        <v>3045</v>
       </c>
       <c r="F331" t="s">
-        <v>3043</v>
+        <v>3046</v>
       </c>
       <c r="G331" t="s">
-        <v>3044</v>
+        <v>3047</v>
       </c>
       <c r="H331" t="s">
-        <v>3045</v>
+        <v>3048</v>
       </c>
       <c r="I331" t="s">
-        <v>3046</v>
+        <v>3049</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3047</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>5927</v>
+        <v>5866</v>
       </c>
       <c r="B332" t="s">
-        <v>3048</v>
+        <v>3051</v>
       </c>
       <c r="C332" t="s">
-        <v>3049</v>
+        <v>3052</v>
       </c>
       <c r="D332" t="s">
-        <v>3050</v>
+        <v>3053</v>
       </c>
       <c r="E332" t="s">
-        <v>3051</v>
+        <v>3054</v>
       </c>
       <c r="F332" t="s">
-        <v>3052</v>
+        <v>3055</v>
       </c>
       <c r="G332" t="s">
-        <v>3053</v>
+        <v>3056</v>
       </c>
       <c r="H332" t="s">
-        <v>3054</v>
+        <v>3057</v>
       </c>
       <c r="I332" t="s">
-        <v>3055</v>
+        <v>3058</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3056</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>5928</v>
+        <v>5886</v>
       </c>
       <c r="B333" t="s">
-        <v>3057</v>
+        <v>3060</v>
       </c>
       <c r="C333" t="s">
-        <v>3058</v>
+        <v>3061</v>
       </c>
       <c r="D333" t="s">
-        <v>3059</v>
+        <v>3062</v>
       </c>
       <c r="E333" t="s">
-        <v>3060</v>
+        <v>3063</v>
       </c>
       <c r="F333" t="s">
-        <v>3061</v>
+        <v>3064</v>
       </c>
       <c r="G333" t="s">
-        <v>3062</v>
+        <v>3065</v>
       </c>
       <c r="H333" t="s">
-        <v>3063</v>
+        <v>3066</v>
       </c>
       <c r="I333" t="s">
-        <v>3064</v>
+        <v>3067</v>
       </c>
       <c r="J333" t="s">
-        <v>3065</v>
+        <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>3066</v>
+        <v>904</v>
       </c>
       <c r="L333" t="s">
-        <v>3067</v>
+        <v>26</v>
       </c>
       <c r="M333" t="s">
+        <v>905</v>
+      </c>
+      <c r="N333" t="s">
+        <v>28</v>
+      </c>
+      <c r="O333" t="s">
         <v>3068</v>
-      </c>
-[...4 lines deleted...]
-        <v>3069</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>5931</v>
+        <v>5888</v>
       </c>
       <c r="B334" t="s">
+        <v>3069</v>
+      </c>
+      <c r="C334" t="s">
         <v>3070</v>
       </c>
-      <c r="C334" t="s">
+      <c r="D334" t="s">
         <v>3071</v>
       </c>
-      <c r="D334" t="s">
+      <c r="E334" t="s">
         <v>3072</v>
       </c>
-      <c r="E334" t="s">
+      <c r="F334" t="s">
         <v>3073</v>
       </c>
-      <c r="F334" t="s">
+      <c r="G334" t="s">
         <v>3074</v>
       </c>
-      <c r="G334" t="s">
+      <c r="H334" t="s">
         <v>3075</v>
       </c>
-      <c r="H334" t="s">
+      <c r="I334" t="s">
         <v>3076</v>
-      </c>
-[...1 lines deleted...]
-        <v>3077</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
         <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
         <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3078</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>5932</v>
+        <v>5889</v>
       </c>
       <c r="B335" t="s">
+        <v>3078</v>
+      </c>
+      <c r="C335" t="s">
         <v>3079</v>
       </c>
-      <c r="C335" t="s">
+      <c r="D335" t="s">
         <v>3080</v>
       </c>
-      <c r="D335" t="s">
+      <c r="E335" t="s">
         <v>3081</v>
       </c>
-      <c r="E335" t="s">
+      <c r="F335" t="s">
         <v>3082</v>
       </c>
-      <c r="F335" t="s">
+      <c r="G335" t="s">
         <v>3083</v>
       </c>
-      <c r="G335" t="s">
+      <c r="H335" t="s">
         <v>3084</v>
       </c>
-      <c r="H335" t="s">
+      <c r="I335" t="s">
         <v>3085</v>
       </c>
-      <c r="I335" t="s">
+      <c r="J335" t="s">
+        <v>24</v>
+      </c>
+      <c r="K335" t="s">
+        <v>25</v>
+      </c>
+      <c r="L335" t="s">
+        <v>26</v>
+      </c>
+      <c r="M335" t="s">
+        <v>27</v>
+      </c>
+      <c r="N335" t="s">
+        <v>28</v>
+      </c>
+      <c r="O335" t="s">
         <v>3086</v>
-      </c>
-[...16 lines deleted...]
-        <v>3087</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>5934</v>
+        <v>5907</v>
       </c>
       <c r="B336" t="s">
+        <v>3087</v>
+      </c>
+      <c r="C336" t="s">
         <v>3088</v>
       </c>
-      <c r="C336" t="s">
+      <c r="D336" t="s">
         <v>3089</v>
       </c>
-      <c r="D336" t="s">
+      <c r="E336" t="s">
         <v>3090</v>
       </c>
-      <c r="E336" t="s">
+      <c r="F336" t="s">
         <v>3091</v>
       </c>
-      <c r="F336" t="s">
+      <c r="G336" t="s">
         <v>3092</v>
       </c>
-      <c r="G336" t="s">
+      <c r="H336" t="s">
         <v>3093</v>
       </c>
-      <c r="H336" t="s">
+      <c r="I336" t="s">
         <v>3094</v>
       </c>
-      <c r="I336" t="s">
+      <c r="J336" t="s">
+        <v>24</v>
+      </c>
+      <c r="K336" t="s">
+        <v>25</v>
+      </c>
+      <c r="L336" t="s">
+        <v>26</v>
+      </c>
+      <c r="M336" t="s">
+        <v>27</v>
+      </c>
+      <c r="N336" t="s">
+        <v>28</v>
+      </c>
+      <c r="O336" t="s">
         <v>3095</v>
-      </c>
-[...16 lines deleted...]
-        <v>3096</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>5953</v>
+        <v>5913</v>
       </c>
       <c r="B337" t="s">
+        <v>3096</v>
+      </c>
+      <c r="C337" t="s">
         <v>3097</v>
       </c>
-      <c r="C337" t="s">
+      <c r="D337" t="s">
         <v>3098</v>
       </c>
-      <c r="D337" t="s">
+      <c r="E337" t="s">
         <v>3099</v>
       </c>
-      <c r="E337" t="s">
+      <c r="F337" t="s">
         <v>3100</v>
       </c>
-      <c r="F337" t="s">
+      <c r="G337" t="s">
         <v>3101</v>
       </c>
-      <c r="G337" t="s">
+      <c r="H337" t="s">
         <v>3102</v>
       </c>
-      <c r="H337" t="s">
+      <c r="I337" t="s">
         <v>3103</v>
       </c>
-      <c r="I337" t="s">
+      <c r="J337" t="s">
+        <v>24</v>
+      </c>
+      <c r="K337" t="s">
+        <v>47</v>
+      </c>
+      <c r="L337" t="s">
+        <v>26</v>
+      </c>
+      <c r="M337" t="s">
+        <v>48</v>
+      </c>
+      <c r="N337" t="s">
+        <v>28</v>
+      </c>
+      <c r="O337" t="s">
         <v>3104</v>
-      </c>
-[...16 lines deleted...]
-        <v>3105</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>5981</v>
+        <v>5915</v>
       </c>
       <c r="B338" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C338" t="s">
         <v>3106</v>
       </c>
-      <c r="C338" t="s">
+      <c r="D338" t="s">
         <v>3107</v>
       </c>
-      <c r="D338" t="s">
+      <c r="E338" t="s">
         <v>3108</v>
       </c>
-      <c r="E338" t="s">
+      <c r="F338" t="s">
         <v>3109</v>
       </c>
-      <c r="F338" t="s">
+      <c r="G338" t="s">
         <v>3110</v>
       </c>
-      <c r="G338" t="s">
+      <c r="H338" t="s">
         <v>3111</v>
       </c>
-      <c r="H338" t="s">
+      <c r="I338" t="s">
         <v>3112</v>
       </c>
-      <c r="I338" t="s">
+      <c r="J338" t="s">
+        <v>24</v>
+      </c>
+      <c r="K338" t="s">
+        <v>170</v>
+      </c>
+      <c r="L338" t="s">
+        <v>26</v>
+      </c>
+      <c r="M338" t="s">
+        <v>171</v>
+      </c>
+      <c r="N338" t="s">
+        <v>28</v>
+      </c>
+      <c r="O338" t="s">
         <v>3113</v>
-      </c>
-[...16 lines deleted...]
-        <v>3116</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>5986</v>
+        <v>5927</v>
       </c>
       <c r="B339" t="s">
+        <v>3114</v>
+      </c>
+      <c r="C339" t="s">
+        <v>3115</v>
+      </c>
+      <c r="D339" t="s">
+        <v>3116</v>
+      </c>
+      <c r="E339" t="s">
         <v>3117</v>
       </c>
-      <c r="C339" t="s">
+      <c r="F339" t="s">
         <v>3118</v>
       </c>
-      <c r="D339" t="s">
+      <c r="G339" t="s">
         <v>3119</v>
       </c>
-      <c r="E339" t="s">
+      <c r="H339" t="s">
         <v>3120</v>
       </c>
-      <c r="F339" t="s">
+      <c r="I339" t="s">
         <v>3121</v>
       </c>
-      <c r="G339" t="s">
+      <c r="J339" t="s">
+        <v>24</v>
+      </c>
+      <c r="K339" t="s">
+        <v>59</v>
+      </c>
+      <c r="L339" t="s">
+        <v>26</v>
+      </c>
+      <c r="M339" t="s">
+        <v>61</v>
+      </c>
+      <c r="N339" t="s">
+        <v>28</v>
+      </c>
+      <c r="O339" t="s">
         <v>3122</v>
-      </c>
-[...22 lines deleted...]
-        <v>3125</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>5989</v>
+        <v>5928</v>
       </c>
       <c r="B340" t="s">
+        <v>3123</v>
+      </c>
+      <c r="C340" t="s">
+        <v>3124</v>
+      </c>
+      <c r="D340" t="s">
+        <v>3125</v>
+      </c>
+      <c r="E340" t="s">
         <v>3126</v>
       </c>
-      <c r="C340" t="s">
+      <c r="F340" t="s">
         <v>3127</v>
       </c>
-      <c r="D340" t="s">
+      <c r="G340" t="s">
         <v>3128</v>
       </c>
-      <c r="E340" t="s">
+      <c r="H340" t="s">
         <v>3129</v>
       </c>
-      <c r="F340" t="s">
+      <c r="I340" t="s">
         <v>3130</v>
       </c>
-      <c r="G340" t="s">
+      <c r="J340" t="s">
         <v>3131</v>
       </c>
-      <c r="H340" t="s">
+      <c r="K340" t="s">
         <v>3132</v>
       </c>
-      <c r="I340" t="s">
+      <c r="L340" t="s">
         <v>3133</v>
       </c>
-      <c r="J340" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M340" t="s">
-        <v>2252</v>
+        <v>3134</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3134</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>6018</v>
+        <v>5931</v>
       </c>
       <c r="B341" t="s">
-        <v>3135</v>
+        <v>3136</v>
       </c>
       <c r="C341" t="s">
-        <v>3136</v>
+        <v>3137</v>
       </c>
       <c r="D341" t="s">
-        <v>3137</v>
+        <v>3138</v>
       </c>
       <c r="E341" t="s">
-        <v>3138</v>
+        <v>3139</v>
       </c>
       <c r="F341" t="s">
-        <v>3139</v>
+        <v>3140</v>
       </c>
       <c r="G341" t="s">
-        <v>3140</v>
+        <v>3141</v>
       </c>
       <c r="H341" t="s">
-        <v>3141</v>
+        <v>3142</v>
       </c>
       <c r="I341" t="s">
-        <v>3142</v>
+        <v>3143</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3143</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>6021</v>
+        <v>5932</v>
       </c>
       <c r="B342" t="s">
-        <v>3144</v>
+        <v>3145</v>
       </c>
       <c r="C342" t="s">
-        <v>3145</v>
+        <v>3146</v>
       </c>
       <c r="D342" t="s">
-        <v>3146</v>
+        <v>3147</v>
       </c>
       <c r="E342" t="s">
-        <v>3147</v>
+        <v>3148</v>
       </c>
       <c r="F342" t="s">
-        <v>3148</v>
+        <v>3149</v>
       </c>
       <c r="G342" t="s">
-        <v>3149</v>
+        <v>3150</v>
       </c>
       <c r="H342" t="s">
-        <v>3150</v>
+        <v>3151</v>
       </c>
       <c r="I342" t="s">
-        <v>3151</v>
+        <v>3152</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3152</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>6076</v>
+        <v>5934</v>
       </c>
       <c r="B343" t="s">
-        <v>3153</v>
+        <v>3154</v>
       </c>
       <c r="C343" t="s">
-        <v>3154</v>
+        <v>3155</v>
       </c>
       <c r="D343" t="s">
-        <v>3155</v>
+        <v>3156</v>
       </c>
       <c r="E343" t="s">
-        <v>3156</v>
+        <v>3157</v>
       </c>
       <c r="F343" t="s">
-        <v>3157</v>
+        <v>3158</v>
       </c>
       <c r="G343" t="s">
-        <v>3158</v>
+        <v>3159</v>
       </c>
       <c r="H343" t="s">
-        <v>3159</v>
+        <v>3160</v>
       </c>
       <c r="I343" t="s">
-        <v>3160</v>
+        <v>3161</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3161</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>6082</v>
+        <v>5936</v>
       </c>
       <c r="B344" t="s">
-        <v>3162</v>
+        <v>3163</v>
       </c>
       <c r="C344" t="s">
-        <v>3163</v>
+        <v>3164</v>
       </c>
       <c r="D344" t="s">
-        <v>3164</v>
+        <v>3165</v>
       </c>
       <c r="E344" t="s">
-        <v>3165</v>
+        <v>3166</v>
       </c>
       <c r="F344" t="s">
-        <v>3166</v>
+        <v>3167</v>
       </c>
       <c r="G344" t="s">
-        <v>3167</v>
+        <v>3168</v>
       </c>
       <c r="H344" t="s">
-        <v>3168</v>
+        <v>3169</v>
       </c>
       <c r="I344" t="s">
-        <v>3169</v>
+        <v>3170</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>579</v>
+        <v>25</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>580</v>
+        <v>27</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3170</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>6093</v>
+        <v>5953</v>
       </c>
       <c r="B345" t="s">
-        <v>3171</v>
+        <v>3172</v>
       </c>
       <c r="C345" t="s">
-        <v>3172</v>
+        <v>3173</v>
       </c>
       <c r="D345" t="s">
-        <v>3173</v>
+        <v>3174</v>
       </c>
       <c r="E345" t="s">
-        <v>3174</v>
+        <v>3175</v>
       </c>
       <c r="F345" t="s">
-        <v>3175</v>
+        <v>3176</v>
       </c>
       <c r="G345" t="s">
-        <v>3176</v>
+        <v>3177</v>
       </c>
       <c r="H345" t="s">
-        <v>3177</v>
+        <v>3178</v>
       </c>
       <c r="I345" t="s">
-        <v>3178</v>
+        <v>3179</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>3179</v>
+        <v>25</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
+      </c>
+      <c r="M345" t="s">
+        <v>27</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
         <v>3180</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>6112</v>
+        <v>5976</v>
       </c>
       <c r="B346" t="s">
         <v>3181</v>
       </c>
       <c r="C346" t="s">
         <v>3182</v>
       </c>
       <c r="D346" t="s">
         <v>3183</v>
       </c>
       <c r="E346" t="s">
         <v>3184</v>
       </c>
       <c r="F346" t="s">
         <v>3185</v>
       </c>
       <c r="G346" t="s">
         <v>3186</v>
       </c>
       <c r="H346" t="s">
         <v>3187</v>
       </c>
       <c r="I346" t="s">
         <v>3188</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>170</v>
+        <v>1476</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>171</v>
+        <v>1478</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
         <v>3189</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>6179</v>
+        <v>5978</v>
       </c>
       <c r="B347" t="s">
         <v>3190</v>
       </c>
       <c r="C347" t="s">
         <v>3191</v>
       </c>
       <c r="D347" t="s">
         <v>3192</v>
       </c>
       <c r="E347" t="s">
         <v>3193</v>
       </c>
       <c r="F347" t="s">
         <v>3194</v>
       </c>
       <c r="G347" t="s">
         <v>3195</v>
       </c>
       <c r="H347" t="s">
         <v>3196</v>
       </c>
       <c r="I347" t="s">
         <v>3197</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
         <v>25</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
         <v>27</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
         <v>3198</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>6180</v>
+        <v>5981</v>
       </c>
       <c r="B348" t="s">
         <v>3199</v>
       </c>
       <c r="C348" t="s">
         <v>3200</v>
       </c>
       <c r="D348" t="s">
         <v>3201</v>
       </c>
       <c r="E348" t="s">
         <v>3202</v>
       </c>
       <c r="F348" t="s">
         <v>3203</v>
       </c>
       <c r="G348" t="s">
         <v>3204</v>
       </c>
       <c r="H348" t="s">
         <v>3205</v>
       </c>
       <c r="I348" t="s">
         <v>3206</v>
       </c>
       <c r="J348" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K348" t="s">
-        <v>25</v>
+        <v>3207</v>
       </c>
       <c r="L348" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M348" t="s">
-        <v>27</v>
+        <v>3208</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3207</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>6203</v>
+        <v>5986</v>
       </c>
       <c r="B349" t="s">
-        <v>3208</v>
+        <v>3210</v>
       </c>
       <c r="C349" t="s">
-        <v>3209</v>
+        <v>3211</v>
       </c>
       <c r="D349" t="s">
-        <v>3210</v>
+        <v>3212</v>
       </c>
       <c r="E349" t="s">
-        <v>3211</v>
+        <v>3213</v>
       </c>
       <c r="F349" t="s">
-        <v>3212</v>
+        <v>3214</v>
       </c>
       <c r="G349" t="s">
-        <v>3213</v>
+        <v>3215</v>
       </c>
       <c r="H349" t="s">
-        <v>3214</v>
+        <v>3216</v>
       </c>
       <c r="I349" t="s">
-        <v>3215</v>
+        <v>3217</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
         <v>170</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
         <v>171</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3216</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>6208</v>
+        <v>5989</v>
       </c>
       <c r="B350" t="s">
-        <v>3217</v>
+        <v>3219</v>
       </c>
       <c r="C350" t="s">
-        <v>3218</v>
+        <v>3220</v>
       </c>
       <c r="D350" t="s">
-        <v>3219</v>
+        <v>3221</v>
       </c>
       <c r="E350" t="s">
-        <v>3220</v>
+        <v>3222</v>
       </c>
       <c r="F350" t="s">
-        <v>3221</v>
+        <v>3223</v>
       </c>
       <c r="G350" t="s">
-        <v>3222</v>
+        <v>3224</v>
       </c>
       <c r="H350" t="s">
-        <v>3223</v>
+        <v>3225</v>
       </c>
       <c r="I350" t="s">
-        <v>3224</v>
+        <v>3226</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>170</v>
+        <v>2269</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>171</v>
+        <v>2270</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3225</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>6211</v>
+        <v>6014</v>
       </c>
       <c r="B351" t="s">
-        <v>3226</v>
+        <v>3228</v>
       </c>
       <c r="C351" t="s">
-        <v>3227</v>
+        <v>3229</v>
       </c>
       <c r="D351" t="s">
-        <v>3228</v>
+        <v>3230</v>
       </c>
       <c r="E351" t="s">
-        <v>3229</v>
+        <v>3231</v>
       </c>
       <c r="F351" t="s">
-        <v>3230</v>
+        <v>3232</v>
       </c>
       <c r="G351" t="s">
-        <v>3231</v>
+        <v>3233</v>
       </c>
       <c r="H351" t="s">
-        <v>3232</v>
+        <v>3234</v>
       </c>
       <c r="I351" t="s">
-        <v>3233</v>
+        <v>3235</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3234</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>6215</v>
+        <v>6017</v>
       </c>
       <c r="B352" t="s">
-        <v>3235</v>
+        <v>3237</v>
       </c>
       <c r="C352" t="s">
-        <v>3236</v>
+        <v>3238</v>
       </c>
       <c r="D352" t="s">
-        <v>3237</v>
+        <v>3239</v>
       </c>
       <c r="E352" t="s">
-        <v>3238</v>
+        <v>3240</v>
       </c>
       <c r="F352" t="s">
-        <v>3239</v>
+        <v>3241</v>
       </c>
       <c r="G352" t="s">
-        <v>3240</v>
+        <v>3242</v>
       </c>
       <c r="H352" t="s">
-        <v>3241</v>
+        <v>3243</v>
       </c>
       <c r="I352" t="s">
-        <v>3242</v>
+        <v>3244</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3243</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>6222</v>
+        <v>6018</v>
       </c>
       <c r="B353" t="s">
-        <v>3244</v>
+        <v>3246</v>
       </c>
       <c r="C353" t="s">
-        <v>3245</v>
+        <v>3247</v>
       </c>
       <c r="D353" t="s">
-        <v>3246</v>
+        <v>3248</v>
       </c>
       <c r="E353" t="s">
-        <v>3247</v>
+        <v>3249</v>
       </c>
       <c r="F353" t="s">
-        <v>3248</v>
+        <v>3250</v>
       </c>
       <c r="G353" t="s">
-        <v>3249</v>
+        <v>3251</v>
       </c>
       <c r="H353" t="s">
-        <v>3250</v>
+        <v>3252</v>
       </c>
       <c r="I353" t="s">
-        <v>3251</v>
+        <v>3253</v>
       </c>
       <c r="J353" t="s">
-        <v>3065</v>
+        <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>904</v>
+        <v>170</v>
       </c>
       <c r="L353" t="s">
-        <v>3067</v>
+        <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>905</v>
+        <v>171</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3252</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>6254</v>
+        <v>6021</v>
       </c>
       <c r="B354" t="s">
-        <v>3253</v>
+        <v>3255</v>
       </c>
       <c r="C354" t="s">
-        <v>3254</v>
+        <v>3256</v>
       </c>
       <c r="D354" t="s">
-        <v>3255</v>
+        <v>3257</v>
       </c>
       <c r="E354" t="s">
-        <v>3256</v>
+        <v>3258</v>
       </c>
       <c r="F354" t="s">
-        <v>3257</v>
+        <v>3259</v>
       </c>
       <c r="G354" t="s">
-        <v>3258</v>
+        <v>3260</v>
       </c>
       <c r="H354" t="s">
-        <v>3259</v>
+        <v>3261</v>
       </c>
       <c r="I354" t="s">
-        <v>3260</v>
+        <v>3262</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3261</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>6255</v>
+        <v>6076</v>
       </c>
       <c r="B355" t="s">
-        <v>3262</v>
+        <v>3264</v>
       </c>
       <c r="C355" t="s">
-        <v>3263</v>
+        <v>3265</v>
       </c>
       <c r="D355" t="s">
-        <v>3264</v>
+        <v>3266</v>
       </c>
       <c r="E355" t="s">
-        <v>3265</v>
+        <v>3267</v>
       </c>
       <c r="F355" t="s">
-        <v>3266</v>
+        <v>3268</v>
       </c>
       <c r="G355" t="s">
-        <v>3267</v>
+        <v>3269</v>
       </c>
       <c r="H355" t="s">
-        <v>3268</v>
+        <v>3270</v>
       </c>
       <c r="I355" t="s">
-        <v>3269</v>
+        <v>3271</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>3270</v>
+        <v>25</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>3271</v>
+        <v>27</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
         <v>3272</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>6258</v>
+        <v>6078</v>
       </c>
       <c r="B356" t="s">
         <v>3273</v>
       </c>
       <c r="C356" t="s">
         <v>3274</v>
       </c>
       <c r="D356" t="s">
         <v>3275</v>
       </c>
       <c r="E356" t="s">
         <v>3276</v>
       </c>
       <c r="F356" t="s">
         <v>3277</v>
       </c>
       <c r="G356" t="s">
         <v>3278</v>
       </c>
       <c r="H356" t="s">
         <v>3279</v>
       </c>
       <c r="I356" t="s">
         <v>3280</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
         <v>25</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
         <v>27</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
         <v>3281</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>6259</v>
+        <v>6082</v>
       </c>
       <c r="B357" t="s">
         <v>3282</v>
       </c>
       <c r="C357" t="s">
         <v>3283</v>
       </c>
       <c r="D357" t="s">
         <v>3284</v>
       </c>
       <c r="E357" t="s">
         <v>3285</v>
       </c>
       <c r="F357" t="s">
         <v>3286</v>
       </c>
       <c r="G357" t="s">
         <v>3287</v>
       </c>
       <c r="H357" t="s">
         <v>3288</v>
       </c>
       <c r="I357" t="s">
         <v>3289</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>170</v>
+        <v>579</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>171</v>
+        <v>580</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
         <v>3290</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>6261</v>
+        <v>6093</v>
       </c>
       <c r="B358" t="s">
         <v>3291</v>
       </c>
       <c r="C358" t="s">
         <v>3292</v>
       </c>
       <c r="D358" t="s">
         <v>3293</v>
       </c>
       <c r="E358" t="s">
         <v>3294</v>
       </c>
       <c r="F358" t="s">
         <v>3295</v>
       </c>
       <c r="G358" t="s">
         <v>3296</v>
       </c>
       <c r="H358" t="s">
         <v>3297</v>
       </c>
       <c r="I358" t="s">
         <v>3298</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>47</v>
+        <v>3299</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
-      <c r="M358" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3299</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>6263</v>
+        <v>6112</v>
       </c>
       <c r="B359" t="s">
-        <v>3300</v>
+        <v>3301</v>
       </c>
       <c r="C359" t="s">
-        <v>3301</v>
+        <v>3302</v>
       </c>
       <c r="D359" t="s">
-        <v>3302</v>
+        <v>3303</v>
       </c>
       <c r="E359" t="s">
-        <v>3303</v>
+        <v>3304</v>
       </c>
       <c r="F359" t="s">
-        <v>3304</v>
+        <v>3305</v>
       </c>
       <c r="G359" t="s">
-        <v>3305</v>
+        <v>3306</v>
       </c>
       <c r="H359" t="s">
-        <v>3306</v>
+        <v>3307</v>
       </c>
       <c r="I359" t="s">
-        <v>3307</v>
+        <v>3308</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
         <v>170</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
         <v>171</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3308</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>6272</v>
+        <v>6179</v>
       </c>
       <c r="B360" t="s">
-        <v>3309</v>
+        <v>3310</v>
       </c>
       <c r="C360" t="s">
-        <v>3310</v>
+        <v>3311</v>
       </c>
       <c r="D360" t="s">
-        <v>3311</v>
+        <v>3312</v>
       </c>
       <c r="E360" t="s">
-        <v>3312</v>
+        <v>3313</v>
       </c>
       <c r="F360" t="s">
-        <v>3313</v>
+        <v>3314</v>
       </c>
       <c r="G360" t="s">
-        <v>3314</v>
+        <v>3315</v>
       </c>
       <c r="H360" t="s">
-        <v>3315</v>
+        <v>3316</v>
       </c>
       <c r="I360" t="s">
-        <v>3316</v>
+        <v>3317</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3317</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>6274</v>
+        <v>6180</v>
       </c>
       <c r="B361" t="s">
-        <v>3318</v>
+        <v>3319</v>
       </c>
       <c r="C361" t="s">
-        <v>3319</v>
+        <v>3320</v>
       </c>
       <c r="D361" t="s">
-        <v>3320</v>
+        <v>3321</v>
       </c>
       <c r="E361" t="s">
-        <v>3321</v>
+        <v>3322</v>
       </c>
       <c r="F361" t="s">
-        <v>3322</v>
+        <v>3323</v>
       </c>
       <c r="G361" t="s">
-        <v>3323</v>
+        <v>3324</v>
       </c>
       <c r="H361" t="s">
-        <v>3324</v>
+        <v>3325</v>
       </c>
       <c r="I361" t="s">
-        <v>3325</v>
+        <v>3326</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
         <v>25</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
         <v>27</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3326</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>6275</v>
+        <v>6203</v>
       </c>
       <c r="B362" t="s">
-        <v>3327</v>
+        <v>3328</v>
       </c>
       <c r="C362" t="s">
-        <v>3328</v>
+        <v>3329</v>
       </c>
       <c r="D362" t="s">
-        <v>3329</v>
+        <v>3330</v>
       </c>
       <c r="E362" t="s">
-        <v>3330</v>
+        <v>3331</v>
       </c>
       <c r="F362" t="s">
-        <v>3331</v>
+        <v>3332</v>
       </c>
       <c r="G362" t="s">
-        <v>3332</v>
+        <v>3333</v>
       </c>
       <c r="H362" t="s">
-        <v>3333</v>
+        <v>3334</v>
       </c>
       <c r="I362" t="s">
-        <v>3334</v>
+        <v>3335</v>
       </c>
       <c r="J362" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>1476</v>
+        <v>170</v>
       </c>
       <c r="L362" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>1478</v>
+        <v>171</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3335</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>6327</v>
+        <v>6208</v>
       </c>
       <c r="B363" t="s">
-        <v>3336</v>
+        <v>3337</v>
       </c>
       <c r="C363" t="s">
-        <v>3337</v>
+        <v>3338</v>
       </c>
       <c r="D363" t="s">
-        <v>3338</v>
+        <v>3339</v>
       </c>
       <c r="E363" t="s">
-        <v>3339</v>
+        <v>3340</v>
       </c>
       <c r="F363" t="s">
-        <v>3340</v>
+        <v>3341</v>
       </c>
       <c r="G363" t="s">
-        <v>3341</v>
+        <v>3342</v>
       </c>
       <c r="H363" t="s">
-        <v>3342</v>
+        <v>3343</v>
       </c>
       <c r="I363" t="s">
-        <v>3343</v>
+        <v>3344</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3344</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>6337</v>
+        <v>6211</v>
       </c>
       <c r="B364" t="s">
-        <v>3345</v>
+        <v>3346</v>
       </c>
       <c r="C364" t="s">
-        <v>3346</v>
+        <v>3347</v>
       </c>
       <c r="D364" t="s">
-        <v>3347</v>
+        <v>3348</v>
       </c>
       <c r="E364" t="s">
-        <v>3348</v>
+        <v>3349</v>
       </c>
       <c r="F364" t="s">
-        <v>3349</v>
+        <v>3350</v>
       </c>
       <c r="G364" t="s">
-        <v>3350</v>
+        <v>3351</v>
       </c>
       <c r="H364" t="s">
-        <v>3351</v>
+        <v>3352</v>
       </c>
       <c r="I364" t="s">
-        <v>3352</v>
+        <v>3353</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3353</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>6361</v>
+        <v>6215</v>
       </c>
       <c r="B365" t="s">
-        <v>3354</v>
+        <v>3355</v>
       </c>
       <c r="C365" t="s">
-        <v>3355</v>
+        <v>3356</v>
       </c>
       <c r="D365" t="s">
-        <v>3356</v>
+        <v>3357</v>
       </c>
       <c r="E365" t="s">
-        <v>3357</v>
+        <v>3358</v>
       </c>
       <c r="F365" t="s">
-        <v>3358</v>
+        <v>3359</v>
       </c>
       <c r="G365" t="s">
-        <v>3359</v>
+        <v>3360</v>
       </c>
       <c r="H365" t="s">
-        <v>3360</v>
+        <v>3361</v>
       </c>
       <c r="I365" t="s">
-        <v>3361</v>
+        <v>3362</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
         <v>170</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
         <v>171</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3362</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>6379</v>
+        <v>6222</v>
       </c>
       <c r="B366" t="s">
-        <v>3363</v>
+        <v>3364</v>
       </c>
       <c r="C366" t="s">
-        <v>3364</v>
+        <v>3365</v>
       </c>
       <c r="D366" t="s">
-        <v>3365</v>
+        <v>3366</v>
       </c>
       <c r="E366" t="s">
-        <v>3366</v>
+        <v>3367</v>
       </c>
       <c r="F366" t="s">
-        <v>3367</v>
+        <v>3368</v>
       </c>
       <c r="G366" t="s">
-        <v>3368</v>
+        <v>3369</v>
       </c>
       <c r="H366" t="s">
-        <v>3369</v>
+        <v>3370</v>
       </c>
       <c r="I366" t="s">
-        <v>3370</v>
+        <v>3371</v>
       </c>
       <c r="J366" t="s">
-        <v>24</v>
+        <v>3131</v>
       </c>
       <c r="K366" t="s">
-        <v>25</v>
+        <v>904</v>
       </c>
       <c r="L366" t="s">
-        <v>26</v>
+        <v>3133</v>
       </c>
       <c r="M366" t="s">
-        <v>27</v>
+        <v>905</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3371</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>6454</v>
+        <v>6254</v>
       </c>
       <c r="B367" t="s">
-        <v>3372</v>
+        <v>3373</v>
       </c>
       <c r="C367" t="s">
-        <v>3373</v>
+        <v>3374</v>
       </c>
       <c r="D367" t="s">
-        <v>3374</v>
+        <v>3375</v>
       </c>
       <c r="E367" t="s">
-        <v>3375</v>
+        <v>3376</v>
       </c>
       <c r="F367" t="s">
-        <v>3376</v>
+        <v>3377</v>
       </c>
       <c r="G367" t="s">
-        <v>3377</v>
+        <v>3378</v>
       </c>
       <c r="H367" t="s">
-        <v>3378</v>
+        <v>3379</v>
       </c>
       <c r="I367" t="s">
-        <v>3379</v>
+        <v>3380</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
         <v>170</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
         <v>171</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3380</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>6460</v>
+        <v>6255</v>
       </c>
       <c r="B368" t="s">
-        <v>3381</v>
+        <v>3382</v>
       </c>
       <c r="C368" t="s">
-        <v>3382</v>
+        <v>3383</v>
       </c>
       <c r="D368" t="s">
-        <v>3383</v>
+        <v>3384</v>
       </c>
       <c r="E368" t="s">
-        <v>3384</v>
+        <v>3385</v>
       </c>
       <c r="F368" t="s">
-        <v>3385</v>
+        <v>3386</v>
       </c>
       <c r="G368" t="s">
-        <v>3386</v>
+        <v>3387</v>
       </c>
       <c r="H368" t="s">
-        <v>3387</v>
+        <v>3388</v>
       </c>
       <c r="I368" t="s">
-        <v>3388</v>
+        <v>3389</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>25</v>
+        <v>3390</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>27</v>
+        <v>3391</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3389</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>6468</v>
+        <v>6257</v>
       </c>
       <c r="B369" t="s">
-        <v>3390</v>
+        <v>3393</v>
       </c>
       <c r="C369" t="s">
-        <v>3391</v>
+        <v>3394</v>
       </c>
       <c r="D369" t="s">
-        <v>3392</v>
+        <v>3395</v>
       </c>
       <c r="E369" t="s">
-        <v>3393</v>
+        <v>3396</v>
       </c>
       <c r="F369" t="s">
-        <v>3394</v>
+        <v>3397</v>
       </c>
       <c r="G369" t="s">
-        <v>3395</v>
+        <v>3398</v>
       </c>
       <c r="H369" t="s">
-        <v>3396</v>
+        <v>3399</v>
       </c>
       <c r="I369" t="s">
-        <v>3397</v>
+        <v>3400</v>
       </c>
       <c r="J369" t="s">
-        <v>24</v>
+        <v>756</v>
       </c>
       <c r="K369" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L369" t="s">
-        <v>26</v>
+        <v>758</v>
       </c>
       <c r="M369" t="s">
-        <v>27</v>
+        <v>275</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3398</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>6611</v>
+        <v>6258</v>
       </c>
       <c r="B370" t="s">
-        <v>3399</v>
+        <v>3402</v>
       </c>
       <c r="C370" t="s">
-        <v>3400</v>
+        <v>3403</v>
       </c>
       <c r="D370" t="s">
-        <v>3401</v>
+        <v>3404</v>
       </c>
       <c r="E370" t="s">
-        <v>3402</v>
+        <v>3405</v>
       </c>
       <c r="F370" t="s">
-        <v>3403</v>
+        <v>3406</v>
       </c>
       <c r="G370" t="s">
-        <v>3404</v>
+        <v>3407</v>
       </c>
       <c r="H370" t="s">
-        <v>3405</v>
+        <v>3408</v>
       </c>
       <c r="I370" t="s">
-        <v>3406</v>
+        <v>3409</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
         <v>25</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
         <v>27</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3407</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>6615</v>
+        <v>6259</v>
       </c>
       <c r="B371" t="s">
-        <v>3408</v>
+        <v>3411</v>
       </c>
       <c r="C371" t="s">
-        <v>3409</v>
+        <v>3412</v>
       </c>
       <c r="D371" t="s">
-        <v>3410</v>
+        <v>3413</v>
       </c>
       <c r="E371" t="s">
-        <v>3411</v>
+        <v>3414</v>
       </c>
       <c r="F371" t="s">
-        <v>3412</v>
+        <v>3415</v>
       </c>
       <c r="G371" t="s">
-        <v>3413</v>
+        <v>3416</v>
       </c>
       <c r="H371" t="s">
-        <v>3414</v>
+        <v>3417</v>
       </c>
       <c r="I371" t="s">
-        <v>3415</v>
+        <v>3418</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3416</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>6761</v>
+        <v>6261</v>
       </c>
       <c r="B372" t="s">
-        <v>3417</v>
+        <v>3420</v>
       </c>
       <c r="C372" t="s">
-        <v>3418</v>
+        <v>3421</v>
       </c>
       <c r="D372" t="s">
-        <v>3419</v>
+        <v>3422</v>
       </c>
       <c r="E372" t="s">
-        <v>3420</v>
+        <v>3423</v>
       </c>
       <c r="F372" t="s">
-        <v>3421</v>
+        <v>3424</v>
       </c>
       <c r="G372" t="s">
-        <v>3422</v>
+        <v>3425</v>
       </c>
       <c r="H372" t="s">
-        <v>3423</v>
+        <v>3426</v>
       </c>
       <c r="I372" t="s">
-        <v>3424</v>
+        <v>3427</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3425</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>6762</v>
+        <v>6263</v>
       </c>
       <c r="B373" t="s">
-        <v>3426</v>
+        <v>3429</v>
       </c>
       <c r="C373" t="s">
-        <v>3427</v>
+        <v>3430</v>
       </c>
       <c r="D373" t="s">
-        <v>3428</v>
+        <v>3431</v>
       </c>
       <c r="E373" t="s">
-        <v>3429</v>
+        <v>3432</v>
       </c>
       <c r="F373" t="s">
-        <v>3430</v>
+        <v>3433</v>
       </c>
       <c r="G373" t="s">
-        <v>3431</v>
+        <v>3434</v>
       </c>
       <c r="H373" t="s">
-        <v>3432</v>
+        <v>3435</v>
       </c>
       <c r="I373" t="s">
-        <v>3433</v>
+        <v>3436</v>
       </c>
       <c r="J373" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>689</v>
+        <v>170</v>
       </c>
       <c r="L373" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M373" t="s">
-        <v>690</v>
+        <v>171</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3434</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>6765</v>
+        <v>6265</v>
       </c>
       <c r="B374" t="s">
-        <v>3435</v>
+        <v>3438</v>
       </c>
       <c r="C374" t="s">
-        <v>3436</v>
+        <v>3439</v>
       </c>
       <c r="D374" t="s">
-        <v>3437</v>
+        <v>3440</v>
       </c>
       <c r="E374" t="s">
-        <v>3438</v>
+        <v>3441</v>
       </c>
       <c r="F374" t="s">
-        <v>3439</v>
+        <v>3442</v>
       </c>
       <c r="G374" t="s">
-        <v>3440</v>
+        <v>3443</v>
       </c>
       <c r="H374" t="s">
-        <v>3441</v>
+        <v>3444</v>
       </c>
       <c r="I374" t="s">
-        <v>3442</v>
+        <v>3445</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
         <v>170</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
         <v>171</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3443</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>6982</v>
+        <v>6270</v>
       </c>
       <c r="B375" t="s">
-        <v>3444</v>
+        <v>3447</v>
       </c>
       <c r="C375" t="s">
-        <v>3445</v>
+        <v>3448</v>
       </c>
       <c r="D375" t="s">
-        <v>3446</v>
+        <v>3449</v>
       </c>
       <c r="E375" t="s">
-        <v>3447</v>
+        <v>3450</v>
       </c>
       <c r="F375" t="s">
-        <v>3448</v>
+        <v>3451</v>
       </c>
       <c r="G375" t="s">
-        <v>3449</v>
+        <v>3452</v>
       </c>
       <c r="H375" t="s">
-        <v>3450</v>
+        <v>3453</v>
       </c>
       <c r="I375" t="s">
-        <v>3451</v>
+        <v>3454</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>3452</v>
+        <v>450</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
+      <c r="M375" t="s">
+        <v>452</v>
+      </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3453</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>8265</v>
+        <v>6272</v>
       </c>
       <c r="B376" t="s">
-        <v>3454</v>
+        <v>3456</v>
       </c>
       <c r="C376" t="s">
-        <v>3455</v>
+        <v>3457</v>
       </c>
       <c r="D376" t="s">
-        <v>3456</v>
+        <v>3458</v>
       </c>
       <c r="E376" t="s">
-        <v>3457</v>
+        <v>3459</v>
       </c>
       <c r="F376" t="s">
-        <v>3458</v>
+        <v>3460</v>
       </c>
       <c r="G376" t="s">
-        <v>3459</v>
+        <v>3461</v>
       </c>
       <c r="H376" t="s">
-        <v>3460</v>
+        <v>3462</v>
       </c>
       <c r="I376" t="s">
-        <v>3461</v>
+        <v>3463</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>3462</v>
+        <v>170</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>3463</v>
+        <v>171</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
         <v>3464</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>8289</v>
+        <v>6274</v>
       </c>
       <c r="B377" t="s">
         <v>3465</v>
       </c>
       <c r="C377" t="s">
         <v>3466</v>
       </c>
       <c r="D377" t="s">
         <v>3467</v>
       </c>
       <c r="E377" t="s">
         <v>3468</v>
       </c>
       <c r="F377" t="s">
         <v>3469</v>
       </c>
       <c r="G377" t="s">
         <v>3470</v>
       </c>
       <c r="H377" t="s">
         <v>3471</v>
       </c>
       <c r="I377" t="s">
         <v>3472</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>450</v>
+        <v>25</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>452</v>
+        <v>27</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
         <v>3473</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>8294</v>
+        <v>6275</v>
       </c>
       <c r="B378" t="s">
         <v>3474</v>
       </c>
       <c r="C378" t="s">
         <v>3475</v>
       </c>
       <c r="D378" t="s">
         <v>3476</v>
       </c>
       <c r="E378" t="s">
         <v>3477</v>
       </c>
       <c r="F378" t="s">
         <v>3478</v>
       </c>
       <c r="G378" t="s">
         <v>3479</v>
       </c>
       <c r="H378" t="s">
         <v>3480</v>
       </c>
       <c r="I378" t="s">
         <v>3481</v>
       </c>
       <c r="J378" t="s">
         <v>449</v>
       </c>
       <c r="K378" t="s">
-        <v>745</v>
+        <v>1476</v>
       </c>
       <c r="L378" t="s">
         <v>451</v>
       </c>
       <c r="M378" t="s">
-        <v>746</v>
+        <v>1478</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
         <v>3482</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>8315</v>
+        <v>6327</v>
       </c>
       <c r="B379" t="s">
         <v>3483</v>
       </c>
       <c r="C379" t="s">
         <v>3484</v>
       </c>
       <c r="D379" t="s">
         <v>3485</v>
       </c>
       <c r="E379" t="s">
         <v>3486</v>
       </c>
       <c r="F379" t="s">
         <v>3487</v>
       </c>
       <c r="G379" t="s">
         <v>3488</v>
       </c>
       <c r="H379" t="s">
         <v>3489</v>
       </c>
       <c r="I379" t="s">
         <v>3490</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
         <v>3491</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>8341</v>
+        <v>6331</v>
       </c>
       <c r="B380" t="s">
         <v>3492</v>
       </c>
       <c r="C380" t="s">
         <v>3493</v>
       </c>
       <c r="D380" t="s">
         <v>3494</v>
       </c>
       <c r="E380" t="s">
         <v>3495</v>
       </c>
       <c r="F380" t="s">
         <v>3496</v>
       </c>
       <c r="G380" t="s">
         <v>3497</v>
       </c>
       <c r="H380" t="s">
         <v>3498</v>
       </c>
       <c r="I380" t="s">
         <v>3499</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
         <v>170</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
         <v>171</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
         <v>3500</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>8343</v>
+        <v>6337</v>
       </c>
       <c r="B381" t="s">
         <v>3501</v>
       </c>
       <c r="C381" t="s">
         <v>3502</v>
       </c>
       <c r="D381" t="s">
         <v>3503</v>
       </c>
       <c r="E381" t="s">
         <v>3504</v>
       </c>
       <c r="F381" t="s">
         <v>3505</v>
       </c>
       <c r="G381" t="s">
         <v>3506</v>
       </c>
       <c r="H381" t="s">
         <v>3507</v>
       </c>
       <c r="I381" t="s">
         <v>3508</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
         <v>3509</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>8344</v>
+        <v>6361</v>
       </c>
       <c r="B382" t="s">
         <v>3510</v>
       </c>
       <c r="C382" t="s">
         <v>3511</v>
       </c>
       <c r="D382" t="s">
         <v>3512</v>
       </c>
       <c r="E382" t="s">
         <v>3513</v>
       </c>
       <c r="F382" t="s">
         <v>3514</v>
       </c>
       <c r="G382" t="s">
         <v>3515</v>
       </c>
       <c r="H382" t="s">
         <v>3516</v>
       </c>
       <c r="I382" t="s">
         <v>3517</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
         <v>170</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
         <v>171</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
         <v>3518</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>8355</v>
+        <v>6379</v>
       </c>
       <c r="B383" t="s">
         <v>3519</v>
       </c>
       <c r="C383" t="s">
         <v>3520</v>
       </c>
       <c r="D383" t="s">
         <v>3521</v>
       </c>
       <c r="E383" t="s">
         <v>3522</v>
       </c>
       <c r="F383" t="s">
         <v>3523</v>
       </c>
       <c r="G383" t="s">
         <v>3524</v>
       </c>
       <c r="H383" t="s">
         <v>3525</v>
       </c>
       <c r="I383" t="s">
         <v>3526</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
+        <v>25</v>
+      </c>
+      <c r="L383" t="s">
+        <v>26</v>
+      </c>
+      <c r="M383" t="s">
+        <v>27</v>
+      </c>
+      <c r="N383" t="s">
+        <v>28</v>
+      </c>
+      <c r="O383" t="s">
         <v>3527</v>
-      </c>
-[...7 lines deleted...]
-        <v>3528</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>8357</v>
+        <v>6389</v>
       </c>
       <c r="B384" t="s">
+        <v>3528</v>
+      </c>
+      <c r="C384" t="s">
         <v>3529</v>
       </c>
-      <c r="C384" t="s">
+      <c r="D384" t="s">
         <v>3530</v>
       </c>
-      <c r="D384" t="s">
+      <c r="E384" t="s">
         <v>3531</v>
       </c>
-      <c r="E384" t="s">
+      <c r="F384" t="s">
         <v>3532</v>
       </c>
-      <c r="F384" t="s">
+      <c r="G384" t="s">
         <v>3533</v>
       </c>
-      <c r="G384" t="s">
+      <c r="H384" t="s">
         <v>3534</v>
       </c>
-      <c r="H384" t="s">
+      <c r="I384" t="s">
         <v>3535</v>
       </c>
-      <c r="I384" t="s">
+      <c r="J384" t="s">
+        <v>24</v>
+      </c>
+      <c r="K384" t="s">
+        <v>25</v>
+      </c>
+      <c r="L384" t="s">
+        <v>26</v>
+      </c>
+      <c r="M384" t="s">
+        <v>27</v>
+      </c>
+      <c r="N384" t="s">
+        <v>28</v>
+      </c>
+      <c r="O384" t="s">
         <v>3536</v>
-      </c>
-[...13 lines deleted...]
-        <v>3537</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>8377</v>
+        <v>6454</v>
       </c>
       <c r="B385" t="s">
+        <v>3537</v>
+      </c>
+      <c r="C385" t="s">
         <v>3538</v>
       </c>
-      <c r="C385" t="s">
+      <c r="D385" t="s">
         <v>3539</v>
       </c>
-      <c r="D385" t="s">
+      <c r="E385" t="s">
         <v>3540</v>
       </c>
-      <c r="E385" t="s">
+      <c r="F385" t="s">
         <v>3541</v>
       </c>
-      <c r="F385" t="s">
+      <c r="G385" t="s">
         <v>3542</v>
       </c>
-      <c r="G385" t="s">
+      <c r="H385" t="s">
         <v>3543</v>
       </c>
-      <c r="H385" t="s">
+      <c r="I385" t="s">
         <v>3544</v>
       </c>
-      <c r="I385" t="s">
+      <c r="J385" t="s">
+        <v>24</v>
+      </c>
+      <c r="K385" t="s">
+        <v>170</v>
+      </c>
+      <c r="L385" t="s">
+        <v>26</v>
+      </c>
+      <c r="M385" t="s">
+        <v>171</v>
+      </c>
+      <c r="N385" t="s">
+        <v>28</v>
+      </c>
+      <c r="O385" t="s">
         <v>3545</v>
-      </c>
-[...16 lines deleted...]
-        <v>3546</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>8386</v>
+        <v>6460</v>
       </c>
       <c r="B386" t="s">
+        <v>3546</v>
+      </c>
+      <c r="C386" t="s">
         <v>3547</v>
       </c>
-      <c r="C386" t="s">
+      <c r="D386" t="s">
         <v>3548</v>
       </c>
-      <c r="D386" t="s">
+      <c r="E386" t="s">
         <v>3549</v>
       </c>
-      <c r="E386" t="s">
+      <c r="F386" t="s">
         <v>3550</v>
       </c>
-      <c r="F386" t="s">
+      <c r="G386" t="s">
         <v>3551</v>
       </c>
-      <c r="G386" t="s">
+      <c r="H386" t="s">
         <v>3552</v>
       </c>
-      <c r="H386" t="s">
+      <c r="I386" t="s">
         <v>3553</v>
       </c>
-      <c r="I386" t="s">
+      <c r="J386" t="s">
+        <v>24</v>
+      </c>
+      <c r="K386" t="s">
+        <v>25</v>
+      </c>
+      <c r="L386" t="s">
+        <v>26</v>
+      </c>
+      <c r="M386" t="s">
+        <v>27</v>
+      </c>
+      <c r="N386" t="s">
+        <v>28</v>
+      </c>
+      <c r="O386" t="s">
         <v>3554</v>
-      </c>
-[...16 lines deleted...]
-        <v>3555</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>8387</v>
+        <v>6468</v>
       </c>
       <c r="B387" t="s">
+        <v>3555</v>
+      </c>
+      <c r="C387" t="s">
         <v>3556</v>
       </c>
-      <c r="C387" t="s">
+      <c r="D387" t="s">
         <v>3557</v>
       </c>
-      <c r="D387" t="s">
+      <c r="E387" t="s">
         <v>3558</v>
       </c>
-      <c r="E387" t="s">
+      <c r="F387" t="s">
         <v>3559</v>
       </c>
-      <c r="F387" t="s">
+      <c r="G387" t="s">
         <v>3560</v>
       </c>
-      <c r="G387" t="s">
+      <c r="H387" t="s">
         <v>3561</v>
       </c>
-      <c r="H387" t="s">
+      <c r="I387" t="s">
         <v>3562</v>
-      </c>
-[...1 lines deleted...]
-        <v>3563</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
         <v>25</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
         <v>27</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3564</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>8388</v>
+        <v>6611</v>
       </c>
       <c r="B388" t="s">
+        <v>3564</v>
+      </c>
+      <c r="C388" t="s">
         <v>3565</v>
       </c>
-      <c r="C388" t="s">
+      <c r="D388" t="s">
         <v>3566</v>
       </c>
-      <c r="D388" t="s">
+      <c r="E388" t="s">
         <v>3567</v>
       </c>
-      <c r="E388" t="s">
+      <c r="F388" t="s">
         <v>3568</v>
       </c>
-      <c r="F388" t="s">
+      <c r="G388" t="s">
         <v>3569</v>
       </c>
-      <c r="G388" t="s">
+      <c r="H388" t="s">
         <v>3570</v>
       </c>
-      <c r="H388" t="s">
+      <c r="I388" t="s">
         <v>3571</v>
       </c>
-      <c r="I388" t="s">
+      <c r="J388" t="s">
+        <v>24</v>
+      </c>
+      <c r="K388" t="s">
+        <v>25</v>
+      </c>
+      <c r="L388" t="s">
+        <v>26</v>
+      </c>
+      <c r="M388" t="s">
+        <v>27</v>
+      </c>
+      <c r="N388" t="s">
+        <v>28</v>
+      </c>
+      <c r="O388" t="s">
         <v>3572</v>
-      </c>
-[...16 lines deleted...]
-        <v>3573</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>8392</v>
+        <v>6615</v>
       </c>
       <c r="B389" t="s">
+        <v>3573</v>
+      </c>
+      <c r="C389" t="s">
         <v>3574</v>
       </c>
-      <c r="C389" t="s">
+      <c r="D389" t="s">
         <v>3575</v>
       </c>
-      <c r="D389" t="s">
+      <c r="E389" t="s">
         <v>3576</v>
       </c>
-      <c r="E389" t="s">
+      <c r="F389" t="s">
         <v>3577</v>
       </c>
-      <c r="F389" t="s">
+      <c r="G389" t="s">
         <v>3578</v>
       </c>
-      <c r="G389" t="s">
+      <c r="H389" t="s">
         <v>3579</v>
       </c>
-      <c r="H389" t="s">
+      <c r="I389" t="s">
         <v>3580</v>
       </c>
-      <c r="I389" t="s">
+      <c r="J389" t="s">
+        <v>24</v>
+      </c>
+      <c r="K389" t="s">
+        <v>25</v>
+      </c>
+      <c r="L389" t="s">
+        <v>26</v>
+      </c>
+      <c r="M389" t="s">
+        <v>27</v>
+      </c>
+      <c r="N389" t="s">
+        <v>28</v>
+      </c>
+      <c r="O389" t="s">
         <v>3581</v>
-      </c>
-[...16 lines deleted...]
-        <v>3582</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>8402</v>
+        <v>6761</v>
       </c>
       <c r="B390" t="s">
+        <v>3582</v>
+      </c>
+      <c r="C390" t="s">
         <v>3583</v>
       </c>
-      <c r="C390" t="s">
+      <c r="D390" t="s">
         <v>3584</v>
       </c>
-      <c r="D390" t="s">
+      <c r="E390" t="s">
         <v>3585</v>
       </c>
-      <c r="E390" t="s">
+      <c r="F390" t="s">
         <v>3586</v>
       </c>
-      <c r="F390" t="s">
+      <c r="G390" t="s">
         <v>3587</v>
       </c>
-      <c r="G390" t="s">
+      <c r="H390" t="s">
         <v>3588</v>
       </c>
-      <c r="H390" t="s">
+      <c r="I390" t="s">
         <v>3589</v>
       </c>
-      <c r="I390" t="s">
+      <c r="J390" t="s">
+        <v>24</v>
+      </c>
+      <c r="K390" t="s">
+        <v>25</v>
+      </c>
+      <c r="L390" t="s">
+        <v>26</v>
+      </c>
+      <c r="M390" t="s">
+        <v>27</v>
+      </c>
+      <c r="N390" t="s">
+        <v>28</v>
+      </c>
+      <c r="O390" t="s">
         <v>3590</v>
-      </c>
-[...16 lines deleted...]
-        <v>3591</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>8883</v>
+        <v>6762</v>
       </c>
       <c r="B391" t="s">
+        <v>3591</v>
+      </c>
+      <c r="C391" t="s">
         <v>3592</v>
       </c>
-      <c r="C391" t="s">
+      <c r="D391" t="s">
         <v>3593</v>
       </c>
-      <c r="D391" t="s">
+      <c r="E391" t="s">
         <v>3594</v>
       </c>
-      <c r="E391" t="s">
+      <c r="F391" t="s">
         <v>3595</v>
       </c>
-      <c r="F391" t="s">
+      <c r="G391" t="s">
         <v>3596</v>
       </c>
-      <c r="G391" t="s">
+      <c r="H391" t="s">
         <v>3597</v>
       </c>
-      <c r="H391" t="s">
+      <c r="I391" t="s">
         <v>3598</v>
       </c>
-      <c r="I391" t="s">
+      <c r="J391" t="s">
+        <v>449</v>
+      </c>
+      <c r="K391" t="s">
+        <v>689</v>
+      </c>
+      <c r="L391" t="s">
+        <v>451</v>
+      </c>
+      <c r="M391" t="s">
+        <v>690</v>
+      </c>
+      <c r="N391" t="s">
+        <v>28</v>
+      </c>
+      <c r="O391" t="s">
         <v>3599</v>
-      </c>
-[...16 lines deleted...]
-        <v>3600</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>8886</v>
+        <v>6765</v>
       </c>
       <c r="B392" t="s">
+        <v>3600</v>
+      </c>
+      <c r="C392" t="s">
         <v>3601</v>
       </c>
-      <c r="C392" t="s">
+      <c r="D392" t="s">
         <v>3602</v>
       </c>
-      <c r="D392" t="s">
+      <c r="E392" t="s">
         <v>3603</v>
       </c>
-      <c r="E392" t="s">
+      <c r="F392" t="s">
         <v>3604</v>
       </c>
-      <c r="F392" t="s">
+      <c r="G392" t="s">
         <v>3605</v>
       </c>
-      <c r="G392" t="s">
+      <c r="H392" t="s">
         <v>3606</v>
       </c>
-      <c r="H392" t="s">
+      <c r="I392" t="s">
         <v>3607</v>
-      </c>
-[...1 lines deleted...]
-        <v>3608</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
         <v>170</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
         <v>171</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3609</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>8902</v>
+        <v>6820</v>
       </c>
       <c r="B393" t="s">
+        <v>3609</v>
+      </c>
+      <c r="C393" t="s">
         <v>3610</v>
       </c>
-      <c r="C393" t="s">
+      <c r="D393" t="s">
         <v>3611</v>
       </c>
-      <c r="D393" t="s">
+      <c r="E393" t="s">
         <v>3612</v>
       </c>
-      <c r="E393" t="s">
+      <c r="F393" t="s">
         <v>3613</v>
       </c>
-      <c r="F393" t="s">
+      <c r="G393" t="s">
         <v>3614</v>
       </c>
-      <c r="G393" t="s">
+      <c r="H393" t="s">
         <v>3615</v>
       </c>
-      <c r="H393" t="s">
+      <c r="I393" t="s">
         <v>3616</v>
       </c>
-      <c r="I393" t="s">
+      <c r="J393" t="s">
+        <v>24</v>
+      </c>
+      <c r="K393" t="s">
+        <v>1228</v>
+      </c>
+      <c r="L393" t="s">
+        <v>26</v>
+      </c>
+      <c r="M393" t="s">
+        <v>1229</v>
+      </c>
+      <c r="N393" t="s">
+        <v>28</v>
+      </c>
+      <c r="O393" t="s">
         <v>3617</v>
-      </c>
-[...16 lines deleted...]
-        <v>3618</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>8903</v>
+        <v>6982</v>
       </c>
       <c r="B394" t="s">
+        <v>3618</v>
+      </c>
+      <c r="C394" t="s">
         <v>3619</v>
       </c>
-      <c r="C394" t="s">
+      <c r="D394" t="s">
         <v>3620</v>
       </c>
-      <c r="D394" t="s">
+      <c r="E394" t="s">
         <v>3621</v>
       </c>
-      <c r="E394" t="s">
+      <c r="F394" t="s">
         <v>3622</v>
       </c>
-      <c r="F394" t="s">
+      <c r="G394" t="s">
         <v>3623</v>
       </c>
-      <c r="G394" t="s">
+      <c r="H394" t="s">
         <v>3624</v>
       </c>
-      <c r="H394" t="s">
+      <c r="I394" t="s">
         <v>3625</v>
       </c>
-      <c r="I394" t="s">
+      <c r="J394" t="s">
+        <v>24</v>
+      </c>
+      <c r="K394" t="s">
         <v>3626</v>
       </c>
-      <c r="J394" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L394" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
         <v>3627</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>8904</v>
+        <v>8265</v>
       </c>
       <c r="B395" t="s">
         <v>3628</v>
       </c>
       <c r="C395" t="s">
         <v>3629</v>
       </c>
       <c r="D395" t="s">
         <v>3630</v>
       </c>
       <c r="E395" t="s">
         <v>3631</v>
       </c>
       <c r="F395" t="s">
         <v>3632</v>
       </c>
       <c r="G395" t="s">
         <v>3633</v>
       </c>
       <c r="H395" t="s">
         <v>3634</v>
       </c>
       <c r="I395" t="s">
         <v>3635</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>170</v>
+        <v>3636</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>171</v>
+        <v>3637</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3636</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>8914</v>
+        <v>8289</v>
       </c>
       <c r="B396" t="s">
-        <v>3637</v>
+        <v>3639</v>
       </c>
       <c r="C396" t="s">
-        <v>3638</v>
+        <v>3640</v>
       </c>
       <c r="D396" t="s">
-        <v>3639</v>
+        <v>3641</v>
       </c>
       <c r="E396" t="s">
-        <v>3640</v>
+        <v>3642</v>
       </c>
       <c r="F396" t="s">
-        <v>3641</v>
+        <v>3643</v>
       </c>
       <c r="G396" t="s">
-        <v>3642</v>
+        <v>3644</v>
       </c>
       <c r="H396" t="s">
-        <v>3643</v>
+        <v>3645</v>
       </c>
       <c r="I396" t="s">
-        <v>3644</v>
+        <v>3646</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>25</v>
+        <v>450</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>27</v>
+        <v>452</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3645</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>8918</v>
+        <v>8294</v>
       </c>
       <c r="B397" t="s">
-        <v>3646</v>
+        <v>3648</v>
       </c>
       <c r="C397" t="s">
-        <v>3647</v>
+        <v>3649</v>
       </c>
       <c r="D397" t="s">
-        <v>3648</v>
+        <v>3650</v>
       </c>
       <c r="E397" t="s">
-        <v>3649</v>
+        <v>3651</v>
       </c>
       <c r="F397" t="s">
-        <v>3650</v>
+        <v>3652</v>
       </c>
       <c r="G397" t="s">
-        <v>3651</v>
+        <v>3653</v>
       </c>
       <c r="H397" t="s">
-        <v>3652</v>
+        <v>3654</v>
       </c>
       <c r="I397" t="s">
-        <v>3653</v>
+        <v>3655</v>
       </c>
       <c r="J397" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K397" t="s">
-        <v>25</v>
+        <v>745</v>
       </c>
       <c r="L397" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M397" t="s">
-        <v>27</v>
+        <v>746</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3654</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>8945</v>
+        <v>8315</v>
       </c>
       <c r="B398" t="s">
-        <v>3655</v>
+        <v>3657</v>
       </c>
       <c r="C398" t="s">
-        <v>3656</v>
+        <v>3658</v>
       </c>
       <c r="D398" t="s">
-        <v>3657</v>
+        <v>3659</v>
       </c>
       <c r="E398" t="s">
-        <v>3658</v>
+        <v>3660</v>
       </c>
       <c r="F398" t="s">
-        <v>3659</v>
+        <v>3661</v>
       </c>
       <c r="G398" t="s">
-        <v>3660</v>
+        <v>3662</v>
       </c>
       <c r="H398" t="s">
-        <v>3661</v>
+        <v>3663</v>
       </c>
       <c r="I398" t="s">
-        <v>3662</v>
+        <v>3664</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3663</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>8950</v>
+        <v>8341</v>
       </c>
       <c r="B399" t="s">
-        <v>3664</v>
+        <v>3666</v>
       </c>
       <c r="C399" t="s">
-        <v>3665</v>
+        <v>3667</v>
       </c>
       <c r="D399" t="s">
-        <v>3666</v>
+        <v>3668</v>
       </c>
       <c r="E399" t="s">
-        <v>3667</v>
+        <v>3669</v>
       </c>
       <c r="F399" t="s">
-        <v>3668</v>
+        <v>3670</v>
       </c>
       <c r="G399" t="s">
-        <v>3669</v>
+        <v>3671</v>
       </c>
       <c r="H399" t="s">
-        <v>3670</v>
+        <v>3672</v>
       </c>
       <c r="I399" t="s">
-        <v>3671</v>
+        <v>3673</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3672</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>8951</v>
+        <v>8343</v>
       </c>
       <c r="B400" t="s">
-        <v>3673</v>
+        <v>3675</v>
       </c>
       <c r="C400" t="s">
-        <v>3674</v>
+        <v>3676</v>
       </c>
       <c r="D400" t="s">
-        <v>3675</v>
+        <v>3677</v>
       </c>
       <c r="E400" t="s">
-        <v>3676</v>
+        <v>3678</v>
       </c>
       <c r="F400" t="s">
-        <v>3677</v>
+        <v>3679</v>
       </c>
       <c r="G400" t="s">
-        <v>3678</v>
+        <v>3680</v>
       </c>
       <c r="H400" t="s">
-        <v>3679</v>
+        <v>3681</v>
       </c>
       <c r="I400" t="s">
-        <v>3680</v>
+        <v>3682</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3681</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>8959</v>
+        <v>8344</v>
       </c>
       <c r="B401" t="s">
-        <v>3682</v>
+        <v>3684</v>
       </c>
       <c r="C401" t="s">
-        <v>3683</v>
+        <v>3685</v>
       </c>
       <c r="D401" t="s">
-        <v>3684</v>
+        <v>3686</v>
       </c>
       <c r="E401" t="s">
-        <v>3685</v>
+        <v>3687</v>
       </c>
       <c r="F401" t="s">
-        <v>3686</v>
+        <v>3688</v>
       </c>
       <c r="G401" t="s">
-        <v>3687</v>
+        <v>3689</v>
       </c>
       <c r="H401" t="s">
-        <v>3688</v>
+        <v>3690</v>
       </c>
       <c r="I401" t="s">
-        <v>3689</v>
+        <v>3691</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
         <v>170</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
         <v>171</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3690</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>8964</v>
+        <v>8345</v>
       </c>
       <c r="B402" t="s">
-        <v>3691</v>
+        <v>3693</v>
       </c>
       <c r="C402" t="s">
-        <v>3692</v>
+        <v>3694</v>
       </c>
       <c r="D402" t="s">
-        <v>3693</v>
+        <v>3695</v>
       </c>
       <c r="E402" t="s">
-        <v>3694</v>
+        <v>3696</v>
       </c>
       <c r="F402" t="s">
-        <v>3695</v>
+        <v>3697</v>
       </c>
       <c r="G402" t="s">
-        <v>3696</v>
+        <v>3698</v>
       </c>
       <c r="H402" t="s">
-        <v>3697</v>
+        <v>3699</v>
       </c>
       <c r="I402" t="s">
-        <v>3698</v>
+        <v>3700</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>904</v>
+        <v>25</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>905</v>
+        <v>27</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3699</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>10011</v>
+        <v>8349</v>
       </c>
       <c r="B403" t="s">
-        <v>3700</v>
+        <v>3702</v>
       </c>
       <c r="C403" t="s">
-        <v>3701</v>
+        <v>3703</v>
       </c>
       <c r="D403" t="s">
-        <v>3702</v>
+        <v>3704</v>
       </c>
       <c r="E403" t="s">
-        <v>3703</v>
+        <v>3705</v>
       </c>
       <c r="F403" t="s">
-        <v>3704</v>
+        <v>3706</v>
       </c>
       <c r="G403" t="s">
-        <v>3705</v>
+        <v>3707</v>
       </c>
       <c r="H403" t="s">
-        <v>3706</v>
+        <v>3708</v>
       </c>
       <c r="I403" t="s">
-        <v>3707</v>
+        <v>3709</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
         <v>25</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
         <v>27</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3708</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>10014</v>
+        <v>8355</v>
       </c>
       <c r="B404" t="s">
-        <v>3709</v>
+        <v>3711</v>
       </c>
       <c r="C404" t="s">
-        <v>3710</v>
+        <v>3712</v>
       </c>
       <c r="D404" t="s">
-        <v>3711</v>
+        <v>3713</v>
       </c>
       <c r="E404" t="s">
-        <v>3712</v>
+        <v>3714</v>
       </c>
       <c r="F404" t="s">
-        <v>3713</v>
+        <v>3715</v>
       </c>
       <c r="G404" t="s">
-        <v>3714</v>
+        <v>3716</v>
       </c>
       <c r="H404" t="s">
-        <v>3715</v>
+        <v>3717</v>
       </c>
       <c r="I404" t="s">
-        <v>3716</v>
+        <v>3718</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>3717</v>
+        <v>3719</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
-      <c r="M404" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3719</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>10015</v>
+        <v>8357</v>
       </c>
       <c r="B405" t="s">
-        <v>3720</v>
+        <v>3721</v>
       </c>
       <c r="C405" t="s">
-        <v>3721</v>
+        <v>3722</v>
       </c>
       <c r="D405" t="s">
-        <v>3722</v>
+        <v>3723</v>
       </c>
       <c r="E405" t="s">
-        <v>3723</v>
+        <v>3724</v>
       </c>
       <c r="F405" t="s">
-        <v>3724</v>
+        <v>3725</v>
       </c>
       <c r="G405" t="s">
-        <v>3725</v>
+        <v>3726</v>
       </c>
       <c r="H405" t="s">
-        <v>3726</v>
+        <v>3727</v>
       </c>
       <c r="I405" t="s">
-        <v>3727</v>
+        <v>3728</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>170</v>
+        <v>3719</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
-      <c r="M405" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3728</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>10036</v>
+        <v>8377</v>
       </c>
       <c r="B406" t="s">
-        <v>3729</v>
+        <v>3730</v>
       </c>
       <c r="C406" t="s">
-        <v>3730</v>
+        <v>3731</v>
       </c>
       <c r="D406" t="s">
-        <v>3731</v>
+        <v>3732</v>
       </c>
       <c r="E406" t="s">
-        <v>3732</v>
+        <v>3733</v>
       </c>
       <c r="F406" t="s">
-        <v>3733</v>
+        <v>3734</v>
       </c>
       <c r="G406" t="s">
-        <v>3734</v>
+        <v>3735</v>
       </c>
       <c r="H406" t="s">
-        <v>3735</v>
+        <v>3736</v>
       </c>
       <c r="I406" t="s">
-        <v>3736</v>
+        <v>3737</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
         <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
         <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3737</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>10046</v>
+        <v>8386</v>
       </c>
       <c r="B407" t="s">
-        <v>3738</v>
+        <v>3739</v>
       </c>
       <c r="C407" t="s">
-        <v>3739</v>
+        <v>3740</v>
       </c>
       <c r="D407" t="s">
-        <v>3740</v>
+        <v>3741</v>
       </c>
       <c r="E407" t="s">
-        <v>3741</v>
+        <v>3742</v>
       </c>
       <c r="F407" t="s">
-        <v>3742</v>
+        <v>3743</v>
       </c>
       <c r="G407" t="s">
-        <v>3743</v>
+        <v>3744</v>
       </c>
       <c r="H407" t="s">
-        <v>3744</v>
+        <v>3745</v>
       </c>
       <c r="I407" t="s">
-        <v>3745</v>
+        <v>3746</v>
       </c>
       <c r="J407" t="s">
-        <v>24</v>
+        <v>1994</v>
       </c>
       <c r="K407" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L407" t="s">
-        <v>26</v>
+        <v>1996</v>
       </c>
       <c r="M407" t="s">
-        <v>275</v>
+        <v>171</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3746</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>10098</v>
+        <v>8387</v>
       </c>
       <c r="B408" t="s">
-        <v>3747</v>
+        <v>3748</v>
       </c>
       <c r="C408" t="s">
-        <v>3748</v>
+        <v>3749</v>
       </c>
       <c r="D408" t="s">
-        <v>3749</v>
+        <v>3750</v>
       </c>
       <c r="E408" t="s">
-        <v>3750</v>
+        <v>3751</v>
       </c>
       <c r="F408" t="s">
-        <v>3751</v>
+        <v>3752</v>
       </c>
       <c r="G408" t="s">
-        <v>3752</v>
+        <v>3753</v>
       </c>
       <c r="H408" t="s">
-        <v>3753</v>
+        <v>3754</v>
       </c>
       <c r="I408" t="s">
-        <v>3754</v>
+        <v>3755</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
         <v>25</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
         <v>27</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3755</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>10101</v>
+        <v>8388</v>
       </c>
       <c r="B409" t="s">
-        <v>3756</v>
+        <v>3757</v>
       </c>
       <c r="C409" t="s">
-        <v>3757</v>
+        <v>3758</v>
       </c>
       <c r="D409" t="s">
-        <v>3758</v>
+        <v>3759</v>
       </c>
       <c r="E409" t="s">
-        <v>3759</v>
+        <v>3760</v>
       </c>
       <c r="F409" t="s">
-        <v>3760</v>
+        <v>3761</v>
       </c>
       <c r="G409" t="s">
-        <v>3761</v>
+        <v>3762</v>
       </c>
       <c r="H409" t="s">
-        <v>3762</v>
+        <v>3763</v>
       </c>
       <c r="I409" t="s">
-        <v>3763</v>
+        <v>3764</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3764</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>10412</v>
+        <v>8392</v>
       </c>
       <c r="B410" t="s">
-        <v>3765</v>
+        <v>3766</v>
       </c>
       <c r="C410" t="s">
-        <v>3766</v>
+        <v>3767</v>
       </c>
       <c r="D410" t="s">
-        <v>3767</v>
+        <v>3768</v>
       </c>
       <c r="E410" t="s">
-        <v>3768</v>
+        <v>3769</v>
       </c>
       <c r="F410" t="s">
-        <v>3769</v>
+        <v>3770</v>
       </c>
       <c r="G410" t="s">
-        <v>3770</v>
+        <v>3771</v>
       </c>
       <c r="H410" t="s">
-        <v>3771</v>
+        <v>3772</v>
       </c>
       <c r="I410" t="s">
-        <v>3772</v>
+        <v>3773</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>25</v>
+        <v>1995</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>27</v>
+        <v>1997</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3773</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>10603</v>
+        <v>8402</v>
       </c>
       <c r="B411" t="s">
-        <v>3774</v>
+        <v>3775</v>
       </c>
       <c r="C411" t="s">
-        <v>3775</v>
+        <v>3776</v>
       </c>
       <c r="D411" t="s">
-        <v>3776</v>
+        <v>3777</v>
       </c>
       <c r="E411" t="s">
-        <v>3777</v>
+        <v>3778</v>
       </c>
       <c r="F411" t="s">
-        <v>3778</v>
+        <v>3779</v>
       </c>
       <c r="G411" t="s">
-        <v>3779</v>
+        <v>3780</v>
       </c>
       <c r="H411" t="s">
-        <v>3780</v>
+        <v>3781</v>
       </c>
       <c r="I411" t="s">
-        <v>3781</v>
+        <v>3782</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3782</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>10635</v>
+        <v>8883</v>
       </c>
       <c r="B412" t="s">
-        <v>3783</v>
+        <v>3784</v>
       </c>
       <c r="C412" t="s">
-        <v>3784</v>
+        <v>3785</v>
       </c>
       <c r="D412" t="s">
-        <v>3785</v>
+        <v>3786</v>
       </c>
       <c r="E412" t="s">
-        <v>3786</v>
+        <v>3787</v>
       </c>
       <c r="F412" t="s">
-        <v>3787</v>
+        <v>3788</v>
       </c>
       <c r="G412" t="s">
-        <v>3788</v>
+        <v>3789</v>
       </c>
       <c r="H412" t="s">
-        <v>3789</v>
+        <v>3790</v>
       </c>
       <c r="I412" t="s">
-        <v>3790</v>
+        <v>3791</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3791</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>10639</v>
+        <v>8886</v>
       </c>
       <c r="B413" t="s">
-        <v>3792</v>
+        <v>3793</v>
       </c>
       <c r="C413" t="s">
-        <v>3793</v>
+        <v>3794</v>
       </c>
       <c r="D413" t="s">
-        <v>3794</v>
+        <v>3795</v>
       </c>
       <c r="E413" t="s">
-        <v>3795</v>
+        <v>3796</v>
       </c>
       <c r="F413" t="s">
-        <v>3796</v>
+        <v>3797</v>
       </c>
       <c r="G413" t="s">
-        <v>3797</v>
+        <v>3798</v>
       </c>
       <c r="H413" t="s">
-        <v>3798</v>
+        <v>3799</v>
       </c>
       <c r="I413" t="s">
-        <v>3799</v>
+        <v>3800</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3800</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>10647</v>
+        <v>8902</v>
       </c>
       <c r="B414" t="s">
-        <v>3801</v>
+        <v>3802</v>
       </c>
       <c r="C414" t="s">
-        <v>3802</v>
+        <v>3803</v>
       </c>
       <c r="D414" t="s">
-        <v>3803</v>
+        <v>3804</v>
       </c>
       <c r="E414" t="s">
-        <v>3804</v>
+        <v>3805</v>
       </c>
       <c r="F414" t="s">
-        <v>3805</v>
+        <v>3806</v>
       </c>
       <c r="G414" t="s">
-        <v>3806</v>
+        <v>3807</v>
       </c>
       <c r="H414" t="s">
-        <v>3807</v>
+        <v>3808</v>
       </c>
       <c r="I414" t="s">
-        <v>3808</v>
+        <v>3809</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
         <v>170</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
         <v>171</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3809</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>10887</v>
+        <v>8903</v>
       </c>
       <c r="B415" t="s">
-        <v>3810</v>
+        <v>3811</v>
       </c>
       <c r="C415" t="s">
-        <v>3811</v>
+        <v>3812</v>
       </c>
       <c r="D415" t="s">
-        <v>3812</v>
+        <v>3813</v>
       </c>
       <c r="E415" t="s">
-        <v>3813</v>
+        <v>3814</v>
       </c>
       <c r="F415" t="s">
-        <v>3814</v>
+        <v>3815</v>
       </c>
       <c r="G415" t="s">
-        <v>3815</v>
+        <v>3816</v>
       </c>
       <c r="H415" t="s">
-        <v>3816</v>
+        <v>3817</v>
       </c>
       <c r="I415" t="s">
-        <v>3817</v>
+        <v>3818</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3818</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>10925</v>
+        <v>8904</v>
       </c>
       <c r="B416" t="s">
-        <v>3819</v>
+        <v>3820</v>
       </c>
       <c r="C416" t="s">
-        <v>3820</v>
+        <v>3821</v>
       </c>
       <c r="D416" t="s">
-        <v>3821</v>
+        <v>3822</v>
       </c>
       <c r="E416" t="s">
-        <v>3822</v>
+        <v>3823</v>
       </c>
       <c r="F416" t="s">
-        <v>3823</v>
+        <v>3824</v>
       </c>
       <c r="G416" t="s">
-        <v>3824</v>
+        <v>3825</v>
       </c>
       <c r="H416" t="s">
-        <v>3825</v>
+        <v>3826</v>
       </c>
       <c r="I416" t="s">
-        <v>3826</v>
+        <v>3827</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3827</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>10927</v>
+        <v>8905</v>
       </c>
       <c r="B417" t="s">
-        <v>3828</v>
+        <v>3829</v>
       </c>
       <c r="C417" t="s">
-        <v>3829</v>
+        <v>3830</v>
       </c>
       <c r="D417" t="s">
-        <v>3830</v>
+        <v>3831</v>
       </c>
       <c r="E417" t="s">
-        <v>3831</v>
+        <v>3832</v>
       </c>
       <c r="F417" t="s">
-        <v>3832</v>
+        <v>3833</v>
       </c>
       <c r="G417" t="s">
-        <v>3833</v>
+        <v>3834</v>
       </c>
       <c r="H417" t="s">
-        <v>3834</v>
+        <v>3835</v>
       </c>
       <c r="I417" t="s">
-        <v>3835</v>
+        <v>3836</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>170</v>
+        <v>3837</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
-      <c r="M417" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3836</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>10930</v>
+        <v>8914</v>
       </c>
       <c r="B418" t="s">
-        <v>3837</v>
+        <v>3839</v>
       </c>
       <c r="C418" t="s">
-        <v>3838</v>
+        <v>3840</v>
       </c>
       <c r="D418" t="s">
-        <v>3839</v>
+        <v>3841</v>
       </c>
       <c r="E418" t="s">
-        <v>3840</v>
+        <v>3842</v>
       </c>
       <c r="F418" t="s">
-        <v>3841</v>
+        <v>3843</v>
       </c>
       <c r="G418" t="s">
-        <v>3842</v>
+        <v>3844</v>
       </c>
       <c r="H418" t="s">
-        <v>3843</v>
+        <v>3845</v>
       </c>
       <c r="I418" t="s">
-        <v>3844</v>
+        <v>3846</v>
       </c>
       <c r="J418" t="s">
-        <v>1475</v>
+        <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L418" t="s">
-        <v>1477</v>
+        <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3845</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>10945</v>
+        <v>8918</v>
       </c>
       <c r="B419" t="s">
-        <v>3846</v>
+        <v>3848</v>
       </c>
       <c r="C419" t="s">
-        <v>3847</v>
+        <v>3849</v>
       </c>
       <c r="D419" t="s">
-        <v>3848</v>
+        <v>3850</v>
       </c>
       <c r="E419" t="s">
-        <v>3849</v>
+        <v>3851</v>
       </c>
       <c r="F419" t="s">
-        <v>3850</v>
+        <v>3852</v>
       </c>
       <c r="G419" t="s">
-        <v>3851</v>
+        <v>3853</v>
       </c>
       <c r="H419" t="s">
-        <v>3852</v>
+        <v>3854</v>
       </c>
       <c r="I419" t="s">
-        <v>3853</v>
+        <v>3855</v>
       </c>
       <c r="J419" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>745</v>
+        <v>25</v>
       </c>
       <c r="L419" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>746</v>
+        <v>27</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3854</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>10947</v>
+        <v>8945</v>
       </c>
       <c r="B420" t="s">
-        <v>3855</v>
+        <v>3857</v>
       </c>
       <c r="C420" t="s">
-        <v>3856</v>
+        <v>3858</v>
       </c>
       <c r="D420" t="s">
-        <v>3857</v>
+        <v>3859</v>
       </c>
       <c r="E420" t="s">
-        <v>3858</v>
+        <v>3860</v>
       </c>
       <c r="F420" t="s">
-        <v>3859</v>
+        <v>3861</v>
       </c>
       <c r="G420" t="s">
-        <v>3860</v>
+        <v>3862</v>
       </c>
       <c r="H420" t="s">
-        <v>3861</v>
+        <v>3863</v>
       </c>
       <c r="I420" t="s">
-        <v>3862</v>
+        <v>3864</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3863</v>
+        <v>3865</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>10948</v>
+        <v>8950</v>
       </c>
       <c r="B421" t="s">
-        <v>3864</v>
+        <v>3866</v>
       </c>
       <c r="C421" t="s">
-        <v>3865</v>
+        <v>3867</v>
       </c>
       <c r="D421" t="s">
-        <v>3866</v>
+        <v>3868</v>
       </c>
       <c r="E421" t="s">
-        <v>3867</v>
+        <v>3869</v>
       </c>
       <c r="F421" t="s">
-        <v>3868</v>
+        <v>3870</v>
       </c>
       <c r="G421" t="s">
-        <v>3869</v>
+        <v>3871</v>
       </c>
       <c r="H421" t="s">
-        <v>3870</v>
+        <v>3872</v>
       </c>
       <c r="I421" t="s">
-        <v>3871</v>
+        <v>3873</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3872</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>10950</v>
+        <v>8951</v>
       </c>
       <c r="B422" t="s">
-        <v>3873</v>
+        <v>3875</v>
       </c>
       <c r="C422" t="s">
-        <v>3874</v>
+        <v>3876</v>
       </c>
       <c r="D422" t="s">
-        <v>3875</v>
+        <v>3877</v>
       </c>
       <c r="E422" t="s">
-        <v>3876</v>
+        <v>3878</v>
       </c>
       <c r="F422" t="s">
-        <v>3877</v>
+        <v>3879</v>
       </c>
       <c r="G422" t="s">
-        <v>3878</v>
+        <v>3880</v>
       </c>
       <c r="H422" t="s">
-        <v>3879</v>
+        <v>3881</v>
       </c>
       <c r="I422" t="s">
-        <v>3880</v>
+        <v>3882</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>3881</v>
+        <v>170</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
+      <c r="M422" t="s">
+        <v>171</v>
+      </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3882</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>10951</v>
+        <v>8954</v>
       </c>
       <c r="B423" t="s">
-        <v>3883</v>
+        <v>3884</v>
       </c>
       <c r="C423" t="s">
-        <v>3884</v>
+        <v>3885</v>
       </c>
       <c r="D423" t="s">
-        <v>3885</v>
+        <v>3886</v>
       </c>
       <c r="E423" t="s">
-        <v>3886</v>
+        <v>3887</v>
       </c>
       <c r="F423" t="s">
-        <v>3887</v>
+        <v>3888</v>
       </c>
       <c r="G423" t="s">
-        <v>3888</v>
+        <v>3889</v>
       </c>
       <c r="H423" t="s">
-        <v>3889</v>
+        <v>3890</v>
       </c>
       <c r="I423" t="s">
-        <v>3890</v>
+        <v>3891</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3891</v>
+        <v>3892</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>11000</v>
+        <v>8959</v>
       </c>
       <c r="B424" t="s">
-        <v>3892</v>
+        <v>3893</v>
       </c>
       <c r="C424" t="s">
-        <v>3893</v>
+        <v>3894</v>
       </c>
       <c r="D424" t="s">
-        <v>3894</v>
+        <v>3895</v>
       </c>
       <c r="E424" t="s">
-        <v>3895</v>
+        <v>3896</v>
       </c>
       <c r="F424" t="s">
-        <v>3896</v>
+        <v>3897</v>
       </c>
       <c r="G424" t="s">
-        <v>3897</v>
+        <v>3898</v>
       </c>
       <c r="H424" t="s">
-        <v>3898</v>
+        <v>3899</v>
       </c>
       <c r="I424" t="s">
-        <v>3899</v>
+        <v>3900</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3900</v>
+        <v>3901</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>11161</v>
+        <v>8964</v>
       </c>
       <c r="B425" t="s">
-        <v>3901</v>
+        <v>3902</v>
       </c>
       <c r="C425" t="s">
-        <v>3902</v>
+        <v>3903</v>
       </c>
       <c r="D425" t="s">
-        <v>3903</v>
+        <v>3904</v>
       </c>
       <c r="E425" t="s">
-        <v>3904</v>
+        <v>3905</v>
       </c>
       <c r="F425" t="s">
-        <v>3905</v>
+        <v>3906</v>
       </c>
       <c r="G425" t="s">
-        <v>3906</v>
+        <v>3907</v>
       </c>
       <c r="H425" t="s">
-        <v>3907</v>
+        <v>3908</v>
       </c>
       <c r="I425" t="s">
-        <v>3908</v>
+        <v>3909</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>1476</v>
+        <v>904</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
-        <v>1478</v>
+        <v>905</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3909</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>11169</v>
+        <v>10011</v>
       </c>
       <c r="B426" t="s">
-        <v>3910</v>
+        <v>3911</v>
       </c>
       <c r="C426" t="s">
-        <v>3911</v>
+        <v>3912</v>
       </c>
       <c r="D426" t="s">
-        <v>3912</v>
+        <v>3913</v>
       </c>
       <c r="E426" t="s">
-        <v>3913</v>
+        <v>3914</v>
       </c>
       <c r="F426" t="s">
-        <v>3914</v>
+        <v>3915</v>
       </c>
       <c r="G426" t="s">
-        <v>3915</v>
+        <v>3916</v>
       </c>
       <c r="H426" t="s">
-        <v>3916</v>
+        <v>3917</v>
       </c>
       <c r="I426" t="s">
-        <v>3917</v>
+        <v>3918</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3918</v>
+        <v>3919</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>11220</v>
+        <v>10014</v>
       </c>
       <c r="B427" t="s">
-        <v>3919</v>
+        <v>3920</v>
       </c>
       <c r="C427" t="s">
-        <v>3920</v>
+        <v>3921</v>
       </c>
       <c r="D427" t="s">
-        <v>3921</v>
+        <v>3922</v>
       </c>
       <c r="E427" t="s">
-        <v>3922</v>
+        <v>3923</v>
       </c>
       <c r="F427" t="s">
-        <v>3923</v>
+        <v>3924</v>
       </c>
       <c r="G427" t="s">
-        <v>3924</v>
+        <v>3925</v>
       </c>
       <c r="H427" t="s">
-        <v>3925</v>
+        <v>3926</v>
       </c>
       <c r="I427" t="s">
-        <v>3926</v>
+        <v>3927</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
-        <v>689</v>
+        <v>3928</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
-        <v>690</v>
+        <v>3929</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3927</v>
+        <v>3930</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>11231</v>
+        <v>10015</v>
       </c>
       <c r="B428" t="s">
-        <v>3928</v>
+        <v>3931</v>
       </c>
       <c r="C428" t="s">
-        <v>3929</v>
+        <v>3932</v>
       </c>
       <c r="D428" t="s">
-        <v>3930</v>
+        <v>3933</v>
       </c>
       <c r="E428" t="s">
-        <v>3931</v>
+        <v>3934</v>
       </c>
       <c r="F428" t="s">
-        <v>3932</v>
+        <v>3935</v>
       </c>
       <c r="G428" t="s">
-        <v>3933</v>
+        <v>3936</v>
       </c>
       <c r="H428" t="s">
-        <v>3934</v>
+        <v>3937</v>
       </c>
       <c r="I428" t="s">
-        <v>3935</v>
+        <v>3938</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
         <v>170</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
         <v>171</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3936</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>11249</v>
+        <v>10036</v>
       </c>
       <c r="B429" t="s">
-        <v>3937</v>
+        <v>3940</v>
       </c>
       <c r="C429" t="s">
-        <v>3938</v>
+        <v>3941</v>
       </c>
       <c r="D429" t="s">
-        <v>3939</v>
+        <v>3942</v>
       </c>
       <c r="E429" t="s">
-        <v>3940</v>
+        <v>3943</v>
       </c>
       <c r="F429" t="s">
-        <v>3941</v>
+        <v>3944</v>
       </c>
       <c r="G429" t="s">
-        <v>3942</v>
+        <v>3945</v>
       </c>
       <c r="H429" t="s">
-        <v>3943</v>
+        <v>3946</v>
       </c>
       <c r="I429" t="s">
-        <v>3944</v>
+        <v>3947</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3945</v>
+        <v>3948</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>11251</v>
+        <v>10046</v>
       </c>
       <c r="B430" t="s">
-        <v>3946</v>
+        <v>3949</v>
       </c>
       <c r="C430" t="s">
-        <v>3947</v>
+        <v>3950</v>
       </c>
       <c r="D430" t="s">
-        <v>3948</v>
+        <v>3951</v>
       </c>
       <c r="E430" t="s">
-        <v>3949</v>
+        <v>3952</v>
       </c>
       <c r="F430" t="s">
-        <v>3950</v>
+        <v>3953</v>
       </c>
       <c r="G430" t="s">
-        <v>3951</v>
+        <v>3954</v>
       </c>
       <c r="H430" t="s">
-        <v>3952</v>
+        <v>3955</v>
       </c>
       <c r="I430" t="s">
-        <v>3953</v>
+        <v>3956</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>3527</v>
+        <v>274</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
+      <c r="M430" t="s">
+        <v>275</v>
+      </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3954</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>11256</v>
+        <v>10098</v>
       </c>
       <c r="B431" t="s">
-        <v>3955</v>
+        <v>3958</v>
       </c>
       <c r="C431" t="s">
-        <v>3956</v>
+        <v>3959</v>
       </c>
       <c r="D431" t="s">
-        <v>3957</v>
+        <v>3960</v>
       </c>
       <c r="E431" t="s">
-        <v>3958</v>
+        <v>3961</v>
       </c>
       <c r="F431" t="s">
-        <v>3959</v>
+        <v>3962</v>
       </c>
       <c r="G431" t="s">
-        <v>3960</v>
+        <v>3963</v>
       </c>
       <c r="H431" t="s">
-        <v>3961</v>
+        <v>3964</v>
       </c>
       <c r="I431" t="s">
-        <v>3962</v>
+        <v>3965</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3963</v>
+        <v>3966</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>11287</v>
+        <v>10101</v>
       </c>
       <c r="B432" t="s">
-        <v>3964</v>
+        <v>3967</v>
       </c>
       <c r="C432" t="s">
-        <v>3965</v>
+        <v>3968</v>
       </c>
       <c r="D432" t="s">
-        <v>3966</v>
+        <v>3969</v>
       </c>
       <c r="E432" t="s">
-        <v>3967</v>
+        <v>3970</v>
       </c>
       <c r="F432" t="s">
-        <v>3968</v>
+        <v>3971</v>
       </c>
       <c r="G432" t="s">
-        <v>3969</v>
+        <v>3972</v>
       </c>
       <c r="H432" t="s">
-        <v>3970</v>
+        <v>3973</v>
       </c>
       <c r="I432" t="s">
-        <v>3971</v>
+        <v>3974</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3972</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>11299</v>
+        <v>10412</v>
       </c>
       <c r="B433" t="s">
-        <v>3973</v>
+        <v>3976</v>
       </c>
       <c r="C433" t="s">
-        <v>3974</v>
+        <v>3977</v>
       </c>
       <c r="D433" t="s">
-        <v>3975</v>
+        <v>3978</v>
       </c>
       <c r="E433" t="s">
-        <v>3976</v>
+        <v>3979</v>
       </c>
       <c r="F433" t="s">
-        <v>3977</v>
+        <v>3980</v>
       </c>
       <c r="G433" t="s">
-        <v>3978</v>
+        <v>3981</v>
       </c>
       <c r="H433" t="s">
-        <v>3979</v>
+        <v>3982</v>
       </c>
       <c r="I433" t="s">
-        <v>3980</v>
+        <v>3983</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>3981</v>
+        <v>3984</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>11303</v>
+        <v>10603</v>
       </c>
       <c r="B434" t="s">
-        <v>3982</v>
+        <v>3985</v>
       </c>
       <c r="C434" t="s">
-        <v>3983</v>
+        <v>3986</v>
       </c>
       <c r="D434" t="s">
-        <v>3984</v>
+        <v>3987</v>
       </c>
       <c r="E434" t="s">
-        <v>3985</v>
+        <v>3988</v>
       </c>
       <c r="F434" t="s">
-        <v>3986</v>
+        <v>3989</v>
       </c>
       <c r="G434" t="s">
-        <v>3987</v>
+        <v>3990</v>
       </c>
       <c r="H434" t="s">
-        <v>3988</v>
+        <v>3991</v>
       </c>
       <c r="I434" t="s">
-        <v>3989</v>
+        <v>3992</v>
       </c>
       <c r="J434" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L434" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>3990</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>11306</v>
+        <v>10635</v>
       </c>
       <c r="B435" t="s">
-        <v>3991</v>
+        <v>3994</v>
       </c>
       <c r="C435" t="s">
-        <v>3992</v>
+        <v>3995</v>
       </c>
       <c r="D435" t="s">
-        <v>3993</v>
+        <v>3996</v>
       </c>
       <c r="E435" t="s">
-        <v>3994</v>
+        <v>3997</v>
       </c>
       <c r="F435" t="s">
-        <v>3995</v>
+        <v>3998</v>
       </c>
       <c r="G435" t="s">
-        <v>3996</v>
+        <v>3999</v>
       </c>
       <c r="H435" t="s">
-        <v>3997</v>
+        <v>4000</v>
       </c>
       <c r="I435" t="s">
-        <v>3998</v>
+        <v>4001</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
-        <v>1135</v>
+        <v>47</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
+      <c r="M435" t="s">
+        <v>48</v>
+      </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>3999</v>
+        <v>4002</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>58060</v>
+        <v>10639</v>
       </c>
       <c r="B436" t="s">
-        <v>4000</v>
+        <v>4003</v>
       </c>
       <c r="C436" t="s">
-        <v>4001</v>
+        <v>4004</v>
       </c>
       <c r="D436" t="s">
-        <v>4002</v>
+        <v>4005</v>
       </c>
       <c r="E436" t="s">
-        <v>4003</v>
+        <v>4006</v>
       </c>
       <c r="F436" t="s">
-        <v>4004</v>
+        <v>4007</v>
       </c>
       <c r="G436" t="s">
-        <v>4005</v>
+        <v>4008</v>
       </c>
       <c r="H436" t="s">
-        <v>4006</v>
+        <v>4009</v>
       </c>
       <c r="I436" t="s">
-        <v>4007</v>
+        <v>4010</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>4008</v>
+        <v>25</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>4009</v>
+        <v>27</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4010</v>
+        <v>4011</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>58066</v>
+        <v>10647</v>
       </c>
       <c r="B437" t="s">
-        <v>4011</v>
+        <v>4012</v>
       </c>
       <c r="C437" t="s">
-        <v>4012</v>
+        <v>4013</v>
       </c>
       <c r="D437" t="s">
-        <v>4013</v>
+        <v>4014</v>
       </c>
       <c r="E437" t="s">
-        <v>4014</v>
+        <v>4015</v>
       </c>
       <c r="F437" t="s">
-        <v>4015</v>
+        <v>4016</v>
       </c>
       <c r="G437" t="s">
-        <v>4016</v>
+        <v>4017</v>
       </c>
       <c r="H437" t="s">
-        <v>4017</v>
+        <v>4018</v>
       </c>
       <c r="I437" t="s">
-        <v>4018</v>
+        <v>4019</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
-        <v>275</v>
+        <v>171</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4019</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>58067</v>
+        <v>10887</v>
       </c>
       <c r="B438" t="s">
-        <v>4020</v>
+        <v>4021</v>
       </c>
       <c r="C438" t="s">
-        <v>4021</v>
+        <v>4022</v>
       </c>
       <c r="D438" t="s">
-        <v>4022</v>
+        <v>4023</v>
       </c>
       <c r="E438" t="s">
-        <v>4023</v>
+        <v>4024</v>
       </c>
       <c r="F438" t="s">
-        <v>4024</v>
+        <v>4025</v>
       </c>
       <c r="G438" t="s">
-        <v>4025</v>
+        <v>4026</v>
       </c>
       <c r="H438" t="s">
-        <v>4026</v>
+        <v>4027</v>
       </c>
       <c r="I438" t="s">
-        <v>4027</v>
+        <v>4028</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4028</v>
+        <v>4029</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>58090</v>
+        <v>10925</v>
       </c>
       <c r="B439" t="s">
-        <v>4029</v>
+        <v>4030</v>
       </c>
       <c r="C439" t="s">
-        <v>4030</v>
+        <v>4031</v>
       </c>
       <c r="D439" t="s">
-        <v>4031</v>
+        <v>4032</v>
       </c>
       <c r="E439" t="s">
-        <v>4032</v>
+        <v>4033</v>
       </c>
       <c r="F439" t="s">
-        <v>4033</v>
+        <v>4034</v>
       </c>
       <c r="G439" t="s">
-        <v>4034</v>
+        <v>4035</v>
       </c>
       <c r="H439" t="s">
-        <v>4035</v>
+        <v>4036</v>
       </c>
       <c r="I439" t="s">
-        <v>4036</v>
+        <v>4037</v>
       </c>
       <c r="J439" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>757</v>
+        <v>25</v>
       </c>
       <c r="L439" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>759</v>
+        <v>27</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4037</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>58091</v>
+        <v>10927</v>
       </c>
       <c r="B440" t="s">
-        <v>4038</v>
+        <v>4039</v>
       </c>
       <c r="C440" t="s">
-        <v>4039</v>
+        <v>4040</v>
       </c>
       <c r="D440" t="s">
-        <v>4040</v>
+        <v>4041</v>
       </c>
       <c r="E440" t="s">
-        <v>4041</v>
+        <v>4042</v>
       </c>
       <c r="F440" t="s">
-        <v>4042</v>
+        <v>4043</v>
       </c>
       <c r="G440" t="s">
-        <v>4043</v>
+        <v>4044</v>
       </c>
       <c r="H440" t="s">
-        <v>4044</v>
+        <v>4045</v>
       </c>
       <c r="I440" t="s">
-        <v>4045</v>
+        <v>4046</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>4046</v>
+        <v>170</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
+      </c>
+      <c r="M440" t="s">
+        <v>171</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
         <v>4047</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>58093</v>
+        <v>10930</v>
       </c>
       <c r="B441" t="s">
         <v>4048</v>
       </c>
       <c r="C441" t="s">
         <v>4049</v>
       </c>
       <c r="D441" t="s">
         <v>4050</v>
       </c>
       <c r="E441" t="s">
         <v>4051</v>
       </c>
       <c r="F441" t="s">
         <v>4052</v>
       </c>
       <c r="G441" t="s">
         <v>4053</v>
       </c>
       <c r="H441" t="s">
         <v>4054</v>
       </c>
       <c r="I441" t="s">
         <v>4055</v>
       </c>
       <c r="J441" t="s">
-        <v>449</v>
+        <v>1475</v>
       </c>
       <c r="K441" t="s">
-        <v>2251</v>
+        <v>274</v>
       </c>
       <c r="L441" t="s">
-        <v>451</v>
+        <v>1477</v>
       </c>
       <c r="M441" t="s">
-        <v>2252</v>
+        <v>275</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
         <v>4056</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>58120</v>
+        <v>10945</v>
       </c>
       <c r="B442" t="s">
         <v>4057</v>
       </c>
       <c r="C442" t="s">
         <v>4058</v>
       </c>
       <c r="D442" t="s">
         <v>4059</v>
       </c>
       <c r="E442" t="s">
         <v>4060</v>
       </c>
       <c r="F442" t="s">
         <v>4061</v>
       </c>
       <c r="G442" t="s">
         <v>4062</v>
       </c>
       <c r="H442" t="s">
         <v>4063</v>
       </c>
       <c r="I442" t="s">
         <v>4064</v>
       </c>
       <c r="J442" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K442" t="s">
-        <v>25</v>
+        <v>745</v>
       </c>
       <c r="L442" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M442" t="s">
-        <v>27</v>
+        <v>746</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
         <v>4065</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>58122</v>
+        <v>10947</v>
       </c>
       <c r="B443" t="s">
         <v>4066</v>
       </c>
       <c r="C443" t="s">
         <v>4067</v>
       </c>
       <c r="D443" t="s">
         <v>4068</v>
       </c>
       <c r="E443" t="s">
         <v>4069</v>
       </c>
       <c r="F443" t="s">
         <v>4070</v>
       </c>
       <c r="G443" t="s">
         <v>4071</v>
       </c>
       <c r="H443" t="s">
         <v>4072</v>
       </c>
       <c r="I443" t="s">
         <v>4073</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
         <v>170</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
         <v>171</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
         <v>4074</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>58125</v>
+        <v>10948</v>
       </c>
       <c r="B444" t="s">
         <v>4075</v>
       </c>
       <c r="C444" t="s">
         <v>4076</v>
       </c>
       <c r="D444" t="s">
         <v>4077</v>
       </c>
       <c r="E444" t="s">
         <v>4078</v>
       </c>
       <c r="F444" t="s">
         <v>4079</v>
       </c>
       <c r="G444" t="s">
         <v>4080</v>
       </c>
       <c r="H444" t="s">
         <v>4081</v>
       </c>
       <c r="I444" t="s">
         <v>4082</v>
       </c>
       <c r="J444" t="s">
         <v>24</v>
       </c>
       <c r="K444" t="s">
-        <v>3527</v>
+        <v>170</v>
       </c>
       <c r="L444" t="s">
         <v>26</v>
+      </c>
+      <c r="M444" t="s">
+        <v>171</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
         <v>4083</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>58144</v>
+        <v>10950</v>
       </c>
       <c r="B445" t="s">
         <v>4084</v>
       </c>
       <c r="C445" t="s">
         <v>4085</v>
       </c>
       <c r="D445" t="s">
         <v>4086</v>
       </c>
       <c r="E445" t="s">
         <v>4087</v>
       </c>
       <c r="F445" t="s">
         <v>4088</v>
       </c>
       <c r="G445" t="s">
         <v>4089</v>
       </c>
       <c r="H445" t="s">
         <v>4090</v>
       </c>
       <c r="I445" t="s">
         <v>4091</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>25</v>
+        <v>4092</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
-      <c r="M445" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4092</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>58148</v>
+        <v>10951</v>
       </c>
       <c r="B446" t="s">
-        <v>4093</v>
+        <v>4094</v>
       </c>
       <c r="C446" t="s">
-        <v>4094</v>
+        <v>4095</v>
       </c>
       <c r="D446" t="s">
-        <v>4095</v>
+        <v>4096</v>
       </c>
       <c r="E446" t="s">
-        <v>4096</v>
+        <v>4097</v>
       </c>
       <c r="F446" t="s">
-        <v>4097</v>
+        <v>4098</v>
       </c>
       <c r="G446" t="s">
-        <v>4098</v>
+        <v>4099</v>
       </c>
       <c r="H446" t="s">
-        <v>4099</v>
+        <v>4100</v>
       </c>
       <c r="I446" t="s">
-        <v>4100</v>
+        <v>4101</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>1070</v>
+        <v>47</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>1071</v>
+        <v>48</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4101</v>
+        <v>4102</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>58218</v>
+        <v>11000</v>
       </c>
       <c r="B447" t="s">
-        <v>4102</v>
+        <v>4103</v>
       </c>
       <c r="C447" t="s">
-        <v>4103</v>
+        <v>4104</v>
       </c>
       <c r="D447" t="s">
-        <v>4104</v>
+        <v>4105</v>
       </c>
       <c r="E447" t="s">
-        <v>4105</v>
+        <v>4106</v>
       </c>
       <c r="F447" t="s">
-        <v>4106</v>
+        <v>4107</v>
       </c>
       <c r="G447" t="s">
-        <v>4107</v>
+        <v>4108</v>
       </c>
       <c r="H447" t="s">
-        <v>4108</v>
+        <v>4109</v>
       </c>
       <c r="I447" t="s">
-        <v>4109</v>
+        <v>4110</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4110</v>
+        <v>4111</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>58223</v>
+        <v>11161</v>
       </c>
       <c r="B448" t="s">
-        <v>4111</v>
+        <v>4112</v>
       </c>
       <c r="C448" t="s">
-        <v>4112</v>
+        <v>4113</v>
       </c>
       <c r="D448" t="s">
-        <v>4113</v>
+        <v>4114</v>
       </c>
       <c r="E448" t="s">
-        <v>4114</v>
+        <v>4115</v>
       </c>
       <c r="F448" t="s">
-        <v>4115</v>
+        <v>4116</v>
       </c>
       <c r="G448" t="s">
-        <v>4116</v>
+        <v>4117</v>
       </c>
       <c r="H448" t="s">
-        <v>4117</v>
+        <v>4118</v>
       </c>
       <c r="I448" t="s">
-        <v>4118</v>
+        <v>4119</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>170</v>
+        <v>1476</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>171</v>
+        <v>1478</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4119</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>58259</v>
+        <v>11169</v>
       </c>
       <c r="B449" t="s">
-        <v>4120</v>
+        <v>4121</v>
       </c>
       <c r="C449" t="s">
-        <v>4121</v>
+        <v>4122</v>
       </c>
       <c r="D449" t="s">
-        <v>4122</v>
+        <v>4123</v>
       </c>
       <c r="E449" t="s">
-        <v>4123</v>
+        <v>4124</v>
       </c>
       <c r="F449" t="s">
-        <v>4124</v>
+        <v>4125</v>
       </c>
       <c r="G449" t="s">
-        <v>4125</v>
+        <v>4126</v>
       </c>
       <c r="H449" t="s">
-        <v>4126</v>
+        <v>4127</v>
       </c>
       <c r="I449" t="s">
-        <v>4127</v>
+        <v>4128</v>
       </c>
       <c r="J449" t="s">
         <v>24</v>
       </c>
       <c r="K449" t="s">
-        <v>4128</v>
+        <v>59</v>
       </c>
       <c r="L449" t="s">
         <v>26</v>
+      </c>
+      <c r="M449" t="s">
+        <v>61</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
         <v>4129</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>64597</v>
+        <v>11220</v>
       </c>
       <c r="B450" t="s">
         <v>4130</v>
       </c>
       <c r="C450" t="s">
         <v>4131</v>
       </c>
       <c r="D450" t="s">
         <v>4132</v>
       </c>
       <c r="E450" t="s">
         <v>4133</v>
       </c>
       <c r="F450" t="s">
         <v>4134</v>
       </c>
       <c r="G450" t="s">
         <v>4135</v>
       </c>
       <c r="H450" t="s">
         <v>4136</v>
       </c>
       <c r="I450" t="s">
         <v>4137</v>
       </c>
       <c r="J450" t="s">
         <v>24</v>
       </c>
       <c r="K450" t="s">
-        <v>1135</v>
+        <v>689</v>
       </c>
       <c r="L450" t="s">
         <v>26</v>
+      </c>
+      <c r="M450" t="s">
+        <v>690</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
         <v>4138</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>64637</v>
+        <v>11231</v>
       </c>
       <c r="B451" t="s">
         <v>4139</v>
       </c>
       <c r="C451" t="s">
         <v>4140</v>
       </c>
       <c r="D451" t="s">
         <v>4141</v>
       </c>
       <c r="E451" t="s">
         <v>4142</v>
       </c>
       <c r="F451" t="s">
         <v>4143</v>
       </c>
       <c r="G451" t="s">
         <v>4144</v>
       </c>
       <c r="H451" t="s">
         <v>4145</v>
       </c>
       <c r="I451" t="s">
         <v>4146</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
         <v>4147</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>64643</v>
+        <v>11249</v>
       </c>
       <c r="B452" t="s">
         <v>4148</v>
       </c>
       <c r="C452" t="s">
         <v>4149</v>
       </c>
       <c r="D452" t="s">
         <v>4150</v>
       </c>
       <c r="E452" t="s">
         <v>4151</v>
       </c>
       <c r="F452" t="s">
         <v>4152</v>
       </c>
       <c r="G452" t="s">
         <v>4153</v>
       </c>
       <c r="H452" t="s">
         <v>4154</v>
       </c>
       <c r="I452" t="s">
         <v>4155</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
         <v>4156</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>64689</v>
+        <v>11251</v>
       </c>
       <c r="B453" t="s">
         <v>4157</v>
       </c>
       <c r="C453" t="s">
         <v>4158</v>
       </c>
       <c r="D453" t="s">
         <v>4159</v>
       </c>
       <c r="E453" t="s">
         <v>4160</v>
       </c>
       <c r="F453" t="s">
         <v>4161</v>
       </c>
       <c r="G453" t="s">
         <v>4162</v>
       </c>
       <c r="H453" t="s">
         <v>4163</v>
       </c>
       <c r="I453" t="s">
         <v>4164</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
-        <v>59</v>
+        <v>3719</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
         <v>4165</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65000</v>
+        <v>11256</v>
       </c>
       <c r="B454" t="s">
         <v>4166</v>
       </c>
       <c r="C454" t="s">
         <v>4167</v>
       </c>
       <c r="D454" t="s">
         <v>4168</v>
       </c>
       <c r="E454" t="s">
         <v>4169</v>
       </c>
       <c r="F454" t="s">
         <v>4170</v>
       </c>
       <c r="G454" t="s">
         <v>4171</v>
       </c>
       <c r="H454" t="s">
         <v>4172</v>
       </c>
       <c r="I454" t="s">
         <v>4173</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
         <v>4174</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65001</v>
+        <v>11287</v>
       </c>
       <c r="B455" t="s">
         <v>4175</v>
       </c>
       <c r="C455" t="s">
         <v>4176</v>
       </c>
       <c r="D455" t="s">
         <v>4177</v>
       </c>
       <c r="E455" t="s">
         <v>4178</v>
       </c>
       <c r="F455" t="s">
         <v>4179</v>
       </c>
       <c r="G455" t="s">
         <v>4180</v>
       </c>
       <c r="H455" t="s">
         <v>4181</v>
       </c>
       <c r="I455" t="s">
         <v>4182</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
         <v>170</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
         <v>171</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
         <v>4183</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65002</v>
+        <v>11299</v>
       </c>
       <c r="B456" t="s">
         <v>4184</v>
       </c>
       <c r="C456" t="s">
         <v>4185</v>
       </c>
       <c r="D456" t="s">
         <v>4186</v>
       </c>
       <c r="E456" t="s">
         <v>4187</v>
       </c>
       <c r="F456" t="s">
         <v>4188</v>
       </c>
       <c r="G456" t="s">
         <v>4189</v>
       </c>
       <c r="H456" t="s">
         <v>4190</v>
       </c>
       <c r="I456" t="s">
         <v>4191</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
         <v>4192</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65003</v>
+        <v>11303</v>
       </c>
       <c r="B457" t="s">
         <v>4193</v>
       </c>
       <c r="C457" t="s">
         <v>4194</v>
       </c>
       <c r="D457" t="s">
         <v>4195</v>
       </c>
       <c r="E457" t="s">
         <v>4196</v>
       </c>
       <c r="F457" t="s">
         <v>4197</v>
       </c>
       <c r="G457" t="s">
         <v>4198</v>
       </c>
       <c r="H457" t="s">
         <v>4199</v>
       </c>
       <c r="I457" t="s">
         <v>4200</v>
       </c>
       <c r="J457" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K457" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L457" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M457" t="s">
-        <v>171</v>
+        <v>275</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
         <v>4201</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65004</v>
+        <v>11306</v>
       </c>
       <c r="B458" t="s">
         <v>4202</v>
       </c>
       <c r="C458" t="s">
         <v>4203</v>
       </c>
       <c r="D458" t="s">
         <v>4204</v>
       </c>
       <c r="E458" t="s">
         <v>4205</v>
       </c>
       <c r="F458" t="s">
         <v>4206</v>
       </c>
       <c r="G458" t="s">
         <v>4207</v>
       </c>
       <c r="H458" t="s">
         <v>4208</v>
       </c>
       <c r="I458" t="s">
         <v>4209</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
-        <v>170</v>
+        <v>1135</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
         <v>4210</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65005</v>
+        <v>58060</v>
       </c>
       <c r="B459" t="s">
         <v>4211</v>
       </c>
       <c r="C459" t="s">
         <v>4212</v>
       </c>
       <c r="D459" t="s">
         <v>4213</v>
       </c>
       <c r="E459" t="s">
         <v>4214</v>
       </c>
       <c r="F459" t="s">
         <v>4215</v>
       </c>
       <c r="G459" t="s">
         <v>4216</v>
       </c>
       <c r="H459" t="s">
         <v>4217</v>
       </c>
       <c r="I459" t="s">
         <v>4218</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
         <v>4219</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
         <v>4220</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
         <v>4221</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65006</v>
+        <v>58066</v>
       </c>
       <c r="B460" t="s">
         <v>4222</v>
       </c>
       <c r="C460" t="s">
         <v>4223</v>
       </c>
       <c r="D460" t="s">
         <v>4224</v>
       </c>
       <c r="E460" t="s">
         <v>4225</v>
       </c>
       <c r="F460" t="s">
         <v>4226</v>
       </c>
       <c r="G460" t="s">
         <v>4227</v>
       </c>
       <c r="H460" t="s">
         <v>4228</v>
       </c>
       <c r="I460" t="s">
         <v>4229</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
+        <v>274</v>
+      </c>
+      <c r="L460" t="s">
+        <v>26</v>
+      </c>
+      <c r="M460" t="s">
+        <v>275</v>
+      </c>
+      <c r="N460" t="s">
+        <v>28</v>
+      </c>
+      <c r="O460" t="s">
         <v>4230</v>
-      </c>
-[...10 lines deleted...]
-        <v>4232</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65007</v>
+        <v>58067</v>
       </c>
       <c r="B461" t="s">
+        <v>4231</v>
+      </c>
+      <c r="C461" t="s">
+        <v>4232</v>
+      </c>
+      <c r="D461" t="s">
         <v>4233</v>
       </c>
-      <c r="C461" t="s">
+      <c r="E461" t="s">
         <v>4234</v>
       </c>
-      <c r="D461" t="s">
+      <c r="F461" t="s">
         <v>4235</v>
       </c>
-      <c r="E461" t="s">
+      <c r="G461" t="s">
         <v>4236</v>
       </c>
-      <c r="F461" t="s">
+      <c r="H461" t="s">
         <v>4237</v>
       </c>
-      <c r="G461" t="s">
+      <c r="I461" t="s">
         <v>4238</v>
       </c>
-      <c r="H461" t="s">
+      <c r="J461" t="s">
+        <v>24</v>
+      </c>
+      <c r="K461" t="s">
+        <v>274</v>
+      </c>
+      <c r="L461" t="s">
+        <v>26</v>
+      </c>
+      <c r="M461" t="s">
+        <v>275</v>
+      </c>
+      <c r="N461" t="s">
+        <v>28</v>
+      </c>
+      <c r="O461" t="s">
         <v>4239</v>
-      </c>
-[...19 lines deleted...]
-        <v>4241</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65008</v>
+        <v>58090</v>
       </c>
       <c r="B462" t="s">
+        <v>4240</v>
+      </c>
+      <c r="C462" t="s">
+        <v>4241</v>
+      </c>
+      <c r="D462" t="s">
         <v>4242</v>
       </c>
-      <c r="C462" t="s">
+      <c r="E462" t="s">
         <v>4243</v>
       </c>
-      <c r="D462" t="s">
+      <c r="F462" t="s">
         <v>4244</v>
       </c>
-      <c r="E462" t="s">
+      <c r="G462" t="s">
         <v>4245</v>
       </c>
-      <c r="F462" t="s">
+      <c r="H462" t="s">
         <v>4246</v>
       </c>
-      <c r="G462" t="s">
+      <c r="I462" t="s">
         <v>4247</v>
       </c>
-      <c r="H462" t="s">
+      <c r="J462" t="s">
+        <v>449</v>
+      </c>
+      <c r="K462" t="s">
+        <v>757</v>
+      </c>
+      <c r="L462" t="s">
+        <v>451</v>
+      </c>
+      <c r="M462" t="s">
+        <v>759</v>
+      </c>
+      <c r="N462" t="s">
+        <v>28</v>
+      </c>
+      <c r="O462" t="s">
         <v>4248</v>
-      </c>
-[...19 lines deleted...]
-        <v>4250</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65009</v>
+        <v>58091</v>
       </c>
       <c r="B463" t="s">
+        <v>4249</v>
+      </c>
+      <c r="C463" t="s">
+        <v>4250</v>
+      </c>
+      <c r="D463" t="s">
         <v>4251</v>
       </c>
-      <c r="C463" t="s">
+      <c r="E463" t="s">
         <v>4252</v>
       </c>
-      <c r="D463" t="s">
+      <c r="F463" t="s">
         <v>4253</v>
       </c>
-      <c r="E463" t="s">
+      <c r="G463" t="s">
         <v>4254</v>
       </c>
-      <c r="F463" t="s">
+      <c r="H463" t="s">
         <v>4255</v>
       </c>
-      <c r="G463" t="s">
+      <c r="I463" t="s">
         <v>4256</v>
       </c>
-      <c r="H463" t="s">
+      <c r="J463" t="s">
+        <v>24</v>
+      </c>
+      <c r="K463" t="s">
         <v>4257</v>
       </c>
-      <c r="I463" t="s">
+      <c r="L463" t="s">
+        <v>26</v>
+      </c>
+      <c r="N463" t="s">
+        <v>28</v>
+      </c>
+      <c r="O463" t="s">
         <v>4258</v>
-      </c>
-[...16 lines deleted...]
-        <v>4259</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65010</v>
+        <v>58093</v>
       </c>
       <c r="B464" t="s">
+        <v>4259</v>
+      </c>
+      <c r="C464" t="s">
         <v>4260</v>
       </c>
-      <c r="C464" t="s">
+      <c r="D464" t="s">
         <v>4261</v>
       </c>
-      <c r="D464" t="s">
+      <c r="E464" t="s">
         <v>4262</v>
       </c>
-      <c r="E464" t="s">
+      <c r="F464" t="s">
         <v>4263</v>
       </c>
-      <c r="F464" t="s">
+      <c r="G464" t="s">
         <v>4264</v>
       </c>
-      <c r="G464" t="s">
+      <c r="H464" t="s">
         <v>4265</v>
       </c>
-      <c r="H464" t="s">
+      <c r="I464" t="s">
         <v>4266</v>
       </c>
-      <c r="I464" t="s">
+      <c r="J464" t="s">
+        <v>449</v>
+      </c>
+      <c r="K464" t="s">
+        <v>2269</v>
+      </c>
+      <c r="L464" t="s">
+        <v>451</v>
+      </c>
+      <c r="M464" t="s">
+        <v>2270</v>
+      </c>
+      <c r="N464" t="s">
+        <v>28</v>
+      </c>
+      <c r="O464" t="s">
         <v>4267</v>
-      </c>
-[...16 lines deleted...]
-        <v>4268</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65011</v>
+        <v>58120</v>
       </c>
       <c r="B465" t="s">
+        <v>4268</v>
+      </c>
+      <c r="C465" t="s">
         <v>4269</v>
       </c>
-      <c r="C465" t="s">
+      <c r="D465" t="s">
         <v>4270</v>
       </c>
-      <c r="D465" t="s">
+      <c r="E465" t="s">
         <v>4271</v>
       </c>
-      <c r="E465" t="s">
+      <c r="F465" t="s">
         <v>4272</v>
       </c>
-      <c r="F465" t="s">
+      <c r="G465" t="s">
         <v>4273</v>
       </c>
-      <c r="G465" t="s">
+      <c r="H465" t="s">
         <v>4274</v>
       </c>
-      <c r="H465" t="s">
+      <c r="I465" t="s">
         <v>4275</v>
       </c>
-      <c r="I465" t="s">
+      <c r="J465" t="s">
+        <v>24</v>
+      </c>
+      <c r="K465" t="s">
+        <v>25</v>
+      </c>
+      <c r="L465" t="s">
+        <v>26</v>
+      </c>
+      <c r="M465" t="s">
+        <v>27</v>
+      </c>
+      <c r="N465" t="s">
+        <v>28</v>
+      </c>
+      <c r="O465" t="s">
         <v>4276</v>
-      </c>
-[...16 lines deleted...]
-        <v>4277</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65012</v>
+        <v>58122</v>
       </c>
       <c r="B466" t="s">
+        <v>4277</v>
+      </c>
+      <c r="C466" t="s">
         <v>4278</v>
       </c>
-      <c r="C466" t="s">
+      <c r="D466" t="s">
         <v>4279</v>
       </c>
-      <c r="D466" t="s">
+      <c r="E466" t="s">
         <v>4280</v>
       </c>
-      <c r="E466" t="s">
+      <c r="F466" t="s">
         <v>4281</v>
       </c>
-      <c r="F466" t="s">
+      <c r="G466" t="s">
         <v>4282</v>
       </c>
-      <c r="G466" t="s">
+      <c r="H466" t="s">
         <v>4283</v>
       </c>
-      <c r="H466" t="s">
+      <c r="I466" t="s">
         <v>4284</v>
       </c>
-      <c r="I466" t="s">
+      <c r="J466" t="s">
+        <v>24</v>
+      </c>
+      <c r="K466" t="s">
+        <v>170</v>
+      </c>
+      <c r="L466" t="s">
+        <v>26</v>
+      </c>
+      <c r="M466" t="s">
+        <v>171</v>
+      </c>
+      <c r="N466" t="s">
+        <v>28</v>
+      </c>
+      <c r="O466" t="s">
         <v>4285</v>
-      </c>
-[...16 lines deleted...]
-        <v>4288</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65013</v>
+        <v>58125</v>
       </c>
       <c r="B467" t="s">
+        <v>4286</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4287</v>
+      </c>
+      <c r="D467" t="s">
+        <v>4288</v>
+      </c>
+      <c r="E467" t="s">
         <v>4289</v>
       </c>
-      <c r="C467" t="s">
+      <c r="F467" t="s">
         <v>4290</v>
       </c>
-      <c r="D467" t="s">
+      <c r="G467" t="s">
         <v>4291</v>
       </c>
-      <c r="E467" t="s">
+      <c r="H467" t="s">
         <v>4292</v>
       </c>
-      <c r="F467" t="s">
+      <c r="I467" t="s">
         <v>4293</v>
       </c>
-      <c r="G467" t="s">
+      <c r="J467" t="s">
+        <v>24</v>
+      </c>
+      <c r="K467" t="s">
+        <v>3719</v>
+      </c>
+      <c r="L467" t="s">
+        <v>26</v>
+      </c>
+      <c r="N467" t="s">
+        <v>28</v>
+      </c>
+      <c r="O467" t="s">
         <v>4294</v>
-      </c>
-[...22 lines deleted...]
-        <v>4297</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65014</v>
+        <v>58144</v>
       </c>
       <c r="B468" t="s">
+        <v>4295</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4296</v>
+      </c>
+      <c r="D468" t="s">
+        <v>4297</v>
+      </c>
+      <c r="E468" t="s">
         <v>4298</v>
       </c>
-      <c r="C468" t="s">
+      <c r="F468" t="s">
         <v>4299</v>
       </c>
-      <c r="D468" t="s">
+      <c r="G468" t="s">
         <v>4300</v>
       </c>
-      <c r="E468" t="s">
+      <c r="H468" t="s">
         <v>4301</v>
       </c>
-      <c r="F468" t="s">
+      <c r="I468" t="s">
         <v>4302</v>
       </c>
-      <c r="G468" t="s">
+      <c r="J468" t="s">
+        <v>24</v>
+      </c>
+      <c r="K468" t="s">
+        <v>25</v>
+      </c>
+      <c r="L468" t="s">
+        <v>26</v>
+      </c>
+      <c r="M468" t="s">
+        <v>27</v>
+      </c>
+      <c r="N468" t="s">
+        <v>28</v>
+      </c>
+      <c r="O468" t="s">
         <v>4303</v>
-      </c>
-[...22 lines deleted...]
-        <v>4306</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65015</v>
+        <v>58148</v>
       </c>
       <c r="B469" t="s">
+        <v>4304</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4305</v>
+      </c>
+      <c r="D469" t="s">
+        <v>4306</v>
+      </c>
+      <c r="E469" t="s">
         <v>4307</v>
       </c>
-      <c r="C469" t="s">
+      <c r="F469" t="s">
         <v>4308</v>
       </c>
-      <c r="D469" t="s">
+      <c r="G469" t="s">
         <v>4309</v>
       </c>
-      <c r="E469" t="s">
+      <c r="H469" t="s">
         <v>4310</v>
       </c>
-      <c r="F469" t="s">
+      <c r="I469" t="s">
         <v>4311</v>
       </c>
-      <c r="G469" t="s">
+      <c r="J469" t="s">
+        <v>24</v>
+      </c>
+      <c r="K469" t="s">
+        <v>1070</v>
+      </c>
+      <c r="L469" t="s">
+        <v>26</v>
+      </c>
+      <c r="M469" t="s">
+        <v>1071</v>
+      </c>
+      <c r="N469" t="s">
+        <v>28</v>
+      </c>
+      <c r="O469" t="s">
         <v>4312</v>
-      </c>
-[...22 lines deleted...]
-        <v>4315</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65016</v>
+        <v>58218</v>
       </c>
       <c r="B470" t="s">
+        <v>4313</v>
+      </c>
+      <c r="C470" t="s">
+        <v>4314</v>
+      </c>
+      <c r="D470" t="s">
+        <v>4315</v>
+      </c>
+      <c r="E470" t="s">
         <v>4316</v>
       </c>
-      <c r="C470" t="s">
+      <c r="F470" t="s">
         <v>4317</v>
       </c>
-      <c r="D470" t="s">
+      <c r="G470" t="s">
         <v>4318</v>
       </c>
-      <c r="E470" t="s">
+      <c r="H470" t="s">
         <v>4319</v>
       </c>
-      <c r="F470" t="s">
+      <c r="I470" t="s">
         <v>4320</v>
       </c>
-      <c r="G470" t="s">
+      <c r="J470" t="s">
+        <v>24</v>
+      </c>
+      <c r="K470" t="s">
+        <v>170</v>
+      </c>
+      <c r="L470" t="s">
+        <v>26</v>
+      </c>
+      <c r="M470" t="s">
+        <v>171</v>
+      </c>
+      <c r="N470" t="s">
+        <v>28</v>
+      </c>
+      <c r="O470" t="s">
         <v>4321</v>
-      </c>
-[...22 lines deleted...]
-        <v>4324</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65017</v>
+        <v>58223</v>
       </c>
       <c r="B471" t="s">
+        <v>4322</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4323</v>
+      </c>
+      <c r="D471" t="s">
+        <v>4324</v>
+      </c>
+      <c r="E471" t="s">
         <v>4325</v>
       </c>
-      <c r="C471" t="s">
+      <c r="F471" t="s">
         <v>4326</v>
       </c>
-      <c r="D471" t="s">
+      <c r="G471" t="s">
         <v>4327</v>
       </c>
-      <c r="E471" t="s">
+      <c r="H471" t="s">
         <v>4328</v>
       </c>
-      <c r="F471" t="s">
+      <c r="I471" t="s">
         <v>4329</v>
       </c>
-      <c r="G471" t="s">
+      <c r="J471" t="s">
+        <v>24</v>
+      </c>
+      <c r="K471" t="s">
+        <v>170</v>
+      </c>
+      <c r="L471" t="s">
+        <v>26</v>
+      </c>
+      <c r="M471" t="s">
+        <v>171</v>
+      </c>
+      <c r="N471" t="s">
+        <v>28</v>
+      </c>
+      <c r="O471" t="s">
         <v>4330</v>
-      </c>
-[...22 lines deleted...]
-        <v>4335</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65018</v>
+        <v>58259</v>
       </c>
       <c r="B472" t="s">
+        <v>4331</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4332</v>
+      </c>
+      <c r="D472" t="s">
+        <v>4333</v>
+      </c>
+      <c r="E472" t="s">
+        <v>4334</v>
+      </c>
+      <c r="F472" t="s">
+        <v>4335</v>
+      </c>
+      <c r="G472" t="s">
         <v>4336</v>
       </c>
-      <c r="C472" t="s">
+      <c r="H472" t="s">
         <v>4337</v>
       </c>
-      <c r="D472" t="s">
+      <c r="I472" t="s">
         <v>4338</v>
       </c>
-      <c r="E472" t="s">
+      <c r="J472" t="s">
+        <v>24</v>
+      </c>
+      <c r="K472" t="s">
         <v>4339</v>
       </c>
-      <c r="F472" t="s">
+      <c r="L472" t="s">
+        <v>26</v>
+      </c>
+      <c r="N472" t="s">
+        <v>28</v>
+      </c>
+      <c r="O472" t="s">
         <v>4340</v>
-      </c>
-[...25 lines deleted...]
-        <v>4346</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65019</v>
+        <v>64597</v>
       </c>
       <c r="B473" t="s">
+        <v>4341</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4342</v>
+      </c>
+      <c r="D473" t="s">
+        <v>4343</v>
+      </c>
+      <c r="E473" t="s">
+        <v>4344</v>
+      </c>
+      <c r="F473" t="s">
+        <v>4345</v>
+      </c>
+      <c r="G473" t="s">
+        <v>4346</v>
+      </c>
+      <c r="H473" t="s">
         <v>4347</v>
       </c>
-      <c r="C473" t="s">
+      <c r="I473" t="s">
         <v>4348</v>
       </c>
-      <c r="D473" t="s">
+      <c r="J473" t="s">
+        <v>24</v>
+      </c>
+      <c r="K473" t="s">
+        <v>1135</v>
+      </c>
+      <c r="L473" t="s">
+        <v>26</v>
+      </c>
+      <c r="N473" t="s">
+        <v>28</v>
+      </c>
+      <c r="O473" t="s">
         <v>4349</v>
-      </c>
-[...31 lines deleted...]
-        <v>4355</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65020</v>
+        <v>64637</v>
       </c>
       <c r="B474" t="s">
+        <v>4350</v>
+      </c>
+      <c r="C474" t="s">
+        <v>4351</v>
+      </c>
+      <c r="D474" t="s">
+        <v>4352</v>
+      </c>
+      <c r="E474" t="s">
+        <v>4353</v>
+      </c>
+      <c r="F474" t="s">
+        <v>4354</v>
+      </c>
+      <c r="G474" t="s">
+        <v>4355</v>
+      </c>
+      <c r="H474" t="s">
         <v>4356</v>
       </c>
-      <c r="C474" t="s">
+      <c r="I474" t="s">
         <v>4357</v>
       </c>
-      <c r="D474" t="s">
+      <c r="J474" t="s">
+        <v>24</v>
+      </c>
+      <c r="K474" t="s">
+        <v>47</v>
+      </c>
+      <c r="L474" t="s">
+        <v>26</v>
+      </c>
+      <c r="M474" t="s">
+        <v>48</v>
+      </c>
+      <c r="N474" t="s">
+        <v>28</v>
+      </c>
+      <c r="O474" t="s">
         <v>4358</v>
-      </c>
-[...31 lines deleted...]
-        <v>4366</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65021</v>
+        <v>64643</v>
       </c>
       <c r="B475" t="s">
+        <v>4359</v>
+      </c>
+      <c r="C475" t="s">
+        <v>4360</v>
+      </c>
+      <c r="D475" t="s">
+        <v>4361</v>
+      </c>
+      <c r="E475" t="s">
+        <v>4362</v>
+      </c>
+      <c r="F475" t="s">
+        <v>4363</v>
+      </c>
+      <c r="G475" t="s">
+        <v>4364</v>
+      </c>
+      <c r="H475" t="s">
+        <v>4365</v>
+      </c>
+      <c r="I475" t="s">
+        <v>4366</v>
+      </c>
+      <c r="J475" t="s">
+        <v>24</v>
+      </c>
+      <c r="K475" t="s">
+        <v>170</v>
+      </c>
+      <c r="L475" t="s">
+        <v>26</v>
+      </c>
+      <c r="M475" t="s">
+        <v>171</v>
+      </c>
+      <c r="N475" t="s">
+        <v>28</v>
+      </c>
+      <c r="O475" t="s">
         <v>4367</v>
-      </c>
-[...37 lines deleted...]
-        <v>4375</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65022</v>
+        <v>64689</v>
       </c>
       <c r="B476" t="s">
+        <v>4368</v>
+      </c>
+      <c r="C476" t="s">
+        <v>4369</v>
+      </c>
+      <c r="D476" t="s">
+        <v>4370</v>
+      </c>
+      <c r="E476" t="s">
+        <v>4371</v>
+      </c>
+      <c r="F476" t="s">
+        <v>4372</v>
+      </c>
+      <c r="G476" t="s">
+        <v>4373</v>
+      </c>
+      <c r="H476" t="s">
+        <v>4374</v>
+      </c>
+      <c r="I476" t="s">
+        <v>4375</v>
+      </c>
+      <c r="J476" t="s">
+        <v>24</v>
+      </c>
+      <c r="K476" t="s">
+        <v>59</v>
+      </c>
+      <c r="L476" t="s">
+        <v>26</v>
+      </c>
+      <c r="M476" t="s">
+        <v>61</v>
+      </c>
+      <c r="N476" t="s">
+        <v>28</v>
+      </c>
+      <c r="O476" t="s">
         <v>4376</v>
-      </c>
-[...37 lines deleted...]
-        <v>4384</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65023</v>
+        <v>65000</v>
       </c>
       <c r="B477" t="s">
-        <v>4385</v>
+        <v>4377</v>
       </c>
       <c r="C477" t="s">
-        <v>4386</v>
+        <v>4378</v>
       </c>
       <c r="D477" t="s">
-        <v>4387</v>
+        <v>4379</v>
       </c>
       <c r="E477" t="s">
-        <v>4388</v>
+        <v>4380</v>
       </c>
       <c r="F477" t="s">
-        <v>4389</v>
+        <v>4381</v>
       </c>
       <c r="G477" t="s">
-        <v>4390</v>
+        <v>4382</v>
       </c>
       <c r="H477" t="s">
-        <v>4391</v>
+        <v>4383</v>
       </c>
       <c r="I477" t="s">
-        <v>4392</v>
+        <v>4384</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
         <v>25</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
         <v>27</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4393</v>
+        <v>4385</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65025</v>
+        <v>65001</v>
       </c>
       <c r="B478" t="s">
+        <v>4386</v>
+      </c>
+      <c r="C478" t="s">
+        <v>4387</v>
+      </c>
+      <c r="D478" t="s">
+        <v>4388</v>
+      </c>
+      <c r="E478" t="s">
+        <v>4389</v>
+      </c>
+      <c r="F478" t="s">
+        <v>4390</v>
+      </c>
+      <c r="G478" t="s">
+        <v>4391</v>
+      </c>
+      <c r="H478" t="s">
+        <v>4392</v>
+      </c>
+      <c r="I478" t="s">
+        <v>4393</v>
+      </c>
+      <c r="J478" t="s">
+        <v>24</v>
+      </c>
+      <c r="K478" t="s">
+        <v>170</v>
+      </c>
+      <c r="L478" t="s">
+        <v>26</v>
+      </c>
+      <c r="M478" t="s">
+        <v>171</v>
+      </c>
+      <c r="N478" t="s">
+        <v>28</v>
+      </c>
+      <c r="O478" t="s">
         <v>4394</v>
-      </c>
-[...37 lines deleted...]
-        <v>4402</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65026</v>
+        <v>65002</v>
       </c>
       <c r="B479" t="s">
-        <v>4403</v>
+        <v>4395</v>
       </c>
       <c r="C479" t="s">
-        <v>4404</v>
+        <v>4396</v>
       </c>
       <c r="D479" t="s">
-        <v>4405</v>
+        <v>4397</v>
       </c>
       <c r="E479" t="s">
-        <v>4406</v>
+        <v>4398</v>
       </c>
       <c r="F479" t="s">
-        <v>4407</v>
+        <v>4399</v>
       </c>
       <c r="G479" t="s">
-        <v>4408</v>
+        <v>4400</v>
       </c>
       <c r="H479" t="s">
-        <v>4409</v>
+        <v>4401</v>
       </c>
       <c r="I479" t="s">
-        <v>4410</v>
+        <v>4402</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
         <v>25</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
         <v>27</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
-        <v>4411</v>
+        <v>4403</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65027</v>
+        <v>65003</v>
       </c>
       <c r="B480" t="s">
+        <v>4404</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4405</v>
+      </c>
+      <c r="D480" t="s">
+        <v>4406</v>
+      </c>
+      <c r="E480" t="s">
+        <v>4407</v>
+      </c>
+      <c r="F480" t="s">
+        <v>4408</v>
+      </c>
+      <c r="G480" t="s">
+        <v>4409</v>
+      </c>
+      <c r="H480" t="s">
+        <v>4410</v>
+      </c>
+      <c r="I480" t="s">
+        <v>4411</v>
+      </c>
+      <c r="J480" t="s">
+        <v>24</v>
+      </c>
+      <c r="K480" t="s">
+        <v>170</v>
+      </c>
+      <c r="L480" t="s">
+        <v>26</v>
+      </c>
+      <c r="M480" t="s">
+        <v>171</v>
+      </c>
+      <c r="N480" t="s">
+        <v>28</v>
+      </c>
+      <c r="O480" t="s">
         <v>4412</v>
-      </c>
-[...37 lines deleted...]
-        <v>4420</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65028</v>
+        <v>65004</v>
       </c>
       <c r="B481" t="s">
+        <v>4413</v>
+      </c>
+      <c r="C481" t="s">
+        <v>4414</v>
+      </c>
+      <c r="D481" t="s">
+        <v>4415</v>
+      </c>
+      <c r="E481" t="s">
+        <v>4416</v>
+      </c>
+      <c r="F481" t="s">
+        <v>4417</v>
+      </c>
+      <c r="G481" t="s">
+        <v>4418</v>
+      </c>
+      <c r="H481" t="s">
+        <v>4419</v>
+      </c>
+      <c r="I481" t="s">
+        <v>4420</v>
+      </c>
+      <c r="J481" t="s">
+        <v>24</v>
+      </c>
+      <c r="K481" t="s">
+        <v>170</v>
+      </c>
+      <c r="L481" t="s">
+        <v>26</v>
+      </c>
+      <c r="M481" t="s">
+        <v>171</v>
+      </c>
+      <c r="N481" t="s">
+        <v>28</v>
+      </c>
+      <c r="O481" t="s">
         <v>4421</v>
-      </c>
-[...37 lines deleted...]
-        <v>4429</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65030</v>
+        <v>65005</v>
       </c>
       <c r="B482" t="s">
+        <v>4422</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4423</v>
+      </c>
+      <c r="D482" t="s">
+        <v>4424</v>
+      </c>
+      <c r="E482" t="s">
+        <v>4425</v>
+      </c>
+      <c r="F482" t="s">
+        <v>4426</v>
+      </c>
+      <c r="G482" t="s">
+        <v>4427</v>
+      </c>
+      <c r="H482" t="s">
+        <v>4428</v>
+      </c>
+      <c r="I482" t="s">
+        <v>4429</v>
+      </c>
+      <c r="J482" t="s">
+        <v>24</v>
+      </c>
+      <c r="K482" t="s">
         <v>4430</v>
       </c>
-      <c r="C482" t="s">
+      <c r="L482" t="s">
+        <v>26</v>
+      </c>
+      <c r="M482" t="s">
+        <v>2787</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
         <v>4431</v>
-      </c>
-[...34 lines deleted...]
-        <v>4438</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65031</v>
+        <v>65006</v>
       </c>
       <c r="B483" t="s">
+        <v>4432</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4433</v>
+      </c>
+      <c r="D483" t="s">
+        <v>4434</v>
+      </c>
+      <c r="E483" t="s">
+        <v>4435</v>
+      </c>
+      <c r="F483" t="s">
+        <v>4436</v>
+      </c>
+      <c r="G483" t="s">
+        <v>4437</v>
+      </c>
+      <c r="H483" t="s">
+        <v>4438</v>
+      </c>
+      <c r="I483" t="s">
         <v>4439</v>
       </c>
-      <c r="C483" t="s">
+      <c r="J483" t="s">
+        <v>24</v>
+      </c>
+      <c r="K483" t="s">
         <v>4440</v>
       </c>
-      <c r="D483" t="s">
+      <c r="L483" t="s">
+        <v>26</v>
+      </c>
+      <c r="M483" t="s">
         <v>4441</v>
       </c>
-      <c r="E483" t="s">
+      <c r="N483" t="s">
+        <v>28</v>
+      </c>
+      <c r="O483" t="s">
         <v>4442</v>
-      </c>
-[...28 lines deleted...]
-        <v>4447</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65032</v>
+        <v>65007</v>
       </c>
       <c r="B484" t="s">
+        <v>4443</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4444</v>
+      </c>
+      <c r="D484" t="s">
+        <v>4445</v>
+      </c>
+      <c r="E484" t="s">
+        <v>4446</v>
+      </c>
+      <c r="F484" t="s">
+        <v>4447</v>
+      </c>
+      <c r="G484" t="s">
         <v>4448</v>
       </c>
-      <c r="C484" t="s">
+      <c r="H484" t="s">
         <v>4449</v>
       </c>
-      <c r="D484" t="s">
+      <c r="I484" t="s">
         <v>4450</v>
       </c>
-      <c r="E484" t="s">
+      <c r="J484" t="s">
+        <v>24</v>
+      </c>
+      <c r="K484" t="s">
+        <v>25</v>
+      </c>
+      <c r="L484" t="s">
+        <v>26</v>
+      </c>
+      <c r="M484" t="s">
+        <v>27</v>
+      </c>
+      <c r="N484" t="s">
+        <v>28</v>
+      </c>
+      <c r="O484" t="s">
         <v>4451</v>
-      </c>
-[...28 lines deleted...]
-        <v>4456</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65033</v>
+        <v>65008</v>
       </c>
       <c r="B485" t="s">
+        <v>4452</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4453</v>
+      </c>
+      <c r="D485" t="s">
+        <v>4454</v>
+      </c>
+      <c r="E485" t="s">
+        <v>4455</v>
+      </c>
+      <c r="F485" t="s">
+        <v>4456</v>
+      </c>
+      <c r="G485" t="s">
         <v>4457</v>
       </c>
-      <c r="C485" t="s">
+      <c r="H485" t="s">
         <v>4458</v>
       </c>
-      <c r="D485" t="s">
+      <c r="I485" t="s">
         <v>4459</v>
       </c>
-      <c r="E485" t="s">
+      <c r="J485" t="s">
+        <v>24</v>
+      </c>
+      <c r="K485" t="s">
+        <v>170</v>
+      </c>
+      <c r="L485" t="s">
+        <v>26</v>
+      </c>
+      <c r="M485" t="s">
+        <v>171</v>
+      </c>
+      <c r="N485" t="s">
+        <v>28</v>
+      </c>
+      <c r="O485" t="s">
         <v>4460</v>
-      </c>
-[...28 lines deleted...]
-        <v>4467</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65034</v>
+        <v>65009</v>
       </c>
       <c r="B486" t="s">
+        <v>4461</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4462</v>
+      </c>
+      <c r="D486" t="s">
+        <v>4463</v>
+      </c>
+      <c r="E486" t="s">
+        <v>4464</v>
+      </c>
+      <c r="F486" t="s">
+        <v>4465</v>
+      </c>
+      <c r="G486" t="s">
+        <v>4466</v>
+      </c>
+      <c r="H486" t="s">
+        <v>4467</v>
+      </c>
+      <c r="I486" t="s">
         <v>4468</v>
       </c>
-      <c r="C486" t="s">
+      <c r="J486" t="s">
+        <v>24</v>
+      </c>
+      <c r="K486" t="s">
+        <v>170</v>
+      </c>
+      <c r="L486" t="s">
+        <v>26</v>
+      </c>
+      <c r="M486" t="s">
+        <v>171</v>
+      </c>
+      <c r="N486" t="s">
+        <v>28</v>
+      </c>
+      <c r="O486" t="s">
         <v>4469</v>
-      </c>
-[...34 lines deleted...]
-        <v>4476</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65035</v>
+        <v>65010</v>
       </c>
       <c r="B487" t="s">
+        <v>4470</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4471</v>
+      </c>
+      <c r="D487" t="s">
+        <v>4472</v>
+      </c>
+      <c r="E487" t="s">
+        <v>4473</v>
+      </c>
+      <c r="F487" t="s">
+        <v>4474</v>
+      </c>
+      <c r="G487" t="s">
+        <v>4475</v>
+      </c>
+      <c r="H487" t="s">
+        <v>4476</v>
+      </c>
+      <c r="I487" t="s">
         <v>4477</v>
-      </c>
-[...19 lines deleted...]
-        <v>4484</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
         <v>25</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
         <v>27</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
-        <v>4485</v>
+        <v>4478</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65036</v>
+        <v>65011</v>
       </c>
       <c r="B488" t="s">
+        <v>4479</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4480</v>
+      </c>
+      <c r="D488" t="s">
+        <v>4481</v>
+      </c>
+      <c r="E488" t="s">
+        <v>4482</v>
+      </c>
+      <c r="F488" t="s">
+        <v>4483</v>
+      </c>
+      <c r="G488" t="s">
+        <v>4484</v>
+      </c>
+      <c r="H488" t="s">
+        <v>4485</v>
+      </c>
+      <c r="I488" t="s">
         <v>4486</v>
       </c>
-      <c r="C488" t="s">
+      <c r="J488" t="s">
+        <v>24</v>
+      </c>
+      <c r="K488" t="s">
+        <v>170</v>
+      </c>
+      <c r="L488" t="s">
+        <v>26</v>
+      </c>
+      <c r="M488" t="s">
+        <v>171</v>
+      </c>
+      <c r="N488" t="s">
+        <v>28</v>
+      </c>
+      <c r="O488" t="s">
         <v>4487</v>
-      </c>
-[...34 lines deleted...]
-        <v>4494</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65037</v>
+        <v>65012</v>
       </c>
       <c r="B489" t="s">
+        <v>4488</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4489</v>
+      </c>
+      <c r="D489" t="s">
+        <v>4490</v>
+      </c>
+      <c r="E489" t="s">
+        <v>4491</v>
+      </c>
+      <c r="F489" t="s">
+        <v>4492</v>
+      </c>
+      <c r="G489" t="s">
+        <v>4493</v>
+      </c>
+      <c r="H489" t="s">
+        <v>4494</v>
+      </c>
+      <c r="I489" t="s">
         <v>4495</v>
       </c>
-      <c r="C489" t="s">
+      <c r="J489" t="s">
+        <v>24</v>
+      </c>
+      <c r="K489" t="s">
         <v>4496</v>
       </c>
-      <c r="D489" t="s">
+      <c r="L489" t="s">
+        <v>26</v>
+      </c>
+      <c r="M489" t="s">
         <v>4497</v>
       </c>
-      <c r="E489" t="s">
+      <c r="N489" t="s">
+        <v>28</v>
+      </c>
+      <c r="O489" t="s">
         <v>4498</v>
-      </c>
-[...28 lines deleted...]
-        <v>4503</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65038</v>
+        <v>65013</v>
       </c>
       <c r="B490" t="s">
+        <v>4499</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4500</v>
+      </c>
+      <c r="D490" t="s">
+        <v>4501</v>
+      </c>
+      <c r="E490" t="s">
+        <v>4502</v>
+      </c>
+      <c r="F490" t="s">
+        <v>4503</v>
+      </c>
+      <c r="G490" t="s">
         <v>4504</v>
       </c>
-      <c r="C490" t="s">
+      <c r="H490" t="s">
         <v>4505</v>
       </c>
-      <c r="D490" t="s">
+      <c r="I490" t="s">
         <v>4506</v>
       </c>
-      <c r="E490" t="s">
+      <c r="J490" t="s">
+        <v>24</v>
+      </c>
+      <c r="K490" t="s">
+        <v>25</v>
+      </c>
+      <c r="L490" t="s">
+        <v>26</v>
+      </c>
+      <c r="M490" t="s">
+        <v>27</v>
+      </c>
+      <c r="N490" t="s">
+        <v>28</v>
+      </c>
+      <c r="O490" t="s">
         <v>4507</v>
-      </c>
-[...28 lines deleted...]
-        <v>4512</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65039</v>
+        <v>65014</v>
       </c>
       <c r="B491" t="s">
+        <v>4508</v>
+      </c>
+      <c r="C491" t="s">
+        <v>4509</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4510</v>
+      </c>
+      <c r="E491" t="s">
+        <v>4511</v>
+      </c>
+      <c r="F491" t="s">
+        <v>4512</v>
+      </c>
+      <c r="G491" t="s">
         <v>4513</v>
       </c>
-      <c r="C491" t="s">
+      <c r="H491" t="s">
         <v>4514</v>
       </c>
-      <c r="D491" t="s">
+      <c r="I491" t="s">
         <v>4515</v>
       </c>
-      <c r="E491" t="s">
+      <c r="J491" t="s">
+        <v>449</v>
+      </c>
+      <c r="K491" t="s">
+        <v>689</v>
+      </c>
+      <c r="L491" t="s">
+        <v>451</v>
+      </c>
+      <c r="M491" t="s">
+        <v>690</v>
+      </c>
+      <c r="N491" t="s">
+        <v>28</v>
+      </c>
+      <c r="O491" t="s">
         <v>4516</v>
-      </c>
-[...28 lines deleted...]
-        <v>4521</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65040</v>
+        <v>65015</v>
       </c>
       <c r="B492" t="s">
+        <v>4517</v>
+      </c>
+      <c r="C492" t="s">
+        <v>4518</v>
+      </c>
+      <c r="D492" t="s">
+        <v>4519</v>
+      </c>
+      <c r="E492" t="s">
+        <v>4520</v>
+      </c>
+      <c r="F492" t="s">
+        <v>4521</v>
+      </c>
+      <c r="G492" t="s">
         <v>4522</v>
       </c>
-      <c r="C492" t="s">
+      <c r="H492" t="s">
         <v>4523</v>
       </c>
-      <c r="D492" t="s">
+      <c r="I492" t="s">
         <v>4524</v>
       </c>
-      <c r="E492" t="s">
+      <c r="J492" t="s">
+        <v>24</v>
+      </c>
+      <c r="K492" t="s">
+        <v>170</v>
+      </c>
+      <c r="L492" t="s">
+        <v>26</v>
+      </c>
+      <c r="M492" t="s">
+        <v>171</v>
+      </c>
+      <c r="N492" t="s">
+        <v>28</v>
+      </c>
+      <c r="O492" t="s">
         <v>4525</v>
-      </c>
-[...28 lines deleted...]
-        <v>4530</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65043</v>
+        <v>65016</v>
       </c>
       <c r="B493" t="s">
+        <v>4526</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4527</v>
+      </c>
+      <c r="D493" t="s">
+        <v>4528</v>
+      </c>
+      <c r="E493" t="s">
+        <v>4529</v>
+      </c>
+      <c r="F493" t="s">
+        <v>4530</v>
+      </c>
+      <c r="G493" t="s">
         <v>4531</v>
       </c>
-      <c r="C493" t="s">
+      <c r="H493" t="s">
         <v>4532</v>
       </c>
-      <c r="D493" t="s">
+      <c r="I493" t="s">
         <v>4533</v>
-      </c>
-[...13 lines deleted...]
-        <v>4538</v>
       </c>
       <c r="J493" t="s">
         <v>24</v>
       </c>
       <c r="K493" t="s">
         <v>25</v>
       </c>
       <c r="L493" t="s">
         <v>26</v>
       </c>
       <c r="M493" t="s">
         <v>27</v>
       </c>
       <c r="N493" t="s">
         <v>28</v>
       </c>
       <c r="O493" t="s">
-        <v>4539</v>
+        <v>4534</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65044</v>
+        <v>65017</v>
       </c>
       <c r="B494" t="s">
+        <v>4535</v>
+      </c>
+      <c r="C494" t="s">
+        <v>4536</v>
+      </c>
+      <c r="D494" t="s">
+        <v>4537</v>
+      </c>
+      <c r="E494" t="s">
+        <v>4538</v>
+      </c>
+      <c r="F494" t="s">
+        <v>4539</v>
+      </c>
+      <c r="G494" t="s">
         <v>4540</v>
       </c>
-      <c r="C494" t="s">
+      <c r="H494" t="s">
         <v>4541</v>
       </c>
-      <c r="D494" t="s">
+      <c r="I494" t="s">
         <v>4542</v>
       </c>
-      <c r="E494" t="s">
+      <c r="J494" t="s">
+        <v>24</v>
+      </c>
+      <c r="K494" t="s">
         <v>4543</v>
       </c>
-      <c r="F494" t="s">
+      <c r="L494" t="s">
+        <v>26</v>
+      </c>
+      <c r="M494" t="s">
         <v>4544</v>
       </c>
-      <c r="G494" t="s">
+      <c r="N494" t="s">
+        <v>28</v>
+      </c>
+      <c r="O494" t="s">
         <v>4545</v>
-      </c>
-[...22 lines deleted...]
-        <v>4548</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>65045</v>
+        <v>65018</v>
       </c>
       <c r="B495" t="s">
+        <v>4546</v>
+      </c>
+      <c r="C495" t="s">
+        <v>4547</v>
+      </c>
+      <c r="D495" t="s">
+        <v>4548</v>
+      </c>
+      <c r="E495" t="s">
         <v>4549</v>
       </c>
-      <c r="C495" t="s">
+      <c r="F495" t="s">
         <v>4550</v>
       </c>
-      <c r="D495" t="s">
+      <c r="G495" t="s">
         <v>4551</v>
       </c>
-      <c r="E495" t="s">
+      <c r="H495" t="s">
         <v>4552</v>
       </c>
-      <c r="F495" t="s">
+      <c r="I495" t="s">
         <v>4553</v>
       </c>
-      <c r="G495" t="s">
+      <c r="J495" t="s">
+        <v>24</v>
+      </c>
+      <c r="K495" t="s">
         <v>4554</v>
       </c>
-      <c r="H495" t="s">
+      <c r="L495" t="s">
+        <v>26</v>
+      </c>
+      <c r="M495" t="s">
         <v>4555</v>
       </c>
-      <c r="I495" t="s">
+      <c r="N495" t="s">
+        <v>28</v>
+      </c>
+      <c r="O495" t="s">
         <v>4556</v>
-      </c>
-[...16 lines deleted...]
-        <v>4559</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>65046</v>
+        <v>65019</v>
       </c>
       <c r="B496" t="s">
+        <v>4557</v>
+      </c>
+      <c r="C496" t="s">
+        <v>4558</v>
+      </c>
+      <c r="D496" t="s">
+        <v>4559</v>
+      </c>
+      <c r="E496" t="s">
         <v>4560</v>
       </c>
-      <c r="C496" t="s">
+      <c r="F496" t="s">
         <v>4561</v>
       </c>
-      <c r="D496" t="s">
+      <c r="G496" t="s">
         <v>4562</v>
       </c>
-      <c r="E496" t="s">
+      <c r="H496" t="s">
         <v>4563</v>
       </c>
-      <c r="F496" t="s">
+      <c r="I496" t="s">
         <v>4564</v>
       </c>
-      <c r="G496" t="s">
+      <c r="J496" t="s">
+        <v>24</v>
+      </c>
+      <c r="K496" t="s">
+        <v>170</v>
+      </c>
+      <c r="L496" t="s">
+        <v>26</v>
+      </c>
+      <c r="M496" t="s">
+        <v>171</v>
+      </c>
+      <c r="N496" t="s">
+        <v>28</v>
+      </c>
+      <c r="O496" t="s">
         <v>4565</v>
-      </c>
-[...22 lines deleted...]
-        <v>4568</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>65047</v>
+        <v>65020</v>
       </c>
       <c r="B497" t="s">
+        <v>4566</v>
+      </c>
+      <c r="C497" t="s">
+        <v>4567</v>
+      </c>
+      <c r="D497" t="s">
+        <v>4568</v>
+      </c>
+      <c r="E497" t="s">
         <v>4569</v>
       </c>
-      <c r="C497" t="s">
+      <c r="F497" t="s">
         <v>4570</v>
       </c>
-      <c r="D497" t="s">
+      <c r="G497" t="s">
         <v>4571</v>
       </c>
-      <c r="E497" t="s">
+      <c r="H497" t="s">
         <v>4572</v>
       </c>
-      <c r="F497" t="s">
+      <c r="I497" t="s">
         <v>4573</v>
       </c>
-      <c r="G497" t="s">
+      <c r="J497" t="s">
+        <v>24</v>
+      </c>
+      <c r="K497" t="s">
         <v>4574</v>
       </c>
-      <c r="H497" t="s">
+      <c r="L497" t="s">
+        <v>26</v>
+      </c>
+      <c r="M497" t="s">
         <v>4575</v>
       </c>
-      <c r="I497" t="s">
+      <c r="N497" t="s">
+        <v>28</v>
+      </c>
+      <c r="O497" t="s">
         <v>4576</v>
-      </c>
-[...16 lines deleted...]
-        <v>4577</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>65049</v>
+        <v>65021</v>
       </c>
       <c r="B498" t="s">
+        <v>4577</v>
+      </c>
+      <c r="C498" t="s">
         <v>4578</v>
       </c>
-      <c r="C498" t="s">
+      <c r="D498" t="s">
         <v>4579</v>
       </c>
-      <c r="D498" t="s">
+      <c r="E498" t="s">
         <v>4580</v>
       </c>
-      <c r="E498" t="s">
+      <c r="F498" t="s">
         <v>4581</v>
       </c>
-      <c r="F498" t="s">
+      <c r="G498" t="s">
         <v>4582</v>
       </c>
-      <c r="G498" t="s">
+      <c r="H498" t="s">
         <v>4583</v>
       </c>
-      <c r="H498" t="s">
+      <c r="I498" t="s">
         <v>4584</v>
       </c>
-      <c r="I498" t="s">
+      <c r="J498" t="s">
+        <v>24</v>
+      </c>
+      <c r="K498" t="s">
+        <v>25</v>
+      </c>
+      <c r="L498" t="s">
+        <v>26</v>
+      </c>
+      <c r="M498" t="s">
+        <v>27</v>
+      </c>
+      <c r="N498" t="s">
+        <v>28</v>
+      </c>
+      <c r="O498" t="s">
         <v>4585</v>
-      </c>
-[...16 lines deleted...]
-        <v>4586</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>65050</v>
+        <v>65022</v>
       </c>
       <c r="B499" t="s">
+        <v>4586</v>
+      </c>
+      <c r="C499" t="s">
         <v>4587</v>
       </c>
-      <c r="C499" t="s">
+      <c r="D499" t="s">
         <v>4588</v>
       </c>
-      <c r="D499" t="s">
+      <c r="E499" t="s">
         <v>4589</v>
       </c>
-      <c r="E499" t="s">
+      <c r="F499" t="s">
         <v>4590</v>
       </c>
-      <c r="F499" t="s">
+      <c r="G499" t="s">
         <v>4591</v>
       </c>
-      <c r="G499" t="s">
+      <c r="H499" t="s">
         <v>4592</v>
       </c>
-      <c r="H499" t="s">
+      <c r="I499" t="s">
         <v>4593</v>
-      </c>
-[...1 lines deleted...]
-        <v>4594</v>
       </c>
       <c r="J499" t="s">
         <v>24</v>
       </c>
       <c r="K499" t="s">
         <v>25</v>
       </c>
       <c r="L499" t="s">
         <v>26</v>
       </c>
       <c r="M499" t="s">
         <v>27</v>
       </c>
       <c r="N499" t="s">
         <v>28</v>
       </c>
       <c r="O499" t="s">
-        <v>4595</v>
+        <v>4594</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>65051</v>
+        <v>65023</v>
       </c>
       <c r="B500" t="s">
+        <v>4595</v>
+      </c>
+      <c r="C500" t="s">
         <v>4596</v>
       </c>
-      <c r="C500" t="s">
+      <c r="D500" t="s">
         <v>4597</v>
       </c>
-      <c r="D500" t="s">
+      <c r="E500" t="s">
         <v>4598</v>
       </c>
-      <c r="E500" t="s">
+      <c r="F500" t="s">
         <v>4599</v>
       </c>
-      <c r="F500" t="s">
+      <c r="G500" t="s">
         <v>4600</v>
       </c>
-      <c r="G500" t="s">
+      <c r="H500" t="s">
         <v>4601</v>
       </c>
-      <c r="H500" t="s">
+      <c r="I500" t="s">
         <v>4602</v>
       </c>
-      <c r="I500" t="s">
+      <c r="J500" t="s">
+        <v>24</v>
+      </c>
+      <c r="K500" t="s">
+        <v>25</v>
+      </c>
+      <c r="L500" t="s">
+        <v>26</v>
+      </c>
+      <c r="M500" t="s">
+        <v>27</v>
+      </c>
+      <c r="N500" t="s">
+        <v>28</v>
+      </c>
+      <c r="O500" t="s">
         <v>4603</v>
-      </c>
-[...16 lines deleted...]
-        <v>4604</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>65053</v>
+        <v>65025</v>
       </c>
       <c r="B501" t="s">
+        <v>4604</v>
+      </c>
+      <c r="C501" t="s">
         <v>4605</v>
       </c>
-      <c r="C501" t="s">
+      <c r="D501" t="s">
         <v>4606</v>
       </c>
-      <c r="D501" t="s">
+      <c r="E501" t="s">
         <v>4607</v>
       </c>
-      <c r="E501" t="s">
+      <c r="F501" t="s">
         <v>4608</v>
       </c>
-      <c r="F501" t="s">
+      <c r="G501" t="s">
         <v>4609</v>
       </c>
-      <c r="G501" t="s">
+      <c r="H501" t="s">
         <v>4610</v>
       </c>
-      <c r="H501" t="s">
+      <c r="I501" t="s">
         <v>4611</v>
       </c>
-      <c r="I501" t="s">
+      <c r="J501" t="s">
+        <v>24</v>
+      </c>
+      <c r="K501" t="s">
+        <v>25</v>
+      </c>
+      <c r="L501" t="s">
+        <v>26</v>
+      </c>
+      <c r="M501" t="s">
+        <v>27</v>
+      </c>
+      <c r="N501" t="s">
+        <v>28</v>
+      </c>
+      <c r="O501" t="s">
         <v>4612</v>
-      </c>
-[...16 lines deleted...]
-        <v>4613</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>65054</v>
+        <v>65026</v>
       </c>
       <c r="B502" t="s">
+        <v>4613</v>
+      </c>
+      <c r="C502" t="s">
         <v>4614</v>
       </c>
-      <c r="C502" t="s">
+      <c r="D502" t="s">
         <v>4615</v>
       </c>
-      <c r="D502" t="s">
+      <c r="E502" t="s">
         <v>4616</v>
       </c>
-      <c r="E502" t="s">
+      <c r="F502" t="s">
         <v>4617</v>
       </c>
-      <c r="F502" t="s">
+      <c r="G502" t="s">
         <v>4618</v>
       </c>
-      <c r="G502" t="s">
+      <c r="H502" t="s">
         <v>4619</v>
       </c>
-      <c r="H502" t="s">
+      <c r="I502" t="s">
         <v>4620</v>
       </c>
-      <c r="I502" t="s">
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
+        <v>25</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>27</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
         <v>4621</v>
-      </c>
-[...16 lines deleted...]
-        <v>4624</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>65055</v>
+        <v>65027</v>
       </c>
       <c r="B503" t="s">
+        <v>4622</v>
+      </c>
+      <c r="C503" t="s">
+        <v>4623</v>
+      </c>
+      <c r="D503" t="s">
+        <v>4624</v>
+      </c>
+      <c r="E503" t="s">
         <v>4625</v>
       </c>
-      <c r="C503" t="s">
+      <c r="F503" t="s">
         <v>4626</v>
       </c>
-      <c r="D503" t="s">
+      <c r="G503" t="s">
         <v>4627</v>
       </c>
-      <c r="E503" t="s">
+      <c r="H503" t="s">
         <v>4628</v>
       </c>
-      <c r="F503" t="s">
+      <c r="I503" t="s">
         <v>4629</v>
       </c>
-      <c r="G503" t="s">
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
+        <v>689</v>
+      </c>
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
+        <v>690</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
         <v>4630</v>
-      </c>
-[...22 lines deleted...]
-        <v>4633</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>65057</v>
+        <v>65028</v>
       </c>
       <c r="B504" t="s">
+        <v>4631</v>
+      </c>
+      <c r="C504" t="s">
+        <v>4632</v>
+      </c>
+      <c r="D504" t="s">
+        <v>4633</v>
+      </c>
+      <c r="E504" t="s">
         <v>4634</v>
       </c>
-      <c r="C504" t="s">
+      <c r="F504" t="s">
         <v>4635</v>
       </c>
-      <c r="D504" t="s">
+      <c r="G504" t="s">
         <v>4636</v>
       </c>
-      <c r="E504" t="s">
+      <c r="H504" t="s">
         <v>4637</v>
       </c>
-      <c r="F504" t="s">
+      <c r="I504" t="s">
         <v>4638</v>
       </c>
-      <c r="G504" t="s">
+      <c r="J504" t="s">
+        <v>24</v>
+      </c>
+      <c r="K504" t="s">
+        <v>25</v>
+      </c>
+      <c r="L504" t="s">
+        <v>26</v>
+      </c>
+      <c r="M504" t="s">
+        <v>27</v>
+      </c>
+      <c r="N504" t="s">
+        <v>28</v>
+      </c>
+      <c r="O504" t="s">
         <v>4639</v>
-      </c>
-[...22 lines deleted...]
-        <v>4642</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>65058</v>
+        <v>65030</v>
       </c>
       <c r="B505" t="s">
+        <v>4640</v>
+      </c>
+      <c r="C505" t="s">
+        <v>4641</v>
+      </c>
+      <c r="D505" t="s">
+        <v>4642</v>
+      </c>
+      <c r="E505" t="s">
         <v>4643</v>
       </c>
-      <c r="C505" t="s">
+      <c r="F505" t="s">
         <v>4644</v>
       </c>
-      <c r="D505" t="s">
+      <c r="G505" t="s">
         <v>4645</v>
       </c>
-      <c r="E505" t="s">
+      <c r="H505" t="s">
         <v>4646</v>
       </c>
-      <c r="F505" t="s">
+      <c r="I505" t="s">
         <v>4647</v>
       </c>
-      <c r="G505" t="s">
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>25</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>27</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
         <v>4648</v>
-      </c>
-[...22 lines deleted...]
-        <v>4651</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>65059</v>
+        <v>65031</v>
       </c>
       <c r="B506" t="s">
+        <v>4649</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4650</v>
+      </c>
+      <c r="D506" t="s">
+        <v>4651</v>
+      </c>
+      <c r="E506" t="s">
         <v>4652</v>
       </c>
-      <c r="C506" t="s">
+      <c r="F506" t="s">
         <v>4653</v>
       </c>
-      <c r="D506" t="s">
+      <c r="G506" t="s">
         <v>4654</v>
       </c>
-      <c r="E506" t="s">
+      <c r="H506" t="s">
         <v>4655</v>
       </c>
-      <c r="F506" t="s">
+      <c r="I506" t="s">
         <v>4656</v>
       </c>
-      <c r="G506" t="s">
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>25</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>27</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
         <v>4657</v>
-      </c>
-[...22 lines deleted...]
-        <v>4660</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>65060</v>
+        <v>65032</v>
       </c>
       <c r="B507" t="s">
+        <v>4658</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4659</v>
+      </c>
+      <c r="D507" t="s">
+        <v>4660</v>
+      </c>
+      <c r="E507" t="s">
         <v>4661</v>
       </c>
-      <c r="C507" t="s">
+      <c r="F507" t="s">
         <v>4662</v>
       </c>
-      <c r="D507" t="s">
+      <c r="G507" t="s">
         <v>4663</v>
       </c>
-      <c r="E507" t="s">
+      <c r="H507" t="s">
         <v>4664</v>
       </c>
-      <c r="F507" t="s">
+      <c r="I507" t="s">
         <v>4665</v>
       </c>
-      <c r="G507" t="s">
+      <c r="J507" t="s">
+        <v>24</v>
+      </c>
+      <c r="K507" t="s">
+        <v>170</v>
+      </c>
+      <c r="L507" t="s">
+        <v>26</v>
+      </c>
+      <c r="M507" t="s">
+        <v>171</v>
+      </c>
+      <c r="N507" t="s">
+        <v>28</v>
+      </c>
+      <c r="O507" t="s">
         <v>4666</v>
-      </c>
-[...22 lines deleted...]
-        <v>4669</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>65061</v>
+        <v>65033</v>
       </c>
       <c r="B508" t="s">
+        <v>4667</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4668</v>
+      </c>
+      <c r="D508" t="s">
+        <v>4669</v>
+      </c>
+      <c r="E508" t="s">
         <v>4670</v>
       </c>
-      <c r="C508" t="s">
+      <c r="F508" t="s">
         <v>4671</v>
       </c>
-      <c r="D508" t="s">
+      <c r="G508" t="s">
         <v>4672</v>
       </c>
-      <c r="E508" t="s">
+      <c r="H508" t="s">
         <v>4673</v>
       </c>
-      <c r="F508" t="s">
+      <c r="I508" t="s">
         <v>4674</v>
       </c>
-      <c r="G508" t="s">
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
         <v>4675</v>
       </c>
-      <c r="H508" t="s">
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
         <v>4676</v>
       </c>
-      <c r="I508" t="s">
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
         <v>4677</v>
-      </c>
-[...16 lines deleted...]
-        <v>4678</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>65062</v>
+        <v>65034</v>
       </c>
       <c r="B509" t="s">
+        <v>4678</v>
+      </c>
+      <c r="C509" t="s">
         <v>4679</v>
       </c>
-      <c r="C509" t="s">
+      <c r="D509" t="s">
         <v>4680</v>
       </c>
-      <c r="D509" t="s">
+      <c r="E509" t="s">
         <v>4681</v>
       </c>
-      <c r="E509" t="s">
+      <c r="F509" t="s">
         <v>4682</v>
       </c>
-      <c r="F509" t="s">
+      <c r="G509" t="s">
         <v>4683</v>
       </c>
-      <c r="G509" t="s">
+      <c r="H509" t="s">
         <v>4684</v>
       </c>
-      <c r="H509" t="s">
+      <c r="I509" t="s">
         <v>4685</v>
       </c>
-      <c r="I509" t="s">
+      <c r="J509" t="s">
+        <v>449</v>
+      </c>
+      <c r="K509" t="s">
+        <v>579</v>
+      </c>
+      <c r="L509" t="s">
+        <v>451</v>
+      </c>
+      <c r="M509" t="s">
+        <v>580</v>
+      </c>
+      <c r="N509" t="s">
+        <v>28</v>
+      </c>
+      <c r="O509" t="s">
         <v>4686</v>
-      </c>
-[...16 lines deleted...]
-        <v>4687</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>65063</v>
+        <v>65035</v>
       </c>
       <c r="B510" t="s">
+        <v>4687</v>
+      </c>
+      <c r="C510" t="s">
         <v>4688</v>
       </c>
-      <c r="C510" t="s">
+      <c r="D510" t="s">
         <v>4689</v>
       </c>
-      <c r="D510" t="s">
+      <c r="E510" t="s">
         <v>4690</v>
       </c>
-      <c r="E510" t="s">
+      <c r="F510" t="s">
         <v>4691</v>
       </c>
-      <c r="F510" t="s">
+      <c r="G510" t="s">
         <v>4692</v>
       </c>
-      <c r="G510" t="s">
+      <c r="H510" t="s">
         <v>4693</v>
       </c>
-      <c r="H510" t="s">
+      <c r="I510" t="s">
         <v>4694</v>
       </c>
-      <c r="I510" t="s">
+      <c r="J510" t="s">
+        <v>24</v>
+      </c>
+      <c r="K510" t="s">
+        <v>25</v>
+      </c>
+      <c r="L510" t="s">
+        <v>26</v>
+      </c>
+      <c r="M510" t="s">
+        <v>27</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
         <v>4695</v>
-      </c>
-[...16 lines deleted...]
-        <v>4696</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>65065</v>
+        <v>65036</v>
       </c>
       <c r="B511" t="s">
+        <v>4696</v>
+      </c>
+      <c r="C511" t="s">
         <v>4697</v>
       </c>
-      <c r="C511" t="s">
+      <c r="D511" t="s">
         <v>4698</v>
       </c>
-      <c r="D511" t="s">
+      <c r="E511" t="s">
         <v>4699</v>
       </c>
-      <c r="E511" t="s">
+      <c r="F511" t="s">
         <v>4700</v>
       </c>
-      <c r="F511" t="s">
+      <c r="G511" t="s">
         <v>4701</v>
       </c>
-      <c r="G511" t="s">
+      <c r="H511" t="s">
         <v>4702</v>
       </c>
-      <c r="H511" t="s">
+      <c r="I511" t="s">
         <v>4703</v>
       </c>
-      <c r="I511" t="s">
+      <c r="J511" t="s">
+        <v>24</v>
+      </c>
+      <c r="K511" t="s">
+        <v>25</v>
+      </c>
+      <c r="L511" t="s">
+        <v>26</v>
+      </c>
+      <c r="M511" t="s">
+        <v>27</v>
+      </c>
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
         <v>4704</v>
-      </c>
-[...16 lines deleted...]
-        <v>4707</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>65068</v>
+        <v>65037</v>
       </c>
       <c r="B512" t="s">
+        <v>4705</v>
+      </c>
+      <c r="C512" t="s">
+        <v>4706</v>
+      </c>
+      <c r="D512" t="s">
+        <v>4707</v>
+      </c>
+      <c r="E512" t="s">
         <v>4708</v>
       </c>
-      <c r="C512" t="s">
+      <c r="F512" t="s">
         <v>4709</v>
       </c>
-      <c r="D512" t="s">
+      <c r="G512" t="s">
         <v>4710</v>
       </c>
-      <c r="E512" t="s">
+      <c r="H512" t="s">
         <v>4711</v>
       </c>
-      <c r="F512" t="s">
+      <c r="I512" t="s">
         <v>4712</v>
-      </c>
-[...7 lines deleted...]
-        <v>4715</v>
       </c>
       <c r="J512" t="s">
         <v>24</v>
       </c>
       <c r="K512" t="s">
         <v>25</v>
       </c>
       <c r="L512" t="s">
         <v>26</v>
       </c>
       <c r="M512" t="s">
         <v>27</v>
       </c>
       <c r="N512" t="s">
         <v>28</v>
       </c>
       <c r="O512" t="s">
-        <v>4716</v>
+        <v>4713</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>65069</v>
+        <v>65038</v>
       </c>
       <c r="B513" t="s">
+        <v>4714</v>
+      </c>
+      <c r="C513" t="s">
+        <v>4715</v>
+      </c>
+      <c r="D513" t="s">
+        <v>4716</v>
+      </c>
+      <c r="E513" t="s">
         <v>4717</v>
       </c>
-      <c r="C513" t="s">
+      <c r="F513" t="s">
         <v>4718</v>
       </c>
-      <c r="D513" t="s">
+      <c r="G513" t="s">
         <v>4719</v>
       </c>
-      <c r="E513" t="s">
+      <c r="H513" t="s">
         <v>4720</v>
       </c>
-      <c r="F513" t="s">
+      <c r="I513" t="s">
         <v>4721</v>
-      </c>
-[...7 lines deleted...]
-        <v>4724</v>
       </c>
       <c r="J513" t="s">
         <v>24</v>
       </c>
       <c r="K513" t="s">
         <v>170</v>
       </c>
       <c r="L513" t="s">
         <v>26</v>
       </c>
       <c r="M513" t="s">
         <v>171</v>
       </c>
       <c r="N513" t="s">
         <v>28</v>
       </c>
       <c r="O513" t="s">
-        <v>4725</v>
+        <v>4722</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>65071</v>
+        <v>65039</v>
       </c>
       <c r="B514" t="s">
+        <v>4723</v>
+      </c>
+      <c r="C514" t="s">
+        <v>4724</v>
+      </c>
+      <c r="D514" t="s">
+        <v>4725</v>
+      </c>
+      <c r="E514" t="s">
         <v>4726</v>
       </c>
-      <c r="C514" t="s">
+      <c r="F514" t="s">
         <v>4727</v>
       </c>
-      <c r="D514" t="s">
+      <c r="G514" t="s">
         <v>4728</v>
       </c>
-      <c r="E514" t="s">
+      <c r="H514" t="s">
         <v>4729</v>
       </c>
-      <c r="F514" t="s">
+      <c r="I514" t="s">
         <v>4730</v>
       </c>
-      <c r="G514" t="s">
+      <c r="J514" t="s">
+        <v>24</v>
+      </c>
+      <c r="K514" t="s">
+        <v>170</v>
+      </c>
+      <c r="L514" t="s">
+        <v>26</v>
+      </c>
+      <c r="M514" t="s">
+        <v>171</v>
+      </c>
+      <c r="N514" t="s">
+        <v>28</v>
+      </c>
+      <c r="O514" t="s">
         <v>4731</v>
-      </c>
-[...22 lines deleted...]
-        <v>4734</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>65073</v>
+        <v>65040</v>
       </c>
       <c r="B515" t="s">
+        <v>4732</v>
+      </c>
+      <c r="C515" t="s">
+        <v>4733</v>
+      </c>
+      <c r="D515" t="s">
+        <v>4734</v>
+      </c>
+      <c r="E515" t="s">
         <v>4735</v>
       </c>
-      <c r="C515" t="s">
+      <c r="F515" t="s">
         <v>4736</v>
       </c>
-      <c r="D515" t="s">
+      <c r="G515" t="s">
         <v>4737</v>
       </c>
-      <c r="E515" t="s">
+      <c r="H515" t="s">
         <v>4738</v>
       </c>
-      <c r="F515" t="s">
+      <c r="I515" t="s">
         <v>4739</v>
       </c>
-      <c r="G515" t="s">
+      <c r="J515" t="s">
+        <v>24</v>
+      </c>
+      <c r="K515" t="s">
+        <v>1476</v>
+      </c>
+      <c r="L515" t="s">
+        <v>26</v>
+      </c>
+      <c r="M515" t="s">
+        <v>1478</v>
+      </c>
+      <c r="N515" t="s">
+        <v>28</v>
+      </c>
+      <c r="O515" t="s">
         <v>4740</v>
-      </c>
-[...22 lines deleted...]
-        <v>4743</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>65074</v>
+        <v>65043</v>
       </c>
       <c r="B516" t="s">
+        <v>4741</v>
+      </c>
+      <c r="C516" t="s">
+        <v>4742</v>
+      </c>
+      <c r="D516" t="s">
+        <v>4743</v>
+      </c>
+      <c r="E516" t="s">
         <v>4744</v>
       </c>
-      <c r="C516" t="s">
+      <c r="F516" t="s">
         <v>4745</v>
       </c>
-      <c r="D516" t="s">
+      <c r="G516" t="s">
         <v>4746</v>
       </c>
-      <c r="E516" t="s">
+      <c r="H516" t="s">
         <v>4747</v>
       </c>
-      <c r="F516" t="s">
+      <c r="I516" t="s">
         <v>4748</v>
       </c>
-      <c r="G516" t="s">
+      <c r="J516" t="s">
+        <v>24</v>
+      </c>
+      <c r="K516" t="s">
+        <v>25</v>
+      </c>
+      <c r="L516" t="s">
+        <v>26</v>
+      </c>
+      <c r="M516" t="s">
+        <v>27</v>
+      </c>
+      <c r="N516" t="s">
+        <v>28</v>
+      </c>
+      <c r="O516" t="s">
         <v>4749</v>
-      </c>
-[...22 lines deleted...]
-        <v>4754</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>65075</v>
+        <v>65044</v>
       </c>
       <c r="B517" t="s">
+        <v>4750</v>
+      </c>
+      <c r="C517" t="s">
+        <v>4751</v>
+      </c>
+      <c r="D517" t="s">
+        <v>4752</v>
+      </c>
+      <c r="E517" t="s">
+        <v>4753</v>
+      </c>
+      <c r="F517" t="s">
+        <v>4754</v>
+      </c>
+      <c r="G517" t="s">
         <v>4755</v>
       </c>
-      <c r="C517" t="s">
+      <c r="H517" t="s">
         <v>4756</v>
       </c>
-      <c r="D517" t="s">
+      <c r="I517" t="s">
         <v>4757</v>
       </c>
-      <c r="E517" t="s">
+      <c r="J517" t="s">
+        <v>24</v>
+      </c>
+      <c r="K517" t="s">
+        <v>25</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>27</v>
+      </c>
+      <c r="N517" t="s">
+        <v>28</v>
+      </c>
+      <c r="O517" t="s">
         <v>4758</v>
-      </c>
-[...28 lines deleted...]
-        <v>4763</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>65076</v>
+        <v>65045</v>
       </c>
       <c r="B518" t="s">
+        <v>4759</v>
+      </c>
+      <c r="C518" t="s">
+        <v>4760</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4761</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4762</v>
+      </c>
+      <c r="F518" t="s">
+        <v>4763</v>
+      </c>
+      <c r="G518" t="s">
         <v>4764</v>
       </c>
-      <c r="C518" t="s">
+      <c r="H518" t="s">
         <v>4765</v>
       </c>
-      <c r="D518" t="s">
+      <c r="I518" t="s">
         <v>4766</v>
       </c>
-      <c r="E518" t="s">
+      <c r="J518" t="s">
+        <v>58</v>
+      </c>
+      <c r="K518" t="s">
         <v>4767</v>
       </c>
-      <c r="F518" t="s">
+      <c r="L518" t="s">
+        <v>60</v>
+      </c>
+      <c r="M518" t="s">
         <v>4768</v>
       </c>
-      <c r="G518" t="s">
+      <c r="N518" t="s">
+        <v>28</v>
+      </c>
+      <c r="O518" t="s">
         <v>4769</v>
-      </c>
-[...22 lines deleted...]
-        <v>4772</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
-        <v>65077</v>
+        <v>65046</v>
       </c>
       <c r="B519" t="s">
+        <v>4770</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4771</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4772</v>
+      </c>
+      <c r="E519" t="s">
         <v>4773</v>
       </c>
-      <c r="C519" t="s">
+      <c r="F519" t="s">
         <v>4774</v>
       </c>
-      <c r="D519" t="s">
+      <c r="G519" t="s">
         <v>4775</v>
       </c>
-      <c r="E519" t="s">
+      <c r="H519" t="s">
         <v>4776</v>
       </c>
-      <c r="F519" t="s">
+      <c r="I519" t="s">
         <v>4777</v>
       </c>
-      <c r="G519" t="s">
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>47</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>48</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
         <v>4778</v>
-      </c>
-[...22 lines deleted...]
-        <v>4781</v>
       </c>
     </row>
     <row r="520" spans="1:15">
       <c r="A520">
-        <v>65080</v>
+        <v>65047</v>
       </c>
       <c r="B520" t="s">
+        <v>4779</v>
+      </c>
+      <c r="C520" t="s">
+        <v>4780</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4781</v>
+      </c>
+      <c r="E520" t="s">
         <v>4782</v>
       </c>
-      <c r="C520" t="s">
+      <c r="F520" t="s">
         <v>4783</v>
       </c>
-      <c r="D520" t="s">
+      <c r="G520" t="s">
         <v>4784</v>
       </c>
-      <c r="E520" t="s">
+      <c r="H520" t="s">
         <v>4785</v>
       </c>
-      <c r="F520" t="s">
+      <c r="I520" t="s">
         <v>4786</v>
       </c>
-      <c r="G520" t="s">
+      <c r="J520" t="s">
+        <v>24</v>
+      </c>
+      <c r="K520" t="s">
+        <v>4767</v>
+      </c>
+      <c r="L520" t="s">
+        <v>26</v>
+      </c>
+      <c r="M520" t="s">
+        <v>4768</v>
+      </c>
+      <c r="N520" t="s">
+        <v>28</v>
+      </c>
+      <c r="O520" t="s">
         <v>4787</v>
-      </c>
-[...22 lines deleted...]
-        <v>4790</v>
       </c>
     </row>
     <row r="521" spans="1:15">
       <c r="A521">
-        <v>65081</v>
+        <v>65049</v>
       </c>
       <c r="B521" t="s">
+        <v>4788</v>
+      </c>
+      <c r="C521" t="s">
+        <v>4789</v>
+      </c>
+      <c r="D521" t="s">
+        <v>4790</v>
+      </c>
+      <c r="E521" t="s">
         <v>4791</v>
       </c>
-      <c r="C521" t="s">
+      <c r="F521" t="s">
         <v>4792</v>
       </c>
-      <c r="D521" t="s">
+      <c r="G521" t="s">
         <v>4793</v>
       </c>
-      <c r="E521" t="s">
+      <c r="H521" t="s">
         <v>4794</v>
       </c>
-      <c r="F521" t="s">
+      <c r="I521" t="s">
         <v>4795</v>
       </c>
-      <c r="G521" t="s">
+      <c r="J521" t="s">
+        <v>24</v>
+      </c>
+      <c r="K521" t="s">
+        <v>59</v>
+      </c>
+      <c r="L521" t="s">
+        <v>26</v>
+      </c>
+      <c r="M521" t="s">
+        <v>61</v>
+      </c>
+      <c r="N521" t="s">
+        <v>28</v>
+      </c>
+      <c r="O521" t="s">
         <v>4796</v>
-      </c>
-[...22 lines deleted...]
-        <v>4799</v>
       </c>
     </row>
     <row r="522" spans="1:15">
       <c r="A522">
-        <v>65082</v>
+        <v>65050</v>
       </c>
       <c r="B522" t="s">
+        <v>4797</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4798</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4799</v>
+      </c>
+      <c r="E522" t="s">
         <v>4800</v>
       </c>
-      <c r="C522" t="s">
+      <c r="F522" t="s">
         <v>4801</v>
       </c>
-      <c r="D522" t="s">
+      <c r="G522" t="s">
         <v>4802</v>
       </c>
-      <c r="E522" t="s">
+      <c r="H522" t="s">
         <v>4803</v>
       </c>
-      <c r="F522" t="s">
+      <c r="I522" t="s">
         <v>4804</v>
       </c>
-      <c r="G522" t="s">
+      <c r="J522" t="s">
+        <v>24</v>
+      </c>
+      <c r="K522" t="s">
+        <v>25</v>
+      </c>
+      <c r="L522" t="s">
+        <v>26</v>
+      </c>
+      <c r="M522" t="s">
+        <v>27</v>
+      </c>
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
         <v>4805</v>
-      </c>
-[...22 lines deleted...]
-        <v>4808</v>
       </c>
     </row>
     <row r="523" spans="1:15">
       <c r="A523">
-        <v>65083</v>
+        <v>65051</v>
       </c>
       <c r="B523" t="s">
+        <v>4806</v>
+      </c>
+      <c r="C523" t="s">
+        <v>4807</v>
+      </c>
+      <c r="D523" t="s">
+        <v>4808</v>
+      </c>
+      <c r="E523" t="s">
         <v>4809</v>
       </c>
-      <c r="C523" t="s">
+      <c r="F523" t="s">
         <v>4810</v>
       </c>
-      <c r="D523" t="s">
+      <c r="G523" t="s">
         <v>4811</v>
       </c>
-      <c r="E523" t="s">
+      <c r="H523" t="s">
         <v>4812</v>
       </c>
-      <c r="F523" t="s">
+      <c r="I523" t="s">
         <v>4813</v>
       </c>
-      <c r="G523" t="s">
+      <c r="J523" t="s">
+        <v>24</v>
+      </c>
+      <c r="K523" t="s">
+        <v>745</v>
+      </c>
+      <c r="L523" t="s">
+        <v>26</v>
+      </c>
+      <c r="M523" t="s">
+        <v>746</v>
+      </c>
+      <c r="N523" t="s">
+        <v>28</v>
+      </c>
+      <c r="O523" t="s">
         <v>4814</v>
-      </c>
-[...22 lines deleted...]
-        <v>4817</v>
       </c>
     </row>
     <row r="524" spans="1:15">
       <c r="A524">
-        <v>65084</v>
+        <v>65053</v>
       </c>
       <c r="B524" t="s">
+        <v>4815</v>
+      </c>
+      <c r="C524" t="s">
+        <v>4816</v>
+      </c>
+      <c r="D524" t="s">
+        <v>4817</v>
+      </c>
+      <c r="E524" t="s">
         <v>4818</v>
       </c>
-      <c r="C524" t="s">
+      <c r="F524" t="s">
         <v>4819</v>
       </c>
-      <c r="D524" t="s">
+      <c r="G524" t="s">
         <v>4820</v>
       </c>
-      <c r="E524" t="s">
+      <c r="H524" t="s">
         <v>4821</v>
       </c>
-      <c r="F524" t="s">
+      <c r="I524" t="s">
         <v>4822</v>
       </c>
-      <c r="G524" t="s">
+      <c r="J524" t="s">
+        <v>24</v>
+      </c>
+      <c r="K524" t="s">
+        <v>170</v>
+      </c>
+      <c r="L524" t="s">
+        <v>26</v>
+      </c>
+      <c r="M524" t="s">
+        <v>171</v>
+      </c>
+      <c r="N524" t="s">
+        <v>28</v>
+      </c>
+      <c r="O524" t="s">
         <v>4823</v>
-      </c>
-[...22 lines deleted...]
-        <v>4826</v>
       </c>
     </row>
     <row r="525" spans="1:15">
       <c r="A525">
-        <v>65085</v>
+        <v>65054</v>
       </c>
       <c r="B525" t="s">
+        <v>4824</v>
+      </c>
+      <c r="C525" t="s">
+        <v>4825</v>
+      </c>
+      <c r="D525" t="s">
+        <v>4826</v>
+      </c>
+      <c r="E525" t="s">
         <v>4827</v>
       </c>
-      <c r="C525" t="s">
+      <c r="F525" t="s">
         <v>4828</v>
       </c>
-      <c r="D525" t="s">
+      <c r="G525" t="s">
         <v>4829</v>
       </c>
-      <c r="E525" t="s">
+      <c r="H525" t="s">
         <v>4830</v>
       </c>
-      <c r="F525" t="s">
+      <c r="I525" t="s">
         <v>4831</v>
       </c>
-      <c r="G525" t="s">
+      <c r="J525" t="s">
+        <v>449</v>
+      </c>
+      <c r="K525" t="s">
         <v>4832</v>
       </c>
-      <c r="H525" t="s">
+      <c r="L525" t="s">
+        <v>451</v>
+      </c>
+      <c r="M525" t="s">
         <v>4833</v>
       </c>
-      <c r="I525" t="s">
+      <c r="N525" t="s">
+        <v>28</v>
+      </c>
+      <c r="O525" t="s">
         <v>4834</v>
-      </c>
-[...16 lines deleted...]
-        <v>4835</v>
       </c>
     </row>
     <row r="526" spans="1:15">
       <c r="A526">
-        <v>65086</v>
+        <v>65055</v>
       </c>
       <c r="B526" t="s">
+        <v>4835</v>
+      </c>
+      <c r="C526" t="s">
         <v>4836</v>
       </c>
-      <c r="C526" t="s">
+      <c r="D526" t="s">
         <v>4837</v>
       </c>
-      <c r="D526" t="s">
+      <c r="E526" t="s">
         <v>4838</v>
       </c>
-      <c r="E526" t="s">
+      <c r="F526" t="s">
         <v>4839</v>
       </c>
-      <c r="F526" t="s">
+      <c r="G526" t="s">
         <v>4840</v>
       </c>
-      <c r="G526" t="s">
+      <c r="H526" t="s">
         <v>4841</v>
       </c>
-      <c r="H526" t="s">
+      <c r="I526" t="s">
         <v>4842</v>
       </c>
-      <c r="I526" t="s">
+      <c r="J526" t="s">
+        <v>24</v>
+      </c>
+      <c r="K526" t="s">
+        <v>579</v>
+      </c>
+      <c r="L526" t="s">
+        <v>26</v>
+      </c>
+      <c r="M526" t="s">
+        <v>580</v>
+      </c>
+      <c r="N526" t="s">
+        <v>28</v>
+      </c>
+      <c r="O526" t="s">
         <v>4843</v>
-      </c>
-[...16 lines deleted...]
-        <v>4844</v>
       </c>
     </row>
     <row r="527" spans="1:15">
       <c r="A527">
-        <v>65087</v>
+        <v>65057</v>
       </c>
       <c r="B527" t="s">
+        <v>4844</v>
+      </c>
+      <c r="C527" t="s">
         <v>4845</v>
       </c>
-      <c r="C527" t="s">
+      <c r="D527" t="s">
         <v>4846</v>
       </c>
-      <c r="D527" t="s">
+      <c r="E527" t="s">
         <v>4847</v>
       </c>
-      <c r="E527" t="s">
+      <c r="F527" t="s">
         <v>4848</v>
       </c>
-      <c r="F527" t="s">
+      <c r="G527" t="s">
         <v>4849</v>
       </c>
-      <c r="G527" t="s">
+      <c r="H527" t="s">
         <v>4850</v>
       </c>
-      <c r="H527" t="s">
+      <c r="I527" t="s">
         <v>4851</v>
       </c>
-      <c r="I527" t="s">
+      <c r="J527" t="s">
+        <v>24</v>
+      </c>
+      <c r="K527" t="s">
+        <v>274</v>
+      </c>
+      <c r="L527" t="s">
+        <v>26</v>
+      </c>
+      <c r="M527" t="s">
+        <v>275</v>
+      </c>
+      <c r="N527" t="s">
+        <v>28</v>
+      </c>
+      <c r="O527" t="s">
         <v>4852</v>
-      </c>
-[...16 lines deleted...]
-        <v>4853</v>
       </c>
     </row>
     <row r="528" spans="1:15">
       <c r="A528">
-        <v>65088</v>
+        <v>65058</v>
       </c>
       <c r="B528" t="s">
+        <v>4853</v>
+      </c>
+      <c r="C528" t="s">
         <v>4854</v>
       </c>
-      <c r="C528" t="s">
+      <c r="D528" t="s">
         <v>4855</v>
       </c>
-      <c r="D528" t="s">
+      <c r="E528" t="s">
         <v>4856</v>
       </c>
-      <c r="E528" t="s">
+      <c r="F528" t="s">
         <v>4857</v>
       </c>
-      <c r="F528" t="s">
+      <c r="G528" t="s">
         <v>4858</v>
       </c>
-      <c r="G528" t="s">
+      <c r="H528" t="s">
         <v>4859</v>
       </c>
-      <c r="H528" t="s">
+      <c r="I528" t="s">
         <v>4860</v>
       </c>
-      <c r="I528" t="s">
+      <c r="J528" t="s">
+        <v>449</v>
+      </c>
+      <c r="K528" t="s">
+        <v>689</v>
+      </c>
+      <c r="L528" t="s">
+        <v>451</v>
+      </c>
+      <c r="M528" t="s">
+        <v>690</v>
+      </c>
+      <c r="N528" t="s">
+        <v>28</v>
+      </c>
+      <c r="O528" t="s">
         <v>4861</v>
-      </c>
-[...16 lines deleted...]
-        <v>4862</v>
       </c>
     </row>
     <row r="529" spans="1:15">
       <c r="A529">
-        <v>65089</v>
+        <v>65059</v>
       </c>
       <c r="B529" t="s">
+        <v>4862</v>
+      </c>
+      <c r="C529" t="s">
         <v>4863</v>
       </c>
-      <c r="C529" t="s">
+      <c r="D529" t="s">
         <v>4864</v>
       </c>
-      <c r="D529" t="s">
+      <c r="E529" t="s">
         <v>4865</v>
       </c>
-      <c r="E529" t="s">
+      <c r="F529" t="s">
         <v>4866</v>
       </c>
-      <c r="F529" t="s">
+      <c r="G529" t="s">
         <v>4867</v>
       </c>
-      <c r="G529" t="s">
+      <c r="H529" t="s">
         <v>4868</v>
       </c>
-      <c r="H529" t="s">
+      <c r="I529" t="s">
         <v>4869</v>
       </c>
-      <c r="I529" t="s">
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
+        <v>170</v>
+      </c>
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
+        <v>171</v>
+      </c>
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
         <v>4870</v>
-      </c>
-[...16 lines deleted...]
-        <v>4871</v>
       </c>
     </row>
     <row r="530" spans="1:15">
       <c r="A530">
-        <v>65090</v>
+        <v>65060</v>
       </c>
       <c r="B530" t="s">
+        <v>4871</v>
+      </c>
+      <c r="C530" t="s">
         <v>4872</v>
       </c>
-      <c r="C530" t="s">
+      <c r="D530" t="s">
         <v>4873</v>
       </c>
-      <c r="D530" t="s">
+      <c r="E530" t="s">
         <v>4874</v>
       </c>
-      <c r="E530" t="s">
+      <c r="F530" t="s">
         <v>4875</v>
       </c>
-      <c r="F530" t="s">
+      <c r="G530" t="s">
         <v>4876</v>
       </c>
-      <c r="G530" t="s">
+      <c r="H530" t="s">
         <v>4877</v>
       </c>
-      <c r="H530" t="s">
+      <c r="I530" t="s">
         <v>4878</v>
       </c>
-      <c r="I530" t="s">
+      <c r="J530" t="s">
+        <v>24</v>
+      </c>
+      <c r="K530" t="s">
+        <v>47</v>
+      </c>
+      <c r="L530" t="s">
+        <v>26</v>
+      </c>
+      <c r="M530" t="s">
+        <v>48</v>
+      </c>
+      <c r="N530" t="s">
+        <v>28</v>
+      </c>
+      <c r="O530" t="s">
         <v>4879</v>
-      </c>
-[...16 lines deleted...]
-        <v>4880</v>
       </c>
     </row>
     <row r="531" spans="1:15">
       <c r="A531">
-        <v>65091</v>
+        <v>65061</v>
       </c>
       <c r="B531" t="s">
+        <v>4880</v>
+      </c>
+      <c r="C531" t="s">
         <v>4881</v>
       </c>
-      <c r="C531" t="s">
+      <c r="D531" t="s">
         <v>4882</v>
       </c>
-      <c r="D531" t="s">
+      <c r="E531" t="s">
         <v>4883</v>
       </c>
-      <c r="E531" t="s">
+      <c r="F531" t="s">
         <v>4884</v>
       </c>
-      <c r="F531" t="s">
+      <c r="G531" t="s">
         <v>4885</v>
       </c>
-      <c r="G531" t="s">
+      <c r="H531" t="s">
         <v>4886</v>
       </c>
-      <c r="H531" t="s">
+      <c r="I531" t="s">
         <v>4887</v>
       </c>
-      <c r="I531" t="s">
+      <c r="J531" t="s">
+        <v>24</v>
+      </c>
+      <c r="K531" t="s">
+        <v>1476</v>
+      </c>
+      <c r="L531" t="s">
+        <v>26</v>
+      </c>
+      <c r="M531" t="s">
+        <v>1478</v>
+      </c>
+      <c r="N531" t="s">
+        <v>28</v>
+      </c>
+      <c r="O531" t="s">
         <v>4888</v>
-      </c>
-[...16 lines deleted...]
-        <v>4889</v>
       </c>
     </row>
     <row r="532" spans="1:15">
       <c r="A532">
-        <v>65092</v>
+        <v>65062</v>
       </c>
       <c r="B532" t="s">
+        <v>4889</v>
+      </c>
+      <c r="C532" t="s">
         <v>4890</v>
       </c>
-      <c r="C532" t="s">
+      <c r="D532" t="s">
         <v>4891</v>
       </c>
-      <c r="D532" t="s">
+      <c r="E532" t="s">
         <v>4892</v>
       </c>
-      <c r="E532" t="s">
+      <c r="F532" t="s">
         <v>4893</v>
       </c>
-      <c r="F532" t="s">
+      <c r="G532" t="s">
         <v>4894</v>
       </c>
-      <c r="G532" t="s">
+      <c r="H532" t="s">
         <v>4895</v>
       </c>
-      <c r="H532" t="s">
+      <c r="I532" t="s">
         <v>4896</v>
       </c>
-      <c r="I532" t="s">
+      <c r="J532" t="s">
+        <v>24</v>
+      </c>
+      <c r="K532" t="s">
+        <v>25</v>
+      </c>
+      <c r="L532" t="s">
+        <v>26</v>
+      </c>
+      <c r="M532" t="s">
+        <v>27</v>
+      </c>
+      <c r="N532" t="s">
+        <v>28</v>
+      </c>
+      <c r="O532" t="s">
         <v>4897</v>
-      </c>
-[...16 lines deleted...]
-        <v>4898</v>
       </c>
     </row>
     <row r="533" spans="1:15">
       <c r="A533">
-        <v>65093</v>
+        <v>65063</v>
       </c>
       <c r="B533" t="s">
+        <v>4898</v>
+      </c>
+      <c r="C533" t="s">
         <v>4899</v>
       </c>
-      <c r="C533" t="s">
+      <c r="D533" t="s">
         <v>4900</v>
       </c>
-      <c r="D533" t="s">
+      <c r="E533" t="s">
         <v>4901</v>
       </c>
-      <c r="E533" t="s">
+      <c r="F533" t="s">
         <v>4902</v>
       </c>
-      <c r="F533" t="s">
+      <c r="G533" t="s">
         <v>4903</v>
       </c>
-      <c r="G533" t="s">
+      <c r="H533" t="s">
         <v>4904</v>
       </c>
-      <c r="H533" t="s">
+      <c r="I533" t="s">
         <v>4905</v>
       </c>
-      <c r="I533" t="s">
+      <c r="J533" t="s">
+        <v>24</v>
+      </c>
+      <c r="K533" t="s">
+        <v>1070</v>
+      </c>
+      <c r="L533" t="s">
+        <v>26</v>
+      </c>
+      <c r="M533" t="s">
+        <v>1071</v>
+      </c>
+      <c r="N533" t="s">
+        <v>28</v>
+      </c>
+      <c r="O533" t="s">
         <v>4906</v>
-      </c>
-[...16 lines deleted...]
-        <v>4907</v>
       </c>
     </row>
     <row r="534" spans="1:15">
       <c r="A534">
-        <v>65094</v>
+        <v>65065</v>
       </c>
       <c r="B534" t="s">
+        <v>4907</v>
+      </c>
+      <c r="C534" t="s">
         <v>4908</v>
       </c>
-      <c r="C534" t="s">
+      <c r="D534" t="s">
         <v>4909</v>
       </c>
-      <c r="D534" t="s">
+      <c r="E534" t="s">
         <v>4910</v>
       </c>
-      <c r="E534" t="s">
+      <c r="F534" t="s">
         <v>4911</v>
       </c>
-      <c r="F534" t="s">
+      <c r="G534" t="s">
         <v>4912</v>
       </c>
-      <c r="G534" t="s">
+      <c r="H534" t="s">
         <v>4913</v>
       </c>
-      <c r="H534" t="s">
+      <c r="I534" t="s">
         <v>4914</v>
       </c>
-      <c r="I534" t="s">
+      <c r="J534" t="s">
         <v>4915</v>
       </c>
-      <c r="J534" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K534" t="s">
+        <v>1476</v>
+      </c>
+      <c r="L534" t="s">
         <v>4916</v>
       </c>
-      <c r="L534" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M534" t="s">
+        <v>1478</v>
+      </c>
+      <c r="N534" t="s">
+        <v>28</v>
+      </c>
+      <c r="O534" t="s">
         <v>4917</v>
-      </c>
-[...4 lines deleted...]
-        <v>4918</v>
       </c>
     </row>
     <row r="535" spans="1:15">
       <c r="A535">
-        <v>65095</v>
+        <v>65068</v>
       </c>
       <c r="B535" t="s">
+        <v>4918</v>
+      </c>
+      <c r="C535" t="s">
         <v>4919</v>
       </c>
-      <c r="C535" t="s">
+      <c r="D535" t="s">
         <v>4920</v>
       </c>
-      <c r="D535" t="s">
+      <c r="E535" t="s">
         <v>4921</v>
       </c>
-      <c r="E535" t="s">
+      <c r="F535" t="s">
         <v>4922</v>
       </c>
-      <c r="F535" t="s">
+      <c r="G535" t="s">
         <v>4923</v>
       </c>
-      <c r="G535" t="s">
+      <c r="H535" t="s">
         <v>4924</v>
       </c>
-      <c r="H535" t="s">
+      <c r="I535" t="s">
         <v>4925</v>
       </c>
-      <c r="I535" t="s">
+      <c r="J535" t="s">
+        <v>24</v>
+      </c>
+      <c r="K535" t="s">
+        <v>25</v>
+      </c>
+      <c r="L535" t="s">
+        <v>26</v>
+      </c>
+      <c r="M535" t="s">
+        <v>27</v>
+      </c>
+      <c r="N535" t="s">
+        <v>28</v>
+      </c>
+      <c r="O535" t="s">
         <v>4926</v>
-      </c>
-[...16 lines deleted...]
-        <v>4927</v>
       </c>
     </row>
     <row r="536" spans="1:15">
       <c r="A536">
-        <v>65096</v>
+        <v>65069</v>
       </c>
       <c r="B536" t="s">
+        <v>4927</v>
+      </c>
+      <c r="C536" t="s">
         <v>4928</v>
       </c>
-      <c r="C536" t="s">
+      <c r="D536" t="s">
         <v>4929</v>
       </c>
-      <c r="D536" t="s">
+      <c r="E536" t="s">
         <v>4930</v>
       </c>
-      <c r="E536" t="s">
+      <c r="F536" t="s">
         <v>4931</v>
       </c>
-      <c r="F536" t="s">
+      <c r="G536" t="s">
         <v>4932</v>
       </c>
-      <c r="G536" t="s">
+      <c r="H536" t="s">
         <v>4933</v>
       </c>
-      <c r="H536" t="s">
+      <c r="I536" t="s">
         <v>4934</v>
       </c>
-      <c r="I536" t="s">
+      <c r="J536" t="s">
+        <v>24</v>
+      </c>
+      <c r="K536" t="s">
+        <v>170</v>
+      </c>
+      <c r="L536" t="s">
+        <v>26</v>
+      </c>
+      <c r="M536" t="s">
+        <v>171</v>
+      </c>
+      <c r="N536" t="s">
+        <v>28</v>
+      </c>
+      <c r="O536" t="s">
         <v>4935</v>
-      </c>
-[...16 lines deleted...]
-        <v>4936</v>
       </c>
     </row>
     <row r="537" spans="1:15">
       <c r="A537">
-        <v>65097</v>
+        <v>65071</v>
       </c>
       <c r="B537" t="s">
+        <v>4936</v>
+      </c>
+      <c r="C537" t="s">
         <v>4937</v>
       </c>
-      <c r="C537" t="s">
+      <c r="D537" t="s">
         <v>4938</v>
       </c>
-      <c r="D537" t="s">
+      <c r="E537" t="s">
         <v>4939</v>
       </c>
-      <c r="E537" t="s">
+      <c r="F537" t="s">
         <v>4940</v>
       </c>
-      <c r="F537" t="s">
+      <c r="G537" t="s">
         <v>4941</v>
       </c>
-      <c r="G537" t="s">
+      <c r="H537" t="s">
         <v>4942</v>
       </c>
-      <c r="H537" t="s">
+      <c r="I537" t="s">
         <v>4943</v>
       </c>
-      <c r="I537" t="s">
+      <c r="J537" t="s">
+        <v>24</v>
+      </c>
+      <c r="K537" t="s">
+        <v>25</v>
+      </c>
+      <c r="L537" t="s">
+        <v>26</v>
+      </c>
+      <c r="M537" t="s">
+        <v>27</v>
+      </c>
+      <c r="N537" t="s">
+        <v>28</v>
+      </c>
+      <c r="O537" t="s">
         <v>4944</v>
-      </c>
-[...16 lines deleted...]
-        <v>4945</v>
       </c>
     </row>
     <row r="538" spans="1:15">
       <c r="A538">
-        <v>65098</v>
+        <v>65073</v>
       </c>
       <c r="B538" t="s">
+        <v>4945</v>
+      </c>
+      <c r="C538" t="s">
         <v>4946</v>
       </c>
-      <c r="C538" t="s">
+      <c r="D538" t="s">
         <v>4947</v>
       </c>
-      <c r="D538" t="s">
+      <c r="E538" t="s">
         <v>4948</v>
       </c>
-      <c r="E538" t="s">
+      <c r="F538" t="s">
         <v>4949</v>
       </c>
-      <c r="F538" t="s">
+      <c r="G538" t="s">
         <v>4950</v>
       </c>
-      <c r="G538" t="s">
+      <c r="H538" t="s">
         <v>4951</v>
       </c>
-      <c r="H538" t="s">
+      <c r="I538" t="s">
         <v>4952</v>
-      </c>
-[...1 lines deleted...]
-        <v>4953</v>
       </c>
       <c r="J538" t="s">
         <v>24</v>
       </c>
       <c r="K538" t="s">
         <v>25</v>
       </c>
       <c r="L538" t="s">
         <v>26</v>
       </c>
       <c r="M538" t="s">
         <v>27</v>
       </c>
       <c r="N538" t="s">
         <v>28</v>
       </c>
       <c r="O538" t="s">
-        <v>4954</v>
+        <v>4953</v>
       </c>
     </row>
     <row r="539" spans="1:15">
       <c r="A539">
-        <v>65099</v>
+        <v>65074</v>
       </c>
       <c r="B539" t="s">
+        <v>4954</v>
+      </c>
+      <c r="C539" t="s">
         <v>4955</v>
       </c>
-      <c r="C539" t="s">
+      <c r="D539" t="s">
         <v>4956</v>
       </c>
-      <c r="D539" t="s">
+      <c r="E539" t="s">
         <v>4957</v>
       </c>
-      <c r="E539" t="s">
+      <c r="F539" t="s">
         <v>4958</v>
       </c>
-      <c r="F539" t="s">
+      <c r="G539" t="s">
         <v>4959</v>
       </c>
-      <c r="G539" t="s">
+      <c r="H539" t="s">
         <v>4960</v>
       </c>
-      <c r="H539" t="s">
+      <c r="I539" t="s">
         <v>4961</v>
       </c>
-      <c r="I539" t="s">
+      <c r="J539" t="s">
+        <v>24</v>
+      </c>
+      <c r="K539" t="s">
         <v>4962</v>
       </c>
-      <c r="J539" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L539" t="s">
         <v>26</v>
       </c>
       <c r="M539" t="s">
-        <v>171</v>
+        <v>4963</v>
       </c>
       <c r="N539" t="s">
         <v>28</v>
       </c>
       <c r="O539" t="s">
-        <v>4963</v>
+        <v>4964</v>
       </c>
     </row>
     <row r="540" spans="1:15">
       <c r="A540">
-        <v>65100</v>
+        <v>65075</v>
       </c>
       <c r="B540" t="s">
-        <v>4964</v>
+        <v>4965</v>
       </c>
       <c r="C540" t="s">
-        <v>4965</v>
+        <v>4966</v>
       </c>
       <c r="D540" t="s">
-        <v>4966</v>
+        <v>4967</v>
       </c>
       <c r="E540" t="s">
-        <v>4967</v>
+        <v>4968</v>
       </c>
       <c r="F540" t="s">
-        <v>4968</v>
+        <v>4969</v>
       </c>
       <c r="G540" t="s">
-        <v>4969</v>
+        <v>4970</v>
       </c>
       <c r="H540" t="s">
-        <v>4970</v>
+        <v>4971</v>
       </c>
       <c r="I540" t="s">
-        <v>4971</v>
+        <v>4972</v>
       </c>
       <c r="J540" t="s">
-        <v>24</v>
+        <v>449</v>
       </c>
       <c r="K540" t="s">
-        <v>4333</v>
+        <v>4675</v>
       </c>
       <c r="L540" t="s">
-        <v>26</v>
+        <v>451</v>
       </c>
       <c r="M540" t="s">
-        <v>4334</v>
+        <v>4676</v>
       </c>
       <c r="N540" t="s">
         <v>28</v>
       </c>
       <c r="O540" t="s">
-        <v>4972</v>
+        <v>4973</v>
       </c>
     </row>
     <row r="541" spans="1:15">
       <c r="A541">
-        <v>65101</v>
+        <v>65076</v>
       </c>
       <c r="B541" t="s">
-        <v>4973</v>
+        <v>4974</v>
       </c>
       <c r="C541" t="s">
-        <v>4974</v>
+        <v>4975</v>
       </c>
       <c r="D541" t="s">
-        <v>4975</v>
+        <v>4976</v>
       </c>
       <c r="E541" t="s">
-        <v>4976</v>
+        <v>4977</v>
       </c>
       <c r="F541" t="s">
-        <v>4977</v>
+        <v>4978</v>
       </c>
       <c r="G541" t="s">
-        <v>4978</v>
+        <v>4979</v>
       </c>
       <c r="H541" t="s">
-        <v>4979</v>
+        <v>4980</v>
       </c>
       <c r="I541" t="s">
-        <v>4980</v>
+        <v>4981</v>
       </c>
       <c r="J541" t="s">
         <v>24</v>
       </c>
       <c r="K541" t="s">
         <v>170</v>
       </c>
       <c r="L541" t="s">
         <v>26</v>
       </c>
       <c r="M541" t="s">
         <v>171</v>
       </c>
       <c r="N541" t="s">
         <v>28</v>
       </c>
       <c r="O541" t="s">
-        <v>4981</v>
+        <v>4982</v>
       </c>
     </row>
     <row r="542" spans="1:15">
       <c r="A542">
-        <v>65102</v>
+        <v>65077</v>
       </c>
       <c r="B542" t="s">
-        <v>4982</v>
+        <v>4983</v>
       </c>
       <c r="C542" t="s">
-        <v>4983</v>
+        <v>4984</v>
       </c>
       <c r="D542" t="s">
-        <v>4984</v>
+        <v>4985</v>
       </c>
       <c r="E542" t="s">
-        <v>4985</v>
+        <v>4986</v>
       </c>
       <c r="F542" t="s">
-        <v>4986</v>
+        <v>4987</v>
       </c>
       <c r="G542" t="s">
-        <v>4987</v>
+        <v>4988</v>
       </c>
       <c r="H542" t="s">
-        <v>4988</v>
+        <v>4989</v>
       </c>
       <c r="I542" t="s">
-        <v>4989</v>
+        <v>4990</v>
       </c>
       <c r="J542" t="s">
         <v>24</v>
       </c>
       <c r="K542" t="s">
-        <v>25</v>
+        <v>745</v>
       </c>
       <c r="L542" t="s">
         <v>26</v>
       </c>
       <c r="M542" t="s">
-        <v>27</v>
+        <v>746</v>
       </c>
       <c r="N542" t="s">
         <v>28</v>
       </c>
       <c r="O542" t="s">
-        <v>4990</v>
+        <v>4991</v>
       </c>
     </row>
     <row r="543" spans="1:15">
       <c r="A543">
-        <v>65104</v>
+        <v>65080</v>
       </c>
       <c r="B543" t="s">
-        <v>4991</v>
+        <v>4992</v>
       </c>
       <c r="C543" t="s">
-        <v>4992</v>
+        <v>4993</v>
       </c>
       <c r="D543" t="s">
-        <v>4993</v>
+        <v>4994</v>
       </c>
       <c r="E543" t="s">
-        <v>4994</v>
+        <v>4995</v>
       </c>
       <c r="F543" t="s">
-        <v>4995</v>
+        <v>4996</v>
       </c>
       <c r="G543" t="s">
-        <v>4996</v>
+        <v>4997</v>
       </c>
       <c r="H543" t="s">
-        <v>4997</v>
+        <v>4998</v>
       </c>
       <c r="I543" t="s">
-        <v>4998</v>
+        <v>4999</v>
       </c>
       <c r="J543" t="s">
         <v>24</v>
       </c>
       <c r="K543" t="s">
-        <v>2683</v>
+        <v>47</v>
       </c>
       <c r="L543" t="s">
         <v>26</v>
       </c>
       <c r="M543" t="s">
-        <v>2684</v>
+        <v>48</v>
       </c>
       <c r="N543" t="s">
         <v>28</v>
       </c>
       <c r="O543" t="s">
-        <v>4999</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="544" spans="1:15">
       <c r="A544">
-        <v>65105</v>
+        <v>65081</v>
       </c>
       <c r="B544" t="s">
-        <v>5000</v>
+        <v>5001</v>
       </c>
       <c r="C544" t="s">
-        <v>5001</v>
+        <v>5002</v>
       </c>
       <c r="D544" t="s">
-        <v>5002</v>
+        <v>5003</v>
       </c>
       <c r="E544" t="s">
-        <v>5003</v>
+        <v>5004</v>
       </c>
       <c r="F544" t="s">
-        <v>5004</v>
+        <v>5005</v>
       </c>
       <c r="G544" t="s">
-        <v>5005</v>
+        <v>5006</v>
       </c>
       <c r="H544" t="s">
-        <v>5006</v>
+        <v>5007</v>
       </c>
       <c r="I544" t="s">
-        <v>5007</v>
+        <v>5008</v>
       </c>
       <c r="J544" t="s">
         <v>24</v>
       </c>
       <c r="K544" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L544" t="s">
         <v>26</v>
       </c>
       <c r="M544" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N544" t="s">
         <v>28</v>
       </c>
       <c r="O544" t="s">
-        <v>5008</v>
+        <v>5009</v>
       </c>
     </row>
     <row r="545" spans="1:15">
       <c r="A545">
-        <v>65107</v>
+        <v>65082</v>
       </c>
       <c r="B545" t="s">
-        <v>5009</v>
+        <v>5010</v>
       </c>
       <c r="C545" t="s">
-        <v>5010</v>
+        <v>5011</v>
       </c>
       <c r="D545" t="s">
-        <v>5011</v>
+        <v>5012</v>
       </c>
       <c r="E545" t="s">
-        <v>5012</v>
+        <v>5013</v>
       </c>
       <c r="F545" t="s">
-        <v>5013</v>
+        <v>5014</v>
       </c>
       <c r="G545" t="s">
-        <v>5014</v>
+        <v>5015</v>
       </c>
       <c r="H545" t="s">
-        <v>5015</v>
+        <v>5016</v>
       </c>
       <c r="I545" t="s">
-        <v>5016</v>
+        <v>5017</v>
       </c>
       <c r="J545" t="s">
         <v>24</v>
       </c>
       <c r="K545" t="s">
-        <v>5017</v>
+        <v>47</v>
       </c>
       <c r="L545" t="s">
         <v>26</v>
+      </c>
+      <c r="M545" t="s">
+        <v>48</v>
       </c>
       <c r="N545" t="s">
         <v>28</v>
       </c>
       <c r="O545" t="s">
         <v>5018</v>
       </c>
     </row>
     <row r="546" spans="1:15">
       <c r="A546">
-        <v>65116</v>
+        <v>65083</v>
       </c>
       <c r="B546" t="s">
         <v>5019</v>
       </c>
       <c r="C546" t="s">
         <v>5020</v>
       </c>
       <c r="D546" t="s">
         <v>5021</v>
       </c>
       <c r="E546" t="s">
         <v>5022</v>
       </c>
       <c r="F546" t="s">
         <v>5023</v>
       </c>
       <c r="G546" t="s">
         <v>5024</v>
       </c>
       <c r="H546" t="s">
         <v>5025</v>
       </c>
       <c r="I546" t="s">
         <v>5026</v>
       </c>
       <c r="J546" t="s">
         <v>24</v>
       </c>
       <c r="K546" t="s">
         <v>170</v>
       </c>
       <c r="L546" t="s">
         <v>26</v>
       </c>
       <c r="M546" t="s">
         <v>171</v>
       </c>
       <c r="N546" t="s">
         <v>28</v>
       </c>
       <c r="O546" t="s">
         <v>5027</v>
       </c>
     </row>
     <row r="547" spans="1:15">
       <c r="A547">
-        <v>65124</v>
+        <v>65084</v>
       </c>
       <c r="B547" t="s">
         <v>5028</v>
       </c>
       <c r="C547" t="s">
         <v>5029</v>
       </c>
       <c r="D547" t="s">
         <v>5030</v>
       </c>
       <c r="E547" t="s">
         <v>5031</v>
       </c>
       <c r="F547" t="s">
         <v>5032</v>
       </c>
       <c r="G547" t="s">
         <v>5033</v>
       </c>
       <c r="H547" t="s">
         <v>5034</v>
       </c>
       <c r="I547" t="s">
         <v>5035</v>
       </c>
       <c r="J547" t="s">
         <v>24</v>
       </c>
       <c r="K547" t="s">
         <v>25</v>
       </c>
       <c r="L547" t="s">
         <v>26</v>
       </c>
       <c r="M547" t="s">
         <v>27</v>
       </c>
       <c r="N547" t="s">
         <v>28</v>
       </c>
       <c r="O547" t="s">
         <v>5036</v>
       </c>
     </row>
     <row r="548" spans="1:15">
       <c r="A548">
-        <v>65479</v>
+        <v>65085</v>
       </c>
       <c r="B548" t="s">
         <v>5037</v>
       </c>
       <c r="C548" t="s">
         <v>5038</v>
       </c>
       <c r="D548" t="s">
         <v>5039</v>
       </c>
       <c r="E548" t="s">
         <v>5040</v>
       </c>
       <c r="F548" t="s">
         <v>5041</v>
       </c>
       <c r="G548" t="s">
         <v>5042</v>
       </c>
       <c r="H548" t="s">
         <v>5043</v>
       </c>
       <c r="I548" t="s">
         <v>5044</v>
       </c>
       <c r="J548" t="s">
         <v>24</v>
       </c>
       <c r="K548" t="s">
-        <v>25</v>
+        <v>579</v>
       </c>
       <c r="L548" t="s">
         <v>26</v>
       </c>
       <c r="M548" t="s">
-        <v>27</v>
+        <v>580</v>
       </c>
       <c r="N548" t="s">
         <v>28</v>
       </c>
       <c r="O548" t="s">
         <v>5045</v>
       </c>
     </row>
     <row r="549" spans="1:15">
       <c r="A549">
-        <v>65566</v>
+        <v>65086</v>
       </c>
       <c r="B549" t="s">
         <v>5046</v>
       </c>
       <c r="C549" t="s">
         <v>5047</v>
       </c>
       <c r="D549" t="s">
         <v>5048</v>
       </c>
       <c r="E549" t="s">
         <v>5049</v>
       </c>
       <c r="F549" t="s">
         <v>5050</v>
       </c>
       <c r="G549" t="s">
         <v>5051</v>
       </c>
       <c r="H549" t="s">
         <v>5052</v>
       </c>
       <c r="I549" t="s">
         <v>5053</v>
       </c>
       <c r="J549" t="s">
         <v>24</v>
       </c>
       <c r="K549" t="s">
         <v>170</v>
       </c>
       <c r="L549" t="s">
         <v>26</v>
       </c>
       <c r="M549" t="s">
         <v>171</v>
       </c>
       <c r="N549" t="s">
         <v>28</v>
       </c>
       <c r="O549" t="s">
         <v>5054</v>
       </c>
     </row>
     <row r="550" spans="1:15">
       <c r="A550">
-        <v>65613</v>
+        <v>65087</v>
       </c>
       <c r="B550" t="s">
         <v>5055</v>
       </c>
       <c r="C550" t="s">
         <v>5056</v>
       </c>
       <c r="D550" t="s">
         <v>5057</v>
       </c>
       <c r="E550" t="s">
         <v>5058</v>
       </c>
       <c r="F550" t="s">
         <v>5059</v>
       </c>
       <c r="G550" t="s">
         <v>5060</v>
       </c>
       <c r="H550" t="s">
         <v>5061</v>
       </c>
       <c r="I550" t="s">
         <v>5062</v>
       </c>
       <c r="J550" t="s">
+        <v>24</v>
+      </c>
+      <c r="K550" t="s">
+        <v>170</v>
+      </c>
+      <c r="L550" t="s">
+        <v>26</v>
+      </c>
+      <c r="M550" t="s">
+        <v>171</v>
+      </c>
+      <c r="N550" t="s">
+        <v>28</v>
+      </c>
+      <c r="O550" t="s">
         <v>5063</v>
-      </c>
-[...7 lines deleted...]
-        <v>5064</v>
       </c>
     </row>
     <row r="551" spans="1:15">
       <c r="A551">
-        <v>65869</v>
+        <v>65088</v>
       </c>
       <c r="B551" t="s">
+        <v>5064</v>
+      </c>
+      <c r="C551" t="s">
         <v>5065</v>
       </c>
-      <c r="C551" t="s">
+      <c r="D551" t="s">
         <v>5066</v>
       </c>
-      <c r="D551" t="s">
+      <c r="E551" t="s">
         <v>5067</v>
       </c>
-      <c r="E551" t="s">
+      <c r="F551" t="s">
         <v>5068</v>
       </c>
-      <c r="F551" t="s">
+      <c r="G551" t="s">
         <v>5069</v>
       </c>
-      <c r="G551" t="s">
+      <c r="H551" t="s">
         <v>5070</v>
       </c>
-      <c r="H551" t="s">
+      <c r="I551" t="s">
         <v>5071</v>
       </c>
-      <c r="I551" t="s">
+      <c r="J551" t="s">
+        <v>24</v>
+      </c>
+      <c r="K551" t="s">
+        <v>25</v>
+      </c>
+      <c r="L551" t="s">
+        <v>26</v>
+      </c>
+      <c r="M551" t="s">
+        <v>27</v>
+      </c>
+      <c r="N551" t="s">
+        <v>28</v>
+      </c>
+      <c r="O551" t="s">
         <v>5072</v>
-      </c>
-[...16 lines deleted...]
-        <v>5073</v>
       </c>
     </row>
     <row r="552" spans="1:15">
       <c r="A552">
-        <v>66392</v>
+        <v>65089</v>
       </c>
       <c r="B552" t="s">
+        <v>5073</v>
+      </c>
+      <c r="C552" t="s">
         <v>5074</v>
       </c>
-      <c r="C552" t="s">
+      <c r="D552" t="s">
         <v>5075</v>
       </c>
-      <c r="D552" t="s">
+      <c r="E552" t="s">
         <v>5076</v>
       </c>
-      <c r="E552" t="s">
+      <c r="F552" t="s">
         <v>5077</v>
       </c>
-      <c r="F552" t="s">
+      <c r="G552" t="s">
         <v>5078</v>
       </c>
-      <c r="G552" t="s">
+      <c r="H552" t="s">
         <v>5079</v>
       </c>
-      <c r="H552" t="s">
+      <c r="I552" t="s">
         <v>5080</v>
-      </c>
-[...1 lines deleted...]
-        <v>5081</v>
       </c>
       <c r="J552" t="s">
         <v>24</v>
       </c>
       <c r="K552" t="s">
         <v>25</v>
       </c>
       <c r="L552" t="s">
         <v>26</v>
       </c>
       <c r="M552" t="s">
         <v>27</v>
       </c>
       <c r="N552" t="s">
         <v>28</v>
       </c>
       <c r="O552" t="s">
+        <v>5081</v>
+      </c>
+    </row>
+    <row r="553" spans="1:15">
+      <c r="A553">
+        <v>65090</v>
+      </c>
+      <c r="B553" t="s">
         <v>5082</v>
+      </c>
+      <c r="C553" t="s">
+        <v>5083</v>
+      </c>
+      <c r="D553" t="s">
+        <v>5084</v>
+      </c>
+      <c r="E553" t="s">
+        <v>5085</v>
+      </c>
+      <c r="F553" t="s">
+        <v>5086</v>
+      </c>
+      <c r="G553" t="s">
+        <v>5087</v>
+      </c>
+      <c r="H553" t="s">
+        <v>5088</v>
+      </c>
+      <c r="I553" t="s">
+        <v>5089</v>
+      </c>
+      <c r="J553" t="s">
+        <v>24</v>
+      </c>
+      <c r="K553" t="s">
+        <v>25</v>
+      </c>
+      <c r="L553" t="s">
+        <v>26</v>
+      </c>
+      <c r="M553" t="s">
+        <v>27</v>
+      </c>
+      <c r="N553" t="s">
+        <v>28</v>
+      </c>
+      <c r="O553" t="s">
+        <v>5090</v>
+      </c>
+    </row>
+    <row r="554" spans="1:15">
+      <c r="A554">
+        <v>65091</v>
+      </c>
+      <c r="B554" t="s">
+        <v>5091</v>
+      </c>
+      <c r="C554" t="s">
+        <v>5092</v>
+      </c>
+      <c r="D554" t="s">
+        <v>5093</v>
+      </c>
+      <c r="E554" t="s">
+        <v>5094</v>
+      </c>
+      <c r="F554" t="s">
+        <v>5095</v>
+      </c>
+      <c r="G554" t="s">
+        <v>5096</v>
+      </c>
+      <c r="H554" t="s">
+        <v>5097</v>
+      </c>
+      <c r="I554" t="s">
+        <v>5098</v>
+      </c>
+      <c r="J554" t="s">
+        <v>24</v>
+      </c>
+      <c r="K554" t="s">
+        <v>25</v>
+      </c>
+      <c r="L554" t="s">
+        <v>26</v>
+      </c>
+      <c r="M554" t="s">
+        <v>27</v>
+      </c>
+      <c r="N554" t="s">
+        <v>28</v>
+      </c>
+      <c r="O554" t="s">
+        <v>5099</v>
+      </c>
+    </row>
+    <row r="555" spans="1:15">
+      <c r="A555">
+        <v>65092</v>
+      </c>
+      <c r="B555" t="s">
+        <v>5100</v>
+      </c>
+      <c r="C555" t="s">
+        <v>5101</v>
+      </c>
+      <c r="D555" t="s">
+        <v>5102</v>
+      </c>
+      <c r="E555" t="s">
+        <v>5103</v>
+      </c>
+      <c r="F555" t="s">
+        <v>5104</v>
+      </c>
+      <c r="G555" t="s">
+        <v>5105</v>
+      </c>
+      <c r="H555" t="s">
+        <v>5106</v>
+      </c>
+      <c r="I555" t="s">
+        <v>5107</v>
+      </c>
+      <c r="J555" t="s">
+        <v>24</v>
+      </c>
+      <c r="K555" t="s">
+        <v>170</v>
+      </c>
+      <c r="L555" t="s">
+        <v>26</v>
+      </c>
+      <c r="M555" t="s">
+        <v>171</v>
+      </c>
+      <c r="N555" t="s">
+        <v>28</v>
+      </c>
+      <c r="O555" t="s">
+        <v>5108</v>
+      </c>
+    </row>
+    <row r="556" spans="1:15">
+      <c r="A556">
+        <v>65093</v>
+      </c>
+      <c r="B556" t="s">
+        <v>5109</v>
+      </c>
+      <c r="C556" t="s">
+        <v>5110</v>
+      </c>
+      <c r="D556" t="s">
+        <v>5111</v>
+      </c>
+      <c r="E556" t="s">
+        <v>5112</v>
+      </c>
+      <c r="F556" t="s">
+        <v>5113</v>
+      </c>
+      <c r="G556" t="s">
+        <v>5114</v>
+      </c>
+      <c r="H556" t="s">
+        <v>5115</v>
+      </c>
+      <c r="I556" t="s">
+        <v>5116</v>
+      </c>
+      <c r="J556" t="s">
+        <v>24</v>
+      </c>
+      <c r="K556" t="s">
+        <v>170</v>
+      </c>
+      <c r="L556" t="s">
+        <v>26</v>
+      </c>
+      <c r="M556" t="s">
+        <v>171</v>
+      </c>
+      <c r="N556" t="s">
+        <v>28</v>
+      </c>
+      <c r="O556" t="s">
+        <v>5117</v>
+      </c>
+    </row>
+    <row r="557" spans="1:15">
+      <c r="A557">
+        <v>65094</v>
+      </c>
+      <c r="B557" t="s">
+        <v>5118</v>
+      </c>
+      <c r="C557" t="s">
+        <v>5119</v>
+      </c>
+      <c r="D557" t="s">
+        <v>5120</v>
+      </c>
+      <c r="E557" t="s">
+        <v>5121</v>
+      </c>
+      <c r="F557" t="s">
+        <v>5122</v>
+      </c>
+      <c r="G557" t="s">
+        <v>5123</v>
+      </c>
+      <c r="H557" t="s">
+        <v>5124</v>
+      </c>
+      <c r="I557" t="s">
+        <v>5125</v>
+      </c>
+      <c r="J557" t="s">
+        <v>24</v>
+      </c>
+      <c r="K557" t="s">
+        <v>5126</v>
+      </c>
+      <c r="L557" t="s">
+        <v>26</v>
+      </c>
+      <c r="M557" t="s">
+        <v>5127</v>
+      </c>
+      <c r="N557" t="s">
+        <v>28</v>
+      </c>
+      <c r="O557" t="s">
+        <v>5128</v>
+      </c>
+    </row>
+    <row r="558" spans="1:15">
+      <c r="A558">
+        <v>65095</v>
+      </c>
+      <c r="B558" t="s">
+        <v>5129</v>
+      </c>
+      <c r="C558" t="s">
+        <v>5130</v>
+      </c>
+      <c r="D558" t="s">
+        <v>5131</v>
+      </c>
+      <c r="E558" t="s">
+        <v>5132</v>
+      </c>
+      <c r="F558" t="s">
+        <v>5133</v>
+      </c>
+      <c r="G558" t="s">
+        <v>5134</v>
+      </c>
+      <c r="H558" t="s">
+        <v>5135</v>
+      </c>
+      <c r="I558" t="s">
+        <v>5136</v>
+      </c>
+      <c r="J558" t="s">
+        <v>24</v>
+      </c>
+      <c r="K558" t="s">
+        <v>745</v>
+      </c>
+      <c r="L558" t="s">
+        <v>26</v>
+      </c>
+      <c r="M558" t="s">
+        <v>746</v>
+      </c>
+      <c r="N558" t="s">
+        <v>28</v>
+      </c>
+      <c r="O558" t="s">
+        <v>5137</v>
+      </c>
+    </row>
+    <row r="559" spans="1:15">
+      <c r="A559">
+        <v>65096</v>
+      </c>
+      <c r="B559" t="s">
+        <v>5138</v>
+      </c>
+      <c r="C559" t="s">
+        <v>5139</v>
+      </c>
+      <c r="D559" t="s">
+        <v>5140</v>
+      </c>
+      <c r="E559" t="s">
+        <v>5141</v>
+      </c>
+      <c r="F559" t="s">
+        <v>5142</v>
+      </c>
+      <c r="G559" t="s">
+        <v>5143</v>
+      </c>
+      <c r="H559" t="s">
+        <v>5144</v>
+      </c>
+      <c r="I559" t="s">
+        <v>5145</v>
+      </c>
+      <c r="J559" t="s">
+        <v>24</v>
+      </c>
+      <c r="K559" t="s">
+        <v>25</v>
+      </c>
+      <c r="L559" t="s">
+        <v>26</v>
+      </c>
+      <c r="M559" t="s">
+        <v>27</v>
+      </c>
+      <c r="N559" t="s">
+        <v>28</v>
+      </c>
+      <c r="O559" t="s">
+        <v>5146</v>
+      </c>
+    </row>
+    <row r="560" spans="1:15">
+      <c r="A560">
+        <v>65097</v>
+      </c>
+      <c r="B560" t="s">
+        <v>5147</v>
+      </c>
+      <c r="C560" t="s">
+        <v>5148</v>
+      </c>
+      <c r="D560" t="s">
+        <v>5149</v>
+      </c>
+      <c r="E560" t="s">
+        <v>5150</v>
+      </c>
+      <c r="F560" t="s">
+        <v>5151</v>
+      </c>
+      <c r="G560" t="s">
+        <v>5152</v>
+      </c>
+      <c r="H560" t="s">
+        <v>5153</v>
+      </c>
+      <c r="I560" t="s">
+        <v>5154</v>
+      </c>
+      <c r="J560" t="s">
+        <v>24</v>
+      </c>
+      <c r="K560" t="s">
+        <v>170</v>
+      </c>
+      <c r="L560" t="s">
+        <v>26</v>
+      </c>
+      <c r="M560" t="s">
+        <v>171</v>
+      </c>
+      <c r="N560" t="s">
+        <v>28</v>
+      </c>
+      <c r="O560" t="s">
+        <v>5155</v>
+      </c>
+    </row>
+    <row r="561" spans="1:15">
+      <c r="A561">
+        <v>65098</v>
+      </c>
+      <c r="B561" t="s">
+        <v>5156</v>
+      </c>
+      <c r="C561" t="s">
+        <v>5157</v>
+      </c>
+      <c r="D561" t="s">
+        <v>5158</v>
+      </c>
+      <c r="E561" t="s">
+        <v>5159</v>
+      </c>
+      <c r="F561" t="s">
+        <v>5160</v>
+      </c>
+      <c r="G561" t="s">
+        <v>5161</v>
+      </c>
+      <c r="H561" t="s">
+        <v>5162</v>
+      </c>
+      <c r="I561" t="s">
+        <v>5163</v>
+      </c>
+      <c r="J561" t="s">
+        <v>24</v>
+      </c>
+      <c r="K561" t="s">
+        <v>25</v>
+      </c>
+      <c r="L561" t="s">
+        <v>26</v>
+      </c>
+      <c r="M561" t="s">
+        <v>27</v>
+      </c>
+      <c r="N561" t="s">
+        <v>28</v>
+      </c>
+      <c r="O561" t="s">
+        <v>5164</v>
+      </c>
+    </row>
+    <row r="562" spans="1:15">
+      <c r="A562">
+        <v>65099</v>
+      </c>
+      <c r="B562" t="s">
+        <v>5165</v>
+      </c>
+      <c r="C562" t="s">
+        <v>5166</v>
+      </c>
+      <c r="D562" t="s">
+        <v>5167</v>
+      </c>
+      <c r="E562" t="s">
+        <v>5168</v>
+      </c>
+      <c r="F562" t="s">
+        <v>5169</v>
+      </c>
+      <c r="G562" t="s">
+        <v>5170</v>
+      </c>
+      <c r="H562" t="s">
+        <v>5171</v>
+      </c>
+      <c r="I562" t="s">
+        <v>5172</v>
+      </c>
+      <c r="J562" t="s">
+        <v>24</v>
+      </c>
+      <c r="K562" t="s">
+        <v>170</v>
+      </c>
+      <c r="L562" t="s">
+        <v>26</v>
+      </c>
+      <c r="M562" t="s">
+        <v>171</v>
+      </c>
+      <c r="N562" t="s">
+        <v>28</v>
+      </c>
+      <c r="O562" t="s">
+        <v>5173</v>
+      </c>
+    </row>
+    <row r="563" spans="1:15">
+      <c r="A563">
+        <v>65100</v>
+      </c>
+      <c r="B563" t="s">
+        <v>5174</v>
+      </c>
+      <c r="C563" t="s">
+        <v>5175</v>
+      </c>
+      <c r="D563" t="s">
+        <v>5176</v>
+      </c>
+      <c r="E563" t="s">
+        <v>5177</v>
+      </c>
+      <c r="F563" t="s">
+        <v>5178</v>
+      </c>
+      <c r="G563" t="s">
+        <v>5179</v>
+      </c>
+      <c r="H563" t="s">
+        <v>5180</v>
+      </c>
+      <c r="I563" t="s">
+        <v>5181</v>
+      </c>
+      <c r="J563" t="s">
+        <v>24</v>
+      </c>
+      <c r="K563" t="s">
+        <v>4543</v>
+      </c>
+      <c r="L563" t="s">
+        <v>26</v>
+      </c>
+      <c r="M563" t="s">
+        <v>4544</v>
+      </c>
+      <c r="N563" t="s">
+        <v>28</v>
+      </c>
+      <c r="O563" t="s">
+        <v>5182</v>
+      </c>
+    </row>
+    <row r="564" spans="1:15">
+      <c r="A564">
+        <v>65101</v>
+      </c>
+      <c r="B564" t="s">
+        <v>5183</v>
+      </c>
+      <c r="C564" t="s">
+        <v>5184</v>
+      </c>
+      <c r="D564" t="s">
+        <v>5185</v>
+      </c>
+      <c r="E564" t="s">
+        <v>5186</v>
+      </c>
+      <c r="F564" t="s">
+        <v>5187</v>
+      </c>
+      <c r="G564" t="s">
+        <v>5188</v>
+      </c>
+      <c r="H564" t="s">
+        <v>5189</v>
+      </c>
+      <c r="I564" t="s">
+        <v>5190</v>
+      </c>
+      <c r="J564" t="s">
+        <v>24</v>
+      </c>
+      <c r="K564" t="s">
+        <v>170</v>
+      </c>
+      <c r="L564" t="s">
+        <v>26</v>
+      </c>
+      <c r="M564" t="s">
+        <v>171</v>
+      </c>
+      <c r="N564" t="s">
+        <v>28</v>
+      </c>
+      <c r="O564" t="s">
+        <v>5191</v>
+      </c>
+    </row>
+    <row r="565" spans="1:15">
+      <c r="A565">
+        <v>65102</v>
+      </c>
+      <c r="B565" t="s">
+        <v>5192</v>
+      </c>
+      <c r="C565" t="s">
+        <v>5193</v>
+      </c>
+      <c r="D565" t="s">
+        <v>5194</v>
+      </c>
+      <c r="E565" t="s">
+        <v>5195</v>
+      </c>
+      <c r="F565" t="s">
+        <v>5196</v>
+      </c>
+      <c r="G565" t="s">
+        <v>5197</v>
+      </c>
+      <c r="H565" t="s">
+        <v>5198</v>
+      </c>
+      <c r="I565" t="s">
+        <v>5199</v>
+      </c>
+      <c r="J565" t="s">
+        <v>24</v>
+      </c>
+      <c r="K565" t="s">
+        <v>25</v>
+      </c>
+      <c r="L565" t="s">
+        <v>26</v>
+      </c>
+      <c r="M565" t="s">
+        <v>27</v>
+      </c>
+      <c r="N565" t="s">
+        <v>28</v>
+      </c>
+      <c r="O565" t="s">
+        <v>5200</v>
+      </c>
+    </row>
+    <row r="566" spans="1:15">
+      <c r="A566">
+        <v>65104</v>
+      </c>
+      <c r="B566" t="s">
+        <v>5201</v>
+      </c>
+      <c r="C566" t="s">
+        <v>5202</v>
+      </c>
+      <c r="D566" t="s">
+        <v>5203</v>
+      </c>
+      <c r="E566" t="s">
+        <v>5204</v>
+      </c>
+      <c r="F566" t="s">
+        <v>5205</v>
+      </c>
+      <c r="G566" t="s">
+        <v>5206</v>
+      </c>
+      <c r="H566" t="s">
+        <v>5207</v>
+      </c>
+      <c r="I566" t="s">
+        <v>5208</v>
+      </c>
+      <c r="J566" t="s">
+        <v>24</v>
+      </c>
+      <c r="K566" t="s">
+        <v>2710</v>
+      </c>
+      <c r="L566" t="s">
+        <v>26</v>
+      </c>
+      <c r="M566" t="s">
+        <v>2711</v>
+      </c>
+      <c r="N566" t="s">
+        <v>28</v>
+      </c>
+      <c r="O566" t="s">
+        <v>5209</v>
+      </c>
+    </row>
+    <row r="567" spans="1:15">
+      <c r="A567">
+        <v>65105</v>
+      </c>
+      <c r="B567" t="s">
+        <v>5210</v>
+      </c>
+      <c r="C567" t="s">
+        <v>5211</v>
+      </c>
+      <c r="D567" t="s">
+        <v>5212</v>
+      </c>
+      <c r="E567" t="s">
+        <v>5213</v>
+      </c>
+      <c r="F567" t="s">
+        <v>5214</v>
+      </c>
+      <c r="G567" t="s">
+        <v>5215</v>
+      </c>
+      <c r="H567" t="s">
+        <v>5216</v>
+      </c>
+      <c r="I567" t="s">
+        <v>5217</v>
+      </c>
+      <c r="J567" t="s">
+        <v>24</v>
+      </c>
+      <c r="K567" t="s">
+        <v>170</v>
+      </c>
+      <c r="L567" t="s">
+        <v>26</v>
+      </c>
+      <c r="M567" t="s">
+        <v>171</v>
+      </c>
+      <c r="N567" t="s">
+        <v>28</v>
+      </c>
+      <c r="O567" t="s">
+        <v>5218</v>
+      </c>
+    </row>
+    <row r="568" spans="1:15">
+      <c r="A568">
+        <v>65107</v>
+      </c>
+      <c r="B568" t="s">
+        <v>5219</v>
+      </c>
+      <c r="C568" t="s">
+        <v>5220</v>
+      </c>
+      <c r="D568" t="s">
+        <v>5221</v>
+      </c>
+      <c r="E568" t="s">
+        <v>5222</v>
+      </c>
+      <c r="F568" t="s">
+        <v>5223</v>
+      </c>
+      <c r="G568" t="s">
+        <v>5224</v>
+      </c>
+      <c r="H568" t="s">
+        <v>5225</v>
+      </c>
+      <c r="I568" t="s">
+        <v>5226</v>
+      </c>
+      <c r="J568" t="s">
+        <v>24</v>
+      </c>
+      <c r="K568" t="s">
+        <v>5227</v>
+      </c>
+      <c r="L568" t="s">
+        <v>26</v>
+      </c>
+      <c r="N568" t="s">
+        <v>28</v>
+      </c>
+      <c r="O568" t="s">
+        <v>5228</v>
+      </c>
+    </row>
+    <row r="569" spans="1:15">
+      <c r="A569">
+        <v>65116</v>
+      </c>
+      <c r="B569" t="s">
+        <v>5229</v>
+      </c>
+      <c r="C569" t="s">
+        <v>5230</v>
+      </c>
+      <c r="D569" t="s">
+        <v>5231</v>
+      </c>
+      <c r="E569" t="s">
+        <v>5232</v>
+      </c>
+      <c r="F569" t="s">
+        <v>5233</v>
+      </c>
+      <c r="G569" t="s">
+        <v>5234</v>
+      </c>
+      <c r="H569" t="s">
+        <v>5235</v>
+      </c>
+      <c r="I569" t="s">
+        <v>5236</v>
+      </c>
+      <c r="J569" t="s">
+        <v>24</v>
+      </c>
+      <c r="K569" t="s">
+        <v>170</v>
+      </c>
+      <c r="L569" t="s">
+        <v>26</v>
+      </c>
+      <c r="M569" t="s">
+        <v>171</v>
+      </c>
+      <c r="N569" t="s">
+        <v>28</v>
+      </c>
+      <c r="O569" t="s">
+        <v>5237</v>
+      </c>
+    </row>
+    <row r="570" spans="1:15">
+      <c r="A570">
+        <v>65124</v>
+      </c>
+      <c r="B570" t="s">
+        <v>5238</v>
+      </c>
+      <c r="C570" t="s">
+        <v>5239</v>
+      </c>
+      <c r="D570" t="s">
+        <v>5240</v>
+      </c>
+      <c r="E570" t="s">
+        <v>5241</v>
+      </c>
+      <c r="F570" t="s">
+        <v>5242</v>
+      </c>
+      <c r="G570" t="s">
+        <v>5243</v>
+      </c>
+      <c r="H570" t="s">
+        <v>5244</v>
+      </c>
+      <c r="I570" t="s">
+        <v>5245</v>
+      </c>
+      <c r="J570" t="s">
+        <v>24</v>
+      </c>
+      <c r="K570" t="s">
+        <v>25</v>
+      </c>
+      <c r="L570" t="s">
+        <v>26</v>
+      </c>
+      <c r="M570" t="s">
+        <v>27</v>
+      </c>
+      <c r="N570" t="s">
+        <v>28</v>
+      </c>
+      <c r="O570" t="s">
+        <v>5246</v>
+      </c>
+    </row>
+    <row r="571" spans="1:15">
+      <c r="A571">
+        <v>65479</v>
+      </c>
+      <c r="B571" t="s">
+        <v>5247</v>
+      </c>
+      <c r="C571" t="s">
+        <v>5248</v>
+      </c>
+      <c r="D571" t="s">
+        <v>5249</v>
+      </c>
+      <c r="E571" t="s">
+        <v>5250</v>
+      </c>
+      <c r="F571" t="s">
+        <v>5251</v>
+      </c>
+      <c r="G571" t="s">
+        <v>5252</v>
+      </c>
+      <c r="H571" t="s">
+        <v>5253</v>
+      </c>
+      <c r="I571" t="s">
+        <v>5254</v>
+      </c>
+      <c r="J571" t="s">
+        <v>24</v>
+      </c>
+      <c r="K571" t="s">
+        <v>25</v>
+      </c>
+      <c r="L571" t="s">
+        <v>26</v>
+      </c>
+      <c r="M571" t="s">
+        <v>27</v>
+      </c>
+      <c r="N571" t="s">
+        <v>28</v>
+      </c>
+      <c r="O571" t="s">
+        <v>5255</v>
+      </c>
+    </row>
+    <row r="572" spans="1:15">
+      <c r="A572">
+        <v>65566</v>
+      </c>
+      <c r="B572" t="s">
+        <v>5256</v>
+      </c>
+      <c r="C572" t="s">
+        <v>5257</v>
+      </c>
+      <c r="D572" t="s">
+        <v>5258</v>
+      </c>
+      <c r="E572" t="s">
+        <v>5259</v>
+      </c>
+      <c r="F572" t="s">
+        <v>5260</v>
+      </c>
+      <c r="G572" t="s">
+        <v>5261</v>
+      </c>
+      <c r="H572" t="s">
+        <v>5262</v>
+      </c>
+      <c r="I572" t="s">
+        <v>5263</v>
+      </c>
+      <c r="J572" t="s">
+        <v>24</v>
+      </c>
+      <c r="K572" t="s">
+        <v>170</v>
+      </c>
+      <c r="L572" t="s">
+        <v>26</v>
+      </c>
+      <c r="M572" t="s">
+        <v>171</v>
+      </c>
+      <c r="N572" t="s">
+        <v>28</v>
+      </c>
+      <c r="O572" t="s">
+        <v>5264</v>
+      </c>
+    </row>
+    <row r="573" spans="1:15">
+      <c r="A573">
+        <v>65613</v>
+      </c>
+      <c r="B573" t="s">
+        <v>5265</v>
+      </c>
+      <c r="C573" t="s">
+        <v>5266</v>
+      </c>
+      <c r="D573" t="s">
+        <v>5267</v>
+      </c>
+      <c r="E573" t="s">
+        <v>5268</v>
+      </c>
+      <c r="F573" t="s">
+        <v>5269</v>
+      </c>
+      <c r="G573" t="s">
+        <v>5270</v>
+      </c>
+      <c r="H573" t="s">
+        <v>5271</v>
+      </c>
+      <c r="I573" t="s">
+        <v>5272</v>
+      </c>
+      <c r="J573" t="s">
+        <v>5273</v>
+      </c>
+      <c r="K573" t="s">
+        <v>1650</v>
+      </c>
+      <c r="N573" t="s">
+        <v>28</v>
+      </c>
+      <c r="O573" t="s">
+        <v>5274</v>
+      </c>
+    </row>
+    <row r="574" spans="1:15">
+      <c r="A574">
+        <v>65869</v>
+      </c>
+      <c r="B574" t="s">
+        <v>5275</v>
+      </c>
+      <c r="C574" t="s">
+        <v>5276</v>
+      </c>
+      <c r="D574" t="s">
+        <v>5277</v>
+      </c>
+      <c r="E574" t="s">
+        <v>5278</v>
+      </c>
+      <c r="F574" t="s">
+        <v>5279</v>
+      </c>
+      <c r="G574" t="s">
+        <v>5280</v>
+      </c>
+      <c r="H574" t="s">
+        <v>5281</v>
+      </c>
+      <c r="I574" t="s">
+        <v>5282</v>
+      </c>
+      <c r="J574" t="s">
+        <v>24</v>
+      </c>
+      <c r="K574" t="s">
+        <v>1476</v>
+      </c>
+      <c r="L574" t="s">
+        <v>26</v>
+      </c>
+      <c r="M574" t="s">
+        <v>1478</v>
+      </c>
+      <c r="N574" t="s">
+        <v>28</v>
+      </c>
+      <c r="O574" t="s">
+        <v>5283</v>
+      </c>
+    </row>
+    <row r="575" spans="1:15">
+      <c r="A575">
+        <v>66392</v>
+      </c>
+      <c r="B575" t="s">
+        <v>5284</v>
+      </c>
+      <c r="C575" t="s">
+        <v>5285</v>
+      </c>
+      <c r="D575" t="s">
+        <v>5286</v>
+      </c>
+      <c r="E575" t="s">
+        <v>5287</v>
+      </c>
+      <c r="F575" t="s">
+        <v>5288</v>
+      </c>
+      <c r="G575" t="s">
+        <v>5289</v>
+      </c>
+      <c r="H575" t="s">
+        <v>5290</v>
+      </c>
+      <c r="I575" t="s">
+        <v>5291</v>
+      </c>
+      <c r="J575" t="s">
+        <v>24</v>
+      </c>
+      <c r="K575" t="s">
+        <v>25</v>
+      </c>
+      <c r="L575" t="s">
+        <v>26</v>
+      </c>
+      <c r="M575" t="s">
+        <v>27</v>
+      </c>
+      <c r="N575" t="s">
+        <v>28</v>
+      </c>
+      <c r="O575" t="s">
+        <v>5292</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">