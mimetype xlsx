--- v1 (2025-11-04)
+++ v2 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5497">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Svenska
 # Source: https://hadeethenc.com/sv
-# Last update: 2025-09-16 21:54:51 (v1.15.0)
-# Check for updates: https://hadeethenc.com/en/check/sv/v1.15.0
+# Last update: 2025-11-19 17:00:36 (v1.19.0)
+# Check for updates: https://hadeethenc.com/en/check/sv/v1.19.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -430,50 +430,85 @@
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "De första fallen som ska dömas bland människor på domedagen kommer att gälla blod."</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att den första saken det kommer att dömas om bland människor på domedagen är deras förtryck mot varandra kopplat till blod, så som mord och orsakandet av skador.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Detta visar vikten av de fallen kopplade till blod, eftersom det viktigaste prioriteras först.
 Synder blir grövre beroende på vilken skada de orsakar. Att ta livet av oskyldiga människor är från de värsta skadorna, och det finns ingen värre synd än det förutom otro och att dyrka andra än Allah.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2962</t>
   </si>
   <si>
+    <t>تقطع اليد في ربع دينار فصاعدا</t>
+  </si>
+  <si>
+    <t>”Handen ska huggas av [vid stöld] av en fjärdedels Dinar eller mer.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها قَالَت: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تُقْطَعُ اليَدُ فِي رُبُعِ دِينَارٍ فَصَاعِدًا».</t>
+  </si>
+  <si>
+    <t>ʿA’ishah, de troendes mor (må Allah vara nöjd med henne), berättade att profeten ﷺ sa: ”Handen ska huggas av [vid stöld] av en fjärdedels Dinar eller mer.”</t>
+  </si>
+  <si>
+    <t>بيَّن النبيُّ صلى الله عليه وسلم أن السارق تقطع يده بسرقة ربع دينار من الذهب، وما زاد على ذلك، ويعادل ما قيمته تساوي قيمة 1.06 غرامًا من الذهب.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ klargjorde att den som stjäl något till ett värde av en fjärdedels Dinar av guld, eller mer, ska få sin hand avhuggen. En fjärdedels Dinar motsvarar ungefär värdet av 1,06 gram rent guld.</t>
+  </si>
+  <si>
+    <t>السرقة من كبائر الذنوب.
+حدد الله سبحانه وتعالى عقوبة السارق، وهي قطع يده؛ كما في قوله تعالى: {والسارق والسارقة فاقطعوا أيديهما} [المائدة: 38]، وقد بينت السنة شروط هذا القطع.
+المراد باليد في الحديث قطع الكف من مفصله بينه وبين العضد.
+من الحكمة في قطع يد السارق، حماية أموال الناس، وردع غيره من المعتدين.
+الدينار مثقال من الذهب، ويعادل حاليا (4.25 جم) عيار 24؛ فربع الدينار يعادل جرامًا وشيئًا.</t>
+  </si>
+  <si>
+    <t>Stöld är en av de stora synderna.
+Allah har fastställt straffet för den som stjäl: att handen ska huggas av, som det står i hans ord: ”Om en man eller kvinna stjäl ska ni hugga av deras [högra] hand” (5:38). Profetens ﷺ Hadith preciserar villkoren för när detta straff ska verkställas.
+Med ”handen” i Hadithen avses själva handen, som huggs av vid handleden.
+Visdomen bakom detta straff är att skydda människors egendom och avskräcka andra från att begå liknande brott.
+En Dinar motsvarade ett Mithqal (cirka 4,25 gram guld av 24 karat), vilket innebär att en fjärdedels Dinar motsvarar drygt ett gram guld.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/2964</t>
+  </si>
+  <si>
     <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>Den som kämpar för att Allahs ord ska vara det högsta, gör det för Allahs skull</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
   </si>
   <si>
     <t>Abu Musa (må Allah vara nöjd med honom) sa: Allahs sändebud ﷺ tillfrågades om en man som kämpar för att visa att han är modig, eller på grund av klanlojalitet, eller för ögontjäneri – vilket av dessa [skäl] är för Allahs skull? Han ﷺ svarade: "Den som kämpar för att Allahs ord ska vara det högsta, gör det för Allahs skull."</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>Profeten ﷺ  frågades om hur de stridandes avsikter kan skilja sig; den som strider för att visa att han är modig, eller drivs av klanlojalitet eller för att visa upp sig för andra människor, eller av annan orsak, vilken av dessa är för Allahs sak? Profeten ﷺ informerade att den som kämpar för Allahs skull är den som kämpar för att Allahs ord ska vara det högsta.</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
@@ -499,50 +534,85 @@
   </si>
   <si>
     <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade att profeten ﷺ personligen genomförde slakten av två baggar med horn, som var vita med svarta inslag, på Eid al-Adha. Han inledde med att nämna Allahs namn och uttalade "Allahu Akbar" och placerade sin fot på deras nackar.</t>
   </si>
   <si>
     <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
 الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
 قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
 قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
 استحباب الأضحية بالأقرن ويجوز بغيره.</t>
   </si>
   <si>
     <t>Det är föreskrivet att offra djur vid Eid al-Adha, något som samtliga muslimer är överens om.
 Det är bättre att offerdjuret är av denna typ som profeten ﷺ slaktade, på grund av dess fina utseende och goda köttkvalitet.
 Al-Nawawi sa: "Det är Sunnah att en person själv slaktar sitt offerdjur om möjligt. Om en annan muslim utför slakten åt ens vägnar är det tillåtet utan någon meningsskiljaktighet i frågan, men det är rekommenderat att närvara vid slakten."
 Ibn Hajar sa: "Detta tyder på att det är rekommenderat att säga 'Allahu Akbar' tillsammans med 'Bismillah' vid slakten, och att lägga foten på den högra sidan av djurets hals. Det råder enighet bland de lärda om att djuret ska läggas ner på sin vänstra sida, så att slaktaren kan placera sin fot på dess högra sida, vilket gör det enklare för honom att hålla kniven i höger hand och dess huvud i vänster hand."
 Även om det är föredraget att offra ett djur med horn, är det tillåtet att offra djur utan horn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2971</t>
   </si>
   <si>
+    <t>كان فيمن كان قبلكم رجل به جرح، فجزع، فأخذ سكينا فحز بها يده، فما رقأ الدم حتى مات، قال الله تعالى: بادرني عبدي بنفسه، حرمت عليه الجنة</t>
+  </si>
+  <si>
+    <t>”Bland de som levde före er fanns en man som hade blivit svårt skadad. Han tog en kniv och skar av sin hand, och blodet slutade inte rinna förrän han dog. Då sa Allah: ’Min tjänare har föregått mig med sitt liv. Jag har förbjudit honom paradiset.’”</t>
+  </si>
+  <si>
+    <t>عَن الحَسَنِ قال: حَدَّثنا جُنْدَبُ بْنُ عَبْدِ اللَّهِ رضي الله عنه، فِي هَذَا المَسْجِدِ، وَمَا نَسِينَا مُنْذُ حَدَّثَنَا، وَمَا نَخْشَى أَنْ يَكُونَ جُنْدُبٌ كَذَبَ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: قَالَ رَسُولُ اللَّهِ صلّى الله عليه وسلم: «كَانَ فِيمَنْ كَانَ قَبْلَكُمْ رَجُلٌ بِهِ جُرْحٌ، فَجَزِعَ، فَأَخَذَ سِكِّينًا فَحَزَّ بِهَا يَدَهُ، فَمَا رَقَأَ الدَّمُ حَتَّى مَاتَ، قَالَ اللَّهُ تَعَالَى: بَادَرَنِي عَبْدِي بِنَفْسِهِ، حَرَّمْتُ عَلَيْهِ الجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>Al-Hasan berättade: ”Jundub ibn ʿAbdillāh (må Allah vara nöjd med honom) berättade för oss i denna moské. Vi har inte glömt hans ord sedan dess, och vi tvivlar inte på att han talade sanning om Allahs Sändebud ﷺ. Han sa: Profeten ﷺ sa: ”Bland de som levde före er fanns en man som hade blivit svårt skadad. Han tog en kniv och skar av sin hand, och blodet slutade inte rinna förrän han dog. Då sa Allah: ’Min tjänare har föregått mig med sitt liv. Jag har förbjudit honom paradiset.’”</t>
+  </si>
+  <si>
+    <t>أخبر النبيُّ صلى الله عليه وسلم أنه كان فيمن كان قبلنا رجل أصابه جرح، فجزع ولم يصبر على الألم، فأخذ سكينًا فقطع بها يده واستعجل الموت، فما انقطع الدم حتى مات، قال الله تعالى: بادرني عبدي بنفسه، قد حرمت عليه الجنة.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ berättade om en man från ett tidigare folk, som drabbades av en svår och smärtsam skada. I stället för att tåla prövningen och visa tålamod lät han förtvivlan ta över och avslutade sitt liv genom att skära av sin hand, för att påskynda sin död. Han dog av blodförlust, och Allah sa: ”Min tjänare har tagit sitt liv innan den, av mig, förutbestämda tiden; jag har förbjudit honom paradiset.”</t>
+  </si>
+  <si>
+    <t>فضيلة الصبر على البلاء، وترك التضجر من الآلام لئلا يُفْضِي إلى أشد منها.
+التحديث عن الأمم الماضية بما فيه الخير والعظة.
+قال ابن حجر: فيه الوقوف عند حقوق الله ورحمته بخلقه حيث حَرّم عليهم قتل نفوسهم وأن الأنفس ملك الله.
+تحريم تعاطي الأسباب المفضية إلى قتل النفس، والوعيد الشديد في ذلك.
+قال ابن حجر: ودل ذلك على أنه حزَّها لإرادة الموت لا لقصد المداواة التي يغلب على الظن الانتفاع بها.</t>
+  </si>
+  <si>
+    <t>Hadithen visar vikten av tålamod i svåra prövningar och att man inte får låta smärta eller sorg leda till att man tar sitt liv.
+Den visar att profeten ﷺ brukade nämna berättelser från tidigare nationer för att förmedla lärdom och varning.
+Ibn Hajar påpekade att Hadithen visar på Allahs ensamrätt över livet och hans nåd mot skapelsen, då han förbjudit dem från att ta sina egna liv, eftersom det är han som äger människans liv.
+Den bekräftar förbudet mot självmord eller handlingar som leder till det, samt den allvarliga varning som väntar den som gör det.
+Ibn Hajar tillade att mannens avsikt var att ta sitt liv av desperation, inte att behandla sin skada på ett sätt som han tänkte kunde göra bot.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/2981</t>
+  </si>
+  <si>
     <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>Bär inte siden eller brokadsiden, och drick inte ur kärl av guld eller silver, och ät inte på fat gjord av dem, för dessa är för dem i denna värld men för oss i det kommande livet</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>'Abdur-Rahman ibn Abi Layla berättade att när de var hos Hudhayfah, bad han om vatten och en zoroastrier gav honom det. När han fick bägaren i sin hand, kastade han den från sig och sa: "Om det inte vore för att jag har förbjudit honom det, inte bara en gång eller två gånger - det var som om han ville säga: Skulle jag inte ha gjort detta - men jag hörde profeten ﷺ säga: "Bär inte siden eller brokadsiden, och drick inte ur kärl av guld eller silver, och ät inte på fat gjord av dem, för dessa är för dem i denna värld men för oss i det kommande livet."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd män att bära alla typer av siden. Och han ﷺ  förbjöd både män och kvinnor att äta och dricka ur kärl och behållare av guld eller silver. Och han ﷺ  informerade om att de är exklusivt för de troende på domedagen; eftersom de undvek detta i denna värld, i lydnad till Allah. Men vad gäller de otrogna så är de inte för dem i det kommande livet; eftersom de skyndade sig att njuta av det goda i detta liv genom att använda dem, och de lydde inte Allah.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
@@ -566,50 +636,106 @@
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>'Umar (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som klär sig i siden i detta liv kommer inte att få klä sig i det i nästa liv."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggjorde att de män som klär sig i siden i detta liv, och inte ångrar sig, kommer att bestraffas med att han inte kommer att få tillåtas att klä sig i det i nästa liv.</t>
   </si>
   <si>
     <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
  تحريم لبس الحرير على الرجال.
 النهي عن لبس الحرير يعم لُبسه وافتراشه.
 يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
   </si>
   <si>
     <t>Det som avses med siden här är det naturliga och äkta siden. Konstgjort siden omfattas inte av förbudet i denna Hadith.
 Det är förbjudet för män att klä sig i siden.
 Förbudet från att klä sig i siden omfattar både klädsel som att använda det som underlag.
 Män får använda en liten mängd siden i kläder som dekoration eller för att fästa kanterna, förutsatt att dess bredd inte överstiger två till fyra fingrars bredd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/2986</t>
+  </si>
+  <si>
+    <t>لا يجلد أحد فوق عشرة أسواط إلا في حد من حدود الله</t>
+  </si>
+  <si>
+    <t>.</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ الْأَنْصَارِيِّ رَضيَ اللهُ عنهُ أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا يُجْلَدُ أَحَدٌ فَوْقَ عَشَرَةِ أَسْوَاطٍ إِلَّا فِي حَدٍّ مِنْ حُدُودِ اللهِ».</t>
+  </si>
+  <si>
+    <t>. .</t>
+  </si>
+  <si>
+    <t>نهى النبيُّ صلى الله عليه وسلم أن يجلد أحد أكثر من عشرة أسواط إلا في المعاصي، وليس المراد ما ورد فيه من الشارع عدد محدد من الجلد أو الضرب أو العقوبة المخصوصة، والمراد لا يُزاد في ضرب التأديب على عشرة أسواط، كجلد الزوجة والابن.</t>
+  </si>
+  <si>
+    <t>حدود الله تعالى التي أمر بها أو نهى عنها لها عقوبات تردع عنها، إما مقدرة من الشارع، أو راجعة في تقديرها إلى المصلحة التي يراها الحاكم.
+التأديب يكون خفيفًا بقدر التوجيه والتخويف، فلا يزاد فيه على عشرة أسواط إن احتيج لذلك، والأولى تأديبهم بدون الضرب، بل بالتوجيه، والتعليم، والإرشاد، والتشويق، فهو أدعى للقبول واللطف في التعليم، والأحوال في هذا المقام تختلف كثيرًا، فينبغي فعل الأصلح.</t>
+  </si>
+  <si>
+    <t>.
+.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/2987</t>
+  </si>
+  <si>
+    <t>من اقتنى كلبا إلا كلب ضار أو ماشية نقص من عمله كل يوم قيراطان</t>
+  </si>
+  <si>
+    <t>”Den som skaffar sig en hund, förutom en jakthund eller en vallhund, kommer att förlora två Qirat av sin belöning varje dag.”</t>
+  </si>
+  <si>
+    <t>عَنْ ابنِ عُمَرَ رَضيَ اللهُ عنهما عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اقْتَنَى كَلْبًا إِلَّا كَلْبَ ضَارٍ أَوْ مَاشِيَةٍ نَقَصَ مِنْ عَمَلِهِ كُلَّ يَوْمٍ قِيرَاطَانِ»، قَالَ سَالِمٌ: وَكَانَ أَبُو هُرَيْرَةَ يَقُولُ: «أَوْ كَلْبَ حَرْثٍ»، وَكَانَ صَاحِبَ حَرْثٍ.</t>
+  </si>
+  <si>
+    <t>Ibn 'Umar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Den som skaffar sig en hund, förutom en jakthund eller en vallhund, kommer att förlora två Qirat av sin belöning varje dag.”
+Salim berättade att Abu Hurayrah brukade även säga: ”…eller en jordbrukshund”, och han själv brukade ägna sig åt jordbruk.</t>
+  </si>
+  <si>
+    <t>حذّر النبيُّ صلى الله عليه وسلم من اقتناء الكلاب، إلا لحاجة الصيد، أو حراسة الماشية والزروع، ومن اقتناه لغير ذلك نقص من ثواب عمله كل يوم قيراطان؛ وهو مقدار معلوم عند الله تعالى.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ varnade för att skaffa hundar utom om det finna behov för det. Undantag gjordes för den som använder hundar för jakt, för att vakta boskap eller för att skydda grödor. Den som ändå skaffar en hund, utan dessa behov, förlorar varje dag en del av sin belöning – två Qirat, vars exakta värde endast Allah vet.</t>
+  </si>
+  <si>
+    <t>لا يجوز للمسلم أن يقتني الكلب، إلا فيما استثني.
+منع اقتناء الكلاب؛ لما فيه من المفاسد والمضار الكثيرة، فقد ثبت عن النبي صلى الله عليه وسلم أن الملائكة لا تدخل بيتًا فيه كلب؛ ولما فيه من النجاسة الغليظة التي لا يزيلها إلا تكرار الغسل بالماء والتراب.</t>
+  </si>
+  <si>
+    <t>Det är inte tillåtet för en muslim att skaffa hund utan en giltig islamisk anledning.
+Förbudet mot att skaffa hundar grundas på flera skäl då det leder till många skador. Profeten ﷺ berättade att änglarna inte träder in i ett hem som det finns hundar i. Deras saliv räknas även som en större orenhet, som endast kan renas genom upprepad tvätt med vatten och jord.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/2994</t>
   </si>
   <si>
     <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>Den som riktar vapen mot oss, är inte en av oss</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Abu Musa al-Ash'ari (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som riktar vapen mot oss, är inte en av oss."</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnar den som riktar vapen mot muslimer för att skrämma dem eller stjäla från dem. Han berättar att den som gör så utan rätt har utfört ett stort brott och fallit in i en av de större synderna. Han förtjänar därför denna stränga varning.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
@@ -776,89 +902,126 @@
     <t>Om en person älskar sin broder ska han berätta för honom att han älskar honom</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Al-Miqdam bin Ma´di Karib (må Allah vara nöjd med honom) berättar att profeten (sallallahu ´alayhi wa sallam) sade: "Om en person älskar sin broder ska han berätta för honom att han älskar honom".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) understryker en orsak som leder till att de troendes band stärks och kärlek sprids bland dem. Denna orsak är att om en person älskar sin broder ska han berätta det för honom.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Den höga statusen, som den uppriktiga kärleken för Allahs skull har, den som inte är för en världslig anledning.
 Det är uppmuntrat att informera personen man älskar för Allahs skull att man älskar den så att kärleken och bandet stärks.
 Att sprida kärlek bland de troende stärker det islamiska brödraskapet och skyddar samhället från splittring och oenighet.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[Återberättad av Abu Dawud, at-Tirmidhi, an-Nasa'i i as-Sunan al-Kubra, och Ahmad]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[Återberättad av Abu Dawud, at-Tirmidhi, an-Nasa'i i al-Kubra och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3017</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>Profeten ﷺ tyckte om att börja från höger sida när han tog på sig sina skor, kammade sitt hår, utförde tvagning och i alla sina andra angelägenheter</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>'A'ishah, de troendes moder (må Allah vara nöjd med henne) sa: "Profeten ﷺ tyckte om att börja från höger sida när han tog på sig sina skor, kammade sitt hår, utförde tvagning och i alla sina andra angelägenheter."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Profeten ﷺ föredrog att börja med höger sida i sina handlingar som han värderade, som att börja med höger foten när han satte på sig sina sandaler, att börja med höger sida när han kammade sitt hår och sitt skägg, och att tvätta den högra handen och foten före den vänstra vid tvagning.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
 "يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
 قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
   </si>
   <si>
     <t>Imam al-Nawawi sa: "Detta är en beständig grundprincip inom den islamiska regler, att det som är av värde, såsom att ta på sig kläder, byxor, skor, att gå in i moskén, använda Siwak, applicera Kuhl, klippa naglarna, trimma mustaschen, kamma håret, plocka hår i armhålan, raka huvudet, avsluta bönen, tvätta kroppsdelarna vid tvagning, gå ut ur toaletten, äta och dricka, skaka hand, röra den svarta stenen, och liknande handlingar, bör börja från höger. Vad gäller det som är motsatsen, som att gå in i toaletten, lämna moskén, snyta sig, tvätta bort orenheter, ta av sig kläder, byxor, eller skor, och liknande handlingar, bör man börja från vänster. Detta beror på att den högra sidan är bättre och överlägsen."
 "Han tyckte om att börja från höger" inkluderar att börja handlingar med den högra handen, den högra foten, den högra sidan, och att ta emot saker med den högra handen.
 Imam al-Nawawi sa: "Du ska veta att det finns kroppsdelar vid tvagning där det inte är rekommenderat att börja från höger, som öronen, handflatorna och kinderna, utan dessa bör tvättas samtidigt. Om det inte är möjligt, som i fallet med en enarmad person eller liknande, då bör den högra sidan prioriteras."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3018</t>
+  </si>
+  <si>
+    <t>إني أعلم أنك حجر، لا تضر ولا تنفع، ولولا أني رأيت النبي صلى الله عليه وسلم يقبلك ما قبلتك</t>
+  </si>
+  <si>
+    <t>Jag vet att du bara är en sten, du kan varken skada eller gagna. Om jag inte hade sett profeten ﷺ pussa dig, hade jag inte pussat dig.'”</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ رَضِيَ اللَّهُ عَنْهُ: أَنَّهُ جَاءَ إِلَى الحَجَرِ الأَسْوَدِ فَقَبَّلَهُ، فَقَالَ: إِنِّي أَعْلَمُ أَنَّكَ حَجَرٌ، لاَ تَضُرُّ وَلاَ تَنْفَعُ، وَلَوْلاَ أَنِّي رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُقَبِّلُكَ مَا قَبَّلْتُكَ.</t>
+  </si>
+  <si>
+    <t>'Umar (må Allah vara nöjd med honom) berättade: "Jag kom fram till den svarta stenen, pussade den, och sa: 'Jag vet att du bara är en sten, du kan varken skada eller gagna. Om jag inte hade sett profeten ﷺ pussa dig, hade jag inte pussat dig.'”</t>
+  </si>
+  <si>
+    <t>جاء أمير المؤمنين عمر بن الخطاب رضي الله عنه إلى الحجر الأسود في زاوية الكعبة فقبله، فقال: إني أعلم أنك حجر، لا تضر ولا تنفع، ولولا أني رأيت النبي صلى الله عليه وسلم يقبّلك ما قبلتك.</t>
+  </si>
+  <si>
+    <t>De troendes ledare, 'Umar ibn al-Khattab (må Allah vara nöjd med honom), gick fram till den svarta stenen i hörnet av Kaba, pussade den och sa: "Jag vet att du bara är en sten, du kan varken skada eller gagna. Om jag inte hade sett profeten ﷺ pussade dig, hade jag inte pussat dig."</t>
+  </si>
+  <si>
+    <t>مشروعية تقبيل الحجر الأسود للطائفين عندما يحاذونه، إن أمكن بسهولة.
+المقصود من تقبيل الحجر الأسود، هو الاتباع لرسول الله صلى الله عليه وسلم.
+قال النووي: معناه أنه لا قدرة له على نفع ولا ضر، وأنه حجر مخلوق كباقي المخلوقات التي لا تضر ولا تنفع، وأشاع عمر هذا في الموسم؛ ليشهد في البلدان، ويحفظه عنه أهل الموسم المختلفوا الأوطان.
+العبادات توقيفية؛ فلا يشرع منها إلا ما شرعه الله ورسوله.
+إذا صحت العبادة عُمل بها ولو لم تُعلم حكمتها؛ لأنَّ امتثال الناس وطاعتهم في القيام بها من الحِكم المقصودة.
+النهي عن تقبيل ما لم يَرد الشرع بتقبيله على سبيل التعبد من الأحجار وغيرها.</t>
+  </si>
+  <si>
+    <t>Det är föreskrivet för den som utför Tawaf och cirkulerar kring Kaba att pussa den svarta stenen när man passerar den, om det kan göras utan svårighet.
+Syftet med att pussa stenen är att följa profeten ﷺ, inte för att stenen i sig har någon kraft.
+Al-Nawawi sa: "Betydelsen är att stenen varken har makt att ge nytta eller skada; den är skapad, liksom alla andra skapelser. 'Umar uttalade detta offentligt, under vallfärden, så att människor från olika länder skulle förstå innebörden och inte missförstå handlingen.
+Handlingar av dyrkan är Tawqifiyyah; de får endast göras på det sätt Allah och hans sändebud ﷺ har föreskrivit.
+Om en form av dyrkan är autentiskt fastställd, ska den utföras även om dess fulla visdom inte är känd; lydnad och efterlevnad är själva visdomen.
+Det är förbjudet att pussa något föremål i religiös mening, såsom stenar eller byggnader, om det inte finns bevis i islam för att det är tillåtet.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/3024</t>
   </si>
   <si>
     <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>det där en ven. Håll dig borta från bönen i det antalet dagar som du brukade ha menstruation under, tvätta dig därefter och be</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>'A'ishah de troendes moder (må Allah vara nöjd med henne) berättar att Fatimah bint Abi Hubaysh sa då hon frågade profeten ﷺ: "Allahs sändebud! Jag är en kvinna som har konstanta mellanblödningar, så jag inte blir ren. Ska jag hålla mig borta från bönen?" Han sa: ”Nej, det där en ven. Håll dig borta från bönen i det antalet dagar som du brukade ha menstruation under, tvätta dig därefter och be."</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Fatimah bint Hubaysh frågade profeten ﷺ sägande: "Jag slutar inte att blöda, och det fortsätter även blöda när jag inte har menstruation. Räknas det som menstruation, varefter jag borde hålla mig borta från att be?" Profeten ﷺ berättade för henne att "Det är en mellanblödning, som kommer från en ven som inte är kopplad till livmodern, och alltså inte menstruationsblod. När tiden för din menstruation kommer, som din månadscykel vanligtvis följde innan du drabbades av mellanblödningar, ska du inte be, fasta eller göra det som menstruerande ska avhålla sig från under deras period. När denna tidsperiod är över har du blivit ren från menstruationen. Tvätta platsen som blodet kommer ifrån, och sedan tvätta hela kroppen för att uppnå ett rituellt rent tillstånd. Därefter ska du be."</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
@@ -1027,92 +1190,141 @@
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "En av de största formerna av Jihad är att säga sanningen inför en orättvis ledare."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att en av de största och mest gynnsamma formerna av Jihad för Allahs skull är att yttra ett rättvist och sant ord inför en orättvis och tyrannisk ledare. Anledningen till detta är att det är ett sätt att befalla det goda och förbjuda det onda, vare sig det sker genom tal, skrift, handling eller på annat sätt som bidrar till nytta och förhindrar skada.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>Det ska uppmanas till det goda och förbjudas mot det onda, vilket är en form av Jihad.
 Att ge råd till en ledare är en av de största formerna av Jihad, men det bör ske med kunskap, visdom och belägg för det.
 Al-Khattabi sa: "Och just därför är detta den bästa formen av Jihad; eftersom den som kämpar mot en fiende pendlar i osäkerhet mellan hopp och fruktan, eftersom han inte vet om de kommer att segra eller besegras. Den som står inför en ledare är under hans makt och styre, så när han säger sanningen och befaller det goda har han utsatt sig själv för fara och risk, vilket gör detta till den bästa formen av Jihad på grund av att han kan känna sig ännu mer rädd då. Det sägs även att det är den bästa formen av Jihad eftersom om en ledare skulle ta emot hans råd, kan det kunna gynna många människor, vilket leder till stora fördelar.</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[حسن لغيره]</t>
+  </si>
+  <si>
     <t>[Återberättad av Abu Dawud, at-Tirmidhi, Ibn Majah och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3045</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>Denna värld är söt och grön, och Allah har placerat er i den för att se vad ni kommer att göra. Var därför aktsamma med denna värld, och var aktsamma med kvinnorna</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Denna värld är söt och grön, och Allah har placerat er i den för att se vad ni kommer att göra. Var därför aktsamma med denna värld, och var aktsamma med kvinnorna! För israeliternas första prövning var med kvinnorna."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att denna värld smakar sött och ser grön ut, därför kan människan luras av den, drunkna i dess njutningar och ha den som sitt största mål. Allah lät oss efterträda varandra i detta liv, för att se vad vi ska göra; ska vi lyda honom eller trotsa honom? Därefter sa han: "Var på er vakt och låt inte den världsliga njutningen och försköningen bedra er, genom att ni lämnar det Allah har beordrat er med och faller in i det Allah har förbjudit er från. En av de största sakerna man måste akta sig för, bland den här världens prövningar, är kvinnornas frestelser då detta var israeliternas första prövning.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Detta är en uppmaning att hålla fast vid gudsfruktan, och att inte låta sig konsumeras av de världsliga njutningarna och försköningarna.
 Detta är en varning för att låta sig prövas av kvinnor, genom titta på dem, ta lätt på att beblanda sig med dem med mera.
 Frestelsen med kvinnor är från detta livs allra största prövningar.
 Man ska dra lärdom från de tidigare samfunden, för det som hände med israeliterna kan även hända med andra med.
 Beträffande hustrun, kan en kvinnans frestelse vara att hon kräver från maken att spendera mer än vad han förmår, varpå han distraheras från att leva upp till religiösa frågor då det krävs från honom att han tröttar ut sig för att söka det världsliga. Om kvinnan istället är en främling till honom så kan han prövas genom att hon lockar till sig män och distraherar dem från sanningen, i synnerhet om hon är förskönad och inte klär sig i Hijab. Det kan slutligen resultera i olika grader av otukt. Den troende måste därför hålla fast vid Allah, och be honom om skydd mot prövningar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3053</t>
+  </si>
+  <si>
+    <t>اللهم لك أسلمت، وبك آمنت، وعليك توكلت، وإليك أنبت، وبك خاصمت، اللهم إني أعوذ بعزتك، لا إله إلا أنت أن تضلني، أنت الحي الذي لا يموت، والجن والإنس يموتون</t>
+  </si>
+  <si>
+    <t>”Allah! Till dig har jag underkastat mig, på dig tror jag, på dig litar jag, till dig vänder jag mig, och med din hjälp argumenterar jag. Allah! Jag söker skydd i din makt, det finns ingen gud [värd dyrkan] utom du, från att du låter mig gå vilse. Du är den Levande som aldrig dör, medan både jinner och människor dör.”</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ: «اللهُمَّ لَكَ أَسْلَمْتُ، وَبِكَ آمَنْتُ، وَعَلَيْكَ تَوَكَّلْتُ، وَإِلَيْكَ أَنَبْتُ، وَبِكَ خَاصَمْتُ، اللهُمَّ إِنِّي أَعُوذُ بِعِزَّتِكَ، لَا إِلَهَ إِلَّا أَنْتَ أَنْ تُضِلَّنِي، أَنْتَ الْحَيُّ الَّذِي لَا يَمُوتُ، وَالْجِنُّ وَالْإِنْسُ يَمُوتُونَ».</t>
+  </si>
+  <si>
+    <t>Ibn 'Abbas (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ brukade säga: ”Allah! Till dig har jag underkastat mig, på dig tror jag, på dig litar jag, till dig vänder jag mig, och med din hjälp argumenterar jag. Allah! Jag söker skydd i din makt, det finns ingen gud [värd dyrkan] utom du, från att du låter mig gå vilse. Du är den Levande som aldrig dör, medan både jinner och människor dör.”</t>
+  </si>
+  <si>
+    <t>كان من دعاء النبي صلى الله عليه وسلم أنه كان يقول: (اللهم لك أسلمت) وانْقَدْتُ، (وبك آمنت) وصدقت وأقررت، (وعليك توكلت) وفوضت واعتمدت، (وإليك أنبت) ورجعت وأقبلت، (وبك خاصمت) وحاججت أعداءك، (اللهم إني أعوذ) وألتجئ (بعزتك) ومَنَعَتِك وغَلَبَتِك، (لا إله إلا أنت) ولا معبود بحق سواك، (أن تضلني) عن الهداية والتوفيق لرضاك، (أنت الحي الذي لا يموت) ولا يَفْنى، (والجن والإنس يموتون).</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ brukade säga denna bön:
+– ”Allah! Till dig har jag underkastat mig”; det vill säga, jag har överlämnat mig till dig och lyder dina befallningar.
+– ”På dig tror jag”; jag tror, bekräftar och erkänner sanningen.
+– ”På dig litar jag”; jag har överlämnat och förlitat mig helt på dig.
+– ”Till dig vänder jag mig”; jag återvänder till dig helt och hållet.
+– ”Med din hjälp argumenterar jag”; jag argumenterar mot dina fiender.
+– ”Jag söker skydd i din makt, det finns ingen gud [värd dyrkan] utom du, från att du låter mig gå vilse”; jag söker skydd i din oövervinnliga makt, då ingen förtjänar att dyrkas utom du, från att du bevarar mig från  att lämna vägledningen och det som leder till ditt välbehag.
+– ”Du är den Levande som aldrig dör, medan jinner och människor dör”; endast du är evig, och allting annat kommer att förgå.</t>
+  </si>
+  <si>
+    <t>مشروعية تقديم الثناء على المسألة عند كل مطلوب.
+وجوب التوكُّل على الله تعالى وحده وطلب الحفظ منه؛ لأنه مُتَّصف بصفات الكمال، فهو وحده الذي يُعتمد عليه، والخلق كلهم عاجزون ومنتهون إلى الموت، فهم ليسوا أهلًا للاعتماد عليهم.
+التأسي بالنبي صلى الله عليه سلم في الدعاء بهذه الكلمات الجامعة المانعة التي تعبِّر عن صدق الإيمان وغاية اليقين.
+قال السندي: قوله (أنت الحي) أي: فأنت الذي ينبغي به الاستعاذة لا غيرك.</t>
+  </si>
+  <si>
+    <t>Bönen visar att man bör börja sin åkallan med att prisa Allah och erkänna hans storhet.
+Det är obligatoriskt att förlita sig enbart på Allah och söka skydd hos honom, eftersom enbart han besitter fullkomlighet. Medan skapelserna är svaga och dödliga, och därför kan man inte förlita sig helt på dem.
+Den lär oss att följa profetens ﷺ exempel genom denna bön som innehåller allt gynnande och uttrycker sann tro och full tillit.
+Al-Sindī förklarade att uttrycket ”Du är den Levande” innebär att endast han är den som, med rätta kan sökas skydd hos, ingen annan.</t>
+  </si>
+  <si>
+    <t>متفق عليه، وهذا لفظ مسلم ورواه البخاري مختصرًا</t>
+  </si>
+  <si>
+    <t>[متفق عليه وهذا لفظ مسلم ورواه البخاري مختصرًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/3056</t>
   </si>
   <si>
     <t>ما رأيت النبي صلى الله عليه وسلم مستجمعا قط ضاحكا، حتى أرى منه لهواته، إنما كان يتبسم</t>
   </si>
   <si>
     <t>Jag såg aldrig profeten ﷺ skratta så högt att hans gomspene kunde ses. Han brukade istället bara le</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنين رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: مَا رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُسْتَجْمِعًا قَطُّ ضَاحِكًا، حَتَّى أَرَى مِنْهُ لَهَوَاتِهِ، إِنَّمَا كَانَ يَتَبَسَّمُ.</t>
   </si>
   <si>
     <t>'A'ishah, de troendes moder (må Allah vara nöjd med henne) sa: "Jag såg aldrig profeten ﷺ skratta så högt att hans gomspene kunde ses. Han brukade istället bara le".</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم لم يكن مُبالِغًا في الضحك حتى تُرى لَهَاتُهُ، وهي اللَّحْمَة المُتعلِّقة في أعلى الحَلْق، إنما كان يَتَبَسّم.</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) informerar oss om att profeten ﷺ aldrig överdrev sitt skratt till den grad att hans gomspene (den lilla köttbiten som hänger längst bak i gommen) syntes, snarare brukade han enbart att le.</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم ضَحِكُهُ التبسم إذا رضي أو أُعْجِب بشيء.
 قال ابن حجر: ما رأيته مُستجْمِعًا من جهة الضحك بحيث يضحك ضَحِكًا تامًّا مُقبِلًا بِكُلّيته على الضحك. 
 كثرة الضحك وارتفاع الصوت بالقهقهة ليس من صفات الصالحين.
 كثرة الضحك تُذهِب هيبةَ الرجل ووقارَه بين إخوانه.</t>
   </si>
@@ -2168,50 +2380,97 @@
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att prövningar och tester ständigt drabbar den troende, både mannen och kvinnan. Dessa prövningar kan drabba dem i deras hälsa och kropp, eller att deras barn blir sjuka, går bort eller att de behandlar föräldrarna illa. Det kan också vara prövningar i deras egendom, som fattigdom, förlust i handel, stöld eller svårighet i att tjäna sitt levebröd och att ha en knaper ekonomi. Genom dessa prövningar renas de från sina synder, så att när de möter Allah har alla deras synder blivit förlåtna och de står rena inför honom.</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>Allah visar sin nåd mot sina tjänare genom att rena dem från deras synder genom de prövningar de möter i denna värld.
 Prövningarna i sig leder till att synder förlåts, förutsatt att personen är troende. Om personen dessutom har tålamod och inte klagar, blir han även belönad.
 En uppmaning till att visa tålamod i alla situationer, vare sig det gäller något man gillar eller ogillar. Man bör vara tålmodig för att uppfylla Allahs befallningar och undvika det han förbjuder, med hopp om belöning och fruktan för hans straff.
 Här nämnde han både den troende mannen och kvinnan för att understryka att detta även inkluderar kvinnor. Om han annars endast hade nämnt den troende, skulle det inkludera kvinnan likaså, eftersom detta inte är specifikt för mannen. Om en kvinna genomgår prövningar kommer även hennes synder att strykas bort.
 Att förstå den stora belöningen som är kopplad till prövningar kan göra det lättare för en person att uthärda de smärtor och svårigheter de möter gång på gång.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3159</t>
   </si>
   <si>
+    <t>ارجع فصل، فإنك لم تصل</t>
+  </si>
+  <si>
+    <t>'Gå tillbaka och be igen, för du har inte bett.'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ المَسْجِدَ فَدَخَلَ رَجُلٌ، فَصَلَّى، فَسَلَّمَ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَرَدَّ وَقَالَ: «ارْجِعْ فَصَلِّ، فَإِنَّكَ لَمْ تُصَلِّ»، فَرَجَعَ يُصَلِّي كَمَا صَلَّى، ثُمَّ جَاءَ، فَسَلَّمَ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «ارْجِعْ فَصَلِّ، فَإِنَّكَ لَمْ تُصَلِّ» ثَلاَثًا، فَقَالَ: وَالَّذِي بَعَثَكَ بِالحَقِّ مَا أُحْسِنُ غَيْرَهُ، فَعَلِّمْنِي، فَقَالَ: «إِذَا قُمْتَ إِلَى الصَّلاَةِ فَكَبِّرْ، ثُمَّ اقْرَأْ مَا تَيَسَّرَ مَعَكَ مِنَ القُرْآنِ، ثُمَّ ارْكَعْ حَتَّى تَطْمَئِنَّ رَاكِعًا، ثُمَّ ارْفَعْ حَتَّى تَعْدِلَ قَائِمًا، ثُمَّ اسْجُدْ حَتَّى تَطْمَئِنَّ سَاجِدًا، ثُمَّ ارْفَعْ حَتَّى تَطْمَئِنَّ جَالِسًا، وَافْعَلْ ذَلِكَ فِي صَلاَتِكَ كُلِّهَا».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade: "Allahs sändebud ﷺ gick in i moskén, och en man kom in och bad. När han var färdig gick han fram till profeten ﷺ och hälsade på honom. Profeten ﷺ besvarade hans hälsning och sa: 'Gå tillbaka och be igen, för du har inte bett.' Mannen gick tillbaka och bad på samma sätt som tidigare, och kom sedan åter för att hälsa på profeten ﷺ, som upprepade: 'Gå tillbaka och be igen, för du har inte bett.' Detta upprepades tre gånger. Till slut sa mannen: 'Vid honom som har sänt dig med sanningen! Jag kan inte be bättre än så, lär mig hur jag ska göra.' Profeten ﷺ sa då:
+'När du står upp för att be, börja med att säga: 'Allahu akbar'. Läs sedan det du kan från Koranen. Böj dig därefter i Ruku' tills du kommit till ro'. Res dig sedan upp, tills du står rak igen. Fall sedan ned i Sujud, tills du kommit till ro. Res dig därefter upp, tills du sitter stilla, och gör så i hela din bön.'"</t>
+  </si>
+  <si>
+    <t>دخل النبي صلى الله عليه وسلم المسجد، فدخل بعده رجل فصلى ركعتين مسرعًا، ولم يطمئن في قيامه وركوعه وسجوده، وكان النبي صلى الله عليه وسلم يَرْمُقُه في صلاته، فجاء إلى النبي صلى الله عليه وسلم وهو جالس في ناحية المسجد فسلم عليه، فردَّ عليه السلام، وقال له: 
+ارجع فأعد صلاتك؛ فإنك لم تصل. 
+فرجع يصلي مسرعًا كما صلى، ثم جاء فسلم على النبي صلى الله عليه وسلم، فقال له: 
+ارجع فصل؛ فإنك لم تصل، فَعَل ذلك ثلاثًا. 
+فقال الرجل: والذي بَعثك بالحق، ما أحسن غير هذا فعلّمني، فقال له صلى الله عليه وسلم: 
+إذا قُمتَ إلى الصلاة فكبّر تكبيرة الإحرام، ثم اقرأ بأم القرآن وبما شاء الله أن تقرأ، ثم اركع حتى تطمئن راكعًا بأن تجعل راحتيك على ركبتيك وامدد ظهرك وتمكَّن لركوعك، ثم ارفع وأقم صلبك حتى ترجع العظام إلى مفاصلها وتستوي قائمًا، ثم اسجد حتى تطمئن ساجدًا بأن تمكِّن الجبهة مع الأنف، واليدين والركبتين وأطراف أصابع القدمين على الأرض، ثم ارفع حتى تطمئن جالسًا بين السجدتين، ثم افعل ذلك في كل ركعة من صلاتك.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ kom in i moskén, och en man gick in efter honom och bad två ٍٍRak'ah snabbt, utan att komma till ro i stående position, Ruku' eller Sujud. Profeten ﷺ iakttog honom, och när han kom till profeten ﷺ, som satt i ett hörn av moskén, och hälsade på honom, besvarade profeten ﷺ hälsningen och sa därefter: ”Gå tillbaka och be igen, för du har inte bett.” Mannen upprepade hastigt samma bön och gick sedan tillbaka för att hälsa på profeten ﷺ, varpå han fortfarande sa samma sak: ”Gå tillbaka och be igen, för du har inte bett.” Detta upprepades tre gånger. Mannen sa: ”Vid honom som har sänt dig med sanningen! Jag kan inte bättre än detta, så lär mig.” Då sa profeten ﷺ till honom: ”När du står upp för bönen, säg: 'Allahu akbar'. Läs sedan al-Fatihah och det du önskar att läsa från Koranen. Böj dig därefter i Ruku' tills du kommer till ro, genom att placera handflatorna på dina knän, räta ut ryggen och stå stadigt i din böjning. Res dig sedan upp tills din kropp är rak och benen står stadigt, så att benen och lederna återgår till sina platser och du står upprätt. Fall sedan ned i Sujud tills du kommer till ro, genom att sätta pannan och näsan, händerna, knäna och tårnas spetsar mot marken. Res dig sedan upp, tills du sitter stilla mellan de två Sujud. Gör så i varje Rak'ah av din bön.”</t>
+  </si>
+  <si>
+    <t>هذه الأركان للصلاة، لا تسقط لا سهوًا ولا جهلًا، بدليل أمر المصلي بالإعادة، ولم يَكتفِ النبي عليه الصلاة والسلام بتعليمه.
+الطمأنينة ركن من أركان الصلاة.
+قال النووي: وفيه أن من أخلَّ ببعض واجبات الصلاة لا تصح صلاته.
+قال النووي: وفيه الرفق بالمتعلم والجاهل وملاطفته، وإيضاح المسألة له وتلخيص المقاصد، والاقتصار في حقه على المهم دون المكملات التي لا يحتمل حاله حفظها والقيام بها.
+قال النووي: وفيه أن المفتي إذا سئل عن شيء وكان هناك شيء آخر يحتاج إليه السائل ولم يسأله عنه يستحب له أن يذكره له، ويكون هذا من النصيحة لا من الكلام فيما لا يعني.
+فضيلة الاعتراف بالتقصير لقوله: "لا أحسن غيره فعلمني".
+قال ابن حجر: وفيه الأمر بالمعروف والنهي عن المنكر، وطلب المتعلم من العالم أن يعلمه.
+استحباب السلام عند اللقاء، ووجوب رده، وأنه يستحب تكراره إذا تكرر اللقاء وإنْ قرُب العهد، وأنه يجب رده في كل مرة.</t>
+  </si>
+  <si>
+    <t>Dessa utgör bönens pelare, och de faller aldrig bort, vare sig av glömska eller okunskap. Profeten ﷺ befallde mannen att upprepa bönen och nöjde sig inte med att enbart förklara dem för honom.
+Att utföra bönens handlingar i lugn och ro är en av bönens pelare.
+Imam al-Nawawi sa: "Hadithen visar att den som försummar någon av bönens obligatoriska moment inte har bett en giltig bön."
+Al-Nawawi sa också: "Hadithen visar vikten av att bemöta den som lär sig och den okunnige med mildhet och omtanke. Man bör förklara saken tydligt, lyfta fram det mest centrala och begränsa undervisningen som verkligen behövs, utan att belasta personen med sådant han intet förmår minnas eller tillämpa."
+Al-Nawawi sa vidare: "Om en Mufti tillfrågas om något och ser att frågeställaren behöver veta något annat relaterat till det, är det rekommenderat att han nämner det för honom. Detta är en form av rådgivning, inte att prata om saker som inte angår en."
+Att erkänna sin brist är en prisvärd egenskap, som mannen gjorde när han sa: ”Jag kan inte bättre än så här; lär mig.”
+Ibn Hajar sa: "Hadithen visar att det är föreskrivet att uppmana till det goda, avråda från det onda och att den som söker kunskap bör be den kunnige att undervisa honom."
+Det är rekommenderat att hälsa med fredshälsningen när man möts, och obligatoriskt att besvara den hälsningen. Det är också rekommenderat att upprepa hälsningen om man möts flera gånger, även om det är inom kort tid, och den ska besvaras varje gång.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/3185</t>
+  </si>
+  <si>
     <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
     <t>När profeten ﷺ bad, bredde han ut sina armar tills att man kunde se hans ljusa hud i armhålan</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
     <t>'Abdullah ibn Malik ibn Buhaynah (må Allah vara nöjd med honom) berättade: När profeten ﷺ bad, bredde han ut sina armar tills att man kunde se hans ljusa hud i armhålan."</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
     <t>När profeten ﷺ var nere i Sujud brukade han breda ut sina armar från sina sidor, likt vingar, så brett att huden under armarna blev synlig. Detta visar att han var väldigt mån om att breda ut armarna från sidan av kroppen.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Det är rekommenderat att anta denna position under Sujud, vilket innebär att man breder ut armarna från sidorna.
@@ -2339,83 +2598,165 @@
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Trimma mustascherna och låt skäggen växa."</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Profeten ﷺ beordrade att mustachen ska trimmas och klippas ordentligt, och inte lämnas att bli lång.
 Skägget beordrar han däremot att det ska låtas växa långt.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Det är förbjudet att raka skägget.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3279</t>
   </si>
   <si>
+    <t>إذا توضأ العبد المسلم أو المؤمن فغسل وجهه خرج من وجهه كل خطيئة نظر إليها بعينيه مع الماء أو مع آخر قطر الماء</t>
+  </si>
+  <si>
+    <t>”När den muslimske, eller troende, tjänaren utför Wudu' och tvättar sitt ansikte, försvinner varje synd, som hans ögon har sett, från hans ansikte tillsammans med vattnet eller med de sista dropparna av vattnet</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضيَ اللهُ عنهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ الْعَبْدُ الْمُسْلِمُ -أَوِ الْمُؤْمِنُ- فَغَسَلَ وَجْهَهُ خَرَجَ مِنْ وَجْهِهِ كُلُّ خَطِيئَةٍ نَظَرَ إِلَيْهَا بِعَيْنَيْهِ مَعَ الْمَاءِ -أَوْ مَعَ آخِرِ قَطْرِ الْمَاءِ-، فَإِذَا غَسَلَ يَدَيْهِ خَرَجَ مِنْ يَدَيْهِ كُلُّ خَطِيئَةٍ كَانَ بَطَشَتْهَا يَدَاهُ مَعَ الْمَاءِ -أَوْ مَعَ آخِرِ قَطْرِ الْمَاءِ-، فَإِذَا غَسَلَ رِجْلَيْهِ خَرَجَتْ كُلُّ خَطِيئَةٍ مَشَتْهَا رِجْلَاهُ مَعَ الْمَاءِ -أَوْ مَعَ آخِرِ قَطْرِ الْمَاءِ- حَتَّى يَخْرُجَ نَقِيًّا مِنَ الذُّنُوبِ».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah berättade att Allahs sändebud ﷺ sa: ”När den muslimske, eller troende, tjänaren utför Wudu' och tvättar sitt ansikte, försvinner varje synd, som hans ögon har sett, från hans ansikte tillsammans med vattnet eller med de sista dropparna av vattnet. När han tvättar sina händer, försvinner varje synd, som hans händer har begått, från hans händer tillsammans med vattnet eller med de sista dropparna av vattnet. När han tvättar sina fötter, försvinner varje synd som hans fötter har gått till, från hans fötter tillsammans med vattnet eller med de sista dropparna av vattnet, tills han blir renad från synder.”</t>
+  </si>
+  <si>
+    <t>بيَّن النبي صلى الله عليه وسلم أنه إذا توضأ المسلم أو المؤمن فغسل وجهه أثناء الوضوء خرج من وجهه كل خطيئة صغيرة نظر إليها بعينيه مع الماء الساقط بعد الغسل أو مع آخر قطر الماء، فإذا غسل يديه خرج من يديه كل خطيئة صغيرة كان كسبتها يداه مع الماء أو مع آخر قطر الماء، فإذا غسل رجليه خرجت كل خطيئة صغيرة مشتها رجلاه مع الماء أو مع آخر قطر الماء حتى يخرج نقيًّا من الذنوب الصغائر بالانتهاء من الوضوء.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ förklarade att när en muslim eller troende utför Wudu' och tvättar sitt ansikte, försvinner varje mindre synd han begått med sina ögon med det rinnande vattnet eller med de sista dropparna. När han tvättar sina händer, försvinner varje mindre synd hans händer utfört bort med vattnet eller med de sista dropparna. När han tvättar sina fötter, försvinner varje mindre synd bort som hans fötter gått till med vattnet eller med de sista dropparna, tills han, då han fullbordat Wudu', blivit renad från de mindre synderna.</t>
+  </si>
+  <si>
+    <t>فضل المحافظة على الوضوء، وأنه يكفّر الذنوب.
+من هدي النبي صلى الله عليه وسلم أنه يرغب الناس في الطاعات والعبادات بذكر الأجر والثواب عليها.
+كل عضو من أعضاء الإنسان يقع في بعض المعاصي، ولذلك الذنوب تتبع كل جارحة اكتسبتها، وتخرج من كل جارحة تاب منها.
+الوضوء فيه التطهير الحسي، ويكون عندما تغسل أعضاء الوضوء، وتطهير معنوي يكون من الذنوب التي وقعت من الأعضاء.</t>
+  </si>
+  <si>
+    <t>Dygden i att vara mån om att utföra Wudu', och att den stryker bort synder.
+Profeten ﷺ brukade uppmuntra människor till att utföra goda handlingar och dyrkan genom att nämna belöningen för sådana handlingar.
+Varje kroppsdel kan begå någon form av olydnad; därför följer synderna den lem som begått dem, och renas från varje lem som man ångrar sig ifrån.
+Wudu' innebär fysisk renhet genom att tvätta kroppsdelarna, och andlig renhet när synderna faller bort med vattnet.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/3284</t>
+  </si>
+  <si>
     <t>إذا رأى أحدكم الرؤيا يحبها فإنها من الله، فليحمد الله عليها وليحدث بها، وإذا رأى غير ذلك مما يكره، فإنما هي من الشيطان، فليستعذ من شرها، ولا يذكرها لأحد، فإنها لن تضره</t>
   </si>
   <si>
     <t>Om någon av er ser en dröm som han tycker om, är den från Allah, så låt honom prisa Allah och berätta den vidare. Men om han ser något han ogillar, är det från Satan, så låt honom söka skydd från dess ondska och inte berätta den för någon, för den kommer inte att skada honom</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att han hörde Allahs sändebud ﷺ säga: "Om någon av er ser en dröm som han tycker om, är den från Allah, så låt honom prisa Allah och berätta den vidare. Men om han ser något han ogillar, är det från Satan, så låt honom söka skydd från dess ondska och inte berätta den för någon, för den kommer inte att skada honom."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفرِحة في المنام من الله، وأرشد بأنْ يَحمد الله عليها، ويخبر بها، وإذا رأى ما يَكره ويُحزن فإنما هي من الشيطان؛ فليستعذ بالله من شرها، ولا يذكرها لأحد؛ فإنها لا تضره حيث جعل الله ما ذُكر سببًا للسلامة من المكروه المترتِّب على الرؤيا.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att goda och glädjande drömmar är en välsignelse från Allah. Den som ser en sådan dröm bör tacka Allah för den och kan dela den med andra. Å andra sidan, om man ser en dröm som orsakar rädsla eller oro, är den från Satan. Då bör man söka skydd hos Allah från dess ondska, inte nämna den för någon och vara trygg i att den inte kan orsaka någon skada. Allah har gjort det så att mardrömmar som ignoreras förlorar sin påverkan.</t>
   </si>
   <si>
     <t>أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو تُرى له، 2- حديث النفس وهي ما يحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
 حاصل ما ذكر من أبواب الرؤيا الصالحة ثلاثة أشياء: أن يحمد الله عليها، وأن يستبشر بها، وأن يتحدث بها لكن لمن يحب دون من يكره.
 حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوَّذ بالله من شرها، ومن شر الشيطان، وأن يتفل حين يهب من نومه عن يساره ثلاثا، ولا يذكرها لأحد أصلًا، وإذا أراد أن يرجع لنومه يتحوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.
 قال ابن حجر: الحكمة فيه أنه إذا حدَّث بالرؤيا الحسنة من لا يحب قد يفسِّرها له بما لا يحب إما بُغضًا وإما حسدًا، فقد تقع على تلك الصفة أو يتعجّل لنفسه من ذلك حُزنًا ونكدًا، فأمر بترك تحديث مَن لا يُحِب بسبب ذلك.
 الحمد عند حدوث النِّعَم، وتجدد المنن، فذلك سبب لدوامها.</t>
   </si>
   <si>
     <t>Drömmar delas in i tre kategorier: 1. Sanna och goda drömmar: Dessa är glädjebesked från Allah, och kan vara en dröm personen själv har haft eller andra har haft om honom. 2. Tankar från ens eget sinne: Drömmar som reflekterar ens dagliga tankar. 3. Drömmar från Satan: Syftar till att skrämma och göra en ledsen, innehåller ofta skrämmande eller förvirrande bilder.
 Sammanfattningsvis nämnde han att man kan göra tre saker vid en god dröm: 1. Lovprisa Allah. 2. Glädjas över den som en god nyhet. 3. Dela den endast med någon man litar på och älskar.
 Och det är fem saker man ska göra när man upplevt en dålig dröm: 1. Söka skydd hos Allah från dess ondska. 2. Söka skydd från Satan. 3. Spotta lätt åt vänster tre gånger efter att ha vaknat. 4. Inte nämna mardrömmen för någon. 5. Om man somnar om, bör man byta sovställning. Om en person tar dessa åtgärder, kommer mardrömmen inte att skada honom.
 Ibn Hajar sa: Anledningen till varför man inte bör dela en god dröm med någon man inte tycker om är för att personen kan tolka den på ett dåligt sätt antingen på grund av avundsjuka eller illvilja. Drömmen kan då inträffa i enlighet med det dåliga utgångssättet, eller leda till att personen blir orolig eller nedstämd. Därför ska drömmar enbart delas med personer man tycker om.
 Att lovprisa Allah när något gott händer leder till att välsignelser bevaras och ökar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3285</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم يعلمنا الاستخارة في الأمور كما يعلمنا السورة من القرآن</t>
+  </si>
+  <si>
+    <t>Allahs sändebud ﷺ brukade lära oss att utföra Istikharah-bönen i alla frågor, på samma sätt som han lärde oss en Sura ur Koranen</t>
+  </si>
+  <si>
+    <t>عن جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُعَلِّمُنَا الِاسْتِخَارَةَ فِي الْأُمُورِ كَمَا يُعَلِّمُنَا السُّورَةَ مِنَ الْقُرْآنِ، يَقُولُ: «إِذَا هَمَّ أَحَدُكُمْ بِالْأَمْرِ فَلْيَرْكَعْ رَكْعَتَيْنِ مِنْ غَيْرِ الْفَرِيضَةِ، ثُمَّ لِيَقُلِ: اللَّهُمَّ إِنِّي أَسْتَخِيرُكَ بِعِلْمِكَ وَأَسْتَقْدِرُكَ بِقُدْرَتِكَ، وَأَسْأَلُكَ مِنْ فَضْلِكَ الْعَظِيمِ، فَإِنَّكَ تَقْدِرُ وَلَا أَقْدِرُ، وَتَعْلَمُ وَلَا أَعْلَمُ، وَأَنْتَ عَلَّامُ الْغُيُوبِ، اللَّهُمَّ إِنْ كُنْتَ تَعْلَمُ أَنَّ هَذَا الْأَمْرَ خَيْرٌ لِي فِي دِينِي، وَمَعَاشِي، وَعَاقِبَةِ أَمْرِي» أَوْ قَالَ: «عَاجِلِ أَمْرِي وَآجِلِهِ، فَاقْدُرْهُ لِي وَيَسِّرْهُ لِي ثُمَّ بَارِكْ لِي فِيهِ، وَإِنْ كُنْتَ تَعْلَمُ أَنَّ هَذَا الْأَمْرَ شَرٌّ لِي فِي دِينِي وَمَعَاشِي وَعَاقِبَةِ أَمْرِي» أَوْ قَالَ: «فِي عَاجِلِ أَمْرِي وَآجِلِهِ، فَاصْرِفْهُ عَنِّي وَاصْرِفْنِي عَنْهُ، وَاقْدُرْ لِي الْخَيْرَ حَيْثُ كَانَ، ثُمَّ أَرْضِنِي» قَالَ: «وَيُسَمِّي حَاجَتَه».</t>
+  </si>
+  <si>
+    <t>Jabir ibn 'Abdillah berättade: "Allahs sändebud ﷺ brukade lära oss att utföra Istikharah-bönen i alla frågor, på samma sätt som han lärde oss en Sura ur Koranen. Han brukade säga: 'När någon av er har för avsikt att göra något, låt honom då be två Rak'ah, som inte är en obligatorisk bön, och sedan säga: "Allah! Jag söker din anvisning genom din kunskap och jag söker att du skänker mig förmåga genom din förmåga och jag ber om din vidsträckta nåd; för sannerligen förmår du och jag förmår inte, och du vet och jag vet inte, och du är den som har all kunskap om det fördolda. Allah! Om du vet att denna sak är bra för mig i min tro, mitt liv och slutet på min angelägenhet, eller han sa: i det som är nära och det som kommer, så föreskriv den för mig, underlätta den för mig och välsigna den för mig. Men om du vet att denna sak är dålig för mig i min tro, mitt liv och slutet på min angelägenhet, eller han sa: i det som är nära och det som kommer, så vänd den bort från mig och vänd mig bort från den, och bestäm det goda för mig var det än finns, och låt mig sedan bli nöjd med det." Jabir sa: 'Och han nämner då sin specifika sak.'”</t>
+  </si>
+  <si>
+    <t>إِذا أراد المسلمُ فعلَ أمرٍ مما لا يَعلمُ وجهَ الصواب فيه، فإنه يُشرع له أن يصليَ صلاةَ الاستخارة حيث كان النبي صلى الله عليه وسلم يُعلِّم أصحابَه رضي الله عنهم هذه الصلاة كما يُعلّمهم السورة من القرآن، فيصلي ركعتين من غير صلاة الفريضة، ثم يدعو الله قائلًا: 
+«اللهم إني أستخيرك» بطلب التوفيق لخير الأمرين، وأسألك «بعلمك» الواسع الذي أحاط بكل شيء، «وأستقدرك» أن تجعلني قادرًا حيث لا حول لي ولا قوة إلا بك «بقدرتك» النافذة فأنت لا يعجزك شيء، «وأسألك من فضلك» وإحسانك «العظيم» الواسع؛ حيث عطاؤك فضل منك، وليس لأحد عليك حق في نعمة؛ «فإنك تقدر» على كل شيء، وأنا ضعيف عاجز «ولا أقدر» على شيءٍ إلا بإعانة منك، «و» أنت «تعلم» بعلمك الشَّامل المحيط بالظَّواهر والبواطن، وبالخير والشَّر، «و» أنا «لا أعلم» شيئًا إلا بتوفيقك وهدايتك، «وأنت علام الغيوب» فلك العلم المطلق، والقدرة النافذة، وليس لغيرك من ذلك إلا ما قدرت له وما أقدرته عليه. 
+ثم يدعو المسلم ربَّه، ويسمّي حاجتَه فيقول: «اللهم» إني فوّضت أمري إليك فـ «إن كنت تعلم» في علمك أنَّ هذا الأمرَ «ويسمي حاجته» كشراء هذه الدَّار، أو في شراء هذه السَّيارة، أو في نكاح هذه المرأة أو غير ذلك... 
+فإن كان هذا الأمر قد سَبق في علمك أنه فيه «خير لي في ديني» الذي هو عصمة أمري، «ومعاشي» في دنياي «وعاقبة أمري» وما يؤول إليه أمري، أو قال: «في عاجل أمري وآجله» في الدنيا والآخرة؛ «فاقدره» وهيِّئه ونجِّزه «لي»، وسهله «ويسّره لي»، «ثم بارك» وكثّر الخير «لي فيه»، «وإن كنت تعلم» يا الله «أن هذا الأمر» الذي استخرت عليه «شر لي في ديني ومعاشي وعاقبة أمري -أو قال: في عاجل أمري وآجله- فاصرفه عني واصرفني عنه، واقدر لي الخير حيث كان، ثم أرضني به» وبجميع قضائك مما أحب ومما أكره.</t>
+  </si>
+  <si>
+    <t>När en muslim vill göra något där han inte vet vad som är bäst, är det föreskrivet att förrätta Istikharah-bönen. Profeten ﷺ lärde sina följeslagare denna bön lika noggrant som han lärde dem en Sura ur Koranen. Man ber två Rak'ah, som inte är av de obligatoriska bönerna, och därefter läser man följande: ”Allah! Jag söker din anvisning”; genom att be dig ge mig framgång att välja det bästa av de två alternativen.
+”Och jag ber dig genom din kunskap”; din omfattande kunskap som innefattar allt.
+”Och jag söker att du skänker mig förmåga genom din förmåga”; att du gör mig kapabel, eftersom jag inte har någon kraft eller styrka utan dig.
+”Och jag ber dig om din vidsträckta nåd”; din vida välvilja och dina gåvor, som är ren favör från dig och inte något någon har rätt till.
+”För du förmår och jag förmår inte”; du har makt över allting, medan jag är svag och oförmögen.
+”och du vet och jag vet inte”; du har all kunskap, jag saknar kunskap utom det du lär mig.
+”och du är den som har all kunskap om det fördolda”; enbart du har den fullkomliga kunskapen och obegränsade makten, och ingen har varken kunskap eller makt, utöver det du förser den med. Sedan ber den troende till sin Herre och nämner sin specifika sak, och säger:
+”Allah, om du vet att den här saken”; och då nämner han sin sak, som att köpa det här huset, den här bilen, gifta sig med den här kvinnan eller liknande. ”Om du vet att denna sak är bra för mig i min tro”; det vill säga: det som bevarar och skyddar min religiösa väg”; och i mitt liv”; i min världsliga tillvaro och det jag behöver här ”och i slutet på min angelägenhet”; det som mina handlingar i slutändan leder till” eller, som han sa: "i det som är nära och det som kommer "; i detta liv och det kommande, ”så föreskriv den för mig”; bestäm den för mig i din förutbestämmelse, ”och underlätta den för mig”;
+gör den möjlig och lätt att nå, ”och välsigna den för mig”; gör det goda i den rikligt och bestående ”Men om du, Allah, vet att denna sak”; den specifika sak han gör Istikharah om, ”är dålig för mig i min tro, mitt liv och slutet på min angelägenhet, eller, som han sa: i det som är nära och det som kommer”; det vill säga: skadlig för mig nu eller senare, i detta liv eller i nästa, ”så vänd den bort från mig, och vänd mig bort från den, och bestäm det goda för mig var det än finns, och låt mig sedan bli nöjd med det”
+gör att mitt hjärta finner ro i ditt beslut, oavsett om jag tycker om det eller ogillar det.</t>
+  </si>
+  <si>
+    <t>شدة حرص النبي صلى الله عليه وسلم على تعليم أصحابه رضي الله عنهم هذه الصلاة؛ لما فيها من منفعة وخير عظيم.
+استحباب الاستخارة والدعاء المأثور بعدها.
+الاستخارة تستحب في الأمور المباحة التي يحصل فيها التردد، ولا تكون في الأمر الواجب أو المستحب؛ لأن الأصل فعلهما، لكن يمكن أن يستخير فيما يتعلق بها، كاختيار الرفقة في العمرة أو الحج.
+الواجب والمستحب لا يُستخار في فعلِهما، والحرام والمكروه لا يُستخار في تركهما.
+يؤخر الدعاء عن الصلاة؛ لقوله صلى الله عليه وسلم: "ثم ليقل..."، وإن قيل قبل السلام فلا بأس.
+يجب على العبد أن يرد الأمور كلها إلى الله، ويجب عليه التَّبَرِّي من حوله وقوته؛ لأنه لا حول له ولا قوة إلا بالله.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ var mycket noggrann med att lära sina följeslagare denna bön, eftersom den innehåller stor nytta och mycket gott.
+Det är rekommenderat att göra Istikharah och därefter läsa den specifika åkallan efter bönen.
+Istikharah-bönen rekommenderas i tillåtna frågor där man tvekar, och den görs inte för sådant som redan är obligatoriskt eller rekommenderat, eftersom man i grunden ska utföra dem. Däremot kan man förrätta Istikharah-bönen för något som hör ihop med dem, som att välja resesällskap vid 'Umrah eller Hajj.
+Det obligatoriska och det rekommenderade ska man inte förrätta Istikharah-bönen för att utföra, och det förbjudna och ogillade ska man inte förrätta Istikharah-bönen för att lämna.
+Åkallan sägs efter själva bönen, eftersom Allahs sändebud ﷺ sa: ”Sedan ska han säga…”. Men om man säger den före hälsningen i bönen är det också tillåtet.
+Tjänaren måste lämna alla sina angelägenheter till Allah, och han måste frigöra sig från sin egen kraft och förmåga, för ingen kraft eller styrka finns förutom genom Allah.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/3293</t>
   </si>
   <si>
     <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>Den troendes tillstånd är märkvärdigt; allt som händer honom är till hans fördel, och så är endast fallet för den troende</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Suhayb (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den troendes tillstånd är märkvärdigt; allt som händer honom är till hans fördel, och så är endast fallet för den troende. Om han upplever glädje och visar tacksamhet, så är det bra för honom; och om han drabbas av svårigheter och visar tålamod, så är det också bra för honom."</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Profeten ﷺ uttrycker förundran över den troendes situation på ett positivt sätt, eftersom allt som sker den troende är till hans fördel, vilket är unikt för just den troende; När en troende upplever glädje och tackar Allah för det, belönas han för sin tacksamhet, Och när en troende upplever svårigheter och är tålmodig, får han också belöning för det, genom sitt tålamod. Alltså belönas han oavsett vilken situation han befinner sig i.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
@@ -3219,51 +3560,51 @@
     <t>Handlingars förträfflighet varierar beroende på hur mycket Allah älskar dem.
 Muslimen är uppmanad att fokusera på handlingar utifrån dess största förträfflighet.
 Profeten ﷺ frågades om vilka handlingar som var bäst vid ett flertal tillfällen, och hans svar kunde skilja sig åt beroende på frågeställaren och hans tillstånd, då det som gynnar personen mest skiljer sig åt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>”De jobbigaste bönerna för hycklarna är 'Isha'- och Fajr-bönen. Och om de hade vetat vilken förträfflighet de hade, skulle de kommit till dem, om så krypande</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”De jobbigaste bönerna för hycklarna är 'Isha'- och Fajr-bönen. Och om de hade vetat vilken förträfflighet de hade, skulle de kommit till dem, om så krypande. Jag fick för mig att beordra att bönen skulle förrättas och utsåg en man som leder människorna i bön. Därefter skulle jag bege mig iväg med en grupp män med vedträn, till de som inte närvarade vid bönen, och bränna ned deras hus med eld."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar om hycklarna och deras lathet när det kommer till att närvara under församlingsbönerna, i synnerhet 'Isha'- och Fajr-bönen. Om de hade vetat vilken otrolig belöning det fanns i att närvara under dessa böner i den muslimska församlingen, hade de kommit till den om än krypande på sina händer och ben likt småbarn.
-. Profeten ﷺ funderade på att beordra att bönen skulle förrättas, och att någon leder människorna i bön istället för honom. För att sedan bege sig iväg med några som bär ved till dem som inte närvarar under församlingsbönen, för att bränna ned deras hem med eld. Anledningen till detta är den stora synden de begått. Han gjorde däremot inte det eftersom det finns kvinnor, barn, oskyldiga och ursäktade personer i huset som inte begått något fel.</t>
+Profeten ﷺ funderade på att beordra att bönen skulle förrättas, och att någon leder människorna i bön istället för honom. För att sedan bege sig iväg med några som bär ved till dem som inte närvarar under församlingsbönen, för att bränna ned deras hem med eld. Anledningen till detta är den stora synden de begått. Han gjorde däremot inte det eftersom det finns kvinnor, barn, oskyldiga och ursäktade personer i huset som inte begått något fel.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Faran i att inte närvara under församlingsbönen i moskén.
 Hycklare är oärliga när de dyrkar Allah och gör det enbart av ögontjäneri, därför närvarar de bara under bönerna där andra människor kan se dem be.
 Den stora belöningen i att be 'Isha' och Fajr i församling, och att de förtjänar att kommas till om än krypande.
 Att vara mån om att be 'Isha' och Fajr är ett skydd mot hyckleri, och att strunta i dem är från hycklarnas egenskaper.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3366</t>
   </si>
   <si>
     <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>'Detta är en sten som kastades ner i elden för sjuttio år sedan, och den faller i elden nu tills den når dess botten.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
@@ -4501,50 +4842,53 @@
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Profeten ﷺ tog Mu'adhs hand och sa till honom: "Vid Allah! Jag älskar verkligen dig. Jag råder dig, Mu'adh, att aldrig låta bli att säga i slutet av varje bön: 'Allahumma a'inni 'ala dhikrika' – Be om hjälp att minnas Allah genom ord och handlingar som leder till lydnad. 'Wa shukrika' – Be om hjälp att tacka Allah, både vid förekomsten av välsignelser och när svårigheter avvärjs. 'Wa husni 'ibadatika' – Be om hjälp att dyrka Allah uppriktigt och i enlighet med profetens vägledning.</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>Det är föreskrivet att berätta för någon att man älskar den för Allahs skull.
 Det är rekommenderat att säga denna åkallan i slutet av varje obligatorisk och frivillig bön.
 Trots att denna åkallan endast består av ett fåtal ord är den omfattande och innehåller det viktigaste för både detta liv och det nästa.
 Kärlek för Allahs skull bör resultera i att ge varandra goda råd och uppmana till rättfärdighet.
 Al-Tibi sa: "Att minnas Allah skänker hjärtat frid, att tacka honom är vägen till hans välsignelser, och att dyrka honom på bästa sätt innebär att distansera sig från allt som distraherar från honom."</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3518</t>
   </si>
   <si>
     <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>'Frukta er Herre, be era fem böner, fasta er månad, ge allmosa från era egendomar, lyd era ledare, och ni kommer att träda in i er Herres paradis.'</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Abu Umamah (må Allah vara nöjd med honom) sa: "Under avskedsvallfärden hörde jag Allahs sändebud ﷺ säga: 'Frukta er Herre, be era fem böner, fasta er månad, ge allmosa från era egendomar, lyd era ledare, och ni kommer att träda in i er Herres paradis.'"</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ höll en predikan på 'Arafah-dagen under avskedsvallfärden, år tio av Hijrah. Den kallades för avskedsvallfärden, eftersom han ﷺ sa farväl till människorna under den. Han beordrade människorna att frukta deras Herre, genom att tillämpa hans påbud och undvika hans förbud. Och att de skulle förrätta de fem bönerna som Allah har förpliktigat under dygnet. Och att de skulle fasta under månaden Ramadan. Och att de skulle ge allmosa från deras egendomar till dem som förtjänar den, och att de inte undanhåller från att ge den. Och att de lyder dem som Allah har placerat som ledare över dem, i det som inte innefattar olydnad till Allah. Den som gör det tidigare nämnda, kommer att belönas med inträde till paradiset.</t>
@@ -4685,50 +5029,81 @@
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Abu Musa al-Ash´ari (må Allah vara nöjd med honom) berättade att Allahs sändebud (sallallahu ´alayhi wa sallam) har sagt: "Om tjänaren blir sjuk eller reser får han samma belöning som han brukade få då han var hemmastadd och frisk".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Profeten (sallallahu ´alayhi wa sallam) berättar om Allahs godhet och nåd. Om en muslim har som vana att göra goda handlingar när han är frisk och hemmavid, men sedan får en ursäkt som att han blir sjuk och inte kan göra handlingarna eller blir upptagen med resa eller någon annan anledning, får han ändå sin fulla belöning så som han brukade få när han var frisk och hemmavid.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Detta visar Allahs oerhörda godhet mot Sina tjänare.
 Detta är en uppmaning till att sträva efter att göra goda handlingar och att ta vara på tiden när man är frisk och har fritid.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3553</t>
   </si>
   <si>
+    <t>إذا وضعت الجنازة واحتملها الرجال على أعناقهم فإن كانت صالحة قالت: قدموني،</t>
+  </si>
+  <si>
+    <t>”När den avlidne lyfts upp och männen bär honom på sina axlar, så säger han, om han varit rättfärdig: ‘För mig framåt!</t>
+  </si>
+  <si>
+    <t>عَن أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا وُضِعَتِ الجِنَازَةُ وَاحْتَمَلَهَا الرِّجَالُ عَلَى أَعْنَاقِهِمْ فَإِنْ كَانَتْ صَالِحَةً قَالَتْ: قَدِّمُونِي، وَإِنْ كَانَتْ غَيْرَ صَالِحَةٍ قَالَتْ: يَا وَيْلَهَا أَيْنَ يَذْهَبُونَ بِهَا؟ يَسْمَعُ صَوْتَهَا كُلُّ شَيْءٍ إِلَّا الإِنْسَانَ، وَلَوْ سَمِعَهُ صَعِقَ».</t>
+  </si>
+  <si>
+    <t>Abu Sa'id al-Khudri (må Allah var nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”När den avlidne lyfts upp och männen bär honom på sina axlar, så säger han, om han varit rättfärdig: ‘För mig framåt!’ Men om han inte var rättfärdig säger den: ‘Olycka väntar! Vart tas jag?’ Hans röst hörs av allt utom människan, och om människan hade hört den hade hon fallit ihop.”</t>
+  </si>
+  <si>
+    <t>أخبر النبيُّ صلى الله عليه وسلم أنه إذا وضعت الجنازة على السرير، واحتملها الرجال على أعناقهم، فإن كانت صالحة قالت: قدموني لما تراه أمامها من النعيم، وإن كانت غير صالحة صاحت بصوت منكر: يا هلاكها أين يذهبون بها؟! لما تراه أمامها من العذاب، يسمع صوتها كل شيء إلا الإنسان، ولو سمعه لغشي عليه من شدة ما يسمعه.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ berättade att när den avlidne läggs på båren och männen bär honom på sina axlar, så uttrycker den rättfärdige sin längtan att föras vidare, eftersom han ser det goda som väntar honom. Men den som inte var rättfärdig ropar med en skrämmande röst: ”Undergång väntar mig! Vart för de mig?”, eftersom han ser det straff som väntar. Hans röst hörs av alla skapelser utom människan; om människan hade hört den skulle hon ha svimmat.</t>
+  </si>
+  <si>
+    <t>الميت الصالح يرى المُبَشِّرات قبل دفنه، ويجزع الكافر، ويرى عكس ذلك.
+بعض الأصوات يسمعها غير الإنسان، ولا يستطيع الإنسان سماعها.
+السنة حمل الجنازة على أعناق الرجال دون النساء؛ لنهي النبي صلى الله عليه وسلم النساء عن اتباعها.</t>
+  </si>
+  <si>
+    <t>Den rättfärdige, som avlidit ser glädjande föraningar innan begravningen, medan den otrogne ser motsatsen och grips av panik.
+Det finns ljud som andra skapelser hör, men som människan inte kan uppfatta.
+Det är Sunnah att män bär båren, inte kvinnor, eftersom profeten ﷺ förbjöd kvinnor att följa begravningstågen.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/3554</t>
+  </si>
+  <si>
     <t>اللهم أعوذ برضاك من سخطك، وبمعافاتك من عقوبتك، وأعوذ بك منك لا أحصي ثناء عليك أنت كما أثنيت على نفسك</t>
   </si>
   <si>
     <t>'Allah! Jag söker skydd hos din belåtenhet från din vrede, hos din förlåtelse från ditt straff. Jag söker skydd hos dig från dig själv. Jag kan inte räkna ditt lov; du är på det vis som du har prisat dig själv.'</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: فَقَدْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لَيْلَةً مِنَ الْفِرَاشِ فَالْتَمَسْتُهُ فَوَقَعَتْ يَدِي عَلَى بَطْنِ قَدَمَيْهِ وَهُوَ فِي الْمَسْجِدِ وَهُمَا مَنْصُوبَتَانِ، وَهُوَ يَقُولُ: «اللهُمَّ أَعُوذُ بِرِضَاكَ مِنْ سَخَطِكَ، وَبِمُعَافَاتِكَ مِنْ عُقُوبَتِكَ، وَأَعُوذُ بِكَ مِنْكَ لَا أُحْصِي ثَنَاءً عَلَيْكَ أَنْتَ كَمَا أَثْنَيْتَ عَلَى نَفْسِكَ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) sa: "En natt märkte jag att Allahs sändebud ﷺ inte var i sängen, så jag började leta efter honom. Då rörde min hand hans fotsulor – han befann sig i bön och hans fötter var resta – och han sa: 'Allah! Jag söker skydd hos din belåtenhet från din vrede, hos din förlåtelse från ditt straff. Jag söker skydd hos dig från dig själv. Jag kan inte räkna ditt lov; du är på det vis som du har prisat dig själv.'"</t>
   </si>
   <si>
     <t>قالت عائشة رضي الله عنها: كنت نائمة إلى جنب النبي صلى الله عليه وسلم، ففقدته من الليل، فلمست بيدي الموضع الذي كان يصلي فيه في الحجرة؛ فإذا هو ساجد وقدماه قائمتان، وإذا هو يقول: 
 (أعوذ) وأتوسل (برضاك من سخطك) عليّ أو على أمتي، (و) أستعيذ (بمعافاتك) وعفوك الكثير (من عقوبتك)، 
 (وأعوذ بك منك) وبصفات جمالك من صفات جلالك، حيث لا يُعيذ منك إلا أنت، فلا مَنْجَى ولا مَلْجَأ من الله إلا إليه، 
 (لا أحصي ثناء عليك) لا أطيق ولا أبلغ حصرًا وعددًا لعجزي إحصاء نعمتك وإحسانك كما تستحقه وإن اجتهدت في ذلك، 
 (أنت كما أثنيت على نفسك) فأنت الذي أثنيت على ذاتك ثناء يليق بك، فمن يقدر على أداء حق ثنائك؟!</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättar att hon låg bredvid profeten ﷺ en natt. När hon märkte att han inte längre låg kvar, började hon känna sig omkring i rummet där han brukade be. Då fann hon honom i Sujud med fötterna resta, och han bad med följande ord:
 "Jag söker skydd hos din belåtenhet från din vrede" – jag vädjar till din belåtenhet som en tillflykt från att du skulle bli arg på mig eller på mitt samfund. "Och hos din förlåtelse från ditt straff" – jag söker skydd hos din omfattande nåd och överseende från att drabbas av ditt straff. "Jag söker skydd hos dig från dig själv" – jag söker skydd i dina vackra egenskaper från dina majestätiska egenskaper. Det är endast du som kan skydda från dig. Ingen annan kan erbjuda skydd mot din makt, utan det kan bara du göra. "Jag kan inte räkna ditt lov" – jag är oförmögen att prisa dig så som du förtjänar; dina välsignelser och välgärningar är för många för att kunna räknas fullt ut, även om jag anstränger mig. "Du är på det vis som du har prisat dig själv" – endast du kan prisa dig själv på det sätt som är dig värdigt. Ingen människa kan ge dig det erkännande och den lovprisning du förtjänar.</t>
   </si>
   <si>
     <t>استحباب هذه الأدعية في السجود.
  قال ميرك: وفي إحدى روايات النسائي: كان يقول هذا الدعاء إذا فرغ من صلاته وتبوأ مضجعه.
@@ -4861,52 +5236,52 @@
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3574</t>
   </si>
   <si>
     <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>Vill ni att jag ska berätta för er om era bästa handlingar som är mest rena hos er Konung, och som höjer era ranggrader mest?</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Abu al-Darda' (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Vill ni att jag ska berätta för er om era bästa handlingar som är mest rena hos er Konung, och som höjer era ranggrader mest? Ja, de är bättre för er än att spendera guld och silver, och bättre för er än att möta era fiender där ni svingar era svärd mot dem, och de svingar sina svärd mot er?" De svarade: "Ja!" Han sa: "Att minnas Allah, den Upphöjde."</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>Profeten ﷺ frågade sina följeslagare: .
-Vill ni att jag ska berätta för er och lära er om de bästa av era handlingar, de mest ärofyllda, de mest välsignade, de renaste och de mest upphöjda hos Allah, den Allsmäktige Kungen? .
+    <t>Profeten ﷺ frågade sina följeslagare:
+Vill ni att jag ska berätta för er och lära er om de bästa av era handlingar, de mest ärofyllda, de mest välsignade, de renaste och de mest upphöjda hos Allah, den Allsmäktige Kungen?
 Och de som höjer era ranggrader mest i paradiset?
 Och bättre för er än att ge guld och silver i välgörenhet?
 Och bättre för er än att möta de otrogna fienderna i strid, där ni svingar era svärd mot dem och de svingar sina svärd mot er?
 Följeslagarna svarade: Ja, vi vill det!
 Han ﷺ sa: Att minnas Allah vid i alla tillfällen och situationer.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Att ständigt minnas Allah, både öppet och dolt, är en av de största och mest fördelaktiga sätten att närma sig Allah på.
 Alla handlingar har föreskrivits för att man ska minnas Allah. Allah säger: "Och etablera bönen för att minnas mig". Profeten ﷺ sa: "Att göra Tawaf kring runt huset, att gå mellan Safa och Marwah, och att kasta sten på al-Jimar har föreskrivits för att man ska minnas Allah" (berättat av Abu Dawud och Al-Tirmidhi).
 Imam 'Izz ibn 'Abd ul-Salam sa i sina principer: "Denna Hadith visar att belöningen inte alltid är proportionerlig med mängden ansträngning i alla former av dyrkan, utan Allah kan belöna mer för små handlingar än för stora, eftersom belöningen är baserad på hur ärofylld handlingen är".
 Imam Al-Munawi sa i Faydh al-Qadir: "Denna Hadith avser att minnas Allah var den bästa handlingen för de som tilltalades denna gång. Om han hade talat till en modig krigare, som gynnar islam i strid, skulle det ha sagts att Jihad är bäst. Eller talat till en rik man vars pengar gynnar de fattiga, skulle det ha sagts att välgörenhet är bäst. Eller till den som kan utföra Hajj, skulle det ha sagts att Hajj är bäst. Eller till någon med föräldrar, skulle det ha sagts att hedra dem är bäst. Detta är hur man förenar olika hadither.
 Den bästa åminnelsen är det som uttalas med tungan samtidigt som hjärtat reflekterar, och därefter där man endast reflekterar med hjärtat, och slutligen där man endast uttalar med tungan. Allt detta leder till belöning, med Allahs vilja.
 Att muslimen följer de specifika åkallelserna för olika situationer, som morgon- och kvällsåkallelser, när man går in i moskén, huset, toaletten och när man kommer ut från den och så vidare gör att han blir en av de som ständigt minns Allah.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
@@ -5002,50 +5377,93 @@
   <si>
     <t>Abu Qatadah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den goda drömmen är från Allah, medan den obehagliga drömmen är från Satan. Om någon av er drömmer något som skrämmer honom, då ska han spotta lätt åt vänster och söka skydd hos Allah från dess ondska – för den kommer inte att skada honom."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفْرِحةَ في المنام مِن الله، والحُلُم وهو رؤيا ما يَكرَه ويُحْزِن فمِن الشيطان. 
 فمَن رأى ما يَكره فَلْيَبْزُق جهة يساره، ولْيَسْتَعِذ بالله مِن شرها؛ فإنها لا تَضُرّه حيث جَعَلَ الله ما ذُكر سببًا للسلامة مِن المَكروه المُتَرَتِّب على الرؤيا.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att en god och glädjande dröm är från Allah. Men en obehaglig, skrämmande eller sorglig dröm kommer från Satan.
 Om man vaknar från en sådan dröm ska man spotta lätt tre gånger åt vänster utan saliv, och söka skydd hos Allah från det onda i denna dröm. Detta är ett skydd från drömmens skada, och genom dessa åtgärder skadas man inte.</t>
   </si>
   <si>
     <t>الرؤيا والحُلُم عبارة عمّا يراه النائم في نومِهِ مِن الأشياء، لكن غَلَبت الرؤيا على ما يراه من الخير والشيء الحسن، وغَلَب الحلم على ما يراه من الشر والقبيح ويُستعمل كلُّ واحد منهما موضع الآخر.
 أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو ترى له، 2- حديث النَّفْس، وهي ما يُحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
 حاصل ما ذُكر من أبواب الرؤيا الصالحة ثلاث أشياء: أنْ يَحمدَ اللهَ عليها، وأن يَستبشرَ بها، وأن يَتحدث بها لكن لِمَن يُحب دون مَن يكره.
 حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوذ بالله من شرها، ومن شر الشيطان، وأن يَتْفُل حين يَهُبُّ من نومه عن يساره ثلاثًا، ولا يَذكرها لأحد أصلًا، وإذا أراد أن يَرجع لنومه يَتَحَوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.</t>
   </si>
   <si>
     <t>Ordet "Ru'ya" syftar vanligtvis på det som är gott och glädjande i sömnen, medan ordet "Hulm" används för drömmar med obehagligt innehåll – men båda kan ibland användas omvänt.
 Drömmar är av tre slag: 1. God dröm (Ru'ya Salihah): en sann och glädjande dröm från Allah, antingen man ser den själv eller att någon annan ser den och den beträffande en själv. 2. Självbearbetning (Hadith al-Nafs): sådant man tänkt på i vaket tillstånd och sedan ser i sömnen. 3. Dröm från Satan: ett försök att skapa oro och sorg hos människan genom skrämmande syner och förvirring.
 Om man ser en god dröm bör man tacka Allah, glädjas över den, och bara nämna den för någon man litar på och som vill en väl.
 Om man ser en skrämmande eller obehaglig dröm bör man söka skydd hos Allah från Satan och från det onda i drömmen, spotta lätt tre gånger åt vänster när man vaknar och inte berätta drömmen för någon. Om man därefter vill fortsätta att sova bör man byta sidan man sover på. Då är man skyddad och drömmen kommer inte att skada en.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3586</t>
+  </si>
+  <si>
+    <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: السلام عليكم، فرد عليه ثم جلس، فقال النبي صلى الله عليه وسلم: عشر</t>
+  </si>
+  <si>
+    <t>En man kom till Allahs sändebud ﷺ och sa: 'Al-Salamu ‘alaykum.' Han ﷺ besvarade hälsningen och mannen satte sig. Då sa profeten ﷺ: 'Tio.'</t>
+  </si>
+  <si>
+    <t>عَنْ عِمْرَانَ بْنِ حُصَيْنٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: السَّلَامُ عَلَيْكُمْ، فَرَدَّ عَلَيْهِ ثُمَّ جَلَسَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَشْرٌ» ثُمَّ جَاءَ آخَرُ فَقَالَ: السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ، فَرَدَّ عَلَيْهِ فَجَلَسَ، فَقَالَ: «عِشْرُونَ» ثُمَّ جَاءَ آخَرُ فَقَالَ: السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، فَرَدَّ عَلَيْهِ فَجَلَسَ، فَقَالَ: «ثَلَاثُونَ».</t>
+  </si>
+  <si>
+    <t>'Imran ibn Husayn (må Allah vara nöjd med honom) berättade: "En man kom till Allahs sändebud ﷺ och sa: 'Al-Salamu ‘alaykum.' Han ﷺ besvarade hälsningen och mannen satte sig. Då sa profeten ﷺ: 'Tio.' Sedan kom en annan och sa: 'Al-Salamu ‘alaykum wa rahmatullah.' Han ﷺ besvarade hälsningen och mannen satte sig. Han ﷺ sa: 'Tjugo.' Sedan kom en tredje och sa: 'Al-Salamu ‘alaykum wa rahmatullahi wa barakatuh.' Han ﷺ besvarade hälsningen och mannen satte sig. Han ﷺ sa: 'Trettio.'"</t>
+  </si>
+  <si>
+    <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: (السلام عليكم) فرد عليه ثم جلس، فقال النبي صلى الله عليه وسلم: كتب له عشر حسنات، ثم جاء آخر فقال: (السلام عليكم ورحمة الله)، فرد عليه فجلس، فقال النبي صلى الله عليه وسلم: له عشرون حسنة، ثم جاء آخر فقال: (السلام عليكم ورحمة الله وبركاته)، فرد عليه فجلس، فقال النبي صلى الله عليه وسلم: له ثلاثون حسنة؛ أي بكل لفظ عشر حسنات.</t>
+  </si>
+  <si>
+    <t>En man kom till profeten ﷺ och sa: ”Al-Salamu ‘alaykum.” Han ﷺ besvarade hälsningen och mannen satte sig. Profeten ﷺ berättade att han fått tio goda handlingar skrivna för sig. Sedan kom en annan och sa: ”Al-Salamu ‘alaykum wa rahmatullah.” Han ﷺ besvarade hälsningen och mannen satte sig. Han ﷺ sa att denne fått tjugo goda handlingar skrivna. Sedan kom en tredje och sa: ”Al-Salamu ‘alaykum wa rahmatullahi wa barakatuh.” Han ﷺ besvarade hälsningen och mannen satte sig. Han ﷺ sa att denne fått trettio goda handlingar skrivna; tio för varje tillagd fras.</t>
+  </si>
+  <si>
+    <t>القادم يبدأ الجالسين بالسلام.
+زيادة الأجر بزيادة ألفاظ السلام
+الأكمل في إلقاء السلام: (السلام عليكم ورحمة الله وبركاته)، وأفضل صيغة في الرد :(وعليكم السلام ورحمة الله وبركاته).
+مراتب السلام والرد متفاوتة والأجر متفاوت.
+تعليم الناس الخير وتنبيههم على تحصيل الأفضل.
+قال ابن حجر: لو زاد المبتدئ (ورحمة الله) استحب أن يزاد (وبركاته)، فلو زاد (وبركاته) فهل تشرع الزيادة في الرد؟ وكذا لو زاد المبتدئ على (وبركاته) هل يشرع له ذلك، أخرج مالك في الموطأ عن ابن عباس رضي الله عنهما قال: انتهى السلام إلى البركة.</t>
+  </si>
+  <si>
+    <t>Den som kommer in ska inleda med att hälsa på de sittande.
+Belöningen ökar i takt med att man lägger till fler fraser i hälsningen.
+Den mest fullständiga hälsningen är: ”Al-Salamu ‘alaykum wa rahmatullahi wa barakatuh”, och det bästa svaret är: ”Wa ‘alaykum al-Salam wa rahmatullahi wa barakatuh.”
+Hälsningenskiljer sig i nivåer, och belöningen skiljer sig likaså.
+Man bör lära människor det som är gott och uppmärksamma dem på vad som är bättre.
+Ibn Hajar sa: "Om den som inleder hälsningen lägger till 'wa rahmatullah', är det rekommenderat att den som svarar lägger till 'wa barakatuh'. Om den som inleder lägger till 'wa barakatuh', är frågan om man bör lägga till något ytterligare i svaret. Och om den som hälsar lägger till något efter 'wa barakatuh', är frågan om detta är föreskrivet. Malik återger i al-Muwatta att Ibn 'Abbas (må Allah vara nöjd med honom) sa: 'Hälsningen stannar vid "wa barakatuh".'"</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وأحمد والدارمي</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وأحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/3587</t>
   </si>
   <si>
     <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Siwak renar munnen och behagar Herren</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättade att Allahs sändebud (sallallahu 'alayhi wa sallam) sade: "Siwak renar munnen och behagar Herren".</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Profeten (sallallahu 'alayhi wa sallam) berättar att rena tänderna med arakträdets kvist, eller liknande, renar munnen från orenheter och dålig lukt. Detta är en anledning till varför Allah blir nöjd med tjänaren då det är en form av lydnad till Honom och att besvara Hans påbud. Ännu en anledning till det är den hygien detta medför, vilket är något Allah älskar.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
@@ -5404,50 +5822,92 @@
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättar att Allahs sändebud (sallallahu 'alayhi wa sallam) sagt: "Elden är omringad av lustar, och paradiset är omringat av svårigheter".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Profeten (sallallahu 'alayhi wa sallam) tydliggör att helvetet är omringat av saker som själen längtar efter, som att utföra förbjudna handlingar eller att vara tillkortakommande gällande obligatoriska handlingar. Den som följer sina begär förtjänar följaktligen helvetet. Paradiset är däremot omringat av saker som själen ogillar, som att tålmodigt fullfölja påbuden och att lämna de förbjudna handlingarna. Om en person kämpar emot sina egna begär förtjänar han därför paradiset.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>En av anledningarna till att falla in i lustar är att Shaytan förskönar dåliga och äckliga handlingar. Människan ser således dessa handlingar som något bra och börjar intressera sig för dem.
 Detta är en beordring att hålla sig borta från förbjudna lustar eftersom de leder till elden, och att ha tålamod med svårigheter, eftersom de leder till paradiset.
 Detta visar vilken dygd det finns i att praktisera självkontroll och att kämpa med att utföra dyrkanshandlingar och ha tålamod med de svårigheter och ansträngningar som dessa handlingar medför.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3702</t>
   </si>
   <si>
+    <t>لقد قلت كلمة لو مزجت بماء البحر لمزجته</t>
+  </si>
+  <si>
+    <t>’Du har sagt ett ord som, om det blandades med havets vatten, skulle ha förorenat det.’”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها قَالَت: قُلْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: حَسْبُكَ مِنْ صَفِيَّةَ كَذَا وَكَذَا، -قَالَ أَحدُ الرُّوَاةِ: تَعْنِي قَصِيرَةً- فَقَالَ: «لَقَدْ قُلْتِ كَلِمَةً لَوْ مُزِجَتْ بِمَاءِ الْبَحْرِ لَمَزَجَتْهُ» قَالَتْ: وَحَكَيْتُ لَهُ إِنْسَانًا، فَقَالَ: «مَا أُحِبُّ أَنِّي حَكَيْتُ إِنْسَانًا وَأَنَّ لِي كَذَا وَكَذَا».</t>
+  </si>
+  <si>
+    <t>'A'ishah, de troendes moder (må Allah vara nöjd med henne), berättade: ”Jag sa till profeten ﷺ: 'När det gäller Safiyyah, så är hon ju si och så’. En av återberättarna sa: 'Hon menade att hon var kortväxt.' Då sa han ﷺ: ’Du har sagt ett ord som, om det blandades med havets vatten, skulle ha förorenat det.’” Hon sa: ”Och jag härmade en person för honom.” Då sa han: ”Jag skulle inte vilja härma någon, inte ens om jag fick si och så i utbyte.”</t>
+  </si>
+  <si>
+    <t>قالت أم المؤمنين عائشة رضي الله عنها للنبي صلى الله عليه وسلم: يكفيك من صفية -تعني أم المؤمنين رضي الله عنها- أن من عيوبها البدنية أنها قصيرة، فقال: لقد قلت كلمة لو خلطت بماء البحر لغلبته وغيرته وأفسدته، قالت: وفعلت مثل فعل إنسان تنقصًا له، فقال النبي صلى الله عليه وسلم: ما يسرني أن أتحدث بعيبه، أو أن أحاكيه وأفعل مثل فعله أو أقول مثل قوله على وجه التنقيص ولو أعطيت شيئًا كثيرًا من الدنيا على ذلك.</t>
+  </si>
+  <si>
+    <t>'A'ishah (må Allah vara nöjd med henne) sa till profeten ﷺ att det räckte som brist hos Safiyyah (må Allah vara nöjd med henne) var att hon var kortväxt. Han svarade att hon hade uttalat ett ord som, om det blandades med havets vatten, skulle förorena det, förändra det och förstört det, trots havets enorma mängd.
+Hon berättade vidare att hon någon gång hade härmat en person, som hade förminskat denna. Profeten ﷺ sa då att han inte skulle vilja nämna en persons brist, eller härma honom på ett sätt som förnedrar, även om han skulle erbjudas stora delar av denna värld som ersättning.</t>
+  </si>
+  <si>
+    <t>التحذير والترهيب من الغيبة.
+تقليد الهيئات ومحاكاة الناس على سبيل التحقير والتنقيص من الغيبة المحرمة.
+وصف العيوب البدنية جزء من الغيبة.
+قال القاضي: المزج الخلط والتغيير بضم غيره إليه، والمعنى أن هذه الغيبة لو كانت مما يمزج بالبحر لغيرته عن حاله، مع كثرته وغزارته، فكيف بأعمال نزرة خلطت بها.
+بيان شيء مما يحصل بين الزوجات من الغيرة.
+عدم إقراره صلى الله عليه وسلم للمنكر.
+تصغير شأن الدنيا وما فيها إذا قُورن برضا الله تعالى وعدم سخطه.
+الإسلام دين الأخلاق الحسنة، وقد أمر بحفظ الأعراض من أن تنتهك بالقول أو الفعل؛ لأنه مما يورث العداوة والبغضاء بين المسلمين.</t>
+  </si>
+  <si>
+    <t>Det finns en sträng varning för att tala illa om andra.
+Att härma någon eller imitera en persons rörelser eller sätt på ett förminskande eller hånfullt sätt är en form av förbjudet förtal och baktal.
+Att beskriva en persons fysiska brister är en form av förtal och baktal.
+Al-Qadi sa: "Att förorena något innebär att förändra och påverka det genom att blanda in ett främmande element i det. I det här sammanhanget betyder det att sådat baktal skulle ha förändrat havets vatten, om det blandades i det, trots havets enorma mängd. Hur blir det då när sådant blandas in i människans begränsade handlingar?"
+Hadithen visar något av den svartsjuka som kunde uppstå mellan hustrurna.
+Allahs sändebud ﷺ lät aldrig något förkastligt äga rum i hans närvaro.
+Hadithen visar på hur obetydlig denna värld och dess rikedomar är, jämfört med att vara fri från synd och att hålla sig borta från det som väcker Allahs missnöje.
+Islam är en religion som betonar goda karaktärsdrag och skydd av människors ära och anseende, eftersom att kränka andra leder till splittring, hat och fiendskap mellan muslimer.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/3705</t>
+  </si>
+  <si>
     <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>En muslim är skyldig en annan muslim fem rättigheter: att besvara fredshälsningen, besöka den sjuke, följa begravningståget, besvara inbjudan och be för den som nyser [genom att säga: må Allah visa dig nåd]</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) sa att han hört Allahs sändebud (sallallahu 'alayhi wa sallam) säga: "En muslim är skyldig en annan muslim fem rättigheter: att besvara fredshälsningen, besöka den sjuke, följa begravningståget, besvara inbjudan och be för den som nyser [genom att säga: må Allah visa dig nåd]".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Profeten (sallallahu 'alayhi wa sallam) tydliggör vissa rättigheter som en muslim har över sin muslimska broder; Den första rättigheten är att besvara fredshälsningen till den som hälsar på en.
 Den andra rättigheten är att besöka den sjuke.
 Den tredje rättigheten är att följa begravningståget från huset till böneplatsen till begravningsplatsen tills personen begravts.
 Den fjärde rättigheten är att besvara en inbjudan som är kopplad till bröllop och liknande.
 Den femte rättigheten är att be för den som nyser. Detta innebär att om den nysande prisar Allah så ska man säga "Må Allah visa dig nåd". Då ska den nysande svara: "Må Allah vägleda dig och korrigera dina angelägenheter".</t>
@@ -5633,51 +6093,51 @@
     <t>https://hadeethenc.com/sv/browse/hadith/3719</t>
   </si>
   <si>
     <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>När en person går till sängs, knyter Satan tre knutar vid bakhuvudet på honom och säger vid varje knut: 'Du har en lång natt framför dig, så sov!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "När en person går till sängs, knyter Satan tre knutar vid bakhuvudet på honom och säger vid varje knut: 'Du har en lång natt framför dig, så sov!' Om han vaknar och minns Allah, löses en knut upp. Om han tvagar sig, löses ytterligare en upp. Och om han ber, löses den sista knuten upp, och han vaknar pigg och med ett gott sinne. Annars vaknar han lat och med ett dåligt sinne."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>Profeten ﷺ beskriver här hur Satan försöker hindra människan från att vakna upp för bön under natten eller vid gryningen.
 När en troende lägger sig för att sova, knyter Satan tre knutar vid bakhuvudet.
 Om den troende vaknar och minns Allah utan att lyssna på Satans viskningar, löses en knut upp.
-Om han sedan tvagar sig, löses ytterligare en knut upp. .
+Om han sedan tvagar sig, löses ytterligare en knut upp.
 Om han därefter ber, löses den sista knuten upp, och han vaknar energisk och vid gott humör eftersom han är glad över att ha blivit vägledd till lydnad. Han blir förhoppningsfull av tanken på Allahs otroliga belöning för denna handling och förlåtelsen han kan skänkas, i samband med lättnad som upplevs i att Satans knutar lösts upp och dåliga inverkan motarbetats. Om han däremot inte gör något av detta, vaknar han upp tyngd, lat, nedstämd och fjättrad av Satans bojor och avlägsen från närheten till Nåderike.</t>
   </si>
   <si>
     <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>Satan försöker alltid hindra människan från att lyda Allah och utnyttjar varje tillfälle för att få henne att glömma sina plikter. Räddningen från Satans påverkan ligger i att söka hjälp hos Allah och använda de skyddsåtgärder som han har föreskrivit.
 Att minnas Allah, tvaga sig och be driver bort lathet och ångest och skänker själen energi och hjärtat ro, eftersom de avlägsnar Satans viskningar och påverkan.
 Den troende gläds över att ha fått vägledning till lydnad och sörjer när han försummar sin möjlighet att nå högre nivåer av dygd och perfektion.
 Att vara likgiltig inför goda handlingar och att avstå från dyrkan är en del av Satans försköning av det världsliga livet.
 De tre åtgärderna – att minnas Allah, tvaga sig och be – är effektiva sätt att skydda sig mot Satan.
 Satan knyter knutar just vid bakhuvudet, eftersom det är en central punkt för tankar och beslutsfattande. Genom att binda den får han större kontroll över personens kropp och sinne, vilket leder till att denne blir tung och dåsig.
 Ibn Hajar al-‘Asqalani noterade att Hadithen nämner natten specifikt, vilket antyder att detta främst sker vid nattens sömn.
 Ibn Hajar al-‘Asqalani förklarade också att det inte finns en specifik Dhikr som krävs vid uppvaknandet. Varje form av åminnelse av Allah är tillräcklig, inklusive att recitera Koranen, läsa Hadither eller syssla med islamisk kunskap. Det bästa är dock att recitera den Hadith som säger: "Den som vaknar på natten och säger: 'La ilaha illa Allah, wahdahu la sharika lah, lahu al-mulk wa lahu al-hamd, wa huwa ‘ala kulli shay’in Qadir. Alhamdulillah, subhanallah, wa la ilaha illa Allah, wa Allahu akbar, wa la hawla wa la quwwata illa billah' och sedan ber om förlåtelse eller gör Du'a, kommer att få den besvarad. Om han sedan gör wudu och ber, accepteras hans bön" (al-Bukhari).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/3731</t>
   </si>
@@ -6578,50 +7038,53 @@
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>'Ali bin Abi Talib (må Allah vara nöjd med honom) berättade: "Allahs sändebud ﷺ tog silke i sin vänstra hand och guld i sin högra, lyfte händerna och sa: 'Dessa två är förbjudna för männen i mitt samfund, men tillåtna för kvinnorna.'"</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>Profeten ﷺ tog silkestyg i sin vänstra hand, och guldsmycken eller liknande i sin högra, och berättade att de är förbjudna för muslimska män, men tillåtna för muslimska kvinnor.</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>Al-Sindi sa: "Det förbjudna är att de används som kläder; annars är användning i form av växling, utgifter och försäljning tillåtet för alla. Däremot är det förbjudet för alla att använda guld för att tillverka kärl och att bruka dem."
 Den islamiska lagstiftningen har gjort undantag för kvinnor på grund av deras behov av utsmyckning och liknande.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4292</t>
   </si>
   <si>
     <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Fråga mig inte om sådant som jag har lämnat outtalat. De som levde innan er gick under på grund av deras många frågor och deras meningsskiljaktigheter med sina profeter</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Fråga mig inte om sådant som jag har lämnat outtalat. De som levde innan er gick under på grund av deras många frågor och deras meningsskiljaktigheter med sina profeter. Så när jag förbjuder er något, undvik det, och när jag befaller er något, gör så mycket ni kan av det."</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>Profeten ﷺ nämnde att de islamiska bestämmelserna är indelade i tre kategorier: det som har lämnats outtalat, förbud och befallningar.
 Den första: det som har lämnats outtalat; det har ingen specifik bestämmelse, och grundprincipen är att saker inte är obligatoriska. Under profetens ﷺ tid skulle de undvika att fråga om saker som inte hade hänt, av rädsla för att det skulle kunna bli obligatoriskt eller förbjudet, eftersom Allah har lämnat dessa saker outtalade som en barmhärtighet mot tjänarna. Vad gäller efter profetens ﷺ död, så om frågan ställs för att få en fatwa eller lära sig om något som är nödvändigt i religionen, är det tillåtet och till och med beordrat. Men om frågan ställs på ett sätt som visar att personen är petig och överdrivet nyfiken, är det detta som avses med att undvika att fråga om i denna Hadith. Detta kan leda till liknande situationer som israeliterna upplevde, då de beordrades att slakta en ko, och om de hade slaktat vilken ko som helst hade de uppfyllt kravet. Men de krånglade till det så konsekvensen blev att det försvårades ytterligare för dem.
@@ -7873,50 +8336,53 @@
   <si>
     <t>Abu al-Hawra as-Sa‘di berättade att han frågade al-Hasan bin ‘Ali (må Allah vara nöjd med honom): "Vad har du memorerat från Allahs sändebud ﷺ?" Han svarade: "Något som jag memorerat från Allahs sändebud ﷺ är att han sa: 'Lämna det som väcker tvivel för det som inte väcker tvivel. Sanningen ger sinnesro, och lögnen orsakar osäkerhet.'"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>Profeten ﷺ befallde att man ska undvika det man är osäker på, vare sig det gäller ord eller handlingar, och ta reda på om det är förbjudet eller tillåtet. Man ska hålla sig till det man är säker på att det är bra och tillåtet. Hjärtat finner frid och trygghet i det, medan det som inger tvekan orsakar oro och osäkerhet.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>En muslim bör grunda sina handlingar på visshet och avstå från det som väcker tvivel, samt handla med insikt i sin tro.
 Det är förbjudet att ge sig in i tvivelaktiga och oklara frågor.
 För att uppnå inre frid och ro bör man undvika det som orsakar osäkerhet.
 Allahs barmhärtighet gentemot sina tjänare genom att vägleda dem till det som ger dem sinnesfrid och förbjuda det som orsakar oro och ångest.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4564</t>
   </si>
   <si>
     <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>En mans bön i samling är drygt tjugo gånger bättre än bönen i hans hem och bönen i hans affär</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "En mans bön i samling är drygt tjugo gånger bättre än bönen i hans hem och bönen i hans affär. När han tvagar sig, och gör det väl, och därefter går ut till moskén bara för att be, tar han inte ett steg utan att han på grund av det både höjs en grad och får en synd struken, tills han träder in i moskén. När han trätt in i moskén, beräknas han befinna sig i bön, så länge som han inväntar bönen. När han bett, slutar änglarna inte be för honom så länge han befinner sig på sin böneplats: 'Allah! Benåda honom. Allah! Förlåt honom. Allah! Acceptera hans ånger,' förutsatt att han inte skadar någon där eller bryter sin tvagning."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att om muslimer ber sin bön i samling är det drygt tjugo gånger bättre än hans bön i sitt hem eller i sin affär. Han berättade sedan om orsaken till detta, vilket är att om personen tvagar sig, och därtill tvagar sig väl och fullständigt, varefter han går ut till moskén enbart för att han vill be, höjs hans status och nivå och hans synder stryks bort genom varje steg han tar. När han träder in i moskén och inväntar bönen får han belöningen för att be så länge som han väntar. Änglarna ber därtill för honom så länge som han sitter kvar på den platsen han bad på. De säger: "Allah! Förlåt honom. Allah! Benåda honom. Allah! Acceptera hans ånger," så länge som han inte bryter sin tvagning, eller gör något som människor eller änglar tar skada av.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
@@ -8227,50 +8693,53 @@
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
   <si>
     <t>Ibn Abbas (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Om människor fick vad de hävdar sig ha rätt till, skulle vissa göra anspråk på andras tillgångar och liv. Men det är upp till den som gör anspråk att komma med bevis, medan den som förnekar att så är fallet ska avlägga en ed."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att om människor beviljades vad de hävdar sig ha rätt till, utan några bevis, skulle vissa personer göra anspråk på andras egendomar och liv. För att förhindra orättvisor kräver islam att den som kommer med ett krav måste lägga fram bevis för sin sak. Om inga bevis kan presenteras, riktas anspråket mot den anklagade. Om denne förnekar vad det görs anspråk på, måste han svära en ed för att frikännas.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>Ibn Daqiq al-'Id förklarade att denna Hadith är en av de grundläggande principerna inom domstolsväsendet och fungerar som en avgörande referens vid tvister och konflikter.
 Den islamiska lagen har kommit för att skydda människors tillgångar och liv från att utsättas för manipulation och orättvisa krav.
 En domare dömer inte utifrån sin egen kunskap, utan förlitar sig på bevis som presenteras.
 Alla påståenden som saknar bevis ogiltigförklaras, oavsett om de gäller juridiska rättigheter eller religiösa frågor.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4722</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>Den som innoverar något i vår angelägenhet (islam) som inte tillhör den ska få det avvisat</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>'A'ishah (må Allah vara nöjd med henne) berättade att Allahs sändebud ﷺ sa: "Den som innoverar något i vår angelägenhet (islam) som inte tillhör den ska få det avvisat." (Återberättad av al-Bukhari och Muslim). Muslims återberättelse: "Den som gör något som inte överensstämmer med vår sak (islam) ska få det avvisat."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att den som nyskapar något i religionen eller gör något som inte har någon grund i Koranen eller Sunnahn kommer att få det tillbakavisat, och Allah kommer inte att acceptera det.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
@@ -8870,50 +9339,88 @@
 توجيه الإمام لقائد الجيش في كيفية التصرّف في ساحة المعركة.
 التزام أصحاب الرسول صلى الله عليه وسلم لوصاياه والمبادرة إلى تنفيذها.
 مَن أَشْكَلَ عليه شيء فيما طُلب منه سأل عنه.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، حيث أخبر عن فتح خيبر فكان كما أخبر.
 الحث على الإقدام والمبادرة إلى ما أمر به رسول الله صلى الله عليه وسلم.
 لا يجوز قتل من نطق بالشهادتين إلا إذا ظهر منه ما يستوجب القتل.
 تجري أحكام الإسلام على ما يظهر من الناس والله يتولى سرائرهم.
  المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.</t>
   </si>
   <si>
     <t>Profetens ﷺ följeslagare brukade undvika ledarskap på grund av det stora ansvaret det medför.
 Det är tillåtet att önska och söka något som man är övertygad om är gott.
 En ledare bör vägleda sina underlydande befälhavare om hur de ska agera i strid.
 Profetens ﷺ följeslagare var snabba att lyda hans befallningar.
 Om någon är osäker på en order bör denne fråga för att få klarhet.
 En av profetens ﷺ mirakulösa förutsägelser var segern över judarna i Khaybar, vilket skedde exakt som han förutsade.
 Man bör skynda sig till att tillämpa profetens ﷺ befallningar.
 Det är förbjudet att döda någon som har uttalat trosbekännelsen, förutom om det finns en islamisk rättslig grund för det.
 Islamiska regler baseras på yttre handlingar, medan den inre avsikten lämnas till Allah.
 Det främsta syftet med Jihad är att vägleda människor till islam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/4958</t>
   </si>
   <si>
+    <t>إزرة المسلم إلى نصف الساق، ولا حرج أو لا جناح فيما بينه وبين الكعبين، وما كان أسفل من الكعبين فهو في النار، من جر إزاره بطرا لم ينظر الله إليه</t>
+  </si>
+  <si>
+    <t>”Den troendes Izar (klädnad som täcker den nedre delen av kroppen) bör sluta vid halva vaden. Det är inget fel om den når ner till fotknölarna, men det som är under fotknölarna kommer att vara i elden. Den som låter sin Izar släpa i marken av högmod, honom kommer Allah inte att titta på.”</t>
+  </si>
+  <si>
+    <t>عَنْ أبي سَعيدٍ الخُدريَّ رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم ِ: «إزْرَةُ المُسْلمِ إلى نصفِ السَّاق، وَلَا حَرَجَ -أو لا جُنَاحَ- فيما بينَهُ وبينَ الكعبينِ، وما كان أسفلَ منَ الكعبين فهو في النار، مَن جرَّ إزارَهُ بطرًا لم يَنْظُرِ اللهُ إليه».</t>
+  </si>
+  <si>
+    <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Den troendes Izar (klädnad som täcker den nedre delen av kroppen) bör sluta vid halva vaden. Det är inget fel om den når ner till fotknölarna, men det som är under fotknölarna kommer att vara i elden. Den som låter sin Izar släpa i marken av högmod, honom kommer Allah inte att titta på.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أن الرجل المسلم لإزاره، وهو كل ما يستر النصف الأسفل من الرجال، ثلاثة أحوال: 
+الأولى: المستحب بأن يكون إلى نصف الساق. 
+الثانية: الجائز بلا كراهة وهو ما تحته إلى الكعبين؛ وهما العظمان البارزان عند مفصل الساق والقدم. 
+الثالثة: المحرَّم بأن يكون أسفل من الكعبين، ويخشى عليه أن تصيبه النار، وإن كان تكبرًا وفرحًا وطغيانًا لم ينظر الله إليه.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ förklarade att mannens Izar kan bäras på tre sätt: 1. Det mest rekommenderade, att den slutar vid halva vaden. 2. Det tillåtna, att den sträcker sig ner till fotknölen, de två benknölarna där benet möter foten. 3. Det förbjudna, att den går längre ner än fotknölarna. En som bär den så riskerar att hamna i elden, och om det dessutom görs av stolthet och självhävdelse kommer Allah inte att titta på honom.</t>
+  </si>
+  <si>
+    <t>هذه الصفة والوعيد خاص بالرجال أما النساء فيستثنين من ذلك؛ لأنهن مأمورات بستر جميع جسدهن.
+كل ما يستر النصف الأسفل من الرجال يسمى إزارًا؛ كالسراويل، والثياب وغيرهما، وهو داخل في الأحكام الشرعية المذكورة في هذا الحديث.</t>
+  </si>
+  <si>
+    <t>Denna beskrivning och varning gäller män, medan kvinnor är undantagna eftersom de är beordrade att täcka hela sin kropp.
+Allt som täcker mannens nedre del, såsom byxor, dräkter och liknande räknas som Izar och omfattas av de bestämmelser som nämns i Hadithen.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[Återberättad av Abu Dawud, Ibn Majah och Ahmad]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/4964</t>
+  </si>
+  <si>
     <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Gabriel beordrade mig att ta hand om grannen till den grad att jag trodde att han skulle låta honom bli en arvtagare</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med dem) berättade att Allahs sändebud ﷺ sa: "Gabriel beordrade mig att ta hand om grannen till den grad att jag trodde att han skulle låta honom bli en arvtagare."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Gabriel upprepande gånger beordrade honom att se efter grannen som bor intill, oavsett om han är muslim eller ej, och oavsett om han är en släkting eller ej. Grannens rättigheter ska bevaras och han ska inte skadas. Han ska visas godhet och ha tålamod med hans dåliga beteende. Efter att Gabriel upprepande gånger betonat grannens höga status och rättighet trodde profeten ﷺ tillslut att uppenbarelsen skulle komma och informera om att grannen ska få en del av arvet efter hans död.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Detta visar grannens stora rättighet och att det är obligatoriskt att respektera den.
@@ -9212,56 +9719,50 @@
   <si>
     <t>Profeten ﷺ förklarade att vissa handlingar är avguderi, bland annat:
 1. Exorcism (Ruqyah): Att läsa formler för bot som innehåller avguderi och går emot islams lära.
 2. Amuletter: som kan bestå av pärlor och liknande och hängs på barn, djur eller annat för att skyddas från det onda ögat.
 3. Kärleksmagi: som används för att göra en av partnerna kära i den andra.
 Dessa handlingar är avguderi då de är metoder som inte stöds av något bevis i islam och det har inte heller något empiriskt stöd. Vad gäller islamiska metoder som Koranläsning, eller medicin som har empiriskt stöd så är de tillåtna att använda förutsatt att personen vet att de endast är medel och att nytta och skada vilar i Allahs händer.</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Detta är ett sätt att skydda monoteism och troslära från det som kan påverka det negativt.
 Förbudet att använda exorcism som innehåller avguderi och även amuletter och kärleksmagi.
 Om en person tror att dessa tre handlingar är korrekta medel så har hon begått mindre avguderi då hon anser att felaktiga medel är korrekta. Om hon däremot tror att dessa medel gynnar och skadar på egen hand så är det istället större avguderi.
 Detta är en varning mot användandet av medel som har ursprung i avguderi eller förbjudna handlingar.
 Exorcism är förbjudet och är en form av avguderi, förutom den exorcism som religionen tillåtit.
 Hjärtat ska enbart vara fäst vid Allah då skada eller nytta enbart kan komma från honom och ingen annan. Det är endast Allah som kan orsaka godhet, och det är endast Allah som kan skydda från ondska.
 Den tillåtna formen av exorcism inkluderar tre villkor:
 1. Den görs med tron att den enbart är ett medel och den kan inte gynna förutom med Allahs tillåtelse. 2. Den görs genom att läsa Koran, Allahs namn och egenskaper, samt profetiska åkallelser som är bekräftade. 3. Den sägs på ett tydligt sätt utan att mumla oförståeliga ord, och utan att skriva oläsliga skrifter eller använda amuletter</t>
-  </si>
-[...4 lines deleted...]
-    <t>[Återberättad av Abu Dawud, Ibn Majah och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5273</t>
   </si>
   <si>
     <t>إذا تثاءب أحدكم فليمسك بيده على فيه، فإن الشيطان يدخل</t>
   </si>
   <si>
     <t>”När någon av er gäspar ska han lägga handen över munnen, för annars kan djävulen ta sig in där.”</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا تَثَاءَبَ أَحَدُكُمْ فَلْيُمْسِكْ بِيَدِهِ عَلَى فِيهِ، فَإِنَّ الشَّيْطَانَ يَدْخُلُ».</t>
   </si>
   <si>
     <t>Abu Sa'id al-Khudri (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”När någon av er gäspar ska han lägga handen över munnen, för annars kan djävulen ta sig in där.”</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن تَثاءبَ بأن فتح فمه بسبب الكسل أو الامتلاء ونحو ذلك؛ بأنْ يضع يدَه على فَمِه فيُغْلِقه بها؛ وذلك لأن الشيطان يدخل فيه إذا تركه مفتوحًا، فوَضْعُ اليد يكون مانعًا من دخوله.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmanade till att när en person gäspar och öppnar munnen, vare sig på grund av trötthet, mättnad eller liknande, så bör han hålla handen över munnen för att stänga den. Det är för att djävulen kan ta sig in, om munnen lämnas öppen. Att hålla handen för munnen fungerar alltså som en barriär mot honom.</t>
   </si>
   <si>
     <t>إذا أراد الإنسان أن يتثاءب فعليه أنْ يَكْظِمَ ما استطاع، بأنْ يُمْسِكَ على فِيه، فيُبقيه مُغلقًا بحيث لا ينفتح، فإن لم يستطع إبقاء فمِهِ مغلقًا فليضع يدَه على فيه، فيُغَطِّي فاه بيده.
 التزام آداب الإسلام في جميع الحالات؛ لأنها عنوان الكمال والأخلاق.
@@ -10296,50 +10797,53 @@
 الثاني: أنه بَخِلَ على نفسه وحَرَمَها أجرَ الصلاة على رسوله صلى الله عليه وسلم؛ لأنه بامتناعه من الصلاة عليه قد شَحَّ وامتنع من أداء حقٍّ يَتَعَيَّنُ عليه أداؤه امتثالًا للأمر وينال به الأجر. 
 الثالث: أنَّ الصلاة عليه فيها أداء بعض حقِّ النبي صلى الله عليه وسلم، فهو الذي عَلَّمنا، وهو الذي أرشدَنا، وهو الذي دعانا إلى الله تبارك وتعالى، وجاءنا بهذا الوحي، وهذه الشَّريعة، فهو سبب هدايتنا -بعد الله تبارك وتعالى- ومَن لم يُصلِّ عليه يكون قد بَخِل على نفسه، وبَخِل على نبيِّه صلى الله عليه وسلم بحقٍّ هو من أدنى حقوقه.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade för att avstå från att be för honom när hans namn, Kunya (Abu al-Qasim) eller beskrivning nämns. Han beskrev den som inte gör det som en person med extrem snålhet, av flera skäl:
 1. Det är en form av snålhet eftersom personen egentligen inte behöver lägga ut något eller anstränga sig för att göra det.
 2. Personen berövar sig själv den stora belöningen av att be för profeten ﷺ, vilket är en skyldighet och en källa till belöning.
 3. Att be för profeten ﷺ innebär att man uppfyller en del av hans rättigheter. Det är han som har lärt oss, väglett oss och kallat oss till Allah. Han kom till oss med denna uppenbarelse och denna religion. Han är orsaken till vår vägledning – efter Allahs vilja. Den som avstår från att be över honom har inte bara varit snål mot sig själv utan även mot profeten ﷺ genom att inte ge honom en rättighet som tillhör honom, en av de mest grundläggande rättigheterna han har över oss.</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
     <t>Att avstå från att be för profeten ﷺ är ett tecken på snålhet.
 Att be över profeten ﷺ är en av de bästa formerna av dyrkan under alla tider och situationer, men bör särskilt uttalas när hans namn nämns.
 Imam al-Nawawi nämner att det är bäst att kombinera Salah och Salam genom frasen "Sallallahu 'alayhi wa sallam"  eller liknande, och inte bara säga en av dem (Sallallahu 'alayh, eller 'Alayhi al-Salam).
 Abu al-Aliyah förklarade att Allahs Salah för profeten ﷺ innebär att han prisar av honom, medan änglars och människors Salah för honom innebär att de för över honom.
 Al-Halimi sa: Betydelsen av "Allahumma salli ‘ala Muhammad" är: Allah, upphöj hans rang i denna värld genom att höja hans saliga åminnelse, stärka hans religion och bevara hans lagstiftning. Och i nästa liv genom att ge honom rätten att medla för sitt samfund, öka hans belöning, och visa hans överlägsenhet för både de första och de sista generationerna genom den lovprisade positionen (al-Maqam al-Mahmud), samt att ge honom företräde framför alla närstående vittnen.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5403</t>
   </si>
   <si>
     <t>من اقتطع حق امرئ مسلم بيمينه، فقد أوجب الله له النار، وحرم عليه الجنة فقال له رجل: وإن كان شيئا يسيرا يا رسول الله؟ قال: وإن قضيبا من أراك</t>
   </si>
   <si>
     <t>Den som medvetet tar en annan muslims rätt genom en falsk ed ska Allah låta träda in i elden och han ska förbjuda paradiset för honom." En man frågade: "Allahs sändebud, även om det är något obetydligt?" Han ﷺ svarade: ”Även om det bara är en liten pinne från en Arak-trädet.”</t>
   </si>
   <si>
     <t>عن أَبِي أُمَامَةَ إِياسِ بنِ ثَعْلَبَةَ الحَارِثِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اقْتَطَعَ حَقَّ امْرِئٍ مُسْلِمٍ بِيَمِينِهِ، فَقَدْ أَوْجَبَ اللهُ لَهُ النَّارَ، وَحَرَّمَ عَلَيْهِ الْجَنَّةَ» فَقَالَ لَهُ رَجُلٌ: وَإِنْ كَانَ شَيْئًا يَسِيرًا يَا رَسُولَ اللهِ؟ قَالَ: «وَإِنْ قَضِيبًا مِنْ أَرَاكٍ».</t>
   </si>
   <si>
     <t>Abu Umamah Iyas ibn Tha'labah al-Harithi (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som medvetet tar en annan muslims rätt genom en falsk ed ska Allah låta träda in i elden och han ska förbjuda paradiset för honom." En man frågade: "Allahs sändebud, även om det är något obetydligt?" Han ﷺ svarade: ”Även om det bara är en liten pinne från en Arak-trädet.”</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الحَلِف بالله كاذبًا عالمًا وذلك لاقتطاع حقِّ امرئ مسلم، فإنّ جزاء ذلك استحقاق النار، والحِرْمان من الجنة، وهو من كبائر الذنوب.
 فقال رجل يا رسول الله: وإن كان المَحْلُوف عليه شيئًا قليلًا؟ 
 فقال صلى الله عليه وسلم: حتى لو كان ذلك في عُوْد السِّوَاك الذي يُؤخذ من شجرة الأراك.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade strängt för att  medvetet svära falskt för att ta en muslims rätt, även om det som tas är något litet. Straffet är att personen förtjänar helvetet och förvägras tillträde till paradiset, vilket visar att denna synd räknas som en större synd. En man frågade om straffet även gäller när det handlar om något litet. Profeten ﷺ svarade att straffet gäller även för mindre saker, såsom en pinne från ett Arak-träd som används som Siwak.</t>
   </si>
   <si>
@@ -11043,50 +11547,53 @@
   </si>
   <si>
     <t>Profeten ﷺ lärde 'A'ishah (må Allah vara nöjd med henne) denna omfattande åkallan, som innehåller fyra böner:
 1. Första delen av denna åkallan är en allmän bön om allt gott: "Allah! Jag ber dig om allt gott, både det som är nära och det som kommer senare, det jag känner till och det jag inte känner till." Här ber den bedjande om allt gott utan begränsningar, både det omedelbara och det framtida, både det han har kunskap om som Allah lärt honom, och det som endast Allah vet om. "Jag söker skydd hos dig från allt ont, både det som är nära och det som kommer senare, det jag känner till och det jag inte känner till."
 Den bedjande överlämnar sig helt till Allahs skydd, han som vet allt in i minsta detalj, och ber att hållas borta från allt skadligt, oavsett när det inträffar eller om han själv är medveten om det eller inte.
 2. Den andra delen av denna bön handlar om att inte överträda i åkallan: "Allah! Jag ber dig om det bästa som din tjänare och profet bad dig om, och jag söker skydd hos dig från det värsta som din tjänare och profet sökte skydd från." Här följer den bedjande profetens vägledning genom att be om samma goda saker som han bad om och söka skydd från det han själv fruktade, utan att gå in på detaljer.
 3.  Den tredje delen av denna åkallan är en bön om paradiset och att hålla sig borta från elden: "Allah! Jag ber dig om paradiset och allt som för mig närmare det, vare sig det är i ord eller handling. Jag söker skydd hos dig från helvetet och allt som för mig närmare det, vare sig det är i ord eller handling." Detta är en av de mest omfattande bönerna en muslim kan göra, eftersom den inkluderar både målet – paradiset – och medlen för att nå det vilket är rättfärdiga handlingar som behagar Allah. Samtidigt innefattar den en bön om skydd från helvetet och allt som kan leda dit som synder som förargar Allah, då han är den ende som kan skydda tjänaren från det.
 4. Den fjärde delen av denna åkallan handlar om att vara belåten med det Allah beslutar för en: "Och jag ber dig att låta allt du bestämmer för mig bli till det bästa." Detta är en bön om att allt som Allah bestämt för en, ska leda till något gott, vilket även inkluderar en bön om att vara nöjd med hans beslut.</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>En man ska lära sin familj det som gynnar dem i deras tro och i deras världsliga liv, likt profeten ﷺ gjorde med 'A'ishah.
 En muslim bör memorera de åkallan som profeten ﷺ sa, eftersom han hade förmågan att uttrycka omfattande böner i få ord.
 De lärda nämner att denna Hadith är den mest omfattande Hadithen när det kommer till att be om allt gott och att söka skydd från allt ont, och den är en av de kortfattade men innehållsrika uttalanden som profeten ﷺ givits.
 En av orsakerna till att en person får träda in i paradiset, efter Allahs nåd, är goda ord och handlingar.</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه ابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5487</t>
   </si>
   <si>
     <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
     <t>Allah! Jag söker skydd hos dig från att de välsignelser du skänkt försvinner, att den goda välmåga du gett förändras, att ditt straff drabbar plötsligt, och från allt som väcker din vrede</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
     <t>'Abdullah ibn 'Umar (må Allah vara nöjd med honom) berättade att en av de åkallan som Allahs sändebud ﷺ brukade säga var: "Allah! Jag söker skydd hos dig från att de välsignelser du skänkt försvinner, att den goda välmåga du gett förändras, att ditt straff drabbar plötsligt, och från allt som väcker din vrede."</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
     <t>Profeten ﷺ sökte skydd hos Allah från fyra saker:
 1. "Allah! Jag söker skydd hos dig från att de välsignelser du skänkt försvinner" – både i det religiösa och det världsliga livet. Det innefattar att förbli stadfäst i islam och undvika synder som leder till att välsignelser tas bort.
@@ -11169,50 +11676,53 @@
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>Profeten ﷺ brukade yttra denna bön vid dagens början i samband med soluppgången, sägande:
 "Allah! Med din välsignelse träder vi in i dagen, och med din välsignelse träder vi in i kvällen" – vi upplever endast dagen och kvällen genom Allahs välsignelse, beskydd och givmildhet. Hans nåd omfattar oss i alla tillstånd, och vi är ständigt beroende av honom. "Med din välsignelse lever vi och dör vi" – det är genom Allahs vilja och försyn som vi får liv och det är genom hans beslut som vi en dag kommer att lämna denna värld. "Och till dig återuppstår vi" – vi kommer att återuppväckas inför Allah på domedagen.
 På eftermiddagen efter att 'Asr-bönen trätt in sa han ﷺ: "Allah! Med din välsignelse träder vi in i kvällen, och med din välsignelse träder vi in i dagen, och till dig återvänder vi" – detta betonar den slutliga återkomsten till Allah efter livets slut, då han är den som ger liv och tar det.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>Det är rekommenderat att ta efter profeten ﷺ och recitera denna bön på morgonen och kvällen.
 Människan är ständigt i behov av Allahs vägledning och beskydd under alla situationer och tider.
 Det bästa tillfället att recitera dessa åkallelser på morgonen är från gryningens inträde till soluppgången, och på kvällen från tiden efter 'Asr till precis innan solnedgången. Om man säger dem efter denna tid – det vill säga om man säger dem på morgonen efter att solen har stigit högre – så är det ändå giltigt. Samma gäller om man säger dem efter Dhuhr eller efter Maghrib, eftersom det fortfarande räknas som en tid för Dhikr.
 Meningen "Och till dig återuppstår vi" i morgonbönen är passande eftersom den påminner om uppståndelsen och den stora samlingen på domedagen, då människorna ska väckas till liv. På samma sätt som själen återvänder till kroppen på morgonen och dagen gryr med nytt liv, påminner det om den yttersta uppståndelsen. Den nya dagen blir vittne över människans handlingar, och dess timmar blir ett förvar för hennes gärningar.
 Meningen "Och till dig är återkomsten" i kvällsbönen är passande eftersom den påminner om hur människor efter dagens arbete och de utfört sina sysslor återvänder hem för att vila. Detta återspeglar den slutliga återkomsten till Allah, där varje människa ska återvända till sin Herre, sitt slutmål och sitt eviga öde.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5490</t>
   </si>
   <si>
     <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>”Den starke troende är bättre och mer älskad av Allah än den svage troende – och i båda finns det gott</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Den starke troende är bättre och mer älskad av Allah än den svage troende – och i båda finns det gott. Var ivrig om det som gynnar dig, och sök hjälp av Allah och var inte lat. Om du drabbas av något ska du inte säga 'Om jag hade gjort det ena och det andra, skulle det blivit så och så'. Säg istället: 'Det var Allahs öde och det han vill sker', eftersom 'om' banar vägen för Satans handling."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
@@ -11313,51 +11823,51 @@
     <t>”Er Herre är blygsam i sitt ädelmod och generös. Han blygs, när hans tjänare lyfter sina händer till honom, att låta dem återvända tomhänta.”</t>
   </si>
   <si>
     <t>عَنْ سَلْمَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ رَبَّكُمْ حَيِيٌّ كَرِيمٌ، يَسْتَحْيِي مِنْ عَبْدِهِ إِذَا رَفَعَ يَدَيْهِ إِلَيْهِ أَنْ يَرُدَّهُمَا صِفْرًا».</t>
   </si>
   <si>
     <t>Salman (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Er Herre är blygsam i sitt ädelmod och generös. Han blygs, när hans tjänare lyfter sina händer till honom, att låta dem återvända tomhänta.”</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على رفع اليدين أثناء الدعاء، وأخبر أنَّ الله سبحانه (حَيي) كثير الحياء، ولا يترك العطاء، يفعل بالعبد ما يَسُرُّه، ويترك ما يَضرُّه، (كريم) يعطي من غير سؤال فكيف بعد السؤال! يَستحيي مِن عبده المؤمن أنْ يَرُدَّ يديه بعد رفعِها للدعاء فارغتين خاليتين خائبتين من إجابته.</t>
   </si>
   <si>
     <t>Profeten ﷺ uppmuntrar här till att höja händerna i bön. Han förklarar att Allah, som är blygsam i sitt ädelmod, aldrig lämnar tjänaren utan att ge. Han gör gott för sin tjänare, ger det som gläder honom och avvärjer det som skadar honom. Han är generös och skänker även utan att bli tillfrågad, hur mycket mer då när hans tjänare ber honom! Allah, i sitt ädelmod, blygs att låta den troendes uppsträckta händer återvända tomhänta och utan svar.</t>
   </si>
   <si>
     <t>كلما أظهر الإنسان الافتقار إلى الله تعالى والتعبد، كان أرجى له وأقرب للإجابة.
 الترغيب في الدعاء، واستحباب رفع اليدين فيه، وأنه من أسباب الاستجابة.
 بيان سعة كرم الله ورحمته بعباده.</t>
   </si>
   <si>
     <t>Ju mer en människa visar sitt behov inför Allah och tillber honom, desto troligare är det att hon besvaras.
 Det är starkt uppmanat att be och fråga Allah, och det är rekommenderat att höja händerna när man gör det. Detta är en av anledningarna till att bönen besvaras.
 Hadithen visar på Allahs väldiga generositet och hans stora barmhärtighet mot sina tjänare.</t>
   </si>
   <si>
-    <t>رواه أبو داود  والترمذي وابن ماجه</t>
+    <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Återberättad av Abu Dawud, at-Tirmidhi och Ibn Majah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5499</t>
   </si>
   <si>
     <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>Den åkallan som profeten ﷺ brukade säga oftast var: 'Allah, vår Herre! Ge oss det goda i detta liv, och det goda i det kommande livet, och skona oss från straffet i elden.'</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) sa: "Den åkallan som profeten ﷺ brukade säga oftast var: 'Allah, vår Herre! Ge oss det goda i detta liv, och det goda i det kommande livet, och skona oss från straffet i elden.'"</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
@@ -11513,50 +12023,53 @@
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الغفلة عن ذِكْر الله، وأنه ما قَعَدَ قوم في مجلسٍ ولم يذكروا الله تعالى فيه، ولم يصلوا على رسوله صلى الله عليه وسلم إلا كان ذاك المجلس حَسْرة عليهم ونَدَامة وخسارة ونقصانًا يوم القيامة، فإن شاء عذّبهم بذنوبهم السابقة وتقصيراتهم اللاحقة، وإن شاء غفر لهم فضلًا منه ورحمة.</t>
   </si>
   <si>
     <t>Profeten ﷺ varnade för att glömma att åminnas Allah. Om människor sitter i en sammankomst och inte nämner Allah eller sänder hyllning över hans sändebud ﷺ, blir den sammankomsten en anledning till ånger, förlust och brist på domedagen. Allah kan, om han vill, straffa dem för deras tidigare synder och försummelser, eller förlåta dem av sin nåd och barmhärtighet.</t>
   </si>
   <si>
     <t>الحث على الذكر وفضله.
 فضل المجالس التي فيها ذكر الله تعالى، وذكر رسوله صلى الله عليه وسلم، وأن المجالس التي ليس فيها ذلك هي مجالس شُؤْمٍ على أهلها يوم القيامة.
 ما ذُكر من التحذير عن الغفلة عن ذكر الله ليس مُقتصرًا على المجالس فقط، بل يَعُمُّ غيرها، قال النووي: يكره لمن قعد في مكان أن يفارقه قبل أن يذكر الله تعالى فيه.
 الحسرة الحاصلة لهم يوم القيامة: إما بفوات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
 هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرمة التي فيها الغيبة والنميمة وغيرها؟!</t>
   </si>
   <si>
     <t>Uppmaningen och förträffligheten i att minnas Allah.
 Förträffligheten i sammankomster där Allah nämns och hyllning sänds över profeten ﷺ. Sammankomster där detta saknas kommer att vara en källa för olycka på domedagen, för personerna som deltog i dem.
 Varningen gäller inte bara sammankomster utan även andra situationer, som Imam al-Nawawi nämner: "Det ogillas att lämna en plats utan att ha nämnt Allah där."
 Den ånger man kommer att känna på domedagen kan antingen handla om att ha förlorat belöning och tillfälle till goda gärningar, eller om straff för att tiden fyllts med synd.
 Om detta gäller sammankomster där man varit upptagen med tillåtna ting, men glömt att minnas Allah, hur mycket allvarligare är det då inte med sammankomster fyllda med förbjudna handlingar som förtal, baktal och liknande?</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5511</t>
   </si>
   <si>
     <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Välgörenhet får inte egendomen att minska. Varje gång en tjänare är förlåtande kommer Allah att ära honom, och varje gång en tjänare ödmjukar sig inför Allah kommer Allah att upphöja honom</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Välgörenhet får inte egendomen att minska. Varje gång en tjänare är förlåtande kommer Allah att ära honom, och varje gång en tjänare ödmjukar sig inför Allah kommer Allah att upphöja honom."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att välgörenhet inte minskar någons egendom, snarare skyddar den egendomen från förstörelse. Allah ersätter även med något ofantligt gott varpå spenderandet leder till en ökning.
 Förlåtelse, när det är möjligt att hämnas eller ställa andra till svars, leder till att personen ökar i styrka och ära.
 Ingen ödmjukar sig för Allahs skull, och inte av fruktan, smicker eller att någon nytta, förutom att Allah belönar honom med ökad status och ära.</t>
   </si>
   <si>
@@ -11925,51 +12438,51 @@
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5794</t>
   </si>
   <si>
     <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>Religionen är enkel, och ingen anstränger sig överdrivet i att praktisera den förutom att han blir överväldigad. Följ därför en medelväg (i praktiserandet), gör erat yttersta för att uppnå (denna medelväg)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Religionen är enkel, och ingen anstränger sig överdrivet i att praktisera den förutom att han blir överväldigad. Följ därför en medelväg (i praktiserandet), gör erat yttersta för att uppnå (denna medelväg) och var hoppfulla. Ta hjälp av (att utföra dyrkan under) morgonens, kvällens och lite av nattens timmar."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
-    <t>Profeten ﷺ förklarade att islam är baserad på att vara enkel och lätt att praktisera i alla dess aspekter, och denna enkelhet blir än mer framträdande vid svåra situationer och då det finns behov. Att gå till överdrift i religiösa handlingar och att inte göra dem stegvist leder till att man blir utmattad och avbryter sitt arbete helt eller delvis. . Därför betonade profeten ﷺ vikten av att hålla sig till medelvägen utan att överdriva; att varken försumma det man ålagts eller göra mer än man klarar av. Om man inte förmår att utföra en handling till dess fulla grad, så kan man göra så gott man kan.
+    <t>Profeten ﷺ förklarade att islam är baserad på att vara enkel och lätt att praktisera i alla dess aspekter, och denna enkelhet blir än mer framträdande vid svåra situationer och då det finns behov. Att gå till överdrift i religiösa handlingar och att inte göra dem stegvist leder till att man blir utmattad och avbryter sitt arbete helt eller delvis. Därför betonade profeten ﷺ vikten av att hålla sig till medelvägen utan att överdriva; att varken försumma det man ålagts eller göra mer än man klarar av. Om man inte förmår att utföra en handling till dess fulla grad, så kan man göra så gott man kan.
 Profeten ﷺ gav glädjande besked om riklig belöning för den som utför kontinuerliga handlingar, även om de är små, för den som inte kan utföra dem fullt ut. Om en person inte kan utföra handlingen helt och hållet på grund av ofrivillig oförmåga, så minskar inte det dennes belöning.
 Och eftersom livet egentligen är en resa och en övergång till det kommande livet, uppmanade profeten ﷺ att söka hjälp genom att utföra dyrkan under de stunder som leder till ökad energi:
 1. Morgonen: dagens första del, mellan gryningen och soluppgången.
 2. Eftermiddag: tiden efter solen har passerat zenit.
 3. Natten: En del av natten, eftersom dyrkan under natten är mer krävande än under dagen, varför det nämndes "en del av natten".</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>Hadithen betonar den enkelhet som finns i islam och att den manar till balans; varken överdrift och försummelse.
 Man ska utföra sina plikter så gott man kan, utan att slarva eller vara för sträng.
 Man bör även välja tider för dyrkan när kroppen är mest utvilad och kapabel att utföra den, och dessa tre specifika tider är då kroppen vanligtvis är mest energifylld och mottaglig för att göra det.
 Ibn Hajar förklarade detta med att säga: "Det är som om profeten ﷺ talade till en resenär på väg mot sitt mål, och dessa tre tider är de tider som är bäst för resans gång. Om någon reser både dag och natt utan uppehåll, kommer han att bli utmattad och ge upp. Om han däremot fokuserar på dessa tider då han har mer ork och energi, kan han fortsätta med sin resa utan svårigheter."
 Ibn Hajar förklarade att denna Hadith visar på vikten av att ta till sig de lättnader som finns i islam. Att insistera på att följa den strängare vägen när en lättnad är tillåten är en form av överdrift och extremism. Ett exempel på detta är den som inte använder sig av Tayammum (den torra tvagningen) när han inte kan använda vatten, vilket skulle leda till skada om han ändå använde det.
 Ibn al-Munir sa: "Denna Hadith är ett tecken på profeten Muhammeds ﷺ profetskap. Vi har sett, och även tidigare generationer har sett, att alla som överdriver i religionen till slut kommer att ge upp. Det handlar inte om att hindra någon från att sträva efter att göra sitt bästa i dyrkan, vilket är något uppmanat, utan om att avstå från att gå till överdrift som leder till utmattning eller aversion, eller att överdriva i att utföra frivilliga handlingar som kan leda till att man går miste om det som är viktigare. Ett exempel på detta är den som ber hela natten och sedan sover förbi Fajr-bönen i församling, eller att han sover tills solen har gått upp och därmed missar bönen vid dess föreskrivna tid."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/5795</t>
   </si>
@@ -13274,67 +13787,64 @@
     <t>Det är rekommenderat att läsa al-Ikhlas och al-Mu'awwidhatayn under morgon och kväll eftersom detta är ett skydd mot allt ont.
 Förträffligheten i att läsa suratul-Ikhlas och al-Mu'awwidhatayn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6082</t>
   </si>
   <si>
     <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>'Den som säger: "I Allahs namn, genom vars namn ingenting skadar, vare sig på jorden eller i himlen, och han är den Allhörande, den Allvetande" – tre gånger på morgonen</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
     <t>Aban bin 'Uthman berättade att han hörde 'Uthman bin 'Affan (må Allah vara nöjd med honom) säga: "Jag hörde Allahs sändebud ﷺ säga: 'Den som säger: "I Allahs namn, genom vars namn ingenting skadar, vare sig på jorden eller i himlen, och han är den Allhörande, den Allvetande" – tre gånger på morgonen, kommer inte att drabbas av en plötslig prövning ända fram till kvällen. Och den som säger det på kvällen, kommer inte att drabbas av en plötslig prövning ända fram morgonen.' Aban bin 'Uthman drabbades senare av en förlamning, och en man som hört Hadithen från honom tittade förvånat på honom. Då sa Aban till honom: "Varför tittar du på mig? Vid Allah! Jag har inte ljugit om 'Uthman, och 'Uthman ljög inte om profeten ﷺ. Men den dag jag drabbades av detta hade jag blivit arg och glömde att säga den."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarade att den som på morgonen, efter gryningen, och på kvällen, innan solnedgången, upprepar denna åminnelse tre gånger kommer att vara skyddad från plötsliga prövningar och olyckor under den perioden. "I Allahs namn" betyder att man söker hjälp och skydd från Allah. "Genom vars namn ingenting skadar" innebär att inget ont kan drabba en utan hans tillåtelse, vare sig det kommer från jorden eller himlen. "Han är den Allhörande, den Allvetande" påminner oss om att Allah hör alla åkallelser och vet allt om våra tillstånd.
-. Den som säger detta under eftermiddagen kommer att vara skyddad från plötsliga prövningar hela vägen till morgonen, och den som säger detta under morgonen kommer att vara skyddad hela vägen till eftermiddagen.
+Den som säger detta under eftermiddagen kommer att vara skyddad från plötsliga prövningar hela vägen till morgonen, och den som säger detta under morgonen kommer att vara skyddad hela vägen till eftermiddagen.
 Aban bin 'Uthman, som återberättade denna Hadith, drabbades av förlamning i ena sidan av kroppen. När en person som hört honom nämna Hadithen såg Aban att mannen hade blivit förvånad. Då sa Aban till honom: "Varför tittar du på mig? Vid Allah! Jag har inte ljugit om 'Uthman, och 'Uthman ljög inte om profeten ﷺ. Men den dag jag drabbades av detta hade inte Allah skrivit för mig att säga denna åminnelse. Jag hade blivit arg och glömde att säga den."</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>Det är rekommenderat att recitera denna åminnelse morgon och kväll för att bli skyddad från plötsliga prövningar.
 De första generationerna av muslimer hade en stark tro på Allah och tvekade aldrig på profetens ﷺ ord.
 Att denna åminnelse specificeras för morgon och kväll hjälper en att vara ständigt medveten om Allah och avvärjer att man blir försummande och påminner personen att han är Allahs tjänare.
 Effekten av denna åminnelse beror på hur uppriktig, närvarande och övertygad en person är.</t>
-  </si>
-[...1 lines deleted...]
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6093</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>'Säg: La ilaha illallahu wahdahu la sharika lah, Allahu akbaru kabira, walhamdulillahi kathira, subhanallahi Rabbil-'alamin, la hawla wa la quwwata illa billahil-'Azizil-Hakim'</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Sa'd (må Allah vara nöjd med honom) sa: "En beduin kom till Allahs sändebud ﷺ och sa: 'Lär mig något jag kan säga.' Han sa: 'Säg: La ilaha illallahu wahdahu la sharika lah, Allahu akbaru kabira, walhamdulillahi kathira, subhanallahi Rabbil-'alamin, la hawla wa la quwwata illa billahil-'Azizil-Hakim' (Det finns ingen sann gud utom Allah, han är den ende och har ingen partner vid sin sida, Allah är otroligt stor, och all lovprisning tillkommer Allah många gånger om, glorifierad vare Allah, världarnas Herre, det finns ingen rörelse eller styrka förutom genom Allah, den Mäktige, den Allvise).' Han sa: "Detta är till min Herre, men vad är till mig?' Han sa: 'Säg: 'Allahumma-ghfir li, warhamni, wahdini, warzuqni' (Allah! Förlåt mig, ha nåd över mig, vägled mig och försörj mig)."</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
@@ -14641,50 +15151,53 @@
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Samurah bin Jundub och al-Mughirah bin Shu‘bah (må Allah vara nöjd med dem båda) berättade att Allahs sändebud ﷺ sa: ”Den som förmedlar en Hadith från mig, som han vet är lögn, är en av lögnarna.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Profeten ﷺ informerar att den som sprider en Hadith från honom, och vet eller misstänker att den är en lögn, är delaktig i att ljuga genom att sprida den vidare.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>Det är viktigt att säkerställa att de Hadither som rapporteras från profeten ﷺ är autentiska innan de sprids vidare.
 Lögnen tillskrivs både den som hittar på den och den som sprider den vidare till andra.
 Det är förbjudet att rapportera en påhittad Hadith om man vet att den är påhittad eller om man starkt misstänker att den är det, förutom om det är för att varna andra från att acceptera den.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
+    <t>[رواه مسلم في مقدمته]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/6982</t>
   </si>
   <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Profetens ﷺ karaktär var som Koranen</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Sa'd bin Hisham bin 'Amir besökte 'A'ishah (må Allah vara nöjd med henne) och sa: "De troendes moder! Informera mig om Allahs sändebuds karaktär." Hon sa: "Läser du inte Koranen?" Han svarade jakande. Då sa hon: "Profetens ﷺ karaktär var som Koranen."</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>De troendes moder 'A'ishah (må Allah vara nöjd med henne) frågades om profetens ﷺ karaktär, varpå hon gav ett kort och koncist svar genom att referera frågeställaren till Koranen som innehåller alla prisvärda egenskaper. Hon sa att hans karaktär var de som Koranen förespråkar; det Koranen befaller tillämpar han och det den förbjuder avstår han från. Följaktligen var hans karaktär en tillämpning av Koranens lära, genom att iaktta dess gränser, följa dess moral och att dra lärdom från dess liknelser och berättelser.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
@@ -15028,50 +15541,53 @@
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>En man frågade profeten ﷺ om de kunde använda havsvattnet för Wudu', eftersom de hade en begränsad mängd dricksvatten när de reste till havs för fiske eller handel. Han förklarade att om de använder dricksvatten för Wudu' eller Ghusl kommer det att ta slut, och då har de inget att dricka. Är det därför tillåtet att utföra Wudu' med havsvatten?
 Profeten ﷺ förklarade att havsvattnet är rent och renande, så det kan användas för Wudu' och Ghusl. Han tillade också att allt som dör i havet, såsom fiskar och andra vattenlevande djur, är tillåtna att äta även om det inte slaktats.</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>Djur som dör i havet är tillåtna att äta, förutsatt att de endast lever i vatten.
 Profeten ﷺ gav ett mer omfattande svar än vad han frågades om, för att ge större nytta.
 Om vatten förändrar smak, färg eller lukt på grund av något rent ämne, förblir det ändå renande för Wudu', så länge det behåller sin grundläggande egenskap som vatten, även om det är mycket salt, varmt eller kallt.
 Havsvatten kan användas för att ta bort både större och mindre rituell orenhet samt för att rengöra kroppen och föremål från Najasah (orenheter som påverkar den spirituella renheten).</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8355</t>
   </si>
   <si>
     <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>Om vattnet uppgår till två Qullah blir det inte orent</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Umar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ blev tillfrågad om vatten som riddjur och rovdjur kommer i kontakt med. Han ﷺ svarade: "Om vattnet uppgår till två Qullah blir det inte orent."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>Profeten ﷺ blev frågad om vattnets renhet när riddjur och rovdjur dricker eller liknande från det. Han ﷺ förklarade att om vattnet når volymen av två Qullah, två stora kärl, vilket motsvarar cirka 210 liter, så anses det vara mycket vatten och blir inte orent, såvida inte dess färg, lukt eller smak förändras av en orenhet.</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
   </si>
   <si>
@@ -15494,50 +16010,53 @@
     <t>”Allahs sändebud förbannade mannen som klär sig i kvinnors klädsel och kvinnan som klär sig i mäns klädsel.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لعن رسول الله صلى الله عليه وسلم الرجل يلبس لِبْسَةَ المرأة، والمرأة تلبس لِبْسَةَ الرجل.</t>
   </si>
   <si>
     <t>Från Abu Hurayrah (må Allah vara nöjd med honom) berättade: ”Allahs sändebud förbannade mannen som klär sig i kvinnors klädsel och kvinnan som klär sig i mäns klädsel.”</t>
   </si>
   <si>
     <t>دَعَا النبيُّ صلى الله عليه وسلم بالطَّرْدِ والإبعاد من رحمة الله لكلِّ رجلٍ يتشبَّه بالمرأة في الملابس الخاصة بالنساء؛ سواء في الهيئة أو اللون أو الكيفية أو طريقة اللبس والزينة أو غير ذلك، 
 أو أن تتشبَّهَ المرأةُ باللبس الخاص بالرجال كذلك، وهو كبيرة من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Profeten ﷺ kallade ned Allahs fördömelse, det vill säga utestängning och avlägsnande från Allahs nåd, över varje man som efterliknar kvinnor genom att bära deras specifika kläder, vare sig det gäller form, färg, sättet de bärs eller pryds på, eller något annat. Detsamma gäller om en kvinna efterliknar män genom deras specifika klädsel. Detta räknas som en av de stora synderna.</t>
   </si>
   <si>
     <t>قال الشوكاني: تحريم تشبه النساء بالرجال والرجال بالنساء؛ لأن اللعن لا يكون إلا على فعل محرم.
 قال ابن عثيمين: ما كان مشتركًا بينهما مثل بعض الفنائل التي يلبسها الرجل والنساء فإنه لا بأس به، أي لا بأس أن يلبسَه الرجال والنساء؛ لأنه مشترك.</t>
   </si>
   <si>
     <t>Al-Shawkani sa: "Det är förbjudet att kvinnor liknar män och män liknar kvinnor i klädsel, eftersom förbannelse inte uttalas över annat än en förbjuden handling."
 Ibn ʿUthaymin förklarade: "Det som är gemensamt för båda könen, som vissa tröjor som både män och kvinnor använder, är tillåtet för båda, eftersom det inte är könsspecifikt."</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى وابن ماجه بمعناه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه النسائي في الكبرى وابن ماجه بمعناه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/8905</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>Allahs sändebud ﷺ förbjöd från Qaza' (att raka delar av håret och lämna delar)</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>Ibn 'Umar (må Allah vara nöjd med honom) sa: "Allahs sändebud ﷺ förbjöd från Qaza' (att raka delar av håret och lämna delar)."</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Profeten ﷺ förbjöd från att vissa delar av huvudet rakas, och andra lämnas orakade.
 Förbudet är generellt och omfattar män, unga som vuxna. Vad gäller kvinnan så är det inte tillåtet för henne att raka huvudet.</t>
   </si>
   <si>
@@ -15847,51 +16366,51 @@
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Umm Atiyyah (må Allah vara nöjd med henne), som var bland dem som hade gett profeten ﷺ trohetseden, sa: "Vi brukade inte betrakta det grumliga och det gulaktiga som kommer efter menstruationens avslut vara något."</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Följeslagaren Umm 'Atiyyah (må Allah vara nöjd med henne) berättade att kvinnorna under profetens tid inte brukade betrakta den mörka eller gulaktiga vaginala flytningen efter menstruationens avslut som något. Därför lämnade de varken bönen eller fastan när de såg det.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Den vaginala flytningen som kvinnan kan få efter hon blivit ren från menstruationen är inget hon ska bry sig om, även om den är missfärgad på grund av menstruationsblodet.
 Om hon får missfärgade flytningar under menstruationens dagar är de en del av menstruationen eftersom de kommer i samband med blodet, vara att det blandats med en flytning.
 Kvinnan ska inte lämna bönen eller fastan på grund av de missfärgade flytningarna efter att hon har blivit ren från menstruationen, snarare ska hon tvaga sig och be.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[Återberättad av Abu Dawud med denna formulering, och återberättad av al-Bukhari utan tillägget "efter renhet"]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>Gör ingenting under en period som motsvarar din månadscykel, och bada därefter.'</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>'A'ishah de troendes moder (må Allah vara nöjd med henne) sa: "Umm Habibah bint Jahsh, som var gift med 'Abdur-Rahman bin 'Awf, berättade för Allahs sändebud ﷺ om sina besvär med blodet, så sa han till henne: "Gör ingenting under en period som motsvarar din månadscykel, och bada därefter.' Hon brukade följaktligen göra Ghusl inför varje bön."</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>En av profetens ﷺ kvinnliga följeslagare berättade om hur hon led av ett konstant blodflöde. Han sa åt henne att avstå från bönen under en period som motsvarar hennes månadscykel innan detta drabbade henne, därefter ska hon bada och be. Följaktligen valde hon frivilligt att bada inför varje bön.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
@@ -16047,50 +16566,87 @@
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att den muslimen som praktiserar islam till fullo är han som fredar muslimerna med sin tunga, varför han inte förtalar, förbannar eller baktalar dem, eller säger något som kan skada dem på något sätt. Samt den som fredar dem med sin hand, varför han inte begår övergrepp mot dem eller tar deras egendom utan giltig anledning, och liknande. Utvandraren är den som lämnar det Allah har förbjudit.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Fulländat praktiserande av islam kan enbart uppnås genom att avstå från att skada andra ekonomiskt eller psykiskt.
 Tungan och handen nämndes i synnerhet då felen och skadan de kan orsaka är många. De flesta skadorna orsakas av dem.
 Hadithen uppmanar till att lämna synder och hålla fast vid det Allah har påbjudit.
 De bästa muslimerna är de som uppfyller Allahs rättigheter och muslimernas rättigheter.
 En person kan begå våld muntligt eller fysiskt.
 Den fulländade utvandringen är den som omfattar lämnandet av det Allah förbjudit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10101</t>
+  </si>
+  <si>
+    <t>إذا جاء رمضان فتحت أبواب الجنة، وغلقت أبواب النار، وصفدت الشياطين</t>
+  </si>
+  <si>
+    <t>”När Ramadan infaller öppnas paradisets portar, helvetets portar stängs, och djävlarna fjättras.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «إِذَا جَاءَ رَمَضَانُ فُتِّحَتْ أَبْوَابُ الْجَنَّةِ، وَغُلِّقَتْ أَبْوَابُ النَّارِ، وَصُفِّدَتِ الشَّيَاطِينُ».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”När Ramadan infaller öppnas paradisets portar, helvetets portar stängs, och djävlarna fjättras.”</t>
+  </si>
+  <si>
+    <t>أخبرَ النبيُّ صلى الله عليه وسلم أنه إذا دخل شهر رمضان حصلت ثلاثة أمور: 
+الأول: تفتح أبواب الجنة فلم يغلق منها باب. 
+الثاني: تغلق أبواب النيران فلم يفتح منها باب.  
+الثالث: تشد الشياطين ومردة الجن بالسلاسل، فلا يخلصون إلى ما كانوا يخلصون إليه في غير رمضان.
+وكل ذلك تعظيم لهذا الشهر، وترغيب للعاملين بكثرة الطاعات من صلاة وصدقة وذكر وقراءة للقرآن وغير ذلك؛ وبالابتعاد عن الذنوب والمعاصي.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ berättade att när månaden Ramadan börjar sker tre saker: 1. Paradisets portar öppnas, och ingen av dem förblir stängd. 2. Helvetets portar stängs, och ingen av dem förblir öppen. 3. Djävlarna och de mest upproriska av jinnerna kedjas fast, så de inte uppnår det inflytande de har under andra tider på året. Allt detta visar hur upphöjd denna månad är och uppmuntrar de troende att ägna sig åt lydnadshandlingar, som bön, välgörenhet, åminnelse av Allah och recitation av Koranen. Samt att avstå från synder och överträdelser.</t>
+  </si>
+  <si>
+    <t>فضل شهر رمضان.
+بشارة للصائمين فيه بأن هذا الشهر المبارك موسم عبادة وخير.
+في تصفيد الشياطين في رمضان إشارة إلى رفع عذر المكلف وكأنه يقال له: قد كُفّت الشياطين عنك فلا تعتذر بهم في ترك الطاعة ولا في فعل المعصية.
+قال القرطبي: فإن قيل: كيف نرى الشرور والمعاصي واقعة في رمضان كثيرًا فلو صفدت الشياطين لم يقع ذلك؟ فالجواب: أنها إنما تقل عن الصائمين الصوم الذي حوفظ على شروطه وروعيت آدابه، أو المصفد بعض الشياطين وهم المردة لا كلهم كما تقدم في بعض الروايات، أو المقصود تقليل الشرور فيه، وهذا أمر محسوس، فإن وقوع ذلك فيه أقل من غيره، إذ لا يلزم من تصفيد جميعهم أن لا يقع شر ولا معصية؛ لأن لذلك أسبابًا غير الشياطين كالنفوس الخبيثة والعادات القبيحة والشياطين الإنسية.</t>
+  </si>
+  <si>
+    <t>Ramadans förträfflighet.
+Det är en glädjande nyhet för dem som fastar, månaden är en tid fylld av dyrkan och välsignelse.
+Att djävlarna fjättras är en påminnelse till den som är ålagd att dyrka Allah. Det är som att det sägs till personen att du inte längre kan skylla på dem. De har hindrats från att påverka dig, så de är inte anledningen till att du inte gör det du ska eller lämnar det du bör.
+Al-Qurtubi sa: "Någon kan undra, hur kommer det sig att vi ändå ser synder och onda handlingar i Ramadan, om djävlarna är fjättrade? Svaret är att detta gäller dem som verkligen fastar på rätt sätt, med alla villkor och riktlinjer uppfyllda. Eller så är det de mest upproriska djävlarna som fjättras, inte alla. Eller så avses att det onda minskar kraftigt, vilket kan märkas för synder sker mer sällan under Ramadan än annars. Det innebär inte att allt ont upphör, eftersom människans egna onda begär, dåliga vanor och onda inflytanden från andra människor också spelar in."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/10107</t>
   </si>
   <si>
     <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>Vår Herre stiger ner till den lägsta himlen varje natt då den sista tredjedelen av natten återstår</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Vår Herre stiger ner till den lägsta himlen varje natt då den sista tredjedelen av natten återstår. Han säger: 'Vem tillber mig, så att jag kan besvara honom? Vem frågar mig, så att jag kan ge honom? Vem söker min förlåtelse, så att jag kan förlåta honom?'"</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att Allah stiger ner till den lägsta himlen under varje natt när den sista tredjedelen av natten återstår. Han uppmanar sina tjänare att tillbe honom, då han besvarar de bedjandes bön. Han uppmanar dem att fråga honom om det de önskar, då han ger den som frågar honom. Han rekommenderar dem att söka hans förlåtelse för deras synder, då han förlåter sina troende tjänare.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Förträffligheten av den sista tredjedelen av natten, och att be, säga åkallan, och söka förlåtelse under den.
@@ -16533,50 +17089,53 @@
   <si>
     <t>Abu Umamah (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Ingenting hindrar den som läser Ayat al-Kursi efter varje föreskriven bön, från att komma in i paradiset förutom döden."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Profeten ﷺ informerade att den som reciterar Ayat al-Kursi efter att ha avslutat den föreskrivna bönen hindras inte från att träda in i paradiset förutom döden. Ayat al-Kursi finns i Surat al-Baqarah, Allah säger: "Allah! - det finns ingen (sann) gud utom han, den Levande, skapelsens evige Vidmakthållare. Slummer överraskar honom inte och inte heller sömn. Honom tillhör allt det som himlarna rymmer och det som jorden bär. Vem är den som vågar tala [för någon] inför honom utan hans tillstånd? Han vet allt vad [människor] kan veta och allt som är dolt för dem och av hans kunskap kan de inte omfatta mer än han tillåter. Hans fotpall omsluter himlarna och jorden. Att värna och bevara dem är för honom ingen börda. Han är den Höge, den Väldige" (2:255).</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Den här ofantliga versens dygd, då den omfattar Allahs vackra namn och höga attribut.
 Det rekommenderas att recitera denna väldiga vers efter varje föreskriven bön.
 Goda handlingar är en orsak till att träda in i paradiset.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>'Be stående. Om du inte kan det, ber du sittande. Om du inte kan det, så be liggande på sidan.'</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>'Imran bin Husayn (må Allah vara nöjd med honom) sa: "Jag led av hemorrojder, så jag frågade profeten ﷺ om bönen. Han sa: 'Be stående. Om du inte kan det, ber du sittande. Om du inte kan det, så be liggande på sidan.'"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggjorde att bönen ska till grunden bes stående. Undantaget är om personen inte klarar av det, då kan han be sittande. Om han inte kan be sittande får han be liggandes på sidan.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
@@ -16999,56 +17558,50 @@
   <si>
     <t>'Abdullah bin Mas'ud (må Allah vara nöjd med honom) sa: "Allahs sändebud ﷺ lärde oss Khutbatul-Hajah (inledningspredikan): 'Lov och pris tillkommer säkerligen Allah. Vi lovprisar honom och ber honom om hjälp och förlåtelse. Vi söker skydd hos Allah från det onda i oss själva. Den Allah vägleder, kan ingen vilseleda, och den han vilseleder, kan ingen vägleda. Jag vittnar om att det inte finns någon sann gud utom Allah, och jag vittnar att Muhammed är hans tjänare och sändebud. 'Människor! Frukta er Herre som har skapat er av en enda varelse och av denna har skapat dess make och låtit dessa två [föröka sig] och sprida sig i väldiga skaror av män och kvinnor. Frukta Allah, i vars namn ni innerligt och enträget ber varandra, och de nära släktskapsbanden. Allah vakar över er (4:1)'. 'Troende! Frukta Allah så som det åligger er att frukta honom, och dö endast som muslimer (3:102).' 'Troende! Frukta Allah och säg alltid det som är rätt. Då ska han förbättra era gärningar för er och förlåta er era synder. Ja, den som lyder Allah och hans sändebud har uppnått en väldig seger' (33:70-71).'"</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ibn Mas'ud (må Allah vara nöjd med honom) berättar att profeten ﷺ lärde dem inledningspredikan. Den sägs som inledningstal till predikan och innan andra diverse tillfällen, så som vid äktenskapsceremonin, fredagspredikan och andra tillfällen. Denna predikan belyser viktiga punkter; Allah förtjänar alla former av lovpris, endast hans hjälp ska sökas, att ens synder döljs och överses, att söka skydd hos honom från all ondska, själens ondska med mera.
 Sedan berättade profeten ﷺ att vägledning vilar i Allahs hand - den han vägleder kan ingen vilseleda, och den han vilseleder kan ingen vägleda.
 Därefter nämndes monoteismens vittnesmål och att ingen förtjänar att dyrkas utom Allah, och vittnesmålet om att Muhammed är Allahs tjänare och sändebud.
 Denna predikan avslutades med dessa tre verser som uppmanar till gudsfruktan, som innebär att Allahs befallningar iakttas och att hans förbud undviks för att uppnå hans välbehag. Belöningen för den som gör detta är att hans handlingar och yttranden korrigeras, synder förlåts och livet blir härligt att leva och på domedagen får han träda in i paradiset.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Det är rekommenderat att inleda äktenskapsceremonin, fredagspredikningar och annat med denna predikan.
 Predikan bör innehålla lovpris av Allah, vittnesmålet att det inte finns någon sann gud utom Allah och att Muhammed är hans sändebud, och några Koranverser.
 Profeten ﷺ brukade lära sina följeslagare det de behövde veta om religionen.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[Återberättad av Abu Dawud, at-Tirmidhi, Ibn Majah, an-Nasa'i och Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Det finns inget äktenskap förutom genom en förmyndare</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Abu Musa (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Det finns inget äktenskap förutom genom en förmyndare."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att äktenskapet med en kvinna inte är korrekt utan att en förmyndare som godkänner äktenskapskontraktet.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
@@ -17157,50 +17710,53 @@
   <si>
     <t>Ibn 'Abbas (må Allah vara nöjd honom) berättade att Allahs sändebud ﷺ sa: ”Allah kommer inte att titta på en man som har samlag med en man eller med en kvinna i bakdelen.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ بأنَّ الله لا ينظر نظرةَ رحمةٍ إلى رجلٍ أتى رجلًا في دُبُرِهِ أو امرأة في دُبُرها، وأنه كبيرة من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Profeten ﷺ uttrycker en allvarlig varning mot den som begår dessa handlingar, vilket är att Allah inte kommer att titta barmhärtigt på honom på domedagen. Detta tyder på att handlingen är en större synd.</t>
   </si>
   <si>
     <t>إتيان الرجلِ الرجلَ -وهو اللواط- من كبائر الذنوب.
 إتيان المرأة في دبرها من كبائر الذنوب.
 (لا ينظر الله) أي نظر رحمة ورأفة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء.
 هذه الأعمال من أعظم الفواحش وأخطرها على البشرية؛ لما فيها من مخالفة الفطرة البشرية السليمة، وقلة النسل، وإفساد الحياة الزوجية، وغرس العداوة والبغضاء، والوقوع في الأماكن المستقذرة.</t>
   </si>
   <si>
     <t>Att en man har samlag med en annan man kallas för sodomi, och det är en stor synd.
 Den som har analt samlag med en kvinna begår också en stor synd.
 Uttrycket ”Allah tittar inte på honom” betyder att Allah inte kommer att titta på honom med barmhärtighet, inte att Allah inte kan se honom, för inget undgår hans syn.
 Dessa handlingar är bland de allra grövsta sexuella förbrytelserna, eftersom de strider mot den människans natur, hindrar fortplantning och familjebildning, förrsör äktenskap, leder till fientlighet och hat, och penetreringen sker på en oren plats.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58091</t>
   </si>
   <si>
     <t>قلت: يا رسول الله، ما حق زوجة أحدنا عليه؟، قال: أن تطعمها إذا طعمت، وتكسوها إذا اكتسيت، أو اكتسبت، ولا تضرب الوجه، ولا تقبح، ولا تهجر إلا في البيت</t>
   </si>
   <si>
     <t>att han sa: "Allahs sändebud, vad har en av oss för skyldigheter gentemot sin hustru?” Han ﷺ svarade: ”Att du ger henne mat när du själv äter, att du klär henne när du klär dig eller skaffar dig något, att du inte slår henne i ansiktet, inte förolämpar henne, och inte överger henne – annat än i hemmet.”</t>
   </si>
   <si>
     <t>عَنْ مُعَاوِيَةَ الْقُشَيْرِيِّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، مَا حَقُّ زَوْجَةِ أَحَدِنَا عَلَيْهِ؟، قَالَ: «أَنْ تُطْعِمَهَا إِذَا طَعِمْتَ، وَتَكْسُوَهَا إِذَا اكْتَسَيْتَ، أَوِ اكْتَسَبْتَ، وَلَا تَضْرِبِ الْوَجْهَ، وَلَا تُقَبِّحْ، وَلَا تَهْجُرْ إِلَّا فِي الْبَيْتِ»</t>
   </si>
   <si>
     <t>Mu'awiyah al-Qushayri (må Allah vara nöjd med honom) berättade att han sa: "Allahs sändebud, vad har en av oss för skyldigheter gentemot sin hustru?” Han ﷺ svarade: ”Att du ger henne mat när du själv äter, att du klär henne när du klär dig eller skaffar dig något, att du inte slår henne i ansiktet, inte förolämpar henne, och inte överger henne – annat än i hemmet.”</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم ما حقُّ الزوجة على زوجها؟ فذَكر النبيُّ صلى الله عليه وسلم أمورًا، ومنها: 
 أولًا: لا تَخُصّ نفسَك بالطعام دونها؛ بل تطعمها كلما أكلتَ وطعمتَ. 
 ثانيًا: لا تخص نفسك بالكسوة واللباس، بل تكسوها إذا اكتسيتَ، وإذا اكتسبت واستطعت. 
 ثالثًا: لا تُضرب إلا لسبب وحاجة، وإذا احتاج إلى ضربها للتأديب أو لتركها بعض الفرائض فيكون ضربًا غير مُبَرِّح؛ ولا يُضرب الوجه؛ لأن الوجه أعظم الأعضاء وأظهرها ومشتمل على أجزاء شريفة وأعضاء لطيفة. 
 رابعًا: لا تَشْتُم أو تقل: قَبَّحَ اللهُ وجهَك؛ فلا تنسبه ولا شيئًا من بدنها إلى القُبْح الذي هو ضد الحُسْن؛ لأن الله تعالى هو صَوَّرَ وجهَ الإنسان وجِسْمَه، وأحسن كل شيء خلقه، وذَمُّ الخِلْقة يعود إلى مَذَمَّة الخَالق والعياذ بالله. 
 خامسًا: لا تَهْجُر إلا في المَضْجَع، ولا تَتَحَوَّل عنها، ولا تُحَوِّلها إلى دار أخرى؛ ولعل ذلك فيما يعتاد وقوعه من الهجر بين الزوج والزوجة.</t>
   </si>
   <si>
     <t>Profeten ﷺ frågades om vilka rättigheter hustrun har hos sin man, och han svarade med en rad grundläggande skyldigheter:
 1. Att förse henne med sådan mat som han äter själv.
@@ -17380,69 +17936,103 @@
 فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att alla människor kommer att hållas till svars inför Allah och vara ansvariga för sina handlingar förutom dessa tre:
 Barnet tills det blir äldre och könsmoget.
 Den sinnessjuke tills han återfår sitt förstånd och förnuft.
 Den sovande tills han vaknar.
 Dessa tre är undantagna från det andra är skyldiga att göra, och deras felsteg registreras inte som synder. Men för det lilla barnet skrivs goda gärningar, till skillnad från den galne och den sovande, eftersom dessa saknar den nödvändiga känslomässiga och mentala medvetenheten för att kunna utföra giltiga handlingar som är dyrkan.</t>
   </si>
   <si>
     <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
 عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
 للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
 قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
   </si>
   <si>
     <t>Att en person inte klarar av att utföra vissa handlingar och därför avsägs ansvar kan bero på olika skäl: antingen på grund av sömn, där avsaknaden av medvetande hindrar personen från att utföra sina skyldigheter; på grund av ung ålder och därav inte blivit mogen, vilket innebär att barnet saknar förmåga att förstå sig på skyldigheterna och ta ansvar; eller på grund av sinnessjukdom, där personens mentala funktioner störts, eller liknande tillstånd som berusning. Om någon förlorar sitt omdöme och korrekta uppfattningsförmåga av något av dessa tre skäl, hålls personen inte ansvarig för sina handlingar. I sin rättvisa, fördragsamhet och generositet har Allah lyft bort ansvar och skuld för det som en person begår i dessa tillstånd, även om det innebär att personen begått övertramp eller varit tillkortakommande gentemot Allah.
 Att synder inte skrivs ned för dessa tre personer motsäger inte att vissa världsliga regler kan tillämpas på dem. Till exempel, om en sinnessjuk person begår mord, så utdöms varken hämnd eller bot för honom, men blodspeng ska ändå betalas av hans släkt.
 Puberteten har tre tecken: utlösning, tillväxt av könshår, eller att personen har fyllt femton år. För kvinnor finns ett fjärde tecken, nämligen menstruation.
 Al-Subki sa: "En pojke är ett barn." Andra menar att ett barn i sin moders mage kallas för foster, och när det har fötts ut är det ett barn, och när det avvänjs från amning är han en pojke tills han är sju år gammal. Sedan når han ett annat stadie tills han blir tio år gammal, och övergår till tonåren kort efter det fram till femton år gammal. Under alla dessa stadier befinner han sig i barndomen, vilket al-Suyuti anser.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58148</t>
   </si>
   <si>
+    <t>قلت يا رسول الله: من أبر؟ قال: أمك، ثم أمك، ثم أمك، ثم أباك، ثم الأقرب فالأقرب</t>
+  </si>
+  <si>
+    <t>Jag sa: 'Allahs sändebud, vem ska jag visa mest godhet mot?'
+Han svarade: 'Din mor, sedan din mor, sedan din mor, sedan din far, och därefter de släktingar som står dig närmast, i turordning efter hur nära de är.'</t>
+  </si>
+  <si>
+    <t>عَنْ بَهْزِ بْنِ حَكِيمٍ عَنْ أَبِيهِ عَنْ جَدِّهِ قَالَ: قُلْتُ يَا رَسُولَ اللَّهِ: مَنْ أَبَرُّ؟ قَالَ: «أُمَّكَ، ثُمَّ أُمَّكَ، ثُمَّ أُمَّكَ، ثُمَّ أَبَاكَ، ثُمَّ الْأَقْرَبَ فَالْأَقْرَبَ».</t>
+  </si>
+  <si>
+    <t>Bahz ibn Hakim återberättade från sin far, som återberättade från sin farfar, att han sa: "Jag sa: 'Allahs sändebud, vem ska jag visa mest godhet mot?'
+Han svarade: 'Din mor, sedan din mor, sedan din mor, sedan din far, och därefter de släktingar som står dig närmast, i turordning efter hur nära de är.'"</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أولى الناس بالبر به، والإحسان إليه، وحسن المعاملة، وطيب المعاشرة، ومصاحبته وصلته: هي الأم، وأكَّد حق الأم على غيرها بتكراره ثلاث مرات؛ لبيان فضلها على سائر الناس دون استثناء.
+ثم قال صلى الله عليه وسلم مبينًا من يليها في البر: ثم الأب، ثم الأقرب فالأقرب من ذوي الأرحام، وكلما كان أقرب كان أولى بالصلة من الأبعد.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ klargjorde att den person som har störst rätt till godhet, vänligt bemötande och omtanke är modern. Han nämnde henne tre gånger för att betona hennes särställning och förtjänst framför alla andra människor. Sedan nämnde han fadern, som den näst mest berättigade till godhet och därefter släktingar, i ordning efter hur nära de står en. Ju närmare släktskap, desto större rätt till omsorg och kontakt.</t>
+  </si>
+  <si>
+    <t>الحديث فيه تقديم الأم، ثم الأب، ثم الأقرب فالأقرب، على حسب درجاتهم في القرب.
+بيان مكانة الوالدين والأم خصوصًا.
+كرَّر في الحديث البر بالأم ثلاثًا؛ وذلك لعِظم فضلها على أولادها، ولكثرة ما تتحمله من مشاق وتعب وصعوبة الحمل، ثم الوضع، ثم الرضاع، والتي تنفرد بها الأم، ثم تشارك الأب في التربية.</t>
+  </si>
+  <si>
+    <t>Hadithen visar ordningen i att visa godhet: först modern, sedan fadern, och därefter släktingar i fallande grad av närhet.
+Den framhäver föräldrarnas höga status, särskilt moderns.
+Profeten ﷺ nämnde modern tre gånger för att betona hennes stora förtjänst, eftersom hon ensam bär de tyngsta bördorna, blir gravid, förlöser och ammar, och sedan delar hon uppfostran med fadern.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/58188</t>
+  </si>
+  <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Den som frångår lydnad [till ledaren] och skiljer sig från [den muslimska] gemenskapen och dör, kommer att dö den hedniska tidens död</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: "Den som frångår lydnad [till ledaren] och skiljer sig från [den muslimska] gemenskapen och dör, kommer att dö den hedniska tidens död. Den som strider under ett blind ledarskap och förargas utav fanatism, kallar till fanatism eller stödjer fanatism och dödas, kommer att dö enligt den hedniska tidens död. Den som gör uppror mot mitt samfund och attackerar, både dess rättfärdiga och dess orättfärdiga, inte skonar dess troende och håller inte pakten med den som givits den, tillhör inte mig och jag tillhör inte honom."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Profeten ﷺ förklarar att den som gör uppror mot ledarna, skiljer sig från den muslimska gemenskapen som är överens om att visa ge ledaren trohetslöfte och dör i detta tillstånd av uppror och splittring, dör en död som är i enlighet med den hedniska tiden. Under den tiden brukade man inte lyda ledare och inte heller hålla sig till en gemensam grupp, snarare fanns det olika grupper och stammar som brukade kriga mot varandra.
-. Han ﷺ berättade även om den som strider under ett blint ledarskap, som inte särskiljer mellan rätt och fel, förargas av fanatism och nationalism, och inte av religiösa och sanna skäl, och strider för fanatism utan insikt eller kunskap. Om den personen dör i detta tillstånd dör han enligt den hedniska tiden.
+Han ﷺ berättade även om den som strider under ett blint ledarskap, som inte särskiljer mellan rätt och fel, förargas av fanatism och nationalism, och inte av religiösa och sanna skäl, och strider för fanatism utan insikt eller kunskap. Om den personen dör i detta tillstånd dör han enligt den hedniska tiden.
 Och att den som begår uppror mot sitt samfund och attackerar de rättfärdiga samt de orättfärdiga, utan att bry sig om vad han gör eller om konsekvenserna av att mörda en troende och inte heller håller pakten med de otrogna eller med ledarna utan snarare bryter den, begår en större synd. Den som gör detta förtjänar stränga varningar.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att lyda ledarna i det som inte är olydnad till Allah.
 Detta innehåller en sträng varning mot att göra uppror mot ledaren och att splittras från den muslimska gemenskapen. Om en person gör detta och dör i det tillståndet dör han på samma sätt som folket på den hedniska tiden dog.
 Det är förbjudet att strida baserat på fanatism.
 Det är obligatoriskt att hålla pakter.
 Det finns mycket gott i att lyda ledarna och att hålla sig till församlingen, så som trygghet, lugn och ett bra tillstånd.
 Det är förbjudet att efterlikna den hedniska tiden.
 Den uppmanar till att hålla fast vid den muslimska gemenskapen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -17488,50 +18078,53 @@
     <t>Ibn Umar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Allt som berusar räknas som vin, och allt som berusar är förbjudet. Den som dricker vin i denna värld och dör medan han är beroende av det utan att ha ångrat sig, kommer inte att dricka det i det kommande livet."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargjorde att allt som påverkar och fördunklar sinnet är att betrakta som vin och berusande, oavsett om det intas genom dryck, mat, inandning eller annat. Och att allt som berusar och fördunklar sinnet har Allah förbjudit, vare sig det är lite eller mycket. Den som dricker något av dessa berusningsmedel och kontinuerligt gör det utan att visa ånger innan sin död, förtjänar Allahs straff genom att bli berövad att dricka det i paradiset.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Anledningen till förbudet mot vin är dess berusande effekt, så allt som berusar, oavsett form, är förbjudet.
 Allah har förbjudit vin på grund av de stora skador och negativa konsekvenser det medför.
 Att dricka vin i paradiset är en fullständig njutning och en del av den perfekta välsignelsen där.
 Den som inte avstår från att dricka vin i denna värld, kommer Allah att beröva honom möjligheten att dricka det i paradiset, eftersom straffet är av samma natur som handlingen.
 Det är uppmanat att skyndsamt visa ånger för sina synder före döden.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/58259</t>
   </si>
   <si>
     <t>جاهدوا المشركين بأموالكم وأنفسكم وألسنتكم</t>
   </si>
   <si>
     <t>”Bekämpa avgudadyrkarna med era förmögenheter, era kroppar och era tungor.”</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه أن النبي صلى الله عليه وسلم قال: «جَاهِدُوا المشركين بأموالكم وأنفسكم وألسنتكم».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: ”Bekämpa avgudadyrkarna med era förmögenheter, era kroppar och era tungor.”</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بجهاد الكفّار، وبَذْلِ الجُهْدِ في مواجهتهم بكل وسيلة على قدر الاستطاعة لتكون كلمة الله هي العليا، ومن ذلك:
 أولًا: إنفاق المال في جهادهم؛ من شراء سلاح ونفقة على المجاهدين ونحو ذلك. 
 ثانيًا: الخروج بالنفس والبدن لملاقاتهم ومدافعتهم. 
 ثالثًا: بدعوتهم لهذا الدين باللسان، وإقامة الحجة عليهم، وزجرهم والرد عليهم.</t>
   </si>
   <si>
     <t>Profeten ﷺ beordrar muslimer att kämpa mot fientliga avgudadyrkare och dem som står i vägen för att islam sprids med alla tillgängliga medel, i den mån man har förmåga. Det inkluderar:
 1. Att använda sin förmögenhet genom att stödja kampen mot dem ekonomiskt: bidra till utrustning, spendera på dem som utför kampen och liknande.
@@ -17848,53 +18441,50 @@
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Al-Miqdam bin Ma'dikarib (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Måhända att en man nås av en Hadith från mig varpå han, lutande på sin soffa, säger: 'Mellan oss och er är Allahs Bok. Så vad vi än finner i den som är tillåtet, anser vi vara tillåtet, och vad vi än finner i den som är otillåtet, anser vi vara otillåtet.’ Sannerligen är det som Allahs sändebud förbjudit detsamma som det Allah förbjudit."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättar att det snart kommer komma en tid då det finns vissa människor som sitter, varav en är lutande på sin soffa, och nås av en Hadith från profeten ﷺ. Då säger han: "Det som avgör mellan oss i diverse frågor är Koranen, den är tillräcklig. Följaktligen agerar vi utefter det som vi finner vara tillåtet i den, och håller oss borta ifrån det som är förbjudet i den." Då förklarade profeten ﷺ att allt som han har förbjudit i sin Sunnah har samma bestämmelse som det som Allah har förbjudit i sin bok, eftersom han enbart förmedlar från sin Herre.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Sunnahn ska högaktas och följas på samma sätt som Koranen ska högaktas och följas.
 Att lyda sändebudet ﷺ innebär att Allah lyds, och att trotsa honom innebär att Allah trotsas.
 Detta visar Sunnahns auktoritet och är en avvisning av dem som avfärdar eller förnekar Sunnahn.
 Den som vänder sig bort från Sunnahn och påstår att han håller fast vid Koranen har i själva verket vänt sig bort från dem båda, och därför är hans påstående om att han följer Koranen felaktigt.
 Detta är ett bevis för profetens ﷺ profetia då han berättade om något som skulle inträffa i framtiden, och det också inträffade precis så som han berättade.</t>
-  </si>
-[...1 lines deleted...]
-    <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65005</t>
   </si>
   <si>
     <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>Allahs sändebud! Jag har utfört alla synder - stora såväl som små.' Då sa han ﷺ: 'Vittnar du inte om att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Anas (må Allah vara nöjd med honom) sa: "En man kom till profeten ﷺ och sa: 'Allahs sändebud! Jag har utfört alla synder - stora såväl som små.' Då sa han ﷺ: 'Vittnar du inte om att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud?', vilket han upprepade tre gånger. Mannen svarade jakande. Då sa han ﷺ: 'Detta [vittnesmål] överträffar dessa [synder].'"</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>En man kom till profeten ﷺ och sa: "Allahs sändebud! Jag har begått alla typer av synder, stora som små, kan jag bli förlåten?" Varpå profeten ﷺ sa till honom: "Vittnar du inte att det inte finns någon sann gud utom Allah, och att Muhammed är Allahs sändebud?" Han upprepade detta tre gånger. Mannen svarade: "Ja, jag vittnar om detta." Då informerade profeten ﷺ honom om vittnesmålens dygd och synderna de stryker ut, och att ånger stryker bort det som skett innan.</t>
@@ -19423,56 +20013,50 @@
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Det kommer att sägas till Koranläsaren: 'Läs, stig upp och recitera lugnt och jämnt som du brukade göra i det världsliga livet. Din rang kommer att vara den sista versen du läser."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Profeten ﷺ berättade att den som läser, memorerar och agerar i enlighet med Koranen kommer att få sagt till sig när han träder in i paradiset: "Recitera Koranen och stig upp i paradisets nivåer genom det. Recitera så som du brukade recitera lugnt och rofyllt i det världsliga livet, för din rang kommer att vara vid den sista versen du läser."</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Belöningen är likställd handlingen i kvalitet och kvantitet.
 Det är uppmanat att läsa Koranen på ett noggrant sätt, memorera den, reflektera över den och agera utifrån den.
 Paradiset har olika lägen och nivåer. Koranens folk kommer att få de högsta nivåerna.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Den som läser Koranen högt är som han som skänker välgörenhet öppet, och han som läser Koranen lågt är som han som skänker välgörenhet dolt</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>'Uqbah bin 'Amir (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den som läser Koranen högt är som han som skänker välgörenhet öppet, och han som läser Koranen lågt är som han som skänker välgörenhet dolt."</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Profeten ﷺ tydliggör att den som läser Koranen högt är likt den som ger välgörenhet öppet, och den som läser Koranen lågt är likt den som ger välgörenhet dolt.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Det är bättre att läsa Koranen lågt, på samma sätt som det är bättre att ge välgörenhet dolt, eftersom detta hjälper tjänaren att vara uppriktig och undvika ögontjäneri och självbeundran. Undantaget från detta är om det finns någon nytta i att läsa Koranen högt, exempelvis vid undervisning.</t>
@@ -20906,50 +21490,53 @@
   <si>
     <t>Abu Umamah al-Bahili (må Allah vara nöjd med honom) sa: "En man kom till profeten ﷺ och frågade: 'Hur är fallet med en man som strider både för belöning och för beröm, vad får han för belöning?' Allahs sändebud ﷺ svarade: 'Han får ingenting.' Mannen upprepade frågan tre gånger, och varje gång svarade Allahs sändebud ﷺ: 'Han får ingenting.' Därefter sa han ﷺ: 'Allah accepterar endast handlingar som är uppriktiga och utförs i sökandet efter hans ansikte.'"</t>
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>En man kom till profeten ﷺ för att fråga honom om en person som deltar i Jihad med flera avsikter – för att söka både Allahs belöning och människors beröm. Allahs sändebud ﷺ klargjorde tydligt att en sådan handling inte accepteras av Allah, eftersom den inte är helt dedikerad till honom och eftersom personen avsåg andra än Allah. När mannen frågade tre gånger och fått samma svar, "Han får ingenting", lärde profeten ﷺ honom grundprincipen för att handlingar ska accepteras; Allah accepterar endast handlingar som är helt uppriktiga och där man enbart söker Allahs ansikte.</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>Allah accepterar endast handlingar som är uppriktiga och utförs i enlighet med profetens ﷺ vägledning.
 Något som indikerar en Muftis exceptionella sätt att svara på är att han ger ett omfattande svar som besvarar frågan och mer därtill.
 Viktiga frågor kan understrykas genom att ställas upprepande gånger.
 En sann Mujahid är den som strider enbart för att upphöja Allahs ord och uppriktigt söker hans belöning i det kommande livet, inte för världsliga intressen.</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
+    <t>[رواه النسائي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65107</t>
   </si>
   <si>
     <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>Den som är nöjd med Allah som sin Herre, med islam som sin religion och med Muhammed som sin profet, har upplevt trons sanna glädje</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
     <t>Al-'Abbas ibn 'Abdil-Muttalib (må Allah vara nöjd med honom) berättade att han hörde ﷺ Allahs sändebud säga: "Den som är nöjd med Allah som sin Herre, med islam som sin religion och med Muhammed som sin profet, har upplevt trons sanna glädje."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Profeten ﷺ informerar oss om att en sann troende som har uppriktig tro, kommer att känna glädje, njutning och ro i hjärtat av att vara nära Allah, om han är nöjd med tre saker:
 1. Att vara nöjd med Allah som sin Herre: Detta innebär att acceptera Allahs beslut i alla situationer och den försörjning man fått, utan att känna invändning i något av det eller söka någon annan som sin Herre.
 2. Att vara nöjd med islam som sin religion: Detta innebär att känna glädje och tillfredsställelse med de föreskrifter och plikter som islam innefattar, utan att följa en annan väg än islam.
 3. Att vara nöjd med Muhammed ﷺ som sin profet: Detta innebär att fullt ut acceptera och glädjas över allt som profeten ﷺ har förmedlat, utan tvekan eller tvivel, och följa hans vägledning.</t>
@@ -21107,117 +21694,307 @@
   <si>
     <t>Sa’d bin 'Ubadah (må Allah vara nöjd med honom) sa: "Allahs sändebud! Min mor har dött, vilken är den bästa formen av allmosa?" Han ﷺ svarade: "Vatten." Då grävde Sa’d en brunn och sa: "Denna är för Sa’ds mor."</t>
   </si>
   <si>
     <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
   </si>
   <si>
     <t>Sa’d bin 'Ubadahs mor (må Allah vara nöjd med henne) hade gått bort, så Sa’d frågade profeten ﷺ vilken typ av allmosa som var mest fördelaktig att ge i hennes namn. Profeten ﷺ förklarade att vatten är den bästa formen av allmosa. Därför grävde Sa’d en brunn och lät den vara en sorts allmosa i hans mammas namn.</t>
   </si>
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
     <t>Vatten är en av de bästa formerna av allmosa.
 Profeten ﷺ hänvisade Sa’d att ge vatten som allmosa, eftersom det är till stor nytta i ändamål som rör både det religiösa och världsliga, och på grund av hetta och vattenbrist.
 Denna Hadith visar att belöningen för allmosa når de avlidna.
 Sa’d bin 'Ubadahs visade stor tillgivenhet till sin mor.</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
+    <t>[حسن بمجموع طرقه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65613</t>
   </si>
   <si>
     <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
     <t>Den troende är varken den som ofta kritiserar, förbannar, är oanständig eller vulgär</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
     <t>'Abdullah ibn Mas'ud (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: "Den troende är varken den som ofta kritiserar, förbannar, är oanständig eller vulgär."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
     <t>Profeten ﷺ klargjorde att en sann troende med fullkomlig tro inte kännetecknas av att ständigt kritisera och nedvärdera människor, särskilt i det som rör deras härkomst. Han är inte heller någon som ofta förbannar andra eller är oanständig och skamlös i sina handlingar eller ord.</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
   <si>
     <t>När texter som ligger till grund för Shariah nekar att en person är troende, syftar det på en handling som är förbjuden eller en plikt som lämnats.
 Hadithen uppmuntrar till att skydda sina kroppsdelar, särskilt tungan, från dåliga handlingar och ord.
 Al-Sindi sa: "Emfasen i orden 'ofta kritiserar' och 'ofta förbannar' visar att sällsynta fall av kritik eller förbannelse mot de som förtjänar det inte påverkar en persons tro."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/65869</t>
+  </si>
+  <si>
+    <t>أيما امرئ قال لأخيه: يا كافر، فقد باء بها أحدهما، إن كان كما قال، وإلا رجعت عليه</t>
+  </si>
+  <si>
+    <t>”Om en man säger till sin broder: ’Du är en otrogen’, kommer det att slå tillbaka på någon av dem två. Om det han säger är sant, gäller det den andre, men om det inte är sant, faller skulden tillbaka till honom själv.”</t>
+  </si>
+  <si>
+    <t>عن ابْنِ عُمَرَ رَضيَ اللهُ عنهُما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّمَا امْرِئٍ قَالَ لِأَخِيهِ: يَا كَافِرُ، فَقَدْ بَاءَ بِهَا أَحَدُهُمَا، إِنْ كَانَ كَمَا قَالَ، وَإِلَّا رَجَعَتْ عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Ibn 'Umar (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Om en man säger till sin broder: ’Du är en otrogen’, kommer det att slå tillbaka på någon av dem två. Om det han säger är sant, gäller det den andre, men om det inte är sant, faller skulden tillbaka till honom själv.”</t>
+  </si>
+  <si>
+    <t>حذَّر النبيُّ صلى الله عليه وسلم من أن يقول المسلم لأخيه المسلم: يا كافر، فقد استحق بكلمة الكفر أحدهما، إن كان كما قال، وإلا رجع على القائل تكفيره لأخيه.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ varnade för att en muslim säger till sin muslimska broder ”du är en otrogen”. Den som yttrar sådana ord utsätter sig för stor fara, för om anklagelsen inte är sann, faller den tillbaka på honom själv.</t>
+  </si>
+  <si>
+    <t>زجر المسلم عن أن يقول لأخيه المسلم ما ليس فيه من صفات الفسوق والكفر.
+التحذير من هذا الكلام السيئ، وأن صاحبه على خطر عظيم إذا قاله لأخيه، فينبغي حفظ اللسان وأن لا يتكلم إلا عن بصيرة.</t>
+  </si>
+  <si>
+    <t>Hadithen avskräcker muslimer från att tillskriva sina bröder egenskaper, som otro eller orättfärdighet, som de inte besitter.
+Den varnar för det allvarliga i att använda sådana ord lättvindigt. Därför är det viktigt att vakta sin tunga och bara tala med insikt och eftertanke.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/66271</t>
+  </si>
+  <si>
+    <t>الذهب بالذهب، والفضة بالفضة، والبر بالبر، والشعير بالشعير، والتمر بالتمر، والملح بالملح، مثلا بمثل، سواء بسواء، يدا بيد، فإذا اختلفت هذه الأصناف، فبيعوا كيف شئتم، إذا كان يدا بيد</t>
+  </si>
+  <si>
+    <t>”Guld för guld, silver för silver, vete för vete, korn för korn, dadlar för dadlar och salt för sal, lika för lika, samma mängd mot samma mängd, omedelbart på plats. Men om sorterna skiljer sig åt, sälj då hur ni vill, så länge utbytet sker omedelbart på plats.”</t>
+  </si>
+  <si>
+    <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رَضيَ اللهُ عنهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الذَّهَبُ بِالذَّهَبِ، وَالْفِضَّةُ بِالْفِضَّةِ، وَالْبُرُّ بِالْبُرِّ، وَالشَّعِيرُ بِالشَّعِيرِ، وَالتَّمْرُ بِالتَّمْرِ، وَالْمِلْحُ بِالْمِلْحِ، مِثْلًا بِمِثْلٍ، سَوَاءً بِسَوَاءٍ، يَدًا بِيَدٍ، فَإِذَا اخْتَلَفَتْ هَذِهِ الْأَصْنَافُ، فَبِيعُوا كَيْفَ شِئْتُمْ، إِذَا كَانَ يَدًا بِيَدٍ».</t>
+  </si>
+  <si>
+    <t>'Ubadah ibn al-Samit (må Allah vara nöjd med honom) berättade att Allahs sändebud ﷺ sa: ”Guld för guld, silver för silver, vete för vete, korn för korn, dadlar för dadlar och salt för sal, lika för lika, samma mängd mot samma mängd, omedelbart på plats. Men om sorterna skiljer sig åt, sälj då hur ni vill, så länge utbytet sker omedelbart på plats.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم طريقة البيع الصحيح في الأصناف الربوية الستة وهي: الذهب، والفضة، والبر، والشعير، والتمر، والملح، فإذا كانت من نفس النوع كبيع الذهب بالذهب والفضة بالفضة... فلا بد من شرطين: 
+الأول: التماثل في الوزن إن كان موزونًا كالذهب والفضة، أو التماثل بالكيل إن كان مكيلًا كالبر والشعير والتمر والملح. 
+الثاني: قبض البائع للثمن والمشتري للسلعة وذلك في مجلس عقد البيع. 
+فإذا اختلفت هذه الأصناف كبيع الذهب بالفضة، والتمر بالبر مثلًا فيجوز البيع بشرط واحد، وهو قبض البائع للثمن والمشتري للسلعة في مجلس العقد، وإلا فالبيع باطل، وقد وقعوا في الربا المحرم البائع والمشتري في ذلك سواء.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ klargjorde den korrekta försäljningsmetoden för de sex varor som omfattas av Riba: guld, silver, vete, korn, dadlar och salt. Om bytet sker inom samma sorts vara, till exempel guld mot guld eller silver mot silver, gäller två villkor: 1. Likvärdighet i mängd. Lika vikt för det som vägs (som guld och silver) och lika volym för det som mäts (som vete, korn, dadlar och salt). 2. Omedelbart utbyte. Säljaren ska ta emot priset och köparen ska ta emot varan i samma möte där avtalet sluts. Om varorna är av olika slag, till exempel guld mot silver eller dadlar mot vete, är bytet tillåtet så länge det sker omedelbart på plats. Om det fördröjs blir handeln ogiltig och båda parter, den som säljer och den som handlar, har då fallit i förbjuden Riba.</t>
+  </si>
+  <si>
+    <t>بيان الأموال الربوية وكيفيّة البيع فيها.
+النهي عن بيع الربا.
+الأوراق النقدية لها حكم الذهب والفضة في علّة الربا.
+بيع وشراء الأصناف الربوية الستة له حالات: 1- أن يباع الربوي بربوي من جنسه، كذهب بذهب وتمر بتمر... فيشترط لصحته شرطان: التماثل في الوزن أو الكيل، والتقابض في مجلس العقد، 2- أن يباع الربوي بربوي من غير جنسه مع اتحاد العلة، كذهب بفضة، والبر بالشعير فيشترط لذلك التقابض، دون التماثل، 3- أن يباع الربوي بربوي من غير جنسه مع اختلاف العلة، فلا يشترط لذلك لا تقابض، ولا تماثل كبيع الذهب بالتمر.
+بيع وشراء الأصناف غير الربوية، أو أحدهما ربوي والآخر غير ربوي؛ لا يشترط لذلك لا تقابض، ولا تماثل، كبيع العقار بالذهب.</t>
+  </si>
+  <si>
+    <t>Hadithen visar vilka tillgångar som omfattas av Riba och hur de får säljas.
+Den förbjuder all handel där en part gör en otillåten vinst genom dröjsmål eller obalans i värde.
+Sedlar räknas i denna fråga som guld och silver, eftersom de fungerar som betalningsmedel.
+Handeln med dessa varor kan delas in i tre situationer: 
+1. Samma vara för samma vara. Till exempel guld för guld, dadlar för dadlar. Då måste båda villkoren uppfyllas, lika mängd och direkt utbyte. 
+2. Olika varor av samma typ, det vill säga båda är betalningsmedel (såsom guld och silver) eller båda är matvaror, som mäts (såsom vete och korn). Här krävs bara ett villkor, att bytet sker direkt, utan dröjsmål. Mängden får skilja sig. 
+3. Varor av helt olika slag, som när man byter guld mot dadlar eller fastighet mot korn. I detta fall krävs varken likvärdighet i mängd eller ett omedelbart utbyte.
+För det som inte är Riba-varor, eller när endast den ena är en Riba-vara, krävs varken likvärdighet eller ett omedelbart utbyte (t.ex. fastighet mot guld).</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/66385</t>
+  </si>
+  <si>
+    <t>ما أسفل من الكعبين من الإزار ففي النار</t>
+  </si>
+  <si>
+    <t>”Det som hänger nedanför fotknölarna av mannens Izar (klädnad som täcker den nedre delen av kroppen) kommer att vara i elden.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا أَسْفَلَ مِنَ الكَعْبَيْنِ مِنَ الإِزَارِ فَفِي النَّارِ».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah (må Allah vara nöjd med honom) berättade att profeten ﷺ sa: ”Det som hänger nedanför fotknölarna av mannens Izar (klädnad som täcker den nedre delen av kroppen) kommer att vara i elden.”</t>
+  </si>
+  <si>
+    <t>حذَّر النبيُّ صلى الله عليه وسلم الرجال من إسبال كل ما يستر أسفل بدنهم من ثوب أو سروال أو غيرهما أسفل من كعبي القدم، وما دون الكعبين من قدم صاحب الإزار المسبل فهو في النار عقوبة له على فعله.</t>
+  </si>
+  <si>
+    <t>Profeten ﷺ varnade männen för att låta sina kläder, oavsett om det är ett plagg, byxor eller annat, hänga nedanför fotknölarna. Den del av klädnaden som är under fotknölarna kommer att vara i elden, som ett straff för denna handling.</t>
+  </si>
+  <si>
+    <t>النهي عن إطالة الثوب إلى ما أسفل الكعبين للرجال، وأنه من الكبائر.
+قال ابن حجر: ويستثنى من إسبال الإزار مطلقًا ما أسبله لضرورة؛ كمن يكون بكعبيه جرح مثلًا يؤذيه الذباب مثلاً إن لم يستره بإزاره حيث لا يجد غيره.
+هذا الحكم خاص بالرجال؛ لأن النساء أُمرن أن يرخين ثيابهن أسفل الكعبين إلى طول ذراع.</t>
+  </si>
+  <si>
+    <t>Det är förbjudet för män att låta sina kläder hänga nedanför fotknölarna, och detta räknas bland de stora synderna.
+Ibn Hajar förklarade att undantag görs om det finns en nödvändighet, som exempelvis ett sår vid fotknölarna som behöver täckas för att skydda mot insekter, när inget annat skydd finns.
+Denna bestämmelse gäller enbart män, eftersom kvinnor har beordrats att låta sina kläder nå nedanför fotknölarna, till längden av ett underarmsmått.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/66386</t>
   </si>
   <si>
     <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>'Passa er så inte era hälar leder er till helvetets eld! Se till att ni fullbordar tvagningen.'</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
     <t>'Abdullah bin 'Amr (må Allah vara nöjd med honom) sa: "Vi återvände med Allahs sändebud ﷺ från Mekka till Medina. När vi var vid en vattenkälla längs vägen, skyndade några att utföra tvagning för 'Asr-bönen. De tvagade sig hastigt, och när vi kom fram till dem, kunde vi se att vattnet inte hade nått deras hälar. Allahs sändebud ﷺ sa: 'Passa er så inte era hälar leder er till helvetets eld! Se till att ni fullbordar tvagningen.'"</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>Profeten ﷺ och hans följeslagare reste från Mekka till Medina, och under deras resa fann de vatten längs vägen. Några av följeslagarna skyndade med att utföra tvagningen för 'Asr-bönen, vilket resulterade i att delar av deras fötter inte blöttes av vatten. Detta ledde till att profeten ﷺ varnade dem för straffet i helvetet för dem som brast i att tvätta hälarna under tvagningen, och uppmanade dem med att vara noggranna i att utföra tvagningen korrekt.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Det är obligatoriskt att tvätta båda fötterna helt och hållet under tvagning, eftersom försummelse av detta kan leda till helvetet.
 Det är obligatoriskt att tvätta de kroppsdelar som ska sköljas under tvagningen. Att lämna en liten del otvättad, oavsett om det sker avsiktligt eller av slarv, kan leda till att bönen blir ogiltig.
 Den som är okunnig måste utbildas och vägledas.
 De lärda bör aktivt avvisa att man är försummande med eventuella religiösa plikter och handlingar på ett passande sätt.
 Muhammed Is'haq al-Dehlawi påpekar att fulländad tvagning kan ske på tre sätt: obligatorisk tvagning, vilket innebär att skölja området en gång; uppmanad tvagning, som är att tvätta området tre gånger; och starkt rekommenderad tvagning, vilket är att förlänga tvättprocessen samtidigt som man upprepar tre gånger.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sv/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>||"Islam har byggts på fem: vittnesmålet att det inte finns någon sann gud utom Allah, och att Muhammed är hans tjänare och sändebud, att förrätta bönen, att ge allmosa, att göra Hajj till Huset (kaba), och att fasta Ramadan</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "Islam har byggts på fem: vittnesmålet att det inte finns någon sann gud utom Allah, och att Muhammed är hans tjänare och sändebud, att förrätta bönen, att ge allmosa, att göra Hajj till Huset (kaba), och att fasta Ramadan."</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>||"Det tillåtna är tydligt och det otillåtna är tydligt, däremellan finns det sådant som är tvivelaktigt som många människor inte har kunskap om. Den som undviker det som är tveksamt har garderat sin religion och sitt anseende. Den som däremot faller in i det som är tvivelaktigt kommer slutligen att falla in i det otillåtna, likt en herde som vallar [sina djur] intill ett förbjudet område varpå de snart äter ifrån. Varje kung har säkerligen ett förbjudet område, och Allahs förbjudna område är det otillåtna. I kroppen finns en köttbit; om den är sund är resten av kroppen också sund, och om den är osund är resten av kroppen också osund. Det är helt visst hjärtat</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "Det tillåtna är tydligt och det otillåtna är tydligt, däremellan finns det sådant som är tvivelaktigt som många människor inte har kunskap om. Den som undviker det som är tveksamt har garderat sin religion och sitt anseende. Den som däremot faller in i det som är tvivelaktigt kommer slutligen att falla in i det otillåtna, likt en herde som vallar [sina djur] intill ett förbjudet område varpå de snart äter ifrån. Varje kung har säkerligen ett förbjudet område, och Allahs förbjudna område är det otillåtna. I kroppen finns en köttbit; om den är sund är resten av kroppen också sund, och om den är osund är resten av kroppen också osund. Det är helt visst hjärtat."</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>||"Ingen av er har sann tro förrän han älskar för sin broder vad han älskar för sig själv</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "Ingen av er har sann tro förrän han älskar för sin broder vad han älskar för sig själv."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>||"Av det som människor har bevarat från de tidigare profeternas uttalanden är: 'Om du inte skäms, gör då vad du vill.'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "Av det som människor har bevarat från de tidigare profeternas uttalanden är: 'Om du inte skäms, gör då vad du vill.'"</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>||"Jag sa: 'Allahs sändebud! Berätta för mig om något i islam som jag sedan inte behöver fråga någon annan om.' Han sa: 'Säg: 'Jag tror på Allah', och var därefter stabil (på det).'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "Jag sa: 'Allahs sändebud! Berätta för mig om något i islam som jag sedan inte behöver fråga någon annan om.' Han sa: 'Säg: 'Jag tror på Allah', och var därefter stabil (på det).'"</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sv/browse/hadith/66524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -21520,51 +22297,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O575"/>
+  <dimension ref="A1:O598"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -22052,26435 +22829,27588 @@
       </c>
       <c r="I12" t="s">
         <v>115</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>25</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
         <v>27</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>2969</v>
+        <v>2964</v>
       </c>
       <c r="B13" t="s">
         <v>117</v>
       </c>
       <c r="C13" t="s">
         <v>118</v>
       </c>
       <c r="D13" t="s">
         <v>119</v>
       </c>
       <c r="E13" t="s">
         <v>120</v>
       </c>
       <c r="F13" t="s">
         <v>121</v>
       </c>
       <c r="G13" t="s">
         <v>122</v>
       </c>
       <c r="H13" t="s">
         <v>123</v>
       </c>
       <c r="I13" t="s">
         <v>124</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>25</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
         <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>2971</v>
+        <v>2969</v>
       </c>
       <c r="B14" t="s">
         <v>126</v>
       </c>
       <c r="C14" t="s">
         <v>127</v>
       </c>
       <c r="D14" t="s">
         <v>128</v>
       </c>
       <c r="E14" t="s">
         <v>129</v>
       </c>
       <c r="F14" t="s">
         <v>130</v>
       </c>
       <c r="G14" t="s">
         <v>131</v>
       </c>
       <c r="H14" t="s">
         <v>132</v>
       </c>
       <c r="I14" t="s">
         <v>133</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>25</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
         <v>27</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>2985</v>
+        <v>2971</v>
       </c>
       <c r="B15" t="s">
         <v>135</v>
       </c>
       <c r="C15" t="s">
         <v>136</v>
       </c>
       <c r="D15" t="s">
         <v>137</v>
       </c>
       <c r="E15" t="s">
         <v>138</v>
       </c>
       <c r="F15" t="s">
         <v>139</v>
       </c>
       <c r="G15" t="s">
         <v>140</v>
       </c>
       <c r="H15" t="s">
         <v>141</v>
       </c>
       <c r="I15" t="s">
         <v>142</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
         <v>27</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>2986</v>
+        <v>2981</v>
       </c>
       <c r="B16" t="s">
         <v>144</v>
       </c>
       <c r="C16" t="s">
         <v>145</v>
       </c>
       <c r="D16" t="s">
         <v>146</v>
       </c>
       <c r="E16" t="s">
         <v>147</v>
       </c>
       <c r="F16" t="s">
         <v>148</v>
       </c>
       <c r="G16" t="s">
         <v>149</v>
       </c>
       <c r="H16" t="s">
         <v>150</v>
       </c>
       <c r="I16" t="s">
         <v>151</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
         <v>25</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
         <v>27</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>2997</v>
+        <v>2985</v>
       </c>
       <c r="B17" t="s">
         <v>153</v>
       </c>
       <c r="C17" t="s">
         <v>154</v>
       </c>
       <c r="D17" t="s">
         <v>155</v>
       </c>
       <c r="E17" t="s">
         <v>156</v>
       </c>
       <c r="F17" t="s">
         <v>157</v>
       </c>
       <c r="G17" t="s">
         <v>158</v>
       </c>
       <c r="H17" t="s">
         <v>159</v>
       </c>
       <c r="I17" t="s">
         <v>160</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>25</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3007</v>
+        <v>2986</v>
       </c>
       <c r="B18" t="s">
         <v>162</v>
       </c>
       <c r="C18" t="s">
         <v>163</v>
       </c>
       <c r="D18" t="s">
         <v>164</v>
       </c>
       <c r="E18" t="s">
         <v>165</v>
       </c>
       <c r="F18" t="s">
         <v>166</v>
       </c>
       <c r="G18" t="s">
         <v>167</v>
       </c>
       <c r="H18" t="s">
         <v>168</v>
       </c>
       <c r="I18" t="s">
         <v>169</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
+        <v>25</v>
+      </c>
+      <c r="L18" t="s">
+        <v>26</v>
+      </c>
+      <c r="M18" t="s">
+        <v>27</v>
+      </c>
+      <c r="N18" t="s">
+        <v>28</v>
+      </c>
+      <c r="O18" t="s">
         <v>170</v>
-      </c>
-[...10 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3010</v>
+        <v>2987</v>
       </c>
       <c r="B19" t="s">
+        <v>171</v>
+      </c>
+      <c r="C19" t="s">
+        <v>172</v>
+      </c>
+      <c r="D19" t="s">
         <v>173</v>
       </c>
-      <c r="C19" t="s">
+      <c r="E19" t="s">
         <v>174</v>
       </c>
-      <c r="D19" t="s">
+      <c r="F19" t="s">
         <v>175</v>
       </c>
-      <c r="E19" t="s">
+      <c r="G19" t="s">
+        <v>172</v>
+      </c>
+      <c r="H19" t="s">
         <v>176</v>
       </c>
-      <c r="F19" t="s">
+      <c r="I19" t="s">
         <v>177</v>
-      </c>
-[...7 lines deleted...]
-        <v>180</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
         <v>25</v>
       </c>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
         <v>27</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3013</v>
+        <v>2994</v>
       </c>
       <c r="B20" t="s">
+        <v>179</v>
+      </c>
+      <c r="C20" t="s">
+        <v>180</v>
+      </c>
+      <c r="D20" t="s">
+        <v>181</v>
+      </c>
+      <c r="E20" t="s">
         <v>182</v>
       </c>
-      <c r="C20" t="s">
+      <c r="F20" t="s">
         <v>183</v>
       </c>
-      <c r="D20" t="s">
+      <c r="G20" t="s">
         <v>184</v>
       </c>
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>185</v>
       </c>
-      <c r="F20" t="s">
+      <c r="I20" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>189</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
         <v>25</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
         <v>27</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3014</v>
+        <v>2997</v>
       </c>
       <c r="B21" t="s">
+        <v>188</v>
+      </c>
+      <c r="C21" t="s">
+        <v>189</v>
+      </c>
+      <c r="D21" t="s">
+        <v>190</v>
+      </c>
+      <c r="E21" t="s">
         <v>191</v>
       </c>
-      <c r="C21" t="s">
+      <c r="F21" t="s">
         <v>192</v>
       </c>
-      <c r="D21" t="s">
+      <c r="G21" t="s">
         <v>193</v>
       </c>
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>194</v>
       </c>
-      <c r="F21" t="s">
+      <c r="I21" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
         <v>25</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
         <v>27</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3017</v>
+        <v>3007</v>
       </c>
       <c r="B22" t="s">
+        <v>197</v>
+      </c>
+      <c r="C22" t="s">
+        <v>198</v>
+      </c>
+      <c r="D22" t="s">
+        <v>199</v>
+      </c>
+      <c r="E22" t="s">
         <v>200</v>
       </c>
-      <c r="C22" t="s">
+      <c r="F22" t="s">
         <v>201</v>
       </c>
-      <c r="D22" t="s">
+      <c r="G22" t="s">
         <v>202</v>
       </c>
-      <c r="E22" t="s">
+      <c r="H22" t="s">
         <v>203</v>
       </c>
-      <c r="F22" t="s">
+      <c r="I22" t="s">
         <v>204</v>
       </c>
-      <c r="G22" t="s">
+      <c r="J22" t="s">
+        <v>24</v>
+      </c>
+      <c r="K22" t="s">
         <v>205</v>
       </c>
-      <c r="H22" t="s">
+      <c r="L22" t="s">
+        <v>26</v>
+      </c>
+      <c r="M22" t="s">
         <v>206</v>
       </c>
-      <c r="I22" t="s">
+      <c r="N22" t="s">
+        <v>28</v>
+      </c>
+      <c r="O22" t="s">
         <v>207</v>
-      </c>
-[...16 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3018</v>
+        <v>3010</v>
       </c>
       <c r="B23" t="s">
+        <v>208</v>
+      </c>
+      <c r="C23" t="s">
+        <v>209</v>
+      </c>
+      <c r="D23" t="s">
+        <v>210</v>
+      </c>
+      <c r="E23" t="s">
         <v>211</v>
       </c>
-      <c r="C23" t="s">
+      <c r="F23" t="s">
         <v>212</v>
       </c>
-      <c r="D23" t="s">
+      <c r="G23" t="s">
         <v>213</v>
       </c>
-      <c r="E23" t="s">
+      <c r="H23" t="s">
         <v>214</v>
       </c>
-      <c r="F23" t="s">
+      <c r="I23" t="s">
         <v>215</v>
-      </c>
-[...7 lines deleted...]
-        <v>218</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3029</v>
+        <v>3013</v>
       </c>
       <c r="B24" t="s">
+        <v>217</v>
+      </c>
+      <c r="C24" t="s">
+        <v>218</v>
+      </c>
+      <c r="D24" t="s">
+        <v>219</v>
+      </c>
+      <c r="E24" t="s">
         <v>220</v>
       </c>
-      <c r="C24" t="s">
+      <c r="F24" t="s">
         <v>221</v>
       </c>
-      <c r="D24" t="s">
+      <c r="G24" t="s">
         <v>222</v>
       </c>
-      <c r="E24" t="s">
+      <c r="H24" t="s">
         <v>223</v>
       </c>
-      <c r="F24" t="s">
+      <c r="I24" t="s">
         <v>224</v>
-      </c>
-[...7 lines deleted...]
-        <v>227</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3031</v>
+        <v>3014</v>
       </c>
       <c r="B25" t="s">
+        <v>226</v>
+      </c>
+      <c r="C25" t="s">
+        <v>227</v>
+      </c>
+      <c r="D25" t="s">
+        <v>228</v>
+      </c>
+      <c r="E25" t="s">
         <v>229</v>
       </c>
-      <c r="C25" t="s">
+      <c r="F25" t="s">
         <v>230</v>
       </c>
-      <c r="D25" t="s">
+      <c r="G25" t="s">
         <v>231</v>
       </c>
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>232</v>
       </c>
-      <c r="F25" t="s">
+      <c r="I25" t="s">
         <v>233</v>
-      </c>
-[...7 lines deleted...]
-        <v>236</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
         <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3033</v>
+        <v>3017</v>
       </c>
       <c r="B26" t="s">
+        <v>235</v>
+      </c>
+      <c r="C26" t="s">
+        <v>236</v>
+      </c>
+      <c r="D26" t="s">
+        <v>237</v>
+      </c>
+      <c r="E26" t="s">
         <v>238</v>
       </c>
-      <c r="C26" t="s">
+      <c r="F26" t="s">
         <v>239</v>
       </c>
-      <c r="D26" t="s">
+      <c r="G26" t="s">
         <v>240</v>
       </c>
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>241</v>
       </c>
-      <c r="F26" t="s">
+      <c r="I26" t="s">
         <v>242</v>
       </c>
-      <c r="G26" t="s">
+      <c r="J26" t="s">
+        <v>24</v>
+      </c>
+      <c r="K26" t="s">
         <v>243</v>
       </c>
-      <c r="H26" t="s">
+      <c r="L26" t="s">
+        <v>26</v>
+      </c>
+      <c r="M26" t="s">
         <v>244</v>
       </c>
-      <c r="I26" t="s">
+      <c r="N26" t="s">
+        <v>28</v>
+      </c>
+      <c r="O26" t="s">
         <v>245</v>
-      </c>
-[...16 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3037</v>
+        <v>3018</v>
       </c>
       <c r="B27" t="s">
+        <v>246</v>
+      </c>
+      <c r="C27" t="s">
         <v>247</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>248</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>249</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
         <v>250</v>
       </c>
-      <c r="F27" t="s">
+      <c r="G27" t="s">
         <v>251</v>
       </c>
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>252</v>
       </c>
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>253</v>
       </c>
-      <c r="I27" t="s">
+      <c r="J27" t="s">
+        <v>24</v>
+      </c>
+      <c r="K27" t="s">
+        <v>25</v>
+      </c>
+      <c r="L27" t="s">
+        <v>26</v>
+      </c>
+      <c r="M27" t="s">
+        <v>27</v>
+      </c>
+      <c r="N27" t="s">
+        <v>28</v>
+      </c>
+      <c r="O27" t="s">
         <v>254</v>
-      </c>
-[...16 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3044</v>
+        <v>3024</v>
       </c>
       <c r="B28" t="s">
+        <v>255</v>
+      </c>
+      <c r="C28" t="s">
         <v>256</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>257</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>258</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>259</v>
       </c>
-      <c r="F28" t="s">
+      <c r="G28" t="s">
         <v>260</v>
       </c>
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>261</v>
       </c>
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>262</v>
       </c>
-      <c r="I28" t="s">
+      <c r="J28" t="s">
+        <v>24</v>
+      </c>
+      <c r="K28" t="s">
+        <v>25</v>
+      </c>
+      <c r="L28" t="s">
+        <v>26</v>
+      </c>
+      <c r="M28" t="s">
+        <v>27</v>
+      </c>
+      <c r="N28" t="s">
+        <v>28</v>
+      </c>
+      <c r="O28" t="s">
         <v>263</v>
-      </c>
-[...16 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>3045</v>
+        <v>3029</v>
       </c>
       <c r="B29" t="s">
+        <v>264</v>
+      </c>
+      <c r="C29" t="s">
         <v>265</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>266</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>267</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>268</v>
       </c>
-      <c r="F29" t="s">
+      <c r="G29" t="s">
         <v>269</v>
       </c>
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>270</v>
       </c>
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>271</v>
       </c>
-      <c r="I29" t="s">
+      <c r="J29" t="s">
+        <v>24</v>
+      </c>
+      <c r="K29" t="s">
+        <v>25</v>
+      </c>
+      <c r="L29" t="s">
+        <v>26</v>
+      </c>
+      <c r="M29" t="s">
+        <v>27</v>
+      </c>
+      <c r="N29" t="s">
+        <v>28</v>
+      </c>
+      <c r="O29" t="s">
         <v>272</v>
-      </c>
-[...13 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>3053</v>
+        <v>3031</v>
       </c>
       <c r="B30" t="s">
+        <v>273</v>
+      </c>
+      <c r="C30" t="s">
+        <v>274</v>
+      </c>
+      <c r="D30" t="s">
+        <v>275</v>
+      </c>
+      <c r="E30" t="s">
+        <v>276</v>
+      </c>
+      <c r="F30" t="s">
         <v>277</v>
       </c>
-      <c r="C30" t="s">
+      <c r="G30" t="s">
         <v>278</v>
       </c>
-      <c r="D30" t="s">
+      <c r="H30" t="s">
         <v>279</v>
       </c>
-      <c r="E30" t="s">
+      <c r="I30" t="s">
         <v>280</v>
       </c>
-      <c r="F30" t="s">
+      <c r="J30" t="s">
+        <v>24</v>
+      </c>
+      <c r="K30" t="s">
+        <v>25</v>
+      </c>
+      <c r="L30" t="s">
+        <v>26</v>
+      </c>
+      <c r="M30" t="s">
+        <v>27</v>
+      </c>
+      <c r="N30" t="s">
+        <v>28</v>
+      </c>
+      <c r="O30" t="s">
         <v>281</v>
-      </c>
-[...25 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>3060</v>
+        <v>3033</v>
       </c>
       <c r="B31" t="s">
+        <v>282</v>
+      </c>
+      <c r="C31" t="s">
+        <v>283</v>
+      </c>
+      <c r="D31" t="s">
+        <v>284</v>
+      </c>
+      <c r="E31" t="s">
+        <v>285</v>
+      </c>
+      <c r="F31" t="s">
         <v>286</v>
       </c>
-      <c r="C31" t="s">
+      <c r="G31" t="s">
         <v>287</v>
       </c>
-      <c r="D31" t="s">
+      <c r="H31" t="s">
         <v>288</v>
       </c>
-      <c r="E31" t="s">
+      <c r="I31" t="s">
         <v>289</v>
-      </c>
-[...10 lines deleted...]
-        <v>293</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>3061</v>
+        <v>3037</v>
       </c>
       <c r="B32" t="s">
+        <v>291</v>
+      </c>
+      <c r="C32" t="s">
+        <v>292</v>
+      </c>
+      <c r="D32" t="s">
+        <v>293</v>
+      </c>
+      <c r="E32" t="s">
+        <v>294</v>
+      </c>
+      <c r="F32" t="s">
         <v>295</v>
       </c>
-      <c r="C32" t="s">
+      <c r="G32" t="s">
         <v>296</v>
       </c>
-      <c r="D32" t="s">
+      <c r="H32" t="s">
         <v>297</v>
       </c>
-      <c r="E32" t="s">
+      <c r="I32" t="s">
         <v>298</v>
       </c>
-      <c r="F32" t="s">
+      <c r="J32" t="s">
+        <v>24</v>
+      </c>
+      <c r="K32" t="s">
+        <v>205</v>
+      </c>
+      <c r="L32" t="s">
+        <v>26</v>
+      </c>
+      <c r="M32" t="s">
+        <v>206</v>
+      </c>
+      <c r="N32" t="s">
+        <v>28</v>
+      </c>
+      <c r="O32" t="s">
         <v>299</v>
-      </c>
-[...25 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>3062</v>
+        <v>3044</v>
       </c>
       <c r="B33" t="s">
+        <v>300</v>
+      </c>
+      <c r="C33" t="s">
+        <v>301</v>
+      </c>
+      <c r="D33" t="s">
+        <v>302</v>
+      </c>
+      <c r="E33" t="s">
+        <v>303</v>
+      </c>
+      <c r="F33" t="s">
         <v>304</v>
       </c>
-      <c r="C33" t="s">
+      <c r="G33" t="s">
         <v>305</v>
       </c>
-      <c r="D33" t="s">
+      <c r="H33" t="s">
         <v>306</v>
       </c>
-      <c r="E33" t="s">
+      <c r="I33" t="s">
         <v>307</v>
       </c>
-      <c r="F33" t="s">
+      <c r="J33" t="s">
+        <v>24</v>
+      </c>
+      <c r="K33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L33" t="s">
+        <v>26</v>
+      </c>
+      <c r="M33" t="s">
+        <v>48</v>
+      </c>
+      <c r="N33" t="s">
+        <v>28</v>
+      </c>
+      <c r="O33" t="s">
         <v>308</v>
-      </c>
-[...25 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>3063</v>
+        <v>3045</v>
       </c>
       <c r="B34" t="s">
+        <v>309</v>
+      </c>
+      <c r="C34" t="s">
+        <v>310</v>
+      </c>
+      <c r="D34" t="s">
+        <v>311</v>
+      </c>
+      <c r="E34" t="s">
+        <v>312</v>
+      </c>
+      <c r="F34" t="s">
+        <v>313</v>
+      </c>
+      <c r="G34" t="s">
+        <v>314</v>
+      </c>
+      <c r="H34" t="s">
         <v>315</v>
       </c>
-      <c r="C34" t="s">
+      <c r="I34" t="s">
         <v>316</v>
       </c>
-      <c r="D34" t="s">
+      <c r="J34" t="s">
         <v>317</v>
       </c>
-      <c r="E34" t="s">
+      <c r="K34" t="s">
         <v>318</v>
       </c>
-      <c r="F34" t="s">
+      <c r="L34" t="s">
         <v>319</v>
       </c>
-      <c r="G34" t="s">
+      <c r="M34" t="s">
         <v>320</v>
       </c>
-      <c r="H34" t="s">
+      <c r="N34" t="s">
+        <v>28</v>
+      </c>
+      <c r="O34" t="s">
         <v>321</v>
-      </c>
-[...19 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>3071</v>
+        <v>3053</v>
       </c>
       <c r="B35" t="s">
+        <v>322</v>
+      </c>
+      <c r="C35" t="s">
+        <v>323</v>
+      </c>
+      <c r="D35" t="s">
         <v>324</v>
       </c>
-      <c r="C35" t="s">
+      <c r="E35" t="s">
         <v>325</v>
       </c>
-      <c r="D35" t="s">
+      <c r="F35" t="s">
         <v>326</v>
       </c>
-      <c r="E35" t="s">
+      <c r="G35" t="s">
         <v>327</v>
       </c>
-      <c r="F35" t="s">
+      <c r="H35" t="s">
         <v>328</v>
       </c>
-      <c r="G35" t="s">
+      <c r="I35" t="s">
         <v>329</v>
       </c>
-      <c r="H35" t="s">
+      <c r="J35" t="s">
+        <v>24</v>
+      </c>
+      <c r="K35" t="s">
+        <v>205</v>
+      </c>
+      <c r="L35" t="s">
+        <v>26</v>
+      </c>
+      <c r="M35" t="s">
+        <v>206</v>
+      </c>
+      <c r="N35" t="s">
+        <v>28</v>
+      </c>
+      <c r="O35" t="s">
         <v>330</v>
-      </c>
-[...19 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>3075</v>
+        <v>3056</v>
       </c>
       <c r="B36" t="s">
+        <v>331</v>
+      </c>
+      <c r="C36" t="s">
+        <v>332</v>
+      </c>
+      <c r="D36" t="s">
         <v>333</v>
       </c>
-      <c r="C36" t="s">
+      <c r="E36" t="s">
         <v>334</v>
       </c>
-      <c r="D36" t="s">
+      <c r="F36" t="s">
         <v>335</v>
       </c>
-      <c r="E36" t="s">
+      <c r="G36" t="s">
         <v>336</v>
       </c>
-      <c r="F36" t="s">
+      <c r="H36" t="s">
         <v>337</v>
       </c>
-      <c r="G36" t="s">
+      <c r="I36" t="s">
         <v>338</v>
       </c>
-      <c r="H36" t="s">
+      <c r="J36" t="s">
+        <v>24</v>
+      </c>
+      <c r="K36" t="s">
         <v>339</v>
       </c>
-      <c r="I36" t="s">
+      <c r="L36" t="s">
+        <v>26</v>
+      </c>
+      <c r="M36" t="s">
         <v>340</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>3078</v>
+        <v>3060</v>
       </c>
       <c r="B37" t="s">
         <v>342</v>
       </c>
       <c r="C37" t="s">
         <v>343</v>
       </c>
       <c r="D37" t="s">
         <v>344</v>
       </c>
       <c r="E37" t="s">
         <v>345</v>
       </c>
       <c r="F37" t="s">
         <v>346</v>
       </c>
       <c r="G37" t="s">
         <v>347</v>
       </c>
       <c r="H37" t="s">
         <v>348</v>
       </c>
       <c r="I37" t="s">
         <v>349</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>3079</v>
+        <v>3061</v>
       </c>
       <c r="B38" t="s">
         <v>351</v>
       </c>
       <c r="C38" t="s">
         <v>352</v>
       </c>
       <c r="D38" t="s">
         <v>353</v>
       </c>
       <c r="E38" t="s">
         <v>354</v>
       </c>
       <c r="F38" t="s">
         <v>355</v>
       </c>
       <c r="G38" t="s">
         <v>356</v>
       </c>
       <c r="H38" t="s">
         <v>357</v>
       </c>
       <c r="I38" t="s">
         <v>358</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>3086</v>
+        <v>3062</v>
       </c>
       <c r="B39" t="s">
         <v>360</v>
       </c>
       <c r="C39" t="s">
         <v>361</v>
       </c>
       <c r="D39" t="s">
         <v>362</v>
       </c>
       <c r="E39" t="s">
         <v>363</v>
       </c>
       <c r="F39" t="s">
         <v>364</v>
       </c>
       <c r="G39" t="s">
         <v>365</v>
       </c>
       <c r="H39" t="s">
         <v>366</v>
       </c>
       <c r="I39" t="s">
         <v>367</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>25</v>
+        <v>368</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
-        <v>27</v>
+        <v>369</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>3087</v>
+        <v>3063</v>
       </c>
       <c r="B40" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C40" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="D40" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="E40" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="F40" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="G40" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="H40" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I40" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>25</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>3088</v>
+        <v>3071</v>
       </c>
       <c r="B41" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C41" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D41" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="E41" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="F41" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="G41" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="H41" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="I41" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>3095</v>
+        <v>3075</v>
       </c>
       <c r="B42" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C42" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D42" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E42" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="F42" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="G42" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="H42" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="I42" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>3096</v>
+        <v>3078</v>
       </c>
       <c r="B43" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C43" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D43" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E43" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F43" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G43" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="H43" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="I43" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>3103</v>
+        <v>3079</v>
       </c>
       <c r="B44" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C44" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D44" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="E44" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="F44" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="G44" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="H44" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="I44" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>3104</v>
+        <v>3086</v>
       </c>
       <c r="B45" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="C45" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D45" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E45" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F45" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="G45" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="H45" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="I45" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>3107</v>
+        <v>3087</v>
       </c>
       <c r="B46" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C46" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D46" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="E46" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="F46" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="G46" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="H46" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="I46" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>3110</v>
+        <v>3088</v>
       </c>
       <c r="B47" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C47" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D47" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="E47" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="F47" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="G47" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="H47" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="I47" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>3122</v>
+        <v>3095</v>
       </c>
       <c r="B48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C48" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D48" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E48" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F48" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G48" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="H48" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="I48" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="J48" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>450</v>
+        <v>25</v>
       </c>
       <c r="L48" t="s">
+        <v>26</v>
+      </c>
+      <c r="M48" t="s">
+        <v>27</v>
+      </c>
+      <c r="N48" t="s">
+        <v>28</v>
+      </c>
+      <c r="O48" t="s">
         <v>451</v>
-      </c>
-[...7 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>3127</v>
+        <v>3096</v>
       </c>
       <c r="B49" t="s">
+        <v>452</v>
+      </c>
+      <c r="C49" t="s">
+        <v>453</v>
+      </c>
+      <c r="D49" t="s">
         <v>454</v>
       </c>
-      <c r="C49" t="s">
+      <c r="E49" t="s">
         <v>455</v>
       </c>
-      <c r="D49" t="s">
+      <c r="F49" t="s">
         <v>456</v>
       </c>
-      <c r="E49" t="s">
+      <c r="G49" t="s">
         <v>457</v>
       </c>
-      <c r="F49" t="s">
+      <c r="H49" t="s">
         <v>458</v>
       </c>
-      <c r="G49" t="s">
+      <c r="I49" t="s">
         <v>459</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>3135</v>
+        <v>3103</v>
       </c>
       <c r="B50" t="s">
+        <v>461</v>
+      </c>
+      <c r="C50" t="s">
+        <v>462</v>
+      </c>
+      <c r="D50" t="s">
         <v>463</v>
       </c>
-      <c r="C50" t="s">
+      <c r="E50" t="s">
         <v>464</v>
       </c>
-      <c r="D50" t="s">
+      <c r="F50" t="s">
         <v>465</v>
       </c>
-      <c r="E50" t="s">
+      <c r="G50" t="s">
         <v>466</v>
       </c>
-      <c r="F50" t="s">
+      <c r="H50" t="s">
         <v>467</v>
       </c>
-      <c r="G50" t="s">
+      <c r="I50" t="s">
         <v>468</v>
-      </c>
-[...4 lines deleted...]
-        <v>470</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
         <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
         <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>3138</v>
+        <v>3104</v>
       </c>
       <c r="B51" t="s">
+        <v>470</v>
+      </c>
+      <c r="C51" t="s">
+        <v>471</v>
+      </c>
+      <c r="D51" t="s">
         <v>472</v>
       </c>
-      <c r="C51" t="s">
+      <c r="E51" t="s">
         <v>473</v>
       </c>
-      <c r="D51" t="s">
+      <c r="F51" t="s">
         <v>474</v>
       </c>
-      <c r="E51" t="s">
+      <c r="G51" t="s">
         <v>475</v>
       </c>
-      <c r="F51" t="s">
+      <c r="H51" t="s">
         <v>476</v>
       </c>
-      <c r="G51" t="s">
+      <c r="I51" t="s">
         <v>477</v>
       </c>
-      <c r="H51" t="s">
+      <c r="J51" t="s">
+        <v>24</v>
+      </c>
+      <c r="K51" t="s">
+        <v>25</v>
+      </c>
+      <c r="L51" t="s">
+        <v>26</v>
+      </c>
+      <c r="M51" t="s">
+        <v>27</v>
+      </c>
+      <c r="N51" t="s">
+        <v>28</v>
+      </c>
+      <c r="O51" t="s">
         <v>478</v>
-      </c>
-[...19 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>3142</v>
+        <v>3107</v>
       </c>
       <c r="B52" t="s">
+        <v>479</v>
+      </c>
+      <c r="C52" t="s">
+        <v>480</v>
+      </c>
+      <c r="D52" t="s">
         <v>481</v>
       </c>
-      <c r="C52" t="s">
+      <c r="E52" t="s">
         <v>482</v>
       </c>
-      <c r="D52" t="s">
+      <c r="F52" t="s">
         <v>483</v>
       </c>
-      <c r="E52" t="s">
+      <c r="G52" t="s">
         <v>484</v>
       </c>
-      <c r="F52" t="s">
+      <c r="H52" t="s">
         <v>485</v>
       </c>
-      <c r="G52" t="s">
+      <c r="I52" t="s">
         <v>486</v>
       </c>
-      <c r="H52" t="s">
+      <c r="J52" t="s">
+        <v>24</v>
+      </c>
+      <c r="K52" t="s">
+        <v>25</v>
+      </c>
+      <c r="L52" t="s">
+        <v>26</v>
+      </c>
+      <c r="M52" t="s">
+        <v>27</v>
+      </c>
+      <c r="N52" t="s">
+        <v>28</v>
+      </c>
+      <c r="O52" t="s">
         <v>487</v>
-      </c>
-[...19 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>3143</v>
+        <v>3110</v>
       </c>
       <c r="B53" t="s">
+        <v>488</v>
+      </c>
+      <c r="C53" t="s">
+        <v>489</v>
+      </c>
+      <c r="D53" t="s">
         <v>490</v>
       </c>
-      <c r="C53" t="s">
+      <c r="E53" t="s">
         <v>491</v>
       </c>
-      <c r="D53" t="s">
+      <c r="F53" t="s">
         <v>492</v>
       </c>
-      <c r="E53" t="s">
+      <c r="G53" t="s">
         <v>493</v>
       </c>
-      <c r="F53" t="s">
+      <c r="H53" t="s">
         <v>494</v>
       </c>
-      <c r="G53" t="s">
+      <c r="I53" t="s">
         <v>495</v>
-      </c>
-[...4 lines deleted...]
-        <v>497</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>3144</v>
+        <v>3122</v>
       </c>
       <c r="B54" t="s">
+        <v>497</v>
+      </c>
+      <c r="C54" t="s">
+        <v>498</v>
+      </c>
+      <c r="D54" t="s">
         <v>499</v>
       </c>
-      <c r="C54" t="s">
+      <c r="E54" t="s">
         <v>500</v>
       </c>
-      <c r="D54" t="s">
+      <c r="F54" t="s">
         <v>501</v>
       </c>
-      <c r="E54" t="s">
+      <c r="G54" t="s">
         <v>502</v>
       </c>
-      <c r="F54" t="s">
+      <c r="H54" t="s">
         <v>503</v>
       </c>
-      <c r="G54" t="s">
+      <c r="I54" t="s">
         <v>504</v>
       </c>
-      <c r="H54" t="s">
+      <c r="J54" t="s">
         <v>505</v>
       </c>
-      <c r="I54" t="s">
+      <c r="K54" t="s">
         <v>506</v>
       </c>
-      <c r="J54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L54" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M54" t="s">
-        <v>27</v>
+        <v>508</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>3145</v>
+        <v>3127</v>
       </c>
       <c r="B55" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C55" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D55" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="E55" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F55" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="G55" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="H55" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="I55" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>3150</v>
+        <v>3135</v>
       </c>
       <c r="B56" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C56" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="D56" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="E56" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="F56" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="G56" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="H56" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="I56" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>3153</v>
+        <v>3138</v>
       </c>
       <c r="B57" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="D57" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="E57" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F57" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="G57" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="H57" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="I57" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>3156</v>
+        <v>3142</v>
       </c>
       <c r="B58" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C58" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D58" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="E58" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="F58" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="G58" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="H58" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="I58" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>3157</v>
+        <v>3143</v>
       </c>
       <c r="B59" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C59" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D59" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="E59" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F59" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="G59" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="H59" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="I59" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>3159</v>
+        <v>3144</v>
       </c>
       <c r="B60" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C60" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D60" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="E60" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F60" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="G60" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="H60" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="I60" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="J60" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L60" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M60" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>3220</v>
+        <v>3145</v>
       </c>
       <c r="B61" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C61" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D61" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="E61" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F61" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="G61" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="H61" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="I61" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
         <v>25</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
         <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>3236</v>
+        <v>3150</v>
       </c>
       <c r="B62" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C62" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D62" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="E62" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="F62" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="G62" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="H62" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="I62" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>579</v>
+        <v>25</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>580</v>
+        <v>27</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>3267</v>
+        <v>3153</v>
       </c>
       <c r="B63" t="s">
         <v>582</v>
       </c>
       <c r="C63" t="s">
         <v>583</v>
       </c>
       <c r="D63" t="s">
         <v>584</v>
       </c>
       <c r="E63" t="s">
         <v>585</v>
       </c>
       <c r="F63" t="s">
         <v>586</v>
       </c>
       <c r="G63" t="s">
         <v>587</v>
       </c>
       <c r="H63" t="s">
         <v>588</v>
       </c>
       <c r="I63" t="s">
         <v>589</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>3272</v>
+        <v>3156</v>
       </c>
       <c r="B64" t="s">
         <v>591</v>
       </c>
       <c r="C64" t="s">
         <v>592</v>
       </c>
       <c r="D64" t="s">
         <v>593</v>
       </c>
       <c r="E64" t="s">
         <v>594</v>
       </c>
       <c r="F64" t="s">
         <v>595</v>
       </c>
       <c r="G64" t="s">
         <v>596</v>
       </c>
       <c r="H64" t="s">
         <v>597</v>
       </c>
       <c r="I64" t="s">
         <v>598</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>3279</v>
+        <v>3157</v>
       </c>
       <c r="B65" t="s">
         <v>600</v>
       </c>
       <c r="C65" t="s">
         <v>601</v>
       </c>
       <c r="D65" t="s">
         <v>602</v>
       </c>
       <c r="E65" t="s">
         <v>603</v>
       </c>
       <c r="F65" t="s">
         <v>604</v>
       </c>
       <c r="G65" t="s">
         <v>605</v>
       </c>
       <c r="H65" t="s">
         <v>606</v>
       </c>
       <c r="I65" t="s">
         <v>607</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>3285</v>
+        <v>3159</v>
       </c>
       <c r="B66" t="s">
         <v>609</v>
       </c>
       <c r="C66" t="s">
         <v>610</v>
       </c>
       <c r="D66" t="s">
         <v>611</v>
       </c>
       <c r="E66" t="s">
         <v>612</v>
       </c>
       <c r="F66" t="s">
         <v>613</v>
       </c>
       <c r="G66" t="s">
         <v>614</v>
       </c>
       <c r="H66" t="s">
         <v>615</v>
       </c>
       <c r="I66" t="s">
         <v>616</v>
       </c>
       <c r="J66" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K66" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="L66" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M66" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>3298</v>
+        <v>3185</v>
       </c>
       <c r="B67" t="s">
         <v>618</v>
       </c>
       <c r="C67" t="s">
         <v>619</v>
       </c>
       <c r="D67" t="s">
         <v>620</v>
       </c>
       <c r="E67" t="s">
         <v>621</v>
       </c>
       <c r="F67" t="s">
         <v>622</v>
       </c>
       <c r="G67" t="s">
         <v>623</v>
       </c>
       <c r="H67" t="s">
         <v>624</v>
       </c>
       <c r="I67" t="s">
         <v>625</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>3310</v>
+        <v>3220</v>
       </c>
       <c r="B68" t="s">
         <v>627</v>
       </c>
       <c r="C68" t="s">
         <v>628</v>
       </c>
       <c r="D68" t="s">
         <v>629</v>
       </c>
       <c r="E68" t="s">
         <v>630</v>
       </c>
       <c r="F68" t="s">
         <v>631</v>
       </c>
       <c r="G68" t="s">
         <v>632</v>
       </c>
       <c r="H68" t="s">
         <v>633</v>
       </c>
       <c r="I68" t="s">
         <v>634</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>3313</v>
+        <v>3236</v>
       </c>
       <c r="B69" t="s">
         <v>636</v>
       </c>
       <c r="C69" t="s">
         <v>637</v>
       </c>
       <c r="D69" t="s">
         <v>638</v>
       </c>
       <c r="E69" t="s">
         <v>639</v>
       </c>
       <c r="F69" t="s">
         <v>640</v>
       </c>
       <c r="G69" t="s">
         <v>641</v>
       </c>
       <c r="H69" t="s">
         <v>642</v>
       </c>
       <c r="I69" t="s">
         <v>643</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>25</v>
+        <v>644</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>27</v>
+        <v>645</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>3316</v>
+        <v>3267</v>
       </c>
       <c r="B70" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C70" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D70" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="E70" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="F70" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="G70" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="H70" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="I70" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>48</v>
+        <v>206</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>3317</v>
+        <v>3272</v>
       </c>
       <c r="B71" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C71" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="D71" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="E71" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="F71" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="G71" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="H71" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="I71" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>450</v>
+        <v>205</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>452</v>
+        <v>206</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>3330</v>
+        <v>3279</v>
       </c>
       <c r="B72" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C72" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="D72" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="E72" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="F72" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G72" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="H72" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="I72" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
         <v>25</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
         <v>27</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>3331</v>
+        <v>3284</v>
       </c>
       <c r="B73" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C73" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D73" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="E73" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="F73" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="G73" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="H73" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="I73" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>3336</v>
+        <v>3285</v>
       </c>
       <c r="B74" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C74" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="D74" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="E74" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="F74" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="G74" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="H74" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="I74" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>689</v>
+        <v>47</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>690</v>
+        <v>48</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>3341</v>
+        <v>3293</v>
       </c>
       <c r="B75" t="s">
         <v>692</v>
       </c>
       <c r="C75" t="s">
         <v>693</v>
       </c>
       <c r="D75" t="s">
         <v>694</v>
       </c>
       <c r="E75" t="s">
         <v>695</v>
       </c>
       <c r="F75" t="s">
         <v>696</v>
       </c>
       <c r="G75" t="s">
         <v>697</v>
       </c>
       <c r="H75" t="s">
         <v>698</v>
       </c>
       <c r="I75" t="s">
         <v>699</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
         <v>47</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>48</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>3342</v>
+        <v>3298</v>
       </c>
       <c r="B76" t="s">
         <v>701</v>
       </c>
       <c r="C76" t="s">
         <v>702</v>
       </c>
       <c r="D76" t="s">
         <v>703</v>
       </c>
       <c r="E76" t="s">
         <v>704</v>
       </c>
       <c r="F76" t="s">
         <v>705</v>
       </c>
       <c r="G76" t="s">
         <v>706</v>
       </c>
       <c r="H76" t="s">
         <v>707</v>
       </c>
       <c r="I76" t="s">
         <v>708</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>3345</v>
+        <v>3310</v>
       </c>
       <c r="B77" t="s">
         <v>710</v>
       </c>
       <c r="C77" t="s">
         <v>711</v>
       </c>
       <c r="D77" t="s">
         <v>712</v>
       </c>
       <c r="E77" t="s">
         <v>713</v>
       </c>
       <c r="F77" t="s">
         <v>714</v>
       </c>
       <c r="G77" t="s">
         <v>715</v>
       </c>
       <c r="H77" t="s">
         <v>716</v>
       </c>
       <c r="I77" t="s">
         <v>717</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>3347</v>
+        <v>3313</v>
       </c>
       <c r="B78" t="s">
         <v>719</v>
       </c>
       <c r="C78" t="s">
         <v>720</v>
       </c>
       <c r="D78" t="s">
         <v>721</v>
       </c>
       <c r="E78" t="s">
         <v>722</v>
       </c>
       <c r="F78" t="s">
         <v>723</v>
       </c>
       <c r="G78" t="s">
         <v>724</v>
       </c>
       <c r="H78" t="s">
         <v>725</v>
       </c>
       <c r="I78" t="s">
         <v>726</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>3348</v>
+        <v>3316</v>
       </c>
       <c r="B79" t="s">
         <v>728</v>
       </c>
       <c r="C79" t="s">
         <v>729</v>
       </c>
       <c r="D79" t="s">
         <v>730</v>
       </c>
       <c r="E79" t="s">
         <v>731</v>
       </c>
       <c r="F79" t="s">
         <v>732</v>
       </c>
       <c r="G79" t="s">
         <v>733</v>
       </c>
       <c r="H79" t="s">
         <v>734</v>
       </c>
       <c r="I79" t="s">
         <v>735</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>3350</v>
+        <v>3317</v>
       </c>
       <c r="B80" t="s">
         <v>737</v>
       </c>
       <c r="C80" t="s">
         <v>738</v>
       </c>
       <c r="D80" t="s">
         <v>739</v>
       </c>
       <c r="E80" t="s">
         <v>740</v>
       </c>
       <c r="F80" t="s">
         <v>741</v>
       </c>
       <c r="G80" t="s">
         <v>742</v>
       </c>
       <c r="H80" t="s">
         <v>743</v>
       </c>
       <c r="I80" t="s">
         <v>744</v>
       </c>
       <c r="J80" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K80" t="s">
+        <v>506</v>
+      </c>
+      <c r="L80" t="s">
+        <v>26</v>
+      </c>
+      <c r="M80" t="s">
+        <v>508</v>
+      </c>
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>745</v>
-      </c>
-[...10 lines deleted...]
-        <v>747</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>3352</v>
+        <v>3330</v>
       </c>
       <c r="B81" t="s">
+        <v>746</v>
+      </c>
+      <c r="C81" t="s">
+        <v>747</v>
+      </c>
+      <c r="D81" t="s">
         <v>748</v>
       </c>
-      <c r="C81" t="s">
+      <c r="E81" t="s">
         <v>749</v>
       </c>
-      <c r="D81" t="s">
+      <c r="F81" t="s">
         <v>750</v>
       </c>
-      <c r="E81" t="s">
+      <c r="G81" t="s">
         <v>751</v>
       </c>
-      <c r="F81" t="s">
+      <c r="H81" t="s">
         <v>752</v>
       </c>
-      <c r="G81" t="s">
+      <c r="I81" t="s">
         <v>753</v>
       </c>
-      <c r="H81" t="s">
+      <c r="J81" t="s">
+        <v>24</v>
+      </c>
+      <c r="K81" t="s">
+        <v>25</v>
+      </c>
+      <c r="L81" t="s">
+        <v>26</v>
+      </c>
+      <c r="M81" t="s">
+        <v>27</v>
+      </c>
+      <c r="N81" t="s">
+        <v>28</v>
+      </c>
+      <c r="O81" t="s">
         <v>754</v>
-      </c>
-[...19 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>3354</v>
+        <v>3331</v>
       </c>
       <c r="B82" t="s">
+        <v>755</v>
+      </c>
+      <c r="C82" t="s">
+        <v>756</v>
+      </c>
+      <c r="D82" t="s">
+        <v>757</v>
+      </c>
+      <c r="E82" t="s">
+        <v>758</v>
+      </c>
+      <c r="F82" t="s">
+        <v>759</v>
+      </c>
+      <c r="G82" t="s">
+        <v>760</v>
+      </c>
+      <c r="H82" t="s">
         <v>761</v>
       </c>
-      <c r="C82" t="s">
+      <c r="I82" t="s">
         <v>762</v>
-      </c>
-[...16 lines deleted...]
-        <v>768</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
         <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
         <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>769</v>
+        <v>763</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>3355</v>
+        <v>3336</v>
       </c>
       <c r="B83" t="s">
+        <v>764</v>
+      </c>
+      <c r="C83" t="s">
+        <v>765</v>
+      </c>
+      <c r="D83" t="s">
+        <v>766</v>
+      </c>
+      <c r="E83" t="s">
+        <v>767</v>
+      </c>
+      <c r="F83" t="s">
+        <v>768</v>
+      </c>
+      <c r="G83" t="s">
+        <v>769</v>
+      </c>
+      <c r="H83" t="s">
         <v>770</v>
       </c>
-      <c r="C83" t="s">
+      <c r="I83" t="s">
         <v>771</v>
       </c>
-      <c r="D83" t="s">
+      <c r="J83" t="s">
+        <v>24</v>
+      </c>
+      <c r="K83" t="s">
         <v>772</v>
       </c>
-      <c r="E83" t="s">
+      <c r="L83" t="s">
+        <v>26</v>
+      </c>
+      <c r="M83" t="s">
         <v>773</v>
       </c>
-      <c r="F83" t="s">
+      <c r="N83" t="s">
+        <v>28</v>
+      </c>
+      <c r="O83" t="s">
         <v>774</v>
-      </c>
-[...25 lines deleted...]
-        <v>778</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>3359</v>
+        <v>3341</v>
       </c>
       <c r="B84" t="s">
+        <v>775</v>
+      </c>
+      <c r="C84" t="s">
+        <v>776</v>
+      </c>
+      <c r="D84" t="s">
+        <v>777</v>
+      </c>
+      <c r="E84" t="s">
+        <v>778</v>
+      </c>
+      <c r="F84" t="s">
         <v>779</v>
       </c>
-      <c r="C84" t="s">
+      <c r="G84" t="s">
         <v>780</v>
       </c>
-      <c r="D84" t="s">
+      <c r="H84" t="s">
         <v>781</v>
       </c>
-      <c r="E84" t="s">
+      <c r="I84" t="s">
         <v>782</v>
       </c>
-      <c r="F84" t="s">
+      <c r="J84" t="s">
+        <v>24</v>
+      </c>
+      <c r="K84" t="s">
+        <v>47</v>
+      </c>
+      <c r="L84" t="s">
+        <v>26</v>
+      </c>
+      <c r="M84" t="s">
+        <v>48</v>
+      </c>
+      <c r="N84" t="s">
+        <v>28</v>
+      </c>
+      <c r="O84" t="s">
         <v>783</v>
-      </c>
-[...25 lines deleted...]
-        <v>787</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>3360</v>
+        <v>3342</v>
       </c>
       <c r="B85" t="s">
+        <v>784</v>
+      </c>
+      <c r="C85" t="s">
+        <v>785</v>
+      </c>
+      <c r="D85" t="s">
+        <v>786</v>
+      </c>
+      <c r="E85" t="s">
+        <v>787</v>
+      </c>
+      <c r="F85" t="s">
         <v>788</v>
       </c>
-      <c r="C85" t="s">
+      <c r="G85" t="s">
         <v>789</v>
       </c>
-      <c r="D85" t="s">
+      <c r="H85" t="s">
         <v>790</v>
       </c>
-      <c r="E85" t="s">
+      <c r="I85" t="s">
         <v>791</v>
       </c>
-      <c r="F85" t="s">
+      <c r="J85" t="s">
+        <v>24</v>
+      </c>
+      <c r="K85" t="s">
+        <v>205</v>
+      </c>
+      <c r="L85" t="s">
+        <v>26</v>
+      </c>
+      <c r="M85" t="s">
+        <v>206</v>
+      </c>
+      <c r="N85" t="s">
+        <v>28</v>
+      </c>
+      <c r="O85" t="s">
         <v>792</v>
-      </c>
-[...25 lines deleted...]
-        <v>796</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>3361</v>
+        <v>3345</v>
       </c>
       <c r="B86" t="s">
+        <v>793</v>
+      </c>
+      <c r="C86" t="s">
+        <v>794</v>
+      </c>
+      <c r="D86" t="s">
+        <v>795</v>
+      </c>
+      <c r="E86" t="s">
+        <v>796</v>
+      </c>
+      <c r="F86" t="s">
         <v>797</v>
       </c>
-      <c r="C86" t="s">
+      <c r="G86" t="s">
         <v>798</v>
       </c>
-      <c r="D86" t="s">
+      <c r="H86" t="s">
         <v>799</v>
       </c>
-      <c r="E86" t="s">
+      <c r="I86" t="s">
         <v>800</v>
       </c>
-      <c r="F86" t="s">
+      <c r="J86" t="s">
+        <v>24</v>
+      </c>
+      <c r="K86" t="s">
+        <v>25</v>
+      </c>
+      <c r="L86" t="s">
+        <v>26</v>
+      </c>
+      <c r="M86" t="s">
+        <v>27</v>
+      </c>
+      <c r="N86" t="s">
+        <v>28</v>
+      </c>
+      <c r="O86" t="s">
         <v>801</v>
-      </c>
-[...25 lines deleted...]
-        <v>805</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>3364</v>
+        <v>3347</v>
       </c>
       <c r="B87" t="s">
+        <v>802</v>
+      </c>
+      <c r="C87" t="s">
+        <v>803</v>
+      </c>
+      <c r="D87" t="s">
+        <v>804</v>
+      </c>
+      <c r="E87" t="s">
+        <v>805</v>
+      </c>
+      <c r="F87" t="s">
         <v>806</v>
       </c>
-      <c r="C87" t="s">
+      <c r="G87" t="s">
         <v>807</v>
       </c>
-      <c r="D87" t="s">
+      <c r="H87" t="s">
         <v>808</v>
       </c>
-      <c r="E87" t="s">
+      <c r="I87" t="s">
         <v>809</v>
       </c>
-      <c r="F87" t="s">
+      <c r="J87" t="s">
+        <v>24</v>
+      </c>
+      <c r="K87" t="s">
+        <v>205</v>
+      </c>
+      <c r="L87" t="s">
+        <v>26</v>
+      </c>
+      <c r="M87" t="s">
+        <v>206</v>
+      </c>
+      <c r="N87" t="s">
+        <v>28</v>
+      </c>
+      <c r="O87" t="s">
         <v>810</v>
-      </c>
-[...25 lines deleted...]
-        <v>814</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>3365</v>
+        <v>3348</v>
       </c>
       <c r="B88" t="s">
+        <v>811</v>
+      </c>
+      <c r="C88" t="s">
+        <v>812</v>
+      </c>
+      <c r="D88" t="s">
+        <v>813</v>
+      </c>
+      <c r="E88" t="s">
+        <v>814</v>
+      </c>
+      <c r="F88" t="s">
         <v>815</v>
       </c>
-      <c r="C88" t="s">
+      <c r="G88" t="s">
         <v>816</v>
       </c>
-      <c r="D88" t="s">
+      <c r="H88" t="s">
         <v>817</v>
       </c>
-      <c r="E88" t="s">
+      <c r="I88" t="s">
         <v>818</v>
-      </c>
-[...10 lines deleted...]
-        <v>822</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
         <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>3366</v>
+        <v>3350</v>
       </c>
       <c r="B89" t="s">
+        <v>820</v>
+      </c>
+      <c r="C89" t="s">
+        <v>821</v>
+      </c>
+      <c r="D89" t="s">
+        <v>822</v>
+      </c>
+      <c r="E89" t="s">
+        <v>823</v>
+      </c>
+      <c r="F89" t="s">
         <v>824</v>
       </c>
-      <c r="C89" t="s">
+      <c r="G89" t="s">
         <v>825</v>
       </c>
-      <c r="D89" t="s">
+      <c r="H89" t="s">
         <v>826</v>
       </c>
-      <c r="E89" t="s">
+      <c r="I89" t="s">
         <v>827</v>
       </c>
-      <c r="F89" t="s">
+      <c r="J89" t="s">
+        <v>505</v>
+      </c>
+      <c r="K89" t="s">
         <v>828</v>
       </c>
-      <c r="G89" t="s">
+      <c r="L89" t="s">
+        <v>507</v>
+      </c>
+      <c r="M89" t="s">
         <v>829</v>
       </c>
-      <c r="H89" t="s">
+      <c r="N89" t="s">
+        <v>28</v>
+      </c>
+      <c r="O89" t="s">
         <v>830</v>
-      </c>
-[...19 lines deleted...]
-        <v>832</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>3370</v>
+        <v>3352</v>
       </c>
       <c r="B90" t="s">
+        <v>831</v>
+      </c>
+      <c r="C90" t="s">
+        <v>832</v>
+      </c>
+      <c r="D90" t="s">
         <v>833</v>
       </c>
-      <c r="C90" t="s">
+      <c r="E90" t="s">
         <v>834</v>
       </c>
-      <c r="D90" t="s">
+      <c r="F90" t="s">
         <v>835</v>
       </c>
-      <c r="E90" t="s">
+      <c r="G90" t="s">
         <v>836</v>
       </c>
-      <c r="F90" t="s">
+      <c r="H90" t="s">
         <v>837</v>
       </c>
-      <c r="G90" t="s">
+      <c r="I90" t="s">
         <v>838</v>
       </c>
-      <c r="H90" t="s">
+      <c r="J90" t="s">
         <v>839</v>
       </c>
-      <c r="I90" t="s">
+      <c r="K90" t="s">
         <v>840</v>
       </c>
-      <c r="J90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L90" t="s">
-        <v>26</v>
+        <v>841</v>
       </c>
       <c r="M90" t="s">
-        <v>171</v>
+        <v>842</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>3372</v>
+        <v>3354</v>
       </c>
       <c r="B91" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C91" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D91" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="E91" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="F91" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="G91" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="H91" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="I91" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>3373</v>
+        <v>3355</v>
       </c>
       <c r="B92" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="C92" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="D92" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="E92" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F92" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="G92" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="H92" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="I92" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>3375</v>
+        <v>3359</v>
       </c>
       <c r="B93" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="C93" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="D93" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="E93" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="F93" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="G93" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="H93" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="I93" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="J93" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>689</v>
+        <v>506</v>
       </c>
       <c r="L93" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M93" t="s">
-        <v>690</v>
+        <v>508</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>3379</v>
+        <v>3360</v>
       </c>
       <c r="B94" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="C94" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="D94" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="E94" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="F94" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="G94" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="H94" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="I94" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>3381</v>
+        <v>3361</v>
       </c>
       <c r="B95" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="C95" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="D95" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="E95" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="F95" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="G95" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="H95" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="I95" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="J95" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>689</v>
+        <v>205</v>
       </c>
       <c r="L95" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M95" t="s">
-        <v>690</v>
+        <v>206</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>3383</v>
+        <v>3364</v>
       </c>
       <c r="B96" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C96" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="D96" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="E96" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="F96" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="G96" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="H96" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="I96" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>3389</v>
+        <v>3365</v>
       </c>
       <c r="B97" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C97" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="D97" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="E97" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="F97" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="G97" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="H97" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="I97" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>904</v>
+        <v>25</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
-        <v>905</v>
+        <v>27</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>3390</v>
+        <v>3366</v>
       </c>
       <c r="B98" t="s">
         <v>907</v>
       </c>
       <c r="C98" t="s">
         <v>908</v>
       </c>
       <c r="D98" t="s">
         <v>909</v>
       </c>
       <c r="E98" t="s">
         <v>910</v>
       </c>
       <c r="F98" t="s">
         <v>911</v>
       </c>
       <c r="G98" t="s">
         <v>912</v>
       </c>
       <c r="H98" t="s">
         <v>913</v>
       </c>
       <c r="I98" t="s">
         <v>914</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>3395</v>
+        <v>3370</v>
       </c>
       <c r="B99" t="s">
         <v>916</v>
       </c>
       <c r="C99" t="s">
         <v>917</v>
       </c>
       <c r="D99" t="s">
         <v>918</v>
       </c>
       <c r="E99" t="s">
         <v>919</v>
       </c>
       <c r="F99" t="s">
         <v>920</v>
       </c>
       <c r="G99" t="s">
         <v>921</v>
       </c>
       <c r="H99" t="s">
         <v>922</v>
       </c>
       <c r="I99" t="s">
         <v>923</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
+        <v>205</v>
+      </c>
+      <c r="L99" t="s">
+        <v>26</v>
+      </c>
+      <c r="M99" t="s">
+        <v>206</v>
+      </c>
+      <c r="N99" t="s">
+        <v>28</v>
+      </c>
+      <c r="O99" t="s">
         <v>924</v>
-      </c>
-[...10 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3406</v>
+        <v>3372</v>
       </c>
       <c r="B100" t="s">
+        <v>925</v>
+      </c>
+      <c r="C100" t="s">
+        <v>926</v>
+      </c>
+      <c r="D100" t="s">
         <v>927</v>
       </c>
-      <c r="C100" t="s">
+      <c r="E100" t="s">
         <v>928</v>
       </c>
-      <c r="D100" t="s">
+      <c r="F100" t="s">
         <v>929</v>
       </c>
-      <c r="E100" t="s">
+      <c r="G100" t="s">
         <v>930</v>
       </c>
-      <c r="F100" t="s">
+      <c r="H100" t="s">
         <v>931</v>
       </c>
-      <c r="G100" t="s">
+      <c r="I100" t="s">
         <v>932</v>
       </c>
-      <c r="H100" t="s">
+      <c r="J100" t="s">
+        <v>24</v>
+      </c>
+      <c r="K100" t="s">
+        <v>205</v>
+      </c>
+      <c r="L100" t="s">
+        <v>26</v>
+      </c>
+      <c r="M100" t="s">
+        <v>206</v>
+      </c>
+      <c r="N100" t="s">
+        <v>28</v>
+      </c>
+      <c r="O100" t="s">
         <v>933</v>
-      </c>
-[...19 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3407</v>
+        <v>3373</v>
       </c>
       <c r="B101" t="s">
+        <v>934</v>
+      </c>
+      <c r="C101" t="s">
+        <v>935</v>
+      </c>
+      <c r="D101" t="s">
         <v>936</v>
       </c>
-      <c r="C101" t="s">
+      <c r="E101" t="s">
         <v>937</v>
       </c>
-      <c r="D101" t="s">
+      <c r="F101" t="s">
         <v>938</v>
       </c>
-      <c r="E101" t="s">
+      <c r="G101" t="s">
         <v>939</v>
       </c>
-      <c r="F101" t="s">
+      <c r="H101" t="s">
         <v>940</v>
       </c>
-      <c r="G101" t="s">
+      <c r="I101" t="s">
         <v>941</v>
       </c>
-      <c r="H101" t="s">
+      <c r="J101" t="s">
+        <v>24</v>
+      </c>
+      <c r="K101" t="s">
+        <v>205</v>
+      </c>
+      <c r="L101" t="s">
+        <v>26</v>
+      </c>
+      <c r="M101" t="s">
+        <v>206</v>
+      </c>
+      <c r="N101" t="s">
+        <v>28</v>
+      </c>
+      <c r="O101" t="s">
         <v>942</v>
-      </c>
-[...19 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3409</v>
+        <v>3375</v>
       </c>
       <c r="B102" t="s">
+        <v>943</v>
+      </c>
+      <c r="C102" t="s">
+        <v>944</v>
+      </c>
+      <c r="D102" t="s">
         <v>945</v>
       </c>
-      <c r="C102" t="s">
+      <c r="E102" t="s">
         <v>946</v>
       </c>
-      <c r="D102" t="s">
+      <c r="F102" t="s">
         <v>947</v>
       </c>
-      <c r="E102" t="s">
+      <c r="G102" t="s">
         <v>948</v>
       </c>
-      <c r="F102" t="s">
+      <c r="H102" t="s">
         <v>949</v>
       </c>
-      <c r="G102" t="s">
+      <c r="I102" t="s">
         <v>950</v>
       </c>
-      <c r="H102" t="s">
+      <c r="J102" t="s">
+        <v>505</v>
+      </c>
+      <c r="K102" t="s">
+        <v>772</v>
+      </c>
+      <c r="L102" t="s">
+        <v>507</v>
+      </c>
+      <c r="M102" t="s">
+        <v>773</v>
+      </c>
+      <c r="N102" t="s">
+        <v>28</v>
+      </c>
+      <c r="O102" t="s">
         <v>951</v>
-      </c>
-[...19 lines deleted...]
-        <v>953</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3410</v>
+        <v>3379</v>
       </c>
       <c r="B103" t="s">
+        <v>952</v>
+      </c>
+      <c r="C103" t="s">
+        <v>953</v>
+      </c>
+      <c r="D103" t="s">
         <v>954</v>
       </c>
-      <c r="C103" t="s">
+      <c r="E103" t="s">
         <v>955</v>
       </c>
-      <c r="D103" t="s">
+      <c r="F103" t="s">
         <v>956</v>
       </c>
-      <c r="E103" t="s">
+      <c r="G103" t="s">
         <v>957</v>
       </c>
-      <c r="F103" t="s">
+      <c r="H103" t="s">
         <v>958</v>
       </c>
-      <c r="G103" t="s">
+      <c r="I103" t="s">
         <v>959</v>
-      </c>
-[...4 lines deleted...]
-        <v>961</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
         <v>25</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3414</v>
+        <v>3381</v>
       </c>
       <c r="B104" t="s">
+        <v>961</v>
+      </c>
+      <c r="C104" t="s">
+        <v>962</v>
+      </c>
+      <c r="D104" t="s">
         <v>963</v>
       </c>
-      <c r="C104" t="s">
+      <c r="E104" t="s">
         <v>964</v>
       </c>
-      <c r="D104" t="s">
+      <c r="F104" t="s">
         <v>965</v>
       </c>
-      <c r="E104" t="s">
+      <c r="G104" t="s">
         <v>966</v>
       </c>
-      <c r="F104" t="s">
+      <c r="H104" t="s">
         <v>967</v>
       </c>
-      <c r="G104" t="s">
+      <c r="I104" t="s">
         <v>968</v>
       </c>
-      <c r="H104" t="s">
+      <c r="J104" t="s">
+        <v>505</v>
+      </c>
+      <c r="K104" t="s">
+        <v>772</v>
+      </c>
+      <c r="L104" t="s">
+        <v>507</v>
+      </c>
+      <c r="M104" t="s">
+        <v>773</v>
+      </c>
+      <c r="N104" t="s">
+        <v>28</v>
+      </c>
+      <c r="O104" t="s">
         <v>969</v>
-      </c>
-[...19 lines deleted...]
-        <v>971</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3417</v>
+        <v>3383</v>
       </c>
       <c r="B105" t="s">
+        <v>970</v>
+      </c>
+      <c r="C105" t="s">
+        <v>971</v>
+      </c>
+      <c r="D105" t="s">
         <v>972</v>
       </c>
-      <c r="C105" t="s">
+      <c r="E105" t="s">
         <v>973</v>
       </c>
-      <c r="D105" t="s">
+      <c r="F105" t="s">
         <v>974</v>
       </c>
-      <c r="E105" t="s">
+      <c r="G105" t="s">
         <v>975</v>
       </c>
-      <c r="F105" t="s">
+      <c r="H105" t="s">
         <v>976</v>
       </c>
-      <c r="G105" t="s">
+      <c r="I105" t="s">
         <v>977</v>
       </c>
-      <c r="H105" t="s">
+      <c r="J105" t="s">
+        <v>24</v>
+      </c>
+      <c r="K105" t="s">
+        <v>318</v>
+      </c>
+      <c r="L105" t="s">
+        <v>26</v>
+      </c>
+      <c r="M105" t="s">
+        <v>320</v>
+      </c>
+      <c r="N105" t="s">
+        <v>28</v>
+      </c>
+      <c r="O105" t="s">
         <v>978</v>
-      </c>
-[...19 lines deleted...]
-        <v>980</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3418</v>
+        <v>3389</v>
       </c>
       <c r="B106" t="s">
+        <v>979</v>
+      </c>
+      <c r="C106" t="s">
+        <v>980</v>
+      </c>
+      <c r="D106" t="s">
         <v>981</v>
       </c>
-      <c r="C106" t="s">
+      <c r="E106" t="s">
         <v>982</v>
       </c>
-      <c r="D106" t="s">
+      <c r="F106" t="s">
         <v>983</v>
       </c>
-      <c r="E106" t="s">
+      <c r="G106" t="s">
         <v>984</v>
       </c>
-      <c r="F106" t="s">
+      <c r="H106" t="s">
         <v>985</v>
       </c>
-      <c r="G106" t="s">
+      <c r="I106" t="s">
         <v>986</v>
       </c>
-      <c r="H106" t="s">
+      <c r="J106" t="s">
+        <v>24</v>
+      </c>
+      <c r="K106" t="s">
         <v>987</v>
       </c>
-      <c r="I106" t="s">
+      <c r="L106" t="s">
+        <v>26</v>
+      </c>
+      <c r="M106" t="s">
         <v>988</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3419</v>
+        <v>3390</v>
       </c>
       <c r="B107" t="s">
         <v>990</v>
       </c>
       <c r="C107" t="s">
         <v>991</v>
       </c>
       <c r="D107" t="s">
         <v>992</v>
       </c>
       <c r="E107" t="s">
         <v>993</v>
       </c>
       <c r="F107" t="s">
         <v>994</v>
       </c>
       <c r="G107" t="s">
         <v>995</v>
       </c>
       <c r="H107" t="s">
         <v>996</v>
       </c>
       <c r="I107" t="s">
         <v>997</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
         <v>998</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3420</v>
+        <v>3395</v>
       </c>
       <c r="B108" t="s">
         <v>999</v>
       </c>
       <c r="C108" t="s">
         <v>1000</v>
       </c>
       <c r="D108" t="s">
         <v>1001</v>
       </c>
       <c r="E108" t="s">
         <v>1002</v>
       </c>
       <c r="F108" t="s">
         <v>1003</v>
       </c>
       <c r="G108" t="s">
         <v>1004</v>
       </c>
       <c r="H108" t="s">
         <v>1005</v>
       </c>
       <c r="I108" t="s">
         <v>1006</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>170</v>
+        <v>1007</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>171</v>
+        <v>1008</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3422</v>
+        <v>3406</v>
       </c>
       <c r="B109" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C109" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="D109" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="E109" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="F109" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="G109" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="H109" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="I109" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3437</v>
+        <v>3407</v>
       </c>
       <c r="B110" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="C110" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="D110" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="E110" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="F110" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="G110" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="H110" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="I110" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3438</v>
+        <v>3409</v>
       </c>
       <c r="B111" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="C111" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="D111" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="E111" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="F111" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="G111" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="H111" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="I111" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3444</v>
+        <v>3410</v>
       </c>
       <c r="B112" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="C112" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="D112" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="E112" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="F112" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="G112" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="H112" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="I112" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3461</v>
+        <v>3414</v>
       </c>
       <c r="B113" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="C113" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="D113" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="E113" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="F113" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="G113" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="H113" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="I113" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3469</v>
+        <v>3417</v>
       </c>
       <c r="B114" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="C114" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="D114" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="E114" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="F114" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="G114" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="H114" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="I114" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3470</v>
+        <v>3418</v>
       </c>
       <c r="B115" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C115" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="D115" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="E115" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="F115" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="G115" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="H115" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="I115" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>1070</v>
+        <v>205</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>1071</v>
+        <v>206</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
         <v>1072</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>3475</v>
+        <v>3419</v>
       </c>
       <c r="B116" t="s">
         <v>1073</v>
       </c>
       <c r="C116" t="s">
         <v>1074</v>
       </c>
       <c r="D116" t="s">
         <v>1075</v>
       </c>
       <c r="E116" t="s">
         <v>1076</v>
       </c>
       <c r="F116" t="s">
         <v>1077</v>
       </c>
       <c r="G116" t="s">
         <v>1078</v>
       </c>
       <c r="H116" t="s">
         <v>1079</v>
       </c>
       <c r="I116" t="s">
         <v>1080</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
         <v>1081</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>3476</v>
+        <v>3420</v>
       </c>
       <c r="B117" t="s">
         <v>1082</v>
       </c>
       <c r="C117" t="s">
         <v>1083</v>
       </c>
       <c r="D117" t="s">
         <v>1084</v>
       </c>
       <c r="E117" t="s">
         <v>1085</v>
       </c>
       <c r="F117" t="s">
         <v>1086</v>
       </c>
       <c r="G117" t="s">
         <v>1087</v>
       </c>
       <c r="H117" t="s">
         <v>1088</v>
       </c>
       <c r="I117" t="s">
         <v>1089</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
         <v>1090</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>3480</v>
+        <v>3422</v>
       </c>
       <c r="B118" t="s">
         <v>1091</v>
       </c>
       <c r="C118" t="s">
         <v>1092</v>
       </c>
       <c r="D118" t="s">
         <v>1093</v>
       </c>
       <c r="E118" t="s">
         <v>1094</v>
       </c>
       <c r="F118" t="s">
         <v>1095</v>
       </c>
       <c r="G118" t="s">
         <v>1096</v>
       </c>
       <c r="H118" t="s">
         <v>1097</v>
       </c>
       <c r="I118" t="s">
         <v>1098</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>3481</v>
+        <v>3437</v>
       </c>
       <c r="B119" t="s">
         <v>1100</v>
       </c>
       <c r="C119" t="s">
         <v>1101</v>
       </c>
       <c r="D119" t="s">
         <v>1102</v>
       </c>
       <c r="E119" t="s">
         <v>1103</v>
       </c>
       <c r="F119" t="s">
         <v>1104</v>
       </c>
       <c r="G119" t="s">
         <v>1105</v>
       </c>
       <c r="H119" t="s">
         <v>1106</v>
       </c>
       <c r="I119" t="s">
         <v>1107</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
         <v>1108</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>3503</v>
+        <v>3438</v>
       </c>
       <c r="B120" t="s">
         <v>1109</v>
       </c>
       <c r="C120" t="s">
         <v>1110</v>
       </c>
       <c r="D120" t="s">
         <v>1111</v>
       </c>
       <c r="E120" t="s">
         <v>1112</v>
       </c>
       <c r="F120" t="s">
         <v>1113</v>
       </c>
       <c r="G120" t="s">
         <v>1114</v>
       </c>
       <c r="H120" t="s">
         <v>1115</v>
       </c>
       <c r="I120" t="s">
         <v>1116</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
         <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>3512</v>
+        <v>3444</v>
       </c>
       <c r="B121" t="s">
         <v>1118</v>
       </c>
       <c r="C121" t="s">
         <v>1119</v>
       </c>
       <c r="D121" t="s">
         <v>1120</v>
       </c>
       <c r="E121" t="s">
         <v>1121</v>
       </c>
       <c r="F121" t="s">
         <v>1122</v>
       </c>
       <c r="G121" t="s">
         <v>1123</v>
       </c>
       <c r="H121" t="s">
         <v>1124</v>
       </c>
       <c r="I121" t="s">
         <v>1125</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
         <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
         <v>1126</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>3518</v>
+        <v>3461</v>
       </c>
       <c r="B122" t="s">
         <v>1127</v>
       </c>
       <c r="C122" t="s">
         <v>1128</v>
       </c>
       <c r="D122" t="s">
         <v>1129</v>
       </c>
       <c r="E122" t="s">
         <v>1130</v>
       </c>
       <c r="F122" t="s">
         <v>1131</v>
       </c>
       <c r="G122" t="s">
         <v>1132</v>
       </c>
       <c r="H122" t="s">
         <v>1133</v>
       </c>
       <c r="I122" t="s">
         <v>1134</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
+        <v>25</v>
+      </c>
+      <c r="L122" t="s">
+        <v>26</v>
+      </c>
+      <c r="M122" t="s">
+        <v>27</v>
+      </c>
+      <c r="N122" t="s">
+        <v>28</v>
+      </c>
+      <c r="O122" t="s">
         <v>1135</v>
-      </c>
-[...7 lines deleted...]
-        <v>1136</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>3520</v>
+        <v>3469</v>
       </c>
       <c r="B123" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C123" t="s">
         <v>1137</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
         <v>1138</v>
       </c>
-      <c r="D123" t="s">
+      <c r="E123" t="s">
         <v>1139</v>
       </c>
-      <c r="E123" t="s">
+      <c r="F123" t="s">
         <v>1140</v>
       </c>
-      <c r="F123" t="s">
+      <c r="G123" t="s">
         <v>1141</v>
       </c>
-      <c r="G123" t="s">
+      <c r="H123" t="s">
         <v>1142</v>
       </c>
-      <c r="H123" t="s">
+      <c r="I123" t="s">
         <v>1143</v>
       </c>
-      <c r="I123" t="s">
+      <c r="J123" t="s">
+        <v>24</v>
+      </c>
+      <c r="K123" t="s">
+        <v>25</v>
+      </c>
+      <c r="L123" t="s">
+        <v>26</v>
+      </c>
+      <c r="M123" t="s">
+        <v>27</v>
+      </c>
+      <c r="N123" t="s">
+        <v>28</v>
+      </c>
+      <c r="O123" t="s">
         <v>1144</v>
-      </c>
-[...16 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>3534</v>
+        <v>3470</v>
       </c>
       <c r="B124" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C124" t="s">
         <v>1146</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>1147</v>
       </c>
-      <c r="D124" t="s">
+      <c r="E124" t="s">
         <v>1148</v>
       </c>
-      <c r="E124" t="s">
+      <c r="F124" t="s">
         <v>1149</v>
       </c>
-      <c r="F124" t="s">
+      <c r="G124" t="s">
         <v>1150</v>
       </c>
-      <c r="G124" t="s">
+      <c r="H124" t="s">
         <v>1151</v>
       </c>
-      <c r="H124" t="s">
+      <c r="I124" t="s">
         <v>1152</v>
       </c>
-      <c r="I124" t="s">
+      <c r="J124" t="s">
+        <v>24</v>
+      </c>
+      <c r="K124" t="s">
         <v>1153</v>
       </c>
-      <c r="J124" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>27</v>
+        <v>1154</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>3546</v>
+        <v>3475</v>
       </c>
       <c r="B125" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="C125" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="D125" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="E125" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="F125" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="G125" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="H125" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="I125" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>3552</v>
+        <v>3476</v>
       </c>
       <c r="B126" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="C126" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="D126" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="E126" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="F126" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="G126" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="H126" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="I126" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>745</v>
+        <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>746</v>
+        <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>3553</v>
+        <v>3480</v>
       </c>
       <c r="B127" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="C127" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D127" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="E127" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="F127" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="G127" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="H127" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="I127" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>48</v>
+        <v>206</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>3566</v>
+        <v>3481</v>
       </c>
       <c r="B128" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="C128" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D128" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="E128" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="F128" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="G128" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="H128" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="I128" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>3567</v>
+        <v>3503</v>
       </c>
       <c r="B129" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="C129" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="D129" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="E129" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="F129" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="G129" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="H129" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="I129" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="J129" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>1199</v>
+        <v>25</v>
       </c>
       <c r="L129" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M129" t="s">
+        <v>27</v>
+      </c>
+      <c r="N129" t="s">
+        <v>28</v>
+      </c>
+      <c r="O129" t="s">
         <v>1200</v>
-      </c>
-[...4 lines deleted...]
-        <v>1201</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>3573</v>
+        <v>3512</v>
       </c>
       <c r="B130" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C130" t="s">
         <v>1202</v>
       </c>
-      <c r="C130" t="s">
+      <c r="D130" t="s">
         <v>1203</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" t="s">
         <v>1204</v>
       </c>
-      <c r="E130" t="s">
+      <c r="F130" t="s">
         <v>1205</v>
       </c>
-      <c r="F130" t="s">
+      <c r="G130" t="s">
         <v>1206</v>
       </c>
-      <c r="G130" t="s">
+      <c r="H130" t="s">
         <v>1207</v>
       </c>
-      <c r="H130" t="s">
+      <c r="I130" t="s">
         <v>1208</v>
-      </c>
-[...1 lines deleted...]
-        <v>1209</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>3574</v>
+        <v>3518</v>
       </c>
       <c r="B131" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C131" t="s">
         <v>1211</v>
       </c>
-      <c r="C131" t="s">
+      <c r="D131" t="s">
         <v>1212</v>
       </c>
-      <c r="D131" t="s">
+      <c r="E131" t="s">
         <v>1213</v>
       </c>
-      <c r="E131" t="s">
+      <c r="F131" t="s">
         <v>1214</v>
       </c>
-      <c r="F131" t="s">
+      <c r="G131" t="s">
         <v>1215</v>
       </c>
-      <c r="G131" t="s">
+      <c r="H131" t="s">
         <v>1216</v>
       </c>
-      <c r="H131" t="s">
+      <c r="I131" t="s">
         <v>1217</v>
       </c>
-      <c r="I131" t="s">
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="K131" t="s">
         <v>1218</v>
       </c>
-      <c r="J131" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>171</v>
+        <v>1219</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>3575</v>
+        <v>3520</v>
       </c>
       <c r="B132" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="C132" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="D132" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="E132" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="F132" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="G132" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="H132" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="I132" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>1228</v>
+        <v>59</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
+        <v>61</v>
+      </c>
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
         <v>1229</v>
-      </c>
-[...4 lines deleted...]
-        <v>1230</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>3578</v>
+        <v>3534</v>
       </c>
       <c r="B133" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C133" t="s">
         <v>1231</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
         <v>1232</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" t="s">
         <v>1233</v>
       </c>
-      <c r="E133" t="s">
+      <c r="F133" t="s">
         <v>1234</v>
       </c>
-      <c r="F133" t="s">
+      <c r="G133" t="s">
         <v>1235</v>
       </c>
-      <c r="G133" t="s">
+      <c r="H133" t="s">
         <v>1236</v>
       </c>
-      <c r="H133" t="s">
+      <c r="I133" t="s">
         <v>1237</v>
-      </c>
-[...1 lines deleted...]
-        <v>1238</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1239</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>3581</v>
+        <v>3546</v>
       </c>
       <c r="B134" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C134" t="s">
         <v>1240</v>
       </c>
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>1241</v>
       </c>
-      <c r="D134" t="s">
+      <c r="E134" t="s">
         <v>1242</v>
       </c>
-      <c r="E134" t="s">
+      <c r="F134" t="s">
         <v>1243</v>
       </c>
-      <c r="F134" t="s">
+      <c r="G134" t="s">
         <v>1244</v>
       </c>
-      <c r="G134" t="s">
+      <c r="H134" t="s">
         <v>1245</v>
       </c>
-      <c r="H134" t="s">
+      <c r="I134" t="s">
         <v>1246</v>
       </c>
-      <c r="I134" t="s">
+      <c r="J134" t="s">
+        <v>24</v>
+      </c>
+      <c r="K134" t="s">
+        <v>25</v>
+      </c>
+      <c r="L134" t="s">
+        <v>26</v>
+      </c>
+      <c r="M134" t="s">
+        <v>27</v>
+      </c>
+      <c r="N134" t="s">
+        <v>28</v>
+      </c>
+      <c r="O134" t="s">
         <v>1247</v>
-      </c>
-[...16 lines deleted...]
-        <v>1248</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>3586</v>
+        <v>3552</v>
       </c>
       <c r="B135" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C135" t="s">
         <v>1249</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135" t="s">
         <v>1250</v>
       </c>
-      <c r="D135" t="s">
+      <c r="E135" t="s">
         <v>1251</v>
       </c>
-      <c r="E135" t="s">
+      <c r="F135" t="s">
         <v>1252</v>
       </c>
-      <c r="F135" t="s">
+      <c r="G135" t="s">
         <v>1253</v>
       </c>
-      <c r="G135" t="s">
+      <c r="H135" t="s">
         <v>1254</v>
       </c>
-      <c r="H135" t="s">
+      <c r="I135" t="s">
         <v>1255</v>
       </c>
-      <c r="I135" t="s">
+      <c r="J135" t="s">
+        <v>24</v>
+      </c>
+      <c r="K135" t="s">
+        <v>828</v>
+      </c>
+      <c r="L135" t="s">
+        <v>26</v>
+      </c>
+      <c r="M135" t="s">
+        <v>829</v>
+      </c>
+      <c r="N135" t="s">
+        <v>28</v>
+      </c>
+      <c r="O135" t="s">
         <v>1256</v>
-      </c>
-[...16 lines deleted...]
-        <v>1257</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>3588</v>
+        <v>3553</v>
       </c>
       <c r="B136" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C136" t="s">
         <v>1258</v>
       </c>
-      <c r="C136" t="s">
+      <c r="D136" t="s">
         <v>1259</v>
       </c>
-      <c r="D136" t="s">
+      <c r="E136" t="s">
         <v>1260</v>
       </c>
-      <c r="E136" t="s">
+      <c r="F136" t="s">
         <v>1261</v>
       </c>
-      <c r="F136" t="s">
+      <c r="G136" t="s">
         <v>1262</v>
       </c>
-      <c r="G136" t="s">
+      <c r="H136" t="s">
         <v>1263</v>
       </c>
-      <c r="H136" t="s">
+      <c r="I136" t="s">
         <v>1264</v>
       </c>
-      <c r="I136" t="s">
+      <c r="J136" t="s">
+        <v>24</v>
+      </c>
+      <c r="K136" t="s">
+        <v>47</v>
+      </c>
+      <c r="L136" t="s">
+        <v>26</v>
+      </c>
+      <c r="M136" t="s">
+        <v>48</v>
+      </c>
+      <c r="N136" t="s">
+        <v>28</v>
+      </c>
+      <c r="O136" t="s">
         <v>1265</v>
-      </c>
-[...16 lines deleted...]
-        <v>1268</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>3591</v>
+        <v>3554</v>
       </c>
       <c r="B137" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D137" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E137" t="s">
         <v>1269</v>
       </c>
-      <c r="C137" t="s">
+      <c r="F137" t="s">
         <v>1270</v>
       </c>
-      <c r="D137" t="s">
+      <c r="G137" t="s">
         <v>1271</v>
       </c>
-      <c r="E137" t="s">
+      <c r="H137" t="s">
         <v>1272</v>
       </c>
-      <c r="F137" t="s">
+      <c r="I137" t="s">
         <v>1273</v>
       </c>
-      <c r="G137" t="s">
+      <c r="J137" t="s">
+        <v>24</v>
+      </c>
+      <c r="K137" t="s">
+        <v>47</v>
+      </c>
+      <c r="L137" t="s">
+        <v>26</v>
+      </c>
+      <c r="M137" t="s">
+        <v>48</v>
+      </c>
+      <c r="N137" t="s">
+        <v>28</v>
+      </c>
+      <c r="O137" t="s">
         <v>1274</v>
-      </c>
-[...22 lines deleted...]
-        <v>1277</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>3602</v>
+        <v>3566</v>
       </c>
       <c r="B138" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D138" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E138" t="s">
         <v>1278</v>
       </c>
-      <c r="C138" t="s">
+      <c r="F138" t="s">
         <v>1279</v>
       </c>
-      <c r="D138" t="s">
+      <c r="G138" t="s">
         <v>1280</v>
       </c>
-      <c r="E138" t="s">
+      <c r="H138" t="s">
         <v>1281</v>
       </c>
-      <c r="F138" t="s">
+      <c r="I138" t="s">
         <v>1282</v>
       </c>
-      <c r="G138" t="s">
+      <c r="J138" t="s">
+        <v>24</v>
+      </c>
+      <c r="K138" t="s">
+        <v>205</v>
+      </c>
+      <c r="L138" t="s">
+        <v>26</v>
+      </c>
+      <c r="M138" t="s">
+        <v>206</v>
+      </c>
+      <c r="N138" t="s">
+        <v>28</v>
+      </c>
+      <c r="O138" t="s">
         <v>1283</v>
-      </c>
-[...22 lines deleted...]
-        <v>1286</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>3636</v>
+        <v>3567</v>
       </c>
       <c r="B139" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D139" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E139" t="s">
         <v>1287</v>
       </c>
-      <c r="C139" t="s">
+      <c r="F139" t="s">
         <v>1288</v>
       </c>
-      <c r="D139" t="s">
+      <c r="G139" t="s">
         <v>1289</v>
       </c>
-      <c r="E139" t="s">
+      <c r="H139" t="s">
         <v>1290</v>
       </c>
-      <c r="F139" t="s">
+      <c r="I139" t="s">
         <v>1291</v>
       </c>
-      <c r="G139" t="s">
+      <c r="J139" t="s">
+        <v>505</v>
+      </c>
+      <c r="K139" t="s">
         <v>1292</v>
       </c>
-      <c r="H139" t="s">
+      <c r="L139" t="s">
+        <v>507</v>
+      </c>
+      <c r="M139" t="s">
         <v>1293</v>
       </c>
-      <c r="I139" t="s">
+      <c r="N139" t="s">
+        <v>28</v>
+      </c>
+      <c r="O139" t="s">
         <v>1294</v>
-      </c>
-[...16 lines deleted...]
-        <v>1295</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>3652</v>
+        <v>3573</v>
       </c>
       <c r="B140" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C140" t="s">
         <v>1296</v>
       </c>
-      <c r="C140" t="s">
+      <c r="D140" t="s">
         <v>1297</v>
       </c>
-      <c r="D140" t="s">
+      <c r="E140" t="s">
         <v>1298</v>
       </c>
-      <c r="E140" t="s">
+      <c r="F140" t="s">
         <v>1299</v>
       </c>
-      <c r="F140" t="s">
+      <c r="G140" t="s">
         <v>1300</v>
       </c>
-      <c r="G140" t="s">
+      <c r="H140" t="s">
         <v>1301</v>
       </c>
-      <c r="H140" t="s">
+      <c r="I140" t="s">
         <v>1302</v>
       </c>
-      <c r="I140" t="s">
+      <c r="J140" t="s">
+        <v>24</v>
+      </c>
+      <c r="K140" t="s">
+        <v>25</v>
+      </c>
+      <c r="L140" t="s">
+        <v>26</v>
+      </c>
+      <c r="M140" t="s">
+        <v>27</v>
+      </c>
+      <c r="N140" t="s">
+        <v>28</v>
+      </c>
+      <c r="O140" t="s">
         <v>1303</v>
-      </c>
-[...16 lines deleted...]
-        <v>1304</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>3686</v>
+        <v>3574</v>
       </c>
       <c r="B141" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C141" t="s">
         <v>1305</v>
       </c>
-      <c r="C141" t="s">
+      <c r="D141" t="s">
         <v>1306</v>
       </c>
-      <c r="D141" t="s">
+      <c r="E141" t="s">
         <v>1307</v>
       </c>
-      <c r="E141" t="s">
+      <c r="F141" t="s">
         <v>1308</v>
       </c>
-      <c r="F141" t="s">
+      <c r="G141" t="s">
         <v>1309</v>
       </c>
-      <c r="G141" t="s">
+      <c r="H141" t="s">
         <v>1310</v>
       </c>
-      <c r="H141" t="s">
+      <c r="I141" t="s">
         <v>1311</v>
       </c>
-      <c r="I141" t="s">
+      <c r="J141" t="s">
+        <v>24</v>
+      </c>
+      <c r="K141" t="s">
+        <v>205</v>
+      </c>
+      <c r="L141" t="s">
+        <v>26</v>
+      </c>
+      <c r="M141" t="s">
+        <v>206</v>
+      </c>
+      <c r="N141" t="s">
+        <v>28</v>
+      </c>
+      <c r="O141" t="s">
         <v>1312</v>
-      </c>
-[...16 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>3689</v>
+        <v>3575</v>
       </c>
       <c r="B142" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C142" t="s">
         <v>1314</v>
       </c>
-      <c r="C142" t="s">
+      <c r="D142" t="s">
         <v>1315</v>
       </c>
-      <c r="D142" t="s">
+      <c r="E142" t="s">
         <v>1316</v>
       </c>
-      <c r="E142" t="s">
+      <c r="F142" t="s">
         <v>1317</v>
       </c>
-      <c r="F142" t="s">
+      <c r="G142" t="s">
         <v>1318</v>
       </c>
-      <c r="G142" t="s">
+      <c r="H142" t="s">
         <v>1319</v>
       </c>
-      <c r="H142" t="s">
+      <c r="I142" t="s">
         <v>1320</v>
       </c>
-      <c r="I142" t="s">
+      <c r="J142" t="s">
+        <v>24</v>
+      </c>
+      <c r="K142" t="s">
         <v>1321</v>
       </c>
-      <c r="J142" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>27</v>
+        <v>1322</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>3700</v>
+        <v>3578</v>
       </c>
       <c r="B143" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="C143" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="D143" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="E143" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="F143" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="G143" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="H143" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="I143" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>3701</v>
+        <v>3581</v>
       </c>
       <c r="B144" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C144" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="D144" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="E144" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="F144" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="G144" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="H144" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="I144" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>3702</v>
+        <v>3586</v>
       </c>
       <c r="B145" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C145" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="D145" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="E145" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="F145" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="G145" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="H145" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="I145" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>3706</v>
+        <v>3587</v>
       </c>
       <c r="B146" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C146" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="D146" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="E146" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="F146" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="G146" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="H146" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="I146" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="J146" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K146" t="s">
-        <v>25</v>
+        <v>1359</v>
       </c>
       <c r="L146" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M146" t="s">
-        <v>27</v>
+        <v>1360</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>3711</v>
+        <v>3588</v>
       </c>
       <c r="B147" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
       <c r="C147" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="D147" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="E147" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="F147" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="G147" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="H147" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="I147" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>170</v>
+        <v>1370</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>171</v>
+        <v>1371</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>3714</v>
+        <v>3591</v>
       </c>
       <c r="B148" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="C148" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="D148" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="E148" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="F148" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="G148" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="H148" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="I148" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>3716</v>
+        <v>3602</v>
       </c>
       <c r="B149" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="C149" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="D149" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="E149" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="F149" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="G149" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="H149" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="I149" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>3718</v>
+        <v>3636</v>
       </c>
       <c r="B150" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="C150" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="D150" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="E150" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="F150" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="G150" t="s">
-        <v>1391</v>
+        <v>1396</v>
       </c>
       <c r="H150" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
       <c r="I150" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1394</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>3719</v>
+        <v>3652</v>
       </c>
       <c r="B151" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="C151" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
       <c r="D151" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="E151" t="s">
-        <v>1398</v>
+        <v>1403</v>
       </c>
       <c r="F151" t="s">
-        <v>1399</v>
+        <v>1404</v>
       </c>
       <c r="G151" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
       <c r="H151" t="s">
-        <v>1401</v>
+        <v>1406</v>
       </c>
       <c r="I151" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>3731</v>
+        <v>3686</v>
       </c>
       <c r="B152" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="C152" t="s">
-        <v>1405</v>
+        <v>1410</v>
       </c>
       <c r="D152" t="s">
-        <v>1406</v>
+        <v>1411</v>
       </c>
       <c r="E152" t="s">
-        <v>1407</v>
+        <v>1412</v>
       </c>
       <c r="F152" t="s">
-        <v>1408</v>
+        <v>1413</v>
       </c>
       <c r="G152" t="s">
-        <v>1409</v>
+        <v>1414</v>
       </c>
       <c r="H152" t="s">
-        <v>1410</v>
+        <v>1415</v>
       </c>
       <c r="I152" t="s">
-        <v>1411</v>
+        <v>1416</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1412</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>3732</v>
+        <v>3689</v>
       </c>
       <c r="B153" t="s">
-        <v>1413</v>
+        <v>1418</v>
       </c>
       <c r="C153" t="s">
-        <v>1414</v>
+        <v>1419</v>
       </c>
       <c r="D153" t="s">
-        <v>1415</v>
+        <v>1420</v>
       </c>
       <c r="E153" t="s">
-        <v>1416</v>
+        <v>1421</v>
       </c>
       <c r="F153" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="G153" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
       <c r="H153" t="s">
-        <v>1419</v>
+        <v>1424</v>
       </c>
       <c r="I153" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>3753</v>
+        <v>3700</v>
       </c>
       <c r="B154" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="C154" t="s">
-        <v>1423</v>
+        <v>1428</v>
       </c>
       <c r="D154" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="E154" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="F154" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
       <c r="G154" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="H154" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="I154" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>3755</v>
+        <v>3701</v>
       </c>
       <c r="B155" t="s">
-        <v>1431</v>
+        <v>1436</v>
       </c>
       <c r="C155" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="D155" t="s">
-        <v>1433</v>
+        <v>1438</v>
       </c>
       <c r="E155" t="s">
-        <v>1434</v>
+        <v>1439</v>
       </c>
       <c r="F155" t="s">
-        <v>1435</v>
+        <v>1440</v>
       </c>
       <c r="G155" t="s">
-        <v>1436</v>
+        <v>1441</v>
       </c>
       <c r="H155" t="s">
-        <v>1437</v>
+        <v>1442</v>
       </c>
       <c r="I155" t="s">
-        <v>1438</v>
+        <v>1443</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1439</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>3756</v>
+        <v>3702</v>
       </c>
       <c r="B156" t="s">
-        <v>1440</v>
+        <v>1445</v>
       </c>
       <c r="C156" t="s">
-        <v>1441</v>
+        <v>1446</v>
       </c>
       <c r="D156" t="s">
-        <v>1442</v>
+        <v>1447</v>
       </c>
       <c r="E156" t="s">
-        <v>1443</v>
+        <v>1448</v>
       </c>
       <c r="F156" t="s">
-        <v>1444</v>
+        <v>1449</v>
       </c>
       <c r="G156" t="s">
-        <v>1445</v>
+        <v>1450</v>
       </c>
       <c r="H156" t="s">
-        <v>1446</v>
+        <v>1451</v>
       </c>
       <c r="I156" t="s">
-        <v>1447</v>
+        <v>1452</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1448</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>3777</v>
+        <v>3705</v>
       </c>
       <c r="B157" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
       <c r="C157" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="D157" t="s">
-        <v>1451</v>
+        <v>1456</v>
       </c>
       <c r="E157" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
       <c r="F157" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="G157" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="H157" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
       <c r="I157" t="s">
-        <v>1456</v>
+        <v>1461</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>170</v>
+        <v>506</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>171</v>
+        <v>508</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1457</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>3779</v>
+        <v>3706</v>
       </c>
       <c r="B158" t="s">
-        <v>1458</v>
+        <v>1463</v>
       </c>
       <c r="C158" t="s">
-        <v>1459</v>
+        <v>1464</v>
       </c>
       <c r="D158" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
       <c r="E158" t="s">
-        <v>1461</v>
+        <v>1466</v>
       </c>
       <c r="F158" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="G158" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="H158" t="s">
-        <v>1464</v>
+        <v>1469</v>
       </c>
       <c r="I158" t="s">
-        <v>1465</v>
+        <v>1470</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1466</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>3791</v>
+        <v>3711</v>
       </c>
       <c r="B159" t="s">
-        <v>1467</v>
+        <v>1472</v>
       </c>
       <c r="C159" t="s">
-        <v>1468</v>
+        <v>1473</v>
       </c>
       <c r="D159" t="s">
-        <v>1469</v>
+        <v>1474</v>
       </c>
       <c r="E159" t="s">
-        <v>1470</v>
+        <v>1475</v>
       </c>
       <c r="F159" t="s">
-        <v>1471</v>
+        <v>1476</v>
       </c>
       <c r="G159" t="s">
-        <v>1472</v>
+        <v>1477</v>
       </c>
       <c r="H159" t="s">
-        <v>1473</v>
+        <v>1478</v>
       </c>
       <c r="I159" t="s">
-        <v>1474</v>
+        <v>1479</v>
       </c>
       <c r="J159" t="s">
-        <v>1475</v>
+        <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>1476</v>
+        <v>205</v>
       </c>
       <c r="L159" t="s">
-        <v>1477</v>
+        <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>1478</v>
+        <v>206</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>3854</v>
+        <v>3714</v>
       </c>
       <c r="B160" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="C160" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="D160" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="E160" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="F160" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="G160" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="H160" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="I160" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>3863</v>
+        <v>3716</v>
       </c>
       <c r="B161" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="C161" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="D161" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="E161" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="F161" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="G161" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="H161" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="I161" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>3868</v>
+        <v>3718</v>
       </c>
       <c r="B162" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="C162" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="D162" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="E162" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="F162" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="G162" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="H162" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="I162" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>48</v>
+        <v>206</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>3910</v>
+        <v>3719</v>
       </c>
       <c r="B163" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="C163" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="D163" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="E163" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="F163" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="G163" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="H163" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="I163" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>745</v>
+        <v>205</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>746</v>
+        <v>206</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4176</v>
+        <v>3731</v>
       </c>
       <c r="B164" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="C164" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="D164" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="E164" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="F164" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="G164" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="H164" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="I164" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4177</v>
+        <v>3732</v>
       </c>
       <c r="B165" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="C165" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="D165" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="E165" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="F165" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="G165" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="H165" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="I165" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4180</v>
+        <v>3753</v>
       </c>
       <c r="B166" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="C166" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="D166" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="E166" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="F166" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="G166" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="H166" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="I166" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4186</v>
+        <v>3755</v>
       </c>
       <c r="B167" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C167" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="D167" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="E167" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="F167" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="G167" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="H167" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="I167" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>59</v>
+        <v>205</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>61</v>
+        <v>206</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4195</v>
+        <v>3756</v>
       </c>
       <c r="B168" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="C168" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="D168" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="E168" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="F168" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="G168" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="H168" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="I168" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4196</v>
+        <v>3777</v>
       </c>
       <c r="B169" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="C169" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="D169" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="E169" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="F169" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="G169" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="H169" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="I169" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4198</v>
+        <v>3779</v>
       </c>
       <c r="B170" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="C170" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="D170" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="E170" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="F170" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="G170" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="H170" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="I170" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4202</v>
+        <v>3791</v>
       </c>
       <c r="B171" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="C171" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="D171" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="E171" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="F171" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="G171" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="H171" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="I171" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="J171" t="s">
-        <v>24</v>
+        <v>1588</v>
       </c>
       <c r="K171" t="s">
-        <v>25</v>
+        <v>1589</v>
       </c>
       <c r="L171" t="s">
-        <v>26</v>
+        <v>1590</v>
       </c>
       <c r="M171" t="s">
-        <v>27</v>
+        <v>1591</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4204</v>
+        <v>3854</v>
       </c>
       <c r="B172" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="C172" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="D172" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
       <c r="E172" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="F172" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
       <c r="G172" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
       <c r="H172" t="s">
-        <v>1594</v>
+        <v>1599</v>
       </c>
       <c r="I172" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
         <v>47</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>48</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4206</v>
+        <v>3863</v>
       </c>
       <c r="B173" t="s">
-        <v>1597</v>
+        <v>1602</v>
       </c>
       <c r="C173" t="s">
-        <v>1598</v>
+        <v>1603</v>
       </c>
       <c r="D173" t="s">
-        <v>1599</v>
+        <v>1604</v>
       </c>
       <c r="E173" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="F173" t="s">
-        <v>1601</v>
+        <v>1606</v>
       </c>
       <c r="G173" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
       <c r="H173" t="s">
-        <v>1603</v>
+        <v>1608</v>
       </c>
       <c r="I173" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4211</v>
+        <v>3868</v>
       </c>
       <c r="B174" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="C174" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="D174" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
       <c r="E174" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
       <c r="F174" t="s">
-        <v>1610</v>
+        <v>1615</v>
       </c>
       <c r="G174" t="s">
-        <v>1611</v>
+        <v>1616</v>
       </c>
       <c r="H174" t="s">
-        <v>1612</v>
+        <v>1617</v>
       </c>
       <c r="I174" t="s">
-        <v>1613</v>
+        <v>1618</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4220</v>
+        <v>3910</v>
       </c>
       <c r="B175" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
       <c r="C175" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="D175" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
       <c r="E175" t="s">
-        <v>1618</v>
+        <v>1623</v>
       </c>
       <c r="F175" t="s">
-        <v>1619</v>
+        <v>1624</v>
       </c>
       <c r="G175" t="s">
-        <v>1620</v>
+        <v>1625</v>
       </c>
       <c r="H175" t="s">
-        <v>1621</v>
+        <v>1626</v>
       </c>
       <c r="I175" t="s">
-        <v>1622</v>
+        <v>1627</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>25</v>
+        <v>828</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>27</v>
+        <v>829</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1623</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4242</v>
+        <v>4176</v>
       </c>
       <c r="B176" t="s">
-        <v>1624</v>
+        <v>1629</v>
       </c>
       <c r="C176" t="s">
-        <v>1625</v>
+        <v>1630</v>
       </c>
       <c r="D176" t="s">
-        <v>1626</v>
+        <v>1631</v>
       </c>
       <c r="E176" t="s">
-        <v>1627</v>
+        <v>1632</v>
       </c>
       <c r="F176" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="G176" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="H176" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="I176" t="s">
-        <v>1631</v>
+        <v>1636</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1632</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4243</v>
+        <v>4177</v>
       </c>
       <c r="B177" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="C177" t="s">
-        <v>1634</v>
+        <v>1639</v>
       </c>
       <c r="D177" t="s">
-        <v>1635</v>
+        <v>1640</v>
       </c>
       <c r="E177" t="s">
-        <v>1636</v>
+        <v>1641</v>
       </c>
       <c r="F177" t="s">
-        <v>1637</v>
+        <v>1642</v>
       </c>
       <c r="G177" t="s">
-        <v>1638</v>
+        <v>1643</v>
       </c>
       <c r="H177" t="s">
-        <v>1639</v>
+        <v>1644</v>
       </c>
       <c r="I177" t="s">
-        <v>1640</v>
+        <v>1645</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1641</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4292</v>
+        <v>4180</v>
       </c>
       <c r="B178" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="C178" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="D178" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
       <c r="E178" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
       <c r="F178" t="s">
-        <v>1646</v>
+        <v>1651</v>
       </c>
       <c r="G178" t="s">
-        <v>1647</v>
+        <v>1652</v>
       </c>
       <c r="H178" t="s">
-        <v>1648</v>
+        <v>1653</v>
       </c>
       <c r="I178" t="s">
-        <v>1649</v>
+        <v>1654</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>1650</v>
+        <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
+      <c r="M178" t="s">
+        <v>27</v>
+      </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4295</v>
+        <v>4186</v>
       </c>
       <c r="B179" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="C179" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="D179" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="E179" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
       <c r="F179" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="G179" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="H179" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="I179" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4303</v>
+        <v>4195</v>
       </c>
       <c r="B180" t="s">
-        <v>1661</v>
+        <v>1665</v>
       </c>
       <c r="C180" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="D180" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
       <c r="E180" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
       <c r="F180" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="G180" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="H180" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="I180" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
       <c r="J180" t="s">
-        <v>756</v>
+        <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>1228</v>
+        <v>205</v>
       </c>
       <c r="L180" t="s">
-        <v>758</v>
+        <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>1229</v>
+        <v>206</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4304</v>
+        <v>4196</v>
       </c>
       <c r="B181" t="s">
-        <v>1670</v>
+        <v>1674</v>
       </c>
       <c r="C181" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="D181" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="E181" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="F181" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="G181" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="H181" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="I181" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
         <v>25</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
         <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4308</v>
+        <v>4198</v>
       </c>
       <c r="B182" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="C182" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="D182" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="E182" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="F182" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="G182" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="H182" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="I182" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4309</v>
+        <v>4202</v>
       </c>
       <c r="B183" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="C183" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="D183" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="E183" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="F183" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="G183" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="H183" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
       <c r="I183" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4314</v>
+        <v>4204</v>
       </c>
       <c r="B184" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="C184" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="D184" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="E184" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="F184" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
       <c r="G184" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
       <c r="H184" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
       <c r="I184" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4316</v>
+        <v>4206</v>
       </c>
       <c r="B185" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="C185" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="D185" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="E185" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="F185" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="G185" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="H185" t="s">
-        <v>1712</v>
+        <v>1716</v>
       </c>
       <c r="I185" t="s">
-        <v>1713</v>
+        <v>1717</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1714</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4318</v>
+        <v>4211</v>
       </c>
       <c r="B186" t="s">
-        <v>1715</v>
+        <v>1719</v>
       </c>
       <c r="C186" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="D186" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
       <c r="E186" t="s">
-        <v>1718</v>
+        <v>1722</v>
       </c>
       <c r="F186" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="G186" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="H186" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="I186" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4319</v>
+        <v>4220</v>
       </c>
       <c r="B187" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
       <c r="C187" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="D187" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="E187" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
       <c r="F187" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
       <c r="G187" t="s">
-        <v>1729</v>
+        <v>1733</v>
       </c>
       <c r="H187" t="s">
-        <v>1730</v>
+        <v>1734</v>
       </c>
       <c r="I187" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4322</v>
+        <v>4242</v>
       </c>
       <c r="B188" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
       <c r="C188" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="D188" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
       <c r="E188" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="F188" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="G188" t="s">
-        <v>1738</v>
+        <v>1742</v>
       </c>
       <c r="H188" t="s">
-        <v>1739</v>
+        <v>1743</v>
       </c>
       <c r="I188" t="s">
-        <v>1740</v>
+        <v>1744</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
         <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
         <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1741</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4436</v>
+        <v>4243</v>
       </c>
       <c r="B189" t="s">
-        <v>1742</v>
+        <v>1746</v>
       </c>
       <c r="C189" t="s">
-        <v>1743</v>
+        <v>1747</v>
       </c>
       <c r="D189" t="s">
-        <v>1744</v>
+        <v>1748</v>
       </c>
       <c r="E189" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
       <c r="F189" t="s">
-        <v>1746</v>
+        <v>1750</v>
       </c>
       <c r="G189" t="s">
-        <v>1747</v>
+        <v>1751</v>
       </c>
       <c r="H189" t="s">
-        <v>1748</v>
+        <v>1752</v>
       </c>
       <c r="I189" t="s">
-        <v>1749</v>
+        <v>1753</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
         <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
         <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1750</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4438</v>
+        <v>4292</v>
       </c>
       <c r="B190" t="s">
-        <v>1751</v>
+        <v>1755</v>
       </c>
       <c r="C190" t="s">
-        <v>1752</v>
+        <v>1756</v>
       </c>
       <c r="D190" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
       <c r="E190" t="s">
-        <v>1754</v>
+        <v>1758</v>
       </c>
       <c r="F190" t="s">
-        <v>1755</v>
+        <v>1759</v>
       </c>
       <c r="G190" t="s">
-        <v>1756</v>
+        <v>1760</v>
       </c>
       <c r="H190" t="s">
-        <v>1757</v>
+        <v>1761</v>
       </c>
       <c r="I190" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>25</v>
+        <v>1763</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>27</v>
+        <v>1764</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1759</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4454</v>
+        <v>4295</v>
       </c>
       <c r="B191" t="s">
-        <v>1760</v>
+        <v>1766</v>
       </c>
       <c r="C191" t="s">
-        <v>1761</v>
+        <v>1767</v>
       </c>
       <c r="D191" t="s">
-        <v>1762</v>
+        <v>1768</v>
       </c>
       <c r="E191" t="s">
-        <v>1763</v>
+        <v>1769</v>
       </c>
       <c r="F191" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="G191" t="s">
-        <v>1765</v>
+        <v>1771</v>
       </c>
       <c r="H191" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
       <c r="I191" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1768</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4457</v>
+        <v>4303</v>
       </c>
       <c r="B192" t="s">
-        <v>1769</v>
+        <v>1775</v>
       </c>
       <c r="C192" t="s">
-        <v>1770</v>
+        <v>1776</v>
       </c>
       <c r="D192" t="s">
-        <v>1771</v>
+        <v>1777</v>
       </c>
       <c r="E192" t="s">
-        <v>1772</v>
+        <v>1778</v>
       </c>
       <c r="F192" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
       <c r="G192" t="s">
-        <v>1774</v>
+        <v>1780</v>
       </c>
       <c r="H192" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="I192" t="s">
-        <v>1776</v>
+        <v>1782</v>
       </c>
       <c r="J192" t="s">
-        <v>24</v>
+        <v>839</v>
       </c>
       <c r="K192" t="s">
-        <v>25</v>
+        <v>1321</v>
       </c>
       <c r="L192" t="s">
-        <v>26</v>
+        <v>841</v>
       </c>
       <c r="M192" t="s">
-        <v>27</v>
+        <v>1322</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1777</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4495</v>
+        <v>4304</v>
       </c>
       <c r="B193" t="s">
-        <v>1778</v>
+        <v>1784</v>
       </c>
       <c r="C193" t="s">
-        <v>1779</v>
+        <v>1785</v>
       </c>
       <c r="D193" t="s">
-        <v>1780</v>
+        <v>1786</v>
       </c>
       <c r="E193" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
       <c r="F193" t="s">
-        <v>1782</v>
+        <v>1788</v>
       </c>
       <c r="G193" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
       <c r="H193" t="s">
-        <v>1784</v>
+        <v>1790</v>
       </c>
       <c r="I193" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
         <v>25</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
         <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1786</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4498</v>
+        <v>4308</v>
       </c>
       <c r="B194" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="C194" t="s">
-        <v>1788</v>
+        <v>1794</v>
       </c>
       <c r="D194" t="s">
-        <v>1789</v>
+        <v>1795</v>
       </c>
       <c r="E194" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="F194" t="s">
-        <v>1791</v>
+        <v>1797</v>
       </c>
       <c r="G194" t="s">
-        <v>1792</v>
+        <v>1798</v>
       </c>
       <c r="H194" t="s">
-        <v>1793</v>
+        <v>1799</v>
       </c>
       <c r="I194" t="s">
-        <v>1794</v>
+        <v>1800</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1795</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4508</v>
+        <v>4309</v>
       </c>
       <c r="B195" t="s">
-        <v>1796</v>
+        <v>1802</v>
       </c>
       <c r="C195" t="s">
-        <v>1797</v>
+        <v>1803</v>
       </c>
       <c r="D195" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
       <c r="E195" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="F195" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="G195" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="H195" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
       <c r="I195" t="s">
-        <v>1803</v>
+        <v>1809</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1804</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4520</v>
+        <v>4314</v>
       </c>
       <c r="B196" t="s">
-        <v>1805</v>
+        <v>1811</v>
       </c>
       <c r="C196" t="s">
-        <v>1806</v>
+        <v>1812</v>
       </c>
       <c r="D196" t="s">
-        <v>1807</v>
+        <v>1813</v>
       </c>
       <c r="E196" t="s">
-        <v>1808</v>
+        <v>1814</v>
       </c>
       <c r="F196" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="G196" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="H196" t="s">
-        <v>1811</v>
+        <v>1817</v>
       </c>
       <c r="I196" t="s">
-        <v>1812</v>
+        <v>1818</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
         <v>25</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1813</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4521</v>
+        <v>4316</v>
       </c>
       <c r="B197" t="s">
-        <v>1814</v>
+        <v>1820</v>
       </c>
       <c r="C197" t="s">
-        <v>1815</v>
+        <v>1821</v>
       </c>
       <c r="D197" t="s">
-        <v>1816</v>
+        <v>1822</v>
       </c>
       <c r="E197" t="s">
-        <v>1817</v>
+        <v>1823</v>
       </c>
       <c r="F197" t="s">
-        <v>1818</v>
+        <v>1824</v>
       </c>
       <c r="G197" t="s">
-        <v>1819</v>
+        <v>1825</v>
       </c>
       <c r="H197" t="s">
-        <v>1820</v>
+        <v>1826</v>
       </c>
       <c r="I197" t="s">
-        <v>1821</v>
+        <v>1827</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1822</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>4525</v>
+        <v>4318</v>
       </c>
       <c r="B198" t="s">
-        <v>1823</v>
+        <v>1829</v>
       </c>
       <c r="C198" t="s">
-        <v>1824</v>
+        <v>1830</v>
       </c>
       <c r="D198" t="s">
-        <v>1825</v>
+        <v>1831</v>
       </c>
       <c r="E198" t="s">
-        <v>1826</v>
+        <v>1832</v>
       </c>
       <c r="F198" t="s">
-        <v>1827</v>
+        <v>1833</v>
       </c>
       <c r="G198" t="s">
-        <v>1828</v>
+        <v>1834</v>
       </c>
       <c r="H198" t="s">
-        <v>1829</v>
+        <v>1835</v>
       </c>
       <c r="I198" t="s">
-        <v>1830</v>
+        <v>1836</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1831</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>4527</v>
+        <v>4319</v>
       </c>
       <c r="B199" t="s">
-        <v>1832</v>
+        <v>1838</v>
       </c>
       <c r="C199" t="s">
-        <v>1833</v>
+        <v>1839</v>
       </c>
       <c r="D199" t="s">
-        <v>1834</v>
+        <v>1840</v>
       </c>
       <c r="E199" t="s">
-        <v>1835</v>
+        <v>1841</v>
       </c>
       <c r="F199" t="s">
-        <v>1836</v>
+        <v>1842</v>
       </c>
       <c r="G199" t="s">
-        <v>1837</v>
+        <v>1843</v>
       </c>
       <c r="H199" t="s">
-        <v>1838</v>
+        <v>1844</v>
       </c>
       <c r="I199" t="s">
-        <v>1839</v>
+        <v>1845</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1840</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4535</v>
+        <v>4322</v>
       </c>
       <c r="B200" t="s">
-        <v>1841</v>
+        <v>1847</v>
       </c>
       <c r="C200" t="s">
-        <v>1842</v>
+        <v>1848</v>
       </c>
       <c r="D200" t="s">
-        <v>1843</v>
+        <v>1849</v>
       </c>
       <c r="E200" t="s">
-        <v>1844</v>
+        <v>1850</v>
       </c>
       <c r="F200" t="s">
-        <v>1845</v>
+        <v>1851</v>
       </c>
       <c r="G200" t="s">
-        <v>1846</v>
+        <v>1852</v>
       </c>
       <c r="H200" t="s">
-        <v>1847</v>
+        <v>1853</v>
       </c>
       <c r="I200" t="s">
-        <v>1848</v>
+        <v>1854</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1849</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4538</v>
+        <v>4436</v>
       </c>
       <c r="B201" t="s">
-        <v>1850</v>
+        <v>1856</v>
       </c>
       <c r="C201" t="s">
-        <v>1851</v>
+        <v>1857</v>
       </c>
       <c r="D201" t="s">
-        <v>1852</v>
+        <v>1858</v>
       </c>
       <c r="E201" t="s">
-        <v>1853</v>
+        <v>1859</v>
       </c>
       <c r="F201" t="s">
-        <v>1854</v>
+        <v>1860</v>
       </c>
       <c r="G201" t="s">
-        <v>1855</v>
+        <v>1861</v>
       </c>
       <c r="H201" t="s">
-        <v>1856</v>
+        <v>1862</v>
       </c>
       <c r="I201" t="s">
-        <v>1857</v>
+        <v>1863</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1858</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>4540</v>
+        <v>4438</v>
       </c>
       <c r="B202" t="s">
-        <v>1859</v>
+        <v>1865</v>
       </c>
       <c r="C202" t="s">
-        <v>1860</v>
+        <v>1866</v>
       </c>
       <c r="D202" t="s">
-        <v>1861</v>
+        <v>1867</v>
       </c>
       <c r="E202" t="s">
-        <v>1862</v>
+        <v>1868</v>
       </c>
       <c r="F202" t="s">
-        <v>1863</v>
+        <v>1869</v>
       </c>
       <c r="G202" t="s">
-        <v>1864</v>
+        <v>1870</v>
       </c>
       <c r="H202" t="s">
-        <v>1865</v>
+        <v>1871</v>
       </c>
       <c r="I202" t="s">
-        <v>1866</v>
+        <v>1872</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1867</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>4545</v>
+        <v>4454</v>
       </c>
       <c r="B203" t="s">
-        <v>1868</v>
+        <v>1874</v>
       </c>
       <c r="C203" t="s">
-        <v>1869</v>
+        <v>1875</v>
       </c>
       <c r="D203" t="s">
-        <v>1870</v>
+        <v>1876</v>
       </c>
       <c r="E203" t="s">
-        <v>1871</v>
+        <v>1877</v>
       </c>
       <c r="F203" t="s">
-        <v>1872</v>
+        <v>1878</v>
       </c>
       <c r="G203" t="s">
-        <v>1873</v>
+        <v>1879</v>
       </c>
       <c r="H203" t="s">
-        <v>1874</v>
+        <v>1880</v>
       </c>
       <c r="I203" t="s">
-        <v>1875</v>
+        <v>1881</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
         <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
         <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1876</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>4549</v>
+        <v>4457</v>
       </c>
       <c r="B204" t="s">
-        <v>1877</v>
+        <v>1883</v>
       </c>
       <c r="C204" t="s">
-        <v>1878</v>
+        <v>1884</v>
       </c>
       <c r="D204" t="s">
-        <v>1879</v>
+        <v>1885</v>
       </c>
       <c r="E204" t="s">
-        <v>1880</v>
+        <v>1886</v>
       </c>
       <c r="F204" t="s">
-        <v>1881</v>
+        <v>1887</v>
       </c>
       <c r="G204" t="s">
-        <v>1882</v>
+        <v>1888</v>
       </c>
       <c r="H204" t="s">
-        <v>1883</v>
+        <v>1889</v>
       </c>
       <c r="I204" t="s">
-        <v>1884</v>
+        <v>1890</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1885</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>4555</v>
+        <v>4495</v>
       </c>
       <c r="B205" t="s">
-        <v>1886</v>
+        <v>1892</v>
       </c>
       <c r="C205" t="s">
-        <v>1887</v>
+        <v>1893</v>
       </c>
       <c r="D205" t="s">
-        <v>1888</v>
+        <v>1894</v>
       </c>
       <c r="E205" t="s">
-        <v>1889</v>
+        <v>1895</v>
       </c>
       <c r="F205" t="s">
-        <v>1890</v>
+        <v>1896</v>
       </c>
       <c r="G205" t="s">
-        <v>1891</v>
+        <v>1897</v>
       </c>
       <c r="H205" t="s">
-        <v>1892</v>
+        <v>1898</v>
       </c>
       <c r="I205" t="s">
-        <v>1893</v>
+        <v>1899</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1894</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>4556</v>
+        <v>4498</v>
       </c>
       <c r="B206" t="s">
-        <v>1895</v>
+        <v>1901</v>
       </c>
       <c r="C206" t="s">
-        <v>1896</v>
+        <v>1902</v>
       </c>
       <c r="D206" t="s">
-        <v>1897</v>
+        <v>1903</v>
       </c>
       <c r="E206" t="s">
-        <v>1898</v>
+        <v>1904</v>
       </c>
       <c r="F206" t="s">
-        <v>1899</v>
+        <v>1905</v>
       </c>
       <c r="G206" t="s">
-        <v>1900</v>
+        <v>1906</v>
       </c>
       <c r="H206" t="s">
-        <v>1901</v>
+        <v>1907</v>
       </c>
       <c r="I206" t="s">
-        <v>1902</v>
+        <v>1908</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
         <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
         <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1903</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>4558</v>
+        <v>4508</v>
       </c>
       <c r="B207" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
       <c r="C207" t="s">
-        <v>1905</v>
+        <v>1911</v>
       </c>
       <c r="D207" t="s">
-        <v>1906</v>
+        <v>1912</v>
       </c>
       <c r="E207" t="s">
-        <v>1907</v>
+        <v>1913</v>
       </c>
       <c r="F207" t="s">
-        <v>1908</v>
+        <v>1914</v>
       </c>
       <c r="G207" t="s">
-        <v>1909</v>
+        <v>1915</v>
       </c>
       <c r="H207" t="s">
-        <v>1910</v>
+        <v>1916</v>
       </c>
       <c r="I207" t="s">
-        <v>1911</v>
+        <v>1917</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1912</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>4559</v>
+        <v>4520</v>
       </c>
       <c r="B208" t="s">
-        <v>1913</v>
+        <v>1919</v>
       </c>
       <c r="C208" t="s">
-        <v>1914</v>
+        <v>1920</v>
       </c>
       <c r="D208" t="s">
-        <v>1915</v>
+        <v>1921</v>
       </c>
       <c r="E208" t="s">
-        <v>1916</v>
+        <v>1922</v>
       </c>
       <c r="F208" t="s">
-        <v>1917</v>
+        <v>1923</v>
       </c>
       <c r="G208" t="s">
-        <v>1918</v>
+        <v>1924</v>
       </c>
       <c r="H208" t="s">
-        <v>1919</v>
+        <v>1925</v>
       </c>
       <c r="I208" t="s">
-        <v>1920</v>
+        <v>1926</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>4560</v>
+        <v>4521</v>
       </c>
       <c r="B209" t="s">
-        <v>1922</v>
+        <v>1928</v>
       </c>
       <c r="C209" t="s">
-        <v>1923</v>
+        <v>1929</v>
       </c>
       <c r="D209" t="s">
-        <v>1924</v>
+        <v>1930</v>
       </c>
       <c r="E209" t="s">
-        <v>1925</v>
+        <v>1931</v>
       </c>
       <c r="F209" t="s">
-        <v>1926</v>
+        <v>1932</v>
       </c>
       <c r="G209" t="s">
-        <v>1927</v>
+        <v>1933</v>
       </c>
       <c r="H209" t="s">
-        <v>1928</v>
+        <v>1934</v>
       </c>
       <c r="I209" t="s">
-        <v>1929</v>
+        <v>1935</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
         <v>25</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1930</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>4563</v>
+        <v>4525</v>
       </c>
       <c r="B210" t="s">
-        <v>1931</v>
+        <v>1937</v>
       </c>
       <c r="C210" t="s">
-        <v>1932</v>
+        <v>1938</v>
       </c>
       <c r="D210" t="s">
-        <v>1933</v>
+        <v>1939</v>
       </c>
       <c r="E210" t="s">
-        <v>1934</v>
+        <v>1940</v>
       </c>
       <c r="F210" t="s">
-        <v>1935</v>
+        <v>1941</v>
       </c>
       <c r="G210" t="s">
-        <v>1936</v>
+        <v>1942</v>
       </c>
       <c r="H210" t="s">
-        <v>1937</v>
+        <v>1943</v>
       </c>
       <c r="I210" t="s">
-        <v>1938</v>
+        <v>1944</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1939</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>4564</v>
+        <v>4527</v>
       </c>
       <c r="B211" t="s">
-        <v>1940</v>
+        <v>1946</v>
       </c>
       <c r="C211" t="s">
-        <v>1941</v>
+        <v>1947</v>
       </c>
       <c r="D211" t="s">
-        <v>1942</v>
+        <v>1948</v>
       </c>
       <c r="E211" t="s">
-        <v>1943</v>
+        <v>1949</v>
       </c>
       <c r="F211" t="s">
-        <v>1944</v>
+        <v>1950</v>
       </c>
       <c r="G211" t="s">
-        <v>1945</v>
+        <v>1951</v>
       </c>
       <c r="H211" t="s">
-        <v>1946</v>
+        <v>1952</v>
       </c>
       <c r="I211" t="s">
-        <v>1947</v>
+        <v>1953</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>1948</v>
+        <v>25</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
+      <c r="M211" t="s">
+        <v>27</v>
+      </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>4566</v>
+        <v>4535</v>
       </c>
       <c r="B212" t="s">
-        <v>1950</v>
+        <v>1955</v>
       </c>
       <c r="C212" t="s">
-        <v>1951</v>
+        <v>1956</v>
       </c>
       <c r="D212" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="E212" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="F212" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="G212" t="s">
-        <v>1955</v>
+        <v>1960</v>
       </c>
       <c r="H212" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
       <c r="I212" t="s">
-        <v>1957</v>
+        <v>1962</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
         <v>25</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
         <v>27</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>4568</v>
+        <v>4538</v>
       </c>
       <c r="B213" t="s">
-        <v>1959</v>
+        <v>1964</v>
       </c>
       <c r="C213" t="s">
-        <v>1960</v>
+        <v>1965</v>
       </c>
       <c r="D213" t="s">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="E213" t="s">
-        <v>1962</v>
+        <v>1967</v>
       </c>
       <c r="F213" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
       <c r="G213" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="H213" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
       <c r="I213" t="s">
-        <v>1966</v>
+        <v>1971</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
         <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
         <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>4704</v>
+        <v>4540</v>
       </c>
       <c r="B214" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="C214" t="s">
-        <v>1969</v>
+        <v>1974</v>
       </c>
       <c r="D214" t="s">
-        <v>1970</v>
+        <v>1975</v>
       </c>
       <c r="E214" t="s">
-        <v>1971</v>
+        <v>1976</v>
       </c>
       <c r="F214" t="s">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="G214" t="s">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="H214" t="s">
-        <v>1974</v>
+        <v>1979</v>
       </c>
       <c r="I214" t="s">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1976</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>4709</v>
+        <v>4545</v>
       </c>
       <c r="B215" t="s">
-        <v>1977</v>
+        <v>1982</v>
       </c>
       <c r="C215" t="s">
-        <v>1978</v>
+        <v>1983</v>
       </c>
       <c r="D215" t="s">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="E215" t="s">
-        <v>1980</v>
+        <v>1985</v>
       </c>
       <c r="F215" t="s">
-        <v>1981</v>
+        <v>1986</v>
       </c>
       <c r="G215" t="s">
-        <v>1982</v>
+        <v>1987</v>
       </c>
       <c r="H215" t="s">
-        <v>1983</v>
+        <v>1988</v>
       </c>
       <c r="I215" t="s">
-        <v>1984</v>
+        <v>1989</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1985</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>4711</v>
+        <v>4549</v>
       </c>
       <c r="B216" t="s">
-        <v>1986</v>
+        <v>1991</v>
       </c>
       <c r="C216" t="s">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="D216" t="s">
-        <v>1988</v>
+        <v>1993</v>
       </c>
       <c r="E216" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="F216" t="s">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="G216" t="s">
-        <v>1991</v>
+        <v>1996</v>
       </c>
       <c r="H216" t="s">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="I216" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="J216" t="s">
-        <v>1994</v>
+        <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>1995</v>
+        <v>25</v>
       </c>
       <c r="L216" t="s">
-        <v>1996</v>
+        <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>1997</v>
+        <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>4716</v>
+        <v>4555</v>
       </c>
       <c r="B217" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="C217" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="D217" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="E217" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="F217" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="G217" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="H217" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="I217" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>1228</v>
+        <v>205</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>1229</v>
+        <v>206</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>4717</v>
+        <v>4556</v>
       </c>
       <c r="B218" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C218" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="D218" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E218" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="F218" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G218" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="H218" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I218" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>4721</v>
+        <v>4558</v>
       </c>
       <c r="B219" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C219" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="D219" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E219" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F219" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G219" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H219" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I219" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>1228</v>
+        <v>205</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>1229</v>
+        <v>206</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>4722</v>
+        <v>4559</v>
       </c>
       <c r="B220" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="C220" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="D220" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="E220" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="F220" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="G220" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="H220" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="I220" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>2034</v>
+        <v>47</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
+      </c>
+      <c r="M220" t="s">
+        <v>48</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
         <v>2035</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>4792</v>
+        <v>4560</v>
       </c>
       <c r="B221" t="s">
         <v>2036</v>
       </c>
       <c r="C221" t="s">
         <v>2037</v>
       </c>
       <c r="D221" t="s">
         <v>2038</v>
       </c>
       <c r="E221" t="s">
         <v>2039</v>
       </c>
       <c r="F221" t="s">
         <v>2040</v>
       </c>
       <c r="G221" t="s">
         <v>2041</v>
       </c>
       <c r="H221" t="s">
         <v>2042</v>
       </c>
       <c r="I221" t="s">
         <v>2043</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
         <v>25</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
         <v>27</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2044</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>4801</v>
+        <v>4563</v>
       </c>
       <c r="B222" t="s">
         <v>2045</v>
       </c>
       <c r="C222" t="s">
         <v>2046</v>
       </c>
       <c r="D222" t="s">
         <v>2047</v>
       </c>
       <c r="E222" t="s">
         <v>2048</v>
       </c>
       <c r="F222" t="s">
         <v>2049</v>
       </c>
       <c r="G222" t="s">
         <v>2050</v>
       </c>
       <c r="H222" t="s">
         <v>2051</v>
       </c>
       <c r="I222" t="s">
         <v>2052</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
         <v>2053</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>4809</v>
+        <v>4564</v>
       </c>
       <c r="B223" t="s">
         <v>2054</v>
       </c>
       <c r="C223" t="s">
         <v>2055</v>
       </c>
       <c r="D223" t="s">
         <v>2056</v>
       </c>
       <c r="E223" t="s">
         <v>2057</v>
       </c>
       <c r="F223" t="s">
         <v>2058</v>
       </c>
       <c r="G223" t="s">
         <v>2059</v>
       </c>
       <c r="H223" t="s">
         <v>2060</v>
       </c>
       <c r="I223" t="s">
         <v>2061</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>170</v>
+        <v>2062</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>171</v>
+        <v>2063</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>4810</v>
+        <v>4566</v>
       </c>
       <c r="B224" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="C224" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
       <c r="D224" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="E224" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="F224" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="G224" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="H224" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="I224" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>4811</v>
+        <v>4568</v>
       </c>
       <c r="B225" t="s">
-        <v>2072</v>
+        <v>2074</v>
       </c>
       <c r="C225" t="s">
-        <v>2073</v>
+        <v>2075</v>
       </c>
       <c r="D225" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="E225" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
       <c r="F225" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="G225" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="H225" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="I225" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>1476</v>
+        <v>25</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>4815</v>
+        <v>4704</v>
       </c>
       <c r="B226" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="C226" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="D226" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="E226" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="F226" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="G226" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="H226" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="I226" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>4817</v>
+        <v>4709</v>
       </c>
       <c r="B227" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="C227" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="D227" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="E227" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="F227" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="G227" t="s">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="H227" t="s">
-        <v>2096</v>
+        <v>2098</v>
       </c>
       <c r="I227" t="s">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>4849</v>
+        <v>4711</v>
       </c>
       <c r="B228" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
       <c r="C228" t="s">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="D228" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="E228" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="F228" t="s">
-        <v>2103</v>
+        <v>2105</v>
       </c>
       <c r="G228" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="H228" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="I228" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="J228" t="s">
-        <v>24</v>
+        <v>2109</v>
       </c>
       <c r="K228" t="s">
-        <v>25</v>
+        <v>2110</v>
       </c>
       <c r="L228" t="s">
-        <v>26</v>
+        <v>2111</v>
       </c>
       <c r="M228" t="s">
-        <v>27</v>
+        <v>2112</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2107</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>4850</v>
+        <v>4716</v>
       </c>
       <c r="B229" t="s">
-        <v>2108</v>
+        <v>2114</v>
       </c>
       <c r="C229" t="s">
-        <v>2109</v>
+        <v>2115</v>
       </c>
       <c r="D229" t="s">
-        <v>2110</v>
+        <v>2116</v>
       </c>
       <c r="E229" t="s">
-        <v>2111</v>
+        <v>2117</v>
       </c>
       <c r="F229" t="s">
-        <v>2112</v>
+        <v>2118</v>
       </c>
       <c r="G229" t="s">
-        <v>2113</v>
+        <v>2119</v>
       </c>
       <c r="H229" t="s">
-        <v>2114</v>
+        <v>2120</v>
       </c>
       <c r="I229" t="s">
-        <v>2115</v>
+        <v>2121</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>25</v>
+        <v>1321</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>27</v>
+        <v>1322</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2116</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>4935</v>
+        <v>4717</v>
       </c>
       <c r="B230" t="s">
-        <v>2117</v>
+        <v>2123</v>
       </c>
       <c r="C230" t="s">
-        <v>2118</v>
+        <v>2124</v>
       </c>
       <c r="D230" t="s">
-        <v>2119</v>
+        <v>2125</v>
       </c>
       <c r="E230" t="s">
-        <v>2120</v>
+        <v>2126</v>
       </c>
       <c r="F230" t="s">
-        <v>2121</v>
+        <v>2127</v>
       </c>
       <c r="G230" t="s">
-        <v>2122</v>
+        <v>2128</v>
       </c>
       <c r="H230" t="s">
-        <v>2123</v>
+        <v>2129</v>
       </c>
       <c r="I230" t="s">
-        <v>2124</v>
+        <v>2130</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2125</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>4936</v>
+        <v>4721</v>
       </c>
       <c r="B231" t="s">
-        <v>2126</v>
+        <v>2132</v>
       </c>
       <c r="C231" t="s">
-        <v>2127</v>
+        <v>2133</v>
       </c>
       <c r="D231" t="s">
-        <v>2128</v>
+        <v>2134</v>
       </c>
       <c r="E231" t="s">
-        <v>2129</v>
+        <v>2135</v>
       </c>
       <c r="F231" t="s">
-        <v>2130</v>
+        <v>2136</v>
       </c>
       <c r="G231" t="s">
-        <v>2131</v>
+        <v>2137</v>
       </c>
       <c r="H231" t="s">
-        <v>2132</v>
+        <v>2138</v>
       </c>
       <c r="I231" t="s">
-        <v>2133</v>
+        <v>2139</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>25</v>
+        <v>1321</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>27</v>
+        <v>1322</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>4939</v>
+        <v>4722</v>
       </c>
       <c r="B232" t="s">
-        <v>2135</v>
+        <v>2141</v>
       </c>
       <c r="C232" t="s">
-        <v>2136</v>
+        <v>2142</v>
       </c>
       <c r="D232" t="s">
-        <v>2137</v>
+        <v>2143</v>
       </c>
       <c r="E232" t="s">
-        <v>2138</v>
+        <v>2144</v>
       </c>
       <c r="F232" t="s">
-        <v>2139</v>
+        <v>2145</v>
       </c>
       <c r="G232" t="s">
-        <v>2140</v>
+        <v>2146</v>
       </c>
       <c r="H232" t="s">
-        <v>2141</v>
+        <v>2147</v>
       </c>
       <c r="I232" t="s">
-        <v>2142</v>
+        <v>2148</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>170</v>
+        <v>2149</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>171</v>
+        <v>2150</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2143</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>4944</v>
+        <v>4792</v>
       </c>
       <c r="B233" t="s">
-        <v>2144</v>
+        <v>2152</v>
       </c>
       <c r="C233" t="s">
-        <v>2145</v>
+        <v>2153</v>
       </c>
       <c r="D233" t="s">
-        <v>2146</v>
+        <v>2154</v>
       </c>
       <c r="E233" t="s">
-        <v>2147</v>
+        <v>2155</v>
       </c>
       <c r="F233" t="s">
-        <v>2148</v>
+        <v>2156</v>
       </c>
       <c r="G233" t="s">
-        <v>2149</v>
+        <v>2157</v>
       </c>
       <c r="H233" t="s">
-        <v>2150</v>
+        <v>2158</v>
       </c>
       <c r="I233" t="s">
-        <v>2151</v>
+        <v>2159</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2152</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>4947</v>
+        <v>4801</v>
       </c>
       <c r="B234" t="s">
-        <v>2153</v>
+        <v>2161</v>
       </c>
       <c r="C234" t="s">
-        <v>2154</v>
+        <v>2162</v>
       </c>
       <c r="D234" t="s">
-        <v>2155</v>
+        <v>2163</v>
       </c>
       <c r="E234" t="s">
-        <v>2156</v>
+        <v>2164</v>
       </c>
       <c r="F234" t="s">
-        <v>2157</v>
+        <v>2165</v>
       </c>
       <c r="G234" t="s">
-        <v>2158</v>
+        <v>2166</v>
       </c>
       <c r="H234" t="s">
-        <v>2159</v>
+        <v>2167</v>
       </c>
       <c r="I234" t="s">
-        <v>2160</v>
+        <v>2168</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>48</v>
+        <v>206</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2161</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>4950</v>
+        <v>4809</v>
       </c>
       <c r="B235" t="s">
-        <v>2162</v>
+        <v>2170</v>
       </c>
       <c r="C235" t="s">
-        <v>2163</v>
+        <v>2171</v>
       </c>
       <c r="D235" t="s">
-        <v>2164</v>
+        <v>2172</v>
       </c>
       <c r="E235" t="s">
-        <v>2165</v>
+        <v>2173</v>
       </c>
       <c r="F235" t="s">
-        <v>2166</v>
+        <v>2174</v>
       </c>
       <c r="G235" t="s">
-        <v>2167</v>
+        <v>2175</v>
       </c>
       <c r="H235" t="s">
-        <v>2168</v>
+        <v>2176</v>
       </c>
       <c r="I235" t="s">
-        <v>2169</v>
+        <v>2177</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>1476</v>
+        <v>205</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
-        <v>1478</v>
+        <v>206</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2170</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>4958</v>
+        <v>4810</v>
       </c>
       <c r="B236" t="s">
-        <v>2171</v>
+        <v>2179</v>
       </c>
       <c r="C236" t="s">
-        <v>2172</v>
+        <v>2180</v>
       </c>
       <c r="D236" t="s">
-        <v>2173</v>
+        <v>2181</v>
       </c>
       <c r="E236" t="s">
-        <v>2174</v>
+        <v>2182</v>
       </c>
       <c r="F236" t="s">
-        <v>2175</v>
+        <v>2183</v>
       </c>
       <c r="G236" t="s">
-        <v>2176</v>
+        <v>2184</v>
       </c>
       <c r="H236" t="s">
-        <v>2177</v>
+        <v>2185</v>
       </c>
       <c r="I236" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>4965</v>
+        <v>4811</v>
       </c>
       <c r="B237" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
       <c r="C237" t="s">
-        <v>2181</v>
+        <v>2189</v>
       </c>
       <c r="D237" t="s">
-        <v>2182</v>
+        <v>2190</v>
       </c>
       <c r="E237" t="s">
-        <v>2183</v>
+        <v>2191</v>
       </c>
       <c r="F237" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
       <c r="G237" t="s">
-        <v>2185</v>
+        <v>2193</v>
       </c>
       <c r="H237" t="s">
-        <v>2186</v>
+        <v>2194</v>
       </c>
       <c r="I237" t="s">
-        <v>2187</v>
+        <v>2195</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>25</v>
+        <v>1589</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>27</v>
+        <v>1591</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2188</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>4968</v>
+        <v>4815</v>
       </c>
       <c r="B238" t="s">
-        <v>2189</v>
+        <v>2197</v>
       </c>
       <c r="C238" t="s">
-        <v>2190</v>
+        <v>2198</v>
       </c>
       <c r="D238" t="s">
-        <v>2191</v>
+        <v>2199</v>
       </c>
       <c r="E238" t="s">
-        <v>2192</v>
+        <v>2200</v>
       </c>
       <c r="F238" t="s">
-        <v>2193</v>
+        <v>2201</v>
       </c>
       <c r="G238" t="s">
-        <v>2194</v>
+        <v>2202</v>
       </c>
       <c r="H238" t="s">
-        <v>2195</v>
+        <v>2203</v>
       </c>
       <c r="I238" t="s">
-        <v>2196</v>
+        <v>2204</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
         <v>25</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
         <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2197</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>4969</v>
+        <v>4817</v>
       </c>
       <c r="B239" t="s">
-        <v>2198</v>
+        <v>2206</v>
       </c>
       <c r="C239" t="s">
-        <v>2199</v>
+        <v>2207</v>
       </c>
       <c r="D239" t="s">
-        <v>2200</v>
+        <v>2208</v>
       </c>
       <c r="E239" t="s">
-        <v>2201</v>
+        <v>2209</v>
       </c>
       <c r="F239" t="s">
-        <v>2202</v>
+        <v>2210</v>
       </c>
       <c r="G239" t="s">
-        <v>2203</v>
+        <v>2211</v>
       </c>
       <c r="H239" t="s">
-        <v>2204</v>
+        <v>2212</v>
       </c>
       <c r="I239" t="s">
-        <v>2205</v>
+        <v>2213</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
         <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
         <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2206</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5020</v>
+        <v>4849</v>
       </c>
       <c r="B240" t="s">
-        <v>2207</v>
+        <v>2215</v>
       </c>
       <c r="C240" t="s">
-        <v>2208</v>
+        <v>2216</v>
       </c>
       <c r="D240" t="s">
-        <v>2209</v>
+        <v>2217</v>
       </c>
       <c r="E240" t="s">
-        <v>2210</v>
+        <v>2218</v>
       </c>
       <c r="F240" t="s">
-        <v>2211</v>
+        <v>2219</v>
       </c>
       <c r="G240" t="s">
-        <v>2212</v>
+        <v>2220</v>
       </c>
       <c r="H240" t="s">
-        <v>2213</v>
+        <v>2221</v>
       </c>
       <c r="I240" t="s">
-        <v>2214</v>
+        <v>2222</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2215</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5037</v>
+        <v>4850</v>
       </c>
       <c r="B241" t="s">
-        <v>2216</v>
+        <v>2224</v>
       </c>
       <c r="C241" t="s">
-        <v>2217</v>
+        <v>2225</v>
       </c>
       <c r="D241" t="s">
-        <v>2218</v>
+        <v>2226</v>
       </c>
       <c r="E241" t="s">
-        <v>2219</v>
+        <v>2227</v>
       </c>
       <c r="F241" t="s">
-        <v>2220</v>
+        <v>2228</v>
       </c>
       <c r="G241" t="s">
-        <v>2221</v>
+        <v>2229</v>
       </c>
       <c r="H241" t="s">
-        <v>2222</v>
+        <v>2230</v>
       </c>
       <c r="I241" t="s">
-        <v>2223</v>
+        <v>2231</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2224</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5100</v>
+        <v>4935</v>
       </c>
       <c r="B242" t="s">
-        <v>2225</v>
+        <v>2233</v>
       </c>
       <c r="C242" t="s">
-        <v>2226</v>
+        <v>2234</v>
       </c>
       <c r="D242" t="s">
-        <v>2227</v>
+        <v>2235</v>
       </c>
       <c r="E242" t="s">
-        <v>2228</v>
+        <v>2236</v>
       </c>
       <c r="F242" t="s">
-        <v>2229</v>
+        <v>2237</v>
       </c>
       <c r="G242" t="s">
-        <v>2230</v>
+        <v>2238</v>
       </c>
       <c r="H242" t="s">
-        <v>2231</v>
+        <v>2239</v>
       </c>
       <c r="I242" t="s">
-        <v>2232</v>
+        <v>2240</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>689</v>
+        <v>205</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>690</v>
+        <v>206</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2233</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5141</v>
+        <v>4936</v>
       </c>
       <c r="B243" t="s">
-        <v>2234</v>
+        <v>2242</v>
       </c>
       <c r="C243" t="s">
-        <v>2235</v>
+        <v>2243</v>
       </c>
       <c r="D243" t="s">
-        <v>2236</v>
+        <v>2244</v>
       </c>
       <c r="E243" t="s">
-        <v>2237</v>
+        <v>2245</v>
       </c>
       <c r="F243" t="s">
-        <v>2238</v>
+        <v>2246</v>
       </c>
       <c r="G243" t="s">
-        <v>2239</v>
+        <v>2247</v>
       </c>
       <c r="H243" t="s">
-        <v>2240</v>
+        <v>2248</v>
       </c>
       <c r="I243" t="s">
-        <v>2241</v>
+        <v>2249</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
         <v>25</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
         <v>27</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2242</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5212</v>
+        <v>4939</v>
       </c>
       <c r="B244" t="s">
-        <v>2243</v>
+        <v>2251</v>
       </c>
       <c r="C244" t="s">
-        <v>2244</v>
+        <v>2252</v>
       </c>
       <c r="D244" t="s">
-        <v>2245</v>
+        <v>2253</v>
       </c>
       <c r="E244" t="s">
-        <v>2246</v>
+        <v>2254</v>
       </c>
       <c r="F244" t="s">
-        <v>2247</v>
+        <v>2255</v>
       </c>
       <c r="G244" t="s">
-        <v>2248</v>
+        <v>2256</v>
       </c>
       <c r="H244" t="s">
-        <v>2249</v>
+        <v>2257</v>
       </c>
       <c r="I244" t="s">
-        <v>2250</v>
+        <v>2258</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2251</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5272</v>
+        <v>4944</v>
       </c>
       <c r="B245" t="s">
-        <v>2252</v>
+        <v>2260</v>
       </c>
       <c r="C245" t="s">
-        <v>2253</v>
+        <v>2261</v>
       </c>
       <c r="D245" t="s">
-        <v>2254</v>
+        <v>2262</v>
       </c>
       <c r="E245" t="s">
-        <v>2255</v>
+        <v>2263</v>
       </c>
       <c r="F245" t="s">
-        <v>2256</v>
+        <v>2264</v>
       </c>
       <c r="G245" t="s">
-        <v>2257</v>
+        <v>2265</v>
       </c>
       <c r="H245" t="s">
-        <v>2258</v>
+        <v>2266</v>
       </c>
       <c r="I245" t="s">
-        <v>2259</v>
+        <v>2267</v>
       </c>
       <c r="J245" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>745</v>
+        <v>25</v>
       </c>
       <c r="L245" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>746</v>
+        <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2260</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5273</v>
+        <v>4947</v>
       </c>
       <c r="B246" t="s">
-        <v>2261</v>
+        <v>2269</v>
       </c>
       <c r="C246" t="s">
-        <v>2262</v>
+        <v>2270</v>
       </c>
       <c r="D246" t="s">
-        <v>2263</v>
+        <v>2271</v>
       </c>
       <c r="E246" t="s">
-        <v>2264</v>
+        <v>2272</v>
       </c>
       <c r="F246" t="s">
-        <v>2265</v>
+        <v>2273</v>
       </c>
       <c r="G246" t="s">
-        <v>2266</v>
+        <v>2274</v>
       </c>
       <c r="H246" t="s">
-        <v>2267</v>
+        <v>2275</v>
       </c>
       <c r="I246" t="s">
-        <v>2268</v>
+        <v>2276</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>2269</v>
+        <v>47</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>2270</v>
+        <v>48</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2271</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5280</v>
+        <v>4950</v>
       </c>
       <c r="B247" t="s">
-        <v>2272</v>
+        <v>2278</v>
       </c>
       <c r="C247" t="s">
-        <v>2273</v>
+        <v>2279</v>
       </c>
       <c r="D247" t="s">
-        <v>2274</v>
+        <v>2280</v>
       </c>
       <c r="E247" t="s">
-        <v>2275</v>
+        <v>2281</v>
       </c>
       <c r="F247" t="s">
-        <v>2276</v>
+        <v>2282</v>
       </c>
       <c r="G247" t="s">
-        <v>2277</v>
+        <v>2283</v>
       </c>
       <c r="H247" t="s">
-        <v>2278</v>
+        <v>2284</v>
       </c>
       <c r="I247" t="s">
-        <v>2279</v>
+        <v>2285</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>170</v>
+        <v>1589</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>171</v>
+        <v>1591</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2280</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5326</v>
+        <v>4958</v>
       </c>
       <c r="B248" t="s">
-        <v>2281</v>
+        <v>2287</v>
       </c>
       <c r="C248" t="s">
-        <v>2282</v>
+        <v>2288</v>
       </c>
       <c r="D248" t="s">
-        <v>2283</v>
+        <v>2289</v>
       </c>
       <c r="E248" t="s">
-        <v>2284</v>
+        <v>2290</v>
       </c>
       <c r="F248" t="s">
-        <v>2285</v>
+        <v>2291</v>
       </c>
       <c r="G248" t="s">
-        <v>2286</v>
+        <v>2292</v>
       </c>
       <c r="H248" t="s">
-        <v>2287</v>
+        <v>2293</v>
       </c>
       <c r="I248" t="s">
-        <v>2288</v>
+        <v>2294</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2289</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5330</v>
+        <v>4964</v>
       </c>
       <c r="B249" t="s">
-        <v>2290</v>
+        <v>2296</v>
       </c>
       <c r="C249" t="s">
-        <v>2291</v>
+        <v>2297</v>
       </c>
       <c r="D249" t="s">
-        <v>2292</v>
+        <v>2298</v>
       </c>
       <c r="E249" t="s">
-        <v>2293</v>
+        <v>2299</v>
       </c>
       <c r="F249" t="s">
-        <v>2294</v>
+        <v>2300</v>
       </c>
       <c r="G249" t="s">
-        <v>2295</v>
+        <v>2301</v>
       </c>
       <c r="H249" t="s">
-        <v>2296</v>
+        <v>2302</v>
       </c>
       <c r="I249" t="s">
-        <v>2297</v>
+        <v>2303</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>170</v>
+        <v>2304</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>171</v>
+        <v>2305</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2298</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5331</v>
+        <v>4965</v>
       </c>
       <c r="B250" t="s">
-        <v>2299</v>
+        <v>2307</v>
       </c>
       <c r="C250" t="s">
-        <v>2300</v>
+        <v>2308</v>
       </c>
       <c r="D250" t="s">
-        <v>2301</v>
+        <v>2309</v>
       </c>
       <c r="E250" t="s">
-        <v>2302</v>
+        <v>2310</v>
       </c>
       <c r="F250" t="s">
-        <v>2303</v>
+        <v>2311</v>
       </c>
       <c r="G250" t="s">
-        <v>2304</v>
+        <v>2312</v>
       </c>
       <c r="H250" t="s">
-        <v>2305</v>
+        <v>2313</v>
       </c>
       <c r="I250" t="s">
-        <v>2306</v>
+        <v>2314</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2307</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5332</v>
+        <v>4968</v>
       </c>
       <c r="B251" t="s">
-        <v>2308</v>
+        <v>2316</v>
       </c>
       <c r="C251" t="s">
-        <v>2309</v>
+        <v>2317</v>
       </c>
       <c r="D251" t="s">
-        <v>2310</v>
+        <v>2318</v>
       </c>
       <c r="E251" t="s">
-        <v>2311</v>
+        <v>2319</v>
       </c>
       <c r="F251" t="s">
-        <v>2312</v>
+        <v>2320</v>
       </c>
       <c r="G251" t="s">
-        <v>2313</v>
+        <v>2321</v>
       </c>
       <c r="H251" t="s">
-        <v>2314</v>
+        <v>2322</v>
       </c>
       <c r="I251" t="s">
-        <v>2315</v>
+        <v>2323</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
         <v>25</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
         <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2316</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5333</v>
+        <v>4969</v>
       </c>
       <c r="B252" t="s">
-        <v>2317</v>
+        <v>2325</v>
       </c>
       <c r="C252" t="s">
-        <v>2318</v>
+        <v>2326</v>
       </c>
       <c r="D252" t="s">
-        <v>2319</v>
+        <v>2327</v>
       </c>
       <c r="E252" t="s">
-        <v>2320</v>
+        <v>2328</v>
       </c>
       <c r="F252" t="s">
-        <v>2321</v>
+        <v>2329</v>
       </c>
       <c r="G252" t="s">
-        <v>2322</v>
+        <v>2330</v>
       </c>
       <c r="H252" t="s">
-        <v>2323</v>
+        <v>2331</v>
       </c>
       <c r="I252" t="s">
-        <v>2324</v>
+        <v>2332</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2325</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5335</v>
+        <v>5020</v>
       </c>
       <c r="B253" t="s">
-        <v>2326</v>
+        <v>2334</v>
       </c>
       <c r="C253" t="s">
-        <v>2327</v>
+        <v>2335</v>
       </c>
       <c r="D253" t="s">
-        <v>2328</v>
+        <v>2336</v>
       </c>
       <c r="E253" t="s">
-        <v>2329</v>
+        <v>2337</v>
       </c>
       <c r="F253" t="s">
-        <v>2330</v>
+        <v>2338</v>
       </c>
       <c r="G253" t="s">
-        <v>2331</v>
+        <v>2339</v>
       </c>
       <c r="H253" t="s">
-        <v>2332</v>
+        <v>2340</v>
       </c>
       <c r="I253" t="s">
-        <v>2333</v>
+        <v>2341</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2334</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5343</v>
+        <v>5037</v>
       </c>
       <c r="B254" t="s">
-        <v>2335</v>
+        <v>2343</v>
       </c>
       <c r="C254" t="s">
-        <v>2336</v>
+        <v>2344</v>
       </c>
       <c r="D254" t="s">
-        <v>2337</v>
+        <v>2345</v>
       </c>
       <c r="E254" t="s">
-        <v>2338</v>
+        <v>2346</v>
       </c>
       <c r="F254" t="s">
-        <v>2339</v>
+        <v>2347</v>
       </c>
       <c r="G254" t="s">
-        <v>2340</v>
+        <v>2348</v>
       </c>
       <c r="H254" t="s">
-        <v>2341</v>
+        <v>2349</v>
       </c>
       <c r="I254" t="s">
-        <v>2342</v>
+        <v>2350</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2343</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5346</v>
+        <v>5100</v>
       </c>
       <c r="B255" t="s">
-        <v>2344</v>
+        <v>2352</v>
       </c>
       <c r="C255" t="s">
-        <v>2345</v>
+        <v>2353</v>
       </c>
       <c r="D255" t="s">
-        <v>2346</v>
+        <v>2354</v>
       </c>
       <c r="E255" t="s">
-        <v>2347</v>
+        <v>2355</v>
       </c>
       <c r="F255" t="s">
-        <v>2348</v>
+        <v>2356</v>
       </c>
       <c r="G255" t="s">
-        <v>2349</v>
+        <v>2357</v>
       </c>
       <c r="H255" t="s">
-        <v>2350</v>
+        <v>2358</v>
       </c>
       <c r="I255" t="s">
-        <v>2351</v>
+        <v>2359</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>2352</v>
+        <v>772</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>2353</v>
+        <v>773</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2354</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5347</v>
+        <v>5141</v>
       </c>
       <c r="B256" t="s">
-        <v>2355</v>
+        <v>2361</v>
       </c>
       <c r="C256" t="s">
-        <v>2356</v>
+        <v>2362</v>
       </c>
       <c r="D256" t="s">
-        <v>2357</v>
+        <v>2363</v>
       </c>
       <c r="E256" t="s">
-        <v>2358</v>
+        <v>2364</v>
       </c>
       <c r="F256" t="s">
-        <v>2359</v>
+        <v>2365</v>
       </c>
       <c r="G256" t="s">
-        <v>2360</v>
+        <v>2366</v>
       </c>
       <c r="H256" t="s">
-        <v>2361</v>
+        <v>2367</v>
       </c>
       <c r="I256" t="s">
-        <v>2362</v>
+        <v>2368</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2363</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5348</v>
+        <v>5212</v>
       </c>
       <c r="B257" t="s">
-        <v>2364</v>
+        <v>2370</v>
       </c>
       <c r="C257" t="s">
-        <v>2365</v>
+        <v>2371</v>
       </c>
       <c r="D257" t="s">
-        <v>2366</v>
+        <v>2372</v>
       </c>
       <c r="E257" t="s">
-        <v>2367</v>
+        <v>2373</v>
       </c>
       <c r="F257" t="s">
-        <v>2368</v>
+        <v>2374</v>
       </c>
       <c r="G257" t="s">
-        <v>2369</v>
+        <v>2375</v>
       </c>
       <c r="H257" t="s">
-        <v>2370</v>
+        <v>2376</v>
       </c>
       <c r="I257" t="s">
-        <v>2371</v>
+        <v>2377</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2372</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5351</v>
+        <v>5272</v>
       </c>
       <c r="B258" t="s">
-        <v>2373</v>
+        <v>2379</v>
       </c>
       <c r="C258" t="s">
-        <v>2374</v>
+        <v>2380</v>
       </c>
       <c r="D258" t="s">
-        <v>2375</v>
+        <v>2381</v>
       </c>
       <c r="E258" t="s">
-        <v>2376</v>
+        <v>2382</v>
       </c>
       <c r="F258" t="s">
-        <v>2377</v>
+        <v>2383</v>
       </c>
       <c r="G258" t="s">
-        <v>2378</v>
+        <v>2384</v>
       </c>
       <c r="H258" t="s">
-        <v>2379</v>
+        <v>2385</v>
       </c>
       <c r="I258" t="s">
-        <v>2380</v>
+        <v>2386</v>
       </c>
       <c r="J258" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K258" t="s">
-        <v>25</v>
+        <v>828</v>
       </c>
       <c r="L258" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M258" t="s">
-        <v>27</v>
+        <v>829</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2381</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5353</v>
+        <v>5273</v>
       </c>
       <c r="B259" t="s">
-        <v>2382</v>
+        <v>2388</v>
       </c>
       <c r="C259" t="s">
-        <v>2383</v>
+        <v>2389</v>
       </c>
       <c r="D259" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
       <c r="E259" t="s">
-        <v>2385</v>
+        <v>2391</v>
       </c>
       <c r="F259" t="s">
-        <v>2386</v>
+        <v>2392</v>
       </c>
       <c r="G259" t="s">
-        <v>2387</v>
+        <v>2393</v>
       </c>
       <c r="H259" t="s">
-        <v>2388</v>
+        <v>2394</v>
       </c>
       <c r="I259" t="s">
-        <v>2389</v>
+        <v>2395</v>
       </c>
       <c r="J259" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>904</v>
+        <v>2304</v>
       </c>
       <c r="L259" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>905</v>
+        <v>2305</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2390</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5354</v>
+        <v>5280</v>
       </c>
       <c r="B260" t="s">
-        <v>2391</v>
+        <v>2397</v>
       </c>
       <c r="C260" t="s">
-        <v>2392</v>
+        <v>2398</v>
       </c>
       <c r="D260" t="s">
-        <v>2393</v>
+        <v>2399</v>
       </c>
       <c r="E260" t="s">
-        <v>2394</v>
+        <v>2400</v>
       </c>
       <c r="F260" t="s">
-        <v>2395</v>
+        <v>2401</v>
       </c>
       <c r="G260" t="s">
-        <v>2396</v>
+        <v>2402</v>
       </c>
       <c r="H260" t="s">
-        <v>2397</v>
+        <v>2403</v>
       </c>
       <c r="I260" t="s">
-        <v>2398</v>
+        <v>2404</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2399</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5359</v>
+        <v>5326</v>
       </c>
       <c r="B261" t="s">
-        <v>2400</v>
+        <v>2406</v>
       </c>
       <c r="C261" t="s">
-        <v>2401</v>
+        <v>2407</v>
       </c>
       <c r="D261" t="s">
-        <v>2402</v>
+        <v>2408</v>
       </c>
       <c r="E261" t="s">
-        <v>2403</v>
+        <v>2409</v>
       </c>
       <c r="F261" t="s">
-        <v>2404</v>
+        <v>2410</v>
       </c>
       <c r="G261" t="s">
-        <v>2405</v>
+        <v>2411</v>
       </c>
       <c r="H261" t="s">
-        <v>2406</v>
+        <v>2412</v>
       </c>
       <c r="I261" t="s">
-        <v>2407</v>
+        <v>2413</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2408</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5364</v>
+        <v>5330</v>
       </c>
       <c r="B262" t="s">
-        <v>2409</v>
+        <v>2415</v>
       </c>
       <c r="C262" t="s">
-        <v>2410</v>
+        <v>2416</v>
       </c>
       <c r="D262" t="s">
-        <v>2411</v>
+        <v>2417</v>
       </c>
       <c r="E262" t="s">
-        <v>2412</v>
+        <v>2418</v>
       </c>
       <c r="F262" t="s">
-        <v>2413</v>
+        <v>2419</v>
       </c>
       <c r="G262" t="s">
-        <v>2414</v>
+        <v>2420</v>
       </c>
       <c r="H262" t="s">
-        <v>2415</v>
+        <v>2421</v>
       </c>
       <c r="I262" t="s">
-        <v>2416</v>
+        <v>2422</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>48</v>
+        <v>206</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2417</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5365</v>
+        <v>5331</v>
       </c>
       <c r="B263" t="s">
-        <v>2418</v>
+        <v>2424</v>
       </c>
       <c r="C263" t="s">
-        <v>2419</v>
+        <v>2425</v>
       </c>
       <c r="D263" t="s">
-        <v>2420</v>
+        <v>2426</v>
       </c>
       <c r="E263" t="s">
-        <v>2421</v>
+        <v>2427</v>
       </c>
       <c r="F263" t="s">
-        <v>2422</v>
+        <v>2428</v>
       </c>
       <c r="G263" t="s">
-        <v>2423</v>
+        <v>2429</v>
       </c>
       <c r="H263" t="s">
-        <v>2424</v>
+        <v>2430</v>
       </c>
       <c r="I263" t="s">
-        <v>2425</v>
+        <v>2431</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2426</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5367</v>
+        <v>5332</v>
       </c>
       <c r="B264" t="s">
-        <v>2427</v>
+        <v>2433</v>
       </c>
       <c r="C264" t="s">
-        <v>2428</v>
+        <v>2434</v>
       </c>
       <c r="D264" t="s">
-        <v>2429</v>
+        <v>2435</v>
       </c>
       <c r="E264" t="s">
-        <v>2430</v>
+        <v>2436</v>
       </c>
       <c r="F264" t="s">
-        <v>2431</v>
+        <v>2437</v>
       </c>
       <c r="G264" t="s">
-        <v>2432</v>
+        <v>2438</v>
       </c>
       <c r="H264" t="s">
-        <v>2433</v>
+        <v>2439</v>
       </c>
       <c r="I264" t="s">
-        <v>2434</v>
+        <v>2440</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
         <v>25</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>27</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2435</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5368</v>
+        <v>5333</v>
       </c>
       <c r="B265" t="s">
-        <v>2436</v>
+        <v>2442</v>
       </c>
       <c r="C265" t="s">
-        <v>2437</v>
+        <v>2443</v>
       </c>
       <c r="D265" t="s">
-        <v>2438</v>
+        <v>2444</v>
       </c>
       <c r="E265" t="s">
-        <v>2439</v>
+        <v>2445</v>
       </c>
       <c r="F265" t="s">
-        <v>2440</v>
+        <v>2446</v>
       </c>
       <c r="G265" t="s">
-        <v>2441</v>
+        <v>2447</v>
       </c>
       <c r="H265" t="s">
-        <v>2442</v>
+        <v>2448</v>
       </c>
       <c r="I265" t="s">
-        <v>2443</v>
+        <v>2449</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
         <v>25</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
         <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2444</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5370</v>
+        <v>5335</v>
       </c>
       <c r="B266" t="s">
-        <v>2445</v>
+        <v>2451</v>
       </c>
       <c r="C266" t="s">
-        <v>2446</v>
+        <v>2452</v>
       </c>
       <c r="D266" t="s">
-        <v>2447</v>
+        <v>2453</v>
       </c>
       <c r="E266" t="s">
-        <v>2448</v>
+        <v>2454</v>
       </c>
       <c r="F266" t="s">
-        <v>2449</v>
+        <v>2455</v>
       </c>
       <c r="G266" t="s">
-        <v>2450</v>
+        <v>2456</v>
       </c>
       <c r="H266" t="s">
-        <v>2451</v>
+        <v>2457</v>
       </c>
       <c r="I266" t="s">
-        <v>2452</v>
+        <v>2458</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
         <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
         <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2453</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5371</v>
+        <v>5343</v>
       </c>
       <c r="B267" t="s">
-        <v>2454</v>
+        <v>2460</v>
       </c>
       <c r="C267" t="s">
-        <v>2455</v>
+        <v>2461</v>
       </c>
       <c r="D267" t="s">
-        <v>2456</v>
+        <v>2462</v>
       </c>
       <c r="E267" t="s">
-        <v>2457</v>
+        <v>2463</v>
       </c>
       <c r="F267" t="s">
-        <v>2458</v>
+        <v>2464</v>
       </c>
       <c r="G267" t="s">
-        <v>2459</v>
+        <v>2465</v>
       </c>
       <c r="H267" t="s">
-        <v>2460</v>
+        <v>2466</v>
       </c>
       <c r="I267" t="s">
-        <v>2461</v>
+        <v>2467</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>2462</v>
+        <v>205</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>2463</v>
+        <v>206</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2464</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5372</v>
+        <v>5346</v>
       </c>
       <c r="B268" t="s">
-        <v>2465</v>
+        <v>2469</v>
       </c>
       <c r="C268" t="s">
-        <v>2466</v>
+        <v>2470</v>
       </c>
       <c r="D268" t="s">
-        <v>2467</v>
+        <v>2471</v>
       </c>
       <c r="E268" t="s">
-        <v>2468</v>
+        <v>2472</v>
       </c>
       <c r="F268" t="s">
-        <v>2469</v>
+        <v>2473</v>
       </c>
       <c r="G268" t="s">
-        <v>2470</v>
+        <v>2474</v>
       </c>
       <c r="H268" t="s">
-        <v>2471</v>
+        <v>2475</v>
       </c>
       <c r="I268" t="s">
-        <v>2472</v>
+        <v>2476</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>25</v>
+        <v>2477</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>27</v>
+        <v>2478</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2473</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5375</v>
+        <v>5347</v>
       </c>
       <c r="B269" t="s">
-        <v>2474</v>
+        <v>2480</v>
       </c>
       <c r="C269" t="s">
-        <v>2475</v>
+        <v>2481</v>
       </c>
       <c r="D269" t="s">
-        <v>2476</v>
+        <v>2482</v>
       </c>
       <c r="E269" t="s">
-        <v>2477</v>
+        <v>2483</v>
       </c>
       <c r="F269" t="s">
-        <v>2478</v>
+        <v>2484</v>
       </c>
       <c r="G269" t="s">
-        <v>2479</v>
+        <v>2485</v>
       </c>
       <c r="H269" t="s">
-        <v>2480</v>
+        <v>2486</v>
       </c>
       <c r="I269" t="s">
-        <v>2481</v>
+        <v>2487</v>
       </c>
       <c r="J269" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>274</v>
+        <v>205</v>
       </c>
       <c r="L269" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>275</v>
+        <v>206</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2482</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5377</v>
+        <v>5348</v>
       </c>
       <c r="B270" t="s">
-        <v>2483</v>
+        <v>2489</v>
       </c>
       <c r="C270" t="s">
-        <v>2484</v>
+        <v>2490</v>
       </c>
       <c r="D270" t="s">
-        <v>2485</v>
+        <v>2491</v>
       </c>
       <c r="E270" t="s">
-        <v>2486</v>
+        <v>2492</v>
       </c>
       <c r="F270" t="s">
-        <v>2487</v>
+        <v>2493</v>
       </c>
       <c r="G270" t="s">
-        <v>2488</v>
+        <v>2494</v>
       </c>
       <c r="H270" t="s">
-        <v>2489</v>
+        <v>2495</v>
       </c>
       <c r="I270" t="s">
-        <v>2490</v>
+        <v>2496</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2491</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5378</v>
+        <v>5351</v>
       </c>
       <c r="B271" t="s">
-        <v>2492</v>
+        <v>2498</v>
       </c>
       <c r="C271" t="s">
-        <v>2493</v>
+        <v>2499</v>
       </c>
       <c r="D271" t="s">
-        <v>2494</v>
+        <v>2500</v>
       </c>
       <c r="E271" t="s">
-        <v>2495</v>
+        <v>2501</v>
       </c>
       <c r="F271" t="s">
-        <v>2496</v>
+        <v>2502</v>
       </c>
       <c r="G271" t="s">
-        <v>2497</v>
+        <v>2503</v>
       </c>
       <c r="H271" t="s">
-        <v>2498</v>
+        <v>2504</v>
       </c>
       <c r="I271" t="s">
-        <v>2499</v>
+        <v>2505</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
         <v>25</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2500</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5380</v>
+        <v>5353</v>
       </c>
       <c r="B272" t="s">
-        <v>2501</v>
+        <v>2507</v>
       </c>
       <c r="C272" t="s">
-        <v>2502</v>
+        <v>2508</v>
       </c>
       <c r="D272" t="s">
-        <v>2503</v>
+        <v>2509</v>
       </c>
       <c r="E272" t="s">
-        <v>2504</v>
+        <v>2510</v>
       </c>
       <c r="F272" t="s">
-        <v>2505</v>
+        <v>2511</v>
       </c>
       <c r="G272" t="s">
-        <v>2506</v>
+        <v>2512</v>
       </c>
       <c r="H272" t="s">
-        <v>2507</v>
+        <v>2513</v>
       </c>
       <c r="I272" t="s">
-        <v>2508</v>
+        <v>2514</v>
       </c>
       <c r="J272" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K272" t="s">
-        <v>25</v>
+        <v>987</v>
       </c>
       <c r="L272" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M272" t="s">
-        <v>27</v>
+        <v>988</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2509</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5382</v>
+        <v>5354</v>
       </c>
       <c r="B273" t="s">
-        <v>2510</v>
+        <v>2516</v>
       </c>
       <c r="C273" t="s">
-        <v>2511</v>
+        <v>2517</v>
       </c>
       <c r="D273" t="s">
-        <v>2512</v>
+        <v>2518</v>
       </c>
       <c r="E273" t="s">
-        <v>2513</v>
+        <v>2519</v>
       </c>
       <c r="F273" t="s">
-        <v>2514</v>
+        <v>2520</v>
       </c>
       <c r="G273" t="s">
-        <v>2515</v>
+        <v>2521</v>
       </c>
       <c r="H273" t="s">
-        <v>2516</v>
+        <v>2522</v>
       </c>
       <c r="I273" t="s">
-        <v>2517</v>
+        <v>2523</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2518</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5393</v>
+        <v>5359</v>
       </c>
       <c r="B274" t="s">
-        <v>2519</v>
+        <v>2525</v>
       </c>
       <c r="C274" t="s">
-        <v>2520</v>
+        <v>2526</v>
       </c>
       <c r="D274" t="s">
-        <v>2521</v>
+        <v>2527</v>
       </c>
       <c r="E274" t="s">
-        <v>2522</v>
+        <v>2528</v>
       </c>
       <c r="F274" t="s">
-        <v>2523</v>
+        <v>2529</v>
       </c>
       <c r="G274" t="s">
-        <v>2524</v>
+        <v>2530</v>
       </c>
       <c r="H274" t="s">
-        <v>2525</v>
+        <v>2531</v>
       </c>
       <c r="I274" t="s">
-        <v>2526</v>
+        <v>2532</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
         <v>25</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2527</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5394</v>
+        <v>5364</v>
       </c>
       <c r="B275" t="s">
-        <v>2528</v>
+        <v>2534</v>
       </c>
       <c r="C275" t="s">
-        <v>2529</v>
+        <v>2535</v>
       </c>
       <c r="D275" t="s">
-        <v>2530</v>
+        <v>2536</v>
       </c>
       <c r="E275" t="s">
-        <v>2531</v>
+        <v>2537</v>
       </c>
       <c r="F275" t="s">
-        <v>2532</v>
+        <v>2538</v>
       </c>
       <c r="G275" t="s">
-        <v>2533</v>
+        <v>2539</v>
       </c>
       <c r="H275" t="s">
-        <v>2534</v>
+        <v>2540</v>
       </c>
       <c r="I275" t="s">
-        <v>2535</v>
+        <v>2541</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2536</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5403</v>
+        <v>5365</v>
       </c>
       <c r="B276" t="s">
-        <v>2537</v>
+        <v>2543</v>
       </c>
       <c r="C276" t="s">
-        <v>2538</v>
+        <v>2544</v>
       </c>
       <c r="D276" t="s">
-        <v>2539</v>
+        <v>2545</v>
       </c>
       <c r="E276" t="s">
-        <v>2540</v>
+        <v>2546</v>
       </c>
       <c r="F276" t="s">
-        <v>2541</v>
+        <v>2547</v>
       </c>
       <c r="G276" t="s">
-        <v>2542</v>
+        <v>2548</v>
       </c>
       <c r="H276" t="s">
-        <v>2543</v>
+        <v>2549</v>
       </c>
       <c r="I276" t="s">
-        <v>2544</v>
+        <v>2550</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>2545</v>
+        <v>25</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
+      <c r="M276" t="s">
+        <v>27</v>
+      </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2546</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5430</v>
+        <v>5367</v>
       </c>
       <c r="B277" t="s">
-        <v>2547</v>
+        <v>2552</v>
       </c>
       <c r="C277" t="s">
-        <v>2548</v>
+        <v>2553</v>
       </c>
       <c r="D277" t="s">
-        <v>2549</v>
+        <v>2554</v>
       </c>
       <c r="E277" t="s">
-        <v>2550</v>
+        <v>2555</v>
       </c>
       <c r="F277" t="s">
-        <v>2551</v>
+        <v>2556</v>
       </c>
       <c r="G277" t="s">
-        <v>2552</v>
+        <v>2557</v>
       </c>
       <c r="H277" t="s">
-        <v>2553</v>
+        <v>2558</v>
       </c>
       <c r="I277" t="s">
-        <v>2554</v>
+        <v>2559</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2555</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5431</v>
+        <v>5368</v>
       </c>
       <c r="B278" t="s">
-        <v>2556</v>
+        <v>2561</v>
       </c>
       <c r="C278" t="s">
-        <v>2557</v>
+        <v>2562</v>
       </c>
       <c r="D278" t="s">
-        <v>2558</v>
+        <v>2563</v>
       </c>
       <c r="E278" t="s">
-        <v>2559</v>
+        <v>2564</v>
       </c>
       <c r="F278" t="s">
-        <v>2560</v>
+        <v>2565</v>
       </c>
       <c r="G278" t="s">
-        <v>2561</v>
+        <v>2566</v>
       </c>
       <c r="H278" t="s">
-        <v>2562</v>
+        <v>2567</v>
       </c>
       <c r="I278" t="s">
-        <v>2563</v>
+        <v>2568</v>
       </c>
       <c r="J278" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L278" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2564</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5433</v>
+        <v>5370</v>
       </c>
       <c r="B279" t="s">
-        <v>2565</v>
+        <v>2570</v>
       </c>
       <c r="C279" t="s">
-        <v>2566</v>
+        <v>2571</v>
       </c>
       <c r="D279" t="s">
-        <v>2567</v>
+        <v>2572</v>
       </c>
       <c r="E279" t="s">
-        <v>2568</v>
+        <v>2573</v>
       </c>
       <c r="F279" t="s">
-        <v>2569</v>
+        <v>2574</v>
       </c>
       <c r="G279" t="s">
-        <v>2570</v>
+        <v>2575</v>
       </c>
       <c r="H279" t="s">
-        <v>2571</v>
+        <v>2576</v>
       </c>
       <c r="I279" t="s">
-        <v>2572</v>
+        <v>2577</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2573</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5435</v>
+        <v>5371</v>
       </c>
       <c r="B280" t="s">
-        <v>2574</v>
+        <v>2579</v>
       </c>
       <c r="C280" t="s">
-        <v>2575</v>
+        <v>2580</v>
       </c>
       <c r="D280" t="s">
-        <v>2576</v>
+        <v>2581</v>
       </c>
       <c r="E280" t="s">
-        <v>2577</v>
+        <v>2582</v>
       </c>
       <c r="F280" t="s">
-        <v>2578</v>
+        <v>2583</v>
       </c>
       <c r="G280" t="s">
-        <v>2579</v>
+        <v>2584</v>
       </c>
       <c r="H280" t="s">
-        <v>2580</v>
+        <v>2585</v>
       </c>
       <c r="I280" t="s">
-        <v>2581</v>
+        <v>2586</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>170</v>
+        <v>2587</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>171</v>
+        <v>2588</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2582</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5436</v>
+        <v>5372</v>
       </c>
       <c r="B281" t="s">
-        <v>2583</v>
+        <v>2590</v>
       </c>
       <c r="C281" t="s">
-        <v>2584</v>
+        <v>2591</v>
       </c>
       <c r="D281" t="s">
-        <v>2585</v>
+        <v>2592</v>
       </c>
       <c r="E281" t="s">
-        <v>2586</v>
+        <v>2593</v>
       </c>
       <c r="F281" t="s">
-        <v>2587</v>
+        <v>2594</v>
       </c>
       <c r="G281" t="s">
-        <v>2588</v>
+        <v>2595</v>
       </c>
       <c r="H281" t="s">
-        <v>2589</v>
+        <v>2596</v>
       </c>
       <c r="I281" t="s">
-        <v>2590</v>
+        <v>2597</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
         <v>25</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
         <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2591</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5437</v>
+        <v>5375</v>
       </c>
       <c r="B282" t="s">
-        <v>2592</v>
+        <v>2599</v>
       </c>
       <c r="C282" t="s">
-        <v>2593</v>
+        <v>2600</v>
       </c>
       <c r="D282" t="s">
-        <v>2594</v>
+        <v>2601</v>
       </c>
       <c r="E282" t="s">
-        <v>2595</v>
+        <v>2602</v>
       </c>
       <c r="F282" t="s">
-        <v>2596</v>
+        <v>2603</v>
       </c>
       <c r="G282" t="s">
-        <v>2597</v>
+        <v>2604</v>
       </c>
       <c r="H282" t="s">
-        <v>2598</v>
+        <v>2605</v>
       </c>
       <c r="I282" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="J282" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K282" t="s">
-        <v>25</v>
+        <v>318</v>
       </c>
       <c r="L282" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M282" t="s">
-        <v>27</v>
+        <v>320</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2600</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5439</v>
+        <v>5377</v>
       </c>
       <c r="B283" t="s">
-        <v>2601</v>
+        <v>2608</v>
       </c>
       <c r="C283" t="s">
-        <v>2602</v>
+        <v>2609</v>
       </c>
       <c r="D283" t="s">
-        <v>2603</v>
+        <v>2610</v>
       </c>
       <c r="E283" t="s">
-        <v>2604</v>
+        <v>2611</v>
       </c>
       <c r="F283" t="s">
-        <v>2605</v>
+        <v>2612</v>
       </c>
       <c r="G283" t="s">
-        <v>2606</v>
+        <v>2613</v>
       </c>
       <c r="H283" t="s">
-        <v>2607</v>
+        <v>2614</v>
       </c>
       <c r="I283" t="s">
-        <v>2608</v>
+        <v>2615</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
         <v>25</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
         <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2609</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5449</v>
+        <v>5378</v>
       </c>
       <c r="B284" t="s">
-        <v>2610</v>
+        <v>2617</v>
       </c>
       <c r="C284" t="s">
-        <v>2611</v>
+        <v>2618</v>
       </c>
       <c r="D284" t="s">
-        <v>2612</v>
+        <v>2619</v>
       </c>
       <c r="E284" t="s">
-        <v>2613</v>
+        <v>2620</v>
       </c>
       <c r="F284" t="s">
-        <v>2614</v>
+        <v>2621</v>
       </c>
       <c r="G284" t="s">
-        <v>2615</v>
+        <v>2622</v>
       </c>
       <c r="H284" t="s">
-        <v>2616</v>
+        <v>2623</v>
       </c>
       <c r="I284" t="s">
-        <v>2617</v>
+        <v>2624</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2618</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5456</v>
+        <v>5380</v>
       </c>
       <c r="B285" t="s">
-        <v>2619</v>
+        <v>2626</v>
       </c>
       <c r="C285" t="s">
-        <v>2620</v>
+        <v>2627</v>
       </c>
       <c r="D285" t="s">
-        <v>2621</v>
+        <v>2628</v>
       </c>
       <c r="E285" t="s">
-        <v>2622</v>
+        <v>2629</v>
       </c>
       <c r="F285" t="s">
-        <v>2623</v>
+        <v>2630</v>
       </c>
       <c r="G285" t="s">
-        <v>2624</v>
+        <v>2631</v>
       </c>
       <c r="H285" t="s">
-        <v>2625</v>
+        <v>2632</v>
       </c>
       <c r="I285" t="s">
-        <v>2626</v>
+        <v>2633</v>
       </c>
       <c r="J285" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>1476</v>
+        <v>25</v>
       </c>
       <c r="L285" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2627</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5470</v>
+        <v>5382</v>
       </c>
       <c r="B286" t="s">
-        <v>2628</v>
+        <v>2635</v>
       </c>
       <c r="C286" t="s">
-        <v>2629</v>
+        <v>2636</v>
       </c>
       <c r="D286" t="s">
-        <v>2630</v>
+        <v>2637</v>
       </c>
       <c r="E286" t="s">
-        <v>2631</v>
+        <v>2638</v>
       </c>
       <c r="F286" t="s">
-        <v>2632</v>
+        <v>2639</v>
       </c>
       <c r="G286" t="s">
-        <v>2633</v>
+        <v>2640</v>
       </c>
       <c r="H286" t="s">
-        <v>2634</v>
+        <v>2641</v>
       </c>
       <c r="I286" t="s">
-        <v>2635</v>
+        <v>2642</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2636</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5474</v>
+        <v>5393</v>
       </c>
       <c r="B287" t="s">
-        <v>2637</v>
+        <v>2644</v>
       </c>
       <c r="C287" t="s">
-        <v>2638</v>
+        <v>2645</v>
       </c>
       <c r="D287" t="s">
-        <v>2639</v>
+        <v>2646</v>
       </c>
       <c r="E287" t="s">
-        <v>2640</v>
+        <v>2647</v>
       </c>
       <c r="F287" t="s">
-        <v>2641</v>
+        <v>2648</v>
       </c>
       <c r="G287" t="s">
-        <v>2642</v>
+        <v>2649</v>
       </c>
       <c r="H287" t="s">
-        <v>2643</v>
+        <v>2650</v>
       </c>
       <c r="I287" t="s">
-        <v>2644</v>
+        <v>2651</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2645</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5475</v>
+        <v>5394</v>
       </c>
       <c r="B288" t="s">
-        <v>2646</v>
+        <v>2653</v>
       </c>
       <c r="C288" t="s">
-        <v>2647</v>
+        <v>2654</v>
       </c>
       <c r="D288" t="s">
-        <v>2648</v>
+        <v>2655</v>
       </c>
       <c r="E288" t="s">
-        <v>2649</v>
+        <v>2656</v>
       </c>
       <c r="F288" t="s">
-        <v>2650</v>
+        <v>2657</v>
       </c>
       <c r="G288" t="s">
-        <v>2651</v>
+        <v>2658</v>
       </c>
       <c r="H288" t="s">
-        <v>2652</v>
+        <v>2659</v>
       </c>
       <c r="I288" t="s">
-        <v>2653</v>
+        <v>2660</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2654</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5476</v>
+        <v>5403</v>
       </c>
       <c r="B289" t="s">
-        <v>2655</v>
+        <v>2662</v>
       </c>
       <c r="C289" t="s">
-        <v>2656</v>
+        <v>2663</v>
       </c>
       <c r="D289" t="s">
-        <v>2657</v>
+        <v>2664</v>
       </c>
       <c r="E289" t="s">
-        <v>2658</v>
+        <v>2665</v>
       </c>
       <c r="F289" t="s">
-        <v>2659</v>
+        <v>2666</v>
       </c>
       <c r="G289" t="s">
-        <v>2660</v>
+        <v>2667</v>
       </c>
       <c r="H289" t="s">
-        <v>2661</v>
+        <v>2668</v>
       </c>
       <c r="I289" t="s">
-        <v>2662</v>
+        <v>2669</v>
       </c>
       <c r="J289" t="s">
-        <v>2663</v>
+        <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>1228</v>
+        <v>2670</v>
       </c>
       <c r="L289" t="s">
-        <v>2664</v>
+        <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>1229</v>
+        <v>2671</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2665</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5478</v>
+        <v>5430</v>
       </c>
       <c r="B290" t="s">
-        <v>2666</v>
+        <v>2673</v>
       </c>
       <c r="C290" t="s">
-        <v>2667</v>
+        <v>2674</v>
       </c>
       <c r="D290" t="s">
-        <v>2668</v>
+        <v>2675</v>
       </c>
       <c r="E290" t="s">
-        <v>2669</v>
+        <v>2676</v>
       </c>
       <c r="F290" t="s">
-        <v>2670</v>
+        <v>2677</v>
       </c>
       <c r="G290" t="s">
-        <v>2671</v>
+        <v>2678</v>
       </c>
       <c r="H290" t="s">
-        <v>2672</v>
+        <v>2679</v>
       </c>
       <c r="I290" t="s">
-        <v>2673</v>
+        <v>2680</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2674</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5479</v>
+        <v>5431</v>
       </c>
       <c r="B291" t="s">
-        <v>2675</v>
+        <v>2682</v>
       </c>
       <c r="C291" t="s">
-        <v>2676</v>
+        <v>2683</v>
       </c>
       <c r="D291" t="s">
-        <v>2677</v>
+        <v>2684</v>
       </c>
       <c r="E291" t="s">
-        <v>2678</v>
+        <v>2685</v>
       </c>
       <c r="F291" t="s">
-        <v>2679</v>
+        <v>2686</v>
       </c>
       <c r="G291" t="s">
-        <v>2680</v>
+        <v>2687</v>
       </c>
       <c r="H291" t="s">
-        <v>2681</v>
+        <v>2688</v>
       </c>
       <c r="I291" t="s">
-        <v>2682</v>
+        <v>2689</v>
       </c>
       <c r="J291" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K291" t="s">
-        <v>579</v>
+        <v>318</v>
       </c>
       <c r="L291" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M291" t="s">
-        <v>580</v>
+        <v>320</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2683</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5482</v>
+        <v>5433</v>
       </c>
       <c r="B292" t="s">
-        <v>2684</v>
+        <v>2691</v>
       </c>
       <c r="C292" t="s">
-        <v>2685</v>
+        <v>2692</v>
       </c>
       <c r="D292" t="s">
-        <v>2686</v>
+        <v>2693</v>
       </c>
       <c r="E292" t="s">
-        <v>2687</v>
+        <v>2694</v>
       </c>
       <c r="F292" t="s">
-        <v>2688</v>
+        <v>2695</v>
       </c>
       <c r="G292" t="s">
-        <v>2689</v>
+        <v>2696</v>
       </c>
       <c r="H292" t="s">
-        <v>2690</v>
+        <v>2697</v>
       </c>
       <c r="I292" t="s">
-        <v>2691</v>
+        <v>2698</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2692</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5483</v>
+        <v>5435</v>
       </c>
       <c r="B293" t="s">
-        <v>2693</v>
+        <v>2700</v>
       </c>
       <c r="C293" t="s">
-        <v>2694</v>
+        <v>2701</v>
       </c>
       <c r="D293" t="s">
-        <v>2695</v>
+        <v>2702</v>
       </c>
       <c r="E293" t="s">
-        <v>2696</v>
+        <v>2703</v>
       </c>
       <c r="F293" t="s">
-        <v>2697</v>
+        <v>2704</v>
       </c>
       <c r="G293" t="s">
-        <v>2698</v>
+        <v>2705</v>
       </c>
       <c r="H293" t="s">
-        <v>2699</v>
+        <v>2706</v>
       </c>
       <c r="I293" t="s">
-        <v>2700</v>
+        <v>2707</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2701</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5485</v>
+        <v>5436</v>
       </c>
       <c r="B294" t="s">
-        <v>2702</v>
+        <v>2709</v>
       </c>
       <c r="C294" t="s">
-        <v>2703</v>
+        <v>2710</v>
       </c>
       <c r="D294" t="s">
-        <v>2704</v>
+        <v>2711</v>
       </c>
       <c r="E294" t="s">
-        <v>2705</v>
+        <v>2712</v>
       </c>
       <c r="F294" t="s">
-        <v>2706</v>
+        <v>2713</v>
       </c>
       <c r="G294" t="s">
-        <v>2707</v>
+        <v>2714</v>
       </c>
       <c r="H294" t="s">
-        <v>2708</v>
+        <v>2715</v>
       </c>
       <c r="I294" t="s">
-        <v>2709</v>
+        <v>2716</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>2710</v>
+        <v>25</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>2711</v>
+        <v>27</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2712</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5487</v>
+        <v>5437</v>
       </c>
       <c r="B295" t="s">
-        <v>2713</v>
+        <v>2718</v>
       </c>
       <c r="C295" t="s">
-        <v>2714</v>
+        <v>2719</v>
       </c>
       <c r="D295" t="s">
-        <v>2715</v>
+        <v>2720</v>
       </c>
       <c r="E295" t="s">
-        <v>2716</v>
+        <v>2721</v>
       </c>
       <c r="F295" t="s">
-        <v>2717</v>
+        <v>2722</v>
       </c>
       <c r="G295" t="s">
-        <v>2718</v>
+        <v>2723</v>
       </c>
       <c r="H295" t="s">
-        <v>2719</v>
+        <v>2724</v>
       </c>
       <c r="I295" t="s">
-        <v>2720</v>
+        <v>2725</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>2721</v>
+        <v>25</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
+      <c r="M295" t="s">
+        <v>27</v>
+      </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2722</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>5488</v>
+        <v>5439</v>
       </c>
       <c r="B296" t="s">
-        <v>2723</v>
+        <v>2727</v>
       </c>
       <c r="C296" t="s">
-        <v>2724</v>
+        <v>2728</v>
       </c>
       <c r="D296" t="s">
-        <v>2725</v>
+        <v>2729</v>
       </c>
       <c r="E296" t="s">
-        <v>2726</v>
+        <v>2730</v>
       </c>
       <c r="F296" t="s">
-        <v>2727</v>
+        <v>2731</v>
       </c>
       <c r="G296" t="s">
-        <v>2728</v>
+        <v>2732</v>
       </c>
       <c r="H296" t="s">
-        <v>2729</v>
+        <v>2733</v>
       </c>
       <c r="I296" t="s">
-        <v>2730</v>
+        <v>2734</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2731</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>5489</v>
+        <v>5449</v>
       </c>
       <c r="B297" t="s">
-        <v>2732</v>
+        <v>2736</v>
       </c>
       <c r="C297" t="s">
-        <v>2733</v>
+        <v>2737</v>
       </c>
       <c r="D297" t="s">
-        <v>2734</v>
+        <v>2738</v>
       </c>
       <c r="E297" t="s">
-        <v>2735</v>
+        <v>2739</v>
       </c>
       <c r="F297" t="s">
-        <v>2736</v>
+        <v>2740</v>
       </c>
       <c r="G297" t="s">
-        <v>2737</v>
+        <v>2741</v>
       </c>
       <c r="H297" t="s">
-        <v>2738</v>
+        <v>2742</v>
       </c>
       <c r="I297" t="s">
-        <v>2739</v>
+        <v>2743</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>1266</v>
+        <v>47</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>1267</v>
+        <v>48</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2740</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>5490</v>
+        <v>5456</v>
       </c>
       <c r="B298" t="s">
-        <v>2741</v>
+        <v>2745</v>
       </c>
       <c r="C298" t="s">
-        <v>2742</v>
+        <v>2746</v>
       </c>
       <c r="D298" t="s">
-        <v>2743</v>
+        <v>2747</v>
       </c>
       <c r="E298" t="s">
-        <v>2744</v>
+        <v>2748</v>
       </c>
       <c r="F298" t="s">
-        <v>2745</v>
+        <v>2749</v>
       </c>
       <c r="G298" t="s">
-        <v>2746</v>
+        <v>2750</v>
       </c>
       <c r="H298" t="s">
-        <v>2747</v>
+        <v>2751</v>
       </c>
       <c r="I298" t="s">
-        <v>2748</v>
+        <v>2752</v>
       </c>
       <c r="J298" t="s">
-        <v>449</v>
+        <v>505</v>
       </c>
       <c r="K298" t="s">
-        <v>2749</v>
+        <v>1589</v>
       </c>
       <c r="L298" t="s">
-        <v>451</v>
+        <v>507</v>
+      </c>
+      <c r="M298" t="s">
+        <v>1591</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2750</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>5493</v>
+        <v>5470</v>
       </c>
       <c r="B299" t="s">
-        <v>2751</v>
+        <v>2754</v>
       </c>
       <c r="C299" t="s">
-        <v>2752</v>
+        <v>2755</v>
       </c>
       <c r="D299" t="s">
-        <v>2753</v>
+        <v>2756</v>
       </c>
       <c r="E299" t="s">
-        <v>2754</v>
+        <v>2757</v>
       </c>
       <c r="F299" t="s">
-        <v>2755</v>
+        <v>2758</v>
       </c>
       <c r="G299" t="s">
-        <v>2756</v>
+        <v>2759</v>
       </c>
       <c r="H299" t="s">
-        <v>2757</v>
+        <v>2760</v>
       </c>
       <c r="I299" t="s">
-        <v>2758</v>
+        <v>2761</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2759</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>5495</v>
+        <v>5474</v>
       </c>
       <c r="B300" t="s">
-        <v>2760</v>
+        <v>2763</v>
       </c>
       <c r="C300" t="s">
-        <v>2761</v>
+        <v>2764</v>
       </c>
       <c r="D300" t="s">
-        <v>2762</v>
+        <v>2765</v>
       </c>
       <c r="E300" t="s">
-        <v>2763</v>
+        <v>2766</v>
       </c>
       <c r="F300" t="s">
-        <v>2764</v>
+        <v>2767</v>
       </c>
       <c r="G300" t="s">
-        <v>2765</v>
+        <v>2768</v>
       </c>
       <c r="H300" t="s">
-        <v>2766</v>
+        <v>2769</v>
       </c>
       <c r="I300" t="s">
-        <v>2767</v>
+        <v>2770</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2768</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>5496</v>
+        <v>5475</v>
       </c>
       <c r="B301" t="s">
-        <v>2769</v>
+        <v>2772</v>
       </c>
       <c r="C301" t="s">
-        <v>2770</v>
+        <v>2773</v>
       </c>
       <c r="D301" t="s">
-        <v>2771</v>
+        <v>2774</v>
       </c>
       <c r="E301" t="s">
-        <v>2772</v>
+        <v>2775</v>
       </c>
       <c r="F301" t="s">
-        <v>2773</v>
+        <v>2776</v>
       </c>
       <c r="G301" t="s">
-        <v>2774</v>
+        <v>2777</v>
       </c>
       <c r="H301" t="s">
-        <v>2775</v>
+        <v>2778</v>
       </c>
       <c r="I301" t="s">
-        <v>2776</v>
+        <v>2779</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>274</v>
+        <v>205</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>275</v>
+        <v>206</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2777</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>5499</v>
+        <v>5476</v>
       </c>
       <c r="B302" t="s">
-        <v>2778</v>
+        <v>2781</v>
       </c>
       <c r="C302" t="s">
-        <v>2779</v>
+        <v>2782</v>
       </c>
       <c r="D302" t="s">
-        <v>2780</v>
+        <v>2783</v>
       </c>
       <c r="E302" t="s">
-        <v>2781</v>
+        <v>2784</v>
       </c>
       <c r="F302" t="s">
-        <v>2782</v>
+        <v>2785</v>
       </c>
       <c r="G302" t="s">
-        <v>2783</v>
+        <v>2786</v>
       </c>
       <c r="H302" t="s">
-        <v>2784</v>
+        <v>2787</v>
       </c>
       <c r="I302" t="s">
-        <v>2785</v>
+        <v>2788</v>
       </c>
       <c r="J302" t="s">
-        <v>449</v>
+        <v>2789</v>
       </c>
       <c r="K302" t="s">
-        <v>2786</v>
+        <v>1321</v>
       </c>
       <c r="L302" t="s">
-        <v>451</v>
+        <v>2790</v>
       </c>
       <c r="M302" t="s">
-        <v>2787</v>
+        <v>1322</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2788</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>5502</v>
+        <v>5478</v>
       </c>
       <c r="B303" t="s">
-        <v>2789</v>
+        <v>2792</v>
       </c>
       <c r="C303" t="s">
-        <v>2790</v>
+        <v>2793</v>
       </c>
       <c r="D303" t="s">
-        <v>2791</v>
+        <v>2794</v>
       </c>
       <c r="E303" t="s">
-        <v>2792</v>
+        <v>2795</v>
       </c>
       <c r="F303" t="s">
-        <v>2793</v>
+        <v>2796</v>
       </c>
       <c r="G303" t="s">
-        <v>2794</v>
+        <v>2797</v>
       </c>
       <c r="H303" t="s">
-        <v>2795</v>
+        <v>2798</v>
       </c>
       <c r="I303" t="s">
-        <v>2796</v>
+        <v>2799</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
         <v>25</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
         <v>27</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2797</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>5503</v>
+        <v>5479</v>
       </c>
       <c r="B304" t="s">
-        <v>2798</v>
+        <v>2801</v>
       </c>
       <c r="C304" t="s">
-        <v>2799</v>
+        <v>2802</v>
       </c>
       <c r="D304" t="s">
-        <v>2800</v>
+        <v>2803</v>
       </c>
       <c r="E304" t="s">
-        <v>2801</v>
+        <v>2804</v>
       </c>
       <c r="F304" t="s">
-        <v>2802</v>
+        <v>2805</v>
       </c>
       <c r="G304" t="s">
-        <v>2803</v>
+        <v>2806</v>
       </c>
       <c r="H304" t="s">
-        <v>2804</v>
+        <v>2807</v>
       </c>
       <c r="I304" t="s">
-        <v>2805</v>
+        <v>2808</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>47</v>
+        <v>644</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>48</v>
+        <v>645</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2806</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>5504</v>
+        <v>5482</v>
       </c>
       <c r="B305" t="s">
-        <v>2807</v>
+        <v>2810</v>
       </c>
       <c r="C305" t="s">
-        <v>2808</v>
+        <v>2811</v>
       </c>
       <c r="D305" t="s">
-        <v>2809</v>
+        <v>2812</v>
       </c>
       <c r="E305" t="s">
-        <v>2810</v>
+        <v>2813</v>
       </c>
       <c r="F305" t="s">
-        <v>2811</v>
+        <v>2814</v>
       </c>
       <c r="G305" t="s">
-        <v>2812</v>
+        <v>2815</v>
       </c>
       <c r="H305" t="s">
-        <v>2813</v>
+        <v>2816</v>
       </c>
       <c r="I305" t="s">
-        <v>2814</v>
+        <v>2817</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2815</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>5507</v>
+        <v>5483</v>
       </c>
       <c r="B306" t="s">
-        <v>2816</v>
+        <v>2819</v>
       </c>
       <c r="C306" t="s">
-        <v>2817</v>
+        <v>2820</v>
       </c>
       <c r="D306" t="s">
-        <v>2818</v>
+        <v>2821</v>
       </c>
       <c r="E306" t="s">
-        <v>2819</v>
+        <v>2822</v>
       </c>
       <c r="F306" t="s">
-        <v>2820</v>
+        <v>2823</v>
       </c>
       <c r="G306" t="s">
-        <v>2821</v>
+        <v>2824</v>
       </c>
       <c r="H306" t="s">
-        <v>2822</v>
+        <v>2825</v>
       </c>
       <c r="I306" t="s">
-        <v>2823</v>
+        <v>2826</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
         <v>25</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
         <v>27</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2824</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>5509</v>
+        <v>5485</v>
       </c>
       <c r="B307" t="s">
-        <v>2825</v>
+        <v>2828</v>
       </c>
       <c r="C307" t="s">
-        <v>2826</v>
+        <v>2829</v>
       </c>
       <c r="D307" t="s">
-        <v>2827</v>
+        <v>2830</v>
       </c>
       <c r="E307" t="s">
-        <v>2828</v>
+        <v>2831</v>
       </c>
       <c r="F307" t="s">
-        <v>2829</v>
+        <v>2832</v>
       </c>
       <c r="G307" t="s">
-        <v>2830</v>
+        <v>2833</v>
       </c>
       <c r="H307" t="s">
-        <v>2831</v>
+        <v>2834</v>
       </c>
       <c r="I307" t="s">
-        <v>2832</v>
+        <v>2835</v>
       </c>
       <c r="J307" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>1228</v>
+        <v>2836</v>
       </c>
       <c r="L307" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>1229</v>
+        <v>2837</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2833</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>5511</v>
+        <v>5487</v>
       </c>
       <c r="B308" t="s">
-        <v>2834</v>
+        <v>2839</v>
       </c>
       <c r="C308" t="s">
-        <v>2835</v>
+        <v>2840</v>
       </c>
       <c r="D308" t="s">
-        <v>2836</v>
+        <v>2841</v>
       </c>
       <c r="E308" t="s">
-        <v>2837</v>
+        <v>2842</v>
       </c>
       <c r="F308" t="s">
-        <v>2838</v>
+        <v>2843</v>
       </c>
       <c r="G308" t="s">
-        <v>2839</v>
+        <v>2844</v>
       </c>
       <c r="H308" t="s">
-        <v>2840</v>
+        <v>2845</v>
       </c>
       <c r="I308" t="s">
-        <v>2841</v>
+        <v>2846</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>2842</v>
+        <v>2847</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
+      <c r="M308" t="s">
+        <v>2848</v>
+      </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2843</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>5512</v>
+        <v>5488</v>
       </c>
       <c r="B309" t="s">
-        <v>2844</v>
+        <v>2850</v>
       </c>
       <c r="C309" t="s">
-        <v>2845</v>
+        <v>2851</v>
       </c>
       <c r="D309" t="s">
-        <v>2846</v>
+        <v>2852</v>
       </c>
       <c r="E309" t="s">
-        <v>2847</v>
+        <v>2853</v>
       </c>
       <c r="F309" t="s">
-        <v>2848</v>
+        <v>2854</v>
       </c>
       <c r="G309" t="s">
-        <v>2849</v>
+        <v>2855</v>
       </c>
       <c r="H309" t="s">
-        <v>2850</v>
+        <v>2856</v>
       </c>
       <c r="I309" t="s">
-        <v>2851</v>
+        <v>2857</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2852</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>5514</v>
+        <v>5489</v>
       </c>
       <c r="B310" t="s">
-        <v>2853</v>
+        <v>2859</v>
       </c>
       <c r="C310" t="s">
-        <v>2854</v>
+        <v>2860</v>
       </c>
       <c r="D310" t="s">
-        <v>2855</v>
+        <v>2861</v>
       </c>
       <c r="E310" t="s">
-        <v>2856</v>
+        <v>2862</v>
       </c>
       <c r="F310" t="s">
-        <v>2857</v>
+        <v>2863</v>
       </c>
       <c r="G310" t="s">
-        <v>2858</v>
+        <v>2864</v>
       </c>
       <c r="H310" t="s">
-        <v>2859</v>
+        <v>2865</v>
       </c>
       <c r="I310" t="s">
-        <v>2860</v>
+        <v>2866</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>59</v>
+        <v>1370</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>61</v>
+        <v>1371</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2861</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>5516</v>
+        <v>5490</v>
       </c>
       <c r="B311" t="s">
-        <v>2862</v>
+        <v>2868</v>
       </c>
       <c r="C311" t="s">
-        <v>2863</v>
+        <v>2869</v>
       </c>
       <c r="D311" t="s">
-        <v>2864</v>
+        <v>2870</v>
       </c>
       <c r="E311" t="s">
-        <v>2865</v>
+        <v>2871</v>
       </c>
       <c r="F311" t="s">
-        <v>2866</v>
+        <v>2872</v>
       </c>
       <c r="G311" t="s">
-        <v>2867</v>
+        <v>2873</v>
       </c>
       <c r="H311" t="s">
-        <v>2868</v>
+        <v>2874</v>
       </c>
       <c r="I311" t="s">
-        <v>2869</v>
+        <v>2875</v>
       </c>
       <c r="J311" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K311" t="s">
-        <v>25</v>
+        <v>2876</v>
       </c>
       <c r="L311" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M311" t="s">
-        <v>27</v>
+        <v>2877</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2870</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>5517</v>
+        <v>5493</v>
       </c>
       <c r="B312" t="s">
-        <v>2871</v>
+        <v>2879</v>
       </c>
       <c r="C312" t="s">
-        <v>2872</v>
+        <v>2880</v>
       </c>
       <c r="D312" t="s">
-        <v>2873</v>
+        <v>2881</v>
       </c>
       <c r="E312" t="s">
-        <v>2874</v>
+        <v>2882</v>
       </c>
       <c r="F312" t="s">
-        <v>2875</v>
+        <v>2883</v>
       </c>
       <c r="G312" t="s">
-        <v>2876</v>
+        <v>2884</v>
       </c>
       <c r="H312" t="s">
-        <v>2877</v>
+        <v>2885</v>
       </c>
       <c r="I312" t="s">
-        <v>2878</v>
+        <v>2886</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2879</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>5518</v>
+        <v>5495</v>
       </c>
       <c r="B313" t="s">
-        <v>2880</v>
+        <v>2888</v>
       </c>
       <c r="C313" t="s">
-        <v>2881</v>
+        <v>2889</v>
       </c>
       <c r="D313" t="s">
-        <v>2882</v>
+        <v>2890</v>
       </c>
       <c r="E313" t="s">
-        <v>2883</v>
+        <v>2891</v>
       </c>
       <c r="F313" t="s">
-        <v>2884</v>
+        <v>2892</v>
       </c>
       <c r="G313" t="s">
-        <v>2885</v>
+        <v>2893</v>
       </c>
       <c r="H313" t="s">
-        <v>2886</v>
+        <v>2894</v>
       </c>
       <c r="I313" t="s">
-        <v>2887</v>
+        <v>2895</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2888</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>5520</v>
+        <v>5496</v>
       </c>
       <c r="B314" t="s">
-        <v>2889</v>
+        <v>2897</v>
       </c>
       <c r="C314" t="s">
-        <v>2890</v>
+        <v>2898</v>
       </c>
       <c r="D314" t="s">
-        <v>2891</v>
+        <v>2899</v>
       </c>
       <c r="E314" t="s">
-        <v>2892</v>
+        <v>2900</v>
       </c>
       <c r="F314" t="s">
-        <v>2893</v>
+        <v>2901</v>
       </c>
       <c r="G314" t="s">
-        <v>2894</v>
+        <v>2902</v>
       </c>
       <c r="H314" t="s">
-        <v>2895</v>
+        <v>2903</v>
       </c>
       <c r="I314" t="s">
-        <v>2896</v>
+        <v>2904</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>1228</v>
+        <v>318</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>1229</v>
+        <v>320</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2897</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>5545</v>
+        <v>5499</v>
       </c>
       <c r="B315" t="s">
-        <v>2898</v>
+        <v>2906</v>
       </c>
       <c r="C315" t="s">
-        <v>2899</v>
+        <v>2907</v>
       </c>
       <c r="D315" t="s">
-        <v>2900</v>
+        <v>2908</v>
       </c>
       <c r="E315" t="s">
-        <v>2901</v>
+        <v>2909</v>
       </c>
       <c r="F315" t="s">
-        <v>2902</v>
+        <v>2910</v>
       </c>
       <c r="G315" t="s">
-        <v>2903</v>
+        <v>2911</v>
       </c>
       <c r="H315" t="s">
-        <v>2904</v>
+        <v>2912</v>
       </c>
       <c r="I315" t="s">
-        <v>2905</v>
+        <v>2913</v>
       </c>
       <c r="J315" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K315" t="s">
-        <v>170</v>
+        <v>2914</v>
       </c>
       <c r="L315" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M315" t="s">
-        <v>171</v>
+        <v>2915</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2906</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>5657</v>
+        <v>5502</v>
       </c>
       <c r="B316" t="s">
-        <v>2907</v>
+        <v>2917</v>
       </c>
       <c r="C316" t="s">
-        <v>2908</v>
+        <v>2918</v>
       </c>
       <c r="D316" t="s">
-        <v>2909</v>
+        <v>2919</v>
       </c>
       <c r="E316" t="s">
-        <v>2910</v>
+        <v>2920</v>
       </c>
       <c r="F316" t="s">
-        <v>2911</v>
+        <v>2921</v>
       </c>
       <c r="G316" t="s">
-        <v>2912</v>
+        <v>2922</v>
       </c>
       <c r="H316" t="s">
-        <v>2913</v>
+        <v>2923</v>
       </c>
       <c r="I316" t="s">
-        <v>2914</v>
+        <v>2924</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
         <v>25</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
         <v>27</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2915</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>5733</v>
+        <v>5503</v>
       </c>
       <c r="B317" t="s">
-        <v>2916</v>
+        <v>2926</v>
       </c>
       <c r="C317" t="s">
-        <v>2917</v>
+        <v>2927</v>
       </c>
       <c r="D317" t="s">
-        <v>2918</v>
+        <v>2928</v>
       </c>
       <c r="E317" t="s">
-        <v>2919</v>
+        <v>2929</v>
       </c>
       <c r="F317" t="s">
-        <v>2920</v>
+        <v>2930</v>
       </c>
       <c r="G317" t="s">
-        <v>2921</v>
+        <v>2931</v>
       </c>
       <c r="H317" t="s">
-        <v>2922</v>
+        <v>2932</v>
       </c>
       <c r="I317" t="s">
-        <v>2923</v>
+        <v>2933</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
         <v>47</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
         <v>48</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2924</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>5787</v>
+        <v>5504</v>
       </c>
       <c r="B318" t="s">
-        <v>2925</v>
+        <v>2935</v>
       </c>
       <c r="C318" t="s">
-        <v>2926</v>
+        <v>2936</v>
       </c>
       <c r="D318" t="s">
-        <v>2927</v>
+        <v>2937</v>
       </c>
       <c r="E318" t="s">
-        <v>2928</v>
+        <v>2938</v>
       </c>
       <c r="F318" t="s">
-        <v>2929</v>
+        <v>2939</v>
       </c>
       <c r="G318" t="s">
-        <v>2930</v>
+        <v>2940</v>
       </c>
       <c r="H318" t="s">
-        <v>2931</v>
+        <v>2941</v>
       </c>
       <c r="I318" t="s">
-        <v>2932</v>
+        <v>2942</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2933</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>5792</v>
+        <v>5507</v>
       </c>
       <c r="B319" t="s">
-        <v>2934</v>
+        <v>2944</v>
       </c>
       <c r="C319" t="s">
-        <v>2935</v>
+        <v>2945</v>
       </c>
       <c r="D319" t="s">
-        <v>2936</v>
+        <v>2946</v>
       </c>
       <c r="E319" t="s">
-        <v>2937</v>
+        <v>2947</v>
       </c>
       <c r="F319" t="s">
-        <v>2938</v>
+        <v>2948</v>
       </c>
       <c r="G319" t="s">
-        <v>2939</v>
+        <v>2949</v>
       </c>
       <c r="H319" t="s">
-        <v>2940</v>
+        <v>2950</v>
       </c>
       <c r="I319" t="s">
-        <v>2941</v>
+        <v>2951</v>
       </c>
       <c r="J319" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>450</v>
+        <v>25</v>
       </c>
       <c r="L319" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>452</v>
+        <v>27</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2942</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>5794</v>
+        <v>5509</v>
       </c>
       <c r="B320" t="s">
-        <v>2943</v>
+        <v>2953</v>
       </c>
       <c r="C320" t="s">
-        <v>2944</v>
+        <v>2954</v>
       </c>
       <c r="D320" t="s">
-        <v>2945</v>
+        <v>2955</v>
       </c>
       <c r="E320" t="s">
-        <v>2946</v>
+        <v>2956</v>
       </c>
       <c r="F320" t="s">
-        <v>2947</v>
+        <v>2957</v>
       </c>
       <c r="G320" t="s">
-        <v>2948</v>
+        <v>2958</v>
       </c>
       <c r="H320" t="s">
-        <v>2949</v>
+        <v>2959</v>
       </c>
       <c r="I320" t="s">
-        <v>2950</v>
+        <v>2960</v>
       </c>
       <c r="J320" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K320" t="s">
-        <v>170</v>
+        <v>1321</v>
       </c>
       <c r="L320" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M320" t="s">
-        <v>171</v>
+        <v>1322</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2951</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>5795</v>
+        <v>5511</v>
       </c>
       <c r="B321" t="s">
-        <v>2952</v>
+        <v>2962</v>
       </c>
       <c r="C321" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="D321" t="s">
-        <v>2954</v>
+        <v>2964</v>
       </c>
       <c r="E321" t="s">
-        <v>2955</v>
+        <v>2965</v>
       </c>
       <c r="F321" t="s">
-        <v>2956</v>
+        <v>2966</v>
       </c>
       <c r="G321" t="s">
-        <v>2957</v>
+        <v>2967</v>
       </c>
       <c r="H321" t="s">
-        <v>2958</v>
+        <v>2968</v>
       </c>
       <c r="I321" t="s">
-        <v>2959</v>
+        <v>2969</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>47</v>
+        <v>2970</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>48</v>
+        <v>2971</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2960</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>5796</v>
+        <v>5512</v>
       </c>
       <c r="B322" t="s">
-        <v>2961</v>
+        <v>2973</v>
       </c>
       <c r="C322" t="s">
-        <v>2962</v>
+        <v>2974</v>
       </c>
       <c r="D322" t="s">
-        <v>2963</v>
+        <v>2975</v>
       </c>
       <c r="E322" t="s">
-        <v>2964</v>
+        <v>2976</v>
       </c>
       <c r="F322" t="s">
-        <v>2965</v>
+        <v>2977</v>
       </c>
       <c r="G322" t="s">
-        <v>2966</v>
+        <v>2978</v>
       </c>
       <c r="H322" t="s">
-        <v>2967</v>
+        <v>2979</v>
       </c>
       <c r="I322" t="s">
-        <v>2968</v>
+        <v>2980</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2969</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>5798</v>
+        <v>5514</v>
       </c>
       <c r="B323" t="s">
-        <v>2970</v>
+        <v>2982</v>
       </c>
       <c r="C323" t="s">
-        <v>2971</v>
+        <v>2983</v>
       </c>
       <c r="D323" t="s">
-        <v>2972</v>
+        <v>2984</v>
       </c>
       <c r="E323" t="s">
-        <v>2973</v>
+        <v>2985</v>
       </c>
       <c r="F323" t="s">
-        <v>2974</v>
+        <v>2986</v>
       </c>
       <c r="G323" t="s">
-        <v>2975</v>
+        <v>2987</v>
       </c>
       <c r="H323" t="s">
-        <v>2976</v>
+        <v>2988</v>
       </c>
       <c r="I323" t="s">
-        <v>2977</v>
+        <v>2989</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2978</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>5799</v>
+        <v>5516</v>
       </c>
       <c r="B324" t="s">
-        <v>2979</v>
+        <v>2991</v>
       </c>
       <c r="C324" t="s">
-        <v>2980</v>
+        <v>2992</v>
       </c>
       <c r="D324" t="s">
-        <v>2981</v>
+        <v>2993</v>
       </c>
       <c r="E324" t="s">
-        <v>2982</v>
+        <v>2994</v>
       </c>
       <c r="F324" t="s">
-        <v>2983</v>
+        <v>2995</v>
       </c>
       <c r="G324" t="s">
-        <v>2984</v>
+        <v>2996</v>
       </c>
       <c r="H324" t="s">
-        <v>2985</v>
+        <v>2997</v>
       </c>
       <c r="I324" t="s">
-        <v>2986</v>
+        <v>2998</v>
       </c>
       <c r="J324" t="s">
-        <v>1994</v>
+        <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>904</v>
+        <v>25</v>
       </c>
       <c r="L324" t="s">
-        <v>1996</v>
+        <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>905</v>
+        <v>27</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2987</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>5803</v>
+        <v>5517</v>
       </c>
       <c r="B325" t="s">
-        <v>2988</v>
+        <v>3000</v>
       </c>
       <c r="C325" t="s">
-        <v>2989</v>
+        <v>3001</v>
       </c>
       <c r="D325" t="s">
-        <v>2990</v>
+        <v>3002</v>
       </c>
       <c r="E325" t="s">
-        <v>2991</v>
+        <v>3003</v>
       </c>
       <c r="F325" t="s">
-        <v>2992</v>
+        <v>3004</v>
       </c>
       <c r="G325" t="s">
-        <v>2993</v>
+        <v>3005</v>
       </c>
       <c r="H325" t="s">
-        <v>2994</v>
+        <v>3006</v>
       </c>
       <c r="I325" t="s">
-        <v>2995</v>
+        <v>3007</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
         <v>25</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
         <v>27</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>2996</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>5805</v>
+        <v>5518</v>
       </c>
       <c r="B326" t="s">
-        <v>2997</v>
+        <v>3009</v>
       </c>
       <c r="C326" t="s">
-        <v>2998</v>
+        <v>3010</v>
       </c>
       <c r="D326" t="s">
-        <v>2999</v>
+        <v>3011</v>
       </c>
       <c r="E326" t="s">
-        <v>3000</v>
+        <v>3012</v>
       </c>
       <c r="F326" t="s">
-        <v>3001</v>
+        <v>3013</v>
       </c>
       <c r="G326" t="s">
-        <v>3002</v>
+        <v>3014</v>
       </c>
       <c r="H326" t="s">
-        <v>3003</v>
+        <v>3015</v>
       </c>
       <c r="I326" t="s">
-        <v>3004</v>
+        <v>3016</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
         <v>25</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
         <v>27</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3005</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>5808</v>
+        <v>5520</v>
       </c>
       <c r="B327" t="s">
-        <v>3006</v>
+        <v>3018</v>
       </c>
       <c r="C327" t="s">
-        <v>3007</v>
+        <v>3019</v>
       </c>
       <c r="D327" t="s">
-        <v>3008</v>
+        <v>3020</v>
       </c>
       <c r="E327" t="s">
-        <v>3009</v>
+        <v>3021</v>
       </c>
       <c r="F327" t="s">
-        <v>3010</v>
+        <v>3022</v>
       </c>
       <c r="G327" t="s">
-        <v>3011</v>
+        <v>3023</v>
       </c>
       <c r="H327" t="s">
-        <v>3012</v>
+        <v>3024</v>
       </c>
       <c r="I327" t="s">
-        <v>3013</v>
+        <v>3025</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>25</v>
+        <v>1321</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>27</v>
+        <v>1322</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3014</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>5811</v>
+        <v>5545</v>
       </c>
       <c r="B328" t="s">
-        <v>3015</v>
+        <v>3027</v>
       </c>
       <c r="C328" t="s">
-        <v>3016</v>
+        <v>3028</v>
       </c>
       <c r="D328" t="s">
-        <v>3017</v>
+        <v>3029</v>
       </c>
       <c r="E328" t="s">
-        <v>3018</v>
+        <v>3030</v>
       </c>
       <c r="F328" t="s">
-        <v>3019</v>
+        <v>3031</v>
       </c>
       <c r="G328" t="s">
-        <v>3020</v>
+        <v>3032</v>
       </c>
       <c r="H328" t="s">
-        <v>3021</v>
+        <v>3033</v>
       </c>
       <c r="I328" t="s">
-        <v>3022</v>
+        <v>3034</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3023</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>5819</v>
+        <v>5657</v>
       </c>
       <c r="B329" t="s">
-        <v>3024</v>
+        <v>3036</v>
       </c>
       <c r="C329" t="s">
-        <v>3025</v>
+        <v>3037</v>
       </c>
       <c r="D329" t="s">
-        <v>3026</v>
+        <v>3038</v>
       </c>
       <c r="E329" t="s">
-        <v>3027</v>
+        <v>3039</v>
       </c>
       <c r="F329" t="s">
-        <v>3028</v>
+        <v>3040</v>
       </c>
       <c r="G329" t="s">
-        <v>3029</v>
+        <v>3041</v>
       </c>
       <c r="H329" t="s">
-        <v>3030</v>
+        <v>3042</v>
       </c>
       <c r="I329" t="s">
-        <v>3031</v>
+        <v>3043</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
         <v>25</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
         <v>27</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3032</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>5830</v>
+        <v>5733</v>
       </c>
       <c r="B330" t="s">
-        <v>3033</v>
+        <v>3045</v>
       </c>
       <c r="C330" t="s">
-        <v>3034</v>
+        <v>3046</v>
       </c>
       <c r="D330" t="s">
-        <v>3035</v>
+        <v>3047</v>
       </c>
       <c r="E330" t="s">
-        <v>3036</v>
+        <v>3048</v>
       </c>
       <c r="F330" t="s">
-        <v>3037</v>
+        <v>3049</v>
       </c>
       <c r="G330" t="s">
-        <v>3038</v>
+        <v>3050</v>
       </c>
       <c r="H330" t="s">
-        <v>3039</v>
+        <v>3051</v>
       </c>
       <c r="I330" t="s">
-        <v>3040</v>
+        <v>3052</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3041</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>5863</v>
+        <v>5787</v>
       </c>
       <c r="B331" t="s">
-        <v>3042</v>
+        <v>3054</v>
       </c>
       <c r="C331" t="s">
-        <v>3043</v>
+        <v>3055</v>
       </c>
       <c r="D331" t="s">
-        <v>3044</v>
+        <v>3056</v>
       </c>
       <c r="E331" t="s">
-        <v>3045</v>
+        <v>3057</v>
       </c>
       <c r="F331" t="s">
-        <v>3046</v>
+        <v>3058</v>
       </c>
       <c r="G331" t="s">
-        <v>3047</v>
+        <v>3059</v>
       </c>
       <c r="H331" t="s">
-        <v>3048</v>
+        <v>3060</v>
       </c>
       <c r="I331" t="s">
-        <v>3049</v>
+        <v>3061</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3050</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>5866</v>
+        <v>5792</v>
       </c>
       <c r="B332" t="s">
-        <v>3051</v>
+        <v>3063</v>
       </c>
       <c r="C332" t="s">
-        <v>3052</v>
+        <v>3064</v>
       </c>
       <c r="D332" t="s">
-        <v>3053</v>
+        <v>3065</v>
       </c>
       <c r="E332" t="s">
-        <v>3054</v>
+        <v>3066</v>
       </c>
       <c r="F332" t="s">
-        <v>3055</v>
+        <v>3067</v>
       </c>
       <c r="G332" t="s">
-        <v>3056</v>
+        <v>3068</v>
       </c>
       <c r="H332" t="s">
-        <v>3057</v>
+        <v>3069</v>
       </c>
       <c r="I332" t="s">
-        <v>3058</v>
+        <v>3070</v>
       </c>
       <c r="J332" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K332" t="s">
-        <v>25</v>
+        <v>506</v>
       </c>
       <c r="L332" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M332" t="s">
-        <v>27</v>
+        <v>508</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3059</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>5886</v>
+        <v>5794</v>
       </c>
       <c r="B333" t="s">
-        <v>3060</v>
+        <v>3072</v>
       </c>
       <c r="C333" t="s">
-        <v>3061</v>
+        <v>3073</v>
       </c>
       <c r="D333" t="s">
-        <v>3062</v>
+        <v>3074</v>
       </c>
       <c r="E333" t="s">
-        <v>3063</v>
+        <v>3075</v>
       </c>
       <c r="F333" t="s">
-        <v>3064</v>
+        <v>3076</v>
       </c>
       <c r="G333" t="s">
-        <v>3065</v>
+        <v>3077</v>
       </c>
       <c r="H333" t="s">
-        <v>3066</v>
+        <v>3078</v>
       </c>
       <c r="I333" t="s">
-        <v>3067</v>
+        <v>3079</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>904</v>
+        <v>205</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>905</v>
+        <v>206</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3068</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>5888</v>
+        <v>5795</v>
       </c>
       <c r="B334" t="s">
-        <v>3069</v>
+        <v>3081</v>
       </c>
       <c r="C334" t="s">
-        <v>3070</v>
+        <v>3082</v>
       </c>
       <c r="D334" t="s">
-        <v>3071</v>
+        <v>3083</v>
       </c>
       <c r="E334" t="s">
-        <v>3072</v>
+        <v>3084</v>
       </c>
       <c r="F334" t="s">
-        <v>3073</v>
+        <v>3085</v>
       </c>
       <c r="G334" t="s">
-        <v>3074</v>
+        <v>3086</v>
       </c>
       <c r="H334" t="s">
-        <v>3075</v>
+        <v>3087</v>
       </c>
       <c r="I334" t="s">
-        <v>3076</v>
+        <v>3088</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3077</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>5889</v>
+        <v>5796</v>
       </c>
       <c r="B335" t="s">
-        <v>3078</v>
+        <v>3090</v>
       </c>
       <c r="C335" t="s">
-        <v>3079</v>
+        <v>3091</v>
       </c>
       <c r="D335" t="s">
-        <v>3080</v>
+        <v>3092</v>
       </c>
       <c r="E335" t="s">
-        <v>3081</v>
+        <v>3093</v>
       </c>
       <c r="F335" t="s">
-        <v>3082</v>
+        <v>3094</v>
       </c>
       <c r="G335" t="s">
-        <v>3083</v>
+        <v>3095</v>
       </c>
       <c r="H335" t="s">
-        <v>3084</v>
+        <v>3096</v>
       </c>
       <c r="I335" t="s">
-        <v>3085</v>
+        <v>3097</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3086</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>5907</v>
+        <v>5798</v>
       </c>
       <c r="B336" t="s">
-        <v>3087</v>
+        <v>3099</v>
       </c>
       <c r="C336" t="s">
-        <v>3088</v>
+        <v>3100</v>
       </c>
       <c r="D336" t="s">
-        <v>3089</v>
+        <v>3101</v>
       </c>
       <c r="E336" t="s">
-        <v>3090</v>
+        <v>3102</v>
       </c>
       <c r="F336" t="s">
-        <v>3091</v>
+        <v>3103</v>
       </c>
       <c r="G336" t="s">
-        <v>3092</v>
+        <v>3104</v>
       </c>
       <c r="H336" t="s">
-        <v>3093</v>
+        <v>3105</v>
       </c>
       <c r="I336" t="s">
-        <v>3094</v>
+        <v>3106</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3095</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>5913</v>
+        <v>5799</v>
       </c>
       <c r="B337" t="s">
-        <v>3096</v>
+        <v>3108</v>
       </c>
       <c r="C337" t="s">
-        <v>3097</v>
+        <v>3109</v>
       </c>
       <c r="D337" t="s">
-        <v>3098</v>
+        <v>3110</v>
       </c>
       <c r="E337" t="s">
-        <v>3099</v>
+        <v>3111</v>
       </c>
       <c r="F337" t="s">
-        <v>3100</v>
+        <v>3112</v>
       </c>
       <c r="G337" t="s">
-        <v>3101</v>
+        <v>3113</v>
       </c>
       <c r="H337" t="s">
-        <v>3102</v>
+        <v>3114</v>
       </c>
       <c r="I337" t="s">
-        <v>3103</v>
+        <v>3115</v>
       </c>
       <c r="J337" t="s">
-        <v>24</v>
+        <v>2109</v>
       </c>
       <c r="K337" t="s">
-        <v>47</v>
+        <v>987</v>
       </c>
       <c r="L337" t="s">
-        <v>26</v>
+        <v>2111</v>
       </c>
       <c r="M337" t="s">
-        <v>48</v>
+        <v>988</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3104</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>5915</v>
+        <v>5803</v>
       </c>
       <c r="B338" t="s">
-        <v>3105</v>
+        <v>3117</v>
       </c>
       <c r="C338" t="s">
-        <v>3106</v>
+        <v>3118</v>
       </c>
       <c r="D338" t="s">
-        <v>3107</v>
+        <v>3119</v>
       </c>
       <c r="E338" t="s">
-        <v>3108</v>
+        <v>3120</v>
       </c>
       <c r="F338" t="s">
-        <v>3109</v>
+        <v>3121</v>
       </c>
       <c r="G338" t="s">
-        <v>3110</v>
+        <v>3122</v>
       </c>
       <c r="H338" t="s">
-        <v>3111</v>
+        <v>3123</v>
       </c>
       <c r="I338" t="s">
-        <v>3112</v>
+        <v>3124</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3113</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>5927</v>
+        <v>5805</v>
       </c>
       <c r="B339" t="s">
-        <v>3114</v>
+        <v>3126</v>
       </c>
       <c r="C339" t="s">
-        <v>3115</v>
+        <v>3127</v>
       </c>
       <c r="D339" t="s">
-        <v>3116</v>
+        <v>3128</v>
       </c>
       <c r="E339" t="s">
-        <v>3117</v>
+        <v>3129</v>
       </c>
       <c r="F339" t="s">
-        <v>3118</v>
+        <v>3130</v>
       </c>
       <c r="G339" t="s">
-        <v>3119</v>
+        <v>3131</v>
       </c>
       <c r="H339" t="s">
-        <v>3120</v>
+        <v>3132</v>
       </c>
       <c r="I339" t="s">
-        <v>3121</v>
+        <v>3133</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3122</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>5928</v>
+        <v>5808</v>
       </c>
       <c r="B340" t="s">
-        <v>3123</v>
+        <v>3135</v>
       </c>
       <c r="C340" t="s">
-        <v>3124</v>
+        <v>3136</v>
       </c>
       <c r="D340" t="s">
-        <v>3125</v>
+        <v>3137</v>
       </c>
       <c r="E340" t="s">
-        <v>3126</v>
+        <v>3138</v>
       </c>
       <c r="F340" t="s">
-        <v>3127</v>
+        <v>3139</v>
       </c>
       <c r="G340" t="s">
-        <v>3128</v>
+        <v>3140</v>
       </c>
       <c r="H340" t="s">
-        <v>3129</v>
+        <v>3141</v>
       </c>
       <c r="I340" t="s">
-        <v>3130</v>
+        <v>3142</v>
       </c>
       <c r="J340" t="s">
-        <v>3131</v>
+        <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>3132</v>
+        <v>25</v>
       </c>
       <c r="L340" t="s">
-        <v>3133</v>
+        <v>26</v>
       </c>
       <c r="M340" t="s">
-        <v>3134</v>
+        <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3135</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>5931</v>
+        <v>5811</v>
       </c>
       <c r="B341" t="s">
-        <v>3136</v>
+        <v>3144</v>
       </c>
       <c r="C341" t="s">
-        <v>3137</v>
+        <v>3145</v>
       </c>
       <c r="D341" t="s">
-        <v>3138</v>
+        <v>3146</v>
       </c>
       <c r="E341" t="s">
-        <v>3139</v>
+        <v>3147</v>
       </c>
       <c r="F341" t="s">
-        <v>3140</v>
+        <v>3148</v>
       </c>
       <c r="G341" t="s">
-        <v>3141</v>
+        <v>3149</v>
       </c>
       <c r="H341" t="s">
-        <v>3142</v>
+        <v>3150</v>
       </c>
       <c r="I341" t="s">
-        <v>3143</v>
+        <v>3151</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
         <v>25</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
         <v>27</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3144</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>5932</v>
+        <v>5819</v>
       </c>
       <c r="B342" t="s">
-        <v>3145</v>
+        <v>3153</v>
       </c>
       <c r="C342" t="s">
-        <v>3146</v>
+        <v>3154</v>
       </c>
       <c r="D342" t="s">
-        <v>3147</v>
+        <v>3155</v>
       </c>
       <c r="E342" t="s">
-        <v>3148</v>
+        <v>3156</v>
       </c>
       <c r="F342" t="s">
-        <v>3149</v>
+        <v>3157</v>
       </c>
       <c r="G342" t="s">
-        <v>3150</v>
+        <v>3158</v>
       </c>
       <c r="H342" t="s">
-        <v>3151</v>
+        <v>3159</v>
       </c>
       <c r="I342" t="s">
-        <v>3152</v>
+        <v>3160</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3153</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>5934</v>
+        <v>5830</v>
       </c>
       <c r="B343" t="s">
-        <v>3154</v>
+        <v>3162</v>
       </c>
       <c r="C343" t="s">
-        <v>3155</v>
+        <v>3163</v>
       </c>
       <c r="D343" t="s">
-        <v>3156</v>
+        <v>3164</v>
       </c>
       <c r="E343" t="s">
-        <v>3157</v>
+        <v>3165</v>
       </c>
       <c r="F343" t="s">
-        <v>3158</v>
+        <v>3166</v>
       </c>
       <c r="G343" t="s">
-        <v>3159</v>
+        <v>3167</v>
       </c>
       <c r="H343" t="s">
-        <v>3160</v>
+        <v>3168</v>
       </c>
       <c r="I343" t="s">
-        <v>3161</v>
+        <v>3169</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3162</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>5936</v>
+        <v>5863</v>
       </c>
       <c r="B344" t="s">
-        <v>3163</v>
+        <v>3171</v>
       </c>
       <c r="C344" t="s">
-        <v>3164</v>
+        <v>3172</v>
       </c>
       <c r="D344" t="s">
-        <v>3165</v>
+        <v>3173</v>
       </c>
       <c r="E344" t="s">
-        <v>3166</v>
+        <v>3174</v>
       </c>
       <c r="F344" t="s">
-        <v>3167</v>
+        <v>3175</v>
       </c>
       <c r="G344" t="s">
-        <v>3168</v>
+        <v>3176</v>
       </c>
       <c r="H344" t="s">
-        <v>3169</v>
+        <v>3177</v>
       </c>
       <c r="I344" t="s">
-        <v>3170</v>
+        <v>3178</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
         <v>25</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
         <v>27</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3171</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>5953</v>
+        <v>5866</v>
       </c>
       <c r="B345" t="s">
-        <v>3172</v>
+        <v>3180</v>
       </c>
       <c r="C345" t="s">
-        <v>3173</v>
+        <v>3181</v>
       </c>
       <c r="D345" t="s">
-        <v>3174</v>
+        <v>3182</v>
       </c>
       <c r="E345" t="s">
-        <v>3175</v>
+        <v>3183</v>
       </c>
       <c r="F345" t="s">
-        <v>3176</v>
+        <v>3184</v>
       </c>
       <c r="G345" t="s">
-        <v>3177</v>
+        <v>3185</v>
       </c>
       <c r="H345" t="s">
-        <v>3178</v>
+        <v>3186</v>
       </c>
       <c r="I345" t="s">
-        <v>3179</v>
+        <v>3187</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
         <v>25</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
         <v>27</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3180</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>5976</v>
+        <v>5886</v>
       </c>
       <c r="B346" t="s">
-        <v>3181</v>
+        <v>3189</v>
       </c>
       <c r="C346" t="s">
-        <v>3182</v>
+        <v>3190</v>
       </c>
       <c r="D346" t="s">
-        <v>3183</v>
+        <v>3191</v>
       </c>
       <c r="E346" t="s">
-        <v>3184</v>
+        <v>3192</v>
       </c>
       <c r="F346" t="s">
-        <v>3185</v>
+        <v>3193</v>
       </c>
       <c r="G346" t="s">
-        <v>3186</v>
+        <v>3194</v>
       </c>
       <c r="H346" t="s">
-        <v>3187</v>
+        <v>3195</v>
       </c>
       <c r="I346" t="s">
-        <v>3188</v>
+        <v>3196</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>1476</v>
+        <v>987</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>1478</v>
+        <v>988</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3189</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>5978</v>
+        <v>5888</v>
       </c>
       <c r="B347" t="s">
-        <v>3190</v>
+        <v>3198</v>
       </c>
       <c r="C347" t="s">
-        <v>3191</v>
+        <v>3199</v>
       </c>
       <c r="D347" t="s">
-        <v>3192</v>
+        <v>3200</v>
       </c>
       <c r="E347" t="s">
-        <v>3193</v>
+        <v>3201</v>
       </c>
       <c r="F347" t="s">
-        <v>3194</v>
+        <v>3202</v>
       </c>
       <c r="G347" t="s">
-        <v>3195</v>
+        <v>3203</v>
       </c>
       <c r="H347" t="s">
-        <v>3196</v>
+        <v>3204</v>
       </c>
       <c r="I347" t="s">
-        <v>3197</v>
+        <v>3205</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
         <v>25</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
         <v>27</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3198</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>5981</v>
+        <v>5889</v>
       </c>
       <c r="B348" t="s">
-        <v>3199</v>
+        <v>3207</v>
       </c>
       <c r="C348" t="s">
-        <v>3200</v>
+        <v>3208</v>
       </c>
       <c r="D348" t="s">
-        <v>3201</v>
+        <v>3209</v>
       </c>
       <c r="E348" t="s">
-        <v>3202</v>
+        <v>3210</v>
       </c>
       <c r="F348" t="s">
-        <v>3203</v>
+        <v>3211</v>
       </c>
       <c r="G348" t="s">
-        <v>3204</v>
+        <v>3212</v>
       </c>
       <c r="H348" t="s">
-        <v>3205</v>
+        <v>3213</v>
       </c>
       <c r="I348" t="s">
-        <v>3206</v>
+        <v>3214</v>
       </c>
       <c r="J348" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>3207</v>
+        <v>25</v>
       </c>
       <c r="L348" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>3208</v>
+        <v>27</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3209</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>5986</v>
+        <v>5907</v>
       </c>
       <c r="B349" t="s">
-        <v>3210</v>
+        <v>3216</v>
       </c>
       <c r="C349" t="s">
-        <v>3211</v>
+        <v>3217</v>
       </c>
       <c r="D349" t="s">
-        <v>3212</v>
+        <v>3218</v>
       </c>
       <c r="E349" t="s">
-        <v>3213</v>
+        <v>3219</v>
       </c>
       <c r="F349" t="s">
-        <v>3214</v>
+        <v>3220</v>
       </c>
       <c r="G349" t="s">
-        <v>3215</v>
+        <v>3221</v>
       </c>
       <c r="H349" t="s">
-        <v>3216</v>
+        <v>3222</v>
       </c>
       <c r="I349" t="s">
-        <v>3217</v>
+        <v>3223</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3218</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>5989</v>
+        <v>5913</v>
       </c>
       <c r="B350" t="s">
-        <v>3219</v>
+        <v>3225</v>
       </c>
       <c r="C350" t="s">
-        <v>3220</v>
+        <v>3226</v>
       </c>
       <c r="D350" t="s">
-        <v>3221</v>
+        <v>3227</v>
       </c>
       <c r="E350" t="s">
-        <v>3222</v>
+        <v>3228</v>
       </c>
       <c r="F350" t="s">
-        <v>3223</v>
+        <v>3229</v>
       </c>
       <c r="G350" t="s">
-        <v>3224</v>
+        <v>3230</v>
       </c>
       <c r="H350" t="s">
-        <v>3225</v>
+        <v>3231</v>
       </c>
       <c r="I350" t="s">
-        <v>3226</v>
+        <v>3232</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>2269</v>
+        <v>47</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>2270</v>
+        <v>48</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3227</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>6014</v>
+        <v>5915</v>
       </c>
       <c r="B351" t="s">
-        <v>3228</v>
+        <v>3234</v>
       </c>
       <c r="C351" t="s">
-        <v>3229</v>
+        <v>3235</v>
       </c>
       <c r="D351" t="s">
-        <v>3230</v>
+        <v>3236</v>
       </c>
       <c r="E351" t="s">
-        <v>3231</v>
+        <v>3237</v>
       </c>
       <c r="F351" t="s">
-        <v>3232</v>
+        <v>3238</v>
       </c>
       <c r="G351" t="s">
-        <v>3233</v>
+        <v>3239</v>
       </c>
       <c r="H351" t="s">
-        <v>3234</v>
+        <v>3240</v>
       </c>
       <c r="I351" t="s">
-        <v>3235</v>
+        <v>3241</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>59</v>
+        <v>205</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>61</v>
+        <v>206</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3236</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>6017</v>
+        <v>5927</v>
       </c>
       <c r="B352" t="s">
-        <v>3237</v>
+        <v>3243</v>
       </c>
       <c r="C352" t="s">
-        <v>3238</v>
+        <v>3244</v>
       </c>
       <c r="D352" t="s">
-        <v>3239</v>
+        <v>3245</v>
       </c>
       <c r="E352" t="s">
-        <v>3240</v>
+        <v>3246</v>
       </c>
       <c r="F352" t="s">
-        <v>3241</v>
+        <v>3247</v>
       </c>
       <c r="G352" t="s">
-        <v>3242</v>
+        <v>3248</v>
       </c>
       <c r="H352" t="s">
-        <v>3243</v>
+        <v>3249</v>
       </c>
       <c r="I352" t="s">
-        <v>3244</v>
+        <v>3250</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3245</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>6018</v>
+        <v>5928</v>
       </c>
       <c r="B353" t="s">
-        <v>3246</v>
+        <v>3252</v>
       </c>
       <c r="C353" t="s">
-        <v>3247</v>
+        <v>3253</v>
       </c>
       <c r="D353" t="s">
-        <v>3248</v>
+        <v>3254</v>
       </c>
       <c r="E353" t="s">
-        <v>3249</v>
+        <v>3255</v>
       </c>
       <c r="F353" t="s">
-        <v>3250</v>
+        <v>3256</v>
       </c>
       <c r="G353" t="s">
-        <v>3251</v>
+        <v>3257</v>
       </c>
       <c r="H353" t="s">
-        <v>3252</v>
+        <v>3258</v>
       </c>
       <c r="I353" t="s">
-        <v>3253</v>
+        <v>3259</v>
       </c>
       <c r="J353" t="s">
-        <v>24</v>
+        <v>3260</v>
       </c>
       <c r="K353" t="s">
-        <v>170</v>
+        <v>3261</v>
       </c>
       <c r="L353" t="s">
-        <v>26</v>
+        <v>3262</v>
       </c>
       <c r="M353" t="s">
-        <v>171</v>
+        <v>3263</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3254</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>6021</v>
+        <v>5931</v>
       </c>
       <c r="B354" t="s">
-        <v>3255</v>
+        <v>3265</v>
       </c>
       <c r="C354" t="s">
-        <v>3256</v>
+        <v>3266</v>
       </c>
       <c r="D354" t="s">
-        <v>3257</v>
+        <v>3267</v>
       </c>
       <c r="E354" t="s">
-        <v>3258</v>
+        <v>3268</v>
       </c>
       <c r="F354" t="s">
-        <v>3259</v>
+        <v>3269</v>
       </c>
       <c r="G354" t="s">
-        <v>3260</v>
+        <v>3270</v>
       </c>
       <c r="H354" t="s">
-        <v>3261</v>
+        <v>3271</v>
       </c>
       <c r="I354" t="s">
-        <v>3262</v>
+        <v>3272</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
         <v>25</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
         <v>27</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3263</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>6076</v>
+        <v>5932</v>
       </c>
       <c r="B355" t="s">
-        <v>3264</v>
+        <v>3274</v>
       </c>
       <c r="C355" t="s">
-        <v>3265</v>
+        <v>3275</v>
       </c>
       <c r="D355" t="s">
-        <v>3266</v>
+        <v>3276</v>
       </c>
       <c r="E355" t="s">
-        <v>3267</v>
+        <v>3277</v>
       </c>
       <c r="F355" t="s">
-        <v>3268</v>
+        <v>3278</v>
       </c>
       <c r="G355" t="s">
-        <v>3269</v>
+        <v>3279</v>
       </c>
       <c r="H355" t="s">
-        <v>3270</v>
+        <v>3280</v>
       </c>
       <c r="I355" t="s">
-        <v>3271</v>
+        <v>3281</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3272</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>6078</v>
+        <v>5934</v>
       </c>
       <c r="B356" t="s">
-        <v>3273</v>
+        <v>3283</v>
       </c>
       <c r="C356" t="s">
-        <v>3274</v>
+        <v>3284</v>
       </c>
       <c r="D356" t="s">
-        <v>3275</v>
+        <v>3285</v>
       </c>
       <c r="E356" t="s">
-        <v>3276</v>
+        <v>3286</v>
       </c>
       <c r="F356" t="s">
-        <v>3277</v>
+        <v>3287</v>
       </c>
       <c r="G356" t="s">
-        <v>3278</v>
+        <v>3288</v>
       </c>
       <c r="H356" t="s">
-        <v>3279</v>
+        <v>3289</v>
       </c>
       <c r="I356" t="s">
-        <v>3280</v>
+        <v>3290</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3281</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>6082</v>
+        <v>5936</v>
       </c>
       <c r="B357" t="s">
-        <v>3282</v>
+        <v>3292</v>
       </c>
       <c r="C357" t="s">
-        <v>3283</v>
+        <v>3293</v>
       </c>
       <c r="D357" t="s">
-        <v>3284</v>
+        <v>3294</v>
       </c>
       <c r="E357" t="s">
-        <v>3285</v>
+        <v>3295</v>
       </c>
       <c r="F357" t="s">
-        <v>3286</v>
+        <v>3296</v>
       </c>
       <c r="G357" t="s">
-        <v>3287</v>
+        <v>3297</v>
       </c>
       <c r="H357" t="s">
-        <v>3288</v>
+        <v>3298</v>
       </c>
       <c r="I357" t="s">
-        <v>3289</v>
+        <v>3299</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>579</v>
+        <v>25</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>580</v>
+        <v>27</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3290</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>6093</v>
+        <v>5953</v>
       </c>
       <c r="B358" t="s">
-        <v>3291</v>
+        <v>3301</v>
       </c>
       <c r="C358" t="s">
-        <v>3292</v>
+        <v>3302</v>
       </c>
       <c r="D358" t="s">
-        <v>3293</v>
+        <v>3303</v>
       </c>
       <c r="E358" t="s">
-        <v>3294</v>
+        <v>3304</v>
       </c>
       <c r="F358" t="s">
-        <v>3295</v>
+        <v>3305</v>
       </c>
       <c r="G358" t="s">
-        <v>3296</v>
+        <v>3306</v>
       </c>
       <c r="H358" t="s">
-        <v>3297</v>
+        <v>3307</v>
       </c>
       <c r="I358" t="s">
-        <v>3298</v>
+        <v>3308</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>3299</v>
+        <v>25</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
+      <c r="M358" t="s">
+        <v>27</v>
+      </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3300</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>6112</v>
+        <v>5976</v>
       </c>
       <c r="B359" t="s">
-        <v>3301</v>
+        <v>3310</v>
       </c>
       <c r="C359" t="s">
-        <v>3302</v>
+        <v>3311</v>
       </c>
       <c r="D359" t="s">
-        <v>3303</v>
+        <v>3312</v>
       </c>
       <c r="E359" t="s">
-        <v>3304</v>
+        <v>3313</v>
       </c>
       <c r="F359" t="s">
-        <v>3305</v>
+        <v>3314</v>
       </c>
       <c r="G359" t="s">
-        <v>3306</v>
+        <v>3315</v>
       </c>
       <c r="H359" t="s">
-        <v>3307</v>
+        <v>3316</v>
       </c>
       <c r="I359" t="s">
-        <v>3308</v>
+        <v>3317</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>170</v>
+        <v>1589</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>171</v>
+        <v>1591</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3309</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>6179</v>
+        <v>5978</v>
       </c>
       <c r="B360" t="s">
-        <v>3310</v>
+        <v>3319</v>
       </c>
       <c r="C360" t="s">
-        <v>3311</v>
+        <v>3320</v>
       </c>
       <c r="D360" t="s">
-        <v>3312</v>
+        <v>3321</v>
       </c>
       <c r="E360" t="s">
-        <v>3313</v>
+        <v>3322</v>
       </c>
       <c r="F360" t="s">
-        <v>3314</v>
+        <v>3323</v>
       </c>
       <c r="G360" t="s">
-        <v>3315</v>
+        <v>3324</v>
       </c>
       <c r="H360" t="s">
-        <v>3316</v>
+        <v>3325</v>
       </c>
       <c r="I360" t="s">
-        <v>3317</v>
+        <v>3326</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
         <v>25</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
         <v>27</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3318</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>6180</v>
+        <v>5981</v>
       </c>
       <c r="B361" t="s">
-        <v>3319</v>
+        <v>3328</v>
       </c>
       <c r="C361" t="s">
-        <v>3320</v>
+        <v>3329</v>
       </c>
       <c r="D361" t="s">
-        <v>3321</v>
+        <v>3330</v>
       </c>
       <c r="E361" t="s">
-        <v>3322</v>
+        <v>3331</v>
       </c>
       <c r="F361" t="s">
-        <v>3323</v>
+        <v>3332</v>
       </c>
       <c r="G361" t="s">
-        <v>3324</v>
+        <v>3333</v>
       </c>
       <c r="H361" t="s">
-        <v>3325</v>
+        <v>3334</v>
       </c>
       <c r="I361" t="s">
-        <v>3326</v>
+        <v>3335</v>
       </c>
       <c r="J361" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K361" t="s">
-        <v>25</v>
+        <v>3336</v>
       </c>
       <c r="L361" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M361" t="s">
-        <v>27</v>
+        <v>3337</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3327</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>6203</v>
+        <v>5986</v>
       </c>
       <c r="B362" t="s">
-        <v>3328</v>
+        <v>3339</v>
       </c>
       <c r="C362" t="s">
-        <v>3329</v>
+        <v>3340</v>
       </c>
       <c r="D362" t="s">
-        <v>3330</v>
+        <v>3341</v>
       </c>
       <c r="E362" t="s">
-        <v>3331</v>
+        <v>3342</v>
       </c>
       <c r="F362" t="s">
-        <v>3332</v>
+        <v>3343</v>
       </c>
       <c r="G362" t="s">
-        <v>3333</v>
+        <v>3344</v>
       </c>
       <c r="H362" t="s">
-        <v>3334</v>
+        <v>3345</v>
       </c>
       <c r="I362" t="s">
-        <v>3335</v>
+        <v>3346</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3336</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>6208</v>
+        <v>5989</v>
       </c>
       <c r="B363" t="s">
-        <v>3337</v>
+        <v>3348</v>
       </c>
       <c r="C363" t="s">
-        <v>3338</v>
+        <v>3349</v>
       </c>
       <c r="D363" t="s">
-        <v>3339</v>
+        <v>3350</v>
       </c>
       <c r="E363" t="s">
-        <v>3340</v>
+        <v>3351</v>
       </c>
       <c r="F363" t="s">
-        <v>3341</v>
+        <v>3352</v>
       </c>
       <c r="G363" t="s">
-        <v>3342</v>
+        <v>3353</v>
       </c>
       <c r="H363" t="s">
-        <v>3343</v>
+        <v>3354</v>
       </c>
       <c r="I363" t="s">
-        <v>3344</v>
+        <v>3355</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>170</v>
+        <v>2304</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>171</v>
+        <v>2305</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3345</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>6211</v>
+        <v>6014</v>
       </c>
       <c r="B364" t="s">
-        <v>3346</v>
+        <v>3357</v>
       </c>
       <c r="C364" t="s">
-        <v>3347</v>
+        <v>3358</v>
       </c>
       <c r="D364" t="s">
-        <v>3348</v>
+        <v>3359</v>
       </c>
       <c r="E364" t="s">
-        <v>3349</v>
+        <v>3360</v>
       </c>
       <c r="F364" t="s">
-        <v>3350</v>
+        <v>3361</v>
       </c>
       <c r="G364" t="s">
-        <v>3351</v>
+        <v>3362</v>
       </c>
       <c r="H364" t="s">
-        <v>3352</v>
+        <v>3363</v>
       </c>
       <c r="I364" t="s">
-        <v>3353</v>
+        <v>3364</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3354</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>6215</v>
+        <v>6017</v>
       </c>
       <c r="B365" t="s">
-        <v>3355</v>
+        <v>3366</v>
       </c>
       <c r="C365" t="s">
-        <v>3356</v>
+        <v>3367</v>
       </c>
       <c r="D365" t="s">
-        <v>3357</v>
+        <v>3368</v>
       </c>
       <c r="E365" t="s">
-        <v>3358</v>
+        <v>3369</v>
       </c>
       <c r="F365" t="s">
-        <v>3359</v>
+        <v>3370</v>
       </c>
       <c r="G365" t="s">
-        <v>3360</v>
+        <v>3371</v>
       </c>
       <c r="H365" t="s">
-        <v>3361</v>
+        <v>3372</v>
       </c>
       <c r="I365" t="s">
-        <v>3362</v>
+        <v>3373</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3363</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>6222</v>
+        <v>6018</v>
       </c>
       <c r="B366" t="s">
-        <v>3364</v>
+        <v>3375</v>
       </c>
       <c r="C366" t="s">
-        <v>3365</v>
+        <v>3376</v>
       </c>
       <c r="D366" t="s">
-        <v>3366</v>
+        <v>3377</v>
       </c>
       <c r="E366" t="s">
-        <v>3367</v>
+        <v>3378</v>
       </c>
       <c r="F366" t="s">
-        <v>3368</v>
+        <v>3379</v>
       </c>
       <c r="G366" t="s">
-        <v>3369</v>
+        <v>3380</v>
       </c>
       <c r="H366" t="s">
-        <v>3370</v>
+        <v>3381</v>
       </c>
       <c r="I366" t="s">
-        <v>3371</v>
+        <v>3382</v>
       </c>
       <c r="J366" t="s">
-        <v>3131</v>
+        <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>904</v>
+        <v>205</v>
       </c>
       <c r="L366" t="s">
-        <v>3133</v>
+        <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>905</v>
+        <v>206</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3372</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>6254</v>
+        <v>6021</v>
       </c>
       <c r="B367" t="s">
-        <v>3373</v>
+        <v>3384</v>
       </c>
       <c r="C367" t="s">
-        <v>3374</v>
+        <v>3385</v>
       </c>
       <c r="D367" t="s">
-        <v>3375</v>
+        <v>3386</v>
       </c>
       <c r="E367" t="s">
-        <v>3376</v>
+        <v>3387</v>
       </c>
       <c r="F367" t="s">
-        <v>3377</v>
+        <v>3388</v>
       </c>
       <c r="G367" t="s">
-        <v>3378</v>
+        <v>3389</v>
       </c>
       <c r="H367" t="s">
-        <v>3379</v>
+        <v>3390</v>
       </c>
       <c r="I367" t="s">
-        <v>3380</v>
+        <v>3391</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3381</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>6255</v>
+        <v>6076</v>
       </c>
       <c r="B368" t="s">
-        <v>3382</v>
+        <v>3393</v>
       </c>
       <c r="C368" t="s">
-        <v>3383</v>
+        <v>3394</v>
       </c>
       <c r="D368" t="s">
-        <v>3384</v>
+        <v>3395</v>
       </c>
       <c r="E368" t="s">
-        <v>3385</v>
+        <v>3396</v>
       </c>
       <c r="F368" t="s">
-        <v>3386</v>
+        <v>3397</v>
       </c>
       <c r="G368" t="s">
-        <v>3387</v>
+        <v>3398</v>
       </c>
       <c r="H368" t="s">
-        <v>3388</v>
+        <v>3399</v>
       </c>
       <c r="I368" t="s">
-        <v>3389</v>
+        <v>3400</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>3390</v>
+        <v>25</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>3391</v>
+        <v>27</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3392</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>6257</v>
+        <v>6078</v>
       </c>
       <c r="B369" t="s">
-        <v>3393</v>
+        <v>3402</v>
       </c>
       <c r="C369" t="s">
-        <v>3394</v>
+        <v>3403</v>
       </c>
       <c r="D369" t="s">
-        <v>3395</v>
+        <v>3404</v>
       </c>
       <c r="E369" t="s">
-        <v>3396</v>
+        <v>3405</v>
       </c>
       <c r="F369" t="s">
-        <v>3397</v>
+        <v>3406</v>
       </c>
       <c r="G369" t="s">
-        <v>3398</v>
+        <v>3407</v>
       </c>
       <c r="H369" t="s">
-        <v>3399</v>
+        <v>3408</v>
       </c>
       <c r="I369" t="s">
-        <v>3400</v>
+        <v>3409</v>
       </c>
       <c r="J369" t="s">
-        <v>756</v>
+        <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L369" t="s">
-        <v>758</v>
+        <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3401</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>6258</v>
+        <v>6082</v>
       </c>
       <c r="B370" t="s">
-        <v>3402</v>
+        <v>3411</v>
       </c>
       <c r="C370" t="s">
-        <v>3403</v>
+        <v>3412</v>
       </c>
       <c r="D370" t="s">
-        <v>3404</v>
+        <v>3413</v>
       </c>
       <c r="E370" t="s">
-        <v>3405</v>
+        <v>3414</v>
       </c>
       <c r="F370" t="s">
-        <v>3406</v>
+        <v>3415</v>
       </c>
       <c r="G370" t="s">
-        <v>3407</v>
+        <v>3416</v>
       </c>
       <c r="H370" t="s">
-        <v>3408</v>
+        <v>3417</v>
       </c>
       <c r="I370" t="s">
-        <v>3409</v>
+        <v>3418</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>25</v>
+        <v>644</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>27</v>
+        <v>645</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3410</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>6259</v>
+        <v>6093</v>
       </c>
       <c r="B371" t="s">
-        <v>3411</v>
+        <v>3420</v>
       </c>
       <c r="C371" t="s">
-        <v>3412</v>
+        <v>3421</v>
       </c>
       <c r="D371" t="s">
-        <v>3413</v>
+        <v>3422</v>
       </c>
       <c r="E371" t="s">
-        <v>3414</v>
+        <v>3423</v>
       </c>
       <c r="F371" t="s">
-        <v>3415</v>
+        <v>3424</v>
       </c>
       <c r="G371" t="s">
-        <v>3416</v>
+        <v>3425</v>
       </c>
       <c r="H371" t="s">
-        <v>3417</v>
+        <v>3426</v>
       </c>
       <c r="I371" t="s">
-        <v>3418</v>
+        <v>3427</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>170</v>
+        <v>1153</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>171</v>
+        <v>1154</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3419</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>6261</v>
+        <v>6112</v>
       </c>
       <c r="B372" t="s">
-        <v>3420</v>
+        <v>3429</v>
       </c>
       <c r="C372" t="s">
-        <v>3421</v>
+        <v>3430</v>
       </c>
       <c r="D372" t="s">
-        <v>3422</v>
+        <v>3431</v>
       </c>
       <c r="E372" t="s">
-        <v>3423</v>
+        <v>3432</v>
       </c>
       <c r="F372" t="s">
-        <v>3424</v>
+        <v>3433</v>
       </c>
       <c r="G372" t="s">
-        <v>3425</v>
+        <v>3434</v>
       </c>
       <c r="H372" t="s">
-        <v>3426</v>
+        <v>3435</v>
       </c>
       <c r="I372" t="s">
-        <v>3427</v>
+        <v>3436</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>48</v>
+        <v>206</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3428</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>6263</v>
+        <v>6179</v>
       </c>
       <c r="B373" t="s">
-        <v>3429</v>
+        <v>3438</v>
       </c>
       <c r="C373" t="s">
-        <v>3430</v>
+        <v>3439</v>
       </c>
       <c r="D373" t="s">
-        <v>3431</v>
+        <v>3440</v>
       </c>
       <c r="E373" t="s">
-        <v>3432</v>
+        <v>3441</v>
       </c>
       <c r="F373" t="s">
-        <v>3433</v>
+        <v>3442</v>
       </c>
       <c r="G373" t="s">
-        <v>3434</v>
+        <v>3443</v>
       </c>
       <c r="H373" t="s">
-        <v>3435</v>
+        <v>3444</v>
       </c>
       <c r="I373" t="s">
-        <v>3436</v>
+        <v>3445</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3437</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>6265</v>
+        <v>6180</v>
       </c>
       <c r="B374" t="s">
-        <v>3438</v>
+        <v>3447</v>
       </c>
       <c r="C374" t="s">
-        <v>3439</v>
+        <v>3448</v>
       </c>
       <c r="D374" t="s">
-        <v>3440</v>
+        <v>3449</v>
       </c>
       <c r="E374" t="s">
-        <v>3441</v>
+        <v>3450</v>
       </c>
       <c r="F374" t="s">
-        <v>3442</v>
+        <v>3451</v>
       </c>
       <c r="G374" t="s">
-        <v>3443</v>
+        <v>3452</v>
       </c>
       <c r="H374" t="s">
-        <v>3444</v>
+        <v>3453</v>
       </c>
       <c r="I374" t="s">
-        <v>3445</v>
+        <v>3454</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3446</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>6270</v>
+        <v>6203</v>
       </c>
       <c r="B375" t="s">
-        <v>3447</v>
+        <v>3456</v>
       </c>
       <c r="C375" t="s">
-        <v>3448</v>
+        <v>3457</v>
       </c>
       <c r="D375" t="s">
-        <v>3449</v>
+        <v>3458</v>
       </c>
       <c r="E375" t="s">
-        <v>3450</v>
+        <v>3459</v>
       </c>
       <c r="F375" t="s">
-        <v>3451</v>
+        <v>3460</v>
       </c>
       <c r="G375" t="s">
-        <v>3452</v>
+        <v>3461</v>
       </c>
       <c r="H375" t="s">
-        <v>3453</v>
+        <v>3462</v>
       </c>
       <c r="I375" t="s">
-        <v>3454</v>
+        <v>3463</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>450</v>
+        <v>205</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>452</v>
+        <v>206</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3455</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>6272</v>
+        <v>6208</v>
       </c>
       <c r="B376" t="s">
-        <v>3456</v>
+        <v>3465</v>
       </c>
       <c r="C376" t="s">
-        <v>3457</v>
+        <v>3466</v>
       </c>
       <c r="D376" t="s">
-        <v>3458</v>
+        <v>3467</v>
       </c>
       <c r="E376" t="s">
-        <v>3459</v>
+        <v>3468</v>
       </c>
       <c r="F376" t="s">
-        <v>3460</v>
+        <v>3469</v>
       </c>
       <c r="G376" t="s">
-        <v>3461</v>
+        <v>3470</v>
       </c>
       <c r="H376" t="s">
-        <v>3462</v>
+        <v>3471</v>
       </c>
       <c r="I376" t="s">
-        <v>3463</v>
+        <v>3472</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3464</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>6274</v>
+        <v>6211</v>
       </c>
       <c r="B377" t="s">
-        <v>3465</v>
+        <v>3474</v>
       </c>
       <c r="C377" t="s">
-        <v>3466</v>
+        <v>3475</v>
       </c>
       <c r="D377" t="s">
-        <v>3467</v>
+        <v>3476</v>
       </c>
       <c r="E377" t="s">
-        <v>3468</v>
+        <v>3477</v>
       </c>
       <c r="F377" t="s">
-        <v>3469</v>
+        <v>3478</v>
       </c>
       <c r="G377" t="s">
-        <v>3470</v>
+        <v>3479</v>
       </c>
       <c r="H377" t="s">
-        <v>3471</v>
+        <v>3480</v>
       </c>
       <c r="I377" t="s">
-        <v>3472</v>
+        <v>3481</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3473</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>6275</v>
+        <v>6215</v>
       </c>
       <c r="B378" t="s">
-        <v>3474</v>
+        <v>3483</v>
       </c>
       <c r="C378" t="s">
-        <v>3475</v>
+        <v>3484</v>
       </c>
       <c r="D378" t="s">
-        <v>3476</v>
+        <v>3485</v>
       </c>
       <c r="E378" t="s">
-        <v>3477</v>
+        <v>3486</v>
       </c>
       <c r="F378" t="s">
-        <v>3478</v>
+        <v>3487</v>
       </c>
       <c r="G378" t="s">
-        <v>3479</v>
+        <v>3488</v>
       </c>
       <c r="H378" t="s">
-        <v>3480</v>
+        <v>3489</v>
       </c>
       <c r="I378" t="s">
-        <v>3481</v>
+        <v>3490</v>
       </c>
       <c r="J378" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>1476</v>
+        <v>205</v>
       </c>
       <c r="L378" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>1478</v>
+        <v>206</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3482</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>6327</v>
+        <v>6222</v>
       </c>
       <c r="B379" t="s">
-        <v>3483</v>
+        <v>3492</v>
       </c>
       <c r="C379" t="s">
-        <v>3484</v>
+        <v>3493</v>
       </c>
       <c r="D379" t="s">
-        <v>3485</v>
+        <v>3494</v>
       </c>
       <c r="E379" t="s">
-        <v>3486</v>
+        <v>3495</v>
       </c>
       <c r="F379" t="s">
-        <v>3487</v>
+        <v>3496</v>
       </c>
       <c r="G379" t="s">
-        <v>3488</v>
+        <v>3497</v>
       </c>
       <c r="H379" t="s">
-        <v>3489</v>
+        <v>3498</v>
       </c>
       <c r="I379" t="s">
-        <v>3490</v>
+        <v>3499</v>
       </c>
       <c r="J379" t="s">
-        <v>24</v>
+        <v>3260</v>
       </c>
       <c r="K379" t="s">
-        <v>47</v>
+        <v>987</v>
       </c>
       <c r="L379" t="s">
-        <v>26</v>
+        <v>3262</v>
       </c>
       <c r="M379" t="s">
-        <v>48</v>
+        <v>988</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3491</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>6331</v>
+        <v>6254</v>
       </c>
       <c r="B380" t="s">
-        <v>3492</v>
+        <v>3501</v>
       </c>
       <c r="C380" t="s">
-        <v>3493</v>
+        <v>3502</v>
       </c>
       <c r="D380" t="s">
-        <v>3494</v>
+        <v>3503</v>
       </c>
       <c r="E380" t="s">
-        <v>3495</v>
+        <v>3504</v>
       </c>
       <c r="F380" t="s">
-        <v>3496</v>
+        <v>3505</v>
       </c>
       <c r="G380" t="s">
-        <v>3497</v>
+        <v>3506</v>
       </c>
       <c r="H380" t="s">
-        <v>3498</v>
+        <v>3507</v>
       </c>
       <c r="I380" t="s">
-        <v>3499</v>
+        <v>3508</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3500</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>6337</v>
+        <v>6255</v>
       </c>
       <c r="B381" t="s">
-        <v>3501</v>
+        <v>3510</v>
       </c>
       <c r="C381" t="s">
-        <v>3502</v>
+        <v>3511</v>
       </c>
       <c r="D381" t="s">
-        <v>3503</v>
+        <v>3512</v>
       </c>
       <c r="E381" t="s">
-        <v>3504</v>
+        <v>3513</v>
       </c>
       <c r="F381" t="s">
-        <v>3505</v>
+        <v>3514</v>
       </c>
       <c r="G381" t="s">
-        <v>3506</v>
+        <v>3515</v>
       </c>
       <c r="H381" t="s">
-        <v>3507</v>
+        <v>3516</v>
       </c>
       <c r="I381" t="s">
-        <v>3508</v>
+        <v>3517</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>47</v>
+        <v>3518</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>48</v>
+        <v>3519</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3509</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>6361</v>
+        <v>6257</v>
       </c>
       <c r="B382" t="s">
-        <v>3510</v>
+        <v>3521</v>
       </c>
       <c r="C382" t="s">
-        <v>3511</v>
+        <v>3522</v>
       </c>
       <c r="D382" t="s">
-        <v>3512</v>
+        <v>3523</v>
       </c>
       <c r="E382" t="s">
-        <v>3513</v>
+        <v>3524</v>
       </c>
       <c r="F382" t="s">
-        <v>3514</v>
+        <v>3525</v>
       </c>
       <c r="G382" t="s">
-        <v>3515</v>
+        <v>3526</v>
       </c>
       <c r="H382" t="s">
-        <v>3516</v>
+        <v>3527</v>
       </c>
       <c r="I382" t="s">
-        <v>3517</v>
+        <v>3528</v>
       </c>
       <c r="J382" t="s">
-        <v>24</v>
+        <v>839</v>
       </c>
       <c r="K382" t="s">
-        <v>170</v>
+        <v>318</v>
       </c>
       <c r="L382" t="s">
-        <v>26</v>
+        <v>841</v>
       </c>
       <c r="M382" t="s">
-        <v>171</v>
+        <v>320</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3518</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>6379</v>
+        <v>6258</v>
       </c>
       <c r="B383" t="s">
-        <v>3519</v>
+        <v>3530</v>
       </c>
       <c r="C383" t="s">
-        <v>3520</v>
+        <v>3531</v>
       </c>
       <c r="D383" t="s">
-        <v>3521</v>
+        <v>3532</v>
       </c>
       <c r="E383" t="s">
-        <v>3522</v>
+        <v>3533</v>
       </c>
       <c r="F383" t="s">
-        <v>3523</v>
+        <v>3534</v>
       </c>
       <c r="G383" t="s">
-        <v>3524</v>
+        <v>3535</v>
       </c>
       <c r="H383" t="s">
-        <v>3525</v>
+        <v>3536</v>
       </c>
       <c r="I383" t="s">
-        <v>3526</v>
+        <v>3537</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
         <v>25</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
         <v>27</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3527</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>6389</v>
+        <v>6259</v>
       </c>
       <c r="B384" t="s">
-        <v>3528</v>
+        <v>3539</v>
       </c>
       <c r="C384" t="s">
-        <v>3529</v>
+        <v>3540</v>
       </c>
       <c r="D384" t="s">
-        <v>3530</v>
+        <v>3541</v>
       </c>
       <c r="E384" t="s">
-        <v>3531</v>
+        <v>3542</v>
       </c>
       <c r="F384" t="s">
-        <v>3532</v>
+        <v>3543</v>
       </c>
       <c r="G384" t="s">
-        <v>3533</v>
+        <v>3544</v>
       </c>
       <c r="H384" t="s">
-        <v>3534</v>
+        <v>3545</v>
       </c>
       <c r="I384" t="s">
-        <v>3535</v>
+        <v>3546</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3536</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>6454</v>
+        <v>6261</v>
       </c>
       <c r="B385" t="s">
-        <v>3537</v>
+        <v>3548</v>
       </c>
       <c r="C385" t="s">
-        <v>3538</v>
+        <v>3549</v>
       </c>
       <c r="D385" t="s">
-        <v>3539</v>
+        <v>3550</v>
       </c>
       <c r="E385" t="s">
-        <v>3540</v>
+        <v>3551</v>
       </c>
       <c r="F385" t="s">
-        <v>3541</v>
+        <v>3552</v>
       </c>
       <c r="G385" t="s">
-        <v>3542</v>
+        <v>3553</v>
       </c>
       <c r="H385" t="s">
-        <v>3543</v>
+        <v>3554</v>
       </c>
       <c r="I385" t="s">
-        <v>3544</v>
+        <v>3555</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3545</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>6460</v>
+        <v>6263</v>
       </c>
       <c r="B386" t="s">
-        <v>3546</v>
+        <v>3557</v>
       </c>
       <c r="C386" t="s">
-        <v>3547</v>
+        <v>3558</v>
       </c>
       <c r="D386" t="s">
-        <v>3548</v>
+        <v>3559</v>
       </c>
       <c r="E386" t="s">
-        <v>3549</v>
+        <v>3560</v>
       </c>
       <c r="F386" t="s">
-        <v>3550</v>
+        <v>3561</v>
       </c>
       <c r="G386" t="s">
-        <v>3551</v>
+        <v>3562</v>
       </c>
       <c r="H386" t="s">
-        <v>3552</v>
+        <v>3563</v>
       </c>
       <c r="I386" t="s">
-        <v>3553</v>
+        <v>3564</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3554</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>6468</v>
+        <v>6265</v>
       </c>
       <c r="B387" t="s">
-        <v>3555</v>
+        <v>3566</v>
       </c>
       <c r="C387" t="s">
-        <v>3556</v>
+        <v>3567</v>
       </c>
       <c r="D387" t="s">
-        <v>3557</v>
+        <v>3568</v>
       </c>
       <c r="E387" t="s">
-        <v>3558</v>
+        <v>3569</v>
       </c>
       <c r="F387" t="s">
-        <v>3559</v>
+        <v>3570</v>
       </c>
       <c r="G387" t="s">
-        <v>3560</v>
+        <v>3571</v>
       </c>
       <c r="H387" t="s">
-        <v>3561</v>
+        <v>3572</v>
       </c>
       <c r="I387" t="s">
-        <v>3562</v>
+        <v>3573</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3563</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>6611</v>
+        <v>6270</v>
       </c>
       <c r="B388" t="s">
-        <v>3564</v>
+        <v>3575</v>
       </c>
       <c r="C388" t="s">
-        <v>3565</v>
+        <v>3576</v>
       </c>
       <c r="D388" t="s">
-        <v>3566</v>
+        <v>3577</v>
       </c>
       <c r="E388" t="s">
-        <v>3567</v>
+        <v>3578</v>
       </c>
       <c r="F388" t="s">
-        <v>3568</v>
+        <v>3579</v>
       </c>
       <c r="G388" t="s">
-        <v>3569</v>
+        <v>3580</v>
       </c>
       <c r="H388" t="s">
-        <v>3570</v>
+        <v>3581</v>
       </c>
       <c r="I388" t="s">
-        <v>3571</v>
+        <v>3582</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>25</v>
+        <v>506</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>27</v>
+        <v>508</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3572</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>6615</v>
+        <v>6272</v>
       </c>
       <c r="B389" t="s">
-        <v>3573</v>
+        <v>3584</v>
       </c>
       <c r="C389" t="s">
-        <v>3574</v>
+        <v>3585</v>
       </c>
       <c r="D389" t="s">
-        <v>3575</v>
+        <v>3586</v>
       </c>
       <c r="E389" t="s">
-        <v>3576</v>
+        <v>3587</v>
       </c>
       <c r="F389" t="s">
-        <v>3577</v>
+        <v>3588</v>
       </c>
       <c r="G389" t="s">
-        <v>3578</v>
+        <v>3589</v>
       </c>
       <c r="H389" t="s">
-        <v>3579</v>
+        <v>3590</v>
       </c>
       <c r="I389" t="s">
-        <v>3580</v>
+        <v>3591</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3581</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>6761</v>
+        <v>6274</v>
       </c>
       <c r="B390" t="s">
-        <v>3582</v>
+        <v>3593</v>
       </c>
       <c r="C390" t="s">
-        <v>3583</v>
+        <v>3594</v>
       </c>
       <c r="D390" t="s">
-        <v>3584</v>
+        <v>3595</v>
       </c>
       <c r="E390" t="s">
-        <v>3585</v>
+        <v>3596</v>
       </c>
       <c r="F390" t="s">
-        <v>3586</v>
+        <v>3597</v>
       </c>
       <c r="G390" t="s">
-        <v>3587</v>
+        <v>3598</v>
       </c>
       <c r="H390" t="s">
-        <v>3588</v>
+        <v>3599</v>
       </c>
       <c r="I390" t="s">
-        <v>3589</v>
+        <v>3600</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
         <v>25</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
         <v>27</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3590</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>6762</v>
+        <v>6275</v>
       </c>
       <c r="B391" t="s">
-        <v>3591</v>
+        <v>3602</v>
       </c>
       <c r="C391" t="s">
-        <v>3592</v>
+        <v>3603</v>
       </c>
       <c r="D391" t="s">
-        <v>3593</v>
+        <v>3604</v>
       </c>
       <c r="E391" t="s">
-        <v>3594</v>
+        <v>3605</v>
       </c>
       <c r="F391" t="s">
-        <v>3595</v>
+        <v>3606</v>
       </c>
       <c r="G391" t="s">
-        <v>3596</v>
+        <v>3607</v>
       </c>
       <c r="H391" t="s">
-        <v>3597</v>
+        <v>3608</v>
       </c>
       <c r="I391" t="s">
-        <v>3598</v>
+        <v>3609</v>
       </c>
       <c r="J391" t="s">
-        <v>449</v>
+        <v>505</v>
       </c>
       <c r="K391" t="s">
-        <v>689</v>
+        <v>1589</v>
       </c>
       <c r="L391" t="s">
-        <v>451</v>
+        <v>507</v>
       </c>
       <c r="M391" t="s">
-        <v>690</v>
+        <v>1591</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3599</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>6765</v>
+        <v>6327</v>
       </c>
       <c r="B392" t="s">
-        <v>3600</v>
+        <v>3611</v>
       </c>
       <c r="C392" t="s">
-        <v>3601</v>
+        <v>3612</v>
       </c>
       <c r="D392" t="s">
-        <v>3602</v>
+        <v>3613</v>
       </c>
       <c r="E392" t="s">
-        <v>3603</v>
+        <v>3614</v>
       </c>
       <c r="F392" t="s">
-        <v>3604</v>
+        <v>3615</v>
       </c>
       <c r="G392" t="s">
-        <v>3605</v>
+        <v>3616</v>
       </c>
       <c r="H392" t="s">
-        <v>3606</v>
+        <v>3617</v>
       </c>
       <c r="I392" t="s">
-        <v>3607</v>
+        <v>3618</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3608</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>6820</v>
+        <v>6331</v>
       </c>
       <c r="B393" t="s">
-        <v>3609</v>
+        <v>3620</v>
       </c>
       <c r="C393" t="s">
-        <v>3610</v>
+        <v>3621</v>
       </c>
       <c r="D393" t="s">
-        <v>3611</v>
+        <v>3622</v>
       </c>
       <c r="E393" t="s">
-        <v>3612</v>
+        <v>3623</v>
       </c>
       <c r="F393" t="s">
-        <v>3613</v>
+        <v>3624</v>
       </c>
       <c r="G393" t="s">
-        <v>3614</v>
+        <v>3625</v>
       </c>
       <c r="H393" t="s">
-        <v>3615</v>
+        <v>3626</v>
       </c>
       <c r="I393" t="s">
-        <v>3616</v>
+        <v>3627</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>1228</v>
+        <v>205</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>1229</v>
+        <v>206</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3617</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>6982</v>
+        <v>6337</v>
       </c>
       <c r="B394" t="s">
-        <v>3618</v>
+        <v>3629</v>
       </c>
       <c r="C394" t="s">
-        <v>3619</v>
+        <v>3630</v>
       </c>
       <c r="D394" t="s">
-        <v>3620</v>
+        <v>3631</v>
       </c>
       <c r="E394" t="s">
-        <v>3621</v>
+        <v>3632</v>
       </c>
       <c r="F394" t="s">
-        <v>3622</v>
+        <v>3633</v>
       </c>
       <c r="G394" t="s">
-        <v>3623</v>
+        <v>3634</v>
       </c>
       <c r="H394" t="s">
-        <v>3624</v>
+        <v>3635</v>
       </c>
       <c r="I394" t="s">
-        <v>3625</v>
+        <v>3636</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>3626</v>
+        <v>47</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
+      <c r="M394" t="s">
+        <v>48</v>
+      </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3627</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>8265</v>
+        <v>6361</v>
       </c>
       <c r="B395" t="s">
-        <v>3628</v>
+        <v>3638</v>
       </c>
       <c r="C395" t="s">
-        <v>3629</v>
+        <v>3639</v>
       </c>
       <c r="D395" t="s">
-        <v>3630</v>
+        <v>3640</v>
       </c>
       <c r="E395" t="s">
-        <v>3631</v>
+        <v>3641</v>
       </c>
       <c r="F395" t="s">
-        <v>3632</v>
+        <v>3642</v>
       </c>
       <c r="G395" t="s">
-        <v>3633</v>
+        <v>3643</v>
       </c>
       <c r="H395" t="s">
-        <v>3634</v>
+        <v>3644</v>
       </c>
       <c r="I395" t="s">
-        <v>3635</v>
+        <v>3645</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>3636</v>
+        <v>205</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>3637</v>
+        <v>206</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3638</v>
+        <v>3646</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>8289</v>
+        <v>6379</v>
       </c>
       <c r="B396" t="s">
-        <v>3639</v>
+        <v>3647</v>
       </c>
       <c r="C396" t="s">
-        <v>3640</v>
+        <v>3648</v>
       </c>
       <c r="D396" t="s">
-        <v>3641</v>
+        <v>3649</v>
       </c>
       <c r="E396" t="s">
-        <v>3642</v>
+        <v>3650</v>
       </c>
       <c r="F396" t="s">
-        <v>3643</v>
+        <v>3651</v>
       </c>
       <c r="G396" t="s">
-        <v>3644</v>
+        <v>3652</v>
       </c>
       <c r="H396" t="s">
-        <v>3645</v>
+        <v>3653</v>
       </c>
       <c r="I396" t="s">
-        <v>3646</v>
+        <v>3654</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>450</v>
+        <v>25</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>452</v>
+        <v>27</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3647</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>8294</v>
+        <v>6389</v>
       </c>
       <c r="B397" t="s">
-        <v>3648</v>
+        <v>3656</v>
       </c>
       <c r="C397" t="s">
-        <v>3649</v>
+        <v>3657</v>
       </c>
       <c r="D397" t="s">
-        <v>3650</v>
+        <v>3658</v>
       </c>
       <c r="E397" t="s">
-        <v>3651</v>
+        <v>3659</v>
       </c>
       <c r="F397" t="s">
-        <v>3652</v>
+        <v>3660</v>
       </c>
       <c r="G397" t="s">
-        <v>3653</v>
+        <v>3661</v>
       </c>
       <c r="H397" t="s">
-        <v>3654</v>
+        <v>3662</v>
       </c>
       <c r="I397" t="s">
-        <v>3655</v>
+        <v>3663</v>
       </c>
       <c r="J397" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K397" t="s">
-        <v>745</v>
+        <v>25</v>
       </c>
       <c r="L397" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M397" t="s">
-        <v>746</v>
+        <v>27</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3656</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>8315</v>
+        <v>6454</v>
       </c>
       <c r="B398" t="s">
-        <v>3657</v>
+        <v>3665</v>
       </c>
       <c r="C398" t="s">
-        <v>3658</v>
+        <v>3666</v>
       </c>
       <c r="D398" t="s">
-        <v>3659</v>
+        <v>3667</v>
       </c>
       <c r="E398" t="s">
-        <v>3660</v>
+        <v>3668</v>
       </c>
       <c r="F398" t="s">
-        <v>3661</v>
+        <v>3669</v>
       </c>
       <c r="G398" t="s">
-        <v>3662</v>
+        <v>3670</v>
       </c>
       <c r="H398" t="s">
-        <v>3663</v>
+        <v>3671</v>
       </c>
       <c r="I398" t="s">
-        <v>3664</v>
+        <v>3672</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3665</v>
+        <v>3673</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>8341</v>
+        <v>6460</v>
       </c>
       <c r="B399" t="s">
-        <v>3666</v>
+        <v>3674</v>
       </c>
       <c r="C399" t="s">
-        <v>3667</v>
+        <v>3675</v>
       </c>
       <c r="D399" t="s">
-        <v>3668</v>
+        <v>3676</v>
       </c>
       <c r="E399" t="s">
-        <v>3669</v>
+        <v>3677</v>
       </c>
       <c r="F399" t="s">
-        <v>3670</v>
+        <v>3678</v>
       </c>
       <c r="G399" t="s">
-        <v>3671</v>
+        <v>3679</v>
       </c>
       <c r="H399" t="s">
-        <v>3672</v>
+        <v>3680</v>
       </c>
       <c r="I399" t="s">
-        <v>3673</v>
+        <v>3681</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3674</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>8343</v>
+        <v>6468</v>
       </c>
       <c r="B400" t="s">
-        <v>3675</v>
+        <v>3683</v>
       </c>
       <c r="C400" t="s">
-        <v>3676</v>
+        <v>3684</v>
       </c>
       <c r="D400" t="s">
-        <v>3677</v>
+        <v>3685</v>
       </c>
       <c r="E400" t="s">
-        <v>3678</v>
+        <v>3686</v>
       </c>
       <c r="F400" t="s">
-        <v>3679</v>
+        <v>3687</v>
       </c>
       <c r="G400" t="s">
-        <v>3680</v>
+        <v>3688</v>
       </c>
       <c r="H400" t="s">
-        <v>3681</v>
+        <v>3689</v>
       </c>
       <c r="I400" t="s">
-        <v>3682</v>
+        <v>3690</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
         <v>25</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
         <v>27</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3683</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>8344</v>
+        <v>6611</v>
       </c>
       <c r="B401" t="s">
-        <v>3684</v>
+        <v>3692</v>
       </c>
       <c r="C401" t="s">
-        <v>3685</v>
+        <v>3693</v>
       </c>
       <c r="D401" t="s">
-        <v>3686</v>
+        <v>3694</v>
       </c>
       <c r="E401" t="s">
-        <v>3687</v>
+        <v>3695</v>
       </c>
       <c r="F401" t="s">
-        <v>3688</v>
+        <v>3696</v>
       </c>
       <c r="G401" t="s">
-        <v>3689</v>
+        <v>3697</v>
       </c>
       <c r="H401" t="s">
-        <v>3690</v>
+        <v>3698</v>
       </c>
       <c r="I401" t="s">
-        <v>3691</v>
+        <v>3699</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3692</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>8345</v>
+        <v>6615</v>
       </c>
       <c r="B402" t="s">
-        <v>3693</v>
+        <v>3701</v>
       </c>
       <c r="C402" t="s">
-        <v>3694</v>
+        <v>3702</v>
       </c>
       <c r="D402" t="s">
-        <v>3695</v>
+        <v>3703</v>
       </c>
       <c r="E402" t="s">
-        <v>3696</v>
+        <v>3704</v>
       </c>
       <c r="F402" t="s">
-        <v>3697</v>
+        <v>3705</v>
       </c>
       <c r="G402" t="s">
-        <v>3698</v>
+        <v>3706</v>
       </c>
       <c r="H402" t="s">
-        <v>3699</v>
+        <v>3707</v>
       </c>
       <c r="I402" t="s">
-        <v>3700</v>
+        <v>3708</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
         <v>25</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
         <v>27</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3701</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>8349</v>
+        <v>6761</v>
       </c>
       <c r="B403" t="s">
-        <v>3702</v>
+        <v>3710</v>
       </c>
       <c r="C403" t="s">
-        <v>3703</v>
+        <v>3711</v>
       </c>
       <c r="D403" t="s">
-        <v>3704</v>
+        <v>3712</v>
       </c>
       <c r="E403" t="s">
-        <v>3705</v>
+        <v>3713</v>
       </c>
       <c r="F403" t="s">
-        <v>3706</v>
+        <v>3714</v>
       </c>
       <c r="G403" t="s">
-        <v>3707</v>
+        <v>3715</v>
       </c>
       <c r="H403" t="s">
-        <v>3708</v>
+        <v>3716</v>
       </c>
       <c r="I403" t="s">
-        <v>3709</v>
+        <v>3717</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
         <v>25</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
         <v>27</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3710</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>8355</v>
+        <v>6762</v>
       </c>
       <c r="B404" t="s">
-        <v>3711</v>
+        <v>3719</v>
       </c>
       <c r="C404" t="s">
-        <v>3712</v>
+        <v>3720</v>
       </c>
       <c r="D404" t="s">
-        <v>3713</v>
+        <v>3721</v>
       </c>
       <c r="E404" t="s">
-        <v>3714</v>
+        <v>3722</v>
       </c>
       <c r="F404" t="s">
-        <v>3715</v>
+        <v>3723</v>
       </c>
       <c r="G404" t="s">
-        <v>3716</v>
+        <v>3724</v>
       </c>
       <c r="H404" t="s">
-        <v>3717</v>
+        <v>3725</v>
       </c>
       <c r="I404" t="s">
-        <v>3718</v>
+        <v>3726</v>
       </c>
       <c r="J404" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K404" t="s">
-        <v>3719</v>
+        <v>772</v>
       </c>
       <c r="L404" t="s">
-        <v>26</v>
+        <v>507</v>
+      </c>
+      <c r="M404" t="s">
+        <v>773</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3720</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>8357</v>
+        <v>6765</v>
       </c>
       <c r="B405" t="s">
-        <v>3721</v>
+        <v>3728</v>
       </c>
       <c r="C405" t="s">
-        <v>3722</v>
+        <v>3729</v>
       </c>
       <c r="D405" t="s">
-        <v>3723</v>
+        <v>3730</v>
       </c>
       <c r="E405" t="s">
-        <v>3724</v>
+        <v>3731</v>
       </c>
       <c r="F405" t="s">
-        <v>3725</v>
+        <v>3732</v>
       </c>
       <c r="G405" t="s">
-        <v>3726</v>
+        <v>3733</v>
       </c>
       <c r="H405" t="s">
-        <v>3727</v>
+        <v>3734</v>
       </c>
       <c r="I405" t="s">
-        <v>3728</v>
+        <v>3735</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>3719</v>
+        <v>205</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
+      <c r="M405" t="s">
+        <v>206</v>
+      </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3729</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>8377</v>
+        <v>6820</v>
       </c>
       <c r="B406" t="s">
-        <v>3730</v>
+        <v>3737</v>
       </c>
       <c r="C406" t="s">
-        <v>3731</v>
+        <v>3738</v>
       </c>
       <c r="D406" t="s">
-        <v>3732</v>
+        <v>3739</v>
       </c>
       <c r="E406" t="s">
-        <v>3733</v>
+        <v>3740</v>
       </c>
       <c r="F406" t="s">
-        <v>3734</v>
+        <v>3741</v>
       </c>
       <c r="G406" t="s">
-        <v>3735</v>
+        <v>3742</v>
       </c>
       <c r="H406" t="s">
-        <v>3736</v>
+        <v>3743</v>
       </c>
       <c r="I406" t="s">
-        <v>3737</v>
+        <v>3744</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>25</v>
+        <v>1321</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>27</v>
+        <v>1322</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3738</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>8386</v>
+        <v>6982</v>
       </c>
       <c r="B407" t="s">
-        <v>3739</v>
+        <v>3746</v>
       </c>
       <c r="C407" t="s">
-        <v>3740</v>
+        <v>3747</v>
       </c>
       <c r="D407" t="s">
-        <v>3741</v>
+        <v>3748</v>
       </c>
       <c r="E407" t="s">
-        <v>3742</v>
+        <v>3749</v>
       </c>
       <c r="F407" t="s">
-        <v>3743</v>
+        <v>3750</v>
       </c>
       <c r="G407" t="s">
-        <v>3744</v>
+        <v>3751</v>
       </c>
       <c r="H407" t="s">
-        <v>3745</v>
+        <v>3752</v>
       </c>
       <c r="I407" t="s">
-        <v>3746</v>
+        <v>3753</v>
       </c>
       <c r="J407" t="s">
-        <v>1994</v>
+        <v>24</v>
       </c>
       <c r="K407" t="s">
-        <v>170</v>
+        <v>3754</v>
       </c>
       <c r="L407" t="s">
-        <v>1996</v>
+        <v>26</v>
       </c>
       <c r="M407" t="s">
-        <v>171</v>
+        <v>3755</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3747</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>8387</v>
+        <v>8265</v>
       </c>
       <c r="B408" t="s">
-        <v>3748</v>
+        <v>3757</v>
       </c>
       <c r="C408" t="s">
-        <v>3749</v>
+        <v>3758</v>
       </c>
       <c r="D408" t="s">
-        <v>3750</v>
+        <v>3759</v>
       </c>
       <c r="E408" t="s">
-        <v>3751</v>
+        <v>3760</v>
       </c>
       <c r="F408" t="s">
-        <v>3752</v>
+        <v>3761</v>
       </c>
       <c r="G408" t="s">
-        <v>3753</v>
+        <v>3762</v>
       </c>
       <c r="H408" t="s">
-        <v>3754</v>
+        <v>3763</v>
       </c>
       <c r="I408" t="s">
-        <v>3755</v>
+        <v>3764</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>25</v>
+        <v>3765</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>27</v>
+        <v>3766</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3756</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>8388</v>
+        <v>8289</v>
       </c>
       <c r="B409" t="s">
-        <v>3757</v>
+        <v>3768</v>
       </c>
       <c r="C409" t="s">
-        <v>3758</v>
+        <v>3769</v>
       </c>
       <c r="D409" t="s">
-        <v>3759</v>
+        <v>3770</v>
       </c>
       <c r="E409" t="s">
-        <v>3760</v>
+        <v>3771</v>
       </c>
       <c r="F409" t="s">
-        <v>3761</v>
+        <v>3772</v>
       </c>
       <c r="G409" t="s">
-        <v>3762</v>
+        <v>3773</v>
       </c>
       <c r="H409" t="s">
-        <v>3763</v>
+        <v>3774</v>
       </c>
       <c r="I409" t="s">
-        <v>3764</v>
+        <v>3775</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
-        <v>170</v>
+        <v>506</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
-        <v>171</v>
+        <v>508</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3765</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>8392</v>
+        <v>8294</v>
       </c>
       <c r="B410" t="s">
-        <v>3766</v>
+        <v>3777</v>
       </c>
       <c r="C410" t="s">
-        <v>3767</v>
+        <v>3778</v>
       </c>
       <c r="D410" t="s">
-        <v>3768</v>
+        <v>3779</v>
       </c>
       <c r="E410" t="s">
-        <v>3769</v>
+        <v>3780</v>
       </c>
       <c r="F410" t="s">
-        <v>3770</v>
+        <v>3781</v>
       </c>
       <c r="G410" t="s">
-        <v>3771</v>
+        <v>3782</v>
       </c>
       <c r="H410" t="s">
-        <v>3772</v>
+        <v>3783</v>
       </c>
       <c r="I410" t="s">
-        <v>3773</v>
+        <v>3784</v>
       </c>
       <c r="J410" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K410" t="s">
-        <v>1995</v>
+        <v>828</v>
       </c>
       <c r="L410" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M410" t="s">
-        <v>1997</v>
+        <v>829</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3774</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>8402</v>
+        <v>8315</v>
       </c>
       <c r="B411" t="s">
-        <v>3775</v>
+        <v>3786</v>
       </c>
       <c r="C411" t="s">
-        <v>3776</v>
+        <v>3787</v>
       </c>
       <c r="D411" t="s">
-        <v>3777</v>
+        <v>3788</v>
       </c>
       <c r="E411" t="s">
-        <v>3778</v>
+        <v>3789</v>
       </c>
       <c r="F411" t="s">
-        <v>3779</v>
+        <v>3790</v>
       </c>
       <c r="G411" t="s">
-        <v>3780</v>
+        <v>3791</v>
       </c>
       <c r="H411" t="s">
-        <v>3781</v>
+        <v>3792</v>
       </c>
       <c r="I411" t="s">
-        <v>3782</v>
+        <v>3793</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3783</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>8883</v>
+        <v>8341</v>
       </c>
       <c r="B412" t="s">
-        <v>3784</v>
+        <v>3795</v>
       </c>
       <c r="C412" t="s">
-        <v>3785</v>
+        <v>3796</v>
       </c>
       <c r="D412" t="s">
-        <v>3786</v>
+        <v>3797</v>
       </c>
       <c r="E412" t="s">
-        <v>3787</v>
+        <v>3798</v>
       </c>
       <c r="F412" t="s">
-        <v>3788</v>
+        <v>3799</v>
       </c>
       <c r="G412" t="s">
-        <v>3789</v>
+        <v>3800</v>
       </c>
       <c r="H412" t="s">
-        <v>3790</v>
+        <v>3801</v>
       </c>
       <c r="I412" t="s">
-        <v>3791</v>
+        <v>3802</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3792</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>8886</v>
+        <v>8343</v>
       </c>
       <c r="B413" t="s">
-        <v>3793</v>
+        <v>3804</v>
       </c>
       <c r="C413" t="s">
-        <v>3794</v>
+        <v>3805</v>
       </c>
       <c r="D413" t="s">
-        <v>3795</v>
+        <v>3806</v>
       </c>
       <c r="E413" t="s">
-        <v>3796</v>
+        <v>3807</v>
       </c>
       <c r="F413" t="s">
-        <v>3797</v>
+        <v>3808</v>
       </c>
       <c r="G413" t="s">
-        <v>3798</v>
+        <v>3809</v>
       </c>
       <c r="H413" t="s">
-        <v>3799</v>
+        <v>3810</v>
       </c>
       <c r="I413" t="s">
-        <v>3800</v>
+        <v>3811</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3801</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>8902</v>
+        <v>8344</v>
       </c>
       <c r="B414" t="s">
-        <v>3802</v>
+        <v>3813</v>
       </c>
       <c r="C414" t="s">
-        <v>3803</v>
+        <v>3814</v>
       </c>
       <c r="D414" t="s">
-        <v>3804</v>
+        <v>3815</v>
       </c>
       <c r="E414" t="s">
-        <v>3805</v>
+        <v>3816</v>
       </c>
       <c r="F414" t="s">
-        <v>3806</v>
+        <v>3817</v>
       </c>
       <c r="G414" t="s">
-        <v>3807</v>
+        <v>3818</v>
       </c>
       <c r="H414" t="s">
-        <v>3808</v>
+        <v>3819</v>
       </c>
       <c r="I414" t="s">
-        <v>3809</v>
+        <v>3820</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3810</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>8903</v>
+        <v>8345</v>
       </c>
       <c r="B415" t="s">
-        <v>3811</v>
+        <v>3822</v>
       </c>
       <c r="C415" t="s">
-        <v>3812</v>
+        <v>3823</v>
       </c>
       <c r="D415" t="s">
-        <v>3813</v>
+        <v>3824</v>
       </c>
       <c r="E415" t="s">
-        <v>3814</v>
+        <v>3825</v>
       </c>
       <c r="F415" t="s">
-        <v>3815</v>
+        <v>3826</v>
       </c>
       <c r="G415" t="s">
-        <v>3816</v>
+        <v>3827</v>
       </c>
       <c r="H415" t="s">
-        <v>3817</v>
+        <v>3828</v>
       </c>
       <c r="I415" t="s">
-        <v>3818</v>
+        <v>3829</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3819</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>8904</v>
+        <v>8349</v>
       </c>
       <c r="B416" t="s">
-        <v>3820</v>
+        <v>3831</v>
       </c>
       <c r="C416" t="s">
-        <v>3821</v>
+        <v>3832</v>
       </c>
       <c r="D416" t="s">
-        <v>3822</v>
+        <v>3833</v>
       </c>
       <c r="E416" t="s">
-        <v>3823</v>
+        <v>3834</v>
       </c>
       <c r="F416" t="s">
-        <v>3824</v>
+        <v>3835</v>
       </c>
       <c r="G416" t="s">
-        <v>3825</v>
+        <v>3836</v>
       </c>
       <c r="H416" t="s">
-        <v>3826</v>
+        <v>3837</v>
       </c>
       <c r="I416" t="s">
-        <v>3827</v>
+        <v>3838</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3828</v>
+        <v>3839</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>8905</v>
+        <v>8355</v>
       </c>
       <c r="B417" t="s">
-        <v>3829</v>
+        <v>3840</v>
       </c>
       <c r="C417" t="s">
-        <v>3830</v>
+        <v>3841</v>
       </c>
       <c r="D417" t="s">
-        <v>3831</v>
+        <v>3842</v>
       </c>
       <c r="E417" t="s">
-        <v>3832</v>
+        <v>3843</v>
       </c>
       <c r="F417" t="s">
-        <v>3833</v>
+        <v>3844</v>
       </c>
       <c r="G417" t="s">
-        <v>3834</v>
+        <v>3845</v>
       </c>
       <c r="H417" t="s">
-        <v>3835</v>
+        <v>3846</v>
       </c>
       <c r="I417" t="s">
-        <v>3836</v>
+        <v>3847</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>3837</v>
+        <v>3848</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
+      <c r="M417" t="s">
+        <v>3849</v>
+      </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3838</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>8914</v>
+        <v>8357</v>
       </c>
       <c r="B418" t="s">
-        <v>3839</v>
+        <v>3851</v>
       </c>
       <c r="C418" t="s">
-        <v>3840</v>
+        <v>3852</v>
       </c>
       <c r="D418" t="s">
-        <v>3841</v>
+        <v>3853</v>
       </c>
       <c r="E418" t="s">
-        <v>3842</v>
+        <v>3854</v>
       </c>
       <c r="F418" t="s">
-        <v>3843</v>
+        <v>3855</v>
       </c>
       <c r="G418" t="s">
-        <v>3844</v>
+        <v>3856</v>
       </c>
       <c r="H418" t="s">
-        <v>3845</v>
+        <v>3857</v>
       </c>
       <c r="I418" t="s">
-        <v>3846</v>
+        <v>3858</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>25</v>
+        <v>3848</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>27</v>
+        <v>3849</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3847</v>
+        <v>3859</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>8918</v>
+        <v>8377</v>
       </c>
       <c r="B419" t="s">
-        <v>3848</v>
+        <v>3860</v>
       </c>
       <c r="C419" t="s">
-        <v>3849</v>
+        <v>3861</v>
       </c>
       <c r="D419" t="s">
-        <v>3850</v>
+        <v>3862</v>
       </c>
       <c r="E419" t="s">
-        <v>3851</v>
+        <v>3863</v>
       </c>
       <c r="F419" t="s">
-        <v>3852</v>
+        <v>3864</v>
       </c>
       <c r="G419" t="s">
-        <v>3853</v>
+        <v>3865</v>
       </c>
       <c r="H419" t="s">
-        <v>3854</v>
+        <v>3866</v>
       </c>
       <c r="I419" t="s">
-        <v>3855</v>
+        <v>3867</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
         <v>25</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
         <v>27</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3856</v>
+        <v>3868</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>8945</v>
+        <v>8386</v>
       </c>
       <c r="B420" t="s">
-        <v>3857</v>
+        <v>3869</v>
       </c>
       <c r="C420" t="s">
-        <v>3858</v>
+        <v>3870</v>
       </c>
       <c r="D420" t="s">
-        <v>3859</v>
+        <v>3871</v>
       </c>
       <c r="E420" t="s">
-        <v>3860</v>
+        <v>3872</v>
       </c>
       <c r="F420" t="s">
-        <v>3861</v>
+        <v>3873</v>
       </c>
       <c r="G420" t="s">
-        <v>3862</v>
+        <v>3874</v>
       </c>
       <c r="H420" t="s">
-        <v>3863</v>
+        <v>3875</v>
       </c>
       <c r="I420" t="s">
-        <v>3864</v>
+        <v>3876</v>
       </c>
       <c r="J420" t="s">
-        <v>24</v>
+        <v>2109</v>
       </c>
       <c r="K420" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="L420" t="s">
-        <v>26</v>
+        <v>2111</v>
       </c>
       <c r="M420" t="s">
-        <v>48</v>
+        <v>206</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3865</v>
+        <v>3877</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>8950</v>
+        <v>8387</v>
       </c>
       <c r="B421" t="s">
-        <v>3866</v>
+        <v>3878</v>
       </c>
       <c r="C421" t="s">
-        <v>3867</v>
+        <v>3879</v>
       </c>
       <c r="D421" t="s">
-        <v>3868</v>
+        <v>3880</v>
       </c>
       <c r="E421" t="s">
-        <v>3869</v>
+        <v>3881</v>
       </c>
       <c r="F421" t="s">
-        <v>3870</v>
+        <v>3882</v>
       </c>
       <c r="G421" t="s">
-        <v>3871</v>
+        <v>3883</v>
       </c>
       <c r="H421" t="s">
-        <v>3872</v>
+        <v>3884</v>
       </c>
       <c r="I421" t="s">
-        <v>3873</v>
+        <v>3885</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
         <v>25</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
         <v>27</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3874</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>8951</v>
+        <v>8388</v>
       </c>
       <c r="B422" t="s">
-        <v>3875</v>
+        <v>3887</v>
       </c>
       <c r="C422" t="s">
-        <v>3876</v>
+        <v>3888</v>
       </c>
       <c r="D422" t="s">
-        <v>3877</v>
+        <v>3889</v>
       </c>
       <c r="E422" t="s">
-        <v>3878</v>
+        <v>3890</v>
       </c>
       <c r="F422" t="s">
-        <v>3879</v>
+        <v>3891</v>
       </c>
       <c r="G422" t="s">
-        <v>3880</v>
+        <v>3892</v>
       </c>
       <c r="H422" t="s">
-        <v>3881</v>
+        <v>3893</v>
       </c>
       <c r="I422" t="s">
-        <v>3882</v>
+        <v>3894</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3883</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>8954</v>
+        <v>8392</v>
       </c>
       <c r="B423" t="s">
-        <v>3884</v>
+        <v>3896</v>
       </c>
       <c r="C423" t="s">
-        <v>3885</v>
+        <v>3897</v>
       </c>
       <c r="D423" t="s">
-        <v>3886</v>
+        <v>3898</v>
       </c>
       <c r="E423" t="s">
-        <v>3887</v>
+        <v>3899</v>
       </c>
       <c r="F423" t="s">
-        <v>3888</v>
+        <v>3900</v>
       </c>
       <c r="G423" t="s">
-        <v>3889</v>
+        <v>3901</v>
       </c>
       <c r="H423" t="s">
-        <v>3890</v>
+        <v>3902</v>
       </c>
       <c r="I423" t="s">
-        <v>3891</v>
+        <v>3903</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>170</v>
+        <v>2110</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>171</v>
+        <v>2112</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3892</v>
+        <v>3904</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>8959</v>
+        <v>8402</v>
       </c>
       <c r="B424" t="s">
-        <v>3893</v>
+        <v>3905</v>
       </c>
       <c r="C424" t="s">
-        <v>3894</v>
+        <v>3906</v>
       </c>
       <c r="D424" t="s">
-        <v>3895</v>
+        <v>3907</v>
       </c>
       <c r="E424" t="s">
-        <v>3896</v>
+        <v>3908</v>
       </c>
       <c r="F424" t="s">
-        <v>3897</v>
+        <v>3909</v>
       </c>
       <c r="G424" t="s">
-        <v>3898</v>
+        <v>3910</v>
       </c>
       <c r="H424" t="s">
-        <v>3899</v>
+        <v>3911</v>
       </c>
       <c r="I424" t="s">
-        <v>3900</v>
+        <v>3912</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3901</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>8964</v>
+        <v>8883</v>
       </c>
       <c r="B425" t="s">
-        <v>3902</v>
+        <v>3914</v>
       </c>
       <c r="C425" t="s">
-        <v>3903</v>
+        <v>3915</v>
       </c>
       <c r="D425" t="s">
-        <v>3904</v>
+        <v>3916</v>
       </c>
       <c r="E425" t="s">
-        <v>3905</v>
+        <v>3917</v>
       </c>
       <c r="F425" t="s">
-        <v>3906</v>
+        <v>3918</v>
       </c>
       <c r="G425" t="s">
-        <v>3907</v>
+        <v>3919</v>
       </c>
       <c r="H425" t="s">
-        <v>3908</v>
+        <v>3920</v>
       </c>
       <c r="I425" t="s">
-        <v>3909</v>
+        <v>3921</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>904</v>
+        <v>25</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
-        <v>905</v>
+        <v>27</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3910</v>
+        <v>3922</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>10011</v>
+        <v>8886</v>
       </c>
       <c r="B426" t="s">
-        <v>3911</v>
+        <v>3923</v>
       </c>
       <c r="C426" t="s">
-        <v>3912</v>
+        <v>3924</v>
       </c>
       <c r="D426" t="s">
-        <v>3913</v>
+        <v>3925</v>
       </c>
       <c r="E426" t="s">
-        <v>3914</v>
+        <v>3926</v>
       </c>
       <c r="F426" t="s">
-        <v>3915</v>
+        <v>3927</v>
       </c>
       <c r="G426" t="s">
-        <v>3916</v>
+        <v>3928</v>
       </c>
       <c r="H426" t="s">
-        <v>3917</v>
+        <v>3929</v>
       </c>
       <c r="I426" t="s">
-        <v>3918</v>
+        <v>3930</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3919</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>10014</v>
+        <v>8902</v>
       </c>
       <c r="B427" t="s">
-        <v>3920</v>
+        <v>3932</v>
       </c>
       <c r="C427" t="s">
-        <v>3921</v>
+        <v>3933</v>
       </c>
       <c r="D427" t="s">
-        <v>3922</v>
+        <v>3934</v>
       </c>
       <c r="E427" t="s">
-        <v>3923</v>
+        <v>3935</v>
       </c>
       <c r="F427" t="s">
-        <v>3924</v>
+        <v>3936</v>
       </c>
       <c r="G427" t="s">
-        <v>3925</v>
+        <v>3937</v>
       </c>
       <c r="H427" t="s">
-        <v>3926</v>
+        <v>3938</v>
       </c>
       <c r="I427" t="s">
-        <v>3927</v>
+        <v>3939</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
-        <v>3928</v>
+        <v>205</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
-        <v>3929</v>
+        <v>206</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3930</v>
+        <v>3940</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>10015</v>
+        <v>8903</v>
       </c>
       <c r="B428" t="s">
-        <v>3931</v>
+        <v>3941</v>
       </c>
       <c r="C428" t="s">
-        <v>3932</v>
+        <v>3942</v>
       </c>
       <c r="D428" t="s">
-        <v>3933</v>
+        <v>3943</v>
       </c>
       <c r="E428" t="s">
-        <v>3934</v>
+        <v>3944</v>
       </c>
       <c r="F428" t="s">
-        <v>3935</v>
+        <v>3945</v>
       </c>
       <c r="G428" t="s">
-        <v>3936</v>
+        <v>3946</v>
       </c>
       <c r="H428" t="s">
-        <v>3937</v>
+        <v>3947</v>
       </c>
       <c r="I428" t="s">
-        <v>3938</v>
+        <v>3948</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3939</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>10036</v>
+        <v>8904</v>
       </c>
       <c r="B429" t="s">
-        <v>3940</v>
+        <v>3950</v>
       </c>
       <c r="C429" t="s">
-        <v>3941</v>
+        <v>3951</v>
       </c>
       <c r="D429" t="s">
-        <v>3942</v>
+        <v>3952</v>
       </c>
       <c r="E429" t="s">
-        <v>3943</v>
+        <v>3953</v>
       </c>
       <c r="F429" t="s">
-        <v>3944</v>
+        <v>3954</v>
       </c>
       <c r="G429" t="s">
-        <v>3945</v>
+        <v>3955</v>
       </c>
       <c r="H429" t="s">
-        <v>3946</v>
+        <v>3956</v>
       </c>
       <c r="I429" t="s">
-        <v>3947</v>
+        <v>3957</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3948</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>10046</v>
+        <v>8905</v>
       </c>
       <c r="B430" t="s">
-        <v>3949</v>
+        <v>3959</v>
       </c>
       <c r="C430" t="s">
-        <v>3950</v>
+        <v>3960</v>
       </c>
       <c r="D430" t="s">
-        <v>3951</v>
+        <v>3961</v>
       </c>
       <c r="E430" t="s">
-        <v>3952</v>
+        <v>3962</v>
       </c>
       <c r="F430" t="s">
-        <v>3953</v>
+        <v>3963</v>
       </c>
       <c r="G430" t="s">
-        <v>3954</v>
+        <v>3964</v>
       </c>
       <c r="H430" t="s">
-        <v>3955</v>
+        <v>3965</v>
       </c>
       <c r="I430" t="s">
-        <v>3956</v>
+        <v>3966</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>274</v>
+        <v>3967</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>275</v>
+        <v>3968</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3957</v>
+        <v>3969</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>10098</v>
+        <v>8914</v>
       </c>
       <c r="B431" t="s">
-        <v>3958</v>
+        <v>3970</v>
       </c>
       <c r="C431" t="s">
-        <v>3959</v>
+        <v>3971</v>
       </c>
       <c r="D431" t="s">
-        <v>3960</v>
+        <v>3972</v>
       </c>
       <c r="E431" t="s">
-        <v>3961</v>
+        <v>3973</v>
       </c>
       <c r="F431" t="s">
-        <v>3962</v>
+        <v>3974</v>
       </c>
       <c r="G431" t="s">
-        <v>3963</v>
+        <v>3975</v>
       </c>
       <c r="H431" t="s">
-        <v>3964</v>
+        <v>3976</v>
       </c>
       <c r="I431" t="s">
-        <v>3965</v>
+        <v>3977</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
         <v>25</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
         <v>27</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3966</v>
+        <v>3978</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>10101</v>
+        <v>8918</v>
       </c>
       <c r="B432" t="s">
-        <v>3967</v>
+        <v>3979</v>
       </c>
       <c r="C432" t="s">
-        <v>3968</v>
+        <v>3980</v>
       </c>
       <c r="D432" t="s">
-        <v>3969</v>
+        <v>3981</v>
       </c>
       <c r="E432" t="s">
-        <v>3970</v>
+        <v>3982</v>
       </c>
       <c r="F432" t="s">
-        <v>3971</v>
+        <v>3983</v>
       </c>
       <c r="G432" t="s">
-        <v>3972</v>
+        <v>3984</v>
       </c>
       <c r="H432" t="s">
-        <v>3973</v>
+        <v>3985</v>
       </c>
       <c r="I432" t="s">
-        <v>3974</v>
+        <v>3986</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
         <v>25</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
         <v>27</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3975</v>
+        <v>3987</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>10412</v>
+        <v>8945</v>
       </c>
       <c r="B433" t="s">
-        <v>3976</v>
+        <v>3988</v>
       </c>
       <c r="C433" t="s">
-        <v>3977</v>
+        <v>3989</v>
       </c>
       <c r="D433" t="s">
-        <v>3978</v>
+        <v>3990</v>
       </c>
       <c r="E433" t="s">
-        <v>3979</v>
+        <v>3991</v>
       </c>
       <c r="F433" t="s">
-        <v>3980</v>
+        <v>3992</v>
       </c>
       <c r="G433" t="s">
-        <v>3981</v>
+        <v>3993</v>
       </c>
       <c r="H433" t="s">
-        <v>3982</v>
+        <v>3994</v>
       </c>
       <c r="I433" t="s">
-        <v>3983</v>
+        <v>3995</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>3984</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>10603</v>
+        <v>8950</v>
       </c>
       <c r="B434" t="s">
-        <v>3985</v>
+        <v>3997</v>
       </c>
       <c r="C434" t="s">
-        <v>3986</v>
+        <v>3998</v>
       </c>
       <c r="D434" t="s">
-        <v>3987</v>
+        <v>3999</v>
       </c>
       <c r="E434" t="s">
-        <v>3988</v>
+        <v>4000</v>
       </c>
       <c r="F434" t="s">
-        <v>3989</v>
+        <v>4001</v>
       </c>
       <c r="G434" t="s">
-        <v>3990</v>
+        <v>4002</v>
       </c>
       <c r="H434" t="s">
-        <v>3991</v>
+        <v>4003</v>
       </c>
       <c r="I434" t="s">
-        <v>3992</v>
+        <v>4004</v>
       </c>
       <c r="J434" t="s">
         <v>24</v>
       </c>
       <c r="K434" t="s">
         <v>25</v>
       </c>
       <c r="L434" t="s">
         <v>26</v>
       </c>
       <c r="M434" t="s">
         <v>27</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>3993</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>10635</v>
+        <v>8951</v>
       </c>
       <c r="B435" t="s">
-        <v>3994</v>
+        <v>4006</v>
       </c>
       <c r="C435" t="s">
-        <v>3995</v>
+        <v>4007</v>
       </c>
       <c r="D435" t="s">
-        <v>3996</v>
+        <v>4008</v>
       </c>
       <c r="E435" t="s">
-        <v>3997</v>
+        <v>4009</v>
       </c>
       <c r="F435" t="s">
-        <v>3998</v>
+        <v>4010</v>
       </c>
       <c r="G435" t="s">
-        <v>3999</v>
+        <v>4011</v>
       </c>
       <c r="H435" t="s">
-        <v>4000</v>
+        <v>4012</v>
       </c>
       <c r="I435" t="s">
-        <v>4001</v>
+        <v>4013</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
-        <v>48</v>
+        <v>206</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4002</v>
+        <v>4014</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>10639</v>
+        <v>8954</v>
       </c>
       <c r="B436" t="s">
-        <v>4003</v>
+        <v>4015</v>
       </c>
       <c r="C436" t="s">
-        <v>4004</v>
+        <v>4016</v>
       </c>
       <c r="D436" t="s">
-        <v>4005</v>
+        <v>4017</v>
       </c>
       <c r="E436" t="s">
-        <v>4006</v>
+        <v>4018</v>
       </c>
       <c r="F436" t="s">
-        <v>4007</v>
+        <v>4019</v>
       </c>
       <c r="G436" t="s">
-        <v>4008</v>
+        <v>4020</v>
       </c>
       <c r="H436" t="s">
-        <v>4009</v>
+        <v>4021</v>
       </c>
       <c r="I436" t="s">
-        <v>4010</v>
+        <v>4022</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4011</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>10647</v>
+        <v>8959</v>
       </c>
       <c r="B437" t="s">
-        <v>4012</v>
+        <v>4024</v>
       </c>
       <c r="C437" t="s">
-        <v>4013</v>
+        <v>4025</v>
       </c>
       <c r="D437" t="s">
-        <v>4014</v>
+        <v>4026</v>
       </c>
       <c r="E437" t="s">
-        <v>4015</v>
+        <v>4027</v>
       </c>
       <c r="F437" t="s">
-        <v>4016</v>
+        <v>4028</v>
       </c>
       <c r="G437" t="s">
-        <v>4017</v>
+        <v>4029</v>
       </c>
       <c r="H437" t="s">
-        <v>4018</v>
+        <v>4030</v>
       </c>
       <c r="I437" t="s">
-        <v>4019</v>
+        <v>4031</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4020</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>10887</v>
+        <v>8964</v>
       </c>
       <c r="B438" t="s">
-        <v>4021</v>
+        <v>4033</v>
       </c>
       <c r="C438" t="s">
-        <v>4022</v>
+        <v>4034</v>
       </c>
       <c r="D438" t="s">
-        <v>4023</v>
+        <v>4035</v>
       </c>
       <c r="E438" t="s">
-        <v>4024</v>
+        <v>4036</v>
       </c>
       <c r="F438" t="s">
-        <v>4025</v>
+        <v>4037</v>
       </c>
       <c r="G438" t="s">
-        <v>4026</v>
+        <v>4038</v>
       </c>
       <c r="H438" t="s">
-        <v>4027</v>
+        <v>4039</v>
       </c>
       <c r="I438" t="s">
-        <v>4028</v>
+        <v>4040</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
-        <v>25</v>
+        <v>987</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
-        <v>27</v>
+        <v>988</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4029</v>
+        <v>4041</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>10925</v>
+        <v>10011</v>
       </c>
       <c r="B439" t="s">
-        <v>4030</v>
+        <v>4042</v>
       </c>
       <c r="C439" t="s">
-        <v>4031</v>
+        <v>4043</v>
       </c>
       <c r="D439" t="s">
-        <v>4032</v>
+        <v>4044</v>
       </c>
       <c r="E439" t="s">
-        <v>4033</v>
+        <v>4045</v>
       </c>
       <c r="F439" t="s">
-        <v>4034</v>
+        <v>4046</v>
       </c>
       <c r="G439" t="s">
-        <v>4035</v>
+        <v>4047</v>
       </c>
       <c r="H439" t="s">
-        <v>4036</v>
+        <v>4048</v>
       </c>
       <c r="I439" t="s">
-        <v>4037</v>
+        <v>4049</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
         <v>25</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
         <v>27</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4038</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>10927</v>
+        <v>10014</v>
       </c>
       <c r="B440" t="s">
-        <v>4039</v>
+        <v>4051</v>
       </c>
       <c r="C440" t="s">
-        <v>4040</v>
+        <v>4052</v>
       </c>
       <c r="D440" t="s">
-        <v>4041</v>
+        <v>4053</v>
       </c>
       <c r="E440" t="s">
-        <v>4042</v>
+        <v>4054</v>
       </c>
       <c r="F440" t="s">
-        <v>4043</v>
+        <v>4055</v>
       </c>
       <c r="G440" t="s">
-        <v>4044</v>
+        <v>4056</v>
       </c>
       <c r="H440" t="s">
-        <v>4045</v>
+        <v>4057</v>
       </c>
       <c r="I440" t="s">
-        <v>4046</v>
+        <v>4058</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>170</v>
+        <v>4059</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>171</v>
+        <v>4060</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4047</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>10930</v>
+        <v>10015</v>
       </c>
       <c r="B441" t="s">
-        <v>4048</v>
+        <v>4062</v>
       </c>
       <c r="C441" t="s">
-        <v>4049</v>
+        <v>4063</v>
       </c>
       <c r="D441" t="s">
-        <v>4050</v>
+        <v>4064</v>
       </c>
       <c r="E441" t="s">
-        <v>4051</v>
+        <v>4065</v>
       </c>
       <c r="F441" t="s">
-        <v>4052</v>
+        <v>4066</v>
       </c>
       <c r="G441" t="s">
-        <v>4053</v>
+        <v>4067</v>
       </c>
       <c r="H441" t="s">
-        <v>4054</v>
+        <v>4068</v>
       </c>
       <c r="I441" t="s">
-        <v>4055</v>
+        <v>4069</v>
       </c>
       <c r="J441" t="s">
-        <v>1475</v>
+        <v>24</v>
       </c>
       <c r="K441" t="s">
-        <v>274</v>
+        <v>205</v>
       </c>
       <c r="L441" t="s">
-        <v>1477</v>
+        <v>26</v>
       </c>
       <c r="M441" t="s">
-        <v>275</v>
+        <v>206</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4056</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>10945</v>
+        <v>10036</v>
       </c>
       <c r="B442" t="s">
-        <v>4057</v>
+        <v>4071</v>
       </c>
       <c r="C442" t="s">
-        <v>4058</v>
+        <v>4072</v>
       </c>
       <c r="D442" t="s">
-        <v>4059</v>
+        <v>4073</v>
       </c>
       <c r="E442" t="s">
-        <v>4060</v>
+        <v>4074</v>
       </c>
       <c r="F442" t="s">
-        <v>4061</v>
+        <v>4075</v>
       </c>
       <c r="G442" t="s">
-        <v>4062</v>
+        <v>4076</v>
       </c>
       <c r="H442" t="s">
-        <v>4063</v>
+        <v>4077</v>
       </c>
       <c r="I442" t="s">
-        <v>4064</v>
+        <v>4078</v>
       </c>
       <c r="J442" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K442" t="s">
-        <v>745</v>
+        <v>25</v>
       </c>
       <c r="L442" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M442" t="s">
-        <v>746</v>
+        <v>27</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4065</v>
+        <v>4079</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>10947</v>
+        <v>10046</v>
       </c>
       <c r="B443" t="s">
-        <v>4066</v>
+        <v>4080</v>
       </c>
       <c r="C443" t="s">
-        <v>4067</v>
+        <v>4081</v>
       </c>
       <c r="D443" t="s">
-        <v>4068</v>
+        <v>4082</v>
       </c>
       <c r="E443" t="s">
-        <v>4069</v>
+        <v>4083</v>
       </c>
       <c r="F443" t="s">
-        <v>4070</v>
+        <v>4084</v>
       </c>
       <c r="G443" t="s">
-        <v>4071</v>
+        <v>4085</v>
       </c>
       <c r="H443" t="s">
-        <v>4072</v>
+        <v>4086</v>
       </c>
       <c r="I443" t="s">
-        <v>4073</v>
+        <v>4087</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
-        <v>170</v>
+        <v>318</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
-        <v>171</v>
+        <v>320</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
-        <v>4074</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>10948</v>
+        <v>10098</v>
       </c>
       <c r="B444" t="s">
-        <v>4075</v>
+        <v>4089</v>
       </c>
       <c r="C444" t="s">
-        <v>4076</v>
+        <v>4090</v>
       </c>
       <c r="D444" t="s">
-        <v>4077</v>
+        <v>4091</v>
       </c>
       <c r="E444" t="s">
-        <v>4078</v>
+        <v>4092</v>
       </c>
       <c r="F444" t="s">
-        <v>4079</v>
+        <v>4093</v>
       </c>
       <c r="G444" t="s">
-        <v>4080</v>
+        <v>4094</v>
       </c>
       <c r="H444" t="s">
-        <v>4081</v>
+        <v>4095</v>
       </c>
       <c r="I444" t="s">
-        <v>4082</v>
+        <v>4096</v>
       </c>
       <c r="J444" t="s">
         <v>24</v>
       </c>
       <c r="K444" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L444" t="s">
         <v>26</v>
       </c>
       <c r="M444" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4083</v>
+        <v>4097</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>10950</v>
+        <v>10101</v>
       </c>
       <c r="B445" t="s">
-        <v>4084</v>
+        <v>4098</v>
       </c>
       <c r="C445" t="s">
-        <v>4085</v>
+        <v>4099</v>
       </c>
       <c r="D445" t="s">
-        <v>4086</v>
+        <v>4100</v>
       </c>
       <c r="E445" t="s">
-        <v>4087</v>
+        <v>4101</v>
       </c>
       <c r="F445" t="s">
-        <v>4088</v>
+        <v>4102</v>
       </c>
       <c r="G445" t="s">
-        <v>4089</v>
+        <v>4103</v>
       </c>
       <c r="H445" t="s">
-        <v>4090</v>
+        <v>4104</v>
       </c>
       <c r="I445" t="s">
-        <v>4091</v>
+        <v>4105</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>4092</v>
+        <v>25</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
+      <c r="M445" t="s">
+        <v>27</v>
+      </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4093</v>
+        <v>4106</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>10951</v>
+        <v>10107</v>
       </c>
       <c r="B446" t="s">
-        <v>4094</v>
+        <v>4107</v>
       </c>
       <c r="C446" t="s">
-        <v>4095</v>
+        <v>4108</v>
       </c>
       <c r="D446" t="s">
-        <v>4096</v>
+        <v>4109</v>
       </c>
       <c r="E446" t="s">
-        <v>4097</v>
+        <v>4110</v>
       </c>
       <c r="F446" t="s">
-        <v>4098</v>
+        <v>4111</v>
       </c>
       <c r="G446" t="s">
-        <v>4099</v>
+        <v>4112</v>
       </c>
       <c r="H446" t="s">
-        <v>4100</v>
+        <v>4113</v>
       </c>
       <c r="I446" t="s">
-        <v>4101</v>
+        <v>4114</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4102</v>
+        <v>4115</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>11000</v>
+        <v>10412</v>
       </c>
       <c r="B447" t="s">
-        <v>4103</v>
+        <v>4116</v>
       </c>
       <c r="C447" t="s">
-        <v>4104</v>
+        <v>4117</v>
       </c>
       <c r="D447" t="s">
-        <v>4105</v>
+        <v>4118</v>
       </c>
       <c r="E447" t="s">
-        <v>4106</v>
+        <v>4119</v>
       </c>
       <c r="F447" t="s">
-        <v>4107</v>
+        <v>4120</v>
       </c>
       <c r="G447" t="s">
-        <v>4108</v>
+        <v>4121</v>
       </c>
       <c r="H447" t="s">
-        <v>4109</v>
+        <v>4122</v>
       </c>
       <c r="I447" t="s">
-        <v>4110</v>
+        <v>4123</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
         <v>25</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
         <v>27</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4111</v>
+        <v>4124</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>11161</v>
+        <v>10603</v>
       </c>
       <c r="B448" t="s">
-        <v>4112</v>
+        <v>4125</v>
       </c>
       <c r="C448" t="s">
-        <v>4113</v>
+        <v>4126</v>
       </c>
       <c r="D448" t="s">
-        <v>4114</v>
+        <v>4127</v>
       </c>
       <c r="E448" t="s">
-        <v>4115</v>
+        <v>4128</v>
       </c>
       <c r="F448" t="s">
-        <v>4116</v>
+        <v>4129</v>
       </c>
       <c r="G448" t="s">
-        <v>4117</v>
+        <v>4130</v>
       </c>
       <c r="H448" t="s">
-        <v>4118</v>
+        <v>4131</v>
       </c>
       <c r="I448" t="s">
-        <v>4119</v>
+        <v>4132</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>1476</v>
+        <v>25</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4120</v>
+        <v>4133</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>11169</v>
+        <v>10635</v>
       </c>
       <c r="B449" t="s">
-        <v>4121</v>
+        <v>4134</v>
       </c>
       <c r="C449" t="s">
-        <v>4122</v>
+        <v>4135</v>
       </c>
       <c r="D449" t="s">
-        <v>4123</v>
+        <v>4136</v>
       </c>
       <c r="E449" t="s">
-        <v>4124</v>
+        <v>4137</v>
       </c>
       <c r="F449" t="s">
-        <v>4125</v>
+        <v>4138</v>
       </c>
       <c r="G449" t="s">
-        <v>4126</v>
+        <v>4139</v>
       </c>
       <c r="H449" t="s">
-        <v>4127</v>
+        <v>4140</v>
       </c>
       <c r="I449" t="s">
-        <v>4128</v>
+        <v>4141</v>
       </c>
       <c r="J449" t="s">
         <v>24</v>
       </c>
       <c r="K449" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="L449" t="s">
         <v>26</v>
       </c>
       <c r="M449" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
-        <v>4129</v>
+        <v>4142</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>11220</v>
+        <v>10639</v>
       </c>
       <c r="B450" t="s">
-        <v>4130</v>
+        <v>4143</v>
       </c>
       <c r="C450" t="s">
-        <v>4131</v>
+        <v>4144</v>
       </c>
       <c r="D450" t="s">
-        <v>4132</v>
+        <v>4145</v>
       </c>
       <c r="E450" t="s">
-        <v>4133</v>
+        <v>4146</v>
       </c>
       <c r="F450" t="s">
-        <v>4134</v>
+        <v>4147</v>
       </c>
       <c r="G450" t="s">
-        <v>4135</v>
+        <v>4148</v>
       </c>
       <c r="H450" t="s">
-        <v>4136</v>
+        <v>4149</v>
       </c>
       <c r="I450" t="s">
-        <v>4137</v>
+        <v>4150</v>
       </c>
       <c r="J450" t="s">
         <v>24</v>
       </c>
       <c r="K450" t="s">
-        <v>689</v>
+        <v>25</v>
       </c>
       <c r="L450" t="s">
         <v>26</v>
       </c>
       <c r="M450" t="s">
-        <v>690</v>
+        <v>27</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4138</v>
+        <v>4151</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>11231</v>
+        <v>10647</v>
       </c>
       <c r="B451" t="s">
-        <v>4139</v>
+        <v>4152</v>
       </c>
       <c r="C451" t="s">
-        <v>4140</v>
+        <v>4153</v>
       </c>
       <c r="D451" t="s">
-        <v>4141</v>
+        <v>4154</v>
       </c>
       <c r="E451" t="s">
-        <v>4142</v>
+        <v>4155</v>
       </c>
       <c r="F451" t="s">
-        <v>4143</v>
+        <v>4156</v>
       </c>
       <c r="G451" t="s">
-        <v>4144</v>
+        <v>4157</v>
       </c>
       <c r="H451" t="s">
-        <v>4145</v>
+        <v>4158</v>
       </c>
       <c r="I451" t="s">
-        <v>4146</v>
+        <v>4159</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4147</v>
+        <v>4160</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>11249</v>
+        <v>10887</v>
       </c>
       <c r="B452" t="s">
-        <v>4148</v>
+        <v>4161</v>
       </c>
       <c r="C452" t="s">
-        <v>4149</v>
+        <v>4162</v>
       </c>
       <c r="D452" t="s">
-        <v>4150</v>
+        <v>4163</v>
       </c>
       <c r="E452" t="s">
-        <v>4151</v>
+        <v>4164</v>
       </c>
       <c r="F452" t="s">
-        <v>4152</v>
+        <v>4165</v>
       </c>
       <c r="G452" t="s">
-        <v>4153</v>
+        <v>4166</v>
       </c>
       <c r="H452" t="s">
-        <v>4154</v>
+        <v>4167</v>
       </c>
       <c r="I452" t="s">
-        <v>4155</v>
+        <v>4168</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4156</v>
+        <v>4169</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>11251</v>
+        <v>10925</v>
       </c>
       <c r="B453" t="s">
-        <v>4157</v>
+        <v>4170</v>
       </c>
       <c r="C453" t="s">
-        <v>4158</v>
+        <v>4171</v>
       </c>
       <c r="D453" t="s">
-        <v>4159</v>
+        <v>4172</v>
       </c>
       <c r="E453" t="s">
-        <v>4160</v>
+        <v>4173</v>
       </c>
       <c r="F453" t="s">
-        <v>4161</v>
+        <v>4174</v>
       </c>
       <c r="G453" t="s">
-        <v>4162</v>
+        <v>4175</v>
       </c>
       <c r="H453" t="s">
-        <v>4163</v>
+        <v>4176</v>
       </c>
       <c r="I453" t="s">
-        <v>4164</v>
+        <v>4177</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
-        <v>3719</v>
+        <v>25</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
+      <c r="M453" t="s">
+        <v>27</v>
+      </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4165</v>
+        <v>4178</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>11256</v>
+        <v>10927</v>
       </c>
       <c r="B454" t="s">
-        <v>4166</v>
+        <v>4179</v>
       </c>
       <c r="C454" t="s">
-        <v>4167</v>
+        <v>4180</v>
       </c>
       <c r="D454" t="s">
-        <v>4168</v>
+        <v>4181</v>
       </c>
       <c r="E454" t="s">
-        <v>4169</v>
+        <v>4182</v>
       </c>
       <c r="F454" t="s">
-        <v>4170</v>
+        <v>4183</v>
       </c>
       <c r="G454" t="s">
-        <v>4171</v>
+        <v>4184</v>
       </c>
       <c r="H454" t="s">
-        <v>4172</v>
+        <v>4185</v>
       </c>
       <c r="I454" t="s">
-        <v>4173</v>
+        <v>4186</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4174</v>
+        <v>4187</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>11287</v>
+        <v>10930</v>
       </c>
       <c r="B455" t="s">
-        <v>4175</v>
+        <v>4188</v>
       </c>
       <c r="C455" t="s">
-        <v>4176</v>
+        <v>4189</v>
       </c>
       <c r="D455" t="s">
-        <v>4177</v>
+        <v>4190</v>
       </c>
       <c r="E455" t="s">
-        <v>4178</v>
+        <v>4191</v>
       </c>
       <c r="F455" t="s">
-        <v>4179</v>
+        <v>4192</v>
       </c>
       <c r="G455" t="s">
-        <v>4180</v>
+        <v>4193</v>
       </c>
       <c r="H455" t="s">
-        <v>4181</v>
+        <v>4194</v>
       </c>
       <c r="I455" t="s">
-        <v>4182</v>
+        <v>4195</v>
       </c>
       <c r="J455" t="s">
-        <v>24</v>
+        <v>1588</v>
       </c>
       <c r="K455" t="s">
-        <v>170</v>
+        <v>318</v>
       </c>
       <c r="L455" t="s">
-        <v>26</v>
+        <v>1590</v>
       </c>
       <c r="M455" t="s">
-        <v>171</v>
+        <v>320</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4183</v>
+        <v>4196</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>11299</v>
+        <v>10945</v>
       </c>
       <c r="B456" t="s">
-        <v>4184</v>
+        <v>4197</v>
       </c>
       <c r="C456" t="s">
-        <v>4185</v>
+        <v>4198</v>
       </c>
       <c r="D456" t="s">
-        <v>4186</v>
+        <v>4199</v>
       </c>
       <c r="E456" t="s">
-        <v>4187</v>
+        <v>4200</v>
       </c>
       <c r="F456" t="s">
-        <v>4188</v>
+        <v>4201</v>
       </c>
       <c r="G456" t="s">
-        <v>4189</v>
+        <v>4202</v>
       </c>
       <c r="H456" t="s">
-        <v>4190</v>
+        <v>4203</v>
       </c>
       <c r="I456" t="s">
-        <v>4191</v>
+        <v>4204</v>
       </c>
       <c r="J456" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K456" t="s">
-        <v>170</v>
+        <v>828</v>
       </c>
       <c r="L456" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M456" t="s">
-        <v>171</v>
+        <v>829</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4192</v>
+        <v>4205</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>11303</v>
+        <v>10947</v>
       </c>
       <c r="B457" t="s">
-        <v>4193</v>
+        <v>4206</v>
       </c>
       <c r="C457" t="s">
-        <v>4194</v>
+        <v>4207</v>
       </c>
       <c r="D457" t="s">
-        <v>4195</v>
+        <v>4208</v>
       </c>
       <c r="E457" t="s">
-        <v>4196</v>
+        <v>4209</v>
       </c>
       <c r="F457" t="s">
-        <v>4197</v>
+        <v>4210</v>
       </c>
       <c r="G457" t="s">
-        <v>4198</v>
+        <v>4211</v>
       </c>
       <c r="H457" t="s">
-        <v>4199</v>
+        <v>4212</v>
       </c>
       <c r="I457" t="s">
-        <v>4200</v>
+        <v>4213</v>
       </c>
       <c r="J457" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>274</v>
+        <v>205</v>
       </c>
       <c r="L457" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>275</v>
+        <v>206</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
-        <v>4201</v>
+        <v>4214</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>11306</v>
+        <v>10948</v>
       </c>
       <c r="B458" t="s">
-        <v>4202</v>
+        <v>4215</v>
       </c>
       <c r="C458" t="s">
-        <v>4203</v>
+        <v>4216</v>
       </c>
       <c r="D458" t="s">
-        <v>4204</v>
+        <v>4217</v>
       </c>
       <c r="E458" t="s">
-        <v>4205</v>
+        <v>4218</v>
       </c>
       <c r="F458" t="s">
-        <v>4206</v>
+        <v>4219</v>
       </c>
       <c r="G458" t="s">
-        <v>4207</v>
+        <v>4220</v>
       </c>
       <c r="H458" t="s">
-        <v>4208</v>
+        <v>4221</v>
       </c>
       <c r="I458" t="s">
-        <v>4209</v>
+        <v>4222</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
-        <v>1135</v>
+        <v>205</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
+      <c r="M458" t="s">
+        <v>206</v>
+      </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4210</v>
+        <v>4223</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>58060</v>
+        <v>10950</v>
       </c>
       <c r="B459" t="s">
-        <v>4211</v>
+        <v>4224</v>
       </c>
       <c r="C459" t="s">
-        <v>4212</v>
+        <v>4225</v>
       </c>
       <c r="D459" t="s">
-        <v>4213</v>
+        <v>4226</v>
       </c>
       <c r="E459" t="s">
-        <v>4214</v>
+        <v>4227</v>
       </c>
       <c r="F459" t="s">
-        <v>4215</v>
+        <v>4228</v>
       </c>
       <c r="G459" t="s">
-        <v>4216</v>
+        <v>4229</v>
       </c>
       <c r="H459" t="s">
-        <v>4217</v>
+        <v>4230</v>
       </c>
       <c r="I459" t="s">
-        <v>4218</v>
+        <v>4231</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
-        <v>4219</v>
+        <v>4232</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
-        <v>4220</v>
+        <v>4233</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4221</v>
+        <v>4234</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>58066</v>
+        <v>10951</v>
       </c>
       <c r="B460" t="s">
-        <v>4222</v>
+        <v>4235</v>
       </c>
       <c r="C460" t="s">
-        <v>4223</v>
+        <v>4236</v>
       </c>
       <c r="D460" t="s">
-        <v>4224</v>
+        <v>4237</v>
       </c>
       <c r="E460" t="s">
-        <v>4225</v>
+        <v>4238</v>
       </c>
       <c r="F460" t="s">
-        <v>4226</v>
+        <v>4239</v>
       </c>
       <c r="G460" t="s">
-        <v>4227</v>
+        <v>4240</v>
       </c>
       <c r="H460" t="s">
-        <v>4228</v>
+        <v>4241</v>
       </c>
       <c r="I460" t="s">
-        <v>4229</v>
+        <v>4242</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>274</v>
+        <v>47</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>275</v>
+        <v>48</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4230</v>
+        <v>4243</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>58067</v>
+        <v>11000</v>
       </c>
       <c r="B461" t="s">
-        <v>4231</v>
+        <v>4244</v>
       </c>
       <c r="C461" t="s">
-        <v>4232</v>
+        <v>4245</v>
       </c>
       <c r="D461" t="s">
-        <v>4233</v>
+        <v>4246</v>
       </c>
       <c r="E461" t="s">
-        <v>4234</v>
+        <v>4247</v>
       </c>
       <c r="F461" t="s">
-        <v>4235</v>
+        <v>4248</v>
       </c>
       <c r="G461" t="s">
-        <v>4236</v>
+        <v>4249</v>
       </c>
       <c r="H461" t="s">
-        <v>4237</v>
+        <v>4250</v>
       </c>
       <c r="I461" t="s">
-        <v>4238</v>
+        <v>4251</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4239</v>
+        <v>4252</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>58090</v>
+        <v>11161</v>
       </c>
       <c r="B462" t="s">
-        <v>4240</v>
+        <v>4253</v>
       </c>
       <c r="C462" t="s">
-        <v>4241</v>
+        <v>4254</v>
       </c>
       <c r="D462" t="s">
-        <v>4242</v>
+        <v>4255</v>
       </c>
       <c r="E462" t="s">
-        <v>4243</v>
+        <v>4256</v>
       </c>
       <c r="F462" t="s">
-        <v>4244</v>
+        <v>4257</v>
       </c>
       <c r="G462" t="s">
-        <v>4245</v>
+        <v>4258</v>
       </c>
       <c r="H462" t="s">
-        <v>4246</v>
+        <v>4259</v>
       </c>
       <c r="I462" t="s">
-        <v>4247</v>
+        <v>4260</v>
       </c>
       <c r="J462" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K462" t="s">
-        <v>757</v>
+        <v>1589</v>
       </c>
       <c r="L462" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M462" t="s">
-        <v>759</v>
+        <v>1591</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4248</v>
+        <v>4261</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>58091</v>
+        <v>11169</v>
       </c>
       <c r="B463" t="s">
-        <v>4249</v>
+        <v>4262</v>
       </c>
       <c r="C463" t="s">
-        <v>4250</v>
+        <v>4263</v>
       </c>
       <c r="D463" t="s">
-        <v>4251</v>
+        <v>4264</v>
       </c>
       <c r="E463" t="s">
-        <v>4252</v>
+        <v>4265</v>
       </c>
       <c r="F463" t="s">
-        <v>4253</v>
+        <v>4266</v>
       </c>
       <c r="G463" t="s">
-        <v>4254</v>
+        <v>4267</v>
       </c>
       <c r="H463" t="s">
-        <v>4255</v>
+        <v>4268</v>
       </c>
       <c r="I463" t="s">
-        <v>4256</v>
+        <v>4269</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
-        <v>4257</v>
+        <v>59</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
+      <c r="M463" t="s">
+        <v>61</v>
+      </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4258</v>
+        <v>4270</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>58093</v>
+        <v>11220</v>
       </c>
       <c r="B464" t="s">
-        <v>4259</v>
+        <v>4271</v>
       </c>
       <c r="C464" t="s">
-        <v>4260</v>
+        <v>4272</v>
       </c>
       <c r="D464" t="s">
-        <v>4261</v>
+        <v>4273</v>
       </c>
       <c r="E464" t="s">
-        <v>4262</v>
+        <v>4274</v>
       </c>
       <c r="F464" t="s">
-        <v>4263</v>
+        <v>4275</v>
       </c>
       <c r="G464" t="s">
-        <v>4264</v>
+        <v>4276</v>
       </c>
       <c r="H464" t="s">
-        <v>4265</v>
+        <v>4277</v>
       </c>
       <c r="I464" t="s">
-        <v>4266</v>
+        <v>4278</v>
       </c>
       <c r="J464" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K464" t="s">
-        <v>2269</v>
+        <v>772</v>
       </c>
       <c r="L464" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M464" t="s">
-        <v>2270</v>
+        <v>773</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4267</v>
+        <v>4279</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>58120</v>
+        <v>11231</v>
       </c>
       <c r="B465" t="s">
-        <v>4268</v>
+        <v>4280</v>
       </c>
       <c r="C465" t="s">
-        <v>4269</v>
+        <v>4281</v>
       </c>
       <c r="D465" t="s">
-        <v>4270</v>
+        <v>4282</v>
       </c>
       <c r="E465" t="s">
-        <v>4271</v>
+        <v>4283</v>
       </c>
       <c r="F465" t="s">
-        <v>4272</v>
+        <v>4284</v>
       </c>
       <c r="G465" t="s">
-        <v>4273</v>
+        <v>4285</v>
       </c>
       <c r="H465" t="s">
-        <v>4274</v>
+        <v>4286</v>
       </c>
       <c r="I465" t="s">
-        <v>4275</v>
+        <v>4287</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4276</v>
+        <v>4288</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>58122</v>
+        <v>11249</v>
       </c>
       <c r="B466" t="s">
-        <v>4277</v>
+        <v>4289</v>
       </c>
       <c r="C466" t="s">
-        <v>4278</v>
+        <v>4290</v>
       </c>
       <c r="D466" t="s">
-        <v>4279</v>
+        <v>4291</v>
       </c>
       <c r="E466" t="s">
-        <v>4280</v>
+        <v>4292</v>
       </c>
       <c r="F466" t="s">
-        <v>4281</v>
+        <v>4293</v>
       </c>
       <c r="G466" t="s">
-        <v>4282</v>
+        <v>4294</v>
       </c>
       <c r="H466" t="s">
-        <v>4283</v>
+        <v>4295</v>
       </c>
       <c r="I466" t="s">
-        <v>4284</v>
+        <v>4296</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4285</v>
+        <v>4297</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>58125</v>
+        <v>11251</v>
       </c>
       <c r="B467" t="s">
-        <v>4286</v>
+        <v>4298</v>
       </c>
       <c r="C467" t="s">
-        <v>4287</v>
+        <v>4299</v>
       </c>
       <c r="D467" t="s">
-        <v>4288</v>
+        <v>4300</v>
       </c>
       <c r="E467" t="s">
-        <v>4289</v>
+        <v>4301</v>
       </c>
       <c r="F467" t="s">
-        <v>4290</v>
+        <v>4302</v>
       </c>
       <c r="G467" t="s">
-        <v>4291</v>
+        <v>4303</v>
       </c>
       <c r="H467" t="s">
-        <v>4292</v>
+        <v>4304</v>
       </c>
       <c r="I467" t="s">
-        <v>4293</v>
+        <v>4305</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
-        <v>3719</v>
+        <v>3848</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
+      <c r="M467" t="s">
+        <v>3849</v>
+      </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
-        <v>4294</v>
+        <v>4306</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>58144</v>
+        <v>11256</v>
       </c>
       <c r="B468" t="s">
-        <v>4295</v>
+        <v>4307</v>
       </c>
       <c r="C468" t="s">
-        <v>4296</v>
+        <v>4308</v>
       </c>
       <c r="D468" t="s">
-        <v>4297</v>
+        <v>4309</v>
       </c>
       <c r="E468" t="s">
-        <v>4298</v>
+        <v>4310</v>
       </c>
       <c r="F468" t="s">
-        <v>4299</v>
+        <v>4311</v>
       </c>
       <c r="G468" t="s">
-        <v>4300</v>
+        <v>4312</v>
       </c>
       <c r="H468" t="s">
-        <v>4301</v>
+        <v>4313</v>
       </c>
       <c r="I468" t="s">
-        <v>4302</v>
+        <v>4314</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4303</v>
+        <v>4315</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>58148</v>
+        <v>11287</v>
       </c>
       <c r="B469" t="s">
-        <v>4304</v>
+        <v>4316</v>
       </c>
       <c r="C469" t="s">
-        <v>4305</v>
+        <v>4317</v>
       </c>
       <c r="D469" t="s">
-        <v>4306</v>
+        <v>4318</v>
       </c>
       <c r="E469" t="s">
-        <v>4307</v>
+        <v>4319</v>
       </c>
       <c r="F469" t="s">
-        <v>4308</v>
+        <v>4320</v>
       </c>
       <c r="G469" t="s">
-        <v>4309</v>
+        <v>4321</v>
       </c>
       <c r="H469" t="s">
-        <v>4310</v>
+        <v>4322</v>
       </c>
       <c r="I469" t="s">
-        <v>4311</v>
+        <v>4323</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
-        <v>1070</v>
+        <v>205</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
-        <v>1071</v>
+        <v>206</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4312</v>
+        <v>4324</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>58218</v>
+        <v>11299</v>
       </c>
       <c r="B470" t="s">
-        <v>4313</v>
+        <v>4325</v>
       </c>
       <c r="C470" t="s">
-        <v>4314</v>
+        <v>4326</v>
       </c>
       <c r="D470" t="s">
-        <v>4315</v>
+        <v>4327</v>
       </c>
       <c r="E470" t="s">
-        <v>4316</v>
+        <v>4328</v>
       </c>
       <c r="F470" t="s">
-        <v>4317</v>
+        <v>4329</v>
       </c>
       <c r="G470" t="s">
-        <v>4318</v>
+        <v>4330</v>
       </c>
       <c r="H470" t="s">
-        <v>4319</v>
+        <v>4331</v>
       </c>
       <c r="I470" t="s">
-        <v>4320</v>
+        <v>4332</v>
       </c>
       <c r="J470" t="s">
         <v>24</v>
       </c>
       <c r="K470" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L470" t="s">
         <v>26</v>
       </c>
       <c r="M470" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
-        <v>4321</v>
+        <v>4333</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>58223</v>
+        <v>11303</v>
       </c>
       <c r="B471" t="s">
-        <v>4322</v>
+        <v>4334</v>
       </c>
       <c r="C471" t="s">
-        <v>4323</v>
+        <v>4335</v>
       </c>
       <c r="D471" t="s">
-        <v>4324</v>
+        <v>4336</v>
       </c>
       <c r="E471" t="s">
-        <v>4325</v>
+        <v>4337</v>
       </c>
       <c r="F471" t="s">
-        <v>4326</v>
+        <v>4338</v>
       </c>
       <c r="G471" t="s">
-        <v>4327</v>
+        <v>4339</v>
       </c>
       <c r="H471" t="s">
-        <v>4328</v>
+        <v>4340</v>
       </c>
       <c r="I471" t="s">
-        <v>4329</v>
+        <v>4341</v>
       </c>
       <c r="J471" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K471" t="s">
-        <v>170</v>
+        <v>318</v>
       </c>
       <c r="L471" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M471" t="s">
-        <v>171</v>
+        <v>320</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4330</v>
+        <v>4342</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>58259</v>
+        <v>11306</v>
       </c>
       <c r="B472" t="s">
-        <v>4331</v>
+        <v>4343</v>
       </c>
       <c r="C472" t="s">
-        <v>4332</v>
+        <v>4344</v>
       </c>
       <c r="D472" t="s">
-        <v>4333</v>
+        <v>4345</v>
       </c>
       <c r="E472" t="s">
-        <v>4334</v>
+        <v>4346</v>
       </c>
       <c r="F472" t="s">
-        <v>4335</v>
+        <v>4347</v>
       </c>
       <c r="G472" t="s">
-        <v>4336</v>
+        <v>4348</v>
       </c>
       <c r="H472" t="s">
-        <v>4337</v>
+        <v>4349</v>
       </c>
       <c r="I472" t="s">
-        <v>4338</v>
+        <v>4350</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
-        <v>4339</v>
+        <v>1218</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
+      <c r="M472" t="s">
+        <v>1219</v>
+      </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
-        <v>4340</v>
+        <v>4351</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>64597</v>
+        <v>58060</v>
       </c>
       <c r="B473" t="s">
-        <v>4341</v>
+        <v>4352</v>
       </c>
       <c r="C473" t="s">
-        <v>4342</v>
+        <v>4353</v>
       </c>
       <c r="D473" t="s">
-        <v>4343</v>
+        <v>4354</v>
       </c>
       <c r="E473" t="s">
-        <v>4344</v>
+        <v>4355</v>
       </c>
       <c r="F473" t="s">
-        <v>4345</v>
+        <v>4356</v>
       </c>
       <c r="G473" t="s">
-        <v>4346</v>
+        <v>4357</v>
       </c>
       <c r="H473" t="s">
-        <v>4347</v>
+        <v>4358</v>
       </c>
       <c r="I473" t="s">
-        <v>4348</v>
+        <v>4359</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
-        <v>1135</v>
+        <v>3848</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
+      <c r="M473" t="s">
+        <v>3849</v>
+      </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4349</v>
+        <v>4360</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>64637</v>
+        <v>58066</v>
       </c>
       <c r="B474" t="s">
-        <v>4350</v>
+        <v>4361</v>
       </c>
       <c r="C474" t="s">
-        <v>4351</v>
+        <v>4362</v>
       </c>
       <c r="D474" t="s">
-        <v>4352</v>
+        <v>4363</v>
       </c>
       <c r="E474" t="s">
-        <v>4353</v>
+        <v>4364</v>
       </c>
       <c r="F474" t="s">
-        <v>4354</v>
+        <v>4365</v>
       </c>
       <c r="G474" t="s">
-        <v>4355</v>
+        <v>4366</v>
       </c>
       <c r="H474" t="s">
-        <v>4356</v>
+        <v>4367</v>
       </c>
       <c r="I474" t="s">
-        <v>4357</v>
+        <v>4368</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
-        <v>47</v>
+        <v>318</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
-        <v>48</v>
+        <v>320</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4358</v>
+        <v>4369</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>64643</v>
+        <v>58067</v>
       </c>
       <c r="B475" t="s">
-        <v>4359</v>
+        <v>4370</v>
       </c>
       <c r="C475" t="s">
-        <v>4360</v>
+        <v>4371</v>
       </c>
       <c r="D475" t="s">
-        <v>4361</v>
+        <v>4372</v>
       </c>
       <c r="E475" t="s">
-        <v>4362</v>
+        <v>4373</v>
       </c>
       <c r="F475" t="s">
-        <v>4363</v>
+        <v>4374</v>
       </c>
       <c r="G475" t="s">
-        <v>4364</v>
+        <v>4375</v>
       </c>
       <c r="H475" t="s">
-        <v>4365</v>
+        <v>4376</v>
       </c>
       <c r="I475" t="s">
-        <v>4366</v>
+        <v>4377</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
-        <v>170</v>
+        <v>318</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
-        <v>171</v>
+        <v>320</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
-        <v>4367</v>
+        <v>4378</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>64689</v>
+        <v>58090</v>
       </c>
       <c r="B476" t="s">
-        <v>4368</v>
+        <v>4379</v>
       </c>
       <c r="C476" t="s">
-        <v>4369</v>
+        <v>4380</v>
       </c>
       <c r="D476" t="s">
-        <v>4370</v>
+        <v>4381</v>
       </c>
       <c r="E476" t="s">
-        <v>4371</v>
+        <v>4382</v>
       </c>
       <c r="F476" t="s">
-        <v>4372</v>
+        <v>4383</v>
       </c>
       <c r="G476" t="s">
-        <v>4373</v>
+        <v>4384</v>
       </c>
       <c r="H476" t="s">
-        <v>4374</v>
+        <v>4385</v>
       </c>
       <c r="I476" t="s">
-        <v>4375</v>
+        <v>4386</v>
       </c>
       <c r="J476" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K476" t="s">
-        <v>59</v>
+        <v>840</v>
       </c>
       <c r="L476" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M476" t="s">
-        <v>61</v>
+        <v>842</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
-        <v>4376</v>
+        <v>4387</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65000</v>
+        <v>58091</v>
       </c>
       <c r="B477" t="s">
-        <v>4377</v>
+        <v>4388</v>
       </c>
       <c r="C477" t="s">
-        <v>4378</v>
+        <v>4389</v>
       </c>
       <c r="D477" t="s">
-        <v>4379</v>
+        <v>4390</v>
       </c>
       <c r="E477" t="s">
-        <v>4380</v>
+        <v>4391</v>
       </c>
       <c r="F477" t="s">
-        <v>4381</v>
+        <v>4392</v>
       </c>
       <c r="G477" t="s">
-        <v>4382</v>
+        <v>4393</v>
       </c>
       <c r="H477" t="s">
-        <v>4383</v>
+        <v>4394</v>
       </c>
       <c r="I477" t="s">
-        <v>4384</v>
+        <v>4395</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
-        <v>25</v>
+        <v>4396</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
-        <v>27</v>
+        <v>4397</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4385</v>
+        <v>4398</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65001</v>
+        <v>58093</v>
       </c>
       <c r="B478" t="s">
-        <v>4386</v>
+        <v>4399</v>
       </c>
       <c r="C478" t="s">
-        <v>4387</v>
+        <v>4400</v>
       </c>
       <c r="D478" t="s">
-        <v>4388</v>
+        <v>4401</v>
       </c>
       <c r="E478" t="s">
-        <v>4389</v>
+        <v>4402</v>
       </c>
       <c r="F478" t="s">
-        <v>4390</v>
+        <v>4403</v>
       </c>
       <c r="G478" t="s">
-        <v>4391</v>
+        <v>4404</v>
       </c>
       <c r="H478" t="s">
-        <v>4392</v>
+        <v>4405</v>
       </c>
       <c r="I478" t="s">
-        <v>4393</v>
+        <v>4406</v>
       </c>
       <c r="J478" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K478" t="s">
-        <v>170</v>
+        <v>2304</v>
       </c>
       <c r="L478" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M478" t="s">
-        <v>171</v>
+        <v>2305</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4394</v>
+        <v>4407</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65002</v>
+        <v>58120</v>
       </c>
       <c r="B479" t="s">
-        <v>4395</v>
+        <v>4408</v>
       </c>
       <c r="C479" t="s">
-        <v>4396</v>
+        <v>4409</v>
       </c>
       <c r="D479" t="s">
-        <v>4397</v>
+        <v>4410</v>
       </c>
       <c r="E479" t="s">
-        <v>4398</v>
+        <v>4411</v>
       </c>
       <c r="F479" t="s">
-        <v>4399</v>
+        <v>4412</v>
       </c>
       <c r="G479" t="s">
-        <v>4400</v>
+        <v>4413</v>
       </c>
       <c r="H479" t="s">
-        <v>4401</v>
+        <v>4414</v>
       </c>
       <c r="I479" t="s">
-        <v>4402</v>
+        <v>4415</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
         <v>25</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
         <v>27</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
-        <v>4403</v>
+        <v>4416</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65003</v>
+        <v>58122</v>
       </c>
       <c r="B480" t="s">
-        <v>4404</v>
+        <v>4417</v>
       </c>
       <c r="C480" t="s">
-        <v>4405</v>
+        <v>4418</v>
       </c>
       <c r="D480" t="s">
-        <v>4406</v>
+        <v>4419</v>
       </c>
       <c r="E480" t="s">
-        <v>4407</v>
+        <v>4420</v>
       </c>
       <c r="F480" t="s">
-        <v>4408</v>
+        <v>4421</v>
       </c>
       <c r="G480" t="s">
-        <v>4409</v>
+        <v>4422</v>
       </c>
       <c r="H480" t="s">
-        <v>4410</v>
+        <v>4423</v>
       </c>
       <c r="I480" t="s">
-        <v>4411</v>
+        <v>4424</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
-        <v>4412</v>
+        <v>4425</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65004</v>
+        <v>58125</v>
       </c>
       <c r="B481" t="s">
-        <v>4413</v>
+        <v>4426</v>
       </c>
       <c r="C481" t="s">
-        <v>4414</v>
+        <v>4427</v>
       </c>
       <c r="D481" t="s">
-        <v>4415</v>
+        <v>4428</v>
       </c>
       <c r="E481" t="s">
-        <v>4416</v>
+        <v>4429</v>
       </c>
       <c r="F481" t="s">
-        <v>4417</v>
+        <v>4430</v>
       </c>
       <c r="G481" t="s">
-        <v>4418</v>
+        <v>4431</v>
       </c>
       <c r="H481" t="s">
-        <v>4419</v>
+        <v>4432</v>
       </c>
       <c r="I481" t="s">
-        <v>4420</v>
+        <v>4433</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
-        <v>170</v>
+        <v>3848</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
-        <v>171</v>
+        <v>3849</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
-        <v>4421</v>
+        <v>4434</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65005</v>
+        <v>58144</v>
       </c>
       <c r="B482" t="s">
-        <v>4422</v>
+        <v>4435</v>
       </c>
       <c r="C482" t="s">
-        <v>4423</v>
+        <v>4436</v>
       </c>
       <c r="D482" t="s">
-        <v>4424</v>
+        <v>4437</v>
       </c>
       <c r="E482" t="s">
-        <v>4425</v>
+        <v>4438</v>
       </c>
       <c r="F482" t="s">
-        <v>4426</v>
+        <v>4439</v>
       </c>
       <c r="G482" t="s">
-        <v>4427</v>
+        <v>4440</v>
       </c>
       <c r="H482" t="s">
-        <v>4428</v>
+        <v>4441</v>
       </c>
       <c r="I482" t="s">
-        <v>4429</v>
+        <v>4442</v>
       </c>
       <c r="J482" t="s">
         <v>24</v>
       </c>
       <c r="K482" t="s">
-        <v>4430</v>
+        <v>25</v>
       </c>
       <c r="L482" t="s">
         <v>26</v>
       </c>
       <c r="M482" t="s">
-        <v>2787</v>
+        <v>27</v>
       </c>
       <c r="N482" t="s">
         <v>28</v>
       </c>
       <c r="O482" t="s">
-        <v>4431</v>
+        <v>4443</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65006</v>
+        <v>58148</v>
       </c>
       <c r="B483" t="s">
-        <v>4432</v>
+        <v>4444</v>
       </c>
       <c r="C483" t="s">
-        <v>4433</v>
+        <v>4445</v>
       </c>
       <c r="D483" t="s">
-        <v>4434</v>
+        <v>4446</v>
       </c>
       <c r="E483" t="s">
-        <v>4435</v>
+        <v>4447</v>
       </c>
       <c r="F483" t="s">
-        <v>4436</v>
+        <v>4448</v>
       </c>
       <c r="G483" t="s">
-        <v>4437</v>
+        <v>4449</v>
       </c>
       <c r="H483" t="s">
-        <v>4438</v>
+        <v>4450</v>
       </c>
       <c r="I483" t="s">
-        <v>4439</v>
+        <v>4451</v>
       </c>
       <c r="J483" t="s">
         <v>24</v>
       </c>
       <c r="K483" t="s">
-        <v>4440</v>
+        <v>1153</v>
       </c>
       <c r="L483" t="s">
         <v>26</v>
       </c>
       <c r="M483" t="s">
-        <v>4441</v>
+        <v>1154</v>
       </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
-        <v>4442</v>
+        <v>4452</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65007</v>
+        <v>58188</v>
       </c>
       <c r="B484" t="s">
-        <v>4443</v>
+        <v>4453</v>
       </c>
       <c r="C484" t="s">
-        <v>4444</v>
+        <v>4454</v>
       </c>
       <c r="D484" t="s">
-        <v>4445</v>
+        <v>4455</v>
       </c>
       <c r="E484" t="s">
-        <v>4446</v>
+        <v>4456</v>
       </c>
       <c r="F484" t="s">
-        <v>4447</v>
+        <v>4457</v>
       </c>
       <c r="G484" t="s">
-        <v>4448</v>
+        <v>4458</v>
       </c>
       <c r="H484" t="s">
-        <v>4449</v>
+        <v>4459</v>
       </c>
       <c r="I484" t="s">
-        <v>4450</v>
+        <v>4460</v>
       </c>
       <c r="J484" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K484" t="s">
-        <v>25</v>
+        <v>506</v>
       </c>
       <c r="L484" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M484" t="s">
-        <v>27</v>
+        <v>508</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
-        <v>4451</v>
+        <v>4461</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65008</v>
+        <v>58218</v>
       </c>
       <c r="B485" t="s">
-        <v>4452</v>
+        <v>4462</v>
       </c>
       <c r="C485" t="s">
-        <v>4453</v>
+        <v>4463</v>
       </c>
       <c r="D485" t="s">
-        <v>4454</v>
+        <v>4464</v>
       </c>
       <c r="E485" t="s">
-        <v>4455</v>
+        <v>4465</v>
       </c>
       <c r="F485" t="s">
-        <v>4456</v>
+        <v>4466</v>
       </c>
       <c r="G485" t="s">
-        <v>4457</v>
+        <v>4467</v>
       </c>
       <c r="H485" t="s">
-        <v>4458</v>
+        <v>4468</v>
       </c>
       <c r="I485" t="s">
-        <v>4459</v>
+        <v>4469</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
-        <v>4460</v>
+        <v>4470</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65009</v>
+        <v>58223</v>
       </c>
       <c r="B486" t="s">
-        <v>4461</v>
+        <v>4471</v>
       </c>
       <c r="C486" t="s">
-        <v>4462</v>
+        <v>4472</v>
       </c>
       <c r="D486" t="s">
-        <v>4463</v>
+        <v>4473</v>
       </c>
       <c r="E486" t="s">
-        <v>4464</v>
+        <v>4474</v>
       </c>
       <c r="F486" t="s">
-        <v>4465</v>
+        <v>4475</v>
       </c>
       <c r="G486" t="s">
-        <v>4466</v>
+        <v>4476</v>
       </c>
       <c r="H486" t="s">
-        <v>4467</v>
+        <v>4477</v>
       </c>
       <c r="I486" t="s">
-        <v>4468</v>
+        <v>4478</v>
       </c>
       <c r="J486" t="s">
         <v>24</v>
       </c>
       <c r="K486" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N486" t="s">
         <v>28</v>
       </c>
       <c r="O486" t="s">
-        <v>4469</v>
+        <v>4479</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65010</v>
+        <v>58259</v>
       </c>
       <c r="B487" t="s">
-        <v>4470</v>
+        <v>4480</v>
       </c>
       <c r="C487" t="s">
-        <v>4471</v>
+        <v>4481</v>
       </c>
       <c r="D487" t="s">
-        <v>4472</v>
+        <v>4482</v>
       </c>
       <c r="E487" t="s">
-        <v>4473</v>
+        <v>4483</v>
       </c>
       <c r="F487" t="s">
-        <v>4474</v>
+        <v>4484</v>
       </c>
       <c r="G487" t="s">
-        <v>4475</v>
+        <v>4485</v>
       </c>
       <c r="H487" t="s">
-        <v>4476</v>
+        <v>4486</v>
       </c>
       <c r="I487" t="s">
-        <v>4477</v>
+        <v>4487</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
-        <v>25</v>
+        <v>4488</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
-        <v>27</v>
+        <v>4489</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
-        <v>4478</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65011</v>
+        <v>64597</v>
       </c>
       <c r="B488" t="s">
-        <v>4479</v>
+        <v>4491</v>
       </c>
       <c r="C488" t="s">
-        <v>4480</v>
+        <v>4492</v>
       </c>
       <c r="D488" t="s">
-        <v>4481</v>
+        <v>4493</v>
       </c>
       <c r="E488" t="s">
-        <v>4482</v>
+        <v>4494</v>
       </c>
       <c r="F488" t="s">
-        <v>4483</v>
+        <v>4495</v>
       </c>
       <c r="G488" t="s">
-        <v>4484</v>
+        <v>4496</v>
       </c>
       <c r="H488" t="s">
-        <v>4485</v>
+        <v>4497</v>
       </c>
       <c r="I488" t="s">
-        <v>4486</v>
+        <v>4498</v>
       </c>
       <c r="J488" t="s">
         <v>24</v>
       </c>
       <c r="K488" t="s">
-        <v>170</v>
+        <v>1218</v>
       </c>
       <c r="L488" t="s">
         <v>26</v>
       </c>
       <c r="M488" t="s">
-        <v>171</v>
+        <v>1219</v>
       </c>
       <c r="N488" t="s">
         <v>28</v>
       </c>
       <c r="O488" t="s">
-        <v>4487</v>
+        <v>4499</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65012</v>
+        <v>64637</v>
       </c>
       <c r="B489" t="s">
-        <v>4488</v>
+        <v>4500</v>
       </c>
       <c r="C489" t="s">
-        <v>4489</v>
+        <v>4501</v>
       </c>
       <c r="D489" t="s">
-        <v>4490</v>
+        <v>4502</v>
       </c>
       <c r="E489" t="s">
-        <v>4491</v>
+        <v>4503</v>
       </c>
       <c r="F489" t="s">
-        <v>4492</v>
+        <v>4504</v>
       </c>
       <c r="G489" t="s">
-        <v>4493</v>
+        <v>4505</v>
       </c>
       <c r="H489" t="s">
-        <v>4494</v>
+        <v>4506</v>
       </c>
       <c r="I489" t="s">
-        <v>4495</v>
+        <v>4507</v>
       </c>
       <c r="J489" t="s">
         <v>24</v>
       </c>
       <c r="K489" t="s">
-        <v>4496</v>
+        <v>47</v>
       </c>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489" t="s">
-        <v>4497</v>
+        <v>48</v>
       </c>
       <c r="N489" t="s">
         <v>28</v>
       </c>
       <c r="O489" t="s">
-        <v>4498</v>
+        <v>4508</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65013</v>
+        <v>64643</v>
       </c>
       <c r="B490" t="s">
-        <v>4499</v>
+        <v>4509</v>
       </c>
       <c r="C490" t="s">
-        <v>4500</v>
+        <v>4510</v>
       </c>
       <c r="D490" t="s">
-        <v>4501</v>
+        <v>4511</v>
       </c>
       <c r="E490" t="s">
-        <v>4502</v>
+        <v>4512</v>
       </c>
       <c r="F490" t="s">
-        <v>4503</v>
+        <v>4513</v>
       </c>
       <c r="G490" t="s">
-        <v>4504</v>
+        <v>4514</v>
       </c>
       <c r="H490" t="s">
-        <v>4505</v>
+        <v>4515</v>
       </c>
       <c r="I490" t="s">
-        <v>4506</v>
+        <v>4516</v>
       </c>
       <c r="J490" t="s">
         <v>24</v>
       </c>
       <c r="K490" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L490" t="s">
         <v>26</v>
       </c>
       <c r="M490" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N490" t="s">
         <v>28</v>
       </c>
       <c r="O490" t="s">
-        <v>4507</v>
+        <v>4517</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65014</v>
+        <v>64689</v>
       </c>
       <c r="B491" t="s">
-        <v>4508</v>
+        <v>4518</v>
       </c>
       <c r="C491" t="s">
-        <v>4509</v>
+        <v>4519</v>
       </c>
       <c r="D491" t="s">
-        <v>4510</v>
+        <v>4520</v>
       </c>
       <c r="E491" t="s">
-        <v>4511</v>
+        <v>4521</v>
       </c>
       <c r="F491" t="s">
-        <v>4512</v>
+        <v>4522</v>
       </c>
       <c r="G491" t="s">
-        <v>4513</v>
+        <v>4523</v>
       </c>
       <c r="H491" t="s">
-        <v>4514</v>
+        <v>4524</v>
       </c>
       <c r="I491" t="s">
-        <v>4515</v>
+        <v>4525</v>
       </c>
       <c r="J491" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K491" t="s">
-        <v>689</v>
+        <v>59</v>
       </c>
       <c r="L491" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M491" t="s">
-        <v>690</v>
+        <v>61</v>
       </c>
       <c r="N491" t="s">
         <v>28</v>
       </c>
       <c r="O491" t="s">
-        <v>4516</v>
+        <v>4526</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65015</v>
+        <v>65000</v>
       </c>
       <c r="B492" t="s">
-        <v>4517</v>
+        <v>4527</v>
       </c>
       <c r="C492" t="s">
-        <v>4518</v>
+        <v>4528</v>
       </c>
       <c r="D492" t="s">
-        <v>4519</v>
+        <v>4529</v>
       </c>
       <c r="E492" t="s">
-        <v>4520</v>
+        <v>4530</v>
       </c>
       <c r="F492" t="s">
-        <v>4521</v>
+        <v>4531</v>
       </c>
       <c r="G492" t="s">
-        <v>4522</v>
+        <v>4532</v>
       </c>
       <c r="H492" t="s">
-        <v>4523</v>
+        <v>4533</v>
       </c>
       <c r="I492" t="s">
-        <v>4524</v>
+        <v>4534</v>
       </c>
       <c r="J492" t="s">
         <v>24</v>
       </c>
       <c r="K492" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L492" t="s">
         <v>26</v>
       </c>
       <c r="M492" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N492" t="s">
         <v>28</v>
       </c>
       <c r="O492" t="s">
-        <v>4525</v>
+        <v>4535</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65016</v>
+        <v>65001</v>
       </c>
       <c r="B493" t="s">
-        <v>4526</v>
+        <v>4536</v>
       </c>
       <c r="C493" t="s">
-        <v>4527</v>
+        <v>4537</v>
       </c>
       <c r="D493" t="s">
-        <v>4528</v>
+        <v>4538</v>
       </c>
       <c r="E493" t="s">
-        <v>4529</v>
+        <v>4539</v>
       </c>
       <c r="F493" t="s">
-        <v>4530</v>
+        <v>4540</v>
       </c>
       <c r="G493" t="s">
-        <v>4531</v>
+        <v>4541</v>
       </c>
       <c r="H493" t="s">
-        <v>4532</v>
+        <v>4542</v>
       </c>
       <c r="I493" t="s">
-        <v>4533</v>
+        <v>4543</v>
       </c>
       <c r="J493" t="s">
         <v>24</v>
       </c>
       <c r="K493" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L493" t="s">
         <v>26</v>
       </c>
       <c r="M493" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N493" t="s">
         <v>28</v>
       </c>
       <c r="O493" t="s">
-        <v>4534</v>
+        <v>4544</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65017</v>
+        <v>65002</v>
       </c>
       <c r="B494" t="s">
-        <v>4535</v>
+        <v>4545</v>
       </c>
       <c r="C494" t="s">
-        <v>4536</v>
+        <v>4546</v>
       </c>
       <c r="D494" t="s">
-        <v>4537</v>
+        <v>4547</v>
       </c>
       <c r="E494" t="s">
-        <v>4538</v>
+        <v>4548</v>
       </c>
       <c r="F494" t="s">
-        <v>4539</v>
+        <v>4549</v>
       </c>
       <c r="G494" t="s">
-        <v>4540</v>
+        <v>4550</v>
       </c>
       <c r="H494" t="s">
-        <v>4541</v>
+        <v>4551</v>
       </c>
       <c r="I494" t="s">
-        <v>4542</v>
+        <v>4552</v>
       </c>
       <c r="J494" t="s">
         <v>24</v>
       </c>
       <c r="K494" t="s">
-        <v>4543</v>
+        <v>25</v>
       </c>
       <c r="L494" t="s">
         <v>26</v>
       </c>
       <c r="M494" t="s">
-        <v>4544</v>
+        <v>27</v>
       </c>
       <c r="N494" t="s">
         <v>28</v>
       </c>
       <c r="O494" t="s">
-        <v>4545</v>
+        <v>4553</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>65018</v>
+        <v>65003</v>
       </c>
       <c r="B495" t="s">
-        <v>4546</v>
+        <v>4554</v>
       </c>
       <c r="C495" t="s">
-        <v>4547</v>
+        <v>4555</v>
       </c>
       <c r="D495" t="s">
-        <v>4548</v>
+        <v>4556</v>
       </c>
       <c r="E495" t="s">
-        <v>4549</v>
+        <v>4557</v>
       </c>
       <c r="F495" t="s">
-        <v>4550</v>
+        <v>4558</v>
       </c>
       <c r="G495" t="s">
-        <v>4551</v>
+        <v>4559</v>
       </c>
       <c r="H495" t="s">
-        <v>4552</v>
+        <v>4560</v>
       </c>
       <c r="I495" t="s">
-        <v>4553</v>
+        <v>4561</v>
       </c>
       <c r="J495" t="s">
         <v>24</v>
       </c>
       <c r="K495" t="s">
-        <v>4554</v>
+        <v>205</v>
       </c>
       <c r="L495" t="s">
         <v>26</v>
       </c>
       <c r="M495" t="s">
-        <v>4555</v>
+        <v>206</v>
       </c>
       <c r="N495" t="s">
         <v>28</v>
       </c>
       <c r="O495" t="s">
-        <v>4556</v>
+        <v>4562</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>65019</v>
+        <v>65004</v>
       </c>
       <c r="B496" t="s">
-        <v>4557</v>
+        <v>4563</v>
       </c>
       <c r="C496" t="s">
-        <v>4558</v>
+        <v>4564</v>
       </c>
       <c r="D496" t="s">
-        <v>4559</v>
+        <v>4565</v>
       </c>
       <c r="E496" t="s">
-        <v>4560</v>
+        <v>4566</v>
       </c>
       <c r="F496" t="s">
-        <v>4561</v>
+        <v>4567</v>
       </c>
       <c r="G496" t="s">
-        <v>4562</v>
+        <v>4568</v>
       </c>
       <c r="H496" t="s">
-        <v>4563</v>
+        <v>4569</v>
       </c>
       <c r="I496" t="s">
-        <v>4564</v>
+        <v>4570</v>
       </c>
       <c r="J496" t="s">
         <v>24</v>
       </c>
       <c r="K496" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L496" t="s">
         <v>26</v>
       </c>
       <c r="M496" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N496" t="s">
         <v>28</v>
       </c>
       <c r="O496" t="s">
-        <v>4565</v>
+        <v>4571</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>65020</v>
+        <v>65005</v>
       </c>
       <c r="B497" t="s">
-        <v>4566</v>
+        <v>4572</v>
       </c>
       <c r="C497" t="s">
-        <v>4567</v>
+        <v>4573</v>
       </c>
       <c r="D497" t="s">
-        <v>4568</v>
+        <v>4574</v>
       </c>
       <c r="E497" t="s">
-        <v>4569</v>
+        <v>4575</v>
       </c>
       <c r="F497" t="s">
-        <v>4570</v>
+        <v>4576</v>
       </c>
       <c r="G497" t="s">
-        <v>4571</v>
+        <v>4577</v>
       </c>
       <c r="H497" t="s">
-        <v>4572</v>
+        <v>4578</v>
       </c>
       <c r="I497" t="s">
-        <v>4573</v>
+        <v>4579</v>
       </c>
       <c r="J497" t="s">
         <v>24</v>
       </c>
       <c r="K497" t="s">
-        <v>4574</v>
+        <v>2914</v>
       </c>
       <c r="L497" t="s">
         <v>26</v>
       </c>
       <c r="M497" t="s">
-        <v>4575</v>
+        <v>2915</v>
       </c>
       <c r="N497" t="s">
         <v>28</v>
       </c>
       <c r="O497" t="s">
-        <v>4576</v>
+        <v>4580</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>65021</v>
+        <v>65006</v>
       </c>
       <c r="B498" t="s">
-        <v>4577</v>
+        <v>4581</v>
       </c>
       <c r="C498" t="s">
-        <v>4578</v>
+        <v>4582</v>
       </c>
       <c r="D498" t="s">
-        <v>4579</v>
+        <v>4583</v>
       </c>
       <c r="E498" t="s">
-        <v>4580</v>
+        <v>4584</v>
       </c>
       <c r="F498" t="s">
-        <v>4581</v>
+        <v>4585</v>
       </c>
       <c r="G498" t="s">
-        <v>4582</v>
+        <v>4586</v>
       </c>
       <c r="H498" t="s">
-        <v>4583</v>
+        <v>4587</v>
       </c>
       <c r="I498" t="s">
-        <v>4584</v>
+        <v>4588</v>
       </c>
       <c r="J498" t="s">
         <v>24</v>
       </c>
       <c r="K498" t="s">
-        <v>25</v>
+        <v>4589</v>
       </c>
       <c r="L498" t="s">
         <v>26</v>
       </c>
       <c r="M498" t="s">
-        <v>27</v>
+        <v>4590</v>
       </c>
       <c r="N498" t="s">
         <v>28</v>
       </c>
       <c r="O498" t="s">
-        <v>4585</v>
+        <v>4591</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>65022</v>
+        <v>65007</v>
       </c>
       <c r="B499" t="s">
-        <v>4586</v>
+        <v>4592</v>
       </c>
       <c r="C499" t="s">
-        <v>4587</v>
+        <v>4593</v>
       </c>
       <c r="D499" t="s">
-        <v>4588</v>
+        <v>4594</v>
       </c>
       <c r="E499" t="s">
-        <v>4589</v>
+        <v>4595</v>
       </c>
       <c r="F499" t="s">
-        <v>4590</v>
+        <v>4596</v>
       </c>
       <c r="G499" t="s">
-        <v>4591</v>
+        <v>4597</v>
       </c>
       <c r="H499" t="s">
-        <v>4592</v>
+        <v>4598</v>
       </c>
       <c r="I499" t="s">
-        <v>4593</v>
+        <v>4599</v>
       </c>
       <c r="J499" t="s">
         <v>24</v>
       </c>
       <c r="K499" t="s">
         <v>25</v>
       </c>
       <c r="L499" t="s">
         <v>26</v>
       </c>
       <c r="M499" t="s">
         <v>27</v>
       </c>
       <c r="N499" t="s">
         <v>28</v>
       </c>
       <c r="O499" t="s">
-        <v>4594</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>65023</v>
+        <v>65008</v>
       </c>
       <c r="B500" t="s">
-        <v>4595</v>
+        <v>4601</v>
       </c>
       <c r="C500" t="s">
-        <v>4596</v>
+        <v>4602</v>
       </c>
       <c r="D500" t="s">
-        <v>4597</v>
+        <v>4603</v>
       </c>
       <c r="E500" t="s">
-        <v>4598</v>
+        <v>4604</v>
       </c>
       <c r="F500" t="s">
-        <v>4599</v>
+        <v>4605</v>
       </c>
       <c r="G500" t="s">
-        <v>4600</v>
+        <v>4606</v>
       </c>
       <c r="H500" t="s">
-        <v>4601</v>
+        <v>4607</v>
       </c>
       <c r="I500" t="s">
-        <v>4602</v>
+        <v>4608</v>
       </c>
       <c r="J500" t="s">
         <v>24</v>
       </c>
       <c r="K500" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L500" t="s">
         <v>26</v>
       </c>
       <c r="M500" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N500" t="s">
         <v>28</v>
       </c>
       <c r="O500" t="s">
-        <v>4603</v>
+        <v>4609</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>65025</v>
+        <v>65009</v>
       </c>
       <c r="B501" t="s">
-        <v>4604</v>
+        <v>4610</v>
       </c>
       <c r="C501" t="s">
-        <v>4605</v>
+        <v>4611</v>
       </c>
       <c r="D501" t="s">
-        <v>4606</v>
+        <v>4612</v>
       </c>
       <c r="E501" t="s">
-        <v>4607</v>
+        <v>4613</v>
       </c>
       <c r="F501" t="s">
-        <v>4608</v>
+        <v>4614</v>
       </c>
       <c r="G501" t="s">
-        <v>4609</v>
+        <v>4615</v>
       </c>
       <c r="H501" t="s">
-        <v>4610</v>
+        <v>4616</v>
       </c>
       <c r="I501" t="s">
-        <v>4611</v>
+        <v>4617</v>
       </c>
       <c r="J501" t="s">
         <v>24</v>
       </c>
       <c r="K501" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L501" t="s">
         <v>26</v>
       </c>
       <c r="M501" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N501" t="s">
         <v>28</v>
       </c>
       <c r="O501" t="s">
-        <v>4612</v>
+        <v>4618</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>65026</v>
+        <v>65010</v>
       </c>
       <c r="B502" t="s">
-        <v>4613</v>
+        <v>4619</v>
       </c>
       <c r="C502" t="s">
-        <v>4614</v>
+        <v>4620</v>
       </c>
       <c r="D502" t="s">
-        <v>4615</v>
+        <v>4621</v>
       </c>
       <c r="E502" t="s">
-        <v>4616</v>
+        <v>4622</v>
       </c>
       <c r="F502" t="s">
-        <v>4617</v>
+        <v>4623</v>
       </c>
       <c r="G502" t="s">
-        <v>4618</v>
+        <v>4624</v>
       </c>
       <c r="H502" t="s">
-        <v>4619</v>
+        <v>4625</v>
       </c>
       <c r="I502" t="s">
-        <v>4620</v>
+        <v>4626</v>
       </c>
       <c r="J502" t="s">
         <v>24</v>
       </c>
       <c r="K502" t="s">
         <v>25</v>
       </c>
       <c r="L502" t="s">
         <v>26</v>
       </c>
       <c r="M502" t="s">
         <v>27</v>
       </c>
       <c r="N502" t="s">
         <v>28</v>
       </c>
       <c r="O502" t="s">
-        <v>4621</v>
+        <v>4627</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>65027</v>
+        <v>65011</v>
       </c>
       <c r="B503" t="s">
-        <v>4622</v>
+        <v>4628</v>
       </c>
       <c r="C503" t="s">
-        <v>4623</v>
+        <v>4629</v>
       </c>
       <c r="D503" t="s">
-        <v>4624</v>
+        <v>4630</v>
       </c>
       <c r="E503" t="s">
-        <v>4625</v>
+        <v>4631</v>
       </c>
       <c r="F503" t="s">
-        <v>4626</v>
+        <v>4632</v>
       </c>
       <c r="G503" t="s">
-        <v>4627</v>
+        <v>4633</v>
       </c>
       <c r="H503" t="s">
-        <v>4628</v>
+        <v>4634</v>
       </c>
       <c r="I503" t="s">
-        <v>4629</v>
+        <v>4635</v>
       </c>
       <c r="J503" t="s">
         <v>24</v>
       </c>
       <c r="K503" t="s">
-        <v>689</v>
+        <v>205</v>
       </c>
       <c r="L503" t="s">
         <v>26</v>
       </c>
       <c r="M503" t="s">
-        <v>690</v>
+        <v>206</v>
       </c>
       <c r="N503" t="s">
         <v>28</v>
       </c>
       <c r="O503" t="s">
-        <v>4630</v>
+        <v>4636</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>65028</v>
+        <v>65012</v>
       </c>
       <c r="B504" t="s">
-        <v>4631</v>
+        <v>4637</v>
       </c>
       <c r="C504" t="s">
-        <v>4632</v>
+        <v>4638</v>
       </c>
       <c r="D504" t="s">
-        <v>4633</v>
+        <v>4639</v>
       </c>
       <c r="E504" t="s">
-        <v>4634</v>
+        <v>4640</v>
       </c>
       <c r="F504" t="s">
-        <v>4635</v>
+        <v>4641</v>
       </c>
       <c r="G504" t="s">
-        <v>4636</v>
+        <v>4642</v>
       </c>
       <c r="H504" t="s">
-        <v>4637</v>
+        <v>4643</v>
       </c>
       <c r="I504" t="s">
-        <v>4638</v>
+        <v>4644</v>
       </c>
       <c r="J504" t="s">
         <v>24</v>
       </c>
       <c r="K504" t="s">
-        <v>25</v>
+        <v>4645</v>
       </c>
       <c r="L504" t="s">
         <v>26</v>
       </c>
       <c r="M504" t="s">
-        <v>27</v>
+        <v>4646</v>
       </c>
       <c r="N504" t="s">
         <v>28</v>
       </c>
       <c r="O504" t="s">
-        <v>4639</v>
+        <v>4647</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>65030</v>
+        <v>65013</v>
       </c>
       <c r="B505" t="s">
-        <v>4640</v>
+        <v>4648</v>
       </c>
       <c r="C505" t="s">
-        <v>4641</v>
+        <v>4649</v>
       </c>
       <c r="D505" t="s">
-        <v>4642</v>
+        <v>4650</v>
       </c>
       <c r="E505" t="s">
-        <v>4643</v>
+        <v>4651</v>
       </c>
       <c r="F505" t="s">
-        <v>4644</v>
+        <v>4652</v>
       </c>
       <c r="G505" t="s">
-        <v>4645</v>
+        <v>4653</v>
       </c>
       <c r="H505" t="s">
-        <v>4646</v>
+        <v>4654</v>
       </c>
       <c r="I505" t="s">
-        <v>4647</v>
+        <v>4655</v>
       </c>
       <c r="J505" t="s">
         <v>24</v>
       </c>
       <c r="K505" t="s">
         <v>25</v>
       </c>
       <c r="L505" t="s">
         <v>26</v>
       </c>
       <c r="M505" t="s">
         <v>27</v>
       </c>
       <c r="N505" t="s">
         <v>28</v>
       </c>
       <c r="O505" t="s">
-        <v>4648</v>
+        <v>4656</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>65031</v>
+        <v>65014</v>
       </c>
       <c r="B506" t="s">
-        <v>4649</v>
+        <v>4657</v>
       </c>
       <c r="C506" t="s">
-        <v>4650</v>
+        <v>4658</v>
       </c>
       <c r="D506" t="s">
-        <v>4651</v>
+        <v>4659</v>
       </c>
       <c r="E506" t="s">
-        <v>4652</v>
+        <v>4660</v>
       </c>
       <c r="F506" t="s">
-        <v>4653</v>
+        <v>4661</v>
       </c>
       <c r="G506" t="s">
-        <v>4654</v>
+        <v>4662</v>
       </c>
       <c r="H506" t="s">
-        <v>4655</v>
+        <v>4663</v>
       </c>
       <c r="I506" t="s">
-        <v>4656</v>
+        <v>4664</v>
       </c>
       <c r="J506" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K506" t="s">
-        <v>25</v>
+        <v>772</v>
       </c>
       <c r="L506" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M506" t="s">
-        <v>27</v>
+        <v>773</v>
       </c>
       <c r="N506" t="s">
         <v>28</v>
       </c>
       <c r="O506" t="s">
-        <v>4657</v>
+        <v>4665</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>65032</v>
+        <v>65015</v>
       </c>
       <c r="B507" t="s">
-        <v>4658</v>
+        <v>4666</v>
       </c>
       <c r="C507" t="s">
-        <v>4659</v>
+        <v>4667</v>
       </c>
       <c r="D507" t="s">
-        <v>4660</v>
+        <v>4668</v>
       </c>
       <c r="E507" t="s">
-        <v>4661</v>
+        <v>4669</v>
       </c>
       <c r="F507" t="s">
-        <v>4662</v>
+        <v>4670</v>
       </c>
       <c r="G507" t="s">
-        <v>4663</v>
+        <v>4671</v>
       </c>
       <c r="H507" t="s">
-        <v>4664</v>
+        <v>4672</v>
       </c>
       <c r="I507" t="s">
-        <v>4665</v>
+        <v>4673</v>
       </c>
       <c r="J507" t="s">
         <v>24</v>
       </c>
       <c r="K507" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L507" t="s">
         <v>26</v>
       </c>
       <c r="M507" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N507" t="s">
         <v>28</v>
       </c>
       <c r="O507" t="s">
-        <v>4666</v>
+        <v>4674</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>65033</v>
+        <v>65016</v>
       </c>
       <c r="B508" t="s">
-        <v>4667</v>
+        <v>4675</v>
       </c>
       <c r="C508" t="s">
-        <v>4668</v>
+        <v>4676</v>
       </c>
       <c r="D508" t="s">
-        <v>4669</v>
+        <v>4677</v>
       </c>
       <c r="E508" t="s">
-        <v>4670</v>
+        <v>4678</v>
       </c>
       <c r="F508" t="s">
-        <v>4671</v>
+        <v>4679</v>
       </c>
       <c r="G508" t="s">
-        <v>4672</v>
+        <v>4680</v>
       </c>
       <c r="H508" t="s">
-        <v>4673</v>
+        <v>4681</v>
       </c>
       <c r="I508" t="s">
-        <v>4674</v>
+        <v>4682</v>
       </c>
       <c r="J508" t="s">
         <v>24</v>
       </c>
       <c r="K508" t="s">
-        <v>4675</v>
+        <v>25</v>
       </c>
       <c r="L508" t="s">
         <v>26</v>
       </c>
       <c r="M508" t="s">
-        <v>4676</v>
+        <v>27</v>
       </c>
       <c r="N508" t="s">
         <v>28</v>
       </c>
       <c r="O508" t="s">
-        <v>4677</v>
+        <v>4683</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>65034</v>
+        <v>65017</v>
       </c>
       <c r="B509" t="s">
-        <v>4678</v>
+        <v>4684</v>
       </c>
       <c r="C509" t="s">
-        <v>4679</v>
+        <v>4685</v>
       </c>
       <c r="D509" t="s">
-        <v>4680</v>
+        <v>4686</v>
       </c>
       <c r="E509" t="s">
-        <v>4681</v>
+        <v>4687</v>
       </c>
       <c r="F509" t="s">
-        <v>4682</v>
+        <v>4688</v>
       </c>
       <c r="G509" t="s">
-        <v>4683</v>
+        <v>4689</v>
       </c>
       <c r="H509" t="s">
-        <v>4684</v>
+        <v>4690</v>
       </c>
       <c r="I509" t="s">
-        <v>4685</v>
+        <v>4691</v>
       </c>
       <c r="J509" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K509" t="s">
-        <v>579</v>
+        <v>4692</v>
       </c>
       <c r="L509" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M509" t="s">
-        <v>580</v>
+        <v>4693</v>
       </c>
       <c r="N509" t="s">
         <v>28</v>
       </c>
       <c r="O509" t="s">
-        <v>4686</v>
+        <v>4694</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>65035</v>
+        <v>65018</v>
       </c>
       <c r="B510" t="s">
-        <v>4687</v>
+        <v>4695</v>
       </c>
       <c r="C510" t="s">
-        <v>4688</v>
+        <v>4696</v>
       </c>
       <c r="D510" t="s">
-        <v>4689</v>
+        <v>4697</v>
       </c>
       <c r="E510" t="s">
-        <v>4690</v>
+        <v>4698</v>
       </c>
       <c r="F510" t="s">
-        <v>4691</v>
+        <v>4699</v>
       </c>
       <c r="G510" t="s">
-        <v>4692</v>
+        <v>4700</v>
       </c>
       <c r="H510" t="s">
-        <v>4693</v>
+        <v>4701</v>
       </c>
       <c r="I510" t="s">
-        <v>4694</v>
+        <v>4702</v>
       </c>
       <c r="J510" t="s">
         <v>24</v>
       </c>
       <c r="K510" t="s">
-        <v>25</v>
+        <v>4703</v>
       </c>
       <c r="L510" t="s">
         <v>26</v>
       </c>
       <c r="M510" t="s">
-        <v>27</v>
+        <v>4704</v>
       </c>
       <c r="N510" t="s">
         <v>28</v>
       </c>
       <c r="O510" t="s">
-        <v>4695</v>
+        <v>4705</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>65036</v>
+        <v>65019</v>
       </c>
       <c r="B511" t="s">
-        <v>4696</v>
+        <v>4706</v>
       </c>
       <c r="C511" t="s">
-        <v>4697</v>
+        <v>4707</v>
       </c>
       <c r="D511" t="s">
-        <v>4698</v>
+        <v>4708</v>
       </c>
       <c r="E511" t="s">
-        <v>4699</v>
+        <v>4709</v>
       </c>
       <c r="F511" t="s">
-        <v>4700</v>
+        <v>4710</v>
       </c>
       <c r="G511" t="s">
-        <v>4701</v>
+        <v>4711</v>
       </c>
       <c r="H511" t="s">
-        <v>4702</v>
+        <v>4712</v>
       </c>
       <c r="I511" t="s">
-        <v>4703</v>
+        <v>4713</v>
       </c>
       <c r="J511" t="s">
         <v>24</v>
       </c>
       <c r="K511" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L511" t="s">
         <v>26</v>
       </c>
       <c r="M511" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N511" t="s">
         <v>28</v>
       </c>
       <c r="O511" t="s">
-        <v>4704</v>
+        <v>4714</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>65037</v>
+        <v>65020</v>
       </c>
       <c r="B512" t="s">
-        <v>4705</v>
+        <v>4715</v>
       </c>
       <c r="C512" t="s">
-        <v>4706</v>
+        <v>4716</v>
       </c>
       <c r="D512" t="s">
-        <v>4707</v>
+        <v>4717</v>
       </c>
       <c r="E512" t="s">
-        <v>4708</v>
+        <v>4718</v>
       </c>
       <c r="F512" t="s">
-        <v>4709</v>
+        <v>4719</v>
       </c>
       <c r="G512" t="s">
-        <v>4710</v>
+        <v>4720</v>
       </c>
       <c r="H512" t="s">
-        <v>4711</v>
+        <v>4721</v>
       </c>
       <c r="I512" t="s">
-        <v>4712</v>
+        <v>4722</v>
       </c>
       <c r="J512" t="s">
         <v>24</v>
       </c>
       <c r="K512" t="s">
-        <v>25</v>
+        <v>4723</v>
       </c>
       <c r="L512" t="s">
         <v>26</v>
       </c>
       <c r="M512" t="s">
-        <v>27</v>
+        <v>4724</v>
       </c>
       <c r="N512" t="s">
         <v>28</v>
       </c>
       <c r="O512" t="s">
-        <v>4713</v>
+        <v>4725</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>65038</v>
+        <v>65021</v>
       </c>
       <c r="B513" t="s">
-        <v>4714</v>
+        <v>4726</v>
       </c>
       <c r="C513" t="s">
-        <v>4715</v>
+        <v>4727</v>
       </c>
       <c r="D513" t="s">
-        <v>4716</v>
+        <v>4728</v>
       </c>
       <c r="E513" t="s">
-        <v>4717</v>
+        <v>4729</v>
       </c>
       <c r="F513" t="s">
-        <v>4718</v>
+        <v>4730</v>
       </c>
       <c r="G513" t="s">
-        <v>4719</v>
+        <v>4731</v>
       </c>
       <c r="H513" t="s">
-        <v>4720</v>
+        <v>4732</v>
       </c>
       <c r="I513" t="s">
-        <v>4721</v>
+        <v>4733</v>
       </c>
       <c r="J513" t="s">
         <v>24</v>
       </c>
       <c r="K513" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L513" t="s">
         <v>26</v>
       </c>
       <c r="M513" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N513" t="s">
         <v>28</v>
       </c>
       <c r="O513" t="s">
-        <v>4722</v>
+        <v>4734</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>65039</v>
+        <v>65022</v>
       </c>
       <c r="B514" t="s">
-        <v>4723</v>
+        <v>4735</v>
       </c>
       <c r="C514" t="s">
-        <v>4724</v>
+        <v>4736</v>
       </c>
       <c r="D514" t="s">
-        <v>4725</v>
+        <v>4737</v>
       </c>
       <c r="E514" t="s">
-        <v>4726</v>
+        <v>4738</v>
       </c>
       <c r="F514" t="s">
-        <v>4727</v>
+        <v>4739</v>
       </c>
       <c r="G514" t="s">
-        <v>4728</v>
+        <v>4740</v>
       </c>
       <c r="H514" t="s">
-        <v>4729</v>
+        <v>4741</v>
       </c>
       <c r="I514" t="s">
-        <v>4730</v>
+        <v>4742</v>
       </c>
       <c r="J514" t="s">
         <v>24</v>
       </c>
       <c r="K514" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L514" t="s">
         <v>26</v>
       </c>
       <c r="M514" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N514" t="s">
         <v>28</v>
       </c>
       <c r="O514" t="s">
-        <v>4731</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>65040</v>
+        <v>65023</v>
       </c>
       <c r="B515" t="s">
-        <v>4732</v>
+        <v>4744</v>
       </c>
       <c r="C515" t="s">
-        <v>4733</v>
+        <v>4745</v>
       </c>
       <c r="D515" t="s">
-        <v>4734</v>
+        <v>4746</v>
       </c>
       <c r="E515" t="s">
-        <v>4735</v>
+        <v>4747</v>
       </c>
       <c r="F515" t="s">
-        <v>4736</v>
+        <v>4748</v>
       </c>
       <c r="G515" t="s">
-        <v>4737</v>
+        <v>4749</v>
       </c>
       <c r="H515" t="s">
-        <v>4738</v>
+        <v>4750</v>
       </c>
       <c r="I515" t="s">
-        <v>4739</v>
+        <v>4751</v>
       </c>
       <c r="J515" t="s">
         <v>24</v>
       </c>
       <c r="K515" t="s">
-        <v>1476</v>
+        <v>25</v>
       </c>
       <c r="L515" t="s">
         <v>26</v>
       </c>
       <c r="M515" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="N515" t="s">
         <v>28</v>
       </c>
       <c r="O515" t="s">
-        <v>4740</v>
+        <v>4752</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>65043</v>
+        <v>65025</v>
       </c>
       <c r="B516" t="s">
-        <v>4741</v>
+        <v>4753</v>
       </c>
       <c r="C516" t="s">
-        <v>4742</v>
+        <v>4754</v>
       </c>
       <c r="D516" t="s">
-        <v>4743</v>
+        <v>4755</v>
       </c>
       <c r="E516" t="s">
-        <v>4744</v>
+        <v>4756</v>
       </c>
       <c r="F516" t="s">
-        <v>4745</v>
+        <v>4757</v>
       </c>
       <c r="G516" t="s">
-        <v>4746</v>
+        <v>4758</v>
       </c>
       <c r="H516" t="s">
-        <v>4747</v>
+        <v>4759</v>
       </c>
       <c r="I516" t="s">
-        <v>4748</v>
+        <v>4760</v>
       </c>
       <c r="J516" t="s">
         <v>24</v>
       </c>
       <c r="K516" t="s">
         <v>25</v>
       </c>
       <c r="L516" t="s">
         <v>26</v>
       </c>
       <c r="M516" t="s">
         <v>27</v>
       </c>
       <c r="N516" t="s">
         <v>28</v>
       </c>
       <c r="O516" t="s">
-        <v>4749</v>
+        <v>4761</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>65044</v>
+        <v>65026</v>
       </c>
       <c r="B517" t="s">
-        <v>4750</v>
+        <v>4762</v>
       </c>
       <c r="C517" t="s">
-        <v>4751</v>
+        <v>4763</v>
       </c>
       <c r="D517" t="s">
-        <v>4752</v>
+        <v>4764</v>
       </c>
       <c r="E517" t="s">
-        <v>4753</v>
+        <v>4765</v>
       </c>
       <c r="F517" t="s">
-        <v>4754</v>
+        <v>4766</v>
       </c>
       <c r="G517" t="s">
-        <v>4755</v>
+        <v>4767</v>
       </c>
       <c r="H517" t="s">
-        <v>4756</v>
+        <v>4768</v>
       </c>
       <c r="I517" t="s">
-        <v>4757</v>
+        <v>4769</v>
       </c>
       <c r="J517" t="s">
         <v>24</v>
       </c>
       <c r="K517" t="s">
         <v>25</v>
       </c>
       <c r="L517" t="s">
         <v>26</v>
       </c>
       <c r="M517" t="s">
         <v>27</v>
       </c>
       <c r="N517" t="s">
         <v>28</v>
       </c>
       <c r="O517" t="s">
-        <v>4758</v>
+        <v>4770</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>65045</v>
+        <v>65027</v>
       </c>
       <c r="B518" t="s">
-        <v>4759</v>
+        <v>4771</v>
       </c>
       <c r="C518" t="s">
-        <v>4760</v>
+        <v>4772</v>
       </c>
       <c r="D518" t="s">
-        <v>4761</v>
+        <v>4773</v>
       </c>
       <c r="E518" t="s">
-        <v>4762</v>
+        <v>4774</v>
       </c>
       <c r="F518" t="s">
-        <v>4763</v>
+        <v>4775</v>
       </c>
       <c r="G518" t="s">
-        <v>4764</v>
+        <v>4776</v>
       </c>
       <c r="H518" t="s">
-        <v>4765</v>
+        <v>4777</v>
       </c>
       <c r="I518" t="s">
-        <v>4766</v>
+        <v>4778</v>
       </c>
       <c r="J518" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="K518" t="s">
-        <v>4767</v>
+        <v>772</v>
       </c>
       <c r="L518" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="M518" t="s">
-        <v>4768</v>
+        <v>773</v>
       </c>
       <c r="N518" t="s">
         <v>28</v>
       </c>
       <c r="O518" t="s">
-        <v>4769</v>
+        <v>4779</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
-        <v>65046</v>
+        <v>65028</v>
       </c>
       <c r="B519" t="s">
-        <v>4770</v>
+        <v>4780</v>
       </c>
       <c r="C519" t="s">
-        <v>4771</v>
+        <v>4781</v>
       </c>
       <c r="D519" t="s">
-        <v>4772</v>
+        <v>4782</v>
       </c>
       <c r="E519" t="s">
-        <v>4773</v>
+        <v>4783</v>
       </c>
       <c r="F519" t="s">
-        <v>4774</v>
+        <v>4784</v>
       </c>
       <c r="G519" t="s">
-        <v>4775</v>
+        <v>4785</v>
       </c>
       <c r="H519" t="s">
-        <v>4776</v>
+        <v>4786</v>
       </c>
       <c r="I519" t="s">
-        <v>4777</v>
+        <v>4787</v>
       </c>
       <c r="J519" t="s">
         <v>24</v>
       </c>
       <c r="K519" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L519" t="s">
         <v>26</v>
       </c>
       <c r="M519" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N519" t="s">
         <v>28</v>
       </c>
       <c r="O519" t="s">
-        <v>4778</v>
+        <v>4788</v>
       </c>
     </row>
     <row r="520" spans="1:15">
       <c r="A520">
-        <v>65047</v>
+        <v>65030</v>
       </c>
       <c r="B520" t="s">
-        <v>4779</v>
+        <v>4789</v>
       </c>
       <c r="C520" t="s">
-        <v>4780</v>
+        <v>4790</v>
       </c>
       <c r="D520" t="s">
-        <v>4781</v>
+        <v>4791</v>
       </c>
       <c r="E520" t="s">
-        <v>4782</v>
+        <v>4792</v>
       </c>
       <c r="F520" t="s">
-        <v>4783</v>
+        <v>4793</v>
       </c>
       <c r="G520" t="s">
-        <v>4784</v>
+        <v>4794</v>
       </c>
       <c r="H520" t="s">
-        <v>4785</v>
+        <v>4795</v>
       </c>
       <c r="I520" t="s">
-        <v>4786</v>
+        <v>4796</v>
       </c>
       <c r="J520" t="s">
         <v>24</v>
       </c>
       <c r="K520" t="s">
-        <v>4767</v>
+        <v>25</v>
       </c>
       <c r="L520" t="s">
         <v>26</v>
       </c>
       <c r="M520" t="s">
-        <v>4768</v>
+        <v>27</v>
       </c>
       <c r="N520" t="s">
         <v>28</v>
       </c>
       <c r="O520" t="s">
-        <v>4787</v>
+        <v>4797</v>
       </c>
     </row>
     <row r="521" spans="1:15">
       <c r="A521">
-        <v>65049</v>
+        <v>65031</v>
       </c>
       <c r="B521" t="s">
-        <v>4788</v>
+        <v>4798</v>
       </c>
       <c r="C521" t="s">
-        <v>4789</v>
+        <v>4799</v>
       </c>
       <c r="D521" t="s">
-        <v>4790</v>
+        <v>4800</v>
       </c>
       <c r="E521" t="s">
-        <v>4791</v>
+        <v>4801</v>
       </c>
       <c r="F521" t="s">
-        <v>4792</v>
+        <v>4802</v>
       </c>
       <c r="G521" t="s">
-        <v>4793</v>
+        <v>4803</v>
       </c>
       <c r="H521" t="s">
-        <v>4794</v>
+        <v>4804</v>
       </c>
       <c r="I521" t="s">
-        <v>4795</v>
+        <v>4805</v>
       </c>
       <c r="J521" t="s">
         <v>24</v>
       </c>
       <c r="K521" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L521" t="s">
         <v>26</v>
       </c>
       <c r="M521" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N521" t="s">
         <v>28</v>
       </c>
       <c r="O521" t="s">
-        <v>4796</v>
+        <v>4806</v>
       </c>
     </row>
     <row r="522" spans="1:15">
       <c r="A522">
-        <v>65050</v>
+        <v>65032</v>
       </c>
       <c r="B522" t="s">
-        <v>4797</v>
+        <v>4807</v>
       </c>
       <c r="C522" t="s">
-        <v>4798</v>
+        <v>4808</v>
       </c>
       <c r="D522" t="s">
-        <v>4799</v>
+        <v>4809</v>
       </c>
       <c r="E522" t="s">
-        <v>4800</v>
+        <v>4810</v>
       </c>
       <c r="F522" t="s">
-        <v>4801</v>
+        <v>4811</v>
       </c>
       <c r="G522" t="s">
-        <v>4802</v>
+        <v>4812</v>
       </c>
       <c r="H522" t="s">
-        <v>4803</v>
+        <v>4813</v>
       </c>
       <c r="I522" t="s">
-        <v>4804</v>
+        <v>4814</v>
       </c>
       <c r="J522" t="s">
         <v>24</v>
       </c>
       <c r="K522" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L522" t="s">
         <v>26</v>
       </c>
       <c r="M522" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N522" t="s">
         <v>28</v>
       </c>
       <c r="O522" t="s">
-        <v>4805</v>
+        <v>4815</v>
       </c>
     </row>
     <row r="523" spans="1:15">
       <c r="A523">
-        <v>65051</v>
+        <v>65033</v>
       </c>
       <c r="B523" t="s">
-        <v>4806</v>
+        <v>4816</v>
       </c>
       <c r="C523" t="s">
-        <v>4807</v>
+        <v>4817</v>
       </c>
       <c r="D523" t="s">
-        <v>4808</v>
+        <v>4818</v>
       </c>
       <c r="E523" t="s">
-        <v>4809</v>
+        <v>4819</v>
       </c>
       <c r="F523" t="s">
-        <v>4810</v>
+        <v>4820</v>
       </c>
       <c r="G523" t="s">
-        <v>4811</v>
+        <v>4821</v>
       </c>
       <c r="H523" t="s">
-        <v>4812</v>
+        <v>4822</v>
       </c>
       <c r="I523" t="s">
-        <v>4813</v>
+        <v>4823</v>
       </c>
       <c r="J523" t="s">
         <v>24</v>
       </c>
       <c r="K523" t="s">
-        <v>745</v>
+        <v>4824</v>
       </c>
       <c r="L523" t="s">
         <v>26</v>
       </c>
       <c r="M523" t="s">
-        <v>746</v>
+        <v>4825</v>
       </c>
       <c r="N523" t="s">
         <v>28</v>
       </c>
       <c r="O523" t="s">
-        <v>4814</v>
+        <v>4826</v>
       </c>
     </row>
     <row r="524" spans="1:15">
       <c r="A524">
-        <v>65053</v>
+        <v>65034</v>
       </c>
       <c r="B524" t="s">
-        <v>4815</v>
+        <v>4827</v>
       </c>
       <c r="C524" t="s">
-        <v>4816</v>
+        <v>4828</v>
       </c>
       <c r="D524" t="s">
-        <v>4817</v>
+        <v>4829</v>
       </c>
       <c r="E524" t="s">
-        <v>4818</v>
+        <v>4830</v>
       </c>
       <c r="F524" t="s">
-        <v>4819</v>
+        <v>4831</v>
       </c>
       <c r="G524" t="s">
-        <v>4820</v>
+        <v>4832</v>
       </c>
       <c r="H524" t="s">
-        <v>4821</v>
+        <v>4833</v>
       </c>
       <c r="I524" t="s">
-        <v>4822</v>
+        <v>4834</v>
       </c>
       <c r="J524" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K524" t="s">
-        <v>170</v>
+        <v>644</v>
       </c>
       <c r="L524" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M524" t="s">
-        <v>171</v>
+        <v>645</v>
       </c>
       <c r="N524" t="s">
         <v>28</v>
       </c>
       <c r="O524" t="s">
-        <v>4823</v>
+        <v>4835</v>
       </c>
     </row>
     <row r="525" spans="1:15">
       <c r="A525">
-        <v>65054</v>
+        <v>65035</v>
       </c>
       <c r="B525" t="s">
-        <v>4824</v>
+        <v>4836</v>
       </c>
       <c r="C525" t="s">
-        <v>4825</v>
+        <v>4837</v>
       </c>
       <c r="D525" t="s">
-        <v>4826</v>
+        <v>4838</v>
       </c>
       <c r="E525" t="s">
-        <v>4827</v>
+        <v>4839</v>
       </c>
       <c r="F525" t="s">
-        <v>4828</v>
+        <v>4840</v>
       </c>
       <c r="G525" t="s">
-        <v>4829</v>
+        <v>4841</v>
       </c>
       <c r="H525" t="s">
-        <v>4830</v>
+        <v>4842</v>
       </c>
       <c r="I525" t="s">
-        <v>4831</v>
+        <v>4843</v>
       </c>
       <c r="J525" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K525" t="s">
-        <v>4832</v>
+        <v>25</v>
       </c>
       <c r="L525" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M525" t="s">
-        <v>4833</v>
+        <v>27</v>
       </c>
       <c r="N525" t="s">
         <v>28</v>
       </c>
       <c r="O525" t="s">
-        <v>4834</v>
+        <v>4844</v>
       </c>
     </row>
     <row r="526" spans="1:15">
       <c r="A526">
-        <v>65055</v>
+        <v>65036</v>
       </c>
       <c r="B526" t="s">
-        <v>4835</v>
+        <v>4845</v>
       </c>
       <c r="C526" t="s">
-        <v>4836</v>
+        <v>4846</v>
       </c>
       <c r="D526" t="s">
-        <v>4837</v>
+        <v>4847</v>
       </c>
       <c r="E526" t="s">
-        <v>4838</v>
+        <v>4848</v>
       </c>
       <c r="F526" t="s">
-        <v>4839</v>
+        <v>4849</v>
       </c>
       <c r="G526" t="s">
-        <v>4840</v>
+        <v>4850</v>
       </c>
       <c r="H526" t="s">
-        <v>4841</v>
+        <v>4851</v>
       </c>
       <c r="I526" t="s">
-        <v>4842</v>
+        <v>4852</v>
       </c>
       <c r="J526" t="s">
         <v>24</v>
       </c>
       <c r="K526" t="s">
-        <v>579</v>
+        <v>25</v>
       </c>
       <c r="L526" t="s">
         <v>26</v>
       </c>
       <c r="M526" t="s">
-        <v>580</v>
+        <v>27</v>
       </c>
       <c r="N526" t="s">
         <v>28</v>
       </c>
       <c r="O526" t="s">
-        <v>4843</v>
+        <v>4853</v>
       </c>
     </row>
     <row r="527" spans="1:15">
       <c r="A527">
-        <v>65057</v>
+        <v>65037</v>
       </c>
       <c r="B527" t="s">
-        <v>4844</v>
+        <v>4854</v>
       </c>
       <c r="C527" t="s">
-        <v>4845</v>
+        <v>4855</v>
       </c>
       <c r="D527" t="s">
-        <v>4846</v>
+        <v>4856</v>
       </c>
       <c r="E527" t="s">
-        <v>4847</v>
+        <v>4857</v>
       </c>
       <c r="F527" t="s">
-        <v>4848</v>
+        <v>4858</v>
       </c>
       <c r="G527" t="s">
-        <v>4849</v>
+        <v>4859</v>
       </c>
       <c r="H527" t="s">
-        <v>4850</v>
+        <v>4860</v>
       </c>
       <c r="I527" t="s">
-        <v>4851</v>
+        <v>4861</v>
       </c>
       <c r="J527" t="s">
         <v>24</v>
       </c>
       <c r="K527" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L527" t="s">
         <v>26</v>
       </c>
       <c r="M527" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N527" t="s">
         <v>28</v>
       </c>
       <c r="O527" t="s">
-        <v>4852</v>
+        <v>4862</v>
       </c>
     </row>
     <row r="528" spans="1:15">
       <c r="A528">
-        <v>65058</v>
+        <v>65038</v>
       </c>
       <c r="B528" t="s">
-        <v>4853</v>
+        <v>4863</v>
       </c>
       <c r="C528" t="s">
-        <v>4854</v>
+        <v>4864</v>
       </c>
       <c r="D528" t="s">
-        <v>4855</v>
+        <v>4865</v>
       </c>
       <c r="E528" t="s">
-        <v>4856</v>
+        <v>4866</v>
       </c>
       <c r="F528" t="s">
-        <v>4857</v>
+        <v>4867</v>
       </c>
       <c r="G528" t="s">
-        <v>4858</v>
+        <v>4868</v>
       </c>
       <c r="H528" t="s">
-        <v>4859</v>
+        <v>4869</v>
       </c>
       <c r="I528" t="s">
-        <v>4860</v>
+        <v>4870</v>
       </c>
       <c r="J528" t="s">
-        <v>449</v>
+        <v>24</v>
       </c>
       <c r="K528" t="s">
-        <v>689</v>
+        <v>205</v>
       </c>
       <c r="L528" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="M528" t="s">
-        <v>690</v>
+        <v>206</v>
       </c>
       <c r="N528" t="s">
         <v>28</v>
       </c>
       <c r="O528" t="s">
-        <v>4861</v>
+        <v>4871</v>
       </c>
     </row>
     <row r="529" spans="1:15">
       <c r="A529">
-        <v>65059</v>
+        <v>65039</v>
       </c>
       <c r="B529" t="s">
-        <v>4862</v>
+        <v>4872</v>
       </c>
       <c r="C529" t="s">
-        <v>4863</v>
+        <v>4873</v>
       </c>
       <c r="D529" t="s">
-        <v>4864</v>
+        <v>4874</v>
       </c>
       <c r="E529" t="s">
-        <v>4865</v>
+        <v>4875</v>
       </c>
       <c r="F529" t="s">
-        <v>4866</v>
+        <v>4876</v>
       </c>
       <c r="G529" t="s">
-        <v>4867</v>
+        <v>4877</v>
       </c>
       <c r="H529" t="s">
-        <v>4868</v>
+        <v>4878</v>
       </c>
       <c r="I529" t="s">
-        <v>4869</v>
+        <v>4879</v>
       </c>
       <c r="J529" t="s">
         <v>24</v>
       </c>
       <c r="K529" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L529" t="s">
         <v>26</v>
       </c>
       <c r="M529" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N529" t="s">
         <v>28</v>
       </c>
       <c r="O529" t="s">
-        <v>4870</v>
+        <v>4880</v>
       </c>
     </row>
     <row r="530" spans="1:15">
       <c r="A530">
-        <v>65060</v>
+        <v>65040</v>
       </c>
       <c r="B530" t="s">
-        <v>4871</v>
+        <v>4881</v>
       </c>
       <c r="C530" t="s">
-        <v>4872</v>
+        <v>4882</v>
       </c>
       <c r="D530" t="s">
-        <v>4873</v>
+        <v>4883</v>
       </c>
       <c r="E530" t="s">
-        <v>4874</v>
+        <v>4884</v>
       </c>
       <c r="F530" t="s">
-        <v>4875</v>
+        <v>4885</v>
       </c>
       <c r="G530" t="s">
-        <v>4876</v>
+        <v>4886</v>
       </c>
       <c r="H530" t="s">
-        <v>4877</v>
+        <v>4887</v>
       </c>
       <c r="I530" t="s">
-        <v>4878</v>
+        <v>4888</v>
       </c>
       <c r="J530" t="s">
         <v>24</v>
       </c>
       <c r="K530" t="s">
-        <v>47</v>
+        <v>1589</v>
       </c>
       <c r="L530" t="s">
         <v>26</v>
       </c>
       <c r="M530" t="s">
-        <v>48</v>
+        <v>1591</v>
       </c>
       <c r="N530" t="s">
         <v>28</v>
       </c>
       <c r="O530" t="s">
-        <v>4879</v>
+        <v>4889</v>
       </c>
     </row>
     <row r="531" spans="1:15">
       <c r="A531">
-        <v>65061</v>
+        <v>65043</v>
       </c>
       <c r="B531" t="s">
-        <v>4880</v>
+        <v>4890</v>
       </c>
       <c r="C531" t="s">
-        <v>4881</v>
+        <v>4891</v>
       </c>
       <c r="D531" t="s">
-        <v>4882</v>
+        <v>4892</v>
       </c>
       <c r="E531" t="s">
-        <v>4883</v>
+        <v>4893</v>
       </c>
       <c r="F531" t="s">
-        <v>4884</v>
+        <v>4894</v>
       </c>
       <c r="G531" t="s">
-        <v>4885</v>
+        <v>4895</v>
       </c>
       <c r="H531" t="s">
-        <v>4886</v>
+        <v>4896</v>
       </c>
       <c r="I531" t="s">
-        <v>4887</v>
+        <v>4897</v>
       </c>
       <c r="J531" t="s">
         <v>24</v>
       </c>
       <c r="K531" t="s">
-        <v>1476</v>
+        <v>25</v>
       </c>
       <c r="L531" t="s">
         <v>26</v>
       </c>
       <c r="M531" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="N531" t="s">
         <v>28</v>
       </c>
       <c r="O531" t="s">
-        <v>4888</v>
+        <v>4898</v>
       </c>
     </row>
     <row r="532" spans="1:15">
       <c r="A532">
-        <v>65062</v>
+        <v>65044</v>
       </c>
       <c r="B532" t="s">
-        <v>4889</v>
+        <v>4899</v>
       </c>
       <c r="C532" t="s">
-        <v>4890</v>
+        <v>4900</v>
       </c>
       <c r="D532" t="s">
-        <v>4891</v>
+        <v>4901</v>
       </c>
       <c r="E532" t="s">
-        <v>4892</v>
+        <v>4902</v>
       </c>
       <c r="F532" t="s">
-        <v>4893</v>
+        <v>4903</v>
       </c>
       <c r="G532" t="s">
-        <v>4894</v>
+        <v>4904</v>
       </c>
       <c r="H532" t="s">
-        <v>4895</v>
+        <v>4905</v>
       </c>
       <c r="I532" t="s">
-        <v>4896</v>
+        <v>4906</v>
       </c>
       <c r="J532" t="s">
         <v>24</v>
       </c>
       <c r="K532" t="s">
         <v>25</v>
       </c>
       <c r="L532" t="s">
         <v>26</v>
       </c>
       <c r="M532" t="s">
         <v>27</v>
       </c>
       <c r="N532" t="s">
         <v>28</v>
       </c>
       <c r="O532" t="s">
-        <v>4897</v>
+        <v>4907</v>
       </c>
     </row>
     <row r="533" spans="1:15">
       <c r="A533">
-        <v>65063</v>
+        <v>65045</v>
       </c>
       <c r="B533" t="s">
-        <v>4898</v>
+        <v>4908</v>
       </c>
       <c r="C533" t="s">
-        <v>4899</v>
+        <v>4909</v>
       </c>
       <c r="D533" t="s">
-        <v>4900</v>
+        <v>4910</v>
       </c>
       <c r="E533" t="s">
-        <v>4901</v>
+        <v>4911</v>
       </c>
       <c r="F533" t="s">
-        <v>4902</v>
+        <v>4912</v>
       </c>
       <c r="G533" t="s">
-        <v>4903</v>
+        <v>4913</v>
       </c>
       <c r="H533" t="s">
-        <v>4904</v>
+        <v>4914</v>
       </c>
       <c r="I533" t="s">
-        <v>4905</v>
+        <v>4915</v>
       </c>
       <c r="J533" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K533" t="s">
-        <v>1070</v>
+        <v>4916</v>
       </c>
       <c r="L533" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M533" t="s">
-        <v>1071</v>
+        <v>4917</v>
       </c>
       <c r="N533" t="s">
         <v>28</v>
       </c>
       <c r="O533" t="s">
-        <v>4906</v>
+        <v>4918</v>
       </c>
     </row>
     <row r="534" spans="1:15">
       <c r="A534">
-        <v>65065</v>
+        <v>65046</v>
       </c>
       <c r="B534" t="s">
-        <v>4907</v>
+        <v>4919</v>
       </c>
       <c r="C534" t="s">
-        <v>4908</v>
+        <v>4920</v>
       </c>
       <c r="D534" t="s">
-        <v>4909</v>
+        <v>4921</v>
       </c>
       <c r="E534" t="s">
-        <v>4910</v>
+        <v>4922</v>
       </c>
       <c r="F534" t="s">
-        <v>4911</v>
+        <v>4923</v>
       </c>
       <c r="G534" t="s">
-        <v>4912</v>
+        <v>4924</v>
       </c>
       <c r="H534" t="s">
-        <v>4913</v>
+        <v>4925</v>
       </c>
       <c r="I534" t="s">
-        <v>4914</v>
+        <v>4926</v>
       </c>
       <c r="J534" t="s">
-        <v>4915</v>
+        <v>24</v>
       </c>
       <c r="K534" t="s">
-        <v>1476</v>
+        <v>47</v>
       </c>
       <c r="L534" t="s">
-        <v>4916</v>
+        <v>26</v>
       </c>
       <c r="M534" t="s">
-        <v>1478</v>
+        <v>48</v>
       </c>
       <c r="N534" t="s">
         <v>28</v>
       </c>
       <c r="O534" t="s">
-        <v>4917</v>
+        <v>4927</v>
       </c>
     </row>
     <row r="535" spans="1:15">
       <c r="A535">
-        <v>65068</v>
+        <v>65047</v>
       </c>
       <c r="B535" t="s">
-        <v>4918</v>
+        <v>4928</v>
       </c>
       <c r="C535" t="s">
-        <v>4919</v>
+        <v>4929</v>
       </c>
       <c r="D535" t="s">
-        <v>4920</v>
+        <v>4930</v>
       </c>
       <c r="E535" t="s">
-        <v>4921</v>
+        <v>4931</v>
       </c>
       <c r="F535" t="s">
-        <v>4922</v>
+        <v>4932</v>
       </c>
       <c r="G535" t="s">
-        <v>4923</v>
+        <v>4933</v>
       </c>
       <c r="H535" t="s">
-        <v>4924</v>
+        <v>4934</v>
       </c>
       <c r="I535" t="s">
-        <v>4925</v>
+        <v>4935</v>
       </c>
       <c r="J535" t="s">
         <v>24</v>
       </c>
       <c r="K535" t="s">
-        <v>25</v>
+        <v>4916</v>
       </c>
       <c r="L535" t="s">
         <v>26</v>
       </c>
       <c r="M535" t="s">
-        <v>27</v>
+        <v>4917</v>
       </c>
       <c r="N535" t="s">
         <v>28</v>
       </c>
       <c r="O535" t="s">
-        <v>4926</v>
+        <v>4936</v>
       </c>
     </row>
     <row r="536" spans="1:15">
       <c r="A536">
-        <v>65069</v>
+        <v>65049</v>
       </c>
       <c r="B536" t="s">
-        <v>4927</v>
+        <v>4937</v>
       </c>
       <c r="C536" t="s">
-        <v>4928</v>
+        <v>4938</v>
       </c>
       <c r="D536" t="s">
-        <v>4929</v>
+        <v>4939</v>
       </c>
       <c r="E536" t="s">
-        <v>4930</v>
+        <v>4940</v>
       </c>
       <c r="F536" t="s">
-        <v>4931</v>
+        <v>4941</v>
       </c>
       <c r="G536" t="s">
-        <v>4932</v>
+        <v>4942</v>
       </c>
       <c r="H536" t="s">
-        <v>4933</v>
+        <v>4943</v>
       </c>
       <c r="I536" t="s">
-        <v>4934</v>
+        <v>4944</v>
       </c>
       <c r="J536" t="s">
         <v>24</v>
       </c>
       <c r="K536" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L536" t="s">
         <v>26</v>
       </c>
       <c r="M536" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N536" t="s">
         <v>28</v>
       </c>
       <c r="O536" t="s">
-        <v>4935</v>
+        <v>4945</v>
       </c>
     </row>
     <row r="537" spans="1:15">
       <c r="A537">
-        <v>65071</v>
+        <v>65050</v>
       </c>
       <c r="B537" t="s">
-        <v>4936</v>
+        <v>4946</v>
       </c>
       <c r="C537" t="s">
-        <v>4937</v>
+        <v>4947</v>
       </c>
       <c r="D537" t="s">
-        <v>4938</v>
+        <v>4948</v>
       </c>
       <c r="E537" t="s">
-        <v>4939</v>
+        <v>4949</v>
       </c>
       <c r="F537" t="s">
-        <v>4940</v>
+        <v>4950</v>
       </c>
       <c r="G537" t="s">
-        <v>4941</v>
+        <v>4951</v>
       </c>
       <c r="H537" t="s">
-        <v>4942</v>
+        <v>4952</v>
       </c>
       <c r="I537" t="s">
-        <v>4943</v>
+        <v>4953</v>
       </c>
       <c r="J537" t="s">
         <v>24</v>
       </c>
       <c r="K537" t="s">
         <v>25</v>
       </c>
       <c r="L537" t="s">
         <v>26</v>
       </c>
       <c r="M537" t="s">
         <v>27</v>
       </c>
       <c r="N537" t="s">
         <v>28</v>
       </c>
       <c r="O537" t="s">
-        <v>4944</v>
+        <v>4954</v>
       </c>
     </row>
     <row r="538" spans="1:15">
       <c r="A538">
-        <v>65073</v>
+        <v>65051</v>
       </c>
       <c r="B538" t="s">
-        <v>4945</v>
+        <v>4955</v>
       </c>
       <c r="C538" t="s">
-        <v>4946</v>
+        <v>4956</v>
       </c>
       <c r="D538" t="s">
-        <v>4947</v>
+        <v>4957</v>
       </c>
       <c r="E538" t="s">
-        <v>4948</v>
+        <v>4958</v>
       </c>
       <c r="F538" t="s">
-        <v>4949</v>
+        <v>4959</v>
       </c>
       <c r="G538" t="s">
-        <v>4950</v>
+        <v>4960</v>
       </c>
       <c r="H538" t="s">
-        <v>4951</v>
+        <v>4961</v>
       </c>
       <c r="I538" t="s">
-        <v>4952</v>
+        <v>4962</v>
       </c>
       <c r="J538" t="s">
         <v>24</v>
       </c>
       <c r="K538" t="s">
-        <v>25</v>
+        <v>828</v>
       </c>
       <c r="L538" t="s">
         <v>26</v>
       </c>
       <c r="M538" t="s">
-        <v>27</v>
+        <v>829</v>
       </c>
       <c r="N538" t="s">
         <v>28</v>
       </c>
       <c r="O538" t="s">
-        <v>4953</v>
+        <v>4963</v>
       </c>
     </row>
     <row r="539" spans="1:15">
       <c r="A539">
-        <v>65074</v>
+        <v>65053</v>
       </c>
       <c r="B539" t="s">
-        <v>4954</v>
+        <v>4964</v>
       </c>
       <c r="C539" t="s">
-        <v>4955</v>
+        <v>4965</v>
       </c>
       <c r="D539" t="s">
-        <v>4956</v>
+        <v>4966</v>
       </c>
       <c r="E539" t="s">
-        <v>4957</v>
+        <v>4967</v>
       </c>
       <c r="F539" t="s">
-        <v>4958</v>
+        <v>4968</v>
       </c>
       <c r="G539" t="s">
-        <v>4959</v>
+        <v>4969</v>
       </c>
       <c r="H539" t="s">
-        <v>4960</v>
+        <v>4970</v>
       </c>
       <c r="I539" t="s">
-        <v>4961</v>
+        <v>4971</v>
       </c>
       <c r="J539" t="s">
         <v>24</v>
       </c>
       <c r="K539" t="s">
-        <v>4962</v>
+        <v>205</v>
       </c>
       <c r="L539" t="s">
         <v>26</v>
       </c>
       <c r="M539" t="s">
-        <v>4963</v>
+        <v>206</v>
       </c>
       <c r="N539" t="s">
         <v>28</v>
       </c>
       <c r="O539" t="s">
-        <v>4964</v>
+        <v>4972</v>
       </c>
     </row>
     <row r="540" spans="1:15">
       <c r="A540">
-        <v>65075</v>
+        <v>65054</v>
       </c>
       <c r="B540" t="s">
-        <v>4965</v>
+        <v>4973</v>
       </c>
       <c r="C540" t="s">
-        <v>4966</v>
+        <v>4974</v>
       </c>
       <c r="D540" t="s">
-        <v>4967</v>
+        <v>4975</v>
       </c>
       <c r="E540" t="s">
-        <v>4968</v>
+        <v>4976</v>
       </c>
       <c r="F540" t="s">
-        <v>4969</v>
+        <v>4977</v>
       </c>
       <c r="G540" t="s">
-        <v>4970</v>
+        <v>4978</v>
       </c>
       <c r="H540" t="s">
-        <v>4971</v>
+        <v>4979</v>
       </c>
       <c r="I540" t="s">
-        <v>4972</v>
+        <v>4980</v>
       </c>
       <c r="J540" t="s">
-        <v>449</v>
+        <v>505</v>
       </c>
       <c r="K540" t="s">
-        <v>4675</v>
+        <v>243</v>
       </c>
       <c r="L540" t="s">
-        <v>451</v>
+        <v>507</v>
       </c>
       <c r="M540" t="s">
-        <v>4676</v>
+        <v>244</v>
       </c>
       <c r="N540" t="s">
         <v>28</v>
       </c>
       <c r="O540" t="s">
-        <v>4973</v>
+        <v>4981</v>
       </c>
     </row>
     <row r="541" spans="1:15">
       <c r="A541">
-        <v>65076</v>
+        <v>65055</v>
       </c>
       <c r="B541" t="s">
-        <v>4974</v>
+        <v>4982</v>
       </c>
       <c r="C541" t="s">
-        <v>4975</v>
+        <v>4983</v>
       </c>
       <c r="D541" t="s">
-        <v>4976</v>
+        <v>4984</v>
       </c>
       <c r="E541" t="s">
-        <v>4977</v>
+        <v>4985</v>
       </c>
       <c r="F541" t="s">
-        <v>4978</v>
+        <v>4986</v>
       </c>
       <c r="G541" t="s">
-        <v>4979</v>
+        <v>4987</v>
       </c>
       <c r="H541" t="s">
-        <v>4980</v>
+        <v>4988</v>
       </c>
       <c r="I541" t="s">
-        <v>4981</v>
+        <v>4989</v>
       </c>
       <c r="J541" t="s">
         <v>24</v>
       </c>
       <c r="K541" t="s">
-        <v>170</v>
+        <v>644</v>
       </c>
       <c r="L541" t="s">
         <v>26</v>
       </c>
       <c r="M541" t="s">
-        <v>171</v>
+        <v>645</v>
       </c>
       <c r="N541" t="s">
         <v>28</v>
       </c>
       <c r="O541" t="s">
-        <v>4982</v>
+        <v>4990</v>
       </c>
     </row>
     <row r="542" spans="1:15">
       <c r="A542">
-        <v>65077</v>
+        <v>65057</v>
       </c>
       <c r="B542" t="s">
-        <v>4983</v>
+        <v>4991</v>
       </c>
       <c r="C542" t="s">
-        <v>4984</v>
+        <v>4992</v>
       </c>
       <c r="D542" t="s">
-        <v>4985</v>
+        <v>4993</v>
       </c>
       <c r="E542" t="s">
-        <v>4986</v>
+        <v>4994</v>
       </c>
       <c r="F542" t="s">
-        <v>4987</v>
+        <v>4995</v>
       </c>
       <c r="G542" t="s">
-        <v>4988</v>
+        <v>4996</v>
       </c>
       <c r="H542" t="s">
-        <v>4989</v>
+        <v>4997</v>
       </c>
       <c r="I542" t="s">
-        <v>4990</v>
+        <v>4998</v>
       </c>
       <c r="J542" t="s">
         <v>24</v>
       </c>
       <c r="K542" t="s">
-        <v>745</v>
+        <v>318</v>
       </c>
       <c r="L542" t="s">
         <v>26</v>
       </c>
       <c r="M542" t="s">
-        <v>746</v>
+        <v>320</v>
       </c>
       <c r="N542" t="s">
         <v>28</v>
       </c>
       <c r="O542" t="s">
-        <v>4991</v>
+        <v>4999</v>
       </c>
     </row>
     <row r="543" spans="1:15">
       <c r="A543">
-        <v>65080</v>
+        <v>65058</v>
       </c>
       <c r="B543" t="s">
-        <v>4992</v>
+        <v>5000</v>
       </c>
       <c r="C543" t="s">
-        <v>4993</v>
+        <v>5001</v>
       </c>
       <c r="D543" t="s">
-        <v>4994</v>
+        <v>5002</v>
       </c>
       <c r="E543" t="s">
-        <v>4995</v>
+        <v>5003</v>
       </c>
       <c r="F543" t="s">
-        <v>4996</v>
+        <v>5004</v>
       </c>
       <c r="G543" t="s">
-        <v>4997</v>
+        <v>5005</v>
       </c>
       <c r="H543" t="s">
-        <v>4998</v>
+        <v>5006</v>
       </c>
       <c r="I543" t="s">
-        <v>4999</v>
+        <v>5007</v>
       </c>
       <c r="J543" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K543" t="s">
-        <v>47</v>
+        <v>772</v>
       </c>
       <c r="L543" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M543" t="s">
-        <v>48</v>
+        <v>773</v>
       </c>
       <c r="N543" t="s">
         <v>28</v>
       </c>
       <c r="O543" t="s">
-        <v>5000</v>
+        <v>5008</v>
       </c>
     </row>
     <row r="544" spans="1:15">
       <c r="A544">
-        <v>65081</v>
+        <v>65059</v>
       </c>
       <c r="B544" t="s">
-        <v>5001</v>
+        <v>5009</v>
       </c>
       <c r="C544" t="s">
-        <v>5002</v>
+        <v>5010</v>
       </c>
       <c r="D544" t="s">
-        <v>5003</v>
+        <v>5011</v>
       </c>
       <c r="E544" t="s">
-        <v>5004</v>
+        <v>5012</v>
       </c>
       <c r="F544" t="s">
-        <v>5005</v>
+        <v>5013</v>
       </c>
       <c r="G544" t="s">
-        <v>5006</v>
+        <v>5014</v>
       </c>
       <c r="H544" t="s">
-        <v>5007</v>
+        <v>5015</v>
       </c>
       <c r="I544" t="s">
-        <v>5008</v>
+        <v>5016</v>
       </c>
       <c r="J544" t="s">
         <v>24</v>
       </c>
       <c r="K544" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="L544" t="s">
         <v>26</v>
       </c>
       <c r="M544" t="s">
-        <v>48</v>
+        <v>206</v>
       </c>
       <c r="N544" t="s">
         <v>28</v>
       </c>
       <c r="O544" t="s">
-        <v>5009</v>
+        <v>5017</v>
       </c>
     </row>
     <row r="545" spans="1:15">
       <c r="A545">
-        <v>65082</v>
+        <v>65060</v>
       </c>
       <c r="B545" t="s">
-        <v>5010</v>
+        <v>5018</v>
       </c>
       <c r="C545" t="s">
-        <v>5011</v>
+        <v>5019</v>
       </c>
       <c r="D545" t="s">
-        <v>5012</v>
+        <v>5020</v>
       </c>
       <c r="E545" t="s">
-        <v>5013</v>
+        <v>5021</v>
       </c>
       <c r="F545" t="s">
-        <v>5014</v>
+        <v>5022</v>
       </c>
       <c r="G545" t="s">
-        <v>5015</v>
+        <v>5023</v>
       </c>
       <c r="H545" t="s">
-        <v>5016</v>
+        <v>5024</v>
       </c>
       <c r="I545" t="s">
-        <v>5017</v>
+        <v>5025</v>
       </c>
       <c r="J545" t="s">
         <v>24</v>
       </c>
       <c r="K545" t="s">
         <v>47</v>
       </c>
       <c r="L545" t="s">
         <v>26</v>
       </c>
       <c r="M545" t="s">
         <v>48</v>
       </c>
       <c r="N545" t="s">
         <v>28</v>
       </c>
       <c r="O545" t="s">
-        <v>5018</v>
+        <v>5026</v>
       </c>
     </row>
     <row r="546" spans="1:15">
       <c r="A546">
-        <v>65083</v>
+        <v>65061</v>
       </c>
       <c r="B546" t="s">
-        <v>5019</v>
+        <v>5027</v>
       </c>
       <c r="C546" t="s">
-        <v>5020</v>
+        <v>5028</v>
       </c>
       <c r="D546" t="s">
-        <v>5021</v>
+        <v>5029</v>
       </c>
       <c r="E546" t="s">
-        <v>5022</v>
+        <v>5030</v>
       </c>
       <c r="F546" t="s">
-        <v>5023</v>
+        <v>5031</v>
       </c>
       <c r="G546" t="s">
-        <v>5024</v>
+        <v>5032</v>
       </c>
       <c r="H546" t="s">
-        <v>5025</v>
+        <v>5033</v>
       </c>
       <c r="I546" t="s">
-        <v>5026</v>
+        <v>5034</v>
       </c>
       <c r="J546" t="s">
         <v>24</v>
       </c>
       <c r="K546" t="s">
-        <v>170</v>
+        <v>1589</v>
       </c>
       <c r="L546" t="s">
         <v>26</v>
       </c>
       <c r="M546" t="s">
-        <v>171</v>
+        <v>1591</v>
       </c>
       <c r="N546" t="s">
         <v>28</v>
       </c>
       <c r="O546" t="s">
-        <v>5027</v>
+        <v>5035</v>
       </c>
     </row>
     <row r="547" spans="1:15">
       <c r="A547">
-        <v>65084</v>
+        <v>65062</v>
       </c>
       <c r="B547" t="s">
-        <v>5028</v>
+        <v>5036</v>
       </c>
       <c r="C547" t="s">
-        <v>5029</v>
+        <v>5037</v>
       </c>
       <c r="D547" t="s">
-        <v>5030</v>
+        <v>5038</v>
       </c>
       <c r="E547" t="s">
-        <v>5031</v>
+        <v>5039</v>
       </c>
       <c r="F547" t="s">
-        <v>5032</v>
+        <v>5040</v>
       </c>
       <c r="G547" t="s">
-        <v>5033</v>
+        <v>5041</v>
       </c>
       <c r="H547" t="s">
-        <v>5034</v>
+        <v>5042</v>
       </c>
       <c r="I547" t="s">
-        <v>5035</v>
+        <v>5043</v>
       </c>
       <c r="J547" t="s">
         <v>24</v>
       </c>
       <c r="K547" t="s">
         <v>25</v>
       </c>
       <c r="L547" t="s">
         <v>26</v>
       </c>
       <c r="M547" t="s">
         <v>27</v>
       </c>
       <c r="N547" t="s">
         <v>28</v>
       </c>
       <c r="O547" t="s">
-        <v>5036</v>
+        <v>5044</v>
       </c>
     </row>
     <row r="548" spans="1:15">
       <c r="A548">
-        <v>65085</v>
+        <v>65063</v>
       </c>
       <c r="B548" t="s">
-        <v>5037</v>
+        <v>5045</v>
       </c>
       <c r="C548" t="s">
-        <v>5038</v>
+        <v>5046</v>
       </c>
       <c r="D548" t="s">
-        <v>5039</v>
+        <v>5047</v>
       </c>
       <c r="E548" t="s">
-        <v>5040</v>
+        <v>5048</v>
       </c>
       <c r="F548" t="s">
-        <v>5041</v>
+        <v>5049</v>
       </c>
       <c r="G548" t="s">
-        <v>5042</v>
+        <v>5050</v>
       </c>
       <c r="H548" t="s">
-        <v>5043</v>
+        <v>5051</v>
       </c>
       <c r="I548" t="s">
-        <v>5044</v>
+        <v>5052</v>
       </c>
       <c r="J548" t="s">
         <v>24</v>
       </c>
       <c r="K548" t="s">
-        <v>579</v>
+        <v>1153</v>
       </c>
       <c r="L548" t="s">
         <v>26</v>
       </c>
       <c r="M548" t="s">
-        <v>580</v>
+        <v>1154</v>
       </c>
       <c r="N548" t="s">
         <v>28</v>
       </c>
       <c r="O548" t="s">
-        <v>5045</v>
+        <v>5053</v>
       </c>
     </row>
     <row r="549" spans="1:15">
       <c r="A549">
-        <v>65086</v>
+        <v>65065</v>
       </c>
       <c r="B549" t="s">
-        <v>5046</v>
+        <v>5054</v>
       </c>
       <c r="C549" t="s">
-        <v>5047</v>
+        <v>5055</v>
       </c>
       <c r="D549" t="s">
-        <v>5048</v>
+        <v>5056</v>
       </c>
       <c r="E549" t="s">
-        <v>5049</v>
+        <v>5057</v>
       </c>
       <c r="F549" t="s">
-        <v>5050</v>
+        <v>5058</v>
       </c>
       <c r="G549" t="s">
-        <v>5051</v>
+        <v>5059</v>
       </c>
       <c r="H549" t="s">
-        <v>5052</v>
+        <v>5060</v>
       </c>
       <c r="I549" t="s">
-        <v>5053</v>
+        <v>5061</v>
       </c>
       <c r="J549" t="s">
-        <v>24</v>
+        <v>5062</v>
       </c>
       <c r="K549" t="s">
-        <v>170</v>
+        <v>1589</v>
       </c>
       <c r="L549" t="s">
-        <v>26</v>
+        <v>5063</v>
       </c>
       <c r="M549" t="s">
-        <v>171</v>
+        <v>1591</v>
       </c>
       <c r="N549" t="s">
         <v>28</v>
       </c>
       <c r="O549" t="s">
-        <v>5054</v>
+        <v>5064</v>
       </c>
     </row>
     <row r="550" spans="1:15">
       <c r="A550">
-        <v>65087</v>
+        <v>65068</v>
       </c>
       <c r="B550" t="s">
-        <v>5055</v>
+        <v>5065</v>
       </c>
       <c r="C550" t="s">
-        <v>5056</v>
+        <v>5066</v>
       </c>
       <c r="D550" t="s">
-        <v>5057</v>
+        <v>5067</v>
       </c>
       <c r="E550" t="s">
-        <v>5058</v>
+        <v>5068</v>
       </c>
       <c r="F550" t="s">
-        <v>5059</v>
+        <v>5069</v>
       </c>
       <c r="G550" t="s">
-        <v>5060</v>
+        <v>5070</v>
       </c>
       <c r="H550" t="s">
-        <v>5061</v>
+        <v>5071</v>
       </c>
       <c r="I550" t="s">
-        <v>5062</v>
+        <v>5072</v>
       </c>
       <c r="J550" t="s">
         <v>24</v>
       </c>
       <c r="K550" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L550" t="s">
         <v>26</v>
       </c>
       <c r="M550" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N550" t="s">
         <v>28</v>
       </c>
       <c r="O550" t="s">
-        <v>5063</v>
+        <v>5073</v>
       </c>
     </row>
     <row r="551" spans="1:15">
       <c r="A551">
-        <v>65088</v>
+        <v>65069</v>
       </c>
       <c r="B551" t="s">
-        <v>5064</v>
+        <v>5074</v>
       </c>
       <c r="C551" t="s">
-        <v>5065</v>
+        <v>5075</v>
       </c>
       <c r="D551" t="s">
-        <v>5066</v>
+        <v>5076</v>
       </c>
       <c r="E551" t="s">
-        <v>5067</v>
+        <v>5077</v>
       </c>
       <c r="F551" t="s">
-        <v>5068</v>
+        <v>5078</v>
       </c>
       <c r="G551" t="s">
-        <v>5069</v>
+        <v>5079</v>
       </c>
       <c r="H551" t="s">
-        <v>5070</v>
+        <v>5080</v>
       </c>
       <c r="I551" t="s">
-        <v>5071</v>
+        <v>5081</v>
       </c>
       <c r="J551" t="s">
         <v>24</v>
       </c>
       <c r="K551" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L551" t="s">
         <v>26</v>
       </c>
       <c r="M551" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N551" t="s">
         <v>28</v>
       </c>
       <c r="O551" t="s">
-        <v>5072</v>
+        <v>5082</v>
       </c>
     </row>
     <row r="552" spans="1:15">
       <c r="A552">
-        <v>65089</v>
+        <v>65071</v>
       </c>
       <c r="B552" t="s">
-        <v>5073</v>
+        <v>5083</v>
       </c>
       <c r="C552" t="s">
-        <v>5074</v>
+        <v>5084</v>
       </c>
       <c r="D552" t="s">
-        <v>5075</v>
+        <v>5085</v>
       </c>
       <c r="E552" t="s">
-        <v>5076</v>
+        <v>5086</v>
       </c>
       <c r="F552" t="s">
-        <v>5077</v>
+        <v>5087</v>
       </c>
       <c r="G552" t="s">
-        <v>5078</v>
+        <v>5088</v>
       </c>
       <c r="H552" t="s">
-        <v>5079</v>
+        <v>5089</v>
       </c>
       <c r="I552" t="s">
-        <v>5080</v>
+        <v>5090</v>
       </c>
       <c r="J552" t="s">
         <v>24</v>
       </c>
       <c r="K552" t="s">
         <v>25</v>
       </c>
       <c r="L552" t="s">
         <v>26</v>
       </c>
       <c r="M552" t="s">
         <v>27</v>
       </c>
       <c r="N552" t="s">
         <v>28</v>
       </c>
       <c r="O552" t="s">
-        <v>5081</v>
+        <v>5091</v>
       </c>
     </row>
     <row r="553" spans="1:15">
       <c r="A553">
-        <v>65090</v>
+        <v>65073</v>
       </c>
       <c r="B553" t="s">
-        <v>5082</v>
+        <v>5092</v>
       </c>
       <c r="C553" t="s">
-        <v>5083</v>
+        <v>5093</v>
       </c>
       <c r="D553" t="s">
-        <v>5084</v>
+        <v>5094</v>
       </c>
       <c r="E553" t="s">
-        <v>5085</v>
+        <v>5095</v>
       </c>
       <c r="F553" t="s">
-        <v>5086</v>
+        <v>5096</v>
       </c>
       <c r="G553" t="s">
-        <v>5087</v>
+        <v>5097</v>
       </c>
       <c r="H553" t="s">
-        <v>5088</v>
+        <v>5098</v>
       </c>
       <c r="I553" t="s">
-        <v>5089</v>
+        <v>5099</v>
       </c>
       <c r="J553" t="s">
         <v>24</v>
       </c>
       <c r="K553" t="s">
         <v>25</v>
       </c>
       <c r="L553" t="s">
         <v>26</v>
       </c>
       <c r="M553" t="s">
         <v>27</v>
       </c>
       <c r="N553" t="s">
         <v>28</v>
       </c>
       <c r="O553" t="s">
-        <v>5090</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="554" spans="1:15">
       <c r="A554">
-        <v>65091</v>
+        <v>65074</v>
       </c>
       <c r="B554" t="s">
-        <v>5091</v>
+        <v>5101</v>
       </c>
       <c r="C554" t="s">
-        <v>5092</v>
+        <v>5102</v>
       </c>
       <c r="D554" t="s">
-        <v>5093</v>
+        <v>5103</v>
       </c>
       <c r="E554" t="s">
-        <v>5094</v>
+        <v>5104</v>
       </c>
       <c r="F554" t="s">
-        <v>5095</v>
+        <v>5105</v>
       </c>
       <c r="G554" t="s">
-        <v>5096</v>
+        <v>5106</v>
       </c>
       <c r="H554" t="s">
-        <v>5097</v>
+        <v>5107</v>
       </c>
       <c r="I554" t="s">
-        <v>5098</v>
+        <v>5108</v>
       </c>
       <c r="J554" t="s">
         <v>24</v>
       </c>
       <c r="K554" t="s">
-        <v>25</v>
+        <v>5109</v>
       </c>
       <c r="L554" t="s">
         <v>26</v>
       </c>
       <c r="M554" t="s">
-        <v>27</v>
+        <v>5110</v>
       </c>
       <c r="N554" t="s">
         <v>28</v>
       </c>
       <c r="O554" t="s">
-        <v>5099</v>
+        <v>5111</v>
       </c>
     </row>
     <row r="555" spans="1:15">
       <c r="A555">
-        <v>65092</v>
+        <v>65075</v>
       </c>
       <c r="B555" t="s">
-        <v>5100</v>
+        <v>5112</v>
       </c>
       <c r="C555" t="s">
-        <v>5101</v>
+        <v>5113</v>
       </c>
       <c r="D555" t="s">
-        <v>5102</v>
+        <v>5114</v>
       </c>
       <c r="E555" t="s">
-        <v>5103</v>
+        <v>5115</v>
       </c>
       <c r="F555" t="s">
-        <v>5104</v>
+        <v>5116</v>
       </c>
       <c r="G555" t="s">
-        <v>5105</v>
+        <v>5117</v>
       </c>
       <c r="H555" t="s">
-        <v>5106</v>
+        <v>5118</v>
       </c>
       <c r="I555" t="s">
-        <v>5107</v>
+        <v>5119</v>
       </c>
       <c r="J555" t="s">
-        <v>24</v>
+        <v>505</v>
       </c>
       <c r="K555" t="s">
-        <v>170</v>
+        <v>4824</v>
       </c>
       <c r="L555" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="M555" t="s">
-        <v>171</v>
+        <v>4825</v>
       </c>
       <c r="N555" t="s">
         <v>28</v>
       </c>
       <c r="O555" t="s">
-        <v>5108</v>
+        <v>5120</v>
       </c>
     </row>
     <row r="556" spans="1:15">
       <c r="A556">
-        <v>65093</v>
+        <v>65076</v>
       </c>
       <c r="B556" t="s">
-        <v>5109</v>
+        <v>5121</v>
       </c>
       <c r="C556" t="s">
-        <v>5110</v>
+        <v>5122</v>
       </c>
       <c r="D556" t="s">
-        <v>5111</v>
+        <v>5123</v>
       </c>
       <c r="E556" t="s">
-        <v>5112</v>
+        <v>5124</v>
       </c>
       <c r="F556" t="s">
-        <v>5113</v>
+        <v>5125</v>
       </c>
       <c r="G556" t="s">
-        <v>5114</v>
+        <v>5126</v>
       </c>
       <c r="H556" t="s">
-        <v>5115</v>
+        <v>5127</v>
       </c>
       <c r="I556" t="s">
-        <v>5116</v>
+        <v>5128</v>
       </c>
       <c r="J556" t="s">
         <v>24</v>
       </c>
       <c r="K556" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L556" t="s">
         <v>26</v>
       </c>
       <c r="M556" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N556" t="s">
         <v>28</v>
       </c>
       <c r="O556" t="s">
-        <v>5117</v>
+        <v>5129</v>
       </c>
     </row>
     <row r="557" spans="1:15">
       <c r="A557">
-        <v>65094</v>
+        <v>65077</v>
       </c>
       <c r="B557" t="s">
-        <v>5118</v>
+        <v>5130</v>
       </c>
       <c r="C557" t="s">
-        <v>5119</v>
+        <v>5131</v>
       </c>
       <c r="D557" t="s">
-        <v>5120</v>
+        <v>5132</v>
       </c>
       <c r="E557" t="s">
-        <v>5121</v>
+        <v>5133</v>
       </c>
       <c r="F557" t="s">
-        <v>5122</v>
+        <v>5134</v>
       </c>
       <c r="G557" t="s">
-        <v>5123</v>
+        <v>5135</v>
       </c>
       <c r="H557" t="s">
-        <v>5124</v>
+        <v>5136</v>
       </c>
       <c r="I557" t="s">
-        <v>5125</v>
+        <v>5137</v>
       </c>
       <c r="J557" t="s">
         <v>24</v>
       </c>
       <c r="K557" t="s">
-        <v>5126</v>
+        <v>828</v>
       </c>
       <c r="L557" t="s">
         <v>26</v>
       </c>
       <c r="M557" t="s">
-        <v>5127</v>
+        <v>829</v>
       </c>
       <c r="N557" t="s">
         <v>28</v>
       </c>
       <c r="O557" t="s">
-        <v>5128</v>
+        <v>5138</v>
       </c>
     </row>
     <row r="558" spans="1:15">
       <c r="A558">
-        <v>65095</v>
+        <v>65080</v>
       </c>
       <c r="B558" t="s">
-        <v>5129</v>
+        <v>5139</v>
       </c>
       <c r="C558" t="s">
-        <v>5130</v>
+        <v>5140</v>
       </c>
       <c r="D558" t="s">
-        <v>5131</v>
+        <v>5141</v>
       </c>
       <c r="E558" t="s">
-        <v>5132</v>
+        <v>5142</v>
       </c>
       <c r="F558" t="s">
-        <v>5133</v>
+        <v>5143</v>
       </c>
       <c r="G558" t="s">
-        <v>5134</v>
+        <v>5144</v>
       </c>
       <c r="H558" t="s">
-        <v>5135</v>
+        <v>5145</v>
       </c>
       <c r="I558" t="s">
-        <v>5136</v>
+        <v>5146</v>
       </c>
       <c r="J558" t="s">
         <v>24</v>
       </c>
       <c r="K558" t="s">
-        <v>745</v>
+        <v>47</v>
       </c>
       <c r="L558" t="s">
         <v>26</v>
       </c>
       <c r="M558" t="s">
-        <v>746</v>
+        <v>48</v>
       </c>
       <c r="N558" t="s">
         <v>28</v>
       </c>
       <c r="O558" t="s">
-        <v>5137</v>
+        <v>5147</v>
       </c>
     </row>
     <row r="559" spans="1:15">
       <c r="A559">
-        <v>65096</v>
+        <v>65081</v>
       </c>
       <c r="B559" t="s">
-        <v>5138</v>
+        <v>5148</v>
       </c>
       <c r="C559" t="s">
-        <v>5139</v>
+        <v>5149</v>
       </c>
       <c r="D559" t="s">
-        <v>5140</v>
+        <v>5150</v>
       </c>
       <c r="E559" t="s">
-        <v>5141</v>
+        <v>5151</v>
       </c>
       <c r="F559" t="s">
-        <v>5142</v>
+        <v>5152</v>
       </c>
       <c r="G559" t="s">
-        <v>5143</v>
+        <v>5153</v>
       </c>
       <c r="H559" t="s">
-        <v>5144</v>
+        <v>5154</v>
       </c>
       <c r="I559" t="s">
-        <v>5145</v>
+        <v>5155</v>
       </c>
       <c r="J559" t="s">
         <v>24</v>
       </c>
       <c r="K559" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L559" t="s">
         <v>26</v>
       </c>
       <c r="M559" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N559" t="s">
         <v>28</v>
       </c>
       <c r="O559" t="s">
-        <v>5146</v>
+        <v>5156</v>
       </c>
     </row>
     <row r="560" spans="1:15">
       <c r="A560">
-        <v>65097</v>
+        <v>65082</v>
       </c>
       <c r="B560" t="s">
-        <v>5147</v>
+        <v>5157</v>
       </c>
       <c r="C560" t="s">
-        <v>5148</v>
+        <v>5158</v>
       </c>
       <c r="D560" t="s">
-        <v>5149</v>
+        <v>5159</v>
       </c>
       <c r="E560" t="s">
-        <v>5150</v>
+        <v>5160</v>
       </c>
       <c r="F560" t="s">
-        <v>5151</v>
+        <v>5161</v>
       </c>
       <c r="G560" t="s">
-        <v>5152</v>
+        <v>5162</v>
       </c>
       <c r="H560" t="s">
-        <v>5153</v>
+        <v>5163</v>
       </c>
       <c r="I560" t="s">
-        <v>5154</v>
+        <v>5164</v>
       </c>
       <c r="J560" t="s">
         <v>24</v>
       </c>
       <c r="K560" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L560" t="s">
         <v>26</v>
       </c>
       <c r="M560" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N560" t="s">
         <v>28</v>
       </c>
       <c r="O560" t="s">
-        <v>5155</v>
+        <v>5165</v>
       </c>
     </row>
     <row r="561" spans="1:15">
       <c r="A561">
-        <v>65098</v>
+        <v>65083</v>
       </c>
       <c r="B561" t="s">
-        <v>5156</v>
+        <v>5166</v>
       </c>
       <c r="C561" t="s">
-        <v>5157</v>
+        <v>5167</v>
       </c>
       <c r="D561" t="s">
-        <v>5158</v>
+        <v>5168</v>
       </c>
       <c r="E561" t="s">
-        <v>5159</v>
+        <v>5169</v>
       </c>
       <c r="F561" t="s">
-        <v>5160</v>
+        <v>5170</v>
       </c>
       <c r="G561" t="s">
-        <v>5161</v>
+        <v>5171</v>
       </c>
       <c r="H561" t="s">
-        <v>5162</v>
+        <v>5172</v>
       </c>
       <c r="I561" t="s">
-        <v>5163</v>
+        <v>5173</v>
       </c>
       <c r="J561" t="s">
         <v>24</v>
       </c>
       <c r="K561" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L561" t="s">
         <v>26</v>
       </c>
       <c r="M561" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N561" t="s">
         <v>28</v>
       </c>
       <c r="O561" t="s">
-        <v>5164</v>
+        <v>5174</v>
       </c>
     </row>
     <row r="562" spans="1:15">
       <c r="A562">
-        <v>65099</v>
+        <v>65084</v>
       </c>
       <c r="B562" t="s">
-        <v>5165</v>
+        <v>5175</v>
       </c>
       <c r="C562" t="s">
-        <v>5166</v>
+        <v>5176</v>
       </c>
       <c r="D562" t="s">
-        <v>5167</v>
+        <v>5177</v>
       </c>
       <c r="E562" t="s">
-        <v>5168</v>
+        <v>5178</v>
       </c>
       <c r="F562" t="s">
-        <v>5169</v>
+        <v>5179</v>
       </c>
       <c r="G562" t="s">
-        <v>5170</v>
+        <v>5180</v>
       </c>
       <c r="H562" t="s">
-        <v>5171</v>
+        <v>5181</v>
       </c>
       <c r="I562" t="s">
-        <v>5172</v>
+        <v>5182</v>
       </c>
       <c r="J562" t="s">
         <v>24</v>
       </c>
       <c r="K562" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L562" t="s">
         <v>26</v>
       </c>
       <c r="M562" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N562" t="s">
         <v>28</v>
       </c>
       <c r="O562" t="s">
-        <v>5173</v>
+        <v>5183</v>
       </c>
     </row>
     <row r="563" spans="1:15">
       <c r="A563">
-        <v>65100</v>
+        <v>65085</v>
       </c>
       <c r="B563" t="s">
-        <v>5174</v>
+        <v>5184</v>
       </c>
       <c r="C563" t="s">
-        <v>5175</v>
+        <v>5185</v>
       </c>
       <c r="D563" t="s">
-        <v>5176</v>
+        <v>5186</v>
       </c>
       <c r="E563" t="s">
-        <v>5177</v>
+        <v>5187</v>
       </c>
       <c r="F563" t="s">
-        <v>5178</v>
+        <v>5188</v>
       </c>
       <c r="G563" t="s">
-        <v>5179</v>
+        <v>5189</v>
       </c>
       <c r="H563" t="s">
-        <v>5180</v>
+        <v>5190</v>
       </c>
       <c r="I563" t="s">
-        <v>5181</v>
+        <v>5191</v>
       </c>
       <c r="J563" t="s">
         <v>24</v>
       </c>
       <c r="K563" t="s">
-        <v>4543</v>
+        <v>644</v>
       </c>
       <c r="L563" t="s">
         <v>26</v>
       </c>
       <c r="M563" t="s">
-        <v>4544</v>
+        <v>645</v>
       </c>
       <c r="N563" t="s">
         <v>28</v>
       </c>
       <c r="O563" t="s">
-        <v>5182</v>
+        <v>5192</v>
       </c>
     </row>
     <row r="564" spans="1:15">
       <c r="A564">
-        <v>65101</v>
+        <v>65086</v>
       </c>
       <c r="B564" t="s">
-        <v>5183</v>
+        <v>5193</v>
       </c>
       <c r="C564" t="s">
-        <v>5184</v>
+        <v>5194</v>
       </c>
       <c r="D564" t="s">
-        <v>5185</v>
+        <v>5195</v>
       </c>
       <c r="E564" t="s">
-        <v>5186</v>
+        <v>5196</v>
       </c>
       <c r="F564" t="s">
-        <v>5187</v>
+        <v>5197</v>
       </c>
       <c r="G564" t="s">
-        <v>5188</v>
+        <v>5198</v>
       </c>
       <c r="H564" t="s">
-        <v>5189</v>
+        <v>5199</v>
       </c>
       <c r="I564" t="s">
-        <v>5190</v>
+        <v>5200</v>
       </c>
       <c r="J564" t="s">
         <v>24</v>
       </c>
       <c r="K564" t="s">
-        <v>170</v>
+        <v>205</v>
       </c>
       <c r="L564" t="s">
         <v>26</v>
       </c>
       <c r="M564" t="s">
-        <v>171</v>
+        <v>206</v>
       </c>
       <c r="N564" t="s">
         <v>28</v>
       </c>
       <c r="O564" t="s">
-        <v>5191</v>
+        <v>5201</v>
       </c>
     </row>
     <row r="565" spans="1:15">
       <c r="A565">
-        <v>65102</v>
+        <v>65087</v>
       </c>
       <c r="B565" t="s">
-        <v>5192</v>
+        <v>5202</v>
       </c>
       <c r="C565" t="s">
-        <v>5193</v>
+        <v>5203</v>
       </c>
       <c r="D565" t="s">
-        <v>5194</v>
+        <v>5204</v>
       </c>
       <c r="E565" t="s">
-        <v>5195</v>
+        <v>5205</v>
       </c>
       <c r="F565" t="s">
-        <v>5196</v>
+        <v>5206</v>
       </c>
       <c r="G565" t="s">
-        <v>5197</v>
+        <v>5207</v>
       </c>
       <c r="H565" t="s">
-        <v>5198</v>
+        <v>5208</v>
       </c>
       <c r="I565" t="s">
-        <v>5199</v>
+        <v>5209</v>
       </c>
       <c r="J565" t="s">
         <v>24</v>
       </c>
       <c r="K565" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L565" t="s">
         <v>26</v>
       </c>
       <c r="M565" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N565" t="s">
         <v>28</v>
       </c>
       <c r="O565" t="s">
-        <v>5200</v>
+        <v>5210</v>
       </c>
     </row>
     <row r="566" spans="1:15">
       <c r="A566">
-        <v>65104</v>
+        <v>65088</v>
       </c>
       <c r="B566" t="s">
-        <v>5201</v>
+        <v>5211</v>
       </c>
       <c r="C566" t="s">
-        <v>5202</v>
+        <v>5212</v>
       </c>
       <c r="D566" t="s">
-        <v>5203</v>
+        <v>5213</v>
       </c>
       <c r="E566" t="s">
-        <v>5204</v>
+        <v>5214</v>
       </c>
       <c r="F566" t="s">
-        <v>5205</v>
+        <v>5215</v>
       </c>
       <c r="G566" t="s">
-        <v>5206</v>
+        <v>5216</v>
       </c>
       <c r="H566" t="s">
-        <v>5207</v>
+        <v>5217</v>
       </c>
       <c r="I566" t="s">
-        <v>5208</v>
+        <v>5218</v>
       </c>
       <c r="J566" t="s">
         <v>24</v>
       </c>
       <c r="K566" t="s">
-        <v>2710</v>
+        <v>25</v>
       </c>
       <c r="L566" t="s">
         <v>26</v>
       </c>
       <c r="M566" t="s">
-        <v>2711</v>
+        <v>27</v>
       </c>
       <c r="N566" t="s">
         <v>28</v>
       </c>
       <c r="O566" t="s">
-        <v>5209</v>
+        <v>5219</v>
       </c>
     </row>
     <row r="567" spans="1:15">
       <c r="A567">
-        <v>65105</v>
+        <v>65089</v>
       </c>
       <c r="B567" t="s">
-        <v>5210</v>
+        <v>5220</v>
       </c>
       <c r="C567" t="s">
-        <v>5211</v>
+        <v>5221</v>
       </c>
       <c r="D567" t="s">
-        <v>5212</v>
+        <v>5222</v>
       </c>
       <c r="E567" t="s">
-        <v>5213</v>
+        <v>5223</v>
       </c>
       <c r="F567" t="s">
-        <v>5214</v>
+        <v>5224</v>
       </c>
       <c r="G567" t="s">
-        <v>5215</v>
+        <v>5225</v>
       </c>
       <c r="H567" t="s">
-        <v>5216</v>
+        <v>5226</v>
       </c>
       <c r="I567" t="s">
-        <v>5217</v>
+        <v>5227</v>
       </c>
       <c r="J567" t="s">
         <v>24</v>
       </c>
       <c r="K567" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L567" t="s">
         <v>26</v>
       </c>
       <c r="M567" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N567" t="s">
         <v>28</v>
       </c>
       <c r="O567" t="s">
-        <v>5218</v>
+        <v>5228</v>
       </c>
     </row>
     <row r="568" spans="1:15">
       <c r="A568">
-        <v>65107</v>
+        <v>65090</v>
       </c>
       <c r="B568" t="s">
-        <v>5219</v>
+        <v>5229</v>
       </c>
       <c r="C568" t="s">
-        <v>5220</v>
+        <v>5230</v>
       </c>
       <c r="D568" t="s">
-        <v>5221</v>
+        <v>5231</v>
       </c>
       <c r="E568" t="s">
-        <v>5222</v>
+        <v>5232</v>
       </c>
       <c r="F568" t="s">
-        <v>5223</v>
+        <v>5233</v>
       </c>
       <c r="G568" t="s">
-        <v>5224</v>
+        <v>5234</v>
       </c>
       <c r="H568" t="s">
-        <v>5225</v>
+        <v>5235</v>
       </c>
       <c r="I568" t="s">
-        <v>5226</v>
+        <v>5236</v>
       </c>
       <c r="J568" t="s">
         <v>24</v>
       </c>
       <c r="K568" t="s">
-        <v>5227</v>
+        <v>25</v>
       </c>
       <c r="L568" t="s">
         <v>26</v>
       </c>
+      <c r="M568" t="s">
+        <v>27</v>
+      </c>
       <c r="N568" t="s">
         <v>28</v>
       </c>
       <c r="O568" t="s">
-        <v>5228</v>
+        <v>5237</v>
       </c>
     </row>
     <row r="569" spans="1:15">
       <c r="A569">
-        <v>65116</v>
+        <v>65091</v>
       </c>
       <c r="B569" t="s">
-        <v>5229</v>
+        <v>5238</v>
       </c>
       <c r="C569" t="s">
-        <v>5230</v>
+        <v>5239</v>
       </c>
       <c r="D569" t="s">
-        <v>5231</v>
+        <v>5240</v>
       </c>
       <c r="E569" t="s">
-        <v>5232</v>
+        <v>5241</v>
       </c>
       <c r="F569" t="s">
-        <v>5233</v>
+        <v>5242</v>
       </c>
       <c r="G569" t="s">
-        <v>5234</v>
+        <v>5243</v>
       </c>
       <c r="H569" t="s">
-        <v>5235</v>
+        <v>5244</v>
       </c>
       <c r="I569" t="s">
-        <v>5236</v>
+        <v>5245</v>
       </c>
       <c r="J569" t="s">
         <v>24</v>
       </c>
       <c r="K569" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L569" t="s">
         <v>26</v>
       </c>
       <c r="M569" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N569" t="s">
         <v>28</v>
       </c>
       <c r="O569" t="s">
-        <v>5237</v>
+        <v>5246</v>
       </c>
     </row>
     <row r="570" spans="1:15">
       <c r="A570">
-        <v>65124</v>
+        <v>65092</v>
       </c>
       <c r="B570" t="s">
-        <v>5238</v>
+        <v>5247</v>
       </c>
       <c r="C570" t="s">
-        <v>5239</v>
+        <v>5248</v>
       </c>
       <c r="D570" t="s">
-        <v>5240</v>
+        <v>5249</v>
       </c>
       <c r="E570" t="s">
-        <v>5241</v>
+        <v>5250</v>
       </c>
       <c r="F570" t="s">
-        <v>5242</v>
+        <v>5251</v>
       </c>
       <c r="G570" t="s">
-        <v>5243</v>
+        <v>5252</v>
       </c>
       <c r="H570" t="s">
-        <v>5244</v>
+        <v>5253</v>
       </c>
       <c r="I570" t="s">
-        <v>5245</v>
+        <v>5254</v>
       </c>
       <c r="J570" t="s">
         <v>24</v>
       </c>
       <c r="K570" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L570" t="s">
         <v>26</v>
       </c>
       <c r="M570" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N570" t="s">
         <v>28</v>
       </c>
       <c r="O570" t="s">
-        <v>5246</v>
+        <v>5255</v>
       </c>
     </row>
     <row r="571" spans="1:15">
       <c r="A571">
-        <v>65479</v>
+        <v>65093</v>
       </c>
       <c r="B571" t="s">
-        <v>5247</v>
+        <v>5256</v>
       </c>
       <c r="C571" t="s">
-        <v>5248</v>
+        <v>5257</v>
       </c>
       <c r="D571" t="s">
-        <v>5249</v>
+        <v>5258</v>
       </c>
       <c r="E571" t="s">
-        <v>5250</v>
+        <v>5259</v>
       </c>
       <c r="F571" t="s">
-        <v>5251</v>
+        <v>5260</v>
       </c>
       <c r="G571" t="s">
-        <v>5252</v>
+        <v>5261</v>
       </c>
       <c r="H571" t="s">
-        <v>5253</v>
+        <v>5262</v>
       </c>
       <c r="I571" t="s">
-        <v>5254</v>
+        <v>5263</v>
       </c>
       <c r="J571" t="s">
         <v>24</v>
       </c>
       <c r="K571" t="s">
-        <v>25</v>
+        <v>205</v>
       </c>
       <c r="L571" t="s">
         <v>26</v>
       </c>
       <c r="M571" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="N571" t="s">
         <v>28</v>
       </c>
       <c r="O571" t="s">
-        <v>5255</v>
+        <v>5264</v>
       </c>
     </row>
     <row r="572" spans="1:15">
       <c r="A572">
-        <v>65566</v>
+        <v>65094</v>
       </c>
       <c r="B572" t="s">
-        <v>5256</v>
+        <v>5265</v>
       </c>
       <c r="C572" t="s">
-        <v>5257</v>
+        <v>5266</v>
       </c>
       <c r="D572" t="s">
-        <v>5258</v>
+        <v>5267</v>
       </c>
       <c r="E572" t="s">
-        <v>5259</v>
+        <v>5268</v>
       </c>
       <c r="F572" t="s">
-        <v>5260</v>
+        <v>5269</v>
       </c>
       <c r="G572" t="s">
-        <v>5261</v>
+        <v>5270</v>
       </c>
       <c r="H572" t="s">
-        <v>5262</v>
+        <v>5271</v>
       </c>
       <c r="I572" t="s">
-        <v>5263</v>
+        <v>5272</v>
       </c>
       <c r="J572" t="s">
         <v>24</v>
       </c>
       <c r="K572" t="s">
-        <v>170</v>
+        <v>5273</v>
       </c>
       <c r="L572" t="s">
         <v>26</v>
       </c>
       <c r="M572" t="s">
-        <v>171</v>
+        <v>5274</v>
       </c>
       <c r="N572" t="s">
         <v>28</v>
       </c>
       <c r="O572" t="s">
-        <v>5264</v>
+        <v>5275</v>
       </c>
     </row>
     <row r="573" spans="1:15">
       <c r="A573">
-        <v>65613</v>
+        <v>65095</v>
       </c>
       <c r="B573" t="s">
-        <v>5265</v>
+        <v>5276</v>
       </c>
       <c r="C573" t="s">
-        <v>5266</v>
+        <v>5277</v>
       </c>
       <c r="D573" t="s">
-        <v>5267</v>
+        <v>5278</v>
       </c>
       <c r="E573" t="s">
-        <v>5268</v>
+        <v>5279</v>
       </c>
       <c r="F573" t="s">
-        <v>5269</v>
+        <v>5280</v>
       </c>
       <c r="G573" t="s">
-        <v>5270</v>
+        <v>5281</v>
       </c>
       <c r="H573" t="s">
-        <v>5271</v>
+        <v>5282</v>
       </c>
       <c r="I573" t="s">
-        <v>5272</v>
+        <v>5283</v>
       </c>
       <c r="J573" t="s">
-        <v>5273</v>
+        <v>24</v>
       </c>
       <c r="K573" t="s">
-        <v>1650</v>
+        <v>828</v>
+      </c>
+      <c r="L573" t="s">
+        <v>26</v>
+      </c>
+      <c r="M573" t="s">
+        <v>829</v>
       </c>
       <c r="N573" t="s">
         <v>28</v>
       </c>
       <c r="O573" t="s">
-        <v>5274</v>
+        <v>5284</v>
       </c>
     </row>
     <row r="574" spans="1:15">
       <c r="A574">
-        <v>65869</v>
+        <v>65096</v>
       </c>
       <c r="B574" t="s">
-        <v>5275</v>
+        <v>5285</v>
       </c>
       <c r="C574" t="s">
-        <v>5276</v>
+        <v>5286</v>
       </c>
       <c r="D574" t="s">
-        <v>5277</v>
+        <v>5287</v>
       </c>
       <c r="E574" t="s">
-        <v>5278</v>
+        <v>5288</v>
       </c>
       <c r="F574" t="s">
-        <v>5279</v>
+        <v>5289</v>
       </c>
       <c r="G574" t="s">
-        <v>5280</v>
+        <v>5290</v>
       </c>
       <c r="H574" t="s">
-        <v>5281</v>
+        <v>5291</v>
       </c>
       <c r="I574" t="s">
-        <v>5282</v>
+        <v>5292</v>
       </c>
       <c r="J574" t="s">
         <v>24</v>
       </c>
       <c r="K574" t="s">
-        <v>1476</v>
+        <v>25</v>
       </c>
       <c r="L574" t="s">
         <v>26</v>
       </c>
       <c r="M574" t="s">
-        <v>1478</v>
+        <v>27</v>
       </c>
       <c r="N574" t="s">
         <v>28</v>
       </c>
       <c r="O574" t="s">
-        <v>5283</v>
+        <v>5293</v>
       </c>
     </row>
     <row r="575" spans="1:15">
       <c r="A575">
+        <v>65097</v>
+      </c>
+      <c r="B575" t="s">
+        <v>5294</v>
+      </c>
+      <c r="C575" t="s">
+        <v>5295</v>
+      </c>
+      <c r="D575" t="s">
+        <v>5296</v>
+      </c>
+      <c r="E575" t="s">
+        <v>5297</v>
+      </c>
+      <c r="F575" t="s">
+        <v>5298</v>
+      </c>
+      <c r="G575" t="s">
+        <v>5299</v>
+      </c>
+      <c r="H575" t="s">
+        <v>5300</v>
+      </c>
+      <c r="I575" t="s">
+        <v>5301</v>
+      </c>
+      <c r="J575" t="s">
+        <v>24</v>
+      </c>
+      <c r="K575" t="s">
+        <v>205</v>
+      </c>
+      <c r="L575" t="s">
+        <v>26</v>
+      </c>
+      <c r="M575" t="s">
+        <v>206</v>
+      </c>
+      <c r="N575" t="s">
+        <v>28</v>
+      </c>
+      <c r="O575" t="s">
+        <v>5302</v>
+      </c>
+    </row>
+    <row r="576" spans="1:15">
+      <c r="A576">
+        <v>65098</v>
+      </c>
+      <c r="B576" t="s">
+        <v>5303</v>
+      </c>
+      <c r="C576" t="s">
+        <v>5304</v>
+      </c>
+      <c r="D576" t="s">
+        <v>5305</v>
+      </c>
+      <c r="E576" t="s">
+        <v>5306</v>
+      </c>
+      <c r="F576" t="s">
+        <v>5307</v>
+      </c>
+      <c r="G576" t="s">
+        <v>5308</v>
+      </c>
+      <c r="H576" t="s">
+        <v>5309</v>
+      </c>
+      <c r="I576" t="s">
+        <v>5310</v>
+      </c>
+      <c r="J576" t="s">
+        <v>24</v>
+      </c>
+      <c r="K576" t="s">
+        <v>25</v>
+      </c>
+      <c r="L576" t="s">
+        <v>26</v>
+      </c>
+      <c r="M576" t="s">
+        <v>27</v>
+      </c>
+      <c r="N576" t="s">
+        <v>28</v>
+      </c>
+      <c r="O576" t="s">
+        <v>5311</v>
+      </c>
+    </row>
+    <row r="577" spans="1:15">
+      <c r="A577">
+        <v>65099</v>
+      </c>
+      <c r="B577" t="s">
+        <v>5312</v>
+      </c>
+      <c r="C577" t="s">
+        <v>5313</v>
+      </c>
+      <c r="D577" t="s">
+        <v>5314</v>
+      </c>
+      <c r="E577" t="s">
+        <v>5315</v>
+      </c>
+      <c r="F577" t="s">
+        <v>5316</v>
+      </c>
+      <c r="G577" t="s">
+        <v>5317</v>
+      </c>
+      <c r="H577" t="s">
+        <v>5318</v>
+      </c>
+      <c r="I577" t="s">
+        <v>5319</v>
+      </c>
+      <c r="J577" t="s">
+        <v>24</v>
+      </c>
+      <c r="K577" t="s">
+        <v>205</v>
+      </c>
+      <c r="L577" t="s">
+        <v>26</v>
+      </c>
+      <c r="M577" t="s">
+        <v>206</v>
+      </c>
+      <c r="N577" t="s">
+        <v>28</v>
+      </c>
+      <c r="O577" t="s">
+        <v>5320</v>
+      </c>
+    </row>
+    <row r="578" spans="1:15">
+      <c r="A578">
+        <v>65100</v>
+      </c>
+      <c r="B578" t="s">
+        <v>5321</v>
+      </c>
+      <c r="C578" t="s">
+        <v>5322</v>
+      </c>
+      <c r="D578" t="s">
+        <v>5323</v>
+      </c>
+      <c r="E578" t="s">
+        <v>5324</v>
+      </c>
+      <c r="F578" t="s">
+        <v>5325</v>
+      </c>
+      <c r="G578" t="s">
+        <v>5326</v>
+      </c>
+      <c r="H578" t="s">
+        <v>5327</v>
+      </c>
+      <c r="I578" t="s">
+        <v>5328</v>
+      </c>
+      <c r="J578" t="s">
+        <v>24</v>
+      </c>
+      <c r="K578" t="s">
+        <v>4692</v>
+      </c>
+      <c r="L578" t="s">
+        <v>26</v>
+      </c>
+      <c r="M578" t="s">
+        <v>4693</v>
+      </c>
+      <c r="N578" t="s">
+        <v>28</v>
+      </c>
+      <c r="O578" t="s">
+        <v>5329</v>
+      </c>
+    </row>
+    <row r="579" spans="1:15">
+      <c r="A579">
+        <v>65101</v>
+      </c>
+      <c r="B579" t="s">
+        <v>5330</v>
+      </c>
+      <c r="C579" t="s">
+        <v>5331</v>
+      </c>
+      <c r="D579" t="s">
+        <v>5332</v>
+      </c>
+      <c r="E579" t="s">
+        <v>5333</v>
+      </c>
+      <c r="F579" t="s">
+        <v>5334</v>
+      </c>
+      <c r="G579" t="s">
+        <v>5335</v>
+      </c>
+      <c r="H579" t="s">
+        <v>5336</v>
+      </c>
+      <c r="I579" t="s">
+        <v>5337</v>
+      </c>
+      <c r="J579" t="s">
+        <v>24</v>
+      </c>
+      <c r="K579" t="s">
+        <v>205</v>
+      </c>
+      <c r="L579" t="s">
+        <v>26</v>
+      </c>
+      <c r="M579" t="s">
+        <v>206</v>
+      </c>
+      <c r="N579" t="s">
+        <v>28</v>
+      </c>
+      <c r="O579" t="s">
+        <v>5338</v>
+      </c>
+    </row>
+    <row r="580" spans="1:15">
+      <c r="A580">
+        <v>65102</v>
+      </c>
+      <c r="B580" t="s">
+        <v>5339</v>
+      </c>
+      <c r="C580" t="s">
+        <v>5340</v>
+      </c>
+      <c r="D580" t="s">
+        <v>5341</v>
+      </c>
+      <c r="E580" t="s">
+        <v>5342</v>
+      </c>
+      <c r="F580" t="s">
+        <v>5343</v>
+      </c>
+      <c r="G580" t="s">
+        <v>5344</v>
+      </c>
+      <c r="H580" t="s">
+        <v>5345</v>
+      </c>
+      <c r="I580" t="s">
+        <v>5346</v>
+      </c>
+      <c r="J580" t="s">
+        <v>24</v>
+      </c>
+      <c r="K580" t="s">
+        <v>25</v>
+      </c>
+      <c r="L580" t="s">
+        <v>26</v>
+      </c>
+      <c r="M580" t="s">
+        <v>27</v>
+      </c>
+      <c r="N580" t="s">
+        <v>28</v>
+      </c>
+      <c r="O580" t="s">
+        <v>5347</v>
+      </c>
+    </row>
+    <row r="581" spans="1:15">
+      <c r="A581">
+        <v>65104</v>
+      </c>
+      <c r="B581" t="s">
+        <v>5348</v>
+      </c>
+      <c r="C581" t="s">
+        <v>5349</v>
+      </c>
+      <c r="D581" t="s">
+        <v>5350</v>
+      </c>
+      <c r="E581" t="s">
+        <v>5351</v>
+      </c>
+      <c r="F581" t="s">
+        <v>5352</v>
+      </c>
+      <c r="G581" t="s">
+        <v>5353</v>
+      </c>
+      <c r="H581" t="s">
+        <v>5354</v>
+      </c>
+      <c r="I581" t="s">
+        <v>5355</v>
+      </c>
+      <c r="J581" t="s">
+        <v>24</v>
+      </c>
+      <c r="K581" t="s">
+        <v>2836</v>
+      </c>
+      <c r="L581" t="s">
+        <v>26</v>
+      </c>
+      <c r="M581" t="s">
+        <v>2837</v>
+      </c>
+      <c r="N581" t="s">
+        <v>28</v>
+      </c>
+      <c r="O581" t="s">
+        <v>5356</v>
+      </c>
+    </row>
+    <row r="582" spans="1:15">
+      <c r="A582">
+        <v>65105</v>
+      </c>
+      <c r="B582" t="s">
+        <v>5357</v>
+      </c>
+      <c r="C582" t="s">
+        <v>5358</v>
+      </c>
+      <c r="D582" t="s">
+        <v>5359</v>
+      </c>
+      <c r="E582" t="s">
+        <v>5360</v>
+      </c>
+      <c r="F582" t="s">
+        <v>5361</v>
+      </c>
+      <c r="G582" t="s">
+        <v>5362</v>
+      </c>
+      <c r="H582" t="s">
+        <v>5363</v>
+      </c>
+      <c r="I582" t="s">
+        <v>5364</v>
+      </c>
+      <c r="J582" t="s">
+        <v>24</v>
+      </c>
+      <c r="K582" t="s">
+        <v>205</v>
+      </c>
+      <c r="L582" t="s">
+        <v>26</v>
+      </c>
+      <c r="M582" t="s">
+        <v>206</v>
+      </c>
+      <c r="N582" t="s">
+        <v>28</v>
+      </c>
+      <c r="O582" t="s">
+        <v>5365</v>
+      </c>
+    </row>
+    <row r="583" spans="1:15">
+      <c r="A583">
+        <v>65107</v>
+      </c>
+      <c r="B583" t="s">
+        <v>5366</v>
+      </c>
+      <c r="C583" t="s">
+        <v>5367</v>
+      </c>
+      <c r="D583" t="s">
+        <v>5368</v>
+      </c>
+      <c r="E583" t="s">
+        <v>5369</v>
+      </c>
+      <c r="F583" t="s">
+        <v>5370</v>
+      </c>
+      <c r="G583" t="s">
+        <v>5371</v>
+      </c>
+      <c r="H583" t="s">
+        <v>5372</v>
+      </c>
+      <c r="I583" t="s">
+        <v>5373</v>
+      </c>
+      <c r="J583" t="s">
+        <v>24</v>
+      </c>
+      <c r="K583" t="s">
+        <v>5374</v>
+      </c>
+      <c r="L583" t="s">
+        <v>26</v>
+      </c>
+      <c r="M583" t="s">
+        <v>5375</v>
+      </c>
+      <c r="N583" t="s">
+        <v>28</v>
+      </c>
+      <c r="O583" t="s">
+        <v>5376</v>
+      </c>
+    </row>
+    <row r="584" spans="1:15">
+      <c r="A584">
+        <v>65116</v>
+      </c>
+      <c r="B584" t="s">
+        <v>5377</v>
+      </c>
+      <c r="C584" t="s">
+        <v>5378</v>
+      </c>
+      <c r="D584" t="s">
+        <v>5379</v>
+      </c>
+      <c r="E584" t="s">
+        <v>5380</v>
+      </c>
+      <c r="F584" t="s">
+        <v>5381</v>
+      </c>
+      <c r="G584" t="s">
+        <v>5382</v>
+      </c>
+      <c r="H584" t="s">
+        <v>5383</v>
+      </c>
+      <c r="I584" t="s">
+        <v>5384</v>
+      </c>
+      <c r="J584" t="s">
+        <v>24</v>
+      </c>
+      <c r="K584" t="s">
+        <v>205</v>
+      </c>
+      <c r="L584" t="s">
+        <v>26</v>
+      </c>
+      <c r="M584" t="s">
+        <v>206</v>
+      </c>
+      <c r="N584" t="s">
+        <v>28</v>
+      </c>
+      <c r="O584" t="s">
+        <v>5385</v>
+      </c>
+    </row>
+    <row r="585" spans="1:15">
+      <c r="A585">
+        <v>65124</v>
+      </c>
+      <c r="B585" t="s">
+        <v>5386</v>
+      </c>
+      <c r="C585" t="s">
+        <v>5387</v>
+      </c>
+      <c r="D585" t="s">
+        <v>5388</v>
+      </c>
+      <c r="E585" t="s">
+        <v>5389</v>
+      </c>
+      <c r="F585" t="s">
+        <v>5390</v>
+      </c>
+      <c r="G585" t="s">
+        <v>5391</v>
+      </c>
+      <c r="H585" t="s">
+        <v>5392</v>
+      </c>
+      <c r="I585" t="s">
+        <v>5393</v>
+      </c>
+      <c r="J585" t="s">
+        <v>24</v>
+      </c>
+      <c r="K585" t="s">
+        <v>25</v>
+      </c>
+      <c r="L585" t="s">
+        <v>26</v>
+      </c>
+      <c r="M585" t="s">
+        <v>27</v>
+      </c>
+      <c r="N585" t="s">
+        <v>28</v>
+      </c>
+      <c r="O585" t="s">
+        <v>5394</v>
+      </c>
+    </row>
+    <row r="586" spans="1:15">
+      <c r="A586">
+        <v>65479</v>
+      </c>
+      <c r="B586" t="s">
+        <v>5395</v>
+      </c>
+      <c r="C586" t="s">
+        <v>5396</v>
+      </c>
+      <c r="D586" t="s">
+        <v>5397</v>
+      </c>
+      <c r="E586" t="s">
+        <v>5398</v>
+      </c>
+      <c r="F586" t="s">
+        <v>5399</v>
+      </c>
+      <c r="G586" t="s">
+        <v>5400</v>
+      </c>
+      <c r="H586" t="s">
+        <v>5401</v>
+      </c>
+      <c r="I586" t="s">
+        <v>5402</v>
+      </c>
+      <c r="J586" t="s">
+        <v>24</v>
+      </c>
+      <c r="K586" t="s">
+        <v>25</v>
+      </c>
+      <c r="L586" t="s">
+        <v>26</v>
+      </c>
+      <c r="M586" t="s">
+        <v>27</v>
+      </c>
+      <c r="N586" t="s">
+        <v>28</v>
+      </c>
+      <c r="O586" t="s">
+        <v>5403</v>
+      </c>
+    </row>
+    <row r="587" spans="1:15">
+      <c r="A587">
+        <v>65566</v>
+      </c>
+      <c r="B587" t="s">
+        <v>5404</v>
+      </c>
+      <c r="C587" t="s">
+        <v>5405</v>
+      </c>
+      <c r="D587" t="s">
+        <v>5406</v>
+      </c>
+      <c r="E587" t="s">
+        <v>5407</v>
+      </c>
+      <c r="F587" t="s">
+        <v>5408</v>
+      </c>
+      <c r="G587" t="s">
+        <v>5409</v>
+      </c>
+      <c r="H587" t="s">
+        <v>5410</v>
+      </c>
+      <c r="I587" t="s">
+        <v>5411</v>
+      </c>
+      <c r="J587" t="s">
+        <v>24</v>
+      </c>
+      <c r="K587" t="s">
+        <v>205</v>
+      </c>
+      <c r="L587" t="s">
+        <v>26</v>
+      </c>
+      <c r="M587" t="s">
+        <v>206</v>
+      </c>
+      <c r="N587" t="s">
+        <v>28</v>
+      </c>
+      <c r="O587" t="s">
+        <v>5412</v>
+      </c>
+    </row>
+    <row r="588" spans="1:15">
+      <c r="A588">
+        <v>65613</v>
+      </c>
+      <c r="B588" t="s">
+        <v>5413</v>
+      </c>
+      <c r="C588" t="s">
+        <v>5414</v>
+      </c>
+      <c r="D588" t="s">
+        <v>5415</v>
+      </c>
+      <c r="E588" t="s">
+        <v>5416</v>
+      </c>
+      <c r="F588" t="s">
+        <v>5417</v>
+      </c>
+      <c r="G588" t="s">
+        <v>5418</v>
+      </c>
+      <c r="H588" t="s">
+        <v>5419</v>
+      </c>
+      <c r="I588" t="s">
+        <v>5420</v>
+      </c>
+      <c r="J588" t="s">
+        <v>5421</v>
+      </c>
+      <c r="K588" t="s">
+        <v>1763</v>
+      </c>
+      <c r="L588" t="s">
+        <v>5422</v>
+      </c>
+      <c r="M588" t="s">
+        <v>1764</v>
+      </c>
+      <c r="N588" t="s">
+        <v>28</v>
+      </c>
+      <c r="O588" t="s">
+        <v>5423</v>
+      </c>
+    </row>
+    <row r="589" spans="1:15">
+      <c r="A589">
+        <v>65869</v>
+      </c>
+      <c r="B589" t="s">
+        <v>5424</v>
+      </c>
+      <c r="C589" t="s">
+        <v>5425</v>
+      </c>
+      <c r="D589" t="s">
+        <v>5426</v>
+      </c>
+      <c r="E589" t="s">
+        <v>5427</v>
+      </c>
+      <c r="F589" t="s">
+        <v>5428</v>
+      </c>
+      <c r="G589" t="s">
+        <v>5429</v>
+      </c>
+      <c r="H589" t="s">
+        <v>5430</v>
+      </c>
+      <c r="I589" t="s">
+        <v>5431</v>
+      </c>
+      <c r="J589" t="s">
+        <v>24</v>
+      </c>
+      <c r="K589" t="s">
+        <v>1589</v>
+      </c>
+      <c r="L589" t="s">
+        <v>26</v>
+      </c>
+      <c r="M589" t="s">
+        <v>1591</v>
+      </c>
+      <c r="N589" t="s">
+        <v>28</v>
+      </c>
+      <c r="O589" t="s">
+        <v>5432</v>
+      </c>
+    </row>
+    <row r="590" spans="1:15">
+      <c r="A590">
+        <v>66271</v>
+      </c>
+      <c r="B590" t="s">
+        <v>5433</v>
+      </c>
+      <c r="C590" t="s">
+        <v>5434</v>
+      </c>
+      <c r="D590" t="s">
+        <v>5435</v>
+      </c>
+      <c r="E590" t="s">
+        <v>5436</v>
+      </c>
+      <c r="F590" t="s">
+        <v>5437</v>
+      </c>
+      <c r="G590" t="s">
+        <v>5438</v>
+      </c>
+      <c r="H590" t="s">
+        <v>5439</v>
+      </c>
+      <c r="I590" t="s">
+        <v>5440</v>
+      </c>
+      <c r="J590" t="s">
+        <v>24</v>
+      </c>
+      <c r="K590" t="s">
+        <v>25</v>
+      </c>
+      <c r="L590" t="s">
+        <v>26</v>
+      </c>
+      <c r="M590" t="s">
+        <v>27</v>
+      </c>
+      <c r="N590" t="s">
+        <v>28</v>
+      </c>
+      <c r="O590" t="s">
+        <v>5441</v>
+      </c>
+    </row>
+    <row r="591" spans="1:15">
+      <c r="A591">
+        <v>66385</v>
+      </c>
+      <c r="B591" t="s">
+        <v>5442</v>
+      </c>
+      <c r="C591" t="s">
+        <v>5443</v>
+      </c>
+      <c r="D591" t="s">
+        <v>5444</v>
+      </c>
+      <c r="E591" t="s">
+        <v>5445</v>
+      </c>
+      <c r="F591" t="s">
+        <v>5446</v>
+      </c>
+      <c r="G591" t="s">
+        <v>5447</v>
+      </c>
+      <c r="H591" t="s">
+        <v>5448</v>
+      </c>
+      <c r="I591" t="s">
+        <v>5449</v>
+      </c>
+      <c r="J591" t="s">
+        <v>24</v>
+      </c>
+      <c r="K591" t="s">
+        <v>205</v>
+      </c>
+      <c r="L591" t="s">
+        <v>26</v>
+      </c>
+      <c r="M591" t="s">
+        <v>206</v>
+      </c>
+      <c r="N591" t="s">
+        <v>28</v>
+      </c>
+      <c r="O591" t="s">
+        <v>5450</v>
+      </c>
+    </row>
+    <row r="592" spans="1:15">
+      <c r="A592">
+        <v>66386</v>
+      </c>
+      <c r="B592" t="s">
+        <v>5451</v>
+      </c>
+      <c r="C592" t="s">
+        <v>5452</v>
+      </c>
+      <c r="D592" t="s">
+        <v>5453</v>
+      </c>
+      <c r="E592" t="s">
+        <v>5454</v>
+      </c>
+      <c r="F592" t="s">
+        <v>5455</v>
+      </c>
+      <c r="G592" t="s">
+        <v>5456</v>
+      </c>
+      <c r="H592" t="s">
+        <v>5457</v>
+      </c>
+      <c r="I592" t="s">
+        <v>5458</v>
+      </c>
+      <c r="J592" t="s">
+        <v>24</v>
+      </c>
+      <c r="K592" t="s">
+        <v>47</v>
+      </c>
+      <c r="L592" t="s">
+        <v>26</v>
+      </c>
+      <c r="M592" t="s">
+        <v>48</v>
+      </c>
+      <c r="N592" t="s">
+        <v>28</v>
+      </c>
+      <c r="O592" t="s">
+        <v>5459</v>
+      </c>
+    </row>
+    <row r="593" spans="1:15">
+      <c r="A593">
         <v>66392</v>
       </c>
-      <c r="B575" t="s">
-[...26 lines deleted...]
-      <c r="K575" t="s">
+      <c r="B593" t="s">
+        <v>5460</v>
+      </c>
+      <c r="C593" t="s">
+        <v>5461</v>
+      </c>
+      <c r="D593" t="s">
+        <v>5462</v>
+      </c>
+      <c r="E593" t="s">
+        <v>5463</v>
+      </c>
+      <c r="F593" t="s">
+        <v>5464</v>
+      </c>
+      <c r="G593" t="s">
+        <v>5465</v>
+      </c>
+      <c r="H593" t="s">
+        <v>5466</v>
+      </c>
+      <c r="I593" t="s">
+        <v>5467</v>
+      </c>
+      <c r="J593" t="s">
+        <v>24</v>
+      </c>
+      <c r="K593" t="s">
         <v>25</v>
       </c>
-      <c r="L575" t="s">
-[...2 lines deleted...]
-      <c r="M575" t="s">
+      <c r="L593" t="s">
+        <v>26</v>
+      </c>
+      <c r="M593" t="s">
         <v>27</v>
       </c>
-      <c r="N575" t="s">
-[...3 lines deleted...]
-        <v>5292</v>
+      <c r="N593" t="s">
+        <v>28</v>
+      </c>
+      <c r="O593" t="s">
+        <v>5468</v>
+      </c>
+    </row>
+    <row r="594" spans="1:15">
+      <c r="A594">
+        <v>66512</v>
+      </c>
+      <c r="B594" t="s">
+        <v>4527</v>
+      </c>
+      <c r="C594" t="s">
+        <v>5469</v>
+      </c>
+      <c r="D594" t="s">
+        <v>5470</v>
+      </c>
+      <c r="E594" t="s">
+        <v>5471</v>
+      </c>
+      <c r="F594" t="s">
+        <v>5472</v>
+      </c>
+      <c r="G594" t="s">
+        <v>4532</v>
+      </c>
+      <c r="H594" t="s">
+        <v>4533</v>
+      </c>
+      <c r="I594" t="s">
+        <v>4534</v>
+      </c>
+      <c r="J594" t="s">
+        <v>24</v>
+      </c>
+      <c r="K594" t="s">
+        <v>5473</v>
+      </c>
+      <c r="L594" t="s">
+        <v>26</v>
+      </c>
+      <c r="M594" t="s">
+        <v>5474</v>
+      </c>
+      <c r="N594" t="s">
+        <v>28</v>
+      </c>
+      <c r="O594" t="s">
+        <v>5475</v>
+      </c>
+    </row>
+    <row r="595" spans="1:15">
+      <c r="A595">
+        <v>66515</v>
+      </c>
+      <c r="B595" t="s">
+        <v>5476</v>
+      </c>
+      <c r="C595" t="s">
+        <v>5477</v>
+      </c>
+      <c r="D595" t="s">
+        <v>5478</v>
+      </c>
+      <c r="E595" t="s">
+        <v>5479</v>
+      </c>
+      <c r="F595" t="s">
+        <v>5480</v>
+      </c>
+      <c r="G595" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H595" t="s">
+        <v>5481</v>
+      </c>
+      <c r="I595" t="s">
+        <v>5482</v>
+      </c>
+      <c r="J595" t="s">
+        <v>24</v>
+      </c>
+      <c r="K595" t="s">
+        <v>5473</v>
+      </c>
+      <c r="L595" t="s">
+        <v>26</v>
+      </c>
+      <c r="M595" t="s">
+        <v>5474</v>
+      </c>
+      <c r="N595" t="s">
+        <v>28</v>
+      </c>
+      <c r="O595" t="s">
+        <v>5483</v>
+      </c>
+    </row>
+    <row r="596" spans="1:15">
+      <c r="A596">
+        <v>66520</v>
+      </c>
+      <c r="B596" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C596" t="s">
+        <v>5484</v>
+      </c>
+      <c r="D596" t="s">
+        <v>5485</v>
+      </c>
+      <c r="E596" t="s">
+        <v>5486</v>
+      </c>
+      <c r="F596" t="s">
+        <v>2127</v>
+      </c>
+      <c r="G596" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H596" t="s">
+        <v>2129</v>
+      </c>
+      <c r="I596" t="s">
+        <v>2130</v>
+      </c>
+      <c r="J596" t="s">
+        <v>24</v>
+      </c>
+      <c r="K596" t="s">
+        <v>25</v>
+      </c>
+      <c r="L596" t="s">
+        <v>26</v>
+      </c>
+      <c r="M596" t="s">
+        <v>27</v>
+      </c>
+      <c r="N596" t="s">
+        <v>28</v>
+      </c>
+      <c r="O596" t="s">
+        <v>5487</v>
+      </c>
+    </row>
+    <row r="597" spans="1:15">
+      <c r="A597">
+        <v>66523</v>
+      </c>
+      <c r="B597" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C597" t="s">
+        <v>5488</v>
+      </c>
+      <c r="D597" t="s">
+        <v>5489</v>
+      </c>
+      <c r="E597" t="s">
+        <v>5490</v>
+      </c>
+      <c r="F597" t="s">
+        <v>2031</v>
+      </c>
+      <c r="G597" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H597" t="s">
+        <v>2033</v>
+      </c>
+      <c r="I597" t="s">
+        <v>2034</v>
+      </c>
+      <c r="J597" t="s">
+        <v>24</v>
+      </c>
+      <c r="K597" t="s">
+        <v>47</v>
+      </c>
+      <c r="L597" t="s">
+        <v>26</v>
+      </c>
+      <c r="M597" t="s">
+        <v>48</v>
+      </c>
+      <c r="N597" t="s">
+        <v>28</v>
+      </c>
+      <c r="O597" t="s">
+        <v>5491</v>
+      </c>
+    </row>
+    <row r="598" spans="1:15">
+      <c r="A598">
+        <v>66524</v>
+      </c>
+      <c r="B598" t="s">
+        <v>4695</v>
+      </c>
+      <c r="C598" t="s">
+        <v>5492</v>
+      </c>
+      <c r="D598" t="s">
+        <v>5493</v>
+      </c>
+      <c r="E598" t="s">
+        <v>5494</v>
+      </c>
+      <c r="F598" t="s">
+        <v>5495</v>
+      </c>
+      <c r="G598" t="s">
+        <v>4700</v>
+      </c>
+      <c r="H598" t="s">
+        <v>4701</v>
+      </c>
+      <c r="I598" t="s">
+        <v>4702</v>
+      </c>
+      <c r="J598" t="s">
+        <v>24</v>
+      </c>
+      <c r="K598" t="s">
+        <v>205</v>
+      </c>
+      <c r="L598" t="s">
+        <v>26</v>
+      </c>
+      <c r="M598" t="s">
+        <v>206</v>
+      </c>
+      <c r="N598" t="s">
+        <v>28</v>
+      </c>
+      <c r="O598" t="s">
+        <v>5496</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">