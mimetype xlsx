--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4423">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5023">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Српски
 # Source: https://hadeethenc.com/sr
-# Last update: 2025-07-27 00:07:08 (v1.25.0)
-# Check for updates: https://hadeethenc.com/en/check/sr/v1.25.0
+# Last update: 2025-11-12 00:16:12 (v1.29.0)
+# Check for updates: https://hadeethenc.com/en/check/sr/v1.29.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -781,54 +781,54 @@
     <t>Када неко од вас заволи свога брата, нека му каже да га воли.”</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Микдад б. Ма'ди, Аллах био задовољан њиме, преноси да је Посланик Мухаммед, нека су Аллахови благослови и мир над њим, рекао: "Када неко од вас заволи свога брата, нека му каже да га воли.”</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Посланик, мир над њим, је објаснио један поступак који јача однос међу верницима и шири љубав међу њима, а то је да ако неко заволи свог брата верника, треба да му каже да га воли.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Вредност искрене љубави у име Аллаха Узвишеног, без материјалног интереса, је огромна.
 Препоручљиво је обавестити особу да је волимо ради Аллаха како би се љубав и блискост повећали.
 Ширење љубави међу верницима јача братство у вери и одржава друштво од распадања и подела.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3017</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>„Посланику, нека је Аллахов благослов и мир на њега, се свиђало да приоритет даје десној страни приликом обувања своје обуће, чешљања, чишћења и у свим ситуацијама.“</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>Аиша, мајка правоверних, Аллах био задовољан њоме, каже: „Посланику, нека је Аллахов благослов и мир на њега, се свиђало да приоритет даје десној страни приликом обувања своје обуће, чешљања, чишћења и у свим ситуацијама.“</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, је волео и давао предност десној страни у свим почасним стварима као што је на пример: да се започне са десном ногом приликом обувања обуће, да се започне са десном страном приликом чешљања и мазања косе и браде, те да се приликом узимања абдеста започне са десном руком и ногом.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
@@ -1031,92 +1031,128 @@
     <t>Преноси се од Ебу Се'ида ел-Худрија, Аллах био задовољан њиме, да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Један од највећих видова џихада јесте рећи истину пред неправедним владаром.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да је једна од најкориснијих и најбољих врста борби на Аллаховом путу рећи реч истине и правде пред неправедним владаром или намесником. Тиме се поступа по начелу наређивања на добро и одвраћања од зла, свеједно да ли се то применило путем говора, дела, писма и томе слично.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>Наређивање на добро и одвраћање од зла је врста џихада.
 Саветовање владара представља једну од највећих борби. Но, то мора бити усклађено са знањем, мудрошћу и пажљивошћу.
 Ел-Хаттаби је рекао: „То је највећа врста џихада с обзиром на то да када се неко упусти у борбу против непријатеља, он се налази између страха и наде – не зна да ли ће победити или не. Но, када је у питању владар, сви су људи под његовом контролом, па када се њему упути реч истине, тиме се човек излаже опасности. Услед тога, то је најбоља врста борбе јер том приликом доминира страх. Осим тога, неки су казали да је то најбоља борба јер ће, ако владар прихвати реч истине, бити боље великом броју људи.“</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[حسن لغيره]</t>
+  </si>
+  <si>
     <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3045</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>Дуњалук (овај свет) је сладак и зелен. Узвишени Аллах вас је створио на њему да види како ћете радити. Према томе, чувајте се дуњалука и чувајте се жена</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Преноси се од Ебу Се'ида ел-Худрија, Аллах био задовољан њиме, да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Дуњалук (овај свет) је сладак и зелен. Узвишени Аллах вас је створио на њему да види како ћете радити. Према томе, чувајте се дуњалука и чувајте се жена, заиста је прво искушење Исраелћана потекло од жена.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам описује овај свет као нешто чији је укус сладак, а изглед зелен и привлачан. Човек може због тога посрнути, те бити обмањен овим светом и своју највећу бригу посветити њему. Посланик нам потом скреће пажњу да нас Узвишени смењује на овом свету, једне после других, како би обејанио, разоткрио како ћемо поступати и хоћемо ли Му бити покорни или грешни. Затим нас упозорава да нас не обмани лепота овога света. Овосветки украси ће навести човека да не изврши оно што му је Узвишени Аллах наредио и да се упусти у оно што му је забранио. А најопасније искушење за мушкарца на овом свету, на чију нас опасност Посланик упозорава јесте искушење жена. Оне су биле прво искушење које је Исраелћане одвело у понор.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Овим се подстиче на богобојазност као и на то да човек не сме допустити да га заокупирају лепоте овога света.
 Упозорење на искушење жена. Наиме, потребно је клонити се гледања у жене, беспотребног мешања са њима и томе слично.
 Жене су једно од највећих искушења на овом свету.
 Потребно је узети поуку из пријашњих народа. Оно што је задесило Исраелћане, може задесити и остале народе.
 Чак и супруга може бити искушење мужу тако што ће га преоптеретити материјалним трошковима које он не може поднети и који ће га удаљити од вере. Што се тиче жене странкиње, она може бити искушење за мушкарца тако што ће га заводити и што ће се беспотребно мешати са њим, поготово ако је откривена. Ово може одвести до блуда. Стога, верник мора потражити уточиште код Узвишеног Аллаха и треба жудети ка спасу од овог опасног искушења.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3053</t>
+  </si>
+  <si>
+    <t>ما رأيت النبي صلى الله عليه وسلم مستجمعا قط ضاحكا، حتى أرى منه لهواته، إنما كان يتبسم</t>
+  </si>
+  <si>
+    <t>„Никада нисам видела Алаховог Посланика, нека су Божији благослови и мир над њим, да се грохотом смеје и да му се при том види ресица. Он би се само осмехивао.“</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنين رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: مَا رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُسْتَجْمِعًا قَطُّ ضَاحِكًا، حَتَّى أَرَى مِنْهُ لَهَوَاتِهِ، إِنَّمَا كَانَ يَتَبَسَّمُ.</t>
+  </si>
+  <si>
+    <t>Аиша, нека је Аллах задовољан њоме, рекла је: „Никада нисам видела Алаховог Посланика, нека су Божији благослови и мир над њим, да се грохотом смеје и да му се при том види ресица. Он би се само осмехивао.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم لم يكن مُبالِغًا في الضحك حتى تُرى لَهَاتُهُ، وهي اللَّحْمَة المُتعلِّقة في أعلى الحَلْق، إنما كان يَتَبَسّم.</t>
+  </si>
+  <si>
+    <t>Аиша, нека је Алах задовољан њоме, преноси да се Посланик, нека су Божији благослови и мир над њим, никада није смејао толико да би му се видела ресица грла. Он би се само благо осмехивао.</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم ضَحِكُهُ التبسم إذا رضي أو أُعْجِب بشيء.
+قال ابن حجر: ما رأيته مُستجْمِعًا من جهة الضحك بحيث يضحك ضَحِكًا تامًّا مُقبِلًا بِكُلّيته على الضحك. 
+كثرة الضحك وارتفاع الصوت بالقهقهة ليس من صفات الصالحين.
+كثرة الضحك تُذهِب هيبةَ الرجل ووقارَه بين إخوانه.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су Божији благослови и мир над њим, смејао се тако да би се само осмехнуо када би био задовољан или када би му се нешто допало.
+Ибн Хаџер је рекао: „Нисам га видео да се смеје тако да се потпуно препусти смеху, смејући се пуном снагом.“
+Претерано смејање и гласан смех нису особине побожних људи.
+Претерано смејање одузима човеку углед и достојанство међу његовом браћом.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3060</t>
   </si>
   <si>
     <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>Дали смо присегу Аллаховом Посланику, нека је Аллахов благослов и мир на њега, да ћемо слушати и бити покорни у потешкоћи и олакшању, у лагодности и невољи, чак и ако стање буде науштрб нас</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>Убаде бин ес-Самит, Аллах био задовољан њиме, је рекао: "Дали смо присегу Аллаховом Посланику, нека је Аллахов благослов и мир на њега, да ћемо слушати и бити покорни у потешкоћи и олакшању, у лагодности и невољи, чак и ако стање буде науштрб нас, да се нећемо борити против наших надређених, те да ћемо говорити истину где год се налазили и да се нећемо бојати ничијег прекора ради Аллаха.“</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, је узео уговор од својих асхаба да ће бити покорни владарима у потешкоћи и олакшању, у богатству и сиромаштву, свеједно пријале им њихове наредбе или не, па чак и ако би владари себи присвојили нешто од јавног добра. Асхаби су се, наиме, обавезали да ће у свим тим ситуацијама слушати владаре и бити им покорни, те да неће дизати устанак против њих јер је у томе већа штета. Поврх тога, обавезали су се и да ће говорити истину где год се нађу, не бојећи се прекора било кога.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
@@ -2317,50 +2353,88 @@
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Од Ибн Омера, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Скраћујте бркове и пуштајте браду!“</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, наређује да се скраћују бркови и да се нипошто не пуштају.
 С друге стране, наређује нам и да пуштамо браду.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Забрањено је бријати браду.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3279</t>
   </si>
   <si>
+    <t>إذا رأى أحدكم الرؤيا يحبها فإنها من الله، فليحمد الله عليها وليحدث بها، وإذا رأى غير ذلك مما يكره، فإنما هي من الشيطان، فليستعذ من شرها، ولا يذكرها لأحد، فإنها لن تضره</t>
+  </si>
+  <si>
+    <t>„Када неко од вас види сан који му се допада, тај сан је од Аллаха, па нека захвали Аллаху на томе и нека га исприча другима. А ако види нешто што не воли, тај сан је од шejтана, па нека тражи заштиту од његовог зла и нека га не спомиње никоме, јер му неће нашкодити.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Сеида ел-Худрија, нека је Алах задовољан њиме, преноси се да је чуо Аллаховог Посланика, нека су Божији благослови и мир над њим, како каже: „Када неко од вас види сан који му се допада, тај сан је од Аллаха, па нека захвали Аллаху на томе и нека га исприча другима. А ако види нешто што не воли, тај сан је од шejтана, па нека тражи заштиту од његовог зла и нека га не спомиње никоме, јер му неће нашкодити.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفرِحة في المنام من الله، وأرشد بأنْ يَحمد الله عليها، ويخبر بها، وإذا رأى ما يَكره ويُحزن فإنما هي من الشيطان؛ فليستعذ بالله من شرها، ولا يذكرها لأحد؛ فإنها لا تضره حيث جعل الله ما ذُكر سببًا للسلامة من المكروه المترتِّب على الرؤيا.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су Божији благослови и мир над њим, обавестио је да је добра и радосна визија у сну од Алаха. Он је саветовао да се захвали Аллаху на томе и да се исприча другима. А ако неко види нешто што не воли или га растужи, то је од шejтана. Треба да тражи заштиту од Алаха од његовог зла и да не спомиње никоме, јер му неће нашкодити. Бог је учинио то што је споменуто разлогом заштите од непријатности које могу произаћи из сна.</t>
+  </si>
+  <si>
+    <t>أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو تُرى له، 2- حديث النفس وهي ما يحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
+حاصل ما ذكر من أبواب الرؤيا الصالحة ثلاثة أشياء: أن يحمد الله عليها، وأن يستبشر بها، وأن يتحدث بها لكن لمن يحب دون من يكره.
+حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوَّذ بالله من شرها، ومن شر الشيطان، وأن يتفل حين يهب من نومه عن يساره ثلاثا، ولا يذكرها لأحد أصلًا، وإذا أراد أن يرجع لنومه يتحوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.
+قال ابن حجر: الحكمة فيه أنه إذا حدَّث بالرؤيا الحسنة من لا يحب قد يفسِّرها له بما لا يحب إما بُغضًا وإما حسدًا، فقد تقع على تلك الصفة أو يتعجّل لنفسه من ذلك حُزنًا ونكدًا، فأمر بترك تحديث مَن لا يُحِب بسبب ذلك.
+الحمد عند حدوث النِّعَم، وتجدد المنن، فذلك سبب لدوامها.</t>
+  </si>
+  <si>
+    <t>Врсте снова:  
+1. Добар сан – то је истинит сан и добра вест од Аллаха, који човек види.  
+2. Дошаптавања душе – то су мисли које човек има док је будан, а које се појаве у сну.  
+3. Шејтаново застрашивање и плашење – то су ужасни снови које шejтан шаље како би ожалостио и уплашио људе.
+Закључак о добрим сновима састоји се од три ствари: да се човек захвали Аллаху на њима, да се радује због њих и да их исприча само онима које воли, а не онима које не воли.
+Закључак о понашању у вези са непријатним сновима обухвата пет ствари: да човек затражи заштиту од Алаха од њиховог зла, као и од зла шејтана, да три пута пљуцне на своју леву страну када се пробуди, да не спомиње сан никоме, да промени страну на којој је спавао ако жели да се врати сну, па му тај сан неће нашкодити.
+Ибн Хаџер је рекао: „Мудрост у томе је да ако човек исприча добар сан некоме кога не воли, тај може да га протумачи на начин који му се неће свидети, било због мржње или зависти. Такав сан може да се оствари у том негативном смислу, или човек сам себи може прерано донети тугу и непријатност. Зато је наређено да се сан не прича онима које не волиш.“
+Захвалност при добијању благодати и обнављању дарова јесте разлог за њихов опстанак.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3285</t>
+  </si>
+  <si>
     <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>Чудан ли је пример верника! Свако стање у којем се нађе је добро за њега, а то није случај ни са ким другим осим са верником</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Од Сухејба, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Чудан ли је пример верника! Свако стање у којем се нађе је добро за њега, а то није случај ни са ким другим осим са верником. Ако га задеси каква радост он се на њој захвали, па му буде добро, а ако га задеси каква недаћа он се стрпи па му опет буде добро.“</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, исказивао је дивљење вернику и његовим стањима. Шта год га задеси, то је за њега добро, а тако је само за верника. Ако га задеси нека радост, захваљује Узвишеном Аллаху на њој; и тиме стиче награду захвалности. С друге стране, ако га задеси нека невоља, он стрпљиво подноси и очекује награду од Аллаха, и тиме стиче награду стрпљивости. Дакле, он у сваком случају бива награђен.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
@@ -3001,90 +3075,158 @@
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Од Абдуллаха ибн Омера, нека је Аллах задовољан њим, преноси се да је чуо једног човека како каже: „Не, кунем се Кабом.“ Тада је Абдуллах ибн Омер рекао: „Не треба се клети ничим осим Аллахом, јер сам чуо да је Посланик рекао: ''Ко се закуне нечим осим Аллахом, заиста је починио неверство или многобоштво.“</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Посланик, мир над њим, обавештава да онај ко се закуне нечим осим Аллахом, Његовим именима или атрибутима, починио је неверство или многобоштво, јер заклињање подразумева узвишавање онога чиме се куне. А узвишеност припада искључиво Аллаху, па се заклетва може чинити само Аллахом, Његовим именима и атрибутима. Оваква заклетва сматра се мањим обликом многобоштва, али ако онај ко се заклиње узвелича оно чиме се заклиње на исти начин као што велича Аллаха, или чак више, то постаје већи облик многобоштва.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Величање кроз заклетву је право које припада искључиво Аллаху Узвишеном, па се може заклињати само Њиме, Његовим именима и својствима.
 Асхаби - другови Посланика су били изузетно посвећени наређивању добра и спречавању зла, посебно када је у питању зло многобоштва или неверства.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3359</t>
   </si>
   <si>
+    <t>من عال جاريتين حتى تبلغا جاء يوم القيامة أنا وهو وضم أصابعه</t>
+  </si>
+  <si>
+    <t>„Ко одгоји две ћерке и брине о њима док не одрасту, на Судњем дану ћемо ја и он бити као ова два прста.“ И спојио је своје прсте</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ عَالَ جَارِيَتَيْنِ حَتَّى تَبْلُغَا جَاءَ يَوْمَ الْقِيَامَةِ أَنَا وَهُوَ» وَضَمَّ أَصَابِعَهُ.</t>
+  </si>
+  <si>
+    <t>Од Енесa ибн Малика, нека је Аллах задовољан њиме, преноси се да је Посланик, нека су Божији благослови и мир над њим, рекао: „Ко одгоји две ћерке и брине о њима док не одрасту, на Судњем дану ћемо ја и он бити као ова два прста.“ И спојио је своје прсте.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن رُزِقَ باثنتين من البنات أو الأخوات، فقام عليهما بالمُؤنة والتربية والتوجيه للخير والتحذير من الشر ونحو ذلك حتى يَكْبُرَا ويَبْلُغا؛ جاء يوم القيامة هو والنبيُّ صلى الله عليه وسلم كهاتَين وضَمّ أصابِعَه السبابة والوسطى.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су Божији благослови и мир над њим, обавестио је да коме буду дароване две ћерке или сестре, па се стара о њиховом издржавању, васпитању, упућивању на добро и упозоравању на зло и томе слично, све док не одрасту и постану пунолетне, доћи ће на Судњем дану он и Посланик, нека су Божији благослови и мир над њим, као ова два прста – а он је спојио кажипрст и средњи прст.</t>
+  </si>
+  <si>
+    <t>الثواب العظيم لمن قام على البنات بالمؤونة والتربية حتى يتزوجْن أو يبلغْن، وكذلك الأخوات.
+أجر القيام على البنات أعظم من أجر القيام على البنين؛ إذ لم يُذْكَر مثل ذلك في حقِّهم؛ وذلك لأجل أنَّ مؤنة البنات والاهتمام بأمورهن أعظم من أمور البنين؛ لأنهن عورات لا يباشِرْن أمورَهن، ولا يتصرفن تصرف البنين، وكذلك لأنهن لا يتعلق بهن طمع الأب بالاستقواء بهن على الأعداء، وإحياء اسمه واتصال نسبه، وغير ذلك، كما يتعلق بالذكر؛ فاحتيج في ذلك إلى الصبر والإخلاص من المنفق عليهن مع حسن النية؛ فعظم الأجر، فكان رفيق النبي صلى الله عليه وسلم يوم القيامة.
+علامات البلوغ للمرأة: إكمال خمس عشرة سنة، أو تحيض ولو قبل خمس عشرة سنة، أو نَبَتتْ لها العانة وهو الشعر الخشن حول القُبُل، أو بالاحتلام وهو إنزال المني في المنام.
+قال القرطبي: ويعني ببلوغهما وصولَهما إلى حال يستقلّان بأنفسهما؛ وذلك إنما يكون في النساء إلى أن يدخل بهن أزواجهن، فلا يعني به بلوغهما إلى أن تحيض وتُكلَّف؛ إذ قد تتزوج قبل ذلك فتستغني بالزوج عن قيام الكافل، وقد تحيض وهي غير مستقلة بشيء من مصالحها ولو تركت لضاعت وفسدت أحوالها، بل هي في هذه الحالة أحق بالصيانة والحفظ والقائم عليها لتكمل صيانتها فيرغب في تزويجها، ولهذا المعنى قال علماؤنا لا تسقط النفقة عن والد الصبية ببلوغها بل بدخول الزوج بها.</t>
+  </si>
+  <si>
+    <t>Велика награда је обећана ономе ко се брине о ћеркама, обезбеђујући им издржавање и васпитање, све док се не удају или не постану пунолетне. Исто важи и за сестре.
+Награда за бригу о ћеркама је већа од награде за бригу о синовима, јер таква награда није споменута у истом контексту за синове. Разлог за то је што је брига о ћеркама и старање о њиховим потребама тежа него за синове, јер су ћерке осетљивије, не могу самостално управљати својим пословима као синови. Такође, очев интерес није повезан с тим да ће га ћерке оснажити у суочавању с непријатељима, наставити његово име или породичну лозу, као што је то случај са синовима. Стога је потребно више стрпљења и искрености у трошењу за њих, уз добру намеру, што увећава награду. Због тога ће онај ко се брине о ћеркама бити у друштву Посланика, нека су Божији благослови и мир над њим, на Судњем дану.
+Знаци пунолетства код жене су: навршених петнаест година (ако нема менструацију), или појава менструације пре петнаесте године, раст стидних длачица, или полуцирање услед "влажних снова".
+Куртуби је рекао: „Под ‘пунолетством’ се (у овом хадису) мисли на достизање стања у којем особа може самостално да се брине о себи, а код жена то се постиже тек када их мужеви узму код себе. Овде се не мисли на пунолетство у смислу почетка менструације и верских обавеза, јер се може десити да се удају пре тог периода и постану зависне од мужа, а не од старатеља. Такође, може добити менструацију, али да и даље није способна да се брине о својим потребама. Уколико би је оставили, она би се изгубила и њено стање би се погоршало. У том тренутку она заслужује већу заштиту и бригу, како би се њена заштита употпунила и како би постала пожељна за удају. Због овог разлога наши учењаци су рекли да издржавање девојке не престаје њеним пунолетством, већ тек када је муж узме код себе.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3360</t>
+  </si>
+  <si>
     <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>Нећете ући у Рај све док не будете веровали, а нећете веровати све док се не будете волели. Желите ли да вас упутим на нешто, ако га будете чинили, волећете се међусобно? Називајте селам једни другима!“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Нећете ући у Рај све док не будете веровали, а нећете веровати све док се не будете волели. Желите ли да вас упутим на нешто, ако га будете чинили, волећете се међусобно? Називајте селам једни другима!“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да ће само муслимани верници ући у Рај. То њихово уверење неће бити потпуно и њихов друштвени статус се неће поправити све док једни другима не желе оно што желе самима себи. Након тога, Посланик, Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас упућује на дело помоћу којег се љубав шири и продубљује, а то је називање селама међу муслиманима.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>У Рај се не може ући без исправног веровања.
 Потпуно веровање изискује да муслиман воли своме брату оно што воли самоме себи.
 Похвално је ширити селам и називати га муслиманима, јер се на тај начин шири љубав и сигурност међу њима.
 Селам се назива само муслиману. Посланик је казао: "Називајте селам једни другима!“
 Називање селама уклања међумуслиманску нетрпељивост, злобу и мржњу.
 Важност међумуслиманске љубави и истицање да она указује на потпуност веровања.
 У другом хадису се наводи да је потпуни облик називања селама: "Есселаму алејкум ве рахметуллахи ве берекатуху“ , а минимално је казати само: "Есселаму алејкум.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3361</t>
   </si>
   <si>
+    <t>لولا أن أشق على المؤمنين أو: على أمتي لأمرتهم بالسواك عند كل صلاة</t>
+  </si>
+  <si>
+    <t>„Када не бих отежао верницима" – или: "свом уммету" – "наредио бих им да користе мисвак пре сваког намаза.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْلَا أَنْ أَشُقَّ عَلَى الْمُؤْمِنِينَ -أَوْ: عَلَى أُمَّتِي- لَأَمَرْتُهُمْ بِالسِّوَاكِ عِنْدَ كُلِّ صَلَاةٍ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Када не бих отежао верницима" – или: "свом уммету" – "наредио бих им да користе мисвак пре сваког намаза.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه لولا خوف المشقة على المؤمنين من أمته لأَوجب عليهم استعمال السواك مع كل صلاة.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су Божији благослови и мир над њим, обавестио је да би, да није било страха од отежавања верницима из његовог уммета, наредио обавезну употребу мисвака пре сваког намаза.</t>
+  </si>
+  <si>
+    <t>رفق النبي صلى الله عليه وسلم بأمته، ومخافة المشقة عليهم.
+الأصل في أَمْرِ النبيِّ صلى الله عليه وسلم الوجوب، إلا أنْ يقومَ الدليل على أنه تطوُّع.
+استحباب السواك وفضله عند كل صلاة.
+قال ابن دقيق العيد: الحكمة في استحباب السواك عند القيام إلى الصلاة كونها حالَ تقرُّبٍ إلى الله، فاقتضى أن تكون حالَ كمالٍ ونظافة إظهارًا لِشَرَف العبادة.
+عموم الحديث يشمل السواك للصائم ولو بعد الزوال، كصلاتَي: الظهر والعصر.</t>
+  </si>
+  <si>
+    <t>Благост Посланика, нека су Божији благослови и мир над њим, према свом уммету и страх да им не отежа.
+Основно правило у наредбама Посланика, нека су Божији благослови и мир над њим, јесте да су обавезујуће, осим ако постоји доказ да је у питању добровољно дело.
+Препоручљивост коришћења мисвака и његова вредност коришћења при сваком намазу.
+Ибн Декик ел-'Ид је рекао: „Мудрост у препоруци коришћења мисвака при ступању на намаз лежи у томе што је намаз тренутак приближавања Алаху, па је примерено да то буде стање потпуне чистоће и уредности, као показатељ поштовања.“
+Уопштеност хадиса указује да мисвак користи и постач, чак и након поднева, као на пример за време подневне и поподневне молитве.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3364</t>
+  </si>
+  <si>
     <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>о делу које је Аллаху најдраже. Он ми је казао: ‘Намаз обављен у за њега предвиђено време.’ ‘Које после тога?’, затим сам упитао. ‘Доброчинство према родитељима’, одговори он. ‘А које после?’, упитах. ‘Борба на Аллаховом путу’</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>Абдуллах бин Мес'уд, Аллах био задовољан њиме, је рекао: "Упитао сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, о делу које је Аллаху најдраже. Он ми је казао: ‘Намаз обављен у за њега предвиђено време.’ ‘Које после тога?’, затим сам упитао. ‘Доброчинство према родитељима’, одговори он. ‘А које после?’, упитах. ‘Борба на Аллаховом путу’, одговори Посланик.’ То ми је одговорио Аллахов Посланик, а да сам га још више испитивао, још би ми више тога казао.“</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Једном приликом Аллахов Посланик, нека је Аллахов благослов и мир на њега, је био упитан о делу које је Аллаху најдраже. Рекао је да је то обавезни намаз који се обави у прописаном времену. Затим доброчинство према родитељима и испуњавање њихових права, као и чување од непослушности њима. а потом борба на Аллаховом путу. То је борба којом се намерава уздићи Аллахова реч и одбранити ислам и муслимани. За ту борбу се жртвује и живот и иметак.
 Ибн Мес'уд, Аллах био задовољан њиме, је рекао да га је Аллахов Посланик, нека је Аллахов благослов и мир на њега, подучио овим делима. Да му је још више питања поставио, Посланик би му још више одговорио.</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
@@ -3094,51 +3236,51 @@
     <t>Дела се разликују по вредности сходно томе колико их Узвишени Аллах воли.
 У овом хадису муслиман се подстиче да ради најбоља и највреднија добра дела.
 Аллахов Посланик, нека је Аллахов благослов и мир на њега, је давао различите одговоре када би био упитан о најбољем делу. Наиме, водио је рачуна о различитим карактерима асхаба који би га то питали и о њиховим специфичним стањима, па би им одговарао онако како највише погодује свакоме од њих.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Нема тежег намаза лицемерима од сабаха и јације, а кад би знали шта је у њима, долазили би да обаве та два намаза, па макар пузећи</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Нема тежег намаза лицемерима од сабаха и јације, а кад би знали шта је у њима, долазили би да обаве та два намаза, па макар пузећи. Одлучио сам да наредим некоме да успостави намаз, а да ја одем до кућа људи који не присуствују намазу (у џамији), па да им спалим куће.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам говори о лицемерима и њиховој лењости спрам обављања намаза, а поготово јације и сабаха. Када би знали њихову вредност и награду њиховог обављања у џемату (заједно у џамији), у џамију би долазили пузећи као што бебе пузе.
-. Аллахов Посланик, нека је Аллахов благослов и мир на њега, је чврсто одлучио да се намаз успостави тако што ће поставити некога да га замени у предвођењу, а он би са скупином асхаба отишао до оних који не присуствују намазу у џемату како би им запалио куће, јер је грех којег су починили огроман. Међутим, он то није урадио будући да су у кућама жене, деца и они који имају оправдање за изостанак.</t>
+Аллахов Посланик, нека је Аллахов благослов и мир на њега, је чврсто одлучио да се намаз успостави тако што ће поставити некога да га замени у предвођењу, а он би са скупином асхаба отишао до оних који не присуствују намазу у џемату како би им запалио куће, јер је грех којег су починили огроман. Међутим, он то није урадио будући да су у кућама жене, деца и они који имају оправдање за изостанак.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Опасност изостајања од намаза у џемату у џамији.
 Лицемери, чинећи ибадете, желе само да се претварају и да се за њих зна. Према томе, они на намаз долазе само онда када се од људи не могу сакрити.
 Велика је награда у обављању сабаха и јације у џемату, чак и ако би човек дошао у џамију пузећи.
 Вођење рачуна о јацији и сабаху човека штити од лицемерства, а изостајање од тих намаза у џемату својство је лицемерних.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3366</t>
   </si>
   <si>
     <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>‘То је камен који је био бачен у Џехеннем пре седамдесет година. Падао је у Џехеннем све те године и тек је сада пао на дно’, одговори Посланик</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
@@ -3244,50 +3386,91 @@
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Од Абдуллаха бин Мес'уда, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Од најгорих људи су они које живе затекне Судњи дан и они који од гробова праве џамије.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас обавештава да су најгори људи они који буду живи када наступи Судњи дан, те и они који од гробова праве џамије тиме што се клањају код њих или према њима.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Забрањено је правити џамије на гробовима, јер то представља средство које води у ширк (многобоштво).
 Забрањено је обављати намаз код гробова макар ту не била џамија. Израз у хадису "месџид“ (џамија) обухвата свако место на којем се чини сеџда (пада лицем на тло) макар се ништа и не изградило на том месту.
 Онај ко буде клањао код гробова спада у најгору врсту људи, па макар тврдио да тиме само жели да се приближи Узвишеном Аллаху.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3375</t>
+  </si>
+  <si>
+    <t>ما من يوم يصبح العباد فيه إلا ملكان ينزلان، فيقول أحدهما: اللهم أعط منفقا خلفا، ويقول الآخر: اللهم أعط ممسكا تلفا</t>
+  </si>
+  <si>
+    <t>„Нема ни једног дана у којем људи освану, а да не сиђу два мелека, од којих један каже: ‘Аллаху, надомести ономе који удељује’, а други каже: ‘Аллаху, уништи иметак ономе ко шкртари.’“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ يَوْمٍ يُصْبِحُ العِبَادُ فِيهِ إِلَّا مَلَكَانِ يَنْزِلاَنِ، فَيَقُولُ أَحَدُهُمَا: اللَّهُمَّ أَعْطِ مُنْفِقًا خَلَفًا، وَيَقُولُ الآخَرُ: اللَّهُمَّ أَعْطِ مُمْسِكًا تَلَفًا».</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, нека је Аллах задовољан њиме, преноси се да је Посланик, нека су Божији благослови и мир над њим, рекао: „Нема ни једног дана у којем људи освану, а да не сиђу два мелека, од којих један каже: ‘Аллаху, надомести ономе који удељује’, а други каже: ‘Аллаху, уништи иметак ономе ко шкртари.’“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه في كلِّ يوم تَطلُع الشمسُ فيه إلّا ومَلَكَان يَنزلان يُناديان، يقول أحدهما: 
+اللهم أعط منفقًا في الطاعات وعلى العيال والضِّيْفان والتطوُّعات خَلَفًا وعَوِّضْهُ خيرًا فيما أَنفق، وبارك له. 
+ويقول الآخر: اللهم أعط ممسكًا عنها تَلفًا وأَهْلِكْ مالَه الذي مَنعه عن مُسْتَحِقِّيْه.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су Божији благослови и мир над њим, обавестио је да сваког дана када Сунце изађе, два анђела сиђу и дозивају, па један од њих каже:
+„О Аллаху, надокнади иметак ономе који троши на чињење добрих дела у име Тебе, на породицу, на госте и добровољне прилоге, дај му боље од онога што је потрошио, и подари му благослов.“
+А други каже: „О, Аллаху, дај ономе ко задржава (и не троши у добра дела) пропаст, и уништи његово богатство које је ускратио онима који су га заслужили.“</t>
+  </si>
+  <si>
+    <t>جواز الدعاء للكريم بمزيد من العِوَض، وأن يَخلِف عليه خيرًا مما أَنفق، وجواز الدعاء على البخيل بتَلَف ماله الذي بَخِلَ به ومَنَعَ إنفاقَه فيما أوجب الله عليه.
+دعاء الملائكة للمؤمنين الصالحين المنفقين بالخير والبركة، وأنّ دعاءهم مستجاب.
+الحضُّ على الإنفاق في الواجبات والتطوعات؛ كالنفقة على الأهل، وصلة الرحم، وأبواب الخير.
+بيان فضل المُنفِق في وجوه الخير، وأنّ عاقبته أنّ الله يُخْلِفُ عليه، قال الله تعالى: ﴿وَمَا أَنفَقْتُم مِّن شَيْءٍ فَهُوَ يُخْلِفُهُ وَهُوَ خَيْرُ الرَّازِقِينَ﴾ [سبأ: 39].
+هذا الدعاء على المُمسك عن النفقات الواجبة، وأما النفقات المستحبة فلا تدخل؛ لأن صاحبها لا يستحق هذا الدعاء.
+تحريم البخل والشُّحّ.</t>
+  </si>
+  <si>
+    <t>Дозвољено је упућивати дову за великодушног човека да му Аллах подари још више и да му надокнади бољим од онога што је потрошио. Такође, дозвољено је упућивати дову против шкртице да му Аллах уништи иметак који је ускратио и који није трошио на оно што му је Аллах наредио.
+Дова анђела упућују молбу Богу за вернике који удељују у добру, са молбом за благослов и обиље. Њихове дове су примљене.
+Подстицање на удељивање у обавезна и добровољна дела, као што су издржавање породице, одржавање родбинских веза и друге врсте добрих дела.
+Указивање на вредност удељивања у добре сврхе, и да ће Аллах таквима надокнадити. Узвишени Аллах каже: "...шта год ви удељујете, Он ће то надокнадити, Он је најбољи Опскрбитељ.“ (Себе, 39.)
+Ова дова се односи на онога ко ускраћује обавезне издатке, док добровољни издаци не спадају у ову категорију, јер онај ко не даје добровољно није заслужио ову дову.
+Шкртост и себичност су забрањени у исламу.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3379</t>
   </si>
   <si>
     <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>Највише чега се бојим за вас јесте мали ширк.“ "Шта је то мали ширк?“, присутни упиташе. "Претварање!</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Преноси се од Махмуда бин Лебида, Аллах био задовољан њиме, да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Највише чега се бојим за вас јесте мали ширк.“ "Шта је то мали ширк?“, присутни упиташе. "Претварање!“, одговори Посланик. "На Судњем дану, када буде судио људима према њиховим делима, Узвишени Аллах ће рећи: ‘Идите онима због којих сте се претварали па погледајте хоће ли вам они икакву награду дати’.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, обавештава нас да се највише боји за свој уммет малог ширка који означава претварање, жељу за репутацијом. То значи да човек чини добра дела ради људи. Потом је указао на казну на Судњем дану која следи онима који раде добра дела ради репутације. Наиме, биће им речено: "Идите ониме ради којих сте радили дела па утврдите да ли вам могу подарити награду за њих.“</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
@@ -3969,50 +4152,103 @@
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, је једном приликом послао Аммара бин Јасира на путовање како би му неке потребе испунио. На путовању, Аммар је постао џунуб путем сексуалног односа или ејакулације, а није имао воде да се окупа. Познавао је како да узме тејеммум уместо абдеста, али му није било познато како да поступи када треба да се окупа од џунуплука. Помислио је, као што се уместо абдеста тејеммум узима са неким деловима тела, да се тако мора цело тело обухватити са земљом као што се цело опере водом. Услед тога, превртао се је по земљи све док му цело тело није дотакло земљу, а потом је обавио молитву. Када се вратио Аллаховом Посланику, нека је Аллахов благослов и мир на њега, споменуо му је како је поступио, желећи тиме да зна да ли је исправно поступио или не. Аллахов Посланик, нека је Аллахов благослов и мир на њега, му је након тога разјаснио да је исти начин узимања тејеммума уместо абдеста и гусула. Потребно је, наиме, длановима дотаћи земљу једанпут, те левом руком потрати по десној, а затим по вањском делу шака и напослетку потрати лице.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Обавезно је потражити воду пре узимања тејеммума.
 Тејеммум је прописан и за онога ко је џунуб (коме је гусл обавезан), уколико није у стању да користи воду.
 Тејеммум се узима како за уклањање мале правне нечистоће, тако и за уклањање велике.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3461</t>
   </si>
   <si>
+    <t>قاربوا وسددوا، واعلموا أنه لن ينجو أحد منكم بعمله قالوا: يا رسول الله ولا أنت؟ قال: ولا أنا، إلا أن يتغمدني الله برحمة منه وفضل</t>
+  </si>
+  <si>
+    <t>„Радите добро колико можете и будите умерени и истрајни, и знајте да се нико од вас неће спасти (паклене казне) својим делима.“ Његови пријатељи су упитали: „Зар ни ти, Божији Посланиче?“ Он је одговорио: „Ни ја, осим ако ме Бог, из Своје доброте, обаспе Својом милошћу.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَارِبُوا وَسَدِّدُوا، وَاعْلَمُوا أَنَّهُ لَنْ يَنْجُوَ أَحَدٌ مِنْكُمْ بِعَمَلِهِ» قَالُوا: يَا رَسُولَ اللهِ وَلَا أَنْتَ؟ قَالَ: «وَلَا أَنَا، إِلَّا أَنْ يَتَغَمَّدَنِيَ اللهُ بِرَحْمَةٍ مِنْهُ وَفَضْلٍ».</t>
+  </si>
+  <si>
+    <t>Ебу Хурејре, Аллах био задовољан њиме, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Радите добро колико можете и будите умерени и истрајни, и знајте да се нико од вас неће спасти (паклене казне) својим делима.“ Његови пријатељи су упитали: „Зар ни ти, Божији Посланиче?“ Он је одговорио: „Ни ја, осим ако ме Бог, из Своје доброте, обаспе Својом милошћу.“</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم الصحابة على أنْ يعملوا، وأنْ يتقوا الله ما استطاعوا، دون غُلُوٍّ ولا تَقصير، وأن يقصِدوا بعملهم الصواب بالإخلاص لله واتّباع السنة لِيُقبَل عملُهم فتكون سببًا لنزول الرحمة عليهم.
+ثم أَخبرَهم بأنه لن يُنجيَ أحدًا منكم عملُه فقط؛ بل لا بد من رحمة الله.
+قالوا: حتى أنت يا رسول الله لا ينجيك عملُك مع عِظَمِ قدره؟ 
+فقال: حتى أنا، إلّا أن يَستُرَني اللهُ بفضل رحمته.</t>
+  </si>
+  <si>
+    <t>Посланик, мир и Божији благослови нека су на њега, подстиче своје другове да раде и да се боје Бога колико год могу, без претераности и немарности. Саветује их да у свом раду теже исправности, искрено ради Бога и следећи суннет, како би њихова дела била примљена и постала разлог да их обаспе Божија милост.
+Затим их је обавестио да никога од вас неће спасити само његова дела; већ је неопходна Божија милост.
+Рекли су: „Чак ни ти, о Божији Посланиче, твоја дела те неће спасити, упркос њиховој величини?“
+Па је Посланик рекао: „Чак ни ја, осим ако ме Бог обухвати Својом милошћу и добротом.“</t>
+  </si>
+  <si>
+    <t>قال النووي: (سدِّدوا وقاربوا): اطلبوا السدادَ، واعملوا به، وإن عَجَزْتُم عنه، فقارِبُوه؛ أي: اقربوا منه، والسداد: الصوابُ، وهو بين الإفراط والتفريط، فلا تَغْلُوا ولا تُقصِّروا.
+قال ابن باز: الأعمال الصالحة هي أسباب دخول الجنة، كما أنّ الأعمال الخبيثة هي أسباب دخول النار، والحديث يُبيِّنُ أنّ دخولَهم الجنة ليس بمجرَّد العمل، بل لا بد من عفو الله ورحمته سبحانه وتعالى، فهم دخلوها بأسباب أعمالهم، ولكن الذي أوجب ذلك رحمته سبحانه، وعفوه ومغفرته.
+العبد لا يَغتر ويُعجَب بعمله مهما بلغ؛ لأنّ حقَّ الله أعظم من عمله، فلا بد للعبد من الخوف والرجاء جميعًا.
+فضل الله ورحمته على عباده أوسع من أعمالهم.
+الأعمال الصالحة سبب لدخول الجنة، والفوز بها إنما هو بفضلِ الله ورحمة منه.
+قال الكرماني: "إذا كان كلُّ الناس لا يدخلون الجنة إلا برحمة الله، فوجْه تخصيص رسول الله صلى الله عليه وسلم بالذِّكْر هو أنه إذا كان مقطوعًا له بأنه يدخل الجنة، ولا يدخلها إلا برحمة الله؛ فغيرُه يكون في ذلك بطريق الأَولى.
+ قال النووي: في معنى قوله تعالى: ﴿ادْخُلُوا الْجَنَّةَ بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [النحل: 32]، ﴿وَتِلْكَ الْجَنَّةُ الَّتِي أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [الزخرف: 72]، ونحوهما من الآيات الدالة على أن الأعمال يُدخَل بها الجنة، فلا يُعارِض هذه الأحاديثَ، بل معنى الآيات أن دخول الجنة بسبب الأعمال، ثم التوفيق للأعمال، والهداية للإخلاص فيها، وقَبُولها برحمة الله تعالى وفضله، فيصح أنه لم يدخل بمجرَّد العمل، وهو مراد الأحاديث، ويصح أنه دخل بالأعمال؛ أي: بسببها، وهي من الرحمة.
+قال ابن الجوزي: يتحصل عن ذلك أربعة أجوبة؛ الأول: أنَّ التوفيق للعمل من رحمة الله، ولولا رحمة الله السابقة ما حصل الإيمان ولا الطاعة التي يحصل بها النجاة، الثاني: أنّ منافع العبد لسيده فعمله مُستَحَقٌّ لمولاه، فمهما أنعم عليه من الجزاء فهو من فضله، الثالث: جاء في بعض الأحاديث أنّ نفس دخول الجنة برحمة الله، واقتسام الدرجات بالأعمال، الرابع: أنّ أعمال الطاعات كانت في زمن يسير، والثواب لا ينفد فالإنعام الذي لا ينفد في جزاء ما ينفد بالفضل لا بمقابلة الأعمال.
+قال الرافعي: أنّ العامل لا ينبغي أنْ يَتَّكِلَ على عَمَلِهِ في طلب النجاة ونيل الدرجات؛ لأنه إنما عَمل بتوفيق الله وإنما ترك المعصية بعصمة الله فكل ذلك بفضله ورحمته.</t>
+  </si>
+  <si>
+    <t>Имам Ен-Невеви је рекао: „(سددوا وقاربوا): Тражите исправност и радите на томе. Ако нисте у стању да је потпуно постигнете, онда јој се што више приближите. Исправност значи постићи прави пут, који је између претераности и немарности. Не  претеретерујте, нити занемарујте своје обавезе.“
+Ибн Баз је рекао: „Добра дела су разлог за улазак у Рај, као што су зла дела разлог за улазак у Пакао. Хадис (речи Посланика) указује да њихов улазак у Рај није само због њихових дела, већ је неопходна Божија опрост и милост. Њихова дела су разлог, али оно што је то омогућило јесте Божија милост и опрост.“
+Човек не треба да се обмане и да се поноси својим делима, ма колико велика она била, јер је Божије право веће од човекових дела. Зато је неопходно да човек истовремено осећа и страх и наду.
+Божија доброта и милост према Његовим робовима је већа од њихових дела.
+Добра дела су разлог за улазак у Рај, али коначни успех у томе постиже се искључиво Божијом добротом и милошћу.
+Ел-Кирмани је рекао: „Ако сви људи улазе у рај само Божијом милошћу, онда је разлог што је Посланик овде посебно споменут то што ако њему коме је загарантован улазак у Рај има потребу за Аллаховом милошћу онда су други још потребнији.“
+Ен-Невеви каже: „Значење Аллахових речи: 'Уђите у Рај због онога што сте радили.' (Ен-Нахл, 32.) и 'Ово је Рај који вам је дат због онога што сте радили.' (Ез-Зухруф, 72.), и сличних ајета који указују на то да се у рај улази због дела јесте да је разлог уласка у Рај добра дела, али је човек Аллаховом милошћу упућен да чини та добра, да у нјима буде искрен и да му она буду примљена. Стога је исправно рећи да нико не улази у Рај само због дела, што је значење хадиса, али је такође исправно рећи да улази због својих дела, односно као последица тих дела, која су сама по себи део Божије милости."
+Ибнул-Џевзи је навео четири одговора у вези с овом темом:
+1. Успех у чињењу добрих дела је из Божије милости, и да није било Божије претходне милости, не би било ни веровања, ни добрих дела којима се постиже спасење.
+2. Добра дела припадају његовом Господару, па све што му се од награде подари је Божија доброта и великодушност.
+3. У неким хадисима се наводи да је сам улазак у рај Божијом милошћу, док се степен награде у рају дели према делима.
+4. Добра дела су чињена у ограниченом времену, док је награда вечна и непрестана, па је таква бескрајна награда дар Божије доброте, а не надокнада само за дела.
+Ер-Рафи'и је рекао: „Онај који чини добра дела не треба да се ослања на своја дела у тражењу спасења и постизању степена у Рају, јер је та дела учинио само уз Божију помоћ, а грехе је оставио захваљујући Божијој заштити. Све је то резултат Божије доброте и милости.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3469</t>
+  </si>
+  <si>
     <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>‘Заиста, када људи виде насилника и не спрече га у његовим делима, све их чека скора казна од Аллаха.’</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Преноси се да је Ебу Бекр ес-Сиддик, Аллах био задовољан њиме, рекао: "О људи, заиста ви погрешно разумете ајет: ‘О верници, брините се о себи; ако сте на правом путу, неће вам наудити онај ко је залутао.’ (Ел-Маида, 105.) Ја сам чуо Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је рекао: ‘Заиста, када људи виде насилника и не спрече га у његовим делима, све их чека скора казна од Аллаха.’</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Ебу Бекр, Аллах био задовољан њиме, казује да су људи учили овај ајет:
 "О верници, брините се о себи; ако сте на правом путу, неће вам наудити онај ко је залутао.“(Ел-Маиде, 105.)
 И да га разумевају како човек треба само да се брине о себи, а да му након тога неће наштетити онај ко је у заблуди, те да људи нису задужени ширењем добра и уклањањем зла.
 Он их је упознао да је такво тумачење неисправно и да је чуо Посланика, нека је Аллахов благослов и мир на њега, како каже: Заиста, када људи виде насилника и не спрече га у његовим делима, а имају могућност за то, све их чека скора казна од Аллаха, како онога ко чини зло, тако и онога ко о њему ћути.</t>
   </si>
   <si>
@@ -4284,50 +4520,53 @@
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Веровесник, нека је Аллахов благослов и мир на њега, је узео Му'аза, Аллах био задовољан њиме, за руку па му је рекао: Тако ми Аллаха, ја те, заиста волим. Опоручујем ти о Му'азе да не пропушташ учење дове на крају сваког намаза: „Аллахумме е'инни 'ала зикрике“ (Аллаху мој, помози ми да Те зикр чиним тј. величам), „ве шукрике“ (да Ти будем захвалан), да би задобио још благодати и одагнао од себе несреће, „ве хусни 'ибадетике“ (и да Те на најлепши начин обожавам), то јест искрено се покоравајући Узвишеном Аллаху у складу са праксом Посланика, нека је Аллахов благослов и мир на њега.</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>Прописано је шеријатом да када неког волиш у име Аллаха да му то и саопштиш.
 Похвално је учити ову дову на крају сваког намаза (пре предаје селама) обавезног и добровољног.
 Ова дова, иако се састоји од мало речи, ипак је садржајна јер се њоме постиже велико добро на оба света.
 Једна од користи љубави у име Узвишеног Аллаха јесте и међусобно саветовање и потпомагање у добру и на истини.
 Рекао је ет-Тибби: „Спомињање Аллаха води у стање широкогрудности, захвалност Њему јесте средство до постизања благодати, а циљ ибадета на искрен и исправан начин јесте посвећеност Узвишеном Аллаху и остављање онога што нас одвраћа од Њега“.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3518</t>
   </si>
   <si>
     <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>Бојте се Аллаха, вашег Господара! Клањајте пет дневних молитви, постите ваш месец, издвајајте зекат из иметка и будите покорни претпостављеним! Ући ћете у Рај!“</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Преноси Ебу Умаме, Аллах био задовољан њиме, да је чуо Аллаховог Посланика, нека је Аллахов благослов и мир на њега, како држи хутбу на опросном хаџу. Између осталог, казао је: "Бојте се Аллаха, вашег Господара! Клањајте пет дневних молитви, постите ваш месец, издвајајте зекат из иметка и будите покорни претпостављеним! Ући ћете у Рај!“</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
@@ -4470,81 +4709,178 @@
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Ебу Муса ел-Еш'ари, нека је Аллах задовољан њиме, преноси да је Аллахов Посланик, мир и благослов на њега, рекао: „Када се роб разболи или путује биће му уписано као да је радио оно што је чинио док је био здрав и код куће.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Посланик, мир и благослов на њега, обавештава о великој милости и доброти Аллаха. Ако муслиман има обичај да чини неко добро дело док је здрав и код куће, па му се догоди нека препрека – попут болести која га спречава да га изврши, или је заузет путовањем, или било којим другим оправданим разлогом – биће му уписана пуна награда, као да је то дело учинио у здрављу и док је био код куће.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Велика милост и благодат Аллаха према Његовим робовима.
 Подстицање на труд и упорност у обављању добрих дела и искоришћавање времена у тренуцима здравља и слободе.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3553</t>
   </si>
   <si>
+    <t>اللهم أعوذ برضاك من سخطك، وبمعافاتك من عقوبتك، وأعوذ بك منك لا أحصي ثناء عليك أنت كما أثنيت على نفسك</t>
+  </si>
+  <si>
+    <t>‘Еузу би ридаке мин сахатике, 
+ве еузу би му’афатике мин укубетике, 
+ве еузу бике минке, 
+ла ухси сена’ен алејке, 
+енте кема еснејте ала нефсике!’ 
+‘Твојим задовољством тражим заштиту од Твоје срџбе, 
+Твојим опростом тражим заштиту од Твоје казне, 
+и Тобом од Тебе. 
+Ја не могу довољно изразити хвалу Теби; 
+Ти си онакав како си Себе похвалио!.“</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: فَقَدْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لَيْلَةً مِنَ الْفِرَاشِ فَالْتَمَسْتُهُ فَوَقَعَتْ يَدِي عَلَى بَطْنِ قَدَمَيْهِ وَهُوَ فِي الْمَسْجِدِ وَهُمَا مَنْصُوبَتَانِ، وَهُوَ يَقُولُ: «اللهُمَّ أَعُوذُ بِرِضَاكَ مِنْ سَخَطِكَ، وَبِمُعَافَاتِكَ مِنْ عُقُوبَتِكَ، وَأَعُوذُ بِكَ مِنْكَ لَا أُحْصِي ثَنَاءً عَلَيْكَ أَنْتَ كَمَا أَثْنَيْتَ عَلَى نَفْسِكَ».</t>
+  </si>
+  <si>
+    <t>Аиша, Аллах био задовољан њоме, казала је „Једне вечери изгубила сам Аллаховог Посланика, па сам га тражила на месту где је обично клањао. Напипала сам његова стопала, која су била испружена – био је на сеџди. Говорио је: 
+‘Еузу би ридаке мин сахатике, 
+ве еузу би му’афатике мин укубетике, 
+ве еузу бике минке, 
+ла ухси сена’ен алејке, 
+енте кема еснејте ала нефсике!’ 
+‘Твојим задовољством тражим заштиту од Твоје срџбе, 
+Твојим опростом тражим заштиту од Твоје казне, 
+и Тобом од Тебе. 
+Ја не могу довољно изразити хвалу Теби; 
+Ти си онакав како си Себе похвалио!.“</t>
+  </si>
+  <si>
+    <t>قالت عائشة رضي الله عنها: كنت نائمة إلى جنب النبي صلى الله عليه وسلم، ففقدته من الليل، فلمست بيدي الموضع الذي كان يصلي فيه في الحجرة؛ فإذا هو ساجد وقدماه قائمتان، وإذا هو يقول: 
+(أعوذ) وأتوسل (برضاك من سخطك) عليّ أو على أمتي، (و) أستعيذ (بمعافاتك) وعفوك الكثير (من عقوبتك)، 
+(وأعوذ بك منك) وبصفات جمالك من صفات جلالك، حيث لا يُعيذ منك إلا أنت، فلا مَنْجَى ولا مَلْجَأ من الله إلا إليه، 
+(لا أحصي ثناء عليك) لا أطيق ولا أبلغ حصرًا وعددًا لعجزي إحصاء نعمتك وإحسانك كما تستحقه وإن اجتهدت في ذلك، 
+(أنت كما أثنيت على نفسك) فأنت الذي أثنيت على ذاتك ثناء يليق بك، فمن يقدر على أداء حق ثنائك؟!</t>
+  </si>
+  <si>
+    <t>Аиша, нека је Аллах задовољан њоме, рекла је: „Спавала сам поред Посланика, мир и благослов Божији нека су на њега, па сам током ноћи осетила да га нема. Руком сам напипала место где је обично клањао у соби, и затекла га како је на сеџди, с испруженим стопалима, док је изговарао:
+(Значење дове)
+- Тражим и молим Те Твојим задовољством да ме заштитиш од Твоје срџбе према мени или према мом уммету, и молим Те Твојим опростом и великом милошћу да ме заштитиш од Твоје казне. - И молим Те Тобом, Твојим својствима величанства, да ме сачуваш, јер нико не може пружити заштиту од Тебе осим Тебе. Нема ни спаса ни уточишта од Бога осим код Њега. - Нисам способан, не могу досегнути потпуно набрајање и исказивање Твојих благодати и доброчинстава онако како их заслужујеш, чак и ако дам све од себе. - Ти си Онај који је Себе похвалио хвалом која Ти и доликује, па ко може Теби изрећи хвалу какву заслужујеш?</t>
+  </si>
+  <si>
+    <t>استحباب هذه الأدعية في السجود.
+ قال ميرك: وفي إحدى روايات النسائي: كان يقول هذا الدعاء إذا فرغ من صلاته وتبوأ مضجعه.
+استحباب الثناء على الله بصفاته ودعائه بأسمائه الثابتة في الكتاب والسنة.
+فيه تعظيم الخالق في الركوع والسجود.
+جواز الاستعاذة بصفات الله، كما يجوز الاستعاذة بذاته -سبحانه وتعالى-.
+قال الخطابي: في هذا الكلام معنى لطيف، وهو: أنه قد استعاذ بالله أن يجيره برضاه من سخطه، وبمعافاته من عقوبته، والرضى والسخط ضدان متقابلان، وكذلك المعافاة والمؤاخذة بالعقوبة، فلما صار إلى ذكر ما لا ضد له وهو الله سبحانه وتعالى استعاذ به منه لا غير، ومعنى ذلك: الاستغفار من التقصير من بلوغ الواجب من حق عبادته، والثناء عليه. وقوله: لا أحصي ثناء عليك: أي لا أطيقه ولا أبلغه.</t>
+  </si>
+  <si>
+    <t>Препоручује се учење ових дова током сеџде.
+Мирек Шах је рекао: „У једној од верзија коју преноси ен-Нeса'и стоји да је Посланик изговарао ову дову након што би завршио своју молитву и легао на бочну страну.“
+Препоручује се хвалити Бога Његовим атрибутима и молити Га Његовим именима која су потврђена у Кур'ану и Суннету.
+Овај поступак указује на величање Створитеља током рукуа и сеџде.
+Дозвољено је тражити заштиту Божијим атрибутима, исто као што је дозвољено тражити заштиту самом Божијом бити, нека је Он Узвишен.
+Ел-Хаттаби је рекао: „Једно од суптилних значења овог хадиса је да се Посланик молио Богу да га заштити Својим задовољством од Своје срџбе и Својим опростом од Своје казне. Задовољство и срџба су у супротности, исто као што су супротности опрост и кажњавање. Када је прешао на спомињање Онога што нема супротности, односно на Бога Узвишеног, затражио је заштиту од Њега Самог. Ово значи тражење опроста за евентуални пропуст у обавезном обожавању и недовољној хвали  Њега. Његове речи ‘Не могу изрећи хвалу Теби’ значе да није способан да у потпуности изрази хвалу, нити да је досегне.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3566</t>
+  </si>
+  <si>
     <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>„Најбољи зикр је: 'Нема божанства осим Аллаха,' а најбоља дова је: 'Хвала Аллаху.'“</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Џабир, нека је Аллах задовољан њиме, преноси да је чуо Аллаховог Посланика, мир и благослов на њега, како каже: „Најбољи зикр је: 'Нема божанства осим Аллаха,' а најбоља дова је: 'Хвала Аллаху.'“</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Посланик, мир и благослов на њега, нас обавештава да је најбољи зикр: „Ла илахе илла Аллах“ (Нема божанства осим Аллаха), што значи да нико није достојан обожавања осим Аллаха. Такође, најбоља дова је „Елхамдулилах“ (Хвала Аллаху), што представља признање да је Узвишени Аллах Тај Који дарује благодати и Који је апсолутно савршен.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Подстицање на често спомињање Аллаха кроз речи монотеизма, и упућивање дова речима захвале 'Елхамдулилах'.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3567</t>
+  </si>
+  <si>
+    <t>ألا أخبركم بأهل الجنة؟ كل ضعيف متضعف، لو أقسم على الله لأبره، ألا أخبركم بأهل النار: كل عتل جواظ مستكبر</t>
+  </si>
+  <si>
+    <t>'Хоћете ли да вам кажем ко ће бити становници раја? То је сваки слабашан и убог човек, када би се заклео Свевишњем Богу за нешто, Он би му то испунио. Хоћете ли да вам кажем ко ће бити становници пакла? Сваки осоран, груб и охол човек.'“</t>
+  </si>
+  <si>
+    <t>عَنْ حَارِثَةَ بْنِ وَهْبٍ الخُزَاعِيِّ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَلاَ أُخْبِرُكُمْ بِأَهْلِ الجَنَّةِ؟ كُلُّ ضَعِيفٍ مُتَضَعِّفٍ، لَوْ أَقْسَمَ عَلَى اللَّهِ لَأَبَرَّهُ، أَلاَ أُخْبِرُكُمْ بِأَهْلِ النَّارِ: كُلُّ عُتُلٍّ جَوَّاظٍ مُسْتَكْبِرٍ».</t>
+  </si>
+  <si>
+    <t>Од Хариса ибн Вехба, нека је Аллах задовољан њимe, преноси се да је рекао: "Чуо сам Божијег Посланика, да је рекао: 'Хоћете ли да вам кажем ко ће бити становници раја? То је сваки слабашан и убог човек, када би се заклео Свевишњем Богу за нешто, Он би му то испунио. Хоћете ли да вам кажем ко ће бити становници пакла? Сваки осоран, груб и охол човек.'“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم ببعض صفات أهل الجنة وأهل النار. 
+فأغلب أهل الجنة هم: "كل ضعيف متضعِّف"، أي: متواضع خاضع لله تعالى، مُذِلّ نفسه له، حتى إن بعض الناس يَستَضعفونه ويَحتَقِرونه، وهذا المُتذَلِّل لله تعالى لو أقسم بالله يَمينًا طَمَعًا في كَرَم الله تعالى، لَأَبَرَّه الله، وحَقَّقَ له ما أَقْسَمَ عليه وأجاب طلبَه ودعاءه. 
+وأغلب أهل النار هم: كل «عُتُل» وهو الفَظُّ الغَليظ شديد الخصومة، أو الفاحش الذي لا يَنْقَاد لخير، «جواظ» وهو المتكبر، الأَكُوْل، صاحب الجسد الضخم، المُختال في مِشيته، سيء الخلق، «مستكبر» برفضه للحق، وباحتقاره لغيره.</t>
+  </si>
+  <si>
+    <t>Посланик,  мир и благослов Божији нека су на њега, нас је обавестио о неким особинама становника Раја и становника Пакла.
+Већина становника Раја су: „сваки слабашни и потчињени“, односно, они који су понизни и покорни пред Узвишеним Богом до те мере да их неки људи сматрају слабима и потцељују их. Такав човек, који је понизан пред Богом, ако би се заклео у Његово име из наде у Божију великодушност, Бог би испунио његову заклетву, дао му оно на шта се заклео и одговорио на његову молбу.
+С друге стране, већина становника пакла су: сваки „осорни“, што значи груб и свадљив човек, или развратник који се не приклања добру; „надмени“, који је охол, прождрљив, крупног тела, охоло ходи, али је лошег карактера; „поносити“, који одбацује истину и потцењује друге.</t>
+  </si>
+  <si>
+    <t>الحث على الاتصاف بصفات أهل الجنة، والتحذير من صفات أهل النار.
+التواضع يكون لله عز وجل، ولأمره ونهيه والانقياد لهما، ويكون للخلق بعدم التكبُّر عليهم.
+قال ابن حجر: المراد أن أغلب أهل الجنة هؤلاء، كما أن معظم أهل النار القسم الآخر، وليس المراد الاستيعاب في الطرفين.</t>
+  </si>
+  <si>
+    <t>Подстицај да се задобију особине становника Раја и упозорење да се избегавају особине становника Пакла је важна порука ислама.
+Понизност је пре свега усмерена према Узвишеном Богу, кроз покоравање Његовим заповестима и клоњење онога што је забранио, и кроз искрено повиновење Његовој вољи. Понизност према људима огледа се да се не охоли над њима.
+Ибн Хаџер је рекао да се овим мисли да већина становника Раја поседује ове врлине, као што већина становника Пакла поседује супротне особине. Овде није реч о апсолутном обухватању свих случајева, већ о доминацији ових особина у обе групе.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3573</t>
   </si>
   <si>
     <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>Зар не бисте желели да вас упутим на дело ради којег Аллах брише грехе и подиже ступњеве?“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Зар не бисте желели да вас упутим на дело ради којег Аллах брише грехе и подиже ступњеве?“ Они рекоше: "Свакако, Аллахов Посланиче.“ Он рече: "Употпуњавање абдеста у тешким условима, мноштво корака према џамијама и ишчекивање једног намаза након другог. То вам је истинско стражарење на Аллаховом путу.“</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, упитао је своје асхабе о томе да ли желе сазнати дела која бивају узроком праштања греха и њиховог уклањања из књиге анђела чувара, као и дела која повећавају положај у Џеннету (Рају).
 Асхаби су казали да то желе, а он им је рекао:
 Прво: Употпуњавање абдеста у тешкоћама, као када је хладно, када је воде мало, када је тело болесно и када је вода врела.
@@ -4569,150 +4905,198 @@
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3574</t>
   </si>
   <si>
     <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>‘Хоћете ли да вас обавестим о вашим најбољим делима која су најодабранија код вашег Владара, која вас уздижу на највише степене</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Ебу Дерда, Аллах био задовољан њиме, преноси: "Аллахов Посланик, нека је Аллахов благослов и мир на њега, је рекао: ‘Хоћете ли да вас обавестим о вашим најбољим делима која су најодабранија код вашег Владара, која вас уздижу на највише степене, која су вам боља од удељивања злата и сребра, и која су боља од сукоба с непријатељем у коjeм бисте их ви убијали а и они вас?’ ‘Свакако!’, одговорише они. Он рече: ‘Зикруллах - спомињање Узвишеног Аллаха.’“</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>Посланик, нека је Аллахов благослов и мир на њега, је упитао своје асхабе: .
-Да ли желите да вас подучим вашим најбољим делима, која су најчаснија, најбоља и најчишћа код Узвишеног Аллаха, вашег Владара? /
+    <t>Посланик, нека је Аллахов благослов и мир на њега, је упитао своје асхабе:
+Да ли желите да вас подучим вашим најбољим делима, која су најчаснија, најбоља и најчишћа код Узвишеног Аллаха, вашег Владара?
 Која ће вас довести до највишег степена у Рају?
 Која су вам боља од удељивања злата и сребра?
 И која су вам боља од тога да у борби сретнете невернике, па их убијате, а и они вас?
 Асхаби одговорише: "Да, желимо да нас томе подучиш."
 Посланик, нека је Аллахов благослов и мир на њега, рече: То је спомињање Узвишеног Аллаха у сваком периоду и стању.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Устрајност у зикру, тајно и јавно, једно је од најбољих и најкориснијих добрих дела.
 Сва дела прописана су да би се успоставило спомињање Аллаха Узвишеног, Који је рекао: "И намаз обављај како би Ме се сећао.“ С друге стране, Посланик, нека је Аллахов благослов и мир на њега, је рекао: "Таваф око Кабе, ход између Саффе и Мерве, те бацање каменчића на џемретима, прописани су ради спомињања Узвишеног Аллаха.“ (Ебу Давуд и Тирмизи).
 Ел-'Изз б. Абдус-Селам је рекао: "Овај хадис указује да награда није условљена количином труда у ибадетима, већ Узвишени Аллах може наградити за мало дела више него за много дела. Дакле, награда зависи од тога колико је неко дело вредно.“
 Ел-Мунави је рекао у делу ел-Фејдул-Кадир: "Овај хадис се односи на то да је зикр најбоље дело онима којима се Посланик, нека је Аллахов благослов и мир на њега, обраћао у датом моменту. Да је Посланик обраћао храбром ратнику који доноси корист исламу у борби, било би му речено: џихад. Исто тако, да је овај говор упућен богатом човеку од чијег иметка имају користи сиромаси, било би му речено: садака (милостиња). Да је упућен ономе ко може обавити хаџџ, рекло би му се да је хаџџ најбољи. Да је упућен ономе ко има родитеље, рекло би му се да им чини доброчинство, те да је то најбоље дело. На овај начин се постиже сагласност међу различитим предајама.“
 Најпотпунији зикр је онај који се изговара језиком уз присуство срца, затим онај који се одвија само у срцу, попут размишљања, па тек онда онај који се обавља само језиком. За сваки од ових облика зикра припремљена је награда, ако Бог да.
 Практиковање зикрова који се тичу различитих ситуација, као што су јутарњи и вечерњи зикрови, те они који се изговарају приликом уласка у џамију, кућу, улазак у тоалет и излазак из њега; то муслимана чини од оних који често спомињу и величају Узвишеног Аллаха.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3575</t>
   </si>
   <si>
+    <t>إني لأعلم كلمة لو قالها ذهب عنه ما يجد، لو قال: أعوذ بالله من الشيطان، ذهب عنه ما يجد</t>
+  </si>
+  <si>
+    <t>'Знам једну реч због које би, када би је изговорио, нестало оно што осећа. Када би рекао: ‘Е'узу биллахи минеш-шејтанир-раџим (Тражим заштиту код Аллаха од проклетог шejтана), нестало би оно што осећа.’</t>
+  </si>
+  <si>
+    <t>عَنْ سُلَيْمَانَ بْنِ صُرَدٍ رضي الله عنه قَالَ: كُنْتُ جَالِسًا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَرَجُلاَنِ يَسْتَبَّانِ، فَأَحَدُهُمَا احْمَرَّ وَجْهُهُ، وَانْتَفَخَتْ أَوْدَاجُهُ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي لَأَعْلَمُ كَلِمَةً لَوْ قَالَهَا ذَهَبَ عَنْهُ مَا يَجِدُ، لَوْ قَالَ: أَعُوذُ بِاللَّهِ مِنَ الشَّيْطَانِ، ذَهَبَ عَنْهُ مَا يَجِدُ» فَقَالُوا لَهُ: إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «تَعَوَّذْ بِاللَّهِ مِنَ الشَّيْطَانِ»، فَقَالَ: وَهَلْ بِي جُنُونٌ؟</t>
+  </si>
+  <si>
+    <t>Сулејман ибн Суред, нека је Аллах задовољан њимe,  је казао: „Седео сам са Веровесником, мир и благослов Божији нека су на њега, док су се двојица људи међусобно вређала. Једном од њих је лице поцрвенело, а вратне жиле су му се надуле. Тада је Веровесник, мир и благослов Божији нека су на њега, рекао: 'Знам једну реч због које би, када би је изговорио, нестало оно што осећа. Када би рекао: ‘Е'узу биллахи минеш-шејтанир-раџим (Тражим заштиту код Аллаха од проклетог шejтана), нестало би оно што осећа.’ Тада су му рекли: ‘Посланик, мир и благослов Божији нека су на њега, каже да тражиш заштиту код Аллаха од шejтана.’ Па је рекао: 'Зар сам ја луд?'“</t>
+  </si>
+  <si>
+    <t>استَبَّ وتَشاتَم رجلان بين يدي النبيِّ صلى الله عليه وسلم، وقد احْمَرَّ وجهُ أحدِهما، وانتفختْ عُرُوقُه المُحيطة بعُنُقِه.
+فقال صلى الله عليه وسلم: إني لأعلم كلمةً لو يقولها هذا الغضبانُ لَذَهَبَ عنه الغضب، لو قال: أعوذ بالله من الشيطان الرجيم.
+فقالوا له: إنّ النبيَّ صلى الله عليه وسلم قال: تَعَوَّذ بالله من الشيطان.
+فقال: أَمَجنون أنا؟! وظَنّ أنه لا يستعيذ من الشيطان إلا مَن به جنون.</t>
+  </si>
+  <si>
+    <t>Два човека су се свађала и вређала један другог пред Послаником, мир и благослов Божији нека су на њега, а лице једног од њих је поцрвенело и жиле око његовог врата су се надуле.
+Па је рекао, нека су Божији благослов и мир на њега: „Знам реч коју када би овај љутити човек изговорио, његов би гнев нестао. Када би рекао: Е'узу биллахи минеш-шејтанир-раџим (Тражим заштиту код Аллаха од проклетог шejтана), гнев би га напустио.“
+Тада су му рекли: „Посланик, нека су Божији благослов и мир на њега, је рекао да затражиш заштиту код Аллаха од шejтана.“
+А он је одговорио: „Зар сам ја луд?!“ Мислећи да само онај ко је полудео тражи заштиту од шejтана.</t>
+  </si>
+  <si>
+    <t>حرص النبي صلى الله عليه وسلم على الإرشاد والتوجيه، عند وجود سببه.
+الغضب من الشيطان.
+الأمر بالاستعاذة  بالله من الشيطان الرجيم عند الغضب، قال تعالى: (وإما ينزغنك من الشيطان نزغ فاستعذ بالله..) الآيةَ.
+التحذير من السباب وما يُشبهه من اللعن، والتنفير منهما؛ لأنهما يؤدِّيان إلى المفاسد بين الناس.
+نقل النصيحة لمن لم يسمعها لينتفع بما فيها.
+حذَّرَ النبي صلى الله عليه وسلم من الغضب؛ لأنه يدفع إلى الشر والتَّهَوُّر، وكان صلى الله عليه وسلم لا يغضب إلا أنْ تُنْتَهَك حُرُماتُ الله تعالى، وهو الغضب المحمود.
+قال النووي على قوله "هل ترى بي مِن جنون": يحتمل أنّ هذا القائل كان من المنافقين، أو من جفاة الأعراب.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су Божији благослов и мир на њега, је увек показивао велику бригу за упућивање и поучавање људи када би се појавила потреба за тим.
+Гнев долази од шejтана.
+Заповест је да се тражи заштита код Бога од проклетог шejтана када се човек наљути. Узвишени је рекао: „А ако те шejтан на то наводи, ти затражи заштиту код Аллаха...“
+Упозорење на вређање и сличне поступке попут проклињања, јер они воде ка нереду и проблемима међу људима.
+Преношење савета онима који их нису чули како би имали корист од њих.
+Посланик, нека су Божији благослов и мир на њега, је упозорио на гнев јер он води ка злу и непромишљеним поступцима. Посланик, нека су Божији благослов и мир на њега, никада се није љутио осим када би биле нарушене Божије границе, а то је похвалан гнев.
+Имам Ен-Невеви је коментаришући речи: „Зар сам јa луд?“ рекао да је могуће да је овај говорник био лицемер или неко од грубих бедуина.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3578</t>
+  </si>
+  <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>„Рај је ближи некоме од вас него каиш на његовој сандали, а исто тако и Пакао.“</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Ибн Мес'уд, нека је Аллах задовољан њиме, преноси да је Посланик, мир и благослов на њега, рекао: „Рај је ближи некоме од вас него каиш на његовој сандали, а исто тако и Пакао.“</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Посланик, мир и благослов на њега, нас је обавестио да су Рај и Ватра близу човека као што је близак ремен сандале који се налази на врху стопала. Човек може учинити дело покорности које изазива задовољство Аллаха, Узвишеног, и тиме ући у Рај, или учинити грех који може постати узроком уласка у Пакао.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Подстицање на чинињење добрих дела, макар она била мала, и упозоравање на зло, макар било мало.
 Муслиман мора у свом животу комбиновати наду и страх, увек молећи Аллаха, Узвишеног, за постојаност на правом путу, како би био сигуран и не би се обмануо својим тренутним стањем.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3581</t>
   </si>
   <si>
-    <t>الدنيا سجن المؤمن وجنة الكافر</t>
-[...35 lines deleted...]
-    <t>https://hadeethenc.com/sr/browse/hadith/3584</t>
+    <t>الرؤيا الصالحة من الله، والحلم من الشيطان، فإذا حلم أحدكم حلما يخافه فليبصق عن يساره، وليتعوذ بالله من شرها، فإنها لا تضره</t>
+  </si>
+  <si>
+    <t>‘Добар сан је од Аллаха, а ружан сан је од шејтана. Када неко од вас сања сан који га плаши, нека пљуцне три пута на своју леву страну и нека тражи заштиту код Аллаха од његовог зла, јер му такав сан неће наудити.’“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الرُّؤْيَا الصَّالِحَةُ مِنَ اللَّهِ، وَالحُلُمُ مِنَ الشَّيْطَانِ، فَإِذَا حَلَمَ أَحَدُكُمْ حُلُمًا يَخَافُهُ فَلْيَبْصُقْ عَنْ يَسَارِهِ، وَلْيَتَعَوَّذْ بِاللَّهِ مِنْ شَرِّهَا، فَإِنَّهَا لاَ تَضُرُّهُ».</t>
+  </si>
+  <si>
+    <t>Преноси се Од Еби Катаде, нека је Аллах задовољан њиме, да је рекао: „Рекао је Посланик, нека су на њега благослов и мир: ‘Добар сан је од Аллаха, а ружан сан је од шејтана. Када неко од вас сања сан који га плаши, нека пљуцне три пута на своју леву страну и нека тражи заштиту код Аллаха од његовог зла, јер му такав сан неће наудити.’“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفْرِحةَ في المنام مِن الله، والحُلُم وهو رؤيا ما يَكرَه ويُحْزِن فمِن الشيطان. 
+فمَن رأى ما يَكره فَلْيَبْزُق جهة يساره، ولْيَسْتَعِذ بالله مِن شرها؛ فإنها لا تَضُرّه حيث جَعَلَ الله ما ذُكر سببًا للسلامة مِن المَكروه المُتَرَتِّب على الرؤيا.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега благослов и мир, обавестио нас је да је добар и радостан сан од Аллаха, док је ружан сан, оно што човек не воли и што га растужује, од шејтана.
+Ко види у сну нешто што му се не допада, нека пљуцне на своју леву страну и нека тражи заштиту од Аллаха од његовог зла, јер му тај сан неће наудити. Аллах је учинио поменуте кораке разлогом заштите од зла које може произаћи из ружног сна.</t>
+  </si>
+  <si>
+    <t>الرؤيا والحُلُم عبارة عمّا يراه النائم في نومِهِ مِن الأشياء، لكن غَلَبت الرؤيا على ما يراه من الخير والشيء الحسن، وغَلَب الحلم على ما يراه من الشر والقبيح ويُستعمل كلُّ واحد منهما موضع الآخر.
+أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو ترى له، 2- حديث النَّفْس، وهي ما يُحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
+حاصل ما ذُكر من أبواب الرؤيا الصالحة ثلاث أشياء: أنْ يَحمدَ اللهَ عليها، وأن يَستبشرَ بها، وأن يَتحدث بها لكن لِمَن يُحب دون مَن يكره.
+حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوذ بالله من شرها، ومن شر الشيطان، وأن يَتْفُل حين يَهُبُّ من نومه عن يساره ثلاثًا، ولا يَذكرها لأحد أصلًا، وإذا أراد أن يَرجع لنومه يَتَحَوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.</t>
+  </si>
+  <si>
+    <t>Сан и кошмар су оно што човек види док спава. Међутим, термин „الرؤيا“ се обично користи за оно што је добро и лепо, док „الحُلُم“ преовлађује за оно што је ружно и зло. Ипак, оба израза се могу користити један уместо другог.
+Подела снова: Добар сан — то је истинит сан и добра вест од Аллаха, коју човек види или која му се покаже.
+Говор душе — то су мисли које човек има током дана, а што се касније одражава у сну.
+Плашење и застрашивање од шејтана — то су ружни и узнемирујући снови које шејтан узрокује да би растужио Адамове потомке.
+Резиме онога што је речено о добром сну обухвата три ствари: да човек захвали Аллаху на њему, да се обрадује томе и да о том сну разговара, али само са онима које воли, а не са онима које не воли.
+Резиме онога што је речено о начину понашања према непожељном сну обухвата пет ствари: 
+- да тражи заштиту код Аллаха од његовог зла 
+- и од зла шејтана, 
+- да пљуцне три пута на своју леву страну када се пробуди, 
+- да тај сан не спомиње никоме, 
+- да се окрене на другу страну ако жели поново да заспи, јер му тај сан неће нашкодити.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3586</t>
   </si>
   <si>
     <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>„Мисвак је средство за чишћење уста и задобијање задовољства Господара.“</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Аиша, нека је Аллах задовољан њоме, преноси да је Аллахов Посланик, мир и благослов на њега, рекао: „Мисвак је средство за чишћење уста и задобијање задовољства Господара.“</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Посланик, мир и благослов на њега, нас обавештава да чишћење зуба гранчицом дрвета ерак (бот: Salvadora persica) или сличним средствима чисти уста од прљавштине и непријатних мириса, и да је то један од разлога за Аллахово задовољство према Свом робу, јер се тиме извршава послушност према Аллаху и испуњава Његова заповест, а уједно промовише чистоћа, коју Аллах воли.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
@@ -4737,50 +5121,183 @@
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Ебу Хурејра, нека је Аллах задовољан њиме, преноси да је Аллахов Посланик, мир и благослов на њега, рекао: „Пет дневних намаза, џума до џуме, и од једног рамазана до другог рамазана, бришу грехе који су између њих, ако се избегавају велики греси.“</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Посланик, мир и благослов на њега, обавештава нас да пет обавезних дневних намаза, џума сваке седмице, и пост месеца рамазана сваке године бришу мање грехе који се десе између тих обреда, под условом да се избегавају велики греси. Што се тиче великих греха, као што су блуд и конзумирање алкохола, они се не бришу осим кроз искрено покајање (тевбу).</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Греси се деле на мале и велике грехе.
 Брисање малих греха условљено је избегавањем великих греха.
 Велики греси су они греси за које је у овом свету прописана казна, или за које је на Ахирету (будућем свету) обећана казна, гнев, претња, или проклињање починиоца, попут прељубе и конзумирања алкохола.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3591</t>
+  </si>
+  <si>
+    <t>قلت: يا رسول الله ما النجاة؟ قال: املك عليك لسانك، وليسعك بيتك، وابك على خطيئتك</t>
+  </si>
+  <si>
+    <t>Упитао сам Посланика, нека су на њега благослов и мир: „У чему је спас, Аллахов Посланиче?“ Одговорио је: „Чувај свој језик, нека ти твоја кућа буде довољна, и плачи над својим грехом.“</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا النَّجَاةُ؟ قَالَ: «امْلِكْ عَلَيْكَ لِسَانَكَ، وَلْيَسَعْكَ بَيْتُكَ، وَابْكِ عَلَى خَطِيئَتِكَ».</t>
+  </si>
+  <si>
+    <t>Преноси се од Укбе бин Амира, нека је Аллах задовољан њиме,  да је рекао: Упитао сам Посланика, нека су на њега благослов и мир: „У чему је спас, Аллахов Посланиче?“ Одговорио је: „Чувај свој језик, нека ти твоја кућа буде довољна, и плачи над својим грехом.“</t>
+  </si>
+  <si>
+    <t>سَأَلَ عُقبةُ بن عامر رضي الله عنه النبيَّ صلى الله عليه وسلم عن أسباب نَجاة المؤمن في الدنيا والآخرة؟
+فقال صلى الله عليه وسلم: عليك بثلاثة أمور: 
+الأول: احفظ لسانَك عمّا لا خير فيه، وعن قول كل شر، ولا تنطق إلا بخير. 
+الثاني: الزم بيتَك لِتَعبد الله في الخلوات، واشتغل بطاعة الله عز وجل، واعتزل في بيتك عن الفتن. 
+الثالث: ابْكِ واندَمْ وتُبْ ممّا ارتكبتَ مِن ذنوب.</t>
+  </si>
+  <si>
+    <t>Укбе бин Амир, нека је Аллах задовољан њиме, упитао је Посланика, нека су на њега благослов и мир, о узроцима спасења верника на овом и на оном свету?
+Посланик, нека су на њега благослов и мир, одговорио је: „Држи се три ствари:
+1. Чувај свој језик од онога што није добро, и не говори зло, него изговарај само добро.
+2. Остани у својој кући да би обожавао Аллаха у самоћи, бавећи се Његовом покорношћу, и повуклони се искушења.
+3. Плачи, кај се и тражи опрост за грехе које си починио.“</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على معرفة سُبُل النَّجَاة.
+بيان أسباب النجاة في الدنيا والآخرة.
+الحث على انشغال الإنسان بنفسه إذا عَجز عن نَفْع غيره، أو خاف الضرر على دِينه ونفسه إذا خالط الناس.
+الإشارة إلى الاهتمام بالبيت وخصوصًا عند الفتن، فهو من الوسائل لحفظ الدين.</t>
+  </si>
+  <si>
+    <t>Асхаби (другови Веровесника), нека је Аллах задовољан њима, били су устрајни у настојању да сазнају начине спасења.
+Објашњење узрока спасења на овом и оном свету.
+Подстицање човека да се бави собом када није у стању да користи другима, или када страхује да ће му дружење са људима нашкодити његовој вери и души.
+Истиче се значај посвећености дому, нарочито у временима искушења, јер је то једно од средстава за очување вере.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3602</t>
+  </si>
+  <si>
+    <t>أنا عند ظن عبدي، وأنا معه حين يذكرني</t>
+  </si>
+  <si>
+    <t>‘Ја сам према мишљењу мога роба о Мени, и Ја сам с њим када Ме спомиње</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَقُولُ اللهُ عَزَّ وَجَلَّ: أَنَا عِنْدَ ظَنِّ عَبْدِي، وَأَنَا مَعَهُ حِينَ يَذْكُرُنِي، فَإِنْ ذَكَرَنِي فِي نَفْسِهِ ذَكَرْتُهُ فِي نَفْسِي، وَإِنْ ذَكَرَنِي فِي مَلَإٍ ذَكَرْتُهُ فِي مَلَإٍ خَيْرٍ مِنْهُ، وَإِنِ اقْتَرَبَ إِلَيَّ شِبْرًا، تَقَرَّبْتُ إِلَيْهِ ذِرَاعًا، وَإِنِ اقْتَرَبَ إِلَيَّ ذِرَاعًا، اقْتَرَبْتُ إِلَيْهِ بَاعًا، وَإِنْ أَتَانِي يَمْشِي أَتَيْتُهُ هَرْوَلَةً».</t>
+  </si>
+  <si>
+    <t>Преноси се од Ебу Хурејрe, нека је Аллах задовољан њиме, да је рекао: „Посланик, нека су на њега благослов и мир, рекао је: Аллах Узвишени каже:  ‘Ја сам према мишљењу мога роба о Мени, и Ја сам с њим када Ме спомиње. Ако Ме спомене у себи, споменем га у Себи. Ако Ме спомене у друштву, споменем га у бољем друштву од његовог. Ако Ми се приближи за један педаљ, приближим му се за један аршин. Ако Ми се приближи за један аршин, приближим му се за један хват. Ако Ми приђе ходом, доћи ћу му трчећи.’“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اللهَ تعالى يقول: 
+أنا عند ظن عبدي بي، فأُعَامِلُ عبدي على حسب ظَنِّهِ بي وذلك بالرجاء وتأميل العفو، وأَفْعَل به ما يَتَوَقَّعَه مني من خير أو غير ذلك؛ وأنا معه بالرحمة والتوفيق والهداية والرعاية والتأييد إذا ذكرني.
+فإنْ ذَكَرَني في نفسه مُنفردًا خاليًا بالتسبيح والتهليل أو غيرها؛ ذَكرتُه في نفسي.
+وإنْ ذَكَرَني في جماعة؛ ذكرتُه في جماعة أكثر منهم وأطيب.
+ومَن تَقَرّب إلى الله مقدار شِبْر زاده الله فتقرب إليه بذراع.
+وإن تقرب إليه مقدار ذراع تقرب إليه مقدار باع.
+وإن جاء إلى الله يمشي جاءه هَرولة.
+فالعبد إذا تقرب إلى ربه بطاعته والإقبال عليه، فإن الرب تعالى يَزِيده قُرْبًا إليه جزاءً مِن جنس عمله. 
+فكلما كَمُلَتْ عبودية المؤمن لربه قَرُبَ إليه تعالى، فعطاء الله وثوابه أكثر من عمل العبد وكدحه، والحاصل أنّ ثواب الله راجِحٌ على العمل بطريق الكيف والكم. 
+فالمؤمن يُحسِنُ الظن، ويعمل، ويسارع ويزداد حتى يلقى الله.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега благослов и мир, пренео је да Узвишени Аллах каже:
+„Ја сам према мишљењу мога роба о Мени, па ћу Свога роба третирати у складу са његовим мишљењем о Мени, било то у нади у Моју милост или очекивању опроста. Учинићу му оно што од Мене очекује, било добро или нешто друго. Ја сам с њим са Мојом милошћу, успехом, упутом, заштитом и подршком ако Ме се сети.“
+Ако Ме се сети у самоћи, помињући Ме у тишини слављењем и уздизањем, и Ја ћу њега поменути у Себи.
+Ако Ме се сети у друштву, поменућу га у друштву које је бројније и узвишеније од његовог.
+Ко се Аллаху приближи за један педаљ, Аллах се њему приближи за лакат.
+А ако му се приближи за лакат, Аллах му се приближи за хват.
+А ако роб дође Аллаху ходајући, Аллах му приђе трчећи.
+Када се роб приближи свом Господару кроз послушност и окрене Му се, Узвишени Господар га још више приближи Себи, награђујући га сразмерно његовом делу.
+Што је човекова оданост и покорност потпунија, то је ближи Узвишеном Аллаху, јер су Аллахова награда и дар већи од човековог труда и рада. Суштина је да Аллахова награда надмашује човеков труд, како по квалитету, тако и по количини.
+Верник треба да има лепо мишљење о Аллаху, да ради, жури када је добро у питању и повећава своја дела, све док не сусретне Аллаха.</t>
+  </si>
+  <si>
+    <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمّى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+قال الآجُرِّي: إنّ أهل الحق يَصِفُون الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يبتدع. انتهى. فأهل السنة يُثْبِتُون لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويُنْفُون عن الله ما نفاه عن نفسه، ويَسْكُتُون عما لم يرد به نفي ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).
+إحسان الظن بالله لا بد معه من العمل، قال الحسن البصري: إنَّ المؤمن أَحْسَنَ الظنَّ بربه فأحسن العمل، وإنّ الفاجر أساء الظن بربه فأساء العمل.
+قال القرطبي: قيل: معنى "ظن عبدي بي" ظن الإجابة عند الدعاء، وظن القبول عند التوبة، وظن المغفرة عند الاستغفار، وظن المجازاة عند فعل العبادة بشروطها تَمَسُّكًا بصادق وعْدِه، ولذلك ينبغي للمرء أن يَجْتَهِدَ في القيام بما عليه موقِنًا بأنَّ الله يقبله ويغفر له؛ لأنه وَعَدَ بذلك وهو لا يُخْلِف الميعاد، فإن اعتقد أو ظن أن الله لا يقبلها وأنها لا تنفعه فهذا هو اليأس من رحمة الله وهو من الكبائر، ومن مات على ذلك وُكِلَ إلى ما ظَنّ كما في بعض طرق الحديث المذكور " فليظن بي عبدي ما شاء"، قال: وأما ظن المغفرة مع الإصرار فذلك مَحْضُ الجهل والغِرّة.
+الحث على الإكثار من ذكر الله في نفسك وبلسانك جميعًا، في نفسه وقلبه يخاف الله ويتذكَّر عظمته وحقه ويرجوه ويعظّمه ويحبه ويحسن به الظن ويخلص له العمل، وينطق باللسان: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله.
+قال ابن أبي جمرة: فمن ذَكَرَه وهو خائف آمَنَه، أو مُسْتَوْحِش آنَسَه.
+الشِّبْر: مسافة ما بين طرف الخِنْصَر إلى طرف الإبهام عند مَدِّ الكَفّ، والذراع: مسافة ما بين طرف الأصبع الوسطى إلى عظم المرفق، والباع: طول ذِرَاعَي الإنسان وعَضُدَيه وعَرْضِ صدره؛ وذلك قدر أربعة أذرع.</t>
+  </si>
+  <si>
+    <t>Овај хадис је један од оних које Посланик, нека су на њега благослов и мир, преноси од свога Господара, и назива се светим божанским хадисом (хадис кудси). Његове речи и значење су од Аллаха, али он нема специфичности које има Кур'ан, као што су: обожавање Аллаха самим цитирањем, потреба за обредном чистоћом (да није џунуп), и друге особине које Кур'ан издвајају од осталих текстова.
+Ел-Аџурри је рекао: „Следбеници истине описују Аллаха Узвишеног оним како је Он Себе описао и како Га је описао Његов Посланик, нека су на њега благослов и мир, и како су Га описали асхаби, нека је Аллах задовољан њима. То је методологија учењака који следе истину, а не уводе новотарије.“ Крај цитата. 
+Следбеници Суннета потврђују Аллаху оно што је Он Себи потврдио у погледу имена и особина, без искривљавања, порицања, улажења у њихову каквоћу и без поређења. Такође, негирају од Аллаха оно што је Он Сам Себи негирао, и ћуте о ономе што није наведено као ни тврдња ни негирање. Узвишени Аллах каже: „Ништа ‌Му ‌није ‌налик, а Он је Све-Чујући и Све-Видећи.“
+Лепо мишљење о Аллаху мора бити праћено делима. Хасан ел-Басри је рекао: „Верник има лепо мишљење о свом Господару, па чини добра дела. А грешник има лоше мишљење о свом Господару, па чини лоша дела.“
+Куртуби је рекао: „Речи ‘мишљење мога роба о Мени’ значе: да човем сматра да ће му Аллах услишати молитву када Га моли, да сматра да ће му прихватити покајање када се покаје, да ће му опростити када затражи опрост, да ће га наградити када чини ибадет на исправан начин, ослањајући се на истинито Аллахово обећање. 
+Због тога човек треба да се труди у испуњавању својих обавеза, уверен да ће Аллах то прихватити и опростити му, јер је Он то обећао, а Он не крши обећање. Ако верује или мисли да Аллах неће прихватити његова дела и да му то неће користити, то је губљење наде у Аллахову милост, што спада у велике грехе. Ко умре са таквим уверењем, биће препуштен ономе што је мислио, као што стоји у неким верзијама хадиса: ‘Нека мој роб мисли о Мени шта хоће’. А што се тиче тога да човек мисли да ће му бити опроштено иако упорно чини грехе, то је чисто незнање и обмана.“
+Подстицање на што чешће спомињање Аллаха срцем и језиком. У срцу и души човек страхује од Аллаха, сећа се Његове величине и Његовог права, нада Му се, велича Га, воли Га, има лепо мишљење о Њему и искрено ради дела у име Њега. Језиком изговара: ‘Субханаллах’ (Савршен је Аллах), ‘Елхамдулиллах’ (Хвала припада Аллаху), ‘Ла илахе иллаллах’ (Нема божанства осим Аллаха), ‘Аллаху екбер’ (Аллах је највећи), и ‘Ла хавле ва ла куввете илла биллах’ (Нема моћи ни снаге осим с Аллахом).
+Ибн Еби Џемра је рекао: „Ко Га спомене док је у страху, Аллах ће га заштитити, а ко Га спомене у самоћи и осећајући се напуштено, Аллах ће му пружити утеху.“
+Педаљ је раздаљина између врха малог прста и врха палца када је длан раширен. Аршин је раздаљина од врха средњег прста до кости лакта. Хват је дужина обе руке заједно са подлактицама и ширином груди, што износи око четири аршина.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3636</t>
+  </si>
+  <si>
+    <t>سألت عائشة، قلت: بأي شيء كان يبدأ النبي صلى الله عليه وسلم إذا دخل بيته؟ قالت: بالسواك</t>
+  </si>
+  <si>
+    <t>„Питао сам Аишу: ‘Чиме је Посланик, нека су на њега благослов и мир, започињао када би ушао у кућу?’ Рекла је: ‘Мисваком.’“</t>
+  </si>
+  <si>
+    <t>عَنِ شُرَيْحٍ بنِ هانِئٍ قَالَ: سَأَلْتُ عَائِشَةَ، قُلْتُ: بِأَيِّ شَيْءٍ كَانَ يَبْدَأُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ بَيْتَهُ؟ قَالَتْ: بِالسِّوَاكِ.</t>
+  </si>
+  <si>
+    <t>Шурејх бин Хани је рекао: „Питао сам Аишу: ‘Чиме је Посланик, нека су на њега благослов и мир, започињао када би ушао у кућу?’ Рекла је: ‘Мисваком.’“</t>
+  </si>
+  <si>
+    <t>كَانَ مِن هَدِيِ النبيِّ صلى الله عليه وسلم أَنْ يَبدأ بالسواك إذا دَخل بيتَه في أيِّ وقتٍ ليلًا أو نهارًا.</t>
+  </si>
+  <si>
+    <t>Било је од праксе Посланика, нека су на њега благослов и мир, да започиње с мисваком када уђе у своју кућу, било да је то ноћу или дању.</t>
+  </si>
+  <si>
+    <t>مشروعية السواك عامة في جميع الأوقات، ويتأكّد ذلك: في الأوقات التي نَدَبَ الشارع إليها، ومنها: عند دخول البيت، وعند الصلاة، وعند الوضوء، وبعد الاستيقاظ من النوم، وعند تَغَيُّر رائحة الفم.
+بيان حرص التابعين على السؤال عن أحوال النبيِّ صلى الله عليه وسلم وسُنَنِهِ؛ ليقتدوا به.
+أخْذ العلم من أهله وممن هو أَعْرف به، حيث سُئلت عائشة رضي الله عنها عن حال النبي صلى الله عليه وسلم عند دخول البيت.
+حسن معاشرة النبي صلى الله عليه وسلم لأهله، حيث كان يُطَهِّر فَمَه عند الدخول.</t>
+  </si>
+  <si>
+    <t>Мисвак је прописан у свим временима, али се нарочито препоручује у одређеним ситуацијама које је шеријат прописао, као што су: при уласку у кућу, пре молитве, при узимању абдеста, након буђења из сна и када се промени мирис из уста.
+Ово показује жељу таби'ина да питају о стању и пракси Посланика, нека су на њега благослов и мир, како би га следили.
+Знање се узима од оних који су најбоље упознати с тим, као што је Аиша, нека је Аллах задовољан њом, која је питана о понашању Посланика, нека су на њега благослов и мир, при уласку у кућу.
+Овај хадис такође указује на добру комуникацију и пажњу Посланика према својој породици, јер је чистио своја уста када би улазио у кућу.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3652</t>
   </si>
   <si>
     <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Преносите и доставите од мене, па макар и један ајет, и нема сметње да приповедате од Исраелићана, а ко на мене намерно слаже, нека себи припреми место у Ватри.“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Од Абдуллаха бин 'Амра, Аллах био задовољан њима, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Преносите и доставите од мене, па макар и један ајет, и нема сметње да приповедате од Исраелићана, а ко на мене намерно слаже, нека себи припреми место у Ватри.“</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Посланик, нека су на њега мир и благослов, наређује преношење знања од њега, било из Кур'ана или Суннета, па макар то била и мала ствар попут ајета из Кур`ана или попут хадиса, под условом да онај који преноси има знање о ономе што преноси и чему позива. Затим је Посланик, нека су на њега мир и благослов, појаснио да није спорно приповедати од Исраелићана о догађајима који су им се десили, под условом да то не буде у супротности са нашим шеријатом. Затим је упозорио на лагање на њега, те рекао да онај ко намерно слаже на њега, нека себи припреми пребивалиште у Ватри.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
@@ -5012,100 +5529,133 @@
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, казује нам да је петак најбољи дан у којем изађе Сунце. Неке од одлика петка су: Тога дана је Узвишени Аллах створио Адама, тога дана га је увео у Џеннет, тога дана га је извео из Џеннета и спустио на Земљу, и тога ће дана наступити Смак света.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Петак је одликован над осталим данима у седмици.
 Петком треба чинити што више добрих дела, припремајући се за постизање Аллахове милости и удаљавајући се од Његове казне.
 За ове одлике џуме које се спомињу у цитираном хадису каже се да оне нису споменуте у контексту одлика тога дана, јер излазак Адама из Џеннета и наступање Смака света не убрајају се у одлике и вредности. Други учењаци кажу: Све ово су одлике. Излазак Адама био је узроком појаве посланика, веровесника и добрих људи међу његовим потомцима, док је Смак света узрок што скоријег награђивања добрих људи и њиховог доласка до почасти које им је Узвишени Аллах припремио.
 За петак се везују још неке одлике које се не спомињу у овој верзији: тога да је Адаму примљено покајање, тада је умро, и у том дану се налази период којег ако човек искористи у намазу, тражећи нешто од Аллаха, Он ће му то и дати.
 Најбољи дан у години јесте дан Арефата, док неки кажу дан клања курбана. Најбољи дан у седмици је петак, а најбоља ноћ јесте Лејлетул-Кадр.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3711</t>
   </si>
   <si>
+    <t>ذكر عند النبي صلى الله عليه وسلم رجل نام ليله حتى أصبح، قال: ذاك رجل بال الشيطان في أذنيه، أو قال: في أذنه</t>
+  </si>
+  <si>
+    <t>„Споменут је пред Послаником, нека су на њега благослов и мир, човек који је спавао целу ноћ до јутра. Посланик је рекао: ‘То је човек коме је шејтан уринирао у уши,’ или је рекао: ‘у његово уво.’“</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بنِ مسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: ذُكِرَ عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ نَامَ لَيْلَهُ حَتَّى أَصْبَحَ، قَالَ: «ذَاكَ رَجُلٌ بَالَ الشَّيْطَانُ فِي أُذُنَيْهِ، أَوْ قَالَ: فِي أُذُنِهِ».</t>
+  </si>
+  <si>
+    <t>Абдулах бин Месуд, нека је Аллах задовољан њиме, рекао је: „Споменут је пред Послаником, нека су на њега благослов и мир, човек који је спавао целу ноћ до јутра. Посланик је рекао: ‘То је човек коме је шејтан уринирао у уши,’ или је рекао: ‘у његово уво.’“</t>
+  </si>
+  <si>
+    <t>ذُكِرَ عند النبيِّ صلى الله عليه وسلم رَجلٌ نام حتى أصبح وطَلَعت الشمس ولم يَقم إلى الصلاة المفروضة، فقال صلى الله عليه وسلم: إنه رجل بَالَ الشيطانُ في أُذُنِهِ.</t>
+  </si>
+  <si>
+    <t>Споменут је пред Послаником, нека су на њега благослов и мир, човек који је спавао до јутра и Сунце је изашло, а није устао на обавезну молитву. Посланик је рекао: „То је човек коме је шејтан уринирао у ухо.“</t>
+  </si>
+  <si>
+    <t>كراهية ترك قيام الليل، وأنّ ذلك بسبب الشيطان.
+الحَذَر من الشيطان الذي يَقعد للإنسان في كل طريق؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل.
+قال ابن حجر: قوله: (ما قام إلى الصلاة) المُراد الجِنْس، ويحتمل العهد، ويراد به صلاة الليل أو المكتوبة.
+قال الطيبي: خص الأذن بالذِّكْر، وإن كانت العين أنسب بالنوم إشارة إلى ثقل النوم، فإن المسامع هي موارد الانتباه، وخص البول؛ لأنه أسهل مدخلًا في التجاويف، وأسرع نفوذًا في العروق، فيورث الكسل في جميع الأعضاء.</t>
+  </si>
+  <si>
+    <t>Покуђено је запостављати ноћни намаз (молитву), јер се то дешава због утицаја шејтана.
+Потребно је бити опрезан према шејтану који човеку поставља препреке на сваком путу, како би га спречио да изврши покорност Аллаху Узвишеном.
+Ибн Хаџер је рекао: „Речи ‘није устао на молитву’ могу се односити на сваки облик молитве уопште, али могу значити и конкретно ноћну молитву или обавезну молитву.“
+Ет-Тиби је рекао: „Споменуо је уво, иако је око прикладније за спавање, како би указао на дубок сан. Слух је средство за буђење, а посебно је споменуо уринирање јер је лакше ући у шупљине и брже се шири кроз вене, што изазива леност у свим удовима.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3714</t>
+  </si>
+  <si>
     <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>„Нека се Бог смилује човеку који је великодушан када продаје, када купује и када наплаћује дуг.“</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Од Џабира, нека је Бог задовољан њиме, преноси се да је Божији Посланик, нека су на њега мир и благослов, рекао: „Нека се Бог смилује човеку који је великодушан када продаје, када купује и када наплаћује дуг.“</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Посланик, нека су на њега мир и благослов, молио је за милост свакоме ко је био лак, великодушан и дарежљив у својој купопродаји. Он не треба да буде строг према купцу у погледу цене и треба да се према њему опходи на леп начин. Човек треба да буде једноставан, дарежљив и племенит када купује, и зато не треба умањивати вредност робе. Осим тога, потребно је да на једноставан, дарежљив и племенит начин тражи да му се исплате дугови. Не треба вршити притисак на сиромашне и оне који су у потреби, већ дугове треба тражити са саосећањем и благо, узимајући у обзир ситуацију оних који нису у могућности да исплате своје обавезе.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>Један од циљева исламског закона (шеријата) је очување онога што побољшава односе међу људима.
 Подстицање на коришћење узвишених моралних вредности у међусобним односима међу људима, као што су продаја, куповина и слично.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3716</t>
   </si>
   <si>
     <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>Нека је понижен, и нека је понижен, и још једном нека је понижен.“ Неко упита: "Ко, Аллахов Посланиче?" А он рече: "Свако онај ко доживи старост својих родитеља, или једног од њих, а (због њих) не уђе у Џеннет!’“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Нека је понижен, и нека је понижен, и још једном нека је понижен.“ Неко упита: "Ко, Аллахов Посланиче?" А он рече: "Свако онај ко доживи старост својих родитеља, или једног од њих, а (због њих) не уђе у Џеннет!’“</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, призвао је понижење и пропаст, на начин као да је ставио свој нос у прашину, поновивши то три пута. Неко га је упитао: "Аллахов Посланиче, ко је тај против кога довиш?“
-Посланик, нека је Аллахов благослов и мир на њега, одговорио је: "Свако онај ко дочека старост својих родитеља, или једног од њих, а због њих и односа према њима, не уђе у Џеннет, односно свако онај ко због непослушности према њима не уђе у Џеннет."</t>
+Посланик, нека је Аллахов благослов и мир на њега, одговорио је: ,,Свако онај ко дочека старост својих родитеља, или једног од њих, а због њих и односа према њима, не уђе у џеннет, односно свако онај ко због непослушности према њима не уђе у џеннет."</t>
   </si>
   <si>
     <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
 عقوق الوالدين من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Обавеза нам је родитељима чинити добро, јер тај однос бива узроком уласка у Џеннет, посебно када су они старији и немоћни.
 Непослушност родитељима један је од великих греха.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3718</t>
   </si>
   <si>
     <t>سبق المفردون</t>
   </si>
   <si>
     <t>Претекоше муферридуни.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
   </si>
   <si>
     <t>Од Ебу-Хурејре, Аллах њиме био задовољан, преноси се да је рекао: „Посланик, нека је Аллахов благослов и мир на њега, ходао је сокацима Меке, па је прошао поред брда званог Џумдан, те рекао: 'Идите, ово је Џумдан. Претекоше муферридуни.' ‘Ко су муферридуни’, упиташе га, а он рече: ‘То су мушкарци и жене који много Узвишеног Аллаха спомињу.’“</t>
   </si>
   <si>
@@ -5134,51 +5684,51 @@
     <t>https://hadeethenc.com/sr/browse/hadith/3719</t>
   </si>
   <si>
     <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>„Када неко од вас заспи, ђаво му на потиљку завеже три чвора и при везивању сваког каже: ‘Пред тобом је дуга ноћ, па спавај!’</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Када неко од вас заспи, ђаво му на потиљку завеже три чвора и при везивању сваког каже: ‘Пред тобом је дуга ноћ, па спавај!’ Уколико се дотични пробуди, па спомене Узвишеног Аллаха, одреши му се један чвор; па ако узме абдест, одреши се још један чвор; па ако клања, одреши се и трећи чвор, и он осване чио и расположен. У противном, осване лошег расположења, и лен.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, обавештава о стању ђавола и његовој борби с човеком који жели устати на ноћну молитву (добровољна молитва касно у ноћ) или на сабах намаз (јутарња молитва пре изласка сунца).
 Заиста, када верник иде на спавање, ђаво завеже на његовом потиљку три чвора.
 Када се верник пробуди и спомене Узвишеног Аллаха, не послушавши ђавоље сплетке, један чвор се одвеже.
-Када узме абдест, одвеже се и други чвор. .
+Када узме абдест, одвеже се и други чвор.
 А ако устане и клања, одвеже се и трећи чвор, те постане активан и ведрог духа, радостан због тога што га је Узвишени Аллах помогао у покорности, и срећан због обећане награде и опроста. Уз то, ослобађа се ђавољих чворова и његове лености. У супротном, ако не устане, пробуди се лошег расположења, потиштеног срца и лен у чињењу добрих дела, јер остаје везан ђавољим оковима и удаљен од близине Милостивог.</t>
   </si>
   <si>
     <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>Ђаво увек тражи сваки могући начин да омете човека и спречи га у покорности Узвишеном Аллаху. Нема спаса за роба од ђавола осим уз помоћ Аллаха, и придржавања средстава заштите и очувања.
 Спомињање Узвишеног Аллаха и Његово обожавање доносе активност души и шире прса, терају леност и тромост, те уклањају тугу. Ово тера ђавола, а то је део његових сплетки.
 Верник се радује Аллаховој помоћи која му омогућава да Му буде покоран, а осећа тугу због свог пропуста у постизању виших степена врлине и савршенства.
 Немар и удаљавање од покорности долазе од ђавола и његовог улепшавања тих поступака.
 Ове три ствари – спомињање Аллаха, узимање абдеста и клањање – терају ђавола.
 Ђаво веже чворове на потиљку посебно зато што је то средиште снаге и подручје управљања телом. Када га завеже, може преузети контролу над човековим духом и бацити га у сан.
 Ибн Хаџер ел-Аскелани каже: Спомињање ноћи на први поглед сугерише да се односи на спавање током ноћи.
 Ибн Хаџер ел-Аскелани је рекао: „Није обавезно користити одређени облик спомињања и величања Узвишеног Аллаха. Свака активност која спада под спомињање Аллаха је прихватљива, укључујући учење Кур'ана, читање хадиса и бављење исламским знањем. Најбоље је споменути (зикрити) оно што је рекао Посланик, нека је Аллахов благослов и мир на њега: „Онај ко се пробуди усред ноћи и каже: ‘Нема истинског бога осим Аллаха, Он је Једини, нема партнера, Његова је власт, Њему припада сва хвала и Он је над сваком ствари моћан. Хвала Аллаху, Слављен нека је Аллах, Нема истинског бога осим Аллаха, Аллах је Највећи, Нема моћи и снаге осим с Аллахом.’ Затим каже: ‘Аллахумагфир ли’ (Аллаху, опрости ми), или замоли нешто, биће му услишано. Ако узме абдест, његов ће намаз бити прихваћен.“ (Бележи Бухари)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3731</t>
   </si>
@@ -5225,85 +5775,180 @@
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Некакав човек је позајмљивао људима, а своме слуги је говорио: ‘Када дођеш код сиромаха, не тражи од њега (опрости му), не би ли и нама Алах опростио.’ Када је тај човек сусрео Алаха, Он му је опростио.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>„Посланик, саллаллаху 'алејхи ве селлем, нам је казао нешто о човеку који је људима давао позајмице или им је продавао уз одложено плаћање.“ И говорио је своме слуги који је наплаћивао дугове од људи: „Када дођеш до дужника, а он нема чиме да врати дуг због немоћи, опрости му; било тако што ћеш му дати више времена и не вршити притисак у наплати.“ Поред тога, можеш прихватити и оно што има, чак и ако је непотпуно, а ми ћемо се надати да ће нам Алах због тога опростити грехе. Када је умро, Алах му је опростио  грехе.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Чинити добро у поступању према људима, опраштати им и прећи преко дуга оних који су у тешкој ситуацији, један је од највећих разлога за спас  на Судњем дану.
 Чињење доброчинства према људима, искреност према Аллаху, и нада у Његову милост су од разлога опроста греха.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3753</t>
   </si>
   <si>
+    <t>كان رسول الله صلى الله عليه وسلم يجتهد في العشر الأواخر ما لا يجتهد في غيره</t>
+  </si>
+  <si>
+    <t>„Посланик, нека су на њега благослов и мир, трудио се у последњих десет дана (месеца Рамазана) више него у било ком другом периоду.“</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمِنينَ رَضِيَ اللهُ عَنْهَا: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَجْتَهِدُ فِي الْعَشْرِ الْأَوَاخِرِ مَا لَا يَجْتَهِدُ فِي غَيْرِهِ.</t>
+  </si>
+  <si>
+    <t>Од Аише, мајке правоверних, нека је Аллах задовољан њоме: „Посланик, нека су на њега благослов и мир, трудио се у последњих десет дана (месеца Рамазана) више него у било ком другом периоду.“</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا جاء العَشر الأواخر من رمضان يَجتهد فيها بالعبادة والطاعة، ويُبالِغ في أنواع الخيرات وأصناف المَبَرَّات والعبادات أكثر مما يجتهد في غيره؛ وذلك لِعِظَم وفضل تلك الليالي، وطلبًا لليلة القدر.</t>
+  </si>
+  <si>
+    <t>Када би наступило последњих десет дана Рамазана, Посланик, нека су на њега мир и благослов, уложио би посебан труд у покорности, и посебно се трудио у разним доброчинствима и врстама богослужења, више него у било ком другом времену. То је чинио због величине и значаја тих ноћи, тражећи ноћ кадра.</t>
+  </si>
+  <si>
+    <t>الحث على الإكثار مِن البِرِّ ووجوه الطاعات في شهر رمضان عامة والعشر الأخيرة منه خاصة.
+العشر الأواخر من رمضان تبدأ من الليلة الحادية والعشرين إلى نهاية الشهر.
+استحباب اغْتِنَام الأوقات الفاضلة بالطاعات.</t>
+  </si>
+  <si>
+    <t>Подстицање на умножавање добрих дела током целог месеца Рамазана, а посебно у последњој десетини.
+Последњих десет дана Рамазана почињу од двадесет прве ноћи и трају до краја месеца.
+Препоручује се искоришћавање племенитих времена у покорности Богу.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3755</t>
+  </si>
+  <si>
     <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>Свим мојим следбеницима ће бити опроштено, само не онима који грехе јавно чине</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Свим мојим следбеницима ће бити опроштено, само не онима који грехе јавно чине. У јавно чињење греха спада то да човек преко ноћи нешто уради, а ујутро, након што му је то Аллах покрио, некога зовне и каже: ‘Синоћ сам урадио то и то’, тако да заноћи прекривен заштитом свога Господара, а осване скидајући Аллахову заштиту са себе.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да се за муслимана грешника треба надати да ће му Узвишени опростити осим ако се ради о ономе ко јавно истиче грехе. Такав, услед бахатости и бесрамности, не заслужује опрост. Када је ноћ, он почини грех, па га ујутро разглашава, иако му га је Узвишени прекрио.</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Јако је ружно јавно истицати чињење греха након што их Узвишени Аллах сакрије човеку.
 Ширење неморала међу верницима спада у јавно чињење греха.
 Коме Узвишени Аллах прекрије грехе на овом свету, прекриће му их и на будућем свету. Ово је вид Аллахове милости према Његовим робовима.
 Ко буде искушан чињењем греха, нека се потруди да их не истиче јавно и нека се за њих покаје.
 Јако је опасно јавно чинити грехе. Такви људи свесно пропуштају прилику да им се опрости.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3756</t>
   </si>
   <si>
+    <t>لا يستر عبد عبدا في الدنيا إلا ستره الله يوم القيامة</t>
+  </si>
+  <si>
+    <t>„Неће нико покрити (сакрити ману) другог човека на овом свету, а да га Аллах неће покрити  (сакрити ману) на Судњем дану.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَسْتُرُ عَبْدٌ عَبْدًا فِي الدُّنْيَا إِلَّا سَتَرَهُ اللهُ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, нека је Аллах задовољан њиме, преноси се да је Посланик, нека су на њега мир и благослов Божији, рекао: „Неће нико покрити (сакрити ману) другог човека на овом свету, а да га Аллах неће покрити  (сакрити ману) на Судњем дану.“</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه لا يَستر مسلمٌ أخاه المسلم في أمر من الأمور، إلا سَتره الله عز وجل يوم القيامة؛ فالجزاء من جنس العمل، ويكون سِتْرُ اللهِ له بستر عيوبه ومعاصيه عن إذاعتها على أهل المحشر، وقد يكون بترك محاسبته عليها وذكرها له.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов, објашњава да ниједан муслиман неће сакрити (покрити) свог брата муслимана у било којој ствари, а да га Узвишени Аллах неће покрити на Судњем дану. Награда је сразмерна делу, а Божије покривање односи се на скривање његових мана и грехова од ширења међу људима на Судњем дану, или чак и то да му не буду поменути и да не буде за њих позван на одговорност.</t>
+  </si>
+  <si>
+    <t>مشروعية السِّتْر على المسلم إذا فَعَلَ معصية، مع الإنكار عليه، والنصيحة له، وتخويفه بالله، أما إذا كان من أهل الشر والفساد المجاهرين بالمعاصي والفسق، فإنه لا ينبغي الستر عليهم؛ لأن الستر عليهم يُجَرِّئُهم على المعاصي، وإنما يُرْفَع أمرُه إلى ولاة الأمور، ولو كان في هذا ذكر له؛ لأنه مُعْلِن بفسقه ومعصيته.
+الترغيب في ستر أخطاء الآخرين.
+من فوائد الستر: إتاحة الفرصة للمذنب أن يراجِعَ نفسه ويتوب إلى الله؛ لأن إعلان العيوب والعورات من إشاعة الفاحشة، ويُفسِد الجَوَّ الاجتماعي، ويُغْرِي الناس بارتكابها.</t>
+  </si>
+  <si>
+    <t>Прописано је прикрити грех муслимана, уз обавезу да му се то осуди, да му се упути савет и да се уплаши Божијом казном. Међутим, ако је та особа од оних који чине зло, шире неред и отворено се поносе својим гресима и пороцима, не треба их прикривати. Скривање њихових поступака их само охрабрује да наставе у гресима. У том случају, њихова дела треба пријавити властима, чак и ако то укључује спомињање њихових имена, јер они отворено чине пороке и грехе.
+Подстицање на прикривање грешака других.
+Једна од користи прикривања (греха) је давање прилике грешнику да преиспита себе и покаје се пред Богом. Јер, јавно објављивање мана и недостатака води ширењу неморала, квари друштвену атмосферу и подстиче друге људе да их почине.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3777</t>
+  </si>
+  <si>
+    <t>لا يموتن أحدكم إلا وهو يحسن بالله الظن</t>
+  </si>
+  <si>
+    <t>‘Нека нико од вас не умре, а да нема лепо мишљење о Аллаху.’“</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ وَفَاتِهِ بِثَلَاثٍ يَقُولُ: «لَا يَمُوتَنَّ أَحَدُكُمْ إِلَّا وَهُوَ يُحْسِنُ بِاللهِ الظَّنَّ».</t>
+  </si>
+  <si>
+    <t>Од Џабира, нека је Бог задовољан њиме, преноси се да је рекао: „Чуо сам посланика, нека су на њега мир и благослов Божији, три дана пре његове смрти како говори: ‘Нека нико од вас не умре, а да нема лепо мишљење о Аллаху.’“</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم المسلمَ بأن لا يموت إلا وهو يُحسِنُ الظنَّ بالله بتَغْلِيْبِه جانبَ الرجاء عند الاحتضار بأن الله يرحمُه ويعفو عنه، لأن الخوف مطلوب لتحسين العمل، وتلك الحالة ليست حالة الأعمال، فالمطلوب فيها غَلَبَةُ الرجاء.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, подстакао је муслимана да не умре, а да нема добро мишљење о Богу, дајућу предност нади у тренутку умирања, верујући да ће му Бог указати милост и опростити му. Јер страх је потребан да би се дела побољшала, али при умирању није време за дела, већ је потребно да нада преовладава.</t>
+  </si>
+  <si>
+    <t>حِرْص النبيِّ صلى الله عليه وسلم على إرشاد أمته، وشدة رأفته بها في جميع أحواله؛ حتى في مرض موته ينصح أمتَه ويدلُّها على مسالك النجاة.
+قال الطيبي: أحسنوا أعمالكم الآن حتى يَحْسُنَ ظنُّكم بالله عند الموت، فإنَّ مَن ساء عملُه قبل الموت يَسوء ظنُّه عند الموت.
+أكمل الأَحْوال للعبد اعْتدال الرَّجاء والخوف، وغلبةُ الحب؛ فالمحبَّة هي المرْكَبُ، والرَّجاء حادٍ، والخوف سائق، والله الموصل بمنِّه وكرمه.
+ينبغي على من كان قريبًا ممن حَضَرَه الموت أنْ يُغَلِّب عنده جانب الرجاء وحسن الظن بالله، ففي هذا الحديث أنه صلى الله عليه وسلم قال ذلك قبل أن يموت بثلاث.</t>
+  </si>
+  <si>
+    <t>Брига Посланика, нека су на њега мир и благослов Божији, да упути свој уммет и његова велика самилост према њима у свим ситуацијама; чак и у болести - приликом смрти саветује свој народ и показује им путеве спасења.
+Ет-Тиби је рекао: „Чините добра дела сада, да би ваше мишљење о Богу било добро у тренутку смрти. Јер, онај чија су дела била лоша пре смрти, имаће лоше мишљење о Богу у тренутку смрти.“
+Најсавршеније стање за једног човека је равнотежа између наде и страха, уз преовладавање љубави. Љубав је попут возила, јахалице, нада је подстицатељ, а страх водич, док је Бог тај који милошћу и добротом доводи до циља.
+Они који су у близини некога ко је на самрти треба да код њега подстакну наду и добро мишљење о Богу. У овом хадису се наводи да је Посланик, нека су на њега мир и благослов Божији, то рекао три дана пре своје смрти.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3779</t>
+  </si>
+  <si>
     <t>لقيت إبراهيم ليلة أسري بي فقال: يا محمد، أقرئ أمتك مني السلام، وأخبرهم أن الجنة طيبة التربة عذبة الماء</t>
   </si>
   <si>
     <t>„У ноћи мога исра'а (ноћног путовања) сусрео сам Абрахама, нека је Аллахов мир на њега, и он ми је рекао: ‘О Мухаммеде, пренеси од мене селам своме уммету, и обавести га да је у Џеннету добра и лепа земља, питка вода;</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ، وَأَنَّهَا قِيعَانٌ، وَأَنَّ غِرَاسَهَا سُبْحَانَ اللهِ وَالحَمْدُ لِلَّهِ وَلاَ إِلَهَ إِلاَّ اللَّهُ وَاللَّهُ أَكْبَرُ».</t>
   </si>
   <si>
     <t>Од Ибн Мес'уда, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „У ноћи мога исра'а (ноћног путовања) сусрео сам Абрахама, нека је Аллахов мир на њега, и он ми је рекао: ‘О Мухаммеде, пренеси од мене селам своме уммету, и обавести га да је у Џеннету добра и лепа земља, питка вода; да је он пространа низија, и да је његово семење (којим се сеје): ‘Субханаллахи, вел-хамду лиллахи, ве ла илахе иллаллаху, валлаху екбер.’“ (Слављен нека је Аллах, сва хвала припада Аллаху, нема истинског Бога, осим Аллаха и Аллах је највећи).</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, преноси да је сусрео Абрахама Халила, нека је Аллахов мир на њега, у ноћи Исра’а и Ми’раџа, па му је Абрахам рекао: „О Мухаммеде, пренеси мој селам твом уммету и обавести их да је Џеннет чистог тла, питке и слатке воде, без сланости. Џеннет је простран, раван и празан од дрвећа, а садња у њему су лепе речи, а то су трајна добра дела: ‘Субханаллах, Елхамдулиллах, Ла илахе иллаллах, Аллаху екбер.’ Сваки пут када их муслиман изговори и понови, посади му се садница у Џеннету.“</t>
   </si>
   <si>
     <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
 فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
 ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
 قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
   </si>
   <si>
     <t>Подстицај на устрајност у зикру ради повећања садница у Џеннету.
@@ -5332,119 +5977,370 @@
   <si>
     <t>„Не одржава родбинске везе онај ко само узврати на посету својој родбини, већ је прави одржавалац родбинских веза онај који наставља одржавати везу са родбином која њега заборави или одбаци.“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Од Абдуллаха ибн Амра, нека је Аллах задовољан њиме и његовим оцем, преноси се да је Посланик, мир над њим, рекао: „Не одржава родбинске везе онај ко само узврати на посету својој родбини, већ је прави одржавалац родбинских веза онај који наставља одржавати везу са родбином која њега заборави или одбаци.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Посланик, мир над њим, обавештава да човек који истински  одржава родбинске везе и чини доброчинство према рођацима није онај који узвраћа доброчинство на доброчинство, већ је прави и потпуни одржавалац родбинских веза онај који наставља одржавати везу са својом родбином чак и када је она прекинута, иако му учине неправду он им узвраћа доброчинством.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Шеријатски значајна родбинска веза је она у којој одржаваш контакт са онима који су прекинули везу с тобом, опрашташ онима који су ти учинили неправду, и дајеш онима који су ти ускратили. Она не подразумева само узвраћање доброчинства или накнаду за учињено.
 Одржавање родбинских веза подразумева пружање колико год је могуће добра, било да је то у виду материјалне помоћи, подстицања на добро и одвраћања од зла, или било које друге врсте доброчинства, као и одбијање што је могуће више зла од њих.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3854</t>
+  </si>
+  <si>
+    <t>لئن كنت كما قلت، فكأنما تسفهم المل ولا يزال معك من الله ظهير عليهم ما دمت على ذلك</t>
+  </si>
+  <si>
+    <t>‘Ако је тако као што кажеш, то је као да их храниш ужареним угљем. И док год тако будеш поступао, имаћеш непрестаног помагача од Узвишеног Бога против њих.’“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَجُلًا قَالَ: يَا رَسُولَ اللهِ إِنَّ لِي قَرَابَةً أَصِلُهُمْ وَيَقْطَعُونِي، وَأُحْسِنُ إِلَيْهِمْ وَيُسِيئُونَ إِلَيَّ، وَأَحْلُمُ عَنْهُمْ وَيَجْهَلُونَ عَلَيَّ، فَقَالَ: «لَئِنْ كُنْتَ كَمَا قُلْتَ، فَكَأَنَّمَا تُسِفُّهُمُ الْمَلَّ وَلَا يَزَالُ مَعَكَ مِنَ اللهِ ظَهِيرٌ عَلَيْهِمْ مَا دُمْتَ عَلَى ذَلِكَ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, нека је Бог задовољан њиме, се преноси да је рекао: „Један човек је рекао: ‘Божији Посланиче, имам родбину са којом одржавам везу, али они ту везу прекидају. Ја се према њима лепо понашам, а они према мени лоше. Ја сам благ према њима, а они су груби према мени.’ На то је Божији посланик рекао: ‘Ако је тако као што кажеш, то је као да их храниш ужареним угљем. И док год тако будеш поступао, имаћеш непрестаног помагача од Узвишеног Бога против њих.’“</t>
+  </si>
+  <si>
+    <t>اشتَكَى رَجُلٌ للنبيِّ صلى الله عليه وسلم بأنّ له قرابةً ورَحِمًا يَتَعامَل معهم بالحُسنى وهم يُعامِلونه بضد ذلك؛ فيَصِلُهم ويأتِيْهم وهم يَقْطَعونه، ويُحسن إليهم بالبر والوفاء ويُسيئون إليه بالجَوْر والجَفَاء، ويَحلم ويعفو عنهم ويَجهلون عليه بالقبيح من القول والفعل، فهل يَستَمِرُّ بالصِّلَة لهم مع ما ذُكِر؟ 
+فقال له النبيُّ صلى الله عليه وسلم: إنْ كان كما ذَكَرتَ فإنك تُخزِيهم وتَحْقِرُهم في أنفسهم، وكأنك تُطعِمُهم الرَّمَاد الحارّ؛ لكثرة إحسانك وقبيح فِعلِهم عند أنفسهم، ولا يزال معك من عند الله مُعين لك عليهم، ودافِع عنك أذاهم ما دُمْتَ على ما ذَكرتَ من إحسانك إليهم، وظَلُّوا هم على إساءتهم إليك.</t>
+  </si>
+  <si>
+    <t>Један човек се пожалио Посланику, нека су на њега мир и благослов Божији, да има родбину и блиске сроднике према којима се понаша добро, али они се према њему понашају супротно: он одржава везе са њима и долази им, а они прекидају везе са њим; чини им добро и показује верност, а они му узвраћају неправдом и грубошћу; он их трпи и прашта им, а они га вређају и чине ружне ствари и речима и делима. Човек је питао да ли да настави да одржава везе са њима упркос томе што је описао?
+Посланик, нека су на њега мир и благослов Божији, одговорио му је: „Ако је заиста онако како си рекао, ти их понижаваш и умањујеш у њиховим сопственим очима, као да их храниш врелим пепелом; због твог доброчинства и њиховог лошег понашања осећају срам у својим срцима. И стално ће бити с тобом Божија помоћ, која ће те подржавати против њих и штитити те од њихове штете, докле год наставиш да чиниш добро, а они да те вређају.“</t>
+  </si>
+  <si>
+    <t>مقابلة الإساءة بالإحسان مَظِنّة رجوع  المسيء إلى الحق، كما قال تعالى: (ادفع بالتي هي أحسن فإذا الذي بينك وبينه عداوة كأنه ولي حميم).
+امتثال أمْر الله ولو حصل له أذى سببٌ لعون الله للعبد المؤمن.
+قطيعة الرحم أَلَمٌ وعذابٌ في الدنيا، وإثمٌ وحساب في الآخرة.
+ينبغي على المسلم أنْ يَحتَسِب في عمله الصالح، ولا يقطعه أذى الناس وقطيعتُهم عن عادته الطيبة.
+ليس الواصلُ لِرَحِمِهِ مَن يُكافِئ مَن وَصَله، ولكن الواصل حقيقة هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها.</t>
+  </si>
+  <si>
+    <t>Одговарање на зло доброчинством може бити разлог да се онај који чини зло врати на Прави пут, као што је Бог Узвишени рекао: „Зло одбијај оним што је најбоље, тада ће онај с ким си био у непријатељству постати као блиски пријатељ.“
+Поступање по Божијој наредби, чак и ако човек претрпи неко зло, узрок је Божије помоћи вернику.
+Прекидање родбинских веза је бол и патња на овом свету, а грех и одговорност на оном свету.
+Муслиман треба да тежи да своја добра дела ради у име Бога и да га штета и прекид веза са људима не одврате од његових добрих навика.
+Онај ко одржава родбинске везе није онај који узвраћа на доброту, већ је прави онај ко одржава везу чак и када је она прекинута.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3863</t>
+  </si>
+  <si>
+    <t>ما اغبرت قدما عبد في سبيل الله فتمسه النار</t>
+  </si>
+  <si>
+    <t>„Ноге Аллаховог роба које су се запрашиле у борби на Божијем путу, џехеннемска ватра неће дотаћи.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْسٍ عَبْدُ الرَّحْمَنِ بْنِ جَبْرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا اغْبَرَّتْ قَدَمَا عَبْدٍ فِي سَبِيلِ اللَّهِ فَتَمَسَّهُ النَّارُ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Абса Абдурахмана бин Џебра, нека је Бог задовољан њиме, преноси се да је Божији посланик, нека су на њега мир и благослов Божији, рекао: „Ноге Аллаховог роба које су се запрашиле у борби на Божијем путу, џехеннемска ватра неће дотаћи.“</t>
+  </si>
+  <si>
+    <t>بَشَّرَ النبيُّ صلى الله عليه وسلم بأنَّ مَن أصاب قَدَمَيه الغبارُ وهو يُجاهد في سبيل الله بأنَّ النارَ لا تَمَسّه.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, дао је радосну вест да онога чије су ноге запрашене док се бори на Божијем путу, ватра неће дотаћи.</t>
+  </si>
+  <si>
+    <t>البشارة للمُجاهد في سبيل الله بالنَّجَاة من النار.
+ذكرَ القَدَمين وإن كان الغبار يَعُمُّ البدن كلَّه؛ لأن أكثر المجاهدين في ذلك الزمان مُشَاةٌ، والأقدام تتغبَّر على كل حال.
+قال ابن حجر: فإذا كان مُجرَّد مَس الغبار للقدم يُحرِّم عليها النار؛ فكيف بمَن سعى وبَذَل جُهْدَه واستنفد وُسْعَه.</t>
+  </si>
+  <si>
+    <t>Радосна вест за онога који се бори на Божијем путу о спасењу од ватре.
+Споменута су стопала, иако прашина прекрива цело тело, јер су већина бораца у то време били пешаци, а стопала се у сваком случају запрашују.
+Ибн Хаџер је рекао: „Ако сама прашина на стопалима спречава да их дотакне ватра, како ли је тек са оним који се трудио, уложио сав свој напор и исцрпео своје могућности.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3868</t>
+  </si>
+  <si>
+    <t>ما من قوم يقومون من مجلس لا يذكرون الله فيه إلا قاموا عن مثل جيفة حمار، وكان لهم حسرة</t>
+  </si>
+  <si>
+    <t>„Нема скупине која устане са скупа на којем нису спомињали Бога, узвишен је Он, а да неће устати као да су били за трпезом на којој је била лешина магарца, и они ће због тога зажалити (што нису спомињали Бога).“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ قَوْمٍ يَقُومُونَ مِنْ مَجْلِسٍ لَا يَذْكُرُونَ اللَّهَ فِيهِ إِلَّا قَامُوا عَنْ مِثْلِ جِيفَةِ حِمَارٍ، وَكَانَ لَهُمْ حَسْرَةً».</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, нека је Бог задовољан њиме, преноси се да је Божији Посланик, нека су на њега мир и благослов Божији, рекао: „Нема скупине која устане са скупа на којем нису спомињали Бога, узвишен је Он, а да неће устати као да су били за трпезом на којој је била лешина магарца, и они ће због тога зажалити (што нису спомињали Бога).“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن قومٍ جلسوا في مجلس ثم قاموا منه ولم يذكروا الله فيه إلا قاموا عن مثل مَن اجتمع على جيفة حمار في النَّتَنِ والقَذَارة؛ وذلك لما انشغلوا في الكلام عن ذكر الله، وكان ذلك المجلسُ عليهم حسرةً يوم القيامة ونقصانًا وندامة لازمة لهم.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, обавестио је да нема људи који седе на скупу, па се разиђу а да у њему нису споменули Бога, а да нису као они који су се окупили око леша магарца у смраду и нечистоћи. То је због тога што су се заокупили разговором, а не спомињањем Бога. Тај скуп ће им на Судњем дану бити разлог за жалост и непрестано кајање.</t>
+  </si>
+  <si>
+    <t>ما ذُكِر مِن التحذير عن الغفلة عن ذكر الله ليس مقتصرًا على المجالس فقط، بل يَعُمُّ غيرَها، قال النووي: يُكرَه لمَن قَعَد في مكان أن يُفارقه قبل أن يذكر الله تعالى فيه.
+الحسرة الحاصل لهم يوم القيامة: إما بِفَوَات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
+هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرَّمة التي فيها الغيبة والنميمة وغيرها؟!</t>
+  </si>
+  <si>
+    <t>Упозорење на немар у спомињању Бога није ограничено само на скупове, већ обухвата и друге ситуације. Ен-Невеви је рекао: „Не препоручује се ономе ко је седео на неком месту да га напусти пре него што у њему спомене Бога Узвишеног.“
+Жалост која ће их задесити на Судњем дану било због пропуштене награде јер нису искористили то време у покорности Богу, било због греха и казне ако су време провели у непослушности према Богу.
+Ово упозорење важи ако је тај немар у дозвољеним стварима, па шта рећи о забрањеним скуповима у којима има оговарања, клеветања и других греха?!</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/3910</t>
   </si>
   <si>
     <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>На шта још да ти даднемо присегу?’ ’На то да ћете само Аллаха обожавати и да нећете чинити ширк, те да ћете обављати пет молитви, да ћете бити покорни’, затим је тихо нешто изговорио, па наставио: ’и да нећете од људи ништа тражити.’</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Преноси се од Ебу Муслима ел-Хавланија да је рекао: "Онај кога волим и ко је за мене поверљив, казао ми је нешто. Авф бин Малик ел-Ешџе'и, Аллах био задовољан њиме, ми је рекао: ’Били смо код Аллаховог Посланика, нека је Аллахов благослов и мир на њега, девет, или осам, или седам дана, па нас је упитао: ’Хоћете ли дати присегу Аллаховом Посланику?’ А ми смо му мало пре тога већ дали присегу, па смо му одговорили: ’Дали смо ти присегу, Аллахов Посланиче.’ Потом нас је поново упитао:’ Хоћете ли дати присегу Аллаховом Посланику?’ ’Дали смо ти присегу, Аллахов Посланиче’, одговорисмо. ’Хоћете ли дати присегу Аллаховом Посланику?’, поново ће Посланик, а ми му пружисмо руке те казасмо: ’Дали смо ти присегу, Аллахов Посланиче. На шта још да ти даднемо присегу?’ ’На то да ћете само Аллаха обожавати и да нећете чинити ширк, те да ћете обављати пет молитви, да ћете бити покорни’, затим је тихо нешто изговорио, па наставио: ’и да нећете од људи ништа тражити.’ Видео сам неке од тих људи после када би им спао штап, не би ни од кога затражили да им га дода.“</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, једном је приликом био са неколико асхаба, па је од њих затражио да му дадну присегу на неколико ствари:
 Прва: Да само Аллаху чине ибадет и да Му не чине ширк. Ово подразумева да раде оно што им је Узвишени наредио и да се клоне онога што је забранио.
 Друга: Обављање пет обавезних молитви током дана и ноћи.
 Трећа: Покорност и послушност владарима муслимана.
 Четврта: Шта год да им треба, нека само од Аллаха то траже и никако од људи. Приликом истицања ове ставке, Аллахов Посланик је то изговорио тихим гласом.
 Ови су асхаби поступали по реченом. Преносилац овог хадиса је чак нагласио да је видео некога од њих, када би му спао бич (или штап), не би ни од кога затражио помоћ да му га дода, већ би га сам узео.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>У овом хадису налазимо подстицај да се од људи ништа не тражи. Потребно је чувати свој понос и достојанство па макар се радило и о нечему незнатном.
 У хадису се истиче да је од људи забрањено тражити оно што се тиче овосветских користи. Према томе, није спорно потражити од људи шеријатско знање или нешто друго што се тиче будућег света.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4176</t>
   </si>
   <si>
+    <t>مثل الذي يذكر ربه والذي لا يذكر ربه، مثل الحي والميت</t>
+  </si>
+  <si>
+    <t>„Пример онога ко спомиње свога Господара и онога ко Га не спомиње је као пример живог и мртвог.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الَّذِي يَذْكُرُ رَبَّهُ وَالَّذِي لاَ يَذْكُرُ رَبَّهُ، مَثَلُ الحَيِّ وَالمَيِّتِ»، ولفظ مسلم: «مَثَلُ الْبَيْتِ الَّذِي يُذْكَرُ اللهُ فِيهِ، وَالْبَيْتِ الَّذِي لَا يُذْكَرُ اللهُ فِيهِ، مَثَلُ الْحَيِّ وَالْمَيِّتِ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Мусаа, нека је Бог задовољан њиме, преноси се да је Посланик, нека су на њега мир и благослов Божији, рекао: „Пример онога ко спомиње свога Господара и онога ко Га не спомиње је као пример живог и мртвог.“ А у верзији коју бележи Муслим стоји: „Пример куће у којој се спомиње Бог и куће у којој се Бог не спомиње је као пример живог и мртвог.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الفَرقَ بَيْن الذي يذكر الله تعالى وبين مَن لا يذكره، وأنه مثل الفرق بين الحي والميت في نفعه وحسن مظهره، فمَثَلُ الذي يذكر ربه مثل الحي الذي ظاهِرُه مُتَزَيِّن بنور الحياة، وباطنه بنور المعرفة، وفيه النفع، ومثل الذي لا يذكر الله مثل الميت الذي ظاهره عاطل، وباطنه باطل، وليس فيه نفع. 
+وكذلك البيت يوصف بالحي إن كان ساكنوه يذكرون الله، وإلا فهو بيت ميت لخمول ساكنيه عن ذكر الله؛ وإن أطلق الحي والميت في وصف البيت إنما يراد به ساكن البيت.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, објаснио је разлику између онога ко спомиње Бога и онога ко Га не спомиње, истичући да је та разлика као она између живог и мртвог у њиховој користи и изгледу. Онај ко спомиње свога Господара је попут живог човека, чији је спољашњи изглед украшен светлошћу живота, а његова унутрашњост обасјана светлом знања и спознаје, доносећи корист. Док је онај ко не спомиње Бога попут мртвог човека, чији је спољашњи изглед празан, а унутрашњост празна, без икакве користи.
+Такође, кућа се сматра „живом“ ако њени становници спомињу Аллаха, у противном је то „мртва“ кућа, јер су њени становници у стању неактивности и немара према спомињању Аллаха. Када се користе изрази „жива“ и „мртва“ у опису куће, то се односи на њене становнике.</t>
+  </si>
+  <si>
+    <t>الحث على ذكر الله والتحذير من الغفلة عنه.
+الذكر حياة الروح كما أن الروح حياة الجسد.
+من هدي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
+قال النووي: فيه الندب إلى ذكر الله تعالى في البيت، وأنه لا يخلى من الذكر.
+قال النووي: وفيه أن طول العمر في الطاعة فضيلة وإن كان الميت ينتقل إلى خير؛ لأن الحي يَسْتَلْحِقُ به ويزيد عليه بما يفعله من الطاعات.</t>
+  </si>
+  <si>
+    <t>Подстицање на спомињање Аллаха и упозорење на немар према томе.
+Спомињање Бога је живот за душу, као што је душа живот за тело.
+Једна од пракси Посланика, нека су на њега мир и благослов Божији, била је да наводи примере како би приближио значења.
+Ен-Невеви је рекао: „Ово упућује на то да је пожељно спомињати Аллаха у кући и да она не би требало да буде лишена спомињања Аллаха (зикра).“
+Ен-Невеви је такође рекао: „Ово показује да је дуг живот у покорности врлина, чак и ако умрли прелази на боље место, јер живи може наставити да га следи и повећава његове заслуге својим добрим делима.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4177</t>
+  </si>
+  <si>
+    <t>إني مما أخاف عليكم من بعدي، ما يفتح عليكم من زهرة الدنيا وزينتها</t>
+  </si>
+  <si>
+    <t>‘Оно чега се највише плашим за вас после мене јесте оно што ће вам се отворити од раскоши овога света и његових украса.’</t>
+  </si>
+  <si>
+    <t>عَنْ أَبٍي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ جَلَسَ ذَاتَ يَوْمٍ عَلَى المِنْبَرِ وَجَلَسْنَا حَوْلَهُ، فَقَالَ: «إِنِّي مِمَّا أَخَافُ عَلَيْكُمْ مِنْ بَعْدِي، مَا يُفْتَحُ عَلَيْكُمْ مِنْ زَهْرَةِ الدُّنْيَا وَزِينَتِهَا» فَقَالَ رَجُلٌ: يَا رَسُولَ اللَّهِ، أَوَيَأْتِي الخَيْرُ بِالشَّرِّ؟ فَسَكَتَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقِيلَ لَهُ: مَا شَأْنُكَ؟ تُكَلِّمُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَلاَ يُكَلِّمُكَ؟ فَرَأَيْنَا أَنَّهُ يُنْزَلُ عَلَيْهِ؟ قَالَ: فَمَسَحَ عَنْهُ الرُّحَضَاءَ، فَقَالَ: «أَيْنَ السَّائِلُ؟» وَكَأَنَّهُ حَمِدَهُ، فَقَالَ: «إِنَّهُ لاَ يَأْتِي الخَيْرُ بِالشَّرِّ، وَإِنَّ مِمَّا يُنْبِتُ الرَّبِيعُ يَقْتُلُ أَوْ يُلِمُّ، إِلَّا آكِلَةَ الخَضْرَاءِ، أَكَلَتْ حَتَّى إِذَا امْتَدَّتْ خَاصِرَتَاهَا اسْتَقْبَلَتْ عَيْنَ الشَّمْسِ، فَثَلَطَتْ وَبَالَتْ، وَرَتَعَتْ، وَإِنَّ هَذَا المَالَ خَضِرَةٌ حُلْوَةٌ، فَنِعْمَ صَاحِبُ المُسْلِمِ مَا أَعْطَى مِنْهُ المِسْكِينَ وَاليَتِيمَ وَابْنَ السَّبِيلِ - أَوْ كَمَا قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ - وَإِنَّهُ مَنْ يَأْخُذُهُ بِغَيْرِ حَقِّهِ، كَالَّذِي يَأْكُلُ وَلاَ يَشْبَعُ، وَيَكُونُ شَهِيدًا عَلَيْهِ يَوْمَ القِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Сеида ел-Худрија, нека је Бог задовољан њиме, се преноси: „Једног дана, Божији Посланик, нека су на њега мир и благослов Божији, сео је на минберу, а ми смо седели око њега. Тада је рекао: ‘Оно чега се највише плашим за вас после мене јесте оно што ће вам се отворити од раскоши овога света и његових украса.’ Тада је један човек рекао: ‘О, Божији Посланиче, да ли добро може донети зло?’ Посланик, нека су на њега мир и благослов Божији, ћутао је. Људи су му рекли: ‘Шта ти је? Обраћаш се Божијем Посланику, а он ти не одговара?’ Видели смо да му се објављује. Када је објава завршена, обрисао је зној са чела и упитао: ‘Где је онај који је поставио питање?’ Као да му је похвалио питање, а затим је рекао: ‘Добро не доноси зло. Биље које у пролеће расте може да убије или да оштети, осим животиња које једу док им се стомак не напуни, а онда се изложе Сунцу, и испразне се, те се врате на пашу. Овај иметак је зелен и сладак, и добар је сапутник муслиману који даје од њега сиромаху, сирочету и путнику. Али онај ко га узима неправедно, као да једе и никад се не засити, и тај ће иметак на Судњем дану бити сведок против њега.’“</t>
+  </si>
+  <si>
+    <t>جَلَسَ النبيُّ صلى الله عليه ذات يوم على المنبر يُحدِّث أصحابَه فقال: 
+إنَّ أكثر ما أخاف وأخشى عليكم مِن بعدي ما يُفتَح عليكم من بركات الأرض وزهرة الدنيا وزينتها وبهجتها، وما فيها من أنواع المتاع والثياب والزروع وغيرها مما يفتخر الناس بحسنه مع قلة البقاء. 
+فقال رجل: زهرة الدنيا نعمة من الله، فهل تعود هذه النعمة وتصير نقمة وعقوبة؟! 
+فَلَامَ الناسُ السائلَ حيث رأوه صلى الله عليه وسلم سَكَتَ، وظنوا أنه أغضبه. 
+فتَبَيَّنَ أنه صلى الله عليه وسلم كان ينزل عليه الوحي، ثم جعل يَمسح عن جَبِيْنِه العَرَقَ، فقال: أين السائل؟ 
+قال: أنا.
+فحمد الله وأثنى عليه، ثم قال صلى الله عليه وسلم: الخير الحقيقي لا يأتي إلا بخير، ولكن هذه الزهرة ليست بخير مَحْضٍ لما تؤدي إليه من الفتنة والمنافسة والاشتغال بها عن كمال الإقبال على الآخرة، ثم ضَرَبَ لذلك مَثلًا فقال: إنّ نبات الربيع وخَضِره؛ وهو نوع من الزرع يُعجب الماشية فيَقْتُل لكثرة الأكل بالتُّخَمَة أو يقارب القتل، إلا آكلة الخَضِر أكلت حتى امتلأ جانبا بطنها، فاستقبلت الشمس وأَلْقَت الرجيع من بطنها رقيقًا أو بالت، ثم استرفعت ما في كرشها فمضغتْه ثم بَلَعتْه، ثم عادت فأكلت. 
+فإن هذا المال كالبَقْلة الخضراء الحلوة، يَقتل أو يكاد يقتل بكثرته؛ إلا إذا اقتصر منه على اليسير الذي تدعو إليه الحاجة وتحصل به الكفاية من طريق حلال فإنه لا يضر، ونعم صاحب المسلم هو لمن أعطى منه المسكين واليتيم وابن السبيل، ومن يأخذه بحقه يبارك له فيه، ومن يأخذه بغير حقه فمثله كمثل الذي يأكل ولا يشبع، ويكون شهيدًا عليه يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Једног дана је Посланик, нека су на њега мир и благослов Божији, седео на минберу и разговарао са својим асхабима, па је рекао:
+„Највише чега се бојим и страхујем за вас након мене је оно што ће вам се отворити од благослова земље и раскоши овога света, његових украсе и лепота – све што чини различите ужитке, одећу, усеве и друге ствари којима се људи поносе, иако су кратког века.“
+Један човек је тада рекао: „Раскош овога света је Божија благодат, па да ли ће та благодат постати казна и невоља?“
+Људи су прекорили онога који је питао, јер су видели да је Посланик, нека су на њега мир и благослов Божији, ћутао, па су помислили да га је питање наљутило.
+Затим се показало да је Посланик, нека су на њега мир и благослов Божији, добијао објаву. Он је потом обрисао зној са чела и упитао: „Где је онај који је поставио питање?“
+Човек је одговорио: „Ја сам.“
+Посланик, нека су на њега мир и благослов Божији, захвалио је Богу и похвалио Га, а затим рекао: „Право добро не доноси ништа осим добра, али раскош овога света није чисто добро, јер води ка искушењу, надметању и заокупљању на рачун потпуног окретања ка Ахирету (оном свету).“
+Затим је навео пример и рекао: „Пролећна трава и зеленило, што је врста усева која се допада стоци, може да убије од преједања или доведе до смрти, осим у случају стоке која једе умерено. Она једе док јој се стомак не напуни, а затим се изложи Сунцу, испразни своју утробу и олакша се, па онда поново прежива оно што јој је у желуцу, а затим се враћа и наставља да једе.“
+Овај иметак је попут зелене и слатке биљке, која може убити, или скоро убити ако се у њему претерује; осим ако се задовољимо малим, које је потребно и довољно, и ако га стекнемо на дозвољен начин, онда не наноси штету. Такав иметак је добар сапутник муслиману који од њега даје сиромаху, сирочету и путнику. Онај ко га узима на неправедан начин, Бог му неће у њему дати благослов. А онај ко га узима неправедно, сличан је ономе који једе и никада се не засити, и тај иметак ће на Судњем дану бити сведок против њега.</t>
+  </si>
+  <si>
+    <t>قال النووي: فيه: فضيلة المال لمن أخذه بحقه وصرفه في وجوه الخير.
+إخبار من النبي صلى الله عليه وسلم عن حال أمته، وما سيفتح عليها من زينة الحياة الدنيا وفتنتها.
+من هدي النبي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
+الحث على الصدقة وصَرْف المال في وجوه الخير، والتحذير من الإمساك.
+يؤخذ من قوله: "إنه لا يأتي الخير بالشر" أن الرزق ولو كثر فهو من جملة الخير، إنما يعرض له الشر بعارض البخل به عمن يستحقه، والإسراف في إنفاقه فيما لم يشرع، وأن كل شيء قضى الله أن يكون خيرًا فلا يكون شرًا وبالعكس، ولكن يخشى على من رُزِق الخير أن يعرض له في تَصَرُّفِه فيه ما يَجْلِبُ له الشر.
+ترك العَجلة في الجواب إذا كان يحتاج إلى التأمل.
+قال الطيبي: يؤخذ منه أربعة أصناف، فمن أَكَل منه أَكْل مُستَلِذٍّ مُفرط منهَمِك حتى تنتفخ أضلاعه ولا يُقلع فيسرع إليه الهلاك، ومن أكل كذلك لكنه أخذ في الاحتيال لدفع الداء بعد أن استحكم فغلبه فأهلكه، ومن أكل كذلك لكنه بادر إلى إزالة ما يضره ويُحيل في دفعه حتى انهضم فيسلم، ومن أكل غير مفرط ولا منهمك، وإنما اقتصر على ما يَسُد جوعتَه ويُمسك رَمَقَه، فالأول مثال الكافر، والثاني مثال العاصي الغافل عن الإقلاع والتوبة إلا عند فوتها، والثالث مثال للمخلط المبادر للتوبة حيث تكون مقبولة، والرابع مثال الزاهد في الدنيا الراغب في الآخرة.
+قال ابن المنير: في هذا الحديث وجوه من التشبيهات بديعة، أولها: تشبيه المال ونموُّه بالنبات وظهوره، ثانيها: تشبيه المُنْهَمِك في الاكتساب والأسباب بالبهائم المنهمكة في الأعشاب، وثالثها: تشبيه الاستكثار منه والادّخار له بالشَّرَهِ في الأكل والامتلاء منه، ورابعها: تشبيه الخارج من المال مع عظمته في النفوس حتى أدّى إلى المبالغة في البخل به بما تطرحه البهيمة من السَّلْح، ففيه إشارة بديعة إلى استقذاره شرعًا، وخامسها: تشبيه المتقاعد عن جمعه وضمه بالشاة إذا استراحت وحطّت جانبها مستقبلة عين الشمس؛ فإنها من أحسن حالاتها سكونًا وسَكِيْنة، وفيه إشارة إلى إدراكها لمصالحها، وسادسها: تشبيه موت الجامع المانع بموت البهيمة الغافلة عن دفع ما يضرها، وسابعها: تشبيه المال بالصاحب الذي لا يُؤمَن أن ينقلب عدوًّا؛ فإن المال من شأنه أن يُحْرَز ويُشدّ وثاقه حبًّا له؛ وذلك يقتضي منعه من مستحقه فيكون سببًا لعقاب مقتنيه، وثامنها: تشبيه آخذه بغير حق بالذي يأكل ولا يشبع.
+قال السندي: فلا بد في الخبر من أمرين، أحدهما: تحصيله بوجهه، والثاني: صرفه في مصارفه، وعند انتفاء أحدهما يصير ضررًا... وقد يقال: فيه إشارة إلى الملازمة بين القَيْدَين؛ فلا يوفَّق المرء للصرف في المصارف إلا إذا أخذه بوجهه.</t>
+  </si>
+  <si>
+    <t>Ен-Невеви је рекао: „Овај хадис указује на врлину иметка за онога ко га стекне на исправан начин и троши га у добре сврхе.“
+Посланик, нека су на њега мир и благослов Божији, обавестио је о стању свог уммета и о томе шта ће им се отворити од украса овог света и његових искушења.
+Једна од пракси Посланика, нека су на њега мир и благослов Божији, била је да користи примере како би приближио значења.
+Подстицање на милостињу и трошење иметка у добре сврхе, као и упозорење на шкртост.
+Из његових речи: „Добро не доноси зло“ се закључује да је иметак, ма колико га било, део добра. Међутим, зло настаје услед шкртости према онима који га заслужују или расипања у недозвољене сврхе. Све што је Бог одредио као добро не може бити зло, и обрнуто, али постоји страх да ће начин на који неко располаже добром довести до зла.
+Не треба журити са одговором ако је потребно размишљање.
+Ет-Тиби је рекао: „Овај хадис указује на четири врсте људи:
+1. Онај који једе уживајући претерано и похлепно, све док му ребра не набубре и не престане, па га брзо стигне пропаст.
+2. Онај који такође једе претерано, али након што је болест узела маха, покушава да пронађе лек, али га то на крају савлада и убије.
+3. Онај који једе на исти начин, али одмах предузме мере да уклони оно што му штети и лечи се док не преброди, па се спаси.
+4. Онај који не једе претерано и није похлепан, већ се задовољава оним што ће само уклонити глад и задржати снагу.
+Први пример је као пример неверника. 
+Други је као пример грешника који одлаже покајање све док не буде прекасно. 
+Трећи је као пример онога који је погрешио, али се одмах покаје и његово покајање буде прихваћено. 
+Четврти је пример онога који стреми према Ахирету, а одриче се овог света.“
+Ибнул-Мунејјир је рекао: „Овај хадис садржи изванредне облике поређења:
+Прво је поређење између иметка и његовог раста са биљкама и њиховим процватом.
+Друго је поређење оних који похлепно стичу иметак са стоком која се похлепно баца на пашу.
+Треће је поређење прекомерног накупљања и чувања иметка са похлепом у јелу и препуњавањем.
+Четврто је поређење између новца који се одбија дати другима, због његове вредности у људским очима, са изметом који животиња испушта – што указује на то да га вера сматра презреним.
+Пето је поређење онога који престаје да гомила новац са овцом која одмара и лежи окренута ка Сунцу – то је једно од њених најмирнијих стања, што указује на њену свест о сопственој добробити.
+Шесто је поређење између смрти онога ко гомила и ускраћује богатство са смрћу животиње која је занемарила своју штету.
+Седмо је поређење између иметка и друга у којем није сигурно да неће постати непријатељ, јер је у природи новца да буде скупљан и чуван због љубави према њему, што доводи до тога да се ускрати онима који га заслужују и постане узрок казне за свог власника.
+Осмо је поређење онога ко неправедно узима иметак са оним који једе, али се никад не засити.“
+Ес-Синди је рекао: „У вези са иметком морају се испунити два услова: први је да се стекне на исправан начин, а други је да се троши у исправне сврхе. Ако један од ова два услова изостане, иметак постаје штетан. Може се рећи да постоји веза између ова два услова: човек неће бити успешан у трошењу иметка на исправне сврхе осим ако га не стекне на исправан начин.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4180</t>
+  </si>
+  <si>
     <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>„Ко одгоди рок за враћање дуга ономе ко није у стању да га врати или му дуг опрости, Узвишени Аллах ће га поставити у хлад Свога Арша (престола) на Судњем дану. Тога дана неће бити другог хлада осим Његовог.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Ко одгоди рок за враћање дуга ономе ко није у стању да га врати или му дуг опрости, Узвишени Аллах ће га поставити у хлад Свога Арша (престола) на Судњем дану. Тога дана неће бити другог хлада осим Његовог.”</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас у овом хадису обавештава да онај ко одгоди рок за враћање дуга ономе ко је задужен или му га у потпуности или делимично опрости; Аллах ће га заклонити на Судњем дану у хладу Свога Арша. Тога дана Сунце ће се приближити Аллаховим робовима и биће им изузетно вруће. Нико неће моћи наћи други хлад мимо Аллаховог.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Вредност олакшавања Аллаховим створењима, а то је и један од узрока да човек буде поштеђен страхота Судњега дана.
 Награда или казна бива сходно делу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4186</t>
+  </si>
+  <si>
+    <t>من سره أن ينجيه الله من كرب يوم القيامة فلينفس عن معسر أو يضع عنه</t>
+  </si>
+  <si>
+    <t>‘Ко жели да га Аллах избави од невоља на Судњем дану, нека олакша (отплату дуга) ономе ко је у тешкој ситуацији или нека му опрости дуг.’“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبَي قَتَادَةَ رضي الله عنه أنَّهُ طَلَبَ غَرِيمًا لَهُ، فَتَوَارَى عَنْهُ ثُمَّ وَجَدَهُ، فَقَالَ: إِنِّي مُعْسِرٌ، فَقَالَ: آللَّهِ؟ قَالَ: آللَّهِ؟ قَالَ: فَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ سَرَّهُ أَنْ يُنْجِيَهُ اللهُ مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ فَلْيُنَفِّسْ عَنْ مُعْسِرٍ أَوْ يَضَعْ عَنْهُ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Катаде, нека је Бог задовољан њиме, преноси се да је тражио свог дужника који се крио од њега, па га је на крају нашао. Дужник му је рекао: „Ја сам у тешкој ситуацији.“ Ебу Катаде га је упитао: „Заклињеш ли се Богом?“ Он је одговорио: „Заклињем се Аллахом.“ Тада је Ебу Катаде рекао: „Чуо сам Аллаховог посланика, нека су на њега мир и благослов Аллахов, како каже: ‘Ко жели да га Аллах избави од невоља на Судњем дану, нека олакша (отплату дуга) ономе ко је у тешкој ситуацији или нека му опрости дуг.’“</t>
+  </si>
+  <si>
+    <t>كان أبو قتادة الأنصاري رضي الله عنه يبحث عن مَدِيْنٍ له يَخْتَبِئ عنه، فوجده، فقال الغَريم: إني مُعسر، وليس عندي مال لأقضي دينك. 
+فاستحلفه أبو قتادة رضي الله عنه بالله أنه لا مال عنده؟ 
+فحلف بالله أنه صادق فيما يقول.
+فقال أبو قتادة رضي الله عنه إنه سمع النبي صلى الله عليه وسلم يقول: 
+مَن سرّه وأفرحه أن ينجيَه الله من كُرب يوم القيامة وشدائدها وأهوالها، فلينفِّس عن معسر، بأن يَمُدَّ ويؤخّر المطالبة بالدَّيْن، أو يُسقط بعض الدين أو كله.</t>
+  </si>
+  <si>
+    <t>Ебу Катаде ел-Енсари, нека је Аллах задовољан њиме, тражио је свог дужника који се крио од њега, па га је пронашао. Дужник му је рекао: „Ја сам у тешкој ситуацији и немам новца да ти вратим дуг.“
+Ебу Катаде га је питао да ли се заклиње Аллахом да заиста нема новца?
+Он се заклео Аллахом да говори истину.
+Ебу Катаде, нека је Аллах задовољан њиме, тада је рекао да је чуо Посланика, нека су на њега мир и благослов Божији, како каже:
+„Ко жели и радује се да га Аллах избави од невоља, тешкоћа и страхота Судњег дана, нека олакша ономе ко је у тешкој ситуацији, било тако што ће му продужити рок за отплату дуга, било тако што ће му опростити део дуга или цео дуг.“</t>
+  </si>
+  <si>
+    <t>استحباب إنظار المُعْسر إلى مَيْسرة، أو وضع الدَّين عنه، كله أو بعضه.
+من نَفَّس عن مؤمن من كُرب الدنيا نَفَّس الله عليه من كُرَب يوم القيامة، والجزاء من جِنس العمل.
+القاعدة: أن الفرائض أفضل من النوافل، لكن في بعض الأحيان تكون النافلة أفضل من الفريضة، وإسقاط الدين عن المعسر نافلة، والصبر عليه والانتظار وعدم المطالبة هذا فريضة، والنافلة أفضل من الفريضة هنا.
+الحديث في حق من كان معسرًا، فهذا معذور، أما المُماطِل الذي عنده مال، فقد جاء عن النبي صلى الله عليه وسلم أنه قال: "مَطْلُ الغني ظُلْم".</t>
+  </si>
+  <si>
+    <t>Препоручује се продужити рок ономе ко је у тешкој ситуацији до тренутка када буде у могућности да плати, или опростити дуг, делимично или у потпуности.
+Ко олакша вернику једну од невоља на овом свету, Аллах ће му олакшати невоље на Судњем дану, јер је награда сразмерна делу.
+Правило: обавезе су боље од добровољних дела, али понекад добровољно дело може бити боље од обавезе. Опраштање дуга ономе ко је у тешкој ситуацији је добровољно дело, а стрпљење и одлагање захтева за наплату је обавеза. У овом случају, добровољно дело је боље од обавезеног.
+Хадис се односи на онога ко је у тешкој ситуацији, јер такав има оправдање. Међутим, за онога ко има новца, али одуговлачи са плаћањем, Посланик, нека су на њега мир и благослов Божији, је рекао: „Одуговлачење дуга од стране оног ко има је неправда.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4195</t>
   </si>
   <si>
     <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>„Ко испости рамазан верујући у Аллаха и надајући се Његовој награди, биће му опроштени греси које је претходно учинио.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Ко испости рамазан верујући у Аллаха и надајући се Његовој награди, биће му опроштени греси које је претходно учинио.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам казује да онај ко испости месец рамазан верујући у Аллаха, потврђујући да је пост тога месеца обавезан и да је Узвишени Аллах постачима припремио огромне награде, те надајући се да ће стећи Аллахово задовољство, без икакве жеље за истицањем пред људима - биће му опроштени претходно учињени греси.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Вредност искрености и њена важност приликом поста месеца рамазана, као и при чињењу других добрих дела.</t>
   </si>
@@ -5587,50 +6483,180 @@
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Од Ибн Омера, Аллах био задовољан њима, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Наређено ми је да се борим против људи све док не буду сведочили да је Аллах Једини истински бог и да је Мухаммед Аллахов Посланик, обављали молитву и давали зекат. А када то учине, заштитили су од мене своје животе и иметке, изузев када се огреше о прописе ислама, а Аллаху ће полагати рачун.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас обавештава да му је Узвишени наредио да се бори против многобожаца све док не посведоче да нема истинског бога мимо Аллаха, Јединога Који нема саучесника, да је Мухаммед Његов Посланик, те да поступају у складу са тим што то изискује, као што је: обављање пет молитви током дана и ноћи и давање обавезног зеката онима којима је то шеријат наменио. Када ова дела практично спроведу, њихова крв и имеци биће заштићени због ислама. Према томе, такве није дозвољено убити, осим ако почине дело које изискује да буду кажњени смртном казном, сходно исламским прописима. А потом ће Узвишени на Судњем дану са њима свести рачун, будући да само Он познаје њихове тајне.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Прописи се требају усвајати на основу вањштине, а нутрину треба Аллаху препустити.
 Јако је битно позивање у монотеизам. То је прво и основно приликом исламског мисионарства.
 Овај хадис не указује да многобошце треба присилити да прихвате ислам. Њима се, заправо, даје избор да прихвате ислам или да, као немуслимани, плаћају џизју. Ако ништа од тога не прихвате, онда је прописано да се против њих поведе борба.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4211</t>
+  </si>
+  <si>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>„Узвишени Аллах је ради мене опростио моме уммету (следбеницима) грешке, заборав и оно на шта буду приморани.“</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Од Ибн Аббаса, Аллах био задовољан њима, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Узвишени Аллах је ради мене опростио моме уммету (следбеницима) грешке, заборав и оно на шта буду приморани.“</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Посланик, нека је мир и благослов на њега, обавештава да је Аллах опростио његовом уммету у три случаја. Први случај: грешка, оно што човек учини ненамерно. То је када муслиман намерава једно, али његово дело испадне другачије од онога што је намеравао. Други случај: заборав, када муслиман зна нешто и сећа се тога, али у тренутку чињења то заборави. У томе нема греха. Трећи случај: принуда, када је човек приморан да учини нешто што не жели, а нема снаге да одбије ту принуду. У том случају на њега се не односи грех нити укор. Треба напоменути да се тема разговора односи на однос између човека и Бога у вези са забрањеним делом: ако човек занемари оно што му је наређено због заборава, то не укида обавезу пред Богом. Међутим, ако његово дело доведе до злочина или штете према другом човеку, то не укида право оштећеног. 
+На пример: ако ненамерно убије некога, дужан је да плати крварину; ако ненамерно оштети ауто, дужан је да плати накнаду штете.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Огромна милост и доброта Узвишеног Аллаха према Његовим робовима огледа се у томе што им опрашта грехе у три наведена случаја.
+Аллахова благодат према посланику Мухаммеду, нека је Аллахов благослов и мир на њега, и према његовом уммету.
+Ослобађање од греха не значи укидање прописа или одговорности; на пример, ако неко заборави да је узео абдест (обредно прање) и обави молитву мислећи да је чист, нема греха због тога, али је дужан да узме абдест и поново обави молитву.
+При ослобађању од греха услед принуде, морају бити испуњени одређени услови, као што је да онај ко присиљава заиста буде у стању да изврши оно чиме прети.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4216</t>
+  </si>
+  <si>
+    <t>إن أهون أهل النار عذابا من له نعلان وشراكان من نار، يغلي منهما دماغه كما يغل المرجل، ما يرى أن أحدا أشد منه عذابا، وإنه لأهونهم عذابا</t>
+  </si>
+  <si>
+    <t>„Најблажу казну међу становницима Џехеннема имаће онај ко ће носити две сандале са два каиша од ватре. Његов мозак ће врити од њих као што врело кључа. Он ће мислити да нико нема тежу казну од њега, а заправо ће његова казна бити најблажа.“</t>
+  </si>
+  <si>
+    <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ أَهْوَنَ أَهْلِ النَّارِ عَذَابًا مَنْ لَهُ نَعْلَانِ وَشِرَاكَانِ مِنْ نَارٍ، يَغْلِي مِنْهُمَا دِمَاغُهُ كَمَا يَغْلِ الْمِرْجَلُ، مَا يَرَى أَنَّ أَحَدًا أَشَدُّ مِنْهُ عَذَابًا، وَإِنَّهُ لَأَهْوَنُهُمْ عَذَابًا».</t>
+  </si>
+  <si>
+    <t>Од Ну'мана бин Бешира, нека је Бог задовољан њиме, преноси се да је Божији посланик, нека су на њега мир и благослов Божији, рекао: „Најблажу казну међу становницима Џехеннема имаће онај ко ће носити две сандале са два каиша од ватре. Његов мозак ће врити од њих као што врело кључа. Он ће мислити да нико нема тежу казну од њега, а заправо ће његова казна бити најблажа.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أهونَ أهلِ النار عذابًا يوم القيامة مَن له نَعْلان وشِرَاكان يَغلي دماغه من حرارتهما، كما يغلي قِدْر النحاس، ولا يَرى أن أحدًا أشد عذابًا منه، وإنه لأهونهم عذابًا وذلك ليجتمع عليه العذاب الجسدي والنفسي.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, обавестио је да ће на Судњем дану најблажу казну међу становницима ватре имати онај који носи ватрене сандале са кашевима, од чије ће топлоте његов мозак кључати као што кључа бакарни котао. Он ће мислити да нико нема тежу казну од њега, а заправо ће његова казна бити најблажа. То указује на то да ће трпети и физичку и психичку муку.</t>
+  </si>
+  <si>
+    <t>التحذير للعصاة والكافرين مِن هَوْل هذا العذاب في النار؛ ليبتعدوا عما يؤدي إليه.
+اختلاف دَرَكَات الداخلين النار بحسب سوء أعمالهم.
+ شدة عذاب النار، سلَّمنا الله تعالى منها.</t>
+  </si>
+  <si>
+    <t>Упозорење грешницима и неверницима на ужас ове џехеннемске казне, како би се клонили онога што до ње води.
+Различити нивои казне за оне који уђу у Џехеннем, у зависности од тежине њихових дела.
+Страшна је казна у Џехеннему, нека нас Аллах сачува од Џехеннема.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4220</t>
+  </si>
+  <si>
+    <t>يدنى المؤمن يوم القيامة من ربه عز وجل، حتى يضع عليه كنفه، فيقرره بذنوبه</t>
+  </si>
+  <si>
+    <t>‘Верник ће на Судњем дану бити приближен своме Господару, Узвишеном, све док га не покрије Својим застором, па ће му споменути његове грехе и рећи</t>
+  </si>
+  <si>
+    <t>عَنْ صَفْوَانَ بْنِ مُحْرِزٍ قَالَ: قَالَ رَجُلٌ لِابْنِ عُمَرَ رضي الله عنهما كَيْفَ سَمِعْتَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: فِي النَّجْوَى؟ قَالَ: سَمِعْتُهُ يَقُولُ: «يُدْنَى الْمُؤْمِنُ يَوْمَ الْقِيَامَةِ مِنْ رَبِّهِ عَزَّ وَجَلَّ، حَتَّى يَضَعَ عَلَيْهِ كَنَفَهُ، فَيُقَرِّرُهُ بِذُنُوبِهِ، فَيَقُولُ: هَلْ تَعْرِفُ؟ فَيَقُولُ: أَيْ رَبِّ أَعْرِفُ، قَالَ: فَإِنِّي قَدْ سَتَرْتُهَا عَلَيْكَ فِي الدُّنْيَا، وَإِنِّي أَغْفِرُهَا لَكَ الْيَوْمَ، فَيُعْطَى صَحِيفَةَ حَسَنَاتِهِ، وَأَمَّا الْكُفَّارُ وَالْمُنَافِقُونَ، فَيُنَادَى بِهِمْ عَلَى رؤُوسِ الْخَلَائِقِ هَؤُلَاءِ الَّذِينَ كَذَبُوا عَلَى اللهِ».</t>
+  </si>
+  <si>
+    <t>Од Сафвана бин Мухриза преноси се да је један човек упитао Ибн Омера, нека је Бог задовољан њима двојицом: „Како си чуо Посланика, нека су на њега мир и благослов Божији, да говори о тајном разговору (између човека и Њега)?“ Ибн Омер је одговорио: „Чуо сам га како каже: ‘Верник ће на Судњем дану бити приближен своме Господару, Узвишеном, све док га не покрије Својим застором, па ће му споменути његове грехе и рећи:‘Препознајеш ли их?’ Он ће рећи: ‘Да, Господару, препознајем.’ Господар ће тада рећи: ‘Сакрио сам их од људи на овоме свету, а данас ти их опраштам.’ Затим ће му бити дата књига његових добрих дела. Што се тиче неверника и лицемера, њихови греси ће бити објављени пред свима: ‘Ово су они који су лагали на Аллаха.’“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مناجاة الله لعبدِه المؤمن يوم القيامة، فقال: 
+يُدْنَى المؤمنُ يوم القيامة من ربه فيضع عليه سِتْرَه عن أهل الموقف حتى لا يَطَّلع على سرِّه غيرُه، فيقول له: 
+أتعرف ذنب كذا وكذا... يُقرِّرُه بالذنوب التي بين العبد وربه. 
+فيقول: نعم أي رب.
+حتى إذا فَزِع المؤمن وخاف، قال له سبحانه: إني سترتها عليك في الدنيا، وأنا أغفرها لك اليوم، فيُعطى صحيفة حسناته. 
+وأما الكافر والمنافق فيُنادى على رؤوس الأشهاد: هؤلاء الذين كذبوا على ربهم، ألا لعنة الله على الظالمين.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, обавестио је о тајном разговору Бога са Својим робом верником на Судњем дану, па је рекао:
+Верник ће на Судњем дану бити приближен своме Господару, који ће га покрити Својим застором, тако да нико од присутних неће знати његове грехе осим Аллах. Тада ће му рећи:
+"Да ли препознајеш тај и тај грех?" Господар ће му споменути грехе које је починио.
+Верник ће одговорити: "Да, Господару."
+Када верника обузму страх и ужас због његових греха, Бог ће му рећи: "Сакрио сам их од људи на овоме свету, а данас ти их опраштам." Затим ће му бити дата књига његових добрих дела.
+А што се тиче неверника и лицемера, они ће бити прозвани пред свима: "Ово су они који су лагали на свога Господара. Нека је Божија клетва и проклетство на неправеднике."</t>
+  </si>
+  <si>
+    <t>فضل الله ورحمته للمؤمنين بسترهم في الدنيا والآخرة.
+الحث على ستر المؤمن ما أمكن.
+أعمال العباد كلها يُحصيها رب العباد، فمن وجد خيرًا فليحمد الله، ومن وجد غير ذلك فلا يلومنَّ إلا نفسه وهو تحت مشيئة الله.
+قال ابن حجر: دلَّ مجموع الأحاديث على أن العصاة من المؤمنين في القيامة على قسمين: أحدهما: من معصيته بينه وبين ربه، فدل حديث ابن عمر على أن هذا القسم على قسمين: قسم: تكون معصيته مستورة في الدنيا، فهذا الذي يسترها الله عليه في القيامة وهو بالمنطوق، وقسم: تكون معصيته مجاهرة، فدل مفهومه على أنه بخلاف ذلك، والقسم الثاني: من تكون معصيته بينه وبين العباد فهم على قسمين أيضا: قسم: ترجح سيئاتهم على حسناتهم، فهؤلاء يقعون في النار ثم يخرجون بالشفاعة، وقسم: تتساوى سيئاتهم وحسناتهم، فهؤلاء لا يدخلون الجنة حتى يقع بينهم التَّقَاصُّ.</t>
+  </si>
+  <si>
+    <t>Божија милост и благодат према верницима огледају се у томе што им Он покрива грехе и на овом и на оном свету.
+Подстицање на то да верник сакрива (грехе) другог верника кад год је то могуће.
+Сва дела људи зна Господар свих светова, па ко сконча добро на Судњем дану, нека захвали Богу, а ко сконча супротно, нека не криви никога осим себе, јер је све под Божијом вољом.
+Ибн Хаџер је рекао: „Многи хадиси указују на то да ће грешници међу верницима на Судњем дану бити подељени у две групе:
+Прва група су они чији су греси били између њих и њиховог Господара. Хадис Ибн Омера указује да се ова група дели на два дела:
+- Први део су они чији су греси били сакривени на овом свету, и биће сакривени и на Судњем дану, што је јасно у хадису.
+- Други део су они који су јавно грешили, и овај хадис указује да за њих неће бити исто као за прве.
+Друга група су они чији су греси били између њих и других људи, и они се такође деле на два дела:
+- Први део су они код којих су зла дела превагнула над добрим делима, и ови ће бити бачени у ватру, али ће изаћи захваљујући заступништву (шефа'ату).
+- Други део су они код којих су зла и добра дела једнака, и ови неће ући у Џеннет све док се не обави праведно поравнање међу њима.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4242</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Нека онај ко јаше поселами онога који иде, онај који иде онога ко седи и нека мања скупина поселами већу.“</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Нека онај ко јаше поселами онога који иде, онај који иде онога ко седи и нека мања скупина поселами већу.“</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас упућује на правила приликом називања селама, то јест на који начин се треба поздрављати са људима: "Есселаму алејкум ве рахметуллахи ве берекатуху.“ Млађи ће назвати селам старијем, онај који јаше ономе ко иде, онај ко иде ономе ко седи, те ће мања скупина назвати селам већој.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
@@ -5653,50 +6679,53 @@
   <si>
     <t>‘Ово двоје је забрањено мушкарцима мога уммета, а дозвољено је женама.’“</t>
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>Алија бин Еби Талиб, Аллах био задовољан њиме, је рекао: „Аллахов Посланик, нека је Аллахов благослов и мир на њега, је узео свилу у леву руку, а злато у десну, потом их је подигао и рекао: ‘Ово двоје је забрањено мушкарцима мога уммета, а дозвољено је женама.’“</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, је једном приликом узео комад свиле у леву, а украс од злата у десну руку, те је потом казао: „Свила и злато су забрањени мушкарцима да их носе, а женама су дозвољени.“</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>Ес-Синди је рекао: „Забрана се односи на ношење тога, а што се тиче употребе путем размене валута, удељивања, купопродаје, то је свима дозвољено. Осим тога, употреба златног посуђа је забрањена и мушкарцима и женама.“
 Исламски верозакон (шеријат) дозвољава женама да носе злато и свилу будући да оне имају потребу за украшавањем.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4292</t>
   </si>
   <si>
     <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>„Не питајте ме у вези с оним што вам не говорим! Народе који су били пре вас упропастило је њихово прекомерно запиткивање и разилажење с веровесницима</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Не питајте ме у вези с оним што вам не говорим! Народе који су били пре вас упропастило је њихово прекомерно запиткивање и разилажење с веровесницима. Оно што вам забраним - тога се клоните, а оно што вам наредим - то чините колико можете.“</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
@@ -5707,50 +6736,93 @@
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Треба се посветити ономе што је најважније и што је потребно, а оставити оно што тренутно није потребно, и не бавити се постављањем питања о стварима које се још нису десиле.
 Забрањено је постављати питања која би могла довести до компликовања ствари и отварања врата сумњама које воде до мноштва разилажења.
 Наређено је остављање свих забрањених ствари јер не постоји тешкоћа у њиховом избегавању, због чега је забрана уопштена.
 Наређено је извршавање обавеза сходно могућностима, јер то може проузроковати потешкоће или бити изван нечијих могућности.
 Забрана прекомерног постављања питања: учењаци су поделили питања у две категорије: 
 1. Питања која су постављена у сврху учења онога што је потребно за веру, и то је наређено. У ову категорију спадају питања асхаба. 
 2. Питања која су постављена с намером прекомерног испитивања и цепидлачења, и то је оно што је забрањено.
 Упозорење овом уммету да не одступа од свог Посланика, као што се десило народима пре њих.
 Прекомерно постављање питања о ономе што није потребно и разилажење у питањима са посланицима узрок су пропасти, посебно када је реч о стварима које се не могу докучити, попут питања гајба (невидљивог света) која само Узвишени Аллах зна, и стања на Судњем дану.
 Забрањено је постављати замршена питања. Ел-Евза'и је рекао: „Када Аллах жели ускратити Своме робу благослов знања, стави на његов језик погрешне речи (реторичке варке). Видео сам да су такви људи најмање упућени у знање.“ Ибн Вехб преноси да је чуо Малика како каже: „Бескорисна/деструктивна расправа уклања светлост знања из срца човека.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4295</t>
+  </si>
+  <si>
+    <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
+  </si>
+  <si>
+    <t>„Бој се Аллаха где год да си, и након лошег дела, уради добро дело које ће га избрисати, и опходи се према људима лепим понашањем.“</t>
+  </si>
+  <si>
+    <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Зерра Џундуба бин Џунаде и Ебу Абдуррахмана Му'аза бин Џебела, нека је Аллах задовољан њима, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Бој се Аллаха где год да си, и након лошег дела, уради добро дело које ће га избрисати, и опходи се према људима лепим понашањем.“</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
+الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
+الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
+الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
+  </si>
+  <si>
+    <t>Посланик, нека је Аллахов благослов и мир на њега, наређује три ствари: Прво: Богобојазност, а то подразумева да човек извршава све што је обавезно и да се клони свега што је забрањено, без обзира на место, време или стање — било да је то у тајности или јавно, у благостању или невољи, као и у свим осталим околностима. Друго: Ако учиниш лоше дело (грех), одмах након тога учини неко добро дело, као што је молитва (намаз), милостиња, доброчинство, одржавање родбинских веза, покајање или слично. То ће избрисати учињени грех. Треће: Опходи се према људима лепим понашањем, што подразумева осмех на лицу, благост, нежност, чињење добрих дела и уздржавање од наношења било какве штете.</t>
+  </si>
+  <si>
+    <t>فضل الله عزّ وجل على العباد في رحمته ومغفرته وعفوه.
+اشتمل الحديث على الحقوق الثالثة: حق الله بالتقوى، وحق النفس بفعل الحسنات بعد السيئات، وحق الناس بالمعاملة بالأخلاق الحسنة.
+الترغيب في فعل الحسنات بعد السيئات، وحسن الخلق من خصال التقوى، وإنما أفرد بالذكر للحاجة إلى بيانها.</t>
+  </si>
+  <si>
+    <t>Благодат Узвишеног Аллаха према Својим робовима (људима) огледа се у Његовој милости, опраштању греха и прелажењу преко њихових преступа.
+Овај хадис обухвата три врсте права:
+1.	Аллахово право, које се огледа у богобојазности,
+2.	Право према самом себи, кроз чињење добрих дела након лоших,
+3.	Права људи, кроз лепо и племенито понашање према њима.
+Ово је подстицај на чињење добрих дела након лоших. Лепо понашање, иако је део богобојазности, посебно је издвојено како би се нагласио његов значај и потреба да се на њега обрати пажња.</t>
+  </si>
+  <si>
+    <t>قال الترمذي: حديث حسن</t>
+  </si>
+  <si>
+    <t>[قال الترمذي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4302</t>
   </si>
   <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>‘Упитао си ме о крупној ствари, али је она лака за онога коме је Узвишени Аллах учини лаком</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>Му'аз бин Џебел, Аллах био задовољан њиме, је рекао: „Био сам на путовању са Аллаховим Послаником, нека је Аллахов благослов и мир на њега, па сам му се приближио а ми и даље путујемо, па сам му рекао: ‘Аллахов Посланиче, обавести ме о делу које ће ме увести у Џеннет (Рај) и удаљити од Ватре.‘ Он рече: ‘Упитао си ме о крупној ствари, али је она лака за онога коме је Узвишени Аллах учини лаком: обожавај Аллаха и не сматрај Му ништа равним, клањај намаз, дели зекат, пости рамазан и ходочасти Кабу.’ Потом рече: ‘Хоћеш ли да те упутим на врата добра? Пост је штит, садака (милостиња) брише грехе као што вода гаси ватру, и човеков намаз (молитва) у дубини ноћи.’ Затим је проучио ајет: ‘Бокови њихови се постеља лишавају и они се Господару своме из страха и жеље клањају, а део оног што им Ми дајемо удељују. И нико не зна какве их, као награда за оно што су чинили, скривене радости чекају.’ Након тога рече: ‘Хоћеш ли да те обавестим о основи сваке ствари, њеном стубу и њеном врхунцу?’ Рекох, хоћу Аллахов Посланиче. Рече: ‘Основа вере је Ислам, њен стуб је намаз, а врхунац Ислама је борба на Аллаховом путу.‘ Затим рече: ‘Хоћеш ли да те обавестим шта је темељ свега тога?’ Рекох: ‘Хоћу Аллахов Посланиче.’ Он руком узе за свој језик и рече: ‘Чувај ово.’ ‘Аллахов Посланиче, зар ћемо бити питани за оно што будемо говорили.’, упитах. Он рече: ‘Мајка те изгубила Му'азе, а зар ће нешто друго у Пакао стровалити људе на њихова лица до оно што су починили њихови језици?’“</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
@@ -5821,99 +6893,214 @@
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, упозорава нас да ће завршити у Паклу два муслимана који насрну један на другог са сабљама, а обојица желе убити један другога. Што се тиче убице, он ће бити кажњен Ватром услед почињеног убиства. Међутим, асхабима (друговима Посланика) није било јасно због чега ће убијени бити у Паклу, па им је Аллахов Посланик, нека је Аллахов благослов и мир на њега, то образложио рекавши да је то услед његове намере да убије брата муслимана. У томе га је спречило само то што га је други предухитрио убиством.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Човек заслужује да буде кажњен само због чврсте одлуке да некога убије и подузме конкретне кораке (себебе) остварења тога.
 Велико упозорење на међумуслимански сукоб и претња да је Пакао казна ономе ко то уради.
 Ова претња се не односи  на међумуслиманске борбе када се воде ради оправданог разлога као што је на пример сузбијање оних који су се неправедно побунили против муслиманског владара или оних који неред чине.
 Онај ко чини велики грех неће постати неверник због тога. Аллахов Посланик, нека је Аллахов благослов и мир на њега, је наиме, обојицу назвао муслиманима.
 Када се два муслимана сукобе и том приликом користе било које оружје или предмет који може довести до смртоносног исхода - претња из овог хадиса се односи на обојицу. У хадису се сабља спомиње само као пример.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4304</t>
   </si>
   <si>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>„Одрекни се овог света, па ће те волети Узвишени Аллах; одрекни се онога што је код људи, па ће те волети и људи.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Рекао је Ебу Ел-Аббас Сехл бин Са'д Ес-Са'иди, нека је Аллах задовољан њиме: Дошао је један човек Посланику, нека је Аллахов благослов и мир на њега, и рекао: „О Аллахов Посланиче, упути ме на дело које, ако га учиним, Аллах ће ме заволети, а и људи ће ме волети.“ Па је рекао: „Одрекни се овог света, па ће те волети Узвишени Аллах; одрекни се онога што је код људи, па ће те волети и људи.“</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Један човек је упитао Посланика, нека је Аллахов благослов и мир на њега, да му укаже на дело које, ако га чини, Аллах ће га волети, а људи ће га заволети. Он, нека је Аллахов благослов и мир на њега, му је рекао: ‘Аллах ће те волети ако оставиш оно што је добро у овом свету, а не користи ти на Будућем свету’, и ако оставиш оно што може наштетити твом верском животу. Људи ће те волети ако се одрекнеш онога што они поседују од овог света, јер људи природно воле своје, а ко им се супротстави, они га мрзе, а ко то остави њима, они га воле.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Врлина одрицања од овосветских добара (ар. зухд) је у томе да човек остави оно што му не користи на Будућем свету (aхирету).
+Скромност (одрицање од овосветских добара) је виши степен од побожности (ар. вер'а), јер вер'а значи избегавање онога што може штетити, док зухд подразумева одрицање од онога што не користи на aхирету.
+Ес-Синди је рекао :„Свет је људима драгоцен, па ко им се супротстави у томе, постаје им мрзак у мери те супротности, а ко им остави оно што желе и буде им пријатељ, постаје вољен у њиховим срцима у мери те љубави.“</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4307</t>
+  </si>
+  <si>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>‘Добро је лепо понашање, а грех је оно што ти ствара нелагоду у срцу и што не би волео да људи сазнају.’“</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Од Нуваса бин Симаана ел-Енсарија, нека је Бог задовољан њиме, преноси се да је рекао: „Питао сам Божијег Посланика, нека су на њега мир и благослов Божији, о добру и греху, па је рекао: ‘Добро је лепо понашање, а грех је оно што ти ствара нелагоду у срцу и што не би волео да људи сазнају.’“</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, био је упитан о добру и греху, па је рекао:
+„Највећа одлика доброчинства је лепо понашање према Богу кроз богобојазност, и према људима кроз подношење њихових увреда, контролу гнева, љубазан израз лица, благе речи, одржавање веза, покорност, љубазност и доброту, као и леп однос и дружење.“
+Што се тиче греха, то је оно што ствара нелагоду у души и изазива унутрашње колебање, без осећаја мира у срцу. У њему настаје сумња и страх да би могао бити грех. Не желиш да га људи виде јер би га сматрали ружним, нарочито они који су угледни и честити. То је зато што душа по природи воли да људи виде њена добра дела, а ако не жели да неки поступци буду откривени, онда је то грех, јер у њему нема добра.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>Подстицање на племените особине, јер је лепо понашање једна од највећих врлина доброчинства.
+Истина и неистина се не мешају код верника, већ он препознаје истину светлошћу у свом срцу, и одбија неистину, одбацујући је.
+Један од знакова греха је немир у срцу и осећај нелагоде, као и непријатност због могућности да људи сазнају за то.
+Es-Синди је рекао: „Ово се односи на сумњиве ствари у којима људи не могу јасно одредити једну или другу страну. Међутим, ако постоји јасан доказ из шеријата, нема потребе да се консултује срце и његова спокојност. Оно што је прописано као добро у шеријату је доброчинство, а оно што је забрањено је грех, и ту није потребно тражити савет од срца.“
+Овaј хадис се односи на људе са исправном природом (фитром), а не на оне са преокренутим срцима, која не препознају добро и не одбацују зло, осим онога што је у складу са њиховим страстима.
+Ет-Тиби је рекао: „Реч ‘добро’ (бирр) у хадису је тумачена на различите начине: на једном месту је тумачена као оно што смирује душу и умирује срце, на другом месту као вера, на трећем као оно што те приближава Богу, а овде као лепо понашање. Лепо понашање се тумачи као подношење увреда, контрола гнева, љубазан израз лица и благе речи. Све ове интерпретације су међусобно блиске по значењу.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4308</t>
+  </si>
+  <si>
     <t>الدين النصيحة</t>
   </si>
   <si>
     <t>„Ова вера је искрен однос</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Од Темима ед-Дарија, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Ова вера је искрен однос.” Упитали смо: „Према коме?” Рекао је: „Према Аллаху, Његовој књизи, Његовом Посланику, и према вођама муслимана и обичним људима.”</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, казује нам да се вера састоји од искреног односа према свима и да се као таква мора испоштовати без икаквог одступања.
 Затим је упитан Аллахов Посланик, нека је Аллахов благослов и мир на њега: „Према коме се треба испољавати тај искрен однос?” Па је одговорио:
 Прво: Искрен однос треба имати према Узвишеном Аллаху тако што ће се дела искрено ради Њега чинити без икаквих примеса идолатрије, те да ће се веровати у Његов рубубијјет (господарство), улухијјет (божанство) и Његова најлепша имена и савршена својства. Осим тога, нужно је да се велича оно што Он пропише и одреди, те да се остали људи позивају у то да у Њега поверују.
 Друго: Потребно је исказивати искрен однос и према Његовој књизи, Часном Кур'ану тако што ћемо веровати да је то Његов говор, да је он последња књига коју је Узвишени објавио и да је та књига дерогирала све претходне објаве. Поред тога, обавеза нам је да величамо Кур'ан, да радимо у складу са њим, да друге позивамо у то и да га бранимо од свих који га желе оскрнавити и његова значења изокренути.
 Треће: Искрен однос према посланику Мухаммеду, нека је Аллахов благослов и мир на њега, означава да будемо чрвсто убеђени да је он последњи посланик и да верујемо у све што нас је обавестио. Поврх тога, морамо му бити покорни у ономе што је наредио, морамо се клонити онога што је забранио, те га морамо бранити од свих који на њега насрћу и позивати људе да га следе.
 Четврто: Искрен однос и према вођама муслимана тако што ћемо их помагати у добру и тако што ћемо им исказивати послушност у ономе што представља покорност Узвишеном Аллаху.
 Пето: Искрен однос према обичним муслиманима обухвата чињење доброчинства према њима, отклањање онога што им штети и то да им помажемо у свему што је добро.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Наредба да се свима искаже искрен однос.
 Вредност искреног односа у вери.
 Вера обухвата убеђења, речи и дела.
 У искрен однос спада и необмањивање било кога и настојање да се свима жели оно што је добро.
 Аллахов Посланик, нека је Аллахов благослов и мир на њега, је на успешан начин подучавао друге тако што би им, пре свега, споменуо нешто укратко, а потом би им то детаљније појаснио.
 Треба почети са оним што је најважније, а потом оним што је мање важно. Наиме, Аллахов Посланик, нека је Аллахов благослов и мир на њега, прво је споменуо искрен однос према Аллаху, затим према Његовој књизи, затим Његовом Посланику, вођама муслимана и на крају и према обичним људима.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4309</t>
   </si>
   <si>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>Дојење ствара забране као што ствара рођење</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>Од Аише, Аллах био задовољан њом, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: Дојење ствара забране као што ствара рођење.</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Посланик, нека је Аллахов благослов и мир на њега, је појаснио да се оно што је забрањено по рођењу због сродства, као што су тетка, ујак или брат, такође забрањује и по дојењу, а оно што је дозвољено по рођењу, дозвољено је и по дојењу.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Хадис поставља основно правило у шеријатским прописима о дојењу.
+Ибн Хаџер каже: Речи: „дојење забрањује оно што забрањује рођење“ значе и „дозвољава оно што дозвољаваz  “. Ово је општеприхваћено у погледу забране брака и свих њених последица, као и у погледу преношења забране на дојенчад и децу дојиља, те њиховог положаја као рођака у погледу дозвољености гледања, осамљивања и путовања. Међутим, по овоме се не примењују друга правила мајчинства, као што су: наслеђе, обавеза издржавања, ослобађање роба у власништву, сведочење и ум, нити укидање кривичне казне (одмазде).
+Утврђивање правила забране кроз дојење као сталне забране.
+Други хадиси показују да се забрана кроз дојење утврђује након пет потврђених дојења и да та дојења буду у прве две године живота детета.
+Забрањене жене за женидбу по крвном сродству су: мајке, укључујући и баке с очеве и мајчине стране, без обзира на удаљеност лозе; ћерке, укључујући и унуке, ћерке синова и ћерке ћерки, без обзира на удаљеност лозе; сестре, било да су по оцу и мајци или само по једном од њих; тетке по оцу, укључујући све очеве сестре, било да су рођене од оба родитеља или само од једног, као и све сестре дедова, без обзира на удаљеност лозе; тетке по мајци, укључујући све мајчине сестре, било да су рођене од оба родитеља или само од једног, као и све сестре бака, без обзира на удаљеност лозе; братичине, ћерке браће и њихове потомкиње; и сестричине, ћерке сестара и њихове потомкиње, без обзира на удаљеност лозе.
+Забрањене жене по дојењу: оно што је забрањено по крвном сродству, забрањено је и по дојењу. Дакле, свака жена која је забрањена по крвном сродству, забрањена је и по дојењу, осим мајке брата и сестре сина по млеку – оне нису забрањене по дојењу.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4311</t>
+  </si>
+  <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>'Халал је јасан и харам је јасан</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Од Ен-Ну'мана бин Бешира, Аллах био задовољан њиме, се преноси да је рекао показујући прстима на своје уши: „Чуо сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је рекао: 'Халал је јасан и харам је јасан, а између тога су сумњиве ствари које многи не знају. Ко се сачува сумњивих ствари, тај је сачувао своју веру и част, а ко се упусти у то, упашће у оно што је забрањено - баш као у случају пастира који чува стадо око забрањене земље. Лако се може десити да му стадо умакне и почне да пасе у забрањеном. Сваки владар има своју забрањену зону, а Аллахова забрањена зона јесу Његове забране, харами. У телу има један комад меса који кад је добар, буде добро цело тело, а када је покварен, буде покварено цело тело. Тај орган је срце.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам у овом хадису указује на опште правило којег се требамо придржавати по питању свих ствари у животу. Наиме, шеријатске ствари се могу поделити на: оне које су јасно дозвољене, оне које су јасно забрањене и оне сумњиве, за које не знамо са сигурношћу јесу ли дозвољене или не. Већина људи не познаје шеријатски статус тих сумњивих ствари.
 Онај ко остави сумњиве ствари сачуваће своју веру будући да на тај начин неће учинити нешто што је забрањено, те ће, уз то сачувати и своју част, јер га људи неће оговарати нити узнемиравати с обзиром да није починио ту сумњиву ствар. С друге стране, онај ко се упусти у сумњиве ствари себе излаже ономе што је забрањено и људе наводи да му оскрнаве част. Аллахов Посланик, нека је Аллахов благослов и мир на њега, је навео и пример за онога ко се уплиће у сумњиве ствари. Наиме, такав је попут пастира који доводи своју стоку на испашу близу туђе земље. Велика је вероватноћа да ће његова стока загазити на туђи посед, па је исто тако велика вероватноћа да ће онај ко се упушта у сумњиве ствари урадити нешто што је забрањено. Поред тога, Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам је рекао да се у телу налази комад који кад је добар, буде добро цело тело, а када је покварен, буде покварено цело тело. Тај орган је срце.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
@@ -6214,50 +7401,89 @@
   <si>
     <t>Од Џабира бин Абдуллаха, Аллах био задовољан њима, се преноси да је чуо Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да каже у Меки на дан њеног освојења: „Аллах је забранио као и Његов Посланик трговање вином, стрвином, свињама и киповима.“ Тада је речено: „Аллахов Посланиче, шта мислиш о лоју стрвине; њиме се мажу лађе, масте коже (при штављењу) и свет од њега прави себи свеће?“ „Не, то је забрањено“, одговорио је. Након тога, Посланик је рекао: „Аллах је проклео Јевреје! Он им је забранио лој, а они су га истопили, те затим продали и јели његову вредност."</t>
   </si>
   <si>
     <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
   </si>
   <si>
     <t>Џабир бин Абдуллах, Аллах био задовољан њима, је чуо Аллаховог Посланика, нека је Аллахов благослов и мир на њега, како говори на дан освојења Меке: „Аллах и Његов Посланик су забранили купопродају са алкохолом, стрвином, свињом и киповима.“ Неко упита: „Аллахов Посланиче, а да ли је дозвољено да тргујемо са лојем стрвине? Њиме мажемо лађе, мастимо коже при штављењу и људи од њега праве свеће.“ „Не, трговина са њим је забрањена“, одговори Посланик, те затим рече: „Нека Аллах уништи Јевреје! Он им је забранио лој животиња, а они су га истопили, те потом продали и користили ту зараду.“</t>
   </si>
   <si>
     <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
 قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
 قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
 كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
 قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
   </si>
   <si>
     <t>Ен-Невеви је рекао: „Муслимани су сагласни да није дозвољено трговати стрвином, алкохолом и свињама.“
 Ел-Кади Ијад је казао: „Овај хадис нам указује да није дозвољена трговина оним што нам није дозвољено да конзумирамо, или да га користимо. То нам је у хадису конкретно појашњено на примеру лоја.“
 Ибн Хаџер каже: „Контекст хадиса снажно подупире став већине учењака који су казали да се речи Аллаховог Посланика: ‘То је забрањено’, односе на купопродају, а не на коришћење.“
 Неисправно је свако лукавство, сваки трик, свако заобилазно решење којим се дозвољава оно што је забрањено.
 Ен-Невеви је казао: "Учењаци су истакли да уопштено значење забране трговине стрвином обухвата и забрану продаје тела неверника којег муслимани убију, а затим неверници затраже да се прода његово тело. У другом хадису се наводи да су муслимани на дан Хендека убили Невфела бин Абдуллаха ел-Махзумија, па су неверници нудили десет хиљада дирхема Аллаховом Посланику за његово тело. Но, он је то одбио и дао им је његово тело без новчане накнаде.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4556</t>
+  </si>
+  <si>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>„Зар вам Аллах није омогућио да и ви дајете милостињу? Сваки тесбих (изговор: Субханаллах) је милостиња, сваки текбир (изговор: Аллаху екбер) је милостиња, свако ‘елхамду лиллах’ је милостиња, сваки изговорени шахадет је милостиња, подстицање на добро је милостиња и одвраћање од зла је милостиња, па чак је и брачни однос милостиња.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>Преноси се од Ебу Зерра, нека је Бог задовољан њиме, Ебу-Зерр, нека је Аллах задовољан њиме, преноси да су неки људи рекли: „О Аллахов Посланиче, имућни људи су однели све награде, клањају као што и ми клањамо, посте као што и ми постимо, а поред тога дају милостињу од свог вишка иметка.“ Тада им је рекао: „Зар вам Аллах није омогућио да и ви дајете милостињу? Сваки тесбих (изговор: Субханаллах) је милостиња, сваки текбир (изговор: Аллаху екбер) је милостиња, свако ‘елхамду лиллах’ је милостиња, сваки изговорени шахадет је милостиња, подстицање на добро је милостиња и одвраћање од зла је милостиња, па чак је и брачни однос милостиња.“  Они тада рекоше: „О Аллахов Посланиче, зар и за задовољавање своје страсти човек има награду?“ Посланик, мир над њим, рече: „Шта мислите, када би ту своју страст човек задовољио на недозвољен начин, би ли за то био грешан? Исто тако, ако то уради на дозвољен (халал) начин, за то има награду.“</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>Неки сиромашни асхаби су се пожалили Посланику, саллаллаху 'алејхи ве селлем, на своје стање и сиромаштво, те на немогућност да дају милостињу у иметку како би добили велику награду, као што су је добијала њихова браћа која су имала богатство, те да чине добро као и они. Рекли су: „Они клањају као што ми клањамо, посте као што ми постимо, али се милостињом одвајају вишком свог иметка, а ми немамо шта да дамо у милостињу!“ Тада их је Посланик, саллаллаху 'алејхи ве селлем, упутио на оно што могу да чине као милостињу и рекао: „Зар вам Алах није дао оно чиме можете чинити милостињу за себе? Ваше изговарање ‘Субханаллах’ је милостиња, као и ‘Аллаху екбер’, ‘Алхамдулилах’, ‘Ла илахе иллаллах’. Такође, наређивање добра је милостиња, и одвраћање од зла је милостиња, па чак и интимни однос са супругом је милостиња.“ Изненадили су се и рекли: „О Аллахов Посланиче, да ли ће неко од нас добити награду ако задовољи своју страст?“ Он је одговорио: „Шта мислите, када би је задовољио на забрањен начин, у блуду или нечем сличном, да ли би због тога имао грех? Тако је исто, када то учини на дозвољен начин, имаће награду.“</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>Натјецање међу асхабима у чињењу добрих дела и њихова тежња да постигну велику награду и почаст од Аллаха Узвишеног.
+Мноштво начина за чињење добрих дела, јер она обухватају свако дело које муслиман учини са исправном и добром намером.
+Лакоћа и једноставност ислама, јер сваки муслиман може пронаћи нешто што може учинити да би био покоран Аллаху.
+Невеви је рекао: „Овај хадис је доказ да дозвољена дела постају ибадет (покорност) кроз искрене намере. Интимни однос постаје добро дело ако човек њиме има намеру да испуни право супруге и поступа са њом на начин који је Алах наредио, или ако има намеру да тражи добро потомство, или да задовољи своју супругу, или да обоје сачува од гледања у харам, размишљања о њему или намере да га учине, или било коју другу исправну намеру.“
+Коришћење примера и аналогије како би се порука учинила јаснијом и оставила дубљи утисак на онога ко слуша.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4558</t>
   </si>
   <si>
     <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
   </si>
   <si>
     <t>„У оно што је свет од пријашњих веровесника запамтио спадају и речи: ‘Ако те није стид, ради шта хоћеш.’“</t>
   </si>
   <si>
     <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
     <t>Од Ибн Мес'уда, Аллах био задовољан њим, преноси се да је рекао: „Аллахов Посланик, нека је Аллахов благослов и мир на њега, је рекао“: „У оно што је свет од пријашњих веровесника запамтио спадају и речи: ‘Ако те није стид, ради шта хоћеш.’“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, обавестио је да су пријашњи посланици оставили препоруку која се преносила међу људима и наслеђивала из генерације у генерацију, све док није стигла до почетка овог уммета. Она гласи: „Погледај шта желиш учинити; ако је то нешто због чега се не треба стидети, уради то. А ако је пак нешто због чега се треба стидети, остави то.“ Заиста је стид оно што спречава чињење ружних дела, па ко нема стида, препустиће се сваком злу и неправди.</t>
   </si>
   <si>
     <t>الحياء أصل الأخلاق الكريمة.
 الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
 الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
 قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
   </si>
@@ -6371,50 +7597,53 @@
   <si>
     <t>Преноси се од Ебу Хавре Ес-Са'дија да је рекао: „Рекао сам Хасану бин Алији, Аллах био задовољан њима: ‘Шта си запамтио од Аллаховог Посланика, нека је Аллахов благослов и мир на њега?’ Одговорио је: ‘Запамтио сам од Аллаховог Посланика, нека је Аллахов благослов и мир на њега, следеће речи’: ''Остави оно што ти је сумњиво, а прихвати се онога што ти није сумњиво. Заиста је истина смиреност, а лаж сумња.“</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, наредио је да се остави оно у шта се сумња од речи и дела, односно оно за што нисмо сигурни да ли је забрањено или није, да ли је харам или халал, и да се усмери према ономе у шта нема сумње, што је сигурно добро и дозвољено. Наиме, срце се смири с тим и осећа спокој, док у ономе што изазива сумњу, срце постаје немирно и узнемирено.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>Муслиман сме узимати у обзир само оно у шта је сигуран, те да остави све оно у шта сумња. На такав начин треба да се практикује вера.
 Упуштање у сумњиве ствари је забрањено.
 Ако желиш да будеш смирен и сигуран, окани се сумњивих ствари.
 Велика је Аллахова милост према Његовим робовима. Он им је наредио да се држе сигурних ствари које им доносе смиреност, те да се клоне сумњивих које им доносе бригу и збуњеност.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4564</t>
   </si>
   <si>
     <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>Да човек обави молитву у џемату (заједно у џамији) боље му је него да је обави у кући или на пијаци за двадесет и нешто пута</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Ебу Хурејре, Аллах био задовољан њиме, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Да човек обави молитву у џемату (заједно у џамији) боље му је него да је обави у кући или на пијаци за двадесет и нешто пута. То ће постићи када се у потпуности абдести, а затим дође у џамију само ради молитве. За сваки корак биће му подигнут степен и биће му опроштен грех све док не уђе у џамију. Када уђе у њу биће у молитви докле год га молитва ту задржава. Такође, анђели ће благословити човека докле год седи на месту где је клањао. Они говоре: ‘Аллаху, смилуј му се, Аллаху, опрости му, Аллаху, прими му покајање.’ Тако ће упућивати дову за њега докле год не узнемири некога или док не изгуби абдест.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам казује о томе да када муслиман обавља молитву у џемату, то ће му бити боље за двадесет и нешто степени него да обавља молитву сам код куће или на пијаци. А потом нам је скренуо пажњу на разлог томе. Наиме, када човек у потпуности узме абдест, а потом оде у џамију само ради молитве, неће крочити ниједан корак, а да неће бити уздигнут за један степен и да му неће бити опроштен један грех. Затим, када уђе у џамију и седне ишчекујући молитву, имаће награду молитве докле год буде чекао. Уз то анђели ће Узвишеног Аллаха молити за тог човека докле год буде седео на том месту. Говориће: ''Аллаху, опрости му! Аллаху, смилуј му се! Аллаху, прими његово покајање!“, докле год тај човек не изгуби абдест или не узнемири некога.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
@@ -6501,50 +7730,106 @@
     <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
 الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
 حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
 اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
  بيان قِصَر الأمل، والاستعداد للموت.
  الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
 المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
 فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
 وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
   </si>
   <si>
     <t>Стављање руке учитеља на раме ученика током подучавања служи за пружање осећаја блискости и охрабрења, као и за скретање пажње и наглашавање важности поруке која се преноси.
 Похвално је посаветовати некога чак и уколико није тражио савет.
 Лепота подучавања Посланика, нека је Аллахов благослов и мир на њега, огледа се у његовом коришћењу уверљивих примера, попут његових речи: „Буди на овом свету као странац или путник.“
 Људи се разликују у начину на који кроче према ахирету (будућем свету). Путник заузима виши степен у погледу аскетизма у односу на странца.
 Истицање краткоће наде и припреме за смрт важан је аспект исламског учења.
 Овај хадис не указује да се овосветска опскрба треба занемарити и да човек не треба уживати у ономе што му овај свет нуди. Напротив, подстиче се на скромност, те да човек умањи свој удео на овоме свету.
 Прописано је чинити добра дела без одлагања како човека не би затекло стање у којем неће бити у могућности чинити добра дела. Дакле, треба искористити здравље и живот.
 Врлина Абдуллаха бин Омера, Аллах био задовољан њима, огледа се у томе што је овај савет Аллаховог Посланика, нека је Аллахов благослов и мир на њега, оставио је на њега велики утицај, те га је применио у своме животу.
 Домовина верника је џеннет (рај), па је он странац на овом свету и путник ка ахирету. Његово срце не везује се ни за шта на овом пролазном свету, већ остаје везано за његову праву домовину, којој се враћа. Боравак на овом свету је привремен, само да би испунио своје потребе и припремио се за повратак у свој прави дом.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4704</t>
   </si>
   <si>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>‘Не завидите једни другима, не варајте једни друге, не мрзите се, не окрећите леђа једни другима, и не продајте преко туђе продаје. Будите, о робови Божији, браћа!'</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, нека је Бог задовољан њиме, преноси се да је рекао: „Божији Посланик, нека су на њега благослов и мир, је казао: ‘Не завидите једни другима, не варајте једни друге, не мрзите се, не окрећите леђа једни другима, и не продајте преко туђе продаје. Будите, о робови Божији, браћа!' Муслиман је брат муслиману, не чини му неправду, не издаје га и не презире га. Богобојазност је овде,’ а указао је три пута на своја прса. ‘Довољно је човеку зла да презире свог брата муслимана. Сваки муслиман је свет за другог муслимана: његова крв, његова имовина и његова част.’“</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега благослов и мир, препоручио је муслиману да се односи према свом брату муслиману на најбољи начин, и појаснио неке од обавеза и правила понашања према њима. То укључује: Прва препорука: Не завидите једни другима, да не би неко од вас пожелио да другом нестане благодат. Друга препорука: Не надмудрујте једни друге у трговини, повећавајући цену производа без намере да га купите, већ само да би користили продавцу или нашкодили купцу. Трећа препорука: Не мрзите се, јер мржња подразумева намеру да се науди и супротна је љубави, осим ако је мржња у име Бога; тада је она обавезна. Четврта препорука: Не окрећите леђа једни другима, и 
+ немојте избегавати свога брата или га бојкотовати. Пета препорука: Не продајте једни преко продаје других, као када неко каже купцу који је већ купио робу: „Имам исто такво по нижој цени“ или „Имам бољи производ по истој цени.“ Затим је Посланик, нека су на њега благослов и мир, дао свеобухватну препоруку: „Будите браћа, избегавајући све што је споменуто од забрана, и пружајте љубав, благонаклоност, саосећање, љубазност и сарадњу у добру, са искреним срцем и саветима у свакој прилици.“ Од обавеза ове братске везе је и: Да муслиман не чини неправду свом брату муслиману и не напада га. Да не остави свог брата муслимана да буде угњетаван, а да му не помогне у ситуацији у којој је у могућности да га помогне и уклони неправду. И да га не презире, нити омаловажава, нити гледа на њега с висине и са презиром, што је последица гордости у срцу. Затим је Посланик, нека су на њега благослов и мир, три пута нагласио да је богобојазност у срцу (прсима). Ко има богобојазност у срцу, која захтева лепо понашање и страх од Бога, неће презирати муслимана. Довољно је човеку од зла и лоших особина да презире свог брата муслимана, јер то долази из гордости (охолости) у његовом срцу. Затим је Посланик, нека су на њега благослов и мир, потврдио оно што је већ рекао, нагласивши да је сваки муслиман свет за другог муслимана: његова крв, његова имовина и његова част. Крв: да му не наноси насиље, било убиством или повредом, ударцем или сличним делима. Исто тако и имовина: да је не узима без права. Част: да га не вређа, нити његову част, као ни његово порекло.</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>Наредба да се испуне све обавезе које захтева братство у вери, и забрана свега што му је супротно, било речима или делима.
+2. Основа богобојазности је оно што је у срцу: познавање Бога, страх од Њега и свест о Његовој присутности. Из ове богобојазности проистичу добра дела.
+3. Очигледно скретање са Правог пута указује на слабост богобојазности у срцу.
+3. Забрањено је наносити штету муслиману на било који начин, било речју или делом.
+4. Није завист када муслиман жели да има исто што и неко други, без жеље да то нестане од тог другог. То се назива пожељна завист, и она је дозвољена јер подстиче на такмичење у добрим делима.
+5. Човек по природи не воли да га неко надмаши у врлинама. Ако жели да оне нестану од другог, то је забрањена завист. Ако жели да се такмичи у добру, онда је дозвољена завист.
+6. Не сматра се продајом преко продаје другог муслимана ако неко објасни купцу да је преварен у куповини. Ово је део савета, под условом да је намера искрено саветовање купца, а не да се нанесе штета продавцу, јер дела се вреднују према намерама.
+7. Не сматра се продајом преко продаје другог муслимана ако се два продавца нису договорила и цена није утврђена.
+Није забрањена мржња о којој се говори у хадису када је у питању мржња у име Бога, јер је она обавезна и једна је од битних елемената вере.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4706</t>
+  </si>
+  <si>
     <t>لا تغضب</t>
   </si>
   <si>
     <t>Немој се срдити</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, се преноси да је неки човек рекао Аллаховом Посланику, нека је Аллахов благослов и мир на њега: „Опоручи ми нешто.” Посланик му рече: „Немој се срдити.” Овај човек је још неколико пута поновио исто питање, а Посланик му је сваки пут исто одговорао: „Немој се срдити.”</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Један асхаб је затражио од Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да га упути на нешто што ће му користити, па му је наредио да се не упушта у оно што ће му изазвати љутњу, те да не реагује у складу са љутњом уколико се већ наљути. Дакле, немој никога ударити нити увредити ако се наљутиш, већ савладај срџбу.
 Неколико је пута човек исказао исту жељу говорећи: „Опоручи ми нешто.”, а Аллахов Посланик, нека је Аллахов благослов и мир на њега, му је сваки пут исто казао: „Немој се срдити.”</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
@@ -6587,50 +7872,94 @@
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Забрањено је узвратити некоме више од исте мере.
 Узвишени Аллах није Својим робовима наредио ништа што им наноси штету.
 Забрањено је другима нанети штету свеједно било то говором, делом или нечињењем.
 Човек ће имати награду или казну сходно својим делима. Наиме, у хадису стоји: „Ко буде другоме наносио штету, Аллах ће њему нанети штету; а ко другоме буде отежавао, Аллах ће њему отежати.”
 Шеријатско правило гласи: „Штету је потребно уклонити.” Дакле, шеријат не одобрава штету и осуђује наношење штете.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[صحيح بشواهده]</t>
   </si>
   <si>
     <t>[رواه الدارقطني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4711</t>
   </si>
   <si>
+    <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
+  </si>
+  <si>
+    <t>„Никоме није дозвољено пролити крв муслимана, осим у једном од три случаја</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
+  </si>
+  <si>
+    <t>Од Ибн Мес'уда, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Никоме није дозвољено пролити крв муслимана, осим у једном од три случаја: ожењен (или удата) који почини блуд, у случају убиства (особу која намерно изврши убиство), и онај који напусти своју веру ислам и одвоји се од заједнице муслимана.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
+الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
+الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
+الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
+  </si>
+  <si>
+    <t>Посланик, нека је Аллахов благослов и мир на њега, појаснио је да је крв муслимана света и заштићена, осим ако не учини једно од три дела: Прво: Уколико почини прељубу (блуд) као брачна особа која је претходно била у важећем браку, његова казна је каменовање до смрти. Друго: Ако неко намерно и неправедно убије недужну особу, убица се такође убија, али искључиво под одређеним условима које прописује шеријат. Треће: Онај ко се одметне од заједнице муслимана, било потпуним напуштањем вере ислама (отпадништвом), било одвајањем које није отпадништво, али укључује напуштање делова вере, као што су побуњеници против муслиманске власти, разбојници или борци против муслимана (попут хариџија и сличних).</t>
+  </si>
+  <si>
+    <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
+وجوب حفظ الأعراض ونقائها.
+وجوب احترام المسلم، وأنه معصوم الدم.
+الحث على التزام جماعة المسلمين وعدم مفارقتهم.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
+شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
+تطبيق هذه الحدود هو من اختصاص ولي الأمر.
+أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
+  </si>
+  <si>
+    <t>Забрана чињења било које од ове три ствари, а онај ко учини једну од њих заслужује смртну казну: било због неверовања, а то је отпадник од ислама (ар. муртед); или као шеријатску казну, што обухвата ожењеног који почини блуд и онога који намерно убије другог човека.
+Обавеза чувања части и њене чистоте.
+Обавеза поштовања муслимана, јер је његова крв света и заштићена.
+Подстицај на држање заједнице муслимана и забрана одвајања од ње.
+Предиван је начин подучавања Посланика, нека је Аллахов благослов и мир на њега, који је понекад користио поделу на категорије. То је зато што класификација ограничава и обједињује теме, па се лакше и брже памти.
+Узвишени Аллах је прописао шеријатске казне ради одвраћања преступника (злочинаца), као и заштите друштва и очувања друштва од злочина.
+Спровођење ових казни је искључиво у надлежности владара.
+Узрока за смртну казну има више од три, али се они увек своде на поменуте три категорије. Ибн ел-Ареби ел-Малики је рекао: „Ни у ком случају не излазе из оквира ова три, јер онај ко се бави магијом или вређа Божијег Посланика чини неверство, па самим тим спада у категорију онога који је напустио своју веру.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4714</t>
+  </si>
+  <si>
     <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>„Нека ти је језик непрестано влажан од спомињања и величања Аллаха.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>Од Абдуллаха бин Бусра, Аллах био задовољан њиме, преноси се да је неки човек рекао Аллаховом Посланику: „Аллахов Посланиче, много је исламских прописа, па ми кажи нешто најважније чега ћу се придржавати.“ Он му је рекао: „Нека ти је језик непрестано влажан од спомињања и величања Аллаха.“</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>Неки се асхаб пожалио Аллаховом Посланику, нека је Аллахов благослов и мир на њега, да много има добровољних добрих дела, толико да их не може стићи све урадити, због своје слабости. Па је затражио од Посланика, нека је Аллахов благослов и мир на њега, да га упути на неко једноставно дело којим ће стећи огромне награде.
 Посланик, нека је Аллахов благослов и мир на њега, посаветовао га је да му језик константно буде влажан од спомињања Аллаха у свакој ситуацији. Да, на пример, изговара речи: „Субханаллах (Слављен нека је Аллах), елхамдулиллах (Хвала Аллаху)“, да тражи опроста од Узвишеног Аллаха, да учи дове, и тако даље.</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
@@ -6726,89 +8055,188 @@
   <si>
     <t>Од Ибн Аббаса, Аллах био задовољан њима, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Кад би се људима пресуђивало на основу оптужби других људи, онда би неки људи (олако) оптужили неког како им дугује неки иметак или како имају право на извршење одмазде над неким. Међутим, онај који оптужује дужан је донети доказ, а онај ко негира дужан је заклети се да није крив.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да када би људима било давано само на основу тврдњи без доказа, тада би многи узурпирали иметке и крв других. Међутим, обавезно је да потражитељ поднесе доказ за своју тврдњу. Уколико не изнесе доказ у своју корист, траженом се излаже оптужба па ако је занегира обавезан је заклети се како би се лишио одговорности.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>Ибн Декик ел-'Ид је рекао: „Овај хадис указује на један од темељних прописа помоћу којег се спорови решавају.“
 Шеријат чува иметак и крв људи од поигравања.
 Судија не доноси пресуду у складу са информацијама које поседује него се реферира на доказе.
 Ко год устврди нешто без доказа, његова тврдња биће одбачена. То се односи на права, међуљудске односе, а исто тако и на питања из научних области.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
+    <t>[رواه البيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4722</t>
+  </si>
+  <si>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>„Човек не може напунити гору посуду од стомака. Довољно је неколико залогаја који ће га одржати у животу. А ако већ мора јести више, нека трећину стомака напуни храном, трећину пићем, а трећину остави за дисање.“</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>Преноси Микдам бин Ма'ди Кериб, Аллах био задовољан њиме, да је чуо Аллаховог Посланика, нека је Аллахов благослов и мир на њега, како је рекао: „Човек не може напунити гору посуду од стомака. Довољно је неколико залогаја који ће га одржати у животу. А ако већ мора јести више, нека трећину стомака напуни храном, трећину пићем, а трећину остави за дисање.“</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Племенити Посланик, нека је Аллахов благослов и мир на њега, нас упућује на један од основа медицине, а то је превентива којом човек штити своје здравље. То подразумева умереност у исхрани – јести само онолико колико је потребно да се утоли глад и ојача тело за неопходне послове. Најлошија посуда је стомак ако се преоптерети, јер преједање доводи до бројних смртоносних болести, било одмах или касније, унутрашњих или спољашњих. Затим је Посланик, нека је Аллахов благослов и мир на њега, рекао: ако човек мора да се засити, нека попуни трећину стомака храном, трећину пићем, а трећину остави празну за дисање. На тај начин неће доживети тескобу или штету, нити ће постати лен да испуни оно што му је Узвишени Аллах обавезао, било у вери или у световним обавезама.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>Не претеривати у јелу и пићу – ово је основни принцип свих основа медицине, јер преједање доводи до бројних болести и здравствених тегоба.
+Циљ исхране је очување здравља и снаге, а на томе почива и квалитетан живот.
+Препуњавање стомака храном носи телесне и верске штете. Рекао је Омер, Аллах био задовољан њиме: „Чувајте се преједања, јер оно слаби тело и чини човека немарним према молитви.“
+Исхрана се, са шеријатског аспекта, дели на неколико категорија. Обавезна (ар. ваџиб) је она која одржава живот, а њено занемаривање наноси штету. Дозвољена (ар. џаиз) је она која превазилази обавезни минимум и чија штета није очекивана. Непожељна (ар. мекрух) је она код које се боји могуће штете, а забрањена (ар. харам) је она чија је штета позната. Препоручена (ар. мустахаб) је она која помаже у обављању обреда и покорности Аллаху. Посланик, нека је Аллахов благослов и мир на њега, је ово сажео у хадису у три нивоа: препуњавање стомака, јело или залогај који одржава тело, и реч: ‘трећина за храну, трећина за пиће и трећина за дисање’. Све ово важи под условом да је врста хране халал.
+Хадис је основни принцип медицине. Пошто се медицина заснива на три основна принципа: очување снаге, умереност и чишћење организма, хадис обухвата прва два, као што је речено у ајету: „Једите и пијте, али не претерујте; заиста Он не воли оне који претерују“. (Ел-А'раф, 31)
+Шеријат (исламски верозакон) је потпун јер обухвата добробит човека и у његовом верском и у световном животу.
+Једна од наука шеријата су основе медицине и њене врсте, као што је наведено за мед и зрно црног кима.
+Шеријатске одредбе обухватају мудрост и заснивају се на отклањању штете и остваривању користи.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4723</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>Онај ко уведе у нашу веру оно што није од ње, то му се одбија</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Од Аише, Аллах био задовољан њоме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Онај ко уведе у нашу веру оно што није од ње, то му се одбија.“ Овај хадис бележе Бухари и Муслим, а код Муслима се такође наводи: "Ко уради дело које није засновано на нашој вери, оно му се одбија.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да онај ко измисли у вери нешто ново или уради дело које није засновано на Кур'ану и Суннету, то му се неће прихватити код Аллаха.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Ибадети се заснивају искључиво на Кур'ану и Суннету. Према томе, не можемо Узвишеног Аллаха обожавати чинећи новотарије и измишљена дела.
 Вера се не заснива на мишљењу и субјективном укусу. Напротив, она се темељи на слеђењу Аллаховог Посланика, нека је Аллахов благослов и мир на њега.
 Овај хадис је доказ потпуности ове вере.
 Новотарија представља све што се уведе у веру, а што није постојало за време Аллаховог Посланика, нека је Аллахов благослов и мир на њега, свеједно тицало се веровања, речи или дела.
 Овај хадис представља темељ вере ислама и служи као вага за дела. Као што се за свако дело којим се не жели Аллахово Лице неће добити награда, исто важи и за свако делом које није засновано на Објави.
 Новотарије које су забрањене тичу се вере, а не овосветских питања.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4792</t>
+  </si>
+  <si>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>„Ко избави верника од једне од његових невоља на овом свету, Аллах ће њега избавити од једне невоље на Судњем дану</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>Ебу Хурејре, Аллах био задовољан њиме, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Ко избави верника од једне од његових невоља на овом свету, Аллах ће њега избавити од једне невоље на Судњем дану. Ко олакша свом дужнику (било да му продужи рок или му опрости), Аллах ће њему олакшати и на овом и на оном свету. Ко сакрије (недела) једног муслимана, Аллах ће њега сакрити и на овом и на оном свету. Аллах је у помоћи Свом робу све док је он у помоћи свом брату. Ко крене на пут тражећи знање, Аллах ће му тим путем олакшати пут до џеннета. Када се год људи окупе у Божијој кући (џамији) ради учења Курана и његовог заједничког проучавања, Аллах на њих спусти смиреност, обухвати их Својом милошћу, анђели их окружују и Аллах их спомиње, поносећи се њима међу Својим најближим створењима. А онога ко закасни у својим делима, неће спасити његово порекло.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>Посланик, саллаллаху 'алејхи ве селлем, појаснио је да је награда муслимана код Алаха сразмерна његовим делима према другим муслиманима. Па тако, ко ублажи, олакша и отклони невољу или тешкоћу са верника у овом свету, Аллах ће му узвратити тиме што ће му отклонити једну од невоља на Судњем дану. Ко олакша ономе ко је у тешкој ситуацији, помогне му и отклони његову невољу, Аллах ће њему олакшати и на овом и на оном свету. Ко сакрије грех муслимана, када сазна за његове пропусте и посртања која не би требало откривати, Аллах ће сакрити његове грехе на овом и на оном свету. Аллах ће бити  на помоћи Свом робу све док је роб у помоћи свом брату у његовим верским и овосветским потребама. Та помоћ може бити кроз молбу Господару, физички труд, иметак или на неки други начин. Ко крене путем стицања шеријатског знања, имајући у томе за циљ искључиво Аллахово задовољство, Аллах ће му тим путем олакшати пут до џеннета. Није могуће да се људи окупе у једној од Божијих кућа (џамија) како би заједно учили и проучавали Божију Књигу, а да на њих не сиђе спокој и не обухвати их милост Божија, да их анђели не окружују, и да их Аллах не спомене међу онима који су Му блиски. Довољна им је част да Аллах спомене Свог роба у узвишеном друштву. Ко има недостатке у својим делима, неће бити изједначен са онима чија су дела потпуна. Зато не треба да се ослања на част порекла и врлине својих предака, занемарујући сопствена дела.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>Ибн Дeкик ел-Ид је рекао: „Ово је величанствен хадис, који обухвата различите врсте наука, правила и етике. У њему се истиче врлина испуњавања потреба муслимана и пружања користи колико год је могуће – било кроз знање, богатство, помоћ, указивање на корист, савет или нешто друго.“
+Подстицање на олакшавање ситуације онима који су у тешкој ситуацији.
+Подстицање на помоћ брату муслиману и Аллах Узвишени 
+ће помоћи ономе ко помаже свог брата.
+Један облик покривања срамота муслимана је не истраживати његове слабости. Неки од добрих претходника  су рекли: „Срео сам људе који нису имали мана, али су почели говорити о манама других, па су људи почели спомињати њихове мане. Срео сам људе који су имали мане, али су се уздржавали од спомињања мана других, па су њихове мане биле заборављене.“
+Покривање туђих срамота не значи остављање зла и његово не исправљање. Треба се исправљати зло, али и покривати, под условом да особа није позната по сталној покварености и упорности у злу. Ако је особа позната по томе, онда није препоручљиво прикривати његову грешку, већ треба пријавити ономе ко има власт, под условом да из тога не проистекне већа штета. Јер прикривање може подстаћи ту особу на даљи неморал и охрабрити је да чини зло другим људима, као и подстаћи друге зле и непокорне људе.
+Подстицање на тражење знања, учење и проучавање Кур'ана.
+Имам Невеви је рекао: „Овај хадис указује на врлину заједничког учења Курана у џамији... Ова врлина се може проширити и на заједничко учење у медресама и сличним местима, ако Бог да.“
+Аллах је награду везао за дела, а не за порекло.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4801</t>
   </si>
   <si>
     <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>О Моји робови, Ја Сам Себи насиље забранио, а забранио Сам га и међу вама, па немојте га међусобно чинити</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Од Ебу Зерра, Аллах био задовољан њиме, се преноси да је Веровесник, нека је Аллахов благослов и мир на њега, преносећи то од свог Господара рекао: „О Моји робови, Ја Сам Себи насиље забранио, а забранио Сам га и међу вама, па немојте га међусобно чинити. О Моји робови, сви сте ви залутали, осим онога кога Ја упутим, па тражите од Мене упуту, Ја ћу вас упутити. О Моји робови, сви сте ви гладни, осим онога кога Ја нахраним, па од Мене тражите да вас нахраним, Ја ћу вас нахранити. О Моји робови, сви сте ви неодевени, осим онога кога Ја оденем, па од Мене тражите да вас оденем, Ја ћу вас оденути. О Моји робови, ви дању и ноћу грешите, а Ја Сам онај који све грехе прашта, па од Мене тражите да вам опростим, Ја ћу вам опростити. О Моји робови, ви никада не можете доћи до онога чиме бисте Мени штету нанели, па да Ми је нанесете, нити икада можете доћи до онога што ће Мени корист донети, па да Ми је донесете. О Моји робови, када би сви људи и џини, од првог до последњег, били толико богобојазни као најбогобојазнији међу вама, то не би нимало увећало Моју власт. О робови Моји, када би сви људи и џини, од првог до последњег, били толико покварени, као што је најпокваренији међу вама, то ништа не би умањило Моју власт! О робови Моји, када би се сви људи и џини, од првог до последњег, окупили на једном месту, па од Мене затражили све што желе, а затим Ја сваком од њих дао оно што је тражио, то не би умањило оно што Ја поседујем ни онолико колико би умочена игла у море умањила воду! О робови Моји, све зависи од тога шта сте урадили, у Мене је сачувано и пребројано све и Ја ћу по заслугама наградити. Према томе, ко нађе добро и награду нек Аллаху захвали, а ко нађе казну и зло, нека не кори никога другог осим самога себе.</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
@@ -8345,50 +9773,53 @@
 الثاني: أنه بَخِلَ على نفسه وحَرَمَها أجرَ الصلاة على رسوله صلى الله عليه وسلم؛ لأنه بامتناعه من الصلاة عليه قد شَحَّ وامتنع من أداء حقٍّ يَتَعَيَّنُ عليه أداؤه امتثالًا للأمر وينال به الأجر. 
 الثالث: أنَّ الصلاة عليه فيها أداء بعض حقِّ النبي صلى الله عليه وسلم، فهو الذي عَلَّمنا، وهو الذي أرشدَنا، وهو الذي دعانا إلى الله تبارك وتعالى، وجاءنا بهذا الوحي، وهذه الشَّريعة، فهو سبب هدايتنا -بعد الله تبارك وتعالى- ومَن لم يُصلِّ عليه يكون قد بَخِل على نفسه، وبَخِل على نبيِّه صلى الله عليه وسلم بحقٍّ هو من أدنى حقوقه.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, упозорио је на изостављање салавата (речи којима се благослови) на њега приликом спомињања његовог имена, надимка или описа. Рекао је: „Шкртица је онај у чијем присуству будем споменут, а он на мене не донесе салават.“ Ово је из више разлога:
 Први разлог: то је шкртост на нечему што човека ништа не кошта, не троши иметак, нити захтева икакав напор.
 Други разлог: ускраћује самом себи награду за доношење салавата на Посланика, нека је Аллахов благослов и мир на њега, јер тиме што се суздржи од доношења салавата, не извршава ни обавезу која му је наређена и којом би постигао награду.
 Трећи разлог: доношење салавата представља испуњавање дела права Посланика, нека је Аллахов благослов и мир на њега, које има код нас. Он је тај који нас је подучио, упутио и позвао Аллаху, те нам доставио Објаву и шеријат (верозакон). Он је, након Аллахове милости, разлог наше упуте. Онај ко не доноси салават на њега, ускраћује себи награду и занемарује право Посланика, које је једно од најосновнијих права која му припадају.</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
     <t>Изостављање доношења салавата на Посланика, нека је Аллахов благослов и мир на њега, знак је шкртости.
 Доношење салавата на Посланика, нека је Аллахов благослов и мир на њега, једно је од најбољих дела и ибадета у сваком времену, а посебно се наглашава када се спомене његово име.
 Невеви је рекао: „Када се доноси салават на Посланика, нека је Аллахов благослов и мир на њега, треба спојити између салавата (благослова) и селама, и не ограничити се само на једно од њих. Дакле, не треба рећи само: „Аллахов благослов на њега“ или само „Нека је мир на њега“.
 Рекао је Ебул-Алијете, тумачећи ајет: „Заиста Аллах и Његови анђели доносе салават на Посланика“, каже: „Аллахов салават на Његовог Посланика јесте Његова похвала о њему, док је салават од анђела и људи – дова.“
 Халими је рекао: „Значење дове (Аллаху, донеси салават на Мухаммеда) јесте: Аллаху, уздигни га на овоме свету – његов углед, веру и шеријат, а на ахирету (будућем свету) – тиме што ћеш му омогућити шефа'ат (заговорништво) за његов уммет, обилно га наградити, истакнути његову вредност пред првим и последњим генерацијама, стављајући га на Часно место, те му дати предност над свим.“</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/5403</t>
   </si>
   <si>
     <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>„Ко након јела каже: ‘Нека је хваљен Узвишени Аллах који ме је овим нахранио, и дао ми опскрбу без моје снаге и моћи’, биће му опроштени претходни греси.“</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Сехл бин Му'аз бин Енес преноси од свога оца да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Ко након јела каже: ‘Нека је хваљен Узвишени Аллах који ме је овим нахранио, и дао ми опскрбу без моје снаге и моћи’, биће му опроштени претходни греси.“</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас подстиче да се захвалимо Аллаху након што нешто поједемо. Нико нема, наиме, никакве снаге да себи храну обезбеди, нити може било шта појести ако му Узвишени то не олакша. Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам потом доноси радосне вести – онај ко то уради, биће му опроштени мали греси које је пре тога урадио.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
@@ -8977,50 +10408,53 @@
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
     <t>Подучио је Посланик, нека је Аллахов благослов и мир на њега, Аишу, Аллах био задовољан њоме, овим речима које садрже веома корисне поруке и добро, а састоје се од четири дове:
 Прва дова: Она садржи свако добро: Аллаху мој, тражим од Тебе свако добро које постоји, било оно у скорије или неко долазеће време које је далеко, оно што знам од њега, а чему си ме Ти подучио, као и оно што не знам, а што је у Твоме знању. Ова дова указује на препуштање свега Узвишеном Аллаху Који све зна и Који је о свему обавештен, да би Он одабрао за муслимана оно што је најбоље. Затим је молио: и Теби се утичем, односно код Тебе тражим заштиту од сваког зла, пре (на овоме свету) и касније (на будућем свету), онога што знам од њега и онога што не знам.
 Друга дова: Њоме се штити од претеривања у дови: Аллаху мој, од Тебе тражим и молим Те за добро које је од Тебе тражио твој роб и веровесник, нека је Аллахов благослов и мир на њега, и Теби се утичем и код Тебе тражим заштиту од зла од којег је уточиште тражио твој роб и веровесник, нека је Аллахов благослов и мир на њега. Ово је дова да Узвишени Аллах подари ономе ко моли оно што је тражио посланик Мухаммед, нека је Аллахов благослов и мир на њега, за себе, без навођења различитих врста онога што је молио и тражио.
 Трећа дова: Овим се тражи улазак у џеннет (рај) и удаљеност од ватре (пакла), а то је циљ сваког муслимана: Аллаху мој, од Тебе тражим да ме уведеш у џеннет и да ми олакшаш оно што приближава њему, од речи и дела којима си Ти задовољан. И тражим уточиште код Тебе од ватре, јер нема заштите осим уз Твоју помоћ и милост и молим Те да ме спасиш онога што приближава њој, од речи и дела која изазивају Твоју срџбу.
 Четврта дова: То је дова да нам Узвишени Аллах подари задовољство Његовом одредбом: И тражим од Тебе да учиниш сваку одредбу добром за мене.</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>Човек треба подучити своју породицу ономе што им користи у питањима вере и овога света, као што је то радио Посланик, нека је Аллахов благослов и мир на њега, са Аишом.
 Најбоље за муслимана јесте да памти дове које су пренесене од Посланика, нека је Аллахов благослов и мир на њега, јер су оне садржајне.
 О овом хадису учењаци истичу: „То је најобухватнији хадис који се тиче тражења добра и заштите од зла, и као такав, убраја се у језгровит и садржајан говор који је подарен Посланику, нека је Аллахов благослов и мир на њега.“
 Један од разлога уласка у џеннет, након Аллахове милости, јесу добра дела и речи.</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه ابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sr/browse/hadith/5487</t>
   </si>
   <si>
     <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
     <t>„Господару мој, тражим од Тебе заштиту од нестанка Твојих благодати, непостојања Твоје заштите, Твоје изненадне казне и Твоје велике срџбе.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
     <t>Абдуллах бин 'Амр, Аллах био задовољан њима, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, учио ову дову: „Господару мој, тражим од Тебе заштиту од нестанка Твојих благодати, непостојања Твоје заштите, Твоје изненадне казне и Твоје велике срџбе.“</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, утицао се Узвишеном Аллаху од четворо:
 Прво: Аллаху мој, утичем Ти се од нестанка Твоје благодати, било да је у вери или овосветским благодатима, и молим Те да устрајем у исламу, и да се удаљим од греха који ће узроковати нестанак благодати.
@@ -9103,50 +10537,53 @@
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, када би наступило јутро, у почетку дана са појавом зоре, учио би дову чије значење је следеће:
 Аллаху мој, Ти си дао да осванемо, обавијени Твојом заштитом, окружени Твојим благодатима, заузети Твојим спомињањем, тражећи помоћ спомињући Твоје име, под Твојим надзором и упутом, крећући се Твојом снагом и моћи. Ти си дао и да омркнемо, дајеш да живимо и умиремо, што значи исто као претходно, али у контексту вечери: Аллаху мој, Ти дајеш да омркнемо, с Твојим именом живимо и с Твојим именом умиремо и Теби се враћамо, након смрти, када будемо окупљени. Наше стање је овакво у свим временима и свим ситуацијама, и од њега се нећу одвојити нити ћу га напустити.
 Када би наступио постикиндијски период, учио би: Аллаху, Ти дајеш да омркнемо, Ти дајеш да осванемо, Ти дајеш да живимо, Ти дајеш да умиремо и Теби се враћамо. У том смислу, Теби припадамо на овом свету, а наш коначни повратак је Теби, на будућем свету. Ти оживљаваш и Ти усмрћујеш.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>Препоручује се да се ова дова изговара ујутро и увече, у складу са праксом Посланика, нека је Аллахов благослов и мир на њега.
 Зависност роба о свом Господару у свим ситуацијама и тренуцима.
 Најбоље време за изговарање зикрова је ујутро од тренутка појаве зоре па до изласка сунца, а затим након икиндије до заласка сунца. Ако се зикрови изговоре и након тог времена, на пример ујутро након изласка сунца или након подне, то је такође исправно. Такође, зикрови се могу изговарати и након акшама, што је такође прихватљиво, јер је то време када се треба величати Аллах.
 Реченица: „ве илејкен-нушур“ и Теби се враћамо, која се изговара јутром, подсећа нас на велико проживљење на судњем дану. То је ново оживљавање, нови дан када се враћају душе, људи се рашире и разиђу по Земљи, а ово ново јутро, које је Аллах створио, постаје сведок против сина Адамова. Његови тренуци и његово време постају ризнице наших дела.
 Реченица: „ве илејкел-масир“ Теби ћемо се вратити, изговара се увече, када се људи враћају с посла, и након што су отишли у потрагу за својим потребама. Враћају се својим домовима и опуштају се након што су се раздвојили. Ова изрека нас подсећа на повратак Узвишеном Аллаху, Који је наш коначни циљ, повратак и одредиште.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/5490</t>
   </si>
   <si>
     <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>Јак верник је бољи и дражи Аллаху од слабог верника, а у обојици је добро</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Ебу Хурејре, Аллах био задовољан њиме, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Јак верник је бољи и дражи Аллаху од слабог верника, а у обојици је добро. Настој да радиш оно што ће ти користити, и тражи помоћ од Аллаха и немој клонути, а када те нека недаћа погоди немој рећи: 'Да сам урадио тако, било би тако и тако', него реци: 'Аллах је одредио и урадио је шта је хтео.' Заиста, 'да сам' отвара ђаволу могућност деловања.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
@@ -9752,51 +11189,51 @@
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/5794</t>
   </si>
   <si>
     <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>„Заиста је вера лагана, без тегоба. Ко год у вери наваљује с додацима, вера га савлада. Зато се држите умерености (средине), а ако неко од вас не буде у стању неки посао обавити у потпуности, нека се труди колико може</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Заиста је вера лагана, без тегоба. Ко год у вери наваљује с додацима, вера га савлада. Зато се држите умерености (средине), а ако неко од вас не буде у стању неки посао обавити у потпуности, нека се труди колико може. Будите радосни, и помажите се јутром, крајем дана и једним делом ноћи."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
-    <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да се вера ислам темељи на олакшању у свему, а поготово када је потреба у питању. Отежавање у верским делима доводи до слабости и неустрајавања на добрим делима, у потпуности или делимично. / Након тога, Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас је подстакао на умереност, без попуштања у ономе што је наређено и без претеривања које се огледа у оптерећивању оним што се не може поднети. Уколико не буде у стању да изврши оно што се тражи у потпуности, нека се макар потруди да то приближно испуни.
+    <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да се вера ислам темељи на олакшању у свему, а поготово када је потреба у питању. Отежавање у верским делима доводи до слабости и неустрајавања на добрим делима, у потпуности или делимично. Након тога, Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас је подстакао на умереност, без попуштања у ономе што је наређено и без претеривања које се огледа у оптерећивању оним што се не може поднети. Уколико не буде у стању да изврши оно што се тражи у потпуности, нека се макар потруди да то приближно испуни.
 Аллахов Посланик је, осим тога, обавестио да ће огромну награду добити онај ко устраје на добром делу, макар било мало и макар не могао радити на најпотпунији начин. Немогућност да се ради најпотпуније, ако човек за то није одговоран, то не изискује умањену награду.
 С обзиром да је овај свет, заправо, само средство до оног будућег, Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам је наредио да устрајемо на ибадету тако што ћемо повести рачуна о три временска раздобља:
 1. Јутро (الغَدْوَة), од наступа зоре па до изласка Сунца.
 2. Други дио дана (الرَوْحَة), што почиње откако се Сунце помери са зенита.
 3. Ноћ (الدُلْجَة). Њу треба искористити у потпуности или делимично. Радити добра дела током ноћи је захтевније од дана, те је због тога довољно искористити ноћ делимично.</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>Једноставност исламског шеријата и његова умереност.
 Роб мора да испуни оно што му је наређено у складу са његовим могућностима, без попуштања и без претеривања.
 Роб треба да изабере за ибадет временска раздобља када је живахан и енергичан.
 Ибн Хаџер ел-Аскалани је рекао: „Као да се Аллахов Посланик, нека је Аллахов благослов и мир на њега, обраћа путнику намернику. Ова три временска раздобља су најбоља за путника, када је он највише расположен. Супротно томе, ако би путник путовао даноноћно, не би могао издржати и прекинуо би путовање. Но, уколико се буде придржавао ова три раздобља, моћи ће устрајати на путовању без потешкоће.“
 Ибн Хаџер је такође казао: „У овом хадису се указује на то да се шеријатске олакшице требају користити. Уколико се не користи олакшица онда када је треба користити то је претеривање. На пример, ако неко не би узео тејеммум у ситуацији када му коришћење воде причињава штету, некоришћење олакшице проузроковаће му штету.“
 Ибнул Мунир је рекао: „У овом хадису се назире један од знакова посланства. Наиме, ми смо приметили, а и људи пре нас, да они који претерују у вери не устрају. Не ради се о томе да се неко не потруди да у потпуности придржава вере, то је, заправо, пожељно. Оно што је забрањено је претеривати у вери што доводи до тога да човеку вера досади или до тога да се не уради оно што је прече. Такође, у забрањено потпада и то да човек не уради оно што је обавезно у његовом времену као што је случај са оним ко клања ноћни намаз целу ноћ што га наведе да преспава сабах намаз у џемату или чак да преспава цели сабах.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/5795</t>
   </si>
@@ -10144,99 +11581,136 @@
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, наређује нам да људима олакшавамо у свим овосветским и оносветским стварима, а не да им причињавамо потешкоћу, под условом да све то буде у границама које је Узвишени Аллах прописао и дозволио.
 Осим тога, он нас подстиче да људима добро чинимо доступним, а не да их од њега растерујемо.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Људима је обавеза да друге Аллаху приближе и да их подстичу на добро.
 Нужно је да исламски мисионар (даија) мудро промисли о томе како да људе позове у ислам.
 Обвесељавање доводи до среће, приступачности и смирености мисионара у опхођење са људима.
 С друге стране, отежавање доприноси растеривању људи и неприхватању говора мисионара.
 Велика је Аллахова милост према Његовим робовима тако што им је прописао једноставну и прихватљиву веру.
 Олакшавање, које нам је наређено, прописано је шеријатом.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/5866</t>
   </si>
   <si>
+    <t>ألحقوا الفرائض بأهلها، فما بقي فلأولى رجل ذكر</t>
+  </si>
+  <si>
+    <t>„Поделите обавезне делове наслеђа онима којима припадају, а оно што преостане, припада најближем мушком рођаку.“</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلْحِقُوا الفَرَائِضَ بِأَهْلِهَا، فَمَا بَقِيَ فَلِأَوْلَى رَجُلٍ ذَكَرٍ».</t>
+  </si>
+  <si>
+    <t>Од Ибн Аббаса, Аллах био задовољан њима, преноси се да је Посланик, нека је Аллахов благослов и мир на њега, рекао: „Поделите обавезне делове наслеђа онима којима припадају, а оно што преостане, припада најближем мушком рођаку.“</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم القائمين على قسمة التركة أن يوزعوها على مستحقيها بالقسمة العادلة الشرعية كما أراد الله تعالى، فيعطى أصحاب الفروض المقدرة فروضهم في كتاب الله، وهي الثلثان والثلث والسدس والنصف والربع والثمن، فما بقى بعدها، فإنه يعطى إلى من هو أقرب إلى الميت من الرجال، ويسمون العصبة.</t>
+  </si>
+  <si>
+    <t>Посланик, нека је Аллахов благослов и мир на њега, наређује онима који се старају о подели оставштине умрле особе да је расподеле међу стварним наследницима који је заслужују, праведно, онако како је то Узвишени Аллах прописао у шеријату. 
+Најпре се дају унапред одређени делови власницима тих делова, како је одређено у Аллаховој Књизи. То су: две трећине, трећина, шестина, половина, четвртина и осмина.
+Оно што преостане од иметка, даје се најближим мушким сродницима умрлог, који се називају Асабе (наследници по сродству).</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في قسمة التركة.
+أن قسمة الفرائض تكون بالبداءة بأهل الفرائض.
+أن ما بقي بعد الفروض للعصبة.
+تقديم الأقرب فالأقرب فلا يرث عاصب بعيد كالعم، مع وجود عاصب قريب كالأب.
+أنه لا شيء للعاصب إذا استغرقت الفروض التركة، أي لم يبق منها شيئًا.</t>
+  </si>
+  <si>
+    <t>Хадис је темељно правило у подели оставштине (наследства).
+Подела наследства започиње доделом унапред прописаних делова наследницима који на њих имају право.
+Остатак иметка, након исплате прописаних делова, припада наследницима по сродству (Асабе).
+Примењује се начело „Ближи искључује даљег“. Према томе, удаљени рођак, на пример стриц, не наслеђује ако постоји ближи рођак, као што је отац.
+Наследницима по мушком сродству (Асабе) не припада ништа од наследства у случају да прописани делови обухвате целокупну оставштину.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/5887</t>
+  </si>
+  <si>
     <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
   </si>
   <si>
     <t>„Чувајте се осамљивања са женама које вам нису ближа родбина!“ Један енсарија упита: „А мужев брат?“ „Мужев брат је смрт.“</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
   </si>
   <si>
     <t>Преноси се од 'Укбе бин 'Амира, Аллах био задовољан њиме, да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Чувајте се осамљивања са женама које вам нису ближа родбина!“ Један енсарија упита: „А мужев брат?“ „Мужев брат је смрт.“</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
 فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
 فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, упозорио је на мешање са страним женама (које нам нису ближа родбина), нагласивши: Пазите се тога да не улазите код таквих жена, а и оне нека се пазе и чувају да не долазе код вас.
 Тада један од енсарија рече: Шта мислиш о мужевим рођацима, као што су мужев брат, братов син, његов стриц, стричев син, сестрић и њима слични, који би јој били дозвољени за брак да није удата?
 Посланик, нека је Аллахов благослов и мир на њега, одговорио је: „Чувајте се тога као што се чувате смрти!“ Разлог за то јесте што осамљивање с мужевим рођацима води у искушење и пропаст у вери. Мужеви рођаци, осим његовог оца и синова, пречи су да се одвоје од тих жена него други мушкарци који су страни, јер је осамљивање с том родбином чешће него с неким непознатим, и од њих се очекује већа опасност. Искушења с њима су вероватнија због лакшег приступа жени и могућности осамљивања, а да то не буде осуђено, јер се уобичајено олако гледа на њихову присутност. Мужев брат често остаје насамо са женом свога брата, што се у својој ружноћи и штетности пореди са смрћу, за разлику од страног мушкарца, код којег се опасност одмах препознаје.</t>
   </si>
   <si>
     <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
 هذا عامٌّ في الأجانب من أخي الزوج وأقاربه، الذين ليسوا محارم للمرأة، ولا بد من اعتبار أن يكون الدخول مقتضيًا للخلوة.
 الابتعاد عن مواطن الزَّلَل عامة، خشية الوقوع في الشر.
 قال النووي: اتفق أهل العلم باللغة على أنَّ الأحْمَاءَ أقاربُ زوج المرأة كأبيه وعمه، وأخيه وابن أخيه، وابن عمه ونحوهم، وأن الأَخْتَانَ أقاربُ زوجة الرجل، وأنَّ الأصْهارَ تقعُ على النوعين.
 شَبَّهَ (الحَمْوَ) بالموت، قال ابن حجر: والعرب تَصف الشيء المكروه بالموت، وجْهُ الشَّبَهِ أنه موتُ الدِّين إنْ وقعت المعصية، وموتُ المُختلي إن وقعت المعصية ووجب الرَّجْم، وهلاك المرأة بفراق زوجها إذا حَمَلَتْه الغَيْرَة على تَطلِيقِها.</t>
   </si>
   <si>
     <t>Забрана уласка код страних жена и осамљивања с њима служи као превенција и заштита од блуда.
 Ово се односи на све стране особе, укључујући мужеве рођаке и чланове породице који нису блиски сродници жене. Такође, важно је имати на уму да улазак подразумева могућност осамљивања.
 Удаљавање од места где може доћи до пропуста је препоручљиво, како би се избегло упадање у зло.
 Рекао је Невеви: „Сви учењаци су сагласни да израз ‘ел-ахма’ јесу сродници мужа, тј. мужеви рођаци и родбина, као што су његов отац, стриц, брат, син брата, стричев син и слични. Такође, израз ‘ел-ахтан’ указује на женине рођаке, док се израз ‘ел-асхар’ односи на обоје.“
 Хамв (братова родбина) упоређена је са смрћу. Рекао је Ибн Хаџер: „Арапи описују оно што је непожељно као смрт. Ова успоредба се темељи на томе што грех води до смрти вере, а тиме и до смрти онога ко га почини, јер грех захтева казну, попут каменовања. Такође, постоји и пропаст жене ако се њен муж раздвоји од ње због љубоморе која га је навела да је напусти.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/5888</t>
   </si>
   <si>
     <t>الورق بالذهب ربا، إلا هاء وهاء، والبر بالبر ربا، إلا هاء وهاء، والشعير بالشعير ربا، إلا هاء وهاء، والتمر بالتمر ربا، إلا هاء وهاء</t>
   </si>
   <si>
     <t>„Сребро за злато је камата, осим на лицу места (из руке у руку); пшеница за пшеницу је камата, осим на лицу места; јечам за јечам је камата осим на лицу места, и датуле за датуле је камата, осим на лицу места.“’</t>
   </si>
   <si>
     <t>عَنْ مَالِكِ بْنِ أَوْسِ بْنِ الْحَدَثَانِ أَنَّهُ قَالَ: أَقْبَلْتُ أَقُولُ مَنْ يَصْطَرِفُ الدَّرَاهِمَ؟ فَقَالَ طَلْحَةُ بْنُ عُبَيْدِ اللهِ وَهُوَ عِنْدَ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنهما: أَرِنَا ذَهَبَكَ، ثُمَّ ائْتِنَا، إِذَا جَاءَ خَادِمُنَا، نُعْطِكَ وَرِقَكَ، فَقَالَ عُمَرُ بْنُ الْخَطَّابِ: كَلَّا، وَاللهِ لَتُعْطِيَنَّهُ وَرِقَهُ، أَوْ لَتَرُدَّنَّ إِلَيْهِ ذَهَبَهُ، فَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ».</t>
   </si>
   <si>
-    <t>Преноси се од Малика бин Евс бин ел-Хадесана да је рекао: "Упитао сам: 'Ко жели заменити дирхеме (сребрњаке)?' Тада Талха бин Убејдуллах, који је био код Омера бин Ел-Хаттаба, Аллах био задовољан њиме, рече: 'Покажи нам своје злато, а потом дођи, када стигне наш слуга, па ћемо ти дати сребро.' Омер бин Ел-Хаттаб тада рече: 'Не, тако ми Аллаха, даћеш му његово сребро, или ћеш му вратити његово злато, јер је Посланик, нека је Аллахов благослов и мир на њега, рекао: „Сребро за злато је камата, осим на лицу места (из руке у руку); пшеница за пшеницу је камата, осим на лицу места; јечам за јечам је камата осим на лицу места, и датуле за датуле је камата, осим на лицу места.“’</t>
+    <t>Преноси се од Малика бин Евс бин ел-Хадесана да је рекао: „Упитао сам: ‘Ко жели заменити дирхеме (сребрњаке)?’ Тада Талха бин Убејдуллах, који је био код Омера бин Ел-Хаттаба, Аллах био задовољан њиме, рече: ‘Покажи нам своје злато, а потом дођи, када стигне наш слуга, па ћемо ти дати сребро.’ Омер бин Ел-Хаттаб тада рече: ‘Не, тако ми Аллаха, даћеш му његово сребро, или ћеш му вратити његово злато, јер је Посланик, нека је Аллахов благослов и мир на њега, рекао: „Сребро за злато је камата, осим на лицу места (из руке у руку); пшеница за пшеницу је камата, осим на лицу места; јечам за јечам је камата осим на лицу места, и датуле за датуле је камата, осим на лицу места.“’</t>
   </si>
   <si>
     <t>يُخْبِرُ التَّابِعِيُّ مالكُ بنُ أوس أنه كان عنده دَنانير ذهب، ويريد أنْ يَصْرِفَها بدراهم فضة، فقال له طلحةُ بن عبيد الله رضي الله عنه: أعطنا دنانيرَك لأَراها! ثم قال له بعد أن عَزَم على الشراء: ائتنا إذا جاء خادمُنا فيما بعد لنعطيَك دراهمَ الفضة، وكان عمر بن الخطاب رضي الله عنه حاضرًا في المجلس، فأنكر هذا النوع من المعاملة، وأقسم على طلحة أن يدفع الفضة الآن، أو يَردَّ إليه ذَهبَه الذي أخذه منه، وبيَّن سبب ذلك أن رسول الله صلى الله عليه وسلم ذَكَرَ أنَّ بَيعَ الفضة بالذهب أو العكس يجب أنْ يَقبِضَ المقابل مباشرة، وإلّا تكون تلك الصفقة ربًا محرّمًا، وبيعًا باطلًا، فلا يباع الذهب بالفضة ولا الفضة بالذهب إلا يدًا بيدٍ ويتم التقابض، ولا يباع البُر بالبر والقمحُ بالقمحِ والشعيرُ بالشعيرِ والتمر بالتمرِ إلا مثلًا بمثلٍ وزنًا بوزنٍ، كيلًا بكيل، يدًا بيد، ولا يباع شيء منها عاجلٌ بآجل، ولا يجوز التفرُّق قبل القبض.</t>
   </si>
   <si>
     <t>Таби'ин Малик бин Евс преноси да је имао златне динаре (златнике) које је желео заменити за сребрне дирхеме (сребрњаке). Тада му је Талха бин Убејдуллах, Аллах био задовољан њиме, рекао: ‘Дај нам своје динаре да их погледамо!’ Након што се одлучио на куповину, рекао му је: ‘Дођи код нас кад наш слуга стигне, па ћемо ти дати сребрне дирхеме.’ Омер бин ел-Хаттаб, Аллах био задовољан њиме, био је присутан на том скупу, те је осудио ову врсту трговине. Заклео је Талху Аллахом да, или одмах дадне сребро, или да врати злато које је узео. Потом је објаснио разлог тога, рекавши да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, споменуо да продаја сребра за злато или обрнуто мора бити извршена одмах, јер у супротном, то би била камата и неважећа купопродаја. Злато се не сме продавати за сребро, нити сребро за злато, осим из руке у руку, тј. да се роба преузме одмах. Такође, пшеница се не сме продавати за пшеницу, јечам за јечам, датуле за датуле, осим једнаком количином, вагањем или мерењем, из руке у руку, и не сме се продавати ништа од тога унапред, нити се смеју разићи пре узимања робе.</t>
   </si>
   <si>
     <t>الأصناف التي ذُكِرَتْ في هذا الحديث خمسة: الذهب والفضة والبر الشعير والتمر، فإذا حَصَل البيعُ في نفس الصنف فلابد من شرطين لصحته: التقابض في مجلس العقد، والتَّمَاثُل في الوزن كذَهَبٍ بِذَهَبٍ، وإلّا يكون ربا الفضل، وإذا اختلفت كفضة بقمح مثلًا فشَرْطٌ واحِدٌ لِصحّة العقد، وهو قَبْضُ الثَّمَن في مجلس العقد، وإلا يكون ربا النسيئة.
 يراد بمجلس العقد: مكان التَّبَايُع، سواء أكانا جالسَين، أم ماضِيَين، أم راكبين، ويراد بالتفرُّق ما يُعَد تَفَرُّقًا عُرْفًا بين الناس.
 النهي في الحديث يشمل جميع أنواع الذهب المَضْرُوبة وغيرها، وجميع أنواع الفضة مضروبة وغير مضروبة.
 العملات النَّقْدِية في هذا الزمن يجب فيها ما يجب في بيع الذهب بالفضة، أي أنه إذا أردت استبدال عملة بعملة أخرى كريال بدرهم فيجوز التفاضل بما يرضاه الطرفان، ولكن يجب التقابض في مجلس البيع، وإلا بَطَلَت الصَّفْقة، وأصبح التعامُل رِبَوِيًّا مُحرّمًا.
 التعاملات الرِّبوية لا تجوز، وعقدُها باطل ولو تراضا الطرفان؛ لأن الإسلام يحفظ للإنسان وللمجتمع حقَّه ولو تنازل هو عنه.
 النهي عن المنكر ومنعه لمن استطاع ذلك.
 ذكر الدليل عند إنكار المنكر، كما كان من عمر بن الخطاب رضي الله عنه.</t>
   </si>
   <si>
     <t>У овом хадису спомиње се пет врста робе: злато, сребро, пшеница, јечам и датуле. Ако се трговина одвија истом врстом робе, потребна су два услова да би трговина била исправна: предаја робе на месту склапања уговора и једнакост у тежини, као на пример, злато за злато. У противном, ради се о камати повећања (ар. риба ел-фадл). Ако се ради о различитим врстама робе, као што је трговина сребром за пшеницу, довољан је један услов за ваљаност уговора, а то је да се новац преда одмах на месту склапања уговора. У противном, ради се о камати одгоде (ар. риба ен-неси'е).
 Под појмом „место склапања уговора“ мисли се на место где се обавља купопродаја, било да се седи, креће или јаше (вози). Појам „раздвајање“ односи се на оно што се уобичајено сматра раздвајањем међу људима, према друштвеним нормама и обичајном праву.
 Забрана споменута у хадису обухвата све врсте злата, било да је ковано или не, као и све врсте сребра, било ковано или нековано. То значи да правила о непосредној замени и једнакости у тежини важе за све облике злата и сребра, без обзира на њихов облик или стање.
 Савремени новац подлеже истим правилима као и трговина златом за сребро. Ако желите заменити једну валуту за другу, попут саудијског ријала за дирхем (валута у Уједињеним Арапским Емиратима), дозвољена је разлика у вредности, све док се обе стране слажу. Међутим, новац мора бити предат одмах на месту склапања уговора, иначе трговина постаје неважећа и сматра се каматом (ар. риба), што је строго забрањено.
 Каматни послови нису дозвољени, а њихов уговор је неважећи, чак и ако се обе стране сложе. Ислам штити права појединца и друштва, чак и када се појединац одрекне тих права.
 Наређивање добра и спречавање зла је обавеза свакоме ко има способност да то учини.
 Приликом спречавања зла, вежно је навести доказ, као што је то урадио Омер бин ел-Хаттаб, Аллах био задовољан њиме.</t>
   </si>
@@ -10829,76 +12303,73 @@
   </si>
   <si>
     <t>Узорити асхаб, Абдуллах ибн Хубејб, нам казује да је изашао једне мрачне и кишовите ноћи заједно са неколико асхаба. Тражили су Аллаховог Посланика, нека је Аллахов благослов и мир на њега, како би клањали за њим. Када су га пронашли, Посланик је Абдуллаху рекао: "Реци!“ То јесте, учи! Но, Абдуллах му ништа није проучио. Посланик му понови исто, а Абдуллах ће затим: "Шта да учим, Аллахов посланиче?“ Посланик му рече: "Проучи: Кул хуваллаху ехад, и му'авизетејни када омркнеш и када осванеш по три пута, заштитиће те од свега лошег и неваљалог.“</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Похвално је учити суре ел-Ихлас, ел-Фелек и ен-Нас ујутро и навече. То човеку пружа заштиту од сваког зла.
 Вредност учења сура ел-Ихлас, ел-Фелек и ен-Нас.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/6082</t>
   </si>
   <si>
     <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>„Нема човека који навече три пута каже: ‘У име Аллаха, са чијим именом никакво зло ни на Земљи ни на набесима неће наудити, и Он све чује и све зна’, а да не буде заштићен од сваког зла све док не осване</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
-    <t>Преноси се од Ебана бин Османа да је рекао: Чуо сам Османа бин Аффана, Аллах био задовољан њиме, да је рекао: Чуо сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је рекао: „Нема човека који навече три пута каже: ‘У име Аллаха, са чијим именом никакво зло ни на Земљи ни на набесима неће наудити, и Он све чује и све зна’, а да не буде заштићен од сваког зла све док не осване, ‘а ко три пута изговори ове речи када осване, неће га задесити изненадна недаћа све до вечери.’ После је Ебана бин Османа задесила парализа, па је човек који је чуо хадис од њега гледао у Ебана, а он га упита: ‘Зашто ме гледаш? Тако ми Аллаха, нисам слагао на Османа, нити је Осман слагао на Посланика, нека је Аллахов благослов и мир на њега, али, на дан када ме то задесило, био сам љут и заборавио сам да проучим ове речи.’“</t>
+    <t>Преноси се од Ебана бин Османа да је рекао: „Чуо сам Османа бин Аффана, Аллах био задовољан њиме, да је рекао: Чуо сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је рекао: „Нема човека који навече три пута каже: ‘У име Аллаха, са чијим именом никакво зло ни на Земљи ни на набесима неће наудити, и Он све чује и све зна’, а да не буде заштићен од сваког зла све док не осване, ‘а ко три пута изговори ове речи када осване, неће га задесити изненадна недаћа све до вечери.’ После је Ебана бин Османа задесила парализа, па је човек који је чуо хадис од њега гледао у Ебана, а он га упита: ‘Зашто ме гледаш? Тако ми Аллаха, нисам слагао на Османа, нити је Осман слагао на Посланика, нека је Аллахов благослов и мир на њега, али, на дан када ме то задесило, био сам љут и заборавио сам да проучим ове речи.’“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, појаснио је да онај ко ујутро, након појаве зоре, и навече, пре заласка сунца, три пута изговори: (У име Аллаха), тражим помоћ и заштиту од свега што може наудити, (с чијим именом никакво зло неће наудити), ма колико било велико и опасно, (ни на Земљи), нити недаћа која се може појавити из ње, (ни на небесима), нити недаћа која се може с неба спустити, јер Он је Онај који чује све наше речи и Онај који све зна о нашем стању.
-. Ко то изговори увече, неће га изненада задесити несрећа све до јутра, а ко то изговори ујутро, неће га изненада задесити несрећа све до вечери.
+Ко то изговори увече, неће га изненада задесити несрећа све до јутра, а ко то изговори ујутро, неће га изненада задесити несрећа све до вечери.
 Тако је преносиоца овог хадиса, Ебана бин Османа, задесила парализа, која је захватила једну страну тела. Човек који је чуо хадис од њега посматрао је Ебана с чуђењем! Ебан му рече: ‘Зашто ме тако гледаш!? Тако ми Аллаха, нисам слагао на Османа, нити је Осман слагао на Посланика, нека је Аллахов благослов и мир на њега. На дан када ме то задесило, Узвишени Аллах је одредио да не изговорим ове речи, јер ме обузео бес и заборавио сам их проучити.’</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>Препоручује се изговарање овог зикра ујутро и навече, како би човек, уз Аллахову вољу, био заштићен од изненадних несрећа, невоља или сличних неугодности.
 Снага убеђења првих генерација у Аллаха и њихово поверење у оно што је Посланик, нека је Аллахов благослов и мир на њега, пренео.
 Једна од користи честог учења зикрова у јутарње и вечерње време јесте и то да муслиман не буде немаран и да се стално присећа да је он Аллахов роб.
 На основу јачине вере онога ко спомиње Узвишеног Аллаха, његове понизности и присутности срца, уз искреност и убеђење, остварује се учинак зикра.</t>
-  </si>
-[...1 lines deleted...]
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/6093</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>Изговарај: 'Ла илахе иллаллах вахдеху ла шерике леху, Аллаху екберу кебира, вел-хамду лиллахи кесира, субханаллахи раббил-'алемин, ла хавле ве ла куввете илла биллахил-'азизил-хаким</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Са'д, Аллах био задовољан њим, је рекао: да је неки пустињак дошао Аллаховом Посланику, нека је Аллахов благослов и мир на њега, те му је рекао: "Подучи ме нечему што ћу изговарати!“ Посланик му рече: "Изговарај: 'Ла илахе иллаллах вахдеху ла шерике леху, Аллаху екберу кебира, вел-хамду лиллахи кесира, субханаллахи раббил-'алемин, ла хавле ве ла куввете илла биллахил-'азизил-хаким. (Нема истинског бога мимо Аллаха, Јединог, Који нема саучесника. Аллах је највећи, Њега много хвалимо. Узвишен је Аллах, Господар светова. Нема промене нити моћи мимо Аллаха, Силног и Мудрог).“
 Пустињак рече: "То је за мог Господара, шта је за мене? Изговарај: Аллахуммаг-фирли вер-хамни вех-дини вер-зукни' (Аллаху, опрости ми, смилуј ми се, упути ме и опскрби ме)“, одговори му Посланик.</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
@@ -11995,50 +13466,53 @@
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Од Семуре бин Џундеба и ел-Мугире бин Шу'бета, Аллах био задовољан њима, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Ко пренесе од мене говор за који мисли да је измишљен на мене, онда је он један од лажљиваца.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас обавештава да онај ко пренесе од њега хадис за којег зна сигурно или му преовладава мишљење да је лаж – он ће бити саучесник у греху са оним ко га је првобитно измислио.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>Важно је проверити исправност хадиса Аллаховог Посланика, нека је Аллахов благослов и мир на њега, и поузданост његових преносиоца.
 Својство лажи тиче се онога ко измисли неку лаж, а исто тако и на онога ко је преноси и шири међу људима.
 Забрањено је преносити апокрифан хадис ономе ко зна да је одређени хадис такав, или код њега преовладава такво мишљење. Изузетак овоме је једино да се тај хадис пренесе како би се упозорило на њега.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
+    <t>[رواه مسلم في مقدمته]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sr/browse/hadith/6982</t>
   </si>
   <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Његов морал је био Кур'ан.“, узврати му она</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Са'д бин Хишам бин 'Амир је рекао, када је ушао код Аише, Аллах био задовољан њоме: "Мајко правоверних, кажи ми нешто о моралу Аллаховог Посланика, нека је Аллахов благослов и мир на њега.“ "Она је рекла: "Зар не учиш Кур'ан?“ "Учим“ , одговори он. "Његов морал је био Кур'ан.“, узврати му она.</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Аиша, Аллах био задовољан њом, била је упитана о моралу Аллаховог Посланика, нека је Аллахов благослов и мир на њега, па је дала језгровит одговор. Упутила је онога ко ју је питао на Кур'ан, казавши да је морал Аллаховог Посланика био оличење Кур'ана. Оно што Кур'ан нареди, по томе Посланик поступи, оно што забрани, тога се клони. Дакле, целокупна његова пракса била је заснована на Кур'ану.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
@@ -12288,50 +13762,53 @@
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>Питао је један човек Посланика, нека је Аллахов благослов и мир на њега: „Ми се укрцавамо на бродове на мору ради риболова или трговине и слично, и носимо мало питке воде са собом. Ако користимо ту воду за абдест и купање, она нестане, а ми не нађемо шта да пијемо. Да ли нам је дозвољено да се абдестимо морском водом?“
 Рекао је Посланик, нека је Аллахов благослов и мир на њега, о морској води: „Морска вода је чиста и она чисти; дозвољено се абдестити њоме и купати се у њој, а храна која се из ње вади, као што су рибе, такође је халал, чак и ако се на површини нађе угинула животиња која није уловљена.“</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>Угинула животиња из мора је дозвољена (халал), а под тим се мисли на оно што је угинуло у њему и што не може преживети ван њега.
 Одговор на питања са додатним информацијама, мимо самог питања, доноси већу корист.
 Вода остаје чиста и даље се може користити за абдест ако се промени њен укус, боја или мирис нечим чистим, све док задржава своју природу као вода, чак и ако се појача њена сланост, топлина или хладноћа.
 Морска вода има способност да уклања веће и мање нечистоће, што значи да може послужити за абдест и чистоћу. Такође, може очистити привремене нечистоће које се налазе на телу или одећи.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sr/browse/hadith/8355</t>
   </si>
   <si>
     <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>‘Када вода достигне количину два куллета, не може је ништа онечистити.’“</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>Абдуллах бин Омер, Аллах био задовољан њима, је рекао: „Упитан је Посланик, нека је Аллахов благослов и мир на њега, о води на коју долазе разне животиње и звери. Па је Посланик, нека је Аллахов благослов и мир на њега, одговорио: ‘Када вода достигне количину два куллета, не може је ништа онечистити.’“</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>Неко је упитао Посланика, нека је Аллахов благослов и мир на њега, о чистоћи воде коју користе животиње и звери; да ли је као таква погодна за пијење и слично. Он је одговорио да, ако вода достигне запремину од два велика куллета, што одговара отприлике 210 литара, тада се сматра великом количином воде, која не постаје нечиста, осим ако се промени једна од три особине: боја, укус или мирис, услед додира са нечистоћом.</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
   </si>
   <si>
@@ -12534,50 +14011,121 @@
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Аиша, Аллах био задовољан њом, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, спомињао и величао Аллаха у сваком стању.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Аиша, Аллах био задовољан њом, обавештава нас да се Аллахов Посланик, нека је Аллахов благослов и мир на њега, изнимно трудио у спомињању Узвишеног Аллаха, те да Му је чинио зикр у сваком стању, сваком времену и на сваком месту.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Није услов да верник буде чист од свих врста нечистоћа да би могао спомињати Аллаха.
 Истрајност Аллаховог Посланика, нека је Аллахов благослов и мир на њега, на спомињању Узвишеног.
 Подстицај на често спомињање Аллаха у свакој прилици, те да у томе треба следити Његовог Посланика, нека је Аллахов благослов и мир на њега. С тим што из овога треба изузети нека стања у којима је забрањено или покуђено зикрити попут обављања физиолошке потребе.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/8402</t>
+  </si>
+  <si>
+    <t>لا يرمي رجل رجلا بالفسوق، ولا يرميه بالكفر، إلا ارتدت عليه، إن لم يكن صاحبه كذلك</t>
+  </si>
+  <si>
+    <t>„Нека човек не назива другог човека грешником или неверником, јер ће се то вратити на њега ако његов саговорник није такав.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رَضِيَ اللَّهُ عَنْهُ أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ يَرْمِي رَجُلٌ رَجُلًا بِالفُسُوقِ، وَلاَ يَرْمِيهِ بِالكُفْرِ، إِلَّا ارْتَدَّتْ عَلَيْهِ، إِنْ لَمْ يَكُنْ صَاحِبُهُ كَذَلِكَ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Зерра, нека је Бог задовољан њиме, преноси се да је чуо Посланика, нека су на њега мир и благослов Божији, како каже: „Нека човек не назива другог човека грешником или неверником, јер ће се то вратити на њега ако његов саговорник није такав.“</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم أنّ مَن قال لآخر: أنت فاسق، أو: أنت كافر، فإنْ كان ليس كما قال، كان هو المُستَحِق للوصف المذكور ورَجَعَ عليه قولُه، وأما إذا كان كما قال لم يرجع عليه شيء؛ لكونه صدق فيما قال.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, упозорио је да онај ко каже другом: „Ти си грешник“ или „Ти си неверник“, ако та особа није таква каквом ју је назвао, онда ће онај ко је то изговорио бити достојан тог описа, и његова реч ће се вратити на њега. Међутим, ако је тачно оно што је рекао, тада му се ништа не враћа, јер је говорио истину.</t>
+  </si>
+  <si>
+    <t>تحريم رمي الناس بالكفر أو الفسق، بغير مُسَوِّغ شرعي.
+وجوب التثبُّت في إصدار الأحكام على الناس.
+قال ابن دقيق العيد: وهذا وعيد عظيم لمن أكفر أحدًا من المسلمين وليس كذلك، وهي ورطة عظيمة.
+قال ابن حجر العسقلاني: ولكن لا يلزم من كونه لا يصير بذلك فاسقًا ولا كافرًا أن لا يكون آثمًا في صورة قوله له: أنت فاسق، بل في هذه الصورة تفصيل: إن قَصَدَ نُصْحَه أو نُصْحَ غيرِه بِبَيان حاله جاز، وإن قَصَدَ تَعْيِيْرَه وشُهرَتَه بذلك ومَحْضَ أذاه لم يجز؛ لأنه مأمور بالستر عليه وتعليمه وعِظَتِه بالحسنى، فمهما أمكنه ذلك بالرفق لا يجوز له أن يفعله بالعُنْف؛ لأنه قد يكون سببًا لإغرائه وإصراره على ذلك الفعل كما في طَبْعِ كثير من الناس من الأَنَفَة، ولا سيّما إن كان الآمِرُ دونَ المأمورِ في المنزلة.</t>
+  </si>
+  <si>
+    <t>Забрањено је оптуживати људе за неверство или грешност без оправданог шеријатског разлога.
+Обавезно је бити сигуран и темељит при доношењу пресуда о другима.
+Ибн Декик ел-Ид је рекао: „Ово је жестоко упозорење за онога ко оптужи некога од муслимана за неверство, а да то није истина. То је веома озбиљна замка.“
+Ибн Хаџер ел-Асалани је рекао: „Међутим, не значи тај који с правом каже другом: "ти си грешник" или "ти си неверник" није грешан, иако је погодио. Ту има детаљно појашњење: 
+- ако је то рекао са намером да га посаветује или да упозори друге указујући на његово стање, онда је то дозвољено. Али ако је намера да га осрамоти, учини га предметом ругла или му нанесе штету, то није дозвољено. Он је обавезан да прекрије његове грехе, подучи га и саветује на леп начин. Ако је могуће постићи циљ љубазношћу, онда није дозвољено прибегавати оштрини, јер то може довести до тврдоглавости и упорности у греху, као што је случај са многима због њиховог осећаја поноса, нарочито ако онај ко упозорава има мањи углед од онога коме се обраћа.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/8883</t>
+  </si>
+  <si>
+    <t>إن الشيطان قد أيس أن يعبده المصلون في جزيرة العرب، ولكن في التحريش بينهم</t>
+  </si>
+  <si>
+    <t>‘Заиста је шејтан изгубио наду да ће на Арапском полуострву бити обожаван од стране оних који обављају намаз, али није изгубио наду да ће их завадити.’“</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ الشَّيْطَانَ قَدْ أَيِسَ أَنْ يَعْبُدَهُ الْمُصَلُّونَ فِي جَزِيرَةِ الْعَرَبِ، وَلَكِنْ فِي التَّحْرِيشِ بَيْنَهُمْ».</t>
+  </si>
+  <si>
+    <t>Од Џабира, нека је Бог задовољан њиме, преноси се да је рекао: „Чуо сам Посланика, нека су на њега мир и благослов Божији, како каже: ‘Заиста је шејтан изгубио наду да ће на Арапском полуострву бити обожаван од стране оних који обављају намаз, али није изгубио наду да ће их завадити.’“</t>
+  </si>
+  <si>
+    <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ إبليس أَيِسَ أنْ يَعُوْدَ المؤمنون المصلون لعبادته والسجود للصنم في جزيرة العرب، ولكنه لا زال يَطْمَع، ولا زال جهده وكَدُّه وعملُه وسعيُه في التَّحريش بينهم بالخصومات والشَّحْنَاء والحروب والفتن ونحوها.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, обавестио је да је Иблис изгубио наду да ће се верници вратити његовом обожавању и клањању идолима на Арапском полуострву. Међутим, он и даље жуди и наставља свој труд, напор и деловање у изазивању раздора међу њима, подстичући свађе, непријатељства, ратове и смутње и сличне ствари.</t>
+  </si>
+  <si>
+    <t>عبادة الشيطان عبادة الصنم، لأنه الآمِرُ به والداعي إليه، بدليل قوله تعالى عن إبراهيم عليه السلام: (يا أبت لا تعبد الشيطان…).
+الشيطان يَسعى في إيقاع الخصومات والشَّحْناء والحروب والفتن بين المسلمين.
+من فوائد الصلاة في الإسلام أنها تَحفظ المَوَدّة بين المسلمين، وتُقَوِّي روابط الأُخُوّة بينهم.
+الصلاة أعظم شعائر الدين بعد الشهادتين، ولذلك أطلق على المسلمين المُصَلِّين.
+جزيرة العرب لها خصائص دون غيرها من البلاد.
+إن قيل قد وقع في بعض جزيرة العرب عبادة الأصنام، والنبي صلى الله عليه وسلم يقول: (إن الشيطان قد أيس أن يعبده المصلون..)، فهذا إخبار عما وقع في نفس الشيطان مِن اليأس لِمَا رأى الفتوح، ودخول الناس في دين الله أفواجًا، فالحديث أخبر عن ظن الشيطان وتوقُّعِه، ثم كان الواقع بخلاف ذلك لحكمة يريدها الله عز وجل.</t>
+  </si>
+  <si>
+    <t>Обожавање шејтана значи обожавање идола, јер је он тај који наређује и позива на то, као што је потврђено у речима Узвишеног Бога о Абрахаму, нека је мир на њега: „О оче мој, не обожавај шејтана...“
+Шејтан настоји да изазове свађе, непријатељство, ратове и смутње међу муслиманима.
+Једна од користи намаза у исламу је да чува љубав међу муслиманима и јача везе братства међу њима.
+Намаз је највећи обред у вери након два сведочења (шехадета), због чега су муслимани названи „они који клањају (мусалини)“.
+Арапско полуострво има посебне карактеристике које га издвајају од осталих земаља.
+Ако неко каже да је на неким местима на Арапском полуострву дошло до обожавања идола, иако је Посланик, нека су на њега мир и благослов Божији, рекао: „Заиста је шејтан изгубио наду да ће га обожавати они који који обављају молитву...“, то је зато што хадис говори о ономе што је шејтан осећао и о његовој нади која је нестала када је видео освајања и масовно улажење људи у ислам. Хадис нас обавештава о шејтановој нади и очекивању, али стварност је била другачија, по Божијој мудрости.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/8886</t>
   </si>
   <si>
     <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
   </si>
   <si>
     <t>„Упитао сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, о изненадном погледу па ми је наредио да склоним поглед“</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
   </si>
   <si>
     <t>Џерир бин Абдуллах, Аллах био задовољан њиме, преноси: „Упитао сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, о изненадном погледу па ми је наредио да склоним поглед“.</t>
   </si>
   <si>
     <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
   </si>
   <si>
     <t>Џерир бин Абдуллах, Аллах био задовољан њиме, упитао је Аллаховог Посланика, нека је Аллахов благослов и мир на њега, о изненадном погледу мушкарца према жени, а Посланик му је казао да му је обавеза да обори поглед чим постане свестан, те да за то неће имати греха.</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
 التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
 فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
 فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
 رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
@@ -12885,51 +14433,51 @@
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Од Умму 'Атијје, Аллах био задовољан њом, се преноси, а она је била једна од жена које су дале присегу Аллаховом Посланику, да је рекла: "Суфру и кудру (смећкасто-црвенкасту текућину) нисмо сматрали проблематичном након што се установи чистоћа.“</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Угледна асхабијка Умму 'Атијје, Аллах био задовољан њом, нам казује да жене у време Аллаховог Посланика, нека је Аллахов благослов и мир на њега, нису сматрале менструацијом смеђкасту или црвенкасту текућину која излази из сполног органа након што се утврди чистоћа. У складу с тим, не би остављале молитву ни пост ради ње.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Текућина која излази из сполног органа жене након што се очисти од менструације, неће се третирати месечним циклусом макар била смећкасто-црвенкасте боје.
 Излазак кудре и суфре током циклуса сматра се менструацијом. То је, дакле, крв која излази у уобичајеном периоду која је помешана са водом.
 Жена због кудре и суфре која се појави након чистоће неће остављати молитве и пост. Напротив, узимаће абдест и клањаће молитве регуларно.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[رواه أبو داود بهذا اللفظ، ورواه البخاري بدون زيادة (بعد الطهر)]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>Сачекај док прође временски период менструације, а потом се окупај</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Аиша, мајка правоверних, Аллах био задовољан њом, преноси да се Умму Хабиба бинт Џахш, супруга Абдур-Рахмана бин 'Авфа, пожалила Аллаховом Посланику на крв која јој је истицала па јој је он рекао: "Сачекај док прође временски период менструације, а потом се окупај.“ Она се, након тога, купала за сваку прописану молитву.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Једна се асхабијка обратила Аллаховом Посланику, нека је Аллахов благослов и мир на њега, у вези са сталним крварењем којег има. Посланик јој је указао да не обавља молитву онолико колико јој је трајала менструација пре него јој је наступило то нерегуларно крварење. Када прође тај период, нека се окупа и нека клања. Но, она се након тога добровољно купала за сваку наступајућу молитву.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
@@ -13430,50 +14978,53 @@
   <si>
     <t>Од Ебу Умаме, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Онога ко проучи ајетул-курси након сваког обавезног намаза, од уласка у Рај дијели само смрт.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, у овом хадису појашњава да онај ко проучи након сваког обавезног намаза ајетул-курси, да га од уласка у Рај дијели само смрт. То је ајет (цитат) из суре ел-Бекара: „Аллах је, нема бога осим Њега, Живи и Самоопстојећи Одржаватељ свега! Не обузима Га ни дремеж ни сан! Његово је оно што је на небесима и на Земљи! Ко се може пред Њим заузимати без Његовог допуштења?! Он зна шта је било пре и шта ће бити после њих, а они не могу обухватити од Његовог знања осим колико Он жели. Његов Курсиј обухвата и небеса и Земљу и Њему није тешко одржавати их! Он је Свевишњи и Величанствени!" (Ел-Бекара, 255.)</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Вредност овог ајета је огромна јер говори о Аллаховим лепим именима и савршеним својствима.
 Похвалност учења овог величанственог ајета након сваког обавезног намаза.
 Чињење добрих дела је узрок уласка у Рај.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sr/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>‘Клањај стојећи. Ако не можеш, онда седећи, а ако не, онда лежећи на боку!’“</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Имран бин Хусајн, Аллах био задовољан њим, је рекао: "Имао сам хемороиде па сам упитао Аллаховог Посланика, како да клањам, а он ми рече: ‘Клањај стојећи. Ако не можеш, онда седећи, а ако не, онда лежећи на боку!’“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам скреће пажњу да је основни начин обављања намаза у стојећем положају. Ако човек није то у могућности, онда нека клања седећи, а ако не може ни то, онда лежећи на боку.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
@@ -13717,56 +15268,50 @@
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ибн Мес'уд нас обавештава да их је Аллахов Посланик подучио хутбетул-хаџе, а она се изговара приликом отпочињања говора као на пример приликом склапања брачног уговора, приликом џуманске хутбе (проповед петком) и тако даље. Ова хутба садржи величанствена значења. Наиме, она указује да Узвишени Аллах заслужује да Му се припишу све врсте похвале, те се у њој од Њега тражи помоћ и опрост и ни од кога другог. Осим тога, у њој се само Њему утиче од свих зала.
 Након тога, Посланик нас је обавестио да је упута у Аллаховим рукама. Кога Он упути нико га у заблуду не може одвести, а кога Он у заблуду одведе нико га не може упутити.
 Потом, говори нам се о сведочењу да нема истинског бога мимо Аллаха и да је Мухаммед Његов роб и Посланик.
 На крају, ова хутба завршава се ајетима у којима нам се наређује богобојазност, која се огледа у чињењу оног што нам се наређује и остављању оног што нам се забрањује ради постизања гледања у Аллахово лице. Ко буде тако поступао, имаће као награду исправност добрих дела и говора, биће му опроштени греси, имаће (духовно) леп живот на овом, и ући ће у Рај на оном свету.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Похвално је говор започети са хутбетул-хаџе приликом склапања брака, џуманске хутбе и другим приликама.
 Хутба треба да садржи захвалу, потврду речи сведочења да је само Један Бог достојан обожавања и да је Мухаммед Његов роб и посланик, и неке кур'анске ајете.
 Аллахов Посланик, нека је Аллахов благослов и мир на њега, подучава своје асхабе ономе што им користи у вери.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sr/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Нема брака без дозволе старатеља.“</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Ебу Муса ел-Еш'ари, Аллах био задовољан њиме, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Нема брака без дозволе старатеља.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да брак неће бити исправан све док га не склопи старатељ жене.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
@@ -13923,51 +15468,51 @@
 Ес-Субки је рекао: „Реч сабијј (الصَّبِيّ) представља малодобно дете."
  Други учењаци су казали да се дете у мајчиној утроби назива џенин (جنين '- ембрион), па када буде рођено назива се сабијј. Након тога, када престане са дојењем назива се гулам (غلام – дечак) све до његове седме године живота. Тада се назива јафи' (يافِع) до десете године, а од тада је хазур па све до петнаесте године. Међутим, оно што се сигурно може казати јесте да се то дете назива сабијјом у свим овим стањима. То је потврдио ес-Сујути.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/58148</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Ко изађе из покорности и напусти џем'ат (заједницу муслимана) па умре, његова смрт је паганска</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Ко изађе из покорности и напусти џем'ат (заједницу муслимана) па умре, његова смрт је паганска. Онај ко се буде борио ради неистине, љутио се ради припадности племену, позивао и помагао само на основу тога, па умре у таквом стању, и његова смрт је паганска. Онај ко устане против мог уммета убијајући и покорне и непокорне робове, не избегавајући вернике и не испуњавајући уговоре, такав није од мене, нити сам од њега.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да онај ко се повуче од покорности владарима и напусти заједницу муслимана, те умре на томе, умро је као паганин. То су они који не исказују послушност према владарима и не осећају се делом заједнице муслимана, већ су подељени у групице убијајући једни друге.
-. Посланик нас је такође обавестио о ономе ко се бори под заставом за коју не зна да ли се њоме подржава истина или не. Такав се љути искључиво ради племенске припаднности, а не ради истине и ове вере. Када се тај бори и умре у том стању, и његова смрт ће бити паганска.
+Посланик нас је такође обавестио о ономе ко се бори под заставом за коју не зна да ли се њоме подржава истина или не. Такав се љути искључиво ради племенске припаднности, а не ради истине и ове вере. Када се тај бори и умре у том стању, и његова смрт ће бити паганска.
 Онај ко устане против уммета Аллаховог Посланика, нека је Аллахов благослов и мир на њега, убијајући побожне и грешнике, не презајући од убијања и наношења штете верницима и не испуњавајући потребне уговоре са владарима или са неверницима - учинио је велики грех. Ко се у ово упусти заслужује силну казну.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Покорност надређеним је обавезна уколико се не ради о грешењу према Аллаху.
 У овом хадису наводи се жестока претња за онога ко напусти покорност владару и ко одбаци муслиманску заједницу. Ако умре у таквом стању, умреће на пагански начин.
 У хадису се наводи забрана борбе ради племенске или националне припадности.
 Обавеза је испуњавати уговоре.
 У покоравању надлежнима и придржавању заједнице муслимана велико је добро, сигурност и просперитет.
 Забрањено је опонашати стања пагана.
 Наређено нам је да се држимо заједнице муслимана.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -13979,84 +15524,127 @@
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>Од Арфеџеa, Аллах био задовољан њиме, се преноси да је рекао: "Чуо сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је рекао: ‘Ако сте окупљени заједно око једног човека, па вам приступи неко желећи да вас раздвоји и да немир међу вама унесе, убијте га!’“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да када се муслимани окупе око једног владара, а потом се појави неко ко жели да преузме власт или жели да наруши заједништво муслимана, њима је обавеза да му се одупру и да га убију како би спречили његово зло и како би заштитили крв муслимана.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Обавеза је бити послушан и покоран владару муслимана изузев ако се ради о нечему што је грех према Узвишеном Аллаху.
 Ко устане против владара муслимана и њиховог заједништва, обавеза је убити га, ма колику он имао част и положај.
 Подстицај на муслиманско заједништво и нераздвајање.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/58223</t>
   </si>
   <si>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>„Клоните се ових срамотних дела која је Бог забранио. А ко их ипак почини, нека се сакрије покровом Божијим и нека се покаје Богу. Јер ко нам открије свој преступ, ми ћемо према њему применити Божији закон.“</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>Од Абдуллаха ибн Омера, нека је Бог задовољан њима, преноси се да је Божији Посланик, нека су на њега мир и благослов, након што је извршио казну над човеком из племена Еслам, рекао: „Клоните се ових срамотних дела која је Бог забранио. А ко их ипак почини, нека се сакрије покровом Божијим и нека се покаје Богу. Јер ко нам открије свој преступ, ми ћемо према њему применити Божији закон.“</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>Ибн Омер, нека је Бог задовољан њиме и његовим оцем, пренео је да је Посланик, нека су на њега мир и благослов, након што је извршена казна над Ма'изом ибн Маликом ел-Есламијем, због греха прељубе, одржао говор и рекао: „Клоните се ових срамотних дела, нечистота и одвратних грехова које је Бог забранио. Ко их почини, обавезан је на две ствари: Прва обавеза: Да се сакрије и чува своју грешку, као што га је Бог сакрио, и да не открива свој грех другима. Друга обавеза: Да пожури са покајањем Богу и не устрајава у греху. А ако неко открије свој грех и он постане познат, извршићемо над њим казну прописану у Божијој књизи за тај грех.“</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>Подстицање грешника да сакрије свој грех и покаје се и да остане грех између њега и његовог Господара.
+Када казна за преступ постане позната владару или надлежном органу, неопходно је извршити прописану казну.
+Обавеза је клонити се грехова и искрено се покајати за њих.</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/58240</t>
+  </si>
+  <si>
     <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>„Све што опија је алкохол, и све што опија је харам (забрањено). Ко умре, а устрајавао је у пијењу вина, неће га пити на Ахирету (у Рају).“</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>Од Ибн Омера, Аллах био задовољан њима, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Све што опија је алкохол, и све што опија је харам (забрањено). Ко умре, а устрајавао је у пијењу вина, неће га пити на Ахирету (у Рају).“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, је појаснио да је алкохол све оно што опија разум и од чега се губи трезвеност, било да се уноси пићем, храном, удисањем или ушмркивањем и слично, као и то да је Узвишени Аллах забранио све што опија разум човека, без обзира било то у малим или великим количинама. Као и да свако ко конзумира било коју врсту опојних средстава, устрајно , и не покаје се од тога пре смрти, заслужује да буде кажњен од Аллаха тако што ће му бити ускраћено вино у Рају.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Узрок забране алкохола јесте због особине опијања коју има при себи, тако да свака врста опојних средстава бива строго забрањена.
 Аллах је забранио опојна средства јер су она штетна и погубна за човека.
 Док је пиће у Рају потпуна благодат и ужитак које у себи нема особине опијања.
 Ко се не буде сустегао од конзумирања алкохола на овом свету, Аллах ће му забранити пиће у рају, јер је награда сходно учињеном делу.
 Подстицање на покајање пре него дође смртни час.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/58259</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Ко убије онога ко је склопио договор са муслиманима, неће осетити ни мирис Раја, а његов се мирис, заиста, осећа на удаљености од четрдесет година.“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Од Абдуллаха бин 'Амра, Аллах био задовољан њима, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Ко убије онога ко је склопио договор са муслиманима, неће осетити ни мирис Раја, а његов се мирис, заиста, осећа на удаљености од четрдесет година.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да страшна претња следи ономе ко убије неверника који је склопио уговор са муслиманима. Такав неће осетити мирис Раја, иако се он осети на удаљености од четрдесет година путовања.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
@@ -15921,56 +17509,50 @@
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Од Абдуллаха бин Амра, Аллах био задовољан њима, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Рећи ће се учачу Кур'ана на Судњем дану: ‘Учи и пењи се, учи лепо и разговетно, као што си и на дуњалуку учио, јер уистину је твоје место код последњег ајета којег проучиш’.”</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас обавештава да ће се на Судњем дану рећи учачу Кур'ана, ономе ко је радио по њему и ко га је учио напамет, када уђе у Џеннет: „Учи Кур'ан и тако се пењи и уздижи по џеннетским степенима. Учи Кур'ан смирено и правилно као што си га учио на дуњалуку, заиста ће ти у Џеннету припасти место код последњег ајета којег будеш проучио.”</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Награда ће бити сходно делима која је човек радио, и по квантитету и по квалитету.
 Подстицај на читање и учење Кур'ана напамет, те размишљање и рад по њему.
 У Џеннету (Рају) се налазе бројна места и степени. Они који су били са Кур'аном присни постићи ће његове највеће степене.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sr/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>„Онај ко наглас учи Кур'ан је попут онога ко јавно удељује молистињу, а онај ко у себи учи Кур'ан налик је ономе ко у тајности даје милостињу.”</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Преноси се од 'Укбе бин 'Амира ел-Џухенија, Аллах био задовољан њиме, да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Онај ко наглас учи Кур'ан је попут онога ко јавно удељује молистињу, а онај ко у себи учи Кур'ан налик је ономе ко у тајности даје милостињу.”</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам у овом хадису појашњава да је онај ко наглас учи Кур'ан сличан ономе ко удељује милостињу јавно пред свима. Исто важи и обратно, онај ко учи Кур'ан тихо личи ономе ко у тајности даје милостињу.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Тихо учење Кур'ана је боље као што је удељивање милостиње у тајности вредније. Човек ће на тај начин лакше постићи искреност и биће удаљенији од претварања и самодопадљивости. Међутим, уколико потреба и већа корист изискују да се наглас учи попут подучавања Кур'ана других, тада је то боље.</t>
@@ -17389,50 +18971,53 @@
   <si>
     <t>Од Ебу Умаме ел-Бахилија, Аллах био задовољан њиме, се преноси да је рекао: „Дошао је неки човек Аллаховом Посланику, нека је Аллахов благослов и мир на њега, па је казао: ‘Шта мислиш о човеку који изађе у борбу желећи ратни плен и да га људи по добром спомињу? Шта је са њим?’ ‘Нема ништа од њега’, одговори му Посланик. Човек га је три пута то питао, а Посланик му је на исти начин сва три пута одговорио, те је након тога додао: ‘Узвишени Аллах прима само искрена дела и оно чиме се тражило Његово лице.’“</t>
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>Неки човек је дошао Аллаховом Посланику, нека је Аллахов благослов и мир на њега, те га је упитао о ономе ко изађе у битку желећи награду од Узвишеног Аллаха, а усто и да буде похваљен међу људима. Да ли му је то исправно? Посланик му је одговорио да никакве награде неће имати због тога што је својој намери да стекне Аллахову награду придружио још нешто. Човек је потом поставио још два пута исто питање, а Посланик му је исто одговорио. Након тога, Посланик му је скренуо пажњу на правило, а то је да Узвишени Аллах прима само она дела која су се искрено ради Њега урадила без икакве друге намере.</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>Узвишени Аллах прима искључиво дела која су искрено ради Њега урађена и која су у складу са посланичком упутом.
 Леп одговор муфтије огледа се у томе да ономе ко пита изрази све оно што му је потребно и још по потреби додатно да појашњење.
 Потврда онога што је битно тако што се исто питање понови више пута.
 Истински борац је онај ко се бори како би Аллахова реч била горња. Усто, то је онај ко тежи оносветској награди уз искрену намеру, а не онај ко жуди за овосветским добрима.</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
+    <t>[رواه النسائي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sr/browse/hadith/65107</t>
   </si>
   <si>
     <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>„Онај ко буде задовољан да му је Аллах Господар, ислам вера и Мухаммед Посланик, осетиће сласт веровања.“</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
     <t>Од Аббаса бин Абдул-Мутталиба, Аллах био задовољан њиме, се преноси да је чуо Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је рекао: „Онај ко буде задовољан да му је Аллах Господар, ислам вера и Мухаммед Посланик, осетиће сласт веровања.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам казује да ће истински верник наћи смиреност, радост, задовољство и сласт близине са Аллахом ако је задовољан са троје:
 1. задовољан је Аллахом као његовим господаром, а то значи да му прса буду шрока у прихватању свега што му Аллах, као његов Господар, прописује и одређује, попут опскрбе и разних стања у којима се нађе у животу, тако да у срцу не осети нимало нелагодности према Аллаховој одредби, и не тражи другог господара мимо Аллаха.
 2. задовољан је исламом као вером, a то значи да му прса буду широка за све прихватање свих исламских пропса, и да не тражи било какву веру мимо ислама.
 3. задовољан је Мухаммедом, нека је Аллахов благослов и мир на њега, као послаником. То значи да му прса буду широка спрам свега што нам је доставио Посланик, и да буде задовоњан тиме, без сумње или двоумљења. Тај верник следи само посланичку упуту.</t>
@@ -17480,50 +19065,98 @@
 4. Када се расправља с неким прелази границе, одступа од истине и износи неистине.
 Лицемерство представља исказивање једног, а сакривање супротног. Ово је присутно код особе са наведеним својствима будући да једно приказује ономе коме говори, коме обећава и с киме се расправља, а крије супротно. Ова особа, дакле, поседује својство лицемерства докле год се не реши те одређене особине, али не у смислу мунафика који се приказује да је муслиман, а у себи крије неверство.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>Појашњење неких показатеља лицемерства како би их се људи чували.
 Овим хадисом нам се жели дати до знања да су ово нека својства лицемерства, те да онај при коме се она нађу личи на лицемере у своме понашању, а не да је он прави лицемер који приказује да је муслиман, а у себи крије неверство. Друга скупина учењака је казала да се овај хадис односи на оне код којих преовладавају ова својства и лако упада у њих. Такви људи углавном имају неисправно веровање.
 Ел-Газали је казао: „Основа практиковања вере базира се на троме: речима, делима и срчаној намери. У овом хадису на неваљале речи се указује спомињањем лажи, на неваљала деле се указује спомињањем проневере, а на неваљале намере путем неиспуњавања обећања, јер неиспуњавање обећања је проблематично само када човек има намеру да га не испуни у тренутку када га даје, а ако на почетку није имао такву намеру већ касније промени мишљење ради ванредне околности, на ову ситуацију се не односи овај хадис.“
 Постоје две врсте лицемерства:
 1. Лицемерство у веровању, које човека изводи из ислама. То је када човек показује да је муслиман, а у себи крије неверство.
 2. Лицемерство у делима. То је када човек личи на праве лицемере у свом понашању. Ова врста не изводи човека из вере, али спада у категорију великих греха.
 Ибн Хаџер је рекао: „Учењаци су сагласни да онај ко верује у истину и то потврђује језиком, али ипак чини ова дела лицемера, таквом нећемо пресудити да је неверник, нити ће као лицемер вечно горети у Ватри.“
 Ен-Невеви је казао: „Скупина учењака је рекла да се овај хадис односи на лицемере који су живели у време Аллаховог Посланика, нека је Аллахов благослов и мир на њега. Они су казали да су верници, али су слагали; дата им је вера на поверење, али су је проневерили; дали су обећање да ће помагати веру, али су га прекршили; а уз то су и претеривали у расправама.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/65124</t>
   </si>
   <si>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>„Од лепоте човековог ислама јесте да остави оно што га се не тиче.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>Ебу Хурејре, Аллах био задовољан њиме, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Од лепоте човековог ислама јесте да остави оно што га се не тиче.“</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Посланик, нека је Аллахов благослов и мир на њега, појаснио је да се потпуна лепота ислама и потпуност веровања код муслимана огледају у његовом удаљавању од онога што га се не тиче, што га се лично не дотиче или што му није важно, као и од онога што му не користи, било у речима и делима, било у стварима вере или овога света које га се не тичу. Бављење стварима које човека не одређују може га одвратити од онога што га се тиче или га довести до онога чега треба да се клони, јер ће човек на Судњем дану бити одговоран за своја дела.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>Људи се разликују по степену у исламу, а он постаје бољи практиковањем појединих дела.
+Одбацивање празних и сувишних речи и дела доказ је потпуности човековог ислама.
+Подстицање на бављење оним што човека заиста тиче у пословима вере и овога света. Ако је међу врлинама човековог ислама одбацивање онога што га се не тиче, онда је међу врлинама и бављење оним што га се заиста тиче.
+Ибн Кајјим, Аллах му се смиловао, рекао је: „Посланик, нека је Аллахов благослов и мир на њега, сабрао је сву побожност у једној реченици када је рекао: „Међу врлинама човековог ислама је остављање онога што га се не тиче.“
+Ово обухвата одбацивање онога што га се не тиче у говору, гледању, слушању, деловању, ходању, размишљању и свим видљивим и скривеним покретима. Ово је, дакле, исцрпна реченица која у себи носи целокупну побожност.
+Ибн Реџеб је рекао: Овај хадис је један од основа лепог васпитања.
+Подстицање на тражење знања, јер се њиме човек упознаје са оним што га се тиче и оним што га се не тиче.
+Наређивање добра и забрањивање зла, као и саветовање других, припада стварима које човека директно дотичу, јер је за то обавезан.
+У опште значење овог хадиса спада избегавање онога што се човека не тиче, а што је забранио Узвишени Аллах или што је Посланик, нека је Аллахов благослов и мир на њега, осудио. Такође, спада и оно што човеку није потребно, као што су суштина и природа невидљивог света и одређени недокучиви детаљи космоса и шеријата. Поред тога, запиткивање о ономе што се није догодило или што се врло ретко може догодити такође спада у значење ове забране.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/65255</t>
+  </si>
+  <si>
     <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
     <t>„Између свака два езана је намаз, између свака два езана је намаз“, а потом је код трећег пута казао: „За онога ко тако жели.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
     <t>Од Абдуллаха бин Мугаффела, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Између свака два езана је намаз, између свака два езана је намаз“, а потом је код трећег пута казао: „За онога ко тако жели.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам казује да се између езана и икамета може клањати добровољни намаз. То је три пута поновио, а приликом трећег пута је скренуо пажњу да је то похвално, да није обавезно за онога ко жели да клања.</t>
   </si>
   <si>
     <t>استحباب الصلاة بين الأذان والإقامة.
 هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
 المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
 الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
   </si>
   <si>
     <t>Похвално је клањати намаз између езана и икамета.
@@ -17589,50 +19222,53 @@
     <t>عن سعد بن عبادة رضي الله عنه أنه قال: يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ.</t>
   </si>
   <si>
     <t>Са'д бин Убаде, Аллах био задовољан њиме, је рекао: „Аллахов Посланиче, Умму Са'д је преселила. Која је садака најбоља?“ „Вода“, одговори Посланик. Са'д је потом ископао бунар, те је казао: „Ово је за Умму Са'д.“</t>
   </si>
   <si>
     <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
   </si>
   <si>
     <t>Када му је преселила мајка, Са'д бин Убаде, Аллах био задовољан њиме, упитао je Аллаховог Посланика, нека је Аллахов благослов и мир на њега, о најбољој врсти садаке коју може уделити за њу. Посланик му је одговорио да је најбоља садака вода, па је Са'д ископао бунар одлучивши да буде садака за његову мајку.</t>
   </si>
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
     <t>Дати људима воду је најбоља садака.
 Аллахов Посланик, нека је Аллахов благослов и мир на њега, је упутио Са'да да људима обезбеди воду. Тиме ће се постићи општа корист, овосветска и оносветска, а усто вода је људима јако битна и због силних врућина и великих потреба.
 Из овог хадиса се закључује да награда садаке пристиже умрлом.
 Доброчинство Са'да бин Убаде, Аллах био задовољан њиме, према његовој мајци.</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
+  </si>
+  <si>
+    <t>[حسن بمجموع طرقه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/65613</t>
   </si>
   <si>
     <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
     <t>„Верник не вређа, нити проклиње, није вулгаран нити простак.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
     <t>Од Абдуллаха бин Мес'уда, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Верник не вређа, нити проклиње, није вулгаран нити простак.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас обавештава да прави верник не вређа људе по питању њиховог порекла, не проклиње их, није вулгаран нити је бестидан.</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
@@ -17661,50 +19297,924 @@
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, једном приликом је путовао из Меке у Медину са својим асхабима. На путу су наишли на извор воде, те је скупина асхаба пожурила да узме абдест за икиндију намаз тако да су им задњи делови стопала остали неопрани. Аллахов Посланик нам је тада скренуо пажњу рекавши: "Патња и пропаст у Џехеннему следи оне који остављају неопране пете приликом узимања абдеста“, те им је наредио да абдест употпуњавају.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Обавеза је опрати ноге приликом узимања абдеста. Да је дозвољено само потрати ноге, не би се претило Ватром ономе ко их не опере.
 Обавеза је у потпуности опрати делове тела који се приликом абдеста морају опрати. Онај ко намерно не опере макар незнатан део онога што је обавезан опрати, његов намаз неће бити валидан.
 Важност подучавања и усмеравања онога ко не зна.
 Учењак исправља оне који запостављају обавезна или препоручена дела на одговарајући начин.
 Мухаммед Исхак ед-Дихлеви је рекао: "Употпуњавање абдеста се може поделити у три врсте: 
 1. Оно што је обавезно да се опере, а то је да се одређени делови тела у потпуности оперу једанпут. 
 2. Оно што је суннет (похвално), а то је да се одговарајући делови тела оперу три пута. 
 3. Оно што је препоручено, а то је да се одужи са прањем када се пере трећи пут.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>„Узвишени Аллах вас је обавезао одређеним радњама и немојте их пропуштати. Одредио вам је границе па их не прелазите и забранио вам одређене радње, па те забране не кршите, док је о одређеним стварима прећутао, не из заборава, него из милости према вама, па не трагајте за њима.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Ебу Са'лебе Ел-Хушени Џурсум бин Нашир, Аллах био задовољан њиме, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Узвишени Аллах вас је обавезао одређеним радњама и немојте их пропуштати. Одредио вам је границе па их не прелазите и забранио вам одређене радње, па те забране не кршите, док је о одређеним стварима прећутао, не из заборава, него из милости према вама, па не трагајте за њима.“</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Посланик, нека је Аллахов благослов и мир на њега, обавештава да је Узвишени Аллах прописао одређене обавезе и верске дужности, па их се придржавајте и немојте их занемаривати, било напуштањем или из немара. Такође, вам је одредио границе и забране које вас штите и одвраћају од онога што Он не воли, па их немојте прекорачавати, нити им нешто придодавати. Он је забранио и јасно одредио оно што је харам, па га немојте чинити нити му се приближавати. А све мимо тога је оставио ћутећи о њему из милости према Својим робовима, и зато остаје на основном правилу дозволе, па о томе не истражујте.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Овај хадис је доказ да је Узвишени Аллах Законодавац, и да је сва власт у Његовим рукама.
+Хадис садржи основне принципе шеријатских одредби, које обухватају и наредбе и дозволе. Наиме, шеријатска одредба или пропис може бити или јасно изречена или прећутана, а може бити: наређена (обавезна или препоручена), забрањена (строго забрањена или непожељна), или дозвољена.
+Што је Узвишени Аллах прећутао – није прописао, није ограничио и није забранио – то је дозвољено (ар. халал).
+Прекрасна је јасноћа појашњења Посланика, нека је Аллахов благослов и мир на њега, који је у хадису изнео ову поделу на јасан и очигледан начин.
+Обавеза је придржавати се дужности и обреда које је Узвишени Аллах пропосао.
+Забрањено је прелазити границе које је поставио Узвишени Аллах.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>„Заиста се дела вреднују према намерама, и заиста сваком човеку припада оно што је наумио</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Од вође правоверних Ебу Хафса Омера бин Ел-Хаттаба, Аллах био задовољан њиме, преноси се да је рекао: Чуо сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је рекао: „Заиста се дела вреднују према намерама, и заиста сваком човеку припада оно што је наумио, па ко учини хиџру у име Аллаха и Његовог Посланика, његова хиџра је у име Аллаха и Његовог Посланика. А ко учини хиџру ради неке овосветске користи или ради жене да се ожени, његова хиџра је за оно за што је наумио.“</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>Подстицај на искреност. Дакле, Узвишени Аллах прихвата само она дела која су учињена ради Његовог лица.
+Дела са којима се исказује покорност Аллаху, уколико се чине само ради обичаја, човек неће имати награду за њих. Међутим, ако их уради са намером да се Аллаху приближи, тада ће бити изузетно награђен.
+Намера (ар. нијет) јесте оно чиме се разликују поједине врсте ибадета (обредословља) међу собом, као и ибадети од уобичајених радњи и навика.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>Преноси се од Ебу Абдур-Рахмана Абдуллаха бин Омера бин Ел-Хаттаба, Аллах био задовољан њиме, да је рекао: Чуо сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је рекао:||"Ислам је изграђен на пет темеља: сведочењу да нема бога који заслужује да се обожава осим Аллаха, и да је Мухаммед Његов роб и Посланик, обављању намаза, давању зеката, обављању хаџа и посту месеца рамазана.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Преноси се од Ебу Абдур-Рахмана Абдуллаха бин Омера бин Ел-Хаттаба, Аллах био задовољан њиме, да је рекао: Чуо сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је рекао: "Ислам је изграђен на пет темеља: сведочењу да нема бога који заслужује да се обожава осим Аллаха, и да је Мухаммед Његов роб и Посланик, обављању намаза, давању зеката, обављању хаџа и посту месеца рамазана.“</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>‘Заиста, стварање човека бива у утроби његове мајке четрдесет дана (кап семена)</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Преноси се од Ебу Абдур-Рахмана Абдуллаха бин Мес'уда, Аллах био задовољан њиме, да је рекао: „Причао нам је Аллахов Посланик, нека је Аллахов благослов и мир на њега, а он је искрени, онај чија је искреност потврђена: ‘Заиста, стварање човека бива у утроби његове мајке четрдесет дана (кап семена), затим се толико времена трансформише у заквачак (ар. алека), затим се толико времена трансформише у угрушак (ар. мудга). Затим Узвишени Аллах пошаље анђела да му удахне душу и нареди му да се запишу четири ствари: опскрба, дужина живота, какво ће му дело бити и да ли ће бити срећан или несрећан. Па, тако ми Аллаха, осим кога нема истинског бога, неко чини оно што води у рај тако да између њега и раја остане још само један лакат, па га претекне оно што му је записано и он почне радити дела која воде у пакао, те уђе у њега. Други, пак, чини оно што води у пакао тако да између њега и пакла остане још само један лакат, па га претекне оно што му је записано и он почне радити дела која воде у рај, те уђе у њега.’“</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>Појашњење етапа стварања човека.
+Веровање у судбину и одређење.
+У коначници ствари ће испасти онако како је претходно било одређено.
+Упозорење да се људи не обмане формом самог дела, јер дела се цене према њиховој коначници.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>„Онај ко уведе у нашу веру оно што није од ње, то му се одбија</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Од мајке правоверних, Аише, Аллах био задовољан њоме, преноси се да је рекла: Чула сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је рекао: „Онај ко уведе у нашу веру оно што није од ње, то му се одбија.“</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Ибадети се заснивају искључиво на Кур'ану и Суннету. Према томе, не можемо Узвишеног Аллаха обожавати чинећи новотарије и измишљена дела.
+Вера се не заснива на мишљењу и субјективном укусу. Напротив, она се темељи на слеђењу Аллаховог Посланика, нека је Аллахов благослов и мир на њега.
+Овај хадис је доказ потпуности ове вере.
+Новотарија представља све што се уведе у веру, а што није постојало за време Аллаховог Посланика, нека је Аллахов благослов и мир на њега, свеједно тицало се веровања, речи или дела.
+Овај хадис представља темељ вере ислама и служи као вага за дела. Као што се за свако дело којим се не жели Аллахово Лице неће добити награда, исто важи и за свако делом које није засновано на Објави.
+Овај хадис представља правило за одбацивање новотарија и осуђивање појављених заблуда.
+Новотарије које су забрањене тичу се вере, а не овосветских питања.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Преноси се од Ебу Абдуллаха Ну'мана бин Бешира, Аллах био задовољан њиме, да је рекао: Чуо сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, како је рекао:||'Халал је јасан и харам је јасан, а између тога су сумњиве ствари које многи не знају. Ко се сачува сумњивих ствари, тај је сачувао своју веру и част, а ко се упусти у то, упашће у оно што је забрањено - баш као у случају пастира који чува стадо око забрањене земље. Лако се може десити да му стадо умакне и почне да пасе у забрањеном. Сваки владар има своју забрањену зону, а Аллахова забрањена зона јесу Његове забране, харами. У телу има један комад меса који кад је добар, буде добро цело тело, а када је покварен, буде покварено цело тело. Тај орган је срце.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Преноси се од Ебу Абдуллаха Ну'мана бин Бешира, Аллах био задовољан њиме, да је рекао: Чуо сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, како је рекао: 'Халал је јасан и харам је јасан, а између тога су сумњиве ствари које многи не знају. Ко се сачува сумњивих ствари, тај је сачувао своју веру и част, а ко се упусти у то, упашће у оно што је забрањено - баш као у случају пастира који чува стадо око забрањене земље. Лако се може десити да му стадо умакне и почне да пасе у забрањеном. Сваки владар има своју забрањену зону, а Аллахова забрањена зона јесу Његове забране, харами. У телу има један комад меса који кад је добар, буде добро цело тело, а када је покварен, буде покварено цело тело. Тај орган је срце.”</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Овај хадис представља правило за избегавање сумњивих радњи.
+Подстицај на избегавање онога што је сумњиво, оно чији пропис није јасан.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Од Ебу Рукајје Темима бин Евса Ед-Дарија, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао:||„Ова вера је искрен однос.” Упитали смо: „Према коме?” Рекао је: „Према Аллаху, Његовој књизи, Његовом Посланику, и према вођама муслимана и обичним људима.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Рукајје Темима бин Евса Ед-Дарија, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Ова вера је искрен однос.” Упитали смо: „Према коме?” Рекао је: „Према Аллаху, Његовој књизи, Његовом Посланику, и према вођама муслимана и обичним људима.”</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, обавестио је да се вера темељи на искрености и истини, тако да се практикује онако како је Аллах наредио, потпуно, без било каквог недостатка или обмане. Затим је упитан Аллахов Посланик, нека је Аллахов благослов и мир на њега: „Према коме се треба испољавати тај искрен однос?“ Па је одговорио: Прво: Искрен однос прво треба имати према Узвишеном Аллаху тако што ће се дела чинити искрено ради Њега, без икаквих примеса идолатрије. Потребно је веровати у Његов рубубијјет (господарство), улухијјет (божанство) и у Његова најлепша имена и савршена својства. Поред тога, неопходно је величати оно што Он пропише и одреди, и позивати остале људе да поверују у Њега. Друго: Потребно је исказивати искрен однос и према Његовој књизи, Часном Кур'ану, тако што ћемо веровати да је то Његов говор, да је последња књига коју је Узвишени објавио и да је она дерогирала све претходне објаве. Поред тога, обавеза нам је величати Кур'ан, да га читамо онако како заслужује, да поступамо према његовим упутствима, да прихватамо његове сложене и нејасне делове, да бранимо његова значења од оних који их изокрећу, да се поучавамо његовим поукама, да ширимо његово знање и да позивамо друге да га следе. Треће: Искрен однос према посланику Мухаммеду, нека је Аллахов благослов и мир на њега, подразумева да будемо чрвсто убеђени да је он последњи посланик и да верујемо у све што нас је обавестио. Да поступамо по његовим заповестима, да се клонимо онога што је забранио и да не обожавамо Аллаха осим на начин који нам је он пренео. Да му исказујемо поштовање и величину каква му припада, да ширимо његов позив, да проповедамо његову веру и бранимо га од свих неистина и оптужби. Четврто: Искрен однос према вођама муслимана подразумева да им помажемо у добру и исказујемо послушност у ономе што представља покорност Узвишеном Аллаху. Пето: Искрен однос према обичним муслиманима подразумева да им чинимо доброчинство и да их позивамо на добро, да од њих отклањамо зло, да им желимо добро и да сарађуемо с њима у добру и богобојазности.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>Оно што вам забраним, то оставите, а оно што вам наредим, чините колико можете</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: Оно што вам забраним, то оставите, а оно што вам наредим, чините колико можете. Оне који су били пре вас уништило је претерано запиткивање и разилажење са њиховим веровесницима.</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, објаснио нам је да, када нам забрани нешто, то морамо избегавати без изузетка, а када нам нареди нешто, треба то чинити колико можемо. Онда нас је упозорио да не будемо као неки претходни народи који су превише постављали питања својим посланицима и супротстављали им се, па их је Узвишени Аллах кажњавао различитим облицима пропасти и разарања. Треба да се уздржавамо од таквог понашања како не бисмо пропали као што су они пропали.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Хадис представља основни принцип за појашњење обавезе извршавања онога што је наређено и избегавања онога што је забрањено.
+Забрана не пружа олакшицу да се чини било шта од забрањеног, док је наређење ограничено способношћу човека; јер је могуће одбити оно што је забрањено, док извршење наређеног захтева способност да се оно учини.
+Забрана прекомерног постављања питања: учењаци су поделили питања у две категорије: 
+1. Питања која су постављена у сврху учења онога што је потребно за веру, и то је наређено. У ову категорију спадају питања асхаба. 
+Забрањено обухвата и мало и много, јер се његовој забрани не може приступити без избегавања и малог и великог. На пример, ако нам је забрањено каматно пословање, забрана се односи и на мало и на много.
+Избегавање узрока који воде ка забрањеном, јер то спада у значење избегавања самог забрањеног дела.
+Човек не би требало, када чује наређење Посланика, нека је Аллахов благослов и мир на њега, да пита: „Да ли је обавезно или препоручено?“, већ треба одмах да се труди да изврши оно што је могуће, као што је речено: „Чините оно што можете од њега.“
+Превише постављања питања може бити узрок пропасти, нарочито у стварима које се не могу сазнати, као што су питања о невидљивом и о стањима на Судњем дану. Не постављај превише питања о тим стварима, да не би пропао и постао као онај ко претерује и иде у крајност.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Ебу Хурејре, Аллах био задовољан њиме, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао:||„О људи, Узвишени Аллах је добар и прима само добро. Аллах је верницима наредио оно што је наредио и посланицима, када је рекао: ‘О посланици, једите дозвољена и лепа јела, и чините добра дела.’ (Ел-Му'минун, 51) ‘О верници, једите дозвољена и лепа јела која смо вам подарили.’“ (Ел-Бекара, 172)
+Затим је споменуо човека рашчупане косе и прашњав од дугог путовања, који подиже руке према небу молећи: „Господару мој, Господару мој!, а храна му је харам, пиће му је харам, одећа му је харам и одхрањен је харамом, па како да му дова буде примљена?“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Ебу Хурејре, Аллах био задовољан њиме, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „О људи, Узвишени Аллах је добар и прима само добро. Аллах је верницима наредио оно што је наредио и посланицима, када је рекао: ‘О посланици, једите дозвољена и лепа јела, и чините добра дела.’ (Ел-Му'минун, 51) ‘О верници, једите дозвољена и лепа јела која смо вам подарили.’“ (Ел-Бекара, 172)
+Затим је споменуо човека рашчупане косе и прашњав од дугог путовања, који подиже руке према небу молећи: „Господару мој, Господару мој!, а храна му је харам, пиће му је харам, одећа му је харам и одхрањен је харамом, па како да му дова буде примљена?“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Аллахова савршеност огледа се у Његовом Бићу, својствима, делима и прописима.
+Наређено је да дела буду искрено посвећена Узвишеном Аллаху и да буду у складу са праксом Посланика, нека је Аллахов благослов и мир на њега.
+Коришћење онога што подстиче на чињење дела, као што је Посланик, нека је Аллахов благослов и мир на њега, рекао: „Аллах је наредио верницима оно што је наредио и посланицима.“ Када верник сазна да је ово нешто што је прописано и посланицима, то га оснажује и подстиче на покорност и рад по исламском верозакону (шеријату).
+Једна од препрека услишавању дове је конзумирање харама.
+Пет разлога због којих дова може бити услишана су: 1. Дуг пут, јер током њега човек је скроман и понизан, што је један од највећих узрока услишавања дове. 2. Стање нужде. 3. Подизање руку према небу. 4. Устрајно мољење Аллаха и понављање Његових имена и својстава, што је један од најважнијих начина за услишавање дове. 5. Коришћење чисте (халал) хране и пића.
+Конзумирање халал и чисте хране један је од разлога који помажу у чињењу добрих дела.
+Ел-Кади је рекао: „Чист“ је супротан „прљавом“. Када се овај израз користи за Узвишеног Аллаха, значи да је Он чист од свих мана и да је узвишен, лишен свих недостатака. Када се користи за човека, означава особу која је чиста од лоших особина и ружних дела, и која се одликује особинама које су супротне овима. Када се користи за иметак, означава да је он халал и спада међу најбоље његове врсте.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>‘Остави оно што ти ствара сумњу у души, а прихвати оно што није сумњиво.’“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>Преноси се од Ебу Мухаммеда Хасана бин Алије бин Еби Талиба, унука Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је рекао: „Запамтио сам од Аллаховог Посланика, нека је Аллахов благослов и мир на њега, следеће речи: ‘Остави оно што ти ствара сумњу у души, а прихвати оно што није сумњиво.’“</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Посланик, нека је Аллахов благослов и мир на њега, наредио је да се оставе речи и дела о којима постоји сумња, односно оно о чему нисмо сигурни да ли је забрањено или није, да ли је харам или халал, и да се усмеримо према ономе у шта нема сумње, што је сигурно добро и дозвољено.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>Преноси Енес бин Малик, Аллах био задовољан њиме, слуга Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао:||„Нико од вас неће бити прави верник све док не буде желео своме брату оно што жели самоме себи.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Преноси Енес бин Малик, Аллах био задовољан њиме, слуга Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Нико од вас неће бити прави верник све док не буде желео своме брату оно што жели самоме себи.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>„Заиста, Узвишени Аллах је прописао доброчинство и леп поступак у свему</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Ја'ле Шеддада бин Евса, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Заиста, Узвишени Аллах је прописао доброчинство и леп поступак у свему. Па, чак и када убијате, убијајте на леп начин, а када кољете, кољите на леп начин. Нека свако од вас наоштри нож и нека животињу не мучи.“</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>’О дечаче, подучићу те овим речима: Чувај Аллаха, па ће и Аллах тебе чувати. Чувај Аллаха, па ћеш Га увек пред собом налазити (тј. поступај како Аллах жели, па када Га нешто замолиш, Он ће ти удовољити). Када молиш, моли Аллаха. Када помоћ тражиш, тражи је од Аллаха</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Преноси Абдуллах бин Аббас, Аллах био задовољан њима, Био сам једног дана иза Аллаховог Посланика, нека је Аллахов благослов и мир на њега, па ми је рекао: ’О дечаче, подучићу те овим речима: Чувај Аллаха, па ће и Аллах тебе чувати. Чувај Аллаха, па ћеш Га увек пред собом налазити (тј. поступај како Аллах жели, па када Га нешто замолиш, Он ће ти удовољити). Када молиш, моли Аллаха. Када помоћ тражиш, тражи је од Аллаха. И знај, да када би се сви људи скупили да ти најмању корист прибаве, не би ти могли помоћи више од онога што ти је Аллах већ одредио и прописао; а када би се скупили да ти нанесу какву штету, не би ти нанели штете осим онолико колико ти је Аллах одредио и уписао. Пера судбине су подигнута, а странице се осушиле (тј. све је одређено и закључено).’“</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>Ибн Аббас, Аллах био задовољан њима, казује нам да је једном приликом, док је био дечак, када је јахао заједно са Аллаховим Послаником, нека је Аллахов благослов и мир на њега, Посланик рекао: „Дечаче, подучићу те неким стварима које ће ти бити од користи: Чувај Аллаха тако што ћеш извршавати оно што ти је Он наредио и клонити се онога што ти је забранио. У складу с тим, увек ћеш бити у делима покорности, а не у гресима. Ако будеш тако поступао, Аллах ће те наградити тако што ће те сачувати од потешкоћа овога и онога света и помоћи ће ти у свим твојим настојањима. А када желиш да нешто затражиш од некога, затражи то само од Аллаха. Он је једини који се одазива онима који Га моле. Поред тога, када желиш да потражиш помоћ, затражи је само од Аллаха. Буди убеђен да ти се у животу неће десити никаква корист, па макар се сви људи на Земљи скупили да ти је приуште, осим уз Аллахову дозволу. С друге стране, неће ти се десити никаква штета, макар се сви људи уротили против тебе, осим ако Аллах тако не одреди.“ То је све Узвишени Аллах одредио у складу с Својом мудрошћу и Својим знањем. Не може се променити оно што је Узвишени одредио. Ко чува Аллаха тако што извршава Његове заповести и избегава забране, тај је под заштитом Узвишеног Аллаха, јер Он зна стање Свог роба, помаже му и подржава га. Ако се човек покорава Аллаху у добрим приликама, Аллах ће му у тешким тренуцима подарити олакшање. Сваки роб треба да буде задовољан оним што му је Аллах одредио од добра и зла. У тешкоћама и искушењима, роб је дужан да се придржава стрпљења, јер је стрпљење кључ олакшања; када се невоља повећа, олакшање долази од Аллаха, а након сваке тешкоће Аллах дарује олакшање.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Важност подучавања омладине и деце начелима вере, као што је монотеизам и исламски бонтон и остали прописи.
+Награда или казна бива сходно делу.
+Наређено нам је да се ослонимо на Аллаха и ни на кога више. Он је најбољи на кога се може ослонити.
+Веровање у Аллахову одредбу и задовољство њоме, а Аллах је ионако све одредио.
+Ко занемари Аллахову наредбу, Он ће њега занемарити и неће га сачувати.
+Велика радосна вест за човека је да након недаће која га задеси, следи олакшање.
+Утеха човеку када га задеси несрећа и када изгуби вољену особу садржана је у речима: „И знај да оно што те је задесило није могло да те заобиђе, а оно што те је заобишло није могло да те задеси.“ Први део је утеха за задобијену несрећу, а други део је утеха за губитак вољене особе.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>Преноси Ебу Мес'уд Укбе бин 'Амр Ел-Енсари Ел-Бедри, Аллах био задовољан њиме, да је Посланик, нека је Аллахов благослов и мир на њега, рекао:||„У оно што је свет од пријашњих веровесника запамтио спадају и речи: ‘Ако те није стид, ради шта хоћеш.’“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Преноси Ебу Мес'уд Укбе бин 'Амр Ел-Енсари Ел-Бедри, Аллах био задовољан њиме, да је Посланик, нека је Аллахов благослов и мир на њега, рекао: „У оно што је свет од пријашњих веровесника запамтио спадају и речи: ‘Ако те није стид, ради шта хоћеш.’“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Ебу 'Амр Суфјан бин Абдуллах, Аллах био задовољан њиме, је рекао:||"Аллахов Посланиче, реци ми нешто о исламу, о чему после тебе више никога нећу морати питати?” Аллахов Посланик, нека је Аллахов благослов и мир на њега, му рече: "Реци: ‘Верујем у Аллаха’, а затим устрај у томе.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Ебу 'Амр Суфјан бин Абдуллах, Аллах био задовољан њиме, је рекао: "Аллахов Посланиче, реци ми нешто о исламу, о чему после тебе више никога нећу морати питати?” Аллахов Посланик, нека је Аллахов благослов и мир на њега, му рече: "Реци: ‘Верујем у Аллаха’, а затим устрај у томе.“</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>„Шта мислиш, ако бих клањао прописане молитве, постео рамазан, сматрао дозвољеним оно што је дозвољено, а забрањеним оно што је забрањено</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Преноси се од Џабира бин Абдуллаха Ел-Енсарија, Аллах био задовољан њима, да је неки човек упитао Аллаховог Посланика, нека је Аллахов благослов и мир на њега: „Шта мислиш, ако бих клањао прописане молитве, постео рамазан, сматрао дозвољеним оно што је дозвољено, а забрањеним оно што је забрањено, а затим ништа на то не бих додао, да ли бих ушао у рај?“ Посланик му је одговорио: „Да!“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>„Чистоћа је пола веровања; речи ‘елхамдулиллах ’испуњавају вагу добрих дела, а речи 
+’субханаллахи вел-хамдулиллах’ испуњавају простор између небеса и Земље</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Од Ебу Малика Ел-Еш'арија, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Чистоћа је пола веровања; речи ‘елхамдулиллах ’испуњавају вагу добрих дела, а речи 
+’субханаллахи вел-хамдулиллах’ испуњавају простор између небеса и Земље. Молитва (намаз) је светлост, милостиња (садака) је доказ, стрпљење је сјај, а Кур'ан је доказ за тебе или против тебе. Сви људи некуд поране и тргују својом душом, па је или ослободе или упропасте.“</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Постоје две врсте чистоће: 
+1. вањска која се постиже абдестом и гусулом,
+2. унутрашња која се постиже монотеизмом, чистим исправним веровањем и чињењем добрих дела.
+Важност устрајног обављања молитве која представља светло за роба на овоме и на ономе свету.
+Садака (милостиња) је доказ искреног веровања.
+Важност поступања по Кур'ану и веровања у њега како би био доказ за нас, а не против нас.
+Уколико душу не запослиш добрим делима, она ће тебе запослити лошим.
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао:||„Сваког дана човек је дужан да дели милостињу за сваки зглоб свог тела:да праведно суди између двоје људи је милостиња, да помогне човеку да узјаше јахалицу или да му помогне да на њу натовари терет је милостиња, лепа реч је милостиња, сваки корак према џамији убраја се у милостињу, а уклањање с пута онога што смета пролазницима такође је милостиња.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Сваког дана човек је дужан да дели милостињу за сваки зглоб свог тела:да праведно суди између двоје људи је милостиња, да помогне човеку да узјаше јахалицу или да му помогне да на њу натовари терет је милостиња, лепа реч је милостиња, сваки корак према џамији убраја се у милостињу, а уклањање с пута онога што смета пролазницима такође је милостиња.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>‘Опоручујем вам да будете богобојазни и да својим претпостављеним будете послушни и покорни, па макар вам претпостављени био црни абесински роб. Онај од вас који поживи, сведочиће бројним разилажењима. Држите се мога суннета и праксе праведних и упућених халифа</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Неџиха Ел-Ирбада бин Сарије, Аллах био задовољан њиме, преноси се да је рекао:
+„Једне прилике нам је Аллахов Посланик, нека је Аллахов благослов и мир на њега, одржао говор од којег су срца затреперила и очи заплакале, па смо рекли: ‘О Аллахов Посланиче, као да је ово опроштајни говор, па те молимо да нам нешто опоручиш.’ Рекао је: ‘Опоручујем вам да будете богобојазни и да својим претпостављеним будете послушни и покорни, па макар вам претпостављени био црни абесински роб. Онај од вас који поживи, сведочиће бројним разилажењима. Држите се мога суннета и праксе праведних и упућених халифа, чврсто се тог пута држите, кутњацима га стегните. Добро се пазите новотарија у вери, јер су новотарије заблуда.’“</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>„Упитао си ме о крупној ствари, али је она лака за онога коме је Аллах учини лаком</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Преноси Му'аз бин Џебел, Аллах био задовољан њиме, да је рекао: „Аллахов Посланиче, обавести ме о делу које ће да ме уведе у рај и да ме удаљи од Ватре.“ Он рече: „Упитао си ме о крупној ствари, али је она лака за онога коме је Аллах учини лаком: обожавај Аллаха и не сматрај Му ништа равним, обављај молитву, удељуј зекат, пости рамазан и ходочасти Кабу. Потом рече: ‘Хоћеш ли да те упутим на врата добра? Пост је штит, милостиња (ар. садака) брише грехе као што вода гаси ватру, и човеков намаз (молитва) у дубини ноћи.’ Затим је проучио цитат из Часног Кур'ана: ‘Бокови њихови се постеља лишавају и они се Господару своме из страха и жеље клањају, а део оног што им Ми дајемо удељују. И нико не зна какве их, као награда за оно што су чинили, скривене радости чекају.’ Након тога рече: ‘Хоћете ли да вас обавестим о основи сваке ствари, њеном стубу и њеном врхунцу?’ Рекох, хоћу Аллахов Посланиче.’ Рече: ‘Основа вере је ислам, њен стуб је намаз, а врхунац ислама је борба на Аллаховом путу.’ Затим је рекао:‘ Хоћеш ли да те обавестим шта је темељ свега тога?’ Рекох:‘Хоћу Аллахов Посланиче.’ Он се дохвати за језик и рече: ‘Чувај ово.’ ‘Аллахов Посланиче, зар ћемо бити питани и за оно што говоримо?’, упитах. Он ми тада рече: ‘Мајка те изгубила Му'азе! Зар ће људе у Ватру изврнути било шта друго на њихова лица до онога што су починили њихови језици?’“</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>„Не сме се наносити штета, нити на нанету штету штетом узвраћати.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Се'ида Ел-Худрија, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Не сме се наносити штета, нити на нанету штету штетом узвраћати.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, у овом хадису нам појашњава да нам је обавеза да отклањамо штету у било ком облику, било да долази од нас самих или од других. Дакле, није дозвољено никоме да себи или другима нанесе штету. Осим тога, није дозвољено узвраћати штетом на штету, јер се тако штета не може отклонити. Изузетак од овог правила је када се врши одмазда без прекорачивања дозвољене границе.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Забрањено је узвратити некоме више од исте мере.
+Узвишени Аллах није Својим робовима наредио ништа што им наноси штету.
+Хадис је основни принцип забране наношења штете, било речју, делом или нечињењем.
+Шеријатско правило гласи: „Штету је потребно уклонити.” Дакле, шеријат не одобрава штету и осуђује наношење штете.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Од Ибн Аббаса, Аллах био задовољан њима, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао:||„Када би се људима судило само на основу оптужби других, неки људи би олако оптуживали неког како би добили неки иметак или остварили право на одмазду над неким. Међутим, онај који оптужује дужан је да донесе доказ, а онај који негира дужан је да се закуне да није крив.“</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Од Ибн Аббаса, Аллах био задовољан њима, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Када би се људима судило само на основу оптужби других, неки људи би олако оптуживали неког како би добили неки иметак или остварили право на одмазду над неким. Међутим, онај који оптужује дужан је да донесе доказ, а онај који негира дужан је да се закуне да није крив.“</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>„Аллах је прописао и одредио добра и лоша дела, а затим је то објаснио</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>Од Ибн Аббаса, Аллах био задовољан њима, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, преносећи од Узвишеног Аллаха, рекао: „Аллах је прописао и одредио добра и лоша дела, а затим је то објаснио. Ко одлучи да учини добро дело, па га не учини, Аллах ће му уписати код Себе потпуно добро дело. Ко пак, одлучи да учини добро дело и учини га, Аллах ће му записати десет добрих дела, а награда му може бити седам стотина пута већа, па и више од седам стотина пута. Ко одлучи да учини лоше дело, па га не учини, Аллах ће му уписати потпуно добро дело. А ако одлучи да учини лоше дело и учини га, Аллах ће му записати једно лоше дело.“</t>
+  </si>
+  <si>
+    <t>Величанствене су Аллахове благодати које је подарио уммету (народу који следи Посланика Мухаммеда) тако што им се добра дела умногостручавају за разлику од лоших.
+Важност намере приликом чињења дела.
+Узвишени Аллах нам је подарио благодат и у томе што онај ко одлучи да учини добро дело па га нешто спречи у томе, Аллах ће му га опет уписати као једно добро дело.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>„Узвишени Аллах је рекао: ‘Ко узнемири Мог миљеника, Ја ћу му објавити рат. Најдраже чиме Ми се Мој роб може приближити јесу обавезне молитве (фарзови) које сам му прописао</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Ебу Хурејре, Аллах био задовољан њиме, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Узвишени Аллах је рекао: ‘Ко узнемири Мог миљеника, Ја ћу му објавити рат. Најдраже чиме Ми се Мој роб може приближити јесу обавезне молитве (фарзови) које сам му прописао. Потом ће Ми се роб устрајно приближавати нафилама (добровољним молитвама) све док га не заволим. Када га заволим, постаћу слух његов којим слуша, вид његов којим гледа, рука његова којом узима, нога његова којом хода. Ако Ме замоли за нешто, даћу му; а ако од Мене заштиту затражи, заиста ћу му је пружити.’“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас је обавестио у овом хадиси-кудсију да је Узвишени Аллах рекао: „Ко узнемири једног од Мојих штићеника, расрди га или замрзи, Ја сам му објавио непријатељство.“ Аллахов евлија (миљеник) је богобојазни верник. Онолико колико је човек верник и богобојазан, толико ће бити и Аллахов миљеник. Муслиман се не може приближити Узвишеном ни једним делом, осим кроз обавезне молитве (фарзове) и избегавање харама (забрањених дела). Поред тога, роб ће се приближавати Њему непрестано и добровољним молитвама након обавезних све док не постигне Аллахову љубав. Када га Узвишени заволи, Он ће његова четири дела тела учинити средством у постизању добра: 1. да слуша само оно чиме је Узвишени Аллах задовољан; 2. да гледа само оно чиме је Узвишени Аллах задовољан; 3. да чини и делује својим рукама само онако како је Он Узвишени задовољан; 4. да га његова стопала воде само ка местима којима је Он задовољан, и неће се трудити да ради осим оно што је добро. Поред тога, ако тај човек затражи нешто од Аллаха, Он ће му то испунити. Дакле, биће од оних чија се дова прима. Такође, ако затражи уточиште код Њега, Узвишени Аллах ће га заштитити од свега чега се прибојава.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>„Нико од вас неће бити потпуни верник све док његова страст не буде следила оно са чиме сам ја послан.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Преноси Абдуллах бин 'Амр бин Ас, Аллах био задовољан њима, да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Нико од вас неће бити потпуни верник све док његова страст не буде следила оно са чиме сам ја послан.“</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Посланик, нека је Аллахов благослов и мир на њега, појашњава нам да човек не може бити потпуни верник све док његова љубав не буде у складу с оним што је Посланик, нека је Аллахов благослов и мир на њега, донео од наредби и забрана; да воли оно што је наредио и да мрзи оно што је забранио.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Хадис представља правило за потпуну покорност шеријату и преданост њему.
+Ово је упозорење човеку да онај ко даје предност разуму или обичају над оним с чиме је дошао Посланик, нека је Аллахов благослов и мир на њега, такав човек је лишен вере.
+Обавеза је да се шеријат примењује у свему, због његових речи: „По ономе што сам донео.“
+Веровање се повећава покорношћу, а смањује чињењем греха.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>Све што опија је забрањено (ар. харам)</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Преноси Eбу Бурде, од његовог оца, Ебу Муса Ел-Еш'арија, Аллах био задовољан њиме, да га је Посланик, нека је Аллахов благослов и мир на њега, послао у Јемен. Питао га је о пићима која се праве, а он рече: ''Шта су она?'' Рече: „Ел-Биту' и Ел-Мизру.“ Рекоше Ебу Бурди: „Шта је Ел-Биту'?“ Рече: „То је медовина“, а Ел-Мизру: „То је пиво од јечма.“ Посланик, нека је Аллахов благослов и мир на њега, рече: „Све што опија је забрањено.“ (Бележи Бухари)</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Ебу Муса Ел-Еш'ари, Аллах био задовољан њиме, преноси да га је Посланик, нека је Аллахов благослов и мир на њега, послао у Јемен. Питао га је о пићима која се тамо праве и да ли су забрањена, па се Посланик распитао о њима. Ебу Муса Ел-Еш'ари, Аллах био задовољан њиме, је рекао: Ел-Биту' је медовина, а Ел-Мизр је вино од јечма. Посланик, нека је Аллахов благослов и мир на њега, који је имао језгровит говор, рекао је: „Све што опија је забрањенo.“</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Небиз је вода у коју се стављају датуле, мед, јечам или нешто слично, како би попримила њихов укус и слаткоћу; након тога може да ферментише и постане опојно пиће.
+Хадис представља основ за забрану свих врста опијата, као што су вино, марихуана и слично.
+Значај постављања питања о ономе што је муслиману потребно.
+Прво што је забрањено било је вино у време намаза, јер су неки од Мухаџира у намазу мешали у учењу. Затим је објављен ајет: „О ви који верујете! Не прилазите намазу пијани све док не будете знали шта говорите.“ (Ен-Ниса, 43)
+И позивач Посланика, нека је Аллахов благослов и мир на њега, је позивао: „Никако не прилазите намазу пијани.“
+Затим је Аллах у потпуности забранио вино Својим речима: „О ви који верујете! Вино, коцка, идоли и стрелице за судбину су прљавштина и дело ђавола, зато их се клоните да бисте успели. Ђаво само жели да између вас створи непријатељство и мржњу због вина и коцке, и да вас одврати од помињања Аллаха и намаза. Зар нећете престати?“ (Ел-Маида, 90–91)
+Узвишени Аллах је забранио опојна средства, јер су штетна и погубна за човека.
+Поука у забрани лежи у постојању особине опијања; ако вино има ту особину, оно је забрањено, а ако нема, оно је дозвољено.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>Од Абдуллаха бин Амра, Аллах био задовољан њима, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао:||„Четири особине: ко их има, тај је лицемер, а ако се једна од њих нађе у њему, тај има део лицемерја све док је не остави: ко кад говори лаже, ко кад обећа не испуни, ко кад се свађа буде груб, и ко кад склопи уговор буде непоуздан.“</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>Од Абдуллаха бин Амра, Аллах био задовољан њима, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Четири особине: ко их има, тај је лицемер, а ако се једна од њих нађе у њему, тај има део лицемерја све док је не остави: ко кад говори лаже, ко кад обећа не испуни, ко кад се свађа буде груб, и ко кад склопи уговор буде непоуздан.“</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Појашњење неких показатеља лицемерства како би их се људи чували.
+Овим хадисом нам се жели дати до знања да су ово нека својства лицемерства, те да онај при коме се она нађу личи на лицемере у своме понашању, а не да је он прави лицемер који приказује да је муслиман, а у себи крије неверство. Друга скупина учењака је казала да се овај хадис односи на оне код којих преовладавају ова својства и лако упада у њих. Такви људи углавном имају неисправно веровање.
+Ел-Газали је казао: „Основа практиковања вере базира се на троме: речима, делима и срчаној намери. У овом хадису на неваљале речи се указује спомињањем лажи, на неваљала деле се указује спомињањем проневере, а на неваљале намере путем неиспуњавања обећања, јер неиспуњавање обећања је проблематично само када човек има намеру да га не испуни у тренутку када га даје, а ако на почетку није имао такву намеру већ касније промени мишљење ради ванредне околности, на ову ситуацију се не односи овај хадис.“
+Постоје две врсте лицемерства:
+1. Лицемерство у веровању, које човека изводи из ислама. То је када човек показује да је муслиман, а у себи крије неверство.
+2. Лицемерство у делима. То је када човек личи на праве лицемере у свом понашању. Ова врста не изводи човека из вере, али спада у категорију великих греха.
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>„Када бисте се ослањали на Аллаха искреним ослонцем (ар. тевекул), Он би вас опскрбио као што опскрбљује птице, изађу гладне ујутру, а увече се врате сите.“</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>Од Омера бин Ел-Хаттаба, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Када бисте се ослањали на Аллаха искреним ослонцем (ар. тевекул), Он би вас опскрбио као што опскрбљује птице, изађу гладне ујутру, а увече се врате сите.“</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>„Доброчинство је лепа нарав, а грех је оно што те тишти у гридима и не желиш да људи за то сазнају</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>Од Ен-Невваса бин Сем'ана Ел-Енсарија, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Доброчинство је лепа нарав, а грех је оно што те тишти у гридима и не желиш да људи за то сазнају.“</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Посланик, нека је Аллахов благослов и мир на њега, поучиo нас je шта је доброчинство, а шта грех. Рекао је да је највеће доброчинство леп однос према Аллаху кроз богобојазност, као и лепо понашање према људима – подношење њиховог узнемиравања, суздржавање од љутње, сусрет са осмехом, љубазан разговор и поступање с крајњом пажњом и љубазношћу. Уз доброчинство, срце и душа човека осећају смиреност. Што се тиче греха, то је оно што изазива немир у души, попут сумњивих ствари. То је оно о чему се двоумиш, немаш унутрашњи мир, и у срцу ти се јавља бојазан да је то грех, те не желиш да други то сазнају, јер је неприкладно у очима честитих људи. Душа по својој природи воли да се људи упознају с њеним добрим делима, а ако се већ стидиш због неких дела, то је знак да у њима нема добра.
+Ако ти људи дају своје мишљење, не треба га прихватати све док у души постоји знак сумње, јер сама фетва не укида сумњу ако је она исправна, а онај који је даје може дати мишљење без знања. Међутим, ако је фетва дата на основу шеријатског доказа, обавеза је онај ко тражи мишљење да се њему врати, чак и ако му срце није у потпуности мирно.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>„Нека ти је језик непрестано влажан спомињањем и величањем Аллаха</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Од Абдуллаха бин Бусра, Аллах био задовољан њиме, преноси се да је неки човек рекао Аллаховом Посланику: „Аллахов Посланиче, много је исламских прописа, па ми реци нешто најважније чега ћу се посебно придржавати.“ Он му је одговорио: „Нека ти је језик непрестано влажан спомињањем и величањем Аллаха.“</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -18007,51 +20517,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O479"/>
+  <dimension ref="A1:O548"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -19323,21157 +21833,24454 @@
       </c>
       <c r="D29" t="s">
         <v>267</v>
       </c>
       <c r="E29" t="s">
         <v>268</v>
       </c>
       <c r="F29" t="s">
         <v>269</v>
       </c>
       <c r="G29" t="s">
         <v>270</v>
       </c>
       <c r="H29" t="s">
         <v>271</v>
       </c>
       <c r="I29" t="s">
         <v>272</v>
       </c>
       <c r="J29" t="s">
         <v>273</v>
       </c>
       <c r="K29" t="s">
         <v>274</v>
       </c>
+      <c r="L29" t="s">
+        <v>275</v>
+      </c>
       <c r="M29" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3053</v>
       </c>
       <c r="B30" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C30" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D30" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E30" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F30" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G30" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H30" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I30" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>3061</v>
+        <v>3060</v>
       </c>
       <c r="B31" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C31" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D31" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E31" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F31" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G31" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H31" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I31" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>3062</v>
+        <v>3061</v>
       </c>
       <c r="B32" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C32" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D32" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E32" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F32" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G32" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H32" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I32" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>303</v>
+        <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
+        <v>27</v>
+      </c>
+      <c r="N32" t="s">
+        <v>28</v>
+      </c>
+      <c r="O32" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>3063</v>
+        <v>3062</v>
       </c>
       <c r="B33" t="s">
+        <v>305</v>
+      </c>
+      <c r="C33" t="s">
         <v>306</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>307</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>308</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
         <v>309</v>
       </c>
-      <c r="F33" t="s">
+      <c r="G33" t="s">
         <v>310</v>
       </c>
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>311</v>
       </c>
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>312</v>
       </c>
-      <c r="I33" t="s">
+      <c r="J33" t="s">
+        <v>24</v>
+      </c>
+      <c r="K33" t="s">
         <v>313</v>
       </c>
-      <c r="J33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>27</v>
+        <v>314</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>3071</v>
+        <v>3063</v>
       </c>
       <c r="B34" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C34" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D34" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E34" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F34" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="G34" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H34" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I34" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>3075</v>
+        <v>3071</v>
       </c>
       <c r="B35" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C35" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D35" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E35" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F35" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G35" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="H35" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="I35" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>3078</v>
+        <v>3075</v>
       </c>
       <c r="B36" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C36" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D36" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E36" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F36" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G36" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H36" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I36" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>3079</v>
+        <v>3078</v>
       </c>
       <c r="B37" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C37" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D37" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E37" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F37" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G37" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H37" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I37" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>3086</v>
+        <v>3079</v>
       </c>
       <c r="B38" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C38" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D38" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E38" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F38" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G38" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H38" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="I38" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>3087</v>
+        <v>3086</v>
       </c>
       <c r="B39" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C39" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D39" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E39" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F39" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G39" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H39" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I39" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>3088</v>
+        <v>3087</v>
       </c>
       <c r="B40" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C40" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D40" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E40" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F40" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G40" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H40" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I40" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>3095</v>
+        <v>3088</v>
       </c>
       <c r="B41" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D41" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E41" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F41" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="G41" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H41" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="I41" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>3096</v>
+        <v>3095</v>
       </c>
       <c r="B42" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C42" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D42" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E42" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F42" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G42" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H42" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="I42" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>3103</v>
+        <v>3096</v>
       </c>
       <c r="B43" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C43" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D43" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E43" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F43" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G43" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H43" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="I43" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>3104</v>
+        <v>3103</v>
       </c>
       <c r="B44" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C44" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D44" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="G44" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H44" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="I44" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>3107</v>
+        <v>3104</v>
       </c>
       <c r="B45" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C45" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D45" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E45" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F45" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="G45" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H45" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="I45" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>3110</v>
+        <v>3107</v>
       </c>
       <c r="B46" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C46" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D46" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E46" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F46" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="G46" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H46" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I46" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>3122</v>
+        <v>3110</v>
       </c>
       <c r="B47" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C47" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D47" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E47" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F47" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G47" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H47" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I47" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J47" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K47" t="s">
+        <v>25</v>
+      </c>
+      <c r="L47" t="s">
+        <v>26</v>
+      </c>
+      <c r="M47" t="s">
+        <v>27</v>
+      </c>
+      <c r="N47" t="s">
+        <v>28</v>
+      </c>
+      <c r="O47" t="s">
         <v>441</v>
-      </c>
-[...10 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>3127</v>
+        <v>3122</v>
       </c>
       <c r="B48" t="s">
+        <v>442</v>
+      </c>
+      <c r="C48" t="s">
+        <v>443</v>
+      </c>
+      <c r="D48" t="s">
+        <v>444</v>
+      </c>
+      <c r="E48" t="s">
         <v>445</v>
       </c>
-      <c r="C48" t="s">
+      <c r="F48" t="s">
         <v>446</v>
       </c>
-      <c r="D48" t="s">
+      <c r="G48" t="s">
         <v>447</v>
       </c>
-      <c r="E48" t="s">
+      <c r="H48" t="s">
         <v>448</v>
       </c>
-      <c r="F48" t="s">
+      <c r="I48" t="s">
         <v>449</v>
       </c>
-      <c r="G48" t="s">
+      <c r="J48" t="s">
         <v>450</v>
       </c>
-      <c r="H48" t="s">
+      <c r="K48" t="s">
         <v>451</v>
       </c>
-      <c r="I48" t="s">
+      <c r="L48" t="s">
         <v>452</v>
       </c>
-      <c r="J48" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M48" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>3135</v>
+        <v>3127</v>
       </c>
       <c r="B49" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C49" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D49" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E49" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F49" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G49" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H49" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="I49" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>3138</v>
+        <v>3135</v>
       </c>
       <c r="B50" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C50" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D50" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E50" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F50" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="G50" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H50" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="I50" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>3142</v>
+        <v>3138</v>
       </c>
       <c r="B51" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C51" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D51" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E51" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F51" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="G51" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H51" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="I51" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>3143</v>
+        <v>3142</v>
       </c>
       <c r="B52" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C52" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E52" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F52" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="G52" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H52" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I52" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>3144</v>
+        <v>3143</v>
       </c>
       <c r="B53" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C53" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D53" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E53" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F53" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="G53" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H53" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="I53" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>3145</v>
+        <v>3144</v>
       </c>
       <c r="B54" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C54" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D54" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E54" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F54" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="G54" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="H54" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="I54" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>3150</v>
+        <v>3145</v>
       </c>
       <c r="B55" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C55" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D55" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="E55" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="F55" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G55" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H55" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="I55" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>3153</v>
+        <v>3150</v>
       </c>
       <c r="B56" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C56" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D56" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="E56" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F56" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="G56" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H56" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="I56" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>3156</v>
+        <v>3153</v>
       </c>
       <c r="B57" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C57" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D57" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F57" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G57" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H57" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="I57" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
         <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>3157</v>
+        <v>3156</v>
       </c>
       <c r="B58" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C58" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D58" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E58" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F58" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G58" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H58" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I58" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>3159</v>
+        <v>3157</v>
       </c>
       <c r="B59" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C59" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D59" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E59" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F59" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="G59" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H59" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="I59" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="J59" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L59" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>3220</v>
+        <v>3159</v>
       </c>
       <c r="B60" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C60" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D60" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E60" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="F60" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="G60" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H60" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="I60" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="J60" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K60" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L60" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M60" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>3236</v>
+        <v>3220</v>
       </c>
       <c r="B61" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C61" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D61" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E61" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F61" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="G61" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H61" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="I61" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>570</v>
+        <v>25</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
+        <v>27</v>
+      </c>
+      <c r="N61" t="s">
+        <v>28</v>
+      </c>
+      <c r="O61" t="s">
         <v>571</v>
-      </c>
-[...4 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>3267</v>
+        <v>3236</v>
       </c>
       <c r="B62" t="s">
+        <v>572</v>
+      </c>
+      <c r="C62" t="s">
         <v>573</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>574</v>
       </c>
-      <c r="D62" t="s">
+      <c r="E62" t="s">
         <v>575</v>
       </c>
-      <c r="E62" t="s">
+      <c r="F62" t="s">
         <v>576</v>
       </c>
-      <c r="F62" t="s">
+      <c r="G62" t="s">
         <v>577</v>
       </c>
-      <c r="G62" t="s">
+      <c r="H62" t="s">
         <v>578</v>
       </c>
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>579</v>
       </c>
-      <c r="I62" t="s">
+      <c r="J62" t="s">
+        <v>24</v>
+      </c>
+      <c r="K62" t="s">
         <v>580</v>
       </c>
-      <c r="J62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>171</v>
+        <v>581</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>3272</v>
+        <v>3267</v>
       </c>
       <c r="B63" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C63" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D63" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E63" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F63" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G63" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H63" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="I63" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>3279</v>
+        <v>3272</v>
       </c>
       <c r="B64" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C64" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D64" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E64" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F64" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="G64" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H64" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="I64" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>3298</v>
+        <v>3279</v>
       </c>
       <c r="B65" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C65" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D65" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E65" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F65" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G65" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H65" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="I65" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>3310</v>
+        <v>3285</v>
       </c>
       <c r="B66" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C66" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D66" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E66" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F66" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="G66" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="H66" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="I66" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>3313</v>
+        <v>3298</v>
       </c>
       <c r="B67" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C67" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D67" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E67" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F67" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G67" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H67" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="I67" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>3316</v>
+        <v>3310</v>
       </c>
       <c r="B68" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C68" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D68" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E68" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="F68" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="G68" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H68" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="I68" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>3317</v>
+        <v>3313</v>
       </c>
       <c r="B69" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C69" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D69" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E69" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F69" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G69" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H69" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="I69" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>441</v>
+        <v>25</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>443</v>
+        <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>3330</v>
+        <v>3316</v>
       </c>
       <c r="B70" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C70" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D70" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="E70" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F70" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="G70" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H70" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="I70" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>3331</v>
+        <v>3317</v>
       </c>
       <c r="B71" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C71" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D71" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E71" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="F71" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G71" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H71" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="I71" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>3336</v>
+        <v>3330</v>
       </c>
       <c r="B72" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C72" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D72" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E72" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="F72" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="G72" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H72" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="I72" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>671</v>
+        <v>25</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
+        <v>27</v>
+      </c>
+      <c r="N72" t="s">
+        <v>28</v>
+      </c>
+      <c r="O72" t="s">
         <v>672</v>
-      </c>
-[...4 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>3341</v>
+        <v>3331</v>
       </c>
       <c r="B73" t="s">
+        <v>673</v>
+      </c>
+      <c r="C73" t="s">
         <v>674</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>675</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73" t="s">
         <v>676</v>
       </c>
-      <c r="E73" t="s">
+      <c r="F73" t="s">
         <v>677</v>
       </c>
-      <c r="F73" t="s">
+      <c r="G73" t="s">
         <v>678</v>
       </c>
-      <c r="G73" t="s">
+      <c r="H73" t="s">
         <v>679</v>
       </c>
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>680</v>
       </c>
-      <c r="I73" t="s">
+      <c r="J73" t="s">
+        <v>24</v>
+      </c>
+      <c r="K73" t="s">
+        <v>25</v>
+      </c>
+      <c r="L73" t="s">
+        <v>26</v>
+      </c>
+      <c r="M73" t="s">
+        <v>27</v>
+      </c>
+      <c r="N73" t="s">
+        <v>28</v>
+      </c>
+      <c r="O73" t="s">
         <v>681</v>
-      </c>
-[...16 lines deleted...]
-        <v>682</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>3342</v>
+        <v>3336</v>
       </c>
       <c r="B74" t="s">
+        <v>682</v>
+      </c>
+      <c r="C74" t="s">
         <v>683</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>684</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>685</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74" t="s">
         <v>686</v>
       </c>
-      <c r="F74" t="s">
+      <c r="G74" t="s">
         <v>687</v>
       </c>
-      <c r="G74" t="s">
+      <c r="H74" t="s">
         <v>688</v>
       </c>
-      <c r="H74" t="s">
+      <c r="I74" t="s">
         <v>689</v>
       </c>
-      <c r="I74" t="s">
+      <c r="J74" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" t="s">
         <v>690</v>
       </c>
-      <c r="J74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>3345</v>
+        <v>3341</v>
       </c>
       <c r="B75" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C75" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D75" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E75" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F75" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="G75" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H75" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="I75" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>3347</v>
+        <v>3342</v>
       </c>
       <c r="B76" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C76" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D76" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E76" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F76" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="G76" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H76" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="I76" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>170</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>171</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>3348</v>
+        <v>3345</v>
       </c>
       <c r="B77" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C77" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D77" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="E77" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="F77" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G77" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H77" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="I77" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>3350</v>
+        <v>3347</v>
       </c>
       <c r="B78" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C78" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D78" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E78" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F78" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="G78" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="H78" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="I78" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="J78" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>727</v>
+        <v>170</v>
       </c>
       <c r="L78" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M78" t="s">
+        <v>171</v>
+      </c>
+      <c r="N78" t="s">
+        <v>28</v>
+      </c>
+      <c r="O78" t="s">
         <v>728</v>
-      </c>
-[...4 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>3352</v>
+        <v>3348</v>
       </c>
       <c r="B79" t="s">
+        <v>729</v>
+      </c>
+      <c r="C79" t="s">
         <v>730</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>731</v>
       </c>
-      <c r="D79" t="s">
+      <c r="E79" t="s">
         <v>732</v>
       </c>
-      <c r="E79" t="s">
+      <c r="F79" t="s">
         <v>733</v>
       </c>
-      <c r="F79" t="s">
+      <c r="G79" t="s">
         <v>734</v>
       </c>
-      <c r="G79" t="s">
+      <c r="H79" t="s">
         <v>735</v>
       </c>
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>736</v>
       </c>
-      <c r="I79" t="s">
+      <c r="J79" t="s">
+        <v>24</v>
+      </c>
+      <c r="K79" t="s">
+        <v>25</v>
+      </c>
+      <c r="L79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
+        <v>27</v>
+      </c>
+      <c r="N79" t="s">
+        <v>28</v>
+      </c>
+      <c r="O79" t="s">
         <v>737</v>
-      </c>
-[...16 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>3354</v>
+        <v>3350</v>
       </c>
       <c r="B80" t="s">
+        <v>738</v>
+      </c>
+      <c r="C80" t="s">
+        <v>739</v>
+      </c>
+      <c r="D80" t="s">
+        <v>740</v>
+      </c>
+      <c r="E80" t="s">
+        <v>741</v>
+      </c>
+      <c r="F80" t="s">
+        <v>742</v>
+      </c>
+      <c r="G80" t="s">
         <v>743</v>
       </c>
-      <c r="C80" t="s">
+      <c r="H80" t="s">
         <v>744</v>
       </c>
-      <c r="D80" t="s">
+      <c r="I80" t="s">
         <v>745</v>
       </c>
-      <c r="E80" t="s">
+      <c r="J80" t="s">
+        <v>450</v>
+      </c>
+      <c r="K80" t="s">
         <v>746</v>
       </c>
-      <c r="F80" t="s">
+      <c r="L80" t="s">
+        <v>452</v>
+      </c>
+      <c r="M80" t="s">
         <v>747</v>
       </c>
-      <c r="G80" t="s">
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
         <v>748</v>
-      </c>
-[...22 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>3355</v>
+        <v>3352</v>
       </c>
       <c r="B81" t="s">
+        <v>749</v>
+      </c>
+      <c r="C81" t="s">
+        <v>750</v>
+      </c>
+      <c r="D81" t="s">
+        <v>751</v>
+      </c>
+      <c r="E81" t="s">
         <v>752</v>
       </c>
-      <c r="C81" t="s">
+      <c r="F81" t="s">
         <v>753</v>
       </c>
-      <c r="D81" t="s">
+      <c r="G81" t="s">
         <v>754</v>
       </c>
-      <c r="E81" t="s">
+      <c r="H81" t="s">
         <v>755</v>
       </c>
-      <c r="F81" t="s">
+      <c r="I81" t="s">
         <v>756</v>
       </c>
-      <c r="G81" t="s">
+      <c r="J81" t="s">
         <v>757</v>
       </c>
-      <c r="H81" t="s">
+      <c r="K81" t="s">
         <v>758</v>
       </c>
-      <c r="I81" t="s">
+      <c r="L81" t="s">
         <v>759</v>
       </c>
-      <c r="J81" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M81" t="s">
-        <v>27</v>
+        <v>760</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>3359</v>
+        <v>3354</v>
       </c>
       <c r="B82" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C82" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D82" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="E82" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F82" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="G82" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="H82" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="I82" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>441</v>
+        <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>443</v>
+        <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>3361</v>
+        <v>3355</v>
       </c>
       <c r="B83" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C83" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D83" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="E83" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F83" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="G83" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="H83" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="I83" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>3365</v>
+        <v>3359</v>
       </c>
       <c r="B84" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C84" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D84" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="E84" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F84" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="G84" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="H84" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="I84" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>3366</v>
+        <v>3360</v>
       </c>
       <c r="B85" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C85" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D85" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E85" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F85" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G85" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="H85" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="I85" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>3370</v>
+        <v>3361</v>
       </c>
       <c r="B86" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C86" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D86" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="E86" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F86" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="G86" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="H86" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="I86" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>3372</v>
+        <v>3364</v>
       </c>
       <c r="B87" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C87" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D87" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="E87" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="F87" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G87" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H87" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="I87" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>3373</v>
+        <v>3365</v>
       </c>
       <c r="B88" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C88" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D88" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="E88" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F88" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="G88" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="H88" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="I88" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>3375</v>
+        <v>3366</v>
       </c>
       <c r="B89" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C89" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D89" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="E89" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="F89" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="G89" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="H89" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="I89" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="J89" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>671</v>
+        <v>25</v>
       </c>
       <c r="L89" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M89" t="s">
-        <v>672</v>
+        <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>3381</v>
+        <v>3370</v>
       </c>
       <c r="B90" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C90" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D90" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E90" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F90" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="G90" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="H90" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="I90" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="J90" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>671</v>
+        <v>170</v>
       </c>
       <c r="L90" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M90" t="s">
-        <v>672</v>
+        <v>171</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>3383</v>
+        <v>3372</v>
       </c>
       <c r="B91" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C91" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D91" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="E91" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="F91" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="G91" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="H91" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="I91" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>275</v>
+        <v>171</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>3389</v>
+        <v>3373</v>
       </c>
       <c r="B92" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C92" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D92" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E92" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="F92" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="G92" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="H92" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="I92" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>859</v>
+        <v>170</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
+        <v>171</v>
+      </c>
+      <c r="N92" t="s">
+        <v>28</v>
+      </c>
+      <c r="O92" t="s">
         <v>860</v>
-      </c>
-[...4 lines deleted...]
-        <v>861</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>3390</v>
+        <v>3375</v>
       </c>
       <c r="B93" t="s">
+        <v>861</v>
+      </c>
+      <c r="C93" t="s">
         <v>862</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
         <v>863</v>
       </c>
-      <c r="D93" t="s">
+      <c r="E93" t="s">
         <v>864</v>
       </c>
-      <c r="E93" t="s">
+      <c r="F93" t="s">
         <v>865</v>
       </c>
-      <c r="F93" t="s">
+      <c r="G93" t="s">
         <v>866</v>
       </c>
-      <c r="G93" t="s">
+      <c r="H93" t="s">
         <v>867</v>
       </c>
-      <c r="H93" t="s">
+      <c r="I93" t="s">
         <v>868</v>
       </c>
-      <c r="I93" t="s">
+      <c r="J93" t="s">
+        <v>450</v>
+      </c>
+      <c r="K93" t="s">
+        <v>690</v>
+      </c>
+      <c r="L93" t="s">
+        <v>452</v>
+      </c>
+      <c r="M93" t="s">
+        <v>691</v>
+      </c>
+      <c r="N93" t="s">
+        <v>28</v>
+      </c>
+      <c r="O93" t="s">
         <v>869</v>
-      </c>
-[...16 lines deleted...]
-        <v>870</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>3395</v>
+        <v>3379</v>
       </c>
       <c r="B94" t="s">
+        <v>870</v>
+      </c>
+      <c r="C94" t="s">
         <v>871</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>872</v>
       </c>
-      <c r="D94" t="s">
+      <c r="E94" t="s">
         <v>873</v>
       </c>
-      <c r="E94" t="s">
+      <c r="F94" t="s">
         <v>874</v>
       </c>
-      <c r="F94" t="s">
+      <c r="G94" t="s">
         <v>875</v>
       </c>
-      <c r="G94" t="s">
+      <c r="H94" t="s">
         <v>876</v>
       </c>
-      <c r="H94" t="s">
+      <c r="I94" t="s">
         <v>877</v>
       </c>
-      <c r="I94" t="s">
+      <c r="J94" t="s">
+        <v>24</v>
+      </c>
+      <c r="K94" t="s">
+        <v>25</v>
+      </c>
+      <c r="L94" t="s">
+        <v>26</v>
+      </c>
+      <c r="M94" t="s">
+        <v>27</v>
+      </c>
+      <c r="N94" t="s">
+        <v>28</v>
+      </c>
+      <c r="O94" t="s">
         <v>878</v>
-      </c>
-[...16 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>3406</v>
+        <v>3381</v>
       </c>
       <c r="B95" t="s">
+        <v>879</v>
+      </c>
+      <c r="C95" t="s">
+        <v>880</v>
+      </c>
+      <c r="D95" t="s">
+        <v>881</v>
+      </c>
+      <c r="E95" t="s">
         <v>882</v>
       </c>
-      <c r="C95" t="s">
+      <c r="F95" t="s">
         <v>883</v>
       </c>
-      <c r="D95" t="s">
+      <c r="G95" t="s">
         <v>884</v>
       </c>
-      <c r="E95" t="s">
+      <c r="H95" t="s">
         <v>885</v>
       </c>
-      <c r="F95" t="s">
+      <c r="I95" t="s">
         <v>886</v>
       </c>
-      <c r="G95" t="s">
+      <c r="J95" t="s">
+        <v>450</v>
+      </c>
+      <c r="K95" t="s">
+        <v>690</v>
+      </c>
+      <c r="L95" t="s">
+        <v>452</v>
+      </c>
+      <c r="M95" t="s">
+        <v>691</v>
+      </c>
+      <c r="N95" t="s">
+        <v>28</v>
+      </c>
+      <c r="O95" t="s">
         <v>887</v>
-      </c>
-[...22 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>3407</v>
+        <v>3383</v>
       </c>
       <c r="B96" t="s">
+        <v>888</v>
+      </c>
+      <c r="C96" t="s">
+        <v>889</v>
+      </c>
+      <c r="D96" t="s">
+        <v>890</v>
+      </c>
+      <c r="E96" t="s">
         <v>891</v>
       </c>
-      <c r="C96" t="s">
+      <c r="F96" t="s">
         <v>892</v>
       </c>
-      <c r="D96" t="s">
+      <c r="G96" t="s">
         <v>893</v>
       </c>
-      <c r="E96" t="s">
+      <c r="H96" t="s">
         <v>894</v>
       </c>
-      <c r="F96" t="s">
+      <c r="I96" t="s">
         <v>895</v>
       </c>
-      <c r="G96" t="s">
+      <c r="J96" t="s">
+        <v>24</v>
+      </c>
+      <c r="K96" t="s">
+        <v>274</v>
+      </c>
+      <c r="L96" t="s">
+        <v>26</v>
+      </c>
+      <c r="M96" t="s">
+        <v>276</v>
+      </c>
+      <c r="N96" t="s">
+        <v>28</v>
+      </c>
+      <c r="O96" t="s">
         <v>896</v>
-      </c>
-[...22 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>3409</v>
+        <v>3389</v>
       </c>
       <c r="B97" t="s">
+        <v>897</v>
+      </c>
+      <c r="C97" t="s">
+        <v>898</v>
+      </c>
+      <c r="D97" t="s">
+        <v>899</v>
+      </c>
+      <c r="E97" t="s">
         <v>900</v>
       </c>
-      <c r="C97" t="s">
+      <c r="F97" t="s">
         <v>901</v>
       </c>
-      <c r="D97" t="s">
+      <c r="G97" t="s">
         <v>902</v>
       </c>
-      <c r="E97" t="s">
+      <c r="H97" t="s">
         <v>903</v>
       </c>
-      <c r="F97" t="s">
+      <c r="I97" t="s">
         <v>904</v>
       </c>
-      <c r="G97" t="s">
+      <c r="J97" t="s">
+        <v>24</v>
+      </c>
+      <c r="K97" t="s">
         <v>905</v>
       </c>
-      <c r="H97" t="s">
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97" t="s">
         <v>906</v>
       </c>
-      <c r="I97" t="s">
+      <c r="N97" t="s">
+        <v>28</v>
+      </c>
+      <c r="O97" t="s">
         <v>907</v>
-      </c>
-[...16 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>3410</v>
+        <v>3390</v>
       </c>
       <c r="B98" t="s">
+        <v>908</v>
+      </c>
+      <c r="C98" t="s">
         <v>909</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
         <v>910</v>
       </c>
-      <c r="D98" t="s">
+      <c r="E98" t="s">
         <v>911</v>
       </c>
-      <c r="E98" t="s">
+      <c r="F98" t="s">
         <v>912</v>
       </c>
-      <c r="F98" t="s">
+      <c r="G98" t="s">
         <v>913</v>
       </c>
-      <c r="G98" t="s">
+      <c r="H98" t="s">
         <v>914</v>
       </c>
-      <c r="H98" t="s">
+      <c r="I98" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>916</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>3414</v>
+        <v>3395</v>
       </c>
       <c r="B99" t="s">
+        <v>917</v>
+      </c>
+      <c r="C99" t="s">
         <v>918</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>919</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" t="s">
         <v>920</v>
       </c>
-      <c r="E99" t="s">
+      <c r="F99" t="s">
         <v>921</v>
       </c>
-      <c r="F99" t="s">
+      <c r="G99" t="s">
         <v>922</v>
       </c>
-      <c r="G99" t="s">
+      <c r="H99" t="s">
         <v>923</v>
       </c>
-      <c r="H99" t="s">
+      <c r="I99" t="s">
         <v>924</v>
       </c>
-      <c r="I99" t="s">
+      <c r="J99" t="s">
+        <v>24</v>
+      </c>
+      <c r="K99" t="s">
         <v>925</v>
       </c>
-      <c r="J99" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
-        <v>48</v>
+        <v>926</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3417</v>
+        <v>3406</v>
       </c>
       <c r="B100" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C100" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D100" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="E100" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="F100" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="G100" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="H100" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="I100" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3418</v>
+        <v>3407</v>
       </c>
       <c r="B101" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C101" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D101" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="E101" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="F101" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="G101" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="H101" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="I101" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3419</v>
+        <v>3409</v>
       </c>
       <c r="B102" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C102" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D102" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="E102" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="F102" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="G102" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H102" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="I102" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3420</v>
+        <v>3410</v>
       </c>
       <c r="B103" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C103" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D103" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="E103" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="F103" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="G103" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H103" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="I103" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3422</v>
+        <v>3414</v>
       </c>
       <c r="B104" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C104" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D104" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="E104" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="F104" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="G104" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="H104" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="I104" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3437</v>
+        <v>3417</v>
       </c>
       <c r="B105" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C105" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D105" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="E105" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="F105" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="G105" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="H105" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="I105" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3438</v>
+        <v>3418</v>
       </c>
       <c r="B106" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C106" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D106" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="E106" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="F106" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="G106" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H106" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="I106" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3444</v>
+        <v>3419</v>
       </c>
       <c r="B107" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C107" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D107" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E107" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F107" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="G107" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="H107" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="I107" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3461</v>
+        <v>3420</v>
       </c>
       <c r="B108" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C108" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D108" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="E108" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="F108" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="G108" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H108" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="I108" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3470</v>
+        <v>3422</v>
       </c>
       <c r="B109" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C109" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D109" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E109" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F109" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="G109" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="H109" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="I109" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>1016</v>
+        <v>25</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
+        <v>27</v>
+      </c>
+      <c r="N109" t="s">
+        <v>28</v>
+      </c>
+      <c r="O109" t="s">
         <v>1017</v>
-      </c>
-[...4 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3475</v>
+        <v>3437</v>
       </c>
       <c r="B110" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C110" t="s">
         <v>1019</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110" t="s">
         <v>1020</v>
       </c>
-      <c r="D110" t="s">
+      <c r="E110" t="s">
         <v>1021</v>
       </c>
-      <c r="E110" t="s">
+      <c r="F110" t="s">
         <v>1022</v>
       </c>
-      <c r="F110" t="s">
+      <c r="G110" t="s">
         <v>1023</v>
       </c>
-      <c r="G110" t="s">
+      <c r="H110" t="s">
         <v>1024</v>
       </c>
-      <c r="H110" t="s">
+      <c r="I110" t="s">
         <v>1025</v>
       </c>
-      <c r="I110" t="s">
+      <c r="J110" t="s">
+        <v>24</v>
+      </c>
+      <c r="K110" t="s">
+        <v>25</v>
+      </c>
+      <c r="L110" t="s">
+        <v>26</v>
+      </c>
+      <c r="M110" t="s">
+        <v>27</v>
+      </c>
+      <c r="N110" t="s">
+        <v>28</v>
+      </c>
+      <c r="O110" t="s">
         <v>1026</v>
-      </c>
-[...16 lines deleted...]
-        <v>1027</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3476</v>
+        <v>3438</v>
       </c>
       <c r="B111" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C111" t="s">
         <v>1028</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>1029</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" t="s">
         <v>1030</v>
       </c>
-      <c r="E111" t="s">
+      <c r="F111" t="s">
         <v>1031</v>
       </c>
-      <c r="F111" t="s">
+      <c r="G111" t="s">
         <v>1032</v>
       </c>
-      <c r="G111" t="s">
+      <c r="H111" t="s">
         <v>1033</v>
       </c>
-      <c r="H111" t="s">
+      <c r="I111" t="s">
         <v>1034</v>
-      </c>
-[...1 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3480</v>
+        <v>3444</v>
       </c>
       <c r="B112" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C112" t="s">
         <v>1037</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
         <v>1038</v>
       </c>
-      <c r="D112" t="s">
+      <c r="E112" t="s">
         <v>1039</v>
       </c>
-      <c r="E112" t="s">
+      <c r="F112" t="s">
         <v>1040</v>
       </c>
-      <c r="F112" t="s">
+      <c r="G112" t="s">
         <v>1041</v>
       </c>
-      <c r="G112" t="s">
+      <c r="H112" t="s">
         <v>1042</v>
       </c>
-      <c r="H112" t="s">
+      <c r="I112" t="s">
         <v>1043</v>
       </c>
-      <c r="I112" t="s">
+      <c r="J112" t="s">
+        <v>24</v>
+      </c>
+      <c r="K112" t="s">
+        <v>25</v>
+      </c>
+      <c r="L112" t="s">
+        <v>26</v>
+      </c>
+      <c r="M112" t="s">
+        <v>27</v>
+      </c>
+      <c r="N112" t="s">
+        <v>28</v>
+      </c>
+      <c r="O112" t="s">
         <v>1044</v>
-      </c>
-[...16 lines deleted...]
-        <v>1045</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3481</v>
+        <v>3461</v>
       </c>
       <c r="B113" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C113" t="s">
         <v>1046</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
         <v>1047</v>
       </c>
-      <c r="D113" t="s">
+      <c r="E113" t="s">
         <v>1048</v>
       </c>
-      <c r="E113" t="s">
+      <c r="F113" t="s">
         <v>1049</v>
       </c>
-      <c r="F113" t="s">
+      <c r="G113" t="s">
         <v>1050</v>
       </c>
-      <c r="G113" t="s">
+      <c r="H113" t="s">
         <v>1051</v>
       </c>
-      <c r="H113" t="s">
+      <c r="I113" t="s">
         <v>1052</v>
       </c>
-      <c r="I113" t="s">
+      <c r="J113" t="s">
+        <v>24</v>
+      </c>
+      <c r="K113" t="s">
+        <v>25</v>
+      </c>
+      <c r="L113" t="s">
+        <v>26</v>
+      </c>
+      <c r="M113" t="s">
+        <v>27</v>
+      </c>
+      <c r="N113" t="s">
+        <v>28</v>
+      </c>
+      <c r="O113" t="s">
         <v>1053</v>
-      </c>
-[...16 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3503</v>
+        <v>3469</v>
       </c>
       <c r="B114" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C114" t="s">
         <v>1055</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
         <v>1056</v>
       </c>
-      <c r="D114" t="s">
+      <c r="E114" t="s">
         <v>1057</v>
       </c>
-      <c r="E114" t="s">
+      <c r="F114" t="s">
         <v>1058</v>
       </c>
-      <c r="F114" t="s">
+      <c r="G114" t="s">
         <v>1059</v>
       </c>
-      <c r="G114" t="s">
+      <c r="H114" t="s">
         <v>1060</v>
       </c>
-      <c r="H114" t="s">
+      <c r="I114" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>25</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>27</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3512</v>
+        <v>3470</v>
       </c>
       <c r="B115" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C115" t="s">
         <v>1064</v>
       </c>
-      <c r="C115" t="s">
+      <c r="D115" t="s">
         <v>1065</v>
       </c>
-      <c r="D115" t="s">
+      <c r="E115" t="s">
         <v>1066</v>
       </c>
-      <c r="E115" t="s">
+      <c r="F115" t="s">
         <v>1067</v>
       </c>
-      <c r="F115" t="s">
+      <c r="G115" t="s">
         <v>1068</v>
       </c>
-      <c r="G115" t="s">
+      <c r="H115" t="s">
         <v>1069</v>
       </c>
-      <c r="H115" t="s">
+      <c r="I115" t="s">
         <v>1070</v>
       </c>
-      <c r="I115" t="s">
+      <c r="J115" t="s">
+        <v>24</v>
+      </c>
+      <c r="K115" t="s">
         <v>1071</v>
       </c>
-      <c r="J115" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>27</v>
+        <v>1072</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>3518</v>
+        <v>3475</v>
       </c>
       <c r="B116" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="C116" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D116" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="E116" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F116" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="G116" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="H116" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="I116" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>1081</v>
+        <v>47</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
+      </c>
+      <c r="M116" t="s">
+        <v>48</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
         <v>1082</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>3520</v>
+        <v>3476</v>
       </c>
       <c r="B117" t="s">
         <v>1083</v>
       </c>
       <c r="C117" t="s">
         <v>1084</v>
       </c>
       <c r="D117" t="s">
         <v>1085</v>
       </c>
       <c r="E117" t="s">
         <v>1086</v>
       </c>
       <c r="F117" t="s">
         <v>1087</v>
       </c>
       <c r="G117" t="s">
         <v>1088</v>
       </c>
       <c r="H117" t="s">
         <v>1089</v>
       </c>
       <c r="I117" t="s">
         <v>1090</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>3534</v>
+        <v>3480</v>
       </c>
       <c r="B118" t="s">
         <v>1092</v>
       </c>
       <c r="C118" t="s">
         <v>1093</v>
       </c>
       <c r="D118" t="s">
         <v>1094</v>
       </c>
       <c r="E118" t="s">
         <v>1095</v>
       </c>
       <c r="F118" t="s">
         <v>1096</v>
       </c>
       <c r="G118" t="s">
         <v>1097</v>
       </c>
       <c r="H118" t="s">
         <v>1098</v>
       </c>
       <c r="I118" t="s">
         <v>1099</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>3546</v>
+        <v>3481</v>
       </c>
       <c r="B119" t="s">
         <v>1101</v>
       </c>
       <c r="C119" t="s">
         <v>1102</v>
       </c>
       <c r="D119" t="s">
         <v>1103</v>
       </c>
       <c r="E119" t="s">
         <v>1104</v>
       </c>
       <c r="F119" t="s">
         <v>1105</v>
       </c>
       <c r="G119" t="s">
         <v>1106</v>
       </c>
       <c r="H119" t="s">
         <v>1107</v>
       </c>
       <c r="I119" t="s">
         <v>1108</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>3552</v>
+        <v>3503</v>
       </c>
       <c r="B120" t="s">
         <v>1110</v>
       </c>
       <c r="C120" t="s">
         <v>1111</v>
       </c>
       <c r="D120" t="s">
         <v>1112</v>
       </c>
       <c r="E120" t="s">
         <v>1113</v>
       </c>
       <c r="F120" t="s">
         <v>1114</v>
       </c>
       <c r="G120" t="s">
         <v>1115</v>
       </c>
       <c r="H120" t="s">
         <v>1116</v>
       </c>
       <c r="I120" t="s">
         <v>1117</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>727</v>
+        <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
-        <v>728</v>
+        <v>27</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
         <v>1118</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>3553</v>
+        <v>3512</v>
       </c>
       <c r="B121" t="s">
         <v>1119</v>
       </c>
       <c r="C121" t="s">
         <v>1120</v>
       </c>
       <c r="D121" t="s">
         <v>1121</v>
       </c>
       <c r="E121" t="s">
         <v>1122</v>
       </c>
       <c r="F121" t="s">
         <v>1123</v>
       </c>
       <c r="G121" t="s">
         <v>1124</v>
       </c>
       <c r="H121" t="s">
         <v>1125</v>
       </c>
       <c r="I121" t="s">
         <v>1126</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>3567</v>
+        <v>3518</v>
       </c>
       <c r="B122" t="s">
         <v>1128</v>
       </c>
       <c r="C122" t="s">
         <v>1129</v>
       </c>
       <c r="D122" t="s">
         <v>1130</v>
       </c>
       <c r="E122" t="s">
         <v>1131</v>
       </c>
       <c r="F122" t="s">
         <v>1132</v>
       </c>
       <c r="G122" t="s">
         <v>1133</v>
       </c>
       <c r="H122" t="s">
         <v>1134</v>
       </c>
       <c r="I122" t="s">
         <v>1135</v>
       </c>
       <c r="J122" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K122" t="s">
         <v>1136</v>
       </c>
       <c r="L122" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M122" t="s">
         <v>1137</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>3574</v>
+        <v>3520</v>
       </c>
       <c r="B123" t="s">
         <v>1139</v>
       </c>
       <c r="C123" t="s">
         <v>1140</v>
       </c>
       <c r="D123" t="s">
         <v>1141</v>
       </c>
       <c r="E123" t="s">
         <v>1142</v>
       </c>
       <c r="F123" t="s">
         <v>1143</v>
       </c>
       <c r="G123" t="s">
         <v>1144</v>
       </c>
       <c r="H123" t="s">
         <v>1145</v>
       </c>
       <c r="I123" t="s">
         <v>1146</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>3575</v>
+        <v>3534</v>
       </c>
       <c r="B124" t="s">
         <v>1148</v>
       </c>
       <c r="C124" t="s">
         <v>1149</v>
       </c>
       <c r="D124" t="s">
         <v>1150</v>
       </c>
       <c r="E124" t="s">
         <v>1151</v>
       </c>
       <c r="F124" t="s">
         <v>1152</v>
       </c>
       <c r="G124" t="s">
         <v>1153</v>
       </c>
       <c r="H124" t="s">
         <v>1154</v>
       </c>
       <c r="I124" t="s">
         <v>1155</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
+        <v>25</v>
+      </c>
+      <c r="L124" t="s">
+        <v>26</v>
+      </c>
+      <c r="M124" t="s">
+        <v>27</v>
+      </c>
+      <c r="N124" t="s">
+        <v>28</v>
+      </c>
+      <c r="O124" t="s">
         <v>1156</v>
-      </c>
-[...10 lines deleted...]
-        <v>1158</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>3581</v>
+        <v>3546</v>
       </c>
       <c r="B125" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D125" t="s">
         <v>1159</v>
       </c>
-      <c r="C125" t="s">
+      <c r="E125" t="s">
         <v>1160</v>
       </c>
-      <c r="D125" t="s">
+      <c r="F125" t="s">
         <v>1161</v>
       </c>
-      <c r="E125" t="s">
+      <c r="G125" t="s">
         <v>1162</v>
       </c>
-      <c r="F125" t="s">
+      <c r="H125" t="s">
         <v>1163</v>
       </c>
-      <c r="G125" t="s">
+      <c r="I125" t="s">
         <v>1164</v>
       </c>
-      <c r="H125" t="s">
+      <c r="J125" t="s">
+        <v>24</v>
+      </c>
+      <c r="K125" t="s">
+        <v>25</v>
+      </c>
+      <c r="L125" t="s">
+        <v>26</v>
+      </c>
+      <c r="M125" t="s">
+        <v>27</v>
+      </c>
+      <c r="N125" t="s">
+        <v>28</v>
+      </c>
+      <c r="O125" t="s">
         <v>1165</v>
-      </c>
-[...19 lines deleted...]
-        <v>1167</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>3584</v>
+        <v>3552</v>
       </c>
       <c r="B126" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D126" t="s">
         <v>1168</v>
       </c>
-      <c r="C126" t="s">
+      <c r="E126" t="s">
         <v>1169</v>
       </c>
-      <c r="D126" t="s">
+      <c r="F126" t="s">
         <v>1170</v>
       </c>
-      <c r="E126" t="s">
+      <c r="G126" t="s">
         <v>1171</v>
       </c>
-      <c r="F126" t="s">
+      <c r="H126" t="s">
         <v>1172</v>
       </c>
-      <c r="G126" t="s">
+      <c r="I126" t="s">
         <v>1173</v>
       </c>
-      <c r="H126" t="s">
+      <c r="J126" t="s">
+        <v>24</v>
+      </c>
+      <c r="K126" t="s">
+        <v>746</v>
+      </c>
+      <c r="L126" t="s">
+        <v>26</v>
+      </c>
+      <c r="M126" t="s">
+        <v>747</v>
+      </c>
+      <c r="N126" t="s">
+        <v>28</v>
+      </c>
+      <c r="O126" t="s">
         <v>1174</v>
-      </c>
-[...19 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>3588</v>
+        <v>3553</v>
       </c>
       <c r="B127" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D127" t="s">
         <v>1177</v>
       </c>
-      <c r="C127" t="s">
+      <c r="E127" t="s">
         <v>1178</v>
       </c>
-      <c r="D127" t="s">
+      <c r="F127" t="s">
         <v>1179</v>
       </c>
-      <c r="E127" t="s">
+      <c r="G127" t="s">
         <v>1180</v>
       </c>
-      <c r="F127" t="s">
+      <c r="H127" t="s">
         <v>1181</v>
       </c>
-      <c r="G127" t="s">
+      <c r="I127" t="s">
         <v>1182</v>
       </c>
-      <c r="H127" t="s">
+      <c r="J127" t="s">
+        <v>24</v>
+      </c>
+      <c r="K127" t="s">
+        <v>47</v>
+      </c>
+      <c r="L127" t="s">
+        <v>26</v>
+      </c>
+      <c r="M127" t="s">
+        <v>48</v>
+      </c>
+      <c r="N127" t="s">
+        <v>28</v>
+      </c>
+      <c r="O127" t="s">
         <v>1183</v>
-      </c>
-[...19 lines deleted...]
-        <v>1187</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>3591</v>
+        <v>3566</v>
       </c>
       <c r="B128" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F128" t="s">
         <v>1188</v>
       </c>
-      <c r="C128" t="s">
+      <c r="G128" t="s">
         <v>1189</v>
       </c>
-      <c r="D128" t="s">
+      <c r="H128" t="s">
         <v>1190</v>
       </c>
-      <c r="E128" t="s">
+      <c r="I128" t="s">
         <v>1191</v>
-      </c>
-[...10 lines deleted...]
-        <v>1195</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>170</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>171</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>3686</v>
+        <v>3567</v>
       </c>
       <c r="B129" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F129" t="s">
         <v>1197</v>
       </c>
-      <c r="C129" t="s">
+      <c r="G129" t="s">
         <v>1198</v>
       </c>
-      <c r="D129" t="s">
+      <c r="H129" t="s">
         <v>1199</v>
       </c>
-      <c r="E129" t="s">
+      <c r="I129" t="s">
         <v>1200</v>
       </c>
-      <c r="F129" t="s">
+      <c r="J129" t="s">
+        <v>450</v>
+      </c>
+      <c r="K129" t="s">
         <v>1201</v>
       </c>
-      <c r="G129" t="s">
+      <c r="L129" t="s">
+        <v>452</v>
+      </c>
+      <c r="M129" t="s">
         <v>1202</v>
       </c>
-      <c r="H129" t="s">
+      <c r="N129" t="s">
+        <v>28</v>
+      </c>
+      <c r="O129" t="s">
         <v>1203</v>
-      </c>
-[...19 lines deleted...]
-        <v>1205</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>3689</v>
+        <v>3573</v>
       </c>
       <c r="B130" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D130" t="s">
         <v>1206</v>
       </c>
-      <c r="C130" t="s">
+      <c r="E130" t="s">
         <v>1207</v>
       </c>
-      <c r="D130" t="s">
+      <c r="F130" t="s">
         <v>1208</v>
       </c>
-      <c r="E130" t="s">
+      <c r="G130" t="s">
         <v>1209</v>
       </c>
-      <c r="F130" t="s">
+      <c r="H130" t="s">
         <v>1210</v>
       </c>
-      <c r="G130" t="s">
+      <c r="I130" t="s">
         <v>1211</v>
-      </c>
-[...4 lines deleted...]
-        <v>1213</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>25</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>27</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>3700</v>
+        <v>3574</v>
       </c>
       <c r="B131" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D131" t="s">
         <v>1215</v>
       </c>
-      <c r="C131" t="s">
+      <c r="E131" t="s">
         <v>1216</v>
       </c>
-      <c r="D131" t="s">
+      <c r="F131" t="s">
         <v>1217</v>
       </c>
-      <c r="E131" t="s">
+      <c r="G131" t="s">
         <v>1218</v>
       </c>
-      <c r="F131" t="s">
+      <c r="H131" t="s">
         <v>1219</v>
       </c>
-      <c r="G131" t="s">
+      <c r="I131" t="s">
         <v>1220</v>
       </c>
-      <c r="H131" t="s">
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="K131" t="s">
+        <v>170</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>171</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
         <v>1221</v>
-      </c>
-[...19 lines deleted...]
-        <v>1223</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>3701</v>
+        <v>3575</v>
       </c>
       <c r="B132" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D132" t="s">
         <v>1224</v>
       </c>
-      <c r="C132" t="s">
+      <c r="E132" t="s">
         <v>1225</v>
       </c>
-      <c r="D132" t="s">
+      <c r="F132" t="s">
         <v>1226</v>
       </c>
-      <c r="E132" t="s">
+      <c r="G132" t="s">
         <v>1227</v>
       </c>
-      <c r="F132" t="s">
+      <c r="H132" t="s">
         <v>1228</v>
       </c>
-      <c r="G132" t="s">
+      <c r="I132" t="s">
         <v>1229</v>
       </c>
-      <c r="H132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
         <v>1230</v>
       </c>
-      <c r="I132" t="s">
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
         <v>1231</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>3702</v>
+        <v>3578</v>
       </c>
       <c r="B133" t="s">
         <v>1233</v>
       </c>
       <c r="C133" t="s">
         <v>1234</v>
       </c>
       <c r="D133" t="s">
         <v>1235</v>
       </c>
       <c r="E133" t="s">
         <v>1236</v>
       </c>
       <c r="F133" t="s">
         <v>1237</v>
       </c>
       <c r="G133" t="s">
         <v>1238</v>
       </c>
       <c r="H133" t="s">
         <v>1239</v>
       </c>
       <c r="I133" t="s">
         <v>1240</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>3706</v>
+        <v>3581</v>
       </c>
       <c r="B134" t="s">
         <v>1242</v>
       </c>
       <c r="C134" t="s">
         <v>1243</v>
       </c>
       <c r="D134" t="s">
         <v>1244</v>
       </c>
       <c r="E134" t="s">
         <v>1245</v>
       </c>
       <c r="F134" t="s">
         <v>1246</v>
       </c>
       <c r="G134" t="s">
         <v>1247</v>
       </c>
       <c r="H134" t="s">
         <v>1248</v>
       </c>
       <c r="I134" t="s">
         <v>1249</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
         <v>1250</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>3711</v>
+        <v>3586</v>
       </c>
       <c r="B135" t="s">
         <v>1251</v>
       </c>
       <c r="C135" t="s">
         <v>1252</v>
       </c>
       <c r="D135" t="s">
         <v>1253</v>
       </c>
       <c r="E135" t="s">
         <v>1254</v>
       </c>
       <c r="F135" t="s">
         <v>1255</v>
       </c>
       <c r="G135" t="s">
         <v>1256</v>
       </c>
       <c r="H135" t="s">
         <v>1257</v>
       </c>
       <c r="I135" t="s">
         <v>1258</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>3716</v>
+        <v>3588</v>
       </c>
       <c r="B136" t="s">
         <v>1260</v>
       </c>
       <c r="C136" t="s">
         <v>1261</v>
       </c>
       <c r="D136" t="s">
         <v>1262</v>
       </c>
       <c r="E136" t="s">
         <v>1263</v>
       </c>
       <c r="F136" t="s">
         <v>1264</v>
       </c>
       <c r="G136" t="s">
         <v>1265</v>
       </c>
       <c r="H136" t="s">
         <v>1266</v>
       </c>
       <c r="I136" t="s">
         <v>1267</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>47</v>
+        <v>1268</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
-        <v>48</v>
+        <v>1269</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>3718</v>
+        <v>3591</v>
       </c>
       <c r="B137" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="C137" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="D137" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="E137" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="F137" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="G137" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="H137" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="I137" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>170</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>171</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>3719</v>
+        <v>3602</v>
       </c>
       <c r="B138" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C138" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="D138" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="E138" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="F138" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="G138" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="H138" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="I138" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>3731</v>
+        <v>3636</v>
       </c>
       <c r="B139" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="C139" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="D139" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="E139" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="F139" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="G139" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="H139" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="I139" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>3732</v>
+        <v>3652</v>
       </c>
       <c r="B140" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="C140" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D140" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="E140" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="F140" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="G140" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="H140" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="I140" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
         <v>170</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>171</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>3753</v>
+        <v>3686</v>
       </c>
       <c r="B141" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="C141" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="D141" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="E141" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="F141" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="G141" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="H141" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="I141" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>3756</v>
+        <v>3689</v>
       </c>
       <c r="B142" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="C142" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="D142" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="E142" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="F142" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="G142" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="H142" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="I142" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
         <v>25</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>27</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>3791</v>
+        <v>3700</v>
       </c>
       <c r="B143" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="C143" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="D143" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="E143" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="F143" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="G143" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="H143" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="I143" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="J143" t="s">
-        <v>1331</v>
+        <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>1332</v>
+        <v>25</v>
       </c>
       <c r="L143" t="s">
+        <v>26</v>
+      </c>
+      <c r="M143" t="s">
+        <v>27</v>
+      </c>
+      <c r="N143" t="s">
+        <v>28</v>
+      </c>
+      <c r="O143" t="s">
         <v>1333</v>
-      </c>
-[...7 lines deleted...]
-        <v>1335</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>3854</v>
+        <v>3701</v>
       </c>
       <c r="B144" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D144" t="s">
         <v>1336</v>
       </c>
-      <c r="C144" t="s">
+      <c r="E144" t="s">
         <v>1337</v>
       </c>
-      <c r="D144" t="s">
+      <c r="F144" t="s">
         <v>1338</v>
       </c>
-      <c r="E144" t="s">
+      <c r="G144" t="s">
         <v>1339</v>
       </c>
-      <c r="F144" t="s">
+      <c r="H144" t="s">
         <v>1340</v>
       </c>
-      <c r="G144" t="s">
+      <c r="I144" t="s">
         <v>1341</v>
       </c>
-      <c r="H144" t="s">
+      <c r="J144" t="s">
+        <v>24</v>
+      </c>
+      <c r="K144" t="s">
+        <v>25</v>
+      </c>
+      <c r="L144" t="s">
+        <v>26</v>
+      </c>
+      <c r="M144" t="s">
+        <v>27</v>
+      </c>
+      <c r="N144" t="s">
+        <v>28</v>
+      </c>
+      <c r="O144" t="s">
         <v>1342</v>
-      </c>
-[...19 lines deleted...]
-        <v>1344</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4176</v>
+        <v>3702</v>
       </c>
       <c r="B145" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D145" t="s">
         <v>1345</v>
       </c>
-      <c r="C145" t="s">
+      <c r="E145" t="s">
         <v>1346</v>
       </c>
-      <c r="D145" t="s">
+      <c r="F145" t="s">
         <v>1347</v>
       </c>
-      <c r="E145" t="s">
+      <c r="G145" t="s">
         <v>1348</v>
       </c>
-      <c r="F145" t="s">
+      <c r="H145" t="s">
         <v>1349</v>
       </c>
-      <c r="G145" t="s">
+      <c r="I145" t="s">
         <v>1350</v>
       </c>
-      <c r="H145" t="s">
+      <c r="J145" t="s">
+        <v>24</v>
+      </c>
+      <c r="K145" t="s">
+        <v>47</v>
+      </c>
+      <c r="L145" t="s">
+        <v>26</v>
+      </c>
+      <c r="M145" t="s">
+        <v>48</v>
+      </c>
+      <c r="N145" t="s">
+        <v>28</v>
+      </c>
+      <c r="O145" t="s">
         <v>1351</v>
-      </c>
-[...19 lines deleted...]
-        <v>1353</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4186</v>
+        <v>3706</v>
       </c>
       <c r="B146" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D146" t="s">
         <v>1354</v>
       </c>
-      <c r="C146" t="s">
+      <c r="E146" t="s">
         <v>1355</v>
       </c>
-      <c r="D146" t="s">
+      <c r="F146" t="s">
         <v>1356</v>
       </c>
-      <c r="E146" t="s">
+      <c r="G146" t="s">
         <v>1357</v>
       </c>
-      <c r="F146" t="s">
+      <c r="H146" t="s">
         <v>1358</v>
       </c>
-      <c r="G146" t="s">
+      <c r="I146" t="s">
         <v>1359</v>
       </c>
-      <c r="H146" t="s">
+      <c r="J146" t="s">
+        <v>24</v>
+      </c>
+      <c r="K146" t="s">
+        <v>25</v>
+      </c>
+      <c r="L146" t="s">
+        <v>26</v>
+      </c>
+      <c r="M146" t="s">
+        <v>27</v>
+      </c>
+      <c r="N146" t="s">
+        <v>28</v>
+      </c>
+      <c r="O146" t="s">
         <v>1360</v>
-      </c>
-[...19 lines deleted...]
-        <v>1362</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4196</v>
+        <v>3711</v>
       </c>
       <c r="B147" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D147" t="s">
         <v>1363</v>
       </c>
-      <c r="C147" t="s">
+      <c r="E147" t="s">
         <v>1364</v>
       </c>
-      <c r="D147" t="s">
+      <c r="F147" t="s">
         <v>1365</v>
       </c>
-      <c r="E147" t="s">
+      <c r="G147" t="s">
         <v>1366</v>
       </c>
-      <c r="F147" t="s">
+      <c r="H147" t="s">
         <v>1367</v>
       </c>
-      <c r="G147" t="s">
+      <c r="I147" t="s">
         <v>1368</v>
       </c>
-      <c r="H147" t="s">
+      <c r="J147" t="s">
+        <v>24</v>
+      </c>
+      <c r="K147" t="s">
+        <v>170</v>
+      </c>
+      <c r="L147" t="s">
+        <v>26</v>
+      </c>
+      <c r="M147" t="s">
+        <v>171</v>
+      </c>
+      <c r="N147" t="s">
+        <v>28</v>
+      </c>
+      <c r="O147" t="s">
         <v>1369</v>
-      </c>
-[...19 lines deleted...]
-        <v>1371</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4198</v>
+        <v>3714</v>
       </c>
       <c r="B148" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D148" t="s">
         <v>1372</v>
       </c>
-      <c r="C148" t="s">
+      <c r="E148" t="s">
         <v>1373</v>
       </c>
-      <c r="D148" t="s">
+      <c r="F148" t="s">
         <v>1374</v>
       </c>
-      <c r="E148" t="s">
+      <c r="G148" t="s">
         <v>1375</v>
       </c>
-      <c r="F148" t="s">
+      <c r="H148" t="s">
         <v>1376</v>
       </c>
-      <c r="G148" t="s">
+      <c r="I148" t="s">
         <v>1377</v>
-      </c>
-[...4 lines deleted...]
-        <v>1379</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1380</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4202</v>
+        <v>3716</v>
       </c>
       <c r="B149" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D149" t="s">
         <v>1381</v>
       </c>
-      <c r="C149" t="s">
+      <c r="E149" t="s">
         <v>1382</v>
       </c>
-      <c r="D149" t="s">
+      <c r="F149" t="s">
         <v>1383</v>
       </c>
-      <c r="E149" t="s">
+      <c r="G149" t="s">
         <v>1384</v>
       </c>
-      <c r="F149" t="s">
+      <c r="H149" t="s">
         <v>1385</v>
       </c>
-      <c r="G149" t="s">
+      <c r="I149" t="s">
         <v>1386</v>
       </c>
-      <c r="H149" t="s">
+      <c r="J149" t="s">
+        <v>24</v>
+      </c>
+      <c r="K149" t="s">
+        <v>47</v>
+      </c>
+      <c r="L149" t="s">
+        <v>26</v>
+      </c>
+      <c r="M149" t="s">
+        <v>48</v>
+      </c>
+      <c r="N149" t="s">
+        <v>28</v>
+      </c>
+      <c r="O149" t="s">
         <v>1387</v>
-      </c>
-[...19 lines deleted...]
-        <v>1389</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4204</v>
+        <v>3718</v>
       </c>
       <c r="B150" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D150" t="s">
         <v>1390</v>
       </c>
-      <c r="C150" t="s">
+      <c r="E150" t="s">
         <v>1391</v>
       </c>
-      <c r="D150" t="s">
+      <c r="F150" t="s">
         <v>1392</v>
       </c>
-      <c r="E150" t="s">
+      <c r="G150" t="s">
         <v>1393</v>
       </c>
-      <c r="F150" t="s">
+      <c r="H150" t="s">
         <v>1394</v>
       </c>
-      <c r="G150" t="s">
+      <c r="I150" t="s">
         <v>1395</v>
       </c>
-      <c r="H150" t="s">
+      <c r="J150" t="s">
+        <v>24</v>
+      </c>
+      <c r="K150" t="s">
+        <v>170</v>
+      </c>
+      <c r="L150" t="s">
+        <v>26</v>
+      </c>
+      <c r="M150" t="s">
+        <v>171</v>
+      </c>
+      <c r="N150" t="s">
+        <v>28</v>
+      </c>
+      <c r="O150" t="s">
         <v>1396</v>
-      </c>
-[...19 lines deleted...]
-        <v>1398</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4206</v>
+        <v>3719</v>
       </c>
       <c r="B151" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D151" t="s">
         <v>1399</v>
       </c>
-      <c r="C151" t="s">
+      <c r="E151" t="s">
         <v>1400</v>
       </c>
-      <c r="D151" t="s">
+      <c r="F151" t="s">
         <v>1401</v>
       </c>
-      <c r="E151" t="s">
+      <c r="G151" t="s">
         <v>1402</v>
       </c>
-      <c r="F151" t="s">
+      <c r="H151" t="s">
         <v>1403</v>
       </c>
-      <c r="G151" t="s">
+      <c r="I151" t="s">
         <v>1404</v>
       </c>
-      <c r="H151" t="s">
+      <c r="J151" t="s">
+        <v>24</v>
+      </c>
+      <c r="K151" t="s">
+        <v>170</v>
+      </c>
+      <c r="L151" t="s">
+        <v>26</v>
+      </c>
+      <c r="M151" t="s">
+        <v>171</v>
+      </c>
+      <c r="N151" t="s">
+        <v>28</v>
+      </c>
+      <c r="O151" t="s">
         <v>1405</v>
-      </c>
-[...19 lines deleted...]
-        <v>1407</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4211</v>
+        <v>3731</v>
       </c>
       <c r="B152" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D152" t="s">
         <v>1408</v>
       </c>
-      <c r="C152" t="s">
+      <c r="E152" t="s">
         <v>1409</v>
       </c>
-      <c r="D152" t="s">
+      <c r="F152" t="s">
         <v>1410</v>
       </c>
-      <c r="E152" t="s">
+      <c r="G152" t="s">
         <v>1411</v>
       </c>
-      <c r="F152" t="s">
+      <c r="H152" t="s">
         <v>1412</v>
       </c>
-      <c r="G152" t="s">
+      <c r="I152" t="s">
         <v>1413</v>
-      </c>
-[...4 lines deleted...]
-        <v>1415</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>25</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1416</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4243</v>
+        <v>3732</v>
       </c>
       <c r="B153" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D153" t="s">
         <v>1417</v>
       </c>
-      <c r="C153" t="s">
+      <c r="E153" t="s">
         <v>1418</v>
       </c>
-      <c r="D153" t="s">
+      <c r="F153" t="s">
         <v>1419</v>
       </c>
-      <c r="E153" t="s">
+      <c r="G153" t="s">
         <v>1420</v>
       </c>
-      <c r="F153" t="s">
+      <c r="H153" t="s">
         <v>1421</v>
       </c>
-      <c r="G153" t="s">
+      <c r="I153" t="s">
         <v>1422</v>
       </c>
-      <c r="H153" t="s">
+      <c r="J153" t="s">
+        <v>24</v>
+      </c>
+      <c r="K153" t="s">
+        <v>170</v>
+      </c>
+      <c r="L153" t="s">
+        <v>26</v>
+      </c>
+      <c r="M153" t="s">
+        <v>171</v>
+      </c>
+      <c r="N153" t="s">
+        <v>28</v>
+      </c>
+      <c r="O153" t="s">
         <v>1423</v>
-      </c>
-[...19 lines deleted...]
-        <v>1425</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4292</v>
+        <v>3753</v>
       </c>
       <c r="B154" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D154" t="s">
         <v>1426</v>
       </c>
-      <c r="C154" t="s">
+      <c r="E154" t="s">
         <v>1427</v>
       </c>
-      <c r="D154" t="s">
+      <c r="F154" t="s">
         <v>1428</v>
       </c>
-      <c r="E154" t="s">
+      <c r="G154" t="s">
         <v>1429</v>
       </c>
-      <c r="F154" t="s">
+      <c r="H154" t="s">
         <v>1430</v>
       </c>
-      <c r="G154" t="s">
+      <c r="I154" t="s">
         <v>1431</v>
       </c>
-      <c r="H154" t="s">
+      <c r="J154" t="s">
+        <v>24</v>
+      </c>
+      <c r="K154" t="s">
+        <v>25</v>
+      </c>
+      <c r="L154" t="s">
+        <v>26</v>
+      </c>
+      <c r="M154" t="s">
+        <v>27</v>
+      </c>
+      <c r="N154" t="s">
+        <v>28</v>
+      </c>
+      <c r="O154" t="s">
         <v>1432</v>
-      </c>
-[...16 lines deleted...]
-        <v>1435</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4295</v>
+        <v>3755</v>
       </c>
       <c r="B155" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D155" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E155" t="s">
         <v>1436</v>
       </c>
-      <c r="C155" t="s">
+      <c r="F155" t="s">
         <v>1437</v>
       </c>
-      <c r="D155" t="s">
+      <c r="G155" t="s">
         <v>1438</v>
       </c>
-      <c r="E155" t="s">
+      <c r="H155" t="s">
         <v>1439</v>
       </c>
-      <c r="F155" t="s">
+      <c r="I155" t="s">
         <v>1440</v>
       </c>
-      <c r="G155" t="s">
+      <c r="J155" t="s">
+        <v>24</v>
+      </c>
+      <c r="K155" t="s">
+        <v>170</v>
+      </c>
+      <c r="L155" t="s">
+        <v>26</v>
+      </c>
+      <c r="M155" t="s">
+        <v>171</v>
+      </c>
+      <c r="N155" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" t="s">
         <v>1441</v>
-      </c>
-[...22 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4303</v>
+        <v>3756</v>
       </c>
       <c r="B156" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D156" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E156" t="s">
         <v>1445</v>
       </c>
-      <c r="C156" t="s">
+      <c r="F156" t="s">
         <v>1446</v>
       </c>
-      <c r="D156" t="s">
+      <c r="G156" t="s">
         <v>1447</v>
       </c>
-      <c r="E156" t="s">
+      <c r="H156" t="s">
         <v>1448</v>
       </c>
-      <c r="F156" t="s">
+      <c r="I156" t="s">
         <v>1449</v>
       </c>
-      <c r="G156" t="s">
+      <c r="J156" t="s">
+        <v>24</v>
+      </c>
+      <c r="K156" t="s">
+        <v>25</v>
+      </c>
+      <c r="L156" t="s">
+        <v>26</v>
+      </c>
+      <c r="M156" t="s">
+        <v>27</v>
+      </c>
+      <c r="N156" t="s">
+        <v>28</v>
+      </c>
+      <c r="O156" t="s">
         <v>1450</v>
-      </c>
-[...22 lines deleted...]
-        <v>1453</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4304</v>
+        <v>3777</v>
       </c>
       <c r="B157" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D157" t="s">
+        <v>1453</v>
+      </c>
+      <c r="E157" t="s">
         <v>1454</v>
       </c>
-      <c r="C157" t="s">
+      <c r="F157" t="s">
         <v>1455</v>
       </c>
-      <c r="D157" t="s">
+      <c r="G157" t="s">
         <v>1456</v>
       </c>
-      <c r="E157" t="s">
+      <c r="H157" t="s">
         <v>1457</v>
       </c>
-      <c r="F157" t="s">
+      <c r="I157" t="s">
         <v>1458</v>
       </c>
-      <c r="G157" t="s">
+      <c r="J157" t="s">
+        <v>24</v>
+      </c>
+      <c r="K157" t="s">
+        <v>170</v>
+      </c>
+      <c r="L157" t="s">
+        <v>26</v>
+      </c>
+      <c r="M157" t="s">
+        <v>171</v>
+      </c>
+      <c r="N157" t="s">
+        <v>28</v>
+      </c>
+      <c r="O157" t="s">
         <v>1459</v>
-      </c>
-[...22 lines deleted...]
-        <v>1462</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4309</v>
+        <v>3779</v>
       </c>
       <c r="B158" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D158" t="s">
+        <v>1462</v>
+      </c>
+      <c r="E158" t="s">
         <v>1463</v>
       </c>
-      <c r="C158" t="s">
+      <c r="F158" t="s">
         <v>1464</v>
       </c>
-      <c r="D158" t="s">
+      <c r="G158" t="s">
         <v>1465</v>
       </c>
-      <c r="E158" t="s">
+      <c r="H158" t="s">
         <v>1466</v>
       </c>
-      <c r="F158" t="s">
+      <c r="I158" t="s">
         <v>1467</v>
-      </c>
-[...7 lines deleted...]
-        <v>1470</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>170</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>171</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1471</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4314</v>
+        <v>3791</v>
       </c>
       <c r="B159" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D159" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E159" t="s">
         <v>1472</v>
       </c>
-      <c r="C159" t="s">
+      <c r="F159" t="s">
         <v>1473</v>
       </c>
-      <c r="D159" t="s">
+      <c r="G159" t="s">
         <v>1474</v>
       </c>
-      <c r="E159" t="s">
+      <c r="H159" t="s">
         <v>1475</v>
       </c>
-      <c r="F159" t="s">
+      <c r="I159" t="s">
         <v>1476</v>
       </c>
-      <c r="G159" t="s">
+      <c r="J159" t="s">
         <v>1477</v>
       </c>
-      <c r="H159" t="s">
+      <c r="K159" t="s">
         <v>1478</v>
       </c>
-      <c r="I159" t="s">
+      <c r="L159" t="s">
         <v>1479</v>
       </c>
-      <c r="J159" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M159" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4316</v>
+        <v>3854</v>
       </c>
       <c r="B160" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="C160" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="D160" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="E160" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="F160" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="G160" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="H160" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="I160" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4318</v>
+        <v>3863</v>
       </c>
       <c r="B161" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="C161" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="D161" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="E161" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="F161" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="G161" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="H161" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="I161" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
         <v>170</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
         <v>171</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4319</v>
+        <v>3868</v>
       </c>
       <c r="B162" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="C162" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="D162" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="E162" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="F162" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="G162" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="H162" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="I162" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4322</v>
+        <v>3910</v>
       </c>
       <c r="B163" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="C163" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="D163" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="E163" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="F163" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="G163" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="H163" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="I163" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>25</v>
+        <v>746</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>27</v>
+        <v>747</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4538</v>
+        <v>4176</v>
       </c>
       <c r="B164" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C164" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="D164" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="E164" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="F164" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="G164" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="H164" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="I164" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4549</v>
+        <v>4177</v>
       </c>
       <c r="B165" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="C165" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="D165" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="E165" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="F165" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="G165" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="H165" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="I165" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4555</v>
+        <v>4180</v>
       </c>
       <c r="B166" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C166" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="D166" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="E166" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="F166" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="G166" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="H166" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="I166" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4556</v>
+        <v>4186</v>
       </c>
       <c r="B167" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="C167" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="D167" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="E167" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="F167" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="G167" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="H167" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="I167" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4559</v>
+        <v>4195</v>
       </c>
       <c r="B168" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="C168" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="D168" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="E168" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="F168" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="G168" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="H168" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="I168" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4560</v>
+        <v>4196</v>
       </c>
       <c r="B169" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="C169" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="D169" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="E169" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="F169" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="G169" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="H169" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="I169" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4563</v>
+        <v>4198</v>
       </c>
       <c r="B170" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="C170" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="D170" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="E170" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="F170" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="G170" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="H170" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="I170" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4564</v>
+        <v>4202</v>
       </c>
       <c r="B171" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="C171" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="D171" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="E171" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="F171" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="G171" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="H171" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="I171" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>1588</v>
+        <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
+      </c>
+      <c r="M171" t="s">
+        <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
         <v>1589</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4566</v>
+        <v>4204</v>
       </c>
       <c r="B172" t="s">
         <v>1590</v>
       </c>
       <c r="C172" t="s">
         <v>1591</v>
       </c>
       <c r="D172" t="s">
         <v>1592</v>
       </c>
       <c r="E172" t="s">
         <v>1593</v>
       </c>
       <c r="F172" t="s">
         <v>1594</v>
       </c>
       <c r="G172" t="s">
         <v>1595</v>
       </c>
       <c r="H172" t="s">
         <v>1596</v>
       </c>
       <c r="I172" t="s">
         <v>1597</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
         <v>1598</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4568</v>
+        <v>4206</v>
       </c>
       <c r="B173" t="s">
         <v>1599</v>
       </c>
       <c r="C173" t="s">
         <v>1600</v>
       </c>
       <c r="D173" t="s">
         <v>1601</v>
       </c>
       <c r="E173" t="s">
         <v>1602</v>
       </c>
       <c r="F173" t="s">
         <v>1603</v>
       </c>
       <c r="G173" t="s">
         <v>1604</v>
       </c>
       <c r="H173" t="s">
         <v>1605</v>
       </c>
       <c r="I173" t="s">
         <v>1606</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
         <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4704</v>
+        <v>4211</v>
       </c>
       <c r="B174" t="s">
         <v>1608</v>
       </c>
       <c r="C174" t="s">
         <v>1609</v>
       </c>
       <c r="D174" t="s">
         <v>1610</v>
       </c>
       <c r="E174" t="s">
         <v>1611</v>
       </c>
       <c r="F174" t="s">
         <v>1612</v>
       </c>
       <c r="G174" t="s">
         <v>1613</v>
       </c>
       <c r="H174" t="s">
         <v>1614</v>
       </c>
       <c r="I174" t="s">
         <v>1615</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
         <v>1616</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4709</v>
+        <v>4216</v>
       </c>
       <c r="B175" t="s">
         <v>1617</v>
       </c>
       <c r="C175" t="s">
         <v>1618</v>
       </c>
       <c r="D175" t="s">
         <v>1619</v>
       </c>
       <c r="E175" t="s">
         <v>1620</v>
       </c>
       <c r="F175" t="s">
         <v>1621</v>
       </c>
       <c r="G175" t="s">
         <v>1622</v>
       </c>
       <c r="H175" t="s">
         <v>1623</v>
       </c>
       <c r="I175" t="s">
         <v>1624</v>
       </c>
       <c r="J175" t="s">
-        <v>24</v>
+        <v>1625</v>
       </c>
       <c r="K175" t="s">
-        <v>47</v>
+        <v>1626</v>
       </c>
       <c r="L175" t="s">
-        <v>26</v>
+        <v>1627</v>
       </c>
       <c r="M175" t="s">
-        <v>48</v>
+        <v>1628</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1625</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4711</v>
+        <v>4220</v>
       </c>
       <c r="B176" t="s">
-        <v>1626</v>
+        <v>1630</v>
       </c>
       <c r="C176" t="s">
-        <v>1627</v>
+        <v>1631</v>
       </c>
       <c r="D176" t="s">
-        <v>1628</v>
+        <v>1632</v>
       </c>
       <c r="E176" t="s">
-        <v>1629</v>
+        <v>1633</v>
       </c>
       <c r="F176" t="s">
-        <v>1630</v>
+        <v>1634</v>
       </c>
       <c r="G176" t="s">
-        <v>1631</v>
+        <v>1635</v>
       </c>
       <c r="H176" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="I176" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
       <c r="J176" t="s">
-        <v>1634</v>
+        <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>1635</v>
+        <v>25</v>
       </c>
       <c r="L176" t="s">
-        <v>1636</v>
+        <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>1637</v>
+        <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
         <v>1638</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4716</v>
+        <v>4242</v>
       </c>
       <c r="B177" t="s">
         <v>1639</v>
       </c>
       <c r="C177" t="s">
         <v>1640</v>
       </c>
       <c r="D177" t="s">
         <v>1641</v>
       </c>
       <c r="E177" t="s">
         <v>1642</v>
       </c>
       <c r="F177" t="s">
         <v>1643</v>
       </c>
       <c r="G177" t="s">
         <v>1644</v>
       </c>
       <c r="H177" t="s">
         <v>1645</v>
       </c>
       <c r="I177" t="s">
         <v>1646</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>1156</v>
+        <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>1157</v>
+        <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
         <v>1647</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4717</v>
+        <v>4243</v>
       </c>
       <c r="B178" t="s">
         <v>1648</v>
       </c>
       <c r="C178" t="s">
         <v>1649</v>
       </c>
       <c r="D178" t="s">
         <v>1650</v>
       </c>
       <c r="E178" t="s">
         <v>1651</v>
       </c>
       <c r="F178" t="s">
         <v>1652</v>
       </c>
       <c r="G178" t="s">
         <v>1653</v>
       </c>
       <c r="H178" t="s">
         <v>1654</v>
       </c>
       <c r="I178" t="s">
         <v>1655</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
         <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
         <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
         <v>1656</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4721</v>
+        <v>4292</v>
       </c>
       <c r="B179" t="s">
         <v>1657</v>
       </c>
       <c r="C179" t="s">
         <v>1658</v>
       </c>
       <c r="D179" t="s">
         <v>1659</v>
       </c>
       <c r="E179" t="s">
         <v>1660</v>
       </c>
       <c r="F179" t="s">
         <v>1661</v>
       </c>
       <c r="G179" t="s">
         <v>1662</v>
       </c>
       <c r="H179" t="s">
         <v>1663</v>
       </c>
       <c r="I179" t="s">
         <v>1664</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>1156</v>
+        <v>1665</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>1157</v>
+        <v>1666</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4722</v>
+        <v>4295</v>
       </c>
       <c r="B180" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="C180" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="D180" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="E180" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="F180" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="G180" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="H180" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="I180" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>1674</v>
+        <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
+      <c r="M180" t="s">
+        <v>27</v>
+      </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4792</v>
+        <v>4302</v>
       </c>
       <c r="B181" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="C181" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="D181" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="E181" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="F181" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="G181" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="H181" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="I181" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="J181" t="s">
-        <v>24</v>
+        <v>1685</v>
       </c>
       <c r="K181" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L181" t="s">
-        <v>26</v>
+        <v>1686</v>
       </c>
       <c r="M181" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4810</v>
+        <v>4303</v>
       </c>
       <c r="B182" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="C182" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
       <c r="D182" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="E182" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="F182" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="G182" t="s">
-        <v>1690</v>
+        <v>1693</v>
       </c>
       <c r="H182" t="s">
-        <v>1691</v>
+        <v>1694</v>
       </c>
       <c r="I182" t="s">
-        <v>1692</v>
+        <v>1695</v>
       </c>
       <c r="J182" t="s">
-        <v>24</v>
+        <v>757</v>
       </c>
       <c r="K182" t="s">
-        <v>170</v>
+        <v>1230</v>
       </c>
       <c r="L182" t="s">
-        <v>26</v>
+        <v>759</v>
       </c>
       <c r="M182" t="s">
-        <v>171</v>
+        <v>1231</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4811</v>
+        <v>4304</v>
       </c>
       <c r="B183" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="C183" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="D183" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="E183" t="s">
-        <v>1697</v>
+        <v>1700</v>
       </c>
       <c r="F183" t="s">
-        <v>1698</v>
+        <v>1701</v>
       </c>
       <c r="G183" t="s">
-        <v>1699</v>
+        <v>1702</v>
       </c>
       <c r="H183" t="s">
-        <v>1700</v>
+        <v>1703</v>
       </c>
       <c r="I183" t="s">
-        <v>1701</v>
+        <v>1704</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>1332</v>
+        <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>1334</v>
+        <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1702</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4815</v>
+        <v>4307</v>
       </c>
       <c r="B184" t="s">
-        <v>1703</v>
+        <v>1706</v>
       </c>
       <c r="C184" t="s">
-        <v>1704</v>
+        <v>1707</v>
       </c>
       <c r="D184" t="s">
-        <v>1705</v>
+        <v>1708</v>
       </c>
       <c r="E184" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="F184" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="G184" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="H184" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
       <c r="I184" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="J184" t="s">
-        <v>24</v>
+        <v>1625</v>
       </c>
       <c r="K184" t="s">
-        <v>25</v>
+        <v>1714</v>
       </c>
       <c r="L184" t="s">
-        <v>26</v>
+        <v>1627</v>
       </c>
       <c r="M184" t="s">
-        <v>27</v>
+        <v>1715</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1711</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4817</v>
+        <v>4308</v>
       </c>
       <c r="B185" t="s">
-        <v>1712</v>
+        <v>1717</v>
       </c>
       <c r="C185" t="s">
-        <v>1713</v>
+        <v>1718</v>
       </c>
       <c r="D185" t="s">
-        <v>1714</v>
+        <v>1719</v>
       </c>
       <c r="E185" t="s">
-        <v>1715</v>
+        <v>1720</v>
       </c>
       <c r="F185" t="s">
-        <v>1716</v>
+        <v>1721</v>
       </c>
       <c r="G185" t="s">
-        <v>1717</v>
+        <v>1722</v>
       </c>
       <c r="H185" t="s">
-        <v>1718</v>
+        <v>1723</v>
       </c>
       <c r="I185" t="s">
-        <v>1719</v>
+        <v>1724</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1720</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4850</v>
+        <v>4309</v>
       </c>
       <c r="B186" t="s">
-        <v>1721</v>
+        <v>1726</v>
       </c>
       <c r="C186" t="s">
-        <v>1722</v>
+        <v>1727</v>
       </c>
       <c r="D186" t="s">
-        <v>1723</v>
+        <v>1728</v>
       </c>
       <c r="E186" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="F186" t="s">
-        <v>1725</v>
+        <v>1730</v>
       </c>
       <c r="G186" t="s">
-        <v>1726</v>
+        <v>1731</v>
       </c>
       <c r="H186" t="s">
-        <v>1727</v>
+        <v>1732</v>
       </c>
       <c r="I186" t="s">
-        <v>1728</v>
+        <v>1733</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4935</v>
+        <v>4311</v>
       </c>
       <c r="B187" t="s">
-        <v>1730</v>
+        <v>1735</v>
       </c>
       <c r="C187" t="s">
-        <v>1731</v>
+        <v>1736</v>
       </c>
       <c r="D187" t="s">
-        <v>1732</v>
+        <v>1737</v>
       </c>
       <c r="E187" t="s">
-        <v>1733</v>
+        <v>1738</v>
       </c>
       <c r="F187" t="s">
-        <v>1734</v>
+        <v>1739</v>
       </c>
       <c r="G187" t="s">
-        <v>1735</v>
+        <v>1740</v>
       </c>
       <c r="H187" t="s">
-        <v>1736</v>
+        <v>1741</v>
       </c>
       <c r="I187" t="s">
-        <v>1737</v>
+        <v>1742</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1738</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4939</v>
+        <v>4314</v>
       </c>
       <c r="B188" t="s">
-        <v>1739</v>
+        <v>1744</v>
       </c>
       <c r="C188" t="s">
-        <v>1740</v>
+        <v>1745</v>
       </c>
       <c r="D188" t="s">
-        <v>1741</v>
+        <v>1746</v>
       </c>
       <c r="E188" t="s">
-        <v>1742</v>
+        <v>1747</v>
       </c>
       <c r="F188" t="s">
-        <v>1743</v>
+        <v>1748</v>
       </c>
       <c r="G188" t="s">
-        <v>1744</v>
+        <v>1749</v>
       </c>
       <c r="H188" t="s">
-        <v>1745</v>
+        <v>1750</v>
       </c>
       <c r="I188" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1747</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4947</v>
+        <v>4316</v>
       </c>
       <c r="B189" t="s">
-        <v>1748</v>
+        <v>1753</v>
       </c>
       <c r="C189" t="s">
-        <v>1749</v>
+        <v>1754</v>
       </c>
       <c r="D189" t="s">
-        <v>1750</v>
+        <v>1755</v>
       </c>
       <c r="E189" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
       <c r="F189" t="s">
-        <v>1752</v>
+        <v>1757</v>
       </c>
       <c r="G189" t="s">
-        <v>1753</v>
+        <v>1758</v>
       </c>
       <c r="H189" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="I189" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4950</v>
+        <v>4318</v>
       </c>
       <c r="B190" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C190" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="D190" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="E190" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="F190" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="G190" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="H190" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
       <c r="I190" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>1332</v>
+        <v>170</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>1334</v>
+        <v>171</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4958</v>
+        <v>4319</v>
       </c>
       <c r="B191" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
       <c r="C191" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="D191" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="E191" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="F191" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="G191" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="H191" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
       <c r="I191" t="s">
-        <v>1773</v>
+        <v>1778</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>170</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>171</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1774</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4965</v>
+        <v>4322</v>
       </c>
       <c r="B192" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
       <c r="C192" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
       <c r="D192" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="E192" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="F192" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="G192" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="H192" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="I192" t="s">
-        <v>1782</v>
+        <v>1787</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
         <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4968</v>
+        <v>4538</v>
       </c>
       <c r="B193" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="C193" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="D193" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="E193" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="F193" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="G193" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="H193" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="I193" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
         <v>25</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
         <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4969</v>
+        <v>4549</v>
       </c>
       <c r="B194" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="C194" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="D194" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
       <c r="E194" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="F194" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="G194" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="H194" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="I194" t="s">
-        <v>1800</v>
+        <v>1805</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
         <v>25</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
         <v>27</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1801</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5037</v>
+        <v>4555</v>
       </c>
       <c r="B195" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="C195" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="D195" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="E195" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="F195" t="s">
-        <v>1806</v>
+        <v>1811</v>
       </c>
       <c r="G195" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="H195" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
       <c r="I195" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
         <v>170</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
         <v>171</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1810</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5272</v>
+        <v>4556</v>
       </c>
       <c r="B196" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="C196" t="s">
-        <v>1812</v>
+        <v>1817</v>
       </c>
       <c r="D196" t="s">
-        <v>1813</v>
+        <v>1818</v>
       </c>
       <c r="E196" t="s">
-        <v>1814</v>
+        <v>1819</v>
       </c>
       <c r="F196" t="s">
-        <v>1815</v>
+        <v>1820</v>
       </c>
       <c r="G196" t="s">
-        <v>1816</v>
+        <v>1821</v>
       </c>
       <c r="H196" t="s">
-        <v>1817</v>
+        <v>1822</v>
       </c>
       <c r="I196" t="s">
-        <v>1818</v>
+        <v>1823</v>
       </c>
       <c r="J196" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>727</v>
+        <v>25</v>
       </c>
       <c r="L196" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>728</v>
+        <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1819</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5273</v>
+        <v>4558</v>
       </c>
       <c r="B197" t="s">
-        <v>1820</v>
+        <v>1825</v>
       </c>
       <c r="C197" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="D197" t="s">
-        <v>1822</v>
+        <v>1827</v>
       </c>
       <c r="E197" t="s">
-        <v>1823</v>
+        <v>1828</v>
       </c>
       <c r="F197" t="s">
-        <v>1824</v>
+        <v>1829</v>
       </c>
       <c r="G197" t="s">
-        <v>1825</v>
+        <v>1830</v>
       </c>
       <c r="H197" t="s">
-        <v>1826</v>
+        <v>1831</v>
       </c>
       <c r="I197" t="s">
-        <v>1827</v>
+        <v>1832</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>1828</v>
+        <v>170</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>1829</v>
+        <v>171</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1830</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5326</v>
+        <v>4559</v>
       </c>
       <c r="B198" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="C198" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
       <c r="D198" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="E198" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
       <c r="F198" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="G198" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="H198" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
       <c r="I198" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5330</v>
+        <v>4560</v>
       </c>
       <c r="B199" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="C199" t="s">
-        <v>1841</v>
+        <v>1844</v>
       </c>
       <c r="D199" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="E199" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="F199" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="G199" t="s">
-        <v>1845</v>
+        <v>1848</v>
       </c>
       <c r="H199" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="I199" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5331</v>
+        <v>4563</v>
       </c>
       <c r="B200" t="s">
-        <v>1849</v>
+        <v>1852</v>
       </c>
       <c r="C200" t="s">
-        <v>1850</v>
+        <v>1853</v>
       </c>
       <c r="D200" t="s">
-        <v>1851</v>
+        <v>1854</v>
       </c>
       <c r="E200" t="s">
-        <v>1852</v>
+        <v>1855</v>
       </c>
       <c r="F200" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="G200" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
       <c r="H200" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="I200" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5332</v>
+        <v>4564</v>
       </c>
       <c r="B201" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="C201" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="D201" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="E201" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="F201" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="G201" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="H201" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="I201" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>25</v>
+        <v>1869</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>27</v>
+        <v>1870</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5333</v>
+        <v>4566</v>
       </c>
       <c r="B202" t="s">
-        <v>1867</v>
+        <v>1872</v>
       </c>
       <c r="C202" t="s">
-        <v>1868</v>
+        <v>1873</v>
       </c>
       <c r="D202" t="s">
-        <v>1869</v>
+        <v>1874</v>
       </c>
       <c r="E202" t="s">
-        <v>1870</v>
+        <v>1875</v>
       </c>
       <c r="F202" t="s">
-        <v>1871</v>
+        <v>1876</v>
       </c>
       <c r="G202" t="s">
-        <v>1872</v>
+        <v>1877</v>
       </c>
       <c r="H202" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
       <c r="I202" t="s">
-        <v>1874</v>
+        <v>1879</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1875</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5335</v>
+        <v>4568</v>
       </c>
       <c r="B203" t="s">
-        <v>1876</v>
+        <v>1881</v>
       </c>
       <c r="C203" t="s">
-        <v>1877</v>
+        <v>1882</v>
       </c>
       <c r="D203" t="s">
-        <v>1878</v>
+        <v>1883</v>
       </c>
       <c r="E203" t="s">
-        <v>1879</v>
+        <v>1884</v>
       </c>
       <c r="F203" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="G203" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="H203" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
       <c r="I203" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
         <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
         <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5346</v>
+        <v>4704</v>
       </c>
       <c r="B204" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="C204" t="s">
-        <v>1886</v>
+        <v>1891</v>
       </c>
       <c r="D204" t="s">
-        <v>1887</v>
+        <v>1892</v>
       </c>
       <c r="E204" t="s">
-        <v>1888</v>
+        <v>1893</v>
       </c>
       <c r="F204" t="s">
-        <v>1889</v>
+        <v>1894</v>
       </c>
       <c r="G204" t="s">
-        <v>1890</v>
+        <v>1895</v>
       </c>
       <c r="H204" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
       <c r="I204" t="s">
-        <v>1892</v>
+        <v>1897</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>1893</v>
+        <v>47</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>1894</v>
+        <v>48</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5347</v>
+        <v>4706</v>
       </c>
       <c r="B205" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
       <c r="C205" t="s">
-        <v>1897</v>
+        <v>1900</v>
       </c>
       <c r="D205" t="s">
-        <v>1898</v>
+        <v>1901</v>
       </c>
       <c r="E205" t="s">
-        <v>1899</v>
+        <v>1902</v>
       </c>
       <c r="F205" t="s">
-        <v>1900</v>
+        <v>1903</v>
       </c>
       <c r="G205" t="s">
-        <v>1901</v>
+        <v>1904</v>
       </c>
       <c r="H205" t="s">
-        <v>1902</v>
+        <v>1905</v>
       </c>
       <c r="I205" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>170</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>171</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5348</v>
+        <v>4709</v>
       </c>
       <c r="B206" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
       <c r="C206" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="D206" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="E206" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="F206" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="G206" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="H206" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="I206" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5351</v>
+        <v>4711</v>
       </c>
       <c r="B207" t="s">
-        <v>1914</v>
+        <v>1917</v>
       </c>
       <c r="C207" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="D207" t="s">
-        <v>1916</v>
+        <v>1919</v>
       </c>
       <c r="E207" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="F207" t="s">
-        <v>1918</v>
+        <v>1921</v>
       </c>
       <c r="G207" t="s">
-        <v>1919</v>
+        <v>1922</v>
       </c>
       <c r="H207" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="I207" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="J207" t="s">
-        <v>24</v>
+        <v>1925</v>
       </c>
       <c r="K207" t="s">
-        <v>25</v>
+        <v>1926</v>
       </c>
       <c r="L207" t="s">
-        <v>26</v>
+        <v>1927</v>
       </c>
       <c r="M207" t="s">
-        <v>27</v>
+        <v>1928</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1922</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5353</v>
+        <v>4714</v>
       </c>
       <c r="B208" t="s">
-        <v>1923</v>
+        <v>1930</v>
       </c>
       <c r="C208" t="s">
-        <v>1924</v>
+        <v>1931</v>
       </c>
       <c r="D208" t="s">
-        <v>1925</v>
+        <v>1932</v>
       </c>
       <c r="E208" t="s">
-        <v>1926</v>
+        <v>1933</v>
       </c>
       <c r="F208" t="s">
-        <v>1927</v>
+        <v>1934</v>
       </c>
       <c r="G208" t="s">
-        <v>1928</v>
+        <v>1935</v>
       </c>
       <c r="H208" t="s">
-        <v>1929</v>
+        <v>1936</v>
       </c>
       <c r="I208" t="s">
-        <v>1930</v>
+        <v>1937</v>
       </c>
       <c r="J208" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>859</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>860</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1931</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5354</v>
+        <v>4716</v>
       </c>
       <c r="B209" t="s">
-        <v>1932</v>
+        <v>1939</v>
       </c>
       <c r="C209" t="s">
-        <v>1933</v>
+        <v>1940</v>
       </c>
       <c r="D209" t="s">
-        <v>1934</v>
+        <v>1941</v>
       </c>
       <c r="E209" t="s">
-        <v>1935</v>
+        <v>1942</v>
       </c>
       <c r="F209" t="s">
-        <v>1936</v>
+        <v>1943</v>
       </c>
       <c r="G209" t="s">
-        <v>1937</v>
+        <v>1944</v>
       </c>
       <c r="H209" t="s">
-        <v>1938</v>
+        <v>1945</v>
       </c>
       <c r="I209" t="s">
-        <v>1939</v>
+        <v>1946</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>170</v>
+        <v>1230</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
-        <v>171</v>
+        <v>1231</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1940</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5359</v>
+        <v>4717</v>
       </c>
       <c r="B210" t="s">
-        <v>1941</v>
+        <v>1948</v>
       </c>
       <c r="C210" t="s">
-        <v>1942</v>
+        <v>1949</v>
       </c>
       <c r="D210" t="s">
-        <v>1943</v>
+        <v>1950</v>
       </c>
       <c r="E210" t="s">
-        <v>1944</v>
+        <v>1951</v>
       </c>
       <c r="F210" t="s">
-        <v>1945</v>
+        <v>1952</v>
       </c>
       <c r="G210" t="s">
-        <v>1946</v>
+        <v>1953</v>
       </c>
       <c r="H210" t="s">
-        <v>1947</v>
+        <v>1954</v>
       </c>
       <c r="I210" t="s">
-        <v>1948</v>
+        <v>1955</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
         <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
         <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1949</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5364</v>
+        <v>4721</v>
       </c>
       <c r="B211" t="s">
-        <v>1950</v>
+        <v>1957</v>
       </c>
       <c r="C211" t="s">
-        <v>1951</v>
+        <v>1958</v>
       </c>
       <c r="D211" t="s">
-        <v>1952</v>
+        <v>1959</v>
       </c>
       <c r="E211" t="s">
-        <v>1953</v>
+        <v>1960</v>
       </c>
       <c r="F211" t="s">
-        <v>1954</v>
+        <v>1961</v>
       </c>
       <c r="G211" t="s">
-        <v>1955</v>
+        <v>1962</v>
       </c>
       <c r="H211" t="s">
-        <v>1956</v>
+        <v>1963</v>
       </c>
       <c r="I211" t="s">
-        <v>1957</v>
+        <v>1964</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>47</v>
+        <v>1230</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>48</v>
+        <v>1231</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1958</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5365</v>
+        <v>4722</v>
       </c>
       <c r="B212" t="s">
-        <v>1959</v>
+        <v>1966</v>
       </c>
       <c r="C212" t="s">
-        <v>1960</v>
+        <v>1967</v>
       </c>
       <c r="D212" t="s">
-        <v>1961</v>
+        <v>1968</v>
       </c>
       <c r="E212" t="s">
-        <v>1962</v>
+        <v>1969</v>
       </c>
       <c r="F212" t="s">
-        <v>1963</v>
+        <v>1970</v>
       </c>
       <c r="G212" t="s">
-        <v>1964</v>
+        <v>1971</v>
       </c>
       <c r="H212" t="s">
-        <v>1965</v>
+        <v>1972</v>
       </c>
       <c r="I212" t="s">
-        <v>1966</v>
+        <v>1973</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>1974</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>1975</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1967</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5367</v>
+        <v>4723</v>
       </c>
       <c r="B213" t="s">
-        <v>1968</v>
+        <v>1977</v>
       </c>
       <c r="C213" t="s">
-        <v>1969</v>
+        <v>1978</v>
       </c>
       <c r="D213" t="s">
-        <v>1970</v>
+        <v>1979</v>
       </c>
       <c r="E213" t="s">
-        <v>1971</v>
+        <v>1980</v>
       </c>
       <c r="F213" t="s">
-        <v>1972</v>
+        <v>1981</v>
       </c>
       <c r="G213" t="s">
-        <v>1973</v>
+        <v>1982</v>
       </c>
       <c r="H213" t="s">
-        <v>1974</v>
+        <v>1983</v>
       </c>
       <c r="I213" t="s">
-        <v>1975</v>
+        <v>1984</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>25</v>
+        <v>1985</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>27</v>
+        <v>1986</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1976</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5368</v>
+        <v>4792</v>
       </c>
       <c r="B214" t="s">
-        <v>1977</v>
+        <v>1988</v>
       </c>
       <c r="C214" t="s">
-        <v>1978</v>
+        <v>1989</v>
       </c>
       <c r="D214" t="s">
-        <v>1979</v>
+        <v>1990</v>
       </c>
       <c r="E214" t="s">
-        <v>1980</v>
+        <v>1991</v>
       </c>
       <c r="F214" t="s">
-        <v>1981</v>
+        <v>1992</v>
       </c>
       <c r="G214" t="s">
-        <v>1982</v>
+        <v>1993</v>
       </c>
       <c r="H214" t="s">
-        <v>1983</v>
+        <v>1994</v>
       </c>
       <c r="I214" t="s">
-        <v>1984</v>
+        <v>1995</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
         <v>25</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
         <v>27</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1985</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5371</v>
+        <v>4801</v>
       </c>
       <c r="B215" t="s">
-        <v>1986</v>
+        <v>1997</v>
       </c>
       <c r="C215" t="s">
-        <v>1987</v>
+        <v>1998</v>
       </c>
       <c r="D215" t="s">
-        <v>1988</v>
+        <v>1999</v>
       </c>
       <c r="E215" t="s">
-        <v>1989</v>
+        <v>2000</v>
       </c>
       <c r="F215" t="s">
-        <v>1990</v>
+        <v>2001</v>
       </c>
       <c r="G215" t="s">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="H215" t="s">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="I215" t="s">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>1994</v>
+        <v>170</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>1995</v>
+        <v>171</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1996</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5372</v>
+        <v>4810</v>
       </c>
       <c r="B216" t="s">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="C216" t="s">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="D216" t="s">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="E216" t="s">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="F216" t="s">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="G216" t="s">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="H216" t="s">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="I216" t="s">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2005</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5375</v>
+        <v>4811</v>
       </c>
       <c r="B217" t="s">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="C217" t="s">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="D217" t="s">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E217" t="s">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="F217" t="s">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="G217" t="s">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="H217" t="s">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="I217" t="s">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="J217" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>274</v>
+        <v>1478</v>
       </c>
       <c r="L217" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>275</v>
+        <v>1480</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2014</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5377</v>
+        <v>4815</v>
       </c>
       <c r="B218" t="s">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="C218" t="s">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="D218" t="s">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="E218" t="s">
-        <v>2018</v>
+        <v>2027</v>
       </c>
       <c r="F218" t="s">
-        <v>2019</v>
+        <v>2028</v>
       </c>
       <c r="G218" t="s">
-        <v>2020</v>
+        <v>2029</v>
       </c>
       <c r="H218" t="s">
-        <v>2021</v>
+        <v>2030</v>
       </c>
       <c r="I218" t="s">
-        <v>2022</v>
+        <v>2031</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2023</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5378</v>
+        <v>4817</v>
       </c>
       <c r="B219" t="s">
-        <v>2024</v>
+        <v>2033</v>
       </c>
       <c r="C219" t="s">
-        <v>2025</v>
+        <v>2034</v>
       </c>
       <c r="D219" t="s">
-        <v>2026</v>
+        <v>2035</v>
       </c>
       <c r="E219" t="s">
-        <v>2027</v>
+        <v>2036</v>
       </c>
       <c r="F219" t="s">
-        <v>2028</v>
+        <v>2037</v>
       </c>
       <c r="G219" t="s">
-        <v>2029</v>
+        <v>2038</v>
       </c>
       <c r="H219" t="s">
-        <v>2030</v>
+        <v>2039</v>
       </c>
       <c r="I219" t="s">
-        <v>2031</v>
+        <v>2040</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
         <v>25</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
         <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2032</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5380</v>
+        <v>4850</v>
       </c>
       <c r="B220" t="s">
-        <v>2033</v>
+        <v>2042</v>
       </c>
       <c r="C220" t="s">
-        <v>2034</v>
+        <v>2043</v>
       </c>
       <c r="D220" t="s">
-        <v>2035</v>
+        <v>2044</v>
       </c>
       <c r="E220" t="s">
-        <v>2036</v>
+        <v>2045</v>
       </c>
       <c r="F220" t="s">
-        <v>2037</v>
+        <v>2046</v>
       </c>
       <c r="G220" t="s">
-        <v>2038</v>
+        <v>2047</v>
       </c>
       <c r="H220" t="s">
-        <v>2039</v>
+        <v>2048</v>
       </c>
       <c r="I220" t="s">
-        <v>2040</v>
+        <v>2049</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
         <v>25</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2041</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5382</v>
+        <v>4935</v>
       </c>
       <c r="B221" t="s">
-        <v>2042</v>
+        <v>2051</v>
       </c>
       <c r="C221" t="s">
-        <v>2043</v>
+        <v>2052</v>
       </c>
       <c r="D221" t="s">
-        <v>2044</v>
+        <v>2053</v>
       </c>
       <c r="E221" t="s">
-        <v>2045</v>
+        <v>2054</v>
       </c>
       <c r="F221" t="s">
-        <v>2046</v>
+        <v>2055</v>
       </c>
       <c r="G221" t="s">
-        <v>2047</v>
+        <v>2056</v>
       </c>
       <c r="H221" t="s">
-        <v>2048</v>
+        <v>2057</v>
       </c>
       <c r="I221" t="s">
-        <v>2049</v>
+        <v>2058</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
         <v>170</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
         <v>171</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2050</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5393</v>
+        <v>4939</v>
       </c>
       <c r="B222" t="s">
-        <v>2051</v>
+        <v>2060</v>
       </c>
       <c r="C222" t="s">
-        <v>2052</v>
+        <v>2061</v>
       </c>
       <c r="D222" t="s">
-        <v>2053</v>
+        <v>2062</v>
       </c>
       <c r="E222" t="s">
-        <v>2054</v>
+        <v>2063</v>
       </c>
       <c r="F222" t="s">
-        <v>2055</v>
+        <v>2064</v>
       </c>
       <c r="G222" t="s">
-        <v>2056</v>
+        <v>2065</v>
       </c>
       <c r="H222" t="s">
-        <v>2057</v>
+        <v>2066</v>
       </c>
       <c r="I222" t="s">
-        <v>2058</v>
+        <v>2067</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2059</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5394</v>
+        <v>4947</v>
       </c>
       <c r="B223" t="s">
-        <v>2060</v>
+        <v>2069</v>
       </c>
       <c r="C223" t="s">
-        <v>2061</v>
+        <v>2070</v>
       </c>
       <c r="D223" t="s">
-        <v>2062</v>
+        <v>2071</v>
       </c>
       <c r="E223" t="s">
-        <v>2063</v>
+        <v>2072</v>
       </c>
       <c r="F223" t="s">
-        <v>2064</v>
+        <v>2073</v>
       </c>
       <c r="G223" t="s">
-        <v>2065</v>
+        <v>2074</v>
       </c>
       <c r="H223" t="s">
-        <v>2066</v>
+        <v>2075</v>
       </c>
       <c r="I223" t="s">
-        <v>2067</v>
+        <v>2076</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2068</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5403</v>
+        <v>4950</v>
       </c>
       <c r="B224" t="s">
-        <v>2069</v>
+        <v>2078</v>
       </c>
       <c r="C224" t="s">
-        <v>2070</v>
+        <v>2079</v>
       </c>
       <c r="D224" t="s">
-        <v>2071</v>
+        <v>2080</v>
       </c>
       <c r="E224" t="s">
-        <v>2072</v>
+        <v>2081</v>
       </c>
       <c r="F224" t="s">
-        <v>2073</v>
+        <v>2082</v>
       </c>
       <c r="G224" t="s">
-        <v>2074</v>
+        <v>2083</v>
       </c>
       <c r="H224" t="s">
-        <v>2075</v>
+        <v>2084</v>
       </c>
       <c r="I224" t="s">
-        <v>2076</v>
+        <v>2085</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>2077</v>
+        <v>1478</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
+      <c r="M224" t="s">
+        <v>1480</v>
+      </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2078</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5431</v>
+        <v>4958</v>
       </c>
       <c r="B225" t="s">
-        <v>2079</v>
+        <v>2087</v>
       </c>
       <c r="C225" t="s">
-        <v>2080</v>
+        <v>2088</v>
       </c>
       <c r="D225" t="s">
-        <v>2081</v>
+        <v>2089</v>
       </c>
       <c r="E225" t="s">
-        <v>2082</v>
+        <v>2090</v>
       </c>
       <c r="F225" t="s">
-        <v>2083</v>
+        <v>2091</v>
       </c>
       <c r="G225" t="s">
-        <v>2084</v>
+        <v>2092</v>
       </c>
       <c r="H225" t="s">
-        <v>2085</v>
+        <v>2093</v>
       </c>
       <c r="I225" t="s">
-        <v>2086</v>
+        <v>2094</v>
       </c>
       <c r="J225" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L225" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>275</v>
+        <v>171</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2087</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5433</v>
+        <v>4965</v>
       </c>
       <c r="B226" t="s">
-        <v>2088</v>
+        <v>2096</v>
       </c>
       <c r="C226" t="s">
-        <v>2089</v>
+        <v>2097</v>
       </c>
       <c r="D226" t="s">
-        <v>2090</v>
+        <v>2098</v>
       </c>
       <c r="E226" t="s">
-        <v>2091</v>
+        <v>2099</v>
       </c>
       <c r="F226" t="s">
-        <v>2092</v>
+        <v>2100</v>
       </c>
       <c r="G226" t="s">
-        <v>2093</v>
+        <v>2101</v>
       </c>
       <c r="H226" t="s">
-        <v>2094</v>
+        <v>2102</v>
       </c>
       <c r="I226" t="s">
-        <v>2095</v>
+        <v>2103</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2096</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5435</v>
+        <v>4968</v>
       </c>
       <c r="B227" t="s">
-        <v>2097</v>
+        <v>2105</v>
       </c>
       <c r="C227" t="s">
-        <v>2098</v>
+        <v>2106</v>
       </c>
       <c r="D227" t="s">
-        <v>2099</v>
+        <v>2107</v>
       </c>
       <c r="E227" t="s">
-        <v>2100</v>
+        <v>2108</v>
       </c>
       <c r="F227" t="s">
-        <v>2101</v>
+        <v>2109</v>
       </c>
       <c r="G227" t="s">
-        <v>2102</v>
+        <v>2110</v>
       </c>
       <c r="H227" t="s">
-        <v>2103</v>
+        <v>2111</v>
       </c>
       <c r="I227" t="s">
-        <v>2104</v>
+        <v>2112</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2105</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5436</v>
+        <v>4969</v>
       </c>
       <c r="B228" t="s">
-        <v>2106</v>
+        <v>2114</v>
       </c>
       <c r="C228" t="s">
-        <v>2107</v>
+        <v>2115</v>
       </c>
       <c r="D228" t="s">
-        <v>2108</v>
+        <v>2116</v>
       </c>
       <c r="E228" t="s">
-        <v>2109</v>
+        <v>2117</v>
       </c>
       <c r="F228" t="s">
-        <v>2110</v>
+        <v>2118</v>
       </c>
       <c r="G228" t="s">
-        <v>2111</v>
+        <v>2119</v>
       </c>
       <c r="H228" t="s">
-        <v>2112</v>
+        <v>2120</v>
       </c>
       <c r="I228" t="s">
-        <v>2113</v>
+        <v>2121</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
         <v>25</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
         <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2114</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5437</v>
+        <v>5037</v>
       </c>
       <c r="B229" t="s">
-        <v>2115</v>
+        <v>2123</v>
       </c>
       <c r="C229" t="s">
-        <v>2116</v>
+        <v>2124</v>
       </c>
       <c r="D229" t="s">
-        <v>2117</v>
+        <v>2125</v>
       </c>
       <c r="E229" t="s">
-        <v>2118</v>
+        <v>2126</v>
       </c>
       <c r="F229" t="s">
-        <v>2119</v>
+        <v>2127</v>
       </c>
       <c r="G229" t="s">
-        <v>2120</v>
+        <v>2128</v>
       </c>
       <c r="H229" t="s">
-        <v>2121</v>
+        <v>2129</v>
       </c>
       <c r="I229" t="s">
-        <v>2122</v>
+        <v>2130</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2123</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5439</v>
+        <v>5272</v>
       </c>
       <c r="B230" t="s">
-        <v>2124</v>
+        <v>2132</v>
       </c>
       <c r="C230" t="s">
-        <v>2125</v>
+        <v>2133</v>
       </c>
       <c r="D230" t="s">
-        <v>2126</v>
+        <v>2134</v>
       </c>
       <c r="E230" t="s">
-        <v>2127</v>
+        <v>2135</v>
       </c>
       <c r="F230" t="s">
-        <v>2128</v>
+        <v>2136</v>
       </c>
       <c r="G230" t="s">
-        <v>2129</v>
+        <v>2137</v>
       </c>
       <c r="H230" t="s">
-        <v>2130</v>
+        <v>2138</v>
       </c>
       <c r="I230" t="s">
-        <v>2131</v>
+        <v>2139</v>
       </c>
       <c r="J230" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K230" t="s">
-        <v>25</v>
+        <v>746</v>
       </c>
       <c r="L230" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M230" t="s">
-        <v>27</v>
+        <v>747</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2132</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5456</v>
+        <v>5273</v>
       </c>
       <c r="B231" t="s">
-        <v>2133</v>
+        <v>2141</v>
       </c>
       <c r="C231" t="s">
-        <v>2134</v>
+        <v>2142</v>
       </c>
       <c r="D231" t="s">
-        <v>2135</v>
+        <v>2143</v>
       </c>
       <c r="E231" t="s">
-        <v>2136</v>
+        <v>2144</v>
       </c>
       <c r="F231" t="s">
-        <v>2137</v>
+        <v>2145</v>
       </c>
       <c r="G231" t="s">
-        <v>2138</v>
+        <v>2146</v>
       </c>
       <c r="H231" t="s">
-        <v>2139</v>
+        <v>2147</v>
       </c>
       <c r="I231" t="s">
-        <v>2140</v>
+        <v>2148</v>
       </c>
       <c r="J231" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>1332</v>
+        <v>2149</v>
       </c>
       <c r="L231" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>1334</v>
+        <v>2150</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2141</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5474</v>
+        <v>5326</v>
       </c>
       <c r="B232" t="s">
-        <v>2142</v>
+        <v>2152</v>
       </c>
       <c r="C232" t="s">
-        <v>2143</v>
+        <v>2153</v>
       </c>
       <c r="D232" t="s">
-        <v>2144</v>
+        <v>2154</v>
       </c>
       <c r="E232" t="s">
-        <v>2145</v>
+        <v>2155</v>
       </c>
       <c r="F232" t="s">
-        <v>2146</v>
+        <v>2156</v>
       </c>
       <c r="G232" t="s">
-        <v>2147</v>
+        <v>2157</v>
       </c>
       <c r="H232" t="s">
-        <v>2148</v>
+        <v>2158</v>
       </c>
       <c r="I232" t="s">
-        <v>2149</v>
+        <v>2159</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2150</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5475</v>
+        <v>5330</v>
       </c>
       <c r="B233" t="s">
-        <v>2151</v>
+        <v>2161</v>
       </c>
       <c r="C233" t="s">
-        <v>2152</v>
+        <v>2162</v>
       </c>
       <c r="D233" t="s">
-        <v>2153</v>
+        <v>2163</v>
       </c>
       <c r="E233" t="s">
-        <v>2154</v>
+        <v>2164</v>
       </c>
       <c r="F233" t="s">
-        <v>2155</v>
+        <v>2165</v>
       </c>
       <c r="G233" t="s">
-        <v>2156</v>
+        <v>2166</v>
       </c>
       <c r="H233" t="s">
-        <v>2157</v>
+        <v>2167</v>
       </c>
       <c r="I233" t="s">
-        <v>2158</v>
+        <v>2168</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>170</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>171</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2159</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5476</v>
+        <v>5331</v>
       </c>
       <c r="B234" t="s">
-        <v>2160</v>
+        <v>2170</v>
       </c>
       <c r="C234" t="s">
-        <v>2161</v>
+        <v>2171</v>
       </c>
       <c r="D234" t="s">
-        <v>2162</v>
+        <v>2172</v>
       </c>
       <c r="E234" t="s">
-        <v>2163</v>
+        <v>2173</v>
       </c>
       <c r="F234" t="s">
-        <v>2164</v>
+        <v>2174</v>
       </c>
       <c r="G234" t="s">
-        <v>2165</v>
+        <v>2175</v>
       </c>
       <c r="H234" t="s">
-        <v>2166</v>
+        <v>2176</v>
       </c>
       <c r="I234" t="s">
-        <v>2167</v>
+        <v>2177</v>
       </c>
       <c r="J234" t="s">
-        <v>2168</v>
+        <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>1156</v>
+        <v>47</v>
       </c>
       <c r="L234" t="s">
-        <v>2169</v>
+        <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>1157</v>
+        <v>48</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2170</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5478</v>
+        <v>5332</v>
       </c>
       <c r="B235" t="s">
-        <v>2171</v>
+        <v>2179</v>
       </c>
       <c r="C235" t="s">
-        <v>2172</v>
+        <v>2180</v>
       </c>
       <c r="D235" t="s">
-        <v>2173</v>
+        <v>2181</v>
       </c>
       <c r="E235" t="s">
-        <v>2174</v>
+        <v>2182</v>
       </c>
       <c r="F235" t="s">
-        <v>2175</v>
+        <v>2183</v>
       </c>
       <c r="G235" t="s">
-        <v>2176</v>
+        <v>2184</v>
       </c>
       <c r="H235" t="s">
-        <v>2177</v>
+        <v>2185</v>
       </c>
       <c r="I235" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5479</v>
+        <v>5333</v>
       </c>
       <c r="B236" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
       <c r="C236" t="s">
-        <v>2181</v>
+        <v>2189</v>
       </c>
       <c r="D236" t="s">
-        <v>2182</v>
+        <v>2190</v>
       </c>
       <c r="E236" t="s">
-        <v>2183</v>
+        <v>2191</v>
       </c>
       <c r="F236" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
       <c r="G236" t="s">
-        <v>2185</v>
+        <v>2193</v>
       </c>
       <c r="H236" t="s">
-        <v>2186</v>
+        <v>2194</v>
       </c>
       <c r="I236" t="s">
-        <v>2187</v>
+        <v>2195</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>570</v>
+        <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>571</v>
+        <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2188</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5482</v>
+        <v>5335</v>
       </c>
       <c r="B237" t="s">
-        <v>2189</v>
+        <v>2197</v>
       </c>
       <c r="C237" t="s">
-        <v>2190</v>
+        <v>2198</v>
       </c>
       <c r="D237" t="s">
-        <v>2191</v>
+        <v>2199</v>
       </c>
       <c r="E237" t="s">
-        <v>2192</v>
+        <v>2200</v>
       </c>
       <c r="F237" t="s">
-        <v>2193</v>
+        <v>2201</v>
       </c>
       <c r="G237" t="s">
-        <v>2194</v>
+        <v>2202</v>
       </c>
       <c r="H237" t="s">
-        <v>2195</v>
+        <v>2203</v>
       </c>
       <c r="I237" t="s">
-        <v>2196</v>
+        <v>2204</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2197</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5483</v>
+        <v>5346</v>
       </c>
       <c r="B238" t="s">
-        <v>2198</v>
+        <v>2206</v>
       </c>
       <c r="C238" t="s">
-        <v>2199</v>
+        <v>2207</v>
       </c>
       <c r="D238" t="s">
-        <v>2200</v>
+        <v>2208</v>
       </c>
       <c r="E238" t="s">
-        <v>2201</v>
+        <v>2209</v>
       </c>
       <c r="F238" t="s">
-        <v>2202</v>
+        <v>2210</v>
       </c>
       <c r="G238" t="s">
-        <v>2203</v>
+        <v>2211</v>
       </c>
       <c r="H238" t="s">
-        <v>2204</v>
+        <v>2212</v>
       </c>
       <c r="I238" t="s">
-        <v>2205</v>
+        <v>2213</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>25</v>
+        <v>2214</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>27</v>
+        <v>2215</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5485</v>
+        <v>5347</v>
       </c>
       <c r="B239" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="C239" t="s">
-        <v>2208</v>
+        <v>2218</v>
       </c>
       <c r="D239" t="s">
-        <v>2209</v>
+        <v>2219</v>
       </c>
       <c r="E239" t="s">
-        <v>2210</v>
+        <v>2220</v>
       </c>
       <c r="F239" t="s">
-        <v>2211</v>
+        <v>2221</v>
       </c>
       <c r="G239" t="s">
-        <v>2212</v>
+        <v>2222</v>
       </c>
       <c r="H239" t="s">
-        <v>2213</v>
+        <v>2223</v>
       </c>
       <c r="I239" t="s">
-        <v>2214</v>
+        <v>2224</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>2215</v>
+        <v>170</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>2216</v>
+        <v>171</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2217</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5487</v>
+        <v>5348</v>
       </c>
       <c r="B240" t="s">
-        <v>2218</v>
+        <v>2226</v>
       </c>
       <c r="C240" t="s">
-        <v>2219</v>
+        <v>2227</v>
       </c>
       <c r="D240" t="s">
-        <v>2220</v>
+        <v>2228</v>
       </c>
       <c r="E240" t="s">
-        <v>2221</v>
+        <v>2229</v>
       </c>
       <c r="F240" t="s">
-        <v>2222</v>
+        <v>2230</v>
       </c>
       <c r="G240" t="s">
-        <v>2223</v>
+        <v>2231</v>
       </c>
       <c r="H240" t="s">
-        <v>2224</v>
+        <v>2232</v>
       </c>
       <c r="I240" t="s">
-        <v>2225</v>
+        <v>2233</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>2226</v>
+        <v>170</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
+      <c r="M240" t="s">
+        <v>171</v>
+      </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2227</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5488</v>
+        <v>5351</v>
       </c>
       <c r="B241" t="s">
-        <v>2228</v>
+        <v>2235</v>
       </c>
       <c r="C241" t="s">
-        <v>2229</v>
+        <v>2236</v>
       </c>
       <c r="D241" t="s">
-        <v>2230</v>
+        <v>2237</v>
       </c>
       <c r="E241" t="s">
-        <v>2231</v>
+        <v>2238</v>
       </c>
       <c r="F241" t="s">
-        <v>2232</v>
+        <v>2239</v>
       </c>
       <c r="G241" t="s">
-        <v>2233</v>
+        <v>2240</v>
       </c>
       <c r="H241" t="s">
-        <v>2234</v>
+        <v>2241</v>
       </c>
       <c r="I241" t="s">
-        <v>2235</v>
+        <v>2242</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2236</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5489</v>
+        <v>5353</v>
       </c>
       <c r="B242" t="s">
-        <v>2237</v>
+        <v>2244</v>
       </c>
       <c r="C242" t="s">
-        <v>2238</v>
+        <v>2245</v>
       </c>
       <c r="D242" t="s">
-        <v>2239</v>
+        <v>2246</v>
       </c>
       <c r="E242" t="s">
-        <v>2240</v>
+        <v>2247</v>
       </c>
       <c r="F242" t="s">
-        <v>2241</v>
+        <v>2248</v>
       </c>
       <c r="G242" t="s">
-        <v>2242</v>
+        <v>2249</v>
       </c>
       <c r="H242" t="s">
-        <v>2243</v>
+        <v>2250</v>
       </c>
       <c r="I242" t="s">
-        <v>2244</v>
+        <v>2251</v>
       </c>
       <c r="J242" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K242" t="s">
-        <v>1185</v>
+        <v>905</v>
       </c>
       <c r="L242" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M242" t="s">
-        <v>1186</v>
+        <v>906</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2245</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5490</v>
+        <v>5354</v>
       </c>
       <c r="B243" t="s">
-        <v>2246</v>
+        <v>2253</v>
       </c>
       <c r="C243" t="s">
-        <v>2247</v>
+        <v>2254</v>
       </c>
       <c r="D243" t="s">
-        <v>2248</v>
+        <v>2255</v>
       </c>
       <c r="E243" t="s">
-        <v>2249</v>
+        <v>2256</v>
       </c>
       <c r="F243" t="s">
-        <v>2250</v>
+        <v>2257</v>
       </c>
       <c r="G243" t="s">
-        <v>2251</v>
+        <v>2258</v>
       </c>
       <c r="H243" t="s">
-        <v>2252</v>
+        <v>2259</v>
       </c>
       <c r="I243" t="s">
-        <v>2253</v>
+        <v>2260</v>
       </c>
       <c r="J243" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>2254</v>
+        <v>170</v>
       </c>
       <c r="L243" t="s">
-        <v>442</v>
+        <v>26</v>
+      </c>
+      <c r="M243" t="s">
+        <v>171</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2255</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5493</v>
+        <v>5359</v>
       </c>
       <c r="B244" t="s">
-        <v>2256</v>
+        <v>2262</v>
       </c>
       <c r="C244" t="s">
-        <v>2257</v>
+        <v>2263</v>
       </c>
       <c r="D244" t="s">
-        <v>2258</v>
+        <v>2264</v>
       </c>
       <c r="E244" t="s">
-        <v>2259</v>
+        <v>2265</v>
       </c>
       <c r="F244" t="s">
-        <v>2260</v>
+        <v>2266</v>
       </c>
       <c r="G244" t="s">
-        <v>2261</v>
+        <v>2267</v>
       </c>
       <c r="H244" t="s">
-        <v>2262</v>
+        <v>2268</v>
       </c>
       <c r="I244" t="s">
-        <v>2263</v>
+        <v>2269</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2264</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5496</v>
+        <v>5364</v>
       </c>
       <c r="B245" t="s">
-        <v>2265</v>
+        <v>2271</v>
       </c>
       <c r="C245" t="s">
-        <v>2266</v>
+        <v>2272</v>
       </c>
       <c r="D245" t="s">
-        <v>2267</v>
+        <v>2273</v>
       </c>
       <c r="E245" t="s">
-        <v>2268</v>
+        <v>2274</v>
       </c>
       <c r="F245" t="s">
-        <v>2269</v>
+        <v>2275</v>
       </c>
       <c r="G245" t="s">
-        <v>2270</v>
+        <v>2276</v>
       </c>
       <c r="H245" t="s">
-        <v>2271</v>
+        <v>2277</v>
       </c>
       <c r="I245" t="s">
-        <v>2272</v>
+        <v>2278</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>274</v>
+        <v>47</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>275</v>
+        <v>48</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2273</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5502</v>
+        <v>5365</v>
       </c>
       <c r="B246" t="s">
-        <v>2274</v>
+        <v>2280</v>
       </c>
       <c r="C246" t="s">
-        <v>2275</v>
+        <v>2281</v>
       </c>
       <c r="D246" t="s">
-        <v>2276</v>
+        <v>2282</v>
       </c>
       <c r="E246" t="s">
-        <v>2277</v>
+        <v>2283</v>
       </c>
       <c r="F246" t="s">
-        <v>2278</v>
+        <v>2284</v>
       </c>
       <c r="G246" t="s">
-        <v>2279</v>
+        <v>2285</v>
       </c>
       <c r="H246" t="s">
-        <v>2280</v>
+        <v>2286</v>
       </c>
       <c r="I246" t="s">
-        <v>2281</v>
+        <v>2287</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
         <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
         <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2282</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5503</v>
+        <v>5367</v>
       </c>
       <c r="B247" t="s">
-        <v>2283</v>
+        <v>2289</v>
       </c>
       <c r="C247" t="s">
-        <v>2284</v>
+        <v>2290</v>
       </c>
       <c r="D247" t="s">
-        <v>2285</v>
+        <v>2291</v>
       </c>
       <c r="E247" t="s">
-        <v>2286</v>
+        <v>2292</v>
       </c>
       <c r="F247" t="s">
-        <v>2287</v>
+        <v>2293</v>
       </c>
       <c r="G247" t="s">
-        <v>2288</v>
+        <v>2294</v>
       </c>
       <c r="H247" t="s">
-        <v>2289</v>
+        <v>2295</v>
       </c>
       <c r="I247" t="s">
-        <v>2290</v>
+        <v>2296</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2291</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5504</v>
+        <v>5368</v>
       </c>
       <c r="B248" t="s">
-        <v>2292</v>
+        <v>2298</v>
       </c>
       <c r="C248" t="s">
-        <v>2293</v>
+        <v>2299</v>
       </c>
       <c r="D248" t="s">
-        <v>2294</v>
+        <v>2300</v>
       </c>
       <c r="E248" t="s">
-        <v>2295</v>
+        <v>2301</v>
       </c>
       <c r="F248" t="s">
-        <v>2296</v>
+        <v>2302</v>
       </c>
       <c r="G248" t="s">
-        <v>2297</v>
+        <v>2303</v>
       </c>
       <c r="H248" t="s">
-        <v>2298</v>
+        <v>2304</v>
       </c>
       <c r="I248" t="s">
-        <v>2299</v>
+        <v>2305</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
         <v>25</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
         <v>27</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2300</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5507</v>
+        <v>5371</v>
       </c>
       <c r="B249" t="s">
-        <v>2301</v>
+        <v>2307</v>
       </c>
       <c r="C249" t="s">
-        <v>2302</v>
+        <v>2308</v>
       </c>
       <c r="D249" t="s">
-        <v>2303</v>
+        <v>2309</v>
       </c>
       <c r="E249" t="s">
-        <v>2304</v>
+        <v>2310</v>
       </c>
       <c r="F249" t="s">
-        <v>2305</v>
+        <v>2311</v>
       </c>
       <c r="G249" t="s">
-        <v>2306</v>
+        <v>2312</v>
       </c>
       <c r="H249" t="s">
-        <v>2307</v>
+        <v>2313</v>
       </c>
       <c r="I249" t="s">
-        <v>2308</v>
+        <v>2314</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>25</v>
+        <v>2315</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>27</v>
+        <v>2316</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2309</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5509</v>
+        <v>5372</v>
       </c>
       <c r="B250" t="s">
-        <v>2310</v>
+        <v>2318</v>
       </c>
       <c r="C250" t="s">
-        <v>2311</v>
+        <v>2319</v>
       </c>
       <c r="D250" t="s">
-        <v>2312</v>
+        <v>2320</v>
       </c>
       <c r="E250" t="s">
-        <v>2313</v>
+        <v>2321</v>
       </c>
       <c r="F250" t="s">
-        <v>2314</v>
+        <v>2322</v>
       </c>
       <c r="G250" t="s">
-        <v>2315</v>
+        <v>2323</v>
       </c>
       <c r="H250" t="s">
-        <v>2316</v>
+        <v>2324</v>
       </c>
       <c r="I250" t="s">
-        <v>2317</v>
+        <v>2325</v>
       </c>
       <c r="J250" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>1156</v>
+        <v>25</v>
       </c>
       <c r="L250" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>1157</v>
+        <v>27</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2318</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5512</v>
+        <v>5375</v>
       </c>
       <c r="B251" t="s">
-        <v>2319</v>
+        <v>2327</v>
       </c>
       <c r="C251" t="s">
-        <v>2320</v>
+        <v>2328</v>
       </c>
       <c r="D251" t="s">
-        <v>2321</v>
+        <v>2329</v>
       </c>
       <c r="E251" t="s">
-        <v>2322</v>
+        <v>2330</v>
       </c>
       <c r="F251" t="s">
-        <v>2323</v>
+        <v>2331</v>
       </c>
       <c r="G251" t="s">
-        <v>2324</v>
+        <v>2332</v>
       </c>
       <c r="H251" t="s">
-        <v>2325</v>
+        <v>2333</v>
       </c>
       <c r="I251" t="s">
-        <v>2326</v>
+        <v>2334</v>
       </c>
       <c r="J251" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K251" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L251" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M251" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2327</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5514</v>
+        <v>5377</v>
       </c>
       <c r="B252" t="s">
-        <v>2328</v>
+        <v>2336</v>
       </c>
       <c r="C252" t="s">
-        <v>2329</v>
+        <v>2337</v>
       </c>
       <c r="D252" t="s">
-        <v>2330</v>
+        <v>2338</v>
       </c>
       <c r="E252" t="s">
-        <v>2331</v>
+        <v>2339</v>
       </c>
       <c r="F252" t="s">
-        <v>2332</v>
+        <v>2340</v>
       </c>
       <c r="G252" t="s">
-        <v>2333</v>
+        <v>2341</v>
       </c>
       <c r="H252" t="s">
-        <v>2334</v>
+        <v>2342</v>
       </c>
       <c r="I252" t="s">
-        <v>2335</v>
+        <v>2343</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2336</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5516</v>
+        <v>5378</v>
       </c>
       <c r="B253" t="s">
-        <v>2337</v>
+        <v>2345</v>
       </c>
       <c r="C253" t="s">
-        <v>2338</v>
+        <v>2346</v>
       </c>
       <c r="D253" t="s">
-        <v>2339</v>
+        <v>2347</v>
       </c>
       <c r="E253" t="s">
-        <v>2340</v>
+        <v>2348</v>
       </c>
       <c r="F253" t="s">
-        <v>2341</v>
+        <v>2349</v>
       </c>
       <c r="G253" t="s">
-        <v>2342</v>
+        <v>2350</v>
       </c>
       <c r="H253" t="s">
-        <v>2343</v>
+        <v>2351</v>
       </c>
       <c r="I253" t="s">
-        <v>2344</v>
+        <v>2352</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
         <v>25</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2345</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5517</v>
+        <v>5380</v>
       </c>
       <c r="B254" t="s">
-        <v>2346</v>
+        <v>2354</v>
       </c>
       <c r="C254" t="s">
-        <v>2347</v>
+        <v>2355</v>
       </c>
       <c r="D254" t="s">
-        <v>2348</v>
+        <v>2356</v>
       </c>
       <c r="E254" t="s">
-        <v>2349</v>
+        <v>2357</v>
       </c>
       <c r="F254" t="s">
-        <v>2350</v>
+        <v>2358</v>
       </c>
       <c r="G254" t="s">
-        <v>2351</v>
+        <v>2359</v>
       </c>
       <c r="H254" t="s">
-        <v>2352</v>
+        <v>2360</v>
       </c>
       <c r="I254" t="s">
-        <v>2353</v>
+        <v>2361</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>25</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>27</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2354</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5518</v>
+        <v>5382</v>
       </c>
       <c r="B255" t="s">
-        <v>2355</v>
+        <v>2363</v>
       </c>
       <c r="C255" t="s">
-        <v>2356</v>
+        <v>2364</v>
       </c>
       <c r="D255" t="s">
-        <v>2357</v>
+        <v>2365</v>
       </c>
       <c r="E255" t="s">
-        <v>2358</v>
+        <v>2366</v>
       </c>
       <c r="F255" t="s">
-        <v>2359</v>
+        <v>2367</v>
       </c>
       <c r="G255" t="s">
-        <v>2360</v>
+        <v>2368</v>
       </c>
       <c r="H255" t="s">
-        <v>2361</v>
+        <v>2369</v>
       </c>
       <c r="I255" t="s">
-        <v>2362</v>
+        <v>2370</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2363</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5520</v>
+        <v>5393</v>
       </c>
       <c r="B256" t="s">
-        <v>2364</v>
+        <v>2372</v>
       </c>
       <c r="C256" t="s">
-        <v>2365</v>
+        <v>2373</v>
       </c>
       <c r="D256" t="s">
-        <v>2366</v>
+        <v>2374</v>
       </c>
       <c r="E256" t="s">
-        <v>2367</v>
+        <v>2375</v>
       </c>
       <c r="F256" t="s">
-        <v>2368</v>
+        <v>2376</v>
       </c>
       <c r="G256" t="s">
-        <v>2369</v>
+        <v>2377</v>
       </c>
       <c r="H256" t="s">
-        <v>2370</v>
+        <v>2378</v>
       </c>
       <c r="I256" t="s">
-        <v>2371</v>
+        <v>2379</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>1156</v>
+        <v>25</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>1157</v>
+        <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2372</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5545</v>
+        <v>5394</v>
       </c>
       <c r="B257" t="s">
-        <v>2373</v>
+        <v>2381</v>
       </c>
       <c r="C257" t="s">
-        <v>2374</v>
+        <v>2382</v>
       </c>
       <c r="D257" t="s">
-        <v>2375</v>
+        <v>2383</v>
       </c>
       <c r="E257" t="s">
-        <v>2376</v>
+        <v>2384</v>
       </c>
       <c r="F257" t="s">
-        <v>2377</v>
+        <v>2385</v>
       </c>
       <c r="G257" t="s">
-        <v>2378</v>
+        <v>2386</v>
       </c>
       <c r="H257" t="s">
-        <v>2379</v>
+        <v>2387</v>
       </c>
       <c r="I257" t="s">
-        <v>2380</v>
+        <v>2388</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2381</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5657</v>
+        <v>5403</v>
       </c>
       <c r="B258" t="s">
-        <v>2382</v>
+        <v>2390</v>
       </c>
       <c r="C258" t="s">
-        <v>2383</v>
+        <v>2391</v>
       </c>
       <c r="D258" t="s">
-        <v>2384</v>
+        <v>2392</v>
       </c>
       <c r="E258" t="s">
-        <v>2385</v>
+        <v>2393</v>
       </c>
       <c r="F258" t="s">
-        <v>2386</v>
+        <v>2394</v>
       </c>
       <c r="G258" t="s">
-        <v>2387</v>
+        <v>2395</v>
       </c>
       <c r="H258" t="s">
-        <v>2388</v>
+        <v>2396</v>
       </c>
       <c r="I258" t="s">
-        <v>2389</v>
+        <v>2397</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>25</v>
+        <v>2398</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>27</v>
+        <v>2399</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2390</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5733</v>
+        <v>5431</v>
       </c>
       <c r="B259" t="s">
-        <v>2391</v>
+        <v>2401</v>
       </c>
       <c r="C259" t="s">
-        <v>2392</v>
+        <v>2402</v>
       </c>
       <c r="D259" t="s">
-        <v>2393</v>
+        <v>2403</v>
       </c>
       <c r="E259" t="s">
-        <v>2394</v>
+        <v>2404</v>
       </c>
       <c r="F259" t="s">
-        <v>2395</v>
+        <v>2405</v>
       </c>
       <c r="G259" t="s">
-        <v>2396</v>
+        <v>2406</v>
       </c>
       <c r="H259" t="s">
-        <v>2397</v>
+        <v>2407</v>
       </c>
       <c r="I259" t="s">
-        <v>2398</v>
+        <v>2408</v>
       </c>
       <c r="J259" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K259" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="L259" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M259" t="s">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2399</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5787</v>
+        <v>5433</v>
       </c>
       <c r="B260" t="s">
-        <v>2400</v>
+        <v>2410</v>
       </c>
       <c r="C260" t="s">
-        <v>2401</v>
+        <v>2411</v>
       </c>
       <c r="D260" t="s">
-        <v>2402</v>
+        <v>2412</v>
       </c>
       <c r="E260" t="s">
-        <v>2403</v>
+        <v>2413</v>
       </c>
       <c r="F260" t="s">
-        <v>2404</v>
+        <v>2414</v>
       </c>
       <c r="G260" t="s">
-        <v>2405</v>
+        <v>2415</v>
       </c>
       <c r="H260" t="s">
-        <v>2406</v>
+        <v>2416</v>
       </c>
       <c r="I260" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>170</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>171</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2408</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5792</v>
+        <v>5435</v>
       </c>
       <c r="B261" t="s">
-        <v>2409</v>
+        <v>2419</v>
       </c>
       <c r="C261" t="s">
-        <v>2410</v>
+        <v>2420</v>
       </c>
       <c r="D261" t="s">
-        <v>2411</v>
+        <v>2421</v>
       </c>
       <c r="E261" t="s">
-        <v>2412</v>
+        <v>2422</v>
       </c>
       <c r="F261" t="s">
-        <v>2413</v>
+        <v>2423</v>
       </c>
       <c r="G261" t="s">
-        <v>2414</v>
+        <v>2424</v>
       </c>
       <c r="H261" t="s">
-        <v>2415</v>
+        <v>2425</v>
       </c>
       <c r="I261" t="s">
-        <v>2416</v>
+        <v>2426</v>
       </c>
       <c r="J261" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>441</v>
+        <v>170</v>
       </c>
       <c r="L261" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>443</v>
+        <v>171</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2417</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5794</v>
+        <v>5436</v>
       </c>
       <c r="B262" t="s">
-        <v>2418</v>
+        <v>2428</v>
       </c>
       <c r="C262" t="s">
-        <v>2419</v>
+        <v>2429</v>
       </c>
       <c r="D262" t="s">
-        <v>2420</v>
+        <v>2430</v>
       </c>
       <c r="E262" t="s">
-        <v>2421</v>
+        <v>2431</v>
       </c>
       <c r="F262" t="s">
-        <v>2422</v>
+        <v>2432</v>
       </c>
       <c r="G262" t="s">
-        <v>2423</v>
+        <v>2433</v>
       </c>
       <c r="H262" t="s">
-        <v>2424</v>
+        <v>2434</v>
       </c>
       <c r="I262" t="s">
-        <v>2425</v>
+        <v>2435</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2426</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5795</v>
+        <v>5437</v>
       </c>
       <c r="B263" t="s">
-        <v>2427</v>
+        <v>2437</v>
       </c>
       <c r="C263" t="s">
-        <v>2428</v>
+        <v>2438</v>
       </c>
       <c r="D263" t="s">
-        <v>2429</v>
+        <v>2439</v>
       </c>
       <c r="E263" t="s">
-        <v>2430</v>
+        <v>2440</v>
       </c>
       <c r="F263" t="s">
-        <v>2431</v>
+        <v>2441</v>
       </c>
       <c r="G263" t="s">
-        <v>2432</v>
+        <v>2442</v>
       </c>
       <c r="H263" t="s">
-        <v>2433</v>
+        <v>2443</v>
       </c>
       <c r="I263" t="s">
-        <v>2434</v>
+        <v>2444</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2435</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5796</v>
+        <v>5439</v>
       </c>
       <c r="B264" t="s">
-        <v>2436</v>
+        <v>2446</v>
       </c>
       <c r="C264" t="s">
-        <v>2437</v>
+        <v>2447</v>
       </c>
       <c r="D264" t="s">
-        <v>2438</v>
+        <v>2448</v>
       </c>
       <c r="E264" t="s">
-        <v>2439</v>
+        <v>2449</v>
       </c>
       <c r="F264" t="s">
-        <v>2440</v>
+        <v>2450</v>
       </c>
       <c r="G264" t="s">
-        <v>2441</v>
+        <v>2451</v>
       </c>
       <c r="H264" t="s">
-        <v>2442</v>
+        <v>2452</v>
       </c>
       <c r="I264" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5798</v>
+        <v>5456</v>
       </c>
       <c r="B265" t="s">
-        <v>2445</v>
+        <v>2455</v>
       </c>
       <c r="C265" t="s">
-        <v>2446</v>
+        <v>2456</v>
       </c>
       <c r="D265" t="s">
-        <v>2447</v>
+        <v>2457</v>
       </c>
       <c r="E265" t="s">
-        <v>2448</v>
+        <v>2458</v>
       </c>
       <c r="F265" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
       <c r="G265" t="s">
-        <v>2450</v>
+        <v>2460</v>
       </c>
       <c r="H265" t="s">
-        <v>2451</v>
+        <v>2461</v>
       </c>
       <c r="I265" t="s">
-        <v>2452</v>
+        <v>2462</v>
       </c>
       <c r="J265" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K265" t="s">
-        <v>170</v>
+        <v>1478</v>
       </c>
       <c r="L265" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M265" t="s">
-        <v>171</v>
+        <v>1480</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2453</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5799</v>
+        <v>5474</v>
       </c>
       <c r="B266" t="s">
-        <v>2454</v>
+        <v>2464</v>
       </c>
       <c r="C266" t="s">
-        <v>2455</v>
+        <v>2465</v>
       </c>
       <c r="D266" t="s">
-        <v>2456</v>
+        <v>2466</v>
       </c>
       <c r="E266" t="s">
-        <v>2457</v>
+        <v>2467</v>
       </c>
       <c r="F266" t="s">
-        <v>2458</v>
+        <v>2468</v>
       </c>
       <c r="G266" t="s">
-        <v>2459</v>
+        <v>2469</v>
       </c>
       <c r="H266" t="s">
-        <v>2460</v>
+        <v>2470</v>
       </c>
       <c r="I266" t="s">
-        <v>2461</v>
+        <v>2471</v>
       </c>
       <c r="J266" t="s">
-        <v>1634</v>
+        <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>859</v>
+        <v>25</v>
       </c>
       <c r="L266" t="s">
-        <v>1636</v>
+        <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>860</v>
+        <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2462</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5803</v>
+        <v>5475</v>
       </c>
       <c r="B267" t="s">
-        <v>2463</v>
+        <v>2473</v>
       </c>
       <c r="C267" t="s">
-        <v>2464</v>
+        <v>2474</v>
       </c>
       <c r="D267" t="s">
-        <v>2465</v>
+        <v>2475</v>
       </c>
       <c r="E267" t="s">
-        <v>2466</v>
+        <v>2476</v>
       </c>
       <c r="F267" t="s">
-        <v>2467</v>
+        <v>2477</v>
       </c>
       <c r="G267" t="s">
-        <v>2468</v>
+        <v>2478</v>
       </c>
       <c r="H267" t="s">
-        <v>2469</v>
+        <v>2479</v>
       </c>
       <c r="I267" t="s">
-        <v>2470</v>
+        <v>2480</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2471</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5805</v>
+        <v>5476</v>
       </c>
       <c r="B268" t="s">
-        <v>2472</v>
+        <v>2482</v>
       </c>
       <c r="C268" t="s">
-        <v>2473</v>
+        <v>2483</v>
       </c>
       <c r="D268" t="s">
-        <v>2474</v>
+        <v>2484</v>
       </c>
       <c r="E268" t="s">
-        <v>2475</v>
+        <v>2485</v>
       </c>
       <c r="F268" t="s">
-        <v>2476</v>
+        <v>2486</v>
       </c>
       <c r="G268" t="s">
-        <v>2477</v>
+        <v>2487</v>
       </c>
       <c r="H268" t="s">
-        <v>2478</v>
+        <v>2488</v>
       </c>
       <c r="I268" t="s">
-        <v>2479</v>
+        <v>2489</v>
       </c>
       <c r="J268" t="s">
-        <v>24</v>
+        <v>2490</v>
       </c>
       <c r="K268" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="L268" t="s">
-        <v>26</v>
+        <v>2491</v>
       </c>
       <c r="M268" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2480</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5808</v>
+        <v>5478</v>
       </c>
       <c r="B269" t="s">
-        <v>2481</v>
+        <v>2493</v>
       </c>
       <c r="C269" t="s">
-        <v>2482</v>
+        <v>2494</v>
       </c>
       <c r="D269" t="s">
-        <v>2483</v>
+        <v>2495</v>
       </c>
       <c r="E269" t="s">
-        <v>2484</v>
+        <v>2496</v>
       </c>
       <c r="F269" t="s">
-        <v>2485</v>
+        <v>2497</v>
       </c>
       <c r="G269" t="s">
-        <v>2486</v>
+        <v>2498</v>
       </c>
       <c r="H269" t="s">
-        <v>2487</v>
+        <v>2499</v>
       </c>
       <c r="I269" t="s">
-        <v>2488</v>
+        <v>2500</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
         <v>25</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
         <v>27</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2489</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5811</v>
+        <v>5479</v>
       </c>
       <c r="B270" t="s">
-        <v>2490</v>
+        <v>2502</v>
       </c>
       <c r="C270" t="s">
-        <v>2491</v>
+        <v>2503</v>
       </c>
       <c r="D270" t="s">
-        <v>2492</v>
+        <v>2504</v>
       </c>
       <c r="E270" t="s">
-        <v>2493</v>
+        <v>2505</v>
       </c>
       <c r="F270" t="s">
-        <v>2494</v>
+        <v>2506</v>
       </c>
       <c r="G270" t="s">
-        <v>2495</v>
+        <v>2507</v>
       </c>
       <c r="H270" t="s">
-        <v>2496</v>
+        <v>2508</v>
       </c>
       <c r="I270" t="s">
-        <v>2497</v>
+        <v>2509</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>25</v>
+        <v>580</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>27</v>
+        <v>581</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2498</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5819</v>
+        <v>5482</v>
       </c>
       <c r="B271" t="s">
-        <v>2499</v>
+        <v>2511</v>
       </c>
       <c r="C271" t="s">
-        <v>2500</v>
+        <v>2512</v>
       </c>
       <c r="D271" t="s">
-        <v>2501</v>
+        <v>2513</v>
       </c>
       <c r="E271" t="s">
-        <v>2502</v>
+        <v>2514</v>
       </c>
       <c r="F271" t="s">
-        <v>2503</v>
+        <v>2515</v>
       </c>
       <c r="G271" t="s">
-        <v>2504</v>
+        <v>2516</v>
       </c>
       <c r="H271" t="s">
-        <v>2505</v>
+        <v>2517</v>
       </c>
       <c r="I271" t="s">
-        <v>2506</v>
+        <v>2518</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2507</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5830</v>
+        <v>5483</v>
       </c>
       <c r="B272" t="s">
-        <v>2508</v>
+        <v>2520</v>
       </c>
       <c r="C272" t="s">
-        <v>2509</v>
+        <v>2521</v>
       </c>
       <c r="D272" t="s">
-        <v>2510</v>
+        <v>2522</v>
       </c>
       <c r="E272" t="s">
-        <v>2511</v>
+        <v>2523</v>
       </c>
       <c r="F272" t="s">
-        <v>2512</v>
+        <v>2524</v>
       </c>
       <c r="G272" t="s">
-        <v>2513</v>
+        <v>2525</v>
       </c>
       <c r="H272" t="s">
-        <v>2514</v>
+        <v>2526</v>
       </c>
       <c r="I272" t="s">
-        <v>2515</v>
+        <v>2527</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
         <v>25</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
         <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2516</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5863</v>
+        <v>5485</v>
       </c>
       <c r="B273" t="s">
-        <v>2517</v>
+        <v>2529</v>
       </c>
       <c r="C273" t="s">
-        <v>2518</v>
+        <v>2530</v>
       </c>
       <c r="D273" t="s">
-        <v>2519</v>
+        <v>2531</v>
       </c>
       <c r="E273" t="s">
-        <v>2520</v>
+        <v>2532</v>
       </c>
       <c r="F273" t="s">
-        <v>2521</v>
+        <v>2533</v>
       </c>
       <c r="G273" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
       <c r="H273" t="s">
-        <v>2523</v>
+        <v>2535</v>
       </c>
       <c r="I273" t="s">
-        <v>2524</v>
+        <v>2536</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>25</v>
+        <v>2537</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>27</v>
+        <v>2538</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2525</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5866</v>
+        <v>5487</v>
       </c>
       <c r="B274" t="s">
-        <v>2526</v>
+        <v>2540</v>
       </c>
       <c r="C274" t="s">
-        <v>2527</v>
+        <v>2541</v>
       </c>
       <c r="D274" t="s">
-        <v>2528</v>
+        <v>2542</v>
       </c>
       <c r="E274" t="s">
-        <v>2529</v>
+        <v>2543</v>
       </c>
       <c r="F274" t="s">
-        <v>2530</v>
+        <v>2544</v>
       </c>
       <c r="G274" t="s">
-        <v>2531</v>
+        <v>2545</v>
       </c>
       <c r="H274" t="s">
-        <v>2532</v>
+        <v>2546</v>
       </c>
       <c r="I274" t="s">
-        <v>2533</v>
+        <v>2547</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>25</v>
+        <v>2548</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>27</v>
+        <v>2549</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2534</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5888</v>
+        <v>5488</v>
       </c>
       <c r="B275" t="s">
-        <v>2535</v>
+        <v>2551</v>
       </c>
       <c r="C275" t="s">
-        <v>2536</v>
+        <v>2552</v>
       </c>
       <c r="D275" t="s">
-        <v>2537</v>
+        <v>2553</v>
       </c>
       <c r="E275" t="s">
-        <v>2538</v>
+        <v>2554</v>
       </c>
       <c r="F275" t="s">
-        <v>2539</v>
+        <v>2555</v>
       </c>
       <c r="G275" t="s">
-        <v>2540</v>
+        <v>2556</v>
       </c>
       <c r="H275" t="s">
-        <v>2541</v>
+        <v>2557</v>
       </c>
       <c r="I275" t="s">
-        <v>2542</v>
+        <v>2558</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2543</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5889</v>
+        <v>5489</v>
       </c>
       <c r="B276" t="s">
-        <v>2544</v>
+        <v>2560</v>
       </c>
       <c r="C276" t="s">
-        <v>2545</v>
+        <v>2561</v>
       </c>
       <c r="D276" t="s">
-        <v>2546</v>
+        <v>2562</v>
       </c>
       <c r="E276" t="s">
-        <v>2547</v>
+        <v>2563</v>
       </c>
       <c r="F276" t="s">
-        <v>2548</v>
+        <v>2564</v>
       </c>
       <c r="G276" t="s">
-        <v>2549</v>
+        <v>2565</v>
       </c>
       <c r="H276" t="s">
-        <v>2550</v>
+        <v>2566</v>
       </c>
       <c r="I276" t="s">
-        <v>2551</v>
+        <v>2567</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>25</v>
+        <v>1268</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>27</v>
+        <v>1269</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2552</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5907</v>
+        <v>5490</v>
       </c>
       <c r="B277" t="s">
-        <v>2553</v>
+        <v>2569</v>
       </c>
       <c r="C277" t="s">
-        <v>2554</v>
+        <v>2570</v>
       </c>
       <c r="D277" t="s">
-        <v>2555</v>
+        <v>2571</v>
       </c>
       <c r="E277" t="s">
-        <v>2556</v>
+        <v>2572</v>
       </c>
       <c r="F277" t="s">
-        <v>2557</v>
+        <v>2573</v>
       </c>
       <c r="G277" t="s">
-        <v>2558</v>
+        <v>2574</v>
       </c>
       <c r="H277" t="s">
-        <v>2559</v>
+        <v>2575</v>
       </c>
       <c r="I277" t="s">
-        <v>2560</v>
+        <v>2576</v>
       </c>
       <c r="J277" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K277" t="s">
-        <v>25</v>
+        <v>2577</v>
       </c>
       <c r="L277" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M277" t="s">
-        <v>27</v>
+        <v>2578</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2561</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5913</v>
+        <v>5493</v>
       </c>
       <c r="B278" t="s">
-        <v>2562</v>
+        <v>2580</v>
       </c>
       <c r="C278" t="s">
-        <v>2563</v>
+        <v>2581</v>
       </c>
       <c r="D278" t="s">
-        <v>2564</v>
+        <v>2582</v>
       </c>
       <c r="E278" t="s">
-        <v>2565</v>
+        <v>2583</v>
       </c>
       <c r="F278" t="s">
-        <v>2566</v>
+        <v>2584</v>
       </c>
       <c r="G278" t="s">
-        <v>2567</v>
+        <v>2585</v>
       </c>
       <c r="H278" t="s">
-        <v>2568</v>
+        <v>2586</v>
       </c>
       <c r="I278" t="s">
-        <v>2569</v>
+        <v>2587</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2570</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5915</v>
+        <v>5496</v>
       </c>
       <c r="B279" t="s">
-        <v>2571</v>
+        <v>2589</v>
       </c>
       <c r="C279" t="s">
-        <v>2572</v>
+        <v>2590</v>
       </c>
       <c r="D279" t="s">
-        <v>2573</v>
+        <v>2591</v>
       </c>
       <c r="E279" t="s">
-        <v>2574</v>
+        <v>2592</v>
       </c>
       <c r="F279" t="s">
-        <v>2575</v>
+        <v>2593</v>
       </c>
       <c r="G279" t="s">
-        <v>2576</v>
+        <v>2594</v>
       </c>
       <c r="H279" t="s">
-        <v>2577</v>
+        <v>2595</v>
       </c>
       <c r="I279" t="s">
-        <v>2578</v>
+        <v>2596</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2579</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5927</v>
+        <v>5502</v>
       </c>
       <c r="B280" t="s">
-        <v>2580</v>
+        <v>2598</v>
       </c>
       <c r="C280" t="s">
-        <v>2581</v>
+        <v>2599</v>
       </c>
       <c r="D280" t="s">
-        <v>2582</v>
+        <v>2600</v>
       </c>
       <c r="E280" t="s">
-        <v>2583</v>
+        <v>2601</v>
       </c>
       <c r="F280" t="s">
-        <v>2584</v>
+        <v>2602</v>
       </c>
       <c r="G280" t="s">
-        <v>2585</v>
+        <v>2603</v>
       </c>
       <c r="H280" t="s">
-        <v>2586</v>
+        <v>2604</v>
       </c>
       <c r="I280" t="s">
-        <v>2587</v>
+        <v>2605</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2588</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5928</v>
+        <v>5503</v>
       </c>
       <c r="B281" t="s">
-        <v>2589</v>
+        <v>2607</v>
       </c>
       <c r="C281" t="s">
-        <v>2590</v>
+        <v>2608</v>
       </c>
       <c r="D281" t="s">
-        <v>2591</v>
+        <v>2609</v>
       </c>
       <c r="E281" t="s">
-        <v>2592</v>
+        <v>2610</v>
       </c>
       <c r="F281" t="s">
-        <v>2593</v>
+        <v>2611</v>
       </c>
       <c r="G281" t="s">
-        <v>2594</v>
+        <v>2612</v>
       </c>
       <c r="H281" t="s">
-        <v>2595</v>
+        <v>2613</v>
       </c>
       <c r="I281" t="s">
-        <v>2596</v>
+        <v>2614</v>
       </c>
       <c r="J281" t="s">
-        <v>2597</v>
+        <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>2598</v>
+        <v>47</v>
       </c>
       <c r="L281" t="s">
-        <v>2599</v>
+        <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>2600</v>
+        <v>48</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2601</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5931</v>
+        <v>5504</v>
       </c>
       <c r="B282" t="s">
-        <v>2602</v>
+        <v>2616</v>
       </c>
       <c r="C282" t="s">
-        <v>2603</v>
+        <v>2617</v>
       </c>
       <c r="D282" t="s">
-        <v>2604</v>
+        <v>2618</v>
       </c>
       <c r="E282" t="s">
-        <v>2605</v>
+        <v>2619</v>
       </c>
       <c r="F282" t="s">
-        <v>2606</v>
+        <v>2620</v>
       </c>
       <c r="G282" t="s">
-        <v>2607</v>
+        <v>2621</v>
       </c>
       <c r="H282" t="s">
-        <v>2608</v>
+        <v>2622</v>
       </c>
       <c r="I282" t="s">
-        <v>2609</v>
+        <v>2623</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
         <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
         <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2610</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5932</v>
+        <v>5507</v>
       </c>
       <c r="B283" t="s">
-        <v>2611</v>
+        <v>2625</v>
       </c>
       <c r="C283" t="s">
-        <v>2612</v>
+        <v>2626</v>
       </c>
       <c r="D283" t="s">
-        <v>2613</v>
+        <v>2627</v>
       </c>
       <c r="E283" t="s">
-        <v>2614</v>
+        <v>2628</v>
       </c>
       <c r="F283" t="s">
-        <v>2615</v>
+        <v>2629</v>
       </c>
       <c r="G283" t="s">
-        <v>2616</v>
+        <v>2630</v>
       </c>
       <c r="H283" t="s">
-        <v>2617</v>
+        <v>2631</v>
       </c>
       <c r="I283" t="s">
-        <v>2618</v>
+        <v>2632</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2619</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5934</v>
+        <v>5509</v>
       </c>
       <c r="B284" t="s">
-        <v>2620</v>
+        <v>2634</v>
       </c>
       <c r="C284" t="s">
-        <v>2621</v>
+        <v>2635</v>
       </c>
       <c r="D284" t="s">
-        <v>2622</v>
+        <v>2636</v>
       </c>
       <c r="E284" t="s">
-        <v>2623</v>
+        <v>2637</v>
       </c>
       <c r="F284" t="s">
-        <v>2624</v>
+        <v>2638</v>
       </c>
       <c r="G284" t="s">
-        <v>2625</v>
+        <v>2639</v>
       </c>
       <c r="H284" t="s">
-        <v>2626</v>
+        <v>2640</v>
       </c>
       <c r="I284" t="s">
-        <v>2627</v>
+        <v>2641</v>
       </c>
       <c r="J284" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K284" t="s">
-        <v>170</v>
+        <v>1230</v>
       </c>
       <c r="L284" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M284" t="s">
-        <v>171</v>
+        <v>1231</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2628</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5953</v>
+        <v>5512</v>
       </c>
       <c r="B285" t="s">
-        <v>2629</v>
+        <v>2643</v>
       </c>
       <c r="C285" t="s">
-        <v>2630</v>
+        <v>2644</v>
       </c>
       <c r="D285" t="s">
-        <v>2631</v>
+        <v>2645</v>
       </c>
       <c r="E285" t="s">
-        <v>2632</v>
+        <v>2646</v>
       </c>
       <c r="F285" t="s">
-        <v>2633</v>
+        <v>2647</v>
       </c>
       <c r="G285" t="s">
-        <v>2634</v>
+        <v>2648</v>
       </c>
       <c r="H285" t="s">
-        <v>2635</v>
+        <v>2649</v>
       </c>
       <c r="I285" t="s">
-        <v>2636</v>
+        <v>2650</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2637</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5981</v>
+        <v>5514</v>
       </c>
       <c r="B286" t="s">
-        <v>2638</v>
+        <v>2652</v>
       </c>
       <c r="C286" t="s">
-        <v>2639</v>
+        <v>2653</v>
       </c>
       <c r="D286" t="s">
-        <v>2640</v>
+        <v>2654</v>
       </c>
       <c r="E286" t="s">
-        <v>2641</v>
+        <v>2655</v>
       </c>
       <c r="F286" t="s">
-        <v>2642</v>
+        <v>2656</v>
       </c>
       <c r="G286" t="s">
-        <v>2643</v>
+        <v>2657</v>
       </c>
       <c r="H286" t="s">
-        <v>2644</v>
+        <v>2658</v>
       </c>
       <c r="I286" t="s">
-        <v>2645</v>
+        <v>2659</v>
       </c>
       <c r="J286" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>2646</v>
+        <v>59</v>
       </c>
       <c r="L286" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>2647</v>
+        <v>61</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2648</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5986</v>
+        <v>5516</v>
       </c>
       <c r="B287" t="s">
-        <v>2649</v>
+        <v>2661</v>
       </c>
       <c r="C287" t="s">
-        <v>2650</v>
+        <v>2662</v>
       </c>
       <c r="D287" t="s">
-        <v>2651</v>
+        <v>2663</v>
       </c>
       <c r="E287" t="s">
-        <v>2652</v>
+        <v>2664</v>
       </c>
       <c r="F287" t="s">
-        <v>2653</v>
+        <v>2665</v>
       </c>
       <c r="G287" t="s">
-        <v>2654</v>
+        <v>2666</v>
       </c>
       <c r="H287" t="s">
-        <v>2655</v>
+        <v>2667</v>
       </c>
       <c r="I287" t="s">
-        <v>2656</v>
+        <v>2668</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2657</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5989</v>
+        <v>5517</v>
       </c>
       <c r="B288" t="s">
-        <v>2658</v>
+        <v>2670</v>
       </c>
       <c r="C288" t="s">
-        <v>2659</v>
+        <v>2671</v>
       </c>
       <c r="D288" t="s">
-        <v>2660</v>
+        <v>2672</v>
       </c>
       <c r="E288" t="s">
-        <v>2661</v>
+        <v>2673</v>
       </c>
       <c r="F288" t="s">
-        <v>2662</v>
+        <v>2674</v>
       </c>
       <c r="G288" t="s">
-        <v>2663</v>
+        <v>2675</v>
       </c>
       <c r="H288" t="s">
-        <v>2664</v>
+        <v>2676</v>
       </c>
       <c r="I288" t="s">
-        <v>2665</v>
+        <v>2677</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>1828</v>
+        <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
-        <v>1829</v>
+        <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2666</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>6018</v>
+        <v>5518</v>
       </c>
       <c r="B289" t="s">
-        <v>2667</v>
+        <v>2679</v>
       </c>
       <c r="C289" t="s">
-        <v>2668</v>
+        <v>2680</v>
       </c>
       <c r="D289" t="s">
-        <v>2669</v>
+        <v>2681</v>
       </c>
       <c r="E289" t="s">
-        <v>2670</v>
+        <v>2682</v>
       </c>
       <c r="F289" t="s">
-        <v>2671</v>
+        <v>2683</v>
       </c>
       <c r="G289" t="s">
-        <v>2672</v>
+        <v>2684</v>
       </c>
       <c r="H289" t="s">
-        <v>2673</v>
+        <v>2685</v>
       </c>
       <c r="I289" t="s">
-        <v>2674</v>
+        <v>2686</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2675</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>6021</v>
+        <v>5520</v>
       </c>
       <c r="B290" t="s">
-        <v>2676</v>
+        <v>2688</v>
       </c>
       <c r="C290" t="s">
-        <v>2677</v>
+        <v>2689</v>
       </c>
       <c r="D290" t="s">
-        <v>2678</v>
+        <v>2690</v>
       </c>
       <c r="E290" t="s">
-        <v>2679</v>
+        <v>2691</v>
       </c>
       <c r="F290" t="s">
-        <v>2680</v>
+        <v>2692</v>
       </c>
       <c r="G290" t="s">
-        <v>2681</v>
+        <v>2693</v>
       </c>
       <c r="H290" t="s">
-        <v>2682</v>
+        <v>2694</v>
       </c>
       <c r="I290" t="s">
-        <v>2683</v>
+        <v>2695</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2684</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>6076</v>
+        <v>5545</v>
       </c>
       <c r="B291" t="s">
-        <v>2685</v>
+        <v>2697</v>
       </c>
       <c r="C291" t="s">
-        <v>2686</v>
+        <v>2698</v>
       </c>
       <c r="D291" t="s">
-        <v>2687</v>
+        <v>2699</v>
       </c>
       <c r="E291" t="s">
-        <v>2688</v>
+        <v>2700</v>
       </c>
       <c r="F291" t="s">
-        <v>2689</v>
+        <v>2701</v>
       </c>
       <c r="G291" t="s">
-        <v>2690</v>
+        <v>2702</v>
       </c>
       <c r="H291" t="s">
-        <v>2691</v>
+        <v>2703</v>
       </c>
       <c r="I291" t="s">
-        <v>2692</v>
+        <v>2704</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2693</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>6082</v>
+        <v>5657</v>
       </c>
       <c r="B292" t="s">
-        <v>2694</v>
+        <v>2706</v>
       </c>
       <c r="C292" t="s">
-        <v>2695</v>
+        <v>2707</v>
       </c>
       <c r="D292" t="s">
-        <v>2696</v>
+        <v>2708</v>
       </c>
       <c r="E292" t="s">
-        <v>2697</v>
+        <v>2709</v>
       </c>
       <c r="F292" t="s">
-        <v>2698</v>
+        <v>2710</v>
       </c>
       <c r="G292" t="s">
-        <v>2699</v>
+        <v>2711</v>
       </c>
       <c r="H292" t="s">
-        <v>2700</v>
+        <v>2712</v>
       </c>
       <c r="I292" t="s">
-        <v>2701</v>
+        <v>2713</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>570</v>
+        <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
-        <v>571</v>
+        <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2702</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>6093</v>
+        <v>5733</v>
       </c>
       <c r="B293" t="s">
-        <v>2703</v>
+        <v>2715</v>
       </c>
       <c r="C293" t="s">
-        <v>2704</v>
+        <v>2716</v>
       </c>
       <c r="D293" t="s">
-        <v>2705</v>
+        <v>2717</v>
       </c>
       <c r="E293" t="s">
-        <v>2706</v>
+        <v>2718</v>
       </c>
       <c r="F293" t="s">
-        <v>2707</v>
+        <v>2719</v>
       </c>
       <c r="G293" t="s">
-        <v>2708</v>
+        <v>2720</v>
       </c>
       <c r="H293" t="s">
-        <v>2709</v>
+        <v>2721</v>
       </c>
       <c r="I293" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
-        <v>2711</v>
+        <v>47</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
+      <c r="M293" t="s">
+        <v>48</v>
+      </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2712</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>6112</v>
+        <v>5787</v>
       </c>
       <c r="B294" t="s">
-        <v>2713</v>
+        <v>2724</v>
       </c>
       <c r="C294" t="s">
-        <v>2714</v>
+        <v>2725</v>
       </c>
       <c r="D294" t="s">
-        <v>2715</v>
+        <v>2726</v>
       </c>
       <c r="E294" t="s">
-        <v>2716</v>
+        <v>2727</v>
       </c>
       <c r="F294" t="s">
-        <v>2717</v>
+        <v>2728</v>
       </c>
       <c r="G294" t="s">
-        <v>2718</v>
+        <v>2729</v>
       </c>
       <c r="H294" t="s">
-        <v>2719</v>
+        <v>2730</v>
       </c>
       <c r="I294" t="s">
-        <v>2720</v>
+        <v>2731</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
         <v>170</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
         <v>171</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2721</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>6179</v>
+        <v>5792</v>
       </c>
       <c r="B295" t="s">
-        <v>2722</v>
+        <v>2733</v>
       </c>
       <c r="C295" t="s">
-        <v>2723</v>
+        <v>2734</v>
       </c>
       <c r="D295" t="s">
-        <v>2724</v>
+        <v>2735</v>
       </c>
       <c r="E295" t="s">
-        <v>2725</v>
+        <v>2736</v>
       </c>
       <c r="F295" t="s">
-        <v>2726</v>
+        <v>2737</v>
       </c>
       <c r="G295" t="s">
-        <v>2727</v>
+        <v>2738</v>
       </c>
       <c r="H295" t="s">
-        <v>2728</v>
+        <v>2739</v>
       </c>
       <c r="I295" t="s">
-        <v>2729</v>
+        <v>2740</v>
       </c>
       <c r="J295" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K295" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L295" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M295" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2730</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>6180</v>
+        <v>5794</v>
       </c>
       <c r="B296" t="s">
-        <v>2731</v>
+        <v>2742</v>
       </c>
       <c r="C296" t="s">
-        <v>2732</v>
+        <v>2743</v>
       </c>
       <c r="D296" t="s">
-        <v>2733</v>
+        <v>2744</v>
       </c>
       <c r="E296" t="s">
-        <v>2734</v>
+        <v>2745</v>
       </c>
       <c r="F296" t="s">
-        <v>2735</v>
+        <v>2746</v>
       </c>
       <c r="G296" t="s">
-        <v>2736</v>
+        <v>2747</v>
       </c>
       <c r="H296" t="s">
-        <v>2737</v>
+        <v>2748</v>
       </c>
       <c r="I296" t="s">
-        <v>2738</v>
+        <v>2749</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2739</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>6203</v>
+        <v>5795</v>
       </c>
       <c r="B297" t="s">
-        <v>2740</v>
+        <v>2751</v>
       </c>
       <c r="C297" t="s">
-        <v>2741</v>
+        <v>2752</v>
       </c>
       <c r="D297" t="s">
-        <v>2742</v>
+        <v>2753</v>
       </c>
       <c r="E297" t="s">
-        <v>2743</v>
+        <v>2754</v>
       </c>
       <c r="F297" t="s">
-        <v>2744</v>
+        <v>2755</v>
       </c>
       <c r="G297" t="s">
-        <v>2745</v>
+        <v>2756</v>
       </c>
       <c r="H297" t="s">
-        <v>2746</v>
+        <v>2757</v>
       </c>
       <c r="I297" t="s">
-        <v>2747</v>
+        <v>2758</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2748</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>6208</v>
+        <v>5796</v>
       </c>
       <c r="B298" t="s">
-        <v>2749</v>
+        <v>2760</v>
       </c>
       <c r="C298" t="s">
-        <v>2750</v>
+        <v>2761</v>
       </c>
       <c r="D298" t="s">
-        <v>2751</v>
+        <v>2762</v>
       </c>
       <c r="E298" t="s">
-        <v>2752</v>
+        <v>2763</v>
       </c>
       <c r="F298" t="s">
-        <v>2753</v>
+        <v>2764</v>
       </c>
       <c r="G298" t="s">
-        <v>2754</v>
+        <v>2765</v>
       </c>
       <c r="H298" t="s">
-        <v>2755</v>
+        <v>2766</v>
       </c>
       <c r="I298" t="s">
-        <v>2756</v>
+        <v>2767</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>170</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>171</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2757</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>6211</v>
+        <v>5798</v>
       </c>
       <c r="B299" t="s">
-        <v>2758</v>
+        <v>2769</v>
       </c>
       <c r="C299" t="s">
-        <v>2759</v>
+        <v>2770</v>
       </c>
       <c r="D299" t="s">
-        <v>2760</v>
+        <v>2771</v>
       </c>
       <c r="E299" t="s">
-        <v>2761</v>
+        <v>2772</v>
       </c>
       <c r="F299" t="s">
-        <v>2762</v>
+        <v>2773</v>
       </c>
       <c r="G299" t="s">
-        <v>2763</v>
+        <v>2774</v>
       </c>
       <c r="H299" t="s">
-        <v>2764</v>
+        <v>2775</v>
       </c>
       <c r="I299" t="s">
-        <v>2765</v>
+        <v>2776</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
         <v>170</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
         <v>171</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2766</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>6215</v>
+        <v>5799</v>
       </c>
       <c r="B300" t="s">
-        <v>2767</v>
+        <v>2778</v>
       </c>
       <c r="C300" t="s">
-        <v>2768</v>
+        <v>2779</v>
       </c>
       <c r="D300" t="s">
-        <v>2769</v>
+        <v>2780</v>
       </c>
       <c r="E300" t="s">
-        <v>2770</v>
+        <v>2781</v>
       </c>
       <c r="F300" t="s">
-        <v>2771</v>
+        <v>2782</v>
       </c>
       <c r="G300" t="s">
-        <v>2772</v>
+        <v>2783</v>
       </c>
       <c r="H300" t="s">
-        <v>2773</v>
+        <v>2784</v>
       </c>
       <c r="I300" t="s">
-        <v>2774</v>
+        <v>2785</v>
       </c>
       <c r="J300" t="s">
-        <v>24</v>
+        <v>1925</v>
       </c>
       <c r="K300" t="s">
-        <v>170</v>
+        <v>905</v>
       </c>
       <c r="L300" t="s">
-        <v>26</v>
+        <v>1927</v>
       </c>
       <c r="M300" t="s">
-        <v>171</v>
+        <v>906</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2775</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>6222</v>
+        <v>5803</v>
       </c>
       <c r="B301" t="s">
-        <v>2776</v>
+        <v>2787</v>
       </c>
       <c r="C301" t="s">
-        <v>2777</v>
+        <v>2788</v>
       </c>
       <c r="D301" t="s">
-        <v>2778</v>
+        <v>2789</v>
       </c>
       <c r="E301" t="s">
-        <v>2779</v>
+        <v>2790</v>
       </c>
       <c r="F301" t="s">
-        <v>2780</v>
+        <v>2791</v>
       </c>
       <c r="G301" t="s">
-        <v>2781</v>
+        <v>2792</v>
       </c>
       <c r="H301" t="s">
-        <v>2782</v>
+        <v>2793</v>
       </c>
       <c r="I301" t="s">
-        <v>2783</v>
+        <v>2794</v>
       </c>
       <c r="J301" t="s">
-        <v>2597</v>
+        <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>859</v>
+        <v>25</v>
       </c>
       <c r="L301" t="s">
-        <v>2599</v>
+        <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>860</v>
+        <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2784</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>6254</v>
+        <v>5805</v>
       </c>
       <c r="B302" t="s">
-        <v>2785</v>
+        <v>2796</v>
       </c>
       <c r="C302" t="s">
-        <v>2786</v>
+        <v>2797</v>
       </c>
       <c r="D302" t="s">
-        <v>2787</v>
+        <v>2798</v>
       </c>
       <c r="E302" t="s">
-        <v>2788</v>
+        <v>2799</v>
       </c>
       <c r="F302" t="s">
-        <v>2789</v>
+        <v>2800</v>
       </c>
       <c r="G302" t="s">
-        <v>2790</v>
+        <v>2801</v>
       </c>
       <c r="H302" t="s">
-        <v>2791</v>
+        <v>2802</v>
       </c>
       <c r="I302" t="s">
-        <v>2792</v>
+        <v>2803</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2793</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>6255</v>
+        <v>5808</v>
       </c>
       <c r="B303" t="s">
-        <v>2794</v>
+        <v>2805</v>
       </c>
       <c r="C303" t="s">
-        <v>2795</v>
+        <v>2806</v>
       </c>
       <c r="D303" t="s">
-        <v>2796</v>
+        <v>2807</v>
       </c>
       <c r="E303" t="s">
-        <v>2797</v>
+        <v>2808</v>
       </c>
       <c r="F303" t="s">
-        <v>2798</v>
+        <v>2809</v>
       </c>
       <c r="G303" t="s">
-        <v>2799</v>
+        <v>2810</v>
       </c>
       <c r="H303" t="s">
-        <v>2800</v>
+        <v>2811</v>
       </c>
       <c r="I303" t="s">
-        <v>2801</v>
+        <v>2812</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>2802</v>
+        <v>25</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>2803</v>
+        <v>27</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2804</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>6258</v>
+        <v>5811</v>
       </c>
       <c r="B304" t="s">
-        <v>2805</v>
+        <v>2814</v>
       </c>
       <c r="C304" t="s">
-        <v>2806</v>
+        <v>2815</v>
       </c>
       <c r="D304" t="s">
-        <v>2807</v>
+        <v>2816</v>
       </c>
       <c r="E304" t="s">
-        <v>2808</v>
+        <v>2817</v>
       </c>
       <c r="F304" t="s">
-        <v>2809</v>
+        <v>2818</v>
       </c>
       <c r="G304" t="s">
-        <v>2810</v>
+        <v>2819</v>
       </c>
       <c r="H304" t="s">
-        <v>2811</v>
+        <v>2820</v>
       </c>
       <c r="I304" t="s">
-        <v>2812</v>
+        <v>2821</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
         <v>25</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
         <v>27</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2813</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>6259</v>
+        <v>5819</v>
       </c>
       <c r="B305" t="s">
-        <v>2814</v>
+        <v>2823</v>
       </c>
       <c r="C305" t="s">
-        <v>2815</v>
+        <v>2824</v>
       </c>
       <c r="D305" t="s">
-        <v>2816</v>
+        <v>2825</v>
       </c>
       <c r="E305" t="s">
-        <v>2817</v>
+        <v>2826</v>
       </c>
       <c r="F305" t="s">
-        <v>2818</v>
+        <v>2827</v>
       </c>
       <c r="G305" t="s">
-        <v>2819</v>
+        <v>2828</v>
       </c>
       <c r="H305" t="s">
-        <v>2820</v>
+        <v>2829</v>
       </c>
       <c r="I305" t="s">
-        <v>2821</v>
+        <v>2830</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2822</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>6261</v>
+        <v>5830</v>
       </c>
       <c r="B306" t="s">
-        <v>2823</v>
+        <v>2832</v>
       </c>
       <c r="C306" t="s">
-        <v>2824</v>
+        <v>2833</v>
       </c>
       <c r="D306" t="s">
-        <v>2825</v>
+        <v>2834</v>
       </c>
       <c r="E306" t="s">
-        <v>2826</v>
+        <v>2835</v>
       </c>
       <c r="F306" t="s">
-        <v>2827</v>
+        <v>2836</v>
       </c>
       <c r="G306" t="s">
-        <v>2828</v>
+        <v>2837</v>
       </c>
       <c r="H306" t="s">
-        <v>2829</v>
+        <v>2838</v>
       </c>
       <c r="I306" t="s">
-        <v>2830</v>
+        <v>2839</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2831</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>6263</v>
+        <v>5863</v>
       </c>
       <c r="B307" t="s">
-        <v>2832</v>
+        <v>2841</v>
       </c>
       <c r="C307" t="s">
-        <v>2833</v>
+        <v>2842</v>
       </c>
       <c r="D307" t="s">
-        <v>2834</v>
+        <v>2843</v>
       </c>
       <c r="E307" t="s">
-        <v>2835</v>
+        <v>2844</v>
       </c>
       <c r="F307" t="s">
-        <v>2836</v>
+        <v>2845</v>
       </c>
       <c r="G307" t="s">
-        <v>2837</v>
+        <v>2846</v>
       </c>
       <c r="H307" t="s">
-        <v>2838</v>
+        <v>2847</v>
       </c>
       <c r="I307" t="s">
-        <v>2839</v>
+        <v>2848</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2840</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>6272</v>
+        <v>5866</v>
       </c>
       <c r="B308" t="s">
-        <v>2841</v>
+        <v>2850</v>
       </c>
       <c r="C308" t="s">
-        <v>2842</v>
+        <v>2851</v>
       </c>
       <c r="D308" t="s">
-        <v>2843</v>
+        <v>2852</v>
       </c>
       <c r="E308" t="s">
-        <v>2844</v>
+        <v>2853</v>
       </c>
       <c r="F308" t="s">
-        <v>2845</v>
+        <v>2854</v>
       </c>
       <c r="G308" t="s">
-        <v>2846</v>
+        <v>2855</v>
       </c>
       <c r="H308" t="s">
-        <v>2847</v>
+        <v>2856</v>
       </c>
       <c r="I308" t="s">
-        <v>2848</v>
+        <v>2857</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2849</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>6274</v>
+        <v>5887</v>
       </c>
       <c r="B309" t="s">
-        <v>2850</v>
+        <v>2859</v>
       </c>
       <c r="C309" t="s">
-        <v>2851</v>
+        <v>2860</v>
       </c>
       <c r="D309" t="s">
-        <v>2852</v>
+        <v>2861</v>
       </c>
       <c r="E309" t="s">
-        <v>2853</v>
+        <v>2862</v>
       </c>
       <c r="F309" t="s">
-        <v>2854</v>
+        <v>2863</v>
       </c>
       <c r="G309" t="s">
-        <v>2855</v>
+        <v>2864</v>
       </c>
       <c r="H309" t="s">
-        <v>2856</v>
+        <v>2865</v>
       </c>
       <c r="I309" t="s">
-        <v>2857</v>
+        <v>2866</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
         <v>25</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
         <v>27</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2858</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>6275</v>
+        <v>5888</v>
       </c>
       <c r="B310" t="s">
-        <v>2859</v>
+        <v>2868</v>
       </c>
       <c r="C310" t="s">
-        <v>2860</v>
+        <v>2869</v>
       </c>
       <c r="D310" t="s">
-        <v>2861</v>
+        <v>2870</v>
       </c>
       <c r="E310" t="s">
-        <v>2862</v>
+        <v>2871</v>
       </c>
       <c r="F310" t="s">
-        <v>2863</v>
+        <v>2872</v>
       </c>
       <c r="G310" t="s">
-        <v>2864</v>
+        <v>2873</v>
       </c>
       <c r="H310" t="s">
-        <v>2865</v>
+        <v>2874</v>
       </c>
       <c r="I310" t="s">
-        <v>2866</v>
+        <v>2875</v>
       </c>
       <c r="J310" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>1332</v>
+        <v>25</v>
       </c>
       <c r="L310" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>1334</v>
+        <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2867</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>6327</v>
+        <v>5889</v>
       </c>
       <c r="B311" t="s">
-        <v>2868</v>
+        <v>2877</v>
       </c>
       <c r="C311" t="s">
-        <v>2869</v>
+        <v>2878</v>
       </c>
       <c r="D311" t="s">
-        <v>2870</v>
+        <v>2879</v>
       </c>
       <c r="E311" t="s">
-        <v>2871</v>
+        <v>2880</v>
       </c>
       <c r="F311" t="s">
-        <v>2872</v>
+        <v>2881</v>
       </c>
       <c r="G311" t="s">
-        <v>2873</v>
+        <v>2882</v>
       </c>
       <c r="H311" t="s">
-        <v>2874</v>
+        <v>2883</v>
       </c>
       <c r="I311" t="s">
-        <v>2875</v>
+        <v>2884</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2876</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>6337</v>
+        <v>5907</v>
       </c>
       <c r="B312" t="s">
-        <v>2877</v>
+        <v>2886</v>
       </c>
       <c r="C312" t="s">
-        <v>2878</v>
+        <v>2887</v>
       </c>
       <c r="D312" t="s">
-        <v>2879</v>
+        <v>2888</v>
       </c>
       <c r="E312" t="s">
-        <v>2880</v>
+        <v>2889</v>
       </c>
       <c r="F312" t="s">
-        <v>2881</v>
+        <v>2890</v>
       </c>
       <c r="G312" t="s">
-        <v>2882</v>
+        <v>2891</v>
       </c>
       <c r="H312" t="s">
-        <v>2883</v>
+        <v>2892</v>
       </c>
       <c r="I312" t="s">
-        <v>2884</v>
+        <v>2893</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2885</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>6361</v>
+        <v>5913</v>
       </c>
       <c r="B313" t="s">
-        <v>2886</v>
+        <v>2895</v>
       </c>
       <c r="C313" t="s">
-        <v>2887</v>
+        <v>2896</v>
       </c>
       <c r="D313" t="s">
-        <v>2888</v>
+        <v>2897</v>
       </c>
       <c r="E313" t="s">
-        <v>2889</v>
+        <v>2898</v>
       </c>
       <c r="F313" t="s">
-        <v>2890</v>
+        <v>2899</v>
       </c>
       <c r="G313" t="s">
-        <v>2891</v>
+        <v>2900</v>
       </c>
       <c r="H313" t="s">
-        <v>2892</v>
+        <v>2901</v>
       </c>
       <c r="I313" t="s">
-        <v>2893</v>
+        <v>2902</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2894</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6379</v>
+        <v>5915</v>
       </c>
       <c r="B314" t="s">
-        <v>2895</v>
+        <v>2904</v>
       </c>
       <c r="C314" t="s">
-        <v>2896</v>
+        <v>2905</v>
       </c>
       <c r="D314" t="s">
-        <v>2897</v>
+        <v>2906</v>
       </c>
       <c r="E314" t="s">
-        <v>2898</v>
+        <v>2907</v>
       </c>
       <c r="F314" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="G314" t="s">
-        <v>2900</v>
+        <v>2909</v>
       </c>
       <c r="H314" t="s">
-        <v>2901</v>
+        <v>2910</v>
       </c>
       <c r="I314" t="s">
-        <v>2902</v>
+        <v>2911</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2903</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6454</v>
+        <v>5927</v>
       </c>
       <c r="B315" t="s">
-        <v>2904</v>
+        <v>2913</v>
       </c>
       <c r="C315" t="s">
-        <v>2905</v>
+        <v>2914</v>
       </c>
       <c r="D315" t="s">
-        <v>2906</v>
+        <v>2915</v>
       </c>
       <c r="E315" t="s">
-        <v>2907</v>
+        <v>2916</v>
       </c>
       <c r="F315" t="s">
-        <v>2908</v>
+        <v>2917</v>
       </c>
       <c r="G315" t="s">
-        <v>2909</v>
+        <v>2918</v>
       </c>
       <c r="H315" t="s">
-        <v>2910</v>
+        <v>2919</v>
       </c>
       <c r="I315" t="s">
-        <v>2911</v>
+        <v>2920</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2912</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6460</v>
+        <v>5928</v>
       </c>
       <c r="B316" t="s">
-        <v>2913</v>
+        <v>2922</v>
       </c>
       <c r="C316" t="s">
-        <v>2914</v>
+        <v>2923</v>
       </c>
       <c r="D316" t="s">
-        <v>2915</v>
+        <v>2924</v>
       </c>
       <c r="E316" t="s">
-        <v>2916</v>
+        <v>2925</v>
       </c>
       <c r="F316" t="s">
-        <v>2917</v>
+        <v>2926</v>
       </c>
       <c r="G316" t="s">
-        <v>2918</v>
+        <v>2927</v>
       </c>
       <c r="H316" t="s">
-        <v>2919</v>
+        <v>2928</v>
       </c>
       <c r="I316" t="s">
-        <v>2920</v>
+        <v>2929</v>
       </c>
       <c r="J316" t="s">
-        <v>24</v>
+        <v>2930</v>
       </c>
       <c r="K316" t="s">
-        <v>25</v>
+        <v>2931</v>
       </c>
       <c r="L316" t="s">
-        <v>26</v>
+        <v>2932</v>
       </c>
       <c r="M316" t="s">
-        <v>27</v>
+        <v>2933</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2921</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6468</v>
+        <v>5931</v>
       </c>
       <c r="B317" t="s">
-        <v>2922</v>
+        <v>2935</v>
       </c>
       <c r="C317" t="s">
-        <v>2923</v>
+        <v>2936</v>
       </c>
       <c r="D317" t="s">
-        <v>2924</v>
+        <v>2937</v>
       </c>
       <c r="E317" t="s">
-        <v>2925</v>
+        <v>2938</v>
       </c>
       <c r="F317" t="s">
-        <v>2926</v>
+        <v>2939</v>
       </c>
       <c r="G317" t="s">
-        <v>2927</v>
+        <v>2940</v>
       </c>
       <c r="H317" t="s">
-        <v>2928</v>
+        <v>2941</v>
       </c>
       <c r="I317" t="s">
-        <v>2929</v>
+        <v>2942</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
         <v>25</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
         <v>27</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2930</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6611</v>
+        <v>5932</v>
       </c>
       <c r="B318" t="s">
-        <v>2931</v>
+        <v>2944</v>
       </c>
       <c r="C318" t="s">
-        <v>2932</v>
+        <v>2945</v>
       </c>
       <c r="D318" t="s">
-        <v>2933</v>
+        <v>2946</v>
       </c>
       <c r="E318" t="s">
-        <v>2934</v>
+        <v>2947</v>
       </c>
       <c r="F318" t="s">
-        <v>2935</v>
+        <v>2948</v>
       </c>
       <c r="G318" t="s">
-        <v>2936</v>
+        <v>2949</v>
       </c>
       <c r="H318" t="s">
-        <v>2937</v>
+        <v>2950</v>
       </c>
       <c r="I318" t="s">
-        <v>2938</v>
+        <v>2951</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2939</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6615</v>
+        <v>5934</v>
       </c>
       <c r="B319" t="s">
-        <v>2940</v>
+        <v>2953</v>
       </c>
       <c r="C319" t="s">
-        <v>2941</v>
+        <v>2954</v>
       </c>
       <c r="D319" t="s">
-        <v>2942</v>
+        <v>2955</v>
       </c>
       <c r="E319" t="s">
-        <v>2943</v>
+        <v>2956</v>
       </c>
       <c r="F319" t="s">
-        <v>2944</v>
+        <v>2957</v>
       </c>
       <c r="G319" t="s">
-        <v>2945</v>
+        <v>2958</v>
       </c>
       <c r="H319" t="s">
-        <v>2946</v>
+        <v>2959</v>
       </c>
       <c r="I319" t="s">
-        <v>2947</v>
+        <v>2960</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2948</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6761</v>
+        <v>5953</v>
       </c>
       <c r="B320" t="s">
-        <v>2949</v>
+        <v>2962</v>
       </c>
       <c r="C320" t="s">
-        <v>2950</v>
+        <v>2963</v>
       </c>
       <c r="D320" t="s">
-        <v>2951</v>
+        <v>2964</v>
       </c>
       <c r="E320" t="s">
-        <v>2952</v>
+        <v>2965</v>
       </c>
       <c r="F320" t="s">
-        <v>2953</v>
+        <v>2966</v>
       </c>
       <c r="G320" t="s">
-        <v>2954</v>
+        <v>2967</v>
       </c>
       <c r="H320" t="s">
-        <v>2955</v>
+        <v>2968</v>
       </c>
       <c r="I320" t="s">
-        <v>2956</v>
+        <v>2969</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
         <v>25</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
         <v>27</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2957</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6762</v>
+        <v>5981</v>
       </c>
       <c r="B321" t="s">
-        <v>2958</v>
+        <v>2971</v>
       </c>
       <c r="C321" t="s">
-        <v>2959</v>
+        <v>2972</v>
       </c>
       <c r="D321" t="s">
-        <v>2960</v>
+        <v>2973</v>
       </c>
       <c r="E321" t="s">
-        <v>2961</v>
+        <v>2974</v>
       </c>
       <c r="F321" t="s">
-        <v>2962</v>
+        <v>2975</v>
       </c>
       <c r="G321" t="s">
-        <v>2963</v>
+        <v>2976</v>
       </c>
       <c r="H321" t="s">
-        <v>2964</v>
+        <v>2977</v>
       </c>
       <c r="I321" t="s">
-        <v>2965</v>
+        <v>2978</v>
       </c>
       <c r="J321" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="K321" t="s">
-        <v>671</v>
+        <v>2979</v>
       </c>
       <c r="L321" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="M321" t="s">
-        <v>672</v>
+        <v>2980</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2966</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6765</v>
+        <v>5986</v>
       </c>
       <c r="B322" t="s">
-        <v>2967</v>
+        <v>2982</v>
       </c>
       <c r="C322" t="s">
-        <v>2968</v>
+        <v>2983</v>
       </c>
       <c r="D322" t="s">
-        <v>2969</v>
+        <v>2984</v>
       </c>
       <c r="E322" t="s">
-        <v>2970</v>
+        <v>2985</v>
       </c>
       <c r="F322" t="s">
-        <v>2971</v>
+        <v>2986</v>
       </c>
       <c r="G322" t="s">
-        <v>2972</v>
+        <v>2987</v>
       </c>
       <c r="H322" t="s">
-        <v>2973</v>
+        <v>2988</v>
       </c>
       <c r="I322" t="s">
-        <v>2974</v>
+        <v>2989</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
         <v>170</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
         <v>171</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2975</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>6982</v>
+        <v>5989</v>
       </c>
       <c r="B323" t="s">
-        <v>2976</v>
+        <v>2991</v>
       </c>
       <c r="C323" t="s">
-        <v>2977</v>
+        <v>2992</v>
       </c>
       <c r="D323" t="s">
-        <v>2978</v>
+        <v>2993</v>
       </c>
       <c r="E323" t="s">
-        <v>2979</v>
+        <v>2994</v>
       </c>
       <c r="F323" t="s">
-        <v>2980</v>
+        <v>2995</v>
       </c>
       <c r="G323" t="s">
-        <v>2981</v>
+        <v>2996</v>
       </c>
       <c r="H323" t="s">
-        <v>2982</v>
+        <v>2997</v>
       </c>
       <c r="I323" t="s">
-        <v>2983</v>
+        <v>2998</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>2984</v>
+        <v>2149</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
+      <c r="M323" t="s">
+        <v>2150</v>
+      </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2985</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>8265</v>
+        <v>6018</v>
       </c>
       <c r="B324" t="s">
-        <v>2986</v>
+        <v>3000</v>
       </c>
       <c r="C324" t="s">
-        <v>2987</v>
+        <v>3001</v>
       </c>
       <c r="D324" t="s">
-        <v>2988</v>
+        <v>3002</v>
       </c>
       <c r="E324" t="s">
-        <v>2989</v>
+        <v>3003</v>
       </c>
       <c r="F324" t="s">
-        <v>2990</v>
+        <v>3004</v>
       </c>
       <c r="G324" t="s">
-        <v>2991</v>
+        <v>3005</v>
       </c>
       <c r="H324" t="s">
-        <v>2992</v>
+        <v>3006</v>
       </c>
       <c r="I324" t="s">
-        <v>2993</v>
+        <v>3007</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>2994</v>
+        <v>170</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>2995</v>
+        <v>171</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2996</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>8289</v>
+        <v>6021</v>
       </c>
       <c r="B325" t="s">
-        <v>2997</v>
+        <v>3009</v>
       </c>
       <c r="C325" t="s">
-        <v>2998</v>
+        <v>3010</v>
       </c>
       <c r="D325" t="s">
-        <v>2999</v>
+        <v>3011</v>
       </c>
       <c r="E325" t="s">
-        <v>3000</v>
+        <v>3012</v>
       </c>
       <c r="F325" t="s">
-        <v>3001</v>
+        <v>3013</v>
       </c>
       <c r="G325" t="s">
-        <v>3002</v>
+        <v>3014</v>
       </c>
       <c r="H325" t="s">
-        <v>3003</v>
+        <v>3015</v>
       </c>
       <c r="I325" t="s">
-        <v>3004</v>
+        <v>3016</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>441</v>
+        <v>25</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>443</v>
+        <v>27</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3005</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>8294</v>
+        <v>6076</v>
       </c>
       <c r="B326" t="s">
-        <v>3006</v>
+        <v>3018</v>
       </c>
       <c r="C326" t="s">
-        <v>3007</v>
+        <v>3019</v>
       </c>
       <c r="D326" t="s">
-        <v>3008</v>
+        <v>3020</v>
       </c>
       <c r="E326" t="s">
-        <v>3009</v>
+        <v>3021</v>
       </c>
       <c r="F326" t="s">
-        <v>3010</v>
+        <v>3022</v>
       </c>
       <c r="G326" t="s">
-        <v>3011</v>
+        <v>3023</v>
       </c>
       <c r="H326" t="s">
-        <v>3012</v>
+        <v>3024</v>
       </c>
       <c r="I326" t="s">
-        <v>3013</v>
+        <v>3025</v>
       </c>
       <c r="J326" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>727</v>
+        <v>25</v>
       </c>
       <c r="L326" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>728</v>
+        <v>27</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3014</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>8315</v>
+        <v>6082</v>
       </c>
       <c r="B327" t="s">
-        <v>3015</v>
+        <v>3027</v>
       </c>
       <c r="C327" t="s">
-        <v>3016</v>
+        <v>3028</v>
       </c>
       <c r="D327" t="s">
-        <v>3017</v>
+        <v>3029</v>
       </c>
       <c r="E327" t="s">
-        <v>3018</v>
+        <v>3030</v>
       </c>
       <c r="F327" t="s">
-        <v>3019</v>
+        <v>3031</v>
       </c>
       <c r="G327" t="s">
-        <v>3020</v>
+        <v>3032</v>
       </c>
       <c r="H327" t="s">
-        <v>3021</v>
+        <v>3033</v>
       </c>
       <c r="I327" t="s">
-        <v>3022</v>
+        <v>3034</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>25</v>
+        <v>580</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>27</v>
+        <v>581</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3023</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>8341</v>
+        <v>6093</v>
       </c>
       <c r="B328" t="s">
-        <v>3024</v>
+        <v>3036</v>
       </c>
       <c r="C328" t="s">
-        <v>3025</v>
+        <v>3037</v>
       </c>
       <c r="D328" t="s">
-        <v>3026</v>
+        <v>3038</v>
       </c>
       <c r="E328" t="s">
-        <v>3027</v>
+        <v>3039</v>
       </c>
       <c r="F328" t="s">
-        <v>3028</v>
+        <v>3040</v>
       </c>
       <c r="G328" t="s">
-        <v>3029</v>
+        <v>3041</v>
       </c>
       <c r="H328" t="s">
-        <v>3030</v>
+        <v>3042</v>
       </c>
       <c r="I328" t="s">
-        <v>3031</v>
+        <v>3043</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>170</v>
+        <v>1071</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>171</v>
+        <v>1072</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3032</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>8343</v>
+        <v>6112</v>
       </c>
       <c r="B329" t="s">
-        <v>3033</v>
+        <v>3045</v>
       </c>
       <c r="C329" t="s">
-        <v>3034</v>
+        <v>3046</v>
       </c>
       <c r="D329" t="s">
-        <v>3035</v>
+        <v>3047</v>
       </c>
       <c r="E329" t="s">
-        <v>3036</v>
+        <v>3048</v>
       </c>
       <c r="F329" t="s">
-        <v>3037</v>
+        <v>3049</v>
       </c>
       <c r="G329" t="s">
-        <v>3038</v>
+        <v>3050</v>
       </c>
       <c r="H329" t="s">
-        <v>3039</v>
+        <v>3051</v>
       </c>
       <c r="I329" t="s">
-        <v>3040</v>
+        <v>3052</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3041</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>8344</v>
+        <v>6179</v>
       </c>
       <c r="B330" t="s">
-        <v>3042</v>
+        <v>3054</v>
       </c>
       <c r="C330" t="s">
-        <v>3043</v>
+        <v>3055</v>
       </c>
       <c r="D330" t="s">
-        <v>3044</v>
+        <v>3056</v>
       </c>
       <c r="E330" t="s">
-        <v>3045</v>
+        <v>3057</v>
       </c>
       <c r="F330" t="s">
-        <v>3046</v>
+        <v>3058</v>
       </c>
       <c r="G330" t="s">
-        <v>3047</v>
+        <v>3059</v>
       </c>
       <c r="H330" t="s">
-        <v>3048</v>
+        <v>3060</v>
       </c>
       <c r="I330" t="s">
-        <v>3049</v>
+        <v>3061</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3050</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>8355</v>
+        <v>6180</v>
       </c>
       <c r="B331" t="s">
-        <v>3051</v>
+        <v>3063</v>
       </c>
       <c r="C331" t="s">
-        <v>3052</v>
+        <v>3064</v>
       </c>
       <c r="D331" t="s">
-        <v>3053</v>
+        <v>3065</v>
       </c>
       <c r="E331" t="s">
-        <v>3054</v>
+        <v>3066</v>
       </c>
       <c r="F331" t="s">
-        <v>3055</v>
+        <v>3067</v>
       </c>
       <c r="G331" t="s">
-        <v>3056</v>
+        <v>3068</v>
       </c>
       <c r="H331" t="s">
-        <v>3057</v>
+        <v>3069</v>
       </c>
       <c r="I331" t="s">
-        <v>3058</v>
+        <v>3070</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>3059</v>
+        <v>25</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
+      <c r="M331" t="s">
+        <v>27</v>
+      </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3060</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>8357</v>
+        <v>6203</v>
       </c>
       <c r="B332" t="s">
-        <v>3061</v>
+        <v>3072</v>
       </c>
       <c r="C332" t="s">
-        <v>3062</v>
+        <v>3073</v>
       </c>
       <c r="D332" t="s">
-        <v>3063</v>
+        <v>3074</v>
       </c>
       <c r="E332" t="s">
-        <v>3064</v>
+        <v>3075</v>
       </c>
       <c r="F332" t="s">
-        <v>3065</v>
+        <v>3076</v>
       </c>
       <c r="G332" t="s">
-        <v>3066</v>
+        <v>3077</v>
       </c>
       <c r="H332" t="s">
-        <v>3067</v>
+        <v>3078</v>
       </c>
       <c r="I332" t="s">
-        <v>3068</v>
+        <v>3079</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>3059</v>
+        <v>170</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
+      <c r="M332" t="s">
+        <v>171</v>
+      </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3069</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>8377</v>
+        <v>6208</v>
       </c>
       <c r="B333" t="s">
-        <v>3070</v>
+        <v>3081</v>
       </c>
       <c r="C333" t="s">
-        <v>3071</v>
+        <v>3082</v>
       </c>
       <c r="D333" t="s">
-        <v>3072</v>
+        <v>3083</v>
       </c>
       <c r="E333" t="s">
-        <v>3073</v>
+        <v>3084</v>
       </c>
       <c r="F333" t="s">
-        <v>3074</v>
+        <v>3085</v>
       </c>
       <c r="G333" t="s">
-        <v>3075</v>
+        <v>3086</v>
       </c>
       <c r="H333" t="s">
-        <v>3076</v>
+        <v>3087</v>
       </c>
       <c r="I333" t="s">
-        <v>3077</v>
+        <v>3088</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3078</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>8386</v>
+        <v>6211</v>
       </c>
       <c r="B334" t="s">
-        <v>3079</v>
+        <v>3090</v>
       </c>
       <c r="C334" t="s">
-        <v>3080</v>
+        <v>3091</v>
       </c>
       <c r="D334" t="s">
-        <v>3081</v>
+        <v>3092</v>
       </c>
       <c r="E334" t="s">
-        <v>3082</v>
+        <v>3093</v>
       </c>
       <c r="F334" t="s">
-        <v>3083</v>
+        <v>3094</v>
       </c>
       <c r="G334" t="s">
-        <v>3084</v>
+        <v>3095</v>
       </c>
       <c r="H334" t="s">
-        <v>3085</v>
+        <v>3096</v>
       </c>
       <c r="I334" t="s">
-        <v>3086</v>
+        <v>3097</v>
       </c>
       <c r="J334" t="s">
-        <v>1634</v>
+        <v>24</v>
       </c>
       <c r="K334" t="s">
         <v>170</v>
       </c>
       <c r="L334" t="s">
-        <v>1636</v>
+        <v>26</v>
       </c>
       <c r="M334" t="s">
         <v>171</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3087</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>8387</v>
+        <v>6215</v>
       </c>
       <c r="B335" t="s">
-        <v>3088</v>
+        <v>3099</v>
       </c>
       <c r="C335" t="s">
-        <v>3089</v>
+        <v>3100</v>
       </c>
       <c r="D335" t="s">
-        <v>3090</v>
+        <v>3101</v>
       </c>
       <c r="E335" t="s">
-        <v>3091</v>
+        <v>3102</v>
       </c>
       <c r="F335" t="s">
-        <v>3092</v>
+        <v>3103</v>
       </c>
       <c r="G335" t="s">
-        <v>3093</v>
+        <v>3104</v>
       </c>
       <c r="H335" t="s">
-        <v>3094</v>
+        <v>3105</v>
       </c>
       <c r="I335" t="s">
-        <v>3095</v>
+        <v>3106</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3096</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>8388</v>
+        <v>6222</v>
       </c>
       <c r="B336" t="s">
-        <v>3097</v>
+        <v>3108</v>
       </c>
       <c r="C336" t="s">
-        <v>3098</v>
+        <v>3109</v>
       </c>
       <c r="D336" t="s">
-        <v>3099</v>
+        <v>3110</v>
       </c>
       <c r="E336" t="s">
-        <v>3100</v>
+        <v>3111</v>
       </c>
       <c r="F336" t="s">
-        <v>3101</v>
+        <v>3112</v>
       </c>
       <c r="G336" t="s">
-        <v>3102</v>
+        <v>3113</v>
       </c>
       <c r="H336" t="s">
-        <v>3103</v>
+        <v>3114</v>
       </c>
       <c r="I336" t="s">
-        <v>3104</v>
+        <v>3115</v>
       </c>
       <c r="J336" t="s">
-        <v>24</v>
+        <v>2930</v>
       </c>
       <c r="K336" t="s">
-        <v>170</v>
+        <v>905</v>
       </c>
       <c r="L336" t="s">
-        <v>26</v>
+        <v>2932</v>
       </c>
       <c r="M336" t="s">
-        <v>171</v>
+        <v>906</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3105</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>8392</v>
+        <v>6254</v>
       </c>
       <c r="B337" t="s">
-        <v>3106</v>
+        <v>3117</v>
       </c>
       <c r="C337" t="s">
-        <v>3107</v>
+        <v>3118</v>
       </c>
       <c r="D337" t="s">
-        <v>3108</v>
+        <v>3119</v>
       </c>
       <c r="E337" t="s">
-        <v>3109</v>
+        <v>3120</v>
       </c>
       <c r="F337" t="s">
-        <v>3110</v>
+        <v>3121</v>
       </c>
       <c r="G337" t="s">
-        <v>3111</v>
+        <v>3122</v>
       </c>
       <c r="H337" t="s">
-        <v>3112</v>
+        <v>3123</v>
       </c>
       <c r="I337" t="s">
-        <v>3113</v>
+        <v>3124</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
-        <v>1635</v>
+        <v>170</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
-        <v>1637</v>
+        <v>171</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3114</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>8402</v>
+        <v>6255</v>
       </c>
       <c r="B338" t="s">
-        <v>3115</v>
+        <v>3126</v>
       </c>
       <c r="C338" t="s">
-        <v>3116</v>
+        <v>3127</v>
       </c>
       <c r="D338" t="s">
-        <v>3117</v>
+        <v>3128</v>
       </c>
       <c r="E338" t="s">
-        <v>3118</v>
+        <v>3129</v>
       </c>
       <c r="F338" t="s">
-        <v>3119</v>
+        <v>3130</v>
       </c>
       <c r="G338" t="s">
-        <v>3120</v>
+        <v>3131</v>
       </c>
       <c r="H338" t="s">
-        <v>3121</v>
+        <v>3132</v>
       </c>
       <c r="I338" t="s">
-        <v>3122</v>
+        <v>3133</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>170</v>
+        <v>3134</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>171</v>
+        <v>3135</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3123</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>8902</v>
+        <v>6258</v>
       </c>
       <c r="B339" t="s">
-        <v>3124</v>
+        <v>3137</v>
       </c>
       <c r="C339" t="s">
-        <v>3125</v>
+        <v>3138</v>
       </c>
       <c r="D339" t="s">
-        <v>3126</v>
+        <v>3139</v>
       </c>
       <c r="E339" t="s">
-        <v>3127</v>
+        <v>3140</v>
       </c>
       <c r="F339" t="s">
-        <v>3128</v>
+        <v>3141</v>
       </c>
       <c r="G339" t="s">
-        <v>3129</v>
+        <v>3142</v>
       </c>
       <c r="H339" t="s">
-        <v>3130</v>
+        <v>3143</v>
       </c>
       <c r="I339" t="s">
-        <v>3131</v>
+        <v>3144</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3132</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>8903</v>
+        <v>6259</v>
       </c>
       <c r="B340" t="s">
-        <v>3133</v>
+        <v>3146</v>
       </c>
       <c r="C340" t="s">
-        <v>3134</v>
+        <v>3147</v>
       </c>
       <c r="D340" t="s">
-        <v>3135</v>
+        <v>3148</v>
       </c>
       <c r="E340" t="s">
-        <v>3136</v>
+        <v>3149</v>
       </c>
       <c r="F340" t="s">
-        <v>3137</v>
+        <v>3150</v>
       </c>
       <c r="G340" t="s">
-        <v>3138</v>
+        <v>3151</v>
       </c>
       <c r="H340" t="s">
-        <v>3139</v>
+        <v>3152</v>
       </c>
       <c r="I340" t="s">
-        <v>3140</v>
+        <v>3153</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
         <v>170</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
         <v>171</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3141</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>8904</v>
+        <v>6261</v>
       </c>
       <c r="B341" t="s">
-        <v>3142</v>
+        <v>3155</v>
       </c>
       <c r="C341" t="s">
-        <v>3143</v>
+        <v>3156</v>
       </c>
       <c r="D341" t="s">
-        <v>3144</v>
+        <v>3157</v>
       </c>
       <c r="E341" t="s">
-        <v>3145</v>
+        <v>3158</v>
       </c>
       <c r="F341" t="s">
-        <v>3146</v>
+        <v>3159</v>
       </c>
       <c r="G341" t="s">
-        <v>3147</v>
+        <v>3160</v>
       </c>
       <c r="H341" t="s">
-        <v>3148</v>
+        <v>3161</v>
       </c>
       <c r="I341" t="s">
-        <v>3149</v>
+        <v>3162</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3150</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>8914</v>
+        <v>6263</v>
       </c>
       <c r="B342" t="s">
-        <v>3151</v>
+        <v>3164</v>
       </c>
       <c r="C342" t="s">
-        <v>3152</v>
+        <v>3165</v>
       </c>
       <c r="D342" t="s">
-        <v>3153</v>
+        <v>3166</v>
       </c>
       <c r="E342" t="s">
-        <v>3154</v>
+        <v>3167</v>
       </c>
       <c r="F342" t="s">
-        <v>3155</v>
+        <v>3168</v>
       </c>
       <c r="G342" t="s">
-        <v>3156</v>
+        <v>3169</v>
       </c>
       <c r="H342" t="s">
-        <v>3157</v>
+        <v>3170</v>
       </c>
       <c r="I342" t="s">
-        <v>3158</v>
+        <v>3171</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3159</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>8918</v>
+        <v>6272</v>
       </c>
       <c r="B343" t="s">
-        <v>3160</v>
+        <v>3173</v>
       </c>
       <c r="C343" t="s">
-        <v>3161</v>
+        <v>3174</v>
       </c>
       <c r="D343" t="s">
-        <v>3162</v>
+        <v>3175</v>
       </c>
       <c r="E343" t="s">
-        <v>3163</v>
+        <v>3176</v>
       </c>
       <c r="F343" t="s">
-        <v>3164</v>
+        <v>3177</v>
       </c>
       <c r="G343" t="s">
-        <v>3165</v>
+        <v>3178</v>
       </c>
       <c r="H343" t="s">
-        <v>3166</v>
+        <v>3179</v>
       </c>
       <c r="I343" t="s">
-        <v>3167</v>
+        <v>3180</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3168</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>8945</v>
+        <v>6274</v>
       </c>
       <c r="B344" t="s">
-        <v>3169</v>
+        <v>3182</v>
       </c>
       <c r="C344" t="s">
-        <v>3170</v>
+        <v>3183</v>
       </c>
       <c r="D344" t="s">
-        <v>3171</v>
+        <v>3184</v>
       </c>
       <c r="E344" t="s">
-        <v>3172</v>
+        <v>3185</v>
       </c>
       <c r="F344" t="s">
-        <v>3173</v>
+        <v>3186</v>
       </c>
       <c r="G344" t="s">
-        <v>3174</v>
+        <v>3187</v>
       </c>
       <c r="H344" t="s">
-        <v>3175</v>
+        <v>3188</v>
       </c>
       <c r="I344" t="s">
-        <v>3176</v>
+        <v>3189</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3177</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>8950</v>
+        <v>6275</v>
       </c>
       <c r="B345" t="s">
-        <v>3178</v>
+        <v>3191</v>
       </c>
       <c r="C345" t="s">
-        <v>3179</v>
+        <v>3192</v>
       </c>
       <c r="D345" t="s">
-        <v>3180</v>
+        <v>3193</v>
       </c>
       <c r="E345" t="s">
-        <v>3181</v>
+        <v>3194</v>
       </c>
       <c r="F345" t="s">
-        <v>3182</v>
+        <v>3195</v>
       </c>
       <c r="G345" t="s">
-        <v>3183</v>
+        <v>3196</v>
       </c>
       <c r="H345" t="s">
-        <v>3184</v>
+        <v>3197</v>
       </c>
       <c r="I345" t="s">
-        <v>3185</v>
+        <v>3198</v>
       </c>
       <c r="J345" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K345" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L345" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M345" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3186</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>8951</v>
+        <v>6327</v>
       </c>
       <c r="B346" t="s">
-        <v>3187</v>
+        <v>3200</v>
       </c>
       <c r="C346" t="s">
-        <v>3188</v>
+        <v>3201</v>
       </c>
       <c r="D346" t="s">
-        <v>3189</v>
+        <v>3202</v>
       </c>
       <c r="E346" t="s">
-        <v>3190</v>
+        <v>3203</v>
       </c>
       <c r="F346" t="s">
-        <v>3191</v>
+        <v>3204</v>
       </c>
       <c r="G346" t="s">
-        <v>3192</v>
+        <v>3205</v>
       </c>
       <c r="H346" t="s">
-        <v>3193</v>
+        <v>3206</v>
       </c>
       <c r="I346" t="s">
-        <v>3194</v>
+        <v>3207</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3195</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>8959</v>
+        <v>6337</v>
       </c>
       <c r="B347" t="s">
-        <v>3196</v>
+        <v>3209</v>
       </c>
       <c r="C347" t="s">
-        <v>3197</v>
+        <v>3210</v>
       </c>
       <c r="D347" t="s">
-        <v>3198</v>
+        <v>3211</v>
       </c>
       <c r="E347" t="s">
-        <v>3199</v>
+        <v>3212</v>
       </c>
       <c r="F347" t="s">
-        <v>3200</v>
+        <v>3213</v>
       </c>
       <c r="G347" t="s">
-        <v>3201</v>
+        <v>3214</v>
       </c>
       <c r="H347" t="s">
-        <v>3202</v>
+        <v>3215</v>
       </c>
       <c r="I347" t="s">
-        <v>3203</v>
+        <v>3216</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3204</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>10014</v>
+        <v>6361</v>
       </c>
       <c r="B348" t="s">
-        <v>3205</v>
+        <v>3218</v>
       </c>
       <c r="C348" t="s">
-        <v>3206</v>
+        <v>3219</v>
       </c>
       <c r="D348" t="s">
-        <v>3207</v>
+        <v>3220</v>
       </c>
       <c r="E348" t="s">
-        <v>3208</v>
+        <v>3221</v>
       </c>
       <c r="F348" t="s">
-        <v>3209</v>
+        <v>3222</v>
       </c>
       <c r="G348" t="s">
-        <v>3210</v>
+        <v>3223</v>
       </c>
       <c r="H348" t="s">
-        <v>3211</v>
+        <v>3224</v>
       </c>
       <c r="I348" t="s">
-        <v>3212</v>
+        <v>3225</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>3213</v>
+        <v>170</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>3214</v>
+        <v>171</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3215</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>10015</v>
+        <v>6379</v>
       </c>
       <c r="B349" t="s">
-        <v>3216</v>
+        <v>3227</v>
       </c>
       <c r="C349" t="s">
-        <v>3217</v>
+        <v>3228</v>
       </c>
       <c r="D349" t="s">
-        <v>3218</v>
+        <v>3229</v>
       </c>
       <c r="E349" t="s">
-        <v>3219</v>
+        <v>3230</v>
       </c>
       <c r="F349" t="s">
-        <v>3220</v>
+        <v>3231</v>
       </c>
       <c r="G349" t="s">
-        <v>3221</v>
+        <v>3232</v>
       </c>
       <c r="H349" t="s">
-        <v>3222</v>
+        <v>3233</v>
       </c>
       <c r="I349" t="s">
-        <v>3223</v>
+        <v>3234</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3224</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>10036</v>
+        <v>6454</v>
       </c>
       <c r="B350" t="s">
-        <v>3225</v>
+        <v>3236</v>
       </c>
       <c r="C350" t="s">
-        <v>3226</v>
+        <v>3237</v>
       </c>
       <c r="D350" t="s">
-        <v>3227</v>
+        <v>3238</v>
       </c>
       <c r="E350" t="s">
-        <v>3228</v>
+        <v>3239</v>
       </c>
       <c r="F350" t="s">
-        <v>3229</v>
+        <v>3240</v>
       </c>
       <c r="G350" t="s">
-        <v>3230</v>
+        <v>3241</v>
       </c>
       <c r="H350" t="s">
-        <v>3231</v>
+        <v>3242</v>
       </c>
       <c r="I350" t="s">
-        <v>3232</v>
+        <v>3243</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3233</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>10046</v>
+        <v>6460</v>
       </c>
       <c r="B351" t="s">
-        <v>3234</v>
+        <v>3245</v>
       </c>
       <c r="C351" t="s">
-        <v>3235</v>
+        <v>3246</v>
       </c>
       <c r="D351" t="s">
-        <v>3236</v>
+        <v>3247</v>
       </c>
       <c r="E351" t="s">
-        <v>3237</v>
+        <v>3248</v>
       </c>
       <c r="F351" t="s">
-        <v>3238</v>
+        <v>3249</v>
       </c>
       <c r="G351" t="s">
-        <v>3239</v>
+        <v>3250</v>
       </c>
       <c r="H351" t="s">
-        <v>3240</v>
+        <v>3251</v>
       </c>
       <c r="I351" t="s">
-        <v>3241</v>
+        <v>3252</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3242</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>10098</v>
+        <v>6468</v>
       </c>
       <c r="B352" t="s">
-        <v>3243</v>
+        <v>3254</v>
       </c>
       <c r="C352" t="s">
-        <v>3244</v>
+        <v>3255</v>
       </c>
       <c r="D352" t="s">
-        <v>3245</v>
+        <v>3256</v>
       </c>
       <c r="E352" t="s">
-        <v>3246</v>
+        <v>3257</v>
       </c>
       <c r="F352" t="s">
-        <v>3247</v>
+        <v>3258</v>
       </c>
       <c r="G352" t="s">
-        <v>3248</v>
+        <v>3259</v>
       </c>
       <c r="H352" t="s">
-        <v>3249</v>
+        <v>3260</v>
       </c>
       <c r="I352" t="s">
-        <v>3250</v>
+        <v>3261</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
         <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
         <v>27</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3251</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>10101</v>
+        <v>6611</v>
       </c>
       <c r="B353" t="s">
-        <v>3252</v>
+        <v>3263</v>
       </c>
       <c r="C353" t="s">
-        <v>3253</v>
+        <v>3264</v>
       </c>
       <c r="D353" t="s">
-        <v>3254</v>
+        <v>3265</v>
       </c>
       <c r="E353" t="s">
-        <v>3255</v>
+        <v>3266</v>
       </c>
       <c r="F353" t="s">
-        <v>3256</v>
+        <v>3267</v>
       </c>
       <c r="G353" t="s">
-        <v>3257</v>
+        <v>3268</v>
       </c>
       <c r="H353" t="s">
-        <v>3258</v>
+        <v>3269</v>
       </c>
       <c r="I353" t="s">
-        <v>3259</v>
+        <v>3270</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
         <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
         <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3260</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>10412</v>
+        <v>6615</v>
       </c>
       <c r="B354" t="s">
-        <v>3261</v>
+        <v>3272</v>
       </c>
       <c r="C354" t="s">
-        <v>3262</v>
+        <v>3273</v>
       </c>
       <c r="D354" t="s">
-        <v>3263</v>
+        <v>3274</v>
       </c>
       <c r="E354" t="s">
-        <v>3264</v>
+        <v>3275</v>
       </c>
       <c r="F354" t="s">
-        <v>3265</v>
+        <v>3276</v>
       </c>
       <c r="G354" t="s">
-        <v>3266</v>
+        <v>3277</v>
       </c>
       <c r="H354" t="s">
-        <v>3267</v>
+        <v>3278</v>
       </c>
       <c r="I354" t="s">
-        <v>3268</v>
+        <v>3279</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
         <v>25</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
         <v>27</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3269</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>10603</v>
+        <v>6761</v>
       </c>
       <c r="B355" t="s">
-        <v>3270</v>
+        <v>3281</v>
       </c>
       <c r="C355" t="s">
-        <v>3271</v>
+        <v>3282</v>
       </c>
       <c r="D355" t="s">
-        <v>3272</v>
+        <v>3283</v>
       </c>
       <c r="E355" t="s">
-        <v>3273</v>
+        <v>3284</v>
       </c>
       <c r="F355" t="s">
-        <v>3274</v>
+        <v>3285</v>
       </c>
       <c r="G355" t="s">
-        <v>3275</v>
+        <v>3286</v>
       </c>
       <c r="H355" t="s">
-        <v>3276</v>
+        <v>3287</v>
       </c>
       <c r="I355" t="s">
-        <v>3277</v>
+        <v>3288</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
         <v>25</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
         <v>27</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3278</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>10647</v>
+        <v>6762</v>
       </c>
       <c r="B356" t="s">
-        <v>3279</v>
+        <v>3290</v>
       </c>
       <c r="C356" t="s">
-        <v>3280</v>
+        <v>3291</v>
       </c>
       <c r="D356" t="s">
-        <v>3281</v>
+        <v>3292</v>
       </c>
       <c r="E356" t="s">
-        <v>3282</v>
+        <v>3293</v>
       </c>
       <c r="F356" t="s">
-        <v>3283</v>
+        <v>3294</v>
       </c>
       <c r="G356" t="s">
-        <v>3284</v>
+        <v>3295</v>
       </c>
       <c r="H356" t="s">
-        <v>3285</v>
+        <v>3296</v>
       </c>
       <c r="I356" t="s">
-        <v>3286</v>
+        <v>3297</v>
       </c>
       <c r="J356" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K356" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L356" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M356" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3287</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>10887</v>
+        <v>6765</v>
       </c>
       <c r="B357" t="s">
-        <v>3288</v>
+        <v>3299</v>
       </c>
       <c r="C357" t="s">
-        <v>3289</v>
+        <v>3300</v>
       </c>
       <c r="D357" t="s">
-        <v>3290</v>
+        <v>3301</v>
       </c>
       <c r="E357" t="s">
-        <v>3291</v>
+        <v>3302</v>
       </c>
       <c r="F357" t="s">
-        <v>3292</v>
+        <v>3303</v>
       </c>
       <c r="G357" t="s">
-        <v>3293</v>
+        <v>3304</v>
       </c>
       <c r="H357" t="s">
-        <v>3294</v>
+        <v>3305</v>
       </c>
       <c r="I357" t="s">
-        <v>3295</v>
+        <v>3306</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3296</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>10925</v>
+        <v>6982</v>
       </c>
       <c r="B358" t="s">
-        <v>3297</v>
+        <v>3308</v>
       </c>
       <c r="C358" t="s">
-        <v>3298</v>
+        <v>3309</v>
       </c>
       <c r="D358" t="s">
-        <v>3299</v>
+        <v>3310</v>
       </c>
       <c r="E358" t="s">
-        <v>3300</v>
+        <v>3311</v>
       </c>
       <c r="F358" t="s">
-        <v>3301</v>
+        <v>3312</v>
       </c>
       <c r="G358" t="s">
-        <v>3302</v>
+        <v>3313</v>
       </c>
       <c r="H358" t="s">
-        <v>3303</v>
+        <v>3314</v>
       </c>
       <c r="I358" t="s">
-        <v>3304</v>
+        <v>3315</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>25</v>
+        <v>3316</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>27</v>
+        <v>3317</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3305</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>10930</v>
+        <v>8265</v>
       </c>
       <c r="B359" t="s">
-        <v>3306</v>
+        <v>3319</v>
       </c>
       <c r="C359" t="s">
-        <v>3307</v>
+        <v>3320</v>
       </c>
       <c r="D359" t="s">
-        <v>3308</v>
+        <v>3321</v>
       </c>
       <c r="E359" t="s">
-        <v>3309</v>
+        <v>3322</v>
       </c>
       <c r="F359" t="s">
-        <v>3310</v>
+        <v>3323</v>
       </c>
       <c r="G359" t="s">
-        <v>3311</v>
+        <v>3324</v>
       </c>
       <c r="H359" t="s">
-        <v>3312</v>
+        <v>3325</v>
       </c>
       <c r="I359" t="s">
-        <v>3313</v>
+        <v>3326</v>
       </c>
       <c r="J359" t="s">
-        <v>1331</v>
+        <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>274</v>
+        <v>3327</v>
       </c>
       <c r="L359" t="s">
-        <v>1333</v>
+        <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>275</v>
+        <v>3328</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3314</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>10947</v>
+        <v>8289</v>
       </c>
       <c r="B360" t="s">
-        <v>3315</v>
+        <v>3330</v>
       </c>
       <c r="C360" t="s">
-        <v>3316</v>
+        <v>3331</v>
       </c>
       <c r="D360" t="s">
-        <v>3317</v>
+        <v>3332</v>
       </c>
       <c r="E360" t="s">
-        <v>3318</v>
+        <v>3333</v>
       </c>
       <c r="F360" t="s">
-        <v>3319</v>
+        <v>3334</v>
       </c>
       <c r="G360" t="s">
-        <v>3320</v>
+        <v>3335</v>
       </c>
       <c r="H360" t="s">
-        <v>3321</v>
+        <v>3336</v>
       </c>
       <c r="I360" t="s">
-        <v>3322</v>
+        <v>3337</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>170</v>
+        <v>451</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>171</v>
+        <v>453</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3323</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>10948</v>
+        <v>8294</v>
       </c>
       <c r="B361" t="s">
-        <v>3324</v>
+        <v>3339</v>
       </c>
       <c r="C361" t="s">
-        <v>3325</v>
+        <v>3340</v>
       </c>
       <c r="D361" t="s">
-        <v>3326</v>
+        <v>3341</v>
       </c>
       <c r="E361" t="s">
-        <v>3327</v>
+        <v>3342</v>
       </c>
       <c r="F361" t="s">
-        <v>3328</v>
+        <v>3343</v>
       </c>
       <c r="G361" t="s">
-        <v>3329</v>
+        <v>3344</v>
       </c>
       <c r="H361" t="s">
-        <v>3330</v>
+        <v>3345</v>
       </c>
       <c r="I361" t="s">
-        <v>3331</v>
+        <v>3346</v>
       </c>
       <c r="J361" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K361" t="s">
-        <v>170</v>
+        <v>746</v>
       </c>
       <c r="L361" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M361" t="s">
-        <v>171</v>
+        <v>747</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3332</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>10950</v>
+        <v>8315</v>
       </c>
       <c r="B362" t="s">
-        <v>3333</v>
+        <v>3348</v>
       </c>
       <c r="C362" t="s">
-        <v>3334</v>
+        <v>3349</v>
       </c>
       <c r="D362" t="s">
-        <v>3335</v>
+        <v>3350</v>
       </c>
       <c r="E362" t="s">
-        <v>3336</v>
+        <v>3351</v>
       </c>
       <c r="F362" t="s">
-        <v>3337</v>
+        <v>3352</v>
       </c>
       <c r="G362" t="s">
-        <v>3338</v>
+        <v>3353</v>
       </c>
       <c r="H362" t="s">
-        <v>3339</v>
+        <v>3354</v>
       </c>
       <c r="I362" t="s">
-        <v>3340</v>
+        <v>3355</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>3341</v>
+        <v>25</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
+      <c r="M362" t="s">
+        <v>27</v>
+      </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3342</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>10951</v>
+        <v>8341</v>
       </c>
       <c r="B363" t="s">
-        <v>3343</v>
+        <v>3357</v>
       </c>
       <c r="C363" t="s">
-        <v>3344</v>
+        <v>3358</v>
       </c>
       <c r="D363" t="s">
-        <v>3345</v>
+        <v>3359</v>
       </c>
       <c r="E363" t="s">
-        <v>3346</v>
+        <v>3360</v>
       </c>
       <c r="F363" t="s">
-        <v>3347</v>
+        <v>3361</v>
       </c>
       <c r="G363" t="s">
-        <v>3348</v>
+        <v>3362</v>
       </c>
       <c r="H363" t="s">
-        <v>3349</v>
+        <v>3363</v>
       </c>
       <c r="I363" t="s">
-        <v>3350</v>
+        <v>3364</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3351</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>11000</v>
+        <v>8343</v>
       </c>
       <c r="B364" t="s">
-        <v>3352</v>
+        <v>3366</v>
       </c>
       <c r="C364" t="s">
-        <v>3353</v>
+        <v>3367</v>
       </c>
       <c r="D364" t="s">
-        <v>3354</v>
+        <v>3368</v>
       </c>
       <c r="E364" t="s">
-        <v>3355</v>
+        <v>3369</v>
       </c>
       <c r="F364" t="s">
-        <v>3356</v>
+        <v>3370</v>
       </c>
       <c r="G364" t="s">
-        <v>3357</v>
+        <v>3371</v>
       </c>
       <c r="H364" t="s">
-        <v>3358</v>
+        <v>3372</v>
       </c>
       <c r="I364" t="s">
-        <v>3359</v>
+        <v>3373</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
         <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
         <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3360</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>11220</v>
+        <v>8344</v>
       </c>
       <c r="B365" t="s">
-        <v>3361</v>
+        <v>3375</v>
       </c>
       <c r="C365" t="s">
-        <v>3362</v>
+        <v>3376</v>
       </c>
       <c r="D365" t="s">
-        <v>3363</v>
+        <v>3377</v>
       </c>
       <c r="E365" t="s">
-        <v>3364</v>
+        <v>3378</v>
       </c>
       <c r="F365" t="s">
-        <v>3365</v>
+        <v>3379</v>
       </c>
       <c r="G365" t="s">
-        <v>3366</v>
+        <v>3380</v>
       </c>
       <c r="H365" t="s">
-        <v>3367</v>
+        <v>3381</v>
       </c>
       <c r="I365" t="s">
-        <v>3368</v>
+        <v>3382</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>671</v>
+        <v>170</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>672</v>
+        <v>171</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3369</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>11231</v>
+        <v>8355</v>
       </c>
       <c r="B366" t="s">
-        <v>3370</v>
+        <v>3384</v>
       </c>
       <c r="C366" t="s">
-        <v>3371</v>
+        <v>3385</v>
       </c>
       <c r="D366" t="s">
-        <v>3372</v>
+        <v>3386</v>
       </c>
       <c r="E366" t="s">
-        <v>3373</v>
+        <v>3387</v>
       </c>
       <c r="F366" t="s">
-        <v>3374</v>
+        <v>3388</v>
       </c>
       <c r="G366" t="s">
-        <v>3375</v>
+        <v>3389</v>
       </c>
       <c r="H366" t="s">
-        <v>3376</v>
+        <v>3390</v>
       </c>
       <c r="I366" t="s">
-        <v>3377</v>
+        <v>3391</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>170</v>
+        <v>3392</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>171</v>
+        <v>3393</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3378</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>11287</v>
+        <v>8357</v>
       </c>
       <c r="B367" t="s">
-        <v>3379</v>
+        <v>3395</v>
       </c>
       <c r="C367" t="s">
-        <v>3380</v>
+        <v>3396</v>
       </c>
       <c r="D367" t="s">
-        <v>3381</v>
+        <v>3397</v>
       </c>
       <c r="E367" t="s">
-        <v>3382</v>
+        <v>3398</v>
       </c>
       <c r="F367" t="s">
-        <v>3383</v>
+        <v>3399</v>
       </c>
       <c r="G367" t="s">
-        <v>3384</v>
+        <v>3400</v>
       </c>
       <c r="H367" t="s">
-        <v>3385</v>
+        <v>3401</v>
       </c>
       <c r="I367" t="s">
-        <v>3386</v>
+        <v>3402</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>170</v>
+        <v>3392</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>171</v>
+        <v>3393</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3387</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>11299</v>
+        <v>8377</v>
       </c>
       <c r="B368" t="s">
-        <v>3388</v>
+        <v>3404</v>
       </c>
       <c r="C368" t="s">
-        <v>3389</v>
+        <v>3405</v>
       </c>
       <c r="D368" t="s">
-        <v>3390</v>
+        <v>3406</v>
       </c>
       <c r="E368" t="s">
-        <v>3391</v>
+        <v>3407</v>
       </c>
       <c r="F368" t="s">
-        <v>3392</v>
+        <v>3408</v>
       </c>
       <c r="G368" t="s">
-        <v>3393</v>
+        <v>3409</v>
       </c>
       <c r="H368" t="s">
-        <v>3394</v>
+        <v>3410</v>
       </c>
       <c r="I368" t="s">
-        <v>3395</v>
+        <v>3411</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3396</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>11306</v>
+        <v>8386</v>
       </c>
       <c r="B369" t="s">
-        <v>3397</v>
+        <v>3413</v>
       </c>
       <c r="C369" t="s">
-        <v>3398</v>
+        <v>3414</v>
       </c>
       <c r="D369" t="s">
-        <v>3399</v>
+        <v>3415</v>
       </c>
       <c r="E369" t="s">
-        <v>3400</v>
+        <v>3416</v>
       </c>
       <c r="F369" t="s">
-        <v>3401</v>
+        <v>3417</v>
       </c>
       <c r="G369" t="s">
-        <v>3402</v>
+        <v>3418</v>
       </c>
       <c r="H369" t="s">
-        <v>3403</v>
+        <v>3419</v>
       </c>
       <c r="I369" t="s">
-        <v>3404</v>
+        <v>3420</v>
       </c>
       <c r="J369" t="s">
-        <v>24</v>
+        <v>1925</v>
       </c>
       <c r="K369" t="s">
-        <v>1081</v>
+        <v>170</v>
       </c>
       <c r="L369" t="s">
-        <v>26</v>
+        <v>1927</v>
+      </c>
+      <c r="M369" t="s">
+        <v>171</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3405</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>58060</v>
+        <v>8387</v>
       </c>
       <c r="B370" t="s">
-        <v>3406</v>
+        <v>3422</v>
       </c>
       <c r="C370" t="s">
-        <v>3407</v>
+        <v>3423</v>
       </c>
       <c r="D370" t="s">
-        <v>3408</v>
+        <v>3424</v>
       </c>
       <c r="E370" t="s">
-        <v>3409</v>
+        <v>3425</v>
       </c>
       <c r="F370" t="s">
-        <v>3410</v>
+        <v>3426</v>
       </c>
       <c r="G370" t="s">
-        <v>3411</v>
+        <v>3427</v>
       </c>
       <c r="H370" t="s">
-        <v>3412</v>
+        <v>3428</v>
       </c>
       <c r="I370" t="s">
-        <v>3413</v>
+        <v>3429</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>3414</v>
+        <v>25</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>3415</v>
+        <v>27</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3416</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>58066</v>
+        <v>8388</v>
       </c>
       <c r="B371" t="s">
-        <v>3417</v>
+        <v>3431</v>
       </c>
       <c r="C371" t="s">
-        <v>3418</v>
+        <v>3432</v>
       </c>
       <c r="D371" t="s">
-        <v>3419</v>
+        <v>3433</v>
       </c>
       <c r="E371" t="s">
-        <v>3420</v>
+        <v>3434</v>
       </c>
       <c r="F371" t="s">
-        <v>3421</v>
+        <v>3435</v>
       </c>
       <c r="G371" t="s">
-        <v>3422</v>
+        <v>3436</v>
       </c>
       <c r="H371" t="s">
-        <v>3423</v>
+        <v>3437</v>
       </c>
       <c r="I371" t="s">
-        <v>3424</v>
+        <v>3438</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>275</v>
+        <v>171</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3425</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>58120</v>
+        <v>8392</v>
       </c>
       <c r="B372" t="s">
-        <v>3426</v>
+        <v>3440</v>
       </c>
       <c r="C372" t="s">
-        <v>3427</v>
+        <v>3441</v>
       </c>
       <c r="D372" t="s">
-        <v>3428</v>
+        <v>3442</v>
       </c>
       <c r="E372" t="s">
-        <v>3429</v>
+        <v>3443</v>
       </c>
       <c r="F372" t="s">
-        <v>3430</v>
+        <v>3444</v>
       </c>
       <c r="G372" t="s">
-        <v>3431</v>
+        <v>3445</v>
       </c>
       <c r="H372" t="s">
-        <v>3432</v>
+        <v>3446</v>
       </c>
       <c r="I372" t="s">
-        <v>3433</v>
+        <v>3447</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>25</v>
+        <v>1926</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>27</v>
+        <v>1928</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3434</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>58122</v>
+        <v>8402</v>
       </c>
       <c r="B373" t="s">
-        <v>3435</v>
+        <v>3449</v>
       </c>
       <c r="C373" t="s">
-        <v>3436</v>
+        <v>3450</v>
       </c>
       <c r="D373" t="s">
-        <v>3437</v>
+        <v>3451</v>
       </c>
       <c r="E373" t="s">
-        <v>3438</v>
+        <v>3452</v>
       </c>
       <c r="F373" t="s">
-        <v>3439</v>
+        <v>3453</v>
       </c>
       <c r="G373" t="s">
-        <v>3440</v>
+        <v>3454</v>
       </c>
       <c r="H373" t="s">
-        <v>3441</v>
+        <v>3455</v>
       </c>
       <c r="I373" t="s">
-        <v>3442</v>
+        <v>3456</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
         <v>170</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
         <v>171</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3443</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>58144</v>
+        <v>8883</v>
       </c>
       <c r="B374" t="s">
-        <v>3444</v>
+        <v>3458</v>
       </c>
       <c r="C374" t="s">
-        <v>3445</v>
+        <v>3459</v>
       </c>
       <c r="D374" t="s">
-        <v>3446</v>
+        <v>3460</v>
       </c>
       <c r="E374" t="s">
-        <v>3447</v>
+        <v>3461</v>
       </c>
       <c r="F374" t="s">
-        <v>3448</v>
+        <v>3462</v>
       </c>
       <c r="G374" t="s">
-        <v>3449</v>
+        <v>3463</v>
       </c>
       <c r="H374" t="s">
-        <v>3450</v>
+        <v>3464</v>
       </c>
       <c r="I374" t="s">
-        <v>3451</v>
+        <v>3465</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
         <v>25</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
         <v>27</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3452</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>58148</v>
+        <v>8886</v>
       </c>
       <c r="B375" t="s">
-        <v>3453</v>
+        <v>3467</v>
       </c>
       <c r="C375" t="s">
-        <v>3454</v>
+        <v>3468</v>
       </c>
       <c r="D375" t="s">
-        <v>3455</v>
+        <v>3469</v>
       </c>
       <c r="E375" t="s">
-        <v>3456</v>
+        <v>3470</v>
       </c>
       <c r="F375" t="s">
-        <v>3457</v>
+        <v>3471</v>
       </c>
       <c r="G375" t="s">
-        <v>3458</v>
+        <v>3472</v>
       </c>
       <c r="H375" t="s">
-        <v>3459</v>
+        <v>3473</v>
       </c>
       <c r="I375" t="s">
-        <v>3460</v>
+        <v>3474</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>1016</v>
+        <v>170</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>1017</v>
+        <v>171</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3461</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>58218</v>
+        <v>8902</v>
       </c>
       <c r="B376" t="s">
-        <v>3462</v>
+        <v>3476</v>
       </c>
       <c r="C376" t="s">
-        <v>3463</v>
+        <v>3477</v>
       </c>
       <c r="D376" t="s">
-        <v>3464</v>
+        <v>3478</v>
       </c>
       <c r="E376" t="s">
-        <v>3465</v>
+        <v>3479</v>
       </c>
       <c r="F376" t="s">
-        <v>3466</v>
+        <v>3480</v>
       </c>
       <c r="G376" t="s">
-        <v>3467</v>
+        <v>3481</v>
       </c>
       <c r="H376" t="s">
-        <v>3468</v>
+        <v>3482</v>
       </c>
       <c r="I376" t="s">
-        <v>3469</v>
+        <v>3483</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
         <v>170</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
         <v>171</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3470</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>58223</v>
+        <v>8903</v>
       </c>
       <c r="B377" t="s">
-        <v>3471</v>
+        <v>3485</v>
       </c>
       <c r="C377" t="s">
-        <v>3472</v>
+        <v>3486</v>
       </c>
       <c r="D377" t="s">
-        <v>3473</v>
+        <v>3487</v>
       </c>
       <c r="E377" t="s">
-        <v>3474</v>
+        <v>3488</v>
       </c>
       <c r="F377" t="s">
-        <v>3475</v>
+        <v>3489</v>
       </c>
       <c r="G377" t="s">
-        <v>3476</v>
+        <v>3490</v>
       </c>
       <c r="H377" t="s">
-        <v>3477</v>
+        <v>3491</v>
       </c>
       <c r="I377" t="s">
-        <v>3478</v>
+        <v>3492</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
         <v>170</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
         <v>171</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3479</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>58259</v>
+        <v>8904</v>
       </c>
       <c r="B378" t="s">
-        <v>3480</v>
+        <v>3494</v>
       </c>
       <c r="C378" t="s">
-        <v>3481</v>
+        <v>3495</v>
       </c>
       <c r="D378" t="s">
-        <v>3482</v>
+        <v>3496</v>
       </c>
       <c r="E378" t="s">
-        <v>3483</v>
+        <v>3497</v>
       </c>
       <c r="F378" t="s">
-        <v>3484</v>
+        <v>3498</v>
       </c>
       <c r="G378" t="s">
-        <v>3485</v>
+        <v>3499</v>
       </c>
       <c r="H378" t="s">
-        <v>3486</v>
+        <v>3500</v>
       </c>
       <c r="I378" t="s">
-        <v>3487</v>
+        <v>3501</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>3488</v>
+        <v>170</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
+      <c r="M378" t="s">
+        <v>171</v>
+      </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3489</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>64637</v>
+        <v>8914</v>
       </c>
       <c r="B379" t="s">
-        <v>3490</v>
+        <v>3503</v>
       </c>
       <c r="C379" t="s">
-        <v>3491</v>
+        <v>3504</v>
       </c>
       <c r="D379" t="s">
-        <v>3492</v>
+        <v>3505</v>
       </c>
       <c r="E379" t="s">
-        <v>3493</v>
+        <v>3506</v>
       </c>
       <c r="F379" t="s">
-        <v>3494</v>
+        <v>3507</v>
       </c>
       <c r="G379" t="s">
-        <v>3495</v>
+        <v>3508</v>
       </c>
       <c r="H379" t="s">
-        <v>3496</v>
+        <v>3509</v>
       </c>
       <c r="I379" t="s">
-        <v>3497</v>
+        <v>3510</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3498</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>64643</v>
+        <v>8918</v>
       </c>
       <c r="B380" t="s">
-        <v>3499</v>
+        <v>3512</v>
       </c>
       <c r="C380" t="s">
-        <v>3500</v>
+        <v>3513</v>
       </c>
       <c r="D380" t="s">
-        <v>3501</v>
+        <v>3514</v>
       </c>
       <c r="E380" t="s">
-        <v>3502</v>
+        <v>3515</v>
       </c>
       <c r="F380" t="s">
-        <v>3503</v>
+        <v>3516</v>
       </c>
       <c r="G380" t="s">
-        <v>3504</v>
+        <v>3517</v>
       </c>
       <c r="H380" t="s">
-        <v>3505</v>
+        <v>3518</v>
       </c>
       <c r="I380" t="s">
-        <v>3506</v>
+        <v>3519</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3507</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>64689</v>
+        <v>8945</v>
       </c>
       <c r="B381" t="s">
-        <v>3508</v>
+        <v>3521</v>
       </c>
       <c r="C381" t="s">
-        <v>3509</v>
+        <v>3522</v>
       </c>
       <c r="D381" t="s">
-        <v>3510</v>
+        <v>3523</v>
       </c>
       <c r="E381" t="s">
-        <v>3511</v>
+        <v>3524</v>
       </c>
       <c r="F381" t="s">
-        <v>3512</v>
+        <v>3525</v>
       </c>
       <c r="G381" t="s">
-        <v>3513</v>
+        <v>3526</v>
       </c>
       <c r="H381" t="s">
-        <v>3514</v>
+        <v>3527</v>
       </c>
       <c r="I381" t="s">
-        <v>3515</v>
+        <v>3528</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3516</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>65000</v>
+        <v>8950</v>
       </c>
       <c r="B382" t="s">
-        <v>3517</v>
+        <v>3530</v>
       </c>
       <c r="C382" t="s">
-        <v>3518</v>
+        <v>3531</v>
       </c>
       <c r="D382" t="s">
-        <v>3519</v>
+        <v>3532</v>
       </c>
       <c r="E382" t="s">
-        <v>3520</v>
+        <v>3533</v>
       </c>
       <c r="F382" t="s">
-        <v>3521</v>
+        <v>3534</v>
       </c>
       <c r="G382" t="s">
-        <v>3522</v>
+        <v>3535</v>
       </c>
       <c r="H382" t="s">
-        <v>3523</v>
+        <v>3536</v>
       </c>
       <c r="I382" t="s">
-        <v>3524</v>
+        <v>3537</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
         <v>25</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
         <v>27</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3525</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>65001</v>
+        <v>8951</v>
       </c>
       <c r="B383" t="s">
-        <v>3526</v>
+        <v>3539</v>
       </c>
       <c r="C383" t="s">
-        <v>3527</v>
+        <v>3540</v>
       </c>
       <c r="D383" t="s">
-        <v>3528</v>
+        <v>3541</v>
       </c>
       <c r="E383" t="s">
-        <v>3529</v>
+        <v>3542</v>
       </c>
       <c r="F383" t="s">
-        <v>3530</v>
+        <v>3543</v>
       </c>
       <c r="G383" t="s">
-        <v>3531</v>
+        <v>3544</v>
       </c>
       <c r="H383" t="s">
-        <v>3532</v>
+        <v>3545</v>
       </c>
       <c r="I383" t="s">
-        <v>3533</v>
+        <v>3546</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
         <v>170</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
         <v>171</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3534</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>65002</v>
+        <v>8959</v>
       </c>
       <c r="B384" t="s">
-        <v>3535</v>
+        <v>3548</v>
       </c>
       <c r="C384" t="s">
-        <v>3536</v>
+        <v>3549</v>
       </c>
       <c r="D384" t="s">
-        <v>3537</v>
+        <v>3550</v>
       </c>
       <c r="E384" t="s">
-        <v>3538</v>
+        <v>3551</v>
       </c>
       <c r="F384" t="s">
-        <v>3539</v>
+        <v>3552</v>
       </c>
       <c r="G384" t="s">
-        <v>3540</v>
+        <v>3553</v>
       </c>
       <c r="H384" t="s">
-        <v>3541</v>
+        <v>3554</v>
       </c>
       <c r="I384" t="s">
-        <v>3542</v>
+        <v>3555</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3543</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>65003</v>
+        <v>10014</v>
       </c>
       <c r="B385" t="s">
-        <v>3544</v>
+        <v>3557</v>
       </c>
       <c r="C385" t="s">
-        <v>3545</v>
+        <v>3558</v>
       </c>
       <c r="D385" t="s">
-        <v>3546</v>
+        <v>3559</v>
       </c>
       <c r="E385" t="s">
-        <v>3547</v>
+        <v>3560</v>
       </c>
       <c r="F385" t="s">
-        <v>3548</v>
+        <v>3561</v>
       </c>
       <c r="G385" t="s">
-        <v>3549</v>
+        <v>3562</v>
       </c>
       <c r="H385" t="s">
-        <v>3550</v>
+        <v>3563</v>
       </c>
       <c r="I385" t="s">
-        <v>3551</v>
+        <v>3564</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>170</v>
+        <v>3565</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>171</v>
+        <v>3566</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3552</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65004</v>
+        <v>10015</v>
       </c>
       <c r="B386" t="s">
-        <v>3553</v>
+        <v>3568</v>
       </c>
       <c r="C386" t="s">
-        <v>3554</v>
+        <v>3569</v>
       </c>
       <c r="D386" t="s">
-        <v>3555</v>
+        <v>3570</v>
       </c>
       <c r="E386" t="s">
-        <v>3556</v>
+        <v>3571</v>
       </c>
       <c r="F386" t="s">
-        <v>3557</v>
+        <v>3572</v>
       </c>
       <c r="G386" t="s">
-        <v>3558</v>
+        <v>3573</v>
       </c>
       <c r="H386" t="s">
-        <v>3559</v>
+        <v>3574</v>
       </c>
       <c r="I386" t="s">
-        <v>3560</v>
+        <v>3575</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
         <v>170</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
         <v>171</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3561</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65005</v>
+        <v>10036</v>
       </c>
       <c r="B387" t="s">
-        <v>3562</v>
+        <v>3577</v>
       </c>
       <c r="C387" t="s">
-        <v>3563</v>
+        <v>3578</v>
       </c>
       <c r="D387" t="s">
-        <v>3564</v>
+        <v>3579</v>
       </c>
       <c r="E387" t="s">
-        <v>3565</v>
+        <v>3580</v>
       </c>
       <c r="F387" t="s">
-        <v>3566</v>
+        <v>3581</v>
       </c>
       <c r="G387" t="s">
-        <v>3567</v>
+        <v>3582</v>
       </c>
       <c r="H387" t="s">
-        <v>3568</v>
+        <v>3583</v>
       </c>
       <c r="I387" t="s">
-        <v>3569</v>
+        <v>3584</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>3570</v>
+        <v>25</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>3571</v>
+        <v>27</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3572</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65006</v>
+        <v>10046</v>
       </c>
       <c r="B388" t="s">
-        <v>3573</v>
+        <v>3586</v>
       </c>
       <c r="C388" t="s">
-        <v>3574</v>
+        <v>3587</v>
       </c>
       <c r="D388" t="s">
-        <v>3575</v>
+        <v>3588</v>
       </c>
       <c r="E388" t="s">
-        <v>3576</v>
+        <v>3589</v>
       </c>
       <c r="F388" t="s">
-        <v>3577</v>
+        <v>3590</v>
       </c>
       <c r="G388" t="s">
-        <v>3578</v>
+        <v>3591</v>
       </c>
       <c r="H388" t="s">
-        <v>3579</v>
+        <v>3592</v>
       </c>
       <c r="I388" t="s">
-        <v>3580</v>
+        <v>3593</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>3581</v>
+        <v>274</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>3582</v>
+        <v>276</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3583</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65007</v>
+        <v>10098</v>
       </c>
       <c r="B389" t="s">
-        <v>3584</v>
+        <v>3595</v>
       </c>
       <c r="C389" t="s">
-        <v>3585</v>
+        <v>3596</v>
       </c>
       <c r="D389" t="s">
-        <v>3586</v>
+        <v>3597</v>
       </c>
       <c r="E389" t="s">
-        <v>3587</v>
+        <v>3598</v>
       </c>
       <c r="F389" t="s">
-        <v>3588</v>
+        <v>3599</v>
       </c>
       <c r="G389" t="s">
-        <v>3589</v>
+        <v>3600</v>
       </c>
       <c r="H389" t="s">
-        <v>3590</v>
+        <v>3601</v>
       </c>
       <c r="I389" t="s">
-        <v>3591</v>
+        <v>3602</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
         <v>25</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
         <v>27</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3592</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65008</v>
+        <v>10101</v>
       </c>
       <c r="B390" t="s">
-        <v>3593</v>
+        <v>3604</v>
       </c>
       <c r="C390" t="s">
-        <v>3594</v>
+        <v>3605</v>
       </c>
       <c r="D390" t="s">
-        <v>3595</v>
+        <v>3606</v>
       </c>
       <c r="E390" t="s">
-        <v>3596</v>
+        <v>3607</v>
       </c>
       <c r="F390" t="s">
-        <v>3597</v>
+        <v>3608</v>
       </c>
       <c r="G390" t="s">
-        <v>3598</v>
+        <v>3609</v>
       </c>
       <c r="H390" t="s">
-        <v>3599</v>
+        <v>3610</v>
       </c>
       <c r="I390" t="s">
-        <v>3600</v>
+        <v>3611</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3601</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65009</v>
+        <v>10412</v>
       </c>
       <c r="B391" t="s">
-        <v>3602</v>
+        <v>3613</v>
       </c>
       <c r="C391" t="s">
-        <v>3603</v>
+        <v>3614</v>
       </c>
       <c r="D391" t="s">
-        <v>3604</v>
+        <v>3615</v>
       </c>
       <c r="E391" t="s">
-        <v>3605</v>
+        <v>3616</v>
       </c>
       <c r="F391" t="s">
-        <v>3606</v>
+        <v>3617</v>
       </c>
       <c r="G391" t="s">
-        <v>3607</v>
+        <v>3618</v>
       </c>
       <c r="H391" t="s">
-        <v>3608</v>
+        <v>3619</v>
       </c>
       <c r="I391" t="s">
-        <v>3609</v>
+        <v>3620</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3610</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65010</v>
+        <v>10603</v>
       </c>
       <c r="B392" t="s">
-        <v>3611</v>
+        <v>3622</v>
       </c>
       <c r="C392" t="s">
-        <v>3612</v>
+        <v>3623</v>
       </c>
       <c r="D392" t="s">
-        <v>3613</v>
+        <v>3624</v>
       </c>
       <c r="E392" t="s">
-        <v>3614</v>
+        <v>3625</v>
       </c>
       <c r="F392" t="s">
-        <v>3615</v>
+        <v>3626</v>
       </c>
       <c r="G392" t="s">
-        <v>3616</v>
+        <v>3627</v>
       </c>
       <c r="H392" t="s">
-        <v>3617</v>
+        <v>3628</v>
       </c>
       <c r="I392" t="s">
-        <v>3618</v>
+        <v>3629</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
         <v>25</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
         <v>27</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3619</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65011</v>
+        <v>10647</v>
       </c>
       <c r="B393" t="s">
-        <v>3620</v>
+        <v>3631</v>
       </c>
       <c r="C393" t="s">
-        <v>3621</v>
+        <v>3632</v>
       </c>
       <c r="D393" t="s">
-        <v>3622</v>
+        <v>3633</v>
       </c>
       <c r="E393" t="s">
-        <v>3623</v>
+        <v>3634</v>
       </c>
       <c r="F393" t="s">
-        <v>3624</v>
+        <v>3635</v>
       </c>
       <c r="G393" t="s">
-        <v>3625</v>
+        <v>3636</v>
       </c>
       <c r="H393" t="s">
-        <v>3626</v>
+        <v>3637</v>
       </c>
       <c r="I393" t="s">
-        <v>3627</v>
+        <v>3638</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
         <v>170</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
         <v>171</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3628</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65012</v>
+        <v>10887</v>
       </c>
       <c r="B394" t="s">
-        <v>3629</v>
+        <v>3640</v>
       </c>
       <c r="C394" t="s">
-        <v>3630</v>
+        <v>3641</v>
       </c>
       <c r="D394" t="s">
-        <v>3631</v>
+        <v>3642</v>
       </c>
       <c r="E394" t="s">
-        <v>3632</v>
+        <v>3643</v>
       </c>
       <c r="F394" t="s">
-        <v>3633</v>
+        <v>3644</v>
       </c>
       <c r="G394" t="s">
-        <v>3634</v>
+        <v>3645</v>
       </c>
       <c r="H394" t="s">
-        <v>3635</v>
+        <v>3646</v>
       </c>
       <c r="I394" t="s">
-        <v>3636</v>
+        <v>3647</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>3637</v>
+        <v>25</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>3638</v>
+        <v>27</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3639</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65013</v>
+        <v>10925</v>
       </c>
       <c r="B395" t="s">
-        <v>3640</v>
+        <v>3649</v>
       </c>
       <c r="C395" t="s">
-        <v>3641</v>
+        <v>3650</v>
       </c>
       <c r="D395" t="s">
-        <v>3642</v>
+        <v>3651</v>
       </c>
       <c r="E395" t="s">
-        <v>3643</v>
+        <v>3652</v>
       </c>
       <c r="F395" t="s">
-        <v>3644</v>
+        <v>3653</v>
       </c>
       <c r="G395" t="s">
-        <v>3645</v>
+        <v>3654</v>
       </c>
       <c r="H395" t="s">
-        <v>3646</v>
+        <v>3655</v>
       </c>
       <c r="I395" t="s">
-        <v>3647</v>
+        <v>3656</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
         <v>25</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
         <v>27</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3648</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65014</v>
+        <v>10930</v>
       </c>
       <c r="B396" t="s">
-        <v>3649</v>
+        <v>3658</v>
       </c>
       <c r="C396" t="s">
-        <v>3650</v>
+        <v>3659</v>
       </c>
       <c r="D396" t="s">
-        <v>3651</v>
+        <v>3660</v>
       </c>
       <c r="E396" t="s">
-        <v>3652</v>
+        <v>3661</v>
       </c>
       <c r="F396" t="s">
-        <v>3653</v>
+        <v>3662</v>
       </c>
       <c r="G396" t="s">
-        <v>3654</v>
+        <v>3663</v>
       </c>
       <c r="H396" t="s">
-        <v>3655</v>
+        <v>3664</v>
       </c>
       <c r="I396" t="s">
-        <v>3656</v>
+        <v>3665</v>
       </c>
       <c r="J396" t="s">
-        <v>440</v>
+        <v>1477</v>
       </c>
       <c r="K396" t="s">
-        <v>671</v>
+        <v>274</v>
       </c>
       <c r="L396" t="s">
-        <v>442</v>
+        <v>1479</v>
       </c>
       <c r="M396" t="s">
-        <v>672</v>
+        <v>276</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3657</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65015</v>
+        <v>10947</v>
       </c>
       <c r="B397" t="s">
-        <v>3658</v>
+        <v>3667</v>
       </c>
       <c r="C397" t="s">
-        <v>3659</v>
+        <v>3668</v>
       </c>
       <c r="D397" t="s">
-        <v>3660</v>
+        <v>3669</v>
       </c>
       <c r="E397" t="s">
-        <v>3661</v>
+        <v>3670</v>
       </c>
       <c r="F397" t="s">
-        <v>3662</v>
+        <v>3671</v>
       </c>
       <c r="G397" t="s">
-        <v>3663</v>
+        <v>3672</v>
       </c>
       <c r="H397" t="s">
-        <v>3664</v>
+        <v>3673</v>
       </c>
       <c r="I397" t="s">
-        <v>3665</v>
+        <v>3674</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
         <v>170</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
         <v>171</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3666</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65016</v>
+        <v>10948</v>
       </c>
       <c r="B398" t="s">
-        <v>3667</v>
+        <v>3676</v>
       </c>
       <c r="C398" t="s">
-        <v>3668</v>
+        <v>3677</v>
       </c>
       <c r="D398" t="s">
-        <v>3669</v>
+        <v>3678</v>
       </c>
       <c r="E398" t="s">
-        <v>3670</v>
+        <v>3679</v>
       </c>
       <c r="F398" t="s">
-        <v>3671</v>
+        <v>3680</v>
       </c>
       <c r="G398" t="s">
-        <v>3672</v>
+        <v>3681</v>
       </c>
       <c r="H398" t="s">
-        <v>3673</v>
+        <v>3682</v>
       </c>
       <c r="I398" t="s">
-        <v>3674</v>
+        <v>3683</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3675</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65017</v>
+        <v>10950</v>
       </c>
       <c r="B399" t="s">
-        <v>3676</v>
+        <v>3685</v>
       </c>
       <c r="C399" t="s">
-        <v>3677</v>
+        <v>3686</v>
       </c>
       <c r="D399" t="s">
-        <v>3678</v>
+        <v>3687</v>
       </c>
       <c r="E399" t="s">
-        <v>3679</v>
+        <v>3688</v>
       </c>
       <c r="F399" t="s">
-        <v>3680</v>
+        <v>3689</v>
       </c>
       <c r="G399" t="s">
-        <v>3681</v>
+        <v>3690</v>
       </c>
       <c r="H399" t="s">
-        <v>3682</v>
+        <v>3691</v>
       </c>
       <c r="I399" t="s">
-        <v>3683</v>
+        <v>3692</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>3684</v>
+        <v>3693</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>3685</v>
+        <v>3694</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3686</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65018</v>
+        <v>10951</v>
       </c>
       <c r="B400" t="s">
-        <v>3687</v>
+        <v>3696</v>
       </c>
       <c r="C400" t="s">
-        <v>3688</v>
+        <v>3697</v>
       </c>
       <c r="D400" t="s">
-        <v>3689</v>
+        <v>3698</v>
       </c>
       <c r="E400" t="s">
-        <v>3690</v>
+        <v>3699</v>
       </c>
       <c r="F400" t="s">
-        <v>3691</v>
+        <v>3700</v>
       </c>
       <c r="G400" t="s">
-        <v>3692</v>
+        <v>3701</v>
       </c>
       <c r="H400" t="s">
-        <v>3693</v>
+        <v>3702</v>
       </c>
       <c r="I400" t="s">
-        <v>3694</v>
+        <v>3703</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>3695</v>
+        <v>47</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>3696</v>
+        <v>48</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3697</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65019</v>
+        <v>11000</v>
       </c>
       <c r="B401" t="s">
-        <v>3698</v>
+        <v>3705</v>
       </c>
       <c r="C401" t="s">
-        <v>3699</v>
+        <v>3706</v>
       </c>
       <c r="D401" t="s">
-        <v>3700</v>
+        <v>3707</v>
       </c>
       <c r="E401" t="s">
-        <v>3701</v>
+        <v>3708</v>
       </c>
       <c r="F401" t="s">
-        <v>3702</v>
+        <v>3709</v>
       </c>
       <c r="G401" t="s">
-        <v>3703</v>
+        <v>3710</v>
       </c>
       <c r="H401" t="s">
-        <v>3704</v>
+        <v>3711</v>
       </c>
       <c r="I401" t="s">
-        <v>3705</v>
+        <v>3712</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3706</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65020</v>
+        <v>11220</v>
       </c>
       <c r="B402" t="s">
-        <v>3707</v>
+        <v>3714</v>
       </c>
       <c r="C402" t="s">
-        <v>3708</v>
+        <v>3715</v>
       </c>
       <c r="D402" t="s">
-        <v>3709</v>
+        <v>3716</v>
       </c>
       <c r="E402" t="s">
-        <v>3710</v>
+        <v>3717</v>
       </c>
       <c r="F402" t="s">
-        <v>3711</v>
+        <v>3718</v>
       </c>
       <c r="G402" t="s">
-        <v>3712</v>
+        <v>3719</v>
       </c>
       <c r="H402" t="s">
-        <v>3713</v>
+        <v>3720</v>
       </c>
       <c r="I402" t="s">
-        <v>3714</v>
+        <v>3721</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>3715</v>
+        <v>690</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>3716</v>
+        <v>691</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3717</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65021</v>
+        <v>11231</v>
       </c>
       <c r="B403" t="s">
-        <v>3718</v>
+        <v>3723</v>
       </c>
       <c r="C403" t="s">
-        <v>3719</v>
+        <v>3724</v>
       </c>
       <c r="D403" t="s">
-        <v>3720</v>
+        <v>3725</v>
       </c>
       <c r="E403" t="s">
-        <v>3721</v>
+        <v>3726</v>
       </c>
       <c r="F403" t="s">
-        <v>3722</v>
+        <v>3727</v>
       </c>
       <c r="G403" t="s">
-        <v>3723</v>
+        <v>3728</v>
       </c>
       <c r="H403" t="s">
-        <v>3724</v>
+        <v>3729</v>
       </c>
       <c r="I403" t="s">
-        <v>3725</v>
+        <v>3730</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3726</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65022</v>
+        <v>11287</v>
       </c>
       <c r="B404" t="s">
-        <v>3727</v>
+        <v>3732</v>
       </c>
       <c r="C404" t="s">
-        <v>3728</v>
+        <v>3733</v>
       </c>
       <c r="D404" t="s">
-        <v>3729</v>
+        <v>3734</v>
       </c>
       <c r="E404" t="s">
-        <v>3730</v>
+        <v>3735</v>
       </c>
       <c r="F404" t="s">
-        <v>3731</v>
+        <v>3736</v>
       </c>
       <c r="G404" t="s">
-        <v>3732</v>
+        <v>3737</v>
       </c>
       <c r="H404" t="s">
-        <v>3733</v>
+        <v>3738</v>
       </c>
       <c r="I404" t="s">
-        <v>3734</v>
+        <v>3739</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3735</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65023</v>
+        <v>11299</v>
       </c>
       <c r="B405" t="s">
-        <v>3736</v>
+        <v>3741</v>
       </c>
       <c r="C405" t="s">
-        <v>3737</v>
+        <v>3742</v>
       </c>
       <c r="D405" t="s">
-        <v>3738</v>
+        <v>3743</v>
       </c>
       <c r="E405" t="s">
-        <v>3739</v>
+        <v>3744</v>
       </c>
       <c r="F405" t="s">
-        <v>3740</v>
+        <v>3745</v>
       </c>
       <c r="G405" t="s">
-        <v>3741</v>
+        <v>3746</v>
       </c>
       <c r="H405" t="s">
-        <v>3742</v>
+        <v>3747</v>
       </c>
       <c r="I405" t="s">
-        <v>3743</v>
+        <v>3748</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3744</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65025</v>
+        <v>11306</v>
       </c>
       <c r="B406" t="s">
-        <v>3745</v>
+        <v>3750</v>
       </c>
       <c r="C406" t="s">
-        <v>3746</v>
+        <v>3751</v>
       </c>
       <c r="D406" t="s">
-        <v>3747</v>
+        <v>3752</v>
       </c>
       <c r="E406" t="s">
-        <v>3748</v>
+        <v>3753</v>
       </c>
       <c r="F406" t="s">
-        <v>3749</v>
+        <v>3754</v>
       </c>
       <c r="G406" t="s">
-        <v>3750</v>
+        <v>3755</v>
       </c>
       <c r="H406" t="s">
-        <v>3751</v>
+        <v>3756</v>
       </c>
       <c r="I406" t="s">
-        <v>3752</v>
+        <v>3757</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>25</v>
+        <v>1136</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>27</v>
+        <v>1137</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3753</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65026</v>
+        <v>58060</v>
       </c>
       <c r="B407" t="s">
-        <v>3754</v>
+        <v>3759</v>
       </c>
       <c r="C407" t="s">
-        <v>3755</v>
+        <v>3760</v>
       </c>
       <c r="D407" t="s">
-        <v>3756</v>
+        <v>3761</v>
       </c>
       <c r="E407" t="s">
-        <v>3757</v>
+        <v>3762</v>
       </c>
       <c r="F407" t="s">
-        <v>3758</v>
+        <v>3763</v>
       </c>
       <c r="G407" t="s">
-        <v>3759</v>
+        <v>3764</v>
       </c>
       <c r="H407" t="s">
-        <v>3760</v>
+        <v>3765</v>
       </c>
       <c r="I407" t="s">
-        <v>3761</v>
+        <v>3766</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
-        <v>25</v>
+        <v>3392</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
-        <v>27</v>
+        <v>3393</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3762</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65027</v>
+        <v>58066</v>
       </c>
       <c r="B408" t="s">
-        <v>3763</v>
+        <v>3768</v>
       </c>
       <c r="C408" t="s">
-        <v>3764</v>
+        <v>3769</v>
       </c>
       <c r="D408" t="s">
-        <v>3765</v>
+        <v>3770</v>
       </c>
       <c r="E408" t="s">
-        <v>3766</v>
+        <v>3771</v>
       </c>
       <c r="F408" t="s">
-        <v>3767</v>
+        <v>3772</v>
       </c>
       <c r="G408" t="s">
-        <v>3768</v>
+        <v>3773</v>
       </c>
       <c r="H408" t="s">
-        <v>3769</v>
+        <v>3774</v>
       </c>
       <c r="I408" t="s">
-        <v>3770</v>
+        <v>3775</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>671</v>
+        <v>274</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>672</v>
+        <v>276</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3771</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65028</v>
+        <v>58120</v>
       </c>
       <c r="B409" t="s">
-        <v>3772</v>
+        <v>3777</v>
       </c>
       <c r="C409" t="s">
-        <v>3773</v>
+        <v>3778</v>
       </c>
       <c r="D409" t="s">
-        <v>3774</v>
+        <v>3779</v>
       </c>
       <c r="E409" t="s">
-        <v>3775</v>
+        <v>3780</v>
       </c>
       <c r="F409" t="s">
-        <v>3776</v>
+        <v>3781</v>
       </c>
       <c r="G409" t="s">
-        <v>3777</v>
+        <v>3782</v>
       </c>
       <c r="H409" t="s">
-        <v>3778</v>
+        <v>3783</v>
       </c>
       <c r="I409" t="s">
-        <v>3779</v>
+        <v>3784</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
         <v>25</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
         <v>27</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3780</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65030</v>
+        <v>58122</v>
       </c>
       <c r="B410" t="s">
-        <v>3781</v>
+        <v>3786</v>
       </c>
       <c r="C410" t="s">
-        <v>3782</v>
+        <v>3787</v>
       </c>
       <c r="D410" t="s">
-        <v>3783</v>
+        <v>3788</v>
       </c>
       <c r="E410" t="s">
-        <v>3784</v>
+        <v>3789</v>
       </c>
       <c r="F410" t="s">
-        <v>3785</v>
+        <v>3790</v>
       </c>
       <c r="G410" t="s">
-        <v>3786</v>
+        <v>3791</v>
       </c>
       <c r="H410" t="s">
-        <v>3787</v>
+        <v>3792</v>
       </c>
       <c r="I410" t="s">
-        <v>3788</v>
+        <v>3793</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3789</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65031</v>
+        <v>58144</v>
       </c>
       <c r="B411" t="s">
-        <v>3790</v>
+        <v>3795</v>
       </c>
       <c r="C411" t="s">
-        <v>3791</v>
+        <v>3796</v>
       </c>
       <c r="D411" t="s">
-        <v>3792</v>
+        <v>3797</v>
       </c>
       <c r="E411" t="s">
-        <v>3793</v>
+        <v>3798</v>
       </c>
       <c r="F411" t="s">
-        <v>3794</v>
+        <v>3799</v>
       </c>
       <c r="G411" t="s">
-        <v>3795</v>
+        <v>3800</v>
       </c>
       <c r="H411" t="s">
-        <v>3796</v>
+        <v>3801</v>
       </c>
       <c r="I411" t="s">
-        <v>3797</v>
+        <v>3802</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
         <v>25</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
         <v>27</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3798</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65032</v>
+        <v>58148</v>
       </c>
       <c r="B412" t="s">
-        <v>3799</v>
+        <v>3804</v>
       </c>
       <c r="C412" t="s">
-        <v>3800</v>
+        <v>3805</v>
       </c>
       <c r="D412" t="s">
-        <v>3801</v>
+        <v>3806</v>
       </c>
       <c r="E412" t="s">
-        <v>3802</v>
+        <v>3807</v>
       </c>
       <c r="F412" t="s">
-        <v>3803</v>
+        <v>3808</v>
       </c>
       <c r="G412" t="s">
-        <v>3804</v>
+        <v>3809</v>
       </c>
       <c r="H412" t="s">
-        <v>3805</v>
+        <v>3810</v>
       </c>
       <c r="I412" t="s">
-        <v>3806</v>
+        <v>3811</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>170</v>
+        <v>1071</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>171</v>
+        <v>1072</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3807</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65033</v>
+        <v>58218</v>
       </c>
       <c r="B413" t="s">
-        <v>3808</v>
+        <v>3813</v>
       </c>
       <c r="C413" t="s">
-        <v>3809</v>
+        <v>3814</v>
       </c>
       <c r="D413" t="s">
-        <v>3810</v>
+        <v>3815</v>
       </c>
       <c r="E413" t="s">
-        <v>3811</v>
+        <v>3816</v>
       </c>
       <c r="F413" t="s">
-        <v>3812</v>
+        <v>3817</v>
       </c>
       <c r="G413" t="s">
-        <v>3813</v>
+        <v>3818</v>
       </c>
       <c r="H413" t="s">
-        <v>3814</v>
+        <v>3819</v>
       </c>
       <c r="I413" t="s">
-        <v>3815</v>
+        <v>3820</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>3816</v>
+        <v>170</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>3817</v>
+        <v>171</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3818</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65034</v>
+        <v>58223</v>
       </c>
       <c r="B414" t="s">
-        <v>3819</v>
+        <v>3822</v>
       </c>
       <c r="C414" t="s">
-        <v>3820</v>
+        <v>3823</v>
       </c>
       <c r="D414" t="s">
-        <v>3821</v>
+        <v>3824</v>
       </c>
       <c r="E414" t="s">
-        <v>3822</v>
+        <v>3825</v>
       </c>
       <c r="F414" t="s">
-        <v>3823</v>
+        <v>3826</v>
       </c>
       <c r="G414" t="s">
-        <v>3824</v>
+        <v>3827</v>
       </c>
       <c r="H414" t="s">
-        <v>3825</v>
+        <v>3828</v>
       </c>
       <c r="I414" t="s">
-        <v>3826</v>
+        <v>3829</v>
       </c>
       <c r="J414" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K414" t="s">
-        <v>570</v>
+        <v>170</v>
       </c>
       <c r="L414" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M414" t="s">
-        <v>571</v>
+        <v>171</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3827</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65035</v>
+        <v>58240</v>
       </c>
       <c r="B415" t="s">
-        <v>3828</v>
+        <v>3831</v>
       </c>
       <c r="C415" t="s">
-        <v>3829</v>
+        <v>3832</v>
       </c>
       <c r="D415" t="s">
-        <v>3830</v>
+        <v>3833</v>
       </c>
       <c r="E415" t="s">
-        <v>3831</v>
+        <v>3834</v>
       </c>
       <c r="F415" t="s">
-        <v>3832</v>
+        <v>3835</v>
       </c>
       <c r="G415" t="s">
-        <v>3833</v>
+        <v>3836</v>
       </c>
       <c r="H415" t="s">
-        <v>3834</v>
+        <v>3837</v>
       </c>
       <c r="I415" t="s">
-        <v>3835</v>
+        <v>3838</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
-        <v>25</v>
+        <v>3839</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
-        <v>27</v>
+        <v>3840</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3836</v>
+        <v>3841</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65036</v>
+        <v>58259</v>
       </c>
       <c r="B416" t="s">
-        <v>3837</v>
+        <v>3842</v>
       </c>
       <c r="C416" t="s">
-        <v>3838</v>
+        <v>3843</v>
       </c>
       <c r="D416" t="s">
-        <v>3839</v>
+        <v>3844</v>
       </c>
       <c r="E416" t="s">
-        <v>3840</v>
+        <v>3845</v>
       </c>
       <c r="F416" t="s">
-        <v>3841</v>
+        <v>3846</v>
       </c>
       <c r="G416" t="s">
-        <v>3842</v>
+        <v>3847</v>
       </c>
       <c r="H416" t="s">
-        <v>3843</v>
+        <v>3848</v>
       </c>
       <c r="I416" t="s">
-        <v>3844</v>
+        <v>3849</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>25</v>
+        <v>3850</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>27</v>
+        <v>3851</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3845</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65037</v>
+        <v>64637</v>
       </c>
       <c r="B417" t="s">
-        <v>3846</v>
+        <v>3853</v>
       </c>
       <c r="C417" t="s">
-        <v>3847</v>
+        <v>3854</v>
       </c>
       <c r="D417" t="s">
-        <v>3848</v>
+        <v>3855</v>
       </c>
       <c r="E417" t="s">
-        <v>3849</v>
+        <v>3856</v>
       </c>
       <c r="F417" t="s">
-        <v>3850</v>
+        <v>3857</v>
       </c>
       <c r="G417" t="s">
-        <v>3851</v>
+        <v>3858</v>
       </c>
       <c r="H417" t="s">
-        <v>3852</v>
+        <v>3859</v>
       </c>
       <c r="I417" t="s">
-        <v>3853</v>
+        <v>3860</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
       <c r="M417" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3854</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65038</v>
+        <v>64643</v>
       </c>
       <c r="B418" t="s">
-        <v>3855</v>
+        <v>3862</v>
       </c>
       <c r="C418" t="s">
-        <v>3856</v>
+        <v>3863</v>
       </c>
       <c r="D418" t="s">
-        <v>3857</v>
+        <v>3864</v>
       </c>
       <c r="E418" t="s">
-        <v>3858</v>
+        <v>3865</v>
       </c>
       <c r="F418" t="s">
-        <v>3859</v>
+        <v>3866</v>
       </c>
       <c r="G418" t="s">
-        <v>3860</v>
+        <v>3867</v>
       </c>
       <c r="H418" t="s">
-        <v>3861</v>
+        <v>3868</v>
       </c>
       <c r="I418" t="s">
-        <v>3862</v>
+        <v>3869</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
         <v>170</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
         <v>171</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3863</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65039</v>
+        <v>64689</v>
       </c>
       <c r="B419" t="s">
-        <v>3864</v>
+        <v>3871</v>
       </c>
       <c r="C419" t="s">
-        <v>3865</v>
+        <v>3872</v>
       </c>
       <c r="D419" t="s">
-        <v>3866</v>
+        <v>3873</v>
       </c>
       <c r="E419" t="s">
-        <v>3867</v>
+        <v>3874</v>
       </c>
       <c r="F419" t="s">
-        <v>3868</v>
+        <v>3875</v>
       </c>
       <c r="G419" t="s">
-        <v>3869</v>
+        <v>3876</v>
       </c>
       <c r="H419" t="s">
-        <v>3870</v>
+        <v>3877</v>
       </c>
       <c r="I419" t="s">
-        <v>3871</v>
+        <v>3878</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3872</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65040</v>
+        <v>65000</v>
       </c>
       <c r="B420" t="s">
-        <v>3873</v>
+        <v>3880</v>
       </c>
       <c r="C420" t="s">
-        <v>3874</v>
+        <v>3881</v>
       </c>
       <c r="D420" t="s">
-        <v>3875</v>
+        <v>3882</v>
       </c>
       <c r="E420" t="s">
-        <v>3876</v>
+        <v>3883</v>
       </c>
       <c r="F420" t="s">
-        <v>3877</v>
+        <v>3884</v>
       </c>
       <c r="G420" t="s">
-        <v>3878</v>
+        <v>3885</v>
       </c>
       <c r="H420" t="s">
-        <v>3879</v>
+        <v>3886</v>
       </c>
       <c r="I420" t="s">
-        <v>3880</v>
+        <v>3887</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
-        <v>1332</v>
+        <v>25</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
-        <v>1334</v>
+        <v>27</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3881</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65043</v>
+        <v>65001</v>
       </c>
       <c r="B421" t="s">
-        <v>3882</v>
+        <v>3889</v>
       </c>
       <c r="C421" t="s">
-        <v>3883</v>
+        <v>3890</v>
       </c>
       <c r="D421" t="s">
-        <v>3884</v>
+        <v>3891</v>
       </c>
       <c r="E421" t="s">
-        <v>3885</v>
+        <v>3892</v>
       </c>
       <c r="F421" t="s">
-        <v>3886</v>
+        <v>3893</v>
       </c>
       <c r="G421" t="s">
-        <v>3887</v>
+        <v>3894</v>
       </c>
       <c r="H421" t="s">
-        <v>3888</v>
+        <v>3895</v>
       </c>
       <c r="I421" t="s">
-        <v>3889</v>
+        <v>3896</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3890</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65044</v>
+        <v>65002</v>
       </c>
       <c r="B422" t="s">
-        <v>3891</v>
+        <v>3898</v>
       </c>
       <c r="C422" t="s">
-        <v>3892</v>
+        <v>3899</v>
       </c>
       <c r="D422" t="s">
-        <v>3893</v>
+        <v>3900</v>
       </c>
       <c r="E422" t="s">
-        <v>3894</v>
+        <v>3901</v>
       </c>
       <c r="F422" t="s">
-        <v>3895</v>
+        <v>3902</v>
       </c>
       <c r="G422" t="s">
-        <v>3896</v>
+        <v>3903</v>
       </c>
       <c r="H422" t="s">
-        <v>3897</v>
+        <v>3904</v>
       </c>
       <c r="I422" t="s">
-        <v>3898</v>
+        <v>3905</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
         <v>25</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
         <v>27</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3899</v>
+        <v>3906</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65045</v>
+        <v>65003</v>
       </c>
       <c r="B423" t="s">
-        <v>3900</v>
+        <v>3907</v>
       </c>
       <c r="C423" t="s">
-        <v>3901</v>
+        <v>3908</v>
       </c>
       <c r="D423" t="s">
-        <v>3902</v>
+        <v>3909</v>
       </c>
       <c r="E423" t="s">
-        <v>3903</v>
+        <v>3910</v>
       </c>
       <c r="F423" t="s">
-        <v>3904</v>
+        <v>3911</v>
       </c>
       <c r="G423" t="s">
-        <v>3905</v>
+        <v>3912</v>
       </c>
       <c r="H423" t="s">
-        <v>3906</v>
+        <v>3913</v>
       </c>
       <c r="I423" t="s">
-        <v>3907</v>
+        <v>3914</v>
       </c>
       <c r="J423" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>3908</v>
+        <v>170</v>
       </c>
       <c r="L423" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>3909</v>
+        <v>171</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3910</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65046</v>
+        <v>65004</v>
       </c>
       <c r="B424" t="s">
-        <v>3911</v>
+        <v>3916</v>
       </c>
       <c r="C424" t="s">
-        <v>3912</v>
+        <v>3917</v>
       </c>
       <c r="D424" t="s">
-        <v>3913</v>
+        <v>3918</v>
       </c>
       <c r="E424" t="s">
-        <v>3914</v>
+        <v>3919</v>
       </c>
       <c r="F424" t="s">
-        <v>3915</v>
+        <v>3920</v>
       </c>
       <c r="G424" t="s">
-        <v>3916</v>
+        <v>3921</v>
       </c>
       <c r="H424" t="s">
-        <v>3917</v>
+        <v>3922</v>
       </c>
       <c r="I424" t="s">
-        <v>3918</v>
+        <v>3923</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3919</v>
+        <v>3924</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65047</v>
+        <v>65005</v>
       </c>
       <c r="B425" t="s">
-        <v>3920</v>
+        <v>3925</v>
       </c>
       <c r="C425" t="s">
-        <v>3921</v>
+        <v>3926</v>
       </c>
       <c r="D425" t="s">
-        <v>3922</v>
+        <v>3927</v>
       </c>
       <c r="E425" t="s">
-        <v>3923</v>
+        <v>3928</v>
       </c>
       <c r="F425" t="s">
-        <v>3924</v>
+        <v>3929</v>
       </c>
       <c r="G425" t="s">
-        <v>3925</v>
+        <v>3930</v>
       </c>
       <c r="H425" t="s">
-        <v>3926</v>
+        <v>3931</v>
       </c>
       <c r="I425" t="s">
-        <v>3927</v>
+        <v>3932</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>3908</v>
+        <v>3933</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
-        <v>3909</v>
+        <v>3934</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3928</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65049</v>
+        <v>65006</v>
       </c>
       <c r="B426" t="s">
-        <v>3929</v>
+        <v>3936</v>
       </c>
       <c r="C426" t="s">
-        <v>3930</v>
+        <v>3937</v>
       </c>
       <c r="D426" t="s">
-        <v>3931</v>
+        <v>3938</v>
       </c>
       <c r="E426" t="s">
-        <v>3932</v>
+        <v>3939</v>
       </c>
       <c r="F426" t="s">
-        <v>3933</v>
+        <v>3940</v>
       </c>
       <c r="G426" t="s">
-        <v>3934</v>
+        <v>3941</v>
       </c>
       <c r="H426" t="s">
-        <v>3935</v>
+        <v>3942</v>
       </c>
       <c r="I426" t="s">
-        <v>3936</v>
+        <v>3943</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
-        <v>59</v>
+        <v>3944</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
-        <v>61</v>
+        <v>3945</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3937</v>
+        <v>3946</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65050</v>
+        <v>65007</v>
       </c>
       <c r="B427" t="s">
-        <v>3938</v>
+        <v>3947</v>
       </c>
       <c r="C427" t="s">
-        <v>3939</v>
+        <v>3948</v>
       </c>
       <c r="D427" t="s">
-        <v>3940</v>
+        <v>3949</v>
       </c>
       <c r="E427" t="s">
-        <v>3941</v>
+        <v>3950</v>
       </c>
       <c r="F427" t="s">
-        <v>3942</v>
+        <v>3951</v>
       </c>
       <c r="G427" t="s">
-        <v>3943</v>
+        <v>3952</v>
       </c>
       <c r="H427" t="s">
-        <v>3944</v>
+        <v>3953</v>
       </c>
       <c r="I427" t="s">
-        <v>3945</v>
+        <v>3954</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
         <v>25</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
         <v>27</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3946</v>
+        <v>3955</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65051</v>
+        <v>65008</v>
       </c>
       <c r="B428" t="s">
-        <v>3947</v>
+        <v>3956</v>
       </c>
       <c r="C428" t="s">
-        <v>3948</v>
+        <v>3957</v>
       </c>
       <c r="D428" t="s">
-        <v>3949</v>
+        <v>3958</v>
       </c>
       <c r="E428" t="s">
-        <v>3950</v>
+        <v>3959</v>
       </c>
       <c r="F428" t="s">
-        <v>3951</v>
+        <v>3960</v>
       </c>
       <c r="G428" t="s">
-        <v>3952</v>
+        <v>3961</v>
       </c>
       <c r="H428" t="s">
-        <v>3953</v>
+        <v>3962</v>
       </c>
       <c r="I428" t="s">
-        <v>3954</v>
+        <v>3963</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
-        <v>727</v>
+        <v>170</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
-        <v>728</v>
+        <v>171</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3955</v>
+        <v>3964</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65053</v>
+        <v>65009</v>
       </c>
       <c r="B429" t="s">
-        <v>3956</v>
+        <v>3965</v>
       </c>
       <c r="C429" t="s">
-        <v>3957</v>
+        <v>3966</v>
       </c>
       <c r="D429" t="s">
-        <v>3958</v>
+        <v>3967</v>
       </c>
       <c r="E429" t="s">
-        <v>3959</v>
+        <v>3968</v>
       </c>
       <c r="F429" t="s">
-        <v>3960</v>
+        <v>3969</v>
       </c>
       <c r="G429" t="s">
-        <v>3961</v>
+        <v>3970</v>
       </c>
       <c r="H429" t="s">
-        <v>3962</v>
+        <v>3971</v>
       </c>
       <c r="I429" t="s">
-        <v>3963</v>
+        <v>3972</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
         <v>170</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
         <v>171</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3964</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65054</v>
+        <v>65010</v>
       </c>
       <c r="B430" t="s">
-        <v>3965</v>
+        <v>3974</v>
       </c>
       <c r="C430" t="s">
-        <v>3966</v>
+        <v>3975</v>
       </c>
       <c r="D430" t="s">
-        <v>3967</v>
+        <v>3976</v>
       </c>
       <c r="E430" t="s">
-        <v>3968</v>
+        <v>3977</v>
       </c>
       <c r="F430" t="s">
-        <v>3969</v>
+        <v>3978</v>
       </c>
       <c r="G430" t="s">
-        <v>3970</v>
+        <v>3979</v>
       </c>
       <c r="H430" t="s">
-        <v>3971</v>
+        <v>3980</v>
       </c>
       <c r="I430" t="s">
-        <v>3972</v>
+        <v>3981</v>
       </c>
       <c r="J430" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>3973</v>
+        <v>25</v>
       </c>
       <c r="L430" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>3974</v>
+        <v>27</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3975</v>
+        <v>3982</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65055</v>
+        <v>65011</v>
       </c>
       <c r="B431" t="s">
-        <v>3976</v>
+        <v>3983</v>
       </c>
       <c r="C431" t="s">
-        <v>3977</v>
+        <v>3984</v>
       </c>
       <c r="D431" t="s">
-        <v>3978</v>
+        <v>3985</v>
       </c>
       <c r="E431" t="s">
-        <v>3979</v>
+        <v>3986</v>
       </c>
       <c r="F431" t="s">
-        <v>3980</v>
+        <v>3987</v>
       </c>
       <c r="G431" t="s">
-        <v>3981</v>
+        <v>3988</v>
       </c>
       <c r="H431" t="s">
-        <v>3982</v>
+        <v>3989</v>
       </c>
       <c r="I431" t="s">
-        <v>3983</v>
+        <v>3990</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
-        <v>570</v>
+        <v>170</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
-        <v>571</v>
+        <v>171</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3984</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65057</v>
+        <v>65012</v>
       </c>
       <c r="B432" t="s">
-        <v>3985</v>
+        <v>3992</v>
       </c>
       <c r="C432" t="s">
-        <v>3986</v>
+        <v>3993</v>
       </c>
       <c r="D432" t="s">
-        <v>3987</v>
+        <v>3994</v>
       </c>
       <c r="E432" t="s">
-        <v>3988</v>
+        <v>3995</v>
       </c>
       <c r="F432" t="s">
-        <v>3989</v>
+        <v>3996</v>
       </c>
       <c r="G432" t="s">
-        <v>3990</v>
+        <v>3997</v>
       </c>
       <c r="H432" t="s">
-        <v>3991</v>
+        <v>3998</v>
       </c>
       <c r="I432" t="s">
-        <v>3992</v>
+        <v>3999</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>274</v>
+        <v>4000</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>275</v>
+        <v>4001</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3993</v>
+        <v>4002</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65058</v>
+        <v>65013</v>
       </c>
       <c r="B433" t="s">
-        <v>3994</v>
+        <v>4003</v>
       </c>
       <c r="C433" t="s">
-        <v>3995</v>
+        <v>4004</v>
       </c>
       <c r="D433" t="s">
-        <v>3996</v>
+        <v>4005</v>
       </c>
       <c r="E433" t="s">
-        <v>3997</v>
+        <v>4006</v>
       </c>
       <c r="F433" t="s">
-        <v>3998</v>
+        <v>4007</v>
       </c>
       <c r="G433" t="s">
-        <v>3999</v>
+        <v>4008</v>
       </c>
       <c r="H433" t="s">
-        <v>4000</v>
+        <v>4009</v>
       </c>
       <c r="I433" t="s">
-        <v>4001</v>
+        <v>4010</v>
       </c>
       <c r="J433" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>671</v>
+        <v>25</v>
       </c>
       <c r="L433" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>672</v>
+        <v>27</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>4002</v>
+        <v>4011</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65059</v>
+        <v>65014</v>
       </c>
       <c r="B434" t="s">
-        <v>4003</v>
+        <v>4012</v>
       </c>
       <c r="C434" t="s">
-        <v>4004</v>
+        <v>4013</v>
       </c>
       <c r="D434" t="s">
-        <v>4005</v>
+        <v>4014</v>
       </c>
       <c r="E434" t="s">
-        <v>4006</v>
+        <v>4015</v>
       </c>
       <c r="F434" t="s">
-        <v>4007</v>
+        <v>4016</v>
       </c>
       <c r="G434" t="s">
-        <v>4008</v>
+        <v>4017</v>
       </c>
       <c r="H434" t="s">
-        <v>4009</v>
+        <v>4018</v>
       </c>
       <c r="I434" t="s">
-        <v>4010</v>
+        <v>4019</v>
       </c>
       <c r="J434" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K434" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L434" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M434" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>4011</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65060</v>
+        <v>65015</v>
       </c>
       <c r="B435" t="s">
-        <v>4012</v>
+        <v>4021</v>
       </c>
       <c r="C435" t="s">
-        <v>4013</v>
+        <v>4022</v>
       </c>
       <c r="D435" t="s">
-        <v>4014</v>
+        <v>4023</v>
       </c>
       <c r="E435" t="s">
-        <v>4015</v>
+        <v>4024</v>
       </c>
       <c r="F435" t="s">
-        <v>4016</v>
+        <v>4025</v>
       </c>
       <c r="G435" t="s">
-        <v>4017</v>
+        <v>4026</v>
       </c>
       <c r="H435" t="s">
-        <v>4018</v>
+        <v>4027</v>
       </c>
       <c r="I435" t="s">
-        <v>4019</v>
+        <v>4028</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4020</v>
+        <v>4029</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65061</v>
+        <v>65016</v>
       </c>
       <c r="B436" t="s">
-        <v>4021</v>
+        <v>4030</v>
       </c>
       <c r="C436" t="s">
-        <v>4022</v>
+        <v>4031</v>
       </c>
       <c r="D436" t="s">
-        <v>4023</v>
+        <v>4032</v>
       </c>
       <c r="E436" t="s">
-        <v>4024</v>
+        <v>4033</v>
       </c>
       <c r="F436" t="s">
-        <v>4025</v>
+        <v>4034</v>
       </c>
       <c r="G436" t="s">
-        <v>4026</v>
+        <v>4035</v>
       </c>
       <c r="H436" t="s">
-        <v>4027</v>
+        <v>4036</v>
       </c>
       <c r="I436" t="s">
-        <v>4028</v>
+        <v>4037</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>1332</v>
+        <v>25</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>1334</v>
+        <v>27</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4029</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65062</v>
+        <v>65017</v>
       </c>
       <c r="B437" t="s">
-        <v>4030</v>
+        <v>4039</v>
       </c>
       <c r="C437" t="s">
-        <v>4031</v>
+        <v>4040</v>
       </c>
       <c r="D437" t="s">
-        <v>4032</v>
+        <v>4041</v>
       </c>
       <c r="E437" t="s">
-        <v>4033</v>
+        <v>4042</v>
       </c>
       <c r="F437" t="s">
-        <v>4034</v>
+        <v>4043</v>
       </c>
       <c r="G437" t="s">
-        <v>4035</v>
+        <v>4044</v>
       </c>
       <c r="H437" t="s">
-        <v>4036</v>
+        <v>4045</v>
       </c>
       <c r="I437" t="s">
-        <v>4037</v>
+        <v>4046</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
-        <v>25</v>
+        <v>4047</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
-        <v>27</v>
+        <v>4048</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4038</v>
+        <v>4049</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65063</v>
+        <v>65018</v>
       </c>
       <c r="B438" t="s">
-        <v>4039</v>
+        <v>4050</v>
       </c>
       <c r="C438" t="s">
-        <v>4040</v>
+        <v>4051</v>
       </c>
       <c r="D438" t="s">
-        <v>4041</v>
+        <v>4052</v>
       </c>
       <c r="E438" t="s">
-        <v>4042</v>
+        <v>4053</v>
       </c>
       <c r="F438" t="s">
-        <v>4043</v>
+        <v>4054</v>
       </c>
       <c r="G438" t="s">
-        <v>4044</v>
+        <v>4055</v>
       </c>
       <c r="H438" t="s">
-        <v>4045</v>
+        <v>4056</v>
       </c>
       <c r="I438" t="s">
-        <v>4046</v>
+        <v>4057</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
-        <v>1016</v>
+        <v>4058</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
-        <v>1017</v>
+        <v>4059</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4047</v>
+        <v>4060</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65068</v>
+        <v>65019</v>
       </c>
       <c r="B439" t="s">
-        <v>4048</v>
+        <v>4061</v>
       </c>
       <c r="C439" t="s">
-        <v>4049</v>
+        <v>4062</v>
       </c>
       <c r="D439" t="s">
-        <v>4050</v>
+        <v>4063</v>
       </c>
       <c r="E439" t="s">
-        <v>4051</v>
+        <v>4064</v>
       </c>
       <c r="F439" t="s">
-        <v>4052</v>
+        <v>4065</v>
       </c>
       <c r="G439" t="s">
-        <v>4053</v>
+        <v>4066</v>
       </c>
       <c r="H439" t="s">
-        <v>4054</v>
+        <v>4067</v>
       </c>
       <c r="I439" t="s">
-        <v>4055</v>
+        <v>4068</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4056</v>
+        <v>4069</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65069</v>
+        <v>65020</v>
       </c>
       <c r="B440" t="s">
-        <v>4057</v>
+        <v>4070</v>
       </c>
       <c r="C440" t="s">
-        <v>4058</v>
+        <v>4071</v>
       </c>
       <c r="D440" t="s">
-        <v>4059</v>
+        <v>4072</v>
       </c>
       <c r="E440" t="s">
-        <v>4060</v>
+        <v>4073</v>
       </c>
       <c r="F440" t="s">
-        <v>4061</v>
+        <v>4074</v>
       </c>
       <c r="G440" t="s">
-        <v>4062</v>
+        <v>4075</v>
       </c>
       <c r="H440" t="s">
-        <v>4063</v>
+        <v>4076</v>
       </c>
       <c r="I440" t="s">
-        <v>4064</v>
+        <v>4077</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>170</v>
+        <v>4078</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>171</v>
+        <v>4079</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4065</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65071</v>
+        <v>65021</v>
       </c>
       <c r="B441" t="s">
-        <v>4066</v>
+        <v>4081</v>
       </c>
       <c r="C441" t="s">
-        <v>4067</v>
+        <v>4082</v>
       </c>
       <c r="D441" t="s">
-        <v>4068</v>
+        <v>4083</v>
       </c>
       <c r="E441" t="s">
-        <v>4069</v>
+        <v>4084</v>
       </c>
       <c r="F441" t="s">
-        <v>4070</v>
+        <v>4085</v>
       </c>
       <c r="G441" t="s">
-        <v>4071</v>
+        <v>4086</v>
       </c>
       <c r="H441" t="s">
-        <v>4072</v>
+        <v>4087</v>
       </c>
       <c r="I441" t="s">
-        <v>4073</v>
+        <v>4088</v>
       </c>
       <c r="J441" t="s">
         <v>24</v>
       </c>
       <c r="K441" t="s">
         <v>25</v>
       </c>
       <c r="L441" t="s">
         <v>26</v>
       </c>
       <c r="M441" t="s">
         <v>27</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4074</v>
+        <v>4089</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65073</v>
+        <v>65022</v>
       </c>
       <c r="B442" t="s">
-        <v>4075</v>
+        <v>4090</v>
       </c>
       <c r="C442" t="s">
-        <v>4076</v>
+        <v>4091</v>
       </c>
       <c r="D442" t="s">
-        <v>4077</v>
+        <v>4092</v>
       </c>
       <c r="E442" t="s">
-        <v>4078</v>
+        <v>4093</v>
       </c>
       <c r="F442" t="s">
-        <v>4079</v>
+        <v>4094</v>
       </c>
       <c r="G442" t="s">
-        <v>4080</v>
+        <v>4095</v>
       </c>
       <c r="H442" t="s">
-        <v>4081</v>
+        <v>4096</v>
       </c>
       <c r="I442" t="s">
-        <v>4082</v>
+        <v>4097</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
         <v>25</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
         <v>27</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4083</v>
+        <v>4098</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65074</v>
+        <v>65023</v>
       </c>
       <c r="B443" t="s">
-        <v>4084</v>
+        <v>4099</v>
       </c>
       <c r="C443" t="s">
-        <v>4085</v>
+        <v>4100</v>
       </c>
       <c r="D443" t="s">
-        <v>4086</v>
+        <v>4101</v>
       </c>
       <c r="E443" t="s">
-        <v>4087</v>
+        <v>4102</v>
       </c>
       <c r="F443" t="s">
-        <v>4088</v>
+        <v>4103</v>
       </c>
       <c r="G443" t="s">
-        <v>4089</v>
+        <v>4104</v>
       </c>
       <c r="H443" t="s">
-        <v>4090</v>
+        <v>4105</v>
       </c>
       <c r="I443" t="s">
-        <v>4091</v>
+        <v>4106</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
-        <v>4092</v>
+        <v>25</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
-        <v>4093</v>
+        <v>27</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
-        <v>4094</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65075</v>
+        <v>65025</v>
       </c>
       <c r="B444" t="s">
-        <v>4095</v>
+        <v>4108</v>
       </c>
       <c r="C444" t="s">
-        <v>4096</v>
+        <v>4109</v>
       </c>
       <c r="D444" t="s">
-        <v>4097</v>
+        <v>4110</v>
       </c>
       <c r="E444" t="s">
-        <v>4098</v>
+        <v>4111</v>
       </c>
       <c r="F444" t="s">
-        <v>4099</v>
+        <v>4112</v>
       </c>
       <c r="G444" t="s">
-        <v>4100</v>
+        <v>4113</v>
       </c>
       <c r="H444" t="s">
-        <v>4101</v>
+        <v>4114</v>
       </c>
       <c r="I444" t="s">
-        <v>4102</v>
+        <v>4115</v>
       </c>
       <c r="J444" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K444" t="s">
-        <v>3816</v>
+        <v>25</v>
       </c>
       <c r="L444" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M444" t="s">
-        <v>3817</v>
+        <v>27</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4103</v>
+        <v>4116</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65076</v>
+        <v>65026</v>
       </c>
       <c r="B445" t="s">
-        <v>4104</v>
+        <v>4117</v>
       </c>
       <c r="C445" t="s">
-        <v>4105</v>
+        <v>4118</v>
       </c>
       <c r="D445" t="s">
-        <v>4106</v>
+        <v>4119</v>
       </c>
       <c r="E445" t="s">
-        <v>4107</v>
+        <v>4120</v>
       </c>
       <c r="F445" t="s">
-        <v>4108</v>
+        <v>4121</v>
       </c>
       <c r="G445" t="s">
-        <v>4109</v>
+        <v>4122</v>
       </c>
       <c r="H445" t="s">
-        <v>4110</v>
+        <v>4123</v>
       </c>
       <c r="I445" t="s">
-        <v>4111</v>
+        <v>4124</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
       <c r="M445" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4112</v>
+        <v>4125</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65077</v>
+        <v>65027</v>
       </c>
       <c r="B446" t="s">
-        <v>4113</v>
+        <v>4126</v>
       </c>
       <c r="C446" t="s">
-        <v>4114</v>
+        <v>4127</v>
       </c>
       <c r="D446" t="s">
-        <v>4115</v>
+        <v>4128</v>
       </c>
       <c r="E446" t="s">
-        <v>4116</v>
+        <v>4129</v>
       </c>
       <c r="F446" t="s">
-        <v>4117</v>
+        <v>4130</v>
       </c>
       <c r="G446" t="s">
-        <v>4118</v>
+        <v>4131</v>
       </c>
       <c r="H446" t="s">
-        <v>4119</v>
+        <v>4132</v>
       </c>
       <c r="I446" t="s">
-        <v>4120</v>
+        <v>4133</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>727</v>
+        <v>690</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>728</v>
+        <v>691</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4121</v>
+        <v>4134</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65080</v>
+        <v>65028</v>
       </c>
       <c r="B447" t="s">
-        <v>4122</v>
+        <v>4135</v>
       </c>
       <c r="C447" t="s">
-        <v>4123</v>
+        <v>4136</v>
       </c>
       <c r="D447" t="s">
-        <v>4124</v>
+        <v>4137</v>
       </c>
       <c r="E447" t="s">
-        <v>4125</v>
+        <v>4138</v>
       </c>
       <c r="F447" t="s">
-        <v>4126</v>
+        <v>4139</v>
       </c>
       <c r="G447" t="s">
-        <v>4127</v>
+        <v>4140</v>
       </c>
       <c r="H447" t="s">
-        <v>4128</v>
+        <v>4141</v>
       </c>
       <c r="I447" t="s">
-        <v>4129</v>
+        <v>4142</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4130</v>
+        <v>4143</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65081</v>
+        <v>65030</v>
       </c>
       <c r="B448" t="s">
-        <v>4131</v>
+        <v>4144</v>
       </c>
       <c r="C448" t="s">
-        <v>4132</v>
+        <v>4145</v>
       </c>
       <c r="D448" t="s">
-        <v>4133</v>
+        <v>4146</v>
       </c>
       <c r="E448" t="s">
-        <v>4134</v>
+        <v>4147</v>
       </c>
       <c r="F448" t="s">
-        <v>4135</v>
+        <v>4148</v>
       </c>
       <c r="G448" t="s">
-        <v>4136</v>
+        <v>4149</v>
       </c>
       <c r="H448" t="s">
-        <v>4137</v>
+        <v>4150</v>
       </c>
       <c r="I448" t="s">
-        <v>4138</v>
+        <v>4151</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4139</v>
+        <v>4152</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65082</v>
+        <v>65031</v>
       </c>
       <c r="B449" t="s">
-        <v>4140</v>
+        <v>4153</v>
       </c>
       <c r="C449" t="s">
-        <v>4141</v>
+        <v>4154</v>
       </c>
       <c r="D449" t="s">
-        <v>4142</v>
+        <v>4155</v>
       </c>
       <c r="E449" t="s">
-        <v>4143</v>
+        <v>4156</v>
       </c>
       <c r="F449" t="s">
-        <v>4144</v>
+        <v>4157</v>
       </c>
       <c r="G449" t="s">
-        <v>4145</v>
+        <v>4158</v>
       </c>
       <c r="H449" t="s">
-        <v>4146</v>
+        <v>4159</v>
       </c>
       <c r="I449" t="s">
-        <v>4147</v>
+        <v>4160</v>
       </c>
       <c r="J449" t="s">
         <v>24</v>
       </c>
       <c r="K449" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L449" t="s">
         <v>26</v>
       </c>
       <c r="M449" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
-        <v>4148</v>
+        <v>4161</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65083</v>
+        <v>65032</v>
       </c>
       <c r="B450" t="s">
-        <v>4149</v>
+        <v>4162</v>
       </c>
       <c r="C450" t="s">
-        <v>4150</v>
+        <v>4163</v>
       </c>
       <c r="D450" t="s">
-        <v>4151</v>
+        <v>4164</v>
       </c>
       <c r="E450" t="s">
-        <v>4152</v>
+        <v>4165</v>
       </c>
       <c r="F450" t="s">
-        <v>4153</v>
+        <v>4166</v>
       </c>
       <c r="G450" t="s">
-        <v>4154</v>
+        <v>4167</v>
       </c>
       <c r="H450" t="s">
-        <v>4155</v>
+        <v>4168</v>
       </c>
       <c r="I450" t="s">
-        <v>4156</v>
+        <v>4169</v>
       </c>
       <c r="J450" t="s">
         <v>24</v>
       </c>
       <c r="K450" t="s">
         <v>170</v>
       </c>
       <c r="L450" t="s">
         <v>26</v>
       </c>
       <c r="M450" t="s">
         <v>171</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4157</v>
+        <v>4170</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65084</v>
+        <v>65033</v>
       </c>
       <c r="B451" t="s">
-        <v>4158</v>
+        <v>4171</v>
       </c>
       <c r="C451" t="s">
-        <v>4159</v>
+        <v>4172</v>
       </c>
       <c r="D451" t="s">
-        <v>4160</v>
+        <v>4173</v>
       </c>
       <c r="E451" t="s">
-        <v>4161</v>
+        <v>4174</v>
       </c>
       <c r="F451" t="s">
-        <v>4162</v>
+        <v>4175</v>
       </c>
       <c r="G451" t="s">
-        <v>4163</v>
+        <v>4176</v>
       </c>
       <c r="H451" t="s">
-        <v>4164</v>
+        <v>4177</v>
       </c>
       <c r="I451" t="s">
-        <v>4165</v>
+        <v>4178</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
-        <v>25</v>
+        <v>4179</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
-        <v>27</v>
+        <v>4180</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4166</v>
+        <v>4181</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65085</v>
+        <v>65034</v>
       </c>
       <c r="B452" t="s">
-        <v>4167</v>
+        <v>4182</v>
       </c>
       <c r="C452" t="s">
-        <v>4168</v>
+        <v>4183</v>
       </c>
       <c r="D452" t="s">
-        <v>4169</v>
+        <v>4184</v>
       </c>
       <c r="E452" t="s">
-        <v>4170</v>
+        <v>4185</v>
       </c>
       <c r="F452" t="s">
-        <v>4171</v>
+        <v>4186</v>
       </c>
       <c r="G452" t="s">
-        <v>4172</v>
+        <v>4187</v>
       </c>
       <c r="H452" t="s">
-        <v>4173</v>
+        <v>4188</v>
       </c>
       <c r="I452" t="s">
-        <v>4174</v>
+        <v>4189</v>
       </c>
       <c r="J452" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K452" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="L452" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M452" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4175</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65086</v>
+        <v>65035</v>
       </c>
       <c r="B453" t="s">
-        <v>4176</v>
+        <v>4191</v>
       </c>
       <c r="C453" t="s">
-        <v>4177</v>
+        <v>4192</v>
       </c>
       <c r="D453" t="s">
-        <v>4178</v>
+        <v>4193</v>
       </c>
       <c r="E453" t="s">
-        <v>4179</v>
+        <v>4194</v>
       </c>
       <c r="F453" t="s">
-        <v>4180</v>
+        <v>4195</v>
       </c>
       <c r="G453" t="s">
-        <v>4181</v>
+        <v>4196</v>
       </c>
       <c r="H453" t="s">
-        <v>4182</v>
+        <v>4197</v>
       </c>
       <c r="I453" t="s">
-        <v>4183</v>
+        <v>4198</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4184</v>
+        <v>4199</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65087</v>
+        <v>65036</v>
       </c>
       <c r="B454" t="s">
-        <v>4185</v>
+        <v>4200</v>
       </c>
       <c r="C454" t="s">
-        <v>4186</v>
+        <v>4201</v>
       </c>
       <c r="D454" t="s">
-        <v>4187</v>
+        <v>4202</v>
       </c>
       <c r="E454" t="s">
-        <v>4188</v>
+        <v>4203</v>
       </c>
       <c r="F454" t="s">
-        <v>4189</v>
+        <v>4204</v>
       </c>
       <c r="G454" t="s">
-        <v>4190</v>
+        <v>4205</v>
       </c>
       <c r="H454" t="s">
-        <v>4191</v>
+        <v>4206</v>
       </c>
       <c r="I454" t="s">
-        <v>4192</v>
+        <v>4207</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4193</v>
+        <v>4208</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65088</v>
+        <v>65037</v>
       </c>
       <c r="B455" t="s">
-        <v>4194</v>
+        <v>4209</v>
       </c>
       <c r="C455" t="s">
-        <v>4195</v>
+        <v>4210</v>
       </c>
       <c r="D455" t="s">
-        <v>4196</v>
+        <v>4211</v>
       </c>
       <c r="E455" t="s">
-        <v>4197</v>
+        <v>4212</v>
       </c>
       <c r="F455" t="s">
-        <v>4198</v>
+        <v>4213</v>
       </c>
       <c r="G455" t="s">
-        <v>4199</v>
+        <v>4214</v>
       </c>
       <c r="H455" t="s">
-        <v>4200</v>
+        <v>4215</v>
       </c>
       <c r="I455" t="s">
-        <v>4201</v>
+        <v>4216</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
         <v>25</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
         <v>27</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4202</v>
+        <v>4217</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65089</v>
+        <v>65038</v>
       </c>
       <c r="B456" t="s">
-        <v>4203</v>
+        <v>4218</v>
       </c>
       <c r="C456" t="s">
-        <v>4204</v>
+        <v>4219</v>
       </c>
       <c r="D456" t="s">
-        <v>4205</v>
+        <v>4220</v>
       </c>
       <c r="E456" t="s">
-        <v>4206</v>
+        <v>4221</v>
       </c>
       <c r="F456" t="s">
-        <v>4207</v>
+        <v>4222</v>
       </c>
       <c r="G456" t="s">
-        <v>4208</v>
+        <v>4223</v>
       </c>
       <c r="H456" t="s">
-        <v>4209</v>
+        <v>4224</v>
       </c>
       <c r="I456" t="s">
-        <v>4210</v>
+        <v>4225</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4211</v>
+        <v>4226</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65090</v>
+        <v>65039</v>
       </c>
       <c r="B457" t="s">
-        <v>4212</v>
+        <v>4227</v>
       </c>
       <c r="C457" t="s">
-        <v>4213</v>
+        <v>4228</v>
       </c>
       <c r="D457" t="s">
-        <v>4214</v>
+        <v>4229</v>
       </c>
       <c r="E457" t="s">
-        <v>4215</v>
+        <v>4230</v>
       </c>
       <c r="F457" t="s">
-        <v>4216</v>
+        <v>4231</v>
       </c>
       <c r="G457" t="s">
-        <v>4217</v>
+        <v>4232</v>
       </c>
       <c r="H457" t="s">
-        <v>4218</v>
+        <v>4233</v>
       </c>
       <c r="I457" t="s">
-        <v>4219</v>
+        <v>4234</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
-        <v>4220</v>
+        <v>4235</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65091</v>
+        <v>65040</v>
       </c>
       <c r="B458" t="s">
-        <v>4221</v>
+        <v>4236</v>
       </c>
       <c r="C458" t="s">
-        <v>4222</v>
+        <v>4237</v>
       </c>
       <c r="D458" t="s">
-        <v>4223</v>
+        <v>4238</v>
       </c>
       <c r="E458" t="s">
-        <v>4224</v>
+        <v>4239</v>
       </c>
       <c r="F458" t="s">
-        <v>4225</v>
+        <v>4240</v>
       </c>
       <c r="G458" t="s">
-        <v>4226</v>
+        <v>4241</v>
       </c>
       <c r="H458" t="s">
-        <v>4227</v>
+        <v>4242</v>
       </c>
       <c r="I458" t="s">
-        <v>4228</v>
+        <v>4243</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4229</v>
+        <v>4244</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65092</v>
+        <v>65043</v>
       </c>
       <c r="B459" t="s">
-        <v>4230</v>
+        <v>4245</v>
       </c>
       <c r="C459" t="s">
-        <v>4231</v>
+        <v>4246</v>
       </c>
       <c r="D459" t="s">
-        <v>4232</v>
+        <v>4247</v>
       </c>
       <c r="E459" t="s">
-        <v>4233</v>
+        <v>4248</v>
       </c>
       <c r="F459" t="s">
-        <v>4234</v>
+        <v>4249</v>
       </c>
       <c r="G459" t="s">
-        <v>4235</v>
+        <v>4250</v>
       </c>
       <c r="H459" t="s">
-        <v>4236</v>
+        <v>4251</v>
       </c>
       <c r="I459" t="s">
-        <v>4237</v>
+        <v>4252</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4238</v>
+        <v>4253</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65093</v>
+        <v>65044</v>
       </c>
       <c r="B460" t="s">
-        <v>4239</v>
+        <v>4254</v>
       </c>
       <c r="C460" t="s">
-        <v>4240</v>
+        <v>4255</v>
       </c>
       <c r="D460" t="s">
-        <v>4241</v>
+        <v>4256</v>
       </c>
       <c r="E460" t="s">
-        <v>4242</v>
+        <v>4257</v>
       </c>
       <c r="F460" t="s">
-        <v>4243</v>
+        <v>4258</v>
       </c>
       <c r="G460" t="s">
-        <v>4244</v>
+        <v>4259</v>
       </c>
       <c r="H460" t="s">
-        <v>4245</v>
+        <v>4260</v>
       </c>
       <c r="I460" t="s">
-        <v>4246</v>
+        <v>4261</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4247</v>
+        <v>4262</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65094</v>
+        <v>65045</v>
       </c>
       <c r="B461" t="s">
-        <v>4248</v>
+        <v>4263</v>
       </c>
       <c r="C461" t="s">
-        <v>4249</v>
+        <v>4264</v>
       </c>
       <c r="D461" t="s">
-        <v>4250</v>
+        <v>4265</v>
       </c>
       <c r="E461" t="s">
-        <v>4251</v>
+        <v>4266</v>
       </c>
       <c r="F461" t="s">
-        <v>4252</v>
+        <v>4267</v>
       </c>
       <c r="G461" t="s">
-        <v>4253</v>
+        <v>4268</v>
       </c>
       <c r="H461" t="s">
-        <v>4254</v>
+        <v>4269</v>
       </c>
       <c r="I461" t="s">
-        <v>4255</v>
+        <v>4270</v>
       </c>
       <c r="J461" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K461" t="s">
-        <v>4256</v>
+        <v>4271</v>
       </c>
       <c r="L461" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M461" t="s">
-        <v>4257</v>
+        <v>4272</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4258</v>
+        <v>4273</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65095</v>
+        <v>65046</v>
       </c>
       <c r="B462" t="s">
-        <v>4259</v>
+        <v>4274</v>
       </c>
       <c r="C462" t="s">
-        <v>4260</v>
+        <v>4275</v>
       </c>
       <c r="D462" t="s">
-        <v>4261</v>
+        <v>4276</v>
       </c>
       <c r="E462" t="s">
-        <v>4262</v>
+        <v>4277</v>
       </c>
       <c r="F462" t="s">
-        <v>4263</v>
+        <v>4278</v>
       </c>
       <c r="G462" t="s">
-        <v>4264</v>
+        <v>4279</v>
       </c>
       <c r="H462" t="s">
-        <v>4265</v>
+        <v>4280</v>
       </c>
       <c r="I462" t="s">
-        <v>4266</v>
+        <v>4281</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
-        <v>727</v>
+        <v>47</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
-        <v>728</v>
+        <v>48</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4267</v>
+        <v>4282</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65096</v>
+        <v>65047</v>
       </c>
       <c r="B463" t="s">
-        <v>4268</v>
+        <v>4283</v>
       </c>
       <c r="C463" t="s">
-        <v>4269</v>
+        <v>4284</v>
       </c>
       <c r="D463" t="s">
-        <v>4270</v>
+        <v>4285</v>
       </c>
       <c r="E463" t="s">
+        <v>4286</v>
+      </c>
+      <c r="F463" t="s">
+        <v>4287</v>
+      </c>
+      <c r="G463" t="s">
+        <v>4288</v>
+      </c>
+      <c r="H463" t="s">
+        <v>4289</v>
+      </c>
+      <c r="I463" t="s">
+        <v>4290</v>
+      </c>
+      <c r="J463" t="s">
+        <v>24</v>
+      </c>
+      <c r="K463" t="s">
         <v>4271</v>
       </c>
-      <c r="F463" t="s">
+      <c r="L463" t="s">
+        <v>26</v>
+      </c>
+      <c r="M463" t="s">
         <v>4272</v>
       </c>
-      <c r="G463" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4276</v>
+        <v>4291</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65097</v>
+        <v>65049</v>
       </c>
       <c r="B464" t="s">
-        <v>4277</v>
+        <v>4292</v>
       </c>
       <c r="C464" t="s">
-        <v>4278</v>
+        <v>4293</v>
       </c>
       <c r="D464" t="s">
-        <v>4279</v>
+        <v>4294</v>
       </c>
       <c r="E464" t="s">
-        <v>4280</v>
+        <v>4295</v>
       </c>
       <c r="F464" t="s">
-        <v>4281</v>
+        <v>4296</v>
       </c>
       <c r="G464" t="s">
-        <v>4282</v>
+        <v>4297</v>
       </c>
       <c r="H464" t="s">
-        <v>4283</v>
+        <v>4298</v>
       </c>
       <c r="I464" t="s">
-        <v>4284</v>
+        <v>4299</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4285</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65098</v>
+        <v>65050</v>
       </c>
       <c r="B465" t="s">
-        <v>4286</v>
+        <v>4301</v>
       </c>
       <c r="C465" t="s">
-        <v>4287</v>
+        <v>4302</v>
       </c>
       <c r="D465" t="s">
-        <v>4288</v>
+        <v>4303</v>
       </c>
       <c r="E465" t="s">
-        <v>4289</v>
+        <v>4304</v>
       </c>
       <c r="F465" t="s">
-        <v>4290</v>
+        <v>4305</v>
       </c>
       <c r="G465" t="s">
-        <v>4291</v>
+        <v>4306</v>
       </c>
       <c r="H465" t="s">
-        <v>4292</v>
+        <v>4307</v>
       </c>
       <c r="I465" t="s">
-        <v>4293</v>
+        <v>4308</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
         <v>25</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
         <v>27</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4294</v>
+        <v>4309</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65099</v>
+        <v>65051</v>
       </c>
       <c r="B466" t="s">
-        <v>4295</v>
+        <v>4310</v>
       </c>
       <c r="C466" t="s">
-        <v>4296</v>
+        <v>4311</v>
       </c>
       <c r="D466" t="s">
-        <v>4297</v>
+        <v>4312</v>
       </c>
       <c r="E466" t="s">
-        <v>4298</v>
+        <v>4313</v>
       </c>
       <c r="F466" t="s">
-        <v>4299</v>
+        <v>4314</v>
       </c>
       <c r="G466" t="s">
-        <v>4300</v>
+        <v>4315</v>
       </c>
       <c r="H466" t="s">
-        <v>4301</v>
+        <v>4316</v>
       </c>
       <c r="I466" t="s">
-        <v>4302</v>
+        <v>4317</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
-        <v>170</v>
+        <v>746</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
-        <v>171</v>
+        <v>747</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4303</v>
+        <v>4318</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65100</v>
+        <v>65053</v>
       </c>
       <c r="B467" t="s">
-        <v>4304</v>
+        <v>4319</v>
       </c>
       <c r="C467" t="s">
-        <v>4305</v>
+        <v>4320</v>
       </c>
       <c r="D467" t="s">
-        <v>4306</v>
+        <v>4321</v>
       </c>
       <c r="E467" t="s">
-        <v>4307</v>
+        <v>4322</v>
       </c>
       <c r="F467" t="s">
-        <v>4308</v>
+        <v>4323</v>
       </c>
       <c r="G467" t="s">
-        <v>4309</v>
+        <v>4324</v>
       </c>
       <c r="H467" t="s">
-        <v>4310</v>
+        <v>4325</v>
       </c>
       <c r="I467" t="s">
-        <v>4311</v>
+        <v>4326</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
-        <v>3684</v>
+        <v>170</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
-        <v>3685</v>
+        <v>171</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
-        <v>4312</v>
+        <v>4327</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65101</v>
+        <v>65054</v>
       </c>
       <c r="B468" t="s">
-        <v>4313</v>
+        <v>4328</v>
       </c>
       <c r="C468" t="s">
-        <v>4314</v>
+        <v>4329</v>
       </c>
       <c r="D468" t="s">
-        <v>4315</v>
+        <v>4330</v>
       </c>
       <c r="E468" t="s">
-        <v>4316</v>
+        <v>4331</v>
       </c>
       <c r="F468" t="s">
-        <v>4317</v>
+        <v>4332</v>
       </c>
       <c r="G468" t="s">
-        <v>4318</v>
+        <v>4333</v>
       </c>
       <c r="H468" t="s">
-        <v>4319</v>
+        <v>4334</v>
       </c>
       <c r="I468" t="s">
-        <v>4320</v>
+        <v>4335</v>
       </c>
       <c r="J468" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K468" t="s">
-        <v>170</v>
+        <v>208</v>
       </c>
       <c r="L468" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M468" t="s">
-        <v>171</v>
+        <v>209</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4321</v>
+        <v>4336</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65102</v>
+        <v>65055</v>
       </c>
       <c r="B469" t="s">
-        <v>4322</v>
+        <v>4337</v>
       </c>
       <c r="C469" t="s">
-        <v>4323</v>
+        <v>4338</v>
       </c>
       <c r="D469" t="s">
-        <v>4324</v>
+        <v>4339</v>
       </c>
       <c r="E469" t="s">
-        <v>4325</v>
+        <v>4340</v>
       </c>
       <c r="F469" t="s">
-        <v>4326</v>
+        <v>4341</v>
       </c>
       <c r="G469" t="s">
-        <v>4327</v>
+        <v>4342</v>
       </c>
       <c r="H469" t="s">
-        <v>4328</v>
+        <v>4343</v>
       </c>
       <c r="I469" t="s">
-        <v>4329</v>
+        <v>4344</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
-        <v>25</v>
+        <v>580</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
-        <v>27</v>
+        <v>581</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4330</v>
+        <v>4345</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65104</v>
+        <v>65057</v>
       </c>
       <c r="B470" t="s">
-        <v>4331</v>
+        <v>4346</v>
       </c>
       <c r="C470" t="s">
-        <v>4332</v>
+        <v>4347</v>
       </c>
       <c r="D470" t="s">
-        <v>4333</v>
+        <v>4348</v>
       </c>
       <c r="E470" t="s">
-        <v>4334</v>
+        <v>4349</v>
       </c>
       <c r="F470" t="s">
-        <v>4335</v>
+        <v>4350</v>
       </c>
       <c r="G470" t="s">
-        <v>4336</v>
+        <v>4351</v>
       </c>
       <c r="H470" t="s">
-        <v>4337</v>
+        <v>4352</v>
       </c>
       <c r="I470" t="s">
-        <v>4338</v>
+        <v>4353</v>
       </c>
       <c r="J470" t="s">
         <v>24</v>
       </c>
       <c r="K470" t="s">
-        <v>2215</v>
+        <v>274</v>
       </c>
       <c r="L470" t="s">
         <v>26</v>
       </c>
       <c r="M470" t="s">
-        <v>2216</v>
+        <v>276</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
-        <v>4339</v>
+        <v>4354</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65105</v>
+        <v>65058</v>
       </c>
       <c r="B471" t="s">
-        <v>4340</v>
+        <v>4355</v>
       </c>
       <c r="C471" t="s">
-        <v>4341</v>
+        <v>4356</v>
       </c>
       <c r="D471" t="s">
-        <v>4342</v>
+        <v>4357</v>
       </c>
       <c r="E471" t="s">
-        <v>4343</v>
+        <v>4358</v>
       </c>
       <c r="F471" t="s">
-        <v>4344</v>
+        <v>4359</v>
       </c>
       <c r="G471" t="s">
-        <v>4345</v>
+        <v>4360</v>
       </c>
       <c r="H471" t="s">
-        <v>4346</v>
+        <v>4361</v>
       </c>
       <c r="I471" t="s">
-        <v>4347</v>
+        <v>4362</v>
       </c>
       <c r="J471" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K471" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L471" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M471" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4348</v>
+        <v>4363</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65107</v>
+        <v>65059</v>
       </c>
       <c r="B472" t="s">
-        <v>4349</v>
+        <v>4364</v>
       </c>
       <c r="C472" t="s">
-        <v>4350</v>
+        <v>4365</v>
       </c>
       <c r="D472" t="s">
-        <v>4351</v>
+        <v>4366</v>
       </c>
       <c r="E472" t="s">
-        <v>4352</v>
+        <v>4367</v>
       </c>
       <c r="F472" t="s">
-        <v>4353</v>
+        <v>4368</v>
       </c>
       <c r="G472" t="s">
-        <v>4354</v>
+        <v>4369</v>
       </c>
       <c r="H472" t="s">
-        <v>4355</v>
+        <v>4370</v>
       </c>
       <c r="I472" t="s">
-        <v>4356</v>
+        <v>4371</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
-        <v>4357</v>
+        <v>170</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
+      <c r="M472" t="s">
+        <v>171</v>
+      </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
-        <v>4358</v>
+        <v>4372</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65116</v>
+        <v>65060</v>
       </c>
       <c r="B473" t="s">
-        <v>4359</v>
+        <v>4373</v>
       </c>
       <c r="C473" t="s">
-        <v>4360</v>
+        <v>4374</v>
       </c>
       <c r="D473" t="s">
-        <v>4361</v>
+        <v>4375</v>
       </c>
       <c r="E473" t="s">
-        <v>4362</v>
+        <v>4376</v>
       </c>
       <c r="F473" t="s">
-        <v>4363</v>
+        <v>4377</v>
       </c>
       <c r="G473" t="s">
-        <v>4364</v>
+        <v>4378</v>
       </c>
       <c r="H473" t="s">
-        <v>4365</v>
+        <v>4379</v>
       </c>
       <c r="I473" t="s">
-        <v>4366</v>
+        <v>4380</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4367</v>
+        <v>4381</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65124</v>
+        <v>65061</v>
       </c>
       <c r="B474" t="s">
-        <v>4368</v>
+        <v>4382</v>
       </c>
       <c r="C474" t="s">
-        <v>4369</v>
+        <v>4383</v>
       </c>
       <c r="D474" t="s">
-        <v>4370</v>
+        <v>4384</v>
       </c>
       <c r="E474" t="s">
-        <v>4371</v>
+        <v>4385</v>
       </c>
       <c r="F474" t="s">
-        <v>4372</v>
+        <v>4386</v>
       </c>
       <c r="G474" t="s">
-        <v>4373</v>
+        <v>4387</v>
       </c>
       <c r="H474" t="s">
-        <v>4374</v>
+        <v>4388</v>
       </c>
       <c r="I474" t="s">
-        <v>4375</v>
+        <v>4389</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4376</v>
+        <v>4390</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65479</v>
+        <v>65062</v>
       </c>
       <c r="B475" t="s">
-        <v>4377</v>
+        <v>4391</v>
       </c>
       <c r="C475" t="s">
-        <v>4378</v>
+        <v>4392</v>
       </c>
       <c r="D475" t="s">
-        <v>4379</v>
+        <v>4393</v>
       </c>
       <c r="E475" t="s">
-        <v>4380</v>
+        <v>4394</v>
       </c>
       <c r="F475" t="s">
-        <v>4381</v>
+        <v>4395</v>
       </c>
       <c r="G475" t="s">
-        <v>4382</v>
+        <v>4396</v>
       </c>
       <c r="H475" t="s">
-        <v>4383</v>
+        <v>4397</v>
       </c>
       <c r="I475" t="s">
-        <v>4384</v>
+        <v>4398</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
         <v>25</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
         <v>27</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
-        <v>4385</v>
+        <v>4399</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65566</v>
+        <v>65063</v>
       </c>
       <c r="B476" t="s">
-        <v>4386</v>
+        <v>4400</v>
       </c>
       <c r="C476" t="s">
-        <v>4387</v>
+        <v>4401</v>
       </c>
       <c r="D476" t="s">
-        <v>4388</v>
+        <v>4402</v>
       </c>
       <c r="E476" t="s">
-        <v>4389</v>
+        <v>4403</v>
       </c>
       <c r="F476" t="s">
-        <v>4390</v>
+        <v>4404</v>
       </c>
       <c r="G476" t="s">
-        <v>4391</v>
+        <v>4405</v>
       </c>
       <c r="H476" t="s">
-        <v>4392</v>
+        <v>4406</v>
       </c>
       <c r="I476" t="s">
-        <v>4393</v>
+        <v>4407</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
-        <v>170</v>
+        <v>1071</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
-        <v>171</v>
+        <v>1072</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
-        <v>4394</v>
+        <v>4408</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65613</v>
+        <v>65068</v>
       </c>
       <c r="B477" t="s">
-        <v>4395</v>
+        <v>4409</v>
       </c>
       <c r="C477" t="s">
-        <v>4396</v>
+        <v>4410</v>
       </c>
       <c r="D477" t="s">
-        <v>4397</v>
+        <v>4411</v>
       </c>
       <c r="E477" t="s">
-        <v>4398</v>
+        <v>4412</v>
       </c>
       <c r="F477" t="s">
-        <v>4399</v>
+        <v>4413</v>
       </c>
       <c r="G477" t="s">
-        <v>4400</v>
+        <v>4414</v>
       </c>
       <c r="H477" t="s">
-        <v>4401</v>
+        <v>4415</v>
       </c>
       <c r="I477" t="s">
-        <v>4402</v>
+        <v>4416</v>
       </c>
       <c r="J477" t="s">
-        <v>4403</v>
+        <v>24</v>
       </c>
       <c r="K477" t="s">
-        <v>1434</v>
+        <v>25</v>
+      </c>
+      <c r="L477" t="s">
+        <v>26</v>
+      </c>
+      <c r="M477" t="s">
+        <v>27</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4404</v>
+        <v>4417</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65869</v>
+        <v>65069</v>
       </c>
       <c r="B478" t="s">
-        <v>4405</v>
+        <v>4418</v>
       </c>
       <c r="C478" t="s">
-        <v>4406</v>
+        <v>4419</v>
       </c>
       <c r="D478" t="s">
-        <v>4407</v>
+        <v>4420</v>
       </c>
       <c r="E478" t="s">
-        <v>4408</v>
+        <v>4421</v>
       </c>
       <c r="F478" t="s">
-        <v>4409</v>
+        <v>4422</v>
       </c>
       <c r="G478" t="s">
-        <v>4410</v>
+        <v>4423</v>
       </c>
       <c r="H478" t="s">
-        <v>4411</v>
+        <v>4424</v>
       </c>
       <c r="I478" t="s">
-        <v>4412</v>
+        <v>4425</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
-        <v>1332</v>
+        <v>170</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
-        <v>1334</v>
+        <v>171</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4413</v>
+        <v>4426</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>66392</v>
+        <v>65071</v>
       </c>
       <c r="B479" t="s">
-        <v>4414</v>
+        <v>4427</v>
       </c>
       <c r="C479" t="s">
-        <v>4415</v>
+        <v>4428</v>
       </c>
       <c r="D479" t="s">
-        <v>4416</v>
+        <v>4429</v>
       </c>
       <c r="E479" t="s">
-        <v>4417</v>
+        <v>4430</v>
       </c>
       <c r="F479" t="s">
-        <v>4418</v>
+        <v>4431</v>
       </c>
       <c r="G479" t="s">
-        <v>4419</v>
+        <v>4432</v>
       </c>
       <c r="H479" t="s">
-        <v>4420</v>
+        <v>4433</v>
       </c>
       <c r="I479" t="s">
-        <v>4421</v>
+        <v>4434</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
         <v>25</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
         <v>27</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
-        <v>4422</v>
+        <v>4435</v>
+      </c>
+    </row>
+    <row r="480" spans="1:15">
+      <c r="A480">
+        <v>65073</v>
+      </c>
+      <c r="B480" t="s">
+        <v>4436</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4437</v>
+      </c>
+      <c r="D480" t="s">
+        <v>4438</v>
+      </c>
+      <c r="E480" t="s">
+        <v>4439</v>
+      </c>
+      <c r="F480" t="s">
+        <v>4440</v>
+      </c>
+      <c r="G480" t="s">
+        <v>4441</v>
+      </c>
+      <c r="H480" t="s">
+        <v>4442</v>
+      </c>
+      <c r="I480" t="s">
+        <v>4443</v>
+      </c>
+      <c r="J480" t="s">
+        <v>24</v>
+      </c>
+      <c r="K480" t="s">
+        <v>25</v>
+      </c>
+      <c r="L480" t="s">
+        <v>26</v>
+      </c>
+      <c r="M480" t="s">
+        <v>27</v>
+      </c>
+      <c r="N480" t="s">
+        <v>28</v>
+      </c>
+      <c r="O480" t="s">
+        <v>4444</v>
+      </c>
+    </row>
+    <row r="481" spans="1:15">
+      <c r="A481">
+        <v>65074</v>
+      </c>
+      <c r="B481" t="s">
+        <v>4445</v>
+      </c>
+      <c r="C481" t="s">
+        <v>4446</v>
+      </c>
+      <c r="D481" t="s">
+        <v>4447</v>
+      </c>
+      <c r="E481" t="s">
+        <v>4448</v>
+      </c>
+      <c r="F481" t="s">
+        <v>4449</v>
+      </c>
+      <c r="G481" t="s">
+        <v>4450</v>
+      </c>
+      <c r="H481" t="s">
+        <v>4451</v>
+      </c>
+      <c r="I481" t="s">
+        <v>4452</v>
+      </c>
+      <c r="J481" t="s">
+        <v>24</v>
+      </c>
+      <c r="K481" t="s">
+        <v>4453</v>
+      </c>
+      <c r="L481" t="s">
+        <v>26</v>
+      </c>
+      <c r="M481" t="s">
+        <v>4454</v>
+      </c>
+      <c r="N481" t="s">
+        <v>28</v>
+      </c>
+      <c r="O481" t="s">
+        <v>4455</v>
+      </c>
+    </row>
+    <row r="482" spans="1:15">
+      <c r="A482">
+        <v>65075</v>
+      </c>
+      <c r="B482" t="s">
+        <v>4456</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4457</v>
+      </c>
+      <c r="D482" t="s">
+        <v>4458</v>
+      </c>
+      <c r="E482" t="s">
+        <v>4459</v>
+      </c>
+      <c r="F482" t="s">
+        <v>4460</v>
+      </c>
+      <c r="G482" t="s">
+        <v>4461</v>
+      </c>
+      <c r="H482" t="s">
+        <v>4462</v>
+      </c>
+      <c r="I482" t="s">
+        <v>4463</v>
+      </c>
+      <c r="J482" t="s">
+        <v>450</v>
+      </c>
+      <c r="K482" t="s">
+        <v>4179</v>
+      </c>
+      <c r="L482" t="s">
+        <v>452</v>
+      </c>
+      <c r="M482" t="s">
+        <v>4180</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
+        <v>4464</v>
+      </c>
+    </row>
+    <row r="483" spans="1:15">
+      <c r="A483">
+        <v>65076</v>
+      </c>
+      <c r="B483" t="s">
+        <v>4465</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4466</v>
+      </c>
+      <c r="D483" t="s">
+        <v>4467</v>
+      </c>
+      <c r="E483" t="s">
+        <v>4468</v>
+      </c>
+      <c r="F483" t="s">
+        <v>4469</v>
+      </c>
+      <c r="G483" t="s">
+        <v>4470</v>
+      </c>
+      <c r="H483" t="s">
+        <v>4471</v>
+      </c>
+      <c r="I483" t="s">
+        <v>4472</v>
+      </c>
+      <c r="J483" t="s">
+        <v>24</v>
+      </c>
+      <c r="K483" t="s">
+        <v>170</v>
+      </c>
+      <c r="L483" t="s">
+        <v>26</v>
+      </c>
+      <c r="M483" t="s">
+        <v>171</v>
+      </c>
+      <c r="N483" t="s">
+        <v>28</v>
+      </c>
+      <c r="O483" t="s">
+        <v>4473</v>
+      </c>
+    </row>
+    <row r="484" spans="1:15">
+      <c r="A484">
+        <v>65077</v>
+      </c>
+      <c r="B484" t="s">
+        <v>4474</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4475</v>
+      </c>
+      <c r="D484" t="s">
+        <v>4476</v>
+      </c>
+      <c r="E484" t="s">
+        <v>4477</v>
+      </c>
+      <c r="F484" t="s">
+        <v>4478</v>
+      </c>
+      <c r="G484" t="s">
+        <v>4479</v>
+      </c>
+      <c r="H484" t="s">
+        <v>4480</v>
+      </c>
+      <c r="I484" t="s">
+        <v>4481</v>
+      </c>
+      <c r="J484" t="s">
+        <v>24</v>
+      </c>
+      <c r="K484" t="s">
+        <v>746</v>
+      </c>
+      <c r="L484" t="s">
+        <v>26</v>
+      </c>
+      <c r="M484" t="s">
+        <v>747</v>
+      </c>
+      <c r="N484" t="s">
+        <v>28</v>
+      </c>
+      <c r="O484" t="s">
+        <v>4482</v>
+      </c>
+    </row>
+    <row r="485" spans="1:15">
+      <c r="A485">
+        <v>65080</v>
+      </c>
+      <c r="B485" t="s">
+        <v>4483</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4484</v>
+      </c>
+      <c r="D485" t="s">
+        <v>4485</v>
+      </c>
+      <c r="E485" t="s">
+        <v>4486</v>
+      </c>
+      <c r="F485" t="s">
+        <v>4487</v>
+      </c>
+      <c r="G485" t="s">
+        <v>4488</v>
+      </c>
+      <c r="H485" t="s">
+        <v>4489</v>
+      </c>
+      <c r="I485" t="s">
+        <v>4490</v>
+      </c>
+      <c r="J485" t="s">
+        <v>24</v>
+      </c>
+      <c r="K485" t="s">
+        <v>47</v>
+      </c>
+      <c r="L485" t="s">
+        <v>26</v>
+      </c>
+      <c r="M485" t="s">
+        <v>48</v>
+      </c>
+      <c r="N485" t="s">
+        <v>28</v>
+      </c>
+      <c r="O485" t="s">
+        <v>4491</v>
+      </c>
+    </row>
+    <row r="486" spans="1:15">
+      <c r="A486">
+        <v>65081</v>
+      </c>
+      <c r="B486" t="s">
+        <v>4492</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4493</v>
+      </c>
+      <c r="D486" t="s">
+        <v>4494</v>
+      </c>
+      <c r="E486" t="s">
+        <v>4495</v>
+      </c>
+      <c r="F486" t="s">
+        <v>4496</v>
+      </c>
+      <c r="G486" t="s">
+        <v>4497</v>
+      </c>
+      <c r="H486" t="s">
+        <v>4498</v>
+      </c>
+      <c r="I486" t="s">
+        <v>4499</v>
+      </c>
+      <c r="J486" t="s">
+        <v>24</v>
+      </c>
+      <c r="K486" t="s">
+        <v>47</v>
+      </c>
+      <c r="L486" t="s">
+        <v>26</v>
+      </c>
+      <c r="M486" t="s">
+        <v>48</v>
+      </c>
+      <c r="N486" t="s">
+        <v>28</v>
+      </c>
+      <c r="O486" t="s">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="487" spans="1:15">
+      <c r="A487">
+        <v>65082</v>
+      </c>
+      <c r="B487" t="s">
+        <v>4501</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4502</v>
+      </c>
+      <c r="D487" t="s">
+        <v>4503</v>
+      </c>
+      <c r="E487" t="s">
+        <v>4504</v>
+      </c>
+      <c r="F487" t="s">
+        <v>4505</v>
+      </c>
+      <c r="G487" t="s">
+        <v>4506</v>
+      </c>
+      <c r="H487" t="s">
+        <v>4507</v>
+      </c>
+      <c r="I487" t="s">
+        <v>4508</v>
+      </c>
+      <c r="J487" t="s">
+        <v>24</v>
+      </c>
+      <c r="K487" t="s">
+        <v>47</v>
+      </c>
+      <c r="L487" t="s">
+        <v>26</v>
+      </c>
+      <c r="M487" t="s">
+        <v>48</v>
+      </c>
+      <c r="N487" t="s">
+        <v>28</v>
+      </c>
+      <c r="O487" t="s">
+        <v>4509</v>
+      </c>
+    </row>
+    <row r="488" spans="1:15">
+      <c r="A488">
+        <v>65083</v>
+      </c>
+      <c r="B488" t="s">
+        <v>4510</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4511</v>
+      </c>
+      <c r="D488" t="s">
+        <v>4512</v>
+      </c>
+      <c r="E488" t="s">
+        <v>4513</v>
+      </c>
+      <c r="F488" t="s">
+        <v>4514</v>
+      </c>
+      <c r="G488" t="s">
+        <v>4515</v>
+      </c>
+      <c r="H488" t="s">
+        <v>4516</v>
+      </c>
+      <c r="I488" t="s">
+        <v>4517</v>
+      </c>
+      <c r="J488" t="s">
+        <v>24</v>
+      </c>
+      <c r="K488" t="s">
+        <v>170</v>
+      </c>
+      <c r="L488" t="s">
+        <v>26</v>
+      </c>
+      <c r="M488" t="s">
+        <v>171</v>
+      </c>
+      <c r="N488" t="s">
+        <v>28</v>
+      </c>
+      <c r="O488" t="s">
+        <v>4518</v>
+      </c>
+    </row>
+    <row r="489" spans="1:15">
+      <c r="A489">
+        <v>65084</v>
+      </c>
+      <c r="B489" t="s">
+        <v>4519</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4520</v>
+      </c>
+      <c r="D489" t="s">
+        <v>4521</v>
+      </c>
+      <c r="E489" t="s">
+        <v>4522</v>
+      </c>
+      <c r="F489" t="s">
+        <v>4523</v>
+      </c>
+      <c r="G489" t="s">
+        <v>4524</v>
+      </c>
+      <c r="H489" t="s">
+        <v>4525</v>
+      </c>
+      <c r="I489" t="s">
+        <v>4526</v>
+      </c>
+      <c r="J489" t="s">
+        <v>24</v>
+      </c>
+      <c r="K489" t="s">
+        <v>25</v>
+      </c>
+      <c r="L489" t="s">
+        <v>26</v>
+      </c>
+      <c r="M489" t="s">
+        <v>27</v>
+      </c>
+      <c r="N489" t="s">
+        <v>28</v>
+      </c>
+      <c r="O489" t="s">
+        <v>4527</v>
+      </c>
+    </row>
+    <row r="490" spans="1:15">
+      <c r="A490">
+        <v>65085</v>
+      </c>
+      <c r="B490" t="s">
+        <v>4528</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4529</v>
+      </c>
+      <c r="D490" t="s">
+        <v>4530</v>
+      </c>
+      <c r="E490" t="s">
+        <v>4531</v>
+      </c>
+      <c r="F490" t="s">
+        <v>4532</v>
+      </c>
+      <c r="G490" t="s">
+        <v>4533</v>
+      </c>
+      <c r="H490" t="s">
+        <v>4534</v>
+      </c>
+      <c r="I490" t="s">
+        <v>4535</v>
+      </c>
+      <c r="J490" t="s">
+        <v>24</v>
+      </c>
+      <c r="K490" t="s">
+        <v>580</v>
+      </c>
+      <c r="L490" t="s">
+        <v>26</v>
+      </c>
+      <c r="M490" t="s">
+        <v>581</v>
+      </c>
+      <c r="N490" t="s">
+        <v>28</v>
+      </c>
+      <c r="O490" t="s">
+        <v>4536</v>
+      </c>
+    </row>
+    <row r="491" spans="1:15">
+      <c r="A491">
+        <v>65086</v>
+      </c>
+      <c r="B491" t="s">
+        <v>4537</v>
+      </c>
+      <c r="C491" t="s">
+        <v>4538</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4539</v>
+      </c>
+      <c r="E491" t="s">
+        <v>4540</v>
+      </c>
+      <c r="F491" t="s">
+        <v>4541</v>
+      </c>
+      <c r="G491" t="s">
+        <v>4542</v>
+      </c>
+      <c r="H491" t="s">
+        <v>4543</v>
+      </c>
+      <c r="I491" t="s">
+        <v>4544</v>
+      </c>
+      <c r="J491" t="s">
+        <v>24</v>
+      </c>
+      <c r="K491" t="s">
+        <v>170</v>
+      </c>
+      <c r="L491" t="s">
+        <v>26</v>
+      </c>
+      <c r="M491" t="s">
+        <v>171</v>
+      </c>
+      <c r="N491" t="s">
+        <v>28</v>
+      </c>
+      <c r="O491" t="s">
+        <v>4545</v>
+      </c>
+    </row>
+    <row r="492" spans="1:15">
+      <c r="A492">
+        <v>65087</v>
+      </c>
+      <c r="B492" t="s">
+        <v>4546</v>
+      </c>
+      <c r="C492" t="s">
+        <v>4547</v>
+      </c>
+      <c r="D492" t="s">
+        <v>4548</v>
+      </c>
+      <c r="E492" t="s">
+        <v>4549</v>
+      </c>
+      <c r="F492" t="s">
+        <v>4550</v>
+      </c>
+      <c r="G492" t="s">
+        <v>4551</v>
+      </c>
+      <c r="H492" t="s">
+        <v>4552</v>
+      </c>
+      <c r="I492" t="s">
+        <v>4553</v>
+      </c>
+      <c r="J492" t="s">
+        <v>24</v>
+      </c>
+      <c r="K492" t="s">
+        <v>170</v>
+      </c>
+      <c r="L492" t="s">
+        <v>26</v>
+      </c>
+      <c r="M492" t="s">
+        <v>171</v>
+      </c>
+      <c r="N492" t="s">
+        <v>28</v>
+      </c>
+      <c r="O492" t="s">
+        <v>4554</v>
+      </c>
+    </row>
+    <row r="493" spans="1:15">
+      <c r="A493">
+        <v>65088</v>
+      </c>
+      <c r="B493" t="s">
+        <v>4555</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4556</v>
+      </c>
+      <c r="D493" t="s">
+        <v>4557</v>
+      </c>
+      <c r="E493" t="s">
+        <v>4558</v>
+      </c>
+      <c r="F493" t="s">
+        <v>4559</v>
+      </c>
+      <c r="G493" t="s">
+        <v>4560</v>
+      </c>
+      <c r="H493" t="s">
+        <v>4561</v>
+      </c>
+      <c r="I493" t="s">
+        <v>4562</v>
+      </c>
+      <c r="J493" t="s">
+        <v>24</v>
+      </c>
+      <c r="K493" t="s">
+        <v>25</v>
+      </c>
+      <c r="L493" t="s">
+        <v>26</v>
+      </c>
+      <c r="M493" t="s">
+        <v>27</v>
+      </c>
+      <c r="N493" t="s">
+        <v>28</v>
+      </c>
+      <c r="O493" t="s">
+        <v>4563</v>
+      </c>
+    </row>
+    <row r="494" spans="1:15">
+      <c r="A494">
+        <v>65089</v>
+      </c>
+      <c r="B494" t="s">
+        <v>4564</v>
+      </c>
+      <c r="C494" t="s">
+        <v>4565</v>
+      </c>
+      <c r="D494" t="s">
+        <v>4566</v>
+      </c>
+      <c r="E494" t="s">
+        <v>4567</v>
+      </c>
+      <c r="F494" t="s">
+        <v>4568</v>
+      </c>
+      <c r="G494" t="s">
+        <v>4569</v>
+      </c>
+      <c r="H494" t="s">
+        <v>4570</v>
+      </c>
+      <c r="I494" t="s">
+        <v>4571</v>
+      </c>
+      <c r="J494" t="s">
+        <v>24</v>
+      </c>
+      <c r="K494" t="s">
+        <v>25</v>
+      </c>
+      <c r="L494" t="s">
+        <v>26</v>
+      </c>
+      <c r="M494" t="s">
+        <v>27</v>
+      </c>
+      <c r="N494" t="s">
+        <v>28</v>
+      </c>
+      <c r="O494" t="s">
+        <v>4572</v>
+      </c>
+    </row>
+    <row r="495" spans="1:15">
+      <c r="A495">
+        <v>65090</v>
+      </c>
+      <c r="B495" t="s">
+        <v>4573</v>
+      </c>
+      <c r="C495" t="s">
+        <v>4574</v>
+      </c>
+      <c r="D495" t="s">
+        <v>4575</v>
+      </c>
+      <c r="E495" t="s">
+        <v>4576</v>
+      </c>
+      <c r="F495" t="s">
+        <v>4577</v>
+      </c>
+      <c r="G495" t="s">
+        <v>4578</v>
+      </c>
+      <c r="H495" t="s">
+        <v>4579</v>
+      </c>
+      <c r="I495" t="s">
+        <v>4580</v>
+      </c>
+      <c r="J495" t="s">
+        <v>24</v>
+      </c>
+      <c r="K495" t="s">
+        <v>25</v>
+      </c>
+      <c r="L495" t="s">
+        <v>26</v>
+      </c>
+      <c r="M495" t="s">
+        <v>27</v>
+      </c>
+      <c r="N495" t="s">
+        <v>28</v>
+      </c>
+      <c r="O495" t="s">
+        <v>4581</v>
+      </c>
+    </row>
+    <row r="496" spans="1:15">
+      <c r="A496">
+        <v>65091</v>
+      </c>
+      <c r="B496" t="s">
+        <v>4582</v>
+      </c>
+      <c r="C496" t="s">
+        <v>4583</v>
+      </c>
+      <c r="D496" t="s">
+        <v>4584</v>
+      </c>
+      <c r="E496" t="s">
+        <v>4585</v>
+      </c>
+      <c r="F496" t="s">
+        <v>4586</v>
+      </c>
+      <c r="G496" t="s">
+        <v>4587</v>
+      </c>
+      <c r="H496" t="s">
+        <v>4588</v>
+      </c>
+      <c r="I496" t="s">
+        <v>4589</v>
+      </c>
+      <c r="J496" t="s">
+        <v>24</v>
+      </c>
+      <c r="K496" t="s">
+        <v>25</v>
+      </c>
+      <c r="L496" t="s">
+        <v>26</v>
+      </c>
+      <c r="M496" t="s">
+        <v>27</v>
+      </c>
+      <c r="N496" t="s">
+        <v>28</v>
+      </c>
+      <c r="O496" t="s">
+        <v>4590</v>
+      </c>
+    </row>
+    <row r="497" spans="1:15">
+      <c r="A497">
+        <v>65092</v>
+      </c>
+      <c r="B497" t="s">
+        <v>4591</v>
+      </c>
+      <c r="C497" t="s">
+        <v>4592</v>
+      </c>
+      <c r="D497" t="s">
+        <v>4593</v>
+      </c>
+      <c r="E497" t="s">
+        <v>4594</v>
+      </c>
+      <c r="F497" t="s">
+        <v>4595</v>
+      </c>
+      <c r="G497" t="s">
+        <v>4596</v>
+      </c>
+      <c r="H497" t="s">
+        <v>4597</v>
+      </c>
+      <c r="I497" t="s">
+        <v>4598</v>
+      </c>
+      <c r="J497" t="s">
+        <v>24</v>
+      </c>
+      <c r="K497" t="s">
+        <v>170</v>
+      </c>
+      <c r="L497" t="s">
+        <v>26</v>
+      </c>
+      <c r="M497" t="s">
+        <v>171</v>
+      </c>
+      <c r="N497" t="s">
+        <v>28</v>
+      </c>
+      <c r="O497" t="s">
+        <v>4599</v>
+      </c>
+    </row>
+    <row r="498" spans="1:15">
+      <c r="A498">
+        <v>65093</v>
+      </c>
+      <c r="B498" t="s">
+        <v>4600</v>
+      </c>
+      <c r="C498" t="s">
+        <v>4601</v>
+      </c>
+      <c r="D498" t="s">
+        <v>4602</v>
+      </c>
+      <c r="E498" t="s">
+        <v>4603</v>
+      </c>
+      <c r="F498" t="s">
+        <v>4604</v>
+      </c>
+      <c r="G498" t="s">
+        <v>4605</v>
+      </c>
+      <c r="H498" t="s">
+        <v>4606</v>
+      </c>
+      <c r="I498" t="s">
+        <v>4607</v>
+      </c>
+      <c r="J498" t="s">
+        <v>24</v>
+      </c>
+      <c r="K498" t="s">
+        <v>170</v>
+      </c>
+      <c r="L498" t="s">
+        <v>26</v>
+      </c>
+      <c r="M498" t="s">
+        <v>171</v>
+      </c>
+      <c r="N498" t="s">
+        <v>28</v>
+      </c>
+      <c r="O498" t="s">
+        <v>4608</v>
+      </c>
+    </row>
+    <row r="499" spans="1:15">
+      <c r="A499">
+        <v>65094</v>
+      </c>
+      <c r="B499" t="s">
+        <v>4609</v>
+      </c>
+      <c r="C499" t="s">
+        <v>4610</v>
+      </c>
+      <c r="D499" t="s">
+        <v>4611</v>
+      </c>
+      <c r="E499" t="s">
+        <v>4612</v>
+      </c>
+      <c r="F499" t="s">
+        <v>4613</v>
+      </c>
+      <c r="G499" t="s">
+        <v>4614</v>
+      </c>
+      <c r="H499" t="s">
+        <v>4615</v>
+      </c>
+      <c r="I499" t="s">
+        <v>4616</v>
+      </c>
+      <c r="J499" t="s">
+        <v>24</v>
+      </c>
+      <c r="K499" t="s">
+        <v>4617</v>
+      </c>
+      <c r="L499" t="s">
+        <v>26</v>
+      </c>
+      <c r="M499" t="s">
+        <v>4618</v>
+      </c>
+      <c r="N499" t="s">
+        <v>28</v>
+      </c>
+      <c r="O499" t="s">
+        <v>4619</v>
+      </c>
+    </row>
+    <row r="500" spans="1:15">
+      <c r="A500">
+        <v>65095</v>
+      </c>
+      <c r="B500" t="s">
+        <v>4620</v>
+      </c>
+      <c r="C500" t="s">
+        <v>4621</v>
+      </c>
+      <c r="D500" t="s">
+        <v>4622</v>
+      </c>
+      <c r="E500" t="s">
+        <v>4623</v>
+      </c>
+      <c r="F500" t="s">
+        <v>4624</v>
+      </c>
+      <c r="G500" t="s">
+        <v>4625</v>
+      </c>
+      <c r="H500" t="s">
+        <v>4626</v>
+      </c>
+      <c r="I500" t="s">
+        <v>4627</v>
+      </c>
+      <c r="J500" t="s">
+        <v>24</v>
+      </c>
+      <c r="K500" t="s">
+        <v>746</v>
+      </c>
+      <c r="L500" t="s">
+        <v>26</v>
+      </c>
+      <c r="M500" t="s">
+        <v>747</v>
+      </c>
+      <c r="N500" t="s">
+        <v>28</v>
+      </c>
+      <c r="O500" t="s">
+        <v>4628</v>
+      </c>
+    </row>
+    <row r="501" spans="1:15">
+      <c r="A501">
+        <v>65096</v>
+      </c>
+      <c r="B501" t="s">
+        <v>4629</v>
+      </c>
+      <c r="C501" t="s">
+        <v>4630</v>
+      </c>
+      <c r="D501" t="s">
+        <v>4631</v>
+      </c>
+      <c r="E501" t="s">
+        <v>4632</v>
+      </c>
+      <c r="F501" t="s">
+        <v>4633</v>
+      </c>
+      <c r="G501" t="s">
+        <v>4634</v>
+      </c>
+      <c r="H501" t="s">
+        <v>4635</v>
+      </c>
+      <c r="I501" t="s">
+        <v>4636</v>
+      </c>
+      <c r="J501" t="s">
+        <v>24</v>
+      </c>
+      <c r="K501" t="s">
+        <v>25</v>
+      </c>
+      <c r="L501" t="s">
+        <v>26</v>
+      </c>
+      <c r="M501" t="s">
+        <v>27</v>
+      </c>
+      <c r="N501" t="s">
+        <v>28</v>
+      </c>
+      <c r="O501" t="s">
+        <v>4637</v>
+      </c>
+    </row>
+    <row r="502" spans="1:15">
+      <c r="A502">
+        <v>65097</v>
+      </c>
+      <c r="B502" t="s">
+        <v>4638</v>
+      </c>
+      <c r="C502" t="s">
+        <v>4639</v>
+      </c>
+      <c r="D502" t="s">
+        <v>4640</v>
+      </c>
+      <c r="E502" t="s">
+        <v>4641</v>
+      </c>
+      <c r="F502" t="s">
+        <v>4642</v>
+      </c>
+      <c r="G502" t="s">
+        <v>4643</v>
+      </c>
+      <c r="H502" t="s">
+        <v>4644</v>
+      </c>
+      <c r="I502" t="s">
+        <v>4645</v>
+      </c>
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
+        <v>170</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>171</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
+        <v>4646</v>
+      </c>
+    </row>
+    <row r="503" spans="1:15">
+      <c r="A503">
+        <v>65098</v>
+      </c>
+      <c r="B503" t="s">
+        <v>4647</v>
+      </c>
+      <c r="C503" t="s">
+        <v>4648</v>
+      </c>
+      <c r="D503" t="s">
+        <v>4649</v>
+      </c>
+      <c r="E503" t="s">
+        <v>4650</v>
+      </c>
+      <c r="F503" t="s">
+        <v>4651</v>
+      </c>
+      <c r="G503" t="s">
+        <v>4652</v>
+      </c>
+      <c r="H503" t="s">
+        <v>4653</v>
+      </c>
+      <c r="I503" t="s">
+        <v>4654</v>
+      </c>
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
+        <v>25</v>
+      </c>
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
+        <v>27</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
+        <v>4655</v>
+      </c>
+    </row>
+    <row r="504" spans="1:15">
+      <c r="A504">
+        <v>65099</v>
+      </c>
+      <c r="B504" t="s">
+        <v>4656</v>
+      </c>
+      <c r="C504" t="s">
+        <v>4657</v>
+      </c>
+      <c r="D504" t="s">
+        <v>4658</v>
+      </c>
+      <c r="E504" t="s">
+        <v>4659</v>
+      </c>
+      <c r="F504" t="s">
+        <v>4660</v>
+      </c>
+      <c r="G504" t="s">
+        <v>4661</v>
+      </c>
+      <c r="H504" t="s">
+        <v>4662</v>
+      </c>
+      <c r="I504" t="s">
+        <v>4663</v>
+      </c>
+      <c r="J504" t="s">
+        <v>24</v>
+      </c>
+      <c r="K504" t="s">
+        <v>170</v>
+      </c>
+      <c r="L504" t="s">
+        <v>26</v>
+      </c>
+      <c r="M504" t="s">
+        <v>171</v>
+      </c>
+      <c r="N504" t="s">
+        <v>28</v>
+      </c>
+      <c r="O504" t="s">
+        <v>4664</v>
+      </c>
+    </row>
+    <row r="505" spans="1:15">
+      <c r="A505">
+        <v>65100</v>
+      </c>
+      <c r="B505" t="s">
+        <v>4665</v>
+      </c>
+      <c r="C505" t="s">
+        <v>4666</v>
+      </c>
+      <c r="D505" t="s">
+        <v>4667</v>
+      </c>
+      <c r="E505" t="s">
+        <v>4668</v>
+      </c>
+      <c r="F505" t="s">
+        <v>4669</v>
+      </c>
+      <c r="G505" t="s">
+        <v>4670</v>
+      </c>
+      <c r="H505" t="s">
+        <v>4671</v>
+      </c>
+      <c r="I505" t="s">
+        <v>4672</v>
+      </c>
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>4047</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>4048</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
+        <v>4673</v>
+      </c>
+    </row>
+    <row r="506" spans="1:15">
+      <c r="A506">
+        <v>65101</v>
+      </c>
+      <c r="B506" t="s">
+        <v>4674</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4675</v>
+      </c>
+      <c r="D506" t="s">
+        <v>4676</v>
+      </c>
+      <c r="E506" t="s">
+        <v>4677</v>
+      </c>
+      <c r="F506" t="s">
+        <v>4678</v>
+      </c>
+      <c r="G506" t="s">
+        <v>4679</v>
+      </c>
+      <c r="H506" t="s">
+        <v>4680</v>
+      </c>
+      <c r="I506" t="s">
+        <v>4681</v>
+      </c>
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>170</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>171</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
+        <v>4682</v>
+      </c>
+    </row>
+    <row r="507" spans="1:15">
+      <c r="A507">
+        <v>65102</v>
+      </c>
+      <c r="B507" t="s">
+        <v>4683</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4684</v>
+      </c>
+      <c r="D507" t="s">
+        <v>4685</v>
+      </c>
+      <c r="E507" t="s">
+        <v>4686</v>
+      </c>
+      <c r="F507" t="s">
+        <v>4687</v>
+      </c>
+      <c r="G507" t="s">
+        <v>4688</v>
+      </c>
+      <c r="H507" t="s">
+        <v>4689</v>
+      </c>
+      <c r="I507" t="s">
+        <v>4690</v>
+      </c>
+      <c r="J507" t="s">
+        <v>24</v>
+      </c>
+      <c r="K507" t="s">
+        <v>25</v>
+      </c>
+      <c r="L507" t="s">
+        <v>26</v>
+      </c>
+      <c r="M507" t="s">
+        <v>27</v>
+      </c>
+      <c r="N507" t="s">
+        <v>28</v>
+      </c>
+      <c r="O507" t="s">
+        <v>4691</v>
+      </c>
+    </row>
+    <row r="508" spans="1:15">
+      <c r="A508">
+        <v>65104</v>
+      </c>
+      <c r="B508" t="s">
+        <v>4692</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4693</v>
+      </c>
+      <c r="D508" t="s">
+        <v>4694</v>
+      </c>
+      <c r="E508" t="s">
+        <v>4695</v>
+      </c>
+      <c r="F508" t="s">
+        <v>4696</v>
+      </c>
+      <c r="G508" t="s">
+        <v>4697</v>
+      </c>
+      <c r="H508" t="s">
+        <v>4698</v>
+      </c>
+      <c r="I508" t="s">
+        <v>4699</v>
+      </c>
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
+        <v>2537</v>
+      </c>
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
+        <v>2538</v>
+      </c>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
+        <v>4700</v>
+      </c>
+    </row>
+    <row r="509" spans="1:15">
+      <c r="A509">
+        <v>65105</v>
+      </c>
+      <c r="B509" t="s">
+        <v>4701</v>
+      </c>
+      <c r="C509" t="s">
+        <v>4702</v>
+      </c>
+      <c r="D509" t="s">
+        <v>4703</v>
+      </c>
+      <c r="E509" t="s">
+        <v>4704</v>
+      </c>
+      <c r="F509" t="s">
+        <v>4705</v>
+      </c>
+      <c r="G509" t="s">
+        <v>4706</v>
+      </c>
+      <c r="H509" t="s">
+        <v>4707</v>
+      </c>
+      <c r="I509" t="s">
+        <v>4708</v>
+      </c>
+      <c r="J509" t="s">
+        <v>24</v>
+      </c>
+      <c r="K509" t="s">
+        <v>170</v>
+      </c>
+      <c r="L509" t="s">
+        <v>26</v>
+      </c>
+      <c r="M509" t="s">
+        <v>171</v>
+      </c>
+      <c r="N509" t="s">
+        <v>28</v>
+      </c>
+      <c r="O509" t="s">
+        <v>4709</v>
+      </c>
+    </row>
+    <row r="510" spans="1:15">
+      <c r="A510">
+        <v>65107</v>
+      </c>
+      <c r="B510" t="s">
+        <v>4710</v>
+      </c>
+      <c r="C510" t="s">
+        <v>4711</v>
+      </c>
+      <c r="D510" t="s">
+        <v>4712</v>
+      </c>
+      <c r="E510" t="s">
+        <v>4713</v>
+      </c>
+      <c r="F510" t="s">
+        <v>4714</v>
+      </c>
+      <c r="G510" t="s">
+        <v>4715</v>
+      </c>
+      <c r="H510" t="s">
+        <v>4716</v>
+      </c>
+      <c r="I510" t="s">
+        <v>4717</v>
+      </c>
+      <c r="J510" t="s">
+        <v>24</v>
+      </c>
+      <c r="K510" t="s">
+        <v>4718</v>
+      </c>
+      <c r="L510" t="s">
+        <v>26</v>
+      </c>
+      <c r="M510" t="s">
+        <v>4719</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
+        <v>4720</v>
+      </c>
+    </row>
+    <row r="511" spans="1:15">
+      <c r="A511">
+        <v>65116</v>
+      </c>
+      <c r="B511" t="s">
+        <v>4721</v>
+      </c>
+      <c r="C511" t="s">
+        <v>4722</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4723</v>
+      </c>
+      <c r="E511" t="s">
+        <v>4724</v>
+      </c>
+      <c r="F511" t="s">
+        <v>4725</v>
+      </c>
+      <c r="G511" t="s">
+        <v>4726</v>
+      </c>
+      <c r="H511" t="s">
+        <v>4727</v>
+      </c>
+      <c r="I511" t="s">
+        <v>4728</v>
+      </c>
+      <c r="J511" t="s">
+        <v>24</v>
+      </c>
+      <c r="K511" t="s">
+        <v>170</v>
+      </c>
+      <c r="L511" t="s">
+        <v>26</v>
+      </c>
+      <c r="M511" t="s">
+        <v>171</v>
+      </c>
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
+        <v>4729</v>
+      </c>
+    </row>
+    <row r="512" spans="1:15">
+      <c r="A512">
+        <v>65124</v>
+      </c>
+      <c r="B512" t="s">
+        <v>4730</v>
+      </c>
+      <c r="C512" t="s">
+        <v>4731</v>
+      </c>
+      <c r="D512" t="s">
+        <v>4732</v>
+      </c>
+      <c r="E512" t="s">
+        <v>4733</v>
+      </c>
+      <c r="F512" t="s">
+        <v>4734</v>
+      </c>
+      <c r="G512" t="s">
+        <v>4735</v>
+      </c>
+      <c r="H512" t="s">
+        <v>4736</v>
+      </c>
+      <c r="I512" t="s">
+        <v>4737</v>
+      </c>
+      <c r="J512" t="s">
+        <v>24</v>
+      </c>
+      <c r="K512" t="s">
+        <v>25</v>
+      </c>
+      <c r="L512" t="s">
+        <v>26</v>
+      </c>
+      <c r="M512" t="s">
+        <v>27</v>
+      </c>
+      <c r="N512" t="s">
+        <v>28</v>
+      </c>
+      <c r="O512" t="s">
+        <v>4738</v>
+      </c>
+    </row>
+    <row r="513" spans="1:15">
+      <c r="A513">
+        <v>65255</v>
+      </c>
+      <c r="B513" t="s">
+        <v>4739</v>
+      </c>
+      <c r="C513" t="s">
+        <v>4740</v>
+      </c>
+      <c r="D513" t="s">
+        <v>4741</v>
+      </c>
+      <c r="E513" t="s">
+        <v>4742</v>
+      </c>
+      <c r="F513" t="s">
+        <v>4743</v>
+      </c>
+      <c r="G513" t="s">
+        <v>4744</v>
+      </c>
+      <c r="H513" t="s">
+        <v>4745</v>
+      </c>
+      <c r="I513" t="s">
+        <v>4746</v>
+      </c>
+      <c r="J513" t="s">
+        <v>1625</v>
+      </c>
+      <c r="K513" t="s">
+        <v>4747</v>
+      </c>
+      <c r="L513" t="s">
+        <v>1627</v>
+      </c>
+      <c r="M513" t="s">
+        <v>4748</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
+        <v>4749</v>
+      </c>
+    </row>
+    <row r="514" spans="1:15">
+      <c r="A514">
+        <v>65479</v>
+      </c>
+      <c r="B514" t="s">
+        <v>4750</v>
+      </c>
+      <c r="C514" t="s">
+        <v>4751</v>
+      </c>
+      <c r="D514" t="s">
+        <v>4752</v>
+      </c>
+      <c r="E514" t="s">
+        <v>4753</v>
+      </c>
+      <c r="F514" t="s">
+        <v>4754</v>
+      </c>
+      <c r="G514" t="s">
+        <v>4755</v>
+      </c>
+      <c r="H514" t="s">
+        <v>4756</v>
+      </c>
+      <c r="I514" t="s">
+        <v>4757</v>
+      </c>
+      <c r="J514" t="s">
+        <v>24</v>
+      </c>
+      <c r="K514" t="s">
+        <v>25</v>
+      </c>
+      <c r="L514" t="s">
+        <v>26</v>
+      </c>
+      <c r="M514" t="s">
+        <v>27</v>
+      </c>
+      <c r="N514" t="s">
+        <v>28</v>
+      </c>
+      <c r="O514" t="s">
+        <v>4758</v>
+      </c>
+    </row>
+    <row r="515" spans="1:15">
+      <c r="A515">
+        <v>65566</v>
+      </c>
+      <c r="B515" t="s">
+        <v>4759</v>
+      </c>
+      <c r="C515" t="s">
+        <v>4760</v>
+      </c>
+      <c r="D515" t="s">
+        <v>4761</v>
+      </c>
+      <c r="E515" t="s">
+        <v>4762</v>
+      </c>
+      <c r="F515" t="s">
+        <v>4763</v>
+      </c>
+      <c r="G515" t="s">
+        <v>4764</v>
+      </c>
+      <c r="H515" t="s">
+        <v>4765</v>
+      </c>
+      <c r="I515" t="s">
+        <v>4766</v>
+      </c>
+      <c r="J515" t="s">
+        <v>24</v>
+      </c>
+      <c r="K515" t="s">
+        <v>170</v>
+      </c>
+      <c r="L515" t="s">
+        <v>26</v>
+      </c>
+      <c r="M515" t="s">
+        <v>171</v>
+      </c>
+      <c r="N515" t="s">
+        <v>28</v>
+      </c>
+      <c r="O515" t="s">
+        <v>4767</v>
+      </c>
+    </row>
+    <row r="516" spans="1:15">
+      <c r="A516">
+        <v>65613</v>
+      </c>
+      <c r="B516" t="s">
+        <v>4768</v>
+      </c>
+      <c r="C516" t="s">
+        <v>4769</v>
+      </c>
+      <c r="D516" t="s">
+        <v>4770</v>
+      </c>
+      <c r="E516" t="s">
+        <v>4771</v>
+      </c>
+      <c r="F516" t="s">
+        <v>4772</v>
+      </c>
+      <c r="G516" t="s">
+        <v>4773</v>
+      </c>
+      <c r="H516" t="s">
+        <v>4774</v>
+      </c>
+      <c r="I516" t="s">
+        <v>4775</v>
+      </c>
+      <c r="J516" t="s">
+        <v>4776</v>
+      </c>
+      <c r="K516" t="s">
+        <v>1665</v>
+      </c>
+      <c r="L516" t="s">
+        <v>4777</v>
+      </c>
+      <c r="M516" t="s">
+        <v>1666</v>
+      </c>
+      <c r="N516" t="s">
+        <v>28</v>
+      </c>
+      <c r="O516" t="s">
+        <v>4778</v>
+      </c>
+    </row>
+    <row r="517" spans="1:15">
+      <c r="A517">
+        <v>65869</v>
+      </c>
+      <c r="B517" t="s">
+        <v>4779</v>
+      </c>
+      <c r="C517" t="s">
+        <v>4780</v>
+      </c>
+      <c r="D517" t="s">
+        <v>4781</v>
+      </c>
+      <c r="E517" t="s">
+        <v>4782</v>
+      </c>
+      <c r="F517" t="s">
+        <v>4783</v>
+      </c>
+      <c r="G517" t="s">
+        <v>4784</v>
+      </c>
+      <c r="H517" t="s">
+        <v>4785</v>
+      </c>
+      <c r="I517" t="s">
+        <v>4786</v>
+      </c>
+      <c r="J517" t="s">
+        <v>24</v>
+      </c>
+      <c r="K517" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N517" t="s">
+        <v>28</v>
+      </c>
+      <c r="O517" t="s">
+        <v>4787</v>
+      </c>
+    </row>
+    <row r="518" spans="1:15">
+      <c r="A518">
+        <v>66392</v>
+      </c>
+      <c r="B518" t="s">
+        <v>4788</v>
+      </c>
+      <c r="C518" t="s">
+        <v>4789</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4790</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4791</v>
+      </c>
+      <c r="F518" t="s">
+        <v>4792</v>
+      </c>
+      <c r="G518" t="s">
+        <v>4793</v>
+      </c>
+      <c r="H518" t="s">
+        <v>4794</v>
+      </c>
+      <c r="I518" t="s">
+        <v>4795</v>
+      </c>
+      <c r="J518" t="s">
+        <v>24</v>
+      </c>
+      <c r="K518" t="s">
+        <v>25</v>
+      </c>
+      <c r="L518" t="s">
+        <v>26</v>
+      </c>
+      <c r="M518" t="s">
+        <v>27</v>
+      </c>
+      <c r="N518" t="s">
+        <v>28</v>
+      </c>
+      <c r="O518" t="s">
+        <v>4796</v>
+      </c>
+    </row>
+    <row r="519" spans="1:15">
+      <c r="A519">
+        <v>66510</v>
+      </c>
+      <c r="B519" t="s">
+        <v>4797</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4798</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4799</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4800</v>
+      </c>
+      <c r="F519" t="s">
+        <v>4801</v>
+      </c>
+      <c r="G519" t="s">
+        <v>4802</v>
+      </c>
+      <c r="H519" t="s">
+        <v>4803</v>
+      </c>
+      <c r="I519" t="s">
+        <v>4804</v>
+      </c>
+      <c r="J519" t="s">
+        <v>1625</v>
+      </c>
+      <c r="K519" t="s">
+        <v>4805</v>
+      </c>
+      <c r="L519" t="s">
+        <v>1627</v>
+      </c>
+      <c r="M519" t="s">
+        <v>4806</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
+        <v>4807</v>
+      </c>
+    </row>
+    <row r="520" spans="1:15">
+      <c r="A520">
+        <v>66511</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C520" t="s">
+        <v>4808</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4809</v>
+      </c>
+      <c r="E520" t="s">
+        <v>4810</v>
+      </c>
+      <c r="F520" t="s">
+        <v>1847</v>
+      </c>
+      <c r="G520" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H520" t="s">
+        <v>4811</v>
+      </c>
+      <c r="I520" t="s">
+        <v>4812</v>
+      </c>
+      <c r="J520" t="s">
+        <v>24</v>
+      </c>
+      <c r="K520" t="s">
+        <v>4813</v>
+      </c>
+      <c r="L520" t="s">
+        <v>26</v>
+      </c>
+      <c r="M520" t="s">
+        <v>4814</v>
+      </c>
+      <c r="N520" t="s">
+        <v>28</v>
+      </c>
+      <c r="O520" t="s">
+        <v>4815</v>
+      </c>
+    </row>
+    <row r="521" spans="1:15">
+      <c r="A521">
+        <v>66512</v>
+      </c>
+      <c r="B521" t="s">
+        <v>3880</v>
+      </c>
+      <c r="C521" t="s">
+        <v>4816</v>
+      </c>
+      <c r="D521" t="s">
+        <v>4817</v>
+      </c>
+      <c r="E521" t="s">
+        <v>4818</v>
+      </c>
+      <c r="F521" t="s">
+        <v>4819</v>
+      </c>
+      <c r="G521" t="s">
+        <v>3885</v>
+      </c>
+      <c r="H521" t="s">
+        <v>3886</v>
+      </c>
+      <c r="I521" t="s">
+        <v>3887</v>
+      </c>
+      <c r="J521" t="s">
+        <v>24</v>
+      </c>
+      <c r="K521" t="s">
+        <v>4820</v>
+      </c>
+      <c r="L521" t="s">
+        <v>26</v>
+      </c>
+      <c r="M521" t="s">
+        <v>4821</v>
+      </c>
+      <c r="N521" t="s">
+        <v>28</v>
+      </c>
+      <c r="O521" t="s">
+        <v>4822</v>
+      </c>
+    </row>
+    <row r="522" spans="1:15">
+      <c r="A522">
+        <v>66513</v>
+      </c>
+      <c r="B522" t="s">
+        <v>4823</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4824</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4825</v>
+      </c>
+      <c r="E522" t="s">
+        <v>4826</v>
+      </c>
+      <c r="F522" t="s">
+        <v>4827</v>
+      </c>
+      <c r="G522" t="s">
+        <v>4214</v>
+      </c>
+      <c r="H522" t="s">
+        <v>4828</v>
+      </c>
+      <c r="I522" t="s">
+        <v>4829</v>
+      </c>
+      <c r="J522" t="s">
+        <v>24</v>
+      </c>
+      <c r="K522" t="s">
+        <v>4820</v>
+      </c>
+      <c r="L522" t="s">
+        <v>26</v>
+      </c>
+      <c r="M522" t="s">
+        <v>4821</v>
+      </c>
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
+        <v>4830</v>
+      </c>
+    </row>
+    <row r="523" spans="1:15">
+      <c r="A523">
+        <v>66514</v>
+      </c>
+      <c r="B523" t="s">
+        <v>4831</v>
+      </c>
+      <c r="C523" t="s">
+        <v>4832</v>
+      </c>
+      <c r="D523" t="s">
+        <v>4833</v>
+      </c>
+      <c r="E523" t="s">
+        <v>4834</v>
+      </c>
+      <c r="F523" t="s">
+        <v>1992</v>
+      </c>
+      <c r="G523" t="s">
+        <v>1993</v>
+      </c>
+      <c r="H523" t="s">
+        <v>4835</v>
+      </c>
+      <c r="I523" t="s">
+        <v>4836</v>
+      </c>
+      <c r="J523" t="s">
+        <v>24</v>
+      </c>
+      <c r="K523" t="s">
+        <v>4820</v>
+      </c>
+      <c r="L523" t="s">
+        <v>26</v>
+      </c>
+      <c r="M523" t="s">
+        <v>4821</v>
+      </c>
+      <c r="N523" t="s">
+        <v>28</v>
+      </c>
+      <c r="O523" t="s">
+        <v>4837</v>
+      </c>
+    </row>
+    <row r="524" spans="1:15">
+      <c r="A524">
+        <v>66515</v>
+      </c>
+      <c r="B524" t="s">
+        <v>4838</v>
+      </c>
+      <c r="C524" t="s">
+        <v>4839</v>
+      </c>
+      <c r="D524" t="s">
+        <v>4840</v>
+      </c>
+      <c r="E524" t="s">
+        <v>4841</v>
+      </c>
+      <c r="F524" t="s">
+        <v>4842</v>
+      </c>
+      <c r="G524" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H524" t="s">
+        <v>4843</v>
+      </c>
+      <c r="I524" t="s">
+        <v>4844</v>
+      </c>
+      <c r="J524" t="s">
+        <v>24</v>
+      </c>
+      <c r="K524" t="s">
+        <v>4820</v>
+      </c>
+      <c r="L524" t="s">
+        <v>26</v>
+      </c>
+      <c r="M524" t="s">
+        <v>4821</v>
+      </c>
+      <c r="N524" t="s">
+        <v>28</v>
+      </c>
+      <c r="O524" t="s">
+        <v>4845</v>
+      </c>
+    </row>
+    <row r="525" spans="1:15">
+      <c r="A525">
+        <v>66516</v>
+      </c>
+      <c r="B525" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C525" t="s">
+        <v>4846</v>
+      </c>
+      <c r="D525" t="s">
+        <v>4847</v>
+      </c>
+      <c r="E525" t="s">
+        <v>4848</v>
+      </c>
+      <c r="F525" t="s">
+        <v>4849</v>
+      </c>
+      <c r="G525" t="s">
+        <v>4850</v>
+      </c>
+      <c r="H525" t="s">
+        <v>4851</v>
+      </c>
+      <c r="I525" t="s">
+        <v>1733</v>
+      </c>
+      <c r="J525" t="s">
+        <v>24</v>
+      </c>
+      <c r="K525" t="s">
+        <v>170</v>
+      </c>
+      <c r="L525" t="s">
+        <v>26</v>
+      </c>
+      <c r="M525" t="s">
+        <v>171</v>
+      </c>
+      <c r="N525" t="s">
+        <v>28</v>
+      </c>
+      <c r="O525" t="s">
+        <v>4852</v>
+      </c>
+    </row>
+    <row r="526" spans="1:15">
+      <c r="A526">
+        <v>66517</v>
+      </c>
+      <c r="B526" t="s">
+        <v>4853</v>
+      </c>
+      <c r="C526" t="s">
+        <v>4854</v>
+      </c>
+      <c r="D526" t="s">
+        <v>4855</v>
+      </c>
+      <c r="E526" t="s">
+        <v>4856</v>
+      </c>
+      <c r="F526" t="s">
+        <v>4857</v>
+      </c>
+      <c r="G526" t="s">
+        <v>4858</v>
+      </c>
+      <c r="H526" t="s">
+        <v>4859</v>
+      </c>
+      <c r="I526" t="s">
+        <v>4860</v>
+      </c>
+      <c r="J526" t="s">
+        <v>24</v>
+      </c>
+      <c r="K526" t="s">
+        <v>4820</v>
+      </c>
+      <c r="L526" t="s">
+        <v>26</v>
+      </c>
+      <c r="M526" t="s">
+        <v>4821</v>
+      </c>
+      <c r="N526" t="s">
+        <v>28</v>
+      </c>
+      <c r="O526" t="s">
+        <v>4861</v>
+      </c>
+    </row>
+    <row r="527" spans="1:15">
+      <c r="A527">
+        <v>66518</v>
+      </c>
+      <c r="B527" t="s">
+        <v>4862</v>
+      </c>
+      <c r="C527" t="s">
+        <v>4863</v>
+      </c>
+      <c r="D527" t="s">
+        <v>4864</v>
+      </c>
+      <c r="E527" t="s">
+        <v>4865</v>
+      </c>
+      <c r="F527" t="s">
+        <v>4866</v>
+      </c>
+      <c r="G527" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H527" t="s">
+        <v>4867</v>
+      </c>
+      <c r="I527" t="s">
+        <v>4868</v>
+      </c>
+      <c r="J527" t="s">
+        <v>24</v>
+      </c>
+      <c r="K527" t="s">
+        <v>170</v>
+      </c>
+      <c r="L527" t="s">
+        <v>26</v>
+      </c>
+      <c r="M527" t="s">
+        <v>171</v>
+      </c>
+      <c r="N527" t="s">
+        <v>28</v>
+      </c>
+      <c r="O527" t="s">
+        <v>4869</v>
+      </c>
+    </row>
+    <row r="528" spans="1:15">
+      <c r="A528">
+        <v>66519</v>
+      </c>
+      <c r="B528" t="s">
+        <v>4870</v>
+      </c>
+      <c r="C528" t="s">
+        <v>4871</v>
+      </c>
+      <c r="D528" t="s">
+        <v>4872</v>
+      </c>
+      <c r="E528" t="s">
+        <v>4873</v>
+      </c>
+      <c r="F528" t="s">
+        <v>4874</v>
+      </c>
+      <c r="G528" t="s">
+        <v>4875</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1867</v>
+      </c>
+      <c r="I528" t="s">
+        <v>1868</v>
+      </c>
+      <c r="J528" t="s">
+        <v>24</v>
+      </c>
+      <c r="K528" t="s">
+        <v>4876</v>
+      </c>
+      <c r="L528" t="s">
+        <v>26</v>
+      </c>
+      <c r="M528" t="s">
+        <v>4877</v>
+      </c>
+      <c r="N528" t="s">
+        <v>28</v>
+      </c>
+      <c r="O528" t="s">
+        <v>4878</v>
+      </c>
+    </row>
+    <row r="529" spans="1:15">
+      <c r="A529">
+        <v>66520</v>
+      </c>
+      <c r="B529" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C529" t="s">
+        <v>4879</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4880</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4881</v>
+      </c>
+      <c r="F529" t="s">
+        <v>1952</v>
+      </c>
+      <c r="G529" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1954</v>
+      </c>
+      <c r="I529" t="s">
+        <v>1955</v>
+      </c>
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
+        <v>25</v>
+      </c>
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
+        <v>27</v>
+      </c>
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
+        <v>4882</v>
+      </c>
+    </row>
+    <row r="530" spans="1:15">
+      <c r="A530">
+        <v>66521</v>
+      </c>
+      <c r="B530" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C530" t="s">
+        <v>4883</v>
+      </c>
+      <c r="D530" t="s">
+        <v>4884</v>
+      </c>
+      <c r="E530" t="s">
+        <v>4885</v>
+      </c>
+      <c r="F530" t="s">
+        <v>4886</v>
+      </c>
+      <c r="G530" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H530" t="s">
+        <v>4887</v>
+      </c>
+      <c r="I530" t="s">
+        <v>1778</v>
+      </c>
+      <c r="J530" t="s">
+        <v>24</v>
+      </c>
+      <c r="K530" t="s">
+        <v>170</v>
+      </c>
+      <c r="L530" t="s">
+        <v>26</v>
+      </c>
+      <c r="M530" t="s">
+        <v>171</v>
+      </c>
+      <c r="N530" t="s">
+        <v>28</v>
+      </c>
+      <c r="O530" t="s">
+        <v>4888</v>
+      </c>
+    </row>
+    <row r="531" spans="1:15">
+      <c r="A531">
+        <v>66522</v>
+      </c>
+      <c r="B531" t="s">
+        <v>4889</v>
+      </c>
+      <c r="C531" t="s">
+        <v>4890</v>
+      </c>
+      <c r="D531" t="s">
+        <v>4891</v>
+      </c>
+      <c r="E531" t="s">
+        <v>4892</v>
+      </c>
+      <c r="F531" t="s">
+        <v>4893</v>
+      </c>
+      <c r="G531" t="s">
+        <v>4894</v>
+      </c>
+      <c r="H531" t="s">
+        <v>4895</v>
+      </c>
+      <c r="I531" t="s">
+        <v>4896</v>
+      </c>
+      <c r="J531" t="s">
+        <v>24</v>
+      </c>
+      <c r="K531" t="s">
+        <v>4747</v>
+      </c>
+      <c r="L531" t="s">
+        <v>26</v>
+      </c>
+      <c r="M531" t="s">
+        <v>4748</v>
+      </c>
+      <c r="N531" t="s">
+        <v>28</v>
+      </c>
+      <c r="O531" t="s">
+        <v>4897</v>
+      </c>
+    </row>
+    <row r="532" spans="1:15">
+      <c r="A532">
+        <v>66523</v>
+      </c>
+      <c r="B532" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C532" t="s">
+        <v>4898</v>
+      </c>
+      <c r="D532" t="s">
+        <v>4899</v>
+      </c>
+      <c r="E532" t="s">
+        <v>4900</v>
+      </c>
+      <c r="F532" t="s">
+        <v>1838</v>
+      </c>
+      <c r="G532" t="s">
+        <v>1839</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1840</v>
+      </c>
+      <c r="I532" t="s">
+        <v>1841</v>
+      </c>
+      <c r="J532" t="s">
+        <v>24</v>
+      </c>
+      <c r="K532" t="s">
+        <v>47</v>
+      </c>
+      <c r="L532" t="s">
+        <v>26</v>
+      </c>
+      <c r="M532" t="s">
+        <v>48</v>
+      </c>
+      <c r="N532" t="s">
+        <v>28</v>
+      </c>
+      <c r="O532" t="s">
+        <v>4901</v>
+      </c>
+    </row>
+    <row r="533" spans="1:15">
+      <c r="A533">
+        <v>66524</v>
+      </c>
+      <c r="B533" t="s">
+        <v>4050</v>
+      </c>
+      <c r="C533" t="s">
+        <v>4902</v>
+      </c>
+      <c r="D533" t="s">
+        <v>4903</v>
+      </c>
+      <c r="E533" t="s">
+        <v>4904</v>
+      </c>
+      <c r="F533" t="s">
+        <v>4905</v>
+      </c>
+      <c r="G533" t="s">
+        <v>4055</v>
+      </c>
+      <c r="H533" t="s">
+        <v>4056</v>
+      </c>
+      <c r="I533" t="s">
+        <v>4057</v>
+      </c>
+      <c r="J533" t="s">
+        <v>24</v>
+      </c>
+      <c r="K533" t="s">
+        <v>170</v>
+      </c>
+      <c r="L533" t="s">
+        <v>26</v>
+      </c>
+      <c r="M533" t="s">
+        <v>171</v>
+      </c>
+      <c r="N533" t="s">
+        <v>28</v>
+      </c>
+      <c r="O533" t="s">
+        <v>4906</v>
+      </c>
+    </row>
+    <row r="534" spans="1:15">
+      <c r="A534">
+        <v>66525</v>
+      </c>
+      <c r="B534" t="s">
+        <v>4907</v>
+      </c>
+      <c r="C534" t="s">
+        <v>4908</v>
+      </c>
+      <c r="D534" t="s">
+        <v>4909</v>
+      </c>
+      <c r="E534" t="s">
+        <v>4910</v>
+      </c>
+      <c r="F534" t="s">
+        <v>3911</v>
+      </c>
+      <c r="G534" t="s">
+        <v>3912</v>
+      </c>
+      <c r="H534" t="s">
+        <v>3913</v>
+      </c>
+      <c r="I534" t="s">
+        <v>3914</v>
+      </c>
+      <c r="J534" t="s">
+        <v>24</v>
+      </c>
+      <c r="K534" t="s">
+        <v>170</v>
+      </c>
+      <c r="L534" t="s">
+        <v>26</v>
+      </c>
+      <c r="M534" t="s">
+        <v>171</v>
+      </c>
+      <c r="N534" t="s">
+        <v>28</v>
+      </c>
+      <c r="O534" t="s">
+        <v>4911</v>
+      </c>
+    </row>
+    <row r="535" spans="1:15">
+      <c r="A535">
+        <v>66526</v>
+      </c>
+      <c r="B535" t="s">
+        <v>4912</v>
+      </c>
+      <c r="C535" t="s">
+        <v>4913</v>
+      </c>
+      <c r="D535" t="s">
+        <v>4914</v>
+      </c>
+      <c r="E535" t="s">
+        <v>4915</v>
+      </c>
+      <c r="F535" t="s">
+        <v>4916</v>
+      </c>
+      <c r="G535" t="s">
+        <v>3921</v>
+      </c>
+      <c r="H535" t="s">
+        <v>3922</v>
+      </c>
+      <c r="I535" t="s">
+        <v>4917</v>
+      </c>
+      <c r="J535" t="s">
+        <v>24</v>
+      </c>
+      <c r="K535" t="s">
+        <v>170</v>
+      </c>
+      <c r="L535" t="s">
+        <v>26</v>
+      </c>
+      <c r="M535" t="s">
+        <v>171</v>
+      </c>
+      <c r="N535" t="s">
+        <v>28</v>
+      </c>
+      <c r="O535" t="s">
+        <v>4918</v>
+      </c>
+    </row>
+    <row r="536" spans="1:15">
+      <c r="A536">
+        <v>66527</v>
+      </c>
+      <c r="B536" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C536" t="s">
+        <v>4919</v>
+      </c>
+      <c r="D536" t="s">
+        <v>4920</v>
+      </c>
+      <c r="E536" t="s">
+        <v>4921</v>
+      </c>
+      <c r="F536" t="s">
+        <v>4922</v>
+      </c>
+      <c r="G536" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1887</v>
+      </c>
+      <c r="I536" t="s">
+        <v>1888</v>
+      </c>
+      <c r="J536" t="s">
+        <v>24</v>
+      </c>
+      <c r="K536" t="s">
+        <v>4820</v>
+      </c>
+      <c r="L536" t="s">
+        <v>26</v>
+      </c>
+      <c r="M536" t="s">
+        <v>4821</v>
+      </c>
+      <c r="N536" t="s">
+        <v>28</v>
+      </c>
+      <c r="O536" t="s">
+        <v>4923</v>
+      </c>
+    </row>
+    <row r="537" spans="1:15">
+      <c r="A537">
+        <v>66529</v>
+      </c>
+      <c r="B537" t="s">
+        <v>4924</v>
+      </c>
+      <c r="C537" t="s">
+        <v>4925</v>
+      </c>
+      <c r="D537" t="s">
+        <v>4926</v>
+      </c>
+      <c r="E537" t="s">
+        <v>4927</v>
+      </c>
+      <c r="F537" t="s">
+        <v>4928</v>
+      </c>
+      <c r="G537" t="s">
+        <v>4351</v>
+      </c>
+      <c r="H537" t="s">
+        <v>4352</v>
+      </c>
+      <c r="I537" t="s">
+        <v>4353</v>
+      </c>
+      <c r="J537" t="s">
+        <v>24</v>
+      </c>
+      <c r="K537" t="s">
+        <v>2315</v>
+      </c>
+      <c r="L537" t="s">
+        <v>26</v>
+      </c>
+      <c r="M537" t="s">
+        <v>2316</v>
+      </c>
+      <c r="N537" t="s">
+        <v>28</v>
+      </c>
+      <c r="O537" t="s">
+        <v>4929</v>
+      </c>
+    </row>
+    <row r="538" spans="1:15">
+      <c r="A538">
+        <v>66530</v>
+      </c>
+      <c r="B538" t="s">
+        <v>4930</v>
+      </c>
+      <c r="C538" t="s">
+        <v>4931</v>
+      </c>
+      <c r="D538" t="s">
+        <v>4932</v>
+      </c>
+      <c r="E538" t="s">
+        <v>4933</v>
+      </c>
+      <c r="F538" t="s">
+        <v>4934</v>
+      </c>
+      <c r="G538" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H538" t="s">
+        <v>1694</v>
+      </c>
+      <c r="I538" t="s">
+        <v>1695</v>
+      </c>
+      <c r="J538" t="s">
+        <v>24</v>
+      </c>
+      <c r="K538" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L538" t="s">
+        <v>26</v>
+      </c>
+      <c r="M538" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N538" t="s">
+        <v>28</v>
+      </c>
+      <c r="O538" t="s">
+        <v>4935</v>
+      </c>
+    </row>
+    <row r="539" spans="1:15">
+      <c r="A539">
+        <v>66531</v>
+      </c>
+      <c r="B539" t="s">
+        <v>4936</v>
+      </c>
+      <c r="C539" t="s">
+        <v>4937</v>
+      </c>
+      <c r="D539" t="s">
+        <v>4938</v>
+      </c>
+      <c r="E539" t="s">
+        <v>4939</v>
+      </c>
+      <c r="F539" t="s">
+        <v>4940</v>
+      </c>
+      <c r="G539" t="s">
+        <v>4941</v>
+      </c>
+      <c r="H539" t="s">
+        <v>4942</v>
+      </c>
+      <c r="I539" t="s">
+        <v>4943</v>
+      </c>
+      <c r="J539" t="s">
+        <v>450</v>
+      </c>
+      <c r="K539" t="s">
+        <v>4944</v>
+      </c>
+      <c r="L539" t="s">
+        <v>452</v>
+      </c>
+      <c r="M539" t="s">
+        <v>4945</v>
+      </c>
+      <c r="N539" t="s">
+        <v>28</v>
+      </c>
+      <c r="O539" t="s">
+        <v>4946</v>
+      </c>
+    </row>
+    <row r="540" spans="1:15">
+      <c r="A540">
+        <v>66532</v>
+      </c>
+      <c r="B540" t="s">
+        <v>4947</v>
+      </c>
+      <c r="C540" t="s">
+        <v>4948</v>
+      </c>
+      <c r="D540" t="s">
+        <v>4949</v>
+      </c>
+      <c r="E540" t="s">
+        <v>4950</v>
+      </c>
+      <c r="F540" t="s">
+        <v>1970</v>
+      </c>
+      <c r="G540" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H540" t="s">
+        <v>1972</v>
+      </c>
+      <c r="I540" t="s">
+        <v>1973</v>
+      </c>
+      <c r="J540" t="s">
+        <v>450</v>
+      </c>
+      <c r="K540" t="s">
+        <v>4951</v>
+      </c>
+      <c r="L540" t="s">
+        <v>452</v>
+      </c>
+      <c r="M540" t="s">
+        <v>4952</v>
+      </c>
+      <c r="N540" t="s">
+        <v>28</v>
+      </c>
+      <c r="O540" t="s">
+        <v>4953</v>
+      </c>
+    </row>
+    <row r="541" spans="1:15">
+      <c r="A541">
+        <v>66533</v>
+      </c>
+      <c r="B541" t="s">
+        <v>4954</v>
+      </c>
+      <c r="C541" t="s">
+        <v>4955</v>
+      </c>
+      <c r="D541" t="s">
+        <v>4956</v>
+      </c>
+      <c r="E541" t="s">
+        <v>4957</v>
+      </c>
+      <c r="F541" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G541" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H541" t="s">
+        <v>1786</v>
+      </c>
+      <c r="I541" t="s">
+        <v>4958</v>
+      </c>
+      <c r="J541" t="s">
+        <v>24</v>
+      </c>
+      <c r="K541" t="s">
+        <v>4959</v>
+      </c>
+      <c r="L541" t="s">
+        <v>26</v>
+      </c>
+      <c r="M541" t="s">
+        <v>4960</v>
+      </c>
+      <c r="N541" t="s">
+        <v>28</v>
+      </c>
+      <c r="O541" t="s">
+        <v>4961</v>
+      </c>
+    </row>
+    <row r="542" spans="1:15">
+      <c r="A542">
+        <v>66534</v>
+      </c>
+      <c r="B542" t="s">
+        <v>4962</v>
+      </c>
+      <c r="C542" t="s">
+        <v>4963</v>
+      </c>
+      <c r="D542" t="s">
+        <v>4964</v>
+      </c>
+      <c r="E542" t="s">
+        <v>4965</v>
+      </c>
+      <c r="F542" t="s">
+        <v>4966</v>
+      </c>
+      <c r="G542" t="s">
+        <v>4967</v>
+      </c>
+      <c r="H542" t="s">
+        <v>3215</v>
+      </c>
+      <c r="I542" t="s">
+        <v>3216</v>
+      </c>
+      <c r="J542" t="s">
+        <v>24</v>
+      </c>
+      <c r="K542" t="s">
+        <v>47</v>
+      </c>
+      <c r="L542" t="s">
+        <v>26</v>
+      </c>
+      <c r="M542" t="s">
+        <v>48</v>
+      </c>
+      <c r="N542" t="s">
+        <v>28</v>
+      </c>
+      <c r="O542" t="s">
+        <v>4968</v>
+      </c>
+    </row>
+    <row r="543" spans="1:15">
+      <c r="A543">
+        <v>66535</v>
+      </c>
+      <c r="B543" t="s">
+        <v>4969</v>
+      </c>
+      <c r="C543" t="s">
+        <v>4970</v>
+      </c>
+      <c r="D543" t="s">
+        <v>4971</v>
+      </c>
+      <c r="E543" t="s">
+        <v>4972</v>
+      </c>
+      <c r="F543" t="s">
+        <v>4973</v>
+      </c>
+      <c r="G543" t="s">
+        <v>4974</v>
+      </c>
+      <c r="H543" t="s">
+        <v>4975</v>
+      </c>
+      <c r="I543" t="s">
+        <v>4976</v>
+      </c>
+      <c r="J543" t="s">
+        <v>4977</v>
+      </c>
+      <c r="K543" t="s">
+        <v>4978</v>
+      </c>
+      <c r="L543" t="s">
+        <v>4979</v>
+      </c>
+      <c r="M543" t="s">
+        <v>4980</v>
+      </c>
+      <c r="N543" t="s">
+        <v>28</v>
+      </c>
+      <c r="O543" t="s">
+        <v>4981</v>
+      </c>
+    </row>
+    <row r="544" spans="1:15">
+      <c r="A544">
+        <v>66536</v>
+      </c>
+      <c r="B544" t="s">
+        <v>4982</v>
+      </c>
+      <c r="C544" t="s">
+        <v>4983</v>
+      </c>
+      <c r="D544" t="s">
+        <v>4984</v>
+      </c>
+      <c r="E544" t="s">
+        <v>4985</v>
+      </c>
+      <c r="F544" t="s">
+        <v>4986</v>
+      </c>
+      <c r="G544" t="s">
+        <v>4987</v>
+      </c>
+      <c r="H544" t="s">
+        <v>4988</v>
+      </c>
+      <c r="I544" t="s">
+        <v>4989</v>
+      </c>
+      <c r="J544" t="s">
+        <v>24</v>
+      </c>
+      <c r="K544" t="s">
+        <v>4820</v>
+      </c>
+      <c r="L544" t="s">
+        <v>26</v>
+      </c>
+      <c r="M544" t="s">
+        <v>4821</v>
+      </c>
+      <c r="N544" t="s">
+        <v>28</v>
+      </c>
+      <c r="O544" t="s">
+        <v>4990</v>
+      </c>
+    </row>
+    <row r="545" spans="1:15">
+      <c r="A545">
+        <v>66537</v>
+      </c>
+      <c r="B545" t="s">
+        <v>4991</v>
+      </c>
+      <c r="C545" t="s">
+        <v>4992</v>
+      </c>
+      <c r="D545" t="s">
+        <v>4993</v>
+      </c>
+      <c r="E545" t="s">
+        <v>4994</v>
+      </c>
+      <c r="F545" t="s">
+        <v>4995</v>
+      </c>
+      <c r="G545" t="s">
+        <v>4735</v>
+      </c>
+      <c r="H545" t="s">
+        <v>4736</v>
+      </c>
+      <c r="I545" t="s">
+        <v>4996</v>
+      </c>
+      <c r="J545" t="s">
+        <v>24</v>
+      </c>
+      <c r="K545" t="s">
+        <v>4820</v>
+      </c>
+      <c r="L545" t="s">
+        <v>26</v>
+      </c>
+      <c r="M545" t="s">
+        <v>4821</v>
+      </c>
+      <c r="N545" t="s">
+        <v>28</v>
+      </c>
+      <c r="O545" t="s">
+        <v>4997</v>
+      </c>
+    </row>
+    <row r="546" spans="1:15">
+      <c r="A546">
+        <v>66538</v>
+      </c>
+      <c r="B546" t="s">
+        <v>4998</v>
+      </c>
+      <c r="C546" t="s">
+        <v>4999</v>
+      </c>
+      <c r="D546" t="s">
+        <v>5000</v>
+      </c>
+      <c r="E546" t="s">
+        <v>5001</v>
+      </c>
+      <c r="F546" t="s">
+        <v>5002</v>
+      </c>
+      <c r="G546" t="s">
+        <v>1962</v>
+      </c>
+      <c r="H546" t="s">
+        <v>1963</v>
+      </c>
+      <c r="I546" t="s">
+        <v>1964</v>
+      </c>
+      <c r="J546" t="s">
+        <v>24</v>
+      </c>
+      <c r="K546" t="s">
+        <v>5003</v>
+      </c>
+      <c r="L546" t="s">
+        <v>26</v>
+      </c>
+      <c r="M546" t="s">
+        <v>5004</v>
+      </c>
+      <c r="N546" t="s">
+        <v>28</v>
+      </c>
+      <c r="O546" t="s">
+        <v>5005</v>
+      </c>
+    </row>
+    <row r="547" spans="1:15">
+      <c r="A547">
+        <v>66540</v>
+      </c>
+      <c r="B547" t="s">
+        <v>5006</v>
+      </c>
+      <c r="C547" t="s">
+        <v>5007</v>
+      </c>
+      <c r="D547" t="s">
+        <v>5008</v>
+      </c>
+      <c r="E547" t="s">
+        <v>5009</v>
+      </c>
+      <c r="F547" t="s">
+        <v>5010</v>
+      </c>
+      <c r="G547" t="s">
+        <v>5011</v>
+      </c>
+      <c r="H547" t="s">
+        <v>5012</v>
+      </c>
+      <c r="I547" t="s">
+        <v>1724</v>
+      </c>
+      <c r="J547" t="s">
+        <v>24</v>
+      </c>
+      <c r="K547" t="s">
+        <v>5013</v>
+      </c>
+      <c r="L547" t="s">
+        <v>26</v>
+      </c>
+      <c r="M547" t="s">
+        <v>5014</v>
+      </c>
+      <c r="N547" t="s">
+        <v>28</v>
+      </c>
+      <c r="O547" t="s">
+        <v>5015</v>
+      </c>
+    </row>
+    <row r="548" spans="1:15">
+      <c r="A548">
+        <v>66541</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C548" t="s">
+        <v>5016</v>
+      </c>
+      <c r="D548" t="s">
+        <v>5017</v>
+      </c>
+      <c r="E548" t="s">
+        <v>5018</v>
+      </c>
+      <c r="F548" t="s">
+        <v>5019</v>
+      </c>
+      <c r="G548" t="s">
+        <v>1944</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1945</v>
+      </c>
+      <c r="I548" t="s">
+        <v>1946</v>
+      </c>
+      <c r="J548" t="s">
+        <v>24</v>
+      </c>
+      <c r="K548" t="s">
+        <v>5020</v>
+      </c>
+      <c r="L548" t="s">
+        <v>26</v>
+      </c>
+      <c r="M548" t="s">
+        <v>5021</v>
+      </c>
+      <c r="N548" t="s">
+        <v>28</v>
+      </c>
+      <c r="O548" t="s">
+        <v>5022</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">