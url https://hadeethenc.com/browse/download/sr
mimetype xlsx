--- v1 (2025-11-24)
+++ v2 (2026-01-05)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5023">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5131">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Српски
 # Source: https://hadeethenc.com/sr
-# Last update: 2025-11-12 00:16:12 (v1.29.0)
-# Check for updates: https://hadeethenc.com/en/check/sr/v1.29.0
+# Last update: 2025-12-21 23:58:36 (v1.30.0)
+# Check for updates: https://hadeethenc.com/en/check/sr/v1.30.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -5611,51 +5611,51 @@
   <si>
     <t>Један од циљева исламског закона (шеријата) је очување онога што побољшава односе међу људима.
 Подстицање на коришћење узвишених моралних вредности у међусобним односима међу људима, као што су продаја, куповина и слично.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3716</t>
   </si>
   <si>
     <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>Нека је понижен, и нека је понижен, и још једном нека је понижен.“ Неко упита: "Ко, Аллахов Посланиче?" А он рече: "Свако онај ко доживи старост својих родитеља, или једног од њих, а (због њих) не уђе у Џеннет!’“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Нека је понижен, и нека је понижен, и још једном нека је понижен.“ Неко упита: "Ко, Аллахов Посланиче?" А он рече: "Свако онај ко доживи старост својих родитеља, или једног од њих, а (због њих) не уђе у Џеннет!’“</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, призвао је понижење и пропаст, на начин као да је ставио свој нос у прашину, поновивши то три пута. Неко га је упитао: "Аллахов Посланиче, ко је тај против кога довиш?“
-Посланик, нека је Аллахов благослов и мир на њега, одговорио је: ,,Свако онај ко дочека старост својих родитеља, или једног од њих, а због њих и односа према њима, не уђе у џеннет, односно свако онај ко због непослушности према њима не уђе у џеннет."</t>
+Посланик, нека је Аллахов благослов и мир на њега, одговорио је: "Свако онај ко дочека старост својих родитеља, или једног од њих, а због њих и односа према њима, не уђе у Џеннет, односно свако онај ко због непослушности према њима не уђе у Џеннет."</t>
   </si>
   <si>
     <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
 عقوق الوالدين من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Обавеза нам је родитељима чинити добро, јер тај однос бива узроком уласка у Џеннет, посебно када су они старији и немоћни.
 Непослушност родитељима један је од великих греха.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3718</t>
   </si>
   <si>
     <t>سبق المفردون</t>
   </si>
   <si>
     <t>Претекоше муферридуни.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
   </si>
   <si>
     <t>Од Ебу-Хурејре, Аллах њиме био задовољан, преноси се да је рекао: „Посланик, нека је Аллахов благослов и мир на њега, ходао је сокацима Меке, па је прошао поред брда званог Џумдан, те рекао: 'Идите, ово је Џумдан. Претекоше муферридуни.' ‘Ко су муферридуни’, упиташе га, а он рече: ‘То су мушкарци и жене који много Узвишеног Аллаха спомињу.’“</t>
   </si>
   <si>
@@ -14073,55 +14073,55 @@
   </si>
   <si>
     <t>‘Заиста је шејтан изгубио наду да ће на Арапском полуострву бити обожаван од стране оних који обављају намаз, али није изгубио наду да ће их завадити.’“</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ الشَّيْطَانَ قَدْ أَيِسَ أَنْ يَعْبُدَهُ الْمُصَلُّونَ فِي جَزِيرَةِ الْعَرَبِ، وَلَكِنْ فِي التَّحْرِيشِ بَيْنَهُمْ».</t>
   </si>
   <si>
     <t>Од Џабира, нека је Бог задовољан њиме, преноси се да је рекао: „Чуо сам Посланика, нека су на њега мир и благослов Божији, како каже: ‘Заиста је шејтан изгубио наду да ће на Арапском полуострву бити обожаван од стране оних који обављају намаз, али није изгубио наду да ће их завадити.’“</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ إبليس أَيِسَ أنْ يَعُوْدَ المؤمنون المصلون لعبادته والسجود للصنم في جزيرة العرب، ولكنه لا زال يَطْمَع، ولا زال جهده وكَدُّه وعملُه وسعيُه في التَّحريش بينهم بالخصومات والشَّحْنَاء والحروب والفتن ونحوها.</t>
   </si>
   <si>
     <t>Посланик, нека су на њега мир и благослов Божији, обавестио је да је Иблис изгубио наду да ће се верници вратити његовом обожавању и клањању идолима на Арапском полуострву. Међутим, он и даље жуди и наставља свој труд, напор и деловање у изазивању раздора међу њима, подстичући свађе, непријатељства, ратове и смутње и сличне ствари.</t>
   </si>
   <si>
     <t>عبادة الشيطان عبادة الصنم، لأنه الآمِرُ به والداعي إليه، بدليل قوله تعالى عن إبراهيم عليه السلام: (يا أبت لا تعبد الشيطان…).
 الشيطان يَسعى في إيقاع الخصومات والشَّحْناء والحروب والفتن بين المسلمين.
 من فوائد الصلاة في الإسلام أنها تَحفظ المَوَدّة بين المسلمين، وتُقَوِّي روابط الأُخُوّة بينهم.
 الصلاة أعظم شعائر الدين بعد الشهادتين، ولذلك أطلق على المسلمين المُصَلِّين.
 جزيرة العرب لها خصائص دون غيرها من البلاد.
 إن قيل قد وقع في بعض جزيرة العرب عبادة الأصنام، والنبي صلى الله عليه وسلم يقول: (إن الشيطان قد أيس أن يعبده المصلون..)، فهذا إخبار عما وقع في نفس الشيطان مِن اليأس لِمَا رأى الفتوح، ودخول الناس في دين الله أفواجًا، فالحديث أخبر عن ظن الشيطان وتوقُّعِه، ثم كان الواقع بخلاف ذلك لحكمة يريدها الله عز وجل.</t>
   </si>
   <si>
-    <t>Обожавање шејтана значи обожавање идола, јер је он тај који наређује и позива на то, као што је потврђено у речима Узвишеног Бога о Абрахаму, нека је мир на њега: „О оче мој, не обожавај шејтана...“
+    <t>Обожавање кипова је уствари обожавање сотоне (шејтана), јер је он тај који наређује и позива на обожавање кипова. Доказ за то је говор којег Узвишени Створитељ преноси од Абрахама: „О оче мој, не обожавај шејтана...“
 Шејтан настоји да изазове свађе, непријатељство, ратове и смутње међу муслиманима.
 Једна од користи намаза у исламу је да чува љубав међу муслиманима и јача везе братства међу њима.
-Намаз је највећи обред у вери након два сведочења (шехадета), због чега су муслимани названи „они који клањају (мусалини)“.
-Арапско полуострво има посебне карактеристике које га издвајају од осталих земаља.
+Намаз је најбитнији обред у вери након два шехадета, због чега су муслимани названи „они који клањају (мусалин)“.
+Арапско полуострво има посебне карактеристике које га издвајају од осталих делова света.
 Ако неко каже да је на неким местима на Арапском полуострву дошло до обожавања идола, иако је Посланик, нека су на њега мир и благослов Божији, рекао: „Заиста је шејтан изгубио наду да ће га обожавати они који који обављају молитву...“, то је зато што хадис говори о ономе што је шејтан осећао и о његовој нади која је нестала када је видео освајања и масовно улажење људи у ислам. Хадис нас обавештава о шејтановој нади и очекивању, али стварност је била другачија, по Божијој мудрости.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/8886</t>
   </si>
   <si>
     <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
   </si>
   <si>
     <t>„Упитао сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, о изненадном погледу па ми је наредио да склоним поглед“</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
   </si>
   <si>
     <t>Џерир бин Абдуллах, Аллах био задовољан њиме, преноси: „Упитао сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, о изненадном погледу па ми је наредио да склоним поглед“.</t>
   </si>
   <si>
     <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
   </si>
   <si>
     <t>Џерир бин Абдуллах, Аллах био задовољан њиме, упитао је Аллаховог Посланика, нека је Аллахов благослов и мир на њега, о изненадном погледу мушкарца према жени, а Посланик му је казао да му је обавеза да обори поглед чим постане свестан, те да за то неће имати греха.</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
@@ -14400,50 +14400,145 @@
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
   </si>
   <si>
     <t>Од Абдуррахмана ибн Семуре, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Не куните се кумирима нити својим очевима.“</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
 وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, забрањује нам да се заклињемо кумирима. То су кипови које су многобошци обожавали поред Аллаха. Они су разлог њихове заблуде и неверства. Осим тога, Посланик нам забрањује да се заклињемо очевима. То је био арапски обичај у џахилијјету (предисламском периоду) чиме су исказивали понос и престиж.</t>
   </si>
   <si>
     <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
 تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
 الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
   </si>
   <si>
     <t>Дозвољено је заклињати се само Узвишеним Аллахом, Његовим именима и својствима.
 Забрањено је заклињати се кумирима, очевима, владарима и томе слично. Све је то неисправно.
 Заклињати се неким мимо Аллаха је мали ширк у основи. Но, може да буде и велики када неко велича некога мимо Аллаха као што се Аллах велича.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/8959</t>
+  </si>
+  <si>
+    <t>من حلف بالأمانة فليس منا</t>
+  </si>
+  <si>
+    <t>„Ко се закуне еманетом (поверењем), тај није од нас.“</t>
+  </si>
+  <si>
+    <t>عَنْ بُرَيْدَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ بِالْأَمَانَةِ فَلَيْسَ مِنَّا».</t>
+  </si>
+  <si>
+    <t>Од Бурејде, нека је Бог задовољан њиме, преноси се да је Посланик, нека су на њега мир и благослов Божији, рекао: „Ко се закуне еманетом (поверењем), тај није од нас.“</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ مِن الحَلِف بالأمانة، وأنَّ مَن فَعل ذلك فليس منا.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, забранио је и упозорио на заклињање еманетом (поверењем) и рекао да онај ко то учини није од нас.</t>
+  </si>
+  <si>
+    <t>تَحريم الحَلِف بغير الله تعالى، ومنه: الحلف بالأمانة، وأنه من الشرك الأصغر.
+الأمانة تَشمل الطاعة والعبادة والوديعة والنقد والأمان.
+اليمين لا تنعقد إلا بالله تعالى أو باسم من أسمائه أو بصفة من صفاته.
+قال الخطابي: هذا يشبه أن تكون الكراهة فيه من أجل أنه أَمَرَ أَن يحلف بالله وبصفاته، وليست الأمانة من صفاته، وإنما هي أَمْرٌ من أَمْرِه، وفَرْض من فروضه، فنُهوا عنه لما في ذلك من التسوية بينها وبين أسماء الله عز وجل وصفاته.</t>
+  </si>
+  <si>
+    <t>Забрањено је заклињати се било чиме осим Богом Узвишеним, укључујући заклињање еманетом, и то се сматра мањим обликом ширка.
+Израз еманет се користи за: 
+- покорност Аллаху, 
+- обожавање Њега, 
+- за ствар остављену неком на чување, 
+- за новац 
+- за сигурност.
+Заклетва је важећа само ако се даје у име Бога Узвишеног, Његовим именом или неком од Његових особина.
+Ел-Хаттаби је рекао: „Чини се да је разлог забране заклињања еманетом то што је наређено да се заклињемо Богом и Његовим особинама, а еманет није једна од Његових особина. То је, у ствари, наредба од Бога и једна од обавеза, па је заклињање еманетом забрањено због тога што би то изједначило еманет са Божијим именима и особинама.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/8964</t>
+  </si>
+  <si>
+    <t>يا معشر النساء، تصدقن، فإني أريتكن أكثر أهل النار فقلن: وبم يا رسول الله؟ قال: تكثرن اللعن، وتكفرن العشير، ما رأيت من ناقصات عقل ودين أذهب للب الرجل الحازم من إحداكن</t>
+  </si>
+  <si>
+    <t>‘О жене, дајте милостињу, јер сам вас видео као већину становника Ватре.’ Жене су упитале: ‘Зашто, о Божији Посланиче?’ Рекао је: ‘Много проклињете и незахвалне сте својим мужевима. Никада нисам видео никога са мањком разума и вере ко више утиче на разум разумног човека од вас.’</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: خَرَجَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي أَضْحَى أَوْ فِطْرٍ إِلَى المُصَلَّى، فَمَرَّ عَلَى النِّسَاءِ، فَقَالَ: «يَا مَعْشَرَ النِّسَاءِ، تَصَدَّقْنَ، فَإِنِّي أُرِيتُكُنَّ أَكْثَرَ أَهْلِ النَّارِ» فَقُلْنَ: وَبِمَ يَا رَسُولَ اللَّهِ؟ قَالَ: «تُكْثِرْنَ اللَّعْنَ، وَتَكْفُرْنَ العَشِيرَ، مَا رَأَيْتُ مِنْ نَاقِصَاتِ عَقْلٍ وَدِينٍ أَذْهَبَ لِلُبِّ الرَّجُلِ الحَازِمِ مِنْ إِحْدَاكُنَّ»، قُلْنَ: وَمَا نُقْصَانُ دِينِنَا وَعَقْلِنَا يَا رَسُولَ اللَّهِ؟ قَالَ: «أَلَيْسَ شَهَادَةُ المَرْأَةِ مِثْلَ نِصْفِ شَهَادَةِ الرَّجُلِ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ عَقْلِهَا، أَلَيْسَ إِذَا حَاضَتْ لَمْ تُصَلِّ وَلَمْ تَصُمْ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ دِينِهَا».</t>
+  </si>
+  <si>
+    <t>Од Ебу Сеида ел-Худрија, нека је Бог задовољан њиме, преноси се да је рекао: „Божији Посланик, нека су на њега мир и благослов Божији, изашао је на Курбан-бајрам или Рамазански бајрам на молитвено место, па је прошао поред жена и рекао: ‘О жене, дајте милостињу, јер сам вас видео као већину становника Ватре.’ Жене су упитале: ‘Зашто, о Божији Посланиче?’ Рекао је: ‘Много проклињете и незахвалне сте својим мужевима. Никада нисам видео никога са мањком разума и вере ко више утиче на разум разумног човека од вас.’ Жене су упитале: ‘А у чему се огледа мањак нашег разума и и вере, о Божији Посланиче?’ Рекао је: ‘Зар није сведочење жене пола сведочења мушкарца?’ Жене су одговориле: ‘Јесте.’ Рекао је: ‘То је мањак у њеном разуму. Зар није тако да када има менструацију, не клања и не пости?’ Жене су одговориле: ‘Јесте.’ Рекао је: ‘То је мањак у њеној вери.’“</t>
+  </si>
+  <si>
+    <t>خَرَجَ النبيُّ صلى الله عليه وسلم في يومِ عيدٍ إلى المصلى، وكان قد وَعَدَ النساءَ بأن يُفْرِدَهُن بالموعظة، فأنجزه ذلك اليوم، وقال: 
+يا جماعةَ النساء تَصدقن، وأكثِرْن الاستغفار؛ فهما من أعظم أسباب حط الخطايا، فإني رأيتكن ليلة الإسراء أكثرَ أهل النار.
+فقالت امرأة منهن ذات عقل ورأي ووقَار: وما لنا يا رسول الله أكثر أهل النار؟ 
+قال: لأمور: تُكثرن اللعن والسَّبّ، وتَجْحَدْنَ حقَّ الزوج. 
+ثم وَصَفهن بقوله صلى الله عليه وسلم: ما رأيت مِن ناقصات عقل ودين أَغْلَبَ لذي لُبٍّ وعقل وحزم وضبط لأمره منكن. 
+قالت: يا رسول الله، وما نقصان العقل والدين؟ 
+قال: أما نقصان العقل فشهادة امرأتين تَعدل شهادة رجل واحد؛ فهذا نقصان العقل، ونقصان الدين هو نقصان العمل الصالح حيث تَمكُثُ ليالي وأيامًا لا تصلي بسبب الحيض، وتفطر أيامًا من رمضان بسبب الحيض، فهذا نقصان الدين، إلا أنهن لا يُلَمْنَ على ذلك ولا يؤاخَذْن عليه؛ لأنه من أصل الخِلْقَة، كما أن الإنسان فُطِرَ وخُلِقَ يُحِبُّ المال وعجول في أموره وجهول… وغير ذلك، لكن نَبَّه على ذلك تحذيرًا من الافتتان بهن.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, изашао је на дан Бајрама на молитвено место, и пошто је обећао женама да ће им одржати посебну поуку, испунио је то обећање тог дана и рекао: „О, групо жена, дајте милостињу и обилно тражите опрост, јер су то неки од највећих разлога за опраштање греха. Заиста сам вас видео током ноћи Исре и Мираџа као већину становника Џехеннема.“
+Тада је једна жена међу њима, која је била разборита, разумна и смирена, упитала: „Зашто смо ми, о Божији посланиче, већина становника Џехеннема?“
+Рекао је: „Због следећих ствари: много проклињете и вређате, и незахвалне сте мужу.“ Затим их је описао рекавши: „Никада нисам видео неког са крњавим разум и вером да боље савлада разумног и промишљеног човека од вас.“
+Она је упитала: „О, Божији Посланиче, шта је то мањак у разуму и вери?“
+Он је рекао: „Што се тиче мањка у разуму, то је у томе што сведочење две жене вреди као сведочење једног мушкарца; то је мањак у разуму. А мањак у вери је недостатак у обављању добрих дела, јер жена проводи дане и ноћи без молитве због менструације, и прекида пост током Рамазана због менструације; то је мањак у вери. Ипак, оне се због тога не окривљују нити ће бити кажњене, јер је то део њихове природе, као што је човек створен са љубављу према новцу, или је по природи нестрпљив и неук... и слично. Посланик је на то указао како би упозорио на опасност од претеране привржености према женама.“</t>
+  </si>
+  <si>
+    <t>استحباب خروج النساء إلى صلاة العيد، وأن يُفْردْن بالموعظة.
+كُفران العَشير وكثرة اللعن من الكبائر؛ لأن التَّوعُّد بالنار من علامة كون المعصية كبيرة.
+فيه بيان زيادة الإيمان ونقصانه، فمن كَثُرت عِبادته زاد إيمانه ودِينه، ومن نَقصت عِبادته نَقص دِينه.
+قال النووي: العقل يقبل الزيادة والنقصان، وكذلك الإيمان، وليس المقصود بذكر النقص في النساء لومَهن على ذلك؛ لأنه من أصل الخِلقة، لكن التنبيه على ذلك تحذير من الافتتان بهن، ولهذا رتَّب العذاب على ما ذُكر من الكفران وغيره لا على النقص، وليس نقص الدين مُنحصرًا فيما يحصل به الإثم بل في أعم من ذلك.
+فيه مُراجعة المُتعلم العالم والتَّابع المَتْبُوع فيما قاله إذا لم يظهر له معناه.
+فيه أن شهادة المرأة على نِصف شهادة الرَّجل وذلك لقِلَّة ضبطِها.
+قال ابن حجر في قوله: "ما رأيت من ناقصات... إلخ" ويظهر لي أن ذلك من جملة أسباب كونهن أكثر أهل النار؛ لأنهن إذا كُنّ سببًا لإذهاب عقل الرجل الحازم حتى يفعل أو يقول ما لا ينبغي فقد شَارَكْنَه في الإثم وزِدْن عليه.
+تحريم الصلاة والصوم على المرأة في زمن حيضها، ومثلها النفساء، ثم تقضيان الصيام فقط حال طهرهما.
+حسن خُلق النبي صلى الله عليه وسلم فقد أجَاب النِّساء عن أسئلتِهن من غير تَعْنِيف ولا لَوْم.
+قال ابن حجر: أن الصدقة تدفع العذاب، وأنها قد تكفر الذنوب التي بين المخلوقين.
+قال النووي: نقصان الدين عند النساء بسبب تركهن الصلاة والصوم في زمن الحيض؛ فإن من كثرت عبادته زاد إيمانه ودينه، ومن نقصت عبادته نقص دينه، ثم نقص الدين قد يكون على وجه يأثم به كمن ترك الصلاة أو الصوم أو غيرهما من العبادات الواجبة عليه بلا عذر، وقد يكون على وجه لا إثم فيه كمن ترك الجمعة أو الغزو أو غير ذلك مما لا يجب عليه بلا عذر، وقد يكون على وجه هو مُكَلَّف به كترك الحائض الصلاة والصوم.</t>
+  </si>
+  <si>
+    <t>Препоручује се да жене излазе на бајрамску молитву и да им се одржи посебна поука.
+Незахвалност према мужу и често проклињање спадају међу тешке грехе, јер је претња ватром знак да је грех велики.
+Овај хадис указује на то да иман може расти и опадати: ко се више посвећује богослужењу (ибадету), његов иман ће расти, а ко мање обавља богослужење (ибадете), његов иман ће опадати.
+Ен-Невеви је рекао: „Разум се може повећати и смањити, као и иман. Спомињање мањка код жена не служи томе да се оне због тога окриве, јер је то део њихове природе, већ је на то указано како би се људи упозорили на опасност од претеране привржености према њима. Казна је везана за незахвалност и друге грехе који су споменути, а не за саму крњавост. Крњавост у вери се не односи само на оно што узрокује грех, већ и на друге аспекте.“
+Овај хадис указује на то да ученик треба да поставља питања учењаку и да треба да пита када му значење нечега није јасно.
+Хадис такође указује на то да сведочење жене вреди половину сведочења мушкарца, због њене слабије способности памћења и чувања детаља.
+Ибн Хаџер је рекао о речима: „Никада нисам видео оне са мањком...“: „Чини ми се да је ово један од разлога зашто су жене већина становника Џатре. Ако су оне узрок тога да разум разумног човека буде ослабљен до те мере да чини или говори оно што не би требало, онда су оне делимично одговорне за грех.“
+Жени је забрањено да обавља молитву и да пости током менструације, као и током периода после порођаја (нифас). Она ће надокнадити пост, али не и молитву након што се очисти.
+Племенити карактер Посланика, нека су на њега мир и благослов Божији, огледа се у томе што је одговарао на питања жена без грубости и прекора.
+Ибн Хаџер је рекао: „Милостиња одбија казну и може да избрише грехе који су почињени према другим људима.“
+Ен-Невеви је рекао: „Крњавост вере код жена настаје због њиховог пропуштања молитве и поста током периода менструације. Онај ко више обавља богослужење (ибадете), његово иман ће бити потпунији, а онај ко мање обавља богослужење (ибадете), његов иман ће бити крњавији. Крњавост вере може бити такав да узрокује грех, као код онога ко напусти молитву, пост или друге обавезне богослужбене радње без оправданог разлога. Такође, може бити без греха, као код онога ко пропусти џуму или борбу, или било шта друго што му није обавезно без оправданог разлога. Постоји и облик крњавости имана који је обавезан, као код жене која не обавља молитву и пост током менструације.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/10011</t>
   </si>
   <si>
     <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>Суфру и кудру (смећкасто-црвенкасту текућину) нисмо сматрали проблематичном након што се установи чистоћа.“</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Од Умму 'Атијје, Аллах био задовољан њом, се преноси, а она је била једна од жена које су дале присегу Аллаховом Посланику, да је рекла: "Суфру и кудру (смећкасто-црвенкасту текућину) нисмо сматрали проблематичном након што се установи чистоћа.“</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Угледна асхабијка Умму 'Атијје, Аллах био задовољан њом, нам казује да жене у време Аллаховог Посланика, нека је Аллахов благослов и мир на њега, нису сматрале менструацијом смеђкасту или црвенкасту текућину која излази из сполног органа након што се утврди чистоћа. У складу с тим, не би остављале молитву ни пост ради ње.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
@@ -14723,50 +14818,142 @@
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Жени није дозвољено да иде на путовање без махрема.
 Жена не може бити махрем другој жени током путовања. У хадису се изричито очитава да жена може путовати само са мужем или мушким чланом породице који јој је махрем.
 Овај пропис се односи на све што се третира путовањем иако се у овом хадису наводи путовање чија је удаљеност два дана. Посланик се, наиме, тако изразио јер то одговара стању и околностима тог места и времена.
 Жени је махрем муж и сваки мушкарац с којим јој је трајно забрањено ступити у брак. То може бити због крвне сродности попут оца, сина, стрица и ујака; путем сродства по млеку попут оца и стрица по млеку; и затим путем тазбинства попут свекра. уз то махрем мора бити пунолетан, разуман и муслиман од поверења с обзиром на то да је циљ путовања жене са махремом њена заштита и испуњење њених права.
 Шеријат води рачуна о жени и њеној заштити и сигурности.
 Није исправна добровољна молитва која се обавља након клањања јутарње и послеподневне молитве. С друге стране, дозвољено је у тим временима наклањати пропуштену обавезну молитву или клањати добровољне молитве са поводом попут техијјетул-месџида (молитва која се обавља уласком у џамију) и тако даље.
 Забрањено је обављати молитву након што Сунце тек изађе. Неопходно је да се сачека да се подигне Сунце за једно копље. То отприлике износи од десет до петнаест минута.
 Време икиндије (послеподневне молитве) траје све до заласка Сунца.
 У хадису се наводи да је дозвољено путовати ради ибадета само у три џамије.
 Вредност ове три џамије и њихова одлика над осталим.
 Није дозвољено ићи на путовање ради посете гробља, макар се радило о Посланиковом гробу. Међутим, прописано је посетити Послаников гроб ономе ко се налази у Медини или ономе ко је у њу дошао ради прописаног разлога.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/10603</t>
   </si>
   <si>
+    <t>من قال حين يسمع النداء: اللهم رب هذه الدعوة التامة، والصلاة القائمة، آت محمدا الوسيلة والفضيلة، وابعثه مقاما محمودا الذي وعدته، حلت له شفاعتي يوم القيامة</t>
+  </si>
+  <si>
+    <t>„Ко каже, када чује позив на молитву: ‘Аллаху, Господару овог потпуног позива и предстојеће молитве, дај Мухаммеду узвишено место и врлину и подигни га на похваљени положај који си му обећао’, заслужиће моје заступништво на Судњем дану.“</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ النِّدَاءَ: اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ التَّامَّةِ، وَالصَّلاَةِ القَائِمَةِ، آتِ مُحَمَّدًا الوَسِيلَةَ وَالفَضِيلَةَ، وَابْعَثْهُ مَقَامًا مَحْمُودًا الَّذِي وَعَدْتَهُ، حَلَّتْ لَهُ شَفَاعَتِي يَوْمَ القِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Од Џабира бин Абдулаха, нека је Бог задовољан њиме, преноси се да је Аллахов Посланик, нека су на њега мир и благослов Божији, рекао: „Ко каже, када чује позив на молитву: ‘Аллаху, Господару овог потпуног позива и предстојеће молитве, дај Мухаммеду узвишено место и врлину и подигни га на похваљени положај који си му обећао’, заслужиће моје заступништво на Судњем дану.“</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال حين يسمع المؤذِّنَ بعد أنْ ينتهي منه: 
+(اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ)، وهي ألفاظ الأذان التي يُدْعَى بها إلى عبادة الله والصلاة، (التَّامَّةِ) الكاملة، دعوة التوحيد والرسالة، (وَالصَّلاَةِ القَائِمَةِ) الدائمة التي ستقام، (آتِ) وأَعْطِ، (مُحَمَّدًا الوَسِيلَةَ) والمَنْزِلة العَلِيّة في الجنة التي لا تنبغي إلا له صلى الله عليه وسلم، (وَالفَضِيلَةَ) المَرْتَبةَ الزائدةَ على مراتب الخلائق، (وَابْعَثْهُ) وأَعْطِه (مَقَامًا مَحْمُودًا) يُحْمَد القائم فيه؛ وهو الشفاعة العظمى يوم القيامة، (الَّذِي وَعَدْتَهُ) بقولك: {عسى أن يبعثك ربك مقامًا محمودًا} بأن تكون له صلى الله عليه وسلم. 
+فمن دعا هذا الدعاء استحقَّ  ووَجَبتْ له شفاعةُ النبي صلى الله عليه وسلم يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, објашњава да онај ко изговори, након што чује мујезина (по завршетку езанског позива):
+„Аллаху, Господару овог позива" - односно речи езана којим се позива на обожавање Бога и молитву, 
+"потпуног" — што означава потпуни позив у монотеизам и посланство, 
+"и предстојеће молитве" - која ће бити обављена. 
+"подари" - дај Мухаммеду узвишен положај у Рају који припада само њему, нека су на њега мир и благослов Божији, 
+"и врлину" — положај изнад свих створења. 
+"и постави га на похваљен положај" - који заслужује похвалу, што је велико заузимање за људе на Судњем дану, 
+"који си му обећао" - у својим речима: ‘Можда ће те Господар твој уздићи на похваљено место’, што припада њему, нека су на њега мир и благослов.“
+Онај ко изговори ову молитву (дову) заслужиће и обезбедиће себи да се за њега заузима Посланик на Судњем дану, нека су на њега мир и благослов.</t>
+  </si>
+  <si>
+    <t>مشروعية هذا الدعاء بعد الفراغ من التَّرْدِيْد خَلْفَ المؤذِّن، ومَن لم يَسمع النِّداء؛ فإنه لا يقوله.
+فضيلة الرسول صلى الله عليه وسلم حيث أُعطي الوَسِيلة والفَضِيلة والمقام المحمود والشفاعة العظمى في الفَصْلِ بين الخلائق.
+إثبات الشَّفاعة للرسول صلى الله عليه وسلم؛ لقوله: "حلَّت له شفاعتي يوم القيامة".
+شفاعته صلى الله عليه وسلم تكون لأهل الكبائر مِن أمته في عدم دخول النار أو مَن دَخَلَها أن يخرج منها، أو في دخول الجنة بغير حساب، أو رفع درجات من دخلها.
+قال الطيبي: من أوله إلى قوله "محمدًا رسول الله" هي الدعوة التامة، والحَيْعَلَة هي الصلاة القائمة في قوله يُقيمون الصلاة، ويحتمل أن يكون المراد بالصلاة الدعاء وبالقائمة الدائمة مِن قام على الشيء إذا داوم عليه، وعلى هذا فقوله "والصلاة القائمة" بيان للدعوة التامة، ويحتمل أن يكون المراد بالصلاة المعهودة المدعو إليها حينئذ وهو أظهر.
+قال المهلب: في الحديث الحض على الدعاء في أوقات الصلوات؛ لأنه حال رجاء الإجابة.</t>
+  </si>
+  <si>
+    <t>Ова дова је прописана да се проучи након понављања речи мујезина, а ко није чуо езан, не треба је изговарати.
+Посебна врлина Посланика, нека су на њега мир и благослов Божији, огледа се у томе што му је дато посредништво (ел-весила), похваљени положај и велико заговарање за људе на Судњем дану у пресуђивању међу створењима.
+Овај хадис је доказ да ће се Аллахов Посланик заузимати за људе, јер каже: „Заслужиће моје заступништво на Судњем дану.“
+Његово заговарање биће:
+- за оне који су починили велике грехе из његовог уммета, да не уђу у ватру, 
+- или за оне који су већ ушли да изађу из Ватре, 
+- или да добри уђу у Рај без полагања рачуна, 
+- или за подизање степена оних који су већ у Рају.
+Ет-Тиби је у коментару хадиса рекао: „Од почетка езана до речи ‘Мухаммед је Аллахов Посланик’ представља ед-да'ветут-тамме/потпуни позив/الدعوة التامة (први део дове: Аллаху, Господару овог потпуног позива...).“ 
+Речи „хај'але...“ , односе се на предстојећу вес-салатил-ка'име/и предстојеће молитве (намаза, споменутог у другом делу дове: Аллаху, Господару овог потпуног позива и предстојеће молитве...)“. 
+Могуће је да се под речју ес-салат/молитва мисли на дову, а под речју ел-ка'име оно што је трајно, као у изразу „قام على الشيء“ што значи да је остао доследан у томе. 
+У том случају, речи „вес-салатил-ка'име“ представљају објашњење савршеног позива. Ипак, најочигледније је тумачење да је „молитва“ оно што се спомиње као обавезна молитва (намаз) на коју се тада позива.
+Ел-Мухеллеб је рекао: „Хадис подстиче на упућивање молбе у временима молитви, јер је то време када је највећа нада да ће молба бити примљена.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/10635</t>
+  </si>
+  <si>
+    <t>لا يصلي أحدكم في الثوب الواحد ليس على عاتقيه شيء</t>
+  </si>
+  <si>
+    <t>„Нека нико од вас не обавља молитву у једном комаду одеће ако његова рамена нису покривена ничим.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ يُصَلِّي أَحَدُكُمْ فِي الثَّوْبِ الوَاحِدِ لَيْسَ عَلَى عَاتِقَيْهِ شَيْءٌ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, нека је Бог задовољан њиме, преноси се да је Посланик, нека су на њега мир и благослов Божији, рекао: „Нека нико од вас не обавља молитву у једном комаду одеће ако његова рамена нису покривена ничим.“</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم مَن صلّى في ثوب واحد عن أنْ يُجَرِّدَ عاتقيه ما بين الكتف والعنق بحيث لا يضع عليهما شيئًا يسترهما؛ لأن العاتقين وإن لم يكونا عورة، فإن سترهما أمكن في ستر العورة، وهو أقرب إلى إجلال الله تعالى وتعظيمه أثناء الوقوف بين يديه في الصلاة.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов Божији, забранио је ономе ко клања у једном комаду одеће да остави своја рамена откривена, то јест да не прекрије простор између рамена и врата. Иако рамена нису аврет (оно што мора бити покривено), њихово покривање олакшава покривање аврета и ближе је поштовању и величању Бога током молитве, док стојимо пред Њим.</t>
+  </si>
+  <si>
+    <t>جواز الصلاة في الثوب الواحد إذا ستر ما يجب ستره.
+جواز الصلاة في ثوبين، أحدهما يستر أعلى الجسم، والآخر يستر أسفله.
+استحباب كون المُصلِّي على هيئة حسنة.
+وجوب سَتر العَاتِقَين أو أحدهما في الصلاة، إذا أمْكَنه ذلك، وقيل النهي للتنزيه.
+قِلّة ما في أيدي الصحابة رضي الله عنهم من المال، حتى إن بعضهم لا يملك ثَوبين.
+قال النووي في معنى الحديث: حكمته أنه إذا ائتزر به ولم يكن على عاتقه منه شيء لم يؤمن أن تنكشف عورته، بخلاف ما إذا جعل بعضه على عاتقه، ولأنه قد يحتاج إلى إمساكه بيده أو يديه فيشغل بذلك، وتفوته سنة وضع اليد اليمنى على اليسرى تحت صدره، ورفعهما حيث شرع الرفع، وغير ذلك، لأن فيه ترك ستر أعلى البدن وموضع الزينة، وقد قال الله تعالى: { خُذُوا ‌زِينَتَكُمْ عِنْدَ كُلِّ مَسْجِدٍ } [الأعراف: 31].</t>
+  </si>
+  <si>
+    <t>Дозвољено је клањати у једном комаду одеће, под условом да прекрива оно што је обавезно покрити.
+Дозвољено је клањати у два комада одеће, при чему један покрива горњи део тела, а други доњи.
+Препоручује се да особа која клања буде у пристојном и уредном стању.
+Обавезно је покрити оба рамена или бар једно од њих током молитве, ако је то могуће. Неки кажу да је ова забрана више саветодавна.
+Посланикови другови, нека је Бог задовољан њима, имали су мало материјалних добара, тако да неки од њих нису поседовали два комада одеће.
+Ен-Невеви је у објашњењу овог хадиса рекао: „Смисао ове заповести је да ако неко обуче само један комад одеће око струка, а да не стави део на рамена, постоји ризик да му се открије стидно место (аврет). То се не дешава ако део одеће прекрива рамена. Такође, може бити потребно да држи одећу рукама, чиме би пропустио суннет да стави десну руку преко леве испод груди и да подиже руке тамо где је прописано подизање.
+Поред тога, тиме би оставио непокривен горњи део тела, који је место за одећу, а Бог Узвишени је рекао: ‘Лепо се обуците када хоћете молитву обавити.’“ (Ел-А'раф, 31.)</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/10639</t>
+  </si>
+  <si>
     <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Не седите на гробовима и не клањајте према њима!“</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Од Ебу Мерседа ел-Ганевија, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Не седите на гробовима и не клањајте према њима!“</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Аллахов Посланик је забранио да се седи на гробовима.
 Поврх тога, забранио је и да човек клања окренут према гробовима, тако да правац кибле буде у правцу гробова. То је средство и пут који води ка многобоштву.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
@@ -14842,77 +15029,143 @@
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава у овом хадису да нам је Узвишени наредио да, када обављамо намаз, чинимо сеџду на седам делова тела. Ти делови су:
 1. чело. Аллахов Посланик, нека је Аллахов благослов и мир на њега, је истакао чело, а потом је руком показао на нос, што нам подробније појашњава да су чело и нос као један део тела. Овим поступком Посланик је желео да нагласи да особа која обавља намаз мора носом додиривати земљу.
 2. и 3. Шаке десне и леве руке.
 4. и 5. Колена десне и леве ноге.
 6. и 7. Ножни прсти једне и друге ноге.
 Поврх тога, Посланик нам је забранио да вежемо косу и да скупљамо одећу приликом обављања сеџде. Наиме, потребно је пустити косу и одећу да заједно с нама додирују земљу приликом обављања сеџде.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Обавеза је чинити сеџду у намазу на ових седам делова тела.
 Покуђено је скупљати и завраћати одећу и косу у намазу.
 Обавеза је ономе ко обавља намаз да буде смирен током обављања намаза. Када спусти на земљу седам делова свога тела, потребно је да се смири у том положају све док не изговори прописани зикр.
 Забрана заврћања одеће тиче се мушкараца, а не и жена будући да је жена дужна да се покрије током намаза.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/10925</t>
   </si>
   <si>
+    <t>إذا سجدت، فضع كفيك وارفع مرفقيك</t>
+  </si>
+  <si>
+    <t>„Када се спустиш на сеџду, стави своје дланове на тло и подигни лактове.“</t>
+  </si>
+  <si>
+    <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا سَجَدْتَ، فَضَعْ كَفَّيْكَ وَارْفَعْ مِرْفَقَيْكَ».</t>
+  </si>
+  <si>
+    <t>Од ел-Бераа, нека је Бог задовољан њиме, преноси се да је Аллахов Посланик, нека су на њега мир и благослов Божији, рекао: „Када се спустиш на сеџду, стави своје дланове на тло и подигни лактове.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم حالةَ اليدين في سجود الصلاة، وذلك بأن يُمَكِّنَ الكفَّين من الأرض ويضعها مضمومة الأصابع في اتجاه القبلة، ويكون المرفقان -مفصل الذراع والعضد- مُرتَفعَين عن ملامسة الأرض ومُفرجين عن الجنبين.</t>
+  </si>
+  <si>
+    <t>Посланик је објаснио положај руку током сеџде (спуштања чела на под) у молитви. Треба чврсто поставити дланове на земљу, са прстима који су спојени и усмерени према кибли. Лактови треба да буду подигнути са земље и одвојени од страна тела.</t>
+  </si>
+  <si>
+    <t>الواجب على المصلِّي أن يَضع كفَّيه على الأرض، والكفان عُضوان من أعضاء السُّجود السَّبعة.
+استحباب رفع الذِّراعين عن الأرض، وكراهة افتراشهما كما يَفترش السَّبع ذِراعيه.
+مشروعية إظهار النَّشاط والقوَّة والرَّغبة في العَبادة.
+المُصلِّي إذا اعتمد على جميع أعضاء السُّجود، أخذ كلُّ عُضوٍ حقَّه من العبادة.</t>
+  </si>
+  <si>
+    <t>Обавеза онога ко клања је да стави своје дланове на земљу, јер су дланови један од седам делова тела који се користе при сеџди.
+Препоручено је подизати подлактице са земље, док је непожељно да их простире на земљу као што звери простиру своје ноге и руке.
+Прописано је показати снагу, активност и жељу  током молитве.
+Када онај ко клања наслони све делове тела који су укључени у сеџду, сваки део добија свој удио у обожавању.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/10927</t>
+  </si>
+  <si>
     <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, изговарао између две сеџде: "Аллаху, опрости ми, смилуј ми се, учини ме здравим, упути и опскрби ме!“</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>Об Ибн Аббаса, Аллах био задовољан њима, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, изговарао између две сеџде: "Аллаху, опрости ми, смилуј ми се, учини ме здравим, упути и опскрби ме!“</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, је упућивао ову дову између две сеџде у намазу. Ње је нужно потребан сваки муслиман будући да она садржи и овосветско и оносветско добро. Она подразумева тражење опроста и прелазак преко греха, тражење милости и тога да човек буде сачуван забрањених страсти, незнања и болести. Осим тога, у њој је укључено и тражење упуте од Аллаха, те и опскрбе у погледу веровања, знања, добрих дела и халал иметка.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Ову дову је прописано изговарати на седењу између две сеџде.
 Велика је вредност ове дове јер она садржи овосветско и оносветско добро.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/10930</t>
+  </si>
+  <si>
+    <t>صليت مع النبي صلى الله عليه وسلم، فكان يسلم عن يمينه: السلام عليكم ورحمة الله وبركاته، وعن شماله: السلام عليكم ورحمة الله</t>
+  </si>
+  <si>
+    <t>„Клањао сам са Послаником, нека су на њега мир и благослов Божији, и он је завршавао молитву селамом окрећући се на десну страну и говорећи: ‘Есселаму алејкум ве рахметуллах / Мир, милост и благослов Божији нека су на вас’, а затим на леву страну говорећи: ‘Есселаму алејкум ве рахметуллах / Мир и милост Божија нека су на вас.’“</t>
+  </si>
+  <si>
+    <t>عَنْ وَائِل بن حُجرٍ رضي الله عنه قَالَ: صَلَّيْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَانَ يُسَلِّمُ عَنْ يَمِينِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ»، وَعَنْ شِمَالِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ».</t>
+  </si>
+  <si>
+    <t>Од Ваила бин Хуџра, нека је Бог задовољан њиме, преноси се да је рекао: „Клањао сам са Послаником, нека су на њега мир и благослов Божији, и он је завршавао молитву селамом окрећући се на десну страну и говорећи: ‘Есселаму алејкум ве рахметуллах / Мир, милост и благослов Божији нека су на вас’, а затим на леву страну говорећи: ‘Есселаму алејкум ве рахметуллах / Мир и милост Божија нека су на вас.’“</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا أراد أنْ يَنصَرِفَ من صلاته سلَّم عن يمينه وشماله بأن يلتفت بوجهه للجهة اليمنى، مع قوله: (السلام عليكم ورحمة الله وبركاته)، ويسلِّم عن شماله، بأن يلتفت بوجهه للجهة اليسرى، مع قوله: (السلام عليكم ورحمة الله).</t>
+  </si>
+  <si>
+    <t>Када је Посланик желео да заврши своју молитву, завршавао је тако што би окренуо своје лице према десној страни и рекао: „Есселаму алејкум ве рахметуллах / Мир, милост и благослов Божији нека су на вас.“ Затим би окренуо своје лице према левој страни и рекао: „Есселаму алејкум ве рахметуллах / Мир и милост Божија нека су на вас.“</t>
+  </si>
+  <si>
+    <t>مشروعية التسليمتين من الصلاة، وأنها من أركانها.
+استحباب الإتيان بزيادة قول: (وبركاته)، في بعض الأحيان؛ لأن النبي صلى الله عليه وسلم لم يكن يُدَاوِم عليها.
+النطق بالتسليمتين في الصلاة ركن واجب، وأما فعل الالتفات أثناء النطق بهما مستحب.
+ينبغي أن يكون قول: (السلام عليكم ورحمة الله) أثناء فعل الالتفات لا قبله ولا بعده.</t>
+  </si>
+  <si>
+    <t>Прописаност два селама за завршетак молитве, јер су они један од њених стубова.
+Препоручено је повремено додавати речи: „ве берекатуху / и благослов Божији“, јер Посланик, алејхисселам, није то чинио стално.
+Изговарање два селама у молитви је обавезни елемент, док је окретање главе при изговарању селама препоручено, али није обавезно.
+Требало би да се изговарање речи: „Есселаму алејкум ве рахметуллах / Мир и милост Божија нека су на вас“ одвија током окретања главе, а не пре или после тога.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/10945</t>
   </si>
   <si>
     <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>Аллаху, Ти си Селам (чист од сваке мањкавости) и Ти дајеш селам (тј. чуваш створења од зла и мањкавости), благодаран си Ти, Поседоватељу величине и племенитости</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>Од Севбана, Аллах био задовољан њим, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, када преда селам у намазу, знао тражити од Аллаха опрост три пута, а потом би казао: "Аллаху, Ти си Селам (чист од сваке мањкавости) и Ти дајеш селам (тј. чуваш створења од зла и мањкавости), благодаран си Ти, Поседоватељу величине и племенитости.“ Велид је казао: "Упитао сам ел-Евзаија о томе како да се тражи опрост од Аллаха, а он ми је казао: ‘Изговарај: Естагфируллах, естагфируллах!’“</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Када би Аллахов Посланик, нека је Аллахов благослов и мир на њега, предао селам у намазу, рекао би: "Естагфируллах, естагфируллах, естагфируллах!“
 Потом би величао Господара говорећи: "Аллаху, Ти си Селам и Ти дајеш селам, благодаран си Ти, Поседоватељу величине и племенитости.“ Дакле, Аллах је Селам, тј. има потпуна својства савршенства и чист је од свих мана и недостатака. У складу са тим, од Њега се, и ни од кога другог, треба тражити сигурност од свих овосветских и оносветских зала. Поред тога, Он поседује добро овога и онога света и описан је својствима величине и племенитости.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
@@ -15040,50 +15293,108 @@
   <si>
     <t>„Немојте вређати моје асхабе! Да неко од вас удели злата тежине брда Ухуд, не би достигао вредност прегршти хране коју они уделе, па ни вредност пола прегршти.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
   </si>
   <si>
     <t>Од Ебу Се'ида ел-Худрија, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Немојте вређати моје асхабе! Да неко од вас удели злата тежине брда Ухуд, не би достигао вредност прегршти хране коју они уделе, па ни вредност пола прегршти.“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам забрањује да вређамо асхабе, а поготово оне прве који су се појавили, мухаџире и енсарије. Казао нам је, такође, да ако би неко уделио злата колико је брдо Ухуд, не би имао награду какву би имао асхаб да удели само један мудд хране или пола муда (мудд представља оно што може стати у две састављене шаке човека просечног стаса). То је због тога што су асхаби имали истанчану искреност и што су удељивали и борили се за ислам пре освојења Меке када је било најпотребније.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
   <si>
     <t>Вређати асхабе је забрањено и спада у велике грехе.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/11000</t>
   </si>
   <si>
+    <t>قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: هذان سيدا كهول أهل الجنة من الأولين والآخرين إلا النبيين والمرسلين</t>
+  </si>
+  <si>
+    <t>„Посланик, алејхисселам, у вези са Ебу Бекром и Омером, рекао је: ‘Њих двојица ће бити прваци свих првих и последњих средовечних људи у Рају, осим када је реч о веровесницима и посланицима.’“</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه، قال: قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: «هذان سَيِّدا كُهُول أهل الجنة من الأوَّلِين والآخِرين إلا النبيِّين والمرسلين».</t>
+  </si>
+  <si>
+    <t>Од Енеса, нека је Бог задовољан њиме, се преноси да је рекао: „Посланик, алејхисселам, у вези са Ебу Бекром и Омером, рекао је: ‘Њих двојица ће бити прваци свих првих и последњих средовечних људи у Рају, осим када је реч о веровесницима и посланицима.’“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أبا بكر الصديق وعمر الفاروق رضي الله عنهما هما أفضل البشر بعد الأنبياء، وأفضل مَن دخل الجنة بعد النبيين والمرسلين.</t>
+  </si>
+  <si>
+    <t>Посланик, алејхисселам, обавестио је да су Ебу Бекр ес-Сидик и Омер ел-Фарук, нека је Бог задовољан њима, најбољи људи након посланика, и најбољи од оних који ће ући у Рај после посланика и веровесника.</t>
+  </si>
+  <si>
+    <t>أبو بكر وعمر رضي الله عنهما هما أفضل الناس بعد الأنبياء والمرسلين.
+ليس في الجنة كَهْلٌ، بل مَن يدخلها ابن ثلاث وثلاثين سنة، والمراد أنهما سيدا مَن مات كهلًا في الدنيا، أو أنّ ذلك باعتبار ما كانوا عليه في الدنيا حال هذا الحديث.</t>
+  </si>
+  <si>
+    <t>Ебу Бекр и Омер, нека је Бог задовољан њима, најбољи су људи након веровесника и посланика.
+У Рају нема средовечних људи (الكَهْل - од 40 и више година), већ ће сви који уђу у Рај имати тридесет три године. Оно што је мислио јесте да су они прваци оних који су умрли као средовечни људи на овом свету, или је то речено у складу с оним какви су били у време када је овај хадис изговорен.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/11161</t>
+  </si>
+  <si>
+    <t>الحسن والحسين سيدا شباب أهل الجنة</t>
+  </si>
+  <si>
+    <t>„Хасан и Хусејн су прваци младића у Рају.“</t>
+  </si>
+  <si>
+    <t>عن أبي سعيد الخدري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الحَسَن والحُسَيْن سَيِّدا شَباب أهْل الجنة».</t>
+  </si>
+  <si>
+    <t>Од Ебу Сеида ел-Худрија, нека је Бог задовољан њиме, се преноси да је рекао: „Посланик, алејхисселам, је рекао: „Хасан и Хусејн су прваци младића у Рају.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حَفيدَيه الحسن والحسين ابنا علي بن أبي طالب وفاطمة بنت النبي صلى الله عليه وسلم ورضي عنهم، هما سيدا كلِّ مَن مات وهو شاب ودخل الجنة في الفضل، أو أنهما سيدا شباب أهل الجنة باستثناء الأنبياء والخلفاء الراشدين.</t>
+  </si>
+  <si>
+    <t>Посланик, алејхисселам, обавестио је да су његови унуци, Хасан и Хусејн, синови Алије ибн Еби Талиба и Фатиме, кћери Посланика, нека је Бог задовољан њима, прваци свих који су умрли као млади и ушли у Рај. Или је мислио да су прваци младића у Рају, изузев посланка и праведних халифа.</t>
+  </si>
+  <si>
+    <t>فيه فضيلة ظاهرة للحسن والحسين رضي الله عنهما.
+قيل في معنى الحديث: أنهما في وقت الحديث هما سيدا شباب مَن هم من أهل الجنة من شُبّان هذا الزمان، أو أنهما أفضل ممن لم يثبت فيه تفضيلٌ عامٌّ كالأنبياء والخلفاء، أو أنهما سيدا من اتصف بصفات الشباب والفُتُوَّة كالمروءة والكرم والشجاعة، ولم يَرِدْ بذلك سِنَّ الشباب؛ لأن الحسن والحسين ماتا كَهْلَين.</t>
+  </si>
+  <si>
+    <t>Овај хадис истиче вриједност Хасана и Хусејна, нека је Бог задовољан њима.
+Речено је у тумачењу хадиса да су њих двојица, у време када је хадис изговорен, били прваци оних који ће ући у Рај а који су у то време још били живи и били младићи. Или да су они бољи од оних за које није пренешено да су најбољи, као што су веровесници, Ебу Бекр, Омер, Осман и Алија. Такође, може се тумачити да су они прваци оних који поседују особине младости и снаге, попут племенитости, дарежљивости и храбрости, а не да се мисли на младе године, јер су Хасан и Хусејн умрли као зрели људи.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/11169</t>
+  </si>
+  <si>
     <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>'Ова вера ће сигурно досећи докле сежу ноћ и дан. Узвишени Аллах неће изоставити ниједну кућу у селима и градовима а да у њу неће ући ова вера</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Од Темима ед-Дарија, Аллах био задовољан њиме, се преноси да је рекао: "Чуо сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, рекао: 'Ова вера ће сигурно досећи докле сежу ноћ и дан. Узвишени Аллах неће изоставити ниједну кућу у селима и градовима а да у њу неће ући ова вера, снагом снажног или понижењем пониженог; снагом којом Узвишени Аллах помаже ислам или понижењем којим Он понижава неверство.'" А Темим ед-Дари је казивао: „Ово сам спознао по мојим укућанима. Они који су примили ислам доживели су добро, част и углед, а они који су остали неверници погодило их је понижење, потчињеност и џизја.“</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас обавештава да ће ова вера досећи до свих крајева Земље. Сваки њен део који дочекује ноћ или дан досећи ће ова вера. Узвишени Аллах неће изоставити кућу у граду или селу, пустињи или насељеном месту, а да у њу не уђе ова вера. Онај ко је прихвати и буде веровао биће поносан и оснажен снагом ислама, а онај ко је одбије и остане у неверству, остаће понижен и јадан.
 Затим нас обавештава асхаб Темим ед-Дари, Аллах био задовољан њиме, да се он лично уверио на примеру своје породице, јер ко је од њих примио ислам задобио је добро, част и понос, а оне који су остали у неверству задесило је понижење и беда уз то што су морали муслиманима плаћати џизју (порез).</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
@@ -15111,50 +15422,141 @@
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, објашњава метод поступка у случају сумње која се деси муслиману у намазу па не зна колико је клањао, три или четири. Метод је да не рачуна четири јер сумња у вишак, а да рачуна три јер је убеђен у мањи број реката, затим ће клањати четврти а потом учинити две сеџде пре селама.
 Ако је заиста клањао четири, то са додатним рекатом постаје пет, али те две сеџде ће упарити намаз, јер сеџде вреде као замена за један рекат, а намаз који се клања је у основи парни а не непарни. А ако је са тим додатним рек'атом клањао потпун намаз од четири реката, онда је извршио обавезу без додавања или скраћивања.
 Сехви сеџда, тј. две сеџде приликом заборава у намазу јесу понижавање ђавола и његово одвраћање управо од онога што је желео постићи, од ометања човека у постизању скрушености и концентрације у намазу, тако да је човеков намаз постао потпун извршавањем ове Аллахове наредбе - да се додатно клањају две сеџде које Иблис није хтео учинити Адему онда када му је Аллах то наредио да учини у рају и на тај начин одбио покорност Аллаху.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Када неко посумња у току намаза и није сигуран колико је реката клањао, нека одагна сумњу и поступи сходно ономе у шта је уверен, а то је мањи број реката, потом нека употпуни намаз а затим нека учини две сеџде пре него што преда селам.
 Те две сеџде су накнада за оно што је пропуштено у намазу, као и понижавање ђавола и одагнавање онога што је желео постићи.
 Сумња која је поменута у хадису односи се на неодлучност у намазу и несигурност у то колико је реката клањао, али ако код њега превагне једна од опција, онда ради по томе што је превагнуло.
 Подстицање на одагнавање убацивања мисли од стране шејтана (ђавола) тако што ће се поступити онако како је наређено у шеријату.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/11231</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم كان لا يدع أربعا قبل الظهر وركعتين قبل الغداة</t>
+  </si>
+  <si>
+    <t>Посланик, алејхисселам, није пропуштао четири реката пре подневског намаза и два реката пре сабахског намаза</t>
+  </si>
+  <si>
+    <t>عن عائشةَ أُمِّ المُؤْمِنينَ رضي الله عنها: أن النبي صلى الله عليه وسلم كان لا يَدع أربعا قَبل الظهر وركعتين قبل الغَدَاة.</t>
+  </si>
+  <si>
+    <t>Од Аише, мајке верника, нека је Бог задовољан њоме се преноси се Посланик, алејхисселам, није пропуштао четири реката пре подневског намаза и два реката пре сабахског намаза.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَت عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان يُواظِب على صلوات النوافل في بيتها ولا يَدَعُها: أربع ركعات بتسليمتين قبل صلاة الظهر، وركعتان قبل صلاة الفجر.</t>
+  </si>
+  <si>
+    <t>Аиша, нека је Бог задовољан њоме, обавестила је да је Посланик, алејхисселам, редовно обављао нафиле (додатне молитве) у њеној кући и није их изостављао: четири реката са два селама пре подневске молитве и два реката пре јутарње (сабахске) молитве (намаза).</t>
+  </si>
+  <si>
+    <t>استحباب المحافظة على أربع ركعات قبل صلاة الظهر، وركعتين قبل صلاة الفجر.
+الأفضل أن تصلى الرَّواتِب في البيت، ولذلك أخبرت عنها عائشة رضي الله عنها.</t>
+  </si>
+  <si>
+    <t>Препоручује се редовно обављање четири реката пре подневске молитве и два реката пре јутарње (сабахске) молитве.
+Најбоље је да се притврђени суннети клањају у кући, и о томе нас је Аиша, нека је Бог задовољан њоме, обавестила.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/11249</t>
+  </si>
+  <si>
+    <t>من حافظ على أربع ركعات قبل الظهر وأربع بعدها حرمه الله على النار</t>
+  </si>
+  <si>
+    <t>‘Ко буде редовно клањао четири реката пре подневске молитве и четири после њега, Бог ће га заштитити од ватре.’“</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ حَبِيبَةَ رضي الله عنها زَوْجِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالت: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَافَظَ عَلَى أَرْبَعِ رَكَعَاتٍ قَبْلَ الظُّهْرِ وَأَرْبَعٍ بَعْدَهَا حَرَّمَهُ اللَّهُ عَلَى النَّارِ».</t>
+  </si>
+  <si>
+    <t>Од Уму Хабибе, нека је Бог задовољан њоме, супруге Посланика, алејхисселам, се преноси да је рекла: „Чула сам Божијег Посланика  да каже: ‘Ко буде редовно клањао четири реката пре подневске молитве и четири после њега, Бог ће га заштитити од ватре.’“</t>
+  </si>
+  <si>
+    <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن صلَّى من النوافل أربع ركعات قبل صلاة الظهر، وأربع ركعات بعدها، ودَاوَم وحافَظ عليها حَرَّمَه الله على النار.</t>
+  </si>
+  <si>
+    <t>Посланик, алејхисселам, обрадовао је оне који редовно клањају четири реката нафиле пре подневске молитве и четири реката након ње да ће их Бог заштитити од Пакла.</t>
+  </si>
+  <si>
+    <t>استحباب المحافظة على الأربع ركعات قبل الظُّهر والأربع بعدها.
+الرواتب القبلية -أي قبل الفريضة-؛ لها حِكَمٌ، منها: تهيئة نفس المصلي للعبادة قبل الدخول في الفريضة، وأما البعدية فمن حكمها جبر خلل الفرائض.
+للرواتب فوائد عظيمة، من زيادة الحسنات، وتكفير السيئات، ورفع الدرجات.
+قاعدة أهل السنة في أحاديث الوعد مثل هذا الحديث: أنْ تُحمل على الموت على التوحيد، وأنَّ المراد عدم الخلود في النار، لأن فاعل الذنوب من الموحدين مُستحِق للعقاب لكن لا يخلد في النار إن عوقب.</t>
+  </si>
+  <si>
+    <t>Препоручује се редовно обављање четири реката пре подневске молитве и четири реката после ње.
+Добровољне молитве пре обавезних (суннети пре фарз намаза) имају мудрост, укључујући припрему душе клањача за обожавање Бога пре уласка у обавезну молитву. Што се тиче молитве након обавезне, њихова мудрост је у томе да исправљају евентуалне пропусте у обавезним молитвама.
+Притврђене добровољне молитве имају велике користи, као што су повећање добрих дела, брисање греха и уздизање на више степене.
+Основно правило код ехли суннета у вези са хадисима који садрже обећања, као што је овај хадис, јесте да се они тумаче и да се односе на оне који преселе, а обожавали су само Бога и да је значење да неће вечно бити у ватри. Онај ко чини грехе међу монотеистима заслужује казну, али неће вечно боравити у ватри ако буде кажњен.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/11251</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم قرأ في ركعتي الفجر: قل يا أيها الكافرون، وقل هو الله أحد</t>
+  </si>
+  <si>
+    <t>„Посланик, алејхисселам, учио је на два реката сабахског суннета: ‘Кул ја ајјухел-кафирун’ (Сура Ел-Кафирун) и ‘Кул хува-Ллаху ехад’ (Сура Ел-Ихлас).“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَرَأَ فِي رَكْعَتَيِ الْفَجْرِ: {قُلْ يَا أَيُّهَا الْكَافِرُونَ}، وَ{قُلْ هُوَ اللهُ أَحَدٌ}.</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, нека је Бог задовољан њиме се преноси: „Посланик, алејхисселам, учио је на два реката сабахског суннета: ‘Кул ја ајјухел-кафирун’ (Сура Ел-Кафирун) и ‘Кул хува-Ллаху ехад’ (Сура Ел-Ихлас).“</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلّم يَسْتَحِبُّ أنْ يقرأ في ركعتي راتبة الفجر بعد الفاتحة، في الركعة الأولى سورة {قل يا أيها الكافرون} (الكافرون)، وفي الركعة الثانية سورة {قل هو الله أحد} (الإخلاص).</t>
+  </si>
+  <si>
+    <t>Посланик, алејхисселам, волео је да на два реката суннета пре сабахског намаза, након Фатихе, на првом рекату учи Суру „Кул ја ајјухел-кафирун“ (Сура Ел-Кафирун), а на другом рекату Суру „Кул хува-Ллаху ехад“ (Сура Ел-Ихлас).</t>
+  </si>
+  <si>
+    <t>استحباب قراءة هاتين السورتين بعد الفاتحة في سنة الفجر.
+هاتان السورتان يقال لهما سورة الإخلاص؛ لأن في سورة الكافرون البراءة من جميع ما يعبده المشركون من دون الله، وأنهم أيضًا ليسوا بعبيد لله لأن شركهم يحبط أعمالهم، وأن الله سبحانه هو المستحق العبادة، ولأن في سورة الإخلاص توحيد الله والإخلاص له وبيان صفاته.</t>
+  </si>
+  <si>
+    <t>Препоручује се учење ове суре након Фатихе на суннету сабахске молитве.
+Ове две суре називају се „сурама искрености“ (Сурату-л-Ихлас), јер се у Сури Ел-Кафирун изражава одрицање од свега што многобошци обожавају осим Бога, и истиче да они нису истински Божији робови јер им њихов ширк (многобоштво) поништава дела. Сура Ел-Ихлас, с друге стране, у потпуности говори о једноћи Бога, искрености у обожавању Њега и описује Његове особине.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/11256</t>
   </si>
   <si>
     <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>Да ли ти чујеш езан?’Након што му је потврдно одговорио, Посланик му рече: ‘Онда се одазови.’“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Ебу Хурејре, Аллах био задовољан њиме, је рекао: "Дошао је неки слепи човек Посланику, нека је Аллахов благослов и мир на њега, и рекао му да нема водича који ће га водити у џамију те је тражио да му дадне олакшицу да клања у кући па му је дозволио. Међутим, чим се окренуо Посланик га је позвао и упитао: ‘Да ли ти чујеш езан?’Након што му је потврдно одговорио, Посланик му рече: ‘Онда се одазови.’“</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Дошао је неки слеп човек Аллаховом Посланику, нека је Аллахов благослов и мир на њега, и рекао му: "Аллахов Посланиче, немам никога да ми помогне да ме одведе до џамије када се треба клањати пет намаза.“ Тиме је желео да му Посланик да олакшицу да не мора клањати у џамији, што му је он и пружио. Но, када се човек окренуо, Посланик га је дозвао и упитао да ли чује езан за намаз. Након што је слепи човек одговорио потврдно, он му је наредио да се ипак одазове.</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Обавеза је клањати намаз у џамији осим ако постоји заиста оправдан разлог за изостанак.
@@ -15181,50 +15583,79 @@
 وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас обавештава да је први сафф најбољи за мушкарце и да им он доноси највећу награду. Мушкарци су у њему најближи имаму, најбоље могу чути његово учење и најудаљенији су од жена. С друге стране, најгори сафф за мушкарце је задњи и он им доноси најмању награду. Насупрот томе, када су у питању жене, најбољи сафф им је задњи. У њему оне ће бити најприкривеније, најудаљеније од мушкараца. А најгори сафф им је први будући да ће бити изложене фитни јер су јако близу мушкарцима.</t>
   </si>
   <si>
     <t>حث الرجال على المسارعة إلى الطاعات والصفوف الأولى في الصلوات.
 جواز صلاة النساء في المسجد مع الرِّجال في صفوف مستقلة، لكن مع التَّستُّر والحِشْمَة.
 النَّساء إذا اجتمعن في المسجد، فإنهن يَكُنَّ صفوفًا، كصفوف الرِّجال، ولا يتفرقن، بل عليهن التَّراص في الصّف وسدّ الخلل، كما في صفوف الرجال.
 بيان شدة عناية الشرع بالحث بابتعاد النساء عن الرجال حتى في مواطن العبادة.
 تفاضل الناس بحسب أعمالهم.
 قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
 قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
   </si>
   <si>
     <t>Мушкарци се подстичу да уграбе први сафф када је посреди обављање намаза.
 Женама је дозвољено да клањају у џамијама са мушкарцима у одвојеним сафовима под условом да су покривене и да се придржавају стида и чедности.
 Када се само жене окупе у џамији, тада ће се њихови сафови третирати као сафови мушкараца.
 У шеријату се јако много води рачуна о удаљавању жена од мушкараца па чак и на местима где се чини ибадет.
 Људи се разликују сходно њиховим делима.
 Ен-Невеви је рекао: „Први сафф је увек најбољи и највреднији за мушкарце, а задњи им је увек најгори. С друге стране, што се тиче жена, у овом хадису се односи на то када жене клањају у џамији у којој су присутни мушкарци. А ако су жене саме у џамији, ако нема мушкараца, тада је и њима први сафф највреднији, а задњи најгори, исто као и када су у питању мушкарци.“
 Ен-Невеви је такође казао: „Први сафф, у вези са којим се у хадисима наводи посебна вредност, то је сафф који је одмах иза имама без обзира у каквом стању се налазио онај ко клања иза имама.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/11299</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم رأى رجلا صلى وحده خلف الصف، فأمره أن يعيد صلاته</t>
+  </si>
+  <si>
+    <t>„Посланик, алејхисселам, видео је човека који је клањао сам иза сафа (реда), па му је наредио да понови свој намаз.“</t>
+  </si>
+  <si>
+    <t>عَنْ وَابِصَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَأَى رَجُلًا صَلَّى وَحْدَهُ خَلْفَ الصَّفِّ، فَأَمَرَهُ أَنْ يُعِيدَ صَلَاتَهُ.</t>
+  </si>
+  <si>
+    <t>Од Вабисе, нека је Бог задовољан њиме се преноси: „Посланик, алејхисселам, видео је човека који је клањао сам иза сафа (реда), па му је наредио да понови свој намаз.“</t>
+  </si>
+  <si>
+    <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا صلَّى وحده خَلْفَ الصف، فأمرَه أن يعيد صلاته؛ لأن صلاته لم تصح على هذه الحالة.</t>
+  </si>
+  <si>
+    <t>Посланик, алејхисселам, видео је човека како обавља молитву сам иза сафа (реда) и наредио му је да понови своју молитву, јер његова молитва није исправано обављена.</t>
+  </si>
+  <si>
+    <t>الحث على التبكير لصلاة الجماعة والتقدُّم لها، وأنْ لا يصليَ خلف الصف مُنْفَرِدًا حتى لا يعرض صلاته للبطلان.
+قال ابن حجر: من ابتدأ الصلاة منفردًا خلف الصف ثم دخل في الصف قبل القيام من الركوع لم تجب عليه الإعادة، كما في حديث أبي بكرة، وإلا فيجب على عموم حديث وابصة.</t>
+  </si>
+  <si>
+    <t>Препоручује се да се верници рано одазову на заједничку молитву и буду у првим редовима, те да не обављају молитву сами иза реда (сафа), како не би изложили своју молитву ризику да буде неважећа.
+Ибн Хаџер је рекао: „Ако неко започне молитву сам иза реда (сафа), а потом уђе у ред (саф) пре него што се изврши руку (приклањање), није му потребно поновити молитву, као што се наводи у хадису Ебу Бекре. У супротном, на основу општег значења хадиса Вабисе, молитву треба поновити.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/11303</t>
   </si>
   <si>
     <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
   </si>
   <si>
     <t>‘Ова два намаза су најтежа лицемерима. Када би знали каква је награда за њих, долазили бисте да их клањате у џемату па макар пужући на коленима</t>
   </si>
   <si>
     <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
   </si>
   <si>
     <t>'Убејј бин Ка'б, Аллах био задовољан њиме, је рекао: „Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам је предводио сабах намаз. Када је завршио, упитао је: ‘Је ли тај присутан?’ ‘Није.’ – одговорише. ‘А је ли тај присутан?’- поново упита. ‘Није.’ – одговорише, а он рече: ‘Ова два намаза су најтежа лицемерима. Када би знали каква је награда за њих, долазили бисте да их клањате у џемату па макар пужући на коленима. Први сафф је попут саффа анђела. Када бисте знали каква је његова вредност, такмичили бисте се за њега. Намаз у џемату с једним човеком вреднији је од самосталног намаза, а намаз с двојицом вреднији је од намаза с једним; што је више људи намаз је дражи Узвишеном Аллаху.’“</t>
   </si>
   <si>
     <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
 قال الصحابة: لا. 
 ثم قال: أحاضر فلان؟ لشخص آخر، 
 قالوا: لا. 
 قال صلى الله عليه وسلم: 
 إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
 ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
 وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
 وإن صلاة الرجل مع الرجل أعظم ثوابًا وأثرًا من صلاته وحده، وصلاته مع الرجلين أفضل مع الرجل الواحد، 
 والصلاة التي كثر المصلون فيها فهي أحب إلى الله وأفضل.</t>
   </si>
@@ -20517,51 +20948,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O548"/>
+  <dimension ref="A1:O560"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -38533,7754 +38964,8318 @@
       </c>
       <c r="I384" t="s">
         <v>3555</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
         <v>170</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
         <v>171</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
         <v>3556</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>10014</v>
+        <v>8964</v>
       </c>
       <c r="B385" t="s">
         <v>3557</v>
       </c>
       <c r="C385" t="s">
         <v>3558</v>
       </c>
       <c r="D385" t="s">
         <v>3559</v>
       </c>
       <c r="E385" t="s">
         <v>3560</v>
       </c>
       <c r="F385" t="s">
         <v>3561</v>
       </c>
       <c r="G385" t="s">
         <v>3562</v>
       </c>
       <c r="H385" t="s">
         <v>3563</v>
       </c>
       <c r="I385" t="s">
         <v>3564</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
+        <v>905</v>
+      </c>
+      <c r="L385" t="s">
+        <v>26</v>
+      </c>
+      <c r="M385" t="s">
+        <v>906</v>
+      </c>
+      <c r="N385" t="s">
+        <v>28</v>
+      </c>
+      <c r="O385" t="s">
         <v>3565</v>
-      </c>
-[...10 lines deleted...]
-        <v>3567</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>10015</v>
+        <v>10011</v>
       </c>
       <c r="B386" t="s">
+        <v>3566</v>
+      </c>
+      <c r="C386" t="s">
+        <v>3567</v>
+      </c>
+      <c r="D386" t="s">
         <v>3568</v>
       </c>
-      <c r="C386" t="s">
+      <c r="E386" t="s">
         <v>3569</v>
       </c>
-      <c r="D386" t="s">
+      <c r="F386" t="s">
         <v>3570</v>
       </c>
-      <c r="E386" t="s">
+      <c r="G386" t="s">
         <v>3571</v>
       </c>
-      <c r="F386" t="s">
+      <c r="H386" t="s">
         <v>3572</v>
       </c>
-      <c r="G386" t="s">
+      <c r="I386" t="s">
         <v>3573</v>
       </c>
-      <c r="H386" t="s">
+      <c r="J386" t="s">
+        <v>24</v>
+      </c>
+      <c r="K386" t="s">
+        <v>25</v>
+      </c>
+      <c r="L386" t="s">
+        <v>26</v>
+      </c>
+      <c r="M386" t="s">
+        <v>27</v>
+      </c>
+      <c r="N386" t="s">
+        <v>28</v>
+      </c>
+      <c r="O386" t="s">
         <v>3574</v>
-      </c>
-[...19 lines deleted...]
-        <v>3576</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>10036</v>
+        <v>10014</v>
       </c>
       <c r="B387" t="s">
+        <v>3575</v>
+      </c>
+      <c r="C387" t="s">
+        <v>3576</v>
+      </c>
+      <c r="D387" t="s">
         <v>3577</v>
       </c>
-      <c r="C387" t="s">
+      <c r="E387" t="s">
         <v>3578</v>
       </c>
-      <c r="D387" t="s">
+      <c r="F387" t="s">
         <v>3579</v>
       </c>
-      <c r="E387" t="s">
+      <c r="G387" t="s">
         <v>3580</v>
       </c>
-      <c r="F387" t="s">
+      <c r="H387" t="s">
         <v>3581</v>
       </c>
-      <c r="G387" t="s">
+      <c r="I387" t="s">
         <v>3582</v>
       </c>
-      <c r="H387" t="s">
+      <c r="J387" t="s">
+        <v>24</v>
+      </c>
+      <c r="K387" t="s">
         <v>3583</v>
       </c>
-      <c r="I387" t="s">
+      <c r="L387" t="s">
+        <v>26</v>
+      </c>
+      <c r="M387" t="s">
         <v>3584</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
         <v>3585</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>10046</v>
+        <v>10015</v>
       </c>
       <c r="B388" t="s">
         <v>3586</v>
       </c>
       <c r="C388" t="s">
         <v>3587</v>
       </c>
       <c r="D388" t="s">
         <v>3588</v>
       </c>
       <c r="E388" t="s">
         <v>3589</v>
       </c>
       <c r="F388" t="s">
         <v>3590</v>
       </c>
       <c r="G388" t="s">
         <v>3591</v>
       </c>
       <c r="H388" t="s">
         <v>3592</v>
       </c>
       <c r="I388" t="s">
         <v>3593</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
         <v>3594</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>10098</v>
+        <v>10036</v>
       </c>
       <c r="B389" t="s">
         <v>3595</v>
       </c>
       <c r="C389" t="s">
         <v>3596</v>
       </c>
       <c r="D389" t="s">
         <v>3597</v>
       </c>
       <c r="E389" t="s">
         <v>3598</v>
       </c>
       <c r="F389" t="s">
         <v>3599</v>
       </c>
       <c r="G389" t="s">
         <v>3600</v>
       </c>
       <c r="H389" t="s">
         <v>3601</v>
       </c>
       <c r="I389" t="s">
         <v>3602</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
         <v>25</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
         <v>27</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
         <v>3603</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>10101</v>
+        <v>10046</v>
       </c>
       <c r="B390" t="s">
         <v>3604</v>
       </c>
       <c r="C390" t="s">
         <v>3605</v>
       </c>
       <c r="D390" t="s">
         <v>3606</v>
       </c>
       <c r="E390" t="s">
         <v>3607</v>
       </c>
       <c r="F390" t="s">
         <v>3608</v>
       </c>
       <c r="G390" t="s">
         <v>3609</v>
       </c>
       <c r="H390" t="s">
         <v>3610</v>
       </c>
       <c r="I390" t="s">
         <v>3611</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
         <v>3612</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>10412</v>
+        <v>10098</v>
       </c>
       <c r="B391" t="s">
         <v>3613</v>
       </c>
       <c r="C391" t="s">
         <v>3614</v>
       </c>
       <c r="D391" t="s">
         <v>3615</v>
       </c>
       <c r="E391" t="s">
         <v>3616</v>
       </c>
       <c r="F391" t="s">
         <v>3617</v>
       </c>
       <c r="G391" t="s">
         <v>3618</v>
       </c>
       <c r="H391" t="s">
         <v>3619</v>
       </c>
       <c r="I391" t="s">
         <v>3620</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
         <v>25</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
         <v>27</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
         <v>3621</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>10603</v>
+        <v>10101</v>
       </c>
       <c r="B392" t="s">
         <v>3622</v>
       </c>
       <c r="C392" t="s">
         <v>3623</v>
       </c>
       <c r="D392" t="s">
         <v>3624</v>
       </c>
       <c r="E392" t="s">
         <v>3625</v>
       </c>
       <c r="F392" t="s">
         <v>3626</v>
       </c>
       <c r="G392" t="s">
         <v>3627</v>
       </c>
       <c r="H392" t="s">
         <v>3628</v>
       </c>
       <c r="I392" t="s">
         <v>3629</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
         <v>25</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
         <v>27</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
         <v>3630</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>10647</v>
+        <v>10412</v>
       </c>
       <c r="B393" t="s">
         <v>3631</v>
       </c>
       <c r="C393" t="s">
         <v>3632</v>
       </c>
       <c r="D393" t="s">
         <v>3633</v>
       </c>
       <c r="E393" t="s">
         <v>3634</v>
       </c>
       <c r="F393" t="s">
         <v>3635</v>
       </c>
       <c r="G393" t="s">
         <v>3636</v>
       </c>
       <c r="H393" t="s">
         <v>3637</v>
       </c>
       <c r="I393" t="s">
         <v>3638</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
         <v>3639</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>10887</v>
+        <v>10603</v>
       </c>
       <c r="B394" t="s">
         <v>3640</v>
       </c>
       <c r="C394" t="s">
         <v>3641</v>
       </c>
       <c r="D394" t="s">
         <v>3642</v>
       </c>
       <c r="E394" t="s">
         <v>3643</v>
       </c>
       <c r="F394" t="s">
         <v>3644</v>
       </c>
       <c r="G394" t="s">
         <v>3645</v>
       </c>
       <c r="H394" t="s">
         <v>3646</v>
       </c>
       <c r="I394" t="s">
         <v>3647</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
         <v>25</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
         <v>27</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
         <v>3648</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>10925</v>
+        <v>10635</v>
       </c>
       <c r="B395" t="s">
         <v>3649</v>
       </c>
       <c r="C395" t="s">
         <v>3650</v>
       </c>
       <c r="D395" t="s">
         <v>3651</v>
       </c>
       <c r="E395" t="s">
         <v>3652</v>
       </c>
       <c r="F395" t="s">
         <v>3653</v>
       </c>
       <c r="G395" t="s">
         <v>3654</v>
       </c>
       <c r="H395" t="s">
         <v>3655</v>
       </c>
       <c r="I395" t="s">
         <v>3656</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
         <v>3657</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>10930</v>
+        <v>10639</v>
       </c>
       <c r="B396" t="s">
         <v>3658</v>
       </c>
       <c r="C396" t="s">
         <v>3659</v>
       </c>
       <c r="D396" t="s">
         <v>3660</v>
       </c>
       <c r="E396" t="s">
         <v>3661</v>
       </c>
       <c r="F396" t="s">
         <v>3662</v>
       </c>
       <c r="G396" t="s">
         <v>3663</v>
       </c>
       <c r="H396" t="s">
         <v>3664</v>
       </c>
       <c r="I396" t="s">
         <v>3665</v>
       </c>
       <c r="J396" t="s">
-        <v>1477</v>
+        <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L396" t="s">
-        <v>1479</v>
+        <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
         <v>3666</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>10947</v>
+        <v>10647</v>
       </c>
       <c r="B397" t="s">
         <v>3667</v>
       </c>
       <c r="C397" t="s">
         <v>3668</v>
       </c>
       <c r="D397" t="s">
         <v>3669</v>
       </c>
       <c r="E397" t="s">
         <v>3670</v>
       </c>
       <c r="F397" t="s">
         <v>3671</v>
       </c>
       <c r="G397" t="s">
         <v>3672</v>
       </c>
       <c r="H397" t="s">
         <v>3673</v>
       </c>
       <c r="I397" t="s">
         <v>3674</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
         <v>170</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
         <v>171</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
         <v>3675</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>10948</v>
+        <v>10887</v>
       </c>
       <c r="B398" t="s">
         <v>3676</v>
       </c>
       <c r="C398" t="s">
         <v>3677</v>
       </c>
       <c r="D398" t="s">
         <v>3678</v>
       </c>
       <c r="E398" t="s">
         <v>3679</v>
       </c>
       <c r="F398" t="s">
         <v>3680</v>
       </c>
       <c r="G398" t="s">
         <v>3681</v>
       </c>
       <c r="H398" t="s">
         <v>3682</v>
       </c>
       <c r="I398" t="s">
         <v>3683</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
         <v>3684</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>10950</v>
+        <v>10925</v>
       </c>
       <c r="B399" t="s">
         <v>3685</v>
       </c>
       <c r="C399" t="s">
         <v>3686</v>
       </c>
       <c r="D399" t="s">
         <v>3687</v>
       </c>
       <c r="E399" t="s">
         <v>3688</v>
       </c>
       <c r="F399" t="s">
         <v>3689</v>
       </c>
       <c r="G399" t="s">
         <v>3690</v>
       </c>
       <c r="H399" t="s">
         <v>3691</v>
       </c>
       <c r="I399" t="s">
         <v>3692</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
+        <v>25</v>
+      </c>
+      <c r="L399" t="s">
+        <v>26</v>
+      </c>
+      <c r="M399" t="s">
+        <v>27</v>
+      </c>
+      <c r="N399" t="s">
+        <v>28</v>
+      </c>
+      <c r="O399" t="s">
         <v>3693</v>
-      </c>
-[...10 lines deleted...]
-        <v>3695</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>10951</v>
+        <v>10927</v>
       </c>
       <c r="B400" t="s">
+        <v>3694</v>
+      </c>
+      <c r="C400" t="s">
+        <v>3695</v>
+      </c>
+      <c r="D400" t="s">
         <v>3696</v>
       </c>
-      <c r="C400" t="s">
+      <c r="E400" t="s">
         <v>3697</v>
       </c>
-      <c r="D400" t="s">
+      <c r="F400" t="s">
         <v>3698</v>
       </c>
-      <c r="E400" t="s">
+      <c r="G400" t="s">
         <v>3699</v>
       </c>
-      <c r="F400" t="s">
+      <c r="H400" t="s">
         <v>3700</v>
       </c>
-      <c r="G400" t="s">
+      <c r="I400" t="s">
         <v>3701</v>
       </c>
-      <c r="H400" t="s">
+      <c r="J400" t="s">
+        <v>24</v>
+      </c>
+      <c r="K400" t="s">
+        <v>170</v>
+      </c>
+      <c r="L400" t="s">
+        <v>26</v>
+      </c>
+      <c r="M400" t="s">
+        <v>171</v>
+      </c>
+      <c r="N400" t="s">
+        <v>28</v>
+      </c>
+      <c r="O400" t="s">
         <v>3702</v>
-      </c>
-[...19 lines deleted...]
-        <v>3704</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>11000</v>
+        <v>10930</v>
       </c>
       <c r="B401" t="s">
+        <v>3703</v>
+      </c>
+      <c r="C401" t="s">
+        <v>3704</v>
+      </c>
+      <c r="D401" t="s">
         <v>3705</v>
       </c>
-      <c r="C401" t="s">
+      <c r="E401" t="s">
         <v>3706</v>
       </c>
-      <c r="D401" t="s">
+      <c r="F401" t="s">
         <v>3707</v>
       </c>
-      <c r="E401" t="s">
+      <c r="G401" t="s">
         <v>3708</v>
       </c>
-      <c r="F401" t="s">
+      <c r="H401" t="s">
         <v>3709</v>
       </c>
-      <c r="G401" t="s">
+      <c r="I401" t="s">
         <v>3710</v>
       </c>
-      <c r="H401" t="s">
+      <c r="J401" t="s">
+        <v>1477</v>
+      </c>
+      <c r="K401" t="s">
+        <v>274</v>
+      </c>
+      <c r="L401" t="s">
+        <v>1479</v>
+      </c>
+      <c r="M401" t="s">
+        <v>276</v>
+      </c>
+      <c r="N401" t="s">
+        <v>28</v>
+      </c>
+      <c r="O401" t="s">
         <v>3711</v>
-      </c>
-[...19 lines deleted...]
-        <v>3713</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>11220</v>
+        <v>10945</v>
       </c>
       <c r="B402" t="s">
+        <v>3712</v>
+      </c>
+      <c r="C402" t="s">
+        <v>3713</v>
+      </c>
+      <c r="D402" t="s">
         <v>3714</v>
       </c>
-      <c r="C402" t="s">
+      <c r="E402" t="s">
         <v>3715</v>
       </c>
-      <c r="D402" t="s">
+      <c r="F402" t="s">
         <v>3716</v>
       </c>
-      <c r="E402" t="s">
+      <c r="G402" t="s">
         <v>3717</v>
       </c>
-      <c r="F402" t="s">
+      <c r="H402" t="s">
         <v>3718</v>
       </c>
-      <c r="G402" t="s">
+      <c r="I402" t="s">
         <v>3719</v>
       </c>
-      <c r="H402" t="s">
+      <c r="J402" t="s">
+        <v>450</v>
+      </c>
+      <c r="K402" t="s">
+        <v>746</v>
+      </c>
+      <c r="L402" t="s">
+        <v>452</v>
+      </c>
+      <c r="M402" t="s">
+        <v>747</v>
+      </c>
+      <c r="N402" t="s">
+        <v>28</v>
+      </c>
+      <c r="O402" t="s">
         <v>3720</v>
-      </c>
-[...19 lines deleted...]
-        <v>3722</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>11231</v>
+        <v>10947</v>
       </c>
       <c r="B403" t="s">
+        <v>3721</v>
+      </c>
+      <c r="C403" t="s">
+        <v>3722</v>
+      </c>
+      <c r="D403" t="s">
         <v>3723</v>
       </c>
-      <c r="C403" t="s">
+      <c r="E403" t="s">
         <v>3724</v>
       </c>
-      <c r="D403" t="s">
+      <c r="F403" t="s">
         <v>3725</v>
       </c>
-      <c r="E403" t="s">
+      <c r="G403" t="s">
         <v>3726</v>
       </c>
-      <c r="F403" t="s">
+      <c r="H403" t="s">
         <v>3727</v>
       </c>
-      <c r="G403" t="s">
+      <c r="I403" t="s">
         <v>3728</v>
-      </c>
-[...4 lines deleted...]
-        <v>3730</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
         <v>170</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
         <v>171</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3731</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>11287</v>
+        <v>10948</v>
       </c>
       <c r="B404" t="s">
+        <v>3730</v>
+      </c>
+      <c r="C404" t="s">
+        <v>3731</v>
+      </c>
+      <c r="D404" t="s">
         <v>3732</v>
       </c>
-      <c r="C404" t="s">
+      <c r="E404" t="s">
         <v>3733</v>
       </c>
-      <c r="D404" t="s">
+      <c r="F404" t="s">
         <v>3734</v>
       </c>
-      <c r="E404" t="s">
+      <c r="G404" t="s">
         <v>3735</v>
       </c>
-      <c r="F404" t="s">
+      <c r="H404" t="s">
         <v>3736</v>
       </c>
-      <c r="G404" t="s">
+      <c r="I404" t="s">
         <v>3737</v>
-      </c>
-[...4 lines deleted...]
-        <v>3739</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
         <v>170</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
         <v>171</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3740</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>11299</v>
+        <v>10950</v>
       </c>
       <c r="B405" t="s">
+        <v>3739</v>
+      </c>
+      <c r="C405" t="s">
+        <v>3740</v>
+      </c>
+      <c r="D405" t="s">
         <v>3741</v>
       </c>
-      <c r="C405" t="s">
+      <c r="E405" t="s">
         <v>3742</v>
       </c>
-      <c r="D405" t="s">
+      <c r="F405" t="s">
         <v>3743</v>
       </c>
-      <c r="E405" t="s">
+      <c r="G405" t="s">
         <v>3744</v>
       </c>
-      <c r="F405" t="s">
+      <c r="H405" t="s">
         <v>3745</v>
       </c>
-      <c r="G405" t="s">
+      <c r="I405" t="s">
         <v>3746</v>
       </c>
-      <c r="H405" t="s">
+      <c r="J405" t="s">
+        <v>24</v>
+      </c>
+      <c r="K405" t="s">
         <v>3747</v>
       </c>
-      <c r="I405" t="s">
+      <c r="L405" t="s">
+        <v>26</v>
+      </c>
+      <c r="M405" t="s">
         <v>3748</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
         <v>3749</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>11306</v>
+        <v>10951</v>
       </c>
       <c r="B406" t="s">
         <v>3750</v>
       </c>
       <c r="C406" t="s">
         <v>3751</v>
       </c>
       <c r="D406" t="s">
         <v>3752</v>
       </c>
       <c r="E406" t="s">
         <v>3753</v>
       </c>
       <c r="F406" t="s">
         <v>3754</v>
       </c>
       <c r="G406" t="s">
         <v>3755</v>
       </c>
       <c r="H406" t="s">
         <v>3756</v>
       </c>
       <c r="I406" t="s">
         <v>3757</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>1136</v>
+        <v>47</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>1137</v>
+        <v>48</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
         <v>3758</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>58060</v>
+        <v>11000</v>
       </c>
       <c r="B407" t="s">
         <v>3759</v>
       </c>
       <c r="C407" t="s">
         <v>3760</v>
       </c>
       <c r="D407" t="s">
         <v>3761</v>
       </c>
       <c r="E407" t="s">
         <v>3762</v>
       </c>
       <c r="F407" t="s">
         <v>3763</v>
       </c>
       <c r="G407" t="s">
         <v>3764</v>
       </c>
       <c r="H407" t="s">
         <v>3765</v>
       </c>
       <c r="I407" t="s">
         <v>3766</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
-        <v>3392</v>
+        <v>25</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
-        <v>3393</v>
+        <v>27</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
         <v>3767</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>58066</v>
+        <v>11161</v>
       </c>
       <c r="B408" t="s">
         <v>3768</v>
       </c>
       <c r="C408" t="s">
         <v>3769</v>
       </c>
       <c r="D408" t="s">
         <v>3770</v>
       </c>
       <c r="E408" t="s">
         <v>3771</v>
       </c>
       <c r="F408" t="s">
         <v>3772</v>
       </c>
       <c r="G408" t="s">
         <v>3773</v>
       </c>
       <c r="H408" t="s">
         <v>3774</v>
       </c>
       <c r="I408" t="s">
         <v>3775</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>274</v>
+        <v>1478</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>276</v>
+        <v>1480</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
         <v>3776</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>58120</v>
+        <v>11169</v>
       </c>
       <c r="B409" t="s">
         <v>3777</v>
       </c>
       <c r="C409" t="s">
         <v>3778</v>
       </c>
       <c r="D409" t="s">
         <v>3779</v>
       </c>
       <c r="E409" t="s">
         <v>3780</v>
       </c>
       <c r="F409" t="s">
         <v>3781</v>
       </c>
       <c r="G409" t="s">
         <v>3782</v>
       </c>
       <c r="H409" t="s">
         <v>3783</v>
       </c>
       <c r="I409" t="s">
         <v>3784</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
         <v>3785</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>58122</v>
+        <v>11220</v>
       </c>
       <c r="B410" t="s">
         <v>3786</v>
       </c>
       <c r="C410" t="s">
         <v>3787</v>
       </c>
       <c r="D410" t="s">
         <v>3788</v>
       </c>
       <c r="E410" t="s">
         <v>3789</v>
       </c>
       <c r="F410" t="s">
         <v>3790</v>
       </c>
       <c r="G410" t="s">
         <v>3791</v>
       </c>
       <c r="H410" t="s">
         <v>3792</v>
       </c>
       <c r="I410" t="s">
         <v>3793</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
         <v>3794</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>58144</v>
+        <v>11231</v>
       </c>
       <c r="B411" t="s">
         <v>3795</v>
       </c>
       <c r="C411" t="s">
         <v>3796</v>
       </c>
       <c r="D411" t="s">
         <v>3797</v>
       </c>
       <c r="E411" t="s">
         <v>3798</v>
       </c>
       <c r="F411" t="s">
         <v>3799</v>
       </c>
       <c r="G411" t="s">
         <v>3800</v>
       </c>
       <c r="H411" t="s">
         <v>3801</v>
       </c>
       <c r="I411" t="s">
         <v>3802</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
         <v>3803</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>58148</v>
+        <v>11249</v>
       </c>
       <c r="B412" t="s">
         <v>3804</v>
       </c>
       <c r="C412" t="s">
         <v>3805</v>
       </c>
       <c r="D412" t="s">
         <v>3806</v>
       </c>
       <c r="E412" t="s">
         <v>3807</v>
       </c>
       <c r="F412" t="s">
         <v>3808</v>
       </c>
       <c r="G412" t="s">
         <v>3809</v>
       </c>
       <c r="H412" t="s">
         <v>3810</v>
       </c>
       <c r="I412" t="s">
         <v>3811</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>1071</v>
+        <v>47</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>1072</v>
+        <v>48</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
         <v>3812</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>58218</v>
+        <v>11251</v>
       </c>
       <c r="B413" t="s">
         <v>3813</v>
       </c>
       <c r="C413" t="s">
         <v>3814</v>
       </c>
       <c r="D413" t="s">
         <v>3815</v>
       </c>
       <c r="E413" t="s">
         <v>3816</v>
       </c>
       <c r="F413" t="s">
         <v>3817</v>
       </c>
       <c r="G413" t="s">
         <v>3818</v>
       </c>
       <c r="H413" t="s">
         <v>3819</v>
       </c>
       <c r="I413" t="s">
         <v>3820</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>170</v>
+        <v>3392</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>171</v>
+        <v>3393</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
         <v>3821</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>58223</v>
+        <v>11256</v>
       </c>
       <c r="B414" t="s">
         <v>3822</v>
       </c>
       <c r="C414" t="s">
         <v>3823</v>
       </c>
       <c r="D414" t="s">
         <v>3824</v>
       </c>
       <c r="E414" t="s">
         <v>3825</v>
       </c>
       <c r="F414" t="s">
         <v>3826</v>
       </c>
       <c r="G414" t="s">
         <v>3827</v>
       </c>
       <c r="H414" t="s">
         <v>3828</v>
       </c>
       <c r="I414" t="s">
         <v>3829</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
         <v>170</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
         <v>171</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
         <v>3830</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>58240</v>
+        <v>11287</v>
       </c>
       <c r="B415" t="s">
         <v>3831</v>
       </c>
       <c r="C415" t="s">
         <v>3832</v>
       </c>
       <c r="D415" t="s">
         <v>3833</v>
       </c>
       <c r="E415" t="s">
         <v>3834</v>
       </c>
       <c r="F415" t="s">
         <v>3835</v>
       </c>
       <c r="G415" t="s">
         <v>3836</v>
       </c>
       <c r="H415" t="s">
         <v>3837</v>
       </c>
       <c r="I415" t="s">
         <v>3838</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
+        <v>170</v>
+      </c>
+      <c r="L415" t="s">
+        <v>26</v>
+      </c>
+      <c r="M415" t="s">
+        <v>171</v>
+      </c>
+      <c r="N415" t="s">
+        <v>28</v>
+      </c>
+      <c r="O415" t="s">
         <v>3839</v>
-      </c>
-[...10 lines deleted...]
-        <v>3841</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>58259</v>
+        <v>11299</v>
       </c>
       <c r="B416" t="s">
+        <v>3840</v>
+      </c>
+      <c r="C416" t="s">
+        <v>3841</v>
+      </c>
+      <c r="D416" t="s">
         <v>3842</v>
       </c>
-      <c r="C416" t="s">
+      <c r="E416" t="s">
         <v>3843</v>
       </c>
-      <c r="D416" t="s">
+      <c r="F416" t="s">
         <v>3844</v>
       </c>
-      <c r="E416" t="s">
+      <c r="G416" t="s">
         <v>3845</v>
       </c>
-      <c r="F416" t="s">
+      <c r="H416" t="s">
         <v>3846</v>
       </c>
-      <c r="G416" t="s">
+      <c r="I416" t="s">
         <v>3847</v>
       </c>
-      <c r="H416" t="s">
+      <c r="J416" t="s">
+        <v>24</v>
+      </c>
+      <c r="K416" t="s">
+        <v>170</v>
+      </c>
+      <c r="L416" t="s">
+        <v>26</v>
+      </c>
+      <c r="M416" t="s">
+        <v>171</v>
+      </c>
+      <c r="N416" t="s">
+        <v>28</v>
+      </c>
+      <c r="O416" t="s">
         <v>3848</v>
-      </c>
-[...19 lines deleted...]
-        <v>3852</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>64637</v>
+        <v>11303</v>
       </c>
       <c r="B417" t="s">
+        <v>3849</v>
+      </c>
+      <c r="C417" t="s">
+        <v>3850</v>
+      </c>
+      <c r="D417" t="s">
+        <v>3851</v>
+      </c>
+      <c r="E417" t="s">
+        <v>3852</v>
+      </c>
+      <c r="F417" t="s">
         <v>3853</v>
       </c>
-      <c r="C417" t="s">
+      <c r="G417" t="s">
         <v>3854</v>
       </c>
-      <c r="D417" t="s">
+      <c r="H417" t="s">
         <v>3855</v>
       </c>
-      <c r="E417" t="s">
+      <c r="I417" t="s">
         <v>3856</v>
       </c>
-      <c r="F417" t="s">
+      <c r="J417" t="s">
+        <v>450</v>
+      </c>
+      <c r="K417" t="s">
+        <v>274</v>
+      </c>
+      <c r="L417" t="s">
+        <v>452</v>
+      </c>
+      <c r="M417" t="s">
+        <v>276</v>
+      </c>
+      <c r="N417" t="s">
+        <v>28</v>
+      </c>
+      <c r="O417" t="s">
         <v>3857</v>
-      </c>
-[...25 lines deleted...]
-        <v>3861</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>64643</v>
+        <v>11306</v>
       </c>
       <c r="B418" t="s">
+        <v>3858</v>
+      </c>
+      <c r="C418" t="s">
+        <v>3859</v>
+      </c>
+      <c r="D418" t="s">
+        <v>3860</v>
+      </c>
+      <c r="E418" t="s">
+        <v>3861</v>
+      </c>
+      <c r="F418" t="s">
         <v>3862</v>
       </c>
-      <c r="C418" t="s">
+      <c r="G418" t="s">
         <v>3863</v>
       </c>
-      <c r="D418" t="s">
+      <c r="H418" t="s">
         <v>3864</v>
       </c>
-      <c r="E418" t="s">
+      <c r="I418" t="s">
         <v>3865</v>
       </c>
-      <c r="F418" t="s">
+      <c r="J418" t="s">
+        <v>24</v>
+      </c>
+      <c r="K418" t="s">
+        <v>1136</v>
+      </c>
+      <c r="L418" t="s">
+        <v>26</v>
+      </c>
+      <c r="M418" t="s">
+        <v>1137</v>
+      </c>
+      <c r="N418" t="s">
+        <v>28</v>
+      </c>
+      <c r="O418" t="s">
         <v>3866</v>
-      </c>
-[...25 lines deleted...]
-        <v>3870</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>64689</v>
+        <v>58060</v>
       </c>
       <c r="B419" t="s">
+        <v>3867</v>
+      </c>
+      <c r="C419" t="s">
+        <v>3868</v>
+      </c>
+      <c r="D419" t="s">
+        <v>3869</v>
+      </c>
+      <c r="E419" t="s">
+        <v>3870</v>
+      </c>
+      <c r="F419" t="s">
         <v>3871</v>
       </c>
-      <c r="C419" t="s">
+      <c r="G419" t="s">
         <v>3872</v>
       </c>
-      <c r="D419" t="s">
+      <c r="H419" t="s">
         <v>3873</v>
       </c>
-      <c r="E419" t="s">
+      <c r="I419" t="s">
         <v>3874</v>
       </c>
-      <c r="F419" t="s">
+      <c r="J419" t="s">
+        <v>24</v>
+      </c>
+      <c r="K419" t="s">
+        <v>3392</v>
+      </c>
+      <c r="L419" t="s">
+        <v>26</v>
+      </c>
+      <c r="M419" t="s">
+        <v>3393</v>
+      </c>
+      <c r="N419" t="s">
+        <v>28</v>
+      </c>
+      <c r="O419" t="s">
         <v>3875</v>
-      </c>
-[...25 lines deleted...]
-        <v>3879</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65000</v>
+        <v>58066</v>
       </c>
       <c r="B420" t="s">
+        <v>3876</v>
+      </c>
+      <c r="C420" t="s">
+        <v>3877</v>
+      </c>
+      <c r="D420" t="s">
+        <v>3878</v>
+      </c>
+      <c r="E420" t="s">
+        <v>3879</v>
+      </c>
+      <c r="F420" t="s">
         <v>3880</v>
       </c>
-      <c r="C420" t="s">
+      <c r="G420" t="s">
         <v>3881</v>
       </c>
-      <c r="D420" t="s">
+      <c r="H420" t="s">
         <v>3882</v>
       </c>
-      <c r="E420" t="s">
+      <c r="I420" t="s">
         <v>3883</v>
       </c>
-      <c r="F420" t="s">
+      <c r="J420" t="s">
+        <v>24</v>
+      </c>
+      <c r="K420" t="s">
+        <v>274</v>
+      </c>
+      <c r="L420" t="s">
+        <v>26</v>
+      </c>
+      <c r="M420" t="s">
+        <v>276</v>
+      </c>
+      <c r="N420" t="s">
+        <v>28</v>
+      </c>
+      <c r="O420" t="s">
         <v>3884</v>
-      </c>
-[...25 lines deleted...]
-        <v>3888</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65001</v>
+        <v>58120</v>
       </c>
       <c r="B421" t="s">
+        <v>3885</v>
+      </c>
+      <c r="C421" t="s">
+        <v>3886</v>
+      </c>
+      <c r="D421" t="s">
+        <v>3887</v>
+      </c>
+      <c r="E421" t="s">
+        <v>3888</v>
+      </c>
+      <c r="F421" t="s">
         <v>3889</v>
       </c>
-      <c r="C421" t="s">
+      <c r="G421" t="s">
         <v>3890</v>
       </c>
-      <c r="D421" t="s">
+      <c r="H421" t="s">
         <v>3891</v>
       </c>
-      <c r="E421" t="s">
+      <c r="I421" t="s">
         <v>3892</v>
       </c>
-      <c r="F421" t="s">
+      <c r="J421" t="s">
+        <v>24</v>
+      </c>
+      <c r="K421" t="s">
+        <v>25</v>
+      </c>
+      <c r="L421" t="s">
+        <v>26</v>
+      </c>
+      <c r="M421" t="s">
+        <v>27</v>
+      </c>
+      <c r="N421" t="s">
+        <v>28</v>
+      </c>
+      <c r="O421" t="s">
         <v>3893</v>
-      </c>
-[...25 lines deleted...]
-        <v>3897</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65002</v>
+        <v>58122</v>
       </c>
       <c r="B422" t="s">
+        <v>3894</v>
+      </c>
+      <c r="C422" t="s">
+        <v>3895</v>
+      </c>
+      <c r="D422" t="s">
+        <v>3896</v>
+      </c>
+      <c r="E422" t="s">
+        <v>3897</v>
+      </c>
+      <c r="F422" t="s">
         <v>3898</v>
       </c>
-      <c r="C422" t="s">
+      <c r="G422" t="s">
         <v>3899</v>
       </c>
-      <c r="D422" t="s">
+      <c r="H422" t="s">
         <v>3900</v>
       </c>
-      <c r="E422" t="s">
+      <c r="I422" t="s">
         <v>3901</v>
       </c>
-      <c r="F422" t="s">
+      <c r="J422" t="s">
+        <v>24</v>
+      </c>
+      <c r="K422" t="s">
+        <v>170</v>
+      </c>
+      <c r="L422" t="s">
+        <v>26</v>
+      </c>
+      <c r="M422" t="s">
+        <v>171</v>
+      </c>
+      <c r="N422" t="s">
+        <v>28</v>
+      </c>
+      <c r="O422" t="s">
         <v>3902</v>
-      </c>
-[...25 lines deleted...]
-        <v>3906</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65003</v>
+        <v>58144</v>
       </c>
       <c r="B423" t="s">
+        <v>3903</v>
+      </c>
+      <c r="C423" t="s">
+        <v>3904</v>
+      </c>
+      <c r="D423" t="s">
+        <v>3905</v>
+      </c>
+      <c r="E423" t="s">
+        <v>3906</v>
+      </c>
+      <c r="F423" t="s">
         <v>3907</v>
       </c>
-      <c r="C423" t="s">
+      <c r="G423" t="s">
         <v>3908</v>
       </c>
-      <c r="D423" t="s">
+      <c r="H423" t="s">
         <v>3909</v>
       </c>
-      <c r="E423" t="s">
+      <c r="I423" t="s">
         <v>3910</v>
       </c>
-      <c r="F423" t="s">
+      <c r="J423" t="s">
+        <v>24</v>
+      </c>
+      <c r="K423" t="s">
+        <v>25</v>
+      </c>
+      <c r="L423" t="s">
+        <v>26</v>
+      </c>
+      <c r="M423" t="s">
+        <v>27</v>
+      </c>
+      <c r="N423" t="s">
+        <v>28</v>
+      </c>
+      <c r="O423" t="s">
         <v>3911</v>
-      </c>
-[...25 lines deleted...]
-        <v>3915</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65004</v>
+        <v>58148</v>
       </c>
       <c r="B424" t="s">
+        <v>3912</v>
+      </c>
+      <c r="C424" t="s">
+        <v>3913</v>
+      </c>
+      <c r="D424" t="s">
+        <v>3914</v>
+      </c>
+      <c r="E424" t="s">
+        <v>3915</v>
+      </c>
+      <c r="F424" t="s">
         <v>3916</v>
       </c>
-      <c r="C424" t="s">
+      <c r="G424" t="s">
         <v>3917</v>
       </c>
-      <c r="D424" t="s">
+      <c r="H424" t="s">
         <v>3918</v>
       </c>
-      <c r="E424" t="s">
+      <c r="I424" t="s">
         <v>3919</v>
       </c>
-      <c r="F424" t="s">
+      <c r="J424" t="s">
+        <v>24</v>
+      </c>
+      <c r="K424" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L424" t="s">
+        <v>26</v>
+      </c>
+      <c r="M424" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N424" t="s">
+        <v>28</v>
+      </c>
+      <c r="O424" t="s">
         <v>3920</v>
-      </c>
-[...25 lines deleted...]
-        <v>3924</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65005</v>
+        <v>58218</v>
       </c>
       <c r="B425" t="s">
+        <v>3921</v>
+      </c>
+      <c r="C425" t="s">
+        <v>3922</v>
+      </c>
+      <c r="D425" t="s">
+        <v>3923</v>
+      </c>
+      <c r="E425" t="s">
+        <v>3924</v>
+      </c>
+      <c r="F425" t="s">
         <v>3925</v>
       </c>
-      <c r="C425" t="s">
+      <c r="G425" t="s">
         <v>3926</v>
       </c>
-      <c r="D425" t="s">
+      <c r="H425" t="s">
         <v>3927</v>
       </c>
-      <c r="E425" t="s">
+      <c r="I425" t="s">
         <v>3928</v>
       </c>
-      <c r="F425" t="s">
+      <c r="J425" t="s">
+        <v>24</v>
+      </c>
+      <c r="K425" t="s">
+        <v>170</v>
+      </c>
+      <c r="L425" t="s">
+        <v>26</v>
+      </c>
+      <c r="M425" t="s">
+        <v>171</v>
+      </c>
+      <c r="N425" t="s">
+        <v>28</v>
+      </c>
+      <c r="O425" t="s">
         <v>3929</v>
-      </c>
-[...25 lines deleted...]
-        <v>3935</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65006</v>
+        <v>58223</v>
       </c>
       <c r="B426" t="s">
+        <v>3930</v>
+      </c>
+      <c r="C426" t="s">
+        <v>3931</v>
+      </c>
+      <c r="D426" t="s">
+        <v>3932</v>
+      </c>
+      <c r="E426" t="s">
+        <v>3933</v>
+      </c>
+      <c r="F426" t="s">
+        <v>3934</v>
+      </c>
+      <c r="G426" t="s">
+        <v>3935</v>
+      </c>
+      <c r="H426" t="s">
         <v>3936</v>
       </c>
-      <c r="C426" t="s">
+      <c r="I426" t="s">
         <v>3937</v>
       </c>
-      <c r="D426" t="s">
+      <c r="J426" t="s">
+        <v>24</v>
+      </c>
+      <c r="K426" t="s">
+        <v>170</v>
+      </c>
+      <c r="L426" t="s">
+        <v>26</v>
+      </c>
+      <c r="M426" t="s">
+        <v>171</v>
+      </c>
+      <c r="N426" t="s">
+        <v>28</v>
+      </c>
+      <c r="O426" t="s">
         <v>3938</v>
-      </c>
-[...31 lines deleted...]
-        <v>3946</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65007</v>
+        <v>58240</v>
       </c>
       <c r="B427" t="s">
+        <v>3939</v>
+      </c>
+      <c r="C427" t="s">
+        <v>3940</v>
+      </c>
+      <c r="D427" t="s">
+        <v>3941</v>
+      </c>
+      <c r="E427" t="s">
+        <v>3942</v>
+      </c>
+      <c r="F427" t="s">
+        <v>3943</v>
+      </c>
+      <c r="G427" t="s">
+        <v>3944</v>
+      </c>
+      <c r="H427" t="s">
+        <v>3945</v>
+      </c>
+      <c r="I427" t="s">
+        <v>3946</v>
+      </c>
+      <c r="J427" t="s">
+        <v>24</v>
+      </c>
+      <c r="K427" t="s">
         <v>3947</v>
       </c>
-      <c r="C427" t="s">
+      <c r="L427" t="s">
+        <v>26</v>
+      </c>
+      <c r="M427" t="s">
         <v>3948</v>
       </c>
-      <c r="D427" t="s">
+      <c r="N427" t="s">
+        <v>28</v>
+      </c>
+      <c r="O427" t="s">
         <v>3949</v>
-      </c>
-[...31 lines deleted...]
-        <v>3955</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65008</v>
+        <v>58259</v>
       </c>
       <c r="B428" t="s">
+        <v>3950</v>
+      </c>
+      <c r="C428" t="s">
+        <v>3951</v>
+      </c>
+      <c r="D428" t="s">
+        <v>3952</v>
+      </c>
+      <c r="E428" t="s">
+        <v>3953</v>
+      </c>
+      <c r="F428" t="s">
+        <v>3954</v>
+      </c>
+      <c r="G428" t="s">
+        <v>3955</v>
+      </c>
+      <c r="H428" t="s">
         <v>3956</v>
       </c>
-      <c r="C428" t="s">
+      <c r="I428" t="s">
         <v>3957</v>
       </c>
-      <c r="D428" t="s">
+      <c r="J428" t="s">
+        <v>24</v>
+      </c>
+      <c r="K428" t="s">
         <v>3958</v>
       </c>
-      <c r="E428" t="s">
+      <c r="L428" t="s">
+        <v>26</v>
+      </c>
+      <c r="M428" t="s">
         <v>3959</v>
       </c>
-      <c r="F428" t="s">
+      <c r="N428" t="s">
+        <v>28</v>
+      </c>
+      <c r="O428" t="s">
         <v>3960</v>
-      </c>
-[...25 lines deleted...]
-        <v>3964</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65009</v>
+        <v>64637</v>
       </c>
       <c r="B429" t="s">
+        <v>3961</v>
+      </c>
+      <c r="C429" t="s">
+        <v>3962</v>
+      </c>
+      <c r="D429" t="s">
+        <v>3963</v>
+      </c>
+      <c r="E429" t="s">
+        <v>3964</v>
+      </c>
+      <c r="F429" t="s">
         <v>3965</v>
       </c>
-      <c r="C429" t="s">
+      <c r="G429" t="s">
         <v>3966</v>
       </c>
-      <c r="D429" t="s">
+      <c r="H429" t="s">
         <v>3967</v>
       </c>
-      <c r="E429" t="s">
+      <c r="I429" t="s">
         <v>3968</v>
       </c>
-      <c r="F429" t="s">
+      <c r="J429" t="s">
+        <v>24</v>
+      </c>
+      <c r="K429" t="s">
+        <v>47</v>
+      </c>
+      <c r="L429" t="s">
+        <v>26</v>
+      </c>
+      <c r="M429" t="s">
+        <v>48</v>
+      </c>
+      <c r="N429" t="s">
+        <v>28</v>
+      </c>
+      <c r="O429" t="s">
         <v>3969</v>
-      </c>
-[...25 lines deleted...]
-        <v>3973</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65010</v>
+        <v>64643</v>
       </c>
       <c r="B430" t="s">
+        <v>3970</v>
+      </c>
+      <c r="C430" t="s">
+        <v>3971</v>
+      </c>
+      <c r="D430" t="s">
+        <v>3972</v>
+      </c>
+      <c r="E430" t="s">
+        <v>3973</v>
+      </c>
+      <c r="F430" t="s">
         <v>3974</v>
       </c>
-      <c r="C430" t="s">
+      <c r="G430" t="s">
         <v>3975</v>
       </c>
-      <c r="D430" t="s">
+      <c r="H430" t="s">
         <v>3976</v>
       </c>
-      <c r="E430" t="s">
+      <c r="I430" t="s">
         <v>3977</v>
       </c>
-      <c r="F430" t="s">
+      <c r="J430" t="s">
+        <v>24</v>
+      </c>
+      <c r="K430" t="s">
+        <v>170</v>
+      </c>
+      <c r="L430" t="s">
+        <v>26</v>
+      </c>
+      <c r="M430" t="s">
+        <v>171</v>
+      </c>
+      <c r="N430" t="s">
+        <v>28</v>
+      </c>
+      <c r="O430" t="s">
         <v>3978</v>
-      </c>
-[...25 lines deleted...]
-        <v>3982</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65011</v>
+        <v>64689</v>
       </c>
       <c r="B431" t="s">
+        <v>3979</v>
+      </c>
+      <c r="C431" t="s">
+        <v>3980</v>
+      </c>
+      <c r="D431" t="s">
+        <v>3981</v>
+      </c>
+      <c r="E431" t="s">
+        <v>3982</v>
+      </c>
+      <c r="F431" t="s">
         <v>3983</v>
       </c>
-      <c r="C431" t="s">
+      <c r="G431" t="s">
         <v>3984</v>
       </c>
-      <c r="D431" t="s">
+      <c r="H431" t="s">
         <v>3985</v>
       </c>
-      <c r="E431" t="s">
+      <c r="I431" t="s">
         <v>3986</v>
       </c>
-      <c r="F431" t="s">
+      <c r="J431" t="s">
+        <v>24</v>
+      </c>
+      <c r="K431" t="s">
+        <v>59</v>
+      </c>
+      <c r="L431" t="s">
+        <v>26</v>
+      </c>
+      <c r="M431" t="s">
+        <v>61</v>
+      </c>
+      <c r="N431" t="s">
+        <v>28</v>
+      </c>
+      <c r="O431" t="s">
         <v>3987</v>
-      </c>
-[...25 lines deleted...]
-        <v>3991</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65012</v>
+        <v>65000</v>
       </c>
       <c r="B432" t="s">
+        <v>3988</v>
+      </c>
+      <c r="C432" t="s">
+        <v>3989</v>
+      </c>
+      <c r="D432" t="s">
+        <v>3990</v>
+      </c>
+      <c r="E432" t="s">
+        <v>3991</v>
+      </c>
+      <c r="F432" t="s">
         <v>3992</v>
       </c>
-      <c r="C432" t="s">
+      <c r="G432" t="s">
         <v>3993</v>
       </c>
-      <c r="D432" t="s">
+      <c r="H432" t="s">
         <v>3994</v>
       </c>
-      <c r="E432" t="s">
+      <c r="I432" t="s">
         <v>3995</v>
       </c>
-      <c r="F432" t="s">
+      <c r="J432" t="s">
+        <v>24</v>
+      </c>
+      <c r="K432" t="s">
+        <v>25</v>
+      </c>
+      <c r="L432" t="s">
+        <v>26</v>
+      </c>
+      <c r="M432" t="s">
+        <v>27</v>
+      </c>
+      <c r="N432" t="s">
+        <v>28</v>
+      </c>
+      <c r="O432" t="s">
         <v>3996</v>
-      </c>
-[...25 lines deleted...]
-        <v>4002</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65013</v>
+        <v>65001</v>
       </c>
       <c r="B433" t="s">
+        <v>3997</v>
+      </c>
+      <c r="C433" t="s">
+        <v>3998</v>
+      </c>
+      <c r="D433" t="s">
+        <v>3999</v>
+      </c>
+      <c r="E433" t="s">
+        <v>4000</v>
+      </c>
+      <c r="F433" t="s">
+        <v>4001</v>
+      </c>
+      <c r="G433" t="s">
+        <v>4002</v>
+      </c>
+      <c r="H433" t="s">
         <v>4003</v>
       </c>
-      <c r="C433" t="s">
+      <c r="I433" t="s">
         <v>4004</v>
       </c>
-      <c r="D433" t="s">
+      <c r="J433" t="s">
+        <v>24</v>
+      </c>
+      <c r="K433" t="s">
+        <v>170</v>
+      </c>
+      <c r="L433" t="s">
+        <v>26</v>
+      </c>
+      <c r="M433" t="s">
+        <v>171</v>
+      </c>
+      <c r="N433" t="s">
+        <v>28</v>
+      </c>
+      <c r="O433" t="s">
         <v>4005</v>
-      </c>
-[...31 lines deleted...]
-        <v>4011</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65014</v>
+        <v>65002</v>
       </c>
       <c r="B434" t="s">
+        <v>4006</v>
+      </c>
+      <c r="C434" t="s">
+        <v>4007</v>
+      </c>
+      <c r="D434" t="s">
+        <v>4008</v>
+      </c>
+      <c r="E434" t="s">
+        <v>4009</v>
+      </c>
+      <c r="F434" t="s">
+        <v>4010</v>
+      </c>
+      <c r="G434" t="s">
+        <v>4011</v>
+      </c>
+      <c r="H434" t="s">
         <v>4012</v>
       </c>
-      <c r="C434" t="s">
+      <c r="I434" t="s">
         <v>4013</v>
       </c>
-      <c r="D434" t="s">
+      <c r="J434" t="s">
+        <v>24</v>
+      </c>
+      <c r="K434" t="s">
+        <v>25</v>
+      </c>
+      <c r="L434" t="s">
+        <v>26</v>
+      </c>
+      <c r="M434" t="s">
+        <v>27</v>
+      </c>
+      <c r="N434" t="s">
+        <v>28</v>
+      </c>
+      <c r="O434" t="s">
         <v>4014</v>
-      </c>
-[...31 lines deleted...]
-        <v>4020</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65015</v>
+        <v>65003</v>
       </c>
       <c r="B435" t="s">
+        <v>4015</v>
+      </c>
+      <c r="C435" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D435" t="s">
+        <v>4017</v>
+      </c>
+      <c r="E435" t="s">
+        <v>4018</v>
+      </c>
+      <c r="F435" t="s">
+        <v>4019</v>
+      </c>
+      <c r="G435" t="s">
+        <v>4020</v>
+      </c>
+      <c r="H435" t="s">
         <v>4021</v>
       </c>
-      <c r="C435" t="s">
+      <c r="I435" t="s">
         <v>4022</v>
-      </c>
-[...16 lines deleted...]
-        <v>4028</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
         <v>170</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
         <v>171</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4029</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65016</v>
+        <v>65004</v>
       </c>
       <c r="B436" t="s">
+        <v>4024</v>
+      </c>
+      <c r="C436" t="s">
+        <v>4025</v>
+      </c>
+      <c r="D436" t="s">
+        <v>4026</v>
+      </c>
+      <c r="E436" t="s">
+        <v>4027</v>
+      </c>
+      <c r="F436" t="s">
+        <v>4028</v>
+      </c>
+      <c r="G436" t="s">
+        <v>4029</v>
+      </c>
+      <c r="H436" t="s">
         <v>4030</v>
       </c>
-      <c r="C436" t="s">
+      <c r="I436" t="s">
         <v>4031</v>
       </c>
-      <c r="D436" t="s">
+      <c r="J436" t="s">
+        <v>24</v>
+      </c>
+      <c r="K436" t="s">
+        <v>170</v>
+      </c>
+      <c r="L436" t="s">
+        <v>26</v>
+      </c>
+      <c r="M436" t="s">
+        <v>171</v>
+      </c>
+      <c r="N436" t="s">
+        <v>28</v>
+      </c>
+      <c r="O436" t="s">
         <v>4032</v>
-      </c>
-[...31 lines deleted...]
-        <v>4038</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65017</v>
+        <v>65005</v>
       </c>
       <c r="B437" t="s">
+        <v>4033</v>
+      </c>
+      <c r="C437" t="s">
+        <v>4034</v>
+      </c>
+      <c r="D437" t="s">
+        <v>4035</v>
+      </c>
+      <c r="E437" t="s">
+        <v>4036</v>
+      </c>
+      <c r="F437" t="s">
+        <v>4037</v>
+      </c>
+      <c r="G437" t="s">
+        <v>4038</v>
+      </c>
+      <c r="H437" t="s">
         <v>4039</v>
       </c>
-      <c r="C437" t="s">
+      <c r="I437" t="s">
         <v>4040</v>
       </c>
-      <c r="D437" t="s">
+      <c r="J437" t="s">
+        <v>24</v>
+      </c>
+      <c r="K437" t="s">
         <v>4041</v>
       </c>
-      <c r="E437" t="s">
+      <c r="L437" t="s">
+        <v>26</v>
+      </c>
+      <c r="M437" t="s">
         <v>4042</v>
       </c>
-      <c r="F437" t="s">
+      <c r="N437" t="s">
+        <v>28</v>
+      </c>
+      <c r="O437" t="s">
         <v>4043</v>
-      </c>
-[...25 lines deleted...]
-        <v>4049</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65018</v>
+        <v>65006</v>
       </c>
       <c r="B438" t="s">
+        <v>4044</v>
+      </c>
+      <c r="C438" t="s">
+        <v>4045</v>
+      </c>
+      <c r="D438" t="s">
+        <v>4046</v>
+      </c>
+      <c r="E438" t="s">
+        <v>4047</v>
+      </c>
+      <c r="F438" t="s">
+        <v>4048</v>
+      </c>
+      <c r="G438" t="s">
+        <v>4049</v>
+      </c>
+      <c r="H438" t="s">
         <v>4050</v>
       </c>
-      <c r="C438" t="s">
+      <c r="I438" t="s">
         <v>4051</v>
       </c>
-      <c r="D438" t="s">
+      <c r="J438" t="s">
+        <v>24</v>
+      </c>
+      <c r="K438" t="s">
         <v>4052</v>
       </c>
-      <c r="E438" t="s">
+      <c r="L438" t="s">
+        <v>26</v>
+      </c>
+      <c r="M438" t="s">
         <v>4053</v>
       </c>
-      <c r="F438" t="s">
+      <c r="N438" t="s">
+        <v>28</v>
+      </c>
+      <c r="O438" t="s">
         <v>4054</v>
-      </c>
-[...25 lines deleted...]
-        <v>4060</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65019</v>
+        <v>65007</v>
       </c>
       <c r="B439" t="s">
+        <v>4055</v>
+      </c>
+      <c r="C439" t="s">
+        <v>4056</v>
+      </c>
+      <c r="D439" t="s">
+        <v>4057</v>
+      </c>
+      <c r="E439" t="s">
+        <v>4058</v>
+      </c>
+      <c r="F439" t="s">
+        <v>4059</v>
+      </c>
+      <c r="G439" t="s">
+        <v>4060</v>
+      </c>
+      <c r="H439" t="s">
         <v>4061</v>
       </c>
-      <c r="C439" t="s">
+      <c r="I439" t="s">
         <v>4062</v>
       </c>
-      <c r="D439" t="s">
+      <c r="J439" t="s">
+        <v>24</v>
+      </c>
+      <c r="K439" t="s">
+        <v>25</v>
+      </c>
+      <c r="L439" t="s">
+        <v>26</v>
+      </c>
+      <c r="M439" t="s">
+        <v>27</v>
+      </c>
+      <c r="N439" t="s">
+        <v>28</v>
+      </c>
+      <c r="O439" t="s">
         <v>4063</v>
-      </c>
-[...31 lines deleted...]
-        <v>4069</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65020</v>
+        <v>65008</v>
       </c>
       <c r="B440" t="s">
+        <v>4064</v>
+      </c>
+      <c r="C440" t="s">
+        <v>4065</v>
+      </c>
+      <c r="D440" t="s">
+        <v>4066</v>
+      </c>
+      <c r="E440" t="s">
+        <v>4067</v>
+      </c>
+      <c r="F440" t="s">
+        <v>4068</v>
+      </c>
+      <c r="G440" t="s">
+        <v>4069</v>
+      </c>
+      <c r="H440" t="s">
         <v>4070</v>
       </c>
-      <c r="C440" t="s">
+      <c r="I440" t="s">
         <v>4071</v>
       </c>
-      <c r="D440" t="s">
+      <c r="J440" t="s">
+        <v>24</v>
+      </c>
+      <c r="K440" t="s">
+        <v>170</v>
+      </c>
+      <c r="L440" t="s">
+        <v>26</v>
+      </c>
+      <c r="M440" t="s">
+        <v>171</v>
+      </c>
+      <c r="N440" t="s">
+        <v>28</v>
+      </c>
+      <c r="O440" t="s">
         <v>4072</v>
-      </c>
-[...31 lines deleted...]
-        <v>4080</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65021</v>
+        <v>65009</v>
       </c>
       <c r="B441" t="s">
+        <v>4073</v>
+      </c>
+      <c r="C441" t="s">
+        <v>4074</v>
+      </c>
+      <c r="D441" t="s">
+        <v>4075</v>
+      </c>
+      <c r="E441" t="s">
+        <v>4076</v>
+      </c>
+      <c r="F441" t="s">
+        <v>4077</v>
+      </c>
+      <c r="G441" t="s">
+        <v>4078</v>
+      </c>
+      <c r="H441" t="s">
+        <v>4079</v>
+      </c>
+      <c r="I441" t="s">
+        <v>4080</v>
+      </c>
+      <c r="J441" t="s">
+        <v>24</v>
+      </c>
+      <c r="K441" t="s">
+        <v>170</v>
+      </c>
+      <c r="L441" t="s">
+        <v>26</v>
+      </c>
+      <c r="M441" t="s">
+        <v>171</v>
+      </c>
+      <c r="N441" t="s">
+        <v>28</v>
+      </c>
+      <c r="O441" t="s">
         <v>4081</v>
-      </c>
-[...37 lines deleted...]
-        <v>4089</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65022</v>
+        <v>65010</v>
       </c>
       <c r="B442" t="s">
-        <v>4090</v>
+        <v>4082</v>
       </c>
       <c r="C442" t="s">
-        <v>4091</v>
+        <v>4083</v>
       </c>
       <c r="D442" t="s">
-        <v>4092</v>
+        <v>4084</v>
       </c>
       <c r="E442" t="s">
-        <v>4093</v>
+        <v>4085</v>
       </c>
       <c r="F442" t="s">
-        <v>4094</v>
+        <v>4086</v>
       </c>
       <c r="G442" t="s">
-        <v>4095</v>
+        <v>4087</v>
       </c>
       <c r="H442" t="s">
-        <v>4096</v>
+        <v>4088</v>
       </c>
       <c r="I442" t="s">
-        <v>4097</v>
+        <v>4089</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
         <v>25</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
         <v>27</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4098</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65023</v>
+        <v>65011</v>
       </c>
       <c r="B443" t="s">
+        <v>4091</v>
+      </c>
+      <c r="C443" t="s">
+        <v>4092</v>
+      </c>
+      <c r="D443" t="s">
+        <v>4093</v>
+      </c>
+      <c r="E443" t="s">
+        <v>4094</v>
+      </c>
+      <c r="F443" t="s">
+        <v>4095</v>
+      </c>
+      <c r="G443" t="s">
+        <v>4096</v>
+      </c>
+      <c r="H443" t="s">
+        <v>4097</v>
+      </c>
+      <c r="I443" t="s">
+        <v>4098</v>
+      </c>
+      <c r="J443" t="s">
+        <v>24</v>
+      </c>
+      <c r="K443" t="s">
+        <v>170</v>
+      </c>
+      <c r="L443" t="s">
+        <v>26</v>
+      </c>
+      <c r="M443" t="s">
+        <v>171</v>
+      </c>
+      <c r="N443" t="s">
+        <v>28</v>
+      </c>
+      <c r="O443" t="s">
         <v>4099</v>
-      </c>
-[...37 lines deleted...]
-        <v>4107</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65025</v>
+        <v>65012</v>
       </c>
       <c r="B444" t="s">
+        <v>4100</v>
+      </c>
+      <c r="C444" t="s">
+        <v>4101</v>
+      </c>
+      <c r="D444" t="s">
+        <v>4102</v>
+      </c>
+      <c r="E444" t="s">
+        <v>4103</v>
+      </c>
+      <c r="F444" t="s">
+        <v>4104</v>
+      </c>
+      <c r="G444" t="s">
+        <v>4105</v>
+      </c>
+      <c r="H444" t="s">
+        <v>4106</v>
+      </c>
+      <c r="I444" t="s">
+        <v>4107</v>
+      </c>
+      <c r="J444" t="s">
+        <v>24</v>
+      </c>
+      <c r="K444" t="s">
         <v>4108</v>
       </c>
-      <c r="C444" t="s">
+      <c r="L444" t="s">
+        <v>26</v>
+      </c>
+      <c r="M444" t="s">
         <v>4109</v>
       </c>
-      <c r="D444" t="s">
+      <c r="N444" t="s">
+        <v>28</v>
+      </c>
+      <c r="O444" t="s">
         <v>4110</v>
-      </c>
-[...31 lines deleted...]
-        <v>4116</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65026</v>
+        <v>65013</v>
       </c>
       <c r="B445" t="s">
+        <v>4111</v>
+      </c>
+      <c r="C445" t="s">
+        <v>4112</v>
+      </c>
+      <c r="D445" t="s">
+        <v>4113</v>
+      </c>
+      <c r="E445" t="s">
+        <v>4114</v>
+      </c>
+      <c r="F445" t="s">
+        <v>4115</v>
+      </c>
+      <c r="G445" t="s">
+        <v>4116</v>
+      </c>
+      <c r="H445" t="s">
         <v>4117</v>
       </c>
-      <c r="C445" t="s">
+      <c r="I445" t="s">
         <v>4118</v>
-      </c>
-[...16 lines deleted...]
-        <v>4124</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
         <v>25</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
       <c r="M445" t="s">
         <v>27</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4125</v>
+        <v>4119</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65027</v>
+        <v>65014</v>
       </c>
       <c r="B446" t="s">
+        <v>4120</v>
+      </c>
+      <c r="C446" t="s">
+        <v>4121</v>
+      </c>
+      <c r="D446" t="s">
+        <v>4122</v>
+      </c>
+      <c r="E446" t="s">
+        <v>4123</v>
+      </c>
+      <c r="F446" t="s">
+        <v>4124</v>
+      </c>
+      <c r="G446" t="s">
+        <v>4125</v>
+      </c>
+      <c r="H446" t="s">
         <v>4126</v>
       </c>
-      <c r="C446" t="s">
+      <c r="I446" t="s">
         <v>4127</v>
       </c>
-      <c r="D446" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J446" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K446" t="s">
         <v>690</v>
       </c>
       <c r="L446" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M446" t="s">
         <v>691</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4134</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65028</v>
+        <v>65015</v>
       </c>
       <c r="B447" t="s">
+        <v>4129</v>
+      </c>
+      <c r="C447" t="s">
+        <v>4130</v>
+      </c>
+      <c r="D447" t="s">
+        <v>4131</v>
+      </c>
+      <c r="E447" t="s">
+        <v>4132</v>
+      </c>
+      <c r="F447" t="s">
+        <v>4133</v>
+      </c>
+      <c r="G447" t="s">
+        <v>4134</v>
+      </c>
+      <c r="H447" t="s">
         <v>4135</v>
       </c>
-      <c r="C447" t="s">
+      <c r="I447" t="s">
         <v>4136</v>
       </c>
-      <c r="D447" t="s">
+      <c r="J447" t="s">
+        <v>24</v>
+      </c>
+      <c r="K447" t="s">
+        <v>170</v>
+      </c>
+      <c r="L447" t="s">
+        <v>26</v>
+      </c>
+      <c r="M447" t="s">
+        <v>171</v>
+      </c>
+      <c r="N447" t="s">
+        <v>28</v>
+      </c>
+      <c r="O447" t="s">
         <v>4137</v>
-      </c>
-[...31 lines deleted...]
-        <v>4143</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65030</v>
+        <v>65016</v>
       </c>
       <c r="B448" t="s">
+        <v>4138</v>
+      </c>
+      <c r="C448" t="s">
+        <v>4139</v>
+      </c>
+      <c r="D448" t="s">
+        <v>4140</v>
+      </c>
+      <c r="E448" t="s">
+        <v>4141</v>
+      </c>
+      <c r="F448" t="s">
+        <v>4142</v>
+      </c>
+      <c r="G448" t="s">
+        <v>4143</v>
+      </c>
+      <c r="H448" t="s">
         <v>4144</v>
       </c>
-      <c r="C448" t="s">
+      <c r="I448" t="s">
         <v>4145</v>
-      </c>
-[...16 lines deleted...]
-        <v>4151</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
         <v>25</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
         <v>27</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4152</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65031</v>
+        <v>65017</v>
       </c>
       <c r="B449" t="s">
+        <v>4147</v>
+      </c>
+      <c r="C449" t="s">
+        <v>4148</v>
+      </c>
+      <c r="D449" t="s">
+        <v>4149</v>
+      </c>
+      <c r="E449" t="s">
+        <v>4150</v>
+      </c>
+      <c r="F449" t="s">
+        <v>4151</v>
+      </c>
+      <c r="G449" t="s">
+        <v>4152</v>
+      </c>
+      <c r="H449" t="s">
         <v>4153</v>
       </c>
-      <c r="C449" t="s">
+      <c r="I449" t="s">
         <v>4154</v>
       </c>
-      <c r="D449" t="s">
+      <c r="J449" t="s">
+        <v>24</v>
+      </c>
+      <c r="K449" t="s">
         <v>4155</v>
       </c>
-      <c r="E449" t="s">
+      <c r="L449" t="s">
+        <v>26</v>
+      </c>
+      <c r="M449" t="s">
         <v>4156</v>
       </c>
-      <c r="F449" t="s">
+      <c r="N449" t="s">
+        <v>28</v>
+      </c>
+      <c r="O449" t="s">
         <v>4157</v>
-      </c>
-[...25 lines deleted...]
-        <v>4161</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65032</v>
+        <v>65018</v>
       </c>
       <c r="B450" t="s">
+        <v>4158</v>
+      </c>
+      <c r="C450" t="s">
+        <v>4159</v>
+      </c>
+      <c r="D450" t="s">
+        <v>4160</v>
+      </c>
+      <c r="E450" t="s">
+        <v>4161</v>
+      </c>
+      <c r="F450" t="s">
         <v>4162</v>
       </c>
-      <c r="C450" t="s">
+      <c r="G450" t="s">
         <v>4163</v>
       </c>
-      <c r="D450" t="s">
+      <c r="H450" t="s">
         <v>4164</v>
       </c>
-      <c r="E450" t="s">
+      <c r="I450" t="s">
         <v>4165</v>
       </c>
-      <c r="F450" t="s">
+      <c r="J450" t="s">
+        <v>24</v>
+      </c>
+      <c r="K450" t="s">
         <v>4166</v>
       </c>
-      <c r="G450" t="s">
+      <c r="L450" t="s">
+        <v>26</v>
+      </c>
+      <c r="M450" t="s">
         <v>4167</v>
       </c>
-      <c r="H450" t="s">
+      <c r="N450" t="s">
+        <v>28</v>
+      </c>
+      <c r="O450" t="s">
         <v>4168</v>
-      </c>
-[...19 lines deleted...]
-        <v>4170</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65033</v>
+        <v>65019</v>
       </c>
       <c r="B451" t="s">
+        <v>4169</v>
+      </c>
+      <c r="C451" t="s">
+        <v>4170</v>
+      </c>
+      <c r="D451" t="s">
         <v>4171</v>
       </c>
-      <c r="C451" t="s">
+      <c r="E451" t="s">
         <v>4172</v>
       </c>
-      <c r="D451" t="s">
+      <c r="F451" t="s">
         <v>4173</v>
       </c>
-      <c r="E451" t="s">
+      <c r="G451" t="s">
         <v>4174</v>
       </c>
-      <c r="F451" t="s">
+      <c r="H451" t="s">
         <v>4175</v>
       </c>
-      <c r="G451" t="s">
+      <c r="I451" t="s">
         <v>4176</v>
       </c>
-      <c r="H451" t="s">
+      <c r="J451" t="s">
+        <v>24</v>
+      </c>
+      <c r="K451" t="s">
+        <v>170</v>
+      </c>
+      <c r="L451" t="s">
+        <v>26</v>
+      </c>
+      <c r="M451" t="s">
+        <v>171</v>
+      </c>
+      <c r="N451" t="s">
+        <v>28</v>
+      </c>
+      <c r="O451" t="s">
         <v>4177</v>
-      </c>
-[...19 lines deleted...]
-        <v>4181</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65034</v>
+        <v>65020</v>
       </c>
       <c r="B452" t="s">
+        <v>4178</v>
+      </c>
+      <c r="C452" t="s">
+        <v>4179</v>
+      </c>
+      <c r="D452" t="s">
+        <v>4180</v>
+      </c>
+      <c r="E452" t="s">
+        <v>4181</v>
+      </c>
+      <c r="F452" t="s">
         <v>4182</v>
       </c>
-      <c r="C452" t="s">
+      <c r="G452" t="s">
         <v>4183</v>
       </c>
-      <c r="D452" t="s">
+      <c r="H452" t="s">
         <v>4184</v>
       </c>
-      <c r="E452" t="s">
+      <c r="I452" t="s">
         <v>4185</v>
       </c>
-      <c r="F452" t="s">
+      <c r="J452" t="s">
+        <v>24</v>
+      </c>
+      <c r="K452" t="s">
         <v>4186</v>
       </c>
-      <c r="G452" t="s">
+      <c r="L452" t="s">
+        <v>26</v>
+      </c>
+      <c r="M452" t="s">
         <v>4187</v>
       </c>
-      <c r="H452" t="s">
+      <c r="N452" t="s">
+        <v>28</v>
+      </c>
+      <c r="O452" t="s">
         <v>4188</v>
-      </c>
-[...19 lines deleted...]
-        <v>4190</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65035</v>
+        <v>65021</v>
       </c>
       <c r="B453" t="s">
+        <v>4189</v>
+      </c>
+      <c r="C453" t="s">
+        <v>4190</v>
+      </c>
+      <c r="D453" t="s">
         <v>4191</v>
       </c>
-      <c r="C453" t="s">
+      <c r="E453" t="s">
         <v>4192</v>
       </c>
-      <c r="D453" t="s">
+      <c r="F453" t="s">
         <v>4193</v>
       </c>
-      <c r="E453" t="s">
+      <c r="G453" t="s">
         <v>4194</v>
       </c>
-      <c r="F453" t="s">
+      <c r="H453" t="s">
         <v>4195</v>
       </c>
-      <c r="G453" t="s">
+      <c r="I453" t="s">
         <v>4196</v>
-      </c>
-[...4 lines deleted...]
-        <v>4198</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
         <v>25</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453" t="s">
         <v>27</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4199</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65036</v>
+        <v>65022</v>
       </c>
       <c r="B454" t="s">
+        <v>4198</v>
+      </c>
+      <c r="C454" t="s">
+        <v>4199</v>
+      </c>
+      <c r="D454" t="s">
         <v>4200</v>
       </c>
-      <c r="C454" t="s">
+      <c r="E454" t="s">
         <v>4201</v>
       </c>
-      <c r="D454" t="s">
+      <c r="F454" t="s">
         <v>4202</v>
       </c>
-      <c r="E454" t="s">
+      <c r="G454" t="s">
         <v>4203</v>
       </c>
-      <c r="F454" t="s">
+      <c r="H454" t="s">
         <v>4204</v>
       </c>
-      <c r="G454" t="s">
+      <c r="I454" t="s">
         <v>4205</v>
-      </c>
-[...4 lines deleted...]
-        <v>4207</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
         <v>25</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
         <v>27</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4208</v>
+        <v>4206</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65037</v>
+        <v>65023</v>
       </c>
       <c r="B455" t="s">
+        <v>4207</v>
+      </c>
+      <c r="C455" t="s">
+        <v>4208</v>
+      </c>
+      <c r="D455" t="s">
         <v>4209</v>
       </c>
-      <c r="C455" t="s">
+      <c r="E455" t="s">
         <v>4210</v>
       </c>
-      <c r="D455" t="s">
+      <c r="F455" t="s">
         <v>4211</v>
       </c>
-      <c r="E455" t="s">
+      <c r="G455" t="s">
         <v>4212</v>
       </c>
-      <c r="F455" t="s">
+      <c r="H455" t="s">
         <v>4213</v>
       </c>
-      <c r="G455" t="s">
+      <c r="I455" t="s">
         <v>4214</v>
-      </c>
-[...4 lines deleted...]
-        <v>4216</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
         <v>25</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
         <v>27</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4217</v>
+        <v>4215</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65038</v>
+        <v>65025</v>
       </c>
       <c r="B456" t="s">
+        <v>4216</v>
+      </c>
+      <c r="C456" t="s">
+        <v>4217</v>
+      </c>
+      <c r="D456" t="s">
         <v>4218</v>
       </c>
-      <c r="C456" t="s">
+      <c r="E456" t="s">
         <v>4219</v>
       </c>
-      <c r="D456" t="s">
+      <c r="F456" t="s">
         <v>4220</v>
       </c>
-      <c r="E456" t="s">
+      <c r="G456" t="s">
         <v>4221</v>
       </c>
-      <c r="F456" t="s">
+      <c r="H456" t="s">
         <v>4222</v>
       </c>
-      <c r="G456" t="s">
+      <c r="I456" t="s">
         <v>4223</v>
       </c>
-      <c r="H456" t="s">
+      <c r="J456" t="s">
+        <v>24</v>
+      </c>
+      <c r="K456" t="s">
+        <v>25</v>
+      </c>
+      <c r="L456" t="s">
+        <v>26</v>
+      </c>
+      <c r="M456" t="s">
+        <v>27</v>
+      </c>
+      <c r="N456" t="s">
+        <v>28</v>
+      </c>
+      <c r="O456" t="s">
         <v>4224</v>
-      </c>
-[...19 lines deleted...]
-        <v>4226</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65039</v>
+        <v>65026</v>
       </c>
       <c r="B457" t="s">
+        <v>4225</v>
+      </c>
+      <c r="C457" t="s">
+        <v>4226</v>
+      </c>
+      <c r="D457" t="s">
         <v>4227</v>
       </c>
-      <c r="C457" t="s">
+      <c r="E457" t="s">
         <v>4228</v>
       </c>
-      <c r="D457" t="s">
+      <c r="F457" t="s">
         <v>4229</v>
       </c>
-      <c r="E457" t="s">
+      <c r="G457" t="s">
         <v>4230</v>
       </c>
-      <c r="F457" t="s">
+      <c r="H457" t="s">
         <v>4231</v>
       </c>
-      <c r="G457" t="s">
+      <c r="I457" t="s">
         <v>4232</v>
       </c>
-      <c r="H457" t="s">
+      <c r="J457" t="s">
+        <v>24</v>
+      </c>
+      <c r="K457" t="s">
+        <v>25</v>
+      </c>
+      <c r="L457" t="s">
+        <v>26</v>
+      </c>
+      <c r="M457" t="s">
+        <v>27</v>
+      </c>
+      <c r="N457" t="s">
+        <v>28</v>
+      </c>
+      <c r="O457" t="s">
         <v>4233</v>
-      </c>
-[...19 lines deleted...]
-        <v>4235</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65040</v>
+        <v>65027</v>
       </c>
       <c r="B458" t="s">
+        <v>4234</v>
+      </c>
+      <c r="C458" t="s">
+        <v>4235</v>
+      </c>
+      <c r="D458" t="s">
         <v>4236</v>
       </c>
-      <c r="C458" t="s">
+      <c r="E458" t="s">
         <v>4237</v>
       </c>
-      <c r="D458" t="s">
+      <c r="F458" t="s">
         <v>4238</v>
       </c>
-      <c r="E458" t="s">
+      <c r="G458" t="s">
         <v>4239</v>
       </c>
-      <c r="F458" t="s">
+      <c r="H458" t="s">
         <v>4240</v>
       </c>
-      <c r="G458" t="s">
+      <c r="I458" t="s">
         <v>4241</v>
       </c>
-      <c r="H458" t="s">
+      <c r="J458" t="s">
+        <v>24</v>
+      </c>
+      <c r="K458" t="s">
+        <v>690</v>
+      </c>
+      <c r="L458" t="s">
+        <v>26</v>
+      </c>
+      <c r="M458" t="s">
+        <v>691</v>
+      </c>
+      <c r="N458" t="s">
+        <v>28</v>
+      </c>
+      <c r="O458" t="s">
         <v>4242</v>
-      </c>
-[...19 lines deleted...]
-        <v>4244</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65043</v>
+        <v>65028</v>
       </c>
       <c r="B459" t="s">
+        <v>4243</v>
+      </c>
+      <c r="C459" t="s">
+        <v>4244</v>
+      </c>
+      <c r="D459" t="s">
         <v>4245</v>
       </c>
-      <c r="C459" t="s">
+      <c r="E459" t="s">
         <v>4246</v>
       </c>
-      <c r="D459" t="s">
+      <c r="F459" t="s">
         <v>4247</v>
       </c>
-      <c r="E459" t="s">
+      <c r="G459" t="s">
         <v>4248</v>
       </c>
-      <c r="F459" t="s">
+      <c r="H459" t="s">
         <v>4249</v>
       </c>
-      <c r="G459" t="s">
+      <c r="I459" t="s">
         <v>4250</v>
-      </c>
-[...4 lines deleted...]
-        <v>4252</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
         <v>25</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
         <v>27</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4253</v>
+        <v>4251</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65044</v>
+        <v>65030</v>
       </c>
       <c r="B460" t="s">
+        <v>4252</v>
+      </c>
+      <c r="C460" t="s">
+        <v>4253</v>
+      </c>
+      <c r="D460" t="s">
         <v>4254</v>
       </c>
-      <c r="C460" t="s">
+      <c r="E460" t="s">
         <v>4255</v>
       </c>
-      <c r="D460" t="s">
+      <c r="F460" t="s">
         <v>4256</v>
       </c>
-      <c r="E460" t="s">
+      <c r="G460" t="s">
         <v>4257</v>
       </c>
-      <c r="F460" t="s">
+      <c r="H460" t="s">
         <v>4258</v>
       </c>
-      <c r="G460" t="s">
+      <c r="I460" t="s">
         <v>4259</v>
-      </c>
-[...4 lines deleted...]
-        <v>4261</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
         <v>25</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
         <v>27</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4262</v>
+        <v>4260</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65045</v>
+        <v>65031</v>
       </c>
       <c r="B461" t="s">
+        <v>4261</v>
+      </c>
+      <c r="C461" t="s">
+        <v>4262</v>
+      </c>
+      <c r="D461" t="s">
         <v>4263</v>
       </c>
-      <c r="C461" t="s">
+      <c r="E461" t="s">
         <v>4264</v>
       </c>
-      <c r="D461" t="s">
+      <c r="F461" t="s">
         <v>4265</v>
       </c>
-      <c r="E461" t="s">
+      <c r="G461" t="s">
         <v>4266</v>
       </c>
-      <c r="F461" t="s">
+      <c r="H461" t="s">
         <v>4267</v>
       </c>
-      <c r="G461" t="s">
+      <c r="I461" t="s">
         <v>4268</v>
       </c>
-      <c r="H461" t="s">
+      <c r="J461" t="s">
+        <v>24</v>
+      </c>
+      <c r="K461" t="s">
+        <v>25</v>
+      </c>
+      <c r="L461" t="s">
+        <v>26</v>
+      </c>
+      <c r="M461" t="s">
+        <v>27</v>
+      </c>
+      <c r="N461" t="s">
+        <v>28</v>
+      </c>
+      <c r="O461" t="s">
         <v>4269</v>
-      </c>
-[...19 lines deleted...]
-        <v>4273</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65046</v>
+        <v>65032</v>
       </c>
       <c r="B462" t="s">
+        <v>4270</v>
+      </c>
+      <c r="C462" t="s">
+        <v>4271</v>
+      </c>
+      <c r="D462" t="s">
+        <v>4272</v>
+      </c>
+      <c r="E462" t="s">
+        <v>4273</v>
+      </c>
+      <c r="F462" t="s">
         <v>4274</v>
       </c>
-      <c r="C462" t="s">
+      <c r="G462" t="s">
         <v>4275</v>
       </c>
-      <c r="D462" t="s">
+      <c r="H462" t="s">
         <v>4276</v>
       </c>
-      <c r="E462" t="s">
+      <c r="I462" t="s">
         <v>4277</v>
       </c>
-      <c r="F462" t="s">
+      <c r="J462" t="s">
+        <v>24</v>
+      </c>
+      <c r="K462" t="s">
+        <v>170</v>
+      </c>
+      <c r="L462" t="s">
+        <v>26</v>
+      </c>
+      <c r="M462" t="s">
+        <v>171</v>
+      </c>
+      <c r="N462" t="s">
+        <v>28</v>
+      </c>
+      <c r="O462" t="s">
         <v>4278</v>
-      </c>
-[...25 lines deleted...]
-        <v>4282</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65047</v>
+        <v>65033</v>
       </c>
       <c r="B463" t="s">
+        <v>4279</v>
+      </c>
+      <c r="C463" t="s">
+        <v>4280</v>
+      </c>
+      <c r="D463" t="s">
+        <v>4281</v>
+      </c>
+      <c r="E463" t="s">
+        <v>4282</v>
+      </c>
+      <c r="F463" t="s">
         <v>4283</v>
       </c>
-      <c r="C463" t="s">
+      <c r="G463" t="s">
         <v>4284</v>
       </c>
-      <c r="D463" t="s">
+      <c r="H463" t="s">
         <v>4285</v>
       </c>
-      <c r="E463" t="s">
+      <c r="I463" t="s">
         <v>4286</v>
       </c>
-      <c r="F463" t="s">
+      <c r="J463" t="s">
+        <v>24</v>
+      </c>
+      <c r="K463" t="s">
         <v>4287</v>
       </c>
-      <c r="G463" t="s">
+      <c r="L463" t="s">
+        <v>26</v>
+      </c>
+      <c r="M463" t="s">
         <v>4288</v>
       </c>
-      <c r="H463" t="s">
+      <c r="N463" t="s">
+        <v>28</v>
+      </c>
+      <c r="O463" t="s">
         <v>4289</v>
-      </c>
-[...19 lines deleted...]
-        <v>4291</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65049</v>
+        <v>65034</v>
       </c>
       <c r="B464" t="s">
+        <v>4290</v>
+      </c>
+      <c r="C464" t="s">
+        <v>4291</v>
+      </c>
+      <c r="D464" t="s">
         <v>4292</v>
       </c>
-      <c r="C464" t="s">
+      <c r="E464" t="s">
         <v>4293</v>
       </c>
-      <c r="D464" t="s">
+      <c r="F464" t="s">
         <v>4294</v>
       </c>
-      <c r="E464" t="s">
+      <c r="G464" t="s">
         <v>4295</v>
       </c>
-      <c r="F464" t="s">
+      <c r="H464" t="s">
         <v>4296</v>
       </c>
-      <c r="G464" t="s">
+      <c r="I464" t="s">
         <v>4297</v>
       </c>
-      <c r="H464" t="s">
+      <c r="J464" t="s">
+        <v>450</v>
+      </c>
+      <c r="K464" t="s">
+        <v>580</v>
+      </c>
+      <c r="L464" t="s">
+        <v>452</v>
+      </c>
+      <c r="M464" t="s">
+        <v>581</v>
+      </c>
+      <c r="N464" t="s">
+        <v>28</v>
+      </c>
+      <c r="O464" t="s">
         <v>4298</v>
-      </c>
-[...19 lines deleted...]
-        <v>4300</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65050</v>
+        <v>65035</v>
       </c>
       <c r="B465" t="s">
+        <v>4299</v>
+      </c>
+      <c r="C465" t="s">
+        <v>4300</v>
+      </c>
+      <c r="D465" t="s">
         <v>4301</v>
       </c>
-      <c r="C465" t="s">
+      <c r="E465" t="s">
         <v>4302</v>
       </c>
-      <c r="D465" t="s">
+      <c r="F465" t="s">
         <v>4303</v>
       </c>
-      <c r="E465" t="s">
+      <c r="G465" t="s">
         <v>4304</v>
       </c>
-      <c r="F465" t="s">
+      <c r="H465" t="s">
         <v>4305</v>
       </c>
-      <c r="G465" t="s">
+      <c r="I465" t="s">
         <v>4306</v>
-      </c>
-[...4 lines deleted...]
-        <v>4308</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
         <v>25</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
         <v>27</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4309</v>
+        <v>4307</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65051</v>
+        <v>65036</v>
       </c>
       <c r="B466" t="s">
+        <v>4308</v>
+      </c>
+      <c r="C466" t="s">
+        <v>4309</v>
+      </c>
+      <c r="D466" t="s">
         <v>4310</v>
       </c>
-      <c r="C466" t="s">
+      <c r="E466" t="s">
         <v>4311</v>
       </c>
-      <c r="D466" t="s">
+      <c r="F466" t="s">
         <v>4312</v>
       </c>
-      <c r="E466" t="s">
+      <c r="G466" t="s">
         <v>4313</v>
       </c>
-      <c r="F466" t="s">
+      <c r="H466" t="s">
         <v>4314</v>
       </c>
-      <c r="G466" t="s">
+      <c r="I466" t="s">
         <v>4315</v>
       </c>
-      <c r="H466" t="s">
+      <c r="J466" t="s">
+        <v>24</v>
+      </c>
+      <c r="K466" t="s">
+        <v>25</v>
+      </c>
+      <c r="L466" t="s">
+        <v>26</v>
+      </c>
+      <c r="M466" t="s">
+        <v>27</v>
+      </c>
+      <c r="N466" t="s">
+        <v>28</v>
+      </c>
+      <c r="O466" t="s">
         <v>4316</v>
-      </c>
-[...19 lines deleted...]
-        <v>4318</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65053</v>
+        <v>65037</v>
       </c>
       <c r="B467" t="s">
+        <v>4317</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4318</v>
+      </c>
+      <c r="D467" t="s">
         <v>4319</v>
       </c>
-      <c r="C467" t="s">
+      <c r="E467" t="s">
         <v>4320</v>
       </c>
-      <c r="D467" t="s">
+      <c r="F467" t="s">
         <v>4321</v>
       </c>
-      <c r="E467" t="s">
+      <c r="G467" t="s">
         <v>4322</v>
       </c>
-      <c r="F467" t="s">
+      <c r="H467" t="s">
         <v>4323</v>
       </c>
-      <c r="G467" t="s">
+      <c r="I467" t="s">
         <v>4324</v>
       </c>
-      <c r="H467" t="s">
+      <c r="J467" t="s">
+        <v>24</v>
+      </c>
+      <c r="K467" t="s">
+        <v>25</v>
+      </c>
+      <c r="L467" t="s">
+        <v>26</v>
+      </c>
+      <c r="M467" t="s">
+        <v>27</v>
+      </c>
+      <c r="N467" t="s">
+        <v>28</v>
+      </c>
+      <c r="O467" t="s">
         <v>4325</v>
-      </c>
-[...19 lines deleted...]
-        <v>4327</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65054</v>
+        <v>65038</v>
       </c>
       <c r="B468" t="s">
+        <v>4326</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4327</v>
+      </c>
+      <c r="D468" t="s">
         <v>4328</v>
       </c>
-      <c r="C468" t="s">
+      <c r="E468" t="s">
         <v>4329</v>
       </c>
-      <c r="D468" t="s">
+      <c r="F468" t="s">
         <v>4330</v>
       </c>
-      <c r="E468" t="s">
+      <c r="G468" t="s">
         <v>4331</v>
       </c>
-      <c r="F468" t="s">
+      <c r="H468" t="s">
         <v>4332</v>
       </c>
-      <c r="G468" t="s">
+      <c r="I468" t="s">
         <v>4333</v>
       </c>
-      <c r="H468" t="s">
+      <c r="J468" t="s">
+        <v>24</v>
+      </c>
+      <c r="K468" t="s">
+        <v>170</v>
+      </c>
+      <c r="L468" t="s">
+        <v>26</v>
+      </c>
+      <c r="M468" t="s">
+        <v>171</v>
+      </c>
+      <c r="N468" t="s">
+        <v>28</v>
+      </c>
+      <c r="O468" t="s">
         <v>4334</v>
-      </c>
-[...19 lines deleted...]
-        <v>4336</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65055</v>
+        <v>65039</v>
       </c>
       <c r="B469" t="s">
+        <v>4335</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4336</v>
+      </c>
+      <c r="D469" t="s">
         <v>4337</v>
       </c>
-      <c r="C469" t="s">
+      <c r="E469" t="s">
         <v>4338</v>
       </c>
-      <c r="D469" t="s">
+      <c r="F469" t="s">
         <v>4339</v>
       </c>
-      <c r="E469" t="s">
+      <c r="G469" t="s">
         <v>4340</v>
       </c>
-      <c r="F469" t="s">
+      <c r="H469" t="s">
         <v>4341</v>
       </c>
-      <c r="G469" t="s">
+      <c r="I469" t="s">
         <v>4342</v>
       </c>
-      <c r="H469" t="s">
+      <c r="J469" t="s">
+        <v>24</v>
+      </c>
+      <c r="K469" t="s">
+        <v>170</v>
+      </c>
+      <c r="L469" t="s">
+        <v>26</v>
+      </c>
+      <c r="M469" t="s">
+        <v>171</v>
+      </c>
+      <c r="N469" t="s">
+        <v>28</v>
+      </c>
+      <c r="O469" t="s">
         <v>4343</v>
-      </c>
-[...19 lines deleted...]
-        <v>4345</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65057</v>
+        <v>65040</v>
       </c>
       <c r="B470" t="s">
+        <v>4344</v>
+      </c>
+      <c r="C470" t="s">
+        <v>4345</v>
+      </c>
+      <c r="D470" t="s">
         <v>4346</v>
       </c>
-      <c r="C470" t="s">
+      <c r="E470" t="s">
         <v>4347</v>
       </c>
-      <c r="D470" t="s">
+      <c r="F470" t="s">
         <v>4348</v>
       </c>
-      <c r="E470" t="s">
+      <c r="G470" t="s">
         <v>4349</v>
       </c>
-      <c r="F470" t="s">
+      <c r="H470" t="s">
         <v>4350</v>
       </c>
-      <c r="G470" t="s">
+      <c r="I470" t="s">
         <v>4351</v>
       </c>
-      <c r="H470" t="s">
+      <c r="J470" t="s">
+        <v>24</v>
+      </c>
+      <c r="K470" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L470" t="s">
+        <v>26</v>
+      </c>
+      <c r="M470" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N470" t="s">
+        <v>28</v>
+      </c>
+      <c r="O470" t="s">
         <v>4352</v>
-      </c>
-[...19 lines deleted...]
-        <v>4354</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65058</v>
+        <v>65043</v>
       </c>
       <c r="B471" t="s">
+        <v>4353</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4354</v>
+      </c>
+      <c r="D471" t="s">
         <v>4355</v>
       </c>
-      <c r="C471" t="s">
+      <c r="E471" t="s">
         <v>4356</v>
       </c>
-      <c r="D471" t="s">
+      <c r="F471" t="s">
         <v>4357</v>
       </c>
-      <c r="E471" t="s">
+      <c r="G471" t="s">
         <v>4358</v>
       </c>
-      <c r="F471" t="s">
+      <c r="H471" t="s">
         <v>4359</v>
       </c>
-      <c r="G471" t="s">
+      <c r="I471" t="s">
         <v>4360</v>
       </c>
-      <c r="H471" t="s">
+      <c r="J471" t="s">
+        <v>24</v>
+      </c>
+      <c r="K471" t="s">
+        <v>25</v>
+      </c>
+      <c r="L471" t="s">
+        <v>26</v>
+      </c>
+      <c r="M471" t="s">
+        <v>27</v>
+      </c>
+      <c r="N471" t="s">
+        <v>28</v>
+      </c>
+      <c r="O471" t="s">
         <v>4361</v>
-      </c>
-[...19 lines deleted...]
-        <v>4363</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65059</v>
+        <v>65044</v>
       </c>
       <c r="B472" t="s">
+        <v>4362</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4363</v>
+      </c>
+      <c r="D472" t="s">
         <v>4364</v>
       </c>
-      <c r="C472" t="s">
+      <c r="E472" t="s">
         <v>4365</v>
       </c>
-      <c r="D472" t="s">
+      <c r="F472" t="s">
         <v>4366</v>
       </c>
-      <c r="E472" t="s">
+      <c r="G472" t="s">
         <v>4367</v>
       </c>
-      <c r="F472" t="s">
+      <c r="H472" t="s">
         <v>4368</v>
       </c>
-      <c r="G472" t="s">
+      <c r="I472" t="s">
         <v>4369</v>
       </c>
-      <c r="H472" t="s">
+      <c r="J472" t="s">
+        <v>24</v>
+      </c>
+      <c r="K472" t="s">
+        <v>25</v>
+      </c>
+      <c r="L472" t="s">
+        <v>26</v>
+      </c>
+      <c r="M472" t="s">
+        <v>27</v>
+      </c>
+      <c r="N472" t="s">
+        <v>28</v>
+      </c>
+      <c r="O472" t="s">
         <v>4370</v>
-      </c>
-[...19 lines deleted...]
-        <v>4372</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65060</v>
+        <v>65045</v>
       </c>
       <c r="B473" t="s">
+        <v>4371</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4372</v>
+      </c>
+      <c r="D473" t="s">
         <v>4373</v>
       </c>
-      <c r="C473" t="s">
+      <c r="E473" t="s">
         <v>4374</v>
       </c>
-      <c r="D473" t="s">
+      <c r="F473" t="s">
         <v>4375</v>
       </c>
-      <c r="E473" t="s">
+      <c r="G473" t="s">
         <v>4376</v>
       </c>
-      <c r="F473" t="s">
+      <c r="H473" t="s">
         <v>4377</v>
       </c>
-      <c r="G473" t="s">
+      <c r="I473" t="s">
         <v>4378</v>
       </c>
-      <c r="H473" t="s">
+      <c r="J473" t="s">
+        <v>58</v>
+      </c>
+      <c r="K473" t="s">
         <v>4379</v>
       </c>
-      <c r="I473" t="s">
+      <c r="L473" t="s">
+        <v>60</v>
+      </c>
+      <c r="M473" t="s">
         <v>4380</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
         <v>4381</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65061</v>
+        <v>65046</v>
       </c>
       <c r="B474" t="s">
         <v>4382</v>
       </c>
       <c r="C474" t="s">
         <v>4383</v>
       </c>
       <c r="D474" t="s">
         <v>4384</v>
       </c>
       <c r="E474" t="s">
         <v>4385</v>
       </c>
       <c r="F474" t="s">
         <v>4386</v>
       </c>
       <c r="G474" t="s">
         <v>4387</v>
       </c>
       <c r="H474" t="s">
         <v>4388</v>
       </c>
       <c r="I474" t="s">
         <v>4389</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
-        <v>1478</v>
+        <v>47</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
-        <v>1480</v>
+        <v>48</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
         <v>4390</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65062</v>
+        <v>65047</v>
       </c>
       <c r="B475" t="s">
         <v>4391</v>
       </c>
       <c r="C475" t="s">
         <v>4392</v>
       </c>
       <c r="D475" t="s">
         <v>4393</v>
       </c>
       <c r="E475" t="s">
         <v>4394</v>
       </c>
       <c r="F475" t="s">
         <v>4395</v>
       </c>
       <c r="G475" t="s">
         <v>4396</v>
       </c>
       <c r="H475" t="s">
         <v>4397</v>
       </c>
       <c r="I475" t="s">
         <v>4398</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
-        <v>25</v>
+        <v>4379</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
-        <v>27</v>
+        <v>4380</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
         <v>4399</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65063</v>
+        <v>65049</v>
       </c>
       <c r="B476" t="s">
         <v>4400</v>
       </c>
       <c r="C476" t="s">
         <v>4401</v>
       </c>
       <c r="D476" t="s">
         <v>4402</v>
       </c>
       <c r="E476" t="s">
         <v>4403</v>
       </c>
       <c r="F476" t="s">
         <v>4404</v>
       </c>
       <c r="G476" t="s">
         <v>4405</v>
       </c>
       <c r="H476" t="s">
         <v>4406</v>
       </c>
       <c r="I476" t="s">
         <v>4407</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
-        <v>1071</v>
+        <v>59</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
-        <v>1072</v>
+        <v>61</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
         <v>4408</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65068</v>
+        <v>65050</v>
       </c>
       <c r="B477" t="s">
         <v>4409</v>
       </c>
       <c r="C477" t="s">
         <v>4410</v>
       </c>
       <c r="D477" t="s">
         <v>4411</v>
       </c>
       <c r="E477" t="s">
         <v>4412</v>
       </c>
       <c r="F477" t="s">
         <v>4413</v>
       </c>
       <c r="G477" t="s">
         <v>4414</v>
       </c>
       <c r="H477" t="s">
         <v>4415</v>
       </c>
       <c r="I477" t="s">
         <v>4416</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
         <v>25</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
         <v>27</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
         <v>4417</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65069</v>
+        <v>65051</v>
       </c>
       <c r="B478" t="s">
         <v>4418</v>
       </c>
       <c r="C478" t="s">
         <v>4419</v>
       </c>
       <c r="D478" t="s">
         <v>4420</v>
       </c>
       <c r="E478" t="s">
         <v>4421</v>
       </c>
       <c r="F478" t="s">
         <v>4422</v>
       </c>
       <c r="G478" t="s">
         <v>4423</v>
       </c>
       <c r="H478" t="s">
         <v>4424</v>
       </c>
       <c r="I478" t="s">
         <v>4425</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
-        <v>170</v>
+        <v>746</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
-        <v>171</v>
+        <v>747</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
         <v>4426</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65071</v>
+        <v>65053</v>
       </c>
       <c r="B479" t="s">
         <v>4427</v>
       </c>
       <c r="C479" t="s">
         <v>4428</v>
       </c>
       <c r="D479" t="s">
         <v>4429</v>
       </c>
       <c r="E479" t="s">
         <v>4430</v>
       </c>
       <c r="F479" t="s">
         <v>4431</v>
       </c>
       <c r="G479" t="s">
         <v>4432</v>
       </c>
       <c r="H479" t="s">
         <v>4433</v>
       </c>
       <c r="I479" t="s">
         <v>4434</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
         <v>4435</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65073</v>
+        <v>65054</v>
       </c>
       <c r="B480" t="s">
         <v>4436</v>
       </c>
       <c r="C480" t="s">
         <v>4437</v>
       </c>
       <c r="D480" t="s">
         <v>4438</v>
       </c>
       <c r="E480" t="s">
         <v>4439</v>
       </c>
       <c r="F480" t="s">
         <v>4440</v>
       </c>
       <c r="G480" t="s">
         <v>4441</v>
       </c>
       <c r="H480" t="s">
         <v>4442</v>
       </c>
       <c r="I480" t="s">
         <v>4443</v>
       </c>
       <c r="J480" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K480" t="s">
-        <v>25</v>
+        <v>208</v>
       </c>
       <c r="L480" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M480" t="s">
-        <v>27</v>
+        <v>209</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
         <v>4444</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65074</v>
+        <v>65055</v>
       </c>
       <c r="B481" t="s">
         <v>4445</v>
       </c>
       <c r="C481" t="s">
         <v>4446</v>
       </c>
       <c r="D481" t="s">
         <v>4447</v>
       </c>
       <c r="E481" t="s">
         <v>4448</v>
       </c>
       <c r="F481" t="s">
         <v>4449</v>
       </c>
       <c r="G481" t="s">
         <v>4450</v>
       </c>
       <c r="H481" t="s">
         <v>4451</v>
       </c>
       <c r="I481" t="s">
         <v>4452</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
+        <v>580</v>
+      </c>
+      <c r="L481" t="s">
+        <v>26</v>
+      </c>
+      <c r="M481" t="s">
+        <v>581</v>
+      </c>
+      <c r="N481" t="s">
+        <v>28</v>
+      </c>
+      <c r="O481" t="s">
         <v>4453</v>
-      </c>
-[...10 lines deleted...]
-        <v>4455</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65075</v>
+        <v>65057</v>
       </c>
       <c r="B482" t="s">
+        <v>4454</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4455</v>
+      </c>
+      <c r="D482" t="s">
         <v>4456</v>
       </c>
-      <c r="C482" t="s">
+      <c r="E482" t="s">
         <v>4457</v>
       </c>
-      <c r="D482" t="s">
+      <c r="F482" t="s">
         <v>4458</v>
       </c>
-      <c r="E482" t="s">
+      <c r="G482" t="s">
         <v>4459</v>
       </c>
-      <c r="F482" t="s">
+      <c r="H482" t="s">
         <v>4460</v>
       </c>
-      <c r="G482" t="s">
+      <c r="I482" t="s">
         <v>4461</v>
       </c>
-      <c r="H482" t="s">
+      <c r="J482" t="s">
+        <v>24</v>
+      </c>
+      <c r="K482" t="s">
+        <v>274</v>
+      </c>
+      <c r="L482" t="s">
+        <v>26</v>
+      </c>
+      <c r="M482" t="s">
+        <v>276</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
         <v>4462</v>
-      </c>
-[...19 lines deleted...]
-        <v>4464</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65076</v>
+        <v>65058</v>
       </c>
       <c r="B483" t="s">
+        <v>4463</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4464</v>
+      </c>
+      <c r="D483" t="s">
         <v>4465</v>
       </c>
-      <c r="C483" t="s">
+      <c r="E483" t="s">
         <v>4466</v>
       </c>
-      <c r="D483" t="s">
+      <c r="F483" t="s">
         <v>4467</v>
       </c>
-      <c r="E483" t="s">
+      <c r="G483" t="s">
         <v>4468</v>
       </c>
-      <c r="F483" t="s">
+      <c r="H483" t="s">
         <v>4469</v>
       </c>
-      <c r="G483" t="s">
+      <c r="I483" t="s">
         <v>4470</v>
       </c>
-      <c r="H483" t="s">
+      <c r="J483" t="s">
+        <v>450</v>
+      </c>
+      <c r="K483" t="s">
+        <v>690</v>
+      </c>
+      <c r="L483" t="s">
+        <v>452</v>
+      </c>
+      <c r="M483" t="s">
+        <v>691</v>
+      </c>
+      <c r="N483" t="s">
+        <v>28</v>
+      </c>
+      <c r="O483" t="s">
         <v>4471</v>
-      </c>
-[...19 lines deleted...]
-        <v>4473</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65077</v>
+        <v>65059</v>
       </c>
       <c r="B484" t="s">
+        <v>4472</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4473</v>
+      </c>
+      <c r="D484" t="s">
         <v>4474</v>
       </c>
-      <c r="C484" t="s">
+      <c r="E484" t="s">
         <v>4475</v>
       </c>
-      <c r="D484" t="s">
+      <c r="F484" t="s">
         <v>4476</v>
       </c>
-      <c r="E484" t="s">
+      <c r="G484" t="s">
         <v>4477</v>
       </c>
-      <c r="F484" t="s">
+      <c r="H484" t="s">
         <v>4478</v>
       </c>
-      <c r="G484" t="s">
+      <c r="I484" t="s">
         <v>4479</v>
       </c>
-      <c r="H484" t="s">
+      <c r="J484" t="s">
+        <v>24</v>
+      </c>
+      <c r="K484" t="s">
+        <v>170</v>
+      </c>
+      <c r="L484" t="s">
+        <v>26</v>
+      </c>
+      <c r="M484" t="s">
+        <v>171</v>
+      </c>
+      <c r="N484" t="s">
+        <v>28</v>
+      </c>
+      <c r="O484" t="s">
         <v>4480</v>
-      </c>
-[...19 lines deleted...]
-        <v>4482</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65080</v>
+        <v>65060</v>
       </c>
       <c r="B485" t="s">
+        <v>4481</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4482</v>
+      </c>
+      <c r="D485" t="s">
         <v>4483</v>
       </c>
-      <c r="C485" t="s">
+      <c r="E485" t="s">
         <v>4484</v>
       </c>
-      <c r="D485" t="s">
+      <c r="F485" t="s">
         <v>4485</v>
       </c>
-      <c r="E485" t="s">
+      <c r="G485" t="s">
         <v>4486</v>
       </c>
-      <c r="F485" t="s">
+      <c r="H485" t="s">
         <v>4487</v>
       </c>
-      <c r="G485" t="s">
+      <c r="I485" t="s">
         <v>4488</v>
-      </c>
-[...4 lines deleted...]
-        <v>4490</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
         <v>47</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
         <v>48</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
-        <v>4491</v>
+        <v>4489</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65081</v>
+        <v>65061</v>
       </c>
       <c r="B486" t="s">
+        <v>4490</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4491</v>
+      </c>
+      <c r="D486" t="s">
         <v>4492</v>
       </c>
-      <c r="C486" t="s">
+      <c r="E486" t="s">
         <v>4493</v>
       </c>
-      <c r="D486" t="s">
+      <c r="F486" t="s">
         <v>4494</v>
       </c>
-      <c r="E486" t="s">
+      <c r="G486" t="s">
         <v>4495</v>
       </c>
-      <c r="F486" t="s">
+      <c r="H486" t="s">
         <v>4496</v>
       </c>
-      <c r="G486" t="s">
+      <c r="I486" t="s">
         <v>4497</v>
       </c>
-      <c r="H486" t="s">
+      <c r="J486" t="s">
+        <v>24</v>
+      </c>
+      <c r="K486" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L486" t="s">
+        <v>26</v>
+      </c>
+      <c r="M486" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N486" t="s">
+        <v>28</v>
+      </c>
+      <c r="O486" t="s">
         <v>4498</v>
-      </c>
-[...19 lines deleted...]
-        <v>4500</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65082</v>
+        <v>65062</v>
       </c>
       <c r="B487" t="s">
+        <v>4499</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4500</v>
+      </c>
+      <c r="D487" t="s">
         <v>4501</v>
       </c>
-      <c r="C487" t="s">
+      <c r="E487" t="s">
         <v>4502</v>
       </c>
-      <c r="D487" t="s">
+      <c r="F487" t="s">
         <v>4503</v>
       </c>
-      <c r="E487" t="s">
+      <c r="G487" t="s">
         <v>4504</v>
       </c>
-      <c r="F487" t="s">
+      <c r="H487" t="s">
         <v>4505</v>
       </c>
-      <c r="G487" t="s">
+      <c r="I487" t="s">
         <v>4506</v>
       </c>
-      <c r="H487" t="s">
+      <c r="J487" t="s">
+        <v>24</v>
+      </c>
+      <c r="K487" t="s">
+        <v>25</v>
+      </c>
+      <c r="L487" t="s">
+        <v>26</v>
+      </c>
+      <c r="M487" t="s">
+        <v>27</v>
+      </c>
+      <c r="N487" t="s">
+        <v>28</v>
+      </c>
+      <c r="O487" t="s">
         <v>4507</v>
-      </c>
-[...19 lines deleted...]
-        <v>4509</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65083</v>
+        <v>65063</v>
       </c>
       <c r="B488" t="s">
+        <v>4508</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4509</v>
+      </c>
+      <c r="D488" t="s">
         <v>4510</v>
       </c>
-      <c r="C488" t="s">
+      <c r="E488" t="s">
         <v>4511</v>
       </c>
-      <c r="D488" t="s">
+      <c r="F488" t="s">
         <v>4512</v>
       </c>
-      <c r="E488" t="s">
+      <c r="G488" t="s">
         <v>4513</v>
       </c>
-      <c r="F488" t="s">
+      <c r="H488" t="s">
         <v>4514</v>
       </c>
-      <c r="G488" t="s">
+      <c r="I488" t="s">
         <v>4515</v>
       </c>
-      <c r="H488" t="s">
+      <c r="J488" t="s">
+        <v>24</v>
+      </c>
+      <c r="K488" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L488" t="s">
+        <v>26</v>
+      </c>
+      <c r="M488" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N488" t="s">
+        <v>28</v>
+      </c>
+      <c r="O488" t="s">
         <v>4516</v>
-      </c>
-[...19 lines deleted...]
-        <v>4518</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65084</v>
+        <v>65068</v>
       </c>
       <c r="B489" t="s">
+        <v>4517</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4518</v>
+      </c>
+      <c r="D489" t="s">
         <v>4519</v>
       </c>
-      <c r="C489" t="s">
+      <c r="E489" t="s">
         <v>4520</v>
       </c>
-      <c r="D489" t="s">
+      <c r="F489" t="s">
         <v>4521</v>
       </c>
-      <c r="E489" t="s">
+      <c r="G489" t="s">
         <v>4522</v>
       </c>
-      <c r="F489" t="s">
+      <c r="H489" t="s">
         <v>4523</v>
       </c>
-      <c r="G489" t="s">
+      <c r="I489" t="s">
         <v>4524</v>
-      </c>
-[...4 lines deleted...]
-        <v>4526</v>
       </c>
       <c r="J489" t="s">
         <v>24</v>
       </c>
       <c r="K489" t="s">
         <v>25</v>
       </c>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489" t="s">
         <v>27</v>
       </c>
       <c r="N489" t="s">
         <v>28</v>
       </c>
       <c r="O489" t="s">
-        <v>4527</v>
+        <v>4525</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65085</v>
+        <v>65069</v>
       </c>
       <c r="B490" t="s">
+        <v>4526</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4527</v>
+      </c>
+      <c r="D490" t="s">
         <v>4528</v>
       </c>
-      <c r="C490" t="s">
+      <c r="E490" t="s">
         <v>4529</v>
       </c>
-      <c r="D490" t="s">
+      <c r="F490" t="s">
         <v>4530</v>
       </c>
-      <c r="E490" t="s">
+      <c r="G490" t="s">
         <v>4531</v>
       </c>
-      <c r="F490" t="s">
+      <c r="H490" t="s">
         <v>4532</v>
       </c>
-      <c r="G490" t="s">
+      <c r="I490" t="s">
         <v>4533</v>
       </c>
-      <c r="H490" t="s">
+      <c r="J490" t="s">
+        <v>24</v>
+      </c>
+      <c r="K490" t="s">
+        <v>170</v>
+      </c>
+      <c r="L490" t="s">
+        <v>26</v>
+      </c>
+      <c r="M490" t="s">
+        <v>171</v>
+      </c>
+      <c r="N490" t="s">
+        <v>28</v>
+      </c>
+      <c r="O490" t="s">
         <v>4534</v>
-      </c>
-[...19 lines deleted...]
-        <v>4536</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65086</v>
+        <v>65071</v>
       </c>
       <c r="B491" t="s">
+        <v>4535</v>
+      </c>
+      <c r="C491" t="s">
+        <v>4536</v>
+      </c>
+      <c r="D491" t="s">
         <v>4537</v>
       </c>
-      <c r="C491" t="s">
+      <c r="E491" t="s">
         <v>4538</v>
       </c>
-      <c r="D491" t="s">
+      <c r="F491" t="s">
         <v>4539</v>
       </c>
-      <c r="E491" t="s">
+      <c r="G491" t="s">
         <v>4540</v>
       </c>
-      <c r="F491" t="s">
+      <c r="H491" t="s">
         <v>4541</v>
       </c>
-      <c r="G491" t="s">
+      <c r="I491" t="s">
         <v>4542</v>
       </c>
-      <c r="H491" t="s">
+      <c r="J491" t="s">
+        <v>24</v>
+      </c>
+      <c r="K491" t="s">
+        <v>25</v>
+      </c>
+      <c r="L491" t="s">
+        <v>26</v>
+      </c>
+      <c r="M491" t="s">
+        <v>27</v>
+      </c>
+      <c r="N491" t="s">
+        <v>28</v>
+      </c>
+      <c r="O491" t="s">
         <v>4543</v>
-      </c>
-[...19 lines deleted...]
-        <v>4545</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65087</v>
+        <v>65073</v>
       </c>
       <c r="B492" t="s">
+        <v>4544</v>
+      </c>
+      <c r="C492" t="s">
+        <v>4545</v>
+      </c>
+      <c r="D492" t="s">
         <v>4546</v>
       </c>
-      <c r="C492" t="s">
+      <c r="E492" t="s">
         <v>4547</v>
       </c>
-      <c r="D492" t="s">
+      <c r="F492" t="s">
         <v>4548</v>
       </c>
-      <c r="E492" t="s">
+      <c r="G492" t="s">
         <v>4549</v>
       </c>
-      <c r="F492" t="s">
+      <c r="H492" t="s">
         <v>4550</v>
       </c>
-      <c r="G492" t="s">
+      <c r="I492" t="s">
         <v>4551</v>
       </c>
-      <c r="H492" t="s">
+      <c r="J492" t="s">
+        <v>24</v>
+      </c>
+      <c r="K492" t="s">
+        <v>25</v>
+      </c>
+      <c r="L492" t="s">
+        <v>26</v>
+      </c>
+      <c r="M492" t="s">
+        <v>27</v>
+      </c>
+      <c r="N492" t="s">
+        <v>28</v>
+      </c>
+      <c r="O492" t="s">
         <v>4552</v>
-      </c>
-[...19 lines deleted...]
-        <v>4554</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65088</v>
+        <v>65074</v>
       </c>
       <c r="B493" t="s">
+        <v>4553</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4554</v>
+      </c>
+      <c r="D493" t="s">
         <v>4555</v>
       </c>
-      <c r="C493" t="s">
+      <c r="E493" t="s">
         <v>4556</v>
       </c>
-      <c r="D493" t="s">
+      <c r="F493" t="s">
         <v>4557</v>
       </c>
-      <c r="E493" t="s">
+      <c r="G493" t="s">
         <v>4558</v>
       </c>
-      <c r="F493" t="s">
+      <c r="H493" t="s">
         <v>4559</v>
       </c>
-      <c r="G493" t="s">
+      <c r="I493" t="s">
         <v>4560</v>
       </c>
-      <c r="H493" t="s">
+      <c r="J493" t="s">
+        <v>24</v>
+      </c>
+      <c r="K493" t="s">
         <v>4561</v>
       </c>
-      <c r="I493" t="s">
+      <c r="L493" t="s">
+        <v>26</v>
+      </c>
+      <c r="M493" t="s">
         <v>4562</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N493" t="s">
         <v>28</v>
       </c>
       <c r="O493" t="s">
         <v>4563</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65089</v>
+        <v>65075</v>
       </c>
       <c r="B494" t="s">
         <v>4564</v>
       </c>
       <c r="C494" t="s">
         <v>4565</v>
       </c>
       <c r="D494" t="s">
         <v>4566</v>
       </c>
       <c r="E494" t="s">
         <v>4567</v>
       </c>
       <c r="F494" t="s">
         <v>4568</v>
       </c>
       <c r="G494" t="s">
         <v>4569</v>
       </c>
       <c r="H494" t="s">
         <v>4570</v>
       </c>
       <c r="I494" t="s">
         <v>4571</v>
       </c>
       <c r="J494" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K494" t="s">
-        <v>25</v>
+        <v>4287</v>
       </c>
       <c r="L494" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M494" t="s">
-        <v>27</v>
+        <v>4288</v>
       </c>
       <c r="N494" t="s">
         <v>28</v>
       </c>
       <c r="O494" t="s">
         <v>4572</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>65090</v>
+        <v>65076</v>
       </c>
       <c r="B495" t="s">
         <v>4573</v>
       </c>
       <c r="C495" t="s">
         <v>4574</v>
       </c>
       <c r="D495" t="s">
         <v>4575</v>
       </c>
       <c r="E495" t="s">
         <v>4576</v>
       </c>
       <c r="F495" t="s">
         <v>4577</v>
       </c>
       <c r="G495" t="s">
         <v>4578</v>
       </c>
       <c r="H495" t="s">
         <v>4579</v>
       </c>
       <c r="I495" t="s">
         <v>4580</v>
       </c>
       <c r="J495" t="s">
         <v>24</v>
       </c>
       <c r="K495" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L495" t="s">
         <v>26</v>
       </c>
       <c r="M495" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N495" t="s">
         <v>28</v>
       </c>
       <c r="O495" t="s">
         <v>4581</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>65091</v>
+        <v>65077</v>
       </c>
       <c r="B496" t="s">
         <v>4582</v>
       </c>
       <c r="C496" t="s">
         <v>4583</v>
       </c>
       <c r="D496" t="s">
         <v>4584</v>
       </c>
       <c r="E496" t="s">
         <v>4585</v>
       </c>
       <c r="F496" t="s">
         <v>4586</v>
       </c>
       <c r="G496" t="s">
         <v>4587</v>
       </c>
       <c r="H496" t="s">
         <v>4588</v>
       </c>
       <c r="I496" t="s">
         <v>4589</v>
       </c>
       <c r="J496" t="s">
         <v>24</v>
       </c>
       <c r="K496" t="s">
-        <v>25</v>
+        <v>746</v>
       </c>
       <c r="L496" t="s">
         <v>26</v>
       </c>
       <c r="M496" t="s">
-        <v>27</v>
+        <v>747</v>
       </c>
       <c r="N496" t="s">
         <v>28</v>
       </c>
       <c r="O496" t="s">
         <v>4590</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>65092</v>
+        <v>65080</v>
       </c>
       <c r="B497" t="s">
         <v>4591</v>
       </c>
       <c r="C497" t="s">
         <v>4592</v>
       </c>
       <c r="D497" t="s">
         <v>4593</v>
       </c>
       <c r="E497" t="s">
         <v>4594</v>
       </c>
       <c r="F497" t="s">
         <v>4595</v>
       </c>
       <c r="G497" t="s">
         <v>4596</v>
       </c>
       <c r="H497" t="s">
         <v>4597</v>
       </c>
       <c r="I497" t="s">
         <v>4598</v>
       </c>
       <c r="J497" t="s">
         <v>24</v>
       </c>
       <c r="K497" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L497" t="s">
         <v>26</v>
       </c>
       <c r="M497" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N497" t="s">
         <v>28</v>
       </c>
       <c r="O497" t="s">
         <v>4599</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>65093</v>
+        <v>65081</v>
       </c>
       <c r="B498" t="s">
         <v>4600</v>
       </c>
       <c r="C498" t="s">
         <v>4601</v>
       </c>
       <c r="D498" t="s">
         <v>4602</v>
       </c>
       <c r="E498" t="s">
         <v>4603</v>
       </c>
       <c r="F498" t="s">
         <v>4604</v>
       </c>
       <c r="G498" t="s">
         <v>4605</v>
       </c>
       <c r="H498" t="s">
         <v>4606</v>
       </c>
       <c r="I498" t="s">
         <v>4607</v>
       </c>
       <c r="J498" t="s">
         <v>24</v>
       </c>
       <c r="K498" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L498" t="s">
         <v>26</v>
       </c>
       <c r="M498" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N498" t="s">
         <v>28</v>
       </c>
       <c r="O498" t="s">
         <v>4608</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>65094</v>
+        <v>65082</v>
       </c>
       <c r="B499" t="s">
         <v>4609</v>
       </c>
       <c r="C499" t="s">
         <v>4610</v>
       </c>
       <c r="D499" t="s">
         <v>4611</v>
       </c>
       <c r="E499" t="s">
         <v>4612</v>
       </c>
       <c r="F499" t="s">
         <v>4613</v>
       </c>
       <c r="G499" t="s">
         <v>4614</v>
       </c>
       <c r="H499" t="s">
         <v>4615</v>
       </c>
       <c r="I499" t="s">
         <v>4616</v>
       </c>
       <c r="J499" t="s">
         <v>24</v>
       </c>
       <c r="K499" t="s">
+        <v>47</v>
+      </c>
+      <c r="L499" t="s">
+        <v>26</v>
+      </c>
+      <c r="M499" t="s">
+        <v>48</v>
+      </c>
+      <c r="N499" t="s">
+        <v>28</v>
+      </c>
+      <c r="O499" t="s">
         <v>4617</v>
-      </c>
-[...10 lines deleted...]
-        <v>4619</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>65095</v>
+        <v>65083</v>
       </c>
       <c r="B500" t="s">
+        <v>4618</v>
+      </c>
+      <c r="C500" t="s">
+        <v>4619</v>
+      </c>
+      <c r="D500" t="s">
         <v>4620</v>
       </c>
-      <c r="C500" t="s">
+      <c r="E500" t="s">
         <v>4621</v>
       </c>
-      <c r="D500" t="s">
+      <c r="F500" t="s">
         <v>4622</v>
       </c>
-      <c r="E500" t="s">
+      <c r="G500" t="s">
         <v>4623</v>
       </c>
-      <c r="F500" t="s">
+      <c r="H500" t="s">
         <v>4624</v>
       </c>
-      <c r="G500" t="s">
+      <c r="I500" t="s">
         <v>4625</v>
       </c>
-      <c r="H500" t="s">
+      <c r="J500" t="s">
+        <v>24</v>
+      </c>
+      <c r="K500" t="s">
+        <v>170</v>
+      </c>
+      <c r="L500" t="s">
+        <v>26</v>
+      </c>
+      <c r="M500" t="s">
+        <v>171</v>
+      </c>
+      <c r="N500" t="s">
+        <v>28</v>
+      </c>
+      <c r="O500" t="s">
         <v>4626</v>
-      </c>
-[...19 lines deleted...]
-        <v>4628</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>65096</v>
+        <v>65084</v>
       </c>
       <c r="B501" t="s">
+        <v>4627</v>
+      </c>
+      <c r="C501" t="s">
+        <v>4628</v>
+      </c>
+      <c r="D501" t="s">
         <v>4629</v>
       </c>
-      <c r="C501" t="s">
+      <c r="E501" t="s">
         <v>4630</v>
       </c>
-      <c r="D501" t="s">
+      <c r="F501" t="s">
         <v>4631</v>
       </c>
-      <c r="E501" t="s">
+      <c r="G501" t="s">
         <v>4632</v>
       </c>
-      <c r="F501" t="s">
+      <c r="H501" t="s">
         <v>4633</v>
       </c>
-      <c r="G501" t="s">
+      <c r="I501" t="s">
         <v>4634</v>
-      </c>
-[...4 lines deleted...]
-        <v>4636</v>
       </c>
       <c r="J501" t="s">
         <v>24</v>
       </c>
       <c r="K501" t="s">
         <v>25</v>
       </c>
       <c r="L501" t="s">
         <v>26</v>
       </c>
       <c r="M501" t="s">
         <v>27</v>
       </c>
       <c r="N501" t="s">
         <v>28</v>
       </c>
       <c r="O501" t="s">
-        <v>4637</v>
+        <v>4635</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>65097</v>
+        <v>65085</v>
       </c>
       <c r="B502" t="s">
+        <v>4636</v>
+      </c>
+      <c r="C502" t="s">
+        <v>4637</v>
+      </c>
+      <c r="D502" t="s">
         <v>4638</v>
       </c>
-      <c r="C502" t="s">
+      <c r="E502" t="s">
         <v>4639</v>
       </c>
-      <c r="D502" t="s">
+      <c r="F502" t="s">
         <v>4640</v>
       </c>
-      <c r="E502" t="s">
+      <c r="G502" t="s">
         <v>4641</v>
       </c>
-      <c r="F502" t="s">
+      <c r="H502" t="s">
         <v>4642</v>
       </c>
-      <c r="G502" t="s">
+      <c r="I502" t="s">
         <v>4643</v>
       </c>
-      <c r="H502" t="s">
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
+        <v>580</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>581</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
         <v>4644</v>
-      </c>
-[...19 lines deleted...]
-        <v>4646</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>65098</v>
+        <v>65086</v>
       </c>
       <c r="B503" t="s">
+        <v>4645</v>
+      </c>
+      <c r="C503" t="s">
+        <v>4646</v>
+      </c>
+      <c r="D503" t="s">
         <v>4647</v>
       </c>
-      <c r="C503" t="s">
+      <c r="E503" t="s">
         <v>4648</v>
       </c>
-      <c r="D503" t="s">
+      <c r="F503" t="s">
         <v>4649</v>
       </c>
-      <c r="E503" t="s">
+      <c r="G503" t="s">
         <v>4650</v>
       </c>
-      <c r="F503" t="s">
+      <c r="H503" t="s">
         <v>4651</v>
       </c>
-      <c r="G503" t="s">
+      <c r="I503" t="s">
         <v>4652</v>
       </c>
-      <c r="H503" t="s">
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
+        <v>170</v>
+      </c>
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
+        <v>171</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
         <v>4653</v>
-      </c>
-[...19 lines deleted...]
-        <v>4655</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>65099</v>
+        <v>65087</v>
       </c>
       <c r="B504" t="s">
+        <v>4654</v>
+      </c>
+      <c r="C504" t="s">
+        <v>4655</v>
+      </c>
+      <c r="D504" t="s">
         <v>4656</v>
       </c>
-      <c r="C504" t="s">
+      <c r="E504" t="s">
         <v>4657</v>
       </c>
-      <c r="D504" t="s">
+      <c r="F504" t="s">
         <v>4658</v>
       </c>
-      <c r="E504" t="s">
+      <c r="G504" t="s">
         <v>4659</v>
       </c>
-      <c r="F504" t="s">
+      <c r="H504" t="s">
         <v>4660</v>
       </c>
-      <c r="G504" t="s">
+      <c r="I504" t="s">
         <v>4661</v>
-      </c>
-[...4 lines deleted...]
-        <v>4663</v>
       </c>
       <c r="J504" t="s">
         <v>24</v>
       </c>
       <c r="K504" t="s">
         <v>170</v>
       </c>
       <c r="L504" t="s">
         <v>26</v>
       </c>
       <c r="M504" t="s">
         <v>171</v>
       </c>
       <c r="N504" t="s">
         <v>28</v>
       </c>
       <c r="O504" t="s">
-        <v>4664</v>
+        <v>4662</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>65100</v>
+        <v>65088</v>
       </c>
       <c r="B505" t="s">
+        <v>4663</v>
+      </c>
+      <c r="C505" t="s">
+        <v>4664</v>
+      </c>
+      <c r="D505" t="s">
         <v>4665</v>
       </c>
-      <c r="C505" t="s">
+      <c r="E505" t="s">
         <v>4666</v>
       </c>
-      <c r="D505" t="s">
+      <c r="F505" t="s">
         <v>4667</v>
       </c>
-      <c r="E505" t="s">
+      <c r="G505" t="s">
         <v>4668</v>
       </c>
-      <c r="F505" t="s">
+      <c r="H505" t="s">
         <v>4669</v>
       </c>
-      <c r="G505" t="s">
+      <c r="I505" t="s">
         <v>4670</v>
       </c>
-      <c r="H505" t="s">
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>25</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>27</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
         <v>4671</v>
-      </c>
-[...19 lines deleted...]
-        <v>4673</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>65101</v>
+        <v>65089</v>
       </c>
       <c r="B506" t="s">
+        <v>4672</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4673</v>
+      </c>
+      <c r="D506" t="s">
         <v>4674</v>
       </c>
-      <c r="C506" t="s">
+      <c r="E506" t="s">
         <v>4675</v>
       </c>
-      <c r="D506" t="s">
+      <c r="F506" t="s">
         <v>4676</v>
       </c>
-      <c r="E506" t="s">
+      <c r="G506" t="s">
         <v>4677</v>
       </c>
-      <c r="F506" t="s">
+      <c r="H506" t="s">
         <v>4678</v>
       </c>
-      <c r="G506" t="s">
+      <c r="I506" t="s">
         <v>4679</v>
       </c>
-      <c r="H506" t="s">
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>25</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>27</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
         <v>4680</v>
-      </c>
-[...19 lines deleted...]
-        <v>4682</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>65102</v>
+        <v>65090</v>
       </c>
       <c r="B507" t="s">
+        <v>4681</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4682</v>
+      </c>
+      <c r="D507" t="s">
         <v>4683</v>
       </c>
-      <c r="C507" t="s">
+      <c r="E507" t="s">
         <v>4684</v>
       </c>
-      <c r="D507" t="s">
+      <c r="F507" t="s">
         <v>4685</v>
       </c>
-      <c r="E507" t="s">
+      <c r="G507" t="s">
         <v>4686</v>
       </c>
-      <c r="F507" t="s">
+      <c r="H507" t="s">
         <v>4687</v>
       </c>
-      <c r="G507" t="s">
+      <c r="I507" t="s">
         <v>4688</v>
-      </c>
-[...4 lines deleted...]
-        <v>4690</v>
       </c>
       <c r="J507" t="s">
         <v>24</v>
       </c>
       <c r="K507" t="s">
         <v>25</v>
       </c>
       <c r="L507" t="s">
         <v>26</v>
       </c>
       <c r="M507" t="s">
         <v>27</v>
       </c>
       <c r="N507" t="s">
         <v>28</v>
       </c>
       <c r="O507" t="s">
-        <v>4691</v>
+        <v>4689</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>65104</v>
+        <v>65091</v>
       </c>
       <c r="B508" t="s">
+        <v>4690</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4691</v>
+      </c>
+      <c r="D508" t="s">
         <v>4692</v>
       </c>
-      <c r="C508" t="s">
+      <c r="E508" t="s">
         <v>4693</v>
       </c>
-      <c r="D508" t="s">
+      <c r="F508" t="s">
         <v>4694</v>
       </c>
-      <c r="E508" t="s">
+      <c r="G508" t="s">
         <v>4695</v>
       </c>
-      <c r="F508" t="s">
+      <c r="H508" t="s">
         <v>4696</v>
       </c>
-      <c r="G508" t="s">
+      <c r="I508" t="s">
         <v>4697</v>
       </c>
-      <c r="H508" t="s">
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
+        <v>25</v>
+      </c>
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
+        <v>27</v>
+      </c>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
         <v>4698</v>
-      </c>
-[...19 lines deleted...]
-        <v>4700</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>65105</v>
+        <v>65092</v>
       </c>
       <c r="B509" t="s">
+        <v>4699</v>
+      </c>
+      <c r="C509" t="s">
+        <v>4700</v>
+      </c>
+      <c r="D509" t="s">
         <v>4701</v>
       </c>
-      <c r="C509" t="s">
+      <c r="E509" t="s">
         <v>4702</v>
       </c>
-      <c r="D509" t="s">
+      <c r="F509" t="s">
         <v>4703</v>
       </c>
-      <c r="E509" t="s">
+      <c r="G509" t="s">
         <v>4704</v>
       </c>
-      <c r="F509" t="s">
+      <c r="H509" t="s">
         <v>4705</v>
       </c>
-      <c r="G509" t="s">
+      <c r="I509" t="s">
         <v>4706</v>
-      </c>
-[...4 lines deleted...]
-        <v>4708</v>
       </c>
       <c r="J509" t="s">
         <v>24</v>
       </c>
       <c r="K509" t="s">
         <v>170</v>
       </c>
       <c r="L509" t="s">
         <v>26</v>
       </c>
       <c r="M509" t="s">
         <v>171</v>
       </c>
       <c r="N509" t="s">
         <v>28</v>
       </c>
       <c r="O509" t="s">
-        <v>4709</v>
+        <v>4707</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>65107</v>
+        <v>65093</v>
       </c>
       <c r="B510" t="s">
+        <v>4708</v>
+      </c>
+      <c r="C510" t="s">
+        <v>4709</v>
+      </c>
+      <c r="D510" t="s">
         <v>4710</v>
       </c>
-      <c r="C510" t="s">
+      <c r="E510" t="s">
         <v>4711</v>
       </c>
-      <c r="D510" t="s">
+      <c r="F510" t="s">
         <v>4712</v>
       </c>
-      <c r="E510" t="s">
+      <c r="G510" t="s">
         <v>4713</v>
       </c>
-      <c r="F510" t="s">
+      <c r="H510" t="s">
         <v>4714</v>
       </c>
-      <c r="G510" t="s">
+      <c r="I510" t="s">
         <v>4715</v>
       </c>
-      <c r="H510" t="s">
+      <c r="J510" t="s">
+        <v>24</v>
+      </c>
+      <c r="K510" t="s">
+        <v>170</v>
+      </c>
+      <c r="L510" t="s">
+        <v>26</v>
+      </c>
+      <c r="M510" t="s">
+        <v>171</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
         <v>4716</v>
-      </c>
-[...19 lines deleted...]
-        <v>4720</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>65116</v>
+        <v>65094</v>
       </c>
       <c r="B511" t="s">
+        <v>4717</v>
+      </c>
+      <c r="C511" t="s">
+        <v>4718</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4719</v>
+      </c>
+      <c r="E511" t="s">
+        <v>4720</v>
+      </c>
+      <c r="F511" t="s">
         <v>4721</v>
       </c>
-      <c r="C511" t="s">
+      <c r="G511" t="s">
         <v>4722</v>
       </c>
-      <c r="D511" t="s">
+      <c r="H511" t="s">
         <v>4723</v>
       </c>
-      <c r="E511" t="s">
+      <c r="I511" t="s">
         <v>4724</v>
       </c>
-      <c r="F511" t="s">
+      <c r="J511" t="s">
+        <v>24</v>
+      </c>
+      <c r="K511" t="s">
         <v>4725</v>
       </c>
-      <c r="G511" t="s">
+      <c r="L511" t="s">
+        <v>26</v>
+      </c>
+      <c r="M511" t="s">
         <v>4726</v>
       </c>
-      <c r="H511" t="s">
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
         <v>4727</v>
-      </c>
-[...19 lines deleted...]
-        <v>4729</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>65124</v>
+        <v>65095</v>
       </c>
       <c r="B512" t="s">
+        <v>4728</v>
+      </c>
+      <c r="C512" t="s">
+        <v>4729</v>
+      </c>
+      <c r="D512" t="s">
         <v>4730</v>
       </c>
-      <c r="C512" t="s">
+      <c r="E512" t="s">
         <v>4731</v>
       </c>
-      <c r="D512" t="s">
+      <c r="F512" t="s">
         <v>4732</v>
       </c>
-      <c r="E512" t="s">
+      <c r="G512" t="s">
         <v>4733</v>
       </c>
-      <c r="F512" t="s">
+      <c r="H512" t="s">
         <v>4734</v>
       </c>
-      <c r="G512" t="s">
+      <c r="I512" t="s">
         <v>4735</v>
       </c>
-      <c r="H512" t="s">
+      <c r="J512" t="s">
+        <v>24</v>
+      </c>
+      <c r="K512" t="s">
+        <v>746</v>
+      </c>
+      <c r="L512" t="s">
+        <v>26</v>
+      </c>
+      <c r="M512" t="s">
+        <v>747</v>
+      </c>
+      <c r="N512" t="s">
+        <v>28</v>
+      </c>
+      <c r="O512" t="s">
         <v>4736</v>
-      </c>
-[...19 lines deleted...]
-        <v>4738</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>65255</v>
+        <v>65096</v>
       </c>
       <c r="B513" t="s">
+        <v>4737</v>
+      </c>
+      <c r="C513" t="s">
+        <v>4738</v>
+      </c>
+      <c r="D513" t="s">
         <v>4739</v>
       </c>
-      <c r="C513" t="s">
+      <c r="E513" t="s">
         <v>4740</v>
       </c>
-      <c r="D513" t="s">
+      <c r="F513" t="s">
         <v>4741</v>
       </c>
-      <c r="E513" t="s">
+      <c r="G513" t="s">
         <v>4742</v>
       </c>
-      <c r="F513" t="s">
+      <c r="H513" t="s">
         <v>4743</v>
       </c>
-      <c r="G513" t="s">
+      <c r="I513" t="s">
         <v>4744</v>
       </c>
-      <c r="H513" t="s">
+      <c r="J513" t="s">
+        <v>24</v>
+      </c>
+      <c r="K513" t="s">
+        <v>25</v>
+      </c>
+      <c r="L513" t="s">
+        <v>26</v>
+      </c>
+      <c r="M513" t="s">
+        <v>27</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
         <v>4745</v>
-      </c>
-[...19 lines deleted...]
-        <v>4749</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>65479</v>
+        <v>65097</v>
       </c>
       <c r="B514" t="s">
+        <v>4746</v>
+      </c>
+      <c r="C514" t="s">
+        <v>4747</v>
+      </c>
+      <c r="D514" t="s">
+        <v>4748</v>
+      </c>
+      <c r="E514" t="s">
+        <v>4749</v>
+      </c>
+      <c r="F514" t="s">
         <v>4750</v>
       </c>
-      <c r="C514" t="s">
+      <c r="G514" t="s">
         <v>4751</v>
       </c>
-      <c r="D514" t="s">
+      <c r="H514" t="s">
         <v>4752</v>
       </c>
-      <c r="E514" t="s">
+      <c r="I514" t="s">
         <v>4753</v>
       </c>
-      <c r="F514" t="s">
+      <c r="J514" t="s">
+        <v>24</v>
+      </c>
+      <c r="K514" t="s">
+        <v>170</v>
+      </c>
+      <c r="L514" t="s">
+        <v>26</v>
+      </c>
+      <c r="M514" t="s">
+        <v>171</v>
+      </c>
+      <c r="N514" t="s">
+        <v>28</v>
+      </c>
+      <c r="O514" t="s">
         <v>4754</v>
-      </c>
-[...25 lines deleted...]
-        <v>4758</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>65566</v>
+        <v>65098</v>
       </c>
       <c r="B515" t="s">
+        <v>4755</v>
+      </c>
+      <c r="C515" t="s">
+        <v>4756</v>
+      </c>
+      <c r="D515" t="s">
+        <v>4757</v>
+      </c>
+      <c r="E515" t="s">
+        <v>4758</v>
+      </c>
+      <c r="F515" t="s">
         <v>4759</v>
       </c>
-      <c r="C515" t="s">
+      <c r="G515" t="s">
         <v>4760</v>
       </c>
-      <c r="D515" t="s">
+      <c r="H515" t="s">
         <v>4761</v>
       </c>
-      <c r="E515" t="s">
+      <c r="I515" t="s">
         <v>4762</v>
       </c>
-      <c r="F515" t="s">
+      <c r="J515" t="s">
+        <v>24</v>
+      </c>
+      <c r="K515" t="s">
+        <v>25</v>
+      </c>
+      <c r="L515" t="s">
+        <v>26</v>
+      </c>
+      <c r="M515" t="s">
+        <v>27</v>
+      </c>
+      <c r="N515" t="s">
+        <v>28</v>
+      </c>
+      <c r="O515" t="s">
         <v>4763</v>
-      </c>
-[...25 lines deleted...]
-        <v>4767</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>65613</v>
+        <v>65099</v>
       </c>
       <c r="B516" t="s">
+        <v>4764</v>
+      </c>
+      <c r="C516" t="s">
+        <v>4765</v>
+      </c>
+      <c r="D516" t="s">
+        <v>4766</v>
+      </c>
+      <c r="E516" t="s">
+        <v>4767</v>
+      </c>
+      <c r="F516" t="s">
         <v>4768</v>
       </c>
-      <c r="C516" t="s">
+      <c r="G516" t="s">
         <v>4769</v>
       </c>
-      <c r="D516" t="s">
+      <c r="H516" t="s">
         <v>4770</v>
       </c>
-      <c r="E516" t="s">
+      <c r="I516" t="s">
         <v>4771</v>
       </c>
-      <c r="F516" t="s">
+      <c r="J516" t="s">
+        <v>24</v>
+      </c>
+      <c r="K516" t="s">
+        <v>170</v>
+      </c>
+      <c r="L516" t="s">
+        <v>26</v>
+      </c>
+      <c r="M516" t="s">
+        <v>171</v>
+      </c>
+      <c r="N516" t="s">
+        <v>28</v>
+      </c>
+      <c r="O516" t="s">
         <v>4772</v>
-      </c>
-[...25 lines deleted...]
-        <v>4778</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>65869</v>
+        <v>65100</v>
       </c>
       <c r="B517" t="s">
+        <v>4773</v>
+      </c>
+      <c r="C517" t="s">
+        <v>4774</v>
+      </c>
+      <c r="D517" t="s">
+        <v>4775</v>
+      </c>
+      <c r="E517" t="s">
+        <v>4776</v>
+      </c>
+      <c r="F517" t="s">
+        <v>4777</v>
+      </c>
+      <c r="G517" t="s">
+        <v>4778</v>
+      </c>
+      <c r="H517" t="s">
         <v>4779</v>
       </c>
-      <c r="C517" t="s">
+      <c r="I517" t="s">
         <v>4780</v>
       </c>
-      <c r="D517" t="s">
+      <c r="J517" t="s">
+        <v>24</v>
+      </c>
+      <c r="K517" t="s">
+        <v>4155</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>4156</v>
+      </c>
+      <c r="N517" t="s">
+        <v>28</v>
+      </c>
+      <c r="O517" t="s">
         <v>4781</v>
-      </c>
-[...31 lines deleted...]
-        <v>4787</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>66392</v>
+        <v>65101</v>
       </c>
       <c r="B518" t="s">
+        <v>4782</v>
+      </c>
+      <c r="C518" t="s">
+        <v>4783</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4784</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4785</v>
+      </c>
+      <c r="F518" t="s">
+        <v>4786</v>
+      </c>
+      <c r="G518" t="s">
+        <v>4787</v>
+      </c>
+      <c r="H518" t="s">
         <v>4788</v>
       </c>
-      <c r="C518" t="s">
+      <c r="I518" t="s">
         <v>4789</v>
       </c>
-      <c r="D518" t="s">
+      <c r="J518" t="s">
+        <v>24</v>
+      </c>
+      <c r="K518" t="s">
+        <v>170</v>
+      </c>
+      <c r="L518" t="s">
+        <v>26</v>
+      </c>
+      <c r="M518" t="s">
+        <v>171</v>
+      </c>
+      <c r="N518" t="s">
+        <v>28</v>
+      </c>
+      <c r="O518" t="s">
         <v>4790</v>
-      </c>
-[...31 lines deleted...]
-        <v>4796</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
-        <v>66510</v>
+        <v>65102</v>
       </c>
       <c r="B519" t="s">
+        <v>4791</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4792</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4793</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4794</v>
+      </c>
+      <c r="F519" t="s">
+        <v>4795</v>
+      </c>
+      <c r="G519" t="s">
+        <v>4796</v>
+      </c>
+      <c r="H519" t="s">
         <v>4797</v>
       </c>
-      <c r="C519" t="s">
+      <c r="I519" t="s">
         <v>4798</v>
       </c>
-      <c r="D519" t="s">
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>25</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>27</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
         <v>4799</v>
-      </c>
-[...31 lines deleted...]
-        <v>4807</v>
       </c>
     </row>
     <row r="520" spans="1:15">
       <c r="A520">
-        <v>66511</v>
+        <v>65104</v>
       </c>
       <c r="B520" t="s">
-        <v>1843</v>
+        <v>4800</v>
       </c>
       <c r="C520" t="s">
+        <v>4801</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4802</v>
+      </c>
+      <c r="E520" t="s">
+        <v>4803</v>
+      </c>
+      <c r="F520" t="s">
+        <v>4804</v>
+      </c>
+      <c r="G520" t="s">
+        <v>4805</v>
+      </c>
+      <c r="H520" t="s">
+        <v>4806</v>
+      </c>
+      <c r="I520" t="s">
+        <v>4807</v>
+      </c>
+      <c r="J520" t="s">
+        <v>24</v>
+      </c>
+      <c r="K520" t="s">
+        <v>2537</v>
+      </c>
+      <c r="L520" t="s">
+        <v>26</v>
+      </c>
+      <c r="M520" t="s">
+        <v>2538</v>
+      </c>
+      <c r="N520" t="s">
+        <v>28</v>
+      </c>
+      <c r="O520" t="s">
         <v>4808</v>
-      </c>
-[...34 lines deleted...]
-        <v>4815</v>
       </c>
     </row>
     <row r="521" spans="1:15">
       <c r="A521">
-        <v>66512</v>
+        <v>65105</v>
       </c>
       <c r="B521" t="s">
-        <v>3880</v>
+        <v>4809</v>
       </c>
       <c r="C521" t="s">
+        <v>4810</v>
+      </c>
+      <c r="D521" t="s">
+        <v>4811</v>
+      </c>
+      <c r="E521" t="s">
+        <v>4812</v>
+      </c>
+      <c r="F521" t="s">
+        <v>4813</v>
+      </c>
+      <c r="G521" t="s">
+        <v>4814</v>
+      </c>
+      <c r="H521" t="s">
+        <v>4815</v>
+      </c>
+      <c r="I521" t="s">
         <v>4816</v>
       </c>
-      <c r="D521" t="s">
+      <c r="J521" t="s">
+        <v>24</v>
+      </c>
+      <c r="K521" t="s">
+        <v>170</v>
+      </c>
+      <c r="L521" t="s">
+        <v>26</v>
+      </c>
+      <c r="M521" t="s">
+        <v>171</v>
+      </c>
+      <c r="N521" t="s">
+        <v>28</v>
+      </c>
+      <c r="O521" t="s">
         <v>4817</v>
-      </c>
-[...31 lines deleted...]
-        <v>4822</v>
       </c>
     </row>
     <row r="522" spans="1:15">
       <c r="A522">
-        <v>66513</v>
+        <v>65107</v>
       </c>
       <c r="B522" t="s">
+        <v>4818</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4819</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4820</v>
+      </c>
+      <c r="E522" t="s">
+        <v>4821</v>
+      </c>
+      <c r="F522" t="s">
+        <v>4822</v>
+      </c>
+      <c r="G522" t="s">
         <v>4823</v>
       </c>
-      <c r="C522" t="s">
+      <c r="H522" t="s">
         <v>4824</v>
       </c>
-      <c r="D522" t="s">
+      <c r="I522" t="s">
         <v>4825</v>
       </c>
-      <c r="E522" t="s">
+      <c r="J522" t="s">
+        <v>24</v>
+      </c>
+      <c r="K522" t="s">
         <v>4826</v>
       </c>
-      <c r="F522" t="s">
+      <c r="L522" t="s">
+        <v>26</v>
+      </c>
+      <c r="M522" t="s">
         <v>4827</v>
       </c>
-      <c r="G522" t="s">
-[...2 lines deleted...]
-      <c r="H522" t="s">
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
         <v>4828</v>
-      </c>
-[...19 lines deleted...]
-        <v>4830</v>
       </c>
     </row>
     <row r="523" spans="1:15">
       <c r="A523">
-        <v>66514</v>
+        <v>65116</v>
       </c>
       <c r="B523" t="s">
+        <v>4829</v>
+      </c>
+      <c r="C523" t="s">
+        <v>4830</v>
+      </c>
+      <c r="D523" t="s">
         <v>4831</v>
       </c>
-      <c r="C523" t="s">
+      <c r="E523" t="s">
         <v>4832</v>
       </c>
-      <c r="D523" t="s">
+      <c r="F523" t="s">
         <v>4833</v>
       </c>
-      <c r="E523" t="s">
+      <c r="G523" t="s">
         <v>4834</v>
-      </c>
-[...4 lines deleted...]
-        <v>1993</v>
       </c>
       <c r="H523" t="s">
         <v>4835</v>
       </c>
       <c r="I523" t="s">
         <v>4836</v>
       </c>
       <c r="J523" t="s">
         <v>24</v>
       </c>
       <c r="K523" t="s">
-        <v>4820</v>
+        <v>170</v>
       </c>
       <c r="L523" t="s">
         <v>26</v>
       </c>
       <c r="M523" t="s">
-        <v>4821</v>
+        <v>171</v>
       </c>
       <c r="N523" t="s">
         <v>28</v>
       </c>
       <c r="O523" t="s">
         <v>4837</v>
       </c>
     </row>
     <row r="524" spans="1:15">
       <c r="A524">
-        <v>66515</v>
+        <v>65124</v>
       </c>
       <c r="B524" t="s">
         <v>4838</v>
       </c>
       <c r="C524" t="s">
         <v>4839</v>
       </c>
       <c r="D524" t="s">
         <v>4840</v>
       </c>
       <c r="E524" t="s">
         <v>4841</v>
       </c>
       <c r="F524" t="s">
         <v>4842</v>
       </c>
       <c r="G524" t="s">
-        <v>1749</v>
+        <v>4843</v>
       </c>
       <c r="H524" t="s">
-        <v>4843</v>
+        <v>4844</v>
       </c>
       <c r="I524" t="s">
-        <v>4844</v>
+        <v>4845</v>
       </c>
       <c r="J524" t="s">
         <v>24</v>
       </c>
       <c r="K524" t="s">
-        <v>4820</v>
+        <v>25</v>
       </c>
       <c r="L524" t="s">
         <v>26</v>
       </c>
       <c r="M524" t="s">
-        <v>4821</v>
+        <v>27</v>
       </c>
       <c r="N524" t="s">
         <v>28</v>
       </c>
       <c r="O524" t="s">
-        <v>4845</v>
+        <v>4846</v>
       </c>
     </row>
     <row r="525" spans="1:15">
       <c r="A525">
-        <v>66516</v>
+        <v>65255</v>
       </c>
       <c r="B525" t="s">
-        <v>1726</v>
+        <v>4847</v>
       </c>
       <c r="C525" t="s">
-        <v>4846</v>
+        <v>4848</v>
       </c>
       <c r="D525" t="s">
-        <v>4847</v>
+        <v>4849</v>
       </c>
       <c r="E525" t="s">
-        <v>4848</v>
+        <v>4850</v>
       </c>
       <c r="F525" t="s">
-        <v>4849</v>
+        <v>4851</v>
       </c>
       <c r="G525" t="s">
-        <v>4850</v>
+        <v>4852</v>
       </c>
       <c r="H525" t="s">
-        <v>4851</v>
+        <v>4853</v>
       </c>
       <c r="I525" t="s">
-        <v>1733</v>
+        <v>4854</v>
       </c>
       <c r="J525" t="s">
-        <v>24</v>
+        <v>1625</v>
       </c>
       <c r="K525" t="s">
-        <v>170</v>
+        <v>4855</v>
       </c>
       <c r="L525" t="s">
-        <v>26</v>
+        <v>1627</v>
       </c>
       <c r="M525" t="s">
-        <v>171</v>
+        <v>4856</v>
       </c>
       <c r="N525" t="s">
         <v>28</v>
       </c>
       <c r="O525" t="s">
-        <v>4852</v>
+        <v>4857</v>
       </c>
     </row>
     <row r="526" spans="1:15">
       <c r="A526">
-        <v>66517</v>
+        <v>65479</v>
       </c>
       <c r="B526" t="s">
-        <v>4853</v>
+        <v>4858</v>
       </c>
       <c r="C526" t="s">
-        <v>4854</v>
+        <v>4859</v>
       </c>
       <c r="D526" t="s">
-        <v>4855</v>
+        <v>4860</v>
       </c>
       <c r="E526" t="s">
-        <v>4856</v>
+        <v>4861</v>
       </c>
       <c r="F526" t="s">
-        <v>4857</v>
+        <v>4862</v>
       </c>
       <c r="G526" t="s">
-        <v>4858</v>
+        <v>4863</v>
       </c>
       <c r="H526" t="s">
-        <v>4859</v>
+        <v>4864</v>
       </c>
       <c r="I526" t="s">
-        <v>4860</v>
+        <v>4865</v>
       </c>
       <c r="J526" t="s">
         <v>24</v>
       </c>
       <c r="K526" t="s">
-        <v>4820</v>
+        <v>25</v>
       </c>
       <c r="L526" t="s">
         <v>26</v>
       </c>
       <c r="M526" t="s">
-        <v>4821</v>
+        <v>27</v>
       </c>
       <c r="N526" t="s">
         <v>28</v>
       </c>
       <c r="O526" t="s">
-        <v>4861</v>
+        <v>4866</v>
       </c>
     </row>
     <row r="527" spans="1:15">
       <c r="A527">
-        <v>66518</v>
+        <v>65566</v>
       </c>
       <c r="B527" t="s">
-        <v>4862</v>
+        <v>4867</v>
       </c>
       <c r="C527" t="s">
-        <v>4863</v>
+        <v>4868</v>
       </c>
       <c r="D527" t="s">
-        <v>4864</v>
+        <v>4869</v>
       </c>
       <c r="E527" t="s">
-        <v>4865</v>
+        <v>4870</v>
       </c>
       <c r="F527" t="s">
-        <v>4866</v>
+        <v>4871</v>
       </c>
       <c r="G527" t="s">
-        <v>1758</v>
+        <v>4872</v>
       </c>
       <c r="H527" t="s">
-        <v>4867</v>
+        <v>4873</v>
       </c>
       <c r="I527" t="s">
-        <v>4868</v>
+        <v>4874</v>
       </c>
       <c r="J527" t="s">
         <v>24</v>
       </c>
       <c r="K527" t="s">
         <v>170</v>
       </c>
       <c r="L527" t="s">
         <v>26</v>
       </c>
       <c r="M527" t="s">
         <v>171</v>
       </c>
       <c r="N527" t="s">
         <v>28</v>
       </c>
       <c r="O527" t="s">
-        <v>4869</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="528" spans="1:15">
       <c r="A528">
-        <v>66519</v>
+        <v>65613</v>
       </c>
       <c r="B528" t="s">
-        <v>4870</v>
+        <v>4876</v>
       </c>
       <c r="C528" t="s">
-        <v>4871</v>
+        <v>4877</v>
       </c>
       <c r="D528" t="s">
-        <v>4872</v>
+        <v>4878</v>
       </c>
       <c r="E528" t="s">
-        <v>4873</v>
+        <v>4879</v>
       </c>
       <c r="F528" t="s">
-        <v>4874</v>
+        <v>4880</v>
       </c>
       <c r="G528" t="s">
-        <v>4875</v>
+        <v>4881</v>
       </c>
       <c r="H528" t="s">
-        <v>1867</v>
+        <v>4882</v>
       </c>
       <c r="I528" t="s">
-        <v>1868</v>
+        <v>4883</v>
       </c>
       <c r="J528" t="s">
-        <v>24</v>
+        <v>4884</v>
       </c>
       <c r="K528" t="s">
-        <v>4876</v>
+        <v>1665</v>
       </c>
       <c r="L528" t="s">
-        <v>26</v>
+        <v>4885</v>
       </c>
       <c r="M528" t="s">
-        <v>4877</v>
+        <v>1666</v>
       </c>
       <c r="N528" t="s">
         <v>28</v>
       </c>
       <c r="O528" t="s">
-        <v>4878</v>
+        <v>4886</v>
       </c>
     </row>
     <row r="529" spans="1:15">
       <c r="A529">
-        <v>66520</v>
+        <v>65869</v>
       </c>
       <c r="B529" t="s">
-        <v>1948</v>
+        <v>4887</v>
       </c>
       <c r="C529" t="s">
-        <v>4879</v>
+        <v>4888</v>
       </c>
       <c r="D529" t="s">
-        <v>4880</v>
+        <v>4889</v>
       </c>
       <c r="E529" t="s">
-        <v>4881</v>
+        <v>4890</v>
       </c>
       <c r="F529" t="s">
-        <v>1952</v>
+        <v>4891</v>
       </c>
       <c r="G529" t="s">
-        <v>1953</v>
+        <v>4892</v>
       </c>
       <c r="H529" t="s">
-        <v>1954</v>
+        <v>4893</v>
       </c>
       <c r="I529" t="s">
-        <v>1955</v>
+        <v>4894</v>
       </c>
       <c r="J529" t="s">
         <v>24</v>
       </c>
       <c r="K529" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L529" t="s">
         <v>26</v>
       </c>
       <c r="M529" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N529" t="s">
         <v>28</v>
       </c>
       <c r="O529" t="s">
-        <v>4882</v>
+        <v>4895</v>
       </c>
     </row>
     <row r="530" spans="1:15">
       <c r="A530">
-        <v>66521</v>
+        <v>66392</v>
       </c>
       <c r="B530" t="s">
-        <v>1771</v>
+        <v>4896</v>
       </c>
       <c r="C530" t="s">
-        <v>4883</v>
+        <v>4897</v>
       </c>
       <c r="D530" t="s">
-        <v>4884</v>
+        <v>4898</v>
       </c>
       <c r="E530" t="s">
-        <v>4885</v>
+        <v>4899</v>
       </c>
       <c r="F530" t="s">
-        <v>4886</v>
+        <v>4900</v>
       </c>
       <c r="G530" t="s">
-        <v>1776</v>
+        <v>4901</v>
       </c>
       <c r="H530" t="s">
-        <v>4887</v>
+        <v>4902</v>
       </c>
       <c r="I530" t="s">
-        <v>1778</v>
+        <v>4903</v>
       </c>
       <c r="J530" t="s">
         <v>24</v>
       </c>
       <c r="K530" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L530" t="s">
         <v>26</v>
       </c>
       <c r="M530" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N530" t="s">
         <v>28</v>
       </c>
       <c r="O530" t="s">
-        <v>4888</v>
+        <v>4904</v>
       </c>
     </row>
     <row r="531" spans="1:15">
       <c r="A531">
-        <v>66522</v>
+        <v>66510</v>
       </c>
       <c r="B531" t="s">
-        <v>4889</v>
+        <v>4905</v>
       </c>
       <c r="C531" t="s">
-        <v>4890</v>
+        <v>4906</v>
       </c>
       <c r="D531" t="s">
-        <v>4891</v>
+        <v>4907</v>
       </c>
       <c r="E531" t="s">
-        <v>4892</v>
+        <v>4908</v>
       </c>
       <c r="F531" t="s">
-        <v>4893</v>
+        <v>4909</v>
       </c>
       <c r="G531" t="s">
-        <v>4894</v>
+        <v>4910</v>
       </c>
       <c r="H531" t="s">
-        <v>4895</v>
+        <v>4911</v>
       </c>
       <c r="I531" t="s">
-        <v>4896</v>
+        <v>4912</v>
       </c>
       <c r="J531" t="s">
-        <v>24</v>
+        <v>1625</v>
       </c>
       <c r="K531" t="s">
-        <v>4747</v>
+        <v>4913</v>
       </c>
       <c r="L531" t="s">
-        <v>26</v>
+        <v>1627</v>
       </c>
       <c r="M531" t="s">
-        <v>4748</v>
+        <v>4914</v>
       </c>
       <c r="N531" t="s">
         <v>28</v>
       </c>
       <c r="O531" t="s">
-        <v>4897</v>
+        <v>4915</v>
       </c>
     </row>
     <row r="532" spans="1:15">
       <c r="A532">
-        <v>66523</v>
+        <v>66511</v>
       </c>
       <c r="B532" t="s">
-        <v>1834</v>
+        <v>1843</v>
       </c>
       <c r="C532" t="s">
-        <v>4898</v>
+        <v>4916</v>
       </c>
       <c r="D532" t="s">
-        <v>4899</v>
+        <v>4917</v>
       </c>
       <c r="E532" t="s">
-        <v>4900</v>
+        <v>4918</v>
       </c>
       <c r="F532" t="s">
-        <v>1838</v>
+        <v>1847</v>
       </c>
       <c r="G532" t="s">
-        <v>1839</v>
+        <v>1848</v>
       </c>
       <c r="H532" t="s">
-        <v>1840</v>
+        <v>4919</v>
       </c>
       <c r="I532" t="s">
-        <v>1841</v>
+        <v>4920</v>
       </c>
       <c r="J532" t="s">
         <v>24</v>
       </c>
       <c r="K532" t="s">
-        <v>47</v>
+        <v>4921</v>
       </c>
       <c r="L532" t="s">
         <v>26</v>
       </c>
       <c r="M532" t="s">
-        <v>48</v>
+        <v>4922</v>
       </c>
       <c r="N532" t="s">
         <v>28</v>
       </c>
       <c r="O532" t="s">
-        <v>4901</v>
+        <v>4923</v>
       </c>
     </row>
     <row r="533" spans="1:15">
       <c r="A533">
-        <v>66524</v>
+        <v>66512</v>
       </c>
       <c r="B533" t="s">
-        <v>4050</v>
+        <v>3988</v>
       </c>
       <c r="C533" t="s">
-        <v>4902</v>
+        <v>4924</v>
       </c>
       <c r="D533" t="s">
-        <v>4903</v>
+        <v>4925</v>
       </c>
       <c r="E533" t="s">
-        <v>4904</v>
+        <v>4926</v>
       </c>
       <c r="F533" t="s">
-        <v>4905</v>
+        <v>4927</v>
       </c>
       <c r="G533" t="s">
-        <v>4055</v>
+        <v>3993</v>
       </c>
       <c r="H533" t="s">
-        <v>4056</v>
+        <v>3994</v>
       </c>
       <c r="I533" t="s">
-        <v>4057</v>
+        <v>3995</v>
       </c>
       <c r="J533" t="s">
         <v>24</v>
       </c>
       <c r="K533" t="s">
-        <v>170</v>
+        <v>4928</v>
       </c>
       <c r="L533" t="s">
         <v>26</v>
       </c>
       <c r="M533" t="s">
-        <v>171</v>
+        <v>4929</v>
       </c>
       <c r="N533" t="s">
         <v>28</v>
       </c>
       <c r="O533" t="s">
-        <v>4906</v>
+        <v>4930</v>
       </c>
     </row>
     <row r="534" spans="1:15">
       <c r="A534">
-        <v>66525</v>
+        <v>66513</v>
       </c>
       <c r="B534" t="s">
-        <v>4907</v>
+        <v>4931</v>
       </c>
       <c r="C534" t="s">
-        <v>4908</v>
+        <v>4932</v>
       </c>
       <c r="D534" t="s">
-        <v>4909</v>
+        <v>4933</v>
       </c>
       <c r="E534" t="s">
-        <v>4910</v>
+        <v>4934</v>
       </c>
       <c r="F534" t="s">
-        <v>3911</v>
+        <v>4935</v>
       </c>
       <c r="G534" t="s">
-        <v>3912</v>
+        <v>4322</v>
       </c>
       <c r="H534" t="s">
-        <v>3913</v>
+        <v>4936</v>
       </c>
       <c r="I534" t="s">
-        <v>3914</v>
+        <v>4937</v>
       </c>
       <c r="J534" t="s">
         <v>24</v>
       </c>
       <c r="K534" t="s">
-        <v>170</v>
+        <v>4928</v>
       </c>
       <c r="L534" t="s">
         <v>26</v>
       </c>
       <c r="M534" t="s">
-        <v>171</v>
+        <v>4929</v>
       </c>
       <c r="N534" t="s">
         <v>28</v>
       </c>
       <c r="O534" t="s">
-        <v>4911</v>
+        <v>4938</v>
       </c>
     </row>
     <row r="535" spans="1:15">
       <c r="A535">
-        <v>66526</v>
+        <v>66514</v>
       </c>
       <c r="B535" t="s">
-        <v>4912</v>
+        <v>4939</v>
       </c>
       <c r="C535" t="s">
-        <v>4913</v>
+        <v>4940</v>
       </c>
       <c r="D535" t="s">
-        <v>4914</v>
+        <v>4941</v>
       </c>
       <c r="E535" t="s">
-        <v>4915</v>
+        <v>4942</v>
       </c>
       <c r="F535" t="s">
-        <v>4916</v>
+        <v>1992</v>
       </c>
       <c r="G535" t="s">
-        <v>3921</v>
+        <v>1993</v>
       </c>
       <c r="H535" t="s">
-        <v>3922</v>
+        <v>4943</v>
       </c>
       <c r="I535" t="s">
-        <v>4917</v>
+        <v>4944</v>
       </c>
       <c r="J535" t="s">
         <v>24</v>
       </c>
       <c r="K535" t="s">
-        <v>170</v>
+        <v>4928</v>
       </c>
       <c r="L535" t="s">
         <v>26</v>
       </c>
       <c r="M535" t="s">
-        <v>171</v>
+        <v>4929</v>
       </c>
       <c r="N535" t="s">
         <v>28</v>
       </c>
       <c r="O535" t="s">
-        <v>4918</v>
+        <v>4945</v>
       </c>
     </row>
     <row r="536" spans="1:15">
       <c r="A536">
-        <v>66527</v>
+        <v>66515</v>
       </c>
       <c r="B536" t="s">
-        <v>1881</v>
+        <v>4946</v>
       </c>
       <c r="C536" t="s">
-        <v>4919</v>
+        <v>4947</v>
       </c>
       <c r="D536" t="s">
-        <v>4920</v>
+        <v>4948</v>
       </c>
       <c r="E536" t="s">
-        <v>4921</v>
+        <v>4949</v>
       </c>
       <c r="F536" t="s">
-        <v>4922</v>
+        <v>4950</v>
       </c>
       <c r="G536" t="s">
-        <v>1886</v>
+        <v>1749</v>
       </c>
       <c r="H536" t="s">
-        <v>1887</v>
+        <v>4951</v>
       </c>
       <c r="I536" t="s">
-        <v>1888</v>
+        <v>4952</v>
       </c>
       <c r="J536" t="s">
         <v>24</v>
       </c>
       <c r="K536" t="s">
-        <v>4820</v>
+        <v>4928</v>
       </c>
       <c r="L536" t="s">
         <v>26</v>
       </c>
       <c r="M536" t="s">
-        <v>4821</v>
+        <v>4929</v>
       </c>
       <c r="N536" t="s">
         <v>28</v>
       </c>
       <c r="O536" t="s">
-        <v>4923</v>
+        <v>4953</v>
       </c>
     </row>
     <row r="537" spans="1:15">
       <c r="A537">
-        <v>66529</v>
+        <v>66516</v>
       </c>
       <c r="B537" t="s">
-        <v>4924</v>
+        <v>1726</v>
       </c>
       <c r="C537" t="s">
-        <v>4925</v>
+        <v>4954</v>
       </c>
       <c r="D537" t="s">
-        <v>4926</v>
+        <v>4955</v>
       </c>
       <c r="E537" t="s">
-        <v>4927</v>
+        <v>4956</v>
       </c>
       <c r="F537" t="s">
-        <v>4928</v>
+        <v>4957</v>
       </c>
       <c r="G537" t="s">
-        <v>4351</v>
+        <v>4958</v>
       </c>
       <c r="H537" t="s">
-        <v>4352</v>
+        <v>4959</v>
       </c>
       <c r="I537" t="s">
-        <v>4353</v>
+        <v>1733</v>
       </c>
       <c r="J537" t="s">
         <v>24</v>
       </c>
       <c r="K537" t="s">
-        <v>2315</v>
+        <v>170</v>
       </c>
       <c r="L537" t="s">
         <v>26</v>
       </c>
       <c r="M537" t="s">
-        <v>2316</v>
+        <v>171</v>
       </c>
       <c r="N537" t="s">
         <v>28</v>
       </c>
       <c r="O537" t="s">
-        <v>4929</v>
+        <v>4960</v>
       </c>
     </row>
     <row r="538" spans="1:15">
       <c r="A538">
-        <v>66530</v>
+        <v>66517</v>
       </c>
       <c r="B538" t="s">
-        <v>4930</v>
+        <v>4961</v>
       </c>
       <c r="C538" t="s">
-        <v>4931</v>
+        <v>4962</v>
       </c>
       <c r="D538" t="s">
-        <v>4932</v>
+        <v>4963</v>
       </c>
       <c r="E538" t="s">
-        <v>4933</v>
+        <v>4964</v>
       </c>
       <c r="F538" t="s">
-        <v>4934</v>
+        <v>4965</v>
       </c>
       <c r="G538" t="s">
-        <v>1693</v>
+        <v>4966</v>
       </c>
       <c r="H538" t="s">
-        <v>1694</v>
+        <v>4967</v>
       </c>
       <c r="I538" t="s">
-        <v>1695</v>
+        <v>4968</v>
       </c>
       <c r="J538" t="s">
         <v>24</v>
       </c>
       <c r="K538" t="s">
-        <v>1478</v>
+        <v>4928</v>
       </c>
       <c r="L538" t="s">
         <v>26</v>
       </c>
       <c r="M538" t="s">
-        <v>1480</v>
+        <v>4929</v>
       </c>
       <c r="N538" t="s">
         <v>28</v>
       </c>
       <c r="O538" t="s">
-        <v>4935</v>
+        <v>4969</v>
       </c>
     </row>
     <row r="539" spans="1:15">
       <c r="A539">
-        <v>66531</v>
+        <v>66518</v>
       </c>
       <c r="B539" t="s">
-        <v>4936</v>
+        <v>4970</v>
       </c>
       <c r="C539" t="s">
-        <v>4937</v>
+        <v>4971</v>
       </c>
       <c r="D539" t="s">
-        <v>4938</v>
+        <v>4972</v>
       </c>
       <c r="E539" t="s">
-        <v>4939</v>
+        <v>4973</v>
       </c>
       <c r="F539" t="s">
-        <v>4940</v>
+        <v>4974</v>
       </c>
       <c r="G539" t="s">
-        <v>4941</v>
+        <v>1758</v>
       </c>
       <c r="H539" t="s">
-        <v>4942</v>
+        <v>4975</v>
       </c>
       <c r="I539" t="s">
-        <v>4943</v>
+        <v>4976</v>
       </c>
       <c r="J539" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K539" t="s">
-        <v>4944</v>
+        <v>170</v>
       </c>
       <c r="L539" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M539" t="s">
-        <v>4945</v>
+        <v>171</v>
       </c>
       <c r="N539" t="s">
         <v>28</v>
       </c>
       <c r="O539" t="s">
-        <v>4946</v>
+        <v>4977</v>
       </c>
     </row>
     <row r="540" spans="1:15">
       <c r="A540">
-        <v>66532</v>
+        <v>66519</v>
       </c>
       <c r="B540" t="s">
-        <v>4947</v>
+        <v>4978</v>
       </c>
       <c r="C540" t="s">
-        <v>4948</v>
+        <v>4979</v>
       </c>
       <c r="D540" t="s">
-        <v>4949</v>
+        <v>4980</v>
       </c>
       <c r="E540" t="s">
-        <v>4950</v>
+        <v>4981</v>
       </c>
       <c r="F540" t="s">
-        <v>1970</v>
+        <v>4982</v>
       </c>
       <c r="G540" t="s">
-        <v>1971</v>
+        <v>4983</v>
       </c>
       <c r="H540" t="s">
-        <v>1972</v>
+        <v>1867</v>
       </c>
       <c r="I540" t="s">
-        <v>1973</v>
+        <v>1868</v>
       </c>
       <c r="J540" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K540" t="s">
-        <v>4951</v>
+        <v>4984</v>
       </c>
       <c r="L540" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M540" t="s">
-        <v>4952</v>
+        <v>4985</v>
       </c>
       <c r="N540" t="s">
         <v>28</v>
       </c>
       <c r="O540" t="s">
-        <v>4953</v>
+        <v>4986</v>
       </c>
     </row>
     <row r="541" spans="1:15">
       <c r="A541">
-        <v>66533</v>
+        <v>66520</v>
       </c>
       <c r="B541" t="s">
-        <v>4954</v>
+        <v>1948</v>
       </c>
       <c r="C541" t="s">
-        <v>4955</v>
+        <v>4987</v>
       </c>
       <c r="D541" t="s">
-        <v>4956</v>
+        <v>4988</v>
       </c>
       <c r="E541" t="s">
-        <v>4957</v>
+        <v>4989</v>
       </c>
       <c r="F541" t="s">
-        <v>1784</v>
+        <v>1952</v>
       </c>
       <c r="G541" t="s">
-        <v>1785</v>
+        <v>1953</v>
       </c>
       <c r="H541" t="s">
-        <v>1786</v>
+        <v>1954</v>
       </c>
       <c r="I541" t="s">
-        <v>4958</v>
+        <v>1955</v>
       </c>
       <c r="J541" t="s">
         <v>24</v>
       </c>
       <c r="K541" t="s">
-        <v>4959</v>
+        <v>25</v>
       </c>
       <c r="L541" t="s">
         <v>26</v>
       </c>
       <c r="M541" t="s">
-        <v>4960</v>
+        <v>27</v>
       </c>
       <c r="N541" t="s">
         <v>28</v>
       </c>
       <c r="O541" t="s">
-        <v>4961</v>
+        <v>4990</v>
       </c>
     </row>
     <row r="542" spans="1:15">
       <c r="A542">
-        <v>66534</v>
+        <v>66521</v>
       </c>
       <c r="B542" t="s">
-        <v>4962</v>
+        <v>1771</v>
       </c>
       <c r="C542" t="s">
-        <v>4963</v>
+        <v>4991</v>
       </c>
       <c r="D542" t="s">
-        <v>4964</v>
+        <v>4992</v>
       </c>
       <c r="E542" t="s">
-        <v>4965</v>
+        <v>4993</v>
       </c>
       <c r="F542" t="s">
-        <v>4966</v>
+        <v>4994</v>
       </c>
       <c r="G542" t="s">
-        <v>4967</v>
+        <v>1776</v>
       </c>
       <c r="H542" t="s">
-        <v>3215</v>
+        <v>4995</v>
       </c>
       <c r="I542" t="s">
-        <v>3216</v>
+        <v>1778</v>
       </c>
       <c r="J542" t="s">
         <v>24</v>
       </c>
       <c r="K542" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L542" t="s">
         <v>26</v>
       </c>
       <c r="M542" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N542" t="s">
         <v>28</v>
       </c>
       <c r="O542" t="s">
-        <v>4968</v>
+        <v>4996</v>
       </c>
     </row>
     <row r="543" spans="1:15">
       <c r="A543">
-        <v>66535</v>
+        <v>66522</v>
       </c>
       <c r="B543" t="s">
-        <v>4969</v>
+        <v>4997</v>
       </c>
       <c r="C543" t="s">
-        <v>4970</v>
+        <v>4998</v>
       </c>
       <c r="D543" t="s">
-        <v>4971</v>
+        <v>4999</v>
       </c>
       <c r="E543" t="s">
-        <v>4972</v>
+        <v>5000</v>
       </c>
       <c r="F543" t="s">
-        <v>4973</v>
+        <v>5001</v>
       </c>
       <c r="G543" t="s">
-        <v>4974</v>
+        <v>5002</v>
       </c>
       <c r="H543" t="s">
-        <v>4975</v>
+        <v>5003</v>
       </c>
       <c r="I543" t="s">
-        <v>4976</v>
+        <v>5004</v>
       </c>
       <c r="J543" t="s">
-        <v>4977</v>
+        <v>24</v>
       </c>
       <c r="K543" t="s">
-        <v>4978</v>
+        <v>4855</v>
       </c>
       <c r="L543" t="s">
-        <v>4979</v>
+        <v>26</v>
       </c>
       <c r="M543" t="s">
-        <v>4980</v>
+        <v>4856</v>
       </c>
       <c r="N543" t="s">
         <v>28</v>
       </c>
       <c r="O543" t="s">
-        <v>4981</v>
+        <v>5005</v>
       </c>
     </row>
     <row r="544" spans="1:15">
       <c r="A544">
-        <v>66536</v>
+        <v>66523</v>
       </c>
       <c r="B544" t="s">
-        <v>4982</v>
+        <v>1834</v>
       </c>
       <c r="C544" t="s">
-        <v>4983</v>
+        <v>5006</v>
       </c>
       <c r="D544" t="s">
-        <v>4984</v>
+        <v>5007</v>
       </c>
       <c r="E544" t="s">
-        <v>4985</v>
+        <v>5008</v>
       </c>
       <c r="F544" t="s">
-        <v>4986</v>
+        <v>1838</v>
       </c>
       <c r="G544" t="s">
-        <v>4987</v>
+        <v>1839</v>
       </c>
       <c r="H544" t="s">
-        <v>4988</v>
+        <v>1840</v>
       </c>
       <c r="I544" t="s">
-        <v>4989</v>
+        <v>1841</v>
       </c>
       <c r="J544" t="s">
         <v>24</v>
       </c>
       <c r="K544" t="s">
-        <v>4820</v>
+        <v>47</v>
       </c>
       <c r="L544" t="s">
         <v>26</v>
       </c>
       <c r="M544" t="s">
-        <v>4821</v>
+        <v>48</v>
       </c>
       <c r="N544" t="s">
         <v>28</v>
       </c>
       <c r="O544" t="s">
-        <v>4990</v>
+        <v>5009</v>
       </c>
     </row>
     <row r="545" spans="1:15">
       <c r="A545">
-        <v>66537</v>
+        <v>66524</v>
       </c>
       <c r="B545" t="s">
-        <v>4991</v>
+        <v>4158</v>
       </c>
       <c r="C545" t="s">
-        <v>4992</v>
+        <v>5010</v>
       </c>
       <c r="D545" t="s">
-        <v>4993</v>
+        <v>5011</v>
       </c>
       <c r="E545" t="s">
-        <v>4994</v>
+        <v>5012</v>
       </c>
       <c r="F545" t="s">
-        <v>4995</v>
+        <v>5013</v>
       </c>
       <c r="G545" t="s">
-        <v>4735</v>
+        <v>4163</v>
       </c>
       <c r="H545" t="s">
-        <v>4736</v>
+        <v>4164</v>
       </c>
       <c r="I545" t="s">
-        <v>4996</v>
+        <v>4165</v>
       </c>
       <c r="J545" t="s">
         <v>24</v>
       </c>
       <c r="K545" t="s">
-        <v>4820</v>
+        <v>170</v>
       </c>
       <c r="L545" t="s">
         <v>26</v>
       </c>
       <c r="M545" t="s">
-        <v>4821</v>
+        <v>171</v>
       </c>
       <c r="N545" t="s">
         <v>28</v>
       </c>
       <c r="O545" t="s">
-        <v>4997</v>
+        <v>5014</v>
       </c>
     </row>
     <row r="546" spans="1:15">
       <c r="A546">
-        <v>66538</v>
+        <v>66525</v>
       </c>
       <c r="B546" t="s">
-        <v>4998</v>
+        <v>5015</v>
       </c>
       <c r="C546" t="s">
-        <v>4999</v>
+        <v>5016</v>
       </c>
       <c r="D546" t="s">
-        <v>5000</v>
+        <v>5017</v>
       </c>
       <c r="E546" t="s">
-        <v>5001</v>
+        <v>5018</v>
       </c>
       <c r="F546" t="s">
-        <v>5002</v>
+        <v>4019</v>
       </c>
       <c r="G546" t="s">
-        <v>1962</v>
+        <v>4020</v>
       </c>
       <c r="H546" t="s">
-        <v>1963</v>
+        <v>4021</v>
       </c>
       <c r="I546" t="s">
-        <v>1964</v>
+        <v>4022</v>
       </c>
       <c r="J546" t="s">
         <v>24</v>
       </c>
       <c r="K546" t="s">
-        <v>5003</v>
+        <v>170</v>
       </c>
       <c r="L546" t="s">
         <v>26</v>
       </c>
       <c r="M546" t="s">
-        <v>5004</v>
+        <v>171</v>
       </c>
       <c r="N546" t="s">
         <v>28</v>
       </c>
       <c r="O546" t="s">
-        <v>5005</v>
+        <v>5019</v>
       </c>
     </row>
     <row r="547" spans="1:15">
       <c r="A547">
-        <v>66540</v>
+        <v>66526</v>
       </c>
       <c r="B547" t="s">
-        <v>5006</v>
+        <v>5020</v>
       </c>
       <c r="C547" t="s">
-        <v>5007</v>
+        <v>5021</v>
       </c>
       <c r="D547" t="s">
-        <v>5008</v>
+        <v>5022</v>
       </c>
       <c r="E547" t="s">
-        <v>5009</v>
+        <v>5023</v>
       </c>
       <c r="F547" t="s">
-        <v>5010</v>
+        <v>5024</v>
       </c>
       <c r="G547" t="s">
-        <v>5011</v>
+        <v>4029</v>
       </c>
       <c r="H547" t="s">
-        <v>5012</v>
+        <v>4030</v>
       </c>
       <c r="I547" t="s">
-        <v>1724</v>
+        <v>5025</v>
       </c>
       <c r="J547" t="s">
         <v>24</v>
       </c>
       <c r="K547" t="s">
-        <v>5013</v>
+        <v>170</v>
       </c>
       <c r="L547" t="s">
         <v>26</v>
       </c>
       <c r="M547" t="s">
-        <v>5014</v>
+        <v>171</v>
       </c>
       <c r="N547" t="s">
         <v>28</v>
       </c>
       <c r="O547" t="s">
-        <v>5015</v>
+        <v>5026</v>
       </c>
     </row>
     <row r="548" spans="1:15">
       <c r="A548">
+        <v>66527</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C548" t="s">
+        <v>5027</v>
+      </c>
+      <c r="D548" t="s">
+        <v>5028</v>
+      </c>
+      <c r="E548" t="s">
+        <v>5029</v>
+      </c>
+      <c r="F548" t="s">
+        <v>5030</v>
+      </c>
+      <c r="G548" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1887</v>
+      </c>
+      <c r="I548" t="s">
+        <v>1888</v>
+      </c>
+      <c r="J548" t="s">
+        <v>24</v>
+      </c>
+      <c r="K548" t="s">
+        <v>4928</v>
+      </c>
+      <c r="L548" t="s">
+        <v>26</v>
+      </c>
+      <c r="M548" t="s">
+        <v>4929</v>
+      </c>
+      <c r="N548" t="s">
+        <v>28</v>
+      </c>
+      <c r="O548" t="s">
+        <v>5031</v>
+      </c>
+    </row>
+    <row r="549" spans="1:15">
+      <c r="A549">
+        <v>66529</v>
+      </c>
+      <c r="B549" t="s">
+        <v>5032</v>
+      </c>
+      <c r="C549" t="s">
+        <v>5033</v>
+      </c>
+      <c r="D549" t="s">
+        <v>5034</v>
+      </c>
+      <c r="E549" t="s">
+        <v>5035</v>
+      </c>
+      <c r="F549" t="s">
+        <v>5036</v>
+      </c>
+      <c r="G549" t="s">
+        <v>4459</v>
+      </c>
+      <c r="H549" t="s">
+        <v>4460</v>
+      </c>
+      <c r="I549" t="s">
+        <v>4461</v>
+      </c>
+      <c r="J549" t="s">
+        <v>24</v>
+      </c>
+      <c r="K549" t="s">
+        <v>2315</v>
+      </c>
+      <c r="L549" t="s">
+        <v>26</v>
+      </c>
+      <c r="M549" t="s">
+        <v>2316</v>
+      </c>
+      <c r="N549" t="s">
+        <v>28</v>
+      </c>
+      <c r="O549" t="s">
+        <v>5037</v>
+      </c>
+    </row>
+    <row r="550" spans="1:15">
+      <c r="A550">
+        <v>66530</v>
+      </c>
+      <c r="B550" t="s">
+        <v>5038</v>
+      </c>
+      <c r="C550" t="s">
+        <v>5039</v>
+      </c>
+      <c r="D550" t="s">
+        <v>5040</v>
+      </c>
+      <c r="E550" t="s">
+        <v>5041</v>
+      </c>
+      <c r="F550" t="s">
+        <v>5042</v>
+      </c>
+      <c r="G550" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H550" t="s">
+        <v>1694</v>
+      </c>
+      <c r="I550" t="s">
+        <v>1695</v>
+      </c>
+      <c r="J550" t="s">
+        <v>24</v>
+      </c>
+      <c r="K550" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L550" t="s">
+        <v>26</v>
+      </c>
+      <c r="M550" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N550" t="s">
+        <v>28</v>
+      </c>
+      <c r="O550" t="s">
+        <v>5043</v>
+      </c>
+    </row>
+    <row r="551" spans="1:15">
+      <c r="A551">
+        <v>66531</v>
+      </c>
+      <c r="B551" t="s">
+        <v>5044</v>
+      </c>
+      <c r="C551" t="s">
+        <v>5045</v>
+      </c>
+      <c r="D551" t="s">
+        <v>5046</v>
+      </c>
+      <c r="E551" t="s">
+        <v>5047</v>
+      </c>
+      <c r="F551" t="s">
+        <v>5048</v>
+      </c>
+      <c r="G551" t="s">
+        <v>5049</v>
+      </c>
+      <c r="H551" t="s">
+        <v>5050</v>
+      </c>
+      <c r="I551" t="s">
+        <v>5051</v>
+      </c>
+      <c r="J551" t="s">
+        <v>450</v>
+      </c>
+      <c r="K551" t="s">
+        <v>5052</v>
+      </c>
+      <c r="L551" t="s">
+        <v>452</v>
+      </c>
+      <c r="M551" t="s">
+        <v>5053</v>
+      </c>
+      <c r="N551" t="s">
+        <v>28</v>
+      </c>
+      <c r="O551" t="s">
+        <v>5054</v>
+      </c>
+    </row>
+    <row r="552" spans="1:15">
+      <c r="A552">
+        <v>66532</v>
+      </c>
+      <c r="B552" t="s">
+        <v>5055</v>
+      </c>
+      <c r="C552" t="s">
+        <v>5056</v>
+      </c>
+      <c r="D552" t="s">
+        <v>5057</v>
+      </c>
+      <c r="E552" t="s">
+        <v>5058</v>
+      </c>
+      <c r="F552" t="s">
+        <v>1970</v>
+      </c>
+      <c r="G552" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H552" t="s">
+        <v>1972</v>
+      </c>
+      <c r="I552" t="s">
+        <v>1973</v>
+      </c>
+      <c r="J552" t="s">
+        <v>450</v>
+      </c>
+      <c r="K552" t="s">
+        <v>5059</v>
+      </c>
+      <c r="L552" t="s">
+        <v>452</v>
+      </c>
+      <c r="M552" t="s">
+        <v>5060</v>
+      </c>
+      <c r="N552" t="s">
+        <v>28</v>
+      </c>
+      <c r="O552" t="s">
+        <v>5061</v>
+      </c>
+    </row>
+    <row r="553" spans="1:15">
+      <c r="A553">
+        <v>66533</v>
+      </c>
+      <c r="B553" t="s">
+        <v>5062</v>
+      </c>
+      <c r="C553" t="s">
+        <v>5063</v>
+      </c>
+      <c r="D553" t="s">
+        <v>5064</v>
+      </c>
+      <c r="E553" t="s">
+        <v>5065</v>
+      </c>
+      <c r="F553" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G553" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H553" t="s">
+        <v>1786</v>
+      </c>
+      <c r="I553" t="s">
+        <v>5066</v>
+      </c>
+      <c r="J553" t="s">
+        <v>24</v>
+      </c>
+      <c r="K553" t="s">
+        <v>5067</v>
+      </c>
+      <c r="L553" t="s">
+        <v>26</v>
+      </c>
+      <c r="M553" t="s">
+        <v>5068</v>
+      </c>
+      <c r="N553" t="s">
+        <v>28</v>
+      </c>
+      <c r="O553" t="s">
+        <v>5069</v>
+      </c>
+    </row>
+    <row r="554" spans="1:15">
+      <c r="A554">
+        <v>66534</v>
+      </c>
+      <c r="B554" t="s">
+        <v>5070</v>
+      </c>
+      <c r="C554" t="s">
+        <v>5071</v>
+      </c>
+      <c r="D554" t="s">
+        <v>5072</v>
+      </c>
+      <c r="E554" t="s">
+        <v>5073</v>
+      </c>
+      <c r="F554" t="s">
+        <v>5074</v>
+      </c>
+      <c r="G554" t="s">
+        <v>5075</v>
+      </c>
+      <c r="H554" t="s">
+        <v>3215</v>
+      </c>
+      <c r="I554" t="s">
+        <v>3216</v>
+      </c>
+      <c r="J554" t="s">
+        <v>24</v>
+      </c>
+      <c r="K554" t="s">
+        <v>47</v>
+      </c>
+      <c r="L554" t="s">
+        <v>26</v>
+      </c>
+      <c r="M554" t="s">
+        <v>48</v>
+      </c>
+      <c r="N554" t="s">
+        <v>28</v>
+      </c>
+      <c r="O554" t="s">
+        <v>5076</v>
+      </c>
+    </row>
+    <row r="555" spans="1:15">
+      <c r="A555">
+        <v>66535</v>
+      </c>
+      <c r="B555" t="s">
+        <v>5077</v>
+      </c>
+      <c r="C555" t="s">
+        <v>5078</v>
+      </c>
+      <c r="D555" t="s">
+        <v>5079</v>
+      </c>
+      <c r="E555" t="s">
+        <v>5080</v>
+      </c>
+      <c r="F555" t="s">
+        <v>5081</v>
+      </c>
+      <c r="G555" t="s">
+        <v>5082</v>
+      </c>
+      <c r="H555" t="s">
+        <v>5083</v>
+      </c>
+      <c r="I555" t="s">
+        <v>5084</v>
+      </c>
+      <c r="J555" t="s">
+        <v>5085</v>
+      </c>
+      <c r="K555" t="s">
+        <v>5086</v>
+      </c>
+      <c r="L555" t="s">
+        <v>5087</v>
+      </c>
+      <c r="M555" t="s">
+        <v>5088</v>
+      </c>
+      <c r="N555" t="s">
+        <v>28</v>
+      </c>
+      <c r="O555" t="s">
+        <v>5089</v>
+      </c>
+    </row>
+    <row r="556" spans="1:15">
+      <c r="A556">
+        <v>66536</v>
+      </c>
+      <c r="B556" t="s">
+        <v>5090</v>
+      </c>
+      <c r="C556" t="s">
+        <v>5091</v>
+      </c>
+      <c r="D556" t="s">
+        <v>5092</v>
+      </c>
+      <c r="E556" t="s">
+        <v>5093</v>
+      </c>
+      <c r="F556" t="s">
+        <v>5094</v>
+      </c>
+      <c r="G556" t="s">
+        <v>5095</v>
+      </c>
+      <c r="H556" t="s">
+        <v>5096</v>
+      </c>
+      <c r="I556" t="s">
+        <v>5097</v>
+      </c>
+      <c r="J556" t="s">
+        <v>24</v>
+      </c>
+      <c r="K556" t="s">
+        <v>4928</v>
+      </c>
+      <c r="L556" t="s">
+        <v>26</v>
+      </c>
+      <c r="M556" t="s">
+        <v>4929</v>
+      </c>
+      <c r="N556" t="s">
+        <v>28</v>
+      </c>
+      <c r="O556" t="s">
+        <v>5098</v>
+      </c>
+    </row>
+    <row r="557" spans="1:15">
+      <c r="A557">
+        <v>66537</v>
+      </c>
+      <c r="B557" t="s">
+        <v>5099</v>
+      </c>
+      <c r="C557" t="s">
+        <v>5100</v>
+      </c>
+      <c r="D557" t="s">
+        <v>5101</v>
+      </c>
+      <c r="E557" t="s">
+        <v>5102</v>
+      </c>
+      <c r="F557" t="s">
+        <v>5103</v>
+      </c>
+      <c r="G557" t="s">
+        <v>4843</v>
+      </c>
+      <c r="H557" t="s">
+        <v>4844</v>
+      </c>
+      <c r="I557" t="s">
+        <v>5104</v>
+      </c>
+      <c r="J557" t="s">
+        <v>24</v>
+      </c>
+      <c r="K557" t="s">
+        <v>4928</v>
+      </c>
+      <c r="L557" t="s">
+        <v>26</v>
+      </c>
+      <c r="M557" t="s">
+        <v>4929</v>
+      </c>
+      <c r="N557" t="s">
+        <v>28</v>
+      </c>
+      <c r="O557" t="s">
+        <v>5105</v>
+      </c>
+    </row>
+    <row r="558" spans="1:15">
+      <c r="A558">
+        <v>66538</v>
+      </c>
+      <c r="B558" t="s">
+        <v>5106</v>
+      </c>
+      <c r="C558" t="s">
+        <v>5107</v>
+      </c>
+      <c r="D558" t="s">
+        <v>5108</v>
+      </c>
+      <c r="E558" t="s">
+        <v>5109</v>
+      </c>
+      <c r="F558" t="s">
+        <v>5110</v>
+      </c>
+      <c r="G558" t="s">
+        <v>1962</v>
+      </c>
+      <c r="H558" t="s">
+        <v>1963</v>
+      </c>
+      <c r="I558" t="s">
+        <v>1964</v>
+      </c>
+      <c r="J558" t="s">
+        <v>24</v>
+      </c>
+      <c r="K558" t="s">
+        <v>5111</v>
+      </c>
+      <c r="L558" t="s">
+        <v>26</v>
+      </c>
+      <c r="M558" t="s">
+        <v>5112</v>
+      </c>
+      <c r="N558" t="s">
+        <v>28</v>
+      </c>
+      <c r="O558" t="s">
+        <v>5113</v>
+      </c>
+    </row>
+    <row r="559" spans="1:15">
+      <c r="A559">
+        <v>66540</v>
+      </c>
+      <c r="B559" t="s">
+        <v>5114</v>
+      </c>
+      <c r="C559" t="s">
+        <v>5115</v>
+      </c>
+      <c r="D559" t="s">
+        <v>5116</v>
+      </c>
+      <c r="E559" t="s">
+        <v>5117</v>
+      </c>
+      <c r="F559" t="s">
+        <v>5118</v>
+      </c>
+      <c r="G559" t="s">
+        <v>5119</v>
+      </c>
+      <c r="H559" t="s">
+        <v>5120</v>
+      </c>
+      <c r="I559" t="s">
+        <v>1724</v>
+      </c>
+      <c r="J559" t="s">
+        <v>24</v>
+      </c>
+      <c r="K559" t="s">
+        <v>5121</v>
+      </c>
+      <c r="L559" t="s">
+        <v>26</v>
+      </c>
+      <c r="M559" t="s">
+        <v>5122</v>
+      </c>
+      <c r="N559" t="s">
+        <v>28</v>
+      </c>
+      <c r="O559" t="s">
+        <v>5123</v>
+      </c>
+    </row>
+    <row r="560" spans="1:15">
+      <c r="A560">
         <v>66541</v>
       </c>
-      <c r="B548" t="s">
+      <c r="B560" t="s">
         <v>1939</v>
       </c>
-      <c r="C548" t="s">
-[...11 lines deleted...]
-      <c r="G548" t="s">
+      <c r="C560" t="s">
+        <v>5124</v>
+      </c>
+      <c r="D560" t="s">
+        <v>5125</v>
+      </c>
+      <c r="E560" t="s">
+        <v>5126</v>
+      </c>
+      <c r="F560" t="s">
+        <v>5127</v>
+      </c>
+      <c r="G560" t="s">
         <v>1944</v>
       </c>
-      <c r="H548" t="s">
+      <c r="H560" t="s">
         <v>1945</v>
       </c>
-      <c r="I548" t="s">
+      <c r="I560" t="s">
         <v>1946</v>
       </c>
-      <c r="J548" t="s">
-[...15 lines deleted...]
-        <v>5022</v>
+      <c r="J560" t="s">
+        <v>24</v>
+      </c>
+      <c r="K560" t="s">
+        <v>5128</v>
+      </c>
+      <c r="L560" t="s">
+        <v>26</v>
+      </c>
+      <c r="M560" t="s">
+        <v>5129</v>
+      </c>
+      <c r="N560" t="s">
+        <v>28</v>
+      </c>
+      <c r="O560" t="s">
+        <v>5130</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">