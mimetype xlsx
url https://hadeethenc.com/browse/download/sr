--- v2 (2026-01-05)
+++ v3 (2026-01-25)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5223">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Српски
 # Source: https://hadeethenc.com/sr
-# Last update: 2025-12-21 23:58:36 (v1.30.0)
-# Check for updates: https://hadeethenc.com/en/check/sr/v1.30.0
+# Last update: 2026-01-19 06:33:52 (v1.31.0)
+# Check for updates: https://hadeethenc.com/en/check/sr/v1.31.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -2368,51 +2368,51 @@
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Забрањено је бријати браду.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3279</t>
   </si>
   <si>
     <t>إذا رأى أحدكم الرؤيا يحبها فإنها من الله، فليحمد الله عليها وليحدث بها، وإذا رأى غير ذلك مما يكره، فإنما هي من الشيطان، فليستعذ من شرها، ولا يذكرها لأحد، فإنها لن تضره</t>
   </si>
   <si>
     <t>„Када неко од вас види сан који му се допада, тај сан је од Аллаха, па нека захвали Аллаху на томе и нека га исприча другима. А ако види нешто што не воли, тај сан је од шejтана, па нека тражи заштиту од његовог зла и нека га не спомиње никоме, јер му неће нашкодити.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ».</t>
   </si>
   <si>
     <t>Од Ебу Сеида ел-Худрија, нека је Алах задовољан њиме, преноси се да је чуо Аллаховог Посланика, нека су Божији благослови и мир над њим, како каже: „Када неко од вас види сан који му се допада, тај сан је од Аллаха, па нека захвали Аллаху на томе и нека га исприча другима. А ако види нешто што не воли, тај сан је од шejтана, па нека тражи заштиту од његовог зла и нека га не спомиње никоме, јер му неће нашкодити.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفرِحة في المنام من الله، وأرشد بأنْ يَحمد الله عليها، ويخبر بها، وإذا رأى ما يَكره ويُحزن فإنما هي من الشيطان؛ فليستعذ بالله من شرها، ولا يذكرها لأحد؛ فإنها لا تضره حيث جعل الله ما ذُكر سببًا للسلامة من المكروه المترتِّب على الرؤيا.</t>
   </si>
   <si>
-    <t>Посланик, нека су Божији благослови и мир над њим, обавестио је да је добра и радосна визија у сну од Алаха. Он је саветовао да се захвали Аллаху на томе и да се исприча другима. А ако неко види нешто што не воли или га растужи, то је од шejтана. Треба да тражи заштиту од Алаха од његовог зла и да не спомиње никоме, јер му неће нашкодити. Бог је учинио то што је споменуто разлогом заштите од непријатности које могу произаћи из сна.</t>
+    <t>Посланик, нека су Божији благослови и мир над њим, обавестио је да је добра и радосна визија у сну од Алаха. Он је саветовао да се захвали Аллаху на томе и да се исприча другима. А ако неко види нешто што не воли или га растужи, то је од шejтана. Треба да тражи заштиту од Алаха од његовог зла и да не спомиње никоме, јер му неће нашкодити. Аллах је учинио то што је споменуто разлогом заштите од непријатности које могу произаћи из сна.</t>
   </si>
   <si>
     <t>أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو تُرى له، 2- حديث النفس وهي ما يحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
 حاصل ما ذكر من أبواب الرؤيا الصالحة ثلاثة أشياء: أن يحمد الله عليها، وأن يستبشر بها، وأن يتحدث بها لكن لمن يحب دون من يكره.
 حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوَّذ بالله من شرها، ومن شر الشيطان، وأن يتفل حين يهب من نومه عن يساره ثلاثا، ولا يذكرها لأحد أصلًا، وإذا أراد أن يرجع لنومه يتحوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.
 قال ابن حجر: الحكمة فيه أنه إذا حدَّث بالرؤيا الحسنة من لا يحب قد يفسِّرها له بما لا يحب إما بُغضًا وإما حسدًا، فقد تقع على تلك الصفة أو يتعجّل لنفسه من ذلك حُزنًا ونكدًا، فأمر بترك تحديث مَن لا يُحِب بسبب ذلك.
 الحمد عند حدوث النِّعَم، وتجدد المنن، فذلك سبب لدوامها.</t>
   </si>
   <si>
     <t>Врсте снова:  
 1. Добар сан – то је истинит сан и добра вест од Аллаха, који човек види.  
 2. Дошаптавања душе – то су мисли које човек има док је будан, а које се појаве у сну.  
 3. Шејтаново застрашивање и плашење – то су ужасни снови које шejтан шаље како би ожалостио и уплашио људе.
 Закључак о добрим сновима састоји се од три ствари: да се човек захвали Аллаху на њима, да се радује због њих и да их исприча само онима које воли, а не онима које не воли.
 Закључак о понашању у вези са непријатним сновима обухвата пет ствари: да човек затражи заштиту од Алаха од њиховог зла, као и од зла шејтана, да три пута пљуцне на своју леву страну када се пробуди, да не спомиње сан никоме, да промени страну на којој је спавао ако жели да се врати сну, па му тај сан неће нашкодити.
 Ибн Хаџер је рекао: „Мудрост у томе је да ако човек исприча добар сан некоме кога не воли, тај може да га протумачи на начин који му се неће свидети, било због мржње или зависти. Такав сан може да се оствари у том негативном смислу, или човек сам себи може прерано донети тугу и непријатност. Зато је наређено да се сан не прича онима које не волиш.“
 Захвалност при добијању благодати и обнављању дарова јесте разлог за њихов опстанак.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3285</t>
   </si>
   <si>
     <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
@@ -3419,51 +3419,51 @@
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ يَوْمٍ يُصْبِحُ العِبَادُ فِيهِ إِلَّا مَلَكَانِ يَنْزِلاَنِ، فَيَقُولُ أَحَدُهُمَا: اللَّهُمَّ أَعْطِ مُنْفِقًا خَلَفًا، وَيَقُولُ الآخَرُ: اللَّهُمَّ أَعْطِ مُمْسِكًا تَلَفًا».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, нека је Аллах задовољан њиме, преноси се да је Посланик, нека су Божији благослови и мир над њим, рекао: „Нема ни једног дана у којем људи освану, а да не сиђу два мелека, од којих један каже: ‘Аллаху, надомести ономе који удељује’, а други каже: ‘Аллаху, уништи иметак ономе ко шкртари.’“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه في كلِّ يوم تَطلُع الشمسُ فيه إلّا ومَلَكَان يَنزلان يُناديان، يقول أحدهما: 
 اللهم أعط منفقًا في الطاعات وعلى العيال والضِّيْفان والتطوُّعات خَلَفًا وعَوِّضْهُ خيرًا فيما أَنفق، وبارك له. 
 ويقول الآخر: اللهم أعط ممسكًا عنها تَلفًا وأَهْلِكْ مالَه الذي مَنعه عن مُسْتَحِقِّيْه.</t>
   </si>
   <si>
     <t>Посланик, нека су Божији благослови и мир над њим, обавестио је да сваког дана када Сунце изађе, два анђела сиђу и дозивају, па један од њих каже:
 „О Аллаху, надокнади иметак ономе који троши на чињење добрих дела у име Тебе, на породицу, на госте и добровољне прилоге, дај му боље од онога што је потрошио, и подари му благослов.“
 А други каже: „О, Аллаху, дај ономе ко задржава (и не троши у добра дела) пропаст, и уништи његово богатство које је ускратио онима који су га заслужили.“</t>
   </si>
   <si>
     <t>جواز الدعاء للكريم بمزيد من العِوَض، وأن يَخلِف عليه خيرًا مما أَنفق، وجواز الدعاء على البخيل بتَلَف ماله الذي بَخِلَ به ومَنَعَ إنفاقَه فيما أوجب الله عليه.
 دعاء الملائكة للمؤمنين الصالحين المنفقين بالخير والبركة، وأنّ دعاءهم مستجاب.
 الحضُّ على الإنفاق في الواجبات والتطوعات؛ كالنفقة على الأهل، وصلة الرحم، وأبواب الخير.
 بيان فضل المُنفِق في وجوه الخير، وأنّ عاقبته أنّ الله يُخْلِفُ عليه، قال الله تعالى: ﴿وَمَا أَنفَقْتُم مِّن شَيْءٍ فَهُوَ يُخْلِفُهُ وَهُوَ خَيْرُ الرَّازِقِينَ﴾ [سبأ: 39].
 هذا الدعاء على المُمسك عن النفقات الواجبة، وأما النفقات المستحبة فلا تدخل؛ لأن صاحبها لا يستحق هذا الدعاء.
 تحريم البخل والشُّحّ.</t>
   </si>
   <si>
     <t>Дозвољено је упућивати дову за великодушног човека да му Аллах подари још више и да му надокнади бољим од онога што је потрошио. Такође, дозвољено је упућивати дову против шкртице да му Аллах уништи иметак који је ускратио и који није трошио на оно што му је Аллах наредио.
-Дова анђела упућују молбу Богу за вернике који удељују у добру, са молбом за благослов и обиље. Њихове дове су примљене.
+Дова анђела упућују молбу Аллаху за вернике који удељују у добру, са молбом за благослов и обиље. Њихове дове су примљене.
 Подстицање на удељивање у обавезна и добровољна дела, као што су издржавање породице, одржавање родбинских веза и друге врсте добрих дела.
 Указивање на вредност удељивања у добре сврхе, и да ће Аллах таквима надокнадити. Узвишени Аллах каже: "...шта год ви удељујете, Он ће то надокнадити, Он је најбољи Опскрбитељ.“ (Себе, 39.)
 Ова дова се односи на онога ко ускраћује обавезне издатке, док добровољни издаци не спадају у ову категорију, јер онај ко не даје добровољно није заслужио ову дову.
 Шкртост и себичност су забрањени у исламу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3379</t>
   </si>
   <si>
     <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>Највише чега се бојим за вас јесте мали ширк.“ "Шта је то мали ширк?“, присутни упиташе. "Претварање!</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Преноси се од Махмуда бин Лебида, Аллах био задовољан њиме, да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Највише чега се бојим за вас јесте мали ширк.“ "Шта је то мали ширк?“, присутни упиташе. "Претварање!“, одговори Посланик. "На Судњем дану, када буде судио људима према њиховим делима, Узвишени Аллах ће рећи: ‘Идите онима због којих сте се претварали па погледајте хоће ли вам они икакву награду дати’.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
@@ -4155,69 +4155,69 @@
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, је једном приликом послао Аммара бин Јасира на путовање како би му неке потребе испунио. На путовању, Аммар је постао џунуб путем сексуалног односа или ејакулације, а није имао воде да се окупа. Познавао је како да узме тејеммум уместо абдеста, али му није било познато како да поступи када треба да се окупа од џунуплука. Помислио је, као што се уместо абдеста тејеммум узима са неким деловима тела, да се тако мора цело тело обухватити са земљом као што се цело опере водом. Услед тога, превртао се је по земљи све док му цело тело није дотакло земљу, а потом је обавио молитву. Када се вратио Аллаховом Посланику, нека је Аллахов благослов и мир на њега, споменуо му је како је поступио, желећи тиме да зна да ли је исправно поступио или не. Аллахов Посланик, нека је Аллахов благослов и мир на њега, му је након тога разјаснио да је исти начин узимања тејеммума уместо абдеста и гусула. Потребно је, наиме, длановима дотаћи земљу једанпут, те левом руком потрати по десној, а затим по вањском делу шака и напослетку потрати лице.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Обавезно је потражити воду пре узимања тејеммума.
 Тејеммум је прописан и за онога ко је џунуб (коме је гусл обавезан), уколико није у стању да користи воду.
 Тејеммум се узима како за уклањање мале правне нечистоће, тако и за уклањање велике.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3461</t>
   </si>
   <si>
     <t>قاربوا وسددوا، واعلموا أنه لن ينجو أحد منكم بعمله قالوا: يا رسول الله ولا أنت؟ قال: ولا أنا، إلا أن يتغمدني الله برحمة منه وفضل</t>
   </si>
   <si>
-    <t>„Радите добро колико можете и будите умерени и истрајни, и знајте да се нико од вас неће спасти (паклене казне) својим делима.“ Његови пријатељи су упитали: „Зар ни ти, Божији Посланиче?“ Он је одговорио: „Ни ја, осим ако ме Бог, из Своје доброте, обаспе Својом милошћу.“</t>
+    <t>„Радите добро колико можете и будите умерени и истрајни, и знајте да се нико од вас неће спасти (паклене казне) својим делима.“ Његови пријатељи су упитали: „Зар ни ти, Божији Посланиче?“ Он је одговорио: „Ни ја, осим ако ме Аллах, из Своје доброте, обаспе Својом милошћу.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَارِبُوا وَسَدِّدُوا، وَاعْلَمُوا أَنَّهُ لَنْ يَنْجُوَ أَحَدٌ مِنْكُمْ بِعَمَلِهِ» قَالُوا: يَا رَسُولَ اللهِ وَلَا أَنْتَ؟ قَالَ: «وَلَا أَنَا، إِلَّا أَنْ يَتَغَمَّدَنِيَ اللهُ بِرَحْمَةٍ مِنْهُ وَفَضْلٍ».</t>
   </si>
   <si>
-    <t>Ебу Хурејре, Аллах био задовољан њиме, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Радите добро колико можете и будите умерени и истрајни, и знајте да се нико од вас неће спасти (паклене казне) својим делима.“ Његови пријатељи су упитали: „Зар ни ти, Божији Посланиче?“ Он је одговорио: „Ни ја, осим ако ме Бог, из Своје доброте, обаспе Својом милошћу.“</t>
+    <t>Ебу Хурејре, Аллах био задовољан њиме, преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Радите добро колико можете и будите умерени и истрајни, и знајте да се нико од вас неће спасти (паклене казне) својим делима.“ Његови пријатељи су упитали: „Зар ни ти, Божији Посланиче?“ Он је одговорио: „Ни ја, осим ако ме Аллах, из Своје доброте, обаспе Својом милошћу.“</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم الصحابة على أنْ يعملوا، وأنْ يتقوا الله ما استطاعوا، دون غُلُوٍّ ولا تَقصير، وأن يقصِدوا بعملهم الصواب بالإخلاص لله واتّباع السنة لِيُقبَل عملُهم فتكون سببًا لنزول الرحمة عليهم.
 ثم أَخبرَهم بأنه لن يُنجيَ أحدًا منكم عملُه فقط؛ بل لا بد من رحمة الله.
 قالوا: حتى أنت يا رسول الله لا ينجيك عملُك مع عِظَمِ قدره؟ 
 فقال: حتى أنا، إلّا أن يَستُرَني اللهُ بفضل رحمته.</t>
   </si>
   <si>
-    <t>Посланик, мир и Божији благослови нека су на њега, подстиче своје другове да раде и да се боје Бога колико год могу, без претераности и немарности. Саветује их да у свом раду теже исправности, искрено ради Бога и следећи суннет, како би њихова дела била примљена и постала разлог да их обаспе Божија милост.
+    <t>Посланик, мир и Божији благослови нека су на њега, подстиче своје другове да раде и да се боје Аллаха колико год могу, без претераности и немарности. Саветује их да у свом раду теже исправности, искрено ради Аллаха и следећи суннет, како би њихова дела била примљена и постала разлог да их обаспе Божија милост.
 Затим их је обавестио да никога од вас неће спасити само његова дела; већ је неопходна Божија милост.
 Рекли су: „Чак ни ти, о Божији Посланиче, твоја дела те неће спасити, упркос њиховој величини?“
-Па је Посланик рекао: „Чак ни ја, осим ако ме Бог обухвати Својом милошћу и добротом.“</t>
+Па је Посланик рекао: „Чак ни ја, осим ако ме Аллах обухвати Својом милошћу и добротом.“</t>
   </si>
   <si>
     <t>قال النووي: (سدِّدوا وقاربوا): اطلبوا السدادَ، واعملوا به، وإن عَجَزْتُم عنه، فقارِبُوه؛ أي: اقربوا منه، والسداد: الصوابُ، وهو بين الإفراط والتفريط، فلا تَغْلُوا ولا تُقصِّروا.
 قال ابن باز: الأعمال الصالحة هي أسباب دخول الجنة، كما أنّ الأعمال الخبيثة هي أسباب دخول النار، والحديث يُبيِّنُ أنّ دخولَهم الجنة ليس بمجرَّد العمل، بل لا بد من عفو الله ورحمته سبحانه وتعالى، فهم دخلوها بأسباب أعمالهم، ولكن الذي أوجب ذلك رحمته سبحانه، وعفوه ومغفرته.
 العبد لا يَغتر ويُعجَب بعمله مهما بلغ؛ لأنّ حقَّ الله أعظم من عمله، فلا بد للعبد من الخوف والرجاء جميعًا.
 فضل الله ورحمته على عباده أوسع من أعمالهم.
 الأعمال الصالحة سبب لدخول الجنة، والفوز بها إنما هو بفضلِ الله ورحمة منه.
 قال الكرماني: "إذا كان كلُّ الناس لا يدخلون الجنة إلا برحمة الله، فوجْه تخصيص رسول الله صلى الله عليه وسلم بالذِّكْر هو أنه إذا كان مقطوعًا له بأنه يدخل الجنة، ولا يدخلها إلا برحمة الله؛ فغيرُه يكون في ذلك بطريق الأَولى.
  قال النووي: في معنى قوله تعالى: ﴿ادْخُلُوا الْجَنَّةَ بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [النحل: 32]، ﴿وَتِلْكَ الْجَنَّةُ الَّتِي أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [الزخرف: 72]، ونحوهما من الآيات الدالة على أن الأعمال يُدخَل بها الجنة، فلا يُعارِض هذه الأحاديثَ، بل معنى الآيات أن دخول الجنة بسبب الأعمال، ثم التوفيق للأعمال، والهداية للإخلاص فيها، وقَبُولها برحمة الله تعالى وفضله، فيصح أنه لم يدخل بمجرَّد العمل، وهو مراد الأحاديث، ويصح أنه دخل بالأعمال؛ أي: بسببها، وهي من الرحمة.
 قال ابن الجوزي: يتحصل عن ذلك أربعة أجوبة؛ الأول: أنَّ التوفيق للعمل من رحمة الله، ولولا رحمة الله السابقة ما حصل الإيمان ولا الطاعة التي يحصل بها النجاة، الثاني: أنّ منافع العبد لسيده فعمله مُستَحَقٌّ لمولاه، فمهما أنعم عليه من الجزاء فهو من فضله، الثالث: جاء في بعض الأحاديث أنّ نفس دخول الجنة برحمة الله، واقتسام الدرجات بالأعمال، الرابع: أنّ أعمال الطاعات كانت في زمن يسير، والثواب لا ينفد فالإنعام الذي لا ينفد في جزاء ما ينفد بالفضل لا بمقابلة الأعمال.
 قال الرافعي: أنّ العامل لا ينبغي أنْ يَتَّكِلَ على عَمَلِهِ في طلب النجاة ونيل الدرجات؛ لأنه إنما عَمل بتوفيق الله وإنما ترك المعصية بعصمة الله فكل ذلك بفضله ورحمته.</t>
   </si>
   <si>
     <t>Имам Ен-Невеви је рекао: „(سددوا وقاربوا): Тражите исправност и радите на томе. Ако нисте у стању да је потпуно постигнете, онда јој се што више приближите. Исправност значи постићи прави пут, који је између претераности и немарности. Не  претеретерујте, нити занемарујте своје обавезе.“
 Ибн Баз је рекао: „Добра дела су разлог за улазак у Рај, као што су зла дела разлог за улазак у Пакао. Хадис (речи Посланика) указује да њихов улазак у Рај није само због њихових дела, већ је неопходна Божија опрост и милост. Њихова дела су разлог, али оно што је то омогућило јесте Божија милост и опрост.“
 Човек не треба да се обмане и да се поноси својим делима, ма колико велика она била, јер је Божије право веће од човекових дела. Зато је неопходно да човек истовремено осећа и страх и наду.
 Божија доброта и милост према Његовим робовима је већа од њихових дела.
 Добра дела су разлог за улазак у Рај, али коначни успех у томе постиже се искључиво Божијом добротом и милошћу.
 Ел-Кирмани је рекао: „Ако сви људи улазе у рај само Божијом милошћу, онда је разлог што је Посланик овде посебно споменут то што ако њему коме је загарантован улазак у Рај има потребу за Аллаховом милошћу онда су други још потребнији.“
 Ен-Невеви каже: „Значење Аллахових речи: 'Уђите у Рај због онога што сте радили.' (Ен-Нахл, 32.) и 'Ово је Рај који вам је дат због онога што сте радили.' (Ез-Зухруф, 72.), и сличних ајета који указују на то да се у рај улази због дела јесте да је разлог уласка у Рај добра дела, али је човек Аллаховом милошћу упућен да чини та добра, да у нјима буде искрен и да му она буду примљена. Стога је исправно рећи да нико не улази у Рај само због дела, што је значење хадиса, али је такође исправно рећи да улази због својих дела, односно као последица тих дела, која су сама по себи део Божије милости."
 Ибнул-Џевзи је навео четири одговора у вези с овом темом:
 1. Успех у чињењу добрих дела је из Божије милости, и да није било Божије претходне милости, не би било ни веровања, ни добрих дела којима се постиже спасење.
 2. Добра дела припадају његовом Господару, па све што му се од награде подари је Божија доброта и великодушност.
 3. У неким хадисима се наводи да је сам улазак у рај Божијом милошћу, док се степен награде у рају дели према делима.
 4. Добра дела су чињена у ограниченом времену, док је награда вечна и непрестана, па је таква бескрајна награда дар Божије доброте, а не надокнада само за дела.
@@ -4749,134 +4749,134 @@
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: فَقَدْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لَيْلَةً مِنَ الْفِرَاشِ فَالْتَمَسْتُهُ فَوَقَعَتْ يَدِي عَلَى بَطْنِ قَدَمَيْهِ وَهُوَ فِي الْمَسْجِدِ وَهُمَا مَنْصُوبَتَانِ، وَهُوَ يَقُولُ: «اللهُمَّ أَعُوذُ بِرِضَاكَ مِنْ سَخَطِكَ، وَبِمُعَافَاتِكَ مِنْ عُقُوبَتِكَ، وَأَعُوذُ بِكَ مِنْكَ لَا أُحْصِي ثَنَاءً عَلَيْكَ أَنْتَ كَمَا أَثْنَيْتَ عَلَى نَفْسِكَ».</t>
   </si>
   <si>
     <t>Аиша, Аллах био задовољан њоме, казала је „Једне вечери изгубила сам Аллаховог Посланика, па сам га тражила на месту где је обично клањао. Напипала сам његова стопала, која су била испружена – био је на сеџди. Говорио је: 
 ‘Еузу би ридаке мин сахатике, 
 ве еузу би му’афатике мин укубетике, 
 ве еузу бике минке, 
 ла ухси сена’ен алејке, 
 енте кема еснејте ала нефсике!’ 
 ‘Твојим задовољством тражим заштиту од Твоје срџбе, 
 Твојим опростом тражим заштиту од Твоје казне, 
 и Тобом од Тебе. 
 Ја не могу довољно изразити хвалу Теби; 
 Ти си онакав како си Себе похвалио!.“</t>
   </si>
   <si>
     <t>قالت عائشة رضي الله عنها: كنت نائمة إلى جنب النبي صلى الله عليه وسلم، ففقدته من الليل، فلمست بيدي الموضع الذي كان يصلي فيه في الحجرة؛ فإذا هو ساجد وقدماه قائمتان، وإذا هو يقول: 
 (أعوذ) وأتوسل (برضاك من سخطك) عليّ أو على أمتي، (و) أستعيذ (بمعافاتك) وعفوك الكثير (من عقوبتك)، 
 (وأعوذ بك منك) وبصفات جمالك من صفات جلالك، حيث لا يُعيذ منك إلا أنت، فلا مَنْجَى ولا مَلْجَأ من الله إلا إليه، 
 (لا أحصي ثناء عليك) لا أطيق ولا أبلغ حصرًا وعددًا لعجزي إحصاء نعمتك وإحسانك كما تستحقه وإن اجتهدت في ذلك، 
 (أنت كما أثنيت على نفسك) فأنت الذي أثنيت على ذاتك ثناء يليق بك، فمن يقدر على أداء حق ثنائك؟!</t>
   </si>
   <si>
     <t>Аиша, нека је Аллах задовољан њоме, рекла је: „Спавала сам поред Посланика, мир и благослов Божији нека су на њега, па сам током ноћи осетила да га нема. Руком сам напипала место где је обично клањао у соби, и затекла га како је на сеџди, с испруженим стопалима, док је изговарао:
 (Значење дове)
-- Тражим и молим Те Твојим задовољством да ме заштитиш од Твоје срџбе према мени или према мом уммету, и молим Те Твојим опростом и великом милошћу да ме заштитиш од Твоје казне. - И молим Те Тобом, Твојим својствима величанства, да ме сачуваш, јер нико не може пружити заштиту од Тебе осим Тебе. Нема ни спаса ни уточишта од Бога осим код Њега. - Нисам способан, не могу досегнути потпуно набрајање и исказивање Твојих благодати и доброчинстава онако како их заслужујеш, чак и ако дам све од себе. - Ти си Онај који је Себе похвалио хвалом која Ти и доликује, па ко може Теби изрећи хвалу какву заслужујеш?</t>
+- Тражим и молим Те Твојим задовољством да ме заштитиш од Твоје срџбе према мени или према мом уммету, и молим Те Твојим опростом и великом милошћу да ме заштитиш од Твоје казне. - И молим Те Тобом, Твојим својствима величанства, да ме сачуваш, јер нико не може пружити заштиту од Тебе осим Тебе. Нема ни спаса ни уточишта од Аллаха осим код Њега. - Нисам способан, не могу досегнути потпуно набрајање и исказивање Твојих благодати и доброчинстава онако како их заслужујеш, чак и ако дам све од себе. - Ти си Онај који је Себе похвалио хвалом која Ти и доликује, па ко може Теби изрећи хвалу какву заслужујеш?</t>
   </si>
   <si>
     <t>استحباب هذه الأدعية في السجود.
  قال ميرك: وفي إحدى روايات النسائي: كان يقول هذا الدعاء إذا فرغ من صلاته وتبوأ مضجعه.
 استحباب الثناء على الله بصفاته ودعائه بأسمائه الثابتة في الكتاب والسنة.
 فيه تعظيم الخالق في الركوع والسجود.
 جواز الاستعاذة بصفات الله، كما يجوز الاستعاذة بذاته -سبحانه وتعالى-.
 قال الخطابي: في هذا الكلام معنى لطيف، وهو: أنه قد استعاذ بالله أن يجيره برضاه من سخطه، وبمعافاته من عقوبته، والرضى والسخط ضدان متقابلان، وكذلك المعافاة والمؤاخذة بالعقوبة، فلما صار إلى ذكر ما لا ضد له وهو الله سبحانه وتعالى استعاذ به منه لا غير، ومعنى ذلك: الاستغفار من التقصير من بلوغ الواجب من حق عبادته، والثناء عليه. وقوله: لا أحصي ثناء عليك: أي لا أطيقه ولا أبلغه.</t>
   </si>
   <si>
     <t>Препоручује се учење ових дова током сеџде.
 Мирек Шах је рекао: „У једној од верзија коју преноси ен-Нeса'и стоји да је Посланик изговарао ову дову након што би завршио своју молитву и легао на бочну страну.“
-Препоручује се хвалити Бога Његовим атрибутима и молити Га Његовим именима која су потврђена у Кур'ану и Суннету.
+Препоручује се хвалити Аллаха Његовим атрибутима и молити Га Његовим именима која су потврђена у Кур'ану и Суннету.
 Овај поступак указује на величање Створитеља током рукуа и сеџде.
 Дозвољено је тражити заштиту Божијим атрибутима, исто као што је дозвољено тражити заштиту самом Божијом бити, нека је Он Узвишен.
-Ел-Хаттаби је рекао: „Једно од суптилних значења овог хадиса је да се Посланик молио Богу да га заштити Својим задовољством од Своје срџбе и Својим опростом од Своје казне. Задовољство и срџба су у супротности, исто као што су супротности опрост и кажњавање. Када је прешао на спомињање Онога што нема супротности, односно на Бога Узвишеног, затражио је заштиту од Њега Самог. Ово значи тражење опроста за евентуални пропуст у обавезном обожавању и недовољној хвали  Њега. Његове речи ‘Не могу изрећи хвалу Теби’ значе да није способан да у потпуности изрази хвалу, нити да је досегне.“</t>
+Ел-Хаттаби је рекао: „Једно од суптилних значења овог хадиса је да се Посланик молио Аллаху да га заштити Својим задовољством од Своје срџбе и Својим опростом од Своје казне. Задовољство и срџба су у супротности, исто као што су супротности опрост и кажњавање. Када је прешао на спомињање Онога што нема супротности, односно на Аллаха Узвишеног, затражио је заштиту од Њега Самог. Ово значи тражење опроста за евентуални пропуст у обавезном обожавању и недовољној хвали  Њега. Његове речи ‘Не могу изрећи хвалу Теби’ значе да није способан да у потпуности изрази хвалу, нити да је досегне.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3566</t>
   </si>
   <si>
     <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>„Најбољи зикр је: 'Нема божанства осим Аллаха,' а најбоља дова је: 'Хвала Аллаху.'“</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Џабир, нека је Аллах задовољан њиме, преноси да је чуо Аллаховог Посланика, мир и благослов на њега, како каже: „Најбољи зикр је: 'Нема божанства осим Аллаха,' а најбоља дова је: 'Хвала Аллаху.'“</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Посланик, мир и благослов на њега, нас обавештава да је најбољи зикр: „Ла илахе илла Аллах“ (Нема божанства осим Аллаха), што значи да нико није достојан обожавања осим Аллаха. Такође, најбоља дова је „Елхамдулилах“ (Хвала Аллаху), што представља признање да је Узвишени Аллах Тај Који дарује благодати и Који је апсолутно савршен.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Подстицање на често спомињање Аллаха кроз речи монотеизма, и упућивање дова речима захвале 'Елхамдулилах'.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3567</t>
   </si>
   <si>
     <t>ألا أخبركم بأهل الجنة؟ كل ضعيف متضعف، لو أقسم على الله لأبره، ألا أخبركم بأهل النار: كل عتل جواظ مستكبر</t>
   </si>
   <si>
-    <t>'Хоћете ли да вам кажем ко ће бити становници раја? То је сваки слабашан и убог човек, када би се заклео Свевишњем Богу за нешто, Он би му то испунио. Хоћете ли да вам кажем ко ће бити становници пакла? Сваки осоран, груб и охол човек.'“</t>
+    <t>'Хоћете ли да вам кажем ко ће бити становници раја? То је сваки слабашан и убог човек, када би се заклео Свевишњем Аллаху за нешто, Он би му то испунио. Хоћете ли да вам кажем ко ће бити становници пакла? Сваки осоран, груб и охол човек.'“</t>
   </si>
   <si>
     <t>عَنْ حَارِثَةَ بْنِ وَهْبٍ الخُزَاعِيِّ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَلاَ أُخْبِرُكُمْ بِأَهْلِ الجَنَّةِ؟ كُلُّ ضَعِيفٍ مُتَضَعِّفٍ، لَوْ أَقْسَمَ عَلَى اللَّهِ لَأَبَرَّهُ، أَلاَ أُخْبِرُكُمْ بِأَهْلِ النَّارِ: كُلُّ عُتُلٍّ جَوَّاظٍ مُسْتَكْبِرٍ».</t>
   </si>
   <si>
-    <t>Од Хариса ибн Вехба, нека је Аллах задовољан њимe, преноси се да је рекао: "Чуо сам Божијег Посланика, да је рекао: 'Хоћете ли да вам кажем ко ће бити становници раја? То је сваки слабашан и убог човек, када би се заклео Свевишњем Богу за нешто, Он би му то испунио. Хоћете ли да вам кажем ко ће бити становници пакла? Сваки осоран, груб и охол човек.'“</t>
+    <t>Од Хариса ибн Вехба, нека је Аллах задовољан њимe, преноси се да је рекао: "Чуо сам Божијег Посланика, да је рекао: 'Хоћете ли да вам кажем ко ће бити становници раја? То је сваки слабашан и убог човек, када би се заклео Свевишњем Аллаху за нешто, Он би му то испунио. Хоћете ли да вам кажем ко ће бити становници пакла? Сваки осоран, груб и охол човек.'“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم ببعض صفات أهل الجنة وأهل النار. 
 فأغلب أهل الجنة هم: "كل ضعيف متضعِّف"، أي: متواضع خاضع لله تعالى، مُذِلّ نفسه له، حتى إن بعض الناس يَستَضعفونه ويَحتَقِرونه، وهذا المُتذَلِّل لله تعالى لو أقسم بالله يَمينًا طَمَعًا في كَرَم الله تعالى، لَأَبَرَّه الله، وحَقَّقَ له ما أَقْسَمَ عليه وأجاب طلبَه ودعاءه. 
 وأغلب أهل النار هم: كل «عُتُل» وهو الفَظُّ الغَليظ شديد الخصومة، أو الفاحش الذي لا يَنْقَاد لخير، «جواظ» وهو المتكبر، الأَكُوْل، صاحب الجسد الضخم، المُختال في مِشيته، سيء الخلق، «مستكبر» برفضه للحق، وباحتقاره لغيره.</t>
   </si>
   <si>
     <t>Посланик,  мир и благослов Божији нека су на њега, нас је обавестио о неким особинама становника Раја и становника Пакла.
-Већина становника Раја су: „сваки слабашни и потчињени“, односно, они који су понизни и покорни пред Узвишеним Богом до те мере да их неки људи сматрају слабима и потцељују их. Такав човек, који је понизан пред Богом, ако би се заклео у Његово име из наде у Божију великодушност, Бог би испунио његову заклетву, дао му оно на шта се заклео и одговорио на његову молбу.
+Већина становника Раја су: „сваки слабашни и потчињени“, односно, они који су понизни и покорни пред Узвишеним Аллахом до те мере да их неки људи сматрају слабима и потцељују их. Такав човек, који је понизан пред Аллахом, ако би се заклео у Његово име из наде у Божију великодушност, Аллах би испунио његову заклетву, дао му оно на шта се заклео и одговорио на његову молбу.
 С друге стране, већина становника пакла су: сваки „осорни“, што значи груб и свадљив човек, или развратник који се не приклања добру; „надмени“, који је охол, прождрљив, крупног тела, охоло ходи, али је лошег карактера; „поносити“, који одбацује истину и потцењује друге.</t>
   </si>
   <si>
     <t>الحث على الاتصاف بصفات أهل الجنة، والتحذير من صفات أهل النار.
 التواضع يكون لله عز وجل، ولأمره ونهيه والانقياد لهما، ويكون للخلق بعدم التكبُّر عليهم.
 قال ابن حجر: المراد أن أغلب أهل الجنة هؤلاء، كما أن معظم أهل النار القسم الآخر، وليس المراد الاستيعاب في الطرفين.</t>
   </si>
   <si>
     <t>Подстицај да се задобију особине становника Раја и упозорење да се избегавају особине становника Пакла је важна порука ислама.
-Понизност је пре свега усмерена према Узвишеном Богу, кроз покоравање Његовим заповестима и клоњење онога што је забранио, и кроз искрено повиновење Његовој вољи. Понизност према људима огледа се да се не охоли над њима.
+Понизност је пре свега усмерена према Узвишеном Аллаху, кроз покоравање Његовим заповестима и клоњење онога што је забранио, и кроз искрено повиновење Његовој вољи. Понизност према људима огледа се да се не охоли над њима.
 Ибн Хаџер је рекао да се овим мисли да већина становника Раја поседује ове врлине, као што већина становника Пакла поседује супротне особине. Овде није реч о апсолутном обухватању свих случајева, већ о доминацији ових особина у обе групе.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3573</t>
   </si>
   <si>
     <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>Зар не бисте желели да вас упутим на дело ради којег Аллах брише грехе и подиже ступњеве?“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Зар не бисте желели да вас упутим на дело ради којег Аллах брише грехе и подиже ступњеве?“ Они рекоше: "Свакако, Аллахов Посланиче.“ Он рече: "Употпуњавање абдеста у тешким условима, мноштво корака према џамијама и ишчекивање једног намаза након другог. То вам је истинско стражарење на Аллаховом путу.“</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
@@ -4974,51 +4974,51 @@
   </si>
   <si>
     <t>استَبَّ وتَشاتَم رجلان بين يدي النبيِّ صلى الله عليه وسلم، وقد احْمَرَّ وجهُ أحدِهما، وانتفختْ عُرُوقُه المُحيطة بعُنُقِه.
 فقال صلى الله عليه وسلم: إني لأعلم كلمةً لو يقولها هذا الغضبانُ لَذَهَبَ عنه الغضب، لو قال: أعوذ بالله من الشيطان الرجيم.
 فقالوا له: إنّ النبيَّ صلى الله عليه وسلم قال: تَعَوَّذ بالله من الشيطان.
 فقال: أَمَجنون أنا؟! وظَنّ أنه لا يستعيذ من الشيطان إلا مَن به جنون.</t>
   </si>
   <si>
     <t>Два човека су се свађала и вређала један другог пред Послаником, мир и благослов Божији нека су на њега, а лице једног од њих је поцрвенело и жиле око његовог врата су се надуле.
 Па је рекао, нека су Божији благослов и мир на њега: „Знам реч коју када би овај љутити човек изговорио, његов би гнев нестао. Када би рекао: Е'узу биллахи минеш-шејтанир-раџим (Тражим заштиту код Аллаха од проклетог шejтана), гнев би га напустио.“
 Тада су му рекли: „Посланик, нека су Божији благослов и мир на њега, је рекао да затражиш заштиту код Аллаха од шejтана.“
 А он је одговорио: „Зар сам ја луд?!“ Мислећи да само онај ко је полудео тражи заштиту од шejтана.</t>
   </si>
   <si>
     <t>حرص النبي صلى الله عليه وسلم على الإرشاد والتوجيه، عند وجود سببه.
 الغضب من الشيطان.
 الأمر بالاستعاذة  بالله من الشيطان الرجيم عند الغضب، قال تعالى: (وإما ينزغنك من الشيطان نزغ فاستعذ بالله..) الآيةَ.
 التحذير من السباب وما يُشبهه من اللعن، والتنفير منهما؛ لأنهما يؤدِّيان إلى المفاسد بين الناس.
 نقل النصيحة لمن لم يسمعها لينتفع بما فيها.
 حذَّرَ النبي صلى الله عليه وسلم من الغضب؛ لأنه يدفع إلى الشر والتَّهَوُّر، وكان صلى الله عليه وسلم لا يغضب إلا أنْ تُنْتَهَك حُرُماتُ الله تعالى، وهو الغضب المحمود.
 قال النووي على قوله "هل ترى بي مِن جنون": يحتمل أنّ هذا القائل كان من المنافقين، أو من جفاة الأعراب.</t>
   </si>
   <si>
     <t>Посланик, нека су Божији благослов и мир на њега, је увек показивао велику бригу за упућивање и поучавање људи када би се појавила потреба за тим.
 Гнев долази од шejтана.
-Заповест је да се тражи заштита код Бога од проклетог шejтана када се човек наљути. Узвишени је рекао: „А ако те шejтан на то наводи, ти затражи заштиту код Аллаха...“
+Заповест је да се тражи заштита код Аллаха од проклетог шejтана када се човек наљути. Узвишени је рекао: „А ако те шejтан на то наводи, ти затражи заштиту код Аллаха...“
 Упозорење на вређање и сличне поступке попут проклињања, јер они воде ка нереду и проблемима међу људима.
 Преношење савета онима који их нису чули како би имали корист од њих.
 Посланик, нека су Божији благослов и мир на њега, је упозорио на гнев јер он води ка злу и непромишљеним поступцима. Посланик, нека су Божији благослов и мир на њега, никада се није љутио осим када би биле нарушене Божије границе, а то је похвалан гнев.
 Имам Ен-Невеви је коментаришући речи: „Зар сам јa луд?“ рекао да је могуће да је овај говорник био лицемер или неко од грубих бедуина.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3578</t>
   </si>
   <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>„Рај је ближи некоме од вас него каиш на његовој сандали, а исто тако и Пакао.“</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Ибн Мес'уд, нека је Аллах задовољан њиме, преноси да је Посланик, мир и благослов на њега, рекао: „Рај је ближи некоме од вас него каиш на његовој сандали, а исто тако и Пакао.“</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Посланик, мир и благослов на њега, нас је обавестио да су Рај и Ватра близу човека као што је близак ремен сандале који се налази на врху стопала. Човек може учинити дело покорности које изазива задовољство Аллаха, Узвишеног, и тиме ући у Рај, или учинити грех који може постати узроком уласка у Пакао.</t>
@@ -5800,51 +5800,51 @@
     <t>كان رسول الله صلى الله عليه وسلم يجتهد في العشر الأواخر ما لا يجتهد في غيره</t>
   </si>
   <si>
     <t>„Посланик, нека су на њега благослов и мир, трудио се у последњих десет дана (месеца Рамазана) више него у било ком другом периоду.“</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤْمِنينَ رَضِيَ اللهُ عَنْهَا: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَجْتَهِدُ فِي الْعَشْرِ الْأَوَاخِرِ مَا لَا يَجْتَهِدُ فِي غَيْرِهِ.</t>
   </si>
   <si>
     <t>Од Аише, мајке правоверних, нека је Аллах задовољан њоме: „Посланик, нека су на њега благослов и мир, трудио се у последњих десет дана (месеца Рамазана) више него у било ком другом периоду.“</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا جاء العَشر الأواخر من رمضان يَجتهد فيها بالعبادة والطاعة، ويُبالِغ في أنواع الخيرات وأصناف المَبَرَّات والعبادات أكثر مما يجتهد في غيره؛ وذلك لِعِظَم وفضل تلك الليالي، وطلبًا لليلة القدر.</t>
   </si>
   <si>
     <t>Када би наступило последњих десет дана Рамазана, Посланик, нека су на њега мир и благослов, уложио би посебан труд у покорности, и посебно се трудио у разним доброчинствима и врстама богослужења, више него у било ком другом времену. То је чинио због величине и значаја тих ноћи, тражећи ноћ кадра.</t>
   </si>
   <si>
     <t>الحث على الإكثار مِن البِرِّ ووجوه الطاعات في شهر رمضان عامة والعشر الأخيرة منه خاصة.
 العشر الأواخر من رمضان تبدأ من الليلة الحادية والعشرين إلى نهاية الشهر.
 استحباب اغْتِنَام الأوقات الفاضلة بالطاعات.</t>
   </si>
   <si>
     <t>Подстицање на умножавање добрих дела током целог месеца Рамазана, а посебно у последњој десетини.
 Последњих десет дана Рамазана почињу од двадесет прве ноћи и трају до краја месеца.
-Препоручује се искоришћавање племенитих времена у покорности Богу.</t>
+Препоручује се искоришћавање племенитих времена у покорности Аллаху.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3755</t>
   </si>
   <si>
     <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>Свим мојим следбеницима ће бити опроштено, само не онима који грехе јавно чине</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Свим мојим следбеницима ће бити опроштено, само не онима који грехе јавно чине. У јавно чињење греха спада то да човек преко ноћи нешто уради, а ујутро, након што му је то Аллах покрио, некога зовне и каже: ‘Синоћ сам урадио то и то’, тако да заноћи прекривен заштитом свога Господара, а осване скидајући Аллахову заштиту са себе.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да се за муслимана грешника треба надати да ће му Узвишени опростити осим ако се ради о ономе ко јавно истиче грехе. Такав, услед бахатости и бесрамности, не заслужује опрост. Када је ноћ, он почини грех, па га ујутро разглашава, иако му га је Узвишени прекрио.</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
@@ -5866,84 +5866,84 @@
     <t>لا يستر عبد عبدا في الدنيا إلا ستره الله يوم القيامة</t>
   </si>
   <si>
     <t>„Неће нико покрити (сакрити ману) другог човека на овом свету, а да га Аллах неће покрити  (сакрити ману) на Судњем дану.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَسْتُرُ عَبْدٌ عَبْدًا فِي الدُّنْيَا إِلَّا سَتَرَهُ اللهُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, нека је Аллах задовољан њиме, преноси се да је Посланик, нека су на њега мир и благослов Божији, рекао: „Неће нико покрити (сакрити ману) другог човека на овом свету, а да га Аллах неће покрити  (сакрити ману) на Судњем дану.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه لا يَستر مسلمٌ أخاه المسلم في أمر من الأمور، إلا سَتره الله عز وجل يوم القيامة؛ فالجزاء من جنس العمل، ويكون سِتْرُ اللهِ له بستر عيوبه ومعاصيه عن إذاعتها على أهل المحشر، وقد يكون بترك محاسبته عليها وذكرها له.</t>
   </si>
   <si>
     <t>Посланик, нека су на њега мир и благослов, објашњава да ниједан муслиман неће сакрити (покрити) свог брата муслимана у било којој ствари, а да га Узвишени Аллах неће покрити на Судњем дану. Награда је сразмерна делу, а Божије покривање односи се на скривање његових мана и грехова од ширења међу људима на Судњем дану, или чак и то да му не буду поменути и да не буде за њих позван на одговорност.</t>
   </si>
   <si>
     <t>مشروعية السِّتْر على المسلم إذا فَعَلَ معصية، مع الإنكار عليه، والنصيحة له، وتخويفه بالله، أما إذا كان من أهل الشر والفساد المجاهرين بالمعاصي والفسق، فإنه لا ينبغي الستر عليهم؛ لأن الستر عليهم يُجَرِّئُهم على المعاصي، وإنما يُرْفَع أمرُه إلى ولاة الأمور، ولو كان في هذا ذكر له؛ لأنه مُعْلِن بفسقه ومعصيته.
 الترغيب في ستر أخطاء الآخرين.
 من فوائد الستر: إتاحة الفرصة للمذنب أن يراجِعَ نفسه ويتوب إلى الله؛ لأن إعلان العيوب والعورات من إشاعة الفاحشة، ويُفسِد الجَوَّ الاجتماعي، ويُغْرِي الناس بارتكابها.</t>
   </si>
   <si>
     <t>Прописано је прикрити грех муслимана, уз обавезу да му се то осуди, да му се упути савет и да се уплаши Божијом казном. Међутим, ако је та особа од оних који чине зло, шире неред и отворено се поносе својим гресима и пороцима, не треба их прикривати. Скривање њихових поступака их само охрабрује да наставе у гресима. У том случају, њихова дела треба пријавити властима, чак и ако то укључује спомињање њихових имена, јер они отворено чине пороке и грехе.
 Подстицање на прикривање грешака других.
-Једна од користи прикривања (греха) је давање прилике грешнику да преиспита себе и покаје се пред Богом. Јер, јавно објављивање мана и недостатака води ширењу неморала, квари друштвену атмосферу и подстиче друге људе да их почине.</t>
+Једна од користи прикривања (греха) је давање прилике грешнику да преиспита себе и покаје се пред Аллахом. Јер, јавно објављивање мана и недостатака води ширењу неморала, квари друштвену атмосферу и подстиче друге људе да их почине.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3777</t>
   </si>
   <si>
     <t>لا يموتن أحدكم إلا وهو يحسن بالله الظن</t>
   </si>
   <si>
     <t>‘Нека нико од вас не умре, а да нема лепо мишљење о Аллаху.’“</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ وَفَاتِهِ بِثَلَاثٍ يَقُولُ: «لَا يَمُوتَنَّ أَحَدُكُمْ إِلَّا وَهُوَ يُحْسِنُ بِاللهِ الظَّنَّ».</t>
   </si>
   <si>
-    <t>Од Џабира, нека је Бог задовољан њиме, преноси се да је рекао: „Чуо сам посланика, нека су на њега мир и благослов Божији, три дана пре његове смрти како говори: ‘Нека нико од вас не умре, а да нема лепо мишљење о Аллаху.’“</t>
+    <t>Од Џабира, нека је Аллах задовољан њиме, преноси се да је рекао: „Чуо сам посланика, нека су на њега мир и благослов Божији, три дана пре његове смрти како говори: ‘Нека нико од вас не умре, а да нема лепо мишљење о Аллаху.’“</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم المسلمَ بأن لا يموت إلا وهو يُحسِنُ الظنَّ بالله بتَغْلِيْبِه جانبَ الرجاء عند الاحتضار بأن الله يرحمُه ويعفو عنه، لأن الخوف مطلوب لتحسين العمل، وتلك الحالة ليست حالة الأعمال، فالمطلوب فيها غَلَبَةُ الرجاء.</t>
   </si>
   <si>
-    <t>Посланик, нека су на њега мир и благослов Божији, подстакао је муслимана да не умре, а да нема добро мишљење о Богу, дајућу предност нади у тренутку умирања, верујући да ће му Бог указати милост и опростити му. Јер страх је потребан да би се дела побољшала, али при умирању није време за дела, већ је потребно да нада преовладава.</t>
+    <t>Посланик, нека су на њега мир и благослов Божији, подстакао је муслимана да не умре, а да нема добро мишљење о Аллаху, дајућу предност нади у тренутку умирања, верујући да ће му Аллах указати милост и опростити му. Јер страх је потребан да би се дела побољшала, али при умирању није време за дела, већ је потребно да нада преовладава.</t>
   </si>
   <si>
     <t>حِرْص النبيِّ صلى الله عليه وسلم على إرشاد أمته، وشدة رأفته بها في جميع أحواله؛ حتى في مرض موته ينصح أمتَه ويدلُّها على مسالك النجاة.
 قال الطيبي: أحسنوا أعمالكم الآن حتى يَحْسُنَ ظنُّكم بالله عند الموت، فإنَّ مَن ساء عملُه قبل الموت يَسوء ظنُّه عند الموت.
 أكمل الأَحْوال للعبد اعْتدال الرَّجاء والخوف، وغلبةُ الحب؛ فالمحبَّة هي المرْكَبُ، والرَّجاء حادٍ، والخوف سائق، والله الموصل بمنِّه وكرمه.
 ينبغي على من كان قريبًا ممن حَضَرَه الموت أنْ يُغَلِّب عنده جانب الرجاء وحسن الظن بالله، ففي هذا الحديث أنه صلى الله عليه وسلم قال ذلك قبل أن يموت بثلاث.</t>
   </si>
   <si>
     <t>Брига Посланика, нека су на њега мир и благослов Божији, да упути свој уммет и његова велика самилост према њима у свим ситуацијама; чак и у болести - приликом смрти саветује свој народ и показује им путеве спасења.
-Ет-Тиби је рекао: „Чините добра дела сада, да би ваше мишљење о Богу било добро у тренутку смрти. Јер, онај чија су дела била лоша пре смрти, имаће лоше мишљење о Богу у тренутку смрти.“
-[...1 lines deleted...]
-Они који су у близини некога ко је на самрти треба да код њега подстакну наду и добро мишљење о Богу. У овом хадису се наводи да је Посланик, нека су на њега мир и благослов Божији, то рекао три дана пре своје смрти.</t>
+Ет-Тиби је рекао: „Чините добра дела сада, да би ваше мишљење о Аллаху било добро у тренутку смрти. Јер, онај чија су дела била лоша пре смрти, имаће лоше мишљење о Аллаху у тренутку смрти.“
+Најсавршеније стање за једног човека је равнотежа између наде и страха, уз преовладавање љубави. Љубав је попут возила, јахалице, нада је подстицатељ, а страх водич, док је Аллах тај који милошћу и добротом доводи до циља.
+Они који су у близини некога ко је на самрти треба да код њега подстакну наду и добро мишљење о Аллаху. У овом хадису се наводи да је Посланик, нека су на њега мир и благослов Божији, то рекао три дана пре своје смрти.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3779</t>
   </si>
   <si>
     <t>لقيت إبراهيم ليلة أسري بي فقال: يا محمد، أقرئ أمتك مني السلام، وأخبرهم أن الجنة طيبة التربة عذبة الماء</t>
   </si>
   <si>
     <t>„У ноћи мога исра'а (ноћног путовања) сусрео сам Абрахама, нека је Аллахов мир на њега, и он ми је рекао: ‘О Мухаммеде, пренеси од мене селам своме уммету, и обавести га да је у Џеннету добра и лепа земља, питка вода;</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ، وَأَنَّهَا قِيعَانٌ، وَأَنَّ غِرَاسَهَا سُبْحَانَ اللهِ وَالحَمْدُ لِلَّهِ وَلاَ إِلَهَ إِلاَّ اللَّهُ وَاللَّهُ أَكْبَرُ».</t>
   </si>
   <si>
     <t>Од Ибн Мес'уда, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „У ноћи мога исра'а (ноћног путовања) сусрео сам Абрахама, нека је Аллахов мир на њега, и он ми је рекао: ‘О Мухаммеде, пренеси од мене селам своме уммету, и обавести га да је у Џеннету добра и лепа земља, питка вода; да је он пространа низија, и да је његово семење (којим се сеје): ‘Субханаллахи, вел-хамду лиллахи, ве ла илахе иллаллаху, валлаху екбер.’“ (Слављен нека је Аллах, сва хвала припада Аллаху, нема истинског Бога, осим Аллаха и Аллах је највећи).</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, преноси да је сусрео Абрахама Халила, нека је Аллахов мир на њега, у ноћи Исра’а и Ми’раџа, па му је Абрахам рекао: „О Мухаммеде, пренеси мој селам твом уммету и обавести их да је Џеннет чистог тла, питке и слатке воде, без сланости. Џеннет је простран, раван и празан од дрвећа, а садња у њему су лепе речи, а то су трајна добра дела: ‘Субханаллах, Елхамдулиллах, Ла илахе иллаллах, Аллаху екбер.’ Сваки пут када их муслиман изговори и понови, посади му се садница у Џеннету.“</t>
   </si>
   <si>
     <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
 فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
@@ -5982,140 +5982,140 @@
   </si>
   <si>
     <t>Од Абдуллаха ибн Амра, нека је Аллах задовољан њиме и његовим оцем, преноси се да је Посланик, мир над њим, рекао: „Не одржава родбинске везе онај ко само узврати на посету својој родбини, већ је прави одржавалац родбинских веза онај који наставља одржавати везу са родбином која њега заборави или одбаци.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Посланик, мир над њим, обавештава да човек који истински  одржава родбинске везе и чини доброчинство према рођацима није онај који узвраћа доброчинство на доброчинство, већ је прави и потпуни одржавалац родбинских веза онај који наставља одржавати везу са својом родбином чак и када је она прекинута, иако му учине неправду он им узвраћа доброчинством.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Шеријатски значајна родбинска веза је она у којој одржаваш контакт са онима који су прекинули везу с тобом, опрашташ онима који су ти учинили неправду, и дајеш онима који су ти ускратили. Она не подразумева само узвраћање доброчинства или накнаду за учињено.
 Одржавање родбинских веза подразумева пружање колико год је могуће добра, било да је то у виду материјалне помоћи, подстицања на добро и одвраћања од зла, или било које друге врсте доброчинства, као и одбијање што је могуће више зла од њих.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3854</t>
   </si>
   <si>
     <t>لئن كنت كما قلت، فكأنما تسفهم المل ولا يزال معك من الله ظهير عليهم ما دمت على ذلك</t>
   </si>
   <si>
-    <t>‘Ако је тако као што кажеш, то је као да их храниш ужареним угљем. И док год тако будеш поступао, имаћеш непрестаног помагача од Узвишеног Бога против њих.’“</t>
+    <t>‘Ако је тако као што кажеш, то је као да их храниш ужареним угљем. И док год тако будеш поступао, имаћеш непрестаног помагача од Узвишеног Аллаха против њих.’“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَجُلًا قَالَ: يَا رَسُولَ اللهِ إِنَّ لِي قَرَابَةً أَصِلُهُمْ وَيَقْطَعُونِي، وَأُحْسِنُ إِلَيْهِمْ وَيُسِيئُونَ إِلَيَّ، وَأَحْلُمُ عَنْهُمْ وَيَجْهَلُونَ عَلَيَّ، فَقَالَ: «لَئِنْ كُنْتَ كَمَا قُلْتَ، فَكَأَنَّمَا تُسِفُّهُمُ الْمَلَّ وَلَا يَزَالُ مَعَكَ مِنَ اللهِ ظَهِيرٌ عَلَيْهِمْ مَا دُمْتَ عَلَى ذَلِكَ».</t>
   </si>
   <si>
-    <t>Од Ебу Хурејре, нека је Бог задовољан њиме, се преноси да је рекао: „Један човек је рекао: ‘Божији Посланиче, имам родбину са којом одржавам везу, али они ту везу прекидају. Ја се према њима лепо понашам, а они према мени лоше. Ја сам благ према њима, а они су груби према мени.’ На то је Божији посланик рекао: ‘Ако је тако као што кажеш, то је као да их храниш ужареним угљем. И док год тако будеш поступао, имаћеш непрестаног помагача од Узвишеног Бога против њих.’“</t>
+    <t>Од Ебу Хурејре, нека је Аллах задовољан њиме, се преноси да је рекао: „Један човек је рекао: ‘Божији Посланиче, имам родбину са којом одржавам везу, али они ту везу прекидају. Ја се према њима лепо понашам, а они према мени лоше. Ја сам благ према њима, а они су груби према мени.’ На то је Божији посланик рекао: ‘Ако је тако као што кажеш, то је као да их храниш ужареним угљем. И док год тако будеш поступао, имаћеш непрестаног помагача од Узвишеног Аллаха против њих.’“</t>
   </si>
   <si>
     <t>اشتَكَى رَجُلٌ للنبيِّ صلى الله عليه وسلم بأنّ له قرابةً ورَحِمًا يَتَعامَل معهم بالحُسنى وهم يُعامِلونه بضد ذلك؛ فيَصِلُهم ويأتِيْهم وهم يَقْطَعونه، ويُحسن إليهم بالبر والوفاء ويُسيئون إليه بالجَوْر والجَفَاء، ويَحلم ويعفو عنهم ويَجهلون عليه بالقبيح من القول والفعل، فهل يَستَمِرُّ بالصِّلَة لهم مع ما ذُكِر؟ 
 فقال له النبيُّ صلى الله عليه وسلم: إنْ كان كما ذَكَرتَ فإنك تُخزِيهم وتَحْقِرُهم في أنفسهم، وكأنك تُطعِمُهم الرَّمَاد الحارّ؛ لكثرة إحسانك وقبيح فِعلِهم عند أنفسهم، ولا يزال معك من عند الله مُعين لك عليهم، ودافِع عنك أذاهم ما دُمْتَ على ما ذَكرتَ من إحسانك إليهم، وظَلُّوا هم على إساءتهم إليك.</t>
   </si>
   <si>
     <t>Један човек се пожалио Посланику, нека су на њега мир и благослов Божији, да има родбину и блиске сроднике према којима се понаша добро, али они се према њему понашају супротно: он одржава везе са њима и долази им, а они прекидају везе са њим; чини им добро и показује верност, а они му узвраћају неправдом и грубошћу; он их трпи и прашта им, а они га вређају и чине ружне ствари и речима и делима. Човек је питао да ли да настави да одржава везе са њима упркос томе што је описао?
 Посланик, нека су на њега мир и благослов Божији, одговорио му је: „Ако је заиста онако како си рекао, ти их понижаваш и умањујеш у њиховим сопственим очима, као да их храниш врелим пепелом; због твог доброчинства и њиховог лошег понашања осећају срам у својим срцима. И стално ће бити с тобом Божија помоћ, која ће те подржавати против њих и штитити те од њихове штете, докле год наставиш да чиниш добро, а они да те вређају.“</t>
   </si>
   <si>
     <t>مقابلة الإساءة بالإحسان مَظِنّة رجوع  المسيء إلى الحق، كما قال تعالى: (ادفع بالتي هي أحسن فإذا الذي بينك وبينه عداوة كأنه ولي حميم).
 امتثال أمْر الله ولو حصل له أذى سببٌ لعون الله للعبد المؤمن.
 قطيعة الرحم أَلَمٌ وعذابٌ في الدنيا، وإثمٌ وحساب في الآخرة.
 ينبغي على المسلم أنْ يَحتَسِب في عمله الصالح، ولا يقطعه أذى الناس وقطيعتُهم عن عادته الطيبة.
 ليس الواصلُ لِرَحِمِهِ مَن يُكافِئ مَن وَصَله، ولكن الواصل حقيقة هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها.</t>
   </si>
   <si>
-    <t>Одговарање на зло доброчинством може бити разлог да се онај који чини зло врати на Прави пут, као што је Бог Узвишени рекао: „Зло одбијај оним што је најбоље, тада ће онај с ким си био у непријатељству постати као блиски пријатељ.“
+    <t>Одговарање на зло доброчинством може бити разлог да се онај који чини зло врати на Прави пут, као што је Аллах Узвишени рекао: „Зло одбијај оним што је најбоље, тада ће онај с ким си био у непријатељству постати као блиски пријатељ.“
 Поступање по Божијој наредби, чак и ако човек претрпи неко зло, узрок је Божије помоћи вернику.
 Прекидање родбинских веза је бол и патња на овом свету, а грех и одговорност на оном свету.
-Муслиман треба да тежи да своја добра дела ради у име Бога и да га штета и прекид веза са људима не одврате од његових добрих навика.
+Муслиман треба да тежи да своја добра дела ради у име Аллаха и да га штета и прекид веза са људима не одврате од његових добрих навика.
 Онај ко одржава родбинске везе није онај који узвраћа на доброту, већ је прави онај ко одржава везу чак и када је она прекинута.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3863</t>
   </si>
   <si>
     <t>ما اغبرت قدما عبد في سبيل الله فتمسه النار</t>
   </si>
   <si>
     <t>„Ноге Аллаховог роба које су се запрашиле у борби на Божијем путу, џехеннемска ватра неће дотаћи.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْسٍ عَبْدُ الرَّحْمَنِ بْنِ جَبْرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا اغْبَرَّتْ قَدَمَا عَبْدٍ فِي سَبِيلِ اللَّهِ فَتَمَسَّهُ النَّارُ».</t>
   </si>
   <si>
-    <t>Од Ебу Абса Абдурахмана бин Џебра, нека је Бог задовољан њиме, преноси се да је Божији посланик, нека су на њега мир и благослов Божији, рекао: „Ноге Аллаховог роба које су се запрашиле у борби на Божијем путу, џехеннемска ватра неће дотаћи.“</t>
+    <t>Од Ебу Абса Абдурахмана бин Џебра, нека је Аллах задовољан њиме, преноси се да је Божији посланик, нека су на њега мир и благослов Божији, рекао: „Ноге Аллаховог роба које су се запрашиле у борби на Божијем путу, џехеннемска ватра неће дотаћи.“</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم بأنَّ مَن أصاب قَدَمَيه الغبارُ وهو يُجاهد في سبيل الله بأنَّ النارَ لا تَمَسّه.</t>
   </si>
   <si>
     <t>Посланик, нека су на њега мир и благослов Божији, дао је радосну вест да онога чије су ноге запрашене док се бори на Божијем путу, ватра неће дотаћи.</t>
   </si>
   <si>
     <t>البشارة للمُجاهد في سبيل الله بالنَّجَاة من النار.
 ذكرَ القَدَمين وإن كان الغبار يَعُمُّ البدن كلَّه؛ لأن أكثر المجاهدين في ذلك الزمان مُشَاةٌ، والأقدام تتغبَّر على كل حال.
 قال ابن حجر: فإذا كان مُجرَّد مَس الغبار للقدم يُحرِّم عليها النار؛ فكيف بمَن سعى وبَذَل جُهْدَه واستنفد وُسْعَه.</t>
   </si>
   <si>
     <t>Радосна вест за онога који се бори на Божијем путу о спасењу од ватре.
 Споменута су стопала, иако прашина прекрива цело тело, јер су већина бораца у то време били пешаци, а стопала се у сваком случају запрашују.
 Ибн Хаџер је рекао: „Ако сама прашина на стопалима спречава да их дотакне ватра, како ли је тек са оним који се трудио, уложио сав свој напор и исцрпео своје могућности.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3868</t>
   </si>
   <si>
     <t>ما من قوم يقومون من مجلس لا يذكرون الله فيه إلا قاموا عن مثل جيفة حمار، وكان لهم حسرة</t>
   </si>
   <si>
-    <t>„Нема скупине која устане са скупа на којем нису спомињали Бога, узвишен је Он, а да неће устати као да су били за трпезом на којој је била лешина магарца, и они ће због тога зажалити (што нису спомињали Бога).“</t>
+    <t>„Нема скупине која устане са скупа на којем нису спомињали Аллаха, узвишен је Он, а да неће устати као да су били за трпезом на којој је била лешина магарца, и они ће због тога зажалити (што нису спомињали Аллаха).“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ قَوْمٍ يَقُومُونَ مِنْ مَجْلِسٍ لَا يَذْكُرُونَ اللَّهَ فِيهِ إِلَّا قَامُوا عَنْ مِثْلِ جِيفَةِ حِمَارٍ، وَكَانَ لَهُمْ حَسْرَةً».</t>
   </si>
   <si>
-    <t>Од Ебу Хурејре, нека је Бог задовољан њиме, преноси се да је Божији Посланик, нека су на њега мир и благослов Божији, рекао: „Нема скупине која устане са скупа на којем нису спомињали Бога, узвишен је Он, а да неће устати као да су били за трпезом на којој је била лешина магарца, и они ће због тога зажалити (што нису спомињали Бога).“</t>
+    <t>Од Ебу Хурејре, нека је Аллах задовољан њиме, преноси се да је Божији Посланик, нека су на њега мир и благослов Божији, рекао: „Нема скупине која устане са скупа на којем нису спомињали Аллаха, узвишен је Он, а да неће устати као да су били за трпезом на којој је била лешина магарца, и они ће због тога зажалити (што нису спомињали Аллаха).“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن قومٍ جلسوا في مجلس ثم قاموا منه ولم يذكروا الله فيه إلا قاموا عن مثل مَن اجتمع على جيفة حمار في النَّتَنِ والقَذَارة؛ وذلك لما انشغلوا في الكلام عن ذكر الله، وكان ذلك المجلسُ عليهم حسرةً يوم القيامة ونقصانًا وندامة لازمة لهم.</t>
   </si>
   <si>
-    <t>Посланик, нека су на њега мир и благослов Божији, обавестио је да нема људи који седе на скупу, па се разиђу а да у њему нису споменули Бога, а да нису као они који су се окупили око леша магарца у смраду и нечистоћи. То је због тога што су се заокупили разговором, а не спомињањем Бога. Тај скуп ће им на Судњем дану бити разлог за жалост и непрестано кајање.</t>
+    <t>Посланик, нека су на њега мир и благослов Божији, обавестио је да нема људи који седе на скупу, па се разиђу а да у њему нису споменули Аллаха, а да нису као они који су се окупили око леша магарца у смраду и нечистоћи. То је због тога што су се заокупили разговором, а не спомињањем Аллаха. Тај скуп ће им на Судњем дану бити разлог за жалост и непрестано кајање.</t>
   </si>
   <si>
     <t>ما ذُكِر مِن التحذير عن الغفلة عن ذكر الله ليس مقتصرًا على المجالس فقط، بل يَعُمُّ غيرَها، قال النووي: يُكرَه لمَن قَعَد في مكان أن يُفارقه قبل أن يذكر الله تعالى فيه.
 الحسرة الحاصل لهم يوم القيامة: إما بِفَوَات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
 هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرَّمة التي فيها الغيبة والنميمة وغيرها؟!</t>
   </si>
   <si>
-    <t>Упозорење на немар у спомињању Бога није ограничено само на скупове, већ обухвата и друге ситуације. Ен-Невеви је рекао: „Не препоручује се ономе ко је седео на неком месту да га напусти пре него што у њему спомене Бога Узвишеног.“
-Жалост која ће их задесити на Судњем дану било због пропуштене награде јер нису искористили то време у покорности Богу, било због греха и казне ако су време провели у непослушности према Богу.
+    <t>Упозорење на немар у спомињању Аллаха није ограничено само на скупове, већ обухвата и друге ситуације. Ен-Невеви је рекао: „Не препоручује се ономе ко је седео на неком месту да га напусти пре него што у њему спомене Аллаха Узвишеног.“
+Жалост која ће их задесити на Судњем дану било због пропуштене награде јер нису искористили то време у покорности Аллаху, било због греха и казне ако су време провели у непослушности према Аллаху.
 Ово упозорење важи ако је тај немар у дозвољеним стварима, па шта рећи о забрањеним скуповима у којима има оговарања, клеветања и других греха?!</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/3910</t>
   </si>
   <si>
     <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>На шта још да ти даднемо присегу?’ ’На то да ћете само Аллаха обожавати и да нећете чинити ширк, те да ћете обављати пет молитви, да ћете бити покорни’, затим је тихо нешто изговорио, па наставио: ’и да нећете од људи ништа тражити.’</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Преноси се од Ебу Муслима ел-Хавланија да је рекао: "Онај кога волим и ко је за мене поверљив, казао ми је нешто. Авф бин Малик ел-Ешџе'и, Аллах био задовољан њиме, ми је рекао: ’Били смо код Аллаховог Посланика, нека је Аллахов благослов и мир на њега, девет, или осам, или седам дана, па нас је упитао: ’Хоћете ли дати присегу Аллаховом Посланику?’ А ми смо му мало пре тога већ дали присегу, па смо му одговорили: ’Дали смо ти присегу, Аллахов Посланиче.’ Потом нас је поново упитао:’ Хоћете ли дати присегу Аллаховом Посланику?’ ’Дали смо ти присегу, Аллахов Посланиче’, одговорисмо. ’Хоћете ли дати присегу Аллаховом Посланику?’, поново ће Посланик, а ми му пружисмо руке те казасмо: ’Дали смо ти присегу, Аллахов Посланиче. На шта још да ти даднемо присегу?’ ’На то да ћете само Аллаха обожавати и да нећете чинити ширк, те да ћете обављати пет молитви, да ћете бити покорни’, затим је тихо нешто изговорио, па наставио: ’и да нећете од људи ништа тражити.’ Видео сам неке од тих људи после када би им спао штап, не би ни од кога затражили да им га дода.“</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
@@ -6126,127 +6126,127 @@
 Трећа: Покорност и послушност владарима муслимана.
 Четврта: Шта год да им треба, нека само од Аллаха то траже и никако од људи. Приликом истицања ове ставке, Аллахов Посланик је то изговорио тихим гласом.
 Ови су асхаби поступали по реченом. Преносилац овог хадиса је чак нагласио да је видео некога од њих, када би му спао бич (или штап), не би ни од кога затражио помоћ да му га дода, већ би га сам узео.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>У овом хадису налазимо подстицај да се од људи ништа не тражи. Потребно је чувати свој понос и достојанство па макар се радило и о нечему незнатном.
 У хадису се истиче да је од људи забрањено тражити оно што се тиче овосветских користи. Према томе, није спорно потражити од људи шеријатско знање или нешто друго што се тиче будућег света.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4176</t>
   </si>
   <si>
     <t>مثل الذي يذكر ربه والذي لا يذكر ربه، مثل الحي والميت</t>
   </si>
   <si>
     <t>„Пример онога ко спомиње свога Господара и онога ко Га не спомиње је као пример живог и мртвог.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الَّذِي يَذْكُرُ رَبَّهُ وَالَّذِي لاَ يَذْكُرُ رَبَّهُ، مَثَلُ الحَيِّ وَالمَيِّتِ»، ولفظ مسلم: «مَثَلُ الْبَيْتِ الَّذِي يُذْكَرُ اللهُ فِيهِ، وَالْبَيْتِ الَّذِي لَا يُذْكَرُ اللهُ فِيهِ، مَثَلُ الْحَيِّ وَالْمَيِّتِ».</t>
   </si>
   <si>
-    <t>Од Ебу Мусаа, нека је Бог задовољан њиме, преноси се да је Посланик, нека су на њега мир и благослов Божији, рекао: „Пример онога ко спомиње свога Господара и онога ко Га не спомиње је као пример живог и мртвог.“ А у верзији коју бележи Муслим стоји: „Пример куће у којој се спомиње Бог и куће у којој се Бог не спомиње је као пример живог и мртвог.“</t>
+    <t>Од Ебу Мусаа, нека је Аллах задовољан њиме, преноси се да је Посланик, нека су на њега мир и благослов Божији, рекао: „Пример онога ко спомиње свога Господара и онога ко Га не спомиње је као пример живог и мртвог.“ А у верзији коју бележи Муслим стоји: „Пример куће у којој се спомиње Аллах и куће у којој се Аллах не спомиње је као пример живог и мртвог.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الفَرقَ بَيْن الذي يذكر الله تعالى وبين مَن لا يذكره، وأنه مثل الفرق بين الحي والميت في نفعه وحسن مظهره، فمَثَلُ الذي يذكر ربه مثل الحي الذي ظاهِرُه مُتَزَيِّن بنور الحياة، وباطنه بنور المعرفة، وفيه النفع، ومثل الذي لا يذكر الله مثل الميت الذي ظاهره عاطل، وباطنه باطل، وليس فيه نفع. 
 وكذلك البيت يوصف بالحي إن كان ساكنوه يذكرون الله، وإلا فهو بيت ميت لخمول ساكنيه عن ذكر الله؛ وإن أطلق الحي والميت في وصف البيت إنما يراد به ساكن البيت.</t>
   </si>
   <si>
-    <t>Посланик, нека су на њега мир и благослов Божији, објаснио је разлику између онога ко спомиње Бога и онога ко Га не спомиње, истичући да је та разлика као она између живог и мртвог у њиховој користи и изгледу. Онај ко спомиње свога Господара је попут живог човека, чији је спољашњи изглед украшен светлошћу живота, а његова унутрашњост обасјана светлом знања и спознаје, доносећи корист. Док је онај ко не спомиње Бога попут мртвог човека, чији је спољашњи изглед празан, а унутрашњост празна, без икакве користи.
+    <t>Посланик, нека су на њега мир и благослов Божији, објаснио је разлику између онога ко спомиње Аллаха и онога ко Га не спомиње, истичући да је та разлика као она између живог и мртвог у њиховој користи и изгледу. Онај ко спомиње свога Господара је попут живог човека, чији је спољашњи изглед украшен светлошћу живота, а његова унутрашњост обасјана светлом знања и спознаје, доносећи корист. Док је онај ко не спомиње Аллаха попут мртвог човека, чији је спољашњи изглед празан, а унутрашњост празна, без икакве користи.
 Такође, кућа се сматра „живом“ ако њени становници спомињу Аллаха, у противном је то „мртва“ кућа, јер су њени становници у стању неактивности и немара према спомињању Аллаха. Када се користе изрази „жива“ и „мртва“ у опису куће, то се односи на њене становнике.</t>
   </si>
   <si>
     <t>الحث على ذكر الله والتحذير من الغفلة عنه.
 الذكر حياة الروح كما أن الروح حياة الجسد.
 من هدي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
 قال النووي: فيه الندب إلى ذكر الله تعالى في البيت، وأنه لا يخلى من الذكر.
 قال النووي: وفيه أن طول العمر في الطاعة فضيلة وإن كان الميت ينتقل إلى خير؛ لأن الحي يَسْتَلْحِقُ به ويزيد عليه بما يفعله من الطاعات.</t>
   </si>
   <si>
     <t>Подстицање на спомињање Аллаха и упозорење на немар према томе.
-Спомињање Бога је живот за душу, као што је душа живот за тело.
+Спомињање Аллаха је живот за душу, као што је душа живот за тело.
 Једна од пракси Посланика, нека су на њега мир и благослов Божији, била је да наводи примере како би приближио значења.
 Ен-Невеви је рекао: „Ово упућује на то да је пожељно спомињати Аллаха у кући и да она не би требало да буде лишена спомињања Аллаха (зикра).“
 Ен-Невеви је такође рекао: „Ово показује да је дуг живот у покорности врлина, чак и ако умрли прелази на боље место, јер живи може наставити да га следи и повећава његове заслуге својим добрим делима.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4177</t>
   </si>
   <si>
     <t>إني مما أخاف عليكم من بعدي، ما يفتح عليكم من زهرة الدنيا وزينتها</t>
   </si>
   <si>
     <t>‘Оно чега се највише плашим за вас после мене јесте оно што ће вам се отворити од раскоши овога света и његових украса.’</t>
   </si>
   <si>
     <t>عَنْ أَبٍي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ جَلَسَ ذَاتَ يَوْمٍ عَلَى المِنْبَرِ وَجَلَسْنَا حَوْلَهُ، فَقَالَ: «إِنِّي مِمَّا أَخَافُ عَلَيْكُمْ مِنْ بَعْدِي، مَا يُفْتَحُ عَلَيْكُمْ مِنْ زَهْرَةِ الدُّنْيَا وَزِينَتِهَا» فَقَالَ رَجُلٌ: يَا رَسُولَ اللَّهِ، أَوَيَأْتِي الخَيْرُ بِالشَّرِّ؟ فَسَكَتَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقِيلَ لَهُ: مَا شَأْنُكَ؟ تُكَلِّمُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَلاَ يُكَلِّمُكَ؟ فَرَأَيْنَا أَنَّهُ يُنْزَلُ عَلَيْهِ؟ قَالَ: فَمَسَحَ عَنْهُ الرُّحَضَاءَ، فَقَالَ: «أَيْنَ السَّائِلُ؟» وَكَأَنَّهُ حَمِدَهُ، فَقَالَ: «إِنَّهُ لاَ يَأْتِي الخَيْرُ بِالشَّرِّ، وَإِنَّ مِمَّا يُنْبِتُ الرَّبِيعُ يَقْتُلُ أَوْ يُلِمُّ، إِلَّا آكِلَةَ الخَضْرَاءِ، أَكَلَتْ حَتَّى إِذَا امْتَدَّتْ خَاصِرَتَاهَا اسْتَقْبَلَتْ عَيْنَ الشَّمْسِ، فَثَلَطَتْ وَبَالَتْ، وَرَتَعَتْ، وَإِنَّ هَذَا المَالَ خَضِرَةٌ حُلْوَةٌ، فَنِعْمَ صَاحِبُ المُسْلِمِ مَا أَعْطَى مِنْهُ المِسْكِينَ وَاليَتِيمَ وَابْنَ السَّبِيلِ - أَوْ كَمَا قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ - وَإِنَّهُ مَنْ يَأْخُذُهُ بِغَيْرِ حَقِّهِ، كَالَّذِي يَأْكُلُ وَلاَ يَشْبَعُ، وَيَكُونُ شَهِيدًا عَلَيْهِ يَوْمَ القِيَامَةِ».</t>
   </si>
   <si>
-    <t>Од Ебу Сеида ел-Худрија, нека је Бог задовољан њиме, се преноси: „Једног дана, Божији Посланик, нека су на њега мир и благослов Божији, сео је на минберу, а ми смо седели око њега. Тада је рекао: ‘Оно чега се највише плашим за вас после мене јесте оно што ће вам се отворити од раскоши овога света и његових украса.’ Тада је један човек рекао: ‘О, Божији Посланиче, да ли добро може донети зло?’ Посланик, нека су на њега мир и благослов Божији, ћутао је. Људи су му рекли: ‘Шта ти је? Обраћаш се Божијем Посланику, а он ти не одговара?’ Видели смо да му се објављује. Када је објава завршена, обрисао је зној са чела и упитао: ‘Где је онај који је поставио питање?’ Као да му је похвалио питање, а затим је рекао: ‘Добро не доноси зло. Биље које у пролеће расте може да убије или да оштети, осим животиња које једу док им се стомак не напуни, а онда се изложе Сунцу, и испразне се, те се врате на пашу. Овај иметак је зелен и сладак, и добар је сапутник муслиману који даје од њега сиромаху, сирочету и путнику. Али онај ко га узима неправедно, као да једе и никад се не засити, и тај ће иметак на Судњем дану бити сведок против њега.’“</t>
+    <t>Од Ебу Сеида ел-Худрија, нека је Аллах задовољан њиме, се преноси: „Једног дана, Божији Посланик, нека су на њега мир и благослов Божији, сео је на минберу, а ми смо седели око њега. Тада је рекао: ‘Оно чега се највише плашим за вас после мене јесте оно што ће вам се отворити од раскоши овога света и његових украса.’ Тада је један човек рекао: ‘О, Божији Посланиче, да ли добро може донети зло?’ Посланик, нека су на њега мир и благослов Божији, ћутао је. Људи су му рекли: ‘Шта ти је? Обраћаш се Божијем Посланику, а он ти не одговара?’ Видели смо да му се објављује. Када је објава завршена, обрисао је зној са чела и упитао: ‘Где је онај који је поставио питање?’ Као да му је похвалио питање, а затим је рекао: ‘Добро не доноси зло. Биље које у пролеће расте може да убије или да оштети, осим животиња које једу док им се стомак не напуни, а онда се изложе Сунцу, и испразне се, те се врате на пашу. Овај иметак је зелен и сладак, и добар је сапутник муслиману који даје од њега сиромаху, сирочету и путнику. Али онај ко га узима неправедно, као да једе и никад се не засити, и тај ће иметак на Судњем дану бити сведок против њега.’“</t>
   </si>
   <si>
     <t>جَلَسَ النبيُّ صلى الله عليه ذات يوم على المنبر يُحدِّث أصحابَه فقال: 
 إنَّ أكثر ما أخاف وأخشى عليكم مِن بعدي ما يُفتَح عليكم من بركات الأرض وزهرة الدنيا وزينتها وبهجتها، وما فيها من أنواع المتاع والثياب والزروع وغيرها مما يفتخر الناس بحسنه مع قلة البقاء. 
 فقال رجل: زهرة الدنيا نعمة من الله، فهل تعود هذه النعمة وتصير نقمة وعقوبة؟! 
 فَلَامَ الناسُ السائلَ حيث رأوه صلى الله عليه وسلم سَكَتَ، وظنوا أنه أغضبه. 
 فتَبَيَّنَ أنه صلى الله عليه وسلم كان ينزل عليه الوحي، ثم جعل يَمسح عن جَبِيْنِه العَرَقَ، فقال: أين السائل؟ 
 قال: أنا.
 فحمد الله وأثنى عليه، ثم قال صلى الله عليه وسلم: الخير الحقيقي لا يأتي إلا بخير، ولكن هذه الزهرة ليست بخير مَحْضٍ لما تؤدي إليه من الفتنة والمنافسة والاشتغال بها عن كمال الإقبال على الآخرة، ثم ضَرَبَ لذلك مَثلًا فقال: إنّ نبات الربيع وخَضِره؛ وهو نوع من الزرع يُعجب الماشية فيَقْتُل لكثرة الأكل بالتُّخَمَة أو يقارب القتل، إلا آكلة الخَضِر أكلت حتى امتلأ جانبا بطنها، فاستقبلت الشمس وأَلْقَت الرجيع من بطنها رقيقًا أو بالت، ثم استرفعت ما في كرشها فمضغتْه ثم بَلَعتْه، ثم عادت فأكلت. 
 فإن هذا المال كالبَقْلة الخضراء الحلوة، يَقتل أو يكاد يقتل بكثرته؛ إلا إذا اقتصر منه على اليسير الذي تدعو إليه الحاجة وتحصل به الكفاية من طريق حلال فإنه لا يضر، ونعم صاحب المسلم هو لمن أعطى منه المسكين واليتيم وابن السبيل، ومن يأخذه بحقه يبارك له فيه، ومن يأخذه بغير حقه فمثله كمثل الذي يأكل ولا يشبع، ويكون شهيدًا عليه يوم القيامة.</t>
   </si>
   <si>
     <t>Једног дана је Посланик, нека су на њега мир и благослов Божији, седео на минберу и разговарао са својим асхабима, па је рекао:
 „Највише чега се бојим и страхујем за вас након мене је оно што ће вам се отворити од благослова земље и раскоши овога света, његових украсе и лепота – све што чини различите ужитке, одећу, усеве и друге ствари којима се људи поносе, иако су кратког века.“
 Један човек је тада рекао: „Раскош овога света је Божија благодат, па да ли ће та благодат постати казна и невоља?“
 Људи су прекорили онога који је питао, јер су видели да је Посланик, нека су на њега мир и благослов Божији, ћутао, па су помислили да га је питање наљутило.
 Затим се показало да је Посланик, нека су на њега мир и благослов Божији, добијао објаву. Он је потом обрисао зној са чела и упитао: „Где је онај који је поставио питање?“
 Човек је одговорио: „Ја сам.“
-Посланик, нека су на њега мир и благослов Божији, захвалио је Богу и похвалио Га, а затим рекао: „Право добро не доноси ништа осим добра, али раскош овога света није чисто добро, јер води ка искушењу, надметању и заокупљању на рачун потпуног окретања ка Ахирету (оном свету).“
+Посланик, нека су на њега мир и благослов Божији, захвалио је Аллаху и похвалио Га, а затим рекао: „Право добро не доноси ништа осим добра, али раскош овога света није чисто добро, јер води ка искушењу, надметању и заокупљању на рачун потпуног окретања ка Ахирету (оном свету).“
 Затим је навео пример и рекао: „Пролећна трава и зеленило, што је врста усева која се допада стоци, може да убије од преједања или доведе до смрти, осим у случају стоке која једе умерено. Она једе док јој се стомак не напуни, а затим се изложи Сунцу, испразни своју утробу и олакша се, па онда поново прежива оно што јој је у желуцу, а затим се враћа и наставља да једе.“
-Овај иметак је попут зелене и слатке биљке, која може убити, или скоро убити ако се у њему претерује; осим ако се задовољимо малим, које је потребно и довољно, и ако га стекнемо на дозвољен начин, онда не наноси штету. Такав иметак је добар сапутник муслиману који од њега даје сиромаху, сирочету и путнику. Онај ко га узима на неправедан начин, Бог му неће у њему дати благослов. А онај ко га узима неправедно, сличан је ономе који једе и никада се не засити, и тај иметак ће на Судњем дану бити сведок против њега.</t>
+Овај иметак је попут зелене и слатке биљке, која може убити, или скоро убити ако се у њему претерује; осим ако се задовољимо малим, које је потребно и довољно, и ако га стекнемо на дозвољен начин, онда не наноси штету. Такав иметак је добар сапутник муслиману који од њега даје сиромаху, сирочету и путнику. Онај ко га узима на неправедан начин, Аллах му неће у њему дати благослов. А онај ко га узима неправедно, сличан је ономе који једе и никада се не засити, и тај иметак ће на Судњем дану бити сведок против њега.</t>
   </si>
   <si>
     <t>قال النووي: فيه: فضيلة المال لمن أخذه بحقه وصرفه في وجوه الخير.
 إخبار من النبي صلى الله عليه وسلم عن حال أمته، وما سيفتح عليها من زينة الحياة الدنيا وفتنتها.
 من هدي النبي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
 الحث على الصدقة وصَرْف المال في وجوه الخير، والتحذير من الإمساك.
 يؤخذ من قوله: "إنه لا يأتي الخير بالشر" أن الرزق ولو كثر فهو من جملة الخير، إنما يعرض له الشر بعارض البخل به عمن يستحقه، والإسراف في إنفاقه فيما لم يشرع، وأن كل شيء قضى الله أن يكون خيرًا فلا يكون شرًا وبالعكس، ولكن يخشى على من رُزِق الخير أن يعرض له في تَصَرُّفِه فيه ما يَجْلِبُ له الشر.
 ترك العَجلة في الجواب إذا كان يحتاج إلى التأمل.
 قال الطيبي: يؤخذ منه أربعة أصناف، فمن أَكَل منه أَكْل مُستَلِذٍّ مُفرط منهَمِك حتى تنتفخ أضلاعه ولا يُقلع فيسرع إليه الهلاك، ومن أكل كذلك لكنه أخذ في الاحتيال لدفع الداء بعد أن استحكم فغلبه فأهلكه، ومن أكل كذلك لكنه بادر إلى إزالة ما يضره ويُحيل في دفعه حتى انهضم فيسلم، ومن أكل غير مفرط ولا منهمك، وإنما اقتصر على ما يَسُد جوعتَه ويُمسك رَمَقَه، فالأول مثال الكافر، والثاني مثال العاصي الغافل عن الإقلاع والتوبة إلا عند فوتها، والثالث مثال للمخلط المبادر للتوبة حيث تكون مقبولة، والرابع مثال الزاهد في الدنيا الراغب في الآخرة.
 قال ابن المنير: في هذا الحديث وجوه من التشبيهات بديعة، أولها: تشبيه المال ونموُّه بالنبات وظهوره، ثانيها: تشبيه المُنْهَمِك في الاكتساب والأسباب بالبهائم المنهمكة في الأعشاب، وثالثها: تشبيه الاستكثار منه والادّخار له بالشَّرَهِ في الأكل والامتلاء منه، ورابعها: تشبيه الخارج من المال مع عظمته في النفوس حتى أدّى إلى المبالغة في البخل به بما تطرحه البهيمة من السَّلْح، ففيه إشارة بديعة إلى استقذاره شرعًا، وخامسها: تشبيه المتقاعد عن جمعه وضمه بالشاة إذا استراحت وحطّت جانبها مستقبلة عين الشمس؛ فإنها من أحسن حالاتها سكونًا وسَكِيْنة، وفيه إشارة إلى إدراكها لمصالحها، وسادسها: تشبيه موت الجامع المانع بموت البهيمة الغافلة عن دفع ما يضرها، وسابعها: تشبيه المال بالصاحب الذي لا يُؤمَن أن ينقلب عدوًّا؛ فإن المال من شأنه أن يُحْرَز ويُشدّ وثاقه حبًّا له؛ وذلك يقتضي منعه من مستحقه فيكون سببًا لعقاب مقتنيه، وثامنها: تشبيه آخذه بغير حق بالذي يأكل ولا يشبع.
 قال السندي: فلا بد في الخبر من أمرين، أحدهما: تحصيله بوجهه، والثاني: صرفه في مصارفه، وعند انتفاء أحدهما يصير ضررًا... وقد يقال: فيه إشارة إلى الملازمة بين القَيْدَين؛ فلا يوفَّق المرء للصرف في المصارف إلا إذا أخذه بوجهه.</t>
   </si>
   <si>
     <t>Ен-Невеви је рекао: „Овај хадис указује на врлину иметка за онога ко га стекне на исправан начин и троши га у добре сврхе.“
 Посланик, нека су на њега мир и благослов Божији, обавестио је о стању свог уммета и о томе шта ће им се отворити од украса овог света и његових искушења.
 Једна од пракси Посланика, нека су на њега мир и благослов Божији, била је да користи примере како би приближио значења.
 Подстицање на милостињу и трошење иметка у добре сврхе, као и упозорење на шкртост.
-Из његових речи: „Добро не доноси зло“ се закључује да је иметак, ма колико га било, део добра. Међутим, зло настаје услед шкртости према онима који га заслужују или расипања у недозвољене сврхе. Све што је Бог одредио као добро не може бити зло, и обрнуто, али постоји страх да ће начин на који неко располаже добром довести до зла.
+Из његових речи: „Добро не доноси зло“ се закључује да је иметак, ма колико га било, део добра. Међутим, зло настаје услед шкртости према онима који га заслужују или расипања у недозвољене сврхе. Све што је Аллах одредио као добро не може бити зло, и обрнуто, али постоји страх да ће начин на који неко располаже добром довести до зла.
 Не треба журити са одговором ако је потребно размишљање.
 Ет-Тиби је рекао: „Овај хадис указује на четири врсте људи:
 1. Онај који једе уживајући претерано и похлепно, све док му ребра не набубре и не престане, па га брзо стигне пропаст.
 2. Онај који такође једе претерано, али након што је болест узела маха, покушава да пронађе лек, али га то на крају савлада и убије.
 3. Онај који једе на исти начин, али одмах предузме мере да уклони оно што му штети и лечи се док не преброди, па се спаси.
 4. Онај који не једе претерано и није похлепан, већ се задовољава оним што ће само уклонити глад и задржати снагу.
 Први пример је као пример неверника. 
 Други је као пример грешника који одлаже покајање све док не буде прекасно. 
 Трећи је као пример онога који је погрешио, али се одмах покаје и његово покајање буде прихваћено. 
 Четврти је пример онога који стреми према Ахирету, а одриче се овог света.“
 Ибнул-Мунејјир је рекао: „Овај хадис садржи изванредне облике поређења:
 Прво је поређење између иметка и његовог раста са биљкама и њиховим процватом.
 Друго је поређење оних који похлепно стичу иметак са стоком која се похлепно баца на пашу.
 Треће је поређење прекомерног накупљања и чувања иметка са похлепом у јелу и препуњавањем.
 Четврто је поређење између новца који се одбија дати другима, због његове вредности у људским очима, са изметом који животиња испушта – што указује на то да га вера сматра презреним.
 Пето је поређење онога који престаје да гомила новац са овцом која одмара и лежи окренута ка Сунцу – то је једно од њених најмирнијих стања, што указује на њену свест о сопственој добробити.
 Шесто је поређење између смрти онога ко гомила и ускраћује богатство са смрћу животиње која је занемарила своју штету.
 Седмо је поређење између иметка и друга у којем није сигурно да неће постати непријатељ, јер је у природи новца да буде скупљан и чуван због љубави према њему, што доводи до тога да се ускрати онима који га заслужују и постане узрок казне за свог власника.
 Осмо је поређење онога ко неправедно узима иметак са оним који једе, али се никад не засити.“
 Ес-Синди је рекао: „У вези са иметком морају се испунити два услова: први је да се стекне на исправан начин, а други је да се троши у исправне сврхе. Ако један од ова два услова изостане, иметак постаје штетан. Може се рећи да постоји веза између ова два услова: човек неће бити успешан у трошењу иметка на исправне сврхе осим ако га не стекне на исправан начин.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4180</t>
   </si>
   <si>
@@ -6267,51 +6267,51 @@
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас у овом хадису обавештава да онај ко одгоди рок за враћање дуга ономе ко је задужен или му га у потпуности или делимично опрости; Аллах ће га заклонити на Судњем дану у хладу Свога Арша. Тога дана Сунце ће се приближити Аллаховим робовима и биће им изузетно вруће. Нико неће моћи наћи други хлад мимо Аллаховог.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Вредност олакшавања Аллаховим створењима, а то је и један од узрока да човек буде поштеђен страхота Судњега дана.
 Награда или казна бива сходно делу.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4186</t>
   </si>
   <si>
     <t>من سره أن ينجيه الله من كرب يوم القيامة فلينفس عن معسر أو يضع عنه</t>
   </si>
   <si>
     <t>‘Ко жели да га Аллах избави од невоља на Судњем дану, нека олакша (отплату дуга) ономе ко је у тешкој ситуацији или нека му опрости дуг.’“</t>
   </si>
   <si>
     <t>عَنْ أَبَي قَتَادَةَ رضي الله عنه أنَّهُ طَلَبَ غَرِيمًا لَهُ، فَتَوَارَى عَنْهُ ثُمَّ وَجَدَهُ، فَقَالَ: إِنِّي مُعْسِرٌ، فَقَالَ: آللَّهِ؟ قَالَ: آللَّهِ؟ قَالَ: فَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ سَرَّهُ أَنْ يُنْجِيَهُ اللهُ مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ فَلْيُنَفِّسْ عَنْ مُعْسِرٍ أَوْ يَضَعْ عَنْهُ».</t>
   </si>
   <si>
-    <t>Од Ебу Катаде, нека је Бог задовољан њиме, преноси се да је тражио свог дужника који се крио од њега, па га је на крају нашао. Дужник му је рекао: „Ја сам у тешкој ситуацији.“ Ебу Катаде га је упитао: „Заклињеш ли се Богом?“ Он је одговорио: „Заклињем се Аллахом.“ Тада је Ебу Катаде рекао: „Чуо сам Аллаховог посланика, нека су на њега мир и благослов Аллахов, како каже: ‘Ко жели да га Аллах избави од невоља на Судњем дану, нека олакша (отплату дуга) ономе ко је у тешкој ситуацији или нека му опрости дуг.’“</t>
+    <t>Од Ебу Катаде, нека је Аллах задовољан њиме, преноси се да је тражио свог дужника који се крио од њега, па га је на крају нашао. Дужник му је рекао: „Ја сам у тешкој ситуацији.“ Ебу Катаде га је упитао: „Заклињеш ли се Аллахом?“ Он је одговорио: „Заклињем се Аллахом.“ Тада је Ебу Катаде рекао: „Чуо сам Аллаховог посланика, нека су на њега мир и благослов Аллахов, како каже: ‘Ко жели да га Аллах избави од невоља на Судњем дану, нека олакша (отплату дуга) ономе ко је у тешкој ситуацији или нека му опрости дуг.’“</t>
   </si>
   <si>
     <t>كان أبو قتادة الأنصاري رضي الله عنه يبحث عن مَدِيْنٍ له يَخْتَبِئ عنه، فوجده، فقال الغَريم: إني مُعسر، وليس عندي مال لأقضي دينك. 
 فاستحلفه أبو قتادة رضي الله عنه بالله أنه لا مال عنده؟ 
 فحلف بالله أنه صادق فيما يقول.
 فقال أبو قتادة رضي الله عنه إنه سمع النبي صلى الله عليه وسلم يقول: 
 مَن سرّه وأفرحه أن ينجيَه الله من كُرب يوم القيامة وشدائدها وأهوالها، فلينفِّس عن معسر، بأن يَمُدَّ ويؤخّر المطالبة بالدَّيْن، أو يُسقط بعض الدين أو كله.</t>
   </si>
   <si>
     <t>Ебу Катаде ел-Енсари, нека је Аллах задовољан њиме, тражио је свог дужника који се крио од њега, па га је пронашао. Дужник му је рекао: „Ја сам у тешкој ситуацији и немам новца да ти вратим дуг.“
 Ебу Катаде га је питао да ли се заклиње Аллахом да заиста нема новца?
 Он се заклео Аллахом да говори истину.
 Ебу Катаде, нека је Аллах задовољан њиме, тада је рекао да је чуо Посланика, нека су на њега мир и благослов Божији, како каже:
 „Ко жели и радује се да га Аллах избави од невоља, тешкоћа и страхота Судњег дана, нека олакша ономе ко је у тешкој ситуацији, било тако што ће му продужити рок за отплату дуга, било тако што ће му опростити део дуга или цео дуг.“</t>
   </si>
   <si>
     <t>استحباب إنظار المُعْسر إلى مَيْسرة، أو وضع الدَّين عنه، كله أو بعضه.
 من نَفَّس عن مؤمن من كُرب الدنيا نَفَّس الله عليه من كُرَب يوم القيامة، والجزاء من جِنس العمل.
 القاعدة: أن الفرائض أفضل من النوافل، لكن في بعض الأحيان تكون النافلة أفضل من الفريضة، وإسقاط الدين عن المعسر نافلة، والصبر عليه والانتظار وعدم المطالبة هذا فريضة، والنافلة أفضل من الفريضة هنا.
 الحديث في حق من كان معسرًا، فهذا معذور، أما المُماطِل الذي عنده مال، فقد جاء عن النبي صلى الله عليه وسلم أنه قال: "مَطْلُ الغني ظُلْم".</t>
   </si>
   <si>
     <t>Препоручује се продужити рок ономе ко је у тешкој ситуацији до тренутка када буде у могућности да плати, или опростити дуг, делимично или у потпуности.
 Ко олакша вернику једну од невоља на овом свету, Аллах ће му олакшати невоље на Судњем дану, јер је награда сразмерна делу.
 Правило: обавезе су боље од добровољних дела, али понекад добровољно дело може бити боље од обавезе. Опраштање дуга ономе ко је у тешкој ситуацији је добровољно дело, а стрпљење и одлагање захтева за наплату је обавеза. У овом случају, добровољно дело је боље од обавезеног.
@@ -6544,109 +6544,109 @@
   <si>
     <t>قال النووي: حديث حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والبيهقي وغيرهما</t>
   </si>
   <si>
     <t>[قال النووي: حديث حسن]</t>
   </si>
   <si>
     <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4216</t>
   </si>
   <si>
     <t>إن أهون أهل النار عذابا من له نعلان وشراكان من نار، يغلي منهما دماغه كما يغل المرجل، ما يرى أن أحدا أشد منه عذابا، وإنه لأهونهم عذابا</t>
   </si>
   <si>
     <t>„Најблажу казну међу становницима Џехеннема имаће онај ко ће носити две сандале са два каиша од ватре. Његов мозак ће врити од њих као што врело кључа. Он ће мислити да нико нема тежу казну од њега, а заправо ће његова казна бити најблажа.“</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ أَهْوَنَ أَهْلِ النَّارِ عَذَابًا مَنْ لَهُ نَعْلَانِ وَشِرَاكَانِ مِنْ نَارٍ، يَغْلِي مِنْهُمَا دِمَاغُهُ كَمَا يَغْلِ الْمِرْجَلُ، مَا يَرَى أَنَّ أَحَدًا أَشَدُّ مِنْهُ عَذَابًا، وَإِنَّهُ لَأَهْوَنُهُمْ عَذَابًا».</t>
   </si>
   <si>
-    <t>Од Ну'мана бин Бешира, нека је Бог задовољан њиме, преноси се да је Божији посланик, нека су на њега мир и благослов Божији, рекао: „Најблажу казну међу становницима Џехеннема имаће онај ко ће носити две сандале са два каиша од ватре. Његов мозак ће врити од њих као што врело кључа. Он ће мислити да нико нема тежу казну од њега, а заправо ће његова казна бити најблажа.“</t>
+    <t>Од Ну'мана бин Бешира, нека је Аллах задовољан њиме, преноси се да је Божији посланик, нека су на њега мир и благослов Божији, рекао: „Најблажу казну међу становницима Џехеннема имаће онај ко ће носити две сандале са два каиша од ватре. Његов мозак ће врити од њих као што врело кључа. Он ће мислити да нико нема тежу казну од њега, а заправо ће његова казна бити најблажа.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أهونَ أهلِ النار عذابًا يوم القيامة مَن له نَعْلان وشِرَاكان يَغلي دماغه من حرارتهما، كما يغلي قِدْر النحاس، ولا يَرى أن أحدًا أشد عذابًا منه، وإنه لأهونهم عذابًا وذلك ليجتمع عليه العذاب الجسدي والنفسي.</t>
   </si>
   <si>
     <t>Посланик, нека су на њега мир и благослов Божији, обавестио је да ће на Судњем дану најблажу казну међу становницима ватре имати онај који носи ватрене сандале са кашевима, од чије ће топлоте његов мозак кључати као што кључа бакарни котао. Он ће мислити да нико нема тежу казну од њега, а заправо ће његова казна бити најблажа. То указује на то да ће трпети и физичку и психичку муку.</t>
   </si>
   <si>
     <t>التحذير للعصاة والكافرين مِن هَوْل هذا العذاب في النار؛ ليبتعدوا عما يؤدي إليه.
 اختلاف دَرَكَات الداخلين النار بحسب سوء أعمالهم.
  شدة عذاب النار، سلَّمنا الله تعالى منها.</t>
   </si>
   <si>
     <t>Упозорење грешницима и неверницима на ужас ове џехеннемске казне, како би се клонили онога што до ње води.
 Различити нивои казне за оне који уђу у Џехеннем, у зависности од тежине њихових дела.
 Страшна је казна у Џехеннему, нека нас Аллах сачува од Џехеннема.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4220</t>
   </si>
   <si>
     <t>يدنى المؤمن يوم القيامة من ربه عز وجل، حتى يضع عليه كنفه، فيقرره بذنوبه</t>
   </si>
   <si>
     <t>‘Верник ће на Судњем дану бити приближен своме Господару, Узвишеном, све док га не покрије Својим застором, па ће му споменути његове грехе и рећи</t>
   </si>
   <si>
     <t>عَنْ صَفْوَانَ بْنِ مُحْرِزٍ قَالَ: قَالَ رَجُلٌ لِابْنِ عُمَرَ رضي الله عنهما كَيْفَ سَمِعْتَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: فِي النَّجْوَى؟ قَالَ: سَمِعْتُهُ يَقُولُ: «يُدْنَى الْمُؤْمِنُ يَوْمَ الْقِيَامَةِ مِنْ رَبِّهِ عَزَّ وَجَلَّ، حَتَّى يَضَعَ عَلَيْهِ كَنَفَهُ، فَيُقَرِّرُهُ بِذُنُوبِهِ، فَيَقُولُ: هَلْ تَعْرِفُ؟ فَيَقُولُ: أَيْ رَبِّ أَعْرِفُ، قَالَ: فَإِنِّي قَدْ سَتَرْتُهَا عَلَيْكَ فِي الدُّنْيَا، وَإِنِّي أَغْفِرُهَا لَكَ الْيَوْمَ، فَيُعْطَى صَحِيفَةَ حَسَنَاتِهِ، وَأَمَّا الْكُفَّارُ وَالْمُنَافِقُونَ، فَيُنَادَى بِهِمْ عَلَى رؤُوسِ الْخَلَائِقِ هَؤُلَاءِ الَّذِينَ كَذَبُوا عَلَى اللهِ».</t>
   </si>
   <si>
-    <t>Од Сафвана бин Мухриза преноси се да је један човек упитао Ибн Омера, нека је Бог задовољан њима двојицом: „Како си чуо Посланика, нека су на њега мир и благослов Божији, да говори о тајном разговору (између човека и Њега)?“ Ибн Омер је одговорио: „Чуо сам га како каже: ‘Верник ће на Судњем дану бити приближен своме Господару, Узвишеном, све док га не покрије Својим застором, па ће му споменути његове грехе и рећи:‘Препознајеш ли их?’ Он ће рећи: ‘Да, Господару, препознајем.’ Господар ће тада рећи: ‘Сакрио сам их од људи на овоме свету, а данас ти их опраштам.’ Затим ће му бити дата књига његових добрих дела. Што се тиче неверника и лицемера, њихови греси ће бити објављени пред свима: ‘Ово су они који су лагали на Аллаха.’“</t>
+    <t>Од Сафвана бин Мухриза преноси се да је један човек упитао Ибн Омера, нека је Аллах задовољан њима двојицом: „Како си чуо Посланика, нека су на њега мир и благослов Божији, да говори о тајном разговору (између човека и Њега)?“ Ибн Омер је одговорио: „Чуо сам га како каже: ‘Верник ће на Судњем дану бити приближен своме Господару, Узвишеном, све док га не покрије Својим застором, па ће му споменути његове грехе и рећи:‘Препознајеш ли их?’ Он ће рећи: ‘Да, Господару, препознајем.’ Господар ће тада рећи: ‘Сакрио сам их од људи на овоме свету, а данас ти их опраштам.’ Затим ће му бити дата књига његових добрих дела. Што се тиче неверника и лицемера, њихови греси ће бити објављени пред свима: ‘Ово су они који су лагали на Аллаха.’“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مناجاة الله لعبدِه المؤمن يوم القيامة، فقال: 
 يُدْنَى المؤمنُ يوم القيامة من ربه فيضع عليه سِتْرَه عن أهل الموقف حتى لا يَطَّلع على سرِّه غيرُه، فيقول له: 
 أتعرف ذنب كذا وكذا... يُقرِّرُه بالذنوب التي بين العبد وربه. 
 فيقول: نعم أي رب.
 حتى إذا فَزِع المؤمن وخاف، قال له سبحانه: إني سترتها عليك في الدنيا، وأنا أغفرها لك اليوم، فيُعطى صحيفة حسناته. 
 وأما الكافر والمنافق فيُنادى على رؤوس الأشهاد: هؤلاء الذين كذبوا على ربهم، ألا لعنة الله على الظالمين.</t>
   </si>
   <si>
-    <t>Посланик, нека су на њега мир и благослов Божији, обавестио је о тајном разговору Бога са Својим робом верником на Судњем дану, па је рекао:
+    <t>Посланик, нека су на њега мир и благослов Божији, обавестио је о тајном разговору Аллаха са Својим робом верником на Судњем дану, па је рекао:
 Верник ће на Судњем дану бити приближен своме Господару, који ће га покрити Својим застором, тако да нико од присутних неће знати његове грехе осим Аллах. Тада ће му рећи:
 "Да ли препознајеш тај и тај грех?" Господар ће му споменути грехе које је починио.
 Верник ће одговорити: "Да, Господару."
-Када верника обузму страх и ужас због његових греха, Бог ће му рећи: "Сакрио сам их од људи на овоме свету, а данас ти их опраштам." Затим ће му бити дата књига његових добрих дела.
+Када верника обузму страх и ужас због његових греха, Аллах ће му рећи: "Сакрио сам их од људи на овоме свету, а данас ти их опраштам." Затим ће му бити дата књига његових добрих дела.
 А што се тиче неверника и лицемера, они ће бити прозвани пред свима: "Ово су они који су лагали на свога Господара. Нека је Божија клетва и проклетство на неправеднике."</t>
   </si>
   <si>
     <t>فضل الله ورحمته للمؤمنين بسترهم في الدنيا والآخرة.
 الحث على ستر المؤمن ما أمكن.
 أعمال العباد كلها يُحصيها رب العباد، فمن وجد خيرًا فليحمد الله، ومن وجد غير ذلك فلا يلومنَّ إلا نفسه وهو تحت مشيئة الله.
 قال ابن حجر: دلَّ مجموع الأحاديث على أن العصاة من المؤمنين في القيامة على قسمين: أحدهما: من معصيته بينه وبين ربه، فدل حديث ابن عمر على أن هذا القسم على قسمين: قسم: تكون معصيته مستورة في الدنيا، فهذا الذي يسترها الله عليه في القيامة وهو بالمنطوق، وقسم: تكون معصيته مجاهرة، فدل مفهومه على أنه بخلاف ذلك، والقسم الثاني: من تكون معصيته بينه وبين العباد فهم على قسمين أيضا: قسم: ترجح سيئاتهم على حسناتهم، فهؤلاء يقعون في النار ثم يخرجون بالشفاعة، وقسم: تتساوى سيئاتهم وحسناتهم، فهؤلاء لا يدخلون الجنة حتى يقع بينهم التَّقَاصُّ.</t>
   </si>
   <si>
     <t>Божија милост и благодат према верницима огледају се у томе што им Он покрива грехе и на овом и на оном свету.
 Подстицање на то да верник сакрива (грехе) другог верника кад год је то могуће.
-Сва дела људи зна Господар свих светова, па ко сконча добро на Судњем дану, нека захвали Богу, а ко сконча супротно, нека не криви никога осим себе, јер је све под Божијом вољом.
+Сва дела људи зна Господар свих светова, па ко сконча добро на Судњем дану, нека захвали Аллаху, а ко сконча супротно, нека не криви никога осим себе, јер је све под Божијом вољом.
 Ибн Хаџер је рекао: „Многи хадиси указују на то да ће грешници међу верницима на Судњем дану бити подељени у две групе:
 Прва група су они чији су греси били између њих и њиховог Господара. Хадис Ибн Омера указује да се ова група дели на два дела:
 - Први део су они чији су греси били сакривени на овом свету, и биће сакривени и на Судњем дану, што је јасно у хадису.
 - Други део су они који су јавно грешили, и овај хадис указује да за њих неће бити исто као за прве.
 Друга група су они чији су греси били између њих и других људи, и они се такође деле на два дела:
 - Први део су они код којих су зла дела превагнула над добрим делима, и ови ће бити бачени у ватру, али ће изаћи захваљујући заступништву (шефа'ату).
 - Други део су они код којих су зла и добра дела једнака, и ови неће ући у Џеннет све док се не обави праведно поравнање међу њима.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4242</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Нека онај ко јаше поселами онога који иде, онај који иде онога ко седи и нека мања скупина поселами већу.“</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Нека онај ко јаше поселами онога који иде, онај који иде онога ко седи и нека мања скупина поселами већу.“</t>
   </si>
   <si>
@@ -7250,50 +7250,192 @@
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Посланик, нека је Аллахов благослов и мир на њега, нам казује да је Узвишени Аллах одредио добра и лоша дела, те је потом анђелима појаснио како да их записују.
 Ко одлучи да уради добро дело, биће му уписано једно добро дело па макар га и не урадио. Док, ако га уради биће му уписано од десет до седам стотина добрих дела, па и више од тога. То повећање добрих дела зависи од искрености која се налази у срцу, те о томе колико другима то дело користи и тако даље.
 А ко одлучи да уради лоше дело, те се потом сустегне од њега ради Аллаха, Он ће му уписати добро дело. Међутим, ако га не уради због тога што се позабавио нечим другим, неће му се уписати ништа; те ако га не уради због тога што га је спречила слабост у томе, уписаће му се та неваљала намера. На концу, ако ипак уради то лоше дело, уписаће му се само једно лоше дело.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Величанствене су Аллахове благодати које је подарио уммету (народу који следи Посланика Мухаммеда) тако што им се добра дела умногостручавају за разлику од лоших.
 Важност намере приликом чињења дела.
 Узвишени Аллах нам је подарио благодат и у томе што онај ко одлучи да учини добро дело па га нешто спречи у томе, Аллах ће му га опет уписати као једно добро дело.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/4322</t>
+  </si>
+  <si>
+    <t>من صام يوما في سبيل الله باعد الله وجهه عن النار سبعين خريفا</t>
+  </si>
+  <si>
+    <t>‘Ко пости један дан на Алаховом путу, Алах ће његово лице удаљити од Ватре седамдесет година.’“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رَضِيَ اللهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ صَامَ يَوْمًا فِي سَبِيلِ اللهِ بَاعَدَ اللهُ وَجْهَهُ عَنِ النَّارِ سَبْعِينَ خَرِيفًا».</t>
+  </si>
+  <si>
+    <t>Ебу Сеид ел-Худри, Аллах био задовољан њиме, рекао je: „Чуо сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, да је казао: ‘Ко пости један дан на Алаховом путу, Алах ће његово лице удаљити од Ватре седамдесет година.’“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلّم أنَّ مَن صام يومًا في الجهاد، وقيل في الجهاد وغيره مُخلِصًا لله ابتغاء الثواب والأجر من الله؛ فإنّ الله بفضله يُبَاعِد بينه وبين النار سبعين سنة.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов, појаснио је да онај ко пости један дан у борби на Аллахoвом путу, а неки кажу ко буде постио у борби на Аллахoвом путу и другим ситуацијама, искрено ради Алаха, тражећи награду од Њега, Аллах ће, својом милошћу, удаљити га од ватре седамдесет година.</t>
+  </si>
+  <si>
+    <t>قال النووي: فضيلة الصيام في سبيل الله، وهو محمول على مَن لا يَتضرر به، ولا يُفوِّت به حقًّا، ولا يَختلُّ به قتالُه ولا غيره من مُهِمَّات غزوِه.
+الحث والترغيب على صيام التطوع.
+وجوب الإخلاص وابتغاء مرضاة الله، ولا يصوم رياء ولا سمعة ولا لمقاصد أخرى.
+قال السندي: قوله (في سبيل الله)، يحتمل أن المراد مجرد إصلاح النية، ويحتمل أن المراد به أنه صام حال كونه غازيًا، والثاني هو المتبادر.
+قال ابن حجر: قوله: (سبعين خريفًا) الخريف زمان معلوم من السَّنَة، والمراد به هنا العام، وتخصيص الخريف بالذكر دون بقية الفصول -الصيف والشتاء والربيع-؛ لأن الخريف أزكى الفصول لكونه يُجْنَى فيه الثمار.</t>
+  </si>
+  <si>
+    <t>Имам Невеви је рекао: „Вредност поста на Алаховом путу односи се на онога ко тиме себи не наноси штету, не пропушта испуњење ничијих права и не нарушава своју борбу или друге важне задатке у току похода.“
+Подстицање и охрабривање на добровољни пост.
+Обавеза искрености и чињења дела како ради Алахове љубави, те да особа не пости из лицемерја, ради угледа или других намера.
+Ес-Синди је рекао: „Посланикове речи 'на Алаховом путу' могу значити да то буде пост ради Аллахове љубави, али могу значити и да је постио док је био у борби. Друго значење је оно које се првенствено подразумева.“
+Ибн Хаџер је рекао: „Речима سبعين خريفا (дословно: седамдесет јесени) се циља на годину. Спомињање јесени, а не осталих годишњих доба, попут лета, зиме или пролећа — је зато што је јесен најплодније доба, јер се у њој бере плод.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4436</t>
+  </si>
+  <si>
+    <t>لا يزال الناس بخير ما عجلوا الفطر</t>
+  </si>
+  <si>
+    <t>„Људи ће бити у добру све док буду журили са ифтаром.“</t>
+  </si>
+  <si>
+    <t>عَنْ سَهْلِ بْنِ سَعْدٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَزَالُ النَّاسُ بِخَيْرٍ مَا عَجَّلُوا الْفِطْرَ».</t>
+  </si>
+  <si>
+    <t>Од Сехла бин Са'да, нека је Аллах задовољан њиме, преноси се да је Божији Посланик, нека су на њега мир и благослов, рекао: „Људи ће бити у добру све док буду журили са ифтаром.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه لا يزال الناس بخير ما عَجَّلوا الفطر في الصيام بعد التَّحَقُّق من غروب الشمس؛ وذلك امتثالًا للسُّنَّة، والوقوف عند حدِّها.</t>
+  </si>
+  <si>
+    <t>Посланик, нека су на њега мир и благослов, обавестио нас је да ће људи остати у добру све док буду журили са ифтаром након што се потврди залазак Сунца, примењујући Суннет на тај начин.</t>
+  </si>
+  <si>
+    <t>قال النووي: فيه الحث على تعجيله بعد تحقُّق غروب الشمس، ومعناه لا يزال أَمْرُ الأمة مُنتظمًا وهم بخير ما داموا محافظين على هذه السنة، وإذا أخّروه كان ذلك علامة على فسادٍ يَقَعون فيه.
+بقاء الخير في الناس بسبب اتباعهم للسنة، وفساد الأمور يتعلق بتغيُّر السنة.
+مخالفة أهل الكتاب وأهل البدع، فإنهم يؤخِّرون الإفطار.
+قال ابن حجر: وفيه بيان العلة في ذلك، قال المُهَلّب: والحكمة في ذلك أن لا يُزاد في النهار من الليل، ولأنه أرفق بالصائم وأقوى له على العبادة، واتفق العلماء على أنّ مَحَلّ ذلك إذا تحقق غروب الشمس بالرؤية أو بإخبار عَدْلَين، وكذا عدل واحد في الأرجح.
+قال ابن حجر: تنبيه: من البدع المنكرة ما أُحْدِث في هذا الزمان من إيقاع الأذان الثاني قبل الفجر بنحو ثلث ساعة في رمضان، وإطفاء المصابيح التي جعلت علامة لتحريم الأكل والشرب على من يريد الصيام زعمًا ممن أحدثه أنه للاحتياط في العبادة، ولا يعلم بذلك إلا آحاد الناس، وقد جَرَّهم ذلك إلى أن صاروا لا يؤذِّنون إلا بعد الغروب بدرجة لتمكين الوقت زعموا، فأخروا الفطر، وعجلوا السحور، وخالفوا السنة، فلذلك قَلَّ عنهم الخير وكثر فيهم الشر، والله المستعان.</t>
+  </si>
+  <si>
+    <t>Ен-Невеви је рекао: „Овај хадис подстиче на убрзавање ифтара након што се потврди залазак Сунца. Његово значење је да ће овај уммет остати у добру све док буду пазили на ову праксу. Ако  буду одлагали ифтар, то ће бити знак покварености у коју ће упасти.“
+Опстанак добра међу људима је због њиховог придржавања Суннета, а кварење ствари је повезано са напуштањем Суннета.
+Разликовање од следбеника Књиге и новотара, јер они одлажу ифтар.
+Ибн Хаџер је рекао: „У овоме се појашњава разлог за то. Ел-Мухеллеб је рекао: ‘Мудрост је у томе да се не додаје део ноћи на дан, јер је то лакше за постача и чини га јачим за ибадете.’ Улема се сложиле да је услов за то потврда заласка Сунца посматрањем или обавештењем двојице поверљивих сведока, а по преферираном мишљењу и једног праведног сведока.“
+Ибн Хаџер је рекао: „Међу новотаријама је оно што је уведено у ово време, а то је учење другог езана пре зоре за око трећину сата током Рамазана, и гашење светиљки које су постављене као знак забране јела и пића онима који желе да посте, под изговором оних који су то увели да је то ради  предострожности. Међутим, то знају само појединци, а то их је довело до тога да не уче езан све до након заласка сунца за један степен, како би, како кажу, били сигурни. Тако су одложили ифтар, убрзали сехур и на тај начин супротстављали се Суннету. Због тога је код њих смањено добро, а повећано зло, да Аллах помогне...“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4438</t>
+  </si>
+  <si>
+    <t>كنا نخرج إذ كان فينا رسول الله صلى الله عليه وسلم زكاة الفطر، عن كل صغير وكبير، حر أو مملوك، صاعا من طعام، أو صاعا من أقط، أو صاعا من شعير، أو صاعا من تمر، أو صاعا من زبيب</t>
+  </si>
+  <si>
+    <t>„Људи су у време Посланика, саллаллаху 'алејхи ве селлем, давали садекатул-фитр у износу од једног са'а хране.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: كُنَّا نُخْرِجُ إِذْ كَانَ فِينَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الْفِطْرِ، عَنْ كُلِّ صَغِيرٍ وَكَبِيرٍ، حُرٍّ أَوْ مَمْلُوكٍ، صَاعًا مِنْ طَعَامٍ، أَوْ صَاعًا مِنْ أَقِطٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، أَوْ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ زَبِيبٍ، فَلَمْ نَزَلْ نُخْرِجُهُ حَتَّى قَدِمَ عَلَيْنَا مُعَاوِيَةُ بْنُ أَبِي سُفْيَانَ رضي الله عنه حَاجًّا، أَوْ مُعْتَمِرًا فَكَلَّمَ النَّاسَ عَلَى الْمِنْبَرِ، فَكَانَ فِيمَا كَلَّمَ بِهِ النَّاسَ أَنْ قَالَ: إِنِّي أَرَى أَنَّ مُدَّيْنِ مِنْ سَمْرَاءِ الشَّامِ، تَعْدِلُ صَاعًا مِنْ تَمْرٍ، فَأَخَذَ النَّاسُ بِذَلِكَ، قَالَ أَبُو سَعِيدٍ: فَأَمَّا أَنَا فَلَا أَزَالُ أُخْرِجُهُ كَمَا كُنْتُ أُخْرِجُهُ، أَبَدًا مَا عِشْتُ.</t>
+  </si>
+  <si>
+    <t>Од Ебу Сeида се преноси да је рекао: „Људи су у време Посланика, саллаллаху 'алејхи ве селлем, давали садекатул-фитр у износу од једног са'а хране.“ Када је Муавија дошао за халифу, рекао је: „Ја сматрам да пола са'а шамске пшенице одговара једном са'у неке друге пшенице.“ Људи су то прихватили, али је Ебу Сeид то негирао и наставио да даје као што се давало, по један са'а, следећи праксу Посланика и с циљем да се испуне потребе сиромашних.</t>
+  </si>
+  <si>
+    <t>كَانَ المسلمون يُخْرِجون زكاةَ الفطر في عهد النبي صلى الله عليه وسلم وعهد الخلفاء الراشدين مِن بعده عن الصغير والكبير مِقدار صاعٍ من طعام. 
+وكان طعامهم الشعير و(الزبيب): العنب اليابس، و(الأقط): اللبَن المُجَفَّف والتمر.
+ومقدار الصاع أربعة أَمْداد، والمُدُّ يساوي مِلءَ كَفَّي الرجل المعتدل. 
+فلما جاء معاوية رضي الله عنه للمدينة وهو خليفة، وكَثُر القَمْح الشامي، خطب فقال: إني أرى أن مُدَّين من قمح الشام (نصف صاع)، تَعْدِل صاعًا من التمر، فأخذ الناس بذلك. 
+قال أبو سعيد الخدري رضي الله عنه: فأما أنا فلا أَزال أُخْرِجه كما كنت أُخْرِجه في عهد النبي صلى الله عليه وسلم أبدًا ما عشت.</t>
+  </si>
+  <si>
+    <t>Муслимани су давали зекатул-фитр у време Посланика, саллаллаху 'алејхи ве селлем, и у време праведних халифа након њега за мале и велике, у износу од једног са'а хране. Неки од темељних делова њихових оброка су били јечам, суво грожђе (зебиб), суви дуготрајни сир (екит) и хурме. Износ са'а је четири мудда, а један мудд је количина која стане у две шаке просечног човека. Када је Муавија, нека је Аллах задовољан њиме, дошао у Медину као халифа, и када је пшенице из Шама било у изобиљу, одржао је говор и рекао: „Сматрам да два мудда шамске пшенице (пола са'а) одговарају једном са'у урми.“ Људи су то прихватили. Ебу Сеид ел-Худри, нека је Аллах задовољан њиме, је рекао: „Што се мене тиче, ја ћу га увек давати (зекат) онако како сам га давао у време Посланика, мир над њим, све док сам жив.“</t>
+  </si>
+  <si>
+    <t>بيان مقدار صدقة الفطر في زمن النبي صلى الله عليه وسلم، صاع من طعام وإن اختلف الجنس والقيمة.
+كل طعام للآدميِّين مجزئ في الفِطْرَة، وإنما خُصَّت الأصناف الأربعة بالذِّكْر؛ لأنها كانت طعام الناس في عهد النبي صلى الله عليه وسلم.
+إخراج غير الطعام من الفلوس والنقود، لا يجزئ في الفطرة.
+قال النووي على شرح مسلم: وإذا اختلفت الصحابة لم يكن قولُ بعضِهم بأولى من بعض، فنرجع إلى دليل آخر، وجدنا ظاهر الأحاديث والقياس متفقًا على اشتراط الصاع من الحِنْطة كغيرها، فوجب اعتماده.
+قال ابن حجر: وفي حديث أبي سعيد ما كان عليه من شدة الاتباع والتمسك بالآثار، وترك العدول إلى الاجتهاد مع وجود النص، وفي صنيع معاوية وموافقة الناس له دلالة على جواز الاجتهاد، وهو محمود، لكنه مع وجود النص فاسدُ الاعتبار.</t>
+  </si>
+  <si>
+    <t>Ебу Сеид ел-Худри, нека је Аллах задовољан њиме, рекао је: „Што се мене тиче, ја ћу га увек давати онако како сам га давао у време Посланика, саллаллаху 'алејхи ве селлем, докле год сам жив.“
+Свака храна која је погодна за људе испуњава услов за зекатул-фитр, а ова четири вида хране су посебно споменута јер су то биле основне намирнице у време Посланика, саллаллаху 'алејхи ве селлем.
+Давање нечега осим хране, попут новца и кованица, не испуњава услов за зекатул-фитр.
+Имам Невеви је у свом коментару на Муслимов Сахих рекао: „Када се другови Посланика (сахаби) разиђу у мишљењима, не може се рећи да је мишљење једних приоритетније од мишљења других, па се враћамо на неки други доказ. На основу проучавања хадиса и аналогног расуђивања, нашли смо да су хадиси и аналогија сагласни у томе да је услов један са'а пшенице као и код осталих намирница, па је неопходно ослонити се на то.“
+Ибн Хаџер је рекао: „У хадису Ебу Сеида види се његова снажна посвећеност слеђењу суннета, те избегавање да се прибегне иџтихаду у присуству јасног текста. У поступку Муавије и сагласности људи с њим види се допуштеност иџтихада, што је похвално, али када постоји текст, такав иџтихад је неоснован.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4454</t>
+  </si>
+  <si>
+    <t>شهدت العيد مع عمر بن الخطاب رضي الله عنه، فقال: هذان يومان نهى رسول الله صلى الله عليه وسلم عن صيامهما: يوم فطركم من صيامكم، واليوم الآخر تأكلون فيه من نسككم</t>
+  </si>
+  <si>
+    <t>„Присуствовао сам Бајраму са Омером ибн ел-Хатабом, нека је Бог задовољан њиме, па је рекао: ‘Ово су два дана у којима је Божији Посланик, мир и благослов Божији нека су на њега, забранио пост: дан када прекидате ваш пост након Рамазана (Бајрам), и други дан када једете од ваше жртве (Курбан Бајрам).’“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عُبَيْدٍ، مَوْلَى ابْنِ أَزْهَرَ، قَالَ: شَهِدْتُ العِيدَ مَعَ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ، فَقَالَ: هَذَانِ يَوْمَانِ نَهَى رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ صِيَامِهِمَا: يَوْمُ فِطْرِكُمْ مِنْ صِيَامِكُمْ، وَاليَوْمُ الآخَرُ تَأْكُلُونَ فِيهِ مِنْ نُسُكِكُمْ.</t>
+  </si>
+  <si>
+    <t>Од Ебу Убејда, слуге Ибн Езхера, се преноси да је рекао: „Присуствовао сам Бајраму са Омером ибн ел-Хатабом, нека је Бог задовољан њиме, па је рекао: ‘Ово су два дана у којима је Божији Посланик, мир и благослов Божији нека су на њега, забранио пост: дан када прекидате ваш пост након Рамазана (Бајрам), и други дан када једете од ваше жртве (Курбан Бајрам).’“</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن صيام يوم عيد الفطر وعيد الأضحى؛ فأما عيد الفطر فيوم الفطر من صيام شهر رمضان، وأما يوم عيد الأضحى فيوم الأكل من الأضاحي.</t>
+  </si>
+  <si>
+    <t>Посланик, мир и благослов Божији нека су на њега, забранио је пост на дан Рамазанског бајрама и Курбан бајрама. Што се тиче Рамазанског бајрама, то је дан када се прекида пост након месеца Рамазана, а што се тиче Курбан бајрама, то је дан када једете од својих жртвених животиња (курбана).</t>
+  </si>
+  <si>
+    <t>تحريم صوم يَوْمَيْ عيد الفطر والأضحى وأيام التشريق؛ لأنها تابعة ليوم الأضحى إلا مَن لم يجدِ الهديَ فيجوز له صيام أيام التشريق.
+قال ابن حجر: قيل: وفائدة وصف اليومين الإشارة إلى العلة في وجوب فطرهما، وهو الفَصْل من الصوم، وإظهار تمامه وحده بفطر ما بعده، والآخر لأجل النسك المتقرب بذبحه ليؤكل منه.
+يستحب للخطيب أن يذكر في خطبته ما يتعلق بوقته من الأحكام ويتحرى المناسبات.
+مشروعية الأكل من النُّسك.</t>
+  </si>
+  <si>
+    <t>Забрањен је пост на дане Бајрама, Рамазанског и Курбан бајрама, као и током дана Тешрика (три дана после Курбан бајрама), јер су они повезани са даном Курбан бајрама. Међутим, дозвољено је постити у дане Тешрика ономе ко не нађе жртву (курбан).
+Ибн Хаџeр је рекао: „Речено је да је сврха спомињања ова два дана указивање на разлог обавезе престанка поста у њима, а то је прекид поста, показивање његовог завршетка самосталним оброком након тога. Други дан је због жртве која се приноси као обожавање, како би се јело од ње.“
+Пожељно је да говорник у својој беседи спомене оно што је повезано са временом у којем се налази, односно са одговарајућим правилима и приликама.
+Дозвољеност једења од жртвене животиње.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/4527</t>
   </si>
   <si>
     <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
   </si>
   <si>
     <t>„Опоручио ми је мој присни пријатељ, Посланик, нека је Аллахов благослов и мир на њега, три ствари: да постим три дана током сваког месеца, да клањам два реката духа намаза и да пре спавања клањам витр намаз.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ.</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, се преноси да је рекао: „Опоручио ми је мој присни пријатељ, Посланик, нека је Аллахов благослов и мир на њега, три ствари: да постим три дана током сваког месеца, да клањам два реката духа намаза и да пре спавања клањам витр намаз.“</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو هريرةَ رضي الله عنه أنَّ حبيبَه وصاحبَه النبيَّ صلى الله عليه وسلم أوصاه وعَهِدَ إليه  بثلاث خصالٍ: 
 الأولى: صوم ثلاثة أيام من كل شهر. 
 الثانية: ركعتي الضُّحَى كل يوم. 
 الثالثة: الوِتْر قبل النوم؛ وذلك لِمَن خاف أن لا يَستيقظ آخر الليل.</t>
   </si>
   <si>
     <t>Ебу Хурејре, Аллах био задовољан њиме, преноси да му је опоручио његов вољени пријатељ Аллахов Посланик, нека је Аллахов благослов и мир на њега, да никада не оставља три ствари:
 Прва: да пости три дана током сваког месеца.
 Друга: да свакога дана клања два реката духа намаза.
 Трећа: да пре спавања клања витр намаз, а то је за онога ко се боји да не може устати да клања ноћни намаз.</t>
   </si>
@@ -14022,85 +14164,85 @@
     <t>Аиша, Аллах био задовољан њом, обавештава нас да се Аллахов Посланик, нека је Аллахов благослов и мир на њега, изнимно трудио у спомињању Узвишеног Аллаха, те да Му је чинио зикр у сваком стању, сваком времену и на сваком месту.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Није услов да верник буде чист од свих врста нечистоћа да би могао спомињати Аллаха.
 Истрајност Аллаховог Посланика, нека је Аллахов благослов и мир на њега, на спомињању Узвишеног.
 Подстицај на често спомињање Аллаха у свакој прилици, те да у томе треба следити Његовог Посланика, нека је Аллахов благослов и мир на њега. С тим што из овога треба изузети нека стања у којима је забрањено или покуђено зикрити попут обављања физиолошке потребе.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/8402</t>
   </si>
   <si>
     <t>لا يرمي رجل رجلا بالفسوق، ولا يرميه بالكفر، إلا ارتدت عليه، إن لم يكن صاحبه كذلك</t>
   </si>
   <si>
     <t>„Нека човек не назива другог човека грешником или неверником, јер ће се то вратити на њега ако његов саговорник није такав.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رَضِيَ اللَّهُ عَنْهُ أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ يَرْمِي رَجُلٌ رَجُلًا بِالفُسُوقِ، وَلاَ يَرْمِيهِ بِالكُفْرِ، إِلَّا ارْتَدَّتْ عَلَيْهِ، إِنْ لَمْ يَكُنْ صَاحِبُهُ كَذَلِكَ».</t>
   </si>
   <si>
-    <t>Од Ебу Зерра, нека је Бог задовољан њиме, преноси се да је чуо Посланика, нека су на њега мир и благослов Божији, како каже: „Нека човек не назива другог човека грешником или неверником, јер ће се то вратити на њега ако његов саговорник није такав.“</t>
+    <t>Од Ебу Зерра, нека је Аллах задовољан њиме, преноси се да је чуо Посланика, нека су на њега мир и благослов Божији, како каже: „Нека човек не назива другог човека грешником или неверником, јер ће се то вратити на њега ако његов саговорник није такав.“</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم أنّ مَن قال لآخر: أنت فاسق، أو: أنت كافر، فإنْ كان ليس كما قال، كان هو المُستَحِق للوصف المذكور ورَجَعَ عليه قولُه، وأما إذا كان كما قال لم يرجع عليه شيء؛ لكونه صدق فيما قال.</t>
   </si>
   <si>
     <t>Посланик, нека су на њега мир и благослов Божији, упозорио је да онај ко каже другом: „Ти си грешник“ или „Ти си неверник“, ако та особа није таква каквом ју је назвао, онда ће онај ко је то изговорио бити достојан тог описа, и његова реч ће се вратити на њега. Међутим, ако је тачно оно што је рекао, тада му се ништа не враћа, јер је говорио истину.</t>
   </si>
   <si>
     <t>تحريم رمي الناس بالكفر أو الفسق، بغير مُسَوِّغ شرعي.
 وجوب التثبُّت في إصدار الأحكام على الناس.
 قال ابن دقيق العيد: وهذا وعيد عظيم لمن أكفر أحدًا من المسلمين وليس كذلك، وهي ورطة عظيمة.
 قال ابن حجر العسقلاني: ولكن لا يلزم من كونه لا يصير بذلك فاسقًا ولا كافرًا أن لا يكون آثمًا في صورة قوله له: أنت فاسق، بل في هذه الصورة تفصيل: إن قَصَدَ نُصْحَه أو نُصْحَ غيرِه بِبَيان حاله جاز، وإن قَصَدَ تَعْيِيْرَه وشُهرَتَه بذلك ومَحْضَ أذاه لم يجز؛ لأنه مأمور بالستر عليه وتعليمه وعِظَتِه بالحسنى، فمهما أمكنه ذلك بالرفق لا يجوز له أن يفعله بالعُنْف؛ لأنه قد يكون سببًا لإغرائه وإصراره على ذلك الفعل كما في طَبْعِ كثير من الناس من الأَنَفَة، ولا سيّما إن كان الآمِرُ دونَ المأمورِ في المنزلة.</t>
   </si>
   <si>
     <t>Забрањено је оптуживати људе за неверство или грешност без оправданог шеријатског разлога.
 Обавезно је бити сигуран и темељит при доношењу пресуда о другима.
 Ибн Декик ел-Ид је рекао: „Ово је жестоко упозорење за онога ко оптужи некога од муслимана за неверство, а да то није истина. То је веома озбиљна замка.“
 Ибн Хаџер ел-Асалани је рекао: „Међутим, не значи тај који с правом каже другом: "ти си грешник" или "ти си неверник" није грешан, иако је погодио. Ту има детаљно појашњење: 
 - ако је то рекао са намером да га посаветује или да упозори друге указујући на његово стање, онда је то дозвољено. Али ако је намера да га осрамоти, учини га предметом ругла или му нанесе штету, то није дозвољено. Он је обавезан да прекрије његове грехе, подучи га и саветује на леп начин. Ако је могуће постићи циљ љубазношћу, онда није дозвољено прибегавати оштрини, јер то може довести до тврдоглавости и упорности у греху, као што је случај са многима због њиховог осећаја поноса, нарочито ако онај ко упозорава има мањи углед од онога коме се обраћа.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/8883</t>
   </si>
   <si>
     <t>إن الشيطان قد أيس أن يعبده المصلون في جزيرة العرب، ولكن في التحريش بينهم</t>
   </si>
   <si>
     <t>‘Заиста је шејтан изгубио наду да ће на Арапском полуострву бити обожаван од стране оних који обављају намаз, али није изгубио наду да ће их завадити.’“</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ الشَّيْطَانَ قَدْ أَيِسَ أَنْ يَعْبُدَهُ الْمُصَلُّونَ فِي جَزِيرَةِ الْعَرَبِ، وَلَكِنْ فِي التَّحْرِيشِ بَيْنَهُمْ».</t>
   </si>
   <si>
-    <t>Од Џабира, нека је Бог задовољан њиме, преноси се да је рекао: „Чуо сам Посланика, нека су на њега мир и благослов Божији, како каже: ‘Заиста је шејтан изгубио наду да ће на Арапском полуострву бити обожаван од стране оних који обављају намаз, али није изгубио наду да ће их завадити.’“</t>
+    <t>Од Џабира, нека је Аллах задовољан њиме, преноси се да је рекао: „Чуо сам Посланика, нека су на њега мир и благослов Божији, како каже: ‘Заиста је шејтан изгубио наду да ће на Арапском полуострву бити обожаван од стране оних који обављају намаз, али није изгубио наду да ће их завадити.’“</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ إبليس أَيِسَ أنْ يَعُوْدَ المؤمنون المصلون لعبادته والسجود للصنم في جزيرة العرب، ولكنه لا زال يَطْمَع، ولا زال جهده وكَدُّه وعملُه وسعيُه في التَّحريش بينهم بالخصومات والشَّحْنَاء والحروب والفتن ونحوها.</t>
   </si>
   <si>
     <t>Посланик, нека су на њега мир и благослов Божији, обавестио је да је Иблис изгубио наду да ће се верници вратити његовом обожавању и клањању идолима на Арапском полуострву. Међутим, он и даље жуди и наставља свој труд, напор и деловање у изазивању раздора међу њима, подстичући свађе, непријатељства, ратове и смутње и сличне ствари.</t>
   </si>
   <si>
     <t>عبادة الشيطان عبادة الصنم، لأنه الآمِرُ به والداعي إليه، بدليل قوله تعالى عن إبراهيم عليه السلام: (يا أبت لا تعبد الشيطان…).
 الشيطان يَسعى في إيقاع الخصومات والشَّحْناء والحروب والفتن بين المسلمين.
 من فوائد الصلاة في الإسلام أنها تَحفظ المَوَدّة بين المسلمين، وتُقَوِّي روابط الأُخُوّة بينهم.
 الصلاة أعظم شعائر الدين بعد الشهادتين، ولذلك أطلق على المسلمين المُصَلِّين.
 جزيرة العرب لها خصائص دون غيرها من البلاد.
 إن قيل قد وقع في بعض جزيرة العرب عبادة الأصنام، والنبي صلى الله عليه وسلم يقول: (إن الشيطان قد أيس أن يعبده المصلون..)، فهذا إخبار عما وقع في نفس الشيطان مِن اليأس لِمَا رأى الفتوح، ودخول الناس في دين الله أفواجًا، فالحديث أخبر عن ظن الشيطان وتوقُّعِه، ثم كان الواقع بخلاف ذلك لحكمة يريدها الله عز وجل.</t>
   </si>
   <si>
     <t>Обожавање кипова је уствари обожавање сотоне (шејтана), јер је он тај који наређује и позива на обожавање кипова. Доказ за то је говор којег Узвишени Створитељ преноси од Абрахама: „О оче мој, не обожавај шејтана...“
 Шејтан настоји да изазове свађе, непријатељство, ратове и смутње међу муслиманима.
 Једна од користи намаза у исламу је да чува љубав међу муслиманима и јача везе братства међу њима.
 Намаз је најбитнији обред у вери након два шехадета, због чега су муслимани названи „они који клањају (мусалин)“.
 Арапско полуострво има посебне карактеристике које га издвајају од осталих делова света.
 Ако неко каже да је на неким местима на Арапском полуострву дошло до обожавања идола, иако је Посланик, нека су на њега мир и благослов Божији, рекао: „Заиста је шејтан изгубио наду да ће га обожавати они који који обављају молитву...“, то је зато што хадис говори о ономе што је шејтан осећао и о његовој нади која је нестала када је видео освајања и масовно улажење људи у ислам. Хадис нас обавештава о шејтановој нади и очекивању, али стварност је била другачија, по Божијој мудрости.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/8886</t>
@@ -14411,89 +14553,89 @@
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, забрањује нам да се заклињемо кумирима. То су кипови које су многобошци обожавали поред Аллаха. Они су разлог њихове заблуде и неверства. Осим тога, Посланик нам забрањује да се заклињемо очевима. То је био арапски обичај у џахилијјету (предисламском периоду) чиме су исказивали понос и престиж.</t>
   </si>
   <si>
     <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
 تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
 الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
   </si>
   <si>
     <t>Дозвољено је заклињати се само Узвишеним Аллахом, Његовим именима и својствима.
 Забрањено је заклињати се кумирима, очевима, владарима и томе слично. Све је то неисправно.
 Заклињати се неким мимо Аллаха је мали ширк у основи. Но, може да буде и велики када неко велича некога мимо Аллаха као што се Аллах велича.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/8959</t>
   </si>
   <si>
     <t>من حلف بالأمانة فليس منا</t>
   </si>
   <si>
     <t>„Ко се закуне еманетом (поверењем), тај није од нас.“</t>
   </si>
   <si>
     <t>عَنْ بُرَيْدَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ بِالْأَمَانَةِ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
-    <t>Од Бурејде, нека је Бог задовољан њиме, преноси се да је Посланик, нека су на њега мир и благослов Божији, рекао: „Ко се закуне еманетом (поверењем), тај није од нас.“</t>
+    <t>Од Бурејде, нека је Аллах задовољан њиме, преноси се да је Посланик, нека су на њега мир и благослов Божији, рекао: „Ко се закуне еманетом (поверењем), тај није од нас.“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ مِن الحَلِف بالأمانة، وأنَّ مَن فَعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Посланик, нека су на њега мир и благослов Божији, забранио је и упозорио на заклињање еманетом (поверењем) и рекао да онај ко то учини није од нас.</t>
   </si>
   <si>
     <t>تَحريم الحَلِف بغير الله تعالى، ومنه: الحلف بالأمانة، وأنه من الشرك الأصغر.
 الأمانة تَشمل الطاعة والعبادة والوديعة والنقد والأمان.
 اليمين لا تنعقد إلا بالله تعالى أو باسم من أسمائه أو بصفة من صفاته.
 قال الخطابي: هذا يشبه أن تكون الكراهة فيه من أجل أنه أَمَرَ أَن يحلف بالله وبصفاته، وليست الأمانة من صفاته، وإنما هي أَمْرٌ من أَمْرِه، وفَرْض من فروضه، فنُهوا عنه لما في ذلك من التسوية بينها وبين أسماء الله عز وجل وصفاته.</t>
   </si>
   <si>
-    <t>Забрањено је заклињати се било чиме осим Богом Узвишеним, укључујући заклињање еманетом, и то се сматра мањим обликом ширка.
+    <t>Забрањено је заклињати се било чиме осим Аллахом Узвишеним, укључујући заклињање еманетом, и то се сматра мањим обликом ширка.
 Израз еманет се користи за: 
 - покорност Аллаху, 
 - обожавање Њега, 
 - за ствар остављену неком на чување, 
 - за новац 
 - за сигурност.
-Заклетва је важећа само ако се даје у име Бога Узвишеног, Његовим именом или неком од Његових особина.
-Ел-Хаттаби је рекао: „Чини се да је разлог забране заклињања еманетом то што је наређено да се заклињемо Богом и Његовим особинама, а еманет није једна од Његових особина. То је, у ствари, наредба од Бога и једна од обавеза, па је заклињање еманетом забрањено због тога што би то изједначило еманет са Божијим именима и особинама.“</t>
+Заклетва је важећа само ако се даје у име Аллаха Узвишеног, Његовим именом или неком од Његових особина.
+Ел-Хаттаби је рекао: „Чини се да је разлог забране заклињања еманетом то што је наређено да се заклињемо Аллахом и Његовим особинама, а еманет није једна од Његових особина. То је, у ствари, наредба од Аллаха и једна од обавеза, па је заклињање еманетом забрањено због тога што би то изједначило еманет са Божијим именима и особинама.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/8964</t>
   </si>
   <si>
     <t>يا معشر النساء، تصدقن، فإني أريتكن أكثر أهل النار فقلن: وبم يا رسول الله؟ قال: تكثرن اللعن، وتكفرن العشير، ما رأيت من ناقصات عقل ودين أذهب للب الرجل الحازم من إحداكن</t>
   </si>
   <si>
     <t>‘О жене, дајте милостињу, јер сам вас видео као већину становника Ватре.’ Жене су упитале: ‘Зашто, о Божији Посланиче?’ Рекао је: ‘Много проклињете и незахвалне сте својим мужевима. Никада нисам видео никога са мањком разума и вере ко више утиче на разум разумног човека од вас.’</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: خَرَجَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي أَضْحَى أَوْ فِطْرٍ إِلَى المُصَلَّى، فَمَرَّ عَلَى النِّسَاءِ، فَقَالَ: «يَا مَعْشَرَ النِّسَاءِ، تَصَدَّقْنَ، فَإِنِّي أُرِيتُكُنَّ أَكْثَرَ أَهْلِ النَّارِ» فَقُلْنَ: وَبِمَ يَا رَسُولَ اللَّهِ؟ قَالَ: «تُكْثِرْنَ اللَّعْنَ، وَتَكْفُرْنَ العَشِيرَ، مَا رَأَيْتُ مِنْ نَاقِصَاتِ عَقْلٍ وَدِينٍ أَذْهَبَ لِلُبِّ الرَّجُلِ الحَازِمِ مِنْ إِحْدَاكُنَّ»، قُلْنَ: وَمَا نُقْصَانُ دِينِنَا وَعَقْلِنَا يَا رَسُولَ اللَّهِ؟ قَالَ: «أَلَيْسَ شَهَادَةُ المَرْأَةِ مِثْلَ نِصْفِ شَهَادَةِ الرَّجُلِ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ عَقْلِهَا، أَلَيْسَ إِذَا حَاضَتْ لَمْ تُصَلِّ وَلَمْ تَصُمْ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ دِينِهَا».</t>
   </si>
   <si>
-    <t>Од Ебу Сеида ел-Худрија, нека је Бог задовољан њиме, преноси се да је рекао: „Божији Посланик, нека су на њега мир и благослов Божији, изашао је на Курбан-бајрам или Рамазански бајрам на молитвено место, па је прошао поред жена и рекао: ‘О жене, дајте милостињу, јер сам вас видео као већину становника Ватре.’ Жене су упитале: ‘Зашто, о Божији Посланиче?’ Рекао је: ‘Много проклињете и незахвалне сте својим мужевима. Никада нисам видео никога са мањком разума и вере ко више утиче на разум разумног човека од вас.’ Жене су упитале: ‘А у чему се огледа мањак нашег разума и и вере, о Божији Посланиче?’ Рекао је: ‘Зар није сведочење жене пола сведочења мушкарца?’ Жене су одговориле: ‘Јесте.’ Рекао је: ‘То је мањак у њеном разуму. Зар није тако да када има менструацију, не клања и не пости?’ Жене су одговориле: ‘Јесте.’ Рекао је: ‘То је мањак у њеној вери.’“</t>
+    <t>Од Ебу Сеида ел-Худрија, нека је Аллах задовољан њиме, преноси се да је рекао: „Божији Посланик, нека су на њега мир и благослов Божији, изашао је на Курбан-бајрам или Рамазански бајрам на молитвено место, па је прошао поред жена и рекао: ‘О жене, дајте милостињу, јер сам вас видео као већину становника Ватре.’ Жене су упитале: ‘Зашто, о Божији Посланиче?’ Рекао је: ‘Много проклињете и незахвалне сте својим мужевима. Никада нисам видео никога са мањком разума и вере ко више утиче на разум разумног човека од вас.’ Жене су упитале: ‘А у чему се огледа мањак нашег разума и и вере, о Божији Посланиче?’ Рекао је: ‘Зар није сведочење жене пола сведочења мушкарца?’ Жене су одговориле: ‘Јесте.’ Рекао је: ‘То је мањак у њеном разуму. Зар није тако да када има менструацију, не клања и не пости?’ Жене су одговориле: ‘Јесте.’ Рекао је: ‘То је мањак у њеној вери.’“</t>
   </si>
   <si>
     <t>خَرَجَ النبيُّ صلى الله عليه وسلم في يومِ عيدٍ إلى المصلى، وكان قد وَعَدَ النساءَ بأن يُفْرِدَهُن بالموعظة، فأنجزه ذلك اليوم، وقال: 
 يا جماعةَ النساء تَصدقن، وأكثِرْن الاستغفار؛ فهما من أعظم أسباب حط الخطايا، فإني رأيتكن ليلة الإسراء أكثرَ أهل النار.
 فقالت امرأة منهن ذات عقل ورأي ووقَار: وما لنا يا رسول الله أكثر أهل النار؟ 
 قال: لأمور: تُكثرن اللعن والسَّبّ، وتَجْحَدْنَ حقَّ الزوج. 
 ثم وَصَفهن بقوله صلى الله عليه وسلم: ما رأيت مِن ناقصات عقل ودين أَغْلَبَ لذي لُبٍّ وعقل وحزم وضبط لأمره منكن. 
 قالت: يا رسول الله، وما نقصان العقل والدين؟ 
 قال: أما نقصان العقل فشهادة امرأتين تَعدل شهادة رجل واحد؛ فهذا نقصان العقل، ونقصان الدين هو نقصان العمل الصالح حيث تَمكُثُ ليالي وأيامًا لا تصلي بسبب الحيض، وتفطر أيامًا من رمضان بسبب الحيض، فهذا نقصان الدين، إلا أنهن لا يُلَمْنَ على ذلك ولا يؤاخَذْن عليه؛ لأنه من أصل الخِلْقَة، كما أن الإنسان فُطِرَ وخُلِقَ يُحِبُّ المال وعجول في أموره وجهول… وغير ذلك، لكن نَبَّه على ذلك تحذيرًا من الافتتان بهن.</t>
   </si>
   <si>
     <t>Посланик, нека су на њега мир и благослов Божији, изашао је на дан Бајрама на молитвено место, и пошто је обећао женама да ће им одржати посебну поуку, испунио је то обећање тог дана и рекао: „О, групо жена, дајте милостињу и обилно тражите опрост, јер су то неки од највећих разлога за опраштање греха. Заиста сам вас видео током ноћи Исре и Мираџа као већину становника Џехеннема.“
 Тада је једна жена међу њима, која је била разборита, разумна и смирена, упитала: „Зашто смо ми, о Божији посланиче, већина становника Џехеннема?“
 Рекао је: „Због следећих ствари: много проклињете и вређате, и незахвалне сте мужу.“ Затим их је описао рекавши: „Никада нисам видео неког са крњавим разум и вером да боље савлада разумног и промишљеног човека од вас.“
 Она је упитала: „О, Божији Посланиче, шта је то мањак у разуму и вери?“
 Он је рекао: „Што се тиче мањка у разуму, то је у томе што сведочење две жене вреди као сведочење једног мушкарца; то је мањак у разуму. А мањак у вери је недостатак у обављању добрих дела, јер жена проводи дане и ноћи без молитве због менструације, и прекида пост током Рамазана због менструације; то је мањак у вери. Ипак, оне се због тога не окривљују нити ће бити кажњене, јер је то део њихове природе, као што је човек створен са љубављу према новцу, или је по природи нестрпљив и неук... и слично. Посланик је на то указао како би упозорио на опасност од претеране привржености према женама.“</t>
   </si>
   <si>
     <t>استحباب خروج النساء إلى صلاة العيد، وأن يُفْردْن بالموعظة.
 كُفران العَشير وكثرة اللعن من الكبائر؛ لأن التَّوعُّد بالنار من علامة كون المعصية كبيرة.
 فيه بيان زيادة الإيمان ونقصانه، فمن كَثُرت عِبادته زاد إيمانه ودِينه، ومن نَقصت عِبادته نَقص دِينه.
 قال النووي: العقل يقبل الزيادة والنقصان، وكذلك الإيمان، وليس المقصود بذكر النقص في النساء لومَهن على ذلك؛ لأنه من أصل الخِلقة، لكن التنبيه على ذلك تحذير من الافتتان بهن، ولهذا رتَّب العذاب على ما ذُكر من الكفران وغيره لا على النقص، وليس نقص الدين مُنحصرًا فيما يحصل به الإثم بل في أعم من ذلك.
 فيه مُراجعة المُتعلم العالم والتَّابع المَتْبُوع فيما قاله إذا لم يظهر له معناه.
 فيه أن شهادة المرأة على نِصف شهادة الرَّجل وذلك لقِلَّة ضبطِها.
 قال ابن حجر في قوله: "ما رأيت من ناقصات... إلخ" ويظهر لي أن ذلك من جملة أسباب كونهن أكثر أهل النار؛ لأنهن إذا كُنّ سببًا لإذهاب عقل الرجل الحازم حتى يفعل أو يقول ما لا ينبغي فقد شَارَكْنَه في الإثم وزِدْن عليه.
@@ -14827,128 +14969,128 @@
     <t>Жени није дозвољено да иде на путовање без махрема.
 Жена не може бити махрем другој жени током путовања. У хадису се изричито очитава да жена може путовати само са мужем или мушким чланом породице који јој је махрем.
 Овај пропис се односи на све што се третира путовањем иако се у овом хадису наводи путовање чија је удаљеност два дана. Посланик се, наиме, тако изразио јер то одговара стању и околностима тог места и времена.
 Жени је махрем муж и сваки мушкарац с којим јој је трајно забрањено ступити у брак. То може бити због крвне сродности попут оца, сина, стрица и ујака; путем сродства по млеку попут оца и стрица по млеку; и затим путем тазбинства попут свекра. уз то махрем мора бити пунолетан, разуман и муслиман од поверења с обзиром на то да је циљ путовања жене са махремом њена заштита и испуњење њених права.
 Шеријат води рачуна о жени и њеној заштити и сигурности.
 Није исправна добровољна молитва која се обавља након клањања јутарње и послеподневне молитве. С друге стране, дозвољено је у тим временима наклањати пропуштену обавезну молитву или клањати добровољне молитве са поводом попут техијјетул-месџида (молитва која се обавља уласком у џамију) и тако даље.
 Забрањено је обављати молитву након што Сунце тек изађе. Неопходно је да се сачека да се подигне Сунце за једно копље. То отприлике износи од десет до петнаест минута.
 Време икиндије (послеподневне молитве) траје све до заласка Сунца.
 У хадису се наводи да је дозвољено путовати ради ибадета само у три џамије.
 Вредност ове три џамије и њихова одлика над осталим.
 Није дозвољено ићи на путовање ради посете гробља, макар се радило о Посланиковом гробу. Међутим, прописано је посетити Послаников гроб ономе ко се налази у Медини или ономе ко је у њу дошао ради прописаног разлога.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/10603</t>
   </si>
   <si>
     <t>من قال حين يسمع النداء: اللهم رب هذه الدعوة التامة، والصلاة القائمة، آت محمدا الوسيلة والفضيلة، وابعثه مقاما محمودا الذي وعدته، حلت له شفاعتي يوم القيامة</t>
   </si>
   <si>
     <t>„Ко каже, када чује позив на молитву: ‘Аллаху, Господару овог потпуног позива и предстојеће молитве, дај Мухаммеду узвишено место и врлину и подигни га на похваљени положај који си му обећао’, заслужиће моје заступништво на Судњем дану.“</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ النِّدَاءَ: اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ التَّامَّةِ، وَالصَّلاَةِ القَائِمَةِ، آتِ مُحَمَّدًا الوَسِيلَةَ وَالفَضِيلَةَ، وَابْعَثْهُ مَقَامًا مَحْمُودًا الَّذِي وَعَدْتَهُ، حَلَّتْ لَهُ شَفَاعَتِي يَوْمَ القِيَامَةِ».</t>
   </si>
   <si>
-    <t>Од Џабира бин Абдулаха, нека је Бог задовољан њиме, преноси се да је Аллахов Посланик, нека су на њега мир и благослов Божији, рекао: „Ко каже, када чује позив на молитву: ‘Аллаху, Господару овог потпуног позива и предстојеће молитве, дај Мухаммеду узвишено место и врлину и подигни га на похваљени положај који си му обећао’, заслужиће моје заступништво на Судњем дану.“</t>
+    <t>Од Џабира бин Абдулаха, нека је Аллах задовољан њиме, преноси се да је Аллахов Посланик, нека су на њега мир и благослов Божији, рекао: „Ко каже, када чује позив на молитву: ‘Аллаху, Господару овог потпуног позива и предстојеће молитве, дај Мухаммеду узвишено место и врлину и подигни га на похваљени положај који си му обећао’, заслужиће моје заступништво на Судњем дану.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال حين يسمع المؤذِّنَ بعد أنْ ينتهي منه: 
 (اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ)، وهي ألفاظ الأذان التي يُدْعَى بها إلى عبادة الله والصلاة، (التَّامَّةِ) الكاملة، دعوة التوحيد والرسالة، (وَالصَّلاَةِ القَائِمَةِ) الدائمة التي ستقام، (آتِ) وأَعْطِ، (مُحَمَّدًا الوَسِيلَةَ) والمَنْزِلة العَلِيّة في الجنة التي لا تنبغي إلا له صلى الله عليه وسلم، (وَالفَضِيلَةَ) المَرْتَبةَ الزائدةَ على مراتب الخلائق، (وَابْعَثْهُ) وأَعْطِه (مَقَامًا مَحْمُودًا) يُحْمَد القائم فيه؛ وهو الشفاعة العظمى يوم القيامة، (الَّذِي وَعَدْتَهُ) بقولك: {عسى أن يبعثك ربك مقامًا محمودًا} بأن تكون له صلى الله عليه وسلم. 
 فمن دعا هذا الدعاء استحقَّ  ووَجَبتْ له شفاعةُ النبي صلى الله عليه وسلم يوم القيامة.</t>
   </si>
   <si>
     <t>Посланик, нека су на њега мир и благослов Божији, објашњава да онај ко изговори, након што чује мујезина (по завршетку езанског позива):
-„Аллаху, Господару овог позива" - односно речи езана којим се позива на обожавање Бога и молитву, 
+„Аллаху, Господару овог позива" - односно речи езана којим се позива на обожавање Аллаха и молитву, 
 "потпуног" — што означава потпуни позив у монотеизам и посланство, 
 "и предстојеће молитве" - која ће бити обављена. 
 "подари" - дај Мухаммеду узвишен положај у Рају који припада само њему, нека су на њега мир и благослов Божији, 
 "и врлину" — положај изнад свих створења. 
 "и постави га на похваљен положај" - који заслужује похвалу, што је велико заузимање за људе на Судњем дану, 
 "који си му обећао" - у својим речима: ‘Можда ће те Господар твој уздићи на похваљено место’, што припада њему, нека су на њега мир и благослов.“
 Онај ко изговори ову молитву (дову) заслужиће и обезбедиће себи да се за њега заузима Посланик на Судњем дану, нека су на њега мир и благослов.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بعد الفراغ من التَّرْدِيْد خَلْفَ المؤذِّن، ومَن لم يَسمع النِّداء؛ فإنه لا يقوله.
 فضيلة الرسول صلى الله عليه وسلم حيث أُعطي الوَسِيلة والفَضِيلة والمقام المحمود والشفاعة العظمى في الفَصْلِ بين الخلائق.
 إثبات الشَّفاعة للرسول صلى الله عليه وسلم؛ لقوله: "حلَّت له شفاعتي يوم القيامة".
 شفاعته صلى الله عليه وسلم تكون لأهل الكبائر مِن أمته في عدم دخول النار أو مَن دَخَلَها أن يخرج منها، أو في دخول الجنة بغير حساب، أو رفع درجات من دخلها.
 قال الطيبي: من أوله إلى قوله "محمدًا رسول الله" هي الدعوة التامة، والحَيْعَلَة هي الصلاة القائمة في قوله يُقيمون الصلاة، ويحتمل أن يكون المراد بالصلاة الدعاء وبالقائمة الدائمة مِن قام على الشيء إذا داوم عليه، وعلى هذا فقوله "والصلاة القائمة" بيان للدعوة التامة، ويحتمل أن يكون المراد بالصلاة المعهودة المدعو إليها حينئذ وهو أظهر.
 قال المهلب: في الحديث الحض على الدعاء في أوقات الصلوات؛ لأنه حال رجاء الإجابة.</t>
   </si>
   <si>
     <t>Ова дова је прописана да се проучи након понављања речи мујезина, а ко није чуо езан, не треба је изговарати.
 Посебна врлина Посланика, нека су на њега мир и благослов Божији, огледа се у томе што му је дато посредништво (ел-весила), похваљени положај и велико заговарање за људе на Судњем дану у пресуђивању међу створењима.
 Овај хадис је доказ да ће се Аллахов Посланик заузимати за људе, јер каже: „Заслужиће моје заступништво на Судњем дану.“
 Његово заговарање биће:
 - за оне који су починили велике грехе из његовог уммета, да не уђу у ватру, 
 - или за оне који су већ ушли да изађу из Ватре, 
 - или да добри уђу у Рај без полагања рачуна, 
 - или за подизање степена оних који су већ у Рају.
 Ет-Тиби је у коментару хадиса рекао: „Од почетка езана до речи ‘Мухаммед је Аллахов Посланик’ представља ед-да'ветут-тамме/потпуни позив/الدعوة التامة (први део дове: Аллаху, Господару овог потпуног позива...).“ 
 Речи „хај'але...“ , односе се на предстојећу вес-салатил-ка'име/и предстојеће молитве (намаза, споменутог у другом делу дове: Аллаху, Господару овог потпуног позива и предстојеће молитве...)“. 
 Могуће је да се под речју ес-салат/молитва мисли на дову, а под речју ел-ка'име оно што је трајно, као у изразу „قام على الشيء“ што значи да је остао доследан у томе. 
 У том случају, речи „вес-салатил-ка'име“ представљају објашњење савршеног позива. Ипак, најочигледније је тумачење да је „молитва“ оно што се спомиње као обавезна молитва (намаз) на коју се тада позива.
 Ел-Мухеллеб је рекао: „Хадис подстиче на упућивање молбе у временима молитви, јер је то време када је највећа нада да ће молба бити примљена.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/10635</t>
   </si>
   <si>
     <t>لا يصلي أحدكم في الثوب الواحد ليس على عاتقيه شيء</t>
   </si>
   <si>
     <t>„Нека нико од вас не обавља молитву у једном комаду одеће ако његова рамена нису покривена ничим.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ يُصَلِّي أَحَدُكُمْ فِي الثَّوْبِ الوَاحِدِ لَيْسَ عَلَى عَاتِقَيْهِ شَيْءٌ».</t>
   </si>
   <si>
-    <t>Од Ебу Хурејре, нека је Бог задовољан њиме, преноси се да је Посланик, нека су на њега мир и благослов Божији, рекао: „Нека нико од вас не обавља молитву у једном комаду одеће ако његова рамена нису покривена ничим.“</t>
+    <t>Од Ебу Хурејре, нека је Аллах задовољан њиме, преноси се да је Посланик, нека су на њега мир и благослов Божији, рекао: „Нека нико од вас не обавља молитву у једном комаду одеће ако његова рамена нису покривена ничим.“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن صلّى في ثوب واحد عن أنْ يُجَرِّدَ عاتقيه ما بين الكتف والعنق بحيث لا يضع عليهما شيئًا يسترهما؛ لأن العاتقين وإن لم يكونا عورة، فإن سترهما أمكن في ستر العورة، وهو أقرب إلى إجلال الله تعالى وتعظيمه أثناء الوقوف بين يديه في الصلاة.</t>
   </si>
   <si>
-    <t>Посланик, нека су на њега мир и благослов Божији, забранио је ономе ко клања у једном комаду одеће да остави своја рамена откривена, то јест да не прекрије простор између рамена и врата. Иако рамена нису аврет (оно што мора бити покривено), њихово покривање олакшава покривање аврета и ближе је поштовању и величању Бога током молитве, док стојимо пред Њим.</t>
+    <t>Посланик, нека су на њега мир и благослов Божији, забранио је ономе ко клања у једном комаду одеће да остави своја рамена откривена, то јест да не прекрије простор између рамена и врата. Иако рамена нису аврет (оно што мора бити покривено), њихово покривање олакшава покривање аврета и ближе је поштовању и величању Аллаха током молитве, док стојимо пред Њим.</t>
   </si>
   <si>
     <t>جواز الصلاة في الثوب الواحد إذا ستر ما يجب ستره.
 جواز الصلاة في ثوبين، أحدهما يستر أعلى الجسم، والآخر يستر أسفله.
 استحباب كون المُصلِّي على هيئة حسنة.
 وجوب سَتر العَاتِقَين أو أحدهما في الصلاة، إذا أمْكَنه ذلك، وقيل النهي للتنزيه.
 قِلّة ما في أيدي الصحابة رضي الله عنهم من المال، حتى إن بعضهم لا يملك ثَوبين.
 قال النووي في معنى الحديث: حكمته أنه إذا ائتزر به ولم يكن على عاتقه منه شيء لم يؤمن أن تنكشف عورته، بخلاف ما إذا جعل بعضه على عاتقه، ولأنه قد يحتاج إلى إمساكه بيده أو يديه فيشغل بذلك، وتفوته سنة وضع اليد اليمنى على اليسرى تحت صدره، ورفعهما حيث شرع الرفع، وغير ذلك، لأن فيه ترك ستر أعلى البدن وموضع الزينة، وقد قال الله تعالى: { خُذُوا ‌زِينَتَكُمْ عِنْدَ كُلِّ مَسْجِدٍ } [الأعراف: 31].</t>
   </si>
   <si>
     <t>Дозвољено је клањати у једном комаду одеће, под условом да прекрива оно што је обавезно покрити.
 Дозвољено је клањати у два комада одеће, при чему један покрива горњи део тела, а други доњи.
 Препоручује се да особа која клања буде у пристојном и уредном стању.
 Обавезно је покрити оба рамена или бар једно од њих током молитве, ако је то могуће. Неки кажу да је ова забрана више саветодавна.
-Посланикови другови, нека је Бог задовољан њима, имали су мало материјалних добара, тако да неки од њих нису поседовали два комада одеће.
+Посланикови другови, нека је Аллах задовољан њима, имали су мало материјалних добара, тако да неки од њих нису поседовали два комада одеће.
 Ен-Невеви је у објашњењу овог хадиса рекао: „Смисао ове заповести је да ако неко обуче само један комад одеће око струка, а да не стави део на рамена, постоји ризик да му се открије стидно место (аврет). То се не дешава ако део одеће прекрива рамена. Такође, може бити потребно да држи одећу рукама, чиме би пропустио суннет да стави десну руку преко леве испод груди и да подиже руке тамо где је прописано подизање.
-Поред тога, тиме би оставио непокривен горњи део тела, који је место за одећу, а Бог Узвишени је рекао: ‘Лепо се обуците када хоћете молитву обавити.’“ (Ел-А'раф, 31.)</t>
+Поред тога, тиме би оставио непокривен горњи део тела, који је место за одећу, а Аллах Узвишени је рекао: ‘Лепо се обуците када хоћете молитву обавити.’“ (Ел-А'раф, 31.)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/10639</t>
   </si>
   <si>
     <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Не седите на гробовима и не клањајте према њима!“</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Од Ебу Мерседа ел-Ганевија, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Не седите на гробовима и не клањајте према њима!“</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Аллахов Посланик је забранио да се седи на гробовима.
 Поврх тога, забранио је и да човек клања окренут према гробовима, тако да правац кибле буде у правцу гробова. То је средство и пут који води ка многобоштву.</t>
   </si>
   <si>
@@ -15038,51 +15180,51 @@
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Обавеза је чинити сеџду у намазу на ових седам делова тела.
 Покуђено је скупљати и завраћати одећу и косу у намазу.
 Обавеза је ономе ко обавља намаз да буде смирен током обављања намаза. Када спусти на земљу седам делова свога тела, потребно је да се смири у том положају све док не изговори прописани зикр.
 Забрана заврћања одеће тиче се мушкараца, а не и жена будући да је жена дужна да се покрије током намаза.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/10925</t>
   </si>
   <si>
     <t>إذا سجدت، فضع كفيك وارفع مرفقيك</t>
   </si>
   <si>
     <t>„Када се спустиш на сеџду, стави своје дланове на тло и подигни лактове.“</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا سَجَدْتَ، فَضَعْ كَفَّيْكَ وَارْفَعْ مِرْفَقَيْكَ».</t>
   </si>
   <si>
-    <t>Од ел-Бераа, нека је Бог задовољан њиме, преноси се да је Аллахов Посланик, нека су на њега мир и благослов Божији, рекао: „Када се спустиш на сеџду, стави своје дланове на тло и подигни лактове.“</t>
+    <t>Од ел-Бераа, нека је Аллах задовољан њиме, преноси се да је Аллахов Посланик, нека су на њега мир и благослов Божији, рекао: „Када се спустиш на сеџду, стави своје дланове на тло и подигни лактове.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم حالةَ اليدين في سجود الصلاة، وذلك بأن يُمَكِّنَ الكفَّين من الأرض ويضعها مضمومة الأصابع في اتجاه القبلة، ويكون المرفقان -مفصل الذراع والعضد- مُرتَفعَين عن ملامسة الأرض ومُفرجين عن الجنبين.</t>
   </si>
   <si>
     <t>Посланик је објаснио положај руку током сеџде (спуштања чела на под) у молитви. Треба чврсто поставити дланове на земљу, са прстима који су спојени и усмерени према кибли. Лактови треба да буду подигнути са земље и одвојени од страна тела.</t>
   </si>
   <si>
     <t>الواجب على المصلِّي أن يَضع كفَّيه على الأرض، والكفان عُضوان من أعضاء السُّجود السَّبعة.
 استحباب رفع الذِّراعين عن الأرض، وكراهة افتراشهما كما يَفترش السَّبع ذِراعيه.
 مشروعية إظهار النَّشاط والقوَّة والرَّغبة في العَبادة.
 المُصلِّي إذا اعتمد على جميع أعضاء السُّجود، أخذ كلُّ عُضوٍ حقَّه من العبادة.</t>
   </si>
   <si>
     <t>Обавеза онога ко клања је да стави своје дланове на земљу, јер су дланови један од седам делова тела који се користе при сеџди.
 Препоручено је подизати подлактице са земље, док је непожељно да их простире на земљу као што звери простиру своје ноге и руке.
 Прописано је показати снагу, активност и жељу  током молитве.
 Када онај ко клања наслони све делове тела који су укључени у сеџду, сваки део добија свој удио у обожавању.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/10927</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
@@ -15100,51 +15242,51 @@
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, је упућивао ову дову између две сеџде у намазу. Ње је нужно потребан сваки муслиман будући да она садржи и овосветско и оносветско добро. Она подразумева тражење опроста и прелазак преко греха, тражење милости и тога да човек буде сачуван забрањених страсти, незнања и болести. Осим тога, у њој је укључено и тражење упуте од Аллаха, те и опскрбе у погледу веровања, знања, добрих дела и халал иметка.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Ову дову је прописано изговарати на седењу између две сеџде.
 Велика је вредност ове дове јер она садржи овосветско и оносветско добро.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/10930</t>
   </si>
   <si>
     <t>صليت مع النبي صلى الله عليه وسلم، فكان يسلم عن يمينه: السلام عليكم ورحمة الله وبركاته، وعن شماله: السلام عليكم ورحمة الله</t>
   </si>
   <si>
     <t>„Клањао сам са Послаником, нека су на њега мир и благослов Божији, и он је завршавао молитву селамом окрећући се на десну страну и говорећи: ‘Есселаму алејкум ве рахметуллах / Мир, милост и благослов Божији нека су на вас’, а затим на леву страну говорећи: ‘Есселаму алејкум ве рахметуллах / Мир и милост Божија нека су на вас.’“</t>
   </si>
   <si>
     <t>عَنْ وَائِل بن حُجرٍ رضي الله عنه قَالَ: صَلَّيْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَانَ يُسَلِّمُ عَنْ يَمِينِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ»، وَعَنْ شِمَالِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ».</t>
   </si>
   <si>
-    <t>Од Ваила бин Хуџра, нека је Бог задовољан њиме, преноси се да је рекао: „Клањао сам са Послаником, нека су на њега мир и благослов Божији, и он је завршавао молитву селамом окрећући се на десну страну и говорећи: ‘Есселаму алејкум ве рахметуллах / Мир, милост и благослов Божији нека су на вас’, а затим на леву страну говорећи: ‘Есселаму алејкум ве рахметуллах / Мир и милост Божија нека су на вас.’“</t>
+    <t>Од Ваила бин Хуџра, нека је Аллах задовољан њиме, преноси се да је рекао: „Клањао сам са Послаником, нека су на њега мир и благослов Божији, и он је завршавао молитву селамом окрећући се на десну страну и говорећи: ‘Есселаму алејкум ве рахметуллах / Мир, милост и благослов Божији нека су на вас’, а затим на леву страну говорећи: ‘Есселаму алејкум ве рахметуллах / Мир и милост Божија нека су на вас.’“</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا أراد أنْ يَنصَرِفَ من صلاته سلَّم عن يمينه وشماله بأن يلتفت بوجهه للجهة اليمنى، مع قوله: (السلام عليكم ورحمة الله وبركاته)، ويسلِّم عن شماله، بأن يلتفت بوجهه للجهة اليسرى، مع قوله: (السلام عليكم ورحمة الله).</t>
   </si>
   <si>
     <t>Када је Посланик желео да заврши своју молитву, завршавао је тако што би окренуо своје лице према десној страни и рекао: „Есселаму алејкум ве рахметуллах / Мир, милост и благослов Божији нека су на вас.“ Затим би окренуо своје лице према левој страни и рекао: „Есселаму алејкум ве рахметуллах / Мир и милост Божија нека су на вас.“</t>
   </si>
   <si>
     <t>مشروعية التسليمتين من الصلاة، وأنها من أركانها.
 استحباب الإتيان بزيادة قول: (وبركاته)، في بعض الأحيان؛ لأن النبي صلى الله عليه وسلم لم يكن يُدَاوِم عليها.
 النطق بالتسليمتين في الصلاة ركن واجب، وأما فعل الالتفات أثناء النطق بهما مستحب.
 ينبغي أن يكون قول: (السلام عليكم ورحمة الله) أثناء فعل الالتفات لا قبله ولا بعده.</t>
   </si>
   <si>
     <t>Прописаност два селама за завршетак молитве, јер су они један од њених стубова.
 Препоручено је повремено додавати речи: „ве берекатуху / и благослов Божији“, јер Посланик, алејхисселам, није то чинио стално.
 Изговарање два селама у молитви је обавезни елемент, док је окретање главе при изговарању селама препоручено, али није обавезно.
 Требало би да се изговарање речи: „Есселаму алејкум ве рахметуллах / Мир и милост Божија нека су на вас“ одвија током окретања главе, а не пре или после тога.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/10945</t>
   </si>
   <si>
     <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
@@ -15302,93 +15444,93 @@
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам забрањује да вређамо асхабе, а поготово оне прве који су се појавили, мухаџире и енсарије. Казао нам је, такође, да ако би неко уделио злата колико је брдо Ухуд, не би имао награду какву би имао асхаб да удели само један мудд хране или пола муда (мудд представља оно што може стати у две састављене шаке човека просечног стаса). То је због тога што су асхаби имали истанчану искреност и што су удељивали и борили се за ислам пре освојења Меке када је било најпотребније.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
   <si>
     <t>Вређати асхабе је забрањено и спада у велике грехе.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/11000</t>
   </si>
   <si>
     <t>قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: هذان سيدا كهول أهل الجنة من الأولين والآخرين إلا النبيين والمرسلين</t>
   </si>
   <si>
     <t>„Посланик, алејхисселам, у вези са Ебу Бекром и Омером, рекао је: ‘Њих двојица ће бити прваци свих првих и последњих средовечних људи у Рају, осим када је реч о веровесницима и посланицима.’“</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه، قال: قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: «هذان سَيِّدا كُهُول أهل الجنة من الأوَّلِين والآخِرين إلا النبيِّين والمرسلين».</t>
   </si>
   <si>
-    <t>Од Енеса, нека је Бог задовољан њиме, се преноси да је рекао: „Посланик, алејхисселам, у вези са Ебу Бекром и Омером, рекао је: ‘Њих двојица ће бити прваци свих првих и последњих средовечних људи у Рају, осим када је реч о веровесницима и посланицима.’“</t>
+    <t>Од Енеса, нека је Аллах задовољан њиме, се преноси да је рекао: „Посланик, алејхисселам, у вези са Ебу Бекром и Омером, рекао је: ‘Њих двојица ће бити прваци свих првих и последњих средовечних људи у Рају, осим када је реч о веровесницима и посланицима.’“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أبا بكر الصديق وعمر الفاروق رضي الله عنهما هما أفضل البشر بعد الأنبياء، وأفضل مَن دخل الجنة بعد النبيين والمرسلين.</t>
   </si>
   <si>
-    <t>Посланик, алејхисселам, обавестио је да су Ебу Бекр ес-Сидик и Омер ел-Фарук, нека је Бог задовољан њима, најбољи људи након посланика, и најбољи од оних који ће ући у Рај после посланика и веровесника.</t>
+    <t>Посланик, алејхисселам, обавестио је да су Ебу Бекр ес-Сидик и Омер ел-Фарук, нека је Аллах задовољан њима, најбољи људи након посланика, и најбољи од оних који ће ући у Рај после посланика и веровесника.</t>
   </si>
   <si>
     <t>أبو بكر وعمر رضي الله عنهما هما أفضل الناس بعد الأنبياء والمرسلين.
 ليس في الجنة كَهْلٌ، بل مَن يدخلها ابن ثلاث وثلاثين سنة، والمراد أنهما سيدا مَن مات كهلًا في الدنيا، أو أنّ ذلك باعتبار ما كانوا عليه في الدنيا حال هذا الحديث.</t>
   </si>
   <si>
-    <t>Ебу Бекр и Омер, нека је Бог задовољан њима, најбољи су људи након веровесника и посланика.
+    <t>Ебу Бекр и Омер, нека је Аллах задовољан њима, најбољи су људи након веровесника и посланика.
 У Рају нема средовечних људи (الكَهْل - од 40 и више година), већ ће сви који уђу у Рај имати тридесет три године. Оно што је мислио јесте да су они прваци оних који су умрли као средовечни људи на овом свету, или је то речено у складу с оним какви су били у време када је овај хадис изговорен.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/11161</t>
   </si>
   <si>
     <t>الحسن والحسين سيدا شباب أهل الجنة</t>
   </si>
   <si>
     <t>„Хасан и Хусејн су прваци младића у Рају.“</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الحَسَن والحُسَيْن سَيِّدا شَباب أهْل الجنة».</t>
   </si>
   <si>
-    <t>Од Ебу Сеида ел-Худрија, нека је Бог задовољан њиме, се преноси да је рекао: „Посланик, алејхисселам, је рекао: „Хасан и Хусејн су прваци младића у Рају.“</t>
+    <t>Од Ебу Сеида ел-Худрија, нека је Аллах задовољан њиме, се преноси да је рекао: „Посланик, алејхисселам, је рекао: „Хасан и Хусејн су прваци младића у Рају.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حَفيدَيه الحسن والحسين ابنا علي بن أبي طالب وفاطمة بنت النبي صلى الله عليه وسلم ورضي عنهم، هما سيدا كلِّ مَن مات وهو شاب ودخل الجنة في الفضل، أو أنهما سيدا شباب أهل الجنة باستثناء الأنبياء والخلفاء الراشدين.</t>
   </si>
   <si>
-    <t>Посланик, алејхисселам, обавестио је да су његови унуци, Хасан и Хусејн, синови Алије ибн Еби Талиба и Фатиме, кћери Посланика, нека је Бог задовољан њима, прваци свих који су умрли као млади и ушли у Рај. Или је мислио да су прваци младића у Рају, изузев посланка и праведних халифа.</t>
+    <t>Посланик, алејхисселам, обавестио је да су његови унуци, Хасан и Хусејн, синови Алије ибн Еби Талиба и Фатиме, кћери Посланика, нека је Аллах задовољан њима, прваци свих који су умрли као млади и ушли у Рај. Или је мислио да су прваци младића у Рају, изузев посланка и праведних халифа.</t>
   </si>
   <si>
     <t>فيه فضيلة ظاهرة للحسن والحسين رضي الله عنهما.
 قيل في معنى الحديث: أنهما في وقت الحديث هما سيدا شباب مَن هم من أهل الجنة من شُبّان هذا الزمان، أو أنهما أفضل ممن لم يثبت فيه تفضيلٌ عامٌّ كالأنبياء والخلفاء، أو أنهما سيدا من اتصف بصفات الشباب والفُتُوَّة كالمروءة والكرم والشجاعة، ولم يَرِدْ بذلك سِنَّ الشباب؛ لأن الحسن والحسين ماتا كَهْلَين.</t>
   </si>
   <si>
-    <t>Овај хадис истиче вриједност Хасана и Хусејна, нека је Бог задовољан њима.
+    <t>Овај хадис истиче вриједност Хасана и Хусејна, нека је Аллах задовољан њима.
 Речено је у тумачењу хадиса да су њих двојица, у време када је хадис изговорен, били прваци оних који ће ући у Рај а који су у то време још били живи и били младићи. Или да су они бољи од оних за које није пренешено да су најбољи, као што су веровесници, Ебу Бекр, Омер, Осман и Алија. Такође, може се тумачити да су они прваци оних који поседују особине младости и снаге, попут племенитости, дарежљивости и храбрости, а не да се мисли на младе године, јер су Хасан и Хусејн умрли као зрели људи.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/11169</t>
   </si>
   <si>
     <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>'Ова вера ће сигурно досећи докле сежу ноћ и дан. Узвишени Аллах неће изоставити ниједну кућу у селима и градовима а да у њу неће ући ова вера</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Од Темима ед-Дарија, Аллах био задовољан њиме, се преноси да је рекао: "Чуо сам Аллаховог Посланика, нека је Аллахов благослов и мир на њега, рекао: 'Ова вера ће сигурно досећи докле сежу ноћ и дан. Узвишени Аллах неће изоставити ниједну кућу у селима и градовима а да у њу неће ући ова вера, снагом снажног или понижењем пониженог; снагом којом Узвишени Аллах помаже ислам или понижењем којим Он понижава неверство.'" А Темим ед-Дари је казивао: „Ово сам спознао по мојим укућанима. Они који су примили ислам доживели су добро, част и углед, а они који су остали неверници погодило их је понижење, потчињеност и џизја.“</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
@@ -15433,127 +15575,127 @@
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Када неко посумња у току намаза и није сигуран колико је реката клањао, нека одагна сумњу и поступи сходно ономе у шта је уверен, а то је мањи број реката, потом нека употпуни намаз а затим нека учини две сеџде пре него што преда селам.
 Те две сеџде су накнада за оно што је пропуштено у намазу, као и понижавање ђавола и одагнавање онога што је желео постићи.
 Сумња која је поменута у хадису односи се на неодлучност у намазу и несигурност у то колико је реката клањао, али ако код њега превагне једна од опција, онда ради по томе што је превагнуло.
 Подстицање на одагнавање убацивања мисли од стране шејтана (ђавола) тако што ће се поступити онако како је наређено у шеријату.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/11231</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان لا يدع أربعا قبل الظهر وركعتين قبل الغداة</t>
   </si>
   <si>
     <t>Посланик, алејхисселам, није пропуштао четири реката пре подневског намаза и два реката пре сабахског намаза</t>
   </si>
   <si>
     <t>عن عائشةَ أُمِّ المُؤْمِنينَ رضي الله عنها: أن النبي صلى الله عليه وسلم كان لا يَدع أربعا قَبل الظهر وركعتين قبل الغَدَاة.</t>
   </si>
   <si>
-    <t>Од Аише, мајке верника, нека је Бог задовољан њоме се преноси се Посланик, алејхисселам, није пропуштао четири реката пре подневског намаза и два реката пре сабахског намаза.</t>
+    <t>Од Аише, мајке верника, нека је Аллах задовољан њоме се преноси се Посланик, алејхисселам, није пропуштао четири реката пре подневског намаза и два реката пре сабахског намаза.</t>
   </si>
   <si>
     <t>أَخْبَرَت عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان يُواظِب على صلوات النوافل في بيتها ولا يَدَعُها: أربع ركعات بتسليمتين قبل صلاة الظهر، وركعتان قبل صلاة الفجر.</t>
   </si>
   <si>
-    <t>Аиша, нека је Бог задовољан њоме, обавестила је да је Посланик, алејхисселам, редовно обављао нафиле (додатне молитве) у њеној кући и није их изостављао: четири реката са два селама пре подневске молитве и два реката пре јутарње (сабахске) молитве (намаза).</t>
+    <t>Аиша, нека је Аллах задовољан њоме, обавестила је да је Посланик, алејхисселам, редовно обављао нафиле (додатне молитве) у њеној кући и није их изостављао: четири реката са два селама пре подневске молитве и два реката пре јутарње (сабахске) молитве (намаза).</t>
   </si>
   <si>
     <t>استحباب المحافظة على أربع ركعات قبل صلاة الظهر، وركعتين قبل صلاة الفجر.
 الأفضل أن تصلى الرَّواتِب في البيت، ولذلك أخبرت عنها عائشة رضي الله عنها.</t>
   </si>
   <si>
     <t>Препоручује се редовно обављање четири реката пре подневске молитве и два реката пре јутарње (сабахске) молитве.
-Најбоље је да се притврђени суннети клањају у кући, и о томе нас је Аиша, нека је Бог задовољан њоме, обавестила.</t>
+Најбоље је да се притврђени суннети клањају у кући, и о томе нас је Аиша, нека је Аллах задовољан њоме, обавестила.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/11249</t>
   </si>
   <si>
     <t>من حافظ على أربع ركعات قبل الظهر وأربع بعدها حرمه الله على النار</t>
   </si>
   <si>
-    <t>‘Ко буде редовно клањао четири реката пре подневске молитве и четири после њега, Бог ће га заштитити од ватре.’“</t>
+    <t>‘Ко буде редовно клањао четири реката пре подневске молитве и четири после њега, Аллах ће га заштитити од Џехеннема.’“</t>
   </si>
   <si>
     <t>عَنْ أُمِّ حَبِيبَةَ رضي الله عنها زَوْجِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالت: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَافَظَ عَلَى أَرْبَعِ رَكَعَاتٍ قَبْلَ الظُّهْرِ وَأَرْبَعٍ بَعْدَهَا حَرَّمَهُ اللَّهُ عَلَى النَّارِ».</t>
   </si>
   <si>
-    <t>Од Уму Хабибе, нека је Бог задовољан њоме, супруге Посланика, алејхисселам, се преноси да је рекла: „Чула сам Божијег Посланика  да каже: ‘Ко буде редовно клањао четири реката пре подневске молитве и четири после њега, Бог ће га заштитити од ватре.’“</t>
+    <t>Од Уму Хабибе, нека је Аллах задовољан њоме, супруге Посланика, алејхисселам, се преноси да је рекла: „Чула сам Божијег Посланика  да каже: ‘Ко буде редовно клањао четири реката пре подневске молитве и четири после њега, Аллах ће га заштитити од Џехеннема.’“</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن صلَّى من النوافل أربع ركعات قبل صلاة الظهر، وأربع ركعات بعدها، ودَاوَم وحافَظ عليها حَرَّمَه الله على النار.</t>
   </si>
   <si>
-    <t>Посланик, алејхисселам, обрадовао је оне који редовно клањају четири реката нафиле пре подневске молитве и четири реката након ње да ће их Бог заштитити од Пакла.</t>
+    <t>Посланик, алејхисселам, обрадовао је оне који редовно клањају четири реката нафиле пре подневске молитве и четири реката након ње да ће их Аллах заштитити од Пакла.</t>
   </si>
   <si>
     <t>استحباب المحافظة على الأربع ركعات قبل الظُّهر والأربع بعدها.
 الرواتب القبلية -أي قبل الفريضة-؛ لها حِكَمٌ، منها: تهيئة نفس المصلي للعبادة قبل الدخول في الفريضة، وأما البعدية فمن حكمها جبر خلل الفرائض.
 للرواتب فوائد عظيمة، من زيادة الحسنات، وتكفير السيئات، ورفع الدرجات.
 قاعدة أهل السنة في أحاديث الوعد مثل هذا الحديث: أنْ تُحمل على الموت على التوحيد، وأنَّ المراد عدم الخلود في النار، لأن فاعل الذنوب من الموحدين مُستحِق للعقاب لكن لا يخلد في النار إن عوقب.</t>
   </si>
   <si>
     <t>Препоручује се редовно обављање четири реката пре подневске молитве и четири реката после ње.
-Добровољне молитве пре обавезних (суннети пре фарз намаза) имају мудрост, укључујући припрему душе клањача за обожавање Бога пре уласка у обавезну молитву. Што се тиче молитве након обавезне, њихова мудрост је у томе да исправљају евентуалне пропусте у обавезним молитвама.
+Добровољне молитве пре обавезних (суннети пре фарз намаза) имају своје разлоге, од којих је припрема душе клањача за ибадет пре уласка у обавезну молитву. Што се тиче молитве након обавезне, од њихових разлога је и то да исправљају евентуалне пропусте у обавезним молитвама.
 Притврђене добровољне молитве имају велике користи, као што су повећање добрих дела, брисање греха и уздизање на више степене.
-Основно правило код ехли суннета у вези са хадисима који садрже обећања, као што је овај хадис, јесте да се они тумаче и да се односе на оне који преселе, а обожавали су само Бога и да је значење да неће вечно бити у ватри. Онај ко чини грехе међу монотеистима заслужује казну, али неће вечно боравити у ватри ако буде кажњен.</t>
+Основно правило код ехли суннета у вези са хадисима који садрже обећања, као што је овај хадис, јесте да се они односе на оне који су обожавали само Аллаха све до краја живота, а значење речи "Аллах ће га забранити Џехеннему" јесте да неће вечно бити у Џехеннему. Онај ко чини грехе међу монотеистима заслужује казну, али неће вечно боравити у Ватри ако буде кажњен.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/11251</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم قرأ في ركعتي الفجر: قل يا أيها الكافرون، وقل هو الله أحد</t>
   </si>
   <si>
     <t>„Посланик, алејхисселам, учио је на два реката сабахског суннета: ‘Кул ја ајјухел-кафирун’ (Сура Ел-Кафирун) и ‘Кул хува-Ллаху ехад’ (Сура Ел-Ихлас).“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَرَأَ فِي رَكْعَتَيِ الْفَجْرِ: {قُلْ يَا أَيُّهَا الْكَافِرُونَ}، وَ{قُلْ هُوَ اللهُ أَحَدٌ}.</t>
   </si>
   <si>
-    <t>Од Ебу Хурејре, нека је Бог задовољан њиме се преноси: „Посланик, алејхисселам, учио је на два реката сабахског суннета: ‘Кул ја ајјухел-кафирун’ (Сура Ел-Кафирун) и ‘Кул хува-Ллаху ехад’ (Сура Ел-Ихлас).“</t>
+    <t>Од Ебу Хурејре, нека је Аллах задовољан њиме се преноси: „Посланик, алејхисселам, учио је на два реката сабахског суннета: ‘Кул ја ајјухел-кафирун’ (Сура Ел-Кафирун) и ‘Кул хува-Ллаху ехад’ (Сура Ел-Ихлас).“</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلّم يَسْتَحِبُّ أنْ يقرأ في ركعتي راتبة الفجر بعد الفاتحة، في الركعة الأولى سورة {قل يا أيها الكافرون} (الكافرون)، وفي الركعة الثانية سورة {قل هو الله أحد} (الإخلاص).</t>
   </si>
   <si>
-    <t>Посланик, алејхисселам, волео је да на два реката суннета пре сабахског намаза, након Фатихе, на првом рекату учи Суру „Кул ја ајјухел-кафирун“ (Сура Ел-Кафирун), а на другом рекату Суру „Кул хува-Ллаху ехад“ (Сура Ел-Ихлас).</t>
+    <t>Посланик, алејхисселам, волео је да на два реката суннета пре сабахског намаза, након Фатихе, на првом рекату учи Суру „Кул ја ајјухел-кафирун“ (Сура Ел-Кафирун), а на другом рекату Суру „Кул хуваллаху ехад“ (Сура Ел-Ихлас).</t>
   </si>
   <si>
     <t>استحباب قراءة هاتين السورتين بعد الفاتحة في سنة الفجر.
 هاتان السورتان يقال لهما سورة الإخلاص؛ لأن في سورة الكافرون البراءة من جميع ما يعبده المشركون من دون الله، وأنهم أيضًا ليسوا بعبيد لله لأن شركهم يحبط أعمالهم، وأن الله سبحانه هو المستحق العبادة، ولأن في سورة الإخلاص توحيد الله والإخلاص له وبيان صفاته.</t>
   </si>
   <si>
     <t>Препоручује се учење ове суре након Фатихе на суннету сабахске молитве.
-Ове две суре називају се „сурама искрености“ (Сурату-л-Ихлас), јер се у Сури Ел-Кафирун изражава одрицање од свега што многобошци обожавају осим Бога, и истиче да они нису истински Божији робови јер им њихов ширк (многобоштво) поништава дела. Сура Ел-Ихлас, с друге стране, у потпуности говори о једноћи Бога, искрености у обожавању Њега и описује Његове особине.</t>
+Ове две суре називају се „сурама искрености“ (Сурату-л-Ихлас), јер се у Сури Ел-Кафирун изражава одрицање од свега што многобошци обожавају осим Аллаха, и истиче да они нису истински Божији робови јер им њихов ширк (многобоштво) поништава дела. Сура Ел-Ихлас, с друге стране, у потпуности говори о једноћи Аллаха, искрености у обожавању Њега и описује Његове особине.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/11256</t>
   </si>
   <si>
     <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>Да ли ти чујеш езан?’Након што му је потврдно одговорио, Посланик му рече: ‘Онда се одазови.’“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Ебу Хурејре, Аллах био задовољан њиме, је рекао: "Дошао је неки слепи човек Посланику, нека је Аллахов благослов и мир на њега, и рекао му да нема водича који ће га водити у џамију те је тражио да му дадне олакшицу да клања у кући па му је дозволио. Међутим, чим се окренуо Посланик га је позвао и упитао: ‘Да ли ти чујеш езан?’Након што му је потврдно одговорио, Посланик му рече: ‘Онда се одазови.’“</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Дошао је неки слеп човек Аллаховом Посланику, нека је Аллахов благослов и мир на њега, и рекао му: "Аллахов Посланиче, немам никога да ми помогне да ме одведе до џамије када се треба клањати пет намаза.“ Тиме је желео да му Посланик да олакшицу да не мора клањати у џамији, што му је он и пружио. Но, када се човек окренуо, Посланик га је дозвао и упитао да ли чује езан за намаз. Након што је слепи човек одговорио потврдно, он му је наредио да се ипак одазове.</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
@@ -15594,65 +15736,65 @@
 قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
 قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
   </si>
   <si>
     <t>Мушкарци се подстичу да уграбе први сафф када је посреди обављање намаза.
 Женама је дозвољено да клањају у џамијама са мушкарцима у одвојеним сафовима под условом да су покривене и да се придржавају стида и чедности.
 Када се само жене окупе у џамији, тада ће се њихови сафови третирати као сафови мушкараца.
 У шеријату се јако много води рачуна о удаљавању жена од мушкараца па чак и на местима где се чини ибадет.
 Људи се разликују сходно њиховим делима.
 Ен-Невеви је рекао: „Први сафф је увек најбољи и највреднији за мушкарце, а задњи им је увек најгори. С друге стране, што се тиче жена, у овом хадису се односи на то када жене клањају у џамији у којој су присутни мушкарци. А ако су жене саме у џамији, ако нема мушкараца, тада је и њима први сафф највреднији, а задњи најгори, исто као и када су у питању мушкарци.“
 Ен-Невеви је такође казао: „Први сафф, у вези са којим се у хадисима наводи посебна вредност, то је сафф који је одмах иза имама без обзира у каквом стању се налазио онај ко клања иза имама.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/11299</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم رأى رجلا صلى وحده خلف الصف، فأمره أن يعيد صلاته</t>
   </si>
   <si>
     <t>„Посланик, алејхисселам, видео је човека који је клањао сам иза сафа (реда), па му је наредио да понови свој намаз.“</t>
   </si>
   <si>
     <t>عَنْ وَابِصَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَأَى رَجُلًا صَلَّى وَحْدَهُ خَلْفَ الصَّفِّ، فَأَمَرَهُ أَنْ يُعِيدَ صَلَاتَهُ.</t>
   </si>
   <si>
-    <t>Од Вабисе, нека је Бог задовољан њиме се преноси: „Посланик, алејхисселам, видео је човека који је клањао сам иза сафа (реда), па му је наредио да понови свој намаз.“</t>
+    <t>Од Вабисе, нека је Аллах задовољан њиме, преноси се: „Посланик, алејхисселам, видео је човека који је клањао сам иза сафа (реда), па му је наредио да понови свој намаз.“</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا صلَّى وحده خَلْفَ الصف، فأمرَه أن يعيد صلاته؛ لأن صلاته لم تصح على هذه الحالة.</t>
   </si>
   <si>
     <t>Посланик, алејхисселам, видео је човека како обавља молитву сам иза сафа (реда) и наредио му је да понови своју молитву, јер његова молитва није исправано обављена.</t>
   </si>
   <si>
     <t>الحث على التبكير لصلاة الجماعة والتقدُّم لها، وأنْ لا يصليَ خلف الصف مُنْفَرِدًا حتى لا يعرض صلاته للبطلان.
 قال ابن حجر: من ابتدأ الصلاة منفردًا خلف الصف ثم دخل في الصف قبل القيام من الركوع لم تجب عليه الإعادة، كما في حديث أبي بكرة، وإلا فيجب على عموم حديث وابصة.</t>
   </si>
   <si>
-    <t>Препоручује се да се верници рано одазову на заједничку молитву и буду у првим редовима, те да не обављају молитву сами иза реда (сафа), како не би изложили своју молитву ризику да буде неважећа.
-Ибн Хаџер је рекао: „Ако неко започне молитву сам иза реда (сафа), а потом уђе у ред (саф) пре него што се изврши руку (приклањање), није му потребно поновити молитву, као што се наводи у хадису Ебу Бекре. У супротном, на основу општег значења хадиса Вабисе, молитву треба поновити.“</t>
+    <t>Препоручује се да се верници рано одазову на заједничку молитву и буду у првим редовима, те да не обављају молитву сами иза сафа, како не би изложили своју молитву ризику да буде неважећа.
+Ибн Хаџер је рекао: „Ако неко започне молитву сам иза сафа, а потом уђе у саф пре него што се изврши руку (наклон који је део молитве), није му потребно поновити молитву, као што се наводи у хадису Ебу Бекреа. У супротном, на основу општег значења хадиса Вабисе, молитву треба поновити.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/11303</t>
   </si>
   <si>
     <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
   </si>
   <si>
     <t>‘Ова два намаза су најтежа лицемерима. Када би знали каква је награда за њих, долазили бисте да их клањате у џемату па макар пужући на коленима</t>
   </si>
   <si>
     <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
   </si>
   <si>
     <t>'Убејј бин Ка'б, Аллах био задовољан њиме, је рекао: „Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам је предводио сабах намаз. Када је завршио, упитао је: ‘Је ли тај присутан?’ ‘Није.’ – одговорише. ‘А је ли тај присутан?’- поново упита. ‘Није.’ – одговорише, а он рече: ‘Ова два намаза су најтежа лицемерима. Када би знали каква је награда за њих, долазили бисте да их клањате у џемату па макар пужући на коленима. Први сафф је попут саффа анђела. Када бисте знали каква је његова вредност, такмичили бисте се за њега. Намаз у џемату с једним човеком вреднији је од самосталног намаза, а намаз с двојицом вреднији је од намаза с једним; што је више људи намаз је дражи Узвишеном Аллаху.’“</t>
   </si>
   <si>
     <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
 قال الصحابة: لا. 
 ثم قال: أحاضر فلان؟ لشخص آخر، 
 قالوا: لا. 
 قال صلى الله عليه وسلم: 
 إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
 ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
 وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
@@ -15738,50 +15880,230 @@
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да брак неће бити исправан све док га не склопи старатељ жене.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>Старатељ је услов исправности брака. Према томе, уколико би неко склопио брак без старатеља, или ако би жена саму себе удала, брак не би био исправан.
 Старатељ жене је онај који јој је најближи од мушке родбине. У складу с тим, не може јој бити старатељ неко даљи уколико постоји онај ко јој је ближи.
 Постоји неколико услова старатеља: 
 да је шеријатски обвезник (тј. да није луд и да је шеријатски пунолетан), 
 да је мушкарац, 
 да познаје интересе брака (тј. шта је добро за њу), 
 да су исте вере он и његова штићеница. 
 Онај ко не испуњава ове услове, не може бити старатељ у склапању брачног уговора.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/58066</t>
   </si>
   <si>
+    <t>أيما امرأة نكحت بغير إذن مواليها، فنكاحها باطل ثلاث مرات فإن دخل بها فالمهر لها بما أصاب منها، فإن تشاجروا فالسلطان ولي من لا ولي له</t>
+  </si>
+  <si>
+    <t>‘Која год жена се уда без дозволе својих старатеља, њен брак је неважећи’ – ово је поновио три пута – ‘Ако је муж са њом имао однос, њен мехр (венчани дар) припада њој због онога што је од ње добио. Ако дође до спора, владар је старатељ онога ко нема старатеља.’“</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِي اللهُ عنْها قَالَتْ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّمَا امْرَأَةٍ نَكَحَتْ بِغَيْرِ إِذْنِ مَوَالِيهَا، فَنِكَاحُهَا بَاطِلٌ -ثَلَاثَ مَرَّاتٍ- فَإِنْ دَخَلَ بِهَا فَالْمَهْرُ لَهَا بِمَا أَصَابَ مِنْهَا، فَإِنْ تَشَاجَرُوا فَالسُّلْطَانُ وَلِيُّ مَنْ لَا وَلِيَّ لَهُ».</t>
+  </si>
+  <si>
+    <t>Од Аише, мајке верника, нека је Аллах задовољан њоме, се преноси да је рекла: „Посланик, алејхисселам, је казао: ‘Која год жена се уда без дозволе својих старатеља, њен брак је неважећи’ – ово је поновио три пута – ‘Ако је муж са њом имао однос, њен мехр (венчани дар) припада њој због онога што је од ње добио. Ако дође до спора, владар је старатељ онога ко нема старатеља.’“</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِنْ أنْ تُزَوِّجَ المرأةُ نفسَها بغير إذن أوليائها، وأنَّ نكاحَها باطل، وقد كَرَّره ثلاث مرات، وكأنه لم يكن.
+فإنْ دَخَل بها الذي تزوجها بغير إذن وليها؛ فالمَهر الكامل لها بما أصاب من جماعها في فرجها.
+ثم إنْ تنازع الأولياء في ولاية العقد -ومراتبهم فيه سواء- فالعقد لمن سَبق إليه منهم إذا كان ذلك نظرًا منه في مصلحتها، فإن امتنع الولي من التزويج فكأنه لا ولي لها؛ فيكون السلطان أو وليُّه من القضاة ونحوهم وليَّها، وإلا فلا ولاية للسلطان مع وجود الولي.</t>
+  </si>
+  <si>
+    <t>Посланик, алејхисселам, упозорио је да жена не сме сама себе удати без дозволе својих старатеља, и да је такав брак неважећи. Ово је нагласио три пута, као да брак није ни постојао.
+Ако је човек ступио у брак са женом без дозволе њеног старатеља и имао са њом однос, мехр припада жени због односа који је имао са њом.
+Ако старатељи уђу у спор око права удаје своје штићенице — а сви имају једнаке рангове у том погледу — онда право припада ономе ко је први преузео тај корак, под условом да је то у њеном најбољем интересу. Ако старатељ одбије да је уда, он се сматра као да више није старатељ, и тада владар или његов представник, попут судија, постаје њен старатељ. Међутим, ако је њен старатељ присутан и испуњава своју дужност, владар нема право на старатељство.</t>
+  </si>
+  <si>
+    <t>اشتراط الوليِّ لصحة النكاح، وحُكي عن ابن المنذر أنه لا يُعرَف عن أحد من الصحابة خلافُ ذلك.
+في النكاح الباطل تستحق المرأة المهر مقابل وطء الرجل لها.
+السلطان ولي مَن لا ولي لها من النساء، سواء كان ذلك بسبب عدم وجوده أصلًا، أو بسبب امتناعه عن تزويجها.
+السلطان يعتبر ولي من لا ولي له، في حال فَقْدِ الولي أو تعذُّرِه، ويقوم مقامه القاضي؛ لأنه النائب عنه في هذه المسائل. 
+الولاية في تزويج المرأة لا يعني أنه ليس لها حق، بل لها حق ولا يجوز لوليها أن يزوجها إلا بإذنها.
+شروط النكاح الصحيح: أولًا: تعيين كل من الزوجين بالإشارة أو التسمية أو الوصف ونحو ذلك، ثانيًا: رِضى كلٍّ من الزوجين بالآخر، ثالثًا: أنْ يَعقِد للمرأة وليُّها، رابعا: الشّهادة على عقد النكاح.
+يشترط في الولي الذي يعقد النكاح: أولًا: العقل، ثانيًا: أن يكون ذكرًا، ثالثًا: البلوغ، ببلوغه خمسة عشر عامًا أو الاحتلام، رابعًا: اتحاد الدّين فلا ولاية لكافر على مسلم ولا مسلمة، وكذلك لا ولاية لمسلم على كافر أو كافرة، خامسًا: العدالة المنافية للفسق، ويكفي منها أن يحصل منه النّظر في مصلحة من تولّى أمر تزويجها، سادسًا: أن يكون الولي راشدًا غير سفيه، وهو القدرة على معرفة الكُفْءِ ومصالح النكاح.
+لأولياء المرأة في التزويج ترتيب عند الفقهاء فلا يجوز تعدّي الولي الأقرب إلا عند فَقْدِه أو فَقْدِ شروطه، ووليّ المرأة أبوها، ثمّ وَصِيُّه فيها، ثمّ جدّها لأب وإن علا، ثمّ ابنها، ثم بنوه وإن نزلوا، ثمّ أخوها لأبوين، ثم أخوها لأب، ثمّ بنوهما، ثمّ عمّها لأبوين، ثمّ عمها لأب، ثمّ بنوهما، ثمّ الأقرب فالأقرب نسبًا من العصبة كالإرث، والسّلطان المسلم ومن ينوب عنه كالقاضي وليّ من لا وليّ له.</t>
+  </si>
+  <si>
+    <t>Услов за исправност брака је присуство старатеља (велија), и пренесено је од Ибн ел-Мунзира да нема познатог неслагања међу асхабима по овом питању.
+У случају неважећег брака, жена има право на мехр као накнаду за однос који је мушкарац имао са њом.
+Владар је старатељ за жену која нема старатеља, било зато што уопште нема старатеља или зато што старатељ одбија да је уда.
+Владар се сматра старатељем оних који немају старатеља, у случају његовог одсуства или немогућности да обавља ту дужност, на његово место долази судија, који је његов заступник у овим питањима.
+Старатељство о удаји жене не значи да она нема право у овом процесу. Напротив, она има своја права и старатељ не сме да је уда без њеног пристанка.
+Услови за исправан брак су:
+1. Прецизирање сваког од супружника, било то показивањем на њега, именовањем или описивањем.
+2. Међусобни пристанак оба супружника.
+3. Да уговор о браку склопи женин старатељ.
+4. Присуство сведока приликом склапања брака.
+Услови које старатељ мора испуњавати за склапање брака су:
+1. Разум (да буде ментално способан).
+2. Да буде мушкарац.
+3. Пунолетство, које се остварује са 15 година или са знаковима полне зрелости.
+4. Јединство вере: неверник не може бити старатељ муслиману или муслиманки, као што ни муслиман не може бити старатељ невернику или неверници.
+5. Праведност која искључује чињење великих греха, а минимум је да старатељ брине о интересима особе коју удаје.
+6. Да старатељ буде одговоран и нерасипник, што значи да има способност да препозна ко је прикладан супружник и шта су интереси брака.
+Што се тиче редоследа старатеља у удаји жене, шеријатски  правници су га прецизно дефинисали. Није дозвољено прескочити најближег старатеља осим у случају његовог одсуства или ако не испуњава услове. Старатељ жене је, 
+1. њен отац, 
+2. његов онај којег је опоручио да је уда након његове смрти, 
+3. очев отац, 
+4. њен син, 
+5. његови потомци (уколико их има), 
+6. њен брат по оцу и мајци, 
+7. брат по оцу, 
+8. синови рођеног брата или брата по оцу, 
+9. њен рођени стриц (очев брат по обе линије), 
+10. стриц по оцу (тј. онај са ким њен отац има само заједничког оца), 
+11. њихови синови, и тако редом по блискости у сродству.
+Ако нема старатеља, или ако они не испуњавају услове, онда је старатељ муслимански владар или онај кога он постави као надлежног за то, попут судије.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/58067</t>
+  </si>
+  <si>
+    <t>ملعون من أتى امرأته في دبرها</t>
+  </si>
+  <si>
+    <t>‘Проклет је онај ко сполно опћи са својом женом у анални отвор.’“</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَلْعُون مَنْ أتَى امرأتَه في دُبُرِها».</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, нека је Аллах задовољан њиме, преноси се да је рекао: „Посланик, алејхисселам, је казао: ‘Проклет је онај ко сполно опћи са својом женом у анални отвор.’“</t>
+  </si>
+  <si>
+    <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن أنْ يأتي الزوجُ زوجتَه في دُبُرِها؛ بأنه ملعون مَطرود من رحمة الله، وهو كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>Посланик, алејхисселам, упозорава да муж не сме имати анални однос са својом женом, јер такав чин носи проклетство и човек је удаљен од Божије милости. То је један од великих греха.</t>
+  </si>
+  <si>
+    <t>تحريم إتيان النساء في أدبارهن.
+الاستمتاع من الزوجة بما دون دبرها من جسدها جائز.
+المسلم يأتي المرأة من فرجها كما أمره الله؛ وأما من الدُّبُر ففيه إفسادٌ للفطرة، وإضاعةٌ للنسل، ومخالفة لما عليه الطبائع السليمة، وأضرارٌ بالغة بالزوجين.</t>
+  </si>
+  <si>
+    <t>Забрањено је имати анални однос са женама.
+Дозвољено је мужу да ужива у телу своје жене на било који начин осим у аналном односу.
+Муслиман треба да има однос са женом путем полног органа, како му је Аллах наредио. Што се тиче аналног односа, он квари људску природну склоност, траћење потомства, супротставља се здравим инстинктима и наноси велику штету и мужу и жени.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/58090</t>
+  </si>
+  <si>
+    <t>لا ينظر الله إلى رجل أتى رجلا أو امرأة في دبر</t>
+  </si>
+  <si>
+    <t>„Аллах неће погледати човека који дође мушкарцу или жени и има однос анални отвор.“</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَنْظُرُ اللهُ إِلَى رَجُلٍ أَتَى رَجُلًا أَوِ امْرَأَةً فِي دُبُرٍ».</t>
+  </si>
+  <si>
+    <t>Од Ибн Аббаса, нека је Аллах задовољан њиме, преноси се да је Посланик, алејхисселам, рекао: „Аллах неће погледати човека који дође мушкарцу или жени и има однос анални отвор.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ بأنَّ الله لا ينظر نظرةَ رحمةٍ إلى رجلٍ أتى رجلًا في دُبُرِهِ أو امرأة في دُبُرها، وأنه كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>Посланик, алејхисселам, је јасно указао на велику претњу, да Аллах неће погледати погледом милости човека који има анални однос са другим мушкарцем или има анални однос са женом. То је један од великих греха.</t>
+  </si>
+  <si>
+    <t>إتيان الرجلِ الرجلَ -وهو اللواط- من كبائر الذنوب.
+إتيان المرأة في دبرها من كبائر الذنوب.
+(لا ينظر الله) أي نظر رحمة ورأفة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء.
+هذه الأعمال من أعظم الفواحش وأخطرها على البشرية؛ لما فيها من مخالفة الفطرة البشرية السليمة، وقلة النسل، وإفساد الحياة الزوجية، وغرس العداوة والبغضاء، والوقوع في الأماكن المستقذرة.</t>
+  </si>
+  <si>
+    <t>Имати однос са мушкарцем представља један од великих греха.
+Анални однос са женом је такође велики грех.
+Када се каже да Аллах неће погледати (погледом милости), то се односи на милост, а не на општи поглед, јер Аллаху ништа није скривено.
+Ова дела представљају неке од најтежих порока и најозбиљније претње за човечанство, јер су у супротности с природом, доводе до смањења потомства, кваре живот у браку, подстичу мржњу и непријатељство, и излажу људе нечистим местима.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي في الكبرى]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/58091</t>
+  </si>
+  <si>
+    <t>قلت: يا رسول الله، ما حق زوجة أحدنا عليه؟، قال: أن تطعمها إذا طعمت، وتكسوها إذا اكتسيت، أو اكتسبت، ولا تضرب الوجه، ولا تقبح، ولا تهجر إلا في البيت</t>
+  </si>
+  <si>
+    <t>„Упитао сам Аллаховог Посланика, саллаху 'алејхи ве селлам: ‘Каква права има жена једног од нас код свога мужа?’ Алејхисселам рече: ‘Да је нахраниш када ти једеш, да јој купиш одећу када се и ти облачиш, да је не удараш по лицу, да је не проклињеш и да је не напушташ (у постељи), осим у кући.’“</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاوِيَةَ الْقُشَيْرِيِّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، مَا حَقُّ زَوْجَةِ أَحَدِنَا عَلَيْهِ؟، قَالَ: «أَنْ تُطْعِمَهَا إِذَا طَعِمْتَ، وَتَكْسُوَهَا إِذَا اكْتَسَيْتَ، أَوِ اكْتَسَبْتَ، وَلَا تَضْرِبِ الْوَجْهَ، وَلَا تُقَبِّحْ، وَلَا تَهْجُرْ إِلَّا فِي الْبَيْتِ»</t>
+  </si>
+  <si>
+    <t>Од Муавије ел-Кушејрија, нека је Бог задовољан њиме, преноси се да је рекао: „Упитао сам Аллаховог Посланика, саллаху 'алејхи ве селлам: ‘Каква права има жена једног од нас код свога мужа?’ Алејхисселам рече: ‘Да је нахраниш када ти једеш, да јој купиш одећу када се и ти облачиш, да је не удараш по лицу, да је не проклињеш и да је не напушташ (у постељи), осим у кући.’“</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم ما حقُّ الزوجة على زوجها؟ فذَكر النبيُّ صلى الله عليه وسلم أمورًا، ومنها: 
+أولًا: لا تَخُصّ نفسَك بالطعام دونها؛ بل تطعمها كلما أكلتَ وطعمتَ. 
+ثانيًا: لا تخص نفسك بالكسوة واللباس، بل تكسوها إذا اكتسيتَ، وإذا اكتسبت واستطعت. 
+ثالثًا: لا تُضرب إلا لسبب وحاجة، وإذا احتاج إلى ضربها للتأديب أو لتركها بعض الفرائض فيكون ضربًا غير مُبَرِّح؛ ولا يُضرب الوجه؛ لأن الوجه أعظم الأعضاء وأظهرها ومشتمل على أجزاء شريفة وأعضاء لطيفة. 
+رابعًا: لا تَشْتُم أو تقل: قَبَّحَ اللهُ وجهَك؛ فلا تنسبه ولا شيئًا من بدنها إلى القُبْح الذي هو ضد الحُسْن؛ لأن الله تعالى هو صَوَّرَ وجهَ الإنسان وجِسْمَه، وأحسن كل شيء خلقه، وذَمُّ الخِلْقة يعود إلى مَذَمَّة الخَالق والعياذ بالله. 
+خامسًا: لا تَهْجُر إلا في المَضْجَع، ولا تَتَحَوَّل عنها، ولا تُحَوِّلها إلى دار أخرى؛ ولعل ذلك فيما يعتاد وقوعه من الهجر بين الزوج والزوجة.</t>
+  </si>
+  <si>
+    <t>Када је Посланик, алејхисселам, упитан о правима супруге према мужу, навео је неколико важних ствари, укључујући:
+1. Не смеш себе да прехрањујеш без ње; увек је храни када ти је храна доступна.
+2. Не смеш себе да облачиш а њу запушташ. Треба да је облачиш када се сам облачиш или када имаш могућности да је обезбедиш одећом.
+Немој је ударати  без разлога; ако је потребно да нешто исправиш  или ако не испуњава неке обавезе, нека то буде ударац који није прејак, а никако је не ударај у лице, јер је лице најважнији и најпрепознатљивији део тела.
+4. Не смеш да је псујеш, нити да јој говориш: "Аллах ти лице унаказио", нити да ружним описујеш њеном лицу или телу, јер је Аллах створио све како је најбоље и не можемо критиковати оно што Он створи.
+5. Не напуштај је, осим да будете у истом кревету; а не да прелазиш у другу кућу, како би се избегло непотребно хлађење односа између мужа и жене.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة على معرفة الحقوق التي عليهم أداؤها لغيرهم، ومعرفة الحقوق التي لهم.
+ وجوب النفقة والكسوة والسكنى للمرأة على زوجها.
+النهي عن التقبيح المعنوي والحسي.
+من التقبيح المنهي عنه أن يقول: أنت من قبيلةٍ رديئة، أو من عائلة سيئة، أو ما أشبه ذلك.</t>
+  </si>
+  <si>
+    <t>Асхаби су били посвећени спознаји права која имају према другима, као и права која припадају њима.
+Непходно је да муж обезбеди жени издржавање, одећу и становање.
+Забрањена је била која врста увреде, било да су оне вербалне или физичке.
+Један од примера забрањеног ружног понашања је рећи: „Ти си из лошег племена“ или „Ти припадаш лошој породици“ и слично.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/58093</t>
+  </si>
+  <si>
     <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>Дечаче, спомени Аллаха, једи десном руком својом и једи оно што је испред тебе</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>Преноси се од Омера ибн Еби Селеме, Аллах био задовољан њиме, да је рекао: "Био сам дечак који је проводио детињство у окриљу Аллаховог Посланика, нека је Аллахов благослов и мир на њега. Када сам јео, руком сам захватао по целој посуди, па ми је Посланик рекао: ‘Дечаче, спомени Аллаха, једи десном руком својом и једи оно што је испред тебе.’ Након тога, такав ми је био начин обједовања.“</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>Омер ибн Еби Селеме, Аллах био задовољан њиме, пасторак Аллаховог Посланика, нека је Аллахов благослов и мир на њега, (син Умму Селеме) живео је у окриљу Посланика. Када би јео, руком би захватао храну са свих страна посуде, па га је Посланик подучио трима стварима:
 1. Казати: "Бисмиллах“ пре почетка јела.
 2. Јести десном руком.
 3. Јести оно што је испред човека.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
@@ -15804,50 +16126,85 @@
     <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>Када неко од вас једе, нека једе десном руком; а када пије, нека и то ради десном руком. Заиста, шејтан (ђаво) једе и пије левом.“</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>Од Ибн Омера, Аллах био задовољан њима, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Када неко од вас једе, нека једе десном руком; а када пије, нека и то ради десном руком. Заиста, шејтан (ђаво) једе и пије левом.“</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, наређује да муслиман једе и пије десном руком, те забрањује да се то ради левом руком с обзиром на то да ђаво једе и пије левом руком.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Забрањено је опонашати ђавола тако што ће човек јести и пити левом руком.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/58122</t>
+  </si>
+  <si>
+    <t>من كانت له امرأتان فمال إلى إحداهما، جاء يوم القيامة وشقه مائل</t>
+  </si>
+  <si>
+    <t>„Ако човек буде имао две жене, па не буде праведно поступао према њима, доћи ће на Судњи дан, а једна страна тела ће му бити накривљена.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ كَانَتْ لَهُ امْرَأَتَانِ فَمَالَ إِلَى إِحْدَاهُمَا، جَاءَ يَوْمَ الْقِيَامَةِ وَشِقُّهُ مَائِلٌ».</t>
+  </si>
+  <si>
+    <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Ако човек буде имао две жене, па не буде праведно поступао према њима, доћи ће на Судњи дан, а једна страна тела ће му бити накривљена.“</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن كانت له أكثر من زوجة، فلم يَعْدِل بين زوجاته العدلَ المُستطاع، من مساواة بينهن في الإنفاق والمسكن والملبس والمَبِيْت، بأنَّ عقابه يوم القيامة أن يكون نصفُ جسدِه مائلًا، وميلانه عقوبة له على جوره، كما مَالَ في معاملته.</t>
+  </si>
+  <si>
+    <t>Посланик обавештава да онај ко има више од једне жене, а не поступа праведно према њима у смислу издржавања, стамбених услова, одеће и времена проведеног са сваком, да ће његова казна на Судњем дану бити да ће му један део тела бити накривљен. Ово наглашава да ће накривљеност бити последица његовог неправедног поступања, као што је он искривио своје односе према женама.</t>
+  </si>
+  <si>
+    <t>وجوب القَسْمِ على الرجل بين زوجتيه أو زوجاته، ويَحْرُم عليه المَيْلُ إلى إحداهنَّ عن الأخرى، فيما يقدر عليه من النفقة، والمبيت، وحسن المقابلة، ونحو ذلك.
+التسوية في القِسْمَة ونحو ذلك، فيما يملك الإنسان، أما ما لا يملكه كالمحبة والمَيْل القلبي فإنه لا يدخل في الحديث، وهو المقصود في قوله تعالى: {ولن تستطيعوا أن تعدلوا بين النساء ولو حرصتم} [النساء: 129].
+الجزاء يكون من جنس العمل، فإنَّ الرجل لما مال في الدنيا من زوجةٍ إلى أخرى، جاء يوم القيامة مائلًا أحدُ شِقَّيْه عن الآخر.
+تعظيم حقوق العباد، وأنه لا يُسامَح فيها؛ لأنها مبنيةٌ على الشُّحِّ والتَّقَصِّي.
+استحباب الاقتصار على زوجةٍ واحدةٍ، إذا خاف الرجل أن لا يعدل بين زوجاته؛ لئلا يقع في التقصير في الدين؛ قال تعالى: {فَإِنْ خِفْتُمْ أَلَّا تَعْدِلُوا فَوَاحِدَةً} [النساء: 3].</t>
+  </si>
+  <si>
+    <t>Човек је дужан да праведно расподели између својих жена у ономе што може, као што су издржавање, време проведено с њима и љубазан однос. Неправедно наклоњеност једној од њих у овим стварима је забрањена.
+Изједначавање у расподели односи се на оно што човек може. Међутим, оно што не може контролисати, као што су љубав и срчана наклоност, не укључује се у овај разговор, што се и подразумева у речима Аллаха: „И нећете моћи да будете праведни према женама, макар се трудили.“ (Ен-Ниса, 129.)
+Казна ће бити пропорционална делу: Када се човек нагне од једне жене ка другој на овом свету, на Судњем дану ће доћи са једним делом свог тела нагнутим.
+Поштовање права људи. Непоштовање права других која им је Аллах дао укзаује на похлепу и неправду.
+Препоручује се имати само једну жену ако човек сумња да ће моћи праведно да поступа према својим женама. Аллах каже: „Ако се бојите да не можете праведно поступити, онда само једна.“ (Ен-Ниса, 3.)</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/58125</t>
   </si>
   <si>
     <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
   </si>
   <si>
     <t>„Узвишени Аллах опростио је мојим следбеницима оно што у себи помисле, само не ако то ураде или изговоре.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
   </si>
   <si>
     <t>Од Ебу Хурејре, Аллах био задовољан њиме, преноси се да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: „Узвишени Аллах опростио је мојим следбеницима оно што у себи помисле, само не ако то ураде или изговоре.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нас обавештава да муслиман неће бити кажњен за оно што му душа дошаптава (што му падне на памет), ако по томе не поступи или ако то не изговори. Узвишени је, наиме, олакшао овом уммету тако што их неће држати одговорним за оно што помисле, ако се то није устабилило у њиховим срцима попут охолости, дволичности, самодопадљивости и онога што искажу језиком или делима, Аллах ће их за то обрачунати.</t>
   </si>
   <si>
     <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
 الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
 حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
 عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
   </si>
@@ -16035,50 +16392,91 @@
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, је појаснио да је алкохол све оно што опија разум и од чега се губи трезвеност, било да се уноси пићем, храном, удисањем или ушмркивањем и слично, као и то да је Узвишени Аллах забранио све што опија разум човека, без обзира било то у малим или великим количинама. Као и да свако ко конзумира било коју врсту опојних средстава, устрајно , и не покаје се од тога пре смрти, заслужује да буде кажњен од Аллаха тако што ће му бити ускраћено вино у Рају.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Узрок забране алкохола јесте због особине опијања коју има при себи, тако да свака врста опојних средстава бива строго забрањена.
 Аллах је забранио опојна средства јер су она штетна и погубна за човека.
 Док је пиће у Рају потпуна благодат и ужитак које у себи нема особине опијања.
 Ко се не буде сустегао од конзумирања алкохола на овом свету, Аллах ће му забранити пиће у рају, јер је награда сходно учињеном делу.
 Подстицање на покајање пре него дође смртни час.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
     <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sr/browse/hadith/58259</t>
+  </si>
+  <si>
+    <t>جاهدوا المشركين بأموالكم وأنفسكم وألسنتكم</t>
+  </si>
+  <si>
+    <t>„Борите се против многобожаца својим иметком, душама и језицима.“</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه أن النبي صلى الله عليه وسلم قال: «جَاهِدُوا المشركين بأموالكم وأنفسكم وألسنتكم».</t>
+  </si>
+  <si>
+    <t>Од Енесa ибн Малика, нека је Алах задовољан њиме, преноси се да је Посланик, нека су Божији благослови и мир над њим, рекао: „Борите се против многобожаца својим иметком, душама и језицима.“</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بجهاد الكفّار، وبَذْلِ الجُهْدِ في مواجهتهم بكل وسيلة على قدر الاستطاعة لتكون كلمة الله هي العليا، ومن ذلك:
+أولًا: إنفاق المال في جهادهم؛ من شراء سلاح ونفقة على المجاهدين ونحو ذلك. 
+ثانيًا: الخروج بالنفس والبدن لملاقاتهم ومدافعتهم. 
+ثالثًا: بدعوتهم لهذا الدين باللسان، وإقامة الحجة عليهم، وزجرهم والرد عليهم.</t>
+  </si>
+  <si>
+    <t>Посланик је заповедио борбу на Божијем путу (џихад) против неверника и постојаност у суочавању с њима свим доступним средствима сходно могућностима, како би Аллахова реч била горња. У средства за ту сврху спадају:
+Прво: Трошак новца у борби против њих; као што је куповина оружја и помоћ борцима и слично.
+Друго: Борба телом, док се не одбије њихово непријатељско деловње.
+Треће: Позивање у ову веру језиком, успостављање аргумената против њих, и одговорити на њихове сумње.</t>
+  </si>
+  <si>
+    <t>الحث على جهاد المشركين بالنفس والمال واللسان؛ كلٌّ بحسب استطاعته، وأنّ الجهاد لا يَقْتَصِرُ على المقاتلة بالنفس.
+الأمر بالجهاد للوجوب، وقد يكون واجبًا عَيْنيًّا، وقد يكون واجبًا كِفَائيًّا.
+شرع الله الجهاد لأمور منها: أولًا: مقاومة الشرك والمشركين؛ لأن الله لا يقبل الشرك أبدًا، ثانيًا: إزالة العَقَبَات التي تَعْتَرِض سبيل الدعوة إلى الله، ثالثًا: حماية العقيدة من كل ما يُضَادُّها، رابعًا: الدفاع عن المسلمين وعن أوطانهم وأعراضهم وأموالهم.</t>
+  </si>
+  <si>
+    <t>Подстицање на борбу против мушрика животом, новцем и језиком; свако према својој способности. Борба не подразумева само борбу телом.
+Борба је обавезна, а може бити индивидуална и колективна.
+Аллах је прописао борбу из следећих разлога: 
+Прво: отпор против ширка и мушрика; јер Аллах никада не прихвата ширк. 
+Друго: уклањање препрека које ометају на путу позивања у Аллахову веру. 
+Треће: заштита вере од свега што је руши. 
+Четврто: одбрана муслимана и њихових земаља, части и имовине.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sr/browse/hadith/64597</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Ко убије онога ко је склопио договор са муслиманима, неће осетити ни мирис Раја, а његов се мирис, заиста, осећа на удаљености од четрдесет година.“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Од Абдуллаха бин 'Амра, Аллах био задовољан њима, се преноси да је Аллахов Посланик, нека је Аллахов благослов и мир на њега, рекао: "Ко убије онога ко је склопио договор са муслиманима, неће осетити ни мирис Раја, а његов се мирис, заиста, осећа на удаљености од четрдесет година.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Аллахов Посланик, нека је Аллахов благослов и мир на њега, нам појашњава да страшна претња следи ономе ко убије неверника који је склопио уговор са муслиманима. Такав неће осетити мирис Раја, иако се он осети на удаљености од четрдесет година путовања.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
@@ -20948,51 +21346,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O560"/>
+  <dimension ref="A1:O570"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -29940,17342 +30338,17812 @@
       </c>
       <c r="I192" t="s">
         <v>1787</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
         <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
         <v>1788</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4538</v>
+        <v>4436</v>
       </c>
       <c r="B193" t="s">
         <v>1789</v>
       </c>
       <c r="C193" t="s">
         <v>1790</v>
       </c>
       <c r="D193" t="s">
         <v>1791</v>
       </c>
       <c r="E193" t="s">
         <v>1792</v>
       </c>
       <c r="F193" t="s">
         <v>1793</v>
       </c>
       <c r="G193" t="s">
         <v>1794</v>
       </c>
       <c r="H193" t="s">
         <v>1795</v>
       </c>
       <c r="I193" t="s">
         <v>1796</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
         <v>25</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
         <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4549</v>
+        <v>4438</v>
       </c>
       <c r="B194" t="s">
         <v>1798</v>
       </c>
       <c r="C194" t="s">
         <v>1799</v>
       </c>
       <c r="D194" t="s">
         <v>1800</v>
       </c>
       <c r="E194" t="s">
         <v>1801</v>
       </c>
       <c r="F194" t="s">
         <v>1802</v>
       </c>
       <c r="G194" t="s">
         <v>1803</v>
       </c>
       <c r="H194" t="s">
         <v>1804</v>
       </c>
       <c r="I194" t="s">
         <v>1805</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
         <v>25</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
         <v>27</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
         <v>1806</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4555</v>
+        <v>4454</v>
       </c>
       <c r="B195" t="s">
         <v>1807</v>
       </c>
       <c r="C195" t="s">
         <v>1808</v>
       </c>
       <c r="D195" t="s">
         <v>1809</v>
       </c>
       <c r="E195" t="s">
         <v>1810</v>
       </c>
       <c r="F195" t="s">
         <v>1811</v>
       </c>
       <c r="G195" t="s">
         <v>1812</v>
       </c>
       <c r="H195" t="s">
         <v>1813</v>
       </c>
       <c r="I195" t="s">
         <v>1814</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
         <v>1815</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4556</v>
+        <v>4527</v>
       </c>
       <c r="B196" t="s">
         <v>1816</v>
       </c>
       <c r="C196" t="s">
         <v>1817</v>
       </c>
       <c r="D196" t="s">
         <v>1818</v>
       </c>
       <c r="E196" t="s">
         <v>1819</v>
       </c>
       <c r="F196" t="s">
         <v>1820</v>
       </c>
       <c r="G196" t="s">
         <v>1821</v>
       </c>
       <c r="H196" t="s">
         <v>1822</v>
       </c>
       <c r="I196" t="s">
         <v>1823</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
         <v>25</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
         <v>1824</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4558</v>
+        <v>4538</v>
       </c>
       <c r="B197" t="s">
         <v>1825</v>
       </c>
       <c r="C197" t="s">
         <v>1826</v>
       </c>
       <c r="D197" t="s">
         <v>1827</v>
       </c>
       <c r="E197" t="s">
         <v>1828</v>
       </c>
       <c r="F197" t="s">
         <v>1829</v>
       </c>
       <c r="G197" t="s">
         <v>1830</v>
       </c>
       <c r="H197" t="s">
         <v>1831</v>
       </c>
       <c r="I197" t="s">
         <v>1832</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
         <v>1833</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>4559</v>
+        <v>4549</v>
       </c>
       <c r="B198" t="s">
         <v>1834</v>
       </c>
       <c r="C198" t="s">
         <v>1835</v>
       </c>
       <c r="D198" t="s">
         <v>1836</v>
       </c>
       <c r="E198" t="s">
         <v>1837</v>
       </c>
       <c r="F198" t="s">
         <v>1838</v>
       </c>
       <c r="G198" t="s">
         <v>1839</v>
       </c>
       <c r="H198" t="s">
         <v>1840</v>
       </c>
       <c r="I198" t="s">
         <v>1841</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
         <v>1842</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>4560</v>
+        <v>4555</v>
       </c>
       <c r="B199" t="s">
         <v>1843</v>
       </c>
       <c r="C199" t="s">
         <v>1844</v>
       </c>
       <c r="D199" t="s">
         <v>1845</v>
       </c>
       <c r="E199" t="s">
         <v>1846</v>
       </c>
       <c r="F199" t="s">
         <v>1847</v>
       </c>
       <c r="G199" t="s">
         <v>1848</v>
       </c>
       <c r="H199" t="s">
         <v>1849</v>
       </c>
       <c r="I199" t="s">
         <v>1850</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
         <v>1851</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4563</v>
+        <v>4556</v>
       </c>
       <c r="B200" t="s">
         <v>1852</v>
       </c>
       <c r="C200" t="s">
         <v>1853</v>
       </c>
       <c r="D200" t="s">
         <v>1854</v>
       </c>
       <c r="E200" t="s">
         <v>1855</v>
       </c>
       <c r="F200" t="s">
         <v>1856</v>
       </c>
       <c r="G200" t="s">
         <v>1857</v>
       </c>
       <c r="H200" t="s">
         <v>1858</v>
       </c>
       <c r="I200" t="s">
         <v>1859</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
         <v>1860</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4564</v>
+        <v>4558</v>
       </c>
       <c r="B201" t="s">
         <v>1861</v>
       </c>
       <c r="C201" t="s">
         <v>1862</v>
       </c>
       <c r="D201" t="s">
         <v>1863</v>
       </c>
       <c r="E201" t="s">
         <v>1864</v>
       </c>
       <c r="F201" t="s">
         <v>1865</v>
       </c>
       <c r="G201" t="s">
         <v>1866</v>
       </c>
       <c r="H201" t="s">
         <v>1867</v>
       </c>
       <c r="I201" t="s">
         <v>1868</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
+        <v>170</v>
+      </c>
+      <c r="L201" t="s">
+        <v>26</v>
+      </c>
+      <c r="M201" t="s">
+        <v>171</v>
+      </c>
+      <c r="N201" t="s">
+        <v>28</v>
+      </c>
+      <c r="O201" t="s">
         <v>1869</v>
-      </c>
-[...10 lines deleted...]
-        <v>1871</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>4566</v>
+        <v>4559</v>
       </c>
       <c r="B202" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D202" t="s">
         <v>1872</v>
       </c>
-      <c r="C202" t="s">
+      <c r="E202" t="s">
         <v>1873</v>
       </c>
-      <c r="D202" t="s">
+      <c r="F202" t="s">
         <v>1874</v>
       </c>
-      <c r="E202" t="s">
+      <c r="G202" t="s">
         <v>1875</v>
       </c>
-      <c r="F202" t="s">
+      <c r="H202" t="s">
         <v>1876</v>
       </c>
-      <c r="G202" t="s">
+      <c r="I202" t="s">
         <v>1877</v>
       </c>
-      <c r="H202" t="s">
+      <c r="J202" t="s">
+        <v>24</v>
+      </c>
+      <c r="K202" t="s">
+        <v>47</v>
+      </c>
+      <c r="L202" t="s">
+        <v>26</v>
+      </c>
+      <c r="M202" t="s">
+        <v>48</v>
+      </c>
+      <c r="N202" t="s">
+        <v>28</v>
+      </c>
+      <c r="O202" t="s">
         <v>1878</v>
-      </c>
-[...19 lines deleted...]
-        <v>1880</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>4568</v>
+        <v>4560</v>
       </c>
       <c r="B203" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D203" t="s">
         <v>1881</v>
       </c>
-      <c r="C203" t="s">
+      <c r="E203" t="s">
         <v>1882</v>
       </c>
-      <c r="D203" t="s">
+      <c r="F203" t="s">
         <v>1883</v>
       </c>
-      <c r="E203" t="s">
+      <c r="G203" t="s">
         <v>1884</v>
       </c>
-      <c r="F203" t="s">
+      <c r="H203" t="s">
         <v>1885</v>
       </c>
-      <c r="G203" t="s">
+      <c r="I203" t="s">
         <v>1886</v>
-      </c>
-[...4 lines deleted...]
-        <v>1888</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
         <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
         <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1889</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>4704</v>
+        <v>4563</v>
       </c>
       <c r="B204" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D204" t="s">
         <v>1890</v>
       </c>
-      <c r="C204" t="s">
+      <c r="E204" t="s">
         <v>1891</v>
       </c>
-      <c r="D204" t="s">
+      <c r="F204" t="s">
         <v>1892</v>
       </c>
-      <c r="E204" t="s">
+      <c r="G204" t="s">
         <v>1893</v>
       </c>
-      <c r="F204" t="s">
+      <c r="H204" t="s">
         <v>1894</v>
       </c>
-      <c r="G204" t="s">
+      <c r="I204" t="s">
         <v>1895</v>
       </c>
-      <c r="H204" t="s">
+      <c r="J204" t="s">
+        <v>24</v>
+      </c>
+      <c r="K204" t="s">
+        <v>170</v>
+      </c>
+      <c r="L204" t="s">
+        <v>26</v>
+      </c>
+      <c r="M204" t="s">
+        <v>171</v>
+      </c>
+      <c r="N204" t="s">
+        <v>28</v>
+      </c>
+      <c r="O204" t="s">
         <v>1896</v>
-      </c>
-[...19 lines deleted...]
-        <v>1898</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>4706</v>
+        <v>4564</v>
       </c>
       <c r="B205" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1898</v>
+      </c>
+      <c r="D205" t="s">
         <v>1899</v>
       </c>
-      <c r="C205" t="s">
+      <c r="E205" t="s">
         <v>1900</v>
       </c>
-      <c r="D205" t="s">
+      <c r="F205" t="s">
         <v>1901</v>
       </c>
-      <c r="E205" t="s">
+      <c r="G205" t="s">
         <v>1902</v>
       </c>
-      <c r="F205" t="s">
+      <c r="H205" t="s">
         <v>1903</v>
       </c>
-      <c r="G205" t="s">
+      <c r="I205" t="s">
         <v>1904</v>
       </c>
-      <c r="H205" t="s">
+      <c r="J205" t="s">
+        <v>24</v>
+      </c>
+      <c r="K205" t="s">
         <v>1905</v>
       </c>
-      <c r="I205" t="s">
+      <c r="L205" t="s">
+        <v>26</v>
+      </c>
+      <c r="M205" t="s">
         <v>1906</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
         <v>1907</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>4709</v>
+        <v>4566</v>
       </c>
       <c r="B206" t="s">
         <v>1908</v>
       </c>
       <c r="C206" t="s">
         <v>1909</v>
       </c>
       <c r="D206" t="s">
         <v>1910</v>
       </c>
       <c r="E206" t="s">
         <v>1911</v>
       </c>
       <c r="F206" t="s">
         <v>1912</v>
       </c>
       <c r="G206" t="s">
         <v>1913</v>
       </c>
       <c r="H206" t="s">
         <v>1914</v>
       </c>
       <c r="I206" t="s">
         <v>1915</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
         <v>1916</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>4711</v>
+        <v>4568</v>
       </c>
       <c r="B207" t="s">
         <v>1917</v>
       </c>
       <c r="C207" t="s">
         <v>1918</v>
       </c>
       <c r="D207" t="s">
         <v>1919</v>
       </c>
       <c r="E207" t="s">
         <v>1920</v>
       </c>
       <c r="F207" t="s">
         <v>1921</v>
       </c>
       <c r="G207" t="s">
         <v>1922</v>
       </c>
       <c r="H207" t="s">
         <v>1923</v>
       </c>
       <c r="I207" t="s">
         <v>1924</v>
       </c>
       <c r="J207" t="s">
+        <v>24</v>
+      </c>
+      <c r="K207" t="s">
+        <v>25</v>
+      </c>
+      <c r="L207" t="s">
+        <v>26</v>
+      </c>
+      <c r="M207" t="s">
+        <v>27</v>
+      </c>
+      <c r="N207" t="s">
+        <v>28</v>
+      </c>
+      <c r="O207" t="s">
         <v>1925</v>
-      </c>
-[...13 lines deleted...]
-        <v>1929</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>4714</v>
+        <v>4704</v>
       </c>
       <c r="B208" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1929</v>
+      </c>
+      <c r="F208" t="s">
         <v>1930</v>
       </c>
-      <c r="C208" t="s">
+      <c r="G208" t="s">
         <v>1931</v>
       </c>
-      <c r="D208" t="s">
+      <c r="H208" t="s">
         <v>1932</v>
       </c>
-      <c r="E208" t="s">
+      <c r="I208" t="s">
         <v>1933</v>
       </c>
-      <c r="F208" t="s">
+      <c r="J208" t="s">
+        <v>24</v>
+      </c>
+      <c r="K208" t="s">
+        <v>47</v>
+      </c>
+      <c r="L208" t="s">
+        <v>26</v>
+      </c>
+      <c r="M208" t="s">
+        <v>48</v>
+      </c>
+      <c r="N208" t="s">
+        <v>28</v>
+      </c>
+      <c r="O208" t="s">
         <v>1934</v>
-      </c>
-[...25 lines deleted...]
-        <v>1938</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>4716</v>
+        <v>4706</v>
       </c>
       <c r="B209" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1937</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1938</v>
+      </c>
+      <c r="F209" t="s">
         <v>1939</v>
       </c>
-      <c r="C209" t="s">
+      <c r="G209" t="s">
         <v>1940</v>
       </c>
-      <c r="D209" t="s">
+      <c r="H209" t="s">
         <v>1941</v>
       </c>
-      <c r="E209" t="s">
+      <c r="I209" t="s">
         <v>1942</v>
       </c>
-      <c r="F209" t="s">
+      <c r="J209" t="s">
+        <v>24</v>
+      </c>
+      <c r="K209" t="s">
+        <v>170</v>
+      </c>
+      <c r="L209" t="s">
+        <v>26</v>
+      </c>
+      <c r="M209" t="s">
+        <v>171</v>
+      </c>
+      <c r="N209" t="s">
+        <v>28</v>
+      </c>
+      <c r="O209" t="s">
         <v>1943</v>
-      </c>
-[...25 lines deleted...]
-        <v>1947</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>4717</v>
+        <v>4709</v>
       </c>
       <c r="B210" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1946</v>
+      </c>
+      <c r="E210" t="s">
+        <v>1947</v>
+      </c>
+      <c r="F210" t="s">
         <v>1948</v>
       </c>
-      <c r="C210" t="s">
+      <c r="G210" t="s">
         <v>1949</v>
       </c>
-      <c r="D210" t="s">
+      <c r="H210" t="s">
         <v>1950</v>
       </c>
-      <c r="E210" t="s">
+      <c r="I210" t="s">
         <v>1951</v>
       </c>
-      <c r="F210" t="s">
+      <c r="J210" t="s">
+        <v>24</v>
+      </c>
+      <c r="K210" t="s">
+        <v>47</v>
+      </c>
+      <c r="L210" t="s">
+        <v>26</v>
+      </c>
+      <c r="M210" t="s">
+        <v>48</v>
+      </c>
+      <c r="N210" t="s">
+        <v>28</v>
+      </c>
+      <c r="O210" t="s">
         <v>1952</v>
-      </c>
-[...25 lines deleted...]
-        <v>1956</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>4721</v>
+        <v>4711</v>
       </c>
       <c r="B211" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1955</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1956</v>
+      </c>
+      <c r="F211" t="s">
         <v>1957</v>
       </c>
-      <c r="C211" t="s">
+      <c r="G211" t="s">
         <v>1958</v>
       </c>
-      <c r="D211" t="s">
+      <c r="H211" t="s">
         <v>1959</v>
       </c>
-      <c r="E211" t="s">
+      <c r="I211" t="s">
         <v>1960</v>
       </c>
-      <c r="F211" t="s">
+      <c r="J211" t="s">
         <v>1961</v>
       </c>
-      <c r="G211" t="s">
+      <c r="K211" t="s">
         <v>1962</v>
       </c>
-      <c r="H211" t="s">
+      <c r="L211" t="s">
         <v>1963</v>
       </c>
-      <c r="I211" t="s">
+      <c r="M211" t="s">
         <v>1964</v>
-      </c>
-[...10 lines deleted...]
-        <v>1231</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
         <v>1965</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>4722</v>
+        <v>4714</v>
       </c>
       <c r="B212" t="s">
         <v>1966</v>
       </c>
       <c r="C212" t="s">
         <v>1967</v>
       </c>
       <c r="D212" t="s">
         <v>1968</v>
       </c>
       <c r="E212" t="s">
         <v>1969</v>
       </c>
       <c r="F212" t="s">
         <v>1970</v>
       </c>
       <c r="G212" t="s">
         <v>1971</v>
       </c>
       <c r="H212" t="s">
         <v>1972</v>
       </c>
       <c r="I212" t="s">
         <v>1973</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
+        <v>25</v>
+      </c>
+      <c r="L212" t="s">
+        <v>26</v>
+      </c>
+      <c r="M212" t="s">
+        <v>27</v>
+      </c>
+      <c r="N212" t="s">
+        <v>28</v>
+      </c>
+      <c r="O212" t="s">
         <v>1974</v>
-      </c>
-[...10 lines deleted...]
-        <v>1976</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>4723</v>
+        <v>4716</v>
       </c>
       <c r="B213" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D213" t="s">
         <v>1977</v>
       </c>
-      <c r="C213" t="s">
+      <c r="E213" t="s">
         <v>1978</v>
       </c>
-      <c r="D213" t="s">
+      <c r="F213" t="s">
         <v>1979</v>
       </c>
-      <c r="E213" t="s">
+      <c r="G213" t="s">
         <v>1980</v>
       </c>
-      <c r="F213" t="s">
+      <c r="H213" t="s">
         <v>1981</v>
       </c>
-      <c r="G213" t="s">
+      <c r="I213" t="s">
         <v>1982</v>
       </c>
-      <c r="H213" t="s">
+      <c r="J213" t="s">
+        <v>24</v>
+      </c>
+      <c r="K213" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L213" t="s">
+        <v>26</v>
+      </c>
+      <c r="M213" t="s">
+        <v>1231</v>
+      </c>
+      <c r="N213" t="s">
+        <v>28</v>
+      </c>
+      <c r="O213" t="s">
         <v>1983</v>
-      </c>
-[...19 lines deleted...]
-        <v>1987</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>4792</v>
+        <v>4717</v>
       </c>
       <c r="B214" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1986</v>
+      </c>
+      <c r="E214" t="s">
+        <v>1987</v>
+      </c>
+      <c r="F214" t="s">
         <v>1988</v>
       </c>
-      <c r="C214" t="s">
+      <c r="G214" t="s">
         <v>1989</v>
       </c>
-      <c r="D214" t="s">
+      <c r="H214" t="s">
         <v>1990</v>
       </c>
-      <c r="E214" t="s">
+      <c r="I214" t="s">
         <v>1991</v>
-      </c>
-[...10 lines deleted...]
-        <v>1995</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
         <v>25</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
         <v>27</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1996</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>4801</v>
+        <v>4721</v>
       </c>
       <c r="B215" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1995</v>
+      </c>
+      <c r="E215" t="s">
+        <v>1996</v>
+      </c>
+      <c r="F215" t="s">
         <v>1997</v>
       </c>
-      <c r="C215" t="s">
+      <c r="G215" t="s">
         <v>1998</v>
       </c>
-      <c r="D215" t="s">
+      <c r="H215" t="s">
         <v>1999</v>
       </c>
-      <c r="E215" t="s">
+      <c r="I215" t="s">
         <v>2000</v>
       </c>
-      <c r="F215" t="s">
+      <c r="J215" t="s">
+        <v>24</v>
+      </c>
+      <c r="K215" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L215" t="s">
+        <v>26</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1231</v>
+      </c>
+      <c r="N215" t="s">
+        <v>28</v>
+      </c>
+      <c r="O215" t="s">
         <v>2001</v>
-      </c>
-[...25 lines deleted...]
-        <v>2005</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>4810</v>
+        <v>4722</v>
       </c>
       <c r="B216" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C216" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D216" t="s">
+        <v>2004</v>
+      </c>
+      <c r="E216" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F216" t="s">
         <v>2006</v>
       </c>
-      <c r="C216" t="s">
+      <c r="G216" t="s">
         <v>2007</v>
       </c>
-      <c r="D216" t="s">
+      <c r="H216" t="s">
         <v>2008</v>
       </c>
-      <c r="E216" t="s">
+      <c r="I216" t="s">
         <v>2009</v>
       </c>
-      <c r="F216" t="s">
+      <c r="J216" t="s">
+        <v>24</v>
+      </c>
+      <c r="K216" t="s">
         <v>2010</v>
       </c>
-      <c r="G216" t="s">
+      <c r="L216" t="s">
+        <v>26</v>
+      </c>
+      <c r="M216" t="s">
         <v>2011</v>
       </c>
-      <c r="H216" t="s">
+      <c r="N216" t="s">
+        <v>28</v>
+      </c>
+      <c r="O216" t="s">
         <v>2012</v>
-      </c>
-[...19 lines deleted...]
-        <v>2014</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>4811</v>
+        <v>4723</v>
       </c>
       <c r="B217" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C217" t="s">
+        <v>2014</v>
+      </c>
+      <c r="D217" t="s">
         <v>2015</v>
       </c>
-      <c r="C217" t="s">
+      <c r="E217" t="s">
         <v>2016</v>
       </c>
-      <c r="D217" t="s">
+      <c r="F217" t="s">
         <v>2017</v>
       </c>
-      <c r="E217" t="s">
+      <c r="G217" t="s">
         <v>2018</v>
       </c>
-      <c r="F217" t="s">
+      <c r="H217" t="s">
         <v>2019</v>
       </c>
-      <c r="G217" t="s">
+      <c r="I217" t="s">
         <v>2020</v>
       </c>
-      <c r="H217" t="s">
+      <c r="J217" t="s">
+        <v>24</v>
+      </c>
+      <c r="K217" t="s">
         <v>2021</v>
       </c>
-      <c r="I217" t="s">
+      <c r="L217" t="s">
+        <v>26</v>
+      </c>
+      <c r="M217" t="s">
         <v>2022</v>
-      </c>
-[...10 lines deleted...]
-        <v>1480</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
         <v>2023</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>4815</v>
+        <v>4792</v>
       </c>
       <c r="B218" t="s">
         <v>2024</v>
       </c>
       <c r="C218" t="s">
         <v>2025</v>
       </c>
       <c r="D218" t="s">
         <v>2026</v>
       </c>
       <c r="E218" t="s">
         <v>2027</v>
       </c>
       <c r="F218" t="s">
         <v>2028</v>
       </c>
       <c r="G218" t="s">
         <v>2029</v>
       </c>
       <c r="H218" t="s">
         <v>2030</v>
       </c>
       <c r="I218" t="s">
         <v>2031</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
         <v>2032</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>4817</v>
+        <v>4801</v>
       </c>
       <c r="B219" t="s">
         <v>2033</v>
       </c>
       <c r="C219" t="s">
         <v>2034</v>
       </c>
       <c r="D219" t="s">
         <v>2035</v>
       </c>
       <c r="E219" t="s">
         <v>2036</v>
       </c>
       <c r="F219" t="s">
         <v>2037</v>
       </c>
       <c r="G219" t="s">
         <v>2038</v>
       </c>
       <c r="H219" t="s">
         <v>2039</v>
       </c>
       <c r="I219" t="s">
         <v>2040</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>2041</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>4850</v>
+        <v>4810</v>
       </c>
       <c r="B220" t="s">
         <v>2042</v>
       </c>
       <c r="C220" t="s">
         <v>2043</v>
       </c>
       <c r="D220" t="s">
         <v>2044</v>
       </c>
       <c r="E220" t="s">
         <v>2045</v>
       </c>
       <c r="F220" t="s">
         <v>2046</v>
       </c>
       <c r="G220" t="s">
         <v>2047</v>
       </c>
       <c r="H220" t="s">
         <v>2048</v>
       </c>
       <c r="I220" t="s">
         <v>2049</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
         <v>2050</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>4935</v>
+        <v>4811</v>
       </c>
       <c r="B221" t="s">
         <v>2051</v>
       </c>
       <c r="C221" t="s">
         <v>2052</v>
       </c>
       <c r="D221" t="s">
         <v>2053</v>
       </c>
       <c r="E221" t="s">
         <v>2054</v>
       </c>
       <c r="F221" t="s">
         <v>2055</v>
       </c>
       <c r="G221" t="s">
         <v>2056</v>
       </c>
       <c r="H221" t="s">
         <v>2057</v>
       </c>
       <c r="I221" t="s">
         <v>2058</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>170</v>
+        <v>1478</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>171</v>
+        <v>1480</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2059</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>4939</v>
+        <v>4815</v>
       </c>
       <c r="B222" t="s">
         <v>2060</v>
       </c>
       <c r="C222" t="s">
         <v>2061</v>
       </c>
       <c r="D222" t="s">
         <v>2062</v>
       </c>
       <c r="E222" t="s">
         <v>2063</v>
       </c>
       <c r="F222" t="s">
         <v>2064</v>
       </c>
       <c r="G222" t="s">
         <v>2065</v>
       </c>
       <c r="H222" t="s">
         <v>2066</v>
       </c>
       <c r="I222" t="s">
         <v>2067</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
         <v>2068</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>4947</v>
+        <v>4817</v>
       </c>
       <c r="B223" t="s">
         <v>2069</v>
       </c>
       <c r="C223" t="s">
         <v>2070</v>
       </c>
       <c r="D223" t="s">
         <v>2071</v>
       </c>
       <c r="E223" t="s">
         <v>2072</v>
       </c>
       <c r="F223" t="s">
         <v>2073</v>
       </c>
       <c r="G223" t="s">
         <v>2074</v>
       </c>
       <c r="H223" t="s">
         <v>2075</v>
       </c>
       <c r="I223" t="s">
         <v>2076</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
         <v>2077</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>4950</v>
+        <v>4850</v>
       </c>
       <c r="B224" t="s">
         <v>2078</v>
       </c>
       <c r="C224" t="s">
         <v>2079</v>
       </c>
       <c r="D224" t="s">
         <v>2080</v>
       </c>
       <c r="E224" t="s">
         <v>2081</v>
       </c>
       <c r="F224" t="s">
         <v>2082</v>
       </c>
       <c r="G224" t="s">
         <v>2083</v>
       </c>
       <c r="H224" t="s">
         <v>2084</v>
       </c>
       <c r="I224" t="s">
         <v>2085</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>1478</v>
+        <v>25</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>1480</v>
+        <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
         <v>2086</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>4958</v>
+        <v>4935</v>
       </c>
       <c r="B225" t="s">
         <v>2087</v>
       </c>
       <c r="C225" t="s">
         <v>2088</v>
       </c>
       <c r="D225" t="s">
         <v>2089</v>
       </c>
       <c r="E225" t="s">
         <v>2090</v>
       </c>
       <c r="F225" t="s">
         <v>2091</v>
       </c>
       <c r="G225" t="s">
         <v>2092</v>
       </c>
       <c r="H225" t="s">
         <v>2093</v>
       </c>
       <c r="I225" t="s">
         <v>2094</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
         <v>170</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
         <v>171</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
         <v>2095</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>4965</v>
+        <v>4939</v>
       </c>
       <c r="B226" t="s">
         <v>2096</v>
       </c>
       <c r="C226" t="s">
         <v>2097</v>
       </c>
       <c r="D226" t="s">
         <v>2098</v>
       </c>
       <c r="E226" t="s">
         <v>2099</v>
       </c>
       <c r="F226" t="s">
         <v>2100</v>
       </c>
       <c r="G226" t="s">
         <v>2101</v>
       </c>
       <c r="H226" t="s">
         <v>2102</v>
       </c>
       <c r="I226" t="s">
         <v>2103</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
         <v>2104</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>4968</v>
+        <v>4947</v>
       </c>
       <c r="B227" t="s">
         <v>2105</v>
       </c>
       <c r="C227" t="s">
         <v>2106</v>
       </c>
       <c r="D227" t="s">
         <v>2107</v>
       </c>
       <c r="E227" t="s">
         <v>2108</v>
       </c>
       <c r="F227" t="s">
         <v>2109</v>
       </c>
       <c r="G227" t="s">
         <v>2110</v>
       </c>
       <c r="H227" t="s">
         <v>2111</v>
       </c>
       <c r="I227" t="s">
         <v>2112</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
         <v>2113</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>4969</v>
+        <v>4950</v>
       </c>
       <c r="B228" t="s">
         <v>2114</v>
       </c>
       <c r="C228" t="s">
         <v>2115</v>
       </c>
       <c r="D228" t="s">
         <v>2116</v>
       </c>
       <c r="E228" t="s">
         <v>2117</v>
       </c>
       <c r="F228" t="s">
         <v>2118</v>
       </c>
       <c r="G228" t="s">
         <v>2119</v>
       </c>
       <c r="H228" t="s">
         <v>2120</v>
       </c>
       <c r="I228" t="s">
         <v>2121</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
         <v>2122</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5037</v>
+        <v>4958</v>
       </c>
       <c r="B229" t="s">
         <v>2123</v>
       </c>
       <c r="C229" t="s">
         <v>2124</v>
       </c>
       <c r="D229" t="s">
         <v>2125</v>
       </c>
       <c r="E229" t="s">
         <v>2126</v>
       </c>
       <c r="F229" t="s">
         <v>2127</v>
       </c>
       <c r="G229" t="s">
         <v>2128</v>
       </c>
       <c r="H229" t="s">
         <v>2129</v>
       </c>
       <c r="I229" t="s">
         <v>2130</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>170</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>171</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
         <v>2131</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5272</v>
+        <v>4965</v>
       </c>
       <c r="B230" t="s">
         <v>2132</v>
       </c>
       <c r="C230" t="s">
         <v>2133</v>
       </c>
       <c r="D230" t="s">
         <v>2134</v>
       </c>
       <c r="E230" t="s">
         <v>2135</v>
       </c>
       <c r="F230" t="s">
         <v>2136</v>
       </c>
       <c r="G230" t="s">
         <v>2137</v>
       </c>
       <c r="H230" t="s">
         <v>2138</v>
       </c>
       <c r="I230" t="s">
         <v>2139</v>
       </c>
       <c r="J230" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>746</v>
+        <v>25</v>
       </c>
       <c r="L230" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>747</v>
+        <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
         <v>2140</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5273</v>
+        <v>4968</v>
       </c>
       <c r="B231" t="s">
         <v>2141</v>
       </c>
       <c r="C231" t="s">
         <v>2142</v>
       </c>
       <c r="D231" t="s">
         <v>2143</v>
       </c>
       <c r="E231" t="s">
         <v>2144</v>
       </c>
       <c r="F231" t="s">
         <v>2145</v>
       </c>
       <c r="G231" t="s">
         <v>2146</v>
       </c>
       <c r="H231" t="s">
         <v>2147</v>
       </c>
       <c r="I231" t="s">
         <v>2148</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
+        <v>25</v>
+      </c>
+      <c r="L231" t="s">
+        <v>26</v>
+      </c>
+      <c r="M231" t="s">
+        <v>27</v>
+      </c>
+      <c r="N231" t="s">
+        <v>28</v>
+      </c>
+      <c r="O231" t="s">
         <v>2149</v>
-      </c>
-[...10 lines deleted...]
-        <v>2151</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5326</v>
+        <v>4969</v>
       </c>
       <c r="B232" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C232" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D232" t="s">
         <v>2152</v>
       </c>
-      <c r="C232" t="s">
+      <c r="E232" t="s">
         <v>2153</v>
       </c>
-      <c r="D232" t="s">
+      <c r="F232" t="s">
         <v>2154</v>
       </c>
-      <c r="E232" t="s">
+      <c r="G232" t="s">
         <v>2155</v>
       </c>
-      <c r="F232" t="s">
+      <c r="H232" t="s">
         <v>2156</v>
       </c>
-      <c r="G232" t="s">
+      <c r="I232" t="s">
         <v>2157</v>
       </c>
-      <c r="H232" t="s">
+      <c r="J232" t="s">
+        <v>24</v>
+      </c>
+      <c r="K232" t="s">
+        <v>25</v>
+      </c>
+      <c r="L232" t="s">
+        <v>26</v>
+      </c>
+      <c r="M232" t="s">
+        <v>27</v>
+      </c>
+      <c r="N232" t="s">
+        <v>28</v>
+      </c>
+      <c r="O232" t="s">
         <v>2158</v>
-      </c>
-[...19 lines deleted...]
-        <v>2160</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5330</v>
+        <v>5037</v>
       </c>
       <c r="B233" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C233" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D233" t="s">
         <v>2161</v>
       </c>
-      <c r="C233" t="s">
+      <c r="E233" t="s">
         <v>2162</v>
       </c>
-      <c r="D233" t="s">
+      <c r="F233" t="s">
         <v>2163</v>
       </c>
-      <c r="E233" t="s">
+      <c r="G233" t="s">
         <v>2164</v>
       </c>
-      <c r="F233" t="s">
+      <c r="H233" t="s">
         <v>2165</v>
       </c>
-      <c r="G233" t="s">
+      <c r="I233" t="s">
         <v>2166</v>
-      </c>
-[...4 lines deleted...]
-        <v>2168</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>170</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>171</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2169</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5331</v>
+        <v>5272</v>
       </c>
       <c r="B234" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C234" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D234" t="s">
         <v>2170</v>
       </c>
-      <c r="C234" t="s">
+      <c r="E234" t="s">
         <v>2171</v>
       </c>
-      <c r="D234" t="s">
+      <c r="F234" t="s">
         <v>2172</v>
       </c>
-      <c r="E234" t="s">
+      <c r="G234" t="s">
         <v>2173</v>
       </c>
-      <c r="F234" t="s">
+      <c r="H234" t="s">
         <v>2174</v>
       </c>
-      <c r="G234" t="s">
+      <c r="I234" t="s">
         <v>2175</v>
       </c>
-      <c r="H234" t="s">
+      <c r="J234" t="s">
+        <v>450</v>
+      </c>
+      <c r="K234" t="s">
+        <v>746</v>
+      </c>
+      <c r="L234" t="s">
+        <v>452</v>
+      </c>
+      <c r="M234" t="s">
+        <v>747</v>
+      </c>
+      <c r="N234" t="s">
+        <v>28</v>
+      </c>
+      <c r="O234" t="s">
         <v>2176</v>
-      </c>
-[...19 lines deleted...]
-        <v>2178</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5332</v>
+        <v>5273</v>
       </c>
       <c r="B235" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C235" t="s">
+        <v>2178</v>
+      </c>
+      <c r="D235" t="s">
         <v>2179</v>
       </c>
-      <c r="C235" t="s">
+      <c r="E235" t="s">
         <v>2180</v>
       </c>
-      <c r="D235" t="s">
+      <c r="F235" t="s">
         <v>2181</v>
       </c>
-      <c r="E235" t="s">
+      <c r="G235" t="s">
         <v>2182</v>
       </c>
-      <c r="F235" t="s">
+      <c r="H235" t="s">
         <v>2183</v>
       </c>
-      <c r="G235" t="s">
+      <c r="I235" t="s">
         <v>2184</v>
       </c>
-      <c r="H235" t="s">
+      <c r="J235" t="s">
+        <v>24</v>
+      </c>
+      <c r="K235" t="s">
         <v>2185</v>
       </c>
-      <c r="I235" t="s">
+      <c r="L235" t="s">
+        <v>26</v>
+      </c>
+      <c r="M235" t="s">
         <v>2186</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
         <v>2187</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5333</v>
+        <v>5326</v>
       </c>
       <c r="B236" t="s">
         <v>2188</v>
       </c>
       <c r="C236" t="s">
         <v>2189</v>
       </c>
       <c r="D236" t="s">
         <v>2190</v>
       </c>
       <c r="E236" t="s">
         <v>2191</v>
       </c>
       <c r="F236" t="s">
         <v>2192</v>
       </c>
       <c r="G236" t="s">
         <v>2193</v>
       </c>
       <c r="H236" t="s">
         <v>2194</v>
       </c>
       <c r="I236" t="s">
         <v>2195</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
         <v>2196</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5335</v>
+        <v>5330</v>
       </c>
       <c r="B237" t="s">
         <v>2197</v>
       </c>
       <c r="C237" t="s">
         <v>2198</v>
       </c>
       <c r="D237" t="s">
         <v>2199</v>
       </c>
       <c r="E237" t="s">
         <v>2200</v>
       </c>
       <c r="F237" t="s">
         <v>2201</v>
       </c>
       <c r="G237" t="s">
         <v>2202</v>
       </c>
       <c r="H237" t="s">
         <v>2203</v>
       </c>
       <c r="I237" t="s">
         <v>2204</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
         <v>2205</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5346</v>
+        <v>5331</v>
       </c>
       <c r="B238" t="s">
         <v>2206</v>
       </c>
       <c r="C238" t="s">
         <v>2207</v>
       </c>
       <c r="D238" t="s">
         <v>2208</v>
       </c>
       <c r="E238" t="s">
         <v>2209</v>
       </c>
       <c r="F238" t="s">
         <v>2210</v>
       </c>
       <c r="G238" t="s">
         <v>2211</v>
       </c>
       <c r="H238" t="s">
         <v>2212</v>
       </c>
       <c r="I238" t="s">
         <v>2213</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
+        <v>47</v>
+      </c>
+      <c r="L238" t="s">
+        <v>26</v>
+      </c>
+      <c r="M238" t="s">
+        <v>48</v>
+      </c>
+      <c r="N238" t="s">
+        <v>28</v>
+      </c>
+      <c r="O238" t="s">
         <v>2214</v>
-      </c>
-[...10 lines deleted...]
-        <v>2216</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5347</v>
+        <v>5332</v>
       </c>
       <c r="B239" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C239" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D239" t="s">
         <v>2217</v>
       </c>
-      <c r="C239" t="s">
+      <c r="E239" t="s">
         <v>2218</v>
       </c>
-      <c r="D239" t="s">
+      <c r="F239" t="s">
         <v>2219</v>
       </c>
-      <c r="E239" t="s">
+      <c r="G239" t="s">
         <v>2220</v>
       </c>
-      <c r="F239" t="s">
+      <c r="H239" t="s">
         <v>2221</v>
       </c>
-      <c r="G239" t="s">
+      <c r="I239" t="s">
         <v>2222</v>
       </c>
-      <c r="H239" t="s">
+      <c r="J239" t="s">
+        <v>24</v>
+      </c>
+      <c r="K239" t="s">
+        <v>25</v>
+      </c>
+      <c r="L239" t="s">
+        <v>26</v>
+      </c>
+      <c r="M239" t="s">
+        <v>27</v>
+      </c>
+      <c r="N239" t="s">
+        <v>28</v>
+      </c>
+      <c r="O239" t="s">
         <v>2223</v>
-      </c>
-[...19 lines deleted...]
-        <v>2225</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5348</v>
+        <v>5333</v>
       </c>
       <c r="B240" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C240" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D240" t="s">
         <v>2226</v>
       </c>
-      <c r="C240" t="s">
+      <c r="E240" t="s">
         <v>2227</v>
       </c>
-      <c r="D240" t="s">
+      <c r="F240" t="s">
         <v>2228</v>
       </c>
-      <c r="E240" t="s">
+      <c r="G240" t="s">
         <v>2229</v>
       </c>
-      <c r="F240" t="s">
+      <c r="H240" t="s">
         <v>2230</v>
       </c>
-      <c r="G240" t="s">
+      <c r="I240" t="s">
         <v>2231</v>
       </c>
-      <c r="H240" t="s">
+      <c r="J240" t="s">
+        <v>24</v>
+      </c>
+      <c r="K240" t="s">
+        <v>25</v>
+      </c>
+      <c r="L240" t="s">
+        <v>26</v>
+      </c>
+      <c r="M240" t="s">
+        <v>27</v>
+      </c>
+      <c r="N240" t="s">
+        <v>28</v>
+      </c>
+      <c r="O240" t="s">
         <v>2232</v>
-      </c>
-[...19 lines deleted...]
-        <v>2234</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5351</v>
+        <v>5335</v>
       </c>
       <c r="B241" t="s">
+        <v>2233</v>
+      </c>
+      <c r="C241" t="s">
+        <v>2234</v>
+      </c>
+      <c r="D241" t="s">
         <v>2235</v>
       </c>
-      <c r="C241" t="s">
+      <c r="E241" t="s">
         <v>2236</v>
       </c>
-      <c r="D241" t="s">
+      <c r="F241" t="s">
         <v>2237</v>
       </c>
-      <c r="E241" t="s">
+      <c r="G241" t="s">
         <v>2238</v>
       </c>
-      <c r="F241" t="s">
+      <c r="H241" t="s">
         <v>2239</v>
       </c>
-      <c r="G241" t="s">
+      <c r="I241" t="s">
         <v>2240</v>
-      </c>
-[...4 lines deleted...]
-        <v>2242</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
         <v>25</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
         <v>27</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2243</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5353</v>
+        <v>5346</v>
       </c>
       <c r="B242" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C242" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D242" t="s">
         <v>2244</v>
       </c>
-      <c r="C242" t="s">
+      <c r="E242" t="s">
         <v>2245</v>
       </c>
-      <c r="D242" t="s">
+      <c r="F242" t="s">
         <v>2246</v>
       </c>
-      <c r="E242" t="s">
+      <c r="G242" t="s">
         <v>2247</v>
       </c>
-      <c r="F242" t="s">
+      <c r="H242" t="s">
         <v>2248</v>
       </c>
-      <c r="G242" t="s">
+      <c r="I242" t="s">
         <v>2249</v>
       </c>
-      <c r="H242" t="s">
+      <c r="J242" t="s">
+        <v>24</v>
+      </c>
+      <c r="K242" t="s">
         <v>2250</v>
       </c>
-      <c r="I242" t="s">
+      <c r="L242" t="s">
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
         <v>2251</v>
-      </c>
-[...10 lines deleted...]
-        <v>906</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
         <v>2252</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5354</v>
+        <v>5347</v>
       </c>
       <c r="B243" t="s">
         <v>2253</v>
       </c>
       <c r="C243" t="s">
         <v>2254</v>
       </c>
       <c r="D243" t="s">
         <v>2255</v>
       </c>
       <c r="E243" t="s">
         <v>2256</v>
       </c>
       <c r="F243" t="s">
         <v>2257</v>
       </c>
       <c r="G243" t="s">
         <v>2258</v>
       </c>
       <c r="H243" t="s">
         <v>2259</v>
       </c>
       <c r="I243" t="s">
         <v>2260</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
         <v>170</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
         <v>171</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
         <v>2261</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5359</v>
+        <v>5348</v>
       </c>
       <c r="B244" t="s">
         <v>2262</v>
       </c>
       <c r="C244" t="s">
         <v>2263</v>
       </c>
       <c r="D244" t="s">
         <v>2264</v>
       </c>
       <c r="E244" t="s">
         <v>2265</v>
       </c>
       <c r="F244" t="s">
         <v>2266</v>
       </c>
       <c r="G244" t="s">
         <v>2267</v>
       </c>
       <c r="H244" t="s">
         <v>2268</v>
       </c>
       <c r="I244" t="s">
         <v>2269</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
         <v>2270</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5364</v>
+        <v>5351</v>
       </c>
       <c r="B245" t="s">
         <v>2271</v>
       </c>
       <c r="C245" t="s">
         <v>2272</v>
       </c>
       <c r="D245" t="s">
         <v>2273</v>
       </c>
       <c r="E245" t="s">
         <v>2274</v>
       </c>
       <c r="F245" t="s">
         <v>2275</v>
       </c>
       <c r="G245" t="s">
         <v>2276</v>
       </c>
       <c r="H245" t="s">
         <v>2277</v>
       </c>
       <c r="I245" t="s">
         <v>2278</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
         <v>2279</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5365</v>
+        <v>5353</v>
       </c>
       <c r="B246" t="s">
         <v>2280</v>
       </c>
       <c r="C246" t="s">
         <v>2281</v>
       </c>
       <c r="D246" t="s">
         <v>2282</v>
       </c>
       <c r="E246" t="s">
         <v>2283</v>
       </c>
       <c r="F246" t="s">
         <v>2284</v>
       </c>
       <c r="G246" t="s">
         <v>2285</v>
       </c>
       <c r="H246" t="s">
         <v>2286</v>
       </c>
       <c r="I246" t="s">
         <v>2287</v>
       </c>
       <c r="J246" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K246" t="s">
-        <v>25</v>
+        <v>905</v>
       </c>
       <c r="L246" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M246" t="s">
-        <v>27</v>
+        <v>906</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
         <v>2288</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5367</v>
+        <v>5354</v>
       </c>
       <c r="B247" t="s">
         <v>2289</v>
       </c>
       <c r="C247" t="s">
         <v>2290</v>
       </c>
       <c r="D247" t="s">
         <v>2291</v>
       </c>
       <c r="E247" t="s">
         <v>2292</v>
       </c>
       <c r="F247" t="s">
         <v>2293</v>
       </c>
       <c r="G247" t="s">
         <v>2294</v>
       </c>
       <c r="H247" t="s">
         <v>2295</v>
       </c>
       <c r="I247" t="s">
         <v>2296</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
         <v>2297</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5368</v>
+        <v>5359</v>
       </c>
       <c r="B248" t="s">
         <v>2298</v>
       </c>
       <c r="C248" t="s">
         <v>2299</v>
       </c>
       <c r="D248" t="s">
         <v>2300</v>
       </c>
       <c r="E248" t="s">
         <v>2301</v>
       </c>
       <c r="F248" t="s">
         <v>2302</v>
       </c>
       <c r="G248" t="s">
         <v>2303</v>
       </c>
       <c r="H248" t="s">
         <v>2304</v>
       </c>
       <c r="I248" t="s">
         <v>2305</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
         <v>25</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
         <v>27</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
         <v>2306</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5371</v>
+        <v>5364</v>
       </c>
       <c r="B249" t="s">
         <v>2307</v>
       </c>
       <c r="C249" t="s">
         <v>2308</v>
       </c>
       <c r="D249" t="s">
         <v>2309</v>
       </c>
       <c r="E249" t="s">
         <v>2310</v>
       </c>
       <c r="F249" t="s">
         <v>2311</v>
       </c>
       <c r="G249" t="s">
         <v>2312</v>
       </c>
       <c r="H249" t="s">
         <v>2313</v>
       </c>
       <c r="I249" t="s">
         <v>2314</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
+        <v>47</v>
+      </c>
+      <c r="L249" t="s">
+        <v>26</v>
+      </c>
+      <c r="M249" t="s">
+        <v>48</v>
+      </c>
+      <c r="N249" t="s">
+        <v>28</v>
+      </c>
+      <c r="O249" t="s">
         <v>2315</v>
-      </c>
-[...10 lines deleted...]
-        <v>2317</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5372</v>
+        <v>5365</v>
       </c>
       <c r="B250" t="s">
+        <v>2316</v>
+      </c>
+      <c r="C250" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D250" t="s">
         <v>2318</v>
       </c>
-      <c r="C250" t="s">
+      <c r="E250" t="s">
         <v>2319</v>
       </c>
-      <c r="D250" t="s">
+      <c r="F250" t="s">
         <v>2320</v>
       </c>
-      <c r="E250" t="s">
+      <c r="G250" t="s">
         <v>2321</v>
       </c>
-      <c r="F250" t="s">
+      <c r="H250" t="s">
         <v>2322</v>
       </c>
-      <c r="G250" t="s">
+      <c r="I250" t="s">
         <v>2323</v>
-      </c>
-[...4 lines deleted...]
-        <v>2325</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
         <v>25</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
         <v>27</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2326</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5375</v>
+        <v>5367</v>
       </c>
       <c r="B251" t="s">
+        <v>2325</v>
+      </c>
+      <c r="C251" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D251" t="s">
         <v>2327</v>
       </c>
-      <c r="C251" t="s">
+      <c r="E251" t="s">
         <v>2328</v>
       </c>
-      <c r="D251" t="s">
+      <c r="F251" t="s">
         <v>2329</v>
       </c>
-      <c r="E251" t="s">
+      <c r="G251" t="s">
         <v>2330</v>
       </c>
-      <c r="F251" t="s">
+      <c r="H251" t="s">
         <v>2331</v>
       </c>
-      <c r="G251" t="s">
+      <c r="I251" t="s">
         <v>2332</v>
       </c>
-      <c r="H251" t="s">
+      <c r="J251" t="s">
+        <v>24</v>
+      </c>
+      <c r="K251" t="s">
+        <v>25</v>
+      </c>
+      <c r="L251" t="s">
+        <v>26</v>
+      </c>
+      <c r="M251" t="s">
+        <v>27</v>
+      </c>
+      <c r="N251" t="s">
+        <v>28</v>
+      </c>
+      <c r="O251" t="s">
         <v>2333</v>
-      </c>
-[...19 lines deleted...]
-        <v>2335</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5377</v>
+        <v>5368</v>
       </c>
       <c r="B252" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C252" t="s">
+        <v>2335</v>
+      </c>
+      <c r="D252" t="s">
         <v>2336</v>
       </c>
-      <c r="C252" t="s">
+      <c r="E252" t="s">
         <v>2337</v>
       </c>
-      <c r="D252" t="s">
+      <c r="F252" t="s">
         <v>2338</v>
       </c>
-      <c r="E252" t="s">
+      <c r="G252" t="s">
         <v>2339</v>
       </c>
-      <c r="F252" t="s">
+      <c r="H252" t="s">
         <v>2340</v>
       </c>
-      <c r="G252" t="s">
+      <c r="I252" t="s">
         <v>2341</v>
-      </c>
-[...4 lines deleted...]
-        <v>2343</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2344</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5378</v>
+        <v>5371</v>
       </c>
       <c r="B253" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C253" t="s">
+        <v>2344</v>
+      </c>
+      <c r="D253" t="s">
         <v>2345</v>
       </c>
-      <c r="C253" t="s">
+      <c r="E253" t="s">
         <v>2346</v>
       </c>
-      <c r="D253" t="s">
+      <c r="F253" t="s">
         <v>2347</v>
       </c>
-      <c r="E253" t="s">
+      <c r="G253" t="s">
         <v>2348</v>
       </c>
-      <c r="F253" t="s">
+      <c r="H253" t="s">
         <v>2349</v>
       </c>
-      <c r="G253" t="s">
+      <c r="I253" t="s">
         <v>2350</v>
       </c>
-      <c r="H253" t="s">
+      <c r="J253" t="s">
+        <v>24</v>
+      </c>
+      <c r="K253" t="s">
         <v>2351</v>
       </c>
-      <c r="I253" t="s">
+      <c r="L253" t="s">
+        <v>26</v>
+      </c>
+      <c r="M253" t="s">
         <v>2352</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
         <v>2353</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5380</v>
+        <v>5372</v>
       </c>
       <c r="B254" t="s">
         <v>2354</v>
       </c>
       <c r="C254" t="s">
         <v>2355</v>
       </c>
       <c r="D254" t="s">
         <v>2356</v>
       </c>
       <c r="E254" t="s">
         <v>2357</v>
       </c>
       <c r="F254" t="s">
         <v>2358</v>
       </c>
       <c r="G254" t="s">
         <v>2359</v>
       </c>
       <c r="H254" t="s">
         <v>2360</v>
       </c>
       <c r="I254" t="s">
         <v>2361</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
         <v>25</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>27</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
         <v>2362</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5382</v>
+        <v>5375</v>
       </c>
       <c r="B255" t="s">
         <v>2363</v>
       </c>
       <c r="C255" t="s">
         <v>2364</v>
       </c>
       <c r="D255" t="s">
         <v>2365</v>
       </c>
       <c r="E255" t="s">
         <v>2366</v>
       </c>
       <c r="F255" t="s">
         <v>2367</v>
       </c>
       <c r="G255" t="s">
         <v>2368</v>
       </c>
       <c r="H255" t="s">
         <v>2369</v>
       </c>
       <c r="I255" t="s">
         <v>2370</v>
       </c>
       <c r="J255" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K255" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L255" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M255" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
         <v>2371</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5393</v>
+        <v>5377</v>
       </c>
       <c r="B256" t="s">
         <v>2372</v>
       </c>
       <c r="C256" t="s">
         <v>2373</v>
       </c>
       <c r="D256" t="s">
         <v>2374</v>
       </c>
       <c r="E256" t="s">
         <v>2375</v>
       </c>
       <c r="F256" t="s">
         <v>2376</v>
       </c>
       <c r="G256" t="s">
         <v>2377</v>
       </c>
       <c r="H256" t="s">
         <v>2378</v>
       </c>
       <c r="I256" t="s">
         <v>2379</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
         <v>25</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
         <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
         <v>2380</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5394</v>
+        <v>5378</v>
       </c>
       <c r="B257" t="s">
         <v>2381</v>
       </c>
       <c r="C257" t="s">
         <v>2382</v>
       </c>
       <c r="D257" t="s">
         <v>2383</v>
       </c>
       <c r="E257" t="s">
         <v>2384</v>
       </c>
       <c r="F257" t="s">
         <v>2385</v>
       </c>
       <c r="G257" t="s">
         <v>2386</v>
       </c>
       <c r="H257" t="s">
         <v>2387</v>
       </c>
       <c r="I257" t="s">
         <v>2388</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
         <v>25</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
         <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
         <v>2389</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5403</v>
+        <v>5380</v>
       </c>
       <c r="B258" t="s">
         <v>2390</v>
       </c>
       <c r="C258" t="s">
         <v>2391</v>
       </c>
       <c r="D258" t="s">
         <v>2392</v>
       </c>
       <c r="E258" t="s">
         <v>2393</v>
       </c>
       <c r="F258" t="s">
         <v>2394</v>
       </c>
       <c r="G258" t="s">
         <v>2395</v>
       </c>
       <c r="H258" t="s">
         <v>2396</v>
       </c>
       <c r="I258" t="s">
         <v>2397</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
+        <v>25</v>
+      </c>
+      <c r="L258" t="s">
+        <v>26</v>
+      </c>
+      <c r="M258" t="s">
+        <v>27</v>
+      </c>
+      <c r="N258" t="s">
+        <v>28</v>
+      </c>
+      <c r="O258" t="s">
         <v>2398</v>
-      </c>
-[...10 lines deleted...]
-        <v>2400</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5431</v>
+        <v>5382</v>
       </c>
       <c r="B259" t="s">
+        <v>2399</v>
+      </c>
+      <c r="C259" t="s">
+        <v>2400</v>
+      </c>
+      <c r="D259" t="s">
         <v>2401</v>
       </c>
-      <c r="C259" t="s">
+      <c r="E259" t="s">
         <v>2402</v>
       </c>
-      <c r="D259" t="s">
+      <c r="F259" t="s">
         <v>2403</v>
       </c>
-      <c r="E259" t="s">
+      <c r="G259" t="s">
         <v>2404</v>
       </c>
-      <c r="F259" t="s">
+      <c r="H259" t="s">
         <v>2405</v>
       </c>
-      <c r="G259" t="s">
+      <c r="I259" t="s">
         <v>2406</v>
       </c>
-      <c r="H259" t="s">
+      <c r="J259" t="s">
+        <v>24</v>
+      </c>
+      <c r="K259" t="s">
+        <v>170</v>
+      </c>
+      <c r="L259" t="s">
+        <v>26</v>
+      </c>
+      <c r="M259" t="s">
+        <v>171</v>
+      </c>
+      <c r="N259" t="s">
+        <v>28</v>
+      </c>
+      <c r="O259" t="s">
         <v>2407</v>
-      </c>
-[...19 lines deleted...]
-        <v>2409</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5433</v>
+        <v>5393</v>
       </c>
       <c r="B260" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C260" t="s">
+        <v>2409</v>
+      </c>
+      <c r="D260" t="s">
         <v>2410</v>
       </c>
-      <c r="C260" t="s">
+      <c r="E260" t="s">
         <v>2411</v>
       </c>
-      <c r="D260" t="s">
+      <c r="F260" t="s">
         <v>2412</v>
       </c>
-      <c r="E260" t="s">
+      <c r="G260" t="s">
         <v>2413</v>
       </c>
-      <c r="F260" t="s">
+      <c r="H260" t="s">
         <v>2414</v>
       </c>
-      <c r="G260" t="s">
+      <c r="I260" t="s">
         <v>2415</v>
       </c>
-      <c r="H260" t="s">
+      <c r="J260" t="s">
+        <v>24</v>
+      </c>
+      <c r="K260" t="s">
+        <v>25</v>
+      </c>
+      <c r="L260" t="s">
+        <v>26</v>
+      </c>
+      <c r="M260" t="s">
+        <v>27</v>
+      </c>
+      <c r="N260" t="s">
+        <v>28</v>
+      </c>
+      <c r="O260" t="s">
         <v>2416</v>
-      </c>
-[...19 lines deleted...]
-        <v>2418</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5435</v>
+        <v>5394</v>
       </c>
       <c r="B261" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C261" t="s">
+        <v>2418</v>
+      </c>
+      <c r="D261" t="s">
         <v>2419</v>
       </c>
-      <c r="C261" t="s">
+      <c r="E261" t="s">
         <v>2420</v>
       </c>
-      <c r="D261" t="s">
+      <c r="F261" t="s">
         <v>2421</v>
       </c>
-      <c r="E261" t="s">
+      <c r="G261" t="s">
         <v>2422</v>
       </c>
-      <c r="F261" t="s">
+      <c r="H261" t="s">
         <v>2423</v>
       </c>
-      <c r="G261" t="s">
+      <c r="I261" t="s">
         <v>2424</v>
       </c>
-      <c r="H261" t="s">
+      <c r="J261" t="s">
+        <v>24</v>
+      </c>
+      <c r="K261" t="s">
+        <v>25</v>
+      </c>
+      <c r="L261" t="s">
+        <v>26</v>
+      </c>
+      <c r="M261" t="s">
+        <v>27</v>
+      </c>
+      <c r="N261" t="s">
+        <v>28</v>
+      </c>
+      <c r="O261" t="s">
         <v>2425</v>
-      </c>
-[...19 lines deleted...]
-        <v>2427</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5436</v>
+        <v>5403</v>
       </c>
       <c r="B262" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C262" t="s">
+        <v>2427</v>
+      </c>
+      <c r="D262" t="s">
         <v>2428</v>
       </c>
-      <c r="C262" t="s">
+      <c r="E262" t="s">
         <v>2429</v>
       </c>
-      <c r="D262" t="s">
+      <c r="F262" t="s">
         <v>2430</v>
       </c>
-      <c r="E262" t="s">
+      <c r="G262" t="s">
         <v>2431</v>
       </c>
-      <c r="F262" t="s">
+      <c r="H262" t="s">
         <v>2432</v>
       </c>
-      <c r="G262" t="s">
+      <c r="I262" t="s">
         <v>2433</v>
       </c>
-      <c r="H262" t="s">
+      <c r="J262" t="s">
+        <v>24</v>
+      </c>
+      <c r="K262" t="s">
         <v>2434</v>
       </c>
-      <c r="I262" t="s">
+      <c r="L262" t="s">
+        <v>26</v>
+      </c>
+      <c r="M262" t="s">
         <v>2435</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
         <v>2436</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5437</v>
+        <v>5431</v>
       </c>
       <c r="B263" t="s">
         <v>2437</v>
       </c>
       <c r="C263" t="s">
         <v>2438</v>
       </c>
       <c r="D263" t="s">
         <v>2439</v>
       </c>
       <c r="E263" t="s">
         <v>2440</v>
       </c>
       <c r="F263" t="s">
         <v>2441</v>
       </c>
       <c r="G263" t="s">
         <v>2442</v>
       </c>
       <c r="H263" t="s">
         <v>2443</v>
       </c>
       <c r="I263" t="s">
         <v>2444</v>
       </c>
       <c r="J263" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K263" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L263" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M263" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
         <v>2445</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5439</v>
+        <v>5433</v>
       </c>
       <c r="B264" t="s">
         <v>2446</v>
       </c>
       <c r="C264" t="s">
         <v>2447</v>
       </c>
       <c r="D264" t="s">
         <v>2448</v>
       </c>
       <c r="E264" t="s">
         <v>2449</v>
       </c>
       <c r="F264" t="s">
         <v>2450</v>
       </c>
       <c r="G264" t="s">
         <v>2451</v>
       </c>
       <c r="H264" t="s">
         <v>2452</v>
       </c>
       <c r="I264" t="s">
         <v>2453</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
         <v>2454</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5456</v>
+        <v>5435</v>
       </c>
       <c r="B265" t="s">
         <v>2455</v>
       </c>
       <c r="C265" t="s">
         <v>2456</v>
       </c>
       <c r="D265" t="s">
         <v>2457</v>
       </c>
       <c r="E265" t="s">
         <v>2458</v>
       </c>
       <c r="F265" t="s">
         <v>2459</v>
       </c>
       <c r="G265" t="s">
         <v>2460</v>
       </c>
       <c r="H265" t="s">
         <v>2461</v>
       </c>
       <c r="I265" t="s">
         <v>2462</v>
       </c>
       <c r="J265" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>1478</v>
+        <v>170</v>
       </c>
       <c r="L265" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>1480</v>
+        <v>171</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
         <v>2463</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5474</v>
+        <v>5436</v>
       </c>
       <c r="B266" t="s">
         <v>2464</v>
       </c>
       <c r="C266" t="s">
         <v>2465</v>
       </c>
       <c r="D266" t="s">
         <v>2466</v>
       </c>
       <c r="E266" t="s">
         <v>2467</v>
       </c>
       <c r="F266" t="s">
         <v>2468</v>
       </c>
       <c r="G266" t="s">
         <v>2469</v>
       </c>
       <c r="H266" t="s">
         <v>2470</v>
       </c>
       <c r="I266" t="s">
         <v>2471</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
         <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
         <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
         <v>2472</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5475</v>
+        <v>5437</v>
       </c>
       <c r="B267" t="s">
         <v>2473</v>
       </c>
       <c r="C267" t="s">
         <v>2474</v>
       </c>
       <c r="D267" t="s">
         <v>2475</v>
       </c>
       <c r="E267" t="s">
         <v>2476</v>
       </c>
       <c r="F267" t="s">
         <v>2477</v>
       </c>
       <c r="G267" t="s">
         <v>2478</v>
       </c>
       <c r="H267" t="s">
         <v>2479</v>
       </c>
       <c r="I267" t="s">
         <v>2480</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
         <v>2481</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5476</v>
+        <v>5439</v>
       </c>
       <c r="B268" t="s">
         <v>2482</v>
       </c>
       <c r="C268" t="s">
         <v>2483</v>
       </c>
       <c r="D268" t="s">
         <v>2484</v>
       </c>
       <c r="E268" t="s">
         <v>2485</v>
       </c>
       <c r="F268" t="s">
         <v>2486</v>
       </c>
       <c r="G268" t="s">
         <v>2487</v>
       </c>
       <c r="H268" t="s">
         <v>2488</v>
       </c>
       <c r="I268" t="s">
         <v>2489</v>
       </c>
       <c r="J268" t="s">
+        <v>24</v>
+      </c>
+      <c r="K268" t="s">
+        <v>25</v>
+      </c>
+      <c r="L268" t="s">
+        <v>26</v>
+      </c>
+      <c r="M268" t="s">
+        <v>27</v>
+      </c>
+      <c r="N268" t="s">
+        <v>28</v>
+      </c>
+      <c r="O268" t="s">
         <v>2490</v>
-      </c>
-[...13 lines deleted...]
-        <v>2492</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5478</v>
+        <v>5456</v>
       </c>
       <c r="B269" t="s">
+        <v>2491</v>
+      </c>
+      <c r="C269" t="s">
+        <v>2492</v>
+      </c>
+      <c r="D269" t="s">
         <v>2493</v>
       </c>
-      <c r="C269" t="s">
+      <c r="E269" t="s">
         <v>2494</v>
       </c>
-      <c r="D269" t="s">
+      <c r="F269" t="s">
         <v>2495</v>
       </c>
-      <c r="E269" t="s">
+      <c r="G269" t="s">
         <v>2496</v>
       </c>
-      <c r="F269" t="s">
+      <c r="H269" t="s">
         <v>2497</v>
       </c>
-      <c r="G269" t="s">
+      <c r="I269" t="s">
         <v>2498</v>
       </c>
-      <c r="H269" t="s">
+      <c r="J269" t="s">
+        <v>450</v>
+      </c>
+      <c r="K269" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L269" t="s">
+        <v>452</v>
+      </c>
+      <c r="M269" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N269" t="s">
+        <v>28</v>
+      </c>
+      <c r="O269" t="s">
         <v>2499</v>
-      </c>
-[...19 lines deleted...]
-        <v>2501</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5479</v>
+        <v>5474</v>
       </c>
       <c r="B270" t="s">
+        <v>2500</v>
+      </c>
+      <c r="C270" t="s">
+        <v>2501</v>
+      </c>
+      <c r="D270" t="s">
         <v>2502</v>
       </c>
-      <c r="C270" t="s">
+      <c r="E270" t="s">
         <v>2503</v>
       </c>
-      <c r="D270" t="s">
+      <c r="F270" t="s">
         <v>2504</v>
       </c>
-      <c r="E270" t="s">
+      <c r="G270" t="s">
         <v>2505</v>
       </c>
-      <c r="F270" t="s">
+      <c r="H270" t="s">
         <v>2506</v>
       </c>
-      <c r="G270" t="s">
+      <c r="I270" t="s">
         <v>2507</v>
       </c>
-      <c r="H270" t="s">
+      <c r="J270" t="s">
+        <v>24</v>
+      </c>
+      <c r="K270" t="s">
+        <v>25</v>
+      </c>
+      <c r="L270" t="s">
+        <v>26</v>
+      </c>
+      <c r="M270" t="s">
+        <v>27</v>
+      </c>
+      <c r="N270" t="s">
+        <v>28</v>
+      </c>
+      <c r="O270" t="s">
         <v>2508</v>
-      </c>
-[...19 lines deleted...]
-        <v>2510</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5482</v>
+        <v>5475</v>
       </c>
       <c r="B271" t="s">
+        <v>2509</v>
+      </c>
+      <c r="C271" t="s">
+        <v>2510</v>
+      </c>
+      <c r="D271" t="s">
         <v>2511</v>
       </c>
-      <c r="C271" t="s">
+      <c r="E271" t="s">
         <v>2512</v>
       </c>
-      <c r="D271" t="s">
+      <c r="F271" t="s">
         <v>2513</v>
       </c>
-      <c r="E271" t="s">
+      <c r="G271" t="s">
         <v>2514</v>
       </c>
-      <c r="F271" t="s">
+      <c r="H271" t="s">
         <v>2515</v>
       </c>
-      <c r="G271" t="s">
+      <c r="I271" t="s">
         <v>2516</v>
-      </c>
-[...4 lines deleted...]
-        <v>2518</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
         <v>170</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>171</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2519</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5483</v>
+        <v>5476</v>
       </c>
       <c r="B272" t="s">
+        <v>2518</v>
+      </c>
+      <c r="C272" t="s">
+        <v>2519</v>
+      </c>
+      <c r="D272" t="s">
         <v>2520</v>
       </c>
-      <c r="C272" t="s">
+      <c r="E272" t="s">
         <v>2521</v>
       </c>
-      <c r="D272" t="s">
+      <c r="F272" t="s">
         <v>2522</v>
       </c>
-      <c r="E272" t="s">
+      <c r="G272" t="s">
         <v>2523</v>
       </c>
-      <c r="F272" t="s">
+      <c r="H272" t="s">
         <v>2524</v>
       </c>
-      <c r="G272" t="s">
+      <c r="I272" t="s">
         <v>2525</v>
       </c>
-      <c r="H272" t="s">
+      <c r="J272" t="s">
         <v>2526</v>
       </c>
-      <c r="I272" t="s">
+      <c r="K272" t="s">
+        <v>1230</v>
+      </c>
+      <c r="L272" t="s">
         <v>2527</v>
       </c>
-      <c r="J272" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M272" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
         <v>2528</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5485</v>
+        <v>5478</v>
       </c>
       <c r="B273" t="s">
         <v>2529</v>
       </c>
       <c r="C273" t="s">
         <v>2530</v>
       </c>
       <c r="D273" t="s">
         <v>2531</v>
       </c>
       <c r="E273" t="s">
         <v>2532</v>
       </c>
       <c r="F273" t="s">
         <v>2533</v>
       </c>
       <c r="G273" t="s">
         <v>2534</v>
       </c>
       <c r="H273" t="s">
         <v>2535</v>
       </c>
       <c r="I273" t="s">
         <v>2536</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
+        <v>25</v>
+      </c>
+      <c r="L273" t="s">
+        <v>26</v>
+      </c>
+      <c r="M273" t="s">
+        <v>27</v>
+      </c>
+      <c r="N273" t="s">
+        <v>28</v>
+      </c>
+      <c r="O273" t="s">
         <v>2537</v>
-      </c>
-[...10 lines deleted...]
-        <v>2539</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5487</v>
+        <v>5479</v>
       </c>
       <c r="B274" t="s">
+        <v>2538</v>
+      </c>
+      <c r="C274" t="s">
+        <v>2539</v>
+      </c>
+      <c r="D274" t="s">
         <v>2540</v>
       </c>
-      <c r="C274" t="s">
+      <c r="E274" t="s">
         <v>2541</v>
       </c>
-      <c r="D274" t="s">
+      <c r="F274" t="s">
         <v>2542</v>
       </c>
-      <c r="E274" t="s">
+      <c r="G274" t="s">
         <v>2543</v>
       </c>
-      <c r="F274" t="s">
+      <c r="H274" t="s">
         <v>2544</v>
       </c>
-      <c r="G274" t="s">
+      <c r="I274" t="s">
         <v>2545</v>
       </c>
-      <c r="H274" t="s">
+      <c r="J274" t="s">
+        <v>24</v>
+      </c>
+      <c r="K274" t="s">
+        <v>580</v>
+      </c>
+      <c r="L274" t="s">
+        <v>26</v>
+      </c>
+      <c r="M274" t="s">
+        <v>581</v>
+      </c>
+      <c r="N274" t="s">
+        <v>28</v>
+      </c>
+      <c r="O274" t="s">
         <v>2546</v>
-      </c>
-[...19 lines deleted...]
-        <v>2550</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5488</v>
+        <v>5482</v>
       </c>
       <c r="B275" t="s">
+        <v>2547</v>
+      </c>
+      <c r="C275" t="s">
+        <v>2548</v>
+      </c>
+      <c r="D275" t="s">
+        <v>2549</v>
+      </c>
+      <c r="E275" t="s">
+        <v>2550</v>
+      </c>
+      <c r="F275" t="s">
         <v>2551</v>
       </c>
-      <c r="C275" t="s">
+      <c r="G275" t="s">
         <v>2552</v>
       </c>
-      <c r="D275" t="s">
+      <c r="H275" t="s">
         <v>2553</v>
       </c>
-      <c r="E275" t="s">
+      <c r="I275" t="s">
         <v>2554</v>
-      </c>
-[...10 lines deleted...]
-        <v>2558</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
         <v>170</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
         <v>171</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2559</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5489</v>
+        <v>5483</v>
       </c>
       <c r="B276" t="s">
+        <v>2556</v>
+      </c>
+      <c r="C276" t="s">
+        <v>2557</v>
+      </c>
+      <c r="D276" t="s">
+        <v>2558</v>
+      </c>
+      <c r="E276" t="s">
+        <v>2559</v>
+      </c>
+      <c r="F276" t="s">
         <v>2560</v>
       </c>
-      <c r="C276" t="s">
+      <c r="G276" t="s">
         <v>2561</v>
       </c>
-      <c r="D276" t="s">
+      <c r="H276" t="s">
         <v>2562</v>
       </c>
-      <c r="E276" t="s">
+      <c r="I276" t="s">
         <v>2563</v>
       </c>
-      <c r="F276" t="s">
+      <c r="J276" t="s">
+        <v>24</v>
+      </c>
+      <c r="K276" t="s">
+        <v>25</v>
+      </c>
+      <c r="L276" t="s">
+        <v>26</v>
+      </c>
+      <c r="M276" t="s">
+        <v>27</v>
+      </c>
+      <c r="N276" t="s">
+        <v>28</v>
+      </c>
+      <c r="O276" t="s">
         <v>2564</v>
-      </c>
-[...25 lines deleted...]
-        <v>2568</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5490</v>
+        <v>5485</v>
       </c>
       <c r="B277" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C277" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D277" t="s">
+        <v>2567</v>
+      </c>
+      <c r="E277" t="s">
+        <v>2568</v>
+      </c>
+      <c r="F277" t="s">
         <v>2569</v>
       </c>
-      <c r="C277" t="s">
+      <c r="G277" t="s">
         <v>2570</v>
       </c>
-      <c r="D277" t="s">
+      <c r="H277" t="s">
         <v>2571</v>
       </c>
-      <c r="E277" t="s">
+      <c r="I277" t="s">
         <v>2572</v>
       </c>
-      <c r="F277" t="s">
+      <c r="J277" t="s">
+        <v>24</v>
+      </c>
+      <c r="K277" t="s">
         <v>2573</v>
       </c>
-      <c r="G277" t="s">
+      <c r="L277" t="s">
+        <v>26</v>
+      </c>
+      <c r="M277" t="s">
         <v>2574</v>
       </c>
-      <c r="H277" t="s">
+      <c r="N277" t="s">
+        <v>28</v>
+      </c>
+      <c r="O277" t="s">
         <v>2575</v>
-      </c>
-[...19 lines deleted...]
-        <v>2579</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5493</v>
+        <v>5487</v>
       </c>
       <c r="B278" t="s">
+        <v>2576</v>
+      </c>
+      <c r="C278" t="s">
+        <v>2577</v>
+      </c>
+      <c r="D278" t="s">
+        <v>2578</v>
+      </c>
+      <c r="E278" t="s">
+        <v>2579</v>
+      </c>
+      <c r="F278" t="s">
         <v>2580</v>
       </c>
-      <c r="C278" t="s">
+      <c r="G278" t="s">
         <v>2581</v>
       </c>
-      <c r="D278" t="s">
+      <c r="H278" t="s">
         <v>2582</v>
       </c>
-      <c r="E278" t="s">
+      <c r="I278" t="s">
         <v>2583</v>
       </c>
-      <c r="F278" t="s">
+      <c r="J278" t="s">
+        <v>24</v>
+      </c>
+      <c r="K278" t="s">
         <v>2584</v>
       </c>
-      <c r="G278" t="s">
+      <c r="L278" t="s">
+        <v>26</v>
+      </c>
+      <c r="M278" t="s">
         <v>2585</v>
       </c>
-      <c r="H278" t="s">
+      <c r="N278" t="s">
+        <v>28</v>
+      </c>
+      <c r="O278" t="s">
         <v>2586</v>
-      </c>
-[...19 lines deleted...]
-        <v>2588</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5496</v>
+        <v>5488</v>
       </c>
       <c r="B279" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C279" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D279" t="s">
         <v>2589</v>
       </c>
-      <c r="C279" t="s">
+      <c r="E279" t="s">
         <v>2590</v>
       </c>
-      <c r="D279" t="s">
+      <c r="F279" t="s">
         <v>2591</v>
       </c>
-      <c r="E279" t="s">
+      <c r="G279" t="s">
         <v>2592</v>
       </c>
-      <c r="F279" t="s">
+      <c r="H279" t="s">
         <v>2593</v>
       </c>
-      <c r="G279" t="s">
+      <c r="I279" t="s">
         <v>2594</v>
       </c>
-      <c r="H279" t="s">
+      <c r="J279" t="s">
+        <v>24</v>
+      </c>
+      <c r="K279" t="s">
+        <v>170</v>
+      </c>
+      <c r="L279" t="s">
+        <v>26</v>
+      </c>
+      <c r="M279" t="s">
+        <v>171</v>
+      </c>
+      <c r="N279" t="s">
+        <v>28</v>
+      </c>
+      <c r="O279" t="s">
         <v>2595</v>
-      </c>
-[...19 lines deleted...]
-        <v>2597</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5502</v>
+        <v>5489</v>
       </c>
       <c r="B280" t="s">
+        <v>2596</v>
+      </c>
+      <c r="C280" t="s">
+        <v>2597</v>
+      </c>
+      <c r="D280" t="s">
         <v>2598</v>
       </c>
-      <c r="C280" t="s">
+      <c r="E280" t="s">
         <v>2599</v>
       </c>
-      <c r="D280" t="s">
+      <c r="F280" t="s">
         <v>2600</v>
       </c>
-      <c r="E280" t="s">
+      <c r="G280" t="s">
         <v>2601</v>
       </c>
-      <c r="F280" t="s">
+      <c r="H280" t="s">
         <v>2602</v>
       </c>
-      <c r="G280" t="s">
+      <c r="I280" t="s">
         <v>2603</v>
       </c>
-      <c r="H280" t="s">
+      <c r="J280" t="s">
+        <v>24</v>
+      </c>
+      <c r="K280" t="s">
+        <v>1268</v>
+      </c>
+      <c r="L280" t="s">
+        <v>26</v>
+      </c>
+      <c r="M280" t="s">
+        <v>1269</v>
+      </c>
+      <c r="N280" t="s">
+        <v>28</v>
+      </c>
+      <c r="O280" t="s">
         <v>2604</v>
-      </c>
-[...19 lines deleted...]
-        <v>2606</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5503</v>
+        <v>5490</v>
       </c>
       <c r="B281" t="s">
+        <v>2605</v>
+      </c>
+      <c r="C281" t="s">
+        <v>2606</v>
+      </c>
+      <c r="D281" t="s">
         <v>2607</v>
       </c>
-      <c r="C281" t="s">
+      <c r="E281" t="s">
         <v>2608</v>
       </c>
-      <c r="D281" t="s">
+      <c r="F281" t="s">
         <v>2609</v>
       </c>
-      <c r="E281" t="s">
+      <c r="G281" t="s">
         <v>2610</v>
       </c>
-      <c r="F281" t="s">
+      <c r="H281" t="s">
         <v>2611</v>
       </c>
-      <c r="G281" t="s">
+      <c r="I281" t="s">
         <v>2612</v>
       </c>
-      <c r="H281" t="s">
+      <c r="J281" t="s">
+        <v>450</v>
+      </c>
+      <c r="K281" t="s">
         <v>2613</v>
       </c>
-      <c r="I281" t="s">
+      <c r="L281" t="s">
+        <v>452</v>
+      </c>
+      <c r="M281" t="s">
         <v>2614</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
         <v>2615</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5504</v>
+        <v>5493</v>
       </c>
       <c r="B282" t="s">
         <v>2616</v>
       </c>
       <c r="C282" t="s">
         <v>2617</v>
       </c>
       <c r="D282" t="s">
         <v>2618</v>
       </c>
       <c r="E282" t="s">
         <v>2619</v>
       </c>
       <c r="F282" t="s">
         <v>2620</v>
       </c>
       <c r="G282" t="s">
         <v>2621</v>
       </c>
       <c r="H282" t="s">
         <v>2622</v>
       </c>
       <c r="I282" t="s">
         <v>2623</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
         <v>2624</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5507</v>
+        <v>5496</v>
       </c>
       <c r="B283" t="s">
         <v>2625</v>
       </c>
       <c r="C283" t="s">
         <v>2626</v>
       </c>
       <c r="D283" t="s">
         <v>2627</v>
       </c>
       <c r="E283" t="s">
         <v>2628</v>
       </c>
       <c r="F283" t="s">
         <v>2629</v>
       </c>
       <c r="G283" t="s">
         <v>2630</v>
       </c>
       <c r="H283" t="s">
         <v>2631</v>
       </c>
       <c r="I283" t="s">
         <v>2632</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
         <v>2633</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5509</v>
+        <v>5502</v>
       </c>
       <c r="B284" t="s">
         <v>2634</v>
       </c>
       <c r="C284" t="s">
         <v>2635</v>
       </c>
       <c r="D284" t="s">
         <v>2636</v>
       </c>
       <c r="E284" t="s">
         <v>2637</v>
       </c>
       <c r="F284" t="s">
         <v>2638</v>
       </c>
       <c r="G284" t="s">
         <v>2639</v>
       </c>
       <c r="H284" t="s">
         <v>2640</v>
       </c>
       <c r="I284" t="s">
         <v>2641</v>
       </c>
       <c r="J284" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>1230</v>
+        <v>25</v>
       </c>
       <c r="L284" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>1231</v>
+        <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
         <v>2642</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5512</v>
+        <v>5503</v>
       </c>
       <c r="B285" t="s">
         <v>2643</v>
       </c>
       <c r="C285" t="s">
         <v>2644</v>
       </c>
       <c r="D285" t="s">
         <v>2645</v>
       </c>
       <c r="E285" t="s">
         <v>2646</v>
       </c>
       <c r="F285" t="s">
         <v>2647</v>
       </c>
       <c r="G285" t="s">
         <v>2648</v>
       </c>
       <c r="H285" t="s">
         <v>2649</v>
       </c>
       <c r="I285" t="s">
         <v>2650</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
         <v>2651</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5514</v>
+        <v>5504</v>
       </c>
       <c r="B286" t="s">
         <v>2652</v>
       </c>
       <c r="C286" t="s">
         <v>2653</v>
       </c>
       <c r="D286" t="s">
         <v>2654</v>
       </c>
       <c r="E286" t="s">
         <v>2655</v>
       </c>
       <c r="F286" t="s">
         <v>2656</v>
       </c>
       <c r="G286" t="s">
         <v>2657</v>
       </c>
       <c r="H286" t="s">
         <v>2658</v>
       </c>
       <c r="I286" t="s">
         <v>2659</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
         <v>2660</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5516</v>
+        <v>5507</v>
       </c>
       <c r="B287" t="s">
         <v>2661</v>
       </c>
       <c r="C287" t="s">
         <v>2662</v>
       </c>
       <c r="D287" t="s">
         <v>2663</v>
       </c>
       <c r="E287" t="s">
         <v>2664</v>
       </c>
       <c r="F287" t="s">
         <v>2665</v>
       </c>
       <c r="G287" t="s">
         <v>2666</v>
       </c>
       <c r="H287" t="s">
         <v>2667</v>
       </c>
       <c r="I287" t="s">
         <v>2668</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
         <v>2669</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5517</v>
+        <v>5509</v>
       </c>
       <c r="B288" t="s">
         <v>2670</v>
       </c>
       <c r="C288" t="s">
         <v>2671</v>
       </c>
       <c r="D288" t="s">
         <v>2672</v>
       </c>
       <c r="E288" t="s">
         <v>2673</v>
       </c>
       <c r="F288" t="s">
         <v>2674</v>
       </c>
       <c r="G288" t="s">
         <v>2675</v>
       </c>
       <c r="H288" t="s">
         <v>2676</v>
       </c>
       <c r="I288" t="s">
         <v>2677</v>
       </c>
       <c r="J288" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K288" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="L288" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M288" t="s">
-        <v>27</v>
+        <v>1231</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
         <v>2678</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5518</v>
+        <v>5512</v>
       </c>
       <c r="B289" t="s">
         <v>2679</v>
       </c>
       <c r="C289" t="s">
         <v>2680</v>
       </c>
       <c r="D289" t="s">
         <v>2681</v>
       </c>
       <c r="E289" t="s">
         <v>2682</v>
       </c>
       <c r="F289" t="s">
         <v>2683</v>
       </c>
       <c r="G289" t="s">
         <v>2684</v>
       </c>
       <c r="H289" t="s">
         <v>2685</v>
       </c>
       <c r="I289" t="s">
         <v>2686</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
         <v>2687</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5520</v>
+        <v>5514</v>
       </c>
       <c r="B290" t="s">
         <v>2688</v>
       </c>
       <c r="C290" t="s">
         <v>2689</v>
       </c>
       <c r="D290" t="s">
         <v>2690</v>
       </c>
       <c r="E290" t="s">
         <v>2691</v>
       </c>
       <c r="F290" t="s">
         <v>2692</v>
       </c>
       <c r="G290" t="s">
         <v>2693</v>
       </c>
       <c r="H290" t="s">
         <v>2694</v>
       </c>
       <c r="I290" t="s">
         <v>2695</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>1230</v>
+        <v>59</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
-        <v>1231</v>
+        <v>61</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
         <v>2696</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5545</v>
+        <v>5516</v>
       </c>
       <c r="B291" t="s">
         <v>2697</v>
       </c>
       <c r="C291" t="s">
         <v>2698</v>
       </c>
       <c r="D291" t="s">
         <v>2699</v>
       </c>
       <c r="E291" t="s">
         <v>2700</v>
       </c>
       <c r="F291" t="s">
         <v>2701</v>
       </c>
       <c r="G291" t="s">
         <v>2702</v>
       </c>
       <c r="H291" t="s">
         <v>2703</v>
       </c>
       <c r="I291" t="s">
         <v>2704</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
         <v>2705</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5657</v>
+        <v>5517</v>
       </c>
       <c r="B292" t="s">
         <v>2706</v>
       </c>
       <c r="C292" t="s">
         <v>2707</v>
       </c>
       <c r="D292" t="s">
         <v>2708</v>
       </c>
       <c r="E292" t="s">
         <v>2709</v>
       </c>
       <c r="F292" t="s">
         <v>2710</v>
       </c>
       <c r="G292" t="s">
         <v>2711</v>
       </c>
       <c r="H292" t="s">
         <v>2712</v>
       </c>
       <c r="I292" t="s">
         <v>2713</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
         <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
         <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
         <v>2714</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5733</v>
+        <v>5518</v>
       </c>
       <c r="B293" t="s">
         <v>2715</v>
       </c>
       <c r="C293" t="s">
         <v>2716</v>
       </c>
       <c r="D293" t="s">
         <v>2717</v>
       </c>
       <c r="E293" t="s">
         <v>2718</v>
       </c>
       <c r="F293" t="s">
         <v>2719</v>
       </c>
       <c r="G293" t="s">
         <v>2720</v>
       </c>
       <c r="H293" t="s">
         <v>2721</v>
       </c>
       <c r="I293" t="s">
         <v>2722</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
         <v>2723</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5787</v>
+        <v>5520</v>
       </c>
       <c r="B294" t="s">
         <v>2724</v>
       </c>
       <c r="C294" t="s">
         <v>2725</v>
       </c>
       <c r="D294" t="s">
         <v>2726</v>
       </c>
       <c r="E294" t="s">
         <v>2727</v>
       </c>
       <c r="F294" t="s">
         <v>2728</v>
       </c>
       <c r="G294" t="s">
         <v>2729</v>
       </c>
       <c r="H294" t="s">
         <v>2730</v>
       </c>
       <c r="I294" t="s">
         <v>2731</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>170</v>
+        <v>1230</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>171</v>
+        <v>1231</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
         <v>2732</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5792</v>
+        <v>5545</v>
       </c>
       <c r="B295" t="s">
         <v>2733</v>
       </c>
       <c r="C295" t="s">
         <v>2734</v>
       </c>
       <c r="D295" t="s">
         <v>2735</v>
       </c>
       <c r="E295" t="s">
         <v>2736</v>
       </c>
       <c r="F295" t="s">
         <v>2737</v>
       </c>
       <c r="G295" t="s">
         <v>2738</v>
       </c>
       <c r="H295" t="s">
         <v>2739</v>
       </c>
       <c r="I295" t="s">
         <v>2740</v>
       </c>
       <c r="J295" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>451</v>
+        <v>170</v>
       </c>
       <c r="L295" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>453</v>
+        <v>171</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
         <v>2741</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>5794</v>
+        <v>5657</v>
       </c>
       <c r="B296" t="s">
         <v>2742</v>
       </c>
       <c r="C296" t="s">
         <v>2743</v>
       </c>
       <c r="D296" t="s">
         <v>2744</v>
       </c>
       <c r="E296" t="s">
         <v>2745</v>
       </c>
       <c r="F296" t="s">
         <v>2746</v>
       </c>
       <c r="G296" t="s">
         <v>2747</v>
       </c>
       <c r="H296" t="s">
         <v>2748</v>
       </c>
       <c r="I296" t="s">
         <v>2749</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
         <v>2750</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>5795</v>
+        <v>5733</v>
       </c>
       <c r="B297" t="s">
         <v>2751</v>
       </c>
       <c r="C297" t="s">
         <v>2752</v>
       </c>
       <c r="D297" t="s">
         <v>2753</v>
       </c>
       <c r="E297" t="s">
         <v>2754</v>
       </c>
       <c r="F297" t="s">
         <v>2755</v>
       </c>
       <c r="G297" t="s">
         <v>2756</v>
       </c>
       <c r="H297" t="s">
         <v>2757</v>
       </c>
       <c r="I297" t="s">
         <v>2758</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
         <v>47</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
         <v>48</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
         <v>2759</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>5796</v>
+        <v>5787</v>
       </c>
       <c r="B298" t="s">
         <v>2760</v>
       </c>
       <c r="C298" t="s">
         <v>2761</v>
       </c>
       <c r="D298" t="s">
         <v>2762</v>
       </c>
       <c r="E298" t="s">
         <v>2763</v>
       </c>
       <c r="F298" t="s">
         <v>2764</v>
       </c>
       <c r="G298" t="s">
         <v>2765</v>
       </c>
       <c r="H298" t="s">
         <v>2766</v>
       </c>
       <c r="I298" t="s">
         <v>2767</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>170</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>171</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
         <v>2768</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>5798</v>
+        <v>5792</v>
       </c>
       <c r="B299" t="s">
         <v>2769</v>
       </c>
       <c r="C299" t="s">
         <v>2770</v>
       </c>
       <c r="D299" t="s">
         <v>2771</v>
       </c>
       <c r="E299" t="s">
         <v>2772</v>
       </c>
       <c r="F299" t="s">
         <v>2773</v>
       </c>
       <c r="G299" t="s">
         <v>2774</v>
       </c>
       <c r="H299" t="s">
         <v>2775</v>
       </c>
       <c r="I299" t="s">
         <v>2776</v>
       </c>
       <c r="J299" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K299" t="s">
-        <v>170</v>
+        <v>451</v>
       </c>
       <c r="L299" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M299" t="s">
-        <v>171</v>
+        <v>453</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
         <v>2777</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>5799</v>
+        <v>5794</v>
       </c>
       <c r="B300" t="s">
         <v>2778</v>
       </c>
       <c r="C300" t="s">
         <v>2779</v>
       </c>
       <c r="D300" t="s">
         <v>2780</v>
       </c>
       <c r="E300" t="s">
         <v>2781</v>
       </c>
       <c r="F300" t="s">
         <v>2782</v>
       </c>
       <c r="G300" t="s">
         <v>2783</v>
       </c>
       <c r="H300" t="s">
         <v>2784</v>
       </c>
       <c r="I300" t="s">
         <v>2785</v>
       </c>
       <c r="J300" t="s">
-        <v>1925</v>
+        <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>905</v>
+        <v>170</v>
       </c>
       <c r="L300" t="s">
-        <v>1927</v>
+        <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>906</v>
+        <v>171</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
         <v>2786</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>5803</v>
+        <v>5795</v>
       </c>
       <c r="B301" t="s">
         <v>2787</v>
       </c>
       <c r="C301" t="s">
         <v>2788</v>
       </c>
       <c r="D301" t="s">
         <v>2789</v>
       </c>
       <c r="E301" t="s">
         <v>2790</v>
       </c>
       <c r="F301" t="s">
         <v>2791</v>
       </c>
       <c r="G301" t="s">
         <v>2792</v>
       </c>
       <c r="H301" t="s">
         <v>2793</v>
       </c>
       <c r="I301" t="s">
         <v>2794</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
         <v>2795</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>5805</v>
+        <v>5796</v>
       </c>
       <c r="B302" t="s">
         <v>2796</v>
       </c>
       <c r="C302" t="s">
         <v>2797</v>
       </c>
       <c r="D302" t="s">
         <v>2798</v>
       </c>
       <c r="E302" t="s">
         <v>2799</v>
       </c>
       <c r="F302" t="s">
         <v>2800</v>
       </c>
       <c r="G302" t="s">
         <v>2801</v>
       </c>
       <c r="H302" t="s">
         <v>2802</v>
       </c>
       <c r="I302" t="s">
         <v>2803</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
         <v>2804</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>5808</v>
+        <v>5798</v>
       </c>
       <c r="B303" t="s">
         <v>2805</v>
       </c>
       <c r="C303" t="s">
         <v>2806</v>
       </c>
       <c r="D303" t="s">
         <v>2807</v>
       </c>
       <c r="E303" t="s">
         <v>2808</v>
       </c>
       <c r="F303" t="s">
         <v>2809</v>
       </c>
       <c r="G303" t="s">
         <v>2810</v>
       </c>
       <c r="H303" t="s">
         <v>2811</v>
       </c>
       <c r="I303" t="s">
         <v>2812</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
         <v>2813</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>5811</v>
+        <v>5799</v>
       </c>
       <c r="B304" t="s">
         <v>2814</v>
       </c>
       <c r="C304" t="s">
         <v>2815</v>
       </c>
       <c r="D304" t="s">
         <v>2816</v>
       </c>
       <c r="E304" t="s">
         <v>2817</v>
       </c>
       <c r="F304" t="s">
         <v>2818</v>
       </c>
       <c r="G304" t="s">
         <v>2819</v>
       </c>
       <c r="H304" t="s">
         <v>2820</v>
       </c>
       <c r="I304" t="s">
         <v>2821</v>
       </c>
       <c r="J304" t="s">
-        <v>24</v>
+        <v>1961</v>
       </c>
       <c r="K304" t="s">
-        <v>25</v>
+        <v>905</v>
       </c>
       <c r="L304" t="s">
-        <v>26</v>
+        <v>1963</v>
       </c>
       <c r="M304" t="s">
-        <v>27</v>
+        <v>906</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>5819</v>
+        <v>5803</v>
       </c>
       <c r="B305" t="s">
         <v>2823</v>
       </c>
       <c r="C305" t="s">
         <v>2824</v>
       </c>
       <c r="D305" t="s">
         <v>2825</v>
       </c>
       <c r="E305" t="s">
         <v>2826</v>
       </c>
       <c r="F305" t="s">
         <v>2827</v>
       </c>
       <c r="G305" t="s">
         <v>2828</v>
       </c>
       <c r="H305" t="s">
         <v>2829</v>
       </c>
       <c r="I305" t="s">
         <v>2830</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
         <v>25</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
         <v>27</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
         <v>2831</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>5830</v>
+        <v>5805</v>
       </c>
       <c r="B306" t="s">
         <v>2832</v>
       </c>
       <c r="C306" t="s">
         <v>2833</v>
       </c>
       <c r="D306" t="s">
         <v>2834</v>
       </c>
       <c r="E306" t="s">
         <v>2835</v>
       </c>
       <c r="F306" t="s">
         <v>2836</v>
       </c>
       <c r="G306" t="s">
         <v>2837</v>
       </c>
       <c r="H306" t="s">
         <v>2838</v>
       </c>
       <c r="I306" t="s">
         <v>2839</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
         <v>25</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
         <v>27</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
         <v>2840</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>5863</v>
+        <v>5808</v>
       </c>
       <c r="B307" t="s">
         <v>2841</v>
       </c>
       <c r="C307" t="s">
         <v>2842</v>
       </c>
       <c r="D307" t="s">
         <v>2843</v>
       </c>
       <c r="E307" t="s">
         <v>2844</v>
       </c>
       <c r="F307" t="s">
         <v>2845</v>
       </c>
       <c r="G307" t="s">
         <v>2846</v>
       </c>
       <c r="H307" t="s">
         <v>2847</v>
       </c>
       <c r="I307" t="s">
         <v>2848</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
         <v>25</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
         <v>27</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
         <v>2849</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>5866</v>
+        <v>5811</v>
       </c>
       <c r="B308" t="s">
         <v>2850</v>
       </c>
       <c r="C308" t="s">
         <v>2851</v>
       </c>
       <c r="D308" t="s">
         <v>2852</v>
       </c>
       <c r="E308" t="s">
         <v>2853</v>
       </c>
       <c r="F308" t="s">
         <v>2854</v>
       </c>
       <c r="G308" t="s">
         <v>2855</v>
       </c>
       <c r="H308" t="s">
         <v>2856</v>
       </c>
       <c r="I308" t="s">
         <v>2857</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
         <v>25</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
         <v>27</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
         <v>2858</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>5887</v>
+        <v>5819</v>
       </c>
       <c r="B309" t="s">
         <v>2859</v>
       </c>
       <c r="C309" t="s">
         <v>2860</v>
       </c>
       <c r="D309" t="s">
         <v>2861</v>
       </c>
       <c r="E309" t="s">
         <v>2862</v>
       </c>
       <c r="F309" t="s">
         <v>2863</v>
       </c>
       <c r="G309" t="s">
         <v>2864</v>
       </c>
       <c r="H309" t="s">
         <v>2865</v>
       </c>
       <c r="I309" t="s">
         <v>2866</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
         <v>25</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
         <v>27</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
         <v>2867</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>5888</v>
+        <v>5830</v>
       </c>
       <c r="B310" t="s">
         <v>2868</v>
       </c>
       <c r="C310" t="s">
         <v>2869</v>
       </c>
       <c r="D310" t="s">
         <v>2870</v>
       </c>
       <c r="E310" t="s">
         <v>2871</v>
       </c>
       <c r="F310" t="s">
         <v>2872</v>
       </c>
       <c r="G310" t="s">
         <v>2873</v>
       </c>
       <c r="H310" t="s">
         <v>2874</v>
       </c>
       <c r="I310" t="s">
         <v>2875</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
         <v>25</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
         <v>2876</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>5889</v>
+        <v>5863</v>
       </c>
       <c r="B311" t="s">
         <v>2877</v>
       </c>
       <c r="C311" t="s">
         <v>2878</v>
       </c>
       <c r="D311" t="s">
         <v>2879</v>
       </c>
       <c r="E311" t="s">
         <v>2880</v>
       </c>
       <c r="F311" t="s">
         <v>2881</v>
       </c>
       <c r="G311" t="s">
         <v>2882</v>
       </c>
       <c r="H311" t="s">
         <v>2883</v>
       </c>
       <c r="I311" t="s">
         <v>2884</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
         <v>25</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
         <v>27</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
         <v>2885</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>5907</v>
+        <v>5866</v>
       </c>
       <c r="B312" t="s">
         <v>2886</v>
       </c>
       <c r="C312" t="s">
         <v>2887</v>
       </c>
       <c r="D312" t="s">
         <v>2888</v>
       </c>
       <c r="E312" t="s">
         <v>2889</v>
       </c>
       <c r="F312" t="s">
         <v>2890</v>
       </c>
       <c r="G312" t="s">
         <v>2891</v>
       </c>
       <c r="H312" t="s">
         <v>2892</v>
       </c>
       <c r="I312" t="s">
         <v>2893</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
         <v>25</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
         <v>27</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
         <v>2894</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>5913</v>
+        <v>5887</v>
       </c>
       <c r="B313" t="s">
         <v>2895</v>
       </c>
       <c r="C313" t="s">
         <v>2896</v>
       </c>
       <c r="D313" t="s">
         <v>2897</v>
       </c>
       <c r="E313" t="s">
         <v>2898</v>
       </c>
       <c r="F313" t="s">
         <v>2899</v>
       </c>
       <c r="G313" t="s">
         <v>2900</v>
       </c>
       <c r="H313" t="s">
         <v>2901</v>
       </c>
       <c r="I313" t="s">
         <v>2902</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
         <v>2903</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>5915</v>
+        <v>5888</v>
       </c>
       <c r="B314" t="s">
         <v>2904</v>
       </c>
       <c r="C314" t="s">
         <v>2905</v>
       </c>
       <c r="D314" t="s">
         <v>2906</v>
       </c>
       <c r="E314" t="s">
         <v>2907</v>
       </c>
       <c r="F314" t="s">
         <v>2908</v>
       </c>
       <c r="G314" t="s">
         <v>2909</v>
       </c>
       <c r="H314" t="s">
         <v>2910</v>
       </c>
       <c r="I314" t="s">
         <v>2911</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
         <v>2912</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>5927</v>
+        <v>5889</v>
       </c>
       <c r="B315" t="s">
         <v>2913</v>
       </c>
       <c r="C315" t="s">
         <v>2914</v>
       </c>
       <c r="D315" t="s">
         <v>2915</v>
       </c>
       <c r="E315" t="s">
         <v>2916</v>
       </c>
       <c r="F315" t="s">
         <v>2917</v>
       </c>
       <c r="G315" t="s">
         <v>2918</v>
       </c>
       <c r="H315" t="s">
         <v>2919</v>
       </c>
       <c r="I315" t="s">
         <v>2920</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
         <v>2921</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>5928</v>
+        <v>5907</v>
       </c>
       <c r="B316" t="s">
         <v>2922</v>
       </c>
       <c r="C316" t="s">
         <v>2923</v>
       </c>
       <c r="D316" t="s">
         <v>2924</v>
       </c>
       <c r="E316" t="s">
         <v>2925</v>
       </c>
       <c r="F316" t="s">
         <v>2926</v>
       </c>
       <c r="G316" t="s">
         <v>2927</v>
       </c>
       <c r="H316" t="s">
         <v>2928</v>
       </c>
       <c r="I316" t="s">
         <v>2929</v>
       </c>
       <c r="J316" t="s">
+        <v>24</v>
+      </c>
+      <c r="K316" t="s">
+        <v>25</v>
+      </c>
+      <c r="L316" t="s">
+        <v>26</v>
+      </c>
+      <c r="M316" t="s">
+        <v>27</v>
+      </c>
+      <c r="N316" t="s">
+        <v>28</v>
+      </c>
+      <c r="O316" t="s">
         <v>2930</v>
-      </c>
-[...13 lines deleted...]
-        <v>2934</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>5931</v>
+        <v>5913</v>
       </c>
       <c r="B317" t="s">
+        <v>2931</v>
+      </c>
+      <c r="C317" t="s">
+        <v>2932</v>
+      </c>
+      <c r="D317" t="s">
+        <v>2933</v>
+      </c>
+      <c r="E317" t="s">
+        <v>2934</v>
+      </c>
+      <c r="F317" t="s">
         <v>2935</v>
       </c>
-      <c r="C317" t="s">
+      <c r="G317" t="s">
         <v>2936</v>
       </c>
-      <c r="D317" t="s">
+      <c r="H317" t="s">
         <v>2937</v>
       </c>
-      <c r="E317" t="s">
+      <c r="I317" t="s">
         <v>2938</v>
       </c>
-      <c r="F317" t="s">
+      <c r="J317" t="s">
+        <v>24</v>
+      </c>
+      <c r="K317" t="s">
+        <v>47</v>
+      </c>
+      <c r="L317" t="s">
+        <v>26</v>
+      </c>
+      <c r="M317" t="s">
+        <v>48</v>
+      </c>
+      <c r="N317" t="s">
+        <v>28</v>
+      </c>
+      <c r="O317" t="s">
         <v>2939</v>
-      </c>
-[...25 lines deleted...]
-        <v>2943</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>5932</v>
+        <v>5915</v>
       </c>
       <c r="B318" t="s">
+        <v>2940</v>
+      </c>
+      <c r="C318" t="s">
+        <v>2941</v>
+      </c>
+      <c r="D318" t="s">
+        <v>2942</v>
+      </c>
+      <c r="E318" t="s">
+        <v>2943</v>
+      </c>
+      <c r="F318" t="s">
         <v>2944</v>
       </c>
-      <c r="C318" t="s">
+      <c r="G318" t="s">
         <v>2945</v>
       </c>
-      <c r="D318" t="s">
+      <c r="H318" t="s">
         <v>2946</v>
       </c>
-      <c r="E318" t="s">
+      <c r="I318" t="s">
         <v>2947</v>
-      </c>
-[...10 lines deleted...]
-        <v>2951</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
         <v>170</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
         <v>171</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2952</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>5934</v>
+        <v>5927</v>
       </c>
       <c r="B319" t="s">
+        <v>2949</v>
+      </c>
+      <c r="C319" t="s">
+        <v>2950</v>
+      </c>
+      <c r="D319" t="s">
+        <v>2951</v>
+      </c>
+      <c r="E319" t="s">
+        <v>2952</v>
+      </c>
+      <c r="F319" t="s">
         <v>2953</v>
       </c>
-      <c r="C319" t="s">
+      <c r="G319" t="s">
         <v>2954</v>
       </c>
-      <c r="D319" t="s">
+      <c r="H319" t="s">
         <v>2955</v>
       </c>
-      <c r="E319" t="s">
+      <c r="I319" t="s">
         <v>2956</v>
       </c>
-      <c r="F319" t="s">
+      <c r="J319" t="s">
+        <v>24</v>
+      </c>
+      <c r="K319" t="s">
+        <v>59</v>
+      </c>
+      <c r="L319" t="s">
+        <v>26</v>
+      </c>
+      <c r="M319" t="s">
+        <v>61</v>
+      </c>
+      <c r="N319" t="s">
+        <v>28</v>
+      </c>
+      <c r="O319" t="s">
         <v>2957</v>
-      </c>
-[...25 lines deleted...]
-        <v>2961</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>5953</v>
+        <v>5928</v>
       </c>
       <c r="B320" t="s">
+        <v>2958</v>
+      </c>
+      <c r="C320" t="s">
+        <v>2959</v>
+      </c>
+      <c r="D320" t="s">
+        <v>2960</v>
+      </c>
+      <c r="E320" t="s">
+        <v>2961</v>
+      </c>
+      <c r="F320" t="s">
         <v>2962</v>
       </c>
-      <c r="C320" t="s">
+      <c r="G320" t="s">
         <v>2963</v>
       </c>
-      <c r="D320" t="s">
+      <c r="H320" t="s">
         <v>2964</v>
       </c>
-      <c r="E320" t="s">
+      <c r="I320" t="s">
         <v>2965</v>
       </c>
-      <c r="F320" t="s">
+      <c r="J320" t="s">
         <v>2966</v>
       </c>
-      <c r="G320" t="s">
+      <c r="K320" t="s">
         <v>2967</v>
       </c>
-      <c r="H320" t="s">
+      <c r="L320" t="s">
         <v>2968</v>
       </c>
-      <c r="I320" t="s">
+      <c r="M320" t="s">
         <v>2969</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
         <v>2970</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>5981</v>
+        <v>5931</v>
       </c>
       <c r="B321" t="s">
         <v>2971</v>
       </c>
       <c r="C321" t="s">
         <v>2972</v>
       </c>
       <c r="D321" t="s">
         <v>2973</v>
       </c>
       <c r="E321" t="s">
         <v>2974</v>
       </c>
       <c r="F321" t="s">
         <v>2975</v>
       </c>
       <c r="G321" t="s">
         <v>2976</v>
       </c>
       <c r="H321" t="s">
         <v>2977</v>
       </c>
       <c r="I321" t="s">
         <v>2978</v>
       </c>
       <c r="J321" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K321" t="s">
+        <v>25</v>
+      </c>
+      <c r="L321" t="s">
+        <v>26</v>
+      </c>
+      <c r="M321" t="s">
+        <v>27</v>
+      </c>
+      <c r="N321" t="s">
+        <v>28</v>
+      </c>
+      <c r="O321" t="s">
         <v>2979</v>
-      </c>
-[...10 lines deleted...]
-        <v>2981</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>5986</v>
+        <v>5932</v>
       </c>
       <c r="B322" t="s">
+        <v>2980</v>
+      </c>
+      <c r="C322" t="s">
+        <v>2981</v>
+      </c>
+      <c r="D322" t="s">
         <v>2982</v>
       </c>
-      <c r="C322" t="s">
+      <c r="E322" t="s">
         <v>2983</v>
       </c>
-      <c r="D322" t="s">
+      <c r="F322" t="s">
         <v>2984</v>
       </c>
-      <c r="E322" t="s">
+      <c r="G322" t="s">
         <v>2985</v>
       </c>
-      <c r="F322" t="s">
+      <c r="H322" t="s">
         <v>2986</v>
       </c>
-      <c r="G322" t="s">
+      <c r="I322" t="s">
         <v>2987</v>
-      </c>
-[...4 lines deleted...]
-        <v>2989</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
         <v>170</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
         <v>171</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2990</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>5989</v>
+        <v>5934</v>
       </c>
       <c r="B323" t="s">
+        <v>2989</v>
+      </c>
+      <c r="C323" t="s">
+        <v>2990</v>
+      </c>
+      <c r="D323" t="s">
         <v>2991</v>
       </c>
-      <c r="C323" t="s">
+      <c r="E323" t="s">
         <v>2992</v>
       </c>
-      <c r="D323" t="s">
+      <c r="F323" t="s">
         <v>2993</v>
       </c>
-      <c r="E323" t="s">
+      <c r="G323" t="s">
         <v>2994</v>
       </c>
-      <c r="F323" t="s">
+      <c r="H323" t="s">
         <v>2995</v>
       </c>
-      <c r="G323" t="s">
+      <c r="I323" t="s">
         <v>2996</v>
       </c>
-      <c r="H323" t="s">
+      <c r="J323" t="s">
+        <v>24</v>
+      </c>
+      <c r="K323" t="s">
+        <v>170</v>
+      </c>
+      <c r="L323" t="s">
+        <v>26</v>
+      </c>
+      <c r="M323" t="s">
+        <v>171</v>
+      </c>
+      <c r="N323" t="s">
+        <v>28</v>
+      </c>
+      <c r="O323" t="s">
         <v>2997</v>
-      </c>
-[...19 lines deleted...]
-        <v>2999</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>6018</v>
+        <v>5953</v>
       </c>
       <c r="B324" t="s">
+        <v>2998</v>
+      </c>
+      <c r="C324" t="s">
+        <v>2999</v>
+      </c>
+      <c r="D324" t="s">
         <v>3000</v>
       </c>
-      <c r="C324" t="s">
+      <c r="E324" t="s">
         <v>3001</v>
       </c>
-      <c r="D324" t="s">
+      <c r="F324" t="s">
         <v>3002</v>
       </c>
-      <c r="E324" t="s">
+      <c r="G324" t="s">
         <v>3003</v>
       </c>
-      <c r="F324" t="s">
+      <c r="H324" t="s">
         <v>3004</v>
       </c>
-      <c r="G324" t="s">
+      <c r="I324" t="s">
         <v>3005</v>
       </c>
-      <c r="H324" t="s">
+      <c r="J324" t="s">
+        <v>24</v>
+      </c>
+      <c r="K324" t="s">
+        <v>25</v>
+      </c>
+      <c r="L324" t="s">
+        <v>26</v>
+      </c>
+      <c r="M324" t="s">
+        <v>27</v>
+      </c>
+      <c r="N324" t="s">
+        <v>28</v>
+      </c>
+      <c r="O324" t="s">
         <v>3006</v>
-      </c>
-[...19 lines deleted...]
-        <v>3008</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>6021</v>
+        <v>5981</v>
       </c>
       <c r="B325" t="s">
+        <v>3007</v>
+      </c>
+      <c r="C325" t="s">
+        <v>3008</v>
+      </c>
+      <c r="D325" t="s">
         <v>3009</v>
       </c>
-      <c r="C325" t="s">
+      <c r="E325" t="s">
         <v>3010</v>
       </c>
-      <c r="D325" t="s">
+      <c r="F325" t="s">
         <v>3011</v>
       </c>
-      <c r="E325" t="s">
+      <c r="G325" t="s">
         <v>3012</v>
       </c>
-      <c r="F325" t="s">
+      <c r="H325" t="s">
         <v>3013</v>
       </c>
-      <c r="G325" t="s">
+      <c r="I325" t="s">
         <v>3014</v>
       </c>
-      <c r="H325" t="s">
+      <c r="J325" t="s">
+        <v>450</v>
+      </c>
+      <c r="K325" t="s">
         <v>3015</v>
       </c>
-      <c r="I325" t="s">
+      <c r="L325" t="s">
+        <v>452</v>
+      </c>
+      <c r="M325" t="s">
         <v>3016</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
         <v>3017</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>6076</v>
+        <v>5986</v>
       </c>
       <c r="B326" t="s">
         <v>3018</v>
       </c>
       <c r="C326" t="s">
         <v>3019</v>
       </c>
       <c r="D326" t="s">
         <v>3020</v>
       </c>
       <c r="E326" t="s">
         <v>3021</v>
       </c>
       <c r="F326" t="s">
         <v>3022</v>
       </c>
       <c r="G326" t="s">
         <v>3023</v>
       </c>
       <c r="H326" t="s">
         <v>3024</v>
       </c>
       <c r="I326" t="s">
         <v>3025</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
         <v>3026</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>6082</v>
+        <v>5989</v>
       </c>
       <c r="B327" t="s">
         <v>3027</v>
       </c>
       <c r="C327" t="s">
         <v>3028</v>
       </c>
       <c r="D327" t="s">
         <v>3029</v>
       </c>
       <c r="E327" t="s">
         <v>3030</v>
       </c>
       <c r="F327" t="s">
         <v>3031</v>
       </c>
       <c r="G327" t="s">
         <v>3032</v>
       </c>
       <c r="H327" t="s">
         <v>3033</v>
       </c>
       <c r="I327" t="s">
         <v>3034</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>580</v>
+        <v>2185</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>581</v>
+        <v>2186</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
         <v>3035</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>6093</v>
+        <v>6018</v>
       </c>
       <c r="B328" t="s">
         <v>3036</v>
       </c>
       <c r="C328" t="s">
         <v>3037</v>
       </c>
       <c r="D328" t="s">
         <v>3038</v>
       </c>
       <c r="E328" t="s">
         <v>3039</v>
       </c>
       <c r="F328" t="s">
         <v>3040</v>
       </c>
       <c r="G328" t="s">
         <v>3041</v>
       </c>
       <c r="H328" t="s">
         <v>3042</v>
       </c>
       <c r="I328" t="s">
         <v>3043</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>1071</v>
+        <v>170</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>1072</v>
+        <v>171</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
         <v>3044</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>6112</v>
+        <v>6021</v>
       </c>
       <c r="B329" t="s">
         <v>3045</v>
       </c>
       <c r="C329" t="s">
         <v>3046</v>
       </c>
       <c r="D329" t="s">
         <v>3047</v>
       </c>
       <c r="E329" t="s">
         <v>3048</v>
       </c>
       <c r="F329" t="s">
         <v>3049</v>
       </c>
       <c r="G329" t="s">
         <v>3050</v>
       </c>
       <c r="H329" t="s">
         <v>3051</v>
       </c>
       <c r="I329" t="s">
         <v>3052</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
         <v>3053</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>6179</v>
+        <v>6076</v>
       </c>
       <c r="B330" t="s">
         <v>3054</v>
       </c>
       <c r="C330" t="s">
         <v>3055</v>
       </c>
       <c r="D330" t="s">
         <v>3056</v>
       </c>
       <c r="E330" t="s">
         <v>3057</v>
       </c>
       <c r="F330" t="s">
         <v>3058</v>
       </c>
       <c r="G330" t="s">
         <v>3059</v>
       </c>
       <c r="H330" t="s">
         <v>3060</v>
       </c>
       <c r="I330" t="s">
         <v>3061</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
         <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
         <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
         <v>3062</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>6180</v>
+        <v>6082</v>
       </c>
       <c r="B331" t="s">
         <v>3063</v>
       </c>
       <c r="C331" t="s">
         <v>3064</v>
       </c>
       <c r="D331" t="s">
         <v>3065</v>
       </c>
       <c r="E331" t="s">
         <v>3066</v>
       </c>
       <c r="F331" t="s">
         <v>3067</v>
       </c>
       <c r="G331" t="s">
         <v>3068</v>
       </c>
       <c r="H331" t="s">
         <v>3069</v>
       </c>
       <c r="I331" t="s">
         <v>3070</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>25</v>
+        <v>580</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>27</v>
+        <v>581</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
         <v>3071</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>6203</v>
+        <v>6093</v>
       </c>
       <c r="B332" t="s">
         <v>3072</v>
       </c>
       <c r="C332" t="s">
         <v>3073</v>
       </c>
       <c r="D332" t="s">
         <v>3074</v>
       </c>
       <c r="E332" t="s">
         <v>3075</v>
       </c>
       <c r="F332" t="s">
         <v>3076</v>
       </c>
       <c r="G332" t="s">
         <v>3077</v>
       </c>
       <c r="H332" t="s">
         <v>3078</v>
       </c>
       <c r="I332" t="s">
         <v>3079</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>170</v>
+        <v>1071</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>171</v>
+        <v>1072</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
         <v>3080</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>6208</v>
+        <v>6112</v>
       </c>
       <c r="B333" t="s">
         <v>3081</v>
       </c>
       <c r="C333" t="s">
         <v>3082</v>
       </c>
       <c r="D333" t="s">
         <v>3083</v>
       </c>
       <c r="E333" t="s">
         <v>3084</v>
       </c>
       <c r="F333" t="s">
         <v>3085</v>
       </c>
       <c r="G333" t="s">
         <v>3086</v>
       </c>
       <c r="H333" t="s">
         <v>3087</v>
       </c>
       <c r="I333" t="s">
         <v>3088</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
         <v>170</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
         <v>171</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
         <v>3089</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>6211</v>
+        <v>6179</v>
       </c>
       <c r="B334" t="s">
         <v>3090</v>
       </c>
       <c r="C334" t="s">
         <v>3091</v>
       </c>
       <c r="D334" t="s">
         <v>3092</v>
       </c>
       <c r="E334" t="s">
         <v>3093</v>
       </c>
       <c r="F334" t="s">
         <v>3094</v>
       </c>
       <c r="G334" t="s">
         <v>3095</v>
       </c>
       <c r="H334" t="s">
         <v>3096</v>
       </c>
       <c r="I334" t="s">
         <v>3097</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
         <v>3098</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>6215</v>
+        <v>6180</v>
       </c>
       <c r="B335" t="s">
         <v>3099</v>
       </c>
       <c r="C335" t="s">
         <v>3100</v>
       </c>
       <c r="D335" t="s">
         <v>3101</v>
       </c>
       <c r="E335" t="s">
         <v>3102</v>
       </c>
       <c r="F335" t="s">
         <v>3103</v>
       </c>
       <c r="G335" t="s">
         <v>3104</v>
       </c>
       <c r="H335" t="s">
         <v>3105</v>
       </c>
       <c r="I335" t="s">
         <v>3106</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
         <v>3107</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>6222</v>
+        <v>6203</v>
       </c>
       <c r="B336" t="s">
         <v>3108</v>
       </c>
       <c r="C336" t="s">
         <v>3109</v>
       </c>
       <c r="D336" t="s">
         <v>3110</v>
       </c>
       <c r="E336" t="s">
         <v>3111</v>
       </c>
       <c r="F336" t="s">
         <v>3112</v>
       </c>
       <c r="G336" t="s">
         <v>3113</v>
       </c>
       <c r="H336" t="s">
         <v>3114</v>
       </c>
       <c r="I336" t="s">
         <v>3115</v>
       </c>
       <c r="J336" t="s">
-        <v>2930</v>
+        <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>905</v>
+        <v>170</v>
       </c>
       <c r="L336" t="s">
-        <v>2932</v>
+        <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>906</v>
+        <v>171</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
         <v>3116</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>6254</v>
+        <v>6208</v>
       </c>
       <c r="B337" t="s">
         <v>3117</v>
       </c>
       <c r="C337" t="s">
         <v>3118</v>
       </c>
       <c r="D337" t="s">
         <v>3119</v>
       </c>
       <c r="E337" t="s">
         <v>3120</v>
       </c>
       <c r="F337" t="s">
         <v>3121</v>
       </c>
       <c r="G337" t="s">
         <v>3122</v>
       </c>
       <c r="H337" t="s">
         <v>3123</v>
       </c>
       <c r="I337" t="s">
         <v>3124</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
         <v>170</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
         <v>171</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
         <v>3125</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>6255</v>
+        <v>6211</v>
       </c>
       <c r="B338" t="s">
         <v>3126</v>
       </c>
       <c r="C338" t="s">
         <v>3127</v>
       </c>
       <c r="D338" t="s">
         <v>3128</v>
       </c>
       <c r="E338" t="s">
         <v>3129</v>
       </c>
       <c r="F338" t="s">
         <v>3130</v>
       </c>
       <c r="G338" t="s">
         <v>3131</v>
       </c>
       <c r="H338" t="s">
         <v>3132</v>
       </c>
       <c r="I338" t="s">
         <v>3133</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
+        <v>170</v>
+      </c>
+      <c r="L338" t="s">
+        <v>26</v>
+      </c>
+      <c r="M338" t="s">
+        <v>171</v>
+      </c>
+      <c r="N338" t="s">
+        <v>28</v>
+      </c>
+      <c r="O338" t="s">
         <v>3134</v>
-      </c>
-[...10 lines deleted...]
-        <v>3136</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>6258</v>
+        <v>6215</v>
       </c>
       <c r="B339" t="s">
+        <v>3135</v>
+      </c>
+      <c r="C339" t="s">
+        <v>3136</v>
+      </c>
+      <c r="D339" t="s">
         <v>3137</v>
       </c>
-      <c r="C339" t="s">
+      <c r="E339" t="s">
         <v>3138</v>
       </c>
-      <c r="D339" t="s">
+      <c r="F339" t="s">
         <v>3139</v>
       </c>
-      <c r="E339" t="s">
+      <c r="G339" t="s">
         <v>3140</v>
       </c>
-      <c r="F339" t="s">
+      <c r="H339" t="s">
         <v>3141</v>
       </c>
-      <c r="G339" t="s">
+      <c r="I339" t="s">
         <v>3142</v>
       </c>
-      <c r="H339" t="s">
+      <c r="J339" t="s">
+        <v>24</v>
+      </c>
+      <c r="K339" t="s">
+        <v>170</v>
+      </c>
+      <c r="L339" t="s">
+        <v>26</v>
+      </c>
+      <c r="M339" t="s">
+        <v>171</v>
+      </c>
+      <c r="N339" t="s">
+        <v>28</v>
+      </c>
+      <c r="O339" t="s">
         <v>3143</v>
-      </c>
-[...19 lines deleted...]
-        <v>3145</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>6259</v>
+        <v>6222</v>
       </c>
       <c r="B340" t="s">
+        <v>3144</v>
+      </c>
+      <c r="C340" t="s">
+        <v>3145</v>
+      </c>
+      <c r="D340" t="s">
         <v>3146</v>
       </c>
-      <c r="C340" t="s">
+      <c r="E340" t="s">
         <v>3147</v>
       </c>
-      <c r="D340" t="s">
+      <c r="F340" t="s">
         <v>3148</v>
       </c>
-      <c r="E340" t="s">
+      <c r="G340" t="s">
         <v>3149</v>
       </c>
-      <c r="F340" t="s">
+      <c r="H340" t="s">
         <v>3150</v>
       </c>
-      <c r="G340" t="s">
+      <c r="I340" t="s">
         <v>3151</v>
       </c>
-      <c r="H340" t="s">
+      <c r="J340" t="s">
+        <v>2966</v>
+      </c>
+      <c r="K340" t="s">
+        <v>905</v>
+      </c>
+      <c r="L340" t="s">
+        <v>2968</v>
+      </c>
+      <c r="M340" t="s">
+        <v>906</v>
+      </c>
+      <c r="N340" t="s">
+        <v>28</v>
+      </c>
+      <c r="O340" t="s">
         <v>3152</v>
-      </c>
-[...19 lines deleted...]
-        <v>3154</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>6261</v>
+        <v>6254</v>
       </c>
       <c r="B341" t="s">
+        <v>3153</v>
+      </c>
+      <c r="C341" t="s">
+        <v>3154</v>
+      </c>
+      <c r="D341" t="s">
         <v>3155</v>
       </c>
-      <c r="C341" t="s">
+      <c r="E341" t="s">
         <v>3156</v>
       </c>
-      <c r="D341" t="s">
+      <c r="F341" t="s">
         <v>3157</v>
       </c>
-      <c r="E341" t="s">
+      <c r="G341" t="s">
         <v>3158</v>
       </c>
-      <c r="F341" t="s">
+      <c r="H341" t="s">
         <v>3159</v>
       </c>
-      <c r="G341" t="s">
+      <c r="I341" t="s">
         <v>3160</v>
       </c>
-      <c r="H341" t="s">
+      <c r="J341" t="s">
+        <v>24</v>
+      </c>
+      <c r="K341" t="s">
+        <v>170</v>
+      </c>
+      <c r="L341" t="s">
+        <v>26</v>
+      </c>
+      <c r="M341" t="s">
+        <v>171</v>
+      </c>
+      <c r="N341" t="s">
+        <v>28</v>
+      </c>
+      <c r="O341" t="s">
         <v>3161</v>
-      </c>
-[...19 lines deleted...]
-        <v>3163</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>6263</v>
+        <v>6255</v>
       </c>
       <c r="B342" t="s">
+        <v>3162</v>
+      </c>
+      <c r="C342" t="s">
+        <v>3163</v>
+      </c>
+      <c r="D342" t="s">
         <v>3164</v>
       </c>
-      <c r="C342" t="s">
+      <c r="E342" t="s">
         <v>3165</v>
       </c>
-      <c r="D342" t="s">
+      <c r="F342" t="s">
         <v>3166</v>
       </c>
-      <c r="E342" t="s">
+      <c r="G342" t="s">
         <v>3167</v>
       </c>
-      <c r="F342" t="s">
+      <c r="H342" t="s">
         <v>3168</v>
       </c>
-      <c r="G342" t="s">
+      <c r="I342" t="s">
         <v>3169</v>
       </c>
-      <c r="H342" t="s">
+      <c r="J342" t="s">
+        <v>24</v>
+      </c>
+      <c r="K342" t="s">
         <v>3170</v>
       </c>
-      <c r="I342" t="s">
+      <c r="L342" t="s">
+        <v>26</v>
+      </c>
+      <c r="M342" t="s">
         <v>3171</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
         <v>3172</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>6272</v>
+        <v>6258</v>
       </c>
       <c r="B343" t="s">
         <v>3173</v>
       </c>
       <c r="C343" t="s">
         <v>3174</v>
       </c>
       <c r="D343" t="s">
         <v>3175</v>
       </c>
       <c r="E343" t="s">
         <v>3176</v>
       </c>
       <c r="F343" t="s">
         <v>3177</v>
       </c>
       <c r="G343" t="s">
         <v>3178</v>
       </c>
       <c r="H343" t="s">
         <v>3179</v>
       </c>
       <c r="I343" t="s">
         <v>3180</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
         <v>3181</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>6274</v>
+        <v>6259</v>
       </c>
       <c r="B344" t="s">
         <v>3182</v>
       </c>
       <c r="C344" t="s">
         <v>3183</v>
       </c>
       <c r="D344" t="s">
         <v>3184</v>
       </c>
       <c r="E344" t="s">
         <v>3185</v>
       </c>
       <c r="F344" t="s">
         <v>3186</v>
       </c>
       <c r="G344" t="s">
         <v>3187</v>
       </c>
       <c r="H344" t="s">
         <v>3188</v>
       </c>
       <c r="I344" t="s">
         <v>3189</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
         <v>3190</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>6275</v>
+        <v>6261</v>
       </c>
       <c r="B345" t="s">
         <v>3191</v>
       </c>
       <c r="C345" t="s">
         <v>3192</v>
       </c>
       <c r="D345" t="s">
         <v>3193</v>
       </c>
       <c r="E345" t="s">
         <v>3194</v>
       </c>
       <c r="F345" t="s">
         <v>3195</v>
       </c>
       <c r="G345" t="s">
         <v>3196</v>
       </c>
       <c r="H345" t="s">
         <v>3197</v>
       </c>
       <c r="I345" t="s">
         <v>3198</v>
       </c>
       <c r="J345" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>1478</v>
+        <v>47</v>
       </c>
       <c r="L345" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>1480</v>
+        <v>48</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
         <v>3199</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>6327</v>
+        <v>6263</v>
       </c>
       <c r="B346" t="s">
         <v>3200</v>
       </c>
       <c r="C346" t="s">
         <v>3201</v>
       </c>
       <c r="D346" t="s">
         <v>3202</v>
       </c>
       <c r="E346" t="s">
         <v>3203</v>
       </c>
       <c r="F346" t="s">
         <v>3204</v>
       </c>
       <c r="G346" t="s">
         <v>3205</v>
       </c>
       <c r="H346" t="s">
         <v>3206</v>
       </c>
       <c r="I346" t="s">
         <v>3207</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
         <v>3208</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>6337</v>
+        <v>6272</v>
       </c>
       <c r="B347" t="s">
         <v>3209</v>
       </c>
       <c r="C347" t="s">
         <v>3210</v>
       </c>
       <c r="D347" t="s">
         <v>3211</v>
       </c>
       <c r="E347" t="s">
         <v>3212</v>
       </c>
       <c r="F347" t="s">
         <v>3213</v>
       </c>
       <c r="G347" t="s">
         <v>3214</v>
       </c>
       <c r="H347" t="s">
         <v>3215</v>
       </c>
       <c r="I347" t="s">
         <v>3216</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
         <v>3217</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>6361</v>
+        <v>6274</v>
       </c>
       <c r="B348" t="s">
         <v>3218</v>
       </c>
       <c r="C348" t="s">
         <v>3219</v>
       </c>
       <c r="D348" t="s">
         <v>3220</v>
       </c>
       <c r="E348" t="s">
         <v>3221</v>
       </c>
       <c r="F348" t="s">
         <v>3222</v>
       </c>
       <c r="G348" t="s">
         <v>3223</v>
       </c>
       <c r="H348" t="s">
         <v>3224</v>
       </c>
       <c r="I348" t="s">
         <v>3225</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
         <v>3226</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>6379</v>
+        <v>6275</v>
       </c>
       <c r="B349" t="s">
         <v>3227</v>
       </c>
       <c r="C349" t="s">
         <v>3228</v>
       </c>
       <c r="D349" t="s">
         <v>3229</v>
       </c>
       <c r="E349" t="s">
         <v>3230</v>
       </c>
       <c r="F349" t="s">
         <v>3231</v>
       </c>
       <c r="G349" t="s">
         <v>3232</v>
       </c>
       <c r="H349" t="s">
         <v>3233</v>
       </c>
       <c r="I349" t="s">
         <v>3234</v>
       </c>
       <c r="J349" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K349" t="s">
-        <v>25</v>
+        <v>1478</v>
       </c>
       <c r="L349" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M349" t="s">
-        <v>27</v>
+        <v>1480</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
         <v>3235</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>6454</v>
+        <v>6327</v>
       </c>
       <c r="B350" t="s">
         <v>3236</v>
       </c>
       <c r="C350" t="s">
         <v>3237</v>
       </c>
       <c r="D350" t="s">
         <v>3238</v>
       </c>
       <c r="E350" t="s">
         <v>3239</v>
       </c>
       <c r="F350" t="s">
         <v>3240</v>
       </c>
       <c r="G350" t="s">
         <v>3241</v>
       </c>
       <c r="H350" t="s">
         <v>3242</v>
       </c>
       <c r="I350" t="s">
         <v>3243</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
         <v>3244</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>6460</v>
+        <v>6337</v>
       </c>
       <c r="B351" t="s">
         <v>3245</v>
       </c>
       <c r="C351" t="s">
         <v>3246</v>
       </c>
       <c r="D351" t="s">
         <v>3247</v>
       </c>
       <c r="E351" t="s">
         <v>3248</v>
       </c>
       <c r="F351" t="s">
         <v>3249</v>
       </c>
       <c r="G351" t="s">
         <v>3250</v>
       </c>
       <c r="H351" t="s">
         <v>3251</v>
       </c>
       <c r="I351" t="s">
         <v>3252</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
         <v>3253</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>6468</v>
+        <v>6361</v>
       </c>
       <c r="B352" t="s">
         <v>3254</v>
       </c>
       <c r="C352" t="s">
         <v>3255</v>
       </c>
       <c r="D352" t="s">
         <v>3256</v>
       </c>
       <c r="E352" t="s">
         <v>3257</v>
       </c>
       <c r="F352" t="s">
         <v>3258</v>
       </c>
       <c r="G352" t="s">
         <v>3259</v>
       </c>
       <c r="H352" t="s">
         <v>3260</v>
       </c>
       <c r="I352" t="s">
         <v>3261</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
         <v>3262</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>6611</v>
+        <v>6379</v>
       </c>
       <c r="B353" t="s">
         <v>3263</v>
       </c>
       <c r="C353" t="s">
         <v>3264</v>
       </c>
       <c r="D353" t="s">
         <v>3265</v>
       </c>
       <c r="E353" t="s">
         <v>3266</v>
       </c>
       <c r="F353" t="s">
         <v>3267</v>
       </c>
       <c r="G353" t="s">
         <v>3268</v>
       </c>
       <c r="H353" t="s">
         <v>3269</v>
       </c>
       <c r="I353" t="s">
         <v>3270</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
         <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
         <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
         <v>3271</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>6615</v>
+        <v>6454</v>
       </c>
       <c r="B354" t="s">
         <v>3272</v>
       </c>
       <c r="C354" t="s">
         <v>3273</v>
       </c>
       <c r="D354" t="s">
         <v>3274</v>
       </c>
       <c r="E354" t="s">
         <v>3275</v>
       </c>
       <c r="F354" t="s">
         <v>3276</v>
       </c>
       <c r="G354" t="s">
         <v>3277</v>
       </c>
       <c r="H354" t="s">
         <v>3278</v>
       </c>
       <c r="I354" t="s">
         <v>3279</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
         <v>3280</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>6761</v>
+        <v>6460</v>
       </c>
       <c r="B355" t="s">
         <v>3281</v>
       </c>
       <c r="C355" t="s">
         <v>3282</v>
       </c>
       <c r="D355" t="s">
         <v>3283</v>
       </c>
       <c r="E355" t="s">
         <v>3284</v>
       </c>
       <c r="F355" t="s">
         <v>3285</v>
       </c>
       <c r="G355" t="s">
         <v>3286</v>
       </c>
       <c r="H355" t="s">
         <v>3287</v>
       </c>
       <c r="I355" t="s">
         <v>3288</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
         <v>25</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
         <v>27</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
         <v>3289</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>6762</v>
+        <v>6468</v>
       </c>
       <c r="B356" t="s">
         <v>3290</v>
       </c>
       <c r="C356" t="s">
         <v>3291</v>
       </c>
       <c r="D356" t="s">
         <v>3292</v>
       </c>
       <c r="E356" t="s">
         <v>3293</v>
       </c>
       <c r="F356" t="s">
         <v>3294</v>
       </c>
       <c r="G356" t="s">
         <v>3295</v>
       </c>
       <c r="H356" t="s">
         <v>3296</v>
       </c>
       <c r="I356" t="s">
         <v>3297</v>
       </c>
       <c r="J356" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>690</v>
+        <v>25</v>
       </c>
       <c r="L356" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>691</v>
+        <v>27</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
         <v>3298</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>6765</v>
+        <v>6611</v>
       </c>
       <c r="B357" t="s">
         <v>3299</v>
       </c>
       <c r="C357" t="s">
         <v>3300</v>
       </c>
       <c r="D357" t="s">
         <v>3301</v>
       </c>
       <c r="E357" t="s">
         <v>3302</v>
       </c>
       <c r="F357" t="s">
         <v>3303</v>
       </c>
       <c r="G357" t="s">
         <v>3304</v>
       </c>
       <c r="H357" t="s">
         <v>3305</v>
       </c>
       <c r="I357" t="s">
         <v>3306</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
         <v>3307</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>6982</v>
+        <v>6615</v>
       </c>
       <c r="B358" t="s">
         <v>3308</v>
       </c>
       <c r="C358" t="s">
         <v>3309</v>
       </c>
       <c r="D358" t="s">
         <v>3310</v>
       </c>
       <c r="E358" t="s">
         <v>3311</v>
       </c>
       <c r="F358" t="s">
         <v>3312</v>
       </c>
       <c r="G358" t="s">
         <v>3313</v>
       </c>
       <c r="H358" t="s">
         <v>3314</v>
       </c>
       <c r="I358" t="s">
         <v>3315</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
+        <v>25</v>
+      </c>
+      <c r="L358" t="s">
+        <v>26</v>
+      </c>
+      <c r="M358" t="s">
+        <v>27</v>
+      </c>
+      <c r="N358" t="s">
+        <v>28</v>
+      </c>
+      <c r="O358" t="s">
         <v>3316</v>
-      </c>
-[...10 lines deleted...]
-        <v>3318</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>8265</v>
+        <v>6761</v>
       </c>
       <c r="B359" t="s">
+        <v>3317</v>
+      </c>
+      <c r="C359" t="s">
+        <v>3318</v>
+      </c>
+      <c r="D359" t="s">
         <v>3319</v>
       </c>
-      <c r="C359" t="s">
+      <c r="E359" t="s">
         <v>3320</v>
       </c>
-      <c r="D359" t="s">
+      <c r="F359" t="s">
         <v>3321</v>
       </c>
-      <c r="E359" t="s">
+      <c r="G359" t="s">
         <v>3322</v>
       </c>
-      <c r="F359" t="s">
+      <c r="H359" t="s">
         <v>3323</v>
       </c>
-      <c r="G359" t="s">
+      <c r="I359" t="s">
         <v>3324</v>
       </c>
-      <c r="H359" t="s">
+      <c r="J359" t="s">
+        <v>24</v>
+      </c>
+      <c r="K359" t="s">
+        <v>25</v>
+      </c>
+      <c r="L359" t="s">
+        <v>26</v>
+      </c>
+      <c r="M359" t="s">
+        <v>27</v>
+      </c>
+      <c r="N359" t="s">
+        <v>28</v>
+      </c>
+      <c r="O359" t="s">
         <v>3325</v>
-      </c>
-[...19 lines deleted...]
-        <v>3329</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>8289</v>
+        <v>6762</v>
       </c>
       <c r="B360" t="s">
+        <v>3326</v>
+      </c>
+      <c r="C360" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D360" t="s">
+        <v>3328</v>
+      </c>
+      <c r="E360" t="s">
+        <v>3329</v>
+      </c>
+      <c r="F360" t="s">
         <v>3330</v>
       </c>
-      <c r="C360" t="s">
+      <c r="G360" t="s">
         <v>3331</v>
       </c>
-      <c r="D360" t="s">
+      <c r="H360" t="s">
         <v>3332</v>
       </c>
-      <c r="E360" t="s">
+      <c r="I360" t="s">
         <v>3333</v>
       </c>
-      <c r="F360" t="s">
+      <c r="J360" t="s">
+        <v>450</v>
+      </c>
+      <c r="K360" t="s">
+        <v>690</v>
+      </c>
+      <c r="L360" t="s">
+        <v>452</v>
+      </c>
+      <c r="M360" t="s">
+        <v>691</v>
+      </c>
+      <c r="N360" t="s">
+        <v>28</v>
+      </c>
+      <c r="O360" t="s">
         <v>3334</v>
-      </c>
-[...25 lines deleted...]
-        <v>3338</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>8294</v>
+        <v>6765</v>
       </c>
       <c r="B361" t="s">
+        <v>3335</v>
+      </c>
+      <c r="C361" t="s">
+        <v>3336</v>
+      </c>
+      <c r="D361" t="s">
+        <v>3337</v>
+      </c>
+      <c r="E361" t="s">
+        <v>3338</v>
+      </c>
+      <c r="F361" t="s">
         <v>3339</v>
       </c>
-      <c r="C361" t="s">
+      <c r="G361" t="s">
         <v>3340</v>
       </c>
-      <c r="D361" t="s">
+      <c r="H361" t="s">
         <v>3341</v>
       </c>
-      <c r="E361" t="s">
+      <c r="I361" t="s">
         <v>3342</v>
       </c>
-      <c r="F361" t="s">
+      <c r="J361" t="s">
+        <v>24</v>
+      </c>
+      <c r="K361" t="s">
+        <v>170</v>
+      </c>
+      <c r="L361" t="s">
+        <v>26</v>
+      </c>
+      <c r="M361" t="s">
+        <v>171</v>
+      </c>
+      <c r="N361" t="s">
+        <v>28</v>
+      </c>
+      <c r="O361" t="s">
         <v>3343</v>
-      </c>
-[...25 lines deleted...]
-        <v>3347</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>8315</v>
+        <v>6982</v>
       </c>
       <c r="B362" t="s">
+        <v>3344</v>
+      </c>
+      <c r="C362" t="s">
+        <v>3345</v>
+      </c>
+      <c r="D362" t="s">
+        <v>3346</v>
+      </c>
+      <c r="E362" t="s">
+        <v>3347</v>
+      </c>
+      <c r="F362" t="s">
         <v>3348</v>
       </c>
-      <c r="C362" t="s">
+      <c r="G362" t="s">
         <v>3349</v>
       </c>
-      <c r="D362" t="s">
+      <c r="H362" t="s">
         <v>3350</v>
       </c>
-      <c r="E362" t="s">
+      <c r="I362" t="s">
         <v>3351</v>
       </c>
-      <c r="F362" t="s">
+      <c r="J362" t="s">
+        <v>24</v>
+      </c>
+      <c r="K362" t="s">
         <v>3352</v>
       </c>
-      <c r="G362" t="s">
+      <c r="L362" t="s">
+        <v>26</v>
+      </c>
+      <c r="M362" t="s">
         <v>3353</v>
       </c>
-      <c r="H362" t="s">
+      <c r="N362" t="s">
+        <v>28</v>
+      </c>
+      <c r="O362" t="s">
         <v>3354</v>
-      </c>
-[...19 lines deleted...]
-        <v>3356</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>8341</v>
+        <v>8265</v>
       </c>
       <c r="B363" t="s">
+        <v>3355</v>
+      </c>
+      <c r="C363" t="s">
+        <v>3356</v>
+      </c>
+      <c r="D363" t="s">
         <v>3357</v>
       </c>
-      <c r="C363" t="s">
+      <c r="E363" t="s">
         <v>3358</v>
       </c>
-      <c r="D363" t="s">
+      <c r="F363" t="s">
         <v>3359</v>
       </c>
-      <c r="E363" t="s">
+      <c r="G363" t="s">
         <v>3360</v>
       </c>
-      <c r="F363" t="s">
+      <c r="H363" t="s">
         <v>3361</v>
       </c>
-      <c r="G363" t="s">
+      <c r="I363" t="s">
         <v>3362</v>
       </c>
-      <c r="H363" t="s">
+      <c r="J363" t="s">
+        <v>24</v>
+      </c>
+      <c r="K363" t="s">
         <v>3363</v>
       </c>
-      <c r="I363" t="s">
+      <c r="L363" t="s">
+        <v>26</v>
+      </c>
+      <c r="M363" t="s">
         <v>3364</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
         <v>3365</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>8343</v>
+        <v>8289</v>
       </c>
       <c r="B364" t="s">
         <v>3366</v>
       </c>
       <c r="C364" t="s">
         <v>3367</v>
       </c>
       <c r="D364" t="s">
         <v>3368</v>
       </c>
       <c r="E364" t="s">
         <v>3369</v>
       </c>
       <c r="F364" t="s">
         <v>3370</v>
       </c>
       <c r="G364" t="s">
         <v>3371</v>
       </c>
       <c r="H364" t="s">
         <v>3372</v>
       </c>
       <c r="I364" t="s">
         <v>3373</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
         <v>3374</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>8344</v>
+        <v>8294</v>
       </c>
       <c r="B365" t="s">
         <v>3375</v>
       </c>
       <c r="C365" t="s">
         <v>3376</v>
       </c>
       <c r="D365" t="s">
         <v>3377</v>
       </c>
       <c r="E365" t="s">
         <v>3378</v>
       </c>
       <c r="F365" t="s">
         <v>3379</v>
       </c>
       <c r="G365" t="s">
         <v>3380</v>
       </c>
       <c r="H365" t="s">
         <v>3381</v>
       </c>
       <c r="I365" t="s">
         <v>3382</v>
       </c>
       <c r="J365" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K365" t="s">
-        <v>170</v>
+        <v>746</v>
       </c>
       <c r="L365" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M365" t="s">
-        <v>171</v>
+        <v>747</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
         <v>3383</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>8355</v>
+        <v>8315</v>
       </c>
       <c r="B366" t="s">
         <v>3384</v>
       </c>
       <c r="C366" t="s">
         <v>3385</v>
       </c>
       <c r="D366" t="s">
         <v>3386</v>
       </c>
       <c r="E366" t="s">
         <v>3387</v>
       </c>
       <c r="F366" t="s">
         <v>3388</v>
       </c>
       <c r="G366" t="s">
         <v>3389</v>
       </c>
       <c r="H366" t="s">
         <v>3390</v>
       </c>
       <c r="I366" t="s">
         <v>3391</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
+        <v>25</v>
+      </c>
+      <c r="L366" t="s">
+        <v>26</v>
+      </c>
+      <c r="M366" t="s">
+        <v>27</v>
+      </c>
+      <c r="N366" t="s">
+        <v>28</v>
+      </c>
+      <c r="O366" t="s">
         <v>3392</v>
-      </c>
-[...10 lines deleted...]
-        <v>3394</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>8357</v>
+        <v>8341</v>
       </c>
       <c r="B367" t="s">
+        <v>3393</v>
+      </c>
+      <c r="C367" t="s">
+        <v>3394</v>
+      </c>
+      <c r="D367" t="s">
         <v>3395</v>
       </c>
-      <c r="C367" t="s">
+      <c r="E367" t="s">
         <v>3396</v>
       </c>
-      <c r="D367" t="s">
+      <c r="F367" t="s">
         <v>3397</v>
       </c>
-      <c r="E367" t="s">
+      <c r="G367" t="s">
         <v>3398</v>
       </c>
-      <c r="F367" t="s">
+      <c r="H367" t="s">
         <v>3399</v>
       </c>
-      <c r="G367" t="s">
+      <c r="I367" t="s">
         <v>3400</v>
       </c>
-      <c r="H367" t="s">
+      <c r="J367" t="s">
+        <v>24</v>
+      </c>
+      <c r="K367" t="s">
+        <v>170</v>
+      </c>
+      <c r="L367" t="s">
+        <v>26</v>
+      </c>
+      <c r="M367" t="s">
+        <v>171</v>
+      </c>
+      <c r="N367" t="s">
+        <v>28</v>
+      </c>
+      <c r="O367" t="s">
         <v>3401</v>
-      </c>
-[...19 lines deleted...]
-        <v>3403</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>8377</v>
+        <v>8343</v>
       </c>
       <c r="B368" t="s">
+        <v>3402</v>
+      </c>
+      <c r="C368" t="s">
+        <v>3403</v>
+      </c>
+      <c r="D368" t="s">
         <v>3404</v>
       </c>
-      <c r="C368" t="s">
+      <c r="E368" t="s">
         <v>3405</v>
       </c>
-      <c r="D368" t="s">
+      <c r="F368" t="s">
         <v>3406</v>
       </c>
-      <c r="E368" t="s">
+      <c r="G368" t="s">
         <v>3407</v>
       </c>
-      <c r="F368" t="s">
+      <c r="H368" t="s">
         <v>3408</v>
       </c>
-      <c r="G368" t="s">
+      <c r="I368" t="s">
         <v>3409</v>
-      </c>
-[...4 lines deleted...]
-        <v>3411</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
         <v>25</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
         <v>27</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3412</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>8386</v>
+        <v>8344</v>
       </c>
       <c r="B369" t="s">
+        <v>3411</v>
+      </c>
+      <c r="C369" t="s">
+        <v>3412</v>
+      </c>
+      <c r="D369" t="s">
         <v>3413</v>
       </c>
-      <c r="C369" t="s">
+      <c r="E369" t="s">
         <v>3414</v>
       </c>
-      <c r="D369" t="s">
+      <c r="F369" t="s">
         <v>3415</v>
       </c>
-      <c r="E369" t="s">
+      <c r="G369" t="s">
         <v>3416</v>
       </c>
-      <c r="F369" t="s">
+      <c r="H369" t="s">
         <v>3417</v>
       </c>
-      <c r="G369" t="s">
+      <c r="I369" t="s">
         <v>3418</v>
       </c>
-      <c r="H369" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J369" t="s">
-        <v>1925</v>
+        <v>24</v>
       </c>
       <c r="K369" t="s">
         <v>170</v>
       </c>
       <c r="L369" t="s">
-        <v>1927</v>
+        <v>26</v>
       </c>
       <c r="M369" t="s">
         <v>171</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3421</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>8387</v>
+        <v>8355</v>
       </c>
       <c r="B370" t="s">
+        <v>3420</v>
+      </c>
+      <c r="C370" t="s">
+        <v>3421</v>
+      </c>
+      <c r="D370" t="s">
         <v>3422</v>
       </c>
-      <c r="C370" t="s">
+      <c r="E370" t="s">
         <v>3423</v>
       </c>
-      <c r="D370" t="s">
+      <c r="F370" t="s">
         <v>3424</v>
       </c>
-      <c r="E370" t="s">
+      <c r="G370" t="s">
         <v>3425</v>
       </c>
-      <c r="F370" t="s">
+      <c r="H370" t="s">
         <v>3426</v>
       </c>
-      <c r="G370" t="s">
+      <c r="I370" t="s">
         <v>3427</v>
       </c>
-      <c r="H370" t="s">
+      <c r="J370" t="s">
+        <v>24</v>
+      </c>
+      <c r="K370" t="s">
         <v>3428</v>
       </c>
-      <c r="I370" t="s">
+      <c r="L370" t="s">
+        <v>26</v>
+      </c>
+      <c r="M370" t="s">
         <v>3429</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
         <v>3430</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>8388</v>
+        <v>8357</v>
       </c>
       <c r="B371" t="s">
         <v>3431</v>
       </c>
       <c r="C371" t="s">
         <v>3432</v>
       </c>
       <c r="D371" t="s">
         <v>3433</v>
       </c>
       <c r="E371" t="s">
         <v>3434</v>
       </c>
       <c r="F371" t="s">
         <v>3435</v>
       </c>
       <c r="G371" t="s">
         <v>3436</v>
       </c>
       <c r="H371" t="s">
         <v>3437</v>
       </c>
       <c r="I371" t="s">
         <v>3438</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>170</v>
+        <v>3428</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>171</v>
+        <v>3429</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
         <v>3439</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>8392</v>
+        <v>8377</v>
       </c>
       <c r="B372" t="s">
         <v>3440</v>
       </c>
       <c r="C372" t="s">
         <v>3441</v>
       </c>
       <c r="D372" t="s">
         <v>3442</v>
       </c>
       <c r="E372" t="s">
         <v>3443</v>
       </c>
       <c r="F372" t="s">
         <v>3444</v>
       </c>
       <c r="G372" t="s">
         <v>3445</v>
       </c>
       <c r="H372" t="s">
         <v>3446</v>
       </c>
       <c r="I372" t="s">
         <v>3447</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>1926</v>
+        <v>25</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>1928</v>
+        <v>27</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
         <v>3448</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>8402</v>
+        <v>8386</v>
       </c>
       <c r="B373" t="s">
         <v>3449</v>
       </c>
       <c r="C373" t="s">
         <v>3450</v>
       </c>
       <c r="D373" t="s">
         <v>3451</v>
       </c>
       <c r="E373" t="s">
         <v>3452</v>
       </c>
       <c r="F373" t="s">
         <v>3453</v>
       </c>
       <c r="G373" t="s">
         <v>3454</v>
       </c>
       <c r="H373" t="s">
         <v>3455</v>
       </c>
       <c r="I373" t="s">
         <v>3456</v>
       </c>
       <c r="J373" t="s">
-        <v>24</v>
+        <v>1961</v>
       </c>
       <c r="K373" t="s">
         <v>170</v>
       </c>
       <c r="L373" t="s">
-        <v>26</v>
+        <v>1963</v>
       </c>
       <c r="M373" t="s">
         <v>171</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
         <v>3457</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>8883</v>
+        <v>8387</v>
       </c>
       <c r="B374" t="s">
         <v>3458</v>
       </c>
       <c r="C374" t="s">
         <v>3459</v>
       </c>
       <c r="D374" t="s">
         <v>3460</v>
       </c>
       <c r="E374" t="s">
         <v>3461</v>
       </c>
       <c r="F374" t="s">
         <v>3462</v>
       </c>
       <c r="G374" t="s">
         <v>3463</v>
       </c>
       <c r="H374" t="s">
         <v>3464</v>
       </c>
       <c r="I374" t="s">
         <v>3465</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
         <v>25</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
         <v>27</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
         <v>3466</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>8886</v>
+        <v>8388</v>
       </c>
       <c r="B375" t="s">
         <v>3467</v>
       </c>
       <c r="C375" t="s">
         <v>3468</v>
       </c>
       <c r="D375" t="s">
         <v>3469</v>
       </c>
       <c r="E375" t="s">
         <v>3470</v>
       </c>
       <c r="F375" t="s">
         <v>3471</v>
       </c>
       <c r="G375" t="s">
         <v>3472</v>
       </c>
       <c r="H375" t="s">
         <v>3473</v>
       </c>
       <c r="I375" t="s">
         <v>3474</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
         <v>170</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
         <v>171</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
         <v>3475</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>8902</v>
+        <v>8392</v>
       </c>
       <c r="B376" t="s">
         <v>3476</v>
       </c>
       <c r="C376" t="s">
         <v>3477</v>
       </c>
       <c r="D376" t="s">
         <v>3478</v>
       </c>
       <c r="E376" t="s">
         <v>3479</v>
       </c>
       <c r="F376" t="s">
         <v>3480</v>
       </c>
       <c r="G376" t="s">
         <v>3481</v>
       </c>
       <c r="H376" t="s">
         <v>3482</v>
       </c>
       <c r="I376" t="s">
         <v>3483</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>170</v>
+        <v>1962</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>171</v>
+        <v>1964</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
         <v>3484</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>8903</v>
+        <v>8402</v>
       </c>
       <c r="B377" t="s">
         <v>3485</v>
       </c>
       <c r="C377" t="s">
         <v>3486</v>
       </c>
       <c r="D377" t="s">
         <v>3487</v>
       </c>
       <c r="E377" t="s">
         <v>3488</v>
       </c>
       <c r="F377" t="s">
         <v>3489</v>
       </c>
       <c r="G377" t="s">
         <v>3490</v>
       </c>
       <c r="H377" t="s">
         <v>3491</v>
       </c>
       <c r="I377" t="s">
         <v>3492</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
         <v>170</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
         <v>171</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
         <v>3493</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>8904</v>
+        <v>8883</v>
       </c>
       <c r="B378" t="s">
         <v>3494</v>
       </c>
       <c r="C378" t="s">
         <v>3495</v>
       </c>
       <c r="D378" t="s">
         <v>3496</v>
       </c>
       <c r="E378" t="s">
         <v>3497</v>
       </c>
       <c r="F378" t="s">
         <v>3498</v>
       </c>
       <c r="G378" t="s">
         <v>3499</v>
       </c>
       <c r="H378" t="s">
         <v>3500</v>
       </c>
       <c r="I378" t="s">
         <v>3501</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
         <v>3502</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>8914</v>
+        <v>8886</v>
       </c>
       <c r="B379" t="s">
         <v>3503</v>
       </c>
       <c r="C379" t="s">
         <v>3504</v>
       </c>
       <c r="D379" t="s">
         <v>3505</v>
       </c>
       <c r="E379" t="s">
         <v>3506</v>
       </c>
       <c r="F379" t="s">
         <v>3507</v>
       </c>
       <c r="G379" t="s">
         <v>3508</v>
       </c>
       <c r="H379" t="s">
         <v>3509</v>
       </c>
       <c r="I379" t="s">
         <v>3510</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
         <v>3511</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>8918</v>
+        <v>8902</v>
       </c>
       <c r="B380" t="s">
         <v>3512</v>
       </c>
       <c r="C380" t="s">
         <v>3513</v>
       </c>
       <c r="D380" t="s">
         <v>3514</v>
       </c>
       <c r="E380" t="s">
         <v>3515</v>
       </c>
       <c r="F380" t="s">
         <v>3516</v>
       </c>
       <c r="G380" t="s">
         <v>3517</v>
       </c>
       <c r="H380" t="s">
         <v>3518</v>
       </c>
       <c r="I380" t="s">
         <v>3519</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
         <v>3520</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>8945</v>
+        <v>8903</v>
       </c>
       <c r="B381" t="s">
         <v>3521</v>
       </c>
       <c r="C381" t="s">
         <v>3522</v>
       </c>
       <c r="D381" t="s">
         <v>3523</v>
       </c>
       <c r="E381" t="s">
         <v>3524</v>
       </c>
       <c r="F381" t="s">
         <v>3525</v>
       </c>
       <c r="G381" t="s">
         <v>3526</v>
       </c>
       <c r="H381" t="s">
         <v>3527</v>
       </c>
       <c r="I381" t="s">
         <v>3528</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
         <v>3529</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>8950</v>
+        <v>8904</v>
       </c>
       <c r="B382" t="s">
         <v>3530</v>
       </c>
       <c r="C382" t="s">
         <v>3531</v>
       </c>
       <c r="D382" t="s">
         <v>3532</v>
       </c>
       <c r="E382" t="s">
         <v>3533</v>
       </c>
       <c r="F382" t="s">
         <v>3534</v>
       </c>
       <c r="G382" t="s">
         <v>3535</v>
       </c>
       <c r="H382" t="s">
         <v>3536</v>
       </c>
       <c r="I382" t="s">
         <v>3537</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
         <v>3538</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>8951</v>
+        <v>8914</v>
       </c>
       <c r="B383" t="s">
         <v>3539</v>
       </c>
       <c r="C383" t="s">
         <v>3540</v>
       </c>
       <c r="D383" t="s">
         <v>3541</v>
       </c>
       <c r="E383" t="s">
         <v>3542</v>
       </c>
       <c r="F383" t="s">
         <v>3543</v>
       </c>
       <c r="G383" t="s">
         <v>3544</v>
       </c>
       <c r="H383" t="s">
         <v>3545</v>
       </c>
       <c r="I383" t="s">
         <v>3546</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
         <v>3547</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>8959</v>
+        <v>8918</v>
       </c>
       <c r="B384" t="s">
         <v>3548</v>
       </c>
       <c r="C384" t="s">
         <v>3549</v>
       </c>
       <c r="D384" t="s">
         <v>3550</v>
       </c>
       <c r="E384" t="s">
         <v>3551</v>
       </c>
       <c r="F384" t="s">
         <v>3552</v>
       </c>
       <c r="G384" t="s">
         <v>3553</v>
       </c>
       <c r="H384" t="s">
         <v>3554</v>
       </c>
       <c r="I384" t="s">
         <v>3555</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
         <v>3556</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>8964</v>
+        <v>8945</v>
       </c>
       <c r="B385" t="s">
         <v>3557</v>
       </c>
       <c r="C385" t="s">
         <v>3558</v>
       </c>
       <c r="D385" t="s">
         <v>3559</v>
       </c>
       <c r="E385" t="s">
         <v>3560</v>
       </c>
       <c r="F385" t="s">
         <v>3561</v>
       </c>
       <c r="G385" t="s">
         <v>3562</v>
       </c>
       <c r="H385" t="s">
         <v>3563</v>
       </c>
       <c r="I385" t="s">
         <v>3564</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>905</v>
+        <v>47</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>906</v>
+        <v>48</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
         <v>3565</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>10011</v>
+        <v>8950</v>
       </c>
       <c r="B386" t="s">
         <v>3566</v>
       </c>
       <c r="C386" t="s">
         <v>3567</v>
       </c>
       <c r="D386" t="s">
         <v>3568</v>
       </c>
       <c r="E386" t="s">
         <v>3569</v>
       </c>
       <c r="F386" t="s">
         <v>3570</v>
       </c>
       <c r="G386" t="s">
         <v>3571</v>
       </c>
       <c r="H386" t="s">
         <v>3572</v>
       </c>
       <c r="I386" t="s">
         <v>3573</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
         <v>25</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
         <v>27</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
         <v>3574</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>10014</v>
+        <v>8951</v>
       </c>
       <c r="B387" t="s">
         <v>3575</v>
       </c>
       <c r="C387" t="s">
         <v>3576</v>
       </c>
       <c r="D387" t="s">
         <v>3577</v>
       </c>
       <c r="E387" t="s">
         <v>3578</v>
       </c>
       <c r="F387" t="s">
         <v>3579</v>
       </c>
       <c r="G387" t="s">
         <v>3580</v>
       </c>
       <c r="H387" t="s">
         <v>3581</v>
       </c>
       <c r="I387" t="s">
         <v>3582</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
+        <v>170</v>
+      </c>
+      <c r="L387" t="s">
+        <v>26</v>
+      </c>
+      <c r="M387" t="s">
+        <v>171</v>
+      </c>
+      <c r="N387" t="s">
+        <v>28</v>
+      </c>
+      <c r="O387" t="s">
         <v>3583</v>
-      </c>
-[...10 lines deleted...]
-        <v>3585</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>10015</v>
+        <v>8959</v>
       </c>
       <c r="B388" t="s">
+        <v>3584</v>
+      </c>
+      <c r="C388" t="s">
+        <v>3585</v>
+      </c>
+      <c r="D388" t="s">
         <v>3586</v>
       </c>
-      <c r="C388" t="s">
+      <c r="E388" t="s">
         <v>3587</v>
       </c>
-      <c r="D388" t="s">
+      <c r="F388" t="s">
         <v>3588</v>
       </c>
-      <c r="E388" t="s">
+      <c r="G388" t="s">
         <v>3589</v>
       </c>
-      <c r="F388" t="s">
+      <c r="H388" t="s">
         <v>3590</v>
       </c>
-      <c r="G388" t="s">
+      <c r="I388" t="s">
         <v>3591</v>
-      </c>
-[...4 lines deleted...]
-        <v>3593</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
         <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
         <v>171</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3594</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>10036</v>
+        <v>8964</v>
       </c>
       <c r="B389" t="s">
+        <v>3593</v>
+      </c>
+      <c r="C389" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D389" t="s">
         <v>3595</v>
       </c>
-      <c r="C389" t="s">
+      <c r="E389" t="s">
         <v>3596</v>
       </c>
-      <c r="D389" t="s">
+      <c r="F389" t="s">
         <v>3597</v>
       </c>
-      <c r="E389" t="s">
+      <c r="G389" t="s">
         <v>3598</v>
       </c>
-      <c r="F389" t="s">
+      <c r="H389" t="s">
         <v>3599</v>
       </c>
-      <c r="G389" t="s">
+      <c r="I389" t="s">
         <v>3600</v>
       </c>
-      <c r="H389" t="s">
+      <c r="J389" t="s">
+        <v>24</v>
+      </c>
+      <c r="K389" t="s">
+        <v>905</v>
+      </c>
+      <c r="L389" t="s">
+        <v>26</v>
+      </c>
+      <c r="M389" t="s">
+        <v>906</v>
+      </c>
+      <c r="N389" t="s">
+        <v>28</v>
+      </c>
+      <c r="O389" t="s">
         <v>3601</v>
-      </c>
-[...19 lines deleted...]
-        <v>3603</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>10046</v>
+        <v>10011</v>
       </c>
       <c r="B390" t="s">
+        <v>3602</v>
+      </c>
+      <c r="C390" t="s">
+        <v>3603</v>
+      </c>
+      <c r="D390" t="s">
         <v>3604</v>
       </c>
-      <c r="C390" t="s">
+      <c r="E390" t="s">
         <v>3605</v>
       </c>
-      <c r="D390" t="s">
+      <c r="F390" t="s">
         <v>3606</v>
       </c>
-      <c r="E390" t="s">
+      <c r="G390" t="s">
         <v>3607</v>
       </c>
-      <c r="F390" t="s">
+      <c r="H390" t="s">
         <v>3608</v>
       </c>
-      <c r="G390" t="s">
+      <c r="I390" t="s">
         <v>3609</v>
       </c>
-      <c r="H390" t="s">
+      <c r="J390" t="s">
+        <v>24</v>
+      </c>
+      <c r="K390" t="s">
+        <v>25</v>
+      </c>
+      <c r="L390" t="s">
+        <v>26</v>
+      </c>
+      <c r="M390" t="s">
+        <v>27</v>
+      </c>
+      <c r="N390" t="s">
+        <v>28</v>
+      </c>
+      <c r="O390" t="s">
         <v>3610</v>
-      </c>
-[...19 lines deleted...]
-        <v>3612</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>10098</v>
+        <v>10014</v>
       </c>
       <c r="B391" t="s">
+        <v>3611</v>
+      </c>
+      <c r="C391" t="s">
+        <v>3612</v>
+      </c>
+      <c r="D391" t="s">
         <v>3613</v>
       </c>
-      <c r="C391" t="s">
+      <c r="E391" t="s">
         <v>3614</v>
       </c>
-      <c r="D391" t="s">
+      <c r="F391" t="s">
         <v>3615</v>
       </c>
-      <c r="E391" t="s">
+      <c r="G391" t="s">
         <v>3616</v>
       </c>
-      <c r="F391" t="s">
+      <c r="H391" t="s">
         <v>3617</v>
       </c>
-      <c r="G391" t="s">
+      <c r="I391" t="s">
         <v>3618</v>
       </c>
-      <c r="H391" t="s">
+      <c r="J391" t="s">
+        <v>24</v>
+      </c>
+      <c r="K391" t="s">
         <v>3619</v>
       </c>
-      <c r="I391" t="s">
+      <c r="L391" t="s">
+        <v>26</v>
+      </c>
+      <c r="M391" t="s">
         <v>3620</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
         <v>3621</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>10101</v>
+        <v>10015</v>
       </c>
       <c r="B392" t="s">
         <v>3622</v>
       </c>
       <c r="C392" t="s">
         <v>3623</v>
       </c>
       <c r="D392" t="s">
         <v>3624</v>
       </c>
       <c r="E392" t="s">
         <v>3625</v>
       </c>
       <c r="F392" t="s">
         <v>3626</v>
       </c>
       <c r="G392" t="s">
         <v>3627</v>
       </c>
       <c r="H392" t="s">
         <v>3628</v>
       </c>
       <c r="I392" t="s">
         <v>3629</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
         <v>3630</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>10412</v>
+        <v>10036</v>
       </c>
       <c r="B393" t="s">
         <v>3631</v>
       </c>
       <c r="C393" t="s">
         <v>3632</v>
       </c>
       <c r="D393" t="s">
         <v>3633</v>
       </c>
       <c r="E393" t="s">
         <v>3634</v>
       </c>
       <c r="F393" t="s">
         <v>3635</v>
       </c>
       <c r="G393" t="s">
         <v>3636</v>
       </c>
       <c r="H393" t="s">
         <v>3637</v>
       </c>
       <c r="I393" t="s">
         <v>3638</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
         <v>25</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
         <v>27</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
         <v>3639</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>10603</v>
+        <v>10046</v>
       </c>
       <c r="B394" t="s">
         <v>3640</v>
       </c>
       <c r="C394" t="s">
         <v>3641</v>
       </c>
       <c r="D394" t="s">
         <v>3642</v>
       </c>
       <c r="E394" t="s">
         <v>3643</v>
       </c>
       <c r="F394" t="s">
         <v>3644</v>
       </c>
       <c r="G394" t="s">
         <v>3645</v>
       </c>
       <c r="H394" t="s">
         <v>3646</v>
       </c>
       <c r="I394" t="s">
         <v>3647</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
         <v>3648</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>10635</v>
+        <v>10098</v>
       </c>
       <c r="B395" t="s">
         <v>3649</v>
       </c>
       <c r="C395" t="s">
         <v>3650</v>
       </c>
       <c r="D395" t="s">
         <v>3651</v>
       </c>
       <c r="E395" t="s">
         <v>3652</v>
       </c>
       <c r="F395" t="s">
         <v>3653</v>
       </c>
       <c r="G395" t="s">
         <v>3654</v>
       </c>
       <c r="H395" t="s">
         <v>3655</v>
       </c>
       <c r="I395" t="s">
         <v>3656</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
         <v>3657</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>10639</v>
+        <v>10101</v>
       </c>
       <c r="B396" t="s">
         <v>3658</v>
       </c>
       <c r="C396" t="s">
         <v>3659</v>
       </c>
       <c r="D396" t="s">
         <v>3660</v>
       </c>
       <c r="E396" t="s">
         <v>3661</v>
       </c>
       <c r="F396" t="s">
         <v>3662</v>
       </c>
       <c r="G396" t="s">
         <v>3663</v>
       </c>
       <c r="H396" t="s">
         <v>3664</v>
       </c>
       <c r="I396" t="s">
         <v>3665</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
         <v>25</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
         <v>27</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
         <v>3666</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>10647</v>
+        <v>10412</v>
       </c>
       <c r="B397" t="s">
         <v>3667</v>
       </c>
       <c r="C397" t="s">
         <v>3668</v>
       </c>
       <c r="D397" t="s">
         <v>3669</v>
       </c>
       <c r="E397" t="s">
         <v>3670</v>
       </c>
       <c r="F397" t="s">
         <v>3671</v>
       </c>
       <c r="G397" t="s">
         <v>3672</v>
       </c>
       <c r="H397" t="s">
         <v>3673</v>
       </c>
       <c r="I397" t="s">
         <v>3674</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
         <v>3675</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>10887</v>
+        <v>10603</v>
       </c>
       <c r="B398" t="s">
         <v>3676</v>
       </c>
       <c r="C398" t="s">
         <v>3677</v>
       </c>
       <c r="D398" t="s">
         <v>3678</v>
       </c>
       <c r="E398" t="s">
         <v>3679</v>
       </c>
       <c r="F398" t="s">
         <v>3680</v>
       </c>
       <c r="G398" t="s">
         <v>3681</v>
       </c>
       <c r="H398" t="s">
         <v>3682</v>
       </c>
       <c r="I398" t="s">
         <v>3683</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
         <v>25</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
         <v>27</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
         <v>3684</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>10925</v>
+        <v>10635</v>
       </c>
       <c r="B399" t="s">
         <v>3685</v>
       </c>
       <c r="C399" t="s">
         <v>3686</v>
       </c>
       <c r="D399" t="s">
         <v>3687</v>
       </c>
       <c r="E399" t="s">
         <v>3688</v>
       </c>
       <c r="F399" t="s">
         <v>3689</v>
       </c>
       <c r="G399" t="s">
         <v>3690</v>
       </c>
       <c r="H399" t="s">
         <v>3691</v>
       </c>
       <c r="I399" t="s">
         <v>3692</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
         <v>3693</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>10927</v>
+        <v>10639</v>
       </c>
       <c r="B400" t="s">
         <v>3694</v>
       </c>
       <c r="C400" t="s">
         <v>3695</v>
       </c>
       <c r="D400" t="s">
         <v>3696</v>
       </c>
       <c r="E400" t="s">
         <v>3697</v>
       </c>
       <c r="F400" t="s">
         <v>3698</v>
       </c>
       <c r="G400" t="s">
         <v>3699</v>
       </c>
       <c r="H400" t="s">
         <v>3700</v>
       </c>
       <c r="I400" t="s">
         <v>3701</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
         <v>3702</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>10930</v>
+        <v>10647</v>
       </c>
       <c r="B401" t="s">
         <v>3703</v>
       </c>
       <c r="C401" t="s">
         <v>3704</v>
       </c>
       <c r="D401" t="s">
         <v>3705</v>
       </c>
       <c r="E401" t="s">
         <v>3706</v>
       </c>
       <c r="F401" t="s">
         <v>3707</v>
       </c>
       <c r="G401" t="s">
         <v>3708</v>
       </c>
       <c r="H401" t="s">
         <v>3709</v>
       </c>
       <c r="I401" t="s">
         <v>3710</v>
       </c>
       <c r="J401" t="s">
-        <v>1477</v>
+        <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L401" t="s">
-        <v>1479</v>
+        <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
         <v>3711</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>10945</v>
+        <v>10887</v>
       </c>
       <c r="B402" t="s">
         <v>3712</v>
       </c>
       <c r="C402" t="s">
         <v>3713</v>
       </c>
       <c r="D402" t="s">
         <v>3714</v>
       </c>
       <c r="E402" t="s">
         <v>3715</v>
       </c>
       <c r="F402" t="s">
         <v>3716</v>
       </c>
       <c r="G402" t="s">
         <v>3717</v>
       </c>
       <c r="H402" t="s">
         <v>3718</v>
       </c>
       <c r="I402" t="s">
         <v>3719</v>
       </c>
       <c r="J402" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>746</v>
+        <v>25</v>
       </c>
       <c r="L402" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>747</v>
+        <v>27</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
         <v>3720</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>10947</v>
+        <v>10925</v>
       </c>
       <c r="B403" t="s">
         <v>3721</v>
       </c>
       <c r="C403" t="s">
         <v>3722</v>
       </c>
       <c r="D403" t="s">
         <v>3723</v>
       </c>
       <c r="E403" t="s">
         <v>3724</v>
       </c>
       <c r="F403" t="s">
         <v>3725</v>
       </c>
       <c r="G403" t="s">
         <v>3726</v>
       </c>
       <c r="H403" t="s">
         <v>3727</v>
       </c>
       <c r="I403" t="s">
         <v>3728</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
         <v>3729</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>10948</v>
+        <v>10927</v>
       </c>
       <c r="B404" t="s">
         <v>3730</v>
       </c>
       <c r="C404" t="s">
         <v>3731</v>
       </c>
       <c r="D404" t="s">
         <v>3732</v>
       </c>
       <c r="E404" t="s">
         <v>3733</v>
       </c>
       <c r="F404" t="s">
         <v>3734</v>
       </c>
       <c r="G404" t="s">
         <v>3735</v>
       </c>
       <c r="H404" t="s">
         <v>3736</v>
       </c>
       <c r="I404" t="s">
         <v>3737</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
         <v>170</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
         <v>171</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
         <v>3738</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>10950</v>
+        <v>10930</v>
       </c>
       <c r="B405" t="s">
         <v>3739</v>
       </c>
       <c r="C405" t="s">
         <v>3740</v>
       </c>
       <c r="D405" t="s">
         <v>3741</v>
       </c>
       <c r="E405" t="s">
         <v>3742</v>
       </c>
       <c r="F405" t="s">
         <v>3743</v>
       </c>
       <c r="G405" t="s">
         <v>3744</v>
       </c>
       <c r="H405" t="s">
         <v>3745</v>
       </c>
       <c r="I405" t="s">
         <v>3746</v>
       </c>
       <c r="J405" t="s">
-        <v>24</v>
+        <v>1477</v>
       </c>
       <c r="K405" t="s">
+        <v>274</v>
+      </c>
+      <c r="L405" t="s">
+        <v>1479</v>
+      </c>
+      <c r="M405" t="s">
+        <v>276</v>
+      </c>
+      <c r="N405" t="s">
+        <v>28</v>
+      </c>
+      <c r="O405" t="s">
         <v>3747</v>
-      </c>
-[...10 lines deleted...]
-        <v>3749</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>10951</v>
+        <v>10945</v>
       </c>
       <c r="B406" t="s">
+        <v>3748</v>
+      </c>
+      <c r="C406" t="s">
+        <v>3749</v>
+      </c>
+      <c r="D406" t="s">
         <v>3750</v>
       </c>
-      <c r="C406" t="s">
+      <c r="E406" t="s">
         <v>3751</v>
       </c>
-      <c r="D406" t="s">
+      <c r="F406" t="s">
         <v>3752</v>
       </c>
-      <c r="E406" t="s">
+      <c r="G406" t="s">
         <v>3753</v>
       </c>
-      <c r="F406" t="s">
+      <c r="H406" t="s">
         <v>3754</v>
       </c>
-      <c r="G406" t="s">
+      <c r="I406" t="s">
         <v>3755</v>
       </c>
-      <c r="H406" t="s">
+      <c r="J406" t="s">
+        <v>450</v>
+      </c>
+      <c r="K406" t="s">
+        <v>746</v>
+      </c>
+      <c r="L406" t="s">
+        <v>452</v>
+      </c>
+      <c r="M406" t="s">
+        <v>747</v>
+      </c>
+      <c r="N406" t="s">
+        <v>28</v>
+      </c>
+      <c r="O406" t="s">
         <v>3756</v>
-      </c>
-[...19 lines deleted...]
-        <v>3758</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>11000</v>
+        <v>10947</v>
       </c>
       <c r="B407" t="s">
+        <v>3757</v>
+      </c>
+      <c r="C407" t="s">
+        <v>3758</v>
+      </c>
+      <c r="D407" t="s">
         <v>3759</v>
       </c>
-      <c r="C407" t="s">
+      <c r="E407" t="s">
         <v>3760</v>
       </c>
-      <c r="D407" t="s">
+      <c r="F407" t="s">
         <v>3761</v>
       </c>
-      <c r="E407" t="s">
+      <c r="G407" t="s">
         <v>3762</v>
       </c>
-      <c r="F407" t="s">
+      <c r="H407" t="s">
         <v>3763</v>
       </c>
-      <c r="G407" t="s">
+      <c r="I407" t="s">
         <v>3764</v>
       </c>
-      <c r="H407" t="s">
+      <c r="J407" t="s">
+        <v>24</v>
+      </c>
+      <c r="K407" t="s">
+        <v>170</v>
+      </c>
+      <c r="L407" t="s">
+        <v>26</v>
+      </c>
+      <c r="M407" t="s">
+        <v>171</v>
+      </c>
+      <c r="N407" t="s">
+        <v>28</v>
+      </c>
+      <c r="O407" t="s">
         <v>3765</v>
-      </c>
-[...19 lines deleted...]
-        <v>3767</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>11161</v>
+        <v>10948</v>
       </c>
       <c r="B408" t="s">
+        <v>3766</v>
+      </c>
+      <c r="C408" t="s">
+        <v>3767</v>
+      </c>
+      <c r="D408" t="s">
         <v>3768</v>
       </c>
-      <c r="C408" t="s">
+      <c r="E408" t="s">
         <v>3769</v>
       </c>
-      <c r="D408" t="s">
+      <c r="F408" t="s">
         <v>3770</v>
       </c>
-      <c r="E408" t="s">
+      <c r="G408" t="s">
         <v>3771</v>
       </c>
-      <c r="F408" t="s">
+      <c r="H408" t="s">
         <v>3772</v>
       </c>
-      <c r="G408" t="s">
+      <c r="I408" t="s">
         <v>3773</v>
       </c>
-      <c r="H408" t="s">
+      <c r="J408" t="s">
+        <v>24</v>
+      </c>
+      <c r="K408" t="s">
+        <v>170</v>
+      </c>
+      <c r="L408" t="s">
+        <v>26</v>
+      </c>
+      <c r="M408" t="s">
+        <v>171</v>
+      </c>
+      <c r="N408" t="s">
+        <v>28</v>
+      </c>
+      <c r="O408" t="s">
         <v>3774</v>
-      </c>
-[...19 lines deleted...]
-        <v>3776</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>11169</v>
+        <v>10950</v>
       </c>
       <c r="B409" t="s">
+        <v>3775</v>
+      </c>
+      <c r="C409" t="s">
+        <v>3776</v>
+      </c>
+      <c r="D409" t="s">
         <v>3777</v>
       </c>
-      <c r="C409" t="s">
+      <c r="E409" t="s">
         <v>3778</v>
       </c>
-      <c r="D409" t="s">
+      <c r="F409" t="s">
         <v>3779</v>
       </c>
-      <c r="E409" t="s">
+      <c r="G409" t="s">
         <v>3780</v>
       </c>
-      <c r="F409" t="s">
+      <c r="H409" t="s">
         <v>3781</v>
       </c>
-      <c r="G409" t="s">
+      <c r="I409" t="s">
         <v>3782</v>
       </c>
-      <c r="H409" t="s">
+      <c r="J409" t="s">
+        <v>24</v>
+      </c>
+      <c r="K409" t="s">
         <v>3783</v>
       </c>
-      <c r="I409" t="s">
+      <c r="L409" t="s">
+        <v>26</v>
+      </c>
+      <c r="M409" t="s">
         <v>3784</v>
-      </c>
-[...10 lines deleted...]
-        <v>61</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
         <v>3785</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>11220</v>
+        <v>10951</v>
       </c>
       <c r="B410" t="s">
         <v>3786</v>
       </c>
       <c r="C410" t="s">
         <v>3787</v>
       </c>
       <c r="D410" t="s">
         <v>3788</v>
       </c>
       <c r="E410" t="s">
         <v>3789</v>
       </c>
       <c r="F410" t="s">
         <v>3790</v>
       </c>
       <c r="G410" t="s">
         <v>3791</v>
       </c>
       <c r="H410" t="s">
         <v>3792</v>
       </c>
       <c r="I410" t="s">
         <v>3793</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>690</v>
+        <v>47</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>691</v>
+        <v>48</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
         <v>3794</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>11231</v>
+        <v>11000</v>
       </c>
       <c r="B411" t="s">
         <v>3795</v>
       </c>
       <c r="C411" t="s">
         <v>3796</v>
       </c>
       <c r="D411" t="s">
         <v>3797</v>
       </c>
       <c r="E411" t="s">
         <v>3798</v>
       </c>
       <c r="F411" t="s">
         <v>3799</v>
       </c>
       <c r="G411" t="s">
         <v>3800</v>
       </c>
       <c r="H411" t="s">
         <v>3801</v>
       </c>
       <c r="I411" t="s">
         <v>3802</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
         <v>3803</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>11249</v>
+        <v>11161</v>
       </c>
       <c r="B412" t="s">
         <v>3804</v>
       </c>
       <c r="C412" t="s">
         <v>3805</v>
       </c>
       <c r="D412" t="s">
         <v>3806</v>
       </c>
       <c r="E412" t="s">
         <v>3807</v>
       </c>
       <c r="F412" t="s">
         <v>3808</v>
       </c>
       <c r="G412" t="s">
         <v>3809</v>
       </c>
       <c r="H412" t="s">
         <v>3810</v>
       </c>
       <c r="I412" t="s">
         <v>3811</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>47</v>
+        <v>1478</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>48</v>
+        <v>1480</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
         <v>3812</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>11251</v>
+        <v>11169</v>
       </c>
       <c r="B413" t="s">
         <v>3813</v>
       </c>
       <c r="C413" t="s">
         <v>3814</v>
       </c>
       <c r="D413" t="s">
         <v>3815</v>
       </c>
       <c r="E413" t="s">
         <v>3816</v>
       </c>
       <c r="F413" t="s">
         <v>3817</v>
       </c>
       <c r="G413" t="s">
         <v>3818</v>
       </c>
       <c r="H413" t="s">
         <v>3819</v>
       </c>
       <c r="I413" t="s">
         <v>3820</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>3392</v>
+        <v>59</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>3393</v>
+        <v>61</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
         <v>3821</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>11256</v>
+        <v>11220</v>
       </c>
       <c r="B414" t="s">
         <v>3822</v>
       </c>
       <c r="C414" t="s">
         <v>3823</v>
       </c>
       <c r="D414" t="s">
         <v>3824</v>
       </c>
       <c r="E414" t="s">
         <v>3825</v>
       </c>
       <c r="F414" t="s">
         <v>3826</v>
       </c>
       <c r="G414" t="s">
         <v>3827</v>
       </c>
       <c r="H414" t="s">
         <v>3828</v>
       </c>
       <c r="I414" t="s">
         <v>3829</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
         <v>3830</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>11287</v>
+        <v>11231</v>
       </c>
       <c r="B415" t="s">
         <v>3831</v>
       </c>
       <c r="C415" t="s">
         <v>3832</v>
       </c>
       <c r="D415" t="s">
         <v>3833</v>
       </c>
       <c r="E415" t="s">
         <v>3834</v>
       </c>
       <c r="F415" t="s">
         <v>3835</v>
       </c>
       <c r="G415" t="s">
         <v>3836</v>
       </c>
       <c r="H415" t="s">
         <v>3837</v>
       </c>
       <c r="I415" t="s">
         <v>3838</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
         <v>170</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
         <v>171</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
         <v>3839</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>11299</v>
+        <v>11249</v>
       </c>
       <c r="B416" t="s">
         <v>3840</v>
       </c>
       <c r="C416" t="s">
         <v>3841</v>
       </c>
       <c r="D416" t="s">
         <v>3842</v>
       </c>
       <c r="E416" t="s">
         <v>3843</v>
       </c>
       <c r="F416" t="s">
         <v>3844</v>
       </c>
       <c r="G416" t="s">
         <v>3845</v>
       </c>
       <c r="H416" t="s">
         <v>3846</v>
       </c>
       <c r="I416" t="s">
         <v>3847</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
         <v>3848</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>11303</v>
+        <v>11251</v>
       </c>
       <c r="B417" t="s">
         <v>3849</v>
       </c>
       <c r="C417" t="s">
         <v>3850</v>
       </c>
       <c r="D417" t="s">
         <v>3851</v>
       </c>
       <c r="E417" t="s">
         <v>3852</v>
       </c>
       <c r="F417" t="s">
         <v>3853</v>
       </c>
       <c r="G417" t="s">
         <v>3854</v>
       </c>
       <c r="H417" t="s">
         <v>3855</v>
       </c>
       <c r="I417" t="s">
         <v>3856</v>
       </c>
       <c r="J417" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>274</v>
+        <v>3428</v>
       </c>
       <c r="L417" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M417" t="s">
-        <v>276</v>
+        <v>3429</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
         <v>3857</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>11306</v>
+        <v>11256</v>
       </c>
       <c r="B418" t="s">
         <v>3858</v>
       </c>
       <c r="C418" t="s">
         <v>3859</v>
       </c>
       <c r="D418" t="s">
         <v>3860</v>
       </c>
       <c r="E418" t="s">
         <v>3861</v>
       </c>
       <c r="F418" t="s">
         <v>3862</v>
       </c>
       <c r="G418" t="s">
         <v>3863</v>
       </c>
       <c r="H418" t="s">
         <v>3864</v>
       </c>
       <c r="I418" t="s">
         <v>3865</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>1136</v>
+        <v>170</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>1137</v>
+        <v>171</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
         <v>3866</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>58060</v>
+        <v>11287</v>
       </c>
       <c r="B419" t="s">
         <v>3867</v>
       </c>
       <c r="C419" t="s">
         <v>3868</v>
       </c>
       <c r="D419" t="s">
         <v>3869</v>
       </c>
       <c r="E419" t="s">
         <v>3870</v>
       </c>
       <c r="F419" t="s">
         <v>3871</v>
       </c>
       <c r="G419" t="s">
         <v>3872</v>
       </c>
       <c r="H419" t="s">
         <v>3873</v>
       </c>
       <c r="I419" t="s">
         <v>3874</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>3392</v>
+        <v>170</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>3393</v>
+        <v>171</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
         <v>3875</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>58066</v>
+        <v>11299</v>
       </c>
       <c r="B420" t="s">
         <v>3876</v>
       </c>
       <c r="C420" t="s">
         <v>3877</v>
       </c>
       <c r="D420" t="s">
         <v>3878</v>
       </c>
       <c r="E420" t="s">
         <v>3879</v>
       </c>
       <c r="F420" t="s">
         <v>3880</v>
       </c>
       <c r="G420" t="s">
         <v>3881</v>
       </c>
       <c r="H420" t="s">
         <v>3882</v>
       </c>
       <c r="I420" t="s">
         <v>3883</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
         <v>3884</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>58120</v>
+        <v>11303</v>
       </c>
       <c r="B421" t="s">
         <v>3885</v>
       </c>
       <c r="C421" t="s">
         <v>3886</v>
       </c>
       <c r="D421" t="s">
         <v>3887</v>
       </c>
       <c r="E421" t="s">
         <v>3888</v>
       </c>
       <c r="F421" t="s">
         <v>3889</v>
       </c>
       <c r="G421" t="s">
         <v>3890</v>
       </c>
       <c r="H421" t="s">
         <v>3891</v>
       </c>
       <c r="I421" t="s">
         <v>3892</v>
       </c>
       <c r="J421" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K421" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L421" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M421" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
         <v>3893</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>58122</v>
+        <v>11306</v>
       </c>
       <c r="B422" t="s">
         <v>3894</v>
       </c>
       <c r="C422" t="s">
         <v>3895</v>
       </c>
       <c r="D422" t="s">
         <v>3896</v>
       </c>
       <c r="E422" t="s">
         <v>3897</v>
       </c>
       <c r="F422" t="s">
         <v>3898</v>
       </c>
       <c r="G422" t="s">
         <v>3899</v>
       </c>
       <c r="H422" t="s">
         <v>3900</v>
       </c>
       <c r="I422" t="s">
         <v>3901</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>170</v>
+        <v>1136</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
-        <v>171</v>
+        <v>1137</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
         <v>3902</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>58144</v>
+        <v>58060</v>
       </c>
       <c r="B423" t="s">
         <v>3903</v>
       </c>
       <c r="C423" t="s">
         <v>3904</v>
       </c>
       <c r="D423" t="s">
         <v>3905</v>
       </c>
       <c r="E423" t="s">
         <v>3906</v>
       </c>
       <c r="F423" t="s">
         <v>3907</v>
       </c>
       <c r="G423" t="s">
         <v>3908</v>
       </c>
       <c r="H423" t="s">
         <v>3909</v>
       </c>
       <c r="I423" t="s">
         <v>3910</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>25</v>
+        <v>3428</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>27</v>
+        <v>3429</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
         <v>3911</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>58148</v>
+        <v>58066</v>
       </c>
       <c r="B424" t="s">
         <v>3912</v>
       </c>
       <c r="C424" t="s">
         <v>3913</v>
       </c>
       <c r="D424" t="s">
         <v>3914</v>
       </c>
       <c r="E424" t="s">
         <v>3915</v>
       </c>
       <c r="F424" t="s">
         <v>3916</v>
       </c>
       <c r="G424" t="s">
         <v>3917</v>
       </c>
       <c r="H424" t="s">
         <v>3918</v>
       </c>
       <c r="I424" t="s">
         <v>3919</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>1071</v>
+        <v>274</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>1072</v>
+        <v>276</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
         <v>3920</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>58218</v>
+        <v>58067</v>
       </c>
       <c r="B425" t="s">
         <v>3921</v>
       </c>
       <c r="C425" t="s">
         <v>3922</v>
       </c>
       <c r="D425" t="s">
         <v>3923</v>
       </c>
       <c r="E425" t="s">
         <v>3924</v>
       </c>
       <c r="F425" t="s">
         <v>3925</v>
       </c>
       <c r="G425" t="s">
         <v>3926</v>
       </c>
       <c r="H425" t="s">
         <v>3927</v>
       </c>
       <c r="I425" t="s">
         <v>3928</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
         <v>3929</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>58223</v>
+        <v>58090</v>
       </c>
       <c r="B426" t="s">
         <v>3930</v>
       </c>
       <c r="C426" t="s">
         <v>3931</v>
       </c>
       <c r="D426" t="s">
         <v>3932</v>
       </c>
       <c r="E426" t="s">
         <v>3933</v>
       </c>
       <c r="F426" t="s">
         <v>3934</v>
       </c>
       <c r="G426" t="s">
         <v>3935</v>
       </c>
       <c r="H426" t="s">
         <v>3936</v>
       </c>
       <c r="I426" t="s">
         <v>3937</v>
       </c>
       <c r="J426" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K426" t="s">
-        <v>170</v>
+        <v>758</v>
       </c>
       <c r="L426" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M426" t="s">
-        <v>171</v>
+        <v>760</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
         <v>3938</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>58240</v>
+        <v>58091</v>
       </c>
       <c r="B427" t="s">
         <v>3939</v>
       </c>
       <c r="C427" t="s">
         <v>3940</v>
       </c>
       <c r="D427" t="s">
         <v>3941</v>
       </c>
       <c r="E427" t="s">
         <v>3942</v>
       </c>
       <c r="F427" t="s">
         <v>3943</v>
       </c>
       <c r="G427" t="s">
         <v>3944</v>
       </c>
       <c r="H427" t="s">
         <v>3945</v>
       </c>
       <c r="I427" t="s">
         <v>3946</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
         <v>3947</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
         <v>3948</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
         <v>3949</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>58259</v>
+        <v>58093</v>
       </c>
       <c r="B428" t="s">
         <v>3950</v>
       </c>
       <c r="C428" t="s">
         <v>3951</v>
       </c>
       <c r="D428" t="s">
         <v>3952</v>
       </c>
       <c r="E428" t="s">
         <v>3953</v>
       </c>
       <c r="F428" t="s">
         <v>3954</v>
       </c>
       <c r="G428" t="s">
         <v>3955</v>
       </c>
       <c r="H428" t="s">
         <v>3956</v>
       </c>
       <c r="I428" t="s">
         <v>3957</v>
       </c>
       <c r="J428" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K428" t="s">
+        <v>2185</v>
+      </c>
+      <c r="L428" t="s">
+        <v>452</v>
+      </c>
+      <c r="M428" t="s">
+        <v>2186</v>
+      </c>
+      <c r="N428" t="s">
+        <v>28</v>
+      </c>
+      <c r="O428" t="s">
         <v>3958</v>
-      </c>
-[...10 lines deleted...]
-        <v>3960</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>64637</v>
+        <v>58120</v>
       </c>
       <c r="B429" t="s">
+        <v>3959</v>
+      </c>
+      <c r="C429" t="s">
+        <v>3960</v>
+      </c>
+      <c r="D429" t="s">
         <v>3961</v>
       </c>
-      <c r="C429" t="s">
+      <c r="E429" t="s">
         <v>3962</v>
       </c>
-      <c r="D429" t="s">
+      <c r="F429" t="s">
         <v>3963</v>
       </c>
-      <c r="E429" t="s">
+      <c r="G429" t="s">
         <v>3964</v>
       </c>
-      <c r="F429" t="s">
+      <c r="H429" t="s">
         <v>3965</v>
       </c>
-      <c r="G429" t="s">
+      <c r="I429" t="s">
         <v>3966</v>
       </c>
-      <c r="H429" t="s">
+      <c r="J429" t="s">
+        <v>24</v>
+      </c>
+      <c r="K429" t="s">
+        <v>25</v>
+      </c>
+      <c r="L429" t="s">
+        <v>26</v>
+      </c>
+      <c r="M429" t="s">
+        <v>27</v>
+      </c>
+      <c r="N429" t="s">
+        <v>28</v>
+      </c>
+      <c r="O429" t="s">
         <v>3967</v>
-      </c>
-[...19 lines deleted...]
-        <v>3969</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>64643</v>
+        <v>58122</v>
       </c>
       <c r="B430" t="s">
+        <v>3968</v>
+      </c>
+      <c r="C430" t="s">
+        <v>3969</v>
+      </c>
+      <c r="D430" t="s">
         <v>3970</v>
       </c>
-      <c r="C430" t="s">
+      <c r="E430" t="s">
         <v>3971</v>
       </c>
-      <c r="D430" t="s">
+      <c r="F430" t="s">
         <v>3972</v>
       </c>
-      <c r="E430" t="s">
+      <c r="G430" t="s">
         <v>3973</v>
       </c>
-      <c r="F430" t="s">
+      <c r="H430" t="s">
         <v>3974</v>
       </c>
-      <c r="G430" t="s">
+      <c r="I430" t="s">
         <v>3975</v>
-      </c>
-[...4 lines deleted...]
-        <v>3977</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
         <v>170</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
         <v>171</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3978</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>64689</v>
+        <v>58125</v>
       </c>
       <c r="B431" t="s">
+        <v>3977</v>
+      </c>
+      <c r="C431" t="s">
+        <v>3978</v>
+      </c>
+      <c r="D431" t="s">
         <v>3979</v>
       </c>
-      <c r="C431" t="s">
+      <c r="E431" t="s">
         <v>3980</v>
       </c>
-      <c r="D431" t="s">
+      <c r="F431" t="s">
         <v>3981</v>
       </c>
-      <c r="E431" t="s">
+      <c r="G431" t="s">
         <v>3982</v>
       </c>
-      <c r="F431" t="s">
+      <c r="H431" t="s">
         <v>3983</v>
       </c>
-      <c r="G431" t="s">
+      <c r="I431" t="s">
         <v>3984</v>
       </c>
-      <c r="H431" t="s">
+      <c r="J431" t="s">
+        <v>24</v>
+      </c>
+      <c r="K431" t="s">
+        <v>3428</v>
+      </c>
+      <c r="L431" t="s">
+        <v>26</v>
+      </c>
+      <c r="M431" t="s">
+        <v>3429</v>
+      </c>
+      <c r="N431" t="s">
+        <v>28</v>
+      </c>
+      <c r="O431" t="s">
         <v>3985</v>
-      </c>
-[...19 lines deleted...]
-        <v>3987</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65000</v>
+        <v>58144</v>
       </c>
       <c r="B432" t="s">
+        <v>3986</v>
+      </c>
+      <c r="C432" t="s">
+        <v>3987</v>
+      </c>
+      <c r="D432" t="s">
         <v>3988</v>
       </c>
-      <c r="C432" t="s">
+      <c r="E432" t="s">
         <v>3989</v>
       </c>
-      <c r="D432" t="s">
+      <c r="F432" t="s">
         <v>3990</v>
       </c>
-      <c r="E432" t="s">
+      <c r="G432" t="s">
         <v>3991</v>
       </c>
-      <c r="F432" t="s">
+      <c r="H432" t="s">
         <v>3992</v>
       </c>
-      <c r="G432" t="s">
+      <c r="I432" t="s">
         <v>3993</v>
-      </c>
-[...4 lines deleted...]
-        <v>3995</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
         <v>25</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
         <v>27</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3996</v>
+        <v>3994</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65001</v>
+        <v>58148</v>
       </c>
       <c r="B433" t="s">
+        <v>3995</v>
+      </c>
+      <c r="C433" t="s">
+        <v>3996</v>
+      </c>
+      <c r="D433" t="s">
         <v>3997</v>
       </c>
-      <c r="C433" t="s">
+      <c r="E433" t="s">
         <v>3998</v>
       </c>
-      <c r="D433" t="s">
+      <c r="F433" t="s">
         <v>3999</v>
       </c>
-      <c r="E433" t="s">
+      <c r="G433" t="s">
         <v>4000</v>
       </c>
-      <c r="F433" t="s">
+      <c r="H433" t="s">
         <v>4001</v>
       </c>
-      <c r="G433" t="s">
+      <c r="I433" t="s">
         <v>4002</v>
       </c>
-      <c r="H433" t="s">
+      <c r="J433" t="s">
+        <v>24</v>
+      </c>
+      <c r="K433" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L433" t="s">
+        <v>26</v>
+      </c>
+      <c r="M433" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N433" t="s">
+        <v>28</v>
+      </c>
+      <c r="O433" t="s">
         <v>4003</v>
-      </c>
-[...19 lines deleted...]
-        <v>4005</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65002</v>
+        <v>58218</v>
       </c>
       <c r="B434" t="s">
+        <v>4004</v>
+      </c>
+      <c r="C434" t="s">
+        <v>4005</v>
+      </c>
+      <c r="D434" t="s">
         <v>4006</v>
       </c>
-      <c r="C434" t="s">
+      <c r="E434" t="s">
         <v>4007</v>
       </c>
-      <c r="D434" t="s">
+      <c r="F434" t="s">
         <v>4008</v>
       </c>
-      <c r="E434" t="s">
+      <c r="G434" t="s">
         <v>4009</v>
       </c>
-      <c r="F434" t="s">
+      <c r="H434" t="s">
         <v>4010</v>
       </c>
-      <c r="G434" t="s">
+      <c r="I434" t="s">
         <v>4011</v>
       </c>
-      <c r="H434" t="s">
+      <c r="J434" t="s">
+        <v>24</v>
+      </c>
+      <c r="K434" t="s">
+        <v>170</v>
+      </c>
+      <c r="L434" t="s">
+        <v>26</v>
+      </c>
+      <c r="M434" t="s">
+        <v>171</v>
+      </c>
+      <c r="N434" t="s">
+        <v>28</v>
+      </c>
+      <c r="O434" t="s">
         <v>4012</v>
-      </c>
-[...19 lines deleted...]
-        <v>4014</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65003</v>
+        <v>58223</v>
       </c>
       <c r="B435" t="s">
+        <v>4013</v>
+      </c>
+      <c r="C435" t="s">
+        <v>4014</v>
+      </c>
+      <c r="D435" t="s">
         <v>4015</v>
       </c>
-      <c r="C435" t="s">
+      <c r="E435" t="s">
         <v>4016</v>
       </c>
-      <c r="D435" t="s">
+      <c r="F435" t="s">
         <v>4017</v>
       </c>
-      <c r="E435" t="s">
+      <c r="G435" t="s">
         <v>4018</v>
       </c>
-      <c r="F435" t="s">
+      <c r="H435" t="s">
         <v>4019</v>
       </c>
-      <c r="G435" t="s">
+      <c r="I435" t="s">
         <v>4020</v>
-      </c>
-[...4 lines deleted...]
-        <v>4022</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
         <v>170</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
         <v>171</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4023</v>
+        <v>4021</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65004</v>
+        <v>58240</v>
       </c>
       <c r="B436" t="s">
+        <v>4022</v>
+      </c>
+      <c r="C436" t="s">
+        <v>4023</v>
+      </c>
+      <c r="D436" t="s">
         <v>4024</v>
       </c>
-      <c r="C436" t="s">
+      <c r="E436" t="s">
         <v>4025</v>
       </c>
-      <c r="D436" t="s">
+      <c r="F436" t="s">
         <v>4026</v>
       </c>
-      <c r="E436" t="s">
+      <c r="G436" t="s">
         <v>4027</v>
       </c>
-      <c r="F436" t="s">
+      <c r="H436" t="s">
         <v>4028</v>
       </c>
-      <c r="G436" t="s">
+      <c r="I436" t="s">
         <v>4029</v>
       </c>
-      <c r="H436" t="s">
+      <c r="J436" t="s">
+        <v>24</v>
+      </c>
+      <c r="K436" t="s">
         <v>4030</v>
       </c>
-      <c r="I436" t="s">
+      <c r="L436" t="s">
+        <v>26</v>
+      </c>
+      <c r="M436" t="s">
         <v>4031</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
         <v>4032</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65005</v>
+        <v>58259</v>
       </c>
       <c r="B437" t="s">
         <v>4033</v>
       </c>
       <c r="C437" t="s">
         <v>4034</v>
       </c>
       <c r="D437" t="s">
         <v>4035</v>
       </c>
       <c r="E437" t="s">
         <v>4036</v>
       </c>
       <c r="F437" t="s">
         <v>4037</v>
       </c>
       <c r="G437" t="s">
         <v>4038</v>
       </c>
       <c r="H437" t="s">
         <v>4039</v>
       </c>
       <c r="I437" t="s">
         <v>4040</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
         <v>4041</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
         <v>4042</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
         <v>4043</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65006</v>
+        <v>64597</v>
       </c>
       <c r="B438" t="s">
         <v>4044</v>
       </c>
       <c r="C438" t="s">
         <v>4045</v>
       </c>
       <c r="D438" t="s">
         <v>4046</v>
       </c>
       <c r="E438" t="s">
         <v>4047</v>
       </c>
       <c r="F438" t="s">
         <v>4048</v>
       </c>
       <c r="G438" t="s">
         <v>4049</v>
       </c>
       <c r="H438" t="s">
         <v>4050</v>
       </c>
       <c r="I438" t="s">
         <v>4051</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
+        <v>1136</v>
+      </c>
+      <c r="L438" t="s">
+        <v>26</v>
+      </c>
+      <c r="M438" t="s">
+        <v>1137</v>
+      </c>
+      <c r="N438" t="s">
+        <v>28</v>
+      </c>
+      <c r="O438" t="s">
         <v>4052</v>
-      </c>
-[...10 lines deleted...]
-        <v>4054</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65007</v>
+        <v>64637</v>
       </c>
       <c r="B439" t="s">
+        <v>4053</v>
+      </c>
+      <c r="C439" t="s">
+        <v>4054</v>
+      </c>
+      <c r="D439" t="s">
         <v>4055</v>
       </c>
-      <c r="C439" t="s">
+      <c r="E439" t="s">
         <v>4056</v>
       </c>
-      <c r="D439" t="s">
+      <c r="F439" t="s">
         <v>4057</v>
       </c>
-      <c r="E439" t="s">
+      <c r="G439" t="s">
         <v>4058</v>
       </c>
-      <c r="F439" t="s">
+      <c r="H439" t="s">
         <v>4059</v>
       </c>
-      <c r="G439" t="s">
+      <c r="I439" t="s">
         <v>4060</v>
       </c>
-      <c r="H439" t="s">
+      <c r="J439" t="s">
+        <v>24</v>
+      </c>
+      <c r="K439" t="s">
+        <v>47</v>
+      </c>
+      <c r="L439" t="s">
+        <v>26</v>
+      </c>
+      <c r="M439" t="s">
+        <v>48</v>
+      </c>
+      <c r="N439" t="s">
+        <v>28</v>
+      </c>
+      <c r="O439" t="s">
         <v>4061</v>
-      </c>
-[...19 lines deleted...]
-        <v>4063</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65008</v>
+        <v>64643</v>
       </c>
       <c r="B440" t="s">
+        <v>4062</v>
+      </c>
+      <c r="C440" t="s">
+        <v>4063</v>
+      </c>
+      <c r="D440" t="s">
         <v>4064</v>
       </c>
-      <c r="C440" t="s">
+      <c r="E440" t="s">
         <v>4065</v>
       </c>
-      <c r="D440" t="s">
+      <c r="F440" t="s">
         <v>4066</v>
       </c>
-      <c r="E440" t="s">
+      <c r="G440" t="s">
         <v>4067</v>
       </c>
-      <c r="F440" t="s">
+      <c r="H440" t="s">
         <v>4068</v>
       </c>
-      <c r="G440" t="s">
+      <c r="I440" t="s">
         <v>4069</v>
-      </c>
-[...4 lines deleted...]
-        <v>4071</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
         <v>170</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
         <v>171</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4072</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65009</v>
+        <v>64689</v>
       </c>
       <c r="B441" t="s">
+        <v>4071</v>
+      </c>
+      <c r="C441" t="s">
+        <v>4072</v>
+      </c>
+      <c r="D441" t="s">
         <v>4073</v>
       </c>
-      <c r="C441" t="s">
+      <c r="E441" t="s">
         <v>4074</v>
       </c>
-      <c r="D441" t="s">
+      <c r="F441" t="s">
         <v>4075</v>
       </c>
-      <c r="E441" t="s">
+      <c r="G441" t="s">
         <v>4076</v>
       </c>
-      <c r="F441" t="s">
+      <c r="H441" t="s">
         <v>4077</v>
       </c>
-      <c r="G441" t="s">
+      <c r="I441" t="s">
         <v>4078</v>
       </c>
-      <c r="H441" t="s">
+      <c r="J441" t="s">
+        <v>24</v>
+      </c>
+      <c r="K441" t="s">
+        <v>59</v>
+      </c>
+      <c r="L441" t="s">
+        <v>26</v>
+      </c>
+      <c r="M441" t="s">
+        <v>61</v>
+      </c>
+      <c r="N441" t="s">
+        <v>28</v>
+      </c>
+      <c r="O441" t="s">
         <v>4079</v>
-      </c>
-[...19 lines deleted...]
-        <v>4081</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65010</v>
+        <v>65000</v>
       </c>
       <c r="B442" t="s">
+        <v>4080</v>
+      </c>
+      <c r="C442" t="s">
+        <v>4081</v>
+      </c>
+      <c r="D442" t="s">
         <v>4082</v>
       </c>
-      <c r="C442" t="s">
+      <c r="E442" t="s">
         <v>4083</v>
       </c>
-      <c r="D442" t="s">
+      <c r="F442" t="s">
         <v>4084</v>
       </c>
-      <c r="E442" t="s">
+      <c r="G442" t="s">
         <v>4085</v>
       </c>
-      <c r="F442" t="s">
+      <c r="H442" t="s">
         <v>4086</v>
       </c>
-      <c r="G442" t="s">
+      <c r="I442" t="s">
         <v>4087</v>
-      </c>
-[...4 lines deleted...]
-        <v>4089</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
         <v>25</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
         <v>27</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4090</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65011</v>
+        <v>65001</v>
       </c>
       <c r="B443" t="s">
+        <v>4089</v>
+      </c>
+      <c r="C443" t="s">
+        <v>4090</v>
+      </c>
+      <c r="D443" t="s">
         <v>4091</v>
       </c>
-      <c r="C443" t="s">
+      <c r="E443" t="s">
         <v>4092</v>
       </c>
-      <c r="D443" t="s">
+      <c r="F443" t="s">
         <v>4093</v>
       </c>
-      <c r="E443" t="s">
+      <c r="G443" t="s">
         <v>4094</v>
       </c>
-      <c r="F443" t="s">
+      <c r="H443" t="s">
         <v>4095</v>
       </c>
-      <c r="G443" t="s">
+      <c r="I443" t="s">
         <v>4096</v>
-      </c>
-[...4 lines deleted...]
-        <v>4098</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
         <v>170</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
         <v>171</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
-        <v>4099</v>
+        <v>4097</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65012</v>
+        <v>65002</v>
       </c>
       <c r="B444" t="s">
+        <v>4098</v>
+      </c>
+      <c r="C444" t="s">
+        <v>4099</v>
+      </c>
+      <c r="D444" t="s">
         <v>4100</v>
       </c>
-      <c r="C444" t="s">
+      <c r="E444" t="s">
         <v>4101</v>
       </c>
-      <c r="D444" t="s">
+      <c r="F444" t="s">
         <v>4102</v>
       </c>
-      <c r="E444" t="s">
+      <c r="G444" t="s">
         <v>4103</v>
       </c>
-      <c r="F444" t="s">
+      <c r="H444" t="s">
         <v>4104</v>
       </c>
-      <c r="G444" t="s">
+      <c r="I444" t="s">
         <v>4105</v>
       </c>
-      <c r="H444" t="s">
+      <c r="J444" t="s">
+        <v>24</v>
+      </c>
+      <c r="K444" t="s">
+        <v>25</v>
+      </c>
+      <c r="L444" t="s">
+        <v>26</v>
+      </c>
+      <c r="M444" t="s">
+        <v>27</v>
+      </c>
+      <c r="N444" t="s">
+        <v>28</v>
+      </c>
+      <c r="O444" t="s">
         <v>4106</v>
-      </c>
-[...19 lines deleted...]
-        <v>4110</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65013</v>
+        <v>65003</v>
       </c>
       <c r="B445" t="s">
+        <v>4107</v>
+      </c>
+      <c r="C445" t="s">
+        <v>4108</v>
+      </c>
+      <c r="D445" t="s">
+        <v>4109</v>
+      </c>
+      <c r="E445" t="s">
+        <v>4110</v>
+      </c>
+      <c r="F445" t="s">
         <v>4111</v>
       </c>
-      <c r="C445" t="s">
+      <c r="G445" t="s">
         <v>4112</v>
       </c>
-      <c r="D445" t="s">
+      <c r="H445" t="s">
         <v>4113</v>
       </c>
-      <c r="E445" t="s">
+      <c r="I445" t="s">
         <v>4114</v>
       </c>
-      <c r="F445" t="s">
+      <c r="J445" t="s">
+        <v>24</v>
+      </c>
+      <c r="K445" t="s">
+        <v>170</v>
+      </c>
+      <c r="L445" t="s">
+        <v>26</v>
+      </c>
+      <c r="M445" t="s">
+        <v>171</v>
+      </c>
+      <c r="N445" t="s">
+        <v>28</v>
+      </c>
+      <c r="O445" t="s">
         <v>4115</v>
-      </c>
-[...25 lines deleted...]
-        <v>4119</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65014</v>
+        <v>65004</v>
       </c>
       <c r="B446" t="s">
+        <v>4116</v>
+      </c>
+      <c r="C446" t="s">
+        <v>4117</v>
+      </c>
+      <c r="D446" t="s">
+        <v>4118</v>
+      </c>
+      <c r="E446" t="s">
+        <v>4119</v>
+      </c>
+      <c r="F446" t="s">
         <v>4120</v>
       </c>
-      <c r="C446" t="s">
+      <c r="G446" t="s">
         <v>4121</v>
       </c>
-      <c r="D446" t="s">
+      <c r="H446" t="s">
         <v>4122</v>
       </c>
-      <c r="E446" t="s">
+      <c r="I446" t="s">
         <v>4123</v>
       </c>
-      <c r="F446" t="s">
+      <c r="J446" t="s">
+        <v>24</v>
+      </c>
+      <c r="K446" t="s">
+        <v>170</v>
+      </c>
+      <c r="L446" t="s">
+        <v>26</v>
+      </c>
+      <c r="M446" t="s">
+        <v>171</v>
+      </c>
+      <c r="N446" t="s">
+        <v>28</v>
+      </c>
+      <c r="O446" t="s">
         <v>4124</v>
-      </c>
-[...25 lines deleted...]
-        <v>4128</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65015</v>
+        <v>65005</v>
       </c>
       <c r="B447" t="s">
+        <v>4125</v>
+      </c>
+      <c r="C447" t="s">
+        <v>4126</v>
+      </c>
+      <c r="D447" t="s">
+        <v>4127</v>
+      </c>
+      <c r="E447" t="s">
+        <v>4128</v>
+      </c>
+      <c r="F447" t="s">
         <v>4129</v>
       </c>
-      <c r="C447" t="s">
+      <c r="G447" t="s">
         <v>4130</v>
       </c>
-      <c r="D447" t="s">
+      <c r="H447" t="s">
         <v>4131</v>
       </c>
-      <c r="E447" t="s">
+      <c r="I447" t="s">
         <v>4132</v>
       </c>
-      <c r="F447" t="s">
+      <c r="J447" t="s">
+        <v>24</v>
+      </c>
+      <c r="K447" t="s">
         <v>4133</v>
       </c>
-      <c r="G447" t="s">
+      <c r="L447" t="s">
+        <v>26</v>
+      </c>
+      <c r="M447" t="s">
         <v>4134</v>
       </c>
-      <c r="H447" t="s">
+      <c r="N447" t="s">
+        <v>28</v>
+      </c>
+      <c r="O447" t="s">
         <v>4135</v>
-      </c>
-[...19 lines deleted...]
-        <v>4137</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65016</v>
+        <v>65006</v>
       </c>
       <c r="B448" t="s">
+        <v>4136</v>
+      </c>
+      <c r="C448" t="s">
+        <v>4137</v>
+      </c>
+      <c r="D448" t="s">
         <v>4138</v>
       </c>
-      <c r="C448" t="s">
+      <c r="E448" t="s">
         <v>4139</v>
       </c>
-      <c r="D448" t="s">
+      <c r="F448" t="s">
         <v>4140</v>
       </c>
-      <c r="E448" t="s">
+      <c r="G448" t="s">
         <v>4141</v>
       </c>
-      <c r="F448" t="s">
+      <c r="H448" t="s">
         <v>4142</v>
       </c>
-      <c r="G448" t="s">
+      <c r="I448" t="s">
         <v>4143</v>
       </c>
-      <c r="H448" t="s">
+      <c r="J448" t="s">
+        <v>24</v>
+      </c>
+      <c r="K448" t="s">
         <v>4144</v>
       </c>
-      <c r="I448" t="s">
+      <c r="L448" t="s">
+        <v>26</v>
+      </c>
+      <c r="M448" t="s">
         <v>4145</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
         <v>4146</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65017</v>
+        <v>65007</v>
       </c>
       <c r="B449" t="s">
         <v>4147</v>
       </c>
       <c r="C449" t="s">
         <v>4148</v>
       </c>
       <c r="D449" t="s">
         <v>4149</v>
       </c>
       <c r="E449" t="s">
         <v>4150</v>
       </c>
       <c r="F449" t="s">
         <v>4151</v>
       </c>
       <c r="G449" t="s">
         <v>4152</v>
       </c>
       <c r="H449" t="s">
         <v>4153</v>
       </c>
       <c r="I449" t="s">
         <v>4154</v>
       </c>
       <c r="J449" t="s">
         <v>24</v>
       </c>
       <c r="K449" t="s">
+        <v>25</v>
+      </c>
+      <c r="L449" t="s">
+        <v>26</v>
+      </c>
+      <c r="M449" t="s">
+        <v>27</v>
+      </c>
+      <c r="N449" t="s">
+        <v>28</v>
+      </c>
+      <c r="O449" t="s">
         <v>4155</v>
-      </c>
-[...10 lines deleted...]
-        <v>4157</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65018</v>
+        <v>65008</v>
       </c>
       <c r="B450" t="s">
+        <v>4156</v>
+      </c>
+      <c r="C450" t="s">
+        <v>4157</v>
+      </c>
+      <c r="D450" t="s">
         <v>4158</v>
       </c>
-      <c r="C450" t="s">
+      <c r="E450" t="s">
         <v>4159</v>
       </c>
-      <c r="D450" t="s">
+      <c r="F450" t="s">
         <v>4160</v>
       </c>
-      <c r="E450" t="s">
+      <c r="G450" t="s">
         <v>4161</v>
       </c>
-      <c r="F450" t="s">
+      <c r="H450" t="s">
         <v>4162</v>
       </c>
-      <c r="G450" t="s">
+      <c r="I450" t="s">
         <v>4163</v>
       </c>
-      <c r="H450" t="s">
+      <c r="J450" t="s">
+        <v>24</v>
+      </c>
+      <c r="K450" t="s">
+        <v>170</v>
+      </c>
+      <c r="L450" t="s">
+        <v>26</v>
+      </c>
+      <c r="M450" t="s">
+        <v>171</v>
+      </c>
+      <c r="N450" t="s">
+        <v>28</v>
+      </c>
+      <c r="O450" t="s">
         <v>4164</v>
-      </c>
-[...19 lines deleted...]
-        <v>4168</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65019</v>
+        <v>65009</v>
       </c>
       <c r="B451" t="s">
+        <v>4165</v>
+      </c>
+      <c r="C451" t="s">
+        <v>4166</v>
+      </c>
+      <c r="D451" t="s">
+        <v>4167</v>
+      </c>
+      <c r="E451" t="s">
+        <v>4168</v>
+      </c>
+      <c r="F451" t="s">
         <v>4169</v>
       </c>
-      <c r="C451" t="s">
+      <c r="G451" t="s">
         <v>4170</v>
       </c>
-      <c r="D451" t="s">
+      <c r="H451" t="s">
         <v>4171</v>
       </c>
-      <c r="E451" t="s">
+      <c r="I451" t="s">
         <v>4172</v>
-      </c>
-[...10 lines deleted...]
-        <v>4176</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
         <v>170</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
         <v>171</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4177</v>
+        <v>4173</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65020</v>
+        <v>65010</v>
       </c>
       <c r="B452" t="s">
+        <v>4174</v>
+      </c>
+      <c r="C452" t="s">
+        <v>4175</v>
+      </c>
+      <c r="D452" t="s">
+        <v>4176</v>
+      </c>
+      <c r="E452" t="s">
+        <v>4177</v>
+      </c>
+      <c r="F452" t="s">
         <v>4178</v>
       </c>
-      <c r="C452" t="s">
+      <c r="G452" t="s">
         <v>4179</v>
       </c>
-      <c r="D452" t="s">
+      <c r="H452" t="s">
         <v>4180</v>
       </c>
-      <c r="E452" t="s">
+      <c r="I452" t="s">
         <v>4181</v>
       </c>
-      <c r="F452" t="s">
+      <c r="J452" t="s">
+        <v>24</v>
+      </c>
+      <c r="K452" t="s">
+        <v>25</v>
+      </c>
+      <c r="L452" t="s">
+        <v>26</v>
+      </c>
+      <c r="M452" t="s">
+        <v>27</v>
+      </c>
+      <c r="N452" t="s">
+        <v>28</v>
+      </c>
+      <c r="O452" t="s">
         <v>4182</v>
-      </c>
-[...25 lines deleted...]
-        <v>4188</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65021</v>
+        <v>65011</v>
       </c>
       <c r="B453" t="s">
+        <v>4183</v>
+      </c>
+      <c r="C453" t="s">
+        <v>4184</v>
+      </c>
+      <c r="D453" t="s">
+        <v>4185</v>
+      </c>
+      <c r="E453" t="s">
+        <v>4186</v>
+      </c>
+      <c r="F453" t="s">
+        <v>4187</v>
+      </c>
+      <c r="G453" t="s">
+        <v>4188</v>
+      </c>
+      <c r="H453" t="s">
         <v>4189</v>
       </c>
-      <c r="C453" t="s">
+      <c r="I453" t="s">
         <v>4190</v>
       </c>
-      <c r="D453" t="s">
+      <c r="J453" t="s">
+        <v>24</v>
+      </c>
+      <c r="K453" t="s">
+        <v>170</v>
+      </c>
+      <c r="L453" t="s">
+        <v>26</v>
+      </c>
+      <c r="M453" t="s">
+        <v>171</v>
+      </c>
+      <c r="N453" t="s">
+        <v>28</v>
+      </c>
+      <c r="O453" t="s">
         <v>4191</v>
-      </c>
-[...31 lines deleted...]
-        <v>4197</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65022</v>
+        <v>65012</v>
       </c>
       <c r="B454" t="s">
+        <v>4192</v>
+      </c>
+      <c r="C454" t="s">
+        <v>4193</v>
+      </c>
+      <c r="D454" t="s">
+        <v>4194</v>
+      </c>
+      <c r="E454" t="s">
+        <v>4195</v>
+      </c>
+      <c r="F454" t="s">
+        <v>4196</v>
+      </c>
+      <c r="G454" t="s">
+        <v>4197</v>
+      </c>
+      <c r="H454" t="s">
         <v>4198</v>
       </c>
-      <c r="C454" t="s">
+      <c r="I454" t="s">
         <v>4199</v>
       </c>
-      <c r="D454" t="s">
+      <c r="J454" t="s">
+        <v>24</v>
+      </c>
+      <c r="K454" t="s">
         <v>4200</v>
       </c>
-      <c r="E454" t="s">
+      <c r="L454" t="s">
+        <v>26</v>
+      </c>
+      <c r="M454" t="s">
         <v>4201</v>
       </c>
-      <c r="F454" t="s">
+      <c r="N454" t="s">
+        <v>28</v>
+      </c>
+      <c r="O454" t="s">
         <v>4202</v>
-      </c>
-[...25 lines deleted...]
-        <v>4206</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65023</v>
+        <v>65013</v>
       </c>
       <c r="B455" t="s">
+        <v>4203</v>
+      </c>
+      <c r="C455" t="s">
+        <v>4204</v>
+      </c>
+      <c r="D455" t="s">
+        <v>4205</v>
+      </c>
+      <c r="E455" t="s">
+        <v>4206</v>
+      </c>
+      <c r="F455" t="s">
         <v>4207</v>
       </c>
-      <c r="C455" t="s">
+      <c r="G455" t="s">
         <v>4208</v>
       </c>
-      <c r="D455" t="s">
+      <c r="H455" t="s">
         <v>4209</v>
       </c>
-      <c r="E455" t="s">
+      <c r="I455" t="s">
         <v>4210</v>
-      </c>
-[...10 lines deleted...]
-        <v>4214</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
         <v>25</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
         <v>27</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4215</v>
+        <v>4211</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65025</v>
+        <v>65014</v>
       </c>
       <c r="B456" t="s">
+        <v>4212</v>
+      </c>
+      <c r="C456" t="s">
+        <v>4213</v>
+      </c>
+      <c r="D456" t="s">
+        <v>4214</v>
+      </c>
+      <c r="E456" t="s">
+        <v>4215</v>
+      </c>
+      <c r="F456" t="s">
         <v>4216</v>
       </c>
-      <c r="C456" t="s">
+      <c r="G456" t="s">
         <v>4217</v>
       </c>
-      <c r="D456" t="s">
+      <c r="H456" t="s">
         <v>4218</v>
       </c>
-      <c r="E456" t="s">
+      <c r="I456" t="s">
         <v>4219</v>
       </c>
-      <c r="F456" t="s">
+      <c r="J456" t="s">
+        <v>450</v>
+      </c>
+      <c r="K456" t="s">
+        <v>690</v>
+      </c>
+      <c r="L456" t="s">
+        <v>452</v>
+      </c>
+      <c r="M456" t="s">
+        <v>691</v>
+      </c>
+      <c r="N456" t="s">
+        <v>28</v>
+      </c>
+      <c r="O456" t="s">
         <v>4220</v>
-      </c>
-[...25 lines deleted...]
-        <v>4224</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65026</v>
+        <v>65015</v>
       </c>
       <c r="B457" t="s">
+        <v>4221</v>
+      </c>
+      <c r="C457" t="s">
+        <v>4222</v>
+      </c>
+      <c r="D457" t="s">
+        <v>4223</v>
+      </c>
+      <c r="E457" t="s">
+        <v>4224</v>
+      </c>
+      <c r="F457" t="s">
         <v>4225</v>
       </c>
-      <c r="C457" t="s">
+      <c r="G457" t="s">
         <v>4226</v>
       </c>
-      <c r="D457" t="s">
+      <c r="H457" t="s">
         <v>4227</v>
       </c>
-      <c r="E457" t="s">
+      <c r="I457" t="s">
         <v>4228</v>
       </c>
-      <c r="F457" t="s">
+      <c r="J457" t="s">
+        <v>24</v>
+      </c>
+      <c r="K457" t="s">
+        <v>170</v>
+      </c>
+      <c r="L457" t="s">
+        <v>26</v>
+      </c>
+      <c r="M457" t="s">
+        <v>171</v>
+      </c>
+      <c r="N457" t="s">
+        <v>28</v>
+      </c>
+      <c r="O457" t="s">
         <v>4229</v>
-      </c>
-[...25 lines deleted...]
-        <v>4233</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65027</v>
+        <v>65016</v>
       </c>
       <c r="B458" t="s">
+        <v>4230</v>
+      </c>
+      <c r="C458" t="s">
+        <v>4231</v>
+      </c>
+      <c r="D458" t="s">
+        <v>4232</v>
+      </c>
+      <c r="E458" t="s">
+        <v>4233</v>
+      </c>
+      <c r="F458" t="s">
         <v>4234</v>
       </c>
-      <c r="C458" t="s">
+      <c r="G458" t="s">
         <v>4235</v>
       </c>
-      <c r="D458" t="s">
+      <c r="H458" t="s">
         <v>4236</v>
       </c>
-      <c r="E458" t="s">
+      <c r="I458" t="s">
         <v>4237</v>
       </c>
-      <c r="F458" t="s">
+      <c r="J458" t="s">
+        <v>24</v>
+      </c>
+      <c r="K458" t="s">
+        <v>25</v>
+      </c>
+      <c r="L458" t="s">
+        <v>26</v>
+      </c>
+      <c r="M458" t="s">
+        <v>27</v>
+      </c>
+      <c r="N458" t="s">
+        <v>28</v>
+      </c>
+      <c r="O458" t="s">
         <v>4238</v>
-      </c>
-[...25 lines deleted...]
-        <v>4242</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65028</v>
+        <v>65017</v>
       </c>
       <c r="B459" t="s">
+        <v>4239</v>
+      </c>
+      <c r="C459" t="s">
+        <v>4240</v>
+      </c>
+      <c r="D459" t="s">
+        <v>4241</v>
+      </c>
+      <c r="E459" t="s">
+        <v>4242</v>
+      </c>
+      <c r="F459" t="s">
         <v>4243</v>
       </c>
-      <c r="C459" t="s">
+      <c r="G459" t="s">
         <v>4244</v>
       </c>
-      <c r="D459" t="s">
+      <c r="H459" t="s">
         <v>4245</v>
       </c>
-      <c r="E459" t="s">
+      <c r="I459" t="s">
         <v>4246</v>
       </c>
-      <c r="F459" t="s">
+      <c r="J459" t="s">
+        <v>24</v>
+      </c>
+      <c r="K459" t="s">
         <v>4247</v>
       </c>
-      <c r="G459" t="s">
+      <c r="L459" t="s">
+        <v>26</v>
+      </c>
+      <c r="M459" t="s">
         <v>4248</v>
       </c>
-      <c r="H459" t="s">
+      <c r="N459" t="s">
+        <v>28</v>
+      </c>
+      <c r="O459" t="s">
         <v>4249</v>
-      </c>
-[...19 lines deleted...]
-        <v>4251</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65030</v>
+        <v>65018</v>
       </c>
       <c r="B460" t="s">
+        <v>4250</v>
+      </c>
+      <c r="C460" t="s">
+        <v>4251</v>
+      </c>
+      <c r="D460" t="s">
         <v>4252</v>
       </c>
-      <c r="C460" t="s">
+      <c r="E460" t="s">
         <v>4253</v>
       </c>
-      <c r="D460" t="s">
+      <c r="F460" t="s">
         <v>4254</v>
       </c>
-      <c r="E460" t="s">
+      <c r="G460" t="s">
         <v>4255</v>
       </c>
-      <c r="F460" t="s">
+      <c r="H460" t="s">
         <v>4256</v>
       </c>
-      <c r="G460" t="s">
+      <c r="I460" t="s">
         <v>4257</v>
       </c>
-      <c r="H460" t="s">
+      <c r="J460" t="s">
+        <v>24</v>
+      </c>
+      <c r="K460" t="s">
         <v>4258</v>
       </c>
-      <c r="I460" t="s">
+      <c r="L460" t="s">
+        <v>26</v>
+      </c>
+      <c r="M460" t="s">
         <v>4259</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
         <v>4260</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65031</v>
+        <v>65019</v>
       </c>
       <c r="B461" t="s">
         <v>4261</v>
       </c>
       <c r="C461" t="s">
         <v>4262</v>
       </c>
       <c r="D461" t="s">
         <v>4263</v>
       </c>
       <c r="E461" t="s">
         <v>4264</v>
       </c>
       <c r="F461" t="s">
         <v>4265</v>
       </c>
       <c r="G461" t="s">
         <v>4266</v>
       </c>
       <c r="H461" t="s">
         <v>4267</v>
       </c>
       <c r="I461" t="s">
         <v>4268</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
         <v>4269</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65032</v>
+        <v>65020</v>
       </c>
       <c r="B462" t="s">
         <v>4270</v>
       </c>
       <c r="C462" t="s">
         <v>4271</v>
       </c>
       <c r="D462" t="s">
         <v>4272</v>
       </c>
       <c r="E462" t="s">
         <v>4273</v>
       </c>
       <c r="F462" t="s">
         <v>4274</v>
       </c>
       <c r="G462" t="s">
         <v>4275</v>
       </c>
       <c r="H462" t="s">
         <v>4276</v>
       </c>
       <c r="I462" t="s">
         <v>4277</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
-        <v>170</v>
+        <v>4278</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
-        <v>171</v>
+        <v>4279</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4278</v>
+        <v>4280</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65033</v>
+        <v>65021</v>
       </c>
       <c r="B463" t="s">
-        <v>4279</v>
+        <v>4281</v>
       </c>
       <c r="C463" t="s">
-        <v>4280</v>
+        <v>4282</v>
       </c>
       <c r="D463" t="s">
-        <v>4281</v>
+        <v>4283</v>
       </c>
       <c r="E463" t="s">
-        <v>4282</v>
+        <v>4284</v>
       </c>
       <c r="F463" t="s">
-        <v>4283</v>
+        <v>4285</v>
       </c>
       <c r="G463" t="s">
-        <v>4284</v>
+        <v>4286</v>
       </c>
       <c r="H463" t="s">
-        <v>4285</v>
+        <v>4287</v>
       </c>
       <c r="I463" t="s">
-        <v>4286</v>
+        <v>4288</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
-        <v>4287</v>
+        <v>25</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463" t="s">
-        <v>4288</v>
+        <v>27</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
         <v>4289</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65034</v>
+        <v>65022</v>
       </c>
       <c r="B464" t="s">
         <v>4290</v>
       </c>
       <c r="C464" t="s">
         <v>4291</v>
       </c>
       <c r="D464" t="s">
         <v>4292</v>
       </c>
       <c r="E464" t="s">
         <v>4293</v>
       </c>
       <c r="F464" t="s">
         <v>4294</v>
       </c>
       <c r="G464" t="s">
         <v>4295</v>
       </c>
       <c r="H464" t="s">
         <v>4296</v>
       </c>
       <c r="I464" t="s">
         <v>4297</v>
       </c>
       <c r="J464" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K464" t="s">
-        <v>580</v>
+        <v>25</v>
       </c>
       <c r="L464" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M464" t="s">
-        <v>581</v>
+        <v>27</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
         <v>4298</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65035</v>
+        <v>65023</v>
       </c>
       <c r="B465" t="s">
         <v>4299</v>
       </c>
       <c r="C465" t="s">
         <v>4300</v>
       </c>
       <c r="D465" t="s">
         <v>4301</v>
       </c>
       <c r="E465" t="s">
         <v>4302</v>
       </c>
       <c r="F465" t="s">
         <v>4303</v>
       </c>
       <c r="G465" t="s">
         <v>4304</v>
       </c>
       <c r="H465" t="s">
         <v>4305</v>
       </c>
       <c r="I465" t="s">
         <v>4306</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
         <v>25</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
         <v>27</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
         <v>4307</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65036</v>
+        <v>65025</v>
       </c>
       <c r="B466" t="s">
         <v>4308</v>
       </c>
       <c r="C466" t="s">
         <v>4309</v>
       </c>
       <c r="D466" t="s">
         <v>4310</v>
       </c>
       <c r="E466" t="s">
         <v>4311</v>
       </c>
       <c r="F466" t="s">
         <v>4312</v>
       </c>
       <c r="G466" t="s">
         <v>4313</v>
       </c>
       <c r="H466" t="s">
         <v>4314</v>
       </c>
       <c r="I466" t="s">
         <v>4315</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
         <v>25</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
         <v>27</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
         <v>4316</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65037</v>
+        <v>65026</v>
       </c>
       <c r="B467" t="s">
         <v>4317</v>
       </c>
       <c r="C467" t="s">
         <v>4318</v>
       </c>
       <c r="D467" t="s">
         <v>4319</v>
       </c>
       <c r="E467" t="s">
         <v>4320</v>
       </c>
       <c r="F467" t="s">
         <v>4321</v>
       </c>
       <c r="G467" t="s">
         <v>4322</v>
       </c>
       <c r="H467" t="s">
         <v>4323</v>
       </c>
       <c r="I467" t="s">
         <v>4324</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
         <v>25</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
         <v>27</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
         <v>4325</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65038</v>
+        <v>65027</v>
       </c>
       <c r="B468" t="s">
         <v>4326</v>
       </c>
       <c r="C468" t="s">
         <v>4327</v>
       </c>
       <c r="D468" t="s">
         <v>4328</v>
       </c>
       <c r="E468" t="s">
         <v>4329</v>
       </c>
       <c r="F468" t="s">
         <v>4330</v>
       </c>
       <c r="G468" t="s">
         <v>4331</v>
       </c>
       <c r="H468" t="s">
         <v>4332</v>
       </c>
       <c r="I468" t="s">
         <v>4333</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
-        <v>170</v>
+        <v>690</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
-        <v>171</v>
+        <v>691</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
         <v>4334</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65039</v>
+        <v>65028</v>
       </c>
       <c r="B469" t="s">
         <v>4335</v>
       </c>
       <c r="C469" t="s">
         <v>4336</v>
       </c>
       <c r="D469" t="s">
         <v>4337</v>
       </c>
       <c r="E469" t="s">
         <v>4338</v>
       </c>
       <c r="F469" t="s">
         <v>4339</v>
       </c>
       <c r="G469" t="s">
         <v>4340</v>
       </c>
       <c r="H469" t="s">
         <v>4341</v>
       </c>
       <c r="I469" t="s">
         <v>4342</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
         <v>4343</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65040</v>
+        <v>65030</v>
       </c>
       <c r="B470" t="s">
         <v>4344</v>
       </c>
       <c r="C470" t="s">
         <v>4345</v>
       </c>
       <c r="D470" t="s">
         <v>4346</v>
       </c>
       <c r="E470" t="s">
         <v>4347</v>
       </c>
       <c r="F470" t="s">
         <v>4348</v>
       </c>
       <c r="G470" t="s">
         <v>4349</v>
       </c>
       <c r="H470" t="s">
         <v>4350</v>
       </c>
       <c r="I470" t="s">
         <v>4351</v>
       </c>
       <c r="J470" t="s">
         <v>24</v>
       </c>
       <c r="K470" t="s">
-        <v>1478</v>
+        <v>25</v>
       </c>
       <c r="L470" t="s">
         <v>26</v>
       </c>
       <c r="M470" t="s">
-        <v>1480</v>
+        <v>27</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
         <v>4352</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65043</v>
+        <v>65031</v>
       </c>
       <c r="B471" t="s">
         <v>4353</v>
       </c>
       <c r="C471" t="s">
         <v>4354</v>
       </c>
       <c r="D471" t="s">
         <v>4355</v>
       </c>
       <c r="E471" t="s">
         <v>4356</v>
       </c>
       <c r="F471" t="s">
         <v>4357</v>
       </c>
       <c r="G471" t="s">
         <v>4358</v>
       </c>
       <c r="H471" t="s">
         <v>4359</v>
       </c>
       <c r="I471" t="s">
         <v>4360</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
         <v>25</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
         <v>27</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
         <v>4361</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65044</v>
+        <v>65032</v>
       </c>
       <c r="B472" t="s">
         <v>4362</v>
       </c>
       <c r="C472" t="s">
         <v>4363</v>
       </c>
       <c r="D472" t="s">
         <v>4364</v>
       </c>
       <c r="E472" t="s">
         <v>4365</v>
       </c>
       <c r="F472" t="s">
         <v>4366</v>
       </c>
       <c r="G472" t="s">
         <v>4367</v>
       </c>
       <c r="H472" t="s">
         <v>4368</v>
       </c>
       <c r="I472" t="s">
         <v>4369</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
       <c r="M472" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
         <v>4370</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65045</v>
+        <v>65033</v>
       </c>
       <c r="B473" t="s">
         <v>4371</v>
       </c>
       <c r="C473" t="s">
         <v>4372</v>
       </c>
       <c r="D473" t="s">
         <v>4373</v>
       </c>
       <c r="E473" t="s">
         <v>4374</v>
       </c>
       <c r="F473" t="s">
         <v>4375</v>
       </c>
       <c r="G473" t="s">
         <v>4376</v>
       </c>
       <c r="H473" t="s">
         <v>4377</v>
       </c>
       <c r="I473" t="s">
         <v>4378</v>
       </c>
       <c r="J473" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="K473" t="s">
         <v>4379</v>
       </c>
       <c r="L473" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="M473" t="s">
         <v>4380</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
         <v>4381</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65046</v>
+        <v>65034</v>
       </c>
       <c r="B474" t="s">
         <v>4382</v>
       </c>
       <c r="C474" t="s">
         <v>4383</v>
       </c>
       <c r="D474" t="s">
         <v>4384</v>
       </c>
       <c r="E474" t="s">
         <v>4385</v>
       </c>
       <c r="F474" t="s">
         <v>4386</v>
       </c>
       <c r="G474" t="s">
         <v>4387</v>
       </c>
       <c r="H474" t="s">
         <v>4388</v>
       </c>
       <c r="I474" t="s">
         <v>4389</v>
       </c>
       <c r="J474" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K474" t="s">
-        <v>47</v>
+        <v>580</v>
       </c>
       <c r="L474" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M474" t="s">
-        <v>48</v>
+        <v>581</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
         <v>4390</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65047</v>
+        <v>65035</v>
       </c>
       <c r="B475" t="s">
         <v>4391</v>
       </c>
       <c r="C475" t="s">
         <v>4392</v>
       </c>
       <c r="D475" t="s">
         <v>4393</v>
       </c>
       <c r="E475" t="s">
         <v>4394</v>
       </c>
       <c r="F475" t="s">
         <v>4395</v>
       </c>
       <c r="G475" t="s">
         <v>4396</v>
       </c>
       <c r="H475" t="s">
         <v>4397</v>
       </c>
       <c r="I475" t="s">
         <v>4398</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
-        <v>4379</v>
+        <v>25</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
-        <v>4380</v>
+        <v>27</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
         <v>4399</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65049</v>
+        <v>65036</v>
       </c>
       <c r="B476" t="s">
         <v>4400</v>
       </c>
       <c r="C476" t="s">
         <v>4401</v>
       </c>
       <c r="D476" t="s">
         <v>4402</v>
       </c>
       <c r="E476" t="s">
         <v>4403</v>
       </c>
       <c r="F476" t="s">
         <v>4404</v>
       </c>
       <c r="G476" t="s">
         <v>4405</v>
       </c>
       <c r="H476" t="s">
         <v>4406</v>
       </c>
       <c r="I476" t="s">
         <v>4407</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
         <v>4408</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65050</v>
+        <v>65037</v>
       </c>
       <c r="B477" t="s">
         <v>4409</v>
       </c>
       <c r="C477" t="s">
         <v>4410</v>
       </c>
       <c r="D477" t="s">
         <v>4411</v>
       </c>
       <c r="E477" t="s">
         <v>4412</v>
       </c>
       <c r="F477" t="s">
         <v>4413</v>
       </c>
       <c r="G477" t="s">
         <v>4414</v>
       </c>
       <c r="H477" t="s">
         <v>4415</v>
       </c>
       <c r="I477" t="s">
         <v>4416</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
         <v>25</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
         <v>27</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
         <v>4417</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65051</v>
+        <v>65038</v>
       </c>
       <c r="B478" t="s">
         <v>4418</v>
       </c>
       <c r="C478" t="s">
         <v>4419</v>
       </c>
       <c r="D478" t="s">
         <v>4420</v>
       </c>
       <c r="E478" t="s">
         <v>4421</v>
       </c>
       <c r="F478" t="s">
         <v>4422</v>
       </c>
       <c r="G478" t="s">
         <v>4423</v>
       </c>
       <c r="H478" t="s">
         <v>4424</v>
       </c>
       <c r="I478" t="s">
         <v>4425</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
-        <v>746</v>
+        <v>170</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
-        <v>747</v>
+        <v>171</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
         <v>4426</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65053</v>
+        <v>65039</v>
       </c>
       <c r="B479" t="s">
         <v>4427</v>
       </c>
       <c r="C479" t="s">
         <v>4428</v>
       </c>
       <c r="D479" t="s">
         <v>4429</v>
       </c>
       <c r="E479" t="s">
         <v>4430</v>
       </c>
       <c r="F479" t="s">
         <v>4431</v>
       </c>
       <c r="G479" t="s">
         <v>4432</v>
       </c>
       <c r="H479" t="s">
         <v>4433</v>
       </c>
       <c r="I479" t="s">
         <v>4434</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
         <v>170</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
         <v>171</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
         <v>4435</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65054</v>
+        <v>65040</v>
       </c>
       <c r="B480" t="s">
         <v>4436</v>
       </c>
       <c r="C480" t="s">
         <v>4437</v>
       </c>
       <c r="D480" t="s">
         <v>4438</v>
       </c>
       <c r="E480" t="s">
         <v>4439</v>
       </c>
       <c r="F480" t="s">
         <v>4440</v>
       </c>
       <c r="G480" t="s">
         <v>4441</v>
       </c>
       <c r="H480" t="s">
         <v>4442</v>
       </c>
       <c r="I480" t="s">
         <v>4443</v>
       </c>
       <c r="J480" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K480" t="s">
-        <v>208</v>
+        <v>1478</v>
       </c>
       <c r="L480" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M480" t="s">
-        <v>209</v>
+        <v>1480</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
         <v>4444</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65055</v>
+        <v>65043</v>
       </c>
       <c r="B481" t="s">
         <v>4445</v>
       </c>
       <c r="C481" t="s">
         <v>4446</v>
       </c>
       <c r="D481" t="s">
         <v>4447</v>
       </c>
       <c r="E481" t="s">
         <v>4448</v>
       </c>
       <c r="F481" t="s">
         <v>4449</v>
       </c>
       <c r="G481" t="s">
         <v>4450</v>
       </c>
       <c r="H481" t="s">
         <v>4451</v>
       </c>
       <c r="I481" t="s">
         <v>4452</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
-        <v>580</v>
+        <v>25</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
-        <v>581</v>
+        <v>27</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
         <v>4453</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65057</v>
+        <v>65044</v>
       </c>
       <c r="B482" t="s">
         <v>4454</v>
       </c>
       <c r="C482" t="s">
         <v>4455</v>
       </c>
       <c r="D482" t="s">
         <v>4456</v>
       </c>
       <c r="E482" t="s">
         <v>4457</v>
       </c>
       <c r="F482" t="s">
         <v>4458</v>
       </c>
       <c r="G482" t="s">
         <v>4459</v>
       </c>
       <c r="H482" t="s">
         <v>4460</v>
       </c>
       <c r="I482" t="s">
         <v>4461</v>
       </c>
       <c r="J482" t="s">
         <v>24</v>
       </c>
       <c r="K482" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L482" t="s">
         <v>26</v>
       </c>
       <c r="M482" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N482" t="s">
         <v>28</v>
       </c>
       <c r="O482" t="s">
         <v>4462</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65058</v>
+        <v>65045</v>
       </c>
       <c r="B483" t="s">
         <v>4463</v>
       </c>
       <c r="C483" t="s">
         <v>4464</v>
       </c>
       <c r="D483" t="s">
         <v>4465</v>
       </c>
       <c r="E483" t="s">
         <v>4466</v>
       </c>
       <c r="F483" t="s">
         <v>4467</v>
       </c>
       <c r="G483" t="s">
         <v>4468</v>
       </c>
       <c r="H483" t="s">
         <v>4469</v>
       </c>
       <c r="I483" t="s">
         <v>4470</v>
       </c>
       <c r="J483" t="s">
-        <v>450</v>
+        <v>58</v>
       </c>
       <c r="K483" t="s">
-        <v>690</v>
+        <v>4471</v>
       </c>
       <c r="L483" t="s">
-        <v>452</v>
+        <v>60</v>
       </c>
       <c r="M483" t="s">
-        <v>691</v>
+        <v>4472</v>
       </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
-        <v>4471</v>
+        <v>4473</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65059</v>
+        <v>65046</v>
       </c>
       <c r="B484" t="s">
-        <v>4472</v>
+        <v>4474</v>
       </c>
       <c r="C484" t="s">
-        <v>4473</v>
+        <v>4475</v>
       </c>
       <c r="D484" t="s">
-        <v>4474</v>
+        <v>4476</v>
       </c>
       <c r="E484" t="s">
-        <v>4475</v>
+        <v>4477</v>
       </c>
       <c r="F484" t="s">
-        <v>4476</v>
+        <v>4478</v>
       </c>
       <c r="G484" t="s">
-        <v>4477</v>
+        <v>4479</v>
       </c>
       <c r="H484" t="s">
-        <v>4478</v>
+        <v>4480</v>
       </c>
       <c r="I484" t="s">
-        <v>4479</v>
+        <v>4481</v>
       </c>
       <c r="J484" t="s">
         <v>24</v>
       </c>
       <c r="K484" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L484" t="s">
         <v>26</v>
       </c>
       <c r="M484" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
-        <v>4480</v>
+        <v>4482</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65060</v>
+        <v>65047</v>
       </c>
       <c r="B485" t="s">
-        <v>4481</v>
+        <v>4483</v>
       </c>
       <c r="C485" t="s">
-        <v>4482</v>
+        <v>4484</v>
       </c>
       <c r="D485" t="s">
-        <v>4483</v>
+        <v>4485</v>
       </c>
       <c r="E485" t="s">
-        <v>4484</v>
+        <v>4486</v>
       </c>
       <c r="F485" t="s">
-        <v>4485</v>
+        <v>4487</v>
       </c>
       <c r="G485" t="s">
-        <v>4486</v>
+        <v>4488</v>
       </c>
       <c r="H485" t="s">
-        <v>4487</v>
+        <v>4489</v>
       </c>
       <c r="I485" t="s">
-        <v>4488</v>
+        <v>4490</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
-        <v>47</v>
+        <v>4471</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
-        <v>48</v>
+        <v>4472</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
-        <v>4489</v>
+        <v>4491</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65061</v>
+        <v>65049</v>
       </c>
       <c r="B486" t="s">
-        <v>4490</v>
+        <v>4492</v>
       </c>
       <c r="C486" t="s">
-        <v>4491</v>
+        <v>4493</v>
       </c>
       <c r="D486" t="s">
-        <v>4492</v>
+        <v>4494</v>
       </c>
       <c r="E486" t="s">
-        <v>4493</v>
+        <v>4495</v>
       </c>
       <c r="F486" t="s">
-        <v>4494</v>
+        <v>4496</v>
       </c>
       <c r="G486" t="s">
-        <v>4495</v>
+        <v>4497</v>
       </c>
       <c r="H486" t="s">
-        <v>4496</v>
+        <v>4498</v>
       </c>
       <c r="I486" t="s">
-        <v>4497</v>
+        <v>4499</v>
       </c>
       <c r="J486" t="s">
         <v>24</v>
       </c>
       <c r="K486" t="s">
-        <v>1478</v>
+        <v>59</v>
       </c>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486" t="s">
-        <v>1480</v>
+        <v>61</v>
       </c>
       <c r="N486" t="s">
         <v>28</v>
       </c>
       <c r="O486" t="s">
-        <v>4498</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65062</v>
+        <v>65050</v>
       </c>
       <c r="B487" t="s">
-        <v>4499</v>
+        <v>4501</v>
       </c>
       <c r="C487" t="s">
-        <v>4500</v>
+        <v>4502</v>
       </c>
       <c r="D487" t="s">
-        <v>4501</v>
+        <v>4503</v>
       </c>
       <c r="E487" t="s">
-        <v>4502</v>
+        <v>4504</v>
       </c>
       <c r="F487" t="s">
-        <v>4503</v>
+        <v>4505</v>
       </c>
       <c r="G487" t="s">
-        <v>4504</v>
+        <v>4506</v>
       </c>
       <c r="H487" t="s">
-        <v>4505</v>
+        <v>4507</v>
       </c>
       <c r="I487" t="s">
-        <v>4506</v>
+        <v>4508</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
         <v>25</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
         <v>27</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
-        <v>4507</v>
+        <v>4509</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65063</v>
+        <v>65051</v>
       </c>
       <c r="B488" t="s">
-        <v>4508</v>
+        <v>4510</v>
       </c>
       <c r="C488" t="s">
-        <v>4509</v>
+        <v>4511</v>
       </c>
       <c r="D488" t="s">
-        <v>4510</v>
+        <v>4512</v>
       </c>
       <c r="E488" t="s">
-        <v>4511</v>
+        <v>4513</v>
       </c>
       <c r="F488" t="s">
-        <v>4512</v>
+        <v>4514</v>
       </c>
       <c r="G488" t="s">
-        <v>4513</v>
+        <v>4515</v>
       </c>
       <c r="H488" t="s">
-        <v>4514</v>
+        <v>4516</v>
       </c>
       <c r="I488" t="s">
-        <v>4515</v>
+        <v>4517</v>
       </c>
       <c r="J488" t="s">
         <v>24</v>
       </c>
       <c r="K488" t="s">
-        <v>1071</v>
+        <v>746</v>
       </c>
       <c r="L488" t="s">
         <v>26</v>
       </c>
       <c r="M488" t="s">
-        <v>1072</v>
+        <v>747</v>
       </c>
       <c r="N488" t="s">
         <v>28</v>
       </c>
       <c r="O488" t="s">
-        <v>4516</v>
+        <v>4518</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65068</v>
+        <v>65053</v>
       </c>
       <c r="B489" t="s">
-        <v>4517</v>
+        <v>4519</v>
       </c>
       <c r="C489" t="s">
-        <v>4518</v>
+        <v>4520</v>
       </c>
       <c r="D489" t="s">
-        <v>4519</v>
+        <v>4521</v>
       </c>
       <c r="E489" t="s">
-        <v>4520</v>
+        <v>4522</v>
       </c>
       <c r="F489" t="s">
-        <v>4521</v>
+        <v>4523</v>
       </c>
       <c r="G489" t="s">
-        <v>4522</v>
+        <v>4524</v>
       </c>
       <c r="H489" t="s">
-        <v>4523</v>
+        <v>4525</v>
       </c>
       <c r="I489" t="s">
-        <v>4524</v>
+        <v>4526</v>
       </c>
       <c r="J489" t="s">
         <v>24</v>
       </c>
       <c r="K489" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N489" t="s">
         <v>28</v>
       </c>
       <c r="O489" t="s">
-        <v>4525</v>
+        <v>4527</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65069</v>
+        <v>65054</v>
       </c>
       <c r="B490" t="s">
-        <v>4526</v>
+        <v>4528</v>
       </c>
       <c r="C490" t="s">
-        <v>4527</v>
+        <v>4529</v>
       </c>
       <c r="D490" t="s">
-        <v>4528</v>
+        <v>4530</v>
       </c>
       <c r="E490" t="s">
-        <v>4529</v>
+        <v>4531</v>
       </c>
       <c r="F490" t="s">
-        <v>4530</v>
+        <v>4532</v>
       </c>
       <c r="G490" t="s">
-        <v>4531</v>
+        <v>4533</v>
       </c>
       <c r="H490" t="s">
-        <v>4532</v>
+        <v>4534</v>
       </c>
       <c r="I490" t="s">
-        <v>4533</v>
+        <v>4535</v>
       </c>
       <c r="J490" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K490" t="s">
-        <v>170</v>
+        <v>208</v>
       </c>
       <c r="L490" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M490" t="s">
-        <v>171</v>
+        <v>209</v>
       </c>
       <c r="N490" t="s">
         <v>28</v>
       </c>
       <c r="O490" t="s">
-        <v>4534</v>
+        <v>4536</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65071</v>
+        <v>65055</v>
       </c>
       <c r="B491" t="s">
-        <v>4535</v>
+        <v>4537</v>
       </c>
       <c r="C491" t="s">
-        <v>4536</v>
+        <v>4538</v>
       </c>
       <c r="D491" t="s">
-        <v>4537</v>
+        <v>4539</v>
       </c>
       <c r="E491" t="s">
-        <v>4538</v>
+        <v>4540</v>
       </c>
       <c r="F491" t="s">
-        <v>4539</v>
+        <v>4541</v>
       </c>
       <c r="G491" t="s">
-        <v>4540</v>
+        <v>4542</v>
       </c>
       <c r="H491" t="s">
-        <v>4541</v>
+        <v>4543</v>
       </c>
       <c r="I491" t="s">
-        <v>4542</v>
+        <v>4544</v>
       </c>
       <c r="J491" t="s">
         <v>24</v>
       </c>
       <c r="K491" t="s">
-        <v>25</v>
+        <v>580</v>
       </c>
       <c r="L491" t="s">
         <v>26</v>
       </c>
       <c r="M491" t="s">
-        <v>27</v>
+        <v>581</v>
       </c>
       <c r="N491" t="s">
         <v>28</v>
       </c>
       <c r="O491" t="s">
-        <v>4543</v>
+        <v>4545</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65073</v>
+        <v>65057</v>
       </c>
       <c r="B492" t="s">
-        <v>4544</v>
+        <v>4546</v>
       </c>
       <c r="C492" t="s">
-        <v>4545</v>
+        <v>4547</v>
       </c>
       <c r="D492" t="s">
-        <v>4546</v>
+        <v>4548</v>
       </c>
       <c r="E492" t="s">
-        <v>4547</v>
+        <v>4549</v>
       </c>
       <c r="F492" t="s">
-        <v>4548</v>
+        <v>4550</v>
       </c>
       <c r="G492" t="s">
-        <v>4549</v>
+        <v>4551</v>
       </c>
       <c r="H492" t="s">
-        <v>4550</v>
+        <v>4552</v>
       </c>
       <c r="I492" t="s">
-        <v>4551</v>
+        <v>4553</v>
       </c>
       <c r="J492" t="s">
         <v>24</v>
       </c>
       <c r="K492" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L492" t="s">
         <v>26</v>
       </c>
       <c r="M492" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N492" t="s">
         <v>28</v>
       </c>
       <c r="O492" t="s">
-        <v>4552</v>
+        <v>4554</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65074</v>
+        <v>65058</v>
       </c>
       <c r="B493" t="s">
-        <v>4553</v>
+        <v>4555</v>
       </c>
       <c r="C493" t="s">
-        <v>4554</v>
+        <v>4556</v>
       </c>
       <c r="D493" t="s">
-        <v>4555</v>
+        <v>4557</v>
       </c>
       <c r="E493" t="s">
-        <v>4556</v>
+        <v>4558</v>
       </c>
       <c r="F493" t="s">
-        <v>4557</v>
+        <v>4559</v>
       </c>
       <c r="G493" t="s">
-        <v>4558</v>
+        <v>4560</v>
       </c>
       <c r="H493" t="s">
-        <v>4559</v>
+        <v>4561</v>
       </c>
       <c r="I493" t="s">
-        <v>4560</v>
+        <v>4562</v>
       </c>
       <c r="J493" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K493" t="s">
-        <v>4561</v>
+        <v>690</v>
       </c>
       <c r="L493" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M493" t="s">
-        <v>4562</v>
+        <v>691</v>
       </c>
       <c r="N493" t="s">
         <v>28</v>
       </c>
       <c r="O493" t="s">
         <v>4563</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65075</v>
+        <v>65059</v>
       </c>
       <c r="B494" t="s">
         <v>4564</v>
       </c>
       <c r="C494" t="s">
         <v>4565</v>
       </c>
       <c r="D494" t="s">
         <v>4566</v>
       </c>
       <c r="E494" t="s">
         <v>4567</v>
       </c>
       <c r="F494" t="s">
         <v>4568</v>
       </c>
       <c r="G494" t="s">
         <v>4569</v>
       </c>
       <c r="H494" t="s">
         <v>4570</v>
       </c>
       <c r="I494" t="s">
         <v>4571</v>
       </c>
       <c r="J494" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K494" t="s">
-        <v>4287</v>
+        <v>170</v>
       </c>
       <c r="L494" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M494" t="s">
-        <v>4288</v>
+        <v>171</v>
       </c>
       <c r="N494" t="s">
         <v>28</v>
       </c>
       <c r="O494" t="s">
         <v>4572</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>65076</v>
+        <v>65060</v>
       </c>
       <c r="B495" t="s">
         <v>4573</v>
       </c>
       <c r="C495" t="s">
         <v>4574</v>
       </c>
       <c r="D495" t="s">
         <v>4575</v>
       </c>
       <c r="E495" t="s">
         <v>4576</v>
       </c>
       <c r="F495" t="s">
         <v>4577</v>
       </c>
       <c r="G495" t="s">
         <v>4578</v>
       </c>
       <c r="H495" t="s">
         <v>4579</v>
       </c>
       <c r="I495" t="s">
         <v>4580</v>
       </c>
       <c r="J495" t="s">
         <v>24</v>
       </c>
       <c r="K495" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L495" t="s">
         <v>26</v>
       </c>
       <c r="M495" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N495" t="s">
         <v>28</v>
       </c>
       <c r="O495" t="s">
         <v>4581</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>65077</v>
+        <v>65061</v>
       </c>
       <c r="B496" t="s">
         <v>4582</v>
       </c>
       <c r="C496" t="s">
         <v>4583</v>
       </c>
       <c r="D496" t="s">
         <v>4584</v>
       </c>
       <c r="E496" t="s">
         <v>4585</v>
       </c>
       <c r="F496" t="s">
         <v>4586</v>
       </c>
       <c r="G496" t="s">
         <v>4587</v>
       </c>
       <c r="H496" t="s">
         <v>4588</v>
       </c>
       <c r="I496" t="s">
         <v>4589</v>
       </c>
       <c r="J496" t="s">
         <v>24</v>
       </c>
       <c r="K496" t="s">
-        <v>746</v>
+        <v>1478</v>
       </c>
       <c r="L496" t="s">
         <v>26</v>
       </c>
       <c r="M496" t="s">
-        <v>747</v>
+        <v>1480</v>
       </c>
       <c r="N496" t="s">
         <v>28</v>
       </c>
       <c r="O496" t="s">
         <v>4590</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>65080</v>
+        <v>65062</v>
       </c>
       <c r="B497" t="s">
         <v>4591</v>
       </c>
       <c r="C497" t="s">
         <v>4592</v>
       </c>
       <c r="D497" t="s">
         <v>4593</v>
       </c>
       <c r="E497" t="s">
         <v>4594</v>
       </c>
       <c r="F497" t="s">
         <v>4595</v>
       </c>
       <c r="G497" t="s">
         <v>4596</v>
       </c>
       <c r="H497" t="s">
         <v>4597</v>
       </c>
       <c r="I497" t="s">
         <v>4598</v>
       </c>
       <c r="J497" t="s">
         <v>24</v>
       </c>
       <c r="K497" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L497" t="s">
         <v>26</v>
       </c>
       <c r="M497" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N497" t="s">
         <v>28</v>
       </c>
       <c r="O497" t="s">
         <v>4599</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>65081</v>
+        <v>65063</v>
       </c>
       <c r="B498" t="s">
         <v>4600</v>
       </c>
       <c r="C498" t="s">
         <v>4601</v>
       </c>
       <c r="D498" t="s">
         <v>4602</v>
       </c>
       <c r="E498" t="s">
         <v>4603</v>
       </c>
       <c r="F498" t="s">
         <v>4604</v>
       </c>
       <c r="G498" t="s">
         <v>4605</v>
       </c>
       <c r="H498" t="s">
         <v>4606</v>
       </c>
       <c r="I498" t="s">
         <v>4607</v>
       </c>
       <c r="J498" t="s">
         <v>24</v>
       </c>
       <c r="K498" t="s">
-        <v>47</v>
+        <v>1071</v>
       </c>
       <c r="L498" t="s">
         <v>26</v>
       </c>
       <c r="M498" t="s">
-        <v>48</v>
+        <v>1072</v>
       </c>
       <c r="N498" t="s">
         <v>28</v>
       </c>
       <c r="O498" t="s">
         <v>4608</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>65082</v>
+        <v>65068</v>
       </c>
       <c r="B499" t="s">
         <v>4609</v>
       </c>
       <c r="C499" t="s">
         <v>4610</v>
       </c>
       <c r="D499" t="s">
         <v>4611</v>
       </c>
       <c r="E499" t="s">
         <v>4612</v>
       </c>
       <c r="F499" t="s">
         <v>4613</v>
       </c>
       <c r="G499" t="s">
         <v>4614</v>
       </c>
       <c r="H499" t="s">
         <v>4615</v>
       </c>
       <c r="I499" t="s">
         <v>4616</v>
       </c>
       <c r="J499" t="s">
         <v>24</v>
       </c>
       <c r="K499" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L499" t="s">
         <v>26</v>
       </c>
       <c r="M499" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N499" t="s">
         <v>28</v>
       </c>
       <c r="O499" t="s">
         <v>4617</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>65083</v>
+        <v>65069</v>
       </c>
       <c r="B500" t="s">
         <v>4618</v>
       </c>
       <c r="C500" t="s">
         <v>4619</v>
       </c>
       <c r="D500" t="s">
         <v>4620</v>
       </c>
       <c r="E500" t="s">
         <v>4621</v>
       </c>
       <c r="F500" t="s">
         <v>4622</v>
       </c>
       <c r="G500" t="s">
         <v>4623</v>
       </c>
       <c r="H500" t="s">
         <v>4624</v>
       </c>
       <c r="I500" t="s">
         <v>4625</v>
       </c>
       <c r="J500" t="s">
         <v>24</v>
       </c>
       <c r="K500" t="s">
         <v>170</v>
       </c>
       <c r="L500" t="s">
         <v>26</v>
       </c>
       <c r="M500" t="s">
         <v>171</v>
       </c>
       <c r="N500" t="s">
         <v>28</v>
       </c>
       <c r="O500" t="s">
         <v>4626</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>65084</v>
+        <v>65071</v>
       </c>
       <c r="B501" t="s">
         <v>4627</v>
       </c>
       <c r="C501" t="s">
         <v>4628</v>
       </c>
       <c r="D501" t="s">
         <v>4629</v>
       </c>
       <c r="E501" t="s">
         <v>4630</v>
       </c>
       <c r="F501" t="s">
         <v>4631</v>
       </c>
       <c r="G501" t="s">
         <v>4632</v>
       </c>
       <c r="H501" t="s">
         <v>4633</v>
       </c>
       <c r="I501" t="s">
         <v>4634</v>
       </c>
       <c r="J501" t="s">
         <v>24</v>
       </c>
       <c r="K501" t="s">
         <v>25</v>
       </c>
       <c r="L501" t="s">
         <v>26</v>
       </c>
       <c r="M501" t="s">
         <v>27</v>
       </c>
       <c r="N501" t="s">
         <v>28</v>
       </c>
       <c r="O501" t="s">
         <v>4635</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>65085</v>
+        <v>65073</v>
       </c>
       <c r="B502" t="s">
         <v>4636</v>
       </c>
       <c r="C502" t="s">
         <v>4637</v>
       </c>
       <c r="D502" t="s">
         <v>4638</v>
       </c>
       <c r="E502" t="s">
         <v>4639</v>
       </c>
       <c r="F502" t="s">
         <v>4640</v>
       </c>
       <c r="G502" t="s">
         <v>4641</v>
       </c>
       <c r="H502" t="s">
         <v>4642</v>
       </c>
       <c r="I502" t="s">
         <v>4643</v>
       </c>
       <c r="J502" t="s">
         <v>24</v>
       </c>
       <c r="K502" t="s">
-        <v>580</v>
+        <v>25</v>
       </c>
       <c r="L502" t="s">
         <v>26</v>
       </c>
       <c r="M502" t="s">
-        <v>581</v>
+        <v>27</v>
       </c>
       <c r="N502" t="s">
         <v>28</v>
       </c>
       <c r="O502" t="s">
         <v>4644</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>65086</v>
+        <v>65074</v>
       </c>
       <c r="B503" t="s">
         <v>4645</v>
       </c>
       <c r="C503" t="s">
         <v>4646</v>
       </c>
       <c r="D503" t="s">
         <v>4647</v>
       </c>
       <c r="E503" t="s">
         <v>4648</v>
       </c>
       <c r="F503" t="s">
         <v>4649</v>
       </c>
       <c r="G503" t="s">
         <v>4650</v>
       </c>
       <c r="H503" t="s">
         <v>4651</v>
       </c>
       <c r="I503" t="s">
         <v>4652</v>
       </c>
       <c r="J503" t="s">
         <v>24</v>
       </c>
       <c r="K503" t="s">
-        <v>170</v>
+        <v>4653</v>
       </c>
       <c r="L503" t="s">
         <v>26</v>
       </c>
       <c r="M503" t="s">
-        <v>171</v>
+        <v>4654</v>
       </c>
       <c r="N503" t="s">
         <v>28</v>
       </c>
       <c r="O503" t="s">
-        <v>4653</v>
+        <v>4655</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>65087</v>
+        <v>65075</v>
       </c>
       <c r="B504" t="s">
-        <v>4654</v>
+        <v>4656</v>
       </c>
       <c r="C504" t="s">
-        <v>4655</v>
+        <v>4657</v>
       </c>
       <c r="D504" t="s">
-        <v>4656</v>
+        <v>4658</v>
       </c>
       <c r="E504" t="s">
-        <v>4657</v>
+        <v>4659</v>
       </c>
       <c r="F504" t="s">
-        <v>4658</v>
+        <v>4660</v>
       </c>
       <c r="G504" t="s">
-        <v>4659</v>
+        <v>4661</v>
       </c>
       <c r="H504" t="s">
-        <v>4660</v>
+        <v>4662</v>
       </c>
       <c r="I504" t="s">
-        <v>4661</v>
+        <v>4663</v>
       </c>
       <c r="J504" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K504" t="s">
-        <v>170</v>
+        <v>4379</v>
       </c>
       <c r="L504" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M504" t="s">
-        <v>171</v>
+        <v>4380</v>
       </c>
       <c r="N504" t="s">
         <v>28</v>
       </c>
       <c r="O504" t="s">
-        <v>4662</v>
+        <v>4664</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>65088</v>
+        <v>65076</v>
       </c>
       <c r="B505" t="s">
-        <v>4663</v>
+        <v>4665</v>
       </c>
       <c r="C505" t="s">
-        <v>4664</v>
+        <v>4666</v>
       </c>
       <c r="D505" t="s">
-        <v>4665</v>
+        <v>4667</v>
       </c>
       <c r="E505" t="s">
-        <v>4666</v>
+        <v>4668</v>
       </c>
       <c r="F505" t="s">
-        <v>4667</v>
+        <v>4669</v>
       </c>
       <c r="G505" t="s">
-        <v>4668</v>
+        <v>4670</v>
       </c>
       <c r="H505" t="s">
-        <v>4669</v>
+        <v>4671</v>
       </c>
       <c r="I505" t="s">
-        <v>4670</v>
+        <v>4672</v>
       </c>
       <c r="J505" t="s">
         <v>24</v>
       </c>
       <c r="K505" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L505" t="s">
         <v>26</v>
       </c>
       <c r="M505" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N505" t="s">
         <v>28</v>
       </c>
       <c r="O505" t="s">
-        <v>4671</v>
+        <v>4673</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>65089</v>
+        <v>65077</v>
       </c>
       <c r="B506" t="s">
-        <v>4672</v>
+        <v>4674</v>
       </c>
       <c r="C506" t="s">
-        <v>4673</v>
+        <v>4675</v>
       </c>
       <c r="D506" t="s">
-        <v>4674</v>
+        <v>4676</v>
       </c>
       <c r="E506" t="s">
-        <v>4675</v>
+        <v>4677</v>
       </c>
       <c r="F506" t="s">
-        <v>4676</v>
+        <v>4678</v>
       </c>
       <c r="G506" t="s">
-        <v>4677</v>
+        <v>4679</v>
       </c>
       <c r="H506" t="s">
-        <v>4678</v>
+        <v>4680</v>
       </c>
       <c r="I506" t="s">
-        <v>4679</v>
+        <v>4681</v>
       </c>
       <c r="J506" t="s">
         <v>24</v>
       </c>
       <c r="K506" t="s">
-        <v>25</v>
+        <v>746</v>
       </c>
       <c r="L506" t="s">
         <v>26</v>
       </c>
       <c r="M506" t="s">
-        <v>27</v>
+        <v>747</v>
       </c>
       <c r="N506" t="s">
         <v>28</v>
       </c>
       <c r="O506" t="s">
-        <v>4680</v>
+        <v>4682</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>65090</v>
+        <v>65080</v>
       </c>
       <c r="B507" t="s">
-        <v>4681</v>
+        <v>4683</v>
       </c>
       <c r="C507" t="s">
-        <v>4682</v>
+        <v>4684</v>
       </c>
       <c r="D507" t="s">
-        <v>4683</v>
+        <v>4685</v>
       </c>
       <c r="E507" t="s">
-        <v>4684</v>
+        <v>4686</v>
       </c>
       <c r="F507" t="s">
-        <v>4685</v>
+        <v>4687</v>
       </c>
       <c r="G507" t="s">
-        <v>4686</v>
+        <v>4688</v>
       </c>
       <c r="H507" t="s">
-        <v>4687</v>
+        <v>4689</v>
       </c>
       <c r="I507" t="s">
-        <v>4688</v>
+        <v>4690</v>
       </c>
       <c r="J507" t="s">
         <v>24</v>
       </c>
       <c r="K507" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L507" t="s">
         <v>26</v>
       </c>
       <c r="M507" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N507" t="s">
         <v>28</v>
       </c>
       <c r="O507" t="s">
-        <v>4689</v>
+        <v>4691</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>65091</v>
+        <v>65081</v>
       </c>
       <c r="B508" t="s">
-        <v>4690</v>
+        <v>4692</v>
       </c>
       <c r="C508" t="s">
-        <v>4691</v>
+        <v>4693</v>
       </c>
       <c r="D508" t="s">
-        <v>4692</v>
+        <v>4694</v>
       </c>
       <c r="E508" t="s">
-        <v>4693</v>
+        <v>4695</v>
       </c>
       <c r="F508" t="s">
-        <v>4694</v>
+        <v>4696</v>
       </c>
       <c r="G508" t="s">
-        <v>4695</v>
+        <v>4697</v>
       </c>
       <c r="H508" t="s">
-        <v>4696</v>
+        <v>4698</v>
       </c>
       <c r="I508" t="s">
-        <v>4697</v>
+        <v>4699</v>
       </c>
       <c r="J508" t="s">
         <v>24</v>
       </c>
       <c r="K508" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L508" t="s">
         <v>26</v>
       </c>
       <c r="M508" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N508" t="s">
         <v>28</v>
       </c>
       <c r="O508" t="s">
-        <v>4698</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>65092</v>
+        <v>65082</v>
       </c>
       <c r="B509" t="s">
-        <v>4699</v>
+        <v>4701</v>
       </c>
       <c r="C509" t="s">
-        <v>4700</v>
+        <v>4702</v>
       </c>
       <c r="D509" t="s">
-        <v>4701</v>
+        <v>4703</v>
       </c>
       <c r="E509" t="s">
-        <v>4702</v>
+        <v>4704</v>
       </c>
       <c r="F509" t="s">
-        <v>4703</v>
+        <v>4705</v>
       </c>
       <c r="G509" t="s">
-        <v>4704</v>
+        <v>4706</v>
       </c>
       <c r="H509" t="s">
-        <v>4705</v>
+        <v>4707</v>
       </c>
       <c r="I509" t="s">
-        <v>4706</v>
+        <v>4708</v>
       </c>
       <c r="J509" t="s">
         <v>24</v>
       </c>
       <c r="K509" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L509" t="s">
         <v>26</v>
       </c>
       <c r="M509" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N509" t="s">
         <v>28</v>
       </c>
       <c r="O509" t="s">
-        <v>4707</v>
+        <v>4709</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>65093</v>
+        <v>65083</v>
       </c>
       <c r="B510" t="s">
-        <v>4708</v>
+        <v>4710</v>
       </c>
       <c r="C510" t="s">
-        <v>4709</v>
+        <v>4711</v>
       </c>
       <c r="D510" t="s">
-        <v>4710</v>
+        <v>4712</v>
       </c>
       <c r="E510" t="s">
-        <v>4711</v>
+        <v>4713</v>
       </c>
       <c r="F510" t="s">
-        <v>4712</v>
+        <v>4714</v>
       </c>
       <c r="G510" t="s">
-        <v>4713</v>
+        <v>4715</v>
       </c>
       <c r="H510" t="s">
-        <v>4714</v>
+        <v>4716</v>
       </c>
       <c r="I510" t="s">
-        <v>4715</v>
+        <v>4717</v>
       </c>
       <c r="J510" t="s">
         <v>24</v>
       </c>
       <c r="K510" t="s">
         <v>170</v>
       </c>
       <c r="L510" t="s">
         <v>26</v>
       </c>
       <c r="M510" t="s">
         <v>171</v>
       </c>
       <c r="N510" t="s">
         <v>28</v>
       </c>
       <c r="O510" t="s">
-        <v>4716</v>
+        <v>4718</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>65094</v>
+        <v>65084</v>
       </c>
       <c r="B511" t="s">
-        <v>4717</v>
+        <v>4719</v>
       </c>
       <c r="C511" t="s">
-        <v>4718</v>
+        <v>4720</v>
       </c>
       <c r="D511" t="s">
-        <v>4719</v>
+        <v>4721</v>
       </c>
       <c r="E511" t="s">
-        <v>4720</v>
+        <v>4722</v>
       </c>
       <c r="F511" t="s">
-        <v>4721</v>
+        <v>4723</v>
       </c>
       <c r="G511" t="s">
-        <v>4722</v>
+        <v>4724</v>
       </c>
       <c r="H511" t="s">
-        <v>4723</v>
+        <v>4725</v>
       </c>
       <c r="I511" t="s">
-        <v>4724</v>
+        <v>4726</v>
       </c>
       <c r="J511" t="s">
         <v>24</v>
       </c>
       <c r="K511" t="s">
-        <v>4725</v>
+        <v>25</v>
       </c>
       <c r="L511" t="s">
         <v>26</v>
       </c>
       <c r="M511" t="s">
-        <v>4726</v>
+        <v>27</v>
       </c>
       <c r="N511" t="s">
         <v>28</v>
       </c>
       <c r="O511" t="s">
         <v>4727</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>65095</v>
+        <v>65085</v>
       </c>
       <c r="B512" t="s">
         <v>4728</v>
       </c>
       <c r="C512" t="s">
         <v>4729</v>
       </c>
       <c r="D512" t="s">
         <v>4730</v>
       </c>
       <c r="E512" t="s">
         <v>4731</v>
       </c>
       <c r="F512" t="s">
         <v>4732</v>
       </c>
       <c r="G512" t="s">
         <v>4733</v>
       </c>
       <c r="H512" t="s">
         <v>4734</v>
       </c>
       <c r="I512" t="s">
         <v>4735</v>
       </c>
       <c r="J512" t="s">
         <v>24</v>
       </c>
       <c r="K512" t="s">
-        <v>746</v>
+        <v>580</v>
       </c>
       <c r="L512" t="s">
         <v>26</v>
       </c>
       <c r="M512" t="s">
-        <v>747</v>
+        <v>581</v>
       </c>
       <c r="N512" t="s">
         <v>28</v>
       </c>
       <c r="O512" t="s">
         <v>4736</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>65096</v>
+        <v>65086</v>
       </c>
       <c r="B513" t="s">
         <v>4737</v>
       </c>
       <c r="C513" t="s">
         <v>4738</v>
       </c>
       <c r="D513" t="s">
         <v>4739</v>
       </c>
       <c r="E513" t="s">
         <v>4740</v>
       </c>
       <c r="F513" t="s">
         <v>4741</v>
       </c>
       <c r="G513" t="s">
         <v>4742</v>
       </c>
       <c r="H513" t="s">
         <v>4743</v>
       </c>
       <c r="I513" t="s">
         <v>4744</v>
       </c>
       <c r="J513" t="s">
         <v>24</v>
       </c>
       <c r="K513" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L513" t="s">
         <v>26</v>
       </c>
       <c r="M513" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N513" t="s">
         <v>28</v>
       </c>
       <c r="O513" t="s">
         <v>4745</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>65097</v>
+        <v>65087</v>
       </c>
       <c r="B514" t="s">
         <v>4746</v>
       </c>
       <c r="C514" t="s">
         <v>4747</v>
       </c>
       <c r="D514" t="s">
         <v>4748</v>
       </c>
       <c r="E514" t="s">
         <v>4749</v>
       </c>
       <c r="F514" t="s">
         <v>4750</v>
       </c>
       <c r="G514" t="s">
         <v>4751</v>
       </c>
       <c r="H514" t="s">
         <v>4752</v>
       </c>
       <c r="I514" t="s">
         <v>4753</v>
       </c>
       <c r="J514" t="s">
         <v>24</v>
       </c>
       <c r="K514" t="s">
         <v>170</v>
       </c>
       <c r="L514" t="s">
         <v>26</v>
       </c>
       <c r="M514" t="s">
         <v>171</v>
       </c>
       <c r="N514" t="s">
         <v>28</v>
       </c>
       <c r="O514" t="s">
         <v>4754</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>65098</v>
+        <v>65088</v>
       </c>
       <c r="B515" t="s">
         <v>4755</v>
       </c>
       <c r="C515" t="s">
         <v>4756</v>
       </c>
       <c r="D515" t="s">
         <v>4757</v>
       </c>
       <c r="E515" t="s">
         <v>4758</v>
       </c>
       <c r="F515" t="s">
         <v>4759</v>
       </c>
       <c r="G515" t="s">
         <v>4760</v>
       </c>
       <c r="H515" t="s">
         <v>4761</v>
       </c>
       <c r="I515" t="s">
         <v>4762</v>
       </c>
       <c r="J515" t="s">
         <v>24</v>
       </c>
       <c r="K515" t="s">
         <v>25</v>
       </c>
       <c r="L515" t="s">
         <v>26</v>
       </c>
       <c r="M515" t="s">
         <v>27</v>
       </c>
       <c r="N515" t="s">
         <v>28</v>
       </c>
       <c r="O515" t="s">
         <v>4763</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>65099</v>
+        <v>65089</v>
       </c>
       <c r="B516" t="s">
         <v>4764</v>
       </c>
       <c r="C516" t="s">
         <v>4765</v>
       </c>
       <c r="D516" t="s">
         <v>4766</v>
       </c>
       <c r="E516" t="s">
         <v>4767</v>
       </c>
       <c r="F516" t="s">
         <v>4768</v>
       </c>
       <c r="G516" t="s">
         <v>4769</v>
       </c>
       <c r="H516" t="s">
         <v>4770</v>
       </c>
       <c r="I516" t="s">
         <v>4771</v>
       </c>
       <c r="J516" t="s">
         <v>24</v>
       </c>
       <c r="K516" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L516" t="s">
         <v>26</v>
       </c>
       <c r="M516" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N516" t="s">
         <v>28</v>
       </c>
       <c r="O516" t="s">
         <v>4772</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>65100</v>
+        <v>65090</v>
       </c>
       <c r="B517" t="s">
         <v>4773</v>
       </c>
       <c r="C517" t="s">
         <v>4774</v>
       </c>
       <c r="D517" t="s">
         <v>4775</v>
       </c>
       <c r="E517" t="s">
         <v>4776</v>
       </c>
       <c r="F517" t="s">
         <v>4777</v>
       </c>
       <c r="G517" t="s">
         <v>4778</v>
       </c>
       <c r="H517" t="s">
         <v>4779</v>
       </c>
       <c r="I517" t="s">
         <v>4780</v>
       </c>
       <c r="J517" t="s">
         <v>24</v>
       </c>
       <c r="K517" t="s">
-        <v>4155</v>
+        <v>25</v>
       </c>
       <c r="L517" t="s">
         <v>26</v>
       </c>
       <c r="M517" t="s">
-        <v>4156</v>
+        <v>27</v>
       </c>
       <c r="N517" t="s">
         <v>28</v>
       </c>
       <c r="O517" t="s">
         <v>4781</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>65101</v>
+        <v>65091</v>
       </c>
       <c r="B518" t="s">
         <v>4782</v>
       </c>
       <c r="C518" t="s">
         <v>4783</v>
       </c>
       <c r="D518" t="s">
         <v>4784</v>
       </c>
       <c r="E518" t="s">
         <v>4785</v>
       </c>
       <c r="F518" t="s">
         <v>4786</v>
       </c>
       <c r="G518" t="s">
         <v>4787</v>
       </c>
       <c r="H518" t="s">
         <v>4788</v>
       </c>
       <c r="I518" t="s">
         <v>4789</v>
       </c>
       <c r="J518" t="s">
         <v>24</v>
       </c>
       <c r="K518" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L518" t="s">
         <v>26</v>
       </c>
       <c r="M518" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N518" t="s">
         <v>28</v>
       </c>
       <c r="O518" t="s">
         <v>4790</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
-        <v>65102</v>
+        <v>65092</v>
       </c>
       <c r="B519" t="s">
         <v>4791</v>
       </c>
       <c r="C519" t="s">
         <v>4792</v>
       </c>
       <c r="D519" t="s">
         <v>4793</v>
       </c>
       <c r="E519" t="s">
         <v>4794</v>
       </c>
       <c r="F519" t="s">
         <v>4795</v>
       </c>
       <c r="G519" t="s">
         <v>4796</v>
       </c>
       <c r="H519" t="s">
         <v>4797</v>
       </c>
       <c r="I519" t="s">
         <v>4798</v>
       </c>
       <c r="J519" t="s">
         <v>24</v>
       </c>
       <c r="K519" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L519" t="s">
         <v>26</v>
       </c>
       <c r="M519" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N519" t="s">
         <v>28</v>
       </c>
       <c r="O519" t="s">
         <v>4799</v>
       </c>
     </row>
     <row r="520" spans="1:15">
       <c r="A520">
-        <v>65104</v>
+        <v>65093</v>
       </c>
       <c r="B520" t="s">
         <v>4800</v>
       </c>
       <c r="C520" t="s">
         <v>4801</v>
       </c>
       <c r="D520" t="s">
         <v>4802</v>
       </c>
       <c r="E520" t="s">
         <v>4803</v>
       </c>
       <c r="F520" t="s">
         <v>4804</v>
       </c>
       <c r="G520" t="s">
         <v>4805</v>
       </c>
       <c r="H520" t="s">
         <v>4806</v>
       </c>
       <c r="I520" t="s">
         <v>4807</v>
       </c>
       <c r="J520" t="s">
         <v>24</v>
       </c>
       <c r="K520" t="s">
-        <v>2537</v>
+        <v>170</v>
       </c>
       <c r="L520" t="s">
         <v>26</v>
       </c>
       <c r="M520" t="s">
-        <v>2538</v>
+        <v>171</v>
       </c>
       <c r="N520" t="s">
         <v>28</v>
       </c>
       <c r="O520" t="s">
         <v>4808</v>
       </c>
     </row>
     <row r="521" spans="1:15">
       <c r="A521">
-        <v>65105</v>
+        <v>65094</v>
       </c>
       <c r="B521" t="s">
         <v>4809</v>
       </c>
       <c r="C521" t="s">
         <v>4810</v>
       </c>
       <c r="D521" t="s">
         <v>4811</v>
       </c>
       <c r="E521" t="s">
         <v>4812</v>
       </c>
       <c r="F521" t="s">
         <v>4813</v>
       </c>
       <c r="G521" t="s">
         <v>4814</v>
       </c>
       <c r="H521" t="s">
         <v>4815</v>
       </c>
       <c r="I521" t="s">
         <v>4816</v>
       </c>
       <c r="J521" t="s">
         <v>24</v>
       </c>
       <c r="K521" t="s">
-        <v>170</v>
+        <v>4817</v>
       </c>
       <c r="L521" t="s">
         <v>26</v>
       </c>
       <c r="M521" t="s">
-        <v>171</v>
+        <v>4818</v>
       </c>
       <c r="N521" t="s">
         <v>28</v>
       </c>
       <c r="O521" t="s">
-        <v>4817</v>
+        <v>4819</v>
       </c>
     </row>
     <row r="522" spans="1:15">
       <c r="A522">
-        <v>65107</v>
+        <v>65095</v>
       </c>
       <c r="B522" t="s">
-        <v>4818</v>
+        <v>4820</v>
       </c>
       <c r="C522" t="s">
-        <v>4819</v>
+        <v>4821</v>
       </c>
       <c r="D522" t="s">
-        <v>4820</v>
+        <v>4822</v>
       </c>
       <c r="E522" t="s">
-        <v>4821</v>
+        <v>4823</v>
       </c>
       <c r="F522" t="s">
-        <v>4822</v>
+        <v>4824</v>
       </c>
       <c r="G522" t="s">
-        <v>4823</v>
+        <v>4825</v>
       </c>
       <c r="H522" t="s">
-        <v>4824</v>
+        <v>4826</v>
       </c>
       <c r="I522" t="s">
-        <v>4825</v>
+        <v>4827</v>
       </c>
       <c r="J522" t="s">
         <v>24</v>
       </c>
       <c r="K522" t="s">
-        <v>4826</v>
+        <v>746</v>
       </c>
       <c r="L522" t="s">
         <v>26</v>
       </c>
       <c r="M522" t="s">
-        <v>4827</v>
+        <v>747</v>
       </c>
       <c r="N522" t="s">
         <v>28</v>
       </c>
       <c r="O522" t="s">
         <v>4828</v>
       </c>
     </row>
     <row r="523" spans="1:15">
       <c r="A523">
-        <v>65116</v>
+        <v>65096</v>
       </c>
       <c r="B523" t="s">
         <v>4829</v>
       </c>
       <c r="C523" t="s">
         <v>4830</v>
       </c>
       <c r="D523" t="s">
         <v>4831</v>
       </c>
       <c r="E523" t="s">
         <v>4832</v>
       </c>
       <c r="F523" t="s">
         <v>4833</v>
       </c>
       <c r="G523" t="s">
         <v>4834</v>
       </c>
       <c r="H523" t="s">
         <v>4835</v>
       </c>
       <c r="I523" t="s">
         <v>4836</v>
       </c>
       <c r="J523" t="s">
         <v>24</v>
       </c>
       <c r="K523" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L523" t="s">
         <v>26</v>
       </c>
       <c r="M523" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N523" t="s">
         <v>28</v>
       </c>
       <c r="O523" t="s">
         <v>4837</v>
       </c>
     </row>
     <row r="524" spans="1:15">
       <c r="A524">
-        <v>65124</v>
+        <v>65097</v>
       </c>
       <c r="B524" t="s">
         <v>4838</v>
       </c>
       <c r="C524" t="s">
         <v>4839</v>
       </c>
       <c r="D524" t="s">
         <v>4840</v>
       </c>
       <c r="E524" t="s">
         <v>4841</v>
       </c>
       <c r="F524" t="s">
         <v>4842</v>
       </c>
       <c r="G524" t="s">
         <v>4843</v>
       </c>
       <c r="H524" t="s">
         <v>4844</v>
       </c>
       <c r="I524" t="s">
         <v>4845</v>
       </c>
       <c r="J524" t="s">
         <v>24</v>
       </c>
       <c r="K524" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L524" t="s">
         <v>26</v>
       </c>
       <c r="M524" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N524" t="s">
         <v>28</v>
       </c>
       <c r="O524" t="s">
         <v>4846</v>
       </c>
     </row>
     <row r="525" spans="1:15">
       <c r="A525">
-        <v>65255</v>
+        <v>65098</v>
       </c>
       <c r="B525" t="s">
         <v>4847</v>
       </c>
       <c r="C525" t="s">
         <v>4848</v>
       </c>
       <c r="D525" t="s">
         <v>4849</v>
       </c>
       <c r="E525" t="s">
         <v>4850</v>
       </c>
       <c r="F525" t="s">
         <v>4851</v>
       </c>
       <c r="G525" t="s">
         <v>4852</v>
       </c>
       <c r="H525" t="s">
         <v>4853</v>
       </c>
       <c r="I525" t="s">
         <v>4854</v>
       </c>
       <c r="J525" t="s">
-        <v>1625</v>
+        <v>24</v>
       </c>
       <c r="K525" t="s">
+        <v>25</v>
+      </c>
+      <c r="L525" t="s">
+        <v>26</v>
+      </c>
+      <c r="M525" t="s">
+        <v>27</v>
+      </c>
+      <c r="N525" t="s">
+        <v>28</v>
+      </c>
+      <c r="O525" t="s">
         <v>4855</v>
-      </c>
-[...10 lines deleted...]
-        <v>4857</v>
       </c>
     </row>
     <row r="526" spans="1:15">
       <c r="A526">
-        <v>65479</v>
+        <v>65099</v>
       </c>
       <c r="B526" t="s">
+        <v>4856</v>
+      </c>
+      <c r="C526" t="s">
+        <v>4857</v>
+      </c>
+      <c r="D526" t="s">
         <v>4858</v>
       </c>
-      <c r="C526" t="s">
+      <c r="E526" t="s">
         <v>4859</v>
       </c>
-      <c r="D526" t="s">
+      <c r="F526" t="s">
         <v>4860</v>
       </c>
-      <c r="E526" t="s">
+      <c r="G526" t="s">
         <v>4861</v>
       </c>
-      <c r="F526" t="s">
+      <c r="H526" t="s">
         <v>4862</v>
       </c>
-      <c r="G526" t="s">
+      <c r="I526" t="s">
         <v>4863</v>
       </c>
-      <c r="H526" t="s">
+      <c r="J526" t="s">
+        <v>24</v>
+      </c>
+      <c r="K526" t="s">
+        <v>170</v>
+      </c>
+      <c r="L526" t="s">
+        <v>26</v>
+      </c>
+      <c r="M526" t="s">
+        <v>171</v>
+      </c>
+      <c r="N526" t="s">
+        <v>28</v>
+      </c>
+      <c r="O526" t="s">
         <v>4864</v>
-      </c>
-[...19 lines deleted...]
-        <v>4866</v>
       </c>
     </row>
     <row r="527" spans="1:15">
       <c r="A527">
-        <v>65566</v>
+        <v>65100</v>
       </c>
       <c r="B527" t="s">
+        <v>4865</v>
+      </c>
+      <c r="C527" t="s">
+        <v>4866</v>
+      </c>
+      <c r="D527" t="s">
         <v>4867</v>
       </c>
-      <c r="C527" t="s">
+      <c r="E527" t="s">
         <v>4868</v>
       </c>
-      <c r="D527" t="s">
+      <c r="F527" t="s">
         <v>4869</v>
       </c>
-      <c r="E527" t="s">
+      <c r="G527" t="s">
         <v>4870</v>
       </c>
-      <c r="F527" t="s">
+      <c r="H527" t="s">
         <v>4871</v>
       </c>
-      <c r="G527" t="s">
+      <c r="I527" t="s">
         <v>4872</v>
       </c>
-      <c r="H527" t="s">
+      <c r="J527" t="s">
+        <v>24</v>
+      </c>
+      <c r="K527" t="s">
+        <v>4247</v>
+      </c>
+      <c r="L527" t="s">
+        <v>26</v>
+      </c>
+      <c r="M527" t="s">
+        <v>4248</v>
+      </c>
+      <c r="N527" t="s">
+        <v>28</v>
+      </c>
+      <c r="O527" t="s">
         <v>4873</v>
-      </c>
-[...19 lines deleted...]
-        <v>4875</v>
       </c>
     </row>
     <row r="528" spans="1:15">
       <c r="A528">
-        <v>65613</v>
+        <v>65101</v>
       </c>
       <c r="B528" t="s">
+        <v>4874</v>
+      </c>
+      <c r="C528" t="s">
+        <v>4875</v>
+      </c>
+      <c r="D528" t="s">
         <v>4876</v>
       </c>
-      <c r="C528" t="s">
+      <c r="E528" t="s">
         <v>4877</v>
       </c>
-      <c r="D528" t="s">
+      <c r="F528" t="s">
         <v>4878</v>
       </c>
-      <c r="E528" t="s">
+      <c r="G528" t="s">
         <v>4879</v>
       </c>
-      <c r="F528" t="s">
+      <c r="H528" t="s">
         <v>4880</v>
       </c>
-      <c r="G528" t="s">
+      <c r="I528" t="s">
         <v>4881</v>
       </c>
-      <c r="H528" t="s">
+      <c r="J528" t="s">
+        <v>24</v>
+      </c>
+      <c r="K528" t="s">
+        <v>170</v>
+      </c>
+      <c r="L528" t="s">
+        <v>26</v>
+      </c>
+      <c r="M528" t="s">
+        <v>171</v>
+      </c>
+      <c r="N528" t="s">
+        <v>28</v>
+      </c>
+      <c r="O528" t="s">
         <v>4882</v>
-      </c>
-[...19 lines deleted...]
-        <v>4886</v>
       </c>
     </row>
     <row r="529" spans="1:15">
       <c r="A529">
-        <v>65869</v>
+        <v>65102</v>
       </c>
       <c r="B529" t="s">
+        <v>4883</v>
+      </c>
+      <c r="C529" t="s">
+        <v>4884</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4885</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4886</v>
+      </c>
+      <c r="F529" t="s">
         <v>4887</v>
       </c>
-      <c r="C529" t="s">
+      <c r="G529" t="s">
         <v>4888</v>
       </c>
-      <c r="D529" t="s">
+      <c r="H529" t="s">
         <v>4889</v>
       </c>
-      <c r="E529" t="s">
+      <c r="I529" t="s">
         <v>4890</v>
       </c>
-      <c r="F529" t="s">
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
+        <v>25</v>
+      </c>
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
+        <v>27</v>
+      </c>
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
         <v>4891</v>
-      </c>
-[...25 lines deleted...]
-        <v>4895</v>
       </c>
     </row>
     <row r="530" spans="1:15">
       <c r="A530">
-        <v>66392</v>
+        <v>65104</v>
       </c>
       <c r="B530" t="s">
+        <v>4892</v>
+      </c>
+      <c r="C530" t="s">
+        <v>4893</v>
+      </c>
+      <c r="D530" t="s">
+        <v>4894</v>
+      </c>
+      <c r="E530" t="s">
+        <v>4895</v>
+      </c>
+      <c r="F530" t="s">
         <v>4896</v>
       </c>
-      <c r="C530" t="s">
+      <c r="G530" t="s">
         <v>4897</v>
       </c>
-      <c r="D530" t="s">
+      <c r="H530" t="s">
         <v>4898</v>
       </c>
-      <c r="E530" t="s">
+      <c r="I530" t="s">
         <v>4899</v>
       </c>
-      <c r="F530" t="s">
+      <c r="J530" t="s">
+        <v>24</v>
+      </c>
+      <c r="K530" t="s">
+        <v>2573</v>
+      </c>
+      <c r="L530" t="s">
+        <v>26</v>
+      </c>
+      <c r="M530" t="s">
+        <v>2574</v>
+      </c>
+      <c r="N530" t="s">
+        <v>28</v>
+      </c>
+      <c r="O530" t="s">
         <v>4900</v>
-      </c>
-[...25 lines deleted...]
-        <v>4904</v>
       </c>
     </row>
     <row r="531" spans="1:15">
       <c r="A531">
-        <v>66510</v>
+        <v>65105</v>
       </c>
       <c r="B531" t="s">
+        <v>4901</v>
+      </c>
+      <c r="C531" t="s">
+        <v>4902</v>
+      </c>
+      <c r="D531" t="s">
+        <v>4903</v>
+      </c>
+      <c r="E531" t="s">
+        <v>4904</v>
+      </c>
+      <c r="F531" t="s">
         <v>4905</v>
       </c>
-      <c r="C531" t="s">
+      <c r="G531" t="s">
         <v>4906</v>
       </c>
-      <c r="D531" t="s">
+      <c r="H531" t="s">
         <v>4907</v>
       </c>
-      <c r="E531" t="s">
+      <c r="I531" t="s">
         <v>4908</v>
       </c>
-      <c r="F531" t="s">
+      <c r="J531" t="s">
+        <v>24</v>
+      </c>
+      <c r="K531" t="s">
+        <v>170</v>
+      </c>
+      <c r="L531" t="s">
+        <v>26</v>
+      </c>
+      <c r="M531" t="s">
+        <v>171</v>
+      </c>
+      <c r="N531" t="s">
+        <v>28</v>
+      </c>
+      <c r="O531" t="s">
         <v>4909</v>
-      </c>
-[...25 lines deleted...]
-        <v>4915</v>
       </c>
     </row>
     <row r="532" spans="1:15">
       <c r="A532">
-        <v>66511</v>
+        <v>65107</v>
       </c>
       <c r="B532" t="s">
-        <v>1843</v>
+        <v>4910</v>
       </c>
       <c r="C532" t="s">
+        <v>4911</v>
+      </c>
+      <c r="D532" t="s">
+        <v>4912</v>
+      </c>
+      <c r="E532" t="s">
+        <v>4913</v>
+      </c>
+      <c r="F532" t="s">
+        <v>4914</v>
+      </c>
+      <c r="G532" t="s">
+        <v>4915</v>
+      </c>
+      <c r="H532" t="s">
         <v>4916</v>
       </c>
-      <c r="D532" t="s">
+      <c r="I532" t="s">
         <v>4917</v>
       </c>
-      <c r="E532" t="s">
+      <c r="J532" t="s">
+        <v>24</v>
+      </c>
+      <c r="K532" t="s">
         <v>4918</v>
       </c>
-      <c r="F532" t="s">
-[...5 lines deleted...]
-      <c r="H532" t="s">
+      <c r="L532" t="s">
+        <v>26</v>
+      </c>
+      <c r="M532" t="s">
         <v>4919</v>
       </c>
-      <c r="I532" t="s">
+      <c r="N532" t="s">
+        <v>28</v>
+      </c>
+      <c r="O532" t="s">
         <v>4920</v>
-      </c>
-[...16 lines deleted...]
-        <v>4923</v>
       </c>
     </row>
     <row r="533" spans="1:15">
       <c r="A533">
-        <v>66512</v>
+        <v>65116</v>
       </c>
       <c r="B533" t="s">
-        <v>3988</v>
+        <v>4921</v>
       </c>
       <c r="C533" t="s">
+        <v>4922</v>
+      </c>
+      <c r="D533" t="s">
+        <v>4923</v>
+      </c>
+      <c r="E533" t="s">
         <v>4924</v>
       </c>
-      <c r="D533" t="s">
+      <c r="F533" t="s">
         <v>4925</v>
       </c>
-      <c r="E533" t="s">
+      <c r="G533" t="s">
         <v>4926</v>
       </c>
-      <c r="F533" t="s">
+      <c r="H533" t="s">
         <v>4927</v>
       </c>
-      <c r="G533" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I533" t="s">
-        <v>3995</v>
+        <v>4928</v>
       </c>
       <c r="J533" t="s">
         <v>24</v>
       </c>
       <c r="K533" t="s">
-        <v>4928</v>
+        <v>170</v>
       </c>
       <c r="L533" t="s">
         <v>26</v>
       </c>
       <c r="M533" t="s">
+        <v>171</v>
+      </c>
+      <c r="N533" t="s">
+        <v>28</v>
+      </c>
+      <c r="O533" t="s">
         <v>4929</v>
-      </c>
-[...4 lines deleted...]
-        <v>4930</v>
       </c>
     </row>
     <row r="534" spans="1:15">
       <c r="A534">
-        <v>66513</v>
+        <v>65124</v>
       </c>
       <c r="B534" t="s">
+        <v>4930</v>
+      </c>
+      <c r="C534" t="s">
         <v>4931</v>
       </c>
-      <c r="C534" t="s">
+      <c r="D534" t="s">
         <v>4932</v>
       </c>
-      <c r="D534" t="s">
+      <c r="E534" t="s">
         <v>4933</v>
       </c>
-      <c r="E534" t="s">
+      <c r="F534" t="s">
         <v>4934</v>
       </c>
-      <c r="F534" t="s">
+      <c r="G534" t="s">
         <v>4935</v>
-      </c>
-[...1 lines deleted...]
-        <v>4322</v>
       </c>
       <c r="H534" t="s">
         <v>4936</v>
       </c>
       <c r="I534" t="s">
         <v>4937</v>
       </c>
       <c r="J534" t="s">
         <v>24</v>
       </c>
       <c r="K534" t="s">
-        <v>4928</v>
+        <v>25</v>
       </c>
       <c r="L534" t="s">
         <v>26</v>
       </c>
       <c r="M534" t="s">
-        <v>4929</v>
+        <v>27</v>
       </c>
       <c r="N534" t="s">
         <v>28</v>
       </c>
       <c r="O534" t="s">
         <v>4938</v>
       </c>
     </row>
     <row r="535" spans="1:15">
       <c r="A535">
-        <v>66514</v>
+        <v>65255</v>
       </c>
       <c r="B535" t="s">
         <v>4939</v>
       </c>
       <c r="C535" t="s">
         <v>4940</v>
       </c>
       <c r="D535" t="s">
         <v>4941</v>
       </c>
       <c r="E535" t="s">
         <v>4942</v>
       </c>
       <c r="F535" t="s">
-        <v>1992</v>
+        <v>4943</v>
       </c>
       <c r="G535" t="s">
-        <v>1993</v>
+        <v>4944</v>
       </c>
       <c r="H535" t="s">
-        <v>4943</v>
+        <v>4945</v>
       </c>
       <c r="I535" t="s">
-        <v>4944</v>
+        <v>4946</v>
       </c>
       <c r="J535" t="s">
-        <v>24</v>
+        <v>1625</v>
       </c>
       <c r="K535" t="s">
-        <v>4928</v>
+        <v>4947</v>
       </c>
       <c r="L535" t="s">
-        <v>26</v>
+        <v>1627</v>
       </c>
       <c r="M535" t="s">
-        <v>4929</v>
+        <v>4948</v>
       </c>
       <c r="N535" t="s">
         <v>28</v>
       </c>
       <c r="O535" t="s">
-        <v>4945</v>
+        <v>4949</v>
       </c>
     </row>
     <row r="536" spans="1:15">
       <c r="A536">
-        <v>66515</v>
+        <v>65479</v>
       </c>
       <c r="B536" t="s">
-        <v>4946</v>
+        <v>4950</v>
       </c>
       <c r="C536" t="s">
-        <v>4947</v>
+        <v>4951</v>
       </c>
       <c r="D536" t="s">
-        <v>4948</v>
+        <v>4952</v>
       </c>
       <c r="E536" t="s">
-        <v>4949</v>
+        <v>4953</v>
       </c>
       <c r="F536" t="s">
-        <v>4950</v>
+        <v>4954</v>
       </c>
       <c r="G536" t="s">
-        <v>1749</v>
+        <v>4955</v>
       </c>
       <c r="H536" t="s">
-        <v>4951</v>
+        <v>4956</v>
       </c>
       <c r="I536" t="s">
-        <v>4952</v>
+        <v>4957</v>
       </c>
       <c r="J536" t="s">
         <v>24</v>
       </c>
       <c r="K536" t="s">
-        <v>4928</v>
+        <v>25</v>
       </c>
       <c r="L536" t="s">
         <v>26</v>
       </c>
       <c r="M536" t="s">
-        <v>4929</v>
+        <v>27</v>
       </c>
       <c r="N536" t="s">
         <v>28</v>
       </c>
       <c r="O536" t="s">
-        <v>4953</v>
+        <v>4958</v>
       </c>
     </row>
     <row r="537" spans="1:15">
       <c r="A537">
-        <v>66516</v>
+        <v>65566</v>
       </c>
       <c r="B537" t="s">
-        <v>1726</v>
+        <v>4959</v>
       </c>
       <c r="C537" t="s">
-        <v>4954</v>
+        <v>4960</v>
       </c>
       <c r="D537" t="s">
-        <v>4955</v>
+        <v>4961</v>
       </c>
       <c r="E537" t="s">
-        <v>4956</v>
+        <v>4962</v>
       </c>
       <c r="F537" t="s">
-        <v>4957</v>
+        <v>4963</v>
       </c>
       <c r="G537" t="s">
-        <v>4958</v>
+        <v>4964</v>
       </c>
       <c r="H537" t="s">
-        <v>4959</v>
+        <v>4965</v>
       </c>
       <c r="I537" t="s">
-        <v>1733</v>
+        <v>4966</v>
       </c>
       <c r="J537" t="s">
         <v>24</v>
       </c>
       <c r="K537" t="s">
         <v>170</v>
       </c>
       <c r="L537" t="s">
         <v>26</v>
       </c>
       <c r="M537" t="s">
         <v>171</v>
       </c>
       <c r="N537" t="s">
         <v>28</v>
       </c>
       <c r="O537" t="s">
-        <v>4960</v>
+        <v>4967</v>
       </c>
     </row>
     <row r="538" spans="1:15">
       <c r="A538">
-        <v>66517</v>
+        <v>65613</v>
       </c>
       <c r="B538" t="s">
-        <v>4961</v>
+        <v>4968</v>
       </c>
       <c r="C538" t="s">
-        <v>4962</v>
+        <v>4969</v>
       </c>
       <c r="D538" t="s">
-        <v>4963</v>
+        <v>4970</v>
       </c>
       <c r="E538" t="s">
-        <v>4964</v>
+        <v>4971</v>
       </c>
       <c r="F538" t="s">
-        <v>4965</v>
+        <v>4972</v>
       </c>
       <c r="G538" t="s">
-        <v>4966</v>
+        <v>4973</v>
       </c>
       <c r="H538" t="s">
-        <v>4967</v>
+        <v>4974</v>
       </c>
       <c r="I538" t="s">
-        <v>4968</v>
+        <v>4975</v>
       </c>
       <c r="J538" t="s">
-        <v>24</v>
+        <v>4976</v>
       </c>
       <c r="K538" t="s">
-        <v>4928</v>
+        <v>1665</v>
       </c>
       <c r="L538" t="s">
-        <v>26</v>
+        <v>4977</v>
       </c>
       <c r="M538" t="s">
-        <v>4929</v>
+        <v>1666</v>
       </c>
       <c r="N538" t="s">
         <v>28</v>
       </c>
       <c r="O538" t="s">
-        <v>4969</v>
+        <v>4978</v>
       </c>
     </row>
     <row r="539" spans="1:15">
       <c r="A539">
-        <v>66518</v>
+        <v>65869</v>
       </c>
       <c r="B539" t="s">
-        <v>4970</v>
+        <v>4979</v>
       </c>
       <c r="C539" t="s">
-        <v>4971</v>
+        <v>4980</v>
       </c>
       <c r="D539" t="s">
-        <v>4972</v>
+        <v>4981</v>
       </c>
       <c r="E539" t="s">
-        <v>4973</v>
+        <v>4982</v>
       </c>
       <c r="F539" t="s">
-        <v>4974</v>
+        <v>4983</v>
       </c>
       <c r="G539" t="s">
-        <v>1758</v>
+        <v>4984</v>
       </c>
       <c r="H539" t="s">
-        <v>4975</v>
+        <v>4985</v>
       </c>
       <c r="I539" t="s">
-        <v>4976</v>
+        <v>4986</v>
       </c>
       <c r="J539" t="s">
         <v>24</v>
       </c>
       <c r="K539" t="s">
-        <v>170</v>
+        <v>1478</v>
       </c>
       <c r="L539" t="s">
         <v>26</v>
       </c>
       <c r="M539" t="s">
-        <v>171</v>
+        <v>1480</v>
       </c>
       <c r="N539" t="s">
         <v>28</v>
       </c>
       <c r="O539" t="s">
-        <v>4977</v>
+        <v>4987</v>
       </c>
     </row>
     <row r="540" spans="1:15">
       <c r="A540">
-        <v>66519</v>
+        <v>66392</v>
       </c>
       <c r="B540" t="s">
-        <v>4978</v>
+        <v>4988</v>
       </c>
       <c r="C540" t="s">
-        <v>4979</v>
+        <v>4989</v>
       </c>
       <c r="D540" t="s">
-        <v>4980</v>
+        <v>4990</v>
       </c>
       <c r="E540" t="s">
-        <v>4981</v>
+        <v>4991</v>
       </c>
       <c r="F540" t="s">
-        <v>4982</v>
+        <v>4992</v>
       </c>
       <c r="G540" t="s">
-        <v>4983</v>
+        <v>4993</v>
       </c>
       <c r="H540" t="s">
-        <v>1867</v>
+        <v>4994</v>
       </c>
       <c r="I540" t="s">
-        <v>1868</v>
+        <v>4995</v>
       </c>
       <c r="J540" t="s">
         <v>24</v>
       </c>
       <c r="K540" t="s">
-        <v>4984</v>
+        <v>25</v>
       </c>
       <c r="L540" t="s">
         <v>26</v>
       </c>
       <c r="M540" t="s">
-        <v>4985</v>
+        <v>27</v>
       </c>
       <c r="N540" t="s">
         <v>28</v>
       </c>
       <c r="O540" t="s">
-        <v>4986</v>
+        <v>4996</v>
       </c>
     </row>
     <row r="541" spans="1:15">
       <c r="A541">
-        <v>66520</v>
+        <v>66510</v>
       </c>
       <c r="B541" t="s">
-        <v>1948</v>
+        <v>4997</v>
       </c>
       <c r="C541" t="s">
-        <v>4987</v>
+        <v>4998</v>
       </c>
       <c r="D541" t="s">
-        <v>4988</v>
+        <v>4999</v>
       </c>
       <c r="E541" t="s">
-        <v>4989</v>
+        <v>5000</v>
       </c>
       <c r="F541" t="s">
-        <v>1952</v>
+        <v>5001</v>
       </c>
       <c r="G541" t="s">
-        <v>1953</v>
+        <v>5002</v>
       </c>
       <c r="H541" t="s">
-        <v>1954</v>
+        <v>5003</v>
       </c>
       <c r="I541" t="s">
-        <v>1955</v>
+        <v>5004</v>
       </c>
       <c r="J541" t="s">
-        <v>24</v>
+        <v>1625</v>
       </c>
       <c r="K541" t="s">
-        <v>25</v>
+        <v>5005</v>
       </c>
       <c r="L541" t="s">
-        <v>26</v>
+        <v>1627</v>
       </c>
       <c r="M541" t="s">
-        <v>27</v>
+        <v>5006</v>
       </c>
       <c r="N541" t="s">
         <v>28</v>
       </c>
       <c r="O541" t="s">
-        <v>4990</v>
+        <v>5007</v>
       </c>
     </row>
     <row r="542" spans="1:15">
       <c r="A542">
-        <v>66521</v>
+        <v>66511</v>
       </c>
       <c r="B542" t="s">
-        <v>1771</v>
+        <v>1879</v>
       </c>
       <c r="C542" t="s">
-        <v>4991</v>
+        <v>5008</v>
       </c>
       <c r="D542" t="s">
-        <v>4992</v>
+        <v>5009</v>
       </c>
       <c r="E542" t="s">
-        <v>4993</v>
+        <v>5010</v>
       </c>
       <c r="F542" t="s">
-        <v>4994</v>
+        <v>1883</v>
       </c>
       <c r="G542" t="s">
-        <v>1776</v>
+        <v>1884</v>
       </c>
       <c r="H542" t="s">
-        <v>4995</v>
+        <v>5011</v>
       </c>
       <c r="I542" t="s">
-        <v>1778</v>
+        <v>5012</v>
       </c>
       <c r="J542" t="s">
         <v>24</v>
       </c>
       <c r="K542" t="s">
-        <v>170</v>
+        <v>5013</v>
       </c>
       <c r="L542" t="s">
         <v>26</v>
       </c>
       <c r="M542" t="s">
-        <v>171</v>
+        <v>5014</v>
       </c>
       <c r="N542" t="s">
         <v>28</v>
       </c>
       <c r="O542" t="s">
-        <v>4996</v>
+        <v>5015</v>
       </c>
     </row>
     <row r="543" spans="1:15">
       <c r="A543">
-        <v>66522</v>
+        <v>66512</v>
       </c>
       <c r="B543" t="s">
-        <v>4997</v>
+        <v>4080</v>
       </c>
       <c r="C543" t="s">
-        <v>4998</v>
+        <v>5016</v>
       </c>
       <c r="D543" t="s">
-        <v>4999</v>
+        <v>5017</v>
       </c>
       <c r="E543" t="s">
-        <v>5000</v>
+        <v>5018</v>
       </c>
       <c r="F543" t="s">
-        <v>5001</v>
+        <v>5019</v>
       </c>
       <c r="G543" t="s">
-        <v>5002</v>
+        <v>4085</v>
       </c>
       <c r="H543" t="s">
-        <v>5003</v>
+        <v>4086</v>
       </c>
       <c r="I543" t="s">
-        <v>5004</v>
+        <v>4087</v>
       </c>
       <c r="J543" t="s">
         <v>24</v>
       </c>
       <c r="K543" t="s">
-        <v>4855</v>
+        <v>5020</v>
       </c>
       <c r="L543" t="s">
         <v>26</v>
       </c>
       <c r="M543" t="s">
-        <v>4856</v>
+        <v>5021</v>
       </c>
       <c r="N543" t="s">
         <v>28</v>
       </c>
       <c r="O543" t="s">
-        <v>5005</v>
+        <v>5022</v>
       </c>
     </row>
     <row r="544" spans="1:15">
       <c r="A544">
-        <v>66523</v>
+        <v>66513</v>
       </c>
       <c r="B544" t="s">
-        <v>1834</v>
+        <v>5023</v>
       </c>
       <c r="C544" t="s">
-        <v>5006</v>
+        <v>5024</v>
       </c>
       <c r="D544" t="s">
-        <v>5007</v>
+        <v>5025</v>
       </c>
       <c r="E544" t="s">
-        <v>5008</v>
+        <v>5026</v>
       </c>
       <c r="F544" t="s">
-        <v>1838</v>
+        <v>5027</v>
       </c>
       <c r="G544" t="s">
-        <v>1839</v>
+        <v>4414</v>
       </c>
       <c r="H544" t="s">
-        <v>1840</v>
+        <v>5028</v>
       </c>
       <c r="I544" t="s">
-        <v>1841</v>
+        <v>5029</v>
       </c>
       <c r="J544" t="s">
         <v>24</v>
       </c>
       <c r="K544" t="s">
-        <v>47</v>
+        <v>5020</v>
       </c>
       <c r="L544" t="s">
         <v>26</v>
       </c>
       <c r="M544" t="s">
-        <v>48</v>
+        <v>5021</v>
       </c>
       <c r="N544" t="s">
         <v>28</v>
       </c>
       <c r="O544" t="s">
-        <v>5009</v>
+        <v>5030</v>
       </c>
     </row>
     <row r="545" spans="1:15">
       <c r="A545">
-        <v>66524</v>
+        <v>66514</v>
       </c>
       <c r="B545" t="s">
-        <v>4158</v>
+        <v>5031</v>
       </c>
       <c r="C545" t="s">
-        <v>5010</v>
+        <v>5032</v>
       </c>
       <c r="D545" t="s">
-        <v>5011</v>
+        <v>5033</v>
       </c>
       <c r="E545" t="s">
-        <v>5012</v>
+        <v>5034</v>
       </c>
       <c r="F545" t="s">
-        <v>5013</v>
+        <v>2028</v>
       </c>
       <c r="G545" t="s">
-        <v>4163</v>
+        <v>2029</v>
       </c>
       <c r="H545" t="s">
-        <v>4164</v>
+        <v>5035</v>
       </c>
       <c r="I545" t="s">
-        <v>4165</v>
+        <v>5036</v>
       </c>
       <c r="J545" t="s">
         <v>24</v>
       </c>
       <c r="K545" t="s">
-        <v>170</v>
+        <v>5020</v>
       </c>
       <c r="L545" t="s">
         <v>26</v>
       </c>
       <c r="M545" t="s">
-        <v>171</v>
+        <v>5021</v>
       </c>
       <c r="N545" t="s">
         <v>28</v>
       </c>
       <c r="O545" t="s">
-        <v>5014</v>
+        <v>5037</v>
       </c>
     </row>
     <row r="546" spans="1:15">
       <c r="A546">
-        <v>66525</v>
+        <v>66515</v>
       </c>
       <c r="B546" t="s">
-        <v>5015</v>
+        <v>5038</v>
       </c>
       <c r="C546" t="s">
-        <v>5016</v>
+        <v>5039</v>
       </c>
       <c r="D546" t="s">
-        <v>5017</v>
+        <v>5040</v>
       </c>
       <c r="E546" t="s">
-        <v>5018</v>
+        <v>5041</v>
       </c>
       <c r="F546" t="s">
-        <v>4019</v>
+        <v>5042</v>
       </c>
       <c r="G546" t="s">
-        <v>4020</v>
+        <v>1749</v>
       </c>
       <c r="H546" t="s">
-        <v>4021</v>
+        <v>5043</v>
       </c>
       <c r="I546" t="s">
-        <v>4022</v>
+        <v>5044</v>
       </c>
       <c r="J546" t="s">
         <v>24</v>
       </c>
       <c r="K546" t="s">
-        <v>170</v>
+        <v>5020</v>
       </c>
       <c r="L546" t="s">
         <v>26</v>
       </c>
       <c r="M546" t="s">
-        <v>171</v>
+        <v>5021</v>
       </c>
       <c r="N546" t="s">
         <v>28</v>
       </c>
       <c r="O546" t="s">
-        <v>5019</v>
+        <v>5045</v>
       </c>
     </row>
     <row r="547" spans="1:15">
       <c r="A547">
-        <v>66526</v>
+        <v>66516</v>
       </c>
       <c r="B547" t="s">
-        <v>5020</v>
+        <v>1726</v>
       </c>
       <c r="C547" t="s">
-        <v>5021</v>
+        <v>5046</v>
       </c>
       <c r="D547" t="s">
-        <v>5022</v>
+        <v>5047</v>
       </c>
       <c r="E547" t="s">
-        <v>5023</v>
+        <v>5048</v>
       </c>
       <c r="F547" t="s">
-        <v>5024</v>
+        <v>5049</v>
       </c>
       <c r="G547" t="s">
-        <v>4029</v>
+        <v>5050</v>
       </c>
       <c r="H547" t="s">
-        <v>4030</v>
+        <v>5051</v>
       </c>
       <c r="I547" t="s">
-        <v>5025</v>
+        <v>1733</v>
       </c>
       <c r="J547" t="s">
         <v>24</v>
       </c>
       <c r="K547" t="s">
         <v>170</v>
       </c>
       <c r="L547" t="s">
         <v>26</v>
       </c>
       <c r="M547" t="s">
         <v>171</v>
       </c>
       <c r="N547" t="s">
         <v>28</v>
       </c>
       <c r="O547" t="s">
-        <v>5026</v>
+        <v>5052</v>
       </c>
     </row>
     <row r="548" spans="1:15">
       <c r="A548">
-        <v>66527</v>
+        <v>66517</v>
       </c>
       <c r="B548" t="s">
-        <v>1881</v>
+        <v>5053</v>
       </c>
       <c r="C548" t="s">
-        <v>5027</v>
+        <v>5054</v>
       </c>
       <c r="D548" t="s">
-        <v>5028</v>
+        <v>5055</v>
       </c>
       <c r="E548" t="s">
-        <v>5029</v>
+        <v>5056</v>
       </c>
       <c r="F548" t="s">
-        <v>5030</v>
+        <v>5057</v>
       </c>
       <c r="G548" t="s">
-        <v>1886</v>
+        <v>5058</v>
       </c>
       <c r="H548" t="s">
-        <v>1887</v>
+        <v>5059</v>
       </c>
       <c r="I548" t="s">
-        <v>1888</v>
+        <v>5060</v>
       </c>
       <c r="J548" t="s">
         <v>24</v>
       </c>
       <c r="K548" t="s">
-        <v>4928</v>
+        <v>5020</v>
       </c>
       <c r="L548" t="s">
         <v>26</v>
       </c>
       <c r="M548" t="s">
-        <v>4929</v>
+        <v>5021</v>
       </c>
       <c r="N548" t="s">
         <v>28</v>
       </c>
       <c r="O548" t="s">
-        <v>5031</v>
+        <v>5061</v>
       </c>
     </row>
     <row r="549" spans="1:15">
       <c r="A549">
-        <v>66529</v>
+        <v>66518</v>
       </c>
       <c r="B549" t="s">
-        <v>5032</v>
+        <v>5062</v>
       </c>
       <c r="C549" t="s">
-        <v>5033</v>
+        <v>5063</v>
       </c>
       <c r="D549" t="s">
-        <v>5034</v>
+        <v>5064</v>
       </c>
       <c r="E549" t="s">
-        <v>5035</v>
+        <v>5065</v>
       </c>
       <c r="F549" t="s">
-        <v>5036</v>
+        <v>5066</v>
       </c>
       <c r="G549" t="s">
-        <v>4459</v>
+        <v>1758</v>
       </c>
       <c r="H549" t="s">
-        <v>4460</v>
+        <v>5067</v>
       </c>
       <c r="I549" t="s">
-        <v>4461</v>
+        <v>5068</v>
       </c>
       <c r="J549" t="s">
         <v>24</v>
       </c>
       <c r="K549" t="s">
-        <v>2315</v>
+        <v>170</v>
       </c>
       <c r="L549" t="s">
         <v>26</v>
       </c>
       <c r="M549" t="s">
-        <v>2316</v>
+        <v>171</v>
       </c>
       <c r="N549" t="s">
         <v>28</v>
       </c>
       <c r="O549" t="s">
-        <v>5037</v>
+        <v>5069</v>
       </c>
     </row>
     <row r="550" spans="1:15">
       <c r="A550">
-        <v>66530</v>
+        <v>66519</v>
       </c>
       <c r="B550" t="s">
-        <v>5038</v>
+        <v>5070</v>
       </c>
       <c r="C550" t="s">
-        <v>5039</v>
+        <v>5071</v>
       </c>
       <c r="D550" t="s">
-        <v>5040</v>
+        <v>5072</v>
       </c>
       <c r="E550" t="s">
-        <v>5041</v>
+        <v>5073</v>
       </c>
       <c r="F550" t="s">
-        <v>5042</v>
+        <v>5074</v>
       </c>
       <c r="G550" t="s">
-        <v>1693</v>
+        <v>5075</v>
       </c>
       <c r="H550" t="s">
-        <v>1694</v>
+        <v>1903</v>
       </c>
       <c r="I550" t="s">
-        <v>1695</v>
+        <v>1904</v>
       </c>
       <c r="J550" t="s">
         <v>24</v>
       </c>
       <c r="K550" t="s">
-        <v>1478</v>
+        <v>5076</v>
       </c>
       <c r="L550" t="s">
         <v>26</v>
       </c>
       <c r="M550" t="s">
-        <v>1480</v>
+        <v>5077</v>
       </c>
       <c r="N550" t="s">
         <v>28</v>
       </c>
       <c r="O550" t="s">
-        <v>5043</v>
+        <v>5078</v>
       </c>
     </row>
     <row r="551" spans="1:15">
       <c r="A551">
-        <v>66531</v>
+        <v>66520</v>
       </c>
       <c r="B551" t="s">
-        <v>5044</v>
+        <v>1984</v>
       </c>
       <c r="C551" t="s">
-        <v>5045</v>
+        <v>5079</v>
       </c>
       <c r="D551" t="s">
-        <v>5046</v>
+        <v>5080</v>
       </c>
       <c r="E551" t="s">
-        <v>5047</v>
+        <v>5081</v>
       </c>
       <c r="F551" t="s">
-        <v>5048</v>
+        <v>1988</v>
       </c>
       <c r="G551" t="s">
-        <v>5049</v>
+        <v>1989</v>
       </c>
       <c r="H551" t="s">
-        <v>5050</v>
+        <v>1990</v>
       </c>
       <c r="I551" t="s">
-        <v>5051</v>
+        <v>1991</v>
       </c>
       <c r="J551" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K551" t="s">
-        <v>5052</v>
+        <v>25</v>
       </c>
       <c r="L551" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M551" t="s">
-        <v>5053</v>
+        <v>27</v>
       </c>
       <c r="N551" t="s">
         <v>28</v>
       </c>
       <c r="O551" t="s">
-        <v>5054</v>
+        <v>5082</v>
       </c>
     </row>
     <row r="552" spans="1:15">
       <c r="A552">
-        <v>66532</v>
+        <v>66521</v>
       </c>
       <c r="B552" t="s">
-        <v>5055</v>
+        <v>1771</v>
       </c>
       <c r="C552" t="s">
-        <v>5056</v>
+        <v>5083</v>
       </c>
       <c r="D552" t="s">
-        <v>5057</v>
+        <v>5084</v>
       </c>
       <c r="E552" t="s">
-        <v>5058</v>
+        <v>5085</v>
       </c>
       <c r="F552" t="s">
-        <v>1970</v>
+        <v>5086</v>
       </c>
       <c r="G552" t="s">
-        <v>1971</v>
+        <v>1776</v>
       </c>
       <c r="H552" t="s">
-        <v>1972</v>
+        <v>5087</v>
       </c>
       <c r="I552" t="s">
-        <v>1973</v>
+        <v>1778</v>
       </c>
       <c r="J552" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="K552" t="s">
-        <v>5059</v>
+        <v>170</v>
       </c>
       <c r="L552" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="M552" t="s">
-        <v>5060</v>
+        <v>171</v>
       </c>
       <c r="N552" t="s">
         <v>28</v>
       </c>
       <c r="O552" t="s">
-        <v>5061</v>
+        <v>5088</v>
       </c>
     </row>
     <row r="553" spans="1:15">
       <c r="A553">
-        <v>66533</v>
+        <v>66522</v>
       </c>
       <c r="B553" t="s">
-        <v>5062</v>
+        <v>5089</v>
       </c>
       <c r="C553" t="s">
-        <v>5063</v>
+        <v>5090</v>
       </c>
       <c r="D553" t="s">
-        <v>5064</v>
+        <v>5091</v>
       </c>
       <c r="E553" t="s">
-        <v>5065</v>
+        <v>5092</v>
       </c>
       <c r="F553" t="s">
-        <v>1784</v>
+        <v>5093</v>
       </c>
       <c r="G553" t="s">
-        <v>1785</v>
+        <v>5094</v>
       </c>
       <c r="H553" t="s">
-        <v>1786</v>
+        <v>5095</v>
       </c>
       <c r="I553" t="s">
-        <v>5066</v>
+        <v>5096</v>
       </c>
       <c r="J553" t="s">
         <v>24</v>
       </c>
       <c r="K553" t="s">
-        <v>5067</v>
+        <v>4947</v>
       </c>
       <c r="L553" t="s">
         <v>26</v>
       </c>
       <c r="M553" t="s">
-        <v>5068</v>
+        <v>4948</v>
       </c>
       <c r="N553" t="s">
         <v>28</v>
       </c>
       <c r="O553" t="s">
-        <v>5069</v>
+        <v>5097</v>
       </c>
     </row>
     <row r="554" spans="1:15">
       <c r="A554">
-        <v>66534</v>
+        <v>66523</v>
       </c>
       <c r="B554" t="s">
-        <v>5070</v>
+        <v>1870</v>
       </c>
       <c r="C554" t="s">
-        <v>5071</v>
+        <v>5098</v>
       </c>
       <c r="D554" t="s">
-        <v>5072</v>
+        <v>5099</v>
       </c>
       <c r="E554" t="s">
-        <v>5073</v>
+        <v>5100</v>
       </c>
       <c r="F554" t="s">
-        <v>5074</v>
+        <v>1874</v>
       </c>
       <c r="G554" t="s">
-        <v>5075</v>
+        <v>1875</v>
       </c>
       <c r="H554" t="s">
-        <v>3215</v>
+        <v>1876</v>
       </c>
       <c r="I554" t="s">
-        <v>3216</v>
+        <v>1877</v>
       </c>
       <c r="J554" t="s">
         <v>24</v>
       </c>
       <c r="K554" t="s">
         <v>47</v>
       </c>
       <c r="L554" t="s">
         <v>26</v>
       </c>
       <c r="M554" t="s">
         <v>48</v>
       </c>
       <c r="N554" t="s">
         <v>28</v>
       </c>
       <c r="O554" t="s">
-        <v>5076</v>
+        <v>5101</v>
       </c>
     </row>
     <row r="555" spans="1:15">
       <c r="A555">
-        <v>66535</v>
+        <v>66524</v>
       </c>
       <c r="B555" t="s">
-        <v>5077</v>
+        <v>4250</v>
       </c>
       <c r="C555" t="s">
-        <v>5078</v>
+        <v>5102</v>
       </c>
       <c r="D555" t="s">
-        <v>5079</v>
+        <v>5103</v>
       </c>
       <c r="E555" t="s">
-        <v>5080</v>
+        <v>5104</v>
       </c>
       <c r="F555" t="s">
-        <v>5081</v>
+        <v>5105</v>
       </c>
       <c r="G555" t="s">
-        <v>5082</v>
+        <v>4255</v>
       </c>
       <c r="H555" t="s">
-        <v>5083</v>
+        <v>4256</v>
       </c>
       <c r="I555" t="s">
-        <v>5084</v>
+        <v>4257</v>
       </c>
       <c r="J555" t="s">
-        <v>5085</v>
+        <v>24</v>
       </c>
       <c r="K555" t="s">
-        <v>5086</v>
+        <v>170</v>
       </c>
       <c r="L555" t="s">
-        <v>5087</v>
+        <v>26</v>
       </c>
       <c r="M555" t="s">
-        <v>5088</v>
+        <v>171</v>
       </c>
       <c r="N555" t="s">
         <v>28</v>
       </c>
       <c r="O555" t="s">
-        <v>5089</v>
+        <v>5106</v>
       </c>
     </row>
     <row r="556" spans="1:15">
       <c r="A556">
-        <v>66536</v>
+        <v>66525</v>
       </c>
       <c r="B556" t="s">
-        <v>5090</v>
+        <v>5107</v>
       </c>
       <c r="C556" t="s">
-        <v>5091</v>
+        <v>5108</v>
       </c>
       <c r="D556" t="s">
-        <v>5092</v>
+        <v>5109</v>
       </c>
       <c r="E556" t="s">
-        <v>5093</v>
+        <v>5110</v>
       </c>
       <c r="F556" t="s">
-        <v>5094</v>
+        <v>4111</v>
       </c>
       <c r="G556" t="s">
-        <v>5095</v>
+        <v>4112</v>
       </c>
       <c r="H556" t="s">
-        <v>5096</v>
+        <v>4113</v>
       </c>
       <c r="I556" t="s">
-        <v>5097</v>
+        <v>4114</v>
       </c>
       <c r="J556" t="s">
         <v>24</v>
       </c>
       <c r="K556" t="s">
-        <v>4928</v>
+        <v>170</v>
       </c>
       <c r="L556" t="s">
         <v>26</v>
       </c>
       <c r="M556" t="s">
-        <v>4929</v>
+        <v>171</v>
       </c>
       <c r="N556" t="s">
         <v>28</v>
       </c>
       <c r="O556" t="s">
-        <v>5098</v>
+        <v>5111</v>
       </c>
     </row>
     <row r="557" spans="1:15">
       <c r="A557">
-        <v>66537</v>
+        <v>66526</v>
       </c>
       <c r="B557" t="s">
-        <v>5099</v>
+        <v>5112</v>
       </c>
       <c r="C557" t="s">
-        <v>5100</v>
+        <v>5113</v>
       </c>
       <c r="D557" t="s">
-        <v>5101</v>
+        <v>5114</v>
       </c>
       <c r="E557" t="s">
-        <v>5102</v>
+        <v>5115</v>
       </c>
       <c r="F557" t="s">
-        <v>5103</v>
+        <v>5116</v>
       </c>
       <c r="G557" t="s">
-        <v>4843</v>
+        <v>4121</v>
       </c>
       <c r="H557" t="s">
-        <v>4844</v>
+        <v>4122</v>
       </c>
       <c r="I557" t="s">
-        <v>5104</v>
+        <v>5117</v>
       </c>
       <c r="J557" t="s">
         <v>24</v>
       </c>
       <c r="K557" t="s">
-        <v>4928</v>
+        <v>170</v>
       </c>
       <c r="L557" t="s">
         <v>26</v>
       </c>
       <c r="M557" t="s">
-        <v>4929</v>
+        <v>171</v>
       </c>
       <c r="N557" t="s">
         <v>28</v>
       </c>
       <c r="O557" t="s">
-        <v>5105</v>
+        <v>5118</v>
       </c>
     </row>
     <row r="558" spans="1:15">
       <c r="A558">
-        <v>66538</v>
+        <v>66527</v>
       </c>
       <c r="B558" t="s">
-        <v>5106</v>
+        <v>1917</v>
       </c>
       <c r="C558" t="s">
-        <v>5107</v>
+        <v>5119</v>
       </c>
       <c r="D558" t="s">
-        <v>5108</v>
+        <v>5120</v>
       </c>
       <c r="E558" t="s">
-        <v>5109</v>
+        <v>5121</v>
       </c>
       <c r="F558" t="s">
-        <v>5110</v>
+        <v>5122</v>
       </c>
       <c r="G558" t="s">
-        <v>1962</v>
+        <v>1922</v>
       </c>
       <c r="H558" t="s">
-        <v>1963</v>
+        <v>1923</v>
       </c>
       <c r="I558" t="s">
-        <v>1964</v>
+        <v>1924</v>
       </c>
       <c r="J558" t="s">
         <v>24</v>
       </c>
       <c r="K558" t="s">
-        <v>5111</v>
+        <v>5020</v>
       </c>
       <c r="L558" t="s">
         <v>26</v>
       </c>
       <c r="M558" t="s">
-        <v>5112</v>
+        <v>5021</v>
       </c>
       <c r="N558" t="s">
         <v>28</v>
       </c>
       <c r="O558" t="s">
-        <v>5113</v>
+        <v>5123</v>
       </c>
     </row>
     <row r="559" spans="1:15">
       <c r="A559">
-        <v>66540</v>
+        <v>66529</v>
       </c>
       <c r="B559" t="s">
-        <v>5114</v>
+        <v>5124</v>
       </c>
       <c r="C559" t="s">
-        <v>5115</v>
+        <v>5125</v>
       </c>
       <c r="D559" t="s">
-        <v>5116</v>
+        <v>5126</v>
       </c>
       <c r="E559" t="s">
-        <v>5117</v>
+        <v>5127</v>
       </c>
       <c r="F559" t="s">
-        <v>5118</v>
+        <v>5128</v>
       </c>
       <c r="G559" t="s">
-        <v>5119</v>
+        <v>4551</v>
       </c>
       <c r="H559" t="s">
-        <v>5120</v>
+        <v>4552</v>
       </c>
       <c r="I559" t="s">
-        <v>1724</v>
+        <v>4553</v>
       </c>
       <c r="J559" t="s">
         <v>24</v>
       </c>
       <c r="K559" t="s">
-        <v>5121</v>
+        <v>2351</v>
       </c>
       <c r="L559" t="s">
         <v>26</v>
       </c>
       <c r="M559" t="s">
-        <v>5122</v>
+        <v>2352</v>
       </c>
       <c r="N559" t="s">
         <v>28</v>
       </c>
       <c r="O559" t="s">
-        <v>5123</v>
+        <v>5129</v>
       </c>
     </row>
     <row r="560" spans="1:15">
       <c r="A560">
+        <v>66530</v>
+      </c>
+      <c r="B560" t="s">
+        <v>5130</v>
+      </c>
+      <c r="C560" t="s">
+        <v>5131</v>
+      </c>
+      <c r="D560" t="s">
+        <v>5132</v>
+      </c>
+      <c r="E560" t="s">
+        <v>5133</v>
+      </c>
+      <c r="F560" t="s">
+        <v>5134</v>
+      </c>
+      <c r="G560" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H560" t="s">
+        <v>1694</v>
+      </c>
+      <c r="I560" t="s">
+        <v>1695</v>
+      </c>
+      <c r="J560" t="s">
+        <v>24</v>
+      </c>
+      <c r="K560" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L560" t="s">
+        <v>26</v>
+      </c>
+      <c r="M560" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N560" t="s">
+        <v>28</v>
+      </c>
+      <c r="O560" t="s">
+        <v>5135</v>
+      </c>
+    </row>
+    <row r="561" spans="1:15">
+      <c r="A561">
+        <v>66531</v>
+      </c>
+      <c r="B561" t="s">
+        <v>5136</v>
+      </c>
+      <c r="C561" t="s">
+        <v>5137</v>
+      </c>
+      <c r="D561" t="s">
+        <v>5138</v>
+      </c>
+      <c r="E561" t="s">
+        <v>5139</v>
+      </c>
+      <c r="F561" t="s">
+        <v>5140</v>
+      </c>
+      <c r="G561" t="s">
+        <v>5141</v>
+      </c>
+      <c r="H561" t="s">
+        <v>5142</v>
+      </c>
+      <c r="I561" t="s">
+        <v>5143</v>
+      </c>
+      <c r="J561" t="s">
+        <v>450</v>
+      </c>
+      <c r="K561" t="s">
+        <v>5144</v>
+      </c>
+      <c r="L561" t="s">
+        <v>452</v>
+      </c>
+      <c r="M561" t="s">
+        <v>5145</v>
+      </c>
+      <c r="N561" t="s">
+        <v>28</v>
+      </c>
+      <c r="O561" t="s">
+        <v>5146</v>
+      </c>
+    </row>
+    <row r="562" spans="1:15">
+      <c r="A562">
+        <v>66532</v>
+      </c>
+      <c r="B562" t="s">
+        <v>5147</v>
+      </c>
+      <c r="C562" t="s">
+        <v>5148</v>
+      </c>
+      <c r="D562" t="s">
+        <v>5149</v>
+      </c>
+      <c r="E562" t="s">
+        <v>5150</v>
+      </c>
+      <c r="F562" t="s">
+        <v>2006</v>
+      </c>
+      <c r="G562" t="s">
+        <v>2007</v>
+      </c>
+      <c r="H562" t="s">
+        <v>2008</v>
+      </c>
+      <c r="I562" t="s">
+        <v>2009</v>
+      </c>
+      <c r="J562" t="s">
+        <v>450</v>
+      </c>
+      <c r="K562" t="s">
+        <v>5151</v>
+      </c>
+      <c r="L562" t="s">
+        <v>452</v>
+      </c>
+      <c r="M562" t="s">
+        <v>5152</v>
+      </c>
+      <c r="N562" t="s">
+        <v>28</v>
+      </c>
+      <c r="O562" t="s">
+        <v>5153</v>
+      </c>
+    </row>
+    <row r="563" spans="1:15">
+      <c r="A563">
+        <v>66533</v>
+      </c>
+      <c r="B563" t="s">
+        <v>5154</v>
+      </c>
+      <c r="C563" t="s">
+        <v>5155</v>
+      </c>
+      <c r="D563" t="s">
+        <v>5156</v>
+      </c>
+      <c r="E563" t="s">
+        <v>5157</v>
+      </c>
+      <c r="F563" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G563" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H563" t="s">
+        <v>1786</v>
+      </c>
+      <c r="I563" t="s">
+        <v>5158</v>
+      </c>
+      <c r="J563" t="s">
+        <v>24</v>
+      </c>
+      <c r="K563" t="s">
+        <v>5159</v>
+      </c>
+      <c r="L563" t="s">
+        <v>26</v>
+      </c>
+      <c r="M563" t="s">
+        <v>5160</v>
+      </c>
+      <c r="N563" t="s">
+        <v>28</v>
+      </c>
+      <c r="O563" t="s">
+        <v>5161</v>
+      </c>
+    </row>
+    <row r="564" spans="1:15">
+      <c r="A564">
+        <v>66534</v>
+      </c>
+      <c r="B564" t="s">
+        <v>5162</v>
+      </c>
+      <c r="C564" t="s">
+        <v>5163</v>
+      </c>
+      <c r="D564" t="s">
+        <v>5164</v>
+      </c>
+      <c r="E564" t="s">
+        <v>5165</v>
+      </c>
+      <c r="F564" t="s">
+        <v>5166</v>
+      </c>
+      <c r="G564" t="s">
+        <v>5167</v>
+      </c>
+      <c r="H564" t="s">
+        <v>3251</v>
+      </c>
+      <c r="I564" t="s">
+        <v>3252</v>
+      </c>
+      <c r="J564" t="s">
+        <v>24</v>
+      </c>
+      <c r="K564" t="s">
+        <v>47</v>
+      </c>
+      <c r="L564" t="s">
+        <v>26</v>
+      </c>
+      <c r="M564" t="s">
+        <v>48</v>
+      </c>
+      <c r="N564" t="s">
+        <v>28</v>
+      </c>
+      <c r="O564" t="s">
+        <v>5168</v>
+      </c>
+    </row>
+    <row r="565" spans="1:15">
+      <c r="A565">
+        <v>66535</v>
+      </c>
+      <c r="B565" t="s">
+        <v>5169</v>
+      </c>
+      <c r="C565" t="s">
+        <v>5170</v>
+      </c>
+      <c r="D565" t="s">
+        <v>5171</v>
+      </c>
+      <c r="E565" t="s">
+        <v>5172</v>
+      </c>
+      <c r="F565" t="s">
+        <v>5173</v>
+      </c>
+      <c r="G565" t="s">
+        <v>5174</v>
+      </c>
+      <c r="H565" t="s">
+        <v>5175</v>
+      </c>
+      <c r="I565" t="s">
+        <v>5176</v>
+      </c>
+      <c r="J565" t="s">
+        <v>5177</v>
+      </c>
+      <c r="K565" t="s">
+        <v>5178</v>
+      </c>
+      <c r="L565" t="s">
+        <v>5179</v>
+      </c>
+      <c r="M565" t="s">
+        <v>5180</v>
+      </c>
+      <c r="N565" t="s">
+        <v>28</v>
+      </c>
+      <c r="O565" t="s">
+        <v>5181</v>
+      </c>
+    </row>
+    <row r="566" spans="1:15">
+      <c r="A566">
+        <v>66536</v>
+      </c>
+      <c r="B566" t="s">
+        <v>5182</v>
+      </c>
+      <c r="C566" t="s">
+        <v>5183</v>
+      </c>
+      <c r="D566" t="s">
+        <v>5184</v>
+      </c>
+      <c r="E566" t="s">
+        <v>5185</v>
+      </c>
+      <c r="F566" t="s">
+        <v>5186</v>
+      </c>
+      <c r="G566" t="s">
+        <v>5187</v>
+      </c>
+      <c r="H566" t="s">
+        <v>5188</v>
+      </c>
+      <c r="I566" t="s">
+        <v>5189</v>
+      </c>
+      <c r="J566" t="s">
+        <v>24</v>
+      </c>
+      <c r="K566" t="s">
+        <v>5020</v>
+      </c>
+      <c r="L566" t="s">
+        <v>26</v>
+      </c>
+      <c r="M566" t="s">
+        <v>5021</v>
+      </c>
+      <c r="N566" t="s">
+        <v>28</v>
+      </c>
+      <c r="O566" t="s">
+        <v>5190</v>
+      </c>
+    </row>
+    <row r="567" spans="1:15">
+      <c r="A567">
+        <v>66537</v>
+      </c>
+      <c r="B567" t="s">
+        <v>5191</v>
+      </c>
+      <c r="C567" t="s">
+        <v>5192</v>
+      </c>
+      <c r="D567" t="s">
+        <v>5193</v>
+      </c>
+      <c r="E567" t="s">
+        <v>5194</v>
+      </c>
+      <c r="F567" t="s">
+        <v>5195</v>
+      </c>
+      <c r="G567" t="s">
+        <v>4935</v>
+      </c>
+      <c r="H567" t="s">
+        <v>4936</v>
+      </c>
+      <c r="I567" t="s">
+        <v>5196</v>
+      </c>
+      <c r="J567" t="s">
+        <v>24</v>
+      </c>
+      <c r="K567" t="s">
+        <v>5020</v>
+      </c>
+      <c r="L567" t="s">
+        <v>26</v>
+      </c>
+      <c r="M567" t="s">
+        <v>5021</v>
+      </c>
+      <c r="N567" t="s">
+        <v>28</v>
+      </c>
+      <c r="O567" t="s">
+        <v>5197</v>
+      </c>
+    </row>
+    <row r="568" spans="1:15">
+      <c r="A568">
+        <v>66538</v>
+      </c>
+      <c r="B568" t="s">
+        <v>5198</v>
+      </c>
+      <c r="C568" t="s">
+        <v>5199</v>
+      </c>
+      <c r="D568" t="s">
+        <v>5200</v>
+      </c>
+      <c r="E568" t="s">
+        <v>5201</v>
+      </c>
+      <c r="F568" t="s">
+        <v>5202</v>
+      </c>
+      <c r="G568" t="s">
+        <v>1998</v>
+      </c>
+      <c r="H568" t="s">
+        <v>1999</v>
+      </c>
+      <c r="I568" t="s">
+        <v>2000</v>
+      </c>
+      <c r="J568" t="s">
+        <v>24</v>
+      </c>
+      <c r="K568" t="s">
+        <v>5203</v>
+      </c>
+      <c r="L568" t="s">
+        <v>26</v>
+      </c>
+      <c r="M568" t="s">
+        <v>5204</v>
+      </c>
+      <c r="N568" t="s">
+        <v>28</v>
+      </c>
+      <c r="O568" t="s">
+        <v>5205</v>
+      </c>
+    </row>
+    <row r="569" spans="1:15">
+      <c r="A569">
+        <v>66540</v>
+      </c>
+      <c r="B569" t="s">
+        <v>5206</v>
+      </c>
+      <c r="C569" t="s">
+        <v>5207</v>
+      </c>
+      <c r="D569" t="s">
+        <v>5208</v>
+      </c>
+      <c r="E569" t="s">
+        <v>5209</v>
+      </c>
+      <c r="F569" t="s">
+        <v>5210</v>
+      </c>
+      <c r="G569" t="s">
+        <v>5211</v>
+      </c>
+      <c r="H569" t="s">
+        <v>5212</v>
+      </c>
+      <c r="I569" t="s">
+        <v>1724</v>
+      </c>
+      <c r="J569" t="s">
+        <v>24</v>
+      </c>
+      <c r="K569" t="s">
+        <v>5213</v>
+      </c>
+      <c r="L569" t="s">
+        <v>26</v>
+      </c>
+      <c r="M569" t="s">
+        <v>5214</v>
+      </c>
+      <c r="N569" t="s">
+        <v>28</v>
+      </c>
+      <c r="O569" t="s">
+        <v>5215</v>
+      </c>
+    </row>
+    <row r="570" spans="1:15">
+      <c r="A570">
         <v>66541</v>
       </c>
-      <c r="B560" t="s">
-[...39 lines deleted...]
-        <v>5130</v>
+      <c r="B570" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C570" t="s">
+        <v>5216</v>
+      </c>
+      <c r="D570" t="s">
+        <v>5217</v>
+      </c>
+      <c r="E570" t="s">
+        <v>5218</v>
+      </c>
+      <c r="F570" t="s">
+        <v>5219</v>
+      </c>
+      <c r="G570" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H570" t="s">
+        <v>1981</v>
+      </c>
+      <c r="I570" t="s">
+        <v>1982</v>
+      </c>
+      <c r="J570" t="s">
+        <v>24</v>
+      </c>
+      <c r="K570" t="s">
+        <v>5220</v>
+      </c>
+      <c r="L570" t="s">
+        <v>26</v>
+      </c>
+      <c r="M570" t="s">
+        <v>5221</v>
+      </c>
+      <c r="N570" t="s">
+        <v>28</v>
+      </c>
+      <c r="O570" t="s">
+        <v>5222</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">