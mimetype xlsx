--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -12,1249 +12,1249 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3320">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Shqip
 # Source: https://hadeethenc.com/sq
-# Last update: 2025-05-28 18:32:17 (v1.19.0)
-# Check for updates: https://hadeethenc.com/en/check/sq/v1.19.0
+# Last update: 2025-10-30 23:07:43 (v1.21.0)
+# Check for updates: https://hadeethenc.com/en/check/sq/v1.21.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>“Ai që e kryen haxhillëkun në Qabe, duke u larguar nga çdo veprim intim bashkëshortor dhe pa mëkatuar, kthehet sikurse ditën që e ka lindur nëna.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se e ka dëgjuar Profetin ﷺ duke thënë: “Ai që e kryen haxhillëkun në Qabe, duke u larguar nga çdo veprim intim bashkëshortor dhe pa mëkatuar, kthehet sikurse ditën që e ka lindur nëna.”</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se ai që e kryen haxhillëkun për hir të Allahut të Lartësuar dhe nuk bën (ar.) rafeth, respektivisht nuk bën marrëdhënie intime e as gjërat që i nxisin ato, si: puthja dhe prekja (me epsh), gjithashtu kjo fjalë (ar. rafeth) nënkupton fjalët e turpshme, si dhe nuk bën (ar.) fusuk, që nënkupton se nuk bën mëkate e vepra të këqija, ndërkohë (ar. fusuk) është edhe veprimi i gjërave të ndaluara gjatë ihramit, kështu që i tilli kthehet me mëkate të falura, ashtu siç lind fëmija i pastër nga mëkatet.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Shkelja e dispozitave fetare (ar. fusuk) është e ndaluar në çdo moment dhe gjendje, mirëpo gjatë kryerjes së haxhillëkut është më e ndaluar, si respekt për ritualet e haxhillëkut.
 Njeriu lind pa mëkate, i liruar nga ato dhe nuk e mbart mëkatin e të tjerëve.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[Ky hadith është sahih]</t>
   </si>
   <si>
     <t>[Muttefek alejhi]</t>
   </si>
   <si>
     <t>sq</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/2758</t>
   </si>
   <si>
-    <t>‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟</t>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>“A doni t'ju tregoj për më të mëdhatë e mëkateve të mëdha?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>Ebu Bekrete (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “A doni t'ju tregoj për më të mëdhatë e mëkateve të mëdha?” Të pranishmit iu përgjigjën: "Posi, o i Dërguari i Allahut!" (Tha:) “Të bërët shirk Allahut dhe mosrespektimi i prindërve”, - pastaj u ul, sepse ishte i mbështetur, dhe vazhdoi: - “Po ashtu, fjala e rrejshme!” - të cilën e përsëriti disa herë radhazi, saqë thoshim me vete: Ah, sikur të heshtte (se na vinte rëndë)!</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith i lajmëroi shokët e tij për më të mëdhatë e mëkateve të mëdha, kështu që ua përmendi këto tria:
 1. Të bërët shirk (ortakëri) Allahut, që nënkupton kushtimin e çdo lloj adhurimi dikujt tjetër përveç Allahut dhe barazimi i të tjerëve me Allahun në uluhijen (veçimin e Allahut me adhurim), rububijen (veçimin e Allahut me zotërim) dhe emrat e cilësitë e Tij.
 2. Mosrespektimi i prindërve, që nënkupton çdo dëm që u shkaktohet prindërve, qoftë me fjalë, qoftë me vepra, dhe lënia e bamirësisë ndaj tyre.
 3. Fjala e rrejshme, e cila e përfshin edhe dëshminë e rrejshme. Kjo nënkupton çdo fjalë të rreme, me të cilën synohet nënçmimi i atij për të cilin është bërë kjo dëshmi, duke ia marrë pasurinë ose duke ia cenuar nderin, e të ngjashme.
 Profeti ﷺ e përsëriti (disa herë) tërheqjen e vërejtjes kundër fjalëve të rreme, duke paralajmëruar kështu për qortueshmërinë dhe efektet e këqija të saj në shoqëri, derisa sahabët thanë: "Ah, sikur të heshtte!", si mëshirë për të dhe moskënaqje me atë që e shqetëson atë.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Mëkati më i madh është të bërët shirk (ortakëri) Allahut, sepse Profeti e përmendi në fillim të mëkateve më të mëdha. Këtë gjë e vërteton edhe fjala e Allahut të Lartësuar: "Vërtet, Allahu nuk fal që të adhurohet dikush a diçka tjetër përveç Tij, por gjynahet e tjera më të vogla ia fal kujt të dojë." (En Nisa, 48)
 Rëndësia e madhe e të drejtave të prindërve, sepse e bëri bashkë të drejtën e tyre me të drejtën e Allahut të Lartësuar.
 Mëkatet ndahen në mëkate të mëdha dhe të vogla. Mëkat i madh konsiderohet çdo mëkat për të cilin ka dënim të kësaj bote, si: dënimet e paracaktuara (ar. hudud), mallkimi, kërcënimi për (dënim në) jetën e përtejme dhe kërcënimi për hyrje në Zjarr. Mëkatet e mëdha janë në nivele të ndryshme, disa prej të cilave janë më të rënda se të tjerat në ndalesë, ndërsa mëkatet e vogla janë ato të tjerat jashtë mëkateve të mëdha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/2941</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ</t>
+    <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
     <t>“Allahu i Lartmadhëruar ju ndalon të betoheni në baballarët tuaj</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
     <t>Omer ibn Hatabi (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu i Lartmadhëruar ju ndalon të betoheni në baballarët tuaj.” Omeri shton: "Për Allahun, qëkurse e kam dëgjuar të Dërguarin e Allahut ﷺ duke e ndaluar atë, as vetë nuk jam betuar (në prindër) e as e kam cituar betimin e tjetërkujt (në prindër)."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se Allahu i Lartësuar ndalon të betohemi në baballarët, kështu që, kushdo që dëshiron të betohet, le të betohet vetëm në Allahun dhe të mos betohet në askënd tjetër. Pastaj Omer ibn Hatabi (Allahu qoftë i kënaqur me të!) përmendi se nuk ishte betuar qëkurse e kishte dëgjuar të Dërguarin e Allahut ﷺ duke e ndaluar një gjë të tillë, as qëllimisht e as duke e përmendur betimin e dikujt tjetër që është betuar në dikë tjetër përveç Allahut.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
     <t>Ndalimi i betimit në dikë tjetër përveç Allahut. U veçua betimi në baballarët, sepse ky ishte një zakon i injorancës (paraislame).
 Betimi nënkupton që njeriu të betohet në Allahun, emrat ose cilësitë e Tij, për një çështje të caktuar, për ta vërtetuar atë.
 Vlera e Omerit (Allahu qoftë i kënaqur me të!), meqë shumë shpejt e jetësoi këtë gjë, kishte të kuptuar të mirë dhe ishte i devotshëm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/2945</t>
   </si>
   <si>
-    <t>أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ</t>
+    <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>Gjëra e parë që do të gjykohet mes njerëzve në Ditën e Kiametit janë gjaqet</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Gjëra e parë që do të gjykohet mes njerëzve në Ditën e Kiametit janë gjaqet."</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith përmendi se gjëja e parë që do të gjykohet mes njerëzve në lidhje me padrejtësinë që ua kanë bërë njëri-tjetrit në Ditën e Kiametit është gjaku, si: vrasja dhe plagët e shkaktuara.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Çështja e gjakderdhjes është e rëndë, sepse fillohet me gjërat më të rëndësishme.
 Mëkatet zmadhohen në varësi se sa i madh konsiderohet dëmi i vepruar. Marrja e jetëve të pafajshme është nga dëmet më të mëdha dhe asgjë nuk është më e madhe se kjo, përveç kufrit dhe shirkut.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/2962</t>
   </si>
   <si>
-    <t>مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا</t>
+    <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>“Ai që ngre armët kundër nesh nuk është prej nesh.”</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Ai që ngre armët kundër nesh nuk është prej nesh.”</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tërheq vërejtjen nga drejtimi i armëve kundër muslimanëve; për t'i frikësuar ose plaçkitur. Kushdo që e bën këtë pa ndonjë të drejtë, ka bërë një krim dhe një gjynah të madh, rrjedhimisht e meriton këtë kërcënim të rëndë.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>Paralajmërim i ashpër kundër një muslimani që i lufton vëllezërit e tij muslimanë.
 Prej të këqijave dhe dëmit më të madh në tokë është ngritja e armëve kundër muslimanëve dhe dëmi i shkaktuar përmes vrasjes.
 Kërcënimi i përmendur nuk e përfshin luftimin që bëhet me të drejtë, siç është luftimi kundër kryngritësve të pabindur (ar. bugat), shkatërrimtarëve etj.
 Është e ndaluar të frikësohen muslimanët me armë ose me ndonjë gjë tjetër, qoftë dhe me shaka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/2997</t>
   </si>
   <si>
-    <t>إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ</t>
+    <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>Këta dy po dënohen, por nuk po dënohen për ndonjë mëkat të madh (sipas tyre). Njëri prej tyre nuk ruhej nga stërpikat e urinës, kurse tjetri bartte fjalë</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon: "Profeti ﷺ kaloi pranë dy varreve dhe tha: “Këta dy po dënohen, por nuk po dënohen për ndonjë mëkat të madh (sipas tyre). Njëri prej tyre nuk ruhej nga stërpikat e urinës, kurse tjetri bartte fjalë.” Pastaj mori një degë të njomë, e ndau në dysh dhe e nguli në secilin varr nga një pjesë. I thanë: "O i Dërguari i Allahut, pse e bëre këtë?" Tha: “Me shpresë që t'u lehtësohet dënimi për sa kohë që degët nuk thahen.”</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
     <t>Profeti ﷺ kaloi pranë dy varreve dhe tha: Këta dy persona në këto dy varre po dënohen, por nuk po dënohen për ndonjë mëkat të madh, sipas tyre, edhe pse tek Allahu është i madh. Sa i përket njërit prej tyre, ai nuk kujdesej për ruajtjen e trupit dhe rrobave nga urina kur e kryente këtë proces. Ndërkaq, tjetri bartte fjalë midis njerëzve, ku i transmetonte ato te të tjerët, me qëllim që të shkaktonte dëm, mosmarrëveshje dhe përçarje midis tyre.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
     <t>Bartja e fjalëve dhe moskujdesi gjatë urinimit janë mëkate të mëdha dhe janë shkaktarë që njeriu të dënohet në varr.
 Allahu i Lartësuar zbuloi disa nga gjërat e padukshme, - siç është dënimi i varrit, - për ta shpërfaqur profecinë e Pejgamberit ﷺ.
 Ky veprim i ndarjes në dysh të pemës së njomë dhe vendosjes së tyre mbi varr është i veçantë për Profetin ﷺ, sepse Allahu e informoi për gjendjen e këtyre dyve në varr, kështu që askush tjetër nuk mund të krahasohet me të, sepse askush nuk e di gjendjen e njerëzve në varre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3010</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ</t>
+    <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
   </si>
   <si>
     <t>“Kur të dëgjoni ezanin, përsëritni fjalët që i thotë myezini.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ».</t>
   </si>
   <si>
     <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kur të dëgjoni ezanin, përsëritni fjalët që i thotë myezini.”</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على إجابة المؤذِّن عند سماعه، وذلك بأنْ نقولَ مثل ما يقول، جُملةً بجملة، 
 فحينما يُكَبِّرُ نُكَبِّرُ بعدَه، وحينما يأتي بالشهادتين، نأتي بهما بعده، 
 ويستثنى لفظ: (حي على الصلاة، حي على الفلاح) فإنه يُقال بعدهما: لا حول ولا قوة إلا بالله.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na nxit që t'i përgjigjemi myezinit kur e dëgjojmë, duke thënë fjalë për fjalë atë që e thotë ai. Kur ai thotë: "Allahu ekber", ne themi pas tij: "Allahu ekber" dhe, kur ai i thotë dy dëshmitë, ne i themi pas tij. Përjashtim bëjnë fjalët: "Haje ales-salah! Haje alel-felah!", pas të cilave thuhet: "La havle ve la kuvete il-la bil-lah."</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
     <t>Myezini i dytë ndiqet pasi të ketë mbaruar i pari, edhe nëse ka shumë myezinë, bazuar në kuptimin e përgjithshëm të hadithit.
 Myezinit i përgjigjet në të gjitha rrethanat e tij, (kuptohet) nëse nuk është në nevojtore ose duke i kryer nevojat fiziologjike.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3013</t>
   </si>
   <si>
-    <t>دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ</t>
+    <t>دعهما، فإني أدخلتهما طاهرتين</t>
   </si>
   <si>
     <t>Lëri, se i kam mbathur duke qenë me abdes</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
     <t>Mugire ibn Shuëbe (Allahu qoftë i kënaqur me të!) rrëfen: "Isha në një udhëtim bashkë me Profetin ﷺ dhe u ula për t'ia hequr mestet, por ai më tha: “Lëri, se i kam mbathur duke qenë me abdes.” Kështu, ai u dha vetëm mes'h."</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
     <t>Profeti ﷺ ishte në një udhëtim dhe mori avdes. Kur arriti te larja e këmbëve, Mugire ibn Shuëbe (Allahu qoftë i kënaqur me të!) i zgjati duart për t'ia hequr mestet që i kishte në këmbë Profetit ﷺ, për t'i larë ato. Profeti ﷺ i tha: "Lëri e mos i hiq, sepse këmbët i kam futur në meste duke qenë me abdes." Kësisoj, Profeti ﷺ u dha mes'h mesteve të tij, në vend që t'i lante këmbët.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>Përligjja e dhënies mes'h mesteve është kur merret abdes nga papastërtia e vogël kuptimore (ar. el-hadeth el-asgar), ndërsa për larjen e tërësishme nga papastërita e madhe kuptimore (ar. el-hadeth el-ekber), patjetër duhen larë këmbët.
 Mes'hu (fshirja) bëhet një herë, duke e kaluar dorën e lagur mbi pjesën e sipërme të mesteve, e jo pjesën e poshtme.
 Për mes'hin mbi meste kushtëzohet që të vishen pas një abdesi të plotë, në të cilin i ka larë këmbët me ujë dhe që mestet të jenë të pastra, ta mbulojnë pjesën e detyrueshme të këmbës dhe mes'hu të jetë nga ndonjë papastërti e vogël kuptimore, e jo për shkak të xhunubllëkut ose diçkaje që e bën të detyrueshëm guslin (larjen e tërësishme të trupit). Po ashtu që mes'hu të jetë në kohën të përcaktuar fetarisht, që është një ditë e një natë për vendasin dhe tri ditë e tri net për udhëtarin.
 Çdo gjë që i mbulon këmbët, bie fjala, çorapet dhe gjëra të tjera, krahasohen me mestet, rrjedhimisht lejohet dhënia mes'h atyre.
 Në këtë hadith tregohet karakteri dhe mësimdhënia e mirë e Profetit ﷺ, sepse e ndali Mugiren që t'i hiqte mestet dhe ia shpjegoi arsyen se i kishte futur ato me avdes, që ta qetësojë dhe t'ia mësojë vendimin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3014</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Kur njeriu ta dojë vëllanë e tij (musliman), le ta lajmërojë se e do</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Mikdam ibn Madikeribi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Kur njeriu ta dojë vëllanë e tij (musliman), le ta lajmërojë se e do."</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith shpjegon një nga shkaqet që forcojnë lidhjet ndërmjet besimtarëve dhe përhapin dashurinë mes tyre, që është se, nëse dikush e do vëllanë e tij, le ta lajmërojë se e do.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Vlera e dashurisë së sinqertë për hir të Allahut të Lartësuar, e jo për interesa të kësaj bote.
 Është e pëlqyeshme të lajmërohet ai të cilin e do për hir të Allahut se vërtet e do, në mënyrë që të rritet dashuria dhe afërsia mes jush.
 Përhapja e dashurisë mes besimtarëve e forcon vëllazërinë në besim dhe e ruan shoqërinë nga shpërbërja dhe përçarja.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3017</t>
   </si>
   <si>
-    <t>إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي</t>
+    <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>Jo, ajo që po të ndodh ty është gjakrrjedhje e çrregullt. Lëre namazin aq ditë sa të janë paraqitur menstruacionet më parë, pastaj laju dhe falu.”</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se Fatime bint Hubejshi e pyeti Pejgamberin ﷺ: "Kam gjakrrjedhje të pandërprerë, kështu që nuk po pastrohem. A ta lë namazin?" Profeti ﷺ tha: “Jo, ajo që po të ndodh ty është gjakrrjedhje e çrregullt. Lëre namazin aq ditë sa të janë paraqitur menstruacionet më parë, pastaj laju dhe falu.”</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Fatime bint Hubejshi e pyeti Profetinﷺ dhe i tha: "Gjakrrjedhja ime nuk po ndalet dhe vazhdon edhe kur nuk jam me menstruacione, a e merr kjo gjendje vendimin fetar sikur për menstruacione, e kësisoj gjatë kësaj periudhe ta lë namazin?" Profeti ﷺ i tha: "Ai është gjak i istihadës (gjakrrjedhje e çrregullt - hemorragji); gjak patologjik që rezulton nga ndërprerja e gjakrrjedhjes në mitër dhe nuk është gjak menstrual. Nëse vjen koha e menstruacioneve gjatë së cilës ke pasur menstruacione sipas zakonit tënd mujor, para se të sëmuresh me gjakrrjedhje të çrregullt, atëherë gjatë kësaj kohe lëre namazin, agjërimin dhe gjërat e tjera që femra me menstruacione pengohet t'i bëjë në kohën e menstruacioneve. Kur të kalojë kjo periudhë e të jesh pastruar nga menstruacionet, atëherë pastroje vendin e gjakut, e pastaj laje plotësisht trupin tënd, që ta largosh kështu papastërtinë kuptimore (ar. hadeth), e më pas falu.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Femra e ka obligim të pastrohet tërësisht kur t'i mbarojnë ditët e menstruacioneve.
 Femra që ka gjakrrjedhje të çrregullt e ka obligim ta falë namazin.
 Menstruacionet janë gjak i natyrshëm që lëshohet nga mitra përmes vulvës (organit të jashtëm) të një gruaje të rritur dhe vjen tek ajo në ditë të caktuara.
 Gjaku i çrregullt (ar. el-Istihada) është rrjedhje e gjakut afër fundit të mitrës jo në kohë të vet.
 Dallimi midis gjakut të menstruacioneve dhe gjakut të çrregullt është se gjaku i menstruacioneve është i zi, i trashë dhe ka erë të keqe, ndërsa gjaku i çrregullt është i kuq, i hollë dhe nuk ka erë të keqe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3029</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ</t>
+    <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>“Ai që merr abdes, le ta futë ujin në hundë dhe le t'i fryjë, ndërsa ai që pastrohet me gurë nga jashtëqitja, le ta bëjë në numër tek</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Ai që merr abdes, le ta futë ujin në hundë dhe le t'i fryjë, ndërsa ai që pastrohet me gurë nga jashtëqitja, le ta bëjë në numër tek. Kur dikush zgjohet nga gjumi, së pari le ta pastrojë dorën e tij, para se ta fusë në enën e abdesit, sepse nuk e di ku i ka qëndruar dora gjatë gjumit.” Ndërkaq te Muslimi gjendet kështu: “Kur dikush zgjohet nga gjumi, le të mos e fusë dorën e tij në enë para se ta lajë tri herë, sepse nuk e di ku i ka qëndruar dora gjatë gjumit.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron disa vendime fetare që ndërlidhen me pastërtinë, duke përfshirë: Së pari: Ai që merr abdes duhet të fusë ujë në hundë përmes frymëmarrjes, pastaj, po ashtu, duhet ta nxjerrë përmes saj. E dyta: Ai që dëshiron ta pastrojë papastërinë që del prej tij dhe ta largojë me diçka tjetër përveç ujit, bie fjala, me gurë dhe të ngjashme, atëherë duhet të pastrohet me numër tek, ku minimumi është tre dhe maksimumi është aq sa do të mjaftojë për ta ndërprerë atë gjë që del prej tij dhe ta pastrojë vendin ku është papastërtia. E treta: Ai që zgjohet nga gjumi, të mos e fusë dorën në enë për të marrë abdes, derisa ta lajë tri herë jashtë enës, sepse nuk e di se ku ka qëndruar dora gjatë gjumit, kështu që nuk është i sigurt a e ka dorën të pastër, sepse shejtani mund të ketë luajtur me të dhe të ketë vendosur në të gjëra që janë të dëmshme për njeriun ose që e prishin ujin.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
     <t>Gjatë avdesit është obligim istinshaku, që nënkupton futjen e ujit në hundë përmes frymëmarrjes, po ashtu është obligim istinthari, që nënkupton largimin e ujit nga hunda përmes frymëmarrjes.
 Pastrimi me gurë nga jashtëqitja preferohet të bëhet në numër tek.
 Përligjja e larjes së duarve tri herë pas zgjimit nga gjumi i natës.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3033</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ</t>
+    <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>“Kur njeriu futet në shtëpinë e tij dhe thotë: "Bismilah" gjatë hyrjes dhe gjatë ngrënies, shejtani thotë: "S'ka konak për ju sonte, e as darkë</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>Xhabir ibn Abdullahu (Allahu qoftë i kënaqur me të) tregon se e ka dëgjuar Profetin ﷺ duke thënë: “Kur njeriu futet në shtëpinë e tij dhe thotë: "Bismilah" gjatë hyrjes dhe gjatë ngrënies, shejtani thotë: "S'ka konak për ju sonte, e as darkë." Nëse hyn dhe nuk thotë: "Bismilah" gjatë hyrjes, shejtani thotë: "Gjetët konakun." E, nëse as gjatë ushqimit nuk thotë: "Bismilah", ai thotë: "Gjetët konakun dhe darkën.”</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka urdhëruar që të përmendet Allahu kur hyjmë në shtëpi dhe para se të hamë ushqim, e, kur ta përmendim Allahun duke thënë: "Bismilah" kur hyjmë në shtëpi dhe kur të fillojmë të hamë, shejtani u thotë ndihmësve të tij: "Ju nuk keni hise në konak e as darkë në këtë shtëpi, sepse pronari i saj është mbrojtur nga ju me përmendjen e Allahut të Lartësuar." Por, nëse njeriu hyn në shtëpinë e tij dhe nuk e përmend Allahun kur hyn ose kur ha ushqim, atëherë shejtani u thotë ndihmësve të tij se për ta ka konak dhe darkë në këtë shtëpi.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>Është e preferuar të përmendet Allahu kur hyjmë në shtëpi dhe kur hamë ushqim, pasi shejtani e kalon natën në shtëpi dhe e ha ushqimin e banorëve të atyre shtëpive, nëse ata nuk e përmendin emrin e Allahut të Lartësuar.
 Shejtani e vëzhgon njeriun gjatë punës, sjelljeve dhe të gjitha çështjeve të tij, e, nëse është i pavëmendshëm dhe nuk e përmend Allahun, atëherë shejtani ia arrin atë që do prej tij.
 Përmendja e Allahut e largon shejtanin.
 Çdo shejtan ka pasues dhe ndihmëtarë që gëzohen me fjalët e tij dhe ndjekin urdhrat e tij.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[E shënon Muslimi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3037</t>
   </si>
   <si>
-    <t>الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ</t>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>Gjynahet e mëdha janë: t'i bëhet shirk Allahut, mosrespektimi i prindërve, vrasja e njeriut dhe betimi i rrejshëm</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Gjynahet e mëdha janë: t'i bëhet shirk Allahut, mosrespektimi i prindërve, vrasja e njeriut dhe betimi i rrejshëm."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith i sqaron mëkatet e mëdha, që janë ato, vepruesi i të cilave kërcënohet me një kërcënim të rëndë në këtë botë ose në botën tjetër.
 1. Të bërët shirk (ortakëri) Allahut, që nënkupton kushtimin e çdo lloj adhurimi dikujt tjetër përveç Allahut dhe barazimi i të tjerëve me Allahun në uluhijen (veçimin e Allahut me adhurim), rububijen (veçimin e Allahut me zotërim) dhe emrat e cilësitë e Tij.
 2. Mosrespektimi i prindërve, që nënkupton çdo gjë që u shkakton lëndim prindërve, qoftë fjalë e vepër, qoftë lënie e bamirësisë ndaj tyre.
 3. Vrasja e njeriut në mënyrë të paligjshme, bie fjala, vrasja në mënyrë të padrejtë.
 4. Betimi i rrejshëm (zhytës), respektivisht betimi i bërë nga një person që është i vetëdijshëm për gënjeshtrën e tij. Quhet kështu (ar. gamus - zhytës), sepse e zhyt vepruesin e tij në mëkat ose në në Zjarr.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Për betimin e rrejshëm nuk ka kefaret (shpagim), për shkak të rrezikut dhe krimit të tij të madh, por për të duhet pendim.
 Kufizimi i përmendjes së këtyre katër mëkateve të mëdha në hadith është për shkak të peshës së rëndë të mëkatit të tyre, e jo për t'i kufizuar ato.
 Mëkatet ndahen në mëkate të mëdha dhe të vogla. Mëkat i madh konsiderohet çdo mëkat për të cilin ka dënim të kësaj bote, si: dënimet e paracaktuara (ar. hudud), mallkimi, kërcënimi për (dënim në) jetën e përtejme dhe kërcënimi për hyrje në Zjarr. Mëkatet e mëdha janë në nivele të ndryshme, disa prej të cilave janë më të rënda se të tjerat në ndalesë, ndërsa mëkatet e vogla janë të gjitha të tjerat jashtë mëkateve të mëdha.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[E shënon Buhariu]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3044</t>
   </si>
   <si>
-    <t>إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ</t>
+    <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>“Kjo botë është e ëmbël dhe e bukur. Allahu do t'ju bëjë zëvendës në Tokë, që t'ju shohë se si do të veproni, andaj ruajuni nga mashtrimet e saj dhe ruajuni nga gratë</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të) transmeton se Profeti ﷺ ka thënë: “Kjo botë është e ëmbël dhe e bukur. Allahu do t'ju bëjë zëvendës në Tokë, që t'ju shohë se si do të veproni, andaj ruajuni nga mashtrimet e saj dhe ruajuni nga gratë, sepse sprova e parë te bijtë e Israilit ka qenë përmes grave.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se bota është e ëmbël në shije dhe e bukur - e gjelbër në pamje, kështu që njeriu mashtrohet prej saj, preokupohet me të dhe e bën atë shqetësimin e tij më të madh. Allahu i Lartmadhëruar na bëri të atillë që të jemi në jetën e kësaj bote, për të parë se si do të veprojmë: a do t'i bindemi Atij, apo do t'i mëkatojmë Atij? Më pas tha: "Kini kujdes që të mos ju mashtrojnë kënaqësitë dhe stolitë e kësaj bote, të cilat do t'ju bëjnë të braktisni atë që ju ka urdhëruar Allahu dhe të bini në atë që ju ka ndaluar!" Nga gjërat më të mëdha nga të cilat duhet të ruhemi nga sprovat e kësaj bote janë sprovat e grave, ku kjo qe sprova e parë në të cilën kishin rënë bijtë e Israilit.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Inkurajimi që t'i përmbahemi devotshmërisë dhe të mos preokupohemi me pamjet dhe stolitë e kësaj bote.
 Tërheqja e vërejtjes që të mos sprovohemi me gratë, qoftë duke i shikuar, qoftë duke u treguar të pavëmendshëm në përzierjen me meshkuj të huaj ose gjëra të kësaj natyre.
 Sprova e grave është ndër sprovat më të mëdha të kësaj bote.
 Marrja e këshillës duke marrë mësim nga popujt e kaluar: ajo që u ndodhi bijve të Israilit mund t'u ndodhë edhe të tjerëve.
 Fitneja (sprova) e grave është e atillë, që, nëse ajo është bashkëshorte, mund ta bëjë burrin të shpenzojë më shumë sesa mund të përballojë, duke e shpërqendruar atë nga kërkimi i çështjeve të fesë dhe duke e rraskapitur nga kërkimi i çështjeve të kësaj bote. E, nëse ajo është e huaj, atëherë sprova e saj mund të jetë e atillë që njerëzit t'i mashtrojë dhe t'i devijojë nga e vërteta, nëse ato dalin dhe përzihen me ta, veçanërisht nëse janë të zbuluara dhe të stolisura. Kjo mund të jetë shkak i rënies në shkallë të ndryshme të zinasë. Besimtari duhet të kapet për fenë e Allahut dhe të shpresojë tek Ai, që ta ruajë nga fitneja e tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3053</t>
   </si>
   <si>
-    <t>بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا</t>
+    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>Ia dhamë besën të Dërguarit të Allahut ﷺ se do ta dëgjojmë dhe do t'i bindemi në kohë të vështira e në kohë të qeta, në gjërat që i duam dhe s'i duam, edhe nëse dikush bëhet padrejtësisht hisetar në hakun tonë</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>Ubade ibn Samiti (Allahu qoftë i kënaqur me të!) tregon: "Ia dhamë besën të Dërguarit të Allahut ﷺ se do ta dëgjojmë dhe do t'i bindemi në kohë të vështira e në kohë të qeta, në gjërat që i duam dhe s'i duam, edhe nëse dikush bëhet padrejtësisht hisetar në hakun tonë; nuk do t'ua cenojmë atyre postin që u takon, si dhe do ta flasim të vërtetën kudo që gjendemi dhe s'do t'ia kemi frikën qortimit të asnjë qortuesi në rrugëtimin drejt Allahut."</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ e mori besën nga sahabët për t'iu nënshtruar prijësve dhe sundimtarëve (muslimanë) në kohë të qeta dhe të vështira; në kohë mirëqenieje e varfërie, pavarësisht nëse urdhrat e tyre janë të dëshirueshme apo të papëlqyera për shpirtin. Madje, edhe nëse sundimtarët padrejtësisht bëhen hisetarë mbi nënshtetasit në pasurinë publike, pozitat ose gjëra të tjera është obligim që ata të dëgjohen dhe t'i binden në mirësi (e jo në mëkat). Gjithashtu, nuk duhet të bëjnë kryengritje kundër tyre, sepse trazia dhe dëmi që shkaktohen duke luftuar ndaj tyre është më i madh dhe më i rëndë se dëmi që ka ndodhur për shkak të padrejtësisë së tyre. Po ashtu ia dhanë besën se do ta thonë të vërtetën në çdo vend që janë, duke e bërë këtë sinqerisht për Allahun dhe të mos kenë frikë nga ata që i qortojnë.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Dobia e bindjes ndaj prijësve qëndron në bashkimin e fjalës së muslimanëve dhe flakjen e përçarjes.
 Është obligim të dëgjojmë dhe t'u bindemi prijësve (muslimanë) në kohë të vështira dhe në kohë të qeta, në gjërat që i duam dhe s'i duam, edhe nëse dikush bëhet padrejtësisht hisetar në hakun tonë.
 Është obligim ta themi të vërtetën kudo që jemi, pa pasur frikë askënd në rrugëtimin drejt Allahut.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3061</t>
   </si>
   <si>
-    <t>حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ</t>
+    <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>Nga Profeti ﷺ mbaj në mend dhjetë rekate (vullnetare)</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) tregon: "Nga Profeti ﷺ mbaj në mend dhjetë rekate (vullnetare): dy rekate para drekës dhe dy pas saj, dy rekate pas akshamit në shtëpinë e tij, dy rekate pas jacisë në shtëpinë e tij dhe dy rekate para farzit të sabahut. Gjatë kësaj kohe nuk hynim te Profeti ﷺ (në shtëpinë e tij). Hafsa më tregoi se, kur myezini e thërriste ezanin dhe hynte sabahu, i falte dy rekate. Në një transmetim qëndron: "Profeti ﷺ i falte dy rekate pas xhumasë."</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të!) sqaron se prej namazeve vullnetare që i ka mbajtur në mend nga Profeti ﷺ janë dhjetë, të cilat quhen sunetet e rregullta ditore (ar. es-sunen er-ravatib). Dy rekate para dreksës dhe dy pas saj, dy rekate pas akshamit në shtëpinë e tij dhe dy rekate pas jacisë në shtëpinë e tij dhe dy rekate para namazit të sahabut. Kështu, bëjnë dhjetë rekate. Sa i përket namazit të xhumasë, Profeti  ﷺ i falte dy rekate pas tij.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Është e pëlqyeshme që këto sunete të rregullta ditore të falen në vazhdimësi.
 Është e ligjshme që sunetet të falen në shtëpi.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[Të gjitha transmetimet janë muttefek alejhi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3062</t>
   </si>
   <si>
-    <t>أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ</t>
+    <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>Si nuk ka frikë ai që e ngre kokën para imamit se Allahu mund t'ia shndërrojë kokën në kokë gomari?” - Ose ka thënë: “... se Allahu mund t'ia shndërrojë pamjen në pamje gomari?”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Si nuk ka frikë ai që e ngre kokën para imamit se Allahu mund t'ia shndërrojë kokën në kokë gomari?” - Ose ka thënë: “... se Allahu mund t'ia shndërrojë pamjen në pamje gomari?”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron kërcënimin e rëndë ndaj atij që ngre kokën para imamit (gjatë namazit), se Allahu mund t'ia shndërrojë kokën në kokë gomari ose mund t'ia shndërrojë pamjen në pamje gomari.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>Ekzistojnë katër situata në raport me namazfalësin dhe imamin: tri janë të ndaluara: parakalimi i tij, të qenët njëjtë me të dhe vonimi pas tij. Ajo që është obligim është pasimi i imamit.
 Namazfalësi e ka obligim ta pasojë imamin gjatë namazit.
 Kërcënimi për t'ia shndërruar imazhin e dikujt që ngre kokën para imamit në imazhin e gomarit është gjë e mundur dhe konsiderohet prej deformimit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3086</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ</t>
+    <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>Nuk ka namaz kur shtrohet ushqimi e as nën presionin e nevojave fiziologjike</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Nuk ka namaz kur shtrohet ushqimi e as nën presionin e nevojave fiziologjike."</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ në këtë hadith e ka ndaluar faljen e namazit kur shtrohet ushqimi, tek i cili shpirti i namazliut anon dhe zemra e tij është e lidhur me të.
 Gjithashtu, e ndaloi të falet namazi nën presionin e nevojave fiziologjike: nevojës së vogël dhe të madhe, për shkak se mendja e tij angazhohet për ta larguar këtë presion.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>Namazliu duhet të largojë çdo gjë që e shpërqendron atë nga namazi i tij, para se ta fillojë atë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3088</t>
   </si>
   <si>
-    <t>عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ</t>
+    <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ ma mësoi teshehudin ashtu siç më mësonte ndonjë sure Kurani</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>Ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut ﷺ ma mësoi teshehudin ashtu siç më mësonte ndonjë sure Kurani, ndërkohë shuplaka ime ishte mes dy shuplakave të tij: "Et-tehijjatu lil-lahi ues-salavatu uet-tajjibatu. Es-selamu alejke ejjuhen-nebijju ue rahmetullahi ue berakatuhu. Es-selamu alejna ue ala ibadil-lahis-salihin. Eshhedu en la ilahe il-lallah ue eshhedu enne Muhammeden abduhu ue resuluhu (Përshëndetjet, lutjet dhe mirësitë i takojnë Allahut. Paqja, mëshira dhe bekimi qofshin mbi ty, o Pejgamber! Paqja qoftë mbi ne dhe mbi të gjithë robërit e mirë! Dëshmoj se s'ka të adhuruar të denjë përveç Allahut dhe dëshmoj se Muhamedi është rob dhe i Dërguari i Tij)." Në një tekst të Buhariut dhe të Muslimit, qëndron: “Vetë Allahu quhet Es-Selam. Kur dikush të ulet në namaz, le të thotë: "Et-tehijjatu lil-lahi ues-salavatu uet-tajjibatu. Es-selamu alejke ejjuhen-nebijju ue rahmetullahi ue berakatuhu. Es-selamu alejna ue ala ibadil-lahis-salihin." Duke e thënë këtë, përfshini çdo rob të mirë të Allahut, në qiell dhe në Tokë. (Pastaj le të vazhdojë:) "Eshhedu en la ilahe il-lallah ue eshhedu enne Muhammeden abduhu ue resuluhu" Pastaj le të lavdërojë Allahun me çfarë të dojë.”</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
 "السلام علينا وعلى عباد الله الصالحين": 
 دعاء بالسلامة للمُصلي ولكل عبد صالح في السماء والأرض. 
 "أشهد أن لا إله إلا الله": 
 أي أُقِرُّ إقرارًا جازمًا به بأنه لا معبود حق إلا الله. 
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
     <t>Profeti ﷺ ia mësoi Ibn Mesudit (Allahu qoftë i kënaqur me të!) teshehudin që thuhet gjatë namazit, ku e futi dorën e Ibn Mesudit në mes të duarve të tij, që t'ia ngjallte kureshtjen atij për këtë gjë, njëjtë siç i mësonte ndonjë sure nga Kurani, gjë që tregon se Profeti ﷺ i kushtonte rëndësi teshehudit, qoftë shprehimisht, qoftë kuptimisht. Ai tha: "Et-tehijatu lil-lahi": Këto janë të gjitha fjalët ose veprat që tregojnë madhërim dhe që të gjitha janë meritore për Allahun e Lartmadhëruar. "Salavat": Është për qëllim namazi që e dimë të gjithë, qoftë obligativ, qoftë vullnetar, pra, të jetë për hir të Allahut të Lartësuar. "Tajjibat": Ato janë fjalët, veprat dhe përshkrimet e mira që tregojnë përsosuri. Krejt këto i meriton Allahu i Lartësuar. "Es-selamu alejke ejjuhen-nebijju ve rahmetullahi ve berakatuhu": Lutje për Profetin që të jetë i shpëtuar nga çdo mundim e dëm dhe t'i shtohen të mirat me bollëk. "Es-selamu alejna ve ala ibadil-Lahis-salihin": Kjo është lutje pë namazliun dhe për çdo rob të mirë, në qiell dhe në Tokë. "Eshhedu en la ilahe il-lallah": Domethënë: e pranoj me vendosmëri se nuk ka Zot të vërtetë që meriton të adhurohet pos Allahut. "ve eshhedu enne Muhammeden abduhu ve resuluhu": Domethënë: e pranoj se Muhamedi ﷺ është rob dhe i Dërguari i fundit.
 Pastaj Profeti ﷺ e inkurajoi namazliun të përzgjedhë çfarëdo lutjeje që dëshiron.</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
     <t>Vendi i teshehudit është ulja pas sexhdes së fundit në çdo namaz dhe pas rekatit të dytë në namazet trerekatëshe dhe katërrekatëshe.
 Përshëndetjet (tehijat) janë të detyrueshme gjatë teshehudit dhe lejohet të thuhet cilido lloj i teshehudit që vërtetohet nga Profeti ﷺ.
 Lejohet që namazliu të bëjë lutje gjatë namazit për çka të dojë, përderisa nuk është mëkatim.
 Është e rekomanduar gjatë lutjes të fillohet me veten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3096</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ</t>
+    <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
     <t>O Allah, kërkoj mbrojtjen Tënde nga dënimi në varr dhe dënimi në Zjarr! Kërkoj mbrojtjen Tënde nga sprova e jetës dhe e vdekjes, si dhe nga sprova e mesihut Dexhall!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon: Profeti ﷺ lutej dhe thoshte: “Allahume, inni eudhu bike min adhabil-kabri, ve min adhabin-nari, ve min fitnetil-mahja vel-memat, ve min fitnetil-mesihid-dexhal!" - "(O Allah, kërkoj mbrojtjen Tënde nga dënimi në varr dhe dënimi në Zjarr! Kërkoj mbrojtjen Tënde nga sprova e jetës dhe e vdekjes, si dhe nga sprova e mesihut Dexhall!" Në transmetimin e Muslimit qëndron:  “Pasi të përfundoni leximin e teshehudit të fundit, kërkoni mbrojtjen e Allahut nga katër gjëra: 1. Nga dënimi i Xhehenemit. 2. Nga dënimi në varr. 3. Nga sprova e jetës dhe vdekjes, dhe 4. Nga e keqja e sprovës së Dexhallit.”</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
     <t>Para se Profeti ﷺ ta përfundonte teshehudin e fundit, i kërkonte mbrojtje Allahut që ta ruante nga katër gjëra dhe na urdhëroi edhe ne të bëjmë një gjë të tillë.
 E para: Nga dënimi i varrit.
 E dyta: Nga dënimi i Zjarrit, që është në Ditën e Kiametit.
 E treta: Nga sprova e kësaj jete, si: epshet e ndaluara të kësaj bote dhe nga dyshimet lajthitëse, si dhe nga sprova e vdekjes, respektivisht çasti para vdekjes, që të mos largohemi nga Islami ose Suneti ose nga sprova e varrit, siç është pyetja e dy melekëve.
 E katërta: Sprova e mesihut Dexhall, që do të shfaqet në fund të kohës, para Kiametit, me të cilin Allahu do t'i sprovojë robërit e Tij. Profeti ﷺ e veçoi me përmendje, për shkak të fitnes (sprovës) dhe devijimit të madh që ua bën të tjerëve.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>Kjo lutje kërkimstrehimi është një nga lutjet më të rëndësishme dhe më gjithëpërfshirëse, sepse përfshin kërkimstrehimin (tek Allahu) që të na mbrojë nga të këqijat e kësaj bote dhe të botës tjetër.
 Pohimi dhe vërtetimi i dënimit të varrit dhe se ai është hak (i vërtetë).
 Rreziku i fitneve (sprovave) dhe rëndësia e kërkimit të ndihmës së Allahut dhe lutjes drejtuar Atij që të na shpëtojë prej tyre.
 Pohimi se Dexhalli do të dalë dhe se fitneja (sprova) e tij është e madhe.
 Thënia e kësaj lutjeje është e rekomanduar pas teshehudit të fundit.
 Pas veprës së mirë është e rekomanduar të bëhet lutje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3103</t>
   </si>
   <si>
-    <t>إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ</t>
+    <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>Nëse në ditën e premte, teksa imami është duke ligjëruar, i thua shokut tënd: "Hesht!", veçse e ke humbur shpërblimin</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Nëse në ditën e premte, teksa imami është duke ligjëruar, i thua shokut tënd: "Hesht!", veçse e ke humbur shpërblimin."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron një nga normat e detyrueshme për ata që marrin pjesë në hutben e xhumasë, që është: të heshtet teksa imami ligjëron, që të përsiatë mbi hutben. Ai që flet, - qoftë dhe pak, - teksa imami është duke ligjëruar, fjala vjen, i thotë ndokujt: “Hesht!”, ose: “Dëgjo!”, veçse e ka humbur shpërblimin e namazit të xhumasë.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Të folurit gjatë dëgjimit të hutbes është haram, qoftë dhe me ndalimin e së keqes, qoftë me kthimin e selamit, qoftë duke i thënë teshtitësit: "Jerhamukallah - Allahu të mëshiroftë!"
 Nga kjo gjë bën përjashtim ai që i drejtohet imamit ose imami i drejtohet atij.
 Në rast nevoje lejohet të folurit ndërmjet dy hutbeve.
 Nëse Profeti ﷺ përmendet gjatë kohës kur imami e mban hutben, atëherë i dërgon salavate dhe selame në heshtje, e njëjtë vepron kur të thuash: "Amin", pasi imami të bëjë lutje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3107</t>
   </si>
   <si>
-    <t>السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ</t>
+    <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>“Ai që kujdeset për vejushën dhe për nevojtarin është sikurse ai që lufton në rrugën e Allahut, ose sikurse ai që falet natën dhe agjëron ditën.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Ai që kujdeset për vejushën dhe për nevojtarin është sikurse ai që lufton në rrugën e Allahut, ose sikurse ai që falet natën dhe agjëron ditën.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se, ai që kujdeset për interesat e një gruaje, së cilës i ka vdekur burri dhe që nuk ka kush kujdeset për punët e saj, si dhe ndaj të varfrit nevojtar, ku shpenzon ndaj tyre duke pritur shpërblimin nga Allahu i Lartësuar, e ka shpërblimin si ai që lufton në rrugën e Allahut, ose sikur ai që falet natën e nuk lodhet dhe sikurse ai që agjëron e nuk e prish agjërimin.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Inkurajimi për të bashkëpunuar, bashkëndier dhe për t'i plotësuar nevojat e të dobëtëve.
 Adhurimi përfshin çdo vepër të mirë dhe pjesë e adhurimit është kujdesi për të venë dhe për nevojtarin.
 Ibn Hubejra ka thënë: "Kuptimi është se Allahu i Lartësuar ia mbledh shpërblimin agjëruesit, atij që fal namaz nate dhe muxhahidit përnjëherësh; për faktin se për të venë ishte në vend të burrit të saj... dhe i ndihmoi nevojtarit, i cili nuk ishte në gjendje t'i ndihmojë vetes, kështu që e shpenzoi për të tepricën e ushqimit të tij ditor dhe dha mund për të, kështu që dobia e tij ishte e barabartë me agjërimin, namazin dhe xhihadin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3135</t>
   </si>
   <si>
-    <t>الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ</t>
+    <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>“Natyrshmëria është në pesë: synetimin, rruajtjen e qimeve (në vendet e turpshme), shkurtimin e mustaqeve, prerjen e thonjve dhe shkuljen e qimeve të nënsqetullave</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se e ka dëgjuar Profetin ﷺ duke thënë: “Natyrshmëria është në pesë: synetimin, rruajtjen e qimeve (në vendet e turpshme), shkurtimin e mustaqeve, prerjen e thonjve dhe shkuljen e qimeve të nënsqetullave."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi pesë tipare të fesë islame dhe tradita të të dërguarve:
 1. Synetimi (rrethprerja), që nënkupton prerjen e lëkurës së tepërt të organit, që është mbi glans (kokën e organit), si dhe prerjen e majës së lëkurës në mitrën e femrës, mbi vendin e kryerjes së kontaktit intim.
 2. Rruajtja e qimeve përreth organit gjenital.
 3. Shkurtimi i mustaqeve, që nënkupton shkurtimin e asaj që është rritur në buzën e sipërme të njeriut, në mënyrë që të shfaqet buza.
 4. Prerja e thonjve.
 5. Shkulja e qimeve të nënsqetullave.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>Kjo është tradita e të dërguarve, të cilën Allahu e do, është i kënaqur, e urdhëron dhe thërret në të, karakterizohet nga përsosuria, pastërtia dhe bukuria.
 Ligjshmëria e përkujdesjes për kryerjen e këtyre gjërave dhe mosshpërfillja e tyre.
 Për këto tipare ekzistojnë dobi fetare dhe të kësaj bote, bie fjala, përmirësimi i pamjes së jashtme, pastrimi i trupit, siguria për pastërti, dallimi nga jobesimtarët, si dhe nënshtrimi ndaj urdhrit të Allahut.
 Në hadithe të tjera është përmendur se ka tipare shtesë të natyrshmërisë, përveç këtyre pesë që u përmendën, si: lëshimi (rritja) e mjekrës, përdorimi i misvakut e të tjera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3144</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>Para se Profeti ﷺ të hynte në nevojtore, thoshte: “Allahume inni eudhu bike minel-hubuthi vel-habaith! - O Allah, kërkoj mbrojtjen Tënde kundrejt të këqijve dhe të këqijave (shejtanëve meshkuj dhe femra)!</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon: "Para se Profeti ﷺ të hynte në nevojtore, thoshte: “Allahume inni eudhu bike minel-hubuthi vel-habaith! - O Allah, kërkoj mbrojtjen Tënde kundrejt të këqijve dhe të këqijave (shejtanëve meshkuj dhe femra)!"</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
     <t>Sa herë që Profeti ﷺ dëshironte të hynte në vendin ku do të kryente nevojën, qoftë duke urinuar, qoftë duke bërë jashtëqitjen, kërkonte mbrojtje dhe strehim tek Allahu që ta ruante nga e keqja e shejtanëve meshkuj dhe femra. Shprehja e përmendur në hadith: "hubuthi dhe habaith" është komentuar po ashtu si  “e keqja dhe e ndyra”.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>Është e pëlqyer të thuhet kjo lutje kur dëshirojmë të futemi në nevojtore.
 Të gjitha krijesat kanë nevojë për Zotin e tyre që t'i mbrojë nga ajo që i lëndon ose i dëmton në të gjitha rrethanat që i kanë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3150</t>
   </si>
   <si>
-    <t>سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ</t>
+    <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>“Do të përballeni me anashkalim të të drejtave tuaja (nga prijësit) dhe do të shihni gjëra që nuk do t'ju pëlqejnë.” Të pranishmit pyetën: "O i Dërguari i Allahut, çfarë po na porosit, pra?" Ai tha: “T'i kryeni detyrat që ju përkasin dhe t'i kërkoni Allahut atë që ju takon.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
     <t>Ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Do të përballeni me anashkalim të të drejtave tuaja (nga prijësit) dhe do të shihni gjëra që nuk do t'ju pëlqejnë.” Të pranishmit pyetën: "O i Dërguari i Allahut, çfarë po na porosit, pra?" Ai tha: “T'i kryeni detyrat që ju përkasin dhe t'i kërkoni Allahut atë që ju takon.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregoi se mbi muslimanët do të ketë prijës, të cilët do t'i monopolizojnë pasuritë e muslimanëve dhe punët e tjera të kësaj bote, duke i shpenzuar kështu ato sipas dëshirës dhe duke ua mohuar muslimanëve të drejtën e tyre në raport me to. Ata do të bëjnë gjëra në fe, të cilat nuk janë të mira dhe nuk pëlqehen. Sahabët (Allahu qoftë i kënaqur me ta!) pyetën se çfarë duhej të bënin në këtë situatë. Kësisoj, Profeti ﷺ u tha atyre se fakti që ata e monopolizojnë pasurinë, nuk ju përligj që ju ta ndaloni atë që e keni të obliguar ta bëni karshi tyre: për t'i dëgjuar dhe për t'iu bindur. Përkundrazi, jini të durueshëm, dëgjojini, bindjuni dhe mos i kundërshtoni në çështjen (që ju është besuar). Hakun që ju takon juve, kërkojani Allahut, si dhe luteni Allahun që t'i përmirësojë dhe ta largojë të keqen e padrejtësinë e tyre!</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>Hadithi është një nga shenjat e profecisë së Muhamedit ﷺ, sepse ai tregoi se çfarë do të ndodhte në umetin e tij, gjë që ndodhi siç tha.
 Lejohet që i sprovuari të informohet për fatkeqësinë që pritet ta godasë, që ta qetësojë veten kur ajo ta godasë e të jetë i durueshëm dhe të shpresojë shpërblimin (tek Allahu).
 Kapja fort për Kuran dhe Sunet është rrugëdalje nga fitnet (sprovat) dhe mospajtimet.
 Inkurajimi që t'i dëgjojmë dhe t'u bindemi prijësve (muslimanë) në gjëra të mira dhe të mos bëjmë kryengritje kundër tyre, edhe nëse ata bëjnë padrejtësi.
 Përdorimi i urtësisë dhe pasimit të Sunetit në kohë fitnesh (trazirash).
 Njeriu duhet ta përmbushë atë që e ka për detyrë, edhe nëse i ndodh ndonjë padrejtësi.
 Ky hadith ngërthen në vete rregullën fikhore: zgjedh të keqen më të vogël nga dy të këqijat ose dëmin më të vogël nga dy dëmet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3156</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ</t>
+    <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>Betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se nuk ka njeri nga ky umet, qoftë hebre, qoftë i krishterë, që dëgjon për mua, e pastaj vdes pa besuar shpalljen me të cilën jam dërguar, vetëm se do të jetë banor i Zjarrit</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se nuk ka njeri nga ky umet, qoftë hebre, qoftë i krishterë, që dëgjon për mua, e pastaj vdes pa besuar shpalljen me të cilën jam dërguar, vetëm se do të jetë banor i Zjarrit."</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith betohet në Allahun se askush nga ky umet (popull i thirrjes), qoftë hebre, qoftë i krishterë, qoftë dikush tjetër, të cilit i ka arritur thirrja e Profetit ﷺ, pastaj vdes dhe nuk beson në të, vetëm se do të jetë një nga banorët e Zjarrit, ku do të qëndrojë përgjithmonë.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Mesazhi i Profetit ﷺ është për mbarë botën; është detyrë të ndiqet dhe legjislacioni i tij i ka shfuqizuar të gjitha legjislacionet.
 Kushdo që nuk i beson Profetit ﷺ, nuk do t'i bëjë dobi pretendimi i tij se beson në profetët e tjerë.
 Kushdo që nuk ka dëgjuar për Profetin ﷺ dhe nuk i ka arritur thirrja islame, është i arsyetuar dhe çështja e tij në botën tjetër i takon Allahut të Lartësuar.
 Pranimi i Islamit i bën dobi njeriut edhe nëse ai është afër vdekjes, madje edhe gjatë sëmundjes së rëndë, përderisa shpirti nuk i arrin në fyt.
 Konsiderimi i saktë i fesë së jomuslimanëve, si ajo e hebrenjve dhe e të krishterëve, është kufër (dalje prej fesë).
 Fakti që hebreu dhe i krishteri janë përmendur në hadith është  paralajmërim për të gjithë të tjerët. Kjo, se hebrenjtë dhe të krishterët kishin Libër (hyjnor), kështu që, nëse e tillë është puna e tyre, atëherë me të tjerët, që nuk kishin libër, është më parësore, sepse të gjithë ata e kanë obligim të hyjnë në fenë e Profetit ﷺ dhe t'i binden atij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3272</t>
   </si>
   <si>
-    <t>أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى</t>
+    <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>Shkurtojini mustaqet dhe lëshojini mjekrat!</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Shkurtojini mustaqet dhe lëshojini mjekrat!"</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka urdhëruar që të shkurtohen mustaqet e të mos rriten, madje të shkurtohen shumë.
 Po ashtu urdhëroi të lëshohet mjekra dhe të lihet ashtu e dendur.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Rruajtja e mjekrës është haram.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3279</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Atij që merr abdes sikurse ky abdes imi dhe i fal dy rekate, pa u shpërqendruar, do t'i falen mëkatet e së kaluarës</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Humrani, i çrobëruari i Othmanit, tregon se pa Othmanin teksa kërkoi një enë me ujë (për të marrë abdes). Kështu, fillimisht derdhi (ujin nga ena) në duart e tij dhe i lau duart tri herë, pastaj futi dorën e djathtë në ujë dhe shpëlau gojën e hundën dhe e nxori (ujin) jashtë, pastaj lau fytyrën dhe duart deri në bërryla nga tri herë, i dha mes'h kokës dhe, fare në fund, lau secilën këmbë nga tri herë. Pastaj tha: "E kam parë Profetin ﷺ duke marrë abdes në këtë formë e pastaj tha: “Atij që merr abdes sikurse ky abdes imi dhe i fal dy rekate, pa u shpërqendruar, do t'i falen mëkatet e së kaluarës.”</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>Othmani (Allahu qoftë i kënaqur me të!) ua mësoi përshkrimin e abdesit të Profetit ﷺ sipas një metode praktike, që të jetë më i kuptueshëm. Ai kërkoi një enë me ujë (për të marrë abdes), kështu që e derdhi (ujin nga ena) në duart e tij dhe i lau duart tri herë. Më pas e futi dorën e tij të djathtë në enë, ku mori ujë, e shpëlau gojën dhe e nxori ujin jashtë. Pastaj e tërhoqi me frymëmarrjen e tij ujin për te hunda, e më pas e nxori ujin jashtë. Pastaj lau fytyrën dhe duart nga tri herë, përfshirë bërrylat, nga tri herë, i dha mes'h tërë kokës një herë me duar të lagura dhe, fare në fund, lau këmbët, përfshirë edhe thembrat nga tri herë.
 Kur e përfundoi këtë, i njoftoi se e ka parë Profetin ﷺ duke marrë abdes në këtë formë e pastaj Profeti ﷺ i ka përgëzuar se, atij që merr abdes sikurse ky abdesi im dhe i fal dy rekate, i përkushtuar dhe zemra e tij të jetë e pranishme para Zotit të tij të Lartmadhërishëm, Ai, i Lartësuari, në saje të mirësisë së Tij, do ta shpërblejë për këtë abdes të plotë dhe për këtë namaz të sinqertë duke ia falur mëkatet e së kaluarës.</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>Është e pëlqyer të lahen duart para se të futen në enë në fillim të abdesit, edhe nëse nuk është zgjuar nga gjumi, se, nëse është zgjuar nga gjumi i natës, atëherë është obligim të lahen (se nuk e di ku i ka shkuar dora në gjumë).
 Mësuesi duhet të ndjekë rrugën më të afërt drejt kuptimit dhe ngulitjes së dijes te nxënësi, e këtu përfshihet mësimdhënia në praktikë.
 Namazliu duhet t'i largojë mendimet që kanë të bëjnë me punët e kësaj bote. Namazi është i plotë dhe i përkryer atëherë kur zemra të jetë e pranishme gjatë faljes, përndryshe është e pamundur t'i largojë (plotësisht) mendimet, prandaj duhet të përpiqet e të mos lëshohet në këtë gjë.
 Gjatë abdesit është e rekomanduar të fillohet nga ana e djathtë.
 Ligjshmëria e renditjes ndërmjet shpëlarjes së gojës, hundës dhe nxjerrjes së ujit prej saj.
 Rekomandohet larja e fytyrës, duarve dhe këmbëve nga tri herë, por është e detyrueshme (vaxhib) larja e tyre nga një herë.
 Falja e mëkateve të së kaluarës nga ana e Allahut arrihet kur të bashkohen të dyja gjërat: abdesi dhe falja e dy rekateve, në mënyrën e përmendur në hadith.
 Çdo pjesë e abdesit ka një përkufizim, kështu që përkufizimi i fytyrës është nga vendi i zakonshëm ku dalin flokët e deri te mjekra dhe nofullat vertikalisht, si dhe nga veshi deri në veshin tjetër horizontalisht. Përkufizimi i dorës është nga majat e gishtave deri në bërryl, që është nyja ndarëse midis parakrahut dhe krahut të sipërm. Përkufizimi i kokës është nga vendi i zakonshëm ku dalin flokët nga ana e fytyrës deri në majë të qafës, ku dhe fshirja e veshëve përfshihet në përkufizimin e kokës. Ndërkaq, përkufizimi i këmbës përfshin gjithë këmbën me nyjën ndarëse midis saj dhe kërcirit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3313</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
   </si>
   <si>
     <t>Kur i Dërguari i Allahut ﷺ pastrohej nga xhunubllëku, së pari fillonte me duart, pastaj merrte abdes sikurse për namaz, pastaj lahej</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
     <t>Aishja, nëna e besimtarëve (Allahu qoftë i kënaqur me të!), ka thënë: "Kur i Dërguari i Allahut ﷺ pastrohej nga xhunubllëku, së pari fillonte me duart, pastaj merrte abdes sikurse për namaz, pastaj lahej: shpupurishte flokët me dorë (që të depërtonte uji) e, kur sigurohej se kishte larë lëkurën e kokës, i hidhte ujë kokës tri herë dhe, më pas, e pastronte tërë trupin me ujë." Vazhdon e thotë: "Unë dhe i Dërguari i Allahut ﷺ laheshim nga një enë e përbashkët, nga e cila merrnim ujë së bashku."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ dëshironte të pastrohej nga xhunubllëku, fillimisht i lante duart, pastaj merrte abdes ashtu siç merrte abdes për namaz, e më pas derdhte ujë mbi trupin e tij, e pastaj i shpupurishte flokët me duar (që të depërtonte uji). Kur mendonte se uji kishte arritur deri te rrënjët e flokëve dhe e kishte larë lëkurën (e kokës), derdhte ujë tri herë mbi kokën e tij dhe më pas lante pjesën tjetër të trupit. Aishja vazhdon e thotë: "Unë dhe i Dërguari i Allahut ﷺ laheshim nga një enë e përbashkët, nga e cila merrnim ujë së bashku."</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Gusli (larja e tërësishme e trupit) ndahet në dy lloje: gusli i mjaftueshëm dhe i plotë. Sa i përket guslit të mjaftueshëm, ai është kur njeriu bën nijet të pastrohet, pastaj e përfshin tërë trupin e tij me ujë, duke përfshirë në këtë larje shpëlarjen e gojës dhe hundës. Ndërkaq, gusli i plotë është kur njeriu të pastrohet ashtu siç është pastruar Profeti ﷺ, siç ceket në këtë hadith.
 Nocioni xhunubllëk përfshin personin që ka ejakuluar ose ka kryer kontakt intim, edhe nëse ky i dyti nuk ka ejakuluar.
 Lejohet që njëri prej bashkëshortëve t'i shikojë pjesët intime të tjetrit dhe që të dy të pastrohen prej një ene.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3316</t>
   </si>
   <si>
-    <t>لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ</t>
+    <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>Allahu i mallkoftë hebrenjtë dhe të krishterët: varret e të dërguarve i shndërruan në faltore!</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>Aishja dhe Abdullah ibn Abasi (Allahu qoftë i kënaqur me ta!) tregojnë: "Kur të Dërguarin e Allahut ﷺ e kapluan dhimbjet e vdekjes, e mbulonte fytyrën me një këmishë. E, kur i pushonin dhimbjet, e zbulonte. Duke qenë në këtë gjendje, tha: “Allahu i mallkoftë hebrenjtë dhe të krishterët: varret e të dërguarve i shndërruan në faltore!” Pra, tërhiqte vërejtjen kundër veprimeve të tyre.</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>Aishja dhe Ibn Abasi (Allahu qoftë i kënaqur me ta!) na tregojnë se, kur Profetit ﷺ i afrua vdekja, vendosi një copë pëlhure në fytyrën e tij, e, kur e kishte të vështirë frymëmarrjen për shkak të agonisë së vdekjes, e hoqi nga fytyra dhe në atë gjendje të rëndë tha: "Allahu i mallkoftë hebrenjtë e të krishterët dhe i dëboftë nga mëshira e Tij, për shkak se ndërtuan xhami mbi varret e profetëve të tyre!" Sikur të mos ishte kjo çështje e rrezikshme, nuk do të përmendte një gjë të tillë në këtë gjendje, prandaj Profeti ﷺ e ndaloi umetin e tij që të mos u shëmbëllejnë atyre në këtë vepër, sepse është një vepër e hebrenjve dhe e të krishterëve, dhe se është shteg që çon drejt shirkut ndaj Allahut të Lartmadhëruar.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>Ndalesa që varret e profetëve dhe njerëzve të mirë të shndërrohen në faltore, që bëhet namaz në to për hir të Allahut, sepse kjo është mjet që dërgon në shirk (idhujtari).
 Interesimi i madh dhe kujdesi i të Dërguarit të Allahut ﷺ për teuhidin dhe frika e tij nga madhërimi i varreve, sepse kjo çon drejt shirkut.
 Lejimi i mallkimit të hebrenjve e të krishterëve dhe atyre që veprojnë njëjtë si ata, duke ndërtuar mbi varre dhe duke i shndërruar ato në faltore.
 Ndërtimi mbi varre është një nga traditat e hebrenjve dhe të krishterëve, prandaj hadithi e ndalon shëmbëllimin me ta.
 Nga shndërrimi i varreve në faltore - xhami është namazi në to dhe në drejtim të tyre, edhe nëse nuk është ndërtuar faltore (mbi to).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3330</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>“Largohuni nga shtatë mëkatet shkatërruese</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Largohuni nga shtatë mëkatet shkatërruese!” Të pranishmit thanë: "O i Dërguari i Allahut, cilat janë ato?" Profeti ﷺ tha: 1. “Të bërët ortak Allahut (shirku), 2. Sihri (magjia), 3. Vrasja padrejtësisht e atij që ka ndaluar Allahu, 4. Përdorimi i kamatës, 5. Ngrënia e pasurisë së jetimit, 6. Ikja nga fronti i luftës, 7. Shpifja për gratë e ndershme, besimtare e të pastra.”</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ në këtë hadith urdhëron umetin e tij që të qëndrojë larg shtatë krimeve dhe mëkateve shkatërruese. E, kur u pyet se cilat janë ato, e sqaroi se janë:
 1. Të bërët ortak Allahut (shirku), duke i shoqëruar Atij ndonjë të ngjashëm, në çfarëdo forme qoftë,  si dhe duke ia drejtuar çfarëdo adhurimi dikujt tjetër përveç Allahut të Lartësuar. Profeti ﷺ filloi me shirkun, sepse është mëkati më i  madh.
 2. Sihri (magjia). Ai përbëhet nga nyja, lexime, ilaçe dhe tymëra që ndikojnë (me lejen e Allahut) në trupin e atij që i bëhet magji, duke e mbytur, duke i shkaktuar sëmundje ose duke i ndarë bashkëshortët mes vete. Sihri është një akt shejtanor dhe shumë (magjistarë) mund të arrijnë të bëjnë gjëra të tilla vetëm përmes bërjes shirk (duke dalë kështu nga feja) dhe afrimit te shpirtrat e këqij, nëpërmjet diçkaje që e dëshirojnë.
 3. Vrasja padrejtësisht e atij që e ka ndaluar Allahu, përveçse me një justifikim legjitim të zbatuar nga sundimtari.
 4. Përdorimi i kamatës duke e ngrënë ose duke e përdorur në forma të tjera përfitimi.
 5. Shkelja e pasurisë së një të mituri, të cilit i ka vdekur babai duke qenë nën moshën e pubertetit.
 6. Ikja nga fushëbeteja kur të ballafaqohet me jobesimtarët.
 7. Akuzimi i grave të lira, të dëlira për kurvëri, si dhe akuzimi i burrave.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Mëkatet e mëdha nuk kufizohen në shtatë, ndërsa kufizim i i tyre në hadith në shtatë është për shkak se janë të rënda dhe të rrezikshme.
 Lejueshmëria e vrasjes së njeriut nëse është me të drejtë, si: ligji i barazisë në ndëshkim (ar. kisas), dalja nga feja (ar. ridde) dhe kurvëria nga personi i martuar. Këtë gjë e implemeton sunduesi legjitim.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>O Allah, mos ma bëj varrin idhull</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "O Allah, mos ma bëj varrin idhull! Allahu mallkoi një popull që i shndërruan varret e profetëve të tyre në faltore."</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Profeti ﷺ i bëri lutje Zotit të tij që të mos ia bëjë varrin sikurse idhull që njerëzit e adhurojnë duke e madhëruar dhe duke pasur përballë e duke i bërë sexhde. Pastaj Profeti ﷺ tregoi se Zoti i ka larguar dhe dëbuar nga mëshira e Tij ata që i kanë marrë varret e profetëve faltore, sepse marrja e tyre si faltore është shkak për t'i adhuruar dhe për të besuar në to.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Tejkalimi i kufirit legjitim në raport me varret e profetëve dhe të devotshmëve bën që ata të adhurohen në vend të Allahut, andaj duhet pasur kujdes nga mjetet që çojnë drejt shirkut (idhujtarisë).
 Nuk lejohet t'i synosh varret (me vizitë) për t'i nderuar dhe për të bërë adhurim tek ato, sado afër Allahut të Lartëruar (me pozitë) të jetë i varrosuri.
@@ -1300,599 +1300,599 @@
 إثبات الحكمة لله سبحانه في أفعاله.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Vërtet sprovat janë shlyese të mëkateve, për sa kohë që, si pasojë e tyre, nuk vjen braktisja e ndonjë obligimi, si: braktisja e durimit ose veprimi i ndonjë harami, si: shqyerja e rrobave dhe goditja e fytyrës.
 Pohimi i cilësisë së dashurisë për Allahun, ashtu siç i përshtatet madhërisë së Tij.
 Sprova që e godet besimtarin është prej shenjave të besimit.
 Pohimi i cilësisë së kënaqjes dhe zemërimit për Allahun, ashtu siç i përshtatet madhërisë së Tij.
 Pëlqyeshmëria që të kënaqemi me caktimin dhe paracaktimin e Allahut.
 Është haram zemërimi nga caktimi dhe përcaktimi i Allahut.
 Inkurajimi për të bërë durim gjatë sprovave.
 Njeriu ndodh të urrejë një gjë, e ajo të jetë mirësi për të.
 Pohimi se Allahu i Lartësuar ka urtësi në veprimet e Tij.
 Shpërblimi është sipas llojit të veprës.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[E shënon Ibn Maxhe - E shënon Tirmidhiu]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3339</t>
   </si>
   <si>
-    <t>مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا</t>
+    <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
   </si>
   <si>
     <t>“Ai që i respekton kufijtë e Allahut dhe ai që i shkel ata i shëmbëllejnë një populli që kanë vënë short për një anije. Njëri grup (sipas shortit) qëndroi sipër (në kuvertë), kurse tjetri poshtë (në hambar)</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
     <t>Numan ibn Beshiri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Ai që i respekton kufijtë e Allahut dhe ai që i shkel ata i shëmbëllejnë një populli që kanë vënë short për një anije. Njëri grup (sipas shortit) qëndroi sipër (në kuvertë), kurse tjetri poshtë (në hambar). Këta, që ishin poshtë, atyre që ishin sipër, u kërkonin ujë për të pirë dhe thanë: "Sikur të shponim një vrimë në pjesën tonë, më s'do t'i bezdisnim këta sipër nesh." Nëse ata sipër do t'i lejonin të vepronin atë që dëshironin këta, atëherë do të shkatërroheshin të gjithë, por, nëse do t'i ndalonin, do të shpëtonin të gjithë.”</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith solli shembull për ata që i respektojnë kufijtë e Allahut, që i përmbahen urdhrit të Tij, që urdhërojnë të mirën, që ndalojnë të keqen, dhe shembull për ata që i shkelin kufijtë e Allahut, që braktisin të mirën, e që e veprojnë të keqen, si dhe ndikimin e kësaj në shpëtimin e shoqërisë, me shembullin e një populli që hipën në një anije dhe hodhën short se kush do të qëndrojë sipër anijes dhe kush do të qëndrojë poshtë saj. Disave u ra pjesa e sipërme e disave pjesa e poshtme, kështu që ata që ishin poshtë, nëse donin të merrnin ujë, kalonin pranë atyre që ishin sipër. Ata që ishin poshtë, thanë: "Sikur ta kishim bërë një vrimë në vendin tonë poshtë, për të nxjerrë prej saj (ujë), në mënyrë që të mos i bezdisim ata sipër nesh." Nëse ata që ishin sipër do t'i lejonin ta bënin këtë, anija do të ishte fundosur me të gjithë ata, e sikur t'i kishin ndaluar dhe penguar, të dyja grupet do të kishin shpëtuar.</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
     <t>Rëndësia e urdhërimit për të mirën dhe ndalimit nga e keqja për ruajtjen dhe shpëtimin e shoqërive.
 Një nga metodat e mësimdhënies është edhe sjellja e shembujve, për t'i përafruar kuptimet në mendje me një imazh konkret.
 Veprimi i së keqes së dukshme duke mos e e refuzuar është gjë e dëmshme, që faktikisht ky dëm u kthehet të gjithëve.
 Shkatërrimi i shoqërisë vjen si pasojë, nëse të ligjtë lihen të bëjnë çrregullime në Tokë.
 Veprimi i gabuar dhe qëllimet e mira nuk mjaftojnë që një vepër të jetë në rregull.
 Përgjegjësia në shoqërinë islame është kolektive dhe nuk i lihet vetëm një individi të caktuar.
 Masa e gjerë e njerëzve dënohet për shkak të mëkateve individuale, nëse nuk refuzohen.
 Të ligjtë e shfaqin të keqen e tyre në mënyrë të mirë për shoqërinë, ashtu si bëjnë hipokritët.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3341</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>Unë aspak nuk kam nevojë për ortak. Kushdo që bën një vepër duke më bërë Mua ortak dikë në atë vepër, Unë e braktis atë së bashku me ortakërinë që ma ka bërë</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu i Larmadhëruar thotë: "Unë aspak nuk kam nevojë për ortak. Kushdo që bën një vepër duke më bërë Mua ortak dikë në atë vepër, Unë e braktis atë së bashku me ortakërinë që ma ka bërë.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se Allahu i Lartmadhëruar thotë: "Unë aspak nuk kam nevojë për ortak." Ai është i Vetëmjaftueshëm kundrejt çdo gjëje. Nëse njeriu bën një akt adhurimi dhe e bën për Allahun a për dikë tjetër, atëherë Allahu do ta braktisë atë dhe nuk do t'ia pranojë, si dhe do t'ia kthejë mbrapsht vepruesit atë që e ka bërë. Është obligim që vepra të bëhet sinqerisht për Allahun e Lartësuar, sepse Ai i pranon vetëm ato vepra që janë të sinqerta për fytyrën e Tij fisnike.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Paralajmërim kundër shirkut (idhujtarisë) me të gjitha format e tij dhe se ai është pengesë për pranimin e veprës.
 Kur robi ia kujton vetes vetëmjaftueshmërinë dhe madhështinë e Allahut, kjo i ndihmon që veprën ta bëjë sinqerisht për Të.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3342</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>Me ndërgjegje të pastër para Allahut, refuzoj të kem ndonjë mik të ngushtë nga mesi juaj, sepse Allahu i Lartësuar më ka zgjedhur mua për mik të ngushtë (ar. halil) ashtu siç e ka zgjedhur mik të ngushtë Ibrahimin</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>Xhundubi (Allahu qoftë i kënaqur me të!) tregon: "Pesë ditë para se të vdiste, e kam dëgjuar Profetin ﷺ të thotë: “Me ndërgjegje të pastër para Allahut, refuzoj të kem ndonjë mik të ngushtë nga mesi juaj, sepse Allahu i Lartësuar më ka zgjedhur mua për mik të ngushtë (ar. halil) ashtu siç e ka zgjedhur mik të ngushtë Ibrahimin. Madje, sikur të kisha zgjedhur dikë për mik të ngushtë, do ta kisha zgjedhur Ebu Bekrin. Dijeni se popujt para jush varret e profetëve të vet dhe të njerëzve të devotshëm i shndërronin në faltore. Prandaj, mos i shndërroni varret në faltore. Unë po ju ndaloj një vepër të tillë.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon për pozitën që ai e gëzon tek Allahu i Lartësuar, respektivisht se ajo arriti shkallën më të lartë të dashurisë (ar. el hul-leh, miqësia e ngushtë), siç e arriti Ibrahimi (alejhi selam), prandaj ai mohoi se kishte mik të ngushtë përveç Allahut, sepse zemra e tij ishte e mbushur me dashurinë, madhërimin dhe njohjen e Allahut të Lartëruar, kështu që nuk kishte vend për askënd përveç Tij. Sikur ai të kishte mik të ngushtë prej krijesave, do ta kishte Ebu Bekër Sidikun (Allahu qoftë i kënaqur me të!). Më pas paralajmëroi që të mos tejkalohet kufiri i lejuar në dashuri, siç bënë hebrenjtë dhe të krishterët në raport me varret e profetëve dhe të njerëzve të devoshtëm, derisa i shndërruan në hyjni idhujtareske që adhurohen në vend të Allahut dhe ndërtuan faltore - xhami e tempuj mbi varret e tyre, si dhe e ndaloi umetin e tij të bëjnë të njëjtën gjë si ata.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>Vlera e Ebu Bekër Sidikut (Allahu qoftë i kënaqur me të!) dhe se ai është më i miri nga sahabët e njeriu më i denjë për t'u bërë kalif pas vdekjes së të Dërguarit të Allahut ﷺ.
 Ndërtimi i xhamive mbi varre është nga të këqijat e popujve të mëparshëm.
 Është e ndaluar marrja e varreve si vende adhurimi për t'u falur tek ato ose në drejtim të tyre, ose të ndërtohen mbi to xhami a kupola. Kjo, për t'u ruajtur nga rënia në shirk (idhujtari) për shkak të kësaj.
 Paralajmërim ndaj teprimit në raport me njerëzit e devotshëm, për shkak se një gjë e tillë çon në shirk (idhutjari).
 Rreziku i asaj për të cilën tërhoqi vërejtjen Profeti ﷺ, sepse këtë e theksoi pesë net para vdekjes së tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3347</t>
   </si>
   <si>
-    <t>كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ</t>
+    <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
     <t>Shpesh më rridhte lëngu paraspermal, por, për shkak të raportit me të bijën e tij, kisha turp ta pyesja Profetin ﷺ për këtë, andaj e porosita Mikdad ibn Esvedin ta pyeste. Profeti ﷺ iu përgjigj: “Vetëm e pastron organin gjenital dhe merr abdes.”</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
     <t>Aliu (Allahu qoftë i kënaqur me të!) tregon: Shpesh më rridhte lëngu paraspermal, por, për shkak të raportit me të bijën e tij, kisha turp ta pyesja Profetin ﷺ për këtë, andaj e porosita Mikdad ibn Esvedin ta pyeste. Profeti ﷺ iu përgjigj: “Vetëm e pastron organin gjenital dhe merr abdes.” Në transmetimin e Buhariut qëndron: "Merr abdes dhe pastroje organin gjenital!"</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
     <t>Ali ibn Ebu Talibi (Allahu qoftë i kënaqur me të!) tregon se kishte shpesh lëng paraspermal (ar. el-medhju), i cili është një ujë i bardhë, i hollë e ngjitës, që del nga organi gjatë epshit ose para marrëdhënieve intime. Ai nuk dinte çfarë të bënte kur i dilte ky lëng, kështu që kishte turp të pyeste Profetin ﷺ, sepse ishte burrë i Fatimes, bijës së Profetit ﷺ. Andaj kërkoi nga Mikdad ibn Esvedi ta pyeste Profetin ﷺ për këtë gjë. Në këtë rast Profeti ﷺ i tha ta pastronte organin dhe të merrte abdes.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
     <t>Vlera e Ali ibn Ebu Talibit (Allahu qoftë i kënaqur me të!), meqë turpi nuk e shtyri ta braktiste pyetjen me ndërmjetësim (të Mikdadit).
 Lejohet që gjatë kërkimit të fetvasë (përgjigjes për çështje fetare) të caktohet një zëvendësues.
 Lejohet që njeriu të tregojë për veten për gjërat prej të cilave turpërohet, kur ka dobi në këtë gjë.
 Lëngu paraspermal (ar. el-medhju) është i papastër dhe është obligim të pastrohet prej trupit dhe rrobave.
 Dalja e lëngut paraspermal është prej gjërave që e prishin abdesin.
 Është e obliguar larja e organit dhe testikujve, siç përmendet në një hadith tjetër.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3348</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>Mos i shndërroni shtëpitë tuaja në varre e as mos e shndërroni varrin tim në vendfestë, por më dërgoni salavate, sepse salavati juaj më arrin kudo që jeni!”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Mos i shndërroni shtëpitë tuaja në varre e as mos e shndërroni varrin tim në vendfestë, por më dërgoni salavate, sepse salavati juaj më arrin kudo që jeni!”</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Profeti ﷺ me këtë hadith ndaloi që shtëpitë të jenë të zhveshura nga falja e namazit (vullnetar), sepse shdërrohen në varreza, në të cilat nuk falet namazi. Ai po ashtu e ndaloi të vizitohet varri i tij shpesh dhe të tubohen rregullisht tek ai, sepse kjo është shkak që çon në shirk (idhujtari). Në vend të kësaj, ai i urdhëroi që t'i çohen salavate e selame kudo qofshin nëpër botë, sepse këto do t'i arrijnë, nga i afërti e nga i largëti, krejt njëjtë, kështu që nuk ka nevojë ta vizitojnë shpesh varrin e tij.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Është e ndaluar që shtëpitë të zhvishen nga adhurimi kushtuar Allahut të Lartësuar.
 Ndalohet udhëtimi për të vizituar (ekskluzivisht) varrin e Profetit ﷺ, sepse ai urdhëroi t'i çojmë salavate dhe tregoi se ato i arrijnë. Mirëpo, udhëtmi merret me qëllim të Xhamisë (së Profetit) dhe për të bërë namaz në të.
 Është e ndaluar që vizita e varrit të Profetit ﷺ të shndërrohet në vendfestë, duke e përsëritur rregullisht në një mënyrë të caktuar në një kohë të caktuar. E njëjta gjë vlen edhe për vizitën e ndonjë varri tjetër.
 Ky hadith dëshmon nderimin që Zoti ia bëri Profetit ﷺ, meqë i përligji salavatet dhe selamet për të, në çdo kohë dhe vend.
 Pasi ndalimi i faljes së namazit te varret ishte ngulituar te sahabët, kjo është arsyeja pse Profeti ﷺ e ndaloi shndërrimin e shtëpive në varreza, në të cilat nuk falet namazi.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[Hadith hasen]</t>
   </si>
   <si>
     <t>[E shënon Ebu Davudi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3350</t>
   </si>
   <si>
-    <t>لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ</t>
+    <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
     <t>Mos thoni: "Siç dëshiron Allahu dhe siç dëshiron filani!", por thoni: "Siç dëshiron Allahu, pastaj siç dëshiron filani!</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
     <t>Hudhejfe (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Mos thoni: "Siç dëshiron Allahu dhe siç dëshiron filani!", por thoni: "Siç dëshiron Allahu, pastaj siç dëshiron filani!"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
     <t>Profeti ﷺ ndaloi që muslimani të thotë gjatë të folurit të tij: “Siç dëshiron Allahu dhe siç dëshiron filani!" Ose: "Siç dëshiron Allahu dhe filani!!" Kjo është për shkak se dëshira dhe vullneti i Allahut janë absolut, ku askush nuk është bashkëpjesëmarrës me Të në to. Kur të përdoret lidhëza "dhe" - (ar. ve), lë për të kuptuar bashkëpjesëmarrjen e ndokujt me Allahun ose barazimin mes tyre. Por, të thotë: "Siç dëshiron Allahu, pastaj siç dëshiron filani!" Kësisoj, dëshirën e njeriut e bën pasuese të dëshirës së Allahut, me ndajfoljen "pastaj", - (ar. thumme), në vend të lidhëzës "dhe", për faktin se ndajfolja "pastaj" tregon për diçka që vjen dhe e pason një gjë më pas.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
 النهي عن إشراك الخلق في مشيئة الله ولو باللفظ.
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>Është haram të thuhet: “Çfarë dëshiroi Allahu dhe deshe ti!” e shprehje të ngjashme që tregojnë lidhjen me emrin e Allahut përmes lidhëzës “dhe”, sepse kjo është formë shirku (idhujtarie) në shprehje dhe në fjalë.
 Është e lejuar të thuhet: “Siç dëshiron Allahu e pastaj siç dëshiron ti!", dhe shprehje të ngjashme që tregojnë lidhjen me emrin e Allahut përmes ndajfoljes "pastaj", sepse kështu e ndaluara mënjanohet.
 Pohimi i dëshirës së Allahut dhe pohimi i dëshirës së njeriut dhe se dëshira e këtij të fundit është pasuese e dëshirës së Allahut të Lartësuar.
 Është e ndaluar që njerëzit të bëhen ortakë me Allahun në dëshirën e Tij, qoftë dhe verbalisht.
 Nëse ai që e barazon dëshirën e Allahut me dëshirën e ndonjë krijese në të shprehur beson se dëshira e njeriut është sikurse dëshira e Allahut të Lartmadhëruar, respektivisht e barabartë me të në gjithëpërfshirje e përgjithësim, ose se njeriu ka dëshirë të pavarur, atëherë kjo është shirk i madh, e, nëse beson se është poshtë kësaj, atëherë është shirk i vogël.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3352</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ</t>
+    <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>“Allahu bëhet xheloz (siç përkon me madhështinë e Tij), e edhe besimtari bëhet xheloz. Xhelozia e Allahut është kur besimtari i shkel gjërat që Allahu ia ka ndaluar.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu bëhet xheloz (siç përkon me madhështinë e Tij), e edhe besimtari bëhet xheloz. Xhelozia e Allahut është kur besimtari i shkel gjërat që Allahu ia ka ndaluar.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se Allahu xhelozon, hidhërohet dhe urren ashtu siç bëhet xheloz besimtari, siç hidhërohet dhe siç urren. Shkaku i xhelozisë së Allahut është kur besimtari kryen veprime të pamoralshme, që Allahu ia ka ndaluar, si: kurvëria, homoseksualiteti, vjedhja, pirja e alkoolit dhe gjëra të tjera të pamoralshme.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Tërheqja e vërejtjes nga zemërimi dhe ndëshkimi i Allahut, nëse nëpërkëmben ndalesat e Tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3354</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>Ai që betohet në dikë tjetër përveç Allahut, ka bërë kufër ose shirk.”</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) transmeton se dëgjoi një njeri duke thënë: "Jo, pasha Qabenë!" Në atë rast Ibn Omeri tha: "Nuk bën të betohet në dikë a diçka tjetër përveç Allahut. Unë e kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Ai që betohet në dikë a diçka tjetër përveç Allahut, ka bërë kufër ose shirk.” "Ai që betohet në dikë tjetër përveç Allahut, ka bërë kufër ose shirk.”</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se kushdo që betohet në dikë tjetër përveç Allahut, pra përveç emrave dhe cilësive të Tij, ka mohuar Allahun (ka  bërë kufër) ose ka bërë shirk, sepse betimi nënkupton madhërimin e atij që betohet në të, e madhështia është vetëm për Allahun. Andaj, betimi bëhet vetëm në Allahun, në emrat dhe në cilësitë e Tij. Ky betim është shirk i vogël (që nuk e nxjerr njeriun nga feja), por, nëse ai që betohet, e madhëron atë për të cilin betohet ashtu siç madhërohet Allahu, ose më shumë, atëherë konsiderohet prej shirkut të madh (që e nxjerr njeriun nga feja).</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Madhërimi i dikujt duke u betuar në emër të tij është një e drejtë ekskluzive e Allahut të Madhëruar, andaj betimi bëhet në Allahun, në emrat dhe në cilësitë e Tij.
 Kujdesi që tregonin sahabët për të urdhëruar në të mirë dhe për të ndaluar të keqen, veçanërisht kur e keqja kishte të bënte me shirkun a kufrin.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3359</t>
   </si>
   <si>
-    <t>لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ</t>
+    <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>“Nuk keni për të hyrë në Xhenet derisa të besoni, e nuk keni për të besuar derisa të duheni mes vete. A t’ju tregoj për një gjë që, nëse e bëni, do të duheni ndërmjet vete? Përhapeni selamin në mesin tuaj!”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Nuk keni për të hyrë në Xhenet derisa të besoni, e nuk keni për të besuar derisa të duheni mes vete. A t’ju tregoj për një gjë që, nëse e bëni, do të duheni ndërmjet vete? Përhapeni selamin në mesin tuaj!”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi se vetëm besimtarët do të hyjnë në Xhenet dhe besimi nuk është i plotë dhe gjendja e shoqërisë islame nuk përmirësohet derisa ata të duan njëri-tjetrin. Pastaj Profeti ﷺ na drejtoi drejt gjërave më të mira, përmes të cilave mbizotëron dashuria, që janë: përhapja e selamit mes muslimanëve, të cilën Allahu e ka bërë përshëndetje për robërit e Tij.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Hyrja në Xhenet është e kushtëzuar me iman (besim).
 Prej besimit të plotë është që muslimani ta dojë për vëllanë e tij (musliman) atë që e do për vete.
 Është e pëlqyeshme që selami (përshëndetja) islame të përhapet dhe të jepet në mesin e muslimanëve, sepse kështu përhapet dashuria dhe siguria mes tyre.
 Selami (përshëndetja islame) i jepet vetëm atij që është musliman, bazuar në pjesën e hadithit: "në mesin tuaj."
 Dhënia e selamit (përshëndetjes islame) e largon këputjen e lidhjes, bojkotit dhe armiqësisë.
 Rëndësia e dashurisë mes muslimanëve dhe se ajo është prej besimit të plotë.
 Në një hadith tjetër qëndron se forma e plotë e selamit është: "Es-Selamu alejkum ue rahmetullahi ue berakatuhu." Por, mjafton edhe: "Es-selamu alejkum."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3361</t>
   </si>
   <si>
-    <t>أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ</t>
+    <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>Cila vepër është më e dashur tek Allahu? - “Namazi që falet në kohën e vet”, - u përgjigj ai. - Pastaj cila? - “Mirësjellja me prindërit”, - tha Profeti ﷺ. - Pastaj cila? - “Lufta në rrugën e Allahut.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) thotë: "E pyeta Profetin ﷺ: - Cila vepër është më e dashur tek Allahu? - “Namazi që falet në kohën e vet”, - u përgjigj ai. - Pastaj cila? - “Mirësjellja me prindërit”, - tha Profeti ﷺ. - Pastaj cila? - “Lufta në rrugën e Allahut.” Kështu më tha Profeti ﷺ. Sikur ta pyesja më shumë, do të më tregonte edhe më tej."</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Profeti ﷺ qe pyetur: "Cila është vepra më e dashur tek Allahu?" Në këtë rast tha: "Namazi i obliguar në kohën e vet, të cilën e ka përcaktuar feja. Pastaj mirësjellja me prindërit, bërja mirë atyre, përmbushja e të drejtave të tyre dhe braktisja e mosrespektimit ndaj tyre. E pastaj xhihadi në rrugë të Allahut për ta lartësuar Fjalën e Allahut të Lartmadhërishëm, për ta mbrojtur fenë islame dhe muslimanët e për t'i shpërfaqur simbolet e tij të dukshme, përmes (dhënies së) shpirtit dhe pasurisë.
 Ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon: "Më tregoi për këto vepra, saqë, po t'i thosha: "Pastaj cila?", do të më tregonte më tej.</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
     <t>Veprat dallojnë nga njëra-tjetra, në varësi të dashurisë që ka Allahu për to.
 Inkurajimi i muslimanit që t'i veprojë veprat më të mira, e kështu me radhë.
 Përgjigjet e Profetit ﷺ për veprat më të mira ndryshojnë varësisht njerëzve e rrethanave të tyre dhe asaj që është më e dobishme për secilin prej tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3365</t>
   </si>
   <si>
-    <t>‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا</t>
+    <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Namazi më i rëndë për hipokritët është namazi i jacisë dhe i sabahut. Sikur ta dinin se çfarë (shpërblimi) ka në to, do të vinin, qoftë dhe zvarrë</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Namazi më i rëndë për hipokritët është namazi i jacisë dhe i sabahut. Sikur ta dinin se çfarë (shpërblimi) ka në to, do të vinin, qoftë dhe zvarrë. Më ka shkuar mendja të urdhëroj (myezinin) ta thërrasë ikametin për namaz, pastaj të lë dikë që t'ua falë njerëzve namazin e unë të shkoj me disa burra, që me vete të marrin turra drush e t'ua mësyjmë atyre që nuk vijnë për namaz e t'ua fus zjarrin shtëpive të tyre."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ lajmëron në këtë hadith për hipokritët dhe përtacinë e tyre në raport me pjesëmarrjen në namaz, veçanërisht në namazin e jacisë dhe sabahut. E, sikur ta dinin vlerën e  shpërblimit për pjesëmarrjen e tyre me xhematin e muslimanëve, do të vinin, qoftë dhe zvarrë, ashtu siç zvarritet fëmija me duar dhe gjunjë.
 . Profeti ﷺ deshi të urdhërojë që të falet namazi dhe të caktojë një njeri që t'u prijë njerëzve në vend të tij, pastaj të shkojë me disa burra, që do të marrin me vete turra drush, për te njerëzit që nuk marrin pjesë në namazin me xhemat dhe t'ua djegë me zjarr shtëpitë e tyre. Kjo, për shkak të mëkatit të rëndë që bënë, - por ai nuk e bëri këtë gjë, - për shkak të grave dhe fëmijëve të pafajshëm e të tjerëve që janë të arsyetuar (për mospjesëmarrje në xhami) dhe nuk kanë kurrfarë mëkati.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Rreziku i mospjesëmarrjes në namazit me xhemat në xhami.
 Hipokritët me adhurimin e tyre synonin syefaqësinë dhe famën, sepse ata merrnin pjesë në namaz kur i shihnin njerëzit.
 Shpërblimi i madh për faljen e namazit të jacisë dhe të sabahut me xhemat, madje ato meritojnë të shkojmë t'i falim, qoftë dhe zvarrë.
 Kujdesi për namazin e akshamit dhe të sabahut është siguri nga hipokrizia, ndërsa neglizhimi i tyre është një nga cilësitë e hipokritëve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3366</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ</t>
+    <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>Njëherë, një person hëngri me dorën e majtë në prani të të Dërguarit të Allahut ﷺ, e ai i tha: - “Ha me të djathtën!” - Nuk mundem, - ia ktheu ai. - “Mos mundsh!”</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
     <t>Seleme ibn Ekvai (Allahu qoftë i kënaqur me të) tregon: "Njëherë, një person hëngri me dorën e majtë në prani të të Dërguarit të Allahut ﷺ, e ai i tha: - “Ha me të djathtën!” - Nuk mundem, - ia ktheu ai. - “Mos mundsh!” - tha Profeti ﷺ. E ndaloi mendjemadhësia nga kjo dhe kështu më s'mundi ta ngrejë deri te goja."</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>Profeti ﷺ pa një njeri duke ngrënë me dorën e majtë, kësisoj e urdhëroi të hante me dorën e djathtë. Ky njeri u përgjigj me mendjemadhësi dhe rrejshëm tha se nuk mundej! Prandaj, Profeti ﷺ u lut kundër tij që të privohej nga të ngrënët me dorën e djathtë. Kësisoj Allahu iu përgjigj lutjes së Profetit të Tij, kur ja, dora e tij e djathtë u paralizua, kështu që nuk mund ta ngrinte deri te goja pas kësaj, as për ushqim, as për pije.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
     <t>Është obligim ngrënia me të djathtën dhe është haram ngrënia me të majtën.
 Ai që tregohet mendjemadh kundrejt jetësimit të vendimeve fetare e meriton ndëshkimin.
 Nderimi i Allahut për Profetin e Tij, Muhamedin ﷺ, duke iu përgjigjur lutjes së tij.
 Përligjja e urdhërimit për mirë dhe ndalimit të së keqes në çdo situatë, edhe gjatë ngrënies.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3372</t>
   </si>
   <si>
-    <t>مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا</t>
+    <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
     <t>“Ai që thërret në udhëzim, do të ketë shpërblim aq sa kanë edhe ata që e pasojnë, pa u zvogëluar aspak shpërblimi i atyre</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Ai që thërret në udhëzim, do të ketë shpërblim aq sa kanë edhe ata që e pasojnë, pa u zvogëluar aspak shpërblimi i atyre, por edhe ai që thërret në lajthitje, do të ketë mëkat po aq sa kanë edhe ata që e pasojnë, pa u zvogëluar aspak mëkati i tyre.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se ai që i udhëzon dhe i nxit njerëzit drejt një rruge në të cilën ka hak (të vërtetë) dhe mirësi, qoftë me fjalë, qoftë me vepër, do të ketë shpërblim të ngjashëm me atë të atyre që e pasojnë, pa iu zvogëluar shpërblimi i këtyre të fundit. Po ashtu, ai që i udhëzon e i përudh njerëzit drejt një rruge të kotë dhe të keqe që përmban mëkat dhe të bërët keq ose diçka që nuk lejohet, qoftë me fjalë, qoftë me vepër, atëherë ai do ta bartë barrën e barabartë të mëkatit të atyre që e ndjekin, pa u zvogëluar asgjë nga mëkatet e tyre.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>Vlera e thirrjes për në udhëzim, qoftë pak, qoftë shumë, dhe se thirrësi e ka shpërblimin të ngjashëm me atë që vepron (sipas udhëzimit të tij), e kjo është nga mirësia e madhe e Allahut dhe bujaria e Tij e përsosur.
 Rreziku i thirrjes drejt devijimit, qoftë i vogël, qoftë i madh, dhe se thirrësi e ka barrën e mëkatit të njëjtë sikurse vepruesi.
 Shpërblimi është sipas llojit të veprës: ai që thërret drejt së mirës, do ta ketë shpërblimin të barabartë me shpërblimin e vepruesit, sikundërqë ai që thërret drejt së keqes, do të ketë barrë të barabartë mëkati me atë që e vepron.
 Muslimani duhet të ruhet që të mos merret shembull nga të tjerët, duke bërë mëkat haptazi, teksa e shohin njerëzit, sepse ai bën mëkat, meqë të tjerët e imituan, edhe nëse ai nuk i inkurajoi për të bërë këtë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3373</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ</t>
+    <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
   </si>
   <si>
     <t>Njerëzit më të këqij janë ata që do t'i arrijë Kiameti të gjallë dhe ata që i marrin varret si vendfalje</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Njerëzit më të këqij janë ata që do t'i arrijë Kiameti të gjallë dhe ata që i marrin varret si vendfalje."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon për njerëzit më të këqij, që janë ata të cilët do t'i arrijë Kiameti të gjallë dhe ata që i marrin varret si vendfalje: falen në to dhe në drejtim të tyre.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Është e ndaluar që xhamitë të ndërtohen mbi varre, sepse kjo është një shteg drejt shirkut (idhujtarisë).
 Ndalohet falja e namazit në varre, edhe nëse nuk ka ndërtim mbi to, sepse xhamia është një nocion që nënkupton vendin e sexhdes, edhe nëse nuk ka asnjë ndërtim në të.
 Kushdo që i shndërron varret e njerëzve të mirë në xhami - faltore për t'u falur në to është nga njerëzit më të këqij, edhe nëse pretendon se qëllimi i tij është që t'i afrohet Allahut.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3375</t>
   </si>
   <si>
-    <t>إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ</t>
+    <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>“Vërtet gjëja që kam më shumë frikë për ju është shirku i vogël.” Të pranishmit i thanë: “Çfarë është shirku i vogël, o i Dërguari i Allahut?" Profeti ﷺ tha: “Syefaqësia</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Mahmud ibn Lebidi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Vërtet gjëja që kam më shumë frikë për ju është shirku i vogël.” Të pranishmit i thanë: “Çfarë është shirku i vogël, o i Dërguari i Allahut?" Profeti ﷺ tha: “Syefaqësia. Allahu i Lartmadhëruar do t'u thotë atyre në Ditën e Kiametit, kur njerëzit do të shpërblehen për veprat e tyre: "Shkoni tek ata për të cilët bënit syefaqësi në këtë botë dhe shihni se a do të gjeni ndonjë shpërblim tek ata!"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se gjëja që frikësohet më shumë për umetin e tij është shirku i vogël, respektivisht syefaqësia: që të veprojë për shkak të njerëzve. Pastaj tregoi për dënimin e atyre që bëjnë syefaqësi në Ditën e Kiametit, se do t'u thuhet: "Shkoni tek ata për të cilët keni vepruar dhe shihni nëse ata kanë fuqi t'ju shpërblejnë dhe t'ju japin shpërblim për veprat që i keni bërë?!"</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
     <t>Është obligim që veprat t'i bëjmë sinqerisht për Allahun e Lartmadhëruar dhe të kemi kujdes nga syefaqësia.
 Dhembshuria e madhe e Profetit ﷺ për umetin e tij dhe kujdesi i tij për udhëzimin dhe këshillimin e tyre.
 Nëse kjo ishte frika e Profetit ﷺ teksa u drejtohej sahabëve, të cilët ishin zotërinjtë e të devotshmëve, atëherë frika për ata pas tyre duhet qenë edhe më e madhe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3381</t>
   </si>
   <si>
-    <t>الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ</t>
+    <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
   </si>
   <si>
     <t>Tijera (besimi në ogure të zeza) është shirk. Tijera është shirk. Tijera është shirk." -  Këtë e tha tri herë. - "Secili prej nesh përjeton diçka nga kjo, por Allahu i Lartmadhëruar e largon atë me mbështetjen në Të</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Tijera (besimi në ogure të zeza) është shirk. Tijera është shirk. Tijera është shirk." -  Këtë e tha tri herë. - "Secili prej nesh përjeton diçka nga kjo, por Allahu i Lartmadhëruar e largon atë me mbështetjen në Të."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith paralajmëroi kundër tijeras (besimit në ogure të zeza), ​​që nënkupton besimin në ndjelljen e së keqes të diçkaje që dëgjohet ose shihet, përfshirë zogjtë, kafshët, njerëzit me të meta, numrat, ditët etj. Fjala tijera, që nënkupton besimin në ogure të zeza, rrjedh nga fjala “tajr”, që do të thotë “zog”, sepse në periudhën paraislame, arabët, kur dëshiron të bënin ndonjë punë, qoftë udhëtim e tregti, qofshin gjëra të tjera, e kishin zakon të lëshonin një zog. Nëse ai fluturonte në anën e djathtë, atëherë kishin mendim të mirë dhe nisnin punën që ia kishin mësyrë. Por, nëse zogu fluturonte në anën e majtë, atëherë mendonin se kjo ishte një shenjë ogurzezë, prandaj hiqnin dorë nga ajo punë. Profeti ﷺ tregoi se kjo është shirk. Besimi në ogure të zeza është shirk, për faktin se askush nuk e sjell të mirën përveç Allahut dhe askush nuk e largon të keqen përveç Tij, të Vetmit, i Cili nuk ka ortak.
 Ibn Mesudi (Allahu qoftë i kënaqur me të!) përmendi se njëfarë mendimi ogurzi mund ta godasë zemrën e një muslimani, por ai duhet ta largojë atë duke u mbështetur tek Allahu dhe duke i marrë masat.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
@@ -1941,133 +1941,133 @@
 حرص الصحابة على العلم.</t>
   </si>
   <si>
     <t>Nënshtrimi ndaj udhëheqësve dhe njerëzve të tjerë në gjëra që përbëjnë ndryshim të vendimeve të Allahut, - nëse ai që u bindet e di se ata po e kundërshtojnë ligjin e Allahut, - është shirk i madh.
 Konsiderimi i diçkaje hallall dhe haram është e drejtë e Allahut të Lartësuar.
 Sqarim për një prej llojeve të shirkut, e që është shirku i nënshtrimit
 Është e lejuar të mësohet i padituri.
 Kuptimi i nocionit adhurim është i gjerë. Ai përfshin çdo gjë që e do Allahu dhe është i kënaqur me të, qofshin fjalë, qofshin vepra, të gjymtyrëve e të zemrës.
 Sqarim për devijimin e rabinëve dhe murgjve.
 Pohimi se hebrenjtë dhe të krishterët bënin shirk.
 Baza e fesë së profetëve është një: teuhidi (monoteizimi).
 Nënshtrimi ndaj krijesës duke e kundërshtruar Krijuesin është adhurim ndaj tij.
 Duhet të kërkojmë sqarim nga dijetarët lidhur me gjykimin e çështjeve që nuk i dimë.
 Kujdesi i sahabëve për diturinë.</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[E shënon Tirmidhiu]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3384</t>
   </si>
   <si>
-    <t>فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ</t>
+    <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>dhe i thamë: ‘Ti je zotëria ynë!’ Ai tha: ‘Zotëria është Allahu!’ Ne i thamë: ‘Ti je më i virtytshmi dhe më superiori ndër ne!’ Ai tha: ‘Mund t'i thoni këto fjalë ose një pjesë të tyre, mirëpo kurrsesi mos e lejoni djallin që t'ju përdorë!’”</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
     <t>Përcillet nga Abdullah ibn Esh-Shikhir (Allahu qoftë i kënaqur me të!) se ka thënë: "Shkova te i Dërguari i Allahut (paqja qoftë mbi të!) me delegacionin e Beni Amirit dhe i thamë: ‘Ti je zotëria ynë!’ Ai tha: ‘Zotëria është Allahu!’ Ne i thamë: ‘Ti je më i virtytshmi dhe më superiori ndër ne!’ Ai tha: ‘Mund t'i thoni këto fjalë ose një pjesë të tyre, mirëpo kurrsesi mos e lejoni djallin që t'ju përdorë!’”</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>Një grup njerëzish shkuan te Profeti (paqja qoftë mbi të!) dhe kur mbërritën tek ai, e lavdëruan me disa fjalë që ai (paqja qoftë mbi të!) nuk i pëlqeu. Ata i thanë: "Ti je zotëria ynë" Ai (paqja qoftë mbi të!) tha: "Zotëria është Allahu!" Atij i takon zotërimi dhe sundimi i plotë mbi krijesat e Tij, ndërsa krijesat janë robërit e Tij. Ata i thanë: "Ti je më i virtytshmi ndër ne." D.m.th. më i larti ndër ne në pozitë, në fisnikëri dhe në veçori. Dhe: "Ti je më superiori ndër ne." Domethënë: ti je më superiori ndër ne, në bamirësi, në madhështi dhe në pozitë. Pastaj Profeti (paqja qoftë mbi të!) i këshilloi që të thonin fjalët e tyre të zakonshme dhe të mos viheshin në siklet në përzgjedhjen e fjalëve, si dhe të bënin kujdes gjithashtu që djalli të mos i shtynte drejt ekstremizmit dhe kalimit të caqeve, duke rënë në gjëra të paligjshme si shirku dhe mjetet që të çojnë në shirk.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Pozita e lartë e Profetit (paqja qoftë mbi të!) në zemrat e shokëve të tij dhe respekti që ata kishin për të.
 Ndalimi i sikletosjes në përzgjedhjen e fjalëve dhe të qenët mesatar në të folur.
 Ruajtja e teuhidit nga fjalët dhe veprat që e cenojnë atë.
 Ndalimi i ekstremizmit në lavdërimin e dikujt, ngase ai është një prej shtigjeve të djallit.
 Profeti (paqja qoftë mbi të!) është zotëria i bijve të Ademit, ndërsa ajo që është cekur në këtë hadith, është thënë nga modestia dhe nga frika se mos po i kalonin caqet në lavdërimin e tij.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3389</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Ti po shkon te një popull që janë ithtarë të Librit. Kur të arrish tek ata, thirri të dëshmojnë se askush përveç Allahut nuk meriton të adhurohet dhe se Muhamedi është i Dërguari i Allahut</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me ta!) tregon: "Kur i Dërguari i Allahut ﷺ e dërgoi Muadh ibn Xhebelin në Jemen, i tha: “Ti po shkon te një popull që janë ithtarë të Librit. Kur të arrish tek ata, thirri të dëshmojnë se askush përveç Allahut nuk meriton të adhurohet dhe se Muhamedi është i Dërguari i Allahut. Nëse të binden në këtë, tregoju se Allahu ua ka bërë obligim pesë namaze brenda ditës e natës. Nëse të binden në këtë, tregoju se Allahu ua ka bërë obligim zekatin, që u merret të pasurve e u jepet të varfërve të tyre. E, nëse të binden, kujdes, mos ua merr pasurinë e çmuar! Ruaju lutjes së atij që i bëhet padrejtësi, sepse mes tij dhe Allahut nuk ka perde!”</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ e dërgoi Muadh ibn Xhebelin (Allahu qoftë i kënaqur me të!), në Jemen, - si thirrës për tek Allahu dhe mësues, - ia sqaroi se do të përballej me një grup të krishterësh, që kështu të ishte i gatshëm për ta dhe të fillojë t'i thërrasë ata fillimisht në gjërat më të rëndësishme e kështu me radhë. Pra, së pari i thërret për ta përmirësuar akiden (besimin), që të dëshmojnë se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është i Dërguari i Allahut, sepse me këtë futen në Islam. E, nëse i nënshtrohen kësaj, atëherë urdhërohen ta falin namazin, sepse ai është obligimi më i madh pas teuhidit (monoteizmit). Nëse ata e falin namazin, atëherë i urdhëron të pasurit e tyre që ta japin zekatin e pasurisë së tyre për të varfrit e tyre. Më pas ua tërhoqi vërejtjen që të mos ua merrte pasurinë më të çmuar, sepse obligim është ajo e mesmja. Në fund e këshilloi që të shmangë padrejtësinë, respektivisht që të mos lutet kundër tij ndonjë që i është bërë padrejtësi, sepse lutja e tij pranohet.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Dëshmia se s'ka të adhuruar të denjë përveç Allahut nënkupton veçimin e Allahut me adhurim dhe braktisjen e adhurimit kushtuar dikujt tjetër përveç Tij.
 Dëshmia se Muhamedi është i Dërguari i Allahut nënkupton besimin në të, në atë gjë me të cilën ka ardhur dhe pohimi se ai është i Dërguari i fundit i Allahut dërguar te njerëzit.
 T'i drejtohesh dijetarit dhe atyre që kanë ngjashmëri me të, nuk është njësoj si t'i drejtohesh injorantit, për këtë arsye, i Dërguari i Allahut ﷺ e paralajmëroi Muadhin duke i thënë: “Ti po shkon te një popull që janë ithtarë të Librit."
 Rëndësia që muslimani të jetë i vetëdijshëm për fenë e tij, respektivisht të largohen nga dyshimet e atyre që hedhin dyshime, gjë që arrihet duke kërkuar dituri.
 Pavlefshmëria e fesë së hebrenjve dhe të krishterëve pas dërgimit të profetit Muhamed ﷺ si i dërguar dhe se ata nuk do të jenë prej atyre që do të shpëtojnë në Ditën e Kijametit, derisa të hyjnë në fenë islame dhe t'i besojnë Profetit ﷺ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3390</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ</t>
+    <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
   </si>
   <si>
     <t>‘O njerëz, ruhuni nga ekstremizmi në fe, sepse ata që ishin para jush u shkatërruan nga ekstremizmi në fe!’”</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
     <t>Nga Ibn Abasi (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Mëngjesin e Akabesë, i Dërguari i Allahut (paqja qoftë mbi të!), ndërsa qëndronte mbi devenë e tij, më tha: ‘Kap disa guralecë për mua!’ Unë kapa për të shtatë guralecë të vegjël sa gurët që përdoren për të qëlluar. Ai i shkundi ato në dorën e tij dhe tha: ‘Si këta gurët përdorni për të hedhur!’ Mandej, ai tha: ‘O njerëz, ruhuni nga ekstremizmi në fe, sepse ata që ishin para jush u shkatërruan nga ekstremizmi në fe!’”</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se ai ishte me të Dërguarin e Allahut (paqja qofët mbi të!) në haxhin e lamtumirës, ditën e kurbanit në mëngjesin e hedhjes së gurëve te Xhemereja e Akabesë. I Dërguari i Allahut (paqja qoftë mbi të!) e urdhëroi të mblidhte për të gurët e Xhemeres dhe ai mori për të shtatë gurë të vegjël, ku secili prej tyre ishte sa një qiqër apo sa një lajthi. Profeti (paqja qoftë mbi të!) i vuri në dorën e tij dhe pasi i shkundi tha: "Gjuani me gurë të kësaj madhësie!" Mandej Profeti (paqja qoftë mbi të!) paralajmëroi ruajtjen nga ekstremizmi, rreptësia dhe tejkalimi i caqeve në çështjet e fesë, ngase popujt e mëparshëm u shkatërruan pikërisht për shkak të tejkalimit të caqeve dhe ekstremizmit në fe.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
@@ -2096,85 +2096,85 @@
   <si>
     <t>أن النبي -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- سئل عن علاج المسحور على الطريقة التي كانت تعملها الجاهلية، مثل: حل السحر بالسحر ما حكم ذلك، فأجاب -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- بأنه من عمل الشيطان أو بواسطته؛ لأنه يكون بأنواع سحرية واستخداماتٍ شيطانيةٍ، فهي شركية ومحرمة.
 أما النشرة الجائزة: فهي فك السحر بالرقية أو بالبحث عنه، وفكه باليد مع قراءة القرآن أو بالأدوية المباحة.</t>
   </si>
   <si>
     <t>Profeti ﷺ është pyetur për trajtimin e atij të cilit i kanë bërë magji në mënyrën që përdorej në epokën paraislame, bie fjala, zgjidhjen e magjisë me magji, se cili është gjykimi për këtë dhe Profeti ﷺ u përgjigj se ajo është punë e shejtanit ose nëpërmjet tij, sepse kjo zgjidhje - prishje (e magjisë) bëhet me lloje magjike dhe përdorime shejtanore, gjë që janë veprime idhujtareske dhe të ndaluara.
 Sa i përket zgjidhjes - prishjes së lejuar (të magjisë), ajo është duke e deshifruar magjinë me anë të rukjes (leximit të Kuranit e lutjeve fetare) ose kërkimi i saj dhe deshifrimi i saj me dorë duke ia bashkëngjitur leximin e Kuranit ose përdorimin e ilaçeve të lejuara.</t>
   </si>
   <si>
     <t>مشروعية سؤال العلماء عما أشكل حكمه؛ حذرًا من الوقوع في المحذور.
 النهي عن النشرة على الصفة التي تعملها الجاهلية؛ لأنها سحر والسحر كفر.
 أن أعمال الشيطان كلها محرمة.</t>
   </si>
   <si>
     <t>Legjitimiteti i pyetjes së dijetarëve për atë vendim që nuk është i qartë, duke pasur kështu kujdes nga rënia në ndonjë gjë të ndaluar.
 Ndalimi i prishjes së magjisë në formën e përdorur në periudhën paraislame, sepse kjo mënyrë është magji dhe magjia është kufër (mosbesim).
 Çdo punë e shejtanit është e ndaluar.</t>
   </si>
   <si>
     <t>[E shënon Ebu Davudi - E shënon Ahmedi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3402</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>“Mos më shenjtëroni siç e kanë shenjtëruar të krishterët të birin e Merjemes. Unë jam rob i Allahut, andaj thoni: "Rob i Allahut dhe i Dërguari i Tij.”</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Omer ibn Hatabi (Allahu qoftë i kënaqur me ta!) ka thënë: "E kam dëgjuar Profetin ﷺ të thotë: “Mos më shenjtëroni siç e kanë shenjtëruar të krishterët të birin e Merjemes. Unë jam rob i Allahut, andaj thoni: "Rob i Allahut dhe i Dërguari i Tij.”</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e ndaloi teprimin dhe tejkalimin e kufirit fetar në raport me lavdërimin dhe përshkrimin e tij me cilësitë e Allahut të Lartësuar dhe veprimet e Tij të veçanta, ose se ai e di të fshehtën, ose të lutet së bashku me Allahun, siç vepruan të krishterët me Isain, të birin e Merjemes (alejhima selam). Më pas sqaroi se ai është prej robërve të Allahut, si dhe urdhëroi të themi: "Rob i Allahut dhe i Dërguari i Tij."</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Tërheqja e vërejtjes nga tejkalimi i kufirit fetar në raport me madhërimin dhe lavdërimin, sepse kjo çon drejt shirkut (idhujtarisë).
 Ajo për të cilën tërhoqi vërejtjen Profeti ﷺ ndodhi në këtë umet. Kështu, një grup e tepruan në raport me të Dërguarin e Allahut ﷺ, një grup tjetër  e teproi në raport me ehli bejtin (familjen profetike), ndërsa një grup tjetër e tepruan në raport me evlijatë, kështu që ranë në shirk.
 I Dërguari i Allahut ﷺ e përshkroi veten si rob i Allahut, për të treguar se ai është rob i nënshtruar i Allahut, të cilit nuk i lejohet t'i kushtohet asnjë nga karakteristikat e Zotit.
 I Dërguari i Allahut ﷺ e përshkroi veten si i Dërguari i Allahut, për të treguar se ai është profet i dërguar i Allahut, kështu që duhet besuar dhe duhet ndjekur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3406</t>
   </si>
   <si>
-    <t>أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ</t>
+    <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>‘O xhaxhai im, thuaj “la ilahe il-lallah” që me këtë fjalë të ndërmjetësoj për ty tek Allahu!'</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>Seid ibn Musejebi ka përcjellë nga babai i tij se ka thënë: “Profeti (paqja qoftë mbi të!) shkoi tek Ebu Talibi kur ai ishte në prag të vdekjes dhe pranë tij gjeti Ebu Xhehlin dhe Abdullah ibn Ebi Umeje ibn Mugiren. Ai i tha: ‘O xhaxhai im, thuaj “la ilahe il-lallah” që me këtë fjalë të ndërmjetësoj për ty tek Allahu!' Menjëherë Ebu Xhehli dhe Abdullah ibn Ebi Umeje i thanë: ‘A do të braktisësh fenë e Abdulmutalibit!’ Profeti (paqja qoftë mbi të!) vazhdoi t’ia parashtronte kërkesën e tij dhe ndërkohë ata të dy vazhdonin t’ia përsërisnin fjalët e tyre, derisa fjalët e fundit që Ebu Talibi u tha atyre ishin se ai i qëndronte fesë së Abdulmutalibit dhe refuzoi të thoshte “la ilahe il-lallah”. Profeti (paqja qoftë mbi të!) tha: ‘Betohem për Allahun se do të vazhdoj të kërkoj falje për ty për sa kohë që nuk më ndalohet ta bëj!' Atëherë Allahu shpalli: “Nuk i takon profetit dhe atyre që kanë besuar që të kërkojnë falje për idhujtarët.” (Teube,113) Allahu shpalli gjithashtu lidhur me Ebu Talibin dhe i tha të dërguarit të Tij: “Ti nuk udhëzon kë të duash, por Allahu është Ai që udhëzon kë të dojë.” (Kasas, 56)</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) shkoi te xhaxhai i tij në kohën që ai po jepte shpirt dhe i tha: “O xhaxhai im, thuaj “la ilahe il-lallah” që unë të dëshmoj për ty para Allahut për këtë fjalë!" Në këtë çast, Ebu Xhehli dhe Abdullah ibn ebi Umeje thanë: “O Ebu Talib, po e braktis fenë e babait tënd Abdulmutalibit?! (E cila konsistonte në adhurimin e idhujve.) Ata vazhduan t’i flisnin atij, derisa fjalët e tij të fundit që tha ishin se ai i qëndronte fesë së Abdulmutalibit, fesë së politeizmit dhe idhujtarisë. Profeti (paqja qoftë mbi të!) tha: “Unë do të kërkoj falje për ty përderisa Zoti im nuk më ndalon ta bëj." Sakaq, Allahu i Madhëruar shpalli: “Nuk i takon Profetit dhe atyre që kanë besuar që të kërkojnë falje për idhujtarët edhe nëse ata janë të afërm, kur u është bërë e qartë se ata janë nga banorët e Zjarrit.” (Teube,113) Lidhur me Ebu Talibin, u shpall: “Ti nuk udhëzon kë të duash, por Allahu është Ai që udhëzon kë të dojë. Ai e di më mirë se cilët janë të udhëzuarit.” (Kasas,56) Pra, ti nuk e udhëzon dot atë që ti do që të udhëzohet. Ti ke për detyrë vetëm të kumtosh. Allahu është Ai që udhëzon kë të dojë.</t>
   </si>
   <si>
     <t>تحريم الاستغفار للمشركين مهما كانت قرابتهم وعملهم وإحسانهم.
@@ -2184,51 +2184,51 @@
 الأعمال بالخواتيم.
 بطلان التعلُّق بالنبيِّ عليه الصلاة والسلام وغيره لِجَلْب النفع أو دفع الضرر.
 من قال "لا إله إلا الله" عن علمٍ ويقين واعتقادٍ دخل في الإسلام.
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Ndalimi i kërkimit të faljes për politeistët, edhe pse janë të afërt, e edhe pse kanë bërë punë të mira dhe bamirësi.
 Imitimi i etërve dhe i prijësve në çështjet e pavërteta është pjesë e veprimeve të njerëzve të epokës paraislame.
 Keqardhja dhe zelli i madh i Profetit (paqja qoftë mbi të!) në thirrjen e njerëzve dhe në udhëzimin e tyre.
 Kundërpërgjigje ndaj atyre që pretendojnë se Ebu Talibi ishte musliman.
 Veprat gjykohen sipas përfundimit.
 Pavërtetësia e të lidhurit me Profetin (paqja qoftë mbi të!) për të sjellë dobi apo për të larguar dëmin.
 Ai njeri që thotë “la ilahe il-lallah” me dije, bindje dhe besim, futet në fenë islame.
 Dëmet që i sjellin njeriut shokët e këqij e të ligj.
 Domethënia e “la ilahe il-lallah” është që njeriu të braktisë adhurimin e idhujve, eulijave dhe njerëzve të mirë dhe ta veçojë Allahun në adhurim, gjë të cilën edhe idhujtarët e dinë.
 Lejimi i vizitës së të sëmurit politeist, kur shpresohet që ai të pranojë Islamin.
 Udhëzimi i pranimit është në dorën e Allahut i të Vetmit pa ortak. Ndërsa Profeti (paqja qoftë mbi të!) ka për detyrë vetëm udhëzimin e udhërrëfimit, orientimit dhe kumtimit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3410</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>Njeriu më fatlum që do ta fitojë ndërmjetësimin (shefatin) tim Ditën e Gjykimit është ai që deklaron: "La ilahe il lallah (s'ka të adhuruar të denjë përveç Allahut)" me zemër të sinqertë, - ose ka thënë: me sinqeritet.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon: I Dërguari i Allahut ﷺ është pyetur "Kush është njeriu më fatlum që do ta fitojë ndërmjetësimin (shefatin) tënd Ditën e Gjykimit?" I Dërguari i Allahut ﷺ i tha: “Kam pandehur, o Ebu Hurejre, se askush para teje nuk do të më pyesë për këtë çështje, për shkak se kam vënë re se ke interesim të madh për hadithin. Njeriu më fatlum që do ta fitojë ndërmjetësimin (shefatin) tim Ditën e Gjykimit është ai që deklaron: "La ilahe il lallah (s'ka të adhuruar të denjë përveç Allahut)" me zemër të sinqertë, - ose ka thënë: me sinqeritet.”</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se njeriu më fatlum që do ta fitojë ndërmjetësimin (shefatin) e tij në Ditën e Gjykimit është ai që deklaron: "La ilahe il lallah (s'ka të adhuruar të denjë përveç Allahut)" me zemër të sinqertë dhe është i pastër nga shirku (idhujtaria) e rijaja (syefaqësia).</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Pohimi i shefatit (ndërmjetësimit) të Profetit ﷺ në botën tjetër dhe se ai është vetëm për muvehidët (monoteistët, besimtarët e drejtë).
@@ -2252,152 +2252,152 @@
   <si>
     <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Ai të cilin tijera (ndjenja e fatkeqësisë nga shenjat ogurzeza) e pengon nga kryerja e asaj që ka vendosur, ka bërë shirk. Të pranishmit i thanë: "Cili është shpagimi për këtë?" Tha: "Të thuash: "O Allah, nuk ka mirësi, pos mirësisë Sate! Çdo zog është Yti (nuk sjell as mirësi e as pengon dëm) dhe nuk ka të adhuruar me të drejtë përveç Teje."</t>
   </si>
   <si>
     <t>يخبرنا رسول الله صلى الله عليه وسلم في هذا الحديث أن من منعه التشاؤم عن المضي فيما يعتزم فإنه قد أتى نوعًا من الشرك، ولما سأله الصحابة عن كفارة هذا الإثم الكبير أرشدهم إلى هذه العبارات الكريمة في الحديث التي تتضمن تفويض الأمر إلى الله تعالى ونفي القدرة عمن سواه.</t>
   </si>
   <si>
     <t>Profeti ﷺ po na tregon në këtë hadith se atë që pesimizimi e pengon për të vazhduar tutje në atë gjë që është i vendosur, veçse ka bërë një prej llojeve të shirkut. E, kur e pyetën sahabët për shpagimin e këtij mëkati të madh (se si bëhet), ai i përudhi drejt këtyre shprehjeve fisnike që kanë ardhur në këtë hadith, që ngërthejnë në vete dorëzimin e tërë çështjes tek Allahu i Lartësuar dhe mohimin që dikush përveç Tij të ketë forcë.</t>
   </si>
   <si>
     <t>إثبات شرك من ردته الطيرة عن حاجته.
 قبول توبة المشرك.
 الإرشاد إلى ما يقوله من وقع في التطير.
 أن الخير والشر مقدر من الله -تعالى-.</t>
   </si>
   <si>
     <t>Pohimi i rënies në shirk të atij personi që pesimizimi e ka penguar nga nevoja që kishte.
 Pranimi i pendimit të idhujtarit.
 Përudhja se çfarë të thotë ai që ka në tijera (në pesimizëm e ogur të zi).
 E mira dhe e keqja janë të përcaktuara nga Allahu i Lartësuar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3416</t>
   </si>
   <si>
-    <t>أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ</t>
+    <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
     <t>Allahu e fut në Xhenet, sido që të ketë punuar</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
     <t>Ubade (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Atë që dëshmon se s’ka të adhuruar me të drejtë përveç Allahut, që është i Vetëm e pa ortak, se Muhamedi është rob dhe i Dërguari i Tij, se Isai është rob i Allahut, i dërguar i Tij dhe Fjala e Tij (bëhu), të cilën ia ka drejtuar Merjemes, si dhe shpirt (i krijuar) prej Tij, dhe se Xheneti është i vërtetë e Zjarri është i vërtetë, Allahu e fut në Xhenet, sido që të ketë punuar."</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ në këtë hadith na tregon se kushdo që e shqipton fjalën e teuhidit (monoteizmit), duke e ditur kuptimin e saj dhe duke vepruar sipas saj, si dhe dëshmon se Muhamedi ﷺ është rob dhe i Dërguari i Tij, gjithashtu e pranon se Isai (alejhi selam) është rob dhe i dërguar i Tij, dhe se Allahu e krijoi atë me fjalën e Tij: "Bëhu", e ai sakaq u krijua. Gjithashtu beson se ai është një nga shpirtrat që i krijoi Allahu dhe e dëlirësoi nënën e tij (Merjemen) nga ajo që hebrenjtë ia veshën. Po ashtu beson se Xheneti është i vërtetë dhe se Zjarri është i vërtetë, duke besuar se ata ekzistojnë (tani) dhe se ata janë begatia dhe dënimi i Allahut, si dhe vdes në këtë (besim), vendi i tij është Xheneti, edhe nëse është i shkujdesur ndaj adhurimeve dhe ka mëkate.</t>
   </si>
   <si>
     <t>الله تعالى خَلَقَ عيسى ابن مريم بكلمة (كُنْ) من غير أب.
  الجمع بين كون عيسى ومحمد صلى الله عليهما وسلم عبدي الله ورسوليه، فهما رسولان لا يكذبان، وعبدان لا يُعْبَدان.
 فضل التوحيد وتكفيره للذنوب، وأنَّ مصيرَ الموحِّد الجنةُ وإنْ وقع منه بعض الذنوب.</t>
   </si>
   <si>
     <t>Allahu i Lartësuar e krijoi Isain, të birin e Merjemes, me fjalën “Bëhu!”, pa baba.
 Harmonizimi i faktit se Isai dhe Muhamedi (sal-lallahu alejhima selam) janë robër dhe të dërguar të Tij; janë dy profetë që nuk përgënjeshtrohen dhe dy robër që nuk adhurohen.
 Vlera e teuhidit dhe se ai i shlyen mëkatet, si dhe vendi i muvehidit (monoteistit) është Xheneti, edhe nëse ka bërë disa mëkate.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3417</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>“Ai që e takon Allahun pa i bërë shirk asgjë, do të hyjë në Xhenet, ndërsa ai që e takon Atë duke i bërë shirk ndonjë gjë, do të hyjë në Zjarr.”</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>Xhabir ibn Abdullahu (Allahu qoftë i kënaqur me të!) ka thënë: "E kam dëgjuar të Dërguarin e Allahut ﷺ të thotë: “Ai që e takon Allahun pa i bërë shirk asgjë, do të hyjë në Xhenet, ndërsa ai që e takon Atë duke i bërë shirk ndonjë gjë, do të hyjë në Zjarr.”</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se kushdo që vdes pa i bërë shirk Allahut fare, fundi i tij do të jetë në Xhenet, edhe nëse dënohet për disa mëkate të tij, si dhe kushdo që vdes duke i bërë shirk Allahut, do të jetë përgjithmonë në Zjarr.</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Vlera e teuhidit dhe se ai është shkak për të shpëtuar nga përhershmëria në Zjarr.
 Xheneti dhe Zjarri janë afër robit dhe mes tyre e robit është vetëm vdekja.
 Tëheqja e vërejtjes nga shirku, qoftë i vogël, qoftë i madh, sepse shpëtimi nga Zjarri arrihet duke u larguar prej tij.
 Në konsideratë merren veprat e fundit (të robit, që të konsiderohet i mirë a i keq).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3418</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ</t>
+    <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>Ai që vdes duke i bërë Allahut shok, do të hyjë në Zjarr</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton: "Profeti ﷺ ka thënë një fjalë, ndërsa unë kam thënë një tjetër. Profeti ﷺ ka thënë: “Ai që vdes duke i bërë Allahut shok, do të hyjë në Zjarr.” Ndërkaq, unë kam thënë: "Ai që vdes pa i bërë shok Allahut, do të hyjë në Xhenet."</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se kushdo që i kushton dikujt tjetër pos Allahut diçka që duhet t'i kushtohet Atij, si: lutja ndaj dikujt tjetër përveç Allahut të Lartësuar ose kërkimi i ndihmës nga dikush tjetër përveç Tij, e vdes në këtë gjendje,  ai është prej banorëve të Zjarrit. Ibn Mesudi (Allahu qoftë i kënaqur me të!) shtoi se kushdo që vdes pa i bërë shok Allahut, vendi i tij është Xheneti.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
     <t>Lutja është adhurim, kështu që i kushtohet vetëm Allahut të Lartësuar.
 Vlera e teuhidit. Pra, kush vdes si muvehid (monotesit), do të hyjë në Xhenet, edhe nëse dënohet për disa mëkate që i ka bërë.
 Rreziku i shirkut (idhujtarisë). Ai që vdes si mushrik (idhujtar), do të hyjë në Zjarr.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3419</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>Do të shkatërrohen (në botën tjetër) ata që e teprojnë në shtrëngim (të dispozitave të fesë)</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Do të shkatërrohen (në botën tjetër) ata që e teprojnë në shtrëngim (të dispozitave të fesë).” Këtë e tha tri herë.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith për dështimin dhe humbjen që do t'i godasë tepruesit, - të cilët veprojnë pa udhëzim (fetar) e pa dituri, - në fenë e tyre, në jetën e kësaj bote, si dhe në fjalët e veprimet e tyre. Pra, tepruesit, të cilët e tejkalojnë kufirin ligjor që e solli Profeti ﷺ.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Ndalimi i teprimit në të gjitha çështjet dhe nxitja për të shmangur atë nga çdo gjë, sidomos në aktet e adhurimit dhe në madhërimin e njerëzve të devotshëm.
 Të kërkosh përsosurinë në adhurim dhe në gjëra të tjera është gjë e lavdërueshme, por bëhet duke ndjekur udhëzimet e fesë.
@@ -2435,899 +2435,899 @@
 أن سبب فقد العلم هو موت العلماء.
 التحذير من التقليد، وأنه قد يؤول بأهله إلى المروق من الإسلام.
 قدم الشرك في الأمم السابقة.
 أن هذه الأسماء الخمسة المذكورات من معبودات قوم نوح.
 بيان تكاتف وتعاون أهل الباطل على باطلهم.
 جواز الدعاء على الكفار على سبيل العموم.</t>
   </si>
   <si>
     <t>Teprimi në raport me njerëzit e mirë është shkak që ata të adhurohen krahas Allahut dhe të braktiset feja tërësisht.
 Paralajmërimi nga bërja e figurave të frymorëve dhe varja e tyre, sidomos figurat e njerëzve me autoritet.
 Paralajmërimi nga kurthi i shejtanit, meqë ai e paraqet të kotën në formë të së vërtetës.
 Paralajmërimi nga bidatet dhe risitë (në fe), edhe nëse vepruesi i tyre ka qëllim të mirë.
 Bërja ose vizatimi i figurave të frymorëve është prej mjeteve që çojnë në shirk, kështu që është obligim tërheqja e vërejtjes nga bërja e figurave të frymorëve.
 Njohja e vlerës së ekzistimit të dijes dhe dëmit të humbjes së saj.
 Shkak për humbjen e dijes është vdekja e dijetarëve.
 Paralajmërimi nga imitimi, sepse ai mund ta çojë njeriun drejt daljes prej fesë.
 Shirku ekzistonte edhe te popujt e kaluar.
 Këta pesë emra të përmendur janë nga ata që populli i Nuhut i adhuronin.
 Sqarim se njerëzit e së kotës bashkëpunojnë dhe i ndihmojnë njëri-tjetrit.
 Lejohet lutja kundër jobesimtarëve në mënyrë të përgjithshme.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3421</t>
   </si>
   <si>
-    <t>لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ</t>
+    <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
   </si>
   <si>
     <t>Nuk ka sëmundje ngjitëse e as ogur të zi, mirëpo mua më pëlqen optimizmi (ndjellja e së mirës)" Dikush i tha: Çfarë është optimizmi (ndjellja e së mirës)? Ai tha: "Fjala e mirë!</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
     <t>Nga Enes ibn Maliku (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Nuk ka sëmundje ngjitëse e as ogur të zi, mirëpo mua më pëlqen optimizmi (ndjellja e së mirës)" Dikush i tha: Çfarë është optimizmi (ndjellja e së mirës)? Ai tha: "Fjala e mirë!"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) na njofton se transmetimi i sëmundjeve ngjitëse vetvetiu, nga një njeri te tjetri, pa iu nënshtruar caktimit të Zotit, siç besonin njerëzit e periudhës së injorancës, është koncept i gabuar. Po ashtu, besimi në ogure të zeza është koncept i gabuar. Oguret e zeza nënkuptojnë ndjelljen e së keqes nga gjëra të ndryshme, si: shpendët, kafshët, njerëzit me të meta, numrat, ditët etj., qoftë përmes dëgjimit, qoftë përmes shikimit. Në kohën paraislame, shpendët ishin më të njohur për oguret se gjërat e tjera. Ata e lëshonin shpendin në fillim të një pune qoftë ajo udhëtim, qoftë tregti, qoftë diçka tjetër; nëse shpendi merrte djathtas, ata bëheshin optimistë dhe e ndërmerrnin punën që synonin, e nëse merrte majtas, ata bëheshin pesimistë dhe e linin punën që synonin. Pastaj Pejgamberi (paqja qoftë mbi të!) tregoi se atij i pëlqente optimizmi, i cili nënkupton ndjesinë e gëzimit dhe të lumturisë, që ndjen njeriu nga një fjalë e mirë që e dëgjon nga dikush dhe e bën atë të mendojë mirë për Zotin e tij.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
     <t>Mbështetja në Allahun e Madhërishëm dhe se mirësinë e sjell vetëm Ai dhe të keqen e largon vetëm Ai.
 Ndalimi i besimit në ogure, të cilat nënkuptojnë gjërat që të bëjnë pesimist dhe të pengojnë nga ndërmarrja e punës.
 Optimizmi nuk është pjesë e ogureve të ndaluara, por është pjesë e mendimeve të mira për Allahut e Madhëruar.
 Çdo gjë ndodh me caktimin e Allahut të Madhëruar, të Vetmit pa ortak.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3422</t>
   </si>
   <si>
-    <t>عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ</t>
+    <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
   </si>
   <si>
     <t>se Profeti (paqja qoftë mbi të!) në lidhje me ensarët ka thënë: “Ata i do vetëm besimtari dhe i urren vetëm hipokriti. Atë që i do ata, e do Allahu dhe atë që i urren ata, e urren Allahu.”</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
     <t>Nga Berau (Allahu qoftë i kënaqur me të!) përcillet se Profeti (paqja qoftë mbi të!) në lidhje me ensarët ka thënë: “Ata i do vetëm besimtari dhe i urren vetëm hipokriti. Atë që i do ata, e do Allahu dhe atë që i urren ata, e urren Allahu.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) ka treguar se dashuria për ensarët e popullit të Medines është tregues i përsosurisë së besimit. Kjo, për arsye se ata ishin të parët që e mbështetën Islamin dhe Profetin (paqja qoftë mbi të!), i ofruan strehë muslimanëve dhe dhanë pasurinë dhe jetën e tyre në rrugën e Allahut. Ndërsa urrejtja ndaj tyre është tregues i hipokrizisë. Mandej Profeti (paqja qoftë mbi të!) shpjegoi se Allahu e do atë që i do ensarët dhe e urren ata që i urren ensarët.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>Në këtë hadith gjendet një vlerë madhore e ensarëve; dashuria për ta është shenjë e besimit dhe garanci ndaj hipokrizisë.
 Dashuria për miqtë e Allahut dhe përkrahja e tyre është shkak për dashurinë e Allahut ndaj njeriut.
 Meritat e atyre që hynë të parët në Islam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3438</t>
   </si>
   <si>
-    <t>فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ</t>
+    <t>فتوضأ لهم وضوء النبي صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>dhe mori për ta abdes siç merrte Profeti i Allahut (paqja qoftë mbi të!)</t>
   </si>
   <si>
     <t>عَنْ يحيى بنِ عُمَارةَ المَازِنِيِّ قَالَ: شَهِدْتُ عَمْرَو بْنَ أَبِي حَسَنٍ سَأَلَ عَبْدَ اللَّهِ بْنَ زَيْدٍ، عَنْ وُضُوءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَدَعَا بِتَوْرٍ مِنْ مَاءٍ، فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَكْفَأَ عَلَى يَدِهِ مِنَ التَّوْرِ، فَغَسَلَ يَدَيْهِ ثَلاَثًا، ثُمَّ أَدْخَلَ يَدَهُ فِي التَّوْرِ، فَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثَلاَثَ غَرَفَاتٍ، ثُمَّ أَدْخَلَ يَدَهُ فَغَسَلَ وَجْهَهُ ثَلاَثًا، ثُمَّ غَسَلَ يَدَيْهِ مَرَّتَيْنِ إِلَى المِرْفَقَيْنِ، ثُمَّ أَدْخَلَ يَدَهُ فَمَسَحَ رَأْسَهُ، فَأَقْبَلَ بِهِمَا وَأَدْبَرَ مَرَّةً وَاحِدَةً، ثُمَّ غَسَلَ رِجْلَيْهِ إِلَى الكَعْبَيْنِ.</t>
   </si>
   <si>
     <t>Nga Jahja ibën Umare el-Mazini përcillet se ka thënë: “Isha i pranishëm kur Amër ibn ebil-Haseni e pyeti Abdullah ibn Zejdin rreth abdesit të Profetit (paqja qoftë mbi të!). Sakaq Abdullahu kërkoi t’i sillnin një enë me ujë dhe mori për ta abdes siç merrte Profeti i Allahut (paqja qoftë mbi të!) Ai mori ujë nga ena dhe e hodhi në dorën e tij dhe i lau duart tri herë. Mandej ai e futi dorën e tij në enë dhe shpëlau gojën e pastroi hundën me tre grushta. Më pas, ai e futi përsëri dorën në enë dhe lau fytyrën tri herë. Pastaj lau duart gjer te bërrylat dy herë. Pastaj e futi prapë dorën në enë dhe fërkoi kokën një herë, e nisi nga pjesa e parme dhe kaloi nga pjesa e pasme. Më pas, lau këmbët gjer te nyjet.”</t>
   </si>
   <si>
     <t>بَيَّنَ عبدُ الله بن زيدٍ رضي الله عنه كيفيةَ وضوءِ النبيِّ صلى الله عليه وسلم، بصورة فِعليَّة، 
 فطلب إناءً صغيرًا مِن ماء، 
 فبدأ أوّلًا بغسل كفيه، ثم أمال الإناء وصَبَّ مِن الماء فغسلهما ثلاثًا خارج الإناء، 
 ثم أَدخلَ يدَه في الإناء، فاغْتَرَفَ منه ثلاثَ غَرفات يتمضمض في كل غرفة ويستنشق ويستنثر، 
 ثم اغترف من الإناء فغسل وجهه ثلاث مرات، 
 ثم اغترف منه فغسل يديه إلى المرفقين مرتين مرتين، 
 ثم أدخل يديه في الإناء فمسح رأسه بيديه بَدَأَ بِمُقَدَّم رأسِهِ حتى وصل إلى قَفَاه أعلى الرقبة، ثم ردَّهما حتى وصل إلى المكان الذي بدأ منه، 
 ثم غسل رجليه مع الكعبين.</t>
   </si>
   <si>
     <t>Abdullah ibn Zejdi (Allahu qoftë i kënaqur me të!) e shpjegoi mënyrën e abdesit të Profetit (paqja qoftë mbi të!) duke marrë vetë abdes. Ai kërkoi t'i sillnin një enë të vogël me ujë. Ai e filloi abdesin me shuplakat e tij; e anoi enën nga njëra anë dhe hodhi ujë mbi shuplakat e tij dhe i lau ato tri herë jashtë enës. Pastaj ai e futi dorën në enë dhe mori tre grushta ujë dhe me secilin prej tyre shpëlau gojën dhe lau hundën. Pastaj ai mori ujë me grushta nga ena dhe lau fytyrën tri herë. Pastaj mori përsëri ujë dhe lau duart deri te bërrylat, secilën nga dy herë. Mandej e futi dorën në enë dhe fërkoi kokën me të dyja duart; e nisi nga pjesa e përparme e kokës derisa arriti te pjesa e fillimit të qafës dhe më pas i ktheu duart aty ku e nisi në fillim. Pas kësaj lau këmbët bashkë me nyjat e këmbëve.</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
     <t>Sjellja dhe veprat e mësuesit janë mënyra më e shpejtë për të kuptuar dhe për të përvetësuar dijen. Në këtë bën pjesë dhe mësimi përmes praktikës.
 Lejimi i larjes së disa gjymtyrëve tri herë dhe disa gjymtyrëve dy herë. Ndërsa larja një herë është e detyrueshme.
 Obligimi i ruajtjes së radhës midis gjymtyrëve të abdesit siç është cekur në hadith.
 Kufiri vertikal i fytyrës është; nga vendmbirja e zakonshme e flokëve e deri te pjesa e poshtme e mjekrës. Ndërsa horizontalisht është; nga njëri vesh te tjetri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3444</t>
   </si>
   <si>
-    <t>إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ</t>
+    <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
   </si>
   <si>
     <t>Të mjaftonte të bëje me duart a tua kështu; mandej ai i përplasi duart e tij në tokë një herë dhe fërkoi shuplakën e djathtë me të majtën dhe pjesën e sipërme të duarve dhe fytyrën</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
     <t>Nga Amar ibn Jasiri (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Më dërgoi Profeti i Allahut (paqja qoftë mbi të!) për një nevojë dhe u bëra xhunub, dhe ngaqë nuk gjeta ujë u rrokullisa në dhe ashtu siç rrokulliset kafsha. Kur u ktheva te Profeti (paqja qoftë mbi të!), ia përmenda atë që bëra dhe ai më tha: "Të mjaftonte të bëje me duart a tua kështu; mandej ai i përplasi duart e tij në tokë një herë dhe fërkoi shuplakën e djathtë me të majtën dhe pjesën e sipërme të duarve dhe fytyrën."</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) e dërgoi Amar ibn Jasirin (Allahu qoftë i kënaqur me të!) në një udhëtim për një nevojë. Ndërkohë, gjatë udhëtimit ai u bë xhunub nga marrëdhënia intime bashkëshortore ose në gjumë dhe nuk gjeti ujë për t'u larë. Ai nuk e dinte dispozitën e tejemumit për xhunubllëkun, por dinte vetëm dispozitën e tij për abdesin. Kështu që, ai nxori një gjykim nga ana e tij dhe mendoi se meqenëse fërkohen me dhe disa gjymtyrë të abdesit, atëherë për shkak të xhunubllëkut duhet fërkuar me dhe i gjithë trupi! Duke bërë kështu analogji me larjen e trupit me ujë. Kësisoj, ai u rrokullis në tokë, derisa e fërkoi të gjithë trupin me dhe, dhe fali namazin. Kur u kthye te Profeti (paqja qoftë mbi të!) ia përmendi atij atë që kishte bërë, për të parë nëse ajo që kishte bërë ishte e saktë apo jo! Kësisoj, Profeti (paqja qoftë mbi të!) i shpjegoi atij se mënyra e pastrimit nga papastërtia e vogël si: urinimi, dhe nga papastërtia e madhe si: xhunubllëku, është që të përplasë shuplakat në dhe, një herë, dhe të fërkojë shuplakën e djathtë me të majtën dhe pjesën e jashtme të të dyja duarve dhe fytyrën.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Obligimi i kërkimit të ujit para marrjes së tejemumit.
 Lejimi i marrjes së tejemumit në rast xhunubllëku kur nuk ka ujë.
 Tejemumi nga papastërtia e madhe është i njëjtë si tejemumi nga  papastërtia e vogël.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3461</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>“Atij që ma garanton atë që është mes dy nofullave dhe atë që është mes dy këmbëve, ia garantoj Xhenetin.”</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Sehël ibn Sadi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Atij që ma garanton atë që është mes dy nofullave dhe atë që është mes dy këmbëve, ia garantoj Xhenetin.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith për gjëra, të cilave, nëse u përmbahet muslimani, ka për të hyrë në Xhenet:
 E para: ruajtja e gjuhës nga të folurit e gjërave që e hidhërojnë Allahun e Lartësuar.
 E dyta: ruajtja e organit intim nga rënia në kurvëri.
 I përmendi këta dy organe, sepse përmes tyre më së shumti bëhet mëkat.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Ruajtja e gjuhës dhe organtit intim janë shkak për të hyrë në Xhenet.
 Profeti ﷺ e veçoi gjuhën dhe organin intim, sepse këto janë burim fatkeqësish për njeriun në këtë botë dhe në botën tjetër.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3475</t>
   </si>
   <si>
-    <t>كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ،</t>
+    <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
     <t>Unë dhe Profeti (paqja qoftë mbi të!) laheshim në të njëjtën enë, ndërkohë që ishim të dy xhunubë. Kur isha me cikël, ai më urdhëronte të vishesha nga brezi e poshtë dhe mandej ai flinte me mua</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>Nga nëna e besimtarëve, Aisheja (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Unë dhe Profeti (paqja qoftë mbi të!) laheshim në të njëjtën enë, ndërkohë që ishim të dy xhunubë. Kur isha me cikël, ai më urdhëronte të vishesha nga brezi e poshtë dhe mandej ai flinte me mua Ai e nxirrte kokën në kohën që ishte në itikaf dhe unë ia laja, ndërkohë që isha me cikël.</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
     <t>Nëna e besmitarëve, Aisheja (Allahu qoftë i kënaqur me të!) ka treguar disa momente intime të saj me Profetin e Allahut (paqja qoftë mbi të!), ndër të cilat ishin se ajo dhe Profeti (paqja qoftë mbi të!) laheshin në një enë të vetme kur ishin xhunubë dhe merrnin ujë nga ena të dy bashkë. Dhe se kur Profeti (paqja qoftë mbi të!) donte t'i afrohej asaj në kohën që ajo ishte me cikël, e urdhëronte të mbulonte trupin e saj nga kërthiza gjer te gjunjët dhe i afrohej asaj, por pa kryer marrëdhënie intime. Ai (paqja qoftë mbi të!), gjithashtu, gjatë kohës që ishte në itikaf e nxirrte kokën te dhoma e Aishes dhe ajo ia lante kokën, ndërkohë që ishte me cikël.</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>Lejimi i larjes së bashkëshortëve me ujin e enës së njëjtë.
 Lejohet afrimi intim me gruan gjatë menstruacioneve përveç organeve intime dhe trupi i saj konsiderohet i pastër.
 Është e pëlqyeshme që gruaja me të përmuajshme të mbulojë trupin nga brezi deri te gjunjët gjatë afrimit intim me burrin.
 Marrja e shkaqeve përkatëse që e pengojnë njeriun nga rënia në haram.
 Ndalimi i qëndrimit të femrës me cikël në xhami.
 Lejimi i prekjes së femrës me cikël gjërat e freskëta apo të thata si dhe larja apo krehja e flokëve të dikujt.
 Mirësjellja e Profetit (paqja qoftë mbi të!) me familjen e tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3476</t>
   </si>
   <si>
-    <t>سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ</t>
+    <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>“Do të vijnë prijës të cilët do të veprojnë gjëra të lejuara dhe të ndaluara, andaj, ai që i dallon ato, i ka ikur mëkatit, e ai që i kundërshton ato, ka shpëtuar, kurse ai që pajtohet me to dhe i pason (nuk ka shpëtuar)</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>Umu Seleme, nëna e besimtarëve (Allahu qoftë i kënaqur me të), tregon: "I Dërguari i Allahut ﷺ ka thënë: “Do të vijnë prijës të cilët do të veprojnë gjëra të lejuara dhe të ndaluara, andaj, ai që i dallon ato, i ka ikur mëkatit, e ai që i kundërshton ato, ka shpëtuar, kurse ai që pajtohet me to dhe i pason (nuk ka shpëtuar).” Thanë: "A t'i luftojmë?" Tha: “Jo, përderisa e falin namazin.”</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregoi se do të na caktohen prijës, disa vepra të të cilëve i dimë, sepse janë në përputhje me atë që njihet nga feja, si dhe mohojmë disa prej tyre, për shkak se bien ndesh me fenë. Ai që e urren të keqen me zemrën e tij dhe nuk mund ta ndryshojë është i liruar nga mëkati dhe hipokrizia, ndërsa ai që mund ta ndryshojë atë me dorën ose gjuhën e tij dhe ua tërheq vërejtjen për këtë, atëherë ai është i liruar nga mëkati dhe pjesëmarrja në të. Por, ai që është i kënaqur me veprimet e tyre dhe i pason, do të shkatërrohet ashtu siç u shkatërruan ata.
 Pastaj e pyetën Profetin ﷺ: "A nuk duhet t'i luftojmë prijësit që i kanë këto cilësi?" Ai i ndaloi dhe tha: "Jo, përderisa e falin namazin mes jush."</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Një nga treguesit e profecisë së Pejgamberit ﷺ është se atij i tregoi Allahu për gjërat e fshehta që do të ndodhnin në të ardhmen dhe ato ndodhnin mu ashtu siç i tregonte ai.
 Nuk lejohet të kënaqurit me të keqen e as pjesëmarrja në të. Ajo duhet të kundërshtohet.
 Nëse prijësit shpikin gjëra që bien ndesh me fenë, nuk lejohet t'u bindemi në këtë gjë.
 Nuk lejohet rebelimi kundër prijësve muslimanë, për shkak të dëmit, gjakderdhjes dhe humbjes së sigurisë që do të rezultojë si pasojë e kësaj. Më e lehtë është t'i durosh të këqijat e prijësve mëkatarë dhe të jesh i durueshëm për dëmin që ata e shkaktojnë (sesa të rebelohesh).
 Namazi ka pozitë madhështore dhe është dallues mes kufrit dhe Islamit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3481</t>
   </si>
   <si>
-    <t>بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ</t>
+    <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>I dhashë besën Profetit të Allahut (paqja qoftë mbi të!) për dëshminë se nuk ka të adhuruar tjetër veç Allahut dhe se Muhamedi është i dërguari i Tij, për faljen e namazit, dhënien e zekatit, dëgjimin dhe bindjen (ndaj të parit) dhe dashamirësinë ndaj çdo muslimani</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
     <t>Nga Xherir ibn Abdullahu (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "I dhashë besën Profetit të Allahut (paqja qoftë mbi të!) për dëshminë se nuk ka të adhuruar tjetër veç Allahut dhe se Muhamedi është i dërguari i Tij, për faljen e namazit, dhënien e zekatit, dëgjimin dhe bindjen (ndaj të parit) dhe dashamirësinë ndaj çdo muslimani"</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
     <t>Sahabiu Xherir ibn Abdullah (Allahu qoftë i kënaqur me të!) tregon se i ka dhënë besën Profetit (paqja qoftë mbi të!) se do të jetë monoteist, do të falë pesë namazet e detyrueshme të natës dhe të ditës, duke i plotësuar kushtet e tyre, gjërat e domosdoshme, gjërat e detyrueshme dhe gjërat që janë sunet në to. Si dhe se do të japë zekatin e detyrueshëm, i cili është adhurim monetar i detyrueshëm që i merret pasanikëve dhe i jepet nevojtarëve dhe të tjerëve që e meritojnë, si dhe se do të jetë i bindur ndaj udhëheqësve dhe dashamirës ndaj çdo muslimani, duke dëshiruar t'i sjellë dobi dhe t'i bëjë mirë dhe të largojë të keqen nga ai me fjalë dhe me vepra.</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>Rëndësia e namazit dhe e zekatit, të cilët janë prej shtyllave të Islamit.
 Rëndësia e dashamirësisë ndërmjet muslimanëve, saqë për këtë Profeti (paqja qoftë mbi të!) i mori besën sahabëve (Allahu qoftë i kënaqur me ta!).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3512</t>
   </si>
   <si>
-    <t>اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ</t>
+    <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>Kini frikë Allahun, Zotin tuaj, falni pesë namazet tuaja, agjëroni muajin tuaj, jepeni zekatin e pasurive tuaja dhe bindjuni të parit tuaj, që të hyni në Xhenetin e Zotit tuaj!</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Nga Ebu Umameh (Allahu qoftë i kënaqur me të!) përcillet se ka thënë se e ka dëgjuar Profetin e Allahut (paqja qoftë mbi të!), duke predikuar në Haxhin e lamtumirës: "Kini frikë Allahun, Zotin tuaj, falni pesë namazet tuaja, agjëroni muajin tuaj, jepeni zekatin e pasurive tuaja dhe bindjuni të parit tuaj, që të hyni në Xhenetin e Zotit tuaj!"</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) mbajti një predikim në ditën e Arafatit në Haxhin e lamtumirës, i cili u zhvillua në vitin e dhjetë të hixhretit. Ky haxh e mori këtë emërtim për shkak se në të Profeti (paqja qoftë mbi të!) i dha lamtumirën njerëzve. Ai i urdhëroi të gjithë njerëzit që t'i frikësohen Zotit të tyre, duke i përmbushur urdhëresat dhe duke u shmangur nga ndalesat e Tij. Ai i urdhëroi gjithashtu që të falnin pesë namazet që Allahu i Madhërishëm ua kishte bërë obligim gjatë ditës dhe gjatë natës dhe që të agjëronin muajin e Ramazanit. I urdhëroi po ashtu që t'ua jepnin zekatin e pasurive atyre që e meritojnë dhe të mos tregohen dorështrënguar, si dhe që t'i binden atyre që Allahu i ka bërë udhëheqës të tyre, me përjashtim kur urdhërojnë për ndonjë mëkat. Shpërblimi i atij që i bën gjërat e lartpërmendura është Xheneti.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Këto vepra janë prej shkaqeve të hyrjes në Xhenet.</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3520</t>
   </si>
   <si>
-    <t>لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ</t>
+    <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>Allahu nuk e pranon namazin e asnjërit prej jush, nëse e ka prishur abdesin, derisa të marrë sërish</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Allahu nuk e pranon namazin e asnjërit prej jush, nëse e ka prishur abdesin, derisa të marrë sërish."</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se një nga kushtet e vlefshmërisë së namazit është pastërtia, kështu që, kushdo që dëshiron të falë namaz, duhet të marrë abdes, nëse ka bërë ndonjë veprim që ia prish abdesin, si: jashtëqitja, urina, gjumi etj.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Namazi i atij që e ka prishur abdesin nuk pranohet, derisa të pastrohet me larje të tërësishme të trupit (gusël), nëse ka papastërti të madhe; ose me abdes, nëse ka papastërti të vogël.
 Forma e abdesit është kështu: të marrësh ujë, ta rrotullosh në gojë dhe ta nxjerrësh jashtë, pastaj ta tërheqësh ujin me frymë në pjesën e brendshme të hundës, pastaj ta nxjerrësh jashtë. E më pas ta lash fytyrën tri herë, duart së bashku me bërryla tri herë, pastaj t'i japësh mes'h gjithë kokës një herë dhe, në fund, t'i lash këmbët së bashku me kyçet tri herë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3534</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>“Kur robi sëmuret ose udhëton, shpërblimi i shkruhet njësoj siç ka punuar sa ka qenë vendas dhe i shëndoshë.”</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kur robi sëmuret ose udhëton, shpërblimi i shkruhet njësoj siç ka punuar sa ka qenë vendas dhe i shëndoshë.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith për mirësitë dhe mëshirën e Allahut. Kjo, se, nëse muslimani e kishte zakon të bënte vepra të mira sa ishte shëndoshë e vendas dhe i ka ndodhur ndonjë gjë, fjala vjen, është i sëmurë dhe nuk mund ta kryejë atë ose është i zënë me udhëtim, ose ndonjë justifikim tjetër, atëherë i shkruhet shpërblimi i plotë, sikur të kishte punuar sa ishte shëndoshë e vendas.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Mirësia e gjerë e Allahut ndaj robërve të Tij.
 Inkurajimi për të qenë të zellshëm në kryerjen e adhurimeve dhe shfrytëzimi i kohës kur jemi të shëndoshë dhe kemi kohë të lirë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3553</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Dhikri më i mirë është: "La ilahe il-lallah", ndërsa lutja më e mirë është: "Elhamdulilah</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Xhabiri (Allahu qoftë i kënaqur me të!) tregon se e ka dëguar të Dërguarin e Allahut ﷺ të thotë: "Dhikri më i mirë është: "La ilahe il-lallah", ndërsa lutja më e mirë është: "Elhamdulilah."</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se dhikri (përmendja e Allahut) më i mirë është: “La ilahe il-lallah”, që do të thotë se s'ka të adhuruar të denjë përveç Allahut, e lutja më e mirë është: "Elhamdulilah (çdo lavdërim i takon Allahut)", që nënkupton pranimin se Dhuruesi është Allahu i Lartësuar, Meritori për cilësitë e përsosura dhe të bukura.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Inkurajimi për ta thënë shpesh fjalën e teuhidit dhe lutjen "elhamdulilah".</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3567</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>“Xheneti është më afër jush sesa lidhësja e nallaneve tuaja. Ashtu është edhe Zjarri.”</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Xheneti është më afër jush sesa lidhësja e nallaneve tuaja. Ashtu është edhe Zjarri.”</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se Xheneti dhe Zjarri janë afër njeriut, si lidhësja e këpucëve që është në pjesën e sipërme të këmbës, sepse ai mund të bëjë një vepër e ta fitojë kënaqësinë e Allahut të Lartmadhëruar e përmes saj të futet në Xhenet, ose të bëjë një gjynah e të jetë shkak për të hyrë në Zjarr.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Inkurajimi për hair, sado i paktë që të jetë, si dhe kërcënimi nga sherri, sado i paktë që të jetë.
 Muslimani medoemos gjatë jetës së tij duhet të bashkojë shpresën e frikën dhe gjithmonë ta lusë Allahun e Lartësuar që të jetë i palëkundur në të vërtetën, që të shpëtojë e të mos mashtrohet nga gjendja e tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3581</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Misvaku e pastron gojën dhe e kënaq Zotin</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Misvaku e pastron gojën dhe e kënaq Zotin."</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se pastrimi i dhëmbëve me degën e pemës arak (misvak) e të ngjashme, e pastron gojën nga papastërtitë dhe era e keqe dhe është nga shkaqet që Allahu të kënaqet me robin, sepse ky veprim tregon bindjen ndaj Allahut e përgjigjen ndaj urdhrit të Profetit ﷺ dhe, njëkohësisht, me të arrihet pastërtia që e do Allahu i Lartësuar.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Vlera e pastrimit të dhëmbëve me misvak dhe inkurajimi që Profeti ﷺ ia bëri umetit të tij për të shtuar një veprim të tillë.
 Gjatë pastrimit të dhëmbëve është më mirë të përdoret shkopi i pemës arak (misvaku), por përdorimi i furçës dhe pastës kryen të njëjtin funksion.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>“Pesë namazet ditore, namazi i xhumasë deri në namazin e xhumasë tjetër dhe Ramazani deri në Ramazanin tjetër janë falje për gjynahet e bëra mes tyre, nëse njeriu ruhet prej gjynaheve të mëdha.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ thoshte: “Pesë namazet ditore, namazi i xhumasë deri në namazin e xhumasë tjetër dhe Ramazani deri në Ramazanin tjetër janë falje për gjynahet e bëra mes tyre, nëse njeriu ruhet prej gjynaheve të mëdha.”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se pesë namazet e detyrueshme gjatë ditës dhe natës, namazi i xhumasë çdo javë dhe agjërimi i muajit Ramazan çdo vit janë shlyerje për gjynahet e vogla që ndodhin mes tyre, me kusht që të shmangen gjynahet e mëdha. Sa u përket gjynaheve të mëdha, si: kurvëria e konsumimi i alkoolit, ato i fshin vetëm pendimi.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Gjynahet ndahen në të mëdha dhe të vogla.
 Shlyerja e gjynaheve të vogla është e kushtëzuar me shmangien e gjynaheve të mëdha.
 Gjynahet e mëdha janë ato gjynahe për të cilat ka ndëshkim të paracaktuar fetar (ar. hadd) në këtë botë, ose për to ka kërcënim në botën tjetër me ndëshkim, ose zemërim (të Allahut), ose për to ka kërcënim e mallkim për vepruesin e tyre, si: kurvëria e konsumimi i alkoolit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3591</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>“Kumtoni prej meje qoftë dhe një ajet, si dhe nuk ka të keqe t'i transmetoni gojëdhënat e benu israilëve. Ai që gënjen për mua qëllimisht, le të përgatitet për ulësen e tij në Zjarr.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Kumtoni prej meje qoftë dhe një ajet, si dhe nuk ka të keqe t'i transmetoni gojëdhënat e benu israilëve. Ai që gënjen për mua qëllimisht, le të përgatitet për ulësen e tij në Zjarr.”</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Profeti ﷺ na urdhëron në këtë hadith që të kumtohet dituria prej tij, qoftë nga Kurani, qoftë nga Suneti, edhe nëse është diçka e vogël, bie fjala, një ajet nga Kurani ose një hadith, me kusht që ai ta dijë atë që po e kumton dhe të thërrasë tek ai. Më pas Profeti ﷺ sqaroi se nuk ka të keqe që të transmetohen gojëdhënat e benu israilëve se çfarë u ndodhi atyre, por që nuk bien ndesh me sheriatin tonë. E më pas tërhoqi vërejtjen që të mos gënjehet për të dhe se ai që gënjen për të qëllimisht, le të përgatitet për ulësen e tij në Zjarr.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Nxitja për ta kumtuar fenë e Allahut dhe se njeriu duhet ta zbatojë atë që e ka mësuar përmendsh dhe e ka kuptuar, edhe nëse është e lehtë.
 Është detyrë të kërkohet dija fetare, që njeriu të ketë mundësi ta adhurojë Allahun dhe ta kumtojë fenë e Tij në mënyrë të saktë.
 Është obligim të vërtetohemi se a është i vërtetë hadithi para se ta kumtojmë ose ta shpërndajmë, duke pasur kështu kujdes që të mos futemi në këtë kërcënim të rëndë.
 Inkurajimi për ta thënë të vërtetën dhe për të pasur kujdes në raport me hadithet, për të mos rënë kështu në gënjeshtër, sidomos në fenë e Allahut të Lartmadhëruar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3686</t>
   </si>
   <si>
-    <t>دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ</t>
+    <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
   </si>
   <si>
     <t>Më trego për një punë që nëse e bëj, hyj në Xhenet!" Profeti (paqja qoftë mbi të!) tha: 'Të adhurosh Allahun pa i bërë Atij asgjë ortak, të falësh namazin obligativ, të japësh zekatin e detyrueshëm dhe të agjërosh Ramazanin.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
   <si>
     <t>Nga Ebu Hurejra (Allahu qoftë i kënaqur me të!) përcillet se një beduin erdhi te Profeti (paqja qoftë mbi të!) dhe i tha: "Më trego për një punë që nëse e bëj, hyj në Xhenet!" Profeti (paqja qoftë mbi të!) tha: 'Të adhurosh Allahun pa i bërë Atij asgjë ortak, të falësh namazin obligativ, të japësh zekatin e detyrueshëm dhe të agjërosh Ramazanin.' Beduini tha: 'Betohem për Atë në dorën e të Cilit është shpirti im se nuk do të bëj më shumë se kaq! Kur u largua, Profeti (paqja qoftë mbi të!) tha: 'Kush ka dëshirë të shohë një njeri prej banorëve të Xhenetit, le të shohë këtë!'</t>
   </si>
   <si>
     <t>قَدِمَ رجلٌ مِن أهلِ الباديةِ على النبيِّ صلى الله عليه وسلم لِيَدُلَّه على عَملٍ يُدخله الجنة، 
 فأجابه النبي صلى الله عليه وسلم بأنَّ دخول الجنة والنجاة من النار يَتَوَقَّفانِ على أداء أركان الإسلام، من عبادة الله وحده، وأن لا تشرك به شيئًا. 
 وتقيم الصلوات الخمس التي أوجبها الله على عباده في كل يوم وليلة. 
 وتعطي زكاة المال التي أوجبها الله عليك، وتدفعها لمستحقها. 
 وتحافظ على صيام شهر رمضان في وقته. 
 قال الرجل والذي نفسي بيده لا أزيد على العمل المفروض الذي سمعته منك شيئًا من الطاعات، ولا أنقص منه. 
 فلما انصرف قال النبي صلى الله عليه وسلم: 
 مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
   </si>
   <si>
     <t>Një beduin nga banorët e shkretëtirës erdhi te Profeti (paqja qoftë mbi të!) që Profeti t'i tregonte atij për një punë, e cila do ta fuste atë në Xhenet. Profeti (paqja qoftë mbi të!) iu përgjigj se hyrja në Xhenet dhe shpëtimi nga Zjarri kushtëzohen me përmbushjen e shtyllave të Islamit, si: adhurimi i Allahut të Vetmit dhe mosbërja e asgjëje ortak me të. Falja e pesë namazeve që Allahu ua ka bërë obligim robërve të Tij gjatë natës dhe ditës, dhënia e zekatit që Allahu e ka bërë obligim atyre që e meritojnë, dhe të tregosh kujdes që muajin e Ramazanit ta agjërosh në kohën e vet. Burri tha: "Betohem për Atë në Dorën e të Cilit është shpirti im se nuk do të bëj asnjë adhurim më tepër se këto vepra obligative që i dëgjova prej teje dhe se nuk do të pakësoj asgjë prej tyre!" Kur u largua, Profeti (paqja qoftë mbi të!) tha: "Kush dëshiron të shohë një burrë nga banorët e Xhenetit, le të shohë këtë beduinin!"</t>
   </si>
   <si>
     <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
 الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
 الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
 حرص الرجل على تَعلُّم أمر دينه.
 إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
 تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
   </si>
   <si>
     <t>Njësimi i Allahut në adhurim është gjëja e parë me të cilën niset thirrja për tek Allahu.
 Të mjaftuarit me mësimin e adhurimeve obligative ndaj atyre që janë fillestarë në Islam.
 Thirrja për tek Allahu i Madhëruar duhet patjetër të jetë në mënyrë graduale.
 Zelli i këtij burri për të mësuar fenë e vet.
 Muslimani shpëton nëse mjaftohet me kryerjen e adhurimeve obligative, mirëpo kjo nuk nënkupton neglizhimin e adhurimeve vullnetare, sepse adhurimet vullnetare plotësojnë mangësitë që gjenden tek adhurimet e detyrueshme.
 Përmendja vetëm e një pjese të adhurimeve dëshmon për rëndësinë e tyre dhe shërben si nxitje për kryerjen e tyre, por kjo assesi nuk nënkupton se nuk ka adhurime të tjera të detyrueshme veç tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3689</t>
   </si>
   <si>
-    <t>مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ</t>
+    <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>Çdo fatkeqësi që mund ta godasë muslimanin, qoftë lodhje e sëmundje, qoftë brengë e pikëllim, qoftë shqetësim e mërzi, madje dhe një shpim gjembi, përmes saj Allahu do t'ia fshijë disa gjynahe</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Çdo fatkeqësi që mund ta godasë muslimanin, qoftë lodhje e sëmundje, qoftë brengë e pikëllim, qoftë shqetësim e mërzi, madje dhe një shpim gjembi, përmes saj Allahu do t'ia fshijë disa gjynahe."</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se çdo sëmundje, brengë, pikëllim, ankth, fatkeqësi, vështirësi, frikë dhe uri që e godet muslimanin, edhe nëse e godet ndonjë gjemb dhe i shkakton dhimbje, do të jenë shlyerje për gjynahet e tij.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Sqarimi i mirësisë dhe mëshirës së Allahut ndaj robërve të Tij besimtarë, i Cili ua fal mëkatet përmes dëmit më të vogël që i godet.
 Muslimani duhet të shpresojë shpërblim tek Allahu për atë që e godet dhe të jetë i durueshëm për çdo fatkeqësi, qoftë e madhe, qoftë e vogël, në mënyrë që kjo të jetë ngritje në shkallë (të Xhenetit) dhe shlyerje për veprat e këqija.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3701</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>“Zjarri është rrethuar me epshe, kurse Xheneti është rrethuar me vështirësi.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Zjarri është rrethuar me epshe, kurse Xheneti është rrethuar me vështirësi.”</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Profeti ﷺ na sqaron në këtë hadith se Zjarri është i rrethuar nga gjëra që i dëshiron shpirti, bie fjala, kryerja e gjërave të ndaluara ose lënia pas dore e vaxhibeve (obligimeve fetare); andaj, kushdo që ndjek tekat dhe dëshirat e veta në këtë, e meriton Zjarrin. Ndërkaq, Xheneti është i rrethuar me gjëra që shpirti i urren, si: vazhdimësia në gjërat e urdhëruara, lënia e gjërave të ndaluara dhe durimi në këtë gjë, kështu që, nëse përpiqet për këtë, meriton të hyjë në Xhenet.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>Një nga shkaqet e rënies në epshe është se shejtani e zbukuron të keqen dhe të shëmtuarën, që shpirti ta shohë si të mirë e të priret drejt saj.
 Urdhri për t'u larguar nga dëshirat e ndaluara, sepse është rruga për në Zjarrin e Xhehenemit dhe durimi gjatë vështirësive, sepse është rruga për në Xhenet.
 Vlera e vetëpërmbajtjes, zellit në adhurim dhe durimit gjatë vështirësive që i rrethojnë adhurimet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>Detyrat e muslimanit ndaj muslimanit janë pesë: kthimi i selamit, vizita e të sëmurit, përcjellja e xhenazes, përgjigjja ndaj ftesës dhe lutja për atë që teshtin</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: "Detyrat e muslimanit ndaj muslimanit janë pesë: kthimi i selamit, vizita e të sëmurit, përcjellja e xhenazes, përgjigjja ndaj ftesës dhe lutja për atë që teshtin."</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Profeti ﷺ na sqaron në këtë hadith disa detyra të muslimanit ndaj vëllait të tij musliman. Detyra e parë: kthimi i selamit ndaj atij që të ka dhënë selam.
 Detyra e dytë: vizita e të sëmurit.
 Detyra e tretë: përcjellja e xhenazes prej shtëpisë së të vdekurit deri në xhami, më pas deri në varreza derisa të varroset.
 Detyra e katërt: përgjigjja ndaj ftesës, kur ta thërrasin për në gosti të martesës dhe të tjera.
 Detyra e pestë: lutja për atë që teshtin e thotë: "Elhamdulilah", duke i thënë: "Jerhamukallah (Allahu të mëshiroftë!)", e më pas ai që teshtiu i thotë: "Jehdikumullahu ve juslihu balekum (Allahu ju udhëzoftë dhe jua përmirësoftë gjendjen)!”</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Madhështia e Islamit në pohimin e detyrave ndërmjet muslimanëve dhe në forcimin e vëllazërisë dhe dashurisë mes tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3706</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>“Allahu e mëshiroftë atë burrë që tregon tolerancë e mirësjellje kur shet e blen, si dhe kur e merr borxhin e dhënë!”</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Xhabiri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu e mëshiroftë atë burrë që tregon tolerancë e mirësjellje kur shet e blen, si dhe kur e merr borxhin e dhënë!”</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Profeti ﷺ bëri lutje për mëshirë për këdo që tregohet i lehtë, bujar e zemërgjerë në shitjen e tij, meqë nuk ia vështirëson çmimin blerësit dhe e trajton atë njerëzishëm. Pra, i tilli tregohet i lehtë, bujar e zemërgjerë: nuk e nënvlerëson e as ul vlerën e artikullit. Tregohet i lehtë, bujar dhe zemërgjerë kur ta kërkojë borxhin që ia kanë të tjerët, pra, nuk tregohet i ashpër ndaj të varfrit e nevojtarit, por ia kërkon me butësi e dashamirësi dhe e afatizon huamarrësin.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>Prej objektivave të ligjit islam është ruajtja e gjërave që i përmirësojnë marrëdhëniet mes njerëzve.
 Nxitja për të pasur moral të lartë në marrëdhëniet ndërmjet njerëzve, si: shitblerja e të ngjashme.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3716</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>“Një burrë u jepte borxh njerëzve dhe i thoshte shërbëtorit të vet: "Kur të shkosh te ndonjë huamarrës, toleroje, me shpresë që edhe Allahu të na tolerojë ne</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Një burrë u jepte borxh njerëzve dhe i thoshte shërbëtorit të vet: "Kur të shkosh te ndonjë huamarrës, toleroje, me shpresë që edhe Allahu të na tolerojë ne." Kështu, kur e takoi Allahun, Allahu e fali.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon për një burrë që njerëzve u jepte borxh ose i shiste me pritje. Ai i thoshte shërbëtorit të vet, i cili ua kërkonte njerëve borxhin e marrë: "Nëse shkon te ndonjë huamarrës e nuk ka asgjë për të shlyer borxhin që ka, për shkak të pamundësisë së tij, atëherë toleroje, ose duke ia shtyrë afatin dhe duke mos këmbëngulur duke ia kërkuar, ose duke ia pranuar atë që e ka, edhe nëse ka më pak se ajo që kërkohet." Kjo, duke shpresuar dhe dëshiruar që Allahu ta tolerojë e ta falë. E, kur vdiq, Allahu e fali dhe nuk e ndëshkoi për gjynahet e tij.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Mirësia në raport me marrëdhëniet me njerëzit, falja e tyre dhe tolerimi i  huamarrësit janë ndër arsyet më të mëdha për të shpëtuar robi në Ditën e Kiametit.
 Mirësia ndaj krijesave, sinqeriteti ndaj Allahut dhe shpresa në mëshirën e Tij janë ndër arsyet e faljes së gjynaheve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3753</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ</t>
+    <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>I gjithë umeti im është i falur, përveç atyre që i publikojnë mëkatet e tyre!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: "I gjithë umeti im është i falur, përveç atyre që i publikojnë mëkatet e tyre!" Një formë e publikimit të mëkatit është që njeriu të bëjë një mëkat natën, dhe ndërkohë që Allahu e ka mbuluar ai gdhihet dhe thotë: 'O filan, mbrëmë natën bëra këtë e atë (mëkat)'. E ndërkohë që Zoti i tij e kishte mbuluar atë gjatë natës, ai gdhihet dhe e heq mbulesën e Allahut nga vetja!'"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) ka shpjeguar se muslimanin mëkatar shpresohet që Allahu ta falë. Ndërsa ai që e publikon mëkatin me mburrje dhe me paturpësi, nuk e meriton faljen. Ky njeri e bën mëkatin natën dhe pasi ta ketë mbuluar Allahu, ai gdhihet dhe i tregon të tjerëve për mëkatin që ka bërë natën e kaluar. Pra, edhe pse Zoti i tij e kishte mbuluar atë gjatë natës, ai gdhihet dhe e heq mbulesën e Allahut nga vetja.</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Publikimi i mëkatit, pas mbulimit nga ana e Allahut të Madhëruar, është gjest i shëmtuar.
 Publikimi i mëkatit ndikon në përhapjen e paturpësisë midis besimtarëve.
 Atë që Allahu e mbulon në këtë jetë, do ta mbulojë dhe në jetën tjetër. Kjo është pjesë e mëshirës së gjerë që Allahu ka për robërit e Tij.
 Ai që sprovohet me ndonjë mëkat, duhet që ta mbulojë veten e tij dhe të pendohet tek Allahu i Madhëruar.
 Mëkati i publikimit të mëkateve në mënyrë të qëllimshme është i rëndë, pasi për shkak të tij publikuesit e privojnë veten e tyre nga falja.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3756</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>“Ai që viziton vetëm pasi të vizitohet nuk quhet mbajtës i lidhjeve, por mbajtës i lidhjeve është ai që i mban lidhjet me farefisin, edhe kur ata i shkëpusin.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Ai që viziton vetëm pasi të vizitohet nuk quhet mbajtës i lidhjeve, por mbajtës i lidhjeve është ai që i mban lidhjet me farefisin, edhe kur ata i shkëpusin.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon se njeriu që i mban lidhjet farefisnore ashtu siç duhet dhe që u bën mirë të afërmve nuk është ai që e kthen të mirën me të mirë, por mbajtës i vërtetë i lidhjeve farefisnore është ai i cili i mban lidhjet kur i shkëpusin me të dhe kur i bëjnë keq, e ky ua kthen me të mirë.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Mbajtje e lidhjeve farefisnore sipas fesë konsiderohet t'i mbash lidhjet me ata që i kanë shkëputur me ty, ta falësh atë që të ka bërë padrejtësi dhe t'i japësh atij që të ka privuar nga ndonjë gjë, e jo ai lloj që të mbash lidhje me atë që mban me ty.
 Lidhjet farefisnore mbahen duke i bërë farefisit sa më shumë të mira, si: t'u japësh para, të bësh lutje për ta, t'i urdhërosh për mirë dhe t'i ndalosh nga e keqja, e kështu me radhë, si dhe t'i largosh sa më shumë të këqijat prej tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3854</t>
   </si>
   <si>
-    <t>فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا</t>
-[...2 lines deleted...]
-    <t>për çfarë ta japim besën?' Ai tha: 'Të adhuroni Allahun dhe të mos i bëni Atij ortak, të falni pesë namazet dhe të jeni të dëgjueshëm'. Pastaj ai tha me zë të ulët: 'Dhe të mos kërkoni asgjë nga njerëzit!"</t>
+    <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
+  </si>
+  <si>
+    <t>për çfarë ta japim besën?' Ai tha: 'Të adhuroni Allahun dhe të mos i bëni Atij ortak, të falni pesë namazet dhe të jeni të dëgjueshëm'. Pastaj ai tha me zë të ulët: 'Dhe të mos kërkoni asgjë nga njerëzit!</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Nga Ebu Muslim el-Khaulani përcillet se ka thënë: "Më ka treguar ai, i cili ishte për mua i shtrenjtë dhe besnik; Auf ibn Malik el-Eshxheiu (Allahu qoftë i kënaqur me të!): 'Ishim nëntë apo tetë, apo shtatë veta te Profeti i Allahut (paqja qoftë mbi të!) dhe ai tha: 'A nuk do t'ia jepni besën Profetit të Allahut?' Duke qenë se nuk kishim shumë kohë që ia kishim dhënë besën, i thamë: 'Ne ta kemi dhënë besën ty o Profet i Allahut!' Ai e përsëriti: 'A nuk do t'ia jepni besën Profetit të Allahut?' Ne i thamë: 'Ne ta kemi dhënë besën ty o Profet i Allahut!' Ai e përsëriti sërish: 'A nuk do t'ia jepni besën Profetit të Allahut?' Atëherë ne shtrimë duart tona dhe i thamë: 'Ne ta kemi dhënë besën ty o Profet i Allahut, për çfarë ta japim besën?' Ai tha: 'Të adhuroni Allahun dhe të mos i bëni Atij ortak, të falni pesë namazet dhe të jeni të dëgjueshëm'. Pastaj ai tha me zë të ulët: 'Dhe të mos kërkoni asgjë nga njerëzit!"  I kam parë disa nga ata që i dhanë besën që kur i binte kamxhiku nga dora, nuk i kërkonin askujt që t'ia jepte."'</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) ishte duke ndenjur me disa shokë të tij dhe me këtë rast ai kërkoi tri herë nga ata që t'i jepnin besën dhe t'i premtonin se do t'i përmbaheshin gjërave të mëposhtme:
 E para: adhurimi i Allahut të Vetmit, duke i përmbushur urdhëresat e Tij, duke qëndruar larg ndalesave të Tij dhe duke mos i bërë Atij ortak.
 E dyta: falja e pesë namazeve të detyrueshme gjatë ditës dhe natës.
 E treta: dëgjimi dhe bindja në mënyrë të arsyeshme ndaj udhëheqësve të muslimanëve.
 E katërta: parashtrimi i të gjitha nevojave Allahut të Madhëruar, duke mos i kërkuar asgjë njerëzve. Këtë Profeti (paqja qoftë mbi të!) e tha me zë të ulët.
 Faktikisht sahabët (Allahu qoftë i kënaqur me ta!) iu përmbajtën besës së dhënë, saqë transmetuesi i hadithit ka thënë që i ka parë disa prej tyre t'u binte kamxhiku në tokë dhe nuk kërkonin prej askujt që t'ua jepte, por zbrisnin (nga deveja) në tokë dhe e merrnin vetë.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Nxitja për të shmangur kërkesën nga njerëzit, ruajtja e dinjitetit nga çdo gjë që quhet kërkesë dhe pavarësia nga njerëzit edhe kur bëhet fjalë për gjëra të thjeshta.
 Kërkesa që ndalohet në këtë hadith është kërkesa që lidhet me çështjet materiale, kështu që në të nuk përfshihet kërkesa apo pyetja që ka të bëjë me çështjet e dijes dhe të fesë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4176</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Atë që e afatizon borxhliun ose ia fal, Allahu do ta strehojë nën hijen e Arshit (Fronit) të Tij në Ditën e Kiametit, atë Ditë kur s'do të ketë hije tjetër pos kësaj hijeje</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Atë që e afatizon borxhliun ose ia fal, Allahu do ta strehojë nën hijen e Arshit (Fronit) të Tij në Ditën e Kiametit, atë Ditë kur s'do të ketë hije tjetër pos kësaj hijeje."</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Profeti ﷺ na lajmëroi se atë që e afatizon borxhliun ose ia fal, shpërbimi i tij do të jetë se Allahu do ta strehojë nën hijen e Arshit (Fronit) të Tij në Ditën e Kiametit, në të cilën Dielli u afrohet robërve dhe nxehësia e tij shtohet. Së këndejmi, askush nuk do të gjejë asnjë hije, pos hijes në të cilën do t'i strehojë Allahu.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Vlera e lehtësimit ndaj robërve të Allahut të Lartësuar dhe se kjo është një nga shkaqet e shpëtimit nga tmerret e Ditës së Kiametit.
 Shpërblimi është sipas llojit të veprës.</t>
   </si>
@@ -3344,511 +3344,838 @@
     <t>عن أنس رضي الله عنه مرفوعاً: «من خَرج في طلب العلم فهو في سَبِيلِ الله حتى يرجع».</t>
   </si>
   <si>
     <t>Enesi (Allahu qoftë i kënaqur me të!) tregon se Profeti ka thënë ﷺ: "Ai që del për të kërkuar dituri është në rrugën e Allahut derisa të kthehet."</t>
   </si>
   <si>
     <t>معنى الحديث: أن مَنْ خَرج من بيته أو بلده؛ بَحثا عن العلم الشرعي، فهو في حكم من خرج للجهاد في سبيل الله تعالى ، حتى يعود إلى أهله؛ لأنه كالمجاهد في إحياء الدِّين وإذلال الشيطان وإتعاب النَفْس.</t>
   </si>
   <si>
     <t>Kuptimi është: ai që del prej shtëpisë a vendit të tij duke kërkuar dije fetare, e ka vendimin si të atij që del për të bërë xhihad në rrugë të Allahut të Lartësuar, derisa të kthehet te familja e tij, për faktin se i tilli është sikurse muxhahidi, sa i përket gjallërimit të fesë, përçmimit të shejtanit dhe lodhjes së vetes.</t>
   </si>
   <si>
     <t>أن طلب العلم جهاد في سبيل الله.
 لطالب العلم أجْر المجاهد في ميادين القتال؛ لأن كلا منهما يقوم بما يُقَوِّي شريعة الله ويدفع عنها ما ليس منها.
 فيه أن من خرج في طلب العلم، فله ثواب ممشاه ذهابا وإيابا إلى أن يرجع إلى أهله.</t>
   </si>
   <si>
     <t>Kërkimii diturisë është xhihad në rrugë të Allahut.
 Kërkuesi i diturisë e ka shpërblimin e muxhahidit që lufton në mejdan të luftës, sepse që të dy veprojnë atë gjë që e forcon sheriatin e Allahut dhe pengohet prej tij ajo që gjë që s'i përket.
 Nga ky hadith përfitojmë se ai që del për të kërkuar dituari, e ka shpërblimin e ecjes për vajtje-ardhje, derisa të kthehet te familja e tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4191</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Atij që agjëron Ramazanin duke besuar dhe llogaritur shpërblimin e Allahut, i falen mëkatet e së kaluarës.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Atij që agjëron Ramazanin duke besuar dhe llogaritur shpërblimin e Allahut, i falen mëkatet e së kaluarës.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se atij që e agjëron muajin Ramazan duke besuar në Allahun dhe duke qenë i binduar se agjërimi është obligim, si dhe është i binduar në shpërblimin e madh që Allahu i Lartësuar e ka përgatitur për agjëruesit, duke synuar kështu fytyrën (kënaqësinë) e Tij,  e jo ​​syefaqësi e reputacion, do t'i falen gjynahet e së kaluarës.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Vlera dhe rëndësia e sinqeritetit gjatë agjërimit të Ramazanit dhe veprave të tjera të mira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>“Atij që falet Natën e Kadrit, duke besuar dhe llogaritur në shpërblimin e Allahut, i falen mëkatet e së kaluarës.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Atij që falet Natën e Kadrit, duke besuar dhe llogaritur në shpërblimin e Allahut, i falen mëkatet e së kaluarës.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon për vlerën e Natës së Kadrit, e cila ndodhet në dhjetëshen e fundit të Ramazanit, dhe se ai që tregohet i zellshëm gjatë saj me namaz, lutje, lexim të Kuranit dhe dhikër (përmendje të Allahut), duke besuar në të dhe në atë që përmendet rreth vlerës së saj, si dhe duke shpresuar që përmes veprës së tij ta arrijë shpërblimin e Allahut të Lartësuar, e jo syefaqësi e reputacion, do t'i falen mëkatet e së kaluarës.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Vlera e Natës së Kadrit dhe inkurajimi për ta gjallëruar me adhurim.
 Veprat e mira pranohen vetëm nëse qëllimi është i sinqertë.
 Mirësia dhe mëshira e Allahut, meqë atij që falet Natën e Kadrit, duke besuar dhe llogaritur në shpërblimin e Allahut, i falen gjynahet e kaluara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Atë të cilit Allahu i do mirësi, e sprovon</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Atë të cilit Allahu i do mirësi, e sprovon."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon, se nëse Allahu ia do të mirën ndokujt prej robërve të Tij besimtarë, do t'a sprovojë në veten e tij, në pasuri dhe në familje, për shkak se besimtari gjatë sprovës kthehet tek Allahu i Lartësuar me lutje, i shlyhen gjynahet e veprave të këqija dhe i ngrihen shkallët (në Xhenet).</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Besimtari u ekspozohet llojeve të ndryshme të sprovave.
 Sprova mund të jetë shenjë treguese se Allahu e do robin e Tij, derisa Ai ta ngrejë gradën e tij, ta lartësojë pozitën e tij dhe t'ia shlyejë gjynahet.
 Inkurajimi për të bërë durim gjatë fatkeqësive dhe të mos tregohemi të padurueshëm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4204</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ</t>
+    <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>Jam urdhëruar t'i luftoj njerëzit, derisa të dëshmojnë se askush përveç Allahut nuk meriton të adhurohet dhe se Muhamedi është i Dërguari i Allahut, të falin namazin dhe të japin zekatin</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Ibn Umeri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: "Jam urdhëruar t'i luftoj njerëzit, derisa të dëshmojnë se askush përveç Allahut nuk meriton të adhurohet dhe se Muhamedi është i Dërguari i Allahut, të falin namazin dhe të japin zekatin. E, kur ta bëjnë këtë, unë ua mbroj gjakun dhe pasurinë e tyre, përveçse me të drejtë të Islamit, ndërkaq llogaria e tyre është tek Allahu."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) njofton se Allahu e ka urdhëruar që t'i luftojë idhujtarët, derisa të dëshmojnë se nuk ka të adhuruar me të drejtë përveç Allahut, i Cili është i Vetëm dhe pa ortak. Dhe të dëshmojnë se Muhamedi (paqja qoftë mbi të!) është i dërguari i Tij. Si dhe përmbushja e kërkesave të kësaj dëshmie, duke treguar kujdes ndaj pesë namazeve gjatë ditës dhe natës dhe duke ia dhënë zekatin e detyrueshëm atyre që e meritojnë. Nëse ata i zbatojnë këto gjëra, atëherë Islami garanton gjakun dhe pasurinë e tyre. Kështu që nuk lejohet vrasja e tyre, vetëm nëse kryejnë një krim apo një vepër penale, nga e cila meritojnë të vriten në bazë të legjislacionit islam. Ndërsa në Ditën e Gjykimit do të jetë Allahu, Ai i Cili do t'i gjykojë ata në bazë të dijes së Tij mbi të fshehtat e tyre.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Dispozitat ligjore zbatohen vetëm mbi gjërat e dukshme, ndërsa të fshehtat i gjykon vetëm Allahu i Madhëruar.
 Rëndësia e thirrjes në monoteizëm dhe se monoteizmi është gjëja e parë me të cilën niset thirrja.
 Ky hadith nuk nënkupton imponimin e idhujtarëve në pranimin e Islamit, por ata janë midis dy alternativave; të pranojnë Islamin, ose të paguajnë xhizjen. E nëse ata e refuzojnë me këmbëngulje ftesën islame, atëherë nuk mbetet gjë tjetër, veçse të luftohen në bazë të asaj që parashikon legjislacioni islam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4211</t>
   </si>
   <si>
-    <t>يُدْنَى الْمُؤْمِنُ يَوْمَ الْقِيَامَةِ مِنْ رَبِّهِ عَزَّ وَجَلَّ، حَتَّى يَضَعَ عَلَيْهِ كَنَفَهُ، فَيُقَرِّرُهُ بِذُنُوبِهِ</t>
+    <t>يدنى المؤمن يوم القيامة من ربه عز وجل، حتى يضع عليه كنفه، فيقرره بذنوبه</t>
   </si>
   <si>
     <t>“Besimtari i afrohet Zotit të vet të Lartmadhëruar, i Cili do t'ia vendosë sipër Mbulesën e Tij dhe do ta bëjë t'i pranojë mëkatet e tij</t>
   </si>
   <si>
     <t>عَنْ صَفْوَانَ بْنِ مُحْرِزٍ قَالَ: قَالَ رَجُلٌ لِابْنِ عُمَرَ رضي الله عنهما كَيْفَ سَمِعْتَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: فِي النَّجْوَى؟ قَالَ: سَمِعْتُهُ يَقُولُ: «يُدْنَى الْمُؤْمِنُ يَوْمَ الْقِيَامَةِ مِنْ رَبِّهِ عَزَّ وَجَلَّ، حَتَّى يَضَعَ عَلَيْهِ كَنَفَهُ، فَيُقَرِّرُهُ بِذُنُوبِهِ، فَيَقُولُ: هَلْ تَعْرِفُ؟ فَيَقُولُ: أَيْ رَبِّ أَعْرِفُ، قَالَ: فَإِنِّي قَدْ سَتَرْتُهَا عَلَيْكَ فِي الدُّنْيَا، وَإِنِّي أَغْفِرُهَا لَكَ الْيَوْمَ، فَيُعْطَى صَحِيفَةَ حَسَنَاتِهِ، وَأَمَّا الْكُفَّارُ وَالْمُنَافِقُونَ، فَيُنَادَى بِهِمْ عَلَى رؤُوسِ الْخَلَائِقِ هَؤُلَاءِ الَّذِينَ كَذَبُوا عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Safvan ibn Muhrizi tregon: “Një burrë e pyeti Ibn Omerin: “E ke dëgjuar të Dërguarin e Allahut ﷺ çfarë ka thënë për momentet kur Allahu e veçon robin dhe i flet në vetmi (Ditën e Gjykimit)?” Ai tha: “E kam dëgjuar të thotë: “Besimtari i afrohet Zotit të vet të Lartmadhëruar, i Cili do t'ia vendosë sipër Mbulesën e Tij dhe do ta bëjë t'i pranojë mëkatet e tij: “Të kujtohet (filan mëkati)?” (Ai thotë): “Po, o Zoti im, më kujtohet!” Allahu i drejtohet: “Ta kam mbuluar në dynja, ndërsa Sot po ta fal.” Pastaj i jepet fletushka e veprave të tij të mira. Ndërkaq, jobesimtarët dhe hipokritët thirren në mesin e krijesave duke u thënë: “Këta gënjenin ndaj Allahut.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مناجاة الله لعبدِه المؤمن يوم القيامة، فقال: 
 يُدْنَى المؤمنُ يوم القيامة من ربه فيضع عليه سِتْرَه عن أهل الموقف حتى لا يَطَّلع على سرِّه غيرُه، فيقول له: 
 أتعرف ذنب كذا وكذا... يُقرِّرُه بالذنوب التي بين العبد وربه. 
 فيقول: نعم أي رب.
 حتى إذا فَزِع المؤمن وخاف، قال له سبحانه: إني سترتها عليك في الدنيا، وأنا أغفرها لك اليوم، فيُعطى صحيفة حسناته. 
 وأما الكافر والمنافق فيُنادى على رؤوس الأشهاد: هؤلاء الذين كذبوا على ربهم، ألا لعنة الله على الظالمين.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka treguar për bisedën e fshehtë mes Allahut dhe robit besimtar në Ditën e Gjykimit, duke thënë:
 Besimtari do të sillet afër Zotit të tij në Ditën e Gjykimit dhe Allahu do ta mbulojë atë nga sytë e krijesave të tjera, ashtu që askush përveç tij të mos e dijë atë që ndodh mes tyre. Allahu do t’i thotë:
 A e di për këtë e atë mëkat?, duke e bërë atë të pranojë mëkatet që janë mes tij dhe Zotit të tij.
 Besimtari do të thotë: Po, o Zoti im.
 Kur besimtari të ndiejë frikë dhe shqetësim, Allahu i Lartësuar do t’i thotë: Unë t’i kam mbuluar ato në jetën e kësaj bote dhe Sot po t’i fal. Pastaj atij do t’i dorëzohet libri i veprave të mira.
 Ndërsa jobesimtari dhe hipokriti do të thirren me zë të lartë para të gjithë dëshmitarëve: “Këta janë ata që gënjyen kundër Zotit të tyre. Vërtet, mallkimi i Allahut është mbi keqbërësit.”</t>
   </si>
   <si>
     <t>فضل الله ورحمته للمؤمنين بسترهم في الدنيا والآخرة.
 الحث على ستر المؤمن ما أمكن.
 أعمال العباد كلها يُحصيها رب العباد، فمن وجد خيرًا فليحمد الله، ومن وجد غير ذلك فلا يلومنَّ إلا نفسه وهو تحت مشيئة الله.
 قال ابن حجر: دلَّ مجموع الأحاديث على أن العصاة من المؤمنين في القيامة على قسمين: أحدهما: من معصيته بينه وبين ربه، فدل حديث ابن عمر على أن هذا القسم على قسمين: قسم: تكون معصيته مستورة في الدنيا، فهذا الذي يسترها الله عليه في القيامة وهو بالمنطوق، وقسم: تكون معصيته مجاهرة، فدل مفهومه على أنه بخلاف ذلك، والقسم الثاني: من تكون معصيته بينه وبين العباد فهم على قسمين أيضا: قسم: ترجح سيئاتهم على حسناتهم، فهؤلاء يقعون في النار ثم يخرجون بالشفاعة، وقسم: تتساوى سيئاتهم وحسناتهم، فهؤلاء لا يدخلون الجنة حتى يقع بينهم التَّقَاصُّ.</t>
   </si>
   <si>
     <t>Mirësia dhe mëshira që Allahu u dhuron besimtarëve duke i mbuluar ata si në këtë botë ashtu edhe në botën tjetër.
 Inkurajimi për t'i fshehur të metat e besimtarit sa herë që është e mundur.
 Të gjitha veprat e robërve janë të regjistruara nga Zoti i i Lartësuar. Prandaj, kush gjen të mira, le ta falënderojë Allahun, e kush gjen diçka tjetër përveç kësaj, të mos fajësojë askënd tjetër përveç vetes. I tilli është nën vullnetin e Allahut (nëse do, e fal, e nëse do, e dënon).
 Ibn Haxheri ka thënë: "Hadithet në tërësi tregojnë se mëkatarët prej besimtarëve janë dy lloje në Ditën e Kiametit: Lloji i parë: Ata që mëkatet i kanë mes tyre dhe Zotit të tyre. Hadithi i Ibn Omerit tregon se ky lloj ndahet në dy kategori: 1. Ai të cilit mëkatet i janë fshehur në këtë botë. E ky është personi të cilit Allahu do t’i fshehë mëkatet edhe në Ditën e Gjykimit. Kështu kuptohet hadithi shprehimisht. 2. Ai që i ka bërë mëkatet hapur. Kësisoj gjendja e tij do të jetë ndryshe nga i pari, siç kuptohet nga hadithi. Lloji i dytë: Ata që mëkatet i kanë mes tyre dhe të tjerëve, dhe edhe këta ndahen në dy kategori: 1. Ata që veprat e këqija i kanë më të rënda se të mirat, e për pasojë bien në Zjarr, e pastaj dalin nga ai për shkak të ndërmjetësimit (shefatit). 2. Ata që veprat e këqija dhe të mirat i kanë të barabarta dhe nuk hyjnë në Xhenet derisa t'i lajnë hesapet mes vete."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4242</t>
   </si>
   <si>
-    <t>يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ</t>
-[...2 lines deleted...]
-    <t>Ai që është në mjet i jep selam atij që është në këmbë. Ai që është në këmbë i jep selam atij që është ulur. Ata që janë pak i japin selam atyre që janë shumë."</t>
+    <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
+  </si>
+  <si>
+    <t>Ai që është në mjet i jep selam atij që është në këmbë. Ai që është në këmbë i jep selam atij që është ulur. Ata që janë pak i japin selam atyre që janë shumë</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t xml:space="preserve">Nga Ebu Hurejreh (Allahu qoftë i kënaqur me të!) përcillet se Profeti i Allahut (paqja qoftë mbi të!) ka thënë: "Ai që është në mjet i jep selam atij që është në këmbë. Ai që është në këmbë i jep selam atij që është ulur. Ata që janë pak i japin selam atyre që janë shumë." </t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) na ka mësuar etikën e përshëndetjes me selam midis njerëzve me shprehjen: "Esselamu alejkum ue rahmetullahi ue berakatuhu!" Andaj, i vogli duhet t'i japë selam të madhit, ai që është në mjet duhet t'i japë atij që është në këmbë, ai që është në këmbë duhet t'i japë atij që është ulur dhe ata që janë pak në numër duhet t'i japin atyre që janë shumë.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Pëlqehet që selami të jepet në mënyrën që është cekur në këtë hadith, por nëse ai që është në këmbë i jep selam atij që është në mjet apo përdoret ndonjë formë tjetër ndryshe nga ajo që është cekur në hadith, atëherë një gjë e tillë lejohet, por ajo është në kundërshtim me formën më të mirë dhe më të preferuar.
 Përhapja e selamit në formën që është cekur në hadith është pjesë e shkaqeve të dashurisë dhe të harmonisë.
 Nëse palët janë njësoj dhe të barabartë, atëherë më i miri prej tyre është ai që jep selam i pari.
 Legjislacioni islam është i përsosur dhe jep shpjegime për çdo gjë që i nevojitet njerëzimit.
 Mësimi i normave të selamit dhe dhënia e secilit të drejtën që i takon.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4243</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
+  </si>
+  <si>
+    <t>“Mos më pyesni për gjëra që ende nuk jua kam thënë. Ata që ishin para jush janë shkatërruar për shkak të pyetjeve (të panevojshme) dhe kundërshtimit të pejgamberëve të tyre</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Mos më pyesni për gjëra që ende nuk jua kam thënë. Ata që ishin para jush janë shkatërruar për shkak të pyetjeve (të panevojshme) dhe kundërshtimit të pejgamberëve të tyre. Andaj, nëse jua ndaloj një gjë, largohuni prej saj, e, nëse ju urdhëroj të bëni diçka, bëjeni sa të keni mundësi.”</t>
+  </si>
+  <si>
+    <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
+فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
+فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
+وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
+الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
+الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka përmendur se vendimet fetare ndahen në tri kategori: ato për të cilat është heshtur, ndalesat dhe urdhëresat.
+E para: ajo për të cilën feja ka heshtur: ku nuk ka asnjë vendim fetar për të e, sipas parimit gjërat nuk janë të obligueshme për sa kohë që nuk ka tekst. Gjatë kohës së Profetit ﷺ ishte e obligueshme të mos parashtrohej pyetje për diçka që nuk kishte ndodhur, nga frika se mund të bëhej obligim ose mund të ndalohej për shkak të pyetjes. Allahu i Madhëruar nuk i bëri të obligueshme apo të ndalueshme këto gjëra në formë mëshire ndaj robërve të Tij. Ndërkaq, pas vdekjes së Profetit ﷺ, nëse pyetja është në formë fetvaje ose mësimi për gjëra të nevojshme në lidhje me çështjen e fesë, atëherë na lejohet madje jemi të urdhëruar ta parashtrojmë, e, nëse është në formë kokëfortësie dhe ekzagjerimi, atëherë kjo formë pyetjeje është ajo që duhet ta braktisim sipas këtij hadithi, për faktin se kjo mund të çojë në diçka të tillë si ajo që ndodhi me bijtë e Israilit kur u urdhëruan të therin një lopë e, sikur të thernin çfarëdo lope, do ta kishin zbatuar urdhrin, por ata u treguan të rreptë e për rrjedhojë Allahu u tregua i rreptë me ta.
+E dyta: ndalesat, që janë gjëra për të cilat mosvepruesi shpërblehet, ndërsa vepruesi dënohet, kësisoj duhet të ruhemi nga të gjitha ndalesat.
+E treta: urdhëresat, që janë gjëra për të cilat vepruesi shpërblehet, ndërsa mosvepruesi dënohet, kësisoj besimtari duhet t'i zbatojë ato sa të ketë mundësi.</t>
+  </si>
+  <si>
+    <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
+حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
+الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
+الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
+النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
+  </si>
+  <si>
+    <t>Duhet të angazhohemi me atë që është më e rëndësishme dhe e nevojshme, e ta lëmë atë që nuk është e nevojshme për momentin dhe të mos angazhohemi me pyetje rreth gjërave që nuk kanë ndodhur ende.
+Është e ndaluar të parashtrohet një pyetje që mund të çojë drejt komplikimit të çështjeve dhe hapjes së derës së dyshimeve që çojnë drejt shumëfishimit të mosmarrëveshjeve.
+Jemi urdhëruar të heqim dorë nga të gjitha ndalesat, ngase në lënien e tyre nuk ka vështirësi dhe kjo është arsyeja që urdhri për braktisjen e tyre është i përgjithshëm.
+Jemi urdhëruar t'i zbatojmë urdhëresat sipas mundësisë, sepse ndodh që në zbatimin e një urdhëri të ketë stërmundim ose pafuqishmëri, prandaj jemi urdhëruar të bëjmë aq sa mundemi.
+Ndalimi i pyetjeve të shumta. Dijetarët i kanë ndarë pyetjet në dy pjesë: 1. Pyetje që bëhen me qëllim për të mësuar çështjet e nevojshme të fesë; këto pyetje jemi urdhëruar t'i bëjmë, të kësaj natyre qenë pyetjet që sahabët i bënin Pejgamberit(paqja qoftë mbi të). 2. Pyetje që bëhen në formën e kokëfortësisë dhe ekzagjerimit; kjo kategori e pyetjeve është e ndaluar.
+Ky umet është paralajmëruar që të mos e kundërshtojë Profetin ﷺ, siç ndodhi në popujt e kaluar.
+Pyetjet e shumta klasifikohen si të panevojshme dhe kundërshtimi i pejgamberëve është shkak i shkatërrimit, veçanërisht në çështjet që nuk mund të perceptohen, si: çështjet e së padukshmes (ar. gajb), që vetëm Allahu i di, si dhe detajet që lidhen me Ditën e Kiametit.
+Është e ndaluar të parashtrohen pyetje rreth çështjeve të vështira dhe të ndërlikuara. Euzaiu ka thënë: "Nëse Allahu dëshiron ta privojë robin e Tij nga begatia e diturisë, bën që ai të merret me çështjet e ngatërrueshme; kam vënë re se njerëzit e tillë janë më pak të ditur." Ibën Vehbiu ka thënë: "E kam dëgjuar Malikun duke thënë: "Polemikat rreth (çështeve të) diturisë e largojnë dritën e diturisë nga zemra e njeriut."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4295</t>
+  </si>
+  <si>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>Vërtet më ke pyetur për një çështje të madhe, që është e lehtë për atë të cilit Allahu ia lehtëson</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Muadh ibën Xhebeli (Allahu qoftë i kënaqur me të!) tregon: "Isha me Profetin ﷺ gjatë një udhëtimi dhe një mëngjes isha afër tij teksa po ecnim, kështu që i thashë: “O i Dërguari i Allahut! Më trego një punë që më çon në Xhenet dhe më largon nga Zjarri!” Ai tha: "Vërtet më ke pyetur për një çështje të madhe, që është e lehtë për atë të cilit Allahu ia lehtëson: ta adhurosh Allahun pa i shoqëruar asgjë në adhurim, ta falësh namazin, ta japësh zekatin, ta agjërosh Ramazanin dhe ta kryesh haxhillëkun." Pastaj tha: "A dëshiron të të udhëzoj drejt dyerve të mirësisë?! Agjërimi është mburojë, lëmosha i shlyen mëkatet siç e shuan uji zjarrin dhe namazi i njeriut në thellësinë e natës." Pastai lexoi: "Ata ngrihen nga shtrati...", derisa arriti te: "... që kanë bërë." (Kuran 32:16-17) Më pas tha: "A të të tregoj për kreun, shtyllën dhe kulmin e çështjes?" Thashë: “Patjetër, o i Dërguari i Allahut.” Ai tha: "Kreu i çështjes është Islami, shtylla e saj është namazi, kurse kulmi është xhihadi." Më tej shtoi: "A dëshiron të të tregoj për boshtin e të gjitha këtyre?" Unë thashë: “Patjetër, o i Dërguari i Allahut.” Ai e kapi gjuhën e vet dhe tha: "Ruaje këtë!" I thashë: “O i Dërguari i Allahut, a edhe për atë që themi do të merremi në llogari?!” Ai më tha: "Mos të pastë nëna, o Muadh! S’e ditke se njerëzit do të hidhen me fytyrë (në Zjarr) vetëm për shkak të asaj që korrin me gjuhët e tyre?!"</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
+قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
+الأول: تعبد الله وحده ولا تشرك به شيئًا. 
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
+قال معاذ رضي الله عنه: بلى يا رسول الله. 
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
+وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله. 
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. 
+قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟! 
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>Muadhi (Allahu qoftë i kënaqur me të!) tregon: "Isha me Profetin ﷺ gjatë një udhëtimi dhe një mëngjes isha afër tij teksa po ecnim, kështu që i thashë: “O i Dërguari i Allahut! Më trego një punë që më çon në Xhenet dhe më largon nga Zjarri!” Në atë rast Pejgamberi i tha: "Më ke pyetur për një vepër, veprimi i së cilës është i rëndë për shpirtrat, por ajo është e lehtë dhe e thjeshtë për atë që Allahu ia lehtëson; kryeji obligimet e Islamit!"
+E para: ta adhurosh Allahun dhe të mos i shoqërosh asgjë në adhurim.
+E dyta: t'i falësht pesë namazet farz (të detyrueshme) gjatë ditës e natës: sabahun, drekën, ikindinë, akshamin dhe jacinë, të cilat duhet të falen sipas kushteve, shtyllave dhe obligimeve të tyre.
+E treta: të japësh zekatin e detyrueshëm, që është një adhurim i detyrueshëm financiar për çdo pasuri që arrin një shumë të caktuar sipas ligjit islam, e cila u jepet atyre që e meritojnë.
+E katërta: të agjërosh muajin e Ramazanit, i cili nënkupton vetëpërmbajtjen nga ushqimi, pija dhe gjërat e tjera që e prishin agjërimin, me qëllim adhurimi, nga agimi deri në perëndim të diellit.
+E pesta: të kryesh haxhillëkun (pelegrinazhin) në Shtëpinë e Shenjtë duke pasur si qëllim udhëtimin drejt Mekës për kryerjen e riteve të haxhit, në formë adhurimi ndaj Allahut të Lartësuar.
+Pastaj Profeti ﷺ tha: "A të të tregoj për rrugën që të çon te dyert e mirësive? Obligimet fetare t'i shoqërosh me vepra vullnetare (nafile):
+Së pari: Agjërimi vullnetar, i cili është një pengesë për rënien në gjynahe, duke e thyer epshin dhe duke dobësuar forcën (që çon në gjynahe).
+Së dyti: Lëmosha vullnetare e cila shuan mëkatin pas kryerjes së tij, e largon atë dhe fshin gjurmën e tij.
+Së treti: namazi i natës në një të tretën e fundit të natës. Pastaj Profeti ﷺ e lexoi fjalën e Allahut të Lartësuar: "Ata ngrihen nga shtrati, i luten Zotit të tyre (me namaz, dhikër lexim të Kuranit dhe lutje) me frikë e shpresë dhe japin nga ajo që u kemi dhënë Ne. Askush nuk di se çfarë gëzimesh janë fshehur për ta (në jetën tjetër dhe në Xhenet), si shpërblim për punët e mira që kanë bërë."
+Pastaj Profeti ﷺ tha: A të tregoj për bazën e fesë, shtyllën në të cilën mbështetet dhe kulmin e saj?
+Muadhi (Allahu qoftë i kënaqur me të!) i tha: "Patjetër, o i Dërguari i Allahut."
+Profeti ﷺ tha: "Kreu i çështjes është Islami, i cili përfshin dy dëshmitë (dy shehadetet), me të cilat njeriu fiton bazën e fesë." Shtylla e Islamit është namazi, pasi nuk ka Islam pa namaz, ashtu siç nuk mund të ketë shtëpi pa shtylla. Atij që falet, i forcohet dhe i lartësohet fetaria. Lartësimi i fesë arrihet përmes xhihadit, duke dhënë mund në luftën kundër armiqve të fesë për të lartësuar fjalën e Allahut.
+Pastaj Profeti ﷺ tha: "A dëshiron të të tregoj për mënyrën më të saktë dhe më të përkryer për atë që thamë?" E kapi gjuhën e tij (me dorë) dhe tha: "Ndaloje këtë dhe mos fol për atë që nuk të përket!" Muadhi tha: "A do të na ndëshkojë dhe do të na marrë në llogari Zoti ynë për gjithçka që flasim?!"
+Profeti ﷺ tha: "Mos të pastë nëna!" Këtu nuk është qëllimi të bëhet lutje kundër tij, por kjo është një shprehje arabe që shërben për të tërhequr vëmendjen ndaj një çështjeje që duhet ta kishte kuptuar dhe ditur. Pastaj Profeti ﷺ tha: “A ka diçka tjetër që i hedh njerëzit dhe i rrëzon me fytyrë në Zjarr, përveçse të korrat e gjuhëve të tyre" si: kufri, akuza e rrejshme, fyerja, përgojimi, bartja e fjalëve, shpifja dhe gjëra të tjera të ngjashme me to.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
+فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
+السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
+ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
+رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
+رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
+فضل التقرب بالنوافل بعد أداء الفرائض.
+الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
+وجوب حفظ اللسان عما يضر الإنسان في دينه.
+كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
+  </si>
+  <si>
+    <t>Sahabët (Allahu qoftë i kënaqur me ta!) ishin shumë të përkushtuar ndaj dijes, prandaj shpesh e pyetnin Profetin ﷺ rreth saj.
+Sahabët (Allahu qoftë i kënaqur me ta!) kishin kuptim të thellë në dije, sepse e dinin se veprat janë shkak për hyrjen në Xhenet.
+Pyetja që bëri Muadhi (Allahu qoftë i kënaqur me të!) është një pyetje madhështore, sepse në thelb ajo përmban sekretin e jetës dhe ekzistencës. Çdo qenie në këtë botë, qoftë nga njerëzit, apo xhindët, ka si pikësynim Xhenetin ose Zjarrin. Prandaj, kjo pyetje është shumë e rëndësishme.
+Hyrja në Xhenet varet nga përmbushja e pesë shtyllave të Islamit, që janë: dy shehadetet (dy dëshmitë), namazi, zekati, agjërimi dhe haxhillëku.
+Thelbi i fesë, detyra më e çmuar dhe obligimi më i lartë është teuhidi i Allahut, duke e adhuruar vetëm Atë pa i shoqëruar askënd në adhurim.
+Mëshira e Allahut ndaj robërve të Tij qëndron në faktin se Ai ua ka hapur dyert e mirësisë, në mënyrë që të pajisen me shkaqet e shpërblimit dhe faljes së mëkateve.
+Vlera e afrimit tek Allahu përmes veprave vullnetare, pas kryerjes së veprave obligative.
+Namazi në raport me Islamin është si shtylla për tendën: Islami zhduket me braktisjen e namazit, ashtu siç rrëzohet tenda kur bie shtylla e saj.
+Detyrimi për të ruajtur gjuhën nga çdo gjë që ia dëmton njeriut fetarinë.
+Përmbajtja e gjuhës, kontrollimi dhe frenimi i saj është themeli i gjithë mirësisë.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4303</t>
+  </si>
+  <si>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>“Kur dy muslimanë ndeshen me shpatat e tyre, vrasësi dhe i vrari do të jenë në Zjarr</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Ebu Bekrete (Allahu qoftë i kënaqur me të!) transmeton se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: “Kur dy muslimanë ndeshen me shpatat e tyre, vrasësi dhe i vrari do të jenë në Zjarr.” E pyeta: "O i Dërguari i Allahut, për vrasësin po kuptohet, po çfarë është puna e të vrarit?" Më tha: “Edhe ai ishte i vendosur për ta vrarë vëllanë e vet.”</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se, kur dy muslimanë ndeshen me shpatat e tyre, ku secili synon ta shkatërrojë tjetrin, atëherë vrasësi do të jetë në Zjarr për shkak se fillimisht e vrau tjetrin. Sahabëve u bëri problem çështja e të vrarit: si të jetë vallë ai në Zjarr. Kështu, Profeti ﷺ u tregoi se i tilli do të jetë në Zjarr po ashtu, sepse ishte i vendosur për ta vrarë tjetrin, e nga vrasja e tij e pengoi vetëm fakti se vrasësi shpejtoi dhe e vrau përpara.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Dënimin e meriton ai që është i vendosur me zemër dhe është i përgatitur për të bërë mëkat, si dhe i ka marrë shkaqet për diç të tillë.
 Tërheqja e vërejtjes nga luftimi i muslimanëve mes vete dhe kërcënimi me Zjarr për një vepër të tillë.
 Luftimi mes muslimanëve me hak (me të drejtë) nuk futet në këtë kërcënim, fjala vjen, luftimi i agresorëve (ar. bugat) dhe i atyre që bëjnë dëme.
 Vepruesi i mëkatit të madh nuk bën kufër (nuk del nga feja) thjesht pse ka bërë mëkat, sepse Profeti ﷺ i quajti muslimanë ata dy që luftojnë njëri-tjetrin.
 Nëse dy muslimanë ndeshen me ndonjë mjet me të cilin ndodh vrasja, e kështu njëri prej tyre e vret tjetrin, atëherë vrasësi dhe i vrari do të jenë në Zjarr. Fakti që shpata u përmend në hadith është në aspektin e përmendjes së një lloji që arrihet përmes saj vrasja (e nuk është për qëllim kufizimi vetëm me të).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>“Mirësia është edukata e mirë, kurse mëkati është ajo që të bren në gjoks dhe nuk ke dëshirë që njerëzit ta kuptojnë.”</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Nevas ibën Sem'an Ensariu (Allahu qoftë i kënaqur me të!) tregon: “E pyeta të Dërguarin e Allahut ﷺ për mirësinë dhe për mëkatin, e ai më tha: “Mirësia është edukata e mirë, kurse mëkati është ajo që të bren në gjoks dhe nuk ke dëshirë që njerëzit ta kuptojnë.”</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ u pyet për mirësinë dhe mëkatin, me ç'rast tha:
+Aspekti më i madh i mirësisë është të kesh edukatë të mirë: me Allahun (përmes devotshmërisë), dhe me njerëzit (përmes durimit ndaj lëndimeve, shmangies së zemërimit, fytyrës së qeshur, të folurit të mirë, ruajtjes së lidhjeve, bindjes, mirësisë, bamirësisë, sjelljes së butë dhe shoqërimit të mirë).
+Sa i përket mëkatit, ai është ajo gjendje dyshuese që lëkundet dhe endet brenda shpirtit, kraharori nuk ndihet rehat me të, zemra dyshon dhe ka frikë se është mëkat, dhe njeriu nuk dëshiron ta tregojë para njerëzve të mirë dhe të përsosur për shkak të shëmtisë së saj. Kjo sepse shpirti priret natyrshëm të tregojë të mirën e vet përpara njerëzve; prandaj, kur e urren që një vepër e caktuar të bëhet e ditur për ta, atëherë ajo është mëkat që nuk ka asnjë të mirë në të.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>Nxitja për ta përvetësuar edukatën e lartë, sepse edukata e mirë është ndër aspektet më të mëdha të mirësisë.
+Besimtari nuk ndjehet i hutuar për të vërtetën dhe të pavërtetën; përkundrazi, ai e njeh të vërtetën përmes dritës së besimit që është në zemrën e tij dhe largohet nga e pavërteta dhe e urren atë.
+Ankthi dhe parehatia e zemrës, së bashku me refuzimin për ta bërë të njohur atë veprim para njerëzve, janë prej shenjave të mëkatit.
+Sindi ka thënë: "Kjo vlen për çështjet e dyshimta kur njerëzit nuk janë të vetëdijshëm për zgjedhjen e saktë. Përndryshe, ajo që është e urdhëruar në fe, kur nuk ka ndonjë argument të qartë që të vërtetojë të kundërtën, hyn në kuadër të mirësisë (virtytit), ndërsa ajo që është e ndaluar hyn në kuadër të mëkatit, dhe nuk ka nevojë të kthehemi te zemra dhe qetësia e saj në këto dy raste."
+Hadithi u drejtohet atyre që kanë një natyrë të shëndoshë, e jo atyre që kanë zemra të sëmura, të cilat nuk e njohin të mirën dhe nuk e refuzojnë të keqen, përveç asaj që është e gdhendur në to nga tekat e tyre.
+Tibiu ka thënë: "Është thënë se mirësia në hadith është interpretuar në mënyra të ndryshme. Në një vend është interpretuar si qetësi e shpirtit dhe e zemrës. Në një vend tjetër  si besim, në një vend tjetër si ajo që të afron tek Allahu, e këtu si edukatë e mirë. Gjithashtu edukata e mirë është përkufizuar si: durimi ndaj lëndimeve, përmbajtja nga zemërimi, të qenët me fytyrë të qeshur dhe të folurit e fjalëve të mira. Që të gjitha kanë kuptim të përafërt."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4308</t>
+  </si>
+  <si>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Feja është sinqeriteti</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Temim Dariu (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Feja është sinqeriteti." E pyetëm: "Ndaj kujt?" Ai tha: "Ndaj Allahut, ndaj Librit dhe të Dërguarit të Tij, ndaj prijësve të muslimanëve, si dhe ndaj shtresës së përgjithshme të muslimanëve."</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se feja bazohet në sinqeritet dhe çiltërsi, në mënyrë që ajo të kryhet ashtu siç ka urdhëruar Allahu, plotësisht, pa cungim e pa mashtrim.
 E pyetën Profetin ﷺ: "Ndaj kujt është sinqeriteti?" Atëherë tha:
 Së pari: sinqeriteti ndaj Allahut të Lartmadhëruar, duke punuar sinqerisht për Të, duke mos i bërë ortak (ar. shirk), duke besuar në zotërimin, në denjësinë e Tij për t'u adhuruar dhe në emrat e cilësitë e Tij, duke e madhëruar urdhrin e Tij dhe duke thirrur për të besuar në Të.
 Së dyti: sinqeriteti ndaj Librit të Tij, që është Kurani i madhërishëm. Pra, të besojmë se ai është Fjala e Tij e Libri i Tij i fundit, dhe se ai i shfuqizoi të gjitha ligjet (sheriatet) para tij. Ne e madhërojmë atë dhe e lexojmë ashtu si duhet. Punojmë sipas ajeteve të tij krejtësisht të qarta (ar. muhkemat) dhe i pranojmë ato që janë jo krejtësisht të qarta (ar. muteshabihat). E largojmë nga ai interpretimin e shtrembëruesve, i marrim në konsideratë këshillat e tij, i përhapim dituritë e tij dhe bëjmë thirrje tek ai.
 E treta: sinqeriteti ndaj të Dërguarit të Tij, Muhamedit ﷺ. Pra, të besojmë se ai është profeti i fundit, t'i besojmë asaj që solli, t'u bindemi urdhrave të tij dhe t'u shmangemi ndalesave të tij. Ta adhurojmë Allahun vetëm me atë që ai solli, ta respektojmë, ta nderojmë, ta përhapim thirrjen e tij, ta përhapim ligjin (sheriatin) e tij dhe t'i mënjanojmë akuzat që hidhen kundër tij.
 E katërta: sinqeriteti ndaj prijësve të muslimanëve, duke i ndihmuar ata në të vërtetën, të mos i kundërshtojmë çështjet e tyre, t'i dëgjojmë dhe t'u bindemi për sa kohë që i binden Allahut.
 Së pesti: sinqeriteti ndaj muslimanëve, duke u bërë mirë dhe duke i thirrur, duke e mënjanuar dëmtimin prej tyre, duke e dashur hairin për ta dhe duke bashkëpunuar me ta në mirësi e devotshmëri.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Urdhri për të qenë të sinqertë (e për të këshilluar) me të gjithë.
 Pozita madhështore që gëzon sinqeriteti (këshilla) në fe.
 Feja ngërthen në vete besime, fjalë dhe vepra.
 Nga sinqeriteti është që të jesh i dëlirë nga mashtrimi ndaj atij që e këshillon dhe ta dëshirosh të mirën për të.
 Metoda e shkëlqyer e mësimdhënies nga ana e Profetit ﷺ, meqë e përmendi sinqeritetin fillimisht në mënyrë të përgjithshme, e më pas e sqaroi hollësisht.
 Fillimi me gjërat që janë më të rëndësishme e kështu me radhë, sepse Profeti ﷺ filloi me sinqeritetin ndaj Allahut, Librit (Kuranit), Profetit ﷺ, prijësve të muslimanëve e më pas sinqeritetin ndaj shtresës së përgjithshme të muslimanëve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Pa dyshim, hallalli dhe harami janë të qartë</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Numan ibn Beshiri (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë, - ndërkohë Numani i drejtoi dy gishtat nga veshët e vet: "Pa dyshim, hallalli dhe harami janë të qartë, por në mes tyre ka gjëra të dyshimta, të cilat shumë njerëz nuk i dinë. Ai që ruhet nga të dyshimtat, e ka ruajtur fenë dhe nderin e vet, kurse ai që bie në të dyshimtat, tashmë ka rënë në haram, si bariu që kullot kopenë përbri zonës së ndaluar, ku kopeja mund të bjerë në çdo çast. Me të vërtetë, çdo mbret ka zonën e vet të ndaluar, porse zona e ndaluar e Allahut janë haramet. Vini re, në trupin e njeriut është një copë mishi, që, nëse ajo është në rregull, tërë trupi është në rregull, por, nëse ajo prishet, prishet tërë trupi. Kini kujdes, ajo është zemra."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Profeti ﷺ na sqaroi në këtë hadith një rregull të përgjithshme në lidhje me gjërat dhe se ato në sheriat ndahen në tri kategori: hallall i qartë, haram i qartë dhe gjëra të dyshimta, vendimi i të cilave nuk është i qartë në aspektin e hallallit dhe haramit e këtë vendim nuk e dinë shumë njerëz.
 Kushdo që i braktis këto gjëra të dyshimta, feja e tij do të jetë e sigurt duke e larguar nga rënia në haram dhe nderi i tij do të jetë i sigurt nga fjalët e njerëzve, për faktin se ata do ta kritikonin për kryerjen e kësaj vepre të dyshimtë. Kushdo që nuk u shmanget të dyshmitave, e ka ekspozuar veten: ose duke rënë në haram, ose duke përfoluar njerëzit nderin e tij. Profeti ﷺ ka dhënë një shembull për të treguar gjendjen e atij që i vepron të dyshmitat, se i tilli është sikurse bariu që kullot bagëtinë e tij pranë një toke që e ka rrethuar pronari i saj, kështu që bagëtitë e bariut mund të kullotin në këtë zonë të rrethuar, për shkak të afërsisë me të. Po ashtu, kushdo që bën diçka të dyshimtë, atëherë ai i afrohet haramit dhe është gati për të rënë në të. Pas kësaj, Profeti ﷺ tregoi se në trupin e njeriut është një copë mishi (zemra), që, nëse ajo është në rregull, tërë trupi është në rregull, por, nëse ajo prishet, prishet i tërë trupi.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Inkurajimi për ta braktisur të dyshimtën, vendimi për të cilën nuk është qartësuar ende.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4314</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>“O ju njerëz, Allahu është i mirë dhe pranon vetëm të mirën. Allahu i urdhëroi besimtarët për atë që i urdhëroi pejgamberët</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë: “O ju njerëz, Allahu është i mirë dhe pranon vetëm të mirën. Allahu i urdhëroi besimtarët për atë që i urdhëroi pejgamberët, duke u thënë: "O të dërguar! Hani nga të mirat dhe punoni vepra të mira! Unë me të vërtetë, e di mirë çka punoni ju!" (El Muminun, 51) Po ashtu ka thënë: "O besimtarë! Hani nga ushqimet e këndshme që jua kemi dhuruar." (El Bekare, 172) Pastaj e përmendi njeriun, i cili është në udhëtim të gjatë, me flokë të shprishur e i pluhurosur, i ngre duart nga qielli: "O Zot! O Zot!" Mirëpo, ushqimin e ka haram, pijen e ka haram, veshjen e ka haram, është ushqyer me haram, e si t'i përgjigjet atij?!”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
+ثالثًا: يرفع يديه إلى السماء بالدعاء. 
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka treguar se Allahu është i pastër dhe i shenjtë, i paprekshëm nga mangësitë dhe të metat dhe se Ai posedon cilësitë e përsosura. Ai pranon vetëm veprat, fjalët dhe bindjet që janë të pastra, respektivisht që janë të sinqerta për Allahun dhe në përputhje me udhëzimin e Profetit ﷺ. Nuk duhet të afrohemi tek Allahu me diçka tjetër përveç kësaj. Ndër gjërat më të rëndësishme që e bëjnë veprën e një besimtari të mirë është ushqimi i tij i pastër dhe hallall. Kjo bën që vepra e tij të jetë e pranuar. Për këtë arsye, Allahu i ka urdhëruar besimtarët me të njëjtën gjë që ka urdhëruar të dërguarit: për të ngrënë hallall dhe për të bërë vepra të mira. Ai ka thënë: "O të dërguar! Hani nga të mirat dhe punoni vepra të mira! Unë me të vërtetë, e di mirë çka punoni ju!" (El Muminun, 51) Po ashtu ka thënë: "O besimtarë! Hani nga ushqimet e këndshme që jua kemi dhuruar." (El Bekare, 172)
+Pastaj, Profeti ﷺ paralajmëroi kundër ngrënies së haramit, e cila e prish veprën dhe pengon pranimin e saj, sado që të përpiqet njeriu të plotësojë shkaqet e dukshme për pranimin e veprës, siç janë:
+Së pari: udhëtimi i gjatë për akte adhurimi, si: haxhillëku, xhihadi, mbajtja e lidhjeve farefisnore dhe të tjera të ngjashme.
+Së dyti: flokët e shprishur nga moskrehja, ndryshimi i ngjyrës së tij dhe i rrobave të tij nga pluhuri, pra, ai gjendet në një situatë të rënduar dhe të mjeruar.
+Së treti: ngre duart drejt qiellit duke bërë lutje.
+Së katërti: i drejtohet Allahut duke e lutur përmes emrave të Tij dhe ngulmon në këtë: “O Zot! O Zot!”
+Megjithëse i ka plotësuar këto shkaqe për pranimin e lutjes, lutja e tij nuk merr përgigje. Kjo, sepse ushqimi, pija dhe veshja e tij ishin nga harami, si dhe ishte ushqyer me haram. Prandaj, është e largët që t’i pranohet lutja dikujt që është në këtë gjendje. E si mund t’i pranohet?!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Allahut i Lartësuar është i përsosur në Qenien - Veten e Tij, cilësitë, veprimet dhe në gjykimet e Tij.
+Urdhri për ta bërë veprën sinqerisht për Allahun e Lartmadhëruar dhe për ta ndjekur Profetin ﷺ.
+Përdorimi i shprehjeve që nxisin për veprim, pasi Profeti ﷺ ka thënë: "Allahu i urdhëroi besimtarët për atë që i urdhëroi pejgamberët." Kur besimtari e di se kjo është nga gjërat që u janë urdhëruar të dërguarve, ai motivohet dhe nxitet për t’iu bindur Allahut të Lartësuar.
+Prej pengesave të pranimit të lutjes është ngrënia e haramit.
+Prej shkaqeve të pranimit të lutjes janë pesë gjëra: 1. Udhëtimi i gjatë, i cili bën që njeriu të jetë i përulur, e që është një nga shkaqet më të mëdha të pranimit të lutjes, 2. Gjendja e vështirë, 3. Ngritja e duarve drejt qiellit, 4. Lutja drejtuar Allahut me ngulm, duke e përmendur vazhdimisht frazën:  "O Zot!", që është një nga shkaqet më të fuqishme për pranimin e lutjes, 5. Ngrënia dhe pirja e produkteve të pastra.
+Ngrënia e ushqimit hallall dhe të pastër është një nga shkaqet që ndihmojnë në kryerjen e veprave të mira.
+Kadi Ijadi ka thënë: "Fjala: "Tajjib" (i pastër - i mirë) është antonim i fjalës "Habith" (i pistë-i lig), prandaj, kur i atribuohet Allahut të Madhëruar, do të thotë se Ai është i pastër nga mangësitë dhe i shenjtëruar nga ligësitë. Kur një gjë e tillë i atribuohet njeriut, do të thotë se ai nuk ka moral të keq apo vese të shëmtuara, dhe se posedon të kundërtën e kësaj domethënë moral të mirë dhe virtyte të larta. E kur i atribuohet pasurisë, nënkuptohet se ajo është hallall dhe prej pasurive më të mira."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4316</t>
+  </si>
+  <si>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Me të vërtetë, Allahu ka urdhëruar mirësinë në çdo çështje</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Shedad ibn Evsi (Allahu qoftë i kënaqur me të!) ka thënë: "Dy gjëra i kam mbajtur në mend nga i Dërguari i Allahut ﷺ: "Me të vërtetë, Allahu ka urdhëruar mirësinë në çdo çështje, andaj, kur të vrisni, vritni në mënyrën më të mirë dhe, kur të therni, therni në mënyrën më të mirë: mprihni thikat dhe qetësojeni bagëtinë (kurbanin)."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se Allahu i Lartësuar na ka urdhëruar mirësinë në çdo çështje. Mirësia nënkupton që robin ta shoqërojë në vazhdimësi ndjenja se Allahu e vëzhgon gjatë adhurimit të Tij, kur bën hair, kur t'ua largojnë ndonjë dëmtim krijesave. Këtu bëjnë pjesë edhe vrasja e therja.
 Mirësia gjatë vrasjes sipas kisasit (ligjit të barazisë në ndëshkim) është që gjatë implementimit të këtij ndëshkimi të zgjidhet mënyra më e lehtë, më e butë dhe më e shpejtë për atë që ekzekutohet.
 Mirësia gjatë therjes është që të tregohet i butë ndaj bagëtisë, fillimisht duke mprehur mirë thikën, por të mos e mprehë atë para bagëtisë, si dhe të mos e shohin therjen bagëtitë e tjera.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Mëshira dhe butësia e Allahut me krijesat.
 Mirësia gjatë vrasjes dhe therjes bëhet në formë të ligjësuar.
 Përsosja e sheriatit  (ligjit islam) dhe se ai i përfshin të gjitha të mirat, e prej kësaj janë mëshira dhe butësia ndaj kafshëve.
 Është i ndaluar gjymtimi i njeriut pas vrasjes së tij.
 Ndalohet çdo gjë që përfshin torturimin e kafshëve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>Me të vërtetë, Allahu i ka caktuar veprat e mira dhe të këqijat, pastaj i ka sqaruar. Nëse dikush dëshiron të bëjë ndonjë vepër të mirë, por nuk e bën, Allahu i shkruan një shpërblim të plotë. Mirëpo, nëse dëshiron ta bëjë atë dhe e bën, Allahu ia shkruan dhjetë shpërblime, madje ia shton deri në shtatëqindfish, bile-bile edhe më shumë se kaq. Ndërkaq, nëse dëshiron të kryejë ndonjë vepër të keqe, por nuk e bën, Allahu ia shkruan një shpërblim të plotë. Por, nëse dëshiron ta kryejë atë dhe e kryen, atëherë Allahu ia shkruan vetëm një të keqe</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>Abdullah Ibn Abasi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ përcjell se Allahu i Lartmadhërishëm ka thënë: "Me të vërtetë, Allahu i ka caktuar veprat e mira dhe të këqijat, pastaj i ka sqaruar. Nëse dikush dëshiron të bëjë ndonjë vepër të mirë, por nuk e bën, Allahu i shkruan një shpërblim të plotë. Mirëpo, nëse dëshiron ta bëjë atë dhe e bën, Allahu ia shkruan dhjetë shpërblime, madje ia shton deri në shtatëqindfish, bile-bile edhe më shumë se kaq. Ndërkaq, nëse dëshiron të kryejë ndonjë vepër të keqe, por nuk e bën, Allahu ia shkruan një shpërblim të plotë. Por, nëse dëshiron ta kryejë atë dhe e kryen, atëherë Allahu ia shkruan vetëm një të keqe."</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Profeti ﷺ sqaron në këtë hadith se Allahu i caktoi veprat e mira e të këqijat dhe ua sqaroi dy melekëve se si t'i shkruajnë ato:
 Kushdo që dëshiron, synon dhe vendos të bëjë një vepër të mirë, do t'i shënohet një vepër e mirë, edhe nëse nuk e bën, e, nëse e bën, do t'i shënohet dhjetëfish deri në shtatëqindfish, bile-bile edhe më shumë se kaq. Shtimi i shpërblimit është sipas sinqeritetit që është në zemër dhe tejkalimit të dobisë (së asaj vepre te të tjerët) e kështu me radhë.
 Dhe kushdo që dëshiron, synon dhe vendos të bëjë një vepër të keqe, pastaj e lë atë për hir të Allahut, i shënohet një vepër e mirë. E, nëse e lë atë për shkak se ishte i angazhuar, duke mos bërë shkaqet për veprimin e saj, atëherë nuk i shënohet gjë. Ndërkaq, nëse e ka lënë për shkak se nuk ka mundur ta bëjë, atëherë i shënohet nijeti (që e ka pasur për ta bërë), e, nëse e ka bërë, i shënohet një vepër e keqe.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Sqarimi i mëshirës së madhe të Allahut ndaj këtij umeti (populli musiman) sa i përket shumëfishimit të veprave të mira dhe shkrimit të tyre tek Ai dhe mosshumëfishimit të veprave të këqija.
 Rëndësia e nijetit (qëllimit) në vepra dhe ndikimi i tyre.
 Mirësia, butësia dhe bamirësia e Allahut të Lartësuar, se, nëse dikush dëshiron të bëjë ndonjë vepër të mirë, por nuk e bën, Allahu ia shkruan një shpërblim të plotë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4322</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Me të vërtetë, Allahu nuk i shikon pamjet dhe pasuritë tuaja, por i shikon zemrat dhe veprat tuaja</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Me të vërtetë, Allahu nuk i shikon pamjet dhe pasuritë tuaja, por i shikon zemrat dhe veprat tuaja."</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Profeti ﷺ tregon se Allahu i Lartësuar nuk i shikon trupat dhe pamjet e robërve të Tij, se a janë ato të bukura apo të shëmtuara, a janë të mëdhenj apo të vegjël e a janë të sëmurë a të shëndoshë. Po ashtu nuk shikon në pasuritë e tyre, se a është shumë apo pak. Allahu i Lartmadhëruar nuk i ndëshkon dhe nuk i merr në llogari robërit e Tij për këto çështje dhe dallimet që ata i kanë në to, por Ai i shikon zemrat e tyre: devotshmërinë, bindjen, vërtetësinë dhe sinqeritetin që ndodhet në zemra, pra se a kishte qëllim syefaqësinë e reputacionin, si dhe i shikon veprat e tyre sa i përket të qenit të tyre në rregull apo jo dhe shpërblen për to.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Kujdesi për përmirësimin dhe pastrimin e zemrës nga çdo cilësi e përbuzur.
 Përmirësimi i zemrës arrihet me sinqeritet, ndërsa përmirësimi i veprës arrihet me pasimin e Profetit ﷺ. Këto dyja (zemra dhe vepra) janë objekt i vëzhgimit dhe marrjes në konsideratë tek Allahu i Lartësuar.
 Njeriu nuk duhet të mashtrohet nga pasuria, bukuria ose trupi i tij, apo nga çfarëdo gjëje tjetër nga aspektet e kësaj bote.
 Tërheqja e vërejtjes kundër mbështetjes në anën e dukshme pa e përmirësuar anën e brendshme.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
-[...2 lines deleted...]
-    <t>Vepra vlerësohet sipas nijeteve dhe njeriut i takon ajo që e ka bërë nijet</t>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
+  </si>
+  <si>
+    <t>“Allahu dhe i Dërguari i Tij e kanë ndaluar shitjen e alkoolit, ngordhësirës, derrit dhe idhujve.”</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
+  </si>
+  <si>
+    <t>Xhabir ibën Abdullahu (Allahu qoftë i kënaqur me të!) transmeton se, në Vitin e Çlirimit, e ka dëgjuar të Dërguarin e Allahut ﷺ në Mekë duke thënë: “Allahu dhe i Dërguari i Tij e kanë ndaluar shitjen e alkoolit, ngordhësirës, derrit dhe idhujve.” - O i Dërguari i Allahut, po dhjami i ngordhësirës? Me të lyhen anijet, i lyejmë lëkurat dhe njerëzit e përdorin për ndriçim, - e pyetën disa. - “Jo, ai është i ndaluar”, - tha i Dërguari i Allahut ﷺ dhe vazhdoi: - “Allahu i vraftë hebrenjtë! Kur Allahu ua ndaloi dhjamin e ngordhësirave, ata e shkrinë, e shitën dhe e hëngrën fitimin e tij.”</t>
+  </si>
+  <si>
+    <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
+  </si>
+  <si>
+    <t>Xhabir ibën Abdullahu (Allahu qoftë i kënaqur me të!) e ka dëgjuar Profetin ﷺ duke thënë në Vitin e Çlirimit, teksa ishte në Mekë: "Allahu dhe i Dërguari i Tij e kanë ndaluar shitjen e alkoolit, ngordhësirës, derrit dhe idhujve." Ata e pyetën: "Po dhjami i ngordhësirës: a lejohet të shitet, për shkak se përdoret për të lyer anijet dhe për të lyer lëkurat e me të njerëzit ndezin kandilat e tyre." Pejgamberi tha: "Jo, shitja e tij është e ndaluar." Pastaj, tha: "Allahu i shkatërroftë e i mallkoftë hebenjtë! Kur Allahu ua ndaloi dhjamin e kafshëve, ata e shkrinë, e shitën dhe e hëngrën fitimin."</t>
+  </si>
+  <si>
+    <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
+قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
+قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
+كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
+قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
+  </si>
+  <si>
+    <t>Neveviu ka thënë: "Muslimanët janë pajtuar njëzëri se është e ndaluar shitja e ngordhësirës, alkoolit dhe derrit."
+El-Kadi ka thënë: "Mesazhi që përçon ky hadith është se ajo që nuk lejohet të hahet ose të shfrytëzohet, nuk lejohet as të shitet e as të hahet fitimi i saj, si në rastin e dhjamit të përmendur në hadith."
+Ibën Haxheri ka thënë: "Konteksti i hadithit tregon qartë fuqinë e interpretimit që i bën shumica, se me frazën: "Jo, ai është i ndaluar" është për qëllim shitja, e jo përfitimi prej saj."
+Çdo hile që përdoret për të bërë të lejuar diçka të ndaluar, është e pavlefshme.
+Neveviu ka thënë: "Dijetarët kanë thënë se në kuptimin e përgjithshëm të ndalimit të shitjes së kafshëve të ngordhura përfshihet dhe shitja e kufomës së jobesimtarit të vrarë kur jobesimtarët kërkojnë ta blejnë ose të paguajnë në këmbim për të. Në hadith ceket se kur Neufel ibën Abdullah Mahzumiu u vra nga muslimanët në Betejën e Hendekut, jobesimtarët i ofruan Profetit ﷺ dhjetë mijë dërhemë për trupin e tij, por ai nuk ua mori e ua dha atyre (trupin e tij të vdekur)."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4556</t>
+  </si>
+  <si>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>“A nuk jua ka mundësuar Allahu edhe juve që të jepni? Kështu, çdo tesbih (subhanallah) është sadaka, çdo tekbir (Allahu ekber) është sadaka, çdo tahmid (elhamdulilah) është sadaka, çdo tehlil (la ilahe il-lallah) është sadaka, urdhri për të mirën është sadaka, ndalimi nga e keqja është sadaka dhe marrëdhënia intime (me gratë tuaja) është sadaka.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>Ebu Dherri (Allahu qoftë i kënaqur me të!) tregon: “Disa shokë të Profetit ﷺ i thanë atij: “O i Dërguari i Allahut, të pasurit i morën shpërblimet: ata falen ashtu siç falemi ne, agjërojnë ashtu siç agjërojmë ne dhe japin prej pasurisë që u tepron (e ne s'kemi për të dhënë). Atëherë Profeti ﷺ u tha: “A nuk jua ka mundësuar Allahu edhe juve që të jepni? Kështu, çdo tesbih (subhanallah) është sadaka, çdo tekbir (Allahu ekber) është sadaka, çdo tahmid (elhamdulilah) është sadaka, çdo tehlil (la ilahe il-lallah) është sadaka, urdhri për të mirën është sadaka, ndalimi nga e keqja është sadaka dhe marrëdhënia intime (me gratë tuaja) është sadaka.” - O i Dërguari i Allahut, a ndodh që të shpërblehemi edhe kur përmbushim epshin tonë? - thanë ata. - “Sikur dikush ta bënte në haram, a do të kishte mëkat? Rrjedhimisht, kur ta bëjë në hallall, do të ketë shpërblim”, - tha Profeti ﷺ.”</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>Disa nga shokët e varfër të Profetit ﷺ u ankuan tek ai për varfërinë e tyre dhe paaftësinë për të dhënë pasuri për bamirësi, për të fituar shpërblimet e mëdha që i fitonin vëllezërit e tyre të pasur, dhe për të bërë vepra të mira si ata. Ata thanë: “Ata e falin namazin siç e falim ne, agjërojnë siç agjërojmë ne, por ata japin nga pasuria e tyre tepricën, ndërsa ne nuk kemi çfarë të japim!” Profeti ﷺ i udhëzoi ata drejt bamirësive që ata mund të bënin dhe u tha: "A nuk ju ka dhënë Allahu diçka që mund ta bëni si bamirësi për veten tuaj? Të thoni subhanallah (I Lartësuar është Allahu) është sadaka për ju. Të thoni Allahu Ekber (Allahu është më i Madhi) është sadaka. Të thoni elhamdulilah (Falënderimi i takon Allahut) është sadaka. Të thoni la ilahe il-lAllah (S’ka Zot të denjë për adhurim përveç Allahut) është sadaka. Urdhërimi për të mirën është sadaka, ndalimi nga e keqja është sadaka, madje edhe kur ndonjëri prej jush bën marrëdhënie intime me gruan e tij, është sadaka. Ata u habitën dhe thanë: "O i Dërguar i Allahut! A do të marrë ndonjëri prej nesh shpërblim për përmbushjen e epshit të tij?" Ai tha: "A nuk e shihni se, nëse ai do ta përmbushte atë në mënyrë të ndaluar, si p.sh. nëpërmjet imoralitetit etj, do të kishte mëkat? Po ashtu, kur e përmbush në mënyrë të lejuar, ka shpërblim.</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>Shokët e Profetit ﷺ garonin me njëri-tjetrin në vepra të mira dhe ishin të kujdesshëm për të arritur shpërblime të mëdha dhe mirësitë e Allahut të Lartësuar.
+Shumëllojshmëria e formave të mirësisë dhe se ato përfshijnë çdo vepër që muslimani e bën me një qëllim të drejtë dhe për një synim të mirë.
+Lehtësia dhe thjeshtësia e Islamit; çdo musliman mund të gjejë diçka për të bërë, për të shprehur bindjen e tij ndaj Allahut.
+Neveviu ka thënë: “Ky (hadith) është argument se veprat e lejuara mund të kthehen në adhurime përmes qëllimeve të sinqerta. Marrëdhënia intime me bashkëshorten bëhet adhurim, nëse personi synon përmbushjen e së drejtës së gruas, sjelljen e mirë me të, ashtu siç ka urdhëruar Allahu i Lartësuar, kërkimin e një fëmije të mirë, ruajtjen e ndershmërisë së tij ose të saj, apo pengimin e të dyve nga shikimi i ndaluar, mendimi për të ndaluarën apo dëshira për të, ose për ndonjë qëllim tjetër të mirë.”
+Dhënia e shembujve dhe përdorimi i krahasimeve ndihmon që tema të bëhet më e qartë dhe të ketë ndikim më të fortë te dëgjuesi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4558</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>“Prej shprehjeve pejgamberike që u kanë arritur njerëzve deri më sot janë edhe fjalët: "Nëse nuk turpërohesh, bëj ç'të duash.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Ebu Mesudi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Prej shprehjeve pejgamberike që u kanë arritur njerëzve deri më sot janë edhe fjalët: "Nëse nuk turpërohesh, bëj ç'të duash.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se ndër gjërat që janë përcjellë si këshillë nga profetët e mëparshëm dhe janë transmetuar mes njerëzve brez pas brezi, derisa mbërritën te ky umet, është dhe kjo këshillë: shikoje atë që dëshiron të bësh; nëse është diçka nga e cila nuk kihet turp, atëherë veproje, por nëse është diçka nga e cila kihet turp, atëherë lëre, sepse pengesa për të kryer veprime të shëmtuara është turpi. Ai që nuk ka turp, zhytet në çdo gjë të pahijshme dhe të keqe."</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>Turpi është baza e virtyteve të larta morale.
+Turpi është ndër virtytet e profetëve (paqja qoftë mbi ta), që përcillet prej tyre.
+Turpi është ai që e shtyn muslimanin të bëjë atë që e zbukuron dhe e fisnikëron dhe ta lërë atë që e ndot dhe e turpëron.
+Neveviu ka thënë: "Urdhri këtu tregon lejueshmërinë, domethënë: nëse dëshiron të bësh diçka, atëherë bëje, për sa kohë që nuk të bën të ndihesh i turpëruar para Allahut dhe njerëzve; përndryshe, mos e bëj. Mbi këtë parim mbështetet Islami. Që do të thotë se njeriu duhet të ndjejë turp nga braktisja e asaj që është urdhëruar ta bëjë, qoftë e obligueshme apo e pëlqyeshme, si dhe duhet të ndjejë turp nga kryerja e asaj që është e ndaluar, qoftë haram apo e papëlqyer. Sa për atë që është e lejuar, njeriut i lejohet të ndjejë turp qoftë nga kryerja apo braktisja e saj. Hadithi, pra, përfshin të pestë rregullat e jurisprudencës islame (fikhut). Disa kanë thënë: "Urdhri këtu është në formë kërcënimi, domethënë: nëse turpi të hiqet, atëherë bëj çfarë të duash dhe Allahu do të të japë ndëshkimin që meriton për këtë. Të tjerë kanë thënë: "Ky është një urdhër në formën e lajmit, domethënë: kush nuk ka turp, bën çfarë të dojë."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4559</t>
+  </si>
+  <si>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
+  </si>
+  <si>
+    <t>Veprat vlerësohen sipas nijeteve dhe njeriut i takon ajo që e ka bërë nijet</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
-    <t>Omer ibn Hatabi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Vepra vlerësohet sipas nijetit dhe njeriut i takon ajo që e ka bërë nijet. Andaj, atij që ka bërë hixhret për hir të Allahut dhe të Dërguarit të Tij, i vlerësohet si hixhret për hir të Allahut dhe të Dërguarit të Tij. Ndërkaq, nëse ka bërë hixhret me qëllim të arritjes së të mirave të dynjasë ose që të martohet me ndonjë grua, hixhreti i tij do të vlerësohet sipas nijetit të tij.” Ndërkaq, në një version të Buhariut, qëndron: "Vepra vlerësohet sipas nijeteve dhe njeriut i takon ajo që e ka bërë nijet."</t>
+    <t>Omer ibn Hatabi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Veprat vlerësohen sipas nijetit dhe njeriut i takon ajo që e ka bërë nijet. Andaj, atij që ka bërë hixhret për hir të Allahut dhe të Dërguarit të Tij, i vlerësohet si hixhret për hir të Allahut dhe të Dërguarit të Tij. Ndërkaq, nëse ka bërë hixhret me qëllim të arritjes së të mirave të dynjasë ose që të martohet me ndonjë grua, hixhreti i tij do të vlerësohet sipas nijetit të tij.” Ndërkaq, në një version të Buhariut, qëndron: "Veprat vlerësohen sipas nijeteve dhe njeriut i takon ajo që e ka bërë nijet."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e sqaron se të gjitha veprat llogariten me nijet. Ky vendim është i përgjithshëm për të gjitha adhurimet dhe transaksionet. Kushdo që me veprën e tij synon ndonjë dobi, nuk do të marrë asgjë tjetër përveç asaj dobie dhe nuk do të shpërblehet për të. Ndërkaq, kushdo që me veprën e tij synon t'i afrohet Allahut të Lartësuar, do ta marrë shpërblimin për veprën e tij, edhe nëse është vepër e zakonshme, siç janë ngrënia e pirja.
 Pastaj Profeti ﷺ solli një shembull për të treguar ndikimin e nijetit në vepra, pavarësisht se ajo është e njëjtë në formën e dukshme. Kështu, ai sqaroi se, kushdo që ka për qëllim me hixhretin (shpërnguljen) e largimin nga vendlindja kënaqësinë e Zotit të vet, atëherë hixhreti i tij është hixhret sheratik dhe i pranuar, për të cilin shpërblet, për shkak të sinqeritetit të tij. Ndërkaq, kushdo që me hixhretin e tij synon ndonjë dobi të kësaj bote, si: para, pozitë, tregti ose grua, i tilli nuk do të përfitojë nga hixhreti i tij gjë, përveçse atë dobi që ka pasur për qëllim dhe nuk do të ketë hise nga shpërblimi.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
-    <t>Inkurjami për të qenë të sinqertë, sepse Allahu e pranon vetëm atë vepër që synohet përmes saj Fytyra e Tij.
+    <t>Inkurajimi për të qenë të sinqertë, sepse Allahu e pranon vetëm atë vepër që bëhet për hir të Tij.
 Veprat me të cilat njeriu afrohet tek Allahu i Plotfuqishëm, nëse personi i ngarkuar me obligime fetare i bën ato në aspektin e zakonit, atëherë nuk ka shpërblim, derisa të synojë me anë të tyre që të afrohet me Allahun.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>Islami është të dëshmosh se nuk meriton të adhurohet askush përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij, të falësh namazin, të japësh zekatin, të agjërosh Ramazanin dhe të kryesh haxhillëkun (këtë të fundit) po pate mundësi</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>Omer ibn Hatabi (Allahu qoftë i kënaqur me të!) tregon: “Një ditë, ndërsa rrinim ulur tek i Dërguari i Allahut ﷺ, u shfaq një njeri fort rrobëbardhë e tejet flokëzi, tek i cili nuk vëreheshin shenja udhëtimi. Atë nuk e njihte asnjëri prej nesh. U ul pranë Profetit ﷺ duke i vendosur gjunjët e tij afër gjunjëve të të Dërguarit e duke i vënë shuplakat e duarve të tij mbi kofshët e veta, e në atë rast pyeti: “O Muhamed, më trego për Islamin.” I Dërguari i Allahut ﷺ tha: “Islami është të dëshmosh se nuk meriton të adhurohet askush përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij, të falësh namazin, të japësh zekatin, të agjërosh Ramazanin dhe të kryesh haxhillëkun (këtë të fundit) po pate mundësi.” Ai i tha: “Ashtu është.” Ne u çuditëm, sepse vetë e pyeste, vetë ia vërtetonte! Ai tha: “Më trego për besimin (imanin).” I Dërguari tha: “Besimi është të besosh në Allahun, në melekët, në librat e Tij, në të dërguarit, në Ditën e Fundit dhe të besosh në paracaktimin (kaderin), qoftë i mirë, qoftë i keq.” Ai i tha: “Ashtu është. Më trego për ihsanin (përsosurinë e adhurimit).” I Dërguari tha: “Ta adhurosh Allahun sikurse të jesh duke e parë Atë. Edhe pse ti nuk e sheh Atë, Ai gjithsesi të sheh ty.” Ai i tha: “Më trego për Kiametin.” I Dërguari tha: “Në lidhje me këtë i pyeturi nuk di më shumë sesa pyetësi.” Ai i tha: “Atëherë, tregomë për shenjat e tij.” I Dërguari tha: “(Kiameti vjen) kur robëresha ta lindë zonjën e saj dhe kur t’i shohësh këmbëzbathurit, të zhveshurit, fukarenjtë e barinjtë e deleve duke garuar për të bërë ndërtesa sa më të larta.” Pastaj, ai u largua, kurse ne qëndruam për një kohë. Më pas, i Dërguari më tha: “O Omer, a e di kush është ai që pyeste.” Unë thashë: “Allahu dhe i Dërguari i Tij e dinë më së miri.” Ai tha: “Ai qe Xhibrili dhe erdhi për t’jua mësuar fenë.”</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>Omer ibn Hattabi (Allahu qoftë i kënaqur me të!) na tregon se Xhibrili (alejhi selam) u shfaq para sahabëve (Allahu qoftë i kënaqur me ta!) në formën e një njeriu që nuk njihej. Karakteristikë e tij ishte se rrobat i kishte fort të bardha dhe ishte tejet flokëzi, tek i cili nuk vëreheshin shenja udhëtimi, fjala vjen, të shfaqej lodhja, pluhuri, flokët e ndarë dhe rrobat e pista. Askush nga të pranishmit nuk e njohu. Sahabët ishin ulur me Profetin ﷺ, kështu që ai u ul para Profetit ﷺ në atë mënyrë si ulet nxënësi dhe e pyeti për Islamin dhe kësisoj Profeti ﷺ u përgjigj me këto shtylla që përfshijnë pranimin e dy dëshmive, faljen e pesë namazeve ditore në vazhdimësi, dhënien e zekatit atyre që e meritojnë, agjërimin e muajit Ramazan dhe kryerjen e haxhillëkut për atë që ka mundësi.
 Pyetësi tha: "Ashtu është." Kështu, sahabët u befasuan nga pyetja e Xhibrilit (alejhi selam), që tregonte në pamje të jashtme se ai nuk e dinte atë, e pastaj ai e miratoi vetë përgjigjen e Profetit.
 Xhibrili (alejhi selam) pastaj e pyeti për besimin dhe ai iu përgjigj me këto gjashtë shtylla, të cilat përfshinin besimin rreth ekzistimit të Allahut të Lartësuar dhe cilësive të Tij, si dhe veçimin e Tij me veprat e Veta, bie fjala, krijimi, si dhe veçimin e Tij me adhurim. Githashtu besimin se melekët, që krijoi Allahu, janë robër të nderuar që nuk e kundërshtojnë Allahun e Lartësuar dhe me urdhrin e Tij ata punojnë. Besimin në librat që u janë shpallur të dërguarve nga Allahu i Lartësuar, si: Kurani, Tevrati, Inxhili e të tjerë. Besimin në të Dërguarit, të cilët e kumtojnë nga Allahu fenë e Tij. Prej tyre janë: Nuhu, Ibrahimi, Musai, Isai dhe i fundit prej tyre është Muhamedi ﷺ dhe profetët e të dërguarit e tjerë. Besimin në Ditën e Fundit dhe gjërat që vijnë pas vdekjes, si: varri e jeta në varreza dhe se njeriu do të ringjallet pas vdekjes dhe do të merret në llogari, si dhe fundi i tij do të jetë ose në Xhenet, ose në Zjarr. Besimin se Allahu i paracaktoi gjërat sipas dijes së Tij si dhe ndodhën sipas urtësisë, shkrimit e vullnetit të Tij. Ato ndodhën mu ashtu siç i përcaktoi dhe i krijoi Allahu. Pastaj e pyeti për ihsanin (përsosurinë e adhurimit), kështu që i tregoi se ihsani është: "Ta adhurosh Allahun sikurse të jesh duke e parë Atë." Nëse nuk mund ta realizojë të arrijë deri te kjo pozitë, atëherë: "Ta adhurojë Allahu e Lartësuar sikur ta shohë Allahu atë." Shkalla e parë është: adhurimi i Allahut sikur je duke e parë, kjo është shkalla më e lartë, ndërsa e dyta është shkalla e vëzhgimit (ndjenjës se Allahu të vëzhgon).
 Më pas e pyeti për Kiametin se kur do të ndodhë e Profeti ﷺ sqaroi se dijen rreth Kiametit e ka mbajtur Allahu të fshehtë në dijen e Tij, kështu që askush përveç Tij nuk e di, rrjedhimisht as i pyeturi e as pyetësi.
 Më pas e pyeti për shenjat e Kiametit e pastaj sqaroi se ndër shenjat e Kiametit është se do të shtohen robëreshat dhe fëmijët e tyre, ose do të shtohet mosrespektimi i nënave nga ana e fëmijëve duke i trajtuar si robëresha. Gjithashtu, barinjve të deleve dhe të varfërve do t'u hapet kjo botë në fundin e botës, kështu që do të mburren ndaj njëri-tjetrit rreth zbukurimit dhe ndërtimit të ndërtesave (të larta).
@@ -3860,207 +4187,497 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Karakteri i mirë i Profetit ﷺ, i cili ulej me shokët e tij e ata uleshin me të.
 Butësia ndaj pyetësit dhe afrimi i tij është e ligjshme, në mënyrë që ai ta bëjë pyetjen pa kufizim dhe pa frikë.
 Mirësjellja me mësuesin, ashtu siç bëri Xhibrili (alejhi selem) kur u ul para Profetit ﷺ, me një ulje të një njeriu të sjellshëm, që të marrë prej tij dije.
 Shtyllat e Islamit janë pesë, kurse bazat e besimit janë gjashtë.
 Kur Islami dhe besimi bashkohen, Islami shpjegohet me çështje të dukshme (të gjymtyrëve), kurse besimi me çështje të brendshme (të zemrës).
 Sqarimi se feja ka shkallë të ndryshme. Shkalla e parë: islami, e dyta: imani (besimi), dhe e treta: ihsani (përsosuria e adhurimit), e cila është më e larta.
 Pyetësi, në esencë, nuk ka njohuri rreth pyetjes dhe mosdija është shtytësi për ta parashtruar pyetjen, prandaj sahabët u çuditën se si (vetë) bënte pyetje dhe (vetë) e vërtetonte (përgjigjen).
 Flllimi me gjërat më të rëndësishme, sepse në shpjegimin e Islamit u fillua me dy dëshmitë (shehadetin) dhe në shpjegimin e besimit u fillua me besimin në Allahun e Lartësuar.
 Shtrimi i pyetjes dijetarëve nga ai që e di përgjigjen, me qëllim që t'i mësojë të tjerët.
 Dija se kur do të ndodhë Kiameti është dije që Allahu e ka ruajtur për Vete.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4563</t>
   </si>
   <si>
-    <t>صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً</t>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
+  </si>
+  <si>
+    <t>Lëre atë që të ngjall dyshim dhe kapu pas asaj që nuk të ngjall dyshim, sepse e vërteta sjell qetësi, ndërsa gënjeshtra sjell pasiguri</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
+  </si>
+  <si>
+    <t>Ebu Havra Sadiu transmeton se e ka pyetur Hasanin, djalin e Aliut (Allahu qoftë i kënaqur me ta!): "Çfarë ke mbajtur mend nga i Dërguari i Allahut ﷺ?" Ai tha: "Kam mbajtur mend nga i Dërguari i Allahut ﷺ: "Lëre atë që të ngjall dyshim dhe kapu pas asaj që nuk të ngjall dyshim, sepse e vërteta sjell qetësi, ndërsa gënjeshtra sjell pasiguri."</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka urdhëruar që të lihen fjalët dhe veprat për të cilat njeriu është në dyshim; a janë të ndaluara apo të lejuara; a janë haram apo hallall, dhe të kapesh pas asaj për të cilën nuk ke asnjë dyshim dhe je i sigurt se është e mirë dhe lejuar, sepse zemra gjen qetësi dhe prehje në atë që është e sigurt, ndërsa ajo që përmban dyshim e pasguri, e shqetëson dhe trazon zemrën.</t>
+  </si>
+  <si>
+    <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
+النهي عن الوقوع في الشبهات.
+إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
+رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
+  </si>
+  <si>
+    <t>Muslimani duhet t'i ndërtojë çështjet e tij mbi bindjen e plotë, të shmangë atë që është e dyshimtë, dhe të jetë i vetëdijshëm në fenë e tij.
+Ndalesa e përfshirjes në gjërat e dyshimta.
+Nëse dëshiron qetësi dhe rehati, lëre mënjanë atë që të shkakton dyshim.
+Këtu del në pah mëshira e Allahut ndaj robërve të Tij, meqë i urdhëroi për gjëra që sjellin qetësi për shpirtin dhe mendjen dhe i ndaloi nga gjërat që sjellin shqetësim dhe mëdyshje.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4564</t>
+  </si>
+  <si>
+    <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>“Namazi i personit me xhemat, është njëzet e ca shkallë më i vlefshëm se namazi që ai fal në shtëpinë e tij apo në treg</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Namazi i personit me xhemat, është njëzet e ca shkallë më i vlefshëm se namazi që ai fal në shtëpinë e tij apo në treg. Arsyeja e kësaj është se kur dikush merr abdes në mënyrën më të mirë, pastaj shkon në xhami, duke mos i interesuar asgjë tjetër përveçse falja e namazit me xhemat, për çdo hap që hedh, i shtohet një gradë dhe i shlyhet një gjynah, derisa të hyjë në xhami. E kur të hyjë në xhami, fiton sevape njësoj sikur është duke falur namaz për aq kohë sa pret për të falur namazin. Derisa nuk largoheni prej vendit që falni namaz, nuk dëmtoni njeri dhe nuk e prishni abdesin, melekët luten duke thënë: «O Zot, mëshiroje! O Zot, fale! O Zot, pranoja pendimin!»”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) na njofton se kur muslimani falet me xhemat, namazi i tij është njëzet e ca herë më i mirë se namazi që ai fal në shtëpinë e tij apo në tregun e tij. Mandej ai (paqja qoftë mbi të!) përmendi dhe arsyen e kësaj, e cila është se kur njeriu merr abdes duke e plotësuar mirë atë dhe më pas niset për në xhami vetëm me qëllimin e faljes së namazit, saherë që të hedhë një hap i lartësohet një gradë dhe i fshihet një gabim. Dhe kur hyn në xhami dhe ulet për të pritur namazin, ai merr shpërblimin e namazit për sa kohë që e pret namazin. Ndërkohë melaiket luten për të, derisa të jetë në vendin e tij ku është falur. Ato thonë: "O Allah, fale atë! O Allah, mëshiroje atë! O Allah, pranoja pendimin!" Melaiket vazhdojnë të luten për të, derisa ai nuk e prish abdesin dhe nuk i lëndon njerëzit apo melaiket.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>Namazi i individit në shtëpinë e tij apo në treg është i saktë, mirëpo ai bën gjynah nëse e lë namazin me xhemat pa arsye.
 Namazi me xhemat në xhami është njëzet e pesë ose njëzet e gjashtë ose njëzet e shtatë herë më i mirë se namazi i individit vetmas.
 Një prej detyrave të melaikeve është dhe lutja për besimtarët.
 Vlera e vajtjes në xhami me abdes.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4566</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>كل سلامى من الناس عليه صدقة</t>
+  </si>
+  <si>
+    <t>“Për çdo ditë që lind Dielli, njeriu duhet të japë sadaka (lëmoshë) për secilën nyjë të trupit</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Për çdo ditë që lind Dielli, njeriu duhet të japë sadaka (lëmoshë) për secilën nyjë të trupit. Të gjykosh me drejtësi mes dy personave është sadaka. Të ndihmosh dikë të hipë në kafshë ose t'i ngjisë plaçkat dhe sendet është sadaka. Fjala e mirë është sadaka. Çdo hap që njeriu e hedh për të shkuar në namaz është sadaka. Largimi i një pengese nga rruga është sadaka.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
+وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
+عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
+وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
+والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
+وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
+وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka sqaruar se çdo musliman i rritur dhe i përgjegjshëm duhet të japë sadaka për hir të Allahut të Lartësuar çdo ditë, për aq nyje sa gjenden në kockat e tij, si akt falënderimi ndaj Allahut për mirëqenien që gëzon. Allahu i bëri kockat e njeriut me nyja që ai të jetë në gjendje t'i hapë dhe t'i mbyllë. Dhe kjo sadaka arrihet nëpërmjet të gjitha veprave të mira dhe nuk kufizohet vetëm me dhënien e pasurisë. Disa nga këto vepra të mira janë: Nëse gjykon me drejtësi midis dy personave që janë në konflikt me njëri tjetrin është sadaka. Nëse e ndihmon të paaftin të hipë mbi kafshë (mjet transportues) ose t'ia ngjisësh plaçkat dhe sendet lart, është sadaka. Fjala e mirë, qoftë dhikër (përmendje e Allahut), qoftë lutje, përshëndetje etj, është sadaka. Çdo hap që e bën për të shkuar në namaz është sadaka. Largimi i një pengese nga rruga, prej së cilës dëmtohen të tjerët, është sadaka.</t>
+  </si>
+  <si>
+    <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
+الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
+الترغيب في المداومة على النوافل والصدقات كل يوم.
+فضل الإصلاح بين الناس.
+الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
+الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
+وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
+  </si>
+  <si>
+    <t>Struktura e kockave të njeriut dhe ndërtimi i tyre në një mënyrë të sigurtë, është një nga begatitë më të mëdha të Allahut të Lartësuar ndaj njeriut, kështu që për çdo kockë duhet të jepet sadaka në mënyrë të veçantë, që falënderimi për këtë mirësi të jetë i plotë.
+Inkurajimi për të ripërtërirë falënderimin çdo ditë që këto begati të jenë të vazhdueshme.
+Inkurajimi që veprat vullnetare dhe dhënia e sadakasë të bëhen çdo ditë.
+Vlera e pajtimit mes njerëzve.
+Inkurajimi që njeriu ta ndihmojë vëllanë e tij, sepse ky akt kondiserohet për të sadaka.
+Inkurajimi për të marrë pjesë në namazet me xhemat, për të shkuar në xhami në këmbë dhe gjallërimi i xhamive.
+Është detyrë që të respektohen rrugët e muslimanëve duke mënjanuar gjërat që i sheqëtësojnë apo dëmtojnë ata.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4568</t>
+  </si>
+  <si>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
+  </si>
+  <si>
+    <t>“Jeto në dynja sikurse të jesh i huaj a kalimtar.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Umeri (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut ﷺ më kapi për supi dhe më tha: “Jeto në dynja sikurse të jesh i huaj a kalimtar.” Ndërkaq, Ibën Umeri thoshte: “Kur të ngrysesh, mos e prit mëngjesin dhe kur të gdhihesh, mos e prit mbrëmjen. Shfrytëzoje shëndetin para se të sëmuresh dhe shfrytëzoje jetën para se të të vijë vdekja.”</t>
+  </si>
+  <si>
+    <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
+فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
+فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
+  </si>
+  <si>
+    <t>Ibën Umeri (Allahu qoftë i kënaqur me të!) ka treguar se Profeti ﷺ e kapi për supi - zona ku bashkohen krahu dhe shpatulla - dhe i tha: "Jeto në këtë botë sikur të ishe një i huaj, që ka mbërritur në një vend ku nuk ka as shtëpi ku të strehohet, as njerëz që t’i bëjnë shoqëri. I shkëputur nga familja, fëmijët dhe lidhjet që e shpërqendrojnë nga Krijuesi. Përkundrazi, ji edhe më i shkëputur se i huaji; sikurse kalimtari që është duke kaluar rrugën në kërkim të atdheut të tij. I huaji mund të vendoset dhe të qëndrojë në një vend të huaj, ndryshe nga kalimtari që synon të arrijë në vendin e tij. Kështu, kalimtari nuk e ngarkon veten, nuk ndalon dhe është i përqendruar të mbërrijë në vendin e tij. Andaj ashtu si udhëtari që nuk ka nevojë për më shumë sesa ato gjëra që e ndihmojnë të arrijë në destinacionin e udhëtimit të tij, po ashtu besimtari nuk ka nevojë në këtë dynja për më shumë sesa ato gjëra që e çojnë drejt destinacionit të tij të vërtetë (në botën tjetër, në Xhenet).
+Ibën Umeri e zbatoi këtë këshillë dhe thoshte: "Kur të ngrysesh, mos e prit mëngjesin dhe kur të gdhihesh, mos e prit mbrëmjen. Llogarite veten mes banorëve të varreve, sepse jeta është e atillë që nuk shpëton nga shëndeti dhe sëmundja. Andaj, shfrytëzo ditët e shëndetit tënd për t'iu përkushtuar adhurimit para se të të zërë sëmundja. Shfrytëzoje rastin të bësh veprat të mira gjatë shëndetit, para se sëmundja të të pengojë t'i kryesh ato. Shfrytëzoje jetën tënde në këtë dynja dhe grumbullo sa të jesh në të, ato gjëra që do të të sjellin dobi pas vdekjes.</t>
+  </si>
+  <si>
+    <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
+الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
+حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
+اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
+ بيان قِصَر الأمل، والاستعداد للموت.
+ الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
+المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
+فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
+وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
+  </si>
+  <si>
+    <t>Bën që mësuesi ta vendosë dorën e tij mbi supin e nxënësit gjatë mësimdhënies, për të krijuar afrimitet dhe për të tërhequr vëmendjen.
+Bën të këshillosh dhe të orientosh dikë që nuk e ka kërkuar këtë gjë.
+Mësimdhënia e përsosur e Profetit ﷺ me dhënien e shembujve bindës, siç ka thënë: "Jeto në dynja sikurse të jesh i huaj, apo kalimtar rruge."
+Njerëzit dallojnë sa i përket shtegtimit drejt botës tjetër: kalimtari ka një gradë më të lartë në asketizëm (zuhd) sesa i huaji.
+Sqarim për shkurtimin e shpresës dhe përgatitjen për vdekjen.
+Hadithi nuk dëshmon për braktisjen e kërkimit të rriskut dhe ndalimin e kënaqësive të kësaj bote, por nxit për asketizëm ndaj saj dhe për t'u kënaqur me gjëra të pakta.
+Nxitimi drejt veprave të mira para se të mos jesh më në gjendje t’i kryesh ato, sepse sëmundja ose vdekja mund të të pengojnë.
+Vlera e Abdullah ibën Umerit (Allahu qoftë i kënaqur me të!), meqë u ndikua thellësisht nga kjo këshillë e të Dërguarit të Allahut ﷺ.
+Atdheu i besimtarëve është Xheneti, ndaj besimtari është i huaj në këtë botë dhe udhëtar drejt shtëpisë së botës tjetër. Ai nuk e lidh zemrën e tij me asgjë nga vendi i mërgimit, por zemra e tij është e lidhur me atdheun e tij, ku do të kthehet. Qëndrimi i tij në këtë botë është vetëm për të përmbushur nevojat dhe përgatitjet e tij për t'u kthyer në atdheun e tij të vërtetë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4704</t>
+  </si>
+  <si>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>“Mos kini zili ndaj njëri-tjetrit, mos e mashtroni njëri-tjetrin, mos e urreni njëri-tjetrin, mos ia ktheni shpinën njëri-tjetrit, mos ndërhyni në shitblerjen e njëri-tjetrit. Bëhuni robër të Allahut, vëllezër të vërtetë</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Mos kini zili ndaj njëri-tjetrit, mos e mashtroni njëri-tjetrin, mos e urreni njëri-tjetrin, mos ia ktheni shpinën njëri-tjetrit, mos ndërhyni në shitblerjen e njëri-tjetrit. Bëhuni robër të Allahut, vëllezër të vërtetë. Muslimani është vëlla i muslimanit: nuk i bën padrejtësi, nuk e tradhton, nuk e gënjen e as nuk e poshtëron. Devotshmëria është këtu.” - duke bërë me shenjë në gjoksin e tij tri herë. “I mjafton si e keqe njeriut ta përulë vëllanë e vet musliman. Kundrejt muslimanit, muslimani në tërësi është i paprekshëm: gjaku, pasuria dhe nderi i tij.”</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e ka porositur muslimanin që të sillet mirë me vëllain e tij musliman dhe i ka sqaruar disa prej detyrimeve dhe mirësjelljeve që i takojnë ndaj tij; disa prej të cilave janë: Porosia e parë: Mos kini zili ndaj njëri-tjetrit! Pra, të mos dëshirojë ndonjëri prej jush zhdukjen e mirësisë së tjetrit. Porosia e dytë: Mos e mashtroni njëri-tjetrin! Duke e ngritur çmimin e mallit pa pasur për qëllim ta blini atë; por vetëm për t’i sjellë dobi shitësit ose për t’i bërë dëm blerësit. Porosia e tretë: Mos u urreni njëri-tjetrin! Pra, mos ia dëshironi të keqen tjetrit, e kjo është e kundërta e dashurisë; përveçse kur urrejtja është për hir të Allahut të Lartësuar, atëherë ajo është obligim. Porosia e katërt: Mos ia ktheni shpinën njëri-tjetrit! Duke e shmanguar vëllain e tij, duke e injoruar dhe duke e braktisur. Porosia e pestë: Mos ndërhyni në shitblerjen e tjetrit! T’i thotë dikush blerësit të një malli: unë kam si malli i tij, por me çmim më të lirë; ose kam mall më të mirë se i atij me të njëjtin çmim. Pastaj, i Dërguari i Allahut ﷺ dha një porosi gjithëpërfshirëse dhe tha: "Bëhuni vëllezër, duke lënë mënjanë gjërat e ndaluara që u përmendën, dhe duke treguar dashuri, butësi, mëshirë, mirësjellje e ndihmë në të mira, së bashku me pastërtinë e zemrave dhe këshillën e sinqertë në çdo gjendje. Disa nga gjërat që rezultojnë nga kjo dashuri, janë: Të mos i bëjë padrejtësi dhe të mos e sulmojë vëllain e tij musliman. Të mos e lërë vëllain e tij musliman t'i bëhet padrejtësi, duke e braktisur në një rast kur ai është në gjendje ta ndihmojë dhe t’ia largojë padrejtësinë. Të mos e përbuzë, të mos ndihet më i lartë se ai dhe të mos e shikojë me sy përçmimi dhe përbuzjeje; sepse kjo buron nga mendjemadhësia që është në zemër. Pastaj Profeti ﷺ e bëri të qartë tri herë se devotshmëria (frika ndaj Allahut) është në zemër. Kush ka në zemrën e tij devotshmëri, që përfshin sjelljen e mirë, frikën ndaj Allahut dhe ndjenjën se Ai të vëzhgon, nuk e përbuz asnjë musliman. Atij i mjafton si veti e keqe dhe ves përbuzja e vëllait të tij musliman; e kjo është për shkak të mendjemadhësisë që ka në zemrën e tij. Pastaj Profeti ﷺ e theksoi atë që u përmend më herët, duke thënë se çdo musliman ndaj muslimanit tjetër e ka të paprekshëm: gjakun e tij; që të mos i bëhet padrejtësi me vrasje apo me diçka më të vogël se ajo, si plagosje, rrahje e të ngjashme; pasurinë e tij; që të mos i merret pa të drejtë; dhe nderin e tij; që të mos fyhet në veten e tij ose në prejardhjen e tij.</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>Urdhërimi për gjithçka që kërkon vëllazëria e besimit dhe ndalimi nga çdo gjë që e kundërshton atë, qoftë fjalë apo vepër.
+Thelbi i devotshmërisë është ajo që gjendet në zemër, si: njohja e Allahut, frika prej Tij dhe ndjenja se Ai të vëzhgon; e kjo devotshmëri sjell si rezultat veprat e mira.
+Devijimi i dukshëm tregon për dobësinë e devotshmërisë së zemrës.
+Ndalohet dëmtimi i muslimanit në çfarëdo forme, qoftë me fjalë apo me vepra.
+Nuk llogaritet si zili, që muslimani të dëshirojë të jetë si tjetri, pa e dëshiruar zhdukjen e mirësisë prej tij; kjo quhet gibta në arabisht, që nënkupton lakminë e mirë, kjo është e lejuar, sepse ndihmon në garimin drejt të mirave.
+Njeriu, nga natyra e tij, e urren që dikush t'ia kalojë në virtytet e mira; e nëse ai dëshiron zhdukjen e saj prej tjetrit, kjo është zilia e qortuar, ndërsa nëse dëshiron të garojë me të, kjo është gibta (lakmia e mirë) e lejuar.
+Nuk konsiderohet ndërhyrje në shitblerjen e vëllait musliman, kur i shpjegohet blerësit se ai është mashtruar rëndë në blerjen e tij; kjo është prej gjërave që burojnë nga këshilla e sinqertë, me kusht që nijeti i tij të jetë këshillimi i vëllait blerës, e jo dëmtimi i shitësit, sepse veprat shpërblehen sipas nijetit.
+Nuk konsiderohet ndërhyrje në shitblerjen e vëllait musliman, nëse dy palët nuk kanë arritur marrëveshje dhe çmimi nuk është vendosur.
+Nuk është nga format e urrejtjes së ndaluar në hadith urrejtja për hir të Allahut, sepse ajo është obligim dhe një nga lidhjet më të forta të besimit.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4706</t>
+  </si>
+  <si>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>Mos u zemëro!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) përcjell se një njeri i tha Profetit ﷺ: "Më këshillo!" Profeti i tha: "Mos u zemëro!" Ky rikërkonte disa herë, porse Profeti gjithnjë i thoshte: "Mos u zemëro!"</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Një nga sahabët (Allahu qoftë i kënaqur me ta!) i kërkoi Profetit ﷺ ta urdhërojë atë të bëjë diçka që do t'i bënte dobi, kështu që ai e urdhëroi që të mos zemërohej. Kjo do të thotë se ai duhet t'i shmangë arsyet që e çojnë drejt zemërimit dhe ta kontrollojë veten nëse i ndodh zemërimi, në mënyrë që të mos zgjatet zemërimi i tij e kjo të çojë drejt vrasjes, rrahjes, sharjes e të ngjashme.
 Ky njeri e rikërkoi porosinë disa herë, por Profeti ﷺ nuk shtoi në porosi më shumë se: "Mos u zemëro!"</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Paralajmërimi ndaj zemërimit, sepse ai është tubuesi i të gjitha të këqijave dhe largimi nga ai është tubuesi i çdo të mire.
 Zemërimi për Allahun është kur zemërohemi kur nëpërkëmben ndalesat e Tij, e ky është zemërim i lavdëruar.
 Bën të përsëritet fjala kur është e nevojshme, derisa dëgjuesi të jetë i vetëdijshëm për të dhe ta kuptojë rëndësinë e saj.
 Vlera e kërkimit të këshillës nga dijetari.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>S'ka dëm e as dëmtim. Atë që e dëmton (ndonjë besimtar), Allahu do ta dëmtojë, ndërsa atij që ia vështirëson (ndonjë besimtari), Allahu do t'ia vështirësojë</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Ebu Seid el Hudriu (Allahu qoftë i kënaqur me të!) përcjell se i Dërguari i Allahut ﷺ ka thënë: "S'ka dëm e as dëmtim. Atë që e dëmton (ndonjë besimtar), Allahu do ta dëmtojë, ndërsa atij që ia vështirëson (ndonjë besimtari), Allahu do t'ia vështirësojë."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Profeti ﷺ ka thënë se dëmi me të gjitha llojet dhe manifestimet e tij duhet të pengohet nga vetja dhe nga të tjerët, kështu që është njësoj e nuk i lejohet askujt që të dëmtojë as vetveten e as të tjerët.
 Atij nuk i lejohet që ta kthejë dëmin me dëm, sepse dëmi nuk zhbëhet me dëm, veçse gjatë implementimit të ligjit të barazisë në ndëshkim (ar. kisas), duke mos bërë shkelje në këtë rast.
 Pastaj Profeti ﷺ e sqaroi kërcënimin për atë që i dëmton të tjerët, se do ta zërë dëmi dhe atë që ua vështirëson njezëzve, do ta zërë vështirësia.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Ndalimi i ndëshkimit me më shumë sesa që ka bërë dëm.
 Allahu nuk i urdhëroi robërit e Tij diçka që u bën dëm.
 Dëmtimi është i ndaluar, qoftë me fjalë e vepër, qoftë me lënie.
 Ndëshkimi është sipas llojit të veprës: "Atë që e dëmton (ndonjë besimtar), Allahu do ta dëmtojë, ndërsa atij që ia vështirëson (ndonjë besimtari), Allahu do t'ia vështirësojë."
 Prej rregullave të ligjit islam është: "Dëmi duhet mënjanuar." Pra, ligji islam nuk e aprovon dëmin, përkundrazi e refuzon dëmtimin.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Ky hadith është sahih përmes transmetimeve të tjera përforcuese]</t>
   </si>
   <si>
     <t>[E shënon Darakutniu]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
+  </si>
+  <si>
+    <t>Le të jetë gjuha jote gjithnjë e njomë nga përmendja e Allahut të Madhërishëm</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibën Busri (Allahu qoftë i kënaqu me të!) tregon: “Një njeri vajti te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut, ligjet e Islamit janë bërë shumë, ndaj më trego ndonjë çështje përmbledhëse, që të kapem pas saj!" Ai tha: "Le të jetë gjuha jote gjithnjë e njomë nga përmendja e Allahut të Madhërishëm."</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>Një njeri iu ankua Profetit ﷺ se adhurimet vullnetare ishin shtuar aq shumë, saqë ai nuk mund t'i përballonte për shkak të dobësisë së tij. Pastaj e pyeti Profetin ﷺ që t’i tregonte një vepër të lehtë, e cila sjell shpërblim të madh dhe tek e cila ai mund të kapet fort.
+Atëherë Profeti ﷺ e udhëzoi që gjuha e tij të jetë e freskët dhe në lëvizje të vazhdueshme në përkujtimin e Allahut të Lartësuar në çdo kohë dhe gjendje, qoftë me tesbih (duke thënë: subhanallah), tahmid (duke thënë: elhamdulilah), istigfar (duke thënë: estagfirullah), si dhe lutje dhe gjëra të tjera të ngjashme.</t>
+  </si>
+  <si>
+    <t>فضل المداومة على ذكر الله تعالى.
+من عظيم فضل الله تيسير أسباب الأجر.
+تفاضل العباد في نصيبهم من أبواب البر والخير.
+كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
+مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
+  </si>
+  <si>
+    <t>Vlera vazhdimësisë së përmendjes së Allahut të Lartësuar.
+Nga mirësia e madhe e Allahut është lehtësimi i shkaqeve për të fituar shpërblim.
+Njerëzit dallohen mes tyre në varësi të pjesës që kanë në çështjet e mirësisë dhe bamirësisë.
+Përmendja e shpeshtë e Allahut me gjuhë, si p.sh. me tesbih (duke thënë: subhanallah), tahmid (duke thënë: elhamdulilah), tehlil (duke thënë: la ilaha il-lallah), tekbir (duke thënë: Allahu ekber) etj, kur zemra është në harmoni me këtë, zë vendin e shumë adhurimeve vullnetare.
+Kujdesi i Profetit ﷺ ndaj pyetësve, duke u përgjigjur secilit në mënyrë që i përshtatet më së miri.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4716</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>“Nuk ka besuar asnjëri prej jush, derisa të dojë për vëllanë e vet atë që e do për veten e tij.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
+  </si>
+  <si>
+    <t>Enesi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Nuk ka besuar asnjëri prej jush, derisa të dojë për vëllanë e vet atë që e do për veten e tij.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka sqaruar se besimi i plotë nuk mund të realizohet tek asnjë musliman derisa të dojë për vëllanë e tij atë që do për vete, si: kryerja e adhurimeve dhe llojet e ndryshme të mirësive të kësaj bote dhe të botës tjetër. Si dhe të mos dëshirojë për të ato gjëra që nuk i dëshiron për veten e tij. Nëse sheh mangësi te fetaria e vëllait të tij musliman, duhet të përpiqet ta përmirësojë, e, nëse sheh shenja të mira tek ai, duhet ta orientojë, ta ndihmojë dhe ta këshillojë në çështjet e fesë dhe të jetës.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>Ky hadith dëshmon se është obligim që njeriu të dojë për vëllanë e tij atë që do për vete, sepse mohimi i imanit (besimit) të atij që nuk do për vëllanë e tij atë që do për veten tregon se kjo gjë është obligim.
+Vëllazëria për hir të Allahut është mbi vëllazërinë e prejardhjes, prandaj e drejta e saj është më e detyrueshme.
+Ndalimi i të gjitha fjalëve dhe veprimeve që kundërshtojnë këtë dashuri, si: mashtrimi, përgojimi, zilia dhe padrejtësia ndaj  muslimanit në jetën, pasurinë dhe nderin e tij.
+Në këtë hadith janë përdorur disa fjalë inkurajuese që e nxisin besimtarin të kryej veprën për të cilën po urdhërohet, si fjala në hadith: "për vëllanë e vet."
+Kirmani (Allahu e pastë mëshiruar!) ka thënë: "Pjesë e besimit është edhe të urrejë për vëllanë e tij të keqen që e urren për veten e vet. Ndonëse nuk është përmendur në hadith, por ajo përfshihet automatikisht sepse të duash për dikë diçka detyrimisht kërkon të urresh për të të kundërtën e saj. Pra, arsyeja e mospërmendjes së urrjetjes së të keqes në hadith vjen nga fakti se ajo është e nënkuptuar.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4717</t>
+  </si>
+  <si>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Sikur të mbështeteshit tek Allahu denjësisht, do t'ju furnizonte siç i furnizon zogjtë: gdhihen barkzbrazur, por kthehen barkplotë</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Omer ibn Hatabi (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjjuar Profetin e Allahut ﷺ të thotë: "Sikur të mbështeteshit tek Allahu denjësisht, do t'ju furnizonte siç i furnizon zogjtë: gdhihen barkzbrazur, por kthehen barkplotë."</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Profeti ﷺ na inkurajon që të mbështetemi tek Allahu i Lartmadhëruar për sjelljen e gjërave të dobishme dhe për të larguar gjërat e dëmshme, në çështjet e kësaj bote dhe në ato të fesë. Kjo, se nuk jep, as privon, as sjell dëm e as dobi askush përveç Allahut të Lartësuar. Gjithashtu na nxit  t'i veprojmë shkaqet që i sjellin gjërat e dobishme dhe i largojnë gjërat e dëmshme, duke u mbështetur sinqerisht në Allahun. Kur e bëjmë këtë, Allahu na furnizon ashtu siç i furnizon zogjtë, të cilët dalin në mëngjes të uritur e pastaj kthehen në mbrëmje me barkun plot. Ky veprim i zogjve është një lloj shkaku për të bërë përpjekje për të kërkuar ushqim, e jo për të qenë pasivë e përtacë.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Vlera e mbështetjes (në Allahun) dhe se ajo është ndër faktorët më madhështorë për përfitimin e rizkut.
 Mbështetja (në Allahun) nuk bie në kundërshtim me marrjen e masave, sepse Profeti ﷺ njoftoi se mbështetja e vërtetë nuk kundërshtohet nëse dilet në mëngjes e në mbrëmje në kërkim të rizkut.
 Feja u kushtoi rëndësi veprave të zemrës, për faktin se mbështetja (në Allahun) është vepër e zemrës.
 Lidhja vetëm pas shkaqeve është mangësi në fe, ndërsa mosmarrja e shkaqeve është mangësi në mendje.</t>
   </si>
   <si>
-    <t>رواه الترمذي وابن ماجه وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4721</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Po t'u jepej njerëzve të drejtë në bazë të pretendimeve të tyre, do të kishte të atillë që do të pretendonin pasurinë dhe gjakun e të tjerëve, andaj pretenduesi ka për detyrë të sjellë dëshmi, kurse ai që mohon duhet të betohet</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Ibën Abasi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ  ka thënë: "Po t'u jepej njerëzve të drejtë në bazë të pretendimeve të tyre, do të kishte të atillë që do të pretendonin pasurinë dhe gjakun e të tjerëve, andaj pretenduesi ka për detyrë të sjellë dëshmi, kurse ai që mohon duhet të betohet."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka sqaruar në këtë hadith se, nëse njerëzve do t'u jepej thjesht në bazë të pretendimit të tyre, pa dëshmi e pa prova, do të kishte njerëz të atillë që do të pretendonin pasurinë dhe gjakun e të tjerëve, mirëpo pretenduesi ka për detyrë të sjellë dëshmi dhe prova për pretendimin që po bën, e, nëse ai nuk ka asnjë dëshmi, atëherë pretendimi i paraqitet të pandehurit, i cili, nëse e mohon, e ka për detyë të betohet dhe në këtë mënyrë ai (i pandehuri) fiton pafajësinë.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
+الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
+القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
+كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
+  </si>
+  <si>
+    <t>Ibën Dekik el-Idi ka thënë: "Ky hadith është një nga bazat e gjykimeve fetare dhe referenca më e madhe në rast të mosmarrëveshjeve dhe konflikteve."
+Feja ka ardhur për t'i mbrojtur pasuritë dhe gjaqet e njerëzve nga abuzimi.
+Gjyqtari (kadiu) nuk vendos në bazë të njohurive të tij, por u referohet dëshmive dhe provave.
+Çdo pretendim që nuk mbështetet në provë të qartë është i papranueshëm, pavarësisht nëse ka të bëjë me të drejtat dhe marrëdhëniet midis individëve apo me çështjet e besimit dhe të diturisë.</t>
+  </si>
+  <si>
+    <t>رواه البيهقي</t>
+  </si>
+  <si>
+    <t>[E shënon Bejhekiu]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4722</t>
   </si>
   <si>
     <t>مانهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Kur t'ju ndaloj diçka, largohuni prej saj, kurse atë që ju urdhëroj, bëjeni aq sa keni mundësi, ngase ata që ishin para jush janë shkatërruar për shkak të pyetjeve të shumta dhe kundërshtimit ndaj të dërguarve</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Kur t'ju ndaloj diçka, largohuni prej saj, kurse atë që ju urdhëroj, bëjeni aq sa keni mundësi, sepse ata që ishin para jush janë shkatërruar për shkak të pyetjeve të shumta dhe kundërshtimit ndaj të dërguarve."</t>
   </si>
   <si>
     <t>دلنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
 ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ na përudhi se nëse na ndalon të bëjmë diçka, duhet ta shmangim atë pa përjashtim, e, nëse na urdhëron të bëjmë diçka, atëherë duhet të bëjmë atë që kemi mundësi.
 Pastaj ai na paralajmëroi që të mos jemi si disa nga popujt e mëparshëm të cilët u bënin shumë pyetje profetëve të tyre pavarësisht se i kundërshtonin ata. Kështu që Allahu i ndëshkoi ata me lloje të shkatërrimit dhe asgjësimit, kështu që nuk duhet të jemi si ata, që mos të shkatërrohemi si ta.</t>
   </si>
   <si>
     <t>الأمر بامتثال الأوامر، واجتناب النواهي.
 النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
@@ -4068,647 +4685,694 @@
 المنهي عنه يشمل القليل والكثير، لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلاً: نهانا عن الرّبا فيشمل قليله وكثيره.
 ترك الأسباب المفضية إلى المحرم، لأن ذلك من معنى الاجتناب.
 الإنسان له استطاعة وقدرة، لقوله: "مَا استَطَعْتُمْ" فيكون فيه رد على الجبرية الذين يقولون: إن الإنسان لا استطاعة له، لأنه مجبر على عمله، حتى الإنسان إذا حرّك يده عند الكلام، فيقولون تحريك اليد ليس باستطاعته، بل مجبر، ولا ريب أن هذا قول باطل يترتب عليه مفاسد عظيمة.
 لا ينبغي للإنسان إذا سمع أمر الرسول -صلى الله عليه وسلم- أن يقول: هل هو واجب أم مستحبّ؟ لقوله: "فَأْتُوا مِنْهُ مَا استَطَعْتُمْ".
 ما أمر به النبي -صلى الله عليه وسلم- أو نهى عنه فإنه شريعة، سواء كان ذلك في القرآن أم لم يكن، فُيعمل بالسنة الزائدة على القرآن أمراً أو نهياً.
 كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل مسائل الغيب كأسماء الله وصفاته، وأحوال يوم القيامة، لاتكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.
 الأمم السابقة هلكوا بكثرة المسائل، وهلكوا بكثرة الاختلاف على أنبيائهم.</t>
   </si>
   <si>
     <t>Urdhri për t'i zbatuar urdhrat e për t'iu shmangur ndalesave.
 Ndalimi nuk e ka bërë të lejuar që të kryhet ndonjë vepër (haram), sikundërqë urdhri (për kryerjen e obligimeve) është i kufizuar sipas mundësisë, sepse largimi e braktisja (e haramit) është e mundur, ndërsa veprimi (i obligimit) ka nevojë për fuqi e aftësi për ta kryer atë.
 Ndalimi i pyetjeve të shumta. Dijetarët e kanë ndarë pyetjen në dy pjesë: 1. Pyetja që bëhet në aspektin e mësimit rreth gjërave që i nevojiten nga çështja e fesë. Ky lloj pyetjeje është i urdhëruar dhe të kësaj natyre qenë pyetjet e sahabëve. 2. Pyetja që bëhet në aspektin e kokëfortësisë dhe stërhollimit, njëkohësisht është ajo e ndaluar.
 Paralajmërimi i këtij umeti që të mos kundërshtohet Profeti, siç ndodhi në popujt e kaluar.
 Kjo ndalesë përfshin atë që është pak dhe shumë, sepse nuk mund të shmanget robi prej ndalesës ndryshe përveçse duke shmangur prej saj e pakta dhe e shumta. Ai na ndaloi zinanë, që përfshin të paktën dhe të shumtën e saj.
 Lënia e shkaqeve që çojnë në të ndaluarën, sepse ky është kuptimi i shmangies.
 Njeriu ka fuqi dhe aftësi - mundësi, për shkak të thënies së tij: “...aq sa keni mundësi.” Kjo është një kundërpërgjigje ndaj xhebrinjve (deterministët) që thonë: "Njeriu nuk ka aftësi - mundësi, sepse është i detyruar të veprojë, edhe nëse njeriu e lëviz dorën kur është duke folur, ata thonë se lëvizja e dorës nuk është me mundësinë e tij, përkundrazi është i detyruar." Nuk ka dyshim se ky është një mendim i kotë që sjell të këqija të mëdha.
 Njeriu, nëse e dëgjon urdhrin e të Dërguarit ﷺ, nuk duhet të thotë: "A është i detyrueshëm apo i rekomandueshëm?", bazuar në fjalën e tij: "...bëjeni aq sa keni mundësi."
 Ajo që Profeti ﷺ urdhëroi ose ndaloi është ligj, pavarësisht nëse është në Kuran apo jo. Andaj, ne veprojmë sipas Sunetit (traditës profetike) që ka ardhur me diçka shtesë që nuk është në Kuran, qoftë urdhër, qoftë ndalesë (sepse Suneti është shpallje hjynore po ashtu, bie fjala, në Sunet ka ardhur se ari është i ndaluar për meshkujt. Përkthyesi).
 Pyetjet e shumta janë shkaktarë për shkatërrim, veçanërisht në çështjet që nuk mund të arrihen, siç janë çështjet e së padukshmes, siç janë emrat dhe cilësitë e Allahut dhe gjendjet e Ditës së Kiametit. Andaj, mos bëj shumë pyetje rreth kësaj e të shkatërrohesh, duke qenë teprues e stërthellues.
 Popujt e kaluar u shkatërruan për shkak të pyetjeve të shumta dhe kundërshtimit të të dërguarve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4725</t>
   </si>
   <si>
-    <t>مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ</t>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>Atij që shpik në çështjen (fenë) tonë diçka që nuk është e saj, i refuzohet</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Atij që shpik në çështjen (fenë) tonë diçka që nuk është e saj, i refuzohet." (E shënojnë Buhariu dhe Muslimi) Në motërzimin e Muslimit qëndron: "Atij që bën ndonjë vepër që nuk është në përputhje me çështjen (fenë) tonë, i refuzohet."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se kushdo që shpik në fe ose bën diçka për të cilën nuk ka argument nga Kurani dhe Suneti, ajo do t'i refuzohet vepruesit të saj dhe do të jetë e papranueshme tek Allahu.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Adhurimet duhet të bazohen në atë që ndodhet në Kuran dhe në Sunet, kështu që e adhurojmë Allahun e Lartësuar vetëm sipas asaj që e ka ligjësuar, e jo me bidate dhe shpikje.
 Feja nuk bazohet në hamendësime dhe në gjërat që i shohim si të mira, por në ndjekje të të Dërguarit ﷺ.
 Ky hadith është argument se feja është e përsosur.
 Bidat është gjithçka që është futur në fe dhe nuk ka qenë e pranishme gjatë kohës së Profetit ﷺ dhe shokëve të tij, qoftë besim e fjalë, qoftë veprim.
 Ky hadith është një nga bazat e Islamit dhe është si peshore për veprimet. Ashtu si çdo veprim, me të cilin nuk synohet kënaqësia e Allahut, që nuk ka shpërblim për atë që e kryen atë, po ashtu çdo veprim që nuk është në përputhje me atë që e solli i Dërguari i Allahut ﷺ, i refuzohet atij që e vepron.
 Shpikje të ndaluara janë ato që ndërlidhen me çështjet e fesë, e jo të kësaj bote.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4792</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>“Atij që i largon besimtarit një brengë të kësaj bote, Allahu do t'i largojë një brengë të Ditës së Kiametit</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Atij që i largon besimtarit një brengë të kësaj bote, Allahu do t'i largojë një brengë të Ditës së Kiametit; atij që ia lehtëson borxhin skamnorit, Allahu do t'ia lehtësojë gjendjen në këtë botë dhe botën tjetër; atij që ia mbulon gabimet muslimanit, Allahu do t'ia mbulojë gabimet në këtë botë dhe botën tjetër. Allahu do ta ndihmojë robin e Vet, për aq kohë sa robi është duke ndihmuar vëllanë e vet. Kush ndjek një rrugë, nëpër të cilën merr dituri, Allahu do t'i lehtësojë një rrugë për në Xhenet. Sa herë që një grup njerëzish tubohen në ndonjë shtëpi të Allahut (xhami), e lexojnë dhe e mësojnë mes vete Librin e Tij, u zbret qetësia, i përfshin mëshira, melekët i mbulojnë me krahët e tyre dhe Allahu i përmend tek ata që janë pranë Tij. Atë që vepra e vet e lë mbrapa, prejardhja nuk e çon përpara.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka sqaruar se shpërblimi që një musliman merr nga Allahu është në përputhje me natyrën e veprave që ai bën për muslimanët e tjerë. Kushdo që ia lehtëson, zbut, largon apo ia heq një vështirësi apo brengë një besimtari në këtë botë, Allahu do ta shpërblejë, duke ia larguar një nga vështirësitë e Ditës së Kiametit. Kushdo që ia lehtëson apo ia largon një skamnori skamjen, Allahu do t’ia lehtësojë atij (punët) në këtë botë dhe në botën tjetër. Kushdo që ia mbulon (të metat) një muslimani, si p.sh. kur ka vënë re prej tij diçka që nuk është e hijshme të zbulohet, si: gabimet dhe rrëshqitjet, Allahu do t’ia mbulojë (të metat) atij në këtë botë dhe në botën tjetër. Allahu ndihmon robin e Vet për aq kohë sa robi ndihmon vëllanë e tij në çështjet fetare apo jetësore. Kjo ndihmë mund të jetë përmes lutjes, veprimit fizik, pasurisë etj. Kushdo që ecën në kërkim të dijes fetare, duke e bërë këtë për hir të Allahut të Lartësuar, Allahu do t’ia lehtësojë rrugën për në Xhenet. Nuk mblidhet një grup njerëzish në një prej shtëpive të Allahut, duke lexuar Librin e Allahut, dhe duke e studiuar mes vete, përveçse zbret mbi ta qetësia dhe madhështia, i përfshin mëshira e Allahut, i rrethojnë melekët dhe Allahu i përmend ata në mesin e atyre që janë pranë Tij. Mjafton si nder që Allahu ta përmendë robin (e Tij) në kuvendin më lartë. Ai që ka vepra të mangëta nuk do të ngrihet në shkallën e atyre që kanë vepra të shumta. Prandaj, njeriu nuk duhet të mbështetet në prejardhjen e tij fisnike apo në meritat e të parëve të tij, duke lënë pas dore veprat e mira.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>Ibën Dekik el-Idi ka thënë: “Ky është një hadith madhështor, që përmbledh lloje të ndryshme dijesh, rregullash dhe norma të etikës. Ai thekson vlerën e përmbushjes së nevojave të muslimanëve dhe të sjelljes së dobishme në çfarëdo mënyre që është e mundur, qoftë përmes dijes, pasurisë, ndihmës, këshillës së dobishme, udhëzimit apo mënyrave të tjera.”
+Inkurajimi për ta lehtësuar gjendjen e atij që është në vështirësi (e ka borxhe).
+Një musliman inkurajohet të ndihmojë muslimanët e tjerë, sepse Allahu i Lartësuar e ndihmon atë që e ndihmon vëllain e tij në varësi të ndihmës që jep.
+Ndër mënyrat e mbulimit të të metave të një muslimani është: të mos hulumtohen mangësitë e tij. Është transmetuar nga njëri prej të parëve të mirë (selefëve) që ka thënë: “Kam takuar njerëz që nuk kishin të meta, por flisnin për të metat e të tjerëve, prandaj njerëzit filluan të përmendin të metat e tyre. Dhe kam takuar njerëz që kishin të meta, por ruheshin nga përmendja e të metave të të tjerëve, prandaj të metat e tyre u harruan.”
+Nuk është prej kushteve të mbulimit të të metave të të tjerëve që të lihet ndalimi i së keqes dhe të mos ndërhyhet për ta ndryshuar atë. Përkundrazi, e keqja duhet të ndalohet dhe njëkohësisht të mbulohet, dhe kjo vlen për ata që nuk janë të njohur për shthurje apo këmbëngulje në mëkate. Sa i përket atij që është i njohur për një sjellje të tillë, nuk është e pëlqyer të mbulohen të metat e tij; përkundrazi, çështja e tij duhet t’u referohet autoriteteve përkatëse, përderisa kjo nuk çon në një dëm më të madh. Kjo sepse mbulimi i të metave të tij e inkurajon atë në shthurje dhe e trimëron për të dëmtuar të tjerët, si dhe trimëron të tjerët që janë të këqij e kokëfortë.
+Inkurajimi për kërkimin e dijes, leximin dhe studimin e Kuranit.
+Neveviu ka thënë: "Në këtë hadith ka argument për vlerën e tubimit për leximin e Kuranit në xhami. Kjo vlerë fitohet-në dashtë Allahu-edhe në tubime të tjera të ngjashme me tubimet e xhamisë, si; tubimet në një shkollë, garnizon ushtarak, apo vende të tjera të ngjashme."
+Allahu e ka lidhur shpërblimin me veprat, e jo me prejardhjen.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4801</t>
+  </si>
+  <si>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>O robërit e Mi! Unë ia kam ndaluar Vetes padrejtësinë dhe e kam bërë të ndaluar edhe ndërmjet jush, andaj mos i bëni padrejtësi njëri-tjetrit</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Ebu Dherri (Allahu qoftë i kënaqur me të) transmeton se Profeti ﷺ tregon se Allahu i Lartësuar thotë: "O robërit e Mi! Unë ia kam ndaluar Vetes padrejtësinë dhe e kam bërë të ndaluar edhe ndërmjet jush, andaj mos i bëni padrejtësi njëri-tjetrit. O robërit e Mi! Të gjithë jeni të devijuar, përveç atij që Unë e udhëzoj, andaj më kërkoni udhëzim, që t'ju udhëzoj. O robërit e Mi! Të gjithë jeni të uritur, përveç atij që Unë e ushqej, andaj më kërkoni ushqim, që t'ju ushqej. O robërit e Mi! Të gjithë jeni të zhveshur, përveç atij që Unë e vesh, andaj më kërkoni veshmbathje, që t'ju furnizoj me të. O robërit e Mi! Ju bëni gabime natë e ditë, ndërsa Unë i fal të gjitha mëkatet, andaj më kërkoni falje, që t'ju fal. Ju kurrë nuk do të arrini të më bëni dëm e as që do të keni mundësi të më bëni dobi. O robërit e Mi, edhe po qe se të gjithë ju, i pari e i fundit, përfshirë njerëzit e xhinët, bëheni si njeriu më zemërmirë prej jush, kjo gjë aspak nuk do ta shtonte sundimin Tim. O robërit e Mi, edhe nëse të gjithë njerëzit e xhinët, fillim e mbarim, bëheni si njeriu më zemërprishur nga mesi juaj, kjo gjë as që do të pakonte sundimin Tim. O robërit e Mi, në qoftë se të gjithë njerëzit e xhinët, fund e krye, tubohen në një vend, më drejtohen me kërkesa e Unë i jap gjithsecilit atë që kërkon, kjo nuk do të pakësonte asgjë nga ajo që gjendet tek Unë, respektivisht aq sa përthith gjilpëra kur futet në det. O robërit e Mi! Vërtet ato janë veprat tuaja, të cilat i ruaj e më pas jua shpërblej, kështu që, kushdo që gjen mirë, le ta falënderojë Allahun, ndërkaq, ai që gjen keq, le ta qortojë vetëm vetveten."</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na sqaron se Allahu i Lartmadhëruar ia ka ndaluar padrejtësinë Vetvetes dhe e ka bërë të ndaluar te krijesat e Tij, në mënyrë që askush të mos i bëjë padrejtësi ndokujt tjetër. Të gjithë njerëzit janë të devijuar nga rruga e vërtetë, përveç atyre që i udhëzon Allahu e u jep sukses, kështu që, atij që i kërkon Allahut udhëzim, Ai i jep sukses dhe udhëzim. Njerëzit janë të varfër dhe nevojtarë për Allahun në të gjitha nevojat e tyre, andaj, kushdo që i kërkon Allahut, Ai ia plotëson e nevojat dhe i mjafton. Ata mëkatojnë gjatë ditës e natës dhe Allahu i Lartësuar ia mbulon e ia fal robit kur ai kërkon falje. Ata nuk kanë mundësi aspak t'i bëjnë dëm e as dobi Allahut. Ata edhe sikur të bëheshin si njeriu më zemërmirë, kjo gjë aspak nuk do ta shtonte sundimin e Allahut. Ata edhe sikur të bëheshin si njeriu më zemërprishur, kjo gjë nuk do të pakonte sundimin e Tij, sepse janë të dobët e të varfër për Allahun; nevojtarë për Të në çdo gjendje, kohë e vend, e Ai është i Vetëmjaftueshmi, i Latësuari. Nëse ata do të qëndronin në një vend, njerëzit dhe xhinët, fund e krye, duke e lutur Allahun dhe Ai do t'i jepte secilit prej tyre atë që kërkon, kjo nuk do të pakësonte asgjë nga ajo që ka Allahu, sikurse një gjilpërë, nëse futet në det dhe pastaj hiqet, nuk do të pakësonte asgjë prej detit. Kjo është për shkak të vetëmjaftueshmërisë së përsosur të Allahut të Lartësuar.
 Allahu i Lartësar i ruan veprat e robërve, ua llogarit dhe i shpërblen për to në Ditën e Kiametit. Andaj, kushdo që e gjen shpërblimin për punën e tij të mirë, le ta falënderojë Allahun që i dha sukses t'i bindet Atij, e, kushdo që e gjen shpërblimin e punës së tij, të jetë diçka tjetër, atëherë le të mos qortojë askënd pos vetes - shpirtit, i cili është i prirur për të keqen, gjë që e dërgoi në humbje.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>Ky hadith është nga ato që Profeti ﷺ i transmeton nga Zoti i tij dhe quhet hadith i shenjtë (ar. kudsij) ose hyjnor, që shprehja dhe kuptimi i tij janë nga Allahu, vetëm se nuk i ka karakteristikat e Kuranit, që e dallojnë atë nga çdo gjë tjetër, si: të bërët adhurim me leximin e Kuranit, të qenët i pastër gjatë leximit, sfidimi (që të sjellin një të ngjashëm me të), paimitueshmëria etj.
 Dijen dhe udhëzimin që e arrijnë robërit është prej udhëzimit dhe dijes që ua jep Allahu.
 Çdo e mirë që i ndodh robit është nga mirësia e Allahut të Lartësuar dhe çdo e keqe që i ndodh atij është nga vetë ai dhe dëshirat e tij.
 Kush bën vepra të mira, kjo është me suksesin e Allahut, ndërsa shpërblimin që e merr, e ka si mirësi prej Allahut, të Cilit i takon lavdërimi. E, kush bën keq, të mos qortojë askënd pos vetes.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>O djalosh, po të mësoj disa fjalë: “Ruaje Allahun, që Ai të të ruajë ty! Ruaje Allahun, që ta kesh pranë! Kur të lypësh, lypi Allahut, e, kur të kërkosh ndihmë, kërko nga Allahu!</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) ka thënë: “Një ditë, ndërsa isha mbrapa Profetit ﷺ, më tha: "O djalosh, po të mësoj disa fjalë: “Ruaje Allahun, që Ai të të ruajë ty! Ruaje Allahun, që ta kesh pranë! Kur të lypësh, lypi Allahut, e, kur të kërkosh ndihmë, kërko nga Allahu! Gjithashtu, dije se, po qe se të gjithë njerëzit do të mblidheshin për të të bërë mirë, nuk do të mund të të bënin mirë, pos asaj që ta ka caktuar Allahu, dhe anasjellas, nëse bashkohen për të të bërë dëm, nuk do të mund të të dëmtonin, përveç asaj që ta ka caktuar Allahu. Tashmë lapsat janë ngritur dhe fletët janë tharë."</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se ishte i ri, hipur (mbi kafshë) me Profetin ﷺ, kur i tha: "Unë po të mësoj disa çështje dhe gjëra, përmes të cilave Allahu do të të bëjë dobi:
 "Ruaje Allahun duke i ruajtur urdhrat e Tij dhe duke iu shmangur ndalesave të Tij, në mënyrë që Ai të të gjejë duke bërë adhurime e të të mos gjejë duke bërë mëkate. E, nëse e bën këtë, shpërblimi yt do të jetë që Zoti të të ruajë nga të këqijat e kësaj bote dhe të botës tjetër, si dhe do të të ndihmojë në punët e tua kudo që të shkosh.
 Nëse dëshiron të lypësh diçka, lypi vetëm Allahut, sepse vetëm Ai u përgjigjet kërkesave të atyre që e lusin.
 Nëse dëshiron ndihmë, mos e kërko prej askujt pos Allahut.
 Duhet të jesh i bindur se nuk do të kesh asnjë dobi, edhe nëse të gjithë njerëzit e tokës mblidhen për të të bërë ndonjë dobi, përveç asaj që ta ka caktuar Allahu, dhe anasjeltas, nuk do të të ndodhë asnjë e keqe, edhe nëse të gjithë njerëzit e tokës mblidhen për të të bërë ndonjë dëm, përveç asaj që ta ka caktuar Allahu.
 Kjo çështje është caktuar nga Allahu i Lartmadhëruar dhe është vendosur sipas asaj që përkon me urtësinë dhe diturinë e Tij, e nuk ka ndryshim të asaj që ka caktuar Ai.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Rëndësia e mësimit fëmijëve çështjet e fesë, si: teuhdin (monoteizmin), normat e edukatës, e kështu me radhë.
 Shpërblimi është sipas llojit të veprës.
 Urdhri për t'u mbështetur në Allahun, e jo në dikë tjetër. Eh, sa Mbështetës i mirë që është Ai!
 Besimi në caktimin dhe paracaktimin dhe të kënaqurit me të dhe se Allahu ka paracaktuar çdo gjë.
 Atë që e humb urdhrin e Allahut, Ai do ta humbë dhe nuk do ta ruajë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4811</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Një njeri bëri një mëkat dhe tha: “O Allah, më fal mëkatin!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ transmeton nga Zoti i vet i Lartmadhërishëm dhe thotë: “Një njeri bëri një mëkat dhe tha: “O Allah, më fal mëkatin!” Allahu i Lartmadhërishëm thotë: “Robi Im bëri mëkat, por e diti se ka një Zot që fal mëkatet dhe dënon për to.” Pastaj bëri mëkat sërish dhe tha: “O Zot, më fal mëkatin!” Allahu i Lartmadhërishëm thotë: “Robi Im bëri mëkat, por e diti se ka një Zot që fal mëkatet dhe dënon për to."  Pastaj bëri mëkat sërish dhe tha: “O Zot, më fal mëkatin!” Allahu i Lartmadhërishëm thotë: “Robi Im bëri mëkat, por e diti se ka një Zot që fal mëkatet dhe dënon për to. Bëj ç'të duash (përderisa kërkon falje pas çdo mëkati), se ta kam falur.”</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Profeti ﷺ transmeton nga Zoti i tij se, nëse njeriu bën mëkat dhe pastaj thotë: "O Allah, më fal mëkatin!", Allahu i Lartmadhërishëm thotë: “Robi Im bëri mëkat, por e diti se ka një Zot që fal mëkatet, i mbulon, i tejkalon ose dënon për to, e Unë e kam falur atë." Pastaj njeriu bëri mëkat përsëri dhe tha: "O Zot, më fal mëkatin!" Allahu i Lartmadhërishëm thotë: “Robi Im bëri mëkat, por e diti se ka një Zot që i fal mëkatet, i mbulon, i tejkalon ose dënon për to, e Unë e kam falur Robin Tim." Sërish ky njeri bën mëkat dhe thotë: "O Zot, më fal mëkatin!" Allahu i Lartmadhërishëm thotë: “Robi Im bëri mëkat, por e diti se ka një Zot që i fal mëkatet, i mbulon, i tejkalon ose dënon për to, e Unë e kam falur Robin Tim. Le të bëjë çfarë të dojë, përderisa sa herë që bën një mëkat, e braktis mëkatin dhe pendohet e vendos që të mos kthehet në të, por ja që atë e pushton vetja e kësisoj bie përsëri në mëkat, kështu që përderisa e bën këtë: mëkaton dhe pendohet, Unë do ta fal, sepse pendimi e shkatërron atë që ka ndodhur më herët."</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Mëshira e gjerë e Allahut ndaj robërve të Tij dhe se çfarëdo mëkati të bëjë njeriu dhe çfarëdo që të veprojë, nëse pendohet dhe kthehet tek Ai, Allahu ia pranon pendimin.
 Besimtari në Allahun e Lartësuar shpreson në faljen e Zotit të vet, i frikësohet dënimit të Tij, shpejton drejt pendimit dhe nuk vazhdon në mëkat.
 Kushtet e pendimit të sinqertë janë: heqja dorë nga mëkati, keqardhja për të dhe vendosmëria për të mos u kthyer në mëkat. E, nëse pendimi është prej padrejtësive që ua ka shkaktuar njerëzve, që ndërlidhen me pasuri, nder ose shpirt, këtu shtohet kushti i katërt, që është: kërkimi i hallallëkut nga pronari i së drejtës ose dhënia e së drejtës së tij.
 Rëndësia e njohjes së Allahut, gjë që e bën njeriun të vetëdijshëm për çështjet e fesë, kështu që pendohet sa herë që bën ndonjë mëkat, prandaj nuk dëshpërohet dhe nuk këmbëngul në gjynahe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4817</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>“Prijësit e drejtë tek Allahu do të jenë në podiume drite, në të djathtën e Rrahmanit (Allahut) të Lartësuar, e që të dyja Duart e Tij i ka të djathta</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Prijësit e drejtë tek Allahu do të jenë në podiume drite, në të djathtën e Rrahmanit (Allahut) të Lartësuar, e që të dyja Duart e Tij i ka të djathta. Këta janë ata të cilët janë të drejtë në gjykimin e tyre, të drejtë me familjet e tyre dhe me këdo që e kanë nën përgjegjësi.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na njofton se ata që gjykojnë me drejtësi dhe me hak mes njerëzve, të cilët i kanë nën përgjegjësinë, gjykimin e tyre dhe janë nga familja e tyre, do të ulen në karrige të larta, që janë krijuar prej dritës, si nderim për ta në Ditën e Kiametit. Këto podiume janë në të djathtë të të Gjithëmëshirshmit të Lartësuar, ndërkohë të dyja Duart e Tij janë të djathta.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Vlera dhe inkurajimi i drejtësisë.
 Drejtësia është e përgjithshme dhe përfshin të gjitha përgjegjësitë dhe gjykimet midis njerëzve, madje edhe drejtësinë midis grave dhe fëmijëve, e kështu me radhë.
 Sqarimi i pozitës së të drejtëve në Ditën e Kiametit.
 Pozitat e besimtarëve do të dallojnë nga njëri-tjetri në Ditën e Kiametit, në bazë të veprave.
 Metoda e inkurajimit është një nga metodat e thirrjes, që e inkurajon të thirrurin që të bindet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4935</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>“Gjithë umeti im do të hyjnë në Xhenet, përveç atyre që refuzojnë</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Gjithë umeti im do të hyjnë në Xhenet, përveç atyre që refuzojnë.” Të pranishmit pyetën: "O i Dërguar i Allahut, e kush refuzon?" Profeti ﷺ tha: "Kush më bindet mua, do të hyjë në Xhenet, e, kush më kundërshton, ka refuzuar."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na njofton se tërë umeti i tij do të hyjnë në Xhenet, përveç atyre që refuzojnë!
 Sahabët (Allahu qoftë i kënaqur me ta!) pyetën: "Kush refuzon, o i Dërguari i Allahut?!"
 Kësisoj Profeti ﷺ iu përgjigj atyre: "Kushdo që i nënshtrohet, e pason dhe i bindet Profetit ﷺ, do të hyjë në Xhenet. Sa i përket atij që nuk iu bind dhe nuk iu nënshtrua fesë, në fakt ai refuzoi të hyjë në Xhenet me veprat e tij të këqija.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Bindja ndaj të Dërguarit të Allahut ﷺ është njëkohësisht bindje ndaj Allahut, sikundërqë kundërshtimi i tij është kundërshtim i Allahut.
 Bindja ndaj të Dërguarit ﷺ e bën të obliguar Xhenetin, sikundrëqë kundërshtimi i tij e bën të obliguar Zjarrin.
 Sihariqi për të bindurit e këtij umeti (populli) se që të gjithë do të hyjnë në Xhenet, përveç atyre që nuk i binden Allahut e të Dërguarit të Tij.
 Dhembshuria e Profetit ﷺ për umetin e tij dhe kujdesi i tij që ata të udhëzohen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4947</t>
   </si>
   <si>
-    <t>لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ</t>
+    <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>Këmbët e njeriut nuk do të lëvizin në Ditën e Gjykimit derisa të pyetet për jetën e tij si e kaloi, për dijen e tij sa e zbatoi, për pasurinë e tij si e fitoi dhe si e shpenzoi dhe për trupin e tij si e konsumoi</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
     <t>Nga Ebu Berzeh el-Eslemi (Allahu qoftë i kënaqur me të!) përcillet se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: "Këmbët e njeriut nuk do të lëvizin në Ditën e Gjykimit derisa të pyetet për jetën e tij si e kaloi, për dijen e tij sa e zbatoi, për pasurinë e tij si e fitoi dhe si e shpenzoi dhe për trupin e tij si e konsumoi".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) na ka njoftuar se asnjë njeri nuk do ta kalojë vendin e llogarisë në Ditën e Gjykimit për në Xhenet ose për në Zjarr derisa të pyetet për disa çështje:
 E para: për jetën e tij si e ka konsumuar dhe si e ka kaluar?
 E dyta: për dijen e tij, a e ka mësuar për hir të Allahut? A e ka zbatuar? Dhe, a ua ka kumtuar atyre që e meritonin?
 E treta: për pasurinë e tij, si e fitoi? A e fitoi në mënyra të ligjshme apo në mënyra të paligjshme? Dhe si e shpenzoi atë? A e shpenzoi për ta kënaqur Allahun apo për ta hidhëruar Atë?
 E katërta: për trupin, fuqinë, shëndetin dhe rininë e tij, ku i konsumoi këto dhe për çfarë i përdori?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Nxitja për ta shfrytëzuar jetën në gjëra që e kënaqin Allahun e Madhëruar.
 Dhuntitë e Allahut ndaj robërve të Tij janë të shumta dhe ai do të pyetet për këto dhunti. Prandaj duhet që njeriu t'i përdorë dhuntitë që ia ka falur Allahu në punë që e kënaqin Atë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4950</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>“Xhibrili ﷺ vazhdimisht më porosiste për raporte të mira me fqinjin, saqë mendova se do t'i japë të drejtë në trashëgimi.”</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Xhibrili ﷺ vazhdimisht më porosiste për raporte të mira me fqinjin, saqë mendova se do t'i japë të drejtë në trashëgimi.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na njofton se Xhibrili ia përsëriste vazhdimisht dhe e porosiste që të kujdesej për fqinjin, i cili është afër shtëpisë, qoftë musliman, qoftë jomusliman, qoftë i afërm, qoftë i largët, duke ia ruajtur të drejtën dhe duke mos e dëmtuar, duke i bërë mirë dhe duke duruar dëmin që mund ta shkaktojë, saqë Profeti ﷺ, duke e parë respektin që gëzon fqinji dhe faktin se Xhibliri e porosiste në vazhdimësi për këtë gjë, mendoi se do të zbriste shpallje ku fqinji do të kishte të drejtë në trashëgimi.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>E drejta e fqinjit është e madhe dhe është obligim që kjo gjë të merret në konsideratë.
 Theksimi i së drejtës së tij përmes kësaj porosie nënkupton domosdoshmërinë e nderimit të tij, të mirësjelljes me të, të pengimit të dëmit ndaj tij, të vizitës kur është i sëmurë, të urimit kur është i lumtur dhe të ngushëllimit kur është në fatkeqësi.
 Sa më afër të jetë dera e fqinjit, aq më e fortë është e drejta e tij.
 Përsosuria e fesë, meqë ajo përfshin në vete atë gjë që është e mirë për shoqërinë, si: mirëbërsia ndaj fqinjëve dhe largimi i dëmeve nga ata.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4965</t>
   </si>
   <si>
-    <t>أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟</t>
+    <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>“Çfarë mendoni sikur para portës së ndonjërit prej jush të ishte një lumë ku ai lahej pesë herë në ditë, a do të mbetej papastërti në trupin e tij?!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
     <t>Nga Ebu Hurejra (Allahu qoftë i kënaqur me të!) përcillet se e ka dëgjuar të Dërguarin e Allahut (paqja qoftë mbi të!) duke thënë: “Çfarë mendoni sikur para portës së ndonjërit prej jush të ishte një lumë ku ai lahej pesë herë në ditë, a do të mbetej papastërti në trupin e tij?! Të pranishmit thanë: 'Nuk do të mbetej asnjë papastërti në trupin e tij!' Ai tha: 'Ky është dhe shembulli i namazeve me të cilat Allahu shlyen mëkatet.'”</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Profeti i Allahut (paqja qoftë mbi të!) i përngjasoi pesë namazet e ditës dhe të natës në shlyerjen e mëkateve dhe gabimeve të vogla me një lumë që rrjedh para derës së shtëpisë së njeriut, ku ai lahet pesë herë në ditë dhe nga kjo në trupin e tij nuk mbetet asnjë papastërti.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
     <t>Kjo vlerë është specifike për shlyerjen e mëkateve të vogla. Ndërsa, për mëkate të mëdha duhet të pendohemi patjetër.
 Vlera e faljes së pesë namazeve dhe kujdesi ndaj tyre, duke i plotësuar kushtet që janë para se futemi në namaz dhe kushtet që janë brenda në namaz dhe duke i kryer veprimet e detyrueshme dhe veprimet e pëlqyeshme.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4968</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى</t>
+    <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
     <t>“Shembulli i besimtarëve në dashurinë, mëshirën e në solidarizimin ndërmjet tyre i ngjan një trupi të vetëm, aq sa kur vuan një gjymtyrë e tij, atëherë i gjithë trupi ndan me të pagjumësinë dhe ethet.”</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>Nga Numan ibn Beshiri (Allahu qoftë i kënaqur me të!) përcillet se Profeti i Allahut (paqja qoftë mbi të!) ka thënë: “Shembulli i besimtarëve në dashurinë, mëshirën e në solidarizimin ndërmjet tyre i ngjan një trupi të vetëm, aq sa kur vuan një gjymtyrë e tij, atëherë i gjithë trupi ndan me të pagjumësinë dhe ethet.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Profeti i Allahut (paqja qoftë mbi të!) ka shpjeguar se gjendja e muslimanëve midis tyre sa i takon dashamirësisë, mëshirës, përkrahjes, mbështetjes dhe shqetësimit nga e keqja që u ndodh atyre, duhet të jetë si gjendja e një trupi të vetëm: kur njëri organ i tij sëmuret, i gjithë trupi reagon me pagjumësi dhe ethe.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>Muslimanët duhet të respektojnë të drejtat e njëri-tjetrit dhe të nxisin njëri-tjetrin për solidarizim dhe mirësjellje të ndërsjellë.
 Midis besimtarëve duhet të mbizotërojë dashuria dhe përkrahja.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4969</t>
   </si>
   <si>
-    <t>مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ</t>
+    <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>“Urdhërojini fëmijët tuaj të falen që në moshën shtatë vjeçe e disiplinojini ata nëse nuk falen në moshën dhjetë vjeçe dhe ndajini në shtretër të veçantë.”</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>Amër ibn Shuajbi ka përcjellë nga i ati e ai nga gjyshi i tij se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Urdhërojini fëmijët tuaj të falen që në moshën shtatë vjeçe e disiplinojini ata nëse nuk falen në moshën dhjetë vjeçe dhe ndajini në shtretër të veçantë.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) ka shpjeguar se prindi e ka për detyrë t'i urdhërojë djemtë dhe vajzat e tij të falin namazin në moshën shtatë vjeçe dhe t'u mësojë atyre njohuritë e nevojshme për faljen e tij. E kur të arrijnë moshën dhjetë vjeçe, ai duhet ta përforcojë urdhrin e tij, duke i disiplinuar ata nëse tregojnë shkujdesje në faljen e namazit. Gjithashtu, në këtë moshë, ai duhet t'i ndajë ata në shtretër të veçantë.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>Mësimi i çështjeve të fesë (në veçanti namazin) fëmijëve të vegjël, që nuk kanë arritur ende moshën e pubertetit.
 Disiplinimi me rrahje të jetë për t'i edukuar e jo për t'i ndëshkuar dhe të jetë në mënyrë të përshtatshme dhe të arsyeshme.
 Sheriati i ka kushtuar kujdes të veçantë mbrojtjes së nderit, duke mbyllur çdo rrugë që mund të shpjerë në shthurje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5272</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>Me të vërtetë rukjet (yshtjet, që nuk përputhen me fenë), temimet (hajmalitë) dhe tiveleja (diçka që bëhej me pretendimin se sillte dashuri) janë shirk.”</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Me të vërtetë rukjet (yshtjet, që nuk përputhen me fenë), temimet (hajmalitë) dhe tiveleja (diçka që bëhej me pretendimin se sillte dashuri) janë shirk.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Profeti ﷺ sqaroi se veprimi i disa gjërave është shirk (idhujtari). Prej tyre theksoi:
 1. Rukjet (yshtjet): fjalë përmes të cilave kërkonin shërim njerëzit e xhahilietit (periudhës para se të vinte Profeti), të cilat përmbanin shirk.
 2. Hajmalitë prej rruazave dhe të ngjashme, të cilat u ngjiten fëmijëve, kafshëve dhe të tjerëve, për të shmangur mësyshin.
 3. Tivele, e cila bëhet për ta bërë të dashur njërin bashkëshort për tjetrin.
 Këto gjëra janë shirk, sepse është konsideruar diçka shkak (për shërim etj.), që nuk është shkak fetar, që vërtetohet me argument, e as shkak konkret, që vërtetohet me përvojë. Sa u përket shkaqeve fetare, si: leximi i Kuranit ose shkaqeve konkrete, siç janë barnat, që janë vërtetuar me përvojë (se janë të dobishme), ato lejohen, por duke besuar se janë shkaktare dhe se dobia dhe dëmi janë në Dorë të Allahut.</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Mbrojtja e teuhidit dhe akides nga gjërat që e cenojnë atë.
 Është haram të përdoren rukjet shirkore, hajmalitë dhe tiveletë.
 Nëse njeriu ka bindje se këto tria janë shkaqe, atëherë një veprim i tillë është shirk i vogël, sepse i tilli e konsideroi shkak një gjë që nuk është shkak, ndërsa bindja se ato vetvetiu bëjnë dobi dhe dëm, është shirk i madh (që e nxjerr njeriun nga feja).
 Tërheqja e vërejtjes nga veprimi i shkaqeve shirkore dhe të ndaluara.
 Ndalimi i rukjeve dhe se ato janë shirk, përveç asaj që është legjitime (me Kuran dhe Sunet).
 Zemra duhet të lidhet vetëm me Allahun, sepse vetëm nga Ai, i Cili nuk ka ortak, vjen dëmi dhe dobia, kështu që askush nuk sjell të mira përveç Allahut dhe askush nuk e largon të keqen përveç Tij.
 Rukje e lejuar është ajo që përfshin tri kushte: 1. Të besojë se ajo është shkak dhe bën dobi vetëm me lejen e Allahut. 2. Të bazohet në Kuran, në emrat dhe cilësitë e Allahut, në lutjet profetike dhe në lutjet e ligjshme. 3. Të jetë në gjuhë të kuptueshme dhe të mos përmbajë fjalë të pakuptueshme dhe magji.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>“A e dini çfarë është përgojimi?” Ata thanë: "Allahu dhe i Dërguari i Tij e dinë më së miri." Profeti ﷺ tha: “Të përmendësh për vëllanë tënd atë që ai e urren.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “A e dini çfarë është përgojimi?” Ata thanë: "Allahu dhe i Dërguari i Tij e dinë më së miri." Profeti ﷺ tha: “Të përmendësh për vëllanë tënd atë që ai e urren.” Dikush pyeti: "Çfarë mendon nëse vëllai im e ka atë që e them?" Profeti ﷺ tha: “Nëse e ka atë që e thua, pikërisht kjo është përgojim, e, nëse nuk e ka, atëherë i ke bërë shpifje atij.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron realitetin e përgojimit, që është: përmendja për muslimanin që nuk është i pranishëm diçka që atij nuk i pëlqen, qoftë kjo një nga cilësitë e tij fizike, qoftë morale. Për shembull, i verbri, mashtruesi, gënjeshtari, e cilësi të ngjashme përçmuese, edhe nëse këto cilësi janë të pranishme tek ai.
 Por, nëse ai nuk i ka ato cilësi që u përmendën, atëherë kjo është më e rëndë se përgojimi, sepse është shpifje ndaj njeriut me diçka që nuk e ka.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Metoda e mësimit efikas nga ana e Profetit ﷺ, sepse i trajton çështjet në formë pyetjeje.
 Edukata e mirë e sahabëve me Profetin ﷺ, meqë thanë: "Allahu dhe i Dërguari i Tij e dinë më së miri."
 I pyeturi kur nuk di diçka, thotë: "Allahu e di më së miri."
 Feja e ruan shoqërinë duke ruajtur të drejtat dhe vëllazërinë (islame) mes tyre.
 Përgojimi është i ndaluar, përveç në disa raste, për ndonjë dobi, bie fjala, zmbrapsja e padrejtësisë, saqë i shtypuri e përmend atë që i ka bërë padrejtësi tek ai që mund ta marrë të drejtën e tij dhe thotë: "Filani më ka bërë padrejtësi, ose më ka bërë kështu e ashtu." Po ashtu konsultimi për çështjet e martesës, partneritetit ose fqinjësisë e kështu me radhë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>O Allah! Ai që merr post udhëheqës për diç nga punët e muslimanëve dhe i mundon ata, mundoje edhe Ti atë! E, ai që merr post udhëheqës për diç nga punët e muslimanëve dhe i trajton me butësi, trajtoje edhe Ti me butësi!</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tansmeton e thotë: "E kam dëgjuar të Dërguarin e Allahut  ﷺ të thotë në shtëpinë time: "O Allah! Ai që merr post udhëheqës për diç nga punët e muslimanëve dhe i mundon ata, mundoje edhe Ti atë! E, ai që merr post udhëheqës për diç nga punët e muslimanëve dhe i trajton me butësi, trajtoje edhe Ti me butësi!"</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ bëri lutje kundër gjithë atyre që marrin ndonjë post udhëheqës për diç nga punët e muslimanëve, qofshin ato të vogla, qofshin të mëdha, qoftë kjo udhëheqësi e përgjithshme, qoftë udhëheqësi e pjesshme, e veçantë, ku i mundon dhe nuk tregohet i butë. Të tillin Allahu i Lartësuar do ta "shpërblejë" në varësi të veprës së tij, pra, do ta mundojë e do t'ia vështirësojë.
 Me atë që tregohet i butë dhe ua lehtëson punët muslimanëve, Allahu do të sillet butësisht dhe do t'ia lehtësojë punët.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Është obligim për atë që merr ndonjë post udhëheqës për diç nga punët e muslimanëve që t'i trajtojë me butësi, aq sa mundet.
 Shpërblimi-ndëshkimi është sipas llojit të veprës.
 Peshorja e asaj që konsiderohet butësi ose mundim - ashpërsi është ajo që nuk bie në kundërshtim me Kuranin dhe Sunetin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>“Disa njerëz po zhyten në pasurinë e Allahut padrejtësisht. Ditën e Kiametit, të tillët i pret Zjarri.”</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Havle Ensarija (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Disa njerëz po zhyten në pasurinë e Allahut padrejtësisht. Ditën e Kiametit, të tillët i pret Zjarri.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Profeti ﷺ lajmëroi për disa njerëz që i përdorin pasuritë e muslimanëve padrejtësisht dhe i marrin ato pa hak. Ky është një kuptim i përgjithshëm i pasurisë, për sa i përket grumbullimit dhe fitimit të saj në mënyrë të paligjshme dhe shpenzimit të saj në vende të gabuara. Këtu përfshihet ngrënia e pasurisë së jetimëve dhe pasurisë së institucionit të vakëfit. Gjithashtu përfshihet mohimi i amaneteve dhe marrja padrejtësisht nga fondet publike.
 Më pas Profeti ﷺ lajmëroi se të tillët do të dënohen me zjarr në Ditën e Kiametit.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Pasuria që është në duart e njerëzve është pasuri e Allahut. Ai i ka caktuar ata për ta shpenzuar në mënyra të ligjshme dhe për të shmangur përdorimin e saj në mënyrë të paligjshme. Ky është i përgjithshëm (si vendim), për udhëheqësit dhe për njerëzit e tjerë.
 Feja është treguar rigoroze në lidhje me pasuritë publike dhe se kujtdo që i besohet ndonjë prej tyre do të japë llogari në Ditën e Kiametit për mbledhjen dhe shpenzimin e tyre.
 Ky kërcënim i përfshin ata që e përdorin pasurinë në mënyrë të paligjshme, qoftë e tyre, qoftë e dikujt tjetër.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5331</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ</t>
+    <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
   </si>
   <si>
     <t>“Ruajuni nga paragjykimet, sepse paragjykimet janë gënjeshtrat më të mëdha!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Ruajuni nga paragjykimet, sepse paragjykimet janë gënjeshtrat më të mëdha!. Mos spiunoni, mos përgjoni dhe mos urreni njëri-tjetrin, por jini robër të Allahut, vëllezër.”</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم ويُحَذِّرُ مِن بعضِ ما يؤدِّي إلى الفُرْقة والعداوة بين المسلمين، 
 ومن ذلك: 
 (الظن) وهو تُهمةٌ تقَعُ في القَلبِ بلا دَليلٍ، وبَيَّنَ أنه مِن أَكْذَب الحديث. 
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ndalon dhe tërheq vërejtjen nga disa gjëra që çojnë në përçarje dhe armiqësi mes muslimanëve, prej të cilave:
 Praragjykimi, që nënkupton akuzën (për tjetrin) që vendoset në zemër, pa asnjë provë, si dhe sqaroi se është gënjeshtra më e madhe.
 Përgjimi, që nënkupton hulumtimin për pjesët private të njerëzve, qoftë me sy, qoftë me vesh.
 Spiunazhi, që nënkupton hulumtimin rreth gjërave të fshehta, e kjo më së shpeshti thuhet për të keqen.
 Zilia, që nënkupton të urrehet që e mira t'u arrijë të tjerëve.
 Kthimi i shpinës, që nënkupton se njëri e shpërfill tjetrin, nuk i jep selam dhe nuk e viziton vëllanë e vet musliman.
 Urrejtja e njëri-tjetrit, që nënkupton urrejtjen dhe largimin mes vete, si: dëmtimi i të tjerëve, vrenjtja dhe sjellja e keqe gjatë takimit mes vete.
 Pastaj tha një fjalë gjithëpërfshirëse, me të cilën gjendjet e muslimanëve rregullohen mes vete: "... por jini robër të Allahut, vëllezër!” Vëllazëria është një lidhje që shëron marrëdhëniet mes njerëzve dhe rrit dashurinë e familjaritetin mes tyre.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>Nuk ka gjë të keqe nëse mendohet keq për atë tek i cili shfaqen qartazi shenjat e saj (të këqija). Besimtari duhet të jetë i mençur e i zgjuar, e të mos mashtrohet nga njerëzit e këqij dhe mëkatmëdhenj.
 Ajo që nënkuptohet është paralajmërimi kundër akuzës që vendoset në shpirt dhe këmbënguljes në të. E, sa i përket asaj që paraqitet në shpirt dhe nuk vendoset, atëherë për këtë gjë nuk ngarkohet (njeriu me gjynah).
 Ndalimi i shkaqeve që shpijnë drejt prishjes së harmonisë dhe copëtimit ndërmjet anëtarëve të shoqërisë islame, si: spiunazhi, zilia dhe të ngjashme.
 Urdhri për ta trajtuar muslimanin si vëlla: në këshillim dhe dashuri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5332</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Çdo njeriu, të cilin Allahu e ka bërë përgjegjës për një tufë njerëzish, që vdes duke e mashtruar tufën e vet, Allahu do t'ia ndalojë Xhenetin</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Makil ibn Jesar Muzeniu (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar të Dërguarin e Allahut  ﷺ të thotë: "Çdo njeriu, të cilin Allahu e ka bërë përgjegjës për një tufë njerëzish, që vdes duke e mashtruar tufën e vet, Allahu do t'ia ndalojë Xhenetin."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se secilin që Allahu i Lartësuar e ka bërë udhëheqës dhe përgjegjës mbi njerëzit, qoftë ajo udhëheqësi e përgjithshme, si të qenët prijës, qoftë udhëheqësi e veçantë, si burri në shtëpinë e tij dhe një grua në shtëpinë e saj, kështu që tregohet i mangët në të drejtat e tufës së tij: i mashtron dhe nuk tregohet i çiltër me ta, e kështu ua humb të drejtat e fesë dhe të kësaj bote, i tilli e meriton këtë dënim të rëndë.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Ky kërcënim nuk është i veçantë për imamin e madh dhe zëvendësit e tij, por është i përgjithshëm për të gjithë ata që Allahu i ka bërë përgjegjës për një tufë njerëzish.
 Është obligim për secilin që është caktuar të bëjë diçka në punët e muslimanëve, të jetë i çiltër dhe t'i këshillojë, të përpiqet për të përmbushur amanetin dhe të ruhet nga tradhtia.
 Përgjegjësia e madhe e çdo përgjegjësi të ndonjë tufe njerëzish, qoftë publike, qoftë private, qoftë e madhe, qoftë e vogël.</t>
@@ -4729,2171 +5393,2172 @@
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Çdo bir i Ademit është mëkatar, e mëkatarët më të mirë janë ata që pendohen shpesh!"</t>
   </si>
   <si>
     <t>لا يخلو الإنسان من الخطيئة، لما فُطر عليه من الضعف، وعدم الانقياد لمولاه في فعل ما دعاه إليه، وترك ما نهاه عنه، لكنه تعالى فتح باب التوبة لعباده، وأخبر أن خير الخطائين هم المكثرون من التوبة.</t>
   </si>
   <si>
     <t>Nuk shpëton ndonjë njeri nga mëkati, për shkak se u krijua me këtë dobësi dhe për shkak të mosnënshtrimit ndaj Zotit tij për kryerjen e asaj për të cilën e ka obliguar dhe braktisjen e asaj që e ka ndaluar, por Allahu i Lartësuar ua hapi derën e pendimit robërve të Tij dhe i lajmëroi se mëkatarët më të mirë janë ata që shpesh pendohen.</t>
   </si>
   <si>
     <t>من شأن ابن آدم الخطأ والوقوع في الذنب.
 الواجب على المؤمن إذا تلبس بمعصية أن يبادر بالتوبة.</t>
   </si>
   <si>
     <t>I biri i Ademit (njeriu) është i atillë se mund të bëjë gabime dhe të bjerë në mëkat. Por, është obligim për besimtarin që, kur të bëjë ndonjë mëkat, të shpejtojë të pendohet.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه والدارمي وأحمد</t>
   </si>
   <si>
     <t>[E shënon Ibn Maxhe - E shënon Tirmidhiu - E shënon Ahmedi - E shënon Darimiu]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5344</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Çdo vepër e mirë është sadaka (lëmoshë)</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Xhabir ibn Abdullahu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Çdo vepër e mirë është sadaka (lëmoshë)."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se çdo vepër e mirë dhe dobi për të tjerët, qoftë me fjalë, qoftë me vepër, është sadaka (lëmoshë) dhe për të ka shpërblim.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Hadithi tregon se sadakaja nuk kufizohet në atë që njeriu e jep nga pasuria e tij, por çdo të mirë që e vepron një njeri (besimtar), e thotë ose ia ofron ndokujt tjetër.
 Ky hadith është inkurajim për të bërë mirë dhe çdo gjë që u sjell dobi të tjerëve.
 Mosnënçmimi i ndonjë gjëje të mirë, edhe po qe e paktë.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ</t>
-[...38 lines deleted...]
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Assesi mos nënvlerëso asnjë gjë, edhe po e takove vëllanë tënd me fytyrë të buzëqeshur</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Ebu Dherri (Allahu qoftë i kënaqur me të!) transmeton: "Profeti ﷺ më ka thënë: "Assesi mos nënvlerëso asnjë gjë, edhe po e takove vëllanë tënd me fytyrë të buzëqeshur."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na inkurajon për të bërë mirë dhe për të mos e nënvlerësuar atë, qoftë dhe e paktë. Kjo përfshin fytyrën e çelur e me buzëqeshje gjatë takimit, kështu që muslimani duhet të ketë kujdes për të, për shkak të dashamirësisë ndaj vëllait musliman dhe se e bën atë të lumtur.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Vlera e dashurisë së besimtarëve mes vete dhe buzëqeshja e gëzimi gjatë takimit.
 Feja është e plotë e gjithëpërfshirëse dhe ka ardhur me çdo gjë që është e mirë për muslimanët dhe për unifikimin e fjalës së tyre.
 Inkurajimi për të bërë vepra të mira, edhe nësa janë të pakta.
 Është e rekomandar të futet gëzimi te muslimanët, sepse kjo ndihmon në arritjen e dashamirësisë mes tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>“Nuk quhet i fortë ai që triumfon mbi të tjerët, por, në të vërtetë, i fortë është ai që përmbahet kur është i zemëruar.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Nuk quhet i fortë ai që triumfon mbi të tjerët, por, në të vërtetë, i fortë është ai që përmbahet kur është i zemëruar.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na sqaron se forca e vërtetë nuk është forca e trupit e as e atij që triumfon mbi të fortët, por i forti i vërtetë është ai që përpiqet dhe përmban veten kur zemërimi i tij është i madh, sepse kjo tregon se ai ka një fuqi që i mundëson atij të kontrollojë veten dhe ta mposhtë shejtanin.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Vlera e butësisë dhe vetëkontrollit gjatë zemërimit dhe se kjo është ndër veprat e mira të cilat i inkurajon Islami.
 Lufta kundër vetvetes gjatë zemërimit është më e vështirë sesa të luftosh kundër armikut.
 Islami e ndryshoi konceptin paraislam për forcën drejt virtyteve fisnike. Rrjedhimisht, njeriu më i fuqishëm është ai që e ka nën kontroll veten e tij.
 Qëndrimi larg zemërimit, për shkak të dëmit që u shkakton individëve dhe shoqërisë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Ai që i përngjan një populli është prej tyre</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Ai që i përngjan një populli është prej tyre."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se kushdo që i përngjan një populli, qofshin jobesimtarë, gjynahmëdhenj, qofshin njerëz të drejtë - duke bërë diçka që është karakteristikë e tyre në aspektin e besimit, adhurimit ose zakonit, - atëherë ai është njëri prej tyre, sepse përngjasimi me ta në pamjen e jashtme shpie drejt përngjasimit me ta në anën e brendshme. Nuk ka dyshim se përngjasimi me një popull është rezultat i admirimit të tyre, gjë që mund të shkatojë që ata të duhen, të madhërohen dhe të mbështetet njeriu tek ata. Allahu na ruajttë!</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Paralajmërimi kundër përngjasimit me jobesimtarët dhe gjynahmëdhenjtë.
 Inkurajimi që të përngjasojmë me njerëzit e mirë dhe t'i marrim shembull ata.
 Përngjasimi në anën e jashtme trashëgon dashurinë në anën e brendshme.
 Njeriu e merr kërcënimin dhe mëkatin në varësi të llojit të përngjasimit.
 Ndalimi i shëmbëllimit të jomuslimanëve është ndalim i shëmbëllimit të tyre në fenë dhe në zakonet e tyre, që janë të veçanta për ta. E, sa i përket asaj që nuk është e tillë, si mësimi i zanateve dhe të ngjashme, nuk përfshihet në ndalim.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Kushdo që udhëzon dikë për një punë të mirë, do ta ketë shpërblimin të njëjtë sikurse ai që e bën atë punë</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Ebu Mesud Ensariu (Allahu qoftë i kënaqur me të!) ka thënë: "Një person erdhi te Profeti ﷺ dhe i tha: "Më ka ngordhur kafsha, andaj a mund të më gjesh një kafshë për udhëtim (për në betejë)?" Ai ﷺ tha: "Nuk kam." Një person tjetër tha: "O i Dërguari i Allahut, unë do ta drejtoj te dikush që do t'i gjejë kafshë udhëtimi." I Dërguari i Allahut ﷺ tha: “Kushdo që udhëzon dikë për një punë të mirë, do ta ketë shpërblimin të njëjtë sikurse ai që e bën atë punë.”</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Një njeri erdhi te Profeti ﷺ dhe i tha: "Kafsha kalëruese më ka ngordhur, andaj a mund të më gjesh një kafshë për udhëtim, që të më dërgojë (për ku jam nisur)." Profeti ﷺ i kërkoi falje sepse nuk kishte asnjë kafshë për ta bartur, kështu që një person që ishte i pranishëm tha: "O i Dërguari i Allahut, unë do ta drejtoj te dikush që do t'i gjejë kafshë udhëtimi." Kështu, i Dërguari i Allahut ﷺ e lajmëroi se ai ishte ortak në shpërblim me atë që do t'ia japë kafshën e udhëtimit, sepse nevojtarin e drejtoi tek ai.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Inkurajimi për t'i drejtuar të tjerët drejt hairit.
 Nxitja për të bërë mirë është nga faktorët e solidaritetit dhe integrimit të komunitetit musliman.
 Mirësia e gjerë e Allahut të Lartësuar.
 Ky hadith është një rregull e përgjithshme, tek e cila bëjnë pjesë krejt veprat e hairit.
 Nëse njeriu nuk ka mundësi ta realizojë dëshirën e atij që kërkon diçka, atëherë e drejton te tjetri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5354</t>
   </si>
   <si>
-    <t>سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ</t>
+    <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
     <t>E kam pyetur Profetin ﷺ: "Cili është gjynahu më i madh tek Allahu?" Më tha: “T'i bësh ortak Allahut, ndërsa Ai të ka krijuar</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton: "E kam pyetur Profetin ﷺ: "Cili është gjynahu më i madh tek Allahu?" Më tha: “T'i bësh ortak Allahut, ndërsa Ai të ka krijuar.” Thashë: "Kjo me të vërtetë që është e madhe. E, pastaj cili?" Më tha: “Të vrasësh fëmijën tënd nga frika se do të ushqehet së bashku me ty.” E pyeta prapë: "Pastaj cili?" Më tha: “Të bësh kurvëri me gruan e fqinjit.”</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
     <t>Profeti ﷺ është pyetur për gjynahun më të madh, e në atë rast ka thënë: Gjynahu më i madh është shirku i madh, që nënkupton: t'i bësh Allahut të ngjashëm ose të barabartë në uluhijen (adhurimin), rububijen (zotërimin) ose emrat dhe cilësitë e Tij. Këtë mëkat Allahu i Lartësuar e fal vetëm me pendim dhe nëse kryerësi i tij vdes në këtë gjendje, do të mbetet përgjithmonë në Zjarr. Pastaj vrasja që njeriu ia bën fëmijës së tij nga frika se do të hajë me të, pastaj vrasja e njeriut që është e ndaluar (të vritet), por mëkati i tij zmadhohet nëse i vrari është i afërm me vrasësin, gjithashtu mëkati i tij zmadhohet edhe kur qëllimi i vrasësit është frika se personi i vrarë do të marrë pjesë me të në rrizkun e Allahut. Pastaj, që një njeri të bëjë kurvëri me gruan e fqinjit të tij duke u përpjekur të mashtrojë gruan e fqinjit të tij, në mënyrë që të bëjë kurvëri me të dhe ajo t'i nënshtrohet atij. Kurvëria është e ndaluar, por mëkati i saj rritet nëse ajo me të cilën është kryer ky akt është gruaja e fqinjit, ndaj të cilit feja urdhëron bamirësi, mirësi dhe shoqërim të mirë.</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>Mëkatet dallojnë prej njëri-tjetrit sa i përket peshës së rëndë, ashtu siç dallojnë mes vete veprat e mira sa i përket mirësisë.
 Mëkati më i madh është: t'i bësh ortak Allahut të Lartësuar (shirku), pastaj ta vrasësh fëmijën nga frika se do të ushqehet me ty e pastaj të bësh kurvëri me gruan e fqinjit tënd.
 Rrizku është në duart e Allahut dhe Ai, i Lartësuari, e ka marrë përsipër furnizimin e krijesave.
 E drejta e fqinjit është e madhe dhe dëmtimi i tij është mëkat më i madh sesa dëmtimi i të tjerëve.
 Krijuesi është meritori për t'ia kushtuar adhurimin, i Vetmi, i Cili nuk ka ortak.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5359</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>Mos i shani të vdekurit, sepse ata kanë arritur te veprat që kanë punuar!</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Mos i shani të vdekurit, sepse ata kanë arritur te veprat që kanë punuar!"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se është e ndaluar sharja e të vdekurve dhe cenimi i nderit të tyre dhe se kjo është një nga veset. Ata tashmë kanë arritur te veprat që kanë punuar, qofshin të mira, qofshin të këqija, si dhe kjo sharje nuk u arrin atyre, por përkundrazi i lëndon të gjallët (nga familjarët e miqtë e tyre).</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Hadithi është argument për ndalimin e sharjes së të vdekurve.
 Mossharja e të vdekurve është tregues i pasjes në konsideratë nga të gjallët dhe për të ruajtur sigurinë e shoqërisë nga mllefi dhe urrejtja.
 Urtësia e ndalimit të sharjes së tyre është se ata arritën tek ajo që e bënë, ndërsa sharja e tyre nuk bën dobi. Gjithashtu, nga urtësia e mossharjes është se kjo është shkak që të afërmit e tyre të gjallë të lëndohen.
 Njeriu nuk duhet të thotë diçka prej së cilës nuk ka dobi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>Njeriut nuk i lejohet të mos i flasë vëllait të vet më shumë se tri net. Kur ata dy takohen, ky ia kthen shpinën, e edhe ai i tjetri ia kthen. Më i miri prej tyre është ai që fillon me selam</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>Ebu Ejub Ensariu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Njeriut nuk i lejohet të mos i flasë vëllait të vet më shumë se tri net. Kur ata dy takohen, ky ia kthen shpinën, e edhe ai i tjetri ia kthen. Më i miri prej tyre është ai që fillon me selam."</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>Profeti ﷺ ndaloi që muslimani ta bojkotojë vëllanë e tij musliman për më shumë se tri net, duke mos u përshëndetur me njëri-tjetrin e duke mos folur mes vete kur të takohen.
 Më i miri nga këta të dy që janë në grindje është ai që përpiqet ta largojë këtë bojkot dhe fillon të përshëndesë me selam. Ajo që nënkuptohet me bojkot (ar. hexhër) në hadith është bojkoti për gjëra personale, sepse bojkoti për hir të Allahut të Lartësuar, për hakun e Tij, bie fjala, bojkoti i mëkatarëve, bidatçinjve e shokëve të këqij nuk përcaktohet me kohë, por është e ndërlidhur me atë shkak, i cili, po u largua, atëherë largohet edhe bojkoti.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Prej këtij hadithi kuptohet se bojkotimi është i lejuar deri në tri net ose më pak, duke e marrë në konsideratë natyrshmërinë njerëzore, kështu që i falet nëse e bojkoton deri në tri net, që t'i largohet kjo urrejtje.
 Vlera e selamit. Ai e heq atë (urrejtjen) që është në shpirt dhe është një shenjë që tregon dashuri.
 Islami i kushtoi rëndësi vëllazërisë dhe miqësisë së muslimanëve mes vete.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>“Nuk do të hyjë në Xhenet ai që i shkëput (lidhjet farefisnore).”</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>Xhubejr ibn Mutëimi (Allahu qoftë i kënaqur me të!) transmeton se e dëgjoi Profetin ﷺ të thotë: “Nuk do të hyjë në Xhenet ai që i shkëput (lidhjet farefisnore).”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se, kushdo që i shkëput (lidhjet farefsinore) me të afërmit e tij, të cilat i ka obligim t'i mbajë, ose i lëndon dhe u bën keq, meriton të mos hyjë në Xhenet.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Shkëputja e lidhjeve farefisnore është prej mëkateve të mëdha.
 Lidhjet familjare janë sipas asaj që dihet zakonisht (në një popull) dhe ndryshojnë sipas vendeve, kohëve dhe njerëzve.
 Mbajtja e lidhjeve familjare bëhet nëpërmjet vizitës, lëmoshës, mirësjelljes ndaj tyre, vizitës së të sëmurëve, urdhërimit për të mirë, ndalimit të së keqes e kështu me radhë.
 Kur shkëputja e lidhjeve farefsnore të jetë me ndokënd që është më i afërm, atëherë edhe (pesha) e mëkatit është më e madhe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>Nuk do të hyjë në Xhenet bartësi i fjalëve</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Hudhejfja (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar Profetin ﷺ të thotë: "Nuk do të hyjë në Xhenet bartësi i fjalëve."</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na lajmëron se thashethemxhiu, - ai që i bart fjalët mes njerëzve me qëllim të prishjes mes tyre, - është meritor të ndëshkohet, që të mos hyjë në Xhenet.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Thashethemet (ar. en nemimeh) janë prej mëkateve të mëdha.
 Ndalimi i thashethemeve, për shkak se përmes tyre shkaktohet prishje dhe dëm midis individëve dhe grupeve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ</t>
+    <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>Në Ditën e Gjykimit, asgjë nuk do të jetë më e rëndë në peshoren e besimtarit sesa morali i mirë. Pa dyshim, Allahu e urren njeriun e pandershëm dhe të paturpshëm</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Ebu Derdai (Allahu qoftë i kënaqur me të!) tregon se Profeti (paqja qoftë mbi të!) ka thënë: "Në Ditën e Gjykimit, asgjë nuk do të jetë më e rëndë në peshoren e besimtarit sesa morali i mirë. Pa dyshim, Allahu e urren njeriun e pandershëm dhe të paturpshëm."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) ka njoftuar se fjala apo vepra më e rëndë në peshoren e besimtarit në Ditën e Gjykimit do të jetë morali i mirë, i cili konsiston në fytyrën e qeshur, moslëndimin e të tjerëve dhe bamirësinë. Allahu i Madhëruar e urren atë njeri që është i paturpshëm në veprat dhe fjalët e tij dhe atë që përdor fjalë të pista.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Vlera e moralit të lartë, përmes të cilit njeriu fiton dashurinë e Allahut dhe dashurinë e njerëzve. Morali i lartë do të jetë gjëja më madhështore që do të peshohet në Ditën e Gjykimit.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5371</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Ai që dëshiron t'i shtohet rizku dhe t'i zgjatet jeta, le t'i mbajë lidhjet farefisnore</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Ai që dëshiron t'i shtohet rizku dhe t'i zgjatet jeta, le t'i mbajë lidhjet farefisnore."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na inkurajon t'i mbajmë lidhjet me të afërmit përmes vizitave, ndihmës fizike e financiare e gjërave të tjera dhe se kjo është shkak për shtim të rizkut dhe jetëgjatësi.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Të afërm konsiderohen të afërmit nga ana e babait dhe e nënës, ndërkohë sa më të afërt të jenë, atëherë janë më meritorë që lidhjet të mbahen me ta.
 Shpërblimi është sipas llojit të veprës, kështu që, kushdo që i mban lidhjet farefisnore duke bërë mirë, Allahu i jep jetëgjatësi dhe ia shton rizkun.
 Mbajtja e lidhjeve farefisnore është shkak për shtimin e zgjerimin e rizkut dhe shkak për jetëgjatësi. Edhe nëse afati jetësor dhe rizku janë të kufizuara, por mund të ketë bereqet në rizk dhe jetë, kështu që ai bën gjatë jetës së tij më shumë gjëra dhe është më i dobishëm se të tjerët. Gjithashtu për kuptimin e hadithit është thënë se shtimi i rizkut dhe i jetës është diçka reale që ndodh në të vërtetë. Allahu e di më së miri!</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Atë që e dëmton muslimanin, Allahu do ta dëmtojë, dhe atij që ia vështirëson muslimanit, Allahu do t'ia vështirësojë</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Ebu Sirme (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Atë që e dëmton muslimanin, Allahu do ta dëmtojë, dhe atij që ia vështirëson muslimanit, Allahu do t'ia vështirësojë."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tërhoqi vërejtjen nga lëndimi e futja e dëmit dhe vështirësisë te një musliman, qoftë në veten e tij, qoftë në pasurinë a familjen e tij. Kushdo që i fut dëm dhe vështirësi një muslimani, Allahu do ta dënojnë atë në të njëjtën mënyrë si puna e tij.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Është e ndaluar të dëmtohet muslimani dhe t'i vështirësohen punët atij.
 Allahu merr hak për robërit e Tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5375</t>
   </si>
   <si>
-    <t>إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟</t>
+    <t>إن النبي صلى الله عليه وسلم خرج علينا، فقلنا: يا رسول الله، قد علمنا كيف نسلم عليك، فكيف نصلي عليك؟</t>
   </si>
   <si>
     <t>Njëherë Profeti (paqja qoftë mbi të!) doli të fliste me ne dhe ne i thamë: 'O Profet i Allahut, e dimë si të lutemi për paqe për ty, por deshëm të dimë si të lutemi për bekime për ty?!'</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى قَالَ: لَقِيَنِي كَعْبُ بْنُ عُجْرَةَ، فَقَالَ: أَلاَ أُهْدِي لَكَ هَدِيَّةً؟ إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟ قَالَ: «فَقُولُوا: اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا صَلَّيْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ، اللَّهُمَّ بَارِكْ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا بَارَكْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ».</t>
   </si>
   <si>
     <t>Abdurrahman ibn ebi Lejla ka treguar se Ka'b ibn Uxhrah e ka takuar dhe i ka thënë: "A të të jap një dhuratë? Njëherë Profeti (paqja qoftë mbi të!) doli të fliste me ne dhe ne i thamë: 'O Profet i Allahut, e dimë si të lutemi për paqe për ty, por deshëm të dimë si të lutemi për bekime për ty?!' Ai tha: 'Thoni: 'Allãhumme ṣal-li ‘alã Muḥam-medin ue alã ãli Muḥammed kemã ṣal-lejte ‘alã Ibrãhĩme ue ‘alã ãli Ibrãhĩm, inneke ḥamĩdun Mexhĩd. All-llãhumme bãrik ‘alã Muḥammedin ue ‘alã ãli Muḥammed, kemã bãrakte alã Ibrãhĩme ue ‘alã ãli Ibrãhĩm, inneke Ḥamĩdun Mexhĩd.'" (O Allah, bekoje Muhamedin dhe familjen e Muhamedit, ashtu siç bekove Ibrahimin dhe familjen e Ibrahimit. Ti je i Përlëvduar dhe i Lartmadhëruar! O Allah, begatoje Muhamedin dhe familjen e tij, ashtu siç begatove Ibrahimin dhe familjen e tij. Ti je i Përlëvduar dhe i Lartmadhëruar).</t>
   </si>
   <si>
     <t>سَألَ الصحابةُ النبيَّ صلى الله عليه وسلم عن كيفيةِ الصلاةِ عليه؟ بعد مَعرفتِهِم كيفيةَ السلامِ عليه في التحيات: "السلام عليك أيها النبي ورحمة الله وبركاته..."؟ 
 فأخبرَهم النبيُّ صلى الله عليه وسلم بكيفيةِ الصلاةِ عليه، ومعناها: 
 "اللهم صلِّ على محمدٍ وعلى آل محمد" 
 أي: أثن عليه بالذكر الجميل في الملأ الأعلى، وعلى أتباعه في دينه، والمؤمنون من قرابته. 
 "كما صلَّيتَ على آل إبراهيم" 
 فكما تفضلت على آل إبراهيم عليه السلام وهم إبراهيم وإسماعيل وإسحاق وذريتهم وأتباعهم المؤمنين، فأَلْحِقْ فضلك بمحمدٍ صلى الله عليه وسلم. 
 "إنك حميد مجيد" 
 أي: المحمود في ذاتك وصفاتك وأفعالك، الواسع في عظمتك وسلطانك وعطائك. 
 "اللهم بارك على محمدٍ وعلى آل محمد كما باركتَ على آل إبراهيم" 
 أي أعطِهِ من الخير والكرامة أعظمَها وزِدْها وثَبِّتْها.</t>
   </si>
   <si>
     <t>Sahabët e pyetën Profetin (paqja qoftë mbi të!) për mënyrën e dërgimit të salavateve mbi të në uljen e teshehudit, pasi mënyrën e dërgimit të selamit e kishin mësuar më parë; "Es-selamu alejke ejjuhen-nebijju ue rahmetullahi ue berakatuhu." Profeti (paqja qoftë mbi të!) u tregoi atyre mënyrën e dërgimit të salavateve, kuptimi i të cilave është: "Allãhumme ṣal-li ‘alã Muḥam-medin ue alã ãli Muḥammed" D.m.th: lavdëroje në praninë e kuvendit të lartë Muhamedin bashkë me pasuesit e tij dhe të afërmit e tij besimtarë. "kemã ṣal-lejte ‘alã Ibrãhĩme ue ‘alã ãli Ibrãhĩm." Begatoje Muhamedin (paqja qoftë mbi të!) ashtu siç begatove familjen e Ibrahimit, familja e të cilit përbëhej nga Ibrahimi, Ismaili, Is'haku, pasardhësit dhe pasuesit e tyre besimtarë. "Inneke Ḥamĩdun Mexhĩd." D.m.th: i Përlëvduar në qenien, cilësitë dhe veprimet e Tua dhe i Lartmadhëruar në madhështinë, sundimin dhe mirësinë Tënde. "Allãhumme bãrik ‘alã Muḥammedin ue ‘alã ãli Muḥammed, kemã bãrakte alã Ibrãhĩme ue ‘alã ãli Ibrãhĩm" d.m.th: jepi atij mirësinë dhe begatinë më të madhe, shtoje atë për të dhe bëj që ajo të jetë e pashterueshme!</t>
   </si>
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Të parët e këtij umeti shkëmbenin me njëri-tjetrin dhurata nga çështjet e dijes.
 Obligueshmëria e dërgimit të salavateve mbi Pejgamberin (paqja qoftë mbi të!) në teshehudin e fundit të namazit.
 Pejgamberi (paqja qoftë mbi të!) i mësoi shokëve të tij mënyrën e dërgimit të selamit dhe të salavateve mbi të.
 Kjo është forma më e plotë e dërgimit të salavateve mbi Pejgamberin (paqja qoftë mbi të!).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5377</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ</t>
+    <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
   </si>
   <si>
     <t>Nuk ka namaz ai që nuk këndon Hyrjen e Kuranit (suren el-fatiha)</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
     <t>Nga Ubadeh ibn es-Samiti (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Nuk ka namaz ai që nuk këndon Hyrjen e Kuranit (suren el-fatiha)."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) ka shpjeguar se namazi nuk është i saktë pa këndimin e sures el-fatiha, ngaqë ajo është një ndër shtyllat e namazit në çdo rekat të tijin.</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Nuk vlen këndimi i një surje tjetër në vend të fatihasë, kur personi është i aftë që ta këndojë fatihanë.
 Rekati në të cilin nuk është kënduar fatihaja nuk vlen, si për atë që e lë atë qëllimisht, ashtu dhe për atë që është i paditur dhe për atë që e lë nga harresa. Kjo, sepse fatihaja është një nga shtyllat e namazit dhe shtyllat e namazit nuk shfuqizohen në asnjë rast.
 Këndimi i fatihasë nuk është i detyrueshëm për xhematliun kur e kap imamin në ruku.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5378</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Robi është më së afërti me Zotin e tij kur ndodhet në sexhde, prandaj shpeshtoni lutjet (në të)</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Robi është më së afërti me Zotin e tij kur ndodhet në sexhde, prandaj shpeshtoni lutjet (në të)."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Profeti ﷺ sqaron se robi është më së afërti me Zotin e tij kur ndodhet në sexhde. Kjo, se, kur njeriu bie në sexhde, pjesët më fisnike të trupit i vendos në tokë, duke qenë i nënshtruar, i përulur dhe modest para Allahut të Lartmadhëruar.
 Profeti ﷺ urdhëroi që lutjet të shtohen gjatë sexhdes, kështu që në këtë gjendje bëhen bashkë përulja para Allahut me fjalë dhe me vepër.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Adhurimi i shton robit afrimin me Allahun e Lartmadhëruar.
 Është e rekomanduar që gjatë sexhdes të shpeshtohen lutjet, sepse është vend ku lutjet pranohen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>“Ai që e fal namazin e sabahut është në besë të Allahut</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Xhundub ibn Abdullahu (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Ai që e fal namazin e sabahut është në besë të Allahut, andaj të mos ju kërkojë Allahu diçka prej besës së Tij (që nuk e mbani), sepse atij që Allahu i kërkon diçka prej besës së Tij (që nuk e mbajti), do ta hedhë me fytyrë në zjarrin e Xhehenemit.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se kushdo që e fal sabahun është në mbrojtjen, ruajtjen dhe kujdesin e Allahut. Ai e mbron dhe e bën të ngadhënjejë.
 Pastaj Profeti ﷺ tërhoqi vërejtjen kundër prishjes dhe zhvlerësimit të kësaj bese, qoftë duke braktisur namazin e sabahut, qoftë duke sulmuar namazfalësit. Kushdo që e bën këtë, e ka shkelur këtë mbrojtje dhe meriton kërcënim të rëndë, se Allahu do t'i kërkojë atij atë që ka lënë pas dore, e, kujtdo që Allahu ia kërkon këtë gjë, do ta dënojë atë, e pastaj do ta hedhë me fytyrë në Zjarr.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Sqarimi i rëndësisë dhe vlerës së namazit të sabahut.
 Paralajmërimi i ashpër kundër atij që i bën keq atij që e ka falur sabahun.
 Allahu i Lartësuar merr hak ndaj atyre që sulmojnë robërit e Tij të devotshëm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>“Kush beson në Allahun dhe në Ditën e Fundit, le të flasë mirë ose le të heshtë</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kush beson në Allahun dhe në Ditën e Fundit, le të flasë mirë ose le të heshtë. Kush beson në Allahun dhe në Ditën e Fundit, le ta nderojë fqinjin. Dhe kush beson në Allahun dhe në Ditën e Fundit, le ta nderojë mysafirin.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se robi që beson në Allahun dhe në Ditën e Fundit, në të cilën do të kthehet dhe në të cilën do të shpërblehet në varësi të veprave të tij, është ai, besimi i të cilit e nxit që t'i bëjë këto virtyte:
 1. Fjala e mirë: tesbihu (lartësimi i Allahut - subhanallah), tehlili (la ilahe il-lallah), urdhërimi për të mirë, ndalimi i së keqes dhe pajtimi ndërmjet njerëzve. E, nëse nuk e bën këtë, atëherë le të heshtë, të mos lëndojë askënd dhe ta ruajë gjuhën.
 2. Nderimi i fqinjit: duke i bërë mirë dhe duke mos e dëmtuar.
 3. Nderimi i mysafirit që vjen për të të vizituar, duke i folur fjalë të mira, duke i shërbyer ushqim e kështu me radhë.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Besimi në Allahun dhe në Ditën e Fundit është baza e çdo të mire dhe nxit drejt çdo mirësie.
 Paralajmërim kundër veseve të gjuhës.
 Feja islame është fe e dashamirësisë dhe fisnikërisë.
 Këto virtyte janë nga degët e besimit dhe nga virtytet e larta.
 Të folurit e tepruar mund të dërgojë në atë që është e papëlqyeshme ose e ndaluar. Njeriu shpëton kur nuk flet, përveç nëse është më mirë që të flitet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>Atë që nuk i mëshiron njerëzit, Allahu nuk e mëshiron</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Xherir ibn Abdullahu (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Atë që nuk i mëshiron njerëzit, Allahu nuk e mëshiron."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se atë që nuk i mëshiron njerëzit, nuk do ta mëshirojë Allahu i Lartmadhëruar. Mëshira që robi e tregon ndaj njerëzve është një nga shkaqet më të mëdha me të cilat fitohet mëshira e Allahut të Lartësuar.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Mëshira kërkohet me të gjitha krijesat, por njerëzit janë përmendur në mënyrë specifike, për t'i kushtuar rëndësi.
 Allahu është Mëshirëploti, që i mëshiron robërit e Tij të mëshirshëm, prandaj shpërblimi është sipas llojit të veprës.
 Mëshira ndaj njerëzve përfshin dërgimin e së mirës tek ata, largimin e së keqes prej tyre dhe trajtimin e tyre në formën më të mirë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5439</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
+  </si>
+  <si>
+    <t>O bir i Ademit, sa herë që më lutesh e shpreson tek Unë, do të t'i fal ato që ke bërë dhe s'e kam dert</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
+  </si>
+  <si>
+    <t>Enes ibën Maliku (Allahu qoftë i kënaqur me të!) tregon: E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Allahu i Lartësuar thotë: “O bir i Ademit, sa herë që më lutesh e shpreson tek Unë, do të t'i fal ato që ke bërë dhe s'e kam dert. O bir i Ademit, nëse gjynahet e tua arrijnë kupën e qiellit, dhe pastaj më kërkon falje, Unë do të të fal dhe s'e kam dert. O bir i Ademit, nëse ti më vjen me gabime sa Toka, por më takon duke mos më shoqëruar asgjë në adhurim, Unë do të të vij me po aq falje.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
+يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
+يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se Allahu i Lartmadhëruar thotë në një hadith kudsij (hyjnor, të shenjtë): "O bir i Ademit, përderisa më lutesh dhe shpreson në mëshirën Time e nuk i humb shpresat, mëkatin do të ta mbuloj dhe do të ta fshij, pa e pasur dert, edhe sikur ky mëkat apo kjo mosbindje të jetë nga mëkatet e mëdha. O bir i Ademit, sikur mëkatet e tua të ishin aq të shumta, sa ta mbushnin hapësirën ndërmjet Qiellit dhe Tokës, duke i përfishirë dhe mbuluar të gjitha anët dhe cepat, pastaj të më kërkoje falje; Unë do të t'i fshija dhe do të t'i falja të gjitha, e nuk do të kisha asnjë gajle nëse do të ishin të shumta.
+O bir i Ademit, sikur të më vije pas vdekjes me gjynahe dhe mëkate sa sipërfaqja e Tokës, e ndërkohë ke vdekur si monoteist, duke mos më shoqëruar asgjë; këto mëkate dhe gjynahe do t'i prisja me falje sa sipërfaqja e tokës. Kjo sepse falja Ime është e gjerë dhe Unë i fal të gjitha gjynahet, përveç shirkut (idhujtarisë).</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله تعالى ومغفرته وفضله.
+فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
+خطر الشرك وأن الله لا يغفر للمشركين.
+قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
+هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
+  </si>
+  <si>
+    <t>Gjerësia e mëshirës,faljes dhe mirësisë së Allahut të Lartësuar.
+Vlera e teuhidit (monoteizmit) dhe se Allahu ua fal monotesitëve,  gjynahet dhe mosbindjet (nëse pendohen).
+Rreziku i shirkut dhe se Allahu nuk i fal idhujtarët.
+Ibën Rexhebi ka thënë: "Ky hadith përfshin tri arsyet që shërbejnë për faljen e mëkateve: 1. Lutja së bashku me shpresën. 2. Kërkimi i faljes dhe pendimi. 3. Vdekja si monoteist."
+Ky hadith është nga ato thënie që Profeti ﷺ i transmeton nga Zoti i tij dhe quhet hadith i shenjtë (ar. kudsij) ose hyjnor; shprehja dhe kuptimi i tij janë nga Allahu, vetëm se nuk i ka karakteristikat e Kuranit, që e dallojnë atë nga çdo gjë tjetër, si: të bërët adhurim me leximin e tij, të qenët i pastër gjatë leximit, sfidimi (që të sjellin një të ngjashëm me të), paimitueshmëria etj.
+Gjynahet ndahen në tri lloje: 1. Shirku (politeizmi) ndaj Allahut; këtë Allahu nuk e fal (nëse njeriu vdes pa u penduar). Allahu i Lartmadhëruar thotë: "Atij që i përshkruan Allahut shok (i bën shirk), Ai ia ka ndaluar Xhenetin." 2. Padrejtësia që robi ia bën vetes në raport me Zotin e tij, duke bërë gjynahe dhe mëkate; Allahu i Lartmadhëruar ia fal këtë dhe ia toleron, po deshi. 3. Gjynahet që Allahu nuk i lë pa shpagim, e këto janë padrejtësitë e robërve ndaj njëri-tjetrit. Këtu medoemos duhet të ketë shpagim.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5456</t>
+  </si>
+  <si>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>“Burri më i urryer tek Allahu është kundërshtari i përbetuar.”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Burri më i urryer tek Allahu është kundërshtari i përbetuar.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se Allahu i Lartmadhërishëm e urren kundërshtarin e ashpër dhe atë që në vazhdimësi kundërshton, i cili nuk pranon nënshtrimin ndaj së vërtetës dhe që përpiqet ta kundërshtojë atë, ose që polemizon për të vërtetën, por e tepron gjatë polemikës dhe del prej kontrollit dhe polemizon pa dituri.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Nuk përfshihet në kategorinë e mosmarrëveshjeve - polemikave të përçmuara, kur i shtypuri e kërkon të drejtën e tij përmes procesit gjyqësor fetar.
 Polemikat dhe mosmarrëveshjet janë ndër të metat e gjuhës që shkaktojnë përçarje dhe konflikt mes muslimanëve.
 Polemika është e lavdëruar nëse bëhet për të vërtetën dhe me të mirë, si dhe është e përçmuar nëse bëhet për ta refuzuar të vërtetën dhe për të përforcuar të kotën, ose bëhet pa argument e pa provë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>“Fjalët më të mira tek Allahu janë katër: subhanallah (i Lartësuar është Allahu), elhamdulilah (lavdfalënderimi i takon Allahut), la ilahe il-lallah (s'ka të adhuruar të denjë përveç Allahut) dhe Allahu Ekber (Allahu është më i madhi). Nuk prish punë se me cilën fillon</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>Semura ibn Xhundubi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Fjalët më të mira tek Allahu janë katër: subhanallah (i Lartësuar është Allahu), elhamdulilah (lavdfalënderimi i takon Allahut), la ilahe il-lallah (s'ka të adhuruar të denjë përveç Allahut) dhe Allahu Ekber (Allahu është më i madhi). Nuk prish punë se me cilën fillon."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se fjalët më të dashura tek Allahu i Lartësuar janë katër:
 Subhanallah, që nënkupton lartësimin dhe dëlirësimin e Allahut të Lartësuar nga çdo mangësi.
 Elhamdulilah, që nënkupton përshkrimin e Allahut me të gjitha cilësitë e përsosurisë dhe plotësisë, duke e dashur dhe duke e madhëruar.
 La ilahe il-lallah, që nënkupton se nuk ka të adhuruar meritor pos Allahut.
 Allahu Ekber, që nënkupton se Allahu është më i çmuari, më madhështori dhe më krenari se çdo gjë tjetër.
 Mirësitë e tyre dhe marrja e shpërblimit, që rezulton kur të thuhen, nuk nënkupton të shqiptohen me renditje.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Feja është e lehtë, prandaj nuk prish punë se me cilën nga këto fjalë fillon.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>se i Dërguari i Allahut ﷺ është pyetur për gjërat që më së shumti i fusin njerëzit në Xhenet, e në atë rast ka thënë: "Më së shumti në Xhenet fut devotshmëria ndaj Allahut dhe sjellja e mirë</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>Ebu Hurerja (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ është pyetur për gjërat që më së shumti i fusin njerëzit në Xhenet, e në atë rast ka thënë: "Më së shumti në Xhenet fut devotshmëria ndaj Allahut dhe sjellja e mirë." Gjithashtu është pyetur për gjërat që më së shumti i fusin njerëzit në Zjarr, e në atë rast ka thënë: "Goja dhe organi gjenital."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi se dy janë shkaqet më të mëdha që e fusin (besimtarin) në Xhenet, të cilat janë:
 Devotshmëria ndaj Allahut dhe sjellja e mirë.
 Devotshmëria ndaj Allahut (takvallëku) nënkupton që ndërmjet teje dhe dënimit të Allahut të vendosësh mburojë, gjë që arrihet duke i kryer urdhrat dhe duke iu shmangur ndalesave.
 Sjellja e mirë nënkupton që (besimtari) të jetë i buzëqeshur, të bëjë mirë dhe ta largojë pengesën (nga të tjerët).
 Dy shkaqe janë kryesoret që fusin në Zjarr, të cilat janë:
 Gjuha dhe organi gjenital.
 Prej mëkateve që i bën gjuha, janë: gënjeshtra, përgojimi, bartja e fjalëve e të tjera.
 Prej mëkateve që i bën organi gjenital janë: kurvëria, homoseksualizmi e të tjera.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Hyrja në Xhenet ka shkaqe që lidhen me Allahun e Lartësuar, ku bën pjesë: devotshmëria ndaj Allahut dhe shkaqe që lidhen me njerëzit, ku hyn sjellja e mirë.
 Rreziku i gjuhës për vetë njeriun dhe se ajo është nga shkaqet e futjes në Zjarr.
 Rreziku i epsheve dhe veprimeve të turpshme për njerëzit, dhe se ato janë ndër shkaqet që më së shumti fusin në Zjarr.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[Hadith hasen-sahih]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Turpi është prej besimit</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të!) ka thënë: Profeti ﷺ dëgjoi një njeri duke e këshilluar vëllanë e tij rreth turpit, e në atë rast Profeti ﷺ tha: "Turpi është prej besimit."</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Profeti ﷺ dëgjoi një njeri tek e këshillonte vëllanë e tij që ta braktiste turpin e tepruar! Kështu, Profeti ﷺ sqaroi se turpi është pjesë e besimit dhe se ai sjell vetëm të mira.
 Turpi është karakter që nxit për të bërë vepra dhe për ta lënë anash të shëmtuarën.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Ajo që të pengon të bësh mirë nuk quhet turp, por quhet ndrojtje, paaftësi, dobësi dhe frikë.
 Turpi prej Allahut të Lartmadhëruar arrihet duke i vepruar gjërat e obliguara dhe duke i lënë anash gjërat e ndaluara.
 Turpi ndaj njerëzve konsiston në respektimin e tyre, që t'u jepet pozita që e meritojnë dhe të shmanget prej asaj që zakonisht është e pakëndshme.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ،</t>
+    <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>“Besimtari i fuqishëm është më i mirë dhe më i dashur tek Allahu se besimtari i dobët, e megjithatë të dy kanë mirësi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Besimtari i fuqishëm është më i mirë dhe më i dashur tek Allahu se besimtari i dobët, e megjithatë të dy kanë mirësi.Kujdesu për atë që të bën dobi, kërko ndihmën e Allahut e mos u ndal (lodh), nëse të godet diçka, mos thuaj: “Sikur të kisha vepruar kështu, do të ishte kështu e ashtu”, por thuaj: “Caktim i Allahut dhe çfarë dëshiron Ai vepron”, sepse fjala “sikur” hap dyert për të vepruar shejtani.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) shpjegon se të gjithë besimtarët janë të mirë, por besimtari i fortë në besimin, vendosmërinë dhe mirëqenien e tij dhe në faktorët e tjerë të fuqisë, është më i mirë dhe më i dashur për Allahun e Madhëruar se besimtari i dobët. Mandej, Pejgamberi (paqja qoftë mbi të!) e porosit besimtarin që të përvetësojë shkaqet e gjërave të dobishme për të, të kësaj jete dhe të jetës tjetër, duke u mbështetur tek Allahu i Madhëruar dhe duke kërkuar ndihmë nga Ai. Pastaj ai (paqja qoftë mbi të!) ia ndalon besimtarit paaftësinë, përtacinë dhe dembelizmin në gjërat që janë të dobishme për të në të dy botët. Kur besimtari e jep mundin e tij në bërjen e diçkaje, i përvetëson shkaqet e duhura, mbështetet tek Allahu i Madhëruar dhe kërkon mirësinë prej Tij, atëherë pas gjithë kësaj, ai duhet t'ia dorëzojë të gjithë çështjen e vet Allahut të Madhëruar dhe ta dijë se zgjedhja e Allahut është më e mira për të. E nëse pas kësaj, atë e godet ndonjë fatkeqësi, të mos thotë: "Sikur të kisha vepruar kështu, do të kishte ndodhur kështu e ashtu!" Sepse fjala “sikur” i hap derën punës së shejtanit dhe e shtyn njeriun që të kundërshtojë kaderin dhe të brengoset për të kaluarën. Por, le të thotë, i nënshtruar dhe i kënaqur: "Caktimi i Allahut, Ai bën ç'të dëshirojë!" Andaj, ajo që ka ndodhur, ka ndodhur në përputhje me dëshirën e Allahut. Ai bën ç'të dojë, askush nuk e kthen mbrapsht vendimin e Tij dhe askush nuk e ndryshon dot gjykimin e Tij.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>Njerëzit janë të ndryshëm në shkallët e besimit.
 Fuqia në kryerjen e punëve është gjë e pëlqyeshme, sepse nëpërmjet fuqisë arrihen gjëra të dobishme, të cilat nuk arrihen dot nëpërmjet dobësisë.
 Njeriu duhet të përpiqet për gjërat që i sjellin dobi dhe t'i lërë gjërat e padobishme.
 Besimtari duhet të kërkojë ndihmën e Allahut në të gjitha çështjet e tij dhe të mos mbështetet te vetja e tij.
 Pohimi i kadasë dhe kaderit (caktimet hyjnore) dhe se një gjë e tillë nuk bie ndesh me përvetësimin e shkaqeve dhe përpjekjen në kërkimin e mirësive.
 Ndalimi i shprehjes “sikur” në formën e shprehjes së zemërimit në kohën e rënies së fatkeqësive dhe paligjshmëria e kundërshtimit të kaderit të Allahut të Madhëruar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5493</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Lutja është vetë adhurimi</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Numan ibn Beshiri (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar Profetin ﷺ të thotë: "Lutja është vetë adhurimi." Pastaj e lexoi (ajetin): "Zoti juaj ka thënë: “Lutmuni Mua, se do t’ju përgjigjem! Me të vërtetë, ata që tregohen mendjemëdhenj e nuk duan të më adhurojnë, do të hyjnë në Xhehenem të poshtëruar!" (Gafir, 60)</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se lutja është vetë adhurimi, prandaj duhet të jetë e gjitha e sinqertë ndaj Allahut, qoftë kjo (1) lutje kërkesë, pra, ta lusë Allahun e Lartësuar për gjërat që do t'i bëjnë dobi dhe ta lusë që t'ia largojë atë që e dëmton në këtë botë dhe në botën tjetër; qoftë (2) lutje adhurimi, e cila nënkupton gjithçka që Allahu e do dhe është i kënaqur, qoftë fjalë, qoftë vepër, e jashtme apo e brendshme. Adhurimet janë të zemrës, të trupit dhe që kanë të bëjnë me pasurinë.
 Më pas Profeti ﷺ për këtë çështje u argumentua me këtë ajet kuranor, ku Allahu thotë: “Lutmuni Mua, se do t’ju përgjigjem! Me të vërtetë, ata që tregohen mendjemëdhenj e nuk duan të më adhurojnë, do të hyjnë në Xhehenem të poshtëruar!”</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Lutja është themeli i adhurimit dhe si e tillë nuk lejohet t'i kushtohet dikujt tjetër pos Allahut.
 Lutja ngërthen në vete realitetin e robërimit (ndaj Allahut), pohimin se Allahu i Lartësuar është i panevojë (për ndokënd) e është i Fuqishëm dhe se robi është nevojtar për Të.
 Kërcënimi i ashpër (i përmendur në ajet) është dënimi për faktin se u treguan mendjemëdhenj ndaj adhurimit të Allahut dhe e lanë anash lutjen drejtuar Atij. Ata që janë mendjemëdhenj e nuk e lusin Allahun, do të hyjnë në Xhehenem të poshtëruar dhe të përçmuar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5496</t>
   </si>
   <si>
-    <t>كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ</t>
+    <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>Lutja më e shumtë e Pejgamberit (paqja qoftë mbi të!) ishte: 'O Allah, jepna në këtë jetë mirësi dhe në jetën tjetër mirësi dhe na ruaj nga dënimi i zjarrit!'</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>Nga Enesi (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Lutja më e shumtë e Pejgamberit (paqja qoftë mbi të!) ishte: 'O Allah, jepna në këtë jetë mirësi dhe në jetën tjetër mirësi dhe na ruaj nga dënimi i zjarrit!'"</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) shpesh lutej me dua gjithëpërfshirëse, si: "O Allah, jepna mirësi në këtë jetë dhe mirësi në jetën tjetër dhe na ruaj nga dënimi i zjarrit!" Kjo lutje përmban mirësitë e kësaj jete, si: jetesë të lehtë, të bollshme dhe të ligjshme, bashkëshorte të devotshme, fëmijë të mbarë, qetësi, dije të dobishme, punë të mira dhe kërkesa të tjera si këto që u përmendën, të mira dhe të ligjshme. Ajo përmban gjithashtu mirësitë e jetës tjetër, si: shpëtimi nga dënimi i varrit, nga dënimi i Ditës së Llogarisë dhe nga dënimi i Zjarrit. Si dhe fitimi i kënaqësisë së Allahut, fitimi i begative të amshueshme dhe të qenët pranë Zotit të Mëshirshëm.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Pëlqehet që lutjet të bëhen me duatë gjithëpërfshirëse, duke ndjekur traditën e Pejgamberit (paqja qoftë mbi të!).
 Mënyra e përsosur është që njeriu të bashkojë në duanë e tij midis mirësive të kësaj jete dhe të jetës tjetër.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5502</t>
   </si>
   <si>
-    <t>سَيِّدُ الِاسْتِغْفَارِ</t>
+    <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>Zotëria i istigfarit</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
     <t>Nga Sheddad ibn Eusi (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Zotëria i istigfarit është të thuash: O Allah, Ti je Zoti im, nuk ka të adhuruar tjetër përveç Teje. Ti më ke krijuar dhe unë jam robi yt, do të qëndroj besnik në marrëveshjen dhe premtimin Tënd, sa të kem mundësi. Kërkoj mbrojtjen Tënde nga e keqja që kam vepruar. Unë jam mirënjohës për dhuntitë e Tua, i pranoj mëkatet e mia, falmë mua, sepse nuk i fal mëkatet askush tjetër përveç Teje.'' Kush e thotë këtë gjatë ditës, duke qenë i bindur në të dhe vdes atë ditë para se të ngryset, ai do të jetë prej banorëve të Xhenetit. E kush e thotë këtë natën, duke qenë i bindur në të dhe vdes para se të gdhijë, ai do të jetë prej banorëve të Xhenetit".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) na njofton se istigfari (pendimi) ka versione të ndryshme dhe se versioni më i mirë dhe më madhështor është që njeriu të thotë: "O Allah, Ti je Zoti im, nuk ka të adhuruar tjetër përveç Teje. Ti më ke krijuar dhe unë jam robi yt, do të qëndroj besnik në marrëveshjen dhe premtimin Tënd, sa të kem mundësi. Kërkoj mbrojtjen Tënde nga e keqja që e kam vepruar. Unë jam mirënjohës për dhuntitë e Tua, i pranoj mëkatet e mia, falmë mua, sepse nuk i fal mëkatet askush tjetër përveç Teje'' Kësisoj, së pari njeriu pohon njëshmërinë e Allahut të Madhëruar dhe se Allahu është krijuesi i tij dhe i adhuruari i tij pa asnjë ortak. Dhe se ai i përmbahet besëlidhjes së tij me Allahun në lidhje me besimin dhe adhurimin e Tij, sa të ketë mundësi. Sepse sado adhurime të kryejë njeriu, ai nuk mundet t'i kryejë të gjitha adhurimet për të cilat e ka urdhëruar Allahu dhe as ta falënderojë siç duhet Allahun për dhuntitë që i ka falur. Dhe se ai duhet të strehohet tek Allahu dhe të kërkojë mbrojtjen e Tij, ngase vetëm Ai e mbron njeriun nga e keqja që ka bërë. I pohon dhuntitë që Ai ia ka falur me dëshirë dhe i pranon mëkatet dhe gabimet që ka bërë duke fajësuar veten e tij. Pas këtij përgjërimi, ai i lutet Allahut që ta falë, duke ia mbuluar mëkatet dhe duke e shpëtuar atë nga e keqja e tyre me faljen, mirësinë dhe mëshirën e Tij, ngase vetëm Ai i fal mëkatet. Mandej, Pejgamberi (paqja qoftë mbi të!) na njofton se këto fjalë bëjnë pjesë te dhikri i mëngjesit dhe i mbrëmjes. Kësisoj, ai që i thotë këto fjalë me bindje, besim dhe meditim mbi domethënien e tyre, në fillim të ditës, që është nga koha e lindjes së diellit e deri në perëndimin e tij, dhe vdes, hyn në Xhenet. E ai që i thotë ato natën, që është nga koha e perëndimit të diellit e deri kur të agojë, nëse vdes para se të agojë, hyn në Xhenet.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
     <t>Versionet e istigfarit janë të ndryshme dhe disa nga ato janë më të mira se të tjerat.
 Njeriu duhet të përpiqet që t'i lutet Allahut me këtë dua, sepse ajo përmban zotërinë e istigfarit (pendimit).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5503</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Dy fjalë janë të lehta për gjuhën, të rënda në Peshore dhe të dashura për të Gjithëmëshirshmin</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Dy fjalë janë të lehta për gjuhën, të rënda në Peshore dhe të dashura për të Gjithëmëshirshmin: "Subhanallahil Adhim, subhanallahi ve bihamdihi (I Lartësuar është Allahu i Madhëruar, i Lartësuar është Allahu dhe Atij i takon lavdërimi)!”</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregoi për dy fjalë që njeriu i shqipton pa vështirësi, në çdo rrethanë dhe se për to ka shpërblim të madh në peshore dhe se Zoti ynë, i Gjithëmëshirshmi e i Lartmadhërishmi, i do ato:
 Subhanallahil Adhim, subhanallahi ve bihamdihi (I Lartësuar është Allahu i Madhëruar, i Lartësuar është Allahu dhe Atij i takon lavdërimi)!” Kjo, se ato ngërthejnë në vete përshkrimin e Allahut dhe madhështi e përsosuri, si dhe dëlirësimin e Tij nga mangësitë.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Dhikri më madhështor është ai tek i cili bashkohet dëlirësimi i Allahut dhe lavdërimi i Tij.
 Sqarimi se mëshira e Allahut është e gjerë me robërit e Tij, dhe se Ai për një vepër të vogël shpërblen shumë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Nuk ka asgjë më fisnike për Allahun sesa lutja</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Nuk ka asgjë më fisnike për Allahun sesa lutja."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se nuk ka adhurim më të mirë tek Allahu i Lartësuar sesa lutja, sepse ngërthen në vete pohimin se Allahu i Lartmadhëruar është i Vetëmjaftueshëm dhe pohimin se robi është i paaftë e i varfër për Allahun.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Vlera e lutjes dhe se kushdo që e lut Allahun, e madhëron Atë dhe e pranon se Ai është i Vetëmjaftueshëm, sepse nuk i lutemi të varfrit. Ai është Gjithëdëgjues, e nuk i lutemi të shurdhrit. Ai është Bujar, e  nuk i lutemi koprracit. Ai është i Gjithëmëshirshëm, e nuk i lutemi të vrazhdit. Ai është i Fuqishëm, e nuk i lutemi të pafuqishmit. Ai është afër, e i largëti nuk dëgjon, si dhe cilësi të tjera të madhërueshme e të bukura të Allahut të Lartmadhëruar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Sadakaja (lëmosha) nuk e pakëson pasurinë. Robit i cili fal, Allahu i shton krenari dhe Ai do të lartësojë këdo që bëhet modest për hir të Allahut</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Sadakaja (lëmosha) nuk e pakëson pasurinë. Robit i cili fal, Allahu i shton krenari dhe Ai do të lartësojë këdo që bëhet modest për hir të Allahut."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se sadakaja nuk e pakëson pasurinë, por, përkundrazi, i largon të këqijat dhe Allahu ia zëvendëson personit të tillë me mirësi madhështore, prandaj i shtohet dhe nuk i pakësohet.
 Falja, duke pasur mundësi për t'u hakmarrë ose për ta ndëshkuar personin që të ka bërë dëm, vetëm e shton fuqinë dhe krenarinë tënde.
 Kushdo që tregohet modest dhe i thjeshtë për hir të Allahut, e jo nga frika a lajkatimi për ndokënd ose për të përfituar prej ndokujt, shpërblimi i tij do të jetë lartësim dhe nderim te të tjerët.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Mirësia dhe suksesi qëndron në respektimin e fesë dhe të bërët mirë, edhe nëse disa njerëz mendojnë se është ndryshe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>Atij që e mbron nderin e vëllait të vet, Allahu do t'ia mbrojë fytyrën nga Zjarri në Ditën e Kiametit</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Ebu Derdai (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Atij që e mbron nderin e vëllait të vet, Allahu do t'ia mbrojë fytyrën nga Zjarri në Ditën e Kiametit."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se kushdo që e mbron nderin e vëllait të tij musliman, kur ai s'është i pranishëm, duke i ndalur të tjerët që të mos e pëçmojnë ose ofendojnë, Allahu do t'ia largojë atij dënimin në Ditën e Kiametit.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Është e ndaluar të merret nëpër gojë nderi i muslimanëve.
 Shpërblimi është sipas llojit të veprës: Allahu e mbron nga Zjarri atë që ia ruan nderin vëllait të vet.
 Islami është fe e vëllazërisë dhe e ndihmesës së ndërsjellë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Atij që thotë: "Subhanallahi ve bihamdihi (I patëmeta është Allahu dhe lavdërimi i takon Atij)", njëqind herë në ditë, i fshihen mëkatet, edhe në qofshin sa shkuma e detit</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Atij që thotë: "Subhanallahi ve bihamdihi (I patëmeta është Allahu dhe lavdërimi i takon Atij)", njëqind herë në ditë, i fshihen mëkatet, edhe në qofshin sa shkuma e detit."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se, atij që thotë: "Subhanallahi ve bihamdihi (I patëmeta është Allahu dhe lavdërimi i takon Atij)", njëqind herë në ditë, i fshihen mëkatet, edhe në qofshin sa shkuma e detit, kur valëzohet dhe shpërthen.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Ky shpërblim arrihet për këdo që e thotë gjatë ditës, qoftë ngjitur, qoftë ndaras.
 Tesbihu nënkupton dëlirjen e Allahut nga mangësitë, ndërsa hamdi nënkupton përshkrimin e Allahut me përsosuri, duke ia bashkëngjitur kësaj dashurinë dhe madhërimin.
 Ajo që nënkuptohet në këtë hadith është shlyerja e mëkateve të vogla. Sa u përket mëkateve të mëdha, për to duhet pendim.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>“Atij që thotë dhjetë herë: "La ilahe ilallahu vahdehu la sherike leh, lehul mulku ve lehul hamdu, ve huve ala kuli shejin kadir (S'ka të adhuruar të denjë përveç Allahut, të Vetmit që nuk ka ortak. Atij i takon sundimi dhe lavdi, Ai ka fuqi për çdo gjë)</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>Ebu Ejubi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Atij që thotë dhjetë herë: "La ilahe ilallahu vahdehu la sherike leh, lehul mulku ve lehul hamdu, ve huve ala kuli shejin kadir (S'ka të adhuruar të denjë përveç Allahut, të Vetmit që nuk ka ortak. Atij i takon sundimi dhe lavdi, Ai ka fuqi për çdo gjë)", i llogaritet sikur t'i ketë liruar katër robër nga pasardhësit e Ismailit.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ na ka treguar në këtë hadith se kush thotë: "La ilahe ilallahu vahdehu la sherike leh, lehul mulku ve lehul hamdu, ve huve ala kuli shejin kadir", kuptimi i së cilës është: Nuk ka të adhuruar me të drejtë përveç Allahut, të Vetmit e pa ortak, dhe se Ai, i Lartësuari, është Ai që ka sundim të plotë, Ai që është i denjë për falënderim dhe lavdërim, duke ia bashkëngjitur kësaj dashurinë dhe madhërimin, e jo dikujt tjetër, si dhe Ai është i Plotfuqishëm dhe asgjë nuk është e pamundur për Të. Kushdo që e përsërit këtë dhikër madhështor dhjetë herë në ditë, do të marrë shpërblim të ngjashëm me shpërblimin e atij që ua hoqi robërinë katër robërve nga pasardhësit e Ismailit, të birit të Ibrahimit (alejhima selam). I veçoi pasardhësit e Ismailit (alejhi selam), sepse janë më të nderuar se të tjerët.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Vlera e këtij dhikri, sepse përfshin veçimin e Allahut të Lartësuar me adhurim, sundim, lavdërim dhe fuqi të plotë.
 Ky shpërblim arrihet për këdo që e thotë gjatë ditës, qoftë rresht, qoftë veçmas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>“Atij që Allahu ia do të mirën, ia mundëson kuptimin e fesë</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>Muaviu (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar Profetin ﷺ duke thënë: “Atij që Allahu ia do të mirën, ia mundëson kuptimin e fesë. Unë jam vetëm shpërndarës (i pasurisë dhe kumtues i fesë), kurse Allahu është Dhuruesi. Ky umet do të vazhdojë të qëndrojë i fortë në fenë e Allahut dhe nuk do ta dëmtojnë kundërshtarët, derisa të vijë caktimi i Allahut.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se atij që Allahu ia do të mirën, i jep të kuptuar të thellë në fenë e Tij. Profeti ﷺ është shpërndarës, i cili e shpërndan rrizkun, diturinë dhe gërat e tjera që ia ka dhënë Allahu, ndërsa Dhuruesi i vërtetë është Allahu. Sa u përket të tjerave, ato janë mjete që nuk janë të dobishme, përveçse me lejen e Allahut. Ky umet do të vazhdojë të qëndrojë i fortë në fenë e Allahut dhe nuk do ta dëmtojnë kundërshtarët, derisa të vijë caktimi i Allahut.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Madhështia dhe vlera e dijes fetare, mësimit të saj dhe inkurajimit për ta kërkuar atë.
 Kapja fort pas së vërtetës medoemos do të ekzistojë në këtë umet: nëse një grup e braktis, grupi tjetër do të kapet për të.
 Të kuptuarit e thellë të fesë është shenjë se Allahu ia ka dëshiruar mirësinë robit të Vet.
 Profeti ﷺ dhuron me lejen dhe vullnetin e Allahut, sepse ai nuk posedon gjë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5518</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>Allahu e do robin e devotshëm, të pasur (në shpirt) e të fshehur (nga sytë e njerëzve).”</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Sad ibn Ebu Vekasi (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: "Allahu e do robin e devotshëm, të pasur (në shpirt) e të fshehur (nga sytë e njerëzve).”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi se Allahu i Lartësuar i do disa nga robërit e Tij,
 e prej tyre janë: i devotshmi, respektivisht ai që i kryen urdhrat e Allahut dhe largohet prej ndalesave të Tij.
 Gjithashtu e do të pasurin, respektivisht atë që vetëmjaftohet me Allahun kundrejt njerëzve dhe nuk i kushton vëmendje askujt nga ata.
 Po ashtu e do të fshehurin, respektivisht modestin, atë që e adhuron Zotin e tij, atë që është i zënë me atë që i sjell dobi, që nuk i intereson që dikush ta njohë ose të flasë për të me lavdërim e falënderim.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>Sqarimi i disa cilësive që rezultojnë që Allahu t'i dojë robërit e Tij, të cilat janë: devotshmëria, modestia dhe kënaqësia me atë që Allahu ka ndarë (dhe caktuar për robin).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5545</t>
   </si>
   <si>
-    <t>إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ</t>
+    <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>Do ta shihni Zotin tuaj, ashtu siç po e shihni Hënën: pa asnjë vështirësi</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
     <t>Xherir ibn Abdullahu (Allahu qoftë i kënaqur me të!) tregon: "Një natë, duke ndenjur me Profetin ﷺ, e pa Hënën të plotë dhe tha: “Do ta shihni Zotin tuaj, ashtu siç po e shihni Hënën: pa asnjë vështirësi. Po patët mundësi që të mos ju pengojë asgjë nga falja e namazit të sabahut dhe të ikindisë, bëjeni.” Pastaj lexoi: “... madhëroje Zotin tënd dhe falënderoje Atë para lindjes së Diellit dhe para perëndimit.” (Kaf, 39)</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
     <t>Sahabët ishin me Profetin ﷺ një natë, i cili shikoi drejt Hënës së plotë (katërmbëdhjetëshe) dhe tha: Besimtarët do ta shohin Zotin e tyre me sy, realisht, pa asnjë dyshim; nuk do të shtyhen me njëri-tjetrin dhe nuk do të përjetojnë lodhje e vështirësi kur ta shohin Atë, të Lartësuarin. Pastaj i Dërguari i Allahut ﷺ tha: Nëse jeni në gjendje t'i ndërprisni shkaqet që ju largojnë nga namazi i sabahut dhe namazi i ikindisë, atëherë veproni kështu dhe kryeni ato plotësisht në kohën e duhur me xhemat, sepse kjo është një nga shkaqet (që mundësojnë) të parët e Allahut të Lartmadhëruar. Pastaj Profeti ﷺ lexoi ajetin: “... madhëroje Zotin tënd dhe falënderoje Atë para lindjes së Diellit dhe para perëndimit.” (Kaf, 39)</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
   <si>
     <t>Sihariq për besimtarët se do ta shohin Allahun e Lartësuar në Xhenet.
 Ndër metodat e davetit (thirrjes) janë: theksimi, inkurajimi dhe dhënia e shembujve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5657</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>Profeti ﷺ nuk e refuzonte parfumin</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon: "Profeti ﷺ nuk e refuzonte parfumin."</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>Nga udhëzimet e Profetit ﷺ ishte se ai nuk e refuzonte parfumin, por e pranonte, sepse është i lehtë për t'u bartur dhe ka aromë të këndshme.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>Është e rekomanduar që të pranohet parfumi si dhuratë, sepse nuk ka vështirësi për bartje të tij e as përmendje të së mirës kur të pranohet ai.
 Përsosuria dhe karakteri i mirë i Profetit ﷺ, sepse nuk e kthente parfumin, si dhe e pranonte dhuratën nga kushdo që ia dhuronte.
 Inkurajimi për ta përdorur parfumin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5733</t>
   </si>
   <si>
-    <t>اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ،</t>
+    <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
   </si>
   <si>
     <t>Ruhuni nga padrejtësia, sepse padrejtësia është errësirë në Ditën e Gjykimit. Ruhuni nga koprracia, sepse koprracia i shkatërroi ata që ishin para jush</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
     <t>Nga Xhabiri ibn Abdullahu (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Ruhuni nga padrejtësia, sepse padrejtësia është errësirë në Ditën e Gjykimit. Ruhuni nga koprracia, sepse koprracia i shkatërroi ata që ishin para jush. I shtyu që të derdhin gjakun e njëri-tjetrit dhe të përligjin uzurpimin e të drejtave të njëri-tjetrit."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) ka paralajmëruar nga padrejtësia. Ndër format e padrejtësisë janë: padrejtësia ndaj njerëzve, padrejtësia ndaj vetes dhe padrejtësia kundrejt detyrimeve që njeriu ka ndaj Allahut të Madhëruar. Përkufizimi i padrejtësisë është: të mos i japësh tjetrit të drejtën që i takon. Padrejtësia do të jetë errësirë në Ditën e Gjykimit ndaj atyre që kanë bërë padrejtësi, duke krijuar vështirësi dhe frikë për ta. Pejgamberi (paqja qoftë mbi të!) ndaloi gjithashtu nga koprracia, e cila do të thotë të jesh shumë dorështrënguar dhe lakmitar i madh. Pjesë e koprracisë është dhe shkujdesja ndaj detyrimeve monetare dhe lakmia e madhe për të mirat materiale. Pikërisht kjo formë e padrejtësisë i shkatërroi popujt që jetuan para nesh, duke i shtyrë ata të vrisnin njëri-tjetrin dhe të përligjnin gjërat që Allahu i pati ndaluar.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Ndihma monetare dhe solidarizimi janë pjesë e shkaqeve që krijojnë dashuri dhe marrëdhënie të mira midis vëllezërve.
 Dorështrëngimi dhe koprracia i tërheqin njerëzit drejt mëkateve, paturpësive dhe krimeve.
 Besimtarët duhet të marrin mësim nga popujt e mëparshëm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5787</t>
   </si>
   <si>
-    <t>أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ</t>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>Besimtari me besimin më të plotë është ai që ka moral më të mirë. Më të zgjedhurit prej jush janë ata që janë më të mirët me gratë e tyre</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Besimtari me besimin më të plotë është ai që ka moral më të mirë. Më të zgjedhurit prej jush janë ata që janë më të mirët me gratë e tyre."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se njeriu me besimin më të plotë është ai që e ka moralin më të mirë, e kjo arrihet duke e pasur fytyrën të qeshur, duke bërë vepra të mira, duke folur mirë dhe duke e larguar të keqen.
 Besimtarët më të mirë janë ata që janë më të mirët me gjininë femërore, si: bashkëshortet, vajzat, motrat dhe të afërmet e tyre, sepse ato janë ndër njerëzit më meritorë për të pasur moral të mirë me to.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>Vlera e moralit të mirë dhe se ai është prej besimit.
 Vepra është prej besimit dhe besimi shtohet e pakësohet.
 Islami e nderon femrën dhe inkurajon t'i bëhet mirë asaj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5792</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>Dynjaja është një pasuri (kënaqësi) e përkohshme, ndërsa kënaqësia më e mirë e dynjasë është gruaja e devotshme.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) transmeton se i  Dërguari i Allahut ﷺ ka thënë: "Dynjaja është një pasuri (kënaqësi) e përkohshme, ndërsa kënaqësia më e mirë e dynjasë është gruaja e devotshme.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se dynjaja dhe ajo që gjendet në të është diçka që përmes saj arrihet kënaqësi për një kohë dhe pastaj kalon, por kënaqësia më e mirë e saj është gruaja e devotshme, të cilën, kur e shikon, e gëzon; kur e urdhëron, i bindet, e, kur nuk është i pranishëm, e ruan nderin dhe pasurinë e tij.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>Lejohet të kënaqemi me të mirat e dynjasë, të cilat Allahu ua ka lejuar robërve të Tij, pa teprim e pa mendjemadhësi.
 Inkurajimi për ta zgjedhur gruan të devotshme, sepse kjo është ndihmesë për burrin që t'i bindet Zotit të tij.
 Kënaqësia më e mirë e kësaj dynjaje është ajo gjë që është bindje ndaj Allahut ose të ndihmon për këtë gjë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ</t>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>Çdo gjë që shoqërohet nga butësia, zbukurohet, e çdo gjë që zhvishet nga butësia, shëmtohet</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!), gruaja e Profetit ﷺ, tregon se Profeti ﷺ ka thënë: "Çdo gjë që shoqërohet nga butësia, zbukurohet, e çdo gjë që zhvishet nga butësia, shëmtohet."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se butësia dhe mosnxitimi në fjalë dhe në vepra i bëjnë gjërat më të bukura, më të përsosura e më të mira dhe ka më shumë gjasa që personi i tillë të arrijë ta marrë atë që ka nevojë.
 Mungesa e butësisë i bën gjërat të turpshme, i shëmton dhe e pengon personin e tillë ta arrijë nevojën e tij. E, nëse e arrin, e arrin me vështirësi.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Inkuraimi për t'u stolisur me virtytin e butësisë.
 Butësia e zbukuron njeriun dhe ajo është shkak për çdo mirësi në çështjet e kësaj bote dhe të botës tjetër.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5796</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>Vërtet Allahu kënaqet me robin që ha një kafshatë dhe e falënderon Atë për të dhe pi një gllënjkë dhe e falënderon Atë për të</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Vërtet Allahu kënaqet me robin që ha një kafshatë dhe e falënderon Atë për të dhe pi një gllënjkë dhe e falënderon Atë për të."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se, kur robi ta falënderojë Zotin e tij për mirësinë dhe begatitë e Tij, kjo është një nga gjërat me të cilat ai e fiton kënaqësinë e Allahut. Kështu, ha ushqimin dhe thotë: "Falënderimi i takon Allahut", dhe e konsumon pijen dhe thotë: "Falënderimi i takon Allahut."</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>Bujaria e Allahut të Lartmadhëruar; Ai të ka dhuruar furnizim dhe është i kënaqur me ty kur e falënderon.
 Kënaqësia e Allahut arrihet duke e bërë shkakun më të vogël, bie fjala, falënderimi i Tij pas hajes dhe pijes.
 Ndër rregullat e ushqimit dhe pijes është falënderimi i Allahut të Lartësuar pas hajes dhe pijes.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>Vërtet besimtari përmes sjelljes së mirë i arrin shkallët e agjëruesit dhe të atij që falet natën (në vazhdimësi)</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Vërtet besimtari përmes sjelljes së mirë i arrin shkallët e agjëruesit dhe të atij që falet natën (në vazhdimësi)."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se sjellja e mirë e sjell pronarin e saj në pozitën e atij që agjëron rregullisht ditën dhe falet rregullisht gjatë natës. Sjellja e mirë përmblidhet në këto gjëra: të bësh mirë, të flasësh mirë, të kesh fytyrë të buzëqeshur, ta largosh dëmin nga të tjerët dhe t'i durosh ata nëse të shkaktojnë dëm.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Rëndësia e madhe që Islami ia kushton rregullimit dhe përsosjes së sjelljes.
 Vlera e sjelljes së mirë, saqë robi përmes saj e arrin pozitën e atij që agjëron vazhdimisht dhe të atij që falet natën pa u lodhur.
 Agjërimi gjatë ditës dhe namazi i natës janë dy vepra madhështore, të cilat janë të vështira për shpirtin dhe njeriu me sjellje të mirë e arrin pozitën e tyre, sepse është në betejë me veten e tij përmes sjelljes së mirë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5799</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا</t>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>Më i miri prej jush është ai që e ka sjelljen më të mirë.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) ka thënë: "Profeti ﷺ nuk ka qenë vulgar në të folur e as në sjellje." Ai thoshte: “Më i miri prej jush është ai që e ka sjelljen më të mirë.”</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>Nuk ishte pjesë e sjelljes së Profetit ﷺ të fliste fjalë të ndyta ose të bënte vepra të ndyta. Ai as që synonte një gjë të tillë, sepse kishte sjellje shumë fisnike.
 Profeti ﷺ thoshte: "Më i miri prej jush tek Allahu është ai që e ka sjelljen më të mirë, e kjo arrihet duke bërë mirë, duke qenë i i buzëqeshur, duke e larguar dëmin nga të tjerët dhe duke e duruar dëmin që mund të ta shkaktojnë, si dhe duke u përzier me njerëzit në formë të mirë.</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>Muslimani duhet të largohet nga fjalët dhe vepra e ndyra.
 Sjellja e Profetit ﷺ ishte e përkryer, sepse bënte vetëm vepra të mira dhe thoshte vetëm fjalë të këndshme.
 Sjellja e mirë është arenë konkurrence, kështu që, kush del fitimtar, është ndër besimtarët më të mirë dhe me besimin më të plotë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5803</t>
   </si>
   <si>
-    <t>قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ</t>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
     <t>“Allahu thotë: "Jep, o biri i Ademit, të të jap</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu thotë: "Jep, o biri i Ademit, të të jap."</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se Allahu i Lartmadhërishëm thotë: "Jep, o biri i Ademit, - nga lëmoshat e detyrueshme dhe të rekomanduara - do të ta zgjeroj (furnizimin), do të të jap në këmbim të saj dhe do të të bekoj në të."</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Inkurajimi për të dhënë sadaka dhe për të shpenzuar në rrugën e Allahut.
 Lëmosha për bamirësi është një nga arsyet më të mëdha për ta arritur bereqetin dhe shumëfishimin e riskut dhe që Allahu t'ia japë robit atë që ka shpenzuar.
 Ky hadith është nga ato që Profeti ﷺ i transmeton nga Zoti i tij dhe quhet hadith i shenjtë (ar. kudsij) ose hyjnor, që shprehja dhe kuptimi i tij janë nga Allahu, vetëm se nuk i ka karakteristikat e Kuranit, që e dallojnë atë nga çdo gjë tjetër, si: të bërët adhurim me leximin e tij, të qenët i pastër gjatë leximit, sfidimi (që të sjellin një të ngjashëm me të), paimitueshmëria etj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5805</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
     <t>një burrë e pyeti Pejgamberin (paqja qoftë mbi të!): "Cila cilësi e Islamit është më e mira?" Ai u përgjigj: "Të japësh ushqim dhe të përshëndesësh me selam ata që i njeh dhe ata që nuk i njeh</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
     <t>Nga Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) përcillet se një burrë e pyeti Pejgamberin (paqja qoftë mbi të!): "Cila cilësi e Islamit është më e mira?" Ai u përgjigj: "Të japësh ushqim dhe të përshëndesësh me selam ata që i njeh dhe ata që nuk i njeh."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) u pyet se cila nga cilësitë e Islamit është më e mira dhe ai përmendi dy cilësi.
 E para: Dhënia ushqim të varfërve sa më shumë. Këtu bën pjesë lëmosha, dhurata, mikëpritja dhe gostia. Vlera e dhënies së ushqimit rritet në kohën e urisë dhe ngritjes së çmimeve.
 E dyta: Përshëndetja me selam ndaj çdo muslimani që e njeh apo që nuk e njeh.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Dëshira e madhe e sahabëve për të njohur cilësitë që sjellin dobi në këtë jetë dhe në jetën tjetër.
 Përshëndetja me selam dhe dhënia e ushqimit janë nga punët më të mira në Islam, ngaqë ato kanë epërsi dhe ngaqë njerëzit kanë nevojë për to në çdo kohë.
 Nëpërmjet këtyre dy cilësive arrihet bamirësia me fjalë dhe me vepër. Dhe kjo formë e bamirësisë është më e larta.
 Këto cilësi lidhen me marrëdhëniet e muslimanëve midis tyre, ndërkohë që ka dhe cilësi të tjera që lidhen me marrëdhënien e njeriut me Zotin e vet.
 Të filluarit e përshëndetjes me selam është specifike për muslimanët midis njëri-tjetrit, ndërsa jobesimtarët ne nuk duhet t’i përshëndesim të parët me selam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5808</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ</t>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>“Allahu e lë zullumqarin të vazhdojë me zullumin e tij, që, kur ta dënojë, të mos shpëtojë</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>Ebu Musai (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu e lë zullumqarin të vazhdojë me zullumin e tij, që, kur ta dënojë, të mos shpëtojë”, pastaj e lexoi ajetin: “I tillë është dënimi i Zotit tënd, kur ndëshkon vendbanimet që bënin gjynahe. Me të vërtetë, dënimi i Tij është i dhembshëm dhe i ashpër.” (Hud, 102)</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tërheq vërejtjen nga vazhdimësia në padrejtësi përmes mëkatit, idhujtarisë dhe duke u bërë padrejtësi njerëzve në të drejtat e tyre. Allahu i Lartësuar i jep afat zullumqarit, e vonon e ia zgjat jetën dhe pasurinë, kështu që nuk ia përshpejton dënimin. E, nëse nuk pendohet, do ta dënojë dhe nuk do ta lërë, për shkak të padrejtësive të shumta që i ka bërë.
 Pastaj lexoi ajetin: “I tillë është dënimi i Zotit tënd, kur ndëshkon vendbanimet që bënin gjynahe. Me të vërtetë, dënimi i Tij është i dhembshëm dhe i ashpër.” (Hud, 102)</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Njeriu i mençur duhet të nxitojë të pendohet dhe nuk duhet të jetë i sigurt nga të papriturat e Allahut, nëse vazhdon në padrejtësi.
 Allahu i Lartësuar u jep afat të padrejtëve dhe nuk shpejton për t'i dënuar, duke i afatizuar kështu, në mënyrë që t'ua shtojë dënimin, nëse nuk pendohen.
 Padrejtësia është shkak që Allahu i dënon popujt.
 Nëse Allahu shkatërron një qytet, ku mund të ketë njerëz të devotshëm, atëherë ata do të ringjallen në Ditën e Kiametit në atë gjendje devotshmërie që ishin, e nuk do të dëmtohen nëse i përfshin dënimi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5811</t>
   </si>
   <si>
-    <t>كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ،</t>
+    <t>كلكم راع فمسئول عن رعيته،</t>
   </si>
   <si>
     <t>Të gjithë ju jeni barinj dhe secili është përgjegjës për tufën e tij</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
     <t>Nga Abdullah ibn Umeri (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Të gjithë ju jeni barinj dhe secili është përgjegjës për tufën e tij. Prijësi i një populli është bari dhe ai është përgjegjës për tufën e tij. Burri është bariu i njerëzve të shtëpisë së tij dhe ai është përgjegjës për ta. Gruaja është bareshë e shtëpisë së burrit të saj dhe fëmijëve të tij dhe ajo është përgjegjëse për ta. Skllavi është bariu i pasurisë së zotërisë së tij dhe ai është përgjegjës për të. Secili prej jush është bari dhe secili prej jush është përgjegjës për tufën e tij.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) na njofton se të gjithë muslimanët kanë nga një përgjegjësi në shoqëri dhe ata duhet të kujdesen dhe ta mbartin atë. Prijësi dhe udhëheqësi janë barinj të atyre që Allahu i ka vendosur në përgjegjësinë e tyre. Andaj ata duhet të ruajnë të drejtat e tyre, t'i mbrojnë nga agresorët, të përballen me armiqtë e tyre dhe të mos i neglizhojnë të drejtat e tyre. Burri është përgjegjës për shpenzimet e jetesës së familjes së tij, për sjelljen e mirë me ta dhe për arsimimin dhe edukimin e tyre. Gruaja është përgjegjëse për menaxhimin e mirë të shtëpisë së burrit të saj dhe edukimin e fëmijëve të tij. Shërbëtori dhe punëtori janë përgjegjës për ruajtjen e pasurisë së pronarit të tyre që e kanë në menaxhimin e tyre dhe për kryerjen e shërbimeve që i detyrohen atij. Kësisoj, çdo njeri është bari i detyrës që i është ngarkuar dhe është përgjegjës për mbarëvajtjen e saj.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Përgjegjësia në shoqërinë muslimane është gjithëpërfshirëse dhe çdo individ ka në supet e veta një përgjegjësi sipas pozicionit, aftësisë dhe detyrës së tij.
 Femra ka një përgjegjësi të madhe, e cila konsiston në kryerjen e detyrimeve të shtëpisë së burrit të saj dhe detyrave të saj karshi fëmijëve të saj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5819</t>
   </si>
   <si>
-    <t>مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ</t>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>Nuk kam lënë pas meje ndonjë sprovë më të dëmshme për burrat sesa gratë</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Usame ibn Zejdi (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Nuk kam lënë pas meje ndonjë sprovë më të dëmshme për burrat sesa gratë."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se ai nuk ka lënë pas vetes sprovë më të dëmshme për burrat sesa gratë, rrjedhimisht, nëse ajo është dikush nga familja e tij, atëherë ai mund ta ndjekë atë në kundërshtim me fenë. E, nëse ajo është e huaj për të, atëherë duke u përzier dhe duke u vetmuar me të dhe gjëra të tjera të dëmshme që rrjedhin prej kësaj.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>Muslimani duhet të ketë kujdes nga sprova e grave dhe duhet ta mbyllë çdo shteg që çon në sprovim përmes saj.
 Besimtari duhet të kapet fort pas fesë së Allahut dhe të shpresojë tek Ai që ta ruajë nga sprovat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5830</t>
   </si>
   <si>
-    <t>يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا</t>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>Lehtësoni e mos vështirësoni, jepni lajme të mira e mos largoni!</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Lehtësoni e mos vështirësoni, jepni lajme të mira e mos largoni!"</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith urdhëron që njerëzve t'ua lehtësojmë gjërat e të mos ua vështirësojmë, në të gjitha çështjet, qofshin fetare, qoftshin të kësaj bote (kuptohet), brenda kufijve të asaj që Allahu e ka lejuar dhe e ka përligjur.
 Profeti ﷺ inkurajon që të përgëzojmë për mirësi dhe të mos i largojmë njerëzit prej saj.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Besimtari e ka obligim që t'i bëjë njerëzit ta duan Allahun dhe t'i inkurajojë ata të bëjnë mirë.
 Thirrësi për tek Allahu duhet të shikojë me urtësi se si ua përcjell njerëzve thirrjen në Islam.
 Dhënia e lajmeve të mira si rezultat ka kënaqësinë, afrimin dhe rehatinë për thirrësin dhe për çështjen që ua paraqet njerëzve.
 Vështirësimi jep si rezultat largimin, kthimin e shpinës dhe dyshimin në fjalët që thotë thirrësi.
 Mëshira e gjerë e Allahut ndaj robërve të Tij dhe se Ai është i kënaqur për ta me një fe të lehtësuar dhe një ligj të lehtë.
 Lehtësimi i urdhëruar është ai me të cilin ka ardhur feja.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5866</t>
   </si>
   <si>
-    <t>تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا</t>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>“Përsëriteni Kuranin vazhdimisht, sepse betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se ai ikën më shpejt se deveja kur zgjidhet nga litari.”</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Përsëriteni Kuranin vazhdimisht, sepse betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se ai ikën më shpejt se deveja kur zgjidhet nga litari.”</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka urdhëruar që të përsëritet Kurani dhe të lexohet vazhdimisht, që të mos harrohet pasi është mësuar përmendsh në kraharor, dhe këtë e vërtetoi me betim, se Kurani largohet më shpejt nga kraharori sesa devetë e lidhura me litarë në mes të krahut. Nëse njeriu e përsërit atë, e kap (dhe e ruan), e, nëse e lëshon (nuk e përsërit), largohet dhe humbet.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Nëse hafëzi e lexon atë në vazhdimësi, pa pushim, ai do të mbetet i ruajtur në zemrën e tij, përndryshe do të largohet dhe do ta harrojë.
 Prej dobive të përsëritjes së Kuranit në vazhdimësi është shpërblimi dhe ngritja e shkallëve në Ditën e Kiametit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5907</t>
   </si>
   <si>
-    <t>خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ</t>
+    <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>Më i miri ndër ju është ai që e mëson Kuranin dhe ua mëson të tjerëve</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>Othmani (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Më i miri ndër ju është ai që e mëson Kuranin dhe ua mëson të tjerëve."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se muslimani më i mirë dhe me shkallën më të lartë tek Allahu është ai që e mëson Kuranin: për ta lexuar, e memorizon, e lexon ngadalë dhe qartë, si dhe i mëson çështjet e fikhut dhe të tefsirit që lidhen me të, si dhe ua mëson të tjerëve njohuritë që i ka rreth Kuranit dhe i jetëson (urdhrat e tij).</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Sqarimi i madhështisë së Kuranit dhe se ai është fjala më e mirë dhe Fjala e Allahut.
 Mësuesi më i mirë është ai që i mëson të tjerët, e nuk mjaftohet vetëm me veten e tij.
 Mësimi i Kuranit për vete dhe mësimi i tij të tjerëve përfshin leximin, kuptimet dhe vendimet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5913</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ</t>
+    <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>Betohem për Atë në dorën e të cilit është shpirti im, ju do të ndiqni zakonet e atyre që kanë jetuar para jush!</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
     <t>Nga Ebu Uakid el-Lejthi (Allahu qoftë i kënaqur me të!) përcillet se: Kur Pejgamberi (paqja qoftë mbi të!) ishte rrugës për në Hunejn, kaloi pranë një peme të idhujtarëve, të cilën e quanin "Dhatu en'uat". Në këtë pemë idhujtarët varnin armët e tyre. Disa nga të pranishmit i thanë Pejgamberit (paqja qoftë mbi të!): "Na cakto dhe neve një Dhatu en'uat siç e kanë ata. Pejgamberi (paqja qoftë mbi të!) tha: "I patëmeta është Allahu! Kjo që sapo thatë është si ajo që tha populli i Musait: "Cakto një zot për ne siç kanë ata zota!" (A'raf: 138) "Betohem për Atë në dorën e të cilit është shpirti im, ju do të ndiqni zakonet e atyre që kanë jetuar para jush!".</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) u nis drejt Hunejnit, që gjendej në një luginë midis Taifit dhe Mekës, ndërkohë me të ishin dhe disa nga sahabët që sapo kishin hyrë në fenë islame. Ata kaluan pranë një peme, e cila njihej me emrin "Dhatu en'uat" që do të thotë "Pema ku varen gjërat". Idhujtarët e madhëronin këtë pemë dhe varnin në të armët e tyre dhe gjëra të tjera në kërkim të begatisë. Këta sahabë që ishin të rinj në Islam kërkuan nga Pejgamberi (paqja qoftë mbi të!) të caktonte për ta një pemë si ajo, ku të varnin armët e tyre, duke menduar se një gjë e tillë është e lejuar. Pejgamberi (paqja qoftë mbi të!) lëvdoi dhe madhëroi Allahun në formë refuzimi ndaj asaj që ata thanë. Ai i njoftoi se këto fjalë ishin të ngjashme me fjalët që populli i Musait i tha Musait: "Cakto për ne një zot siç kanë ata zota!" Populli i Musait e bënë këtë kërkesë kur panë një popull që adhuronin idhujt. Kështu, ata kërkuan nga ai që të kishin dhe ata idhuj siç kishin idhujtarët. Pejgamberi (paqja qoftë mbi të!) i njoftoi këta sahabë që kjo gjë është imitim i rrugës së popullit të Musait. Mandej Pejgamberi (paqja qoftë mbi të!) njoftoi se ky umet do të ndjekë rrugën e hebrenjve dhe të krishterëve dhe do të bëjë atë që ata kanë bërë. Ai e tha këtë në formë paralajmërimi.</t>
   </si>
   <si>
     <t>الإنسانُ قد يَستحسنُ شيئًا يَظُنُّه يُقَرِّبُه إلى الله تعالى، وهو يُبْعِدُه عنه.
 ينبغي للمسلم أن يُسَبِّح ويُكَبِّر إذا سمِع ما لا ينبغي أن يُقَال في الدين، وعند التَّعَجُّب.
 من الشرك التَّبَرُّك بالأشجارِ والأحجارِ وغيرها، والبَرَكة إنما تطلب من الله وحده.
 سبب عبادة الأصنام هو تعظيمها، والعكوف عندها، والتَبَرُّك بها.
 وجوب سَدِّ الأبواب والطُّرُق التي تُوصل إلى الشرك.
 ما جاء من النصوص في ذمِّ اليهود والنصارى هو تحذيرٌ لنا.
 النَّهْيُ عن التَّشَبُّه بأهل الجاهلية واليهود والنصارى، إلا ما دلَّ الدليل على أنه من ديننا.</t>
   </si>
   <si>
     <t>Nganjëherë njeriut i pëlqen diçka dhe ai pandeh se ajo e afron atë tek Allahu i Madhëruar, por, në të vërtetë,ajo e largon atë prej Tij.
 Është e udhës që muslimani të lartësojë e të madhërojë Allahun kur të dëgjojë diçka që nuk duhet thënë në lidhje me fenë dhe gjithashtu kur çuditet.
 Prej formave të shirkut është dhe kërkimi i begatisë nga pemët, gurët dhe sende të tjera. Kjo sepse begatia kërkohet vetëm nga Allahu i Madhëruar.
 Arsyeja e adhurimit të idhujve është madhërimi, qëndrimi pranë tyre dhe kërkimi i begatisë prej tyre.
 Është detyrë të mbyllen dyert dhe rrugët që të shpiejnë në shirk.
 Kritika që ceket në tekstet fetare në raport me hebrenjtë dhe të krishterët shërben si një paralajmërim për ne.
 Nuk lejohet përngjasimi me njerëzit e periudhës së injorancës ose me hebrenjtë dhe të krishterët, me përjashtim të atyre çështjeve që vërtetohet me argument se janë pjesë e fesë sonë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5927</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ</t>
+    <t>أن رجلا أتى النبي صلى الله عليه وسلم، فكلمه في بعض الأمر، فقال: ما شاء الله وشئت، فقال النبي صلى الله عليه وسلم: أجعلتني لله عدلا؟ قل: ما شاء الله وحده</t>
   </si>
   <si>
     <t>se një burrë erdhi te Pejgamberi (paqja qoftë mbi të!) dhe foli me të për një çështje dhe pastaj tha: "Si të dojë Allahu dhe si të duash ti!" Sakaq, Pejgamberi (paqja qoftë mbi të!) i tha: "A më bëre të barabartë me Allahun!?" Thuaj: "Si të dojë Allahu i Vetëm!</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ».</t>
   </si>
   <si>
     <t>Nga Abdullah ibn Abasi (Allahu qoftë i kënaqur me të!) përcillet se një burrë erdhi te Pejgamberi (paqja qoftë mbi të!) dhe foli me të për një çështje dhe pastaj tha: "Si të dojë Allahu dhe si të duash ti!" Sakaq, Pejgamberi (paqja qoftë mbi të!) i tha: "A më bëre të barabartë me Allahun!?" Thuaj: "Si të dojë Allahu i Vetëm!"</t>
   </si>
   <si>
     <t>جاءَ رجلٌ إلى النبيِّ صلى الله عليه وسلم فكَلَّمَه في أمرٍ له، ثم قال: "ما شاء الله وشئت"، 
 فأنكر عليه النبيُّ صلى الله عليه وسلم هذا القول، وأخبره أنّ عَطْف مشيئة المخلوق على مشيئة الله بالواو شِركٌ أصغر، لا يجوز للمسلم أن يَتَلَفَّظَ به، 
 ثم أَرْشَدَه إلى القول الحق: "ما شاء الله وحده"، فيُفْرِد الله في مشيئته، ولا يَعْطِف عليه مشيئة أحدٍ بأيِّ نوع من أنواع العَطْف.</t>
   </si>
   <si>
     <t>Një burrë erdhi te Pejgmaberi (paqja qoftë mbi të!) dhe foli me të për një çështje të tijën dhe më pas tha: "Si të dojë Allahu dhe si të duash ti!". Mirëpo Pejgamberit (paqja qoftë mbi të!) nuk i pëlqyen këto fjalë dhe e njoftoi atë se bashkimi midis vullnetit të Allahut dhe vullnetit të krijesës është shirk i vogël dhe nuk i lejohet muslimanit që të shprehet në këtë mënyrë. Mandej ai e udhëzoi atë të thoshte fjalët e sakta që janë: "Si të dojë Allahu i Vetëm!" Duke e ndarë Allahun veçmas me vullnetin e Tij dhe duke mos e bashkuar atë me vullnetin e askujt tjetër në asnjë formë.</t>
   </si>
   <si>
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
   </si>
   <si>
     <t>Ndalohet të thuhet: "Si të dojë Allahu dhe si të duash ti!" Si dhe shprehje të tilla, ku vullneti i njeriut bashkohet me vullnetin e Allahut, sepse një gjë e tillë është shirk i vogël.
 Qortimi i së keqes është detyrë.
 Pejgamberi i Allahut (paqja qoftë mbi të!) i ka mbrojtur kufijtë e teuhidit dhe i ka mbyllur rrugët e shirkut.
 Kur kritikojmë një ligësi është e udhës që palën tjetër ta orientojmë te një alternativë e lejueshme, duke pasuar kështu Pejgamberin (paqja qoftë mbi të!).
 Fjala e Pejgamberit (paqja qoftë mbi të!) në këtë hadith: "Si të dojë Allahu i Vetëm!" dhe fjala e tij në hadithin tjetër: "Thuaj: 'Si të dojë Allahu dhe mandej si të duash ti!'" pajtohen me njëra-tjetrën në këtë mënyrë që fjala: "Thuaj: 'Si të dojë Allahu dhe mandej si të duash ti!" është e lejueshme, ndërsa fjala: "Si të dojë Allahu i Vetëm!" është më e mirë.
 Lejohet të thuash: "Si të dojë Allahu dhe mandej si të duash ti!" Por, më e mira është të thuhet: "Si të dojë Allahu i Vetëm!".</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Senedi i këtij hadithi është hasen (i mirë)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5928</t>
   </si>
   <si>
-    <t>أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ</t>
+    <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>njerëzit që do të kenë dënimin më të ashpër tek Allahu në Ditën e Gjykimit, janë ata që imitojnë krijimin e Allahut</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
     <t>Nga Aisheja (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Njëherë Pejgamberi (paqja qoftë mbi të!) erdhi në dhomën time dhe unë kisha mbuluar një dollap me një pëlhurë në të cilën kishte figura frymorësh. Kur e pa, atij i ndryshoi ngjyra e fytyrës dhe pasi e grisi atë, tha: 'O Aishe, njerëzit që do të kenë dënimin më të ashpër tek Allahu në Ditën e Gjykimit, janë ata që imitojnë krijimin e Allahut.'" Aishja tha: "Ne e premë atë dhe me të bëmë një ose dy jastëkë."</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) hyri në dhomën e Aishes (Allahu qoftë i kënaqur me të!) dhe pa që ajo kishte mbuluar një dollap të vogël, ku vendosen sendet, me një pëlhurë në të cilën kishte piktura frymorësh. Nga zemërimi për Allahun, Pejgamberit (paqja qoftë mbi të!) i ndryshoi ngjyra e fytyrës, e hoqi pëlhurën dhe tha: "Njerëzit që do të kenë dënimin më të ashpër në Ditën e Gjykimit do të jenë ata që përpiqen të imitojnë Allahun, duke pikturuar krijesat e Allahut." Aisheja tha që e prenë atë pëlhurë dhe me të bënë një ose dy jastëkë.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>E keqja duhet kritikuar që në çastin e parë që shihet dhe nuk duhet vonuar, me përjashtim kur një gjë e tillë sjell një dëm më të madh.
 Dënimi në Ditën e Gjykimit ndryshon sipas madhësisë së mëkatit.
 Portretizimi i frymorëve është prej mëkateve të mëdha.
 Prej urtësisë së ndalimit të portretizimit të frymorëve është se një gjë e tillë është imitim i krijimit të Allahut të Madhëruar, pa dallim nëse portretizuesi e synon imitimin apo jo.
 Sheriati ka treguar kujdes në ruajtjen e pasurisë, duke e lejuar shfrytëzimin e saj pas heqjes së pjesës së ndaluar.
 Nuk lejohet portretizimi i frymorëve në mënyrë kategorike edhe nëse bëhet me qëllim për t'i poshtëruar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5931</t>
   </si>
   <si>
-    <t>مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ</t>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>Atij që shkon në një vend dhe thotë: “Eudhu bi kelimatil-lahi tammati min sherri ma halek (Kërkoj mbrojtje nëpërmjet fjalëve të përsosura të Allahut kundër së keqes që ka krijuar)!", nuk i bën dëm asgjë derisa të largohet nga ai vend</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>Havle bint Hakim Sulejmije (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Atij që shkon në një vend dhe thotë: “Eudhu bi kelimatil-lahi tammati min sherri ma halek (Kërkoj mbrojtje nëpërmjet fjalëve të përsosura të Allahut kundër së keqes që ka krijuar)!", nuk i bën dëm asgjë derisa të largohet nga ai vend."</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e udhëzon umetin e tij që të kapet dhe të kërkojë strehim të dobishëm, përmes të cilit mënjanohet çdo e keqe, prej së cilës frikësohet njeriu, atëherë kur të vendoset në një vend në tokë, qoftë në udhëtim, qoftë në piknik e të ngjashme. Pra, të kapet fort dhe të strehohet përmes fjalëve të Allahut, të cilat janë të përkryera në vlerën, begatinë dhe dobinë e saj, të cilat janë larg çdo të mete dhe mangësie, që ta ruajë Ai nga keqja e çdo krijese që përmban të keqen, kështu që ai është i sigurt në atë vend nga çdo gjë që dëmton, përderisa qëndron aty.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Kërkimbrojtja është adhurim, e ajo bëhet duke kërkuar mbrojtje përmes Allahut të Lartësuar, përmes emrave të Tij ose përmes cilësive të Tij.
 Lejohet kërkimbrojtja përmes Fjalës së Allahut, sepse ajo është një prej cilësive të Tij, ndryshe nga kërkimbrojtja përmes ndonjë krijese, kushdo qoftë, e cila është shirk.
 Vlera dhe begatia e kësaj lutjeje.
 Fortifikimi përmes dhikrit (përmendjes së Allahut) është arsye për ta mbrojtur robin nga të këqijat.
 Kërkimbrojtja përmes dikujt tjetër pos Allahut, bie fjala, prej xhinëve, magjistarëve, gënjeshtarëve e të tjerëve, është e kotë.
 Kjo lutje është e ligjësuar të thuhet kur dikush shkon dhe qëndron në ndonjë vend, qoftë kur është vendas, qoftë udhëtar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5932</t>
   </si>
   <si>
-    <t>أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ</t>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>A të të dërgoj për atë me të cilën më ka dërguar i Dërguari i Allahut ﷺ: të mos lësh statujë pa prishur e as varr të ngritur pa e rrafshuar!</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>Ebu Hejaxh Esediu tregon se Ali ibn Ebu Talibi (Allahu qoftë i kënaqur me të!) i ka thënë: “A të të dërgoj për atë me të cilën më ka dërguar i Dërguari i Allahut ﷺ: të mos lësh statujë pa prishur e as varr të ngritur pa e rrafshuar!"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Profeti ﷺ i dërgonte shokët e tij që të mos linin asnjë statujë - që nënkupton figurën e dikujt a diçkaje - pa e hequr a rrafshuar.
 Si dhe të mos lënë asnjë varr të ngritur, përveçse ta bëjnë rrafsh me tokën e të rrënojnë çdo ndërtim mbi varre, ose ta bëjnë në atë nivel që të mos jetë i ngritur shumë lart nga toka, por duke e ngritur rreth një pëllëmbe.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Ndalimi i pikturimit të qenieve të gjalla, sepse është mjet drejt idhujtarisë.
 Është e lejuar të largohet e keqja me dorë për atë që ka autoritet ose fuqi për ta bërë këtë.
 Profeti ﷺ ishte i kujdesshëm për t'i hequr të gjitha gjurmët e xhahilietit (kohës para se të vinte Profeti), si: imazhet (frymore), statujat dhe ndërtimin mbi varre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5934</t>
   </si>
   <si>
-    <t>لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ</t>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>“Nuk ka besuar ndokush prej jush derisa të më dojë mua më shumë sesa prindin, fëmijën dhe të gjithë njerëzit e tjerë.”</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Enesi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Nuk ka besuar ndokush prej jush derisa të më dojë mua më shumë sesa prindin, fëmijën dhe të gjithë njerëzit e tjerë.”</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ në këtë hadith na tregon se një musliman nuk është besimplotë derisa t'i japë përparësi dashurisë për të Dërguarin e Allahut ﷺ kundrejt dashurisë ndaj nënës, babait, djalit, vajzës dhe të gjithë njerëzve. Kjo dashuri e bën të domosdoshme që t'i bindesh Profetit ﷺ, ta ndihmosh dhe të mos e kundërshtosh.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Është obligim që i Dërguari ﷺ të duhet dhe t'i jepet përparësi kësaj dashurie ndaj dashurisë së çdo krijese.
 Shenjë e dashurisë së përsosur është përkrahja e Sunetit të të Dërguarit të Allahut ﷺ dhe sakrifikimi i jetës dhe pasurisë për këtë.
 Dashuria për të Dërguarin ﷺ nënkupton t'i bindemi në atë që na urdhëron, t'i besojmë asaj që na tregon, t'i largohemi asaj që na qorton dhe ndalon e ta ndjekim e t'i braktisim bidatet (risitë në fe), nga të cilat na paralajmëron.
 E drejta e Profetit ﷺ është më e madhe se e të gjithë njerëzve, sepse ishte shkak që ne të udhëzoheshim e të shpëtonim nga devijimi, si dhe të na shpëtonte nga Xhehenemi e ta fitonim Xhenetin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5953</t>
   </si>
   <si>
-    <t>‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ</t>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>Nuk është sipas udhëzimit tonë ai që bën tetajur (beson në ogure të zeza) ose bëhet për të tetajur, e as ai që bën fall ose shkon tek ai që bën fall, e as ai që bën magji ose bëhet për të magji</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>Imran ibn Husajni (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Nuk është sipas udhëzimit tonë ai që bën tetajur (beson në ogure të zeza) ose bëhet për të tetajur, e as ai që bën fall ose shkon tek ai që bën fall, e as ai që bën magji ose bëhet për të magji dhe as ai që lidh nyja. Ai që shkon te falltari dhe i beson asaj që thotë, ka mohuar atë që i ka zbritur Muhamedit ﷺ."</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith i kërcënoi ata nga umeti i tij që bënin disa vepra, duke thënë: “Nuk është sipas udhëzimit tonë”, prej të cilave theksojmë:
 E para: "Ai që bën tetajur (beson në ogure të zeza) ose bëhet për të tetajur.“ Origjina e kësaj është: lëshimi i zogut kur fillon një veprim, si: udhëtimi, tregtia ose ndonjë gjë tjetër; nëse fluturon në të djathtë, ai bëhet optimist dhe vazhdon ta bëjë atë që dëshiron, e, nëse fluturon në të majtë, ai bëhet pesimist dhe heq dorë nga ajo që dëshiron. Andaj, nuk i lejohet që ta bëjë këtë vetë e as të autorizojë ndokënd të bëjë këtë gjë për të. Në këtë pikë përfshihet pesimizmi për çdo gjë, qoftë që dëgjohet, qoftë që shihet, qofshin zogj, qofshin kafshë, qofshin njerëz me aftësi të kufizuara, numra, ditë e çdo gjë tjetër.
 E dyta: “E as ai që bën fall ose shkon tek ai që bën fall.” Pra, kushdo që pretendon se e di të fshehtën duke përdorur yjet dhe gjëra të tjera ose shkon te ndokush që pretendon se e di të fshehtën, bie fjala, shkon te ndonjë falltar e të ngjashëm dhe i beson pretendimit që thotë se e di të fshehtën, e ka mohuar atë që i ka zbritur Muhamedit ﷺ.
 E treta: “E as ai që bën magji ose bëhet për të magji.” Pra, që ai vetë të bëjë magji ose ta porositë dikë që të bëjë magji për të, kësisoj të përfitojë ose të dëmtohet ndokush prej saj. Ose lidh nyja me fije për të bërë magji, ku i lexon në to magjitë e ndaluara dhe fryn në to.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Është obligim të mbështemi tek Allahu dhe të besojmë në caktimin dhe paracaktimin e Allahut, si dhe të besojmë se janë të ndaluara: et tijerah, pesimizmi, magjia, tregimi i fatit dhe të pyeturit e personave që i bëjnë këto gjëra.
 Pretendimi i njohjes së të fshehtës është shirk që e mohon teuhidin.
 Është haram t'u besosh falltarëve dhe të shkosh tek ata. Këtu hyjnë: leximi i pëllëmbës, filxhanit, horoskopi dhe shikimi në të, qoftë dhe thjesht për informacion.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[E shënon Bezzari]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5981</t>
   </si>
   <si>
-    <t>مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً</t>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>Atij që shkon te fatthënësi dhe e pyet për diçka, nuk do t’i pranohet namazi dyzet ditë</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>Një grua e Profetit ﷺ tregon se Profeti ﷺ ka thënë: "Atij që shkon te fatthënësi dhe e pyet për diçka, nuk do t’i pranohet namazi dyzet ditë."</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na njofton se kushdo që shkon te ndonjë fatthënës (ar. el arraf), që është një emër i përgjithshëm për falltarin, astrologun, atë që shikon në rërë e të ngjashëm, të cilët argumentojnë për njohjen e së fshehtës me anë të premisave që ata i përdorin. Thjesht të pyeten për diçka nga çështjet e fshehta, bën që Allahu ta privojë atë nga shpërblimi i namazit për dyzet ditë, që është si dënim për këtë mëkat të madh.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>Falli është haram dhe shkuarja te falltarët e pyetja e tyre rreth gjërave të fshehta.
 Njeriu mund të privohet nga shpërblimi i adhurimit, si ndëshkim për shkak të ndonjë gjynahu të bërë.
 Në ndalesën e përmendur në hadith bën pjesë horoskopi dhe shikimi në të, leximi i pëllëmbës e filxhanit, qoftë dhe thjesht për informacion, sepse e tërë kjo është prej tregimit të fatit dhe nga pretendimi i njohjes së të fshehtës.
 Nëse ky është dënimi për atë që shkon te fatthënësi, ç'mund të thuhet për dënimin e vetë fatthënësit?!
 Namazi që është falur përgjatë dyzet ditëve llogaritet i kryer, nuk duhet kompensuar, por nuk ka shpërblim për të.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5986</t>
   </si>
   <si>
-    <t>من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ</t>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>Ai që mëson një degë të astrologjisë, ka mësuar një degë të magjisë. Sa herë që e shton (mësimin e së parës), e shton (mësimin e së dytës)</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Ai që mëson një degë të astrologjisë, ka mësuar një degë të magjisë. Sa herë që e shton (mësimin e së parës), e shton (mësimin e së dytës)."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e sqaron se kushdo që mëson dhe merr njohuri rreth astrologjisë dhe argumentohet me lëvizjet, hyrjet e daljet e yjeve për ngjarjet tokësore, siç është vdekja e filanit, jeta ose sëmundja e tij dhe gjërat e tjera që do të ndodhin në të ardhmen, veçse ka mësuar një pjesë të magjisë, ku sa më shumë që njeriu të shtojë nga kjo dituri, aq më shumë e ka mësuar magjinë.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Ndalimi i astrologjisë, që nënkupton parashikimin e së ardhmes duke vëzhguar vendosjen e trupave qiellorë, sepse kjo është prej pretendimit të njohjes së gajbit (të së fshehtës).
 Astrologjia e ndaluar është një nga llojet e magjisë që bie ndesh me teuhidin (monoteizmin), ndryshe nga vëzhgimi i yjeve për të përcaktuar drejtimet, kiblen (për namaz) ose ardhjen e stinëve dhe muajve, që është e lejuar.
 Sa më shumë që ai e mëson astrologjinë, aq më shumë i mëson degët e magjisë.
 Yjet kanë tri dobi, të cilat i ka përmendur Allahu në Librin e Tij: stoli për qiellin, shenja përmes të cilave orientohen njerëzit dhe predha për t'i larguar shejtanët.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5989</t>
   </si>
   <si>
-    <t>أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ</t>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>Ndër kushtet që më së shumti meritojnë t'i përmbushni janë ato përmes të cilave ju lejohet afrimi me gratë tuaja</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>Ukbe ibn Amiri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Ndër kushtet që më së shumti meritojnë t'i përmbushni janë ato përmes të cilave ju lejohet afrimi me gratë tuaja."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se kushtet më të rëndësishme që meritojnë të përmbushen janë ato përmes të cilave lejohet të kënaqurit me gruan dhe këto janë kushtet e lejuara që i kërkon gruaja në kontratën e martesës.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Është obligim të plotësohen kushtet që njëri bashkëshort i ka kushtëzuar tjetrit, përveç kushtit që ndalon të lejuarën ose e bën të lejuar atë që është e ndaluar.
 Përmbushja e kushteve të martesës është më e rëndësishme se të tjerat, sepse është në këmbim të lejimit të afrimit me gratë.
 Pozita madhështore e martesës në Islam, sepse e theksoi përmbushjen e kushteve të saj.</t>
@@ -6931,86 +7596,86 @@
   <si>
     <t>Gjynahet ndahen në gjynahe të mëdha dhe të vogla.
 Shirku është mëkati më i tmerrshëm dhe më i madh.
 Është e ndaluar të sigurohemi nga të papriturat e Allahut të Lartësuar dhe ta humbim shpresën nga mëshira e Tij, meqë këto janë ndër mëkatet më të mëdha.
 Është e lejuar të cilësohet Allahu i Lartësuar me cilësinë e kurthvënies (ar. el mekr), kundrejt kurthaxhinjve. Kjo është një cilësi e përkryer. Ndërkaq, i përçmuar është ai lloj kurthvënieje ndaj atij që nuk e meriton një gjë të tillë.
 Është obligim që robi të jetë ndërmjet frikës dhe shpresës, kur të ketë frikë, të mos i humbë shpresat, sikundërqë kur të shpresojë, të mos sigurohet.
 Pohimi i cilësisë së mëshirës për Allahun e Lartësuar, ashtu siç i përshtatet madhërisë së Tij.
 Është obligim të kemi mendim të mirë për Allahun e Lartmadhëruar.</t>
   </si>
   <si>
     <t>إسناده صحيح</t>
   </si>
   <si>
     <t>رواه عبد الرزاق</t>
   </si>
   <si>
     <t>[Senedi i këtij hadithi është sahih (i shëndoshë)]</t>
   </si>
   <si>
     <t>[E shënon Abdurrezzaku]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6049</t>
   </si>
   <si>
-    <t>{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ</t>
+    <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>'Kul huvallahu ehad dhe dy Mbrojtëset (Feleku dhe Nasi) në mëngjes dhe në mbrëmje nga tri herë, të mjaftojnë për çdo gjë</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>Nga Abdullah ibn Hubejbi (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Një natë me shi dhe me erë të fortë, dolëm të kërkonim Pejgamberin (paqja qoftë mbi të!) që të na falte namazin. Kur e gjeta, më tha: 'Thuaj!' Por unë nuk thashë asgjë. Përsëri tha: 'Thuaj!' Por unë nuk thashë asgjë. Ai përsëri tha: 'Thuaj!' Kësaj here unë i thashë: 'Çfarë të them?' Ai tha: 'Kul huvallahu ehad dhe dy Mbrojtëset (Feleku dhe Nasi) në mëngjes dhe në mbrëmje nga tri herë, të mjaftojnë për çdo gjë".</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Sahabiu i madh Abdullah ibn Hubejbi (Allahu qoftë i kënaqur me të!) tregon se ata dolën një natë në të cilën binte shi me rrebesh dhe frynte një erë e fortë për të kërkuar Pejgamberin (paqja qoftë mbi të!) që t'u falte namazin dhe kur e gjetën, Pejgamberi i tha atij: "Thuaj!" d.m.th. këndo! Por, ai nuk këndoi asgjë. Kur Pejgamberi (paqja qoftë mbi të!) i përsëriti fjalët, Abdullahu i tha: "Çfarë të këndoj, o Pejgamber i Allahut?" Pejgamberi (paqja qoftë mbi të!) i tha që të këndonte suren El-Ihlas, suret El-Felek dhe En-Nas në mbrëmje dhe në mëngjes nga tri herë, ngase ato të mbrojnë nga çdo e keqe dhe nga çdo ligësi.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Pëlqehet që suret El-Ihlas, El-Felek dhe En-Nas të këndohen në mëngjes dhe në mbrëmje, ngase ato të mbrojnë nga çdo gjë e keqe.
 Vlera e këndimit të sureve El-Ihlas, El-Felek dhe En-Nas.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6082</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ</t>
+    <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>'Thuaj, nuk ka të adhuruar tjetër veç Allahut, i Cili është i Vetëm, pa ortak, Allahu është më i Madhi, Atij i takon falënderimi i shumtë, i Pastër është Allahu, Zoti i botëve, nuk ka ndryshim dhe as fuqi veçse nëpërmjet Allahut të Gjithëfuqishmit, të Urtit.'</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Nga Sa'di (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Një beduin erdhi te Pejgamberi (paqja qoftë mbi të!) dhe i tha: 'Më mëso disa fjalë që t'i them!' Pejgamberi tha: 'Thuaj, nuk ka të adhuruar tjetër veç Allahut, i Cili është i Vetëm, pa ortak, Allahu është më i Madhi, Atij i takon falënderimi i shumtë, i Pastër është Allahu, Zoti i botëve, nuk ka ndryshim dhe as fuqi veçse nëpërmjet Allahut të Gjithëfuqishmit, të Urtit.' Beduini tha: 'Këto fjalë janë për Zotin tim, po për mua çfarë ka?' Pejgamberi i tha: 'Thuaj: O Allah, më fal, më mëshiro, më udhëzo dhe më furnizo!'"</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
 أي: تَنَزَّهَ وتَقَدَّسَ عن النقص، 
 "لا حول ولا قوة إلا بالله العزيز الحكيم" 
 أي: لا تَحَوُّلٌ من حَالٍ إلى حالٍ إلا بالله وإعانتِه وتوفيقِه، 
 فقال الرجل: هؤلاء الكلمات لربي لِذِكْرِهِ وتعظيمِه، فما لي من الدعاء لنفسي؟ 
 فقال له عليه الصلاة والسلام: قل: 
 "اللهم اغفر لي" 
@@ -7025,82 +7690,82 @@
   <si>
     <t>Një burrë nga banorët e shkretëtirës i kërkoi Pejgamberit (paqja qoftë mbi të!) t'i mësonte një dhikër që ta bënte dhe Pejgamberi (paqja qoftë mbi të!) i tha: Thuaj: "Nuk ka të adhuruar tjetër veç Allahut, i Cili është i Vetëm, pa ortak." Pejgamberi e filloi porosinë me dëshminë e teuhidit, kuptimi i së cilës është se nuk ka të adhuruar me të drejtë përveç Allahut. "Allahu është më i Madhi!" D.m.th: Allahu është më i madh dhe më madhështor se çdo gjë. "Falënderimi i shumtë i takon Allahut!" D.m.th: Allahut i takon falënderimi i shumtë për cilësitë, veprimet dhe mirësitë e Tij të panumërta. "I Pastër është Allahu, Zoti i botëve!" D.m.th: Ai është i pastër nga çdo e metë. "Nuk ka ndryshim dhe as fuqi veçse nëpërmjet Allahut, të Gjithëfuqishmit, të Urtit." D.m.th: Nuk kalohet nga një gjendje te tjetra, veçse falë Allahut, falë ndihmës dhe orientimit të Tij. Burri tha: “Këto fjalë janë për Zotin tim për ta përkujtuar dhe madhëruar Atë. Po unë çfarë lutjesh mund të bëj për veten time?” Dhe Pejgamberi (paqja qoftë mbi të!) i tha: "Thuaj: OAllah, më fal mua!" Me anë të fshirjes dhe mbulimit të mëkateve. "Dhe më mëshiro!" Duke më sjellë dobi dhe mirësi në fe dhe në jetën materiale. "Dhe më udhëzo!" Duke më orientuar te gjendja më e mirë dhe rruga e drejtë. "Dhe më furnizo me rrizk!" D.m.th: më furnizo me pasuri të pastër, me shëndet, me mirëqenie dhe me çdo gjë të mirë.</t>
   </si>
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
     <t>Nxitja për kujtimin e Allahut të Madhëruar me anë të thënies; La ilahe il-lallah, Allahu ekber, Elhamdulilah dhe Subhanallah.
 Pëlqehet që të përmendet dhe të lëvdohet Allahu i Madhëruar para se të lutemi.
 Pëlqehet që njeriu të përzgjedhë duatë më të mira, ato që janë të transmetuara nga Pejgamberi (paqja qoftë mbi të!) dhe që përfshijnë mirësitë e kësaj jete dhe të jetës tjetër. Sidoqoftë, ai mund të lutet për çdo gjë që dëshiron.
 Njeriu duhet të ketë zell për të mësuar çështjet që i sjellin dobi atij në këtë jetë dhe në jetën tjetër.
 Nxitja për të kërkuar falje, mëshirë dhe rrizk ngase këto përfshijnë gjithë të mirat.
 Meraku i Pejgamberit (paqja qoftë mbi të!) për t'i mësuar umetit të tij çështjet që u sjellin atyre dobi.
 Mëshira është renditur pas faljes, në mënyrë që të plotësohet procesi i pastrimit; falja është mbulim dhe fshirje e mëkateve dhe shpëtim nga  Zjarri, ndërsa mëshira është përçim i mirësive dhe hyrje në Xhenet. Pikërisht kjo është fitorja e madhe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6112</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا</t>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ ishte njeriu me moralin më të mirë</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut ﷺ ishte njeriu me moralin më të mirë."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Profeti ﷺ ishte njeriu me moralin më të mirë dhe ishte i pari në të gjitha moralet dhe virtytet, si: fjalët e mira, bamirësia, fytyra e buzëqeshur, largimi i dëmit nga të tjerët dhe durimi i tij nëse të tjerët shaktojnë dëm.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Morali i përkryer i Profetit ﷺ.
 Profeti ﷺ është modeli i përsosur për moralin e mirë.
 Nxitja për të ndjekur shembullin e Profetit ﷺ në moralin e tij të mirë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6180</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ e madhëronte Allahun me këto fjalë pas çdo namazi (farz)</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>Ebu Zubejri tregon: Ibn Zubejri (Allahu qoftë i kënaqur me të!), pas çdo namazi (farz), pasi jepte selam, thoshte: "S’ka të adhuruar me të drejtë përveç Allahut, që është Një dhe i Pashoq. Atij i takon sundimi e lavdia dhe Ai është i Plotfuqishëm për çdo gjë! S’mund të bëhet asnjë lëvizje dhe nuk ka fuqi për asgjë pa ndihmën e Allahut! S’ka të adhuruar me të drejtë përveç Allahut dhe nuk adhurojmë asnjë tjetër përveç Tij! Dhuntitë dhe mirësitë janë prej Tij dhe vetëm Atij i takon lavdi më i bukur! S’ka të adhuruar me të drejtë përveç Allahut! Adhurimin e kryejmë me sinqeritet vetëm për Të, edhe pse këtë e urrejnë jobesimtarët!" Abdullah ibn Zubejri thoshte: "I Dërguari i Allahut ﷺ e madhëronte Allahun me këto fjalë pas çdo namazi (farz)."</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
   <si>
@@ -7109,466 +7774,466 @@
 "që është Një dhe i Pashoq", respektivisht Ai nuk ka ortakë në adhurimin, zotërimin dhe emrat e cilësitë e Tij.
 "Atij i takon sundimi", respektivisht Atij i takon sundimi absolut, i përgjithshëm e gjithëpërfshirës, sundimi i qiejve e i Tokës dhe i gjithçkaje që gjendet ndërmjet tyre.
 "dhe lavdia", respektivisht Ai përshkruhet me përsosuri absolute, i lavdëruar me përsosuri nga dashuria dhe madhërimi në të gjitha rrethanat, në mirëqenie dhe në gjendje të vështirë.
 "Dhe Ai është i Plotfuqishëm për çdo gjë!", pra fuqia e Tij është e përkryer dhe e plotë në çdo aspekt, asgjë nuk mund t'i shpëtojë Atij dhe asgjë nuk është e pamundur për Të.
 "S’mund të bëhet asnjë lëvizje dhe nuk ka fuqi për asgjë pa ndihmën e Allahut!" Pra, nuk ka ndryshim nga një gjendje në tjetrën, ose nga mosbindja ndaj Allahut në bindje ndaj Tij, e as fuqi, përveçse me Allahun, sepse Ai është Ndihmësi dhe tek Ai mbështetemi.
 "S’ka të adhuruar me të drejtë përveç Allahut dhe nuk adhurojmë asnjë tjetër përveç Tij!", vërtetim i kuptimit se Ai është i denjë për adhurim dhe vërtetim i mohimit të idhujtarisë, dhe se askush nuk meriton të adhurohet përveç Tij.
 "Dhuntitë dhe mirësitë janë prej Tij", Ai është që i krijon dhe i posedon dhuntitë dhe ia dhuron kujt të dojë nga robërit e Vet.
 "dhe vetëm Atij i takon lavdi më i bukur!", për Qenien, cilësitë, veprat dhe dhuntitë e Tij, si dhe për çdo gjendje.
 "S’ka të adhuruar me të drejtë përveç Allahut! Adhurimin e kryejmë me sinqeritet vetëm për Të", pra, duke e veçuar Atë me adhurim, e jo për syefaqësi e prestigj.
 "edhe pse këtë e urrejnë jobesimtarët!", pra, jemi të qëndrueshëm në veçimin e Allahut në adhurim, edhe pse këtë e urrejnë jobesimtarët.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Është i rekomanduar që ky dhikër të bëhet në vazhdimësi pas çdo namazi farz.
 Muslimani është krenar me fenë e tij dhe i shfaq simbolet e fesë, edhe nëse jobesimtarët e urrejnë këtë gjë.
 Nëse shprehja “dubur es sal-lah” vjen në hadith, dhe ajo që përmendet në hadith është dhikër, atëherë në parim ai thuhet pas selamit (përfundimit të namazit), e, nëse është lutje, atëherë thuhet para selamit, para se të përfundojë namazi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6203</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ</t>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>“Shtëpitë tuaja mos i bëni varreza, se shejtani ikën prej shtëpisë në të cilën lexohet surja el Bekare.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Shtëpitë tuaja mos i bëni varreza, se shejtani ikën prej shtëpisë në të cilën lexohet surja el Bekare.”</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Profeti ﷺ përmes këtij hadithi ndaloi që shtëpitë të jenë të zhveshura nga falja e namazit (vullnetar), e kështu të bëhen si varreza, në të cilat nuk falet namazi.
 Pastaj Profeti ﷺ tregoi se shejtani ikën prej shtëpisë në të cilën lexohet surja el Bekare.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Është e rekomanduar që në shtëpi të shtohen adhurimet dhe namazi vullnetar.
 Nuk lejohet falja e namazit në varreza, sepse është mjet që dërgon drejt shirkut (idhujtarisë) dhe teprimit në raport me të vdekurit, në përjashtim të namazit të xhenazes (që lejohet të falet).
 Pasi ndalimi i faljes së namazit te varret ishte ngulituar te sahabët, kjo është arsyeja pse Profeti ﷺ e ndaloi shndërrimin e shtëpive në varreza, në të cilat nuk falet namazi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6208</t>
   </si>
   <si>
-    <t>لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ</t>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>Që të them: "Subhanallah (i patëmeta është Allahu), elhamdulilah (lavdërimi i takon Allahut), la ilahe il-lallah (nuk ka të adhuruar me të drejtë përveç Allahut) dhe Allahu ekber (Allahu është më i madhi)" është më e dashur tek unë se çdo gjë që Dielli e përshkon kur lind</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Që të them: "Subhanallah (i patëmeta është Allahu), elhamdulilah (lavdërimi i takon Allahut), la ilahe il-lallah (nuk ka të adhuruar me të drejtë përveç Allahut) dhe Allahu ekber (Allahu është më i madhi)" është më e dashur tek unë se çdo gjë që Dielli e përshkon kur lind."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se përmendja e Allahut të Lartësuar me këto fjalë madhështore është më e mirë se kjo botë dhe çdo gjë në të. Këto fjalë janë:
 Subhanallah - është lartësim për Allahun nga çdo mangësi.
 Elhamdulilah - është lavdërim për Allahun përmes cilësive të përkryera, duke e dashur dhe madhëruar.
 La ilahe il-lallah, respektivisht nuk ka zot që meriton të adhurohet denjësisht pos Allahut.
 Allahu ekber - është më madhështori dhe më i madhi se çdo gjë.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Inkurajimi për ta përmendur Allahun dhe se kjo gjë është më e dashur se çdo gjë që Dielli e përshkon kur lind.
 Inkurajimi për ta përmendur Allahun sa më shpesh, sepse në të ka shpërblim dhe mirësi.
 Kënaqësitë e kësaj bote janë të pakta dhe kalimtare.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6211</t>
   </si>
   <si>
-    <t>مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ</t>
+    <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
     <t>Cilido musliman, që kur hyn koha e namazit obligativ, merr abdes me përpikëri dhe i kryen veprimet e namazit me kujdes dhe përulje, ky namaz do të jetë shlyerje për mëkatet e tij të kaluara, për sa kohë që ai nuk kryen ndonjë mëkat të madh. Dhe kjo mirësi është për gjatë gjithë kohës</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
     <t>Nga Uthmani (Allahu qoftë i kënaqur me të!) përcillet se e ka dëgjuar Pejgamberin (paqja qoftë mbi të!) të thotë: "Cilido musliman, që kur hyn koha e namazit obligativ, merr abdes me përpikëri dhe i kryen veprimet e namazit me kujdes dhe përulje, ky namaz do të jetë shlyerje për mëkatet e tij të kaluara, për sa kohë që ai nuk kryen ndonjë mëkat të madh. Dhe kjo mirësi është për gjatë gjithë kohës."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) ka shpjeguar se muslimani, i cili kur hyn koha e namazit të detyrueshëm, merr abdes me përpikëri dhe më pas qëndron i përulur gjatë faljes së namazit, duke i pasur të gjitha gjymtyrët të përkushtuara dhe të përqendruara te madhështia e Allahut, dhe duke i plotësuar veprimet e namazit, si: rukunë, sexhden dhe veprimet e tjera, atëherë ky namaz i shlyen mëkatet e tij të vogla që ka bërë më herët, për sa kohë që nuk vepron ndonjë mëkat të madh. Dhe kjo mirësi është e vazhdueshme gjatë gjithë kohës dhe në çdo namaz.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Namazi, i cili i shlyen mëkatet është ai në të cilin njeriu merr abdes në mënyrë të përsosur dhe i kryen veprimet me përulje, duke synuar kënaqësinë e Allahut.
 Vlera e vazhdimësisë në kryerjen e adhurimeve dhe se ato shërbejnë për faljen e mëkateve të vogla.
 Vlera e përsosjes së abdesit dhe e përsosjes së veprimeve të namazit me përulje.
 Rëndësia e shmangies së mëkateve të mëdha, për të përfituar falje për mëkatet e vogla.
 Mëkatet e mëdha falen vetëm me anë të pendimit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6254</t>
   </si>
   <si>
-    <t>ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر</t>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>Nuk ka ditë ku veprat e mira janë më të dashura për Allahun sesa këto dhjetë ditë (të dhul hixhes)</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Nuk ka ditë ku veprat e mira janë më të dashura për Allahun sesa këto dhjetë ditë (të dhul hixhes).” Të pranishmit e pyetën: “As xhihadi në rrugën e Allahut, o i Dërguari i Allahut?!” Profeti ﷺ ua ktheu: "As xhihadi në rrugën e Allahut, përveç një burri i cili del me veten dhe pasurinë e tij dhe nuk kthehet me asnjërën.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se veprat e mira në dhjetëditëshin e parë të muajit dhul hixhe janë më të mira se ditët e tjera të vitit.
 Sahabët (Allahu qoftë i kënaqur me ta!) e pyetën Profetin ﷺ për xhihadin në ditët e tjera përveç këtyre dhjetë ditëve se a është më i mirë apo veprat e mira në këto ditë, sepse tek ata ishte ngulitur se xhihadi është prej veprave më të mira.
 Kështu, Profeti ﷺ iu përgjigj: "Veprat e mira në këto ditë janë më të mira se xhihadi në ditët e tjera, përveç atij që del në xhihad dhe e rrezikon jetën dhe pasurinë e tij për hir të Allahut, ku dhe e humb pasurinë e shpirti i del për hir të Allahut." Kjo është ajo vepër që ua tejkalon në vlerë veprave të mira në këto ditë të çmuara.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Vlera e kryerjes së veprave të mira në dhjetë ditët e (para të) dhul hixhes. Andaj, muslimani duhet t'i shfrytëzojë këto ditë dhe të shtojë vepra të mira në to, si: përmendja e Allahut të Lartmadhëruar, leximi i Kuranit, fjalët: Allahu ekber, la ilahe il-lallah, elhamdulilah, namazi, sadakaja, agjërimi dhe të gjitha veprat e devotshmërisë.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6255</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ</t>
+    <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>Shembulli i besimtarit që e lexon Kuranin është si shembulli i  qitros, e cila ka aromën e mirë dhe shijen e mirë. Shembulli i besimtarit që nuk e lexon Kuranin është si shembulli i hurmës, e cila nuk ka aromë, por shijen e ka të ëmbël</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Nga Ebu Musa Esh'ariu (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Shembulli i besimtarit që e lexon Kuranin është si shembulli i  qitros, e cila ka aromën e mirë dhe shijen e mirë. Shembulli i besimtarit që nuk e lexon Kuranin është si shembulli i hurmës, e cila nuk ka aromë, por shijen e ka të ëmbël. Shembulli i hipokritit që e lexon Kuranin është si shembulli i borzilokut, i cili ka aromë të mirë, por shijen e ka të hidhur. Ndërsa shembulli i hipokritit që nuk e lexon Kuranin është si shembulli i kungullit të egër, i cili nuk ka aromë, por dhe shijen e ka të hidhur.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) ka përmendur llojet e njerëzve lidhur me leximin e Kuranit dhe përfitimin prej tij:
 Lloji i parë: Besimtari që e lexon Kuranin dhe përfiton prej tij. Ky besimtar është si fruti i qitros, i cili ka shije të mirë, aromë të këndshme, ngjyrë të bukur dhe vlera të shumta. Ai e lexon Kuranin dhe i sjell dobi robërve të Allahut.
 Lloji i dytë: Besimtari që nuk e lexon Kuranin. Ky besimtar është si fruti i hurmës, i cili ka shije të ëmbël, por nuk ka aromë. Pra, në zemrën e tij ka besim siç ka ëmbëlsi në brendësinë dhe në shijen e frutit të hurmës. Por, ky besimtar duke mos e lexuar Kuranin nuk i qetëson njerëzit me leximin e tij, ashtu sikurse fruti i hurmës, që nuk ka aromë të cilën mund ta nuhasin njerëzit.
 Lloji i tretë: Hipokriti që e lexon Kuranin. Ai është si borziloku, i cili ka aromë të këndshme, por shija e tij është e hidhur. Pra, hipokriti nuk e ka përmirësuar zemrën e tij me besim dhe nuk e ka zbatuar Kuranin. Megjithatë ai shfaqet para njerëzve si besimtar. Aroma e këndshme e borzilokut ngjason me leximin e Kuranit, ndërsa shija e tij e hidhur ngjason me mosbesimin e hipokritit.
 Lloji i katërt: Hipokriti që nuk e lexon Kuranin. Ai është si kungulli i egër, i cili nuk ka aromë dhe shijen e ka të hidhur. Mungesa e aromës së kungullit të egër i përngjan mungesës së leximit të Kuranit. Ndërsa shija e tij e hidhur i përngjan shijes së hidhur të mosbesimit të hipokritit. Pra, brendësia e hipokritit është e zbrazët nga besimi, ndërsa e jashtmja e tij jo vetëm që nuk sjell dobi, por është edhe e dëmshme.</t>
   </si>
   <si>
     <t>بيان فضيلة حامل القرآن العامل به.
 مِن طُرُق التعليم ضَرْبُ المَثَل؛ لتقريب الفهم.
 ينبغي للمسلم أن يكونَ له وِرْدٌ مُسْتَمِرٌّ مِن كتاب الله تعالى.</t>
   </si>
   <si>
     <t>Vlera e atij që e mëson Kuranin dhe e zbaton atë.
 Sjellja e shembujve është një nga format e mësimit.
 Muslimani duhet të ketë një program të vazhdueshëm të leximit të fjalës së Allahut të Madhëruar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6258</t>
   </si>
   <si>
-    <t>مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً</t>
+    <t>معقبات لا يخيب قائلهن أو فاعلهن دبر كل صلاة مكتوبة، ثلاث وثلاثون تسبيحة، وثلاث وثلاثون تحميدة، وأربع وثلاثون تكبيرة</t>
   </si>
   <si>
     <t>Janë disa fjalë, të cilat kush i thotë në fund të çdo namazi farz, nuk ka për t'u zhgënjyer; 33 herë subhanallah, 33 herë elhamdulilah dhe 34 herë Allahu ekber</t>
   </si>
   <si>
     <t>عَنْ كَعْبِ بْنِ عُجْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً».</t>
   </si>
   <si>
     <t>Nga Ka'b ibn Uxhreh (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Janë disa fjalë, të cilat kush i thotë në fund të çdo namazi farz, nuk ka për t'u zhgënjyer; 33 herë subhanallah, 33 herë elhamdulilah dhe 34 herë Allahu ekber".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أذكارٍ لا يَخْسَرُ ولا يَنْدَمُ قائلُها، بل له ثوابُ هذه الكلمات، ويأتي بعضُها عَقِبَ بعضٍ، وتُقال عَقِب الصلاة المفروضة، وهي: 
 "سبحان الله" ثلاثًا وثلاثين مرة، أي تنزيهه تعالى عن كل نقص. 
 و"الحمد لله" ثلاثًا وثلاثين مرة، وهي وصف الله بالكمال التامِّ مع محبته وتعظيمه. 
 و"الله أكبر" أربعًا وثلاثين مرة، فالله أكبر وأعظم وأعزُّ من كل شيء.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) na ka njoftuar për disa fjalë të dhikrit, të cilat kush i thotë, nuk dështon dhe nuk bëhet pishman, por do të marrë shpërblimin e këtyre fjalëve. Këto fjalë thuhen menjëherë pas namazit farz njëra pas tjetrës. Ato janë:
 "Subhanallah" 33 herë. Përmes kësaj pohojmë se Allahu i Madhëruar është i pastër nga çdo e metë.
 "Elhamdulilah" 33 herë. Përmes kësaj pohojmë përsosurinë absolute të Allahut të Madhëruar, duke e shoqëruar me dashurinë ndaj Tij dhe madhërimin e Tij.
 "Allahu ekber" 34 herë. Përmes kësaj pohojmë se Allahu është më i madh, më i madhërishëm dhe më i fuqshëm se çdo send.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>Vlera e fjalëve: subhanallah, elhamdulilah dhe Allahu ekber. Këto fjalë janë veprat e mira që ngelin përgjithmonë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6259</t>
   </si>
   <si>
-    <t>مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ</t>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Atij që e lë namazin e ikindisë, i shkatërrohet puna</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>Nga Burajde ibn Husajbi (Allahu qoftë i kënaqur me të!) transmetohet se ka thënë: "Faleni namazin e ikindisë sa më parë, sepse Profeti ﷺ ka thënë: "Atij që e lë namazin e ikindisë, i shkatërrohet puna."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>Profeti ﷺ tërhoqi vërejtjen kundër vonimit të namazit të ikindisë qëllimisht përtej kohës së caktuar dhe se kushdo që e bën këtë, puna e tij do të jetë e pavlefshme, e shkatërruar dhe e kotë.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>Inkurajimi për faljen e namazit të ikindisë në fillim të kohës së tij dhe nxitimi për ta bërë këtë.
 Kërcënimi i rëndë për atë që e lë namazin e ikindisë. Mosfalja e ikindisë në kohën e saj të caktuar është më e rëndë sesa e namazeve të tjera, sepse ai është namazi i mesëm, që ka urdhëruar Allahu në mënyrë të veçantë në fjalën e Tij: "Kushtojuni kujdes namazeve, veçanërisht namazit të mesëm..." (El Bekare, 238)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6261</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ</t>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>Atij që merr abdes dhe e përsos atë, mëkatet do t'i dalin prej trupit të tij, saqë i dalin edhe ato nën thonjtë e tij</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>Othman ibn Afani (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Atij që merr abdes dhe e përsos atë, mëkatet do t'i dalin prej trupit të tij, saqë i dalin edhe ato nën thonjtë e tij."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se kushdo që merr abdes duke i respektuar sunetet dhe normat e abdesit, kjo do të jetë nga shkaqet e shlyerjes dhe faljes së veprave të këqija dhe gjynaheve, "saqë i dalin" mëkatet edhe nën thonjtë e duarve dhe këmbëve të tij.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Inkurajimi që t'u kushtohet kujdes mësimit të abdesit, suneteve, normave të tij dhe veprimit me to.
 Vlera e abdesit dhe se ai është shlyerje për gjynahet e vogla, por për gjynahet e mëdha duhet pendim.
 Kusht për heqjen e gjynaheve është ta përkryesh abdesin dhe ta marrësh ashtu siç duhet, siç e ka sqaruar Profeti ﷺ.
 Shlyerja e gjynaheve në këtë hadith është e kushtëzuar me shmangien nga gjynahet e mëdha dhe pendimin për to. Allahu i Lartësuar thotë: "Në qoftë se ju u shmangeni gjynaheve të mëdha, që ju janë ndaluar, Ne do t’jua falim gabimet tuaja të vogla..." (En Nisa, 31)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6263</t>
   </si>
   <si>
-    <t>مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ</t>
+    <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>I falen mëkatet atij njeriu i cili i thotë këto fjalë kur dëgjon muezinin: Dëshmoj se nuk ka të adhuruar tjetër veç Allahut, i Cili është i vetëm dhe nuk ka ortak dhe se Muhamedi është rob dhe i dërguari i Tij. Jam i kënaqur me Allahun si Zot dhe me Muhamedin si Pejgamber dhe me Islamin si fe</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>Nga Sa'd ibn ebi Uekasi (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "I falen mëkatet atij njeriu i cili i thotë këto fjalë kur dëgjon muezinin: Dëshmoj se nuk ka të adhuruar tjetër veç Allahut, i Cili është i vetëm dhe nuk ka ortak dhe se Muhamedi është rob dhe i dërguari i Tij. Jam i kënaqur me Allahun si Zot dhe me Muhamedin si Pejgamber dhe me Islamin si fe".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) na njofton se kush thotë kur dëgjon muezinin: "Dëshmoj se nuk ka të adhuruar tjetër veç Allahut, i Cili është i vetëm dhe nuk ka ortak." Domethënë: Pohoj, pranoj dhe njoftoj se nuk ka të adhuruar me të drejtë përveç Allahut dhe se çdo i adhuruar tjetër veç Tij është i kotë. Dhe se Muhamedi është rob dhe i dërguari i Tij" D.m.th: Ai është rob e nuk adhurohet dhe është i dërguar që nuk gënjen. "Jam i kënaqur me Allahun si Zot" Domethënë: jam i kënaqur me faktin që Allahu është Zot, i adhuruar dhe që ka cilësitë dhe emrat më të bukur. "Dhe me Muhamedin si pejgamber" Domethënë: jam i kënaqur me të gjitha çështjet që ai solli dhe që i predikoi. "Dhe me Islamin" Domethënë: jam i kënaqur me të gjitha ligjet e Islamit qofshin ato urdhëresa apo ndalesa. "Si fe" domethënë: si diçka që besohet dhe pasohet. "I falen mëkatet" domethënë: mëkatet e vogla.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Thënia e kësaj lutjeje kur dëgjojmë ezanin është prej gjërave që shlyejnë mëkatet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6272</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ</t>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>Atij që i lexon dy ajetet e fundit të sures el Bekare gjatë natës, do t'i mjaftojnë</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>Ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Atij që i lexon dy ajetet e fundit të sures el Bekare gjatë natës, do t'i mjaftojnë."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
     <t>Profeti ﷺ ka njoftuar se kushdo që i lexon dy ajetet e fundit të sures el Bekare gjatë natës, Allahu do t'i mjaftojë atij nga çdo gjë e keqe dhe çdo gjë që e urren. Po ashtu është thënë (si mendim se): i mjaftojnë kundrejt namazit të natës; i mjaftojnë kundrejt dhikreve të tjera; ato janë ajetet më të pakta që mjaftojnë për leximin e Kuranit gjatë namazit të natës dhe janë dhënë edhe mendime të tjera. Të gjitha mendimet që u përmendën janë të sakta dhe kjo shprehje i ngërthen në vete.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
     <t>Sqarimi i vlerës së ajeteve të fundit të sures el Bekare. Këto ajete janë nga fjala e Allahut të Lartësuar: "I Dërguari beson në të (Kuranin)...", deri në fund të sures.
 Ajetet e fundit të sures el Bekare, atij që i lexon, ia largojnë të keqen, sherrin e shejtanin, nëse i lexon gjatë natës.
 Nata fillon me perëndimin e Diellit dhe mbaron me lindjen e agimit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6274</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا</t>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
     <t>“Ai që lexon një shkronjë nga Libri i Allahut, ka një shpërblim, i cili shtohet dhjetëfish</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Ai që lexon një shkronjë nga Libri i Allahut, ka një shpërblim, i cili shtohet dhjetëfish. Nuk them se elifi, lami dhe mimi janë një shkronjë, por elifi është një shkronjë, lami një shkronjë dhe mimi shkronjë më vete.”</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se çdo musliman që lexon një shkronjë nga Libri i Allahut, ka një shpërblim, i cili shtohet dhjetëfish.
 Pastaj këtë gjë e sqaroi me fjalën e tij: "Nuk them se elifi, lami dhe mimi janë një shkronjë, por elifi është një shkronjë, lami një shkronjë dhe mimi shkronjë më vete”, pra këto tri shkronja janë të barabarta me tridhjetë të mira.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Inkurajimi për të lexuar Kuranin shpesh.
 Lexuesi për çdo shkronjë që e lexon, do të marrë nga një të mirë të shumëfishuar dhjetëfish.
 Mëshira dhe bujaria e gjerë e Allahut, meqë në saje të mirësisë dhe bujarisë së Tij robit ia shumëfishon shpërblimin.
 Epërsia e Kuranit kundrejt fjalëve të tjera dhe adhurimi i Allahut përmes leximit të tij. Kjo, se ai është fjala e Allahut të Lartësuar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6275</t>
   </si>
   <si>
-    <t>كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ</t>
+    <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
   </si>
   <si>
     <t>Biri i Ademit më përgënjeshtroi e atij nuk i takonte ta bënte një gjë të tillë! Ai më ofendoi e atij nuk i takonte ta bënte një gjë të tillë!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
   <si>
     <t>Nga Ebu Hurejra (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Allahu ka thënë: "Biri i Ademit më përgënjeshtroi e atij nuk i takonte ta bënte një gjë të tillë! Ai më ofendoi e atij nuk i takonte ta bënte një gjë të tillë! Ai më përgënjeshtroi kur tha: "Ai Nuk do të më rikthejë në gjendjen fillestare!" Ndërkohë që krijimi i parë nuk është më i lehtë për Mua se rikrijimi i tij. Dhe më ofendoi kur tha: "Allahu ka bërë një fëmijë" Ndërkohë që Unë jam i Vetmi dhe i Panevoji, as kam lindur e as jam i lindur dhe askush nuk është i njëjtë me Mua!"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) përmes këtij hadithi kudsi shpjegon se Allahu i Madhëruar ka treguar lidhur me idhujtarët dhe të pafetë se ata e përgënjeshtrojnë Atë dhe e përshkruajnë Atë me mangësi dhe të meta. E një gjë e tillë nuk u takon që ta bëjnë.
 Përgënjeshtrimi që ata i bënë Allahut është se ata pretenduan që Allahu nuk do t'i rikthejë për së dyti në jetë pasi të kenë vdekur, sikurse i krijoi herën e parë nga asgjëja! Allahu iu përgjigj se Ai që i krijoi ata për herë të parë nga asgjëja është i aftë që t'i rikrijojë ata përsëri, madje kjo është dhe më e lehtë, edhe pse në raport me Allahun të dyja çështjet; krijimi fillestar dhe rikrijimi janë të barabarta, ngase Ai është i aftë për çdo gjë.
 Ndërsa ofendimi që ata i bënë Atij është se thanë që Ai ka një fëmijë. Këtij pretendimi Ai iu përgjigj se Ai është i Vetmi dhe se Atij i takojnë të gjitha përsosuritë në emrat, cilësitë dhe veprat e Tij. Ai është i pastër nga çdo mangësi dhe e metë. Ai është i panevojë e nuk ka nevojë për askënd, ndërsa të gjitha krijesat kanë nevojë për Të. Ai nuk është prind i askujt dhe as fëmija i askujt dhe asgjë nuk është e barabartë apo e njëjtë me Të. I Pastër dhe i Patëmeta është Ai!</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Pohimi i fuqisë absolute për Allahun e Madhëruar.
 Pohimi i ringjalljes pas vdekjes.
 Dezertimi i atij që mohon ringjalljen ose i përshkruan fëmijë Allahut të Madhëruar.
 Allahu i Madhëruar nuk ka as të ngjashëm e as të njëjtë.
 Gjerësia e urtësisë së Allahut të Madhëruar dhe afatizimi i idhujtarëve, në mënyrë që ata të mund të pendohen dhe të kthehen mbrapsht.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6327</t>
   </si>
   <si>
-    <t>مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ</t>
+    <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>Unë i shpall luftë atij që shfaq armiqësi ndaj mikut Tim! Veprat më të dashura me të cilat më afrohet robi Im, janë ato të cilat Unë ia kam bërë detyrim atij</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
     <t>Nga Ebu Hurejra (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Allahu i Madhëruar ka thënë: "Unë i shpall luftë atij që shfaq armiqësi ndaj mikut Tim! Veprat më të dashura me të cilat më afrohet robi Im, janë ato të cilat Unë ia kam bërë detyrim atij. Robi im më afrohet vazhdimisht, duke kryer vepra nafile (vullnetare), derisa Unë ta dua atë. Kur Unë ta dua atë, atëherë do të bëhem veshi i tij me të cilin dëgjon, syri i tij me të cilin shikon, dora e tij me të cilën mbahet, këmba e tij me të cilën ecën dhe nëse ai më kërkon diçka, do t'ia jap atë e nëse më kërkon ta mbroj, do ta mbroj atë. Unë nuk ngurroj për asnjë punë sa ç'ngurroj të marr shpirtin e një besimtari, sepse ai e urren vdekjen dhe Unë urrej t'i bëj keq atij".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
     <t>Përmes këtij hadithi kudsi Pejgamberi (paqja qoftë mbi të!) ka njoftuar se Allahu i Madhëruar ka thënë se Ai që lëndon dikë nga miqtë e Mi, e zemëron dhe e urren atë, Unë i shpall armiqësinë Time atij.
@@ -7580,189 +8245,189 @@
 Veç kësaj, nëse Ai i kërkon diçka Allahut, Ai ia jep atë atij. Kështu, ai bëhet njeri që i pranohet lutja. E nëse kërkon mbrojtjen e Allahut, Ai e mbron atë nga gjërat që i frikësohet.
 Mandej Allahu i Madhëruar thotë se Unë nuk ngurroj për diçka që do e bëj, aq sa ngurroj kur i marr shpirtin besimtarit. Më dhimbset, ngase ai nuk e pëlqen vdekjen prej dhimbjeve të saj. Kështu, Allahut nuk i pëlqen ajo që i shkakton dhimbje besimtarit.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>Ky është prej haditheve që Pejgamberi (paqja qoftë mbi të!) e përcjell nga Zoti i tij. Ky lloj i hadithit quhet hadith kudsi ose hadith hyjnor. Teksti dhe domethënia e tij janë prej Allahut të Madhëruar, vetëm se ai nuk i plotëson veçoritë e Kuranit që e dallojnë atë nga tekstet e tjera fetare, si: leximi i tij është adhurim, pastërtia është kusht për ta prekur dhe është mrekulli sfiduese... etj.
 Ndalimi i lëndimit të miqve të Allahut dhe nxitja për t'i dashur ata dhe për të pranuar meritat e tyre.
 Urdhëresa e armiqësimit me armiqtë e Allahut dhe ndalesa e miqësimit me ta.
 Ai që pretendon se është mik i Allahut, duke mos e zbatuar legjislacionin e Tij, është gënjeshtar në atë që pretendon.
 Miqësia e Allahut arrihet përmes kryerjes së punëve të detyrueshme dhe lënies së punëve të ndaluara.
 Një prej shkaqeve të dashurisë së Allahut për robin e Tij dhe të pranimit të lutjeve është kryerja e punëve të mira, pasi të ketë kryer punët e detyrueshme dhe të ketë lënë gjërat e ndaluara.
 Ky hadith dëshmon për finikërinë e miqve të Allahut dhe për pozitën e tyre të lartë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6337</t>
   </si>
   <si>
-    <t>إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ</t>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>“Nëse njeriu (musliman) shpenzon për familjen e tij, duke llogaritur në shpërblimin (e Allahut), atëherë kjo i shkruhet sadaka (lëmoshë).”</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Ebu Mesudi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Nëse njeriu (musliman) shpenzon për familjen e tij, duke llogaritur në shpërblimin (e Allahut), atëherë kjo i shkruhet sadaka (lëmoshë).”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se, nëse një njeri (musliman) shpenzon për familjen e tij, respektivisht për ata që është i detyruar të shpenzojë, si: gruaja, prindërit, fëmija dhe të tjerët, e me këtë synon të afrohet me Allahun e Lartësuar dhe e llogarit shpërblimin tek Ai për atë që shpenzon, atëherë ai do të ketë shpërblimin e sadakasë.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>Duke shpenzuar për famijen, arrihet shpërblimi (tek Allahu).
 Besimtari përmes veprave të tij synon Fytyrën e Allahut dhe shpërblimet që ndodhen tek Ai.
 Qëllimet e mira duhet të kihen ndërmend në çdo vepër, e këtu  përfshihen shpenzimet për familjen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6460</t>
   </si>
   <si>
-    <t>الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ</t>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
     <t>“Imani është shtatëdhjetë e ca degë, më e larta e të cilave është dëshmia "la ilahe il-lallah", ndërsa më e ulëta largimi i pengesave nga rruga</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Imani është shtatëdhjetë e ca degë, më e larta e të cilave është dëshmia "la ilahe il-lallah", ndërsa më e ulëta largimi i pengesave nga rruga. Edhe turpi është degë e imanit.”</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se imani ka shumë degë dhe virtyte, ku përfshihen veprat, besimet dhe fjalët.
 Virtyti më i lartë dhe më i mirë i imanit është të thuash: "La ilahe il-lallah", duke e ditur kuptimin e saj dhe duke vepruar në përputhje me të, se Allahu është i vetmi Zot që meriton të adhurohet dhe askush tjetër nuk meriton një gjë të tillë.
 Më e vogla nga veprat e besimit është të largojmë mënjanë çdo gjë që i dëmton njerëzit në rrugët e tyre.
 Pastaj Profeti ﷺ tregoi se turpi është një nga virtytet e imanit dhe është një moral që nxit ta bëjmë atë që është e bukur dhe ta braktisim atë që është e shëmtuar.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>Besimi ka shkallë, disa prej të cilave janë më të mira se të tjerat.
 Besimi është fjalë (me gjuhë), vepër (me gjymtyrë) dhe besim (me zemër).
 Turpi ndaj Allahut të Lartësuar nënkupton që Ai të të mos shohë aty ku të ka ndaluar dhe të të mos shohë se mungon aty ku të ka urdhëruar.
 Përmendja e numrit nuk nënkupton kufizimin, por, përkundrazi, tregon se veprat e imanit janë të shumta, sepse arabët mund të përmendin një numër të caktuar për diçka dhe nuk synojnë kufizimin e tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6468</t>
   </si>
   <si>
-    <t>مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ</t>
+    <t>ما منكم من أحد إلا سيكلمه الله، ليس بينه وبينه ترجمان</t>
   </si>
   <si>
     <t>“Allahu do t'i flasë secilit drejtpërdrejt, pa përkthyes mes Allahut dhe robit</t>
   </si>
   <si>
     <t>عَنْ عَدِيِّ بْنِ حَاتِمٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ، فَيَنْظُرُ أَيْمَنَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ أَشْأَمَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ بَيْنَ يَدَيْهِ فَلَا يَرَى إِلَّا النَّارَ تِلْقَاءَ وَجْهِهِ، فَاتَّقُوا النَّارَ وَلَوْ بِشِقِّ تَمْرَةٍ».</t>
   </si>
   <si>
     <t>Adij ibn Hatimi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu do t'i flasë secilit drejtpërdrejt, pa përkthyes mes Allahut dhe robit. Kur robi shikon djathtas, nuk sheh asgjë përveç veprave të veta. Pastaj shikon majtas dhe, sërish, nuk sheh asgjë përveç veprave të veta. Pastaj shikon para vetes, por nuk sheh asgjë përveç Zjarrit përpara fytyrës. Prandaj, ruajuni nga Zjarri, qoftë dhe me gjysmë hurme.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ كلَّ مؤمن سيقف بين يدي الله يوم القيامة لوحدِه، وأنّ الله تعالى سيُكلّمه بدون واسطة وليس بينهما مترجم يترجم الكلام، فينظر جهة اليمين والشمال من شدة الفزع، ولعله أن يجد طريقًا يذهب فيها ليحصل له النجاة من النار التي هي أمامه. 
 فإذا نظر في الجانب الذي على يمينه فلا يرى إلا ما قدَّمَ من العمل الصالح، 
 وإذا نظر عن شماله فلا يرى إلا ما قدَّم من العمل السيء، 
 وإذا نظر أمامه فلا يرى إلا النار، ولا يمكنه أن يَحيدَ عنها إذ لا بدّ له من المرور على الصراط. 
 ثم قال صلى الله عليه وسلم: اجعلوا بينكم وبين النار وقاية من الصدقة وعمل البر، ولو بشيء يسير كنصف تمرة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se çdo besimtar do të qëndrojë para Allahut në Ditën e Gjykimit i vetëm dhe se Allahu i Lartësuar do t'i flasë pa ndërmjetës dhe nuk do të ketë mes tyre përkthyes që do ta përkthejë bisedën mes tyre. Ai do të shikojë djathtas e majtas për shkak të frikës së madhe, që të gjejë një rrugëdalje për të shpëtuar nga Zjarri që është përpara tij. Kur të shikojë nga ana e djathtë, do t'i shohë vetëm veprat e mira që ka bërë, e, kur të shikojë nga ana e majtë, do t'i shohë vetëm veprat e këqija që ka bërë. E, kur të shikojë përpara, do ta shohë vetëm Zjarrin, e nuk mund të largohet nga ai, sepse duhet patjetër të kalojë mbi Urën e Siratit. Pastaj Profeti ﷺ tha të vendosni ndërmjet jush dhe Zjarrit një mbrojtje: sadaka dhe vepra mirësie, qoftë dhe diçka e vogël, si gjysmë hurme.</t>
   </si>
   <si>
     <t>الحث على الصدقات وإن قَلَّتْ والتَّخَلُّق بالخصال الحميدة، والمعاملة باللطف ولين الكلام.
 قرب الله تعالى من عبده يوم القيامة، إذ ليس بينهما حجاب ولا واسطة ولا ترجمان، فليَحذَر المؤمن من مخالفة أمر ربه.
 ينبغي على المرء أن لا يحتقر ما يتصدق به، ولو كان يسيرًا، فإنه وقاية من النار.</t>
   </si>
   <si>
     <t>Inkurajimi për të dhënë sadaka, qoftë dhe e vogël; stolisja me virtyte dhe trajtimi i të tjerëve me butësi e fjalë të buta.
 Allahu i Lartësuar do të jetë afër robit të Tij në Ditën e Gjykimit, pasi nuk do të ketë mes tyre mbulesë, ndërmjetës e as përkthyes. Andaj, besimtari të frikësohet e të mos e kundërshtojë urdhrin e Zotit të vet.
 Njeriu nuk duhet ta nënvlerësojë atë që jep sadaka, qoftë dhe e vogël, pasi ajo është mbrojtje nga Zjarri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6615</t>
   </si>
   <si>
-    <t>لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ</t>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>Të mos mbetet pa u këputur asnjë qafore teli, - ose ka thënë vetëm: qafore, - në qafat e deveve.”</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>Ebu Beshir Ensariu (Allahu qoftë i kënaqur me të!) tregon se, teksa ishte me të Dërguarin e Allahut ﷺ në një udhëtim, i Dërguari i Allahut ﷺ dërgoi një lajmëtar: “Të mos mbetet pa u këputur asnjë qafore teli, - ose ka thënë vetëm: qafore, - në qafat e deveve.”</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Profeti ﷺ ishte në një udhëtim dhe njerëzit ishin në vendin ku flinin natën në kampet dhe çadrat e tyre. Kështu, dërgoi dikë te njerëzit duke i urdhëruar t'i këpusin qaforet që vareshin në qafat e deveve, qofshin prej teli ose prej diçkaje tjetër, bie fjala, zilja e këpucët, për faktin se ua vendosnin për t'i ruajtur nga mësyshi, andaj u urdhëruan t'i këpusnin, për shkak se ato nuk u largojnë asgjë atyre dhe se dobia e dëmi janë vetëm në dorën e Allahut, i Cili nuk ka ortak.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Është haram të vendosen telat dhe qaforet (kinse) për të përfituar ndonjë dobi ose për të penguar ndonjë dëm, sepse kjo është prej shirkut.
 Lidhja e një qaforeje përveç asaj prej teli, nëse është për zbukurim, për ta drejtuar kafshën ose për ta lidhur me të, nuk ka asgjë të keqe.
 Është obligim të ndryshohet e keqja sipas mundësisë.
 Është obligim që zemra të lidhet vetëm me Allahun, i Cili nuk ka ortak.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6761</t>
   </si>
   <si>
-    <t>مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ</t>
+    <t>من علق تميمة فقد أشرك</t>
   </si>
   <si>
     <t>Kush var hajmali në trup ka bërë shirk (idhujtari)!</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Nga Ukbeh ibn Amir el-Xhuheni (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberit (paqja qoftë mbi të!) i erdhi një delegacion dhe ai lidhi besën me nëntë prej tyre, ndërsa me njërin jo. Ata i thanë: "O Profet i Allahut, e lidhe besën me nëntë veta dhe le njërin?" Pejgamberi tha: "Ai mban në trup një hajmali!" Sakaq, personi e mori dhe e grisi hajmalinë dhe lidhi besën me Pejgamberin (paqja qoftë mbi të!). Mandej Pejgamberi (paqja qoftë mbi të!) tha: "Kush var hajmali në trup ka bërë shirk (idhujtari)!"</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
     <t>Një grup njerëzish prej dhjetë vetash erdhën te Pejgamberi (paqja qoftë mbi të!) dhe ai lidhi besën e Islamit dhe të ndjekjes me nëntë prej tyre dhe e la të dhjetin. Kur e pyetën për arsyen e kësaj, ai tha se në trupin e tij gjendet një hajmali, e cila lidhet ose varet në trup dhe përbëhet nga rruaza ose nga gjëra të tjera, dhe mbahet për të larguar mësyshin apo dëmet e tjera. Personi e futi dorën menjëherë te vendi ku ndodhej hajmalia dhe e grisi atë dhe më pas e hodhi. Pas kësaj, Pejgamberi (paqja qoftë mbi të!) e lidhi besën me të, e duke paralajmëruar nga hajmalitë dhe duke sqaruar dispozitën fetare mbi to tha: "Kush var hajmali ka bërë shirk!"</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
     <t>Kush mbështetet te dikush tjetër veç Allahut, Ai e trajton atë me të kundërtën e qëllimit të tij.
@@ -7793,514 +8458,514 @@
     <t>النهي عن التعلق بغير الله -تعالى-.
 وجوب التعلق بالله في جميع الأمور.
 بيان مضرة الشرك وسوء عاقبته.
 أن الجزاء من جنس العمل.
 أن نتيجة العمل ترجع إلى العامل خيرا أو شرا.
 خذلان من انصرف عن الله وطلب النفع من غيره.</t>
   </si>
   <si>
     <t>Ndalohet lidhja pas dikujt tjetër përveç Allahut të Lartësuar.
 Është obligim që të lidhemi me Allahun në të gjitha çështjet.
 Sqarimi i dëmit të shirkut dhe përfundimit të tij të keq.
 Shpërblimi është sipas llojit të veprës.
 Rezultai i veprës kthehet te vepruesi, qoftë mirë, qoftë keq.
 Braktisja e atij që largohet nga Allahu dhe kërkon dobi nga dikush tjetër përveç Tij.</t>
   </si>
   <si>
     <t>رواه أحمد والترمذي</t>
   </si>
   <si>
     <t>[E shënon Tirmidhiu - E shënon Ahmedi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6763</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ</t>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>Për atë që thotë: "La ilahe il-lallah" dhe mohon çdo gjë që adhurohet përveç Allahut, pasuria dhe gjaku është i ndaluar, e llogaria e tij është tek Allahu</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Tarik ibn Ushejm Eshxheiu (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: "Për atë që thotë: "La ilahe il-lallah" dhe mohon çdo gjë që adhurohet përveç Allahut, pasuria dhe gjaku është i ndaluar, e llogaria e tij është tek Allahu."</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se kushdo që thotë dhe dëshmon me gjuhën e tij: "La ilahe il-lallah”, që do të thotë: nuk ka të adhuruar me të drejtë përveç Allahut dhe mohon çdo gjë që adhurohet përveç Allahut dhe distancohet nga të gjitha fetë përveç Islamit, pasuria dhe gjaku i tij janë të ndaluara për muslimanët, kështu që ne i shikojmë vetëm veprat që i shfaq botërisht, kësisoj nuk i merret pasuria e as nuk i derdhet gjaku, përveç nëse ai kryen ndonjë krim që e bën të domosdoshme këtë gjë sipas dispozitave të Islamit.
 Në Ditën e Kiametit, Allahu do ta marrë në llogari: nëse ka qenë i sinqertë, do ta shpërblejë, e, nëse ka qenë hipokrit, do ta ndëshkojë.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>Shqiptimi i dëshmisë: "La ilahe il-lallah" dhe mohimi i çdo gjëje që adhurohet përveç Allahut është kusht për të hyrë në Islam.
 Kuptimi i dëshmisë: "La ilahe il-lallah" nënkupton mohimin e çdo gjëje që adhurohet përveç Allahut, bie fjala, idhujt, varret e gjërat e tjera dhe veçimi i Allahut të Lartësuar me adhurim.
 Kushdo që jetëson monoteizmin (teuhidin) dhe u përmbahet ligjeve të tij të jashtme, është person që nuk duhet të preket, përveç nëse bëhet e qartë nga ana e tij e kundërta e kësaj.
 Pasuria dhe gjaku i muslimanit është i paprekshëm, përveçse me hak (kur e parasheh ligji islam).
 Dispozitat në këtë botë ndërlidhen me pamjen e jashtme, atë që e shfaq njeriu, ndërsa në botën tjetër, në bazë të nijetit dhe synimit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6765</t>
   </si>
   <si>
-    <t>فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ</t>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Morali i Profetit të Allahut ﷺ ishte Kurani</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Kur Sad ibn Hisham ibn Amri hyri tek Aishja (Allahu qoftë i kënaqur me të!), i tha: “Oj nëna e besimtarëve, më informo për moralin e të Dërguarit të Allahut ﷺ!” Ajo i tha: "A nuk e lexon Kuranin?" Thashë: "Po." Ajo tha: "Morali i Profetit të Allahut ﷺ ishte Kurani."</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Nëna e besimtarëve, Aishja (Allahu qoftë i kënaqur me të!), është pyetur për moralin e Profetit ﷺ e ajo u përgjigj me një fjalë gjithëpërfshirëse, kur pyetësin e ktheu te Kurani i madhërishëm, i cili ngërthen në vete të gjitha atributet e përsosurisë. Ajo tha se Profeti ﷺ stolisej me moralin e Kuranit: atë që Kurani e urdhëroi, ai e jetësoi; atë që Kurani e ndaloi, ai u largua prej saj. Pra, morali i tij ishte vënia e tij në praktikë, ndalimi te kufijtë e tij, stolisja me edukatën e tij dhe marrja mësim nga shembujt e tregimet kuranore.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Inkurajimi për të ndjekur shembullin e Profetit ﷺ në stolisjen e tij me moralin e Kuranit.
 Lavdërimi i moralit të të Dërguarit të Allahut ﷺ dhe se ai kishte zanafillë shpalljen.
 Kurani është burimi i të gjitha virtyteve fisnike.
 Morali në Islam përfshin tërë fenë, duke i vepruar urdhrat dhe duke iu shmangur ndalesave.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8265</t>
   </si>
   <si>
-    <t>الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء</t>
+    <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>Të mëshirshmit do t'i mëshirojë i Gjithëmëshirshmi. Mëshirojini banorët e Tokës, që t'ju mëshirojë Ai që është mbi qiell</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Të mëshirshmit do t'i mëshirojë i Gjithëmëshirshmi. Mëshirojini banorët e Tokës, që t'ju mëshirojë Ai që është mbi qiell."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se ata që i mëshirojnë të tjerët, do të mëshirohen nga i Gjithëmëshirshmi, mëshira e të Cilit  përfshin çdo gjë, si shpërblim përkatës (të veprave të tyre).
 Pastaj Profeti ﷺ urdhëroi të mëshirohen të gjitha krijesat e Tokës, qofshin njerëz, kafshë, zogj, qofshin lloje të tjera, ndërsa shpërblimi për këtë është se Allahu mbi qiejt e Tij do të mëshirojë.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>Feja islame është fe e mëshirës dhe bazohet tërësisht në bindjen ndaj Allahut dhe mirësinë ndaj krijesave.
 Allahu i Lartmadhëruar është i cilësuar me mëshirë dhe Ai është i Gjithëmëshirshmi, Mëshirëploti, që e përcjell mëshirën te robërit e Tij.
 Shpërbimi është në varësi të veprës: të mëshirshmit do t'i mëshirojë Allahu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8289</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى</t>
+    <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
   </si>
   <si>
     <t>se një burrë mori abdes dhe e la një pjesë në këmbën e tij sa një thua pa e larë. Pejgamberi (paqja qoftë mbi të!) e pa dhe i tha: "Kthehu dhe merr abdes mirë!" Ai e përmirësoi abdesin dhe pastaj u fal</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
     <t>Nga Xhabiri (Allahu qoftë i kënaqur me të!) përcillet se ka thënë që Umer ibn Hatabi i ka treguar se një burrë mori abdes dhe e la një pjesë në këmbën e tij sa një thua pa e larë. Pejgamberi (paqja qoftë mbi të!) e pa dhe i tha: "Kthehu dhe merr abdes mirë!" Ai e përmirësoi abdesin dhe pastaj u fal.</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>Umeri (Allahu qoftë i kënaqur me të!) ka treguar se Pejgamberi (paqja qoftë mbi të!) pa një burrë, i cili e kishte mbaruar marrjen e abdesit, por kishte lënë një pjesë në këmbën e tij sa një thua pa e larë gjatë abdesit. Ai i tha atij duke ia bërë me shenjë nga pjesa e palarë: "Kthehu dhe merr abdes mirë, duke e plotësuar atë dhe duke i dhënë çdo gjymtyre hisen e ujit që i takon." Burri u kthye, e plotësoi abdesin, pastaj u fal.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>Obligimi i nxitimit në urdhërimin për mirë dhe këshillimin e të paditurit dhe të pavëmendshmit, sidomos kur mangësia e tij bëhet shkak për prishjen e adhurimit.
 Obligimi i larjes me ujë të të gjitha gjymtyrëve të abdesit dhe se nëse dikush lë një pjesë të një gjymtyre pa e larë, qoftë dhe pak, abdesi i tij nuk është i saktë dhe ai duhet ta përsërisë atë nga fillimi, nëse distanca kohore është e gjatë.
 Ligjshmëria e përsosjes së abdesit, duke e plotësuar dhe përkryer atë sipas mënyrës së urdhëruar nga sheriati.
 Këmbët janë pjesë e gjymtyrëve të abdesit dhe nuk mjafton fërkimi i tyre me dorë të lagur, por duhet të lahen patjetër.
 Gjymtyrët e abdesit duhet të lahen njëra pas tjetrës, duke mos u vonuar aq sa të thahet gjymtyra paraprake.
 Padija dhe harresa nuk e shfuqizojnë obligimin. Ato shfuqizojnë vetëm mëkatin. Ngase Pejgamberi (paqja qoftë mbi të!) nuk e shfuqizoi obligimin nga ky burrë, i cili nuk e kishte përkryer abdesin e tij për shkak të padijes, por e urdhëroi ta përsëriste atë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8386</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>Profeti ﷺ e përmendte Allahun në çdo gjendje</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon: "Profeti ﷺ e përmendte Allahun në çdo gjendje."</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Aishja, nëna e besimtarëve (Allahu qoftë i kënaqur me të!), tregon se Profeti ﷺ i kushtonte shumë rëndësi përmendjes së Allahut të Lartësuar dhe se ai e përmendte Allahun e Lartësuar në çdo kohë, vend dhe situatë.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Për përmendjen e Allahut të Lartësuar nuk kushtëzohet pastrimi nga papastërtia e vogël (të qenët pa abdes) dhe nga ajo e madhe (të qenët xhunub).
 Profeti ﷺ në vazhdimësi e përmendte Allahun e Lartësuar.
 Inkurajimi që Allahu i Lartësuar të përmendet shpesh në çdo kohë, duke ndjekur kështu shembullin e Profetit ﷺ, me përjashtim të rasteve kur ai përmbahej nga dhikri, siç është kryerja e nevojave fiziologjike.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8402</t>
   </si>
   <si>
-    <t>صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ</t>
+    <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>Dy lloje njerëzish që janë nga banorët e Zjarrit, nuk i kam parë (ende). Lloji i parë: njerëz që kanë kamxhikë si bishtat e lopëve, me të cilët i godasin njerëzit (padrejtësisht).
 Lloji i dytë: gra të veshura e të zhveshura; të lakuara e të anuara!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>Nga Ebu Hurejra (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Dy lloje njerëzish që janë nga banorët e Zjarrit, nuk i kam parë (ende). Lloji i parë: njerëz që kanë kamxhikë si bishtat e lopëve, me të cilët i godasin njerëzit (padrejtësisht).
 Lloji i dytë: gra të veshura e të zhveshura; të lakuara e të anuara! Kokat e tyre i kanë si gungat e anuara të devesë. Këto lloj grash s’kanë për të hyrë në Xhenet dhe as që kanë për ta nuhatur aromën e tij, e cila nuhatet nga shumë larg.”</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) paralajmëron nga dy lloje njerëzish prej banorëve të zjarrit, që nuk i ka parë dhe që nuk ishin të pranishëm në kohën e tij, por që do të shfaqeshin më vonë.
 Lloji i parë: disa njerëz që mbajnë me vete kamxhikë të gjatë si bishtat e lopëve, me të cilët godasin njerëzit. Bëhet fjalë për policinë dhe përkrahësit e tiranëve, të cilët i dhunojnë njerëzit padrejtësisht.
 Lloji i dytë: disa femra, të cilat do ta heqin prej trupit të tyre rrobën e ndershmërisë dhe të turpit, që e karakterizon femrën zakonisht.
 Ato janë përshkruar si të veshura në të vërtetë dhe të zhveshura nga ana morale, ngase rrobat që ato veshin janë të holla dhe të tejdukshme dhe e mbulojnë trupin pjesërisht. Ato e bëjnë këtë për të shfaqur bukurinë e tyre. Ato i lakojnë zemrat e burrave me veshjen dhe kapardisjen e tyre në ecje, duke lëkundur supet e tyre. Kësisoj, ato i tërheqin të tjerët drejt devijimit në të cilin gjenden vetë. Prej tipareve të tyre është se kokat e tyre janë si gunga e anuar e devesë; ato i zmadhojnë kokat e tyre, duke i lidhur me mbulesa ose copa pëlhure. Përngjasimi me gungat e deveve lidhet me flokët e tyre të lartë dhe gërshetat e tyre që ngrihen mbi kokat e tyre, duke i lidhur ato në një mënyrë që të anohen nga njëra anë e kokës, siç anohet gunga e devesë. Ato femra që i kanë këto tipare janë pjesë e këtij kërcënimi të ashpër; që nuk do të mund të hyjnë në Xhenet dhe nuk do të mund ta nuhasin aromën e tij, edhe pse aroma e tij nuhatet nga shumë larg.</t>
   </si>
   <si>
     <t>تحريم ضربِ الناس وإيذائهم دون إثم فعلوه أو ذنب اقترفوه.
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
     <t>Ndalimi i rrahjes dhe i lëndimit të njerëzve që nuk kanë bërë faj a mëkat.
 Ndalimi i përkrahjes së mizorëve në mizorinë e tyre.
 Paralajmërimi i femrave nga pispillosja dhe lakuriqësia dhe nga rrobat e ngushta ose të tejdukshme, që përshkruajnë pjesët intime ose formën e trupit.
 Nxitja e femrës muslimane që t'i përmbahet urdhëresave të Allahut dhe largimi i saj nga gjërat që e hidhërojnë Atë dhe që e bëjnë atë të denjë për të marrë ndëshkim të rreptë dhe të amshueshëm në jetën e përtejme.
 Ky hadith është një prej dëshmive të pejgamberisë së Pejgamberit tonë (paqja qoftë mbi të!), ngase përmes tij ai ka lajmëruar për çështje të fshehta, që nuk kishin ndodhur ende dhe ato ndodhën ashtu siç pati lajmëruar ai.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8903</t>
   </si>
   <si>
-    <t>لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ</t>
+    <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
   </si>
   <si>
     <t>Burri nuk duhet t'i shikojë pjesët intime të një burri tjetër, e as gruaja nuk duhet t'i shikojë pjesët intime të një gruaje tjetër</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
     <t>Nga Ebu Seid el-Hudriu (Allahu qoftë i këaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Burri nuk duhet t'i shikojë pjesët intime të një burri tjetër, e as gruaja nuk duhet t'i shikojë pjesët intime të një gruaje tjetër. Dhe nuk bën që burri të futet në shtrat me një burrë tjetër, ose të rrijë me të nën të njëjtën rrobë e as gruaja nuk bën të futet në shtrat me një grua tjetër, ose të rrijë me të nën të njëjtën rrobë".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) e ka ndaluar që burri të shikojë pjesët intime të një burri tjetër, ose gruaja të shikojë pjesët intime të një gruaje tjetër.
 Pjesët intime janë ato pjesë të trupit që njeriu turpërohet kur ato zbulohen. Pjesët intime të burrit janë pjesët midis kërthizës dhe gjunjëve. Ndërsa trupi i gruas është i gjithi intim sa i takon burrave të huaj. E sa i takon grave dhe njerëzve të familjes, ajo mund të zbulojë përpara tyre ato pjesë që i zbulon zakonisht kur bën punët e shtëpisë.
 Pejgamberi (paqja qoftë mbi të!) e ndaloi gjithashtu që burri të rrijë në intimitet me një burrë tjetër nën të njëjtën rrobë, ose nën të njëjtën mbulesë, duke qenë të dy lakuriq. Apo që gruaja të rrijë në intimitet me një grua tjetër nën të njëjtën rrobë, ose nën të njëjtën mbulesë, duke qenë të dyja lakuriq. Ngase kjo mund të shpjerë në prekjen e pjesëve intime të tjetrit, gjë e cila është e ndaluar, siç është i ndaluar shikimi i pjesëve intime. Bile, prekja është më e rëndë se shikimi, ngase prekja shpie në pasoja më të rënda.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Ndalimi i shikimit të pjesëve intime të të tjerëve, me përjashtim të bashkëshortëve.
 Kujdesi i Islamit për dëlirësinë e shoqërisë dhe për mbylljen e rrugëve të së keqes.
 Lejohet të shikohen pjesët intime kur e lyp nevoja, siç është nevoja për t'u mjekuar ose diçka e ngjashme, me kusht që të mos jetë me epsh.
 Muslimani urdhërohet që t'i mbulojë pjesët intime të trupit të tij dhe të ulë shikimin nga pjesët intime të të tjerëve.
 Ndalesa në këtë hadith është specifikuar me burrat midis tyre dhe gratë midis tyre, sepse shikimi dhe zbulimi i pjesëve intime ndodh më shpesh në raste të këtilla.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8904</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ</t>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>i Dërguari i Allahut ﷺ ka ndaluar rruajtjen e pjesërishme të kokës (kazea)</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqu me të!) tregon se i Dërguari i Allahut ﷺ ka ndaluar rruajtjen e pjesërishme të kokës (kazea).</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e ka ndaluar rruajtjen e një pjese të kokës së fëmijës dhe lënien e një pjese tjetër.
 Kjo ndalesë është e përgjithshme për të gjithë meshkujt, qofshin të vegjël, qofshin të mëdhenj. E, sa u përket femrave, atyre nuk u lejohet t'i rruajnë flokët.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Feja i kushton rëndësi pamjes së njeriut.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8914</t>
   </si>
   <si>
-    <t>تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ</t>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>Kjo që ndodh është një fjalë e vërtetë, të cilën ndonjë xhin e grabit dhe e përcjell në veshin e mikut të tij, i cili pastaj e përzien atë me njëqind gënjeshtra.”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon: "Disa persona e pyetën të Dërguarin e Allahut ﷺ rreth falltarëve, e në atë rast ai tha: “E tëra është kotësi.” Ata thanë: "O i Dërguari i Allahut, nganjëherë ata na tregojnë diçka e cila, pas një kohe, realizohet!" I Dërguari i Allahut ﷺ iu përgjigj: “Kjo që ndodh është një fjalë e vërtetë, të cilën ndonjë xhin e grabit dhe e përcjell në veshin e mikut të tij, i cili pastaj e përzien atë me njëqind gënjeshtra.”</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
     <t>Profeti ﷺ është pyetur për ata që tregojnë për gjërat e panjohura që do të ndodhin në të ardhmen dhe tha: "Mos u kushtoni rëndësi atyre. Mos ua merrni fjalët dhe të mos ju preokupojë çështja e tyre!"
 Ata thanë: "Ndonjëherë ajo që ata thonë është në përputhje me realitetin, bie fjala, nëse tregojnë për ndodhjen e ndonjë çështjeje të padukshme në filan muajin e në filan ditën, atëherë kjo ndodh sipas asaj që kanë thënë ata."
 Profeti ﷺ tha: "Xhinët e grabitin atë që dëgjojnë nga lajmet e qiellit, kështu që zbresin te bashkëpunëtorët e tyre në mesin e falltarëve dhe u tregojnë atë që dëgjuan e kështu falltari i shton asaj që dëgjoi prej Qiellit edhe njëqind gënjeshtra."</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>Është e ndaluar t'u besosh falltarëve dhe ajo që thonë ata është gënjeshtër e trillim, edhe nëse ndonjëherë mund ta thonë të vërtetën.
 Qielli u mbrojt nga shejtanët me dërgimin e Profetit ﷺ, që të mos kenë mundësi të dëgjojnë diçka nga shpallja ose diçka tjetër, përveç nëse e dëgjojnë vjedhurazi ose shpëtojnë nga yjet.
 Xhinët marrin bashkëpunëtorë nga njerëzit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8918</t>
   </si>
   <si>
-    <t>كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ</t>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>Teksa ishim te Omeri, ai na tha: "Na është ndaluar teprimi</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>Enesi (Allahu qoftë i kënaqur me të!) tregon: Teksa ishim te Omeri, ai na tha: "Na është ndaluar teprimi."</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>Omeri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ua ndaloi atyre çdo gjë që sjell vështirësi pa pasur nevojë për të, qoftë me fjalë, qoftë me vepra.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Prej teprimit të ndaluar është: bërja e pyetjeve të tepërta ose ta mbingarkojë (njeriu veten) për atë që ai nuk e di, ose të qenët i rreptë për një çështje për të cilën Allahu e ka lënë të hapur.
 Muslimani duhet të mësohet të jetë tolerant dhe të mos mbingarkohet në fjalë a në vepra: në ushqimin, pijen, fjalët dhe të gjitha rrethanat e tjera të tij.
 Islami është fe e lehtë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8945</t>
   </si>
   <si>
-    <t>لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ</t>
+    <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
     <t>“Melekët nuk e shoqërojnë atë grup të njerëzve që kanë qen apo këmborë</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>Nga Ebu Hurejra (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: “Melekët nuk e shoqërojnë atë grup të njerëzve që kanë qen apo këmborë."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) ka njoftuar se melekët nuk e shoqërojnë atë grup të udhëtarëve, të cilët kanë me vete qen apo këmborë të varur në qafën e bagëtisë, që lëshon tinguj kur lëviz.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Ndalimi i mbajtjes së qenve dhe marrjes së tyre me vete në udhëtim. Nga ndalesa përjashtohen qeni i gjahut dhe qeni që bën roje.
 Melekët që refuzojnë të shoqërohen me këta njerëz janë melekët e mëshirës, ndërsa melekët roje nuk ndahen nga njerëzit kudo që të jenë ata, në vendbanimet e tyre apo në udhëtim.
 Ndalimi i këmborës, ngase ajo konsiderohet si fyell i djallit dhe ka ngjashmëri me kambanën e të krishterëve.
 Muslimani duhet të ruhet nga çdo gjë që i mban melekët larg tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8951</t>
   </si>
   <si>
-    <t>كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا</t>
+    <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>Ne nuk e merrnim në konsideratë gjakun e turbullt apo të verdhë që dilte pas pastrimit</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Nga Umu Atijeh (Allahu qoftë i kënaqur me të!), e cila i pati dhënë besën Pejgamberit (paqja qofët mbi të!) përcillet se ka thënë: "Ne nuk e merrnim në konsideratë gjakun e turbullt apo të verdhë që dilte pas pastrimit".</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Sahabija Umu Atijeh (Allahu qoftë i kënaqur me të!) tregon se gratë në kohën e Pejgamberit (paqja qoftë mbi të!) nuk i konsideronin pjesë të menstruacioneve sekrecionet që anonin nga ngjyra e zezë apo e verdhë, që dilnin nga organi gjenital i femrës pas pastrimit nga menstruacionet. Kështu që ato nuk e linin namazin dhe as agjërimin për shkak të tyre.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Sekrecioniet që dalin nga organi gjenital i femrës pas pastrimit nga menstruacionet nuk merren në konsideratë, edhe nëse janë të turbullta apo të verdha prej gjakut.
 Sekrecionet e turbullta dhe të verdha gjatë kohës së menstruacioneve konsiderohen gjak menstruacionesh, sepse ky është gjak që rrjedh në kohën e vet, vetëm se është i përzier me lëngje të tjera.
 Gruaja nuk duhet ta lërë namazin dhe as agjërimin për shkak të sekrecioneve të turbullta apo të verdha që dalin pas pastrimit, por duhet të marrë abdes dhe të falet.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10014</t>
   </si>
   <si>
-    <t>امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي</t>
+    <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>Rri aq kohë sa të mbanin menstruacionet dhe pastaj lahu!</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Nga Aishja nëna e besimtarëve (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Umu Habibja, e bija e Xhahshit, e cila ishte në kurorën e Abdurrahman ibn Aufit, iu ankua Pejgamberit (paqja qoftë mbi të!) për rrjedhjen e gjakut. Ai i tha:"Rri aq kohë sa të mbanin menstruacionet dhe pastaj lahu!"</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Një sahabije iu ankua Pejgamberit (paqja qoftë mbi të!) për rrjedhjen e vazhdueshme të gjakut dhe ai e urdhëroi të mos falej për aq kohë sa zgjasnin menstruacionet e saj para se të shfaqej kjo situatë e re dhe më pas të lahej dhe të falej. Ajo lahej në mënyrë vullnetare për çdo namaz.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
 المستحاضة لا يجب عليها الغسل لكل صلاة؛ لأنَّ اغتسالَها رضي الله عنها كان باجتهاد منها، ولو كان واجبًا لَبَيَّنَه لها رسولُ الله صلى الله عليه وسلم.
 المستحاضة يلزمها أن تتوضأ لكل صلاة؛ لأن حَدَثَها دائم لا ينقطع، ومثلُها كلُّ مَن حَدَثه دائم كالذي به سَلَسُ بول، أو خروج ريح مستمر.
 سؤال أهل العلم عمّا يُشكل في أمور الدين، حيث إنّ هذه المرأة شَكَت إلى النبي صلى الله عليه وسلم، وسألته عن كثرة الدم الذي يصيبها.</t>
   </si>
   <si>
     <t>Istihada quhet gjaku që rrjedh nga organi gjenital i gruas pas periudhës së ciklit të zakonshëm menstrual.
 Gruaja e cila vuan nga istihada duhet ta konsiderojë veten e saj me menstruacione në ditët që i vinin menstruacionet, para se të shfaqej gjaku i istihadas.
 Pasi të mbarojnë ditët e ciklit të saj të vërtetë, ajo konsiderohet e pastruar nga menstruacionet edhe pse rrjedhja e gjakut të istihadas vazhdon. Kësisoj ajo duhet të lahet me mbarimin e ditëve të menstruacioneve.
 Gruaja që vuan nga istihada nuk e ka për detyrë të lahet për çdo namaz. Sahabija e cekur në këtë hadith lahej me dëshirën e saj dhe jo me tekst nga sheriati. Nëse një gjë e tillë do të ishte e detyrueshme, atëherë Pejgamberi (paqja qoftë mbi të!) do t'i kishte treguar asaj.
 Gruaja që vuan nga istihada duhet të marrë abdes për çdo namaz, sepse papastërtia e saj është e vazhdueshme dhe e pandërprerë. Njësoj si ajo duhet të veprojnë edhe ata që kanë papastërti të tjera të përhershme, si ai që vuan nga rrjedhja e vazhdueshme e urinës apo nga dalja e vazhdueshme e gazrave.
 Duhet pyetur njerëzit e ditur për çështjet e paqarta të fesë, ashtu siç u ankua kjo grua dhe e pyeti Pejgamberin (paqja qoftë mbi të!) për gjakun e shpeshtë që i rridhte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10015</t>
   </si>
   <si>
-    <t>الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ</t>
+    <t>الغسل يوم الجمعة واجب على كل محتلم، وأن يستن، وأن يمس طيبا إن وجد</t>
   </si>
   <si>
     <t>Larja e trupit në ditën e xhuma është detyrë për çdo të rritur, si dhe të pastrojë dhëmbët dhe të parfumoset, nëse ka parfum</t>
   </si>
   <si>
     <t>عَنْ عَمْرِو بْنُ سُلَيْمٍ الأَنْصَارِيُّ قَالَ: أَشْهَدُ عَلَى أَبِي سَعِيدٍ قَالَ: أَشْهَدُ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ».</t>
   </si>
   <si>
     <t>Nga Amr ibn Sulejm el-Ensari përcillet se ka thënë se dëshmoj që Ebu Seidi ka thënë që dëshmoj se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Larja e trupit në ditën e xhuma është detyrë për çdo të rritur, si dhe të pastrojë dhëmbët dhe të parfumoset, nëse ka parfum."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الغُسل يوم الجمعة مُتأكِّد كالواجب في حقِّ كلِّ ذَكَرٍ بالِغ من المسلمين ممّن وَجبت عليه الجمعة، 
 وأن ينظِّف أسنانَه بالسواك ونحوه، 
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) ka shpjeguar se larja e trupit në ditën e xhuma është dispozitë e fortë si vaxhibi në raport me  të gjithë meshkujt muslimanë të rritur, të cilët e kanë për detyrë të falin xhumanë. Po ashtu duhet t’i pastrojmë dhëmbët me misvak ose me mjete të tjera të ngjashme, si dhe të parfumosemi me ndonjë parfum të këndshëm.</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
@@ -8334,166 +8999,166 @@
     <t>يبين لنا النبي صلى الله عليه وسلم في هذا الحديث أحد أسباب عذاب القبر، وهو الأكثر شيوعاً، ألا وهو عدم الاستنزاه والطهارة من البول.</t>
   </si>
   <si>
     <t>Në këtë hadith, Profeti ﷺ na shpjegon një nga arsyet më të zakonshme të dënimit të varrit, që është mosruajtja dhe mospastrimi nga urina.</t>
   </si>
   <si>
     <t>الحرص على التنزه والابتعاد من البول، بأن لا يصيبه في بدنه ولا ثوبه .
 الأفضل المبادرة بغسله، والطهارة منه بعد إصابته؛ لئلا تصاحبه النجاسة، أما وجوب إزالتها فيكون عند الصلاة.
 أن البول نجس، فإذا أصاب بدناً أو ثوباً أو بقعة، نجسها؛ فلا تصح بذلك الصلاة؛ لأن الطهارة من النجاسة أحد شروطها.
 أن ترك التنزه من البول من كبائر الذنوب.
 ثبوت عذاب القبر، وهو ثابت بالكتاب والسنة والإجماع.
 إثبات الجزاء في الآخرة، فأول مراحل الآخرة هي القبور، فالقبر: إما روضة من رياض الجنة، أو حفرة من حفر النار.</t>
   </si>
   <si>
     <t>Kujdesi që të jemi të pastër dhe të largohemi nga urina, në mënyrë që ajo të mos prekë në trupin dhe rrobat tona.
 Më mirë është të shpejtohet larja e saj dhe të pastrohemi pasi të jemi përlyer me të, që të mos na shoqërojë papastërtia, por obligim është që kjo papastërti të largohet para namazit (se namazi nuk pranohet duke qenë i papastër).
 Urina është e papastër, kështu që, nëse ndodhet në trup, rrobë ose në një vend, e bën të papastër, rrjedhimisht namazi nuk është i vlefshëm, sepse të qenët i pastër nga papastërtia është një nga kushtet e namazit.
 Mosruajtja nga urina është prej mëkateve të mëdha.
 Pohimi se dënimi i varrit është i vërtetë dhe se ai është i vërtetuar me Kuran, sunet dhe ixhma (konsensus të dijetarëve).
 Pohimi i shpërblimit - ndëshkimit në botën tjetër. Fazat e para të ahiretit (botës tjetër) janë varret. Varri ose është kopsht i Xhenetit, ose gropë e Zjarrit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10044</t>
   </si>
   <si>
-    <t>مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ</t>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Nuk ndodh që një rob të deklarojë sinqerisht nga zemra se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij, e që Allahu atë njeri të mos ia ndalojë Zjarrit</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ i tha Muadhit, i cili ishte ulur mbrapa tij mbi samar: “O Muadh ibn Xhebel!” Muadhi tha: "Të përgjigjem me kënaqësi, o i Dërguari i Allahut!" Profeti ﷺ sërish tha: “O Muadh!” Muadhi tha tri herë: "Të përgjigjem me kënaqësi, o i Dërguari i Allahut!" Profeti ﷺ tha: “Nuk ndodh që një rob të deklarojë sinqerisht nga zemra se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij, e që Allahu atë njeri të mos ia ndalojë Zjarrit.” Muadhi i tha: “O i Dërguari i Allahut! A t'i njoftoj njerëzit, që të gëzohen?" Profeti ﷺ tha: “(Kur ta dëgjojnë këtë njerëzit), atëherë do t'i mbështeten vetëm asaj (e do t'i braktisin veprat).” Muadhi e tregoi këtë në fund të jetës së tij, nga frika se do të mëkatonte (nëse nuk do ta tregonte)."</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>Muadh ibn Xhebeli (Allahu qoftë i kënaqur me të!) ishte hipur pas Profetit ﷺ mbi kafshën e tij dhe ai e thirri: "O Muadh!", ku këtë thirrje e përsëriti tri herë; duke e konfirmuar kështu rëndësinë e asaj që do t'i thoshte.
 Muadhi (Allahu qoftë i kënaqur me të!) iu përgjigj të gjitha këtyre thirrjeve duke thënë: “Të përgjigjem me kënaqësi, o i Dërguari i Allahut!” Domethënë, unë të përgjigjem ty, o i Dërguari i Allahut, përgjigje njëra pas tjetrës dhe e kërkoj lumturinë kur të të përgjigjem.
 Kështu, Profeti ﷺ tregoi se nuk ndodh që ndokush të deklarojë sinqerisht nga zemra, pa përgënjeshtruar, se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij, dhe vdes në këtë gjendje, e Allahu atë njeri të mos ia ndalojë Zjarrit.
 Muadhi (Allahu qoftë i kënaqur me të!) kërkoi nga Profeti ﷺ që t'i informojë njerëzit, në mënyrë që të gëzohen dhe të marrin sihariq për hair!
 Profeti ﷺ kishte frikë mos mbështeteshin (te kjo fjalë) e i pakësonin veprat.
 Muadhi nuk ia tha askujt këtë hadith, deri para vdekjes së tij, nga frika mos binte në mëkatin e fshehjes së diturisë.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Modestia e Profetit ﷺ, meqë e uli mbrapa vetes në kafshën e vet Muadhin (Allahu qoftë i kënaqur me të!).
 Mënyra si i mësonte Profeti ﷺ (sahabët), meqë e përsëriti  thirrjen drejtuar Muadhit, për t'i tërhequr vëmendjen për atë që do t'ia thoshte.
 Prej kushteve të dëshmisë: "S'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është i Dërguari i Tij", është ta thotë atë sinqerisht, pa kurrfarë përgënjeshtrimi a dyshimi.
 Ithtarët e teuhidit (monoteistët) nuk do të qëndrojnë përherë në Xhehenem. Ata, edhe nëse ndodh të hyjnë në të për shkak të gjynaheve, nxirren prej tij pasi të dëliren.
 Vlera e shehadetit (dëshmisë islame) për atë që e thotë atë sinqerisht.
 Lejohet të mos tregohet ndonjë hadith në ndonjë rast, nëse si pasojë e kësaj rezulton ndonjë dëm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10098</t>
   </si>
   <si>
-    <t>المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ</t>
+    <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>Muslimani (i vërtetë) është ai nga gjuha dhe dora e të cilit muslimanët janë të sigurt dhe mërgimtar (i vërtetë) është ai i cili i braktis gjërat që Allahu i ka ndaluar</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>Nga Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Muslimani (i vërtetë) është ai nga gjuha dhe dora e të cilit muslimanët janë të sigurt dhe mërgimtar (i vërtetë) është ai i cili i braktis gjërat që Allahu i ka ndaluar."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) na njofton se muslimani i përsosur është ai nga gjuha e të cilit muslimanët janë të sigurt, duke mos i sharë, mallkuar, përgojuar dhe duke mos përhapur me gjuhën e tij midis tyre asgjë që i shqetëson ata. Si dhe janë të sigurt nga dora e tij, duke mos i dhunuar ata dhe duke mos ua marrë pasurinë padrejtësisht, dhe duke mos u bërë padrejtësi të tjera të ngjashme me këto. Ndërsa mërgimtar i vërtetë është ai i cili braktis gjërat që Allahu i ka bërë të paligjshme.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Islami plotësohet vetëm kur njeriu nuk i shqetëson të tjerët si nga ana materiale, po ashtu dhe nga ana shpirtërore.
 Pejgamberi (paqja qoftë mbi të!) ka përmendur gjuhën dhe dorën në veçanti, ngaqë shumica e gabimeve, e dëmeve dhe e ligësive kryhen nëpërmjet tyre.
 Nxitja për të braktisur mëkatet dhe për t'ju përmbajtur urdhëresave të Allahut të Madhëruar.
 Muslimani më i mirë është ai i cili i përmbush detyrimet ndaj Allahut dhe detyrimet ndaj muslimanëve njëkohësisht.
 Dhunimi mund të jetë me fjalë ose me gojë.
 Mërgimi i përsosur është lënia e gjërave që Allahu i Madhëruar i ka ndaluar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10101</t>
   </si>
   <si>
-    <t>يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ</t>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>Zoti ynë i Lartësuar zbret (ashtu siç i takon madhërisë së Tij) çdo natë, pasi të mbetet e treta e fundit e natës</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Zoti ynë i Lartësuar zbret (ashtu siç i takon madhërisë së Tij) çdo natë, pasi të mbetet e treta e fundit e natës, në qiellin e kësaj bote, dhe thotë: "A ka kush më lutet Mua, që t'i përgjigjem? A ka kush kërkon nga Unë, që t'i jap? A ka kush kërkon falje prej Meje, që ta fal?"</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi se Allahu i Lartmadhëruar zbret në qiellin e kësaj bote çdo natë kur mbetet e treta e fundit e natës dhe i inkurajon robërit e Tij ta lusin Atë, e Ai u përgjigjet atyre; i inkurajon që t'i kërkojnë atë që duan, e Ai ua jep atë që e kërkojnë; i inkurajon që të kërkojnë falje nga mëkate, e Ai i fal robërit e Vet besimtarë.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Vlera e një të tretës së fundit të natës dhe e namazit, lutjes dhe kërkimit të faljes gjatë saj.
 Kur njeriu ta dëgjojë këtë hadith, duhet të kujdeset shumë që t'i shfrytëzojë këto kohë të pranimit të lutjes.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10412</t>
   </si>
   <si>
-    <t>لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ</t>
+    <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
     <t>Femra nuk duhet të ndërmarrë udhëtim dyditor pa burrin e saj apo pa një mashkull të familjes</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
     <t>Nga Ebu Seid el-Hudri (Allahu qoftë i kënaqur me të!), i cili pati marrë pjesë në dymbëdhjetë beteja me Pejgamberin e Allahut (paqja qoftë mbi të!), përcillet se ka thënë që kam dëgjuar nga Pejgamberi i Allahut (paqja qoftë mbi të!) katër gjëra, që më kanë bërë përshtypje të veçantë: "Femra nuk duhet të ndërmarrë udhëtim dyditor pa burrin e saj apo pa një mashkull të familjes. Nuk lejohet të agjërohet në këto dy ditë: dita e festës së fitrit dhe dita e festës së kurbanit. Nuk lejohet të falet namaz pas namazit të sabahut, derisa të lindë dielli e as pas namazit të ikindisë, derisa të perëndojë dielli. Dhe nuk bën të ndërmerret udhëtim i gjatë vetëm se për te këto tri xhami: Xhamia e Shenjtë, Xhamia e Aksasë dhe Xhamia ime".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
     <t>Në këtë hadith, Pejgamberi (paqja qoftë mbi të!) ka ndaluar nga katër gjëra:
 1. Gruaja e ka të ndaluar të ndërmarrë një udhëtim dyditor pa burrin e saj apo pa dikë nga familjarët e saj, nga ata të cilët e kanë të ndaluar kategorikisht të martohen me të, si: i biri, i ati, djali i vëllait, djali i motrës, xhaxhai, daja etj.
 2. Eka bërë të ndaluar agjërimin e ditës së festës të fitrit dhe të ditës së festës të kurbanit, qoftë agjërim zotimi, vullnetar apo shpagimi.
 3. E ka ndaluar namazin vullnetar pas namazit të ikindisë, derisa të perëndojë dielli dhe pasi të agojë, derisa të lindë dielli.
 4. E ka ndaluar që të ndërmerret udhëtim i gjatë drejt një vendi, duke besuar se ai ka një mirësi të veçantë apo se shpërblimi në të është shumëfish, përveç këtyre tri xhamive; Xhamia e Shenjtë, Xhamia e Pejgamberit dhe Xhamia e Aksasë. Kësisoj, nuk ndërmerret udhëtim i gjatë drejt vendeve të tjera për t'u falur në to, veç këtyre tri xhamive, ngase vetëm në këto tri xhami shumëfishohet shpërblimi.</t>
   </si>
   <si>
@@ -8504,262 +9169,262 @@
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Nuk lejohet që femra të udhëtojë pa një mahrem (të afërm familjar).
 Femra nuk vlen për mahrem për një femër tjetër në udhëtim, ngase Pejgamberi (paqja qoftë mbi të!) e ka cilësuar: "Burri i saj ose një mahrem i saj."
 Femrës i ndalohet të ndërmarrë çdo lloj distance që konsiderohet udhëtim pa burrin e saj apo pa një mahrem. Distanca që është cekur në këtë hadith ka qenë sipas gjendjes së pyetësit dhe sipas vendit të tij të banimit.
 Mahrem i femrës konsiderohen: burri i saj dhe të gjithë ata meshkuj që e ka në mënyrë kategorike të ndaluar të martohet me ta, për shkak të afërsisë së gjakut, si: i ati, i biri, xhaxhai, daja etj. Ose për shkak të gjidhënies, si: i ati nga gjiri, xhaxhai nga gjiri etj. Ose për shkak të krushqisë, si: vjehrri. Mahremi duhet të jetë musliman, i rritur, i shëndoshë mendërisht, i besueshëm dhe i sigurt. Ngase qëllimi i vendosjes së mahremit është mbrojtja, ruajtja dhe kujdesi ndaj femrës.
 Legjislacioni islam është kujdesur në mënyrë të veçantë për ruajtjen dhe mbrojtjen e femrës.
 Namazi vullnetar që nuk ka asnjë shkak, nuk është i vlefshëm në kohën pas namazit të sabahut dhe pas namazit të ikindisë. Nga kjo ndalesë përjashtohet shlyerja e namazeve të detyrueshme dhe e namazeve me shkaqe të veçanta, si: përshëndetja e xhamisë etj.
 Nuk lejohet të falet namaz menjëherë pas lindjes së diellit, por duhet të pritet derisa ai të ngrihet sa një shtizë, që është diku dhjetë minuta apo një çerek ore.
 Koha e ikindisë shtrihet deri në perëndim të diellit.
 Në hadithin e lartpërmendur ceket lejimi i ndërmarrjes së udhëtimit drejt tri xhamive.
 Tri xhamitë e mëdha kanë epërsi dhe përparësi ndaj xhamive të tjera.
 Nuk lejohet të ndërmerret një udhëtim i gjatë për vizitën e varreve, edhe nëse bëhet fjalë për varrin e Pejgamberit (paqja qoftë mbi të!). Ndërsa për ata që banojnë në Medine apo për ata që kanë shkuar në Medine, për ndonë qëllim të ligjshëm, vizita e tij është e lejuar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10603</t>
   </si>
   <si>
-    <t>لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا</t>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Mos u ulni mbi varre e mos u falni në drejtim të tyre!</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Ebu Merthed Ganeviu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Mos u ulni mbi varre e mos u falni në drejtim të tyre!"</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Profeti ﷺ e ka ndaluar uljen mbi varre.
 Gjithashtu e ndaloi faljen në drejtim të varreve, pra, që varri të jetë në drejtim të kibles së namazliut, sepse kjo është mjet drejt shirkut (idhujtarisë).</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>Është e ndaluar falja e namazit në varre, mes tyre ose në drejtim të tyre, me përjashtim të namazit të xhenazes, siç është vërtetuar një gjë e tillë në sunet (udhëzimin profetik).
 Ndalimi i faljes së namazit te varrret është për t'i mbyllur shtigjet që çojnë drejt shirkut (idhujtarisë).
 Islami e ndaloi teprimin në raport me varret dhe nënçmimin e tyre, kështu që nuk ka teprim e as cungim.
 Pacenushmëria e muslimanit të vdekur mbetet edhe pasi të ndërrojë jetë. Këtë e mbështet hadithi i Profetit ﷺ: "Thyerja e eshtrave të të vdekurit është sikur t'i thyhen duke qenë gjallë."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10647</t>
   </si>
   <si>
-    <t>أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا</t>
+    <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
   </si>
   <si>
     <t>Ata janë njerëz që, kur u vdes ndonjë rob i devotshëm, - ose ka thënë: burrë i devotshëm, - mbi varrin e tij ndërtojnë faltore</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se Umu Seleme i rrëfeu të Dërguarit të Allahut ﷺ se, gjatë kohës sa ishin në Abisini, kishte parë një kishë të quajtur Maria, dhe ia përmendi pikturat (e frymorëve) që kishte parë aty. Atëherë i Dërguari i Allahut ﷺ tha: “Ata janë njerëz që, kur u vdes ndonjë rob i devotshëm, - ose ka thënë: burrë i devotshëm, - mbi varrin e tij ndërtojnë faltore dhe vizatojnë brenda saj piktura të atilla. Ata janë krijesat më të këqija tek Allahu.”</t>
   </si>
   <si>
     <t>ذَكَرَتْ أُمُّ المؤمنين أُمُّ سَلَمَة رضي الله عنها للنبيِّ صلى الله عليه وسلم أنها لمَّا كانت بأرض الحَبَشة رأتْ كَنِيسة -يُقال لها مَارِيَة- فيها صورٌ وزَخارِفُ وتصاويرُ؛ تَعَجُّبًّا من ذلك! 
 فبَيَّنَ النبيُّ صلى الله عليه وسلم أسباب وضع هذه الصور؛ 
 فقال: إن هؤلاء الذين تذكرين كانوا إذا مات فيهم الرجلُ الصالحُ بَنَوا على قبره مَسجدًا يُصَلُّون فيه، وصَوَّرُوا تلك الصور، 
 وبَيَّنَ أنَّ فاعلَ ذلك شَرُّ الخلقِ عند الله تعالى؛ لأنَّ فِعلَه يؤدِّي إلى الشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Nëna e besimtarëve, Umu Seleme (Allahu qoftë i kënaqur me të!), i tregoi Profetit ﷺ në mënyrë të çuditshme se, kur ishte në Abisini, kishte parë një kishë, të cilën e quanin Maria, ku kishte piktura (frymorësh), dekorime dhe portrete. Profeti ﷺ sqaroi shkaqet e vendosjes së këtyre pikturave, e në atë rast tha: "Ata njerëz që po i përmend, kur u vdes ndonjë  burrë i devotshëm, - mbi varrin e tij ndërtojnë faltore, ku falen dhe vizatojnë brenda saj piktura të atilla." Si dhe sqaroi se ai që e bën këtë është krijesa më e keqe tek Allahu i Lartësuar, sepse veprimi i tij shpie në shirk (idhujtari).</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القُبور، أو الصلاة عندها، أو دَفن الموتى في المساجد؛ سَدَّا لذَريعة الشِّرك.
 بناء المساجد على القُبور، ونَصب الصُّور فيها، هو عمل اليَّهود والنَّصارى، وأنَّ من فعل هذا، فقد شَابَهَهم.
 تحريم اتخاذ الصُّور لذَوَات الأرواح.
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
     <t>Ndalimi i ndërtimit të xhamive mbi varre, falja e namazit tek ato ose varrosja e të vdekurve në xhami; duke ia mbyllur kështu shtigjet shirkut (idhujtarisë).
 Ndërtimi i xhamive mbi varre dhe vendosja e pikturave (me imazhe frymorësh) në to është vepër e hebrenjve dhe e të krishterëve dhe kushdo që e bën këtë u shëmbëllen atyre.
 Ndalimi i vendosjes së pikturave me qenie të gjalla.
 Kushdo që ndërton një xhami mbi një varr dhe vizaton brenda saj piktura (frymorësh), ai është ndër krijesat më të këqija tek Allahu i Lartësuar.
 Mbrojtja që feja ua bën aspekteve të teuhidit (monoteizmit) është mbrojtje e plotë, ngaqë i mbylli të gjitha rrugët që mund të çojnë në shirk (idhujtari).
 Ndalimi i teprimit në raport me njerëzit e devotshëm, sepse është shkak për të rënë në shirk (idhujtari).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10887</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ</t>
+    <t>أمرت أن أسجد على سبعة أعظم</t>
   </si>
   <si>
     <t>Jam urdhëruar të bëj sexhden me shtatë gjymtyrë</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Jam urdhëruar të bëj sexhden me shtatë gjymtyrë: me ballë - dhe bëri me shenjë në hundën e tij, - me duar, me gjunjë dhe me majat e gishtërinjve të këmbëve, si dhe të mos i mbledhim flokët (nëse bien përpara gjatë sexhdes) e të mos i përvjelim rrobat."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se Allahu e urdhëroi që, kur të falet, të bëjë sexhde me shtatë pjesë të trupit, të cilat janë:
 E para: balli, që është pjesa e fytyrës mbi hundë dhe sy. dhe Profeti ﷺ bëri me dorë në hundën e tij, duke sqaruar se balli dhe hunda konsiderohen një gjymtyrë nga të shtatat, si dhe duke theksuar se namazliu në sexhde e prek tokën me hundë.
 E dyta dhe e treta: dy duart.
 E katërta dhe e pesta: dy gjunjët.
 E gjashta dhe e shtata: majat e gishtërinjve të këmbëve.
 Gjithashtu na urdhëroi që të mos i lidhim flokët dhe të mos i mbledhim rrobat kur bëjmë sexhde në tokë për t'i ruajtur ato, por, përkundrazi, t'i lëshojmë, derisa të bien në tokë dhe të bien në sexhde së bashku me gjymtyrët.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Është obligim që sexhdeja të bëhet me shtatë gjymtyrët.
 Është e urryer që rrobat dhe flokët të mblidhen gjatë namazit.
 Namazliu e ka obligim të jetë i qetë gjatë namazit, t'i vendosë shtatë gjymtyrët e sexhdes në tokë dhe të qëndrojë në këtë pozitë derisa ta kryejë dhikrin që ligjësohet të thuhet.
 Ndalimi i mbledhjes së flokëve është i veçantë për burrat, jo për gratë, sepse gratë gjatë namazit urdhërohen të mbulohen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10925</t>
   </si>
   <si>
-    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي</t>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>Profeti ﷺ midis dy sexhdeve thoshte: "O Allah, më fal, më mëshiro, më jep shëndet, më udhëzo dhe më furnizo!</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>Abdullah ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ midis dy sexhdeve thoshte: "O Allah, më fal, më mëshiro, më jep shëndet, më udhëzo dhe më furnizo!"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në namazin e tij i bënte këto pesë lutje ndërmjet dy sexhdeve, për të cilat muslimani ka shumë nevojë. Këto lutje ngërthejnë në vete të mirat e kësaj bote dhe të botës tjetër, bie fjala, kërkimi i faljes, mbulimi i mëkateve dhe tejkalimi i tyre, kërkimi i mëshirës, ​​shpëtimi nga dyshimet, epshet e sëmundjet; lutja drejtuar Allahut për udhëzim drejt së vërtetës dhe qëndrueshmërisë në të; lutja për të të dhënë besim, dituri, vepra të mira dhe për të të dhënë pasuri hallall e të mirë.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Ligjësimi i kësaj lutjeje në uljen që bëhet ndërmjet dy sexhdeve.
 Vlera e kësaj lutjeje, sepse ngërthen në vete të mirat e kësaj bote dhe të botës tjetër.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10930</t>
   </si>
   <si>
-    <t>اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ</t>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>O Allah! Ti je Paqedhënësi dhe vetëm prej Teje pres paqen! Ti je përgjithmonë i Begatshëm, o Zotëruesi i madhështisë dhe nderimit!</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>Theubani (Allahu qoftë i kënaqur me të!) tregon: "Kur i Dërguari i Allahut ﷺ e përfundonte namazin, kërkonte falje nga Allahu (estagfirullah) tri herë, pastaj thoshte: "O Allah! Ti je Paqedhënësi dhe vetëm prej Teje pres paqen! Ti je përgjithmonë i Begatshëm, o Zotëruesi i madhështisë dhe nderimit!" Velidi rrëfen: "Euzaiut i thashë: "Po istigfari, si bëhet?" M'u përgjigj: "Thua: "Estagfirullah, estagfirullah (kërkoj faljen e Allahut)!"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ e përfundonte namazin, kërkonte falje nga Allahu (estagfirullah) tri herë, e pastaj
 e madhëronte Zotin e tij duke thënë: "O Allah! Ti je Paqedhënësi dhe vetëm prej Teje e pres paqen! Ti je përgjithmonë i Begatshëm, o Zotëruesi i madhështisë dhe nderimit!" Allahu është i përkryer në cilësitë e Tij, është i dëlirë nga çdo e metë dhe mangësi. Ti nga Ai e kërkon shpëtimin nga të këqijat e kësaj bote dhe të botës tjetër, e jo nga dikush tjetër. Të mirat e Allahut të Lartësuar janë të shumëfishuara në të dyja botët, Ai është Zotëruesi i madhështisë dhe nderimit."</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Është e preferuar të thuhet në vazhdimësi pas çdo namazi (farz) shprehja "estagfirullah".
 Është i preferuar istigfari për t'i plotësuar mangësitë gjatë adhurimit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10947</t>
   </si>
   <si>
-    <t>صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ</t>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>Falu në këmbë. Nëse nuk mundesh, falu ulur. Nëse nuk mundesh, falu shtrirë</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Imran ibn Husajni (Allahu qoftë i kënaqur me të!) tregon: "Vuaja nga hemorroidet, andaj e pyeta Profetin ﷺ rreth namazit, e në atë rast më tha: "Falu në këmbë. Nëse nuk mundesh, falu ulur. Nëse nuk mundesh, falu shtrirë."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se, në parim, namazi falet në këmbë, mirëpo, nëse personi nuk mund të qëndrojë në këmbë, falet ulur. E, nëse nuk mund të falet ulur, atëherë i lejohet të falet i shtrirë anash.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Obligueshmëria e namazit nuk bie për sa kohë që njeriu ka mendje (të shëndoshë), kështu që namazliu kalon nga një gjendje në tjetrën.
 Ky hadith tregon se Islami është tolerant dhe i lehtë, sepse njeriu e kryen adhurimin në formën që ka mundësi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10951</t>
   </si>
   <si>
-    <t>هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ</t>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>A e dëgjon ezanin për namaz?” Ai iu përgjigj: “Po.” Profeti ﷺ i tha: “Përgjigjju, pra!”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Ebu Hurerja (Allahu qoftë i kënaqur me të!) tregon “Një njeri i verbër erdhi te Profeti ﷺ dhe i tha: “O i Dërguari i Allahut, nuk kam askënd të ma tregojë rrugën për në xhami.” Pastaj kërkoi nga i Dërguari i Allahut ﷺ ta lejojë të falet në shtëpi. Profeti ﷺ ia lejoi, mirëpo, kur ai mori të kthehej, Profeti ﷺ i tha: “A e dëgjon ezanin për namaz?” Ai iu përgjigj: “Po.” Profeti ﷺ i tha: “Përgjigjju, pra!”</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Një i verbër erdhi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut! Unë jam i verbër dhe nuk kam njeri që të më ndihmojë e të më marrë për dore në xhami për faljen e pesë vakteve" dhe kështu kërkonte lehtësim nga Profeti ﷺ, që të mos merrte pjesë në faljen e namazit me xhemat, e në atë rast Profeti ﷺ ia lejoi. Mirëpo, kur njeriu po largohej, Profeti ﷺ e thirri dhe e pyeti: "A e dëgjon ezanin për namaz?” Ai iu përgjigj: “Po." Profeti ﷺ i tha: “Përgjigjju pra thirrësit për në namaz!”</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Namazi me xhemat është obligim (vaxhib), sepse lehtësimi ndodh për një gjë që është e obliguar dhe vaxhib.
 Fjala e Profetit ﷺ: "Përgjigjju!", për atë që e dëgjon thirrjen, tregon se namazi me xhemat është obligim, sepse në parim urdhri tregon se një gjë e tillë është obligim.</t>
   </si>
   <si>
@@ -8772,905 +9437,981 @@
     <t>Kur ndonjëri prej jush shkon për në namaz dhe e gjen imamin në një pozicion të caktuar, ai duhet të bëjë atë që është duke bërë imami</t>
   </si>
   <si>
     <t>عن علي بن أبي طالب، ومعاذ بن جبل رضي الله عنهما مرفوعًا: «إذا أتى أحدُكم الصلاةَ والإمامُ على حال، فلْيصنعْ كما يصنع الإمامُ».</t>
   </si>
   <si>
     <t>Ali ibn Ebu Talibi dhe Muadh ibn Xhebeli (Allahu qoftë i kënaqur me të dytë) tregojnë se Profeti ﷺ ka thënë: "Kur ndonjëri prej jush shkon për në namaz dhe e gjen imamin në një pozicion të caktuar, ai duhet të bëjë atë që është duke bërë imami."</t>
   </si>
   <si>
     <t>إذا أتى أحدكم الصلاة والإمام على حال من قيام أو ركوع أو سجود أو قعود، فليوافق الإمام فيما هو فيه من القيام أو الركوع أو غير ذلك، ولا ينتظر حتى يقوم الإمام كما يفعله العوام.</t>
   </si>
   <si>
     <t>Nëse ndonjëri prej jush i bashkohet namazit me xhemat dhe e gjen imamin në një nga pozicionet e namazit: në këmbë, në ruku, në sexhde ose ulur, ai duhet të bëjë të njëjtën gjë si imami, qoftë qëndrim në këmbë, ruku, qoftë diçka tjetër, e jo të presë derisa imami të ngrihet në këmbë, siç bëjnë masa e thjeshtë e popullit.</t>
   </si>
   <si>
     <t>مشروعية دخول اللاحق مع الإمام في أي جزء من أجزاء الصلاة أدركه، من غير فرق بين الركوع والسجود والقعود.</t>
   </si>
   <si>
     <t>Është e ligjshme që një person që vjen vonë në namaz, t'i bashkohet imamit në çdo pjesë të namazit që e arrin, pa marrë parasysh a është në ruku, në sexhde a duke qëndruar ulur.
 Zënia e një rekati me imamin realizohet duke zënë rukunë, ashtu siç tregohet në hadithet e tjera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/11310</t>
   </si>
   <si>
-    <t>عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ</t>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ na e mësoi hytben që mund të thuhet në rast nevoje</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton: "I Dërguari i Allahut ﷺ na e mësoi hytben që mund të thuhet në rast nevoje: "Lavdërimi i takon Allahut. Atij i kërkojmë ndihmë dhe falje. I mbështetemi Allahut të na mbrojë prej të këqijave të veteve tona. Atë që e udhëzon Allahu, nuk ka kush e humb, dhe atë që Ai e humb, nuk ka kush që ta udhëzojë. Dëshmoj se nuk ka të adhuruar tjetër me të drejtë përveç Allahut. Gjithashtu dëshmoj se Muhamedi është rob dhe i Dërguari i Tij. "O njerëz! Frikësojuni Zotit tuaj, i Cili ju krijoi prej një njeriu, ndërsa prej atij krijoi bashkëshorten e tij, kurse prej këtyre të dyve krijoi shumë meshkuj e femra. Dhe frikësojuni Allahut, me emrin e të Cilit ju kërkoni të drejtat e ndërsjella dhe ruani lidhjet farefisnore. Se vërtet, Allahu është përherë Mbikëqyrës mbi ju." (En Nisa, 1) "O besimtarë! Kijeni frikë Allahun ashtu si i takon Atij dhe vdisni vetëm duke qenë muslimanë!" (Ali Imran, 102) "O besimtarë, frikësojuni Allahut dhe thoni vetëm të vërtetën. Ai do t’jua bekojë veprat tuaja dhe do t’jua falë gjynahet. Kush i bindet Allahut dhe të Dërguarit të Tij, do të arrijë një fitore madhështore." (El Ahzab, 70-71)</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ua mësoi hutben që thuhet në raste nevoje, e cila thuhet në fillim të fjalimeve në hutbe dhe para ndonjë rasti të caktuar, siç është hutbeja e martesës, hutbeja e xhumasë dhe të tjera. Kjo hutbe ngërthen në vete kuptime madhështore, duke përfshirë shpjegimin e së drejtës së Allahut për të gjitha llojet e lavdërimeve, kërkimndihmën vetëm prej Tij, i Cili nuk ka ortak, mbulimin e gjynaheve, anashkalimin e tyre dhe kërkimin e strehimit tek Ai nga të gjitha të këqijat; të këqijat e vetes (shpirtit) dhe të tjera.
 Pastaj Profeti ﷺ lajmëroi se udhëzimi është në dorën e Allahut, kështu që, këdo që udhëzon, nuk ka kush që mund ta humbë, si dhe këdo që Ai humb, nuk ka kush ta udhëzojë.
 Më pas e përmendi dëshminë e monoteizmit se nuk ka zot të adhuruar me të drejtë përveç Allahut dhe dëshminë se Muhamedi është rob i Allahut dhe i Dërguari i Tij.
 Në fund, ai e mbylli këtë hutbe me këto tri ajete, që përfshijnë urdhrin për t'iu frikësuar Allahut të Lartmadhëruar: duke i zbatuar urdhrat e Tij dhe duke iu shmangur ndalesave të Tij, duke synuar kështu Fytyrën (kënaqësinë) e Allahut, dhe se shpërblimi për këdo që e bën këtë është se veprat dhe fjalët e tij do të përmirësohen, të këqijat do t'i fshihen, gjynahet do t'i falen dhe do të ketë jetë të këndshme në të dyja botët dhe do ta fitojë Xhenetin në Ditën e Kiametit.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Është e preferuar që me këtë hutbe të fillojnë: fjalimi i martesës, hutbet e xhumasë etj.
 Hutbeja duhet të përmbajë lavdërimin e Allahut, dy dëshmitë dhe disa ajete kuranore.
 Profeti ﷺ ua mësoi shokëve të tij atë që kishin nevojë rreth fesë së tyre.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58060</t>
   </si>
   <si>
-    <t>لا نِكَاحَ إِلّا بِوَليٍّ</t>
+    <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Nuk ka martesë, përveçse me kujdestar</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Nuk ka martesë, përveçse me kujdestar."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se martesa e një gruaje nuk është e vlefshme, përveçse me një kujdestar që kryen kontratën e martesës.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>Kujdestari është kusht që martesa të jetë e vlefshme, nëse ajo bëhet pa kujdestar, ose, nëse gruaja vëtëmartohet, atëherë martesa nuk është e vlefshme.
 Kujdestar quhet ai burrë që është më i afërt me gruan. Andaj, kujdestari i largët nuk mund ta martojë atë, nëse gjendet ndonjë kujdestar më i afërt.
 Kujdestari kushtëzohet të jetë: i ngarkuar me obligime fetare, të jetë mashkull, të jetë i pjekur sa u përket dobive të martesës, si dhe feja e kujdestarit dhe e asaj për të cilën bëhet kujdestar të jetë e njëjtë. Andaj, kush nuk i ka këto cilësi, nuk ka të drejtë kujdestarie në kontratën martesore.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58066</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ</t>
+    <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>O djalosh! Thuaj: "Bismilah", ha me të djathtën dhe ha pranë vetes!</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>Omer ibn Ebu Seleme (Allahu qoftë i kënaqur me të!) tregon: "Isha djalosh i vogël nën përkujdesjen e të Dërguarit të Allahut ﷺ. Teksa hanim, dora ime shkonte andej-këndej nëpër pjatë. I Dërguari i Allahut ﷺ më tha: “O djalosh! Thuaj: "Bismilah", ha me të djathtën dhe ha pranë vetes!” Që nga ai çast, vazhdimisht veproj ashtu gjatë ngrënies.”</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>Omer ibn Ebu Seleme (Allahu qoftë i kënaqur me të!), i cili ishte i biri i gruas së Profetit ﷺ, Umu Selemes (Allahu qoftë i kënaqur me të!), dhe jetonte nën edukimin dhe përkujdesjen e tij, tregon se gjatë ngrënies i lëvizte duart nëpër të gjithë pjatën për të marrë ushqim andej-këndej. Prandaj, Profeti ﷺ ia mësoi atij këto tri rregulla të edukatës së të ngrënit:
 1. Përmendja e emrit të Allahut, me "bismilah", në fillim të ngrënies.
 2. Ngrënia me dorën e djathtë.
 3. Të hahet nga ajo anë e ushqimit që është më afër tij.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
 تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
 رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
 من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
 التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
   </si>
   <si>
     <t>Prej rregullave të të ngrënit është të fillohet me bismilah (përmendjen e emrit të Allahut).
 Fëmijëve t'u mësohen rregullat e edukatës, veçanërisht atyre që janë nën kujdesin e ndonjë njeriu.
 Butësia e Profetit ﷺ dhe shpirtgjerësia e tij në mësimin dhe disiplinimin e fëmijëve.
 Pjesë e edukatës së të ngrënit është që njeriu të hajë para vetes, përjashtim bën vetëm nëse ka lloje të ndryshme (ushqimesh a frutash), e në atë rast lejohet të merret (edhe në anët e tjera).
 Sahabët (Allahu qoftë i kënaqur me ta!) u përmbaheshin rregullave që ua jepte Profeti ﷺ, e kjo përfitohet nga fjala e Omerit: "Që nga ai çast, vazhdimisht veproj ashtu gjatë ngrënies.”</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58120</t>
   </si>
   <si>
-    <t>إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ</t>
+    <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>Kur ndonjëri prej jush dëshiron të hajë, le të hajë me dorën e djathtë, e, kur të pijë, le të pijë me dorën e djathtë, sepse shejtani ha me dorën e majtë dhe pi me dorën e majtë</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Kur ndonjëri prej jush dëshiron të hajë, le të hajë me dorën e djathtë, e, kur të pijë, le të pijë me dorën e djathtë, sepse shejtani ha me dorën e majtë dhe pi me dorën e majtë."</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith urdhëron që muslimani të hajë dhe të pijë me dorën e djathtë, si dhe ndalon që të hajë e të pijë me dorën e majtë, sepse shejtani ha dhe pi me dorën e majtë.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Është e ndaluar t’i ngjajë shejtanit duke ngrënë ose duke pirë me dorën e majtë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58122</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ</t>
+    <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
   </si>
   <si>
     <t>“Vërtet Allahu umetit tim nuk ia merr në konsideratë ato që u vërtiten në mendje, për sa kohë që nuk i punojnë e nuk i shqiptojnë.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Vërtet Allahu umetit tim nuk ia merr në konsideratë ato që u vërtiten në mendje, për sa kohë që nuk i punojnë e nuk i shqiptojnë.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se muslimani nuk merret në llogari për përshpëritjet e këqija të shpirtit që i kalojnë nëpër mendje, përderisa ai nuk vepron sipas tyre ose nuk i shpreh me gojë. Allahu e ka hequr përgjegjësinë dhe ka falur, duke mos e ngarkuar umetin e Muhamedit ﷺ për ato që ndodhen në mendje dhe luhaten në shpirt, përderisa nuk zënë vend dhe nuk janë stabile tek ai. Megjithatë, nëse ato janë stabile në zemrën e tij, bie fjala, mendjemadhësia, arroganca, hipokrizia ose, nëse vepron përmes gjymtyrëve ose flet përmes gojës së tij, atëherë për këto njeriu do të merret në llogari.</t>
   </si>
   <si>
     <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
 الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
 حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
 عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
   </si>
   <si>
     <t>Allahu i Lartmadhëruar nuk e merr në përgjegjësi dhe e fal besimtarin për mendimet që i vijnë shpirtit të tij, për të cilat ai i pëshpërit shpirtit të tij dhe i kalojnë në mendje.
 Nëse njeriu mendon për shkurorëzim dhe kjo i kalon në mendje, por ai nuk e shpreh me fjalë e as nuk e shkruan, atëherë kjo nuk konsiderohet si shkurorëzim.
 Për pëshpëritjet e shpirtit besimtari nuk ngarkohet me mëkat, sado të mëdha të jenë, përderisa nuk janë stabile në zemrën e tij, nuk vepron sipas tyre dhe nuk i shpreh me fjalë.
 Vlera madhështore e umetit të Muhamedit ﷺ, meqë Allahu nuk e merr në llogari për pëshpëritjet e shpirtit, ndryshe nga popujt para nesh.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58144</t>
   </si>
   <si>
-    <t>مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً</t>
+    <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>“Kush refuzon t'i bindet prijësit dhe largohet nga muslimanët e unifikuar (në të vërtetën) e pastaj vdes në këtë gjendje, vdekja e tij i ngjan vdekjes së periudhës (së injorancës) paraislame</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Kush refuzon t'i bindet prijësit dhe largohet nga muslimanët e unifikuar (në të vërtetën) e pastaj vdes në këtë gjendje, vdekja e tij i ngjan vdekjes së periudhës (së injorancës) paraislame. Kush lufton nën një flamur të lajthitur, hidhërohet për shkak të fanatizmit fisnor dhe thërret në këtë fanatizëm, ose e përkrah fanatizmin, pastaj vritet në këtë gjendje, vrasja e tij i ngjan vrasjes së periudhës (së injorancës) paraislame. Kush ngrihet kundër umetit tim (të unifikuar që i janë besatuar prijësit), duke sulmuar e vrarë si të keqin ashtu dhe të mirin, duke mos e kursyer fare besimtarin dhe duke mos e mbajtur besatimin me atë (prijës) që i janë besatuar, të tillët nuk janë në mësimet dhe udhëzimin tim, si dhe mësimet e udhëzimi im s'janë me ta.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se, kush refuzon t'i bindet prijësit dhe largohet nga muslimanët e unifikuar (në të vërtetën) për t'ia dhënë besën prijësit dhe vdes në këtë gjendje, duke refuzuar dhe duke qenë larg bindjes, vdes sikur ata të periudhës së injorancës (para se të vinte Profeti), të cilët nuk i bindeshin asnjë prijësi dhe nuk i bashkoheshin asnjë grupi të vetëm, por, përkundrazi, ishin sekte dhe banda që luftonin njëra-tjetrën.
 . Po ashtu Profeti ﷺ tregoi se, kushdo që lufton nën një flamur, në të cilin nuk mund të dallohet e vërteta nga e pavërteta, si dhe zemërohet nga fanatizmi për popullin ose fisin e tij, e jo për ta mbështetur fenë dhe të vërtetën, rrjedhimisht lufton nga fanatizmi e pa mprehtësi dhe dituri, nëse vritet në këtë gjendje, atëherë do të jetë vrasje si në periudhën e injorancës.
 Kushdo që rebelohet kundër umetit (islam) të Profetit ﷺ, e kështu i lufton të devotshmit dhe të prishurit nga umeti i tij; nuk e çan kokën se çfarë bën e nuk i frikësohet dënimit për vrasjen e besimtarëve; nuk i përmbahet besëlidhjes me jobesimtarët ose prijësit, por, përkundrazi, e thyen besëlidhjen e tyre, atëherë ky veprim është një nga mëkatet e mëdha, rrjedhimisht kushdo që e bën këtë, e meriton këtë kërcënim të rëndë.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Bindja ndaj prijësit është detyrë, përderisa nuk i bëhet mëkat Allahut të Lartmadhëruar.
 Në këtë hadith ka paralajmërim të ashpër për ata që nuk i binden imamit (pijësit) dhe largohen nga muslimanët (e unifikuar në të vërtetën), kështu që, nëse vdesin në këtë gjendje, vdekja e tyre i ngjan vdekjes së periudhës (së injorancës) paraislame.
 Në këtë hadith ka ndalesë që të luftohet për fanatizëm fisnor.
 Përmbushja e marrëveshjeve është detyrë.
 Në bindjen (ndaj prijësit) dhe të kapurit për bashkësinë (e unifikur të muslimanëve në të vërtetën) ka shumë të mira, siguri, qetësi dhe përmirësim të gjendjes.
 Është e ndaluar t'i shëmbëllejmë gjendjes së njerëzve të periudhës së injorancës.
 Ka urdhër për të qëndruar bashkë me bashkësinë (e unifikuar) të muslimanëve (në të vërtetën).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58218</t>
   </si>
   <si>
-    <t>مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ</t>
+    <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
     <t>“Nëse dikush vjen, pasi të jeni bashkuar rreth një prijësi dhe dëshiron që të thyejë boshtin tuaj ose të shpartallojë unitetin tuaj, vriteni.”</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>Arfexhe (Allahu qoftë i kënaqur me të!) ka thënë: "E kam dëgjuar të Dërguarin e Allahut ﷺ të thotë: “Nëse dikush vjen, pasi të jeni bashkuar rreth një prijësi dhe dëshiron që të thyejë boshtin tuaj ose të shpartallojë unitetin tuaj, vriteni.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se, nëse muslimanët janë pajtuar të caktojnë një kalif të caktuar dhe janë një bashkësi e dikush dëshiron të shkarkojë kalifin për të cilin janë pajtuar ose dëshiron t'i përçajë muslimanët në më shumë se një xhemat, është detyrë e tyrja ta ndalojnë e ta luftojnë, për të shmangur kështu të keqen e tij dhe për të parandaluar derdhjen e gjakut të muslimanëve.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Është detyrë dëgjimi dhe bindja ndaj prijësit të muslimanëve në gjërat që nuk përbëjnë mëkat dhe është i ndaluar rebelimi kundër tij.
 Kushdo që rebelohet kundër prijësit të muslimanëve dhe xhematit të tyre, duhet të luftohet, pavarësisht nga pozita e tij: qoftë famë, qoftë prejardhje.
 Inkurajimi që muslimanët të bashkohen dhe të qëndrojnë larg përçarjes dhe mospajtimeve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58223</t>
   </si>
   <si>
-    <t>مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا</t>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>“Ruhuni nga kjo ndyrësi që Allahu e ka ndaluar. Ai që e kryen, le ta fshehë veten me mbulimin e Allahut dhe le të pendohet tek Ai, sepse, kushdo që na e zbulon hapur mëkatin e tij, ne do ta zbatojmë mbi të Librin e Allahut të Lartmadhëruar</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>Abdullah ibën Umeri (Allahu qoftë i kënaqur me të!) transmeton se, pasi u gurëzua një burrë nga fisi i Eslemëve, i Dërguari i Allahut ﷺ u ngrit dhe tha: “Ruhuni nga kjo ndyrësi që Allahu e ka ndaluar. Ai që e kryen, le ta fshehë veten me mbulimin e Allahut dhe le të pendohet tek Ai, sepse, kushdo që na e zbulon hapur mëkatin e tij, ne do ta zbatojmë mbi të Librin e Allahut të Lartmadhëruar."</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>Ibën Umeri (Allahu qoftë i kënaqur me të!) ka njoftuar se Profeti ﷺ mbajti një fjalim pas gurëzimit të Maiz ibën Malik Eslemiut (Allahu qoftë i kënaqur me të!), dispozitë që parashikohet me sheriat për atë që ka kryer imoralitet, dhe u foli njerëzve duke thënë: Ruhuni nga kjo ndyrësi dhe nga mëkatet e neveritshme e të shëmtuara që Allahu i ka ndaluar. Kush kryen një nga këto mëkate, duhet të bëjë dy gjëra: E para: Ta mbulojë veten, ashtu siç e ka mbuluar Allahu, dhe të mos e zbulojë mëkatin e tij. E dyta: Të nxitojë të pendohet tek Allahu dhe të mos këmbëngulë në të. Ndërsa ai, mëkati i të cilit bëhet publik për ne, ne do të zbatojmë mbi të ndëshkimin e paracaktur ligjërisht, që është në Librin e Allahut të Lartmadhërishëm për atë mëkat.</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>Inkurajimi që mëkatari ta mbulojë veten dhe të pendohet për mëkatin në mënyrë private mes tij dhe Zotit.
+Pasi udhëheqësi të njoftohet për shkeljen që ka të bëjë me ndëshkimet e parcaktuara ligjërisht (ar. hudud), atëherë bëhet e domosdoshme zbatimi i tyre.
+Është detyrim që të shmangen mëkatet dhe të bëhet pendim për to.</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/58240</t>
+  </si>
+  <si>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
+  </si>
+  <si>
+    <t>“Çdo pije dehëse është alkool dhe çdo pije dehëse është haram. Ai që pi alkool në këtë botë dhe vdes duke qenë i varur prej tij e nuk është penduar, nuk do ta pijë në botën tjetër</t>
+  </si>
+  <si>
+    <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
+  </si>
+  <si>
+    <t>Ibën Umeri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Çdo pije dehëse është alkool dhe çdo pije dehëse është haram. Ai që pi alkool në këtë botë dhe vdes duke qenë i varur prej tij e nuk është penduar, nuk do ta pijë në botën tjetër."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
+وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka sqaruar se çdo gjë që shkakton humbjen e arsyes konsiderohet alkool dhe lënde dehëse, pavarësisht nëse është pije, ushqim, apo substancë që thithet apo diçka tjetër. Çdo gjë që e deh njeriun dhe e bën të humbë mendjen, Allahu i Lartmadhëruar e ka bërë haram dhe e ka ndaluar, qoftë pak apo shumë. Andaj, ai që pi diçka nga lëndët dehëse dhe vazhdon t'i pijë pa u penduar dhe vdes në këtë gjendje, e meriton dënimin e Allahut duke e privuar nga pirja e tyre në Xhenet.</t>
+  </si>
+  <si>
+    <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
+الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
+مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
+ الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
+  </si>
+  <si>
+    <t>Shkaku i ndalimit të alkoolit është dehja, andaj çdo gjë që deh, çfarëdo qoftë, është haram.
+Allahu i Lartësuar e bëri haram alkoolin, sepse ai përmban dëme dhe rreziqe të mëdha.
+Pirja e alkoolit në Xhenet është pjesë e kënaqësisë dhe lumturisë së plotë.
+Allahu do t'ia ndalojë pirjen e alkoolit në Xhenet atij që nuk heq dorë nga pirja e tij në këtë botë. Kësisoj, ndëshkimi i tij do të jetë  sipas llojit të veprës që ka bërë.
+Duhet të nxitojmë të pendohemi për gjynahet sepse vdekja mund të vijë në çdo çast.</t>
+  </si>
+  <si>
+    <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/58259</t>
+  </si>
+  <si>
+    <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Ai që vret një person që është në besë (të ndonjë muslimani), nuk do ta ndiejë aromën e Xhenetit, ndonëse aroma e tij ndihet dyzet vjet larg</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Ai që vret një person që është në besë (të ndonjë muslimani), nuk do ta ndiejë aromën e Xhenetit, ndonëse aroma e tij ndihet dyzet vjet larg."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron kërcënimin e rëndë për këdo që vret një person që është në besë (ar. muahed), respektivisht një jobesimtar që hyn në vatrën islame me besëlidhje dhe siguri, se nuk do të ndiejë aromën e Xhenetit, ndonëse aroma e tij ndihet në një distancë prej dyzet vjetësh udhëtimi.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Është e ndaluar vrasja e jomuslimanëve, siç janë: muahedi (personi që është në besë, dhimiu (qytetari jomusliman që jeton në tokën islame) dhe mustemeni (i siguruari) dhe se ky është mëkat i madh.
 Muahed quhet ai jobesimtar të cilit i është marrë besëlidhja dhe banon në vendin e tij: ai nuk i lufton muslimanët dhe ata nuk e luftojnë atë. Dhimiu është ai që vendoset në shtetin e muslimanëve dhe e jep xhizjen (taksën vjetore). Mustemeni është ai që hyn në shtetin e muslimanëve me një besëlidhje dhe siguri për një kohë të caktuar.
 Paralajmërim kundër tradhtisë ndaj besëlidhjeve me jomuslimanët.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/64637</t>
   </si>
   <si>
-    <t>لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ</t>
+    <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ e mallkoi atë që jep ryshfet dhe atë që merr ryshfet për të ndikuar në ndonjë vendim të caktuar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>Ebu Hurerja (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut ﷺ e mallkoi atë që jep ryshfet dhe atë që merr ryshfet për të ndikuar në ndonjë vendim të caktuar."</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith bëri lutje për dëbim dhe largim nga mëshira e Allahut të Lartmadhëruar për ata që japin ryshfet dhe ata që marrin ryshfet.
 Kjo përfshin atë që u paguhet gjyqtarëve për të qenë të padrejtë në vendimin që ata japin, në mënyrë që dhuruesi të arrijë atë që dëshiron, pa të drejtë.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Ndalohet dhënia e ryshfetit, marrja, ndërmjetësimi në ryshfet e ndihma në këtë vepër, sepse kjo është bashkëpunim në të kotën.
 Ryshfeti është prej mëkateve të mëdha, sepse i Dërguari i Allahut  ﷺ e mallkoi marrësin dhe dhënësin e tij.
 Ryshfeti në fushën e gjykatësisë dhe gjykimit është krimi më i madh dhe mëkati më i rëndë, për shkak të padrejtësisë dhe gjykimit me diçka tjerët pos asaj që ka zbritur Allahut.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/64689</t>
   </si>
   <si>
-    <t>بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ</t>
+    <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>“Islami është ngritur mbi pesë shtylla</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Islami është ngritur mbi pesë shtylla: Mbi dëshminë se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi ﷺ është i Dërguari i Tij, faljen e namazit, dhënien e zekatit, kryerjen e haxhit dhe agjërimin e Ramazanit.”</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>Në këtë hadith, Profeti ﷺ e krahasoi Islamin me një ndërtesë të fortë, e cila i ka pesë shtyllat që e bartin atë, si dhe pjesa tjetër e karakteristikave të Islamit janë si plotësim i kësaj ndërtese. E para nga këto shtylla janë dy dëshmitë: dëshmia se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është i Dërguari i Tij. Këto dyja konsiderohen një shtyllë: janë të pandashme nga njëra-tjetra. Robi i shqipton, duke e pranuar të qenët e Allahut Një dhe se Ai është meritor të adhurohet, e askush pos Tij nuk e meriton këtë gjë, si dhe duke vepruar sipas kërkesave të tyre, duke besuar në mesazhin e Muhamedit ﷺ  dhe duke e ndjekur atë. Shtylla e dytë: falja e namazit. Janë pesë namaze farz (të detyrueshme) gjatë ditës e natës: sabahu, dreka, ikindia, akshami dhe jacia, të cilat duhet të falen sipas kushteve, shtyllave dhe obligimeve të tyre. Shtylla e tretë: dhënia e zekatit të detyrueshëm. Ai është një adhurim i detyrueshëm financiar për çdo pasuri që arrin një shumë të caktuar sipas ligjit islam, e cila u jepet atyre që e meritojnë. Shtylla e katërt: haxhillëku. Ai nënkupton shkuarjen në Mekë për t'i kryer ritualet e haxhillëkut, si shenjë adhurmi ndaj Allahut të Lartësuar. Shtylla e pestë: agjërimi i Ramazanit. Ai nënkupton largimin nga ngrënia, pija dhe gjërat e tjera që prishin agjërimin, me qëllim të adhurimit ndaj Allahut, nga agimi deri në perëndim të Diellit.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>Dy dëshmitë janë të pandashme nga njëra-tjetra, kështu që nuk saktësohet njëra pa tjetrën, prandaj i llogariti si një shtyllë e vetme.
 Dy dëshmitë janë themeli i fesë dhe asnjë fjalë e vepër nuk është e pranueshme pa ato.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65000</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Kushdo prej jush që sheh ndonjë të keqe, le ta ndryshojë me dorën e tij, e, nëse nuk mundet, atëherë me gjuhën e tij, e, nëse nuk mundet as kështu, atëherë me zemrën e tij, por ky është imani më i dobët</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ebu Seid el Hudriu (Allahu qoftë i kënaqur me të!) përcillet se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Kushdo prej jush që sheh ndonjë të keqe, le ta ndryshojë me dorën e tij, e, nëse nuk mundet, atëherë me gjuhën e tij, e, nëse nuk mundet as kështu, atëherë me zemrën e tij, por ky është imani më i dobët."</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith urdhëron të ndryshohet e keqja, respektivisht gjithçka që Allahu dhe i Dërguari i Tij e kanë ndaluar, gjë që duhet bërë sipas mundësive. Kështu, nëse sheh një të keqe, duhet ta ndryshojë me dorë, nëse ka forcë (ekzekutuese). E, nëse nuk mund ta bëjë këtë, atëherë le ta ndryshojë me gjuhën e tij, respektivisht duke e ndaluar personin që po e vepron atë, duke ia shpjeguar dëmin e saj dhe duke e udhëzuar në mirësi, në vend të asaj të keqeje. Nëse nuk është në gjendje ta arrijë ndryshimin në këtë nivel, atëherë duhet ta ndryshojë me zemër, respektivisht duke e urryer këtë të keqe dhe duke vendosur që, po të ishte në gjendje ta ndryshonte, do ta bënte. Ndryshimi me zemër është niveli më i dobët i besimit në raport me ndryshimin e së keqes.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
-    <t>Kz hadithi është bazë që tregon nivelet e ndryshimit të së keqes.
+    <t>Ky hadith është bazë që tregon nivelet e ndryshimit të së keqes.
 Urdhri që e keqja të ndalohet shkallë-shkallë, secili sipas aftësive dhe mundësive që ka.
 Ndalimi i së keqes është një kapitull madhështor në fe, i cili nuk bie nga askush dhe çdo musliman është i obliguar ta bëjë atë sipas mundësive të tij.
 Urdhërimi për të mirë dhe ndalimi i së keqes janë prej virtyteve të besimit, i cili shtohet e pakësohet.
 Për të ndaluar të keqen, kushtëzohet të diturit se vepra e tillë është e keqe.
 Kusht për të ndryshuar një të keqe është që të mos rezultojë ky ndryshim në një të keqe më të madhe.
 Për të ndaluar të keqen ka rregulla dhe kushte, që muslimani duhet t'i mësojë.
 Ndalimi i së keqes kërkon një politikë sheriatike, dituri dhe urtësi.
 Mosndalimi i së keqes me zemër tregon se besimi është dobët.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Ai që bën mirë në Islam, nuk do të llogaritet për veprat e periudhës paraislame, ndërsa ai që bën keq në Islam, do të llogaritet edhe për të parat, edhe për të fundit.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon se një person pyeti: "O i Dërguari i Allahut, a do të merremi në përgjegjësi për atë që e kemi vepruar në periudhën paraislame?"
 Profeti ﷺ tha: “Ai që bën mirë në Islam, nuk do të llogaritet për veprat e periudhës paraislame, ndërsa ai që bën keq në Islam, do të llogaritet edhe për të parat, edhe për të fundit.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e sqaron vlerën e hyrjes në Islam, rrjedhimisht, kushdo që bëhet musliman, e zbaton mirë Islamin, është i sinqertë dhe e i çiltër; nuk do të llogaritet për gjynahet që ka bërë gjatë periudhës paraislame (para ardhjes së Profetit ﷺ). E, kushdo që bën keq në Islam, duke qenë hipokrit ose duke dezertuar nga feja; do të llogaritet për atë që ka bërë teksa ishte jobesimtar dhe për atë që ka bërë duke qenë musliman.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Shqetësimi i sahabëve (Allahu qoftë i kënaqur me ta!) dhe frika e tyre nga veprat që kanë bërë në periudhën paraislame.
 Inkurajimi për të qenë të qëndrueshëm në Islam.
 Vlera e hyrjes në Islam dhe se ai i shlyen veprat e kaluara.
 Dezertorët (ar. el murted) dhe hipokritët do të llogariten për çdo veprim që kanë kryer gjatë periudhës paraislame dhe për çdo mëkat që kanë bërë në Islam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>Në qoftë se unë i fal namazet e detyrueshme, e agjëroj Ramazanin, hallallin e quaj hallall e haramin haram</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>Xhabiri (Allahu qoftë i kënaqur me të!) tregon se një njeri e pyeti të Dërguarin e Allahut ﷺ duke i thënë: "Në qoftë se unë i fal namazet e detyrueshme, e agjëroj Ramazanin, hallallin e quaj hallall e haramin haram dhe nuk shtoj asgjë tjetër, a do të hyj në Xhenet?" I Dërguari tha: "Po." Ai tha: "Betohem për Allahun se nuk do të shtoj asgjë."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se kushdo që i fal pesë namazet e detyrueshme dhe nuk shton pos tyre asnjë namaz vullnetar, e agjëron Ramazanin dhe nuk agjëron vullnetarisht, beson se ajo që është hallall është e lejuar dhe e vepron atë si dhe beson se ajo që është haram është e ndaluar e i shmanget asaj, kësisoj do të hyjë në Xhenet.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Muslimani duhet t'i kushtojë rëndësi kryerjes së obligimeve dhe braktisjes së gjërave të ndaluara dhe qëllimi i tij duhet të jetë hyrja në Xhenet.
 Rëndësia e kryerjes së asaj që është e lejuar e besimi se ajo është hallall dhe largimi nga ajo që është e ndaluar e besimi se ajo është haram.
 Veprimi i obligmeve dhe braktisja e gjërave të ndaluara janë shkak për hyrjen në Xhenet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>Pastërtia është gjysma e imanit, (thënia) "elhamdulilah" e rëndon peshoren, (thëniet:) "subhanallah" (i patëmeta është Allahu) dhe "elhamdulilah" (lavdërimi i takon Allahut) mbushin, - ose e mbush, - hapësirën ndërmjet qiejve dhe Tokës</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>Ebu Malik el Eshariu (Allahu qoftë i kënaqur me të!) përcjell se i Dërguari i Allahut ﷺ ka thënë: "Pastërtia është gjysma e imanit, (thënia) "elhamdulilah" e rëndon peshoren, (thëniet:) "subhanallah" (i patëmeta është Allahu) dhe "elhamdulilah" (lavdërimi i takon Allahut) mbushin, - ose e mbush, - hapësirën ndërmjet qiejve dhe Tokës. Namazi është nur, lëmosha është dëshmi, durimi është ndriçim dhe Kurani është argument, për ose kundër teje. Andaj, çdo njeri, kur zgjohet në mëngjes, ose do ta shesë veten duke e liruar atë, ose do të vetëshkatërrohet."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se pastërtia e jashtme arrihet me abdes e gusël dhe ajo (pastërtia) është kusht i namazit. Thënia: "elhamdulilah" (lavdërimi i takon Allahut) e rëndon peshoren", është falënderim ndaj Allahut të Lartësuar dhe përshkrim i Tij me cilësi të përkryera, të cilat do të peshojnë në Ditën e Kiametit dhe do ta mbushin peshoren e veprave. Thëniet: "subhanallah" (i patëmeta është Allahu) dhe elhamdulilah" (lavdërimi i takon Allahut) janë dëlirësim i Allahut nga të gjitha mangësitë dhe përshkrim i Tij me cilësi të përkryera, që i përshtaten madhështisë së Tij, së bashku me dashurinë dhe madhërimin e Tij, gjë që e mbush hapësirën ndërmjet qiejve dhe Tokës. "Namazi është nur” për robin në zemrën e tij, në fytyrën e tij e në varrin e tij kur të ringjallet. "Lëmosha është dëshmi” dhe dëshmi për besimin e çiltër të besimtarit dhe për dallimin e tij nga hipokriti, i cili nuk jep, sepse nuk u beson premtimeve që përmenden për vlerën e saj. "Durimi është ndriçim", që nënkuton vetëpërmbajtjen nga mosdurimi dhe pakënaqësia. Është ndriçim që sjell nxehtësi dhe djegie, si drita e Diellit, sepse është i vështirë dhe kërkon që shpirti të përpiqet e ta ndalojë kundrejt asaj që dëshiron, kësisoj durimtari vazhdon të jetë i ndritur, i udhëzuar dhe vazhdon të jetë në të drejtën. (Durimi ndahet në tri lloje): durimi në bindje ndaj Allahut, durimi për të mos e kundërshtuar Atë dhe durimi përballë fatkeqësive dhe të gjitha llojeve të vështirësive në këtë botë. “Kurani është argument, për” duke e lexuar dhe vepruar sipas tij, “ose kundër teje” duke e lënë atë pa e jetësuar dhe pa e lexuar. Pastaj Profeti ﷺ tregoi se të gjithë njerëzit japin mund, shpërndahen, zgjohen nga gjumi dhe largohen nga shtëpitë e tyre për punët e tyre të ndryshme: prej tyre ka që i përmbahen bindjes ndaj Allahut dhe çlirohen nga Zjarri, gjithashtu ka prej tyre që devijojnë prej kësaj dhe bien në mëkat, kështu që shkatërrohen duke hyrë në Zjarr.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Pastërtia ndahet në dy lloje: pastërtia e jashtme, që është me abdes e gusël (larje të tërësishme të trupit) dhe pastërtia e brendshme, që është me teuhid (monoteizëm), besim dhe vepra të mira.
 Rëndësia e faljes së namazit përherë, pasi ai është nur për robin, në këtë botë dhe në Ditën e Kiametit.
 Lëmosha është dëshmi për besimin e sinqertë.
 Rëndësia e të punuarit sipas porosive të Kuranit dhe besimit në të, që të jetë argument për ty, e jo kundër teje.
 Nëse ti veten nuk e angazhon me adhurim, ajo të angazhon ty me mëkatim.
 Çdo njeri duhet të veprojë: ose e çliron veten nëpërmjet adhurimit, ose vetëshkatërrohet me mëkatim.
 Durimi kërkon vetëpërmbajtje dhe llogaritje në shpërblim (të Allahut), si dhe është i vështirë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>Nuk është e largët koha kur ndonjë personi t'i arrijë hadithi nga unë, ndërkohë ai, duke qenë i mbështetur në kolltukun e tij, të thotë: "Mes nesh dhe jush është Libri i Allahut</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Mikdam ibn Madijekribi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Nuk është e largët koha kur ndonjë personi t'i arrijë hadithi nga unë, ndërkohë ai, duke qenë i mbështetur në kolltukun e tij, të thotë: "Mes nesh dhe jush është Libri i Allahut: çfarë gjejmë në të hallall, e konsiderojmë hallall, e çfarë gjejmë në të haram, e konsiderojmë haram. Atë që e bën haram i Dërguari i Allahut ﷺ është sikurse ta bënte haram Allahu."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se është afruar koha kur disa njerëzve do t'u arrijë hadithi i Profetit ﷺ duke qenë ulur, kurse ndonjëri prej tyre, kur t'i arrijë hadithi, duke qenë i shtrirë në shtrat, do të thotë: "Ai që bën gjykimin mes nesh dhe jush në çështjet (fetare) është Kurani i Madhërishëm, sepse ai na mjafton: çdo gjë që e gjejmë hallall në të, e veprojmë, sikundërqë çdo gjë që e gjejmë haram në të, largohemi prej saj. Pastaj Profeti ﷺ sqaroi se çdo gjë që ai e bëri haram ose e ndaloi në Sunetin e tij, ajo gjë, sa i përket vendimit fetar, është sikurse ajo që Allahu e bëri haram në Librin e Tij, sepse ai është kumtues nga Zoti i tij.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Madhërimi i Sunetit, ashtu siç madhërohet Kurani dhe veprimi sipas tij.
 Bindja ndaj Profetit është bindje ndaj Allahut dhe kundërshtimi i tij është kundërshtim i Allahut të Lartësuar.
 Pohimi se Suneti është burim bazë që merret si argument dhe kundërpërgjgjja ndaj atyre që i refuzojnë hadithet.
 Kushdo që ia kthen shpinën Sunetit dhe pretendon se Kurani i mjafton, është larguar prej të dyve dhe gënjen duke pretenduar se e ndjek Kuranin.
 Një nga treguesit e profecisë së Pejgamberit ﷺ është kur të tregojë për diçka që do të ndodhë në të ardhmen dhe ndodh ashtu siç ka treguar.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>"O i Dërguari i Allahut, nuk kam lënë asnjë gjynah të vogël e të madh pa e kryer." Ai i tha: "A nuk dëshmon se nuk ka Zot tjetër përveç Allahut që meriton adhurimin dhe se Muhamedi është i Dërguari i Allahut?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Enesi (Allahu qoftë i kënaqur me të!) tregon: Një burrë erdhi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut, nuk kam lënë asnjë gjynah të vogël e të madh pa e kryer." Ai i tha: "A nuk dëshmon se nuk ka Zot tjetër përveç Allahut që meriton adhurimin dhe se Muhamedi është i Dërguari i Allahut?" Ai e përsëriti pyetjen tri herë. Ai iu përgjigj: "Po." Kështu, Profeti ﷺ i tha: "Kjo i mund (shlyen) ato."</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Një burrë erdhi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut, unë i kam bërë të gjitha mëkatet dhe nuk kam lënë pa bërë asnjë mëkat të vogël e as të madh! A më falen mëkatet? Profeti ﷺ i tha: "A nuk dëshmon se nuk ka Zot tjetër përveç Allahut që meriton adhurimin dhe se Muhamedi është i Dërguari i Allahut?" Këtë ia përsëriti tri herë. Ai u përgjigj: "Po." Profeti ﷺ ia tregoi vlerën e shehadetit: se ai i shlyen të këqijat dhe se pendimi i shlyen gjynahet e kaluara.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Madhështia e shehadetit (la ilahe il-lallah, Muhamed resulullah) dhe epërsia e tij ndaj gjynaheve, për atë që e thotë me sinqeritet nga zemra.
 Islami i shlyen gjynahet e kaluara.
 Pendimi i sinqertë i fshin gjynahet e kaluara.
 Përsëritja e çështjes gjatë mësimdhënies është nga udhëzimi i Profetit ﷺ.
 Vlera e shehadetit dhe se ai është shkak i shpëtimit nga mosqëndrimi i përhershëm në Zjarr.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>E drejta e Allahut kundrejt njerëzve është që ta adhurojnë Atë dhe të mos i bëjnë ortak asgjë. Ndërkaq, e drejta e njerëzve tek Allahu është që të mos dënojë askënd që nuk i bën ortak Atij asgjë</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Muadhi (Allahu qoftë i kënaqur me të!) rrëfen: "Isha ulur mbrapa Profetit ﷺ në një gomar të quajtur Ufejr. Profeti ﷺ më tha: “O Muadh! Vallë, e di cila është e drejta e Allahut kundrejt njerëzve dhe e drejta e njerëzve tek Allahu?"
 - Allahu dhe i Dërguari i Tij e dinë më së miri, - i thashë.
 - “E drejta e Allahut kundrejt njerëzve është që ta adhurojnë Atë dhe të mos i bëjnë ortak asgjë. Ndërkaq, e drejta e njerëzve tek Allahu është që të mos dënojë askënd që nuk i bën ortak Atij asgjë”, - tha Profeti ﷺ.
 - O i Dërguari i Allahut! A t'i përgëzoj njerëzit? - i thashë.
 - “Jo. Mos i përgëzo, se pastaj i mbështeten kësaj (dhe i lënë veprat)”, - tha Profeti ﷺ."</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e sqaron të drejtën e Allahut kundrejt njerëzve dhe të drejtën e njerëzve tek Allahu, e që e drejta e Allahut kundrejt njerëzve është që ta adhurojnë Atë dhe të mos i bëjnë ortak asgjë. Ndërkaq, e drejta e njerëzve tek Allahu është që të mos i dënojë monoteistët (besimdrejtët) që nuk i bëjnë ortak Atij asgjë. Pastaj Muadhi tha: "O i Dërguar i Allahut! A nuk duhet t'i përgëzoj njerëzit, që ata të gëzohen e të zgazëllehen me këtë begati?" Kështu, Profeti ﷺ e ndaloi nga frika se mos i mbështeteshin asaj (duke i lënë veprat).</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Sqarimi i së drejtës së Allahut të Lartësuar, që Ai ua ka bërë obligim njerëzve, që është: ta adhurojnë vetëm Atë, pa i shoqëruar asgjë në adhurim.
 Sqarimi i së drejtës së njerëzve tek Allahu i Lartësuar, të cilën Ai ia ka bërë obligim Vetes, si mirësi dhe begati nga ana e Tij, e cila është: t'i futë në Xhenet dhe të mos i dënojë ata (që nuk i shoqërojnë asgjë në adhurim).
 Ky hadith është përgëzim madhështor për monoteistët (muvehidët), të cilët nuk i bëjnë shok Allahut të Lartësuar asgjë dhe se fundi i tyre është hyrja në Xhenet.
 Muadhi e ka transmetuar këtë hadith para vdekjes së tij, nga frika e rënies në mëkatin e fshehjes së dijes.
 Paralajmërim kundër përhapjes së disa haditheve te disa njerëz, nga frika se nuk e perceptojnë domethënien e tyre. Kjo vlen për ato hadithe që nuk i nënshtrohen ndonjë vepre ose për ato hadithe që nuk tregojnë për ndonjë dënim të paracaktuar sheriatik.
 Monoteistët mëkatarë janë nën dëshirën dhe vullnetin e Allahut: nëse do, i ndëshkon, e, nëse do, i fal dhe pastaj fundin do ta kenë në Xhenet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>Ai iu përgjigj: “Ai që vdes pa i bërë shirk Allahut asgjë, do të hyjë në Xhenet, ndërsa ai që vdes duke i bërë shirk Allahut ndonjë gjë, do të hyjë në Zjarr.”</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>Xhabiri (Allahu qoftë i kënaqur me të!) tregon: "Një burrë erdhi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut, cila është veçoria që e fut njeriun në Xhenet dhe cila është që e fut në Zjarr?" Ai iu përgjigj: “Ai që vdes pa i bërë shirk Allahut asgjë, do të hyjë në Xhenet, ndërsa ai që vdes duke i bërë shirk Allahut ndonjë gjë, do të hyjë në Zjarr.”</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Një burrë e pyeti Profetin ﷺ për dy veçoritë: atë që e shkakton hyrjen në Xhenet dhe atë që e shkakton hyrjen në Zjarr? Kështu, Profeti ﷺ iu përgjigj: "Veçoria që shkakton hyrjen në Xhenet është që njeriu të vdesë duke e adhuruar vetëm Allahun dhe duke mos i bërë shok Atij. Ndërkaq, veçoria që shkakton hyrjen në Zjarr është që një person të vdesë duke i bërë shok Allahut diçka, kështu që i bën Allahut të barabartë e të ngjashëm ndokënd në të drejtën e Tij për t'u adhuruar, në zotrueshmërinë e Tij ose në emrat dhe cilësitë e Tij.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Vlera e teuhidit (monoteizmit) dhe se kushdo që vdes si besimtar, duke mos i bërë shok Allahut, do të hyjë në Xhenet.
 Rreziku i shirkut (idhujtarisë) dhe se kushdo që vdes duke i bërë shok Allahut, do të hyjë në Xhehenem.
 Monoteistët mëkatarë janë nën dëshirën dhe vullnetin e Allahut: nëse do, i ndëshkon, e, nëse do, i fal dhe pastaj fundin do ta kenë në Xhenet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>Ai, asnjëherë të vetme nuk ka thënë: "O Zoti im, m'i fal gjynahet e mia Ditën e Llogarisë!”</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon: "Thashë: "O i Dërguari i Allahut, Ibn Xhudani, në periudhën paraislame, i mbante lidhjet familjare dhe i ushqente nevojtarët, vallë, a do t'i bëjë dobi kjo?" Ai iu përgjigj: “Nuk do t'i bëjë dobi aspak. Ai, asnjëherë të vetme nuk ka thënë: "O Zoti im, m'i fal gjynahet e mia Ditën e Llogarisë!”</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Profeti ﷺ tregoi për Abdullah ibn Xhudanin, i cili ishte një nga udhëheqësit e kurejshëve para Islamit dhe shquhej për disa punë të mira, siç janë: mbajtja e lidhjeve me të afërmit dhe mirëbërësia ndaj tyre, dhënia ushqim nevojtarëve dhe virtyte të tjera në të cilat nxit Islami, se këto vepra nuk do t'i bëjnë dobi në botën tjetër, për shkak të mosbesimit të tij në Allahun dhe se ai kurrë nuk tha: "O Zoti im, m'i fal gjynahet e mia Ditën e Llogarisë!”</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>Sqarimi i vlerës së besimit dhe se ai është kusht për pranimin e veprave.
 Sqarimi i shëmtueshmërisë së mosbesimit dhe se ai është shkak i zhvlerësimit të veprave të mira.
 Jobesimtarët nuk do të kenë dobi nga veprat e tyre (të mira) në botën tjerër, sepse ata nuk e besuan Allahun dhe nuk besuan në Ditën e Fundit.
 Veprat (e mira) të një personi, të cilat i ka bërë sa ishte jobesimtar, i regjistrohen, nëse bëhet musliman, si dhe shpërblehet për to.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>E dini se çfarë tha Zoti juaj?” Të pranishmit thanë: "Allahu dhe i Dërguari i Tij e dinë më së miri." I Dërguari vazhdoi: “Ai tha: "Disa robër të Mi më besuan, e disa të tjerë më mohuan</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Zejd ibn Halid Xhuheniu (Allahu qoftë i kënaqur me të!) ka thënë: I Dërguari i Allahut ﷺ na e fali namazin e sabahut në Hudejbije pas një nate me shi. Pasi e kreu namazin, u kthye nga njerëzit dhe u tha: “E dini se çfarë tha Zoti juaj?” Të pranishmit thanë: "Allahu dhe i Dërguari i Tij e dinë më së miri." I Dërguari vazhdoi: “Ai tha: "Disa robër të Mi më besuan, e disa të tjerë më mohuan. Ata që thanë: "Ra shi nga mirësia dhe mëshira e Allahut", më besuan Mua dhe i mohuan yjet. Ndërkaq, ata që thanë: "Ra shi për shkak të këtij e atij ylli", më mohuan Mua, e u besuan yjeve."</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>Profeti ﷺ e fali namazin e sabahut në Hudejbije, - fshat afër Mekës, - pasi atë natë ra shi. Kur dha selam dhe e mbaroi namazin, iu drejtua njerëzve dhe i pyeti: "E dini se çfarë tha Zoti juaj i Lartmadhërishëm?” Ata iu përgjigjën: "Allahu dhe i Dërguari i tij e dinë më së miri!" Ai tha: "Allahu i Lartësuar e ka bërë të qartë se njerëzit ndahen në dy grupe kur bie shi: një grup që beson në Allahun e Lartësuar dhe një grup që nuk beson në Allahun e Lartësuar. Ata që thanë: "Ra shi nga mirësia dhe mëshira e Allahut", ia adresuan zbritjen e shiut Allahut të Lartësuar dhe të tillët janë besimtarë në Allahun, Krijuesin, i Cili e kontrollon Universin dhe janë mohues të yjeve. Ndërkaq, ata që thanë: "Na ra shi për shkak të filan yllit", të tillët e mohuan Allahun dhe u besuan yjeve. Një veprim i tillë është kufër (mosbesim) i vogël, pasi shiu iu adresua yjeve, meqë Allahu nuk e bëri atë as shkak fetar (sheratik) e as shkak të krijimit (kaderik). E, ata që ia adresojnë rënien e shiut dhe ngjarjet e tjera tokësore lëvizjeve të yjeve gjatë ngritjes dhe rënies së tyre, duke besuar se ato janë vepruesi i vërtetë, atëherë janë jobesimtarë, që kanë bërë kufër të madh (që i nxjerr nga feja).</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Pasi të bjerë shiu, është e pëlqyeshme të thuhet: "Ra shi nga mirësia dhe mëshira e Allahut."
 Kushdo që ua adreson yjeve mirësinë e zbritjes së shiut dhe të gjërave të tjera, qoftë si krijim, qoftë si sjellje në ekzistencë, është jobesimtar, që ka bërë kufër të madh (që e nxjerr nga feja). E, nëse ia adreson si shkak, atëherë ai është jobesimtar, që ka bërë kufër të vogël (që nuk e nxjerr nga feja), sepse nuk është as shkak fetar e as shkak lëndor - konkret.
 Mirësia është shkak për të bërë kufër (mobesim), nëse ajo mohohet, si dhe është shkak për iman (besim), nëse ajo falënderohet.
 Është e ndaluar të thuhet: "Ra shi për shkak të këtij e atij ylli", edhe nëse është për qëllim koha, për t'i mbyllur kështu rrugët e shirkut (idhujtarisë).
 Është obligim që zemra të jetë e lidhur me Allahun e Lartësuar, për tërheqjen e begative dhe pengimin e dënimit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>Po na ndodh që mendja të na shkojë për gjëra që janë të rënda po t'i flisnim." Profeti ﷺ i pyeti: “Vallë, kështu qenkeni ndier?” Ata thanë: "Po." Atëherë Profeti ﷺ u tha: “Ky është imani i kulluar.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon: "Disa sahabë erdhën te Profeti ﷺ dhe e pyetën: "Po na ndodh që mendja të na shkojë për gjëra që janë të rënda po t'i flisnim." Profeti ﷺ i pyeti: “Vallë, kështu qenkeni ndier?” Ata thanë: "Po." Atëherë Profeti ﷺ u tha: “Ky është imani i kulluar.”</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>Një grup shokësh të Profetit ﷺ erdhën dhe e pyetën për gjëra të rënda që mendja po u shkonte për to, të cilat janë të rënda po të përmendeshin, sepse janë të shëmtuara dhe neveriten prej tyre. Profeti ﷺ u tha: "Kjo që e ndieni është imani i kulluar dhe bindja e sigurt, e cila ju shtyn ta parandaloni atë që shejtani e hedh në zemër dhe ta urreni që ta shqiptoni, si dhe ta konsideroni këtë gjë diç të rëndë e të madhe në shpirtrat tuaj. Shejtani nuk mund t'jua kontrollojë zemrat tuaja, ndryshe nga të tjerët, zemrat e të cilëve shejtani ua kontrollon dhe nuk kanë si të mbrohen kundër tij.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Sqarimi i dobësisë së shejtanit përballë besimtarëve, pasi ai është në gjendje vetëm t'u bëjë cytje (vesvese, e jo diç tjetër).
 Mosbesimi dhe mospranimi i cytjeve (vesveseve) që e ngacmojnë shpirtin, sepse ato janë nga shejtani.
 Cytja e shejtanit nuk e dëmton besimtarin, por ai duhet të kërkojë nga Allahu që ta mbrojë nga cytja e tij dhe të mos vazhdojë t'i kushtojë vëmedje kësaj.
 Muslimani nuk duhet të heshtë për gjërat që i shkaktojnë dyshime rreth fesë së tij, por duhet të pyesë për to.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>Lavdërimi i takon Allahut, që e ktheu dredhinë e tij (thjesht) në cytje (vesvese).”</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) ka thënë: "Një burrë erdhi te Profeti ﷺ dhe i tha: "O i Dërguar i Allahut! Ndonjëri prej nesh ndien në vetvete diçka, - që i shkon ndërmend, - e që të bëhet hi është më e dashur për të sesa të flasë rreth saj." Profeti ﷺ i tha: “Allahu është më i Madhi! Allahu është më i Madhi! Lavdërimi i takon Allahut, që e ktheu dredhinë e tij (thjesht) në cytje (vesvese).”</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Një burrë erdhi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut! Ndonjëri prej nesh ndien në vetvete diçka që i shkon ndërmend, por të flasë rreth saj është e rëndë, kështu që të jetë hi është më e dashur për të sesa të flasë rreth saj. Profeti ﷺ dy herë tha: "Allahu është më i Madhi! Allahu është më i Madhi!" Dhe e falënderoi Allahun që dredhinë e shejtanit e ktheu thjesht në një cytje (vesvese).</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Sqarimi se shejtani u rri në pritë besimtarëve përmes cytjes (vesveseve), për t'i kthyer ata nga besimi në mosbesim.
 Sqarimi i dobësisë së shejtanit përballë besimtarëve, pasi ai është në gjendje vetëm t'u bëjë cytje (vesvese, e jo diç më shumë).
 Besimtari duhet t'ua kthejë shpinën cytjeve të shejtanit dhe t'i pengojë ato.
 Ligjësohet të thuhet “Allahu ekber - Allahu është më i Madhi” për diçka që është e dëshirueshme, e befasueshme ose për çështje të ngjashme.
 Ligjësohet që muslimani ta pyesë dijetarin për gjithçka që i shkakton atij dyshim.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>“Shejtani i shkon ndokujt dhe i thotë: "Kush e ka krijuar këtë? Kush e ka krijuar atë?" Derisa t'i thotë: "Kush e ka krijuar Zotin tënd?" Nëse arrin deri aty, atëherë (njeriu) le të kërkojë mbrojtjen e Allahut dhe le të ndalet së menduari (këto gjëra).”</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Shejtani i shkon ndokujt dhe i thotë: "Kush e ka krijuar këtë? Kush e ka krijuar atë?" Derisa t'i thotë: "Kush e ka krijuar Zotin tënd?" Nëse arrin deri aty, atëherë (njeriu) le të kërkojë mbrojtjen e Allahut dhe le të ndalet së menduari (këto gjëra).”</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ në këtë hadith na tregon ilaçin efektiv ndaj pyetjeve që shejtani ia pëshpërit besimtarit. Pastaj shejtani i thotë: "Kush e krijoi këtë? Kush e krijoi atë? Kush e krijoi Qiellin? Kush e krijoi Tokën?" Besimtari i përgjigjet i shtyrë nga feja, natyrshmëria e pandryshuar dhe arsyeja (e shëndoshë), duke thënë: "Allahu." Por, shejtani nuk ndalet në këtë pikë të pëshpëritjes (vesveseve), por, përkundrazi, vazhdon derisa të thotë: "Kush e krijoi Zotin tënd?" Pastaj besimtari ia pengon këtë pëshpëritje (vesvese) me tri gjëra:
 Me besimin në Allahun.
 Me kërkimin mbrojtje prej Allahut kundër shejtanit.
 Duke u ndaluar dhe duke mos ua vënë veshin pëshpëritjeve (vesveseve).</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Shmangia e pëshpëritjeve (vesveseve) dhe rreziqeve të shejtanit, duke mos menduar për to dhe duke iu drejtuar Allahut të Lartësuar për t'i larguar ato.
 Çdo pëshpëritje (vesvese) që bie në zemrën e njeriut, që është në kundërshtim me fenë, është prej shejtanit.
 Ndalimi i meditimit rreth Qenies së Allahut dhe nxitja për meditimin rreth krijesave dhe argumenteve të Tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>“Veprat ndahen në gjashtë lloje dhe njerëzit janë katër sosh. Janë dy gjëra obliguese, (dy) që llogariten një për një, një vepër e mirë me dhjetë sosh dhe një vepër e mirë me shtatëdhjetë mijë sosh</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>Hurejm ibn Fatiku (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Veprat ndahen në gjashtë lloje dhe njerëzit janë katër sosh. Janë dy gjëra obliguese, (dy) që llogariten një për një, një vepër e mirë me dhjetë sosh dhe një vepër e mirë me shtatëdhjetë mijë sosh. Dy gjërat obliguese janë: atij që vdes pa i bërë shok Allahut asgjë (në adhurim), i takon Xheneti, kurse Atij që vdes duke i bërë shok Allahut ndokënd (në adhurim), i takon Zjarri. Ndërkaq, (dy) që llogariten një për një janë: nëse dikush ka vendosur të bëjë një vepër të mirë derisa ta ndiejë atë zemra e tij dhe Allahu ta dijë këtë gjë prej tij, i shënohet një vepër e mirë, si dhe, nëse dikush ka bërë një vepër të keqe, i shënohet një vepër e keqe. Atij që bën një vepër të mirë, i vlen sa dhjetë të mira si ajo. Ndërkaq, ai që jep një lëmoshë të vetme në rrugën e Allahut, kjo vepër e mirë i shënohet si shtatëqind vepra të mira. Sa u përket njerëzve, ka të atillë që kjo botë u zgjerohet, e bota tjetër u ngushtohet; të atillë që kjo botë u ngushtohet, e bota tjetër u zgjerohet; të atillë që janë të ngushtuar në këtë botë e në botën tjetër dhe të atillë që në këtë botë dhe botën tjetër e kanë të zgjeruar."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
 والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
 والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
 والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
@@ -9691,881 +10432,881 @@
 I treti: ai që është ngushtuar në këtë botë dhe në botën tjetër. Ky është jobesimtari i varfër.
 I katërti: ai që ka me bollëk (dhe i është zgjeruar) në këtë botë dhe në botën tjetër. Ky është besimtari i pasur.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Mirësia e madhe e Allahut të Lartësuar mbi robërit e Tij dhe shumëfishimi që Ai ua bën veprave të mira.
 Drejtësia dhe bujaria e Allahut, meqë na trajtoi me drejtësi në veprat tona të këqija, kështu që edhe shpërblimi për një vepër të keqe është një.
 Shirku ndaj Allahut është tepër i rëndë, sepse privon Xhenetin.
 Sqarimi i vlerës së lëmoshës në rrugën e Allahut.
 Shumëfishimi i shpërblimit për lëmoshën në rrugën e Allahut fillon nga shtatëqind herë, sepse ndihmon në ngritjen e fjalës së Allahut.
 Sqarimi i llojeve të njerëzve dhe dallimet e tyre.
 Në këtë botë punët i zgjerohen besimtarit dhe jobesimtarit, ndërsa në botën tjetër i zgjerohen vetëm besimtarit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>“Allahu nuk i pakëson besimtarit asnjë vepër të mirë: për to i jep të mira në këtë botë dhe e shpërblen në botën tjetër</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Allahu nuk i pakëson besimtarit asnjë vepër të mirë: për to i jep të mira në këtë botë dhe e shpërblen në botën tjetër, kurse jobesimtarit për të mirat që i ka bërë për hir të Allahut, i jepen të mira në këtë botë, e, kur kalon në botën tjetër, nuk do të ketë asnjë të mirë që të shpërblehet për të.”</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron mirësinë e madhe të Allahut ndaj besimtarëve dhe drejtësinë e Tij ndaj jobesimtarëve. Sa i përket besimtarit, shpërblimi për veprat e tij të mira nuk i pakësohet, përkundrazi, atij do t'i jepen të mira në këtë botë për adhurimin e tij, së bashku me shpërblim që do t'i ruhet për në botën tjetër. Ndodh që i gjithë shpërblimi mund t'i ruhet në botën tjetër. Ndërkaq, sa i përket jobesimtarit, Allahu do ta shpërblejë për veprat e mira që ka bërë, me të mirat e kësaj bote, e, kur kalon në botën tjetër, nuk do të ketë asnjë sevap për të cilin do të shpërblehet, sepse një vepër e mirë që bën dobi në të dyja botët, medoemos duhet të bëhet nga një besimtar.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Atij që vdes në mosbesim, nuk i bën dobi asnjë vepër.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>Në Islam ke hyrë bashkë me veprat e mira të së kaluarës.”</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>Hakim ibn Hizami (Allahu qoftë i kënaqur me të!) tregon se e pyeti të Dërguarin e Allahut ﷺ: "O i Dërguari i Allahut, a do të shpërblehem për punët e mira që i kam vepruar në periudhën paraislame, bie fjala, për lëmoshën, lirimin e robërve dhe mbajtjen e lidhjeve familjare?" I Dërguari i Allahut ﷺ iu përgjigj: “Në Islam ke hyrë bashkë me veprat e mira të së kaluarës.”</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e sqaron se nëse një jobesimtar hyn në Islam, do të shpërblehet për veprat e mira që ka bërë në kohën paraislame para se të hyjë në Islam, si për lëmoshën, lirimin e robërve ose për mbajtjen e lidhjeve familjare.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Për veprat e mira që i ka bërë jobesimtari në këtë botë, nuk do të shpërblehet në botën tjetër, nëse vdes në kufër (mosbesim).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>Vërtet Allahu do që të shfrytëzohen lehtësimet e Tij, ashtu siç do që të plotësohen obligimet e Tij</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Vërtet Allahu do që të shfrytëzohen lehtësimet e Tij, ashtu siç do që të plotësohen obligimet e Tij."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se Allahu do që të shfrytëzohen lehtësimet që i ka ligjësuar, siç janë lehtësimet sa u përket vendimeve dhe ibadeteve, ku të ngarkuarit me obligime fetare i jepet lehtësim për shkak të arsyes, bie fjala, shkurtimi dhe bashkimi i namazit gjatë udhëtimit. Ai gjithashtu do që të plotësohet obligimet e Tij. Pra, ato që janë vaxhibe, sepse urdhri i Allahut në lidhje me lehtësimet dhe obligimet është i njëjtë.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Mëshira e Allahut të Lartësuar ndaj robërve të Tij dhe se Ai do që të shfrytëzohen lehtësimet që i ka ligjësuar.
 Përsosuria e kësaj feje dhe se ajo ia largon vështirësitë muslimanit.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[E shënon Ibn Hibbani]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65017</t>
   </si>
   <si>
-    <t>قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ</t>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>më thuaj një fjalë lidhur me Islamin, që, pas teje, nuk do të kem nevojë të pyes askënd." I Dërguari ﷺ tha: "Thuaj: "Besoj në Allahun e pastaj qëndro fuqishëm!</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>Sufjan ibn Abdullah Thekafiu (Allahu qoftë i kënaqur me të!) tregon: "Thashë: "O i Dërguari i Allahut, më thuaj një fjalë lidhur me Islamin, që, pas teje, nuk do të kem nevojë të pyes askënd." I Dërguari ﷺ tha: "Thuaj: "Besoj në Allahun e pastaj qëndro fuqishëm!"</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>Sahabiu, Sufjan ibn Abdullahu (Allahu qoftë i kënaqur me të!), i kërkoi Profetit ﷺ që t'i mësonte një thënie që përfshin në mënyrë gjithëpërfshirëse kuptimet e Islamit, në mënyrë që ai t'i përmbahej asaj dhe të mos pyeste askënd tjetër në lidhje me të. Atëherë Profeti ﷺ i tha: "E veçoj Allahun me adhurim dhe i besoj Zotit tim, Krijuesit tim dhe të Adhuruarit tim të vërtetë, i Cili nuk ka shok. Më pas i nënshtrohet Allahut, duke iu bindur me kryerjen e obligimeve që ka ndaj Tij dhe duke i braktisur ndalesat e Tij, si dhe vazhdon në këtë rrugë.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>Themeli i fesë është besimi në Allahun se Ai është Krijues, meritor për t'u adhuruar dhe se Atij i takojnë emrat dhe cilësitë e përkryera.
 Rëndësia e të qenit në rrugë të drejtë pas besimit, vazhdimësia në adhurim dhe qëndrueshmëria në këtë rrugë.
 Besimi është kusht për pranimin e veprave.
 Imani në Allahun përfshin atë që duhet besuar nga bindjet dhe parimet e besimit, si dhe atë që rrjedh nga kjo, siç janë: veprat e zemrës, nënshtrimi dhe dorëzimi para Allahut me zemër dhe me gjymtyrë.
 Qëndrueshmëria në fe nënkupton t'i përmbahemi kësaj rruge, duke i kryer obligimet dhe duke i braktisur ndalesat.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65018</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>“Hipokriti i shëmbëllen deles së hamendur mes dy kopeve: herë shkon te këto, herë tek ato.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Hipokriti i shëmbëllen deles së hamendur mes dy kopeve: herë shkon te këto, herë tek ato.”</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron gjendjen e hipokritit, i cili i shëmbëllen deles së hamendur, e cila nuk di cilën nga dy kopetë ta ndjekë: herë shkon te njëra kope, herë te kopeja tjetër. Ata janë të hutuar mes besimit dhe mosbesimit; ata nuk janë me besimtarët, nga ana e jashtme dhe e brendshme, as me jobesimtarët, nga ana e jashtme dhe e brendshme, por pamja e jashtme e tyre  është me besimtarët, e brendësia e tyre është në dyshim dhe hezitim; herë anojnë nga besimtarët, e herë nga jobesimtarët.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Një nga udhëzimet e Profetit ﷺ është sjellja e shembujve për afrimin e kuptimeve.
 Sqarimi i gjendjes së hipokritëve, meqë ata janë në mëdyshje dhe paqëndrueshmëri.
 Paralajmërim ndaj gjendjes së hipokritëve dhe inkurajim për sinqeritet dhe vendosmëri në besim, si nga ana jashtme, ashtu edhe nga ana e brendshme.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>Besimi vjetrohet brenda ndonjërit prej jush ashtu si vjetrohet rroba, prandaj kërkoni nga Allahu që të ripërtërijë besimin në zemrat tuaja</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Besimi vjetrohet brenda ndonjërit prej jush ashtu si vjetrohet rroba, prandaj kërkoni nga Allahu që të ripërtërijë besimin në zemrat tuaja."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se besimi vjetrohet në zemrën e muslimanit dhe dobësohet, sikurse rroba e re që vjetrohet për shkak të përdorimit të gjatë. Kjo, për shkak të shpërfilljes ndaj adhurimeve ose bërjes së gjynaheve dhe zhytjes në epshe. Kështu, Profeti ﷺ na porositi që t'i lutemi Allahut të Lartësuar që të na përtërijë besimin, duke i kryer obligimet dhe duke bërë shpesh dhikër (përmendje të Allahut) dhe istigfar (kërkimfalje pej Tij).</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Inkurajimi për t'i kërkuar Allahut të na bëjë të qëndrueshëm (në fe) dhe të na ripërtërijë besimin në zemër.
 Imani (besimi) është fjalë, vepër dhe bindje; shtohet me adhurim dhe pakësohet me mëkatim.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>“Disa prej shenjave të Kiametit janë: pakësimi i diturisë, përhapja e injorancës, përhapja e zinasë, përhapja e konsumimit të alkoolit, pakësimi i numrit të meshkujve dhe rritja e numrit të femrave, aq shumë, saqë pesëdhjetë femra do të kenë vetëm një mbikëqyrës.”</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Enesi (Allahu qoftë i kënaqur me të!) ka thënë: "Do t'ju transmetoj një hadith që e kam dëgjuar nga i Dërguari i Allahut ﷺ, të cilin s'do t'jua tregojë askush pos meje. E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Disa prej shenjave të Kiametit janë: pakësimi i diturisë, përhapja e injorancës, përhapja e zinasë, përhapja e konsumimit të alkoolit, pakësimi i numrit të meshkujve dhe rritja e numrit të femrave, aq shumë, saqë pesëdhjetë femra do të kenë vetëm një mbikëqyrës.”</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi se një nga shenjat e Kiametit që po afrohet është se do të pakësohet dituria rreth fesë, e kjo do të jetë për shkak të vdekjes së dijetarëve. Si rrjedhojë e kësaj, shtohet dhe përhapet injoranca, përhapet zinaja dhe paturpësia, përhapet konsumimi i alkoolit, pakësohet numri i meshkujve dhe shtohet numri i femrave, saqë për pesëdhjetë femra është vetëm një burrë që kujdeset për punët dhe interesat e tyre.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Sqarimi i disa shenjave të Kiametit
 Dituria lidhur me kohën e Kiametit është prej çështjeve të fshehta, që i di vetëm Allahu.
 Inkurajimi për të mësuar dituri fetare para humbjes së saj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ</t>
+    <t>لا تقوم الساعة حتى يمر الرجل بقبر الرجل فيقول: يا ليتني مكانه</t>
   </si>
   <si>
     <t>“Kiameti nuk do të ndodhë pa ardhur koha kur njeriu të kalojë pranë varrit të tjetrit dhe të thotë: "Ah, sikur të isha në vend të tij!”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Kiameti nuk do të ndodhë pa ardhur koha kur njeriu të kalojë pranë varrit të tjetrit dhe të thotë: "Ah, sikur të isha në vend të tij!”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الساعةَ لن تقوم حتى يَمُرَّ الرجلُ بالقبر فيتمنى أن يكون ميتًا مكانه، والسبب هو خوفُه على نفسِه من ذهاب دينه بِغَلَبَة الباطل وأهله، وظهور الفتن والمعاصي والمنكرات.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregoi se Kiameti nuk do të ndodhë pa ardhur koha kur njeriu të kalojë pranë varrit dhe të dëshirojë të ishte në vend të tij (i vdekur). Shkak është frika që ka për veten e tij se mos i humb feja, për shkak të dominimit të së kotës dhe njerëzve që merren me këtë gjë, shfaqjes së fitneve (trazirave, sprovave), mëkateve dhe të këqijave.</t>
   </si>
   <si>
     <t>الإشارة بظهور المعاصي والفتن آخر الزمان.
 الحث على أخذ الحذر والاستعداد للموت بالإيمان والأعمال الصالحة، والبعد عن مواطن الفتن والبلاء.</t>
   </si>
   <si>
     <t>Sinjalizimi se mëkatet dhe fitnet (trazirat) do të shfaqen në kohën e fundit (para Kiametit).
 Inkurajimi që të bëjmë kujdes dhe të përgatitemi për vdekjen me besim dhe vepra të mira e të largohemi nga vendet e fitneve dhe sprovave.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65022</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>“Kiameti nuk do të ndodhë pa i luftuar ju hebrenjtë, saqë edhe guri, mbrapa të cilit do të fshihet hebreu, do të thërrasë: "O musliman, këtu, mbrapa meje, është një hebre, vrite!”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kiameti nuk do të ndodhë pa i luftuar ju hebrenjtë, saqë edhe guri, mbrapa të cilit do të fshihet hebreu, do të thërrasë: "O musliman, këtu, mbrapa meje, është një hebre, vrite!”</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se Kiameti nuk do të vijë pa luftuar muslimanët dhe hebrenjtë me njëri-tjetrin. Edhe sikur hebreu të ikte pas gurit për t'u fshehur nga muslimanët, Allahu do ta bëjë gurin të flasë dhe ta thërrasë muslimanin se një hebre është pas tij, derisa të shkojë ta vrasë.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Profeti ﷺ lajmëroi për disa nga gjërat e padukshme të së ardhmes, sipas asaj që e ka njoftuar Allahu i Lartësuar, e kjo do të ndodhë pashmangshmërisht.
 Muslimanët do t'i luftojnë hebrenjtë në fund të kohës (para Kiametit) dhe kjo është një nga shenjat e Kiametit.
 Feja islame do të qëndrojë deri në Ditën e Kiametit dhe do të ngadhënjejë mbi të gjitha fetë.
 Allahu u jep fitoren muslimanëve kundër armikut të tyre dhe prej kësaj është se do ta bëjë gurin të flasë në fund të kohës (para Kiametit).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65023</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ</t>
+    <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
     <t>“Betohem në Atë, në Dorën e të Cilit është shpirti im, se është afruar koha kur Isai, i biri Merjemes, do të zbresë mes jush dhe do të gjykojë me drejtësi: do ta thyejë kryqin, do ta mbysë derrin dhe do ta shfuqizojë xhizjen. Pasuria do të rrjedhë aq shumë, saqë askush nuk do të ketë nevojë për të.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Betohem në Atë, në Dorën e të Cilit është shpirti im, se është afruar koha kur Isai, i biri Merjemes, do të zbresë mes jush dhe do të gjykojë me drejtësi: do ta thyejë kryqin, do ta mbysë derrin dhe do ta shfuqizojë xhizjen. Pasuria do të rrjedhë aq shumë, saqë askush nuk do të ketë nevojë për të.”</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith u betua se zbritja e Isait, të birit të Merjemes (alejhi selam) është e afërt, i cili do të gjykojë mes njerëzve me drejtësi, sipas sheriatit muhamedan, do ta thyejë kryqin, të cilin e madhërojnë të krishterët dhe Isai (alejhi selam) do ta mbysë derrin. Gjithashtu Isai (alejhi selam) do ta shfuqizojë xhizjen dhe do të kërkojë nga të gjithë njerëzit që të futen në Islam. Pasuria në atë kohë do të rrjedhë aq shumë, saqë askush nuk do ta pranojë. Kjo, për shkak të bollëkut të saj dhe se çdo njeriu do t'i mjaftojë ajo që ka në duart e tij: begatitë do të zbresin dhe të mirat do të jenë të vazhdueshme.</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
     <t>Pohimi se Isai (alejhi selam) do të zbresë në fund të kohës (para Kiametit) dhe se ai është prej shenjave të Kiametit.
 Sheriatin e Profetit Muhamed ﷺ nuk e shfuqizon asnjë sheriat tjetër.
 Begatitë e të mirat do të zbresin në fund të kohës (para Kiametit), ndërsa njerëzit do t’i kushtojnë rëndësi atyre.
 Sihariq se feja islame do të vazhdojë, meqë Isai (alejhi selam) me të do të gjykojë në fund të kohës (para Kiametit).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65025</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>“Kiameti nuk do të ndodhë pa lindur Dielli nga perëndimi. Kur të lindë dhe njerëzit ta kenë parë, të gjithë do të besojnë</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kiameti nuk do të ndodhë pa lindur Dielli nga perëndimi. Kur të lindë dhe njerëzit ta kenë parë, të gjithë do të besojnë. Por, kjo është koha kur: “... nuk do t'i bëjë dobi askujt besimi i tij, nëse nuk ka besuar më parë, ose nuk ka bërë ndonjë të mirë në besimin e tij.” (El Enam, 158) Kiameti do të ndodhë aq papritmas, saqë dy persona që i kanë shtrirë rrobat e tyre pranë njëri-tjetrit, nuk do të arrijnë as t'i shesin, as t'i palosin. Kiameti do të ndodhë aq papritmas, saqë personi që sapo e ka mjelë qumështin e devesë, nuk do të arrijë dot ta pijë. Kiameti do të ndodhë aq papritmas, saqë personi që sapo e ka mbaruar ndërtimin e pusit të tij, nuk do të arrijë të nxjerrë ujë prej tij. Kiameti do të ndodhë aq papritmas, saqë personi që e ka ngritur kafshatën pranë gojës, nuk do të arrijë dot ta hajë.”</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ në këtë hadith na tregon se një nga shenjat e mëdha të Kiametit është se Dielli do të lindë nga perëndimi, në vend të lindjes (siç ndodh zakonisht), e me ta parë njerëzit, do të besojnë të gjithë, pa përjashtim. Në atë rast, jobesimtarit nuk do t'i bëjë dobi besimi e as veprat e tij të mira dhe pendimi nuk do të bëjë dobi. Pastaj Profeti ﷺ tregoi se Kiameti do të vijë befas, madje do të ndodhë kur njerëzit do të jenë në gjendjet dhe punët e jetës së tyre (të përditshme). Kështu, Kiameti do të ndodhë e shitësi dhe blerësi do t'i kenë ta shtrira rrobat e tyre dhe nuk do të mund t'i shesin e as t'i palosin. Kiameti do të ndodhë, saqë njeriu do ta marrë qumështin e devesë së tij që milet, e nuk do ta pijë dot. Kiameti do të ndodhë, saqë njeriu do ta rregullojë pusin e tij dhe do ta suvatojë, e nuk do të pijë dot prej tij. Kiameti do të ndodhë, saqë njeriu do ta ngrejë kafshatën e tij në gojë për të ngrënë, por nuk do ta hajë dot.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>Islami dhe pendimi janë të pranuara derisa të lindë Dielli nga perëndimi.
 Inkurajimi për t'u përgatitur për Kiametin me besim dhe vepra të mira, sepse ai do të vijë befas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65026</t>
   </si>
   <si>
-    <t>لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ</t>
+    <t>لا تقوم الساعة حتى يتقارب الزمان</t>
   </si>
   <si>
     <t>“Kiameti nuk do të ndodhë derisa të afrohet (shkurtohet) koha</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ، فَتَكُونَ السَّنَةُ كَالشَّهْرِ، وَيَكُونَ الشَّهْرُ كَالْجُمُعَةِ، وَتَكُونَ الْجُمُعَةُ كَالْيَوْمِ، وَيَكُونَ الْيَوْمُ كَالسَّاعَةِ، وَتَكُونَ السَّاعَةُ كَاحْتِرَاقِ السَّعَفَةِ الْخُوصَةُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Kiameti nuk do të ndodhë derisa të afrohet (shkurtohet) koha, kështu që një vit do të jetë si një muaj, një muaj si një javë, një javë si një ditë, një ditë si një orë dhe një orë do të jetë si djegia e një gjethi palme."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregoi se prej shenjave të Kiametit është afrimi (shkurtimi) i kohës, kështu që një vit kalon sikurse një muaj, një muaj kalon sikurse një javë, një javë kalon sikurse një ditë, një ditë kalon sikurse një orë dhe ora kalon me një shpejtësi të madhe, sikurse kur të digjet një gjeth palme.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>Prej shenjave të Kiametit është heqja e begatimit të kohës dhe (kalimi) i shpejtë i saj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65027</t>
   </si>
   <si>
-    <t>يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ</t>
+    <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
     <t>“Allahu do ta kapë Tokën, ndërsa qiejt do t'i palosë me të Djathtën e Tij, pastaj do të thotë: "Unë jam Mbreti! Ku janë mbretërit e Tokës?”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: “Allahu do ta kapë Tokën, ndërsa qiejt do t'i palosë me të Djathtën e Tij, pastaj do të thotë: "Unë jam Mbreti! Ku janë mbretërit e Tokës?”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregoi se Allahu i Lartësuar, në Ditën e Kiametit, do ta kapë dhe do ta tubojë Tokën, ndërsa qiejt do t'i palosë me Dorën e Tij të djathtë dhe do t'i mbështjellë njërin mbi tjetrin e pastaj do t'i asgjësojë e do t'i zhdukë, e më pas do të thotë: "Unë jam Mbreti! Ku janë mbetërit e Tokës?!"</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
     <t>Rikujtim se mbretëria e Allahut do të jetë e vazhdueshme, ndërsa mbretëria e të tjerëve do të zhduket.
 Madhëria e Allahut dhe madhështia e fuqisë, pushtetit dhe mbretërisë së Tij të përsosur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65028</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>“Gjerësia e Hauzit tim është sa një muaj ecje. Uji i tij është më i bardhë se qumështi, aroma e tij është më e mirë se myshku</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me ta!) transmeton se Profeti ﷺ ka thënë: “Gjerësia e Hauzit tim është sa një muaj ecje. Uji i tij është më i bardhë se qumështi, aroma e tij është më e mirë se myshku, enët e tij janë sikurse yjet e qiellit. Kush pi prej tij, nuk do të ketë etje kurrë.”</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se ai do të ketë Hauz (Pellg) në Ditën e Kiametit, gjatësia dhe gjerësia e të cilit do të jetë sa një muaj ecje. Uji i tij është më i bardhë se qumështi, aroma e tij është e pastër dhe më e këndshme se aroma e myshkut, enët e tij janë sikurse yjet në qiell, pra, aq shumë. Kush pi prej Hauzit me këto enë, nuk do të ketë etje kurrë.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Hauzi i Profetit ﷺ është një pellg - vendtubim i madh uji tek i cili do të shkojnë besimtarët nga umeti i tij në Ditën e Kiametit.
 Ai që pi nga Hauzi do të jetë i begatuar, meqë nuk do të ketë kurrë etje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>“Unë do të jem te Hauzi dhe do t'i shoh ata prej jush që do të vijnë tek unë. Disa njerëz do të pengohen të vijnë tek unë, andaj unë do të them: "O Zot, ata janë me mua dhe të umetit tim!</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Esma bint Ebu Bekri (Allahu qoftë i kënaqur me ta!) transmeton se Profeti ﷺ ka thënë: “Unë do të jem te Hauzi dhe do t'i shoh ata prej jush që do të vijnë tek unë. Disa njerëz do të pengohen të vijnë tek unë, andaj unë do të them: "O Zot, ata janë me mua dhe të umetit tim!" Atëherë më thuhet: "A e di çfarë kanë vepruar pas teje? Për Allahun, ata janë kthyer në besimin e mëhershëm (janë bërë renegatë).”</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se në Ditën e Kiametit do të jetë te Hauzi i tij, në mënyrë që t'i shohë kush nga umeti i tij do të shkojë te Hauzi. Afër Profetit ﷺ disa njerëz do të pengohen, ndërsa ai do të thotë: "O Zot, ata janë me mua dhe të umetit tim!" Atëherë i thuhet: "A e di se çfarë bënë ata pas teje? Pasha Allahun, ata e kthyen shpinën dhe e braktisën fenë e tyre, prandaj nuk janë prej teje e as prej umetit tënd."</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Mëshira dhe interesimi i Profetit ﷺ ndaj umetit të tij.
 Rreziku i kundërshtimit të asaj në të cilën ishte Profeti ﷺ.
 Inkurajimi për t'u kapur fort për Sunetin e Profetit ﷺ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>Betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se enët e tij janë më shumë se të gjitha yjet dhe planetët e qiellit</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>Ebu Dherri (Allahu qoftë i kënaqur me të!) tregon: "Thashë: "O i Dërguari i Allahut, si janë enët e Hauzit tënd?" Profeti ﷺ tha: “Betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se enët e tij janë më shumë se të gjitha yjet dhe planetët e qiellit që shihen në një natë të errët pa re. Sa u përket enëve të Xhenetit, ai që pi prej tyre s'do të ndiejë më kurrë etje pas kësaj, e aty (në Hauz) derdhen dy gryka nga Xheneti. Ai që pi prej tij, nuk ndien më etje. Gjerësia e tij dhe gjatësia janë sa distanca mes qytetit të Amanit dhe Ejles. Uji i tij është më i bardhë se qumështi e më i ëmbël se mjalti.”</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>Profeti ﷺ u betua se enët e Pellgut të tij në Ditën e Kiametit do të jenë më shumë se numri i yjeve dhe planetëve të qiellit. Kjo shfaqet në një natë të errët dhe pa hënë; sepse në një natë me hënë, yjet nuk duken, sepse janë të mbuluara nga drita e hënës dhe nuk ka re; ngase prania e reve e pengon (njeriun) t'i shohë yjet. Kushdo që pi nga pija që është në enët e Xhenetit, nuk do të ketë kurrë etje dhe kjo do të jetë etja e fundit që do ta përjetojë pirësi. Te Hauzi i Profetit ﷺ rrjedhin dy gryka nga Xheneti; gjerësia e tij dhe gjatësia janë të njëjta. Hauzi është me kënde të barabarta, gjatësia e tij është e barabartë me distancën midis Amanit, i cili është një qytet në Balka të Shamit, deri në Ejlea, që është një qytet i njohur në skaj të Shamit. Uji i Hauzit është më i bardhë se qumështi dhe shija e tij është më e ëmbël se mjalti.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Pohimi i Hauzit dhe llojet e begatisë në të.
 Madhësia e Hauzit, gjatësia, gjerësia dhe numri i enëve të tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>Allahu do ta shpëtojë një njeri nga umeti im para të gjitha krijesave në Ditën e Llogarisë</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amër ibnul Asi (Allahu qoftë i kënaqur me të!) përcjell se i Dërguari i Allahut ﷺ ka thënë: "Allahu do ta shpëtojë një njeri nga umeti im para të gjitha krijesave në Ditën e Llogarisë. Atij ia paraqet nëntëdhjetë e nëntë regjistra (me mëkatet e tij), ku madhësia e secilit regjistër është aq sa shikon syri. Pastaj (Allahu) thotë: "A mohon diçka prej tyre? A të kanë bërë padrejtësi (melekët) e Mi shkruajtës e ruajtës?" Thotë: "Jo, o Zoti im!" Pastaj (Allahu) i thotë: "A ke arsyetim?" Thotë: "Jo, o Zoti im!" Atëherë (Allahu) i thotë: "Në të vërtetë, ti ke një të mirë te Ne, e në këtë ditë nuk të bëhet padrejtësi." Kështu, nxirret një skedë, në të cilën shkruan: "Eshhedu en la ilahe il-lallah, ue eshhedu enne Muhammeden abduhu ue resuluhu - Dëshmoj se nuk meriton të adhurohet askush me të drejtë përveç Allahut dhe dëshmoj se Muhamedi është rob dhe i Dërguari i Allahut." (Allahu) thotë: "Sille peshoren tënde!" Ky njeri thotë: "O Zot, e çfarë është kjo skedë përballë gjithë këtyre regjistrave?!" (Allahu) thotë: "Ty nuk do të të bëhet padrejtësi." Pastaj vendosen regjistrat (me mëkate) në njërën anë të peshores dhe kjo skedë në anën tjetër të saj dhe fluturojnë regjistrat e rëndon skeda, dhe se nuk peshon me emrin e Allahut asgjë."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se Allahu do të zgjedhë - do të shpëtojë një njeri nga umeti i tij para të gjitha krijesave në Ditën e Llogarisë, kështu që ai do të thirret që të japë llogari. Atij ia paraqet nëntëdhjetë e nëntë regjistra, të cilët janë fletushka të veprave të tij të këqija që i bënte në këtë botë dhe gjatësia e çdo regjistri është aq e gjatë sa mund të shikojë syri. Pastaj Allahu i Lartmadhëruar thotë: "A mohon diçka prej asaj që është shkruar në këta regjistra?" A të kanë bërë padrejtësi melekët e Mi shkruajtës e ruajtës?" Ky njeri thotë: "Jo, o Zoti im!" Pastaj Allahu i Lartmadhëruar i thotë: "A ke arsyetim për veprat që i ke bërë në këtë botë, fjala vjen, mos i ke bërë me harresë, gabimisht ose nga padituria. Ky njeri thotë: "Jo, o Zot! Nuk kam kurrfarë arsyetimi." Atëherë Allahu i Lartmadhëruar i thotë: "Në të vërtetë, ti ke një të mirë te Ne, e në këtë ditë nuk të bëhet padrejtësi." Kështu, nxirret një skedë, në të cilën shkruan: "Eshhedu en la ilahe il-lallah, ue eshhedu enne Muhammeden abduhu ue rasuluhu - Dëshmoj se nuk meriton të adhurohet askush me të drejtë përveç Allahut dhe dëshmoj se Muhamedi është rob dhe i Dërguari i Allahut." Allahu i Lartmadhërishëm i thotë këtij njeriu: "Sille peshoren tënde!" Ky njeri i habitur thotë: "O Zot! Sa do të peshojë kjo skedë përballë këtyre regjistrave?!" Allahu i Lartmadhëruar i thotë: "Nuk do të të bëhet padrejtësi." Pastaj vendosen regjistrat (me gjynahe) në njërën anë të peshores dhe kjo skedë në anën tjetër, ndërsa fluturon dhe rëndon ana në të cilën është skeda, kështu që Allahu e fal.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Madhështia e fjalës së teuhidit (monoteizmit): "Dëshmia: "La ilahe il-lallah - Nuk ka zot që meriton të adhurohet përveç Allahut" dhe pesha e saj (e rëndë) në peshore.
 Nuk mjafton të thuhet: "La ilahe il-lalllah vetëm me gjuhë, por është e domosdoshme të dihet kuptimi i saj dhe të veprohet sipas kërkesave të saj."
 Sinqeriteti dhe fuqia e teuhidit (monoteizmit) janë shkak për shlyerjen e gjynaheve.
 Besimi dallon prej njërit te tjetri, në varësi të sinqeritetit që është në zemër. Disa njerëz mund ta thonë këtë fjalë, por ndëshkohen në varësi të gjynaheve të tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Kur Allahu e krijoi Xhenetin dhe Zjarrin, e dërgoi Xhibrilin (alejhi selam) në Xhenet</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Kur Allahu e krijoi Xhenetin dhe Zjarrin, e dërgoi Xhibrilin (alejhi selam) në Xhenet dhe i tha: "Shikoje atë dhe çfarë kam përgatitur në të për banorët e tij!" E shikoi dhe u kthye, pastaj tha: "Pasha krenarinë Tënde, kushdo që do të dëgjojë për të, do të (mundohet të) hyjë në të." Atëherë (Allahu) urdhëroi që të rrethohet (Xheneti) me vështirësi. Sërish i tha: "Shko dhe shikoje atë dhe çfarë kam përgatitur në të për banorët e tij!" Kështu, e shikoi, kur ja, ishte rrethuar me vështirësi, kështu që tha: "Pasha krenarinë Tënde, kam frikë se askush nuk do të hyjë në të." (Allahu) i tha: "Shko shikoje Zjarrin dhe çfarë kam përgatitur në të për banorët e tij!" E shikoi atë, kur ja, ishte ndërtuar në shtresa një mbi një, kështu që u kthye dhe tha: "Pasha krenarinë Tënde,  askush nuk do (të dëshirojë) të hyjë në të!" Atëherë (Allahu) urdhëroi që të rrethohet (Zjarri) me epshe. Sërish i tha: "Kthehu dhe shikoje!" Kështu, e shikoi, kur ja, ishte rrethuar me epshe, kështu që u kthye dhe tha: "Pasha krenarinë Tënde, kam frikë se askush nuk do t'i shpëtojë hyrjes në të!"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregoi se, kur Allahu e krijoi 
 Xhenetin dhe Zjarrin, i tha Xhibrilit (alejhi selam): "Shko në Xhenet dhe shikoje atë!" Kështu ai shkoi dhe e shikoi, e pastaj u kthye. Xhibrili tha: "O Zot, pasha krenarinë Tënde, kushdo që dëgjon për të dhe për begatinë, nderimet dhe mirësitë që i përmban, do të dëshirojë të hyjë në të e të punojë për të. Pastaj Allahu e rrethoi Xhenetin me gjëra të padëshiruara dhe me vështirësi, bie fjala, me: kryerjen e urdhrave dhe shmangien e ndalesave. Andaj, kushdo që dëshiron të hyjë në Xhenet, duhet t'i kalojë këto vështirësi. Pastaj Allahu i Larmadhëruar i tha: "O Xhibril! Shko shikoje Xhenetin, pasi e kam rrethuar me vështirësi!" Kështu, shkoi dhe e shikoi atë, pastaj erdhi dhe tha: "O Zot, pasha krenarinë Tënde, kam frikë se askush nuk do të hyjë në të, për shkak të vështirësive që janë në rrugën drejt tij!" Ndërkaq, kur Allahu e krijoi Zjarrin, tha: "O Xhibril! Shko dhe shikoje atë!" Kështu, shkoi dhe e shikoi atë, pastaj erdhi dhe Xhibrili tha: "O Zot, pasha krenarinë Tënde, kushdo që dëgjon për dënimin, mundimin dhe torturën që gjendet në të, do ta urrejë të hyjë në të, kështu që do të qëndrojë larg shkaqeve që çojnë drejt tij!" Më pas, Allahu i Lartmadhëruar e rrethoi Zjarrin dhe e bëri rrugën që çon tek ai (të përbërë) me epshe dhe kënaqësi. Pastaj tha: "O Xhibril, shko dhe shikoje atë!" Kështu, Xhibrili shkoi dhe e shikoi atë, pastaj u kthye dhe tha: "O Zot, pasha krenarinë Tënde, kam frikë se askush nuk do të shpëtojë prej tij, për shkak se është i rrethuar me epshe dhe kënaqësi."</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Besimi se Xheneti dhe Zjarri ekzistojnë tani.
 Është obligim të besohet në të fshehtën dhe në çdo gjë që ka ardhur nga Allahu dhe i Dërguari i Tij ﷺ.
 Rëndësia e durimit përballë vështirësive, sepse kjo është rruga drejt Xhenetit.
 Rëndësia e shmangies së harameve, sepse është rruga që dërgon drejt Zjarrit.
 Xheneti u rrethua me vështirësi, ndërsa Zjarri me epshe. Kjo  nënkupton sprovën dhe provimin në jetën e kësaj bote.
 Rruga për në Xhenet është e vështirë, e mundimshme dhe kërkon durim e përpjekje, duke e shoqëruar me besim, ndërsa rruga për në Zjarr është e mbushur me kënaqësi dhe epshe të kësaj bote.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>“Vdekja do të sillet në formë të një dashi laraman</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Vdekja do të sillet në formë të një dashi laraman dhe dikush do të thërrasë: "O banorë të Xhenetit!" Ata do t'i zgjasin kokat për të shikuar. Thirrësi pyet: "E njihni këtë?" Ata thonë: "Po, kjo është vdekja." Profeti ﷺ thotë: "Dhe, të gjithë tanimë e kanë parë." Pastaj thërret: "O banorë të Zjarrit!" Ata i zgjasin kokat për të shikuar. Ai pyet: "E njihni këtë?" Ata thonë: "Po, kjo është vdekja." Profeti ﷺ thotë: "Dhe, të gjithë tanimë e kanë parë." Në atë rast ajo theret dhe thirrësi thotë: "O banorë të Xhenetit, jetoni përjetësisht, se nuk ka më vdekje, dhe, o banorë të Zjarrit, jetoni përjetësisht, se nuk ka më vdekje!” Pastaj, i Dërguari i Allahut ﷺ lexoi ajetin: “Paralajmëroji ata (o Muhamed) për Ditën e Pikëllimit, kur do të japin llogari, ndonëse tani ata janë të shkujdesur dhe nuk besojnë.” (Merjem, 39) Këta, që përshkruhen se janë të shkujdesur, janë njerëzit që jepen pas dynjasë.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se vdekja do të sillet në Ditën e Kiametit në formën e një dashi, i cili ka (ngjyrë) të bardhë dhe të zezë. Do të bëhet thirrja: "O banorë të Xhenetit!" Ata do t'i zgjasin qafat dhe do t'i ngrenë kokat për të shikuar. Ai pyet: "A e dini këtë?" Ata thonë: "Po, kjo është vdekja." Dhe, të gjithë tanimë e shohin dhe e njohin. Pastaj thirrësi thërret: "O banorë të Xhehenemit!" Ata do t'i zgjasin qafat dhe do t'i ngrenë kokat për të shikuar. Ai pyet: "E njihni këtë?" Ata thonë: "Po, kjo është vdekja." Dhe, të gjithë tanimë e kanë parë; pastaj ajo theret. Në atë rast thirrësi thotë: "O banorë të Xhenetit, jetoni përjetësisht, se nuk ka më vdekje, dhe, o banorë të Zjarrit, jetoni përjetësisht, se nuk ka më vdekje!” E, kjo do të jetë shtim për lumturinë e besimtarëve dhe hakmarrje për t'i dënuar jobesimtarët. Pastaj Profeti ﷺ lexoi ajetin: “Paralajmëroji ata (o Muhamed) për Ditën e Pikëllimit, kur do të japin llogari, ndonëse tani ata janë të shkujdesur dhe nuk besojnë.” (Merjem, 39) Dita e Kiametit bën që të ndahen banorët e Xhenetit dhe të Zjarrit, ku secili do të hyjë në atë që ka ndjekur dhe do të qëndrojë aty përgjithmonë. Keqbërësi pendohet dhe i bie pishman përse nuk ka bërë mirë, gjithashtu ai që u tregua i mangët i bie pishman përse nuk shtoi më shumë vepra të mira.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>Fundi i njeriut në botën tjetër është përjetësia në Xhenet ose në Zjarr.
 Paralajmërimi i ashpër për tmerrin e Ditës së Kiametit dhe se ajo është Dita e Pikëllimit dhe Pendimit.
 Sqarimi se banorët e Xhenetit do të jenë të lumtur në vazhdimësi dhe se banorët Zjarrit do të jenë të pikëlluar në vazhdimësi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>“Zjarri juaj është një e shtatëdhjeta pjesë e zjarrit të Xhehenemit</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Zjarri juaj është një e shtatëdhjeta pjesë e zjarrit të Xhehenemit.” Dikush i tha: "O i Dërguari i Allahut, edhe po të ishte sa zjarri i dynjasë, do të ishte i mjaftueshëm." Ai tha: “Ai (zjarri i Xhehenemit) është për gjashtëdhjetë e nëntë hise më i nxehtë. Secila hise ka nxehtësinë e zjarrit të kësaj bote.”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se zjarri i kësaj bote është një e shtatëdhjeta pjesë e zjarrit të Xhehenemit. Zjarri i botës tjetër është gjashtëdhjetë e nëntë herë më i nxehtë se nxehtësia e zjarrit të kësaj bote, ku secila hise e tij është e barabartë me nxehtësinë e zjarrit të kësaj bote. Dikush tha: "O i Dërguari i Allahut, zjarri i kësaj bote do të mjaftonte për t'i dënuar ata që futen në të!" Ai tha: "Zjarri i Xhehenemit është gjashtëdhjetë e nëntë herë më i nxehtë. Secila hise ka nxehtësinë e zjarrit të kësaj bote.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Paralajmërim për Zjarrin, që njerëzit të rrinë larg veprimeve që çojnë drejt tij.
 Madhësia e zjarrit të Xhehenemit dhe ndëshkimit të tij, si dhe nxhehtësia e tij e madhe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>se i Dërguari i Allahut ﷺ ishte më i vërteti, vërtetësia e të cilit është dëshmuar, dhe thoshte: “Çdo njeriu i tubohet krijimi në mitrën e nënës së tij për dyzet ditë e dyzet net</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ishte më i vërteti, vërtetësia e të cilit është dëshmuar, dhe thoshte: “Çdo njeriu i tubohet krijimi në mitrën e nënës së tij për dyzet ditë e dyzet net, pastaj, për po aq ditë shndërrohet në droçkë gjaku, më pas, për po aq ditë, shndërrohet në copë mishi (sikurse mishi i përtypur). Pastaj, atij i dërgohet një melek i urdhëruar me katër gjëra: të shkruajë furnizimin e tij, jetëgjatësinë, veprën, si dhe nëse do të jetë fatzi ose i lumtur (në botën tjetër). Më pas, i fryhet shpirti. Prej jush ka të atillë që, bën vepra të xhenetlinjve, madje aq sa vetëm një kut e ndan prej Xhenetit, por, ja që vjen në shprehje ajo që i është shkruar, kështu që punon vepra të banorëve të Zjarrit, rrjedhimisht hyn në të, dhe anasjelltas, ka të atillë që bën vepra të xhehenemlinjve, saqë mes tij dhe Zjarrit s’ka më shumë se një kut, por, ja që vjen në shprehje caktimi që i është ndarë, ndaj bën punë të banorëve të Xhenetit dhe hyn në të."</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>Ibn Mesudi thoshte: "I Dërguari i Allahut ﷺ ishte më i
 vërteti, vërtetësia e të cilit është dëshmuar nga Allahu i Lartësuar: Ai ka thënë: "Çdo njeriu i tubohet krijimi, e kjo është kur burri kryen marrëdhënie me bashkëshorten e tij, ku sperma e tij e shpërndarë mblidhet në mitrën e gruas për dyzet ditë si copë e varur gjaku, më pas, në dyzetëshen e dytë, shndërrohet në copë mishi, pra, gjak i trashë e i fortë. e më pas shndërohet në copë mishi, e cila është aq sa përtypet dhe kjo është dyzetëshja e tretë. Pastaj Allahu ia dërgon melekun, i cili i fryn shpirtin, pas përfundimit të dyzetëshes së tretë. Meleku urdhërohet të shkruajë katër gjëra: furnizimin e tij, respektivisht sasinë e begative që do të marrë gjatë jetës së tij; jetëgjatësinë, respektivisht periudhën se sa do të qëndrojë në këtë botë; veprën e tij, se çfarë do të bëjë dhe se a do të jetë i lumtur a fatzi (në botën tjetër). Pastaj Profeti ﷺ u betua se ndonjë njeri do të bëjë vepra të banorëve të Xhenetit dhe veprat e tij do të jenë të mira, pra, njerëzve u duken të tilla, si dhe do të vazhdojë kështu, derisa mes tij dhe Xhenetit të jetë vetëm sa një kut, që do të thotë: ajo që mbetet mes tij dhe arritjes në Xhenet është gjatësia e një kuti, por libri ia parakalon dhe ajo që është caktuar për të, kështu që bën vepra të banorëve të Zjarrit dhe në këtë gjendje përfundon dhe, si rrjedhojë, futet në Zjarr, sepse kusht që puna e tij të pranohet është që të jetë i qëndrueshëm në të dhe të mos ndryshojë. Ndërkaq, një njeri tjetër bën vepra të banorëve të Zjarrit, derisa të jetë afër hyrjes në të, saqë ajo që mbetet mes tij dhe arritjes në Zjarr është gjatësia e një kuti, por libri ia parakalon dhe ajo që është caktuar për të, kështu që bën vepra të banorëve të Xhenetit dhe, si rrjedhojë, futet në Xhenet.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Fundi i çështjeve varet nga ajo që është vendosur dhe përcaktuar më parë.
 Paralajmërim për të mos u mashtruar me llojet e veprave, sepse veprat vlerësohen sipas përfundimit të tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>“Allahu i shkroi caktimet për të gjitha krijesat, pesëdhjetë mijë vjet</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Allahu i shkroi caktimet për të gjitha krijesat, pesëdhjetë mijë vjet para se t'i krijonte qiejt e Tokën, ndërkohë që Arshi i Tij ishte mbi ujë.”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se Allahu i shkroi hollësisht caktimet e të gjitha krijesave, të cilat do të ndodhin, përfshirë: jetën, vdekjen, riskun dhe gjëra të tjera. Këto i shkroi në Leuhul Mahfudh (Pllakën e Ruajtur Mirë) pesëdhjetë mijë vjet para se t'i krijonte qiejt dhe Tokën, të cilat do të ndodhin sipas asaj që ka paracaktuar Allahu i Lartmadhëruar. Çdo gjë që ndodh, ndodh me kadanë dhe kaderin e Allahut (caktimin dhe paracaktimin e Tij). Ajo që e ka godituar njeriun, nuk ka mundësi të mos e godiste, ndërsa ajo që nuk e ka godituar njeriun, nuk ka mundësi ta godiste.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Është obligim të besohet në kadanë dhe kaderin e Allahut.
 Kaderi nënkupton: dijen e Allahut rreth gjërave, shkrimin, vullnetin dhe krijimin e tyre.
 Besimi se cakimet janë të shkruara para krijimit të qiejve dhe Tokës, jep si fryt të qenët i kënaqur dhe i nënshtruar (ndaj çdo gjëje që e ka cakatuar Allahu).
 Arshi (Froni) i të Gjithëmëshirshmit ka qenë mbi ujë para krijimit të qiejve e Tokës.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>“Çdo gjë është me caktimin e Allahut, madje edhe pafuqia dhe fuqia, - ose ka thënë: fuqia dhe pafuqia (për të vepruar diçka).”</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Tavusi tregon: "Kam takuar disa prej shokëve të të Dërguarit të Allahut ﷺ, të cilët thoshin: "Çdo gjë është me caktimin e Allahut." Po ashtu e kam dëgjuar Abdullah ibn Omerin (Allahu qoftë i kënaqur me të) duke transmetuar se i Dërguari i Allahut ﷺ ka thënë: “Çdo gjë është me caktimin e Allahut, madje edhe pafuqia dhe fuqia, - ose ka thënë: fuqia dhe pafuqia (për të vepruar diçka).”</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se çdo gjë është me caktimin e Allahut; madje edhe pafuqia, respektivisht lënia e asaj që duhet bërë, zvarritja dhe vonesa e saj përtej kohës që ka, duke u angazhuar me çështjet e kësaj bote dhe të botës tjetër. Madje, edhe fuqia, respektivisht gjallëria dhe shkathtësia duke u angazhuar me çështjet e kësaj bote dhe të botës tjetër. Zoti i Plotfuqishëm ka caktuar paaftësinë, fuqinë dhe gjithçka. Ajo nuk vjen në ekzistencë nëse nuk i paraprin dituria dhe vullneti i Zotit.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>Sqarimi i besimit të sahabëve (Allahu qoftë i kënaqur me ta!) rreth kaderit (caktimit).
 Gjithçka ndodh sipas vullnetit të Allahut, madje edhe pafuqia e fuqia.
 Sahabët (Allahu qoftë i kënaqur me ta!) siguroheshin dhe ishin të kujdesshëm për transmetimin e hadithit të të Dërguarit të Allahut ﷺ.
 Besimi në të gjithë kaderin, qoftë i mirë, qoftë i keq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>Nëse Allahu ka caktuar që ndonjë njeri të vdesë në një vend të caktuar, ia bën një nevojë për të shkuar atje</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>Metar ibn Ukamisi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Nëse Allahu ka caktuar që ndonjë njeri të vdesë në një vend të caktuar, ia bën një nevojë për të shkuar atje."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se, kur Allahu cakton që një njeri të vdesë në ndonjë vend të caktuar, ndërsa i tilli nuk është i pranishëm në të, bën që ai të ketë nevojë për të shkuar atje, e kështu ia merr shpirtin në atë vend.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>Ky hadith është vërtetim i falës së Allahut të Lartmadhëruar: "... dhe askush nuk di se në ç’vend do të vdesë." (Lukman, 34)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65040</t>
   </si>
   <si>
-    <t>مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>من كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Ai që gënjen qëllimisht për mua, le të përgatitet për ulësen e tij në Zjarr.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Ai që gënjen qëllimisht për mua, le të përgatitet për ulësen e tij në Zjarr.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن كَذَبَ عليه مُتعمدًا بنِسبةِ قولٍ أو فعلٍ له كَذبًا، فإنّ له في الآخرة مَجلسًا في النار؛ جزاء له على كذبه عليه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi se, ai që gënjen qëllimisht për të, duke i atribuuar ndonjë fjalë ose veprim në mënyrë të gënjeshtërt, atëherë i tilli në botën tjetër do të ketë një vend në Zjarr, si ndëshkim për gënjeshtrën ndaj tij.</t>
   </si>
   <si>
     <t>الكَذب على النبيِّ صلى الله عليه وسلم بالقصد والعَمْد سببٌ لدخول النار.
 الكذب على النبي عليه الصلاة والسلام ليس كالكذب على سائر الناس، لِمَا يَترتَّب على ذلك من مفاسد عظيمة في الدين والدنيا.
 التحذير من نشر الأحاديث قبل التثبُّت والتأكد من صحة نسبتها إلى النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Gënjeshtra ndaj Profetit ﷺ me dashje e qëllimisht është shkak për të hyrë në Zjarr.
 Gënjeshtra ndaj Profetit ﷺ nuk është njësoj si të gënjesh ndaj të gjithë njerëzve të tjerë, për shkak të të këqijave të mëdha që rezultojnë në fe dhe në këtë botë.
 Paralajmërim kundër përhapjes së haditheve përpara se të verifikohet dhe të vërtetohet saktësia e atribuimit të tyre Profetit ﷺ.</t>
@@ -10605,526 +11346,526 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se, teksa sahabët ishin ulur me Profetin ﷺ në xhami, një burrë i hipur në deve, pasi e uli dhe e lidhi devenë, i pyeti: "Cili prej jush është Muhamedi?" Profeti  ﷺ ishte në mes të njerëzve dhe i thamë: "Ja, ky burri i bardhë (fytyrëndritur), që po rri mbështetur." O nipi i Abdulmutalibit, - iu drejtua ky burrë. Profeti ﷺ i tha: "Të dëgjova dhe pyet, se do të të përgjigjem." Ky burrë i tha Profetit ﷺ: "Do të të pyes për diçka të madhe, kështu që do të jem i rëndë në pyetje, andaj mos m'u hidhëro." Pra, mos u zemëro me mua dhe mos u ngushto! Profeti ﷺ i tha: "Pyet çfarë të duash." Ai tha: "Po të bëj be në Zotin tënd dhe në të atyre para teje, a me të vërtetë Allahu të ka dërguar te të gjithë njerëzit?" Profeti ﷺ tha: “Po, betohem në Allahun se ashtu është”, duke pohuar sinqeritetin e tij. Ky burrë i tha: "Po të bëj be në Allahun, a Allahu të ka urdhëruar t'i falësh pesë namaze gjatë ditës e natës?" Këto janë namazet obligative. Profeti ﷺ tha: “Po, betohem në Allahun se ashtu është.” Ai tha: "Po të pyes, duke të bërë be në Allahun, a Allahu të ka urdhëruar ta agjërosh këtë muaj të vitit?" Pra, muajin Ramazan. Profeti ﷺ: “Po, betohem në Allahun se ashtu është.” Ai tha: "Po të bëj be në Allahun, a Allahu të ka urdhëruar ta marrësh sadakanë prej të pasurve tanë dhe t'ua ndash të varfërve tanë?" Pra, zekatin. Profeti ﷺ tha: “Po, betohem në Allahun se ashtu është.” Dimami hyri në Islam dhe i tha Profetit ﷺ se do ta thërriste popullin e tij në Islam. Pastaj ai u prezantua se ishte Dimam ibn Thalebe nga fisi i Sad ibn Bekrit.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Thjeshtësia e Profetit ﷺ, meqë ky burë nuk mund të bënte dallim mes tij dhe shokëve të tij.
 Sjellja e mirë e Profetit ﷺ dhe butësia e tij gjatë përgjigjeve ndaj pyetësit, për faktin se përgjigjja e mirë është një nga shkaqet e pranimit të davetit (thirrjes në Islam).
 Lejohet të identifikohet një njeri me një karakteristikë që e ka: bardhësi, ngjyrë të kuqe, gjatësi, shkurtësi dhe të ngjashme, e cila nuk ka për qëllim të tregojë ndonjë të metë për të (kuptohet), nëse personi i tillë nuk e urren këtë gjë.
 Lejohet që një jobesimtar të hyjë në xhami për ndonjë nevojë.
 Meqë haxhillëku nuk është përmendur në hadith, mbase atëkohë nuk ishte obligim, kur pati ardhur Dimami te Profeti ﷺ.
 Sahabët kishin dëshirë të madhe që t'i ftonin njerëzit (në Islam); e, me ta pranuar Islamin Dimami, u kujdes me të madhe që ta ftonte popullin e tij (në Islam).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>Profeti ﷺ përmendi diçka dhe tha: "Kjo do të jetë në kohën kur dija të zhduket</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>Zijad ibn Lebidi (Allahu qoftë i kënaqur me të!) tregon: "Profeti ﷺ përmendi diçka dhe tha: "Kjo do të jetë në kohën kur dija të zhduket." I thashë: "O i Dërguari i Allahut, si do të zhduket dituria kur ne lexojmë Kuran dhe ua mësojmë atë fëmijëve tanë, e ata ua mësojnë atë fëmijëve të tyre (e kështu me radhë) deri në Ditën e Kiametit?" Ai tha: "Mos të të pastë nëna, o Zijad! Mendoja se je njeriu më i ditur në Medinë. Vallë, hebrenjtë dhe të krishterë a nuk e lexojnë Tevratin dhe Ungjillin, por nuk veprojnë sipas ndonjë gjëje që gjendet aty?!"</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Profeti ﷺ ishte i ulur në mesin e shokëve të tij dhe tha: "Kjo është koha kur njerëzve u ngrihet dhe u hiqet dituria." Zijad ibn Lebid Ensariu (Allahu qoftë i kënaqur me të!) u habit dhe e pyeti Profetin ﷺ: Si mund të ngrihet e të humbet dituria, kur ne kemi lexuar Kuran dhe e kemi mësuar përmendsh?! Pasha Allahun, ne do ta lexojmë dhe do t'ua mësojmë grave dhe fëmijëve tanë dhe fëmijët tanë do t'ua mësojnë fëmijëve të tyre. Profeti ﷺ i tha i habitur: "Të humbtë nëna, o Zijad! Unë të numëroja si një nga dijetarët e banorëve të Medinës!" Pastaj Profeti ﷺ ia sqaroi se humbja e diturisë nuk është duke e humbur (harruar) Kuranin, por humbja e diturisë do të thotë të humbet jetësimi i tij. Ja, këta janë Tevrati dhe Ungjilli te hebrenjtë dhe te të krishterët, mirëpo, nuk u ka sjellë dobi, as nuk kanë përfituar nga qëllimi (i zbritjes së) tyre, që është jetësimi i asaj që e mësuan.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Prania e mushafëve dhe librave në duart e njerëzve nuk sjell dobi, nëse nuk jetësohen (porositë e tyre).
 Ngritja dhe zhdukja e diturisë mund të bëhet përmes disa gjërave, prej të cilave janë: vdekja e Profetit ﷺ, vdekja e dijetarëve dhe mosjetësimi i diturisë.
 Prej shenjave të Kiametit është zhdukja e diturisë dhe mosjetësimi i saj.
 Inkurajimi për ta jetësuar diturinë, sepse ky është qëllimi i saj.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[Hadithi është sahih li-gajrihi]</t>
   </si>
   <si>
     <t>[E shënon Ibn Maxhe]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>Mos u besoni ithtarëve të Librit e as mos i përgënjeshtroni, por: “Thoni: “Ne besojmë në Allahun, në atë që na është shpallur neve (Kuranin)...”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon: "Ithtarët e Librit e lexonin Tevratin hebraisht dhe ua komentonin muslimanëve në arabisht." I Dërguari i Allahut ﷺ tha: “Mos u besoni ithtarëve të Librit e as mos i përgënjeshtroni, por: “Thoni: “Ne besojmë në Allahun, në atë që na është shpallur neve (Kuranin)...” (El Bekare, 136)</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>Profeti ﷺ e paralajmëroi umetin e tij që të mos mashtrohen nga ajo që ithtarët e Librit e transmetojnë nga librat e tyre, meqë gjatë kohës së Profetit ﷺ hebrenjtë e lexonin Tevratin në gjuhën hebraike, e cila ishte gjuha e hebrenjve, si dhe e komentonin atë në arabisht. Profeti ﷺ u tha: "Mos u besoni ithtarëve të Librit e as mos i përgënjeshtroni!" Kjo është për ato gjëra, që nuk dihet a janë të vërteta a gënjeshtra, për faktin se Allahu i Lartësuar na ka urdhëruar të besojmë në Kuranin që na është shpallur dhe në Librat që u janë shpallur atyre, përveçse ne nuk kemi mundësi të dimë nëse ajo që ata thonë nga ata libra është e vërtetë apo e pavërtetë, nëse nuk ka asgjë në legjislacionin (sheriatin) tonë, që e bën të qartë të vërtetën nga e pavërteta, e, kësisoj ndalemi: as nuk u besojmë, që të mos bëhemi ortakë me ta në atë që shtrembëruan, as i përgënjeshtrojmë; mbase është e vërtetë (ajo që thonë), kështu që po e mohojmë atë që jemi urdhëruar ta besojmë. Prandaj, Profeti  ﷺ na urdhëroi të themi: "Thoni: “Ne besojmë në Allahun, në atë që na është shpallur neve (Kuranin), në atë që i është shpallur Ibrahimit, Ismailit, Is’hakut, Jakubit dhe Esbatëve (bijve të Jakubit), në atë që i është dhënë Musait e Isait dhe në atë që u është dhënë profetëve nga Zoti i tyre. Ne nuk bëjmë kurrfarë dallimi midis tyre dhe vetëm Allahut i përulemi.” (El Bekare, 136)</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>Gojëdhënat e ithtarëve të Librit ndahen në tri lloje: një pjesë që pajtohet me Kuranin dhe Sunetin, kështu që i besojmë; një pjesë që bie në kundërshtim me Kuranin dhe Sunetin, që është e kotë, andaj e përgënjeshtrojmë; dhe pjesa e tretë, rreth së cilës nuk ka asgjë në Kuran dhe Sunet që tregon vërtetësinë ose pavërtetësinë e saj; kjo as besohet e as përgënjeshtrohet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Mos kërkoni dituri për t'u mburrur para dijetarëve, as për të diskutuar me mendjelehtët</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>Xhabir ibn Abdullahu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Mos kërkoni dituri për t'u mburrur para dijetarëve, as për të diskutuar me mendjelehtët, e as që të bëni vende nëpër kuvende! Kushdo që e bën këtë, Zjarri (për të është meritor), Zjarri."</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>Profeti ﷺ tërhoqi vërejtjen kundër kërkimit të diturisë për hir të mburrjes para dijetarëve dhe për t'u paraqitur si dijetar, ose për t'iu drejtuar dhe për të debatuar me mendjelehtët, ose për të mësuar në mënyrë që të zërë vend në kuvende dhe t'i jepet përparësi në to ndaj të tjerëve. Kushdo që e bën këtë, e meriton Zjarrin, për shkak të hipokrizisë dhe mungesës së sinqeritetit në kërkimin e diturisë për hir të Allahut.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>Kërcënimi me Zjarr për këdo që kërkon dituri për t'u mburrur me të, për të debatuar, për të zënë vend nëpër kuvende, e kështu me radhë.
 Rëndësia e nijetit të sinqertë për atë që e mëson dijen dhe ua mëson të tjerëve.
 Nijeti është themeli i veprave dhe në varësi të tij jepet shpërblimi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>“Allahu solli një shembull: një rrugë të drejtë</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>Nevas ibn Seman Ensariu (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Allahu solli një shembull: një rrugë të drejtë, në të dyja anët e kësaj rruge janë dy mure, në të cilat ka dyer të hapura e në çdo derë ka perde të lëshuara dhe në derën hyrëse të rrugës është një thirrës, i cili thotë: “O njerëz, të gjithë hyni në rrugë dhe mos lakoni!” Dhe një thirrës thërret nga brendia e rrugës e, kur të dëshirojë ta hapë ndonjërën prej atyre dyerve, thotë: "Mjerë ti! Mos e hap, se, po e hape, do të hysh në të. Rruga e drejtë është Islami, ndërsa dy muret janë kufijtë e Allahut të Lartësuar. Dyert e hapura janë ndalesat e Allahut të Lartësuar. E ai thirrësi në krye të rrugës është Libri i Allahut të Lartmadhërishëm, ndërsa thirrësi mbi rrugë është këshilluesi i Allahut në zemrën e çdo muslimani.”</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e sqaroi se Allahu e dha shembull Islamin me rrugën e drejtë e të zgjatur, që nuk ka shtrembërime në të, dhe të dy anët e kësaj rruge i rrethojnë dy mure nga të dyja anët dhe këta të dy janë kufijtë e Allahut. Në mes këtyre dy mureve ka dyer të hapura, të cilat janë ndalesat e Allahut. Mbi ato dyer ka perde, që nuk ia shfaqin kalimtarit të asaj rruge kush është brenda tyre. Në fillim të rrugës është një thirrës që i drejton dhe i udhëzon njerëzit duke u thënë: "Ecni mbi të, pa anuar nga skajet dhe anët!" Ky thirrës është Libri i Allahut. Është edhe një thirrës tjetër nga sipër rrugës; ky thirrës është i atillë, që, sa herë që një njeri ecën në rrugë dhe dëshiron të hapë një pjesë të vogël të perdeve të atyre dyerve, ai e qorton duke i thënë: "Mjerë ti, mos e hap! Nëse e hap, do të hysh në të dhe nuk do të mund ta frenosh veten nga hyrja në të! Ky thirrës është këshilluesi i Allahut në zemrën e çdo muslimani."</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>Islami është feja e vërtetë dhe është rruga e drejtë që na shpie në Xhenet.
 Është obligim t'u përmbahemi kufijve të Allahut dhe asaj që e ka lejuar dhe ndaluar (Ai) dhe se pakujdesia ndaj tyre çon drejt shkatërrimit.
 Vlera e Kuranit të Madhëruar dhe inkurajimi për të vepruar sipas tij, sepse ai përmban udhëzimin, dritën dhe suksesin.
 Mëshira e Allahut ndaj robërve të Tij dhe ajo që Ai ka vendosur në zemrat e besimtarëve, gjë që i pengon dhe i këshillon të mos bien në vendshkatërrime.
 Allahu me mëshirën e Tij ka krijuar pengesa për robërit e Tij, që i parandalojnë ata të mos bien në mëkate.
 Një prej mjeteve të mësimdhënies është sjellja e shembujve, për ta përafruar dhe sqaruar çështjen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>Të Dërguarit të Allahut ﷺ i zbriti shpallja duke qenë në moshën dyzetvjeçare</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) ka thënë: "Të Dërguarit të Allahut ﷺ i zbriti shpallja duke qenë në moshën dyzetvjeçare. Në Mekë qëndroi trembëdhjetë vjet, pastaj u urdhërua të bëjë hixhret për në Medinë, ku qëndroi dhjetë vjet dhe vdiq."</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se shpallja i zbriti të Dërguarit të Allahut ﷺ dhe u bë pejgamber në moshën dyzetvjeçare. Ai pas shpalljes qëndroi në Mekë trembëdhjetë vjet dhe u urdhërua të bëjë hixhret në Medinë, ku qëndroi dhjetë vjet, e pastaj vdiq kur ishte gjashtëdhjetetrevjeçar.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Kujdesi që tregonin sahabët për jetëshkrimin e Profetit ﷺ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>Profeti ﷺ nuk e dinte ku mbaronte surja derisa i zbriste: "Me emrin e Allahut, të Gjithëmëshirshmit, Mëshirëplotit!</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) ka thënë: "Profeti ﷺ nuk e dinte ku mbaronte surja derisa i zbriste: "Me emrin e Allahut, të Gjithëmëshirshmit, Mëshirëplotit!"</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) sqaron se suret e Kuranit të Madhërishëm i shpalleshin Profetit ﷺ dhe ai nuk e dinte ndarjen dhe fundin e saj, derisa i zbriste: "Me emrin e Allahut, të Gjithëmëshirshmit, Mëshirëplotit!". Kësisoj e dinte se surja e mëparshme kishte përfunduar dhe se ishte fillimi i një sureje të re.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>Besmeleja (Me emrin e Allahut, të Gjithëmëshirshmit, Mëshirëplotit!) i ndan suret, përveç suren el Enfal me suren et Teube (që nuk ka besmele ndërmjet tyre).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>“A dëshiron dikush nga ju që, kur të kthehet te familja e vet, të gjejë tri deve me barrë, të mëdha e të shëndosha?</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “A dëshiron dikush nga ju që, kur të kthehet te familja e vet, të gjejë tri deve me barrë, të mëdha e të shëndosha?” - Posi, - i thamë. - “Tri ajete të cilat ndonëjri prej jush i lexon gjatë namazit të tij janë më të mira për të sesa tri deve me barrë, të mëdha e të shëndosha”, - tha Profeti ﷺ."</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e sqaron se shpërblimi për leximin e tri ajeteve në namaz është më i mirë se një person të gjejë në shtëpinë e tij tri deve me barrë, të mëdha e të shëndosha.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Sqarimi i vlerës së leximit të Kuranit në namaz.
 Veprat e mira janë më të mira dhe më të përhershme sesa të mirat e kësaj bote kalimtare.
 Kjo vlerë nuk kufizohet në leximin e vetëm tri ajeteve: sa më shumë që namazliu të lexojë ajete në namazin e tij, aq më i mirë do të jetë shpërblimi për ato ajete; aq sa ajete i lexon, i llogariten po aq deve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>Lexuesit të Kuranit do t’i thuhet (në Ditën e Gjykimit): "Lexo dhe ngrihu (shkallëve të Xhenetit), lexo drejt dhe bukur, siç ke lexuar në dynja, se vendi yt është në ajetin e fundit që e lexon.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me ta!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Lexuesit të Kuranit do t’i thuhet (në Ditën e Gjykimit): "Lexo dhe ngrihu (shkallëve të Xhenetit), lexo drejt dhe bukur, siç ke lexuar në dynja, se vendi yt është në ajetin e fundit që e lexon.”</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregoi se lexuesit të Kuranit, i cili e jetëson atë e në vazhdimësi e lexon dhe e mëson përmendsh, kur të hyjë në Xhenet, do t'i thuhet: "Lexoje Kuranin dhe ngrihu përmes kësaj në shkallët e Xhenetit, si dhe lexoje drejt e bukur, ashtu siç e ke lexuar në dynja me kujdes dhe me qetësi, se vendi yt është në ajetin e fundit që lexon."</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Shpërblimi, sa i përket sasisë dhe cilësisë, është në varësi të veprave.
 Inkurajimi për të lexuar Kuran, për ta perfeksionuar, për ta mësuar përmendsh, për ta medituar dhe për të vepruar sipas tij.
 Xheneti ka shumë shkallë e grada dhe shkallët më të larta do t'i arrijë lexuesi i Kuranit.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Ai që lexon Kuran haptazi është si ai që jep sadaka haptazi, ndërsa ai që lexon Kuran fshehtazi është sikurse ai që jep sadaka fshehtazi</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Ukbe ibn Amir Xhuheniu (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Ai që lexon Kuran haptazi është si ai që jep sadaka haptazi, ndërsa ai që lexon Kuran fshehtazi është sikurse ai që jep sadaka fshehtazi."</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi se ai që lexon Kuran botërisht është si ai që jep sadaka botërisht, ndërsa ai që lexon Kuran fshehtazi është si ai që jep sadaka fshehtazi.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Fshehja e leximit të Kuranit është më e mirë, ashtu siç është më e mirë fshehja e sadakasë, për shkak të sinqeritetit dhe largimit nga hipokrizia dhe vetëpëlqimi, përveç rasteve kur nevoja dhe dobia e kërkojnë të bëhet haptazi, siç është mësimi i Kuranit të tjerëve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65055</t>
   </si>
   <si>
-    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>Ju porosis të keni frikë Allahun dhe të jeni të dëgjueshëm e të bindur, edhe nëse ju bëhet prijës ndonjë rob abisinas. Pas meje do të shihni kundërshti të shumta, andaj kapuni fort pas traditës sime dhe traditës së kalifëve të drejtë e të përudhur</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
     <t>Irbad ibn Sarije (Allahu qoftë i kënaqur me të!) ka thënë: Një ditë i Dërguari i Allahut ﷺ u ngrit dhe na këshilloi me një këshillë drithëruese, që na i tronditi zemrat e na i përloti sytë. Atëherë ne i thamë: "O i Dërguari i Allahut, këto fjalë po na duken sikur janë këshillë lamtumirëse, andaj na porosit!" Ai tha: "Ju porosis të keni frikë Allahun dhe të jeni të dëgjueshëm e të bindur, edhe nëse ju bëhet prijës ndonjë rob abisinas. Pas meje do të shihni kundërshti të shumta, andaj kapuni fort pas traditës sime dhe traditës së kalifëve të drejtë e të përudhur, shtrëngojeni me dhëmballë dhe ruajuni nga gjërat e shpikura, sepse çdo bidat është lajthitje."</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
     <t>Profeti ﷺ i këshilloi shokët e tij me një këshillë drithëruese, prej së cilës zemrat u tronditën dhe sytë u përlotën. Atëherë ata i thanë: "O i Dërguari i Allahut, këto fjalë po na duken sikur janë këshillë lamtumirëse!" Kjo, pasi panë se Profeti ﷺ i këshilloi drithërueshëm, prandaj kërkuan një porosi që t'i përmbahen asaj. Profeti ﷺ u tha: "Ju porosis që ta keni frikë Allahun e Lartmadhëruar, duke i kryer obligimet dhe duke i braktisur gjërat e ndaluara, të jeni të dëgjueshëm dhe të bindur, pra, ndaj prijësve, edhe nëse një rob bëhet prijës (i vendit) ose udhëheqës (për ndonjë çështje të veçantë), respektivisht edhe nëse njeriu më i ulët bëhet prijës për ju, mos u zbrapsni nga kjo dhe bindjuni atij, nga frika se ndodhin fitne (trazira e telashe), sepse kushdo nga ju që jeton do të shohë kundërshti të shumta. Pastaj ai ua shpjegoi atyre rrugën e daljes nga kjo kundërshti, pra, duke u kapur fort pas traditës së tij dhe traditës së kalifëve të drejtë e të udhëzuar pas tij: Ebu Bekër Sidikut, Omer ibn Hatabit, Othman ibn Afanit dhe Ali ibn Ebu Talibit (Allahu qoftë i kënaqur me të gjithë!) dhe shtrëngimi i saj me dhëmballë. Me këtë kishte për qëllm të jemi të përpiktë duke u kapur fort për të. Po ashtu ua tërhoqi vërejtjen nga çështjet e shpikura dhe bidatet (risitë) në fe, sepse çdo bidat është devijim.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Rëndësia e të kapurit fort për traditën profetike (sunetin) dhe pasimi i saj.
 Kujdesi për dhënien e këshillave dhe zbutjen e zemrave të të tjerëve.
 Urdhri për ndjekjen e katër kalifëve të drejtë e të udhëzuar pas Profetit ﷺ, që janë: Ebu Bekri, Omeri, Othmani dhe Aliu (Allahu qoftë i kënaqur me ta!).
 Ndalimi i bidatit (risive) në fe dhe se të gjitha bidatet janë devijim.
 Dëgjimi dhe bindja ndaj atyre që i kanë në dorë çështjet e muslimanëve (prijësit) bëhet në gjëra që nuk përbëjnë mëkatim (ndaj Allahut).
 Rëndësia e frikës ndaj Allahut të Lartmadhëruar (devotshmërisë) në çdo kohë dhe në çdo gjendje.
 Kundërshtitë do të ndodhin te muslimanët e, kur të ndodhin, duhet të kthehemi te tradita profetike dhe te tradita e kalifëve të drejtë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65057</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>ata i mësonin dhjetë ajete nga Profeti ﷺ dhe nuk i mësonin dhjetë ajete të tjera pa e mësuar dijen dhe veprimin që përmbanin ato</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Ebu Abdurrahman Sulemiu (Allahu e pastë mëshiruar!) ka thënë: Na kanë treguar ata që na mësonin Kuranin nga sahabët e Profetit ﷺ, se ata i mësonin dhjetë ajete nga Profeti ﷺ dhe nuk i mësonin dhjetë ajete të tjera pa e mësuar dijen dhe veprimin që përmbanin ato. Kështu thoshin: "E mësuam dijen dhe veprimin (së bashku)."</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Sahabët (Allahu qoftë i kënaqur me ta!) i mësonin nga i Dërguari i Allahut ﷺ dhjetë ajete të Kuranit dhe nuk kalonin në asnjë ajet tjetër pa mësuar dijen që përmbanin këto dhjetë ajete dhe duke e vënë në praktikë, kësisoj e mësuan dijen dhe veprimin së bashku.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Vlera e sahabëve (Allahu qoftë i kënaqur me ta!) dhe kujdesi që tregonin për mësimin e Kuranit.
 Mësimi i Kurani bëhet me dije dhe duke e vënë në praktikë, e jo thjesht të lexohet e të mësohet përmendsh.
 Dija është para fjalës dhe veprës.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>O Ebu Mundhir, a e di se cili është ajeti më i madh (më me vlerë) në Librin e Allahut, që e ke me vete?” - më pyeti sërish. - “Allahu! Nuk ka zot tjetër (që meriton adhurimin) përveç Tij, të Përjetshmit, Mbajtësit të gjithçkaje!” (El Bekare, 255) - i thashë. Atëherë me goditi në gjoks dhe më tha: “Për Allahun, e gëzofsh dijen, o Ebu Mundhir!”</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>Ubej ibn Kabi (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ i ka thënë: “O Ebu Mundhir, a e di se cili është ajeti më i madh (më me vlerë) në Librin e Allahut, që e ke me vete?” - Allahu dhe i Dërguari i Tij e dinë më së miri, - i thashë. - “O Ebu Mundhir, a e di se cili është ajeti më i madh (më me vlerë) në Librin e Allahut, që e ke me vete?” - më pyeti sërish. - “Allahu! Nuk ka zot tjetër (që meriton adhurimin) përveç Tij, të Përjetshmit, Mbajtësit të gjithçkaje!” (El Bekare, 255) - i thashë. Atëherë me goditi në gjoks dhe më tha: “Për Allahun, e gëzofsh dijen, o Ebu Mundhir!”</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>Profeti ﷺ e pyeti Ubej ibn Kabin për ajetin më madhështor në Librin e Allahut, kështu që ai hezitoi të përgjigjej, pastaj tha: "Është ajeti kursij: “Allahu! Nuk ka zot tjetër (që meriton adhurimin) përveç Tij, të Përjetshmit, Mbajtësit të gjithçkaje!” (El Bekare, 255) - Profeti ﷺ e mbështeti dhe e goditi gjoksin e tij si shenjë se ishte i mbushur me dituri dhe urtësi, si dhe u lut që ai të gëzohej me këtë dituri dhe t'i lehtësohej."</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>Virtyti madhështor i Ubej ibn Kabit (Allahu qoftë i kënaqur me të!).
 Ajet kursij është ajeti më madhështor në Librin e Allahut të Lartësuar, kështu që duhet të mësohet përmendsh, të meditohen kuptimet i tij dhe të jetësohet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>Çdo natë, kur Profeti ﷺ binte në shtrat, i bashkonte shuplakat e duarve dhe frynte në to duke lexuar suret: el Ihlas, el Felek dhe en Nas</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon: "Çdo natë, kur Profeti ﷺ binte në shtrat, i bashkonte shuplakat e duarve dhe frynte në to duke lexuar suret: el Ihlas, el Felek dhe en Nas, e më pas e përshkonte trupin sa kishte mundësi. Fillonte nga koka dhe fytyra duke vazhduar pastaj me pjesën e mbetur. Kështu vepronte tri herë radhazi."</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>Një nga udhëzimet e Profetit ﷺ ishte se, kur binte në shtrat për të fjetur, i bashkonte shuplakat e duarve dhe i çonte ato, - siç bën lutësi gjatë lutjes, - dhe frynte butësisht nga goja e tij me një të fryrë të vogël, e cila përmbante pakëz pështymë dhe i lexonte tri suret: el Ihlas, el Felek dhe en Nas*, e më pas e përshkonte trupin me duart e tij, aq sa kishte mundësi. Fillonte nga koka dhe fytyra duke vazhduar pastaj me pjesën e mbetur përpara trupit të tij. Kështu vepronte tri herë radhazi.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Është e preferuar të lexohet surja el Ihlas dhe ato el Muavidhetejn (suret: el Felek dhe en Nas) para gjumit, të fryhet me to (duart) dhe të përshkohet trupi sa më shumë me duar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65060</t>
   </si>
   <si>
-    <t>الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ</t>
+    <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>Hebrenjtë janë ata me të cilët Allahu është i zemëruar, ndërsa të krishterët janë të humbur</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
     <t>Adij ibn Hatimi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Hebrenjtë janë ata me të cilët Allahu është i zemëruar, ndërsa të krishterët janë të humbur."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregoi se hebrenjtë janë një popull me të cilin Allahu është hidhëruar, sepse e njohën të vërtetën dhe nuk vepruan sipas saj. Ndërkaq, të krishterët janë popull i devijuar, sepse vepruan pa dituri.</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
     <t>Harmonizimi ndërmjet dijes dhe veprimit është shpëtim nga ruga e atyre me të cilët është hidhëruar Allahu dhe që janë të humbur.
 Paralajmërim nga rruga e hebrenjve dhe të krishterëve e kapja fort për rrugën e drejtë, që është Islami.
 Që të dy popujt, hebrenjtë dhe të krishterët, janë të humbur dhe me ta Allahu është i hidhëruar, mirëpo përshkrimi më i veçantë për hebrenjtë është hidhërimi (i Allahut ndaj tyre), ndërsa përshkrimi më i veçantë për të krishterët është humbja.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65061</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>Kur t'i shohësh ata që ndjekin ajetet jo krejtësisht të qarta, këta janë ata të cilët Allahu i ka përmendur. Andaj, ruajuni prej tyre!</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut e lexoi këtë ajet: “Është Ai që të ka shpallur ty (Muhamed) Librin, disa ajete të të cilit janë të qarta e me kuptim të drejtpërdrejtë. Ato janë themelet e Librit, kurse disa (ajete) të tjera janë jo krejtësisht të qarta (me kuptime alegorike). Ata, zemrat e të cilëve priren nga e pavërteta, ndjekin ajetet më pak të qarta, duke kërkuar të krijojnë pështjellim dhe duke kërkuar t'i komentojnë sipas dëshirës së vet. Por, kuptimin e tyre të vërtetë e di vetëm Allahu. Ndërkaq, ata që janë thelluar në dijeni, thonë: "Ne i besojmë (Kuranit). Të gjitha këto (ajete të qarta e alegorike) janë nga Zoti ynë! Këtë e kuptojnë vetëm mendarët.” (Ali Imran, 7) - dhe tha: “Kur t'i shohësh ata që ndjekin ajetet jo krejtësisht të qarta, këta janë ata të cilët Allahu i ka përmendur. Andaj, ruajuni prej tyre!”</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ e lexoi këtë ajet: “Është Ai që të ka shpallur ty (Muhamed) Librin, disa ajete të të cilit janë të qarta e me kuptim të drejtpërdrejtë. Ato janë themelet e Librit. Kurse disa (ajete) të tjera janë jo krejtësisht të qarta (me kuptime alegorike). Ata, zemrat e të cilëve priren nga e pavërteta, ndjekin ajetet më pak të qarta, duke kërkuar të krijojnë pështjellim dhe duke kërkuar t'i komentojnë sipas dëshirës së vet. Por, kuptimin e tyre të vërtetë e di vetëm Allahu. Ndërsa ata që janë thelluar në dijeni, thonë: "Ne i besojmë (Kuranit). Të gjitha këto (ajete të qarta e alegorike) janë nga Zoti ynë! Këtë e kuptojnë vetëm mendarët.” (Ali Imran, 7) Në këtë ajet, Allahu i Lartësuar tregoi se Ai është që ia zbriti Profetit të Tij Kuranin, i cili përfshin ajete me kuptim të qartë, vendimet e të cilit janë të ditura e nuk ka pështjellime, e të cilat janë themelet e Librit dhe referenca e tij, respektivisht janë referencë kur ka mospajtime. Ka edhe ajete të tjera që bartin më shumë se një kuptim, kuptimi i të cilave disa njerëzve u përzihet, ose mendojnë se ka kontradiktë midis tyre dhe ajeteve të tjera. Më pas Allahu e sqaroi se si duhet të sillen njerëzit me këto ajete; kështu që ata, zemrat e të cilëve priren nga e pavërteta, i braktisin ajetet e qarta e me kuptim të drejtpërdrejtë, e i marrin ajetet jo krejtësisht të qarta, e që bartin disa kuptime, duke synuar me këtë të ngjallin dyshime dhe t'i devijojnë njerëzit, si dhe synojnë t'i interpretojnë sipas asaj që pajtohet me dëshirat e tyre, ndërsa ata që janë të palëkundur në dituri, e dinë se këto janë ajete jo krejtësisht të qarta, kështu që i kthejnë tek ajetet e qarta e me kuptim të drejtpërdrejtë; u besojnë dhe besojnë se janë prej Allahut të Lartësuar, e nuk mund të pështjellohen ose të kenë kontradiktë mes vete, por vetëm ata me mendje të shëndoshë mund të marrin mësim. Pastaj Profeti ﷺ i tha nënës së besimtarëve, Aishes (Allahu qoftë i kënaqur me të!), se, kur t'i shohësh ata që ndjekin ajetet jo krejtësisht të qarta, këta janë ata të cilët Allahu i ka përmendur në fjalën e Tij: "Ata, zemrat e të cilëve priren nga e pavërteta", andaj ruajuni prej tyre e mos i dëgjoni!</t>
   </si>
@@ -11132,1202 +11873,1249 @@
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>Ajetet muhkemat të Kuranit janë ato, domethënia dhe kuptimi i të cilave është i qartë, ndërsa muteshabihat janë ato që kanë më shumë se një kuptim dhe kanë nevojë për këndvështrim dhe të kuptuar (për t'i kuptuar drejt).
 Paralajmërim kundër shoqërimit me të devijuarit, bidatçinjtë dhe ata që hedhin dyshime për t'i mashtruar njerëzit dhe për t'i vënë ata në mëdyshje.
 Në fund të ajetit, në fjalën e Allahut të Lartësuar: "Këtë e kuptojnë vetëm mendarët", ka demaskim ndaj atyre që priren nga e pavërteta dhe ka lavdërim për të thelluarit (në dije). Pra, ai që nuk rikujtohet dhe nuk merr mësim, si dhe e ndjek egon e tij, nuk është prej mendarëve.
 Ndjekja e teksteve jo krejtësisht të qarta është shkak për devijimin e zemrës.
 Është obligim që ajetet jo krejtësisht të qarta, të cilave mbase nuk mund t'u dihet kuptimi, të kthehen tek ajetet e qarta.
 Allahu i Lartësuar disa ajete të Kuranit i ka bërë të qarta dhe disa jo krejtësisht të qarta, si sprovë për njerëzit, në mënyrë që besimtarët e vërtetë të dallohen nga njerëzit e devijuar.
 Fakti që në Kuran ka ajete jo krejtësisht të qarta e shpërfaq epërsinë e dijetarëve ndaj të tjerëve dhe është tregues se mendjet janë të mangëta, prandaj duhet t'u dorëzohen Krijuesit të tyre dhe ta konfirmojnë se janë të paafta.
 Vlera e të qenit i thelluar në dije dhe domosdoshmëria e qëndrueshmërisë në të.
 Komentuesit e Kuranint i kanë dy mendime për ndaljen te fjala "Allahu", tek ajeti: "Por, kuptimin e tyre të vërtetë e di vetëm Allahu dhe ata që janë të thelluar në dijeni." Ata që ndalen te fjala "Allahu", shprehjes tevil ia japin kuptimin: njohja e realitetit të një gjëje, që Allahu atë dije e ka fshehur për Veten dhe që nuk ka mënyrë se si të perceptohet ajo, si çështja e shpirtit dhe Kiametit (se kur do të ndodhë). Që do ta kishte kuptimin: "Por, kuptimin e tyre të vërtetë e di vetëm Allahu." Ndërkaq, të thelluarit në dije u besojnë atyre dhe realitetin e tyre ua lënë Allahut, kështu që dorëzohen dhe i pranojnë. Ndërkaq, ata që gjatë leximit vazhdojnë dhe nuk ndalen te fjala "Allahu", kuptimin do ta kishte: "Por, kuptimin e tyre të vërtetë e di vetëm Allahu dhe ata që janë të thelluar në dijeni." Pra, shprehja tevil në këtë rast e ka kuptimin: shpjegim dhe qartësim. Rrjedhimisht, Allahu e di dhe e dinë edhe të thelluarit në dije, kështu që u besojnë atyre dhe i kthejnë tek ajetet e qarta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65062</t>
   </si>
   <si>
-    <t>مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ</t>
+    <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
   </si>
   <si>
     <t>Nuk ka njeri që bën një mëkat, pastaj ngrihet dhe merr abdes, pastaj fal namaz e i kërkon falje Allahut, përveçse Allahu do ta falë</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
     <t>Aliu (Allahu qoftë i kënaqur me të!) tregon: "Vërtet unë jam një njeri që, kur dëgjoja ndonjë hadith nga i Dërguari i Allahut ﷺ, Allahu më bëri dobi aq sa donte që unë të përfitoja prej tij. Kur ndonjëri nga sahabët më transmetonte ndonjë hadith, unë i kërkoja atij të betohej. Kur ai betohej, unë i besoja. Ebu Bekri më tregoi një hadith, ndërkohë Ebu Bekri tha të vërtetën, se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Nuk ka njeri që bën një mëkat, pastaj ngrihet dhe merr abdes, pastaj fal namaz e i kërkon falje Allahut, përveçse Allahu do ta falë." Pastaj lexoi këtë ajet: "Për ata që, kur bëjnë vepra të turpshme ose i bëjnë dëm vetes, e kujtojnë Allahun, i kërkojnë falje për gjynahet e tyre..." (Ali Imran, 135)</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se, nëse një njeri bën një mëkat, pastaj merr abdes mirë, e pastaj ngrihet dhe i fal dy rekate, me qëllim që të pendohet për këtë mëkat të tijin, e më pas i kërkon falje Allahut, Allahu do ta falë atë me siguri. Pastaj Profeti ﷺ e lexoi fjalën e Allahut të Lartësuar: "Për ata që, kur bëjnë vepra të turpshme ose i bëjnë dëm vetes, e kujtojnë Allahun, i kërkojnë falje për gjynahet e tyre..." (Ali Imran, 135)</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>Inkurajimi për të falur namaz e pastaj kërkimi i faljes (istigfarit) pas mëkatit.
 Falja e gjerë e Allahut të Lartmadhëruar dhe se Ai e pranon pendimin e kërkimfaljen.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65063</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>A nuk ka mundësi që, Ai që e ka bërë të ecë me dy këmbë në këtë botë, ta bëjë të ecë me fytyrë në Ditën e Kiametit?!</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Katadja (Allahu e pastë mëshiruar!) ka thënë: Enes ibn Maliku (Allahu qoftë i kënaqur me të!) rrëfen se një njeri pyeti: - O i Dërguari i Allahut, si ndodh që jobesimtari të ringjallet (duke ecur) me fytyrën e tij? - “A nuk ka mundësi që, Ai që e ka bërë të ecë me dy këmbë në këtë botë, ta bëjë të ecë me fytyrë në Ditën e Kiametit?!” - tha Profeti ﷺ. Katadja shtoi: "Ashtu është, pasha krenarinë e Zotit tonë!"</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Profeti ﷺ është pyetur: "Si ndodh që jobesimtari të ringjallet (duke ecur) me fytyrën e tij?" Profeti ﷺ tha: "A nuk ka mundësi që, Ai që e ka bërë të ecë me dy këmbë në këtë botë, ta bëjë të ecë me fytyrë në Ditën e Kiametit?! Allahu është i Plotfuqishëm për çdo gjë."</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Jobesimtari do të poshtërohet në Ditën e Kiametit dhe do të ecë me fytyrë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>Thuaj: "La ilahe il-lallah, që të dëshmoj për ty në Ditën e Kiametit</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ i tha xhaxhait të vet: “Thuaj: "La ilahe il-lallah, që të dëshmoj për ty në Ditën e Kiametit.” Ai ia ktheu: "Sikur kurejshët të mos ma llogarisnin për turp, do të ta gëzoja zemrën duke e shqiptuar atë, por ata do të thonë: "Frika ishte ajo që e shtyu të thoshte kështu." - Atëherë Allahu zbriti ajetin: “Vërtet, ti (Muhamed) nuk mund të udhëzosh kë të duash, por është Allahu Ai që udhëzon kë të dëshirojë. Ai i njeh më mirë ata që janë të udhëzuar.” (El Kasas, 56)</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Profeti ﷺ i kërkoi xhaxhait të tij, Ebu Talibit, derisa ishte në grahmat e vdekjes, të thoshte: "La ilahe ilallah", që të ndërmjetësonte për të me këtë fjalë në Ditën e Kiametit dhe të dëshmonte se ishte bërë musliman. Ai nuk pranoi ta shqiptonte dëshminë (shehadetin) nga frika se kurejshët do ta shanin dhe do të thoshin:  "Ai u bë musliman nga frika e vdekjes dhe për shkak të dobësisë!" Prandaj ai i tha Profetit ﷺ: "Po të mos ishte kjo, do të fusja gëzim në zemrën tënde duke e shqiptuar dëshminë (shehadetin) dhe do ta realizoja dëshirën tënde derisa të kënaqeshe!" Kështu, Allahu i Lartësuar e zbriti ajetin që tregon se Profeti ﷺ nuk e ka në dorë udhëzimin e suksesit, që dikush të bëhet musliman, por vetëm Allahu i Lartmadhëruar i jep sukses kujt të dojë, ndërsa Profeti ﷺ i udhëzon njerëzit me udhërrëfim, sqarim, përudhje dhe thirrje në rrugën e drejtë.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>E vërteta nuk braktiset nga frika e asaj që thonë njerëzit.
 Profeti ﷺ e ka në dorë udhëzimin e përudhjes dhe tregimit të rrugës, e jo udhëzimin e suksesit.
 Është e lejuar që i sëmuri jobesimtar të vizitohet, për ta ftuar në Islam.
 Kujdesi që tregonte Profeti ﷺ për të ftuar tek Allahu i Lartësuar, në çdo gjendje dhe në çdo situatë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65069</t>
   </si>
   <si>
-    <t>إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً</t>
+    <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
     <t>Ajo që ti e thua dhe në të cilën thërret është gjë e mirë. Sikur të na tregoje se a ka shpagim për veprat tona!</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon: "Disa idhujtarë, të cilët e kishin tepruar me vrasje e zina, shkuan te Muhamedi ﷺ dhe i thanë: "Ajo që ti e thua dhe në të cilën thërret është gjë e mirë. Sikur të na tregoje se a ka shpagim për veprat tona!" Atëherë zbriti ajeti: “Edhe ata që pos Allahut nuk lusin zot tjetër dhe nuk mbysin njeriun që ka ndaluar Allahu, por vetëm kur e meriton në bazë të drejtësisë, dhe që nuk bëjnë zina.” (El Furkan, 68) Po ashtu, zbriti ajeti: “Thuaj: "O robërit e Mi, që i keni bërë keq vetvetes, mos e humbni shpresën në mëshirën e Allahut.” (Ez Zumer, 53)</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>Disa idhujtarë shkuan te Profeti ﷺ dhe kishin bërë shumë vrasje e zina, e në atë rast i thanë Profetit: "Ajo që po thërret në islam dhe mësimet e tij është një gjë e mirë, por cili është halli ynë që kemi rënë në idhujtari dhe mëkate të mëdha: a ka shpagim?"
 Kështu, zbritën dy ajetet, ku Allahu e pranoi pendimin nga njerëzit përkundër numrit të madh të gjynaheve të tyre dhe, po të mos ishte kështu, ata do të vazhdonin në mosbesimin dhe tiraninë e tyre e nuk do të kishin hyrë në këtë fe.</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>Vlera e madhështia e Islamit dhe se ai i shkatërron gjynahet që janë bërë më parë.
 Mëshira dhe falja e Allahut ndaj robërve të Tij.
 Ndalimi i shirkut, ndalimi i vrasjes së njeriut pa të drejtë, ndalimi i zinasë dhe kërcënimi i atyre që i bëjnë këto gjynahe.
 Pendimi i sinqertë i harmonizuar me çiltërsi dhe vepra të mira i shlyen të gjitha mëkatet e mëdha, përfshirë edhe mosbesimin në Allahun e Lartësuar.
 Ndalimi i dëshpërimit dhe humbjes së shpresës nga mëshira e Allahut të Lartësuar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65071</t>
   </si>
   <si>
-    <t>اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ</t>
+    <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
   </si>
   <si>
     <t>Shko tek ai dhe thuaji se ai nuk është banor i Zjarrit, por banor i Xhenetit.”</t>
   </si>
   <si>
     <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon: Profeti ﷺ vuri re se mungonte Thabit ibn Kajsi, andaj pyeti për të. Një burrë i tha: "O i Dërguari i Allahut, unë do të të njoftoj për të." Kështu, shkoi tek ai, të cilin e gjeti kokulur në shtëpi, andaj e pyeti: "Çfarë ke?" Ai iu përgjigj: "Vetëm sherr." Pastaj tregoi se si ai e ngrinte zërin mbi atë të Profetit ﷺ, gjë për të cilën i janë shkatërruar veprat, prandaj është bërë banor i Zjarrit. Lajmëtari shkoi te Profeti ﷺ dhe i tregoi se ai paska thënë kështu e kështu. Pastaj (lajmëtari) u kthye sërish (te Thabiti) me një përgëzim të madh dhe i tha se Profeti ﷺ ka thënë: “Shko tek ai dhe thuaji se ai nuk është banor i Zjarrit, por banor i Xhenetit.”</t>
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>Profeti ﷺ vuri re se mungonte Thabit ibn Kajsi (Allahu qoftë i kënaqur me të!), andaj pyeti për të. Një burrë i tha: "O i Dërguari i Allahut, unë do të të njoftoj për të dhe do të ta tregoj shkakun përse po mungon." Kështu, shkoi tek ai dhe e gjeti të pikëlluar, kokulur në shtëpinë e tij, prandaj e pyeti: "Çfarë ke?" Thabiti i tha se çfarë sherri e kishte goditur, sepse ai e ngrinte zërin mbi zërin e Profetit ﷺ, e Allahu kishte kërcënuar këdo që e bënte këtë se do t'i shkatërrohej vepra dhe do të ishte nga banorët e Zjarrit.
 Kështu, personi në fjalë u kthye te Profeti ﷺ dhe i tregoi për këtë, e Profeti ﷺ e urdhëroi që të kthehej te Thabiti dhe t'i jepte lajmin e mirë se ai nuk është prej banorëve të Xhehenemit, por prej banorëve të Xhenetit. Kjo, se zëri i tij ishte i lartë natyrshëm dhe për shkak se ai ishte ligjëruesi i të Dërguarit të Allahut ﷺ dhe ligjëruesi i ensarëve.</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>Sqarimi i vlerës së Thabit ibn Kajsit (Allahu qoftë i kënaqur me të!) dhe se ai ishte nga banorët e Xhenetit.
 Interesimi i Profetit ﷺ për sahabët kur nuk ishin të pranishëm.
 Frika e sahabëve (Allahu qoftë i kënaqur me ta!) mos u shkatërrohen veprat.
 Teksa ishte gjallë Profeti ﷺ, ishte obligim edukata kur ai ligjëronte, e edhe ulja e zërit kur të dëgjohet suneti - hadithi i tij, pas vdekjes së tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65073</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا</t>
+    <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
   </si>
   <si>
     <t>O njerëz, Allahu jua ka larguar mburrjen me xhahilietin (periudhën paraislame) dhe lavdërimin me baballarët e tij</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqu me të!) tregon se i Dërguari i Allahut ﷺ iu drejtua njerëzve me ligjërim në Ditën e Çlirimit të Mekës dhe u tha: “O njerëz, Allahu jua ka larguar mburrjen me xhahilietin (periudhën paraislame) dhe lavdërimin me baballarët e tij. Njeriu ndahet në dy lloje: i mirë, i devotshëm e i nderuar tek Allahu dhe i shthurur, fatzi e i përbuzur para Allahut. Të gjithë njerëzit janë bij të Ademit, e Allahu e krijoi Ademin prej dheut. Allahu thotë: “O njerëz! Në të vërtetë, Ne ju krijuam ju prej një mashkulli e një femre dhe ju bëmë popuj e fise, për ta njohur njëri-tjetrin. Më i nderuari prej jush tek Allahu është ai që i frikësohet më shumë Atij. Vërtet, Allahu është i Gjithëdijshëm dhe Njohës i çdo gjëje.” (El Huxhurat, 13)</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>Profeti ﷺ iu drejtua njerëzve në Ditën e Çlirimit të Mekës dhe u tha: "O njerëz, Allahu e ka ngritur dhe larguar prej jush mendjemadhësinë e mburrjen me kohën e xhahilietit (kohën paraislame) dhe mburrjen me baballarët e dikujt. Njeriu ndahet në dy lloje:
 Ose besimtar i mirë, i devotshëm, i bindur, i cili e adhuron Allahun e Lartmadhëruar. Ky është i nderuar tek Allahu, edhe nëse nuk ka familje ose prejardhje fisnike te njerëzit.
 Ose është jobesimtar, i shthurur, i mjerë. Ky është i përçmuar tek Allahu e nuk vlen asgjë, edhe nëse është nga një familje fisnike, që ka status të lartë dhe autoritet.
 Të gjithë njerëzit janë bij të Ademit dhe Allahu e krijoi Ademin prej dheut, andaj nuk i takon dikujt që e ka origjinën prej dheut të jetë mendjemadh dhe ta pëlqejë veten. Argument për këtë janë fjalët e Allahut të Lartmadhëruar: “O njerëz! Në të vërtetë, Ne ju krijuam ju prej një mashkulli e një femre dhe ju bëmë popuj e fise, për të njohur njëri-tjetrin. Më i nderuari prej jush tek Allahu është ai që i frikësohet më shumë Atij. Vërtet, Allahu është i Gjithëdijshëm dhe Njohës i çdo gjëje.” (El Huxhurat, 13)</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Është e ndaluar të mburresh me familje dhe prejardhje.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65074</t>
   </si>
   <si>
-    <t>{ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ}</t>
+    <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>Pastaj, atë Ditë, do të pyeteni për kënaqësitë (e kësaj bote)!",</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>Zubejr ibn Avami tregon: Kur zbriti ajeti: "Pastaj, atë Ditë, do të pyeteni për kënaqësitë (e kësaj bote)!", (Et Tekathur, 8) thashë: "O i Dërguari i Allahut, për çfarë kënaqësish do të pyetemi, kur ato janë vetëm dy të zezat: hurma dhe uji?" Profeti ﷺ tha: "Kjo do të ndodhë."</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>Kur zbriti ajeti: "Pastaj, atë Ditë, do të pyeteni për kënaqësitë (e kësaj bote)!" (Et Tekathur, 8) Pra, do të pyeteni për begatitë që ju ka dhënë Allahu. Zubejr ibn Avami (Allahu qoftë i kënaqur me të!) tha: "O i Dërguar i Allahut, për çfarë begatish do të pyetemi?! Përkundrazi, ato janë dy begati që nuk kanë ndonjë vlerë. Ato janë: hurma dhe uji!"
 Profeti ﷺ tha: "Ju do të pyeteni për begatitë, me gjithë këtë gjendje në të cilën jeni, sepse ato dyja janë nga begatitë madhështore të Allahut të Lartësuar.</t>
   </si>
   <si>
     <t>التَّأكيد على شكر الله تعالى على النِّعم.
 النّعيم ممّا سيُسأل عنه العبد يوم القيامة قليلًا كان أو كثيرًا.</t>
   </si>
   <si>
     <t>Pohimi se Allahu i Lartësuar duhet të falënderohet për begatitë që na dhuroi.
 Begatia është ajo për të cilën do të pyetet robi në Ditën e Kiametit, qoftë e vogël, qoftë e madhe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65075</t>
   </si>
   <si>
-    <t>سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ</t>
+    <t>سيكون في آخر أمتي أناس يحدثونكم ما لم تسمعوا أنتم ولا آباؤكم، فإياكم وإياهم</t>
   </si>
   <si>
     <t>“Nga gjeneratat e fundit të umetit tim do të ketë njerëz që ju tregojnë hadithe (të pavërteta) që nuk i keni dëgjuar as ju e as baballarët tuaj, andaj ruajuni prej tyre!”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) ka transmetuar se i Dërguari i Allahut ﷺ ka thënë: “Nga gjeneratat e fundit të umetit tim do të ketë njerëz që ju tregojnë hadithe (të pavërteta) që nuk i keni dëgjuar as ju e as baballarët tuaj, andaj ruajuni prej tyre!”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنه سيَظهر أُناسٌ في آخِر أُمتِه يَفْتَرون الكذب، ويقولون ما لم يقلْه أحدٌ من قبلهم، فيُخبِرون بالأحاديث المكذوبة والمُخْتَلَقة، فأمَرَنا عليه الصلاة والسلام أنْ نَبْتَعِدَ عنهم ولا نجالسهم، ولا نسمع أحاديثهم؛ لئلا يتقرر ذلك الحديث المختلق في النفوس، فنعجز عن التخلُّص منه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregoi se në fund të umetit (para Kiametit) do të shfaqen njerëz të cilët do të shpikin gënjeshtra dhe do të thonë gjëra që askush nuk i ka thënë para tyre dhe do të tregojnë hadithe të pavërteta e të trilluara. Kësisoj Profeti ﷺ na urdhëroi që të qëndrojmë larg tyre, të mos i shoqërojmë dhe të mos i dëgjojmë hadithet e tyre, që ato hadithe të trilluara të mos zënë vend në shpirtin tonë, e kështu të mos jemi në gjendje të shpëtojmë prej tyre.</t>
   </si>
   <si>
     <t>فيه عَلَم من أعلام النبوة، حيث إن النبي صلى الله عليه وسلم أخبر بما سيقع في أمته، فكان كما أخبر.
 الابتعاد عمّن يَكْذِبُ على رسول الله صلى الله عليه وسلم وعلى دين الإسلام، وعدم الاستماع لكذبهم.
 التحذير من قبولِ الأحاديث أو نشرِها إلا بعد التأكُّد من صحتِها وثبوتِها.</t>
   </si>
   <si>
     <t>Në këtë hadith tregohet një nga shenjat e profecisë, pasi Profeti ﷺ tregoi se çfarë do të ndodhte në umetin e tij, e kësisoj ndodhi ashtu siç tha ai.
 Largimi nga ata që gënjejnë për të Dërguarin Allahut ﷺ e fenë islame dhe mosdëgjimi i gënjeshtrave të tyre.
 Paralajmërim kundër pranimit ose shpërndarjes së haditheve nëse nuk vërtetohen si të sakta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65076</t>
   </si>
   <si>
-    <t>اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ</t>
+    <t>اكتب، فوالذي نفسي بيده، ما يخرج منه إلا حق</t>
   </si>
   <si>
     <t>Shkruaj, sepse pasha Atë, në Dorën e të Cilit është shpirti im, asgjë nuk del prej saj, përveç së vërtetës.”</t>
   </si>
   <si>
     <t>عن عبدِ الله بن عمرو رضي الله عنهما قال: كنتُ أكتبُ كلَّ شيءٍ أسمعُه من رسولِ الله صلَّى الله عليه وسلم أُريدُ حفْظَه، فنهتْني قريشٌ، وقالوا: أتكْتبُ كلَّ شيءٍ تَسمَعُه من رسول الله صلَّى الله عليه وسلم، ورسولُ الله صلَّى الله عليه وسلم بَشَرٌ يتكلَّمُ في الغضَبِ والرِّضا؟ فأمسَكتُ عن الكتاب، فذكرتُ ذلك لرسول الله صلَّى الله عليه وسلم، فأومأ بإصبَعِه إلى فيه، فقال: «اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) ka thënë: "Shkruaja çdo gjë që dëgjoja nga i Dërguari i Allahut ﷺ, që doja ta mësoja përmendsh, por kurejshët më ndaluan dhe më thanë: "A po shkruan gjithçka që dëgjon nga i Dërguari i Allahut ﷺ, kur ai  është njeri: flet në gjendje hidhërimi dhe kënaqësie?" Kështu, hoqa dorë nga shkrmi dhe ia përmenda këtë gjë të Dërguarit të Allahut ﷺ, e ai bëri me gisht nga goja e tij dhe tha: “Shkruaj, sepse pasha Atë, në Dorën e të Cilit është shpirti im, asgjë nuk del prej saj, përveç së vërtetës.”</t>
   </si>
   <si>
     <t>قال عبدُ الله بن عَمْرو رضي الله عنه: كنتُ أكتبُ كلَّ شيءٍ أسمعه مِن رسول الله صلى الله عليه وسلم لكي أحفَظَه بالكتابة، فنهاني رجالٌ من قريش، وقالوا: رسولُ الله صلى الله عليه وسلم بشرٌ يتكلَّم في الرِّضا والغضب، وقد يُخطئ، فتوقَّفت عن الكتابة.
 فأخبرتُ النبيَّ صلى الله عليه وسلم بما قالوه، فأشار بإصبعه إلى فَمِهِ فقال: اكتب، فوالذي نفسي بيده ما يَخرجُ منه إلّا حقّ على كل حال، وفي الرِّضا والغضب.
 وقد قال تعالى عن نبيه صلى الله عليه وسلم:
 ﴿وَمَا یَنطِقُ عَنِ ٱلۡهَوَىٰۤ * إِنۡ هُوَ إِلَّا وَحۡیࣱ یُوحَىٰ﴾ [النجم ٣-٤].</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) ka thënë: Gjithçka që dëgjoja nga i Dërguari i Allahut ﷺ e shkruaja për ta ruajtur me shkrim, por disa nga kurejshët më ndaluan e më thanë: "I Dërguari i Allahut ﷺ është njeri që flet në gjendje kënaqësie e hidhërimi dhe mund të gabojë", kështu që ndalova së shkruari.
 Kështu, i tregova Profetit ﷺ se çfarë thanë, e ai bëri me gisht nga goja e tij dhe tha: "Shkruaj se, pasha Atë, në Dorën e të Cilit është shpirti im, nuk del asgjë prej saj, përveç së vërtetës në çdo situatë; qoftë kënaqësi, qoftë zemërim!
 Allahu i Lartësuar për Profetin e Tij ﷺ thotë: "Ai nuk flet sipas qejfit të vet, por ajo (që thotë) është vetëm shpallje hyjnore, që i vjen atij." (En Nexhm, 3-4)</t>
   </si>
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>Profeti ﷺ është i pagabueshëm në atë që kumton nga Zoti i tij i Lartmadhëruar, qoftë kjo kur është në gjendje kënaqësie, qoftë hidhërimi.
 Sahabët (Allahu qoftë i kënaqur me ta!) ishin të kujdesshëm për të mësuar përmendsh Sunetin (traditën dhe udhëzimin profetik) dhe për ta kumtuar atë.
 Lejohet betimi edhe pa të kërkuar dikush të betohesh, në rast të ndonjë dobie dhe për të vërtetuar ndonjë çështje.
 Shkrimi i diturisë është prej shkaqeve më të rëndësishme për ruajtjen e saj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65077</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ</t>
+    <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
   </si>
   <si>
     <t>Profeti ﷺ merrte abdes për çdo namaz</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
   <si>
     <t>Amër ibn Amiri tregon se Enesi (Allahu qoftë i kënaqur me të!) ka thënë: "Profeti ﷺ merrte abdes për çdo namaz. E pyeta: "Po ju, si vepronit?" Tha: "Mjaftoheshim me një abdes, përderisa nuk e prishnim atë."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
 ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
   </si>
   <si>
     <t>Profeti ﷺ merrte abdes për çdo namaz farz, edhe nëse abdesi nuk i prishej. Kjo, për të marrë shpërblim dhe mirësi.
 Namazliut i lejohet të falë më shumë se një namaz farz me një abdes, përderisa vazhdon të ketë abdes.</t>
   </si>
   <si>
     <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
 استحباب الوضوء عند كل صلاة.
 جواز تأدية أكثر من صلاة بوضوء واحد.</t>
   </si>
   <si>
     <t>Veprimi më i zakonshëm i Profetit ﷺ ishte marrja e abdesit për çdo namaz, sepse kështu e kërkonte gjënë më të përsosur.
 Pëlqehet marrja e abdesit për çdo namaz.
 Lejohet falja e më shumë se një namazi me një abdes.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65080</t>
   </si>
   <si>
-    <t>تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً</t>
+    <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
   </si>
   <si>
     <t>Profeti ﷺ mori abdes duke i larë gjymtyrët vetëm nga një herë</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon: "Profeti ﷺ mori abdes duke i larë gjymtyrët vetëm nga një herë."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
   </si>
   <si>
     <t>Ndonjëherë, kur Profeti ﷺ merrte abdes, lante çdo pjesë të abdesit një herë, kështu që lante fytyrën, - përfshirë shpëlarjen e gojës dhe hundës, - duart dhe këmbët një herë. Kjo është pjesa e detyrueshme.</t>
   </si>
   <si>
     <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
  مشروعية الوضوء مَرّةً مرةً في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Është e detyrueshme larja e gjymtyrëve një herë, e çka shtohet më shumë se kaq është gjë e preferuar.
 Është e ligjësuar që ndonjëherë të merret abdes duke i larë gjymtyrët vetëm nga një herë.
 Fërkimi i kokës është i ligjësuar të bëhet vetëm një herë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65081</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ</t>
+    <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
   </si>
   <si>
     <t>Profeti ﷺ mori abdes duke i larë gjymtyrët nga dy herë</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
   </si>
   <si>
     <t>Abdullah ibn Zejdi (Allahu qoftë i kënaqur me të!) tregon: "Profeti ﷺ mori abdes duke i larë gjymtyrët nga dy herë."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
   </si>
   <si>
     <t>Ndonjëherë, kur Profeti ﷺ merrte abdes, lante çdo pjesë të abdesit dy herë, kështu që lante fytyrën, - përfshirë shpëlarjen e gojës dhe hundës, - duart dhe këmbët dy herë.</t>
   </si>
   <si>
     <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
  مشروعية الوضوء مرتين مرتين في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Është e detyrueshme larja e gjymtyrëve një herë, e çka shtohet më shumë se kaq është gjë e preferuar.
 Është e ligjësuar që ndonjëherë të merret abdes duke i larë gjymtyrët nga dy herë.
 Fërkimi i kokës është i ligjësuar të bëhet vetëm një herë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65082</t>
   </si>
   <si>
-    <t>إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا</t>
+    <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
   </si>
   <si>
     <t>“Nëse dikush ndien diç (gazra) në bark, gjë që i ngjall dyshime nëse ka lëshuar ndonjë gaz apo jo, assesi të mos dalë nga xhamia pa dëgjuar zë ose pa ndier erë.”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Nëse dikush ndien diç (gazra) në bark, gjë që i ngjall dyshime nëse ka lëshuar ndonjë gaz apo jo, assesi të mos dalë nga xhamia pa dëgjuar zë ose pa ndier erë.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه إذا تردَّد في بطن المصلي شيءٌ، فالتَبَسَ عليه أَخَرَجَ منه شيءٌ أم لا؟ فلا ينصَرف مِن صلاته ويقطعها لإعادة الوضوء، حتى يتيقَّن وجودَ الحَدَثِ الناقِضِ لوضوئه؛ بأنْ يسمعَ صوتَ الرِّيح، أو يَشمَّ الرائحة؛ لأن المتَيقَّن لا يبطلُه الشَّك، وهو قد تيقَّن الطَّهارةَ، والحَدَثُ مشكوكٌ فيه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se, nëse diçka lëviz në barkun e namazliut dhe ai është në dyshim, a ka dalë diçka prej tij apo jo, nuk duhet të largohet nga namazi e ta ndërpresë për ta përsëritur abdesin, derisa të sigurohet se ka bërë ndonjë veprim që ia prish abdesin: duke dëgjuar zhurmën e gazrave ose duke e nuhatur erën, sepse gjënë e sigurt nuk e zhvleftëson dyshimi. Në fakt, ai është i sigurt për pastërtinë (se ka abdes), ndërsa prishja e abdesit është dyshimtë.</t>
   </si>
   <si>
     <t>هذا الحديث أصل من أصول الإسلام وقاعدة من قواعد الفقه، وهي: أن اليقين لا يزول بالشك، والأصل بقاء ما كان على ما كان، حتى يتيقن خلاف ذلك.
 الشك غير مؤثر في الطهارة، والمصلي باقٍ على طهارته ما لم يتيقن حَدَثًا.</t>
   </si>
   <si>
     <t>Ky hadith është një nga bazat e Islamit dhe nga rregullat e jurisprudencës (fikhut), e cila është: "Bindja nuk zhbëhet me dyshim", dhe: "Në parim çdo gjë mbetet siç ka qenë", derisa të vërtetohet e kundërta.
 Dyshimi nuk ndikon në pastërti (abdes), kështu që namazliu vazhdon të ketë abdes, përderia nuk është i bindur se e ka prishuar atë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65083</t>
   </si>
   <si>
-    <t>حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ</t>
+    <t>حق على كل مسلم أن يغتسل في كل سبعة أيام يوما، يغسل فيه رأسه وجسده</t>
   </si>
   <si>
     <t>“Secili musliman e ka për detyrë që të lahet (të paktën) një herë në çdo të shtatën ditë, kur dhe lan kokën dhe trupin.”</t>
   </si>
   <si>
     <t>عن أبي هريرة قال: قال رسول الله صلى الله عليه وسلم: «حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Secili musliman e ka për detyrë që të lahet (të paktën) një herë në çdo të shtatën ditë, kur dhe lan kokën dhe trupin.”</t>
   </si>
   <si>
     <t>أَخْبَرَ رسولُ الله صلى الله عليه وسلم: أنه حقٌّ متأكد على كل مسلم بالغ عاقل أنْ يغتسلَ في كل سبعة أيام من الأسبوع يومًا، فيغسل في هذا اليوم رأسَه وجسدَه، طلبًا للطهارة والنظافة، وأَولى هذه الأيام يومُ الجمعة، كما يُفهم من بعض الروايات، والاغتسال يوم الجمعة قبل الصلاة مستحب استحبابًا مؤكدًا، ولو كان اغتسل يوم الخميس مثلًا، والصارف عن الوجوب قول عائشة رضي الله عنها: "كان الناسُ مَهَنَةَ أنفسهم، وكانوا إذا راحوا إلى الجمعة راحوا في هيئتهم: فقيل لهم: لو اغتسلتم"، رواه البخاري، وفي رواية له: "لهم أرواح" أي رائحة العَرَقِ ونحوِه، ومع ذلك قيل لهم "لو اغتسلتم"، فغيرُهم من باب أولى.</t>
   </si>
   <si>
     <t>Në këtë hadith i Dërguari i Allahut ﷺ tregon se është obligim i përforcuar për çdo musliman, moshërritur e të mençur, që të lahet një herë në çdo shtatë ditë të javës dhe në këtë ditë të lajë kokën dhe trupin duke synuar kështu pastërtinë. Dita më parësore e këtyre ditëve është xhumaja, siç kuptohet nga disa transmetime. Gusli (larja e tërësishme  trupit) në ditën e xhuma para namazit është një rekomandim i përforcuar, edhe nëse dikush lahet, bie fjala, të enjten. Ajo që dëshmon se një gjë e tillë nuk është obligim është thënia e Aishes (Allahu qoftë i kënaqur me të!): "Njerëzit i kryenin vetë punët e tyre, andaj në namazin e xhumasë vinin në gjendjen që ishin duke punuar. Prandaj, Profeti ﷺ u tha: “Sikur të laheshit!” E shënon Buhariu dhe në transmetimin tjetër të tij qëndron: “Ndonjëherë kundërmonin erë të pakëndshme.” Pra, erë djerse e të ngjashme dhe, megjithatë, atyre u tha: “Sikur të laheshit”, kështu që të tjerëve pos tyre më parësore është t'u thuhet diçka e tillë.</t>
   </si>
   <si>
     <t>اهتمام وعناية الإسلام بالنظافة والطهارة.
 غسل الجمعة مستحب استحبابًا مُؤكدًا للصلاة.
 ذِكْر الرَّأس وإن كان ذِكْر الجسد يشمله؛ للاهتمام به.
 ﻳﺠﺐ ﺍﻟﻐﺴﻞ ﻋﻠﻰ ﻛﻞ ﻣﻦ ﻭُﺟِﺪﺕْ ﺑﻪ ﺭﺍﺋﺤﺔٌ ﻛﺮﻳﻬﺔٌ ﻳﺘﺄﺫﻯ ﺑﻬﺎ ﺍﻟﻨﺎس.
 آكَدُ يومٍ للاغتسال يوم الجمعة؛ لفضله.</t>
   </si>
   <si>
     <t>Interesimi dhe kujdesi që Islami i ka kushtuar pastrimit dhe pastërtisë.
 Gusli në ditën e xhuma për namaz është një veprim me rekomandim të përforcuar.
 Meqë u përmend edhe koka, ndonëse kur të përmendet trupi e përfshin edhe kokën, kjo tregon rëndësinë që duhet t'i kushtohet asaj gjatë larjes.
 Gusli është obligim për këdo që kundërmon aromë të pakëndshme, që i bezdis muslimanët.
 Dita që ëshë më mirë të bëhet gusli është dita e xhuma, për shkak të vlerës së saj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65084</t>
   </si>
   <si>
-    <t>أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ</t>
+    <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
   </si>
   <si>
     <t>Vajta te Profeti ﷺ dhe dëshiroja ta pranoja Islamin, kështu që më urdhëroi të merrja abdes me ujë dhe sidër</t>
   </si>
   <si>
     <t>عن قيس بن عاصم رضي الله عنه قال: أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ.</t>
   </si>
   <si>
     <t>Kajs ibn Asimi (Allahu qoftë i kënaqur me të!) tregon: "Vajta te Profeti ﷺ dhe dëshiroja ta pranoja Islamin, kështu që më urdhëroi të merrja abdes me ujë dhe sidër."</t>
   </si>
   <si>
     <t>جاء قيسُ بن عاصم إلى النبيِّ صلى الله عليه وسلم وهو يريد أن يُسْلِم، فأمرَه النبيُّ صلى الله عليه وسلم أن يَغتسِلَ بماء وشَجَرِ السِدْر؛ لكون أوراقِهِِ تُستَعمل في التنظيف؛ ولِمَا له من رائحة طيبة.</t>
   </si>
   <si>
     <t>Kajs ibn Asimi vajti te Profeti ﷺ dhe dëshironte të konvertohej në Islam, kështu që Profeti ﷺ e urdhëroi që të lahej me ujë dhe pemë të sidrit; sepse gjethet e saj përdoren për pastrim dhe kanë erë të mirë.</t>
   </si>
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>Ligjshmëria që jomuslimani të marrë gusël (të lahet tërësisht) kur të hyjë në Islam.
 Islami e nderon dhe kujdeset për trupin dhe shpirtin bashkërisht.
 Përzierja e ujit me gjëra të pastra nuk ia largon atij cilësinë e të qenit i pastër.
 Pastruesit modernë, bie fjala, sapuni e të ngjashëm, e zënë vendin e sidrit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65085</t>
   </si>
   <si>
-    <t>إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ</t>
+    <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>“Kur myezini thotë: "Allahu ekber, Allahu ekber!" dhe ai që e dëgjon e përsërit: "Allahu ekber, Allahu ekber</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Omer ibn Hatabi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kur myezini thotë: "Allahu ekber, Allahu ekber!" dhe ai që e dëgjon e përsërit: "Allahu ekber, Allahu ekber"; pastaj, kur ai thotë: "Eshhedu en la ilahe il-lallah", ky thotë: "Eshhedu en la ilahe il-lallah"; kur thotë: "Eshhedu enne Muhammeden resulullah", ky thotë: "Eshhedu enne Muhammeden resulullah"; kur thotë: "Haje ales-salah", ky thotë: "La havle ve la kuvete il-la bil-lah"; kur thotë: "Haje alel-felah", ky thotë: "La havle ve la kuvete ila bilah"; kur thotë: "Allahu ekber, Allahu ekber", ky thotë: "Allahu ekber, Allahu ekber", dhe, kur thotë: "La ilahe il-lallah", ky thotë: "La ilahe il-lallah", nga zemra e tij, do të hyjë në Xhenet.”</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>Ezani është për të informuar njerëzit se koha e namazit ka filluar. Fjalët e ezanit janë fjalë gjithëpërfshirëse për doktrinën e besimit.
 Në këtë hadith, Profeti ﷺ sqaroi atë që është e ligjësuar gjatë dëgjimit të ezanit, respektivisht dëgjuesi e thotë atë që e thotë myezini. Nëse myezini thotë: "Allahu ekber", atëherë dëgjuesi thotë: “Allahu ekber” e kështu me radhë. Me përjashtim të rastit kur myezini thotë: "Haje ales-salah", dhe: "Haje alel-felah", ky thotë: "La havle ve la kuvete il-la bil-lah."
 Profeti ﷺ sqaroi se, kush e përsërit ezanin pas myezinit, sinqerisht nga zemra e tij, do të hyjë në Xhenet.
 Kuptimet e fjalëve të ezanit: “Allahu ekber”, që do të thotë se Ai, i Lartësuari, është më madhështori, më i çmuari dhe më i madhi se çdo gjë e çdokush tjetër.
 "Eshhedu en la ilahe il-lallah", që do të thotë se nuk meriton të adhurohet askush me të drejtë pos Allahut.
 "Eshhedu enne Muhammeden resulullah", pra, e pranoj dhe dëshmoj me gjuhën e zemrën time se Muhamedi është i Dërguari i Allahut, të cilin e dërgoi Allahu i Lartmadhërishëm dhe është obligim t'i bindemi atij.
 "Haje ales-salah", që do të thotë: Ejani në namaz! Ndërkaq, fjala e dëgjuesit, kur thotë: "La havle ve la kuvete il-la bil-lah", e ka kuptimin: Nuk ka rrugë për të shpëtuar nga pengesat për të kryer adhurim dhe nuk ka forcë për ta bërë atë e as fuqi për të bërë ndonjë gjë, përveçse me suksesin e Allahut të Lartësuar.
 "Haje alel-felah", që do të thotë: Ejani te shkaku i shpëtimit, që është fitimi i Xhenetit dhe shpëtimi nga Xhehenemi.</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>Vlera që të thuhet ashtu siç thotë myezini, përveç te pjesa: 
 "Haje ales-salah" dhe "Haje alel felah", të thuhet: "La havle ve la kuvete il-la bil-lah."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65086</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ</t>
+    <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>“Kur të dëgjoni myezinin, përsëritni fjalët që i thotë e pastaj dërgoni salavate për mua</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar Profetin ﷺ të thotë: “Kur të dëgjoni myezinin, përsëritni fjalët që i thotë e pastaj dërgoni salavate për mua, sepse ai që dërgon salavate për mua një herë, Allahu do të dërgojë salavate (do ta lavërojë) për të dhjetë herë. Pastaj kërkoni prej Allahut për mua vesilen, e cila është pozitë në Xhenet që i takon vetëm një robi të Allahut. Kam shpresë të jem unë ai. Ai që kërkon vesilen për mua, do ta gëzojë ndërmjetësimin tim.”</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith porosit këdo që e dëgjon myezinin teksa bën thirrje për namaz, që të përsëritë pas tij dhe të thotë njëjtë siç thotë ai, përveç te pjesët: "Hajje ales-salah" dhe: "Hajje alel-felah", thotë: "La havle ue la kuvvete il-la bil-lah!" Pastaj, pas përfundimit të ezanit, dërgon salavate për Profetin ﷺ, sepse ai që dërgon salavate për të një herë, Allahu do të dërgojë salavate (do ta lavdërojë) për të dhjetë herë. Kuptimi i salavatit të Allahut ndaj robit të Tij është: lavdërimi që Ai ia bën robit para melekëve.
 Pastaj u urdhërua që t'ia kërkojë Allahut vesilen për Profetin ﷺ, e cila është një pozitë në Xhenet dhe është më e larta e tij, dhe ajo pozitë është vetëm për një rob nga të gjithë robërit e Allahut të Lartësuar, e unë shpresoj se do të jem ai. Profeti ﷺ e tha këtë vetëm nga modestia, sepse nëse ajo pozitë e lartë i takon vetëm një personi, atëherë ai person mund të jetë vetëm Profeti ﷺ, meqë ai është krijesa më e mirë.
 Pastaj Profeti ﷺ sqaroi se, kushdo që lutet për Profetin ﷺ që Allahu t'ia japë vesilen, do ta arrijë ndërmjetësimi e tij ﷺ.</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>Inkurajimi për t'iu përgjigjur myezinit.
 Vlera e salavatit për Profetin ﷺ pas përgjigjes ndaj myezinit.
 Inkurajimi për ta lutur Allahun që t'ia japë Profetit ﷺ vesilen pasi t'i dërgojmë salavate atij.
 Sqarimi i kuptimit të vesiles dhe pozitës së saj të lartë, meqë është vetëm për një rob.
 Sqarimi i vlerës së Profetit ﷺ, meqë është veçuar me këtë pozitë të lartë.
 Ai që e lut Allahun e Lartësuar që t'ia japë vesilen Profetit ﷺ, do ta gëzojë ndërmjetësimin e tij.
 Sqarimi i modestisë së Profetit ﷺ, meqë kërkoi nga umeti i tij që të luten që Allahu t'ia japë këtë pozitë, megjithëse kjo pozitë do të jetë për të.
 Mirësia dhe mëshira e gjerë e Allahut, meqë vepra e mirë dhjetëfishohet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65087</t>
   </si>
   <si>
-    <t>مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ</t>
+    <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
   </si>
   <si>
     <t>“Nëse dikush harron ndonjë namaz, le ta falë kur t'i kujtohet. Nuk ka shpagim tjetër, përveçse ta falë atë</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Nëse dikush harron ndonjë namaz, le ta falë kur t'i kujtohet. Nuk ka shpagim tjetër, përveçse ta falë atë: “... dhe fale namazin për të më kujtuar Mua.” (Taha, 14)</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se kushdo që harron të falë ndonjë namaz farz derisa të kalojë koha e tij, duhet të shpejtojë për ta kryer sapo t'i kujtohet. Nuk ka fshirje dhe mbulim të mëkatit të lënies së tij, përveç nëse muslimani e fal atë kur e kujton. Allahu në Librin e Tij fisnik thotë: “... dhe fale namazin për të më kujtuar Mua”, (Taha, 14) që do të thotë: Fale namazin e harruar kur të kujtohet.</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>Sqarimi i rëndësisë së namazit dhe të mosqenët i shkujdesur në kryerjen dhe kompensimin e tij.
 Nuk lejohet vonimi i namazit me qëllim përtej kohës së caktuar, pa arsye.
 Është obligim kompensimi i namazit për atë që e ka harruar atëherë kur t'i kujtohet dhe për atë që ka qenë fjetur, kur të zgjohet.
 Namazet duhet të kompensohen menjëherë, edhe në kohë të ndaluara.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65088</t>
   </si>
   <si>
-    <t>مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ</t>
+    <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
     <t>Atij që ndërton një xhami për hir të Allahut, Allahu i ndërton një të tillë në Xhenet.”</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
     <t>Mahmud ibn Lebidi (Allahu qoftë i kënaqur m të!) tregon se Othman ibn Afani deshi ta rindërtojë xhaminë, por njerëzve nuk u pëlqeu kjo gjë, kështu që parapëlqyen ta linte ashtu siç ishte, e ai u tha: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Atij që ndërton një xhami për hir të Allahut, Allahu i ndërton një të tillë në Xhenet.”</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
     <t>Othman ibn Afani (Allahu qoftë i kënaqur me të!) donte ta rindërtonte Xhaminë e Profetit ﷺ në një mënyrë më të mirë se ndërtimi i saj i parë, por njerëzit nuk e pëlqyen këtë gjë, për shkak të ndryshimit të ndërtimit të xhamisë nga mënyra e ndërtimit të saj në kohën e Profetit ﷺ. Xhamia më parë ishte e ndërtuar me baltë dhe çatia e saj ishte me degë të palmës, por Othmani deshi ta ndërtojë me gurë dhe suva. Kështu, Othmani (Allahu qoftë i kënaqur me të!) u tregoi se e ka dëgjuar Profetin ﷺ duke thënë: "Atë që ndërton një xhami, duke synuar kënaqësinë e Allahut të Lartësuar e jo syefaqësinë e reputacionin, Allahu do ta shpërblejë me shpërblimin më të mirë nga lloji i veprës së tij, dhe ky shpërblim është se Allahu do t'i ndërtojë një të ngjashme në Xhenet."</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>Inkurajimi për të ndërtuar xhami dhe vlera e kësaj gjëje.
 Zgjerimi dhe renovimi i xhamisë bën pjesë në vlerën e ndërtimit të saj.
 Rëndësia që ka sinqeriteti për hir të Allahut të Lartësuar në të gjitha veprat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65089</t>
   </si>
   <si>
-    <t>صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ</t>
+    <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>“Një namaz në këtë xhaminë time është më i vlefshëm sesa një mijë namaze në xhamitë e tjera, përveç në Xhaminë e Shenjtë (Qabe).”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Një namaz në këtë xhaminë time është më i vlefshëm sesa një mijë namaze në xhamitë e tjera, përveç në Xhaminë e Shenjtë (Qabe).”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فضْلَ الصلاةِ في مسجده، وأنه أفضل ثوابًا من ألف صلاة فيما سواه من مساجد الأرض، إلا المسجد الحرام بمكة، فهي أفضل من الصلاة في مسجده صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron vlerën e namazit në xhaminë e tij dhe se ai është më i mirë në shpërblim sesa një mijë namaze në çdo xhami tjetër në tokë, përveç Xhamisë së Shenjtë në Mekë, ku namazi në të është më me vlerë sesa namazi në Xhaminë e Profetit ﷺ.</t>
   </si>
   <si>
     <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
 الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
   </si>
   <si>
     <t>Shumëfishimi i shpërblimit për faljen e namazit në Xhaminë e Shenjtë (Qabe) dhe në Xhaminë Profetike.
 Namazi në Xhaminë e Shenjtë është më i mirë se njëqind mijë namaze në xhamitë e tjera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65090</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ</t>
+    <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
   </si>
   <si>
     <t>“Kur ndonjëri prej jush hyn në xhami, le t'i falë dy rekate para se të ulet.”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
   </si>
   <si>
     <t>Ebu Katade Sulemiu (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Kur ndonjëri prej jush hyn në xhami, le t'i falë dy rekate para se të ulet.”</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith inkurajon këdo që vjen dhe hyn në xhami, në çfarëdo kohe dhe për çfarëdo qëllimi, që të falë dy rekate para se të ulet. Këto ndryshe quhen dy rekatet e përshëndetjes së xhamisë.</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>Është e rekomanduar të falen dy rekate përshëndetje xhamisë para se të ulemi.
 Ky urdhër (rekomandimi) është për ata që duan të ulen, e këdo që hyn në xhami dhe del para se të ulet, nuk e përfshin ky urdhër.
 Nëse namazliu hyn (në xhami) dhe besimtarët janë duke u falur e ky u bashkohet atyre, atëherë kjo i mjafton kundrejt dy rekateve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65091</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ</t>
+    <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
     <t>“Kur ndonjëri prej jush hyn në xhami, le të thotë: "Allahummeftah li ebvabe rahmetik (O Allah, m'i hap mua dyert e Mëshirës Sate)!" E, kur të dalë, le të thotë: "Allahumme inni eseluke min fadlike (O Allah, unë kërkoj nga Ti begatitë e Tua).”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
     <t>Ebu Humejdi ose Ebu Usejdi (Allahu qoftë i kënaqur me të!) ka thënë: "I Dërguari i Allahut ﷺ ka thënë: “Kur ndonjëri prej jush hyn në xhami, le të thotë: "Allahummeftah li ebvabe rahmetik (O Allah, m'i hap mua dyert e Mëshirës Sate)!" E, kur të dalë, le të thotë: "Allahumme inni eseluke min fadlike (O Allah, unë kërkoj nga Ti begatitë e Tua).”</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e udhëzoi umetin e tij ta thonë lutjen me rastin e hyrjes në xhami (O Allah, m'i hap mua dyert e Mëshirës Sate), kështu që e lut Allahun e Lartësuar që t'ia përgatitë shkaqet për ta arritur mëshirën e Tij. E, nëse dëshiron të dalë prej saj, le të thotë: "O Allah, kërkoj nga Ti begatitë e Tua." Kështu, ai i kërkon Allahut mirësitë e Tij dhe t'ia shtojë begatitë e Tij, nga furnizimi hallall.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>Kjo lutje rekomandohet të thuhet gjatë hyrjes dhe daljes nga xhamia.
 Specifikimi i përmendjes së mëshirës gjatë hyrjes dhe e begatisë gjatë daljes është për faktin se, ai që hyn në xhami është i zënë me atë që do ta afrojë me Allahun dhe te Xheneti i Tij, prandaj është me vend të përmendet në lutje mëshira, e, kur të dalë, përpiqet në tokë duke kërkuar begatitë e furnizimin e Allahut, prandaj është me vend që të përmendet begatia.
 Këto lutje thuhen kur dëshirojmë të hyjmë në xhami dhe kur dëshirojmë të dalim prej saj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65092</t>
   </si>
   <si>
-    <t>إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ</t>
+    <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>Vërtet ndërmjet njeriut dhe shirkut e kufrit qëndron lënia e namazit</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Xhabiri (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar Profetin ﷺ të thotë: "Vërtet ndërmjet njeriut dhe shirkut e kufrit qëndron lënia e namazit."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
   </si>
   <si>
     <t>Profeti ﷺ ka tërhequr vërejtjen për lënien e namazit farz (të detyrueshëm) dhe ka thënë se ndërmjet njeriut dhe rënies në shirk e kufër është lënia e namazit, pasi namazi është shtylla e dytë e Islamit dhe rëndësia e tij është e madhe në Islam. Kush e lë atë duke e mohuar obligueshmërinë e tij, ka bërë kufër sipas konsensusit të muslimanëve. Edhe nëse e lë atë plotësisht nga pakujdesia dhe përtacia është jobesimtar. Për këtë gjë është transmetuar konsensusi i sahabëve (se ai është jobesimtar). E, nëse ndonjëherë e lë e ndonjëherë falet, atëherë ai i ekspozohet këtij kërcënimi të rëndë.</t>
   </si>
   <si>
     <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
  التحذير الشديد من ترك الصلاة وإضاعتها.</t>
   </si>
   <si>
     <t>Rëndësia e namazit dhe kryerja e tij në vazhdimësi, pasi është vija ndarëse mes mosbesimit dhe besimit.
 Paralajmërim i ashpër kundër lënies së namazit dhe braktisjes së tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65093</t>
   </si>
   <si>
-    <t>إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ</t>
+    <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
   </si>
   <si>
     <t>Besëlidhja ndërmjet nesh dhe atyre është namazi. Andaj, ai që e lë namazin, ka rënë në kufër (mosbesim)</t>
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>Burejde (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Besëlidhja ndërmjet nesh dhe atyre është namazi. Andaj, ai që e lë namazin, ka rënë në kufër (mosbesim)."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se besa dhe besëlidhja ndërmjet muslimanëve dhe të tjerëve, qofshin jobesimtarë, qofshin hipokritë, është namazi, e kushdo që e lë atë bën kufër.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>Rëndësia e madhe e namazit dhe se ai është dalluesi mes besimtarit dhe jobesimtarit.
 Vendimet e Islamit vërtetohen nga ana e jashtme e njeriut, e jo nga ajo e brendshme.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65094</t>
   </si>
   <si>
-    <t>يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها</t>
+    <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>O Bilal! Thirre ikametin (për namaz) dhe na qetëso me të!</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>Salim ibn Ebu Xhadi tregon se një njeri tha: "Sikur të isha falur dhe të isha qetësuar!" Ata sikur e qortuan për këtë gjë. E kam dëgjuar Profetin ﷺ duke thënë: "O Bilal! Thirre ikametin (për namaz) dhe na qetëso me të!"</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>Dikush nga sahabët tha: "Sikur të isha falur dhe të isha qetësuar!" Ata që ishin përreth tij sikur e qortuan për këtë gjë. Kësisoj (Salimi tha se) e kam dëgjuar Profetin ﷺ duke thënë: "O Bilal! Thirre ezanin për namaz, që të qetësohemi me të!" Sepse në namaz i drejtohemi Allahut të Lartësuar dhe e qetësojmë shpirtin dhe zemrën.</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>Rehatia e zemrës arrihet me namaz, sepse në të i drejtohemi Allahut të Lartësuar.
 Refuzimi ndaj atij që adhurimi i duket i rëndë.
 Ai që kryen obligimin e tij dhe heq përgjegjësinë e tij për të, do të arrijë rehati dhe ndjenjë sigurie.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65095</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي</t>
+    <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>O njerëz! Veprova kështu që të më pasoni dhe ta mësoni namazin tim.”</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>Ebu Hazim ibn Dinari tregon se disa burra erdhën te Sehël ibn Sad Saidiu (Allahu qoftë i kënaqur me të!) dhe filluan të debatonin rreth minberit (të Profetit ﷺ) se prej çfarë materiali ishte i punuar, andaj e pyetën atë për këtë çështje. Ai u tha: "Betohem në Allahun se unë e di mirë se prej çfarë materiali ka qenë i punuar. E kam parë kur është vendosur këtu për herë të parë dhe kur është ulur në të i Dërguari i Allahut ﷺ për herë të parë. Ai porositi një grua ensare, - së cilës Sehli ia përmendi emrin (por Ebu Hazimit nuk i kujtohej): - “Urdhëroje shërbëtorin tënd zdrukthëtar që të më ndërtojë një minber, që të hip në të gjatë kohës sa u ligjëroj njerëzve.” Ajo e urdhëroi shërbëtorin e vet, i cili ia ndërtoi (minberin) prej drurëve të Gabës, pastaj e solli. I Dërguari i Allahut ﷺ urdhëroi të vendosej këtu. Më vonë, e kam parë të Dërguarin e Allahut ﷺ duke u falur në të: mori tekbirin duke qenë mbi të dhe ra në ruku, pastaj zbriti nga mbrapa dhe ra në sexhde në fund të minberit dhe u kthye sërish (hipi mbi të). Pasi e përfundoi namazin, u kthye nga njerëzit dhe u tha: “O njerëz! Veprova kështu që të më pasoni dhe ta mësoni namazin tim.”</t>
   </si>
   <si>
     <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
   </si>
   <si>
     <t>Disa burra erdhën te një nga sahabët duke e pyetur për minberin e Profetit ﷺ, me të cilin i Dërguari i Allahut ﷺ shërbehej: "Nga se ishte bërë?" Ata diskutuan dhe polemizuan për këtë, andaj ua përmendi se Profeti ﷺ dërgoi një grua ensare, e cila kishte një shërbëtor zdrukthëtar, e i tha asaj: “Urdhëroje shërbëtorin tënd zdrukthëtar që të më ndërtojë një minber, që të hip në të gjatë kohës sa u ligjëroj njerëzve.” Kur gruaja e dëgjoi, e urdhëroi shërbëtorin e saj që të bënte për Profetin ﷺ një minber prej drurëve të Gabës. Kur e mbaroi, kjo gruaja ia dërgoi Profetit ﷺ,  kështu që ai urdhëroi të vendoset në vendin e vet në xhami, pastaj Profeti ﷺ u fal në të: mori tekbirin duke qenë mbi të dhe ra në ruku, pastaj zbriti nga mbrapa, pa e kthyer fytyrën nga mbrapa dhe ra në sexhde në fund të minberit dhe u kthye sërish (hipi mbi të). Pasi e përfundoi namazin, u kthye nga njerëzit dhe u tha: “O njerëz! Veprova kështu që të më pasoni dhe ta mësoni namazin tim.”</t>
   </si>
   <si>
     <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>Është e preferuar që të shërbehemi me minber (podium) dhe që ligëruesi (hatibi) të ngrihet mbi të. Dobia e tij është kumtimi i mesazhit dhe që të tjerët të dëgjojnë.
 Lejohet të falet namazi në minber, për t'i mësuar të tjerët dhe lejohet që imami të ngrihet mbi xhematin, për shkak të ndonjë dobie.
 Është e lejuar të kërkohet ndihmë nga mjeshtërit për nevojat e muslimanëve.
 Lejohet lëvizja e lehtë gjatë namazit, nëse është e nevojshme.
 Xhematliut i lejohet ta shikojë imamin gjatë namazit, që të mësojë prej tij, e kjo nuk bie ndesh me përkushtimin (në namaz).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65096</t>
   </si>
   <si>
-    <t>إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا</t>
+    <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
     <t>“Kur të faleni, drejtojini safat dhe le t'ju prijë dikush nga ju. Kur të marrë tekbir, merrni edhe ju</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Hitan ibn Abdullah Rrekashiu tregon: "Njëherë u fala me Ebu Musa Eshariun dhe në uljen e fundit, një burrë nga të pranishmit tha: "Namazi sjell mirësinë dhe pastërtinë." Kur Ebu Musai kreu namazin dhe dha selam, u kthye dhe tha: "Kush tha kështu e kështu?" Të pranishmit heshtën. Ai sërish përsëriti: "Kush nga ju tha kështu e kështu?" Të pranishmit vazhduan të heshtin. Ebu Musai tha: "Ndoshta fole ti, o Hitan?"
 - Nuk fola unë, - tha Hitani, - kësaj i frikohesha, se do të më fajësoje mua.
 Në atë rast, një burrë nga të pranishmit tha: "Unë i thashë ato fjalë, por mendova se po bëja mirë." Atëherë Ebu Musai tha: "A nuk dini, vallë, çfarë duhet të thoni në namazin tuaj?! I Dërguari i Allahut ﷺ na ligjëroi dhe na qartësoi Sunetin dhe na mësoi namazin. Ai na pati thënë: “Kur të faleni, drejtojini safat dhe le t'ju prijë dikush nga ju. Kur të marrë tekbir, merrni edhe ju. Kur të thotë: "Gajril-magdubi alejhim ve ledal-lin", (El Fatiha, 7) thoni: "Amin!", sepse Allahu ju përgjigjet. Kur të marrë tekbir dhe të bjerë në ruku, merrni edhe ju tekbir dhe bini në ruku. Imami bie dhe ngrihet para jush nga rukuja.” I Dërguari i Allahut ﷺ tha: “Kjo (kompensohet) me të. Kur të thotë: "Semiallahu limen hamideh", thoni: "Allahumme, rabbena lekel-hamd", Allahu ju dëgjon. Allahu i Lartësuar, nëpërmjet gjuhës së të Dërguarit të Tij ﷺ, ka thënë: "Allahu i përgjigjet atij që e falënderoi (semiallahu limen hamideh)." Kur të marrë tekbir dhe të bjerë në sexhde, merrni edhe ju tekbir dhe bini në sexhde. Imami bie dhe ngrihet para jush nga sexhdja.” I Dërguari i Allahut ﷺ tha: “Kjo (kompensohet) me të. Kur të qëndrojë në ulje, gjëja e parë që thoni, le të jetë: "Et-tehijatu et-tajibatu es-salavatu lil-lahi, es-selamu alejke ejjuhen-nebijju ve rahmetullahi ve berekatuhu, es-selamu alejna ve ala ibadil-lahis-salihin, eshhedu en la ilahe il-lallah, ve eshhedu enne Muhammeden abduhu ve resuluh. (Përshëndetjet, selamet dhe mirësitë i takojnë Allahut. Paqja, mëshira dhe bekimi qofshin mbi ty, o Pejgamber! Paqja qoftë mbi ne dhe mbi të gjithë robërit e mirë! Dëshmoj se s'ka të adhuruar të denjë përveç Allahut dhe dëshmoj se Muhamedi është i Dërguari i Allahut)."</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
     <t>Sahabiu, Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!), fali një namaz e, kur ishte në pozicionin ulur, në teshehud, një nga namazlinjtë tha: "Namazi është përmendur në Kuran së bashku me mirësinë dhe zekatin." Kur Ebu Musai (Allahu qoftë i kënaqur me të!) e mbaroi namazin, u kthye nga xhemati dhe i pyeti: "Kush prej jush e tha fjalinë: "Namazi është përmendur në Kuran së bashku me mirësinë dhe zekatin?" Xhemati heshtën dhe asnjëri prej tyre nuk foli, prandaj ai ua përsëriti pyetjen dhe, kur askush nuk iu përgjigj, kësisoj Ebu Musai (Allahu qoftë i kënaqur me të!) tha: "Ndoshta ti, Hitan, e ke thënë!" Për shkak të guximit të tij, afërsisë dhe lidhjes së tij me të, gjë që akuza nuk do ta dëmtonte dhe do ta shtynte vepruesin e vërtetë ta miratojë veprimin e bërë. Hitani e mohoi këtë dhe tha: "Kisha frikë se do të më qortoje, duke menduar se unë kisha thënë." Kështu, njëri nga të pranishmit tha: "Unë i thashë ato fjalë, por mendova se po bëja mirë."
 Në atë rast, një burrë nga të pranishmit tha: Atëherë Ebu Musai, duke dashur ta mësojë atë, tha: "A nuk dini, vallë, çfarë duhet të thoni në namazin tuaj?!”, duke kundërshtuar. Pastaj, tregoi se i Dërguari i Allahut ﷺ ua kishte shpjeguar Sunetin dhe namazin, duke thënë:
 Kur të faleni, drejtoni safat (rreshtat) tuaj dhe qëndroni drejt në ta dhe njëri prej tyre t'u prijë njerëzve në namaz. Kur imami të marrë tekbirin fillestar, merrni edhe ju njëjtë. Kur ai e lexon Fatihanë dhe thotë: "Gajril-magdubi alejhim ve led-dalin", (El Fatiha, 7) thoni: "Amin!" Nëse e bëni këtë, Allahu do t'i përgjigjet lutjes suaj! Kur të marrë tekbir dhe të bjerë në ruku, merrni edhe ju tekbir dhe bini në ruku. Imami bën ruku para jush dhe ngrihet nga rukuja para jush, andaj mos i paraprini, ngase çasti në të cilin imami ju paraprin në ruku ju plotësohet duke ju lënë në ruku pas çastit që ai ngrihet nga rukuja. Ky çast (paraprirja e tij në ruku) plotësohet me atë çast (lënien tuaj në ruku pas ngritjes së tij), kështu që koha e qëndrimit tuaj në ruku bëhet sa qëndrimi i tij në ruku. E, nëse imami thotë: "Semiallahu limen hamideh", thoni: "Allahumme rabbena lekel hamd." Nëse namazlinjtë thonë kështu, atëherë Allahu i Lartësuar ua dëgjon lutjet dhe fjalët e tyre. Allahu i Lartmadhëruar ka thënë në gjuhën e Profetit të Tij ﷺ: "Semiallahu limen hamideh." Pastaj, kur imami merr tekbir dhe bie në sexhde, atëherë namazlinjtë duhet të marrin tekbir dhe të bëjnë sexhde, sepse imami bie në sexhde para tyre dhe ngrihet para tyre, kështu që ky moment është për atë tjetrin. Kësisoj koha e qëndrimit në sexhde të xhematit është aq sa koha e sexhdes së imamit. Kur ulet për teshehud, gjëja e parë që namazliu e thotë duhet të jetë: “Et tehijatu et tajibatu es salavatu lil-lah”, pra, sundimi, përhershmëria dhe madhështia i takojnë që të gjitha Allahut të Lartësuar dhe po kështu edhe pesë namazet ditore janë për Allahun. "Es-selamu alejke ejjuhen-nebijju ve rahmetullahi ve berakatuhu, es-selamu alejna ve ala ibadilahis-salihin." Pra, lutju Allahut për shpëtim nga çdo e metë, mundim, mangësi dhe telashe. Me përshëndetjet tona veçojmë Profetin tonë, Muhamedin ﷺ, pastaj përshëndesim veten tonë, pastaj përshëndesim robërit e devotshëm të Allahut, që i përmbushin obligimet, qofshin të drejtat e Allahut të Lartësuar, qofshin të drejtat e robërve të Tij. Pastaj dëshmojmë se nuk meriton askush adhurimin me të drejtë përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij.</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>Sqarimi i një prej formave të teshehudit.
 Veprimet dhe fjalët gjatë namazit duhet të jenë nga ajo që është vërtetuar nga Profeti ﷺ, andaj nuk i lejohet askujt që në to të shpikë një fjalë ose veprim që nuk është vërtetuar në Sunet.
 Nuk lejohet që imami të parakalohet ose të vonohemi pas tij. Ajo që është e ligjshme të bëhet është ta ndjekim imamin gjatë veprimeve të tij.
 Ai përmendi kujdesin që Profeti ﷺ e kishte për ta kumtuar mesazhin dhe për t'ia mësuar umetit të tij dispozitat e fesë.
 Imami duhet të ndiqet nga xhemati, kështu që nuk i lejohet ta parakalojë në veprat e namazit, as të jetë i njëjtë me të, as të mbetet prapa tij, por duhet të fillojë ta ndjekë, pasi të jetë i sigurt se imami ka filluar veprimin që dëshiron të bëjë, kështu që sunet është që ta pasojë imamin në këto veprime.
 Ligjshmëria që safat (rreshtat) të drejtohen në namaz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65097</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا</t>
+    <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
   </si>
   <si>
     <t>Betohem në Atë, në Dorën e të Cilit është shpirti im, se nga të gjithë ju namazi im më së shumti i ngjason namazit të të Dërguarit të Allahut ﷺ. Kështu falej derisa u nda nga kjo botë</t>
   </si>
   <si>
     <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) thoshte "Allahu Ekber" (tekbir) në çdo namaz farz e vullnetar, në Ramazan e jashtë tij. Bënte tekbirin kur ngrihej për t'u falur dhe kur binte në ruku. Pastaj (duke u ngritur nga rukuja dhe) para se të binte në sexhde, thoshte: "Semiallahu limen hamideh", dhe: "Rabbena ve lekel-hamd." Duke rënë në sexhde, thoshte: "Allahu ekber". Kur e ngrinte kokën, bënte tekbirin, kur binte sërish, bënte tekbirin dhe, kur ngrihej prej sexhdes, sërish bënte tekbirin. Bënte tekbirin sa herë që ngrihej prej uljes pas dy rekatesh. Kështu vepronte në çdo rekat, derisa e përfundonte namazin. Pasi e përfundonte, thoshte: "Betohem në Atë, në Dorën e të Cilit është shpirti im, se nga të gjithë ju namazi im më së shumti i ngjason namazit të të Dërguarit të Allahut ﷺ. Kështu falej derisa u nda nga kjo botë."</t>
   </si>
   <si>
     <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
 ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) në këtë hadith transmeton një pjesë të përshkrimit të namazit të Profetit ﷺ dhe tregon se, kur ngrihej për t'u falur, merrte tekbir, kur qëndronte në këmbë gjatë tekbirit fillestar, e pastaj merrte tekbir kur shkonte në ruku, kur bënte sexhde, kur e ngrinte kokën nga sexhdja dhe kur bënte sexhden e dytë; kur e ngrinte kokën prej saj dhe kur ngrihej në këmbë pas dy rekateve të para pasi ishte ulur për teshehudin e parë në namazin trerekatësh ose katërrekatësh, e kështu vepronte gjatë tërë namazit, derisa e përfundonte. Kur e ngrinte shpinën nga rukuja, thoshte: "Semiallahu limen hamideh", dhe duke qëndruar në këmbë, thoshte: "Rabena ve lekel hamd."
 Pastaj Ebu Hurejra (Allahu qoftë i kënaqur me të!), pasi e përfundonte namazin, thoshte: "Betohem në Atë, në dorën e të Cilit është shpirti im, se nga të gjithë ju, namazi im më së shumti i ngjason namazit të të Dërguarit të Allahut ﷺ. Kështu falej derisa u nda nga kjo botë."</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>Tekbiri bëhet gjatë çdo uljeje dhe ngritjeje, përveç kur namazliu ngrihet nga rukuja, e në atë rast thotë: “Semiallahu limen hamideh."
 Kujdesi i sahabëve për ta ndjekur shëmbëlltyrën e Profetit ﷺ dhe për ta ruajtuar Sunetin e tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65098</t>
   </si>
   <si>
-    <t>قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ</t>
+    <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>“Allahu i Lartësuar ka thënë: "Fatihanë e kam ndarë përgjysmë mes Meje dhe robit Tim, e robit Tim i takon ajo që e kërkon</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: “Allahu i Lartësuar ka thënë: "Fatihanë e kam ndarë përgjysmë mes Meje dhe robit Tim, e robit Tim i takon ajo që e kërkon. Kur robi thotë: "Elhamdu lil-lahi rabbil-alemin", Allahu i Lartësuar thotë: "Robi Im më falënderoi." Kur thotë: "Err-Rrahmanir-Rrahim", Allahu thotë: "Robi Im më lavdëroi." Kur ai thotë: "Maliki jeumid-din", Allahu thotë: "Robi Im më madhëroi", - një herë pati thënë: "Robi Im më besoi çdo gjë të tij." Kur robi thotë: "Ijjake nabudu ue ijjake nestein", Allahu thotë: "Kjo është mes Meje dhe robit Tim, e robit Tim i takon ajo që e kërkon." Kur robi thotë: "Ihdinas-siratal-mustekim, siratal-ledhine enamte alejhim, gajril-magdubi alejhim, ueled-dal-lin", Allahu thotë: "Kjo i përket robit Tim dhe atij i takon ajo që ka kërkuar.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
     <t>Profeti ﷺ tregon se Allahu i Lartësuar në hadithin kudsi thotë: "Në namaz e ndava suren el Fatiha përgjysmë mes Meje dhe robit Tim: gjysma është për Mua e gjysma është për të."
 Gjysma e parë është falënderim, lavdërim dhe madhërim kushtuar Allahut, për të cilin Allahu jep shërblim të madh.
 Gjysma e dytë është përgjërim dhe lutje, të cilit Allahu i përgjigjet e i jep çfarë kërkon.
 Kur namazliu të thotë: "Elhamdulil-lahi rabbil-alemin", Allahu i Lartësuar thotë: "Robi Im më falënderoi." Kur thotë: "Err-Rrahmanir-rrahim", Allahu thotë: "Robi Im më lavdëroi" e më falëderoi dhe kjo, njëherazi, është miratim nga ana e tij për Mua se Unë i begatoj të gjitha krijesat. Kur ai thotë: "Maliki jeumid-din", Allahu thotë: "Robi Im më madhëroi", e ky është nderim i gjerë.
 Kur robi thotë: "Ijjake nabudu ue ijjake nestein", Allahu thotë: "Kjo është mes Meje dhe robit Tim."
 Gjysma e parë e këtij ajeti është për Allahun, e cila është: "Ijjake nabudu - Vetëm Ty të adhurojmë", që nënkupton veçimin e Allahut me adhurim dhe duke iu përgjigjur me ibadet, e me të përfundon gjysma që i takon Allahut.
 Gjysma e dytë e ajetit është për robin: "ue ijjake nestein - vetëm prej Teje ndihmë kërkojmë", që nënkupton kërkimin e ndihmës prej Allahut dhe është premtim prej Tij për ndihmë.
 E, kur ai thotë: “Ihdinas-siratal-mustekim, siratal-ledhine enamte alejhim, gajril-magdubi alejhim, ueled-dalin - Në rrugën e atyre që u ke dhuruar mirësi e jo në të atyre që kanë shkaktuar zemërimin Tënd, as në të atyre që janë të humbur!", Allahu thotë: "Ky është përgjërim dhe lutje nga robi Im, e robit Tim i takon ajo që kërkoi, ndërsa Unë iu përgjigja lutjes së tij."</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>Rëndësia e madhe e Fatihasë, saqë Allahu i Lartësuar e quajti atë namaz.
 Sqarimi i kujdesit të Allahut të Lartësuar për robin e Tij, pasi Ai e falënderoi atë për falënderimin, lavdërimin dhe madhërimin që ia kushtoi Atij dhe i premtoi se do t'i jepte atë që ai kërkoi.
 Kjo sure fisnike ngërthen në vete falënderimin për Allahun, përmendjen e Ditës së Kiametit, lutjen kushtuar Allahut, adhurimin e sinqertë kushtuar Atij dhe lutjen për udhëzim në rrugën e drejtë e paralajmërimin nga rrugët e kota.
 Kur namazliu ta ketë parasysh këtë hadith teksa e lexon Fatihanë, ia shton përkushtimin në namaz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65099</t>
   </si>
   <si>
-    <t>أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا</t>
+    <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
     <t>“Personi më i keq vjedhës është ai që vjedh në namazin e tij.” I tha: "Si mund ta vjedhë namazin?" Profeti ﷺ ia ktheu: “Nuk e plotëson as sexhden e as rukunë.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Personi më i keq vjedhës është ai që vjedh në namazin e tij.” I tha: "Si mund ta vjedhë namazin?" Profeti ﷺ ia ktheu: “Nuk e plotëson as sexhden e as rukunë.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se njeriu më i shëmtuar që vjedh është ai që vjedh në namazin e tij. Kjo, për shkak se përvetësimi i pasurisë së dikujt tjetër mund t'i bëjë dobi njeriut në këtë botë, ndryshe nga ky hajdut, sepse ai ka vjedhur shpërblimin e hakut të vet. I thanë: "O i Dërguari i Allahut, si mund të vjedhë në namazin e tij?" Profeti ﷺ tha: "Nuk e plotëson as rukunë e as sexhden." Kjo, sepse nxiton gjatë rukusë dhe sexhdes, e nuk i kryen ato në mënyrë të përsosur.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>Rëndësia e faljes së namazit në mënyrë të përkryer, duke i çuar në vend shtyllat e tij me qetësi dhe përkushtim.
 Përshkrimi i atij që nuk e plotëson rukunë dhe sexhden se është hajdut, për ta larguar nga ky veprim dhe për t'ia tërhequr vërejtjen ndaj këtij harami.
 Është e obligueshme që gjatë namazit të plotësohet rukuja e sexhdeja dhe të drejtohemi mes tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65100</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
     <t>Kur i Dërguari i Allahut ﷺ ngrihej nga rukuja, thoshte: “Semiallahu limen hamideh</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
     <t>Ibn Ebu Eufai (Allahu qoftë i kënaqur me të!) tregon: "Kur i Dërguari i Allahut ﷺ ngrihej nga rukuja, thoshte: “Semiallahu limen hamideh, Allahumme rabbena, lekel-hamd, mil’es-semavati ve mil’el-erdi, ve mi’e ma shite min shejin badu (Allahu e pranon lavdinë e atij që i bën lavdi! O Allah, Zoti ynë, ty të takon lavdia, aq sa mbushen qiejt, Toka dhe çdo gjë tjetër që Ti do).”</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ e ngrinte shpinën nga rukuja në namaz, thoshte: “Semiallahu limen hamideh”, që do të thotë: kush e lavdëron Allahun e Lartësuar, Ai i përgjigjet dhe ia pranon lavdërimin dhe e shpërblen. Pastaj e lavdëron Allahun duke thënë: “Allahumme rabbena, lekel-hamd, mil’es-semavati ve mil’el-erdi, ve mi’e ma shite min shejin badu." Lavdërim, aq sa mbushen qiejt, Toka e çfarë ka mes tyre dhe çdo gjë tjetër që do Allahu.</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>Sqarimi se çfarë është e rekomanduar të thotë namazliu kur ta ngrejë kokën nga rukuja.
 Obligueshmëria që të qëndrojmë drejt dhe të jemi të qetë pas ngritjes nga rukja, sepse nuk mund ta themi këtë dhikër nëse nuk jemi të drejtuar dhe të qetë.
 Ky dhikër është i ligjshëm të thuhet në të gjitha namazet, qofshin obligative, qofshin vullnetare.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65101</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
     <t>i Dërguari i Allahut ﷺ e përfundonte namazin e detyrueshëm, thoshte</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
     <t>Verradi, i çrobëruari i Mugire ibn Shuëbes, tregon: "Mugire ibn Shuëbe i shkroi Muaviut se, kur i Dërguari i Allahut ﷺ e përfundonte namazin e detyrueshëm, thoshte: “La ilahe ilallahu vahdehu la sherike leh, lehul-mulku ve lehul-hamdu, ve huve ala kuli shejin Kadir. Allahumme la mania lima atajte, ve la mu'tije lima menate, ve la jenfeu dhel-xheddi minkel-xhed."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
     <t>Profeti ﷺ pas çdo namazi obligativ, thoshte*: “La ilahe ilallahu vahdehu la sherike leh, lehul-mulku ve lehul-hamdu, ve huve ala kuli shejin Kadir. Allahumme la mania lima atajte, ve la mu'tije lima menate, ve la jenfeu dhel-xheddi minkel-xhed."
 Kjo nënkupton se unë e miratoj dhe e pranoj fjalën e teuhidit (monoteizmit): La ilahe il-lallah. Adhurimin e vërtetë e pohoj për Allahun dhe e mohoj atë nga çdo gjë tjetër, kështu që nuk ka të denjë për t'u adhuruar pos Allahut. Gjithashtu e miratoj se pushteti i vërtetë e i plotë i takon Allahut dhe gjithë lavdërimi i banorëve të qiejve dhe të Tokës i takon Allahut të Lartësuar, sepse Ai është i plotfuqishëm për çdo gjë. Atë që Allahu e ka caktuar për t'ia dhënë dikujt ose për të mos ia dhënë dikujt tjetër, askush nuk mund ta kthejë dhe tek Ai nuk bën dobi pasuria e të pasurit, por bën dobi vepra e tij e mirë.</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>Është e rekomanduar të thuhet ky dhikër pas namazeve (farz), sepse ngërthen në vete fjalë të monoteizmit dhe lavdërimit (ndaj Allahut).
 Shpejtmi për t'i praktikuar këto sunete dhe për t'i përhapur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65102</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
     <t>se Profeti ﷺ ndërmjet dy sexhdeve thoshte: "Rabbigfirlij, rabbigfirlij!</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>Hudhejfja (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ndërmjet dy sexhdeve thoshte: "Rabbigfirlij, rabbigfirlij!"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ ulej ndërmjet dy sexhdeve, thoshte: "Rabbigfirlij, rabbigfirlij!", dhe e përsëriste.
 Kuptimi i frazës: "Rabigfirlij" është: kërkesa e robit drejtuar Zotit të tij, që t'ia fshijë gjynahet dhe t'ia mbulojë të metat.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Kjo lutje është e ligjshme të thuhet ndërmjet dy sexhdeve në namazin farz (obligativ) dhe në atë nafile (vullnetar).
 Është e rekomanduar të përsëritet fraza: "Rabbigfirlij", ndërsa obligim është të thuhet vetëm një herë.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65104</t>
   </si>
   <si>
-    <t>ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا</t>
+    <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>Ai është një shejtan që quhet Hinzeb. Kur ta vëresh praninë e tij, kërko mbrojtjen e Allahut kundrejt tij dhe pështyj tri herë lehtë nga ana jote e majtë!</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>Othman ibn Ebul-Asi (Allahu qoftë i kënaqur me të) shkoi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut! Shejtani po ndërhyn mes meje e namazit dhe leximit tim nga Kurani, si dhe po m'i ngatërron." Profeti ﷺ i tha: "Ai është një shejtan që quhet Hinzeb. Kur ta vëresh praninë e tij, kërko mbrojtjen e Allahut kundrejt tij dhe pështyj tri herë lehtë nga ana jote e majtë!" 
 Më pas Othmani tha: "Ashtu veprova dhe Allahu ma largoi atë."</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>Othman ibn Ebul-Asi (Allahu qoftë i kënaqur me të!) shkoi te Profeti ﷺ dhe i tha: "O i Dërguar i Allahut, shejtani ka ndërhyrë mes meje e namazit tim dhe më ka penguar që të jem i përkushtuar, si dhe ma ngatërroi leximin e (Kuranit) dhe më bëri të dyshoja." Atëherë i Dërguari i Allahut ﷺ i tha: "Ky është një shejtan, që quhet Hinzeb, andaj, nëse e vëren praninë e tij, kërko strehim tek Allahu që të të ruajë prej tij, si dhe fryj tri herë në anën tënde të majtë me pak pështymë." Othmani tha: "Veprova siç më urdhëroi Profeti ﷺ dhe Allahu ma largoi atë."</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Rëndësia e përkushtimit dhe përshpirtshmërisë gjatë namazit,  dhe se shejtani përpiqet ta shpërqendrojë (namazliun) dhe të hedhë dyshime mbi të.
 Rekomandohet të kërkojmë mbrojtje tek Allahu, të na ruajë nga shejtani, kur ai pëshpërit gjatë namazit, si dhe të pështyjmë në të majtë tri herë.
 Sqarimi i gjendjes në të cilën ishin sahabët (Allahu qoftë i kënaqur me ta!), sepse ata ktheheshin te Profeti ﷺ në lidhje me problemet që u ndodhnin, në mënyrë ai t'ua zgjidhte.
 Zemrat e sahabëve kishin gjallëri dhe brenga e tyre ishte ahireti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65105</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
+  </si>
+  <si>
+    <t>“Ai që i ka këto katër tipare është hipokrit i kulluar. Ndërkaq, ai që ka vetëm njërin prej tyre, ka një prej tipareve të hipokrizisë, derisa ta braktisë atë. Ato janë: kur flet, gënjen; kur bën marrëveshje, tradhton; kur premton, nuk e mban premtimin, si dhe kur polemizon, bëhet i pasjellshëm</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibën Amri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Ai që i ka këto katër tipare është hipokrit i kulluar. Ndërkaq, ai që ka vetëm njërin prej tyre, ka një prej tipareve të hipokrizisë, derisa ta braktisë atë. Ato janë: kur flet, gënjen; kur bën marrëveshje, tradhton; kur premton, nuk e mban premtimin, si dhe kur polemizon, bëhet i pasjellshëm."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka paralajmëruar për katër tipare, të cilat, nëse bashkohen te një musliman, do t'u shëmbëllente shumë hipokritëve, për shkak të këtyre tipareve. Kjo vlen për ata te të cilët mbizotërojnë këto tipare. E, sa u përket atyre te të cilët këto tipare janë të rralla, nuk përfshihen në këtë hadith. Këto tipare janë:
+E para: kur flet, qëllimisht gënjen dhe nuk thotë të vërtetën në bisedim.
+E dyta: kur bën një marrëveshje, nuk e përmbush atë dhe e tradhton personin me të cilin ka bërë marrëveshje.
+E treta: kur premton, nuk e përmbush premtimin dhe nuk e mban atë.
+E katërta: nëse polemizon dhe grindet me dikë, bëhet i ashpër dhe mënjanohet nga e vërteta; tregohet dinak në refuzimin dhe zhvlerësimin e së vërtetës dhe thotë të pavërteta e gënjeshtra.
+Hipokrizia është shfaqja e së kundërtës së asaj që e fsheh. Ky kuptim është i pranishëm te njeriu që i ka këto tipare. Hipokrizia e tij vlen për atë njeri me të cilin flet, me atë që i premton,me atë që bën marrëveshje dhe me atë që polemizon, e jo se ai është hipokrit në Islam, në kuptimin që shfaq Islamin dhe fsheh kufrin(mosbesimin). Ndërkaq, ai që ka njërin nga këto tipare, ka një tipar të hipokrizisë, derisa ta braktis atë.</t>
+  </si>
+  <si>
+    <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
+المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
+قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
+النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
+قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
+قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
+  </si>
+  <si>
+    <t>Sqarimi i disa tipareve të hipokritit, për t'i frikësuar dhe paralajmëruar njerëzit të mos bien në to.
+Kuptimi i hadithit është se këto tipare janë tipare të hipokrizisë dhe njeriu që karakterizohet me këto tipare është i ngjashëm me hipokritët në këto tipare dhe ka përvetësuar moralin e tyre. Nuk do të thotë se ai është hipokrit në kuptimin e plotë, si dikush që shfaq Islamin dhe e fsheh kufrin. Është thënë gjithashtu se kjo vlen për atë që këto tipare mbizotërojnë tek ai dhe ai i nënvlerëson dhe i merr për të lehta. Nëse dikush vepron kështu, në shumicën e rasteve ndodh për shkak se besimin e ka të prishur.
+Gazaliu ka thënë: "Thelbi i fetarisë përmblidhet në tri gjëra: fjalë, vepër dhe nijet (qëllim). Profeti ﷺ tërhoqi vërejtjen mbi prishjen e fjalës përmes gënjeshtrës, prishjen e veprës përmes tradhtisë dhe prishjen e nijetit përmes shkeljes së premtimit, sepse shkelja e premtimit konsiderohet mangësi atëherë kur qëllimi për ta thyer atë është i pranishëm që në momentin e dhënies së premtimit. E, nëse dikush ka qëllim të sinqertë në fillim, por më pas i del ndonjë pengesë ose e sheh më të arsyeshme të veprojë ndryshe, atëherë në këtë rast nuk ka vend për hipokrizi."
+Hipokrizia ndahet në dy lloje: 1. Hipokrizia ideologjike, që e nxjerr njeriun nga imani, që nënkupton shfaqjen e Islamit dhe fshehjen e kufrit (mosbesimit). 2. Hipokrizia e veprës, që nënkupton shëmbëllimin me hipokritët në tiparet e tyre. Kjo nuk e nxjerr njeriun nga imani, por është mëkat i madh.
+Ibën Haxheri ka thënë: "Dijetarët janë pajtuar njëzëri se kushdo që beson me zemrën e gjuhën e tij dhe më pas i kryen këto gjëra, nuk do të gjykohet si jobesimtar e as është hipokrit që do të mbetet përjetësisht në Xhehenem."
+Neveviu ka thënë: "Një grup dijetarësh janë shprehur se në këtë hadith janë për qëllim hipokritët që ishin në kohën e Profetit ﷺ, të cilët e shprehën imanin dhe e përgënjeshtruan; iu besua çështja e fesë, por tradhtuan; bënë premtime rreth çështjeve të fesë dhe se do ta ndihmojnë, por e thyen premtimin, si dhe gjatë polemikave dhe konflikteve ishin të pasjellshëm."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/65124</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -12630,51 +13418,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O342"/>
+  <dimension ref="A1:O360"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -17171,11388 +17959,12216 @@
       </c>
       <c r="I98" t="s">
         <v>910</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>4304</v>
+        <v>4295</v>
       </c>
       <c r="B99" t="s">
         <v>912</v>
       </c>
       <c r="C99" t="s">
         <v>913</v>
       </c>
       <c r="D99" t="s">
         <v>914</v>
       </c>
       <c r="E99" t="s">
         <v>915</v>
       </c>
       <c r="F99" t="s">
         <v>916</v>
       </c>
       <c r="G99" t="s">
         <v>917</v>
       </c>
       <c r="H99" t="s">
         <v>918</v>
       </c>
       <c r="I99" t="s">
         <v>919</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
         <v>25</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
         <v>27</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>4309</v>
+        <v>4303</v>
       </c>
       <c r="B100" t="s">
         <v>921</v>
       </c>
       <c r="C100" t="s">
         <v>922</v>
       </c>
       <c r="D100" t="s">
         <v>923</v>
       </c>
       <c r="E100" t="s">
         <v>924</v>
       </c>
       <c r="F100" t="s">
         <v>925</v>
       </c>
       <c r="G100" t="s">
         <v>926</v>
       </c>
       <c r="H100" t="s">
         <v>927</v>
       </c>
       <c r="I100" t="s">
         <v>928</v>
       </c>
       <c r="J100" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="K100" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>130</v>
+        <v>929</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>4314</v>
+        <v>4304</v>
       </c>
       <c r="B101" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C101" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="D101" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="E101" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="F101" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="G101" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="H101" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="I101" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
         <v>25</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>4319</v>
+        <v>4308</v>
       </c>
       <c r="B102" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C102" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D102" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="E102" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="F102" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="G102" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="H102" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="I102" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>129</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>130</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>4322</v>
+        <v>4309</v>
       </c>
       <c r="B103" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C103" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D103" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="E103" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="F103" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="G103" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="H103" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="I103" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>4555</v>
+        <v>4314</v>
       </c>
       <c r="B104" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C104" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D104" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="E104" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="F104" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="G104" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="H104" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="I104" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>4560</v>
+        <v>4316</v>
       </c>
       <c r="B105" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C105" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D105" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="E105" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="F105" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="G105" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="H105" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="I105" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>4563</v>
+        <v>4319</v>
       </c>
       <c r="B106" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C106" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D106" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="E106" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="F106" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="G106" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="H106" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="I106" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>129</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>130</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>4566</v>
+        <v>4322</v>
       </c>
       <c r="B107" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C107" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D107" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="E107" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="F107" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="G107" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="H107" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="I107" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>4709</v>
+        <v>4555</v>
       </c>
       <c r="B108" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C108" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D108" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="E108" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="F108" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="G108" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="H108" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="I108" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>4711</v>
+        <v>4556</v>
       </c>
       <c r="B109" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C109" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D109" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="E109" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="F109" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="G109" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="H109" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="I109" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="J109" t="s">
-        <v>1010</v>
+        <v>24</v>
       </c>
       <c r="K109" t="s">
+        <v>25</v>
+      </c>
+      <c r="L109" t="s">
+        <v>26</v>
+      </c>
+      <c r="M109" t="s">
+        <v>27</v>
+      </c>
+      <c r="N109" t="s">
+        <v>28</v>
+      </c>
+      <c r="O109" t="s">
         <v>1011</v>
-      </c>
-[...10 lines deleted...]
-        <v>1014</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>4721</v>
+        <v>4558</v>
       </c>
       <c r="B110" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D110" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E110" t="s">
         <v>1015</v>
       </c>
-      <c r="C110" t="s">
+      <c r="F110" t="s">
         <v>1016</v>
       </c>
-      <c r="D110" t="s">
+      <c r="G110" t="s">
         <v>1017</v>
       </c>
-      <c r="E110" t="s">
+      <c r="H110" t="s">
         <v>1018</v>
       </c>
-      <c r="F110" t="s">
+      <c r="I110" t="s">
         <v>1019</v>
       </c>
-      <c r="G110" t="s">
+      <c r="J110" t="s">
+        <v>24</v>
+      </c>
+      <c r="K110" t="s">
+        <v>129</v>
+      </c>
+      <c r="L110" t="s">
+        <v>26</v>
+      </c>
+      <c r="M110" t="s">
+        <v>130</v>
+      </c>
+      <c r="N110" t="s">
+        <v>28</v>
+      </c>
+      <c r="O110" t="s">
         <v>1020</v>
-      </c>
-[...19 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>4725</v>
+        <v>4559</v>
       </c>
       <c r="B111" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D111" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F111" t="s">
         <v>1025</v>
       </c>
-      <c r="C111" t="s">
+      <c r="G111" t="s">
         <v>1026</v>
       </c>
-      <c r="D111" t="s">
+      <c r="H111" t="s">
         <v>1027</v>
       </c>
-      <c r="E111" t="s">
+      <c r="I111" t="s">
         <v>1028</v>
       </c>
-      <c r="F111" t="s">
+      <c r="J111" t="s">
+        <v>24</v>
+      </c>
+      <c r="K111" t="s">
+        <v>140</v>
+      </c>
+      <c r="L111" t="s">
+        <v>26</v>
+      </c>
+      <c r="M111" t="s">
+        <v>141</v>
+      </c>
+      <c r="N111" t="s">
+        <v>28</v>
+      </c>
+      <c r="O111" t="s">
         <v>1029</v>
-      </c>
-[...25 lines deleted...]
-        <v>1033</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>4792</v>
+        <v>4560</v>
       </c>
       <c r="B112" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D112" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F112" t="s">
         <v>1034</v>
       </c>
-      <c r="C112" t="s">
+      <c r="G112" t="s">
         <v>1035</v>
       </c>
-      <c r="D112" t="s">
+      <c r="H112" t="s">
         <v>1036</v>
       </c>
-      <c r="E112" t="s">
+      <c r="I112" t="s">
         <v>1037</v>
-      </c>
-[...10 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1042</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>4810</v>
+        <v>4563</v>
       </c>
       <c r="B113" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D113" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F113" t="s">
         <v>1043</v>
       </c>
-      <c r="C113" t="s">
+      <c r="G113" t="s">
         <v>1044</v>
       </c>
-      <c r="D113" t="s">
+      <c r="H113" t="s">
         <v>1045</v>
       </c>
-      <c r="E113" t="s">
+      <c r="I113" t="s">
         <v>1046</v>
-      </c>
-[...10 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>129</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>130</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1051</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>4811</v>
+        <v>4564</v>
       </c>
       <c r="B114" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F114" t="s">
         <v>1052</v>
       </c>
-      <c r="C114" t="s">
+      <c r="G114" t="s">
         <v>1053</v>
       </c>
-      <c r="D114" t="s">
+      <c r="H114" t="s">
         <v>1054</v>
       </c>
-      <c r="E114" t="s">
+      <c r="I114" t="s">
         <v>1055</v>
       </c>
-      <c r="F114" t="s">
+      <c r="J114" t="s">
+        <v>24</v>
+      </c>
+      <c r="K114" t="s">
         <v>1056</v>
       </c>
-      <c r="G114" t="s">
+      <c r="L114" t="s">
+        <v>26</v>
+      </c>
+      <c r="N114" t="s">
+        <v>28</v>
+      </c>
+      <c r="O114" t="s">
         <v>1057</v>
-      </c>
-[...22 lines deleted...]
-        <v>1060</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>4817</v>
+        <v>4566</v>
       </c>
       <c r="B115" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D115" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E115" t="s">
         <v>1061</v>
       </c>
-      <c r="C115" t="s">
+      <c r="F115" t="s">
         <v>1062</v>
       </c>
-      <c r="D115" t="s">
+      <c r="G115" t="s">
         <v>1063</v>
       </c>
-      <c r="E115" t="s">
+      <c r="H115" t="s">
         <v>1064</v>
       </c>
-      <c r="F115" t="s">
+      <c r="I115" t="s">
         <v>1065</v>
-      </c>
-[...7 lines deleted...]
-        <v>1068</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>25</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>4935</v>
+        <v>4568</v>
       </c>
       <c r="B116" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D116" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E116" t="s">
         <v>1070</v>
       </c>
-      <c r="C116" t="s">
+      <c r="F116" t="s">
         <v>1071</v>
       </c>
-      <c r="D116" t="s">
+      <c r="G116" t="s">
         <v>1072</v>
       </c>
-      <c r="E116" t="s">
+      <c r="H116" t="s">
         <v>1073</v>
       </c>
-      <c r="F116" t="s">
+      <c r="I116" t="s">
         <v>1074</v>
       </c>
-      <c r="G116" t="s">
+      <c r="J116" t="s">
+        <v>24</v>
+      </c>
+      <c r="K116" t="s">
+        <v>25</v>
+      </c>
+      <c r="L116" t="s">
+        <v>26</v>
+      </c>
+      <c r="M116" t="s">
+        <v>27</v>
+      </c>
+      <c r="N116" t="s">
+        <v>28</v>
+      </c>
+      <c r="O116" t="s">
         <v>1075</v>
-      </c>
-[...22 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>4947</v>
+        <v>4704</v>
       </c>
       <c r="B117" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E117" t="s">
         <v>1079</v>
       </c>
-      <c r="C117" t="s">
+      <c r="F117" t="s">
         <v>1080</v>
       </c>
-      <c r="D117" t="s">
+      <c r="G117" t="s">
         <v>1081</v>
       </c>
-      <c r="E117" t="s">
+      <c r="H117" t="s">
         <v>1082</v>
       </c>
-      <c r="F117" t="s">
+      <c r="I117" t="s">
         <v>1083</v>
-      </c>
-[...7 lines deleted...]
-        <v>1086</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
         <v>140</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>141</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>4950</v>
+        <v>4706</v>
       </c>
       <c r="B118" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E118" t="s">
         <v>1088</v>
       </c>
-      <c r="C118" t="s">
+      <c r="F118" t="s">
         <v>1089</v>
       </c>
-      <c r="D118" t="s">
+      <c r="G118" t="s">
         <v>1090</v>
       </c>
-      <c r="E118" t="s">
+      <c r="H118" t="s">
         <v>1091</v>
       </c>
-      <c r="F118" t="s">
+      <c r="I118" t="s">
         <v>1092</v>
       </c>
-      <c r="G118" t="s">
+      <c r="J118" t="s">
+        <v>24</v>
+      </c>
+      <c r="K118" t="s">
+        <v>129</v>
+      </c>
+      <c r="L118" t="s">
+        <v>26</v>
+      </c>
+      <c r="M118" t="s">
+        <v>130</v>
+      </c>
+      <c r="N118" t="s">
+        <v>28</v>
+      </c>
+      <c r="O118" t="s">
         <v>1093</v>
-      </c>
-[...22 lines deleted...]
-        <v>1096</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>4965</v>
+        <v>4709</v>
       </c>
       <c r="B119" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D119" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E119" t="s">
         <v>1097</v>
       </c>
-      <c r="C119" t="s">
+      <c r="F119" t="s">
         <v>1098</v>
       </c>
-      <c r="D119" t="s">
+      <c r="G119" t="s">
         <v>1099</v>
       </c>
-      <c r="E119" t="s">
+      <c r="H119" t="s">
         <v>1100</v>
       </c>
-      <c r="F119" t="s">
+      <c r="I119" t="s">
         <v>1101</v>
       </c>
-      <c r="G119" t="s">
+      <c r="J119" t="s">
+        <v>24</v>
+      </c>
+      <c r="K119" t="s">
+        <v>140</v>
+      </c>
+      <c r="L119" t="s">
+        <v>26</v>
+      </c>
+      <c r="M119" t="s">
+        <v>141</v>
+      </c>
+      <c r="N119" t="s">
+        <v>28</v>
+      </c>
+      <c r="O119" t="s">
         <v>1102</v>
-      </c>
-[...22 lines deleted...]
-        <v>1105</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>4968</v>
+        <v>4711</v>
       </c>
       <c r="B120" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E120" t="s">
         <v>1106</v>
       </c>
-      <c r="C120" t="s">
+      <c r="F120" t="s">
         <v>1107</v>
       </c>
-      <c r="D120" t="s">
+      <c r="G120" t="s">
         <v>1108</v>
       </c>
-      <c r="E120" t="s">
+      <c r="H120" t="s">
         <v>1109</v>
       </c>
-      <c r="F120" t="s">
+      <c r="I120" t="s">
         <v>1110</v>
       </c>
-      <c r="G120" t="s">
+      <c r="J120" t="s">
         <v>1111</v>
       </c>
-      <c r="H120" t="s">
+      <c r="K120" t="s">
         <v>1112</v>
       </c>
-      <c r="I120" t="s">
+      <c r="L120" t="s">
         <v>1113</v>
       </c>
-      <c r="J120" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M120" t="s">
-        <v>27</v>
+        <v>1114</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>4969</v>
+        <v>4716</v>
       </c>
       <c r="B121" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="C121" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="D121" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="E121" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="F121" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="G121" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="H121" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="I121" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>25</v>
+        <v>929</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
-      <c r="M121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>5272</v>
+        <v>4717</v>
       </c>
       <c r="B122" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="C122" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="D122" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="E122" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="F122" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="G122" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="H122" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="I122" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="J122" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>374</v>
+        <v>25</v>
       </c>
       <c r="L122" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>376</v>
+        <v>27</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>5273</v>
+        <v>4721</v>
       </c>
       <c r="B123" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="C123" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="D123" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="E123" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="F123" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="G123" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="H123" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="I123" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>1141</v>
+        <v>929</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>5326</v>
+        <v>4722</v>
       </c>
       <c r="B124" t="s">
         <v>1143</v>
       </c>
       <c r="C124" t="s">
         <v>1144</v>
       </c>
       <c r="D124" t="s">
         <v>1145</v>
       </c>
       <c r="E124" t="s">
         <v>1146</v>
       </c>
       <c r="F124" t="s">
         <v>1147</v>
       </c>
       <c r="G124" t="s">
         <v>1148</v>
       </c>
       <c r="H124" t="s">
         <v>1149</v>
       </c>
       <c r="I124" t="s">
         <v>1150</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>129</v>
+        <v>1151</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>130</v>
+        <v>1152</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>5330</v>
+        <v>4725</v>
       </c>
       <c r="B125" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="C125" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D125" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="E125" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="F125" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="G125" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="H125" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="I125" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>5331</v>
+        <v>4792</v>
       </c>
       <c r="B126" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="C126" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="D126" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="E126" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="F126" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="G126" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="H126" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="I126" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>5332</v>
+        <v>4801</v>
       </c>
       <c r="B127" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="C127" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="D127" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="E127" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="F127" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="G127" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="H127" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="I127" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>5335</v>
+        <v>4810</v>
       </c>
       <c r="B128" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="C128" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="D128" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="E128" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="F128" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="G128" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="H128" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="I128" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>5344</v>
+        <v>4811</v>
       </c>
       <c r="B129" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="C129" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="D129" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="E129" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="F129" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="G129" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="H129" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="I129" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="J129" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>1196</v>
+        <v>489</v>
       </c>
       <c r="L129" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M129" t="s">
-        <v>1197</v>
+        <v>490</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
         <v>1198</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>5346</v>
+        <v>4817</v>
       </c>
       <c r="B130" t="s">
         <v>1199</v>
       </c>
       <c r="C130" t="s">
         <v>1200</v>
       </c>
       <c r="D130" t="s">
         <v>1201</v>
       </c>
       <c r="E130" t="s">
         <v>1202</v>
       </c>
       <c r="F130" t="s">
         <v>1203</v>
       </c>
       <c r="G130" t="s">
         <v>1204</v>
       </c>
       <c r="H130" t="s">
         <v>1205</v>
       </c>
       <c r="I130" t="s">
         <v>1206</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
+        <v>25</v>
+      </c>
+      <c r="L130" t="s">
+        <v>26</v>
+      </c>
+      <c r="M130" t="s">
+        <v>27</v>
+      </c>
+      <c r="N130" t="s">
+        <v>28</v>
+      </c>
+      <c r="O130" t="s">
         <v>1207</v>
-      </c>
-[...7 lines deleted...]
-        <v>1208</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>5347</v>
+        <v>4935</v>
       </c>
       <c r="B131" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C131" t="s">
         <v>1209</v>
       </c>
-      <c r="C131" t="s">
+      <c r="D131" t="s">
         <v>1210</v>
       </c>
-      <c r="D131" t="s">
+      <c r="E131" t="s">
         <v>1211</v>
       </c>
-      <c r="E131" t="s">
+      <c r="F131" t="s">
         <v>1212</v>
       </c>
-      <c r="F131" t="s">
+      <c r="G131" t="s">
         <v>1213</v>
       </c>
-      <c r="G131" t="s">
+      <c r="H131" t="s">
         <v>1214</v>
       </c>
-      <c r="H131" t="s">
+      <c r="I131" t="s">
         <v>1215</v>
-      </c>
-[...1 lines deleted...]
-        <v>1216</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
         <v>129</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
         <v>130</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>5348</v>
+        <v>4947</v>
       </c>
       <c r="B132" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C132" t="s">
         <v>1218</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>1219</v>
       </c>
-      <c r="D132" t="s">
+      <c r="E132" t="s">
         <v>1220</v>
       </c>
-      <c r="E132" t="s">
+      <c r="F132" t="s">
         <v>1221</v>
       </c>
-      <c r="F132" t="s">
+      <c r="G132" t="s">
         <v>1222</v>
       </c>
-      <c r="G132" t="s">
+      <c r="H132" t="s">
         <v>1223</v>
       </c>
-      <c r="H132" t="s">
+      <c r="I132" t="s">
         <v>1224</v>
       </c>
-      <c r="I132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
+        <v>140</v>
+      </c>
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
+        <v>141</v>
+      </c>
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
         <v>1225</v>
-      </c>
-[...16 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>5351</v>
+        <v>4950</v>
       </c>
       <c r="B133" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C133" t="s">
         <v>1227</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
         <v>1228</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" t="s">
         <v>1229</v>
       </c>
-      <c r="E133" t="s">
+      <c r="F133" t="s">
         <v>1230</v>
       </c>
-      <c r="F133" t="s">
+      <c r="G133" t="s">
         <v>1231</v>
       </c>
-      <c r="G133" t="s">
+      <c r="H133" t="s">
         <v>1232</v>
       </c>
-      <c r="H133" t="s">
+      <c r="I133" t="s">
         <v>1233</v>
       </c>
-      <c r="I133" t="s">
+      <c r="J133" t="s">
+        <v>24</v>
+      </c>
+      <c r="K133" t="s">
+        <v>489</v>
+      </c>
+      <c r="L133" t="s">
+        <v>26</v>
+      </c>
+      <c r="M133" t="s">
+        <v>490</v>
+      </c>
+      <c r="N133" t="s">
+        <v>28</v>
+      </c>
+      <c r="O133" t="s">
         <v>1234</v>
-      </c>
-[...16 lines deleted...]
-        <v>1235</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>5353</v>
+        <v>4965</v>
       </c>
       <c r="B134" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C134" t="s">
         <v>1236</v>
       </c>
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>1237</v>
       </c>
-      <c r="D134" t="s">
+      <c r="E134" t="s">
         <v>1238</v>
       </c>
-      <c r="E134" t="s">
+      <c r="F134" t="s">
         <v>1239</v>
       </c>
-      <c r="F134" t="s">
+      <c r="G134" t="s">
         <v>1240</v>
       </c>
-      <c r="G134" t="s">
+      <c r="H134" t="s">
         <v>1241</v>
       </c>
-      <c r="H134" t="s">
+      <c r="I134" t="s">
         <v>1242</v>
       </c>
-      <c r="I134" t="s">
+      <c r="J134" t="s">
+        <v>24</v>
+      </c>
+      <c r="K134" t="s">
+        <v>25</v>
+      </c>
+      <c r="L134" t="s">
+        <v>26</v>
+      </c>
+      <c r="M134" t="s">
+        <v>27</v>
+      </c>
+      <c r="N134" t="s">
+        <v>28</v>
+      </c>
+      <c r="O134" t="s">
         <v>1243</v>
-      </c>
-[...13 lines deleted...]
-        <v>1244</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>5354</v>
+        <v>4968</v>
       </c>
       <c r="B135" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C135" t="s">
         <v>1245</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135" t="s">
         <v>1246</v>
       </c>
-      <c r="D135" t="s">
+      <c r="E135" t="s">
         <v>1247</v>
       </c>
-      <c r="E135" t="s">
+      <c r="F135" t="s">
         <v>1248</v>
       </c>
-      <c r="F135" t="s">
+      <c r="G135" t="s">
         <v>1249</v>
       </c>
-      <c r="G135" t="s">
+      <c r="H135" t="s">
         <v>1250</v>
       </c>
-      <c r="H135" t="s">
+      <c r="I135" t="s">
         <v>1251</v>
       </c>
-      <c r="I135" t="s">
+      <c r="J135" t="s">
+        <v>24</v>
+      </c>
+      <c r="K135" t="s">
+        <v>25</v>
+      </c>
+      <c r="L135" t="s">
+        <v>26</v>
+      </c>
+      <c r="M135" t="s">
+        <v>27</v>
+      </c>
+      <c r="N135" t="s">
+        <v>28</v>
+      </c>
+      <c r="O135" t="s">
         <v>1252</v>
-      </c>
-[...16 lines deleted...]
-        <v>1253</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>5359</v>
+        <v>4969</v>
       </c>
       <c r="B136" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C136" t="s">
         <v>1254</v>
       </c>
-      <c r="C136" t="s">
+      <c r="D136" t="s">
         <v>1255</v>
       </c>
-      <c r="D136" t="s">
+      <c r="E136" t="s">
         <v>1256</v>
       </c>
-      <c r="E136" t="s">
+      <c r="F136" t="s">
         <v>1257</v>
       </c>
-      <c r="F136" t="s">
+      <c r="G136" t="s">
         <v>1258</v>
       </c>
-      <c r="G136" t="s">
+      <c r="H136" t="s">
         <v>1259</v>
       </c>
-      <c r="H136" t="s">
+      <c r="I136" t="s">
         <v>1260</v>
-      </c>
-[...1 lines deleted...]
-        <v>1261</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>25</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1262</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>5364</v>
+        <v>5272</v>
       </c>
       <c r="B137" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C137" t="s">
         <v>1263</v>
       </c>
-      <c r="C137" t="s">
+      <c r="D137" t="s">
         <v>1264</v>
       </c>
-      <c r="D137" t="s">
+      <c r="E137" t="s">
         <v>1265</v>
       </c>
-      <c r="E137" t="s">
+      <c r="F137" t="s">
         <v>1266</v>
       </c>
-      <c r="F137" t="s">
+      <c r="G137" t="s">
         <v>1267</v>
       </c>
-      <c r="G137" t="s">
+      <c r="H137" t="s">
         <v>1268</v>
       </c>
-      <c r="H137" t="s">
+      <c r="I137" t="s">
         <v>1269</v>
       </c>
-      <c r="I137" t="s">
+      <c r="J137" t="s">
+        <v>373</v>
+      </c>
+      <c r="K137" t="s">
+        <v>374</v>
+      </c>
+      <c r="L137" t="s">
+        <v>375</v>
+      </c>
+      <c r="M137" t="s">
+        <v>376</v>
+      </c>
+      <c r="N137" t="s">
+        <v>28</v>
+      </c>
+      <c r="O137" t="s">
         <v>1270</v>
-      </c>
-[...16 lines deleted...]
-        <v>1271</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>5365</v>
+        <v>5273</v>
       </c>
       <c r="B138" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C138" t="s">
         <v>1272</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D138" t="s">
         <v>1273</v>
       </c>
-      <c r="D138" t="s">
+      <c r="E138" t="s">
         <v>1274</v>
       </c>
-      <c r="E138" t="s">
+      <c r="F138" t="s">
         <v>1275</v>
       </c>
-      <c r="F138" t="s">
+      <c r="G138" t="s">
         <v>1276</v>
       </c>
-      <c r="G138" t="s">
+      <c r="H138" t="s">
         <v>1277</v>
       </c>
-      <c r="H138" t="s">
+      <c r="I138" t="s">
         <v>1278</v>
       </c>
-      <c r="I138" t="s">
+      <c r="J138" t="s">
+        <v>24</v>
+      </c>
+      <c r="K138" t="s">
         <v>1279</v>
       </c>
-      <c r="J138" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L138" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
         <v>1280</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>5367</v>
+        <v>5326</v>
       </c>
       <c r="B139" t="s">
         <v>1281</v>
       </c>
       <c r="C139" t="s">
         <v>1282</v>
       </c>
       <c r="D139" t="s">
         <v>1283</v>
       </c>
       <c r="E139" t="s">
         <v>1284</v>
       </c>
       <c r="F139" t="s">
         <v>1285</v>
       </c>
       <c r="G139" t="s">
         <v>1286</v>
       </c>
       <c r="H139" t="s">
         <v>1287</v>
       </c>
       <c r="I139" t="s">
         <v>1288</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>5368</v>
+        <v>5330</v>
       </c>
       <c r="B140" t="s">
         <v>1290</v>
       </c>
       <c r="C140" t="s">
         <v>1291</v>
       </c>
       <c r="D140" t="s">
         <v>1292</v>
       </c>
       <c r="E140" t="s">
         <v>1293</v>
       </c>
       <c r="F140" t="s">
         <v>1294</v>
       </c>
       <c r="G140" t="s">
         <v>1295</v>
       </c>
       <c r="H140" t="s">
         <v>1296</v>
       </c>
       <c r="I140" t="s">
         <v>1297</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>5371</v>
+        <v>5331</v>
       </c>
       <c r="B141" t="s">
         <v>1299</v>
       </c>
       <c r="C141" t="s">
         <v>1300</v>
       </c>
       <c r="D141" t="s">
         <v>1301</v>
       </c>
       <c r="E141" t="s">
         <v>1302</v>
       </c>
       <c r="F141" t="s">
         <v>1303</v>
       </c>
       <c r="G141" t="s">
         <v>1304</v>
       </c>
       <c r="H141" t="s">
         <v>1305</v>
       </c>
       <c r="I141" t="s">
         <v>1306</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
+        <v>140</v>
+      </c>
+      <c r="L141" t="s">
+        <v>26</v>
+      </c>
+      <c r="M141" t="s">
+        <v>141</v>
+      </c>
+      <c r="N141" t="s">
+        <v>28</v>
+      </c>
+      <c r="O141" t="s">
         <v>1307</v>
-      </c>
-[...7 lines deleted...]
-        <v>1308</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>5372</v>
+        <v>5332</v>
       </c>
       <c r="B142" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C142" t="s">
         <v>1309</v>
       </c>
-      <c r="C142" t="s">
+      <c r="D142" t="s">
         <v>1310</v>
       </c>
-      <c r="D142" t="s">
+      <c r="E142" t="s">
         <v>1311</v>
       </c>
-      <c r="E142" t="s">
+      <c r="F142" t="s">
         <v>1312</v>
       </c>
-      <c r="F142" t="s">
+      <c r="G142" t="s">
         <v>1313</v>
       </c>
-      <c r="G142" t="s">
+      <c r="H142" t="s">
         <v>1314</v>
       </c>
-      <c r="H142" t="s">
+      <c r="I142" t="s">
         <v>1315</v>
-      </c>
-[...1 lines deleted...]
-        <v>1316</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
         <v>25</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>27</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1317</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>5375</v>
+        <v>5335</v>
       </c>
       <c r="B143" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C143" t="s">
         <v>1318</v>
       </c>
-      <c r="C143" t="s">
+      <c r="D143" t="s">
         <v>1319</v>
       </c>
-      <c r="D143" t="s">
+      <c r="E143" t="s">
         <v>1320</v>
       </c>
-      <c r="E143" t="s">
+      <c r="F143" t="s">
         <v>1321</v>
       </c>
-      <c r="F143" t="s">
+      <c r="G143" t="s">
         <v>1322</v>
       </c>
-      <c r="G143" t="s">
+      <c r="H143" t="s">
         <v>1323</v>
       </c>
-      <c r="H143" t="s">
+      <c r="I143" t="s">
         <v>1324</v>
       </c>
-      <c r="I143" t="s">
+      <c r="J143" t="s">
+        <v>24</v>
+      </c>
+      <c r="K143" t="s">
+        <v>25</v>
+      </c>
+      <c r="L143" t="s">
+        <v>26</v>
+      </c>
+      <c r="M143" t="s">
+        <v>27</v>
+      </c>
+      <c r="N143" t="s">
+        <v>28</v>
+      </c>
+      <c r="O143" t="s">
         <v>1325</v>
-      </c>
-[...13 lines deleted...]
-        <v>1326</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>5377</v>
+        <v>5344</v>
       </c>
       <c r="B144" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C144" t="s">
         <v>1327</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D144" t="s">
         <v>1328</v>
       </c>
-      <c r="D144" t="s">
+      <c r="E144" t="s">
         <v>1329</v>
       </c>
-      <c r="E144" t="s">
+      <c r="F144" t="s">
         <v>1330</v>
       </c>
-      <c r="F144" t="s">
+      <c r="G144" t="s">
         <v>1331</v>
       </c>
-      <c r="G144" t="s">
+      <c r="H144" t="s">
         <v>1332</v>
       </c>
-      <c r="H144" t="s">
+      <c r="I144" t="s">
         <v>1333</v>
       </c>
-      <c r="I144" t="s">
+      <c r="J144" t="s">
+        <v>373</v>
+      </c>
+      <c r="K144" t="s">
         <v>1334</v>
       </c>
-      <c r="J144" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L144" t="s">
-        <v>26</v>
+        <v>375</v>
       </c>
       <c r="M144" t="s">
-        <v>27</v>
+        <v>1335</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>5378</v>
+        <v>5346</v>
       </c>
       <c r="B145" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="C145" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="D145" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="E145" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="F145" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="G145" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="H145" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="I145" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>25</v>
+        <v>1345</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
-      <c r="M145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>5382</v>
+        <v>5348</v>
       </c>
       <c r="B146" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="C146" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="D146" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="E146" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="F146" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="G146" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="H146" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="I146" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>129</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>130</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>5435</v>
+        <v>5351</v>
       </c>
       <c r="B147" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="C147" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D147" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="E147" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="F147" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="G147" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="H147" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="I147" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>5437</v>
+        <v>5353</v>
       </c>
       <c r="B148" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="C148" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="D148" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="E148" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="F148" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="G148" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="H148" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="I148" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="J148" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="K148" t="s">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="L148" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>375</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>5439</v>
+        <v>5354</v>
       </c>
       <c r="B149" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="C149" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="D149" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="E149" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="F149" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="G149" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="H149" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="I149" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>5474</v>
+        <v>5359</v>
       </c>
       <c r="B150" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C150" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="D150" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="E150" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="F150" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="G150" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="H150" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="I150" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>5475</v>
+        <v>5364</v>
       </c>
       <c r="B151" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="C151" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="D151" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="E151" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="F151" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="G151" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="H151" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="I151" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>5476</v>
+        <v>5365</v>
       </c>
       <c r="B152" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="C152" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="D152" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="E152" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="F152" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="G152" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="H152" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="I152" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="J152" t="s">
-        <v>1407</v>
+        <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>1023</v>
+        <v>25</v>
       </c>
       <c r="L152" t="s">
-        <v>1408</v>
+        <v>26</v>
+      </c>
+      <c r="M152" t="s">
+        <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
         <v>1409</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>5478</v>
+        <v>5367</v>
       </c>
       <c r="B153" t="s">
         <v>1410</v>
       </c>
       <c r="C153" t="s">
         <v>1411</v>
       </c>
       <c r="D153" t="s">
         <v>1412</v>
       </c>
       <c r="E153" t="s">
         <v>1413</v>
       </c>
       <c r="F153" t="s">
         <v>1414</v>
       </c>
       <c r="G153" t="s">
         <v>1415</v>
       </c>
       <c r="H153" t="s">
         <v>1416</v>
       </c>
       <c r="I153" t="s">
         <v>1417</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
         <v>1418</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>5493</v>
+        <v>5368</v>
       </c>
       <c r="B154" t="s">
         <v>1419</v>
       </c>
       <c r="C154" t="s">
         <v>1420</v>
       </c>
       <c r="D154" t="s">
         <v>1421</v>
       </c>
       <c r="E154" t="s">
         <v>1422</v>
       </c>
       <c r="F154" t="s">
         <v>1423</v>
       </c>
       <c r="G154" t="s">
         <v>1424</v>
       </c>
       <c r="H154" t="s">
         <v>1425</v>
       </c>
       <c r="I154" t="s">
         <v>1426</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>5496</v>
+        <v>5371</v>
       </c>
       <c r="B155" t="s">
         <v>1428</v>
       </c>
       <c r="C155" t="s">
         <v>1429</v>
       </c>
       <c r="D155" t="s">
         <v>1430</v>
       </c>
       <c r="E155" t="s">
         <v>1431</v>
       </c>
       <c r="F155" t="s">
         <v>1432</v>
       </c>
       <c r="G155" t="s">
         <v>1433</v>
       </c>
       <c r="H155" t="s">
         <v>1434</v>
       </c>
       <c r="I155" t="s">
         <v>1435</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>479</v>
+        <v>1436</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>5502</v>
+        <v>5372</v>
       </c>
       <c r="B156" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="C156" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="D156" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="E156" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="F156" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="G156" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="H156" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="I156" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
         <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>5503</v>
+        <v>5375</v>
       </c>
       <c r="B157" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="C157" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="D157" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="E157" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="F157" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="G157" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="H157" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="I157" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="J157" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="K157" t="s">
-        <v>140</v>
+        <v>479</v>
       </c>
       <c r="L157" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>375</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>5507</v>
+        <v>5377</v>
       </c>
       <c r="B158" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="C158" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="D158" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="E158" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="F158" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="G158" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="H158" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="I158" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>5509</v>
+        <v>5378</v>
       </c>
       <c r="B159" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="C159" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="D159" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="E159" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="F159" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="G159" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="H159" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="I159" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="J159" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>1023</v>
+        <v>25</v>
       </c>
       <c r="L159" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M159" t="s">
+        <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>5512</v>
+        <v>5382</v>
       </c>
       <c r="B160" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="C160" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="D160" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="E160" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="F160" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="G160" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="H160" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="I160" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
         <v>129</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
         <v>130</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>5514</v>
+        <v>5435</v>
       </c>
       <c r="B161" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="C161" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="D161" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="E161" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="F161" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="G161" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="H161" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="I161" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>692</v>
+        <v>129</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
+      <c r="M161" t="s">
+        <v>130</v>
+      </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>5516</v>
+        <v>5437</v>
       </c>
       <c r="B162" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="C162" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="D162" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="E162" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="F162" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="G162" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="H162" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="I162" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>5517</v>
+        <v>5439</v>
       </c>
       <c r="B163" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="C163" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="D163" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="E163" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="F163" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="G163" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="H163" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="I163" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
         <v>25</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
         <v>27</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>5518</v>
+        <v>5456</v>
       </c>
       <c r="B164" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="C164" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="D164" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="E164" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="F164" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="G164" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="H164" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="I164" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="J164" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="K164" t="s">
-        <v>25</v>
+        <v>489</v>
       </c>
       <c r="L164" t="s">
-        <v>26</v>
+        <v>375</v>
       </c>
       <c r="M164" t="s">
-        <v>27</v>
+        <v>490</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>5545</v>
+        <v>5474</v>
       </c>
       <c r="B165" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="C165" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="D165" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="E165" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="F165" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="G165" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="H165" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="I165" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>5657</v>
+        <v>5475</v>
       </c>
       <c r="B166" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="C166" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="D166" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="E166" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="F166" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="G166" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="H166" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="I166" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>5733</v>
+        <v>5476</v>
       </c>
       <c r="B167" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="C167" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="D167" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="E167" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="F167" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="G167" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="H167" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="I167" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="J167" t="s">
-        <v>24</v>
+        <v>1545</v>
       </c>
       <c r="K167" t="s">
-        <v>140</v>
+        <v>929</v>
       </c>
       <c r="L167" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>1546</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>5787</v>
+        <v>5478</v>
       </c>
       <c r="B168" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="C168" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="D168" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
       <c r="E168" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="F168" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="G168" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="H168" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="I168" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>5792</v>
+        <v>5493</v>
       </c>
       <c r="B169" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="C169" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="D169" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="E169" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="F169" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="G169" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="H169" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="I169" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="J169" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>406</v>
+        <v>129</v>
       </c>
       <c r="L169" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M169" t="s">
+        <v>130</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>5794</v>
+        <v>5496</v>
       </c>
       <c r="B170" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="C170" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="D170" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="E170" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="F170" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="G170" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="H170" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="I170" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>129</v>
+        <v>479</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
-      <c r="M170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>5796</v>
+        <v>5502</v>
       </c>
       <c r="B171" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="C171" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="D171" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="E171" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="F171" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="G171" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="H171" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="I171" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>5798</v>
+        <v>5503</v>
       </c>
       <c r="B172" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="C172" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="D172" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="E172" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="F172" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="G172" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="H172" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="I172" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>5799</v>
+        <v>5507</v>
       </c>
       <c r="B173" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="C173" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="D173" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="E173" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="F173" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="G173" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="H173" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="I173" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="J173" t="s">
-        <v>1010</v>
+        <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="L173" t="s">
-        <v>1012</v>
+        <v>26</v>
+      </c>
+      <c r="M173" t="s">
+        <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>5803</v>
+        <v>5509</v>
       </c>
       <c r="B174" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="C174" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="D174" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="E174" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
       <c r="F174" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="G174" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="H174" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="I174" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="J174" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="K174" t="s">
-        <v>25</v>
+        <v>929</v>
       </c>
       <c r="L174" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>375</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>5805</v>
+        <v>5512</v>
       </c>
       <c r="B175" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="C175" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="D175" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="E175" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="F175" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="G175" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="H175" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="I175" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>5808</v>
+        <v>5514</v>
       </c>
       <c r="B176" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="C176" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="D176" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="E176" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="F176" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="G176" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="H176" t="s">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="I176" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>25</v>
+        <v>692</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
-      <c r="M176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>5811</v>
+        <v>5516</v>
       </c>
       <c r="B177" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="C177" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="D177" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="E177" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="F177" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="G177" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
       <c r="H177" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="I177" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>5819</v>
+        <v>5517</v>
       </c>
       <c r="B178" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
       <c r="C178" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
       <c r="D178" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="E178" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="F178" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
       <c r="G178" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
       <c r="H178" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="I178" t="s">
-        <v>1642</v>
+        <v>1645</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
         <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
         <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1643</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5830</v>
+        <v>5518</v>
       </c>
       <c r="B179" t="s">
-        <v>1644</v>
+        <v>1647</v>
       </c>
       <c r="C179" t="s">
-        <v>1645</v>
+        <v>1648</v>
       </c>
       <c r="D179" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="E179" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="F179" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="G179" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
       <c r="H179" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="I179" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
         <v>25</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
         <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5866</v>
+        <v>5545</v>
       </c>
       <c r="B180" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
       <c r="C180" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="D180" t="s">
-        <v>1655</v>
+        <v>1658</v>
       </c>
       <c r="E180" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="F180" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="G180" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="H180" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="I180" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5907</v>
+        <v>5657</v>
       </c>
       <c r="B181" t="s">
-        <v>1662</v>
+        <v>1665</v>
       </c>
       <c r="C181" t="s">
-        <v>1663</v>
+        <v>1666</v>
       </c>
       <c r="D181" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="E181" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="F181" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="G181" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="H181" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="I181" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
         <v>25</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
         <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5913</v>
+        <v>5733</v>
       </c>
       <c r="B182" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
       <c r="C182" t="s">
-        <v>1672</v>
+        <v>1675</v>
       </c>
       <c r="D182" t="s">
-        <v>1673</v>
+        <v>1676</v>
       </c>
       <c r="E182" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
       <c r="F182" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="G182" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="H182" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="I182" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>140</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>141</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5927</v>
+        <v>5787</v>
       </c>
       <c r="B183" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
       <c r="C183" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="D183" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
       <c r="E183" t="s">
-        <v>1683</v>
+        <v>1686</v>
       </c>
       <c r="F183" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="G183" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="H183" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
       <c r="I183" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>692</v>
+        <v>129</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
+      <c r="M183" t="s">
+        <v>130</v>
+      </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5928</v>
+        <v>5792</v>
       </c>
       <c r="B184" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="C184" t="s">
-        <v>1690</v>
+        <v>1693</v>
       </c>
       <c r="D184" t="s">
-        <v>1691</v>
+        <v>1694</v>
       </c>
       <c r="E184" t="s">
-        <v>1692</v>
+        <v>1695</v>
       </c>
       <c r="F184" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
       <c r="G184" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="H184" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="I184" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="J184" t="s">
-        <v>1697</v>
+        <v>373</v>
       </c>
       <c r="K184" t="s">
-        <v>1698</v>
+        <v>406</v>
       </c>
       <c r="L184" t="s">
-        <v>1699</v>
+        <v>375</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
         <v>1700</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5931</v>
+        <v>5794</v>
       </c>
       <c r="B185" t="s">
         <v>1701</v>
       </c>
       <c r="C185" t="s">
         <v>1702</v>
       </c>
       <c r="D185" t="s">
         <v>1703</v>
       </c>
       <c r="E185" t="s">
         <v>1704</v>
       </c>
       <c r="F185" t="s">
         <v>1705</v>
       </c>
       <c r="G185" t="s">
         <v>1706</v>
       </c>
       <c r="H185" t="s">
         <v>1707</v>
       </c>
       <c r="I185" t="s">
         <v>1708</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
         <v>1709</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5932</v>
+        <v>5796</v>
       </c>
       <c r="B186" t="s">
         <v>1710</v>
       </c>
       <c r="C186" t="s">
         <v>1711</v>
       </c>
       <c r="D186" t="s">
         <v>1712</v>
       </c>
       <c r="E186" t="s">
         <v>1713</v>
       </c>
       <c r="F186" t="s">
         <v>1714</v>
       </c>
       <c r="G186" t="s">
         <v>1715</v>
       </c>
       <c r="H186" t="s">
         <v>1716</v>
       </c>
       <c r="I186" t="s">
         <v>1717</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
         <v>129</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
         <v>130</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
         <v>1718</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5934</v>
+        <v>5798</v>
       </c>
       <c r="B187" t="s">
         <v>1719</v>
       </c>
       <c r="C187" t="s">
         <v>1720</v>
       </c>
       <c r="D187" t="s">
         <v>1721</v>
       </c>
       <c r="E187" t="s">
         <v>1722</v>
       </c>
       <c r="F187" t="s">
         <v>1723</v>
       </c>
       <c r="G187" t="s">
         <v>1724</v>
       </c>
       <c r="H187" t="s">
         <v>1725</v>
       </c>
       <c r="I187" t="s">
         <v>1726</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
         <v>129</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
         <v>130</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
         <v>1727</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5953</v>
+        <v>5799</v>
       </c>
       <c r="B188" t="s">
         <v>1728</v>
       </c>
       <c r="C188" t="s">
         <v>1729</v>
       </c>
       <c r="D188" t="s">
         <v>1730</v>
       </c>
       <c r="E188" t="s">
         <v>1731</v>
       </c>
       <c r="F188" t="s">
         <v>1732</v>
       </c>
       <c r="G188" t="s">
         <v>1733</v>
       </c>
       <c r="H188" t="s">
         <v>1734</v>
       </c>
       <c r="I188" t="s">
         <v>1735</v>
       </c>
       <c r="J188" t="s">
-        <v>24</v>
+        <v>1111</v>
       </c>
       <c r="K188" t="s">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="L188" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1113</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
         <v>1736</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5981</v>
+        <v>5803</v>
       </c>
       <c r="B189" t="s">
         <v>1737</v>
       </c>
       <c r="C189" t="s">
         <v>1738</v>
       </c>
       <c r="D189" t="s">
         <v>1739</v>
       </c>
       <c r="E189" t="s">
         <v>1740</v>
       </c>
       <c r="F189" t="s">
         <v>1741</v>
       </c>
       <c r="G189" t="s">
         <v>1742</v>
       </c>
       <c r="H189" t="s">
         <v>1743</v>
       </c>
       <c r="I189" t="s">
         <v>1744</v>
       </c>
       <c r="J189" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K189" t="s">
+        <v>25</v>
+      </c>
+      <c r="L189" t="s">
+        <v>26</v>
+      </c>
+      <c r="M189" t="s">
+        <v>27</v>
+      </c>
+      <c r="N189" t="s">
+        <v>28</v>
+      </c>
+      <c r="O189" t="s">
         <v>1745</v>
-      </c>
-[...10 lines deleted...]
-        <v>1747</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5986</v>
+        <v>5805</v>
       </c>
       <c r="B190" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D190" t="s">
         <v>1748</v>
       </c>
-      <c r="C190" t="s">
+      <c r="E190" t="s">
         <v>1749</v>
       </c>
-      <c r="D190" t="s">
+      <c r="F190" t="s">
         <v>1750</v>
       </c>
-      <c r="E190" t="s">
+      <c r="G190" t="s">
         <v>1751</v>
       </c>
-      <c r="F190" t="s">
+      <c r="H190" t="s">
         <v>1752</v>
       </c>
-      <c r="G190" t="s">
+      <c r="I190" t="s">
         <v>1753</v>
       </c>
-      <c r="H190" t="s">
+      <c r="J190" t="s">
+        <v>24</v>
+      </c>
+      <c r="K190" t="s">
+        <v>25</v>
+      </c>
+      <c r="L190" t="s">
+        <v>26</v>
+      </c>
+      <c r="M190" t="s">
+        <v>27</v>
+      </c>
+      <c r="N190" t="s">
+        <v>28</v>
+      </c>
+      <c r="O190" t="s">
         <v>1754</v>
-      </c>
-[...19 lines deleted...]
-        <v>1756</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5989</v>
+        <v>5808</v>
       </c>
       <c r="B191" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D191" t="s">
         <v>1757</v>
       </c>
-      <c r="C191" t="s">
+      <c r="E191" t="s">
         <v>1758</v>
       </c>
-      <c r="D191" t="s">
+      <c r="F191" t="s">
         <v>1759</v>
       </c>
-      <c r="E191" t="s">
+      <c r="G191" t="s">
         <v>1760</v>
       </c>
-      <c r="F191" t="s">
+      <c r="H191" t="s">
         <v>1761</v>
       </c>
-      <c r="G191" t="s">
+      <c r="I191" t="s">
         <v>1762</v>
       </c>
-      <c r="H191" t="s">
+      <c r="J191" t="s">
+        <v>24</v>
+      </c>
+      <c r="K191" t="s">
+        <v>25</v>
+      </c>
+      <c r="L191" t="s">
+        <v>26</v>
+      </c>
+      <c r="M191" t="s">
+        <v>27</v>
+      </c>
+      <c r="N191" t="s">
+        <v>28</v>
+      </c>
+      <c r="O191" t="s">
         <v>1763</v>
-      </c>
-[...16 lines deleted...]
-        <v>1765</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>6021</v>
+        <v>5811</v>
       </c>
       <c r="B192" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D192" t="s">
         <v>1766</v>
       </c>
-      <c r="C192" t="s">
+      <c r="E192" t="s">
         <v>1767</v>
       </c>
-      <c r="D192" t="s">
+      <c r="F192" t="s">
         <v>1768</v>
       </c>
-      <c r="E192" t="s">
+      <c r="G192" t="s">
         <v>1769</v>
       </c>
-      <c r="F192" t="s">
+      <c r="H192" t="s">
         <v>1770</v>
       </c>
-      <c r="G192" t="s">
+      <c r="I192" t="s">
         <v>1771</v>
-      </c>
-[...4 lines deleted...]
-        <v>1773</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
         <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1774</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>6049</v>
+        <v>5819</v>
       </c>
       <c r="B193" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D193" t="s">
         <v>1775</v>
       </c>
-      <c r="C193" t="s">
+      <c r="E193" t="s">
         <v>1776</v>
       </c>
-      <c r="D193" t="s">
+      <c r="F193" t="s">
         <v>1777</v>
       </c>
-      <c r="E193" t="s">
+      <c r="G193" t="s">
         <v>1778</v>
       </c>
-      <c r="F193" t="s">
+      <c r="H193" t="s">
         <v>1779</v>
       </c>
-      <c r="G193" t="s">
+      <c r="I193" t="s">
         <v>1780</v>
       </c>
-      <c r="H193" t="s">
+      <c r="J193" t="s">
+        <v>24</v>
+      </c>
+      <c r="K193" t="s">
+        <v>25</v>
+      </c>
+      <c r="L193" t="s">
+        <v>26</v>
+      </c>
+      <c r="M193" t="s">
+        <v>27</v>
+      </c>
+      <c r="N193" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" t="s">
         <v>1781</v>
-      </c>
-[...19 lines deleted...]
-        <v>1787</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>6082</v>
+        <v>5830</v>
       </c>
       <c r="B194" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F194" t="s">
+        <v>1786</v>
+      </c>
+      <c r="G194" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H194" t="s">
         <v>1788</v>
       </c>
-      <c r="C194" t="s">
+      <c r="I194" t="s">
         <v>1789</v>
       </c>
-      <c r="D194" t="s">
+      <c r="J194" t="s">
+        <v>24</v>
+      </c>
+      <c r="K194" t="s">
+        <v>25</v>
+      </c>
+      <c r="L194" t="s">
+        <v>26</v>
+      </c>
+      <c r="M194" t="s">
+        <v>27</v>
+      </c>
+      <c r="N194" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" t="s">
         <v>1790</v>
-      </c>
-[...28 lines deleted...]
-        <v>1797</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>6112</v>
+        <v>5866</v>
       </c>
       <c r="B195" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F195" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H195" t="s">
+        <v>1797</v>
+      </c>
+      <c r="I195" t="s">
         <v>1798</v>
       </c>
-      <c r="C195" t="s">
+      <c r="J195" t="s">
+        <v>24</v>
+      </c>
+      <c r="K195" t="s">
+        <v>25</v>
+      </c>
+      <c r="L195" t="s">
+        <v>26</v>
+      </c>
+      <c r="M195" t="s">
+        <v>27</v>
+      </c>
+      <c r="N195" t="s">
+        <v>28</v>
+      </c>
+      <c r="O195" t="s">
         <v>1799</v>
-      </c>
-[...34 lines deleted...]
-        <v>1806</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>6180</v>
+        <v>5907</v>
       </c>
       <c r="B196" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E196" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F196" t="s">
+        <v>1804</v>
+      </c>
+      <c r="G196" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H196" t="s">
+        <v>1806</v>
+      </c>
+      <c r="I196" t="s">
         <v>1807</v>
-      </c>
-[...19 lines deleted...]
-        <v>1814</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
         <v>25</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1815</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>6203</v>
+        <v>5913</v>
       </c>
       <c r="B197" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1812</v>
+      </c>
+      <c r="F197" t="s">
+        <v>1813</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1814</v>
+      </c>
+      <c r="H197" t="s">
+        <v>1815</v>
+      </c>
+      <c r="I197" t="s">
         <v>1816</v>
       </c>
-      <c r="C197" t="s">
+      <c r="J197" t="s">
+        <v>24</v>
+      </c>
+      <c r="K197" t="s">
+        <v>140</v>
+      </c>
+      <c r="L197" t="s">
+        <v>26</v>
+      </c>
+      <c r="M197" t="s">
+        <v>141</v>
+      </c>
+      <c r="N197" t="s">
+        <v>28</v>
+      </c>
+      <c r="O197" t="s">
         <v>1817</v>
-      </c>
-[...34 lines deleted...]
-        <v>1824</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>6208</v>
+        <v>5927</v>
       </c>
       <c r="B198" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1820</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1821</v>
+      </c>
+      <c r="F198" t="s">
+        <v>1822</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H198" t="s">
+        <v>1824</v>
+      </c>
+      <c r="I198" t="s">
         <v>1825</v>
       </c>
-      <c r="C198" t="s">
+      <c r="J198" t="s">
+        <v>24</v>
+      </c>
+      <c r="K198" t="s">
+        <v>692</v>
+      </c>
+      <c r="L198" t="s">
+        <v>26</v>
+      </c>
+      <c r="N198" t="s">
+        <v>28</v>
+      </c>
+      <c r="O198" t="s">
         <v>1826</v>
-      </c>
-[...34 lines deleted...]
-        <v>1833</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>6211</v>
+        <v>5928</v>
       </c>
       <c r="B199" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1829</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1830</v>
+      </c>
+      <c r="F199" t="s">
+        <v>1831</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1832</v>
+      </c>
+      <c r="H199" t="s">
+        <v>1833</v>
+      </c>
+      <c r="I199" t="s">
         <v>1834</v>
       </c>
-      <c r="C199" t="s">
+      <c r="J199" t="s">
         <v>1835</v>
       </c>
-      <c r="D199" t="s">
+      <c r="K199" t="s">
         <v>1836</v>
       </c>
-      <c r="E199" t="s">
+      <c r="L199" t="s">
         <v>1837</v>
       </c>
-      <c r="F199" t="s">
+      <c r="N199" t="s">
+        <v>28</v>
+      </c>
+      <c r="O199" t="s">
         <v>1838</v>
-      </c>
-[...25 lines deleted...]
-        <v>1842</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>6254</v>
+        <v>5931</v>
       </c>
       <c r="B200" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1841</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F200" t="s">
         <v>1843</v>
       </c>
-      <c r="C200" t="s">
+      <c r="G200" t="s">
         <v>1844</v>
       </c>
-      <c r="D200" t="s">
+      <c r="H200" t="s">
         <v>1845</v>
       </c>
-      <c r="E200" t="s">
+      <c r="I200" t="s">
         <v>1846</v>
       </c>
-      <c r="F200" t="s">
+      <c r="J200" t="s">
+        <v>24</v>
+      </c>
+      <c r="K200" t="s">
+        <v>25</v>
+      </c>
+      <c r="L200" t="s">
+        <v>26</v>
+      </c>
+      <c r="M200" t="s">
+        <v>27</v>
+      </c>
+      <c r="N200" t="s">
+        <v>28</v>
+      </c>
+      <c r="O200" t="s">
         <v>1847</v>
-      </c>
-[...25 lines deleted...]
-        <v>1851</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>6255</v>
+        <v>5932</v>
       </c>
       <c r="B201" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1850</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1851</v>
+      </c>
+      <c r="F201" t="s">
         <v>1852</v>
       </c>
-      <c r="C201" t="s">
+      <c r="G201" t="s">
         <v>1853</v>
       </c>
-      <c r="D201" t="s">
+      <c r="H201" t="s">
         <v>1854</v>
       </c>
-      <c r="E201" t="s">
+      <c r="I201" t="s">
         <v>1855</v>
       </c>
-      <c r="F201" t="s">
+      <c r="J201" t="s">
+        <v>24</v>
+      </c>
+      <c r="K201" t="s">
+        <v>129</v>
+      </c>
+      <c r="L201" t="s">
+        <v>26</v>
+      </c>
+      <c r="M201" t="s">
+        <v>130</v>
+      </c>
+      <c r="N201" t="s">
+        <v>28</v>
+      </c>
+      <c r="O201" t="s">
         <v>1856</v>
-      </c>
-[...22 lines deleted...]
-        <v>1861</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>6258</v>
+        <v>5934</v>
       </c>
       <c r="B202" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1859</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1860</v>
+      </c>
+      <c r="F202" t="s">
+        <v>1861</v>
+      </c>
+      <c r="G202" t="s">
         <v>1862</v>
       </c>
-      <c r="C202" t="s">
+      <c r="H202" t="s">
         <v>1863</v>
       </c>
-      <c r="D202" t="s">
+      <c r="I202" t="s">
         <v>1864</v>
       </c>
-      <c r="E202" t="s">
+      <c r="J202" t="s">
+        <v>24</v>
+      </c>
+      <c r="K202" t="s">
+        <v>129</v>
+      </c>
+      <c r="L202" t="s">
+        <v>26</v>
+      </c>
+      <c r="M202" t="s">
+        <v>130</v>
+      </c>
+      <c r="N202" t="s">
+        <v>28</v>
+      </c>
+      <c r="O202" t="s">
         <v>1865</v>
-      </c>
-[...28 lines deleted...]
-        <v>1870</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>6259</v>
+        <v>5953</v>
       </c>
       <c r="B203" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1868</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1869</v>
+      </c>
+      <c r="F203" t="s">
+        <v>1870</v>
+      </c>
+      <c r="G203" t="s">
         <v>1871</v>
       </c>
-      <c r="C203" t="s">
+      <c r="H203" t="s">
         <v>1872</v>
       </c>
-      <c r="D203" t="s">
+      <c r="I203" t="s">
         <v>1873</v>
       </c>
-      <c r="E203" t="s">
+      <c r="J203" t="s">
+        <v>24</v>
+      </c>
+      <c r="K203" t="s">
+        <v>25</v>
+      </c>
+      <c r="L203" t="s">
+        <v>26</v>
+      </c>
+      <c r="M203" t="s">
+        <v>27</v>
+      </c>
+      <c r="N203" t="s">
+        <v>28</v>
+      </c>
+      <c r="O203" t="s">
         <v>1874</v>
-      </c>
-[...28 lines deleted...]
-        <v>1879</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>6261</v>
+        <v>5981</v>
       </c>
       <c r="B204" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1877</v>
+      </c>
+      <c r="E204" t="s">
+        <v>1878</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1879</v>
+      </c>
+      <c r="G204" t="s">
         <v>1880</v>
       </c>
-      <c r="C204" t="s">
+      <c r="H204" t="s">
         <v>1881</v>
       </c>
-      <c r="D204" t="s">
+      <c r="I204" t="s">
         <v>1882</v>
       </c>
-      <c r="E204" t="s">
+      <c r="J204" t="s">
+        <v>373</v>
+      </c>
+      <c r="K204" t="s">
         <v>1883</v>
       </c>
-      <c r="F204" t="s">
+      <c r="L204" t="s">
+        <v>375</v>
+      </c>
+      <c r="M204" t="s">
         <v>1884</v>
       </c>
-      <c r="G204" t="s">
+      <c r="N204" t="s">
+        <v>28</v>
+      </c>
+      <c r="O204" t="s">
         <v>1885</v>
-      </c>
-[...22 lines deleted...]
-        <v>1888</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>6263</v>
+        <v>5986</v>
       </c>
       <c r="B205" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1888</v>
+      </c>
+      <c r="E205" t="s">
         <v>1889</v>
       </c>
-      <c r="C205" t="s">
+      <c r="F205" t="s">
         <v>1890</v>
       </c>
-      <c r="D205" t="s">
+      <c r="G205" t="s">
         <v>1891</v>
       </c>
-      <c r="E205" t="s">
+      <c r="H205" t="s">
         <v>1892</v>
       </c>
-      <c r="F205" t="s">
+      <c r="I205" t="s">
         <v>1893</v>
-      </c>
-[...7 lines deleted...]
-        <v>1896</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
         <v>129</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>130</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1897</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>6272</v>
+        <v>5989</v>
       </c>
       <c r="B206" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1897</v>
+      </c>
+      <c r="E206" t="s">
         <v>1898</v>
       </c>
-      <c r="C206" t="s">
+      <c r="F206" t="s">
         <v>1899</v>
       </c>
-      <c r="D206" t="s">
+      <c r="G206" t="s">
         <v>1900</v>
       </c>
-      <c r="E206" t="s">
+      <c r="H206" t="s">
         <v>1901</v>
       </c>
-      <c r="F206" t="s">
+      <c r="I206" t="s">
         <v>1902</v>
       </c>
-      <c r="G206" t="s">
+      <c r="J206" t="s">
+        <v>24</v>
+      </c>
+      <c r="K206" t="s">
+        <v>1279</v>
+      </c>
+      <c r="L206" t="s">
+        <v>26</v>
+      </c>
+      <c r="N206" t="s">
+        <v>28</v>
+      </c>
+      <c r="O206" t="s">
         <v>1903</v>
-      </c>
-[...22 lines deleted...]
-        <v>1906</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>6274</v>
+        <v>6021</v>
       </c>
       <c r="B207" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1906</v>
+      </c>
+      <c r="E207" t="s">
         <v>1907</v>
       </c>
-      <c r="C207" t="s">
+      <c r="F207" t="s">
         <v>1908</v>
       </c>
-      <c r="D207" t="s">
+      <c r="G207" t="s">
         <v>1909</v>
       </c>
-      <c r="E207" t="s">
+      <c r="H207" t="s">
         <v>1910</v>
       </c>
-      <c r="F207" t="s">
+      <c r="I207" t="s">
         <v>1911</v>
-      </c>
-[...7 lines deleted...]
-        <v>1914</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
         <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
         <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1915</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>6275</v>
+        <v>6049</v>
       </c>
       <c r="B208" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1915</v>
+      </c>
+      <c r="E208" t="s">
         <v>1916</v>
       </c>
-      <c r="C208" t="s">
+      <c r="F208" t="s">
         <v>1917</v>
       </c>
-      <c r="D208" t="s">
+      <c r="G208" t="s">
         <v>1918</v>
       </c>
-      <c r="E208" t="s">
+      <c r="H208" t="s">
         <v>1919</v>
       </c>
-      <c r="F208" t="s">
+      <c r="I208" t="s">
         <v>1920</v>
       </c>
-      <c r="G208" t="s">
+      <c r="J208" t="s">
         <v>1921</v>
       </c>
-      <c r="H208" t="s">
+      <c r="K208" t="s">
         <v>1922</v>
       </c>
-      <c r="I208" t="s">
+      <c r="L208" t="s">
         <v>1923</v>
       </c>
-      <c r="J208" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M208" t="s">
-        <v>490</v>
+        <v>1924</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>6327</v>
+        <v>6082</v>
       </c>
       <c r="B209" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="C209" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="D209" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="E209" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="F209" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="G209" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="H209" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="I209" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>140</v>
+        <v>1934</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
-      <c r="M209" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>6337</v>
+        <v>6112</v>
       </c>
       <c r="B210" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="C210" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="D210" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="E210" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="F210" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="G210" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="H210" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="I210" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>6460</v>
+        <v>6180</v>
       </c>
       <c r="B211" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="C211" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="D211" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="E211" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="F211" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="G211" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="H211" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="I211" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
         <v>25</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
         <v>27</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>6468</v>
+        <v>6203</v>
       </c>
       <c r="B212" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="C212" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="D212" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="E212" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="F212" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="G212" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="H212" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="I212" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>6615</v>
+        <v>6208</v>
       </c>
       <c r="B213" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="C213" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="D213" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="E213" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="F213" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="G213" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="H213" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="I213" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>6761</v>
+        <v>6211</v>
       </c>
       <c r="B214" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="C214" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="D214" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E214" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="F214" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="G214" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="H214" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="I214" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>6762</v>
+        <v>6254</v>
       </c>
       <c r="B215" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="C215" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="D215" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="E215" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="F215" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="G215" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="H215" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="I215" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="J215" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>315</v>
+        <v>129</v>
       </c>
       <c r="L215" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>316</v>
+        <v>130</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>6763</v>
+        <v>6255</v>
       </c>
       <c r="B216" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="C216" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="D216" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E216" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="F216" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="G216" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="H216" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="I216" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="J216" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="L216" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>1997</v>
+        <v>26</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>6765</v>
+        <v>6258</v>
       </c>
       <c r="B217" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="C217" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="D217" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="E217" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="F217" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="G217" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="H217" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="I217" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>8265</v>
+        <v>6259</v>
       </c>
       <c r="B218" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C218" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="D218" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E218" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="F218" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G218" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="H218" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I218" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>2016</v>
+        <v>129</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
+      </c>
+      <c r="M218" t="s">
+        <v>130</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
         <v>2017</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>8289</v>
+        <v>6261</v>
       </c>
       <c r="B219" t="s">
         <v>2018</v>
       </c>
       <c r="C219" t="s">
         <v>2019</v>
       </c>
       <c r="D219" t="s">
         <v>2020</v>
       </c>
       <c r="E219" t="s">
         <v>2021</v>
       </c>
       <c r="F219" t="s">
         <v>2022</v>
       </c>
       <c r="G219" t="s">
         <v>2023</v>
       </c>
       <c r="H219" t="s">
         <v>2024</v>
       </c>
       <c r="I219" t="s">
         <v>2025</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>406</v>
+        <v>140</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
+      </c>
+      <c r="M219" t="s">
+        <v>141</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>2026</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>8386</v>
+        <v>6263</v>
       </c>
       <c r="B220" t="s">
         <v>2027</v>
       </c>
       <c r="C220" t="s">
         <v>2028</v>
       </c>
       <c r="D220" t="s">
         <v>2029</v>
       </c>
       <c r="E220" t="s">
         <v>2030</v>
       </c>
       <c r="F220" t="s">
         <v>2031</v>
       </c>
       <c r="G220" t="s">
         <v>2032</v>
       </c>
       <c r="H220" t="s">
         <v>2033</v>
       </c>
       <c r="I220" t="s">
         <v>2034</v>
       </c>
       <c r="J220" t="s">
-        <v>1010</v>
+        <v>24</v>
       </c>
       <c r="K220" t="s">
         <v>129</v>
       </c>
       <c r="L220" t="s">
-        <v>1012</v>
+        <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>130</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
         <v>2035</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>8402</v>
+        <v>6272</v>
       </c>
       <c r="B221" t="s">
         <v>2036</v>
       </c>
       <c r="C221" t="s">
         <v>2037</v>
       </c>
       <c r="D221" t="s">
         <v>2038</v>
       </c>
       <c r="E221" t="s">
         <v>2039</v>
       </c>
       <c r="F221" t="s">
         <v>2040</v>
       </c>
       <c r="G221" t="s">
         <v>2041</v>
       </c>
       <c r="H221" t="s">
         <v>2042</v>
       </c>
       <c r="I221" t="s">
         <v>2043</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
         <v>129</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
         <v>130</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2044</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>8903</v>
+        <v>6274</v>
       </c>
       <c r="B222" t="s">
         <v>2045</v>
       </c>
       <c r="C222" t="s">
         <v>2046</v>
       </c>
       <c r="D222" t="s">
         <v>2047</v>
       </c>
       <c r="E222" t="s">
         <v>2048</v>
       </c>
       <c r="F222" t="s">
         <v>2049</v>
       </c>
       <c r="G222" t="s">
         <v>2050</v>
       </c>
       <c r="H222" t="s">
         <v>2051</v>
       </c>
       <c r="I222" t="s">
         <v>2052</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
         <v>2053</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>8904</v>
+        <v>6275</v>
       </c>
       <c r="B223" t="s">
         <v>2054</v>
       </c>
       <c r="C223" t="s">
         <v>2055</v>
       </c>
       <c r="D223" t="s">
         <v>2056</v>
       </c>
       <c r="E223" t="s">
         <v>2057</v>
       </c>
       <c r="F223" t="s">
         <v>2058</v>
       </c>
       <c r="G223" t="s">
         <v>2059</v>
       </c>
       <c r="H223" t="s">
         <v>2060</v>
       </c>
       <c r="I223" t="s">
         <v>2061</v>
       </c>
       <c r="J223" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="K223" t="s">
-        <v>129</v>
+        <v>489</v>
       </c>
       <c r="L223" t="s">
-        <v>26</v>
+        <v>375</v>
       </c>
       <c r="M223" t="s">
-        <v>130</v>
+        <v>490</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
         <v>2062</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>8914</v>
+        <v>6327</v>
       </c>
       <c r="B224" t="s">
         <v>2063</v>
       </c>
       <c r="C224" t="s">
         <v>2064</v>
       </c>
       <c r="D224" t="s">
         <v>2065</v>
       </c>
       <c r="E224" t="s">
         <v>2066</v>
       </c>
       <c r="F224" t="s">
         <v>2067</v>
       </c>
       <c r="G224" t="s">
         <v>2068</v>
       </c>
       <c r="H224" t="s">
         <v>2069</v>
       </c>
       <c r="I224" t="s">
         <v>2070</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>25</v>
+        <v>140</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>27</v>
+        <v>141</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
         <v>2071</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>8918</v>
+        <v>6337</v>
       </c>
       <c r="B225" t="s">
         <v>2072</v>
       </c>
       <c r="C225" t="s">
         <v>2073</v>
       </c>
       <c r="D225" t="s">
         <v>2074</v>
       </c>
       <c r="E225" t="s">
         <v>2075</v>
       </c>
       <c r="F225" t="s">
         <v>2076</v>
       </c>
       <c r="G225" t="s">
         <v>2077</v>
       </c>
       <c r="H225" t="s">
         <v>2078</v>
       </c>
       <c r="I225" t="s">
         <v>2079</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>25</v>
+        <v>140</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>27</v>
+        <v>141</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
         <v>2080</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>8945</v>
+        <v>6460</v>
       </c>
       <c r="B226" t="s">
         <v>2081</v>
       </c>
       <c r="C226" t="s">
         <v>2082</v>
       </c>
       <c r="D226" t="s">
         <v>2083</v>
       </c>
       <c r="E226" t="s">
         <v>2084</v>
       </c>
       <c r="F226" t="s">
         <v>2085</v>
       </c>
       <c r="G226" t="s">
         <v>2086</v>
       </c>
       <c r="H226" t="s">
         <v>2087</v>
       </c>
       <c r="I226" t="s">
         <v>2088</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
         <v>2089</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>8951</v>
+        <v>6468</v>
       </c>
       <c r="B227" t="s">
         <v>2090</v>
       </c>
       <c r="C227" t="s">
         <v>2091</v>
       </c>
       <c r="D227" t="s">
         <v>2092</v>
       </c>
       <c r="E227" t="s">
         <v>2093</v>
       </c>
       <c r="F227" t="s">
         <v>2094</v>
       </c>
       <c r="G227" t="s">
         <v>2095</v>
       </c>
       <c r="H227" t="s">
         <v>2096</v>
       </c>
       <c r="I227" t="s">
         <v>2097</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
         <v>2098</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>10014</v>
+        <v>6615</v>
       </c>
       <c r="B228" t="s">
         <v>2099</v>
       </c>
       <c r="C228" t="s">
         <v>2100</v>
       </c>
       <c r="D228" t="s">
         <v>2101</v>
       </c>
       <c r="E228" t="s">
         <v>2102</v>
       </c>
       <c r="F228" t="s">
         <v>2103</v>
       </c>
       <c r="G228" t="s">
         <v>2104</v>
       </c>
       <c r="H228" t="s">
         <v>2105</v>
       </c>
       <c r="I228" t="s">
         <v>2106</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
+        <v>25</v>
+      </c>
+      <c r="L228" t="s">
+        <v>26</v>
+      </c>
+      <c r="M228" t="s">
+        <v>27</v>
+      </c>
+      <c r="N228" t="s">
+        <v>28</v>
+      </c>
+      <c r="O228" t="s">
         <v>2107</v>
-      </c>
-[...7 lines deleted...]
-        <v>2108</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>10015</v>
+        <v>6761</v>
       </c>
       <c r="B229" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C229" t="s">
         <v>2109</v>
       </c>
-      <c r="C229" t="s">
+      <c r="D229" t="s">
         <v>2110</v>
       </c>
-      <c r="D229" t="s">
+      <c r="E229" t="s">
         <v>2111</v>
       </c>
-      <c r="E229" t="s">
+      <c r="F229" t="s">
         <v>2112</v>
       </c>
-      <c r="F229" t="s">
+      <c r="G229" t="s">
         <v>2113</v>
       </c>
-      <c r="G229" t="s">
+      <c r="H229" t="s">
         <v>2114</v>
       </c>
-      <c r="H229" t="s">
+      <c r="I229" t="s">
         <v>2115</v>
       </c>
-      <c r="I229" t="s">
+      <c r="J229" t="s">
+        <v>24</v>
+      </c>
+      <c r="K229" t="s">
+        <v>25</v>
+      </c>
+      <c r="L229" t="s">
+        <v>26</v>
+      </c>
+      <c r="M229" t="s">
+        <v>27</v>
+      </c>
+      <c r="N229" t="s">
+        <v>28</v>
+      </c>
+      <c r="O229" t="s">
         <v>2116</v>
-      </c>
-[...16 lines deleted...]
-        <v>2117</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>10036</v>
+        <v>6762</v>
       </c>
       <c r="B230" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C230" t="s">
         <v>2118</v>
       </c>
-      <c r="C230" t="s">
+      <c r="D230" t="s">
         <v>2119</v>
       </c>
-      <c r="D230" t="s">
+      <c r="E230" t="s">
         <v>2120</v>
       </c>
-      <c r="E230" t="s">
+      <c r="F230" t="s">
         <v>2121</v>
       </c>
-      <c r="F230" t="s">
+      <c r="G230" t="s">
         <v>2122</v>
       </c>
-      <c r="G230" t="s">
+      <c r="H230" t="s">
         <v>2123</v>
       </c>
-      <c r="H230" t="s">
+      <c r="I230" t="s">
         <v>2124</v>
       </c>
-      <c r="I230" t="s">
+      <c r="J230" t="s">
+        <v>373</v>
+      </c>
+      <c r="K230" t="s">
+        <v>315</v>
+      </c>
+      <c r="L230" t="s">
+        <v>375</v>
+      </c>
+      <c r="M230" t="s">
+        <v>316</v>
+      </c>
+      <c r="N230" t="s">
+        <v>28</v>
+      </c>
+      <c r="O230" t="s">
         <v>2125</v>
-      </c>
-[...16 lines deleted...]
-        <v>2126</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>10044</v>
+        <v>6763</v>
       </c>
       <c r="B231" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C231" t="s">
         <v>2127</v>
       </c>
-      <c r="C231" t="s">
+      <c r="D231" t="s">
         <v>2128</v>
       </c>
-      <c r="D231" t="s">
+      <c r="E231" t="s">
         <v>2129</v>
       </c>
-      <c r="E231" t="s">
+      <c r="F231" t="s">
         <v>2130</v>
       </c>
-      <c r="F231" t="s">
+      <c r="G231" t="s">
         <v>2131</v>
       </c>
-      <c r="G231" t="s">
+      <c r="H231" t="s">
         <v>2132</v>
       </c>
-      <c r="H231" t="s">
+      <c r="I231" t="s">
         <v>2133</v>
       </c>
-      <c r="I231" t="s">
+      <c r="J231" t="s">
+        <v>373</v>
+      </c>
+      <c r="K231" t="s">
         <v>2134</v>
       </c>
-      <c r="J231" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L231" t="s">
-        <v>26</v>
+        <v>375</v>
       </c>
       <c r="M231" t="s">
-        <v>1013</v>
+        <v>2135</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>10098</v>
+        <v>6765</v>
       </c>
       <c r="B232" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
       <c r="C232" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
       <c r="D232" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
       <c r="E232" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
       <c r="F232" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="G232" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
       <c r="H232" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="I232" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>10101</v>
+        <v>8265</v>
       </c>
       <c r="B233" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
       <c r="C233" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="D233" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="E233" t="s">
-        <v>2148</v>
+        <v>2149</v>
       </c>
       <c r="F233" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="G233" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
       <c r="H233" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
       <c r="I233" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>25</v>
+        <v>2154</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
-      <c r="M233" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>10412</v>
+        <v>8289</v>
       </c>
       <c r="B234" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
       <c r="C234" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
       <c r="D234" t="s">
-        <v>2156</v>
+        <v>2158</v>
       </c>
       <c r="E234" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="F234" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="G234" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="H234" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="I234" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>25</v>
+        <v>406</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
-      <c r="M234" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>10603</v>
+        <v>8386</v>
       </c>
       <c r="B235" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
       <c r="C235" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="D235" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="E235" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="F235" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="G235" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="H235" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="I235" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="J235" t="s">
-        <v>24</v>
+        <v>1111</v>
       </c>
       <c r="K235" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L235" t="s">
-        <v>26</v>
+        <v>1113</v>
       </c>
       <c r="M235" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>10647</v>
+        <v>8402</v>
       </c>
       <c r="B236" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="C236" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="D236" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="E236" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="F236" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="G236" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="H236" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="I236" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
         <v>129</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
         <v>130</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>10887</v>
+        <v>8903</v>
       </c>
       <c r="B237" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="C237" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="D237" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="E237" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="F237" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="G237" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="H237" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
       <c r="I237" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>10925</v>
+        <v>8904</v>
       </c>
       <c r="B238" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="C238" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="D238" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="E238" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="F238" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="G238" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="H238" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="I238" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>10930</v>
+        <v>8914</v>
       </c>
       <c r="B239" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="C239" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="D239" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="E239" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="F239" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="G239" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="H239" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="I239" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="J239" t="s">
-        <v>2207</v>
+        <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>479</v>
+        <v>25</v>
+      </c>
+      <c r="L239" t="s">
+        <v>26</v>
+      </c>
+      <c r="M239" t="s">
+        <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>10947</v>
+        <v>8918</v>
       </c>
       <c r="B240" t="s">
-        <v>2209</v>
+        <v>2210</v>
       </c>
       <c r="C240" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="D240" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="E240" t="s">
-        <v>2212</v>
+        <v>2213</v>
       </c>
       <c r="F240" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="G240" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="H240" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
       <c r="I240" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>10951</v>
+        <v>8945</v>
       </c>
       <c r="B241" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="C241" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="D241" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
       <c r="E241" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="F241" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
       <c r="G241" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="H241" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="I241" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
         <v>140</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
         <v>141</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>11287</v>
+        <v>8951</v>
       </c>
       <c r="B242" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="C242" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
       <c r="D242" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="E242" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="F242" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="G242" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="H242" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="I242" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
         <v>129</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
         <v>130</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2235</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>11310</v>
+        <v>10014</v>
       </c>
       <c r="B243" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="C243" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="D243" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
       <c r="E243" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="F243" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="G243" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="H243" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="I243" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>489</v>
+        <v>2245</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
-      <c r="M243" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>58060</v>
+        <v>10015</v>
       </c>
       <c r="B244" t="s">
-        <v>2245</v>
+        <v>2247</v>
       </c>
       <c r="C244" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="D244" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
       <c r="E244" t="s">
-        <v>2248</v>
+        <v>2250</v>
       </c>
       <c r="F244" t="s">
-        <v>2249</v>
+        <v>2251</v>
       </c>
       <c r="G244" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
       <c r="H244" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="I244" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>2253</v>
+        <v>129</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
+      <c r="M244" t="s">
+        <v>130</v>
+      </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>58066</v>
+        <v>10036</v>
       </c>
       <c r="B245" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
       <c r="C245" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="D245" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="E245" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="F245" t="s">
-        <v>2259</v>
+        <v>2260</v>
       </c>
       <c r="G245" t="s">
-        <v>2260</v>
+        <v>2261</v>
       </c>
       <c r="H245" t="s">
-        <v>2261</v>
+        <v>2262</v>
       </c>
       <c r="I245" t="s">
-        <v>2262</v>
+        <v>2263</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>479</v>
+        <v>25</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
+      <c r="M245" t="s">
+        <v>27</v>
+      </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2263</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>58120</v>
+        <v>10044</v>
       </c>
       <c r="B246" t="s">
-        <v>2264</v>
+        <v>2265</v>
       </c>
       <c r="C246" t="s">
-        <v>2265</v>
+        <v>2266</v>
       </c>
       <c r="D246" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
       <c r="E246" t="s">
-        <v>2267</v>
+        <v>2268</v>
       </c>
       <c r="F246" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
       <c r="G246" t="s">
-        <v>2269</v>
+        <v>2270</v>
       </c>
       <c r="H246" t="s">
-        <v>2270</v>
+        <v>2271</v>
       </c>
       <c r="I246" t="s">
-        <v>2271</v>
+        <v>2272</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>25</v>
+        <v>1112</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>27</v>
+        <v>1114</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>58122</v>
+        <v>10098</v>
       </c>
       <c r="B247" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
       <c r="C247" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
       <c r="D247" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
       <c r="E247" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
       <c r="F247" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
       <c r="G247" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
       <c r="H247" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="I247" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>58144</v>
+        <v>10101</v>
       </c>
       <c r="B248" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
       <c r="C248" t="s">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="D248" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="E248" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
       <c r="F248" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
       <c r="G248" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="H248" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
       <c r="I248" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
         <v>25</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
         <v>27</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>58218</v>
+        <v>10412</v>
       </c>
       <c r="B249" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="C249" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="D249" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="E249" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
       <c r="F249" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="G249" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="H249" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
       <c r="I249" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>58223</v>
+        <v>10603</v>
       </c>
       <c r="B250" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="C250" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="D250" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
       <c r="E250" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="F250" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="G250" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="H250" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="I250" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>64637</v>
+        <v>10647</v>
       </c>
       <c r="B251" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="C251" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="D251" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="E251" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
       <c r="F251" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
       <c r="G251" t="s">
-        <v>2314</v>
+        <v>2315</v>
       </c>
       <c r="H251" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="I251" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>64689</v>
+        <v>10887</v>
       </c>
       <c r="B252" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="C252" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="D252" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="E252" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="F252" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="G252" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
       <c r="H252" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="I252" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>692</v>
+        <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
+      <c r="M252" t="s">
+        <v>27</v>
+      </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>65000</v>
+        <v>10925</v>
       </c>
       <c r="B253" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="C253" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="D253" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="E253" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="F253" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="G253" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="H253" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="I253" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
         <v>25</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>65001</v>
+        <v>10930</v>
       </c>
       <c r="B254" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="C254" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
       <c r="D254" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="E254" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="F254" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="G254" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="H254" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="I254" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="J254" t="s">
-        <v>24</v>
+        <v>2345</v>
       </c>
       <c r="K254" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>130</v>
+        <v>479</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>65002</v>
+        <v>10947</v>
       </c>
       <c r="B255" t="s">
-        <v>2345</v>
+        <v>2347</v>
       </c>
       <c r="C255" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="D255" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="E255" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="F255" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="G255" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
       <c r="H255" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="I255" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>65003</v>
+        <v>10951</v>
       </c>
       <c r="B256" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="C256" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="D256" t="s">
-        <v>2356</v>
+        <v>2358</v>
       </c>
       <c r="E256" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="F256" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="G256" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="H256" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
       <c r="I256" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>65004</v>
+        <v>11287</v>
       </c>
       <c r="B257" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="C257" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="D257" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="E257" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="F257" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="G257" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="H257" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="I257" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
         <v>129</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
         <v>130</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>65005</v>
+        <v>11310</v>
       </c>
       <c r="B258" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="C258" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="D258" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="E258" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="F258" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="G258" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="H258" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="I258" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>2380</v>
+        <v>489</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
+      <c r="M258" t="s">
+        <v>490</v>
+      </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2381</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>65006</v>
+        <v>58060</v>
       </c>
       <c r="B259" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
       <c r="C259" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="D259" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="E259" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
       <c r="F259" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="G259" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
       <c r="H259" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
       <c r="I259" t="s">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>2390</v>
+        <v>2391</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>65007</v>
+        <v>58066</v>
       </c>
       <c r="B260" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="C260" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
       <c r="D260" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="E260" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="F260" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="G260" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="H260" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="I260" t="s">
-        <v>2399</v>
+        <v>2400</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>25</v>
+        <v>479</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
-      <c r="M260" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>65008</v>
+        <v>58120</v>
       </c>
       <c r="B261" t="s">
-        <v>2401</v>
+        <v>2402</v>
       </c>
       <c r="C261" t="s">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="D261" t="s">
-        <v>2403</v>
+        <v>2404</v>
       </c>
       <c r="E261" t="s">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="F261" t="s">
-        <v>2405</v>
+        <v>2406</v>
       </c>
       <c r="G261" t="s">
-        <v>2406</v>
+        <v>2407</v>
       </c>
       <c r="H261" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="I261" t="s">
-        <v>2408</v>
+        <v>2409</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2409</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>65009</v>
+        <v>58122</v>
       </c>
       <c r="B262" t="s">
-        <v>2410</v>
+        <v>2411</v>
       </c>
       <c r="C262" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
       <c r="D262" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
       <c r="E262" t="s">
-        <v>2413</v>
+        <v>2414</v>
       </c>
       <c r="F262" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
       <c r="G262" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
       <c r="H262" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="I262" t="s">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
         <v>129</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
         <v>130</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>65010</v>
+        <v>58144</v>
       </c>
       <c r="B263" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="C263" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D263" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="E263" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="F263" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="G263" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
       <c r="H263" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="I263" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
         <v>25</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
         <v>27</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>65011</v>
+        <v>58218</v>
       </c>
       <c r="B264" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="C264" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="D264" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
       <c r="E264" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="F264" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="G264" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="H264" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="I264" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
         <v>129</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>130</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>65012</v>
+        <v>58223</v>
       </c>
       <c r="B265" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="C265" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="D265" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="E265" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="F265" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="G265" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
       <c r="H265" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="I265" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>2445</v>
+        <v>129</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
+      </c>
+      <c r="M265" t="s">
+        <v>130</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
         <v>2446</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>65013</v>
+        <v>58240</v>
       </c>
       <c r="B266" t="s">
         <v>2447</v>
       </c>
       <c r="C266" t="s">
         <v>2448</v>
       </c>
       <c r="D266" t="s">
         <v>2449</v>
       </c>
       <c r="E266" t="s">
         <v>2450</v>
       </c>
       <c r="F266" t="s">
         <v>2451</v>
       </c>
       <c r="G266" t="s">
         <v>2452</v>
       </c>
       <c r="H266" t="s">
         <v>2453</v>
       </c>
       <c r="I266" t="s">
         <v>2454</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>25</v>
+        <v>2455</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
-      <c r="M266" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>65014</v>
+        <v>58259</v>
       </c>
       <c r="B267" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="C267" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="D267" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="E267" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="F267" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="G267" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="H267" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="I267" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="J267" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>315</v>
+        <v>2465</v>
       </c>
       <c r="L267" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>26</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2464</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>65015</v>
+        <v>64637</v>
       </c>
       <c r="B268" t="s">
-        <v>2465</v>
+        <v>2467</v>
       </c>
       <c r="C268" t="s">
-        <v>2466</v>
+        <v>2468</v>
       </c>
       <c r="D268" t="s">
-        <v>2467</v>
+        <v>2469</v>
       </c>
       <c r="E268" t="s">
-        <v>2468</v>
+        <v>2470</v>
       </c>
       <c r="F268" t="s">
-        <v>2469</v>
+        <v>2471</v>
       </c>
       <c r="G268" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
       <c r="H268" t="s">
-        <v>2471</v>
+        <v>2473</v>
       </c>
       <c r="I268" t="s">
-        <v>2472</v>
+        <v>2474</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2473</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>65016</v>
+        <v>64689</v>
       </c>
       <c r="B269" t="s">
-        <v>2474</v>
+        <v>2476</v>
       </c>
       <c r="C269" t="s">
-        <v>2475</v>
+        <v>2477</v>
       </c>
       <c r="D269" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="E269" t="s">
-        <v>2477</v>
+        <v>2479</v>
       </c>
       <c r="F269" t="s">
-        <v>2478</v>
+        <v>2480</v>
       </c>
       <c r="G269" t="s">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="H269" t="s">
-        <v>2480</v>
+        <v>2482</v>
       </c>
       <c r="I269" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>25</v>
+        <v>692</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
-      <c r="M269" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2482</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>65017</v>
+        <v>65000</v>
       </c>
       <c r="B270" t="s">
-        <v>2483</v>
+        <v>2485</v>
       </c>
       <c r="C270" t="s">
-        <v>2484</v>
+        <v>2486</v>
       </c>
       <c r="D270" t="s">
-        <v>2485</v>
+        <v>2487</v>
       </c>
       <c r="E270" t="s">
-        <v>2486</v>
+        <v>2488</v>
       </c>
       <c r="F270" t="s">
-        <v>2487</v>
+        <v>2489</v>
       </c>
       <c r="G270" t="s">
-        <v>2488</v>
+        <v>2490</v>
       </c>
       <c r="H270" t="s">
-        <v>2489</v>
+        <v>2491</v>
       </c>
       <c r="I270" t="s">
-        <v>2490</v>
+        <v>2492</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>2491</v>
+        <v>25</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>2492</v>
+        <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
         <v>2493</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>65018</v>
+        <v>65001</v>
       </c>
       <c r="B271" t="s">
         <v>2494</v>
       </c>
       <c r="C271" t="s">
         <v>2495</v>
       </c>
       <c r="D271" t="s">
         <v>2496</v>
       </c>
       <c r="E271" t="s">
         <v>2497</v>
       </c>
       <c r="F271" t="s">
         <v>2498</v>
       </c>
       <c r="G271" t="s">
         <v>2499</v>
       </c>
       <c r="H271" t="s">
         <v>2500</v>
       </c>
       <c r="I271" t="s">
         <v>2501</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
+        <v>129</v>
+      </c>
+      <c r="L271" t="s">
+        <v>26</v>
+      </c>
+      <c r="M271" t="s">
+        <v>130</v>
+      </c>
+      <c r="N271" t="s">
+        <v>28</v>
+      </c>
+      <c r="O271" t="s">
         <v>2502</v>
-      </c>
-[...7 lines deleted...]
-        <v>2503</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>65019</v>
+        <v>65002</v>
       </c>
       <c r="B272" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C272" t="s">
         <v>2504</v>
       </c>
-      <c r="C272" t="s">
+      <c r="D272" t="s">
         <v>2505</v>
       </c>
-      <c r="D272" t="s">
+      <c r="E272" t="s">
         <v>2506</v>
       </c>
-      <c r="E272" t="s">
+      <c r="F272" t="s">
         <v>2507</v>
       </c>
-      <c r="F272" t="s">
+      <c r="G272" t="s">
         <v>2508</v>
       </c>
-      <c r="G272" t="s">
+      <c r="H272" t="s">
         <v>2509</v>
       </c>
-      <c r="H272" t="s">
+      <c r="I272" t="s">
         <v>2510</v>
       </c>
-      <c r="I272" t="s">
+      <c r="J272" t="s">
+        <v>24</v>
+      </c>
+      <c r="K272" t="s">
+        <v>25</v>
+      </c>
+      <c r="L272" t="s">
+        <v>26</v>
+      </c>
+      <c r="M272" t="s">
+        <v>27</v>
+      </c>
+      <c r="N272" t="s">
+        <v>28</v>
+      </c>
+      <c r="O272" t="s">
         <v>2511</v>
-      </c>
-[...16 lines deleted...]
-        <v>2512</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>65020</v>
+        <v>65003</v>
       </c>
       <c r="B273" t="s">
+        <v>2512</v>
+      </c>
+      <c r="C273" t="s">
         <v>2513</v>
       </c>
-      <c r="C273" t="s">
+      <c r="D273" t="s">
         <v>2514</v>
       </c>
-      <c r="D273" t="s">
+      <c r="E273" t="s">
         <v>2515</v>
       </c>
-      <c r="E273" t="s">
+      <c r="F273" t="s">
         <v>2516</v>
       </c>
-      <c r="F273" t="s">
+      <c r="G273" t="s">
         <v>2517</v>
       </c>
-      <c r="G273" t="s">
+      <c r="H273" t="s">
         <v>2518</v>
       </c>
-      <c r="H273" t="s">
+      <c r="I273" t="s">
         <v>2519</v>
       </c>
-      <c r="I273" t="s">
+      <c r="J273" t="s">
+        <v>24</v>
+      </c>
+      <c r="K273" t="s">
+        <v>129</v>
+      </c>
+      <c r="L273" t="s">
+        <v>26</v>
+      </c>
+      <c r="M273" t="s">
+        <v>130</v>
+      </c>
+      <c r="N273" t="s">
+        <v>28</v>
+      </c>
+      <c r="O273" t="s">
         <v>2520</v>
-      </c>
-[...13 lines deleted...]
-        <v>2522</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>65021</v>
+        <v>65004</v>
       </c>
       <c r="B274" t="s">
+        <v>2521</v>
+      </c>
+      <c r="C274" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D274" t="s">
         <v>2523</v>
       </c>
-      <c r="C274" t="s">
+      <c r="E274" t="s">
         <v>2524</v>
       </c>
-      <c r="D274" t="s">
+      <c r="F274" t="s">
         <v>2525</v>
       </c>
-      <c r="E274" t="s">
+      <c r="G274" t="s">
         <v>2526</v>
       </c>
-      <c r="F274" t="s">
+      <c r="H274" t="s">
         <v>2527</v>
       </c>
-      <c r="G274" t="s">
+      <c r="I274" t="s">
         <v>2528</v>
       </c>
-      <c r="H274" t="s">
+      <c r="J274" t="s">
+        <v>24</v>
+      </c>
+      <c r="K274" t="s">
+        <v>129</v>
+      </c>
+      <c r="L274" t="s">
+        <v>26</v>
+      </c>
+      <c r="M274" t="s">
+        <v>130</v>
+      </c>
+      <c r="N274" t="s">
+        <v>28</v>
+      </c>
+      <c r="O274" t="s">
         <v>2529</v>
-      </c>
-[...19 lines deleted...]
-        <v>2531</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>65022</v>
+        <v>65005</v>
       </c>
       <c r="B275" t="s">
+        <v>2530</v>
+      </c>
+      <c r="C275" t="s">
+        <v>2531</v>
+      </c>
+      <c r="D275" t="s">
         <v>2532</v>
       </c>
-      <c r="C275" t="s">
+      <c r="E275" t="s">
         <v>2533</v>
       </c>
-      <c r="D275" t="s">
+      <c r="F275" t="s">
         <v>2534</v>
       </c>
-      <c r="E275" t="s">
+      <c r="G275" t="s">
         <v>2535</v>
       </c>
-      <c r="F275" t="s">
+      <c r="H275" t="s">
         <v>2536</v>
       </c>
-      <c r="G275" t="s">
+      <c r="I275" t="s">
         <v>2537</v>
       </c>
-      <c r="H275" t="s">
+      <c r="J275" t="s">
+        <v>24</v>
+      </c>
+      <c r="K275" t="s">
         <v>2538</v>
       </c>
-      <c r="I275" t="s">
+      <c r="L275" t="s">
+        <v>26</v>
+      </c>
+      <c r="N275" t="s">
+        <v>28</v>
+      </c>
+      <c r="O275" t="s">
         <v>2539</v>
-      </c>
-[...16 lines deleted...]
-        <v>2540</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>65023</v>
+        <v>65006</v>
       </c>
       <c r="B276" t="s">
+        <v>2540</v>
+      </c>
+      <c r="C276" t="s">
         <v>2541</v>
       </c>
-      <c r="C276" t="s">
+      <c r="D276" t="s">
         <v>2542</v>
       </c>
-      <c r="D276" t="s">
+      <c r="E276" t="s">
         <v>2543</v>
       </c>
-      <c r="E276" t="s">
+      <c r="F276" t="s">
         <v>2544</v>
       </c>
-      <c r="F276" t="s">
+      <c r="G276" t="s">
         <v>2545</v>
       </c>
-      <c r="G276" t="s">
+      <c r="H276" t="s">
         <v>2546</v>
       </c>
-      <c r="H276" t="s">
+      <c r="I276" t="s">
         <v>2547</v>
       </c>
-      <c r="I276" t="s">
+      <c r="J276" t="s">
+        <v>24</v>
+      </c>
+      <c r="K276" t="s">
         <v>2548</v>
       </c>
-      <c r="J276" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L276" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
         <v>2549</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>65025</v>
+        <v>65007</v>
       </c>
       <c r="B277" t="s">
         <v>2550</v>
       </c>
       <c r="C277" t="s">
         <v>2551</v>
       </c>
       <c r="D277" t="s">
         <v>2552</v>
       </c>
       <c r="E277" t="s">
         <v>2553</v>
       </c>
       <c r="F277" t="s">
         <v>2554</v>
       </c>
       <c r="G277" t="s">
         <v>2555</v>
       </c>
       <c r="H277" t="s">
         <v>2556</v>
       </c>
       <c r="I277" t="s">
         <v>2557</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
         <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
         <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
         <v>2558</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>65026</v>
+        <v>65008</v>
       </c>
       <c r="B278" t="s">
         <v>2559</v>
       </c>
       <c r="C278" t="s">
         <v>2560</v>
       </c>
       <c r="D278" t="s">
         <v>2561</v>
       </c>
       <c r="E278" t="s">
         <v>2562</v>
       </c>
       <c r="F278" t="s">
         <v>2563</v>
       </c>
       <c r="G278" t="s">
         <v>2564</v>
       </c>
       <c r="H278" t="s">
         <v>2565</v>
       </c>
       <c r="I278" t="s">
         <v>2566</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
         <v>2567</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>65027</v>
+        <v>65009</v>
       </c>
       <c r="B279" t="s">
         <v>2568</v>
       </c>
       <c r="C279" t="s">
         <v>2569</v>
       </c>
       <c r="D279" t="s">
         <v>2570</v>
       </c>
       <c r="E279" t="s">
         <v>2571</v>
       </c>
       <c r="F279" t="s">
         <v>2572</v>
       </c>
       <c r="G279" t="s">
         <v>2573</v>
       </c>
       <c r="H279" t="s">
         <v>2574</v>
       </c>
       <c r="I279" t="s">
         <v>2575</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>315</v>
+        <v>129</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>316</v>
+        <v>130</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
         <v>2576</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>65028</v>
+        <v>65010</v>
       </c>
       <c r="B280" t="s">
         <v>2577</v>
       </c>
       <c r="C280" t="s">
         <v>2578</v>
       </c>
       <c r="D280" t="s">
         <v>2579</v>
       </c>
       <c r="E280" t="s">
         <v>2580</v>
       </c>
       <c r="F280" t="s">
         <v>2581</v>
       </c>
       <c r="G280" t="s">
         <v>2582</v>
       </c>
       <c r="H280" t="s">
         <v>2583</v>
       </c>
       <c r="I280" t="s">
         <v>2584</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
         <v>25</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
         <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
         <v>2585</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>65030</v>
+        <v>65011</v>
       </c>
       <c r="B281" t="s">
         <v>2586</v>
       </c>
       <c r="C281" t="s">
         <v>2587</v>
       </c>
       <c r="D281" t="s">
         <v>2588</v>
       </c>
       <c r="E281" t="s">
         <v>2589</v>
       </c>
       <c r="F281" t="s">
         <v>2590</v>
       </c>
       <c r="G281" t="s">
         <v>2591</v>
       </c>
       <c r="H281" t="s">
         <v>2592</v>
       </c>
       <c r="I281" t="s">
         <v>2593</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
         <v>2594</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>65031</v>
+        <v>65012</v>
       </c>
       <c r="B282" t="s">
         <v>2595</v>
       </c>
       <c r="C282" t="s">
         <v>2596</v>
       </c>
       <c r="D282" t="s">
         <v>2597</v>
       </c>
       <c r="E282" t="s">
         <v>2598</v>
       </c>
       <c r="F282" t="s">
         <v>2599</v>
       </c>
       <c r="G282" t="s">
         <v>2600</v>
       </c>
       <c r="H282" t="s">
         <v>2601</v>
       </c>
       <c r="I282" t="s">
         <v>2602</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>25</v>
+        <v>2603</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
-      <c r="M282" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2603</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>65032</v>
+        <v>65013</v>
       </c>
       <c r="B283" t="s">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="C283" t="s">
-        <v>2605</v>
+        <v>2606</v>
       </c>
       <c r="D283" t="s">
-        <v>2606</v>
+        <v>2607</v>
       </c>
       <c r="E283" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="F283" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
       <c r="G283" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
       <c r="H283" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="I283" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2612</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>65033</v>
+        <v>65014</v>
       </c>
       <c r="B284" t="s">
-        <v>2613</v>
+        <v>2614</v>
       </c>
       <c r="C284" t="s">
-        <v>2614</v>
+        <v>2615</v>
       </c>
       <c r="D284" t="s">
-        <v>2615</v>
+        <v>2616</v>
       </c>
       <c r="E284" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
       <c r="F284" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="G284" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="H284" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
       <c r="I284" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
       <c r="J284" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="K284" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="L284" t="s">
-        <v>26</v>
+        <v>375</v>
+      </c>
+      <c r="M284" t="s">
+        <v>316</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>65034</v>
+        <v>65015</v>
       </c>
       <c r="B285" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="C285" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="D285" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
       <c r="E285" t="s">
-        <v>2625</v>
+        <v>2626</v>
       </c>
       <c r="F285" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
       <c r="G285" t="s">
-        <v>2627</v>
+        <v>2628</v>
       </c>
       <c r="H285" t="s">
-        <v>2628</v>
+        <v>2629</v>
       </c>
       <c r="I285" t="s">
-        <v>2629</v>
+        <v>2630</v>
       </c>
       <c r="J285" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>1796</v>
+        <v>129</v>
       </c>
       <c r="L285" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M285" t="s">
+        <v>130</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>65035</v>
+        <v>65016</v>
       </c>
       <c r="B286" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
       <c r="C286" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="D286" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="E286" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="F286" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
       <c r="G286" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="H286" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="I286" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2639</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>65036</v>
+        <v>65017</v>
       </c>
       <c r="B287" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
       <c r="C287" t="s">
-        <v>2641</v>
+        <v>2642</v>
       </c>
       <c r="D287" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
       <c r="E287" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
       <c r="F287" t="s">
-        <v>2644</v>
+        <v>2645</v>
       </c>
       <c r="G287" t="s">
-        <v>2645</v>
+        <v>2646</v>
       </c>
       <c r="H287" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
       <c r="I287" t="s">
-        <v>2647</v>
+        <v>2648</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>25</v>
+        <v>2649</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>27</v>
+        <v>2650</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2648</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>65037</v>
+        <v>65018</v>
       </c>
       <c r="B288" t="s">
-        <v>2649</v>
+        <v>2652</v>
       </c>
       <c r="C288" t="s">
-        <v>2650</v>
+        <v>2653</v>
       </c>
       <c r="D288" t="s">
-        <v>2651</v>
+        <v>2654</v>
       </c>
       <c r="E288" t="s">
-        <v>2652</v>
+        <v>2655</v>
       </c>
       <c r="F288" t="s">
-        <v>2653</v>
+        <v>2656</v>
       </c>
       <c r="G288" t="s">
-        <v>2654</v>
+        <v>2657</v>
       </c>
       <c r="H288" t="s">
-        <v>2655</v>
+        <v>2658</v>
       </c>
       <c r="I288" t="s">
-        <v>2656</v>
+        <v>2659</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>25</v>
+        <v>2660</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
-      <c r="M288" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2657</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>65038</v>
+        <v>65019</v>
       </c>
       <c r="B289" t="s">
-        <v>2658</v>
+        <v>2662</v>
       </c>
       <c r="C289" t="s">
-        <v>2659</v>
+        <v>2663</v>
       </c>
       <c r="D289" t="s">
-        <v>2660</v>
+        <v>2664</v>
       </c>
       <c r="E289" t="s">
-        <v>2661</v>
+        <v>2665</v>
       </c>
       <c r="F289" t="s">
-        <v>2662</v>
+        <v>2666</v>
       </c>
       <c r="G289" t="s">
-        <v>2663</v>
+        <v>2667</v>
       </c>
       <c r="H289" t="s">
-        <v>2664</v>
+        <v>2668</v>
       </c>
       <c r="I289" t="s">
-        <v>2665</v>
+        <v>2669</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
         <v>129</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>130</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2666</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>65039</v>
+        <v>65020</v>
       </c>
       <c r="B290" t="s">
-        <v>2667</v>
+        <v>2671</v>
       </c>
       <c r="C290" t="s">
-        <v>2668</v>
+        <v>2672</v>
       </c>
       <c r="D290" t="s">
-        <v>2669</v>
+        <v>2673</v>
       </c>
       <c r="E290" t="s">
-        <v>2670</v>
+        <v>2674</v>
       </c>
       <c r="F290" t="s">
-        <v>2671</v>
+        <v>2675</v>
       </c>
       <c r="G290" t="s">
-        <v>2672</v>
+        <v>2676</v>
       </c>
       <c r="H290" t="s">
-        <v>2673</v>
+        <v>2677</v>
       </c>
       <c r="I290" t="s">
-        <v>2674</v>
+        <v>2678</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>129</v>
+        <v>2679</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
-      <c r="M290" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2675</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>65040</v>
+        <v>65021</v>
       </c>
       <c r="B291" t="s">
-        <v>2676</v>
+        <v>2681</v>
       </c>
       <c r="C291" t="s">
-        <v>2677</v>
+        <v>2682</v>
       </c>
       <c r="D291" t="s">
-        <v>2678</v>
+        <v>2683</v>
       </c>
       <c r="E291" t="s">
-        <v>2679</v>
+        <v>2684</v>
       </c>
       <c r="F291" t="s">
-        <v>2680</v>
+        <v>2685</v>
       </c>
       <c r="G291" t="s">
-        <v>2681</v>
+        <v>2686</v>
       </c>
       <c r="H291" t="s">
-        <v>2682</v>
+        <v>2687</v>
       </c>
       <c r="I291" t="s">
-        <v>2683</v>
+        <v>2688</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>489</v>
+        <v>25</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>490</v>
+        <v>27</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2684</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>65043</v>
+        <v>65022</v>
       </c>
       <c r="B292" t="s">
-        <v>2685</v>
+        <v>2690</v>
       </c>
       <c r="C292" t="s">
-        <v>2686</v>
+        <v>2691</v>
       </c>
       <c r="D292" t="s">
-        <v>2687</v>
+        <v>2692</v>
       </c>
       <c r="E292" t="s">
-        <v>2688</v>
+        <v>2693</v>
       </c>
       <c r="F292" t="s">
-        <v>2689</v>
+        <v>2694</v>
       </c>
       <c r="G292" t="s">
-        <v>2690</v>
+        <v>2695</v>
       </c>
       <c r="H292" t="s">
-        <v>2691</v>
+        <v>2696</v>
       </c>
       <c r="I292" t="s">
-        <v>2692</v>
+        <v>2697</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
         <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
         <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2693</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>65044</v>
+        <v>65023</v>
       </c>
       <c r="B293" t="s">
-        <v>2694</v>
+        <v>2699</v>
       </c>
       <c r="C293" t="s">
-        <v>2695</v>
+        <v>2700</v>
       </c>
       <c r="D293" t="s">
-        <v>2696</v>
+        <v>2701</v>
       </c>
       <c r="E293" t="s">
-        <v>2697</v>
+        <v>2702</v>
       </c>
       <c r="F293" t="s">
-        <v>2698</v>
+        <v>2703</v>
       </c>
       <c r="G293" t="s">
-        <v>2699</v>
+        <v>2704</v>
       </c>
       <c r="H293" t="s">
-        <v>2700</v>
+        <v>2705</v>
       </c>
       <c r="I293" t="s">
-        <v>2701</v>
+        <v>2706</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2702</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>65045</v>
+        <v>65025</v>
       </c>
       <c r="B294" t="s">
-        <v>2703</v>
+        <v>2708</v>
       </c>
       <c r="C294" t="s">
-        <v>2704</v>
+        <v>2709</v>
       </c>
       <c r="D294" t="s">
-        <v>2705</v>
+        <v>2710</v>
       </c>
       <c r="E294" t="s">
-        <v>2706</v>
+        <v>2711</v>
       </c>
       <c r="F294" t="s">
-        <v>2707</v>
+        <v>2712</v>
       </c>
       <c r="G294" t="s">
-        <v>2708</v>
+        <v>2713</v>
       </c>
       <c r="H294" t="s">
-        <v>2709</v>
+        <v>2714</v>
       </c>
       <c r="I294" t="s">
-        <v>2710</v>
+        <v>2715</v>
       </c>
       <c r="J294" t="s">
-        <v>2711</v>
+        <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>2712</v>
+        <v>25</v>
       </c>
       <c r="L294" t="s">
-        <v>2713</v>
+        <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>2714</v>
+        <v>27</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2715</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>65046</v>
+        <v>65026</v>
       </c>
       <c r="B295" t="s">
-        <v>2716</v>
+        <v>2717</v>
       </c>
       <c r="C295" t="s">
-        <v>2717</v>
+        <v>2718</v>
       </c>
       <c r="D295" t="s">
-        <v>2718</v>
+        <v>2719</v>
       </c>
       <c r="E295" t="s">
-        <v>2719</v>
+        <v>2720</v>
       </c>
       <c r="F295" t="s">
-        <v>2720</v>
+        <v>2721</v>
       </c>
       <c r="G295" t="s">
-        <v>2721</v>
+        <v>2722</v>
       </c>
       <c r="H295" t="s">
-        <v>2722</v>
+        <v>2723</v>
       </c>
       <c r="I295" t="s">
-        <v>2723</v>
+        <v>2724</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2724</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>65047</v>
+        <v>65027</v>
       </c>
       <c r="B296" t="s">
-        <v>2725</v>
+        <v>2726</v>
       </c>
       <c r="C296" t="s">
-        <v>2726</v>
+        <v>2727</v>
       </c>
       <c r="D296" t="s">
-        <v>2727</v>
+        <v>2728</v>
       </c>
       <c r="E296" t="s">
-        <v>2728</v>
+        <v>2729</v>
       </c>
       <c r="F296" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
       <c r="G296" t="s">
-        <v>2730</v>
+        <v>2731</v>
       </c>
       <c r="H296" t="s">
-        <v>2731</v>
+        <v>2732</v>
       </c>
       <c r="I296" t="s">
-        <v>2732</v>
+        <v>2733</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>2712</v>
+        <v>315</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>2714</v>
+        <v>316</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2733</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>65049</v>
+        <v>65028</v>
       </c>
       <c r="B297" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="C297" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
       <c r="D297" t="s">
-        <v>2736</v>
+        <v>2737</v>
       </c>
       <c r="E297" t="s">
-        <v>2737</v>
+        <v>2738</v>
       </c>
       <c r="F297" t="s">
-        <v>2738</v>
+        <v>2739</v>
       </c>
       <c r="G297" t="s">
-        <v>2739</v>
+        <v>2740</v>
       </c>
       <c r="H297" t="s">
-        <v>2740</v>
+        <v>2741</v>
       </c>
       <c r="I297" t="s">
-        <v>2741</v>
+        <v>2742</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>692</v>
+        <v>25</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
+      <c r="M297" t="s">
+        <v>27</v>
+      </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2742</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>65050</v>
+        <v>65030</v>
       </c>
       <c r="B298" t="s">
-        <v>2743</v>
+        <v>2744</v>
       </c>
       <c r="C298" t="s">
-        <v>2744</v>
+        <v>2745</v>
       </c>
       <c r="D298" t="s">
-        <v>2745</v>
+        <v>2746</v>
       </c>
       <c r="E298" t="s">
-        <v>2746</v>
+        <v>2747</v>
       </c>
       <c r="F298" t="s">
-        <v>2747</v>
+        <v>2748</v>
       </c>
       <c r="G298" t="s">
-        <v>2748</v>
+        <v>2749</v>
       </c>
       <c r="H298" t="s">
-        <v>2749</v>
+        <v>2750</v>
       </c>
       <c r="I298" t="s">
-        <v>2750</v>
+        <v>2751</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
         <v>25</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2751</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>65051</v>
+        <v>65031</v>
       </c>
       <c r="B299" t="s">
-        <v>2752</v>
+        <v>2753</v>
       </c>
       <c r="C299" t="s">
-        <v>2753</v>
+        <v>2754</v>
       </c>
       <c r="D299" t="s">
-        <v>2754</v>
+        <v>2755</v>
       </c>
       <c r="E299" t="s">
-        <v>2755</v>
+        <v>2756</v>
       </c>
       <c r="F299" t="s">
-        <v>2756</v>
+        <v>2757</v>
       </c>
       <c r="G299" t="s">
-        <v>2757</v>
+        <v>2758</v>
       </c>
       <c r="H299" t="s">
-        <v>2758</v>
+        <v>2759</v>
       </c>
       <c r="I299" t="s">
-        <v>2759</v>
+        <v>2760</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>374</v>
+        <v>25</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>376</v>
+        <v>27</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2760</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>65053</v>
+        <v>65032</v>
       </c>
       <c r="B300" t="s">
-        <v>2761</v>
+        <v>2762</v>
       </c>
       <c r="C300" t="s">
-        <v>2762</v>
+        <v>2763</v>
       </c>
       <c r="D300" t="s">
-        <v>2763</v>
+        <v>2764</v>
       </c>
       <c r="E300" t="s">
-        <v>2764</v>
+        <v>2765</v>
       </c>
       <c r="F300" t="s">
-        <v>2765</v>
+        <v>2766</v>
       </c>
       <c r="G300" t="s">
-        <v>2766</v>
+        <v>2767</v>
       </c>
       <c r="H300" t="s">
-        <v>2767</v>
+        <v>2768</v>
       </c>
       <c r="I300" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
         <v>129</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
         <v>130</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2769</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>65054</v>
+        <v>65033</v>
       </c>
       <c r="B301" t="s">
-        <v>2770</v>
+        <v>2771</v>
       </c>
       <c r="C301" t="s">
-        <v>2771</v>
+        <v>2772</v>
       </c>
       <c r="D301" t="s">
-        <v>2772</v>
+        <v>2773</v>
       </c>
       <c r="E301" t="s">
-        <v>2773</v>
+        <v>2774</v>
       </c>
       <c r="F301" t="s">
-        <v>2774</v>
+        <v>2775</v>
       </c>
       <c r="G301" t="s">
-        <v>2775</v>
+        <v>2776</v>
       </c>
       <c r="H301" t="s">
-        <v>2776</v>
+        <v>2777</v>
       </c>
       <c r="I301" t="s">
-        <v>2777</v>
+        <v>2778</v>
       </c>
       <c r="J301" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>2778</v>
+        <v>326</v>
       </c>
       <c r="L301" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
         <v>2779</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>65055</v>
+        <v>65034</v>
       </c>
       <c r="B302" t="s">
         <v>2780</v>
       </c>
       <c r="C302" t="s">
         <v>2781</v>
       </c>
       <c r="D302" t="s">
         <v>2782</v>
       </c>
       <c r="E302" t="s">
         <v>2783</v>
       </c>
       <c r="F302" t="s">
         <v>2784</v>
       </c>
       <c r="G302" t="s">
         <v>2785</v>
       </c>
       <c r="H302" t="s">
         <v>2786</v>
       </c>
       <c r="I302" t="s">
         <v>2787</v>
       </c>
       <c r="J302" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="K302" t="s">
-        <v>1796</v>
+        <v>1934</v>
       </c>
       <c r="L302" t="s">
-        <v>26</v>
+        <v>375</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
         <v>2788</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>65057</v>
+        <v>65035</v>
       </c>
       <c r="B303" t="s">
         <v>2789</v>
       </c>
       <c r="C303" t="s">
         <v>2790</v>
       </c>
       <c r="D303" t="s">
         <v>2791</v>
       </c>
       <c r="E303" t="s">
         <v>2792</v>
       </c>
       <c r="F303" t="s">
         <v>2793</v>
       </c>
       <c r="G303" t="s">
         <v>2794</v>
       </c>
       <c r="H303" t="s">
         <v>2795</v>
       </c>
       <c r="I303" t="s">
         <v>2796</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>479</v>
+        <v>25</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
+      </c>
+      <c r="M303" t="s">
+        <v>27</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
         <v>2797</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>65058</v>
+        <v>65036</v>
       </c>
       <c r="B304" t="s">
         <v>2798</v>
       </c>
       <c r="C304" t="s">
         <v>2799</v>
       </c>
       <c r="D304" t="s">
         <v>2800</v>
       </c>
       <c r="E304" t="s">
         <v>2801</v>
       </c>
       <c r="F304" t="s">
         <v>2802</v>
       </c>
       <c r="G304" t="s">
         <v>2803</v>
       </c>
       <c r="H304" t="s">
         <v>2804</v>
       </c>
       <c r="I304" t="s">
         <v>2805</v>
       </c>
       <c r="J304" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>315</v>
+        <v>25</v>
       </c>
       <c r="L304" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>316</v>
+        <v>27</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
         <v>2806</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>65059</v>
+        <v>65037</v>
       </c>
       <c r="B305" t="s">
         <v>2807</v>
       </c>
       <c r="C305" t="s">
         <v>2808</v>
       </c>
       <c r="D305" t="s">
         <v>2809</v>
       </c>
       <c r="E305" t="s">
         <v>2810</v>
       </c>
       <c r="F305" t="s">
         <v>2811</v>
       </c>
       <c r="G305" t="s">
         <v>2812</v>
       </c>
       <c r="H305" t="s">
         <v>2813</v>
       </c>
       <c r="I305" t="s">
         <v>2814</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
         <v>2815</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>65060</v>
+        <v>65038</v>
       </c>
       <c r="B306" t="s">
         <v>2816</v>
       </c>
       <c r="C306" t="s">
         <v>2817</v>
       </c>
       <c r="D306" t="s">
         <v>2818</v>
       </c>
       <c r="E306" t="s">
         <v>2819</v>
       </c>
       <c r="F306" t="s">
         <v>2820</v>
       </c>
       <c r="G306" t="s">
         <v>2821</v>
       </c>
       <c r="H306" t="s">
         <v>2822</v>
       </c>
       <c r="I306" t="s">
         <v>2823</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
         <v>2824</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>65061</v>
+        <v>65039</v>
       </c>
       <c r="B307" t="s">
         <v>2825</v>
       </c>
       <c r="C307" t="s">
         <v>2826</v>
       </c>
       <c r="D307" t="s">
         <v>2827</v>
       </c>
       <c r="E307" t="s">
         <v>2828</v>
       </c>
       <c r="F307" t="s">
         <v>2829</v>
       </c>
       <c r="G307" t="s">
         <v>2830</v>
       </c>
       <c r="H307" t="s">
         <v>2831</v>
       </c>
       <c r="I307" t="s">
         <v>2832</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>489</v>
+        <v>129</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>490</v>
+        <v>130</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
         <v>2833</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>65062</v>
+        <v>65040</v>
       </c>
       <c r="B308" t="s">
         <v>2834</v>
       </c>
       <c r="C308" t="s">
         <v>2835</v>
       </c>
       <c r="D308" t="s">
         <v>2836</v>
       </c>
       <c r="E308" t="s">
         <v>2837</v>
       </c>
       <c r="F308" t="s">
         <v>2838</v>
       </c>
       <c r="G308" t="s">
         <v>2839</v>
       </c>
       <c r="H308" t="s">
         <v>2840</v>
       </c>
       <c r="I308" t="s">
         <v>2841</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>25</v>
+        <v>489</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>27</v>
+        <v>490</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
         <v>2842</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>65063</v>
+        <v>65043</v>
       </c>
       <c r="B309" t="s">
         <v>2843</v>
       </c>
       <c r="C309" t="s">
         <v>2844</v>
       </c>
       <c r="D309" t="s">
         <v>2845</v>
       </c>
       <c r="E309" t="s">
         <v>2846</v>
       </c>
       <c r="F309" t="s">
         <v>2847</v>
       </c>
       <c r="G309" t="s">
         <v>2848</v>
       </c>
       <c r="H309" t="s">
         <v>2849</v>
       </c>
       <c r="I309" t="s">
         <v>2850</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
+        <v>25</v>
+      </c>
+      <c r="L309" t="s">
+        <v>26</v>
+      </c>
+      <c r="M309" t="s">
+        <v>27</v>
+      </c>
+      <c r="N309" t="s">
+        <v>28</v>
+      </c>
+      <c r="O309" t="s">
         <v>2851</v>
-      </c>
-[...7 lines deleted...]
-        <v>2852</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>65068</v>
+        <v>65044</v>
       </c>
       <c r="B310" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C310" t="s">
         <v>2853</v>
       </c>
-      <c r="C310" t="s">
+      <c r="D310" t="s">
         <v>2854</v>
       </c>
-      <c r="D310" t="s">
+      <c r="E310" t="s">
         <v>2855</v>
       </c>
-      <c r="E310" t="s">
+      <c r="F310" t="s">
         <v>2856</v>
       </c>
-      <c r="F310" t="s">
+      <c r="G310" t="s">
         <v>2857</v>
       </c>
-      <c r="G310" t="s">
+      <c r="H310" t="s">
         <v>2858</v>
       </c>
-      <c r="H310" t="s">
+      <c r="I310" t="s">
         <v>2859</v>
-      </c>
-[...1 lines deleted...]
-        <v>2860</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
         <v>25</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2861</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>65069</v>
+        <v>65045</v>
       </c>
       <c r="B311" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C311" t="s">
         <v>2862</v>
       </c>
-      <c r="C311" t="s">
+      <c r="D311" t="s">
         <v>2863</v>
       </c>
-      <c r="D311" t="s">
+      <c r="E311" t="s">
         <v>2864</v>
       </c>
-      <c r="E311" t="s">
+      <c r="F311" t="s">
         <v>2865</v>
       </c>
-      <c r="F311" t="s">
+      <c r="G311" t="s">
         <v>2866</v>
       </c>
-      <c r="G311" t="s">
+      <c r="H311" t="s">
         <v>2867</v>
       </c>
-      <c r="H311" t="s">
+      <c r="I311" t="s">
         <v>2868</v>
       </c>
-      <c r="I311" t="s">
+      <c r="J311" t="s">
         <v>2869</v>
       </c>
-      <c r="J311" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K311" t="s">
-        <v>129</v>
+        <v>2870</v>
       </c>
       <c r="L311" t="s">
-        <v>26</v>
+        <v>2871</v>
       </c>
       <c r="M311" t="s">
-        <v>130</v>
+        <v>2872</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2870</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>65071</v>
+        <v>65046</v>
       </c>
       <c r="B312" t="s">
-        <v>2871</v>
+        <v>2874</v>
       </c>
       <c r="C312" t="s">
-        <v>2872</v>
+        <v>2875</v>
       </c>
       <c r="D312" t="s">
-        <v>2873</v>
+        <v>2876</v>
       </c>
       <c r="E312" t="s">
-        <v>2874</v>
+        <v>2877</v>
       </c>
       <c r="F312" t="s">
-        <v>2875</v>
+        <v>2878</v>
       </c>
       <c r="G312" t="s">
-        <v>2876</v>
+        <v>2879</v>
       </c>
       <c r="H312" t="s">
-        <v>2877</v>
+        <v>2880</v>
       </c>
       <c r="I312" t="s">
-        <v>2878</v>
+        <v>2881</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>25</v>
+        <v>140</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>27</v>
+        <v>141</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2879</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>65073</v>
+        <v>65047</v>
       </c>
       <c r="B313" t="s">
-        <v>2880</v>
+        <v>2883</v>
       </c>
       <c r="C313" t="s">
-        <v>2881</v>
+        <v>2884</v>
       </c>
       <c r="D313" t="s">
-        <v>2882</v>
+        <v>2885</v>
       </c>
       <c r="E313" t="s">
-        <v>2883</v>
+        <v>2886</v>
       </c>
       <c r="F313" t="s">
-        <v>2884</v>
+        <v>2887</v>
       </c>
       <c r="G313" t="s">
-        <v>2885</v>
+        <v>2888</v>
       </c>
       <c r="H313" t="s">
-        <v>2886</v>
+        <v>2889</v>
       </c>
       <c r="I313" t="s">
-        <v>2887</v>
+        <v>2890</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>25</v>
+        <v>2870</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>27</v>
+        <v>2872</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2888</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>65074</v>
+        <v>65049</v>
       </c>
       <c r="B314" t="s">
-        <v>2889</v>
+        <v>2892</v>
       </c>
       <c r="C314" t="s">
-        <v>2890</v>
+        <v>2893</v>
       </c>
       <c r="D314" t="s">
-        <v>2891</v>
+        <v>2894</v>
       </c>
       <c r="E314" t="s">
-        <v>2892</v>
+        <v>2895</v>
       </c>
       <c r="F314" t="s">
-        <v>2893</v>
+        <v>2896</v>
       </c>
       <c r="G314" t="s">
-        <v>2894</v>
+        <v>2897</v>
       </c>
       <c r="H314" t="s">
-        <v>2895</v>
+        <v>2898</v>
       </c>
       <c r="I314" t="s">
-        <v>2896</v>
+        <v>2899</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>2897</v>
+        <v>692</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2898</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>65075</v>
+        <v>65050</v>
       </c>
       <c r="B315" t="s">
-        <v>2899</v>
+        <v>2901</v>
       </c>
       <c r="C315" t="s">
-        <v>2900</v>
+        <v>2902</v>
       </c>
       <c r="D315" t="s">
-        <v>2901</v>
+        <v>2903</v>
       </c>
       <c r="E315" t="s">
-        <v>2902</v>
+        <v>2904</v>
       </c>
       <c r="F315" t="s">
-        <v>2903</v>
+        <v>2905</v>
       </c>
       <c r="G315" t="s">
-        <v>2904</v>
+        <v>2906</v>
       </c>
       <c r="H315" t="s">
-        <v>2905</v>
+        <v>2907</v>
       </c>
       <c r="I315" t="s">
-        <v>2906</v>
+        <v>2908</v>
       </c>
       <c r="J315" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>326</v>
+        <v>25</v>
       </c>
       <c r="L315" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M315" t="s">
+        <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2907</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>65076</v>
+        <v>65051</v>
       </c>
       <c r="B316" t="s">
-        <v>2908</v>
+        <v>2910</v>
       </c>
       <c r="C316" t="s">
-        <v>2909</v>
+        <v>2911</v>
       </c>
       <c r="D316" t="s">
-        <v>2910</v>
+        <v>2912</v>
       </c>
       <c r="E316" t="s">
-        <v>2911</v>
+        <v>2913</v>
       </c>
       <c r="F316" t="s">
-        <v>2912</v>
+        <v>2914</v>
       </c>
       <c r="G316" t="s">
-        <v>2913</v>
+        <v>2915</v>
       </c>
       <c r="H316" t="s">
-        <v>2914</v>
+        <v>2916</v>
       </c>
       <c r="I316" t="s">
-        <v>2915</v>
+        <v>2917</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>129</v>
+        <v>374</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>130</v>
+        <v>376</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2916</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>65077</v>
+        <v>65053</v>
       </c>
       <c r="B317" t="s">
-        <v>2917</v>
+        <v>2919</v>
       </c>
       <c r="C317" t="s">
-        <v>2918</v>
+        <v>2920</v>
       </c>
       <c r="D317" t="s">
-        <v>2919</v>
+        <v>2921</v>
       </c>
       <c r="E317" t="s">
-        <v>2920</v>
+        <v>2922</v>
       </c>
       <c r="F317" t="s">
-        <v>2921</v>
+        <v>2923</v>
       </c>
       <c r="G317" t="s">
-        <v>2922</v>
+        <v>2924</v>
       </c>
       <c r="H317" t="s">
-        <v>2923</v>
+        <v>2925</v>
       </c>
       <c r="I317" t="s">
-        <v>2924</v>
+        <v>2926</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
-        <v>374</v>
+        <v>129</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
-        <v>376</v>
+        <v>130</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2925</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>65080</v>
+        <v>65054</v>
       </c>
       <c r="B318" t="s">
-        <v>2926</v>
+        <v>2928</v>
       </c>
       <c r="C318" t="s">
-        <v>2927</v>
+        <v>2929</v>
       </c>
       <c r="D318" t="s">
-        <v>2928</v>
+        <v>2930</v>
       </c>
       <c r="E318" t="s">
-        <v>2929</v>
+        <v>2931</v>
       </c>
       <c r="F318" t="s">
-        <v>2930</v>
+        <v>2932</v>
       </c>
       <c r="G318" t="s">
-        <v>2931</v>
+        <v>2933</v>
       </c>
       <c r="H318" t="s">
-        <v>2932</v>
+        <v>2934</v>
       </c>
       <c r="I318" t="s">
-        <v>2933</v>
+        <v>2935</v>
       </c>
       <c r="J318" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="K318" t="s">
-        <v>140</v>
+        <v>2936</v>
       </c>
       <c r="L318" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>375</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2934</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>65081</v>
+        <v>65055</v>
       </c>
       <c r="B319" t="s">
-        <v>2935</v>
+        <v>2938</v>
       </c>
       <c r="C319" t="s">
-        <v>2936</v>
+        <v>2939</v>
       </c>
       <c r="D319" t="s">
-        <v>2937</v>
+        <v>2940</v>
       </c>
       <c r="E319" t="s">
-        <v>2938</v>
+        <v>2941</v>
       </c>
       <c r="F319" t="s">
-        <v>2939</v>
+        <v>2942</v>
       </c>
       <c r="G319" t="s">
-        <v>2940</v>
+        <v>2943</v>
       </c>
       <c r="H319" t="s">
-        <v>2941</v>
+        <v>2944</v>
       </c>
       <c r="I319" t="s">
-        <v>2942</v>
+        <v>2945</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>140</v>
+        <v>1934</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
-      <c r="M319" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2943</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>65082</v>
+        <v>65057</v>
       </c>
       <c r="B320" t="s">
-        <v>2944</v>
+        <v>2947</v>
       </c>
       <c r="C320" t="s">
-        <v>2945</v>
+        <v>2948</v>
       </c>
       <c r="D320" t="s">
-        <v>2946</v>
+        <v>2949</v>
       </c>
       <c r="E320" t="s">
-        <v>2947</v>
+        <v>2950</v>
       </c>
       <c r="F320" t="s">
-        <v>2948</v>
+        <v>2951</v>
       </c>
       <c r="G320" t="s">
-        <v>2949</v>
+        <v>2952</v>
       </c>
       <c r="H320" t="s">
-        <v>2950</v>
+        <v>2953</v>
       </c>
       <c r="I320" t="s">
-        <v>2951</v>
+        <v>2954</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>140</v>
+        <v>479</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
-      <c r="M320" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2952</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>65083</v>
+        <v>65058</v>
       </c>
       <c r="B321" t="s">
-        <v>2953</v>
+        <v>2956</v>
       </c>
       <c r="C321" t="s">
-        <v>2954</v>
+        <v>2957</v>
       </c>
       <c r="D321" t="s">
-        <v>2955</v>
+        <v>2958</v>
       </c>
       <c r="E321" t="s">
-        <v>2956</v>
+        <v>2959</v>
       </c>
       <c r="F321" t="s">
-        <v>2957</v>
+        <v>2960</v>
       </c>
       <c r="G321" t="s">
-        <v>2958</v>
+        <v>2961</v>
       </c>
       <c r="H321" t="s">
-        <v>2959</v>
+        <v>2962</v>
       </c>
       <c r="I321" t="s">
-        <v>2960</v>
+        <v>2963</v>
       </c>
       <c r="J321" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="K321" t="s">
-        <v>129</v>
+        <v>315</v>
       </c>
       <c r="L321" t="s">
-        <v>26</v>
+        <v>375</v>
       </c>
       <c r="M321" t="s">
-        <v>130</v>
+        <v>316</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2961</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>65084</v>
+        <v>65059</v>
       </c>
       <c r="B322" t="s">
-        <v>2962</v>
+        <v>2965</v>
       </c>
       <c r="C322" t="s">
-        <v>2963</v>
+        <v>2966</v>
       </c>
       <c r="D322" t="s">
-        <v>2964</v>
+        <v>2967</v>
       </c>
       <c r="E322" t="s">
-        <v>2965</v>
+        <v>2968</v>
       </c>
       <c r="F322" t="s">
-        <v>2966</v>
+        <v>2969</v>
       </c>
       <c r="G322" t="s">
-        <v>2967</v>
+        <v>2970</v>
       </c>
       <c r="H322" t="s">
-        <v>2968</v>
+        <v>2971</v>
       </c>
       <c r="I322" t="s">
-        <v>2969</v>
+        <v>2972</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2970</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>65085</v>
+        <v>65060</v>
       </c>
       <c r="B323" t="s">
-        <v>2971</v>
+        <v>2974</v>
       </c>
       <c r="C323" t="s">
-        <v>2972</v>
+        <v>2975</v>
       </c>
       <c r="D323" t="s">
-        <v>2973</v>
+        <v>2976</v>
       </c>
       <c r="E323" t="s">
-        <v>2974</v>
+        <v>2977</v>
       </c>
       <c r="F323" t="s">
-        <v>2975</v>
+        <v>2978</v>
       </c>
       <c r="G323" t="s">
-        <v>2976</v>
+        <v>2979</v>
       </c>
       <c r="H323" t="s">
-        <v>2977</v>
+        <v>2980</v>
       </c>
       <c r="I323" t="s">
-        <v>2978</v>
+        <v>2981</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>1796</v>
+        <v>140</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
+      <c r="M323" t="s">
+        <v>141</v>
+      </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2979</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>65086</v>
+        <v>65061</v>
       </c>
       <c r="B324" t="s">
-        <v>2980</v>
+        <v>2983</v>
       </c>
       <c r="C324" t="s">
-        <v>2981</v>
+        <v>2984</v>
       </c>
       <c r="D324" t="s">
-        <v>2982</v>
+        <v>2985</v>
       </c>
       <c r="E324" t="s">
-        <v>2983</v>
+        <v>2986</v>
       </c>
       <c r="F324" t="s">
-        <v>2984</v>
+        <v>2987</v>
       </c>
       <c r="G324" t="s">
-        <v>2985</v>
+        <v>2988</v>
       </c>
       <c r="H324" t="s">
-        <v>2986</v>
+        <v>2989</v>
       </c>
       <c r="I324" t="s">
-        <v>2987</v>
+        <v>2990</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>129</v>
+        <v>489</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>130</v>
+        <v>490</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2988</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>65087</v>
+        <v>65062</v>
       </c>
       <c r="B325" t="s">
-        <v>2989</v>
+        <v>2992</v>
       </c>
       <c r="C325" t="s">
-        <v>2990</v>
+        <v>2993</v>
       </c>
       <c r="D325" t="s">
-        <v>2991</v>
+        <v>2994</v>
       </c>
       <c r="E325" t="s">
-        <v>2992</v>
+        <v>2995</v>
       </c>
       <c r="F325" t="s">
-        <v>2993</v>
+        <v>2996</v>
       </c>
       <c r="G325" t="s">
-        <v>2994</v>
+        <v>2997</v>
       </c>
       <c r="H325" t="s">
-        <v>2995</v>
+        <v>2998</v>
       </c>
       <c r="I325" t="s">
-        <v>2996</v>
+        <v>2999</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>2997</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>65088</v>
+        <v>65063</v>
       </c>
       <c r="B326" t="s">
-        <v>2998</v>
+        <v>3001</v>
       </c>
       <c r="C326" t="s">
-        <v>2999</v>
+        <v>3002</v>
       </c>
       <c r="D326" t="s">
-        <v>3000</v>
+        <v>3003</v>
       </c>
       <c r="E326" t="s">
-        <v>3001</v>
+        <v>3004</v>
       </c>
       <c r="F326" t="s">
-        <v>3002</v>
+        <v>3005</v>
       </c>
       <c r="G326" t="s">
-        <v>3003</v>
+        <v>3006</v>
       </c>
       <c r="H326" t="s">
-        <v>3004</v>
+        <v>3007</v>
       </c>
       <c r="I326" t="s">
-        <v>3005</v>
+        <v>3008</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>25</v>
+        <v>3009</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
-      <c r="M326" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3006</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>65089</v>
+        <v>65068</v>
       </c>
       <c r="B327" t="s">
-        <v>3007</v>
+        <v>3011</v>
       </c>
       <c r="C327" t="s">
-        <v>3008</v>
+        <v>3012</v>
       </c>
       <c r="D327" t="s">
-        <v>3009</v>
+        <v>3013</v>
       </c>
       <c r="E327" t="s">
-        <v>3010</v>
+        <v>3014</v>
       </c>
       <c r="F327" t="s">
-        <v>3011</v>
+        <v>3015</v>
       </c>
       <c r="G327" t="s">
-        <v>3012</v>
+        <v>3016</v>
       </c>
       <c r="H327" t="s">
-        <v>3013</v>
+        <v>3017</v>
       </c>
       <c r="I327" t="s">
-        <v>3014</v>
+        <v>3018</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
         <v>25</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
         <v>27</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3015</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>65090</v>
+        <v>65069</v>
       </c>
       <c r="B328" t="s">
-        <v>3016</v>
+        <v>3020</v>
       </c>
       <c r="C328" t="s">
-        <v>3017</v>
+        <v>3021</v>
       </c>
       <c r="D328" t="s">
-        <v>3018</v>
+        <v>3022</v>
       </c>
       <c r="E328" t="s">
-        <v>3019</v>
+        <v>3023</v>
       </c>
       <c r="F328" t="s">
-        <v>3020</v>
+        <v>3024</v>
       </c>
       <c r="G328" t="s">
-        <v>3021</v>
+        <v>3025</v>
       </c>
       <c r="H328" t="s">
-        <v>3022</v>
+        <v>3026</v>
       </c>
       <c r="I328" t="s">
-        <v>3023</v>
+        <v>3027</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>25</v>
+        <v>129</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3024</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>65091</v>
+        <v>65071</v>
       </c>
       <c r="B329" t="s">
-        <v>3025</v>
+        <v>3029</v>
       </c>
       <c r="C329" t="s">
-        <v>3026</v>
+        <v>3030</v>
       </c>
       <c r="D329" t="s">
-        <v>3027</v>
+        <v>3031</v>
       </c>
       <c r="E329" t="s">
-        <v>3028</v>
+        <v>3032</v>
       </c>
       <c r="F329" t="s">
-        <v>3029</v>
+        <v>3033</v>
       </c>
       <c r="G329" t="s">
-        <v>3030</v>
+        <v>3034</v>
       </c>
       <c r="H329" t="s">
-        <v>3031</v>
+        <v>3035</v>
       </c>
       <c r="I329" t="s">
-        <v>3032</v>
+        <v>3036</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
         <v>25</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
         <v>27</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3033</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>65092</v>
+        <v>65073</v>
       </c>
       <c r="B330" t="s">
-        <v>3034</v>
+        <v>3038</v>
       </c>
       <c r="C330" t="s">
-        <v>3035</v>
+        <v>3039</v>
       </c>
       <c r="D330" t="s">
-        <v>3036</v>
+        <v>3040</v>
       </c>
       <c r="E330" t="s">
-        <v>3037</v>
+        <v>3041</v>
       </c>
       <c r="F330" t="s">
-        <v>3038</v>
+        <v>3042</v>
       </c>
       <c r="G330" t="s">
-        <v>3039</v>
+        <v>3043</v>
       </c>
       <c r="H330" t="s">
-        <v>3040</v>
+        <v>3044</v>
       </c>
       <c r="I330" t="s">
-        <v>3041</v>
+        <v>3045</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3042</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>65093</v>
+        <v>65074</v>
       </c>
       <c r="B331" t="s">
-        <v>3043</v>
+        <v>3047</v>
       </c>
       <c r="C331" t="s">
-        <v>3044</v>
+        <v>3048</v>
       </c>
       <c r="D331" t="s">
-        <v>3045</v>
+        <v>3049</v>
       </c>
       <c r="E331" t="s">
-        <v>3046</v>
+        <v>3050</v>
       </c>
       <c r="F331" t="s">
-        <v>3047</v>
+        <v>3051</v>
       </c>
       <c r="G331" t="s">
-        <v>3048</v>
+        <v>3052</v>
       </c>
       <c r="H331" t="s">
-        <v>3049</v>
+        <v>3053</v>
       </c>
       <c r="I331" t="s">
-        <v>3050</v>
+        <v>3054</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>129</v>
+        <v>3055</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
-      <c r="M331" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3051</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65094</v>
+        <v>65075</v>
       </c>
       <c r="B332" t="s">
-        <v>3052</v>
+        <v>3057</v>
       </c>
       <c r="C332" t="s">
-        <v>3053</v>
+        <v>3058</v>
       </c>
       <c r="D332" t="s">
-        <v>3054</v>
+        <v>3059</v>
       </c>
       <c r="E332" t="s">
-        <v>3055</v>
+        <v>3060</v>
       </c>
       <c r="F332" t="s">
-        <v>3056</v>
+        <v>3061</v>
       </c>
       <c r="G332" t="s">
-        <v>3057</v>
+        <v>3062</v>
       </c>
       <c r="H332" t="s">
-        <v>3058</v>
+        <v>3063</v>
       </c>
       <c r="I332" t="s">
-        <v>3059</v>
+        <v>3064</v>
       </c>
       <c r="J332" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="K332" t="s">
-        <v>3060</v>
+        <v>326</v>
       </c>
       <c r="L332" t="s">
-        <v>26</v>
+        <v>375</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3061</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65095</v>
+        <v>65076</v>
       </c>
       <c r="B333" t="s">
-        <v>3062</v>
+        <v>3066</v>
       </c>
       <c r="C333" t="s">
-        <v>3063</v>
+        <v>3067</v>
       </c>
       <c r="D333" t="s">
-        <v>3064</v>
+        <v>3068</v>
       </c>
       <c r="E333" t="s">
-        <v>3065</v>
+        <v>3069</v>
       </c>
       <c r="F333" t="s">
-        <v>3066</v>
+        <v>3070</v>
       </c>
       <c r="G333" t="s">
-        <v>3067</v>
+        <v>3071</v>
       </c>
       <c r="H333" t="s">
-        <v>3068</v>
+        <v>3072</v>
       </c>
       <c r="I333" t="s">
-        <v>3069</v>
+        <v>3073</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>374</v>
+        <v>129</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>376</v>
+        <v>130</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3070</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65096</v>
+        <v>65077</v>
       </c>
       <c r="B334" t="s">
-        <v>3071</v>
+        <v>3075</v>
       </c>
       <c r="C334" t="s">
-        <v>3072</v>
+        <v>3076</v>
       </c>
       <c r="D334" t="s">
-        <v>3073</v>
+        <v>3077</v>
       </c>
       <c r="E334" t="s">
-        <v>3074</v>
+        <v>3078</v>
       </c>
       <c r="F334" t="s">
-        <v>3075</v>
+        <v>3079</v>
       </c>
       <c r="G334" t="s">
-        <v>3076</v>
+        <v>3080</v>
       </c>
       <c r="H334" t="s">
-        <v>3077</v>
+        <v>3081</v>
       </c>
       <c r="I334" t="s">
-        <v>3078</v>
+        <v>3082</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>25</v>
+        <v>374</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
-        <v>27</v>
+        <v>376</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3079</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65097</v>
+        <v>65080</v>
       </c>
       <c r="B335" t="s">
-        <v>3080</v>
+        <v>3084</v>
       </c>
       <c r="C335" t="s">
-        <v>3081</v>
+        <v>3085</v>
       </c>
       <c r="D335" t="s">
-        <v>3082</v>
+        <v>3086</v>
       </c>
       <c r="E335" t="s">
-        <v>3083</v>
+        <v>3087</v>
       </c>
       <c r="F335" t="s">
-        <v>3084</v>
+        <v>3088</v>
       </c>
       <c r="G335" t="s">
-        <v>3085</v>
+        <v>3089</v>
       </c>
       <c r="H335" t="s">
-        <v>3086</v>
+        <v>3090</v>
       </c>
       <c r="I335" t="s">
-        <v>3087</v>
+        <v>3091</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3088</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65098</v>
+        <v>65081</v>
       </c>
       <c r="B336" t="s">
-        <v>3089</v>
+        <v>3093</v>
       </c>
       <c r="C336" t="s">
-        <v>3090</v>
+        <v>3094</v>
       </c>
       <c r="D336" t="s">
-        <v>3091</v>
+        <v>3095</v>
       </c>
       <c r="E336" t="s">
-        <v>3092</v>
+        <v>3096</v>
       </c>
       <c r="F336" t="s">
-        <v>3093</v>
+        <v>3097</v>
       </c>
       <c r="G336" t="s">
-        <v>3094</v>
+        <v>3098</v>
       </c>
       <c r="H336" t="s">
-        <v>3095</v>
+        <v>3099</v>
       </c>
       <c r="I336" t="s">
-        <v>3096</v>
+        <v>3100</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>25</v>
+        <v>140</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>27</v>
+        <v>141</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3097</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65099</v>
+        <v>65082</v>
       </c>
       <c r="B337" t="s">
-        <v>3098</v>
+        <v>3102</v>
       </c>
       <c r="C337" t="s">
-        <v>3099</v>
+        <v>3103</v>
       </c>
       <c r="D337" t="s">
-        <v>3100</v>
+        <v>3104</v>
       </c>
       <c r="E337" t="s">
-        <v>3101</v>
+        <v>3105</v>
       </c>
       <c r="F337" t="s">
-        <v>3102</v>
+        <v>3106</v>
       </c>
       <c r="G337" t="s">
-        <v>3103</v>
+        <v>3107</v>
       </c>
       <c r="H337" t="s">
-        <v>3104</v>
+        <v>3108</v>
       </c>
       <c r="I337" t="s">
-        <v>3105</v>
+        <v>3109</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3106</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65100</v>
+        <v>65083</v>
       </c>
       <c r="B338" t="s">
-        <v>3107</v>
+        <v>3111</v>
       </c>
       <c r="C338" t="s">
-        <v>3108</v>
+        <v>3112</v>
       </c>
       <c r="D338" t="s">
-        <v>3109</v>
+        <v>3113</v>
       </c>
       <c r="E338" t="s">
-        <v>3110</v>
+        <v>3114</v>
       </c>
       <c r="F338" t="s">
-        <v>3111</v>
+        <v>3115</v>
       </c>
       <c r="G338" t="s">
-        <v>3112</v>
+        <v>3116</v>
       </c>
       <c r="H338" t="s">
-        <v>3113</v>
+        <v>3117</v>
       </c>
       <c r="I338" t="s">
-        <v>3114</v>
+        <v>3118</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>2491</v>
+        <v>129</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>2492</v>
+        <v>130</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3115</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65101</v>
+        <v>65084</v>
       </c>
       <c r="B339" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="C339" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="D339" t="s">
-        <v>3118</v>
+        <v>3122</v>
       </c>
       <c r="E339" t="s">
-        <v>3119</v>
+        <v>3123</v>
       </c>
       <c r="F339" t="s">
-        <v>3120</v>
+        <v>3124</v>
       </c>
       <c r="G339" t="s">
-        <v>3121</v>
+        <v>3125</v>
       </c>
       <c r="H339" t="s">
-        <v>3122</v>
+        <v>3126</v>
       </c>
       <c r="I339" t="s">
-        <v>3123</v>
+        <v>3127</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3124</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65102</v>
+        <v>65085</v>
       </c>
       <c r="B340" t="s">
-        <v>3125</v>
+        <v>3129</v>
       </c>
       <c r="C340" t="s">
-        <v>3126</v>
+        <v>3130</v>
       </c>
       <c r="D340" t="s">
-        <v>3127</v>
+        <v>3131</v>
       </c>
       <c r="E340" t="s">
-        <v>3128</v>
+        <v>3132</v>
       </c>
       <c r="F340" t="s">
-        <v>3129</v>
+        <v>3133</v>
       </c>
       <c r="G340" t="s">
-        <v>3130</v>
+        <v>3134</v>
       </c>
       <c r="H340" t="s">
-        <v>3131</v>
+        <v>3135</v>
       </c>
       <c r="I340" t="s">
-        <v>3132</v>
+        <v>3136</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>25</v>
+        <v>1934</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
-      <c r="M340" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3133</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65104</v>
+        <v>65086</v>
       </c>
       <c r="B341" t="s">
-        <v>3134</v>
+        <v>3138</v>
       </c>
       <c r="C341" t="s">
-        <v>3135</v>
+        <v>3139</v>
       </c>
       <c r="D341" t="s">
-        <v>3136</v>
+        <v>3140</v>
       </c>
       <c r="E341" t="s">
-        <v>3137</v>
+        <v>3141</v>
       </c>
       <c r="F341" t="s">
-        <v>3138</v>
+        <v>3142</v>
       </c>
       <c r="G341" t="s">
-        <v>3139</v>
+        <v>3143</v>
       </c>
       <c r="H341" t="s">
-        <v>3140</v>
+        <v>3144</v>
       </c>
       <c r="I341" t="s">
-        <v>3141</v>
+        <v>3145</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>3142</v>
+        <v>129</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
+      <c r="M341" t="s">
+        <v>130</v>
+      </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3143</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65105</v>
+        <v>65087</v>
       </c>
       <c r="B342" t="s">
-        <v>3144</v>
+        <v>3147</v>
       </c>
       <c r="C342" t="s">
-        <v>3145</v>
+        <v>3148</v>
       </c>
       <c r="D342" t="s">
-        <v>3146</v>
+        <v>3149</v>
       </c>
       <c r="E342" t="s">
-        <v>3147</v>
+        <v>3150</v>
       </c>
       <c r="F342" t="s">
-        <v>3148</v>
+        <v>3151</v>
       </c>
       <c r="G342" t="s">
-        <v>3149</v>
+        <v>3152</v>
       </c>
       <c r="H342" t="s">
-        <v>3150</v>
+        <v>3153</v>
       </c>
       <c r="I342" t="s">
-        <v>3151</v>
+        <v>3154</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>129</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>130</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3152</v>
+        <v>3155</v>
+      </c>
+    </row>
+    <row r="343" spans="1:15">
+      <c r="A343">
+        <v>65088</v>
+      </c>
+      <c r="B343" t="s">
+        <v>3156</v>
+      </c>
+      <c r="C343" t="s">
+        <v>3157</v>
+      </c>
+      <c r="D343" t="s">
+        <v>3158</v>
+      </c>
+      <c r="E343" t="s">
+        <v>3159</v>
+      </c>
+      <c r="F343" t="s">
+        <v>3160</v>
+      </c>
+      <c r="G343" t="s">
+        <v>3161</v>
+      </c>
+      <c r="H343" t="s">
+        <v>3162</v>
+      </c>
+      <c r="I343" t="s">
+        <v>3163</v>
+      </c>
+      <c r="J343" t="s">
+        <v>24</v>
+      </c>
+      <c r="K343" t="s">
+        <v>25</v>
+      </c>
+      <c r="L343" t="s">
+        <v>26</v>
+      </c>
+      <c r="M343" t="s">
+        <v>27</v>
+      </c>
+      <c r="N343" t="s">
+        <v>28</v>
+      </c>
+      <c r="O343" t="s">
+        <v>3164</v>
+      </c>
+    </row>
+    <row r="344" spans="1:15">
+      <c r="A344">
+        <v>65089</v>
+      </c>
+      <c r="B344" t="s">
+        <v>3165</v>
+      </c>
+      <c r="C344" t="s">
+        <v>3166</v>
+      </c>
+      <c r="D344" t="s">
+        <v>3167</v>
+      </c>
+      <c r="E344" t="s">
+        <v>3168</v>
+      </c>
+      <c r="F344" t="s">
+        <v>3169</v>
+      </c>
+      <c r="G344" t="s">
+        <v>3170</v>
+      </c>
+      <c r="H344" t="s">
+        <v>3171</v>
+      </c>
+      <c r="I344" t="s">
+        <v>3172</v>
+      </c>
+      <c r="J344" t="s">
+        <v>24</v>
+      </c>
+      <c r="K344" t="s">
+        <v>25</v>
+      </c>
+      <c r="L344" t="s">
+        <v>26</v>
+      </c>
+      <c r="M344" t="s">
+        <v>27</v>
+      </c>
+      <c r="N344" t="s">
+        <v>28</v>
+      </c>
+      <c r="O344" t="s">
+        <v>3173</v>
+      </c>
+    </row>
+    <row r="345" spans="1:15">
+      <c r="A345">
+        <v>65090</v>
+      </c>
+      <c r="B345" t="s">
+        <v>3174</v>
+      </c>
+      <c r="C345" t="s">
+        <v>3175</v>
+      </c>
+      <c r="D345" t="s">
+        <v>3176</v>
+      </c>
+      <c r="E345" t="s">
+        <v>3177</v>
+      </c>
+      <c r="F345" t="s">
+        <v>3178</v>
+      </c>
+      <c r="G345" t="s">
+        <v>3179</v>
+      </c>
+      <c r="H345" t="s">
+        <v>3180</v>
+      </c>
+      <c r="I345" t="s">
+        <v>3181</v>
+      </c>
+      <c r="J345" t="s">
+        <v>24</v>
+      </c>
+      <c r="K345" t="s">
+        <v>25</v>
+      </c>
+      <c r="L345" t="s">
+        <v>26</v>
+      </c>
+      <c r="M345" t="s">
+        <v>27</v>
+      </c>
+      <c r="N345" t="s">
+        <v>28</v>
+      </c>
+      <c r="O345" t="s">
+        <v>3182</v>
+      </c>
+    </row>
+    <row r="346" spans="1:15">
+      <c r="A346">
+        <v>65091</v>
+      </c>
+      <c r="B346" t="s">
+        <v>3183</v>
+      </c>
+      <c r="C346" t="s">
+        <v>3184</v>
+      </c>
+      <c r="D346" t="s">
+        <v>3185</v>
+      </c>
+      <c r="E346" t="s">
+        <v>3186</v>
+      </c>
+      <c r="F346" t="s">
+        <v>3187</v>
+      </c>
+      <c r="G346" t="s">
+        <v>3188</v>
+      </c>
+      <c r="H346" t="s">
+        <v>3189</v>
+      </c>
+      <c r="I346" t="s">
+        <v>3190</v>
+      </c>
+      <c r="J346" t="s">
+        <v>24</v>
+      </c>
+      <c r="K346" t="s">
+        <v>25</v>
+      </c>
+      <c r="L346" t="s">
+        <v>26</v>
+      </c>
+      <c r="M346" t="s">
+        <v>27</v>
+      </c>
+      <c r="N346" t="s">
+        <v>28</v>
+      </c>
+      <c r="O346" t="s">
+        <v>3191</v>
+      </c>
+    </row>
+    <row r="347" spans="1:15">
+      <c r="A347">
+        <v>65092</v>
+      </c>
+      <c r="B347" t="s">
+        <v>3192</v>
+      </c>
+      <c r="C347" t="s">
+        <v>3193</v>
+      </c>
+      <c r="D347" t="s">
+        <v>3194</v>
+      </c>
+      <c r="E347" t="s">
+        <v>3195</v>
+      </c>
+      <c r="F347" t="s">
+        <v>3196</v>
+      </c>
+      <c r="G347" t="s">
+        <v>3197</v>
+      </c>
+      <c r="H347" t="s">
+        <v>3198</v>
+      </c>
+      <c r="I347" t="s">
+        <v>3199</v>
+      </c>
+      <c r="J347" t="s">
+        <v>24</v>
+      </c>
+      <c r="K347" t="s">
+        <v>129</v>
+      </c>
+      <c r="L347" t="s">
+        <v>26</v>
+      </c>
+      <c r="M347" t="s">
+        <v>130</v>
+      </c>
+      <c r="N347" t="s">
+        <v>28</v>
+      </c>
+      <c r="O347" t="s">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="348" spans="1:15">
+      <c r="A348">
+        <v>65093</v>
+      </c>
+      <c r="B348" t="s">
+        <v>3201</v>
+      </c>
+      <c r="C348" t="s">
+        <v>3202</v>
+      </c>
+      <c r="D348" t="s">
+        <v>3203</v>
+      </c>
+      <c r="E348" t="s">
+        <v>3204</v>
+      </c>
+      <c r="F348" t="s">
+        <v>3205</v>
+      </c>
+      <c r="G348" t="s">
+        <v>3206</v>
+      </c>
+      <c r="H348" t="s">
+        <v>3207</v>
+      </c>
+      <c r="I348" t="s">
+        <v>3208</v>
+      </c>
+      <c r="J348" t="s">
+        <v>24</v>
+      </c>
+      <c r="K348" t="s">
+        <v>129</v>
+      </c>
+      <c r="L348" t="s">
+        <v>26</v>
+      </c>
+      <c r="M348" t="s">
+        <v>130</v>
+      </c>
+      <c r="N348" t="s">
+        <v>28</v>
+      </c>
+      <c r="O348" t="s">
+        <v>3209</v>
+      </c>
+    </row>
+    <row r="349" spans="1:15">
+      <c r="A349">
+        <v>65094</v>
+      </c>
+      <c r="B349" t="s">
+        <v>3210</v>
+      </c>
+      <c r="C349" t="s">
+        <v>3211</v>
+      </c>
+      <c r="D349" t="s">
+        <v>3212</v>
+      </c>
+      <c r="E349" t="s">
+        <v>3213</v>
+      </c>
+      <c r="F349" t="s">
+        <v>3214</v>
+      </c>
+      <c r="G349" t="s">
+        <v>3215</v>
+      </c>
+      <c r="H349" t="s">
+        <v>3216</v>
+      </c>
+      <c r="I349" t="s">
+        <v>3217</v>
+      </c>
+      <c r="J349" t="s">
+        <v>24</v>
+      </c>
+      <c r="K349" t="s">
+        <v>3218</v>
+      </c>
+      <c r="L349" t="s">
+        <v>26</v>
+      </c>
+      <c r="N349" t="s">
+        <v>28</v>
+      </c>
+      <c r="O349" t="s">
+        <v>3219</v>
+      </c>
+    </row>
+    <row r="350" spans="1:15">
+      <c r="A350">
+        <v>65095</v>
+      </c>
+      <c r="B350" t="s">
+        <v>3220</v>
+      </c>
+      <c r="C350" t="s">
+        <v>3221</v>
+      </c>
+      <c r="D350" t="s">
+        <v>3222</v>
+      </c>
+      <c r="E350" t="s">
+        <v>3223</v>
+      </c>
+      <c r="F350" t="s">
+        <v>3224</v>
+      </c>
+      <c r="G350" t="s">
+        <v>3225</v>
+      </c>
+      <c r="H350" t="s">
+        <v>3226</v>
+      </c>
+      <c r="I350" t="s">
+        <v>3227</v>
+      </c>
+      <c r="J350" t="s">
+        <v>24</v>
+      </c>
+      <c r="K350" t="s">
+        <v>374</v>
+      </c>
+      <c r="L350" t="s">
+        <v>26</v>
+      </c>
+      <c r="M350" t="s">
+        <v>376</v>
+      </c>
+      <c r="N350" t="s">
+        <v>28</v>
+      </c>
+      <c r="O350" t="s">
+        <v>3228</v>
+      </c>
+    </row>
+    <row r="351" spans="1:15">
+      <c r="A351">
+        <v>65096</v>
+      </c>
+      <c r="B351" t="s">
+        <v>3229</v>
+      </c>
+      <c r="C351" t="s">
+        <v>3230</v>
+      </c>
+      <c r="D351" t="s">
+        <v>3231</v>
+      </c>
+      <c r="E351" t="s">
+        <v>3232</v>
+      </c>
+      <c r="F351" t="s">
+        <v>3233</v>
+      </c>
+      <c r="G351" t="s">
+        <v>3234</v>
+      </c>
+      <c r="H351" t="s">
+        <v>3235</v>
+      </c>
+      <c r="I351" t="s">
+        <v>3236</v>
+      </c>
+      <c r="J351" t="s">
+        <v>24</v>
+      </c>
+      <c r="K351" t="s">
+        <v>25</v>
+      </c>
+      <c r="L351" t="s">
+        <v>26</v>
+      </c>
+      <c r="M351" t="s">
+        <v>27</v>
+      </c>
+      <c r="N351" t="s">
+        <v>28</v>
+      </c>
+      <c r="O351" t="s">
+        <v>3237</v>
+      </c>
+    </row>
+    <row r="352" spans="1:15">
+      <c r="A352">
+        <v>65097</v>
+      </c>
+      <c r="B352" t="s">
+        <v>3238</v>
+      </c>
+      <c r="C352" t="s">
+        <v>3239</v>
+      </c>
+      <c r="D352" t="s">
+        <v>3240</v>
+      </c>
+      <c r="E352" t="s">
+        <v>3241</v>
+      </c>
+      <c r="F352" t="s">
+        <v>3242</v>
+      </c>
+      <c r="G352" t="s">
+        <v>3243</v>
+      </c>
+      <c r="H352" t="s">
+        <v>3244</v>
+      </c>
+      <c r="I352" t="s">
+        <v>3245</v>
+      </c>
+      <c r="J352" t="s">
+        <v>24</v>
+      </c>
+      <c r="K352" t="s">
+        <v>129</v>
+      </c>
+      <c r="L352" t="s">
+        <v>26</v>
+      </c>
+      <c r="M352" t="s">
+        <v>130</v>
+      </c>
+      <c r="N352" t="s">
+        <v>28</v>
+      </c>
+      <c r="O352" t="s">
+        <v>3246</v>
+      </c>
+    </row>
+    <row r="353" spans="1:15">
+      <c r="A353">
+        <v>65098</v>
+      </c>
+      <c r="B353" t="s">
+        <v>3247</v>
+      </c>
+      <c r="C353" t="s">
+        <v>3248</v>
+      </c>
+      <c r="D353" t="s">
+        <v>3249</v>
+      </c>
+      <c r="E353" t="s">
+        <v>3250</v>
+      </c>
+      <c r="F353" t="s">
+        <v>3251</v>
+      </c>
+      <c r="G353" t="s">
+        <v>3252</v>
+      </c>
+      <c r="H353" t="s">
+        <v>3253</v>
+      </c>
+      <c r="I353" t="s">
+        <v>3254</v>
+      </c>
+      <c r="J353" t="s">
+        <v>24</v>
+      </c>
+      <c r="K353" t="s">
+        <v>25</v>
+      </c>
+      <c r="L353" t="s">
+        <v>26</v>
+      </c>
+      <c r="M353" t="s">
+        <v>27</v>
+      </c>
+      <c r="N353" t="s">
+        <v>28</v>
+      </c>
+      <c r="O353" t="s">
+        <v>3255</v>
+      </c>
+    </row>
+    <row r="354" spans="1:15">
+      <c r="A354">
+        <v>65099</v>
+      </c>
+      <c r="B354" t="s">
+        <v>3256</v>
+      </c>
+      <c r="C354" t="s">
+        <v>3257</v>
+      </c>
+      <c r="D354" t="s">
+        <v>3258</v>
+      </c>
+      <c r="E354" t="s">
+        <v>3259</v>
+      </c>
+      <c r="F354" t="s">
+        <v>3260</v>
+      </c>
+      <c r="G354" t="s">
+        <v>3261</v>
+      </c>
+      <c r="H354" t="s">
+        <v>3262</v>
+      </c>
+      <c r="I354" t="s">
+        <v>3263</v>
+      </c>
+      <c r="J354" t="s">
+        <v>24</v>
+      </c>
+      <c r="K354" t="s">
+        <v>129</v>
+      </c>
+      <c r="L354" t="s">
+        <v>26</v>
+      </c>
+      <c r="M354" t="s">
+        <v>130</v>
+      </c>
+      <c r="N354" t="s">
+        <v>28</v>
+      </c>
+      <c r="O354" t="s">
+        <v>3264</v>
+      </c>
+    </row>
+    <row r="355" spans="1:15">
+      <c r="A355">
+        <v>65100</v>
+      </c>
+      <c r="B355" t="s">
+        <v>3265</v>
+      </c>
+      <c r="C355" t="s">
+        <v>3266</v>
+      </c>
+      <c r="D355" t="s">
+        <v>3267</v>
+      </c>
+      <c r="E355" t="s">
+        <v>3268</v>
+      </c>
+      <c r="F355" t="s">
+        <v>3269</v>
+      </c>
+      <c r="G355" t="s">
+        <v>3270</v>
+      </c>
+      <c r="H355" t="s">
+        <v>3271</v>
+      </c>
+      <c r="I355" t="s">
+        <v>3272</v>
+      </c>
+      <c r="J355" t="s">
+        <v>24</v>
+      </c>
+      <c r="K355" t="s">
+        <v>2649</v>
+      </c>
+      <c r="L355" t="s">
+        <v>26</v>
+      </c>
+      <c r="M355" t="s">
+        <v>2650</v>
+      </c>
+      <c r="N355" t="s">
+        <v>28</v>
+      </c>
+      <c r="O355" t="s">
+        <v>3273</v>
+      </c>
+    </row>
+    <row r="356" spans="1:15">
+      <c r="A356">
+        <v>65101</v>
+      </c>
+      <c r="B356" t="s">
+        <v>3274</v>
+      </c>
+      <c r="C356" t="s">
+        <v>3275</v>
+      </c>
+      <c r="D356" t="s">
+        <v>3276</v>
+      </c>
+      <c r="E356" t="s">
+        <v>3277</v>
+      </c>
+      <c r="F356" t="s">
+        <v>3278</v>
+      </c>
+      <c r="G356" t="s">
+        <v>3279</v>
+      </c>
+      <c r="H356" t="s">
+        <v>3280</v>
+      </c>
+      <c r="I356" t="s">
+        <v>3281</v>
+      </c>
+      <c r="J356" t="s">
+        <v>24</v>
+      </c>
+      <c r="K356" t="s">
+        <v>129</v>
+      </c>
+      <c r="L356" t="s">
+        <v>26</v>
+      </c>
+      <c r="M356" t="s">
+        <v>130</v>
+      </c>
+      <c r="N356" t="s">
+        <v>28</v>
+      </c>
+      <c r="O356" t="s">
+        <v>3282</v>
+      </c>
+    </row>
+    <row r="357" spans="1:15">
+      <c r="A357">
+        <v>65102</v>
+      </c>
+      <c r="B357" t="s">
+        <v>3283</v>
+      </c>
+      <c r="C357" t="s">
+        <v>3284</v>
+      </c>
+      <c r="D357" t="s">
+        <v>3285</v>
+      </c>
+      <c r="E357" t="s">
+        <v>3286</v>
+      </c>
+      <c r="F357" t="s">
+        <v>3287</v>
+      </c>
+      <c r="G357" t="s">
+        <v>3288</v>
+      </c>
+      <c r="H357" t="s">
+        <v>3289</v>
+      </c>
+      <c r="I357" t="s">
+        <v>3290</v>
+      </c>
+      <c r="J357" t="s">
+        <v>24</v>
+      </c>
+      <c r="K357" t="s">
+        <v>25</v>
+      </c>
+      <c r="L357" t="s">
+        <v>26</v>
+      </c>
+      <c r="M357" t="s">
+        <v>27</v>
+      </c>
+      <c r="N357" t="s">
+        <v>28</v>
+      </c>
+      <c r="O357" t="s">
+        <v>3291</v>
+      </c>
+    </row>
+    <row r="358" spans="1:15">
+      <c r="A358">
+        <v>65104</v>
+      </c>
+      <c r="B358" t="s">
+        <v>3292</v>
+      </c>
+      <c r="C358" t="s">
+        <v>3293</v>
+      </c>
+      <c r="D358" t="s">
+        <v>3294</v>
+      </c>
+      <c r="E358" t="s">
+        <v>3295</v>
+      </c>
+      <c r="F358" t="s">
+        <v>3296</v>
+      </c>
+      <c r="G358" t="s">
+        <v>3297</v>
+      </c>
+      <c r="H358" t="s">
+        <v>3298</v>
+      </c>
+      <c r="I358" t="s">
+        <v>3299</v>
+      </c>
+      <c r="J358" t="s">
+        <v>24</v>
+      </c>
+      <c r="K358" t="s">
+        <v>3300</v>
+      </c>
+      <c r="L358" t="s">
+        <v>26</v>
+      </c>
+      <c r="N358" t="s">
+        <v>28</v>
+      </c>
+      <c r="O358" t="s">
+        <v>3301</v>
+      </c>
+    </row>
+    <row r="359" spans="1:15">
+      <c r="A359">
+        <v>65105</v>
+      </c>
+      <c r="B359" t="s">
+        <v>3302</v>
+      </c>
+      <c r="C359" t="s">
+        <v>3303</v>
+      </c>
+      <c r="D359" t="s">
+        <v>3304</v>
+      </c>
+      <c r="E359" t="s">
+        <v>3305</v>
+      </c>
+      <c r="F359" t="s">
+        <v>3306</v>
+      </c>
+      <c r="G359" t="s">
+        <v>3307</v>
+      </c>
+      <c r="H359" t="s">
+        <v>3308</v>
+      </c>
+      <c r="I359" t="s">
+        <v>3309</v>
+      </c>
+      <c r="J359" t="s">
+        <v>24</v>
+      </c>
+      <c r="K359" t="s">
+        <v>129</v>
+      </c>
+      <c r="L359" t="s">
+        <v>26</v>
+      </c>
+      <c r="M359" t="s">
+        <v>130</v>
+      </c>
+      <c r="N359" t="s">
+        <v>28</v>
+      </c>
+      <c r="O359" t="s">
+        <v>3310</v>
+      </c>
+    </row>
+    <row r="360" spans="1:15">
+      <c r="A360">
+        <v>65124</v>
+      </c>
+      <c r="B360" t="s">
+        <v>3311</v>
+      </c>
+      <c r="C360" t="s">
+        <v>3312</v>
+      </c>
+      <c r="D360" t="s">
+        <v>3313</v>
+      </c>
+      <c r="E360" t="s">
+        <v>3314</v>
+      </c>
+      <c r="F360" t="s">
+        <v>3315</v>
+      </c>
+      <c r="G360" t="s">
+        <v>3316</v>
+      </c>
+      <c r="H360" t="s">
+        <v>3317</v>
+      </c>
+      <c r="I360" t="s">
+        <v>3318</v>
+      </c>
+      <c r="J360" t="s">
+        <v>24</v>
+      </c>
+      <c r="K360" t="s">
+        <v>25</v>
+      </c>
+      <c r="L360" t="s">
+        <v>26</v>
+      </c>
+      <c r="M360" t="s">
+        <v>27</v>
+      </c>
+      <c r="N360" t="s">
+        <v>28</v>
+      </c>
+      <c r="O360" t="s">
+        <v>3319</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">