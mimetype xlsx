--- v1 (2025-11-04)
+++ v2 (2025-11-24)
@@ -12,150 +12,227 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3995">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Shqip
 # Source: https://hadeethenc.com/sq
-# Last update: 2025-10-30 23:07:43 (v1.21.0)
-# Check for updates: https://hadeethenc.com/en/check/sq/v1.21.0
+# Last update: 2025-11-12 13:30:09 (v1.25.0)
+# Check for updates: https://hadeethenc.com/en/check/sq/v1.25.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
+    <t>فإذا جاء رمضان فاعتمري، فإن عمرة فيه تعدل حجة</t>
+  </si>
+  <si>
+    <t>“Kur të vijë Ramazani, kryej një umre, sepse umreja në Ramazan është baras me një haxh (në shpërblim).”</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِامْرَأَةٍ مِنَ الْأَنْصَارِ سَمَّاهَا ابْنُ عَبَّاسٍ فَنَسِيتُ اسْمَهَا: «مَا مَنَعَكِ أَنْ تَحُجِّي مَعَنَا؟» قَالَتْ: لَمْ يَكُنْ لَنَا إِلَّا نَاضِحَانِ فَحَجَّ أَبُو وَلَدِهَا وَابْنُهَا عَلَى نَاضِحٍ وَتَرَكَ لَنَا نَاضِحًا نَنْضِحُ عَلَيْهِ، قَالَ: «فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً».</t>
+  </si>
+  <si>
+    <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ i tha një gruaje prej ensareve - (Atau thotë:) të cilën Ibn Abasi e përmendi me emër, por unë ia harrova emrin: - “Çka të pengoi ty që ta kryesh haxhin me ne?” Ajo iu përgjigj: "Ne kishim dy deve; me njërën kreu haxhin babai i tim biri dhe djali i tij, përkatësisht burri dhe djali i saj, kurse devenë tjetër na e la për të bartur ujë." Ai i tha: “Kur të vijë Ramazani, kryej një umre, sepse umreja në Ramazan është baras me një haxh (në shpërblim).”</t>
+  </si>
+  <si>
+    <t>لمَّا رَجَعَ النبيُّ صلى الله عليه وسلم من حَجة الوداع، قال لامرأةٍ من الأنصار لم تحج: ما الذي منعك من الحج معنا؟ 
+فاعتذرت بأن لهم بَعيرين، فحج زوجها وابنها على أحدهما، وترك الآخر ليستقوا به الماء من البئر.
+فأخبرها النبي عليه الصلاة والسلام أن أداء العمرة في شهر رمضان يماثل أجرُها أجرَ حجة.</t>
+  </si>
+  <si>
+    <t>Kur Profeti ﷺ u kthye nga Haxhi Lamtumirës, ​​i tha një gruaje prej ensareve që nuk e kishte kryer haxhin: "Çfarë të pengoi të bësh haxhin me ne?"
+Ajo u arsyetua se ata si familje kishin dy deve, kështu që bashkëshorti dhe djali i saj e bënë haxhin me njërën prej tyre, kurse tjetrën e la se i duhej familjes për të nxjerrë ujë me të nga pusi.
+Kësisoj Profeti ﷺ i tregoi se shpërblimi i kryerjes së umres në muajin e Ramazanit ka shpërblim të njëjtë me kryerjen e haxhit.</t>
+  </si>
+  <si>
+    <t>فضيلة العمرة في شهر رمضان.
+العمرة في رمضان تساوي حجةً في الثواب، لا في إسقاط فرض الحج.
+ثواب الأعمال يزيد بزيادة شرف الأوقات، ومن ذلك الأعمال في رمضان.</t>
+  </si>
+  <si>
+    <t>Vlera e umres në muajin e Ramazanit.
+Umreja në Ramazan është e barabartë me haxhin në aspektin e shpërblimit, e jo në lirimin nga obligimi i haxhit.
+Shpërblimi i veprave shtohet atëherë kur koha ka vlerë, e të kësaj natyre janë edhe veprat në Ramazan.</t>
+  </si>
+  <si>
+    <t>صحيح</t>
+  </si>
+  <si>
+    <t>متفق عليه</t>
+  </si>
+  <si>
+    <t>[Ky hadith është sahih]</t>
+  </si>
+  <si>
+    <t>[Muttefek alejhi]</t>
+  </si>
+  <si>
+    <t>sq</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/2753</t>
+  </si>
+  <si>
     <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>“Ai që e kryen haxhillëkun në Qabe, duke u larguar nga çdo veprim intim bashkëshortor dhe pa mëkatuar, kthehet sikurse ditën që e ka lindur nëna.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se e ka dëgjuar Profetin ﷺ duke thënë: “Ai që e kryen haxhillëkun në Qabe, duke u larguar nga çdo veprim intim bashkëshortor dhe pa mëkatuar, kthehet sikurse ditën që e ka lindur nëna.”</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se ai që e kryen haxhillëkun për hir të Allahut të Lartësuar dhe nuk bën (ar.) rafeth, respektivisht nuk bën marrëdhënie intime e as gjërat që i nxisin ato, si: puthja dhe prekja (me epsh), gjithashtu kjo fjalë (ar. rafeth) nënkupton fjalët e turpshme, si dhe nuk bën (ar.) fusuk, që nënkupton se nuk bën mëkate e vepra të këqija, ndërkohë (ar. fusuk) është edhe veprimi i gjërave të ndaluara gjatë ihramit, kështu që i tilli kthehet me mëkate të falura, ashtu siç lind fëmija i pastër nga mëkatet.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Shkelja e dispozitave fetare (ar. fusuk) është e ndaluar në çdo moment dhe gjendje, mirëpo gjatë kryerjes së haxhillëkut është më e ndaluar, si respekt për ritualet e haxhillëkut.
 Njeriu lind pa mëkate, i liruar nga ato dhe nuk e mbart mëkatin e të tjerëve.</t>
   </si>
   <si>
-    <t>صحيح</t>
-[...13 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/2758</t>
+  </si>
+  <si>
+    <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
+  </si>
+  <si>
+    <t>O i Dërguari i Allahut! Kemi mësuar se xhihadi është vepra më e mirë. Prandaj, a të marrim pjesë edhe ne në xhihad?" - “Jo, xhihadi më i mirë (për ju) është haxhi i pranuar”, - iu përgjigj Profeti ﷺ</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
+  </si>
+  <si>
+    <t>Aishja, nëna e besimtarëve (Allahu qoftë i kënaqur me të!), ka thënë: "O i Dërguari i Allahut! Kemi mësuar se xhihadi është vepra më e mirë. Prandaj, a të marrim pjesë edhe ne në xhihad?" - “Jo, xhihadi më i mirë (për ju) është haxhi i pranuar”, - iu përgjigj Profeti ﷺ.</t>
+  </si>
+  <si>
+    <t>كَانَ الصحابةُ رضيَ الله عنهم يَرون الجهادَ في سبيل الله ومقاتلة الأعداء من أفضل الأعمال، 
+فسألت عائشة رضي الله عنها النبي صلى الله عليه وسلم أنْ يجاهِدْن؟ 
+فأرشَدَهُنَّ صلى الله عليه وسلم إلى أفضل الجهاد في حقِّهن وهو الحج المبرور الموافق للكتاب والسنة، السالم من الإثم والرياء.</t>
+  </si>
+  <si>
+    <t>Sahabët (Allahu qoftë i kënaqur me ta!) e konsideronin xhihadin në rrugë të Allahut dhe luftimin e armiqve prej veprave më të mira, prandaj Aishja (Allahu qoftë i kënaqur me të!) e pyeti Profetin ﷺ nëse mund të luftonin edhe ato.
+Kështu, Profeti ﷺ i udhëzoi ato se xhihadi më i mirë për to është haxhi i pranuar, që bëhet sipas udhëzimeve kuranore dhe profetike, i cili është i pastër nga mëkatet dhe syfaqësia.</t>
+  </si>
+  <si>
+    <t>الجهاد مِن أفضل الأعمال للرجال.
+الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
+الأعمال تتفاضلُ وتتفاوت بحسب العامل.
+سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
+  </si>
+  <si>
+    <t>Xhihadi për burrat është prej veprave më të mira.
+Sa u përket femrave, haxhi për to është më i mirë sesa xhihadi dhe është prej veprave më të mira për to.
+Vlerat e veprave dallojnë nga njëra-tjera në varësi se kush i vepron.
+Haxhi u quajt xhihad sepse është xhihad (përpjekje - mundim) ndaj vetes - shpirtit, për të cilin shpenzohet pasuria dhe energjia fizike. Pra, është adhurim fizik dhe ekonomik, sikurse xhihadi në rrugë të Allahut.</t>
+  </si>
+  <si>
+    <t>رواه البخاري</t>
+  </si>
+  <si>
+    <t>[E shënon Buhariu]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/2759</t>
   </si>
   <si>
     <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>“A doni t'ju tregoj për më të mëdhatë e mëkateve të mëdha?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>Ebu Bekrete (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “A doni t'ju tregoj për më të mëdhatë e mëkateve të mëdha?” Të pranishmit iu përgjigjën: "Posi, o i Dërguari i Allahut!" (Tha:) “Të bërët shirk Allahut dhe mosrespektimi i prindërve”, - pastaj u ul, sepse ishte i mbështetur, dhe vazhdoi: - “Po ashtu, fjala e rrejshme!” - të cilën e përsëriti disa herë radhazi, saqë thoshim me vete: Ah, sikur të heshtte (se na vinte rëndë)!</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith i lajmëroi shokët e tij për më të mëdhatë e mëkateve të mëdha, kështu që ua përmendi këto tria:
 1. Të bërët shirk (ortakëri) Allahut, që nënkupton kushtimin e çdo lloj adhurimi dikujt tjetër përveç Allahut dhe barazimi i të tjerëve me Allahun në uluhijen (veçimin e Allahut me adhurim), rububijen (veçimin e Allahut me zotërim) dhe emrat e cilësitë e Tij.
 2. Mosrespektimi i prindërve, që nënkupton çdo dëm që u shkaktohet prindërve, qoftë me fjalë, qoftë me vepra, dhe lënia e bamirësisë ndaj tyre.
 3. Fjala e rrejshme, e cila e përfshin edhe dëshminë e rrejshme. Kjo nënkupton çdo fjalë të rreme, me të cilën synohet nënçmimi i atij për të cilin është bërë kjo dëshmi, duke ia marrë pasurinë ose duke ia cenuar nderin, e të ngjashme.
@@ -214,84 +291,197 @@
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Gjëra e parë që do të gjykohet mes njerëzve në Ditën e Kiametit janë gjaqet."</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith përmendi se gjëja e parë që do të gjykohet mes njerëzve në lidhje me padrejtësinë që ua kanë bërë njëri-tjetrit në Ditën e Kiametit është gjaku, si: vrasja dhe plagët e shkaktuara.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Çështja e gjakderdhjes është e rëndë, sepse fillohet me gjërat më të rëndësishme.
 Mëkatet zmadhohen në varësi se sa i madh konsiderohet dëmi i vepruar. Marrja e jetëve të pafajshme është nga dëmet më të mëdha dhe asgjë nuk është më e madhe se kjo, përveç kufrit dhe shirkut.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/2962</t>
   </si>
   <si>
+    <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
+  </si>
+  <si>
+    <t>“Ai që lufton me qëllim që fjala e Allahut të jetë më e larta, i tilli është në rrugën e Allahut.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
+  </si>
+  <si>
+    <t>Ebu Musa (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut ﷺ u pyet për atë që lufton për të treguar trimëri, atë që lufton për fanatizëm fisnor, atë që lufton për syefaqësi, se cili prej këtyre është në rrugën e Allahut, e atëherë i Dërguari i Allahut ﷺ tha: “Ai që lufton me qëllim që fjala e Allahut të jetë më e larta, i tilli është në rrugën e Allahut.”</t>
+  </si>
+  <si>
+    <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
+فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ u pyet për qëllimet e ndryshme të atyre që luftojnë: dikush për trimëri, tjetri për fanatizëm fisnor e i treti për të dëshmuar se është dikushi ndër njerëz e qëllime të tjera. Cili prej tyre është në rrugë të Allahut? Kështu, Profeti ﷺ tregoi se luftëtar i vërtetë në rrugë të Allahut është ai që lufton që fjala e Allahut të jetë më e larta.</t>
+  </si>
+  <si>
+    <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
+إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
+مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
+الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
+  </si>
+  <si>
+    <t>Parimi themelor në lidhje me konsiderimin e veprave se a janë në rregull apo jo është nijeti dhe sinqeriteti që vepra të bëhet vetëm për Allahun.
+Nëse qëllimi i xhihadit është lartësimi i fjalës së Allahut dhe këtij i bashkohet një qëllim tjetër i legjitimuar, siç është fitimi i plaçkës së luftës, atëherë kjo nuk e dëmton thelbin e qëllimit të tij.
+Mbrojtja e atdheut dhe e shenjtërive nga armiqtë konsiderohet luftë në rrugë të Allahut.
+Vlera e përmendur për ata që luftojnë është ekskluzive për ata që luftojnë që Fjala e Allahut të Lartësuar të jetë më e larta.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/2969</t>
+  </si>
+  <si>
+    <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
+  </si>
+  <si>
+    <t>“Mos vishni mëndafsh e as veshje të përziera me mëndafsh, mos pini në enë prej ari e argjendi dhe mos hani në enë të tilla, sepse ato janë për ta (jobesimtarët) në dynja, kurse për ne në ahiret!”</t>
+  </si>
+  <si>
+    <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
+  </si>
+  <si>
+    <t>Abdurrahman ibn Ebu Lejla tregon: "Njëherë, teksa ishim te Hudhejfe (Allahu qoftë i kënaqur me të!), ai kërkoi ujë për të pirë. Një zjarrputist i dha një enë për të pirë. Posa ia vuri sapllakun në dorë, Hudhejfja e gjuajti me të dhe tha: "Sikur të mos ia kisha ndaluar këtë gjë më shumë se një a dy herë!" (Disi deshi të thoshte se, nuk do ta gjuaja me të po të mos ia kisha ndaluar një apo dy herë, por në fakt, ia kam ndaluar më shumë se një apo dy herë!). E kam dëgjuar Profetin ﷺ duke thënë: “Mos vishni mëndafsh e as veshje të përziera me mëndafsh, mos pini në enë prej ari e argjendi dhe mos hani në enë të tilla, sepse ato janë për ta (jobesimtarët) në dynja, kurse për ne në ahiret!”</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
+ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
+وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
+وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e ka ndaluar që burrat të veshin mëndafsh, dhe këtu përfshihen të gjitha llojet e tij. Gjithashu ai i ka ndaluar meshkujt dhe femrat të hanë e të pinë në enët e arit dhe argjendit. Ai ka treguar se ato janë ekskluzive për besimtarët në Ditën e Kiametit, ngaqë nuk i përdorën ato në këtë botë në shenjë nënshtrimi ndaj Allahut. E, sa u përket jobesimtarëve, ata nuk do të kenë gjëra të tilla në ahiret, sepse të mirat e tyre i përshpejtuan në jetën e kësaj bote duke i përdorur dhe duke e kundërshtuar urdhrin e Allahut.</t>
+  </si>
+  <si>
+    <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
+يباح للنساء لبسُ الحرير والديباج.
+تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
+تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
+  </si>
+  <si>
+    <t>Veshja e mëndafshit dhe e veshjeve të tjera të përziera me mendafsh janë të ndaluara të vishen për meshkujt dhe në lidhje me këtë ceket kërcënim i rëndë për atë që i vesh.
+Lejohet që gratë të veshin mëndafsh dhe veshje të tjera të përziera me mëndafsh.
+Ndalohet ngrënia dhe pija në enët e arit dhe argjendit për meshkujt dhe femrat.
+Hudhejfja (Allahu qoftë i kënaqur me të!) u tregua i ashpër në formën e qortimit dhe këtë gjë e arsyetoi me faktin se e kishte ndaluar më shumë se një herë nga përdorimi i enëve prej ari dhe argjendi, por ai nuk ia vuri veshin.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/2985</t>
+  </si>
+  <si>
     <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>“Ai që ngre armët kundër nesh nuk është prej nesh.”</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Ai që ngre armët kundër nesh nuk është prej nesh.”</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tërheq vërejtjen nga drejtimi i armëve kundër muslimanëve; për t'i frikësuar ose plaçkitur. Kushdo që e bën këtë pa ndonjë të drejtë, ka bërë një krim dhe një gjynah të madh, rrjedhimisht e meriton këtë kërcënim të rëndë.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>Paralajmërim i ashpër kundër një muslimani që i lufton vëllezërit e tij muslimanë.
 Prej të këqijave dhe dëmit më të madh në tokë është ngritja e armëve kundër muslimanëve dhe dëmi i shkaktuar përmes vrasjes.
 Kërcënimi i përmendur nuk e përfshin luftimin që bëhet me të drejtë, siç është luftimi kundër kryngritësve të pabindur (ar. bugat), shkatërrimtarëve etj.
 Është e ndaluar të frikësohen muslimanët me armë ose me ndonjë gjë tjetër, qoftë dhe me shaka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/2997</t>
   </si>
   <si>
+    <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
+  </si>
+  <si>
+    <t>“Nuk ju kërkova të betoheni se ju akuzoj, por Xhibrili më erdhi dhe më tregoi se Allahu i Madhërishëm po krenohet me ju përpara melekëve.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) tregon: “Një ditë, Muavija doli në xhami. Aty ai pa një grup njerëzish të tubuar dhe i pyeti: - Përse jeni ulur kështu? - Jemi ulur që të përmendim Allahun, - u përgjigjën ata. - Betohuni për Allahun se vetëm për këtë jeni ulur? - u tha Muavija. - Betohemi për Allahun se nuk jemi ulur për asgjë tjetër pos kësaj. Atëherë, Muavija u tha: “Nuk ju kërkova të betoheni se po ju akuzoj. Madje nuk mendoj se dikush aq i afërt sa unë me të Dërguarin e Allahut të ketë transmetuar më pak hadithe se unë. E megjithatë (mbaj mend që) një ditë, i Dërguari i Allahut ﷺ pa një grup sahabësh të tubuar dhe i pyeti: - "Përse jeni ulur kështu?" - Jemi ulur të përmendim Allahun e ta falënderojmë që na ka udhëzuar në Islam dhe na ka begatuar me të, - u përgjigjën ata. - "Betohuni për Allahun se vetëm për këtë jeni ulur!" - i tha Profeti ﷺ. - Betohemi për Allahun se nuk jemi ulur për asgjë tjetër pos kësaj-thanë ata. Atëherë i Dërguari i Allahut ﷺ u tha: “Nuk ju kërkova të betoheni se ju akuzoj, por Xhibrili më erdhi dhe më tregoi se Allahu i Madhërishëm po krenohet me ju përpara melekëve.”</t>
+  </si>
+  <si>
+    <t>خَرَجَ معاويةُ بن أبي سفيان رضي الله عنهما على حلقة في المسجد، فسألهم على أي شيء اجتمعوا، 
+فقالوا: نذكر الله، 
+فاستحلفهم رضي الله عنه أنهم ما أرادوا بجلوسهم واجتماعهم إلا الذكر، 
+فحلفوا له، 
+ثم قال لهم: إني لم أستحلفكم تهمة لكم وشكًّا في صدقكم، ثم أخبر عن منزلته من النبي صلى الله عليه وسلم وأنه ما كان أحد بمنزلة قربه منه؛ لكون أم حبيبة أخته زوجة النبي صلى الله عليه وسلم، ولكونه من كتبة الوحي، ومع ذلك فهو قليل الرواية للأحاديث، 
+فحدثهم أن النبي صلى الله عليه وسلم خرج يومًا من بيته، فوجدهم جالسين في المسجد يذكرون الله ويحمدونه على ما هداهم للإسلام، ومنَّ به عليهم، فسألهم صلى الله عليه وسلم واستحلفهم  بمثل ما فعل معاوية رضي الله عنه مع أصحابه، 
+ثم قال لهم النبي صلى الله عليه وسلم عن سبب سؤاله لهم واستحلافهم: أنه أتاه المَلك جبريل عليه السلام فأخبره أن الله عز وجل يباهي ويفاخر بكم الملائكة، ويظهر فضلكم لهم ويريهم حسن عملكم، ويثني عليكم عندهم.</t>
+  </si>
+  <si>
+    <t>Muavija ibn Ebu Sufjani (Allahu qoftë i kënaqur me të!) doli në xhami, ku pa një grup njerëzish të tubuar dhe i pyeti për çfarë arsye ishin mbledhur. Ata iu përgjigjën: "Për të përmendur Allahun." Ai (Allahu qoftë i kënaqur me të!) u kërkoi të betoheshin nëse vërtet nuk synonin gjë tjetër me këtë tubim përveç përmendjes së Allahut. Dhe ata u betuan. Pastaj u tha: "Nuk ju kërkova të betoheni për arsye se ju akuzoja ose  dyshoja në sinqeritetin tuaj." Më pas ai u tregoi për pozitën e tij në raport me Profetin ﷺ dhe se shumë njerëz nuk ishin aq të afërt me të sikur ai, sepse Umu Habibe gruaja e Profetit ﷺ ishte motra e tij, dhe se ai ishte ndër shkruajtësit e shpalljes e përkundër kësaj, transmetonte pak hadithe. Kështu, ai u tha atyre se Profeti ﷺ një ditë doli nga shtëpia e tij dhe i gjeti të ulur në xhami duke e përmendur Allahun dhe duke e lavdëruar Atë për udhëzimin në Islam dhe për begatinë e Islamit që ua dha. Profeti ﷺ i pyeti dhe i kërkoi të bënin be në të njëjtën mënyrë siç bëri Muavia (Allahu qoftë i kënaqur me të!) me shokët e tij. Pastaj Profeti ﷺ u tregoi atyre për arsyen e pyetjes së tij dhe përse i kërkoi të bënin be; arsyeja e kësaj ishte se meleku Xhibril (alejhi selam) vajti tek ai dhe i tha se Allahu i Lartmadhëruar mburret dhe krenohet me ju para melekëve, ua përmend vlerën tuaj, ua tregon punën tuaj të mirë dhe ju lavdëron para tyre.</t>
+  </si>
+  <si>
+    <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
+جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
+فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
+  </si>
+  <si>
+    <t>Vlera e Muavijes (Allahu qoftë i kënaqur me të!) dhe kujdesi i tij për të ndjekur shembullin e të Dërguarit të Allahut ﷺ në kumtimin e diturisë.
+Është e lejuar që dikush t'i kërkojë dikujt të betohet për diçka, por  jo për ta akuzuar, por për të theksuar rëndësinë e informacionit.
+Vlera e kuvendeve të përmendjes së Allahut dhe diturisë dhe se Allahu i do dhe mburret me to para melaikeve.</t>
+  </si>
+  <si>
+    <t>رواه مسلم</t>
+  </si>
+  <si>
+    <t>[E shënon Muslimi]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3007</t>
+  </si>
+  <si>
     <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>Këta dy po dënohen, por nuk po dënohen për ndonjë mëkat të madh (sipas tyre). Njëri prej tyre nuk ruhej nga stërpikat e urinës, kurse tjetri bartte fjalë</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon: "Profeti ﷺ kaloi pranë dy varreve dhe tha: “Këta dy po dënohen, por nuk po dënohen për ndonjë mëkat të madh (sipas tyre). Njëri prej tyre nuk ruhej nga stërpikat e urinës, kurse tjetri bartte fjalë.” Pastaj mori një degë të njomë, e ndau në dysh dhe e nguli në secilin varr nga një pjesë. I thanë: "O i Dërguari i Allahut, pse e bëre këtë?" Tha: “Me shpresë që t'u lehtësohet dënimi për sa kohë që degët nuk thahen.”</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
     <t>Profeti ﷺ kaloi pranë dy varreve dhe tha: Këta dy persona në këto dy varre po dënohen, por nuk po dënohen për ndonjë mëkat të madh, sipas tyre, edhe pse tek Allahu është i madh. Sa i përket njërit prej tyre, ai nuk kujdesej për ruajtjen e trupit dhe rrobave nga urina kur e kryente këtë proces. Ndërkaq, tjetri bartte fjalë midis njerëzve, ku i transmetonte ato te të tjerët, me qëllim që të shkaktonte dëm, mosmarrëveshje dhe përçarje midis tyre.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
@@ -379,94 +569,126 @@
     <t>Kur njeriu ta dojë vëllanë e tij (musliman), le ta lajmërojë se e do</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Mikdam ibn Madikeribi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Kur njeriu ta dojë vëllanë e tij (musliman), le ta lajmërojë se e do."</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith shpjegon një nga shkaqet që forcojnë lidhjet ndërmjet besimtarëve dhe përhapin dashurinë mes tyre, që është se, nëse dikush e do vëllanë e tij, le ta lajmërojë se e do.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Vlera e dashurisë së sinqertë për hir të Allahut të Lartësuar, e jo për interesa të kësaj bote.
 Është e pëlqyeshme të lajmërohet ai të cilin e do për hir të Allahut se vërtet e do, në mënyrë që të rritet dashuria dhe afërsia mes jush.
 Përhapja e dashurisë mes besimtarëve e forcon vëllazërinë në besim dhe e ruan shoqërinë nga shpërbërja dhe përçarja.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3017</t>
   </si>
   <si>
     <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>Jo, ajo që po të ndodh ty është gjakrrjedhje e çrregullt. Lëre namazin aq ditë sa të janë paraqitur menstruacionet më parë, pastaj laju dhe falu.”</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se Fatime bint Hubejshi e pyeti Pejgamberin ﷺ: "Kam gjakrrjedhje të pandërprerë, kështu që nuk po pastrohem. A ta lë namazin?" Profeti ﷺ tha: “Jo, ajo që po të ndodh ty është gjakrrjedhje e çrregullt. Lëre namazin aq ditë sa të janë paraqitur menstruacionet më parë, pastaj laju dhe falu.”</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Fatime bint Hubejshi e pyeti Profetinﷺ dhe i tha: "Gjakrrjedhja ime nuk po ndalet dhe vazhdon edhe kur nuk jam me menstruacione, a e merr kjo gjendje vendimin fetar sikur për menstruacione, e kësisoj gjatë kësaj periudhe ta lë namazin?" Profeti ﷺ i tha: "Ai është gjak i istihadës (gjakrrjedhje e çrregullt - hemorragji); gjak patologjik që rezulton nga ndërprerja e gjakrrjedhjes në mitër dhe nuk është gjak menstrual. Nëse vjen koha e menstruacioneve gjatë së cilës ke pasur menstruacione sipas zakonit tënd mujor, para se të sëmuresh me gjakrrjedhje të çrregullt, atëherë gjatë kësaj kohe lëre namazin, agjërimin dhe gjërat e tjera që femra me menstruacione pengohet t'i bëjë në kohën e menstruacioneve. Kur të kalojë kjo periudhë e të jesh pastruar nga menstruacionet, atëherë pastroje vendin e gjakut, e pastaj laje plotësisht trupin tënd, që ta largosh kështu papastërtinë kuptimore (ar. hadeth), e më pas falu.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Femra e ka obligim të pastrohet tërësisht kur t'i mbarojnë ditët e menstruacioneve.
 Femra që ka gjakrrjedhje të çrregullt e ka obligim ta falë namazin.
 Menstruacionet janë gjak i natyrshëm që lëshohet nga mitra përmes vulvës (organit të jashtëm) të një gruaje të rritur dhe vjen tek ajo në ditë të caktuara.
 Gjaku i çrregullt (ar. el-Istihada) është rrjedhje e gjakut afër fundit të mitrës jo në kohë të vet.
 Dallimi midis gjakut të menstruacioneve dhe gjakut të çrregullt është se gjaku i menstruacioneve është i zi, i trashë dhe ka erë të keqe, ndërsa gjaku i çrregullt është i kuq, i hollë dhe nuk ka erë të keqe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3029</t>
   </si>
   <si>
+    <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
+  </si>
+  <si>
+    <t>“Drejtoni rreshtat, sepse drejtimi i rreshtave është pjesë e plotësimit të namazit!</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Drejtoni rreshtat, sepse drejtimi i rreshtave është pjesë e plotësimit të namazit!"</t>
+  </si>
+  <si>
+    <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith i urdhëron namazlijtë të drejtojnë  rreshtat dhe të mos dalin përpara e as mbrapa njëri-tjetrit. Drejtimi i tyre e kompleton dhe e përsos namazin, ndërsa shtrembërimi i tyre është parregullsi dhe mangësi në të.</t>
+  </si>
+  <si>
+    <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
+حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
+  </si>
+  <si>
+    <t>Është gjë e ligjshme t'i kushtohet kujdes çdo gjëje që e plotëson namazin dhe e ruan atë nga mangësitë.
+Urtësia e Profetit ﷺ në mësimdhënie, e cila manifestohet në lidhjen e vendimit me arsyen e tij, që të dalë në pah urtësia e legjislacionit fetar dhe të motivohen njerëzit për ta zbatuar.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3031</t>
+  </si>
+  <si>
     <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>“Ai që merr abdes, le ta futë ujin në hundë dhe le t'i fryjë, ndërsa ai që pastrohet me gurë nga jashtëqitja, le ta bëjë në numër tek</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Ai që merr abdes, le ta futë ujin në hundë dhe le t'i fryjë, ndërsa ai që pastrohet me gurë nga jashtëqitja, le ta bëjë në numër tek. Kur dikush zgjohet nga gjumi, së pari le ta pastrojë dorën e tij, para se ta fusë në enën e abdesit, sepse nuk e di ku i ka qëndruar dora gjatë gjumit.” Ndërkaq te Muslimi gjendet kështu: “Kur dikush zgjohet nga gjumi, le të mos e fusë dorën e tij në enë para se ta lajë tri herë, sepse nuk e di ku i ka qëndruar dora gjatë gjumit.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron disa vendime fetare që ndërlidhen me pastërtinë, duke përfshirë: Së pari: Ai që merr abdes duhet të fusë ujë në hundë përmes frymëmarrjes, pastaj, po ashtu, duhet ta nxjerrë përmes saj. E dyta: Ai që dëshiron ta pastrojë papastërinë që del prej tij dhe ta largojë me diçka tjetër përveç ujit, bie fjala, me gurë dhe të ngjashme, atëherë duhet të pastrohet me numër tek, ku minimumi është tre dhe maksimumi është aq sa do të mjaftojë për ta ndërprerë atë gjë që del prej tij dhe ta pastrojë vendin ku është papastërtia. E treta: Ai që zgjohet nga gjumi, të mos e fusë dorën në enë për të marrë abdes, derisa ta lajë tri herë jashtë enës, sepse nuk e di se ku ka qëndruar dora gjatë gjumit, kështu që nuk është i sigurt a e ka dorën të pastër, sepse shejtani mund të ketë luajtur me të dhe të ketë vendosur në të gjëra që janë të dëmshme për njeriun ose që e prishin ujin.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
@@ -487,101 +709,89 @@
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>Xhabir ibn Abdullahu (Allahu qoftë i kënaqur me të) tregon se e ka dëgjuar Profetin ﷺ duke thënë: “Kur njeriu futet në shtëpinë e tij dhe thotë: "Bismilah" gjatë hyrjes dhe gjatë ngrënies, shejtani thotë: "S'ka konak për ju sonte, e as darkë." Nëse hyn dhe nuk thotë: "Bismilah" gjatë hyrjes, shejtani thotë: "Gjetët konakun." E, nëse as gjatë ushqimit nuk thotë: "Bismilah", ai thotë: "Gjetët konakun dhe darkën.”</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka urdhëruar që të përmendet Allahu kur hyjmë në shtëpi dhe para se të hamë ushqim, e, kur ta përmendim Allahun duke thënë: "Bismilah" kur hyjmë në shtëpi dhe kur të fillojmë të hamë, shejtani u thotë ndihmësve të tij: "Ju nuk keni hise në konak e as darkë në këtë shtëpi, sepse pronari i saj është mbrojtur nga ju me përmendjen e Allahut të Lartësuar." Por, nëse njeriu hyn në shtëpinë e tij dhe nuk e përmend Allahun kur hyn ose kur ha ushqim, atëherë shejtani u thotë ndihmësve të tij se për ta ka konak dhe darkë në këtë shtëpi.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>Është e preferuar të përmendet Allahu kur hyjmë në shtëpi dhe kur hamë ushqim, pasi shejtani e kalon natën në shtëpi dhe e ha ushqimin e banorëve të atyre shtëpive, nëse ata nuk e përmendin emrin e Allahut të Lartësuar.
 Shejtani e vëzhgon njeriun gjatë punës, sjelljeve dhe të gjitha çështjeve të tij, e, nëse është i pavëmendshëm dhe nuk e përmend Allahun, atëherë shejtani ia arrin atë që do prej tij.
 Përmendja e Allahut e largon shejtanin.
 Çdo shejtan ka pasues dhe ndihmëtarë që gëzohen me fjalët e tij dhe ndjekin urdhrat e tij.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[E shënon Muslimi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3037</t>
   </si>
   <si>
     <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>Gjynahet e mëdha janë: t'i bëhet shirk Allahut, mosrespektimi i prindërve, vrasja e njeriut dhe betimi i rrejshëm</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Gjynahet e mëdha janë: t'i bëhet shirk Allahut, mosrespektimi i prindërve, vrasja e njeriut dhe betimi i rrejshëm."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith i sqaron mëkatet e mëdha, që janë ato, vepruesi i të cilave kërcënohet me një kërcënim të rëndë në këtë botë ose në botën tjetër.
 1. Të bërët shirk (ortakëri) Allahut, që nënkupton kushtimin e çdo lloj adhurimi dikujt tjetër përveç Allahut dhe barazimi i të tjerëve me Allahun në uluhijen (veçimin e Allahut me adhurim), rububijen (veçimin e Allahut me zotërim) dhe emrat e cilësitë e Tij.
 2. Mosrespektimi i prindërve, që nënkupton çdo gjë që u shkakton lëndim prindërve, qoftë fjalë e vepër, qoftë lënie e bamirësisë ndaj tyre.
 3. Vrasja e njeriut në mënyrë të paligjshme, bie fjala, vrasja në mënyrë të padrejtë.
 4. Betimi i rrejshëm (zhytës), respektivisht betimi i bërë nga një person që është i vetëdijshëm për gënjeshtrën e tij. Quhet kështu (ar. gamus - zhytës), sepse e zhyt vepruesin e tij në mëkat ose në në Zjarr.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Për betimin e rrejshëm nuk ka kefaret (shpagim), për shkak të rrezikut dhe krimit të tij të madh, por për të duhet pendim.
 Kufizimi i përmendjes së këtyre katër mëkateve të mëdha në hadith është për shkak të peshës së rëndë të mëkatit të tyre, e jo për t'i kufizuar ato.
 Mëkatet ndahen në mëkate të mëdha dhe të vogla. Mëkat i madh konsiderohet çdo mëkat për të cilin ka dënim të kësaj bote, si: dënimet e paracaktuara (ar. hudud), mallkimi, kërcënimi për (dënim në) jetën e përtejme dhe kërcënimi për hyrje në Zjarr. Mëkatet e mëdha janë në nivele të ndryshme, disa prej të cilave janë më të rënda se të tjerat në ndalesë, ndërsa mëkatet e vogla janë të gjitha të tjerat jashtë mëkateve të mëdha.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[E shënon Buhariu]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3044</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>“Kjo botë është e ëmbël dhe e bukur. Allahu do t'ju bëjë zëvendës në Tokë, që t'ju shohë se si do të veproni, andaj ruajuni nga mashtrimet e saj dhe ruajuni nga gratë</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të) transmeton se Profeti ﷺ ka thënë: “Kjo botë është e ëmbël dhe e bukur. Allahu do t'ju bëjë zëvendës në Tokë, që t'ju shohë se si do të veproni, andaj ruajuni nga mashtrimet e saj dhe ruajuni nga gratë, sepse sprova e parë te bijtë e Israilit ka qenë përmes grave.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se bota është e ëmbël në shije dhe e bukur - e gjelbër në pamje, kështu që njeriu mashtrohet prej saj, preokupohet me të dhe e bën atë shqetësimin e tij më të madh. Allahu i Lartmadhëruar na bëri të atillë që të jemi në jetën e kësaj bote, për të parë se si do të veprojmë: a do t'i bindemi Atij, apo do t'i mëkatojmë Atij? Më pas tha: "Kini kujdes që të mos ju mashtrojnë kënaqësitë dhe stolitë e kësaj bote, të cilat do t'ju bëjnë të braktisni atë që ju ka urdhëruar Allahu dhe të bini në atë që ju ka ndaluar!" Nga gjërat më të mëdha nga të cilat duhet të ruhemi nga sprovat e kësaj bote janë sprovat e grave, ku kjo qe sprova e parë në të cilën kishin rënë bijtë e Israilit.</t>
   </si>
@@ -653,50 +863,185 @@
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të!) sqaron se prej namazeve vullnetare që i ka mbajtur në mend nga Profeti ﷺ janë dhjetë, të cilat quhen sunetet e rregullta ditore (ar. es-sunen er-ravatib). Dy rekate para dreksës dhe dy pas saj, dy rekate pas akshamit në shtëpinë e tij dhe dy rekate pas jacisë në shtëpinë e tij dhe dy rekate para namazit të sahabut. Kështu, bëjnë dhjetë rekate. Sa i përket namazit të xhumasë, Profeti  ﷺ i falte dy rekate pas tij.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Është e pëlqyeshme që këto sunete të rregullta ditore të falen në vazhdimësi.
 Është e ligjshme që sunetet të falen në shtëpi.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[Të gjitha transmetimet janë muttefek alejhi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3062</t>
   </si>
   <si>
+    <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
+  </si>
+  <si>
+    <t>“Besimtari nuk duhet ta urrejë (gruan e vet) besimtaren; nëse nuk i pëlqen një sjellje e saj, i pëlqen një sjellje tjetër.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Besimtari nuk duhet ta urrejë (gruan e vet) besimtaren; nëse nuk i pëlqen një sjellje e saj, i pëlqen një sjellje tjetër.”</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
+فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ia ka ndaluar burrit që të urrejë gruan aq shumë, saqë kjo të shpjerë në padrejtësi, braktisje dhe neglizhim ndaj saj. Njeriu natyrshëm është i mangët, andaj, nëse urren një sjellje të keqe (të gruas së vet), do të gjejë tek ajo një sjellje tjetër të mirë, kështu që ai duhet të kënaqet me të mirat që i përshtaten  dhe të jetë i durueshëm me të keqen që nuk i pëlqen, gjë që e bën atë të jetë i durueshëm dhe të mos e urrejë atë aq shumë, saqë kjo të shpjerë drejt ndarjes prej saj.</t>
+  </si>
+  <si>
+    <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
+شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
+الحث على حسن العشرة والصحبة بين الزوجين.
+الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
+  </si>
+  <si>
+    <t>Thirrje që besimtari të jetë i drejtë dhe t'i referohet arsyes, sa herë që lind ndonjë mosmarrëveshje midis tij dhe gruas, e të mos i referohet emocioneve dhe ndjenjave të përkohshme.
+Besimtari nuk duhet ta urrejë besimtaren (gruan e vet) në mënyrë absolute duke e shtyrë kjo që të ndahet me të, përkundrazi, ai duhet të anashkalojë atë gjë që urren dhe të fokusohet tek ajo gjë që e pëlqen.
+Inkurajimi për të kaluar një jetë të mirë bashkëshortore.
+Besimi thërret drejt virtyteve të larta morale. Pra, asnjë besimtar ose besimtare nuk mund të jetë pa asnjë sjellje të mirë, pasi besimi bën që te të dy bashkëshortët të ekzistojnë cilësi të mira në mënyrë të pashmangshme.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3071</t>
+  </si>
+  <si>
+    <t>كنت مع النبي صلى الله عليه وسلم فانتهى إلى سباطة قوم، فبال قائما،</t>
+  </si>
+  <si>
+    <t>Ndërkohë që isha duke ecur me Profetin ﷺ mbërritëm te vendi ku hisheshin plehrat e një fisi. Aty ai urinoi në këmbë</t>
+  </si>
+  <si>
+    <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا، فَتَنَحَّيْتُ فَقَالَ: «ادْنُهْ» فَدَنَوْتُ حَتَّى قُمْتُ عِنْدَ عَقِبَيْهِ فَتَوَضَّأَ فَمَسَحَ عَلَى خُفَّيْهِ.</t>
+  </si>
+  <si>
+    <t>Hudhejfja (Allahu qoftë i kënaqur me të!) tregon: "Ndërkohë që isha duke ecur me Profetin ﷺ mbërritëm te vendi ku hisheshin plehrat e një fisi. Aty ai urinoi në këmbë, ndërsa unë shkova të qëndroj mënjanë, por ai më tha që të afrohesha dhe unë u afrova e qëndrova mbrapa shpinës së tij. Ndërkaq ai mori abdes dhe u dha mes'h mesteve."</t>
+  </si>
+  <si>
+    <t>يُخبِرُ حذيفةُ بن اليمان رضي الله عنهما أنه كان مع النبي صلى الله عليه وسلم، فأراد صلى الله عليه وسلم أن يَتبوَّل، فدخل سباطة قوم؛ وهي الموضع الذي يُلقى فيه القمامة والتراب الذي يكنس من المنازل، فتبول وهو واقف، وكان غالب عادته أن يبول قاعدًا. 
+فتباعد عنه حذيفة، فقال له صلى الله عليه وسلم: اقترب، فاقترب حذيفة منه حتى قام خلفه عند مؤخر قدميه؛ ليكون كالسترة له عن النظر إليه في تلك الحالة. 
+ثم توضأ صلى الله عليه وسلم، وعند غسل الرجلين، اكتفى بالمسح على خفيه -وهما ما يلبس في الرجل من جلد رقيق ونحوه ويكون ساترًا للكعبين- ولم يخلعهما.</t>
+  </si>
+  <si>
+    <t>Hudhejfe ibn Jemani (Allahu qoftë i kënaqur me të!) rrëfen se në një rast ai ishte me Profetin ﷺ i cili ndaloi të urinonte në një vend ku hidheshin plehrat dhe mbeturinat që fshiheshin nga shtëpitë. Ai urinoi në këmbë, megjithëse zakonisht urinonte ulur.
+Hudhejfja u largua, por Profeti ﷺ i tha të afrohej dhe ai u afrua e qëndroi pas shpinës së tij, që ta mbulonte e të mos e shihte askush në një situatë të tillë.
+Më pas Profeti ﷺ mori abdes dhe, pasi arriti te larja e këmbëve, u dha mes'h (i fërkoi) mestet (çorape të bëra prej lëkure të butë ose diçkaje tjetër të ngjashme, me të cilat mbulohet këmba bashkë me zogun e këmbës), dhe nuk i hoqi ato.</t>
+  </si>
+  <si>
+    <t>مشروعية المسح على الخفين.
+جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
+اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
+  </si>
+  <si>
+    <t>Ligjshmëria e dhënies mes'h mbi meste.
+Lejohet të kryhet urinimi në këmbë, me kusht që pikat e urinës të mos bien mbi të.
+Profeti ﷺ zgjodhi vendin ku hidhen mbeturinat, sepse ai zakonisht ai është vend i sheshtë dhe pikat e urinës nuk i kthehen mbrapsht personit që urinon.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3075</t>
+  </si>
+  <si>
+    <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
+  </si>
+  <si>
+    <t>“Kur të shkoni për të kryer nevojën fiziologjike, as mos u drejtoni nga kibla, as mos ia ktheni shpinën, por kthehuni nga lindja ose nga perëndimi!”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
+  </si>
+  <si>
+    <t>Ebu Ejub Ensariu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kur të shkoni për të kryer nevojën fiziologjike, as mos u drejtoni nga kibla, as mos ia ktheni shpinën, por kthehuni nga lindja ose nga perëndimi!” Më pas Ebu Ejubi vijon: "Kur erdhëm në Sham, nevojtoret i gjetëm të ndërtuara në drejtim të kiblës. Kështu që ndërronim drejtimin dhe (pasi dilnim), i kërkonim falje Allahut të Lartësuar."</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
+ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ia ndaloi njeriut që dëshiron të kryejë nevojat fiziologjike, qoftë nevojën e madhe apo të vogël, të kthehet me fytyrë nga kibla dhe drejtimi i Qabesë, si dhe ia ndaloi të kthejë shpinën andej. Por, ai duhet të kthehet në drejtim të lindjes ose perëndimit, nëse kibla në vendin e tij është njësoj si kibla e banorëve të Medinës. Pastaj Ebu Ejubi (Allahu qoftë i kënaqur me të!) tregoi se, kur vajtën në Sham, gjetën nevojtore të ndërtuara për nevojat fiziologjike, në drejtim të Qabesë, andaj muslimanët i mënjanonin trupat e tyre nga kibla, e megjithatë  i kërkonin falje Allahut duke thënë: "Estagfirullah (kur dilnin prej nevojtoreve).</t>
+  </si>
+  <si>
+    <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
+الاستغفار بعد الخروج من مكان قضاء الحاجة.
+حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
+  </si>
+  <si>
+    <t>Urtësia e kësaj është madhërimi dhe respektimi i Qabesë së nderuar.
+Istigfari (kërkimi faljes) pas daljes nga vendi i kryerjes së nevojave fiziologjike.
+Metoda e mrekullueshme e Profetit ﷺ gjatë mësimdhënies; ai nuk u mjaftua vetëm pe përmendjen e veprimit të ndaluar, por udhëzoi drejt alternativës së lejuar.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3078</t>
+  </si>
+  <si>
+    <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
+  </si>
+  <si>
+    <t>“Mos e mbani me dorën e djathtë organin gjenital gjatë urinimit e as mos u pastroni nga jashtëqitja me dorën e djathtë, si dhe mos merrni frymë në enë (gjatë pirjes në të)!”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
+  </si>
+  <si>
+    <t>Ebu Katadja (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Mos e mbani me dorën e djathtë organin gjenital gjatë urinimit e as mos u pastroni nga jashtëqitja me dorën e djathtë, si dhe mos merrni frymë në enë (gjatë pirjes në të)!”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
+كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka shpjeguar disa norma të edukatës; ai e ka ndaluar që njeriu ta mbajë organin gjenital me dorën e djathtë gjatë urinimit dhe e ka ndaluar të hiqet papastërtia nga organi gjenital ose anusi me dorën e djathtë, sepse e djathta përdoret për gjëra fisnike dhe të pastra. Gjithashtu e ka ndaluar që njeriu të marrë frymë në enën në të cilën është duke pirë.</t>
+  </si>
+  <si>
+    <t>بيان سَبْق الإسلام في الآداب والنظافة.
+اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
+بيان شرف اليمين وفضلها على اليسار.
+كمال الشريعة الإسلامية وشمول تعاليمها.</t>
+  </si>
+  <si>
+    <t>Islami u ka paraprirë kulturave të tjera në vendosjen e normave edukative dhe në higjenë.
+Shmangia e prekjes së gjërave të pista por, nëse dikush detyrohet t'i prekë, atëherë le t'i prekë me të majtën.
+Dora e djathtë është më e nderuar dhe më superiore se e majta.
+Sheriati islam është i përsosur dhe mësimet e tij janë gjithëpërfshirëse.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3079</t>
+  </si>
+  <si>
     <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>Si nuk ka frikë ai që e ngre kokën para imamit se Allahu mund t'ia shndërrojë kokën në kokë gomari?” - Ose ka thënë: “... se Allahu mund t'ia shndërrojë pamjen në pamje gomari?”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Si nuk ka frikë ai që e ngre kokën para imamit se Allahu mund t'ia shndërrojë kokën në kokë gomari?” - Ose ka thënë: “... se Allahu mund t'ia shndërrojë pamjen në pamje gomari?”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron kërcënimin e rëndë ndaj atij që ngre kokën para imamit (gjatë namazit), se Allahu mund t'ia shndërrojë kokën në kokë gomari ose mund t'ia shndërrojë pamjen në pamje gomari.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>Ekzistojnë katër situata në raport me namazfalësin dhe imamin: tri janë të ndaluara: parakalimi i tij, të qenët njëjtë me të dhe vonimi pas tij. Ajo që është obligim është pasimi i imamit.
 Namazfalësi e ka obligim ta pasojë imamin gjatë namazit.
@@ -711,50 +1056,93 @@
   <si>
     <t>Nuk ka namaz kur shtrohet ushqimi e as nën presionin e nevojave fiziologjike</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Nuk ka namaz kur shtrohet ushqimi e as nën presionin e nevojave fiziologjike."</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ në këtë hadith e ka ndaluar faljen e namazit kur shtrohet ushqimi, tek i cili shpirti i namazliut anon dhe zemra e tij është e lidhur me të.
 Gjithashtu, e ndaloi të falet namazi nën presionin e nevojave fiziologjike: nevojës së vogël dhe të madhe, për shkak se mendja e tij angazhohet për ta larguar këtë presion.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>Namazliu duhet të largojë çdo gjë që e shpërqendron atë nga namazi i tij, para se ta fillojë atë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3088</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
+  </si>
+  <si>
+    <t>kur i Dërguari i Allahut ﷺ e fillonte namazin, i ngrinte duart paralelisht me supet</t>
+  </si>
+  <si>
+    <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
+  </si>
+  <si>
+    <t>Ibn Umeri (Allahu qoftë i kënaqur me të!) tregon se, kur i Dërguari i Allahut ﷺ e fillonte namazin, i ngrinte duart paralelisht me supet. Pastaj, kur bënte tekbirin për ruku dhe kur ngrihej nga rukuja, sërish i ngrinte duart, sikurse në fillim, dhe thoshte: "Semiallahu limen hamideh, rabbena ue lekel hamd." Ndërkaq, në sexhde, nuk i ngrinte duart.</t>
+  </si>
+  <si>
+    <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
+الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
+الثاني: إذا كبّر للركوع. 
+الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
+وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ gjatë namazit i ngrinte duart paralelisht me supet në tri pozicione të ndryshme të namazit. Supi është pjesa ku bashkohen kockat e shpatullës me të krahut.
+Pozicioni i parë: kur fillonte namazin, në tekbirin fillestar.
+Pozicioni i dytë: kur bënte tekbirin për të shkuar në ruku.
+Pozicioni i tretë: kur ngrihej nga rukuja dhe thoshte: "Semiallahu limen hamideh, rabbena ue lekel hamd."
+Ai nuk i ngrinte duart kur shkonte në sexhde e as kur ngrihej prej saj.</t>
+  </si>
+  <si>
+    <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
+ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
+ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
+الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
+قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
+  </si>
+  <si>
+    <t>Një nga urtësitë e ngritjes së duarve gjatë namazit është zbukurimi i namazit dhe madhërimi i Allahut të Lartësuar.
+Është vërtetuar se Profeti ﷺ i ngrinte duart në një pozicion të katërt, siç qëndron në transmetimin e Ebu Humejd Saidiut tek Ebu Davudi dhe të tjerë: gjatë ngritjes nga teshehudi i parë në namazet trerekatëshe dhe katërrekatëshe.
+Gjithashtu është vërtetuar se Profeti ﷺ i ngrinte duart deri te veshët, pa i prekur, siç qëndron në transmetimin e Malik ibn Huvejrithit në dy Sahihët: “Kur i Dërguari i Allahut ﷺ merrte tekbir, i ngrinte duart deri te veshët."
+Këto dy shprehje: "Semiallahu limen hamideh, rabbena ue lekel hamd,"  i thotë imami dhe ai që falet vetëm, ndërsa ai që falet pas imamit (xhematliu), thotë vetëm: "Rabbena ue lekel hamd."
+Për shprehjen: “Rabbena ue lekel hamd”, pas rukusë, përcillen katër forma nga Profeti  ﷺ, e kjo që kemi cekur është njëra prej tyre. Më e mira është që besimtari t'i thotë këto shprehje; herë njërën, herë tjetrën.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3095</t>
   </si>
   <si>
     <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ ma mësoi teshehudin ashtu siç më mësonte ndonjë sure Kurani</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>Ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut ﷺ ma mësoi teshehudin ashtu siç më mësonte ndonjë sure Kurani, ndërkohë shuplaka ime ishte mes dy shuplakave të tij: "Et-tehijjatu lil-lahi ues-salavatu uet-tajjibatu. Es-selamu alejke ejjuhen-nebijju ue rahmetullahi ue berakatuhu. Es-selamu alejna ue ala ibadil-lahis-salihin. Eshhedu en la ilahe il-lallah ue eshhedu enne Muhammeden abduhu ue resuluhu (Përshëndetjet, lutjet dhe mirësitë i takojnë Allahut. Paqja, mëshira dhe bekimi qofshin mbi ty, o Pejgamber! Paqja qoftë mbi ne dhe mbi të gjithë robërit e mirë! Dëshmoj se s'ka të adhuruar të denjë përveç Allahut dhe dëshmoj se Muhamedi është rob dhe i Dërguari i Tij)." Në një tekst të Buhariut dhe të Muslimit, qëndron: “Vetë Allahu quhet Es-Selam. Kur dikush të ulet në namaz, le të thotë: "Et-tehijjatu lil-lahi ues-salavatu uet-tajjibatu. Es-selamu alejke ejjuhen-nebijju ue rahmetullahi ue berakatuhu. Es-selamu alejna ue ala ibadil-lahis-salihin." Duke e thënë këtë, përfshini çdo rob të mirë të Allahut, në qiell dhe në Tokë. (Pastaj le të vazhdojë:) "Eshhedu en la ilahe il-lallah ue eshhedu enne Muhammeden abduhu ue resuluhu" Pastaj le të lavdërojë Allahun me çfarë të dojë.”</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
@@ -810,112 +1198,255 @@
 E para: Nga dënimi i varrit.
 E dyta: Nga dënimi i Zjarrit, që është në Ditën e Kiametit.
 E treta: Nga sprova e kësaj jete, si: epshet e ndaluara të kësaj bote dhe nga dyshimet lajthitëse, si dhe nga sprova e vdekjes, respektivisht çasti para vdekjes, që të mos largohemi nga Islami ose Suneti ose nga sprova e varrit, siç është pyetja e dy melekëve.
 E katërta: Sprova e mesihut Dexhall, që do të shfaqet në fund të kohës, para Kiametit, me të cilin Allahu do t'i sprovojë robërit e Tij. Profeti ﷺ e veçoi me përmendje, për shkak të fitnes (sprovës) dhe devijimit të madh që ua bën të tjerëve.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>Kjo lutje kërkimstrehimi është një nga lutjet më të rëndësishme dhe më gjithëpërfshirëse, sepse përfshin kërkimstrehimin (tek Allahu) që të na mbrojë nga të këqijat e kësaj bote dhe të botës tjetër.
 Pohimi dhe vërtetimi i dënimit të varrit dhe se ai është hak (i vërtetë).
 Rreziku i fitneve (sprovave) dhe rëndësia e kërkimit të ndihmës së Allahut dhe lutjes drejtuar Atij që të na shpëtojë prej tyre.
 Pohimi se Dexhalli do të dalë dhe se fitneja (sprova) e tij është e madhe.
 Thënia e kësaj lutjeje është e rekomanduar pas teshehudit të fundit.
 Pas veprës së mirë është e rekomanduar të bëhet lutje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3103</t>
   </si>
   <si>
+    <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
+  </si>
+  <si>
+    <t>Allahume baid bejni ue bejne hatajaje kema ba'adte bejnel meshriki uel magribi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se, kur i Dërguari i Allahut ﷺ merrte tekbirin fillestar për namaz, heshtte pak para se të fillonte leximin e Kuranit. Unë e pyeta: "O i Dërguari i Allahut, kurban t'u bëfshin im atë e ime më, gjatë kohës që ti hesht, mes tekbirit fillestar dhe leximit të Kuranit, çfarë thua?" Ai m'u përgjigj: “Them: "Allahume baid bejni ue bejne hatajaje kema ba'adte bejnel meshriki uel magribi. Allahume nekkini min hatajaje kema junekkath-theubul ebjedu mined-denesi. Allahume igsilni min hatajaje bith-thelxhi uelmai uel beradi (O Allah, më largo prej mëkateve të mia, siç e ke larguar lindjen prej perëndimit! O Allah, më pastro nga mëkatet e mia, siç pastrohet rrobja e bardhë nga ndyrësirat! O Allah, më laj nga mëkatet e mia me borë, me ujë dhe breshër)!”</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
+«اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
+فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
+  </si>
+  <si>
+    <t>Kur Profeti ﷺ merrte tekbirin fillestar për namaz, heshtte pak para se të fillonte këndimin e Fatihasë; ai e fillonte namazin e tij me disa lutje. Prej lutjeve që transmetohen është dhe kjo: "Allahume baid bejni ue bejne hatajaje kema ba'adte bejnel meshriki uel magribi. Allahume nekkini min hatajaje kema junekkath-theubul ebjedu mined-denesi. Allahume igsilni min hatajaje bith-thelxhi uelmai uel beradi!" I lutej Allahut të Lartmadhëruar ta largojë nga mëkatet që të mos bjerë në to, aq larg sa të mos takohet fare me to, ashtu siç nuk ka kurrë takim mes lindjes dhe perëndimit. E, nëse ndodh që të bjerë në to, ta pastrojë dhe t'ia heqë ato ashtu siç hiqet papastërtia nga rrobja e bardhë, si dhe ta pastrojë nga mëkatet dhe ta freskojë prej zjarrit dhe nxehtësisë së tyre me këta pastrues të freskët: ujë, borë dhe breshër.</t>
+  </si>
+  <si>
+    <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
+حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
+وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
+  </si>
+  <si>
+    <t>Lutja e hapjes së namazit duhet të lexohet pa zë, edhe nëse namazi është me zë.
+Kujdesi i sahabëve (Allahu qoftë i kënaqur me ta!) për të mësuar rreth situatave të ndryshme të Profetit ﷺ, qofshin lëvizje apo momente të qetësisë.
+Janë transmetuar forma të tjera të lutjes së hapjes së namazit, kështu që më mirë është që njeriu t'i thotë të gjitha lutjet hapëse të transmetuara dhe të vërtetuara nga Profeti ﷺ duke thënë herë njërën e herë tjetrën.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3104</t>
+  </si>
+  <si>
     <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>Nëse në ditën e premte, teksa imami është duke ligjëruar, i thua shokut tënd: "Hesht!", veçse e ke humbur shpërblimin</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Nëse në ditën e premte, teksa imami është duke ligjëruar, i thua shokut tënd: "Hesht!", veçse e ke humbur shpërblimin."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron një nga normat e detyrueshme për ata që marrin pjesë në hutben e xhumasë, që është: të heshtet teksa imami ligjëron, që të përsiatë mbi hutben. Ai që flet, - qoftë dhe pak, - teksa imami është duke ligjëruar, fjala vjen, i thotë ndokujt: “Hesht!”, ose: “Dëgjo!”, veçse e ka humbur shpërblimin e namazit të xhumasë.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Të folurit gjatë dëgjimit të hutbes është haram, qoftë dhe me ndalimin e së keqes, qoftë me kthimin e selamit, qoftë duke i thënë teshtitësit: "Jerhamukallah - Allahu të mëshiroftë!"
 Nga kjo gjë bën përjashtim ai që i drejtohet imamit ose imami i drejtohet atij.
 Në rast nevoje lejohet të folurit ndërmjet dy hutbeve.
 Nëse Profeti ﷺ përmendet gjatë kohës kur imami e mban hutben, atëherë i dërgon salavate dhe selame në heshtje, e njëjtë vepron kur të thuash: "Amin", pasi imami të bëjë lutje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3107</t>
   </si>
   <si>
+    <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
+  </si>
+  <si>
+    <t>“A doni t'ju tregoj për Dexhalin diçka që asnjë pejgamber nuk ia ka treguar popullit të vet? Ai është i verbër në njërin sy dhe ka me vete diçka që i ngjason Xhenetit dhe Zjarrit</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “A doni t'ju tregoj për Dexhalin diçka që asnjë pejgamber nuk ia ka treguar popullit të vet? Ai është i verbër në njërin sy dhe ka me vete diçka që i ngjason Xhenetit dhe Zjarrit. Ajo, për të cilën thotë se është Xheneti, në realitet është Zjarri. Po ju paralajmëroj për të (Dexhalin) ashtu siç pati bërë Nuhu me popullin e vet.”</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
+ أنه أعور العين.
+وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
+ لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
+ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith u tregoi shokëve të tij për Dexhalin, karakteristikat dhe shenjat e tij, gjëra që asnjë pejgamber para tij nuk i kishte treguar. Ndër këto gjëra janë:
+Ai është i verbër në njërin sy.
+Allahu do t'ia mundësojë që të ketë me vete diçka që i ngjason xhenetit dhe zjarrit, sipas asaj që shihet me sy.
+Por, xheneti i tij është zjarr dhe zjarri i tij është xhenet. Kushdo që i bindet, do ta fusë në këtë xhenet, sipas asaj që shohin njerëzit, por ai në fakt është zjarr i përcëllues, sikundër që, kushdo që nuk i bindet, do të futet në zjarr, sipas asaj që shohin njerëzit, por, në fakt, është xhenet i këndshëm. Pastaj Profeti ﷺ na tërhoqi vërejtjen nga sprova e Dexhalit, ashtu siç pati bërë Nuhu me popullin e vet.</t>
+  </si>
+  <si>
+    <t>عظم فتنة الدجال.
+النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
+شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
+  </si>
+  <si>
+    <t>Sprova e Dexhalit është e madhe.
+Shpëtimi nga sprova e Dexhalit arrihet me besim të sinqertë, duke iu drejtuar Allahut të Lartësuar, duke kërkuar mbrojtjen e Allahut kundër tij në teshehudin e fundit (në namaz) dhe  duke i mësuar përmendësh dhjetë ajete nga fillimi i sures Kehf.
+Interesimi dhe kujdesi i madh i Profetit ﷺ për umetin e tij duke u sqaruar muslimanëve karakteristika të Dexhalit, që asnjë pejgamber para tij nuk i kishte sqaruar.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3110</t>
+  </si>
+  <si>
+    <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
+  </si>
+  <si>
+    <t>“Shoku i mirë dhe shoku i keq i shëmbëllejnë shitësit të parfumit dhe farkëtarit që i fryn gjyrykut</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
+  </si>
+  <si>
+    <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Shoku i mirë dhe shoku i keq i shëmbëllejnë shitësit të parfumit dhe farkëtarit që i fryn gjyrykut: shitësi i parfumit ose të lyen me parfum, ose blen parfum prej tij, ose ndien aromë të këndshme prej tij, kurse farkëtari që i fryn gjyrykut, ose ta djeg rrobën, ose ndien erë të keqe prej tij.”</t>
+  </si>
+  <si>
+    <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
+النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
+فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
+والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
+فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka dhënë shembull për dy lloje njerëzish:
+Lloji i parë: shoku dhe miku i mirë i cili të udhëzon nga Allahu dhe drejt gjërave që e kënaqin Atë dhe të ndihmon për të qenë i bindur ndaj Tij. Shembulli i tij është sikurse i shitësit të parfumit i cili ose të lyen me parfum (të jep parfum), ose blen parfum prej tij, ose ndien aromë të këndshme prej tij.
+Lloji i dytë: shoku dhe miku i keq, i cili i pengon njerëzit nga rruga e Allahut, ndihmon në kryerjen e gjynaheve dhe prej tij sheh vepra të shëmtuara, kësisoj të përfshin poshtërimi për shkak të shoqërimit dhe uljes me njerëz të tillë. Shembulli i tij është si ai i farkëtarit që i fryn zjarrit i cili ose do të djegë rrobat nga shkëndijat fluturuese të zjarrit, ose do të ndiesh aromë të keqe duke ndenjur pranë tij.</t>
+  </si>
+  <si>
+    <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
+الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
+  </si>
+  <si>
+    <t>Lejohet përdorimi i shembujve për t'ia bërë të thjeshtë kuptimin dëgjuesit.
+Inkurajimi dhe motivimi për t'u shoqëruar me njerëzit e devotshëm e të mirë dhe për t'iu shmanguar njerëzve të këqij dhe atyre që kanë moral të keq.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3127</t>
+  </si>
+  <si>
     <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>“Ai që kujdeset për vejushën dhe për nevojtarin është sikurse ai që lufton në rrugën e Allahut, ose sikurse ai që falet natën dhe agjëron ditën.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Ai që kujdeset për vejushën dhe për nevojtarin është sikurse ai që lufton në rrugën e Allahut, ose sikurse ai që falet natën dhe agjëron ditën.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se, ai që kujdeset për interesat e një gruaje, së cilës i ka vdekur burri dhe që nuk ka kush kujdeset për punët e saj, si dhe ndaj të varfrit nevojtar, ku shpenzon ndaj tyre duke pritur shpërblimin nga Allahu i Lartësuar, e ka shpërblimin si ai që lufton në rrugën e Allahut, ose sikur ai që falet natën e nuk lodhet dhe sikurse ai që agjëron e nuk e prish agjërimin.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Inkurajimi për të bashkëpunuar, bashkëndier dhe për t'i plotësuar nevojat e të dobëtëve.
 Adhurimi përfshin çdo vepër të mirë dhe pjesë e adhurimit është kujdesi për të venë dhe për nevojtarin.
 Ibn Hubejra ka thënë: "Kuptimi është se Allahu i Lartësuar ia mbledh shpërblimin agjëruesit, atij që fal namaz nate dhe muxhahidit përnjëherësh; për faktin se për të venë ishte në vend të burrit të saj... dhe i ndihmoi nevojtarit, i cili nuk ishte në gjendje t'i ndihmojë vetes, kështu që e shpenzoi për të tepricën e ushqimit të tij ditor dhe dha mund për të, kështu që dobia e tij ishte e barabartë me agjërimin, namazin dhe xhihadin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3135</t>
+  </si>
+  <si>
+    <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
+  </si>
+  <si>
+    <t>“Shpejtoni në kryerjen e veprave të mira para se të vijnë sprova si copëzat e natës së errët</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Shpejtoni në kryerjen e veprave të mira para se të vijnë sprova si copëzat e natës së errët, në atë kohë njeriu do të gdhihet besimtar, e do të ngryset jobesimtar, ose do të ngryset besimtar e do të gdhihet jobesimtar: e shet fenë për një interes të dynjasë.”</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e nxit besimtarin që të shpejtojë dhe të bëjë sa më shumë vepra të mira para se ato të bëhen të pamundura për shkak të preokupimit me shfaqjen e sprovave dhe dyshimeve që e pengojnë besimtarin nga kryerja e punëve të mira. Këto sprova janë si errësira e natës, në të cilën e vërteta përzihet me të kotën dhe për rrjedhojë bëhet e vështirë për njerëzit të bëjnë dallimin mes tyre. Ato janë aq të rënda saqë njeriu çoroditet deri në atë pikë sa në mëngjes është besimtar e në mbrëmje bëhet jobesimtar, si dhe në mbrëmje është besimtar, ndërsa në mëngjes bëhet jobesimtar, duke e braktisur fenë e tij për shkak të kënaqësive kalimtare të kësaj dynjaje.</t>
+  </si>
+  <si>
+    <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
+الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
+إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
+في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
+الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
+في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
+  </si>
+  <si>
+    <t>Është e obligueshme të kapemi fort pas fesë dhe të shpejtojmë të bëjmë vepra të mira para se të na dalin pengesa.
+Vënia në pah se sprovat devijuese do të jenë të njëpasnjëshme në fund të kohës (para Kiametit): sa herë që zhduket një sprovë, pason një tjetër.
+Nëse fetaria e një personi është e dobët dhe ai heq dorë nga ajo në këmbim të çështjeve të kësaj dynjaje, si pasuria ose gjëra të tjera, atëherë kjo konsiderohet si shkak i devijimit të tij, braktisjes së fesë dhe përfshirjes në sprova.
+Ky hadith është argument se veprat e mira janë shkak për të shpëtuar nga sprovat.
+Sprovat ndahen në dy lloje: sprovat e dyshimeve, ilaçi i të cilave është dituria, dhe sprovat e epsheve, ilaçi i të cilave është imani (besimi) dhe durimi.
+Hadithi tregon se kush është punëpakë, sprova do ta zërë më shpejt, e kush është punëshumë, nuk duhet të mashtrohet nga ajo, por, përkundrazi, të shtojë punët e mira.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3138</t>
   </si>
   <si>
     <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>“Natyrshmëria është në pesë: synetimin, rruajtjen e qimeve (në vendet e turpshme), shkurtimin e mustaqeve, prerjen e thonjve dhe shkuljen e qimeve të nënsqetullave</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se e ka dëgjuar Profetin ﷺ duke thënë: “Natyrshmëria është në pesë: synetimin, rruajtjen e qimeve (në vendet e turpshme), shkurtimin e mustaqeve, prerjen e thonjve dhe shkuljen e qimeve të nënsqetullave."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi pesë tipare të fesë islame dhe tradita të të dërguarve:
 1. Synetimi (rrethprerja), që nënkupton prerjen e lëkurës së tepërt të organit, që është mbi glans (kokën e organit), si dhe prerjen e majës së lëkurës në mitrën e femrës, mbi vendin e kryerjes së kontaktit intim.
 2. Rruajtja e qimeve përreth organit gjenital.
@@ -989,50 +1520,118 @@
   <si>
     <t>Profeti ﷺ në këtë hadith na tregoi se mbi muslimanët do të ketë prijës, të cilët do t'i monopolizojnë pasuritë e muslimanëve dhe punët e tjera të kësaj bote, duke i shpenzuar kështu ato sipas dëshirës dhe duke ua mohuar muslimanëve të drejtën e tyre në raport me to. Ata do të bëjnë gjëra në fe, të cilat nuk janë të mira dhe nuk pëlqehen. Sahabët (Allahu qoftë i kënaqur me ta!) pyetën se çfarë duhej të bënin në këtë situatë. Kësisoj, Profeti ﷺ u tha atyre se fakti që ata e monopolizojnë pasurinë, nuk ju përligj që ju ta ndaloni atë që e keni të obliguar ta bëni karshi tyre: për t'i dëgjuar dhe për t'iu bindur. Përkundrazi, jini të durueshëm, dëgjojini, bindjuni dhe mos i kundërshtoni në çështjen (që ju është besuar). Hakun që ju takon juve, kërkojani Allahut, si dhe luteni Allahun që t'i përmirësojë dhe ta largojë të keqen e padrejtësinë e tyre!</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>Hadithi është një nga shenjat e profecisë së Muhamedit ﷺ, sepse ai tregoi se çfarë do të ndodhte në umetin e tij, gjë që ndodhi siç tha.
 Lejohet që i sprovuari të informohet për fatkeqësinë që pritet ta godasë, që ta qetësojë veten kur ajo ta godasë e të jetë i durueshëm dhe të shpresojë shpërblimin (tek Allahu).
 Kapja fort për Kuran dhe Sunet është rrugëdalje nga fitnet (sprovat) dhe mospajtimet.
 Inkurajimi që t'i dëgjojmë dhe t'u bindemi prijësve (muslimanë) në gjëra të mira dhe të mos bëjmë kryengritje kundër tyre, edhe nëse ata bëjnë padrejtësi.
 Përdorimi i urtësisë dhe pasimit të Sunetit në kohë fitnesh (trazirash).
 Njeriu duhet ta përmbushë atë që e ka për detyrë, edhe nëse i ndodh ndonjë padrejtësi.
 Ky hadith ngërthen në vete rregullën fikhore: zgjedh të keqen më të vogël nga dy të këqijat ose dëmin më të vogël nga dy dëmet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3156</t>
   </si>
   <si>
+    <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
+  </si>
+  <si>
+    <t>kur falej i Dërguari i Allahut ﷺ, i hapte krahët, saqë i shihej bardhësia e nënsqetullave</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Malik ibn Buhajne (Allahu qoftë i kënaqur me të!) tregon se, kur falej i Dërguari i Allahut ﷺ, i hapte krahët, saqë i shihej bardhësia e nënsqetullave.</t>
+  </si>
+  <si>
+    <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
+وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
+  </si>
+  <si>
+    <t>Kur Profeti ﷺ bënte sexhde, i hapte krahët gjatë saj dhe secilin krah e largonte nga ijët e ato hapeshin si krahët e shpendit, derisa i dukej ngjyra e lëkurës së nënsqetullave. Ngjyra e nënsqetullave dukej për shkak të hapjes dhe largimit të tepërt të krahëve nga ijët.</t>
+  </si>
+  <si>
+    <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
+المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
+في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
+  </si>
+  <si>
+    <t>Ky pozicion është i pëlqyeshëm teksa jemi në sexhde, pra, mbajtja e krahëve të ndarë nga ijët.
+Nëse me hapjen e krahëve gjatë sexhdes namazliu tjetër që është pranë lëndohet atëherë kjo gjë nuk lejohet.
+Në hapjen e krahëve në sexhde ka urtësi dhe dobi të shumta, prej të cilave veçojmë: shprehja e zellit dhe dëshirës për të falur namazin, si dhe nëse namazliu mbështetet në të gjitha gjymtyrët me të cilat bëhet sexhde, atëherë çdo gjymtyrë merr pjesën e duhur të adhurimit. Është thënë po ashtu se prej urtësisë së këtij pozicioni është se ai është më shumë i ngjashëm me formën e përulësisë dhe ndihmon më shumë për ta vendosur ballin dhe hundën në tokë dhe, gjithashtu, ndihmon që çdo gjymtyrë të ndahet më vete.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3220</t>
+  </si>
+  <si>
+    <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
+  </si>
+  <si>
+    <t>“Dinari (monedhë e artë) më i mirë që e shpenzon njeriu është dinari të cilin e shpenzon për familjen e vet, pastaj dinari që e shpenzon për kafshën e vet në rrugën e Allahut dhe dinari të cilin e shpenzon për shokët e vet në rrugën e Allahut.”</t>
+  </si>
+  <si>
+    <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
+  </si>
+  <si>
+    <t>Theubani (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Dinari (monedhë e artë) më i mirë që e shpenzon njeriu është dinari të cilin e shpenzon për familjen e vet, pastaj dinari që e shpenzon për kafshën e vet në rrugën e Allahut dhe dinari të cilin e shpenzon për shokët e vet në rrugën e Allahut.” Ebu Kilabe ka thënë: "(Pejgamberi)Filloi me familjen." Pastaj Ebu Kilabe tha: "Cili njeri ka shpërblim më të madh sesa ai i cili shpenzon për fëmijët e tij të vegjël, ua ruan nderin, ose Allahu u sjell dobi atyre nëpërmjet tij dhe ua plotëson nevojat."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
+فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
+ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
+ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka përmendur disa variante të shpenzimeve dhe i ka renditur ato, kur janë të shumta, sipas variantit më të detyrueshëm, duke përmendur në fillim variantin më të rëndësishëm. Ai tregoi se pasuria më e shpërblyeshme është ajo që një musliman e shpenzon për dikë që është i detyruar të shpenzojë për të, si: gruaja dhe fëmijët e tij. Me pas pasuria që shpenzon për mjetin e udhëtimit, që e ka përgatitur për luftë në rrugë të Allahut. Më pas pasuria që shpenzon për shokët dhe shoqërinë e tij, kur ata kanë dalë për të luftuar në rrugë të Allahut.</t>
+  </si>
+  <si>
+    <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
+بيان أولوية النفقة على العيال في الفضل على غيرها.
+النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
+قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
+  </si>
+  <si>
+    <t>Variantet e shpenzimit sa i përket vlerës, renditen sipas radhës që janë përmendur në këtë hadith dhe kjo renditje merret në konsideratë gjatë përplasjes se kujt t'i japim përparësi.
+Shpenzimi për fëmijët ka përparësi në vlerë kundrejt shpenzimit për të tjerët.
+Shpenzimi për luftë në rrugë të Allahut është prej shpenzimeve më të mëdha, si: përgatitja e mjeteve dhe luftëtarëve për luftë.
+Është thënë se togfjalëshi "në rrugë të Allahut", përfshin çdo adhurim, si haxhi etj.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3267</t>
+  </si>
+  <si>
     <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>Betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se nuk ka njeri nga ky umet, qoftë hebre, qoftë i krishterë, që dëgjon për mua, e pastaj vdes pa besuar shpalljen me të cilën jam dërguar, vetëm se do të jetë banor i Zjarrit</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se nuk ka njeri nga ky umet, qoftë hebre, qoftë i krishterë, që dëgjon për mua, e pastaj vdes pa besuar shpalljen me të cilën jam dërguar, vetëm se do të jetë banor i Zjarrit."</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith betohet në Allahun se askush nga ky umet (popull i thirrjes), qoftë hebre, qoftë i krishterë, qoftë dikush tjetër, të cilit i ka arritur thirrja e Profetit ﷺ, pastaj vdes dhe nuk beson në të, vetëm se do të jetë një nga banorët e Zjarrit, ku do të qëndrojë përgjithmonë.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
@@ -1053,50 +1652,134 @@
   <si>
     <t>Shkurtojini mustaqet dhe lëshojini mjekrat!</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Shkurtojini mustaqet dhe lëshojini mjekrat!"</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka urdhëruar që të shkurtohen mustaqet e të mos rriten, madje të shkurtohen shumë.
 Po ashtu urdhëroi të lëshohet mjekra dhe të lihet ashtu e dendur.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Rruajtja e mjekrës është haram.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3279</t>
+  </si>
+  <si>
+    <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
+  </si>
+  <si>
+    <t>“Sa e çuditshme që është çështja e besimtarit: gjithçka që e godet atë, është në të mirën e tij dhe kjo nuk është për askënd përveç besimtarit</t>
+  </si>
+  <si>
+    <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
+  </si>
+  <si>
+    <t>Suhejbi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Sa e çuditshme që është çështja e besimtarit: gjithçka që e godet atë, është në të mirën e tij dhe kjo nuk është për askënd përveç besimtarit. Kur e kaplon ndonjë begati, ai falënderon, gjë që është në të mirën e tij, e, nëse e godet ndonjë vështirësi, ai bën durim, gjë që është po në të mirën e tij.”</t>
+  </si>
+  <si>
+    <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
+إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
+وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ është çuditur me çështjen dhe gjendjen e besimtarit, duke e konsideruar këtë si diçka të bukur, ngase të gjitha situatat nëpër të cilat ai kalon, janë të mira për të, e kjo nuk është për askënd përveç besimtarit. Kur e kaplon ndonjë gëzim, e falënderon Allahun për të dhe kësisoj përmes falënderimit merr shpërblim. E, nëse e godet ndonjë hidhërim, duron dhe shpreson shpërblim prej Allahut, e kështu merr shpërblim prej durimit; pra ai është i shpërblyeshëm në çdo situatë.</t>
+  </si>
+  <si>
+    <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
+فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
+الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
+الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
+  </si>
+  <si>
+    <t>Vlera e falënderimit në kohë gëzimi dhe e durimit në kohë hidhërimi. Kushdo që e bën këtë, do të fitojë të mirat e dy botëve, sikundër që kushdo që nuk falënderon për begatinë dhe nuk duron për fatkeqësinë, nuk do të ketë shpërblim por mëkat.
+Vlera e imanit (besimit), ngase shpërblimi në të dyja rastet është vetëm për besimtarët.
+Falënderimi në rast gëzimi dhe durimi në rast hidhërimi janë prej virtyteve të besimtarëve.
+Besimi në kadanë dhe kaderin e Allahut (përcaktimin hyjnor) e bën besimtarin plotësisht të kënaqur me të gjitha rrethanat, ndryshe nga jobesimtari, i cili vazhdimisht zemërohet kur e godet ndonjë e keqe a vështirësi. E kur ky fiton ndonjë mirësi të Allahut, preokupohet me të dhe e braktis adhurimin, madje përmes kësaj mirësie i bën mëkat Allahut.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3298</t>
+  </si>
+  <si>
+    <t>صفة الغسل من الجنابة</t>
+  </si>
+  <si>
+    <t>Mënyra e larjes nga xhunubllëku:</t>
+  </si>
+  <si>
+    <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
+  </si>
+  <si>
+    <t>Mejmuneja, nëna e besimtarëve, (Allahu qoftë i kënaqur me të!) tregon: "Ia vura ujin Profetit ﷺ për t'u larë dhe e mbulova me një rrobë (që të mos shihej). I hodhi ujë duarve dhe i lau. Pastaj, me dorën e djathtë, i hodhi ujë dorës së majtë dhe me të lau organin gjenital. Pastaj e përplasi dorën në dhe dhe e fshiu e e lau. Pastaj shpëlau gojën dhe hundën, lau fytyrën dhe duart deri te bërrylat, derdhi ujë mbi kokë dhe mbi tërë trupin. E, në fund, u zhvendos nga vendi ku ndodhej dhe lau këmbët. Pasi e përfundoi, i ofrova një rrobë (si peshqir), por nuk e deshi dhe u largua duke i shkundur duart."</t>
+  </si>
+  <si>
+    <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
+أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
+ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
+ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
+رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
+خامسًا: غسل وجهه وذراعيه. 
+سادسًا: صب الماء على رأسه. 
+سابعًا: صب الماء على بقية جسده. 
+ثامنًا: تحوّل من مكانه فغسل قدميه في مكان آخر حيث لم يغسلهما من قبل. 
+ثم أتته بخرقة ليتنشف بها، فلم يأخذها، وجعل يمسح الماء عن جسده بيده وينفضه.</t>
+  </si>
+  <si>
+    <t>Nëna e besimtarëve, Mejmuneja (Allahu qoftë i kënaqur me të!), ka treguar për mënyrën se si Profeti ﷺ lahej nga xhunubllëku dhe se ajo vendosi për të ujë që ai të lahej tërësisht dhe e mbuloi atë me një perde, e sakaq Profeti ﷺ veproi si më poshtë:
+Së pari: Profeti ﷺ hodhi ujë në duart e tij dhe i lau ato para se t'i fuste në enë.
+Së dyti: ai me dorën e djathtë, hodhi ujë në dorën e majtë dhe e lau organin gjenital, duke e pastruar atë nga çdo gjurmë papastërtie.
+Së treti: ai e preku tokën me dorë, e fshiu, pastaj e lau për të hequr papastërtinë prej saj.
+Së katërti: e shpëlau gojën duke futur ujë në të dhe duke e lëvizur e rrotulluar, pastaj duke e hedhur ujin jashtë, si dhe e shpëlau hundën duke futur ujë në të, pastaj duke e nxjerrë për ta pastruar.
+Së pesti: lau fytyrën dhe duart deri te bërrylat.
+Së gjashti: hodhi ujë në kokë.
+Së shtati: hodhi ujë mbi pjesën tjetër të trupit.
+Së teti: lëvizi nga vendi i tij (në të cilin po lahej) dhe i lau këmbët në një vend tjetër, ku nuk i kishte larë më parë.
+Pastaj ajo i solli një leckë, për t'u tharë me të, por ai nuk e mori dhe filloi ta fshinte e ta shkundte ujin nga trupi me dorën e vet.</t>
+  </si>
+  <si>
+    <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
+صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
+تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
+  </si>
+  <si>
+    <t>Interesimi i grave të Profetit ﷺ për t'i përshkruar detajet më të vogla të jetës së tij, për të mësuar kështu umetin.
+Kjo mënyrë e larjes është një nga format që janë vërtetuar nga Profeti ﷺ në lidhje me larjen e plotë nga xhunubllëku. Sa i përket mënyrës së larjes që është e mjaftueshme, ajo përmbushet thjesht me larjen e tërë trupit dhe shpëlarjen e gojës dhe të hundës.
+Tharja e trupit me leckë (peshqir) ose lënia e tij pas larjes ose marrjes së abdesit (në atë gjendje, pa e tharë) është e lejuar.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3310</t>
   </si>
   <si>
     <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Atij që merr abdes sikurse ky abdes imi dhe i fal dy rekate, pa u shpërqendruar, do t'i falen mëkatet e së kaluarës</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Humrani, i çrobëruari i Othmanit, tregon se pa Othmanin teksa kërkoi një enë me ujë (për të marrë abdes). Kështu, fillimisht derdhi (ujin nga ena) në duart e tij dhe i lau duart tri herë, pastaj futi dorën e djathtë në ujë dhe shpëlau gojën e hundën dhe e nxori (ujin) jashtë, pastaj lau fytyrën dhe duart deri në bërryla nga tri herë, i dha mes'h kokës dhe, fare në fund, lau secilën këmbë nga tri herë. Pastaj tha: "E kam parë Profetin ﷺ duke marrë abdes në këtë formë e pastaj tha: “Atij që merr abdes sikurse ky abdes imi dhe i fal dy rekate, pa u shpërqendruar, do t'i falen mëkatet e së kaluarës.”</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>Othmani (Allahu qoftë i kënaqur me të!) ua mësoi përshkrimin e abdesit të Profetit ﷺ sipas një metode praktike, që të jetë më i kuptueshëm. Ai kërkoi një enë me ujë (për të marrë abdes), kështu që e derdhi (ujin nga ena) në duart e tij dhe i lau duart tri herë. Më pas e futi dorën e tij të djathtë në enë, ku mori ujë, e shpëlau gojën dhe e nxori ujin jashtë. Pastaj e tërhoqi me frymëmarrjen e tij ujin për te hunda, e më pas e nxori ujin jashtë. Pastaj lau fytyrën dhe duart nga tri herë, përfshirë bërrylat, nga tri herë, i dha mes'h tërë kokës një herë me duar të lagura dhe, fare në fund, lau këmbët, përfshirë edhe thembrat nga tri herë.
 Kur e përfundoi këtë, i njoftoi se e ka parë Profetin ﷺ duke marrë abdes në këtë formë e pastaj Profeti ﷺ i ka përgëzuar se, atij që merr abdes sikurse ky abdesi im dhe i fal dy rekate, i përkushtuar dhe zemra e tij të jetë e pranishme para Zotit të tij të Lartmadhërishëm, Ai, i Lartësuari, në saje të mirësisë së Tij, do ta shpërblejë për këtë abdes të plotë dhe për këtë namaz të sinqertë duke ia falur mëkatet e së kaluarës.</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
@@ -1129,50 +1812,91 @@
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
     <t>Aishja, nëna e besimtarëve (Allahu qoftë i kënaqur me të!), ka thënë: "Kur i Dërguari i Allahut ﷺ pastrohej nga xhunubllëku, së pari fillonte me duart, pastaj merrte abdes sikurse për namaz, pastaj lahej: shpupurishte flokët me dorë (që të depërtonte uji) e, kur sigurohej se kishte larë lëkurën e kokës, i hidhte ujë kokës tri herë dhe, më pas, e pastronte tërë trupin me ujë." Vazhdon e thotë: "Unë dhe i Dërguari i Allahut ﷺ laheshim nga një enë e përbashkët, nga e cila merrnim ujë së bashku."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ dëshironte të pastrohej nga xhunubllëku, fillimisht i lante duart, pastaj merrte abdes ashtu siç merrte abdes për namaz, e më pas derdhte ujë mbi trupin e tij, e pastaj i shpupurishte flokët me duar (që të depërtonte uji). Kur mendonte se uji kishte arritur deri te rrënjët e flokëve dhe e kishte larë lëkurën (e kokës), derdhte ujë tri herë mbi kokën e tij dhe më pas lante pjesën tjetër të trupit. Aishja vazhdon e thotë: "Unë dhe i Dërguari i Allahut ﷺ laheshim nga një enë e përbashkët, nga e cila merrnim ujë së bashku."</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Gusli (larja e tërësishme e trupit) ndahet në dy lloje: gusli i mjaftueshëm dhe i plotë. Sa i përket guslit të mjaftueshëm, ai është kur njeriu bën nijet të pastrohet, pastaj e përfshin tërë trupin e tij me ujë, duke përfshirë në këtë larje shpëlarjen e gojës dhe hundës. Ndërkaq, gusli i plotë është kur njeriu të pastrohet ashtu siç është pastruar Profeti ﷺ, siç ceket në këtë hadith.
 Nocioni xhunubllëk përfshin personin që ka ejakuluar ose ka kryer kontakt intim, edhe nëse ky i dyti nuk ka ejakuluar.
 Lejohet që njëri prej bashkëshortëve t'i shikojë pjesët intime të tjetrit dhe që të dy të pastrohen prej një ene.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3316</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
+  </si>
+  <si>
+    <t>se, sa herë që teshtinte i Dërguari i Allahut ﷺ, vendoste në gojën e tij dorën ose rrobën, me to e zvogëlonte ose e ulte zërin</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se, sa herë që teshtinte i Dërguari i Allahut ﷺ, vendoste në gojën e tij dorën ose rrobën, me to e zvogëlonte ose e ulte zërin.</t>
+  </si>
+  <si>
+    <t>كان صلى الله عليه وسلم إذا عَطَس:
+أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
+ثانيًا: يخفض صوته ولا يرفعه.</t>
+  </si>
+  <si>
+    <t>Kur Profeti ﷺ teshtinte:
+Së pari e vendoste dorën ose rrobën e tij në gojë, që nga goja ose hunda të mos dilte asgjë që mund të dëmtonte bashkëbiseduesin e tij.
+Së dyti, e ulte zërin dhe nuk e ngrinte.</t>
+  </si>
+  <si>
+    <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
+استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
+خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
+  </si>
+  <si>
+    <t>Udhëzimi i Profetit ﷺ gjatë teshtitjes dhe ndjekja e shëmbëlltyrës së tij në këtë çështje.
+Është e rekomanduar që gjatë teshtimës të vendoset në gojë ose në hundë një rrobë apo shami ose diçka e ngjashme, që të mos dalë prej tyre diçka që mund ta lëndojë bashkëbiseduesin.
+Ulja e zërit gjatë teshtitjes është diçka që duhet bërë dhe është shenjë e mirësjelljes së përsosur dhe virtyteve të larta morale.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3317</t>
   </si>
   <si>
     <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>Allahu i mallkoftë hebrenjtë dhe të krishterët: varret e të dërguarve i shndërruan në faltore!</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>Aishja dhe Abdullah ibn Abasi (Allahu qoftë i kënaqur me ta!) tregojnë: "Kur të Dërguarin e Allahut ﷺ e kapluan dhimbjet e vdekjes, e mbulonte fytyrën me një këmishë. E, kur i pushonin dhimbjet, e zbulonte. Duke qenë në këtë gjendje, tha: “Allahu i mallkoftë hebrenjtë dhe të krishterët: varret e të dërguarve i shndërruan në faltore!” Pra, tërhiqte vërejtjen kundër veprimeve të tyre.</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>Aishja dhe Ibn Abasi (Allahu qoftë i kënaqur me ta!) na tregojnë se, kur Profetit ﷺ i afrua vdekja, vendosi një copë pëlhure në fytyrën e tij, e, kur e kishte të vështirë frymëmarrjen për shkak të agonisë së vdekjes, e hoqi nga fytyra dhe në atë gjendje të rëndë tha: "Allahu i mallkoftë hebrenjtë e të krishterët dhe i dëboftë nga mëshira e Tij, për shkak se ndërtuan xhami mbi varret e profetëve të tyre!" Sikur të mos ishte kjo çështje e rrezikshme, nuk do të përmendte një gjë të tillë në këtë gjendje, prandaj Profeti ﷺ e ndaloi umetin e tij që të mos u shëmbëllejnë atyre në këtë vepër, sepse është një vepër e hebrenjve dhe e të krishterëve, dhe se është shteg që çon drejt shirkut ndaj Allahut të Lartmadhëruar.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
@@ -1542,107 +2266,143 @@
   </si>
   <si>
     <t>Profeti ﷺ ndaloi që muslimani të thotë gjatë të folurit të tij: “Siç dëshiron Allahu dhe siç dëshiron filani!" Ose: "Siç dëshiron Allahu dhe filani!!" Kjo është për shkak se dëshira dhe vullneti i Allahut janë absolut, ku askush nuk është bashkëpjesëmarrës me Të në to. Kur të përdoret lidhëza "dhe" - (ar. ve), lë për të kuptuar bashkëpjesëmarrjen e ndokujt me Allahun ose barazimin mes tyre. Por, të thotë: "Siç dëshiron Allahu, pastaj siç dëshiron filani!" Kësisoj, dëshirën e njeriut e bën pasuese të dëshirës së Allahut, me ndajfoljen "pastaj", - (ar. thumme), në vend të lidhëzës "dhe", për faktin se ndajfolja "pastaj" tregon për diçka që vjen dhe e pason një gjë më pas.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
 النهي عن إشراك الخلق في مشيئة الله ولو باللفظ.
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>Është haram të thuhet: “Çfarë dëshiroi Allahu dhe deshe ti!” e shprehje të ngjashme që tregojnë lidhjen me emrin e Allahut përmes lidhëzës “dhe”, sepse kjo është formë shirku (idhujtarie) në shprehje dhe në fjalë.
 Është e lejuar të thuhet: “Siç dëshiron Allahu e pastaj siç dëshiron ti!", dhe shprehje të ngjashme që tregojnë lidhjen me emrin e Allahut përmes ndajfoljes "pastaj", sepse kështu e ndaluara mënjanohet.
 Pohimi i dëshirës së Allahut dhe pohimi i dëshirës së njeriut dhe se dëshira e këtij të fundit është pasuese e dëshirës së Allahut të Lartësuar.
 Është e ndaluar që njerëzit të bëhen ortakë me Allahun në dëshirën e Tij, qoftë dhe verbalisht.
 Nëse ai që e barazon dëshirën e Allahut me dëshirën e ndonjë krijese në të shprehur beson se dëshira e njeriut është sikurse dëshira e Allahut të Lartmadhëruar, respektivisht e barabartë me të në gjithëpërfshirje e përgjithësim, ose se njeriu ka dëshirë të pavarur, atëherë kjo është shirk i madh, e, nëse beson se është poshtë kësaj, atëherë është shirk i vogël.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
+    <t>[صحيح بمجموع طرقه]</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي في الكبرى وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3352</t>
   </si>
   <si>
     <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>“Allahu bëhet xheloz (siç përkon me madhështinë e Tij), e edhe besimtari bëhet xheloz. Xhelozia e Allahut është kur besimtari i shkel gjërat që Allahu ia ka ndaluar.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu bëhet xheloz (siç përkon me madhështinë e Tij), e edhe besimtari bëhet xheloz. Xhelozia e Allahut është kur besimtari i shkel gjërat që Allahu ia ka ndaluar.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se Allahu xhelozon, hidhërohet dhe urren ashtu siç bëhet xheloz besimtari, siç hidhërohet dhe siç urren. Shkaku i xhelozisë së Allahut është kur besimtari kryen veprime të pamoralshme, që Allahu ia ka ndaluar, si: kurvëria, homoseksualiteti, vjedhja, pirja e alkoolit dhe gjëra të tjera të pamoralshme.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Tërheqja e vërejtjes nga zemërimi dhe ndëshkimi i Allahut, nëse nëpërkëmben ndalesat e Tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3354</t>
+  </si>
+  <si>
+    <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
+  </si>
+  <si>
+    <t>“Do t'i ndiqni traditat e atyre që ishin para jush: pëllëmbë për pëllëmbe, e kut për kuti</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Do t'i ndiqni traditat e atyre që ishin para jush: pëllëmbë për pëllëmbe, e kut për kuti. Madje, sikur ata të hynin në vrimë të hardhucës, ju do t'i ndiqnit.” Ne i thamë: "O i Dërguari i Allahut, e ke fjalën se do t'i ndjekim hebrenjtë dhe të krishterët?" Ai tha: “E kë tjetër?”</t>
+  </si>
+  <si>
+    <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith na tegon se si do të jetë gjendja e disa pjesëtarëve të umetit të tij pas vdekjes së tij, të cilët do të ndjekin rrugën e hebrenjve dhe të krishterëve në besimet, veprimet, zakonet dhe traditat e tyre, duke i ndjekur me shumë kujdes, pëllëmbë për pëllëmbe, kut për kuti. Madje, sikur ata të hynin në vrimë të hardhucës, ata do të hynin pas tyre.</t>
+  </si>
+  <si>
+    <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
+النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
+توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
+الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
+  </si>
+  <si>
+    <t>Ky hadith është një prej profecive të Profetit ﷺ; ai lajmëroi për këtë fenomen para se të ndodhte, sakaq ndodhi ashtu siç lajmëroi.
+Muslimanët e kanë të ndaluar t'i ngjajnë jobesimtarëve, qoftë në besimet, adhurimet, festat, apo uniformat që janë specifike për ta.
+Sqarimi i çështjeve abstrakte me shembuj konkretë është prej metodave të mësimdhënies në Islam.
+Hardhuca (ar. ed-dabb) është kafshë, strofulla e së cilës është jashtëzakonisht e errët dhe mban erë të keqe. Ai është zvarranik që gjendet shpesh në shkretëtira. Arsyeja e specifikimit të strofullës së hardhucës është fakti se ajo është e ngushtë dhe e ndyrë, e, megjithatë, ata i ndjekin hapat e tyre dhe e pasojnë rrugën e tyre, saqë, nëse do të kishin hyrë në këtë ngushticë kaq të ndyrë, do të ishin pajtuar me ta! Allahut i kërkojmë ndihmë të na ruajë!</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3355</t>
   </si>
   <si>
     <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>Ai që betohet në dikë tjetër përveç Allahut, ka bërë kufër ose shirk.”</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) transmeton se dëgjoi një njeri duke thënë: "Jo, pasha Qabenë!" Në atë rast Ibn Omeri tha: "Nuk bën të betohet në dikë a diçka tjetër përveç Allahut. Unë e kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Ai që betohet në dikë a diçka tjetër përveç Allahut, ka bërë kufër ose shirk.” "Ai që betohet në dikë tjetër përveç Allahut, ka bërë kufër ose shirk.”</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se kushdo që betohet në dikë tjetër përveç Allahut, pra përveç emrave dhe cilësive të Tij, ka mohuar Allahun (ka  bërë kufër) ose ka bërë shirk, sepse betimi nënkupton madhërimin e atij që betohet në të, e madhështia është vetëm për Allahun. Andaj, betimi bëhet vetëm në Allahun, në emrat dhe në cilësitë e Tij. Ky betim është shirk i vogël (që nuk e nxjerr njeriun nga feja), por, nëse ai që betohet, e madhëron atë për të cilin betohet ashtu siç madhërohet Allahu, ose më shumë, atëherë konsiderohet prej shirkut të madh (që e nxjerr njeriun nga feja).</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Madhërimi i dikujt duke u betuar në emër të tij është një e drejtë ekskluzive e Allahut të Madhëruar, andaj betimi bëhet në Allahun, në emrat dhe në cilësitë e Tij.
 Kujdesi që tregonin sahabët për të urdhëruar në të mirë dhe për të ndaluar të keqen, veçanërisht kur e keqja kishte të bënte me shirkun a kufrin.</t>
-  </si>
-[...1 lines deleted...]
-    <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3359</t>
   </si>
   <si>
     <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>“Nuk keni për të hyrë në Xhenet derisa të besoni, e nuk keni për të besuar derisa të duheni mes vete. A t’ju tregoj për një gjë që, nëse e bëni, do të duheni ndërmjet vete? Përhapeni selamin në mesin tuaj!”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Nuk keni për të hyrë në Xhenet derisa të besoni, e nuk keni për të besuar derisa të duheni mes vete. A t’ju tregoj për një gjë që, nëse e bëni, do të duheni ndërmjet vete? Përhapeni selamin në mesin tuaj!”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi se vetëm besimtarët do të hyjnë në Xhenet dhe besimi nuk është i plotë dhe gjendja e shoqërisë islame nuk përmirësohet derisa ata të duan njëri-tjetrin. Pastaj Profeti ﷺ na drejtoi drejt gjërave më të mira, përmes të cilave mbizotëron dashuria, që janë: përhapja e selamit mes muslimanëve, të cilën Allahu e ka bërë përshëndetje për robërit e Tij.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
@@ -1697,51 +2457,51 @@
     <t>Veprat dallojnë nga njëra-tjetra, në varësi të dashurisë që ka Allahu për to.
 Inkurajimi i muslimanit që t'i veprojë veprat më të mira, e kështu me radhë.
 Përgjigjet e Profetit ﷺ për veprat më të mira ndryshojnë varësisht njerëzve e rrethanave të tyre dhe asaj që është më e dobishme për secilin prej tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Namazi më i rëndë për hipokritët është namazi i jacisë dhe i sabahut. Sikur ta dinin se çfarë (shpërblimi) ka në to, do të vinin, qoftë dhe zvarrë</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Namazi më i rëndë për hipokritët është namazi i jacisë dhe i sabahut. Sikur ta dinin se çfarë (shpërblimi) ka në to, do të vinin, qoftë dhe zvarrë. Më ka shkuar mendja të urdhëroj (myezinin) ta thërrasë ikametin për namaz, pastaj të lë dikë që t'ua falë njerëzve namazin e unë të shkoj me disa burra, që me vete të marrin turra drush e t'ua mësyjmë atyre që nuk vijnë për namaz e t'ua fus zjarrin shtëpive të tyre."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ lajmëron në këtë hadith për hipokritët dhe përtacinë e tyre në raport me pjesëmarrjen në namaz, veçanërisht në namazin e jacisë dhe sabahut. E, sikur ta dinin vlerën e  shpërblimit për pjesëmarrjen e tyre me xhematin e muslimanëve, do të vinin, qoftë dhe zvarrë, ashtu siç zvarritet fëmija me duar dhe gjunjë.
-. Profeti ﷺ deshi të urdhërojë që të falet namazi dhe të caktojë një njeri që t'u prijë njerëzve në vend të tij, pastaj të shkojë me disa burra, që do të marrin me vete turra drush, për te njerëzit që nuk marrin pjesë në namazin me xhemat dhe t'ua djegë me zjarr shtëpitë e tyre. Kjo, për shkak të mëkatit të rëndë që bënë, - por ai nuk e bëri këtë gjë, - për shkak të grave dhe fëmijëve të pafajshëm e të tjerëve që janë të arsyetuar (për mospjesëmarrje në xhami) dhe nuk kanë kurrfarë mëkati.</t>
+Profeti ﷺ deshi të urdhërojë që të falet namazi dhe të caktojë një njeri që t'u prijë njerëzve në vend të tij, pastaj të shkojë me disa burra, që do të marrin me vete turra drush, për te njerëzit që nuk marrin pjesë në namazin me xhemat dhe t'ua djegë me zjarr shtëpitë e tyre. Kjo, për shkak të mëkatit të rëndë që bënë, - por ai nuk e bëri këtë gjë, - për shkak të grave dhe fëmijëve të pafajshëm e të tjerëve që janë të arsyetuar (për mospjesëmarrje në xhami) dhe nuk kanë kurrfarë mëkati.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Rreziku i mospjesëmarrjes në namazit me xhemat në xhami.
 Hipokritët me adhurimin e tyre synonin syefaqësinë dhe famën, sepse ata merrnin pjesë në namaz kur i shihnin njerëzit.
 Shpërblimi i madh për faljen e namazit të jacisë dhe të sabahut me xhemat, madje ato meritojnë të shkojmë t'i falim, qoftë dhe zvarrë.
 Kujdesi për namazin e akshamit dhe të sabahut është siguri nga hipokrizia, ndërsa neglizhimi i tyre është një nga cilësitë e hipokritëve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3366</t>
   </si>
   <si>
     <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>Njëherë, një person hëngri me dorën e majtë në prani të të Dërguarit të Allahut ﷺ, e ai i tha: - “Ha me të djathtën!” - Nuk mundem, - ia ktheu ai. - “Mos mundsh!”</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
@@ -1883,50 +2643,53 @@
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith paralajmëroi kundër tijeras (besimit në ogure të zeza), ​​që nënkupton besimin në ndjelljen e së keqes të diçkaje që dëgjohet ose shihet, përfshirë zogjtë, kafshët, njerëzit me të meta, numrat, ditët etj. Fjala tijera, që nënkupton besimin në ogure të zeza, rrjedh nga fjala “tajr”, që do të thotë “zog”, sepse në periudhën paraislame, arabët, kur dëshiron të bënin ndonjë punë, qoftë udhëtim e tregti, qofshin gjëra të tjera, e kishin zakon të lëshonin një zog. Nëse ai fluturonte në anën e djathtë, atëherë kishin mendim të mirë dhe nisnin punën që ia kishin mësyrë. Por, nëse zogu fluturonte në anën e majtë, atëherë mendonin se kjo ishte një shenjë ogurzezë, prandaj hiqnin dorë nga ajo punë. Profeti ﷺ tregoi se kjo është shirk. Besimi në ogure të zeza është shirk, për faktin se askush nuk e sjell të mirën përveç Allahut dhe askush nuk e largon të keqen përveç Tij, të Vetmit, i Cili nuk ka ortak.
 Ibn Mesudi (Allahu qoftë i kënaqur me të!) përmendi se njëfarë mendimi ogurzi mund ta godasë zemrën e një muslimani, por ai duhet ta largojë atë duke u mbështetur tek Allahu dhe duke i marrë masat.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>Besimi në ogure të zeza është shirk, sepse në këtë mënyrë zemra lidhet me dikë tjetër përveç Allahut.
 Rëndësia e përsëritjes së çështjeve të rëndësishme, në mënyrë që ato të mbahen në mend dhe të skaliten në zemër.
 Mendimet ogurzeza i largon mbështetja në Allahun e Lartësuar.
 Urdhri për t'iu mbështetur vetëm Allahut dhe për ta lidhur zemrën vetëm me Të.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3383</t>
   </si>
   <si>
     <t>أليس يحرمون ما أحل الله فتحرمونه؟ ويحلون ما حرم الله فتحلونه؟ فقلت: بلى، قال: فتلك عبادتهم</t>
   </si>
   <si>
     <t>“A nuk e bënin ata haram atë që e kishte lejuar Allahu, edhe ju, pas tyre e bënit haram? A nuk jua bënin të lejuar atë që Allahu kishte bërë haram, e edhe ju e bënit të lejuar?” Iu përgjigja: “Gjithsesi.” Ai tha: “Ky ishte adhurimi që ju ua bënit atyre.”</t>
   </si>
   <si>
     <t>عن عدي بن حاتم رضي الله عنه : "أنه سمع النبي صلى الله عليه وسلم يقرأ هذه الآية: "اتَّخَذُوا أَحْبَارَهُمْ وَرُهْبَانَهُمْ أَرْبَابًا مِنْ دُونِ اللَّهِ وَالْمَسِيحَ ابْنَ مَرْيَمَ وَمَا أُمِرُوا إِلاَّ لِيَعْبُدُوا إِلَهًا وَاحِدًا لا إِلَهَ إِلاَّ هُوَ سُبْحَانَهُ عَمَّا يُشْرِكُونَ" فقلت له: إنا لسنا نعبدهم، قال: أليس يُحَرِّمُونَ ما أحل الله فتُحَرِّمُونَهُ؟ ويُحِلُّونَ ما حَرَّمَ الله فتُحِلُّونَهُ؟ فقلت: بلى، قال: فتلك عبادتهم".</t>
   </si>
   <si>
     <t>Adij ibn Hatimi tregon: “E dëgjova njëherë Profetin ﷺ të lexonte këtë ajet: “Ata i bënë rabinët dhe murgjit e tyre si zota në vend të Allahut, si dhe Mesihun, birin e Merjemes, ndërkohë që janë urdhëruar të adhurojnë vetëm një Hyjni, përveç të Cilit nuk ka tjetër që meriton të adhurohet. I lartësuar qoftë Ai mbi gjithçka që ia shoqërojnë!” (Et Teube, 31) Unë i thashë: “Ne nuk i adhuronim ata!” Profeti ﷺ tha: “A nuk e bënin ata haram atë që e kishte lejuar Allahu, edhe ju, pas tyre e bënit haram? A nuk jua bënin të lejuar atë që Allahu kishte bërë haram, dhe ju gjithashtu e bënit të lejuar?” Iu përgjigja: “Gjithsesi.” Ai tha: “Ky ishte adhurimi që ju ua bënit atyre.”</t>
   </si>
   <si>
     <t>حينما سمع هذا الصحابي الجليل تلاوة الرسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- لهذه الآية التي فيها الإخبار عن اليهود والنصارى: بأنهم جعلوا علماءهم وعبّادهم آلهة لهم يشرعون لهم ما يخالف تشريع الله فيطيعونهم في ذلك، استشكل معناها، لأنه كان يظن أن العبادة مقصورة على السجود ونحوه، فبين له الرسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- أن من عبادة الأحبار والرهبان: طاعتهم في تحريم الحلال وتحليل الحرام، خلاف حكم الله تعالى ورسوله -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ-.</t>
   </si>
   <si>
     <t>Kur ky sahab i nderuar dëgjoi recitimin e këtij ajeti nga Profeti ﷺ, në të cilin ka njoftim për hebrenjtë dhe të krishterët, se ata i konsideruan dijetarët dhe adhuruesit e tyre zota për ta, gjë që ligjësuan për ta atë që bie në kundërshtim me ligjin e Allahut, kësisoj ata u bindeshin në të, kështu që kuptimi i adhurimit u ngatërrua, sepse ai mendonte se adhurimi kufizohet në sexhde dhe të ngjashme. Andaj, Profeti ﷺ ia sqaroi se prej adhurimit të rabinëve dhe murgjve ishte: bindja ndaj tyre në konsiderimin të lejuar të asaj që është haram, si dhe konsiderimin haram të asaj që është e lejuar, që është në kundërshtim me gjykimin e Allahut të Lartësuar dhe të Profetit të Tij ﷺ.</t>
   </si>
   <si>
     <t>أن طاعة العلماء وغيرهم من المخلوقين في تغيير أحكام الله -إذا كان المطيع يعرف مخالفتهم لشرع الله- شركٌ أكبر.
 أن التحليل والتحريم حقٌّ لله -تعالى-.
@@ -1983,50 +2746,53 @@
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>Një grup njerëzish shkuan te Profeti (paqja qoftë mbi të!) dhe kur mbërritën tek ai, e lavdëruan me disa fjalë që ai (paqja qoftë mbi të!) nuk i pëlqeu. Ata i thanë: "Ti je zotëria ynë" Ai (paqja qoftë mbi të!) tha: "Zotëria është Allahu!" Atij i takon zotërimi dhe sundimi i plotë mbi krijesat e Tij, ndërsa krijesat janë robërit e Tij. Ata i thanë: "Ti je më i virtytshmi ndër ne." D.m.th. më i larti ndër ne në pozitë, në fisnikëri dhe në veçori. Dhe: "Ti je më superiori ndër ne." Domethënë: ti je më superiori ndër ne, në bamirësi, në madhështi dhe në pozitë. Pastaj Profeti (paqja qoftë mbi të!) i këshilloi që të thonin fjalët e tyre të zakonshme dhe të mos viheshin në siklet në përzgjedhjen e fjalëve, si dhe të bënin kujdes gjithashtu që djalli të mos i shtynte drejt ekstremizmit dhe kalimit të caqeve, duke rënë në gjëra të paligjshme si shirku dhe mjetet që të çojnë në shirk.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Pozita e lartë e Profetit (paqja qoftë mbi të!) në zemrat e shokëve të tij dhe respekti që ata kishin për të.
 Ndalimi i sikletosjes në përzgjedhjen e fjalëve dhe të qenët mesatar në të folur.
 Ruajtja e teuhidit nga fjalët dhe veprat që e cenojnë atë.
 Ndalimi i ekstremizmit në lavdërimin e dikujt, ngase ai është një prej shtigjeve të djallit.
 Profeti (paqja qoftë mbi të!) është zotëria i bijve të Ademit, ndërsa ajo që është cekur në këtë hadith, është thënë nga modestia dhe nga frika se mos po i kalonin caqet në lavdërimin e tij.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3389</t>
   </si>
   <si>
     <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Ti po shkon te një popull që janë ithtarë të Librit. Kur të arrish tek ata, thirri të dëshmojnë se askush përveç Allahut nuk meriton të adhurohet dhe se Muhamedi është i Dërguari i Allahut</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me ta!) tregon: "Kur i Dërguari i Allahut ﷺ e dërgoi Muadh ibn Xhebelin në Jemen, i tha: “Ti po shkon te një popull që janë ithtarë të Librit. Kur të arrish tek ata, thirri të dëshmojnë se askush përveç Allahut nuk meriton të adhurohet dhe se Muhamedi është i Dërguari i Allahut. Nëse të binden në këtë, tregoju se Allahu ua ka bërë obligim pesë namaze brenda ditës e natës. Nëse të binden në këtë, tregoju se Allahu ua ka bërë obligim zekatin, që u merret të pasurve e u jepet të varfërve të tyre. E, nëse të binden, kujdes, mos ua merr pasurinë e çmuar! Ruaju lutjes së atij që i bëhet padrejtësi, sepse mes tij dhe Allahut nuk ka perde!”</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ e dërgoi Muadh ibn Xhebelin (Allahu qoftë i kënaqur me të!), në Jemen, - si thirrës për tek Allahu dhe mësues, - ia sqaroi se do të përballej me një grup të krishterësh, që kështu të ishte i gatshëm për ta dhe të fillojë t'i thërrasë ata fillimisht në gjërat më të rëndësishme e kështu me radhë. Pra, së pari i thërret për ta përmirësuar akiden (besimin), që të dëshmojnë se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është i Dërguari i Allahut, sepse me këtë futen në Islam. E, nëse i nënshtrohen kësaj, atëherë urdhërohen ta falin namazin, sepse ai është obligimi më i madh pas teuhidit (monoteizmit). Nëse ata e falin namazin, atëherë i urdhëron të pasurit e tyre që ta japin zekatin e pasurisë së tyre për të varfrit e tyre. Më pas ua tërhoqi vërejtjen që të mos ua merrte pasurinë më të çmuar, sepse obligim është ajo e mesmja. Në fund e këshilloi që të shmangë padrejtësinë, respektivisht që të mos lutet kundër tij ndonjë që i është bërë padrejtësi, sepse lutja e tij pranohet.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
@@ -2057,50 +2823,53 @@
     <t>Nga Ibn Abasi (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Mëngjesin e Akabesë, i Dërguari i Allahut (paqja qoftë mbi të!), ndërsa qëndronte mbi devenë e tij, më tha: ‘Kap disa guralecë për mua!’ Unë kapa për të shtatë guralecë të vegjël sa gurët që përdoren për të qëlluar. Ai i shkundi ato në dorën e tij dhe tha: ‘Si këta gurët përdorni për të hedhur!’ Mandej, ai tha: ‘O njerëz, ruhuni nga ekstremizmi në fe, sepse ata që ishin para jush u shkatërruan nga ekstremizmi në fe!’”</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se ai ishte me të Dërguarin e Allahut (paqja qofët mbi të!) në haxhin e lamtumirës, ditën e kurbanit në mëngjesin e hedhjes së gurëve te Xhemereja e Akabesë. I Dërguari i Allahut (paqja qoftë mbi të!) e urdhëroi të mblidhte për të gurët e Xhemeres dhe ai mori për të shtatë gurë të vegjël, ku secili prej tyre ishte sa një qiqër apo sa një lajthi. Profeti (paqja qoftë mbi të!) i vuri në dorën e tij dhe pasi i shkundi tha: "Gjuani me gurë të kësaj madhësie!" Mandej Profeti (paqja qoftë mbi të!) paralajmëroi ruajtjen nga ekstremizmi, rreptësia dhe tejkalimi i caqeve në çështjet e fesë, ngase popujt e mëparshëm u shkatërruan pikërisht për shkak të tejkalimit të caqeve dhe ekstremizmit në fe.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
     <t>Ndalimi i ekstremizmit në fe, si dhe sqarimi i përfundimit të tij të keq dhe se ai është shkak për shkatërrimin e njeriut.
 Reflektimi dhe meditimi mbi gjendjen e popujve të mëparshëm për të evituar gabimet që ata bënë.
 Këshilla dhe nxitja për të ndjekur sunetin.</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه ابن ماجه والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3395</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم سئل عن النُّشرة؟ فقال: هي من عمل الشيطان</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ është pyetur për prishjen e magjisë (ar. nushrah), e në atë rast ka thënë: "Ajo është prej punës së shejtanit.</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم سئل عن النُّشْرَةِ؟ فقال: هي من عمل الشيطان.</t>
   </si>
   <si>
     <t>Xhabiri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ është pyetur për prishjen e magjisë (ar. nushrah), e në atë rast ka thënë: "Ajo është prej punës së shejtanit.</t>
   </si>
   <si>
     <t>أن النبي -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- سئل عن علاج المسحور على الطريقة التي كانت تعملها الجاهلية، مثل: حل السحر بالسحر ما حكم ذلك، فأجاب -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- بأنه من عمل الشيطان أو بواسطته؛ لأنه يكون بأنواع سحرية واستخداماتٍ شيطانيةٍ، فهي شركية ومحرمة.
 أما النشرة الجائزة: فهي فك السحر بالرقية أو بالبحث عنه، وفكه باليد مع قراءة القرآن أو بالأدوية المباحة.</t>
   </si>
   <si>
     <t>Profeti ﷺ është pyetur për trajtimin e atij të cilit i kanë bërë magji në mënyrën që përdorej në epokën paraislame, bie fjala, zgjidhjen e magjisë me magji, se cili është gjykimi për këtë dhe Profeti ﷺ u përgjigj se ajo është punë e shejtanit ose nëpërmjet tij, sepse kjo zgjidhje - prishje (e magjisë) bëhet me lloje magjike dhe përdorime shejtanore, gjë që janë veprime idhujtareske dhe të ndaluara.
 Sa i përket zgjidhjes - prishjes së lejuar (të magjisë), ajo është duke e deshifruar magjinë me anë të rukjes (leximit të Kuranit e lutjeve fetare) ose kërkimi i saj dhe deshifrimi i saj me dorë duke ia bashkëngjitur leximin e Kuranit ose përdorimin e ilaçeve të lejuara.</t>
   </si>
   <si>
     <t>مشروعية سؤال العلماء عما أشكل حكمه؛ حذرًا من الوقوع في المحذور.
 النهي عن النشرة على الصفة التي تعملها الجاهلية؛ لأنها سحر والسحر كفر.
@@ -2128,50 +2897,143 @@
   </si>
   <si>
     <t>Omer ibn Hatabi (Allahu qoftë i kënaqur me ta!) ka thënë: "E kam dëgjuar Profetin ﷺ të thotë: “Mos më shenjtëroni siç e kanë shenjtëruar të krishterët të birin e Merjemes. Unë jam rob i Allahut, andaj thoni: "Rob i Allahut dhe i Dërguari i Tij.”</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e ndaloi teprimin dhe tejkalimin e kufirit fetar në raport me lavdërimin dhe përshkrimin e tij me cilësitë e Allahut të Lartësuar dhe veprimet e Tij të veçanta, ose se ai e di të fshehtën, ose të lutet së bashku me Allahun, siç vepruan të krishterët me Isain, të birin e Merjemes (alejhima selam). Më pas sqaroi se ai është prej robërve të Allahut, si dhe urdhëroi të themi: "Rob i Allahut dhe i Dërguari i Tij."</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Tërheqja e vërejtjes nga tejkalimi i kufirit fetar në raport me madhërimin dhe lavdërimin, sepse kjo çon drejt shirkut (idhujtarisë).
 Ajo për të cilën tërhoqi vërejtjen Profeti ﷺ ndodhi në këtë umet. Kështu, një grup e tepruan në raport me të Dërguarin e Allahut ﷺ, një grup tjetër  e teproi në raport me ehli bejtin (familjen profetike), ndërsa një grup tjetër e tepruan në raport me evlijatë, kështu që ranë në shirk.
 I Dërguari i Allahut ﷺ e përshkroi veten si rob i Allahut, për të treguar se ai është rob i nënshtruar i Allahut, të cilit nuk i lejohet t'i kushtohet asnjë nga karakteristikat e Zotit.
 I Dërguari i Allahut ﷺ e përshkroi veten si i Dërguari i Allahut, për të treguar se ai është profet i dërguar i Allahut, kështu që duhet besuar dhe duhet ndjekur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3406</t>
+  </si>
+  <si>
+    <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
+  </si>
+  <si>
+    <t>“Sëmundja nuk transmetohet vetvetiu te tjetri. Oguret nuk ndikojnë. Zëri i kukuvajkës nuk ndjell ogur të keq. Muaji i Seferit nuk është muaj ters. E, sa i përket të lebrosurit, ik prej tij siç ikën prej luanit!”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Sëmundja nuk transmetohet vetvetiu te tjetri. Oguret nuk ndikojnë. Zëri i kukuvajkës nuk ndjell ogur të keq. Muaji i Seferit nuk është muaj ters. E, sa i përket të lebrosurit, ik prej tij siç ikën prej luanit!”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
+الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
+الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
+الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
+الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
+الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka sqaruar disa çështje të kohës paraislame (xhahilietit), si paralajmërim ndaj tyre dhe si shpjegim se çështja është në dorë të Allahut dhe se asgjë nuk ndodh pa urdhrin dhe caktimin e Tij. Këto gjëra janë:
+E para: njerëzit e kohës paraislame besonin se sëmundja ishte ngjitëse vetvetiu, kështu që Profeti ﷺ ndaloi të besohet se sëmundja transmetohet vetvetiu nga i sëmuri te të tjerët, për faktin se Allahu është Ai që e ka në dorë universin dhe është Ai që e lëshon sëmundjen dhe e largon, dhe këto ndodhin vetëm me vullnetin dhe caktimin e Tij.
+Së dyti: nëse njerëzit e kohës paraislame dilnin për udhëtim ose tregti, i trembnin zogjtë: nëse fluturonin djathtas, e merrnin si shenjë të mirë, e, nëse fluturonin majtas, e quanin si shenjë tersi dhe ktheheshin, kështu që Profeti ﷺ ndaloi që njeriu ta konsiderojë ters veprimin e zogjve dhe sqaroi se ky është besim i kotë.
+Së treti: njerëzit e kohës paraislame thoshin se, nëse kukuvajka ulet në një shtëpi, familjes së saj do t'i ndodhë ndonjë fatkeqësi, kështu që Profeti ﷺ e ndaloi që njerëzit ta quajnë ters këtë gjë.
+E katërta: e ndaloi ta quajmë ters muajin e Seferit, i cili është muaji i dytë hënor. Mendohet gjithashtu se seferi është një parazit që ndodhet në stomak, që i prek bagëtitë dhe njerëzit. Ata pretendonin se ky parazit ishte më ngjitës sesa lebra, kështu që e ndaloi këtë bindje.
+E pesta: Profeti ﷺ urdhëroi të qëndrohet larg personit që ka sëmundje të lebrës, ashtu siç njeriu qëndron larg nga një luan. Kjo është një masë parandalimi dhe sigurie për veten, si dhe zbatim i shkaqeve që ka urdhëruar Allahu për t'i bërë. Lebra është një sëmundje (që shfaqet në lëkurë), nga e cila konsumohen organet e njeriut.</t>
+  </si>
+  <si>
+    <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
+وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
+إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
+في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
+  </si>
+  <si>
+    <t>Obligueshmëria e mbështetjes në Allahun dhe zbatimi i shkaqeve apo masave legjitime.
+Është obligim të besohet në kadanë dhe kaderin (paracaktimin) e Allahut dhe se shkaqet janë në dorë të Tij dhe se Ai është që i bën ato të ndodhin ose ua heq ndikimin.
+Hedhja poshtë e konsiderimit ters të disa gjërave, si ngjyra e zezë dhe e kuqja, ose disa numra, emra, njerëz dhe persona me të meta fizike.
+Ndalesa që ka ardhur për të mos iu afruar të lebrosurit dhe atyre që vuajnë nga sëmundje ngjitëse është një nga shkaqet që Allahu ka bërë që ato të çojnë në pasojat përkatëse. Shkaqet nuk janë të pavarura mëvetësishëm, përkundrazi, Allahu, nëse do, ua merr fuqitë që të mos ndikojnë në asgjë, e, nëse do, i lejon që të kenë ndikim.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3407</t>
+  </si>
+  <si>
+    <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
+  </si>
+  <si>
+    <t>Pasha Allahun, që Allahu të udhëzojë një njeri nëpërmjet teje është më e mirë për ty sesa të posedosh devetë e kuqe (lloji më i çmueshëm i deveve).”</t>
+  </si>
+  <si>
+    <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
+  </si>
+  <si>
+    <t>Sehël ibn Sa'di (Allahu qoftë i kënaqur me të!) transmeton se, ditën e Hajberit i Dërguari i Allahut ﷺ tha: “Nesër do t'ia jap këtë flamur një njeriu, nëpërmjet të cilit Allahu do të mundësojë çlirimin: njeri që e do Allahun dhe të Dërguarin e Tij ﷺ dhe që Allahu dhe i Dërguari i Tij ﷺ e duan atë.” Kështu, të gjithë njerëzit e kaluan natën duke hamendësuar se kujt do t'i jepej (flamuri). E, kur u gdhinë njerëzit, shkuan tek i Dërguari i Allahut ﷺ, duke shpresuar secili  që flamuri t'i jepej atij. Profeti ﷺ pyeti: “Ku është Ali ibn Ebu Talibi?” Dikush tha: "Ka shqetësime me sytë, o i Dërguari i Allahut." - "Thirreni këtu", - tha Profeti ﷺ. Kur erdhi, i Dërguari i Allahut ﷺ vendosi pështymën e tij në sytë e tij, u lut për të dhe ai u shërua, sikur të mos kishte pasur asgjë. Pastaj Profeti ﷺ ia dha flamurin dhe Aliu tha: "O i Dërguari i Allahut, t'i luftoj derisa të bëhen sikurse ne (muslimanë)?" Profeti ﷺ i tha: “Mos vepro asgjë pa shkuar në mesin e tyre e t'i ftosh në Islam dhe t'u tregosh çfarë obligimi kanë kundrejt Allahut në Islam. Pasha Allahun, që Allahu të udhëzojë një njeri nëpërmjet teje është më e mirë për ty sesa të posedosh devetë e kuqe (lloji më i çmueshëm i deveve).”</t>
+  </si>
+  <si>
+    <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
+وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
+فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
+فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
+فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
+فقيل: إنه مريض يشتكي عينيه.
+فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
+ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith u tregoi sahabëve se muslimanët nesër do të fitojnë kundër hebrenjve të Hajberit, nëpërmjet një burri që do t'ia jepte personalisht flamurin, flamur këtë të cilin ushtria e përdorte si simbol të saj. Një prej virtyteve të këtij burri ishte se e donte Allahun dhe të Dërguarin e Tij dhe se Allahu dhe i Dërguari i Tij e donin atë gjithashtu. Kështu, sahabët e kaluan natën duke diskutuar dhe duke biseduar se kujt do t'i jepej flamuri e duke qenë të interesuar për këtë nder të madh. Kur erdhi mëngjesi, shkuan te Profeti ﷺ, që të gjithë, duke shpresuar të merrnin këtë nder.
+Profeti ﷺ pyeti për Ali ibn Ebu Talibin (Allahu qoftë i kënaqur me të!).
+I thanë: "Ai është i sëmurë, po ankohet prej syve."
+Profeti ﷺ i dërgoi tek ai dhe ata ia sollën. Ai vendosi në sytë e Aliut diçka nga pështyma e tij fisnike dhe u lut për të dhe ai u shërua nga sëmundja që kishte, sikur të mos kishte asnjë sëmundje, sakaq ia dha flamurin dhe e urdhëroi që të vazhdonte me butësi derisa t'i afrohej fortesës së armikut dhe t'i ftonte në Islam, e, nëse pranonin, atëherë t'i tregonte çfarë obligimesh kanë.
+Pastaj Profeti ﷺ ia sqaroi Aliut vlerën e thirrjes tek Allahu dhe, nëse thirrësi bëhet shkak për udhëzimin e një njeriu, kjo është më mirë për të sesa të posedojë deve të kuqe, - të cilat ishin pasuria më e çmuar e arabëve, - t'i mbajë në pronësinë e vet  ose t'i japë lëmoshë.</t>
+  </si>
+  <si>
+    <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
+حرص الصحابة على الخير وتسابقهم إليه.
+مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
+من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
+أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
+أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
+فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
+  </si>
+  <si>
+    <t>Vlera e Ali ibn Ebu Talibit (Allahu qoftë i kënaqur me të!) dhe dëshmia e Profetit ﷺ për të se Allahu dhe i Dërguari i Tij e duan dhe se ai e do Allahun dhe të Dërguarin e Tij.
+Interesimi i sahabëve për të bërë mirë dhe garimi i tyre në këtë drejtim.
+Pëlqyeshmëria e ruajtjes së edukatës gjatë luftës dhe shmangia e rrëmbyeshmërisë dhe britmave të bezdisshme e të panevojshme.
+Ndër dëshmitë e profecisë së Muhamedit ﷺ ishte lajmi i fitores ndaj hebrenjve dhe shërimi i syve të Ali ibn Ebu Talibit përmes tij, me lejen e Allahut.
+Qëllimi më madhor i xhihadit është hyrja e njerëzve në Islam.
+Thirrja bëhet gradualisht; nga jobesimtari kërkohet fillimisht të bëhet musliman duke shqiptuar shehadetin (dëshminë islame) e më pas ai urdhërohet t'i kryejë detyrat e Islamit.
+Vlera e thirrjes në Islam dhe të mirat që ajo i sjell atij që ftohet dhe atij që fton në Islam: ai që ftohet mund të udhëzohet, ndërsa ai që fton merr me një shpërblim të madh.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3409</t>
   </si>
   <si>
     <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>‘O xhaxhai im, thuaj “la ilahe il-lallah” që me këtë fjalë të ndërmjetësoj për ty tek Allahu!'</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>Seid ibn Musejebi ka përcjellë nga babai i tij se ka thënë: “Profeti (paqja qoftë mbi të!) shkoi tek Ebu Talibi kur ai ishte në prag të vdekjes dhe pranë tij gjeti Ebu Xhehlin dhe Abdullah ibn Ebi Umeje ibn Mugiren. Ai i tha: ‘O xhaxhai im, thuaj “la ilahe il-lallah” që me këtë fjalë të ndërmjetësoj për ty tek Allahu!' Menjëherë Ebu Xhehli dhe Abdullah ibn Ebi Umeje i thanë: ‘A do të braktisësh fenë e Abdulmutalibit!’ Profeti (paqja qoftë mbi të!) vazhdoi t’ia parashtronte kërkesën e tij dhe ndërkohë ata të dy vazhdonin t’ia përsërisnin fjalët e tyre, derisa fjalët e fundit që Ebu Talibi u tha atyre ishin se ai i qëndronte fesë së Abdulmutalibit dhe refuzoi të thoshte “la ilahe il-lallah”. Profeti (paqja qoftë mbi të!) tha: ‘Betohem për Allahun se do të vazhdoj të kërkoj falje për ty për sa kohë që nuk më ndalohet ta bëj!' Atëherë Allahu shpalli: “Nuk i takon profetit dhe atyre që kanë besuar që të kërkojnë falje për idhujtarët.” (Teube,113) Allahu shpalli gjithashtu lidhur me Ebu Talibin dhe i tha të dërguarit të Tij: “Ti nuk udhëzon kë të duash, por Allahu është Ai që udhëzon kë të dojë.” (Kasas, 56)</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) shkoi te xhaxhai i tij në kohën që ai po jepte shpirt dhe i tha: “O xhaxhai im, thuaj “la ilahe il-lallah” që unë të dëshmoj për ty para Allahut për këtë fjalë!" Në këtë çast, Ebu Xhehli dhe Abdullah ibn ebi Umeje thanë: “O Ebu Talib, po e braktis fenë e babait tënd Abdulmutalibit?! (E cila konsistonte në adhurimin e idhujve.) Ata vazhduan t’i flisnin atij, derisa fjalët e tij të fundit që tha ishin se ai i qëndronte fesë së Abdulmutalibit, fesë së politeizmit dhe idhujtarisë. Profeti (paqja qoftë mbi të!) tha: “Unë do të kërkoj falje për ty përderisa Zoti im nuk më ndalon ta bëj." Sakaq, Allahu i Madhëruar shpalli: “Nuk i takon Profetit dhe atyre që kanë besuar që të kërkojnë falje për idhujtarët edhe nëse ata janë të afërm, kur u është bërë e qartë se ata janë nga banorët e Zjarrit.” (Teube,113) Lidhur me Ebu Talibin, u shpall: “Ti nuk udhëzon kë të duash, por Allahu është Ai që udhëzon kë të dojë. Ai e di më mirë se cilët janë të udhëzuarit.” (Kasas,56) Pra, ti nuk e udhëzon dot atë që ti do që të udhëzohet. Ti ke për detyrë vetëm të kumtosh. Allahu është Ai që udhëzon kë të dojë.</t>
@@ -2578,50 +3440,100 @@
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) e dërgoi Amar ibn Jasirin (Allahu qoftë i kënaqur me të!) në një udhëtim për një nevojë. Ndërkohë, gjatë udhëtimit ai u bë xhunub nga marrëdhënia intime bashkëshortore ose në gjumë dhe nuk gjeti ujë për t'u larë. Ai nuk e dinte dispozitën e tejemumit për xhunubllëkun, por dinte vetëm dispozitën e tij për abdesin. Kështu që, ai nxori një gjykim nga ana e tij dhe mendoi se meqenëse fërkohen me dhe disa gjymtyrë të abdesit, atëherë për shkak të xhunubllëkut duhet fërkuar me dhe i gjithë trupi! Duke bërë kështu analogji me larjen e trupit me ujë. Kësisoj, ai u rrokullis në tokë, derisa e fërkoi të gjithë trupin me dhe, dhe fali namazin. Kur u kthye te Profeti (paqja qoftë mbi të!) ia përmendi atij atë që kishte bërë, për të parë nëse ajo që kishte bërë ishte e saktë apo jo! Kësisoj, Profeti (paqja qoftë mbi të!) i shpjegoi atij se mënyra e pastrimit nga papastërtia e vogël si: urinimi, dhe nga papastërtia e madhe si: xhunubllëku, është që të përplasë shuplakat në dhe, një herë, dhe të fërkojë shuplakën e djathtë me të majtën dhe pjesën e jashtme të të dyja duarve dhe fytyrën.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Obligimi i kërkimit të ujit para marrjes së tejemumit.
 Lejimi i marrjes së tejemumit në rast xhunubllëku kur nuk ka ujë.
 Tejemumi nga papastërtia e madhe është i njëjtë si tejemumi nga  papastërtia e vogël.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3461</t>
   </si>
   <si>
+    <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
+  </si>
+  <si>
+    <t>“Kur njerëzit e shohin zullumqarin dhe nuk e pengojnë (nga zullumi), ka të ngjarë që Allahu t'i ndëshkojë të gjithë</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Bekri (Allahu qoftë i kënaqur prej tij!) ka thënë: “O njerëz, ju e lexoni këtë ajet: "O besimtarë! Ju keni përgjegjësi vetëm për veten tuaj! Ai që është i humbur, nuk mund t’ju dëmtojë, nëse jeni në rrugë të drejtë." (El Maide, 105) Por unë kam dëgjuar të Dërguarin e Allahut ﷺ të thotë: “Kur njerëzit e shohin zullumqarin dhe nuk e pengojnë (nga zullumi), ka të ngjarë që Allahu t'i ndëshkojë të gjithë."</t>
+  </si>
+  <si>
+    <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
+{يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
+ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
+فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
+إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
+  </si>
+  <si>
+    <t>Ebu Bekri (Allahu qoftë i kënaqur me të!) tregon se njerëzit e lexojnë këtë ajet:
+"O besimtarë! Ju keni përgjegjësi vetëm për veten tuaj! Ai që është i humbur, nuk mund t’ju dëmtojë, nëse jeni në rrugë të drejtë." (El Maide, 105)
+Ata kuptuan prej ajetit se njeriu duhet të përpiqet vetëm për të përmirësuar veten e vet dhe se ai nuk do të dëmtohet më pas nga devijimi i atyre që kanë humbur rrugën e drejtë, dhe se prej tyre nuk kërkohet që të urdhërojnë për mirë dhe të ndalojnë nga e keqja!
+Andaj, ai u tregoi se nuk është kështu dhe se ai e kishte dëgjuar Profetin ﷺ të thotë: nëse njerëzit e shohin zullumqarin dhe nuk e pengojnë atë nga zullumi i tij, ndrëkohë që kanë mundësi për ta penguar atë, ka të ngjarë që Allahut t'i përfshijë me dënim të gjithë: vepruesin e së keqes dhe atë që hesht ndaj saj.</t>
+  </si>
+  <si>
+    <t>واجب المسلمين التناصح والأمر بالمعروف والنهي عن المنكر.
+عقاب الله العام يشمل الظالم لظلمه، ويشمل الساكت عن الإنكار إن كان قادرًا على الإنكار.
+تعليم العامة وإفهامهم النصوص القرآنية على الوجه الصحيح لها.
+أنه يجب على الإنسان العناية بفهم كتاب الله عز وجل، حتى لا يفهمه على غير ما أراد الله تعالى.
+الاهتداء لا يتحقق مع ترك الأمر بالمعروف والنهي عن المنكر.
+التفسير الصواب للآية: الزموا حفظ أنفسكم عن المعاصي، فإذا حفظتم أنفسكم لم يضركم إذا عجزتم عن الأمر بالمعروف والنهي عن المنكر ضلال من ضل بارتكاب المناهي إذا اهتديتم إلى اجتنابها.</t>
+  </si>
+  <si>
+    <t>Është obligim për muslimanët që të këshillojnë njëri-tjetrin dhe të urdhërojnë për mirë dhe të ndalojnë nga e keqja.
+Ndëshkimi i përgjithshëm i Allahut e përfshin zullumqarin ngase ka bërë zullum dhe e përfshin dhe atë që nuk e ka kritikuar nëse ka pasur mundësi ta kritikojë.
+Ti jepet mësim popullit dhe t'i shpjegohen tekstet kuranore në mënyrën e duhur.
+Njeriu duhet të interesohet që ta kuptojë Librin e Allahut të Latmadhëruar siç duhet, në mënyrë që të mos e kuptojë atë në një formë tjetër nga ajo që dëshiron Allahu i Lartësuar.
+Nuk arrihet udhëzimi nëse lihet detyra e urdhërimit për mirë dhe ndalimit nga e keqja.
+Komentimi i saktë i ajetit është: Bëni çmos që ta ruani veten nga mëkatet, e, nëse e ruani veten, atëherë nuk do t'ju dëmtojë devijimi i atyre që kanë devijuar, të cilët veprojnë gjëra të ndaluara, nëse nuk jeni në gjendje të urdhëroni për mirë dhe të ndaloni nga e keqja dhe nëse ju nuk i veproni vetë ato.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3470</t>
+  </si>
+  <si>
     <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>“Atij që ma garanton atë që është mes dy nofullave dhe atë që është mes dy këmbëve, ia garantoj Xhenetin.”</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Sehël ibn Sadi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Atij që ma garanton atë që është mes dy nofullave dhe atë që është mes dy këmbëve, ia garantoj Xhenetin.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith për gjëra, të cilave, nëse u përmbahet muslimani, ka për të hyrë në Xhenet:
 E para: ruajtja e gjuhës nga të folurit e gjërave që e hidhërojnë Allahun e Lartësuar.
 E dyta: ruajtja e organit intim nga rënia në kurvëri.
 I përmendi këta dy organe, sepse përmes tyre më së shumti bëhet mëkat.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
@@ -2756,50 +3668,53 @@
   <si>
     <t>Nga Ebu Umameh (Allahu qoftë i kënaqur me të!) përcillet se ka thënë se e ka dëgjuar Profetin e Allahut (paqja qoftë mbi të!), duke predikuar në Haxhin e lamtumirës: "Kini frikë Allahun, Zotin tuaj, falni pesë namazet tuaja, agjëroni muajin tuaj, jepeni zekatin e pasurive tuaja dhe bindjuni të parit tuaj, që të hyni në Xhenetin e Zotit tuaj!"</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) mbajti një predikim në ditën e Arafatit në Haxhin e lamtumirës, i cili u zhvillua në vitin e dhjetë të hixhretit. Ky haxh e mori këtë emërtim për shkak se në të Profeti (paqja qoftë mbi të!) i dha lamtumirën njerëzve. Ai i urdhëroi të gjithë njerëzit që t'i frikësohen Zotit të tyre, duke i përmbushur urdhëresat dhe duke u shmangur nga ndalesat e Tij. Ai i urdhëroi gjithashtu që të falnin pesë namazet që Allahu i Madhërishëm ua kishte bërë obligim gjatë ditës dhe gjatë natës dhe që të agjëronin muajin e Ramazanit. I urdhëroi po ashtu që t'ua jepnin zekatin e pasurive atyre që e meritojnë dhe të mos tregohen dorështrënguar, si dhe që t'i binden atyre që Allahu i ka bërë udhëheqës të tyre, me përjashtim kur urdhërojnë për ndonjë mëkat. Shpërblimi i atij që i bën gjërat e lartpërmendura është Xheneti.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Këto vepra janë prej shkaqeve të hyrjes në Xhenet.</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3520</t>
   </si>
   <si>
     <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>Allahu nuk e pranon namazin e asnjërit prej jush, nëse e ka prishur abdesin, derisa të marrë sërish</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Allahu nuk e pranon namazin e asnjërit prej jush, nëse e ka prishur abdesin, derisa të marrë sërish."</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se një nga kushtet e vlefshmërisë së namazit është pastërtia, kështu që, kushdo që dëshiron të falë namaz, duhet të marrë abdes, nëse ka bërë ndonjë veprim që ia prish abdesin, si: jashtëqitja, urina, gjumi etj.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
@@ -2844,51 +3759,154 @@
   <si>
     <t>Dhikri më i mirë është: "La ilahe il-lallah", ndërsa lutja më e mirë është: "Elhamdulilah</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Xhabiri (Allahu qoftë i kënaqur me të!) tregon se e ka dëguar të Dërguarin e Allahut ﷺ të thotë: "Dhikri më i mirë është: "La ilahe il-lallah", ndërsa lutja më e mirë është: "Elhamdulilah."</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se dhikri (përmendja e Allahut) më i mirë është: “La ilahe il-lallah”, që do të thotë se s'ka të adhuruar të denjë përveç Allahut, e lutja më e mirë është: "Elhamdulilah (çdo lavdërim i takon Allahut)", që nënkupton pranimin se Dhuruesi është Allahu i Lartësuar, Meritori për cilësitë e përsosura dhe të bukura.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Inkurajimi për ta thënë shpesh fjalën e teuhidit dhe lutjen "elhamdulilah".</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3567</t>
+  </si>
+  <si>
+    <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
+  </si>
+  <si>
+    <t>“A doni t'ju tregoj për një gjë, me të cilën Allahu jua fshin mëkatet dhe jua lartëson gradat?</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “A doni t'ju tregoj për një gjë, me të cilën Allahu jua fshin mëkatet dhe jua lartëson gradat?” - Posi, o i Dërguari i Allahut! - thanë të pranishmit. Ai tha: “Përsosja e abdesit në kohë vështirësie, hapat e shumtë për në xhami dhe pritja e namazit pas namazit, kjo konsiderohet "ribat" (qëndrim në gatishmëri ushtarake nëpër kufij).”</t>
+  </si>
+  <si>
+    <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
+قال الصحابة: نعم نريد ذلك. قال: 
+الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
+الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
+الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
+ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ i pyeti shokët e tij nëse dëshironin që t'u tregonte për  vepra që do të ishin shkak për faljen e mëkateve dhe fshirjen e tyre nga regjistrat e melekëve shkrues, si dhe në ngritjen e pozitave të larta në Xhenet?
+Sahabët thanë: "Po, e duam një gjë të tillë."
+E para: plotësimi dhe përsosja e abdesit në raste vështirësie, si: i ftohti, mungesa e ujit, dhimbjet e trupit dhe uji i nxehtë.
+E dyta: hapat e shumtë për të shkuar në xhami, edhe nëse është larg.
+E treta: pritja e kohës së namazit, lidhja e zemrës me të, gatishmëria për të dhe ulja në xhami për të pritur namazin me xhemat, dhe qëndrimi pas faljes në vendin e tij për faljen e namazit tjetër.
+Pastaj Profeti ﷺ sqaroi se këto vepra janë gatishmëria e vërtetë, për shkak se ua mbyllin rrugët shejtanit që të sundojë mbi shpirtin, i mposhtin dëshirat e shfrenuara dhe e mbrojnë shpirtin nga cytjet, kështu që ushtria e Allahut i mund ushtarët e shejtanit përmes këtyre adhurimeve, e ky është xhihadi më i madh, andaj kjo konsiderohet si gjendje gatishmërie në kufi me armikun.</t>
+  </si>
+  <si>
+    <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
+حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
+فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
+قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
+كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
+  </si>
+  <si>
+    <t>Rëndësia e faljes së namazit me xhemat në xhami në mënyrë të rregullt, kushtimi i vëmendjes ndaj namazeve dhe mosneglizhimi i tyre.
+Profeti ﷺ e parashtroi këtë çështje në mënyrë të bukur për t'i motivuar sahabët; ai e nisi bisedën me një shpërblim të madh, në formë pyetëse, e kjo është një nga mënyrat e mësimdhënies.
+Dobia e parashtrimit të çështjes në formë pyetje-përgjigje është se fjala ka ndikim më të madh në shpirt.
+Neveviu (Allahu e pastë mëshiruar!) ka thënë: "Kjo është gatishmëria (ribat)" d.m.th. gatishmëria e lakmueshme dhe e pëlqyeshme. Fjala "ribat" nga ana gjuhësore ka kuptimin e  lidhjes së diçkaje, e në këtë rast ajo merr kuptimin e lidhjes së vetes për të kryer këto adhurime. Thuhet se kjo është gatishmëria më e mirë bazuar në shprehjen "Xhihadi më i mië është xhihadi kundër vetes - unit." Mirëpo ka gjasa që Pejgamberi (paqja qoftë me të!) me fjalët " Kjo është gatishmëria (ribat)" të ketë pasur për qëllim që: kjo është një nga llojet e gatishmërisë që mund ta bëjë cilido.
+Fjala "ribat" është përsëritur disa herë dhe ka ardhur në formë të shquar, për të treguar se këto vepra kanë një rëndësi të madhe.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3574</t>
+  </si>
+  <si>
+    <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
+  </si>
+  <si>
+    <t>A t'ju tregoj për veprën tuaj më të mirë, më të pastër te Sunduesi juaj dhe më të lartë për ju në pozitë</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
+  </si>
+  <si>
+    <t>Ebu Derdai (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "A t'ju tregoj për veprën tuaj më të mirë, më të pastër te Sunduesi juaj dhe më të lartë për ju në pozitë; më të mirë për ju se shpenzimi i arit dhe argjendit dhe më të mirë për ju sesa të përballeni me armikun tuaj: t'u mëshoni në qafat e tyre dhe t'ju mëshojnë në qafat tuaja?" Thanë: "Patjetër." Atëherë Profeti ﷺ tha: "Përkujtimi i Allahut të Lartësuar."</t>
+  </si>
+  <si>
+    <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
+هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
+وأرفعها في منازلكم في الجنة؟ 
+وخير لكم من التصدُّق بالذهب والفضة؟ 
+وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
+قال الصحابة: نعم نريد ذلك. 
+قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ i pyeti sahabët:
+A doni t'ju tregoj dhe t'ju mësoj për veprën tuaj më të mirë, më fisnike, më të frytshme, më të pastër dhe më të dëlirë tek Allahu, Sunduesi i Lartmadhëruar?
+Më e larta në shkallët tuaja në Xhenet?
+Më e mirë për ju sesa të jepni lëmoshë ari dhe argjend?
+Më e mirë për ju sesa t'i takoni jobesimtarët për t'i luftuar, kur ua mëshoni qafave të tyre dhe jua mëshojnë qafave tuaja?
+Sahabët thanë: "Po, e duam një gjë të tillë."
+Profeti ﷺ tha: "Dhikri - përmendja dhe përkujtimi i Allahut të Lartësuar në çdo kohë, në çdo fromë dhe gjendje."</t>
+  </si>
+  <si>
+    <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
+جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
+قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
+قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
+أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
+التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
+  </si>
+  <si>
+    <t>Përmendja e vazhdueshme e Allahut të Lartësuar, në aspektin e jashtëm dhe të brendshëm (me gjuhë dhe me zemër), është një nga format më madhështore dhe më të dobishme të afrimit me Allahun e Lartësuar.
+Të gjitha veprat janë ligjësuar për të përmbushur detyrën e përkujtimit të Allahut të Lartësuar. Allahu i Lartësuar thotë: "Fale namazin për të më kujtuar Mua!" (Taha, 14) Ndërkaq, Profeti ﷺ ka thënë: "Tavafi (rrotullimi) rreth Qabesë, ndërmjet Safasë e Mervasë dhe gjuajtja e guralecëve janë ligjësuar për të përkujtuar Allahun e Lartësuar." E shënojnë Ebu Davudi dhe Tirmidhiu.
+Izz ibn Abduselami në librin e tij mbi parimet e fesë ka thënë: "Ky hadith tregon se jo në të gjitha adhurimet shpërblimi merret në varësi të lodhjes, përkundrazi, Allahu i Lartësuar nganjëherë mund të shpërblejë më shumë për veprat e vogla sesa për të mëdhatë, kështu që shpërblimi merret në varësi të epërsisë së veprës në fisnikëri dhe superioritet.
+Munavi ka thënë në "Fejdul Kadir": "Ky hadith interpretohet në kuptimin se dhikri ishte më i mirë për ata të cilëve u është drejtuar Profeti ﷺ në atë moment. Po t'i drejtohej një personi trim, prej të cilit do të kishte dobi Islami në luftë, atëherë vepër më e mirë për të do të ishte xhihadi (lufta në rrugë të Allahut); ose një njeriu të pasur, pasuria e të cilit u sjell dobi të varfërve, atëherë vepër më e mirë për të do të ishte sadakaja (lëmosha); ose atij që është në gjendje të kryejë haxhin, do t'i thuhej vepra më e mirë është haxhi; ose dikush që i ka dy prindërit (gjallë), do t'iu thuhej të kujdesej e t'i respektojë ata. Kështu bëhet harmonizimi midis haditheve të ndryshme."
+Forma më e përkryer e dhikrit është ajo që e shpreh gjuha së bashku me meditimin e zemrës, pastaj ajo që është vetëm me zemër, siç është meditimi, e pastaj ajo që është vetëm me gjuhë, secila nga këto forma ka shërblim me lejen e Allahut të Lartësuar.
+Përkushtimi i muslimanit ndaj dhikreve që lidhen me situata të ndryshme, si: dhikri i mëngjesit dhe i mbrëmjes, hyrjes dhe daljes nga xhamia, shtëpia, tualeti etj, e bën atë një nga ata që e përmendin shpesh Allahun.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3575</t>
   </si>
   <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>“Xheneti është më afër jush sesa lidhësja e nallaneve tuaja. Ashtu është edhe Zjarri.”</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Xheneti është më afër jush sesa lidhësja e nallaneve tuaja. Ashtu është edhe Zjarri.”</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se Xheneti dhe Zjarri janë afër njeriut, si lidhësja e këpucëve që është në pjesën e sipërme të këmbës, sepse ai mund të bëjë një vepër e ta fitojë kënaqësinë e Allahut të Lartmadhëruar e përmes saj të futet në Xhenet, ose të bëjë një gjynah e të jetë shkak për të hyrë në Zjarr.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Inkurajimi për hair, sado i paktë që të jetë, si dhe kërcënimi nga sherri, sado i paktë që të jetë.
@@ -2904,50 +3922,53 @@
     <t>Misvaku e pastron gojën dhe e kënaq Zotin</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Misvaku e pastron gojën dhe e kënaq Zotin."</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se pastrimi i dhëmbëve me degën e pemës arak (misvak) e të ngjashme, e pastron gojën nga papastërtitë dhe era e keqe dhe është nga shkaqet që Allahu të kënaqet me robin, sepse ky veprim tregon bindjen ndaj Allahut e përgjigjen ndaj urdhrit të Profetit ﷺ dhe, njëkohësisht, me të arrihet pastërtia që e do Allahu i Lartësuar.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Vlera e pastrimit të dhëmbëve me misvak dhe inkurajimi që Profeti ﷺ ia bëri umetit të tij për të shtuar një veprim të tillë.
 Gjatë pastrimit të dhëmbëve është më mirë të përdoret shkopi i pemës arak (misvaku), por përdorimi i furçës dhe pastës kryen të njëjtin funksion.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه النسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3588</t>
   </si>
   <si>
     <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>“Pesë namazet ditore, namazi i xhumasë deri në namazin e xhumasë tjetër dhe Ramazani deri në Ramazanin tjetër janë falje për gjynahet e bëra mes tyre, nëse njeriu ruhet prej gjynaheve të mëdha.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ thoshte: “Pesë namazet ditore, namazi i xhumasë deri në namazin e xhumasë tjetër dhe Ramazani deri në Ramazanin tjetër janë falje për gjynahet e bëra mes tyre, nëse njeriu ruhet prej gjynaheve të mëdha.”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se pesë namazet e detyrueshme gjatë ditës dhe natës, namazi i xhumasë çdo javë dhe agjërimi i muajit Ramazan çdo vit janë shlyerje për gjynahet e vogla që ndodhin mes tyre, me kusht që të shmangen gjynahet e mëdha. Sa u përket gjynaheve të mëdha, si: kurvëria e konsumimi i alkoolit, ato i fshin vetëm pendimi.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
@@ -3020,50 +4041,111 @@
 مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
   </si>
   <si>
     <t>Një beduin nga banorët e shkretëtirës erdhi te Profeti (paqja qoftë mbi të!) që Profeti t'i tregonte atij për një punë, e cila do ta fuste atë në Xhenet. Profeti (paqja qoftë mbi të!) iu përgjigj se hyrja në Xhenet dhe shpëtimi nga Zjarri kushtëzohen me përmbushjen e shtyllave të Islamit, si: adhurimi i Allahut të Vetmit dhe mosbërja e asgjëje ortak me të. Falja e pesë namazeve që Allahu ua ka bërë obligim robërve të Tij gjatë natës dhe ditës, dhënia e zekatit që Allahu e ka bërë obligim atyre që e meritojnë, dhe të tregosh kujdes që muajin e Ramazanit ta agjërosh në kohën e vet. Burri tha: "Betohem për Atë në Dorën e të Cilit është shpirti im se nuk do të bëj asnjë adhurim më tepër se këto vepra obligative që i dëgjova prej teje dhe se nuk do të pakësoj asgjë prej tyre!" Kur u largua, Profeti (paqja qoftë mbi të!) tha: "Kush dëshiron të shohë një burrë nga banorët e Xhenetit, le të shohë këtë beduinin!"</t>
   </si>
   <si>
     <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
 الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
 الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
 حرص الرجل على تَعلُّم أمر دينه.
 إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
 تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
   </si>
   <si>
     <t>Njësimi i Allahut në adhurim është gjëja e parë me të cilën niset thirrja për tek Allahu.
 Të mjaftuarit me mësimin e adhurimeve obligative ndaj atyre që janë fillestarë në Islam.
 Thirrja për tek Allahu i Madhëruar duhet patjetër të jetë në mënyrë graduale.
 Zelli i këtij burri për të mësuar fenë e vet.
 Muslimani shpëton nëse mjaftohet me kryerjen e adhurimeve obligative, mirëpo kjo nuk nënkupton neglizhimin e adhurimeve vullnetare, sepse adhurimet vullnetare plotësojnë mangësitë që gjenden tek adhurimet e detyrueshme.
 Përmendja vetëm e një pjese të adhurimeve dëshmon për rëndësinë e tyre dhe shërben si nxitje për kryerjen e tyre, por kjo assesi nuk nënkupton se nuk ka adhurime të tjera të detyrueshme veç tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3689</t>
   </si>
   <si>
+    <t>أفلح إن صدق</t>
+  </si>
+  <si>
+    <t>“Do të shpëtojë, nëse po thotë të vërtetën.”</t>
+  </si>
+  <si>
+    <t>عَنْ طَلْحَةَ بْنِ عُبَيْدِ اللهِ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ أَهْلِ نَجْدٍ ثَائِرُ الرَّأْسِ، نَسْمَعُ دَوِيَّ صَوْتِهِ، وَلَا نَفْقَهُ مَا يَقُولُ حَتَّى دَنَا مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَإِذَا هُوَ يَسْأَلُ عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَمْسُ صَلَوَاتٍ فِي الْيَوْمِ وَاللَّيْلَةِ» فَقَالَ: هَلْ عَلَيَّ غَيْرُهُنَّ؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ، وَصِيَامُ شَهْرِ رَمَضَانَ»، فَقَالَ: هَلْ عَلَيَّ غَيْرُهُ؟ فَقَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، وَذَكَرَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الزَّكَاةَ، فَقَالَ: هَلْ عَلَيَّ غَيْرُهَا؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، قَالَ: فَأَدْبَرَ الرَّجُلُ، وَهُوَ يَقُولُ: وَاللهِ، لَا أَزِيدُ عَلَى هَذَا، وَلَا أَنْقُصُ مِنْهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْلَحَ إِنْ صَدَقَ».</t>
+  </si>
+  <si>
+    <t>Talha ibn Ubejdullahu (Allahu qoftë i kënaqur me të!) rrëfen: “Një burrë flokëshprishur, banor i Nexhdit, erdhi tek i Dërguari i Allahut ﷺ. Jehona e zërit të tij dëgjohej, por s'kuptohej çfarë thoshte, derisa u afrua tek i Dërguari i Allahut dhe kuptuam se po pyeste për Islamin. I Dërguari i Allahut ﷺ i tha: - “Ke obligim faljen e pesë namazeve gjatë ditës dhe natës.” - A kam obligim diçka tjetër përveç kësaj? - tha ai. - “Jo, përveç nëse do të shtosh namaze vullnetare”, - i tha Profeti ﷺ. - “Ke obligim ta agjërosh muajin Ramazanin”, - tha pastaj Profeti ﷺ. - A kam diçka tjetër përveç kësaj? - e pyeti burri në fjalë. - “Jo, përveç nëse do të shtosh agjërim vullnetar”, - iu përgjigj Profeti ﷺ. Pastaj Profeti ﷺ ia përmendi zekatin. Ai ia ktheu: - A kam diçka tjetër përveç kësaj? - “Jo, përveç nëse do të japësh vullnetarisht”, - i tha Profeti ﷺ. Në fund, ky njeri u largua duke thënë: “Betohem në Allahun se, as do të shtoj, as do të pakësoj kurrgjë nga kjo." Atëherë, Profeti ﷺ tha: “Do të shpëtojë, nëse po thotë të vërtetën.”</t>
+  </si>
+  <si>
+    <t>جاء رجلٌ من أهل نَجْدٍ إلى النبي صلى الله عليه وسلم وكان شعره مُنْتَفِشًا، وصوته مرتفعًا، ولا يُفقه ما يقول، حتى اقترب من النبي صلى الله عليه وسلم، فسأل عن فرائض الإسلام؟ 
+فبدأ النبيُّ صلى الله عليه وسلم بالصلاة، وأخبره أنَّ الله قد افترض عليه خمسَ صلوات في كل يوم وليلة.
+فقال: هل يلزمني شيء من الصلوات غير هذه الخَمس؟ 
+فقال: لا، إلا إذا تطوَّعت من صلوات النوافل. 
+ثم قال صلى الله عليه وسلم: ومما أوجبه الله عليك صوم شهر رمضان.
+فقال الرجل: هل يلزمني شيء من الصيام غير صوم رمضان؟ 
+فقال: لا، إلا أن تتطوّع بصوم. 
+ثم ذكر له صلى الله عليه وسلم الزكاة.
+فقال الرجل: هل يلزمني شيء من الصدقات بعد زكاة الفرض؟ 
+قال: لا، إلا أن تتطوّع. 
+وبعد أن سمع الرجل من النبي صلى الله عليه وسلم هذه الفرائض ولّى مدبرًا وأقسم بالله تعالى أنه سيلتزم بها من غير زيادة ولا نقصان، فقال صلى الله عليه وسلم على إثر ذلك: إذا صَدَقَ الرجل على ما حَلفَ عليه فإنه يكون من المُفلحين.</t>
+  </si>
+  <si>
+    <t>Një burrë flokëshprishur nga banorët e Nexhdit, shkoi te Profeti ﷺ. Zëri i tij ishte i lartë dhe ai nuk kuptohej se çfarë thoshte, derisa iu afrua Profetit ﷺ dhe e pyeti për obligimet e Islamit?
+Profeti ﷺ e filloi me namazin dhe i tregoi se Allahu e ka  bërë obligim faljen e pesë namazeve gjatë ditës dhe natës.
+Ai tha: "A jam i detyruar të fal ndonjë namaz tjetër përveç këtyre pesë namazeve?"
+Profeti i tha: "Jo, përveç nëse fal namaze vullnetare."
+Pastaj Profeti ﷺ i tregoi se ndër gjërat që Allahu t'i ka bërë obligim është dhe agjërimi i muajit të Ramazanit.
+Ky njeri tha: "A kam obligim ndonjë agjërim, pos agjërimit të muajit të Ramazanit?"
+Profeti ﷺ i tha: "Jo, përveç nëse agjëron vullnetarisht."
+Më pas Profeti ﷺ i përmendi zekatin.
+Ky njeri tha: "A kam obligim pas zekatit të detyrueshëm ndonjë lëmoshë tjetër?"
+I tha: "Jo, veç nëse jep vullnetarisht."
+Pasi personi në fjalë i dëgjoi këto obligime nga Profeti ﷺ, u largua dhe u betua në Allahun e Lartësuar se do t'u përmbahej atyre, pa shtuar e pa cunguar gjë. Kësisoj, Profeti ﷺ, pas kësaj, i tha: "Nëse ky burrë është i sinqertë në atë për të cilën u betua, atëherë ai do të shpëtojë."</t>
+  </si>
+  <si>
+    <t>سماحةُ الشريعة الإسلامية وتيسيرها على المكلفين.
+حسن معاملته صلى الله عليه وسلم لهذا الرجل، فقد مَكَّنَه من الاقتراب منه وسؤاله.
+البدء في الدعوة إلى الله تعالى بالأهم فالأهم.
+الإسلام عقيدة وعمل، فلا ينفع عمل من غير إيمان، ولا ينفع إيمان من غير عمل.
+أهمية هذه الأعمال وأنها من أركان الإسلام.
+صلاة الجمعة داخلة في الصلوات الخمس الواجبة؛ لأنها بدلًا عن صلاة ظهر يوم الجمعة لمن وجبت عليه.
+بدأ النبيُّ صلى الله عليه وسلم تعليمه بآكد فرائض الإسلام وهي أركانه بعد الشهادتين؛ لأنه كان مسلمًا، ولم يذكر الحج؛ لأنه قبل فرضهِ، أو لأنه لم يأتِ وقته.
+الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Ligji islam është tolerant dhe i lehtë për njerëzit e ngarkuar me obligime fetare.
+Trajtimi i mirë i Profetit ﷺ ndaj këtij njeriu, duke ia mundësuar që t'i afrohej dhe t'i bënte pyetje.
+Fillimisht në davet (thirrjen për tek Allahu) fillohet me gjërat më të rëndësishme e mandej vazhdohet sipas radhës.
+Islami është besim dhe vepër: vepra nuk bën dobi pa besim dhe  besimi nuk bën dobi pa vepër.
+Rëndësia e këtyre veprave dhe se ato janë një nga shtyllat e Islamit.
+Namazi i xhumasë përfshihet në pesë namazet obligative, sepse është zëvendësues i namazit të drekës së ditës së xhuma për ata që e kanë obligim.
+Profeti ﷺ e filloi këshillën e tij duke cekur obligimet më të mëdha të Islamit, pas dy shehadeteve, të cilat konsiderohen si shtyllat e tij, ai nuk i ceku dy shehadetët sepse personi në fjalë ishte musliman. Gjithashtu nuk e përmendi haxhin, sepse ky bashkëbisedim ishte para se ai të bëhej i detyrueshëm ose se nuk ishte koha e tij.
+Nëse njeriu mjaftohet vetëm me atë që është e detyrueshme sipas ligjit islam, do të shpëtojë, por kjo nuk do të thotë se nuk është e pëlqyeshme që të bëjë vepra vullnetare, sepse përmes veprave vullnetare, në Ditën e Kiametit, plotësohen veprat obligative.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3700</t>
+  </si>
+  <si>
     <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>Çdo fatkeqësi që mund ta godasë muslimanin, qoftë lodhje e sëmundje, qoftë brengë e pikëllim, qoftë shqetësim e mërzi, madje dhe një shpim gjembi, përmes saj Allahu do t'ia fshijë disa gjynahe</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Çdo fatkeqësi që mund ta godasë muslimanin, qoftë lodhje e sëmundje, qoftë brengë e pikëllim, qoftë shqetësim e mërzi, madje dhe një shpim gjembi, përmes saj Allahu do t'ia fshijë disa gjynahe."</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se çdo sëmundje, brengë, pikëllim, ankth, fatkeqësi, vështirësi, frikë dhe uri që e godet muslimanin, edhe nëse e godet ndonjë gjemb dhe i shkakton dhimbje, do të jenë shlyerje për gjynahet e tij.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Sqarimi i mirësisë dhe mëshirës së Allahut ndaj robërve të Tij besimtarë, i Cili ua fal mëkatet përmes dëmit më të vogël që i godet.
 Muslimani duhet të shpresojë shpërblim tek Allahu për atë që e godet dhe të jetë i durueshëm për çdo fatkeqësi, qoftë e madhe, qoftë e vogël, në mënyrë që kjo të jetë ngritje në shkallë (të Xhenetit) dhe shlyerje për veprat e këqija.</t>
   </si>
@@ -3117,80 +4199,217 @@
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Profeti ﷺ na sqaron në këtë hadith disa detyra të muslimanit ndaj vëllait të tij musliman. Detyra e parë: kthimi i selamit ndaj atij që të ka dhënë selam.
 Detyra e dytë: vizita e të sëmurit.
 Detyra e tretë: përcjellja e xhenazes prej shtëpisë së të vdekurit deri në xhami, më pas deri në varreza derisa të varroset.
 Detyra e katërt: përgjigjja ndaj ftesës, kur ta thërrasin për në gosti të martesës dhe të tjera.
 Detyra e pestë: lutja për atë që teshtin e thotë: "Elhamdulilah", duke i thënë: "Jerhamukallah (Allahu të mëshiroftë!)", e më pas ai që teshtiu i thotë: "Jehdikumullahu ve juslihu balekum (Allahu ju udhëzoftë dhe jua përmirësoftë gjendjen)!”</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Madhështia e Islamit në pohimin e detyrave ndërmjet muslimanëve dhe në forcimin e vëllazërisë dhe dashurisë mes tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3706</t>
   </si>
   <si>
+    <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
+  </si>
+  <si>
+    <t>“Dita e premte është dita më e mirë në të cilën ka lindur Dielli</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Dita e premte është dita më e mirë në të cilën ka lindur Dielli: në këtë ditë është krijuar Ademi, në të është futur në Xhenet dhe në këtë ditë është nxjerrë prej tij, dhe kiameti nuk do të ndodhë vetëm se në ditën e premte.”</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
+ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith na tregon se dita më e mirë në të cilën lind dielli është dita e xhuma. Prej veçorive të kësaj ditë është se Allahu e krijoi Ademin (paqja qoftë mbi të!) në këtë ditë dhe po në këtë ditë e futi në Xhenet, gjithashtu në këtë ditë e nxori prej Xhenetit dhe e zbriti në tokë.  Po ashtu në ditën e premte do të ndodhë dhe kiameti.</t>
+  </si>
+  <si>
+    <t>فضل يوم الجمعة على سائر أيام الأسبوع.
+الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
+هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
+ ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
+أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
+  </si>
+  <si>
+    <t>Vlera e ditës së premte kundrejt ditëve të tjera të javës.
+Inkurajimi për shtimin e veprave të mira ditën e premte dhe përgatitja për të fituar mëshirën e Allahut të Lartësuar dhe për të larguar dënimin e Tij.
+Këto veçori të ditës së premte, të cilat përmendën në këtë hadith, thuhet se nuk janë përmendur si vlerë për të premten, sepse dëbimi i Ademit (paqja qoftë mbi të!) nga Xheneti dhe ndodhja e kiametit në këtë ditë nuk konsiderohen vlerë. Por gjithashtu thuhet se të gjitha këto konsiderohen vlera, sepse dëbimi i Ademit (paqja qoftë mbi të!) është shkak për ekzistimin e pasardhësve të tij, si: të dërguarit, profetët dhe njerëzit e mirë, kurse ndodhja e kiametit është shkak për përshpejtimin e shpërblimit ndaj njerëzve të mirë dhe fitimin e begative që Allahu i ka përgatitur për ta.
+Janë përmendur edhe veçori të tjera të së premtes, përveç atyre që u përmendën në këtë transmetim, si: në të Ademit iu pranua pendimi, në të vdiq dhe në të është një orë, të cilën asnjë rob besimtar nuk e has duke u lutur e duke i kërkuar Allahut diçka, veçse do t'ia japë atij atë.
+Dita më e mirë e vitit është dita e Arafatit. Ka mendime se është dita e Kurbanit. Ndërsa dita më e mirë e javës është dita e premte (e xhuma) dhe nata më e mirë është nata e Kadrit.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3711</t>
+  </si>
+  <si>
     <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>“Allahu e mëshiroftë atë burrë që tregon tolerancë e mirësjellje kur shet e blen, si dhe kur e merr borxhin e dhënë!”</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Xhabiri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu e mëshiroftë atë burrë që tregon tolerancë e mirësjellje kur shet e blen, si dhe kur e merr borxhin e dhënë!”</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Profeti ﷺ bëri lutje për mëshirë për këdo që tregohet i lehtë, bujar e zemërgjerë në shitjen e tij, meqë nuk ia vështirëson çmimin blerësit dhe e trajton atë njerëzishëm. Pra, i tilli tregohet i lehtë, bujar e zemërgjerë: nuk e nënvlerëson e as ul vlerën e artikullit. Tregohet i lehtë, bujar dhe zemërgjerë kur ta kërkojë borxhin që ia kanë të tjerët, pra, nuk tregohet i ashpër ndaj të varfrit e nevojtarit, por ia kërkon me butësi e dashamirësi dhe e afatizon huamarrësin.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>Prej objektivave të ligjit islam është ruajtja e gjërave që i përmirësojnë marrëdhëniet mes njerëzve.
 Nxitja për të pasur moral të lartë në marrëdhëniet ndërmjet njerëzve, si: shitblerja e të ngjashme.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3716</t>
+  </si>
+  <si>
+    <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
+  </si>
+  <si>
+    <t>“Qoftë i nënçmuar! Qoftë i nënçmuar! Qoftë i nënçmuar!” Dikush e pyeti: 'Kush, o i Dërguari i Allahut?' - 'Ai që e arrin pleqërinë e njërit ose dy prindërve dhe nuk e fiton Xhenetin'”, - tha Profeti ﷺ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Qoftë i nënçmuar! Qoftë i nënçmuar! Qoftë i nënçmuar!” Dikush e pyeti: 'Kush, o i Dërguari i Allahut?' - 'Ai që e arrin pleqërinë e njërit ose dy prindërve dhe nuk e fiton Xhenetin'”, - tha Profeti ﷺ.</t>
+  </si>
+  <si>
+    <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
+فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ u lut tri herë për një njeri që të poshtërohet dhe të nënçmohet si mos më keq. Kur e pyetën se kush është ky njeri o Profet i Allahut që po lutesh kundër tij,
+ai tha se ky njeri është ai që e arrin pleqërinë e njërit ose dy prindërve të tij dhe ata nuk bëhen shkak që ai të fitojë Xhenetin; për shkak të sjelljes jo të mirë me ta dhe të mosbindjes ndaj tyre.</t>
+  </si>
+  <si>
+    <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
+عقوق الوالدين من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>Respektimi dhe mirësjellja ndaj prindërve është obligim dhe është një nga shkaqet e hyrjes në Xhenet, sidomos kur ata janë të moshuar dhe të dobët.
+Mosbindja dhe mosrespketi ndaj prindërve është prej mëkateve të mëdha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3718</t>
+  </si>
+  <si>
+    <t>سبق المفردون</t>
+  </si>
+  <si>
+    <t>Kanë përparuar muferridunët!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon: "Teksa i Dërguari i Allahut ﷺ po ecte rrugës për në Mekë, kaloi pranë një kodre që quhej Xhumdan dhe tha: 'Ecni, se ky është Xhumdani! Kanë përparuar muferridunët!' - Cilët janë muferridunët, o i Dërguari i Allahut? - pyetën ata. - 'Ata burra dhe ato gra që e përmendin Allahun shumë', - tha Pejgamberi ﷺ."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم منزلة الذاكرين الله كثيرًا، وأنهم قد انفردوا وسبقوا غيرَهم بنيل الدرجات العُلَى في جنات النعيم، وشبَّههم بجبل جُمدان الذي انفرد عن غيره من الجبال.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith sqaroi pozitën e atyre që e përmendin shpesh Allahun dhe se ata janë veçuar duke u paraprirë të tjerëve në arritjen e shkallëve më të larta në Xhenetet e mirësisë, si dhe i krahasoi me kodrën Xhumdan, e cila dallon nga kodrat e tjera.</t>
+  </si>
+  <si>
+    <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
+ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
+من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
+قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
+ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
+وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
+  </si>
+  <si>
+    <t>Pëlqehet të angazhohemi dhe të bëjmë sa më shumë dhikër, sepse përparësia në botën tjetër do të jetë përmes adhurimeve të shumta dhe sinqeritetit në to.
+Dhikri - përmendja e Allahut- mund të bëhet vetëm me gjuhë ose vetëm me zemër, ose me gjuhë dhe zemër së bashku, e ky i fundit është niveli më i lartë.
+Prej dhikrit janë edhe format specifike fetare, si: dhikri i mëngjesit dhe i mbrëmjes, pas namazeve të obliguara dhe të tjera.
+Neveviu ka thënë: "Dije se vlera e dhikrit - përmendjes së Allahut-, nuk kufizohet në tesbih (thënien: subhanallah), tehlil (thënien: la ilahe il-lallah), tahmid (thënien: elhamdulilah) dhe në tekbir (thënien: Allahu ekber), përkundrazi, çdo njeri që vepron ndonjë adhurim kushtuar Allahut të Lartësuar është përmendës i Tij."
+Dhikri - përmendja e Allahut- është nga shkaqet më të mëdha të qëndrueshmërisë (në fe). Allahu i Lartësuar thotë: "O besimtarë, kur të ndesheni me ndonjë forcë armike, qëndroni të patundur dhe përmendni shumë Allahun, që të fitoni." (El Enfal, 45)
+Krahasimi mes atyre që e përmendin Allahun dhe kodrës  Xhumdan është tek veçimi dhe dallimi. Kodra Xhumdan është e veçuar nga kodrat e tjera, e po ashtu edhe ata që e përmendin Allahun e Lartësuar janë të veçuar nga të tjerët. I veçuar është ai që zemra dhe gjuha e tij janë të veçuara për të përmenduar Allahun, edhe nëse është në mesin e njerëzve. Të tillët gëzohen në kohët e vetmisë dhe ndihen të pikëlluar nga përzierja e tepërt me njerëzit. Po ashtu nga arsyet e përngjasimit mund të jetë se përmendja e Allahut është shkak i qëndrueshmërisë në fe, ashtu siç janë kodrat shkak për qëndrueshmërinë e tokës. Ose, se përmendja e Allahut është shenjë e nxitimit për në vepra të mira në këtë botë dhe në botën tjetër, pasi mbërritja në Xhumdan e udhëtarit nga Medina për në Mekë, ishte shenjë e arritjes në Mekë, e kushdo që arrinte në Xhumdan, konsiderohej se ia kishte kaluar të tjerëve, e po ashtu ai që e përmend Allahun e Lartësuar është përpara të tjerëve me përmendjen e tij të shpeshtë. Allahu e di më së miri.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3719</t>
+  </si>
+  <si>
+    <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
+  </si>
+  <si>
+    <t>“Bëj sa më shumë sexhde për Allahun, ngase për çdo sexhde që ia bën Allahut, Ai të ngre një shkallë dhe të fshin një mëkat.”</t>
+  </si>
+  <si>
+    <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
+  </si>
+  <si>
+    <t>Ma'dan ibn Ebu Talha Jameriu ka thënë: "E kam takuar Theubanin (Allahu qoftë i kënaqur me të!), i cili kishte qenë dikur skllav i të Dërguarit të Allahut ﷺ dhe ai e pati liruar, dhe i thashë: "Më trego një punë që unë ta bëj dhe Allahu  të më fusë në Xhenet nëpërmjet saj". Ose tha: "I thashë 'Më trego cila është puna më e dashur për Allahun.' Ai heshti. E pyeta për së dyti, e ai sërish heshti. Kur e pyeta për së treti, më tha: 'E kam pyetur të Dërguarin e Allahut ﷺ për këtë dhe më pati thënë: “Bëj sa më shumë sexhde për Allahun, ngase për çdo sexhde që ia bën Allahut, Ai të ngre një shkallë dhe të fshin një mëkat.” Ma'dani thotë: "Më vonë e pata takuar edhe Ebu Derdain, të cilit ia bëra të njëjtën pyetje dhe ai m'u përgjigj njëjtë sikurse Theubani."</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
+فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ është pyetur për veprat që janë shkak për hyrjen në Xhenet ose për veprat që janë më të dashura për Allahun.
+Ai ﷺ i tha pyetësit: "Bëj sa më shumë sexhde në namaz, se, sa herë që t'i bësh sexhde Allahut, Ai të ngre një shkallë për shkak të saj dhe të fal një mëkat."</t>
+  </si>
+  <si>
+    <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
+بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
+السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
+  </si>
+  <si>
+    <t>Inkurajimi i muslimanit që të jetë i zellshëm në faljen e namazeve të detyrueshme dhe vullnetare, sepse namazet përmbajnë në vetvete sexhdet.
+Ky hadith nxjerr në pah përceptimin dhe dijen e sahabëve se Xheneti nuk mund të arrihet, - pas mëshirës së Allahut, - përveçse me punë.
+Sexhdja në namaz është nga shkaqet më të mëdha për ngritjen e shkallëve (në Xhenet) dhe faljen e mëkateve.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3732</t>
   </si>
   <si>
     <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>“Një burrë u jepte borxh njerëzve dhe i thoshte shërbëtorit të vet: "Kur të shkosh te ndonjë huamarrës, toleroje, me shpresë që edhe Allahu të na tolerojë ne</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Një burrë u jepte borxh njerëzve dhe i thoshte shërbëtorit të vet: "Kur të shkosh te ndonjë huamarrës, toleroje, me shpresë që edhe Allahu të na tolerojë ne." Kështu, kur e takoi Allahun, Allahu e fali.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon për një burrë që njerëzve u jepte borxh ose i shiste me pritje. Ai i thoshte shërbëtorit të vet, i cili ua kërkonte njerëve borxhin e marrë: "Nëse shkon te ndonjë huamarrës e nuk ka asgjë për të shlyer borxhin që ka, për shkak të pamundësisë së tij, atëherë toleroje, ose duke ia shtyrë afatin dhe duke mos këmbëngulur duke ia kërkuar, ose duke ia pranuar atë që e ka, edhe nëse ka më pak se ajo që kërkohet." Kjo, duke shpresuar dhe dëshiruar që Allahu ta tolerojë e ta falë. E, kur vdiq, Allahu e fali dhe nuk e ndëshkoi për gjynahet e tij.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
@@ -3371,50 +4590,79 @@
   <si>
     <t>Atij që agjëron Ramazanin duke besuar dhe llogaritur shpërblimin e Allahut, i falen mëkatet e së kaluarës.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Atij që agjëron Ramazanin duke besuar dhe llogaritur shpërblimin e Allahut, i falen mëkatet e së kaluarës.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se atij që e agjëron muajin Ramazan duke besuar në Allahun dhe duke qenë i binduar se agjërimi është obligim, si dhe është i binduar në shpërblimin e madh që Allahu i Lartësuar e ka përgatitur për agjëruesit, duke synuar kështu fytyrën (kënaqësinë) e Tij,  e jo ​​syefaqësi e reputacion, do t'i falen gjynahet e së kaluarës.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Vlera dhe rëndësia e sinqeritetit gjatë agjërimit të Ramazanit dhe veprave të tjera të mira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4196</t>
   </si>
   <si>
+    <t>من صلى البردين دخل الجنة</t>
+  </si>
+  <si>
+    <t>“Ai që i fal dy namazet e freskëta (sabahun dhe ikindinë), do të hyjë në Xhenet.”</t>
+  </si>
+  <si>
+    <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
+  </si>
+  <si>
+    <t>Ebu Musa Esh'ariu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Ai që i fal dy namazet e freskëta (sabahun dhe ikindinë), do të hyjë në Xhenet.”</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith na ka inkurajuar të jemi të kujdesshëm në faljen e dy namazeve që falen në kohë të freskët, që janë: namazi i sabahut dhe i ikindisë, si dhe ka përgëzuar se, kushdo që i fal ato, duke i përmbushur rregullat e tyre, si: koha e saktë, falja me xhemat dhe rregulla të tjera, atëherë këto dy namaze do të jenë shkak që ai njeri të hyjë në Xhenet.</t>
+  </si>
+  <si>
+    <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
+سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
+  </si>
+  <si>
+    <t>Vlera e kujdesit ndaj namazit të sabahut dhe të ikindisë, sepse sabahu është atëherë kur gjumi është i këndshëm, kurse ikindia është kur njeriu është i zënë me punë, kështu që, kushdo që kujdeset për këto dy namaze, e ka më të lehtë që të kujdeset dhe për namazet e tjera.
+Namazi i sabahut dhe i ikindisë u quajtën "dy namazet e freskëta", sepse në namazin e sabahut gjendet freskia e natës, kurse në namazin e ikindisë gjendet freskia e ditës, edhe nëse ndodh që ky i fundit të jetë në kohë të nxehtë, mirëpo ajo kohë është më pak e nxehtë se koha para saj, ose këtu janë quajtur të dyja kohët të freskëta për shkak të bashkimit të tyre në një fjalë të vetme, siç thuhet kur bashkohet dielli dhe hëna në një fjalë të vetme: "Dy hënat"</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4198</t>
+  </si>
+  <si>
     <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>“Atij që falet Natën e Kadrit, duke besuar dhe llogaritur në shpërblimin e Allahut, i falen mëkatet e së kaluarës.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Atij që falet Natën e Kadrit, duke besuar dhe llogaritur në shpërblimin e Allahut, i falen mëkatet e së kaluarës.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon për vlerën e Natës së Kadrit, e cila ndodhet në dhjetëshen e fundit të Ramazanit, dhe se ai që tregohet i zellshëm gjatë saj me namaz, lutje, lexim të Kuranit dhe dhikër (përmendje të Allahut), duke besuar në të dhe në atë që përmendet rreth vlerës së saj, si dhe duke shpresuar që përmes veprës së tij ta arrijë shpërblimin e Allahut të Lartësuar, e jo syefaqësi e reputacion, do t'i falen mëkatet e së kaluarës.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Vlera e Natës së Kadrit dhe inkurajimi për ta gjallëruar me adhurim.
 Veprat e mira pranohen vetëm nëse qëllimi është i sinqertë.
@@ -3433,123 +4681,165 @@
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Atë të cilit Allahu i do mirësi, e sprovon."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon, se nëse Allahu ia do të mirën ndokujt prej robërve të Tij besimtarë, do t'a sprovojë në veten e tij, në pasuri dhe në familje, për shkak se besimtari gjatë sprovës kthehet tek Allahu i Lartësuar me lutje, i shlyhen gjynahet e veprave të këqija dhe i ngrihen shkallët (në Xhenet).</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Besimtari u ekspozohet llojeve të ndryshme të sprovave.
 Sprova mund të jetë shenjë treguese se Allahu e do robin e Tij, derisa Ai ta ngrejë gradën e tij, ta lartësojë pozitën e tij dhe t'ia shlyejë gjynahet.
 Inkurajimi për të bërë durim gjatë fatkeqësive dhe të mos tregohemi të padurueshëm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4204</t>
   </si>
   <si>
+    <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
+  </si>
+  <si>
+    <t>“Kur besimtari merret në pyetje në varr, deklaron se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është i Dërguari i Allahut</t>
+  </si>
+  <si>
+    <t>عَنِ البَرَاءِ بْنِ عَازِبٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ»، فَذَلِكَ قَوْلُهُ: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالقَوْلِ الثَّابِتِ فِي الحَيَاةِ الدُّنْيَا وَفِي الآخِرَةِ} [إبراهيم: 27].</t>
+  </si>
+  <si>
+    <t>Bera ibn Azibi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kur besimtari merret në pyetje në varr, deklaron se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është i Dërguari i Allahut, gjë që e përshkruan ajeti: “Allahu i forcon besimtarët me fjalë të qëndrueshme në këtë botë dhe në botën tjetër...” (Ibrahim, 27)</t>
+  </si>
+  <si>
+    <t>يُسألُ المؤمنُ في القبر، فيسأله الملكان الموكَّلان بذلك وهما منكر ونكير، كما جاء تسميتهما في عدة أحاديث، 
+فيشهد أن لا إله إلا الله وأن محمدًا رسول الله، 
+قال النبي صلى الله عليه وسلم هذا هو القول الثابت الذي قال الله فيه: 
+{يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ} [إبراهيم: 27].</t>
+  </si>
+  <si>
+    <t>Besimtari pyetet në varr nga dy melekët e ngarkuar për ta bërë këtë. Ata quhen "Munkeri dhe Nekiri". Emrat e tyre përmenden në disa hadithe profetike. Ai deklaron se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është i Dërguari i Allahut. Profeti ﷺ tregoi se kjo është fjala e qëndrueshme, për të cilën Allahu thotë: “Allahu i forcon besimtarët me fjalë të qëndrueshme në këtë botë dhe në botën tjetër...” (Ibrahim, 27)</t>
+  </si>
+  <si>
+    <t>أنَّ سؤال القبر حق.
+فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
+فضل شهادة التوحيد والموت عليها.
+تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
+  </si>
+  <si>
+    <t>Pyetjet e varrit janë hak - të vërteta.
+Allahu i begaton robërit e Tij besimtarë në këtë botë dhe në botën tjetër, duke i forcuar për ta thënë fjalën e qëndruesheme (dëshminë islame - shehadetin).
+Vlera e dëshmisë së teuhidit (shehadetit) dhe vdekja duke e respektuar atë.
+Allahu e forcon besimtarin në këtë botë duke e bërë të qëndrueshëm në besim dhe duke ia mundësuar të ecë në rrugën e drejtë dhe në çastet e vdekjes e bën të vdesë me teuhid (besim të pastër) dhe e forcon në varr kur të merret në pyetje nga dy melekët.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4206</t>
+  </si>
+  <si>
     <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>Jam urdhëruar t'i luftoj njerëzit, derisa të dëshmojnë se askush përveç Allahut nuk meriton të adhurohet dhe se Muhamedi është i Dërguari i Allahut, të falin namazin dhe të japin zekatin</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Ibn Umeri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: "Jam urdhëruar t'i luftoj njerëzit, derisa të dëshmojnë se askush përveç Allahut nuk meriton të adhurohet dhe se Muhamedi është i Dërguari i Allahut, të falin namazin dhe të japin zekatin. E, kur ta bëjnë këtë, unë ua mbroj gjakun dhe pasurinë e tyre, përveçse me të drejtë të Islamit, ndërkaq llogaria e tyre është tek Allahu."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) njofton se Allahu e ka urdhëruar që t'i luftojë idhujtarët, derisa të dëshmojnë se nuk ka të adhuruar me të drejtë përveç Allahut, i Cili është i Vetëm dhe pa ortak. Dhe të dëshmojnë se Muhamedi (paqja qoftë mbi të!) është i dërguari i Tij. Si dhe përmbushja e kërkesave të kësaj dëshmie, duke treguar kujdes ndaj pesë namazeve gjatë ditës dhe natës dhe duke ia dhënë zekatin e detyrueshëm atyre që e meritojnë. Nëse ata i zbatojnë këto gjëra, atëherë Islami garanton gjakun dhe pasurinë e tyre. Kështu që nuk lejohet vrasja e tyre, vetëm nëse kryejnë një krim apo një vepër penale, nga e cila meritojnë të vriten në bazë të legjislacionit islam. Ndërsa në Ditën e Gjykimit do të jetë Allahu, Ai i Cili do t'i gjykojë ata në bazë të dijes së Tij mbi të fshehtat e tyre.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Dispozitat ligjore zbatohen vetëm mbi gjërat e dukshme, ndërsa të fshehtat i gjykon vetëm Allahu i Madhëruar.
 Rëndësia e thirrjes në monoteizëm dhe se monoteizmi është gjëja e parë me të cilën niset thirrja.
 Ky hadith nuk nënkupton imponimin e idhujtarëve në pranimin e Islamit, por ata janë midis dy alternativave; të pranojnë Islamin, ose të paguajnë xhizjen. E nëse ata e refuzojnë me këmbëngulje ftesën islame, atëherë nuk mbetet gjë tjetër, veçse të luftohen në bazë të asaj që parashikon legjislacioni islam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4211</t>
   </si>
   <si>
-    <t>يدنى المؤمن يوم القيامة من ربه عز وجل، حتى يضع عليه كنفه، فيقرره بذنوبه</t>
-[...39 lines deleted...]
-    <t>https://hadeethenc.com/sq/browse/hadith/4242</t>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>“Vërtet Allahu ia ka falur umetit tim gabimet që i bën pa qëllim, gabimet që i bën nga harresa dhe ato që i bën duke qenë i detyruar (nga të tjerët).”</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Ibën Abasi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Vërtet Allahu ia ka falur umetit tim gabimet që i bën pa qëllim, gabimet që i bën nga harresa dhe ato që i bën duke qenë i detyruar (nga të tjerët).”</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se Allahu ia ka falur umetit të tij tri gjëra: E para: Gjërat e bëra gabimisht. Pra, ato gjëra që janë bërë nga ata pa qëllim, d.m.th. kur muslimani synon me veprimin e tij diçka, mirëpo ndodh diçka tjetër nga ajo që ai kishte synuar. E dyta: Gjërat e bëra nga harresa. Si rasti i një muslimani i cili e di diçka, por në momentin e veprimit e harron. Në këtë  rast nuk ngarkohet me mëkat. E treta: Gjërat e bëra me detyrim. Njeriu mund të detyrohet të bëjë diçka që nuk e dëshiron, duke mos pasur mundësi ta shmangë imponimin, në këtë rast ai nuk ngarkohet me mëkat. Këtu duhet sqaruar se konteksti i hadithit lidhet me detyrimet e robit ndaj Zotit të tij në rastin kur vepron një gjë të ndaluar. E, sa i përket rastit kur ai lë një urdhëresë nga harresa, ai nuk lirohet nga ajo urdhëresë. Po ashtu, nëse nga një veprim i tij shkaktohet një krim ndaj krijesave, ai nuk lirohet nga detyrimet që ka ndaj tyre. drejta e tyre, si p.sh. nëse dikush vret dikënd gabimisht, ai duhet të paguajë gjakun e viktimës, ose nëse dëmton një makinë gabimisht, ai duhet të paguajë dëmin.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Mëshira e gjerë e Allahut të Lartësuar dhe butësia e Tij ndaj robërve të Tij, duke ua hequr atyre barrën e mëkatit nëse bëjnë ndonjë mëkat në njërin nga këto tri raste.
+Mirësia e Allahut ndaj Profetit Muhamed ﷺ dhe umetit të tij.
+Lirimi nga mëkati nuk nënkupton lirim nga ligji apo nga përgjegjësia. Për shembull, kush e harron abdesin dhe falet duke menduar se është me abdes, nuk ka mëkat për këtë, por ai duhet të marrë abdes dhe ta përsërisë namazin.
+Për lirimin nga mëkati në rastin kur detyrohet nga dikush (arb. ikrah), patjetër duhet të plotësohen disa kushte, si për shembull që detyruesi të jetë i aftë ta zbatojë kërcënimin.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4216</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Ai që është në mjet i jep selam atij që është në këmbë. Ai që është në këmbë i jep selam atij që është ulur. Ata që janë pak i japin selam atyre që janë shumë</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t xml:space="preserve">Nga Ebu Hurejreh (Allahu qoftë i kënaqur me të!) përcillet se Profeti i Allahut (paqja qoftë mbi të!) ka thënë: "Ai që është në mjet i jep selam atij që është në këmbë. Ai që është në këmbë i jep selam atij që është ulur. Ata që janë pak i japin selam atyre që janë shumë." </t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) na ka mësuar etikën e përshëndetjes me selam midis njerëzve me shprehjen: "Esselamu alejkum ue rahmetullahi ue berakatuhu!" Andaj, i vogli duhet t'i japë selam të madhit, ai që është në mjet duhet t'i japë atij që është në këmbë, ai që është në këmbë duhet t'i japë atij që është ulur dhe ata që janë pak në numër duhet t'i japin atyre që janë shumë.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
@@ -3592,50 +4882,90 @@
 E dyta: ndalesat, që janë gjëra për të cilat mosvepruesi shpërblehet, ndërsa vepruesi dënohet, kësisoj duhet të ruhemi nga të gjitha ndalesat.
 E treta: urdhëresat, që janë gjëra për të cilat vepruesi shpërblehet, ndërsa mosvepruesi dënohet, kësisoj besimtari duhet t'i zbatojë ato sa të ketë mundësi.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Duhet të angazhohemi me atë që është më e rëndësishme dhe e nevojshme, e ta lëmë atë që nuk është e nevojshme për momentin dhe të mos angazhohemi me pyetje rreth gjërave që nuk kanë ndodhur ende.
 Është e ndaluar të parashtrohet një pyetje që mund të çojë drejt komplikimit të çështjeve dhe hapjes së derës së dyshimeve që çojnë drejt shumëfishimit të mosmarrëveshjeve.
 Jemi urdhëruar të heqim dorë nga të gjitha ndalesat, ngase në lënien e tyre nuk ka vështirësi dhe kjo është arsyeja që urdhri për braktisjen e tyre është i përgjithshëm.
 Jemi urdhëruar t'i zbatojmë urdhëresat sipas mundësisë, sepse ndodh që në zbatimin e një urdhëri të ketë stërmundim ose pafuqishmëri, prandaj jemi urdhëruar të bëjmë aq sa mundemi.
 Ndalimi i pyetjeve të shumta. Dijetarët i kanë ndarë pyetjet në dy pjesë: 1. Pyetje që bëhen me qëllim për të mësuar çështjet e nevojshme të fesë; këto pyetje jemi urdhëruar t'i bëjmë, të kësaj natyre qenë pyetjet që sahabët i bënin Pejgamberit(paqja qoftë mbi të). 2. Pyetje që bëhen në formën e kokëfortësisë dhe ekzagjerimit; kjo kategori e pyetjeve është e ndaluar.
 Ky umet është paralajmëruar që të mos e kundërshtojë Profetin ﷺ, siç ndodhi në popujt e kaluar.
 Pyetjet e shumta klasifikohen si të panevojshme dhe kundërshtimi i pejgamberëve është shkak i shkatërrimit, veçanërisht në çështjet që nuk mund të perceptohen, si: çështjet e së padukshmes (ar. gajb), që vetëm Allahu i di, si dhe detajet që lidhen me Ditën e Kiametit.
 Është e ndaluar të parashtrohen pyetje rreth çështjeve të vështira dhe të ndërlikuara. Euzaiu ka thënë: "Nëse Allahu dëshiron ta privojë robin e Tij nga begatia e diturisë, bën që ai të merret me çështjet e ngatërrueshme; kam vënë re se njerëzit e tillë janë më pak të ditur." Ibën Vehbiu ka thënë: "E kam dëgjuar Malikun duke thënë: "Polemikat rreth (çështeve të) diturisë e largojnë dritën e diturisë nga zemra e njeriut."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4295</t>
+  </si>
+  <si>
+    <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
+  </si>
+  <si>
+    <t>“Kije frikë Allahun kudo që të jesh, të keqen pasoje me të mirë, që kjo (e fundit) ta shlyejë atë (të keqen), si dhe sillu mirë me njerëzit.”</t>
+  </si>
+  <si>
+    <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
+  </si>
+  <si>
+    <t>Ebu Dherr Xhundub ibn Xhunade dhe Ebu Abdurrahman Muadh ibn Xhebeli (Allahu qoftë i kënaqur me ta!), transmetojnë se i Dërguari i Allahut ﷺ ka thënë: “Kije frikë Allahun kudo që të jesh, të keqen pasoje me të mirë, që kjo (e fundit) ta shlyejë atë (të keqen), si dhe sillu mirë me njerëzit.”</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
+الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
+الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
+الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith urdhëron për tri gjëra: E para: Frikën ndaj Allahut (devotshërinë), e cila arrihet duke kryer detyrimet dhe duke lënë të ndaluarat, në çdo vend, kohë dhe gjendje: në fshehtësi dhe në publik, në mirëqenie dhe në sprovë, e në çdo rrethanë tjetër. E dyta: Nëse e bën një mëkat, atëherë pas tij bëje një vepër të mirë si; namaz, sadaka, bamirësi, mbajtje të lidhjeve farefisnore, pendim...etj, sepse këto e fshijnë mëkatin. E treta: Sillu me njerëzit me sjellje të mirë: duke u buzëqeshur në fytyrë, duke qenë i butë dhe i sjellshëm, duke bërë mirësi dhe duke mos u shkaktuar dëm.</t>
+  </si>
+  <si>
+    <t>فضل الله عزّ وجل على العباد في رحمته ومغفرته وعفوه.
+اشتمل الحديث على الحقوق الثالثة: حق الله بالتقوى، وحق النفس بفعل الحسنات بعد السيئات، وحق الناس بالمعاملة بالأخلاق الحسنة.
+الترغيب في فعل الحسنات بعد السيئات، وحسن الخلق من خصال التقوى، وإنما أفرد بالذكر للحاجة إلى بيانها.</t>
+  </si>
+  <si>
+    <t>Mirësia e Allahut të Lartësuar ndaj robërve të Tij qëndron në mëshirën dhe faljen e Tij.
+Hadithi përfshin tri të drejta: të drejtën e Allahut me devotshmëri (duke ia pasur frikën), të drejtën e vetes duke bërë vepra të mira pas mëkateve, dhe të drejtën e njerëzve duke u sjellë me moral të mirë.
+Inkurajimi për të bërë vepra të mira pas mëkateve dhe sjellja e mirë janë prej cilësive të devotshmërisë, por janë përmendur veçmas për shkak të nevojës për t’i sqaruar.</t>
+  </si>
+  <si>
+    <t>قال الترمذي: حديث حسن</t>
+  </si>
+  <si>
+    <t>[قال الترمذي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4302</t>
   </si>
   <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>Vërtet më ke pyetur për një çështje të madhe, që është e lehtë për atë të cilit Allahu ia lehtëson</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>Muadh ibën Xhebeli (Allahu qoftë i kënaqur me të!) tregon: "Isha me Profetin ﷺ gjatë një udhëtimi dhe një mëngjes isha afër tij teksa po ecnim, kështu që i thashë: “O i Dërguari i Allahut! Më trego një punë që më çon në Xhenet dhe më largon nga Zjarri!” Ai tha: "Vërtet më ke pyetur për një çështje të madhe, që është e lehtë për atë të cilit Allahu ia lehtëson: ta adhurosh Allahun pa i shoqëruar asgjë në adhurim, ta falësh namazin, ta japësh zekatin, ta agjërosh Ramazanin dhe ta kryesh haxhillëkun." Pastaj tha: "A dëshiron të të udhëzoj drejt dyerve të mirësisë?! Agjërimi është mburojë, lëmosha i shlyen mëkatet siç e shuan uji zjarrin dhe namazi i njeriut në thellësinë e natës." Pastai lexoi: "Ata ngrihen nga shtrati...", derisa arriti te: "... që kanë bërë." (Kuran 32:16-17) Më pas tha: "A të të tregoj për kreun, shtyllën dhe kulmin e çështjes?" Thashë: “Patjetër, o i Dërguari i Allahut.” Ai tha: "Kreu i çështjes është Islami, shtylla e saj është namazi, kurse kulmi është xhihadi." Më tej shtoi: "A dëshiron të të tregoj për boshtin e të gjitha këtyre?" Unë thashë: “Patjetër, o i Dërguari i Allahut.” Ai e kapi gjuhën e vet dhe tha: "Ruaje këtë!" I thashë: “O i Dërguari i Allahut, a edhe për atë që themi do të merremi në llogari?!” Ai më tha: "Mos të pastë nëna, o Muadh! S’e ditke se njerëzit do të hidhen me fytyrë (në Zjarr) vetëm për shkak të asaj që korrin me gjuhët e tyre?!"</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
@@ -3667,90 +4997,124 @@
   <si>
     <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
 فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
 السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
 ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
 رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
 رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
 فضل التقرب بالنوافل بعد أداء الفرائض.
 الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
 وجوب حفظ اللسان عما يضر الإنسان في دينه.
 كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
   </si>
   <si>
     <t>Sahabët (Allahu qoftë i kënaqur me ta!) ishin shumë të përkushtuar ndaj dijes, prandaj shpesh e pyetnin Profetin ﷺ rreth saj.
 Sahabët (Allahu qoftë i kënaqur me ta!) kishin kuptim të thellë në dije, sepse e dinin se veprat janë shkak për hyrjen në Xhenet.
 Pyetja që bëri Muadhi (Allahu qoftë i kënaqur me të!) është një pyetje madhështore, sepse në thelb ajo përmban sekretin e jetës dhe ekzistencës. Çdo qenie në këtë botë, qoftë nga njerëzit, apo xhindët, ka si pikësynim Xhenetin ose Zjarrin. Prandaj, kjo pyetje është shumë e rëndësishme.
 Hyrja në Xhenet varet nga përmbushja e pesë shtyllave të Islamit, që janë: dy shehadetet (dy dëshmitë), namazi, zekati, agjërimi dhe haxhillëku.
 Thelbi i fesë, detyra më e çmuar dhe obligimi më i lartë është teuhidi i Allahut, duke e adhuruar vetëm Atë pa i shoqëruar askënd në adhurim.
 Mëshira e Allahut ndaj robërve të Tij qëndron në faktin se Ai ua ka hapur dyert e mirësisë, në mënyrë që të pajisen me shkaqet e shpërblimit dhe faljes së mëkateve.
 Vlera e afrimit tek Allahu përmes veprave vullnetare, pas kryerjes së veprave obligative.
 Namazi në raport me Islamin është si shtylla për tendën: Islami zhduket me braktisjen e namazit, ashtu siç rrëzohet tenda kur bie shtylla e saj.
 Detyrimi për të ruajtur gjuhën nga çdo gjë që ia dëmton njeriut fetarinë.
 Përmbajtja e gjuhës, kontrollimi dhe frenimi i saj është themeli i gjithë mirësisë.</t>
   </si>
   <si>
-    <t>رواه الترمذي وابن ماجه وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4303</t>
   </si>
   <si>
     <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>“Kur dy muslimanë ndeshen me shpatat e tyre, vrasësi dhe i vrari do të jenë në Zjarr</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Ebu Bekrete (Allahu qoftë i kënaqur me të!) transmeton se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: “Kur dy muslimanë ndeshen me shpatat e tyre, vrasësi dhe i vrari do të jenë në Zjarr.” E pyeta: "O i Dërguari i Allahut, për vrasësin po kuptohet, po çfarë është puna e të vrarit?" Më tha: “Edhe ai ishte i vendosur për ta vrarë vëllanë e vet.”</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se, kur dy muslimanë ndeshen me shpatat e tyre, ku secili synon ta shkatërrojë tjetrin, atëherë vrasësi do të jetë në Zjarr për shkak se fillimisht e vrau tjetrin. Sahabëve u bëri problem çështja e të vrarit: si të jetë vallë ai në Zjarr. Kështu, Profeti ﷺ u tregoi se i tilli do të jetë në Zjarr po ashtu, sepse ishte i vendosur për ta vrarë tjetrin, e nga vrasja e tij e pengoi vetëm fakti se vrasësi shpejtoi dhe e vrau përpara.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Dënimin e meriton ai që është i vendosur me zemër dhe është i përgatitur për të bërë mëkat, si dhe i ka marrë shkaqet për diç të tillë.
 Tërheqja e vërejtjes nga luftimi i muslimanëve mes vete dhe kërcënimi me Zjarr për një vepër të tillë.
 Luftimi mes muslimanëve me hak (me të drejtë) nuk futet në këtë kërcënim, fjala vjen, luftimi i agresorëve (ar. bugat) dhe i atyre që bëjnë dëme.
 Vepruesi i mëkatit të madh nuk bën kufër (nuk del nga feja) thjesht pse ka bërë mëkat, sepse Profeti ﷺ i quajti muslimanë ata dy që luftojnë njëri-tjetrin.
 Nëse dy muslimanë ndeshen me ndonjë mjet me të cilin ndodh vrasja, e kështu njëri prej tyre e vret tjetrin, atëherë vrasësi dhe i vrari do të jenë në Zjarr. Fakti që shpata u përmend në hadith është në aspektin e përmendjes së një lloji që arrihet përmes saj vrasja (e nuk është për qëllim kufizimi vetëm me të).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4304</t>
+  </si>
+  <si>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>“Mos e lakmo dynjanë, që të të dojë Allahu dhe mos e lakmo atë që është në duart e njerëzve, që të të duan njerëzit!”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Ebul Abas Sehël ibën Sad es-Saidiu (Allahu qoftë i kënaqur me të!), tregon se një njeri erdhi te Profeti ﷺ dhe i tha: “O i Dërguari i Allahut! Mësoma një punë që, nëse e bëj, do të më dojë edhe Allahu, edhe njerëzit!” Ai i tha: “Mos e lakmo dynjanë, që të të dojë Allahu dhe mos e lakmo atë që është në duart e njerëzve, që të të duan njerëzit!”</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Një burrë e pyeti Profetin ﷺ që t'ia mësojë një vepër, të cilën nëse e bën, do ta dojë Allahu dhe do ta duan edhe njerëzit. Profeti ﷺ i tha se Allahu do të të dojë nëse i lë gjërat e tepërta të dynjasë; ato që nuk të sjellin dobi në ahiret dhe ato që mund ta dëmtojnë fenë tënde. Kurse njerëzit do të të duan nëse nuk lakmon atë që gjendet në duart e tyre nga të mirat e dynjasë, sepse ata e duan atë në mënyrë të natyrshme; dhe kush i rivalizon në të, e urrejnë, e kush ua lë atyre, e duan.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Vlera e zuhdit (asketizmit) në këtë botë, që do të thotë: ta lësh atë që nuk të sjell dobi në ahiret.
+Grada e zuhdit (asketizmi) është më e lartë se ruajtja nga mëkatet dhe gjërat e pahijshme; sepse kjo e fundit është lënia e asaj që mund të të dëmtojë, ndërsa zuhdi është lënia e asaj që nuk sjell dobi në botën tjetër.
+Sindi ka thënë: "Dynjaja është e dashur te njerëzit, prandaj kush i rivalizon ata në të, bëhet i urryer tek në varësi të rivalitetit; ndërsa kush i lë ata dhe të shtrenjtën e tyre (dynjanë), bëhet i dashur në zemrat e tyre po në atë masë.”</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4307</t>
   </si>
   <si>
     <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>“Mirësia është edukata e mirë, kurse mëkati është ajo që të bren në gjoks dhe nuk ke dëshirë që njerëzit ta kuptojnë.”</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
   </si>
   <si>
     <t>Nevas ibën Sem'an Ensariu (Allahu qoftë i kënaqur me të!) tregon: “E pyeta të Dërguarin e Allahut ﷺ për mirësinë dhe për mëkatin, e ai më tha: “Mirësia është edukata e mirë, kurse mëkati është ajo që të bren në gjoks dhe nuk ke dëshirë që njerëzit ta kuptojnë.”</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
 أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
 وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ u pyet për mirësinë dhe mëkatin, me ç'rast tha:
 Aspekti më i madh i mirësisë është të kesh edukatë të mirë: me Allahun (përmes devotshmërisë), dhe me njerëzit (përmes durimit ndaj lëndimeve, shmangies së zemërimit, fytyrës së qeshur, të folurit të mirë, ruajtjes së lidhjeve, bindjes, mirësisë, bamirësisë, sjelljes së butë dhe shoqërimit të mirë).
 Sa i përket mëkatit, ai është ajo gjendje dyshuese që lëkundet dhe endet brenda shpirtit, kraharori nuk ndihet rehat me të, zemra dyshon dhe ka frikë se është mëkat, dhe njeriu nuk dëshiron ta tregojë para njerëzve të mirë dhe të përsosur për shkak të shëmtisë së saj. Kjo sepse shpirti priret natyrshëm të tregojë të mirën e vet përpara njerëzve; prandaj, kur e urren që një vepër e caktuar të bëhet e ditur për ta, atëherë ajo është mëkat që nuk ka asnjë të mirë në të.</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
@@ -3799,50 +5163,87 @@
 Së dyti: sinqeriteti ndaj Librit të Tij, që është Kurani i madhërishëm. Pra, të besojmë se ai është Fjala e Tij e Libri i Tij i fundit, dhe se ai i shfuqizoi të gjitha ligjet (sheriatet) para tij. Ne e madhërojmë atë dhe e lexojmë ashtu si duhet. Punojmë sipas ajeteve të tij krejtësisht të qarta (ar. muhkemat) dhe i pranojmë ato që janë jo krejtësisht të qarta (ar. muteshabihat). E largojmë nga ai interpretimin e shtrembëruesve, i marrim në konsideratë këshillat e tij, i përhapim dituritë e tij dhe bëjmë thirrje tek ai.
 E treta: sinqeriteti ndaj të Dërguarit të Tij, Muhamedit ﷺ. Pra, të besojmë se ai është profeti i fundit, t'i besojmë asaj që solli, t'u bindemi urdhrave të tij dhe t'u shmangemi ndalesave të tij. Ta adhurojmë Allahun vetëm me atë që ai solli, ta respektojmë, ta nderojmë, ta përhapim thirrjen e tij, ta përhapim ligjin (sheriatin) e tij dhe t'i mënjanojmë akuzat që hidhen kundër tij.
 E katërta: sinqeriteti ndaj prijësve të muslimanëve, duke i ndihmuar ata në të vërtetën, të mos i kundërshtojmë çështjet e tyre, t'i dëgjojmë dhe t'u bindemi për sa kohë që i binden Allahut.
 Së pesti: sinqeriteti ndaj muslimanëve, duke u bërë mirë dhe duke i thirrur, duke e mënjanuar dëmtimin prej tyre, duke e dashur hairin për ta dhe duke bashkëpunuar me ta në mirësi e devotshmëri.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Urdhri për të qenë të sinqertë (e për të këshilluar) me të gjithë.
 Pozita madhështore që gëzon sinqeriteti (këshilla) në fe.
 Feja ngërthen në vete besime, fjalë dhe vepra.
 Nga sinqeriteti është që të jesh i dëlirë nga mashtrimi ndaj atij që e këshillon dhe ta dëshirosh të mirën për të.
 Metoda e shkëlqyer e mësimdhënies nga ana e Profetit ﷺ, meqë e përmendi sinqeritetin fillimisht në mënyrë të përgjithshme, e më pas e sqaroi hollësisht.
 Fillimi me gjërat që janë më të rëndësishme e kështu me radhë, sepse Profeti ﷺ filloi me sinqeritetin ndaj Allahut, Librit (Kuranit), Profetit ﷺ, prijësve të muslimanëve e më pas sinqeritetin ndaj shtresës së përgjithshme të muslimanëve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4309</t>
   </si>
   <si>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>Gjidhënia i ndalon ato lidhje martesore, që i ndalon edhe afërsia e gjakut</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>Aishja (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Gjidhënia i ndalon ato lidhje martesore, që i ndalon edhe afërsia e gjakut."</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e ka sqaruar se nga gjidhënia bëhet haram ajo që bëhet haram nga lidhja e gjakut dhe prejardhja, si halla, daja, vëllai… po ashtu gjidhënia i lejon ato dispozita që i lejon dhe lidhja e gjakut.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Hadithi shërben si rregull për dispozitat që kanë të bëjnë me gjidhënien.
+Ibën Haxheri ka thënë: "Fjala e Profetit ﷺ: “Gjidhënia i ndalon ato lidhje martesore, që i ndalon edhe afërsia e gjakut”,- nënkupton gjithashtu se gjidhënia i lejon të njëjtat gjëra që i lejon lidhja e gjakut. Kjo është me konsensus sa i përket ndalimit të martesës dhe çështjeve që lidhen me të si dhe të përhapjes së ndalesës (së martesës dhe gjërave që lidhen me të) mes foshnjës që i është dhënë gji dhe fëmijëve të gjidhënëses; ata konsiderohen të afërm   në aspektin e lejimit të shikimit (të tyre), qëndrimit vetëm me ta dhe udhëtimit me ta. Mirëpo, nga gjëdhënia nuk nuk rrjedhin dispozitat e tjera të mëmësisë, siç janë trashëgimia mes tyre, detyrimi i shpenzimeve, lirimi nga robëria për shkak të pronësisë, dispozitat e dëshmisë, marrja e përgjegjësisë për pagimin e kompensimit të gjakut (në rast të vrasjes pa qëllim) dhe falja e hakmarrjes (kisasi)."
+Hadithi dëshmon se ndalesa e lidhjeve martesore që hyn në fuqi nga gjidhënia është ndalesë e përhershme.
+Hadithet e tjera dëshmojnë se ndalesa për shkak të gjidhënies hyn në fuqi kur foshnjes i jepet gji pesë herë, në mënyrë të sigurtë, brenda dy viteve të para të lindjes.
+Martesat e ndaluara nga lidhja e gjakut janë: nënat, këtu përfshihen dhe gjyshet, stërgjyshet e më lart, nga nëna dhe nga babai. Bijat, këtu përfshihen edhe mbesat e stërmbesat etj, që rrejdhin nga vajzat dhe nga djemtë. Motrat: nga babai dhe nëna, apo nga njëri prej tyre. Hallat, këtu përfshihen të gjitha motrat e babait, si ato nga i njëjti prind ashtu edhe ato nga prindër të ndryshëm, si dhe të gjitha motrat e gjyshërve, edhe nëse janë më lart në gjenerata. Tezet, këtu përfshihen të gjitha motrat e nënës, si ato nga i njëjti prind ashtu edhe ato nga prindër të ndryshëm, si dhe të gjitha motrat e gjysheve, edhe nëse janë më lart në gjenerata, qofshin gjyshe nga babai apo nga nëna. Bijat e vëllait dhe bijat e motrës, këtu përfshihen edhe bijat e tyre, edhe nëse janë më poshtë.
+Martesat e ndaluara nga gjidhënia: Gjidhënia i ndalon ato lidhje martesore që i ndalon edhe lidhja e gjakut, kështu që çdo grua që është e ndaluar nga lidhja e gjakut, ndalohet edhe nga lidhja e gjidhënies, përveç nënës së vëllait dhe motrës së djalit nga gjidhënia, të cilat nuk janë të ndaluara.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4311</t>
+  </si>
+  <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Pa dyshim, hallalli dhe harami janë të qartë</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Numan ibn Beshiri (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë, - ndërkohë Numani i drejtoi dy gishtat nga veshët e vet: "Pa dyshim, hallalli dhe harami janë të qartë, por në mes tyre ka gjëra të dyshimta, të cilat shumë njerëz nuk i dinë. Ai që ruhet nga të dyshimtat, e ka ruajtur fenë dhe nderin e vet, kurse ai që bie në të dyshimtat, tashmë ka rënë në haram, si bariu që kullot kopenë përbri zonës së ndaluar, ku kopeja mund të bjerë në çdo çast. Me të vërtetë, çdo mbret ka zonën e vet të ndaluar, porse zona e ndaluar e Allahut janë haramet. Vini re, në trupin e njeriut është një copë mishi, që, nëse ajo është në rregull, tërë trupi është në rregull, por, nëse ajo prishet, prishet tërë trupi. Kini kujdes, ajo është zemra."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Profeti ﷺ na sqaroi në këtë hadith një rregull të përgjithshme në lidhje me gjërat dhe se ato në sheriat ndahen në tri kategori: hallall i qartë, haram i qartë dhe gjëra të dyshimta, vendimi i të cilave nuk është i qartë në aspektin e hallallit dhe haramit e këtë vendim nuk e dinë shumë njerëz.
 Kushdo që i braktis këto gjëra të dyshimta, feja e tij do të jetë e sigurt duke e larguar nga rënia në haram dhe nderi i tij do të jetë i sigurt nga fjalët e njerëzve, për faktin se ata do ta kritikonin për kryerjen e kësaj vepre të dyshimtë. Kushdo që nuk u shmanget të dyshmitave, e ka ekspozuar veten: ose duke rënë në haram, ose duke përfoluar njerëzit nderin e tij. Profeti ﷺ ka dhënë një shembull për të treguar gjendjen e atij që i vepron të dyshmitat, se i tilli është sikurse bariu që kullot bagëtinë e tij pranë një toke që e ka rrethuar pronari i saj, kështu që bagëtitë e bariut mund të kullotin në këtë zonë të rrethuar, për shkak të afërsisë me të. Po ashtu, kushdo që bën diçka të dyshimtë, atëherë ai i afrohet haramit dhe është gati për të rënë në të. Pas kësaj, Profeti ﷺ tregoi se në trupin e njeriut është një copë mishi (zemra), që, nëse ajo është në rregull, tërë trupi është në rregull, por, nëse ajo prishet, prishet i tërë trupi.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
@@ -3880,50 +5281,83 @@
 Së dyti: flokët e shprishur nga moskrehja, ndryshimi i ngjyrës së tij dhe i rrobave të tij nga pluhuri, pra, ai gjendet në një situatë të rënduar dhe të mjeruar.
 Së treti: ngre duart drejt qiellit duke bërë lutje.
 Së katërti: i drejtohet Allahut duke e lutur përmes emrave të Tij dhe ngulmon në këtë: “O Zot! O Zot!”
 Megjithëse i ka plotësuar këto shkaqe për pranimin e lutjes, lutja e tij nuk merr përgigje. Kjo, sepse ushqimi, pija dhe veshja e tij ishin nga harami, si dhe ishte ushqyer me haram. Prandaj, është e largët që t’i pranohet lutja dikujt që është në këtë gjendje. E si mund t’i pranohet?!</t>
   </si>
   <si>
     <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
 الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
 استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
 من موانع استجابة الدعاء أكل الحرام.
 من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
 أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
 قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
   </si>
   <si>
     <t>Allahut i Lartësuar është i përsosur në Qenien - Veten e Tij, cilësitë, veprimet dhe në gjykimet e Tij.
 Urdhri për ta bërë veprën sinqerisht për Allahun e Lartmadhëruar dhe për ta ndjekur Profetin ﷺ.
 Përdorimi i shprehjeve që nxisin për veprim, pasi Profeti ﷺ ka thënë: "Allahu i urdhëroi besimtarët për atë që i urdhëroi pejgamberët." Kur besimtari e di se kjo është nga gjërat që u janë urdhëruar të dërguarve, ai motivohet dhe nxitet për t’iu bindur Allahut të Lartësuar.
 Prej pengesave të pranimit të lutjes është ngrënia e haramit.
 Prej shkaqeve të pranimit të lutjes janë pesë gjëra: 1. Udhëtimi i gjatë, i cili bën që njeriu të jetë i përulur, e që është një nga shkaqet më të mëdha të pranimit të lutjes, 2. Gjendja e vështirë, 3. Ngritja e duarve drejt qiellit, 4. Lutja drejtuar Allahut me ngulm, duke e përmendur vazhdimisht frazën:  "O Zot!", që është një nga shkaqet më të fuqishme për pranimin e lutjes, 5. Ngrënia dhe pirja e produkteve të pastra.
 Ngrënia e ushqimit hallall dhe të pastër është një nga shkaqet që ndihmojnë në kryerjen e veprave të mira.
 Kadi Ijadi ka thënë: "Fjala: "Tajjib" (i pastër - i mirë) është antonim i fjalës "Habith" (i pistë-i lig), prandaj, kur i atribuohet Allahut të Madhëruar, do të thotë se Ai është i pastër nga mangësitë dhe i shenjtëruar nga ligësitë. Kur një gjë e tillë i atribuohet njeriut, do të thotë se ai nuk ka moral të keq apo vese të shëmtuara, dhe se posedon të kundërtën e kësaj domethënë moral të mirë dhe virtyte të larta. E kur i atribuohet pasurisë, nënkuptohet se ajo është hallall dhe prej pasurive më të mira."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4316</t>
+  </si>
+  <si>
+    <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
+  </si>
+  <si>
+    <t>“Allahu i Lartmadhëruar e shtrin Dorën gjatë natës, që të pendohet ai që bën mëkate gjatë ditës, dhe e shtrin Dorën gjatë ditës, që të pendohet ai që bën mëkate gjatë natës, derisa Dielli të lindë nga perëndimi.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
+  </si>
+  <si>
+    <t>Ebu Musai (Allahu qoftë i kënaqur me të) transmeton se Profeti ﷺ ka thënë: “Allahu i Lartmadhëruar e shtrin Dorën gjatë natës, që të pendohet ai që bën mëkate gjatë ditës, dhe e shtrin Dorën gjatë ditës, që të pendohet ai që bën mëkate gjatë natës, derisa Dielli të lindë nga perëndimi.”</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
+فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
+ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ na tregon në këtë hadith se Allahu i Lartësuar e pranon pendimin nga robërit e Tij. Nëse robi bën mëkat gjatë ditës dhe pendohet gjatë natës, Allahu ia pranon pendimin, sikundër që, nëse bën mëkat gjatë natës dhe pendohet gjatë ditës, Allahu ia pranon pendimin. Allahu i Lartësuar e shtrin dorën e Tij për ta pranuar pendimin (e robërve), duke u gëzuar dhe duke e pranuar këtë veprim. Dera e pendimit mbetet e hapur derisa të lindë Dielli nga Perëndimi, duke sinjalizuar fundin e botës, e kur të lindë nga Perëndimi, dera e pendimit mbyllet.</t>
+  </si>
+  <si>
+    <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
+عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
+ شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
+  </si>
+  <si>
+    <t>Pranimi i pendimit vazhdon, përderisa dera e tij është e hapur, ndërsa dera e tij mbyllet kur Dielli të lindë nga Perëndimi. Gjithashtu njeriu duhet të pendohet para se t'i vijë shpirti në fyt (para agonisë së vdekjes), sepse pas kësaj kohe pendimi nuk pranohet.
+Mosdëshpërimi dhe moshumbja e shpresës për shkak të mëkatit, sepse falja dhe mëshira e Allahut të Lartësuar janë të gjera dhe dera e pendimit është e hapur.
+Kushtet e pendimit: 1. Heqja dorë nga mëkati. 2. Keqardhja për kryerjen e tij. 3. Vendosmëria për të mos u kthyer më në të. Këto janë kur mëkati është në raport me të drejtën e Allahut të Lartësuar, e, nëse ka të bëjë me të drejtën e njerëzve, atëherë për vlefshmërinë e pendimit kërkohet që ajo e drejtë t'i jepet të zotit të saj ose i zoti i saj t'ia falë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4318</t>
   </si>
   <si>
     <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Me të vërtetë, Allahu ka urdhëruar mirësinë në çdo çështje</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Shedad ibn Evsi (Allahu qoftë i kënaqur me të!) ka thënë: "Dy gjëra i kam mbajtur në mend nga i Dërguari i Allahut ﷺ: "Me të vërtetë, Allahu ka urdhëruar mirësinë në çdo çështje, andaj, kur të vrisni, vritni në mënyrën më të mirë dhe, kur të therni, therni në mënyrën më të mirë: mprihni thikat dhe qetësojeni bagëtinë (kurbanin)."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se Allahu i Lartësuar na ka urdhëruar mirësinë në çdo çështje. Mirësia nënkupton që robin ta shoqërojë në vazhdimësi ndjenja se Allahu e vëzhgon gjatë adhurimit të Tij, kur bën hair, kur t'ua largojnë ndonjë dëmtim krijesave. Këtu bëjnë pjesë edhe vrasja e therja.
 Mirësia gjatë vrasjes sipas kisasit (ligjit të barazisë në ndëshkim) është që gjatë implementimit të këtij ndëshkimi të zgjidhet mënyra më e lehtë, më e butë dhe më e shpejtë për atë që ekzekutohet.
 Mirësia gjatë therjes është që të tregohet i butë ndaj bagëtisë, fillimisht duke mprehur mirë thikën, por të mos e mprehë atë para bagëtisë, si dhe të mos e shohin therjen bagëtitë e tjera.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
@@ -4218,50 +5652,53 @@
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
     <t>Ebu Havra Sadiu transmeton se e ka pyetur Hasanin, djalin e Aliut (Allahu qoftë i kënaqur me ta!): "Çfarë ke mbajtur mend nga i Dërguari i Allahut ﷺ?" Ai tha: "Kam mbajtur mend nga i Dërguari i Allahut ﷺ: "Lëre atë që të ngjall dyshim dhe kapu pas asaj që nuk të ngjall dyshim, sepse e vërteta sjell qetësi, ndërsa gënjeshtra sjell pasiguri."</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka urdhëruar që të lihen fjalët dhe veprat për të cilat njeriu është në dyshim; a janë të ndaluara apo të lejuara; a janë haram apo hallall, dhe të kapesh pas asaj për të cilën nuk ke asnjë dyshim dhe je i sigurt se është e mirë dhe lejuar, sepse zemra gjen qetësi dhe prehje në atë që është e sigurt, ndërsa ajo që përmban dyshim e pasguri, e shqetëson dhe trazon zemrën.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>Muslimani duhet t'i ndërtojë çështjet e tij mbi bindjen e plotë, të shmangë atë që është e dyshimtë, dhe të jetë i vetëdijshëm në fenë e tij.
 Ndalesa e përfshirjes në gjërat e dyshimta.
 Nëse dëshiron qetësi dhe rehati, lëre mënjanë atë që të shkakton dyshim.
 Këtu del në pah mëshira e Allahut ndaj robërve të Tij, meqë i urdhëroi për gjëra që sjellin qetësi për shpirtin dhe mendjen dhe i ndaloi nga gjërat që sjellin shqetësim dhe mëdyshje.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4564</t>
   </si>
   <si>
     <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>“Namazi i personit me xhemat, është njëzet e ca shkallë më i vlefshëm se namazi që ai fal në shtëpinë e tij apo në treg</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Namazi i personit me xhemat, është njëzet e ca shkallë më i vlefshëm se namazi që ai fal në shtëpinë e tij apo në treg. Arsyeja e kësaj është se kur dikush merr abdes në mënyrën më të mirë, pastaj shkon në xhami, duke mos i interesuar asgjë tjetër përveçse falja e namazit me xhemat, për çdo hap që hedh, i shtohet një gradë dhe i shlyhet një gjynah, derisa të hyjë në xhami. E kur të hyjë në xhami, fiton sevape njësoj sikur është duke falur namaz për aq kohë sa pret për të falur namazin. Derisa nuk largoheni prej vendit që falni namaz, nuk dëmtoni njeri dhe nuk e prishni abdesin, melekët luten duke thënë: «O Zot, mëshiroje! O Zot, fale! O Zot, pranoja pendimin!»”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) na njofton se kur muslimani falet me xhemat, namazi i tij është njëzet e ca herë më i mirë se namazi që ai fal në shtëpinë e tij apo në tregun e tij. Mandej ai (paqja qoftë mbi të!) përmendi dhe arsyen e kësaj, e cila është se kur njeriu merr abdes duke e plotësuar mirë atë dhe më pas niset për në xhami vetëm me qëllimin e faljes së namazit, saherë që të hedhë një hap i lartësohet një gradë dhe i fshihet një gabim. Dhe kur hyn në xhami dhe ulet për të pritur namazin, ai merr shpërblimin e namazit për sa kohë që e pret namazin. Ndërkohë melaiket luten për të, derisa të jetë në vendin e tij ku është falur. Ato thonë: "O Allah, fale atë! O Allah, mëshiroje atë! O Allah, pranoja pendimin!" Melaiket vazhdojnë të luten për të, derisa ai nuk e prish abdesin dhe nuk i lëndon njerëzit apo melaiket.</t>
   </si>
@@ -4491,50 +5928,94 @@
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Ndalimi i ndëshkimit me më shumë sesa që ka bërë dëm.
 Allahu nuk i urdhëroi robërit e Tij diçka që u bën dëm.
 Dëmtimi është i ndaluar, qoftë me fjalë e vepër, qoftë me lënie.
 Ndëshkimi është sipas llojit të veprës: "Atë që e dëmton (ndonjë besimtar), Allahu do ta dëmtojë, ndërsa atij që ia vështirëson (ndonjë besimtari), Allahu do t'ia vështirësojë."
 Prej rregullave të ligjit islam është: "Dëmi duhet mënjanuar." Pra, ligji islam nuk e aprovon dëmin, përkundrazi e refuzon dëmtimin.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Ky hadith është sahih përmes transmetimeve të tjera përforcuese]</t>
   </si>
   <si>
     <t>[E shënon Darakutniu]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4711</t>
   </si>
   <si>
+    <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
+  </si>
+  <si>
+    <t>“Gjaku i muslimanit, që dëshmon se vetëm Allahu meriton të adhurohet dhe se unë jam i Dërguari i Tij, është i lejuar vetëm në këto tri raste</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
+  </si>
+  <si>
+    <t>Ibn Mes'udi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Gjaku i muslimanit, që dëshmon se vetëm Allahu meriton të adhurohet dhe se unë jam i Dërguari i Tij, është i lejuar vetëm në këto tri raste: 1.I martuari lavir; 2. Ai që ka vrarë dikë padrejtësisht; dhe 3. Ai që ka dalë nga feja, që njëherazi është ndarë nga xhemati (bashkësia).”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
+الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
+الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
+الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e bëri të qartë se gjaku i muslimanit është i shenjtë (i ndaluar për t’u derdhur), përveç në këto tri raste: I pari: Ai që bie në mëkatin e zinasë, ndërkohë që është martuar me një kontratë të vlefshme (martesore), atëherë lejohet të dënohet me gurëzim deri në vdekje. I dyti: Ai që vret me qëllim, një shpirt të pafajshëm pa të drejtë, vritet sipas kushteve të përcaktuara për këtë rast. I treti: Ai që del nga xhemati (bashkësia e) muslimanëve; qoftë duke braktisur tërë fenë islame, duke bërë riddeh (dezertim), ose duke u ndarë pa bërë dezertim; duke lënë disa pjesë të saj, siç janë rebelët, kusarët dhe kryengritësit e armatosur si havarixhët etj.</t>
+  </si>
+  <si>
+    <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
+وجوب حفظ الأعراض ونقائها.
+وجوب احترام المسلم، وأنه معصوم الدم.
+الحث على التزام جماعة المسلمين وعدم مفارقتهم.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
+شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
+تطبيق هذه الحدود هو من اختصاص ولي الأمر.
+أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
+  </si>
+  <si>
+    <t>Ndalohet kryerja e këtyre tri gjërave, dhe ai që e kryen njërën prej tyre e meriton dënimin me vdekje: qoftë për shkak të kufrit (daljes nga feja), ose si masë ndëshkimore nga ana e sheriatit si në rastin e të martuarit lavir dhe vrasësit i cili vret dikë me dashje.
+Detyrimi për ta ruajtur nderin të pastër.
+Detyrimi për ta respektuar muslimanin dhe se gjaku i tij është i paprekshëm.
+Inkurajimi për të qëndruar pranë xhematit të muslimanëve dhe për të mos u larguar nga ata.
+Mënyra e bukur e mësimdhënies nga ana e Profetit ﷺ, ku fjalët e tij ndonjëherë paraqiten me klasifikime; sepse klasifikimet i përmbledhin çështjet dhe i sistemojnë, dhe është më e lehtë për ti mbajtur mend.
+Allahu i ka ligjësuar ndëshkimet penale (ar. hudud) për të penguar keqbërësit dhe për të mbrojtur shoqërinë nga krimet dhe dëmet.
+Zbatimi i këtyre ndëshkimeve penale është përgjegjësi ekskluzive e sundimtarit.
+Shkaqet e dënimit me vdekje janë më shumë se tre, por ato nuk dalin jashtë tyre. Ibnul Arabi Malikiu ka thënë: “Ato në asnjë rast nuk dalin jashtë këtyre të triave, sepse kush bën magji ose fyen ndonjë pejgamber të Allahut, ka bërë kufër, dhe kështu hyn në kategorinë e atij që e ka lënë fenë.”</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4714</t>
+  </si>
+  <si>
     <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>Le të jetë gjuha jote gjithnjë e njomë nga përmendja e Allahut të Madhërishëm</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>Abdullah ibën Busri (Allahu qoftë i kënaqu me të!) tregon: “Një njeri vajti te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut, ligjet e Islamit janë bërë shumë, ndaj më trego ndonjë çështje përmbledhëse, që të kapem pas saj!" Ai tha: "Le të jetë gjuha jote gjithnjë e njomë nga përmendja e Allahut të Madhërishëm."</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>Një njeri iu ankua Profetit ﷺ se adhurimet vullnetare ishin shtuar aq shumë, saqë ai nuk mund t'i përballonte për shkak të dobësisë së tij. Pastaj e pyeti Profetin ﷺ që t’i tregonte një vepër të lehtë, e cila sjell shpërblim të madh dhe tek e cila ai mund të kapet fort.
 Atëherë Profeti ﷺ e udhëzoi që gjuha e tij të jetë e freskët dhe në lëvizje të vazhdueshme në përkujtimin e Allahut të Lartësuar në çdo kohë dhe gjendje, qoftë me tesbih (duke thënë: subhanallah), tahmid (duke thënë: elhamdulilah), istigfar (duke thënë: estagfirullah), si dhe lutje dhe gjëra të tjera të ngjashme.</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
@@ -4634,50 +6115,99 @@
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>Profeti ﷺ ka sqaruar në këtë hadith se, nëse njerëzve do t'u jepej thjesht në bazë të pretendimit të tyre, pa dëshmi e pa prova, do të kishte njerëz të atillë që do të pretendonin pasurinë dhe gjakun e të tjerëve, mirëpo pretenduesi ka për detyrë të sjellë dëshmi dhe prova për pretendimin që po bën, e, nëse ai nuk ka asnjë dëshmi, atëherë pretendimi i paraqitet të pandehurit, i cili, nëse e mohon, e ka për detyë të betohet dhe në këtë mënyrë ai (i pandehuri) fiton pafajësinë.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>Ibën Dekik el-Idi ka thënë: "Ky hadith është një nga bazat e gjykimeve fetare dhe referenca më e madhe në rast të mosmarrëveshjeve dhe konflikteve."
 Feja ka ardhur për t'i mbrojtur pasuritë dhe gjaqet e njerëzve nga abuzimi.
 Gjyqtari (kadiu) nuk vendos në bazë të njohurive të tij, por u referohet dëshmive dhe provave.
 Çdo pretendim që nuk mbështetet në provë të qartë është i papranueshëm, pavarësisht nëse ka të bëjë me të drejtat dhe marrëdhëniet midis individëve apo me çështjet e besimit dhe të diturisë.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
     <t>[E shënon Bejhekiu]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4722</t>
+  </si>
+  <si>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>Ena më e keqe që mbush njeriu është vetë barku (i tij). Njeriut i mjaftojnë ca kafshata që ta mbajë trupin e tij, por në qoftë se i duhet të hajë patjetër më shumë, atëherë le ta lërë një të tretën për ushqim, një të tretën për pije dhe një të tretën për frymëmarrje.”</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>Mikdad ibën Madikeribi (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Ena më e keqe që mbush njeriu është vetë barku (i tij). Njeriut i mjaftojnë ca kafshata që ta mbajë trupin e tij, por në qoftë se i duhet të hajë patjetër më shumë, atëherë le ta lërë një të tretën për ushqim, një të tretën për pije dhe një të tretën për frymëmarrje.”</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Profeti fisnik ﷺ na udhëzon drejt një prej parimeve kryesore të mjekësisë, i cili është parandalimi që shërben për të ruajtur shëndetin e njeriut duke ngrënë sa më pak. Njeriu duhet të hajë aq sa i mjafton për të shuar urinë dhe për të marrë fuqi për të përmbushur përgjegjësitë. Vërtet, enë më e keqe që mund të mbushet është barku, për shkak të sëmundjeve të rrezikshme, të panumërta, të cilat shfaqen menjëherë ose pas një kohe të caktuar dhe prekin pjesët e jashtme të trupit ose pjesët e brendshme. Pastaj, Profeti ﷺ tha se nëse njeriu patjetër duhet të ngopet, atëherë le ta ndajë stomakun e tij në tri pjesë; një të tretën për ushqim, një të tretën tjetër për pijen dhe një të tretën tjetër për frymëmarrjen, në mënyrë që të mos rëndohet apo të dëmtohet ose të ndiejë përtaci në kryerjen e detyrimeve fetare dhe materiale.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>Mosteprimi në të ngrënë e të pirë është një parim që i përmbledh të gjitha parimet e mjekësisë, për shkak të sëmundjeve dhe të këqijave që sjell ngopja e tepërt.
+Qëllimi i të ngrënit është ruajtja e shëndetit dhe forcës, te të cilat varet mbarëvajtja e jetës.
+Mbushja e barkut me ushqim ka dëm në aspektin trupor dhe fetar. Umeri (Allahu qoftë i kënaqur me të!)  ka thënë: "Ruajuni mbushjes së barkut, sepse ajo shkatërron trupin dhe shkakton përtaci për faljen e namazit."
+Të ngrënit, nga aspekti i dispozitës, ndahet në disa lloje: 
+1. Obligim. Ky, është ai ushqim me të cilin ruhet jeta dhe lënia e tij sjell dëm. 2. I lejuar. Ky, është ai ushqim që është më tepër se sasia e domosdoshme, dhe nga i cili nuk frikësohemi se mund të na bëjë dëm. 3. I papëlqyer. Ky është ai ushqim nga i cili frikësohemi se mund të na bëjë dëm. 4. I ndaluar. Ky është ai ushqim nga i cili dihet se na sjell dëm. 5. I pëlqyer. Ky është ai ushqim i cili e ndihmon njeriun të përmbushë adhurimet dhe urdhërat e Allahut. Të gjitha këto janë përmbledhur në hadithin në fjalë në tri shkallë: E para: Mbushja e barkut. E dyta: Disa kafshata që  mbajnë trupin. E treta: Fjala e Profetit ﷺ: "Një të tretën për ushqim, një të tretën për pije dhe një të tretën për frymëmarrje.” Dhe të gjitha këto lloje që përmendëm lidhen me rastin kur ushqimi është hallall në vetvete.
+Hadithi është një prej parimeve themelore të mjekësisë, dhe meqë shkenca e mjekësisë sillet rreth tri parimeve: ruajtjes së forcës, dietës dhe pastrimit të trupit, hadithi i ka përfshirë dy të parat prej tyre, ashtu siç thotë Allahu i Lartësuar: "Hani e pini, por mos e teproni. Vërtet, Ai nuk i do ata që e teprojnë." (El Araf, 31)
+Hadithi tregon për përsosmërinë e kësaj feje për faktin se ajo ka shpjeguar dobitë e njeriut në fenë dhe jetën e tij.
+Bazat e mjekësisë dhe disa lloje të saj bëjnë pjesë në shkencat e fesë islame, ashtu siç kanë ardhur transmetime për mjaltin dhe farën e zezë.
+Dispozitat e fesë përmbajnë urtësi të ndryshme dhe ato janë të ndërtuara mbi shmangien e dëmeve dhe sjelljen e dobive.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4723</t>
   </si>
   <si>
     <t>مانهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Kur t'ju ndaloj diçka, largohuni prej saj, kurse atë që ju urdhëroj, bëjeni aq sa keni mundësi, ngase ata që ishin para jush janë shkatërruar për shkak të pyetjeve të shumta dhe kundërshtimit ndaj të dërguarve</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Kur t'ju ndaloj diçka, largohuni prej saj, kurse atë që ju urdhëroj, bëjeni aq sa keni mundësi, sepse ata që ishin para jush janë shkatërruar për shkak të pyetjeve të shumta dhe kundërshtimit ndaj të dërguarve."</t>
   </si>
   <si>
     <t>دلنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
 ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ na përudhi se nëse na ndalon të bëjmë diçka, duhet ta shmangim atë pa përjashtim, e, nëse na urdhëron të bëjmë diçka, atëherë duhet të bëjmë atë që kemi mundësi.
 Pastaj ai na paralajmëroi që të mos jemi si disa nga popujt e mëparshëm të cilët u bënin shumë pyetje profetëve të tyre pavarësisht se i kundërshtonin ata. Kështu që Allahu i ndëshkoi ata me lloje të shkatërrimit dhe asgjësimit, kështu që nuk duhet të jemi si ata, që mos të shkatërrohemi si ta.</t>
   </si>
   <si>
     <t>الأمر بامتثال الأوامر، واجتناب النواهي.
 النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
@@ -5173,50 +6703,53 @@
 3. Tivele, e cila bëhet për ta bërë të dashur njërin bashkëshort për tjetrin.
 Këto gjëra janë shirk, sepse është konsideruar diçka shkak (për shërim etj.), që nuk është shkak fetar, që vërtetohet me argument, e as shkak konkret, që vërtetohet me përvojë. Sa u përket shkaqeve fetare, si: leximi i Kuranit ose shkaqeve konkrete, siç janë barnat, që janë vërtetuar me përvojë (se janë të dobishme), ato lejohen, por duke besuar se janë shkaktare dhe se dobia dhe dëmi janë në Dorë të Allahut.</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Mbrojtja e teuhidit dhe akides nga gjërat që e cenojnë atë.
 Është haram të përdoren rukjet shirkore, hajmalitë dhe tiveletë.
 Nëse njeriu ka bindje se këto tria janë shkaqe, atëherë një veprim i tillë është shirk i vogël, sepse i tilli e konsideroi shkak një gjë që nuk është shkak, ndërsa bindja se ato vetvetiu bëjnë dobi dhe dëm, është shirk i madh (që e nxjerr njeriun nga feja).
 Tërheqja e vërejtjes nga veprimi i shkaqeve shirkore dhe të ndaluara.
 Ndalimi i rukjeve dhe se ato janë shirk, përveç asaj që është legjitime (me Kuran dhe Sunet).
 Zemra duhet të lidhet vetëm me Allahun, sepse vetëm nga Ai, i Cili nuk ka ortak, vjen dëmi dhe dobia, kështu që askush nuk sjell të mira përveç Allahut dhe askush nuk e largon të keqen përveç Tij.
 Rukje e lejuar është ajo që përfshin tri kushte: 1. Të besojë se ajo është shkak dhe bën dobi vetëm me lejen e Allahut. 2. Të bazohet në Kuran, në emrat dhe cilësitë e Allahut, në lutjet profetike dhe në lutjet e ligjshme. 3. Të jetë në gjuhë të kuptueshme dhe të mos përmbajë fjalë të pakuptueshme dhe magji.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5273</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>“A e dini çfarë është përgojimi?” Ata thanë: "Allahu dhe i Dërguari i Tij e dinë më së miri." Profeti ﷺ tha: “Të përmendësh për vëllanë tënd atë që ai e urren.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “A e dini çfarë është përgojimi?” Ata thanë: "Allahu dhe i Dërguari i Tij e dinë më së miri." Profeti ﷺ tha: “Të përmendësh për vëllanë tënd atë që ai e urren.” Dikush pyeti: "Çfarë mendon nëse vëllai im e ka atë që e them?" Profeti ﷺ tha: “Nëse e ka atë që e thua, pikërisht kjo është përgojim, e, nëse nuk e ka, atëherë i ke bërë shpifje atij.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron realitetin e përgojimit, që është: përmendja për muslimanin që nuk është i pranishëm diçka që atij nuk i pëlqen, qoftë kjo një nga cilësitë e tij fizike, qoftë morale. Për shembull, i verbri, mashtruesi, gënjeshtari, e cilësi të ngjashme përçmuese, edhe nëse këto cilësi janë të pranishme tek ai.
 Por, nëse ai nuk i ka ato cilësi që u përmendën, atëherë kjo është më e rëndë se përgojimi, sepse është shpifje ndaj njeriut me diçka që nuk e ka.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
@@ -5424,50 +6957,53 @@
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Xhabir ibn Abdullahu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Çdo vepër e mirë është sadaka (lëmoshë)."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se çdo vepër e mirë dhe dobi për të tjerët, qoftë me fjalë, qoftë me vepër, është sadaka (lëmoshë) dhe për të ka shpërblim.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Hadithi tregon se sadakaja nuk kufizohet në atë që njeriu e jep nga pasuria e tij, por çdo të mirë që e vepron një njeri (besimtar), e thotë ose ia ofron ndokujt tjetër.
 Ky hadith është inkurajim për të bërë mirë dhe çdo gjë që u sjell dobi të tjerëve.
 Mosnënçmimi i ndonjë gjëje të mirë, edhe po qe e paktë.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
+    <t>[رواه البخاري من حديث جابر ورواه مسلم من حديث حذيفة]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5346</t>
   </si>
   <si>
     <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Assesi mos nënvlerëso asnjë gjë, edhe po e takove vëllanë tënd me fytyrë të buzëqeshur</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Ebu Dherri (Allahu qoftë i kënaqur me të!) transmeton: "Profeti ﷺ më ka thënë: "Assesi mos nënvlerëso asnjë gjë, edhe po e takove vëllanë tënd me fytyrë të buzëqeshur."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na inkurajon për të bërë mirë dhe për të mos e nënvlerësuar atë, qoftë dhe e paktë. Kjo përfshin fytyrën e çelur e me buzëqeshje gjatë takimit, kështu që muslimani duhet të ketë kujdes për të, për shkak të dashamirësisë ndaj vëllait musliman dhe se e bën atë të lumtur.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
@@ -5756,50 +7292,53 @@
   </si>
   <si>
     <t>Në Ditën e Gjykimit, asgjë nuk do të jetë më e rëndë në peshoren e besimtarit sesa morali i mirë. Pa dyshim, Allahu e urren njeriun e pandershëm dhe të paturpshëm</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Ebu Derdai (Allahu qoftë i kënaqur me të!) tregon se Profeti (paqja qoftë mbi të!) ka thënë: "Në Ditën e Gjykimit, asgjë nuk do të jetë më e rëndë në peshoren e besimtarit sesa morali i mirë. Pa dyshim, Allahu e urren njeriun e pandershëm dhe të paturpshëm."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) ka njoftuar se fjala apo vepra më e rëndë në peshoren e besimtarit në Ditën e Gjykimit do të jetë morali i mirë, i cili konsiston në fytyrën e qeshur, moslëndimin e të tjerëve dhe bamirësinë. Allahu i Madhëruar e urren atë njeri që është i paturpshëm në veprat dhe fjalët e tij dhe atë që përdor fjalë të pista.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Vlera e moralit të lartë, përmes të cilit njeriu fiton dashurinë e Allahut dhe dashurinë e njerëzve. Morali i lartë do të jetë gjëja më madhështore që do të peshohet në Ditën e Gjykimit.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5371</t>
   </si>
   <si>
     <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Ai që dëshiron t'i shtohet rizku dhe t'i zgjatet jeta, le t'i mbajë lidhjet farefisnore</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Ai që dëshiron t'i shtohet rizku dhe t'i zgjatet jeta, le t'i mbajë lidhjet farefisnore."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na inkurajon t'i mbajmë lidhjet me të afërmit përmes vizitave, ndihmës fizike e financiare e gjërave të tjera dhe se kjo është shkak për shtim të rizkut dhe jetëgjatësi.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
@@ -7109,50 +8648,85 @@
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith urdhëron që njerëzve t'ua lehtësojmë gjërat e të mos ua vështirësojmë, në të gjitha çështjet, qofshin fetare, qoftshin të kësaj bote (kuptohet), brenda kufijve të asaj që Allahu e ka lejuar dhe e ka përligjur.
 Profeti ﷺ inkurajon që të përgëzojmë për mirësi dhe të mos i largojmë njerëzit prej saj.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Besimtari e ka obligim që t'i bëjë njerëzit ta duan Allahun dhe t'i inkurajojë ata të bëjnë mirë.
 Thirrësi për tek Allahu duhet të shikojë me urtësi se si ua përcjell njerëzve thirrjen në Islam.
 Dhënia e lajmeve të mira si rezultat ka kënaqësinë, afrimin dhe rehatinë për thirrësin dhe për çështjen që ua paraqet njerëzve.
 Vështirësimi jep si rezultat largimin, kthimin e shpinës dhe dyshimin në fjalët që thotë thirrësi.
 Mëshira e gjerë e Allahut ndaj robërve të Tij dhe se Ai është i kënaqur për ta me një fe të lehtësuar dhe një ligj të lehtë.
 Lehtësimi i urdhëruar është ai me të cilin ka ardhur feja.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5866</t>
   </si>
   <si>
+    <t>ألحقوا الفرائض بأهلها، فما بقي فلأولى رجل ذكر</t>
+  </si>
+  <si>
+    <t>“Jepjani pjesën e trashëgimisë atyre që u takon, e ajo që tepron, i përket mashkullit më të afërt.”</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلْحِقُوا الفَرَائِضَ بِأَهْلِهَا، فَمَا بَقِيَ فَلِأَوْلَى رَجُلٍ ذَكَرٍ».</t>
+  </si>
+  <si>
+    <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Jepjani pjesën e trashëgimisë atyre që u takon, e ajo që tepron, i përket mashkullit më të afërt.”</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم القائمين على قسمة التركة أن يوزعوها على مستحقيها بالقسمة العادلة الشرعية كما أراد الله تعالى، فيعطى أصحاب الفروض المقدرة فروضهم في كتاب الله، وهي الثلثان والثلث والسدس والنصف والربع والثمن، فما بقى بعدها، فإنه يعطى إلى من هو أقرب إلى الميت من الرجال، ويسمون العصبة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith i urdhëron ata që merren me ndarjen e trashëgimisë që ta shpërndajnë atë tek ata që e meritojnë, në mënyrë të drejtë dhe sipas ligjit fetar, ashtu siç e ka caktuar Allahu i Lartësuar. Përfituesve të pjesëve të caktuara u jepen pjesët e tyre të përmendura në Librin e Allahut, të cilat janë: dy të tretat, një e treta, një e gjashta, gjysma, një e katërta dhe një e teta. Ajo që mbetet pas tyre, u jepet më të afërmve të të vdekurit nga meshkujt, të cilët quhen "asabe".</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في قسمة التركة.
+أن قسمة الفرائض تكون بالبداءة بأهل الفرائض.
+أن ما بقي بعد الفروض للعصبة.
+تقديم الأقرب فالأقرب فلا يرث عاصب بعيد كالعم، مع وجود عاصب قريب كالأب.
+أنه لا شيء للعاصب إذا استغرقت الفروض التركة، أي لم يبق منها شيئًا.</t>
+  </si>
+  <si>
+    <t>Hadithi është rregull bazë në ndarjen e pasurisë së lënë pas vdekjes.
+Ndarja e trashëgimisë fillon me ata që kanë pjesë të përcaktuara me tekst fetar.
+Ajo që mbetet pas ndarjes së pjesëve të pëcaktuara, u takon të afërmve të të vdekurit nga meshkujt.
+I jepet përparësi të afërtit, pastaj të largëtit. Andaj, një trashëgimtar mashkull i largët, si xhaxhai, nuk trashëgon nëse ekziston një trashëgimtar i afërt, si babai.
+Të afërmve të të vdekurit nga meshkujt nuk i takon asgjë, nëse pjesët e përcaktuara e përfshijnë të gjithë trashëgiminë, domethënë nuk mbetet më asgjë prej saj.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5887</t>
+  </si>
+  <si>
     <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>“Përsëriteni Kuranin vazhdimisht, sepse betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se ai ikën më shpejt se deveja kur zgjidhet nga litari.”</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Përsëriteni Kuranin vazhdimisht, sepse betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se ai ikën më shpejt se deveja kur zgjidhet nga litari.”</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka urdhëruar që të përsëritet Kurani dhe të lexohet vazhdimisht, që të mos harrohet pasi është mësuar përmendsh në kraharor, dhe këtë e vërtetoi me betim, se Kurani largohet më shpejt nga kraharori sesa devetë e lidhura me litarë në mes të krahut. Nëse njeriu e përsërit atë, e kap (dhe e ruan), e, nëse e lëshon (nuk e përsërit), largohet dhe humbet.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Nëse hafëzi e lexon atë në vazhdimësi, pa pushim, ai do të mbetet i ruajtur në zemrën e tij, përndryshe do të largohet dhe do ta harrojë.
 Prej dobive të përsëritjes së Kuranit në vazhdimësi është shpërblimi dhe ngritja e shkallëve në Ditën e Kiametit.</t>
   </si>
@@ -7258,50 +8832,53 @@
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
   </si>
   <si>
     <t>Ndalohet të thuhet: "Si të dojë Allahu dhe si të duash ti!" Si dhe shprehje të tilla, ku vullneti i njeriut bashkohet me vullnetin e Allahut, sepse një gjë e tillë është shirk i vogël.
 Qortimi i së keqes është detyrë.
 Pejgamberi i Allahut (paqja qoftë mbi të!) i ka mbrojtur kufijtë e teuhidit dhe i ka mbyllur rrugët e shirkut.
 Kur kritikojmë një ligësi është e udhës që palën tjetër ta orientojmë te një alternativë e lejueshme, duke pasuar kështu Pejgamberin (paqja qoftë mbi të!).
 Fjala e Pejgamberit (paqja qoftë mbi të!) në këtë hadith: "Si të dojë Allahu i Vetëm!" dhe fjala e tij në hadithin tjetër: "Thuaj: 'Si të dojë Allahu dhe mandej si të duash ti!'" pajtohen me njëra-tjetrën në këtë mënyrë që fjala: "Thuaj: 'Si të dojë Allahu dhe mandej si të duash ti!" është e lejueshme, ndërsa fjala: "Si të dojë Allahu i Vetëm!" është më e mirë.
 Lejohet të thuash: "Si të dojë Allahu dhe mandej si të duash ti!" Por, më e mira është të thuhet: "Si të dojë Allahu i Vetëm!".</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Senedi i këtij hadithi është hasen (i mirë)]</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5928</t>
   </si>
   <si>
     <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>njerëzit që do të kenë dënimin më të ashpër tek Allahu në Ditën e Gjykimit, janë ata që imitojnë krijimin e Allahut</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
     <t>Nga Aisheja (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Njëherë Pejgamberi (paqja qoftë mbi të!) erdhi në dhomën time dhe unë kisha mbuluar një dollap me një pëlhurë në të cilën kishte figura frymorësh. Kur e pa, atij i ndryshoi ngjyra e fytyrës dhe pasi e grisi atë, tha: 'O Aishe, njerëzit që do të kenë dënimin më të ashpër tek Allahu në Ditën e Gjykimit, janë ata që imitojnë krijimin e Allahut.'" Aishja tha: "Ne e premë atë dhe me të bëmë një ose dy jastëkë."</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) hyri në dhomën e Aishes (Allahu qoftë i kënaqur me të!) dhe pa që ajo kishte mbuluar një dollap të vogël, ku vendosen sendet, me një pëlhurë në të cilën kishte piktura frymorësh. Nga zemërimi për Allahun, Pejgamberit (paqja qoftë mbi të!) i ndryshoi ngjyra e fytyrës, e hoqi pëlhurën dhe tha: "Njerëzit që do të kenë dënimin më të ashpër në Ditën e Gjykimit do të jenë ata që përpiqen të imitojnë Allahun, duke pikturuar krijesat e Allahut." Aisheja tha që e prenë atë pëlhurë dhe me të bënë një ose dy jastëkë.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
@@ -7626,50 +9203,53 @@
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>Nga Abdullah ibn Hubejbi (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Një natë me shi dhe me erë të fortë, dolëm të kërkonim Pejgamberin (paqja qoftë mbi të!) që të na falte namazin. Kur e gjeta, më tha: 'Thuaj!' Por unë nuk thashë asgjë. Përsëri tha: 'Thuaj!' Por unë nuk thashë asgjë. Ai përsëri tha: 'Thuaj!' Kësaj here unë i thashë: 'Çfarë të them?' Ai tha: 'Kul huvallahu ehad dhe dy Mbrojtëset (Feleku dhe Nasi) në mëngjes dhe në mbrëmje nga tri herë, të mjaftojnë për çdo gjë".</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Sahabiu i madh Abdullah ibn Hubejbi (Allahu qoftë i kënaqur me të!) tregon se ata dolën një natë në të cilën binte shi me rrebesh dhe frynte një erë e fortë për të kërkuar Pejgamberin (paqja qoftë mbi të!) që t'u falte namazin dhe kur e gjetën, Pejgamberi i tha atij: "Thuaj!" d.m.th. këndo! Por, ai nuk këndoi asgjë. Kur Pejgamberi (paqja qoftë mbi të!) i përsëriti fjalët, Abdullahu i tha: "Çfarë të këndoj, o Pejgamber i Allahut?" Pejgamberi (paqja qoftë mbi të!) i tha që të këndonte suren El-Ihlas, suret El-Felek dhe En-Nas në mbrëmje dhe në mëngjes nga tri herë, ngase ato të mbrojnë nga çdo e keqe dhe nga çdo ligësi.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Pëlqehet që suret El-Ihlas, El-Felek dhe En-Nas të këndohen në mëngjes dhe në mbrëmje, ngase ato të mbrojnë nga çdo gjë e keqe.
 Vlera e këndimit të sureve El-Ihlas, El-Felek dhe En-Nas.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6082</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>'Thuaj, nuk ka të adhuruar tjetër veç Allahut, i Cili është i Vetëm, pa ortak, Allahu është më i Madhi, Atij i takon falënderimi i shumtë, i Pastër është Allahu, Zoti i botëve, nuk ka ndryshim dhe as fuqi veçse nëpërmjet Allahut të Gjithëfuqishmit, të Urtit.'</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Nga Sa'di (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Një beduin erdhi te Pejgamberi (paqja qoftë mbi të!) dhe i tha: 'Më mëso disa fjalë që t'i them!' Pejgamberi tha: 'Thuaj, nuk ka të adhuruar tjetër veç Allahut, i Cili është i Vetëm, pa ortak, Allahu është më i Madhi, Atij i takon falënderimi i shumtë, i Pastër është Allahu, Zoti i botëve, nuk ka ndryshim dhe as fuqi veçse nëpërmjet Allahut të Gjithëfuqishmit, të Urtit.' Beduini tha: 'Këto fjalë janë për Zotin tim, po për mua çfarë ka?' Pejgamberi i tha: 'Thuaj: O Allah, më fal, më mëshiro, më udhëzo dhe më furnizo!'"</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
@@ -7913,50 +9493,53 @@
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Nuk ka ditë ku veprat e mira janë më të dashura për Allahun sesa këto dhjetë ditë (të dhul hixhes).” Të pranishmit e pyetën: “As xhihadi në rrugën e Allahut, o i Dërguari i Allahut?!” Profeti ﷺ ua ktheu: "As xhihadi në rrugën e Allahut, përveç një burri i cili del me veten dhe pasurinë e tij dhe nuk kthehet me asnjërën.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se veprat e mira në dhjetëditëshin e parë të muajit dhul hixhe janë më të mira se ditët e tjera të vitit.
 Sahabët (Allahu qoftë i kënaqur me ta!) e pyetën Profetin ﷺ për xhihadin në ditët e tjera përveç këtyre dhjetë ditëve se a është më i mirë apo veprat e mira në këto ditë, sepse tek ata ishte ngulitur se xhihadi është prej veprave më të mira.
 Kështu, Profeti ﷺ iu përgjigj: "Veprat e mira në këto ditë janë më të mira se xhihadi në ditët e tjera, përveç atij që del në xhihad dhe e rrezikon jetën dhe pasurinë e tij për hir të Allahut, ku dhe e humb pasurinë e shpirti i del për hir të Allahut." Kjo është ajo vepër që ua tejkalon në vlerë veprave të mira në këto ditë të çmuara.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Vlera e kryerjes së veprave të mira në dhjetë ditët e (para të) dhul hixhes. Andaj, muslimani duhet t'i shfrytëzojë këto ditë dhe të shtojë vepra të mira në to, si: përmendja e Allahut të Lartmadhëruar, leximi i Kuranit, fjalët: Allahu ekber, la ilahe il-lallah, elhamdulilah, namazi, sadakaja, agjërimi dhe të gjitha veprat e devotshmërisë.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
+    <t>[رواه البخاري وأبو داود واللفظ له]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6255</t>
   </si>
   <si>
     <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>Shembulli i besimtarit që e lexon Kuranin është si shembulli i  qitros, e cila ka aromën e mirë dhe shijen e mirë. Shembulli i besimtarit që nuk e lexon Kuranin është si shembulli i hurmës, e cila nuk ka aromë, por shijen e ka të ëmbël</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Nga Ebu Musa Esh'ariu (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Shembulli i besimtarit që e lexon Kuranin është si shembulli i  qitros, e cila ka aromën e mirë dhe shijen e mirë. Shembulli i besimtarit që nuk e lexon Kuranin është si shembulli i hurmës, e cila nuk ka aromë, por shijen e ka të ëmbël. Shembulli i hipokritit që e lexon Kuranin është si shembulli i borzilokut, i cili ka aromë të mirë, por shijen e ka të hidhur. Ndërsa shembulli i hipokritit që nuk e lexon Kuranin është si shembulli i kungullit të egër, i cili nuk ka aromë, por dhe shijen e ka të hidhur.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) ka përmendur llojet e njerëzve lidhur me leximin e Kuranit dhe përfitimin prej tij:
 Lloji i parë: Besimtari që e lexon Kuranin dhe përfiton prej tij. Ky besimtar është si fruti i qitros, i cili ka shije të mirë, aromë të këndshme, ngjyrë të bukur dhe vlera të shumta. Ai e lexon Kuranin dhe i sjell dobi robërve të Allahut.
 Lloji i dytë: Besimtari që nuk e lexon Kuranin. Ky besimtar është si fruti i hurmës, i cili ka shije të ëmbël, por nuk ka aromë. Pra, në zemrën e tij ka besim siç ka ëmbëlsi në brendësinë dhe në shijen e frutit të hurmës. Por, ky besimtar duke mos e lexuar Kuranin nuk i qetëson njerëzit me leximin e tij, ashtu sikurse fruti i hurmës, që nuk ka aromë të cilën mund ta nuhasin njerëzit.
@@ -8528,50 +10111,53 @@
   <si>
     <t>Kur Sad ibn Hisham ibn Amri hyri tek Aishja (Allahu qoftë i kënaqur me të!), i tha: “Oj nëna e besimtarëve, më informo për moralin e të Dërguarit të Allahut ﷺ!” Ajo i tha: "A nuk e lexon Kuranin?" Thashë: "Po." Ajo tha: "Morali i Profetit të Allahut ﷺ ishte Kurani."</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Nëna e besimtarëve, Aishja (Allahu qoftë i kënaqur me të!), është pyetur për moralin e Profetit ﷺ e ajo u përgjigj me një fjalë gjithëpërfshirëse, kur pyetësin e ktheu te Kurani i madhërishëm, i cili ngërthen në vete të gjitha atributet e përsosurisë. Ajo tha se Profeti ﷺ stolisej me moralin e Kuranit: atë që Kurani e urdhëroi, ai e jetësoi; atë që Kurani e ndaloi, ai u largua prej saj. Pra, morali i tij ishte vënia e tij në praktikë, ndalimi te kufijtë e tij, stolisja me edukatën e tij dhe marrja mësim nga shembujt e tregimet kuranore.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Inkurajimi për të ndjekur shembullin e Profetit ﷺ në stolisjen e tij me moralin e Kuranit.
 Lavdërimi i moralit të të Dërguarit të Allahut ﷺ dhe se ai kishte zanafillë shpalljen.
 Kurani është burimi i të gjitha virtyteve fisnike.
 Morali në Islam përfshin tërë fenë, duke i vepruar urdhrat dhe duke iu shmangur ndalesave.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
+    <t>[رواه مسلم في جملة حديثٍ طويلٍ]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8265</t>
   </si>
   <si>
     <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>Të mëshirshmit do t'i mëshirojë i Gjithëmëshirshmi. Mëshirojini banorët e Tokës, që t'ju mëshirojë Ai që është mbi qiell</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Të mëshirshmit do t'i mëshirojë i Gjithëmëshirshmi. Mëshirojini banorët e Tokës, që t'ju mëshirojë Ai që është mbi qiell."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se ata që i mëshirojnë të tjerët, do të mëshirohen nga i Gjithëmëshirshmi, mëshira e të Cilit  përfshin çdo gjë, si shpërblim përkatës (të veprave të tyre).
 Pastaj Profeti ﷺ urdhëroi të mëshirohen të gjitha krijesat e Tokës, qofshin njerëz, kafshë, zogj, qofshin lloje të tjera, ndërsa shpërblimi për këtë është se Allahu mbi qiejt e Tij do të mëshirojë.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
@@ -8878,50 +10464,53 @@
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Nga Umu Atijeh (Allahu qoftë i kënaqur me të!), e cila i pati dhënë besën Pejgamberit (paqja qofët mbi të!) përcillet se ka thënë: "Ne nuk e merrnim në konsideratë gjakun e turbullt apo të verdhë që dilte pas pastrimit".</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Sahabija Umu Atijeh (Allahu qoftë i kënaqur me të!) tregon se gratë në kohën e Pejgamberit (paqja qoftë mbi të!) nuk i konsideronin pjesë të menstruacioneve sekrecionet që anonin nga ngjyra e zezë apo e verdhë, që dilnin nga organi gjenital i femrës pas pastrimit nga menstruacionet. Kështu që ato nuk e linin namazin dhe as agjërimin për shkak të tyre.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Sekrecioniet që dalin nga organi gjenital i femrës pas pastrimit nga menstruacionet nuk merren në konsideratë, edhe nëse janë të turbullta apo të verdha prej gjakut.
 Sekrecionet e turbullta dhe të verdha gjatë kohës së menstruacioneve konsiderohen gjak menstruacionesh, sepse ky është gjak që rrjedh në kohën e vet, vetëm se është i përzier me lëngje të tjera.
 Gruaja nuk duhet ta lërë namazin dhe as agjërimin për shkak të sekrecioneve të turbullta apo të verdha që dalin pas pastrimit, por duhet të marrë abdes dhe të falet.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>Rri aq kohë sa të mbanin menstruacionet dhe pastaj lahu!</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Nga Aishja nëna e besimtarëve (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Umu Habibja, e bija e Xhahshit, e cila ishte në kurorën e Abdurrahman ibn Aufit, iu ankua Pejgamberit (paqja qoftë mbi të!) për rrjedhjen e gjakut. Ai i tha:"Rri aq kohë sa të mbanin menstruacionet dhe pastaj lahu!"</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Një sahabije iu ankua Pejgamberit (paqja qoftë mbi të!) për rrjedhjen e vazhdueshme të gjakut dhe ai e urdhëroi të mos falej për aq kohë sa zgjasnin menstruacionet e saj para se të shfaqej kjo situatë e re dhe më pas të lahej dhe të falej. Ajo lahej në mënyrë vullnetare për çdo namaz.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
@@ -9317,111 +10906,269 @@
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>Abdullah ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ midis dy sexhdeve thoshte: "O Allah, më fal, më mëshiro, më jep shëndet, më udhëzo dhe më furnizo!"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në namazin e tij i bënte këto pesë lutje ndërmjet dy sexhdeve, për të cilat muslimani ka shumë nevojë. Këto lutje ngërthejnë në vete të mirat e kësaj bote dhe të botës tjetër, bie fjala, kërkimi i faljes, mbulimi i mëkateve dhe tejkalimi i tyre, kërkimi i mëshirës, ​​shpëtimi nga dyshimet, epshet e sëmundjet; lutja drejtuar Allahut për udhëzim drejt së vërtetës dhe qëndrueshmërisë në të; lutja për të të dhënë besim, dituri, vepra të mira dhe për të të dhënë pasuri hallall e të mirë.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Ligjësimi i kësaj lutjeje në uljen që bëhet ndërmjet dy sexhdeve.
 Vlera e kësaj lutjeje, sepse ngërthen në vete të mirat e kësaj bote dhe të botës tjetër.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
+    <t>[حسن بشواهده]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10930</t>
   </si>
   <si>
     <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>O Allah! Ti je Paqedhënësi dhe vetëm prej Teje pres paqen! Ti je përgjithmonë i Begatshëm, o Zotëruesi i madhështisë dhe nderimit!</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>Theubani (Allahu qoftë i kënaqur me të!) tregon: "Kur i Dërguari i Allahut ﷺ e përfundonte namazin, kërkonte falje nga Allahu (estagfirullah) tri herë, pastaj thoshte: "O Allah! Ti je Paqedhënësi dhe vetëm prej Teje pres paqen! Ti je përgjithmonë i Begatshëm, o Zotëruesi i madhështisë dhe nderimit!" Velidi rrëfen: "Euzaiut i thashë: "Po istigfari, si bëhet?" M'u përgjigj: "Thua: "Estagfirullah, estagfirullah (kërkoj faljen e Allahut)!"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ e përfundonte namazin, kërkonte falje nga Allahu (estagfirullah) tri herë, e pastaj
 e madhëronte Zotin e tij duke thënë: "O Allah! Ti je Paqedhënësi dhe vetëm prej Teje e pres paqen! Ti je përgjithmonë i Begatshëm, o Zotëruesi i madhështisë dhe nderimit!" Allahu është i përkryer në cilësitë e Tij, është i dëlirë nga çdo e metë dhe mangësi. Ti nga Ai e kërkon shpëtimin nga të këqijat e kësaj bote dhe të botës tjetër, e jo nga dikush tjetër. Të mirat e Allahut të Lartësuar janë të shumëfishuara në të dyja botët, Ai është Zotëruesi i madhështisë dhe nderimit."</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Është e preferuar të thuhet në vazhdimësi pas çdo namazi (farz) shprehja "estagfirullah".
 Është i preferuar istigfari për t'i plotësuar mangësitë gjatë adhurimit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10947</t>
   </si>
   <si>
+    <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
+  </si>
+  <si>
+    <t>“Ai që pas çdo namazi e lartëson Allahun (thotë subhanallah) tridhjetë e tri herë, e falënderon Allahun (thotë elhamdulilah) tridhjetë e tri herë dhe e madhëron Allahun (thotë Allahu ekber) tridhjetë e tri herë, që të gjitha bëhen nëntëdhjetë e nëntë, dhe të njëqindtën e plotëson duke thënë: "La ilahe il-lallahu uahdehu la sherike leh, lehul mulku ue lehul hamdu ue huve ala kul-li shej'in kadir (S'ka të adhuruar të denjë përveç Allahut, të Vetmit, që nuk ka ortak. Atij i takon sundimi dhe lavdi, Ai ka fuqi për çdo gjë), do t'i falen mëkatet, edhe në qofshin sa shkuma e detit.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Ai që pas çdo namazi e lartëson Allahun (thotë subhanallah) tridhjetë e tri herë, e falënderon Allahun (thotë elhamdulilah) tridhjetë e tri herë dhe e madhëron Allahun (thotë Allahu ekber) tridhjetë e tri herë, që të gjitha bëhen nëntëdhjetë e nëntë, dhe të njëqindtën e plotëson duke thënë: "La ilahe il-lallahu uahdehu la sherike leh, lehul mulku ue lehul hamdu ue huve ala kul-li shej'in kadir (S'ka të adhuruar të denjë përveç Allahut, të Vetmit, që nuk ka ortak. Atij i takon sundimi dhe lavdi, Ai ka fuqi për çdo gjë), do t'i falen mëkatet, edhe në qofshin sa shkuma e detit.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
+ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
+وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
+وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
+وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
+فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se kushdo që thotë pas kryerjes së namazit obligativ:
+tridhjetë e tri herë: "Subhanallah", që nënkupton dëlirësimin e Allahut nga mangësitë.
+tridhjetë e tri herë: "Elhamdulilah", që nënkupton falënderimin e  Allahut përmes cilësive të përsosura, me dashuri dhe madhërim.
+tridhjetë e tri herë: "Allahu ekber", që nënkupton se Allahu është më i madh se çdo gjë.
+Dhe të njëqindtën e plotëson duke thënë: "La ilahe il-lallahu uahdehu la sherike leh, lehul mulku ue lehul hamdu, ue huve ala kul-li shej'in kadir", kuptimi i së cilës është: Nuk ka të adhuruar me të drejtë përveç Allahut, të Vetmit e pa ortak, dhe se Ai, është Ai që ka sundim të plotë, Ai që është i denjë për falënderim dhe lavdërim, duke i thënë këto me dashuri dhe madhërim, e duke besuar se askush tjetër nuk është i denjë për këto përveç Tij, si dhe se Ai është i Plotfuqishëm për çdo gjë dhe se asgjë nuk është e pamundur për Të.
+Kështu, ai që e thotë këtë, mëkatet do t'i fshihen dhe do t'i falen, edhe nëse janë të shumta, si shkuma e bardhë që ngrihet mbi ujin e detit kur dallgëzohet dhe egërsohet.</t>
+  </si>
+  <si>
+    <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
+هذا الذكر سبب لغفران الذنوب.
+عظيم فضل الله تعالى ورحمته ومغفرته.
+هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
+  </si>
+  <si>
+    <t>Ky dhikër është i pëlqyeshëm të thuhet pas namazeve të obliguara.
+Ky dhikër është shkak për faljen e mëkateve.
+Mirësia, mëshira dhe falja e Allahut të Lartësuar janë madhështore.
+Ky dhikër është shkak për shlyerjen e mëkateve, respektivisht shlyerjen e mëkateve të vogla, sepse mëkatet e mëdha i shlyen vetëm pendimi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/10948</t>
+  </si>
+  <si>
+    <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
+  </si>
+  <si>
+    <t>“Atë që e lexon Ajetin Kursij pas çdo namazi obligativ, nuk e pengon të hyjë në Xhenet asgjë përveç vdekjes.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
+  </si>
+  <si>
+    <t>Ebu Umame (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Atë që e lexon Ajetin Kursij pas çdo namazi obligativ, nuk e pengon të hyjë në Xhenet asgjë përveç vdekjes.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
+{اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
+[البقرة: 255].</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se atë që e lexon Ajetin Kursij pas çdo namazi obligativ, nuk e pengon të hyjë në Xhenet asgjë përveç vdekjes. Ky ajet është në suren el Bekare, respektivisht Fjala e Allahut të Lartësuar: "Allahu! Nuk ka zot tjetër (që meriton adhurimin) përveç Tij, të Gjallit, të Përjetshmit, Mbajtësit të gjithçkaje! Atë nuk e kaplon as dremitja, as gjumi! Atij i përket gjithçka që gjendet në qiej dhe gjithçka që gjendet në Tokë. Kush mund të ndërhyjë tek Ai për ndokënd pa lejen e Tij? Ai di çdo gjë që ka ndodhur para tyre dhe çdo gjë që do të ndodhë pas tyre, kurse ata nuk mund të përvetësojnë asgjë nga Dituria e Tij, përveçse aq sa Ai dëshiron. Kursia e Tij shtrihet mbi qiejt dhe Tokën dhe Ai nuk e ka të rëndë t’i ruajë ato. Ai është i Larti, Madhështori!" (El Bekare, 255)</t>
+  </si>
+  <si>
+    <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
+استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
+الأعمال الصالحة سبب لدخول الجنة.</t>
+  </si>
+  <si>
+    <t>Vlera e këtij ajeti është e madhe, për faktin se ngërthen në vete emrat më të bukur dhe cilësitë më të larta të Allahut të Lartësuar.
+Është e pëlqyeshme që të lexohet ky ajet madhështor pas çdo namazi farz (obligativ).
+Veprat e mira janë shkak për të hyrë në Xhenet.</t>
+  </si>
+  <si>
+    <t>رواه النسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/10950</t>
+  </si>
+  <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>Falu në këmbë. Nëse nuk mundesh, falu ulur. Nëse nuk mundesh, falu shtrirë</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Imran ibn Husajni (Allahu qoftë i kënaqur me të!) tregon: "Vuaja nga hemorroidet, andaj e pyeta Profetin ﷺ rreth namazit, e në atë rast më tha: "Falu në këmbë. Nëse nuk mundesh, falu ulur. Nëse nuk mundesh, falu shtrirë."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se, në parim, namazi falet në këmbë, mirëpo, nëse personi nuk mund të qëndrojë në këmbë, falet ulur. E, nëse nuk mund të falet ulur, atëherë i lejohet të falet i shtrirë anash.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Obligueshmëria e namazit nuk bie për sa kohë që njeriu ka mendje (të shëndoshë), kështu që namazliu kalon nga një gjendje në tjetrën.
 Ky hadith tregon se Islami është tolerant dhe i lehtë, sepse njeriu e kryen adhurimin në formën që ka mundësi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10951</t>
+  </si>
+  <si>
+    <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
+  </si>
+  <si>
+    <t>Kjo çështje (fe) do të mbërrijë aty ku ka mbërritur nata dhe dita. Allahu nuk do të lërë shtëpi e tendë pa e futur këtë fe</t>
+  </si>
+  <si>
+    <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
+  </si>
+  <si>
+    <t>Temim Dariu (Allahu qoftë i kënaqur me të!) transmeton se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: "Kjo çështje (fe) do të mbërrijë aty ku ka mbërritur nata dhe dita. Allahu nuk do të lërë shtëpi e tendë pa e futur këtë fe; me krenarinë e krenarit ose me nënçmimin e të nënçmuarit. Krenari me të cilën Allahu e bën krenar Islamin dhe nënçmim me të cilin Allahu e nënçmon kufrin(mosbesimin)." Temim Dariu thoshte: "Këtë e vura re te familjarët e mi. Ata që u bënë muslimanë u begatuan mirësi, nder dhe krenari, ndërsa ata që mbetën jobesimtarë, u nënçmuan, poshtëruan dhe paguan xhizjen (taksën vjetore)."</t>
+  </si>
+  <si>
+    <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
+ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
+فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
+ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
+ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ në këtë hadith tregon se kjo fe do të përhapet në të gjitha anët e botës, kështu që kjo fe do të arrijë në çdo vend ku arrin nata dhe dita. Allahu i Lartësuar nuk do të lërë shtëpi në qytete, fshatra e  shkretëtirë pa e futur këtë fe. Kushdo që e pranon këtë fe dhe e beson, do të nderohet me krenarinë e Islamit. Kushdo që e refuzon atë dhe e mohon, do të poshtërohet dhe do të jetë i nënçmuar.
+Pastaj sahabiu, Temim Dariu (Allahu qoftë i kënaqur me të!), tregoi se këtë çfarë i kishte thënë i Dërguari i Allahut ﷺ e kishte vënë re te familjarët e vet. Atyre që u bënë muslimanë u begatuan me mirësi, nder dhe krenari, ndërsa ata që ishin jobeismtarë, u nënçmuan, u poshtëruan dhe i paguajtën muslimanëve xhizjen (taksën vjetore).</t>
+  </si>
+  <si>
+    <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
+العزة للإسلام والمسلمين والذل للكفر والكافرين.
+فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>Sihariq për muslimanët se feja e tyre do të përhapet në të gjitha anët e botës.
+Krenaria është për Islamin dhe muslimanët, ndërsa poshtërimi është për mosbesimin dhe mosbesimtarët.
+Në këtë hadith pohohet një prej profecive të të Dërguarit ﷺ, sepse ajo që ai tregoi ndodhi mu ashtu siç tha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/11220</t>
+  </si>
+  <si>
+    <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
+  </si>
+  <si>
+    <t>“Kur dikush ka dyshime në namaz dhe nuk di sa rekate i ka falur, tri apo katër, le ta shpërfillë dyshimin dhe le të mbështetet në atë që është i sigurt. Pastaj le t'i bëjë dy sexhde para se të japë selam</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kur dikush ka dyshime në namaz dhe nuk di sa rekate i ka falur, tri apo katër, le ta shpërfillë dyshimin dhe le të mbështetet në atë që është i sigurt. Pastaj le t'i bëjë dy sexhde para se të japë selam. Nëse i ka falur pesë rekate, këto dy sexhde do t'ia bëjnë namazin çift, e, nëse i ka plotësuar katër rekate, atëherë dy sexhdet do ta poshtërojnë shejtanin.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
+فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
+وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith sqaron se, nëse namazliu është në mëdyshje rreth namazit të tij dhe nuk e di sa rekate ka falur, tri apo katër, atëherë të heqë numrin shtesë për të cilin dyshon dhe të mos e marrë për bazë. Në këtë rast trerekatëshi është i sigurt, kësisoj ai duhet të falë rekatin e katërt, pastaj të bëjë dy sexhde para se të japë selam.
+Nëse realisht namazliu i ka falur katër rekate, atëherë me shtimin e një rekati janë bërë pesë, e dy sexhdet janë zëvendësim për një rekat, rrjedhimisht numri do të jetë çift e jo tek. Ndërkaq, nëse me rekatin shtesë në fakt i ka falur katër rekate, atëherë e ka kryer atë që e ka pasur obligim, pa shtuar e pa cunguar gjë.
+Dy sexhdet e harresës shërbejnë si poshtërim e mposhtje për shejtanin dhe bëjnë që ai të largohet i përbuzuar, larg nga synimi i tij, sepse ai ia ngatërroi namazin besimtarit dhe bëri përpjekje për t'ia prishur, mirëpo namazi i birit të Ademit u plotësua kur ai e zbatoi urdhrin e Allahut të Lartësuar dhe e bëri sexhden, ndërsa Iblisi mëkatoi kur refuzoi t'i bindet Allahut për t'i bërë sexhde Ademit.</t>
+  </si>
+  <si>
+    <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
+هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
+الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
+الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
+  </si>
+  <si>
+    <t>Nëse namazliu dyshon në namazin e tij dhe njëra prej këtyre dy numrave (tri a katër rekate) nuk mbizotëron tek ai, atëherë ai duhet të shpërfillë dyshimin dhe të veprojë me atë që është i bindur, që në këtë rast është numri më i vogël (tri rekate), kështu që duhet ta plotësojë namazin dhe t'i dy bëjë dy sexhde të harresës para se të japë selam, e pastaj jep selam për ta përfunduar namazin.
+Këto dy sexhde e plotësojnë namazin dhe e kthejnë shejtanin mbrapsht të poshtëruar, të nënçmuar, larg asaj që synon.
+Dyshimi në këtë hadith nënkupton dilemën, pa asnjë anim tek njëri prej dy mendimeve, e nëse ekziston një mendim që mbizotëron mbi tjetrin, atëherë veprohet sipas tij.
+Inkurajimi për t'i luftuar dhe për t'i larguar vesveset përmes zbatimit të urdhrave të fesë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/11231</t>
   </si>
   <si>
     <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>A e dëgjon ezanin për namaz?” Ai iu përgjigj: “Po.” Profeti ﷺ i tha: “Përgjigjju, pra!”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Ebu Hurerja (Allahu qoftë i kënaqur me të!) tregon “Një njeri i verbër erdhi te Profeti ﷺ dhe i tha: “O i Dërguari i Allahut, nuk kam askënd të ma tregojë rrugën për në xhami.” Pastaj kërkoi nga i Dërguari i Allahut ﷺ ta lejojë të falet në shtëpi. Profeti ﷺ ia lejoi, mirëpo, kur ai mori të kthehej, Profeti ﷺ i tha: “A e dëgjon ezanin për namaz?” Ai iu përgjigj: “Po.” Profeti ﷺ i tha: “Përgjigjju, pra!”</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Një i verbër erdhi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut! Unë jam i verbër dhe nuk kam njeri që të më ndihmojë e të më marrë për dore në xhami për faljen e pesë vakteve" dhe kështu kërkonte lehtësim nga Profeti ﷺ, që të mos merrte pjesë në faljen e namazit me xhemat, e në atë rast Profeti ﷺ ia lejoi. Mirëpo, kur njeriu po largohej, Profeti ﷺ e thirri dhe e pyeti: "A e dëgjon ezanin për namaz?” Ai iu përgjigj: “Po." Profeti ﷺ i tha: “Përgjigjju pra thirrësit për në namaz!”</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Namazi me xhemat është obligim (vaxhib), sepse lehtësimi ndodh për një gjë që është e obliguar dhe vaxhib.
@@ -9472,51 +11219,54 @@
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ua mësoi hutben që thuhet në raste nevoje, e cila thuhet në fillim të fjalimeve në hutbe dhe para ndonjë rasti të caktuar, siç është hutbeja e martesës, hutbeja e xhumasë dhe të tjera. Kjo hutbe ngërthen në vete kuptime madhështore, duke përfshirë shpjegimin e së drejtës së Allahut për të gjitha llojet e lavdërimeve, kërkimndihmën vetëm prej Tij, i Cili nuk ka ortak, mbulimin e gjynaheve, anashkalimin e tyre dhe kërkimin e strehimit tek Ai nga të gjitha të këqijat; të këqijat e vetes (shpirtit) dhe të tjera.
 Pastaj Profeti ﷺ lajmëroi se udhëzimi është në dorën e Allahut, kështu që, këdo që udhëzon, nuk ka kush që mund ta humbë, si dhe këdo që Ai humb, nuk ka kush ta udhëzojë.
 Më pas e përmendi dëshminë e monoteizmit se nuk ka zot të adhuruar me të drejtë përveç Allahut dhe dëshminë se Muhamedi është rob i Allahut dhe i Dërguari i Tij.
 Në fund, ai e mbylli këtë hutbe me këto tri ajete, që përfshijnë urdhrin për t'iu frikësuar Allahut të Lartmadhëruar: duke i zbatuar urdhrat e Tij dhe duke iu shmangur ndalesave të Tij, duke synuar kështu Fytyrën (kënaqësinë) e Allahut, dhe se shpërblimi për këdo që e bën këtë është se veprat dhe fjalët e tij do të përmirësohen, të këqijat do t'i fshihen, gjynahet do t'i falen dhe do të ketë jetë të këndshme në të dyja botët dhe do ta fitojë Xhenetin në Ditën e Kiametit.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Është e preferuar që me këtë hutbe të fillojnë: fjalimi i martesës, hutbet e xhumasë etj.
 Hutbeja duhet të përmbajë lavdërimin e Allahut, dy dëshmitë dhe disa ajete kuranore.
 Profeti ﷺ ua mësoi shokëve të tij atë që kishin nevojë rreth fesë së tyre.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Nuk ka martesë, përveçse me kujdestar</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Nuk ka martesë, përveçse me kujdestar."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se martesa e një gruaje nuk është e vlefshme, përveçse me një kujdestar që kryen kontratën e martesës.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
@@ -9628,51 +11378,51 @@
 Për pëshpëritjet e shpirtit besimtari nuk ngarkohet me mëkat, sado të mëdha të jenë, përderisa nuk janë stabile në zemrën e tij, nuk vepron sipas tyre dhe nuk i shpreh me fjalë.
 Vlera madhështore e umetit të Muhamedit ﷺ, meqë Allahu nuk e merr në llogari për pëshpëritjet e shpirtit, ndryshe nga popujt para nesh.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58144</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>“Kush refuzon t'i bindet prijësit dhe largohet nga muslimanët e unifikuar (në të vërtetën) e pastaj vdes në këtë gjendje, vdekja e tij i ngjan vdekjes së periudhës (së injorancës) paraislame</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Kush refuzon t'i bindet prijësit dhe largohet nga muslimanët e unifikuar (në të vërtetën) e pastaj vdes në këtë gjendje, vdekja e tij i ngjan vdekjes së periudhës (së injorancës) paraislame. Kush lufton nën një flamur të lajthitur, hidhërohet për shkak të fanatizmit fisnor dhe thërret në këtë fanatizëm, ose e përkrah fanatizmin, pastaj vritet në këtë gjendje, vrasja e tij i ngjan vrasjes së periudhës (së injorancës) paraislame. Kush ngrihet kundër umetit tim (të unifikuar që i janë besatuar prijësit), duke sulmuar e vrarë si të keqin ashtu dhe të mirin, duke mos e kursyer fare besimtarin dhe duke mos e mbajtur besatimin me atë (prijës) që i janë besatuar, të tillët nuk janë në mësimet dhe udhëzimin tim, si dhe mësimet e udhëzimi im s'janë me ta.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se, kush refuzon t'i bindet prijësit dhe largohet nga muslimanët e unifikuar (në të vërtetën) për t'ia dhënë besën prijësit dhe vdes në këtë gjendje, duke refuzuar dhe duke qenë larg bindjes, vdes sikur ata të periudhës së injorancës (para se të vinte Profeti), të cilët nuk i bindeshin asnjë prijësi dhe nuk i bashkoheshin asnjë grupi të vetëm, por, përkundrazi, ishin sekte dhe banda që luftonin njëra-tjetrën.
-. Po ashtu Profeti ﷺ tregoi se, kushdo që lufton nën një flamur, në të cilin nuk mund të dallohet e vërteta nga e pavërteta, si dhe zemërohet nga fanatizmi për popullin ose fisin e tij, e jo për ta mbështetur fenë dhe të vërtetën, rrjedhimisht lufton nga fanatizmi e pa mprehtësi dhe dituri, nëse vritet në këtë gjendje, atëherë do të jetë vrasje si në periudhën e injorancës.
+Po ashtu Profeti ﷺ tregoi se, kushdo që lufton nën një flamur, në të cilin nuk mund të dallohet e vërteta nga e pavërteta, si dhe zemërohet nga fanatizmi për popullin ose fisin e tij, e jo për ta mbështetur fenë dhe të vërtetën, rrjedhimisht lufton nga fanatizmi e pa mprehtësi dhe dituri, nëse vritet në këtë gjendje, atëherë do të jetë vrasje si në periudhën e injorancës.
 Kushdo që rebelohet kundër umetit (islam) të Profetit ﷺ, e kështu i lufton të devotshmit dhe të prishurit nga umeti i tij; nuk e çan kokën se çfarë bën e nuk i frikësohet dënimit për vrasjen e besimtarëve; nuk i përmbahet besëlidhjes me jobesimtarët ose prijësit, por, përkundrazi, e thyen besëlidhjen e tyre, atëherë ky veprim është një nga mëkatet e mëdha, rrjedhimisht kushdo që e bën këtë, e meriton këtë kërcënim të rëndë.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Bindja ndaj prijësit është detyrë, përderisa nuk i bëhet mëkat Allahut të Lartmadhëruar.
 Në këtë hadith ka paralajmërim të ashpër për ata që nuk i binden imamit (pijësit) dhe largohen nga muslimanët (e unifikuar në të vërtetën), kështu që, nëse vdesin në këtë gjendje, vdekja e tyre i ngjan vdekjes së periudhës (së injorancës) paraislame.
 Në këtë hadith ka ndalesë që të luftohet për fanatizëm fisnor.
 Përmbushja e marrëveshjeve është detyrë.
 Në bindjen (ndaj prijësit) dhe të kapurit për bashkësinë (e unifikur të muslimanëve në të vërtetën) ka shumë të mira, siguri, qetësi dhe përmirësim të gjendjes.
 Është e ndaluar t'i shëmbëllejmë gjendjes së njerëzve të periudhës së injorancës.
 Ka urdhër për të qëndruar bashkë me bashkësinë (e unifikuar) të muslimanëve (në të vërtetën).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -9718,87 +11468,93 @@
     <t>Abdullah ibën Umeri (Allahu qoftë i kënaqur me të!) transmeton se, pasi u gurëzua një burrë nga fisi i Eslemëve, i Dërguari i Allahut ﷺ u ngrit dhe tha: “Ruhuni nga kjo ndyrësi që Allahu e ka ndaluar. Ai që e kryen, le ta fshehë veten me mbulimin e Allahut dhe le të pendohet tek Ai, sepse, kushdo që na e zbulon hapur mëkatin e tij, ne do ta zbatojmë mbi të Librin e Allahut të Lartmadhëruar."</t>
   </si>
   <si>
     <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
 اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
 الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
 الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
   </si>
   <si>
     <t>Ibën Umeri (Allahu qoftë i kënaqur me të!) ka njoftuar se Profeti ﷺ mbajti një fjalim pas gurëzimit të Maiz ibën Malik Eslemiut (Allahu qoftë i kënaqur me të!), dispozitë që parashikohet me sheriat për atë që ka kryer imoralitet, dhe u foli njerëzve duke thënë: Ruhuni nga kjo ndyrësi dhe nga mëkatet e neveritshme e të shëmtuara që Allahu i ka ndaluar. Kush kryen një nga këto mëkate, duhet të bëjë dy gjëra: E para: Ta mbulojë veten, ashtu siç e ka mbuluar Allahu, dhe të mos e zbulojë mëkatin e tij. E dyta: Të nxitojë të pendohet tek Allahu dhe të mos këmbëngulë në të. Ndërsa ai, mëkati i të cilit bëhet publik për ne, ne do të zbatojmë mbi të ndëshkimin e paracaktur ligjërisht, që është në Librin e Allahut të Lartmadhërishëm për atë mëkat.</t>
   </si>
   <si>
     <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
 الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
 وجوب اجتناب المعاصي، والتوبة منها.</t>
   </si>
   <si>
     <t>Inkurajimi që mëkatari ta mbulojë veten dhe të pendohet për mëkatin në mënyrë private mes tij dhe Zotit.
 Pasi udhëheqësi të njoftohet për shkeljen që ka të bëjë me ndëshkimet e parcaktuara ligjërisht (ar. hudud), atëherë bëhet e domosdoshme zbatimi i tyre.
 Është detyrim që të shmangen mëkatet dhe të bëhet pendim për to.</t>
   </si>
   <si>
     <t>رواه الحاكم والبيهقي</t>
   </si>
   <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58240</t>
   </si>
   <si>
     <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>“Çdo pije dehëse është alkool dhe çdo pije dehëse është haram. Ai që pi alkool në këtë botë dhe vdes duke qenë i varur prej tij e nuk është penduar, nuk do ta pijë në botën tjetër</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>Ibën Umeri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Çdo pije dehëse është alkool dhe çdo pije dehëse është haram. Ai që pi alkool në këtë botë dhe vdes duke qenë i varur prej tij e nuk është penduar, nuk do ta pijë në botën tjetër."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka sqaruar se çdo gjë që shkakton humbjen e arsyes konsiderohet alkool dhe lënde dehëse, pavarësisht nëse është pije, ushqim, apo substancë që thithet apo diçka tjetër. Çdo gjë që e deh njeriun dhe e bën të humbë mendjen, Allahu i Lartmadhëruar e ka bërë haram dhe e ka ndaluar, qoftë pak apo shumë. Andaj, ai që pi diçka nga lëndët dehëse dhe vazhdon t'i pijë pa u penduar dhe vdes në këtë gjendje, e meriton dënimin e Allahut duke e privuar nga pirja e tyre në Xhenet.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Shkaku i ndalimit të alkoolit është dehja, andaj çdo gjë që deh, çfarëdo qoftë, është haram.
 Allahu i Lartësuar e bëri haram alkoolin, sepse ai përmban dëme dhe rreziqe të mëdha.
 Pirja e alkoolit në Xhenet është pjesë e kënaqësisë dhe lumturisë së plotë.
 Allahu do t'ia ndalojë pirjen e alkoolit në Xhenet atij që nuk heq dorë nga pirja e tij në këtë botë. Kësisoj, ndëshkimi i tij do të jetë  sipas llojit të veprës që ka bërë.
 Duhet të nxitojmë të pendohemi për gjynahet sepse vdekja mund të vijë në çdo çast.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58259</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Ai që vret një person që është në besë (të ndonjë muslimani), nuk do ta ndiejë aromën e Xhenetit, ndonëse aroma e tij ndihet dyzet vjet larg</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Ai që vret një person që është në besë (të ndonjë muslimani), nuk do ta ndiejë aromën e Xhenetit, ndonëse aroma e tij ndihet dyzet vjet larg."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron kërcënimin e rëndë për këdo që vret një person që është në besë (ar. muahed), respektivisht një jobesimtar që hyn në vatrën islame me besëlidhje dhe siguri, se nuk do të ndiejë aromën e Xhenetit, ndonëse aroma e tij ndihet në një distancë prej dyzet vjetësh udhëtimi.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
@@ -10055,90 +11811,96 @@
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se është afruar koha kur disa njerëzve do t'u arrijë hadithi i Profetit ﷺ duke qenë ulur, kurse ndonjëri prej tyre, kur t'i arrijë hadithi, duke qenë i shtrirë në shtrat, do të thotë: "Ai që bën gjykimin mes nesh dhe jush në çështjet (fetare) është Kurani i Madhërishëm, sepse ai na mjafton: çdo gjë që e gjejmë hallall në të, e veprojmë, sikundërqë çdo gjë që e gjejmë haram në të, largohemi prej saj. Pastaj Profeti ﷺ sqaroi se çdo gjë që ai e bëri haram ose e ndaloi në Sunetin e tij, ajo gjë, sa i përket vendimit fetar, është sikurse ajo që Allahu e bëri haram në Librin e Tij, sepse ai është kumtues nga Zoti i tij.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Madhërimi i Sunetit, ashtu siç madhërohet Kurani dhe veprimi sipas tij.
 Bindja ndaj Profetit është bindje ndaj Allahut dhe kundërshtimi i tij është kundërshtim i Allahut të Lartësuar.
 Pohimi se Suneti është burim bazë që merret si argument dhe kundërpërgjgjja ndaj atyre që i refuzojnë hadithet.
 Kushdo që ia kthen shpinën Sunetit dhe pretendon se Kurani i mjafton, është larguar prej të dyve dhe gënjen duke pretenduar se e ndjek Kuranin.
 Një nga treguesit e profecisë së Pejgamberit ﷺ është kur të tregojë për diçka që do të ndodhë në të ardhmen dhe ndodh ashtu siç ka treguar.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65005</t>
   </si>
   <si>
     <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>"O i Dërguari i Allahut, nuk kam lënë asnjë gjynah të vogël e të madh pa e kryer." Ai i tha: "A nuk dëshmon se nuk ka Zot tjetër përveç Allahut që meriton adhurimin dhe se Muhamedi është i Dërguari i Allahut?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Enesi (Allahu qoftë i kënaqur me të!) tregon: Një burrë erdhi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut, nuk kam lënë asnjë gjynah të vogël e të madh pa e kryer." Ai i tha: "A nuk dëshmon se nuk ka Zot tjetër përveç Allahut që meriton adhurimin dhe se Muhamedi është i Dërguari i Allahut?" Ai e përsëriti pyetjen tri herë. Ai iu përgjigj: "Po." Kështu, Profeti ﷺ i tha: "Kjo i mund (shlyen) ato."</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Një burrë erdhi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut, unë i kam bërë të gjitha mëkatet dhe nuk kam lënë pa bërë asnjë mëkat të vogël e as të madh! A më falen mëkatet? Profeti ﷺ i tha: "A nuk dëshmon se nuk ka Zot tjetër përveç Allahut që meriton adhurimin dhe se Muhamedi është i Dërguari i Allahut?" Këtë ia përsëriti tri herë. Ai u përgjigj: "Po." Profeti ﷺ ia tregoi vlerën e shehadetit: se ai i shlyen të këqijat dhe se pendimi i shlyen gjynahet e kaluara.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Madhështia e shehadetit (la ilahe il-lallah, Muhamed resulullah) dhe epërsia e tij ndaj gjynaheve, për atë që e thotë me sinqeritet nga zemra.
 Islami i shlyen gjynahet e kaluara.
 Pendimi i sinqertë i fshin gjynahet e kaluara.
 Përsëritja e çështjes gjatë mësimdhënies është nga udhëzimi i Profetit ﷺ.
 Vlera e shehadetit dhe se ai është shkak i shpëtimit nga mosqëndrimi i përhershëm në Zjarr.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
+  </si>
+  <si>
+    <t>[رواه أبو يعلى والطبراني والضياء المقدسي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65006</t>
   </si>
   <si>
     <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>E drejta e Allahut kundrejt njerëzve është që ta adhurojnë Atë dhe të mos i bëjnë ortak asgjë. Ndërkaq, e drejta e njerëzve tek Allahu është që të mos dënojë askënd që nuk i bën ortak Atij asgjë</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Muadhi (Allahu qoftë i kënaqur me të!) rrëfen: "Isha ulur mbrapa Profetit ﷺ në një gomar të quajtur Ufejr. Profeti ﷺ më tha: “O Muadh! Vallë, e di cila është e drejta e Allahut kundrejt njerëzve dhe e drejta e njerëzve tek Allahu?"
 - Allahu dhe i Dërguari i Tij e dinë më së miri, - i thashë.
 - “E drejta e Allahut kundrejt njerëzve është që ta adhurojnë Atë dhe të mos i bëjnë ortak asgjë. Ndërkaq, e drejta e njerëzve tek Allahu është që të mos dënojë askënd që nuk i bën ortak Atij asgjë”, - tha Profeti ﷺ.
 - O i Dërguari i Allahut! A t'i përgëzoj njerëzit? - i thashë.
 - “Jo. Mos i përgëzo, se pastaj i mbështeten kësaj (dhe i lënë veprat)”, - tha Profeti ﷺ."</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
@@ -10321,50 +12083,53 @@
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) ka thënë: "Një burrë erdhi te Profeti ﷺ dhe i tha: "O i Dërguar i Allahut! Ndonjëri prej nesh ndien në vetvete diçka, - që i shkon ndërmend, - e që të bëhet hi është më e dashur për të sesa të flasë rreth saj." Profeti ﷺ i tha: “Allahu është më i Madhi! Allahu është më i Madhi! Lavdërimi i takon Allahut, që e ktheu dredhinë e tij (thjesht) në cytje (vesvese).”</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Një burrë erdhi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut! Ndonjëri prej nesh ndien në vetvete diçka që i shkon ndërmend, por të flasë rreth saj është e rëndë, kështu që të jetë hi është më e dashur për të sesa të flasë rreth saj. Profeti ﷺ dy herë tha: "Allahu është më i Madhi! Allahu është më i Madhi!" Dhe e falënderoi Allahun që dredhinë e shejtanit e ktheu thjesht në një cytje (vesvese).</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Sqarimi se shejtani u rri në pritë besimtarëve përmes cytjes (vesveseve), për t'i kthyer ata nga besimi në mosbesim.
 Sqarimi i dobësisë së shejtanit përballë besimtarëve, pasi ai është në gjendje vetëm t'u bëjë cytje (vesvese, e jo diç më shumë).
 Besimtari duhet t'ua kthejë shpinën cytjeve të shejtanit dhe t'i pengojë ato.
 Ligjësohet të thuhet “Allahu ekber - Allahu është më i Madhi” për diçka që është e dëshirueshme, e befasueshme ose për çështje të ngjashme.
 Ligjësohet që muslimani ta pyesë dijetarin për gjithçka që i shkakton atij dyshim.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي في الكبرى]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65012</t>
   </si>
   <si>
     <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>“Shejtani i shkon ndokujt dhe i thotë: "Kush e ka krijuar këtë? Kush e ka krijuar atë?" Derisa t'i thotë: "Kush e ka krijuar Zotin tënd?" Nëse arrin deri aty, atëherë (njeriu) le të kërkojë mbrojtjen e Allahut dhe le të ndalet së menduari (këto gjëra).”</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Shejtani i shkon ndokujt dhe i thotë: "Kush e ka krijuar këtë? Kush e ka krijuar atë?" Derisa t'i thotë: "Kush e ka krijuar Zotin tënd?" Nëse arrin deri aty, atëherë (njeriu) le të kërkojë mbrojtjen e Allahut dhe le të ndalet së menduari (këto gjëra).”</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
@@ -10561,50 +12326,53 @@
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>Sahabiu, Sufjan ibn Abdullahu (Allahu qoftë i kënaqur me të!), i kërkoi Profetit ﷺ që t'i mësonte një thënie që përfshin në mënyrë gjithëpërfshirëse kuptimet e Islamit, në mënyrë që ai t'i përmbahej asaj dhe të mos pyeste askënd tjetër në lidhje me të. Atëherë Profeti ﷺ i tha: "E veçoj Allahun me adhurim dhe i besoj Zotit tim, Krijuesit tim dhe të Adhuruarit tim të vërtetë, i Cili nuk ka shok. Më pas i nënshtrohet Allahut, duke iu bindur me kryerjen e obligimeve që ka ndaj Tij dhe duke i braktisur ndalesat e Tij, si dhe vazhdon në këtë rrugë.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>Themeli i fesë është besimi në Allahun se Ai është Krijues, meritor për t'u adhuruar dhe se Atij i takojnë emrat dhe cilësitë e përkryera.
 Rëndësia e të qenit në rrugë të drejtë pas besimit, vazhdimësia në adhurim dhe qëndrueshmëria në këtë rrugë.
 Besimi është kusht për pranimin e veprave.
 Imani në Allahun përfshin atë që duhet besuar nga bindjet dhe parimet e besimit, si dhe atë që rrjedh nga kjo, siç janë: veprat e zemrës, nënshtrimi dhe dorëzimi para Allahut me zemër dhe me gjymtyrë.
 Qëndrueshmëria në fe nënkupton t'i përmbahemi kësaj rruge, duke i kryer obligimet dhe duke i braktisur ndalesat.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
+    <t>[رواه مسلم وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65018</t>
   </si>
   <si>
     <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>“Hipokriti i shëmbëllen deles së hamendur mes dy kopeve: herë shkon te këto, herë tek ato.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Hipokriti i shëmbëllen deles së hamendur mes dy kopeve: herë shkon te këto, herë tek ato.”</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron gjendjen e hipokritit, i cili i shëmbëllen deles së hamendur, e cila nuk di cilën nga dy kopetë ta ndjekë: herë shkon te njëra kope, herë te kopeja tjetër. Ata janë të hutuar mes besimit dhe mosbesimit; ata nuk janë me besimtarët, nga ana e jashtme dhe e brendshme, as me jobesimtarët, nga ana e jashtme dhe e brendshme, por pamja e jashtme e tyre  është me besimtarët, e brendësia e tyre është në dyshim dhe hezitim; herë anojnë nga besimtarët, e herë nga jobesimtarët.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
@@ -10626,50 +12394,53 @@
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Besimi vjetrohet brenda ndonjërit prej jush ashtu si vjetrohet rroba, prandaj kërkoni nga Allahu që të ripërtërijë besimin në zemrat tuaja."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se besimi vjetrohet në zemrën e muslimanit dhe dobësohet, sikurse rroba e re që vjetrohet për shkak të përdorimit të gjatë. Kjo, për shkak të shpërfilljes ndaj adhurimeve ose bërjes së gjynaheve dhe zhytjes në epshe. Kështu, Profeti ﷺ na porositi që t'i lutemi Allahut të Lartësuar që të na përtërijë besimin, duke i kryer obligimet dhe duke bërë shpesh dhikër (përmendje të Allahut) dhe istigfar (kërkimfalje pej Tij).</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Inkurajimi për t'i kërkuar Allahut të na bëjë të qëndrueshëm (në fe) dhe të na ripërtërijë besimin në zemër.
 Imani (besimi) është fjalë, vepër dhe bindje; shtohet me adhurim dhe pakësohet me mëkatim.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والطبراني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65020</t>
   </si>
   <si>
     <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>“Disa prej shenjave të Kiametit janë: pakësimi i diturisë, përhapja e injorancës, përhapja e zinasë, përhapja e konsumimit të alkoolit, pakësimi i numrit të meshkujve dhe rritja e numrit të femrave, aq shumë, saqë pesëdhjetë femra do të kenë vetëm një mbikëqyrës.”</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Enesi (Allahu qoftë i kënaqur me të!) ka thënë: "Do t'ju transmetoj një hadith që e kam dëgjuar nga i Dërguari i Allahut ﷺ, të cilin s'do t'jua tregojë askush pos meje. E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Disa prej shenjave të Kiametit janë: pakësimi i diturisë, përhapja e injorancës, përhapja e zinasë, përhapja e konsumimit të alkoolit, pakësimi i numrit të meshkujve dhe rritja e numrit të femrave, aq shumë, saqë pesëdhjetë femra do të kenë vetëm një mbikëqyrës.”</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi se një nga shenjat e Kiametit që po afrohet është se do të pakësohet dituria rreth fesë, e kjo do të jetë për shkak të vdekjes së dijetarëve. Si rrjedhojë e kësaj, shtohet dhe përhapet injoranca, përhapet zinaja dhe paturpësia, përhapet konsumimi i alkoolit, pakësohet numri i meshkujve dhe shtohet numri i femrave, saqë për pesëdhjetë femra është vetëm një burrë që kujdeset për punët dhe interesat e tyre.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
@@ -10998,50 +12769,53 @@
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se Allahu do të zgjedhë - do të shpëtojë një njeri nga umeti i tij para të gjitha krijesave në Ditën e Llogarisë, kështu që ai do të thirret që të japë llogari. Atij ia paraqet nëntëdhjetë e nëntë regjistra, të cilët janë fletushka të veprave të tij të këqija që i bënte në këtë botë dhe gjatësia e çdo regjistri është aq e gjatë sa mund të shikojë syri. Pastaj Allahu i Lartmadhëruar thotë: "A mohon diçka prej asaj që është shkruar në këta regjistra?" A të kanë bërë padrejtësi melekët e Mi shkruajtës e ruajtës?" Ky njeri thotë: "Jo, o Zoti im!" Pastaj Allahu i Lartmadhëruar i thotë: "A ke arsyetim për veprat që i ke bërë në këtë botë, fjala vjen, mos i ke bërë me harresë, gabimisht ose nga padituria. Ky njeri thotë: "Jo, o Zot! Nuk kam kurrfarë arsyetimi." Atëherë Allahu i Lartmadhëruar i thotë: "Në të vërtetë, ti ke një të mirë te Ne, e në këtë ditë nuk të bëhet padrejtësi." Kështu, nxirret një skedë, në të cilën shkruan: "Eshhedu en la ilahe il-lallah, ue eshhedu enne Muhammeden abduhu ue rasuluhu - Dëshmoj se nuk meriton të adhurohet askush me të drejtë përveç Allahut dhe dëshmoj se Muhamedi është rob dhe i Dërguari i Allahut." Allahu i Lartmadhërishëm i thotë këtij njeriu: "Sille peshoren tënde!" Ky njeri i habitur thotë: "O Zot! Sa do të peshojë kjo skedë përballë këtyre regjistrave?!" Allahu i Lartmadhëruar i thotë: "Nuk do të të bëhet padrejtësi." Pastaj vendosen regjistrat (me gjynahe) në njërën anë të peshores dhe kjo skedë në anën tjetër, ndërsa fluturon dhe rëndon ana në të cilën është skeda, kështu që Allahu e fal.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Madhështia e fjalës së teuhidit (monoteizmit): "Dëshmia: "La ilahe il-lallah - Nuk ka zot që meriton të adhurohet përveç Allahut" dhe pesha e saj (e rëndë) në peshore.
 Nuk mjafton të thuhet: "La ilahe il-lalllah vetëm me gjuhë, por është e domosdoshme të dihet kuptimi i saj dhe të veprohet sipas kërkesave të saj."
 Sinqeriteti dhe fuqia e teuhidit (monoteizmit) janë shkak për shlyerjen e gjynaheve.
 Besimi dallon prej njërit te tjetri, në varësi të sinqeritetit që është në zemër. Disa njerëz mund ta thonë këtë fjalë, por ndëshkohen në varësi të gjynaheve të tyre.</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65033</t>
   </si>
   <si>
     <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Kur Allahu e krijoi Xhenetin dhe Zjarrin, e dërgoi Xhibrilin (alejhi selam) në Xhenet</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Kur Allahu e krijoi Xhenetin dhe Zjarrin, e dërgoi Xhibrilin (alejhi selam) në Xhenet dhe i tha: "Shikoje atë dhe çfarë kam përgatitur në të për banorët e tij!" E shikoi dhe u kthye, pastaj tha: "Pasha krenarinë Tënde, kushdo që do të dëgjojë për të, do të (mundohet të) hyjë në të." Atëherë (Allahu) urdhëroi që të rrethohet (Xheneti) me vështirësi. Sërish i tha: "Shko dhe shikoje atë dhe çfarë kam përgatitur në të për banorët e tij!" Kështu, e shikoi, kur ja, ishte rrethuar me vështirësi, kështu që tha: "Pasha krenarinë Tënde, kam frikë se askush nuk do të hyjë në të." (Allahu) i tha: "Shko shikoje Zjarrin dhe çfarë kam përgatitur në të për banorët e tij!" E shikoi atë, kur ja, ishte ndërtuar në shtresa një mbi një, kështu që u kthye dhe tha: "Pasha krenarinë Tënde,  askush nuk do (të dëshirojë) të hyjë në të!" Atëherë (Allahu) urdhëroi që të rrethohet (Zjarri) me epshe. Sërish i tha: "Kthehu dhe shikoje!" Kështu, e shikoi, kur ja, ishte rrethuar me epshe, kështu që u kthye dhe tha: "Pasha krenarinë Tënde, kam frikë se askush nuk do t'i shpëtojë hyrjes në të!"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
@@ -11619,53 +13393,50 @@
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me ta!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Lexuesit të Kuranit do t’i thuhet (në Ditën e Gjykimit): "Lexo dhe ngrihu (shkallëve të Xhenetit), lexo drejt dhe bukur, siç ke lexuar në dynja, se vendi yt është në ajetin e fundit që e lexon.”</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregoi se lexuesit të Kuranit, i cili e jetëson atë e në vazhdimësi e lexon dhe e mëson përmendsh, kur të hyjë në Xhenet, do t'i thuhet: "Lexoje Kuranin dhe ngrihu përmes kësaj në shkallët e Xhenetit, si dhe lexoje drejt e bukur, ashtu siç e ke lexuar në dynja me kujdes dhe me qetësi, se vendi yt është në ajetin e fundit që lexon."</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Shpërblimi, sa i përket sasisë dhe cilësisë, është në varësi të veprave.
 Inkurajimi për të lexuar Kuran, për ta perfeksionuar, për ta mësuar përmendsh, për ta medituar dhe për të vepruar sipas tij.
 Xheneti ka shumë shkallë e grada dhe shkallët më të larta do t'i arrijë lexuesi i Kuranit.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Ai që lexon Kuran haptazi është si ai që jep sadaka haptazi, ndërsa ai që lexon Kuran fshehtazi është sikurse ai që jep sadaka fshehtazi</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Ukbe ibn Amir Xhuheniu (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Ai që lexon Kuran haptazi është si ai që jep sadaka haptazi, ndërsa ai që lexon Kuran fshehtazi është sikurse ai që jep sadaka fshehtazi."</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi se ai që lexon Kuran botërisht është si ai që jep sadaka botërisht, ndërsa ai që lexon Kuran fshehtazi është si ai që jep sadaka fshehtazi.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Fshehja e leximit të Kuranit është më e mirë, ashtu siç është më e mirë fshehja e sadakasë, për shkak të sinqeritetit dhe largimit nga hipokrizia dhe vetëpëlqimi, përveç rasteve kur nevoja dhe dobia e kërkojnë të bëhet haptazi, siç është mësimi i Kuranit të tjerëve.</t>
@@ -11902,53 +13673,50 @@
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
     <t>Aliu (Allahu qoftë i kënaqur me të!) tregon: "Vërtet unë jam një njeri që, kur dëgjoja ndonjë hadith nga i Dërguari i Allahut ﷺ, Allahu më bëri dobi aq sa donte që unë të përfitoja prej tij. Kur ndonjëri nga sahabët më transmetonte ndonjë hadith, unë i kërkoja atij të betohej. Kur ai betohej, unë i besoja. Ebu Bekri më tregoi një hadith, ndërkohë Ebu Bekri tha të vërtetën, se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Nuk ka njeri që bën një mëkat, pastaj ngrihet dhe merr abdes, pastaj fal namaz e i kërkon falje Allahut, përveçse Allahu do ta falë." Pastaj lexoi këtë ajet: "Për ata që, kur bëjnë vepra të turpshme ose i bëjnë dëm vetes, e kujtojnë Allahun, i kërkojnë falje për gjynahet e tyre..." (Ali Imran, 135)</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se, nëse një njeri bën një mëkat, pastaj merr abdes mirë, e pastaj ngrihet dhe i fal dy rekate, me qëllim që të pendohet për këtë mëkat të tijin, e më pas i kërkon falje Allahut, Allahu do ta falë atë me siguri. Pastaj Profeti ﷺ e lexoi fjalën e Allahut të Lartësuar: "Për ata që, kur bëjnë vepra të turpshme ose i bëjnë dëm vetes, e kujtojnë Allahun, i kërkojnë falje për gjynahet e tyre..." (Ali Imran, 135)</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>Inkurajimi për të falur namaz e pastaj kërkimi i faljes (istigfarit) pas mëkatit.
 Falja e gjerë e Allahut të Lartmadhëruar dhe se Ai e pranon pendimin e kërkimfaljen.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65063</t>
   </si>
   <si>
     <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>A nuk ka mundësi që, Ai që e ka bërë të ecë me dy këmbë në këtë botë, ta bëjë të ecë me fytyrë në Ditën e Kiametit?!</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Katadja (Allahu e pastë mëshiruar!) ka thënë: Enes ibn Maliku (Allahu qoftë i kënaqur me të!) rrëfen se një njeri pyeti: - O i Dërguari i Allahut, si ndodh që jobesimtari të ringjallet (duke ecur) me fytyrën e tij? - “A nuk ka mundësi që, Ai që e ka bërë të ecë me dy këmbë në këtë botë, ta bëjë të ecë me fytyrë në Ditën e Kiametit?!” - tha Profeti ﷺ. Katadja shtoi: "Ashtu është, pasha krenarinë e Zotit tonë!"</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Profeti ﷺ është pyetur: "Si ndodh që jobesimtari të ringjallet (duke ecur) me fytyrën e tij?" Profeti ﷺ tha: "A nuk ka mundësi që, Ai që e ka bërë të ecë me dy këmbë në këtë botë, ta bëjë të ecë me fytyrë në Ditën e Kiametit?! Allahu është i Plotfuqishëm për çdo gjë."</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
@@ -12076,50 +13844,53 @@
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqu me të!) tregon se i Dërguari i Allahut ﷺ iu drejtua njerëzve me ligjërim në Ditën e Çlirimit të Mekës dhe u tha: “O njerëz, Allahu jua ka larguar mburrjen me xhahilietin (periudhën paraislame) dhe lavdërimin me baballarët e tij. Njeriu ndahet në dy lloje: i mirë, i devotshëm e i nderuar tek Allahu dhe i shthurur, fatzi e i përbuzur para Allahut. Të gjithë njerëzit janë bij të Ademit, e Allahu e krijoi Ademin prej dheut. Allahu thotë: “O njerëz! Në të vërtetë, Ne ju krijuam ju prej një mashkulli e një femre dhe ju bëmë popuj e fise, për ta njohur njëri-tjetrin. Më i nderuari prej jush tek Allahu është ai që i frikësohet më shumë Atij. Vërtet, Allahu është i Gjithëdijshëm dhe Njohës i çdo gjëje.” (El Huxhurat, 13)</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>Profeti ﷺ iu drejtua njerëzve në Ditën e Çlirimit të Mekës dhe u tha: "O njerëz, Allahu e ka ngritur dhe larguar prej jush mendjemadhësinë e mburrjen me kohën e xhahilietit (kohën paraislame) dhe mburrjen me baballarët e dikujt. Njeriu ndahet në dy lloje:
 Ose besimtar i mirë, i devotshëm, i bindur, i cili e adhuron Allahun e Lartmadhëruar. Ky është i nderuar tek Allahu, edhe nëse nuk ka familje ose prejardhje fisnike te njerëzit.
 Ose është jobesimtar, i shthurur, i mjerë. Ky është i përçmuar tek Allahu e nuk vlen asgjë, edhe nëse është nga një familje fisnike, që ka status të lartë dhe autoritet.
 Të gjithë njerëzit janë bij të Ademit dhe Allahu e krijoi Ademin prej dheut, andaj nuk i takon dikujt që e ka origjinën prej dheut të jetë mendjemadh dhe ta pëlqejë veten. Argument për këtë janë fjalët e Allahut të Lartmadhëruar: “O njerëz! Në të vërtetë, Ne ju krijuam ju prej një mashkulli e një femre dhe ju bëmë popuj e fise, për të njohur njëri-tjetrin. Më i nderuari prej jush tek Allahu është ai që i frikësohet më shumë Atij. Vërtet, Allahu është i Gjithëdijshëm dhe Njohës i çdo gjëje.” (El Huxhurat, 13)</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Është e ndaluar të mburresh me familje dhe prejardhje.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وابن حبان]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65074</t>
   </si>
   <si>
     <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>Pastaj, atë Ditë, do të pyeteni për kënaqësitë (e kësaj bote)!",</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>Zubejr ibn Avami tregon: Kur zbriti ajeti: "Pastaj, atë Ditë, do të pyeteni për kënaqësitë (e kësaj bote)!", (Et Tekathur, 8) thashë: "O i Dërguari i Allahut, për çfarë kënaqësish do të pyetemi, kur ato janë vetëm dy të zezat: hurma dhe uji?" Profeti ﷺ tha: "Kjo do të ndodhë."</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>Kur zbriti ajeti: "Pastaj, atë Ditë, do të pyeteni për kënaqësitë (e kësaj bote)!" (Et Tekathur, 8) Pra, do të pyeteni për begatitë që ju ka dhënë Allahu. Zubejr ibn Avami (Allahu qoftë i kënaqur me të!) tha: "O i Dërguar i Allahut, për çfarë begatish do të pyetemi?! Përkundrazi, ato janë dy begati që nuk kanë ndonjë vlerë. Ato janë: hurma dhe uji!"
 Profeti ﷺ tha: "Ju do të pyeteni për begatitë, me gjithë këtë gjendje në të cilën jeni, sepse ato dyja janë nga begatitë madhështore të Allahut të Lartësuar.</t>
   </si>
@@ -12675,50 +14446,53 @@
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>Burejde (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Besëlidhja ndërmjet nesh dhe atyre është namazi. Andaj, ai që e lë namazin, ka rënë në kufër (mosbesim)."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se besa dhe besëlidhja ndërmjet muslimanëve dhe të tjerëve, qofshin jobesimtarë, qofshin hipokritë, është namazi, e kushdo që e lë atë bën kufër.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>Rëndësia e madhe e namazit dhe se ai është dalluesi mes besimtarit dhe jobesimtarit.
 Vendimet e Islamit vërtetohen nga ana e jashtme e njeriut, e jo nga ajo e brendshme.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65094</t>
   </si>
   <si>
     <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>O Bilal! Thirre ikametin (për namaz) dhe na qetëso me të!</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>Salim ibn Ebu Xhadi tregon se një njeri tha: "Sikur të isha falur dhe të isha qetësuar!" Ata sikur e qortuan për këtë gjë. E kam dëgjuar Profetin ﷺ duke thënë: "O Bilal! Thirre ikametin (për namaz) dhe na qetëso me të!"</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>Dikush nga sahabët tha: "Sikur të isha falur dhe të isha qetësuar!" Ata që ishin përreth tij sikur e qortuan për këtë gjë. Kësisoj (Salimi tha se) e kam dëgjuar Profetin ﷺ duke thënë: "O Bilal! Thirre ezanin për namaz, që të qetësohemi me të!" Sepse në namaz i drejtohemi Allahut të Lartësuar dhe e qetësojmë shpirtin dhe zemrën.</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
@@ -12989,50 +14763,53 @@
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>Hudhejfja (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ndërmjet dy sexhdeve thoshte: "Rabbigfirlij, rabbigfirlij!"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ ulej ndërmjet dy sexhdeve, thoshte: "Rabbigfirlij, rabbigfirlij!", dhe e përsëriste.
 Kuptimi i frazës: "Rabigfirlij" është: kërkesa e robit drejtuar Zotit të tij, që t'ia fshijë gjynahet dhe t'ia mbulojë të metat.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Kjo lutje është e ligjshme të thuhet ndërmjet dy sexhdeve në namazin farz (obligativ) dhe në atë nafile (vullnetar).
 Është e rekomanduar të përsëritet fraza: "Rabbigfirlij", ndërsa obligim është të thuhet vetëm një herë.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65104</t>
   </si>
   <si>
     <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>Ai është një shejtan që quhet Hinzeb. Kur ta vëresh praninë e tij, kërko mbrojtjen e Allahut kundrejt tij dhe pështyj tri herë lehtë nga ana jote e majtë!</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>Othman ibn Ebul-Asi (Allahu qoftë i kënaqur me të) shkoi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut! Shejtani po ndërhyn mes meje e namazit dhe leximit tim nga Kurani, si dhe po m'i ngatërron." Profeti ﷺ i tha: "Ai është një shejtan që quhet Hinzeb. Kur ta vëresh praninë e tij, kërko mbrojtjen e Allahut kundrejt tij dhe pështyj tri herë lehtë nga ana jote e majtë!" 
 Më pas Othmani tha: "Ashtu veprova dhe Allahu ma largoi atë."</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>Othman ibn Ebul-Asi (Allahu qoftë i kënaqur me të!) shkoi te Profeti ﷺ dhe i tha: "O i Dërguar i Allahut, shejtani ka ndërhyrë mes meje e namazit tim dhe më ka penguar që të jem i përkushtuar, si dhe ma ngatërroi leximin e (Kuranit) dhe më bëri të dyshoja." Atëherë i Dërguari i Allahut ﷺ i tha: "Ky është një shejtan, që quhet Hinzeb, andaj, nëse e vëren praninë e tij, kërko strehim tek Allahu që të të ruajë prej tij, si dhe fryj tri herë në anën tënde të majtë me pak pështymë." Othmani tha: "Veprova siç më urdhëroi Profeti ﷺ dhe Allahu ma largoi atë."</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
@@ -13072,50 +14849,951 @@
     <t>Profeti ﷺ në këtë hadith ka paralajmëruar për katër tipare, të cilat, nëse bashkohen te një musliman, do t'u shëmbëllente shumë hipokritëve, për shkak të këtyre tipareve. Kjo vlen për ata te të cilët mbizotërojnë këto tipare. E, sa u përket atyre te të cilët këto tipare janë të rralla, nuk përfshihen në këtë hadith. Këto tipare janë:
 E para: kur flet, qëllimisht gënjen dhe nuk thotë të vërtetën në bisedim.
 E dyta: kur bën një marrëveshje, nuk e përmbush atë dhe e tradhton personin me të cilin ka bërë marrëveshje.
 E treta: kur premton, nuk e përmbush premtimin dhe nuk e mban atë.
 E katërta: nëse polemizon dhe grindet me dikë, bëhet i ashpër dhe mënjanohet nga e vërteta; tregohet dinak në refuzimin dhe zhvlerësimin e së vërtetës dhe thotë të pavërteta e gënjeshtra.
 Hipokrizia është shfaqja e së kundërtës së asaj që e fsheh. Ky kuptim është i pranishëm te njeriu që i ka këto tipare. Hipokrizia e tij vlen për atë njeri me të cilin flet, me atë që i premton,me atë që bën marrëveshje dhe me atë që polemizon, e jo se ai është hipokrit në Islam, në kuptimin që shfaq Islamin dhe fsheh kufrin(mosbesimin). Ndërkaq, ai që ka njërin nga këto tipare, ka një tipar të hipokrizisë, derisa ta braktis atë.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>Sqarimi i disa tipareve të hipokritit, për t'i frikësuar dhe paralajmëruar njerëzit të mos bien në to.
 Kuptimi i hadithit është se këto tipare janë tipare të hipokrizisë dhe njeriu që karakterizohet me këto tipare është i ngjashëm me hipokritët në këto tipare dhe ka përvetësuar moralin e tyre. Nuk do të thotë se ai është hipokrit në kuptimin e plotë, si dikush që shfaq Islamin dhe e fsheh kufrin. Është thënë gjithashtu se kjo vlen për atë që këto tipare mbizotërojnë tek ai dhe ai i nënvlerëson dhe i merr për të lehta. Nëse dikush vepron kështu, në shumicën e rasteve ndodh për shkak se besimin e ka të prishur.
 Gazaliu ka thënë: "Thelbi i fetarisë përmblidhet në tri gjëra: fjalë, vepër dhe nijet (qëllim). Profeti ﷺ tërhoqi vërejtjen mbi prishjen e fjalës përmes gënjeshtrës, prishjen e veprës përmes tradhtisë dhe prishjen e nijetit përmes shkeljes së premtimit, sepse shkelja e premtimit konsiderohet mangësi atëherë kur qëllimi për ta thyer atë është i pranishëm që në momentin e dhënies së premtimit. E, nëse dikush ka qëllim të sinqertë në fillim, por më pas i del ndonjë pengesë ose e sheh më të arsyeshme të veprojë ndryshe, atëherë në këtë rast nuk ka vend për hipokrizi."
 Hipokrizia ndahet në dy lloje: 1. Hipokrizia ideologjike, që e nxjerr njeriun nga imani, që nënkupton shfaqjen e Islamit dhe fshehjen e kufrit (mosbesimit). 2. Hipokrizia e veprës, që nënkupton shëmbëllimin me hipokritët në tiparet e tyre. Kjo nuk e nxjerr njeriun nga imani, por është mëkat i madh.
 Ibën Haxheri ka thënë: "Dijetarët janë pajtuar njëzëri se kushdo që beson me zemrën e gjuhën e tij dhe më pas i kryen këto gjëra, nuk do të gjykohet si jobesimtar e as është hipokrit që do të mbetet përjetësisht në Xhehenem."
 Neveviu ka thënë: "Një grup dijetarësh janë shprehur se në këtë hadith janë për qëllim hipokritët që ishin në kohën e Profetit ﷺ, të cilët e shprehën imanin dhe e përgënjeshtruan; iu besua çështja e fesë, por tradhtuan; bënë premtime rreth çështjeve të fesë dhe se do ta ndihmojnë, por e thyen premtimin, si dhe gjatë polemikave dhe konflikteve ishin të pasjellshëm."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65124</t>
+  </si>
+  <si>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>Ndër shenjat e Islamit të mirë të një njeriu është lënia e gjërave që nuk i përkasin</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Ndër shenjat e Islamit të mirë të një njeriu është lënia e gjërave që nuk i përkasin."</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka sqaruar se nga përsosmëria e bukurive të Islamit të një muslimani dhe plotësimit të imanit të tij është largimi nga ajo që nuk i përket, që nuk ka të bëjë me të, dhe që nuk i intereson dhe nuk i sjell dobi, qofshin fjalë apo vepra, apo nga çështjet e fesë dhe dynjasë që nuk i përkasin atij. Sepse angazhimi me atë që nuk i përket njeriut, ndoshta e pengon nga ajo që i përket, ose e shtyn drejt gjërave të ndaluara e të pahijshme, për të cilat do të japë llogari në Ditën e Kiametit.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>Islami i njerëzve dallon nga njëri tek tjetri, dhe ai bëhet më i bukur me disa vepra të caktuara.
+Lënia e fjalëve dhe veprave të kota dëshmon për islamin e përsosur të njeriut.
+Inkurajimi për t’u marrë me atë që i përket njeriut nga çështjet e fesë dhe jetës së tij; kështu që, nëse nga përsosmëria e Islamit të njeriut është lënia e asaj që nuk i përket, atëherë nga përsosmëria e tij është edhe angazhimi me atë që i përket.
+Ibën Kajjimi (Allahu e pastë mëshiruar!) ka thënë: "Profeti ﷺ e ka përmbledhur të gjithë devotshmërinë (ar. el Veru) në një fjali të vetme, kur ka thënë: "Ndër shenjat e Islamit të mirë të një njeriu është lënia e gjërave që nuk i përkasin." Kjo përfshin lënien e asaj që nuk i përket, qofshin fjalë, shikim, dëgjim, veprime me duar, ecje, mendime dhe të gjitha lëvizjet e dukshme dhe të padukshme. Kjo është një fjalë shteruese për çështjen e devotshmërisë.”
+Ibën Rexhebi ka thënë: "Ky hadith është një prej parimeve themelore të edukatës.”
+Inkurajimi për të kërkuar dituri, sepse me të njeriu njeh çfarë i përket dhe çfarë nuk i përket.
+Urdhri për të bërë  mirë dhe ndalimi nga e keqja, si dhe këshilla e sinqertë, janë gjëra që i përkasin njeriut, sepse ai është i urdhëruar që t'i bëjë ato.
+Në kuptimin e përgjithshëm të hadithit përfshihet largimi nga ajo që nuk i përket njeriut, nga ato gjëra që Allahu i Lartësuar i ka ndaluar, dhe ato që Profeti ﷺ i ka urryer, si dhe nga ato çështje të botës tjetër që nuk i nevojiten besimtarit, si: forma reale e gjërave të fshehta (të gajbit) dhe detajet e urtësive të krijimit dhe urdhrit hyjnor. Këtu përfshihen edhe pyetjet dhe kërkimet mbi çështjet imagjinare ose të supozuara që nuk kanë ndodhur ose që pothuajse nuk ndodhin ndonjëherë ose që është e paimagjinueshme se do të ndodhin ndonjëherë.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/65255</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>“Allahu ka caktuar për ju detyra, andaj mos i shpërfillni, ka vënë kufij, ndaj mos i tejkaloni, ka ndaluar disa gjëra, kështu që mos i shkelni, si dhe ka heshtur kundrejt disa gjërave në formë mëshire për ju, e jo për shkak të harresës, prandaj mos i gjurmoni.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Ebu Thalebe Husheniu, Xhurthum ibën Nashir (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu ka caktuar për ju detyra, andaj mos i shpërfillni, ka vënë kufij, ndaj mos i tejkaloni, ka ndaluar disa gjëra, kështu që mos i shkelni, si dhe ka heshtur kundrejt disa gjërave në formë mëshire për ju, e jo për shkak të harresës, prandaj mos i gjurmoni.”</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon  se Allahu ka vendosur obligime dhe ka caktuar detyra, ndaj përmbajuni atyre dhe mos i neglizhoni duke i lënë pas dore apo duke u treguar të pakujdesshëm ndaj tyre. Ai ka vendosur për ju norma frenuese dhe parandaluese që t’ju parandalojnë e t’ju frenojnë nga ato gjëra që Ai nuk i pëlqen, ndaj mos shtoni mbi to më shumë sesa ka urdhëruar sheriati. Gjithashtu ka ndaluar disa gjëra, kështu që mos i bëni dhe mos iu afroni atyre. Ndërsa për gjërat e tjera, për të cilat ka heshtur dhe i ka lënë pa përmendur, këtë e ka bërë nga mëshira për robërit e Tij, ndaj ato mbeten të lejuara mbi bazën se gjërat janë të lejuara në origjinë, kështu që mos hulumtoni për to!</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Hadithi është argument se Allahu është Ligjvënësi, pra urdhri është në dorën e Tij.
+Ky hadith përmban rregullat e fesë në lidhje me dispozitat dhe lejesat. Dispozitat fetare ndahen në dy lloje: dispozita për të cilat sheriati nuk ka folur dhe dispozita për të cilat sheriati ka folur. Sa i përket statusit ligjor; dispozitat ndahen në: të detyrueshme, të pëlqyeshme, të ndaluara, të papëlqyeshme dhe të lejuara.
+Ato gjëra për të cilat Allahu ka heshtur dhe nuk i ka bërë detyrim, nuk i ka përkufizuar dhe nuk i ka ndaluar, janë të lejuara (hallall).
+Shpjegimi i bukur i Profetit, ﷺ i cili shihet qartë në mënyrën se si ai e paraqiti hadithin me këtë ndarje të thjeshtë dhe të kuptueshme.
+Është obligim që detyrat (farzet) e Allahut të Lartësuar të zbatohen me përpikmëri.
+Është e ndaluar të tejkalohen kufijtë që ka vendosur Allahu i Lartësuar.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>Në të vërtetë, veprat vlerësohen sipas qëllimeve (nijeteve), dhe padyshim çdonjëri do të marrë vetëm atë që ka pasur për qëllim</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Nga prijësi i besimtarëve, Ebu Hafs Umer ibën Hatabi (Allahu qoftë i kënaqur me të!), përcillet se ka thënë: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Në të vërtetë, veprat vlerësohen sipas qëllimeve (nijeteve), dhe padyshim çdonjëri do të marrë vetëm atë që ka pasur për qëllim. Kështu, kushdo që shpërngulet tek Allahu dhe i Dërguari i Tij, shpërngulja e tij është për tek Allahu dhe i Dërguari i Tij. Ndërkaq, ai që shpërngulet për të fituar ndonjë të mirë të kësaj bote a për t'u martuar me ndonjë grua, atëherë shpërngulja e tij është për atë, për të cilën ai është shpërngulur."</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për të qenë të sinqertë, sepse Allahu e pranon vetëm atë vepër që bëhet për hir të Tij.
+Veprat me të cilat njeriu afrohet tek Allahu i Plotfuqishëm, nëse personi i ngarkuar me obligime fetare i bën ato në aspektin e zakonit, atëherë nuk ka shpërblim, derisa të synojë me anë të tyre që të afrohet me Allahun.
+Nijeti shërben për të dalluar adhurimet nga njëri-tjetri dhe gjithashtu për të dalluar adhurimet nga veprimet e zakonshme.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>Nga Ebu Abdurrahman Abdullah ibën Umer ibën Hatabi (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: “E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë:||“Islami është ngritur mbi pesë shtylla: Mbi dëshminë se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi ﷺ është i Dërguari i Tij, faljen e namazit, dhënien e zekatit, kryerjen e haxhit dhe agjërimin e Ramazanit.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Nga Ebu Abdurrahman Abdullah ibën Umer ibën Hatabi (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: “E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Islami është ngritur mbi pesë shtylla: Mbi dëshminë se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi ﷺ është i Dërguari i Tij, faljen e namazit, dhënien e zekatit, kryerjen e haxhit dhe agjërimin e Ramazanit.”</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>Çdo njeri ngjizet në mitrën e nënës së vet për dyzetë ditë</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Nga Ebu Abdurrahman Abdullah ibën Mesudi (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: “I Dërguari i Allahut, ﷺ që flet të vërtetën, vërtetësia e të cilit është dëshmuar, na thoshte: "Çdo njeri ngjizet në mitrën e nënës së vet për dyzetë ditë, pastaj, për po aq ditë, shndërrohet në droçkë gjaku, më pas shndërrohet në një copë mishi për po aq ditë. Pas kësaj, i dërgohet një engjëll, që ia fryn shpirtin dhe që është i urdhëruar me katër gjëra: të shkruajë rriskun (jetesën), jetëgjatësinë, punën dhe nëse do të jetë i mjeruar apo i lumtur. Betohem në Atë, përveç të Cilit askush nuk meriton të adhurohet, se prej jush ka të atillë që bën vepra të xhenetlinjve, madje aq sa vetëm një kut e ndan prej Xhenetit, por ja që ndërhyn caktimi dhe ai punon vepra të banorëve të Zjarrit dhe hyn në të, dhe anasjelltas; ka të atillë që bën vepra të xhehenemlinjve, saqë mes tij dhe Zjarrit s’ka më shumë se një kut, por ja që që ndërhyn caktimi dhe ai punon vepra të banorëve të Xhenetit dhe hyn në të."</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>Përshkrimi i fazave të krijiimit të njeriut.
+Besimi në kadanë dhe kaderin (paracaktimin hyjnor).
+Fundi i çështjeve varet nga ajo që është vendosur dhe përcaktuar më parë.
+Paralajmërim për të mos u mashtruar me llojet e veprave, sepse veprat vlerësohen sipas përfundimit të tyre.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>Atij që shpik diçka në çështjen tonë, që nuk është prej saj, do t'i refuzohet</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Nëna e besimtarëve, Umu Abdullah, Aishja (Allahu qoftë i kënaqur me të!), transmeton se i Dërguari i Allahut ﷺ ka thënë: "Atij që shpik diçka në çështjen tonë, që nuk është prej saj, do t'i refuzohet."</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Adhurimet duhet të bazohen në atë që ndodhet në Kuran dhe në Sunet, kështu që e adhurojmë Allahun e Lartësuar vetëm sipas asaj që e ka ligjësuar, e jo me bidate dhe shpikje.
+Feja nuk bazohet në hamendësime dhe në gjërat që i shohim si të mira, por në ndjekje të të Dërguarit ﷺ.
+Ky hadith është argument se feja është e përsosur.
+Bidat është gjithçka që është futur në fe dhe nuk ka qenë e pranishme gjatë kohës së Profetit ﷺ dhe shokëve të tij, qoftë besim e fjalë, qoftë veprim.
+Ky hadith është një nga bazat e Islamit dhe është si peshore për veprimet. Ashtu si çdo veprim, me të cilin nuk synohet kënaqësia e Allahut, që nuk ka shpërblim për atë që e kryen atë, po ashtu çdo veprim që nuk është në përputhje me atë që e solli i Dërguari i Allahut ﷺ, i refuzohet atij që e vepron.
+Ky hadith shërben si bazë për refuzimin e risive të shpikura dhe të këqijave që ndodhin.
+Shpikje të ndaluara janë ato që ndërlidhen me çështjet e fesë, e jo të kësaj bote.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Nga Ebu Abdullah Numan ibën Beshiri (Allahu qoftë i kënaqur me të!), përcillet se ka thënë: “E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë:||"Pa dyshim, hallalli dhe harami janë të qartë, por në mes tyre ka gjëra të dyshimta, të cilat shumë njerëz nuk i dinë. Ai që ruhet nga të dyshimtat, e ka ruajtur fenë dhe nderin e vet, kurse ai që bie në të dyshimtat, tashmë ka rënë në haram, si bariu që kullot kopenë përbri zonës së ndaluar, ku kopeja mund të bjerë në çdo çast. Me të vërtetë, çdo mbret ka zonën e vet të ndaluar, porse zona e ndaluar e Allahut janë haramet. Vini re, në trupin e njeriut është një copë mishi, që, nëse ajo është në rregull, tërë trupi është në rregull, por, nëse ajo prishet, prishet tërë trupi. Kini kujdes, ajo është zemra</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Nga Ebu Abdullah Numan ibën Beshiri (Allahu qoftë i kënaqur me të!), përcillet se ka thënë: “E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Pa dyshim, hallalli dhe harami janë të qartë, por në mes tyre ka gjëra të dyshimta, të cilat shumë njerëz nuk i dinë. Ai që ruhet nga të dyshimtat, e ka ruajtur fenë dhe nderin e vet, kurse ai që bie në të dyshimtat, tashmë ka rënë në haram, si bariu që kullot kopenë përbri zonës së ndaluar, ku kopeja mund të bjerë në çdo çast. Me të vërtetë, çdo mbret ka zonën e vet të ndaluar, porse zona e ndaluar e Allahut janë haramet. Vini re, në trupin e njeriut është një copë mishi, që, nëse ajo është në rregull, tërë trupi është në rregull, por, nëse ajo prishet, prishet tërë trupi. Kini kujdes, ajo është zemra."</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Ky hadith shërben si bazë për shmangien e gjërave të dyshimta.
+Inkurajimi për ta braktisur të dyshimtën, vendimi për të cilën nuk është qartësuar ende.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Ebu Rukaje Temim ibën Eus Dariu (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë:||"Feja është sinqeriteti." E pyetëm: "Ndaj kujt?" Ai tha: "Ndaj Allahut, ndaj Librit dhe të Dërguarit të Tij, ndaj prijësve të muslimanëve, si dhe ndaj shtresës së përgjithshme të muslimanëve</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Ebu Rukaje Temim ibën Eus Dariu (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Feja është sinqeriteti." E pyetëm: "Ndaj kujt?" Ai tha: "Ndaj Allahut, ndaj Librit dhe të Dërguarit të Tij, ndaj prijësve të muslimanëve, si dhe ndaj shtresës së përgjithshme të muslimanëve."</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ na tregon në këtë hadith se feja bazohet në sinqeritet dhe çiltërsi, në mënyrë që ajo të përmbushet ashtu siç ka urdhëruar Allahu, plotësisht, pa cungim e pa mashtrim. Profetin ﷺ e pyetën: "Ndaj kujt është sinqeriteti?" Ai tha: Së pari: sinqeriteti ndaj Allahut të Lartmadhëruar, duke punuar sinqerisht për Të, duke mos i bërë ortak (shirk), duke besuar në zotërimin, hyjnitetin dhe në emrat e cilësitë e Tij, dhe duke e respektuar urdhrin e Tij e duke thirrur për të besuar në Të. Së dyti: sinqeriteti ndaj Librit të Tij, që është Kurani i madhërishëm. Pra, të besojmë se ai është Fjala e Tij e libri i Tij i fundit, dhe se ai i shfuqizoi të gjitha ligjet (sheriatet) para tij. Ne e madhërojmë atë dhe e lexojmë ashtu siç duhet. Punojmë sipas ajeteve të tij që janë krejtësisht të qarta (muhkemat) dhe i pranojmë ato që janë jo krejtësisht të qarta (muteshabihat). E mbrojmë atë nga interpretimi i shtrembëruesve, marrim mësim nga këshillat e tij, i përhapim dituritë e tij dhe ftojmë tek ai. E treta: sinqeriteti ndaj të Dërguarit të Tij, Muhamedit ﷺ. Pra, të besojmë se ai është profeti i fundit, t'i besojmë asaj që solli, t'u bindemi urdhrave të tij dhe t'u shmangemi ndalesave të tij. Ta adhurojmë Allahun vetëm me atë që ai solli, ta respektojmë, ta nderojmë, ta përhapim thirrjen e tij, t'i përhapim ligjet (sheriatin) e tij dhe t'i mohojmë akuzat që hidhen kundër tij. E katërta: sinqeriteti ndaj prijësve të muslimanëve, duke i ndihmuar ata në të vërtetën, duke mos i kundërshtuar në çështjet e tyre, t'i dëgjojmë dhe t'u bindemi për sa kohë që i binden Allahut. Së pesti: sinqeriteti ndaj muslimanëve, duke u bërë mirë dhe duke i ftuar tek e mira, duke i ruajtur nga dëmet, duke u dëshiruar të mirat dhe duke bashkëpunuar me ta në mirësi e devotshmëri.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>Kur t'ju ndaloj nga diçka, largohuni prej saj, kurse atë që jua urdhëroj, bëjeni, aq sa keni mundësi</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Nga Ebu Hurejra Abdurrahman ibën Sahri (Allahu qoftë i kënaqur me të!) përcillet se thënë: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Kur t'ju ndaloj nga diçka, largohuni prej saj, kurse atë që jua urdhëroj, bëjeni, aq sa keni mundësi, ngase ata që ishin para jush janë shkatërruar për shkak të pyetjeve të shumta dhe kundërshtimit ndaj të dërguarve të tyre."</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ na ka sqaruar se kur na ndalon nga diçka, është detyrë për ne ta shmangim atë pa përjashtim, sikundër që, kur na urdhëron për diçka, duhet ta bëjmë atë sipas mundësisë. Pastaj na paralajmëroi që të mos bëhemi si disa nga popujt e mëparshëm, të cilët i shtronin shumë pyetje të dërguarve të tyre, duke i kundërshtuar ata; kështu Allahu i ndëshkoi me lloje të ndryshme shkatërrimi dhe dëmtimi. Prandaj, nuk duhet të jemi si ata, e të shkatërrohemi ashtu siç ata u shkatërruan.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Hadithi shërben si një rregull për të përkufizuar obligimin në përmbushjen e urdhrave dhe qëndrimin larg ndalesave.
+Sa i takon ndalesave, nuk lejohet të veprohet asgjë prej tyre, ndërsa sa i takon urdhëresave, ato janë specifikuar me mundësinë për t'i kryer. Sepse largimi e braktisja e ndalesave është brenda mundësisë njerëzore, ndërsa veprimi i urdhëresave ka nevojë për fuqi e aftësi për ta kryer.
+Ndalimi i pyetjeve të shumta. Dijetarët i kanë ndarë pyetjet në dy pjesë: 1. Pyetje që bëhen me qëllim për të mësuar çështjet e nevojshme të fesë; këto pyetje jemi urdhëruar t'i bëjmë, të kësaj natyre qenë pyetjet që sahabët i bënin Pejgamberit(paqja qoftë mbi të). 2. Pyetje që bëhen në formën e kokëfortësisë dhe ekzagjerimit; kjo kategori e pyetjeve është e ndaluar.
+Ky umet është paralajmëruar që të mos e kundërshtojë Profetin ﷺ, siç ndodhi në popujt e kaluar.
+Gjërat e ndaluara përfshijnë sasitë e vogla dhe sasitë e mëdha njëkohësisht, ngase braktisja e një ndalese nuk mund të realizohet vetëm se kur braktiset në sasi të vogla dhe në sasi të mëdha. Për shembull, Allahu na e ka ndaluar kamatën dhe kjo ndalesë përfshinë edhe sasitë e vogla të kamatës edhe sasitë e mëdha.
+Lënia e shkaqeve apo mjeteve që çojnë tek gjërat e ndaluara, sepse kjo bën pjesë në kuptimin e shmangies.
+Njeriu, nëse e dëgjon urdhrin e të Dërguarit ﷺ, nuk duhet të thotë: "A është i detyrueshëm apo i rekomandueshëm?", -bazuar në fjalën e tij-: "...bëjeni aq sa keni mundësi."
+Pyetjet e shumta janë shkak për shkatërrim, sidomos në çështjet ku nuk mund të arrijë dijenia jonë, si p.sh. çështjet e fshehta dhe forma e ngjarjeve të Ditës së Kiametit. Mos e tepro me pyetje rreth tyre, ndryshe do të shkatërrohesh dhe do të bëhesh pjesë e ekzagjeruesve dhe ekstremistëve.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë:||“Vërtet Allahu është i Mirë dhe pranon vetëm atë që është e mirë. Ai u ka urdhëruar besimtarëve atë që u ka urdhëruar të dërguarve, duke thënë: “O të dërguar! Hani të lejuarat dhe bëni vepra të mira!” (Kuran, 23:51) Si dhe: “O besimtarë! Hani ushqimet e lejuara që jua kemi dhënë.” (Kuran, 2:172) Pastaj, (Profeti) përmendi një njeri që kishte udhëtuar gjatë, flokëshprishur e i pluhurosur, kishte ngritur duart lart duke thënë: 'O Zot! O Zot!' Ndërkohë, ushqimi i tij ishte haram, pija e tij ishte haram, veshja e tij ishte haram, ishte ushqyer me haram! E si t'i pranohet lutja?!”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Vërtet Allahu është i Mirë dhe pranon vetëm atë që është e mirë. Ai u ka urdhëruar besimtarëve atë që u ka urdhëruar të dërguarve, duke thënë: “O të dërguar! Hani të lejuarat dhe bëni vepra të mira!” (Kuran, 23:51) Si dhe: “O besimtarë! Hani ushqimet e lejuara që jua kemi dhënë.” (Kuran, 2:172) Pastaj, (Profeti) përmendi një njeri që kishte udhëtuar gjatë, flokëshprishur e i pluhurosur, kishte ngritur duart lart duke thënë: 'O Zot! O Zot!' Ndërkohë, ushqimi i tij ishte haram, pija e tij ishte haram, veshja e tij ishte haram, ishte ushqyer me haram! E si t'i pranohet lutja?!”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Allahut i Lartësuar është i përsosur në Qenien - Veten e Tij, cilësitë, veprimet dhe në gjykimet e Tij.
+Urdhri për ta bërë veprën sinqerisht për Allahun e Lartmadhëruar dhe për ta ndjekur Profetin ﷺ.
+Përdorimi i shprehjeve që nxisin për veprim, pasi Profeti ﷺ ka thënë: "Allahu i urdhëroi besimtarët për atë që i urdhëroi pejgamberët." Kur besimtari e di se kjo është nga gjërat që u janë urdhëruar të dërguarve, ai motivohet dhe nxitet për t’iu bindur Allahut të Lartësuar.
+Prej pengesave të pranimit të lutjes është ngrënia e haramit.
+Prej shkaqeve të pranimit të lutjes janë pesë gjëra: 1. Udhëtimi i gjatë, i cili bën që njeriu të jetë i përulur, e që është një nga shkaqet më të mëdha të pranimit të lutjes, 2. Gjendja e vështirë, 3. Ngritja e duarve drejt qiellit, 4. Lutja drejtuar Allahut me ngulm, duke e përmendur vazhdimisht frazën:  "O Zot!", që është një nga shkaqet më të fuqishme për pranimin e lutjes, 5. Ngrënia dhe pirja e produkteve të pastra.
+Ngrënia e ushqimit hallall dhe të pastër është një nga shkaqet që ndihmojnë në kryerjen e veprave të mira.
+Kadi Ijadi ka thënë: "Shprehja: "i pastër - i mirë" është antonim i shprehjes "i pistë-i lig", prandaj, kur i atribuohet Allahut, me të nënkuptohet se Ai është i pastër nga mangësitë dhe i shenjtëruar nga ligësitë. Kur një gjë e tillë i atribuohet njeriut, me të nënkuptohet se ai është i pastër nga morali i keq e nga veset e liga, dhe është i zbukuruar me të kundërtat e tyre. Kur i atribuohet pasurisë, me të nënkuptohet se ajo është e pastër dhe prej pasurive më të mira."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>“Lëre të dyshimtën kundrejt asaj që nuk të duket e dyshimtë.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>Ebu Muhamed Hasen ibën Ali ibën Ebu Talibi
+(Allahu qoftë i kënaqur me të!), njëherazi nipi
+dhe lulja e të Dërguarit të Allahut ﷺ
+thoshte: “Lëre të dyshimtën kundrejt asaj që nuk të duket e dyshimtë.”</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ urdhëroi që të lihet ajo për të cilën dyshon, qoftë fjalë apo vepër, e ndaluar apo jo, haram apo hallall, kësisoj të merret ajo për të cilën ti nuk ke dyshime, për të cilën je i sigurt se është e mirë dhe e lejuar.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>Ebu Hamza Enes ibën Maliku (Allahu qoftë i kënaqur me të!), shërbëtori i të Dërguarit të Allahut ﷺ, transmeton se Profeti ﷺ ka thënë:||“Nuk ka besuar asnjëri prej jush, derisa të dojë për vëllanë e vet atë që e do për veten e tij.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Ebu Hamza Enes ibën Maliku (Allahu qoftë i kënaqur me të!), shërbëtori i të Dërguarit të Allahut ﷺ, transmeton se Profeti ﷺ ka thënë: “Nuk ka besuar asnjëri prej jush, derisa të dojë për vëllanë e vet atë që e do për veten e tij.”</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>Vërtet Allahu e ka bërë të detyrueshme mirësinë në çdo çështje</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Jala Shedad ibën Eusi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Vërtet Allahu e ka bërë të detyrueshme mirësinë në çdo çështje, andaj, kur të vrisni, vritni në mënyrën më të mirë dhe kur të therni, therni në mënyrën më të mirë: le ta mprehë secili prej jush thikën dhe le t'ia lehtësojë dhimbjen kafshës!"</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>“O djalosh, po t'i mësoj disa fjalë: “Ruaje Allahun, që Ai të të ruajë ty! Ruaje Allahun, që ta kesh pranë! Kur të lypësh, lypi Allahut, e kur të kërkosh ndihmë, kërko nga Allahu!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Ebul Abasi, Abdullah ibën Abasi (Allahu qoftë i kënaqur me të!) tregon: “Një ditë, ndërsa isha mbrapa të të Dërguarit
+të Allahut ﷺ më tha: “O djalosh, po t'i mësoj disa fjalë: “Ruaje Allahun, që Ai të të ruajë ty! Ruaje Allahun, që ta kesh pranë! Kur të lypësh, lypi Allahut, e kur të kërkosh ndihmë, kërko nga Allahu! Gjithashtu, dije se, edhe nëse të gjithë njerëzit do të mblidheshin për të të bërë mirë, nuk do të munden të të bëjnë mirë, pos asaj që ta ka caktuar Allahu, dhe anasjelltas; nëse bashkohen për të të bërë dëm, nuk do të mund të të dëmtojnë, përveç asaj që ta ka caktuar Allahu. Tashmë lapsat janë ngritur dhe fletët janë tharë.”</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>Ibën Abasi (Allahu qoftë i kënaqur me të!) tregon se njëherë kur ishte i vogël kishte hipur (mbi kafshë) me Profetin ﷺ dhe ai i tha: "Unë po të mësoj disa çështje dhe gjëra, përmes të cilave Allahu do të të bëjë dobi: Ruaje Allahun duke i ruajtur urdhrat e Tij dhe duke iu shmangur ndalesave të Tij, në mënyrë që Ai të të gjejë duke bërë adhurime e të mos gjejë duke bërë mëkate. E, nëse e bën këtë, shpërblimi yt do të jetë që Zoti të të ruajë nga të këqijat e kësaj bote dhe të botës tjetër, si dhe do të të ndihmojë në punët e tua kudo që të shkosh. Nëse dëshiron të lypësh diçka, lypi vetëm Allahut, sepse vetëm Ai u përgjigjet kërkesave të atyre që e lusin. Nëse dëshiron ndihmë, mos e kërko prej askujt pos Allahut. Duhet të jesh i bindur se nuk do të kesh asnjë dobi, edhe nëse të gjithë njerëzit e tokës mblidhen për të të bërë ndonjë dobi, përveç asaj që ta ka caktuar Allahu, dhe anasjellas, nuk do të të ndodhë asnjë e keqe, edhe nëse të gjithë njerëzit e tokës mblidhen për të të bërë ndonjë dëm, përveç asaj që ta ka caktuar Allahu. Kjo çështje është caktuar nga Allahu i Lartmadhëruar dhe është vendosur sipas asaj që përkon me urtësinë dhe diturinë e Tij, e nuk ka ndryshim të asaj që ka caktuar Ai. Ai që e ruan Allahun duke i ruajtur urdhrat e Tij dhe duke u larguar nga ndalesat e Tij, atëherë Allahu i Lartësuar do të jetë përpara robit, e di gjendjen e tij, e ndihmon dhe e përkrah. Nëse besimtari i bindet Allahut në rehati, Allahu do t’i bëjë atij në kohë vështirësish rrugëdalje dhe lehtësim. Çdo njeri le të jetë i kënaqur me atë që Allahu ia ka caktuar, qoftë e mirë apo e keqe. Gjatë sprovave dhe vështirësive, njeriu duhet të durojë, sepse durimi është çelësi i lehtësimit; kur vështirësia bëhet e rëndë, lehtësimi vjen nga Allahu, dhe kur vjen vështirësia, Allahu e pason atë me lehtësim.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Rëndësia e mësimit fëmijëve çështjet e fesë, si: teuhdin (monoteizmin), normat e edukatës, e kështu me radhë.
+Shpërblimi është sipas llojit të veprës.
+Urdhri për t'u mbështetur në Allahun, e jo në dikë tjetër. Eh, sa Mbështetës i mirë që është Ai!
+Besimi në caktimin dhe paracaktimin dhe të kënaqurit me të dhe se Allahu ka paracaktuar çdo gjë.
+Atë që e humb urdhrin e Allahut, Ai do ta humbë dhe nuk do ta ruajë.
+Sihariqi madhështor se, kur njeriun e pushton vështirësia, le të presë lehtësimin.
+Ngushëllimi i robit kur t'i ndodhë ndonjë fatkeqësi dhe të humbë ndonjë të dashur, me fjalët e hadithit: "Gjithashtu, dije se ajo që nuk të ka goditur, nuk do të mund të të godiste dhe se ajo që të ka goditur, nuk do të mund të të mos godiste." Pra, fjalia e parë është ngushëllim nëse e godet ndonjë e keqe, ndërsa e dyta është ngushëllim nëse humb ndonjë të dashur.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>Ibën Mesud Ukbe ibën Amër el-Ensari el-Bedri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë:||“Prej shprehjeve pejgamberike që u kanë arritur njerëzve deri më sot janë edhe fjalët: "Nëse nuk turpërohesh, bëj ç'të duash.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Ibën Mesud Ukbe ibën Amër el-Ensari el-Bedri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Prej shprehjeve pejgamberike që u kanë arritur njerëzve deri më sot janë edhe fjalët: "Nëse nuk turpërohesh, bëj ç'të duash.”</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Nga Ebu Amër ose Ebu Amra Sufjan ibën Abdullah (Allahu qoftë i kënaqur me të!) transmetohet se ka thënë:||"Thashë: "O i Dërguari i Allahut, më thuaj një fjalë lidhur me Islamin, që, pas teje, nuk do të kem nevojë të pyes askënd." I Dërguari ﷺ tha: "Thuaj: "Besoj në Allahun e pastaj qëndro fuqishëm!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Nga Ebu Amër ose Ebu Amra Sufjan ibën Abdullah (Allahu qoftë i kënaqur me të!) transmetohet se ka thënë: "Thashë: "O i Dërguari i Allahut, më thuaj një fjalë lidhur me Islamin, që, pas teje, nuk do të kem nevojë të pyes askënd." I Dërguari ﷺ tha: "Thuaj: "Besoj në Allahun e pastaj qëndro fuqishëm!"</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Ebu Abdullah Xhabir ibën Abdullah el-Ensari (Allahu qoftë i kënaqur me të!) tregon se një njeri e pyeti të Dërguarin e Allahut ﷺ dhe i tha: “Në qoftë se unë i fal namazet e detyrueshme, e agjëroj Ramazanin, hallallin e quaj hallall e haramin haram dhe nuk shtoj asgjë tjetër, a do të hyj në Xhenet? Ai tha: “Po.”</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>Pastërtia është gjysma e imanit, (thënia) "elhamdulilah" e rëndon peshoren, (thëniet:) "subhanallah" (i patëmeta është Allahu) dhe "elhamdulilah" (lavdërimi i takon Allahut) mbushin hapësirën ndërmjet qiejve dhe Tokës</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Ebu Malik Harith ibën Asim Eshariu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Pastërtia është gjysma e imanit, (thënia) "elhamdulilah" e rëndon peshoren, (thëniet:) "subhanallah" (i patëmeta është Allahu) dhe "elhamdulilah" (lavdërimi i takon Allahut) mbushin hapësirën ndërmjet qiejve dhe Tokës. Namazi është nur, lëmosha është dëshmi, durimi është ndriçim dhe Kurani është argument pro ose kundër teje. Andaj, çdo njeri, kur zgjohet në mëngjes, ose do ta shesë veten, duke e liruar atë, ose do ta shkatërrojë."</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë:||"Për çdo nyje të trupit, sa herë që lind dielli, duhet të jepet lëmoshë. Të pajtosh dy persona është lëmoshë, ta ndihmosh njeriun të hipë në kafshën e tij a t'ia vësh barrën mbi të është lëmoshë, fjala e mirë është lëmoshë, për çdo hap që e bën për të shkuar në namaz ka lëmoshë dhe për heqjen e pengesës nga rruga ka lëmoshë</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Për çdo nyje të trupit, sa herë që lind dielli, duhet të jepet lëmoshë. Të pajtosh dy persona është lëmoshë, ta ndihmosh njeriun të hipë në kafshën e tij a t'ia vësh barrën mbi të është lëmoshë, fjala e mirë është lëmoshë, për çdo hap që e bën për të shkuar në namaz ka lëmoshë dhe për heqjen e pengesës nga rruga ka lëmoshë."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>Ju porosis të keni frikë Allahun dhe të jeni të dëgjueshëm e të bindur, edhe nëse ju bëhet prijës ndonjë rob, sepse ai që do të jetojë pas meje prej jush, do të shohë kundërshti të shumta, andaj kapuni fort pas traditës sime dhe traditës së kalifëve të drejtë e të përudhur</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Ebu Nexhih Irbad ibën Sarije (Allahu qoftë i
+kënaqur me të!) ka thënë: "I Dërguari i Allahut ﷺ na këshilloi me disa fjalë që na i tronditën zemrat e na i përlotën
+sytë. Atëherë ne i thamë: “O i Dërguari i Allahut, këto fjalë po na duken sikur janë këshillë lamtumire, ndaj na porosit!” Ai tha: "Ju porosis të keni frikë Allahun dhe të jeni të dëgjueshëm e të bindur, edhe nëse ju bëhet prijës ndonjë rob, sepse ai që do të jetojë pas meje prej jush, do të shohë kundërshti të shumta, andaj kapuni fort pas traditës sime dhe traditës së kalifëve të drejtë e të përudhur, shtrëngojeni me dhëmballë dhe ruajuni nga gjërat e shpikura, ngase çdo bidat është lajthitje."</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>“Vërtet ke pyetur për një çështje të madhe, që është e lehtë vetëm për atë të cilit Allahu ia lehtëson</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Muadh ibën Xhebeli (Allahu qoftë i kënaqur me të!) tregon se ka thënë: “O i Dërguari i Allahut! Më trego një punë që më çon në Xhenet dhe më largon nga Zjarri!” Ai tha: “Vërtet ke pyetur për një çështje të madhe, që është e lehtë vetëm për atë të cilit Allahu ia lehtëson: ta adhurosh Allahun pa i shoqëruar asgjë në adhurim, ta falësh namazin, ta japësh zekatin, ta agjërosh Ramazanin dhe ta kryesh haxhillëkun.” Pastaj tha: “A dëshiron të të udhëzoj drejt dyerve të së mirës? Agjërimi është mburojë, lëmosha i shlyen mëkatet siç e shuan uji zjarrin dhe namazi i njeriut në thellësinë e natës.” Pastai lexoi: “Ata ngrihen nga shtrati, i luten Zotit të tyre me frikë e shpresë dhe japin nga ajo që iu kemi dhënë Ne. Askush nuk di se çfarë gëzimesh janë fshehur për ata (në jetën tjetër), si shpërblim për punët e mira që kanë bërë.” (Kuran 32:16-17) Më pas tha: “A të të tregoj për kreun, shtyllën dhe kulmin e çështjes?” Thashë: “Patjetër, o i Dërguari i Allahut.” Ai tha: “Kreu i çështjes është Islami, shtylla e saj është namazi, kurse kulmi është xhihadi.” Më tej shtoi: “A dëshiron të të tregoj për boshtin e të gjitha këtyre?” Unë thashë: “Patjetër, o i Dërguari i Allahut.” Ai e kapi gjuhën e vet dhe tha: “Ruaje këtë!” Atëherë i thashë: “O i Dërguari i Allahut, a edhe për atë që themi u marrkemi në llogari?!” Ai më tha: “Mos të pastë nëna, o Muadh! S’e ditke se njerëzit do të hidhen me fytyrë (në Zjarr) vetëm për shkak të asaj që korrin me gjuhët e tyre?!”</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>S'ka as dëm e as dëmtim</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Sad ibën Malik ibën Sinan Hudriu (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "S'ka as dëm e as dëmtim."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka thënë se dëmi me të gjitha llojet dhe manifestimet e tij, duhet të shmanget nga vetja dhe nga të tjerët, kështu që nuk i lejohet askujt që të dëmtojë veten apo të tjerët pa dallim. Atij nuk i lejohet që ta kthejë dëmin me dëm, sepse dëmi nuk zhbëhet me dëm, veçse gjatë zbatimit të ligjit të barazisë në ndëshkim (ar. kisas), pa e tepruar.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Ndalimi i ndëshkimit me më shumë sesa që ka bërë dëm.
+Allahu nuk i urdhëroi robërit e Tij diçka që u bën dëm.
+Hadithi shërben si rregull për ndalimin e dëmtimit të vetes dhe të tjerëve me fjalë, vepra apo mosveprim.
+Prej rregullave të ligjit islam është: "Dëmi duhet mënjanuar." Pra, ligji islam nuk e aprovon dëmin, përkundrazi e refuzon dëmtimin.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Ibën Abasi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ  ka thënë:||"Po t'u jepej t drejtë njerëzve në bazë të pretendimeve të tyre, do të kishte të atillë që do të pretendonin pasurinë dhe gjakun e të tjerëve, andaj pretenduesi ka për detyrë të sjellë dëshmi, kurse ai që mohon duhet të betohet</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Ibën Abasi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ  ka thënë: "Po t'u jepej t drejtë njerëzve në bazë të pretendimeve të tyre, do të kishte të atillë që do të pretendonin pasurinë dhe gjakun e të tjerëve, andaj pretenduesi ka për detyrë të sjellë dëshmi, kurse ai që mohon duhet të betohet."</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>“Vërtet Allahu i ka caktuar veprat e mira dhe ato të këqija, pastaj i ka sqaruar</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>Ibën Abasi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ përcjell se Allahu i Lartmadhërishëm ka thënë: “Vërtet Allahu i ka caktuar veprat e mira dhe ato të këqija, pastaj i ka sqaruar. Nëse dikush dëshiron të bëjë ndonjë vepër të mirë, por nuk e bën, Allahu ia shkruan një shpërblim të plotë. Mirëpo, nëse dëshiron ta bëjë atë dhe e bën, Allahu ia shkruan dhjetë shpërblime, madje ia shton deri në shtatëqindfish, bile-bile edhe më shumë se kaq. Ndërkaq, nëse dëshiron të kryejë ndonjë vepër të keqe, por nuk e bën, Allahu ia shkruan një shpërblim të plotë. Por, nëse dëshiron ta kryejë atë dhe e kryen, atëherë Allahu ia shkruan vetëm një të keqe.”</t>
+  </si>
+  <si>
+    <t>Sqarimi i mëshirës së madhe të Allahut ndaj këtij umeti (populli musiman) sa i përket shumëfishimit të veprave të mira dhe shkrimit të tyre tek Ai dhe mosshumëfishimit të veprave të këqija.
+Rëndësia e nijetit (qëllimit) në vepra dhe ndikimi i tyre.
+Mirësia, butësia dhe bamirësia e Allahut të Lartësuar, se, nëse dikush dëshiron të bëjë ndonjë vepër të mirë, por nuk e bën, Allahu ia shkruan një shpërblim të plotë.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>Unë i kam shpallur luftë atij që armiqëson një mik Timin. Gjërat më të dashura tek Unë, e me të cilat më afrohet robi janë ato që ia kam obliguar</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Unë i kam shpallur luftë atij që armiqëson një mik Timin. Gjërat më të dashura tek Unë, e me të cilat më afrohet robi janë ato që ia kam obliguar. Ai vazhdon të më afrohet me vepra vullnetare derisa ta dua, e, kur ta dua, i bëhem dëgjimi me të cilin dëgjon, shikimi me të cilin sheh, dora me të cilën prek dhe këmba me të cilën ecën. Nëse më kërkon diçka, ia jap dhe,
+nëse më kërkon mbrojtje, e mbroj."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka treguar në hadithin kudsij se Allahu i Lartësuar ka thënë: ''Atij që e lëndon një mik Timin, e zemëron dhe e urren, ia kam bërë të ditur dhe ia kam shpallur armiqësinë Time.'' Miku i Allahut (velij) është besimtari i devotshëm. Sipas shkallës së imanit dhe devotshmërisë që ka robi, është edhe hisja e tij nga miqësia e Allahut. Muslimani nuk i afrohet Zotit të tij me asgjë më të dashur për Të sesa me atë që Ai ia ka bërë obligim: kryerjen e adhurimeve dhe lënien e harameve. Pastaj, muslimani vazhdon t’i afrohet Zotit të tij me veprat vullnetare, bashkë me obligimet, derisa të fitojë dashurinë e Allahut. Kur Allahu e do robin e Tij, Ai e udhëzon dhe e drejton kah e mbara në këto katër gjymtyrë: I drejton dëgjimin kah e mbara e ai dëgjon vetëm ato fjalë që kënaqin Allahun. I drejton shikimin kah e mbara e ai sheh vetëm atë që Allahu do dhe pëlqen të shihet. I drejton dorën kha e mbara e ai bën me dorën e tij vetëm atë që i pëlqen Allahut. I drejton këmbën kah e mbara e ai shkon vetëm atje ku i pëlqen Allahut dhe vetëm te punët e mira. Veç kësaj, nëse Ai i kërkon diçka Allahut, Ai ia jep atë atij. Kështu, ai bëhet njeri që i pranohet lutja. E nëse kërkon mbrojtjen e Allahut, Ai e mbron atë nga gjërat që i frikësohet.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>“Nuk ka besuar (plotësisht) ai që nuk i ka dëshirat në përputhje me atë që kam sjellë unë.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Ebu Muhamed Abdullah ibën Amër ibën Asi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Nuk ka besuar (plotësisht) ai që nuk i ka dëshirat në përputhje me atë që kam sjellë unë.”</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka sqaruar se njeriu nuk e ka plotësuar imanin që i kërkohet, derisa dashuria e tij të jetë në përputhje me atë që ka sjellë Profeti ﷺ, qoftë nga urdhrat, ndalesat e gjëra të tjera. Pra ta dojë atë që ai e ka urdhëruar dhe ta urrejë atë që ai e ka ndaluar.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Ky hadith shërben si një rregull për nënshtrimin ndaj sheriatit.
+Paralajmërohet njeriu që të mos gjykojë në bazë të logjikës ose zakonit duke i dhënë përparësi mbi ligjet që ka sjellë i Dërguari ﷺ. Sepse ai që e bën një gjë të tillë është cilësuar si njeri pa iman.
+Është obligim të gjykohet me sheriat në çdo çështje, për shkak të fjalës së Profetit ﷺ: “... me atë që kam sjellë.”
+Imani shtohet me adhurim dhe pakësohet me mëkatim.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>Çdo lëndë dehëse është haram.</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Ebu Burde përcjell nga babai i tij e ky nga Ebu
+Musa Eshariu (Allahu qoftë i kënaqur me të!) se i Dërguari i Allahut ﷺ e kishte dërguar atë në Jemen, ndërsa ky e kishte pyetur për disa pije që prodhoheshin atje. I Dërguari e pyeti: "Cilat janë ato?" Ky i tha: "Bit'i dhe mizri". -Njerëzit e pyetën Ebu Burden: “Ç'është bit'i?” Ai iu përgjigj: “Bit'i është pije  e (prodhuar) nga mjalti, kurse mizri pije e (prodhuar) nga elbi.- Atëherë i Dërguari ﷺ tha: "Çdo lëndë dehëse është haram." Transmetoi Buhariu.</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se i Dërguari ﷺ e dërgoi atë në Jemen, dhe e pyeti për disa pije që prodhoheshin atje, nëse ishin haram apo jo. Atëherë Pejgamberi ﷺ kërkoi sqarime rreth tyre. Ebu Musai (Allahu qoftë i kënaqur me të!) i tregoi se bëhej fjalë për dy pije. Njëra quhej “Bit'ë", pije e (prodhuar) nga mjalti, kurse tjetra quhej "Mizër", pije e (prodhuar) nga elbi." I Dërguari ﷺ, të cilit i ishte dhënë aftësia e të shprehurit me fjalë gjithëpërfshirëse, tha: "Çdo pije dehëse është haram."</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Nebidhi (arb): është uji në të cilin hidhet hurma, ose mjalt, ose elb apo gjëra të tjera të ngjashme me to dhe ai merr prej tyre një shije të ëmbël, dhe më pas mund të fermentohet dhe të bëhet dehës.
+Hadithi shërben si rregull për ndalimin e të gjitha llojeve të lëndëve dehëse, si vera, hashashi etj.
+Rëndësia e pyetjes për ato gjëra që i nevojiten muslimanit.
+Hera e parë që u ndalua alkooli ishte në kohën e faljes  së namazit, sepse disa prej muhaxhirëve u falën dhe gjatë leximit në namaz e ngatërruan leximin e tyre; atëherë zbriti fjala e Allahut të Lartësuar: "O besimtarë! Mos u falni kur jeni të dehur, prisni të kthjelloheni e të dini se ç’flisni..." (En Nisa, 43) Lajmëtari i Profetit ﷺ thërriste: “I dehuri të mos i afrohet namazit!” E më pas Allahu e ndaloi atë në mënyrë absolute me fjalën e Tij: "O besimtarë! Me të vërtetë, pijet alkoolike, bixhozi, idhujt dhe shigjetat e fallit janë vepra të ndyta nga punët e djallit. Prandaj, largohuni nga ato, që të shpëtoni! Vërtet, djalli me pije alkoolike dhe me bixhoz kërkon që të fusë midis jush armiqësi e urrejtje dhe t’ju pengojë nga përmendja e Allahut dhe kryerja e namazit. Andaj, a po hiqni dorë?" (El Maide: 90-91)
+Allahu i Lartësuar e bëri haram alkoolin, sepse ai përmban dëme dhe rreziqe të mëdha.
+Kriteri për ndalimin e një lënde është prania e vetisë së dehjes në të; kështu që nëse nebidhi merr vetinë e dehjes, atëherë ai është i ndaluar, e nëse nuk e merr vetinë e dehjes, atëherë ai është i lejuar.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>Abdullah ibën Amri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë:||“Kush i ka këto katër cilësi është hipokrit, e nëse ka vetëm ndonjërën prej tyre, atëherë ai ka një nga cilësitë e hipokritit, derisa ta lërë atë: “Kur flet gënjen; kur premton e thyen fjalën e dhënë; kur grindet tejkalon kufijtë dhe kur bën marrëveshje tradhton</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibën Amri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Kush i ka këto katër cilësi është hipokrit, e nëse ka vetëm ndonjërën prej tyre, atëherë ai ka një nga cilësitë e hipokritit, derisa ta lërë atë: “Kur flet gënjen; kur premton e thyen fjalën e dhënë; kur grindet tejkalon kufijtë dhe kur bën marrëveshje tradhton."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>“Sikur të mbështeteshit në Allahun denjësisht, do t'ju furnizonte siç i furnizon zogjtë: gdhihen barkzbrazur, por kthehen barkplotë.”</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>Umer ibën Hatabi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Sikur të mbështeteshit në Allahun denjësisht, do t'ju furnizonte siç i furnizon zogjtë: gdhihen barkzbrazur, por kthehen barkplotë.”</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>“Mirësia është sjellja e mirë ndërsa mëkati është ajo që të bren në zemër dhe nuk dëshiron që njerëzit të mësojnë për të</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>Nevas ibën Sem'ani (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Mirësia është sjellja e mirë ndërsa mëkati është ajo që të bren në zemër dhe nuk dëshiron që njerëzit të mësojnë për të.”</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka treguar për mirësinë dhe mëkatin dhe ka thënë se vetitë më të mëdha të mirësisë janë morali i mirë me Allahun, pra duke qenë i devotshëm dhe morali i mirë me njerëzit, pra duke i duruar dëmet që ata shkaktojnë, duke u zemëruar sa më pak, duke pasur fytyrë të buzëqeshur, fjalë të mira, duke i mbajtur lidhjet farefisnore, duke bërë adhurime, duke qenë i butë, bamirës dhe duke u shoqëruar me të tjerët në formën më të mirë dhe se mirësia është ajo që zemra dhe shpirti ndihen të qeta me të. Sa i përket mëkatit, ai është ajo gjë e dyshimtë që nuk gjen qetësi në shpirt dhe zemra nuk pajtohet me të, për rrjedhojë në zemër krijohet mëdyshje dhe frikë se mos është gjynah, dhe njeriu nuk dëshiron ta shfaqë atë, sepse është e pahijshme sipas njerëzve të nderuar dhe të devotshëm. Kjo, sepse njeriu nga natyra e tij dëshiron që njerëzit t'i shohin veprat e tij të mira, prandaj kur ai e urren që diçka prej veprave të tij të shihet nga të tjerët, kjo është shenjë se ajo është mëkat dhe nuk ka mirësi në të. Edhe nëse njerëzit të japin fetva, mos e merr fetvanë për sa kohë që shenja e dyshimit endet në shpirtin tënd, sepse fetvaja nuk e largon dyshimin kur dyshimi e ka një bazë të drejtë dhe kur fetvadhënësi jep fetva pa qenë i ditur. Por nëse fetvaja bazohet në një argument fetar, atëherë është detyrë për atë që pyet t'i përmbahet asaj, edhe nëse zemra e tij nuk gjen qetësi me të.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>Le të jetë gjuha jote gjithnjë e njomë nga
+përmendja e Allahut</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibën Busri (Allahu qoftë i kënaqur me të!) tregon: “Një njeri vajti te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut, ligjet e Islamit janë bërë shumë, ndaj na trego diçka përmbledhëse, që të kapemi pas saj!" Ai tha: "Le të jetë gjuha jote gjithnjë e njomë nga
+përmendja e Allahut."</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -13418,51 +16096,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O360"/>
+  <dimension ref="A1:O435"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -13480,16695 +16158,20397 @@
       </c>
       <c r="I2" t="s">
         <v>9</v>
       </c>
       <c r="J2" t="s">
         <v>10</v>
       </c>
       <c r="K2" t="s">
         <v>11</v>
       </c>
       <c r="L2" t="s">
         <v>12</v>
       </c>
       <c r="M2" t="s">
         <v>13</v>
       </c>
       <c r="N2" t="s">
         <v>14</v>
       </c>
       <c r="O2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3">
-        <v>2758</v>
+        <v>2753</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>25</v>
       </c>
       <c r="L3" t="s">
         <v>26</v>
       </c>
       <c r="M3" t="s">
         <v>27</v>
       </c>
       <c r="N3" t="s">
         <v>28</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4">
-        <v>2941</v>
+        <v>2758</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>35</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>25</v>
       </c>
       <c r="L4" t="s">
         <v>26</v>
       </c>
       <c r="M4" t="s">
         <v>27</v>
       </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5">
-        <v>2945</v>
+        <v>2759</v>
       </c>
       <c r="B5" t="s">
         <v>39</v>
       </c>
       <c r="C5" t="s">
         <v>40</v>
       </c>
       <c r="D5" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>42</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>44</v>
       </c>
       <c r="H5" t="s">
         <v>45</v>
       </c>
       <c r="I5" t="s">
         <v>46</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L5" t="s">
         <v>26</v>
       </c>
       <c r="M5" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
-        <v>2962</v>
+        <v>2941</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>25</v>
       </c>
       <c r="L6" t="s">
         <v>26</v>
       </c>
       <c r="M6" t="s">
         <v>27</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
-        <v>2997</v>
+        <v>2945</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E7" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G7" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H7" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>25</v>
       </c>
       <c r="L7" t="s">
         <v>26</v>
       </c>
       <c r="M7" t="s">
         <v>27</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8">
-        <v>3010</v>
+        <v>2962</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F8" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="G8" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H8" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>25</v>
       </c>
       <c r="L8" t="s">
         <v>26</v>
       </c>
       <c r="M8" t="s">
         <v>27</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
-        <v>3013</v>
+        <v>2969</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E9" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F9" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G9" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="H9" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I9" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>25</v>
       </c>
       <c r="L9" t="s">
         <v>26</v>
       </c>
       <c r="M9" t="s">
         <v>27</v>
       </c>
       <c r="N9" t="s">
         <v>28</v>
       </c>
       <c r="O9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10">
-        <v>3014</v>
+        <v>2985</v>
       </c>
       <c r="B10" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C10" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D10" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E10" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F10" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="G10" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H10" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="I10" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
         <v>25</v>
       </c>
       <c r="L10" t="s">
         <v>26</v>
       </c>
       <c r="M10" t="s">
         <v>27</v>
       </c>
       <c r="N10" t="s">
         <v>28</v>
       </c>
       <c r="O10" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11">
-        <v>3017</v>
+        <v>2997</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D11" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E11" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F11" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G11" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H11" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="I11" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="L11" t="s">
         <v>26</v>
       </c>
+      <c r="M11" t="s">
+        <v>27</v>
+      </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
-        <v>3029</v>
+        <v>3007</v>
       </c>
       <c r="B12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>3033</v>
+        <v>3010</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C13" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D13" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="E13" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="F13" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="G13" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="H13" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="I13" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>25</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
         <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>3037</v>
+        <v>3013</v>
       </c>
       <c r="B14" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D14" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="E14" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F14" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="G14" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="H14" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="I14" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>3044</v>
+        <v>3014</v>
       </c>
       <c r="B15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
+        <v>27</v>
+      </c>
+      <c r="N15" t="s">
+        <v>28</v>
+      </c>
+      <c r="O15" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>3053</v>
+        <v>3017</v>
       </c>
       <c r="B16" t="s">
+        <v>142</v>
+      </c>
+      <c r="C16" t="s">
         <v>143</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>144</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>145</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>146</v>
       </c>
-      <c r="F16" t="s">
+      <c r="G16" t="s">
         <v>147</v>
       </c>
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>148</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>149</v>
       </c>
-      <c r="I16" t="s">
+      <c r="J16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K16" t="s">
         <v>150</v>
       </c>
-      <c r="J16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
-        <v>130</v>
+        <v>151</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>3061</v>
+        <v>3029</v>
       </c>
       <c r="B17" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C17" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D17" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E17" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F17" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G17" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H17" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I17" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>25</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3062</v>
+        <v>3031</v>
       </c>
       <c r="B18" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C18" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D18" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E18" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F18" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G18" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H18" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I18" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>169</v>
+        <v>25</v>
       </c>
       <c r="L18" t="s">
         <v>26</v>
       </c>
       <c r="M18" t="s">
+        <v>27</v>
+      </c>
+      <c r="N18" t="s">
+        <v>28</v>
+      </c>
+      <c r="O18" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3086</v>
+        <v>3033</v>
       </c>
       <c r="B19" t="s">
+        <v>171</v>
+      </c>
+      <c r="C19" t="s">
         <v>172</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>173</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>174</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
         <v>175</v>
       </c>
-      <c r="F19" t="s">
+      <c r="G19" t="s">
         <v>176</v>
       </c>
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>177</v>
       </c>
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
         <v>25</v>
       </c>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
         <v>27</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3088</v>
+        <v>3037</v>
       </c>
       <c r="B20" t="s">
+        <v>180</v>
+      </c>
+      <c r="C20" t="s">
         <v>181</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>182</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>183</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>184</v>
       </c>
-      <c r="F20" t="s">
+      <c r="G20" t="s">
         <v>185</v>
       </c>
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>186</v>
       </c>
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>187</v>
       </c>
-      <c r="I20" t="s">
+      <c r="J20" t="s">
+        <v>24</v>
+      </c>
+      <c r="K20" t="s">
+        <v>112</v>
+      </c>
+      <c r="L20" t="s">
+        <v>26</v>
+      </c>
+      <c r="M20" t="s">
+        <v>113</v>
+      </c>
+      <c r="N20" t="s">
+        <v>28</v>
+      </c>
+      <c r="O20" t="s">
         <v>188</v>
-      </c>
-[...16 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3096</v>
+        <v>3044</v>
       </c>
       <c r="B21" t="s">
+        <v>189</v>
+      </c>
+      <c r="C21" t="s">
         <v>190</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>191</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>192</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>193</v>
       </c>
-      <c r="F21" t="s">
+      <c r="G21" t="s">
         <v>194</v>
       </c>
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>195</v>
       </c>
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>196</v>
       </c>
-      <c r="I21" t="s">
+      <c r="J21" t="s">
+        <v>24</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21" t="s">
+        <v>26</v>
+      </c>
+      <c r="M21" t="s">
+        <v>48</v>
+      </c>
+      <c r="N21" t="s">
+        <v>28</v>
+      </c>
+      <c r="O21" t="s">
         <v>197</v>
-      </c>
-[...16 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3103</v>
+        <v>3053</v>
       </c>
       <c r="B22" t="s">
+        <v>198</v>
+      </c>
+      <c r="C22" t="s">
         <v>199</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>200</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>201</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
         <v>202</v>
       </c>
-      <c r="F22" t="s">
+      <c r="G22" t="s">
         <v>203</v>
       </c>
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>204</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>205</v>
       </c>
-      <c r="I22" t="s">
+      <c r="J22" t="s">
+        <v>24</v>
+      </c>
+      <c r="K22" t="s">
+        <v>112</v>
+      </c>
+      <c r="L22" t="s">
+        <v>26</v>
+      </c>
+      <c r="M22" t="s">
+        <v>113</v>
+      </c>
+      <c r="N22" t="s">
+        <v>28</v>
+      </c>
+      <c r="O22" t="s">
         <v>206</v>
-      </c>
-[...16 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3107</v>
+        <v>3061</v>
       </c>
       <c r="B23" t="s">
+        <v>207</v>
+      </c>
+      <c r="C23" t="s">
         <v>208</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>209</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>210</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
         <v>211</v>
       </c>
-      <c r="F23" t="s">
+      <c r="G23" t="s">
         <v>212</v>
       </c>
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>213</v>
       </c>
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3135</v>
+        <v>3062</v>
       </c>
       <c r="B24" t="s">
+        <v>216</v>
+      </c>
+      <c r="C24" t="s">
         <v>217</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>218</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>219</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>220</v>
       </c>
-      <c r="F24" t="s">
+      <c r="G24" t="s">
         <v>221</v>
       </c>
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>222</v>
       </c>
-      <c r="H24" t="s">
+      <c r="I24" t="s">
         <v>223</v>
       </c>
-      <c r="I24" t="s">
+      <c r="J24" t="s">
+        <v>24</v>
+      </c>
+      <c r="K24" t="s">
         <v>224</v>
       </c>
-      <c r="J24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
-        <v>27</v>
+        <v>225</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3144</v>
+        <v>3071</v>
       </c>
       <c r="B25" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C25" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D25" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E25" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F25" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G25" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H25" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I25" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3150</v>
+        <v>3075</v>
       </c>
       <c r="B26" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C26" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D26" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E26" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F26" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G26" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H26" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I26" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
         <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3156</v>
+        <v>3078</v>
       </c>
       <c r="B27" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C27" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D27" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E27" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F27" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G27" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H27" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I27" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
         <v>25</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
         <v>27</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3272</v>
+        <v>3079</v>
       </c>
       <c r="B28" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C28" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D28" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E28" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F28" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G28" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H28" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I28" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>3279</v>
+        <v>3086</v>
       </c>
       <c r="B29" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C29" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D29" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E29" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F29" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="G29" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H29" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I29" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
         <v>25</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
         <v>27</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>3313</v>
+        <v>3088</v>
       </c>
       <c r="B30" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C30" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D30" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E30" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F30" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G30" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H30" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I30" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>3316</v>
+        <v>3095</v>
       </c>
       <c r="B31" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C31" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D31" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E31" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F31" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G31" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H31" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I31" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>3330</v>
+        <v>3096</v>
       </c>
       <c r="B32" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C32" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D32" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E32" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F32" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="G32" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H32" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="I32" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>3331</v>
+        <v>3103</v>
       </c>
       <c r="B33" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C33" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D33" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E33" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F33" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G33" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H33" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="I33" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>25</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
         <v>27</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>3336</v>
+        <v>3104</v>
       </c>
       <c r="B34" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C34" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D34" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E34" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F34" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="G34" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H34" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="I34" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>315</v>
+        <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
+        <v>27</v>
+      </c>
+      <c r="N34" t="s">
+        <v>28</v>
+      </c>
+      <c r="O34" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>3339</v>
+        <v>3107</v>
       </c>
       <c r="B35" t="s">
+        <v>317</v>
+      </c>
+      <c r="C35" t="s">
         <v>318</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>319</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>320</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
         <v>321</v>
       </c>
-      <c r="F35" t="s">
+      <c r="G35" t="s">
         <v>322</v>
       </c>
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>323</v>
       </c>
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>324</v>
       </c>
-      <c r="I35" t="s">
+      <c r="J35" t="s">
+        <v>24</v>
+      </c>
+      <c r="K35" t="s">
+        <v>25</v>
+      </c>
+      <c r="L35" t="s">
+        <v>26</v>
+      </c>
+      <c r="M35" t="s">
+        <v>27</v>
+      </c>
+      <c r="N35" t="s">
+        <v>28</v>
+      </c>
+      <c r="O35" t="s">
         <v>325</v>
-      </c>
-[...16 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>3341</v>
+        <v>3110</v>
       </c>
       <c r="B36" t="s">
+        <v>326</v>
+      </c>
+      <c r="C36" t="s">
+        <v>327</v>
+      </c>
+      <c r="D36" t="s">
+        <v>328</v>
+      </c>
+      <c r="E36" t="s">
         <v>329</v>
       </c>
-      <c r="C36" t="s">
+      <c r="F36" t="s">
         <v>330</v>
       </c>
-      <c r="D36" t="s">
+      <c r="G36" t="s">
         <v>331</v>
       </c>
-      <c r="E36" t="s">
+      <c r="H36" t="s">
         <v>332</v>
       </c>
-      <c r="F36" t="s">
+      <c r="I36" t="s">
         <v>333</v>
       </c>
-      <c r="G36" t="s">
+      <c r="J36" t="s">
+        <v>24</v>
+      </c>
+      <c r="K36" t="s">
+        <v>25</v>
+      </c>
+      <c r="L36" t="s">
+        <v>26</v>
+      </c>
+      <c r="M36" t="s">
+        <v>27</v>
+      </c>
+      <c r="N36" t="s">
+        <v>28</v>
+      </c>
+      <c r="O36" t="s">
         <v>334</v>
-      </c>
-[...22 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>3342</v>
+        <v>3127</v>
       </c>
       <c r="B37" t="s">
+        <v>335</v>
+      </c>
+      <c r="C37" t="s">
+        <v>336</v>
+      </c>
+      <c r="D37" t="s">
+        <v>337</v>
+      </c>
+      <c r="E37" t="s">
         <v>338</v>
       </c>
-      <c r="C37" t="s">
+      <c r="F37" t="s">
         <v>339</v>
       </c>
-      <c r="D37" t="s">
+      <c r="G37" t="s">
         <v>340</v>
       </c>
-      <c r="E37" t="s">
+      <c r="H37" t="s">
         <v>341</v>
       </c>
-      <c r="F37" t="s">
+      <c r="I37" t="s">
         <v>342</v>
       </c>
-      <c r="G37" t="s">
+      <c r="J37" t="s">
+        <v>24</v>
+      </c>
+      <c r="K37" t="s">
+        <v>25</v>
+      </c>
+      <c r="L37" t="s">
+        <v>26</v>
+      </c>
+      <c r="M37" t="s">
+        <v>27</v>
+      </c>
+      <c r="N37" t="s">
+        <v>28</v>
+      </c>
+      <c r="O37" t="s">
         <v>343</v>
-      </c>
-[...22 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>3347</v>
+        <v>3135</v>
       </c>
       <c r="B38" t="s">
+        <v>344</v>
+      </c>
+      <c r="C38" t="s">
+        <v>345</v>
+      </c>
+      <c r="D38" t="s">
+        <v>346</v>
+      </c>
+      <c r="E38" t="s">
         <v>347</v>
       </c>
-      <c r="C38" t="s">
+      <c r="F38" t="s">
         <v>348</v>
       </c>
-      <c r="D38" t="s">
+      <c r="G38" t="s">
         <v>349</v>
       </c>
-      <c r="E38" t="s">
+      <c r="H38" t="s">
         <v>350</v>
       </c>
-      <c r="F38" t="s">
+      <c r="I38" t="s">
         <v>351</v>
       </c>
-      <c r="G38" t="s">
+      <c r="J38" t="s">
+        <v>24</v>
+      </c>
+      <c r="K38" t="s">
+        <v>25</v>
+      </c>
+      <c r="L38" t="s">
+        <v>26</v>
+      </c>
+      <c r="M38" t="s">
+        <v>27</v>
+      </c>
+      <c r="N38" t="s">
+        <v>28</v>
+      </c>
+      <c r="O38" t="s">
         <v>352</v>
-      </c>
-[...22 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>3348</v>
+        <v>3138</v>
       </c>
       <c r="B39" t="s">
+        <v>353</v>
+      </c>
+      <c r="C39" t="s">
+        <v>354</v>
+      </c>
+      <c r="D39" t="s">
+        <v>355</v>
+      </c>
+      <c r="E39" t="s">
         <v>356</v>
       </c>
-      <c r="C39" t="s">
+      <c r="F39" t="s">
         <v>357</v>
       </c>
-      <c r="D39" t="s">
+      <c r="G39" t="s">
         <v>358</v>
       </c>
-      <c r="E39" t="s">
+      <c r="H39" t="s">
         <v>359</v>
       </c>
-      <c r="F39" t="s">
+      <c r="I39" t="s">
         <v>360</v>
       </c>
-      <c r="G39" t="s">
+      <c r="J39" t="s">
+        <v>24</v>
+      </c>
+      <c r="K39" t="s">
+        <v>112</v>
+      </c>
+      <c r="L39" t="s">
+        <v>26</v>
+      </c>
+      <c r="M39" t="s">
+        <v>113</v>
+      </c>
+      <c r="N39" t="s">
+        <v>28</v>
+      </c>
+      <c r="O39" t="s">
         <v>361</v>
-      </c>
-[...22 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>3350</v>
+        <v>3144</v>
       </c>
       <c r="B40" t="s">
+        <v>362</v>
+      </c>
+      <c r="C40" t="s">
+        <v>363</v>
+      </c>
+      <c r="D40" t="s">
+        <v>364</v>
+      </c>
+      <c r="E40" t="s">
         <v>365</v>
       </c>
-      <c r="C40" t="s">
+      <c r="F40" t="s">
         <v>366</v>
       </c>
-      <c r="D40" t="s">
+      <c r="G40" t="s">
         <v>367</v>
       </c>
-      <c r="E40" t="s">
+      <c r="H40" t="s">
         <v>368</v>
       </c>
-      <c r="F40" t="s">
+      <c r="I40" t="s">
         <v>369</v>
       </c>
-      <c r="G40" t="s">
+      <c r="J40" t="s">
+        <v>24</v>
+      </c>
+      <c r="K40" t="s">
+        <v>25</v>
+      </c>
+      <c r="L40" t="s">
+        <v>26</v>
+      </c>
+      <c r="M40" t="s">
+        <v>27</v>
+      </c>
+      <c r="N40" t="s">
+        <v>28</v>
+      </c>
+      <c r="O40" t="s">
         <v>370</v>
-      </c>
-[...22 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>3352</v>
+        <v>3150</v>
       </c>
       <c r="B41" t="s">
+        <v>371</v>
+      </c>
+      <c r="C41" t="s">
+        <v>372</v>
+      </c>
+      <c r="D41" t="s">
+        <v>373</v>
+      </c>
+      <c r="E41" t="s">
+        <v>374</v>
+      </c>
+      <c r="F41" t="s">
+        <v>375</v>
+      </c>
+      <c r="G41" t="s">
+        <v>376</v>
+      </c>
+      <c r="H41" t="s">
+        <v>377</v>
+      </c>
+      <c r="I41" t="s">
         <v>378</v>
       </c>
-      <c r="C41" t="s">
+      <c r="J41" t="s">
+        <v>24</v>
+      </c>
+      <c r="K41" t="s">
+        <v>25</v>
+      </c>
+      <c r="L41" t="s">
+        <v>26</v>
+      </c>
+      <c r="M41" t="s">
+        <v>27</v>
+      </c>
+      <c r="N41" t="s">
+        <v>28</v>
+      </c>
+      <c r="O41" t="s">
         <v>379</v>
-      </c>
-[...28 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>3354</v>
+        <v>3156</v>
       </c>
       <c r="B42" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="C42" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
       <c r="D42" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="E42" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="F42" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="G42" t="s">
-        <v>394</v>
+        <v>385</v>
       </c>
       <c r="H42" t="s">
-        <v>395</v>
+        <v>386</v>
       </c>
       <c r="I42" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>3359</v>
+        <v>3220</v>
       </c>
       <c r="B43" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="C43" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="D43" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="E43" t="s">
-        <v>401</v>
+        <v>392</v>
       </c>
       <c r="F43" t="s">
-        <v>402</v>
+        <v>393</v>
       </c>
       <c r="G43" t="s">
-        <v>403</v>
+        <v>394</v>
       </c>
       <c r="H43" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="I43" t="s">
-        <v>405</v>
+        <v>396</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>406</v>
+        <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
+      <c r="M43" t="s">
+        <v>27</v>
+      </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>3361</v>
+        <v>3267</v>
       </c>
       <c r="B44" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="C44" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="D44" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="E44" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="F44" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
       <c r="G44" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="H44" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="I44" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>3365</v>
+        <v>3272</v>
       </c>
       <c r="B45" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="C45" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="D45" t="s">
-        <v>419</v>
+        <v>409</v>
       </c>
       <c r="E45" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="F45" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="G45" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
       <c r="H45" t="s">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="I45" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>425</v>
+        <v>415</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>3366</v>
+        <v>3279</v>
       </c>
       <c r="B46" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="C46" t="s">
-        <v>427</v>
+        <v>417</v>
       </c>
       <c r="D46" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="E46" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
       <c r="F46" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="G46" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="H46" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="I46" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>3372</v>
+        <v>3298</v>
       </c>
       <c r="B47" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="C47" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="D47" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="E47" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="F47" t="s">
-        <v>439</v>
+        <v>429</v>
       </c>
       <c r="G47" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="H47" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="I47" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>3373</v>
+        <v>3310</v>
       </c>
       <c r="B48" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="C48" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="D48" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="E48" t="s">
-        <v>447</v>
+        <v>437</v>
       </c>
       <c r="F48" t="s">
-        <v>448</v>
+        <v>438</v>
       </c>
       <c r="G48" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
       <c r="H48" t="s">
-        <v>450</v>
+        <v>440</v>
       </c>
       <c r="I48" t="s">
-        <v>451</v>
+        <v>441</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>3375</v>
+        <v>3313</v>
       </c>
       <c r="B49" t="s">
-        <v>453</v>
+        <v>443</v>
       </c>
       <c r="C49" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="D49" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="E49" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="F49" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="G49" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
       <c r="H49" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="I49" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="J49" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>315</v>
+        <v>25</v>
       </c>
       <c r="L49" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M49" t="s">
-        <v>316</v>
+        <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>3381</v>
+        <v>3316</v>
       </c>
       <c r="B50" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="C50" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="D50" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="E50" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="F50" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="G50" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="H50" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="I50" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="J50" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>315</v>
+        <v>47</v>
       </c>
       <c r="L50" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>316</v>
+        <v>48</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>3383</v>
+        <v>3317</v>
       </c>
       <c r="B51" t="s">
+        <v>461</v>
+      </c>
+      <c r="C51" t="s">
+        <v>462</v>
+      </c>
+      <c r="D51" t="s">
+        <v>463</v>
+      </c>
+      <c r="E51" t="s">
+        <v>464</v>
+      </c>
+      <c r="F51" t="s">
+        <v>465</v>
+      </c>
+      <c r="G51" t="s">
+        <v>466</v>
+      </c>
+      <c r="H51" t="s">
+        <v>467</v>
+      </c>
+      <c r="I51" t="s">
+        <v>468</v>
+      </c>
+      <c r="J51" t="s">
+        <v>24</v>
+      </c>
+      <c r="K51" t="s">
+        <v>469</v>
+      </c>
+      <c r="L51" t="s">
+        <v>26</v>
+      </c>
+      <c r="M51" t="s">
+        <v>470</v>
+      </c>
+      <c r="N51" t="s">
+        <v>28</v>
+      </c>
+      <c r="O51" t="s">
         <v>471</v>
-      </c>
-[...34 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>3384</v>
+        <v>3330</v>
       </c>
       <c r="B52" t="s">
-        <v>481</v>
+        <v>472</v>
       </c>
       <c r="C52" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="E52" t="s">
-        <v>484</v>
+        <v>475</v>
       </c>
       <c r="F52" t="s">
-        <v>485</v>
+        <v>476</v>
       </c>
       <c r="G52" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="H52" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="I52" t="s">
-        <v>488</v>
+        <v>479</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>489</v>
+        <v>25</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>490</v>
+        <v>27</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>3389</v>
+        <v>3331</v>
       </c>
       <c r="B53" t="s">
-        <v>492</v>
+        <v>481</v>
       </c>
       <c r="C53" t="s">
-        <v>493</v>
+        <v>482</v>
       </c>
       <c r="D53" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>495</v>
+        <v>484</v>
       </c>
       <c r="F53" t="s">
-        <v>496</v>
+        <v>485</v>
       </c>
       <c r="G53" t="s">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="H53" t="s">
-        <v>498</v>
+        <v>487</v>
       </c>
       <c r="I53" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
+      <c r="M53" t="s">
+        <v>27</v>
+      </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>501</v>
+        <v>489</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>3390</v>
+        <v>3336</v>
       </c>
       <c r="B54" t="s">
-        <v>502</v>
+        <v>490</v>
       </c>
       <c r="C54" t="s">
-        <v>503</v>
+        <v>491</v>
       </c>
       <c r="D54" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="E54" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="F54" t="s">
-        <v>506</v>
+        <v>494</v>
       </c>
       <c r="G54" t="s">
-        <v>507</v>
+        <v>495</v>
       </c>
       <c r="H54" t="s">
-        <v>508</v>
+        <v>496</v>
       </c>
       <c r="I54" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>25</v>
+        <v>498</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
-        <v>27</v>
+        <v>499</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>510</v>
+        <v>500</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>3395</v>
+        <v>3339</v>
       </c>
       <c r="B55" t="s">
+        <v>501</v>
+      </c>
+      <c r="C55" t="s">
+        <v>502</v>
+      </c>
+      <c r="D55" t="s">
+        <v>503</v>
+      </c>
+      <c r="E55" t="s">
+        <v>504</v>
+      </c>
+      <c r="F55" t="s">
+        <v>505</v>
+      </c>
+      <c r="G55" t="s">
+        <v>506</v>
+      </c>
+      <c r="H55" t="s">
+        <v>507</v>
+      </c>
+      <c r="I55" t="s">
+        <v>508</v>
+      </c>
+      <c r="J55" t="s">
+        <v>24</v>
+      </c>
+      <c r="K55" t="s">
+        <v>509</v>
+      </c>
+      <c r="L55" t="s">
+        <v>26</v>
+      </c>
+      <c r="M55" t="s">
+        <v>510</v>
+      </c>
+      <c r="N55" t="s">
+        <v>28</v>
+      </c>
+      <c r="O55" t="s">
         <v>511</v>
-      </c>
-[...34 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>3402</v>
+        <v>3341</v>
       </c>
       <c r="B56" t="s">
-        <v>521</v>
+        <v>512</v>
       </c>
       <c r="C56" t="s">
-        <v>522</v>
+        <v>513</v>
       </c>
       <c r="D56" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
       <c r="E56" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="F56" t="s">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="G56" t="s">
-        <v>526</v>
+        <v>517</v>
       </c>
       <c r="H56" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="I56" t="s">
-        <v>528</v>
+        <v>519</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>500</v>
+        <v>47</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
-        <v>529</v>
+        <v>48</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>530</v>
+        <v>520</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>3406</v>
+        <v>3342</v>
       </c>
       <c r="B57" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="C57" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="D57" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="E57" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="F57" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="G57" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="H57" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="I57" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>140</v>
+        <v>112</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>141</v>
+        <v>113</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>3410</v>
+        <v>3347</v>
       </c>
       <c r="B58" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="C58" t="s">
-        <v>541</v>
+        <v>531</v>
       </c>
       <c r="D58" t="s">
-        <v>542</v>
+        <v>532</v>
       </c>
       <c r="E58" t="s">
-        <v>543</v>
+        <v>533</v>
       </c>
       <c r="F58" t="s">
-        <v>544</v>
+        <v>534</v>
       </c>
       <c r="G58" t="s">
-        <v>545</v>
+        <v>535</v>
       </c>
       <c r="H58" t="s">
-        <v>546</v>
+        <v>536</v>
       </c>
       <c r="I58" t="s">
-        <v>547</v>
+        <v>537</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>548</v>
+        <v>538</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>3414</v>
+        <v>3348</v>
       </c>
       <c r="B59" t="s">
-        <v>549</v>
+        <v>539</v>
       </c>
       <c r="C59" t="s">
-        <v>550</v>
+        <v>540</v>
       </c>
       <c r="D59" t="s">
-        <v>551</v>
+        <v>541</v>
       </c>
       <c r="E59" t="s">
-        <v>552</v>
+        <v>542</v>
       </c>
       <c r="F59" t="s">
-        <v>553</v>
+        <v>543</v>
       </c>
       <c r="G59" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="H59" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="I59" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>3416</v>
+        <v>3350</v>
       </c>
       <c r="B60" t="s">
+        <v>548</v>
+      </c>
+      <c r="C60" t="s">
+        <v>549</v>
+      </c>
+      <c r="D60" t="s">
+        <v>550</v>
+      </c>
+      <c r="E60" t="s">
+        <v>551</v>
+      </c>
+      <c r="F60" t="s">
+        <v>552</v>
+      </c>
+      <c r="G60" t="s">
+        <v>553</v>
+      </c>
+      <c r="H60" t="s">
+        <v>554</v>
+      </c>
+      <c r="I60" t="s">
+        <v>555</v>
+      </c>
+      <c r="J60" t="s">
+        <v>556</v>
+      </c>
+      <c r="K60" t="s">
+        <v>557</v>
+      </c>
+      <c r="L60" t="s">
         <v>558</v>
       </c>
-      <c r="C60" t="s">
+      <c r="M60" t="s">
         <v>559</v>
       </c>
-      <c r="D60" t="s">
+      <c r="N60" t="s">
+        <v>28</v>
+      </c>
+      <c r="O60" t="s">
         <v>560</v>
-      </c>
-[...31 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>3417</v>
+        <v>3352</v>
       </c>
       <c r="B61" t="s">
+        <v>561</v>
+      </c>
+      <c r="C61" t="s">
+        <v>562</v>
+      </c>
+      <c r="D61" t="s">
+        <v>563</v>
+      </c>
+      <c r="E61" t="s">
+        <v>564</v>
+      </c>
+      <c r="F61" t="s">
+        <v>565</v>
+      </c>
+      <c r="G61" t="s">
+        <v>566</v>
+      </c>
+      <c r="H61" t="s">
         <v>567</v>
       </c>
-      <c r="C61" t="s">
+      <c r="I61" t="s">
         <v>568</v>
       </c>
-      <c r="D61" t="s">
+      <c r="J61" t="s">
         <v>569</v>
       </c>
-      <c r="E61" t="s">
+      <c r="K61" t="s">
         <v>570</v>
       </c>
-      <c r="F61" t="s">
+      <c r="L61" t="s">
         <v>571</v>
       </c>
-      <c r="G61" t="s">
+      <c r="M61" t="s">
         <v>572</v>
       </c>
-      <c r="H61" t="s">
+      <c r="N61" t="s">
+        <v>28</v>
+      </c>
+      <c r="O61" t="s">
         <v>573</v>
-      </c>
-[...19 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>3418</v>
+        <v>3354</v>
       </c>
       <c r="B62" t="s">
+        <v>574</v>
+      </c>
+      <c r="C62" t="s">
+        <v>575</v>
+      </c>
+      <c r="D62" t="s">
         <v>576</v>
       </c>
-      <c r="C62" t="s">
+      <c r="E62" t="s">
         <v>577</v>
       </c>
-      <c r="D62" t="s">
+      <c r="F62" t="s">
         <v>578</v>
       </c>
-      <c r="E62" t="s">
+      <c r="G62" t="s">
         <v>579</v>
       </c>
-      <c r="F62" t="s">
+      <c r="H62" t="s">
         <v>580</v>
       </c>
-      <c r="G62" t="s">
+      <c r="I62" t="s">
         <v>581</v>
       </c>
-      <c r="H62" t="s">
+      <c r="J62" t="s">
+        <v>24</v>
+      </c>
+      <c r="K62" t="s">
+        <v>25</v>
+      </c>
+      <c r="L62" t="s">
+        <v>26</v>
+      </c>
+      <c r="M62" t="s">
+        <v>27</v>
+      </c>
+      <c r="N62" t="s">
+        <v>28</v>
+      </c>
+      <c r="O62" t="s">
         <v>582</v>
-      </c>
-[...19 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>3419</v>
+        <v>3355</v>
       </c>
       <c r="B63" t="s">
+        <v>583</v>
+      </c>
+      <c r="C63" t="s">
+        <v>584</v>
+      </c>
+      <c r="D63" t="s">
         <v>585</v>
       </c>
-      <c r="C63" t="s">
+      <c r="E63" t="s">
         <v>586</v>
       </c>
-      <c r="D63" t="s">
+      <c r="F63" t="s">
         <v>587</v>
       </c>
-      <c r="E63" t="s">
+      <c r="G63" t="s">
         <v>588</v>
       </c>
-      <c r="F63" t="s">
+      <c r="H63" t="s">
         <v>589</v>
       </c>
-      <c r="G63" t="s">
+      <c r="I63" t="s">
         <v>590</v>
-      </c>
-[...4 lines deleted...]
-        <v>592</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>25</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>27</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>3420</v>
+        <v>3359</v>
       </c>
       <c r="B64" t="s">
+        <v>592</v>
+      </c>
+      <c r="C64" t="s">
+        <v>593</v>
+      </c>
+      <c r="D64" t="s">
         <v>594</v>
       </c>
-      <c r="C64" t="s">
+      <c r="E64" t="s">
         <v>595</v>
       </c>
-      <c r="D64" t="s">
+      <c r="F64" t="s">
         <v>596</v>
       </c>
-      <c r="E64" t="s">
+      <c r="G64" t="s">
         <v>597</v>
       </c>
-      <c r="F64" t="s">
+      <c r="H64" t="s">
         <v>598</v>
       </c>
-      <c r="G64" t="s">
+      <c r="I64" t="s">
         <v>599</v>
       </c>
-      <c r="H64" t="s">
+      <c r="J64" t="s">
+        <v>24</v>
+      </c>
+      <c r="K64" t="s">
+        <v>469</v>
+      </c>
+      <c r="L64" t="s">
+        <v>26</v>
+      </c>
+      <c r="M64" t="s">
+        <v>470</v>
+      </c>
+      <c r="N64" t="s">
+        <v>28</v>
+      </c>
+      <c r="O64" t="s">
         <v>600</v>
-      </c>
-[...19 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>3421</v>
+        <v>3361</v>
       </c>
       <c r="B65" t="s">
+        <v>601</v>
+      </c>
+      <c r="C65" t="s">
+        <v>602</v>
+      </c>
+      <c r="D65" t="s">
         <v>603</v>
       </c>
-      <c r="C65" t="s">
+      <c r="E65" t="s">
         <v>604</v>
       </c>
-      <c r="D65" t="s">
+      <c r="F65" t="s">
         <v>605</v>
       </c>
-      <c r="E65" t="s">
+      <c r="G65" t="s">
         <v>606</v>
       </c>
-      <c r="F65" t="s">
+      <c r="H65" t="s">
         <v>607</v>
       </c>
-      <c r="G65" t="s">
+      <c r="I65" t="s">
         <v>608</v>
       </c>
-      <c r="H65" t="s">
+      <c r="J65" t="s">
+        <v>24</v>
+      </c>
+      <c r="K65" t="s">
+        <v>112</v>
+      </c>
+      <c r="L65" t="s">
+        <v>26</v>
+      </c>
+      <c r="M65" t="s">
+        <v>113</v>
+      </c>
+      <c r="N65" t="s">
+        <v>28</v>
+      </c>
+      <c r="O65" t="s">
         <v>609</v>
-      </c>
-[...19 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>3422</v>
+        <v>3365</v>
       </c>
       <c r="B66" t="s">
+        <v>610</v>
+      </c>
+      <c r="C66" t="s">
+        <v>611</v>
+      </c>
+      <c r="D66" t="s">
         <v>612</v>
       </c>
-      <c r="C66" t="s">
+      <c r="E66" t="s">
         <v>613</v>
       </c>
-      <c r="D66" t="s">
+      <c r="F66" t="s">
         <v>614</v>
       </c>
-      <c r="E66" t="s">
+      <c r="G66" t="s">
         <v>615</v>
       </c>
-      <c r="F66" t="s">
+      <c r="H66" t="s">
         <v>616</v>
       </c>
-      <c r="G66" t="s">
+      <c r="I66" t="s">
         <v>617</v>
-      </c>
-[...4 lines deleted...]
-        <v>619</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
         <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>3438</v>
+        <v>3366</v>
       </c>
       <c r="B67" t="s">
+        <v>619</v>
+      </c>
+      <c r="C67" t="s">
+        <v>620</v>
+      </c>
+      <c r="D67" t="s">
         <v>621</v>
       </c>
-      <c r="C67" t="s">
+      <c r="E67" t="s">
         <v>622</v>
       </c>
-      <c r="D67" t="s">
+      <c r="F67" t="s">
         <v>623</v>
       </c>
-      <c r="E67" t="s">
+      <c r="G67" t="s">
         <v>624</v>
       </c>
-      <c r="F67" t="s">
+      <c r="H67" t="s">
         <v>625</v>
       </c>
-      <c r="G67" t="s">
+      <c r="I67" t="s">
         <v>626</v>
-      </c>
-[...4 lines deleted...]
-        <v>628</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
         <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>27</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>3444</v>
+        <v>3372</v>
       </c>
       <c r="B68" t="s">
+        <v>628</v>
+      </c>
+      <c r="C68" t="s">
+        <v>629</v>
+      </c>
+      <c r="D68" t="s">
         <v>630</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" t="s">
         <v>631</v>
       </c>
-      <c r="D68" t="s">
+      <c r="F68" t="s">
         <v>632</v>
       </c>
-      <c r="E68" t="s">
+      <c r="G68" t="s">
         <v>633</v>
       </c>
-      <c r="F68" t="s">
+      <c r="H68" t="s">
         <v>634</v>
       </c>
-      <c r="G68" t="s">
+      <c r="I68" t="s">
         <v>635</v>
       </c>
-      <c r="H68" t="s">
+      <c r="J68" t="s">
+        <v>24</v>
+      </c>
+      <c r="K68" t="s">
+        <v>112</v>
+      </c>
+      <c r="L68" t="s">
+        <v>26</v>
+      </c>
+      <c r="M68" t="s">
+        <v>113</v>
+      </c>
+      <c r="N68" t="s">
+        <v>28</v>
+      </c>
+      <c r="O68" t="s">
         <v>636</v>
-      </c>
-[...19 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>3461</v>
+        <v>3373</v>
       </c>
       <c r="B69" t="s">
+        <v>637</v>
+      </c>
+      <c r="C69" t="s">
+        <v>638</v>
+      </c>
+      <c r="D69" t="s">
         <v>639</v>
       </c>
-      <c r="C69" t="s">
+      <c r="E69" t="s">
         <v>640</v>
       </c>
-      <c r="D69" t="s">
+      <c r="F69" t="s">
         <v>641</v>
       </c>
-      <c r="E69" t="s">
+      <c r="G69" t="s">
         <v>642</v>
       </c>
-      <c r="F69" t="s">
+      <c r="H69" t="s">
         <v>643</v>
       </c>
-      <c r="G69" t="s">
+      <c r="I69" t="s">
         <v>644</v>
       </c>
-      <c r="H69" t="s">
+      <c r="J69" t="s">
+        <v>24</v>
+      </c>
+      <c r="K69" t="s">
+        <v>112</v>
+      </c>
+      <c r="L69" t="s">
+        <v>26</v>
+      </c>
+      <c r="M69" t="s">
+        <v>113</v>
+      </c>
+      <c r="N69" t="s">
+        <v>28</v>
+      </c>
+      <c r="O69" t="s">
         <v>645</v>
-      </c>
-[...19 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>3475</v>
+        <v>3375</v>
       </c>
       <c r="B70" t="s">
+        <v>646</v>
+      </c>
+      <c r="C70" t="s">
+        <v>647</v>
+      </c>
+      <c r="D70" t="s">
         <v>648</v>
       </c>
-      <c r="C70" t="s">
+      <c r="E70" t="s">
         <v>649</v>
       </c>
-      <c r="D70" t="s">
+      <c r="F70" t="s">
         <v>650</v>
       </c>
-      <c r="E70" t="s">
+      <c r="G70" t="s">
         <v>651</v>
       </c>
-      <c r="F70" t="s">
+      <c r="H70" t="s">
         <v>652</v>
       </c>
-      <c r="G70" t="s">
+      <c r="I70" t="s">
         <v>653</v>
       </c>
-      <c r="H70" t="s">
+      <c r="J70" t="s">
+        <v>556</v>
+      </c>
+      <c r="K70" t="s">
+        <v>498</v>
+      </c>
+      <c r="L70" t="s">
+        <v>558</v>
+      </c>
+      <c r="M70" t="s">
+        <v>499</v>
+      </c>
+      <c r="N70" t="s">
+        <v>28</v>
+      </c>
+      <c r="O70" t="s">
         <v>654</v>
-      </c>
-[...19 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>3476</v>
+        <v>3381</v>
       </c>
       <c r="B71" t="s">
+        <v>655</v>
+      </c>
+      <c r="C71" t="s">
+        <v>656</v>
+      </c>
+      <c r="D71" t="s">
         <v>657</v>
       </c>
-      <c r="C71" t="s">
+      <c r="E71" t="s">
         <v>658</v>
       </c>
-      <c r="D71" t="s">
+      <c r="F71" t="s">
         <v>659</v>
       </c>
-      <c r="E71" t="s">
+      <c r="G71" t="s">
         <v>660</v>
       </c>
-      <c r="F71" t="s">
+      <c r="H71" t="s">
         <v>661</v>
       </c>
-      <c r="G71" t="s">
+      <c r="I71" t="s">
         <v>662</v>
       </c>
-      <c r="H71" t="s">
+      <c r="J71" t="s">
+        <v>556</v>
+      </c>
+      <c r="K71" t="s">
+        <v>498</v>
+      </c>
+      <c r="L71" t="s">
+        <v>558</v>
+      </c>
+      <c r="M71" t="s">
+        <v>499</v>
+      </c>
+      <c r="N71" t="s">
+        <v>28</v>
+      </c>
+      <c r="O71" t="s">
         <v>663</v>
-      </c>
-[...19 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>3481</v>
+        <v>3383</v>
       </c>
       <c r="B72" t="s">
+        <v>664</v>
+      </c>
+      <c r="C72" t="s">
+        <v>665</v>
+      </c>
+      <c r="D72" t="s">
         <v>666</v>
       </c>
-      <c r="C72" t="s">
+      <c r="E72" t="s">
         <v>667</v>
       </c>
-      <c r="D72" t="s">
+      <c r="F72" t="s">
         <v>668</v>
       </c>
-      <c r="E72" t="s">
+      <c r="G72" t="s">
         <v>669</v>
       </c>
-      <c r="F72" t="s">
+      <c r="H72" t="s">
         <v>670</v>
       </c>
-      <c r="G72" t="s">
+      <c r="I72" t="s">
         <v>671</v>
       </c>
-      <c r="H72" t="s">
+      <c r="J72" t="s">
+        <v>24</v>
+      </c>
+      <c r="K72" t="s">
         <v>672</v>
       </c>
-      <c r="I72" t="s">
+      <c r="L72" t="s">
+        <v>26</v>
+      </c>
+      <c r="M72" t="s">
         <v>673</v>
-      </c>
-[...10 lines deleted...]
-        <v>130</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>3512</v>
+        <v>3384</v>
       </c>
       <c r="B73" t="s">
         <v>675</v>
       </c>
       <c r="C73" t="s">
         <v>676</v>
       </c>
       <c r="D73" t="s">
         <v>677</v>
       </c>
       <c r="E73" t="s">
         <v>678</v>
       </c>
       <c r="F73" t="s">
         <v>679</v>
       </c>
       <c r="G73" t="s">
         <v>680</v>
       </c>
       <c r="H73" t="s">
         <v>681</v>
       </c>
       <c r="I73" t="s">
         <v>682</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>25</v>
+        <v>683</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>27</v>
+        <v>684</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>3520</v>
+        <v>3389</v>
       </c>
       <c r="B74" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C74" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D74" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="E74" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="F74" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="G74" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="H74" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="I74" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
+      <c r="M74" t="s">
+        <v>695</v>
+      </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>3534</v>
+        <v>3390</v>
       </c>
       <c r="B75" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="C75" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="D75" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="E75" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="F75" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="G75" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="H75" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="I75" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
         <v>25</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>27</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>3553</v>
+        <v>3395</v>
       </c>
       <c r="B76" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="C76" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="D76" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="E76" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="F76" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="G76" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="H76" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="I76" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>140</v>
+        <v>714</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
-        <v>141</v>
+        <v>715</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>3567</v>
+        <v>3402</v>
       </c>
       <c r="B77" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="C77" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="D77" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="E77" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="F77" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="G77" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="H77" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="I77" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="J77" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>720</v>
+        <v>694</v>
       </c>
       <c r="L77" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M77" t="s">
+        <v>725</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>3581</v>
+        <v>3406</v>
       </c>
       <c r="B78" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="C78" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="D78" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="E78" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="F78" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="G78" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="H78" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="I78" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>140</v>
+        <v>47</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
-        <v>141</v>
+        <v>48</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>3588</v>
+        <v>3407</v>
       </c>
       <c r="B79" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="C79" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="D79" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="E79" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="F79" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="G79" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="H79" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="I79" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>739</v>
+        <v>25</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
+      <c r="M79" t="s">
+        <v>27</v>
+      </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>3591</v>
+        <v>3409</v>
       </c>
       <c r="B80" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="C80" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="D80" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="E80" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="F80" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="G80" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="H80" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="I80" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>3686</v>
+        <v>3410</v>
       </c>
       <c r="B81" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="C81" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="D81" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="E81" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="F81" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="G81" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="H81" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="I81" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>3689</v>
+        <v>3414</v>
       </c>
       <c r="B82" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="C82" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="D82" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="E82" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="F82" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="G82" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="H82" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="I82" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>3701</v>
+        <v>3416</v>
       </c>
       <c r="B83" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="C83" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="D83" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="E83" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="F83" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="G83" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="H83" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="I83" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>25</v>
+        <v>498</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>27</v>
+        <v>499</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>3702</v>
+        <v>3417</v>
       </c>
       <c r="B84" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="C84" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="D84" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="E84" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="F84" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="G84" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="H84" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="I84" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>3706</v>
+        <v>3418</v>
       </c>
       <c r="B85" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="C85" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="D85" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="E85" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="F85" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="G85" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="H85" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="I85" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>3716</v>
+        <v>3419</v>
       </c>
       <c r="B86" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="C86" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="D86" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="E86" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="F86" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="G86" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="H86" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="I86" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>3753</v>
+        <v>3420</v>
       </c>
       <c r="B87" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="C87" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="D87" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="E87" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="F87" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="G87" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="H87" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="I87" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>3756</v>
+        <v>3421</v>
       </c>
       <c r="B88" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="C88" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="D88" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="E88" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="F88" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="G88" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="H88" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="I88" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>3854</v>
+        <v>3422</v>
       </c>
       <c r="B89" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="C89" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="D89" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="E89" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="F89" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="G89" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="H89" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="I89" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>4176</v>
+        <v>3438</v>
       </c>
       <c r="B90" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C90" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="D90" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="E90" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="F90" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="G90" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="H90" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="I90" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
       <c r="M90" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>4186</v>
+        <v>3444</v>
       </c>
       <c r="B91" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="C91" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="D91" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="E91" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="F91" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="G91" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="H91" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="I91" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>692</v>
+        <v>25</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
+      <c r="M91" t="s">
+        <v>27</v>
+      </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>4191</v>
+        <v>3461</v>
       </c>
       <c r="B92" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="C92" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="D92" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="E92" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="F92" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="G92" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="H92" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="I92" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="J92" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>489</v>
+        <v>25</v>
       </c>
       <c r="L92" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M92" t="s">
-        <v>490</v>
+        <v>27</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>4196</v>
+        <v>3470</v>
       </c>
       <c r="B93" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="C93" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="D93" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="E93" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="F93" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="G93" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="H93" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="I93" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>25</v>
+        <v>870</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
-        <v>27</v>
+        <v>871</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>4202</v>
+        <v>3475</v>
       </c>
       <c r="B94" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="C94" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="D94" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="E94" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="F94" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="G94" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="H94" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="I94" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>4204</v>
+        <v>3476</v>
       </c>
       <c r="B95" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="C95" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="D95" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="E95" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="F95" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="G95" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="H95" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="I95" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>4211</v>
+        <v>3481</v>
       </c>
       <c r="B96" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="C96" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="D96" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="E96" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="F96" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="G96" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="H96" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="I96" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>4242</v>
+        <v>3512</v>
       </c>
       <c r="B97" t="s">
-        <v>894</v>
+        <v>900</v>
       </c>
       <c r="C97" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="D97" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="E97" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="F97" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="G97" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="H97" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="I97" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
         <v>25</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
         <v>27</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>4243</v>
+        <v>3520</v>
       </c>
       <c r="B98" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="C98" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="D98" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="E98" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="F98" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="G98" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="H98" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="I98" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>25</v>
+        <v>917</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
-        <v>27</v>
+        <v>918</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>4295</v>
+        <v>3534</v>
       </c>
       <c r="B99" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="C99" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="D99" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="E99" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="F99" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="G99" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="H99" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="I99" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
         <v>25</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
         <v>27</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>4303</v>
+        <v>3553</v>
       </c>
       <c r="B100" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="C100" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="D100" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="E100" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="F100" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="G100" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="H100" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="I100" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="J100" t="s">
-        <v>386</v>
+        <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>929</v>
+        <v>47</v>
+      </c>
+      <c r="L100" t="s">
+        <v>26</v>
+      </c>
+      <c r="M100" t="s">
+        <v>48</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>4304</v>
+        <v>3567</v>
       </c>
       <c r="B101" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="C101" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="D101" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="E101" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="F101" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="G101" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="H101" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="I101" t="s">
-        <v>938</v>
+        <v>945</v>
       </c>
       <c r="J101" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K101" t="s">
-        <v>25</v>
+        <v>946</v>
       </c>
       <c r="L101" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="M101" t="s">
-        <v>27</v>
+        <v>947</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>4308</v>
+        <v>3574</v>
       </c>
       <c r="B102" t="s">
-        <v>940</v>
+        <v>949</v>
       </c>
       <c r="C102" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="D102" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="E102" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="F102" t="s">
-        <v>944</v>
+        <v>953</v>
       </c>
       <c r="G102" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="H102" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="I102" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>4309</v>
+        <v>3575</v>
       </c>
       <c r="B103" t="s">
-        <v>949</v>
+        <v>958</v>
       </c>
       <c r="C103" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="D103" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="E103" t="s">
-        <v>952</v>
+        <v>961</v>
       </c>
       <c r="F103" t="s">
-        <v>953</v>
+        <v>962</v>
       </c>
       <c r="G103" t="s">
-        <v>954</v>
+        <v>963</v>
       </c>
       <c r="H103" t="s">
-        <v>955</v>
+        <v>964</v>
       </c>
       <c r="I103" t="s">
-        <v>956</v>
+        <v>965</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>129</v>
+        <v>966</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>130</v>
+        <v>967</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>957</v>
+        <v>968</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>4314</v>
+        <v>3581</v>
       </c>
       <c r="B104" t="s">
-        <v>958</v>
+        <v>969</v>
       </c>
       <c r="C104" t="s">
-        <v>959</v>
+        <v>970</v>
       </c>
       <c r="D104" t="s">
-        <v>960</v>
+        <v>971</v>
       </c>
       <c r="E104" t="s">
-        <v>961</v>
+        <v>972</v>
       </c>
       <c r="F104" t="s">
-        <v>962</v>
+        <v>973</v>
       </c>
       <c r="G104" t="s">
-        <v>963</v>
+        <v>974</v>
       </c>
       <c r="H104" t="s">
-        <v>964</v>
+        <v>975</v>
       </c>
       <c r="I104" t="s">
-        <v>965</v>
+        <v>976</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>966</v>
+        <v>977</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>4316</v>
+        <v>3588</v>
       </c>
       <c r="B105" t="s">
-        <v>967</v>
+        <v>978</v>
       </c>
       <c r="C105" t="s">
-        <v>968</v>
+        <v>979</v>
       </c>
       <c r="D105" t="s">
-        <v>969</v>
+        <v>980</v>
       </c>
       <c r="E105" t="s">
-        <v>970</v>
+        <v>981</v>
       </c>
       <c r="F105" t="s">
-        <v>971</v>
+        <v>982</v>
       </c>
       <c r="G105" t="s">
-        <v>972</v>
+        <v>983</v>
       </c>
       <c r="H105" t="s">
-        <v>973</v>
+        <v>984</v>
       </c>
       <c r="I105" t="s">
-        <v>974</v>
+        <v>985</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
-        <v>129</v>
+        <v>986</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
-        <v>130</v>
+        <v>987</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>975</v>
+        <v>988</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>4319</v>
+        <v>3591</v>
       </c>
       <c r="B106" t="s">
-        <v>976</v>
+        <v>989</v>
       </c>
       <c r="C106" t="s">
-        <v>977</v>
+        <v>990</v>
       </c>
       <c r="D106" t="s">
-        <v>978</v>
+        <v>991</v>
       </c>
       <c r="E106" t="s">
-        <v>979</v>
+        <v>992</v>
       </c>
       <c r="F106" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
       <c r="G106" t="s">
-        <v>981</v>
+        <v>994</v>
       </c>
       <c r="H106" t="s">
-        <v>982</v>
+        <v>995</v>
       </c>
       <c r="I106" t="s">
-        <v>983</v>
+        <v>996</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>984</v>
+        <v>997</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>4322</v>
+        <v>3686</v>
       </c>
       <c r="B107" t="s">
-        <v>985</v>
+        <v>998</v>
       </c>
       <c r="C107" t="s">
-        <v>986</v>
+        <v>999</v>
       </c>
       <c r="D107" t="s">
-        <v>987</v>
+        <v>1000</v>
       </c>
       <c r="E107" t="s">
-        <v>988</v>
+        <v>1001</v>
       </c>
       <c r="F107" t="s">
-        <v>989</v>
+        <v>1002</v>
       </c>
       <c r="G107" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="H107" t="s">
-        <v>991</v>
+        <v>1004</v>
       </c>
       <c r="I107" t="s">
-        <v>992</v>
+        <v>1005</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>993</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>4555</v>
+        <v>3689</v>
       </c>
       <c r="B108" t="s">
-        <v>994</v>
+        <v>1007</v>
       </c>
       <c r="C108" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="D108" t="s">
-        <v>996</v>
+        <v>1009</v>
       </c>
       <c r="E108" t="s">
-        <v>997</v>
+        <v>1010</v>
       </c>
       <c r="F108" t="s">
-        <v>998</v>
+        <v>1011</v>
       </c>
       <c r="G108" t="s">
-        <v>999</v>
+        <v>1012</v>
       </c>
       <c r="H108" t="s">
-        <v>1000</v>
+        <v>1013</v>
       </c>
       <c r="I108" t="s">
-        <v>1001</v>
+        <v>1014</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1002</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>4556</v>
+        <v>3700</v>
       </c>
       <c r="B109" t="s">
-        <v>1003</v>
+        <v>1016</v>
       </c>
       <c r="C109" t="s">
-        <v>1004</v>
+        <v>1017</v>
       </c>
       <c r="D109" t="s">
-        <v>1005</v>
+        <v>1018</v>
       </c>
       <c r="E109" t="s">
-        <v>1006</v>
+        <v>1019</v>
       </c>
       <c r="F109" t="s">
-        <v>1007</v>
+        <v>1020</v>
       </c>
       <c r="G109" t="s">
-        <v>1008</v>
+        <v>1021</v>
       </c>
       <c r="H109" t="s">
-        <v>1009</v>
+        <v>1022</v>
       </c>
       <c r="I109" t="s">
-        <v>1010</v>
+        <v>1023</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
         <v>25</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
         <v>27</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1011</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>4558</v>
+        <v>3701</v>
       </c>
       <c r="B110" t="s">
-        <v>1012</v>
+        <v>1025</v>
       </c>
       <c r="C110" t="s">
-        <v>1013</v>
+        <v>1026</v>
       </c>
       <c r="D110" t="s">
-        <v>1014</v>
+        <v>1027</v>
       </c>
       <c r="E110" t="s">
-        <v>1015</v>
+        <v>1028</v>
       </c>
       <c r="F110" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
       <c r="G110" t="s">
-        <v>1017</v>
+        <v>1030</v>
       </c>
       <c r="H110" t="s">
-        <v>1018</v>
+        <v>1031</v>
       </c>
       <c r="I110" t="s">
-        <v>1019</v>
+        <v>1032</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1020</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>4559</v>
+        <v>3702</v>
       </c>
       <c r="B111" t="s">
-        <v>1021</v>
+        <v>1034</v>
       </c>
       <c r="C111" t="s">
-        <v>1022</v>
+        <v>1035</v>
       </c>
       <c r="D111" t="s">
-        <v>1023</v>
+        <v>1036</v>
       </c>
       <c r="E111" t="s">
-        <v>1024</v>
+        <v>1037</v>
       </c>
       <c r="F111" t="s">
-        <v>1025</v>
+        <v>1038</v>
       </c>
       <c r="G111" t="s">
-        <v>1026</v>
+        <v>1039</v>
       </c>
       <c r="H111" t="s">
-        <v>1027</v>
+        <v>1040</v>
       </c>
       <c r="I111" t="s">
-        <v>1028</v>
+        <v>1041</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>140</v>
+        <v>47</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
-        <v>141</v>
+        <v>48</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1029</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>4560</v>
+        <v>3706</v>
       </c>
       <c r="B112" t="s">
-        <v>1030</v>
+        <v>1043</v>
       </c>
       <c r="C112" t="s">
-        <v>1031</v>
+        <v>1044</v>
       </c>
       <c r="D112" t="s">
-        <v>1032</v>
+        <v>1045</v>
       </c>
       <c r="E112" t="s">
-        <v>1033</v>
+        <v>1046</v>
       </c>
       <c r="F112" t="s">
-        <v>1034</v>
+        <v>1047</v>
       </c>
       <c r="G112" t="s">
-        <v>1035</v>
+        <v>1048</v>
       </c>
       <c r="H112" t="s">
-        <v>1036</v>
+        <v>1049</v>
       </c>
       <c r="I112" t="s">
-        <v>1037</v>
+        <v>1050</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>27</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1038</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>4563</v>
+        <v>3711</v>
       </c>
       <c r="B113" t="s">
-        <v>1039</v>
+        <v>1052</v>
       </c>
       <c r="C113" t="s">
-        <v>1040</v>
+        <v>1053</v>
       </c>
       <c r="D113" t="s">
-        <v>1041</v>
+        <v>1054</v>
       </c>
       <c r="E113" t="s">
-        <v>1042</v>
+        <v>1055</v>
       </c>
       <c r="F113" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
       <c r="G113" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
       <c r="H113" t="s">
-        <v>1045</v>
+        <v>1058</v>
       </c>
       <c r="I113" t="s">
-        <v>1046</v>
+        <v>1059</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1047</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>4564</v>
+        <v>3716</v>
       </c>
       <c r="B114" t="s">
-        <v>1048</v>
+        <v>1061</v>
       </c>
       <c r="C114" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
       <c r="D114" t="s">
-        <v>1050</v>
+        <v>1063</v>
       </c>
       <c r="E114" t="s">
-        <v>1051</v>
+        <v>1064</v>
       </c>
       <c r="F114" t="s">
-        <v>1052</v>
+        <v>1065</v>
       </c>
       <c r="G114" t="s">
-        <v>1053</v>
+        <v>1066</v>
       </c>
       <c r="H114" t="s">
-        <v>1054</v>
+        <v>1067</v>
       </c>
       <c r="I114" t="s">
-        <v>1055</v>
+        <v>1068</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>1056</v>
+        <v>47</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
+      <c r="M114" t="s">
+        <v>48</v>
+      </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>4566</v>
+        <v>3718</v>
       </c>
       <c r="B115" t="s">
-        <v>1058</v>
+        <v>1070</v>
       </c>
       <c r="C115" t="s">
-        <v>1059</v>
+        <v>1071</v>
       </c>
       <c r="D115" t="s">
-        <v>1060</v>
+        <v>1072</v>
       </c>
       <c r="E115" t="s">
-        <v>1061</v>
+        <v>1073</v>
       </c>
       <c r="F115" t="s">
-        <v>1062</v>
+        <v>1074</v>
       </c>
       <c r="G115" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
       <c r="H115" t="s">
-        <v>1064</v>
+        <v>1076</v>
       </c>
       <c r="I115" t="s">
-        <v>1065</v>
+        <v>1077</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>4568</v>
+        <v>3719</v>
       </c>
       <c r="B116" t="s">
-        <v>1067</v>
+        <v>1079</v>
       </c>
       <c r="C116" t="s">
-        <v>1068</v>
+        <v>1080</v>
       </c>
       <c r="D116" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="E116" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="F116" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="G116" t="s">
-        <v>1072</v>
+        <v>1084</v>
       </c>
       <c r="H116" t="s">
-        <v>1073</v>
+        <v>1085</v>
       </c>
       <c r="I116" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1075</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>4704</v>
+        <v>3732</v>
       </c>
       <c r="B117" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="C117" t="s">
-        <v>1077</v>
+        <v>1089</v>
       </c>
       <c r="D117" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="E117" t="s">
-        <v>1079</v>
+        <v>1091</v>
       </c>
       <c r="F117" t="s">
-        <v>1080</v>
+        <v>1092</v>
       </c>
       <c r="G117" t="s">
-        <v>1081</v>
+        <v>1093</v>
       </c>
       <c r="H117" t="s">
-        <v>1082</v>
+        <v>1094</v>
       </c>
       <c r="I117" t="s">
-        <v>1083</v>
+        <v>1095</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>140</v>
+        <v>112</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
-        <v>141</v>
+        <v>113</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1084</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>4706</v>
+        <v>3753</v>
       </c>
       <c r="B118" t="s">
-        <v>1085</v>
+        <v>1097</v>
       </c>
       <c r="C118" t="s">
-        <v>1086</v>
+        <v>1098</v>
       </c>
       <c r="D118" t="s">
-        <v>1087</v>
+        <v>1099</v>
       </c>
       <c r="E118" t="s">
-        <v>1088</v>
+        <v>1100</v>
       </c>
       <c r="F118" t="s">
-        <v>1089</v>
+        <v>1101</v>
       </c>
       <c r="G118" t="s">
-        <v>1090</v>
+        <v>1102</v>
       </c>
       <c r="H118" t="s">
-        <v>1091</v>
+        <v>1103</v>
       </c>
       <c r="I118" t="s">
-        <v>1092</v>
+        <v>1104</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1093</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>4709</v>
+        <v>3756</v>
       </c>
       <c r="B119" t="s">
-        <v>1094</v>
+        <v>1106</v>
       </c>
       <c r="C119" t="s">
-        <v>1095</v>
+        <v>1107</v>
       </c>
       <c r="D119" t="s">
-        <v>1096</v>
+        <v>1108</v>
       </c>
       <c r="E119" t="s">
-        <v>1097</v>
+        <v>1109</v>
       </c>
       <c r="F119" t="s">
-        <v>1098</v>
+        <v>1110</v>
       </c>
       <c r="G119" t="s">
-        <v>1099</v>
+        <v>1111</v>
       </c>
       <c r="H119" t="s">
-        <v>1100</v>
+        <v>1112</v>
       </c>
       <c r="I119" t="s">
-        <v>1101</v>
+        <v>1113</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1102</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>4711</v>
+        <v>3854</v>
       </c>
       <c r="B120" t="s">
-        <v>1103</v>
+        <v>1115</v>
       </c>
       <c r="C120" t="s">
-        <v>1104</v>
+        <v>1116</v>
       </c>
       <c r="D120" t="s">
-        <v>1105</v>
+        <v>1117</v>
       </c>
       <c r="E120" t="s">
-        <v>1106</v>
+        <v>1118</v>
       </c>
       <c r="F120" t="s">
-        <v>1107</v>
+        <v>1119</v>
       </c>
       <c r="G120" t="s">
-        <v>1108</v>
+        <v>1120</v>
       </c>
       <c r="H120" t="s">
-        <v>1109</v>
+        <v>1121</v>
       </c>
       <c r="I120" t="s">
-        <v>1110</v>
+        <v>1122</v>
       </c>
       <c r="J120" t="s">
-        <v>1111</v>
+        <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>1112</v>
+        <v>47</v>
       </c>
       <c r="L120" t="s">
-        <v>1113</v>
+        <v>26</v>
       </c>
       <c r="M120" t="s">
-        <v>1114</v>
+        <v>48</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1115</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>4716</v>
+        <v>4176</v>
       </c>
       <c r="B121" t="s">
-        <v>1116</v>
+        <v>1124</v>
       </c>
       <c r="C121" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
       <c r="D121" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="E121" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
       <c r="F121" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
       <c r="G121" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="H121" t="s">
-        <v>1122</v>
+        <v>1130</v>
       </c>
       <c r="I121" t="s">
-        <v>1123</v>
+        <v>1131</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>929</v>
+        <v>112</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
+      <c r="M121" t="s">
+        <v>113</v>
+      </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1124</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>4717</v>
+        <v>4186</v>
       </c>
       <c r="B122" t="s">
-        <v>1125</v>
+        <v>1133</v>
       </c>
       <c r="C122" t="s">
-        <v>1126</v>
+        <v>1134</v>
       </c>
       <c r="D122" t="s">
-        <v>1127</v>
+        <v>1135</v>
       </c>
       <c r="E122" t="s">
-        <v>1128</v>
+        <v>1136</v>
       </c>
       <c r="F122" t="s">
-        <v>1129</v>
+        <v>1137</v>
       </c>
       <c r="G122" t="s">
-        <v>1130</v>
+        <v>1138</v>
       </c>
       <c r="H122" t="s">
-        <v>1131</v>
+        <v>1139</v>
       </c>
       <c r="I122" t="s">
-        <v>1132</v>
+        <v>1140</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>25</v>
+        <v>917</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>27</v>
+        <v>918</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>4721</v>
+        <v>4191</v>
       </c>
       <c r="B123" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="C123" t="s">
-        <v>1135</v>
+        <v>1143</v>
       </c>
       <c r="D123" t="s">
-        <v>1136</v>
+        <v>1144</v>
       </c>
       <c r="E123" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="F123" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="G123" t="s">
-        <v>1139</v>
+        <v>1147</v>
       </c>
       <c r="H123" t="s">
-        <v>1140</v>
+        <v>1148</v>
       </c>
       <c r="I123" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
       <c r="J123" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K123" t="s">
-        <v>929</v>
+        <v>683</v>
       </c>
       <c r="L123" t="s">
-        <v>26</v>
+        <v>558</v>
+      </c>
+      <c r="M123" t="s">
+        <v>684</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1142</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>4722</v>
+        <v>4196</v>
       </c>
       <c r="B124" t="s">
-        <v>1143</v>
+        <v>1151</v>
       </c>
       <c r="C124" t="s">
-        <v>1144</v>
+        <v>1152</v>
       </c>
       <c r="D124" t="s">
-        <v>1145</v>
+        <v>1153</v>
       </c>
       <c r="E124" t="s">
-        <v>1146</v>
+        <v>1154</v>
       </c>
       <c r="F124" t="s">
-        <v>1147</v>
+        <v>1155</v>
       </c>
       <c r="G124" t="s">
-        <v>1148</v>
+        <v>1156</v>
       </c>
       <c r="H124" t="s">
-        <v>1149</v>
+        <v>1157</v>
       </c>
       <c r="I124" t="s">
-        <v>1150</v>
+        <v>1158</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>1151</v>
+        <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>1152</v>
+        <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1153</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>4725</v>
+        <v>4198</v>
       </c>
       <c r="B125" t="s">
-        <v>1154</v>
+        <v>1160</v>
       </c>
       <c r="C125" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="D125" t="s">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="E125" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="F125" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="G125" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="H125" t="s">
-        <v>1160</v>
+        <v>1166</v>
       </c>
       <c r="I125" t="s">
-        <v>1161</v>
+        <v>1167</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>25</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>4792</v>
+        <v>4202</v>
       </c>
       <c r="B126" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="C126" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="D126" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="E126" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="F126" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="G126" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="H126" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="I126" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
         <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
         <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>4801</v>
+        <v>4204</v>
       </c>
       <c r="B127" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="C127" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="D127" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="E127" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="F127" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="G127" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="H127" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="I127" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>130</v>
+        <v>48</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>4810</v>
+        <v>4206</v>
       </c>
       <c r="B128" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="C128" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="D128" t="s">
-        <v>1183</v>
+        <v>1189</v>
       </c>
       <c r="E128" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
       <c r="F128" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="G128" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="H128" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="I128" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>4811</v>
+        <v>4211</v>
       </c>
       <c r="B129" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="C129" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="D129" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="E129" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="F129" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="G129" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="H129" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
       <c r="I129" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>489</v>
+        <v>25</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
-        <v>490</v>
+        <v>27</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>4817</v>
+        <v>4216</v>
       </c>
       <c r="B130" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="C130" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="D130" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="E130" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="F130" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="G130" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
       <c r="H130" t="s">
-        <v>1205</v>
+        <v>1211</v>
       </c>
       <c r="I130" t="s">
-        <v>1206</v>
+        <v>1212</v>
       </c>
       <c r="J130" t="s">
-        <v>24</v>
+        <v>1213</v>
       </c>
       <c r="K130" t="s">
-        <v>25</v>
+        <v>1214</v>
       </c>
       <c r="L130" t="s">
-        <v>26</v>
+        <v>1215</v>
       </c>
       <c r="M130" t="s">
-        <v>27</v>
+        <v>1216</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1207</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>4935</v>
+        <v>4243</v>
       </c>
       <c r="B131" t="s">
-        <v>1208</v>
+        <v>1218</v>
       </c>
       <c r="C131" t="s">
-        <v>1209</v>
+        <v>1219</v>
       </c>
       <c r="D131" t="s">
-        <v>1210</v>
+        <v>1220</v>
       </c>
       <c r="E131" t="s">
-        <v>1211</v>
+        <v>1221</v>
       </c>
       <c r="F131" t="s">
-        <v>1212</v>
+        <v>1222</v>
       </c>
       <c r="G131" t="s">
-        <v>1213</v>
+        <v>1223</v>
       </c>
       <c r="H131" t="s">
-        <v>1214</v>
+        <v>1224</v>
       </c>
       <c r="I131" t="s">
-        <v>1215</v>
+        <v>1225</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1216</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>4947</v>
+        <v>4295</v>
       </c>
       <c r="B132" t="s">
-        <v>1217</v>
+        <v>1227</v>
       </c>
       <c r="C132" t="s">
-        <v>1218</v>
+        <v>1228</v>
       </c>
       <c r="D132" t="s">
-        <v>1219</v>
+        <v>1229</v>
       </c>
       <c r="E132" t="s">
-        <v>1220</v>
+        <v>1230</v>
       </c>
       <c r="F132" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="G132" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="H132" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="I132" t="s">
-        <v>1224</v>
+        <v>1234</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1225</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>4950</v>
+        <v>4302</v>
       </c>
       <c r="B133" t="s">
-        <v>1226</v>
+        <v>1236</v>
       </c>
       <c r="C133" t="s">
-        <v>1227</v>
+        <v>1237</v>
       </c>
       <c r="D133" t="s">
-        <v>1228</v>
+        <v>1238</v>
       </c>
       <c r="E133" t="s">
-        <v>1229</v>
+        <v>1239</v>
       </c>
       <c r="F133" t="s">
-        <v>1230</v>
+        <v>1240</v>
       </c>
       <c r="G133" t="s">
-        <v>1231</v>
+        <v>1241</v>
       </c>
       <c r="H133" t="s">
-        <v>1232</v>
+        <v>1242</v>
       </c>
       <c r="I133" t="s">
-        <v>1233</v>
+        <v>1243</v>
       </c>
       <c r="J133" t="s">
-        <v>24</v>
+        <v>1244</v>
       </c>
       <c r="K133" t="s">
-        <v>489</v>
+        <v>683</v>
       </c>
       <c r="L133" t="s">
-        <v>26</v>
+        <v>1245</v>
       </c>
       <c r="M133" t="s">
-        <v>490</v>
+        <v>684</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1234</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>4965</v>
+        <v>4303</v>
       </c>
       <c r="B134" t="s">
-        <v>1235</v>
+        <v>1247</v>
       </c>
       <c r="C134" t="s">
-        <v>1236</v>
+        <v>1248</v>
       </c>
       <c r="D134" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="E134" t="s">
-        <v>1238</v>
+        <v>1250</v>
       </c>
       <c r="F134" t="s">
-        <v>1239</v>
+        <v>1251</v>
       </c>
       <c r="G134" t="s">
-        <v>1240</v>
+        <v>1252</v>
       </c>
       <c r="H134" t="s">
-        <v>1241</v>
+        <v>1253</v>
       </c>
       <c r="I134" t="s">
-        <v>1242</v>
+        <v>1254</v>
       </c>
       <c r="J134" t="s">
-        <v>24</v>
+        <v>569</v>
       </c>
       <c r="K134" t="s">
-        <v>25</v>
+        <v>966</v>
       </c>
       <c r="L134" t="s">
-        <v>26</v>
+        <v>571</v>
       </c>
       <c r="M134" t="s">
-        <v>27</v>
+        <v>967</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1243</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>4968</v>
+        <v>4304</v>
       </c>
       <c r="B135" t="s">
-        <v>1244</v>
+        <v>1256</v>
       </c>
       <c r="C135" t="s">
-        <v>1245</v>
+        <v>1257</v>
       </c>
       <c r="D135" t="s">
-        <v>1246</v>
+        <v>1258</v>
       </c>
       <c r="E135" t="s">
-        <v>1247</v>
+        <v>1259</v>
       </c>
       <c r="F135" t="s">
-        <v>1248</v>
+        <v>1260</v>
       </c>
       <c r="G135" t="s">
-        <v>1249</v>
+        <v>1261</v>
       </c>
       <c r="H135" t="s">
-        <v>1250</v>
+        <v>1262</v>
       </c>
       <c r="I135" t="s">
-        <v>1251</v>
+        <v>1263</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1252</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>4969</v>
+        <v>4307</v>
       </c>
       <c r="B136" t="s">
-        <v>1253</v>
+        <v>1265</v>
       </c>
       <c r="C136" t="s">
-        <v>1254</v>
+        <v>1266</v>
       </c>
       <c r="D136" t="s">
-        <v>1255</v>
+        <v>1267</v>
       </c>
       <c r="E136" t="s">
-        <v>1256</v>
+        <v>1268</v>
       </c>
       <c r="F136" t="s">
-        <v>1257</v>
+        <v>1269</v>
       </c>
       <c r="G136" t="s">
-        <v>1258</v>
+        <v>1270</v>
       </c>
       <c r="H136" t="s">
-        <v>1259</v>
+        <v>1271</v>
       </c>
       <c r="I136" t="s">
-        <v>1260</v>
+        <v>1272</v>
       </c>
       <c r="J136" t="s">
-        <v>24</v>
+        <v>1213</v>
       </c>
       <c r="K136" t="s">
-        <v>25</v>
+        <v>1273</v>
       </c>
       <c r="L136" t="s">
-        <v>26</v>
+        <v>1215</v>
       </c>
       <c r="M136" t="s">
-        <v>27</v>
+        <v>1274</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1261</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>5272</v>
+        <v>4308</v>
       </c>
       <c r="B137" t="s">
-        <v>1262</v>
+        <v>1276</v>
       </c>
       <c r="C137" t="s">
-        <v>1263</v>
+        <v>1277</v>
       </c>
       <c r="D137" t="s">
-        <v>1264</v>
+        <v>1278</v>
       </c>
       <c r="E137" t="s">
-        <v>1265</v>
+        <v>1279</v>
       </c>
       <c r="F137" t="s">
-        <v>1266</v>
+        <v>1280</v>
       </c>
       <c r="G137" t="s">
-        <v>1267</v>
+        <v>1281</v>
       </c>
       <c r="H137" t="s">
-        <v>1268</v>
+        <v>1282</v>
       </c>
       <c r="I137" t="s">
-        <v>1269</v>
+        <v>1283</v>
       </c>
       <c r="J137" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>374</v>
+        <v>112</v>
       </c>
       <c r="L137" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>376</v>
+        <v>113</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1270</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>5273</v>
+        <v>4309</v>
       </c>
       <c r="B138" t="s">
-        <v>1271</v>
+        <v>1285</v>
       </c>
       <c r="C138" t="s">
-        <v>1272</v>
+        <v>1286</v>
       </c>
       <c r="D138" t="s">
-        <v>1273</v>
+        <v>1287</v>
       </c>
       <c r="E138" t="s">
-        <v>1274</v>
+        <v>1288</v>
       </c>
       <c r="F138" t="s">
-        <v>1275</v>
+        <v>1289</v>
       </c>
       <c r="G138" t="s">
-        <v>1276</v>
+        <v>1290</v>
       </c>
       <c r="H138" t="s">
-        <v>1277</v>
+        <v>1291</v>
       </c>
       <c r="I138" t="s">
-        <v>1278</v>
+        <v>1292</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>1279</v>
+        <v>112</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
+      <c r="M138" t="s">
+        <v>113</v>
+      </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1280</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>5326</v>
+        <v>4311</v>
       </c>
       <c r="B139" t="s">
-        <v>1281</v>
+        <v>1294</v>
       </c>
       <c r="C139" t="s">
-        <v>1282</v>
+        <v>1295</v>
       </c>
       <c r="D139" t="s">
-        <v>1283</v>
+        <v>1296</v>
       </c>
       <c r="E139" t="s">
-        <v>1284</v>
+        <v>1297</v>
       </c>
       <c r="F139" t="s">
-        <v>1285</v>
+        <v>1298</v>
       </c>
       <c r="G139" t="s">
-        <v>1286</v>
+        <v>1299</v>
       </c>
       <c r="H139" t="s">
-        <v>1287</v>
+        <v>1300</v>
       </c>
       <c r="I139" t="s">
-        <v>1288</v>
+        <v>1301</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>5330</v>
+        <v>4314</v>
       </c>
       <c r="B140" t="s">
-        <v>1290</v>
+        <v>1303</v>
       </c>
       <c r="C140" t="s">
-        <v>1291</v>
+        <v>1304</v>
       </c>
       <c r="D140" t="s">
-        <v>1292</v>
+        <v>1305</v>
       </c>
       <c r="E140" t="s">
-        <v>1293</v>
+        <v>1306</v>
       </c>
       <c r="F140" t="s">
-        <v>1294</v>
+        <v>1307</v>
       </c>
       <c r="G140" t="s">
-        <v>1295</v>
+        <v>1308</v>
       </c>
       <c r="H140" t="s">
-        <v>1296</v>
+        <v>1309</v>
       </c>
       <c r="I140" t="s">
-        <v>1297</v>
+        <v>1310</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1298</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>5331</v>
+        <v>4316</v>
       </c>
       <c r="B141" t="s">
-        <v>1299</v>
+        <v>1312</v>
       </c>
       <c r="C141" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="D141" t="s">
-        <v>1301</v>
+        <v>1314</v>
       </c>
       <c r="E141" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
       <c r="F141" t="s">
-        <v>1303</v>
+        <v>1316</v>
       </c>
       <c r="G141" t="s">
-        <v>1304</v>
+        <v>1317</v>
       </c>
       <c r="H141" t="s">
-        <v>1305</v>
+        <v>1318</v>
       </c>
       <c r="I141" t="s">
-        <v>1306</v>
+        <v>1319</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>140</v>
+        <v>112</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>141</v>
+        <v>113</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1307</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>5332</v>
+        <v>4318</v>
       </c>
       <c r="B142" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="C142" t="s">
-        <v>1309</v>
+        <v>1322</v>
       </c>
       <c r="D142" t="s">
-        <v>1310</v>
+        <v>1323</v>
       </c>
       <c r="E142" t="s">
-        <v>1311</v>
+        <v>1324</v>
       </c>
       <c r="F142" t="s">
-        <v>1312</v>
+        <v>1325</v>
       </c>
       <c r="G142" t="s">
-        <v>1313</v>
+        <v>1326</v>
       </c>
       <c r="H142" t="s">
-        <v>1314</v>
+        <v>1327</v>
       </c>
       <c r="I142" t="s">
-        <v>1315</v>
+        <v>1328</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1316</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>5335</v>
+        <v>4319</v>
       </c>
       <c r="B143" t="s">
-        <v>1317</v>
+        <v>1330</v>
       </c>
       <c r="C143" t="s">
-        <v>1318</v>
+        <v>1331</v>
       </c>
       <c r="D143" t="s">
-        <v>1319</v>
+        <v>1332</v>
       </c>
       <c r="E143" t="s">
-        <v>1320</v>
+        <v>1333</v>
       </c>
       <c r="F143" t="s">
-        <v>1321</v>
+        <v>1334</v>
       </c>
       <c r="G143" t="s">
-        <v>1322</v>
+        <v>1335</v>
       </c>
       <c r="H143" t="s">
-        <v>1323</v>
+        <v>1336</v>
       </c>
       <c r="I143" t="s">
-        <v>1324</v>
+        <v>1337</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1325</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>5344</v>
+        <v>4322</v>
       </c>
       <c r="B144" t="s">
-        <v>1326</v>
+        <v>1339</v>
       </c>
       <c r="C144" t="s">
-        <v>1327</v>
+        <v>1340</v>
       </c>
       <c r="D144" t="s">
-        <v>1328</v>
+        <v>1341</v>
       </c>
       <c r="E144" t="s">
-        <v>1329</v>
+        <v>1342</v>
       </c>
       <c r="F144" t="s">
-        <v>1330</v>
+        <v>1343</v>
       </c>
       <c r="G144" t="s">
-        <v>1331</v>
+        <v>1344</v>
       </c>
       <c r="H144" t="s">
-        <v>1332</v>
+        <v>1345</v>
       </c>
       <c r="I144" t="s">
-        <v>1333</v>
+        <v>1346</v>
       </c>
       <c r="J144" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>1334</v>
+        <v>25</v>
       </c>
       <c r="L144" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>1335</v>
+        <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1336</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>5346</v>
+        <v>4555</v>
       </c>
       <c r="B145" t="s">
-        <v>1337</v>
+        <v>1348</v>
       </c>
       <c r="C145" t="s">
-        <v>1338</v>
+        <v>1349</v>
       </c>
       <c r="D145" t="s">
-        <v>1339</v>
+        <v>1350</v>
       </c>
       <c r="E145" t="s">
-        <v>1340</v>
+        <v>1351</v>
       </c>
       <c r="F145" t="s">
-        <v>1341</v>
+        <v>1352</v>
       </c>
       <c r="G145" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
       <c r="H145" t="s">
-        <v>1343</v>
+        <v>1354</v>
       </c>
       <c r="I145" t="s">
-        <v>1344</v>
+        <v>1355</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>1345</v>
+        <v>112</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
+      <c r="M145" t="s">
+        <v>113</v>
+      </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1346</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>5348</v>
+        <v>4556</v>
       </c>
       <c r="B146" t="s">
-        <v>1347</v>
+        <v>1357</v>
       </c>
       <c r="C146" t="s">
-        <v>1348</v>
+        <v>1358</v>
       </c>
       <c r="D146" t="s">
-        <v>1349</v>
+        <v>1359</v>
       </c>
       <c r="E146" t="s">
-        <v>1350</v>
+        <v>1360</v>
       </c>
       <c r="F146" t="s">
-        <v>1351</v>
+        <v>1361</v>
       </c>
       <c r="G146" t="s">
-        <v>1352</v>
+        <v>1362</v>
       </c>
       <c r="H146" t="s">
-        <v>1353</v>
+        <v>1363</v>
       </c>
       <c r="I146" t="s">
-        <v>1354</v>
+        <v>1364</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1355</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>5351</v>
+        <v>4558</v>
       </c>
       <c r="B147" t="s">
-        <v>1356</v>
+        <v>1366</v>
       </c>
       <c r="C147" t="s">
-        <v>1357</v>
+        <v>1367</v>
       </c>
       <c r="D147" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="E147" t="s">
-        <v>1359</v>
+        <v>1369</v>
       </c>
       <c r="F147" t="s">
-        <v>1360</v>
+        <v>1370</v>
       </c>
       <c r="G147" t="s">
-        <v>1361</v>
+        <v>1371</v>
       </c>
       <c r="H147" t="s">
-        <v>1362</v>
+        <v>1372</v>
       </c>
       <c r="I147" t="s">
-        <v>1363</v>
+        <v>1373</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1364</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>5353</v>
+        <v>4559</v>
       </c>
       <c r="B148" t="s">
-        <v>1365</v>
+        <v>1375</v>
       </c>
       <c r="C148" t="s">
-        <v>1366</v>
+        <v>1376</v>
       </c>
       <c r="D148" t="s">
-        <v>1367</v>
+        <v>1377</v>
       </c>
       <c r="E148" t="s">
-        <v>1368</v>
+        <v>1378</v>
       </c>
       <c r="F148" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="G148" t="s">
-        <v>1370</v>
+        <v>1380</v>
       </c>
       <c r="H148" t="s">
-        <v>1371</v>
+        <v>1381</v>
       </c>
       <c r="I148" t="s">
-        <v>1372</v>
+        <v>1382</v>
       </c>
       <c r="J148" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>500</v>
+        <v>47</v>
       </c>
       <c r="L148" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M148" t="s">
+        <v>48</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1373</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>5354</v>
+        <v>4560</v>
       </c>
       <c r="B149" t="s">
-        <v>1374</v>
+        <v>1384</v>
       </c>
       <c r="C149" t="s">
-        <v>1375</v>
+        <v>1385</v>
       </c>
       <c r="D149" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E149" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F149" t="s">
-        <v>1378</v>
+        <v>1388</v>
       </c>
       <c r="G149" t="s">
-        <v>1379</v>
+        <v>1389</v>
       </c>
       <c r="H149" t="s">
-        <v>1380</v>
+        <v>1390</v>
       </c>
       <c r="I149" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1382</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>5359</v>
+        <v>4563</v>
       </c>
       <c r="B150" t="s">
-        <v>1383</v>
+        <v>1393</v>
       </c>
       <c r="C150" t="s">
-        <v>1384</v>
+        <v>1394</v>
       </c>
       <c r="D150" t="s">
-        <v>1385</v>
+        <v>1395</v>
       </c>
       <c r="E150" t="s">
-        <v>1386</v>
+        <v>1396</v>
       </c>
       <c r="F150" t="s">
-        <v>1387</v>
+        <v>1397</v>
       </c>
       <c r="G150" t="s">
-        <v>1388</v>
+        <v>1398</v>
       </c>
       <c r="H150" t="s">
-        <v>1389</v>
+        <v>1399</v>
       </c>
       <c r="I150" t="s">
-        <v>1390</v>
+        <v>1400</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1391</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>5364</v>
+        <v>4564</v>
       </c>
       <c r="B151" t="s">
-        <v>1392</v>
+        <v>1402</v>
       </c>
       <c r="C151" t="s">
-        <v>1393</v>
+        <v>1403</v>
       </c>
       <c r="D151" t="s">
-        <v>1394</v>
+        <v>1404</v>
       </c>
       <c r="E151" t="s">
-        <v>1395</v>
+        <v>1405</v>
       </c>
       <c r="F151" t="s">
-        <v>1396</v>
+        <v>1406</v>
       </c>
       <c r="G151" t="s">
-        <v>1397</v>
+        <v>1407</v>
       </c>
       <c r="H151" t="s">
-        <v>1398</v>
+        <v>1408</v>
       </c>
       <c r="I151" t="s">
-        <v>1399</v>
+        <v>1409</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>140</v>
+        <v>1410</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>141</v>
+        <v>1411</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1400</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>5365</v>
+        <v>4566</v>
       </c>
       <c r="B152" t="s">
-        <v>1401</v>
+        <v>1413</v>
       </c>
       <c r="C152" t="s">
-        <v>1402</v>
+        <v>1414</v>
       </c>
       <c r="D152" t="s">
-        <v>1403</v>
+        <v>1415</v>
       </c>
       <c r="E152" t="s">
-        <v>1404</v>
+        <v>1416</v>
       </c>
       <c r="F152" t="s">
-        <v>1405</v>
+        <v>1417</v>
       </c>
       <c r="G152" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
       <c r="H152" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
       <c r="I152" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>25</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1409</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>5367</v>
+        <v>4568</v>
       </c>
       <c r="B153" t="s">
-        <v>1410</v>
+        <v>1422</v>
       </c>
       <c r="C153" t="s">
-        <v>1411</v>
+        <v>1423</v>
       </c>
       <c r="D153" t="s">
-        <v>1412</v>
+        <v>1424</v>
       </c>
       <c r="E153" t="s">
-        <v>1413</v>
+        <v>1425</v>
       </c>
       <c r="F153" t="s">
-        <v>1414</v>
+        <v>1426</v>
       </c>
       <c r="G153" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
       <c r="H153" t="s">
-        <v>1416</v>
+        <v>1428</v>
       </c>
       <c r="I153" t="s">
-        <v>1417</v>
+        <v>1429</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>5368</v>
+        <v>4704</v>
       </c>
       <c r="B154" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
       <c r="C154" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
       <c r="D154" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="E154" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="F154" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="G154" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="H154" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
       <c r="I154" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>5371</v>
+        <v>4706</v>
       </c>
       <c r="B155" t="s">
-        <v>1428</v>
+        <v>1440</v>
       </c>
       <c r="C155" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="D155" t="s">
-        <v>1430</v>
+        <v>1442</v>
       </c>
       <c r="E155" t="s">
-        <v>1431</v>
+        <v>1443</v>
       </c>
       <c r="F155" t="s">
-        <v>1432</v>
+        <v>1444</v>
       </c>
       <c r="G155" t="s">
-        <v>1433</v>
+        <v>1445</v>
       </c>
       <c r="H155" t="s">
-        <v>1434</v>
+        <v>1446</v>
       </c>
       <c r="I155" t="s">
-        <v>1435</v>
+        <v>1447</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>1436</v>
+        <v>112</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
+      <c r="M155" t="s">
+        <v>113</v>
+      </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1437</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>5372</v>
+        <v>4709</v>
       </c>
       <c r="B156" t="s">
-        <v>1438</v>
+        <v>1449</v>
       </c>
       <c r="C156" t="s">
-        <v>1439</v>
+        <v>1450</v>
       </c>
       <c r="D156" t="s">
-        <v>1440</v>
+        <v>1451</v>
       </c>
       <c r="E156" t="s">
-        <v>1441</v>
+        <v>1452</v>
       </c>
       <c r="F156" t="s">
-        <v>1442</v>
+        <v>1453</v>
       </c>
       <c r="G156" t="s">
-        <v>1443</v>
+        <v>1454</v>
       </c>
       <c r="H156" t="s">
-        <v>1444</v>
+        <v>1455</v>
       </c>
       <c r="I156" t="s">
-        <v>1445</v>
+        <v>1456</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1446</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>5375</v>
+        <v>4711</v>
       </c>
       <c r="B157" t="s">
-        <v>1447</v>
+        <v>1458</v>
       </c>
       <c r="C157" t="s">
-        <v>1448</v>
+        <v>1459</v>
       </c>
       <c r="D157" t="s">
-        <v>1449</v>
+        <v>1460</v>
       </c>
       <c r="E157" t="s">
-        <v>1450</v>
+        <v>1461</v>
       </c>
       <c r="F157" t="s">
-        <v>1451</v>
+        <v>1462</v>
       </c>
       <c r="G157" t="s">
-        <v>1452</v>
+        <v>1463</v>
       </c>
       <c r="H157" t="s">
-        <v>1453</v>
+        <v>1464</v>
       </c>
       <c r="I157" t="s">
-        <v>1454</v>
+        <v>1465</v>
       </c>
       <c r="J157" t="s">
-        <v>373</v>
+        <v>1466</v>
       </c>
       <c r="K157" t="s">
-        <v>479</v>
+        <v>1467</v>
       </c>
       <c r="L157" t="s">
-        <v>375</v>
+        <v>1468</v>
+      </c>
+      <c r="M157" t="s">
+        <v>1469</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1455</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>5377</v>
+        <v>4714</v>
       </c>
       <c r="B158" t="s">
-        <v>1456</v>
+        <v>1471</v>
       </c>
       <c r="C158" t="s">
-        <v>1457</v>
+        <v>1472</v>
       </c>
       <c r="D158" t="s">
-        <v>1458</v>
+        <v>1473</v>
       </c>
       <c r="E158" t="s">
-        <v>1459</v>
+        <v>1474</v>
       </c>
       <c r="F158" t="s">
-        <v>1460</v>
+        <v>1475</v>
       </c>
       <c r="G158" t="s">
-        <v>1461</v>
+        <v>1476</v>
       </c>
       <c r="H158" t="s">
-        <v>1462</v>
+        <v>1477</v>
       </c>
       <c r="I158" t="s">
-        <v>1463</v>
+        <v>1478</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1464</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>5378</v>
+        <v>4716</v>
       </c>
       <c r="B159" t="s">
-        <v>1465</v>
+        <v>1480</v>
       </c>
       <c r="C159" t="s">
-        <v>1466</v>
+        <v>1481</v>
       </c>
       <c r="D159" t="s">
-        <v>1467</v>
+        <v>1482</v>
       </c>
       <c r="E159" t="s">
-        <v>1468</v>
+        <v>1483</v>
       </c>
       <c r="F159" t="s">
-        <v>1469</v>
+        <v>1484</v>
       </c>
       <c r="G159" t="s">
-        <v>1470</v>
+        <v>1485</v>
       </c>
       <c r="H159" t="s">
-        <v>1471</v>
+        <v>1486</v>
       </c>
       <c r="I159" t="s">
-        <v>1472</v>
+        <v>1487</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>25</v>
+        <v>966</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>27</v>
+        <v>967</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1473</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>5382</v>
+        <v>4717</v>
       </c>
       <c r="B160" t="s">
-        <v>1474</v>
+        <v>1489</v>
       </c>
       <c r="C160" t="s">
-        <v>1475</v>
+        <v>1490</v>
       </c>
       <c r="D160" t="s">
-        <v>1476</v>
+        <v>1491</v>
       </c>
       <c r="E160" t="s">
-        <v>1477</v>
+        <v>1492</v>
       </c>
       <c r="F160" t="s">
-        <v>1478</v>
+        <v>1493</v>
       </c>
       <c r="G160" t="s">
-        <v>1479</v>
+        <v>1494</v>
       </c>
       <c r="H160" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="I160" t="s">
-        <v>1481</v>
+        <v>1496</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1482</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>5435</v>
+        <v>4721</v>
       </c>
       <c r="B161" t="s">
-        <v>1483</v>
+        <v>1498</v>
       </c>
       <c r="C161" t="s">
-        <v>1484</v>
+        <v>1499</v>
       </c>
       <c r="D161" t="s">
-        <v>1485</v>
+        <v>1500</v>
       </c>
       <c r="E161" t="s">
-        <v>1486</v>
+        <v>1501</v>
       </c>
       <c r="F161" t="s">
-        <v>1487</v>
+        <v>1502</v>
       </c>
       <c r="G161" t="s">
-        <v>1488</v>
+        <v>1503</v>
       </c>
       <c r="H161" t="s">
-        <v>1489</v>
+        <v>1504</v>
       </c>
       <c r="I161" t="s">
-        <v>1490</v>
+        <v>1505</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>129</v>
+        <v>966</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>130</v>
+        <v>967</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1491</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>5437</v>
+        <v>4722</v>
       </c>
       <c r="B162" t="s">
-        <v>1492</v>
+        <v>1507</v>
       </c>
       <c r="C162" t="s">
-        <v>1493</v>
+        <v>1508</v>
       </c>
       <c r="D162" t="s">
-        <v>1494</v>
+        <v>1509</v>
       </c>
       <c r="E162" t="s">
-        <v>1495</v>
+        <v>1510</v>
       </c>
       <c r="F162" t="s">
-        <v>1496</v>
+        <v>1511</v>
       </c>
       <c r="G162" t="s">
-        <v>1497</v>
+        <v>1512</v>
       </c>
       <c r="H162" t="s">
-        <v>1498</v>
+        <v>1513</v>
       </c>
       <c r="I162" t="s">
-        <v>1499</v>
+        <v>1514</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>25</v>
+        <v>1515</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>27</v>
+        <v>1516</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1500</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>5439</v>
+        <v>4723</v>
       </c>
       <c r="B163" t="s">
-        <v>1501</v>
+        <v>1518</v>
       </c>
       <c r="C163" t="s">
-        <v>1502</v>
+        <v>1519</v>
       </c>
       <c r="D163" t="s">
-        <v>1503</v>
+        <v>1520</v>
       </c>
       <c r="E163" t="s">
-        <v>1504</v>
+        <v>1521</v>
       </c>
       <c r="F163" t="s">
-        <v>1505</v>
+        <v>1522</v>
       </c>
       <c r="G163" t="s">
-        <v>1506</v>
+        <v>1523</v>
       </c>
       <c r="H163" t="s">
-        <v>1507</v>
+        <v>1524</v>
       </c>
       <c r="I163" t="s">
-        <v>1508</v>
+        <v>1525</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>25</v>
+        <v>1526</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>27</v>
+        <v>1527</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1509</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>5456</v>
+        <v>4725</v>
       </c>
       <c r="B164" t="s">
-        <v>1510</v>
+        <v>1529</v>
       </c>
       <c r="C164" t="s">
-        <v>1511</v>
+        <v>1530</v>
       </c>
       <c r="D164" t="s">
-        <v>1512</v>
+        <v>1531</v>
       </c>
       <c r="E164" t="s">
-        <v>1513</v>
+        <v>1532</v>
       </c>
       <c r="F164" t="s">
-        <v>1514</v>
+        <v>1533</v>
       </c>
       <c r="G164" t="s">
-        <v>1515</v>
+        <v>1534</v>
       </c>
       <c r="H164" t="s">
-        <v>1516</v>
+        <v>1535</v>
       </c>
       <c r="I164" t="s">
-        <v>1517</v>
+        <v>1536</v>
       </c>
       <c r="J164" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>489</v>
+        <v>25</v>
       </c>
       <c r="L164" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>490</v>
+        <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1518</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>5474</v>
+        <v>4792</v>
       </c>
       <c r="B165" t="s">
-        <v>1519</v>
+        <v>1538</v>
       </c>
       <c r="C165" t="s">
-        <v>1520</v>
+        <v>1539</v>
       </c>
       <c r="D165" t="s">
-        <v>1521</v>
+        <v>1540</v>
       </c>
       <c r="E165" t="s">
-        <v>1522</v>
+        <v>1541</v>
       </c>
       <c r="F165" t="s">
-        <v>1523</v>
+        <v>1542</v>
       </c>
       <c r="G165" t="s">
-        <v>1524</v>
+        <v>1543</v>
       </c>
       <c r="H165" t="s">
-        <v>1525</v>
+        <v>1544</v>
       </c>
       <c r="I165" t="s">
-        <v>1526</v>
+        <v>1545</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1527</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>5475</v>
+        <v>4801</v>
       </c>
       <c r="B166" t="s">
-        <v>1528</v>
+        <v>1547</v>
       </c>
       <c r="C166" t="s">
-        <v>1529</v>
+        <v>1548</v>
       </c>
       <c r="D166" t="s">
-        <v>1530</v>
+        <v>1549</v>
       </c>
       <c r="E166" t="s">
-        <v>1531</v>
+        <v>1550</v>
       </c>
       <c r="F166" t="s">
-        <v>1532</v>
+        <v>1551</v>
       </c>
       <c r="G166" t="s">
-        <v>1533</v>
+        <v>1552</v>
       </c>
       <c r="H166" t="s">
-        <v>1534</v>
+        <v>1553</v>
       </c>
       <c r="I166" t="s">
-        <v>1535</v>
+        <v>1554</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1536</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>5476</v>
+        <v>4810</v>
       </c>
       <c r="B167" t="s">
-        <v>1537</v>
+        <v>1556</v>
       </c>
       <c r="C167" t="s">
-        <v>1538</v>
+        <v>1557</v>
       </c>
       <c r="D167" t="s">
-        <v>1539</v>
+        <v>1558</v>
       </c>
       <c r="E167" t="s">
-        <v>1540</v>
+        <v>1559</v>
       </c>
       <c r="F167" t="s">
-        <v>1541</v>
+        <v>1560</v>
       </c>
       <c r="G167" t="s">
-        <v>1542</v>
+        <v>1561</v>
       </c>
       <c r="H167" t="s">
-        <v>1543</v>
+        <v>1562</v>
       </c>
       <c r="I167" t="s">
-        <v>1544</v>
+        <v>1563</v>
       </c>
       <c r="J167" t="s">
-        <v>1545</v>
+        <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>929</v>
+        <v>112</v>
       </c>
       <c r="L167" t="s">
-        <v>1546</v>
+        <v>26</v>
+      </c>
+      <c r="M167" t="s">
+        <v>113</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1547</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>5478</v>
+        <v>4811</v>
       </c>
       <c r="B168" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="C168" t="s">
-        <v>1549</v>
+        <v>1566</v>
       </c>
       <c r="D168" t="s">
-        <v>1550</v>
+        <v>1567</v>
       </c>
       <c r="E168" t="s">
-        <v>1551</v>
+        <v>1568</v>
       </c>
       <c r="F168" t="s">
-        <v>1552</v>
+        <v>1569</v>
       </c>
       <c r="G168" t="s">
-        <v>1553</v>
+        <v>1570</v>
       </c>
       <c r="H168" t="s">
-        <v>1554</v>
+        <v>1571</v>
       </c>
       <c r="I168" t="s">
-        <v>1555</v>
+        <v>1572</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>25</v>
+        <v>683</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>27</v>
+        <v>684</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1556</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>5493</v>
+        <v>4817</v>
       </c>
       <c r="B169" t="s">
-        <v>1557</v>
+        <v>1574</v>
       </c>
       <c r="C169" t="s">
-        <v>1558</v>
+        <v>1575</v>
       </c>
       <c r="D169" t="s">
-        <v>1559</v>
+        <v>1576</v>
       </c>
       <c r="E169" t="s">
-        <v>1560</v>
+        <v>1577</v>
       </c>
       <c r="F169" t="s">
-        <v>1561</v>
+        <v>1578</v>
       </c>
       <c r="G169" t="s">
-        <v>1562</v>
+        <v>1579</v>
       </c>
       <c r="H169" t="s">
-        <v>1563</v>
+        <v>1580</v>
       </c>
       <c r="I169" t="s">
-        <v>1564</v>
+        <v>1581</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1565</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>5496</v>
+        <v>4935</v>
       </c>
       <c r="B170" t="s">
-        <v>1566</v>
+        <v>1583</v>
       </c>
       <c r="C170" t="s">
-        <v>1567</v>
+        <v>1584</v>
       </c>
       <c r="D170" t="s">
-        <v>1568</v>
+        <v>1585</v>
       </c>
       <c r="E170" t="s">
-        <v>1569</v>
+        <v>1586</v>
       </c>
       <c r="F170" t="s">
-        <v>1570</v>
+        <v>1587</v>
       </c>
       <c r="G170" t="s">
-        <v>1571</v>
+        <v>1588</v>
       </c>
       <c r="H170" t="s">
-        <v>1572</v>
+        <v>1589</v>
       </c>
       <c r="I170" t="s">
-        <v>1573</v>
+        <v>1590</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>479</v>
+        <v>112</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
+      <c r="M170" t="s">
+        <v>113</v>
+      </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1574</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>5502</v>
+        <v>4947</v>
       </c>
       <c r="B171" t="s">
-        <v>1575</v>
+        <v>1592</v>
       </c>
       <c r="C171" t="s">
-        <v>1576</v>
+        <v>1593</v>
       </c>
       <c r="D171" t="s">
-        <v>1577</v>
+        <v>1594</v>
       </c>
       <c r="E171" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="F171" t="s">
-        <v>1579</v>
+        <v>1596</v>
       </c>
       <c r="G171" t="s">
-        <v>1580</v>
+        <v>1597</v>
       </c>
       <c r="H171" t="s">
-        <v>1581</v>
+        <v>1598</v>
       </c>
       <c r="I171" t="s">
-        <v>1582</v>
+        <v>1599</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1583</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>5503</v>
+        <v>4950</v>
       </c>
       <c r="B172" t="s">
-        <v>1584</v>
+        <v>1601</v>
       </c>
       <c r="C172" t="s">
-        <v>1585</v>
+        <v>1602</v>
       </c>
       <c r="D172" t="s">
-        <v>1586</v>
+        <v>1603</v>
       </c>
       <c r="E172" t="s">
-        <v>1587</v>
+        <v>1604</v>
       </c>
       <c r="F172" t="s">
-        <v>1588</v>
+        <v>1605</v>
       </c>
       <c r="G172" t="s">
-        <v>1589</v>
+        <v>1606</v>
       </c>
       <c r="H172" t="s">
-        <v>1590</v>
+        <v>1607</v>
       </c>
       <c r="I172" t="s">
-        <v>1591</v>
+        <v>1608</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>140</v>
+        <v>683</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>141</v>
+        <v>684</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1592</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>5507</v>
+        <v>4965</v>
       </c>
       <c r="B173" t="s">
-        <v>1593</v>
+        <v>1610</v>
       </c>
       <c r="C173" t="s">
-        <v>1594</v>
+        <v>1611</v>
       </c>
       <c r="D173" t="s">
-        <v>1595</v>
+        <v>1612</v>
       </c>
       <c r="E173" t="s">
-        <v>1596</v>
+        <v>1613</v>
       </c>
       <c r="F173" t="s">
-        <v>1597</v>
+        <v>1614</v>
       </c>
       <c r="G173" t="s">
-        <v>1598</v>
+        <v>1615</v>
       </c>
       <c r="H173" t="s">
-        <v>1599</v>
+        <v>1616</v>
       </c>
       <c r="I173" t="s">
-        <v>1600</v>
+        <v>1617</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
         <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1601</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>5509</v>
+        <v>4968</v>
       </c>
       <c r="B174" t="s">
-        <v>1602</v>
+        <v>1619</v>
       </c>
       <c r="C174" t="s">
-        <v>1603</v>
+        <v>1620</v>
       </c>
       <c r="D174" t="s">
-        <v>1604</v>
+        <v>1621</v>
       </c>
       <c r="E174" t="s">
-        <v>1605</v>
+        <v>1622</v>
       </c>
       <c r="F174" t="s">
-        <v>1606</v>
+        <v>1623</v>
       </c>
       <c r="G174" t="s">
-        <v>1607</v>
+        <v>1624</v>
       </c>
       <c r="H174" t="s">
-        <v>1608</v>
+        <v>1625</v>
       </c>
       <c r="I174" t="s">
-        <v>1609</v>
+        <v>1626</v>
       </c>
       <c r="J174" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>929</v>
+        <v>25</v>
       </c>
       <c r="L174" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M174" t="s">
+        <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1610</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>5512</v>
+        <v>4969</v>
       </c>
       <c r="B175" t="s">
-        <v>1611</v>
+        <v>1628</v>
       </c>
       <c r="C175" t="s">
-        <v>1612</v>
+        <v>1629</v>
       </c>
       <c r="D175" t="s">
-        <v>1613</v>
+        <v>1630</v>
       </c>
       <c r="E175" t="s">
-        <v>1614</v>
+        <v>1631</v>
       </c>
       <c r="F175" t="s">
-        <v>1615</v>
+        <v>1632</v>
       </c>
       <c r="G175" t="s">
-        <v>1616</v>
+        <v>1633</v>
       </c>
       <c r="H175" t="s">
-        <v>1617</v>
+        <v>1634</v>
       </c>
       <c r="I175" t="s">
-        <v>1618</v>
+        <v>1635</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1619</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>5514</v>
+        <v>5272</v>
       </c>
       <c r="B176" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="C176" t="s">
-        <v>1621</v>
+        <v>1638</v>
       </c>
       <c r="D176" t="s">
-        <v>1622</v>
+        <v>1639</v>
       </c>
       <c r="E176" t="s">
-        <v>1623</v>
+        <v>1640</v>
       </c>
       <c r="F176" t="s">
-        <v>1624</v>
+        <v>1641</v>
       </c>
       <c r="G176" t="s">
-        <v>1625</v>
+        <v>1642</v>
       </c>
       <c r="H176" t="s">
-        <v>1626</v>
+        <v>1643</v>
       </c>
       <c r="I176" t="s">
-        <v>1627</v>
+        <v>1644</v>
       </c>
       <c r="J176" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K176" t="s">
-        <v>692</v>
+        <v>557</v>
       </c>
       <c r="L176" t="s">
-        <v>26</v>
+        <v>558</v>
+      </c>
+      <c r="M176" t="s">
+        <v>559</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1628</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>5516</v>
+        <v>5273</v>
       </c>
       <c r="B177" t="s">
-        <v>1629</v>
+        <v>1646</v>
       </c>
       <c r="C177" t="s">
-        <v>1630</v>
+        <v>1647</v>
       </c>
       <c r="D177" t="s">
-        <v>1631</v>
+        <v>1648</v>
       </c>
       <c r="E177" t="s">
-        <v>1632</v>
+        <v>1649</v>
       </c>
       <c r="F177" t="s">
-        <v>1633</v>
+        <v>1650</v>
       </c>
       <c r="G177" t="s">
-        <v>1634</v>
+        <v>1651</v>
       </c>
       <c r="H177" t="s">
-        <v>1635</v>
+        <v>1652</v>
       </c>
       <c r="I177" t="s">
-        <v>1636</v>
+        <v>1653</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>25</v>
+        <v>1654</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>27</v>
+        <v>1655</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1637</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>5517</v>
+        <v>5326</v>
       </c>
       <c r="B178" t="s">
-        <v>1638</v>
+        <v>1657</v>
       </c>
       <c r="C178" t="s">
-        <v>1639</v>
+        <v>1658</v>
       </c>
       <c r="D178" t="s">
-        <v>1640</v>
+        <v>1659</v>
       </c>
       <c r="E178" t="s">
-        <v>1641</v>
+        <v>1660</v>
       </c>
       <c r="F178" t="s">
-        <v>1642</v>
+        <v>1661</v>
       </c>
       <c r="G178" t="s">
-        <v>1643</v>
+        <v>1662</v>
       </c>
       <c r="H178" t="s">
-        <v>1644</v>
+        <v>1663</v>
       </c>
       <c r="I178" t="s">
-        <v>1645</v>
+        <v>1664</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1646</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5518</v>
+        <v>5330</v>
       </c>
       <c r="B179" t="s">
-        <v>1647</v>
+        <v>1666</v>
       </c>
       <c r="C179" t="s">
-        <v>1648</v>
+        <v>1667</v>
       </c>
       <c r="D179" t="s">
-        <v>1649</v>
+        <v>1668</v>
       </c>
       <c r="E179" t="s">
-        <v>1650</v>
+        <v>1669</v>
       </c>
       <c r="F179" t="s">
-        <v>1651</v>
+        <v>1670</v>
       </c>
       <c r="G179" t="s">
-        <v>1652</v>
+        <v>1671</v>
       </c>
       <c r="H179" t="s">
-        <v>1653</v>
+        <v>1672</v>
       </c>
       <c r="I179" t="s">
-        <v>1654</v>
+        <v>1673</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1655</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5545</v>
+        <v>5331</v>
       </c>
       <c r="B180" t="s">
-        <v>1656</v>
+        <v>1675</v>
       </c>
       <c r="C180" t="s">
-        <v>1657</v>
+        <v>1676</v>
       </c>
       <c r="D180" t="s">
-        <v>1658</v>
+        <v>1677</v>
       </c>
       <c r="E180" t="s">
-        <v>1659</v>
+        <v>1678</v>
       </c>
       <c r="F180" t="s">
-        <v>1660</v>
+        <v>1679</v>
       </c>
       <c r="G180" t="s">
-        <v>1661</v>
+        <v>1680</v>
       </c>
       <c r="H180" t="s">
-        <v>1662</v>
+        <v>1681</v>
       </c>
       <c r="I180" t="s">
-        <v>1663</v>
+        <v>1682</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>130</v>
+        <v>48</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1664</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5657</v>
+        <v>5332</v>
       </c>
       <c r="B181" t="s">
-        <v>1665</v>
+        <v>1684</v>
       </c>
       <c r="C181" t="s">
-        <v>1666</v>
+        <v>1685</v>
       </c>
       <c r="D181" t="s">
-        <v>1667</v>
+        <v>1686</v>
       </c>
       <c r="E181" t="s">
-        <v>1668</v>
+        <v>1687</v>
       </c>
       <c r="F181" t="s">
-        <v>1669</v>
+        <v>1688</v>
       </c>
       <c r="G181" t="s">
-        <v>1670</v>
+        <v>1689</v>
       </c>
       <c r="H181" t="s">
-        <v>1671</v>
+        <v>1690</v>
       </c>
       <c r="I181" t="s">
-        <v>1672</v>
+        <v>1691</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
         <v>25</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
         <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1673</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5733</v>
+        <v>5335</v>
       </c>
       <c r="B182" t="s">
-        <v>1674</v>
+        <v>1693</v>
       </c>
       <c r="C182" t="s">
-        <v>1675</v>
+        <v>1694</v>
       </c>
       <c r="D182" t="s">
-        <v>1676</v>
+        <v>1695</v>
       </c>
       <c r="E182" t="s">
-        <v>1677</v>
+        <v>1696</v>
       </c>
       <c r="F182" t="s">
-        <v>1678</v>
+        <v>1697</v>
       </c>
       <c r="G182" t="s">
-        <v>1679</v>
+        <v>1698</v>
       </c>
       <c r="H182" t="s">
-        <v>1680</v>
+        <v>1699</v>
       </c>
       <c r="I182" t="s">
-        <v>1681</v>
+        <v>1700</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1682</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5787</v>
+        <v>5344</v>
       </c>
       <c r="B183" t="s">
-        <v>1683</v>
+        <v>1702</v>
       </c>
       <c r="C183" t="s">
-        <v>1684</v>
+        <v>1703</v>
       </c>
       <c r="D183" t="s">
-        <v>1685</v>
+        <v>1704</v>
       </c>
       <c r="E183" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="F183" t="s">
-        <v>1687</v>
+        <v>1706</v>
       </c>
       <c r="G183" t="s">
-        <v>1688</v>
+        <v>1707</v>
       </c>
       <c r="H183" t="s">
-        <v>1689</v>
+        <v>1708</v>
       </c>
       <c r="I183" t="s">
-        <v>1690</v>
+        <v>1709</v>
       </c>
       <c r="J183" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K183" t="s">
-        <v>129</v>
+        <v>1710</v>
       </c>
       <c r="L183" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="M183" t="s">
-        <v>130</v>
+        <v>1711</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1691</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5792</v>
+        <v>5346</v>
       </c>
       <c r="B184" t="s">
-        <v>1692</v>
+        <v>1713</v>
       </c>
       <c r="C184" t="s">
-        <v>1693</v>
+        <v>1714</v>
       </c>
       <c r="D184" t="s">
-        <v>1694</v>
+        <v>1715</v>
       </c>
       <c r="E184" t="s">
-        <v>1695</v>
+        <v>1716</v>
       </c>
       <c r="F184" t="s">
-        <v>1696</v>
+        <v>1717</v>
       </c>
       <c r="G184" t="s">
-        <v>1697</v>
+        <v>1718</v>
       </c>
       <c r="H184" t="s">
-        <v>1698</v>
+        <v>1719</v>
       </c>
       <c r="I184" t="s">
-        <v>1699</v>
+        <v>1720</v>
       </c>
       <c r="J184" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>406</v>
+        <v>1721</v>
       </c>
       <c r="L184" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1722</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1700</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5794</v>
+        <v>5348</v>
       </c>
       <c r="B185" t="s">
-        <v>1701</v>
+        <v>1724</v>
       </c>
       <c r="C185" t="s">
-        <v>1702</v>
+        <v>1725</v>
       </c>
       <c r="D185" t="s">
-        <v>1703</v>
+        <v>1726</v>
       </c>
       <c r="E185" t="s">
-        <v>1704</v>
+        <v>1727</v>
       </c>
       <c r="F185" t="s">
-        <v>1705</v>
+        <v>1728</v>
       </c>
       <c r="G185" t="s">
-        <v>1706</v>
+        <v>1729</v>
       </c>
       <c r="H185" t="s">
-        <v>1707</v>
+        <v>1730</v>
       </c>
       <c r="I185" t="s">
-        <v>1708</v>
+        <v>1731</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1709</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5796</v>
+        <v>5351</v>
       </c>
       <c r="B186" t="s">
-        <v>1710</v>
+        <v>1733</v>
       </c>
       <c r="C186" t="s">
-        <v>1711</v>
+        <v>1734</v>
       </c>
       <c r="D186" t="s">
-        <v>1712</v>
+        <v>1735</v>
       </c>
       <c r="E186" t="s">
-        <v>1713</v>
+        <v>1736</v>
       </c>
       <c r="F186" t="s">
-        <v>1714</v>
+        <v>1737</v>
       </c>
       <c r="G186" t="s">
-        <v>1715</v>
+        <v>1738</v>
       </c>
       <c r="H186" t="s">
-        <v>1716</v>
+        <v>1739</v>
       </c>
       <c r="I186" t="s">
-        <v>1717</v>
+        <v>1740</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1718</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5798</v>
+        <v>5353</v>
       </c>
       <c r="B187" t="s">
-        <v>1719</v>
+        <v>1742</v>
       </c>
       <c r="C187" t="s">
-        <v>1720</v>
+        <v>1743</v>
       </c>
       <c r="D187" t="s">
-        <v>1721</v>
+        <v>1744</v>
       </c>
       <c r="E187" t="s">
-        <v>1722</v>
+        <v>1745</v>
       </c>
       <c r="F187" t="s">
-        <v>1723</v>
+        <v>1746</v>
       </c>
       <c r="G187" t="s">
-        <v>1724</v>
+        <v>1747</v>
       </c>
       <c r="H187" t="s">
-        <v>1725</v>
+        <v>1748</v>
       </c>
       <c r="I187" t="s">
-        <v>1726</v>
+        <v>1749</v>
       </c>
       <c r="J187" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K187" t="s">
-        <v>129</v>
+        <v>694</v>
       </c>
       <c r="L187" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="M187" t="s">
-        <v>130</v>
+        <v>695</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1727</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5799</v>
+        <v>5354</v>
       </c>
       <c r="B188" t="s">
-        <v>1728</v>
+        <v>1751</v>
       </c>
       <c r="C188" t="s">
-        <v>1729</v>
+        <v>1752</v>
       </c>
       <c r="D188" t="s">
-        <v>1730</v>
+        <v>1753</v>
       </c>
       <c r="E188" t="s">
-        <v>1731</v>
+        <v>1754</v>
       </c>
       <c r="F188" t="s">
-        <v>1732</v>
+        <v>1755</v>
       </c>
       <c r="G188" t="s">
-        <v>1733</v>
+        <v>1756</v>
       </c>
       <c r="H188" t="s">
-        <v>1734</v>
+        <v>1757</v>
       </c>
       <c r="I188" t="s">
-        <v>1735</v>
+        <v>1758</v>
       </c>
       <c r="J188" t="s">
-        <v>1111</v>
+        <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>500</v>
+        <v>112</v>
       </c>
       <c r="L188" t="s">
-        <v>1113</v>
+        <v>26</v>
+      </c>
+      <c r="M188" t="s">
+        <v>113</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1736</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5803</v>
+        <v>5359</v>
       </c>
       <c r="B189" t="s">
-        <v>1737</v>
+        <v>1760</v>
       </c>
       <c r="C189" t="s">
-        <v>1738</v>
+        <v>1761</v>
       </c>
       <c r="D189" t="s">
-        <v>1739</v>
+        <v>1762</v>
       </c>
       <c r="E189" t="s">
-        <v>1740</v>
+        <v>1763</v>
       </c>
       <c r="F189" t="s">
-        <v>1741</v>
+        <v>1764</v>
       </c>
       <c r="G189" t="s">
-        <v>1742</v>
+        <v>1765</v>
       </c>
       <c r="H189" t="s">
-        <v>1743</v>
+        <v>1766</v>
       </c>
       <c r="I189" t="s">
-        <v>1744</v>
+        <v>1767</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
         <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
         <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1745</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5805</v>
+        <v>5364</v>
       </c>
       <c r="B190" t="s">
-        <v>1746</v>
+        <v>1769</v>
       </c>
       <c r="C190" t="s">
-        <v>1747</v>
+        <v>1770</v>
       </c>
       <c r="D190" t="s">
-        <v>1748</v>
+        <v>1771</v>
       </c>
       <c r="E190" t="s">
-        <v>1749</v>
+        <v>1772</v>
       </c>
       <c r="F190" t="s">
-        <v>1750</v>
+        <v>1773</v>
       </c>
       <c r="G190" t="s">
-        <v>1751</v>
+        <v>1774</v>
       </c>
       <c r="H190" t="s">
-        <v>1752</v>
+        <v>1775</v>
       </c>
       <c r="I190" t="s">
-        <v>1753</v>
+        <v>1776</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1754</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5808</v>
+        <v>5365</v>
       </c>
       <c r="B191" t="s">
-        <v>1755</v>
+        <v>1778</v>
       </c>
       <c r="C191" t="s">
-        <v>1756</v>
+        <v>1779</v>
       </c>
       <c r="D191" t="s">
-        <v>1757</v>
+        <v>1780</v>
       </c>
       <c r="E191" t="s">
-        <v>1758</v>
+        <v>1781</v>
       </c>
       <c r="F191" t="s">
-        <v>1759</v>
+        <v>1782</v>
       </c>
       <c r="G191" t="s">
-        <v>1760</v>
+        <v>1783</v>
       </c>
       <c r="H191" t="s">
-        <v>1761</v>
+        <v>1784</v>
       </c>
       <c r="I191" t="s">
-        <v>1762</v>
+        <v>1785</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1763</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5811</v>
+        <v>5367</v>
       </c>
       <c r="B192" t="s">
-        <v>1764</v>
+        <v>1787</v>
       </c>
       <c r="C192" t="s">
-        <v>1765</v>
+        <v>1788</v>
       </c>
       <c r="D192" t="s">
-        <v>1766</v>
+        <v>1789</v>
       </c>
       <c r="E192" t="s">
-        <v>1767</v>
+        <v>1790</v>
       </c>
       <c r="F192" t="s">
-        <v>1768</v>
+        <v>1791</v>
       </c>
       <c r="G192" t="s">
-        <v>1769</v>
+        <v>1792</v>
       </c>
       <c r="H192" t="s">
-        <v>1770</v>
+        <v>1793</v>
       </c>
       <c r="I192" t="s">
-        <v>1771</v>
+        <v>1794</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
         <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1772</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5819</v>
+        <v>5368</v>
       </c>
       <c r="B193" t="s">
-        <v>1773</v>
+        <v>1796</v>
       </c>
       <c r="C193" t="s">
-        <v>1774</v>
+        <v>1797</v>
       </c>
       <c r="D193" t="s">
-        <v>1775</v>
+        <v>1798</v>
       </c>
       <c r="E193" t="s">
-        <v>1776</v>
+        <v>1799</v>
       </c>
       <c r="F193" t="s">
-        <v>1777</v>
+        <v>1800</v>
       </c>
       <c r="G193" t="s">
-        <v>1778</v>
+        <v>1801</v>
       </c>
       <c r="H193" t="s">
-        <v>1779</v>
+        <v>1802</v>
       </c>
       <c r="I193" t="s">
-        <v>1780</v>
+        <v>1803</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
         <v>25</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
         <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1781</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5830</v>
+        <v>5371</v>
       </c>
       <c r="B194" t="s">
-        <v>1782</v>
+        <v>1805</v>
       </c>
       <c r="C194" t="s">
-        <v>1783</v>
+        <v>1806</v>
       </c>
       <c r="D194" t="s">
-        <v>1784</v>
+        <v>1807</v>
       </c>
       <c r="E194" t="s">
-        <v>1785</v>
+        <v>1808</v>
       </c>
       <c r="F194" t="s">
-        <v>1786</v>
+        <v>1809</v>
       </c>
       <c r="G194" t="s">
-        <v>1787</v>
+        <v>1810</v>
       </c>
       <c r="H194" t="s">
-        <v>1788</v>
+        <v>1811</v>
       </c>
       <c r="I194" t="s">
-        <v>1789</v>
+        <v>1812</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>25</v>
+        <v>1813</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>27</v>
+        <v>1814</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1790</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5866</v>
+        <v>5372</v>
       </c>
       <c r="B195" t="s">
-        <v>1791</v>
+        <v>1816</v>
       </c>
       <c r="C195" t="s">
-        <v>1792</v>
+        <v>1817</v>
       </c>
       <c r="D195" t="s">
-        <v>1793</v>
+        <v>1818</v>
       </c>
       <c r="E195" t="s">
-        <v>1794</v>
+        <v>1819</v>
       </c>
       <c r="F195" t="s">
-        <v>1795</v>
+        <v>1820</v>
       </c>
       <c r="G195" t="s">
-        <v>1796</v>
+        <v>1821</v>
       </c>
       <c r="H195" t="s">
-        <v>1797</v>
+        <v>1822</v>
       </c>
       <c r="I195" t="s">
-        <v>1798</v>
+        <v>1823</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
         <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
         <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1799</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5907</v>
+        <v>5375</v>
       </c>
       <c r="B196" t="s">
-        <v>1800</v>
+        <v>1825</v>
       </c>
       <c r="C196" t="s">
-        <v>1801</v>
+        <v>1826</v>
       </c>
       <c r="D196" t="s">
-        <v>1802</v>
+        <v>1827</v>
       </c>
       <c r="E196" t="s">
-        <v>1803</v>
+        <v>1828</v>
       </c>
       <c r="F196" t="s">
-        <v>1804</v>
+        <v>1829</v>
       </c>
       <c r="G196" t="s">
-        <v>1805</v>
+        <v>1830</v>
       </c>
       <c r="H196" t="s">
-        <v>1806</v>
+        <v>1831</v>
       </c>
       <c r="I196" t="s">
-        <v>1807</v>
+        <v>1832</v>
       </c>
       <c r="J196" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K196" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L196" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="M196" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1808</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5913</v>
+        <v>5377</v>
       </c>
       <c r="B197" t="s">
-        <v>1809</v>
+        <v>1834</v>
       </c>
       <c r="C197" t="s">
-        <v>1810</v>
+        <v>1835</v>
       </c>
       <c r="D197" t="s">
-        <v>1811</v>
+        <v>1836</v>
       </c>
       <c r="E197" t="s">
-        <v>1812</v>
+        <v>1837</v>
       </c>
       <c r="F197" t="s">
-        <v>1813</v>
+        <v>1838</v>
       </c>
       <c r="G197" t="s">
-        <v>1814</v>
+        <v>1839</v>
       </c>
       <c r="H197" t="s">
-        <v>1815</v>
+        <v>1840</v>
       </c>
       <c r="I197" t="s">
-        <v>1816</v>
+        <v>1841</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1817</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5927</v>
+        <v>5378</v>
       </c>
       <c r="B198" t="s">
-        <v>1818</v>
+        <v>1843</v>
       </c>
       <c r="C198" t="s">
-        <v>1819</v>
+        <v>1844</v>
       </c>
       <c r="D198" t="s">
-        <v>1820</v>
+        <v>1845</v>
       </c>
       <c r="E198" t="s">
-        <v>1821</v>
+        <v>1846</v>
       </c>
       <c r="F198" t="s">
-        <v>1822</v>
+        <v>1847</v>
       </c>
       <c r="G198" t="s">
-        <v>1823</v>
+        <v>1848</v>
       </c>
       <c r="H198" t="s">
-        <v>1824</v>
+        <v>1849</v>
       </c>
       <c r="I198" t="s">
-        <v>1825</v>
+        <v>1850</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>692</v>
+        <v>25</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
+      <c r="M198" t="s">
+        <v>27</v>
+      </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1826</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5928</v>
+        <v>5382</v>
       </c>
       <c r="B199" t="s">
-        <v>1827</v>
+        <v>1852</v>
       </c>
       <c r="C199" t="s">
-        <v>1828</v>
+        <v>1853</v>
       </c>
       <c r="D199" t="s">
-        <v>1829</v>
+        <v>1854</v>
       </c>
       <c r="E199" t="s">
-        <v>1830</v>
+        <v>1855</v>
       </c>
       <c r="F199" t="s">
-        <v>1831</v>
+        <v>1856</v>
       </c>
       <c r="G199" t="s">
-        <v>1832</v>
+        <v>1857</v>
       </c>
       <c r="H199" t="s">
-        <v>1833</v>
+        <v>1858</v>
       </c>
       <c r="I199" t="s">
-        <v>1834</v>
+        <v>1859</v>
       </c>
       <c r="J199" t="s">
-        <v>1835</v>
+        <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>1836</v>
+        <v>112</v>
       </c>
       <c r="L199" t="s">
-        <v>1837</v>
+        <v>26</v>
+      </c>
+      <c r="M199" t="s">
+        <v>113</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1838</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5931</v>
+        <v>5435</v>
       </c>
       <c r="B200" t="s">
-        <v>1839</v>
+        <v>1861</v>
       </c>
       <c r="C200" t="s">
-        <v>1840</v>
+        <v>1862</v>
       </c>
       <c r="D200" t="s">
-        <v>1841</v>
+        <v>1863</v>
       </c>
       <c r="E200" t="s">
-        <v>1842</v>
+        <v>1864</v>
       </c>
       <c r="F200" t="s">
-        <v>1843</v>
+        <v>1865</v>
       </c>
       <c r="G200" t="s">
-        <v>1844</v>
+        <v>1866</v>
       </c>
       <c r="H200" t="s">
-        <v>1845</v>
+        <v>1867</v>
       </c>
       <c r="I200" t="s">
-        <v>1846</v>
+        <v>1868</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1847</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5932</v>
+        <v>5437</v>
       </c>
       <c r="B201" t="s">
-        <v>1848</v>
+        <v>1870</v>
       </c>
       <c r="C201" t="s">
-        <v>1849</v>
+        <v>1871</v>
       </c>
       <c r="D201" t="s">
-        <v>1850</v>
+        <v>1872</v>
       </c>
       <c r="E201" t="s">
-        <v>1851</v>
+        <v>1873</v>
       </c>
       <c r="F201" t="s">
-        <v>1852</v>
+        <v>1874</v>
       </c>
       <c r="G201" t="s">
-        <v>1853</v>
+        <v>1875</v>
       </c>
       <c r="H201" t="s">
-        <v>1854</v>
+        <v>1876</v>
       </c>
       <c r="I201" t="s">
-        <v>1855</v>
+        <v>1877</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1856</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5934</v>
+        <v>5439</v>
       </c>
       <c r="B202" t="s">
-        <v>1857</v>
+        <v>1879</v>
       </c>
       <c r="C202" t="s">
-        <v>1858</v>
+        <v>1880</v>
       </c>
       <c r="D202" t="s">
-        <v>1859</v>
+        <v>1881</v>
       </c>
       <c r="E202" t="s">
-        <v>1860</v>
+        <v>1882</v>
       </c>
       <c r="F202" t="s">
-        <v>1861</v>
+        <v>1883</v>
       </c>
       <c r="G202" t="s">
-        <v>1862</v>
+        <v>1884</v>
       </c>
       <c r="H202" t="s">
-        <v>1863</v>
+        <v>1885</v>
       </c>
       <c r="I202" t="s">
-        <v>1864</v>
+        <v>1886</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1865</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5953</v>
+        <v>5456</v>
       </c>
       <c r="B203" t="s">
-        <v>1866</v>
+        <v>1888</v>
       </c>
       <c r="C203" t="s">
-        <v>1867</v>
+        <v>1889</v>
       </c>
       <c r="D203" t="s">
-        <v>1868</v>
+        <v>1890</v>
       </c>
       <c r="E203" t="s">
-        <v>1869</v>
+        <v>1891</v>
       </c>
       <c r="F203" t="s">
-        <v>1870</v>
+        <v>1892</v>
       </c>
       <c r="G203" t="s">
-        <v>1871</v>
+        <v>1893</v>
       </c>
       <c r="H203" t="s">
-        <v>1872</v>
+        <v>1894</v>
       </c>
       <c r="I203" t="s">
-        <v>1873</v>
+        <v>1895</v>
       </c>
       <c r="J203" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K203" t="s">
-        <v>25</v>
+        <v>683</v>
       </c>
       <c r="L203" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="M203" t="s">
-        <v>27</v>
+        <v>684</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1874</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5981</v>
+        <v>5474</v>
       </c>
       <c r="B204" t="s">
-        <v>1875</v>
+        <v>1897</v>
       </c>
       <c r="C204" t="s">
-        <v>1876</v>
+        <v>1898</v>
       </c>
       <c r="D204" t="s">
-        <v>1877</v>
+        <v>1899</v>
       </c>
       <c r="E204" t="s">
-        <v>1878</v>
+        <v>1900</v>
       </c>
       <c r="F204" t="s">
-        <v>1879</v>
+        <v>1901</v>
       </c>
       <c r="G204" t="s">
-        <v>1880</v>
+        <v>1902</v>
       </c>
       <c r="H204" t="s">
-        <v>1881</v>
+        <v>1903</v>
       </c>
       <c r="I204" t="s">
-        <v>1882</v>
+        <v>1904</v>
       </c>
       <c r="J204" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>1883</v>
+        <v>25</v>
       </c>
       <c r="L204" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>1884</v>
+        <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1885</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5986</v>
+        <v>5475</v>
       </c>
       <c r="B205" t="s">
-        <v>1886</v>
+        <v>1906</v>
       </c>
       <c r="C205" t="s">
-        <v>1887</v>
+        <v>1907</v>
       </c>
       <c r="D205" t="s">
-        <v>1888</v>
+        <v>1908</v>
       </c>
       <c r="E205" t="s">
-        <v>1889</v>
+        <v>1909</v>
       </c>
       <c r="F205" t="s">
-        <v>1890</v>
+        <v>1910</v>
       </c>
       <c r="G205" t="s">
-        <v>1891</v>
+        <v>1911</v>
       </c>
       <c r="H205" t="s">
-        <v>1892</v>
+        <v>1912</v>
       </c>
       <c r="I205" t="s">
-        <v>1893</v>
+        <v>1913</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1894</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5989</v>
+        <v>5476</v>
       </c>
       <c r="B206" t="s">
-        <v>1895</v>
+        <v>1915</v>
       </c>
       <c r="C206" t="s">
-        <v>1896</v>
+        <v>1916</v>
       </c>
       <c r="D206" t="s">
-        <v>1897</v>
+        <v>1917</v>
       </c>
       <c r="E206" t="s">
-        <v>1898</v>
+        <v>1918</v>
       </c>
       <c r="F206" t="s">
-        <v>1899</v>
+        <v>1919</v>
       </c>
       <c r="G206" t="s">
-        <v>1900</v>
+        <v>1920</v>
       </c>
       <c r="H206" t="s">
-        <v>1901</v>
+        <v>1921</v>
       </c>
       <c r="I206" t="s">
-        <v>1902</v>
+        <v>1922</v>
       </c>
       <c r="J206" t="s">
-        <v>24</v>
+        <v>1923</v>
       </c>
       <c r="K206" t="s">
-        <v>1279</v>
+        <v>966</v>
       </c>
       <c r="L206" t="s">
-        <v>26</v>
+        <v>1924</v>
+      </c>
+      <c r="M206" t="s">
+        <v>967</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1903</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>6021</v>
+        <v>5478</v>
       </c>
       <c r="B207" t="s">
-        <v>1904</v>
+        <v>1926</v>
       </c>
       <c r="C207" t="s">
-        <v>1905</v>
+        <v>1927</v>
       </c>
       <c r="D207" t="s">
-        <v>1906</v>
+        <v>1928</v>
       </c>
       <c r="E207" t="s">
-        <v>1907</v>
+        <v>1929</v>
       </c>
       <c r="F207" t="s">
-        <v>1908</v>
+        <v>1930</v>
       </c>
       <c r="G207" t="s">
-        <v>1909</v>
+        <v>1931</v>
       </c>
       <c r="H207" t="s">
-        <v>1910</v>
+        <v>1932</v>
       </c>
       <c r="I207" t="s">
-        <v>1911</v>
+        <v>1933</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
         <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
         <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1912</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>6049</v>
+        <v>5493</v>
       </c>
       <c r="B208" t="s">
-        <v>1913</v>
+        <v>1935</v>
       </c>
       <c r="C208" t="s">
-        <v>1914</v>
+        <v>1936</v>
       </c>
       <c r="D208" t="s">
-        <v>1915</v>
+        <v>1937</v>
       </c>
       <c r="E208" t="s">
-        <v>1916</v>
+        <v>1938</v>
       </c>
       <c r="F208" t="s">
-        <v>1917</v>
+        <v>1939</v>
       </c>
       <c r="G208" t="s">
-        <v>1918</v>
+        <v>1940</v>
       </c>
       <c r="H208" t="s">
-        <v>1919</v>
+        <v>1941</v>
       </c>
       <c r="I208" t="s">
-        <v>1920</v>
+        <v>1942</v>
       </c>
       <c r="J208" t="s">
-        <v>1921</v>
+        <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>1922</v>
+        <v>112</v>
       </c>
       <c r="L208" t="s">
-        <v>1923</v>
+        <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>1924</v>
+        <v>113</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1925</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>6082</v>
+        <v>5496</v>
       </c>
       <c r="B209" t="s">
-        <v>1926</v>
+        <v>1944</v>
       </c>
       <c r="C209" t="s">
-        <v>1927</v>
+        <v>1945</v>
       </c>
       <c r="D209" t="s">
-        <v>1928</v>
+        <v>1946</v>
       </c>
       <c r="E209" t="s">
-        <v>1929</v>
+        <v>1947</v>
       </c>
       <c r="F209" t="s">
-        <v>1930</v>
+        <v>1948</v>
       </c>
       <c r="G209" t="s">
-        <v>1931</v>
+        <v>1949</v>
       </c>
       <c r="H209" t="s">
-        <v>1932</v>
+        <v>1950</v>
       </c>
       <c r="I209" t="s">
-        <v>1933</v>
+        <v>1951</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>1934</v>
+        <v>672</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
+      <c r="M209" t="s">
+        <v>673</v>
+      </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1935</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>6112</v>
+        <v>5502</v>
       </c>
       <c r="B210" t="s">
-        <v>1936</v>
+        <v>1953</v>
       </c>
       <c r="C210" t="s">
-        <v>1937</v>
+        <v>1954</v>
       </c>
       <c r="D210" t="s">
-        <v>1938</v>
+        <v>1955</v>
       </c>
       <c r="E210" t="s">
-        <v>1939</v>
+        <v>1956</v>
       </c>
       <c r="F210" t="s">
-        <v>1940</v>
+        <v>1957</v>
       </c>
       <c r="G210" t="s">
-        <v>1941</v>
+        <v>1958</v>
       </c>
       <c r="H210" t="s">
-        <v>1942</v>
+        <v>1959</v>
       </c>
       <c r="I210" t="s">
-        <v>1943</v>
+        <v>1960</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1944</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>6180</v>
+        <v>5503</v>
       </c>
       <c r="B211" t="s">
-        <v>1945</v>
+        <v>1962</v>
       </c>
       <c r="C211" t="s">
-        <v>1946</v>
+        <v>1963</v>
       </c>
       <c r="D211" t="s">
-        <v>1947</v>
+        <v>1964</v>
       </c>
       <c r="E211" t="s">
-        <v>1948</v>
+        <v>1965</v>
       </c>
       <c r="F211" t="s">
-        <v>1949</v>
+        <v>1966</v>
       </c>
       <c r="G211" t="s">
-        <v>1950</v>
+        <v>1967</v>
       </c>
       <c r="H211" t="s">
-        <v>1951</v>
+        <v>1968</v>
       </c>
       <c r="I211" t="s">
-        <v>1952</v>
+        <v>1969</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1953</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>6203</v>
+        <v>5507</v>
       </c>
       <c r="B212" t="s">
-        <v>1954</v>
+        <v>1971</v>
       </c>
       <c r="C212" t="s">
-        <v>1955</v>
+        <v>1972</v>
       </c>
       <c r="D212" t="s">
-        <v>1956</v>
+        <v>1973</v>
       </c>
       <c r="E212" t="s">
-        <v>1957</v>
+        <v>1974</v>
       </c>
       <c r="F212" t="s">
-        <v>1958</v>
+        <v>1975</v>
       </c>
       <c r="G212" t="s">
-        <v>1959</v>
+        <v>1976</v>
       </c>
       <c r="H212" t="s">
-        <v>1960</v>
+        <v>1977</v>
       </c>
       <c r="I212" t="s">
-        <v>1961</v>
+        <v>1978</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1962</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>6208</v>
+        <v>5509</v>
       </c>
       <c r="B213" t="s">
-        <v>1963</v>
+        <v>1980</v>
       </c>
       <c r="C213" t="s">
-        <v>1964</v>
+        <v>1981</v>
       </c>
       <c r="D213" t="s">
-        <v>1965</v>
+        <v>1982</v>
       </c>
       <c r="E213" t="s">
-        <v>1966</v>
+        <v>1983</v>
       </c>
       <c r="F213" t="s">
-        <v>1967</v>
+        <v>1984</v>
       </c>
       <c r="G213" t="s">
-        <v>1968</v>
+        <v>1985</v>
       </c>
       <c r="H213" t="s">
-        <v>1969</v>
+        <v>1986</v>
       </c>
       <c r="I213" t="s">
-        <v>1970</v>
+        <v>1987</v>
       </c>
       <c r="J213" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K213" t="s">
-        <v>129</v>
+        <v>966</v>
       </c>
       <c r="L213" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="M213" t="s">
-        <v>130</v>
+        <v>967</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1971</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>6211</v>
+        <v>5512</v>
       </c>
       <c r="B214" t="s">
-        <v>1972</v>
+        <v>1989</v>
       </c>
       <c r="C214" t="s">
-        <v>1973</v>
+        <v>1990</v>
       </c>
       <c r="D214" t="s">
-        <v>1974</v>
+        <v>1991</v>
       </c>
       <c r="E214" t="s">
-        <v>1975</v>
+        <v>1992</v>
       </c>
       <c r="F214" t="s">
-        <v>1976</v>
+        <v>1993</v>
       </c>
       <c r="G214" t="s">
-        <v>1977</v>
+        <v>1994</v>
       </c>
       <c r="H214" t="s">
-        <v>1978</v>
+        <v>1995</v>
       </c>
       <c r="I214" t="s">
-        <v>1979</v>
+        <v>1996</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1980</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>6254</v>
+        <v>5514</v>
       </c>
       <c r="B215" t="s">
-        <v>1981</v>
+        <v>1998</v>
       </c>
       <c r="C215" t="s">
-        <v>1982</v>
+        <v>1999</v>
       </c>
       <c r="D215" t="s">
-        <v>1983</v>
+        <v>2000</v>
       </c>
       <c r="E215" t="s">
-        <v>1984</v>
+        <v>2001</v>
       </c>
       <c r="F215" t="s">
-        <v>1985</v>
+        <v>2002</v>
       </c>
       <c r="G215" t="s">
-        <v>1986</v>
+        <v>2003</v>
       </c>
       <c r="H215" t="s">
-        <v>1987</v>
+        <v>2004</v>
       </c>
       <c r="I215" t="s">
-        <v>1988</v>
+        <v>2005</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>129</v>
+        <v>917</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>130</v>
+        <v>918</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1989</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>6255</v>
+        <v>5516</v>
       </c>
       <c r="B216" t="s">
-        <v>1990</v>
+        <v>2007</v>
       </c>
       <c r="C216" t="s">
-        <v>1991</v>
+        <v>2008</v>
       </c>
       <c r="D216" t="s">
-        <v>1992</v>
+        <v>2009</v>
       </c>
       <c r="E216" t="s">
-        <v>1993</v>
+        <v>2010</v>
       </c>
       <c r="F216" t="s">
-        <v>1994</v>
+        <v>2011</v>
       </c>
       <c r="G216" t="s">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="H216" t="s">
-        <v>1996</v>
+        <v>2013</v>
       </c>
       <c r="I216" t="s">
-        <v>1997</v>
+        <v>2014</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>1998</v>
+        <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
+      <c r="M216" t="s">
+        <v>27</v>
+      </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>1999</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>6258</v>
+        <v>5517</v>
       </c>
       <c r="B217" t="s">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="C217" t="s">
-        <v>2001</v>
+        <v>2017</v>
       </c>
       <c r="D217" t="s">
-        <v>2002</v>
+        <v>2018</v>
       </c>
       <c r="E217" t="s">
-        <v>2003</v>
+        <v>2019</v>
       </c>
       <c r="F217" t="s">
-        <v>2004</v>
+        <v>2020</v>
       </c>
       <c r="G217" t="s">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="H217" t="s">
-        <v>2006</v>
+        <v>2022</v>
       </c>
       <c r="I217" t="s">
-        <v>2007</v>
+        <v>2023</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2008</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>6259</v>
+        <v>5518</v>
       </c>
       <c r="B218" t="s">
-        <v>2009</v>
+        <v>2025</v>
       </c>
       <c r="C218" t="s">
-        <v>2010</v>
+        <v>2026</v>
       </c>
       <c r="D218" t="s">
-        <v>2011</v>
+        <v>2027</v>
       </c>
       <c r="E218" t="s">
-        <v>2012</v>
+        <v>2028</v>
       </c>
       <c r="F218" t="s">
-        <v>2013</v>
+        <v>2029</v>
       </c>
       <c r="G218" t="s">
-        <v>2014</v>
+        <v>2030</v>
       </c>
       <c r="H218" t="s">
-        <v>2015</v>
+        <v>2031</v>
       </c>
       <c r="I218" t="s">
-        <v>2016</v>
+        <v>2032</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2017</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>6261</v>
+        <v>5545</v>
       </c>
       <c r="B219" t="s">
-        <v>2018</v>
+        <v>2034</v>
       </c>
       <c r="C219" t="s">
-        <v>2019</v>
+        <v>2035</v>
       </c>
       <c r="D219" t="s">
-        <v>2020</v>
+        <v>2036</v>
       </c>
       <c r="E219" t="s">
-        <v>2021</v>
+        <v>2037</v>
       </c>
       <c r="F219" t="s">
-        <v>2022</v>
+        <v>2038</v>
       </c>
       <c r="G219" t="s">
-        <v>2023</v>
+        <v>2039</v>
       </c>
       <c r="H219" t="s">
-        <v>2024</v>
+        <v>2040</v>
       </c>
       <c r="I219" t="s">
-        <v>2025</v>
+        <v>2041</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>140</v>
+        <v>112</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>141</v>
+        <v>113</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2026</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>6263</v>
+        <v>5657</v>
       </c>
       <c r="B220" t="s">
-        <v>2027</v>
+        <v>2043</v>
       </c>
       <c r="C220" t="s">
-        <v>2028</v>
+        <v>2044</v>
       </c>
       <c r="D220" t="s">
-        <v>2029</v>
+        <v>2045</v>
       </c>
       <c r="E220" t="s">
-        <v>2030</v>
+        <v>2046</v>
       </c>
       <c r="F220" t="s">
-        <v>2031</v>
+        <v>2047</v>
       </c>
       <c r="G220" t="s">
-        <v>2032</v>
+        <v>2048</v>
       </c>
       <c r="H220" t="s">
-        <v>2033</v>
+        <v>2049</v>
       </c>
       <c r="I220" t="s">
-        <v>2034</v>
+        <v>2050</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2035</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>6272</v>
+        <v>5733</v>
       </c>
       <c r="B221" t="s">
-        <v>2036</v>
+        <v>2052</v>
       </c>
       <c r="C221" t="s">
-        <v>2037</v>
+        <v>2053</v>
       </c>
       <c r="D221" t="s">
-        <v>2038</v>
+        <v>2054</v>
       </c>
       <c r="E221" t="s">
-        <v>2039</v>
+        <v>2055</v>
       </c>
       <c r="F221" t="s">
-        <v>2040</v>
+        <v>2056</v>
       </c>
       <c r="G221" t="s">
-        <v>2041</v>
+        <v>2057</v>
       </c>
       <c r="H221" t="s">
-        <v>2042</v>
+        <v>2058</v>
       </c>
       <c r="I221" t="s">
-        <v>2043</v>
+        <v>2059</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>130</v>
+        <v>48</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2044</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>6274</v>
+        <v>5787</v>
       </c>
       <c r="B222" t="s">
-        <v>2045</v>
+        <v>2061</v>
       </c>
       <c r="C222" t="s">
-        <v>2046</v>
+        <v>2062</v>
       </c>
       <c r="D222" t="s">
-        <v>2047</v>
+        <v>2063</v>
       </c>
       <c r="E222" t="s">
-        <v>2048</v>
+        <v>2064</v>
       </c>
       <c r="F222" t="s">
-        <v>2049</v>
+        <v>2065</v>
       </c>
       <c r="G222" t="s">
-        <v>2050</v>
+        <v>2066</v>
       </c>
       <c r="H222" t="s">
-        <v>2051</v>
+        <v>2067</v>
       </c>
       <c r="I222" t="s">
-        <v>2052</v>
+        <v>2068</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2053</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>6275</v>
+        <v>5792</v>
       </c>
       <c r="B223" t="s">
-        <v>2054</v>
+        <v>2070</v>
       </c>
       <c r="C223" t="s">
-        <v>2055</v>
+        <v>2071</v>
       </c>
       <c r="D223" t="s">
-        <v>2056</v>
+        <v>2072</v>
       </c>
       <c r="E223" t="s">
-        <v>2057</v>
+        <v>2073</v>
       </c>
       <c r="F223" t="s">
-        <v>2058</v>
+        <v>2074</v>
       </c>
       <c r="G223" t="s">
-        <v>2059</v>
+        <v>2075</v>
       </c>
       <c r="H223" t="s">
-        <v>2060</v>
+        <v>2076</v>
       </c>
       <c r="I223" t="s">
-        <v>2061</v>
+        <v>2077</v>
       </c>
       <c r="J223" t="s">
-        <v>373</v>
+        <v>556</v>
       </c>
       <c r="K223" t="s">
-        <v>489</v>
+        <v>469</v>
       </c>
       <c r="L223" t="s">
-        <v>375</v>
+        <v>558</v>
       </c>
       <c r="M223" t="s">
-        <v>490</v>
+        <v>470</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2062</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>6327</v>
+        <v>5794</v>
       </c>
       <c r="B224" t="s">
-        <v>2063</v>
+        <v>2079</v>
       </c>
       <c r="C224" t="s">
-        <v>2064</v>
+        <v>2080</v>
       </c>
       <c r="D224" t="s">
-        <v>2065</v>
+        <v>2081</v>
       </c>
       <c r="E224" t="s">
-        <v>2066</v>
+        <v>2082</v>
       </c>
       <c r="F224" t="s">
-        <v>2067</v>
+        <v>2083</v>
       </c>
       <c r="G224" t="s">
-        <v>2068</v>
+        <v>2084</v>
       </c>
       <c r="H224" t="s">
-        <v>2069</v>
+        <v>2085</v>
       </c>
       <c r="I224" t="s">
-        <v>2070</v>
+        <v>2086</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>140</v>
+        <v>112</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>141</v>
+        <v>113</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2071</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>6337</v>
+        <v>5796</v>
       </c>
       <c r="B225" t="s">
-        <v>2072</v>
+        <v>2088</v>
       </c>
       <c r="C225" t="s">
-        <v>2073</v>
+        <v>2089</v>
       </c>
       <c r="D225" t="s">
-        <v>2074</v>
+        <v>2090</v>
       </c>
       <c r="E225" t="s">
-        <v>2075</v>
+        <v>2091</v>
       </c>
       <c r="F225" t="s">
-        <v>2076</v>
+        <v>2092</v>
       </c>
       <c r="G225" t="s">
-        <v>2077</v>
+        <v>2093</v>
       </c>
       <c r="H225" t="s">
-        <v>2078</v>
+        <v>2094</v>
       </c>
       <c r="I225" t="s">
-        <v>2079</v>
+        <v>2095</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>140</v>
+        <v>112</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>141</v>
+        <v>113</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2080</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>6460</v>
+        <v>5798</v>
       </c>
       <c r="B226" t="s">
-        <v>2081</v>
+        <v>2097</v>
       </c>
       <c r="C226" t="s">
-        <v>2082</v>
+        <v>2098</v>
       </c>
       <c r="D226" t="s">
-        <v>2083</v>
+        <v>2099</v>
       </c>
       <c r="E226" t="s">
-        <v>2084</v>
+        <v>2100</v>
       </c>
       <c r="F226" t="s">
-        <v>2085</v>
+        <v>2101</v>
       </c>
       <c r="G226" t="s">
-        <v>2086</v>
+        <v>2102</v>
       </c>
       <c r="H226" t="s">
-        <v>2087</v>
+        <v>2103</v>
       </c>
       <c r="I226" t="s">
-        <v>2088</v>
+        <v>2104</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2089</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>6468</v>
+        <v>5799</v>
       </c>
       <c r="B227" t="s">
-        <v>2090</v>
+        <v>2106</v>
       </c>
       <c r="C227" t="s">
-        <v>2091</v>
+        <v>2107</v>
       </c>
       <c r="D227" t="s">
-        <v>2092</v>
+        <v>2108</v>
       </c>
       <c r="E227" t="s">
-        <v>2093</v>
+        <v>2109</v>
       </c>
       <c r="F227" t="s">
-        <v>2094</v>
+        <v>2110</v>
       </c>
       <c r="G227" t="s">
-        <v>2095</v>
+        <v>2111</v>
       </c>
       <c r="H227" t="s">
-        <v>2096</v>
+        <v>2112</v>
       </c>
       <c r="I227" t="s">
-        <v>2097</v>
+        <v>2113</v>
       </c>
       <c r="J227" t="s">
-        <v>24</v>
+        <v>1466</v>
       </c>
       <c r="K227" t="s">
-        <v>25</v>
+        <v>694</v>
       </c>
       <c r="L227" t="s">
-        <v>26</v>
+        <v>1468</v>
       </c>
       <c r="M227" t="s">
-        <v>27</v>
+        <v>695</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2098</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>6615</v>
+        <v>5803</v>
       </c>
       <c r="B228" t="s">
-        <v>2099</v>
+        <v>2115</v>
       </c>
       <c r="C228" t="s">
-        <v>2100</v>
+        <v>2116</v>
       </c>
       <c r="D228" t="s">
-        <v>2101</v>
+        <v>2117</v>
       </c>
       <c r="E228" t="s">
-        <v>2102</v>
+        <v>2118</v>
       </c>
       <c r="F228" t="s">
-        <v>2103</v>
+        <v>2119</v>
       </c>
       <c r="G228" t="s">
-        <v>2104</v>
+        <v>2120</v>
       </c>
       <c r="H228" t="s">
-        <v>2105</v>
+        <v>2121</v>
       </c>
       <c r="I228" t="s">
-        <v>2106</v>
+        <v>2122</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
         <v>25</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
         <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2107</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>6761</v>
+        <v>5805</v>
       </c>
       <c r="B229" t="s">
-        <v>2108</v>
+        <v>2124</v>
       </c>
       <c r="C229" t="s">
-        <v>2109</v>
+        <v>2125</v>
       </c>
       <c r="D229" t="s">
-        <v>2110</v>
+        <v>2126</v>
       </c>
       <c r="E229" t="s">
-        <v>2111</v>
+        <v>2127</v>
       </c>
       <c r="F229" t="s">
-        <v>2112</v>
+        <v>2128</v>
       </c>
       <c r="G229" t="s">
-        <v>2113</v>
+        <v>2129</v>
       </c>
       <c r="H229" t="s">
-        <v>2114</v>
+        <v>2130</v>
       </c>
       <c r="I229" t="s">
-        <v>2115</v>
+        <v>2131</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2116</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>6762</v>
+        <v>5808</v>
       </c>
       <c r="B230" t="s">
-        <v>2117</v>
+        <v>2133</v>
       </c>
       <c r="C230" t="s">
-        <v>2118</v>
+        <v>2134</v>
       </c>
       <c r="D230" t="s">
-        <v>2119</v>
+        <v>2135</v>
       </c>
       <c r="E230" t="s">
-        <v>2120</v>
+        <v>2136</v>
       </c>
       <c r="F230" t="s">
-        <v>2121</v>
+        <v>2137</v>
       </c>
       <c r="G230" t="s">
-        <v>2122</v>
+        <v>2138</v>
       </c>
       <c r="H230" t="s">
-        <v>2123</v>
+        <v>2139</v>
       </c>
       <c r="I230" t="s">
-        <v>2124</v>
+        <v>2140</v>
       </c>
       <c r="J230" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>315</v>
+        <v>25</v>
       </c>
       <c r="L230" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>316</v>
+        <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2125</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>6763</v>
+        <v>5811</v>
       </c>
       <c r="B231" t="s">
-        <v>2126</v>
+        <v>2142</v>
       </c>
       <c r="C231" t="s">
-        <v>2127</v>
+        <v>2143</v>
       </c>
       <c r="D231" t="s">
-        <v>2128</v>
+        <v>2144</v>
       </c>
       <c r="E231" t="s">
-        <v>2129</v>
+        <v>2145</v>
       </c>
       <c r="F231" t="s">
-        <v>2130</v>
+        <v>2146</v>
       </c>
       <c r="G231" t="s">
-        <v>2131</v>
+        <v>2147</v>
       </c>
       <c r="H231" t="s">
-        <v>2132</v>
+        <v>2148</v>
       </c>
       <c r="I231" t="s">
-        <v>2133</v>
+        <v>2149</v>
       </c>
       <c r="J231" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>2134</v>
+        <v>25</v>
       </c>
       <c r="L231" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>2135</v>
+        <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2136</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>6765</v>
+        <v>5819</v>
       </c>
       <c r="B232" t="s">
-        <v>2137</v>
+        <v>2151</v>
       </c>
       <c r="C232" t="s">
-        <v>2138</v>
+        <v>2152</v>
       </c>
       <c r="D232" t="s">
-        <v>2139</v>
+        <v>2153</v>
       </c>
       <c r="E232" t="s">
-        <v>2140</v>
+        <v>2154</v>
       </c>
       <c r="F232" t="s">
-        <v>2141</v>
+        <v>2155</v>
       </c>
       <c r="G232" t="s">
-        <v>2142</v>
+        <v>2156</v>
       </c>
       <c r="H232" t="s">
-        <v>2143</v>
+        <v>2157</v>
       </c>
       <c r="I232" t="s">
-        <v>2144</v>
+        <v>2158</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2145</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>8265</v>
+        <v>5830</v>
       </c>
       <c r="B233" t="s">
-        <v>2146</v>
+        <v>2160</v>
       </c>
       <c r="C233" t="s">
-        <v>2147</v>
+        <v>2161</v>
       </c>
       <c r="D233" t="s">
-        <v>2148</v>
+        <v>2162</v>
       </c>
       <c r="E233" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="F233" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="G233" t="s">
-        <v>2151</v>
+        <v>2165</v>
       </c>
       <c r="H233" t="s">
-        <v>2152</v>
+        <v>2166</v>
       </c>
       <c r="I233" t="s">
-        <v>2153</v>
+        <v>2167</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>2154</v>
+        <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
+      <c r="M233" t="s">
+        <v>27</v>
+      </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2155</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>8289</v>
+        <v>5866</v>
       </c>
       <c r="B234" t="s">
-        <v>2156</v>
+        <v>2169</v>
       </c>
       <c r="C234" t="s">
-        <v>2157</v>
+        <v>2170</v>
       </c>
       <c r="D234" t="s">
-        <v>2158</v>
+        <v>2171</v>
       </c>
       <c r="E234" t="s">
-        <v>2159</v>
+        <v>2172</v>
       </c>
       <c r="F234" t="s">
-        <v>2160</v>
+        <v>2173</v>
       </c>
       <c r="G234" t="s">
-        <v>2161</v>
+        <v>2174</v>
       </c>
       <c r="H234" t="s">
-        <v>2162</v>
+        <v>2175</v>
       </c>
       <c r="I234" t="s">
-        <v>2163</v>
+        <v>2176</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>406</v>
+        <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
+      <c r="M234" t="s">
+        <v>27</v>
+      </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2164</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>8386</v>
+        <v>5887</v>
       </c>
       <c r="B235" t="s">
-        <v>2165</v>
+        <v>2178</v>
       </c>
       <c r="C235" t="s">
-        <v>2166</v>
+        <v>2179</v>
       </c>
       <c r="D235" t="s">
-        <v>2167</v>
+        <v>2180</v>
       </c>
       <c r="E235" t="s">
-        <v>2168</v>
+        <v>2181</v>
       </c>
       <c r="F235" t="s">
-        <v>2169</v>
+        <v>2182</v>
       </c>
       <c r="G235" t="s">
-        <v>2170</v>
+        <v>2183</v>
       </c>
       <c r="H235" t="s">
-        <v>2171</v>
+        <v>2184</v>
       </c>
       <c r="I235" t="s">
-        <v>2172</v>
+        <v>2185</v>
       </c>
       <c r="J235" t="s">
-        <v>1111</v>
+        <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L235" t="s">
-        <v>1113</v>
+        <v>26</v>
       </c>
       <c r="M235" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2173</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>8402</v>
+        <v>5907</v>
       </c>
       <c r="B236" t="s">
-        <v>2174</v>
+        <v>2187</v>
       </c>
       <c r="C236" t="s">
-        <v>2175</v>
+        <v>2188</v>
       </c>
       <c r="D236" t="s">
-        <v>2176</v>
+        <v>2189</v>
       </c>
       <c r="E236" t="s">
-        <v>2177</v>
+        <v>2190</v>
       </c>
       <c r="F236" t="s">
-        <v>2178</v>
+        <v>2191</v>
       </c>
       <c r="G236" t="s">
-        <v>2179</v>
+        <v>2192</v>
       </c>
       <c r="H236" t="s">
-        <v>2180</v>
+        <v>2193</v>
       </c>
       <c r="I236" t="s">
-        <v>2181</v>
+        <v>2194</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2182</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>8903</v>
+        <v>5913</v>
       </c>
       <c r="B237" t="s">
-        <v>2183</v>
+        <v>2196</v>
       </c>
       <c r="C237" t="s">
-        <v>2184</v>
+        <v>2197</v>
       </c>
       <c r="D237" t="s">
-        <v>2185</v>
+        <v>2198</v>
       </c>
       <c r="E237" t="s">
-        <v>2186</v>
+        <v>2199</v>
       </c>
       <c r="F237" t="s">
-        <v>2187</v>
+        <v>2200</v>
       </c>
       <c r="G237" t="s">
-        <v>2188</v>
+        <v>2201</v>
       </c>
       <c r="H237" t="s">
-        <v>2189</v>
+        <v>2202</v>
       </c>
       <c r="I237" t="s">
-        <v>2190</v>
+        <v>2203</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>130</v>
+        <v>48</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2191</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>8904</v>
+        <v>5927</v>
       </c>
       <c r="B238" t="s">
-        <v>2192</v>
+        <v>2205</v>
       </c>
       <c r="C238" t="s">
-        <v>2193</v>
+        <v>2206</v>
       </c>
       <c r="D238" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
       <c r="E238" t="s">
-        <v>2195</v>
+        <v>2208</v>
       </c>
       <c r="F238" t="s">
-        <v>2196</v>
+        <v>2209</v>
       </c>
       <c r="G238" t="s">
-        <v>2197</v>
+        <v>2210</v>
       </c>
       <c r="H238" t="s">
-        <v>2198</v>
+        <v>2211</v>
       </c>
       <c r="I238" t="s">
-        <v>2199</v>
+        <v>2212</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>129</v>
+        <v>917</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>130</v>
+        <v>918</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2200</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>8914</v>
+        <v>5928</v>
       </c>
       <c r="B239" t="s">
-        <v>2201</v>
+        <v>2214</v>
       </c>
       <c r="C239" t="s">
-        <v>2202</v>
+        <v>2215</v>
       </c>
       <c r="D239" t="s">
-        <v>2203</v>
+        <v>2216</v>
       </c>
       <c r="E239" t="s">
-        <v>2204</v>
+        <v>2217</v>
       </c>
       <c r="F239" t="s">
-        <v>2205</v>
+        <v>2218</v>
       </c>
       <c r="G239" t="s">
-        <v>2206</v>
+        <v>2219</v>
       </c>
       <c r="H239" t="s">
-        <v>2207</v>
+        <v>2220</v>
       </c>
       <c r="I239" t="s">
-        <v>2208</v>
+        <v>2221</v>
       </c>
       <c r="J239" t="s">
-        <v>24</v>
+        <v>2222</v>
       </c>
       <c r="K239" t="s">
-        <v>25</v>
+        <v>2223</v>
       </c>
       <c r="L239" t="s">
-        <v>26</v>
+        <v>2224</v>
       </c>
       <c r="M239" t="s">
-        <v>27</v>
+        <v>2225</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2209</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>8918</v>
+        <v>5931</v>
       </c>
       <c r="B240" t="s">
-        <v>2210</v>
+        <v>2227</v>
       </c>
       <c r="C240" t="s">
-        <v>2211</v>
+        <v>2228</v>
       </c>
       <c r="D240" t="s">
-        <v>2212</v>
+        <v>2229</v>
       </c>
       <c r="E240" t="s">
-        <v>2213</v>
+        <v>2230</v>
       </c>
       <c r="F240" t="s">
-        <v>2214</v>
+        <v>2231</v>
       </c>
       <c r="G240" t="s">
-        <v>2215</v>
+        <v>2232</v>
       </c>
       <c r="H240" t="s">
-        <v>2216</v>
+        <v>2233</v>
       </c>
       <c r="I240" t="s">
-        <v>2217</v>
+        <v>2234</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
         <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2218</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>8945</v>
+        <v>5932</v>
       </c>
       <c r="B241" t="s">
-        <v>2219</v>
+        <v>2236</v>
       </c>
       <c r="C241" t="s">
-        <v>2220</v>
+        <v>2237</v>
       </c>
       <c r="D241" t="s">
-        <v>2221</v>
+        <v>2238</v>
       </c>
       <c r="E241" t="s">
-        <v>2222</v>
+        <v>2239</v>
       </c>
       <c r="F241" t="s">
-        <v>2223</v>
+        <v>2240</v>
       </c>
       <c r="G241" t="s">
-        <v>2224</v>
+        <v>2241</v>
       </c>
       <c r="H241" t="s">
-        <v>2225</v>
+        <v>2242</v>
       </c>
       <c r="I241" t="s">
-        <v>2226</v>
+        <v>2243</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>140</v>
+        <v>112</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>141</v>
+        <v>113</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2227</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>8951</v>
+        <v>5934</v>
       </c>
       <c r="B242" t="s">
-        <v>2228</v>
+        <v>2245</v>
       </c>
       <c r="C242" t="s">
-        <v>2229</v>
+        <v>2246</v>
       </c>
       <c r="D242" t="s">
-        <v>2230</v>
+        <v>2247</v>
       </c>
       <c r="E242" t="s">
-        <v>2231</v>
+        <v>2248</v>
       </c>
       <c r="F242" t="s">
-        <v>2232</v>
+        <v>2249</v>
       </c>
       <c r="G242" t="s">
-        <v>2233</v>
+        <v>2250</v>
       </c>
       <c r="H242" t="s">
-        <v>2234</v>
+        <v>2251</v>
       </c>
       <c r="I242" t="s">
-        <v>2235</v>
+        <v>2252</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2236</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>10014</v>
+        <v>5953</v>
       </c>
       <c r="B243" t="s">
-        <v>2237</v>
+        <v>2254</v>
       </c>
       <c r="C243" t="s">
-        <v>2238</v>
+        <v>2255</v>
       </c>
       <c r="D243" t="s">
-        <v>2239</v>
+        <v>2256</v>
       </c>
       <c r="E243" t="s">
-        <v>2240</v>
+        <v>2257</v>
       </c>
       <c r="F243" t="s">
-        <v>2241</v>
+        <v>2258</v>
       </c>
       <c r="G243" t="s">
-        <v>2242</v>
+        <v>2259</v>
       </c>
       <c r="H243" t="s">
-        <v>2243</v>
+        <v>2260</v>
       </c>
       <c r="I243" t="s">
-        <v>2244</v>
+        <v>2261</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>2245</v>
+        <v>25</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
+      <c r="M243" t="s">
+        <v>27</v>
+      </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2246</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>10015</v>
+        <v>5981</v>
       </c>
       <c r="B244" t="s">
-        <v>2247</v>
+        <v>2263</v>
       </c>
       <c r="C244" t="s">
-        <v>2248</v>
+        <v>2264</v>
       </c>
       <c r="D244" t="s">
-        <v>2249</v>
+        <v>2265</v>
       </c>
       <c r="E244" t="s">
-        <v>2250</v>
+        <v>2266</v>
       </c>
       <c r="F244" t="s">
-        <v>2251</v>
+        <v>2267</v>
       </c>
       <c r="G244" t="s">
-        <v>2252</v>
+        <v>2268</v>
       </c>
       <c r="H244" t="s">
-        <v>2253</v>
+        <v>2269</v>
       </c>
       <c r="I244" t="s">
-        <v>2254</v>
+        <v>2270</v>
       </c>
       <c r="J244" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K244" t="s">
-        <v>129</v>
+        <v>2271</v>
       </c>
       <c r="L244" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="M244" t="s">
-        <v>130</v>
+        <v>2272</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2255</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>10036</v>
+        <v>5986</v>
       </c>
       <c r="B245" t="s">
-        <v>2256</v>
+        <v>2274</v>
       </c>
       <c r="C245" t="s">
-        <v>2257</v>
+        <v>2275</v>
       </c>
       <c r="D245" t="s">
-        <v>2258</v>
+        <v>2276</v>
       </c>
       <c r="E245" t="s">
-        <v>2259</v>
+        <v>2277</v>
       </c>
       <c r="F245" t="s">
-        <v>2260</v>
+        <v>2278</v>
       </c>
       <c r="G245" t="s">
-        <v>2261</v>
+        <v>2279</v>
       </c>
       <c r="H245" t="s">
-        <v>2262</v>
+        <v>2280</v>
       </c>
       <c r="I245" t="s">
-        <v>2263</v>
+        <v>2281</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2264</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>10044</v>
+        <v>5989</v>
       </c>
       <c r="B246" t="s">
-        <v>2265</v>
+        <v>2283</v>
       </c>
       <c r="C246" t="s">
-        <v>2266</v>
+        <v>2284</v>
       </c>
       <c r="D246" t="s">
-        <v>2267</v>
+        <v>2285</v>
       </c>
       <c r="E246" t="s">
-        <v>2268</v>
+        <v>2286</v>
       </c>
       <c r="F246" t="s">
-        <v>2269</v>
+        <v>2287</v>
       </c>
       <c r="G246" t="s">
-        <v>2270</v>
+        <v>2288</v>
       </c>
       <c r="H246" t="s">
-        <v>2271</v>
+        <v>2289</v>
       </c>
       <c r="I246" t="s">
-        <v>2272</v>
+        <v>2290</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
-        <v>1112</v>
+        <v>1654</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
-        <v>1114</v>
+        <v>1655</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2273</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>10098</v>
+        <v>6021</v>
       </c>
       <c r="B247" t="s">
-        <v>2274</v>
+        <v>2292</v>
       </c>
       <c r="C247" t="s">
-        <v>2275</v>
+        <v>2293</v>
       </c>
       <c r="D247" t="s">
-        <v>2276</v>
+        <v>2294</v>
       </c>
       <c r="E247" t="s">
-        <v>2277</v>
+        <v>2295</v>
       </c>
       <c r="F247" t="s">
-        <v>2278</v>
+        <v>2296</v>
       </c>
       <c r="G247" t="s">
-        <v>2279</v>
+        <v>2297</v>
       </c>
       <c r="H247" t="s">
-        <v>2280</v>
+        <v>2298</v>
       </c>
       <c r="I247" t="s">
-        <v>2281</v>
+        <v>2299</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
         <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
         <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2282</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>10101</v>
+        <v>6049</v>
       </c>
       <c r="B248" t="s">
-        <v>2283</v>
+        <v>2301</v>
       </c>
       <c r="C248" t="s">
-        <v>2284</v>
+        <v>2302</v>
       </c>
       <c r="D248" t="s">
-        <v>2285</v>
+        <v>2303</v>
       </c>
       <c r="E248" t="s">
-        <v>2286</v>
+        <v>2304</v>
       </c>
       <c r="F248" t="s">
-        <v>2287</v>
+        <v>2305</v>
       </c>
       <c r="G248" t="s">
-        <v>2288</v>
+        <v>2306</v>
       </c>
       <c r="H248" t="s">
-        <v>2289</v>
+        <v>2307</v>
       </c>
       <c r="I248" t="s">
-        <v>2290</v>
+        <v>2308</v>
       </c>
       <c r="J248" t="s">
-        <v>24</v>
+        <v>2309</v>
       </c>
       <c r="K248" t="s">
-        <v>25</v>
+        <v>2310</v>
       </c>
       <c r="L248" t="s">
-        <v>26</v>
+        <v>2311</v>
       </c>
       <c r="M248" t="s">
-        <v>27</v>
+        <v>2312</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2291</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>10412</v>
+        <v>6082</v>
       </c>
       <c r="B249" t="s">
-        <v>2292</v>
+        <v>2314</v>
       </c>
       <c r="C249" t="s">
-        <v>2293</v>
+        <v>2315</v>
       </c>
       <c r="D249" t="s">
-        <v>2294</v>
+        <v>2316</v>
       </c>
       <c r="E249" t="s">
-        <v>2295</v>
+        <v>2317</v>
       </c>
       <c r="F249" t="s">
-        <v>2296</v>
+        <v>2318</v>
       </c>
       <c r="G249" t="s">
-        <v>2297</v>
+        <v>2319</v>
       </c>
       <c r="H249" t="s">
-        <v>2298</v>
+        <v>2320</v>
       </c>
       <c r="I249" t="s">
-        <v>2299</v>
+        <v>2321</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>25</v>
+        <v>2322</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>27</v>
+        <v>2323</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2300</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>10603</v>
+        <v>6112</v>
       </c>
       <c r="B250" t="s">
-        <v>2301</v>
+        <v>2325</v>
       </c>
       <c r="C250" t="s">
-        <v>2302</v>
+        <v>2326</v>
       </c>
       <c r="D250" t="s">
-        <v>2303</v>
+        <v>2327</v>
       </c>
       <c r="E250" t="s">
-        <v>2304</v>
+        <v>2328</v>
       </c>
       <c r="F250" t="s">
-        <v>2305</v>
+        <v>2329</v>
       </c>
       <c r="G250" t="s">
-        <v>2306</v>
+        <v>2330</v>
       </c>
       <c r="H250" t="s">
-        <v>2307</v>
+        <v>2331</v>
       </c>
       <c r="I250" t="s">
-        <v>2308</v>
+        <v>2332</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2309</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>10647</v>
+        <v>6180</v>
       </c>
       <c r="B251" t="s">
-        <v>2310</v>
+        <v>2334</v>
       </c>
       <c r="C251" t="s">
-        <v>2311</v>
+        <v>2335</v>
       </c>
       <c r="D251" t="s">
-        <v>2312</v>
+        <v>2336</v>
       </c>
       <c r="E251" t="s">
-        <v>2313</v>
+        <v>2337</v>
       </c>
       <c r="F251" t="s">
-        <v>2314</v>
+        <v>2338</v>
       </c>
       <c r="G251" t="s">
-        <v>2315</v>
+        <v>2339</v>
       </c>
       <c r="H251" t="s">
-        <v>2316</v>
+        <v>2340</v>
       </c>
       <c r="I251" t="s">
-        <v>2317</v>
+        <v>2341</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2318</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>10887</v>
+        <v>6203</v>
       </c>
       <c r="B252" t="s">
-        <v>2319</v>
+        <v>2343</v>
       </c>
       <c r="C252" t="s">
-        <v>2320</v>
+        <v>2344</v>
       </c>
       <c r="D252" t="s">
-        <v>2321</v>
+        <v>2345</v>
       </c>
       <c r="E252" t="s">
-        <v>2322</v>
+        <v>2346</v>
       </c>
       <c r="F252" t="s">
-        <v>2323</v>
+        <v>2347</v>
       </c>
       <c r="G252" t="s">
-        <v>2324</v>
+        <v>2348</v>
       </c>
       <c r="H252" t="s">
-        <v>2325</v>
+        <v>2349</v>
       </c>
       <c r="I252" t="s">
-        <v>2326</v>
+        <v>2350</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2327</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>10925</v>
+        <v>6208</v>
       </c>
       <c r="B253" t="s">
-        <v>2328</v>
+        <v>2352</v>
       </c>
       <c r="C253" t="s">
-        <v>2329</v>
+        <v>2353</v>
       </c>
       <c r="D253" t="s">
-        <v>2330</v>
+        <v>2354</v>
       </c>
       <c r="E253" t="s">
-        <v>2331</v>
+        <v>2355</v>
       </c>
       <c r="F253" t="s">
-        <v>2332</v>
+        <v>2356</v>
       </c>
       <c r="G253" t="s">
-        <v>2333</v>
+        <v>2357</v>
       </c>
       <c r="H253" t="s">
-        <v>2334</v>
+        <v>2358</v>
       </c>
       <c r="I253" t="s">
-        <v>2335</v>
+        <v>2359</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2336</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>10930</v>
+        <v>6211</v>
       </c>
       <c r="B254" t="s">
-        <v>2337</v>
+        <v>2361</v>
       </c>
       <c r="C254" t="s">
-        <v>2338</v>
+        <v>2362</v>
       </c>
       <c r="D254" t="s">
-        <v>2339</v>
+        <v>2363</v>
       </c>
       <c r="E254" t="s">
-        <v>2340</v>
+        <v>2364</v>
       </c>
       <c r="F254" t="s">
-        <v>2341</v>
+        <v>2365</v>
       </c>
       <c r="G254" t="s">
-        <v>2342</v>
+        <v>2366</v>
       </c>
       <c r="H254" t="s">
-        <v>2343</v>
+        <v>2367</v>
       </c>
       <c r="I254" t="s">
-        <v>2344</v>
+        <v>2368</v>
       </c>
       <c r="J254" t="s">
-        <v>2345</v>
+        <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>479</v>
+        <v>112</v>
+      </c>
+      <c r="L254" t="s">
+        <v>26</v>
+      </c>
+      <c r="M254" t="s">
+        <v>113</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2346</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>10947</v>
+        <v>6254</v>
       </c>
       <c r="B255" t="s">
-        <v>2347</v>
+        <v>2370</v>
       </c>
       <c r="C255" t="s">
-        <v>2348</v>
+        <v>2371</v>
       </c>
       <c r="D255" t="s">
-        <v>2349</v>
+        <v>2372</v>
       </c>
       <c r="E255" t="s">
-        <v>2350</v>
+        <v>2373</v>
       </c>
       <c r="F255" t="s">
-        <v>2351</v>
+        <v>2374</v>
       </c>
       <c r="G255" t="s">
-        <v>2352</v>
+        <v>2375</v>
       </c>
       <c r="H255" t="s">
-        <v>2353</v>
+        <v>2376</v>
       </c>
       <c r="I255" t="s">
-        <v>2354</v>
+        <v>2377</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2355</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>10951</v>
+        <v>6255</v>
       </c>
       <c r="B256" t="s">
-        <v>2356</v>
+        <v>2379</v>
       </c>
       <c r="C256" t="s">
-        <v>2357</v>
+        <v>2380</v>
       </c>
       <c r="D256" t="s">
-        <v>2358</v>
+        <v>2381</v>
       </c>
       <c r="E256" t="s">
-        <v>2359</v>
+        <v>2382</v>
       </c>
       <c r="F256" t="s">
-        <v>2360</v>
+        <v>2383</v>
       </c>
       <c r="G256" t="s">
-        <v>2361</v>
+        <v>2384</v>
       </c>
       <c r="H256" t="s">
-        <v>2362</v>
+        <v>2385</v>
       </c>
       <c r="I256" t="s">
-        <v>2363</v>
+        <v>2386</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>140</v>
+        <v>2387</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>141</v>
+        <v>2388</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2364</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>11287</v>
+        <v>6258</v>
       </c>
       <c r="B257" t="s">
-        <v>2365</v>
+        <v>2390</v>
       </c>
       <c r="C257" t="s">
-        <v>2366</v>
+        <v>2391</v>
       </c>
       <c r="D257" t="s">
-        <v>2367</v>
+        <v>2392</v>
       </c>
       <c r="E257" t="s">
-        <v>2368</v>
+        <v>2393</v>
       </c>
       <c r="F257" t="s">
-        <v>2369</v>
+        <v>2394</v>
       </c>
       <c r="G257" t="s">
-        <v>2370</v>
+        <v>2395</v>
       </c>
       <c r="H257" t="s">
-        <v>2371</v>
+        <v>2396</v>
       </c>
       <c r="I257" t="s">
-        <v>2372</v>
+        <v>2397</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2373</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>11310</v>
+        <v>6259</v>
       </c>
       <c r="B258" t="s">
-        <v>2374</v>
+        <v>2399</v>
       </c>
       <c r="C258" t="s">
-        <v>2375</v>
+        <v>2400</v>
       </c>
       <c r="D258" t="s">
-        <v>2376</v>
+        <v>2401</v>
       </c>
       <c r="E258" t="s">
-        <v>2377</v>
+        <v>2402</v>
       </c>
       <c r="F258" t="s">
-        <v>2378</v>
+        <v>2403</v>
       </c>
       <c r="G258" t="s">
-        <v>2379</v>
+        <v>2404</v>
       </c>
       <c r="H258" t="s">
-        <v>2380</v>
+        <v>2405</v>
       </c>
       <c r="I258" t="s">
-        <v>2381</v>
+        <v>2406</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>489</v>
+        <v>112</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>490</v>
+        <v>113</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2382</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>58060</v>
+        <v>6261</v>
       </c>
       <c r="B259" t="s">
-        <v>2383</v>
+        <v>2408</v>
       </c>
       <c r="C259" t="s">
-        <v>2384</v>
+        <v>2409</v>
       </c>
       <c r="D259" t="s">
-        <v>2385</v>
+        <v>2410</v>
       </c>
       <c r="E259" t="s">
-        <v>2386</v>
+        <v>2411</v>
       </c>
       <c r="F259" t="s">
-        <v>2387</v>
+        <v>2412</v>
       </c>
       <c r="G259" t="s">
-        <v>2388</v>
+        <v>2413</v>
       </c>
       <c r="H259" t="s">
-        <v>2389</v>
+        <v>2414</v>
       </c>
       <c r="I259" t="s">
-        <v>2390</v>
+        <v>2415</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>2391</v>
+        <v>47</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
+      <c r="M259" t="s">
+        <v>48</v>
+      </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2392</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>58066</v>
+        <v>6263</v>
       </c>
       <c r="B260" t="s">
-        <v>2393</v>
+        <v>2417</v>
       </c>
       <c r="C260" t="s">
-        <v>2394</v>
+        <v>2418</v>
       </c>
       <c r="D260" t="s">
-        <v>2395</v>
+        <v>2419</v>
       </c>
       <c r="E260" t="s">
-        <v>2396</v>
+        <v>2420</v>
       </c>
       <c r="F260" t="s">
-        <v>2397</v>
+        <v>2421</v>
       </c>
       <c r="G260" t="s">
-        <v>2398</v>
+        <v>2422</v>
       </c>
       <c r="H260" t="s">
-        <v>2399</v>
+        <v>2423</v>
       </c>
       <c r="I260" t="s">
-        <v>2400</v>
+        <v>2424</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>479</v>
+        <v>112</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
+      <c r="M260" t="s">
+        <v>113</v>
+      </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2401</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>58120</v>
+        <v>6272</v>
       </c>
       <c r="B261" t="s">
-        <v>2402</v>
+        <v>2426</v>
       </c>
       <c r="C261" t="s">
-        <v>2403</v>
+        <v>2427</v>
       </c>
       <c r="D261" t="s">
-        <v>2404</v>
+        <v>2428</v>
       </c>
       <c r="E261" t="s">
-        <v>2405</v>
+        <v>2429</v>
       </c>
       <c r="F261" t="s">
-        <v>2406</v>
+        <v>2430</v>
       </c>
       <c r="G261" t="s">
-        <v>2407</v>
+        <v>2431</v>
       </c>
       <c r="H261" t="s">
-        <v>2408</v>
+        <v>2432</v>
       </c>
       <c r="I261" t="s">
-        <v>2409</v>
+        <v>2433</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2410</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>58122</v>
+        <v>6274</v>
       </c>
       <c r="B262" t="s">
-        <v>2411</v>
+        <v>2435</v>
       </c>
       <c r="C262" t="s">
-        <v>2412</v>
+        <v>2436</v>
       </c>
       <c r="D262" t="s">
-        <v>2413</v>
+        <v>2437</v>
       </c>
       <c r="E262" t="s">
-        <v>2414</v>
+        <v>2438</v>
       </c>
       <c r="F262" t="s">
-        <v>2415</v>
+        <v>2439</v>
       </c>
       <c r="G262" t="s">
-        <v>2416</v>
+        <v>2440</v>
       </c>
       <c r="H262" t="s">
-        <v>2417</v>
+        <v>2441</v>
       </c>
       <c r="I262" t="s">
-        <v>2418</v>
+        <v>2442</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2419</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>58144</v>
+        <v>6275</v>
       </c>
       <c r="B263" t="s">
-        <v>2420</v>
+        <v>2444</v>
       </c>
       <c r="C263" t="s">
-        <v>2421</v>
+        <v>2445</v>
       </c>
       <c r="D263" t="s">
-        <v>2422</v>
+        <v>2446</v>
       </c>
       <c r="E263" t="s">
-        <v>2423</v>
+        <v>2447</v>
       </c>
       <c r="F263" t="s">
-        <v>2424</v>
+        <v>2448</v>
       </c>
       <c r="G263" t="s">
-        <v>2425</v>
+        <v>2449</v>
       </c>
       <c r="H263" t="s">
-        <v>2426</v>
+        <v>2450</v>
       </c>
       <c r="I263" t="s">
-        <v>2427</v>
+        <v>2451</v>
       </c>
       <c r="J263" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K263" t="s">
-        <v>25</v>
+        <v>683</v>
       </c>
       <c r="L263" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="M263" t="s">
-        <v>27</v>
+        <v>684</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2428</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>58218</v>
+        <v>6327</v>
       </c>
       <c r="B264" t="s">
-        <v>2429</v>
+        <v>2453</v>
       </c>
       <c r="C264" t="s">
-        <v>2430</v>
+        <v>2454</v>
       </c>
       <c r="D264" t="s">
-        <v>2431</v>
+        <v>2455</v>
       </c>
       <c r="E264" t="s">
-        <v>2432</v>
+        <v>2456</v>
       </c>
       <c r="F264" t="s">
-        <v>2433</v>
+        <v>2457</v>
       </c>
       <c r="G264" t="s">
-        <v>2434</v>
+        <v>2458</v>
       </c>
       <c r="H264" t="s">
-        <v>2435</v>
+        <v>2459</v>
       </c>
       <c r="I264" t="s">
-        <v>2436</v>
+        <v>2460</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>130</v>
+        <v>48</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2437</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>58223</v>
+        <v>6337</v>
       </c>
       <c r="B265" t="s">
-        <v>2438</v>
+        <v>2462</v>
       </c>
       <c r="C265" t="s">
-        <v>2439</v>
+        <v>2463</v>
       </c>
       <c r="D265" t="s">
-        <v>2440</v>
+        <v>2464</v>
       </c>
       <c r="E265" t="s">
-        <v>2441</v>
+        <v>2465</v>
       </c>
       <c r="F265" t="s">
-        <v>2442</v>
+        <v>2466</v>
       </c>
       <c r="G265" t="s">
-        <v>2443</v>
+        <v>2467</v>
       </c>
       <c r="H265" t="s">
-        <v>2444</v>
+        <v>2468</v>
       </c>
       <c r="I265" t="s">
-        <v>2445</v>
+        <v>2469</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>130</v>
+        <v>48</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2446</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>58240</v>
+        <v>6460</v>
       </c>
       <c r="B266" t="s">
-        <v>2447</v>
+        <v>2471</v>
       </c>
       <c r="C266" t="s">
-        <v>2448</v>
+        <v>2472</v>
       </c>
       <c r="D266" t="s">
-        <v>2449</v>
+        <v>2473</v>
       </c>
       <c r="E266" t="s">
-        <v>2450</v>
+        <v>2474</v>
       </c>
       <c r="F266" t="s">
-        <v>2451</v>
+        <v>2475</v>
       </c>
       <c r="G266" t="s">
-        <v>2452</v>
+        <v>2476</v>
       </c>
       <c r="H266" t="s">
-        <v>2453</v>
+        <v>2477</v>
       </c>
       <c r="I266" t="s">
-        <v>2454</v>
+        <v>2478</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>2455</v>
+        <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
+      <c r="M266" t="s">
+        <v>27</v>
+      </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2456</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>58259</v>
+        <v>6468</v>
       </c>
       <c r="B267" t="s">
-        <v>2457</v>
+        <v>2480</v>
       </c>
       <c r="C267" t="s">
-        <v>2458</v>
+        <v>2481</v>
       </c>
       <c r="D267" t="s">
-        <v>2459</v>
+        <v>2482</v>
       </c>
       <c r="E267" t="s">
-        <v>2460</v>
+        <v>2483</v>
       </c>
       <c r="F267" t="s">
-        <v>2461</v>
+        <v>2484</v>
       </c>
       <c r="G267" t="s">
-        <v>2462</v>
+        <v>2485</v>
       </c>
       <c r="H267" t="s">
-        <v>2463</v>
+        <v>2486</v>
       </c>
       <c r="I267" t="s">
-        <v>2464</v>
+        <v>2487</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>2465</v>
+        <v>25</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
+      <c r="M267" t="s">
+        <v>27</v>
+      </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2466</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>64637</v>
+        <v>6615</v>
       </c>
       <c r="B268" t="s">
-        <v>2467</v>
+        <v>2489</v>
       </c>
       <c r="C268" t="s">
-        <v>2468</v>
+        <v>2490</v>
       </c>
       <c r="D268" t="s">
-        <v>2469</v>
+        <v>2491</v>
       </c>
       <c r="E268" t="s">
-        <v>2470</v>
+        <v>2492</v>
       </c>
       <c r="F268" t="s">
-        <v>2471</v>
+        <v>2493</v>
       </c>
       <c r="G268" t="s">
-        <v>2472</v>
+        <v>2494</v>
       </c>
       <c r="H268" t="s">
-        <v>2473</v>
+        <v>2495</v>
       </c>
       <c r="I268" t="s">
-        <v>2474</v>
+        <v>2496</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2475</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>64689</v>
+        <v>6761</v>
       </c>
       <c r="B269" t="s">
-        <v>2476</v>
+        <v>2498</v>
       </c>
       <c r="C269" t="s">
-        <v>2477</v>
+        <v>2499</v>
       </c>
       <c r="D269" t="s">
-        <v>2478</v>
+        <v>2500</v>
       </c>
       <c r="E269" t="s">
-        <v>2479</v>
+        <v>2501</v>
       </c>
       <c r="F269" t="s">
-        <v>2480</v>
+        <v>2502</v>
       </c>
       <c r="G269" t="s">
-        <v>2481</v>
+        <v>2503</v>
       </c>
       <c r="H269" t="s">
-        <v>2482</v>
+        <v>2504</v>
       </c>
       <c r="I269" t="s">
-        <v>2483</v>
+        <v>2505</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>692</v>
+        <v>25</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
+      <c r="M269" t="s">
+        <v>27</v>
+      </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2484</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>65000</v>
+        <v>6762</v>
       </c>
       <c r="B270" t="s">
-        <v>2485</v>
+        <v>2507</v>
       </c>
       <c r="C270" t="s">
-        <v>2486</v>
+        <v>2508</v>
       </c>
       <c r="D270" t="s">
-        <v>2487</v>
+        <v>2509</v>
       </c>
       <c r="E270" t="s">
-        <v>2488</v>
+        <v>2510</v>
       </c>
       <c r="F270" t="s">
-        <v>2489</v>
+        <v>2511</v>
       </c>
       <c r="G270" t="s">
-        <v>2490</v>
+        <v>2512</v>
       </c>
       <c r="H270" t="s">
-        <v>2491</v>
+        <v>2513</v>
       </c>
       <c r="I270" t="s">
-        <v>2492</v>
+        <v>2514</v>
       </c>
       <c r="J270" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K270" t="s">
-        <v>25</v>
+        <v>498</v>
       </c>
       <c r="L270" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="M270" t="s">
-        <v>27</v>
+        <v>499</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2493</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>65001</v>
+        <v>6763</v>
       </c>
       <c r="B271" t="s">
-        <v>2494</v>
+        <v>2516</v>
       </c>
       <c r="C271" t="s">
-        <v>2495</v>
+        <v>2517</v>
       </c>
       <c r="D271" t="s">
-        <v>2496</v>
+        <v>2518</v>
       </c>
       <c r="E271" t="s">
-        <v>2497</v>
+        <v>2519</v>
       </c>
       <c r="F271" t="s">
-        <v>2498</v>
+        <v>2520</v>
       </c>
       <c r="G271" t="s">
-        <v>2499</v>
+        <v>2521</v>
       </c>
       <c r="H271" t="s">
-        <v>2500</v>
+        <v>2522</v>
       </c>
       <c r="I271" t="s">
-        <v>2501</v>
+        <v>2523</v>
       </c>
       <c r="J271" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K271" t="s">
-        <v>129</v>
+        <v>2524</v>
       </c>
       <c r="L271" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="M271" t="s">
-        <v>130</v>
+        <v>2525</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2502</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>65002</v>
+        <v>6765</v>
       </c>
       <c r="B272" t="s">
-        <v>2503</v>
+        <v>2527</v>
       </c>
       <c r="C272" t="s">
-        <v>2504</v>
+        <v>2528</v>
       </c>
       <c r="D272" t="s">
-        <v>2505</v>
+        <v>2529</v>
       </c>
       <c r="E272" t="s">
-        <v>2506</v>
+        <v>2530</v>
       </c>
       <c r="F272" t="s">
-        <v>2507</v>
+        <v>2531</v>
       </c>
       <c r="G272" t="s">
-        <v>2508</v>
+        <v>2532</v>
       </c>
       <c r="H272" t="s">
-        <v>2509</v>
+        <v>2533</v>
       </c>
       <c r="I272" t="s">
-        <v>2510</v>
+        <v>2534</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2511</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>65003</v>
+        <v>8265</v>
       </c>
       <c r="B273" t="s">
-        <v>2512</v>
+        <v>2536</v>
       </c>
       <c r="C273" t="s">
-        <v>2513</v>
+        <v>2537</v>
       </c>
       <c r="D273" t="s">
-        <v>2514</v>
+        <v>2538</v>
       </c>
       <c r="E273" t="s">
-        <v>2515</v>
+        <v>2539</v>
       </c>
       <c r="F273" t="s">
-        <v>2516</v>
+        <v>2540</v>
       </c>
       <c r="G273" t="s">
-        <v>2517</v>
+        <v>2541</v>
       </c>
       <c r="H273" t="s">
-        <v>2518</v>
+        <v>2542</v>
       </c>
       <c r="I273" t="s">
-        <v>2519</v>
+        <v>2543</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>129</v>
+        <v>2544</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>130</v>
+        <v>2545</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2520</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>65004</v>
+        <v>8289</v>
       </c>
       <c r="B274" t="s">
-        <v>2521</v>
+        <v>2547</v>
       </c>
       <c r="C274" t="s">
-        <v>2522</v>
+        <v>2548</v>
       </c>
       <c r="D274" t="s">
-        <v>2523</v>
+        <v>2549</v>
       </c>
       <c r="E274" t="s">
-        <v>2524</v>
+        <v>2550</v>
       </c>
       <c r="F274" t="s">
-        <v>2525</v>
+        <v>2551</v>
       </c>
       <c r="G274" t="s">
-        <v>2526</v>
+        <v>2552</v>
       </c>
       <c r="H274" t="s">
-        <v>2527</v>
+        <v>2553</v>
       </c>
       <c r="I274" t="s">
-        <v>2528</v>
+        <v>2554</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>129</v>
+        <v>469</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>130</v>
+        <v>470</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2529</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>65005</v>
+        <v>8386</v>
       </c>
       <c r="B275" t="s">
-        <v>2530</v>
+        <v>2556</v>
       </c>
       <c r="C275" t="s">
-        <v>2531</v>
+        <v>2557</v>
       </c>
       <c r="D275" t="s">
-        <v>2532</v>
+        <v>2558</v>
       </c>
       <c r="E275" t="s">
-        <v>2533</v>
+        <v>2559</v>
       </c>
       <c r="F275" t="s">
-        <v>2534</v>
+        <v>2560</v>
       </c>
       <c r="G275" t="s">
-        <v>2535</v>
+        <v>2561</v>
       </c>
       <c r="H275" t="s">
-        <v>2536</v>
+        <v>2562</v>
       </c>
       <c r="I275" t="s">
-        <v>2537</v>
+        <v>2563</v>
       </c>
       <c r="J275" t="s">
-        <v>24</v>
+        <v>1466</v>
       </c>
       <c r="K275" t="s">
-        <v>2538</v>
+        <v>112</v>
       </c>
       <c r="L275" t="s">
-        <v>26</v>
+        <v>1468</v>
+      </c>
+      <c r="M275" t="s">
+        <v>113</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2539</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>65006</v>
+        <v>8402</v>
       </c>
       <c r="B276" t="s">
-        <v>2540</v>
+        <v>2565</v>
       </c>
       <c r="C276" t="s">
-        <v>2541</v>
+        <v>2566</v>
       </c>
       <c r="D276" t="s">
-        <v>2542</v>
+        <v>2567</v>
       </c>
       <c r="E276" t="s">
-        <v>2543</v>
+        <v>2568</v>
       </c>
       <c r="F276" t="s">
-        <v>2544</v>
+        <v>2569</v>
       </c>
       <c r="G276" t="s">
-        <v>2545</v>
+        <v>2570</v>
       </c>
       <c r="H276" t="s">
-        <v>2546</v>
+        <v>2571</v>
       </c>
       <c r="I276" t="s">
-        <v>2547</v>
+        <v>2572</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>2548</v>
+        <v>112</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
+      <c r="M276" t="s">
+        <v>113</v>
+      </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2549</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>65007</v>
+        <v>8903</v>
       </c>
       <c r="B277" t="s">
-        <v>2550</v>
+        <v>2574</v>
       </c>
       <c r="C277" t="s">
-        <v>2551</v>
+        <v>2575</v>
       </c>
       <c r="D277" t="s">
-        <v>2552</v>
+        <v>2576</v>
       </c>
       <c r="E277" t="s">
-        <v>2553</v>
+        <v>2577</v>
       </c>
       <c r="F277" t="s">
-        <v>2554</v>
+        <v>2578</v>
       </c>
       <c r="G277" t="s">
-        <v>2555</v>
+        <v>2579</v>
       </c>
       <c r="H277" t="s">
-        <v>2556</v>
+        <v>2580</v>
       </c>
       <c r="I277" t="s">
-        <v>2557</v>
+        <v>2581</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2558</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>65008</v>
+        <v>8904</v>
       </c>
       <c r="B278" t="s">
-        <v>2559</v>
+        <v>2583</v>
       </c>
       <c r="C278" t="s">
-        <v>2560</v>
+        <v>2584</v>
       </c>
       <c r="D278" t="s">
-        <v>2561</v>
+        <v>2585</v>
       </c>
       <c r="E278" t="s">
-        <v>2562</v>
+        <v>2586</v>
       </c>
       <c r="F278" t="s">
-        <v>2563</v>
+        <v>2587</v>
       </c>
       <c r="G278" t="s">
-        <v>2564</v>
+        <v>2588</v>
       </c>
       <c r="H278" t="s">
-        <v>2565</v>
+        <v>2589</v>
       </c>
       <c r="I278" t="s">
-        <v>2566</v>
+        <v>2590</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2567</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>65009</v>
+        <v>8914</v>
       </c>
       <c r="B279" t="s">
-        <v>2568</v>
+        <v>2592</v>
       </c>
       <c r="C279" t="s">
-        <v>2569</v>
+        <v>2593</v>
       </c>
       <c r="D279" t="s">
-        <v>2570</v>
+        <v>2594</v>
       </c>
       <c r="E279" t="s">
-        <v>2571</v>
+        <v>2595</v>
       </c>
       <c r="F279" t="s">
-        <v>2572</v>
+        <v>2596</v>
       </c>
       <c r="G279" t="s">
-        <v>2573</v>
+        <v>2597</v>
       </c>
       <c r="H279" t="s">
-        <v>2574</v>
+        <v>2598</v>
       </c>
       <c r="I279" t="s">
-        <v>2575</v>
+        <v>2599</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2576</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>65010</v>
+        <v>8918</v>
       </c>
       <c r="B280" t="s">
-        <v>2577</v>
+        <v>2601</v>
       </c>
       <c r="C280" t="s">
-        <v>2578</v>
+        <v>2602</v>
       </c>
       <c r="D280" t="s">
-        <v>2579</v>
+        <v>2603</v>
       </c>
       <c r="E280" t="s">
-        <v>2580</v>
+        <v>2604</v>
       </c>
       <c r="F280" t="s">
-        <v>2581</v>
+        <v>2605</v>
       </c>
       <c r="G280" t="s">
-        <v>2582</v>
+        <v>2606</v>
       </c>
       <c r="H280" t="s">
-        <v>2583</v>
+        <v>2607</v>
       </c>
       <c r="I280" t="s">
-        <v>2584</v>
+        <v>2608</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
         <v>25</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
         <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2585</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>65011</v>
+        <v>8945</v>
       </c>
       <c r="B281" t="s">
-        <v>2586</v>
+        <v>2610</v>
       </c>
       <c r="C281" t="s">
-        <v>2587</v>
+        <v>2611</v>
       </c>
       <c r="D281" t="s">
-        <v>2588</v>
+        <v>2612</v>
       </c>
       <c r="E281" t="s">
-        <v>2589</v>
+        <v>2613</v>
       </c>
       <c r="F281" t="s">
-        <v>2590</v>
+        <v>2614</v>
       </c>
       <c r="G281" t="s">
-        <v>2591</v>
+        <v>2615</v>
       </c>
       <c r="H281" t="s">
-        <v>2592</v>
+        <v>2616</v>
       </c>
       <c r="I281" t="s">
-        <v>2593</v>
+        <v>2617</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>130</v>
+        <v>48</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2594</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>65012</v>
+        <v>8951</v>
       </c>
       <c r="B282" t="s">
-        <v>2595</v>
+        <v>2619</v>
       </c>
       <c r="C282" t="s">
-        <v>2596</v>
+        <v>2620</v>
       </c>
       <c r="D282" t="s">
-        <v>2597</v>
+        <v>2621</v>
       </c>
       <c r="E282" t="s">
-        <v>2598</v>
+        <v>2622</v>
       </c>
       <c r="F282" t="s">
-        <v>2599</v>
+        <v>2623</v>
       </c>
       <c r="G282" t="s">
-        <v>2600</v>
+        <v>2624</v>
       </c>
       <c r="H282" t="s">
-        <v>2601</v>
+        <v>2625</v>
       </c>
       <c r="I282" t="s">
-        <v>2602</v>
+        <v>2626</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>2603</v>
+        <v>112</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
+      <c r="M282" t="s">
+        <v>113</v>
+      </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2604</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>65013</v>
+        <v>10014</v>
       </c>
       <c r="B283" t="s">
-        <v>2605</v>
+        <v>2628</v>
       </c>
       <c r="C283" t="s">
-        <v>2606</v>
+        <v>2629</v>
       </c>
       <c r="D283" t="s">
-        <v>2607</v>
+        <v>2630</v>
       </c>
       <c r="E283" t="s">
-        <v>2608</v>
+        <v>2631</v>
       </c>
       <c r="F283" t="s">
-        <v>2609</v>
+        <v>2632</v>
       </c>
       <c r="G283" t="s">
-        <v>2610</v>
+        <v>2633</v>
       </c>
       <c r="H283" t="s">
-        <v>2611</v>
+        <v>2634</v>
       </c>
       <c r="I283" t="s">
-        <v>2612</v>
+        <v>2635</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>25</v>
+        <v>2636</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>27</v>
+        <v>2637</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2613</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>65014</v>
+        <v>10015</v>
       </c>
       <c r="B284" t="s">
-        <v>2614</v>
+        <v>2639</v>
       </c>
       <c r="C284" t="s">
-        <v>2615</v>
+        <v>2640</v>
       </c>
       <c r="D284" t="s">
-        <v>2616</v>
+        <v>2641</v>
       </c>
       <c r="E284" t="s">
-        <v>2617</v>
+        <v>2642</v>
       </c>
       <c r="F284" t="s">
-        <v>2618</v>
+        <v>2643</v>
       </c>
       <c r="G284" t="s">
-        <v>2619</v>
+        <v>2644</v>
       </c>
       <c r="H284" t="s">
-        <v>2620</v>
+        <v>2645</v>
       </c>
       <c r="I284" t="s">
-        <v>2621</v>
+        <v>2646</v>
       </c>
       <c r="J284" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>315</v>
+        <v>112</v>
       </c>
       <c r="L284" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>316</v>
+        <v>113</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2622</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>65015</v>
+        <v>10036</v>
       </c>
       <c r="B285" t="s">
-        <v>2623</v>
+        <v>2648</v>
       </c>
       <c r="C285" t="s">
-        <v>2624</v>
+        <v>2649</v>
       </c>
       <c r="D285" t="s">
-        <v>2625</v>
+        <v>2650</v>
       </c>
       <c r="E285" t="s">
-        <v>2626</v>
+        <v>2651</v>
       </c>
       <c r="F285" t="s">
-        <v>2627</v>
+        <v>2652</v>
       </c>
       <c r="G285" t="s">
-        <v>2628</v>
+        <v>2653</v>
       </c>
       <c r="H285" t="s">
-        <v>2629</v>
+        <v>2654</v>
       </c>
       <c r="I285" t="s">
-        <v>2630</v>
+        <v>2655</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2631</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>65016</v>
+        <v>10044</v>
       </c>
       <c r="B286" t="s">
-        <v>2632</v>
+        <v>2657</v>
       </c>
       <c r="C286" t="s">
-        <v>2633</v>
+        <v>2658</v>
       </c>
       <c r="D286" t="s">
-        <v>2634</v>
+        <v>2659</v>
       </c>
       <c r="E286" t="s">
-        <v>2635</v>
+        <v>2660</v>
       </c>
       <c r="F286" t="s">
-        <v>2636</v>
+        <v>2661</v>
       </c>
       <c r="G286" t="s">
-        <v>2637</v>
+        <v>2662</v>
       </c>
       <c r="H286" t="s">
-        <v>2638</v>
+        <v>2663</v>
       </c>
       <c r="I286" t="s">
-        <v>2639</v>
+        <v>2664</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>25</v>
+        <v>1467</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>27</v>
+        <v>1469</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2640</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>65017</v>
+        <v>10098</v>
       </c>
       <c r="B287" t="s">
-        <v>2641</v>
+        <v>2666</v>
       </c>
       <c r="C287" t="s">
-        <v>2642</v>
+        <v>2667</v>
       </c>
       <c r="D287" t="s">
-        <v>2643</v>
+        <v>2668</v>
       </c>
       <c r="E287" t="s">
-        <v>2644</v>
+        <v>2669</v>
       </c>
       <c r="F287" t="s">
-        <v>2645</v>
+        <v>2670</v>
       </c>
       <c r="G287" t="s">
-        <v>2646</v>
+        <v>2671</v>
       </c>
       <c r="H287" t="s">
-        <v>2647</v>
+        <v>2672</v>
       </c>
       <c r="I287" t="s">
-        <v>2648</v>
+        <v>2673</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>2649</v>
+        <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>2650</v>
+        <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2651</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>65018</v>
+        <v>10101</v>
       </c>
       <c r="B288" t="s">
-        <v>2652</v>
+        <v>2675</v>
       </c>
       <c r="C288" t="s">
-        <v>2653</v>
+        <v>2676</v>
       </c>
       <c r="D288" t="s">
-        <v>2654</v>
+        <v>2677</v>
       </c>
       <c r="E288" t="s">
-        <v>2655</v>
+        <v>2678</v>
       </c>
       <c r="F288" t="s">
-        <v>2656</v>
+        <v>2679</v>
       </c>
       <c r="G288" t="s">
-        <v>2657</v>
+        <v>2680</v>
       </c>
       <c r="H288" t="s">
-        <v>2658</v>
+        <v>2681</v>
       </c>
       <c r="I288" t="s">
-        <v>2659</v>
+        <v>2682</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>2660</v>
+        <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
+      <c r="M288" t="s">
+        <v>27</v>
+      </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2661</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>65019</v>
+        <v>10412</v>
       </c>
       <c r="B289" t="s">
-        <v>2662</v>
+        <v>2684</v>
       </c>
       <c r="C289" t="s">
-        <v>2663</v>
+        <v>2685</v>
       </c>
       <c r="D289" t="s">
-        <v>2664</v>
+        <v>2686</v>
       </c>
       <c r="E289" t="s">
-        <v>2665</v>
+        <v>2687</v>
       </c>
       <c r="F289" t="s">
-        <v>2666</v>
+        <v>2688</v>
       </c>
       <c r="G289" t="s">
-        <v>2667</v>
+        <v>2689</v>
       </c>
       <c r="H289" t="s">
-        <v>2668</v>
+        <v>2690</v>
       </c>
       <c r="I289" t="s">
-        <v>2669</v>
+        <v>2691</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2670</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>65020</v>
+        <v>10603</v>
       </c>
       <c r="B290" t="s">
-        <v>2671</v>
+        <v>2693</v>
       </c>
       <c r="C290" t="s">
-        <v>2672</v>
+        <v>2694</v>
       </c>
       <c r="D290" t="s">
-        <v>2673</v>
+        <v>2695</v>
       </c>
       <c r="E290" t="s">
-        <v>2674</v>
+        <v>2696</v>
       </c>
       <c r="F290" t="s">
-        <v>2675</v>
+        <v>2697</v>
       </c>
       <c r="G290" t="s">
-        <v>2676</v>
+        <v>2698</v>
       </c>
       <c r="H290" t="s">
-        <v>2677</v>
+        <v>2699</v>
       </c>
       <c r="I290" t="s">
-        <v>2678</v>
+        <v>2700</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>2679</v>
+        <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
+      <c r="M290" t="s">
+        <v>27</v>
+      </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2680</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>65021</v>
+        <v>10647</v>
       </c>
       <c r="B291" t="s">
-        <v>2681</v>
+        <v>2702</v>
       </c>
       <c r="C291" t="s">
-        <v>2682</v>
+        <v>2703</v>
       </c>
       <c r="D291" t="s">
-        <v>2683</v>
+        <v>2704</v>
       </c>
       <c r="E291" t="s">
-        <v>2684</v>
+        <v>2705</v>
       </c>
       <c r="F291" t="s">
-        <v>2685</v>
+        <v>2706</v>
       </c>
       <c r="G291" t="s">
-        <v>2686</v>
+        <v>2707</v>
       </c>
       <c r="H291" t="s">
-        <v>2687</v>
+        <v>2708</v>
       </c>
       <c r="I291" t="s">
-        <v>2688</v>
+        <v>2709</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2689</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>65022</v>
+        <v>10887</v>
       </c>
       <c r="B292" t="s">
-        <v>2690</v>
+        <v>2711</v>
       </c>
       <c r="C292" t="s">
-        <v>2691</v>
+        <v>2712</v>
       </c>
       <c r="D292" t="s">
-        <v>2692</v>
+        <v>2713</v>
       </c>
       <c r="E292" t="s">
-        <v>2693</v>
+        <v>2714</v>
       </c>
       <c r="F292" t="s">
-        <v>2694</v>
+        <v>2715</v>
       </c>
       <c r="G292" t="s">
-        <v>2695</v>
+        <v>2716</v>
       </c>
       <c r="H292" t="s">
-        <v>2696</v>
+        <v>2717</v>
       </c>
       <c r="I292" t="s">
-        <v>2697</v>
+        <v>2718</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
         <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
         <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2698</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>65023</v>
+        <v>10925</v>
       </c>
       <c r="B293" t="s">
-        <v>2699</v>
+        <v>2720</v>
       </c>
       <c r="C293" t="s">
-        <v>2700</v>
+        <v>2721</v>
       </c>
       <c r="D293" t="s">
-        <v>2701</v>
+        <v>2722</v>
       </c>
       <c r="E293" t="s">
-        <v>2702</v>
+        <v>2723</v>
       </c>
       <c r="F293" t="s">
-        <v>2703</v>
+        <v>2724</v>
       </c>
       <c r="G293" t="s">
-        <v>2704</v>
+        <v>2725</v>
       </c>
       <c r="H293" t="s">
-        <v>2705</v>
+        <v>2726</v>
       </c>
       <c r="I293" t="s">
-        <v>2706</v>
+        <v>2727</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2707</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>65025</v>
+        <v>10930</v>
       </c>
       <c r="B294" t="s">
-        <v>2708</v>
+        <v>2729</v>
       </c>
       <c r="C294" t="s">
-        <v>2709</v>
+        <v>2730</v>
       </c>
       <c r="D294" t="s">
-        <v>2710</v>
+        <v>2731</v>
       </c>
       <c r="E294" t="s">
-        <v>2711</v>
+        <v>2732</v>
       </c>
       <c r="F294" t="s">
-        <v>2712</v>
+        <v>2733</v>
       </c>
       <c r="G294" t="s">
-        <v>2713</v>
+        <v>2734</v>
       </c>
       <c r="H294" t="s">
-        <v>2714</v>
+        <v>2735</v>
       </c>
       <c r="I294" t="s">
-        <v>2715</v>
+        <v>2736</v>
       </c>
       <c r="J294" t="s">
-        <v>24</v>
+        <v>2737</v>
       </c>
       <c r="K294" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L294" t="s">
-        <v>26</v>
+        <v>2738</v>
       </c>
       <c r="M294" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2716</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>65026</v>
+        <v>10947</v>
       </c>
       <c r="B295" t="s">
-        <v>2717</v>
+        <v>2740</v>
       </c>
       <c r="C295" t="s">
-        <v>2718</v>
+        <v>2741</v>
       </c>
       <c r="D295" t="s">
-        <v>2719</v>
+        <v>2742</v>
       </c>
       <c r="E295" t="s">
-        <v>2720</v>
+        <v>2743</v>
       </c>
       <c r="F295" t="s">
-        <v>2721</v>
+        <v>2744</v>
       </c>
       <c r="G295" t="s">
-        <v>2722</v>
+        <v>2745</v>
       </c>
       <c r="H295" t="s">
-        <v>2723</v>
+        <v>2746</v>
       </c>
       <c r="I295" t="s">
-        <v>2724</v>
+        <v>2747</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2725</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>65027</v>
+        <v>10948</v>
       </c>
       <c r="B296" t="s">
-        <v>2726</v>
+        <v>2749</v>
       </c>
       <c r="C296" t="s">
-        <v>2727</v>
+        <v>2750</v>
       </c>
       <c r="D296" t="s">
-        <v>2728</v>
+        <v>2751</v>
       </c>
       <c r="E296" t="s">
-        <v>2729</v>
+        <v>2752</v>
       </c>
       <c r="F296" t="s">
-        <v>2730</v>
+        <v>2753</v>
       </c>
       <c r="G296" t="s">
-        <v>2731</v>
+        <v>2754</v>
       </c>
       <c r="H296" t="s">
-        <v>2732</v>
+        <v>2755</v>
       </c>
       <c r="I296" t="s">
-        <v>2733</v>
+        <v>2756</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>315</v>
+        <v>112</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>316</v>
+        <v>113</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2734</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>65028</v>
+        <v>10950</v>
       </c>
       <c r="B297" t="s">
-        <v>2735</v>
+        <v>2758</v>
       </c>
       <c r="C297" t="s">
-        <v>2736</v>
+        <v>2759</v>
       </c>
       <c r="D297" t="s">
-        <v>2737</v>
+        <v>2760</v>
       </c>
       <c r="E297" t="s">
-        <v>2738</v>
+        <v>2761</v>
       </c>
       <c r="F297" t="s">
-        <v>2739</v>
+        <v>2762</v>
       </c>
       <c r="G297" t="s">
-        <v>2740</v>
+        <v>2763</v>
       </c>
       <c r="H297" t="s">
-        <v>2741</v>
+        <v>2764</v>
       </c>
       <c r="I297" t="s">
-        <v>2742</v>
+        <v>2765</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>25</v>
+        <v>2766</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>27</v>
+        <v>2767</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2743</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>65030</v>
+        <v>10951</v>
       </c>
       <c r="B298" t="s">
-        <v>2744</v>
+        <v>2769</v>
       </c>
       <c r="C298" t="s">
-        <v>2745</v>
+        <v>2770</v>
       </c>
       <c r="D298" t="s">
-        <v>2746</v>
+        <v>2771</v>
       </c>
       <c r="E298" t="s">
-        <v>2747</v>
+        <v>2772</v>
       </c>
       <c r="F298" t="s">
-        <v>2748</v>
+        <v>2773</v>
       </c>
       <c r="G298" t="s">
-        <v>2749</v>
+        <v>2774</v>
       </c>
       <c r="H298" t="s">
-        <v>2750</v>
+        <v>2775</v>
       </c>
       <c r="I298" t="s">
-        <v>2751</v>
+        <v>2776</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2752</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>65031</v>
+        <v>11220</v>
       </c>
       <c r="B299" t="s">
-        <v>2753</v>
+        <v>2778</v>
       </c>
       <c r="C299" t="s">
-        <v>2754</v>
+        <v>2779</v>
       </c>
       <c r="D299" t="s">
-        <v>2755</v>
+        <v>2780</v>
       </c>
       <c r="E299" t="s">
-        <v>2756</v>
+        <v>2781</v>
       </c>
       <c r="F299" t="s">
-        <v>2757</v>
+        <v>2782</v>
       </c>
       <c r="G299" t="s">
-        <v>2758</v>
+        <v>2783</v>
       </c>
       <c r="H299" t="s">
-        <v>2759</v>
+        <v>2784</v>
       </c>
       <c r="I299" t="s">
-        <v>2760</v>
+        <v>2785</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>25</v>
+        <v>498</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>27</v>
+        <v>499</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2761</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>65032</v>
+        <v>11231</v>
       </c>
       <c r="B300" t="s">
-        <v>2762</v>
+        <v>2787</v>
       </c>
       <c r="C300" t="s">
-        <v>2763</v>
+        <v>2788</v>
       </c>
       <c r="D300" t="s">
-        <v>2764</v>
+        <v>2789</v>
       </c>
       <c r="E300" t="s">
-        <v>2765</v>
+        <v>2790</v>
       </c>
       <c r="F300" t="s">
-        <v>2766</v>
+        <v>2791</v>
       </c>
       <c r="G300" t="s">
-        <v>2767</v>
+        <v>2792</v>
       </c>
       <c r="H300" t="s">
-        <v>2768</v>
+        <v>2793</v>
       </c>
       <c r="I300" t="s">
-        <v>2769</v>
+        <v>2794</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2770</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>65033</v>
+        <v>11287</v>
       </c>
       <c r="B301" t="s">
-        <v>2771</v>
+        <v>2796</v>
       </c>
       <c r="C301" t="s">
-        <v>2772</v>
+        <v>2797</v>
       </c>
       <c r="D301" t="s">
-        <v>2773</v>
+        <v>2798</v>
       </c>
       <c r="E301" t="s">
-        <v>2774</v>
+        <v>2799</v>
       </c>
       <c r="F301" t="s">
-        <v>2775</v>
+        <v>2800</v>
       </c>
       <c r="G301" t="s">
-        <v>2776</v>
+        <v>2801</v>
       </c>
       <c r="H301" t="s">
-        <v>2777</v>
+        <v>2802</v>
       </c>
       <c r="I301" t="s">
-        <v>2778</v>
+        <v>2803</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>326</v>
+        <v>112</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
+      <c r="M301" t="s">
+        <v>113</v>
+      </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2779</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>65034</v>
+        <v>11310</v>
       </c>
       <c r="B302" t="s">
-        <v>2780</v>
+        <v>2805</v>
       </c>
       <c r="C302" t="s">
-        <v>2781</v>
+        <v>2806</v>
       </c>
       <c r="D302" t="s">
-        <v>2782</v>
+        <v>2807</v>
       </c>
       <c r="E302" t="s">
-        <v>2783</v>
+        <v>2808</v>
       </c>
       <c r="F302" t="s">
-        <v>2784</v>
+        <v>2809</v>
       </c>
       <c r="G302" t="s">
-        <v>2785</v>
+        <v>2810</v>
       </c>
       <c r="H302" t="s">
-        <v>2786</v>
+        <v>2811</v>
       </c>
       <c r="I302" t="s">
-        <v>2787</v>
+        <v>2812</v>
       </c>
       <c r="J302" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>1934</v>
+        <v>683</v>
       </c>
       <c r="L302" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M302" t="s">
+        <v>684</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2788</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>65035</v>
+        <v>58060</v>
       </c>
       <c r="B303" t="s">
-        <v>2789</v>
+        <v>2814</v>
       </c>
       <c r="C303" t="s">
-        <v>2790</v>
+        <v>2815</v>
       </c>
       <c r="D303" t="s">
-        <v>2791</v>
+        <v>2816</v>
       </c>
       <c r="E303" t="s">
-        <v>2792</v>
+        <v>2817</v>
       </c>
       <c r="F303" t="s">
-        <v>2793</v>
+        <v>2818</v>
       </c>
       <c r="G303" t="s">
-        <v>2794</v>
+        <v>2819</v>
       </c>
       <c r="H303" t="s">
-        <v>2795</v>
+        <v>2820</v>
       </c>
       <c r="I303" t="s">
-        <v>2796</v>
+        <v>2821</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>25</v>
+        <v>2822</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>27</v>
+        <v>2823</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2797</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>65036</v>
+        <v>58066</v>
       </c>
       <c r="B304" t="s">
-        <v>2798</v>
+        <v>2825</v>
       </c>
       <c r="C304" t="s">
-        <v>2799</v>
+        <v>2826</v>
       </c>
       <c r="D304" t="s">
-        <v>2800</v>
+        <v>2827</v>
       </c>
       <c r="E304" t="s">
-        <v>2801</v>
+        <v>2828</v>
       </c>
       <c r="F304" t="s">
-        <v>2802</v>
+        <v>2829</v>
       </c>
       <c r="G304" t="s">
-        <v>2803</v>
+        <v>2830</v>
       </c>
       <c r="H304" t="s">
-        <v>2804</v>
+        <v>2831</v>
       </c>
       <c r="I304" t="s">
-        <v>2805</v>
+        <v>2832</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2806</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>65037</v>
+        <v>58120</v>
       </c>
       <c r="B305" t="s">
-        <v>2807</v>
+        <v>2834</v>
       </c>
       <c r="C305" t="s">
-        <v>2808</v>
+        <v>2835</v>
       </c>
       <c r="D305" t="s">
-        <v>2809</v>
+        <v>2836</v>
       </c>
       <c r="E305" t="s">
-        <v>2810</v>
+        <v>2837</v>
       </c>
       <c r="F305" t="s">
-        <v>2811</v>
+        <v>2838</v>
       </c>
       <c r="G305" t="s">
-        <v>2812</v>
+        <v>2839</v>
       </c>
       <c r="H305" t="s">
-        <v>2813</v>
+        <v>2840</v>
       </c>
       <c r="I305" t="s">
-        <v>2814</v>
+        <v>2841</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
         <v>25</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
         <v>27</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2815</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>65038</v>
+        <v>58122</v>
       </c>
       <c r="B306" t="s">
-        <v>2816</v>
+        <v>2843</v>
       </c>
       <c r="C306" t="s">
-        <v>2817</v>
+        <v>2844</v>
       </c>
       <c r="D306" t="s">
-        <v>2818</v>
+        <v>2845</v>
       </c>
       <c r="E306" t="s">
-        <v>2819</v>
+        <v>2846</v>
       </c>
       <c r="F306" t="s">
-        <v>2820</v>
+        <v>2847</v>
       </c>
       <c r="G306" t="s">
-        <v>2821</v>
+        <v>2848</v>
       </c>
       <c r="H306" t="s">
-        <v>2822</v>
+        <v>2849</v>
       </c>
       <c r="I306" t="s">
-        <v>2823</v>
+        <v>2850</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2824</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>65039</v>
+        <v>58144</v>
       </c>
       <c r="B307" t="s">
-        <v>2825</v>
+        <v>2852</v>
       </c>
       <c r="C307" t="s">
-        <v>2826</v>
+        <v>2853</v>
       </c>
       <c r="D307" t="s">
-        <v>2827</v>
+        <v>2854</v>
       </c>
       <c r="E307" t="s">
-        <v>2828</v>
+        <v>2855</v>
       </c>
       <c r="F307" t="s">
-        <v>2829</v>
+        <v>2856</v>
       </c>
       <c r="G307" t="s">
-        <v>2830</v>
+        <v>2857</v>
       </c>
       <c r="H307" t="s">
-        <v>2831</v>
+        <v>2858</v>
       </c>
       <c r="I307" t="s">
-        <v>2832</v>
+        <v>2859</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2833</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>65040</v>
+        <v>58218</v>
       </c>
       <c r="B308" t="s">
-        <v>2834</v>
+        <v>2861</v>
       </c>
       <c r="C308" t="s">
-        <v>2835</v>
+        <v>2862</v>
       </c>
       <c r="D308" t="s">
-        <v>2836</v>
+        <v>2863</v>
       </c>
       <c r="E308" t="s">
-        <v>2837</v>
+        <v>2864</v>
       </c>
       <c r="F308" t="s">
-        <v>2838</v>
+        <v>2865</v>
       </c>
       <c r="G308" t="s">
-        <v>2839</v>
+        <v>2866</v>
       </c>
       <c r="H308" t="s">
-        <v>2840</v>
+        <v>2867</v>
       </c>
       <c r="I308" t="s">
-        <v>2841</v>
+        <v>2868</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>489</v>
+        <v>112</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>490</v>
+        <v>113</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2842</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>65043</v>
+        <v>58223</v>
       </c>
       <c r="B309" t="s">
-        <v>2843</v>
+        <v>2870</v>
       </c>
       <c r="C309" t="s">
-        <v>2844</v>
+        <v>2871</v>
       </c>
       <c r="D309" t="s">
-        <v>2845</v>
+        <v>2872</v>
       </c>
       <c r="E309" t="s">
-        <v>2846</v>
+        <v>2873</v>
       </c>
       <c r="F309" t="s">
-        <v>2847</v>
+        <v>2874</v>
       </c>
       <c r="G309" t="s">
-        <v>2848</v>
+        <v>2875</v>
       </c>
       <c r="H309" t="s">
-        <v>2849</v>
+        <v>2876</v>
       </c>
       <c r="I309" t="s">
-        <v>2850</v>
+        <v>2877</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2851</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>65044</v>
+        <v>58240</v>
       </c>
       <c r="B310" t="s">
-        <v>2852</v>
+        <v>2879</v>
       </c>
       <c r="C310" t="s">
-        <v>2853</v>
+        <v>2880</v>
       </c>
       <c r="D310" t="s">
-        <v>2854</v>
+        <v>2881</v>
       </c>
       <c r="E310" t="s">
-        <v>2855</v>
+        <v>2882</v>
       </c>
       <c r="F310" t="s">
-        <v>2856</v>
+        <v>2883</v>
       </c>
       <c r="G310" t="s">
-        <v>2857</v>
+        <v>2884</v>
       </c>
       <c r="H310" t="s">
-        <v>2858</v>
+        <v>2885</v>
       </c>
       <c r="I310" t="s">
-        <v>2859</v>
+        <v>2886</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>25</v>
+        <v>2887</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>27</v>
+        <v>2888</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2860</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>65045</v>
+        <v>58259</v>
       </c>
       <c r="B311" t="s">
-        <v>2861</v>
+        <v>2890</v>
       </c>
       <c r="C311" t="s">
-        <v>2862</v>
+        <v>2891</v>
       </c>
       <c r="D311" t="s">
-        <v>2863</v>
+        <v>2892</v>
       </c>
       <c r="E311" t="s">
-        <v>2864</v>
+        <v>2893</v>
       </c>
       <c r="F311" t="s">
-        <v>2865</v>
+        <v>2894</v>
       </c>
       <c r="G311" t="s">
-        <v>2866</v>
+        <v>2895</v>
       </c>
       <c r="H311" t="s">
-        <v>2867</v>
+        <v>2896</v>
       </c>
       <c r="I311" t="s">
-        <v>2868</v>
+        <v>2897</v>
       </c>
       <c r="J311" t="s">
-        <v>2869</v>
+        <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>2870</v>
+        <v>2898</v>
       </c>
       <c r="L311" t="s">
-        <v>2871</v>
+        <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>2872</v>
+        <v>2899</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2873</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>65046</v>
+        <v>64637</v>
       </c>
       <c r="B312" t="s">
-        <v>2874</v>
+        <v>2901</v>
       </c>
       <c r="C312" t="s">
-        <v>2875</v>
+        <v>2902</v>
       </c>
       <c r="D312" t="s">
-        <v>2876</v>
+        <v>2903</v>
       </c>
       <c r="E312" t="s">
-        <v>2877</v>
+        <v>2904</v>
       </c>
       <c r="F312" t="s">
-        <v>2878</v>
+        <v>2905</v>
       </c>
       <c r="G312" t="s">
-        <v>2879</v>
+        <v>2906</v>
       </c>
       <c r="H312" t="s">
-        <v>2880</v>
+        <v>2907</v>
       </c>
       <c r="I312" t="s">
-        <v>2881</v>
+        <v>2908</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>140</v>
+        <v>47</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>141</v>
+        <v>48</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2882</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>65047</v>
+        <v>64689</v>
       </c>
       <c r="B313" t="s">
-        <v>2883</v>
+        <v>2910</v>
       </c>
       <c r="C313" t="s">
-        <v>2884</v>
+        <v>2911</v>
       </c>
       <c r="D313" t="s">
-        <v>2885</v>
+        <v>2912</v>
       </c>
       <c r="E313" t="s">
-        <v>2886</v>
+        <v>2913</v>
       </c>
       <c r="F313" t="s">
-        <v>2887</v>
+        <v>2914</v>
       </c>
       <c r="G313" t="s">
-        <v>2888</v>
+        <v>2915</v>
       </c>
       <c r="H313" t="s">
-        <v>2889</v>
+        <v>2916</v>
       </c>
       <c r="I313" t="s">
-        <v>2890</v>
+        <v>2917</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>2870</v>
+        <v>917</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>2872</v>
+        <v>918</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2891</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>65049</v>
+        <v>65000</v>
       </c>
       <c r="B314" t="s">
-        <v>2892</v>
+        <v>2919</v>
       </c>
       <c r="C314" t="s">
-        <v>2893</v>
+        <v>2920</v>
       </c>
       <c r="D314" t="s">
-        <v>2894</v>
+        <v>2921</v>
       </c>
       <c r="E314" t="s">
-        <v>2895</v>
+        <v>2922</v>
       </c>
       <c r="F314" t="s">
-        <v>2896</v>
+        <v>2923</v>
       </c>
       <c r="G314" t="s">
-        <v>2897</v>
+        <v>2924</v>
       </c>
       <c r="H314" t="s">
-        <v>2898</v>
+        <v>2925</v>
       </c>
       <c r="I314" t="s">
-        <v>2899</v>
+        <v>2926</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>692</v>
+        <v>25</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
+      <c r="M314" t="s">
+        <v>27</v>
+      </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2900</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>65050</v>
+        <v>65001</v>
       </c>
       <c r="B315" t="s">
-        <v>2901</v>
+        <v>2928</v>
       </c>
       <c r="C315" t="s">
-        <v>2902</v>
+        <v>2929</v>
       </c>
       <c r="D315" t="s">
-        <v>2903</v>
+        <v>2930</v>
       </c>
       <c r="E315" t="s">
-        <v>2904</v>
+        <v>2931</v>
       </c>
       <c r="F315" t="s">
-        <v>2905</v>
+        <v>2932</v>
       </c>
       <c r="G315" t="s">
-        <v>2906</v>
+        <v>2933</v>
       </c>
       <c r="H315" t="s">
-        <v>2907</v>
+        <v>2934</v>
       </c>
       <c r="I315" t="s">
-        <v>2908</v>
+        <v>2935</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2909</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>65051</v>
+        <v>65002</v>
       </c>
       <c r="B316" t="s">
-        <v>2910</v>
+        <v>2937</v>
       </c>
       <c r="C316" t="s">
-        <v>2911</v>
+        <v>2938</v>
       </c>
       <c r="D316" t="s">
-        <v>2912</v>
+        <v>2939</v>
       </c>
       <c r="E316" t="s">
-        <v>2913</v>
+        <v>2940</v>
       </c>
       <c r="F316" t="s">
-        <v>2914</v>
+        <v>2941</v>
       </c>
       <c r="G316" t="s">
-        <v>2915</v>
+        <v>2942</v>
       </c>
       <c r="H316" t="s">
-        <v>2916</v>
+        <v>2943</v>
       </c>
       <c r="I316" t="s">
-        <v>2917</v>
+        <v>2944</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>374</v>
+        <v>25</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>376</v>
+        <v>27</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2918</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>65053</v>
+        <v>65003</v>
       </c>
       <c r="B317" t="s">
-        <v>2919</v>
+        <v>2946</v>
       </c>
       <c r="C317" t="s">
-        <v>2920</v>
+        <v>2947</v>
       </c>
       <c r="D317" t="s">
-        <v>2921</v>
+        <v>2948</v>
       </c>
       <c r="E317" t="s">
-        <v>2922</v>
+        <v>2949</v>
       </c>
       <c r="F317" t="s">
-        <v>2923</v>
+        <v>2950</v>
       </c>
       <c r="G317" t="s">
-        <v>2924</v>
+        <v>2951</v>
       </c>
       <c r="H317" t="s">
-        <v>2925</v>
+        <v>2952</v>
       </c>
       <c r="I317" t="s">
-        <v>2926</v>
+        <v>2953</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2927</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>65054</v>
+        <v>65004</v>
       </c>
       <c r="B318" t="s">
-        <v>2928</v>
+        <v>2955</v>
       </c>
       <c r="C318" t="s">
-        <v>2929</v>
+        <v>2956</v>
       </c>
       <c r="D318" t="s">
-        <v>2930</v>
+        <v>2957</v>
       </c>
       <c r="E318" t="s">
-        <v>2931</v>
+        <v>2958</v>
       </c>
       <c r="F318" t="s">
-        <v>2932</v>
+        <v>2959</v>
       </c>
       <c r="G318" t="s">
-        <v>2933</v>
+        <v>2960</v>
       </c>
       <c r="H318" t="s">
-        <v>2934</v>
+        <v>2961</v>
       </c>
       <c r="I318" t="s">
-        <v>2935</v>
+        <v>2962</v>
       </c>
       <c r="J318" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>2936</v>
+        <v>112</v>
       </c>
       <c r="L318" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M318" t="s">
+        <v>113</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2937</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>65055</v>
+        <v>65005</v>
       </c>
       <c r="B319" t="s">
-        <v>2938</v>
+        <v>2964</v>
       </c>
       <c r="C319" t="s">
-        <v>2939</v>
+        <v>2965</v>
       </c>
       <c r="D319" t="s">
-        <v>2940</v>
+        <v>2966</v>
       </c>
       <c r="E319" t="s">
-        <v>2941</v>
+        <v>2967</v>
       </c>
       <c r="F319" t="s">
-        <v>2942</v>
+        <v>2968</v>
       </c>
       <c r="G319" t="s">
-        <v>2943</v>
+        <v>2969</v>
       </c>
       <c r="H319" t="s">
-        <v>2944</v>
+        <v>2970</v>
       </c>
       <c r="I319" t="s">
-        <v>2945</v>
+        <v>2971</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>1934</v>
+        <v>2972</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
+      <c r="M319" t="s">
+        <v>2973</v>
+      </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2946</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>65057</v>
+        <v>65006</v>
       </c>
       <c r="B320" t="s">
-        <v>2947</v>
+        <v>2975</v>
       </c>
       <c r="C320" t="s">
-        <v>2948</v>
+        <v>2976</v>
       </c>
       <c r="D320" t="s">
-        <v>2949</v>
+        <v>2977</v>
       </c>
       <c r="E320" t="s">
-        <v>2950</v>
+        <v>2978</v>
       </c>
       <c r="F320" t="s">
-        <v>2951</v>
+        <v>2979</v>
       </c>
       <c r="G320" t="s">
-        <v>2952</v>
+        <v>2980</v>
       </c>
       <c r="H320" t="s">
-        <v>2953</v>
+        <v>2981</v>
       </c>
       <c r="I320" t="s">
-        <v>2954</v>
+        <v>2982</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>479</v>
+        <v>2983</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
+      <c r="M320" t="s">
+        <v>2984</v>
+      </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2955</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>65058</v>
+        <v>65007</v>
       </c>
       <c r="B321" t="s">
-        <v>2956</v>
+        <v>2986</v>
       </c>
       <c r="C321" t="s">
-        <v>2957</v>
+        <v>2987</v>
       </c>
       <c r="D321" t="s">
-        <v>2958</v>
+        <v>2988</v>
       </c>
       <c r="E321" t="s">
-        <v>2959</v>
+        <v>2989</v>
       </c>
       <c r="F321" t="s">
-        <v>2960</v>
+        <v>2990</v>
       </c>
       <c r="G321" t="s">
-        <v>2961</v>
+        <v>2991</v>
       </c>
       <c r="H321" t="s">
-        <v>2962</v>
+        <v>2992</v>
       </c>
       <c r="I321" t="s">
-        <v>2963</v>
+        <v>2993</v>
       </c>
       <c r="J321" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>315</v>
+        <v>25</v>
       </c>
       <c r="L321" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>316</v>
+        <v>27</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2964</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>65059</v>
+        <v>65008</v>
       </c>
       <c r="B322" t="s">
-        <v>2965</v>
+        <v>2995</v>
       </c>
       <c r="C322" t="s">
-        <v>2966</v>
+        <v>2996</v>
       </c>
       <c r="D322" t="s">
-        <v>2967</v>
+        <v>2997</v>
       </c>
       <c r="E322" t="s">
-        <v>2968</v>
+        <v>2998</v>
       </c>
       <c r="F322" t="s">
-        <v>2969</v>
+        <v>2999</v>
       </c>
       <c r="G322" t="s">
-        <v>2970</v>
+        <v>3000</v>
       </c>
       <c r="H322" t="s">
-        <v>2971</v>
+        <v>3001</v>
       </c>
       <c r="I322" t="s">
-        <v>2972</v>
+        <v>3002</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2973</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>65060</v>
+        <v>65009</v>
       </c>
       <c r="B323" t="s">
-        <v>2974</v>
+        <v>3004</v>
       </c>
       <c r="C323" t="s">
-        <v>2975</v>
+        <v>3005</v>
       </c>
       <c r="D323" t="s">
-        <v>2976</v>
+        <v>3006</v>
       </c>
       <c r="E323" t="s">
-        <v>2977</v>
+        <v>3007</v>
       </c>
       <c r="F323" t="s">
-        <v>2978</v>
+        <v>3008</v>
       </c>
       <c r="G323" t="s">
-        <v>2979</v>
+        <v>3009</v>
       </c>
       <c r="H323" t="s">
-        <v>2980</v>
+        <v>3010</v>
       </c>
       <c r="I323" t="s">
-        <v>2981</v>
+        <v>3011</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>140</v>
+        <v>112</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>141</v>
+        <v>113</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2982</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>65061</v>
+        <v>65010</v>
       </c>
       <c r="B324" t="s">
-        <v>2983</v>
+        <v>3013</v>
       </c>
       <c r="C324" t="s">
-        <v>2984</v>
+        <v>3014</v>
       </c>
       <c r="D324" t="s">
-        <v>2985</v>
+        <v>3015</v>
       </c>
       <c r="E324" t="s">
-        <v>2986</v>
+        <v>3016</v>
       </c>
       <c r="F324" t="s">
-        <v>2987</v>
+        <v>3017</v>
       </c>
       <c r="G324" t="s">
-        <v>2988</v>
+        <v>3018</v>
       </c>
       <c r="H324" t="s">
-        <v>2989</v>
+        <v>3019</v>
       </c>
       <c r="I324" t="s">
-        <v>2990</v>
+        <v>3020</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>489</v>
+        <v>25</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>490</v>
+        <v>27</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2991</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>65062</v>
+        <v>65011</v>
       </c>
       <c r="B325" t="s">
-        <v>2992</v>
+        <v>3022</v>
       </c>
       <c r="C325" t="s">
-        <v>2993</v>
+        <v>3023</v>
       </c>
       <c r="D325" t="s">
-        <v>2994</v>
+        <v>3024</v>
       </c>
       <c r="E325" t="s">
-        <v>2995</v>
+        <v>3025</v>
       </c>
       <c r="F325" t="s">
-        <v>2996</v>
+        <v>3026</v>
       </c>
       <c r="G325" t="s">
-        <v>2997</v>
+        <v>3027</v>
       </c>
       <c r="H325" t="s">
-        <v>2998</v>
+        <v>3028</v>
       </c>
       <c r="I325" t="s">
-        <v>2999</v>
+        <v>3029</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3000</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>65063</v>
+        <v>65012</v>
       </c>
       <c r="B326" t="s">
-        <v>3001</v>
+        <v>3031</v>
       </c>
       <c r="C326" t="s">
-        <v>3002</v>
+        <v>3032</v>
       </c>
       <c r="D326" t="s">
-        <v>3003</v>
+        <v>3033</v>
       </c>
       <c r="E326" t="s">
-        <v>3004</v>
+        <v>3034</v>
       </c>
       <c r="F326" t="s">
-        <v>3005</v>
+        <v>3035</v>
       </c>
       <c r="G326" t="s">
-        <v>3006</v>
+        <v>3036</v>
       </c>
       <c r="H326" t="s">
-        <v>3007</v>
+        <v>3037</v>
       </c>
       <c r="I326" t="s">
-        <v>3008</v>
+        <v>3038</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>3009</v>
+        <v>3039</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
+      <c r="M326" t="s">
+        <v>3040</v>
+      </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3010</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>65068</v>
+        <v>65013</v>
       </c>
       <c r="B327" t="s">
-        <v>3011</v>
+        <v>3042</v>
       </c>
       <c r="C327" t="s">
-        <v>3012</v>
+        <v>3043</v>
       </c>
       <c r="D327" t="s">
-        <v>3013</v>
+        <v>3044</v>
       </c>
       <c r="E327" t="s">
-        <v>3014</v>
+        <v>3045</v>
       </c>
       <c r="F327" t="s">
-        <v>3015</v>
+        <v>3046</v>
       </c>
       <c r="G327" t="s">
-        <v>3016</v>
+        <v>3047</v>
       </c>
       <c r="H327" t="s">
-        <v>3017</v>
+        <v>3048</v>
       </c>
       <c r="I327" t="s">
-        <v>3018</v>
+        <v>3049</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
         <v>25</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
         <v>27</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3019</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>65069</v>
+        <v>65014</v>
       </c>
       <c r="B328" t="s">
-        <v>3020</v>
+        <v>3051</v>
       </c>
       <c r="C328" t="s">
-        <v>3021</v>
+        <v>3052</v>
       </c>
       <c r="D328" t="s">
-        <v>3022</v>
+        <v>3053</v>
       </c>
       <c r="E328" t="s">
-        <v>3023</v>
+        <v>3054</v>
       </c>
       <c r="F328" t="s">
-        <v>3024</v>
+        <v>3055</v>
       </c>
       <c r="G328" t="s">
-        <v>3025</v>
+        <v>3056</v>
       </c>
       <c r="H328" t="s">
-        <v>3026</v>
+        <v>3057</v>
       </c>
       <c r="I328" t="s">
-        <v>3027</v>
+        <v>3058</v>
       </c>
       <c r="J328" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K328" t="s">
-        <v>129</v>
+        <v>498</v>
       </c>
       <c r="L328" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="M328" t="s">
-        <v>130</v>
+        <v>499</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3028</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>65071</v>
+        <v>65015</v>
       </c>
       <c r="B329" t="s">
-        <v>3029</v>
+        <v>3060</v>
       </c>
       <c r="C329" t="s">
-        <v>3030</v>
+        <v>3061</v>
       </c>
       <c r="D329" t="s">
-        <v>3031</v>
+        <v>3062</v>
       </c>
       <c r="E329" t="s">
-        <v>3032</v>
+        <v>3063</v>
       </c>
       <c r="F329" t="s">
-        <v>3033</v>
+        <v>3064</v>
       </c>
       <c r="G329" t="s">
-        <v>3034</v>
+        <v>3065</v>
       </c>
       <c r="H329" t="s">
-        <v>3035</v>
+        <v>3066</v>
       </c>
       <c r="I329" t="s">
-        <v>3036</v>
+        <v>3067</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3037</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>65073</v>
+        <v>65016</v>
       </c>
       <c r="B330" t="s">
-        <v>3038</v>
+        <v>3069</v>
       </c>
       <c r="C330" t="s">
-        <v>3039</v>
+        <v>3070</v>
       </c>
       <c r="D330" t="s">
-        <v>3040</v>
+        <v>3071</v>
       </c>
       <c r="E330" t="s">
-        <v>3041</v>
+        <v>3072</v>
       </c>
       <c r="F330" t="s">
-        <v>3042</v>
+        <v>3073</v>
       </c>
       <c r="G330" t="s">
-        <v>3043</v>
+        <v>3074</v>
       </c>
       <c r="H330" t="s">
-        <v>3044</v>
+        <v>3075</v>
       </c>
       <c r="I330" t="s">
-        <v>3045</v>
+        <v>3076</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
         <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
         <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3046</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>65074</v>
+        <v>65017</v>
       </c>
       <c r="B331" t="s">
-        <v>3047</v>
+        <v>3078</v>
       </c>
       <c r="C331" t="s">
-        <v>3048</v>
+        <v>3079</v>
       </c>
       <c r="D331" t="s">
-        <v>3049</v>
+        <v>3080</v>
       </c>
       <c r="E331" t="s">
-        <v>3050</v>
+        <v>3081</v>
       </c>
       <c r="F331" t="s">
-        <v>3051</v>
+        <v>3082</v>
       </c>
       <c r="G331" t="s">
-        <v>3052</v>
+        <v>3083</v>
       </c>
       <c r="H331" t="s">
-        <v>3053</v>
+        <v>3084</v>
       </c>
       <c r="I331" t="s">
-        <v>3054</v>
+        <v>3085</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>3055</v>
+        <v>3086</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
+      <c r="M331" t="s">
+        <v>3087</v>
+      </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3056</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65075</v>
+        <v>65018</v>
       </c>
       <c r="B332" t="s">
-        <v>3057</v>
+        <v>3089</v>
       </c>
       <c r="C332" t="s">
-        <v>3058</v>
+        <v>3090</v>
       </c>
       <c r="D332" t="s">
-        <v>3059</v>
+        <v>3091</v>
       </c>
       <c r="E332" t="s">
-        <v>3060</v>
+        <v>3092</v>
       </c>
       <c r="F332" t="s">
-        <v>3061</v>
+        <v>3093</v>
       </c>
       <c r="G332" t="s">
-        <v>3062</v>
+        <v>3094</v>
       </c>
       <c r="H332" t="s">
-        <v>3063</v>
+        <v>3095</v>
       </c>
       <c r="I332" t="s">
-        <v>3064</v>
+        <v>3096</v>
       </c>
       <c r="J332" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>326</v>
+        <v>3097</v>
       </c>
       <c r="L332" t="s">
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="M332" t="s">
+        <v>3098</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3065</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65076</v>
+        <v>65019</v>
       </c>
       <c r="B333" t="s">
-        <v>3066</v>
+        <v>3100</v>
       </c>
       <c r="C333" t="s">
-        <v>3067</v>
+        <v>3101</v>
       </c>
       <c r="D333" t="s">
-        <v>3068</v>
+        <v>3102</v>
       </c>
       <c r="E333" t="s">
-        <v>3069</v>
+        <v>3103</v>
       </c>
       <c r="F333" t="s">
-        <v>3070</v>
+        <v>3104</v>
       </c>
       <c r="G333" t="s">
-        <v>3071</v>
+        <v>3105</v>
       </c>
       <c r="H333" t="s">
-        <v>3072</v>
+        <v>3106</v>
       </c>
       <c r="I333" t="s">
-        <v>3073</v>
+        <v>3107</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3074</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65077</v>
+        <v>65020</v>
       </c>
       <c r="B334" t="s">
-        <v>3075</v>
+        <v>3109</v>
       </c>
       <c r="C334" t="s">
-        <v>3076</v>
+        <v>3110</v>
       </c>
       <c r="D334" t="s">
-        <v>3077</v>
+        <v>3111</v>
       </c>
       <c r="E334" t="s">
-        <v>3078</v>
+        <v>3112</v>
       </c>
       <c r="F334" t="s">
-        <v>3079</v>
+        <v>3113</v>
       </c>
       <c r="G334" t="s">
-        <v>3080</v>
+        <v>3114</v>
       </c>
       <c r="H334" t="s">
-        <v>3081</v>
+        <v>3115</v>
       </c>
       <c r="I334" t="s">
-        <v>3082</v>
+        <v>3116</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>374</v>
+        <v>3117</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
-        <v>376</v>
+        <v>3118</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3083</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65080</v>
+        <v>65021</v>
       </c>
       <c r="B335" t="s">
-        <v>3084</v>
+        <v>3120</v>
       </c>
       <c r="C335" t="s">
-        <v>3085</v>
+        <v>3121</v>
       </c>
       <c r="D335" t="s">
-        <v>3086</v>
+        <v>3122</v>
       </c>
       <c r="E335" t="s">
-        <v>3087</v>
+        <v>3123</v>
       </c>
       <c r="F335" t="s">
-        <v>3088</v>
+        <v>3124</v>
       </c>
       <c r="G335" t="s">
-        <v>3089</v>
+        <v>3125</v>
       </c>
       <c r="H335" t="s">
-        <v>3090</v>
+        <v>3126</v>
       </c>
       <c r="I335" t="s">
-        <v>3091</v>
+        <v>3127</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3092</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65081</v>
+        <v>65022</v>
       </c>
       <c r="B336" t="s">
-        <v>3093</v>
+        <v>3129</v>
       </c>
       <c r="C336" t="s">
-        <v>3094</v>
+        <v>3130</v>
       </c>
       <c r="D336" t="s">
-        <v>3095</v>
+        <v>3131</v>
       </c>
       <c r="E336" t="s">
-        <v>3096</v>
+        <v>3132</v>
       </c>
       <c r="F336" t="s">
-        <v>3097</v>
+        <v>3133</v>
       </c>
       <c r="G336" t="s">
-        <v>3098</v>
+        <v>3134</v>
       </c>
       <c r="H336" t="s">
-        <v>3099</v>
+        <v>3135</v>
       </c>
       <c r="I336" t="s">
-        <v>3100</v>
+        <v>3136</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3101</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65082</v>
+        <v>65023</v>
       </c>
       <c r="B337" t="s">
-        <v>3102</v>
+        <v>3138</v>
       </c>
       <c r="C337" t="s">
-        <v>3103</v>
+        <v>3139</v>
       </c>
       <c r="D337" t="s">
-        <v>3104</v>
+        <v>3140</v>
       </c>
       <c r="E337" t="s">
-        <v>3105</v>
+        <v>3141</v>
       </c>
       <c r="F337" t="s">
-        <v>3106</v>
+        <v>3142</v>
       </c>
       <c r="G337" t="s">
-        <v>3107</v>
+        <v>3143</v>
       </c>
       <c r="H337" t="s">
-        <v>3108</v>
+        <v>3144</v>
       </c>
       <c r="I337" t="s">
-        <v>3109</v>
+        <v>3145</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3110</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65083</v>
+        <v>65025</v>
       </c>
       <c r="B338" t="s">
-        <v>3111</v>
+        <v>3147</v>
       </c>
       <c r="C338" t="s">
-        <v>3112</v>
+        <v>3148</v>
       </c>
       <c r="D338" t="s">
-        <v>3113</v>
+        <v>3149</v>
       </c>
       <c r="E338" t="s">
-        <v>3114</v>
+        <v>3150</v>
       </c>
       <c r="F338" t="s">
-        <v>3115</v>
+        <v>3151</v>
       </c>
       <c r="G338" t="s">
-        <v>3116</v>
+        <v>3152</v>
       </c>
       <c r="H338" t="s">
-        <v>3117</v>
+        <v>3153</v>
       </c>
       <c r="I338" t="s">
-        <v>3118</v>
+        <v>3154</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3119</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65084</v>
+        <v>65026</v>
       </c>
       <c r="B339" t="s">
-        <v>3120</v>
+        <v>3156</v>
       </c>
       <c r="C339" t="s">
-        <v>3121</v>
+        <v>3157</v>
       </c>
       <c r="D339" t="s">
-        <v>3122</v>
+        <v>3158</v>
       </c>
       <c r="E339" t="s">
-        <v>3123</v>
+        <v>3159</v>
       </c>
       <c r="F339" t="s">
-        <v>3124</v>
+        <v>3160</v>
       </c>
       <c r="G339" t="s">
-        <v>3125</v>
+        <v>3161</v>
       </c>
       <c r="H339" t="s">
-        <v>3126</v>
+        <v>3162</v>
       </c>
       <c r="I339" t="s">
-        <v>3127</v>
+        <v>3163</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
         <v>25</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
         <v>27</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3128</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65085</v>
+        <v>65027</v>
       </c>
       <c r="B340" t="s">
-        <v>3129</v>
+        <v>3165</v>
       </c>
       <c r="C340" t="s">
-        <v>3130</v>
+        <v>3166</v>
       </c>
       <c r="D340" t="s">
-        <v>3131</v>
+        <v>3167</v>
       </c>
       <c r="E340" t="s">
-        <v>3132</v>
+        <v>3168</v>
       </c>
       <c r="F340" t="s">
-        <v>3133</v>
+        <v>3169</v>
       </c>
       <c r="G340" t="s">
-        <v>3134</v>
+        <v>3170</v>
       </c>
       <c r="H340" t="s">
-        <v>3135</v>
+        <v>3171</v>
       </c>
       <c r="I340" t="s">
-        <v>3136</v>
+        <v>3172</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>1934</v>
+        <v>498</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
+      <c r="M340" t="s">
+        <v>499</v>
+      </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3137</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65086</v>
+        <v>65028</v>
       </c>
       <c r="B341" t="s">
-        <v>3138</v>
+        <v>3174</v>
       </c>
       <c r="C341" t="s">
-        <v>3139</v>
+        <v>3175</v>
       </c>
       <c r="D341" t="s">
-        <v>3140</v>
+        <v>3176</v>
       </c>
       <c r="E341" t="s">
-        <v>3141</v>
+        <v>3177</v>
       </c>
       <c r="F341" t="s">
-        <v>3142</v>
+        <v>3178</v>
       </c>
       <c r="G341" t="s">
-        <v>3143</v>
+        <v>3179</v>
       </c>
       <c r="H341" t="s">
-        <v>3144</v>
+        <v>3180</v>
       </c>
       <c r="I341" t="s">
-        <v>3145</v>
+        <v>3181</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3146</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65087</v>
+        <v>65030</v>
       </c>
       <c r="B342" t="s">
-        <v>3147</v>
+        <v>3183</v>
       </c>
       <c r="C342" t="s">
-        <v>3148</v>
+        <v>3184</v>
       </c>
       <c r="D342" t="s">
-        <v>3149</v>
+        <v>3185</v>
       </c>
       <c r="E342" t="s">
-        <v>3150</v>
+        <v>3186</v>
       </c>
       <c r="F342" t="s">
-        <v>3151</v>
+        <v>3187</v>
       </c>
       <c r="G342" t="s">
-        <v>3152</v>
+        <v>3188</v>
       </c>
       <c r="H342" t="s">
-        <v>3153</v>
+        <v>3189</v>
       </c>
       <c r="I342" t="s">
-        <v>3154</v>
+        <v>3190</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3155</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>65088</v>
+        <v>65031</v>
       </c>
       <c r="B343" t="s">
-        <v>3156</v>
+        <v>3192</v>
       </c>
       <c r="C343" t="s">
-        <v>3157</v>
+        <v>3193</v>
       </c>
       <c r="D343" t="s">
-        <v>3158</v>
+        <v>3194</v>
       </c>
       <c r="E343" t="s">
-        <v>3159</v>
+        <v>3195</v>
       </c>
       <c r="F343" t="s">
-        <v>3160</v>
+        <v>3196</v>
       </c>
       <c r="G343" t="s">
-        <v>3161</v>
+        <v>3197</v>
       </c>
       <c r="H343" t="s">
-        <v>3162</v>
+        <v>3198</v>
       </c>
       <c r="I343" t="s">
-        <v>3163</v>
+        <v>3199</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
         <v>25</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
         <v>27</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3164</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>65089</v>
+        <v>65032</v>
       </c>
       <c r="B344" t="s">
-        <v>3165</v>
+        <v>3201</v>
       </c>
       <c r="C344" t="s">
-        <v>3166</v>
+        <v>3202</v>
       </c>
       <c r="D344" t="s">
-        <v>3167</v>
+        <v>3203</v>
       </c>
       <c r="E344" t="s">
-        <v>3168</v>
+        <v>3204</v>
       </c>
       <c r="F344" t="s">
-        <v>3169</v>
+        <v>3205</v>
       </c>
       <c r="G344" t="s">
-        <v>3170</v>
+        <v>3206</v>
       </c>
       <c r="H344" t="s">
-        <v>3171</v>
+        <v>3207</v>
       </c>
       <c r="I344" t="s">
-        <v>3172</v>
+        <v>3208</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3173</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>65090</v>
+        <v>65033</v>
       </c>
       <c r="B345" t="s">
-        <v>3174</v>
+        <v>3210</v>
       </c>
       <c r="C345" t="s">
-        <v>3175</v>
+        <v>3211</v>
       </c>
       <c r="D345" t="s">
-        <v>3176</v>
+        <v>3212</v>
       </c>
       <c r="E345" t="s">
-        <v>3177</v>
+        <v>3213</v>
       </c>
       <c r="F345" t="s">
-        <v>3178</v>
+        <v>3214</v>
       </c>
       <c r="G345" t="s">
-        <v>3179</v>
+        <v>3215</v>
       </c>
       <c r="H345" t="s">
-        <v>3180</v>
+        <v>3216</v>
       </c>
       <c r="I345" t="s">
-        <v>3181</v>
+        <v>3217</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>25</v>
+        <v>509</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>27</v>
+        <v>3218</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3182</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>65091</v>
+        <v>65034</v>
       </c>
       <c r="B346" t="s">
-        <v>3183</v>
+        <v>3220</v>
       </c>
       <c r="C346" t="s">
-        <v>3184</v>
+        <v>3221</v>
       </c>
       <c r="D346" t="s">
-        <v>3185</v>
+        <v>3222</v>
       </c>
       <c r="E346" t="s">
-        <v>3186</v>
+        <v>3223</v>
       </c>
       <c r="F346" t="s">
-        <v>3187</v>
+        <v>3224</v>
       </c>
       <c r="G346" t="s">
-        <v>3188</v>
+        <v>3225</v>
       </c>
       <c r="H346" t="s">
-        <v>3189</v>
+        <v>3226</v>
       </c>
       <c r="I346" t="s">
-        <v>3190</v>
+        <v>3227</v>
       </c>
       <c r="J346" t="s">
-        <v>24</v>
+        <v>556</v>
       </c>
       <c r="K346" t="s">
-        <v>25</v>
+        <v>2322</v>
       </c>
       <c r="L346" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="M346" t="s">
-        <v>27</v>
+        <v>2323</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3191</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>65092</v>
+        <v>65035</v>
       </c>
       <c r="B347" t="s">
-        <v>3192</v>
+        <v>3229</v>
       </c>
       <c r="C347" t="s">
-        <v>3193</v>
+        <v>3230</v>
       </c>
       <c r="D347" t="s">
-        <v>3194</v>
+        <v>3231</v>
       </c>
       <c r="E347" t="s">
-        <v>3195</v>
+        <v>3232</v>
       </c>
       <c r="F347" t="s">
-        <v>3196</v>
+        <v>3233</v>
       </c>
       <c r="G347" t="s">
-        <v>3197</v>
+        <v>3234</v>
       </c>
       <c r="H347" t="s">
-        <v>3198</v>
+        <v>3235</v>
       </c>
       <c r="I347" t="s">
-        <v>3199</v>
+        <v>3236</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3200</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>65093</v>
+        <v>65036</v>
       </c>
       <c r="B348" t="s">
-        <v>3201</v>
+        <v>3238</v>
       </c>
       <c r="C348" t="s">
-        <v>3202</v>
+        <v>3239</v>
       </c>
       <c r="D348" t="s">
-        <v>3203</v>
+        <v>3240</v>
       </c>
       <c r="E348" t="s">
-        <v>3204</v>
+        <v>3241</v>
       </c>
       <c r="F348" t="s">
-        <v>3205</v>
+        <v>3242</v>
       </c>
       <c r="G348" t="s">
-        <v>3206</v>
+        <v>3243</v>
       </c>
       <c r="H348" t="s">
-        <v>3207</v>
+        <v>3244</v>
       </c>
       <c r="I348" t="s">
-        <v>3208</v>
+        <v>3245</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3209</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>65094</v>
+        <v>65037</v>
       </c>
       <c r="B349" t="s">
-        <v>3210</v>
+        <v>3247</v>
       </c>
       <c r="C349" t="s">
-        <v>3211</v>
+        <v>3248</v>
       </c>
       <c r="D349" t="s">
-        <v>3212</v>
+        <v>3249</v>
       </c>
       <c r="E349" t="s">
-        <v>3213</v>
+        <v>3250</v>
       </c>
       <c r="F349" t="s">
-        <v>3214</v>
+        <v>3251</v>
       </c>
       <c r="G349" t="s">
-        <v>3215</v>
+        <v>3252</v>
       </c>
       <c r="H349" t="s">
-        <v>3216</v>
+        <v>3253</v>
       </c>
       <c r="I349" t="s">
-        <v>3217</v>
+        <v>3254</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>3218</v>
+        <v>25</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
+      <c r="M349" t="s">
+        <v>27</v>
+      </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3219</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>65095</v>
+        <v>65038</v>
       </c>
       <c r="B350" t="s">
-        <v>3220</v>
+        <v>3256</v>
       </c>
       <c r="C350" t="s">
-        <v>3221</v>
+        <v>3257</v>
       </c>
       <c r="D350" t="s">
-        <v>3222</v>
+        <v>3258</v>
       </c>
       <c r="E350" t="s">
-        <v>3223</v>
+        <v>3259</v>
       </c>
       <c r="F350" t="s">
-        <v>3224</v>
+        <v>3260</v>
       </c>
       <c r="G350" t="s">
-        <v>3225</v>
+        <v>3261</v>
       </c>
       <c r="H350" t="s">
-        <v>3226</v>
+        <v>3262</v>
       </c>
       <c r="I350" t="s">
-        <v>3227</v>
+        <v>3263</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>374</v>
+        <v>112</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>376</v>
+        <v>113</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3228</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>65096</v>
+        <v>65039</v>
       </c>
       <c r="B351" t="s">
-        <v>3229</v>
+        <v>3265</v>
       </c>
       <c r="C351" t="s">
-        <v>3230</v>
+        <v>3266</v>
       </c>
       <c r="D351" t="s">
-        <v>3231</v>
+        <v>3267</v>
       </c>
       <c r="E351" t="s">
-        <v>3232</v>
+        <v>3268</v>
       </c>
       <c r="F351" t="s">
-        <v>3233</v>
+        <v>3269</v>
       </c>
       <c r="G351" t="s">
-        <v>3234</v>
+        <v>3270</v>
       </c>
       <c r="H351" t="s">
-        <v>3235</v>
+        <v>3271</v>
       </c>
       <c r="I351" t="s">
-        <v>3236</v>
+        <v>3272</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3237</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>65097</v>
+        <v>65040</v>
       </c>
       <c r="B352" t="s">
-        <v>3238</v>
+        <v>3274</v>
       </c>
       <c r="C352" t="s">
-        <v>3239</v>
+        <v>3275</v>
       </c>
       <c r="D352" t="s">
-        <v>3240</v>
+        <v>3276</v>
       </c>
       <c r="E352" t="s">
-        <v>3241</v>
+        <v>3277</v>
       </c>
       <c r="F352" t="s">
-        <v>3242</v>
+        <v>3278</v>
       </c>
       <c r="G352" t="s">
-        <v>3243</v>
+        <v>3279</v>
       </c>
       <c r="H352" t="s">
-        <v>3244</v>
+        <v>3280</v>
       </c>
       <c r="I352" t="s">
-        <v>3245</v>
+        <v>3281</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>129</v>
+        <v>683</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>130</v>
+        <v>684</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3246</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>65098</v>
+        <v>65043</v>
       </c>
       <c r="B353" t="s">
-        <v>3247</v>
+        <v>3283</v>
       </c>
       <c r="C353" t="s">
-        <v>3248</v>
+        <v>3284</v>
       </c>
       <c r="D353" t="s">
-        <v>3249</v>
+        <v>3285</v>
       </c>
       <c r="E353" t="s">
-        <v>3250</v>
+        <v>3286</v>
       </c>
       <c r="F353" t="s">
-        <v>3251</v>
+        <v>3287</v>
       </c>
       <c r="G353" t="s">
-        <v>3252</v>
+        <v>3288</v>
       </c>
       <c r="H353" t="s">
-        <v>3253</v>
+        <v>3289</v>
       </c>
       <c r="I353" t="s">
-        <v>3254</v>
+        <v>3290</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
         <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
         <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3255</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>65099</v>
+        <v>65044</v>
       </c>
       <c r="B354" t="s">
-        <v>3256</v>
+        <v>3292</v>
       </c>
       <c r="C354" t="s">
-        <v>3257</v>
+        <v>3293</v>
       </c>
       <c r="D354" t="s">
-        <v>3258</v>
+        <v>3294</v>
       </c>
       <c r="E354" t="s">
-        <v>3259</v>
+        <v>3295</v>
       </c>
       <c r="F354" t="s">
-        <v>3260</v>
+        <v>3296</v>
       </c>
       <c r="G354" t="s">
-        <v>3261</v>
+        <v>3297</v>
       </c>
       <c r="H354" t="s">
-        <v>3262</v>
+        <v>3298</v>
       </c>
       <c r="I354" t="s">
-        <v>3263</v>
+        <v>3299</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3264</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>65100</v>
+        <v>65045</v>
       </c>
       <c r="B355" t="s">
-        <v>3265</v>
+        <v>3301</v>
       </c>
       <c r="C355" t="s">
-        <v>3266</v>
+        <v>3302</v>
       </c>
       <c r="D355" t="s">
-        <v>3267</v>
+        <v>3303</v>
       </c>
       <c r="E355" t="s">
-        <v>3268</v>
+        <v>3304</v>
       </c>
       <c r="F355" t="s">
-        <v>3269</v>
+        <v>3305</v>
       </c>
       <c r="G355" t="s">
-        <v>3270</v>
+        <v>3306</v>
       </c>
       <c r="H355" t="s">
-        <v>3271</v>
+        <v>3307</v>
       </c>
       <c r="I355" t="s">
-        <v>3272</v>
+        <v>3308</v>
       </c>
       <c r="J355" t="s">
-        <v>24</v>
+        <v>3309</v>
       </c>
       <c r="K355" t="s">
-        <v>2649</v>
+        <v>3310</v>
       </c>
       <c r="L355" t="s">
-        <v>26</v>
+        <v>3311</v>
       </c>
       <c r="M355" t="s">
-        <v>2650</v>
+        <v>3312</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3273</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65101</v>
+        <v>65046</v>
       </c>
       <c r="B356" t="s">
-        <v>3274</v>
+        <v>3314</v>
       </c>
       <c r="C356" t="s">
-        <v>3275</v>
+        <v>3315</v>
       </c>
       <c r="D356" t="s">
-        <v>3276</v>
+        <v>3316</v>
       </c>
       <c r="E356" t="s">
-        <v>3277</v>
+        <v>3317</v>
       </c>
       <c r="F356" t="s">
-        <v>3278</v>
+        <v>3318</v>
       </c>
       <c r="G356" t="s">
-        <v>3279</v>
+        <v>3319</v>
       </c>
       <c r="H356" t="s">
-        <v>3280</v>
+        <v>3320</v>
       </c>
       <c r="I356" t="s">
-        <v>3281</v>
+        <v>3321</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>130</v>
+        <v>48</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3282</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65102</v>
+        <v>65047</v>
       </c>
       <c r="B357" t="s">
-        <v>3283</v>
+        <v>3323</v>
       </c>
       <c r="C357" t="s">
-        <v>3284</v>
+        <v>3324</v>
       </c>
       <c r="D357" t="s">
-        <v>3285</v>
+        <v>3325</v>
       </c>
       <c r="E357" t="s">
-        <v>3286</v>
+        <v>3326</v>
       </c>
       <c r="F357" t="s">
-        <v>3287</v>
+        <v>3327</v>
       </c>
       <c r="G357" t="s">
-        <v>3288</v>
+        <v>3328</v>
       </c>
       <c r="H357" t="s">
-        <v>3289</v>
+        <v>3329</v>
       </c>
       <c r="I357" t="s">
-        <v>3290</v>
+        <v>3330</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>25</v>
+        <v>3310</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>27</v>
+        <v>3312</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3291</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65104</v>
+        <v>65049</v>
       </c>
       <c r="B358" t="s">
-        <v>3292</v>
+        <v>3332</v>
       </c>
       <c r="C358" t="s">
-        <v>3293</v>
+        <v>3333</v>
       </c>
       <c r="D358" t="s">
-        <v>3294</v>
+        <v>3334</v>
       </c>
       <c r="E358" t="s">
-        <v>3295</v>
+        <v>3335</v>
       </c>
       <c r="F358" t="s">
-        <v>3296</v>
+        <v>3336</v>
       </c>
       <c r="G358" t="s">
-        <v>3297</v>
+        <v>3337</v>
       </c>
       <c r="H358" t="s">
-        <v>3298</v>
+        <v>3338</v>
       </c>
       <c r="I358" t="s">
-        <v>3299</v>
+        <v>3339</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>3300</v>
+        <v>917</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
+      <c r="M358" t="s">
+        <v>918</v>
+      </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3301</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65105</v>
+        <v>65050</v>
       </c>
       <c r="B359" t="s">
-        <v>3302</v>
+        <v>3341</v>
       </c>
       <c r="C359" t="s">
-        <v>3303</v>
+        <v>3342</v>
       </c>
       <c r="D359" t="s">
-        <v>3304</v>
+        <v>3343</v>
       </c>
       <c r="E359" t="s">
-        <v>3305</v>
+        <v>3344</v>
       </c>
       <c r="F359" t="s">
-        <v>3306</v>
+        <v>3345</v>
       </c>
       <c r="G359" t="s">
-        <v>3307</v>
+        <v>3346</v>
       </c>
       <c r="H359" t="s">
-        <v>3308</v>
+        <v>3347</v>
       </c>
       <c r="I359" t="s">
-        <v>3309</v>
+        <v>3348</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3310</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
+        <v>65051</v>
+      </c>
+      <c r="B360" t="s">
+        <v>3350</v>
+      </c>
+      <c r="C360" t="s">
+        <v>3351</v>
+      </c>
+      <c r="D360" t="s">
+        <v>3352</v>
+      </c>
+      <c r="E360" t="s">
+        <v>3353</v>
+      </c>
+      <c r="F360" t="s">
+        <v>3354</v>
+      </c>
+      <c r="G360" t="s">
+        <v>3355</v>
+      </c>
+      <c r="H360" t="s">
+        <v>3356</v>
+      </c>
+      <c r="I360" t="s">
+        <v>3357</v>
+      </c>
+      <c r="J360" t="s">
+        <v>24</v>
+      </c>
+      <c r="K360" t="s">
+        <v>557</v>
+      </c>
+      <c r="L360" t="s">
+        <v>26</v>
+      </c>
+      <c r="M360" t="s">
+        <v>559</v>
+      </c>
+      <c r="N360" t="s">
+        <v>28</v>
+      </c>
+      <c r="O360" t="s">
+        <v>3358</v>
+      </c>
+    </row>
+    <row r="361" spans="1:15">
+      <c r="A361">
+        <v>65053</v>
+      </c>
+      <c r="B361" t="s">
+        <v>3359</v>
+      </c>
+      <c r="C361" t="s">
+        <v>3360</v>
+      </c>
+      <c r="D361" t="s">
+        <v>3361</v>
+      </c>
+      <c r="E361" t="s">
+        <v>3362</v>
+      </c>
+      <c r="F361" t="s">
+        <v>3363</v>
+      </c>
+      <c r="G361" t="s">
+        <v>3364</v>
+      </c>
+      <c r="H361" t="s">
+        <v>3365</v>
+      </c>
+      <c r="I361" t="s">
+        <v>3366</v>
+      </c>
+      <c r="J361" t="s">
+        <v>24</v>
+      </c>
+      <c r="K361" t="s">
+        <v>112</v>
+      </c>
+      <c r="L361" t="s">
+        <v>26</v>
+      </c>
+      <c r="M361" t="s">
+        <v>113</v>
+      </c>
+      <c r="N361" t="s">
+        <v>28</v>
+      </c>
+      <c r="O361" t="s">
+        <v>3367</v>
+      </c>
+    </row>
+    <row r="362" spans="1:15">
+      <c r="A362">
+        <v>65054</v>
+      </c>
+      <c r="B362" t="s">
+        <v>3368</v>
+      </c>
+      <c r="C362" t="s">
+        <v>3369</v>
+      </c>
+      <c r="D362" t="s">
+        <v>3370</v>
+      </c>
+      <c r="E362" t="s">
+        <v>3371</v>
+      </c>
+      <c r="F362" t="s">
+        <v>3372</v>
+      </c>
+      <c r="G362" t="s">
+        <v>3373</v>
+      </c>
+      <c r="H362" t="s">
+        <v>3374</v>
+      </c>
+      <c r="I362" t="s">
+        <v>3375</v>
+      </c>
+      <c r="J362" t="s">
+        <v>556</v>
+      </c>
+      <c r="K362" t="s">
+        <v>150</v>
+      </c>
+      <c r="L362" t="s">
+        <v>558</v>
+      </c>
+      <c r="M362" t="s">
+        <v>151</v>
+      </c>
+      <c r="N362" t="s">
+        <v>28</v>
+      </c>
+      <c r="O362" t="s">
+        <v>3376</v>
+      </c>
+    </row>
+    <row r="363" spans="1:15">
+      <c r="A363">
+        <v>65055</v>
+      </c>
+      <c r="B363" t="s">
+        <v>3377</v>
+      </c>
+      <c r="C363" t="s">
+        <v>3378</v>
+      </c>
+      <c r="D363" t="s">
+        <v>3379</v>
+      </c>
+      <c r="E363" t="s">
+        <v>3380</v>
+      </c>
+      <c r="F363" t="s">
+        <v>3381</v>
+      </c>
+      <c r="G363" t="s">
+        <v>3382</v>
+      </c>
+      <c r="H363" t="s">
+        <v>3383</v>
+      </c>
+      <c r="I363" t="s">
+        <v>3384</v>
+      </c>
+      <c r="J363" t="s">
+        <v>24</v>
+      </c>
+      <c r="K363" t="s">
+        <v>2322</v>
+      </c>
+      <c r="L363" t="s">
+        <v>26</v>
+      </c>
+      <c r="M363" t="s">
+        <v>2323</v>
+      </c>
+      <c r="N363" t="s">
+        <v>28</v>
+      </c>
+      <c r="O363" t="s">
+        <v>3385</v>
+      </c>
+    </row>
+    <row r="364" spans="1:15">
+      <c r="A364">
+        <v>65057</v>
+      </c>
+      <c r="B364" t="s">
+        <v>3386</v>
+      </c>
+      <c r="C364" t="s">
+        <v>3387</v>
+      </c>
+      <c r="D364" t="s">
+        <v>3388</v>
+      </c>
+      <c r="E364" t="s">
+        <v>3389</v>
+      </c>
+      <c r="F364" t="s">
+        <v>3390</v>
+      </c>
+      <c r="G364" t="s">
+        <v>3391</v>
+      </c>
+      <c r="H364" t="s">
+        <v>3392</v>
+      </c>
+      <c r="I364" t="s">
+        <v>3393</v>
+      </c>
+      <c r="J364" t="s">
+        <v>24</v>
+      </c>
+      <c r="K364" t="s">
+        <v>672</v>
+      </c>
+      <c r="L364" t="s">
+        <v>26</v>
+      </c>
+      <c r="M364" t="s">
+        <v>673</v>
+      </c>
+      <c r="N364" t="s">
+        <v>28</v>
+      </c>
+      <c r="O364" t="s">
+        <v>3394</v>
+      </c>
+    </row>
+    <row r="365" spans="1:15">
+      <c r="A365">
+        <v>65058</v>
+      </c>
+      <c r="B365" t="s">
+        <v>3395</v>
+      </c>
+      <c r="C365" t="s">
+        <v>3396</v>
+      </c>
+      <c r="D365" t="s">
+        <v>3397</v>
+      </c>
+      <c r="E365" t="s">
+        <v>3398</v>
+      </c>
+      <c r="F365" t="s">
+        <v>3399</v>
+      </c>
+      <c r="G365" t="s">
+        <v>3400</v>
+      </c>
+      <c r="H365" t="s">
+        <v>3401</v>
+      </c>
+      <c r="I365" t="s">
+        <v>3402</v>
+      </c>
+      <c r="J365" t="s">
+        <v>556</v>
+      </c>
+      <c r="K365" t="s">
+        <v>498</v>
+      </c>
+      <c r="L365" t="s">
+        <v>558</v>
+      </c>
+      <c r="M365" t="s">
+        <v>499</v>
+      </c>
+      <c r="N365" t="s">
+        <v>28</v>
+      </c>
+      <c r="O365" t="s">
+        <v>3403</v>
+      </c>
+    </row>
+    <row r="366" spans="1:15">
+      <c r="A366">
+        <v>65059</v>
+      </c>
+      <c r="B366" t="s">
+        <v>3404</v>
+      </c>
+      <c r="C366" t="s">
+        <v>3405</v>
+      </c>
+      <c r="D366" t="s">
+        <v>3406</v>
+      </c>
+      <c r="E366" t="s">
+        <v>3407</v>
+      </c>
+      <c r="F366" t="s">
+        <v>3408</v>
+      </c>
+      <c r="G366" t="s">
+        <v>3409</v>
+      </c>
+      <c r="H366" t="s">
+        <v>3410</v>
+      </c>
+      <c r="I366" t="s">
+        <v>3411</v>
+      </c>
+      <c r="J366" t="s">
+        <v>24</v>
+      </c>
+      <c r="K366" t="s">
+        <v>112</v>
+      </c>
+      <c r="L366" t="s">
+        <v>26</v>
+      </c>
+      <c r="M366" t="s">
+        <v>113</v>
+      </c>
+      <c r="N366" t="s">
+        <v>28</v>
+      </c>
+      <c r="O366" t="s">
+        <v>3412</v>
+      </c>
+    </row>
+    <row r="367" spans="1:15">
+      <c r="A367">
+        <v>65060</v>
+      </c>
+      <c r="B367" t="s">
+        <v>3413</v>
+      </c>
+      <c r="C367" t="s">
+        <v>3414</v>
+      </c>
+      <c r="D367" t="s">
+        <v>3415</v>
+      </c>
+      <c r="E367" t="s">
+        <v>3416</v>
+      </c>
+      <c r="F367" t="s">
+        <v>3417</v>
+      </c>
+      <c r="G367" t="s">
+        <v>3418</v>
+      </c>
+      <c r="H367" t="s">
+        <v>3419</v>
+      </c>
+      <c r="I367" t="s">
+        <v>3420</v>
+      </c>
+      <c r="J367" t="s">
+        <v>24</v>
+      </c>
+      <c r="K367" t="s">
+        <v>47</v>
+      </c>
+      <c r="L367" t="s">
+        <v>26</v>
+      </c>
+      <c r="M367" t="s">
+        <v>48</v>
+      </c>
+      <c r="N367" t="s">
+        <v>28</v>
+      </c>
+      <c r="O367" t="s">
+        <v>3421</v>
+      </c>
+    </row>
+    <row r="368" spans="1:15">
+      <c r="A368">
+        <v>65061</v>
+      </c>
+      <c r="B368" t="s">
+        <v>3422</v>
+      </c>
+      <c r="C368" t="s">
+        <v>3423</v>
+      </c>
+      <c r="D368" t="s">
+        <v>3424</v>
+      </c>
+      <c r="E368" t="s">
+        <v>3425</v>
+      </c>
+      <c r="F368" t="s">
+        <v>3426</v>
+      </c>
+      <c r="G368" t="s">
+        <v>3427</v>
+      </c>
+      <c r="H368" t="s">
+        <v>3428</v>
+      </c>
+      <c r="I368" t="s">
+        <v>3429</v>
+      </c>
+      <c r="J368" t="s">
+        <v>24</v>
+      </c>
+      <c r="K368" t="s">
+        <v>683</v>
+      </c>
+      <c r="L368" t="s">
+        <v>26</v>
+      </c>
+      <c r="M368" t="s">
+        <v>684</v>
+      </c>
+      <c r="N368" t="s">
+        <v>28</v>
+      </c>
+      <c r="O368" t="s">
+        <v>3430</v>
+      </c>
+    </row>
+    <row r="369" spans="1:15">
+      <c r="A369">
+        <v>65062</v>
+      </c>
+      <c r="B369" t="s">
+        <v>3431</v>
+      </c>
+      <c r="C369" t="s">
+        <v>3432</v>
+      </c>
+      <c r="D369" t="s">
+        <v>3433</v>
+      </c>
+      <c r="E369" t="s">
+        <v>3434</v>
+      </c>
+      <c r="F369" t="s">
+        <v>3435</v>
+      </c>
+      <c r="G369" t="s">
+        <v>3436</v>
+      </c>
+      <c r="H369" t="s">
+        <v>3437</v>
+      </c>
+      <c r="I369" t="s">
+        <v>3438</v>
+      </c>
+      <c r="J369" t="s">
+        <v>24</v>
+      </c>
+      <c r="K369" t="s">
+        <v>25</v>
+      </c>
+      <c r="L369" t="s">
+        <v>26</v>
+      </c>
+      <c r="M369" t="s">
+        <v>27</v>
+      </c>
+      <c r="N369" t="s">
+        <v>28</v>
+      </c>
+      <c r="O369" t="s">
+        <v>3439</v>
+      </c>
+    </row>
+    <row r="370" spans="1:15">
+      <c r="A370">
+        <v>65063</v>
+      </c>
+      <c r="B370" t="s">
+        <v>3440</v>
+      </c>
+      <c r="C370" t="s">
+        <v>3441</v>
+      </c>
+      <c r="D370" t="s">
+        <v>3442</v>
+      </c>
+      <c r="E370" t="s">
+        <v>3443</v>
+      </c>
+      <c r="F370" t="s">
+        <v>3444</v>
+      </c>
+      <c r="G370" t="s">
+        <v>3445</v>
+      </c>
+      <c r="H370" t="s">
+        <v>3446</v>
+      </c>
+      <c r="I370" t="s">
+        <v>3447</v>
+      </c>
+      <c r="J370" t="s">
+        <v>24</v>
+      </c>
+      <c r="K370" t="s">
+        <v>870</v>
+      </c>
+      <c r="L370" t="s">
+        <v>26</v>
+      </c>
+      <c r="M370" t="s">
+        <v>871</v>
+      </c>
+      <c r="N370" t="s">
+        <v>28</v>
+      </c>
+      <c r="O370" t="s">
+        <v>3448</v>
+      </c>
+    </row>
+    <row r="371" spans="1:15">
+      <c r="A371">
+        <v>65068</v>
+      </c>
+      <c r="B371" t="s">
+        <v>3449</v>
+      </c>
+      <c r="C371" t="s">
+        <v>3450</v>
+      </c>
+      <c r="D371" t="s">
+        <v>3451</v>
+      </c>
+      <c r="E371" t="s">
+        <v>3452</v>
+      </c>
+      <c r="F371" t="s">
+        <v>3453</v>
+      </c>
+      <c r="G371" t="s">
+        <v>3454</v>
+      </c>
+      <c r="H371" t="s">
+        <v>3455</v>
+      </c>
+      <c r="I371" t="s">
+        <v>3456</v>
+      </c>
+      <c r="J371" t="s">
+        <v>24</v>
+      </c>
+      <c r="K371" t="s">
+        <v>25</v>
+      </c>
+      <c r="L371" t="s">
+        <v>26</v>
+      </c>
+      <c r="M371" t="s">
+        <v>27</v>
+      </c>
+      <c r="N371" t="s">
+        <v>28</v>
+      </c>
+      <c r="O371" t="s">
+        <v>3457</v>
+      </c>
+    </row>
+    <row r="372" spans="1:15">
+      <c r="A372">
+        <v>65069</v>
+      </c>
+      <c r="B372" t="s">
+        <v>3458</v>
+      </c>
+      <c r="C372" t="s">
+        <v>3459</v>
+      </c>
+      <c r="D372" t="s">
+        <v>3460</v>
+      </c>
+      <c r="E372" t="s">
+        <v>3461</v>
+      </c>
+      <c r="F372" t="s">
+        <v>3462</v>
+      </c>
+      <c r="G372" t="s">
+        <v>3463</v>
+      </c>
+      <c r="H372" t="s">
+        <v>3464</v>
+      </c>
+      <c r="I372" t="s">
+        <v>3465</v>
+      </c>
+      <c r="J372" t="s">
+        <v>24</v>
+      </c>
+      <c r="K372" t="s">
+        <v>112</v>
+      </c>
+      <c r="L372" t="s">
+        <v>26</v>
+      </c>
+      <c r="M372" t="s">
+        <v>113</v>
+      </c>
+      <c r="N372" t="s">
+        <v>28</v>
+      </c>
+      <c r="O372" t="s">
+        <v>3466</v>
+      </c>
+    </row>
+    <row r="373" spans="1:15">
+      <c r="A373">
+        <v>65071</v>
+      </c>
+      <c r="B373" t="s">
+        <v>3467</v>
+      </c>
+      <c r="C373" t="s">
+        <v>3468</v>
+      </c>
+      <c r="D373" t="s">
+        <v>3469</v>
+      </c>
+      <c r="E373" t="s">
+        <v>3470</v>
+      </c>
+      <c r="F373" t="s">
+        <v>3471</v>
+      </c>
+      <c r="G373" t="s">
+        <v>3472</v>
+      </c>
+      <c r="H373" t="s">
+        <v>3473</v>
+      </c>
+      <c r="I373" t="s">
+        <v>3474</v>
+      </c>
+      <c r="J373" t="s">
+        <v>24</v>
+      </c>
+      <c r="K373" t="s">
+        <v>25</v>
+      </c>
+      <c r="L373" t="s">
+        <v>26</v>
+      </c>
+      <c r="M373" t="s">
+        <v>27</v>
+      </c>
+      <c r="N373" t="s">
+        <v>28</v>
+      </c>
+      <c r="O373" t="s">
+        <v>3475</v>
+      </c>
+    </row>
+    <row r="374" spans="1:15">
+      <c r="A374">
+        <v>65073</v>
+      </c>
+      <c r="B374" t="s">
+        <v>3476</v>
+      </c>
+      <c r="C374" t="s">
+        <v>3477</v>
+      </c>
+      <c r="D374" t="s">
+        <v>3478</v>
+      </c>
+      <c r="E374" t="s">
+        <v>3479</v>
+      </c>
+      <c r="F374" t="s">
+        <v>3480</v>
+      </c>
+      <c r="G374" t="s">
+        <v>3481</v>
+      </c>
+      <c r="H374" t="s">
+        <v>3482</v>
+      </c>
+      <c r="I374" t="s">
+        <v>3483</v>
+      </c>
+      <c r="J374" t="s">
+        <v>24</v>
+      </c>
+      <c r="K374" t="s">
+        <v>25</v>
+      </c>
+      <c r="L374" t="s">
+        <v>26</v>
+      </c>
+      <c r="M374" t="s">
+        <v>27</v>
+      </c>
+      <c r="N374" t="s">
+        <v>28</v>
+      </c>
+      <c r="O374" t="s">
+        <v>3484</v>
+      </c>
+    </row>
+    <row r="375" spans="1:15">
+      <c r="A375">
+        <v>65074</v>
+      </c>
+      <c r="B375" t="s">
+        <v>3485</v>
+      </c>
+      <c r="C375" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D375" t="s">
+        <v>3487</v>
+      </c>
+      <c r="E375" t="s">
+        <v>3488</v>
+      </c>
+      <c r="F375" t="s">
+        <v>3489</v>
+      </c>
+      <c r="G375" t="s">
+        <v>3490</v>
+      </c>
+      <c r="H375" t="s">
+        <v>3491</v>
+      </c>
+      <c r="I375" t="s">
+        <v>3492</v>
+      </c>
+      <c r="J375" t="s">
+        <v>24</v>
+      </c>
+      <c r="K375" t="s">
+        <v>3493</v>
+      </c>
+      <c r="L375" t="s">
+        <v>26</v>
+      </c>
+      <c r="M375" t="s">
+        <v>3494</v>
+      </c>
+      <c r="N375" t="s">
+        <v>28</v>
+      </c>
+      <c r="O375" t="s">
+        <v>3495</v>
+      </c>
+    </row>
+    <row r="376" spans="1:15">
+      <c r="A376">
+        <v>65075</v>
+      </c>
+      <c r="B376" t="s">
+        <v>3496</v>
+      </c>
+      <c r="C376" t="s">
+        <v>3497</v>
+      </c>
+      <c r="D376" t="s">
+        <v>3498</v>
+      </c>
+      <c r="E376" t="s">
+        <v>3499</v>
+      </c>
+      <c r="F376" t="s">
+        <v>3500</v>
+      </c>
+      <c r="G376" t="s">
+        <v>3501</v>
+      </c>
+      <c r="H376" t="s">
+        <v>3502</v>
+      </c>
+      <c r="I376" t="s">
+        <v>3503</v>
+      </c>
+      <c r="J376" t="s">
+        <v>556</v>
+      </c>
+      <c r="K376" t="s">
+        <v>509</v>
+      </c>
+      <c r="L376" t="s">
+        <v>558</v>
+      </c>
+      <c r="M376" t="s">
+        <v>3218</v>
+      </c>
+      <c r="N376" t="s">
+        <v>28</v>
+      </c>
+      <c r="O376" t="s">
+        <v>3504</v>
+      </c>
+    </row>
+    <row r="377" spans="1:15">
+      <c r="A377">
+        <v>65076</v>
+      </c>
+      <c r="B377" t="s">
+        <v>3505</v>
+      </c>
+      <c r="C377" t="s">
+        <v>3506</v>
+      </c>
+      <c r="D377" t="s">
+        <v>3507</v>
+      </c>
+      <c r="E377" t="s">
+        <v>3508</v>
+      </c>
+      <c r="F377" t="s">
+        <v>3509</v>
+      </c>
+      <c r="G377" t="s">
+        <v>3510</v>
+      </c>
+      <c r="H377" t="s">
+        <v>3511</v>
+      </c>
+      <c r="I377" t="s">
+        <v>3512</v>
+      </c>
+      <c r="J377" t="s">
+        <v>24</v>
+      </c>
+      <c r="K377" t="s">
+        <v>112</v>
+      </c>
+      <c r="L377" t="s">
+        <v>26</v>
+      </c>
+      <c r="M377" t="s">
+        <v>113</v>
+      </c>
+      <c r="N377" t="s">
+        <v>28</v>
+      </c>
+      <c r="O377" t="s">
+        <v>3513</v>
+      </c>
+    </row>
+    <row r="378" spans="1:15">
+      <c r="A378">
+        <v>65077</v>
+      </c>
+      <c r="B378" t="s">
+        <v>3514</v>
+      </c>
+      <c r="C378" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D378" t="s">
+        <v>3516</v>
+      </c>
+      <c r="E378" t="s">
+        <v>3517</v>
+      </c>
+      <c r="F378" t="s">
+        <v>3518</v>
+      </c>
+      <c r="G378" t="s">
+        <v>3519</v>
+      </c>
+      <c r="H378" t="s">
+        <v>3520</v>
+      </c>
+      <c r="I378" t="s">
+        <v>3521</v>
+      </c>
+      <c r="J378" t="s">
+        <v>24</v>
+      </c>
+      <c r="K378" t="s">
+        <v>557</v>
+      </c>
+      <c r="L378" t="s">
+        <v>26</v>
+      </c>
+      <c r="M378" t="s">
+        <v>559</v>
+      </c>
+      <c r="N378" t="s">
+        <v>28</v>
+      </c>
+      <c r="O378" t="s">
+        <v>3522</v>
+      </c>
+    </row>
+    <row r="379" spans="1:15">
+      <c r="A379">
+        <v>65080</v>
+      </c>
+      <c r="B379" t="s">
+        <v>3523</v>
+      </c>
+      <c r="C379" t="s">
+        <v>3524</v>
+      </c>
+      <c r="D379" t="s">
+        <v>3525</v>
+      </c>
+      <c r="E379" t="s">
+        <v>3526</v>
+      </c>
+      <c r="F379" t="s">
+        <v>3527</v>
+      </c>
+      <c r="G379" t="s">
+        <v>3528</v>
+      </c>
+      <c r="H379" t="s">
+        <v>3529</v>
+      </c>
+      <c r="I379" t="s">
+        <v>3530</v>
+      </c>
+      <c r="J379" t="s">
+        <v>24</v>
+      </c>
+      <c r="K379" t="s">
+        <v>47</v>
+      </c>
+      <c r="L379" t="s">
+        <v>26</v>
+      </c>
+      <c r="M379" t="s">
+        <v>48</v>
+      </c>
+      <c r="N379" t="s">
+        <v>28</v>
+      </c>
+      <c r="O379" t="s">
+        <v>3531</v>
+      </c>
+    </row>
+    <row r="380" spans="1:15">
+      <c r="A380">
+        <v>65081</v>
+      </c>
+      <c r="B380" t="s">
+        <v>3532</v>
+      </c>
+      <c r="C380" t="s">
+        <v>3533</v>
+      </c>
+      <c r="D380" t="s">
+        <v>3534</v>
+      </c>
+      <c r="E380" t="s">
+        <v>3535</v>
+      </c>
+      <c r="F380" t="s">
+        <v>3536</v>
+      </c>
+      <c r="G380" t="s">
+        <v>3537</v>
+      </c>
+      <c r="H380" t="s">
+        <v>3538</v>
+      </c>
+      <c r="I380" t="s">
+        <v>3539</v>
+      </c>
+      <c r="J380" t="s">
+        <v>24</v>
+      </c>
+      <c r="K380" t="s">
+        <v>47</v>
+      </c>
+      <c r="L380" t="s">
+        <v>26</v>
+      </c>
+      <c r="M380" t="s">
+        <v>48</v>
+      </c>
+      <c r="N380" t="s">
+        <v>28</v>
+      </c>
+      <c r="O380" t="s">
+        <v>3540</v>
+      </c>
+    </row>
+    <row r="381" spans="1:15">
+      <c r="A381">
+        <v>65082</v>
+      </c>
+      <c r="B381" t="s">
+        <v>3541</v>
+      </c>
+      <c r="C381" t="s">
+        <v>3542</v>
+      </c>
+      <c r="D381" t="s">
+        <v>3543</v>
+      </c>
+      <c r="E381" t="s">
+        <v>3544</v>
+      </c>
+      <c r="F381" t="s">
+        <v>3545</v>
+      </c>
+      <c r="G381" t="s">
+        <v>3546</v>
+      </c>
+      <c r="H381" t="s">
+        <v>3547</v>
+      </c>
+      <c r="I381" t="s">
+        <v>3548</v>
+      </c>
+      <c r="J381" t="s">
+        <v>24</v>
+      </c>
+      <c r="K381" t="s">
+        <v>47</v>
+      </c>
+      <c r="L381" t="s">
+        <v>26</v>
+      </c>
+      <c r="M381" t="s">
+        <v>48</v>
+      </c>
+      <c r="N381" t="s">
+        <v>28</v>
+      </c>
+      <c r="O381" t="s">
+        <v>3549</v>
+      </c>
+    </row>
+    <row r="382" spans="1:15">
+      <c r="A382">
+        <v>65083</v>
+      </c>
+      <c r="B382" t="s">
+        <v>3550</v>
+      </c>
+      <c r="C382" t="s">
+        <v>3551</v>
+      </c>
+      <c r="D382" t="s">
+        <v>3552</v>
+      </c>
+      <c r="E382" t="s">
+        <v>3553</v>
+      </c>
+      <c r="F382" t="s">
+        <v>3554</v>
+      </c>
+      <c r="G382" t="s">
+        <v>3555</v>
+      </c>
+      <c r="H382" t="s">
+        <v>3556</v>
+      </c>
+      <c r="I382" t="s">
+        <v>3557</v>
+      </c>
+      <c r="J382" t="s">
+        <v>24</v>
+      </c>
+      <c r="K382" t="s">
+        <v>112</v>
+      </c>
+      <c r="L382" t="s">
+        <v>26</v>
+      </c>
+      <c r="M382" t="s">
+        <v>113</v>
+      </c>
+      <c r="N382" t="s">
+        <v>28</v>
+      </c>
+      <c r="O382" t="s">
+        <v>3558</v>
+      </c>
+    </row>
+    <row r="383" spans="1:15">
+      <c r="A383">
+        <v>65084</v>
+      </c>
+      <c r="B383" t="s">
+        <v>3559</v>
+      </c>
+      <c r="C383" t="s">
+        <v>3560</v>
+      </c>
+      <c r="D383" t="s">
+        <v>3561</v>
+      </c>
+      <c r="E383" t="s">
+        <v>3562</v>
+      </c>
+      <c r="F383" t="s">
+        <v>3563</v>
+      </c>
+      <c r="G383" t="s">
+        <v>3564</v>
+      </c>
+      <c r="H383" t="s">
+        <v>3565</v>
+      </c>
+      <c r="I383" t="s">
+        <v>3566</v>
+      </c>
+      <c r="J383" t="s">
+        <v>24</v>
+      </c>
+      <c r="K383" t="s">
+        <v>25</v>
+      </c>
+      <c r="L383" t="s">
+        <v>26</v>
+      </c>
+      <c r="M383" t="s">
+        <v>27</v>
+      </c>
+      <c r="N383" t="s">
+        <v>28</v>
+      </c>
+      <c r="O383" t="s">
+        <v>3567</v>
+      </c>
+    </row>
+    <row r="384" spans="1:15">
+      <c r="A384">
+        <v>65085</v>
+      </c>
+      <c r="B384" t="s">
+        <v>3568</v>
+      </c>
+      <c r="C384" t="s">
+        <v>3569</v>
+      </c>
+      <c r="D384" t="s">
+        <v>3570</v>
+      </c>
+      <c r="E384" t="s">
+        <v>3571</v>
+      </c>
+      <c r="F384" t="s">
+        <v>3572</v>
+      </c>
+      <c r="G384" t="s">
+        <v>3573</v>
+      </c>
+      <c r="H384" t="s">
+        <v>3574</v>
+      </c>
+      <c r="I384" t="s">
+        <v>3575</v>
+      </c>
+      <c r="J384" t="s">
+        <v>24</v>
+      </c>
+      <c r="K384" t="s">
+        <v>2322</v>
+      </c>
+      <c r="L384" t="s">
+        <v>26</v>
+      </c>
+      <c r="M384" t="s">
+        <v>2323</v>
+      </c>
+      <c r="N384" t="s">
+        <v>28</v>
+      </c>
+      <c r="O384" t="s">
+        <v>3576</v>
+      </c>
+    </row>
+    <row r="385" spans="1:15">
+      <c r="A385">
+        <v>65086</v>
+      </c>
+      <c r="B385" t="s">
+        <v>3577</v>
+      </c>
+      <c r="C385" t="s">
+        <v>3578</v>
+      </c>
+      <c r="D385" t="s">
+        <v>3579</v>
+      </c>
+      <c r="E385" t="s">
+        <v>3580</v>
+      </c>
+      <c r="F385" t="s">
+        <v>3581</v>
+      </c>
+      <c r="G385" t="s">
+        <v>3582</v>
+      </c>
+      <c r="H385" t="s">
+        <v>3583</v>
+      </c>
+      <c r="I385" t="s">
+        <v>3584</v>
+      </c>
+      <c r="J385" t="s">
+        <v>24</v>
+      </c>
+      <c r="K385" t="s">
+        <v>112</v>
+      </c>
+      <c r="L385" t="s">
+        <v>26</v>
+      </c>
+      <c r="M385" t="s">
+        <v>113</v>
+      </c>
+      <c r="N385" t="s">
+        <v>28</v>
+      </c>
+      <c r="O385" t="s">
+        <v>3585</v>
+      </c>
+    </row>
+    <row r="386" spans="1:15">
+      <c r="A386">
+        <v>65087</v>
+      </c>
+      <c r="B386" t="s">
+        <v>3586</v>
+      </c>
+      <c r="C386" t="s">
+        <v>3587</v>
+      </c>
+      <c r="D386" t="s">
+        <v>3588</v>
+      </c>
+      <c r="E386" t="s">
+        <v>3589</v>
+      </c>
+      <c r="F386" t="s">
+        <v>3590</v>
+      </c>
+      <c r="G386" t="s">
+        <v>3591</v>
+      </c>
+      <c r="H386" t="s">
+        <v>3592</v>
+      </c>
+      <c r="I386" t="s">
+        <v>3593</v>
+      </c>
+      <c r="J386" t="s">
+        <v>24</v>
+      </c>
+      <c r="K386" t="s">
+        <v>112</v>
+      </c>
+      <c r="L386" t="s">
+        <v>26</v>
+      </c>
+      <c r="M386" t="s">
+        <v>113</v>
+      </c>
+      <c r="N386" t="s">
+        <v>28</v>
+      </c>
+      <c r="O386" t="s">
+        <v>3594</v>
+      </c>
+    </row>
+    <row r="387" spans="1:15">
+      <c r="A387">
+        <v>65088</v>
+      </c>
+      <c r="B387" t="s">
+        <v>3595</v>
+      </c>
+      <c r="C387" t="s">
+        <v>3596</v>
+      </c>
+      <c r="D387" t="s">
+        <v>3597</v>
+      </c>
+      <c r="E387" t="s">
+        <v>3598</v>
+      </c>
+      <c r="F387" t="s">
+        <v>3599</v>
+      </c>
+      <c r="G387" t="s">
+        <v>3600</v>
+      </c>
+      <c r="H387" t="s">
+        <v>3601</v>
+      </c>
+      <c r="I387" t="s">
+        <v>3602</v>
+      </c>
+      <c r="J387" t="s">
+        <v>24</v>
+      </c>
+      <c r="K387" t="s">
+        <v>25</v>
+      </c>
+      <c r="L387" t="s">
+        <v>26</v>
+      </c>
+      <c r="M387" t="s">
+        <v>27</v>
+      </c>
+      <c r="N387" t="s">
+        <v>28</v>
+      </c>
+      <c r="O387" t="s">
+        <v>3603</v>
+      </c>
+    </row>
+    <row r="388" spans="1:15">
+      <c r="A388">
+        <v>65089</v>
+      </c>
+      <c r="B388" t="s">
+        <v>3604</v>
+      </c>
+      <c r="C388" t="s">
+        <v>3605</v>
+      </c>
+      <c r="D388" t="s">
+        <v>3606</v>
+      </c>
+      <c r="E388" t="s">
+        <v>3607</v>
+      </c>
+      <c r="F388" t="s">
+        <v>3608</v>
+      </c>
+      <c r="G388" t="s">
+        <v>3609</v>
+      </c>
+      <c r="H388" t="s">
+        <v>3610</v>
+      </c>
+      <c r="I388" t="s">
+        <v>3611</v>
+      </c>
+      <c r="J388" t="s">
+        <v>24</v>
+      </c>
+      <c r="K388" t="s">
+        <v>25</v>
+      </c>
+      <c r="L388" t="s">
+        <v>26</v>
+      </c>
+      <c r="M388" t="s">
+        <v>27</v>
+      </c>
+      <c r="N388" t="s">
+        <v>28</v>
+      </c>
+      <c r="O388" t="s">
+        <v>3612</v>
+      </c>
+    </row>
+    <row r="389" spans="1:15">
+      <c r="A389">
+        <v>65090</v>
+      </c>
+      <c r="B389" t="s">
+        <v>3613</v>
+      </c>
+      <c r="C389" t="s">
+        <v>3614</v>
+      </c>
+      <c r="D389" t="s">
+        <v>3615</v>
+      </c>
+      <c r="E389" t="s">
+        <v>3616</v>
+      </c>
+      <c r="F389" t="s">
+        <v>3617</v>
+      </c>
+      <c r="G389" t="s">
+        <v>3618</v>
+      </c>
+      <c r="H389" t="s">
+        <v>3619</v>
+      </c>
+      <c r="I389" t="s">
+        <v>3620</v>
+      </c>
+      <c r="J389" t="s">
+        <v>24</v>
+      </c>
+      <c r="K389" t="s">
+        <v>25</v>
+      </c>
+      <c r="L389" t="s">
+        <v>26</v>
+      </c>
+      <c r="M389" t="s">
+        <v>27</v>
+      </c>
+      <c r="N389" t="s">
+        <v>28</v>
+      </c>
+      <c r="O389" t="s">
+        <v>3621</v>
+      </c>
+    </row>
+    <row r="390" spans="1:15">
+      <c r="A390">
+        <v>65091</v>
+      </c>
+      <c r="B390" t="s">
+        <v>3622</v>
+      </c>
+      <c r="C390" t="s">
+        <v>3623</v>
+      </c>
+      <c r="D390" t="s">
+        <v>3624</v>
+      </c>
+      <c r="E390" t="s">
+        <v>3625</v>
+      </c>
+      <c r="F390" t="s">
+        <v>3626</v>
+      </c>
+      <c r="G390" t="s">
+        <v>3627</v>
+      </c>
+      <c r="H390" t="s">
+        <v>3628</v>
+      </c>
+      <c r="I390" t="s">
+        <v>3629</v>
+      </c>
+      <c r="J390" t="s">
+        <v>24</v>
+      </c>
+      <c r="K390" t="s">
+        <v>25</v>
+      </c>
+      <c r="L390" t="s">
+        <v>26</v>
+      </c>
+      <c r="M390" t="s">
+        <v>27</v>
+      </c>
+      <c r="N390" t="s">
+        <v>28</v>
+      </c>
+      <c r="O390" t="s">
+        <v>3630</v>
+      </c>
+    </row>
+    <row r="391" spans="1:15">
+      <c r="A391">
+        <v>65092</v>
+      </c>
+      <c r="B391" t="s">
+        <v>3631</v>
+      </c>
+      <c r="C391" t="s">
+        <v>3632</v>
+      </c>
+      <c r="D391" t="s">
+        <v>3633</v>
+      </c>
+      <c r="E391" t="s">
+        <v>3634</v>
+      </c>
+      <c r="F391" t="s">
+        <v>3635</v>
+      </c>
+      <c r="G391" t="s">
+        <v>3636</v>
+      </c>
+      <c r="H391" t="s">
+        <v>3637</v>
+      </c>
+      <c r="I391" t="s">
+        <v>3638</v>
+      </c>
+      <c r="J391" t="s">
+        <v>24</v>
+      </c>
+      <c r="K391" t="s">
+        <v>112</v>
+      </c>
+      <c r="L391" t="s">
+        <v>26</v>
+      </c>
+      <c r="M391" t="s">
+        <v>113</v>
+      </c>
+      <c r="N391" t="s">
+        <v>28</v>
+      </c>
+      <c r="O391" t="s">
+        <v>3639</v>
+      </c>
+    </row>
+    <row r="392" spans="1:15">
+      <c r="A392">
+        <v>65093</v>
+      </c>
+      <c r="B392" t="s">
+        <v>3640</v>
+      </c>
+      <c r="C392" t="s">
+        <v>3641</v>
+      </c>
+      <c r="D392" t="s">
+        <v>3642</v>
+      </c>
+      <c r="E392" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F392" t="s">
+        <v>3644</v>
+      </c>
+      <c r="G392" t="s">
+        <v>3645</v>
+      </c>
+      <c r="H392" t="s">
+        <v>3646</v>
+      </c>
+      <c r="I392" t="s">
+        <v>3647</v>
+      </c>
+      <c r="J392" t="s">
+        <v>24</v>
+      </c>
+      <c r="K392" t="s">
+        <v>112</v>
+      </c>
+      <c r="L392" t="s">
+        <v>26</v>
+      </c>
+      <c r="M392" t="s">
+        <v>113</v>
+      </c>
+      <c r="N392" t="s">
+        <v>28</v>
+      </c>
+      <c r="O392" t="s">
+        <v>3648</v>
+      </c>
+    </row>
+    <row r="393" spans="1:15">
+      <c r="A393">
+        <v>65094</v>
+      </c>
+      <c r="B393" t="s">
+        <v>3649</v>
+      </c>
+      <c r="C393" t="s">
+        <v>3650</v>
+      </c>
+      <c r="D393" t="s">
+        <v>3651</v>
+      </c>
+      <c r="E393" t="s">
+        <v>3652</v>
+      </c>
+      <c r="F393" t="s">
+        <v>3653</v>
+      </c>
+      <c r="G393" t="s">
+        <v>3654</v>
+      </c>
+      <c r="H393" t="s">
+        <v>3655</v>
+      </c>
+      <c r="I393" t="s">
+        <v>3656</v>
+      </c>
+      <c r="J393" t="s">
+        <v>24</v>
+      </c>
+      <c r="K393" t="s">
+        <v>3657</v>
+      </c>
+      <c r="L393" t="s">
+        <v>26</v>
+      </c>
+      <c r="M393" t="s">
+        <v>3658</v>
+      </c>
+      <c r="N393" t="s">
+        <v>28</v>
+      </c>
+      <c r="O393" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="394" spans="1:15">
+      <c r="A394">
+        <v>65095</v>
+      </c>
+      <c r="B394" t="s">
+        <v>3660</v>
+      </c>
+      <c r="C394" t="s">
+        <v>3661</v>
+      </c>
+      <c r="D394" t="s">
+        <v>3662</v>
+      </c>
+      <c r="E394" t="s">
+        <v>3663</v>
+      </c>
+      <c r="F394" t="s">
+        <v>3664</v>
+      </c>
+      <c r="G394" t="s">
+        <v>3665</v>
+      </c>
+      <c r="H394" t="s">
+        <v>3666</v>
+      </c>
+      <c r="I394" t="s">
+        <v>3667</v>
+      </c>
+      <c r="J394" t="s">
+        <v>24</v>
+      </c>
+      <c r="K394" t="s">
+        <v>557</v>
+      </c>
+      <c r="L394" t="s">
+        <v>26</v>
+      </c>
+      <c r="M394" t="s">
+        <v>559</v>
+      </c>
+      <c r="N394" t="s">
+        <v>28</v>
+      </c>
+      <c r="O394" t="s">
+        <v>3668</v>
+      </c>
+    </row>
+    <row r="395" spans="1:15">
+      <c r="A395">
+        <v>65096</v>
+      </c>
+      <c r="B395" t="s">
+        <v>3669</v>
+      </c>
+      <c r="C395" t="s">
+        <v>3670</v>
+      </c>
+      <c r="D395" t="s">
+        <v>3671</v>
+      </c>
+      <c r="E395" t="s">
+        <v>3672</v>
+      </c>
+      <c r="F395" t="s">
+        <v>3673</v>
+      </c>
+      <c r="G395" t="s">
+        <v>3674</v>
+      </c>
+      <c r="H395" t="s">
+        <v>3675</v>
+      </c>
+      <c r="I395" t="s">
+        <v>3676</v>
+      </c>
+      <c r="J395" t="s">
+        <v>24</v>
+      </c>
+      <c r="K395" t="s">
+        <v>25</v>
+      </c>
+      <c r="L395" t="s">
+        <v>26</v>
+      </c>
+      <c r="M395" t="s">
+        <v>27</v>
+      </c>
+      <c r="N395" t="s">
+        <v>28</v>
+      </c>
+      <c r="O395" t="s">
+        <v>3677</v>
+      </c>
+    </row>
+    <row r="396" spans="1:15">
+      <c r="A396">
+        <v>65097</v>
+      </c>
+      <c r="B396" t="s">
+        <v>3678</v>
+      </c>
+      <c r="C396" t="s">
+        <v>3679</v>
+      </c>
+      <c r="D396" t="s">
+        <v>3680</v>
+      </c>
+      <c r="E396" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F396" t="s">
+        <v>3682</v>
+      </c>
+      <c r="G396" t="s">
+        <v>3683</v>
+      </c>
+      <c r="H396" t="s">
+        <v>3684</v>
+      </c>
+      <c r="I396" t="s">
+        <v>3685</v>
+      </c>
+      <c r="J396" t="s">
+        <v>24</v>
+      </c>
+      <c r="K396" t="s">
+        <v>112</v>
+      </c>
+      <c r="L396" t="s">
+        <v>26</v>
+      </c>
+      <c r="M396" t="s">
+        <v>113</v>
+      </c>
+      <c r="N396" t="s">
+        <v>28</v>
+      </c>
+      <c r="O396" t="s">
+        <v>3686</v>
+      </c>
+    </row>
+    <row r="397" spans="1:15">
+      <c r="A397">
+        <v>65098</v>
+      </c>
+      <c r="B397" t="s">
+        <v>3687</v>
+      </c>
+      <c r="C397" t="s">
+        <v>3688</v>
+      </c>
+      <c r="D397" t="s">
+        <v>3689</v>
+      </c>
+      <c r="E397" t="s">
+        <v>3690</v>
+      </c>
+      <c r="F397" t="s">
+        <v>3691</v>
+      </c>
+      <c r="G397" t="s">
+        <v>3692</v>
+      </c>
+      <c r="H397" t="s">
+        <v>3693</v>
+      </c>
+      <c r="I397" t="s">
+        <v>3694</v>
+      </c>
+      <c r="J397" t="s">
+        <v>24</v>
+      </c>
+      <c r="K397" t="s">
+        <v>25</v>
+      </c>
+      <c r="L397" t="s">
+        <v>26</v>
+      </c>
+      <c r="M397" t="s">
+        <v>27</v>
+      </c>
+      <c r="N397" t="s">
+        <v>28</v>
+      </c>
+      <c r="O397" t="s">
+        <v>3695</v>
+      </c>
+    </row>
+    <row r="398" spans="1:15">
+      <c r="A398">
+        <v>65099</v>
+      </c>
+      <c r="B398" t="s">
+        <v>3696</v>
+      </c>
+      <c r="C398" t="s">
+        <v>3697</v>
+      </c>
+      <c r="D398" t="s">
+        <v>3698</v>
+      </c>
+      <c r="E398" t="s">
+        <v>3699</v>
+      </c>
+      <c r="F398" t="s">
+        <v>3700</v>
+      </c>
+      <c r="G398" t="s">
+        <v>3701</v>
+      </c>
+      <c r="H398" t="s">
+        <v>3702</v>
+      </c>
+      <c r="I398" t="s">
+        <v>3703</v>
+      </c>
+      <c r="J398" t="s">
+        <v>24</v>
+      </c>
+      <c r="K398" t="s">
+        <v>112</v>
+      </c>
+      <c r="L398" t="s">
+        <v>26</v>
+      </c>
+      <c r="M398" t="s">
+        <v>113</v>
+      </c>
+      <c r="N398" t="s">
+        <v>28</v>
+      </c>
+      <c r="O398" t="s">
+        <v>3704</v>
+      </c>
+    </row>
+    <row r="399" spans="1:15">
+      <c r="A399">
+        <v>65100</v>
+      </c>
+      <c r="B399" t="s">
+        <v>3705</v>
+      </c>
+      <c r="C399" t="s">
+        <v>3706</v>
+      </c>
+      <c r="D399" t="s">
+        <v>3707</v>
+      </c>
+      <c r="E399" t="s">
+        <v>3708</v>
+      </c>
+      <c r="F399" t="s">
+        <v>3709</v>
+      </c>
+      <c r="G399" t="s">
+        <v>3710</v>
+      </c>
+      <c r="H399" t="s">
+        <v>3711</v>
+      </c>
+      <c r="I399" t="s">
+        <v>3712</v>
+      </c>
+      <c r="J399" t="s">
+        <v>24</v>
+      </c>
+      <c r="K399" t="s">
+        <v>3086</v>
+      </c>
+      <c r="L399" t="s">
+        <v>26</v>
+      </c>
+      <c r="M399" t="s">
+        <v>3087</v>
+      </c>
+      <c r="N399" t="s">
+        <v>28</v>
+      </c>
+      <c r="O399" t="s">
+        <v>3713</v>
+      </c>
+    </row>
+    <row r="400" spans="1:15">
+      <c r="A400">
+        <v>65101</v>
+      </c>
+      <c r="B400" t="s">
+        <v>3714</v>
+      </c>
+      <c r="C400" t="s">
+        <v>3715</v>
+      </c>
+      <c r="D400" t="s">
+        <v>3716</v>
+      </c>
+      <c r="E400" t="s">
+        <v>3717</v>
+      </c>
+      <c r="F400" t="s">
+        <v>3718</v>
+      </c>
+      <c r="G400" t="s">
+        <v>3719</v>
+      </c>
+      <c r="H400" t="s">
+        <v>3720</v>
+      </c>
+      <c r="I400" t="s">
+        <v>3721</v>
+      </c>
+      <c r="J400" t="s">
+        <v>24</v>
+      </c>
+      <c r="K400" t="s">
+        <v>112</v>
+      </c>
+      <c r="L400" t="s">
+        <v>26</v>
+      </c>
+      <c r="M400" t="s">
+        <v>113</v>
+      </c>
+      <c r="N400" t="s">
+        <v>28</v>
+      </c>
+      <c r="O400" t="s">
+        <v>3722</v>
+      </c>
+    </row>
+    <row r="401" spans="1:15">
+      <c r="A401">
+        <v>65102</v>
+      </c>
+      <c r="B401" t="s">
+        <v>3723</v>
+      </c>
+      <c r="C401" t="s">
+        <v>3724</v>
+      </c>
+      <c r="D401" t="s">
+        <v>3725</v>
+      </c>
+      <c r="E401" t="s">
+        <v>3726</v>
+      </c>
+      <c r="F401" t="s">
+        <v>3727</v>
+      </c>
+      <c r="G401" t="s">
+        <v>3728</v>
+      </c>
+      <c r="H401" t="s">
+        <v>3729</v>
+      </c>
+      <c r="I401" t="s">
+        <v>3730</v>
+      </c>
+      <c r="J401" t="s">
+        <v>24</v>
+      </c>
+      <c r="K401" t="s">
+        <v>25</v>
+      </c>
+      <c r="L401" t="s">
+        <v>26</v>
+      </c>
+      <c r="M401" t="s">
+        <v>27</v>
+      </c>
+      <c r="N401" t="s">
+        <v>28</v>
+      </c>
+      <c r="O401" t="s">
+        <v>3731</v>
+      </c>
+    </row>
+    <row r="402" spans="1:15">
+      <c r="A402">
+        <v>65104</v>
+      </c>
+      <c r="B402" t="s">
+        <v>3732</v>
+      </c>
+      <c r="C402" t="s">
+        <v>3733</v>
+      </c>
+      <c r="D402" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E402" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F402" t="s">
+        <v>3736</v>
+      </c>
+      <c r="G402" t="s">
+        <v>3737</v>
+      </c>
+      <c r="H402" t="s">
+        <v>3738</v>
+      </c>
+      <c r="I402" t="s">
+        <v>3739</v>
+      </c>
+      <c r="J402" t="s">
+        <v>24</v>
+      </c>
+      <c r="K402" t="s">
+        <v>3740</v>
+      </c>
+      <c r="L402" t="s">
+        <v>26</v>
+      </c>
+      <c r="M402" t="s">
+        <v>3741</v>
+      </c>
+      <c r="N402" t="s">
+        <v>28</v>
+      </c>
+      <c r="O402" t="s">
+        <v>3742</v>
+      </c>
+    </row>
+    <row r="403" spans="1:15">
+      <c r="A403">
+        <v>65105</v>
+      </c>
+      <c r="B403" t="s">
+        <v>3743</v>
+      </c>
+      <c r="C403" t="s">
+        <v>3744</v>
+      </c>
+      <c r="D403" t="s">
+        <v>3745</v>
+      </c>
+      <c r="E403" t="s">
+        <v>3746</v>
+      </c>
+      <c r="F403" t="s">
+        <v>3747</v>
+      </c>
+      <c r="G403" t="s">
+        <v>3748</v>
+      </c>
+      <c r="H403" t="s">
+        <v>3749</v>
+      </c>
+      <c r="I403" t="s">
+        <v>3750</v>
+      </c>
+      <c r="J403" t="s">
+        <v>24</v>
+      </c>
+      <c r="K403" t="s">
+        <v>112</v>
+      </c>
+      <c r="L403" t="s">
+        <v>26</v>
+      </c>
+      <c r="M403" t="s">
+        <v>113</v>
+      </c>
+      <c r="N403" t="s">
+        <v>28</v>
+      </c>
+      <c r="O403" t="s">
+        <v>3751</v>
+      </c>
+    </row>
+    <row r="404" spans="1:15">
+      <c r="A404">
         <v>65124</v>
       </c>
-      <c r="B360" t="s">
-[...26 lines deleted...]
-      <c r="K360" t="s">
+      <c r="B404" t="s">
+        <v>3752</v>
+      </c>
+      <c r="C404" t="s">
+        <v>3753</v>
+      </c>
+      <c r="D404" t="s">
+        <v>3754</v>
+      </c>
+      <c r="E404" t="s">
+        <v>3755</v>
+      </c>
+      <c r="F404" t="s">
+        <v>3756</v>
+      </c>
+      <c r="G404" t="s">
+        <v>3757</v>
+      </c>
+      <c r="H404" t="s">
+        <v>3758</v>
+      </c>
+      <c r="I404" t="s">
+        <v>3759</v>
+      </c>
+      <c r="J404" t="s">
+        <v>24</v>
+      </c>
+      <c r="K404" t="s">
         <v>25</v>
       </c>
-      <c r="L360" t="s">
-[...2 lines deleted...]
-      <c r="M360" t="s">
+      <c r="L404" t="s">
+        <v>26</v>
+      </c>
+      <c r="M404" t="s">
         <v>27</v>
       </c>
-      <c r="N360" t="s">
-[...3 lines deleted...]
-        <v>3319</v>
+      <c r="N404" t="s">
+        <v>28</v>
+      </c>
+      <c r="O404" t="s">
+        <v>3760</v>
+      </c>
+    </row>
+    <row r="405" spans="1:15">
+      <c r="A405">
+        <v>65255</v>
+      </c>
+      <c r="B405" t="s">
+        <v>3761</v>
+      </c>
+      <c r="C405" t="s">
+        <v>3762</v>
+      </c>
+      <c r="D405" t="s">
+        <v>3763</v>
+      </c>
+      <c r="E405" t="s">
+        <v>3764</v>
+      </c>
+      <c r="F405" t="s">
+        <v>3765</v>
+      </c>
+      <c r="G405" t="s">
+        <v>3766</v>
+      </c>
+      <c r="H405" t="s">
+        <v>3767</v>
+      </c>
+      <c r="I405" t="s">
+        <v>3768</v>
+      </c>
+      <c r="J405" t="s">
+        <v>1213</v>
+      </c>
+      <c r="K405" t="s">
+        <v>3769</v>
+      </c>
+      <c r="L405" t="s">
+        <v>1215</v>
+      </c>
+      <c r="M405" t="s">
+        <v>3770</v>
+      </c>
+      <c r="N405" t="s">
+        <v>28</v>
+      </c>
+      <c r="O405" t="s">
+        <v>3771</v>
+      </c>
+    </row>
+    <row r="406" spans="1:15">
+      <c r="A406">
+        <v>66510</v>
+      </c>
+      <c r="B406" t="s">
+        <v>3772</v>
+      </c>
+      <c r="C406" t="s">
+        <v>3773</v>
+      </c>
+      <c r="D406" t="s">
+        <v>3774</v>
+      </c>
+      <c r="E406" t="s">
+        <v>3775</v>
+      </c>
+      <c r="F406" t="s">
+        <v>3776</v>
+      </c>
+      <c r="G406" t="s">
+        <v>3777</v>
+      </c>
+      <c r="H406" t="s">
+        <v>3778</v>
+      </c>
+      <c r="I406" t="s">
+        <v>3779</v>
+      </c>
+      <c r="J406" t="s">
+        <v>1213</v>
+      </c>
+      <c r="K406" t="s">
+        <v>3780</v>
+      </c>
+      <c r="L406" t="s">
+        <v>1215</v>
+      </c>
+      <c r="M406" t="s">
+        <v>3781</v>
+      </c>
+      <c r="N406" t="s">
+        <v>28</v>
+      </c>
+      <c r="O406" t="s">
+        <v>3782</v>
+      </c>
+    </row>
+    <row r="407" spans="1:15">
+      <c r="A407">
+        <v>66511</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C407" t="s">
+        <v>3783</v>
+      </c>
+      <c r="D407" t="s">
+        <v>3784</v>
+      </c>
+      <c r="E407" t="s">
+        <v>3785</v>
+      </c>
+      <c r="F407" t="s">
+        <v>1388</v>
+      </c>
+      <c r="G407" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H407" t="s">
+        <v>3786</v>
+      </c>
+      <c r="I407" t="s">
+        <v>3787</v>
+      </c>
+      <c r="J407" t="s">
+        <v>24</v>
+      </c>
+      <c r="K407" t="s">
+        <v>3788</v>
+      </c>
+      <c r="L407" t="s">
+        <v>26</v>
+      </c>
+      <c r="M407" t="s">
+        <v>3789</v>
+      </c>
+      <c r="N407" t="s">
+        <v>28</v>
+      </c>
+      <c r="O407" t="s">
+        <v>3790</v>
+      </c>
+    </row>
+    <row r="408" spans="1:15">
+      <c r="A408">
+        <v>66512</v>
+      </c>
+      <c r="B408" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C408" t="s">
+        <v>3791</v>
+      </c>
+      <c r="D408" t="s">
+        <v>3792</v>
+      </c>
+      <c r="E408" t="s">
+        <v>3793</v>
+      </c>
+      <c r="F408" t="s">
+        <v>3794</v>
+      </c>
+      <c r="G408" t="s">
+        <v>2924</v>
+      </c>
+      <c r="H408" t="s">
+        <v>2925</v>
+      </c>
+      <c r="I408" t="s">
+        <v>2926</v>
+      </c>
+      <c r="J408" t="s">
+        <v>24</v>
+      </c>
+      <c r="K408" t="s">
+        <v>3795</v>
+      </c>
+      <c r="L408" t="s">
+        <v>26</v>
+      </c>
+      <c r="M408" t="s">
+        <v>3796</v>
+      </c>
+      <c r="N408" t="s">
+        <v>28</v>
+      </c>
+      <c r="O408" t="s">
+        <v>3797</v>
+      </c>
+    </row>
+    <row r="409" spans="1:15">
+      <c r="A409">
+        <v>66513</v>
+      </c>
+      <c r="B409" t="s">
+        <v>3798</v>
+      </c>
+      <c r="C409" t="s">
+        <v>3799</v>
+      </c>
+      <c r="D409" t="s">
+        <v>3800</v>
+      </c>
+      <c r="E409" t="s">
+        <v>3801</v>
+      </c>
+      <c r="F409" t="s">
+        <v>3802</v>
+      </c>
+      <c r="G409" t="s">
+        <v>3252</v>
+      </c>
+      <c r="H409" t="s">
+        <v>3803</v>
+      </c>
+      <c r="I409" t="s">
+        <v>3804</v>
+      </c>
+      <c r="J409" t="s">
+        <v>24</v>
+      </c>
+      <c r="K409" t="s">
+        <v>3795</v>
+      </c>
+      <c r="L409" t="s">
+        <v>26</v>
+      </c>
+      <c r="M409" t="s">
+        <v>3796</v>
+      </c>
+      <c r="N409" t="s">
+        <v>28</v>
+      </c>
+      <c r="O409" t="s">
+        <v>3805</v>
+      </c>
+    </row>
+    <row r="410" spans="1:15">
+      <c r="A410">
+        <v>66514</v>
+      </c>
+      <c r="B410" t="s">
+        <v>3806</v>
+      </c>
+      <c r="C410" t="s">
+        <v>3807</v>
+      </c>
+      <c r="D410" t="s">
+        <v>3808</v>
+      </c>
+      <c r="E410" t="s">
+        <v>3809</v>
+      </c>
+      <c r="F410" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G410" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H410" t="s">
+        <v>3810</v>
+      </c>
+      <c r="I410" t="s">
+        <v>3811</v>
+      </c>
+      <c r="J410" t="s">
+        <v>24</v>
+      </c>
+      <c r="K410" t="s">
+        <v>3795</v>
+      </c>
+      <c r="L410" t="s">
+        <v>26</v>
+      </c>
+      <c r="M410" t="s">
+        <v>3796</v>
+      </c>
+      <c r="N410" t="s">
+        <v>28</v>
+      </c>
+      <c r="O410" t="s">
+        <v>3812</v>
+      </c>
+    </row>
+    <row r="411" spans="1:15">
+      <c r="A411">
+        <v>66515</v>
+      </c>
+      <c r="B411" t="s">
+        <v>3813</v>
+      </c>
+      <c r="C411" t="s">
+        <v>3814</v>
+      </c>
+      <c r="D411" t="s">
+        <v>3815</v>
+      </c>
+      <c r="E411" t="s">
+        <v>3816</v>
+      </c>
+      <c r="F411" t="s">
+        <v>3817</v>
+      </c>
+      <c r="G411" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H411" t="s">
+        <v>3818</v>
+      </c>
+      <c r="I411" t="s">
+        <v>3819</v>
+      </c>
+      <c r="J411" t="s">
+        <v>24</v>
+      </c>
+      <c r="K411" t="s">
+        <v>3795</v>
+      </c>
+      <c r="L411" t="s">
+        <v>26</v>
+      </c>
+      <c r="M411" t="s">
+        <v>3796</v>
+      </c>
+      <c r="N411" t="s">
+        <v>28</v>
+      </c>
+      <c r="O411" t="s">
+        <v>3820</v>
+      </c>
+    </row>
+    <row r="412" spans="1:15">
+      <c r="A412">
+        <v>66516</v>
+      </c>
+      <c r="B412" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C412" t="s">
+        <v>3821</v>
+      </c>
+      <c r="D412" t="s">
+        <v>3822</v>
+      </c>
+      <c r="E412" t="s">
+        <v>3823</v>
+      </c>
+      <c r="F412" t="s">
+        <v>3824</v>
+      </c>
+      <c r="G412" t="s">
+        <v>3825</v>
+      </c>
+      <c r="H412" t="s">
+        <v>3826</v>
+      </c>
+      <c r="I412" t="s">
+        <v>1292</v>
+      </c>
+      <c r="J412" t="s">
+        <v>24</v>
+      </c>
+      <c r="K412" t="s">
+        <v>112</v>
+      </c>
+      <c r="L412" t="s">
+        <v>26</v>
+      </c>
+      <c r="M412" t="s">
+        <v>113</v>
+      </c>
+      <c r="N412" t="s">
+        <v>28</v>
+      </c>
+      <c r="O412" t="s">
+        <v>3827</v>
+      </c>
+    </row>
+    <row r="413" spans="1:15">
+      <c r="A413">
+        <v>66517</v>
+      </c>
+      <c r="B413" t="s">
+        <v>3828</v>
+      </c>
+      <c r="C413" t="s">
+        <v>3829</v>
+      </c>
+      <c r="D413" t="s">
+        <v>3830</v>
+      </c>
+      <c r="E413" t="s">
+        <v>3831</v>
+      </c>
+      <c r="F413" t="s">
+        <v>3832</v>
+      </c>
+      <c r="G413" t="s">
+        <v>3833</v>
+      </c>
+      <c r="H413" t="s">
+        <v>3834</v>
+      </c>
+      <c r="I413" t="s">
+        <v>3835</v>
+      </c>
+      <c r="J413" t="s">
+        <v>24</v>
+      </c>
+      <c r="K413" t="s">
+        <v>3795</v>
+      </c>
+      <c r="L413" t="s">
+        <v>26</v>
+      </c>
+      <c r="M413" t="s">
+        <v>3796</v>
+      </c>
+      <c r="N413" t="s">
+        <v>28</v>
+      </c>
+      <c r="O413" t="s">
+        <v>3836</v>
+      </c>
+    </row>
+    <row r="414" spans="1:15">
+      <c r="A414">
+        <v>66518</v>
+      </c>
+      <c r="B414" t="s">
+        <v>3837</v>
+      </c>
+      <c r="C414" t="s">
+        <v>3838</v>
+      </c>
+      <c r="D414" t="s">
+        <v>3839</v>
+      </c>
+      <c r="E414" t="s">
+        <v>3840</v>
+      </c>
+      <c r="F414" t="s">
+        <v>3841</v>
+      </c>
+      <c r="G414" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H414" t="s">
+        <v>3842</v>
+      </c>
+      <c r="I414" t="s">
+        <v>3843</v>
+      </c>
+      <c r="J414" t="s">
+        <v>24</v>
+      </c>
+      <c r="K414" t="s">
+        <v>112</v>
+      </c>
+      <c r="L414" t="s">
+        <v>26</v>
+      </c>
+      <c r="M414" t="s">
+        <v>113</v>
+      </c>
+      <c r="N414" t="s">
+        <v>28</v>
+      </c>
+      <c r="O414" t="s">
+        <v>3844</v>
+      </c>
+    </row>
+    <row r="415" spans="1:15">
+      <c r="A415">
+        <v>66519</v>
+      </c>
+      <c r="B415" t="s">
+        <v>3845</v>
+      </c>
+      <c r="C415" t="s">
+        <v>3846</v>
+      </c>
+      <c r="D415" t="s">
+        <v>3847</v>
+      </c>
+      <c r="E415" t="s">
+        <v>3848</v>
+      </c>
+      <c r="F415" t="s">
+        <v>3849</v>
+      </c>
+      <c r="G415" t="s">
+        <v>3850</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I415" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J415" t="s">
+        <v>24</v>
+      </c>
+      <c r="K415" t="s">
+        <v>3851</v>
+      </c>
+      <c r="L415" t="s">
+        <v>26</v>
+      </c>
+      <c r="M415" t="s">
+        <v>3852</v>
+      </c>
+      <c r="N415" t="s">
+        <v>28</v>
+      </c>
+      <c r="O415" t="s">
+        <v>3853</v>
+      </c>
+    </row>
+    <row r="416" spans="1:15">
+      <c r="A416">
+        <v>66520</v>
+      </c>
+      <c r="B416" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C416" t="s">
+        <v>3854</v>
+      </c>
+      <c r="D416" t="s">
+        <v>3855</v>
+      </c>
+      <c r="E416" t="s">
+        <v>3856</v>
+      </c>
+      <c r="F416" t="s">
+        <v>1493</v>
+      </c>
+      <c r="G416" t="s">
+        <v>1494</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1495</v>
+      </c>
+      <c r="I416" t="s">
+        <v>1496</v>
+      </c>
+      <c r="J416" t="s">
+        <v>24</v>
+      </c>
+      <c r="K416" t="s">
+        <v>25</v>
+      </c>
+      <c r="L416" t="s">
+        <v>26</v>
+      </c>
+      <c r="M416" t="s">
+        <v>27</v>
+      </c>
+      <c r="N416" t="s">
+        <v>28</v>
+      </c>
+      <c r="O416" t="s">
+        <v>3857</v>
+      </c>
+    </row>
+    <row r="417" spans="1:15">
+      <c r="A417">
+        <v>66521</v>
+      </c>
+      <c r="B417" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C417" t="s">
+        <v>3858</v>
+      </c>
+      <c r="D417" t="s">
+        <v>3859</v>
+      </c>
+      <c r="E417" t="s">
+        <v>3860</v>
+      </c>
+      <c r="F417" t="s">
+        <v>3861</v>
+      </c>
+      <c r="G417" t="s">
+        <v>1335</v>
+      </c>
+      <c r="H417" t="s">
+        <v>3862</v>
+      </c>
+      <c r="I417" t="s">
+        <v>1337</v>
+      </c>
+      <c r="J417" t="s">
+        <v>24</v>
+      </c>
+      <c r="K417" t="s">
+        <v>112</v>
+      </c>
+      <c r="L417" t="s">
+        <v>26</v>
+      </c>
+      <c r="M417" t="s">
+        <v>113</v>
+      </c>
+      <c r="N417" t="s">
+        <v>28</v>
+      </c>
+      <c r="O417" t="s">
+        <v>3863</v>
+      </c>
+    </row>
+    <row r="418" spans="1:15">
+      <c r="A418">
+        <v>66522</v>
+      </c>
+      <c r="B418" t="s">
+        <v>3864</v>
+      </c>
+      <c r="C418" t="s">
+        <v>3865</v>
+      </c>
+      <c r="D418" t="s">
+        <v>3866</v>
+      </c>
+      <c r="E418" t="s">
+        <v>3867</v>
+      </c>
+      <c r="F418" t="s">
+        <v>3868</v>
+      </c>
+      <c r="G418" t="s">
+        <v>3869</v>
+      </c>
+      <c r="H418" t="s">
+        <v>3870</v>
+      </c>
+      <c r="I418" t="s">
+        <v>3871</v>
+      </c>
+      <c r="J418" t="s">
+        <v>24</v>
+      </c>
+      <c r="K418" t="s">
+        <v>3769</v>
+      </c>
+      <c r="L418" t="s">
+        <v>26</v>
+      </c>
+      <c r="M418" t="s">
+        <v>3770</v>
+      </c>
+      <c r="N418" t="s">
+        <v>28</v>
+      </c>
+      <c r="O418" t="s">
+        <v>3872</v>
+      </c>
+    </row>
+    <row r="419" spans="1:15">
+      <c r="A419">
+        <v>66523</v>
+      </c>
+      <c r="B419" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C419" t="s">
+        <v>3873</v>
+      </c>
+      <c r="D419" t="s">
+        <v>3874</v>
+      </c>
+      <c r="E419" t="s">
+        <v>3875</v>
+      </c>
+      <c r="F419" t="s">
+        <v>1379</v>
+      </c>
+      <c r="G419" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1381</v>
+      </c>
+      <c r="I419" t="s">
+        <v>1382</v>
+      </c>
+      <c r="J419" t="s">
+        <v>24</v>
+      </c>
+      <c r="K419" t="s">
+        <v>47</v>
+      </c>
+      <c r="L419" t="s">
+        <v>26</v>
+      </c>
+      <c r="M419" t="s">
+        <v>48</v>
+      </c>
+      <c r="N419" t="s">
+        <v>28</v>
+      </c>
+      <c r="O419" t="s">
+        <v>3876</v>
+      </c>
+    </row>
+    <row r="420" spans="1:15">
+      <c r="A420">
+        <v>66524</v>
+      </c>
+      <c r="B420" t="s">
+        <v>3089</v>
+      </c>
+      <c r="C420" t="s">
+        <v>3877</v>
+      </c>
+      <c r="D420" t="s">
+        <v>3878</v>
+      </c>
+      <c r="E420" t="s">
+        <v>3879</v>
+      </c>
+      <c r="F420" t="s">
+        <v>3880</v>
+      </c>
+      <c r="G420" t="s">
+        <v>3094</v>
+      </c>
+      <c r="H420" t="s">
+        <v>3095</v>
+      </c>
+      <c r="I420" t="s">
+        <v>3096</v>
+      </c>
+      <c r="J420" t="s">
+        <v>24</v>
+      </c>
+      <c r="K420" t="s">
+        <v>112</v>
+      </c>
+      <c r="L420" t="s">
+        <v>26</v>
+      </c>
+      <c r="M420" t="s">
+        <v>113</v>
+      </c>
+      <c r="N420" t="s">
+        <v>28</v>
+      </c>
+      <c r="O420" t="s">
+        <v>3881</v>
+      </c>
+    </row>
+    <row r="421" spans="1:15">
+      <c r="A421">
+        <v>66525</v>
+      </c>
+      <c r="B421" t="s">
+        <v>3882</v>
+      </c>
+      <c r="C421" t="s">
+        <v>2947</v>
+      </c>
+      <c r="D421" t="s">
+        <v>3883</v>
+      </c>
+      <c r="E421" t="s">
+        <v>3884</v>
+      </c>
+      <c r="F421" t="s">
+        <v>2950</v>
+      </c>
+      <c r="G421" t="s">
+        <v>2951</v>
+      </c>
+      <c r="H421" t="s">
+        <v>2952</v>
+      </c>
+      <c r="I421" t="s">
+        <v>2953</v>
+      </c>
+      <c r="J421" t="s">
+        <v>24</v>
+      </c>
+      <c r="K421" t="s">
+        <v>112</v>
+      </c>
+      <c r="L421" t="s">
+        <v>26</v>
+      </c>
+      <c r="M421" t="s">
+        <v>113</v>
+      </c>
+      <c r="N421" t="s">
+        <v>28</v>
+      </c>
+      <c r="O421" t="s">
+        <v>3885</v>
+      </c>
+    </row>
+    <row r="422" spans="1:15">
+      <c r="A422">
+        <v>66526</v>
+      </c>
+      <c r="B422" t="s">
+        <v>3886</v>
+      </c>
+      <c r="C422" t="s">
+        <v>3887</v>
+      </c>
+      <c r="D422" t="s">
+        <v>3888</v>
+      </c>
+      <c r="E422" t="s">
+        <v>3889</v>
+      </c>
+      <c r="F422" t="s">
+        <v>3890</v>
+      </c>
+      <c r="G422" t="s">
+        <v>2960</v>
+      </c>
+      <c r="H422" t="s">
+        <v>2961</v>
+      </c>
+      <c r="I422" t="s">
+        <v>2962</v>
+      </c>
+      <c r="J422" t="s">
+        <v>24</v>
+      </c>
+      <c r="K422" t="s">
+        <v>112</v>
+      </c>
+      <c r="L422" t="s">
+        <v>26</v>
+      </c>
+      <c r="M422" t="s">
+        <v>113</v>
+      </c>
+      <c r="N422" t="s">
+        <v>28</v>
+      </c>
+      <c r="O422" t="s">
+        <v>3891</v>
+      </c>
+    </row>
+    <row r="423" spans="1:15">
+      <c r="A423">
+        <v>66527</v>
+      </c>
+      <c r="B423" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C423" t="s">
+        <v>3892</v>
+      </c>
+      <c r="D423" t="s">
+        <v>3893</v>
+      </c>
+      <c r="E423" t="s">
+        <v>3894</v>
+      </c>
+      <c r="F423" t="s">
+        <v>3895</v>
+      </c>
+      <c r="G423" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1428</v>
+      </c>
+      <c r="I423" t="s">
+        <v>1429</v>
+      </c>
+      <c r="J423" t="s">
+        <v>24</v>
+      </c>
+      <c r="K423" t="s">
+        <v>3795</v>
+      </c>
+      <c r="L423" t="s">
+        <v>26</v>
+      </c>
+      <c r="M423" t="s">
+        <v>3796</v>
+      </c>
+      <c r="N423" t="s">
+        <v>28</v>
+      </c>
+      <c r="O423" t="s">
+        <v>3896</v>
+      </c>
+    </row>
+    <row r="424" spans="1:15">
+      <c r="A424">
+        <v>66529</v>
+      </c>
+      <c r="B424" t="s">
+        <v>3897</v>
+      </c>
+      <c r="C424" t="s">
+        <v>3898</v>
+      </c>
+      <c r="D424" t="s">
+        <v>3899</v>
+      </c>
+      <c r="E424" t="s">
+        <v>3900</v>
+      </c>
+      <c r="F424" t="s">
+        <v>3901</v>
+      </c>
+      <c r="G424" t="s">
+        <v>3391</v>
+      </c>
+      <c r="H424" t="s">
+        <v>3392</v>
+      </c>
+      <c r="I424" t="s">
+        <v>3393</v>
+      </c>
+      <c r="J424" t="s">
+        <v>24</v>
+      </c>
+      <c r="K424" t="s">
+        <v>1813</v>
+      </c>
+      <c r="L424" t="s">
+        <v>26</v>
+      </c>
+      <c r="M424" t="s">
+        <v>1814</v>
+      </c>
+      <c r="N424" t="s">
+        <v>28</v>
+      </c>
+      <c r="O424" t="s">
+        <v>3902</v>
+      </c>
+    </row>
+    <row r="425" spans="1:15">
+      <c r="A425">
+        <v>66530</v>
+      </c>
+      <c r="B425" t="s">
+        <v>3903</v>
+      </c>
+      <c r="C425" t="s">
+        <v>3904</v>
+      </c>
+      <c r="D425" t="s">
+        <v>3905</v>
+      </c>
+      <c r="E425" t="s">
+        <v>3906</v>
+      </c>
+      <c r="F425" t="s">
+        <v>3907</v>
+      </c>
+      <c r="G425" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1253</v>
+      </c>
+      <c r="I425" t="s">
+        <v>1254</v>
+      </c>
+      <c r="J425" t="s">
+        <v>24</v>
+      </c>
+      <c r="K425" t="s">
+        <v>683</v>
+      </c>
+      <c r="L425" t="s">
+        <v>26</v>
+      </c>
+      <c r="M425" t="s">
+        <v>684</v>
+      </c>
+      <c r="N425" t="s">
+        <v>28</v>
+      </c>
+      <c r="O425" t="s">
+        <v>3908</v>
+      </c>
+    </row>
+    <row r="426" spans="1:15">
+      <c r="A426">
+        <v>66531</v>
+      </c>
+      <c r="B426" t="s">
+        <v>3909</v>
+      </c>
+      <c r="C426" t="s">
+        <v>3910</v>
+      </c>
+      <c r="D426" t="s">
+        <v>3911</v>
+      </c>
+      <c r="E426" t="s">
+        <v>3912</v>
+      </c>
+      <c r="F426" t="s">
+        <v>3913</v>
+      </c>
+      <c r="G426" t="s">
+        <v>3914</v>
+      </c>
+      <c r="H426" t="s">
+        <v>3915</v>
+      </c>
+      <c r="I426" t="s">
+        <v>3916</v>
+      </c>
+      <c r="J426" t="s">
+        <v>556</v>
+      </c>
+      <c r="K426" t="s">
+        <v>3917</v>
+      </c>
+      <c r="L426" t="s">
+        <v>558</v>
+      </c>
+      <c r="M426" t="s">
+        <v>3918</v>
+      </c>
+      <c r="N426" t="s">
+        <v>28</v>
+      </c>
+      <c r="O426" t="s">
+        <v>3919</v>
+      </c>
+    </row>
+    <row r="427" spans="1:15">
+      <c r="A427">
+        <v>66532</v>
+      </c>
+      <c r="B427" t="s">
+        <v>3920</v>
+      </c>
+      <c r="C427" t="s">
+        <v>3921</v>
+      </c>
+      <c r="D427" t="s">
+        <v>3922</v>
+      </c>
+      <c r="E427" t="s">
+        <v>3923</v>
+      </c>
+      <c r="F427" t="s">
+        <v>1511</v>
+      </c>
+      <c r="G427" t="s">
+        <v>1512</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1513</v>
+      </c>
+      <c r="I427" t="s">
+        <v>1514</v>
+      </c>
+      <c r="J427" t="s">
+        <v>556</v>
+      </c>
+      <c r="K427" t="s">
+        <v>3924</v>
+      </c>
+      <c r="L427" t="s">
+        <v>558</v>
+      </c>
+      <c r="M427" t="s">
+        <v>3925</v>
+      </c>
+      <c r="N427" t="s">
+        <v>28</v>
+      </c>
+      <c r="O427" t="s">
+        <v>3926</v>
+      </c>
+    </row>
+    <row r="428" spans="1:15">
+      <c r="A428">
+        <v>66533</v>
+      </c>
+      <c r="B428" t="s">
+        <v>3927</v>
+      </c>
+      <c r="C428" t="s">
+        <v>3928</v>
+      </c>
+      <c r="D428" t="s">
+        <v>3929</v>
+      </c>
+      <c r="E428" t="s">
+        <v>3930</v>
+      </c>
+      <c r="F428" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G428" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1345</v>
+      </c>
+      <c r="I428" t="s">
+        <v>3931</v>
+      </c>
+      <c r="J428" t="s">
+        <v>24</v>
+      </c>
+      <c r="K428" t="s">
+        <v>3932</v>
+      </c>
+      <c r="L428" t="s">
+        <v>26</v>
+      </c>
+      <c r="M428" t="s">
+        <v>3933</v>
+      </c>
+      <c r="N428" t="s">
+        <v>28</v>
+      </c>
+      <c r="O428" t="s">
+        <v>3934</v>
+      </c>
+    </row>
+    <row r="429" spans="1:15">
+      <c r="A429">
+        <v>66534</v>
+      </c>
+      <c r="B429" t="s">
+        <v>3935</v>
+      </c>
+      <c r="C429" t="s">
+        <v>3936</v>
+      </c>
+      <c r="D429" t="s">
+        <v>3937</v>
+      </c>
+      <c r="E429" t="s">
+        <v>3938</v>
+      </c>
+      <c r="F429" t="s">
+        <v>3939</v>
+      </c>
+      <c r="G429" t="s">
+        <v>3940</v>
+      </c>
+      <c r="H429" t="s">
+        <v>2468</v>
+      </c>
+      <c r="I429" t="s">
+        <v>2469</v>
+      </c>
+      <c r="J429" t="s">
+        <v>24</v>
+      </c>
+      <c r="K429" t="s">
+        <v>47</v>
+      </c>
+      <c r="L429" t="s">
+        <v>26</v>
+      </c>
+      <c r="M429" t="s">
+        <v>48</v>
+      </c>
+      <c r="N429" t="s">
+        <v>28</v>
+      </c>
+      <c r="O429" t="s">
+        <v>3941</v>
+      </c>
+    </row>
+    <row r="430" spans="1:15">
+      <c r="A430">
+        <v>66535</v>
+      </c>
+      <c r="B430" t="s">
+        <v>3942</v>
+      </c>
+      <c r="C430" t="s">
+        <v>3943</v>
+      </c>
+      <c r="D430" t="s">
+        <v>3944</v>
+      </c>
+      <c r="E430" t="s">
+        <v>3945</v>
+      </c>
+      <c r="F430" t="s">
+        <v>3946</v>
+      </c>
+      <c r="G430" t="s">
+        <v>3947</v>
+      </c>
+      <c r="H430" t="s">
+        <v>3948</v>
+      </c>
+      <c r="I430" t="s">
+        <v>3949</v>
+      </c>
+      <c r="J430" t="s">
+        <v>3950</v>
+      </c>
+      <c r="K430" t="s">
+        <v>3951</v>
+      </c>
+      <c r="L430" t="s">
+        <v>3952</v>
+      </c>
+      <c r="M430" t="s">
+        <v>3953</v>
+      </c>
+      <c r="N430" t="s">
+        <v>28</v>
+      </c>
+      <c r="O430" t="s">
+        <v>3954</v>
+      </c>
+    </row>
+    <row r="431" spans="1:15">
+      <c r="A431">
+        <v>66536</v>
+      </c>
+      <c r="B431" t="s">
+        <v>3955</v>
+      </c>
+      <c r="C431" t="s">
+        <v>3956</v>
+      </c>
+      <c r="D431" t="s">
+        <v>3957</v>
+      </c>
+      <c r="E431" t="s">
+        <v>3958</v>
+      </c>
+      <c r="F431" t="s">
+        <v>3959</v>
+      </c>
+      <c r="G431" t="s">
+        <v>3960</v>
+      </c>
+      <c r="H431" t="s">
+        <v>3961</v>
+      </c>
+      <c r="I431" t="s">
+        <v>3962</v>
+      </c>
+      <c r="J431" t="s">
+        <v>24</v>
+      </c>
+      <c r="K431" t="s">
+        <v>3795</v>
+      </c>
+      <c r="L431" t="s">
+        <v>26</v>
+      </c>
+      <c r="M431" t="s">
+        <v>3796</v>
+      </c>
+      <c r="N431" t="s">
+        <v>28</v>
+      </c>
+      <c r="O431" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="432" spans="1:15">
+      <c r="A432">
+        <v>66537</v>
+      </c>
+      <c r="B432" t="s">
+        <v>3964</v>
+      </c>
+      <c r="C432" t="s">
+        <v>3965</v>
+      </c>
+      <c r="D432" t="s">
+        <v>3966</v>
+      </c>
+      <c r="E432" t="s">
+        <v>3967</v>
+      </c>
+      <c r="F432" t="s">
+        <v>3968</v>
+      </c>
+      <c r="G432" t="s">
+        <v>3757</v>
+      </c>
+      <c r="H432" t="s">
+        <v>3758</v>
+      </c>
+      <c r="I432" t="s">
+        <v>3759</v>
+      </c>
+      <c r="J432" t="s">
+        <v>24</v>
+      </c>
+      <c r="K432" t="s">
+        <v>3795</v>
+      </c>
+      <c r="L432" t="s">
+        <v>26</v>
+      </c>
+      <c r="M432" t="s">
+        <v>3796</v>
+      </c>
+      <c r="N432" t="s">
+        <v>28</v>
+      </c>
+      <c r="O432" t="s">
+        <v>3969</v>
+      </c>
+    </row>
+    <row r="433" spans="1:15">
+      <c r="A433">
+        <v>66538</v>
+      </c>
+      <c r="B433" t="s">
+        <v>3970</v>
+      </c>
+      <c r="C433" t="s">
+        <v>3971</v>
+      </c>
+      <c r="D433" t="s">
+        <v>3972</v>
+      </c>
+      <c r="E433" t="s">
+        <v>3973</v>
+      </c>
+      <c r="F433" t="s">
+        <v>3974</v>
+      </c>
+      <c r="G433" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1504</v>
+      </c>
+      <c r="I433" t="s">
+        <v>1505</v>
+      </c>
+      <c r="J433" t="s">
+        <v>24</v>
+      </c>
+      <c r="K433" t="s">
+        <v>3975</v>
+      </c>
+      <c r="L433" t="s">
+        <v>26</v>
+      </c>
+      <c r="M433" t="s">
+        <v>3976</v>
+      </c>
+      <c r="N433" t="s">
+        <v>28</v>
+      </c>
+      <c r="O433" t="s">
+        <v>3977</v>
+      </c>
+    </row>
+    <row r="434" spans="1:15">
+      <c r="A434">
+        <v>66540</v>
+      </c>
+      <c r="B434" t="s">
+        <v>3978</v>
+      </c>
+      <c r="C434" t="s">
+        <v>3979</v>
+      </c>
+      <c r="D434" t="s">
+        <v>3980</v>
+      </c>
+      <c r="E434" t="s">
+        <v>3981</v>
+      </c>
+      <c r="F434" t="s">
+        <v>3982</v>
+      </c>
+      <c r="G434" t="s">
+        <v>3983</v>
+      </c>
+      <c r="H434" t="s">
+        <v>3984</v>
+      </c>
+      <c r="I434" t="s">
+        <v>1283</v>
+      </c>
+      <c r="J434" t="s">
+        <v>24</v>
+      </c>
+      <c r="K434" t="s">
+        <v>3985</v>
+      </c>
+      <c r="L434" t="s">
+        <v>26</v>
+      </c>
+      <c r="M434" t="s">
+        <v>3986</v>
+      </c>
+      <c r="N434" t="s">
+        <v>28</v>
+      </c>
+      <c r="O434" t="s">
+        <v>3987</v>
+      </c>
+    </row>
+    <row r="435" spans="1:15">
+      <c r="A435">
+        <v>66541</v>
+      </c>
+      <c r="B435" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C435" t="s">
+        <v>3988</v>
+      </c>
+      <c r="D435" t="s">
+        <v>3989</v>
+      </c>
+      <c r="E435" t="s">
+        <v>3990</v>
+      </c>
+      <c r="F435" t="s">
+        <v>3991</v>
+      </c>
+      <c r="G435" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1486</v>
+      </c>
+      <c r="I435" t="s">
+        <v>1487</v>
+      </c>
+      <c r="J435" t="s">
+        <v>24</v>
+      </c>
+      <c r="K435" t="s">
+        <v>3992</v>
+      </c>
+      <c r="L435" t="s">
+        <v>26</v>
+      </c>
+      <c r="M435" t="s">
+        <v>3993</v>
+      </c>
+      <c r="N435" t="s">
+        <v>28</v>
+      </c>
+      <c r="O435" t="s">
+        <v>3994</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">