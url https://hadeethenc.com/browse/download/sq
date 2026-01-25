--- v2 (2025-11-24)
+++ v3 (2026-01-25)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3995">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5738">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Shqip
 # Source: https://hadeethenc.com/sq
-# Last update: 2025-11-12 13:30:09 (v1.25.0)
-# Check for updates: https://hadeethenc.com/en/check/sq/v1.25.0
+# Last update: 2026-01-12 01:50:44 (v1.29.0)
+# Check for updates: https://hadeethenc.com/en/check/sq/v1.29.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -189,50 +189,93 @@
   </si>
   <si>
     <t>Sahabët (Allahu qoftë i kënaqur me ta!) e konsideronin xhihadin në rrugë të Allahut dhe luftimin e armiqve prej veprave më të mira, prandaj Aishja (Allahu qoftë i kënaqur me të!) e pyeti Profetin ﷺ nëse mund të luftonin edhe ato.
 Kështu, Profeti ﷺ i udhëzoi ato se xhihadi më i mirë për to është haxhi i pranuar, që bëhet sipas udhëzimeve kuranore dhe profetike, i cili është i pastër nga mëkatet dhe syfaqësia.</t>
   </si>
   <si>
     <t>الجهاد مِن أفضل الأعمال للرجال.
 الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
 الأعمال تتفاضلُ وتتفاوت بحسب العامل.
 سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
   </si>
   <si>
     <t>Xhihadi për burrat është prej veprave më të mira.
 Sa u përket femrave, haxhi për to është më i mirë sesa xhihadi dhe është prej veprave më të mira për to.
 Vlerat e veprave dallojnë nga njëra-tjera në varësi se kush i vepron.
 Haxhi u quajt xhihad sepse është xhihad (përpjekje - mundim) ndaj vetes - shpirtit, për të cilin shpenzohet pasuria dhe energjia fizike. Pra, është adhurim fizik dhe ekonomik, sikurse xhihadi në rrugë të Allahut.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[E shënon Buhariu]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/2759</t>
+  </si>
+  <si>
+    <t>يا عباس، يا عم رسول الله، سل الله العافية في الدنيا والآخرة</t>
+  </si>
+  <si>
+    <t>“O Abas, o xhaxhai i të Dërguarit të Allahut, lute Allahun të të japë mirëqenie në këtë botë dhe në botën tjetër!</t>
+  </si>
+  <si>
+    <t>عَنِ العَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رَضيَ اللهُ عنهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ عَزَّ وَجَلَّ. قَالَ: «سَلِ اللَّهَ العَافِيَةَ»، فَمَكَثْتُ أَيَّامًا ثُمَّ جِئْتُ فَقُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ. فَقَالَ لِي: «يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ».</t>
+  </si>
+  <si>
+    <t>Abas ibn Abdulmutalibi (Allahu qoftë i kënaqur me të!) transmeton: Thashë: “O i Dërguari i Allahut, më mëso diçka që ta lus Allahun e Lartadhëruar!” Ai tha: “Kërkoji Allahut mirëqenie!” Pas disa ditësh shkova tek ai dhe i thashë: "O i Dërguari i Allahut, më mëso diçka që ta lus Allahun." Ai më tha: “O Abas, o xhaxhai i të Dërguarit të Allahut, lute Allahun të të japë mirëqenie në këtë botë dhe në botën tjetër!"</t>
+  </si>
+  <si>
+    <t>طَلَبَ عَمُّ النبيِّ صلى الله عليه وسلم العبَّاسُ بن عبد المطلب رضي الله عنه من النبيِّ صلى الله عليه وسلم أنْ يُعَلِّمَه دعاءً يسألُ اللهَ إياه، فعلَّمَه صلى الله عليه وسلم أنْ يسألَ الله العافية والسلامة من الآفات والعيوب في الدين والدنيا والآخرة، قال العباس: وبعد أيامٍ عُدتُ إليه صلى الله عليه وسلم مرة أخرى أسألُه أنْ يُعلِّمَني دعاءً أطلبُه من الله، فقال صلى الله عليه وسلم له مُتودِّدًا إليه: يا عباس، يا عمَّ رسول الله، سَلِ اللهَ العافيةَ لدفع كلّ ضُرٍّ وجَلْبِ كلِّ خيرٍ ونفعٍ في الدنيا والآخرة.</t>
+  </si>
+  <si>
+    <t>Xhaxhai i Profetit ﷺ, Abasi ibn Abdulmutalibi (Allahu qoftë i kënaqur me të!), i kërkoi Profetit ﷺ t’i mësonte një dua që të mund t’i drejtohej Allahut me të, kështu që Profeti ﷺ i mësoi atij të kërkonte nga Allahu mirëqenie dhe shpëtim nga sprovat dhe të metat, qoftë në fe, qoftë në këtë botë, qoftë në botën tjetër. Pas disa ditësh, Abasi u kthye përsëri te Profeti ﷺ dhe i kërkoi që t’i mësonte një dua tjetër për t’iu lutur Allahut. Atëherë Profeti ﷺ, me dashamirësi i tha: "O Abas, o xhaxhai i të Dërguarit të Allahut, kërko nga Allahu mirëqenie, që të të largojë çdo të keqe dhe të të sjellë çdo të mirë e dobi, qoftë në këtë botë, qoftë në botën tjetër!</t>
+  </si>
+  <si>
+    <t>تَكرار النبيِّ صلى الله عليه وسلم نفسَ الإجابةِ للعباس حين سألَه للمرة الثانية يدلُّ على أن العافية هي خير ما يَسأل العبدُ ربَّه.
+بيان فضل العافية وأن فيها جماع الخير في الدنيا والآخرة.
+حرص الصحابة رضوان الله عليهم على الاستزادة من العلم والخير.</t>
+  </si>
+  <si>
+    <t>Përsëritja e së njëjtës përgjigje nga Profeti ﷺ ndaj Abasit kur ai e pyeti për herë të dytë tregon se mirëqenia është gjëja më e mirë që robi duhet t’i kërkojë Zotit të tij.
+Sqarimi i vlerës së mirëqenies dhe faktit se ajo përmban të gjitha të mirat, si në këtë botë, ashtu edhe në botën tjetër.
+Përkushtimi i sahabëve (Allahu qoftë i kënaqur me ta!) për të shtuar dijen dhe të mirat.</t>
+  </si>
+  <si>
+    <t>صحيح لغيره</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[Hadithi është sahih li-gajrihi]</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/2932</t>
   </si>
   <si>
     <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>“A doni t'ju tregoj për më të mëdhatë e mëkateve të mëdha?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>Ebu Bekrete (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “A doni t'ju tregoj për më të mëdhatë e mëkateve të mëdha?” Të pranishmit iu përgjigjën: "Posi, o i Dërguari i Allahut!" (Tha:) “Të bërët shirk Allahut dhe mosrespektimi i prindërve”, - pastaj u ul, sepse ishte i mbështetur, dhe vazhdoi: - “Po ashtu, fjala e rrejshme!” - të cilën e përsëriti disa herë radhazi, saqë thoshim me vete: Ah, sikur të heshtte (se na vinte rëndë)!</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith i lajmëroi shokët e tij për më të mëdhatë e mëkateve të mëdha, kështu që ua përmendi këto tria:
 1. Të bërët shirk (ortakëri) Allahut, që nënkupton kushtimin e çdo lloj adhurimi dikujt tjetër përveç Allahut dhe barazimi i të tjerëve me Allahun në uluhijen (veçimin e Allahut me adhurim), rububijen (veçimin e Allahut me zotërim) dhe emrat e cilësitë e Tij.
 2. Mosrespektimi i prindërve, që nënkupton çdo dëm që u shkaktohet prindërve, qoftë me fjalë, qoftë me vepra, dhe lënia e bamirësisë ndaj tyre.
 3. Fjala e rrejshme, e cila e përfshin edhe dëshminë e rrejshme. Kjo nënkupton çdo fjalë të rreme, me të cilën synohet nënçmimi i atij për të cilin është bërë kjo dëshmi, duke ia marrë pasurinë ose duke ia cenuar nderin, e të ngjashme.
@@ -262,50 +305,146 @@
   </si>
   <si>
     <t>Omer ibn Hatabi (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu i Lartmadhëruar ju ndalon të betoheni në baballarët tuaj.” Omeri shton: "Për Allahun, qëkurse e kam dëgjuar të Dërguarin e Allahut ﷺ duke e ndaluar atë, as vetë nuk jam betuar (në prindër) e as e kam cituar betimin e tjetërkujt (në prindër)."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se Allahu i Lartësuar ndalon të betohemi në baballarët, kështu që, kushdo që dëshiron të betohet, le të betohet vetëm në Allahun dhe të mos betohet në askënd tjetër. Pastaj Omer ibn Hatabi (Allahu qoftë i kënaqur me të!) përmendi se nuk ishte betuar qëkurse e kishte dëgjuar të Dërguarin e Allahut ﷺ duke e ndaluar një gjë të tillë, as qëllimisht e as duke e përmendur betimin e dikujt tjetër që është betuar në dikë tjetër përveç Allahut.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
     <t>Ndalimi i betimit në dikë tjetër përveç Allahut. U veçua betimi në baballarët, sepse ky ishte një zakon i injorancës (paraislame).
 Betimi nënkupton që njeriu të betohet në Allahun, emrat ose cilësitë e Tij, për një çështje të caktuar, për ta vërtetuar atë.
 Vlera e Omerit (Allahu qoftë i kënaqur me të!), meqë shumë shpejt e jetësoi këtë gjë, kishte të kuptuar të mirë dhe ishte i devotshëm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/2945</t>
   </si>
   <si>
+    <t>أن امرأة وجدت في بعض مغازي النبي صلى الله عليه وسلم مقتولة، فأنكر رسول الله صلى الله عليه وسلم قتل النساء والصبيان</t>
+  </si>
+  <si>
+    <t>një grua u gjet e vrarë në një prej betejave të të Dërguarit të Allahut ﷺ, gjë për të cilën qortoi dhe ndaloi vrasjen e grave dhe fëmijëve (në luftë)</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُما: أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ.</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të dy!) tregon se një grua u gjet e vrarë në një prej betejave të të Dërguarit të Allahut ﷺ, gjë për të cilën qortoi dhe ndaloi vrasjen e grave dhe fëmijëve (në luftë).</t>
+  </si>
+  <si>
+    <t>رَأى النبيُّ صلى الله عليه وسلم امرأةً مقتولةً في إحدى الغزوات، فأنْكَرَ قَتْلَ النساء والصيبان الصغار الذين لم يبلغوا الحنث.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ pa një grua të vrarë në një prej betejave, kështu që qortoi dhe ndaloi vrasjen e grave dhe fëmijëve të vegjël që nuk e kanë arritur moshën e pjekurisë.</t>
+  </si>
+  <si>
+    <t>مَن لم يقاتل مِن النساء، والصبيان، ومَن في حُكمهم من الشيوخ الفانِيْن والرهبان، فإنهم لا يُقتَلون، ما لم يكن هؤلاء من أصحاب رأي ومساعدة على قتال المسلمين، فإذا كانوا كذلك فإنهم يُقتلون.
+النهي عن قتل النساء والصبيان؛ لأن هؤلاء لا يُقاتلون المسلمين، والمقصود من الجهاد في سبيل الله تعالى كَسْر شوكة المقاتلين فقط؛ حتى تصل دعوة الحق إلى الناس أجمعين.
+رحمة النبي صلى الله عليه وسلم حتى في الغزوات والحروب.</t>
+  </si>
+  <si>
+    <t>Gratë, fëmijët dhe ata që kanë të njëjtën dispozitë me ta, si: pleqtë dhe murgjit, të cilët nuk luftojnë, nuk lejohet të vriten, përveç nëse të tillët janë pesona që japin ide dhe u ndihmojnë atyre për t'i luftuar muslimanët, atëherë vriten.
+Ndalimi i vrasjes së grave dhe fëmijëve, sepse të tillët nuk i luftojnë muslimanët. Qëllimi i xhihadit në rrugë të Allahut të Lartësuar është vetëm thyerja e forcës së luftëtarëve, kështu që thirrja e vërtetë të arrijë të gjithë njerëzit.
+Mëshira e Profetit ﷺ, madje edhe në beteja dhe në luftëra.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/2949</t>
+  </si>
+  <si>
+    <t>نهى عن النذر، وقال: إنه لا يأتي بخير، وإنما يستخرج به من البخيل</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e ka ndaluar zotimin dhe ka thënë: “Ai nuk sjell mirësi, porse nëpërmjet tij nxirret diç (lëmoshë a diç e tillë) vetëm prej koprracit.”</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ».</t>
+  </si>
+  <si>
+    <t>Ibn Omeri (Allahu qoftë i kënaqu me të dy!) tregon se Profeti ﷺ e ka ndaluar zotimin dhe ka thënë: “Ai nuk sjell mirësi, porse nëpërmjet tij nxirret diç (lëmoshë a diç e tillë) vetëm prej koprracit.”</t>
+  </si>
+  <si>
+    <t>نَهَى صلى الله عليه وسلم عن النذر، وهو أنْ يُوجِبَ الإنسان على نفسه شيئًا لم يُلزِمْه به الشَّارعُ، وقال: بأنّ النذر لا يقدِّم شيئًا ولا يؤخِّره، وإنما يُستخرج به من البخيل الذي لا يفعل إلا الواجب عليه، وأنَّ النذر لا يأتي بشيء لم يكن قد قدِّر له.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e ka ndaluar zotimin (ar. en nedhr), i cili nënkupton që njeriu ta detyrojë veten për diçka që nuk e ka obliguar feja. Ai po ashtu tregoi se zotimi nuk afron as nuk shtyn gjë, por nëpërmjet tij nxirret diç vetëm prej koprracit, i cili e bën vetëm atë që është e detyrueshme për të. Gjithashtu zotimi nuk sjell asgjë që nuk është caktuar për të.</t>
+  </si>
+  <si>
+    <t>لا يُشرع النذر، لكن إذا نَذَرَ وَجَب عليه الوفاء به إن لم يكن معصية.
+العلة في النهي (أنه لا يأتي بخير)؛ لأنه لا يَردُّ من قضاء الله شيئًا؛ ولئلا يَظن الناذِر أن حصول طلبه كان بسبب النذر، والله تعالى غني عن ذلك.
+قال القرطبي: هذا النهي محلُّه أن يقول مثلًا: إن شفى الله مريضي فعليَّ صدقة كذا، ووجه الكراهة أنه لما وقَف فِعْلَ القُربة المذكور على حصول الغرض المذكور، ظهر أنه لم يَتَمَخَّض له نية التقرُّب إلى الله تعالى لِما صَدَر منه بل سلك فيها مسلك المعاوضة، ويوضِّحه أنه لو لم يشفِ مريضه لم يتصدّق بما علَّقه على شفائه، وهذه حالة البخيل، فإنه لا يُخرج من ماله شيئًا إلا بعوضٍ عاجل يزيد على ما أخرج غالبًا.</t>
+  </si>
+  <si>
+    <t>Zotimi nuk është i ligjshëm, por, nëse zotohet, atëhet duhet ta përmbushë, nëse nuk përbën mëkat (përmbushja e tij).
+Arsyeja e mohimit në hadith: "Ai nuk sjell mirësi" është për faktin se ai asgjë nga caktim i Allahut nuk e kthen, si dhe që zotuesi të mos mendojë se përmbushja e kërkesës së tij ka qenë për shkak të zotimit, e Allahu i Lartësuar është i panevojë për këtë.
+Kurtubiu ka thënë: "Ky ndalim është atëherë kur dikush thotë, për shembull: "Nëse Allahu shëron të sëmurin tim, atëherë unë do të jap sadaka kaq." Arsyeja e përbuzjes (së kësaj shprehjeje) është se i tilli e lidhi veprim e këtij akti që të afron tek Allahu me përmbushjen e një qëllimi të caktuar. Këtu u shpërfaq se nuk e kishte qëllimin për t'u afruar sinqerisht me Allahun në atë që tha, por kështu veproi në mënyrë të ngjashme me një marrëveshje shkëmbimi. Kjo sqarohet më tepër atëherë kur, po të mos shërohej i sëmuri i tij, ai nuk do ta jepte sadakanë që e kishte lidhur me shërimin. Kjo është gjendja e koprracit, i cili nuk jep nga pasuria e tij asgjë, përveçse me një kundërvlerë të menjëhershme që zakonisht është më e madhe se ajo që dha."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/2960</t>
+  </si>
+  <si>
+    <t>إني والله إن شاء الله لا أحلف على يمين، فأرى غيرها خيرا منها، إلا كفرت عن يميني، وأتيت الذي هو خير</t>
+  </si>
+  <si>
+    <t>Betohem në Allahun se, me lejen e Tij, sa herë që betohem për diçka, ndërkohë kuptoj se ka një zgjidhje më të mirë, e shpaguaj betimin tim. Pra, veproj atë që është më e mira, pastaj e shpaguaj betimin.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي رَهْطٍ مِنَ الأَشْعَرِيِّينَ أَسْتَحْمِلُهُ، فَقَالَ: «وَاللَّهِ لاَ أَحْمِلُكُمْ، مَا عِنْدِي مَا أَحْمِلُكُمْ» ثُمَّ لَبِثْنَا مَا شَاءَ اللَّهُ فَأُتِيَ بِإِبِلٍ، فَأَمَرَ لَنَا بِثَلاَثَةِ ذَوْدٍ، فَلَمَّا انْطَلَقْنَا قَالَ بَعْضُنَا لِبَعْضٍ: لاَ يُبَارِكُ اللَّهُ لَنَا، أَتَيْنَا رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَسْتَحْمِلُهُ فَحَلَفَ أَنْ لاَ يَحْمِلَنَا فَحَمَلَنَا، فَقَالَ أَبُو مُوسَى: فَأَتَيْنَا النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَذَكَرْنَا ذَلِكَ لَهُ، فَقَالَ: «مَا أَنَا حَمَلْتُكُمْ، بَلِ اللَّهُ حَمَلَكُمْ، إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ».</t>
+  </si>
+  <si>
+    <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon: "Unë, së bashku me disa pjesëtarë të fisit eshari, shkuam tek i Dërguari i Allahut ﷺ për t'i kërkuar të na jepte kafshë bartëse (për luftë), por ai tha: “Betohem në Allahun se nuk do t'ju marr me vete, por as kam me se t'ju bart.” Pastaj pritëm aq sa deshi Allahu të prisnim dhe, kur të Dërguarit të Allahut ﷺ i sollën disa deve, ai na i dha tri kokë të majme. Kur u nisëm për rrugë, thamë: "Betohemi në Allahun se Ai nuk do të na japë bereqet, sepse shkuam dhe i kërkuam Profetit ﷺ të na japë kafshë bartëse, por ai na u betua se nuk do të na i japë, megjithatë na i dha. Andaj, u kthyem te Profeti ﷺ dhe ia përmendëm. Ai na tha: “Nuk ju mora unë, por Allahu jua mundësoi të vini. Betohem në Allahun se, me lejen e Tij, sa herë që betohem për diçka, ndërkohë kuptoj se ka një zgjidhje më të mirë, e shpaguaj betimin tim. Pra, veproj atë që është më e mira, pastaj e shpaguaj betimin.”</t>
+  </si>
+  <si>
+    <t>يُخبِرُ أبو موسى الأشعري رضي الله عنه أنه أتى رسولَ الله صلى الله عليه وسلم ومعه جماعة من قبيلته، وكان غرضُهم أنْ يُعطيَهم النبيُّ صلى الله عليه وسلم إبلًا يركبونها؛ للتمكُّن من المشاركة في الجهاد، فأقسم عليه الصلاة والسلام ألّا يَحملَهم، وليس عنده ما يحملُهم عليه، 
+فرجعوا ومَكثوا مدةً ثم جاءت للنبي عليه الصلاة والسلام إبلٌ ثلاث، فأرسل بها إليهم، فقال بعضهم لبعض: لا يبارك الله لنا في هذه الإبل؛ لأنَّ النبي صلى الله عليه وسلم حلف ألّا يحملَنا، فأتوه وسألوه، 
+فقال عليه الصلاة والسلام: الذي حَملَكم هو الله تعالى؛ لأنه الذي وفَّق ورزق، وإنما أنا سببٌ جَرى ذلك على يدي، 
+ثم قال صلى الله عليه وسلم: إني والله إن شاء الله لا أحلف على شيء أنْ أفعلَه أو أن أتركَه، وأرى أنّ غير ذلك المحلوف خيرٌ منه وأفضل، إلّا فعلت الأفضل وتركت المحلوف عليه، وكفَّرت عن يميني.</t>
+  </si>
+  <si>
+    <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se së bashku me një grup nga fisi i tij shkuan tek i Dërguari i Allahut ﷺ dhe qëllimi i tyre ishte që Profeti ﷺ t'u japë deve që të hipnin në to, për të qenë në gjendje të merrnin pjesë në xhihad. Profeti ﷺ u betua se nuk do t'ua jepte, se nuk kishte çfarë t'u jepte. Kështu, ata u kthyen dhe qëndruan pak, pastaj tri deve i sollën te Profeti ﷺ dhe ai ua dërgoi. Ata thënë: "Allahu nuk do të çojë bekim në këto deve, sepse Profeti ﷺ u betua se nuk do të na i japë." Prandaj, vajtën tek ai dhe e pyetën: Atëherë Profeti ﷺ u tha: "Ai që ua dha është Allahu i Lartësuar, sepse Ai është që ka dhënë sukses dhe furnizim, por unë jam shkak që kjo të ndodhë përmes duarve të mia. Pastaj Profeti ﷺ u tha: "Betohem në Allahun se, me lejen e Tij, sa herë që betohem për të bërë diçka ose për të mos e bërë, dhe shoh se diçka tjetër përveç atij betimi është më e mirë dhe më me vlerë se ajo, e veproj atë që është më e mira dhe e braktis atë për të cilën jam betuar dhe shlyej betimin tim.</t>
+  </si>
+  <si>
+    <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
+جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
+الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
+  </si>
+  <si>
+    <t>Lejohet betimi pa të kërkuar dikush që të betohesh, për ta konfirmuar kështu lajmin, edhe nëse është për të ardhmen.
+Lejohet që pas betimit të bëhet përjashtim duke thënë: “Me lejen e Allahut.” Nëse përjashtimi (duhet thënë: inshaallah - me lejen e Allahut) bëhet me nijetin së bashku me betimin dhe lidhet me të, atëherë nuk kërkohet shlyerje nga ai që e thyen betimin.
+Inkurajimi për të thyer betimin, nëse sheh diçka më të mirë se ai dhe për ta shlyer betimin e tij më pas.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/2961</t>
+  </si>
+  <si>
     <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>Gjëra e parë që do të gjykohet mes njerëzve në Ditën e Kiametit janë gjaqet</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Gjëra e parë që do të gjykohet mes njerëzve në Ditën e Kiametit janë gjaqet."</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith përmendi se gjëja e parë që do të gjykohet mes njerëzve në lidhje me padrejtësinë që ua kanë bërë njëri-tjetrit në Ditën e Kiametit është gjaku, si: vrasja dhe plagët e shkaktuara.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Çështja e gjakderdhjes është e rëndë, sepse fillohet me gjërat më të rëndësishme.
 Mëkatet zmadhohen në varësi se sa i madh konsiderohet dëmi i vepruar. Marrja e jetëve të pafajshme është nga dëmet më të mëdha dhe asgjë nuk është më e madhe se kjo, përveç kufrit dhe shirkut.</t>
   </si>
@@ -325,84 +464,152 @@
     <t>Ebu Musa (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut ﷺ u pyet për atë që lufton për të treguar trimëri, atë që lufton për fanatizëm fisnor, atë që lufton për syefaqësi, se cili prej këtyre është në rrugën e Allahut, e atëherë i Dërguari i Allahut ﷺ tha: “Ai që lufton me qëllim që fjala e Allahut të jetë më e larta, i tilli është në rrugën e Allahut.”</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>Profeti ﷺ u pyet për qëllimet e ndryshme të atyre që luftojnë: dikush për trimëri, tjetri për fanatizëm fisnor e i treti për të dëshmuar se është dikushi ndër njerëz e qëllime të tjera. Cili prej tyre është në rrugë të Allahut? Kështu, Profeti ﷺ tregoi se luftëtar i vërtetë në rrugë të Allahut është ai që lufton që fjala e Allahut të jetë më e larta.</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
     <t>Parimi themelor në lidhje me konsiderimin e veprave se a janë në rregull apo jo është nijeti dhe sinqeriteti që vepra të bëhet vetëm për Allahun.
 Nëse qëllimi i xhihadit është lartësimi i fjalës së Allahut dhe këtij i bashkohet një qëllim tjetër i legjitimuar, siç është fitimi i plaçkës së luftës, atëherë kjo nuk e dëmton thelbin e qëllimit të tij.
 Mbrojtja e atdheut dhe e shenjtërive nga armiqtë konsiderohet luftë në rrugë të Allahut.
 Vlera e përmendur për ata që luftojnë është ekskluzive për ata që luftojnë që Fjala e Allahut të Lartësuar të jetë më e larta.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/2969</t>
   </si>
   <si>
+    <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ i theri dy desh të larmë e me brirë. Që të dy i theri me dorën e vet, duke thënë: "Bismilah (me emrin e Allahut)" e duke bërë tekbir (duke thënë: "Allahu ekber") dhe duke ua vendosur këmbën në faqe</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
+  </si>
+  <si>
+    <t>Enesi (Allahu qoftë i kënaqur me të!) tregon: "Profeti ﷺ i theri dy desh të larmë e me brirë. Që të dy i theri me dorën e vet, duke thënë: "Bismilah (me emrin e Allahut)" e duke bërë tekbir (duke thënë: "Allahu ekber") dhe duke ua vendosur këmbën në faqe."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
+  </si>
+  <si>
+    <t>Enesi (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ i theri me dorën e tij në ditën e Bajramit të Kurbanit, dy desh me brirë të bardhë të përzier me të zezë dhe tha: "... duke thënë: "Bismilah, Allahu ekber") dhe duke ua vendosur këmbën në qafë.</t>
+  </si>
+  <si>
+    <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
+الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
+قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
+قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
+استحباب الأضحية بالأقرن ويجوز بغيره.</t>
+  </si>
+  <si>
+    <t>Përligjja e therjes së kurbanit dhe se muslimanët janë të pajtuar njëzëri për këtë.
+Më mirë është që kurbani të jetë i atij lloji që ka bërë kurban Profeti ﷺ, për shkak të pamjes së tij të bukur dhe për shkak se dhjami e mishi i tij janë më të këndshëm.
+Neveviu ka thënë: "Ky hadith tregon se është e pëlqyeshme që njeriu ta marrë përsipër therjen e kurbanit të tij vetë dhe të mos e autorizojë askënd për therjen e tij, përveç në rast arsyeje, e në atë rast është e pëlqyeshme që ai të jetë dëshmitar gjatë therjes së tij. Atij që autorizon një musliman për therjen e kurbanit të tij, i lejohet kjo gjë pa asnjë mospajtim mes dijetarëve."
+Ibn Haxheri ka thënë: "Ky hadith tregon se është e pëlqyeshme thënia: "Allahu ekber" së bashku me besmelen gjatë therjes dhe  vendosja e këmbës në qafë, në anën djathtë të kurbanit. Dijetarët janë të pajtimit që kafsha të shtrihet në anën e majtë, kështu që kasapi ta vendosë këmbën e tij në anën e djathtë, në mënyrë që ta ketë më të lehtë ta marrë thikën me të djathtën dhe ta mbajë kokën e tij me dorën e majtë."
+Është e pëlqyeshme që kurbani të jetë me brirë, por lejohet të bëhet edhe nëse nuk ka.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/2971</t>
+  </si>
+  <si>
     <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>“Mos vishni mëndafsh e as veshje të përziera me mëndafsh, mos pini në enë prej ari e argjendi dhe mos hani në enë të tilla, sepse ato janë për ta (jobesimtarët) në dynja, kurse për ne në ahiret!”</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Abdurrahman ibn Ebu Lejla tregon: "Njëherë, teksa ishim te Hudhejfe (Allahu qoftë i kënaqur me të!), ai kërkoi ujë për të pirë. Një zjarrputist i dha një enë për të pirë. Posa ia vuri sapllakun në dorë, Hudhejfja e gjuajti me të dhe tha: "Sikur të mos ia kisha ndaluar këtë gjë më shumë se një a dy herë!" (Disi deshi të thoshte se, nuk do ta gjuaja me të po të mos ia kisha ndaluar një apo dy herë, por në fakt, ia kam ndaluar më shumë se një apo dy herë!). E kam dëgjuar Profetin ﷺ duke thënë: “Mos vishni mëndafsh e as veshje të përziera me mëndafsh, mos pini në enë prej ari e argjendi dhe mos hani në enë të tilla, sepse ato janë për ta (jobesimtarët) në dynja, kurse për ne në ahiret!”</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e ka ndaluar që burrat të veshin mëndafsh, dhe këtu përfshihen të gjitha llojet e tij. Gjithashu ai i ka ndaluar meshkujt dhe femrat të hanë e të pinë në enët e arit dhe argjendit. Ai ka treguar se ato janë ekskluzive për besimtarët në Ditën e Kiametit, ngaqë nuk i përdorën ato në këtë botë në shenjë nënshtrimi ndaj Allahut. E, sa u përket jobesimtarëve, ata nuk do të kenë gjëra të tilla në ahiret, sepse të mirat e tyre i përshpejtuan në jetën e kësaj bote duke i përdorur dhe duke e kundërshtuar urdhrin e Allahut.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
     <t>Veshja e mëndafshit dhe e veshjeve të tjera të përziera me mendafsh janë të ndaluara të vishen për meshkujt dhe në lidhje me këtë ceket kërcënim i rëndë për atë që i vesh.
 Lejohet që gratë të veshin mëndafsh dhe veshje të tjera të përziera me mëndafsh.
 Ndalohet ngrënia dhe pija në enët e arit dhe argjendit për meshkujt dhe femrat.
 Hudhejfja (Allahu qoftë i kënaqur me të!) u tregua i ashpër në formën e qortimit dhe këtë gjë e arsyetoi me faktin se e kishte ndaluar më shumë se një herë nga përdorimi i enëve prej ari dhe argjendi, por ai nuk ia vuri veshin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/2985</t>
+  </si>
+  <si>
+    <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
+  </si>
+  <si>
+    <t>Ai që vesh mëndafsh në këtë botë, nuk do të veshë në botën tjetër</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
+  </si>
+  <si>
+    <t>Omeri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Ai që vesh mëndafsh në këtë botë, nuk do të veshë në botën tjetër."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith sqaroi se ai burrë që vesh mëndafsh në këtë botë, nuk do të veshë në botën tjetër, si dënim për të, normal, nëse nuk pendohet.</t>
+  </si>
+  <si>
+    <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
+ تحريم لبس الحرير على الرجال.
+النهي عن لبس الحرير يعم لُبسه وافتراشه.
+يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
+  </si>
+  <si>
+    <t>Ajo që nënkuptohet në hadith është mëndafshi i pastër natyror, ndërsa mëndafshi industrial nuk përfshihet në hadith.
+Veshja e mëndafshit për burrat është haram.
+Ndalimi i veshjes së mëndafshit vlen si për veshjen, si për shtrimin e tij.
+Burrat lejohen të kenë pak mëndafsh në veshjen e tyre, jo më shumë se dy deri në katër gishta gjerësi...</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/2986</t>
   </si>
   <si>
     <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>“Ai që ngre armët kundër nesh nuk është prej nesh.”</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Ai që ngre armët kundër nesh nuk është prej nesh.”</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tërheq vërejtjen nga drejtimi i armëve kundër muslimanëve; për t'i frikësuar ose plaçkitur. Kushdo që e bën këtë pa ndonjë të drejtë, ka bërë një krim dhe një gjynah të madh, rrjedhimisht e meriton këtë kërcënim të rëndë.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
@@ -578,50 +785,82 @@
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith shpjegon një nga shkaqet që forcojnë lidhjet ndërmjet besimtarëve dhe përhapin dashurinë mes tyre, që është se, nëse dikush e do vëllanë e tij, le ta lajmërojë se e do.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Vlera e dashurisë së sinqertë për hir të Allahut të Lartësuar, e jo për interesa të kësaj bote.
 Është e pëlqyeshme të lajmërohet ai të cilin e do për hir të Allahut se vërtet e do, në mënyrë që të rritet dashuria dhe afërsia mes jush.
 Përhapja e dashurisë mes besimtarëve e forcon vëllazërinë në besim dhe e ruan shoqërinë nga shpërbërja dhe përçarja.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3017</t>
   </si>
   <si>
+    <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
+  </si>
+  <si>
+    <t>Profetit ﷺ, gjatë mbathjes së sandaleve, krehjes së flokëve, pastrimit dhe çdo pune tjetër, i pëlqente të fillonte nga ana e djathtë</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
+  </si>
+  <si>
+    <t>Nga nëna e besimtarëve, Aishja (Allahu qoftë i kënaqur me të!), transmetohet se ka thënë: "Profetit ﷺ, gjatë mbathjes së sandaleve, krehjes së flokëve, pastrimit dhe çdo pune tjetër, i pëlqente të fillonte nga ana e djathtë."</t>
+  </si>
+  <si>
+    <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
+أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
+  </si>
+  <si>
+    <t>Profetit ﷺ i pëlqente dhe e preferonte të fillonte me të djathtën në çështjet që kanë të bëjnë me nderim, duke përfshirë: Fillimin me këmbën e djathtë gjatë mbathjes së sandaleve, krehjen, rregullimin dhe vajosjen e flokëve dhe mjekrës. Gjithashtu, gjatë marrjes abdes i jep përparësi së djathtës para së majtës, qofshin duar, qofshin këmbë.</t>
+  </si>
+  <si>
+    <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
+"يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
+قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
+  </si>
+  <si>
+    <t>Neveviu ka thënë: “Kjo është rregull e vazhdueshme në ligjin islam: Çfarë ka të bëjë me çështjen e nderimit dhe respektit, fjala vjen, të veshësh rroba, shallvare e meste, hyrja në xhami, përdorimi i misvakut, vendosja e syrmave në qepalla, prerja e thonjve, shkurtimi i mustaqeve, krehja (dhe vajosja) e flokëve, shkulja e qimeve të nënsqetullave, rruarja e kokës, dhënia e selamit kur të përfundojë namazi, larja e pjesëve të abdesit, dalja nga tualeti, ngrënia dhe pirja, përshëndetja me duar, prekja e Gurit të Zi (në Qabe dhe puthja e tij) dhe të tjera gjëra që hyjnë në këtë kuptim, rekomandohet të fillohet me anën e djathtë. Sa i përket asaj që është e kundërta (e asaj që është lartcekur), siç është hyrja në tualet, dalja nga xhamia, fryrja e hundëve, heqja e papastërtive, heqja e rrobës, shallvareve, mesteve, dhe të ngjashme, atëherë është e rekomanduar të fillohet me anën e majtë. Kjo, për shkak të nderimit dhe respektit për anën e djathtë.
+"i pëlqente të fillonte nga ana e djathtë", që përfshin: fillimin e veprimeve me dorën e djathtë, këmbën e djathtë, anën e djathtë dhe trajtimin e diçkaje me të djathtën.
+Neveviu ka thënë: "Dije se ka nga pjesët e abdesit, për të cilat nuk është gjë e pëlqyeshme të fillohet me të djathtën, siç janë: veshët, pëllëmbët e duarve dhe dy mollëzat e faqeve, përkundrazi, ato pastrohen njëkohësisht. E, nëse kjo nuk është e mundur, si në rastin e ndonjë personi që ka ndonjë gjymtyrë të tillë të prerë, atëherë i jepet përparësi anës së djathtë."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3018</t>
+  </si>
+  <si>
     <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>Jo, ajo që po të ndodh ty është gjakrrjedhje e çrregullt. Lëre namazin aq ditë sa të janë paraqitur menstruacionet më parë, pastaj laju dhe falu.”</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se Fatime bint Hubejshi e pyeti Pejgamberin ﷺ: "Kam gjakrrjedhje të pandërprerë, kështu që nuk po pastrohem. A ta lë namazin?" Profeti ﷺ tha: “Jo, ajo që po të ndodh ty është gjakrrjedhje e çrregullt. Lëre namazin aq ditë sa të janë paraqitur menstruacionet më parë, pastaj laju dhe falu.”</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Fatime bint Hubejshi e pyeti Profetinﷺ dhe i tha: "Gjakrrjedhja ime nuk po ndalet dhe vazhdon edhe kur nuk jam me menstruacione, a e merr kjo gjendje vendimin fetar sikur për menstruacione, e kësisoj gjatë kësaj periudhe ta lë namazin?" Profeti ﷺ i tha: "Ai është gjak i istihadës (gjakrrjedhje e çrregullt - hemorragji); gjak patologjik që rezulton nga ndërprerja e gjakrrjedhjes në mitër dhe nuk është gjak menstrual. Nëse vjen koha e menstruacioneve gjatë së cilës ke pasur menstruacione sipas zakonit tënd mujor, para se të sëmuresh me gjakrrjedhje të çrregullt, atëherë gjatë kësaj kohe lëre namazin, agjërimin dhe gjërat e tjera që femra me menstruacione pengohet t'i bëjë në kohën e menstruacioneve. Kur të kalojë kjo periudhë e të jesh pastruar nga menstruacionet, atëherë pastroje vendin e gjakut, e pastaj laje plotësisht trupin tënd, që ta largosh kështu papastërtinë kuptimore (ar. hadeth), e më pas falu.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
@@ -753,86 +992,162 @@
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith i sqaron mëkatet e mëdha, që janë ato, vepruesi i të cilave kërcënohet me një kërcënim të rëndë në këtë botë ose në botën tjetër.
 1. Të bërët shirk (ortakëri) Allahut, që nënkupton kushtimin e çdo lloj adhurimi dikujt tjetër përveç Allahut dhe barazimi i të tjerëve me Allahun në uluhijen (veçimin e Allahut me adhurim), rububijen (veçimin e Allahut me zotërim) dhe emrat e cilësitë e Tij.
 2. Mosrespektimi i prindërve, që nënkupton çdo gjë që u shkakton lëndim prindërve, qoftë fjalë e vepër, qoftë lënie e bamirësisë ndaj tyre.
 3. Vrasja e njeriut në mënyrë të paligjshme, bie fjala, vrasja në mënyrë të padrejtë.
 4. Betimi i rrejshëm (zhytës), respektivisht betimi i bërë nga një person që është i vetëdijshëm për gënjeshtrën e tij. Quhet kështu (ar. gamus - zhytës), sepse e zhyt vepruesin e tij në mëkat ose në në Zjarr.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Për betimin e rrejshëm nuk ka kefaret (shpagim), për shkak të rrezikut dhe krimit të tij të madh, por për të duhet pendim.
 Kufizimi i përmendjes së këtyre katër mëkateve të mëdha në hadith është për shkak të peshës së rëndë të mëkatit të tyre, e jo për t'i kufizuar ato.
 Mëkatet ndahen në mëkate të mëdha dhe të vogla. Mëkat i madh konsiderohet çdo mëkat për të cilin ka dënim të kësaj bote, si: dënimet e paracaktuara (ar. hudud), mallkimi, kërcënimi për (dënim në) jetën e përtejme dhe kërcënimi për hyrje në Zjarr. Mëkatet e mëdha janë në nivele të ndryshme, disa prej të cilave janë më të rënda se të tjerat në ndalesë, ndërsa mëkatet e vogla janë të gjitha të tjerat jashtë mëkateve të mëdha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3044</t>
   </si>
   <si>
+    <t>إن من أعظم الجهاد كلمة عدل عند سلطان جائر</t>
+  </si>
+  <si>
+    <t>Xhihadi më i madh është fjala e drejtë para sunduesit të padrejtë</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të) transmeton se Profeti ﷺ ka thënë: "Xhihadi më i madh është fjala e drejtë para sunduesit të padrejtë."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith sqaroi se një nga llojet më të mëdha dhe më të dobishme të xhihadit në rrugë të Allahut të Lartësuar është fjala e drejtë dhe e hakut përpara një sunduesi ose prijësi të padrejtë. Këtë shpërblim e ka sepse i tilli e jetësoi institucionin e urdhërimit të së mirës dhe ndalimit të së keqes, qoftë me fjalë, shkrim e veprim, qoftë me ndonjë gjë tjetër, për të arritur kështu dobi dhe për ta parandaluar të keqen.</t>
+  </si>
+  <si>
+    <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
+نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
+قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
+  </si>
+  <si>
+    <t>Urdhërimi për mirë dhe ndalimi i së keqes është pjesë e xhihadit.
+Këshillimi i sundimtarit është xhihadi më i madh, por duhet bërë me dituri, urtësi dhe verifikim.
+Hatabi ka thënë: "Ky konsiderohet xhihadi më i mirë, sepse kushdo që lufton kundër armikut është në mëdyshje ndërmjet shpresës dhe frikës: nuk e di a do të fitojë apo do të mposhtet. Ndërkaq, në raport me atë që ka pushtet, ky është i nënshtruar në dorën e tij, kështu që, nëse e thotë të vërtetën dhe urdhëron për të mirë, ai do t'i ekspozohet dëmtimit dhe i afrohet shkatërrimit, kësisoj konsiderohet xhihadi më i mirë, për shkak të mbizotërimit të frikës. Është thënë: "Është konsideruar xhihadi më i mirë, se, nëse sundimtari do ta merrte fjalën e tij, atëherë dobia e përfitimi do të përfshinte një numër të madh njerëzish, e kësisoj interesi i përgjithshëm do të arrihej."</t>
+  </si>
+  <si>
+    <t>حسن لغيره</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[Hadith hasen li-gajrihi]</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3045</t>
+  </si>
+  <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>“Kjo botë është e ëmbël dhe e bukur. Allahu do t'ju bëjë zëvendës në Tokë, që t'ju shohë se si do të veproni, andaj ruajuni nga mashtrimet e saj dhe ruajuni nga gratë</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të) transmeton se Profeti ﷺ ka thënë: “Kjo botë është e ëmbël dhe e bukur. Allahu do t'ju bëjë zëvendës në Tokë, që t'ju shohë se si do të veproni, andaj ruajuni nga mashtrimet e saj dhe ruajuni nga gratë, sepse sprova e parë te bijtë e Israilit ka qenë përmes grave.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se bota është e ëmbël në shije dhe e bukur - e gjelbër në pamje, kështu që njeriu mashtrohet prej saj, preokupohet me të dhe e bën atë shqetësimin e tij më të madh. Allahu i Lartmadhëruar na bëri të atillë që të jemi në jetën e kësaj bote, për të parë se si do të veprojmë: a do t'i bindemi Atij, apo do t'i mëkatojmë Atij? Më pas tha: "Kini kujdes që të mos ju mashtrojnë kënaqësitë dhe stolitë e kësaj bote, të cilat do t'ju bëjnë të braktisni atë që ju ka urdhëruar Allahu dhe të bini në atë që ju ka ndaluar!" Nga gjërat më të mëdha nga të cilat duhet të ruhemi nga sprovat e kësaj bote janë sprovat e grave, ku kjo qe sprova e parë në të cilën kishin rënë bijtë e Israilit.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Inkurajimi që t'i përmbahemi devotshmërisë dhe të mos preokupohemi me pamjet dhe stolitë e kësaj bote.
 Tërheqja e vërejtjes që të mos sprovohemi me gratë, qoftë duke i shikuar, qoftë duke u treguar të pavëmendshëm në përzierjen me meshkuj të huaj ose gjëra të kësaj natyre.
 Sprova e grave është ndër sprovat më të mëdha të kësaj bote.
 Marrja e këshillës duke marrë mësim nga popujt e kaluar: ajo që u ndodhi bijve të Israilit mund t'u ndodhë edhe të tjerëve.
 Fitneja (sprova) e grave është e atillë, që, nëse ajo është bashkëshorte, mund ta bëjë burrin të shpenzojë më shumë sesa mund të përballojë, duke e shpërqendruar atë nga kërkimi i çështjeve të fesë dhe duke e rraskapitur nga kërkimi i çështjeve të kësaj bote. E, nëse ajo është e huaj, atëherë sprova e saj mund të jetë e atillë që njerëzit t'i mashtrojë dhe t'i devijojë nga e vërteta, nëse ato dalin dhe përzihen me ta, veçanërisht nëse janë të zbuluara dhe të stolisura. Kjo mund të jetë shkak i rënies në shkallë të ndryshme të zinasë. Besimtari duhet të kapet për fenë e Allahut dhe të shpresojë tek Ai, që ta ruajë nga fitneja e tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3053</t>
+  </si>
+  <si>
+    <t>ما رأيت النبي صلى الله عليه وسلم مستجمعا قط ضاحكا، حتى أرى منه لهواته، إنما كان يتبسم</t>
+  </si>
+  <si>
+    <t>“Kurrë nuk e kam parë Profetin ﷺ të lëshohej i tëri në qeshje, aq sa t'ia shihja njerithin (zgjatim i qiellzes), por thjesht buzëqeshte.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنين رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: مَا رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مُسْتَجْمِعًا قَطُّ ضَاحِكًا، حَتَّى أَرَى مِنْهُ لَهَوَاتِهِ، إِنَّمَا كَانَ يَتَبَسَّمُ.</t>
+  </si>
+  <si>
+    <t>Aishja, nëna e besimtarëve (Allahu qoftë i kënaqur me të!) tregon: “Kurrë nuk e kam parë Profetin ﷺ të lëshohej i tëri në qeshje, aq sa t'ia shihja njerithin (zgjatim i qiellzes), por thjesht buzëqeshte.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم لم يكن مُبالِغًا في الضحك حتى تُرى لَهَاتُهُ، وهي اللَّحْمَة المُتعلِّقة في أعلى الحَلْق، إنما كان يَتَبَسّم.</t>
+  </si>
+  <si>
+    <t>Aishja (Allahu qoftë i kënaqur me të!) ka treguar se Profeti ﷺ nuk qeshte me zë të lartë sa t’i shihej njerithi (zgjatimi i qiellzes), por vetëm buzëqeshte.</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم ضَحِكُهُ التبسم إذا رضي أو أُعْجِب بشيء.
+قال ابن حجر: ما رأيته مُستجْمِعًا من جهة الضحك بحيث يضحك ضَحِكًا تامًّا مُقبِلًا بِكُلّيته على الضحك. 
+كثرة الضحك وارتفاع الصوت بالقهقهة ليس من صفات الصالحين.
+كثرة الضحك تُذهِب هيبةَ الرجل ووقارَه بين إخوانه.</t>
+  </si>
+  <si>
+    <t>Të qeshurit e të Dërguari të Allahut ﷺ ishte buzëqeshje; kur ishte i kënaqur ose kur i pëlqente diçka.
+Ibn Haxheri ka thënë (se kuptimi është): "Nuk e kam parë ndonjëherë të qeshë plotësisht, në mënyrë që të qeshë me të gjithë qenien e tij dhe të jetë tërësisht i dhënë ndaj të qeshurit."
+E qeshura e tepërt dhe ngritja e zërit me të qeshur me zë të lartë nuk janë nga cilësitë e të devotshmëve.
+E qeshura e tepërt ia humb burrit autoritetin dhe seriozitetin mes vëllezërve të tij.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3060</t>
   </si>
   <si>
     <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>Ia dhamë besën të Dërguarit të Allahut ﷺ se do ta dëgjojmë dhe do t'i bindemi në kohë të vështira e në kohë të qeta, në gjërat që i duam dhe s'i duam, edhe nëse dikush bëhet padrejtësisht hisetar në hakun tonë</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>Ubade ibn Samiti (Allahu qoftë i kënaqur me të!) tregon: "Ia dhamë besën të Dërguarit të Allahut ﷺ se do ta dëgjojmë dhe do t'i bindemi në kohë të vështira e në kohë të qeta, në gjërat që i duam dhe s'i duam, edhe nëse dikush bëhet padrejtësisht hisetar në hakun tonë; nuk do t'ua cenojmë atyre postin që u takon, si dhe do ta flasim të vërtetën kudo që gjendemi dhe s'do t'ia kemi frikën qortimit të asnjë qortuesi në rrugëtimin drejt Allahut."</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ e mori besën nga sahabët për t'iu nënshtruar prijësve dhe sundimtarëve (muslimanë) në kohë të qeta dhe të vështira; në kohë mirëqenieje e varfërie, pavarësisht nëse urdhrat e tyre janë të dëshirueshme apo të papëlqyera për shpirtin. Madje, edhe nëse sundimtarët padrejtësisht bëhen hisetarë mbi nënshtetasit në pasurinë publike, pozitat ose gjëra të tjera është obligim që ata të dëgjohen dhe t'i binden në mirësi (e jo në mëkat). Gjithashtu, nuk duhet të bëjnë kryengritje kundër tyre, sepse trazia dhe dëmi që shkaktohen duke luftuar ndaj tyre është më i madh dhe më i rëndë se dëmi që ka ndodhur për shkak të padrejtësisë së tyre. Po ashtu ia dhanë besën se do ta thonë të vërtetën në çdo vend që janë, duke e bërë këtë sinqerisht për Allahun dhe të mos kenë frikë nga ata që i qortojnë.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
@@ -863,50 +1178,85 @@
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të!) sqaron se prej namazeve vullnetare që i ka mbajtur në mend nga Profeti ﷺ janë dhjetë, të cilat quhen sunetet e rregullta ditore (ar. es-sunen er-ravatib). Dy rekate para dreksës dhe dy pas saj, dy rekate pas akshamit në shtëpinë e tij dhe dy rekate pas jacisë në shtëpinë e tij dhe dy rekate para namazit të sahabut. Kështu, bëjnë dhjetë rekate. Sa i përket namazit të xhumasë, Profeti  ﷺ i falte dy rekate pas tij.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Është e pëlqyeshme që këto sunete të rregullta ditore të falen në vazhdimësi.
 Është e ligjshme që sunetet të falen në shtëpi.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[Të gjitha transmetimet janë muttefek alejhi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3062</t>
   </si>
   <si>
+    <t>كان النبي صلى الله عليه وسلم إذا قام من الليل يشوص فاه بالسواك</t>
+  </si>
+  <si>
+    <t>“Kur Profeti ﷺ ngrihej për namaz nate, e pastronte gojën me misvak.”</t>
+  </si>
+  <si>
+    <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ.</t>
+  </si>
+  <si>
+    <t>Hudhejfe (Allahu qoftë i kënaqur me të!) tregon: “Kur Profeti ﷺ ngrihej për namaz nate, e pastronte gojën me misvak.”</t>
+  </si>
+  <si>
+    <t>كانَ النبيُّ صلى الله عليه وسلم كثيرًا ما يَستاك ويأمر به، وهو يتأكد في بعض الأوقات، منها: الاستياكُ عند القيام من الليل، حيث كان صلى الله عليه وسلم يَدلُك وينقِّي فاه بالسواك.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ shpeshherë i pastronte dhëmbët me misvak dhe urdhëronte të përdorej. Përdorimi i misvakut në disa kohë është më i kërkuar: përdorimi i misvakut kur të ngrihemi për namaz nate, meqë Profeti ﷺ i bënte masazh dhe e pastronte gojën me misvak.</t>
+  </si>
+  <si>
+    <t>تأكيد مشروعية السواك بعد نوم الليل، وذلك أنَّ النوم مُقتَضٍ لتَغَيُّر رائحة الفم، والسواك هو آلة تنظيفية.
+تأكيد مشروعية السواك عند كل تَغَيُّرٍ كريهٍ للفم، أخذًا من المعنى السابق.
+مشروعية النظافة على وجه العموم، وأنها من سنة النبي صلى الله عليه وسلم، ومن الآداب السامية.
+التسوُّك في الفم كلِّه يشمل: الأسنان، واللثة، واللسان.
+السواك هو عُودٌ يُقطَع من شجرة الأراك أو غيرها، ويُستخدم في تنظيف الفم والأسنان، ويطيِّب الفم، ويُزيل الروائح الكريهة.</t>
+  </si>
+  <si>
+    <t>Përligjja e përdorimit të misvakut pas gjumit të natës është bërë për shkak se gjumi është faktor i ndryshimit të erës së gojës dhe misvaku është mjet pastrimi.
+Përdorimi i misvakut kërkohet kur bëhen ndryshime të pakëndshme në gojë, duke u bazuar në kuptimin e lartcekur.
+Përligjja e pastërtisë në përgjithësi është bërë se ajo është pjesë e Sunetit të Profetit ﷺ dhe e normave të larta morale.
+Përdorimi i misvakut në tërë gojën përfshin: dhëmbët, mishrat e gojës dhe gjuhën.
+Misvaku është një shkop i këputur nga pema e arakut ose nga ndonjë pemë tjetër, përdoret për të pastruar gojën dhe dhëmbët, për të freskuar gojën dhe për të hequr erën e keqe.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3063</t>
+  </si>
+  <si>
     <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
   </si>
   <si>
     <t>“Besimtari nuk duhet ta urrejë (gruan e vet) besimtaren; nëse nuk i pëlqen një sjellje e saj, i pëlqen një sjellje tjetër.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Besimtari nuk duhet ta urrejë (gruan e vet) besimtaren; nëse nuk i pëlqen një sjellje e saj, i pëlqen një sjellje tjetër.”</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
 فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
   </si>
   <si>
     <t>Profeti ﷺ ia ka ndaluar burrit që të urrejë gruan aq shumë, saqë kjo të shpjerë në padrejtësi, braktisje dhe neglizhim ndaj saj. Njeriu natyrshëm është i mangët, andaj, nëse urren një sjellje të keqe (të gruas së vet), do të gjejë tek ajo një sjellje tjetër të mirë, kështu që ai duhet të kënaqet me të mirat që i përshtaten  dhe të jetë i durueshëm me të keqen që nuk i pëlqen, gjë që e bën atë të jetë i durueshëm dhe të mos e urrejë atë aq shumë, saqë kjo të shpjerë drejt ndarjes prej saj.</t>
   </si>
   <si>
     <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
 شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
 الحث على حسن العشرة والصحبة بين الزوجين.
 الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
   </si>
   <si>
@@ -1027,50 +1377,95 @@
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Si nuk ka frikë ai që e ngre kokën para imamit se Allahu mund t'ia shndërrojë kokën në kokë gomari?” - Ose ka thënë: “... se Allahu mund t'ia shndërrojë pamjen në pamje gomari?”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron kërcënimin e rëndë ndaj atij që ngre kokën para imamit (gjatë namazit), se Allahu mund t'ia shndërrojë kokën në kokë gomari ose mund t'ia shndërrojë pamjen në pamje gomari.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>Ekzistojnë katër situata në raport me namazfalësin dhe imamin: tri janë të ndaluara: parakalimi i tij, të qenët njëjtë me të dhe vonimi pas tij. Ajo që është obligim është pasimi i imamit.
 Namazfalësi e ka obligim ta pasojë imamin gjatë namazit.
 Kërcënimi për t'ia shndërruar imazhin e dikujt që ngre kokën para imamit në imazhin e gomarit është gjë e mundur dhe konsiderohet prej deformimit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3086</t>
+  </si>
+  <si>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم عن الساعة، فقال: متى الساعة؟ قال: وماذا أعددت لها</t>
+  </si>
+  <si>
+    <t>Një njeri e pyeti Profetin ﷺ për Kiametin, duke thënë: "Kur është Kiameti?" - “Çka ke përgatitur për të?”</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا». قَالَ: لاَ شَيْءَ، إِلَّا أَنِّي أُحِبُّ اللَّهَ وَرَسُولَهُ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ». قَالَ أَنَسٌ: فَمَا فَرِحْنَا بِشَيْءٍ، فَرِحْنَا بِقَوْلِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ» قَالَ أَنَسٌ: فَأَنَا أُحِبُّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَأَبَا بَكْرٍ، وَعُمَرَ، وَأَرْجُو أَنْ أَكُونَ مَعَهُمْ بِحُبِّي إِيَّاهُمْ، وَإِنْ لَمْ أَعْمَلْ بِمِثْلِ أَعْمَالِهِمْ.</t>
+  </si>
+  <si>
+    <t>Enesi (Allahu qoftë i kënaqur me të!) tregon: "Një njeri e pyeti Profetin ﷺ për Kiametin, duke thënë: "Kur është Kiameti?" - “Çka ke përgatitur për të?” - ia ktheu Profeti ﷺ. - Asgjë, përveçse e dua Allahun dhe të Dërguarin e Tij ﷺ, - iu përgjigj ai. - “Ti do të jesh me ata që i do”, - i tha Profeti ﷺ. Enesi vazhdon: "Me asgjë nuk jemi gëzuar më shumë se me fjalën e Profetit ﷺ: “Ti do të jesh me ata që i do.” Unë e dua Profetin ﷺ, Ebu Bekrin e Omerin, andaj shpresoj të jem me ta, në saje të dashurisë sime ndaj tyre, edhe pse nuk kam bërë vepra (të mira) sikurse ata."</t>
+  </si>
+  <si>
+    <t>سَألَ النبيَّ صلى الله عليه وسلم رجلٌ أعرابيٌّ مِمّن يَسكن الصحراء: عن وقت قيام الساعة؟ 
+فقال له صلى الله عليه وسلم: وما أعددتَ لها من العمل الصالح؟ 
+فقال السائل: ما أعددتُ لها كبيرَ عملٍ إلا أني أحبُّ اللهَ ورسولَه، ولم يذكر غيرَها من العبادات القلبية والبدنية والمالية؛ لأنها كلُّها فروع للمحبة مترتبة عليها، ولأن المحبة الصادقة باعثة للاجتهاد في العمل الصالح.
+فقال له صلى الله عليه وسلم: إنك مع مَن أحببتَ في الجنة. 
+ففرح أصحابُ النبيِّ صلى الله عليه وسلم بهذه البشرى فرحًا شديدًا.
+ثم أَخبرَ أنسٌ رضي الله عنه أنه يحب النبي صلى الله عليه وسلم وأبا بكر، وعمر، ويرجو أن يكون معهم، وإن كان عملُه ليس مثلَ عملِهم.</t>
+  </si>
+  <si>
+    <t>Një beduin që jetonte në shkretëtirë e pyeti Profetin ﷺ se kur do të ndodhë Kiameti.
+Atëherë Profeti ﷺ i tha: "Çfarë veprash të mira ke përgatitur për atë Ditë?"
+Pyetësi tha: "Nuk kam përgatitur ndonjë vepër të madhe për atë Ditë, përveçse e dua Allahun dhe të Dërguarin e Tij. Ai nuk përmendi ndonjë adhurim tjetër të zemrës, trupit ose të financave, sepse të gjitha janë degë të dashurisë që rrjedhin prej dashurisë ndaj Allahut dhe të Dërguarit të Tij dhe se dashuria e sinqertë e motivon njeriun të përpiqet të bëjë vepra të mira.
+Kësisoj Profeti ﷺ i tha: "Ti do të jesh në Xhenet me atë që ke dashur."
+Shokët e Profetit ﷺ u gëzuan skajshmërisht me këtë sihariq.
+Pastaj Enesi (Allahu qoftë i kënaqur me të!) tregoi se e do Profetin ﷺ, Ebu Bekrin dhe Omerin, si dhe shpreson të jetë me ta (në Xhenet), edhe nëse veprat e tij nuk ishin si veprat e tyre.</t>
+  </si>
+  <si>
+    <t>حكمة رسول الله صلى الله عليه وسلم في إجابة السائل، حيث دلَّه على الذي يهمه وينجيه، وهو: الاستعداد للآخرة بما ينفع والعمل الصالح.
+أخفى اللهُ علمَ الساعة على العباد ليبقى المرء مستعدًّا متجهزًا للقاء الله.
+فضل محبة الله ورسوله والصالحين من المؤمنين، والتحذير من محبة المشركين.
+قوله صلى الله عليه وسلم: أنت مع من أحببت. ليس المراد التساوي في الدرجة والمنزلة، بل المراد كونهم في الجنة بحيث يتمكَّن كل واحد منهم من رؤية الآخر وإن بَعُد المكان.
+توجيه المسلم للانشغال بالأصلح والأنفع له، وترك السؤال عما لا ينفعه.</t>
+  </si>
+  <si>
+    <t>Urtësia e të Dërguarit të Allahut ﷺ në përgjigjen ndaj pyetësit, meqë e udhëzoi drejt asaj që është në interes të tij dhe e shpëton, që është: "Përgatitja për botën tjetër me atë që është e dobishme dhe vepra të mira."
+Allahu e ka fshehur diturinë se kur do të ndodhë Kiameti nga robërit e Tij, në mënyrë që ata të rrinë të përgatitur për takimin me Të.
+Vlera e dashurisë së Allahut, të Dërguarit të Tij, burrave të mirë besimtarë dhe paralajmërimi kundër dashurisë ndaj idhujtarëve.
+Fjala e Profetit ﷺ: "Ti do të jesh me ata që i do" nuk nënkupton barazinë në shkallë dhe në pozitë, por qëllimi është se ata do të jenë në Xhenet, ku secili prej tyre të mund ta shohë tjetrin, edhe nëse vendi i tyre është larg njëri-tjetrit.
+Udhëzimi i muslimanit që të fokusohet në atë që është më e mira dhe më e dobishmja për të, si dhe t'i flakë pyetjet rreth gjërave që nuk i bëjnë dobi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3087</t>
   </si>
   <si>
     <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>Nuk ka namaz kur shtrohet ushqimi e as nën presionin e nevojave fiziologjike</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Nuk ka namaz kur shtrohet ushqimi e as nën presionin e nevojave fiziologjike."</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ në këtë hadith e ka ndaluar faljen e namazit kur shtrohet ushqimi, tek i cili shpirti i namazliut anon dhe zemra e tij është e lidhur me të.
 Gjithashtu, e ndaloi të falet namazi nën presionin e nevojave fiziologjike: nevojës së vogël dhe të madhe, për shkak se mendja e tij angazhohet për ta larguar këtë presion.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
@@ -1302,50 +1697,95 @@
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith u tregoi shokëve të tij për Dexhalin, karakteristikat dhe shenjat e tij, gjëra që asnjë pejgamber para tij nuk i kishte treguar. Ndër këto gjëra janë:
 Ai është i verbër në njërin sy.
 Allahu do t'ia mundësojë që të ketë me vete diçka që i ngjason xhenetit dhe zjarrit, sipas asaj që shihet me sy.
 Por, xheneti i tij është zjarr dhe zjarri i tij është xhenet. Kushdo që i bindet, do ta fusë në këtë xhenet, sipas asaj që shohin njerëzit, por ai në fakt është zjarr i përcëllues, sikundër që, kushdo që nuk i bindet, do të futet në zjarr, sipas asaj që shohin njerëzit, por, në fakt, është xhenet i këndshëm. Pastaj Profeti ﷺ na tërhoqi vërejtjen nga sprova e Dexhalit, ashtu siç pati bërë Nuhu me popullin e vet.</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
     <t>Sprova e Dexhalit është e madhe.
 Shpëtimi nga sprova e Dexhalit arrihet me besim të sinqertë, duke iu drejtuar Allahut të Lartësuar, duke kërkuar mbrojtjen e Allahut kundër tij në teshehudin e fundit (në namaz) dhe  duke i mësuar përmendësh dhjetë ajete nga fillimi i sures Kehf.
 Interesimi dhe kujdesi i madh i Profetit ﷺ për umetin e tij duke u sqaruar muslimanëve karakteristika të Dexhalit, që asnjë pejgamber para tij nuk i kishte sqaruar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3110</t>
   </si>
   <si>
+    <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
+  </si>
+  <si>
+    <t>Njeriu është në fenë e shokut të tij, andaj secili prej jush të shikojë se kë shoqëron!</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Njeriu është në fenë e shokut të tij, andaj secili prej jush të shikojë se kë shoqëron!"</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka sqaruar se njeriu i ngjan mikut dhe shokut të tij të ngushtë në sjelljen e zakonet e tij dhe se kjo miqësi ndikon në moralin, sjelljen dhe veprimet e njeriut. Për këtë arsye Profeti ﷺ udhëzoi të përzgjidhet miku, sepse ai e udhëzon shokun e tij drejt besimit, udhëzimit dhe mirësisë dhe është ndihmë për shokun e tij.</t>
+  </si>
+  <si>
+    <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
+خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
+اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
+المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
+  </si>
+  <si>
+    <t>Urdhërimi që të shoqërohen njerëzit e mirë dhe përzgjedhja e tyre, si dhe ndalimi që të shoqërohen njerëzit e këqij.
+Profeti ﷺ e veçoi me përmendje shokun e jo të afërmin, sepse ti je ai që përzgjedh shokun, ndërsa për vëllanë dhe të afërmin nuk ke liri zgjedhjeje.
+Përzgjedhja e shoqërisë duhet të burojë nga meditimi.
+Njeriu fenë e forcon duke i shoqëruar besimtarët dhe e dobëson atë duke i shoqëruar të prishurit.</t>
+  </si>
+  <si>
+    <t>حسن</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[Hadith hasen]</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3122</t>
+  </si>
+  <si>
     <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
   </si>
   <si>
     <t>“Shoku i mirë dhe shoku i keq i shëmbëllejnë shitësit të parfumit dhe farkëtarit që i fryn gjyrykut</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
     <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Shoku i mirë dhe shoku i keq i shëmbëllejnë shitësit të parfumit dhe farkëtarit që i fryn gjyrykut: shitësi i parfumit ose të lyen me parfum, ose blen parfum prej tij, ose ndien aromë të këndshme prej tij, kurse farkëtari që i fryn gjyrykut, ose ta djeg rrobën, ose ndien erë të keqe prej tij.”</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>Profeti ﷺ ka dhënë shembull për dy lloje njerëzish:
 Lloji i parë: shoku dhe miku i mirë i cili të udhëzon nga Allahu dhe drejt gjërave që e kënaqin Atë dhe të ndihmon për të qenë i bindur ndaj Tij. Shembulli i tij është sikurse i shitësit të parfumit i cili ose të lyen me parfum (të jep parfum), ose blen parfum prej tij, ose ndien aromë të këndshme prej tij.
 Lloji i dytë: shoku dhe miku i keq, i cili i pengon njerëzit nga rruga e Allahut, ndihmon në kryerjen e gjynaheve dhe prej tij sheh vepra të shëmtuara, kësisoj të përfshin poshtërimi për shkak të shoqërimit dhe uljes me njerëz të tillë. Shembulli i tij është si ai i farkëtarit që i fryn zjarrit i cili ose do të djegë rrobat nga shkëndijat fluturuese të zjarrit, ose do të ndiesh aromë të keqe duke ndenjur pranë tij.</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
@@ -1405,195 +1845,442 @@
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e nxit besimtarin që të shpejtojë dhe të bëjë sa më shumë vepra të mira para se ato të bëhen të pamundura për shkak të preokupimit me shfaqjen e sprovave dhe dyshimeve që e pengojnë besimtarin nga kryerja e punëve të mira. Këto sprova janë si errësira e natës, në të cilën e vërteta përzihet me të kotën dhe për rrjedhojë bëhet e vështirë për njerëzit të bëjnë dallimin mes tyre. Ato janë aq të rënda saqë njeriu çoroditet deri në atë pikë sa në mëngjes është besimtar e në mbrëmje bëhet jobesimtar, si dhe në mbrëmje është besimtar, ndërsa në mëngjes bëhet jobesimtar, duke e braktisur fenë e tij për shkak të kënaqësive kalimtare të kësaj dynjaje.</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
 إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
 في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
 الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
 في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
   </si>
   <si>
     <t>Është e obligueshme të kapemi fort pas fesë dhe të shpejtojmë të bëjmë vepra të mira para se të na dalin pengesa.
 Vënia në pah se sprovat devijuese do të jenë të njëpasnjëshme në fund të kohës (para Kiametit): sa herë që zhduket një sprovë, pason një tjetër.
 Nëse fetaria e një personi është e dobët dhe ai heq dorë nga ajo në këmbim të çështjeve të kësaj dynjaje, si pasuria ose gjëra të tjera, atëherë kjo konsiderohet si shkak i devijimit të tij, braktisjes së fesë dhe përfshirjes në sprova.
 Ky hadith është argument se veprat e mira janë shkak për të shpëtuar nga sprovat.
 Sprovat ndahen në dy lloje: sprovat e dyshimeve, ilaçi i të cilave është dituria, dhe sprovat e epsheve, ilaçi i të cilave është imani (besimi) dhe durimi.
 Hadithi tregon se kush është punëpakë, sprova do ta zërë më shpejt, e kush është punëshumë, nuk duhet të mashtrohet nga ajo, por, përkundrazi, të shtojë punët e mira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3138</t>
   </si>
   <si>
+    <t>كان رسول الله صلى الله عليه وسلم يكثر أن يقول: يا مقلب القلوب ثبت قلبي على دينك</t>
+  </si>
+  <si>
+    <t>Shpeshherë i Dërguari i Allahut ﷺ e thoshte (këtë lutje): "O rrotullues i zemrave, mbaje zemrën time të qëndrueshme në fenë Tënde!</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ»، فَقُلْتُ: يَا رَسُولَ اللهِ، آمَنَّا بِكَ وَبِمَا جِئْتَ بِهِ فَهَلْ تَخَافُ عَلَيْنَا؟ قَالَ: «نَعَمْ، إِنَّ القُلُوبَ بَيْنَ أُصْبُعَيْنِ مِنْ أَصَابِعِ اللهِ يُقَلِّبُهَا كَيْفَ يَشَاءُ».</t>
+  </si>
+  <si>
+    <t>Enesi (Allahu qoftë i kënaqur me të!) tregon: Shpeshherë i Dërguari i Allahut ﷺ e thoshte (këtë lutje): "O rrotullues i zemrave, mbaje zemrën time të qëndrueshme në fenë Tënde!" I thashë: "O i Dërguari i Allahut! Ne të besuam dhe i besuam asaj me të cilën erdhe, a ke frikë për ne? - "Po. Vërtet zemrat janë ndërmjet dy gishtërinjve të Allahut: i rrotullon si të dëshirojë", - iu përgjigj Profeti ﷺ.</t>
+  </si>
+  <si>
+    <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
+فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
+فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
+  </si>
+  <si>
+    <t>Lutja që  më së shpeshti e bënte Profeti ﷺ ishte që Allahu ta bënte të qëndrueshëm në fe e në adhurim dhe ta largonte nga devijimi dhe humbja. Enes ibn Maliku (Allahu qoftë i kënaqur me të!) ishte çuditur përse kaq shpesh Profeti ﷺ e thoshte këtë lutje, kështu që Profeti ﷺ i tregoi se zemrat janë ndërmjet dy gishtërinjve të Allahut: i rrotullon si të dojë. Zemra është vendi i imanit dhe kufrit. Zemra është quajtur kësisoj (në arabisht el kalb), për shkak të luhatjeve të saj të shpeshta. Ajo rrotullohet më shumë sesa vorba kur vlon në tenxhere: atij që dëshiron Allahu, ia vendos zemrën në udhëzim dhe e bën të qëndrueshëm në fe, e atij që dëshiron, ia largon zemrën nga udhëzimi drejt devijimit dhe humbjes.</t>
+  </si>
+  <si>
+    <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
+أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
+العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
+الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
+الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
+  </si>
+  <si>
+    <t>Nënshtrimi i Profetit ﷺ ndaj Zotit dhe përgjërimi i tij ndaj Tij, si dhe udhëzimi i muslimanëve që ta lusin Atë me këtë lutje.
+Rëndësia e qëndrueshmërisë dhe stabilitetit në fe dhe se në konsideratë merret përfundimi.
+Robi nuk mund të vetëmjaftohet as aq sa hap e mbyll sytë nga qëndrueshmëria që ia bën Allahu atij në Islam.
+Inkurajimi që kjo lutje të thuhet sa më shpesh, duke e ndjekur shembullin e Profetit ﷺ.
+Stabiliteti në Islam është begatia më e madhe, për të cilën duhet të përpiqet njeriu dhe ta falënderojë Zotin për të.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3142</t>
+  </si>
+  <si>
+    <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
+  </si>
+  <si>
+    <t>Nëse qeni pi në enën e ndokujt, le ta lajë atë shtatë herë.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
+ولمسلم: « أولاهُنَّ بالتُراب».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Nëse qeni pi në enën e ndokujt, le ta lajë atë shtatë herë.”</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith urdhëroi që ena të lahet shtatë herë nëse qeni e fut gjuhën në të, e para prej tyre të shoqërohet me dhe, kështu që uji të vijë pas tij, e kështu pastërtia të jetë e plotë nga papastëria dhe dëmi.</t>
+  </si>
+  <si>
+    <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
+ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
+التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
+كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
+ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
+الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
+  </si>
+  <si>
+    <t>Pështyma e qenit është papastëri e rëndë.
+Nëse qeni lëpin në enë, e bën atë të papastër, e edhe ujin që gjendet në të.
+Procesi i pastrimit përmes dheut dhe përsëritja e tij shtatë herë është specifike për pastrimin e enës në të cilën qeni e ka futur gjuhën, e jo për urinën, nevojën e gjëra të tjera që i përlyen qeni.
+Mënyra e pastrimit të enës përmes dheut: hidhet ujë në enë e i shtohet dhe më pas lahet ena me këtë përzierje.
+Kuptimi i jashtëm i hadithit është i përgjithshëm, ku i përfshin të gjithë qentë, madje edhe qentë që feja i ka lejuar të mbahen, siç janë qentë e gjuetisë, rojës dhe blegtorisë.
+Sapuni dhe detergjenti nuk e zëvendësojnë dheun në këtë rast, sepse Profeti ﷺ tekstualisht e ka përmendur dheun.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3143</t>
+  </si>
+  <si>
     <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>“Natyrshmëria është në pesë: synetimin, rruajtjen e qimeve (në vendet e turpshme), shkurtimin e mustaqeve, prerjen e thonjve dhe shkuljen e qimeve të nënsqetullave</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se e ka dëgjuar Profetin ﷺ duke thënë: “Natyrshmëria është në pesë: synetimin, rruajtjen e qimeve (në vendet e turpshme), shkurtimin e mustaqeve, prerjen e thonjve dhe shkuljen e qimeve të nënsqetullave."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi pesë tipare të fesë islame dhe tradita të të dërguarve:
 1. Synetimi (rrethprerja), që nënkupton prerjen e lëkurës së tepërt të organit, që është mbi glans (kokën e organit), si dhe prerjen e majës së lëkurës në mitrën e femrës, mbi vendin e kryerjes së kontaktit intim.
 2. Rruajtja e qimeve përreth organit gjenital.
 3. Shkurtimi i mustaqeve, që nënkupton shkurtimin e asaj që është rritur në buzën e sipërme të njeriut, në mënyrë që të shfaqet buza.
 4. Prerja e thonjve.
 5. Shkulja e qimeve të nënsqetullave.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>Kjo është tradita e të dërguarve, të cilën Allahu e do, është i kënaqur, e urdhëron dhe thërret në të, karakterizohet nga përsosuria, pastërtia dhe bukuria.
 Ligjshmëria e përkujdesjes për kryerjen e këtyre gjërave dhe mosshpërfillja e tyre.
 Për këto tipare ekzistojnë dobi fetare dhe të kësaj bote, bie fjala, përmirësimi i pamjes së jashtme, pastrimi i trupit, siguria për pastërti, dallimi nga jobesimtarët, si dhe nënshtrimi ndaj urdhrit të Allahut.
 Në hadithe të tjera është përmendur se ka tipare shtesë të natyrshmërisë, përveç këtyre pesë që u përmendën, si: lëshimi (rritja) e mjekrës, përdorimi i misvakut e të tjera.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3144</t>
   </si>
   <si>
+    <t>لا إله إلا الله، ويل للعرب من شر قد اقترب، فتح اليوم من ردم يأجوج ومأجوج مثل هذه</t>
+  </si>
+  <si>
+    <t>“La ilahe il-lallah! Mjerë arabët nga sherri që u është afruar! Sot është hapur një pjesë e pendës së jexhuxhëve dhe mexhuxhëve, sa kjo”</t>
+  </si>
+  <si>
+    <t>عَنْ زَيْنَبَ بِنْتِ جَحْشٍ رَضِيَ اللَّهُ عَنْها أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ عَلَيْهَا فَزِعًا يَقُولُ: «لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ» وَحَلَّقَ بِإِصْبَعِهِ الإِبْهَامِ وَالَّتِي تَلِيهَا، قَالَتْ زَيْنَبُ بِنْتُ جَحْشٍ فَقُلْتُ يَا رَسُولَ اللَّهِ: أَنَهْلِكُ وَفِينَا الصَّالِحُونَ؟ قَالَ: «نَعَمْ إِذَا كَثُرَ الخَبَثُ».</t>
+  </si>
+  <si>
+    <t>Zejnebe bint Xhahshi (Allahu qoftë i kënaqur me të) tregon se Pejgamberi ﷺ hyri i frikësuar tek ajo duke thënë: “La ilahe il-lallah! Mjerë arabët nga sherri që u është afruar! Sot është hapur një pjesë e pendës së jexhuxhëve dhe mexhuxhëve, sa kjo” - dhe përtheu gishtin e madh me treguesin (duke formuar një unazë). I thashë: "O i Dërguari i Allahut, vallë, ndodh të shkatërrohemi, ndërkohë në mesin tonë ka njerëz të mirë?" - “Po, nëse përhapet paturpësia”, - u përgjigj ai.</t>
+  </si>
+  <si>
+    <t>دَخَلَ النبيُّ صلى الله عليه وسلم على زينب بنت جَحْش رضي الله عنها فَزِعًا خائفًا، وهو يقول: لا إله إلا الله، إيذانًا بتوقُّع أمرٍ مكروهٍ يَحْدُث، ولا نجاة منه إلا بالالتجاء إلى الله سبحانه، ثم قال صلى الله عليه وسلم: 
+ويل للعرب من شر قد اقترب وقوعُه، فُتِح اليوم من رَدم يأجوج ومأجوج، وهو السَّدُّ الذي بناه ذو القرنين، مثل هذه، وحَلَّق بإصبعه الإبهام والتي تليها، 
+فقالت زينب رضي الله عنها: كيف يُسلِّط الله علينا الهلاك وفينا المؤمنون الصالحون؟ 
+فقال لها النبي صلى الله عليه وسلم: إذا كَثُرَ الخَبَث مِن الفسوق والفجور والمعاصي، والزنا، والخمور، وغيرها، عَمَّ الهلاكُ الجميع.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ hyri te Zejneb bint Xhahshi (Allahu qoftë i kënaqur me të!) i frikësuar duke thënë: “La ilahe il-lallah!" - duke sinjalizuar me këtë se do të ndodhë diçka e keqe dhe se nuk ka shpëtim prej saj veçse duke iu drejtuar Allahut të Lartësuar. Pastaj Profeti ﷺ tha: "Mjerë arabët nga sherri që u është afruar  të ndodhë! Sot është hapur një pjesë e pendës së jexhuxhëve dhe mexhuxhëve." Respektivisht diga që ndërtoi Dhulkarnejni sa kjo - dhe përtheu gishtin e madh me treguesin (duke formuar një unazë). Zejnebja (Allahu qoftë i kënaqur me të!) tha: "Si, vallë, të na shkatërrojë Allahu, kur në mesin tonë ka besimtarë të drejtë?" Profeti ﷺ i tha: "Nëse shtohet paturpësia, si: dhënia pas epsheve, shthurja, mëkatet, zinaja, alkooli dhe gjëra të tjera, atëherë të gjithë do të shkatërrohen."</t>
+  </si>
+  <si>
+    <t>الفَزَع لا يشغل قلبَ المؤمن عن ذكر الله عند الخوف؛ لأنه بذكر الله تطمئن القلوب.
+الحث على إنكار المعاصي ومنع وقوعها.
+يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
+المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
+خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
+  </si>
+  <si>
+    <t>Frika nuk e largon zemrën e besimtarit nga përmendja e Tij gjatë kësaj gjendjeje, sepse me përmendjen e Allahut zemrat gjejnë qetësi.
+Inkurajimi për t'i refuzuar mëkatet dhe për t'i parandaluar ato të ndodhin.
+Shkatërrimi i përgjithshëm ndodh për shkak të numrit të madh të mëkateve, përhapjes së tyre dhe mosrefuzimit të tyre, edhe nëse njerëzit e mirë janë të shumtë.
+Fatkeqësitë u ndodhin të gjithë njerëzve, të mirëve e të këqijve, por ata ringjallen sipas qëllimit të tyre.
+Ai veçoi arabët, kur tha: “Mjerë arabët nga sherri që u është afruar”, sepse ata ishin shumica e atyre që e pranuan Islamin kur e tha këtë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3145</t>
+  </si>
+  <si>
     <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>Para se Profeti ﷺ të hynte në nevojtore, thoshte: “Allahume inni eudhu bike minel-hubuthi vel-habaith! - O Allah, kërkoj mbrojtjen Tënde kundrejt të këqijve dhe të këqijave (shejtanëve meshkuj dhe femra)!</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon: "Para se Profeti ﷺ të hynte në nevojtore, thoshte: “Allahume inni eudhu bike minel-hubuthi vel-habaith! - O Allah, kërkoj mbrojtjen Tënde kundrejt të këqijve dhe të këqijave (shejtanëve meshkuj dhe femra)!"</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
     <t>Sa herë që Profeti ﷺ dëshironte të hynte në vendin ku do të kryente nevojën, qoftë duke urinuar, qoftë duke bërë jashtëqitjen, kërkonte mbrojtje dhe strehim tek Allahu që ta ruante nga e keqja e shejtanëve meshkuj dhe femra. Shprehja e përmendur në hadith: "hubuthi dhe habaith" është komentuar po ashtu si  “e keqja dhe e ndyra”.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>Është e pëlqyer të thuhet kjo lutje kur dëshirojmë të futemi në nevojtore.
 Të gjitha krijesat kanë nevojë për Zotin e tyre që t'i mbrojë nga ajo që i lëndon ose i dëmton në të gjitha rrethanat që i kanë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3150</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم أشد حياء من العذراء في خدرها، فإذا رأى شيئا يكرهه عرفناه في وجهه</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka qenë më i turpshëm se virgjëresha në veçanen e saj. Kur nuk i pëlqente diçka, vërehej në fytyrë</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ.</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) tregon: "Profeti ﷺ ka qenë më i turpshëm se virgjëresha në veçanen e saj. Kur nuk i pëlqente diçka, vërehej në fytyrë."</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ أبو سعيد الخدري رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم كان أشدَّ حياء من البنت البِكْر التي لم تتزوج وتعاشر الرجال المُستترة في بيتها، ومن شدة حيائه أنه إذا كَرِهَ شيئًا يتغير وجهه ولا يتكلم، بل يفهم أصحابه كراهيتَه لذلك في وجهه.</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ishte më i turpshëm se një vajzë e virgjër që nuk është martuar ende dhe nuk ka jetuar me burra, e cila është mbyllur në shtëpinë e saj. Për shkak të turpit të tij të madh, nëse urrente diçka, fytyra i ndryshonte dhe nuk fliste, por sahabët e kuptonin urrejtjen për atë gjë në fytyrën e tij.</t>
+  </si>
+  <si>
+    <t>بيان ما اشتمل عليه النبي صلى الله عليه وسلم من الحياء، وهو الخُلُق العظيم.
+حياء النبيِّ صلى الله عليه وسلم ما لم تُنتَهك حرمات الله، فإذا انتهكت؛ فإنه صلى الله عليه وسلم كان يغضب ويأمر أصحابَه وينهاهم.
+الحث على التخلُّق بالحياء؛ لأنه يحمل النفس على فعل الجميل وترك القبيح.</t>
+  </si>
+  <si>
+    <t>Sqarimi i turpit që e kishte Profeti ﷺ, i cili është virtyt madhor.
+Turpi i Profetit ﷺ ishte përderisa nuk shkeleshin dispozitat e fesë së Allahut, e, kur shkeleshin, Profeti ﷺ zemërohej dhe i urdhëronte e i ndalonte shokët e tij.
+Inkurajimi për të qenë i turpshëm, sepse e nxit shpirtin ta bëjë të bukurën dhe ta braktisë të shëmtuarën.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3153</t>
   </si>
   <si>
     <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>“Do të përballeni me anashkalim të të drejtave tuaja (nga prijësit) dhe do të shihni gjëra që nuk do t'ju pëlqejnë.” Të pranishmit pyetën: "O i Dërguari i Allahut, çfarë po na porosit, pra?" Ai tha: “T'i kryeni detyrat që ju përkasin dhe t'i kërkoni Allahut atë që ju takon.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
     <t>Ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Do të përballeni me anashkalim të të drejtave tuaja (nga prijësit) dhe do të shihni gjëra që nuk do t'ju pëlqejnë.” Të pranishmit pyetën: "O i Dërguari i Allahut, çfarë po na porosit, pra?" Ai tha: “T'i kryeni detyrat që ju përkasin dhe t'i kërkoni Allahut atë që ju takon.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregoi se mbi muslimanët do të ketë prijës, të cilët do t'i monopolizojnë pasuritë e muslimanëve dhe punët e tjera të kësaj bote, duke i shpenzuar kështu ato sipas dëshirës dhe duke ua mohuar muslimanëve të drejtën e tyre në raport me to. Ata do të bëjnë gjëra në fe, të cilat nuk janë të mira dhe nuk pëlqehen. Sahabët (Allahu qoftë i kënaqur me ta!) pyetën se çfarë duhej të bënin në këtë situatë. Kësisoj, Profeti ﷺ u tha atyre se fakti që ata e monopolizojnë pasurinë, nuk ju përligj që ju ta ndaloni atë që e keni të obliguar ta bëni karshi tyre: për t'i dëgjuar dhe për t'iu bindur. Përkundrazi, jini të durueshëm, dëgjojini, bindjuni dhe mos i kundërshtoni në çështjen (që ju është besuar). Hakun që ju takon juve, kërkojani Allahut, si dhe luteni Allahun që t'i përmirësojë dhe ta largojë të keqen e padrejtësinë e tyre!</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>Hadithi është një nga shenjat e profecisë së Muhamedit ﷺ, sepse ai tregoi se çfarë do të ndodhte në umetin e tij, gjë që ndodhi siç tha.
 Lejohet që i sprovuari të informohet për fatkeqësinë që pritet ta godasë, që ta qetësojë veten kur ajo ta godasë e të jetë i durueshëm dhe të shpresojë shpërblimin (tek Allahu).
 Kapja fort për Kuran dhe Sunet është rrugëdalje nga fitnet (sprovat) dhe mospajtimet.
 Inkurajimi që t'i dëgjojmë dhe t'u bindemi prijësve (muslimanë) në gjëra të mira dhe të mos bëjmë kryengritje kundër tyre, edhe nëse ata bëjnë padrejtësi.
 Përdorimi i urtësisë dhe pasimit të Sunetit në kohë fitnesh (trazirash).
 Njeriu duhet ta përmbushë atë që e ka për detyrë, edhe nëse i ndodh ndonjë padrejtësi.
 Ky hadith ngërthen në vete rregullën fikhore: zgjedh të keqen më të vogël nga dy të këqijat ose dëmin më të vogël nga dy dëmet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3156</t>
   </si>
   <si>
+    <t>من سأل الله الشهادة بصدق بلغه الله منازل الشهداء، وإن مات على فراشه</t>
+  </si>
+  <si>
+    <t>“Atë që ia kërkon Allahut me sinqeritet gradën e shehidit, Allahu ka për ta ngritur në pozitën e shehidëve, edhe nëse vdes në shtratin e tij.”</t>
+  </si>
+  <si>
+    <t>عَن سَهْلِ بْنِ حُنَيْفٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ».</t>
+  </si>
+  <si>
+    <t>Sehël ibn Hunejfi (Allahu qoftë i kënaqur me të!) transmeton nga Profeti ﷺ se ka thënë: “Atë që ia kërkon Allahut me sinqeritet gradën e shehidit, Allahu ka për ta ngritur në pozitën e shehidëve, edhe nëse vdes në shtratin e tij.”</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن طَلَبَ الشهادةَ والقتلَ في سبيل الله، وكان صادقًا مخلصًا في نيته تلك لله عز وجل، أعطاه الله درجات الشهداء بنيته الصادقة وإن مات على الفِراش في غير الجهاد.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se atij që e kërkon shehidllëkun e që të vritet në rrugën e Allahut dhe është i sinqertë dhe i çiltër në qëllimin e tij për hir të Allahut të Lartmadhëruar, Ai do t'ia japë gradat e shehidëve për shkak të qëllimit të tij të sinqertë, edhe nëse ai vdes në shtrat në një gjendje tjetër përveç xhihadit.</t>
+  </si>
+  <si>
+    <t>صدق النية مع فعل المستطاع سبب لبلوغ المقصود من الأجر والثواب، وإن لم يُبَاشر العمل المطلوب.
+الترغيب في الجهاد وطلب الشهادة في سبيل الله عز وجل.
+إكرام الله تعالى لهذه الأمة، فهو يعطيها بقليل من العمل أعلى الدرجات في الجنة.</t>
+  </si>
+  <si>
+    <t>Qëllimi i sinqertë dhe kryerja e asaj që është e mundur është shkak për arritjen e shpërblimit të synuar, edhe nëse nuk e bën punën e kërkuar.
+Nxitja për t'u angazhuar në xhihad dhe për ta kërkuar gradën e shehidit në rrugën e Allahut të Lartmadhëruar.
+Allahu i Lartësuar e nderoi këtë umet, pasi me pak punë ua jep gradat më të larta në Xhenet.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3157</t>
+  </si>
+  <si>
+    <t>ما يزال البلاء بالمؤمن والمؤمنة في نفسه وولده وماله حتى يلقى الله وما عليه خطيئة</t>
+  </si>
+  <si>
+    <t>Sprova vazhdon ta godasë besimtarin dhe besimtaren në vetet e tyre, fëmijët dhe pasurinë derisa ta takojnë Allahun dhe të mos kenë mëkate fare</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Sprova vazhdon ta godasë besimtarin dhe besimtaren në vetet e tyre, fëmijët dhe pasurinë derisa ta takojnë Allahun dhe të mos kenë mëkate fare."</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se sprovat dhe provimi nuk pushojnë kurrë për besimtarin e besimtaren, në vetet e tyre: shëndetin dhe trupin, fëmijët: në aspektin e sëmundjes, vdekjes, mosbindjes ose të tjera, dhe në pasuri: varfëri, zhdukje të tregtisë, vjedhje, ngecje në jetesë dhe vështirësi në furnizim, derisa Allahu përmes këtyre sprovave t'ia shlyejë të gjitha mëkatet, që, kur ta takojë Allahun, të jetë i pastër nga të gjitha mëkatet që i ka kryer.</t>
+  </si>
+  <si>
+    <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
+البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
+الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
+قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
+مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
+  </si>
+  <si>
+    <t>Është pjesë e mëshirës së Allahut ndaj robërve të Tij besimtarë që Ai t'ua shlyejë mëkatet në këtë botë përmes sprovave dhe fatkeqësive të kësaj bote.
+Thjesht sprova i shlyen mëkatet, me kusht që robi të jetë besimtar, kështu që, nëse robi bën durim dhe nuk tregohet i pakënaqur, do të shpërblehet.
+Inkurajimi për të bërë durim në të gjitha çështjet, në ato që i pëlqen dhe nuk i pëlqen. Kësisoj, ai është i durueshëm dhe e kryen atë që ia ka obliguar Allahu; është i durueshëm dhe largohet nga ajo që e ka ndaluar Allahu, duke shpresuar në shpërblimin e Tij dhe duke u frikësuar nga dënimi i Tij.
+Pjesa në hadith: “besimtarin dhe besimtaren”. Shtimi i fjalës "besimtaren" është argument për të treguar pohim shtesë për gratë, se, po të thoshte: “besimtarin”, gruaja do të ishte përfshirë në të, sepse kjo nuk është specifike për burrat, kështu që, nëse gruas i bie ndonjë sprovë, edhe asaj i premtohet gjithashtu shpërblim i ngjashëm duke iu shlyer mëkatet dhe veprat e këqija.
+Ajo që ia bën më të lehtë dhimbjet robit, të cilat e godasin herë pas here, është mirësia që vjen si shkak i sprovës.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3159</t>
+  </si>
+  <si>
     <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
     <t>kur falej i Dërguari i Allahut ﷺ, i hapte krahët, saqë i shihej bardhësia e nënsqetullave</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
     <t>Abdullah ibn Malik ibn Buhajne (Allahu qoftë i kënaqur me të!) tregon se, kur falej i Dërguari i Allahut ﷺ, i hapte krahët, saqë i shihej bardhësia e nënsqetullave.</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ bënte sexhde, i hapte krahët gjatë saj dhe secilin krah e largonte nga ijët e ato hapeshin si krahët e shpendit, derisa i dukej ngjyra e lëkurës së nënsqetullave. Ngjyra e nënsqetullave dukej për shkak të hapjes dhe largimit të tepërt të krahëve nga ijët.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Ky pozicion është i pëlqyeshëm teksa jemi në sexhde, pra, mbajtja e krahëve të ndarë nga ijët.
 Nëse me hapjen e krahëve gjatë sexhdes namazliu tjetër që është pranë lëndohet atëherë kjo gjë nuk lejohet.
 Në hapjen e krahëve në sexhde ka urtësi dhe dobi të shumta, prej të cilave veçojmë: shprehja e zellit dhe dëshirës për të falur namazin, si dhe nëse namazliu mbështetet në të gjitha gjymtyrët me të cilat bëhet sexhde, atëherë çdo gjymtyrë merr pjesën e duhur të adhurimit. Është thënë po ashtu se prej urtësisë së këtij pozicioni është se ai është më shumë i ngjashëm me formën e përulësisë dhe ndihmon më shumë për ta vendosur ballin dhe hundën në tokë dhe, gjithashtu, ndihmon që çdo gjymtyrë të ndahet më vete.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3220</t>
+  </si>
+  <si>
+    <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
+  </si>
+  <si>
+    <t>Zoti është më afër robit në mes të natës</t>
+  </si>
+  <si>
+    <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
+  </si>
+  <si>
+    <t>Ebu Umame tregon se Amër ibn Abese (Allahu qoftë i kënaqur me të!) i tregon se e ka dëgjuar Profetin ﷺ të thotë: "Zoti është më afër robit në mes të natës, kështu që, nëse mund të jesh ndër ata që e përmendin Allahun në atë orë, bëje."</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith na tregon se Zoti i Lartësuar është më afër robit në të tretën e fundit të natës. Andaj, nëse të jepet sukses dhe ke mundësi, o besimtar, që të jesh në mesin e atyre që e adhurojnë, falen, përmendin Allahun dhe pendohen në këtë kohë, atëherë kjo është diçka që duhet ta shfytëzosh dhe të derdhësh mund për të.</t>
+  </si>
+  <si>
+    <t>حث المسلم على الذكر في آخر الليل.
+تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
+قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
+  </si>
+  <si>
+    <t>Inkurajimi i muslimanit që ta përmendë Allahun në fund të natës.
+Kohët dallojnë nga njëra-tjera sa i përket përmendjes së Allahut, lutjes dhe namazit.
+Mejraku thotë: "Dallimi mes hadithit: “Zoti është më afër robit” dhe hadithit: “Robi është më afër me Zotin e tij teksa është në sexhde”, është: "Sa i përket të parit, qëllimi është që të sqarohet koha kur Zoti është më afër robit, e që është mesi i natës, ndërsa i dyti i sqaron gjendjet e afërsisë së robit me Zotin, që është kur ai bën sexhden.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3236</t>
   </si>
   <si>
     <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
   </si>
   <si>
     <t>“Dinari (monedhë e artë) më i mirë që e shpenzon njeriu është dinari të cilin e shpenzon për familjen e vet, pastaj dinari që e shpenzon për kafshën e vet në rrugën e Allahut dhe dinari të cilin e shpenzon për shokët e vet në rrugën e Allahut.”</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
     <t>Theubani (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Dinari (monedhë e artë) më i mirë që e shpenzon njeriu është dinari të cilin e shpenzon për familjen e vet, pastaj dinari që e shpenzon për kafshën e vet në rrugën e Allahut dhe dinari të cilin e shpenzon për shokët e vet në rrugën e Allahut.” Ebu Kilabe ka thënë: "(Pejgamberi)Filloi me familjen." Pastaj Ebu Kilabe tha: "Cili njeri ka shpërblim më të madh sesa ai i cili shpenzon për fëmijët e tij të vegjël, ua ruan nderin, ose Allahu u sjell dobi atyre nëpërmjet tij dhe ua plotëson nevojat."</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka përmendur disa variante të shpenzimeve dhe i ka renditur ato, kur janë të shumta, sipas variantit më të detyrueshëm, duke përmendur në fillim variantin më të rëndësishëm. Ai tregoi se pasuria më e shpërblyeshme është ajo që një musliman e shpenzon për dikë që është i detyruar të shpenzojë për të, si: gruaja dhe fëmijët e tij. Me pas pasuria që shpenzon për mjetin e udhëtimit, që e ka përgatitur për luftë në rrugë të Allahut. Më pas pasuria që shpenzon për shokët dhe shoqërinë e tij, kur ata kanë dalë për të luftuar në rrugë të Allahut.</t>
   </si>
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
@@ -1652,50 +2339,88 @@
   <si>
     <t>Shkurtojini mustaqet dhe lëshojini mjekrat!</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Shkurtojini mustaqet dhe lëshojini mjekrat!"</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka urdhëruar që të shkurtohen mustaqet e të mos rriten, madje të shkurtohen shumë.
 Po ashtu urdhëroi të lëshohet mjekra dhe të lihet ashtu e dendur.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Rruajtja e mjekrës është haram.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3279</t>
+  </si>
+  <si>
+    <t>إذا رأى أحدكم الرؤيا يحبها فإنها من الله، فليحمد الله عليها وليحدث بها، وإذا رأى غير ذلك مما يكره، فإنما هي من الشيطان، فليستعذ من شرها، ولا يذكرها لأحد، فإنها لن تضره</t>
+  </si>
+  <si>
+    <t>“Kur dikush sheh në ëndërr diçka që e pëlqen, ajo është prej Allahut, andaj le ta lavdërojë Allahun për të dhe le t'ua tregojë të tjerëve. E, kur të shohë gjëra të tjera që i urren, ato janë prej shejtanit, le të kërkojë mbrojtje kundrejt sherrit të saj dhe të mos ia tregojë askujt, pas kësaj ajo s'do t'i bëjë dëm!”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَى أَحَدُكُمُ الرُّؤْيَا يُحِبُّهَا فَإِنَّهَا مِنَ اللَّهِ، فَلْيَحْمَدِ اللَّهَ عَلَيْهَا وَلْيُحَدِّثْ بِهَا، وَإِذَا رَأَى غَيْرَ ذَلِكَ مِمَّا يَكْرَهُ، فَإِنَّمَا هِيَ مِنَ الشَّيْطَانِ، فَلْيَسْتَعِذْ مِنْ شَرِّهَا، وَلاَ يَذْكُرْهَا لِأَحَدٍ، فَإِنَّهَا لَنْ تَضُرَّهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) tregon: “E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Kur dikush sheh në ëndërr diçka që e pëlqen, ajo është prej Allahut, andaj le ta lavdërojë Allahun për të dhe le t'ua tregojë të tjerëve. E, kur të shohë gjëra të tjera që i urren, ato janë prej shejtanit, le të kërkojë mbrojtje kundrejt sherrit të saj dhe të mos ia tregojë askujt, pas kësaj ajo s'do t'i bëjë dëm!”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفرِحة في المنام من الله، وأرشد بأنْ يَحمد الله عليها، ويخبر بها، وإذا رأى ما يَكره ويُحزن فإنما هي من الشيطان؛ فليستعذ بالله من شرها، ولا يذكرها لأحد؛ فإنها لا تضره حيث جعل الله ما ذُكر سببًا للسلامة من المكروه المترتِّب على الرؤيا.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka treguar se ëndrra e mirë dhe e gëzueshme në gjumë është nga Allahu dhe ka udhëzuar që njeriu ta lavdërojë Allahun për të dhe ta tregojë atë. Ndërsa, nëse sheh diçka që e urren dhe e pikëllon, ajo është nga shejtani, prandaj le të kërkojë mbrojtje tek Allahu nga e keqja e saj dhe të mos ia tregojë askujt, sepse ajo nuk do ta dëmtojë, pasi Allahu e ka bërë fshehjen e saj një mjet mbrojtjeje nga dëmi që mund të vijë prej saj.</t>
+  </si>
+  <si>
+    <t>أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو تُرى له، 2- حديث النفس وهي ما يحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
+حاصل ما ذكر من أبواب الرؤيا الصالحة ثلاثة أشياء: أن يحمد الله عليها، وأن يستبشر بها، وأن يتحدث بها لكن لمن يحب دون من يكره.
+حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوَّذ بالله من شرها، ومن شر الشيطان، وأن يتفل حين يهب من نومه عن يساره ثلاثا، ولا يذكرها لأحد أصلًا، وإذا أراد أن يرجع لنومه يتحوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.
+قال ابن حجر: الحكمة فيه أنه إذا حدَّث بالرؤيا الحسنة من لا يحب قد يفسِّرها له بما لا يحب إما بُغضًا وإما حسدًا، فقد تقع على تلك الصفة أو يتعجّل لنفسه من ذلك حُزنًا ونكدًا، فأمر بترك تحديث مَن لا يُحِب بسبب ذلك.
+الحمد عند حدوث النِّعَم، وتجدد المنن، فذلك سبب لدوامها.</t>
+  </si>
+  <si>
+    <t>Llojet e ëndrrave: 1- Ëndrra e mirë. Kjo është një ëndërr e vërtetë dhe një lajm i gëzueshëm nga Allahu, që njeriu e sheh ose që i tregohet atij nga dikush, që ka parë diçka për të.
+ 2- Vetëpërsiatje. Kjo është diçka për të cilën njeriu mendon dhe flet me veten e tij gjatë zgjimit.
+ 3- Ëndërr djallëzore. Përpjekjet e djallit për ta trishtuar, frikësuar dhe tmerruar njeriun, duke e bërë të përjetojë pikëllim.
+Bazuar në atë që është përmendur rreth llojeve të ëndrrave të mira, njeriu duhet të bëjë tri gjëra:
+ Ta lavdërojë Allahun për të, ta marrë si sihariq dhe t'ua tregojë vetëm atyre që i do, jo atyre që nuk i pëlqen.
+Bazuar në atë që është përmendur rreth edukatës rreth ëndrrave të papëlqyera, njeriu duhet t'i bëjë pesë gjëra: të kërkojë mbrojtje tek Allahu nga e keqja e saj dhe nga e keqja e shejtanit, të pështyjë lehtë tri herë në anën e majtë sapo të zgjohet, të mos ia tregojë askujt, dhe nëse dëshiron të flejë përsëri, të shtrihet në anën tjetër, dhe ajo nuk do ta dëmtojë.
+Ibn Haxheri ka thënë: "Urtësia është se, nëse dikush ia tregon ëndrrën e mirë dikujt, që nuk e do, ai mund t’ia interpretojë atë në një mënyrë që nuk i pëlqen, qoftë nga urrejtja apo zilia, dhe ajo mund të ndodhë ashtu siç është interpretuar, ose ai mund ta fusë veten në pikëllim dhe mërzi për shkak të saj. Prandaj, njeriu është urdhëruar që të mos ia tregojë ëndrrën e tij të mirë atyre që nuk i do."
+Lavëdrimi i Allahut për begatitë dhe dhuntitë e Tij, pasi kjo është shkak që ato të vazhdojnë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3285</t>
   </si>
   <si>
     <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>“Sa e çuditshme që është çështja e besimtarit: gjithçka që e godet atë, është në të mirën e tij dhe kjo nuk është për askënd përveç besimtarit</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Suhejbi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Sa e çuditshme që është çështja e besimtarit: gjithçka që e godet atë, është në të mirën e tij dhe kjo nuk është për askënd përveç besimtarit. Kur e kaplon ndonjë begati, ai falënderon, gjë që është në të mirën e tij, e, nëse e godet ndonjë vështirësi, ai bën durim, gjë që është po në të mirën e tij.”</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Profeti ﷺ është çuditur me çështjen dhe gjendjen e besimtarit, duke e konsideruar këtë si diçka të bukur, ngase të gjitha situatat nëpër të cilat ai kalon, janë të mira për të, e kjo nuk është për askënd përveç besimtarit. Kur e kaplon ndonjë gëzim, e falënderon Allahun për të dhe kësisoj përmes falënderimit merr shpërblim. E, nëse e godet ndonjë hidhërim, duron dhe shpreson shpërblim prej Allahut, e kështu merr shpërblim prej durimit; pra ai është i shpërblyeshëm në çdo situatë.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
@@ -1846,56 +2571,50 @@
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se, sa herë që teshtinte i Dërguari i Allahut ﷺ, vendoste në gojën e tij dorën ose rrobën, me to e zvogëlonte ose e ulte zërin.</t>
   </si>
   <si>
     <t>كان صلى الله عليه وسلم إذا عَطَس:
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ teshtinte:
 Së pari e vendoste dorën ose rrobën e tij në gojë, që nga goja ose hunda të mos dilte asgjë që mund të dëmtonte bashkëbiseduesin e tij.
 Së dyti, e ulte zërin dhe nuk e ngrinte.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Udhëzimi i Profetit ﷺ gjatë teshtitjes dhe ndjekja e shëmbëlltyrës së tij në këtë çështje.
 Është e rekomanduar që gjatë teshtimës të vendoset në gojë ose në hundë një rrobë apo shami ose diçka e ngjashme, që të mos dalë prej tyre diçka që mund ta lëndojë bashkëbiseduesin.
 Ulja e zërit gjatë teshtitjes është diçka që duhet bërë dhe është shenjë e mirësjelljes së përsosur dhe virtyteve të larta morale.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3317</t>
   </si>
   <si>
     <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>Allahu i mallkoftë hebrenjtë dhe të krishterët: varret e të dërguarve i shndërruan në faltore!</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>Aishja dhe Abdullah ibn Abasi (Allahu qoftë i kënaqur me ta!) tregojnë: "Kur të Dërguarin e Allahut ﷺ e kapluan dhimbjet e vdekjes, e mbulonte fytyrën me një këmishë. E, kur i pushonin dhimbjet, e zbulonte. Duke qenë në këtë gjendje, tha: “Allahu i mallkoftë hebrenjtë dhe të krishterët: varret e të dërguarve i shndërruan në faltore!” Pra, tërhiqte vërejtjen kundër veprimeve të tyre.</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>Aishja dhe Ibn Abasi (Allahu qoftë i kënaqur me ta!) na tregojnë se, kur Profetit ﷺ i afrua vdekja, vendosi një copë pëlhure në fytyrën e tij, e, kur e kishte të vështirë frymëmarrjen për shkak të agonisë së vdekjes, e hoqi nga fytyra dhe në atë gjendje të rëndë tha: "Allahu i mallkoftë hebrenjtë e të krishterët dhe i dëboftë nga mëshira e Tij, për shkak se ndërtuan xhami mbi varret e profetëve të tyre!" Sikur të mos ishte kjo çështje e rrezikshme, nuk do të përmendte një gjë të tillë në këtë gjendje, prandaj Profeti ﷺ e ndaloi umetin e tij që të mos u shëmbëllejnë atyre në këtë vepër, sepse është një vepër e hebrenjve dhe e të krishterëve, dhe se është shteg që çon drejt shirkut ndaj Allahut të Lartmadhëruar.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
@@ -1959,51 +2678,51 @@
     <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>O Allah, mos ma bëj varrin idhull</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "O Allah, mos ma bëj varrin idhull! Allahu mallkoi një popull që i shndërruan varret e profetëve të tyre në faltore."</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Profeti ﷺ i bëri lutje Zotit të tij që të mos ia bëjë varrin sikurse idhull që njerëzit e adhurojnë duke e madhëruar dhe duke pasur përballë e duke i bërë sexhde. Pastaj Profeti ﷺ tregoi se Zoti i ka larguar dhe dëbuar nga mëshira e Tij ata që i kanë marrë varret e profetëve faltore, sepse marrja e tyre si faltore është shkak për t'i adhuruar dhe për të besuar në to.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Tejkalimi i kufirit legjitim në raport me varret e profetëve dhe të devotshmëve bën që ata të adhurohen në vend të Allahut, andaj duhet pasur kujdes nga mjetet që çojnë drejt shirkut (idhujtarisë).
-Nuk lejohet t'i synosh varret (me vizitë) për t'i nderuar dhe për të bërë adhurim tek ato, sado afër Allahut të Lartëruar (me pozitë) të jetë i varrosuri.
+Nuk lejohet t'i synosh varret (me vizitë) për t'i nderuar dhe për të bërë adhurim tek ato, sado afër Allahut të Lartësuar (me pozitë) të jetë i varrosuri.
 Është haram të ndërtohen xhamitë mbi varre.
 Është e ndaluar falja e namazit te varret, edhe nëse nuk është ndërtuar faltore - xhami, përveç namazit të xhenazes, së cilës nuk i është falur namazi (në xhami, bën t'i falet aty).</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[E shënon Ahmedi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3336</t>
   </si>
   <si>
     <t>إن عظم الجزاء مع عظم البلاء، وإن الله تعالى إذا أحب قوما ابتلاهم؛ فمن رضي فله الرضى، ومن سخط فله السخط</t>
   </si>
   <si>
     <t>Vërtet madhësia e shpërblimit është në varësi të madhësisë së sprovës. Allahu i Lartësuar, kur e do një popull, i vë në sprovë: atij që është i kënaqur, i takon kënaqësia, e, atij që hidhërohet, i takon hidhërimi.</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: "إن عِظَمَ الجزاءِ مع عِظَمِ البلاءِ، وإن الله تعالى إذا أحب قوما ابتلاهم، فمن رَضِيَ فله الرِضا، ومن سَخِطَ فله السُّخْطُ".</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Vërtet madhësia e shpërblimit është në varësi të madhësisë së sprovës. Kur Allahu i Lartësuar e do një popull, i vë në sprovë; atij që është i kënaqur, i takon kënaqësia, ndërsa atij që hidhërohet, i takon hidhërimi."</t>
   </si>
   <si>
@@ -2097,50 +2816,88 @@
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu i Larmadhëruar thotë: "Unë aspak nuk kam nevojë për ortak. Kushdo që bën një vepër duke më bërë Mua ortak dikë në atë vepër, Unë e braktis atë së bashku me ortakërinë që ma ka bërë.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se Allahu i Lartmadhëruar thotë: "Unë aspak nuk kam nevojë për ortak." Ai është i Vetëmjaftueshëm kundrejt çdo gjëje. Nëse njeriu bën një akt adhurimi dhe e bën për Allahun a për dikë tjetër, atëherë Allahu do ta braktisë atë dhe nuk do t'ia pranojë, si dhe do t'ia kthejë mbrapsht vepruesit atë që e ka bërë. Është obligim që vepra të bëhet sinqerisht për Allahun e Lartësuar, sepse Ai i pranon vetëm ato vepra që janë të sinqerta për fytyrën e Tij fisnike.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Paralajmërim kundër shirkut (idhujtarisë) me të gjitha format e tij dhe se ai është pengesë për pranimin e veprës.
 Kur robi ia kujton vetes vetëmjaftueshmërinë dhe madhështinë e Allahut, kjo i ndihmon që veprën ta bëjë sinqerisht për Të.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3342</t>
   </si>
   <si>
+    <t>يؤتى بالرجل يوم القيامة، فيلقى في النار، فتندلق أقتاب بطنه، فيدور بها كما يدور الحمار بالرحى</t>
+  </si>
+  <si>
+    <t>“Në Ditën e Kiametit, një njeri do të sillet dhe do të hidhet në Zjarr, ku do t'i shkapërderdhen zorrët e barkut nëpër zjarr. Ai do të sillet rreth tyre siç sillet gomari rreth rrotës së mullirit</t>
+  </si>
+  <si>
+    <t>عَنْ أُسَامَةَ بْنِ زَيْدٍ رضي الله عنه قَالَ: قِيلَ لَهُ: أَلَا تَدْخُلُ عَلَى عُثْمَانَ فَتُكَلِّمَهُ؟ فَقَالَ: أَتَرَوْنَ أَنِّي لَا أُكَلِّمُهُ إِلَّا أُسْمِعُكُمْ؟ وَاللهِ لَقَدْ كَلَّمْتُهُ فِيمَا بَيْنِي وَبَيْنَهُ، مَا دُونَ أَنْ أَفْتَتِحَ أَمْرًا لَا أُحِبُّ أَنْ أَكُونَ أَوَّلَ مَنْ فَتَحَهُ، وَلَا أَقُولُ لِأَحَدٍ يَكُونُ عَلَيَّ أَمِيرًا: إِنَّهُ خَيْرُ النَّاسِ بَعْدَمَا سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى، فَيَجْتَمِعُ إِلَيْهِ أَهْلُ النَّارِ، فَيَقُولُونَ: يَا فُلَانُ مَا لَكَ؟ أَلَمْ تَكُنْ تَأْمُرُ بِالْمَعْرُوفِ، وَتَنْهَى عَنِ الْمُنْكَرِ؟ فَيَقُولُ: بَلَى، قَدْ كُنْتُ آمُرُ بِالْمَعْرُوفِ وَلَا آتِيهِ، وَأَنْهَى عَنِ الْمُنْكَرِ وَآتِيهِ».</t>
+  </si>
+  <si>
+    <t>Nga Usame ibn Zejdi (Allahu qoftë i kënaqur me të!) transmetohet se i është thënë: "Sikur të shkoje tek Othmani dhe të flisje me të (rreth fitnes)!" Ai u tha: "Ju po mendoni se nuk i kam folur atij, meqë nuk po ju tregoj?! Për Allahun, unë i kam folur atij (për këto çështje) në fshehtësi, pa hapur një derë (atë të fitnes), gjë që nuk dua të jem unë i pari që e hap atë derë. Pas një hadithi që e kam dëgjuar prej të Dërguarit të Allahut ﷺ, askujt nuk i them se është më i miri i njerëzve, madje edhe në qoftë prijësi im: “Në Ditën e Kiametit, një njeri do të sillet dhe do të hidhet në Zjarr, ku do t'i shkapërderdhen zorrët e barkut nëpër zjarr. Ai do të sillet rreth tyre siç sillet gomari rreth rrotës së mullirit. Banorët e Zjarrit do të tubohen rreth tij dhe do ta pyesin: "O filan, ç'është puna jote? A nuk urdhëroje për të mirë dhe ndaloje të keqen (në dynja)?" Ai do të përgjigjet: "Po, urdhëroja për të mirë, por vetë nuk e punoja, si dhe ndaloja të keqen, por vetë e veproja.”</t>
+  </si>
+  <si>
+    <t>قيل لأسامة بن زيد رضي الله عنهما: ألا تدخل على عثمان بن عفان رضي الله عنه فتُكلِّمه فيما وقع من الفتنة بين الناس والسعي في إطفائها برمتها، فأبلغهم أنه كلمه سرًا طلبًا للمصلحة لا تهييجًا للفتنة، وغرضه أنه لا يريد المجاهرة بالإنكار على الأمراء في الملأ، فتكون سببًا للتطاول على الخليفة، وهو بابُ فتنةٍ وشر لا أكون أول من فتحه. 
+ثم قال أسامة رضي الله عنهما: بأنه ينصحُ الأمراءَ في السر ولا يداهن أحدًا ولو كان أميرًا، ولا يَتملَّق لهم فيمدحهم في وجوههم بالباطل، وذلك بعدما سمع من النبي صلى الله عليه وسلم أنه يؤتى يوم القيامة برجل، فيُلقى في النار، فتخرج أمعاؤه من بطنه خروجًا سريعًا من شدة الحر وشدة العذاب، فيدور بأمعائه على هذه الحالة في النار كدَوَرَان الحمار حول رَحَاه الذي هو حَجَر الطاحون، فيجتمع حولَه أهلُ النار على هيئة حلقة تحيط به، فيسألونه: يا فلان، ألستَ كنتَ تأمر بالمعروف وتنهى عن المنكر؟! 
+فيقول: إني كنت آمر بالمعروف ولا أفعلُه، وأنهى عن المنكر وأفعلُه.</t>
+  </si>
+  <si>
+    <t>Usame ibn Zejdit (Allahu qoftë i kënaqur me të!) iu tha: "Sikur të shkoje tek Othman ibn Afani (Allahu qoftë i kënaqur me të!) dhe t'i flisje rreth fitnes që ka ndodhur mes njerëzve dhe të përpiqeshe ta shuaje atë." Ai i njoftoi se kishte folur me të në fshehtësi, duke synuar kështu dobi (për të gjithë), e jo për të nxitur fitne (trazira). Qëllimi i tij ishte se nuk dëshironte t'i refuzonte e t'i qortonte hapur prijësit para masës, e kështu të ishte shkak që kalifi të kritikohej, sepse kjo është derë për trazira dhe sherr, gjë që nuk donte të ishte i pari që do ta hapte atë.
+Pastaj Usama (Allahu qoftë i kënaqur me të!) tha se ai këshillonte udhëheqësit fshehurazi dhe nuk bënte lajka me askënd, madje as me ndonjë udhëheqës. Ai nuk bënte servilizëm me ta e t'i lavëdronte para syve në mënyrë të rreme, pasi që kishte dëgjuar nga Profeti ﷺ se në Ditën e Kiametit do të sillet një njeri dhe do të hidhet në Zjarr, ku zorrët e tij do të dalin jashtë barkut në mënyrë të shpejtë nga nxehtësia e madhe dhe ndëshkimi i ashpër. Ai do të sillet në Zjarr në këtë gjendje, duke u rrotulluar me zorrët e të tij rreth tij, si gomari që rrotullohet rreth gurit të mullirit. Atëherë banorët e Zjarrit do të mblidhen rreth tij në formë rrethi dhe do ta pyesin: “O filan, a nuk ishe ti ai që urdhëroje për të mirë dhe ndaloje nga e keqja?!”
+E thotë: "Urdhëroja në të mirë, e vetë nuk e veproja; ndaloja të keqen, e vetë e veproja."</t>
+  </si>
+  <si>
+    <t>الأصلُ في النصح لولاة الأمور أن يكون فيما بينهم وبينه، وأن لا يتحدث به الإنسان بين عامة الناس.
+الوعيد الشديد لمن يخالف قولُه فعلَه.
+الأدب مع الأمراء والتلطف بهم، وأمرهم بالمعروف ونهيهم عن المنكر.
+ذم مداهنة الأمراء في الحق وإظهار ما يبطن خلافه كالمُتملِّق بالباطل.</t>
+  </si>
+  <si>
+    <t>Në parim, këshillimi i prijësve bëhet mes këshilluesit dhe atyre dhe që njeriu të mos flasë rreth kësaj në masën e gjerë.
+Kërcënimi i ashpër për atë që fjala e tij e kundërshton veprën e tij.
+Edukata me prijësit dhe sjellja butë me ta; urdhërimi i tyre për mirë dhe ndalimi i tyre nga e keqja.
+Përçmimi i lajkave ndaj prijësve në llogari të së vërtetës dhe shfaqja e së kundërtës që e fsheh, sikur ai që është servil për 
+ të kotën.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3345</t>
+  </si>
+  <si>
     <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>Me ndërgjegje të pastër para Allahut, refuzoj të kem ndonjë mik të ngushtë nga mesi juaj, sepse Allahu i Lartësuar më ka zgjedhur mua për mik të ngushtë (ar. halil) ashtu siç e ka zgjedhur mik të ngushtë Ibrahimin</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>Xhundubi (Allahu qoftë i kënaqur me të!) tregon: "Pesë ditë para se të vdiste, e kam dëgjuar Profetin ﷺ të thotë: “Me ndërgjegje të pastër para Allahut, refuzoj të kem ndonjë mik të ngushtë nga mesi juaj, sepse Allahu i Lartësuar më ka zgjedhur mua për mik të ngushtë (ar. halil) ashtu siç e ka zgjedhur mik të ngushtë Ibrahimin. Madje, sikur të kisha zgjedhur dikë për mik të ngushtë, do ta kisha zgjedhur Ebu Bekrin. Dijeni se popujt para jush varret e profetëve të vet dhe të njerëzve të devotshëm i shndërronin në faltore. Prandaj, mos i shndërroni varret në faltore. Unë po ju ndaloj një vepër të tillë.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon për pozitën që ai e gëzon tek Allahu i Lartësuar, respektivisht se ajo arriti shkallën më të lartë të dashurisë (ar. el hul-leh, miqësia e ngushtë), siç e arriti Ibrahimi (alejhi selam), prandaj ai mohoi se kishte mik të ngushtë përveç Allahut, sepse zemra e tij ishte e mbushur me dashurinë, madhërimin dhe njohjen e Allahut të Lartëruar, kështu që nuk kishte vend për askënd përveç Tij. Sikur ai të kishte mik të ngushtë prej krijesave, do ta kishte Ebu Bekër Sidikun (Allahu qoftë i kënaqur me të!). Më pas paralajmëroi që të mos tejkalohet kufiri i lejuar në dashuri, siç bënë hebrenjtë dhe të krishterët në raport me varret e profetëve dhe të njerëzve të devoshtëm, derisa i shndërruan në hyjni idhujtareske që adhurohen në vend të Allahut dhe ndërtuan faltore - xhami e tempuj mbi varret e tyre, si dhe e ndaloi umetin e tij të bëjnë të njëjtën gjë si ata.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
@@ -2202,63 +2959,57 @@
     <t>Mos i shndërroni shtëpitë tuaja në varre e as mos e shndërroni varrin tim në vendfestë, por më dërgoni salavate, sepse salavati juaj më arrin kudo që jeni!”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Mos i shndërroni shtëpitë tuaja në varre e as mos e shndërroni varrin tim në vendfestë, por më dërgoni salavate, sepse salavati juaj më arrin kudo që jeni!”</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Profeti ﷺ me këtë hadith ndaloi që shtëpitë të jenë të zhveshura nga falja e namazit (vullnetar), sepse shdërrohen në varreza, në të cilat nuk falet namazi. Ai po ashtu e ndaloi të vizitohet varri i tij shpesh dhe të tubohen rregullisht tek ai, sepse kjo është shkak që çon në shirk (idhujtari). Në vend të kësaj, ai i urdhëroi që t'i çohen salavate e selame kudo qofshin nëpër botë, sepse këto do t'i arrijnë, nga i afërti e nga i largëti, krejt njëjtë, kështu që nuk ka nevojë ta vizitojnë shpesh varrin e tij.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Është e ndaluar që shtëpitë të zhvishen nga adhurimi kushtuar Allahut të Lartësuar.
-Ndalohet udhëtimi për të vizituar (ekskluzivisht) varrin e Profetit ﷺ, sepse ai urdhëroi t'i çojmë salavate dhe tregoi se ato i arrijnë. Mirëpo, udhëtmi merret me qëllim të Xhamisë (së Profetit) dhe për të bërë namaz në të.
+Ndalohet udhëtimi për të vizituar (ekskluzivisht) varrin e Profetit ﷺ, sepse ai urdhëroi t'i çojmë salavate dhe tregoi se ato i arrijnë. Mirëpo, udhëtimi merret me qëllim të Xhamisë (së Profetit) dhe për të bërë namaz në të.
 Është e ndaluar që vizita e varrit të Profetit ﷺ të shndërrohet në vendfestë, duke e përsëritur rregullisht në një mënyrë të caktuar në një kohë të caktuar. E njëjta gjë vlen edhe për vizitën e ndonjë varri tjetër.
 Ky hadith dëshmon nderimin që Zoti ia bëri Profetit ﷺ, meqë i përligji salavatet dhe selamet për të, në çdo kohë dhe vend.
 Pasi ndalimi i faljes së namazit te varret ishte ngulituar te sahabët, kjo është arsyeja pse Profeti ﷺ e ndaloi shndërrimin e shtëpive në varreza, në të cilat nuk falet namazi.</t>
   </si>
   <si>
-    <t>حسن</t>
-[...1 lines deleted...]
-  <si>
     <t>رواه أبو داود</t>
-  </si>
-[...1 lines deleted...]
-    <t>[Hadith hasen]</t>
   </si>
   <si>
     <t>[E shënon Ebu Davudi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3350</t>
   </si>
   <si>
     <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
     <t>Mos thoni: "Siç dëshiron Allahu dhe siç dëshiron filani!", por thoni: "Siç dëshiron Allahu, pastaj siç dëshiron filani!</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
     <t>Hudhejfe (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Mos thoni: "Siç dëshiron Allahu dhe siç dëshiron filani!", por thoni: "Siç dëshiron Allahu, pastaj siç dëshiron filani!"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
@@ -2344,110 +3095,178 @@
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>Ky hadith është një prej profecive të Profetit ﷺ; ai lajmëroi për këtë fenomen para se të ndodhte, sakaq ndodhi ashtu siç lajmëroi.
 Muslimanët e kanë të ndaluar t'i ngjajnë jobesimtarëve, qoftë në besimet, adhurimet, festat, apo uniformat që janë specifike për ta.
 Sqarimi i çështjeve abstrakte me shembuj konkretë është prej metodave të mësimdhënies në Islam.
 Hardhuca (ar. ed-dabb) është kafshë, strofulla e së cilës është jashtëzakonisht e errët dhe mban erë të keqe. Ai është zvarranik që gjendet shpesh në shkretëtira. Arsyeja e specifikimit të strofullës së hardhucës është fakti se ajo është e ngushtë dhe e ndyrë, e, megjithatë, ata i ndjekin hapat e tyre dhe e pasojnë rrugën e tyre, saqë, nëse do të kishin hyrë në këtë ngushticë kaq të ndyrë, do të ishin pajtuar me ta! Allahut i kërkojmë ndihmë të na ruajë!</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3355</t>
   </si>
   <si>
     <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>Ai që betohet në dikë tjetër përveç Allahut, ka bërë kufër ose shirk.”</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
-    <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) transmeton se dëgjoi një njeri duke thënë: "Jo, pasha Qabenë!" Në atë rast Ibn Omeri tha: "Nuk bën të betohet në dikë a diçka tjetër përveç Allahut. Unë e kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Ai që betohet në dikë a diçka tjetër përveç Allahut, ka bërë kufër ose shirk.” "Ai që betohet në dikë tjetër përveç Allahut, ka bërë kufër ose shirk.”</t>
+    <t>Ibn Omeri (Allahu qoftë i kënaqur me të dy!) transmeton se dëgjoi një njeri duke thënë: "Jo, pasha Qabenë!" Në atë rast Ibn Omeri tha: "Nuk bën të betohet në dikë a diçka tjetër përveç Allahut. Unë e kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Ai që betohet në dikë tjetër përveç Allahut, ka bërë kufër ose shirk.”</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se kushdo që betohet në dikë tjetër përveç Allahut, pra përveç emrave dhe cilësive të Tij, ka mohuar Allahun (ka  bërë kufër) ose ka bërë shirk, sepse betimi nënkupton madhërimin e atij që betohet në të, e madhështia është vetëm për Allahun. Andaj, betimi bëhet vetëm në Allahun, në emrat dhe në cilësitë e Tij. Ky betim është shirk i vogël (që nuk e nxjerr njeriun nga feja), por, nëse ai që betohet, e madhëron atë për të cilin betohet ashtu siç madhërohet Allahu, ose më shumë, atëherë konsiderohet prej shirkut të madh (që e nxjerr njeriun nga feja).</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Madhërimi i dikujt duke u betuar në emër të tij është një e drejtë ekskluzive e Allahut të Madhëruar, andaj betimi bëhet në Allahun, në emrat dhe në cilësitë e Tij.
 Kujdesi që tregonin sahabët për të urdhëruar në të mirë dhe për të ndaluar të keqen, veçanërisht kur e keqja kishte të bënte me shirkun a kufrin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3359</t>
+  </si>
+  <si>
+    <t>من عال جاريتين حتى تبلغا جاء يوم القيامة أنا وهو وضم أصابعه</t>
+  </si>
+  <si>
+    <t>“Kushdo që përkujdeset për dy vajza, derisa të rriten, në Ditën e Kiametit do të jetë afër meje kështu,- dhe i bashkoi gishtat</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ عَالَ جَارِيَتَيْنِ حَتَّى تَبْلُغَا جَاءَ يَوْمَ الْقِيَامَةِ أَنَا وَهُوَ» وَضَمَّ أَصَابِعَهُ.</t>
+  </si>
+  <si>
+    <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kushdo që përkujdeset për dy vajza, derisa të rriten, në Ditën e Kiametit do të jetë afër meje kështu,- dhe i bashkoi gishtat."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن رُزِقَ باثنتين من البنات أو الأخوات، فقام عليهما بالمُؤنة والتربية والتوجيه للخير والتحذير من الشر ونحو ذلك حتى يَكْبُرَا ويَبْلُغا؛ جاء يوم القيامة هو والنبيُّ صلى الله عليه وسلم كهاتَين وضَمّ أصابِعَه السبابة والوسطى.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka treguar se kushdo që është begatuar me dy vajza ose dy motra dhe kujdeset për to, duke u siguruar furnizimin, edukimin, udhëzimin drejt së mirës dhe tërheqjen e vërejtjes nga e keqja dhe të ngjashme me këto, derisa të rriten dhe të arrijnë moshën madhore, ai do të jetë në Ditën e Kiametit bashkë me Profetin ﷺ "...si këto dy" (gishta): dhe ai bashkoi gishtin tregues dhe të mesit.</t>
+  </si>
+  <si>
+    <t>الثواب العظيم لمن قام على البنات بالمؤونة والتربية حتى يتزوجْن أو يبلغْن، وكذلك الأخوات.
+أجر القيام على البنات أعظم من أجر القيام على البنين؛ إذ لم يُذْكَر مثل ذلك في حقِّهم؛ وذلك لأجل أنَّ مؤنة البنات والاهتمام بأمورهن أعظم من أمور البنين؛ لأنهن عورات لا يباشِرْن أمورَهن، ولا يتصرفن تصرف البنين، وكذلك لأنهن لا يتعلق بهن طمع الأب بالاستقواء بهن على الأعداء، وإحياء اسمه واتصال نسبه، وغير ذلك، كما يتعلق بالذكر؛ فاحتيج في ذلك إلى الصبر والإخلاص من المنفق عليهن مع حسن النية؛ فعظم الأجر، فكان رفيق النبي صلى الله عليه وسلم يوم القيامة.
+علامات البلوغ للمرأة: إكمال خمس عشرة سنة، أو تحيض ولو قبل خمس عشرة سنة، أو نَبَتتْ لها العانة وهو الشعر الخشن حول القُبُل، أو بالاحتلام وهو إنزال المني في المنام.
+قال القرطبي: ويعني ببلوغهما وصولَهما إلى حال يستقلّان بأنفسهما؛ وذلك إنما يكون في النساء إلى أن يدخل بهن أزواجهن، فلا يعني به بلوغهما إلى أن تحيض وتُكلَّف؛ إذ قد تتزوج قبل ذلك فتستغني بالزوج عن قيام الكافل، وقد تحيض وهي غير مستقلة بشيء من مصالحها ولو تركت لضاعت وفسدت أحوالها، بل هي في هذه الحالة أحق بالصيانة والحفظ والقائم عليها لتكمل صيانتها فيرغب في تزويجها، ولهذا المعنى قال علماؤنا لا تسقط النفقة عن والد الصبية ببلوغها بل بدخول الزوج بها.</t>
+  </si>
+  <si>
+    <t>Shpërblimi i madh është për atë që kujdeset për vajzat, duke u siguruar furnizimin dhe edukimin, derisa të martohen ose të arrijnë moshën madhore, dhe e njëjta vlen edhe për motrat.
+Shpërblimi për kujdesin ndaj vajzave është më i madh se ai për djemtë, sepse një shpërblim i tillë nuk është përmendur në të njëjtën mënyrë për ta. Kjo ndodh se furnizimi dhe kujdesi për vajzat është më i madh sesa për djemtë, pasi ato janë më të ndjeshme dhe nuk mund t'i menaxhojnë çështjet e tyre siç bëjnë djemtë. Gjithashtu, ndaj tyre nuk ekziston ai interes nga babai për t’u mbështetur te forca e tyre kundër armiqve, për të mbajtur gjallë emrin e tij apo për vazhdimësinë e pasardhësve të tij, ashtu siç ndodh me djemtë. Prandaj, kujdesi për to kërkon durim dhe sinqeritet nga ai që shpenzon për to, me një qëllim të pastër, dhe për këtë arsye shpërblimi është i madh, aq sa ai bëhet shoqërues i Profetit ﷺ në Ditën e Kiametit.
+Shenjat e pubertetit për një vajzë janë: arritja e moshës pesëmbëdhjetë vjeç, menstruacionet edhe nëse ndodhin para kësaj moshe, shfaqja e qimeve të trasha që rriten rreth organeve gjenitale dhe dalja e spermës gjatë gjumit për shkak të ëndërrave.
+Kurtubiu ka thënë: "Me arritjen e pubertetit, ai ka për qëllim arritjen e një gjendjeje, ku ata mund të jenë të pavarur në çështjet e tyre. Kjo, në rastin e grave, ndodh vetëm kur burrat e tyre  kanë kontakt intim me to. Pra, ai nuk po i referohet arritjes së pubertetit përmes menstruacioneve dhe gjendjes kur është e ngarkuar me obligime fetare, pasi një vajzë mund të martohet edhe para kësaj dhe të mos ketë më nevojë për kujdesin e kujdestarit, ose mund të ketë menstruacione pa qenë ende e pavarur në asnjë nga interesat e saj, dhe nëse lihet e vetme, mund të humbasë dhe çështjet e saj të shkatërrohen. Përkundrazi, në këtë gjendje ajo ka edhe më shumë të drejtë për mbrojtje dhe përkujdesje nga kujdestari i saj, derisa të arrijë mbrojtje të plotë dhe të dëshirojë të martohet. Për këtë arsye, dijetarët tanë kanë thënë se detyrimi i babait për të siguruar jetesën e vajzës së tij nuk hiqet me arritjen e pubertetit, por vetëm kur burri i saj ka kontakt intim me të."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3360</t>
   </si>
   <si>
     <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>“Nuk keni për të hyrë në Xhenet derisa të besoni, e nuk keni për të besuar derisa të duheni mes vete. A t’ju tregoj për një gjë që, nëse e bëni, do të duheni ndërmjet vete? Përhapeni selamin në mesin tuaj!”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Nuk keni për të hyrë në Xhenet derisa të besoni, e nuk keni për të besuar derisa të duheni mes vete. A t’ju tregoj për një gjë që, nëse e bëni, do të duheni ndërmjet vete? Përhapeni selamin në mesin tuaj!”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi se vetëm besimtarët do të hyjnë në Xhenet dhe besimi nuk është i plotë dhe gjendja e shoqërisë islame nuk përmirësohet derisa ata të duan njëri-tjetrin. Pastaj Profeti ﷺ na drejtoi drejt gjërave më të mira, përmes të cilave mbizotëron dashuria, që janë: përhapja e selamit mes muslimanëve, të cilën Allahu e ka bërë përshëndetje për robërit e Tij.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Hyrja në Xhenet është e kushtëzuar me iman (besim).
 Prej besimit të plotë është që muslimani ta dojë për vëllanë e tij (musliman) atë që e do për vete.
 Është e pëlqyeshme që selami (përshëndetja) islame të përhapet dhe të jepet në mesin e muslimanëve, sepse kështu përhapet dashuria dhe siguria mes tyre.
 Selami (përshëndetja islame) i jepet vetëm atij që është musliman, bazuar në pjesën e hadithit: "në mesin tuaj."
 Dhënia e selamit (përshëndetjes islame) e largon këputjen e lidhjes, bojkotit dhe armiqësisë.
 Rëndësia e dashurisë mes muslimanëve dhe se ajo është prej besimit të plotë.
 Në një hadith tjetër qëndron se forma e plotë e selamit është: "Es-Selamu alejkum ue rahmetullahi ue berakatuhu." Por, mjafton edhe: "Es-selamu alejkum."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3361</t>
   </si>
   <si>
+    <t>لولا أن أشق على المؤمنين أو: على أمتي لأمرتهم بالسواك عند كل صلاة</t>
+  </si>
+  <si>
+    <t>“Sikur të mos më dukej e rëndë për besimtarët, - Zuhejri thotë: për umetin tim, - do t'i urdhëroja ta përdorin misvakun për çdo namaz.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْلَا أَنْ أَشُقَّ عَلَى الْمُؤْمِنِينَ -أَوْ: عَلَى أُمَّتِي- لَأَمَرْتُهُمْ بِالسِّوَاكِ عِنْدَ كُلِّ صَلَاةٍ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Sikur të mos më dukej e rëndë për besimtarët, - Zuhejri thotë: për umetin tim, - do t'i urdhëroja ta përdorin misvakun për çdo namaz.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه لولا خوف المشقة على المؤمنين من أمته لأَوجب عليهم استعمال السواك مع كل صلاة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith njoftoi se, po të mos ishte frika e vështirësisë për besimtarët nga umeti i tij, do t'ua kishte bërë obligim përdorimin e misvakut për çdo namaz.</t>
+  </si>
+  <si>
+    <t>رفق النبي صلى الله عليه وسلم بأمته، ومخافة المشقة عليهم.
+الأصل في أَمْرِ النبيِّ صلى الله عليه وسلم الوجوب، إلا أنْ يقومَ الدليل على أنه تطوُّع.
+استحباب السواك وفضله عند كل صلاة.
+قال ابن دقيق العيد: الحكمة في استحباب السواك عند القيام إلى الصلاة كونها حالَ تقرُّبٍ إلى الله، فاقتضى أن تكون حالَ كمالٍ ونظافة إظهارًا لِشَرَف العبادة.
+عموم الحديث يشمل السواك للصائم ولو بعد الزوال، كصلاتَي: الظهر والعصر.</t>
+  </si>
+  <si>
+    <t>Butësia e Profetit ﷺ ndaj umetit të tij dhe frika e tij se mos u shkaktohej vështirësi.
+Parimi bazë sa i përket urdhrit të Profetit ﷺ është se ai është obligativ, përveç nëse ka ndonjë argument që tregon se është vullnetar.
+Pëlqyeshmëria e përdorimit të misvakut dhe vlera e tij para çdo namazi.
+Ibn Dekik Idi ka thënë: "Urtësia se përse është e pëlqyeshme të përdoret misvaku kur ngrihesh për namaz, është se namazfalësi është një gjendje afrimi me Allahun, prandaj kërkohet që të jetë një gjendje e përsosur dhe pastërtie, për të shfaqur kështu madhështinë e adhurimit."
+Kuptimi i përgjithshëm i hadithit përfshin përdorimin e misvakut  për agjëruesin, edhe pas mesditës, si në namazet e drekës dhe ikindisë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3364</t>
+  </si>
+  <si>
     <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>Cila vepër është më e dashur tek Allahu? - “Namazi që falet në kohën e vet”, - u përgjigj ai. - Pastaj cila? - “Mirësjellja me prindërit”, - tha Profeti ﷺ. - Pastaj cila? - “Lufta në rrugën e Allahut.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) thotë: "E pyeta Profetin ﷺ: - Cila vepër është më e dashur tek Allahu? - “Namazi që falet në kohën e vet”, - u përgjigj ai. - Pastaj cila? - “Mirësjellja me prindërit”, - tha Profeti ﷺ. - Pastaj cila? - “Lufta në rrugën e Allahut.” Kështu më tha Profeti ﷺ. Sikur ta pyesja më shumë, do të më tregonte edhe më tej."</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Profeti ﷺ qe pyetur: "Cila është vepra më e dashur tek Allahu?" Në këtë rast tha: "Namazi i obliguar në kohën e vet, të cilën e ka përcaktuar feja. Pastaj mirësjellja me prindërit, bërja mirë atyre, përmbushja e të drejtave të tyre dhe braktisja e mosrespektimit ndaj tyre. E pastaj xhihadi në rrugë të Allahut për ta lartësuar Fjalën e Allahut të Lartmadhërishëm, për ta mbrojtur fenë islame dhe muslimanët e për t'i shpërfaqur simbolet e tij të dukshme, përmes (dhënies së) shpirtit dhe pasurisë.
 Ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon: "Më tregoi për këto vepra, saqë, po t'i thosha: "Pastaj cila?", do të më tregonte më tej.</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
@@ -2475,50 +3294,83 @@
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ lajmëron në këtë hadith për hipokritët dhe përtacinë e tyre në raport me pjesëmarrjen në namaz, veçanërisht në namazin e jacisë dhe sabahut. E, sikur ta dinin vlerën e  shpërblimit për pjesëmarrjen e tyre me xhematin e muslimanëve, do të vinin, qoftë dhe zvarrë, ashtu siç zvarritet fëmija me duar dhe gjunjë.
 Profeti ﷺ deshi të urdhërojë që të falet namazi dhe të caktojë një njeri që t'u prijë njerëzve në vend të tij, pastaj të shkojë me disa burra, që do të marrin me vete turra drush, për te njerëzit që nuk marrin pjesë në namazin me xhemat dhe t'ua djegë me zjarr shtëpitë e tyre. Kjo, për shkak të mëkatit të rëndë që bënë, - por ai nuk e bëri këtë gjë, - për shkak të grave dhe fëmijëve të pafajshëm e të tjerëve që janë të arsyetuar (për mospjesëmarrje në xhami) dhe nuk kanë kurrfarë mëkati.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Rreziku i mospjesëmarrjes në namazit me xhemat në xhami.
 Hipokritët me adhurimin e tyre synonin syefaqësinë dhe famën, sepse ata merrnin pjesë në namaz kur i shihnin njerëzit.
 Shpërblimi i madh për faljen e namazit të jacisë dhe të sabahut me xhemat, madje ato meritojnë të shkojmë t'i falim, qoftë dhe zvarrë.
 Kujdesi për namazin e akshamit dhe të sabahut është siguri nga hipokrizia, ndërsa neglizhimi i tyre është një nga cilësitë e hipokritëve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3366</t>
   </si>
   <si>
+    <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
+  </si>
+  <si>
+    <t>“Ky është një gur që ishte hedhur në Zjarr para shtatëdhjetë vjetësh. Ai po binte ende në Zjarr derisa e arriti fundin e tij”, - tha Profeti ﷺ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton: "Teksa ishim me të Dërguarin e Allahut ﷺ, u dëgjua një krismë (sikur të binte diç nga lart) dhe, në atë rast, Profeti ﷺ tha: “E dini çfarë është kjo krismë? - Allahu dhe i Dërguari i Tij e dinë më së miri, - i thamë. - “Ky është një gur që ishte hedhur në Zjarr para shtatëdhjetë vjetësh. Ai po binte ende në Zjarr derisa e arriti fundin e tij”, - tha Profeti ﷺ."</t>
+  </si>
+  <si>
+    <t>سَمِعَ النبيُّ صلى الله عليه وسلم صوتًا مُزْعِجًا كسقوطِ جسمٍ من الأجسام، فسأل مَن عنده من الصحابة رضي الله عنهم عن ذلك الصوت، فقالوا: الله ورسوله أعلم.
+فقال لهم صلى الله عليه وسلم: إنَّ هذا الصوت الذي سمعتموه هو لحَجَرٍ رُمي به من شَفِيْر جهنم منذ سبعين عامًا، فهو يهوي ويسقط فيها، حتى انتهى إلى قَعرِها الآن حين سمعتم الصوت.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ dëgjoi një zhurmë shqetësuese si rënia e një trupi, kështu që i pyeti shokët e tij (Allahu qoftë i kënaqur me ta!), për atë zë, sakaq thanë: "Allahu dhe i Dërguari i Tij e dinë më së miri."
+Profeti ﷺ u tha: "Ky zë që e dëgjuat është i një guri që është hedhur nga skaji i Xhehenemit shtatëdhjetë vjet më parë. Ai po binte ende në Zjarr derisa e arriti fundin e tij, kur e dëgjuat këtë zë."</t>
+  </si>
+  <si>
+    <t>الحث على الاستعداد لليوم الآخر بالعمل الصالح، والتحذير من جهنم.
+استحباب إسناد العلم إلى الله تعالى فيما لا علم للإنسان به.
+إثارة المعلّم الاهتمام والانتباه قبل البيان؛ ليكون أدعى إلى الإفهام.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për t'u përgatitur për Ditën e Fundit duke bërë vepra të mira dhe paralajmërimi nga Xhehenemi.
+Është e rekomanduar që dija t'i adresohet Allahu të Lartësuar për atë që njeriu nuk ka njohuri.
+Mësuesi të zgjojë kureshtjen dhe vëmendjen përpara sqarimit; që kështu të jetë më e lehtë ta kuptojnë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3370</t>
+  </si>
+  <si>
     <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>Njëherë, një person hëngri me dorën e majtë në prani të të Dërguarit të Allahut ﷺ, e ai i tha: - “Ha me të djathtën!” - Nuk mundem, - ia ktheu ai. - “Mos mundsh!”</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
     <t>Seleme ibn Ekvai (Allahu qoftë i kënaqur me të) tregon: "Njëherë, një person hëngri me dorën e majtë në prani të të Dërguarit të Allahut ﷺ, e ai i tha: - “Ha me të djathtën!” - Nuk mundem, - ia ktheu ai. - “Mos mundsh!” - tha Profeti ﷺ. E ndaloi mendjemadhësia nga kjo dhe kështu më s'mundi ta ngrejë deri te goja."</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>Profeti ﷺ pa një njeri duke ngrënë me dorën e majtë, kësisoj e urdhëroi të hante me dorën e djathtë. Ky njeri u përgjigj me mendjemadhësi dhe rrejshëm tha se nuk mundej! Prandaj, Profeti ﷺ u lut kundër tij që të privohej nga të ngrënët me dorën e djathtë. Kësisoj Allahu iu përgjigj lutjes së Profetit të Tij, kur ja, dora e tij e djathtë u paralizua, kështu që nuk mund ta ngrinte deri te goja pas kësaj, as për ushqim, as për pije.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
@@ -2576,50 +3428,91 @@
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Njerëzit më të këqij janë ata që do t'i arrijë Kiameti të gjallë dhe ata që i marrin varret si vendfalje."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon për njerëzit më të këqij, që janë ata të cilët do t'i arrijë Kiameti të gjallë dhe ata që i marrin varret si vendfalje: falen në to dhe në drejtim të tyre.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Është e ndaluar që xhamitë të ndërtohen mbi varre, sepse kjo është një shteg drejt shirkut (idhujtarisë).
 Ndalohet falja e namazit në varre, edhe nëse nuk ka ndërtim mbi to, sepse xhamia është një nocion që nënkupton vendin e sexhdes, edhe nëse nuk ka asnjë ndërtim në të.
 Kushdo që i shndërron varret e njerëzve të mirë në xhami - faltore për t'u falur në to është nga njerëzit më të këqij, edhe nëse pretendon se qëllimi i tij është që t'i afrohet Allahut.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3375</t>
   </si>
   <si>
+    <t>ما من يوم يصبح العباد فيه إلا ملكان ينزلان، فيقول أحدهما: اللهم أعط منفقا خلفا، ويقول الآخر: اللهم أعط ممسكا تلفا</t>
+  </si>
+  <si>
+    <t>“Çdo mëngjes që gdhihen njerëzit, zbresin dy melekë. Njëri lutet: “O Allah, kompensoja atij që jep!-, kurse tjetri lutet,- “O Allah, shkaktoji humbje koprracit!”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ يَوْمٍ يُصْبِحُ العِبَادُ فِيهِ إِلَّا مَلَكَانِ يَنْزِلاَنِ، فَيَقُولُ أَحَدُهُمَا: اللَّهُمَّ أَعْطِ مُنْفِقًا خَلَفًا، وَيَقُولُ الآخَرُ: اللَّهُمَّ أَعْطِ مُمْسِكًا تَلَفًا».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Çdo mëngjes që gdhihen njerëzit, zbresin dy melekë. Njëri lutet: “O Allah, kompensoja atij që jep!-, kurse tjetri lutet,- “O Allah, shkaktoji humbje koprracit!”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه في كلِّ يوم تَطلُع الشمسُ فيه إلّا ومَلَكَان يَنزلان يُناديان، يقول أحدهما: 
+اللهم أعط منفقًا في الطاعات وعلى العيال والضِّيْفان والتطوُّعات خَلَفًا وعَوِّضْهُ خيرًا فيما أَنفق، وبارك له. 
+ويقول الآخر: اللهم أعط ممسكًا عنها تَلفًا وأَهْلِكْ مالَه الذي مَنعه عن مُسْتَحِقِّيْه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith njoftoi se çdo ditë që lind dielli, zbresin dy melekë duke u lutur. Njëri prej tyre lutet duke thënë:
+''O Allah, kompensoja atij që shpenzon në bindje ndaj Teje, për familjen, mysafirët dhe për veprat vullnetare,  si dhe shpërbleje me më të mirën atë që ka shpenzuar dhe bekoje atë."
+Dhe tjetri lutet: "O Allah, jepi koprracit shkatërrim dhe shkatërroja pasurinë që ua ka ndaluar atyre që e meritojnë."</t>
+  </si>
+  <si>
+    <t>جواز الدعاء للكريم بمزيد من العِوَض، وأن يَخلِف عليه خيرًا مما أَنفق، وجواز الدعاء على البخيل بتَلَف ماله الذي بَخِلَ به ومَنَعَ إنفاقَه فيما أوجب الله عليه.
+دعاء الملائكة للمؤمنين الصالحين المنفقين بالخير والبركة، وأنّ دعاءهم مستجاب.
+الحضُّ على الإنفاق في الواجبات والتطوعات؛ كالنفقة على الأهل، وصلة الرحم، وأبواب الخير.
+بيان فضل المُنفِق في وجوه الخير، وأنّ عاقبته أنّ الله يُخْلِفُ عليه، قال الله تعالى: ﴿وَمَا أَنفَقْتُم مِّن شَيْءٍ فَهُوَ يُخْلِفُهُ وَهُوَ خَيْرُ الرَّازِقِينَ﴾ [سبأ: 39].
+هذا الدعاء على المُمسك عن النفقات الواجبة، وأما النفقات المستحبة فلا تدخل؛ لأن صاحبها لا يستحق هذا الدعاء.
+تحريم البخل والشُّحّ.</t>
+  </si>
+  <si>
+    <t>Është e lejueshme të lutesh për personin bujar që t'i jepet kompensim dhe të shpërblehet me më të mirën për atë që ka shpenzuar. Po ashtu, është e lejueshme të lutesh kundër koprracit, që t'i shkatërrohet pasuria e tij që ka mbajtur, për shkak të koprracisë dhe se nuk e ka shpenzuar në mënyrat që Allahu i ka përcaktuar.
+Melekët luten te Allahu që t'u dhurojë besimtarëve të devotshëm, që shpenzojnë në rrugën e Tij, mirësi dhe bekim dhe lutjet e tyre pranohen.
+Inkurajimi për të shpenzuar, qofshin ato të detyrueshme apo vullnetare, siç është sigurimi i nevojave për familjen, ruajtja e lidhjeve farefisnore dhe në fusha të tjera të bamirësisë.
+Sqarimi i vlerës së atij që shpenzon për kauza bamirësie dhe se Allahu do t'ia kompensojë atë, siç thotë Allahu i Lartësuar: "Ai ua zëvendëson atë që e ndani ju. Ai është Dhuruesi më i mirë.”  (Sebe, 39)
+Kjo lutje është kundër atij që ndalon shpenzimet e detyrueshme, kështu që ato të rekomanduara nuk përfshihen, sepse ai që i ndalon ato nuk e meriton një lutje të tillë.
+Koprracia është e ndaluar.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3379</t>
+  </si>
+  <si>
     <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>“Vërtet gjëja që kam më shumë frikë për ju është shirku i vogël.” Të pranishmit i thanë: “Çfarë është shirku i vogël, o i Dërguari i Allahut?" Profeti ﷺ tha: “Syefaqësia</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Mahmud ibn Lebidi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Vërtet gjëja që kam më shumë frikë për ju është shirku i vogël.” Të pranishmit i thanë: “Çfarë është shirku i vogël, o i Dërguari i Allahut?" Profeti ﷺ tha: “Syefaqësia. Allahu i Lartmadhëruar do t'u thotë atyre në Ditën e Kiametit, kur njerëzit do të shpërblehen për veprat e tyre: "Shkoni tek ata për të cilët bënit syefaqësi në këtë botë dhe shihni se a do të gjeni ndonjë shpërblim tek ata!"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se gjëja që frikësohet më shumë për umetin e tij është shirku i vogël, respektivisht syefaqësia: që të veprojë për shkak të njerëzve. Pastaj tregoi për dënimin e atyre që bëjnë syefaqësi në Ditën e Kiametit, se do t'u thuhet: "Shkoni tek ata për të cilët keni vepruar dhe shihni nëse ata kanë fuqi t'ju shpërblejnë dhe t'ju japin shpërblim për veprat që i keni bërë?!"</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
     <t>Është obligim që veprat t'i bëjmë sinqerisht për Allahun e Lartmadhëruar dhe të kemi kujdes nga syefaqësia.
@@ -2640,56 +3533,50 @@
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Tijera (besimi në ogure të zeza) është shirk. Tijera është shirk. Tijera është shirk." -  Këtë e tha tri herë. - "Secili prej nesh përjeton diçka nga kjo, por Allahu i Lartmadhëruar e largon atë me mbështetjen në Të."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith paralajmëroi kundër tijeras (besimit në ogure të zeza), ​​që nënkupton besimin në ndjelljen e së keqes të diçkaje që dëgjohet ose shihet, përfshirë zogjtë, kafshët, njerëzit me të meta, numrat, ditët etj. Fjala tijera, që nënkupton besimin në ogure të zeza, rrjedh nga fjala “tajr”, që do të thotë “zog”, sepse në periudhën paraislame, arabët, kur dëshiron të bënin ndonjë punë, qoftë udhëtim e tregti, qofshin gjëra të tjera, e kishin zakon të lëshonin një zog. Nëse ai fluturonte në anën e djathtë, atëherë kishin mendim të mirë dhe nisnin punën që ia kishin mësyrë. Por, nëse zogu fluturonte në anën e majtë, atëherë mendonin se kjo ishte një shenjë ogurzezë, prandaj hiqnin dorë nga ajo punë. Profeti ﷺ tregoi se kjo është shirk. Besimi në ogure të zeza është shirk, për faktin se askush nuk e sjell të mirën përveç Allahut dhe askush nuk e largon të keqen përveç Tij, të Vetmit, i Cili nuk ka ortak.
 Ibn Mesudi (Allahu qoftë i kënaqur me të!) përmendi se njëfarë mendimi ogurzi mund ta godasë zemrën e një muslimani, por ai duhet ta largojë atë duke u mbështetur tek Allahu dhe duke i marrë masat.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>Besimi në ogure të zeza është shirk, sepse në këtë mënyrë zemra lidhet me dikë tjetër përveç Allahut.
 Rëndësia e përsëritjes së çështjeve të rëndësishme, në mënyrë që ato të mbahen në mend dhe të skaliten në zemër.
 Mendimet ogurzeza i largon mbështetja në Allahun e Lartësuar.
 Urdhri për t'iu mbështetur vetëm Allahut dhe për ta lidhur zemrën vetëm me Të.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3383</t>
   </si>
   <si>
     <t>أليس يحرمون ما أحل الله فتحرمونه؟ ويحلون ما حرم الله فتحلونه؟ فقلت: بلى، قال: فتلك عبادتهم</t>
   </si>
   <si>
     <t>“A nuk e bënin ata haram atë që e kishte lejuar Allahu, edhe ju, pas tyre e bënit haram? A nuk jua bënin të lejuar atë që Allahu kishte bërë haram, e edhe ju e bënit të lejuar?” Iu përgjigja: “Gjithsesi.” Ai tha: “Ky ishte adhurimi që ju ua bënit atyre.”</t>
   </si>
   <si>
     <t>عن عدي بن حاتم رضي الله عنه : "أنه سمع النبي صلى الله عليه وسلم يقرأ هذه الآية: "اتَّخَذُوا أَحْبَارَهُمْ وَرُهْبَانَهُمْ أَرْبَابًا مِنْ دُونِ اللَّهِ وَالْمَسِيحَ ابْنَ مَرْيَمَ وَمَا أُمِرُوا إِلاَّ لِيَعْبُدُوا إِلَهًا وَاحِدًا لا إِلَهَ إِلاَّ هُوَ سُبْحَانَهُ عَمَّا يُشْرِكُونَ" فقلت له: إنا لسنا نعبدهم، قال: أليس يُحَرِّمُونَ ما أحل الله فتُحَرِّمُونَهُ؟ ويُحِلُّونَ ما حَرَّمَ الله فتُحِلُّونَهُ؟ فقلت: بلى، قال: فتلك عبادتهم".</t>
   </si>
   <si>
     <t>Adij ibn Hatimi tregon: “E dëgjova njëherë Profetin ﷺ të lexonte këtë ajet: “Ata i bënë rabinët dhe murgjit e tyre si zota në vend të Allahut, si dhe Mesihun, birin e Merjemes, ndërkohë që janë urdhëruar të adhurojnë vetëm një Hyjni, përveç të Cilit nuk ka tjetër që meriton të adhurohet. I lartësuar qoftë Ai mbi gjithçka që ia shoqërojnë!” (Et Teube, 31) Unë i thashë: “Ne nuk i adhuronim ata!” Profeti ﷺ tha: “A nuk e bënin ata haram atë që e kishte lejuar Allahu, edhe ju, pas tyre e bënit haram? A nuk jua bënin të lejuar atë që Allahu kishte bërë haram, dhe ju gjithashtu e bënit të lejuar?” Iu përgjigja: “Gjithsesi.” Ai tha: “Ky ishte adhurimi që ju ua bënit atyre.”</t>
   </si>
   <si>
     <t>حينما سمع هذا الصحابي الجليل تلاوة الرسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- لهذه الآية التي فيها الإخبار عن اليهود والنصارى: بأنهم جعلوا علماءهم وعبّادهم آلهة لهم يشرعون لهم ما يخالف تشريع الله فيطيعونهم في ذلك، استشكل معناها، لأنه كان يظن أن العبادة مقصورة على السجود ونحوه، فبين له الرسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- أن من عبادة الأحبار والرهبان: طاعتهم في تحريم الحلال وتحليل الحرام، خلاف حكم الله تعالى ورسوله -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ-.</t>
   </si>
   <si>
     <t>Kur ky sahab i nderuar dëgjoi recitimin e këtij ajeti nga Profeti ﷺ, në të cilin ka njoftim për hebrenjtë dhe të krishterët, se ata i konsideruan dijetarët dhe adhuruesit e tyre zota për ta, gjë që ligjësuan për ta atë që bie në kundërshtim me ligjin e Allahut, kësisoj ata u bindeshin në të, kështu që kuptimi i adhurimit u ngatërrua, sepse ai mendonte se adhurimi kufizohet në sexhde dhe të ngjashme. Andaj, Profeti ﷺ ia sqaroi se prej adhurimit të rabinëve dhe murgjve ishte: bindja ndaj tyre në konsiderimin të lejuar të asaj që është haram, si dhe konsiderimin haram të asaj që është e lejuar, që është në kundërshtim me gjykimin e Allahut të Lartësuar dhe të Profetit të Tij ﷺ.</t>
   </si>
   <si>
     <t>أن طاعة العلماء وغيرهم من المخلوقين في تغيير أحكام الله -إذا كان المطيع يعرف مخالفتهم لشرع الله- شركٌ أكبر.
 أن التحليل والتحريم حقٌّ لله -تعالى-.
@@ -2782,51 +3669,51 @@
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me ta!) tregon: "Kur i Dërguari i Allahut ﷺ e dërgoi Muadh ibn Xhebelin në Jemen, i tha: “Ti po shkon te një popull që janë ithtarë të Librit. Kur të arrish tek ata, thirri të dëshmojnë se askush përveç Allahut nuk meriton të adhurohet dhe se Muhamedi është i Dërguari i Allahut. Nëse të binden në këtë, tregoju se Allahu ua ka bërë obligim pesë namaze brenda ditës e natës. Nëse të binden në këtë, tregoju se Allahu ua ka bërë obligim zekatin, që u merret të pasurve e u jepet të varfërve të tyre. E, nëse të binden, kujdes, mos ua merr pasurinë e çmuar! Ruaju lutjes së atij që i bëhet padrejtësi, sepse mes tij dhe Allahut nuk ka perde!”</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ e dërgoi Muadh ibn Xhebelin (Allahu qoftë i kënaqur me të!), në Jemen, - si thirrës për tek Allahu dhe mësues, - ia sqaroi se do të përballej me një grup të krishterësh, që kështu të ishte i gatshëm për ta dhe të fillojë t'i thërrasë ata fillimisht në gjërat më të rëndësishme e kështu me radhë. Pra, së pari i thërret për ta përmirësuar akiden (besimin), që të dëshmojnë se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është i Dërguari i Allahut, sepse me këtë futen në Islam. E, nëse i nënshtrohen kësaj, atëherë urdhërohen ta falin namazin, sepse ai është obligimi më i madh pas teuhidit (monoteizmit). Nëse ata e falin namazin, atëherë i urdhëron të pasurit e tyre që ta japin zekatin e pasurisë së tyre për të varfrit e tyre. Më pas ua tërhoqi vërejtjen që të mos ua merrte pasurinë më të çmuar, sepse obligim është ajo e mesmja. Në fund e këshilloi që të shmangë padrejtësinë, respektivisht që të mos lutet kundër tij ndonjë që i është bërë padrejtësi, sepse lutja e tij pranohet.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Dëshmia se s'ka të adhuruar të denjë përveç Allahut nënkupton veçimin e Allahut me adhurim dhe braktisjen e adhurimit kushtuar dikujt tjetër përveç Tij.
 Dëshmia se Muhamedi është i Dërguari i Allahut nënkupton besimin në të, në atë gjë me të cilën ka ardhur dhe pohimi se ai është i Dërguari i fundit i Allahut dërguar te njerëzit.
 T'i drejtohesh dijetarit dhe atyre që kanë ngjashmëri me të, nuk është njësoj si t'i drejtohesh injorantit, për këtë arsye, i Dërguari i Allahut ﷺ e paralajmëroi Muadhin duke i thënë: “Ti po shkon te një popull që janë ithtarë të Librit."
-Rëndësia që muslimani të jetë i vetëdijshëm për fenë e tij, respektivisht të largohen nga dyshimet e atyre që hedhin dyshime, gjë që arrihet duke kërkuar dituri.
+Rëndësia që muslimani të jetë i vetëdijshëm për fenë e tij, respektivisht të largohet nga dyshimet e atyre që hedhin dyshime, gjë që arrihet duke kërkuar dituri.
 Pavlefshmëria e fesë së hebrenjve dhe të krishterëve pas dërgimit të profetit Muhamed ﷺ si i dërguar dhe se ata nuk do të jenë prej atyre që do të shpëtojnë në Ditën e Kijametit, derisa të hyjnë në fenë islame dhe t'i besojnë Profetit ﷺ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3390</t>
   </si>
   <si>
     <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
   </si>
   <si>
     <t>‘O njerëz, ruhuni nga ekstremizmi në fe, sepse ata që ishin para jush u shkatërruan nga ekstremizmi në fe!’”</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
     <t>Nga Ibn Abasi (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Mëngjesin e Akabesë, i Dërguari i Allahut (paqja qoftë mbi të!), ndërsa qëndronte mbi devenë e tij, më tha: ‘Kap disa guralecë për mua!’ Unë kapa për të shtatë guralecë të vegjël sa gurët që përdoren për të qëlluar. Ai i shkundi ato në dorën e tij dhe tha: ‘Si këta gurët përdorni për të hedhur!’ Mandej, ai tha: ‘O njerëz, ruhuni nga ekstremizmi në fe, sepse ata që ishin para jush u shkatërruan nga ekstremizmi në fe!’”</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se ai ishte me të Dërguarin e Allahut (paqja qofët mbi të!) në haxhin e lamtumirës, ditën e kurbanit në mëngjesin e hedhjes së gurëve te Xhemereja e Akabesë. I Dërguari i Allahut (paqja qoftë mbi të!) e urdhëroi të mblidhte për të gurët e Xhemeres dhe ai mori për të shtatë gurë të vegjël, ku secili prej tyre ishte sa një qiqër apo sa një lajthi. Profeti (paqja qoftë mbi të!) i vuri në dorën e tij dhe pasi i shkundi tha: "Gjuani me gurë të kësaj madhësie!" Mandej Profeti (paqja qoftë mbi të!) paralajmëroi ruajtjen nga ekstremizmi, rreptësia dhe tejkalimi i caqeve në çështjet e fesë, ngase popujt e mëparshëm u shkatërruan pikërisht për shkak të tejkalimit të caqeve dhe ekstremizmit në fe.</t>
@@ -3061,51 +3948,51 @@
 Ai njeri që thotë “la ilahe il-lallah” me dije, bindje dhe besim, futet në fenë islame.
 Dëmet që i sjellin njeriut shokët e këqij e të ligj.
 Domethënia e “la ilahe il-lallah” është që njeriu të braktisë adhurimin e idhujve, eulijave dhe njerëzve të mirë dhe ta veçojë Allahun në adhurim, gjë të cilën edhe idhujtarët e dinë.
 Lejimi i vizitës së të sëmurit politeist, kur shpresohet që ai të pranojë Islamin.
 Udhëzimi i pranimit është në dorën e Allahut i të Vetmit pa ortak. Ndërsa Profeti (paqja qoftë mbi të!) ka për detyrë vetëm udhëzimin e udhërrëfimit, orientimit dhe kumtimit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3410</t>
   </si>
   <si>
     <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>Njeriu më fatlum që do ta fitojë ndërmjetësimin (shefatin) tim Ditën e Gjykimit është ai që deklaron: "La ilahe il lallah (s'ka të adhuruar të denjë përveç Allahut)" me zemër të sinqertë, - ose ka thënë: me sinqeritet.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon: I Dërguari i Allahut ﷺ është pyetur "Kush është njeriu më fatlum që do ta fitojë ndërmjetësimin (shefatin) tënd Ditën e Gjykimit?" I Dërguari i Allahut ﷺ i tha: “Kam pandehur, o Ebu Hurejre, se askush para teje nuk do të më pyesë për këtë çështje, për shkak se kam vënë re se ke interesim të madh për hadithin. Njeriu më fatlum që do ta fitojë ndërmjetësimin (shefatin) tim Ditën e Gjykimit është ai që deklaron: "La ilahe il lallah (s'ka të adhuruar të denjë përveç Allahut)" me zemër të sinqertë, - ose ka thënë: me sinqeritet.”</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
-    <t>Profeti ﷺ në këtë hadith na tregon se njeriu më fatlum që do ta fitojë ndërmjetësimin (shefatin) e tij në Ditën e Gjykimit është ai që deklaron: "La ilahe il lallah (s'ka të adhuruar të denjë përveç Allahut)" me zemër të sinqertë dhe është i pastër nga shirku (idhujtaria) e rijaja (syefaqësia).</t>
+    <t>Profeti ﷺ në këtë hadith na tregon se njeriu më fatlum që do ta fitojë ndërmjetësimin (shefatin) e tij në Ditën e Gjykimit është ai që deklaron: "La ilahe il-lallah (s'ka të adhuruar të denjë përveç Allahut)" me zemër të sinqertë dhe është i pastër nga shirku (idhujtaria) e rijaja (syefaqësia).</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Pohimi i shefatit (ndërmjetësimit) të Profetit ﷺ në botën tjetër dhe se ai është vetëm për muvehidët (monoteistët, besimtarët e drejtë).
 Shefati i Profetit ﷺ nënkupton që ai të kërkojë afrim (ar. tevesul) tek Allahu i Lartësuar për ata muvehidë që e meritojnë Zjarrin, që të mos hyjnë fare në të, si dhe për ata që kanë hyrë (përkohësisht), që të dalin që andej.
 Vlera e fjalës së teuhidit (shehadetit), kur thuhet sinqerisht për Allahun e Lartësuar dhe ndikimi i saj madhështor.
 Jetësimi i fjalës së teuhidit bëhet duke e ditur kuptimin e saj dhe duke vepruar sipas kërkesave të saj.
 Vlera e Ebu Hurejrës (Allahu qoftë i kënaqur me të!) dhe zelli i tij për dituri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3414</t>
   </si>
   <si>
     <t>مَن ردته الطيرة عن حاجته فقد أشرك، قالوا: فما كفارة ذلك؟ قال: أن تقول: اللهم لا خير إلا خيرك، ولا طير إلا طيرك، ولا إله غيرك</t>
   </si>
   <si>
     <t>Ai të cilin tijera (ndjenja e fatkeqësisë nga shenjat ogurzeza) e pengon nga kryerja e asaj që ka vendosur, ka bërë shirk. Të pranishmit i thanë: "Cili është shpagimi për këtë?" Tha: "Të thuash: "O Allah, nuk ka mirësi, pos mirësisë Sate! Çdo zog është Yti dhe nuk ka të adhuruar me të drejtë përveç Teje."</t>
   </si>
   <si>
@@ -3333,50 +4220,83 @@
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) na njofton se transmetimi i sëmundjeve ngjitëse vetvetiu, nga një njeri te tjetri, pa iu nënshtruar caktimit të Zotit, siç besonin njerëzit e periudhës së injorancës, është koncept i gabuar. Po ashtu, besimi në ogure të zeza është koncept i gabuar. Oguret e zeza nënkuptojnë ndjelljen e së keqes nga gjëra të ndryshme, si: shpendët, kafshët, njerëzit me të meta, numrat, ditët etj., qoftë përmes dëgjimit, qoftë përmes shikimit. Në kohën paraislame, shpendët ishin më të njohur për oguret se gjërat e tjera. Ata e lëshonin shpendin në fillim të një pune qoftë ajo udhëtim, qoftë tregti, qoftë diçka tjetër; nëse shpendi merrte djathtas, ata bëheshin optimistë dhe e ndërmerrnin punën që synonin, e nëse merrte majtas, ata bëheshin pesimistë dhe e linin punën që synonin. Pastaj Pejgamberi (paqja qoftë mbi të!) tregoi se atij i pëlqente optimizmi, i cili nënkupton ndjesinë e gëzimit dhe të lumturisë, që ndjen njeriu nga një fjalë e mirë që e dëgjon nga dikush dhe e bën atë të mendojë mirë për Zotin e tij.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
     <t>Mbështetja në Allahun e Madhërishëm dhe se mirësinë e sjell vetëm Ai dhe të keqen e largon vetëm Ai.
 Ndalimi i besimit në ogure, të cilat nënkuptojnë gjërat që të bëjnë pesimist dhe të pengojnë nga ndërmarrja e punës.
 Optimizmi nuk është pjesë e ogureve të ndaluara, por është pjesë e mendimeve të mira për Allahut e Madhëruar.
 Çdo gjë ndodh me caktimin e Allahut të Madhëruar, të Vetmit pa ortak.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3422</t>
   </si>
   <si>
+    <t>من جهز غازيا في سبيل الله فقد غزا، ومن خلف غازيا في سبيل الله بخير فقد غزا</t>
+  </si>
+  <si>
+    <t>“Ai që pajis një luftëtar në rrugën e Allahut, tashmë ka marrë pjesë në luftë. Ai që kujdeset që familja e një luftëtari në rrugën e Allahut të jetë mirë, tashmë ka marrë pjesë në luftë.”</t>
+  </si>
+  <si>
+    <t>عَن زَيْدِ بْنِ خَالِدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا».</t>
+  </si>
+  <si>
+    <t>Zejd ibn Halidi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Ai që pajis një luftëtar në rrugën e Allahut, tashmë ka marrë pjesë në luftë. Ai që kujdeset që familja e një luftëtari në rrugën e Allahut të jetë mirë, tashmë ka marrë pjesë në luftë.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن هَيَّأَ للغازي في سبيل الله أسبابَ سَفَرِه وما يَحتاج إليه مما لا بدَّ منه من سلاح، ومركوب، وطعام، ونفقة وغيرها؛ فهو في حكم الغازي، وحصل له ثواب الغزاة.
+ومَن تولَّى أمرَ الغازي بخير، ونابَ مَنابَه في مراعاة أهلِه زمانَ غيبتِه فهو في حكم الغازي.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregoi se kushdo që ia përgatit luftëtarit në rrugë të Allahut mjetet e udhëtimit të tij dhe çfarëdo që i nevojitet, e që nuk bën pa to, si: armët, automjetin, ushqimin, shpenzimet dhe gjëra të tjera, atëherë ai është në të njëjtin pozicion si luftëtari dhe merr shpërblimin e luftëtarëve.
+Ai që e merr përsipër çështjen e luftëtarit dhe e zëvendëson atë duke u kujdesur për familjen e tij në kohën kur ai lufton dhe këtë e bën në formë të mirë, atëherë ai është në të njëjtin pozicion si luftëtari.</t>
+  </si>
+  <si>
+    <t>حث المسلمين على التعاون على الخير.
+قال ابن حجر: وفي هذا الحديث الحث على الإحسان إلى من فعل مصلحة للمسلمين، أو قام بأمر من مهماتهم.
+القاعدة العامة: أنّ مَن أعانَ شخصًا في طاعة من طاعات الله كان له مثل أجره، من غير أن ينقص من أجره شيئًا.</t>
+  </si>
+  <si>
+    <t>Inkurajimi i muslimanëve që të ndihmojnë njëri-tjetrin në punë të mira.
+Ibn Haxheri ka thënë: "Ky hadith është inkurajim për t'u bërë mirë atyre që u bëjnë mirë muslimanëve ose kryejnë një nga gjërat e tyre të rëndësishme."
+Rregulla e përgjithshme thotë: "Kushdo që ndihmon dikë në bindje ndaj Allahut, do ta ketë shpërblimin të ngjashëm me shpërblimin e tij, pa iu pakësuar aspak shpërblimi."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3437</t>
+  </si>
+  <si>
     <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
   </si>
   <si>
     <t>se Profeti (paqja qoftë mbi të!) në lidhje me ensarët ka thënë: “Ata i do vetëm besimtari dhe i urren vetëm hipokriti. Atë që i do ata, e do Allahu dhe atë që i urren ata, e urren Allahu.”</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
     <t>Nga Berau (Allahu qoftë i kënaqur me të!) përcillet se Profeti (paqja qoftë mbi të!) në lidhje me ensarët ka thënë: “Ata i do vetëm besimtari dhe i urren vetëm hipokriti. Atë që i do ata, e do Allahu dhe atë që i urren ata, e urren Allahu.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) ka treguar se dashuria për ensarët e popullit të Medines është tregues i përsosurisë së besimit. Kjo, për arsye se ata ishin të parët që e mbështetën Islamin dhe Profetin (paqja qoftë mbi të!), i ofruan strehë muslimanëve dhe dhanë pasurinë dhe jetën e tyre në rrugën e Allahut. Ndërsa urrejtja ndaj tyre është tregues i hipokrizisë. Mandej Profeti (paqja qoftë mbi të!) shpjegoi se Allahu e do atë që i do ensarët dhe e urren ata që i urren ensarët.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>Në këtë hadith gjendet një vlerë madhore e ensarëve; dashuria për ta është shenjë e besimit dhe garanci ndaj hipokrizisë.
@@ -3440,50 +4360,103 @@
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) e dërgoi Amar ibn Jasirin (Allahu qoftë i kënaqur me të!) në një udhëtim për një nevojë. Ndërkohë, gjatë udhëtimit ai u bë xhunub nga marrëdhënia intime bashkëshortore ose në gjumë dhe nuk gjeti ujë për t'u larë. Ai nuk e dinte dispozitën e tejemumit për xhunubllëkun, por dinte vetëm dispozitën e tij për abdesin. Kështu që, ai nxori një gjykim nga ana e tij dhe mendoi se meqenëse fërkohen me dhe disa gjymtyrë të abdesit, atëherë për shkak të xhunubllëkut duhet fërkuar me dhe i gjithë trupi! Duke bërë kështu analogji me larjen e trupit me ujë. Kësisoj, ai u rrokullis në tokë, derisa e fërkoi të gjithë trupin me dhe, dhe fali namazin. Kur u kthye te Profeti (paqja qoftë mbi të!) ia përmendi atij atë që kishte bërë, për të parë nëse ajo që kishte bërë ishte e saktë apo jo! Kësisoj, Profeti (paqja qoftë mbi të!) i shpjegoi atij se mënyra e pastrimit nga papastërtia e vogël si: urinimi, dhe nga papastërtia e madhe si: xhunubllëku, është që të përplasë shuplakat në dhe, një herë, dhe të fërkojë shuplakën e djathtë me të majtën dhe pjesën e jashtme të të dyja duarve dhe fytyrën.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Obligimi i kërkimit të ujit para marrjes së tejemumit.
 Lejimi i marrjes së tejemumit në rast xhunubllëku kur nuk ka ujë.
 Tejemumi nga papastërtia e madhe është i njëjtë si tejemumi nga  papastërtia e vogël.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3461</t>
   </si>
   <si>
+    <t>قاربوا وسددوا، واعلموا أنه لن ينجو أحد منكم بعمله قالوا: يا رسول الله ولا أنت؟ قال: ولا أنا، إلا أن يتغمدني الله برحمة منه وفضل</t>
+  </si>
+  <si>
+    <t>“Afrojuni përsosmërisë dhe jini mesatarë! Dijeni se asnjëri prej jush nuk do të shpëtojë (nga Zjarri) me veprat e tij. - O i Dërguari i Allahut, as ti?! - e pyetën të pranishmit. - “As unë, përveç nëse Allahu më përfshin me mëshirën dhe mirësinë e Tij, - tha Profeti ﷺ</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَارِبُوا وَسَدِّدُوا، وَاعْلَمُوا أَنَّهُ لَنْ يَنْجُوَ أَحَدٌ مِنْكُمْ بِعَمَلِهِ» قَالُوا: يَا رَسُولَ اللهِ وَلَا أَنْتَ؟ قَالَ: «وَلَا أَنَا، إِلَّا أَنْ يَتَغَمَّدَنِيَ اللهُ بِرَحْمَةٍ مِنْهُ وَفَضْلٍ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Afrojuni përsosmërisë dhe jini mesatarë! Dijeni se asnjëri prej jush nuk do të shpëtojë (nga Zjarri) me veprat e tij. - O i Dërguari i Allahut, as ti?! - e pyetën të pranishmit. - “As unë, përveç nëse Allahu më përfshin me mëshirën dhe mirësinë e Tij, - tha Profeti ﷺ."</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم الصحابة على أنْ يعملوا، وأنْ يتقوا الله ما استطاعوا، دون غُلُوٍّ ولا تَقصير، وأن يقصِدوا بعملهم الصواب بالإخلاص لله واتّباع السنة لِيُقبَل عملُهم فتكون سببًا لنزول الرحمة عليهم.
+ثم أَخبرَهم بأنه لن يُنجيَ أحدًا منكم عملُه فقط؛ بل لا بد من رحمة الله.
+قالوا: حتى أنت يا رسول الله لا ينجيك عملُك مع عِظَمِ قدره؟ 
+فقال: حتى أنا، إلّا أن يَستُرَني اللهُ بفضل رحمته.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ i inkurajonte sahabët që të veprojnë dhe t'i frikësohen Allahut aq sa munden, pa teprim dhe cungim, dhe që me veprat e tyre të synonojnë saktësinë, duke qenë të sinqertë me Allahun dhe ta ndjekin  sunetin, në mënyrë që veprat e tyre të pranohen dhe të bëhen shkak për zbritjen e mëshirës mbi ta.
+Pastaj tregoi se askënd nuk do ta shpëtojnë vetëm veprat e tij, por medoemos kjo ndodh përmes mëshirës së Allahut.
+Ata thanë: "Edhe ti, o i Dërguari i Allahut, a nuk do të shpëtohesh me veprat e tua, pavarësisht madhështisë së pozitës sate?"
+Ai tha: "Edhe unë, përveç nëse Allahu më mbulon me mirësinë e mëshirës së Tij."</t>
+  </si>
+  <si>
+    <t>قال النووي: (سدِّدوا وقاربوا): اطلبوا السدادَ، واعملوا به، وإن عَجَزْتُم عنه، فقارِبُوه؛ أي: اقربوا منه، والسداد: الصوابُ، وهو بين الإفراط والتفريط، فلا تَغْلُوا ولا تُقصِّروا.
+قال ابن باز: الأعمال الصالحة هي أسباب دخول الجنة، كما أنّ الأعمال الخبيثة هي أسباب دخول النار، والحديث يُبيِّنُ أنّ دخولَهم الجنة ليس بمجرَّد العمل، بل لا بد من عفو الله ورحمته سبحانه وتعالى، فهم دخلوها بأسباب أعمالهم، ولكن الذي أوجب ذلك رحمته سبحانه، وعفوه ومغفرته.
+العبد لا يَغتر ويُعجَب بعمله مهما بلغ؛ لأنّ حقَّ الله أعظم من عمله، فلا بد للعبد من الخوف والرجاء جميعًا.
+فضل الله ورحمته على عباده أوسع من أعمالهم.
+الأعمال الصالحة سبب لدخول الجنة، والفوز بها إنما هو بفضلِ الله ورحمة منه.
+قال الكرماني: "إذا كان كلُّ الناس لا يدخلون الجنة إلا برحمة الله، فوجْه تخصيص رسول الله صلى الله عليه وسلم بالذِّكْر هو أنه إذا كان مقطوعًا له بأنه يدخل الجنة، ولا يدخلها إلا برحمة الله؛ فغيرُه يكون في ذلك بطريق الأَولى.
+ قال النووي: في معنى قوله تعالى: ﴿ادْخُلُوا الْجَنَّةَ بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [النحل: 32]، ﴿وَتِلْكَ الْجَنَّةُ الَّتِي أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ﴾ [الزخرف: 72]، ونحوهما من الآيات الدالة على أن الأعمال يُدخَل بها الجنة، فلا يُعارِض هذه الأحاديثَ، بل معنى الآيات أن دخول الجنة بسبب الأعمال، ثم التوفيق للأعمال، والهداية للإخلاص فيها، وقَبُولها برحمة الله تعالى وفضله، فيصح أنه لم يدخل بمجرَّد العمل، وهو مراد الأحاديث، ويصح أنه دخل بالأعمال؛ أي: بسببها، وهي من الرحمة.
+قال ابن الجوزي: يتحصل عن ذلك أربعة أجوبة؛ الأول: أنَّ التوفيق للعمل من رحمة الله، ولولا رحمة الله السابقة ما حصل الإيمان ولا الطاعة التي يحصل بها النجاة، الثاني: أنّ منافع العبد لسيده فعمله مُستَحَقٌّ لمولاه، فمهما أنعم عليه من الجزاء فهو من فضله، الثالث: جاء في بعض الأحاديث أنّ نفس دخول الجنة برحمة الله، واقتسام الدرجات بالأعمال، الرابع: أنّ أعمال الطاعات كانت في زمن يسير، والثواب لا ينفد فالإنعام الذي لا ينفد في جزاء ما ينفد بالفضل لا بمقابلة الأعمال.
+قال الرافعي: أنّ العامل لا ينبغي أنْ يَتَّكِلَ على عَمَلِهِ في طلب النجاة ونيل الدرجات؛ لأنه إنما عَمل بتوفيق الله وإنما ترك المعصية بعصمة الله فكل ذلك بفضله ورحمته.</t>
+  </si>
+  <si>
+    <t>Neveviu për këtë hadith: “Afrojuni përsosurisë dhe jini mesatarë!", ka thënë: "Kërkoni të arrini saktësinë/përsosurinë dhe veproni sipas saj, e nëse nuk jeni në gjendje ta arrini plotësisht, atëherë afrojuni sa më shumë. Saktësia/përsosuria nënkupton të drejtën, e cila është mes teprimit dhe cungimit, prandaj mos e teproni dhe mos e cungoni!
+Ibn Bazi ka thënë: "Veprat e mira janë shkaqe për hyrjen në Xhenet, ashtu siç janë veprat e këqija shkaqe për hyrjen në Zjarr. Hadithi sqaron se hyrja në Xhenet nuk është vetëm për shkak të veprave, por është e domosdoshme falja dhe mëshira e Allahut të Lartësuar. Pra, ata do të hyjnë në Xhenet për shkak të veprave të tyre, por ajo që e bëri të detyrueshme këtë është edhe mëshira e Tij."
+Njeriu nuk duhet të mashtrohet dhe të krenohet me veprat e tij, sado të mëdha të jenë, sepse e drejta e Allahut është më e madhe se veprat e tij. Prandaj, njeriu duhet të ketë gjithmonë frikë dhe shpresë njëkohësisht.
+Mirësia dhe mëshira e Allahut ndaj robërve të Tij janë më të mëdha se veprat e tyre.
+Veprat e mira janë shkaqe për hyrjen në Xhenet, ndërsa fitimi përmes tyre është vetëm përmes mirësisë dhe mëshirës së Allahut.
+Kermaniu ka thënë: "Nëse të gjithë njerëzit do të hyjnë në Xhenet vetëm me mëshirën e Allahut, atëherë arsyeja e përmendjes së veçantë të të Dërguarit të Allahut ﷺ është se, meqë është e sigurt që ai hyn në Xhenet, e nuk hyn përveçse me mëshirën e Allahut, atëherë të tjerët pos tij janë më parësorë për këtë."
+Neveviu rreth shpjegimit të fjalës së Allahut të Lartësuar: "Hyni në Xhenet, si shpërblim për veprat që keni kryer!” (En Nahl, 32), dhe: "Ja, ky është Xheneti që ju është dhënë në trashëgim për atë që keni vepruar." (Ez Zuhruf, 72), e të ngjashme me këto ajete që tregojnë se veprat janë shkak për hyrjen në Xhenet, tregon se këto hadithe nuk janë në kundërshtim me ato ajete. Kjo është sepse kuptimi i ajeteve është se hyrja në Xhenet është për shkak të veprave, pastaj suksesi për t'i kryer veprat dhe udhëzimi për të qenë i sinqertë në to dhe pranimi i tyre, këto janë në saje të mëshirës dhe mirësisë së Allahut të Lartësuar. Kështu që kuptimi i vërtetë i haditheve, është se nuk hyhet në Xhenet vetëm me vepra. Gjithashtu është e vërtetë të thuhet që hyn në Xhenet për shkak të veprave, e ato janë në saje të mëshirës së Allahut.
+Ibn Xheuziu ka thënë: "Kjo çon në katër mundësi:
+ E para: Suksesi për të kryer vepra të mira është nga mëshira e Allahut. E, po të mos ishte mëshira e Tij paraprake, njeriu nuk do të arrinte besimin apo bindjen që përmes saj vjen shpëtimi. 
+E dyta: Përfitimet e robërve janë në saje të Zotit të tyre; pra, veprat e tyre janë falë Zotit të tyre, dhe sado i madh të jetë shpërblimi që Ai i jep, kjo tregon mirësinë e Tij. 
+E treta: Në disa hadithe përmendet se hyrja në Xhenet ndodh me mëshirën e Allahut, por përcaktimi i gradës brenda tij varet nga veprat. 
+E katërta: Veprat e adhurimit kryhen për një kohë të shkurtër, ndërsa shpërblimi i tyre është i pafund. Prandaj, kur një begati e përjetshme jepet si shpërblim për diçka të përkohshme, kjo tregon mirësinë e Allahut dhe jo thjesht një kompensim për veprat."
+Rafiiu ka thënë: "Njeriu nuk duhet të mbështetet te veprat e tij të mira kur kërkon shpëtim dhe grada të larta, sepse ai ka vepruar vetëm falë suksesit nga Allahu dhe ka mundur të shmangë mëkatet vetëm përmes mbrojtjes së Allahut. Pra, e gjithë kjo ndodh me mirësinë dhe mëshirën e Allahut."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3469</t>
+  </si>
+  <si>
     <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>“Kur njerëzit e shohin zullumqarin dhe nuk e pengojnë (nga zullumi), ka të ngjarë që Allahu t'i ndëshkojë të gjithë</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Ebu Bekri (Allahu qoftë i kënaqur prej tij!) ka thënë: “O njerëz, ju e lexoni këtë ajet: "O besimtarë! Ju keni përgjegjësi vetëm për veten tuaj! Ai që është i humbur, nuk mund t’ju dëmtojë, nëse jeni në rrugë të drejtë." (El Maide, 105) Por unë kam dëgjuar të Dërguarin e Allahut ﷺ të thotë: “Kur njerëzit e shohin zullumqarin dhe nuk e pengojnë (nga zullumi), ka të ngjarë që Allahu t'i ndëshkojë të gjithë."</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Ebu Bekri (Allahu qoftë i kënaqur me të!) tregon se njerëzit e lexojnë këtë ajet:
 "O besimtarë! Ju keni përgjegjësi vetëm për veten tuaj! Ai që është i humbur, nuk mund t’ju dëmtojë, nëse jeni në rrugë të drejtë." (El Maide, 105)
 Ata kuptuan prej ajetit se njeriu duhet të përpiqet vetëm për të përmirësuar veten e vet dhe se ai nuk do të dëmtohet më pas nga devijimi i atyre që kanë humbur rrugën e drejtë, dhe se prej tyre nuk kërkohet që të urdhërojnë për mirë dhe të ndalojnë nga e keqja!
 Andaj, ai u tregoi se nuk është kështu dhe se ai e kishte dëgjuar Profetin ﷺ të thotë: nëse njerëzit e shohin zullumqarin dhe nuk e pengojnë atë nga zullumi i tij, ndrëkohë që kanë mundësi për ta penguar atë, ka të ngjarë që Allahut t'i përfshijë me dënim të gjithë: vepruesin e së keqes dhe atë që hesht ndaj saj.</t>
   </si>
   <si>
@@ -3566,247 +4539,536 @@
   <si>
     <t>Nëna e besmitarëve, Aisheja (Allahu qoftë i kënaqur me të!) ka treguar disa momente intime të saj me Profetin e Allahut (paqja qoftë mbi të!), ndër të cilat ishin se ajo dhe Profeti (paqja qoftë mbi të!) laheshin në një enë të vetme kur ishin xhunubë dhe merrnin ujë nga ena të dy bashkë. Dhe se kur Profeti (paqja qoftë mbi të!) donte t'i afrohej asaj në kohën që ajo ishte me cikël, e urdhëronte të mbulonte trupin e saj nga kërthiza gjer te gjunjët dhe i afrohej asaj, por pa kryer marrëdhënie intime. Ai (paqja qoftë mbi të!), gjithashtu, gjatë kohës që ishte në itikaf e nxirrte kokën te dhoma e Aishes dhe ajo ia lante kokën, ndërkohë që ishte me cikël.</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>Lejimi i larjes së bashkëshortëve me ujin e enës së njëjtë.
 Lejohet afrimi intim me gruan gjatë menstruacioneve përveç organeve intime dhe trupi i saj konsiderohet i pastër.
 Është e pëlqyeshme që gruaja me të përmuajshme të mbulojë trupin nga brezi deri te gjunjët gjatë afrimit intim me burrin.
 Marrja e shkaqeve përkatëse që e pengojnë njeriun nga rënia në haram.
 Ndalimi i qëndrimit të femrës me cikël në xhami.
 Lejimi i prekjes së femrës me cikël gjërat e freskëta apo të thata si dhe larja apo krehja e flokëve të dikujt.
 Mirësjellja e Profetit (paqja qoftë mbi të!) me familjen e tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3476</t>
   </si>
   <si>
+    <t>ما من نبي بعثه الله في أمة قبلي إلا كان له من أمته حواريون، وأصحاب يأخذون بسنته ويقتدون بأمره</t>
+  </si>
+  <si>
+    <t>“Çdo profet që Allahu e ka dërguar në popujt para meje ka pasur nga populli i tij ndihmës dhe shokë, të cilët kanë punuar me traditën e tij dhe u përmbaheshin urdhrave të tij</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ، ثُمَّ إِنَّهَا تَخْلُفُ مِنْ بَعْدِهِمْ خُلُوفٌ يَقُولُونَ مَا لَا يَفْعَلُونَ، وَيَفْعَلُونَ مَا لَا يُؤْمَرُونَ، فَمَنْ جَاهَدَهُمْ بِيَدِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِلِسَانِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِقَلْبِهِ فَهُوَ مُؤْمِنٌ، وَلَيْسَ وَرَاءَ ذَلِكَ مِنَ الْإِيمَانِ حَبَّةُ خَرْدَلٍ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Çdo profet që Allahu e ka dërguar në popujt para meje ka pasur nga populli i tij ndihmës dhe shokë, të cilët kanë punuar me traditën e tij dhe u përmbaheshin urdhrave të tij. Pas tyre vijnë breza që flasin çfarë nuk punojnë dhe punojnë çfarë nuk janë urdhëruar. Kush i lufton (ndalon nga kjo praktikë) këta me dorë, është besimtar, kush i lufton me gjuhë, është besimtar, dhe kush i lufton me zemër, është besimtar, e pas kësaj nuk ka iman as sa kokrra e sinapit.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن نبيٍّ بعثَه الله في أمة قَبلَه إلا كان له مِن أمته أصفياء وأنصار ومجاهدون مخلصون، يَصْلحون للخِلافة بعده؛ يأخذون بِسنّته، ويقتدون بأمره، ثم يجيء بعد أولئك السلف الصالح أُناسٌ لا خيرَ فيهم؛ يقولون ما لا يفعلون، ويفعلون ما لا يؤمرون؛ فمَن جاهدَهم بيده فهو مؤمن، ومن جاهدهم بلسانه فهو مؤمن، ومن جاهدهم بقلبه فهو مؤمن، وليس وراء ذلك من الإيمان حَبَّةُ خَرْدَلٍ.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se çdo profet para tij, që Allahu e ka dërguar te një popull, ka pasur nga umeti i tij njerëz të sinqertë, ndihmëtarë dhe luftëtarë të përkushtuar, të cilët kanë qenë të denjë për të marrë përsipër udhëheqësinë pas tyre, ndiqnin traditën e tyre dhe u përmbaheshin urdhrave të tyre. Më pas, pas këtyre paraardhësve të devotshëm, do të vijnë njerëz që nuk kanë asnjë të mirë: thonë atë që nuk e veprojnë dhe e veprojnë atë që nuk janë të urdhëruar të bëjnë. Kush i lufton (ndalon nga kjo praktikë) këta me dorë, është besimtar, kush i lufton me gjuhë, është besimtar, dhe kush i lufton me zemër, është besimtar, e pas kësaj nuk ka iman as sa kokrra e sinapit.</t>
+  </si>
+  <si>
+    <t>الحث على مجاهدة المخالفين للشرع بأقوالهم وأفعالهم.
+عدم إنكار القلب للمنكر دليلٌ على ضَعْفِ الإيمان أو ذَهابِه.
+تيسير الله سبحانه وتعالى للأنبياء مَن يَحمِلُ رسالتَهم مِن بعدِهم.
+مَن أراد النجاة فعليه باتباع منهج الأنبياء؛ لأنَّ كل طريق سوى طريقهم هلاك وغواية.
+كلَّما بَعُد العهدُ مِن النبي صلى الله عليه وسلم وأصحابه رضي الله عنهم تَرَكَ الناس السُّنَنَ واتبعوا الأهواءَ وأَحَدَثُوا البِدَع.
+بيان مراتب الجهاد، وأنه باليد لمن يستطيع التغيير، كأولياء الأمور والحكَّام والأمراء، وبالقول يكون ببيان الحق والدعوة إليه، وبالقلب يكون بإنكار المنكر وعدم حُبِّه أو الرضا به.
+وجوب الأمر بالمعروف والنهي عن المنكر.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për t'i luftuar (ndaluar) ata që e kundërshtojnë ligjin islam përmes gjuhës dhe veprave.
+Mosrefuzimi i së keqes është tregues për imanin e dobët ose mosekzistimin e tij.
+Allahu i Lartësuar ua ka lehtësuar profetëve, duke u dhënë pasues që mbartin dhe përçojnë mesazhin e tyre pas tyre.
+Kush dëshiron shpëtimin, le ta ndjekë rrugën e profetëve, sepse çdo rrugë tjetër çon në shkatërrim dhe humbje.
+Sa më shumë që kalon koha nga periudha e Profetit ﷺ dhe shokëve të tij (Allahu qoftë i kënaqur me ta!), njerëzit fillojnë të braktisin sunetet (traditën profetike), të ndjekin tekat dhe të shpikin risitë (bidatet).
+Sqarimi i shkallëve të xhihadit: ai kryhet me dorë nga ata që kanë mundësi të bëjnë ndryshimin, bie fjala, udhëheqësit, pushtetarët dhe princat; kryhet me fjalë, duke shpjeguar të vërtetën dhe duke ftuar drejt saj; dhe kryhet me zemër, duke e urryer të keqen dhe duke mos e dashur, e as pranuar atë.
+Urdhërimi i së mirës dhe ndalimi i së keqes është obligim.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3480</t>
+  </si>
+  <si>
     <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>“Do të vijnë prijës të cilët do të veprojnë gjëra të lejuara dhe të ndaluara, andaj, ai që i dallon ato, i ka ikur mëkatit, e ai që i kundërshton ato, ka shpëtuar, kurse ai që pajtohet me to dhe i pason (nuk ka shpëtuar)</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>Umu Seleme, nëna e besimtarëve (Allahu qoftë i kënaqur me të), tregon: "I Dërguari i Allahut ﷺ ka thënë: “Do të vijnë prijës të cilët do të veprojnë gjëra të lejuara dhe të ndaluara, andaj, ai që i dallon ato, i ka ikur mëkatit, e ai që i kundërshton ato, ka shpëtuar, kurse ai që pajtohet me to dhe i pason (nuk ka shpëtuar).” Thanë: "A t'i luftojmë?" Tha: “Jo, përderisa e falin namazin.”</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregoi se do të na caktohen prijës, disa vepra të të cilëve i dimë, sepse janë në përputhje me atë që njihet nga feja, si dhe mohojmë disa prej tyre, për shkak se bien ndesh me fenë. Ai që e urren të keqen me zemrën e tij dhe nuk mund ta ndryshojë është i liruar nga mëkati dhe hipokrizia, ndërsa ai që mund ta ndryshojë atë me dorën ose gjuhën e tij dhe ua tërheq vërejtjen për këtë, atëherë ai është i liruar nga mëkati dhe pjesëmarrja në të. Por, ai që është i kënaqur me veprimet e tyre dhe i pason, do të shkatërrohet ashtu siç u shkatërruan ata.
 Pastaj e pyetën Profetin ﷺ: "A nuk duhet t'i luftojmë prijësit që i kanë këto cilësi?" Ai i ndaloi dhe tha: "Jo, përderisa e falin namazin mes jush."</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Një nga treguesit e profecisë së Pejgamberit ﷺ është se atij i tregoi Allahu për gjërat e fshehta që do të ndodhnin në të ardhmen dhe ato ndodhnin mu ashtu siç i tregonte ai.
 Nuk lejohet të kënaqurit me të keqen e as pjesëmarrja në të. Ajo duhet të kundërshtohet.
 Nëse prijësit shpikin gjëra që bien ndesh me fenë, nuk lejohet t'u bindemi në këtë gjë.
 Nuk lejohet rebelimi kundër prijësve muslimanë, për shkak të dëmit, gjakderdhjes dhe humbjes së sigurisë që do të rezultojë si pasojë e kësaj. Më e lehtë është t'i durosh të këqijat e prijësve mëkatarë dhe të jesh i durueshëm për dëmin që ata e shkaktojnë (sesa të rebelohesh).
 Namazi ka pozitë madhështore dhe është dallues mes kufrit dhe Islamit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3481</t>
   </si>
   <si>
+    <t>أعطيت خمسا لم يعطهن أحد قبلي</t>
+  </si>
+  <si>
+    <t>“Më janë dhënë pesë gjëra që nuk i janë dhënë askujt (prej pejgamberëve) para meje</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُعْطِيتُ خَمْسًا لَمْ يُعْطَهُنَّ أَحَدٌ قَبْلِي: نُصِرْتُ بِالرُّعْبِ مَسِيرَةَ شَهْرٍ، وَجُعِلَتْ لِي الأَرْضُ مَسْجِدًا وَطَهُورًا، فَأَيُّمَا رَجُلٍ مِنْ أُمَّتِي أَدْرَكَتْهُ الصَّلاَةُ فَلْيُصَلِّ، وَأُحِلَّتْ لِي المَغَانِمُ، وَلَمْ تَحِلَّ لِأَحَدٍ قَبْلِي، وَأُعْطِيتُ الشَّفَاعَةَ، وَكَانَ النَّبِيُّ يُبْعَثُ إِلَى قَوْمِهِ خَاصَّةً وَبُعِثْتُ إِلَى النَّاسِ عَامَّةً».</t>
+  </si>
+  <si>
+    <t>Xhabir ibn Abdullahu (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Më janë dhënë pesë gjëra që nuk i janë dhënë askujt (prej pejgamberëve) para meje: jam ndihmuar me lemerinë (që i zë armiqtë e mi) në distancë sa një muaj rrugëtim, toka më është bërë vendfalje dhe mjet pastrimi, andaj këdo prej umetit tim që namazi e zë, le të falet aty (duke marrë tejemum me dhé të pastër). Më është lejuar plaçka e luftës, gjë që nuk i është lejuar askujt para meje. Më është dhënë e drejta për ndërmjetësim (shefat). Të dërguarit para meje janë dërguar te një popull i caktuar, kurse unë jam dërguar te të gjithë njerëzit."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله أعطاه خمسَ خصالٍ لم يُعْطَهُنَّ أحدٌ مِن الأنبياء قبله: 
+أولًا: نُصِرْتُ بالرُّعْب يُقذَف في قُلوب أعدائي ولو كان بيني وبينهم مَسِيْرَة شهر. 
+ثانيًا: جُعِلَت لنا الأرضُ مسجدًا نُصلِّي أينَما كُنَّا، وطَهُورًا بالتُّراب عند العَجْز عن الماء. 
+ثالثًا: أُحِلَّتْ لنا غَنائمُ الحَرْب، وهي التي يأخذُها المسلمون في حربِهم مع الكفار. 
+رابعًا: أُعْطِيْتُ الشَّفاعَة العُظْمَى في إراحة الناس مِن هَوْلِ مَوْقِفِ يوم القيامة. 
+خامسًا: أُرسِلْتُ إلى الخَلْق كافة إنسِهم وجنِّهم، بخلاف الأنبياء قبله فكانوا يبعثون إلى أقوامهم فقط.</t>
+  </si>
+  <si>
+    <t>Në këtë hadith Profeti ﷺ tregoi se Allahu ia dhuroi pesë tipare që nuk ia dha asnjë pejgamberi para tij:
+Së pari: jam ndihmuar me lemerinë, e cila hidhet në zemrat e armiqve të mi, edhe nëse mes meje dhe tyre ka një distancë rrugëtimi prej një muaji.
+Së dyti: toka na është bërë vendfalje dhe ne mund të falemi kudo që të jemi, si dhe na është bërë mjet pastrimi me dhé, kur nuk mund të gjejmë ujë.
+Së treti: na janë lejuar plaçkat e luftës, rrjedhimisht ato që i marrin muslimanët në luftën e tyre kundër jobesimtarëve.
+Së katërti: më është dhënë ndërmjetësimi (shefati) i madh për t’i rehatuar njerëzit nga tmerri i qëndrimit në Ditën e Kiametit.
+Së pesti: jam dërguar te të gjithë krijesat, përfshirë njerëzit e xhinët, ndryshe nga profetët para meje, të cilët ishin dërguar vetëm te popujt e tyre.</t>
+  </si>
+  <si>
+    <t>مشروعية تَعديد العبد لِنِعَم الله عليه إخبارًا بها وشُكرًا لله عليها.
+فضل الله عز وجل على هذه الأمة وعلى نبيِّها بهذه الخِصال.
+وجوب فعل الصلاة في وقتِها على أيِّ حالٍ كانت، ويَفعل ما يَقدر عليه من شروطها وأركانها وواجباتها.
+الشفاعة التي اختص بها النبي صلى الله عليه وسلم من بين الأنبياء، أنواع؛ أحدها: شفاعته للخلق في فَصْلِ القَضَاء بينهم، ومنها: شفاعته في دخول أهل الجنة الجنة، ومنها: شفاعته خاصة في عمِّه أبي طالب في تخفيف النار عنه لا في الخروج؛ لأنه مات كافرًا.
+خِصال للنبي صلى الله عليه وسلم كثيرة لم تُذْكَر في هذا الحديث ومنها: أُعْطِيَ جوامع الكلم، وخُتِمَ به النبيُّون، وجُعلت صفوفُنا كصفوف الملائكة وغيرها من الخصال.</t>
+  </si>
+  <si>
+    <t>Është e ligjshme që robi t'i numërojë begatitë e Allahut ndaj tij, duke i shfaqur dhe duke e falënderuar Allahun për to.
+Mirësia e Allahut të Lartmadhëruar ndaj këtij umeti dhe Profetit të tij, meqë i veçoi me këto gjëra.
+Është obligim të kryhet namazi në kohën e tij, pavarësisht rrethanave, kështu që namazliu vepron gjithçka që mundet nga kushtet, shtyllat dhe obligimet e namazit.
+Ndërmjetësimi (shefati), që është i veçantë për Profetin ﷺ kundrejt të gjithë profetëve të tjerë, është disa llojesh. Një prej tyre është ndërmjetësimi, që e bën që të fillojë gjykimi mes njerëzve. Një tjetër është ndërmjetësimi i tij për hyrjen e xhenetlinjve në Xhenet. Po ashtu, ndërmjetësimi i tij i veçantë për xhaxhain e tij, Ebu Talibin, për t’ia lehtësuar dënimin e Zjarrit, por jo për ta nxjerrë nga Zjarri, sepse ai vdiq si jobesimtar.
+Profeti ﷺ ka shumë cilësi të veçanta që nuk janë përmendur në këtë hadith, ndër të cilat: atij i është dhënë aftësia për të folur me fjalë të shkurtra, të cilat ngërthejnë në vete kuptime të shumta, me të ka përfunduar zinxhiri i profetëve, rreshtat tanë në namaz janë bërë si rreshtat e melekëve, si dhe veçori të tjera të shumta.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3503</t>
+  </si>
+  <si>
     <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>I dhashë besën Profetit të Allahut (paqja qoftë mbi të!) për dëshminë se nuk ka të adhuruar tjetër veç Allahut dhe se Muhamedi është i dërguari i Tij, për faljen e namazit, dhënien e zekatit, dëgjimin dhe bindjen (ndaj të parit) dhe dashamirësinë ndaj çdo muslimani</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
     <t>Nga Xherir ibn Abdullahu (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "I dhashë besën Profetit të Allahut (paqja qoftë mbi të!) për dëshminë se nuk ka të adhuruar tjetër veç Allahut dhe se Muhamedi është i dërguari i Tij, për faljen e namazit, dhënien e zekatit, dëgjimin dhe bindjen (ndaj të parit) dhe dashamirësinë ndaj çdo muslimani"</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
     <t>Sahabiu Xherir ibn Abdullah (Allahu qoftë i kënaqur me të!) tregon se i ka dhënë besën Profetit (paqja qoftë mbi të!) se do të jetë monoteist, do të falë pesë namazet e detyrueshme të natës dhe të ditës, duke i plotësuar kushtet e tyre, gjërat e domosdoshme, gjërat e detyrueshme dhe gjërat që janë sunet në to. Si dhe se do të japë zekatin e detyrueshëm, i cili është adhurim monetar i detyrueshëm që i merret pasanikëve dhe i jepet nevojtarëve dhe të tjerëve që e meritojnë, si dhe se do të jetë i bindur ndaj udhëheqësve dhe dashamirës ndaj çdo muslimani, duke dëshiruar t'i sjellë dobi dhe t'i bëjë mirë dhe të largojë të keqen nga ai me fjalë dhe me vepra.</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>Rëndësia e namazit dhe e zekatit, të cilët janë prej shtyllave të Islamit.
 Rëndësia e dashamirësisë ndërmjet muslimanëve, saqë për këtë Profeti (paqja qoftë mbi të!) i mori besën sahabëve (Allahu qoftë i kënaqur me ta!).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3512</t>
+  </si>
+  <si>
+    <t>لا تدعن في دبر كل صلاة تقول: اللهم أعني على ذكرك وشكرك وحسن عبادتك</t>
+  </si>
+  <si>
+    <t>Të porosis që kurrë të mos e braktisësh në fund të çdo namazi të thuash: "O Allah! Më ndihmo të të përmend, të të falënderoj dhe të të adhuroj në mënyrën më të mirë!</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه: أَنَّ رَسُولَ صَلَّى عَلَيْهِ وَسَلَّمَ أَخَذَ بِيَدِهِ، وَقَالَ: «يَا مُعَاذُ، وَاللَّهِ إِنِّي لَأُحِبُّكَ»، فَقَالَ: «أُوصِيكَ يَا مُعَاذُ لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ».</t>
+  </si>
+  <si>
+    <t>Muadh ibn Xhebeli (Allahu qoftë i kënaqur me të!) tregon se (një ditë) i Dërguari i Allahut ﷺ e kapi për dore dhe i tha: "O Muadh! Për Allahun, unë të dua ty! Të porosis që kurrë të mos e braktisësh në fund të çdo namazi të thuash: "O Allah! Më ndihmo të të përmend, të të falënderoj dhe të të adhuroj në mënyrën më të mirë!"</t>
+  </si>
+  <si>
+    <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
+(اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
+(وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
+(وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e mori për dore Muadhin (Allahu qoftë i kënaqur me të!) dhe i tha: "Për Allahun, unë të dua ty! Të porosis, o Muadh, që kurrë të mos e braktisësh në fund të çdo namazi të thuash: "O Allah! Më ndihmo të të përmend", - në çdo fjalë e vepër që më afron drejt adhurimit. "Të të falënderoj", - për t'i arritur begatitë dhe për t'iu shmangur fatkeqësive. dhe të të adhuroj në mënyrën më të mirë!", - duka ia kushtuar adhurimin sinqerisht Allahut dhe duke e ndjekur Profetin ﷺ.''</t>
+  </si>
+  <si>
+    <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
+استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
+في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
+من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
+قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
+  </si>
+  <si>
+    <t>Është e ligjshme që të lajmërohet personi të cilin e do për hir të Allahut.
+Është e rekomanduar të thuhet kjo lutje pas përfundimit të çdo namazi obligativ dhe vullnetar.
+Në këtë lutje me këto fjalë të shkurtra përfshihen kërkesat për të mirat e kësaj bote dhe të botës tjetër.
+Nga dobitë e dashurisë për hir të Allahut janë këshillimi i ndërsjellë për të vërtetën, dhënia e këshillave dhe bashkëpunimi në mirësi e devotshmëri.
+Tibiu tha: "Përmendja e Allahut është fillimi drejt kënaqësisë shpirtërore, falënderimit të Tij dhe mjet për t'i arritur mirësitë e dëshiruara, ndërsa adhurimi i përkryer kërkon shkëputje nga çdo gjë që e shpërqendron njeriun nga Allahu i Lartësuar."</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3518</t>
   </si>
   <si>
     <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>Kini frikë Allahun, Zotin tuaj, falni pesë namazet tuaja, agjëroni muajin tuaj, jepeni zekatin e pasurive tuaja dhe bindjuni të parit tuaj, që të hyni në Xhenetin e Zotit tuaj!</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Nga Ebu Umameh (Allahu qoftë i kënaqur me të!) përcillet se ka thënë se e ka dëgjuar Profetin e Allahut (paqja qoftë mbi të!), duke predikuar në Haxhin e lamtumirës: "Kini frikë Allahun, Zotin tuaj, falni pesë namazet tuaja, agjëroni muajin tuaj, jepeni zekatin e pasurive tuaja dhe bindjuni të parit tuaj, që të hyni në Xhenetin e Zotit tuaj!"</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) mbajti një predikim në ditën e Arafatit në Haxhin e lamtumirës, i cili u zhvillua në vitin e dhjetë të hixhretit. Ky haxh e mori këtë emërtim për shkak se në të Profeti (paqja qoftë mbi të!) i dha lamtumirën njerëzve. Ai i urdhëroi të gjithë njerëzit që t'i frikësohen Zotit të tyre, duke i përmbushur urdhëresat dhe duke u shmangur nga ndalesat e Tij. Ai i urdhëroi gjithashtu që të falnin pesë namazet që Allahu i Madhërishëm ua kishte bërë obligim gjatë ditës dhe gjatë natës dhe që të agjëronin muajin e Ramazanit. I urdhëroi po ashtu që t'ua jepnin zekatin e pasurive atyre që e meritojnë dhe të mos tregohen dorështrënguar, si dhe që t'i binden atyre që Allahu i ka bërë udhëheqës të tyre, me përjashtim kur urdhërojnë për ndonjë mëkat. Shpërblimi i atij që i bën gjërat e lartpërmendura është Xheneti.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Këto vepra janë prej shkaqeve të hyrjes në Xhenet.</t>
   </si>
   <si>
-    <t>رواه الترمذي وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3520</t>
   </si>
   <si>
     <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>Allahu nuk e pranon namazin e asnjërit prej jush, nëse e ka prishur abdesin, derisa të marrë sërish</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Allahu nuk e pranon namazin e asnjërit prej jush, nëse e ka prishur abdesin, derisa të marrë sërish."</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se një nga kushtet e vlefshmërisë së namazit është pastërtia, kështu që, kushdo që dëshiron të falë namaz, duhet të marrë abdes, nëse ka bërë ndonjë veprim që ia prish abdesin, si: jashtëqitja, urina, gjumi etj.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Namazi i atij që e ka prishur abdesin nuk pranohet, derisa të pastrohet me larje të tërësishme të trupit (gusël), nëse ka papastërti të madhe; ose me abdes, nëse ka papastërti të vogël.
 Forma e abdesit është kështu: të marrësh ujë, ta rrotullosh në gojë dhe ta nxjerrësh jashtë, pastaj ta tërheqësh ujin me frymë në pjesën e brendshme të hundës, pastaj ta nxjerrësh jashtë. E më pas ta lash fytyrën tri herë, duart së bashku me bërryla tri herë, pastaj t'i japësh mes'h gjithë kokës një herë dhe, në fund, t'i lash këmbët së bashku me kyçet tri herë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3534</t>
   </si>
   <si>
+    <t>قال الله: كل عمل ابن آدم له، إلا الصيام، فإنه لي وأنا أجزي به</t>
+  </si>
+  <si>
+    <t>“Allahu thotë: "Çdo vepër e birit të Ademit është për të, përveç agjërimit, i cili është për Mua dhe Unë shpërblej për të</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ، وَالصِّيَامُ جُنَّةٌ، وَإِذَا كَانَ يَوْمُ صَوْمِ أَحَدِكُمْ فَلاَ يَرْفُثْ وَلاَ يَصْخَبْ، فَإِنْ سَابَّهُ أَحَدٌ أَوْ قَاتَلَهُ، فَلْيَقُلْ إِنِّي امْرُؤٌ صَائِمٌ، وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ، لَخُلُوفُ فَمِ الصَّائِمِ أَطْيَبُ عِنْدَ اللَّهِ مِنْ رِيحِ المِسْكِ، لِلصَّائِمِ فَرْحَتَانِ يَفْرَحُهُمَا: إِذَا أَفْطَرَ فَرِحَ، وَإِذَا لَقِيَ رَبَّهُ فَرِحَ بِصَوْمِهِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu thotë: "Çdo vepër e birit të Ademit është për të, përveç agjërimit, i cili është për Mua dhe Unë shpërblej për të. Agjërimi është mburojë, andaj, ditën që dikush agjëron, të mos thotë fjalë të ndyta e as të mos bërtasë. Nëse dikush e shan ose e sulmon, le të thotë: "Unë jam agjërues!" Betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se era e gojës së agjëruesit është më e mirë tek Allahu sesa era e myshkut. Agjëruesi i ka dy gëzime që i përjeton: gëzohet kur të bëjë iftar dhe gëzohet kur ta takojë Zotin për agjërimin e tij.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول في الحديث القدسي: 
+كل عمل ابن آدم يُضاعَف الحسنةُ بعشرِ أمثالها إلى سبعمائة ضعف، إلا الصيام؛ فإنه لي حيث لا يقع فيه الرياء، وأنا أجزي به فأَنْفَرِد بِعلِم مِقدار ثوابه وتضعيف حسناته. 
+ثم قال: (والصيام جُنّة) ووقاية وسِتْر وحِصْن حَصِيْن مِن النار؛ لأنه إمساك عن الشهوات والوقوع بالآثام، والنارُ مَحْفُوفة بالشهوات. 
+(فإذا كان يوم صوم أحدكم فلا يرفث) بالجماع ومُقَدِّماته، ولا بالكلام الفاحش مطلقًا. 
+(ولا يَصخب) بالخِصَام والصِّياح. 
+(فإنْ سابّه أحد أو قاتله) في رمضان فليقل: إني امرؤٌ صائم؛ لعله يكف عنه، فإنْ أصرَّ إلا المقاتلة حقيقة دَفَعَهُ بالأخفِّ فالأخف كالصَّائل. 
+ثم حَلَف صلى الله عليه وسلم وأقسم بالذي نفسه بيده أنَّ تَغَيُّرَ رائحةِ فمِ الصائم بسبب الصيام أطيبُ عند الله يوم القيامة من ريح المِسْك عندكم، وأكثر ثوابًا من المسك المندوب إليه في الجُمَع ومجالس الذكر. 
+وللصائم فرحتان يفرحهما: إذا أفطر فَرِح بفطره بزوال جوعه وعطشه حيث أُبِيْحَ له الفطر، وفَرِحَ بتمام صومه وخاتمة عبادته، وتخفيف من ربه، ومعونة على مستقبل صومه. 
+(وإذا لقي ربه فرح بصومه) بجزائه وثوابه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se Allahu i Lartësuar në hadith kudsij thotë:
+"Çdo vepër e birit të Ademit shumëfishohet: një e mirë shpërblehet dhjetëfish deri në shtatëqindfish, përveç agjërimit: ai është vetëm për Mua, pasi në të nuk ka hipokrizi, dhe Unë jam që shpërblej për të, duke e veçuar vetëm për Vete dijen për masën e shpërblimit dhe shumëfishimin e të mirave të tij."
+Pastaj tha: "agjërimi është mburojë" dhe mbrojtje, mbulesë dhe kështjellë e fortifikuar nga Zjarri, sepse është largimi nga dëshirat epshore dhe kryerja e mëkateve, kurse Zjarri është i rrethuar me dëshira epshore.
+"andaj, ditën që dikush agjëron, të mos thotë fjalë të ndyta" rreth marrëdhënieve intime dhe gjërave që i paraprijnë asaj, e as të mos flasë në mënyrë absolute asnjë fjalë të turpshme.
+"e të mos bërtasë", duke u zënë me të tjerët dhe duke bërë piskamë.
+"Nëse dikush e shan ose e sulmon", në Ramazan, le të thotë: "Unë jam agjërues!", ndoshta kjo do ta ndalojë atë. Por, nëse ai këmbëngul dhe nuk ndalet përveçse duke sulmuar seriozisht, atëherë (duhet) ta zmbrapsë me mjetin më të lehtë dhe më të butë, siç do të veprohej kundrejt një sulmuesi.
+Pastaj, Profeti ﷺ u betua në Atë, në dorën e të Cilit është shpirti i tij, se ndryshimi i erës së gojës së agjëruesit për shkak të agjërimit është më i këndshëm për Allahun në Ditën e Gjykimit sesa era e myshkut te ju dhe është më i shpërblyer sesa përdorimi i myshkut që rekomandohet për ditën e xhuma dhe për tubimet e diturisë, ku përmendet Allahu.
+Agjëruesi ka dy gëzime që i përjeton: kur të bëjë iftar, gëzohet për iftarin e tij, për shkak të largimit të urisë dhe etjes, pasi i është lejuar të prishë agjërimin, si dhe gëzohet për përfundimin e agjërimit dhe mbylljen e adhurimit, për lehtësimin që Zoti ia  dha dhe për ndihmën për agjërimet e ardhshme.
+"dhe gëzohet kur ta takojë Zotin për agjërimin e tij”, për shkak të shpërblimit dhe sevapeve që do t'i marrë.</t>
+  </si>
+  <si>
+    <t>فضل الصيام وأنه يحفظ صاحبَه في الدنيا من الشهوات، وفي الآخرة من عذاب النار.
+من آداب الصوم ترك الكلام الفاحش واللَّغَط، والصبر على أذَى الناس ومقابلة إساءتهم بالصبر والإحسان.
+الصائم أو العابد إذا فَرِح بسبب إكمال عبادته والانتهاء منها لم ينقص ذلك من أجره في الآخرة.
+الفرحة الكاملة هي بلقاء الله تعالى، عندما يُوَفَّى الصابرون والصائمون أجرهم بغير حساب.
+إعلام الناس بالطاعة عند الحاجة والمصلحة ليس من الرياء لقوله: (إني صائم).
+الصائم الكامل صومه هو الذي صامت جوارحه عن الآثام، ولسانه عن الكذب والفحش، وقول الزور، وبطنه عن الطعام والشراب.
+تأكيد النهي عن الصَّخَب والخِصام والصِّياح حالَ الصوم، وإلا فَغَيْرُ الصائم مَنهيٌّ عن ذلك أيضًا.
+هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، مِن التَّعَبُّد بتلاوته والطهارة له والتَّحَدِّي والإعجاز وغير ذلك.</t>
+  </si>
+  <si>
+    <t>Vlera e agjërimit është se ai e ruan agjëruesin në këtë botë nga dëshirat epshore dhe në botën tjetër nga dënimi i Zjarrit.
+Nga normat dhe edukata e agjërimit është të shmangësh fjalët e ndyra e të kota, të durosh ndaj lëndimeve që t'i shkaktojnë njerëzit dhe t'u përgjigjesh sjelljeve të tyre të këqija me durim e mirësi.
+Agjëruesi ose adhuruesi, nëse gëzohen për shkak të përfundimit të adhurimit të tyre dhe përmbylljes së tij, kjo nuk ua pakëson shpërblimin në botën tjetër.
+Gëzimi i plotë është në takimin me Allahun e Lartësuar, ku durimtarëve dhe agjëruesit do t'u japë shpërblime pa masë.
+Njoftimi i njerëzve për një adhurim, kur ka nevojë dhe dobi, nuk konsiderohet si hipokrizi, duke u mbështetur në fjalën e tij ﷺ: "Unë jam agjërues!"
+Agjëruesi që ka agërim të përsosur është ai që i kanë agjëruar gjymtyrët nga mëkatet, gjuha nga gënjeshtra, fjalët e ndyra dhe dëshmia e rreme, si dhe stomaku nga ushqimi dhe pija.
+Gjatë agjërimit, ndalimi i zhurmës, grindjeve dhe piskamave është më i ndaluar, përndryshe, ai që nuk është agjërues, gjithashtu ndalohet nga këto veprime.
+Ky hadith është nga ato që Profeti ﷺ i transmeton nga Zoti i tij dhe quhet hadith i shenjtë (ar. kudsij) ose hyjnor, që shprehja dhe kuptimi i tij janë nga Allahu, vetëm se nuk i ka karakteristikat e Kuranit, që e dallojnë atë nga çdo gjë tjetër, si: të bërët adhurim me leximin e tij, të qenët i pastër gjatë leximit, sfidimi (që të sjellin një të ngjashëm me të), paimitueshmëria etj.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3546</t>
+  </si>
+  <si>
+    <t>إذا لقي أحدكم أخاه فليسلم عليه، فإن حالت بينهما شجرة أو جدار أو حجر ثم لقيه فليسلم عليه أيضا</t>
+  </si>
+  <si>
+    <t>Kur ndokush e takon vëllanë e tij, le t’i japë selam. Nëse një pemë, një mur ose një gur i ndan ata e pastaj takohen përsëri, le t’i japë selam edhe atëherë</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا لَقِيَ أَحَدُكُمْ أَخَاهُ فَلْيُسَلِّمْ عَلَيْهِ، فَإِنْ حَالَتْ بَيْنَهُمَا شَجَرَةٌ أَوْ جِدَارٌ أَوْ حَجَرٌ ثُمَّ لَقِيَهُ فَلْيُسَلِّمْ عَلَيْهِ أَيْضًا».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Kur ndokush e takon vëllanë e tij, le t’i japë selam. Nëse një pemë, një mur ose një gur i ndan ata e pastaj takohen përsëri, le t’i japë selam edhe atëherë."</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المُسلمَ بالسلام على أخيه المسلمِ كلّما لَقِيَه، حتى وإنْ كانا يَسيران معًا وفَصَلَ بينهما فاصلٌ كشجرة أو جِدار أو حَجَر كبير، ثم لقيه بعدُ فلْيسلِّم عليه مرة أخرى.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e inkurajon muslimanin t'i japë selam vëllait të tij musliman sa herë që e takon, edhe nëse ata ecin bashkë dhe një pengesë, bie fjala, një pemë, mur ose gur i madh i ndan. Kur ata takohen sërish, i japin selam njëri-tjetrit.</t>
+  </si>
+  <si>
+    <t>استحباب إفْشاء السلام، وأنْ يُكَرَّر عند كل تَغَيُّر حال.
+شدَّة حرصِه صلى الله عليه وسلم على إفشاء سنة السلام والمبالغة فيه؛ لما فيه من جَلْبِ المودّة والأُلفة بين المسلمين.
+السلام هو قول: (السلام عليكم) أو (السلام عليكم ورحمة الله وبركاته)، غير المصافحة التي تَحدُث عند التلاقي أول مرة.
+السلام دعاء، والمسلمون بحاجة إلى أن يدعو بعضهم لبعض ولو تَكرَّر ذلك.</t>
+  </si>
+  <si>
+    <t>Rekomandohet përhapja e selamit dhe përsëritja e tij sa herë që ndryshon situata.
+Kujdesi i madh i Profetit ﷺ për përhapjen e sunetit të selamit dhe zellin e tij në këtë çështje, për shkak të dashurisë dhe afrimit që sjell mes muslimanëve.
+Selami është të thuash: "Es Selamu alejkum", ose: "Es Selamu alejkum ue rahmetullahi ue berakatuhu", dhe nuk përfshin shtrëngimin e duarve që ndodh kur takohesh për herë të parë.
+Selami është lutje dhe muslimanët kanë nevojë të luten për njëri-tjetrin, edhe nëse kjo përsëritet shpesh.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3552</t>
+  </si>
+  <si>
     <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>“Kur robi sëmuret ose udhëton, shpërblimi i shkruhet njësoj siç ka punuar sa ka qenë vendas dhe i shëndoshë.”</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kur robi sëmuret ose udhëton, shpërblimi i shkruhet njësoj siç ka punuar sa ka qenë vendas dhe i shëndoshë.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith për mirësitë dhe mëshirën e Allahut. Kjo, se, nëse muslimani e kishte zakon të bënte vepra të mira sa ishte shëndoshë e vendas dhe i ka ndodhur ndonjë gjë, fjala vjen, është i sëmurë dhe nuk mund ta kryejë atë ose është i zënë me udhëtim, ose ndonjë justifikim tjetër, atëherë i shkruhet shpërblimi i plotë, sikur të kishte punuar sa ishte shëndoshë e vendas.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Mirësia e gjerë e Allahut ndaj robërve të Tij.
 Inkurajimi për të qenë të zellshëm në kryerjen e adhurimeve dhe shfrytëzimi i kohës kur jemi të shëndoshë dhe kemi kohë të lirë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3553</t>
   </si>
   <si>
+    <t>اللهم أعوذ برضاك من سخطك، وبمعافاتك من عقوبتك، وأعوذ بك منك لا أحصي ثناء عليك أنت كما أثنيت على نفسك</t>
+  </si>
+  <si>
+    <t>O Allah, kërkoj mbrojtje me kënaqësinë Tënde nga zemërimi Yt, me faljen Tënde nga dënimi Yt, dhe kërkoj mbrojtjen Tënde nga Ti! Unë nuk di të të lavdëroj siç e meriton, Ti je ashtu siç e ke lavdëruar Veten)!”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: فَقَدْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لَيْلَةً مِنَ الْفِرَاشِ فَالْتَمَسْتُهُ فَوَقَعَتْ يَدِي عَلَى بَطْنِ قَدَمَيْهِ وَهُوَ فِي الْمَسْجِدِ وَهُمَا مَنْصُوبَتَانِ، وَهُوَ يَقُولُ: «اللهُمَّ أَعُوذُ بِرِضَاكَ مِنْ سَخَطِكَ، وَبِمُعَافَاتِكَ مِنْ عُقُوبَتِكَ، وَأَعُوذُ بِكَ مِنْكَ لَا أُحْصِي ثَنَاءً عَلَيْكَ أَنْتَ كَمَا أَثْنَيْتَ عَلَى نَفْسِكَ».</t>
+  </si>
+  <si>
+    <t>Aishja (Allahu qoftë i kënaqur me të!) tregon: “Një natë, të Dërguarin e Allahut ﷺ nuk e gjeta në shtrat, ndaj fillova ta kërkoj, sakaq dora më preku shputat e tij, të shtrira, ndërsa ai ndodhej në sexhde, duke thënë: “All-llahumme, inni eudhu bi ridake min sehatik, ve bi muafatike min ukubetik, ve eudhu bike minke, la uhsi thenaen alejke, ente kema ethnejte ala nefsik" - "O Allah, kërkoj mbrojtje me kënaqësinë Tënde nga zemërimi Yt, me faljen Tënde nga dënimi Yt, dhe kërkoj mbrojtjen Tënde nga Ti! Unë nuk di të të lavdëroj siç e meriton, Ti je ashtu siç e ke lavdëruar Veten)!”</t>
+  </si>
+  <si>
+    <t>قالت عائشة رضي الله عنها: كنت نائمة إلى جنب النبي صلى الله عليه وسلم، ففقدته من الليل، فلمست بيدي الموضع الذي كان يصلي فيه في الحجرة؛ فإذا هو ساجد وقدماه قائمتان، وإذا هو يقول: 
+(أعوذ) وأتوسل (برضاك من سخطك) عليّ أو على أمتي، (و) أستعيذ (بمعافاتك) وعفوك الكثير (من عقوبتك)، 
+(وأعوذ بك منك) وبصفات جمالك من صفات جلالك، حيث لا يُعيذ منك إلا أنت، فلا مَنْجَى ولا مَلْجَأ من الله إلا إليه، 
+(لا أحصي ثناء عليك) لا أطيق ولا أبلغ حصرًا وعددًا لعجزي إحصاء نعمتك وإحسانك كما تستحقه وإن اجتهدت في ذلك، 
+(أنت كما أثنيت على نفسك) فأنت الذي أثنيت على ذاتك ثناء يليق بك، فمن يقدر على أداء حق ثنائك؟!</t>
+  </si>
+  <si>
+    <t>Aishja (Allahu qoftë i kënaqur me të!) ka thënë: "Po flija pranë Profetit ﷺ dhe nuk e gjeta natën. Preka me dorë vendin ku ai falej në dhomë dhe e gjeta duke bërë sexhde me këmbët e ngritura, ndërsa thoshte:
+"... kërkoj mbrojtje me kënaqësinë Tënde nga zemërimi Yt", respektivisht afrohem tek Ti përmes kënaqësisë Sate të më mbrosh mua dhe umetin tim. Dhe kërkoj mbrojte "me faljen Tënde" të madhe "nga dënimi Yt." "...dhe kërkoj mbrojtjen Tënde nga Ti!" me cilësitë e bukurisë Sate nga cilësitë e madhështisë Sate, sepse askush nuk mund të ofrojë mbrojtje prej Teje përveç Teje, dhe nuk ka strehë e as shpëtim prej Allahut, përveçse tek Allahu. "Unë nuk di të të lavdëroj siç e meriton", jam i paaftë dhe nuk mund ta rendis apo ta numëroj, për shkak të pamundësisë sime për të përmendur plotësisht mirësinë dhe bujarinë Tënde në mënyrën që të takon Ty, sado që të përpiqem. "Ti je ashtu siç e ke lavdëruar Veten!", sepse vetëm Ti e ke lavdëruar Veten në mënyrën që të takon Ty, e kush mund të të lavdërojë siç duhet?!</t>
+  </si>
+  <si>
+    <t>استحباب هذه الأدعية في السجود.
+ قال ميرك: وفي إحدى روايات النسائي: كان يقول هذا الدعاء إذا فرغ من صلاته وتبوأ مضجعه.
+استحباب الثناء على الله بصفاته ودعائه بأسمائه الثابتة في الكتاب والسنة.
+فيه تعظيم الخالق في الركوع والسجود.
+جواز الاستعاذة بصفات الله، كما يجوز الاستعاذة بذاته -سبحانه وتعالى-.
+قال الخطابي: في هذا الكلام معنى لطيف، وهو: أنه قد استعاذ بالله أن يجيره برضاه من سخطه، وبمعافاته من عقوبته، والرضى والسخط ضدان متقابلان، وكذلك المعافاة والمؤاخذة بالعقوبة، فلما صار إلى ذكر ما لا ضد له وهو الله سبحانه وتعالى استعاذ به منه لا غير، ومعنى ذلك: الاستغفار من التقصير من بلوغ الواجب من حق عبادته، والثناء عليه. وقوله: لا أحصي ثناء عليك: أي لا أطيقه ولا أبلغه.</t>
+  </si>
+  <si>
+    <t>Është e preferuar të thuhen këto lutje gjatë sexhdes.
+Mireku ka thënë: "Një nga versionet e transmetuara nga Nesaiu, ai përmend: "Ai e thoshte këtë lutje pasi e përfundonte namazin dhe shkonte për të fjetur."
+Është e pëlqyeshme të lavdërohet Allahu përmes cilësive të Tij dhe t’i bëhet lutje përmes emrave të Tij, të cilët janë të vërtetuar në Kuran dhe Sunet.
+Kjo nënkupton madhërimin e Krijuesit në ruku (përkulje) dhe sexhde.
+Kërkimi i mbrojtjes përmes cilësësive të Allahut është i lejuar, ashtu siç është i lejuar kërkimi i mbrojtjes përmes Vetes së Tij.
+Hatabiu ka thënë: "Kjo lutje mbart një kuptim të hollë, që është: Profeti ﷺ kërkoi mbrojtje tek Allahu për ta ruajtur atë nga zemërimi i Tij me kënaqësinë e Tij dhe nga dënimi i Tij me faljen e Tij, duke pasur parasysh se "kënaqësia" dhe "zemërimi" janë dy të kundërta dhe e njëjta gjë vlen për "faljen" dhe "dënimin". Megjithatë, kur e përmendi Atë që nuk ka të kundërt, domethënë Allahun e Lartësuar, ai nuk kërkoi mbrojtje veçse tek Ai nga Ai Vetë. Kjo do të thotë: Kërkimi i faljes së Allahut për mangësitë në përmbushjen e adhurimit kushtuar Tij, siç duhet dhe lavdërimi i Tij. Fjala e tij: "Unë nuk di të të lavdëroj siç e meriton". Domethënë: "Unë jam i pafuqishëm ta bëj këtë dhe nuk mund ta arrij këtë gjë."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3566</t>
+  </si>
+  <si>
     <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Dhikri më i mirë është: "La ilahe il-lallah", ndërsa lutja më e mirë është: "Elhamdulilah</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Xhabiri (Allahu qoftë i kënaqur me të!) tregon se e ka dëguar të Dërguarin e Allahut ﷺ të thotë: "Dhikri më i mirë është: "La ilahe il-lallah", ndërsa lutja më e mirë është: "Elhamdulilah."</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se dhikri (përmendja e Allahut) më i mirë është: “La ilahe il-lallah”, që do të thotë se s'ka të adhuruar të denjë përveç Allahut, e lutja më e mirë është: "Elhamdulilah (çdo lavdërim i takon Allahut)", që nënkupton pranimin se Dhuruesi është Allahu i Lartësuar, Meritori për cilësitë e përsosura dhe të bukura.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Inkurajimi për ta thënë shpesh fjalën e teuhidit dhe lutjen "elhamdulilah".</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3567</t>
+  </si>
+  <si>
+    <t>ألا أخبركم بأهل الجنة؟ كل ضعيف متضعف، لو أقسم على الله لأبره، ألا أخبركم بأهل النار: كل عتل جواظ مستكبر</t>
+  </si>
+  <si>
+    <t>“A doni t'ju tregoj për banorët e Xhenetit? Çdo i dobët e modest, i cili sikur të betohej në Allahun për diçka, Ai do t'ia çonte në vend betimin. A doni t'ju tregoj për banorët e Zjarrit? Çdo i vrazhdë, arrogant dhe mendjemadh.”</t>
+  </si>
+  <si>
+    <t>عَنْ حَارِثَةَ بْنِ وَهْبٍ الخُزَاعِيِّ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَلاَ أُخْبِرُكُمْ بِأَهْلِ الجَنَّةِ؟ كُلُّ ضَعِيفٍ مُتَضَعِّفٍ، لَوْ أَقْسَمَ عَلَى اللَّهِ لَأَبَرَّهُ، أَلاَ أُخْبِرُكُمْ بِأَهْلِ النَّارِ: كُلُّ عُتُلٍّ جَوَّاظٍ مُسْتَكْبِرٍ».</t>
+  </si>
+  <si>
+    <t>Harithe ibn Vehb Huzaiu (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar Profetin ﷺ duke thënë: “A doni t'ju tregoj për banorët e Xhenetit? Çdo i dobët e modest, i cili sikur të betohej në Allahun për diçka, Ai do t'ia çonte në vend betimin. A doni t'ju tregoj për banorët e Zjarrit? Çdo i vrazhdë, arrogant dhe mendjemadh.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم ببعض صفات أهل الجنة وأهل النار. 
+فأغلب أهل الجنة هم: "كل ضعيف متضعِّف"، أي: متواضع خاضع لله تعالى، مُذِلّ نفسه له، حتى إن بعض الناس يَستَضعفونه ويَحتَقِرونه، وهذا المُتذَلِّل لله تعالى لو أقسم بالله يَمينًا طَمَعًا في كَرَم الله تعالى، لَأَبَرَّه الله، وحَقَّقَ له ما أَقْسَمَ عليه وأجاب طلبَه ودعاءه. 
+وأغلب أهل النار هم: كل «عُتُل» وهو الفَظُّ الغَليظ شديد الخصومة، أو الفاحش الذي لا يَنْقَاد لخير، «جواظ» وهو المتكبر، الأَكُوْل، صاحب الجسد الضخم، المُختال في مِشيته، سيء الخلق، «مستكبر» برفضه للحق، وباحتقاره لغيره.</t>
+  </si>
+  <si>
+    <t>Në këtë hadith Profeti ﷺ tregoi për disa cilësi të banorëve të Xhenetit dhe banorëve të Zjarrit.
+Shumica e banorëve të Xhenetit janë: “Çdo i dobët e modest”, domethënë ai që është i thjeshtë dhe i përulur ndaj Allahut të Lartësuar, që e ul veten para Tij, aq shumë, saqë disa njerëz mund ta shtypin dhe ta përçmojnë. Nëse ky person, që është i përulur ndaj Allahut, betohet në Allahun, Allahu do ta përmbushë betimin e tij, do ta bëjë të realizojë atë që kërkon dhe do t’i përgjigjet lutjes së tij.
+Shumica e banorëve të Zjarrit janë: Çdo "utul", domethënë i vrazhdë, arrogant, i egër në debat ose person i pamoralshëm që nuk bën asnjë të mirë; "xhevadh", domethënë njeri arrogant dhe i pangopur, që ka një trup të madh dhe ecën me një qëndrim mburravec, duke pasur sjellje të këqija; dhe "mustekbir", ai që refuzon të vërtetën dhe i shikon të tjerët me përçmim.</t>
+  </si>
+  <si>
+    <t>الحث على الاتصاف بصفات أهل الجنة، والتحذير من صفات أهل النار.
+التواضع يكون لله عز وجل، ولأمره ونهيه والانقياد لهما، ويكون للخلق بعدم التكبُّر عليهم.
+قال ابن حجر: المراد أن أغلب أهل الجنة هؤلاء، كما أن معظم أهل النار القسم الآخر، وليس المراد الاستيعاب في الطرفين.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për t’u pajisur me cilësitë e banorëve të Xhenetit dhe paralajmërimi nga cilësitë e banorëve të Zjarrit.
+Përulësia është ndaj Allahut të Lartësuar, ndaj urdhrave dhe ndalesave të Tij dhe nënshtrimi ndaj tyre. Ajo është gjithashtu ndaj njerëzve, duke mos u treguar mendjemadh ndaj tyre.
+Ibn Haxheri ka thënë: "Kjo do të thotë se këta janë shumica e banorëve të Xhenetit, dhe të tjerët janë shumica e banorëve të Zjarrit, por nuk do të thotë se ata përbëjnë të gjithë banorët e secilës palë."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3573</t>
   </si>
   <si>
     <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>“A doni t'ju tregoj për një gjë, me të cilën Allahu jua fshin mëkatet dhe jua lartëson gradat?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “A doni t'ju tregoj për një gjë, me të cilën Allahu jua fshin mëkatet dhe jua lartëson gradat?” - Posi, o i Dërguari i Allahut! - thanë të pranishmit. Ai tha: “Përsosja e abdesit në kohë vështirësie, hapat e shumtë për në xhami dhe pritja e namazit pas namazit, kjo konsiderohet "ribat" (qëndrim në gatishmëri ushtarake nëpër kufij).”</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Profeti ﷺ i pyeti shokët e tij nëse dëshironin që t'u tregonte për  vepra që do të ishin shkak për faljen e mëkateve dhe fshirjen e tyre nga regjistrat e melekëve shkrues, si dhe në ngritjen e pozitave të larta në Xhenet?
 Sahabët thanë: "Po, e duam një gjë të tillë."
 E para: plotësimi dhe përsosja e abdesit në raste vështirësie, si: i ftohti, mungesa e ujit, dhimbjet e trupit dhe uji i nxehtë.
@@ -3865,77 +5127,159 @@
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Përmendja e vazhdueshme e Allahut të Lartësuar, në aspektin e jashtëm dhe të brendshëm (me gjuhë dhe me zemër), është një nga format më madhështore dhe më të dobishme të afrimit me Allahun e Lartësuar.
 Të gjitha veprat janë ligjësuar për të përmbushur detyrën e përkujtimit të Allahut të Lartësuar. Allahu i Lartësuar thotë: "Fale namazin për të më kujtuar Mua!" (Taha, 14) Ndërkaq, Profeti ﷺ ka thënë: "Tavafi (rrotullimi) rreth Qabesë, ndërmjet Safasë e Mervasë dhe gjuajtja e guralecëve janë ligjësuar për të përkujtuar Allahun e Lartësuar." E shënojnë Ebu Davudi dhe Tirmidhiu.
 Izz ibn Abduselami në librin e tij mbi parimet e fesë ka thënë: "Ky hadith tregon se jo në të gjitha adhurimet shpërblimi merret në varësi të lodhjes, përkundrazi, Allahu i Lartësuar nganjëherë mund të shpërblejë më shumë për veprat e vogla sesa për të mëdhatë, kështu që shpërblimi merret në varësi të epërsisë së veprës në fisnikëri dhe superioritet.
 Munavi ka thënë në "Fejdul Kadir": "Ky hadith interpretohet në kuptimin se dhikri ishte më i mirë për ata të cilëve u është drejtuar Profeti ﷺ në atë moment. Po t'i drejtohej një personi trim, prej të cilit do të kishte dobi Islami në luftë, atëherë vepër më e mirë për të do të ishte xhihadi (lufta në rrugë të Allahut); ose një njeriu të pasur, pasuria e të cilit u sjell dobi të varfërve, atëherë vepër më e mirë për të do të ishte sadakaja (lëmosha); ose atij që është në gjendje të kryejë haxhin, do t'i thuhej vepra më e mirë është haxhi; ose dikush që i ka dy prindërit (gjallë), do t'iu thuhej të kujdesej e t'i respektojë ata. Kështu bëhet harmonizimi midis haditheve të ndryshme."
 Forma më e përkryer e dhikrit është ajo që e shpreh gjuha së bashku me meditimin e zemrës, pastaj ajo që është vetëm me zemër, siç është meditimi, e pastaj ajo që është vetëm me gjuhë, secila nga këto forma ka shërblim me lejen e Allahut të Lartësuar.
 Përkushtimi i muslimanit ndaj dhikreve që lidhen me situata të ndryshme, si: dhikri i mëngjesit dhe i mbrëmjes, hyrjes dhe daljes nga xhamia, shtëpia, tualeti etj, e bën atë një nga ata që e përmendin shpesh Allahun.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3575</t>
   </si>
   <si>
+    <t>إني لأعلم كلمة لو قالها ذهب عنه ما يجد، لو قال: أعوذ بالله من الشيطان، ذهب عنه ما يجد</t>
+  </si>
+  <si>
+    <t>“Unë di një fjalë, të cilën nëse e thotë, do t'i kalojë ajo që e ka kapluar. Sikur të thotë: “Eudhu bilahi mine shejtani (Kërkoj mbrojtjen e Allahut kundrejt shejtanit!)”, do t'i kalojë kjo gjendje që e ka kapluar.”</t>
+  </si>
+  <si>
+    <t>عَنْ سُلَيْمَانَ بْنِ صُرَدٍ رضي الله عنه قَالَ: كُنْتُ جَالِسًا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَرَجُلاَنِ يَسْتَبَّانِ، فَأَحَدُهُمَا احْمَرَّ وَجْهُهُ، وَانْتَفَخَتْ أَوْدَاجُهُ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي لَأَعْلَمُ كَلِمَةً لَوْ قَالَهَا ذَهَبَ عَنْهُ مَا يَجِدُ، لَوْ قَالَ: أَعُوذُ بِاللَّهِ مِنَ الشَّيْطَانِ، ذَهَبَ عَنْهُ مَا يَجِدُ» فَقَالُوا لَهُ: إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «تَعَوَّذْ بِاللَّهِ مِنَ الشَّيْطَانِ»، فَقَالَ: وَهَلْ بِي جُنُونٌ؟</t>
+  </si>
+  <si>
+    <t>Sulejman ibn Suredi (Allahu qoftë i kënaqur me të!) tregon: “Teksa po qëndroja me Profetin ﷺ, dy burra filluan të grindeshin (shaheshin) mes vete. Njërit prej tyre iu skuq fytyra dhe iu frynë damarët (nga zemërimi). Profeti ﷺ tha: “Unë di një fjalë, të cilën nëse e thotë, do t'i kalojë ajo që e ka kapluar. Sikur të thotë: “Eudhu bilahi mine shejtani (Kërkoj mbrojtjen e Allahut kundrejt shejtanit!)”, do t'i kalojë kjo gjendje që e ka kapluar.” Andaj, personit në fjalë i thanë: “Profeti ﷺ po thotë të kërkosh mbrojtjen e Allahut kundrejt shejtanit.” Ai tha: “Vallë, mos jam gjë i çmendur?”</t>
+  </si>
+  <si>
+    <t>استَبَّ وتَشاتَم رجلان بين يدي النبيِّ صلى الله عليه وسلم، وقد احْمَرَّ وجهُ أحدِهما، وانتفختْ عُرُوقُه المُحيطة بعُنُقِه.
+فقال صلى الله عليه وسلم: إني لأعلم كلمةً لو يقولها هذا الغضبانُ لَذَهَبَ عنه الغضب، لو قال: أعوذ بالله من الشيطان الرجيم.
+فقالوا له: إنّ النبيَّ صلى الله عليه وسلم قال: تَعَوَّذ بالله من الشيطان.
+فقال: أَمَجنون أنا؟! وظَنّ أنه لا يستعيذ من الشيطان إلا مَن به جنون.</t>
+  </si>
+  <si>
+    <t>Dy burra e shanë dhe e fyen njëri-tjetrin në praninë e Profetit ﷺ dhe fytyra e njërit prej tyre u skuq, ndërsa damarët rreth qafës së tij iu frynë.
+Profeti ﷺ tha: "Unë di një fjalë, që sikur ta thoshte ky i zemëruari, do t'i largohej zemërimi. Sikur të thoshte: "Kërkoj mbrojtjen e Allahut kundrejt shejtanit të mallkuar."
+Të pranishmit i thanë: Profeti ﷺ ka thënë: "Kërko mbrojtje tek Allahu nga shejtani!"
+Ai tha: "A jam unë i çmendur?! Mendoi se nuk kërkon mbrojtje që të ruhet nga shejtani askush, veçse ai që është i çmendur."</t>
+  </si>
+  <si>
+    <t>حرص النبي صلى الله عليه وسلم على الإرشاد والتوجيه، عند وجود سببه.
+الغضب من الشيطان.
+الأمر بالاستعاذة  بالله من الشيطان الرجيم عند الغضب، قال تعالى: (وإما ينزغنك من الشيطان نزغ فاستعذ بالله..) الآيةَ.
+التحذير من السباب وما يُشبهه من اللعن، والتنفير منهما؛ لأنهما يؤدِّيان إلى المفاسد بين الناس.
+نقل النصيحة لمن لم يسمعها لينتفع بما فيها.
+حذَّرَ النبي صلى الله عليه وسلم من الغضب؛ لأنه يدفع إلى الشر والتَّهَوُّر، وكان صلى الله عليه وسلم لا يغضب إلا أنْ تُنْتَهَك حُرُماتُ الله تعالى، وهو الغضب المحمود.
+قال النووي على قوله "هل ترى بي مِن جنون": يحتمل أنّ هذا القائل كان من المنافقين، أو من جفاة الأعراب.</t>
+  </si>
+  <si>
+    <t>Kujdesi i Profetit ﷺ për të udhëzuar dhe këshilluar të tjerët, sa herë që paraqitej arsyeja për këtë.
+Zemërimi është prej shejtanit.
+Urdhri për të kërkuar mbrojtje tek Allahu nga shejtani kur je i zemëruar, ashtu siç thotë Allahu i Lartësuar: "Nëse shejtani fillon të të joshë, kërko mbrojtje tek Allahu..." (El Fusilet, 36)
+Paralajmërimi kundër sharjes dhe mallkimit, si dhe largimi prej tyre, ngase ato çojnë në armiqësi mes njerëzve.
+Përcjellja e këshillës atij që nuk e ka dëgjuar, në mënyrë që të përfitojë prej asaj që përmban ajo.
+Profeti ﷺ ka paralajmëruar kundër zemërimit, sepse ai shtyn drejt së keqes dhe nxitimit të tepruar. Profeti ﷺ zemërohej, vetëm atëherë kur shkeleshin kufijtë e Allahut të Lartësuar, e në fakt ky është zemërim i lavdëruar.
+Për fjalën "A jam unë i çmendur?", Neveviu ka thënë: "Është e mundur se ai që e tha këtë, të ketë qenë prej hipokritëve ose prej beduinëve të vrazhdë."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3578</t>
+  </si>
+  <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>“Xheneti është më afër jush sesa lidhësja e nallaneve tuaja. Ashtu është edhe Zjarri.”</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Xheneti është më afër jush sesa lidhësja e nallaneve tuaja. Ashtu është edhe Zjarri.”</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se Xheneti dhe Zjarri janë afër njeriut, si lidhësja e këpucëve që është në pjesën e sipërme të këmbës, sepse ai mund të bëjë një vepër e ta fitojë kënaqësinë e Allahut të Lartmadhëruar e përmes saj të futet në Xhenet, ose të bëjë një gjynah e të jetë shkak për të hyrë në Zjarr.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Inkurajimi për hair, sado i paktë që të jetë, si dhe kërcënimi nga sherri, sado i paktë që të jetë.
 Muslimani medoemos gjatë jetës së tij duhet të bashkojë shpresën e frikën dhe gjithmonë ta lusë Allahun e Lartësuar që të jetë i palëkundur në të vërtetën, që të shpëtojë e të mos mashtrohet nga gjendja e tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3581</t>
+  </si>
+  <si>
+    <t>الرؤيا الصالحة من الله، والحلم من الشيطان، فإذا حلم أحدكم حلما يخافه فليبصق عن يساره، وليتعوذ بالله من شرها، فإنها لا تضره</t>
+  </si>
+  <si>
+    <t>“Ëndrrat e mira janë prej Allahut, ndërsa të këqijat janë prej shejtanit. Nëse dikush sheh një ëndërr të keqe, prej së cilës frikohet, le të pështyjë lehtë në të majtë dhe le të kërkojë mbrojtjen e Allahut prej dëmit të saj, se kështu ajo nuk e dëmton.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الرُّؤْيَا الصَّالِحَةُ مِنَ اللَّهِ، وَالحُلُمُ مِنَ الشَّيْطَانِ، فَإِذَا حَلَمَ أَحَدُكُمْ حُلُمًا يَخَافُهُ فَلْيَبْصُقْ عَنْ يَسَارِهِ، وَلْيَتَعَوَّذْ بِاللَّهِ مِنْ شَرِّهَا، فَإِنَّهَا لاَ تَضُرُّهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Katadja (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Ëndrrat e mira janë prej Allahut, ndërsa të këqijat janë prej shejtanit. Nëse dikush sheh një ëndërr të keqe, prej së cilës frikohet, le të pështyjë lehtë në të majtë dhe le të kërkojë mbrojtjen e Allahut prej dëmit të saj, se kështu ajo nuk e dëmton.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفْرِحةَ في المنام مِن الله، والحُلُم وهو رؤيا ما يَكرَه ويُحْزِن فمِن الشيطان. 
+فمَن رأى ما يَكره فَلْيَبْزُق جهة يساره، ولْيَسْتَعِذ بالله مِن شرها؛ فإنها لا تَضُرّه حيث جَعَلَ الله ما ذُكر سببًا للسلامة مِن المَكروه المُتَرَتِّب على الرؤيا.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka treguar se ëndrrat e mira dhe të gëzueshme janë prej Allahut, ndërsa ëndrra që njeriu e urren dhe që e mërzit është prej shejtanit.
+Prandaj, kush sheh diçka që e urren, le të pështyjë lehtë në anën e majtë dhe të kërkojë mbrojtjen e Allahut nga e keqja e saj, se kështu ajo nuk e dëmton, sepse Allahu e ka bërë këtë që përmendet si mjet mbrojtës nga e keqja, që mund të vijë prej asaj ëndrre.</t>
+  </si>
+  <si>
+    <t>الرؤيا والحُلُم عبارة عمّا يراه النائم في نومِهِ مِن الأشياء، لكن غَلَبت الرؤيا على ما يراه من الخير والشيء الحسن، وغَلَب الحلم على ما يراه من الشر والقبيح ويُستعمل كلُّ واحد منهما موضع الآخر.
+أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو ترى له، 2- حديث النَّفْس، وهي ما يُحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
+حاصل ما ذُكر من أبواب الرؤيا الصالحة ثلاث أشياء: أنْ يَحمدَ اللهَ عليها، وأن يَستبشرَ بها، وأن يَتحدث بها لكن لِمَن يُحب دون مَن يكره.
+حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوذ بالله من شرها، ومن شر الشيطان، وأن يَتْفُل حين يَهُبُّ من نومه عن يساره ثلاثًا، ولا يَذكرها لأحد أصلًا، وإذا أراد أن يَرجع لنومه يَتَحَوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.</t>
+  </si>
+  <si>
+    <t>Arabisht, er ru'ja dhe el hulum, i referohen asaj që njeriu sheh gjatë gjumit. Megjithatë, shprehja "er ru'ja" zakonisht përdoret për atë që njeriu sheh prej gjërave të mira dhe të këndshme, ndërsa "el hulum" zakonisht përdoret për atë që njeriu sheh prej gjërave të këqija dhe të shëmtuara, edhe pse të dyja mund të përdoren ndërsjellë.
+Llojet e ëndrrave: 1- Ëndrra e mirë: Kjo është një ëndërr e vërtetë dhe një lajm i gëzueshëm nga Allahu, që njeriu e sheh ose që i tregohet atij nga dikush që e ka parë diçka për të. 
+2- Vetëpërsiatje: Kjo është diçka për të cilën njeriu mendon dhe flet me veten e tij gjatë zgjimit. 
+3- Ëndërr djallëzore: Përpjekjet e djallit për ta trishtuar, frikësuar dhe tmerruar njeriun, duke e bërë të përjetojë pikëllim.
+Bazuar në atë që është përmendur rreth llojeve të ëndrrave të mira, njeriu duhet të bëjë tri gjëra: Ta lavdërojë Allahun për të, ta marrë si sihariq dhe t'ua tregojë vetëm atyre që i do, jo atyre që nuk i pëlqen.
+Bazuar në atë që është përmendur rreth edukatës rreth ëndrrave të papëlqyera, njeriu duhet t'i bëjë pesë gjëra: të kërkojë mbrojtje tek Allahu nga e keqja e saj dhe nga e keqja e shejtanit, të pështyjë lehtë tri herë në anën e majtë sapo të zgjohet, të mos ia tregojë askujt, dhe nëse dëshiron të flejë përsëri, të shtrihet në anën tjetër, dhe ajo nuk do ta dëmtojë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3586</t>
   </si>
   <si>
     <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Misvaku e pastron gojën dhe e kënaq Zotin</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Misvaku e pastron gojën dhe e kënaq Zotin."</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se pastrimi i dhëmbëve me degën e pemës arak (misvak) e të ngjashme, e pastron gojën nga papastërtitë dhe era e keqe dhe është nga shkaqet që Allahu të kënaqet me robin, sepse ky veprim tregon bindjen ndaj Allahut e përgjigjen ndaj urdhrit të Profetit ﷺ dhe, njëkohësisht, me të arrihet pastërtia që e do Allahu i Lartësuar.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
@@ -3962,68 +5306,199 @@
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ thoshte: “Pesë namazet ditore, namazi i xhumasë deri në namazin e xhumasë tjetër dhe Ramazani deri në Ramazanin tjetër janë falje për gjynahet e bëra mes tyre, nëse njeriu ruhet prej gjynaheve të mëdha.”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon në këtë hadith se pesë namazet e detyrueshme gjatë ditës dhe natës, namazi i xhumasë çdo javë dhe agjërimi i muajit Ramazan çdo vit janë shlyerje për gjynahet e vogla që ndodhin mes tyre, me kusht që të shmangen gjynahet e mëdha. Sa u përket gjynaheve të mëdha, si: kurvëria e konsumimi i alkoolit, ato i fshin vetëm pendimi.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Gjynahet ndahen në të mëdha dhe të vogla.
 Shlyerja e gjynaheve të vogla është e kushtëzuar me shmangien e gjynaheve të mëdha.
 Gjynahet e mëdha janë ato gjynahe për të cilat ka ndëshkim të paracaktuar fetar (ar. hadd) në këtë botë, ose për to ka kërcënim në botën tjetër me ndëshkim, ose zemërim (të Allahut), ose për to ka kërcënim e mallkim për vepruesin e tyre, si: kurvëria e konsumimi i alkoolit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3591</t>
   </si>
   <si>
+    <t>قلت: يا رسول الله ما النجاة؟ قال: املك عليك لسانك، وليسعك بيتك، وابك على خطيئتك</t>
+  </si>
+  <si>
+    <t>se e ka pyetur të Dërguarin e Allahut ç'është shpëtimi? Ai i tha: "Përmbaje gjuhën tënde, qëndro në shtëpinë tënde dhe qaj për mëkatin tënd</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا النَّجَاةُ؟ قَالَ: «امْلِكْ عَلَيْكَ لِسَانَكَ، وَلْيَسَعْكَ بَيْتُكَ، وَابْكِ عَلَى خَطِيئَتِكَ».</t>
+  </si>
+  <si>
+    <t>Ukbe ibn Amiri (Allahu qoftë i kënaqur me të!) transmeton se e ka pyetur të Dërguarin e Allahut ç'është shpëtimi? Ai i tha: "Përmbaje gjuhën tënde, qëndro në shtëpinë tënde dhe qaj për mëkatin tënd."</t>
+  </si>
+  <si>
+    <t>سَأَلَ عُقبةُ بن عامر رضي الله عنه النبيَّ صلى الله عليه وسلم عن أسباب نَجاة المؤمن في الدنيا والآخرة؟
+فقال صلى الله عليه وسلم: عليك بثلاثة أمور: 
+الأول: احفظ لسانَك عمّا لا خير فيه، وعن قول كل شر، ولا تنطق إلا بخير. 
+الثاني: الزم بيتَك لِتَعبد الله في الخلوات، واشتغل بطاعة الله عز وجل، واعتزل في بيتك عن الفتن. 
+الثالث: ابْكِ واندَمْ وتُبْ ممّا ارتكبتَ مِن ذنوب.</t>
+  </si>
+  <si>
+    <t>Ukbe ibn Amiri (Allahu qoftë i kënaqur me të!) e pyeti Profetin ﷺ për shkaqet e shpëtimit të besimtarit në dynja dhe në ahiret,
+me ç'rast Profeti ﷺ i tha t'i ketë parasysh tri gjëra:
+E para: Ruaje gjuhën nga çdo gjë që nuk ka dobi dhe nga çdo fjalë e keqe, dhe fol vetëm mirë!
+E dyta: Qëndro në shtëpinë tënde për të adhuruar Allahun në vetmi, angazhohu me adhurimin dhe bindjen ndaj Allahut të Lartmadhëruar, dhe izolohu në shtëpinë tënde që të ruhesh prej sprovave (fitneve).
+E treta: Qaj, bjeri pishman dhe pendohu për mëkatet që ke bërë.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على معرفة سُبُل النَّجَاة.
+بيان أسباب النجاة في الدنيا والآخرة.
+الحث على انشغال الإنسان بنفسه إذا عَجز عن نَفْع غيره، أو خاف الضرر على دِينه ونفسه إذا خالط الناس.
+الإشارة إلى الاهتمام بالبيت وخصوصًا عند الفتن، فهو من الوسائل لحفظ الدين.</t>
+  </si>
+  <si>
+    <t>Përkujdesja e sahabëve (Allahu qoftë i kënaqur me ta!) për të mësuar rrugët e shpëtimit.
+Sqarimi i shkaqeve të shpëtimit në këtë dynja dhe në ahiret.
+Inkurajimi që njeriu të merret me veten e tij, nëse nuk është i aftë t'u bëjë dobi të tjerëve, ose nëse ka frikë për dëmtimin e fetarisë dhe vetes së tij kur shoqërohet me njerëzit.
+Sqarimi se duhet t'i kushtojmë rëndësi shtëpisë, sidomos në kohë trazirash (fitnesh), sepse ajo është ndër mjetet për ruajtjen e fesë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3602</t>
+  </si>
+  <si>
+    <t>أنا عند ظن عبدي، وأنا معه حين يذكرني</t>
+  </si>
+  <si>
+    <t>Unë, për robin Tim, jam ashtu siç ai mendon për Mua. Jam me të kur ai më përmend</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَقُولُ اللهُ عَزَّ وَجَلَّ: أَنَا عِنْدَ ظَنِّ عَبْدِي، وَأَنَا مَعَهُ حِينَ يَذْكُرُنِي، فَإِنْ ذَكَرَنِي فِي نَفْسِهِ ذَكَرْتُهُ فِي نَفْسِي، وَإِنْ ذَكَرَنِي فِي مَلَإٍ ذَكَرْتُهُ فِي مَلَإٍ خَيْرٍ مِنْهُ، وَإِنِ اقْتَرَبَ إِلَيَّ شِبْرًا، تَقَرَّبْتُ إِلَيْهِ ذِرَاعًا، وَإِنِ اقْتَرَبَ إِلَيَّ ذِرَاعًا، اقْتَرَبْتُ إِلَيْهِ بَاعًا، وَإِنْ أَتَانِي يَمْشِي أَتَيْتُهُ هَرْوَلَةً».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Allahu i Lartmadhëruar thotë: “Unë, për robin Tim, jam ashtu siç ai mendon për Mua. Jam me të kur ai më përmend: nëse më përmend në vete, edhe Unë e përmend në Vete, e, nëse më përmend në grup (para të tjerëve), Unë e përmend në një grup më të mirë se ata. Nëse ai më afrohet sa një pëllëmbë, Unë i afrohem sa një kut, e nëse më afrohet sa një kut, Unë i afrohem sa një pash. Nëse ai më vjen duke ecur, Unë i shkoj duke nxituar.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اللهَ تعالى يقول: 
+أنا عند ظن عبدي بي، فأُعَامِلُ عبدي على حسب ظَنِّهِ بي وذلك بالرجاء وتأميل العفو، وأَفْعَل به ما يَتَوَقَّعَه مني من خير أو غير ذلك؛ وأنا معه بالرحمة والتوفيق والهداية والرعاية والتأييد إذا ذكرني.
+فإنْ ذَكَرَني في نفسه مُنفردًا خاليًا بالتسبيح والتهليل أو غيرها؛ ذَكرتُه في نفسي.
+وإنْ ذَكَرَني في جماعة؛ ذكرتُه في جماعة أكثر منهم وأطيب.
+ومَن تَقَرّب إلى الله مقدار شِبْر زاده الله فتقرب إليه بذراع.
+وإن تقرب إليه مقدار ذراع تقرب إليه مقدار باع.
+وإن جاء إلى الله يمشي جاءه هَرولة.
+فالعبد إذا تقرب إلى ربه بطاعته والإقبال عليه، فإن الرب تعالى يَزِيده قُرْبًا إليه جزاءً مِن جنس عمله. 
+فكلما كَمُلَتْ عبودية المؤمن لربه قَرُبَ إليه تعالى، فعطاء الله وثوابه أكثر من عمل العبد وكدحه، والحاصل أنّ ثواب الله راجِحٌ على العمل بطريق الكيف والكم. 
+فالمؤمن يُحسِنُ الظن، ويعمل، ويسارع ويزداد حتى يلقى الله.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka njoftuar se Allahu i Lartmadhëruar thotë:
+Unë jam ashtu siç mendon robi im për Mua, dhe e trajtoj robin Tim sipas mendimit që ka për Mua kur shpreson dhe pret faljen Time, si dhe veproj me të sipas asaj që ai pret prej Meje, qoftë e mirë apo tjetër gjë. Unë jam me të, me mëshirën, suksesin, udhëzimin, kujdesin dhe ndihmën, kur ai më përmend Mua.
+Nëse më përmend në veten e tij, kur është vetëm dhe i tërhequr, me tesbih (duke thënë: sunhanallah), tehlil (duke thënë: la ilahe il-lallah), apo forma të tjera, Unë e përmend atë në Veten Time.
+Dhe nëse më përmend Mua në një tubim, Unë e përmend atë në një tubim më të madh dhe më të mirë.
+Dhe kushdo që i afrohet Allahut sa një pëllëmbë, Allahu do ta shtojë këtë dhe do t’i afrohet atij sa një kut,
+nëse i afrohet Atij sa një kut, Ai i afrohet sa një pash,
+e nëse shkon tek Allahu duke ecuar, Ai shkon tek ai duke vrapuar.
+Pra, robi kur i afrohet Zotit të tij me bindje dhe angazhim ndaj Tij, Zoti i Lartësuar do ta afrojë atë më tepër si shpërblim për veprat e tij.
+Sa më i përsosur të jetë adhurimi i besimtarit ndaj Zotit të tij, respektivish të qenët e tij rob ndaj Tij, aq më afër e afron Allahu i Lartësuar, sepse dhurata dhe shpërblimi i Allahut kalojnë veprat dhe mundin e robit. Në të vërtetë, shpërblimi i Allahut është më i madh se veprat e robit, si në cilësi ashtu edhe në sasi.
+Besimtari ka mendim të mirë për Allahun, vepron, nxiton dhe i shton veprat e tij të mira derisa të takojë Allahun.</t>
+  </si>
+  <si>
+    <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمّى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+قال الآجُرِّي: إنّ أهل الحق يَصِفُون الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يبتدع. انتهى. فأهل السنة يُثْبِتُون لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويُنْفُون عن الله ما نفاه عن نفسه، ويَسْكُتُون عما لم يرد به نفي ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).
+إحسان الظن بالله لا بد معه من العمل، قال الحسن البصري: إنَّ المؤمن أَحْسَنَ الظنَّ بربه فأحسن العمل، وإنّ الفاجر أساء الظن بربه فأساء العمل.
+قال القرطبي: قيل: معنى "ظن عبدي بي" ظن الإجابة عند الدعاء، وظن القبول عند التوبة، وظن المغفرة عند الاستغفار، وظن المجازاة عند فعل العبادة بشروطها تَمَسُّكًا بصادق وعْدِه، ولذلك ينبغي للمرء أن يَجْتَهِدَ في القيام بما عليه موقِنًا بأنَّ الله يقبله ويغفر له؛ لأنه وَعَدَ بذلك وهو لا يُخْلِف الميعاد، فإن اعتقد أو ظن أن الله لا يقبلها وأنها لا تنفعه فهذا هو اليأس من رحمة الله وهو من الكبائر، ومن مات على ذلك وُكِلَ إلى ما ظَنّ كما في بعض طرق الحديث المذكور " فليظن بي عبدي ما شاء"، قال: وأما ظن المغفرة مع الإصرار فذلك مَحْضُ الجهل والغِرّة.
+الحث على الإكثار من ذكر الله في نفسك وبلسانك جميعًا، في نفسه وقلبه يخاف الله ويتذكَّر عظمته وحقه ويرجوه ويعظّمه ويحبه ويحسن به الظن ويخلص له العمل، وينطق باللسان: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله.
+قال ابن أبي جمرة: فمن ذَكَرَه وهو خائف آمَنَه، أو مُسْتَوْحِش آنَسَه.
+الشِّبْر: مسافة ما بين طرف الخِنْصَر إلى طرف الإبهام عند مَدِّ الكَفّ، والذراع: مسافة ما بين طرف الأصبع الوسطى إلى عظم المرفق، والباع: طول ذِرَاعَي الإنسان وعَضُدَيه وعَرْضِ صدره؛ وذلك قدر أربعة أذرع.</t>
+  </si>
+  <si>
+    <t>Ky hadith është nga ato që Profeti ﷺ i transmeton nga Zoti i tij dhe quhet hadith i shenjtë (ar. kudsij) ose hyjnor, që shprehja dhe kuptimi i tij janë nga Allahu, vetëm se nuk i ka karakteristikat e Kuranit, që e dallojnë atë nga çdo gjë tjetër, si: të bërët adhurim me leximin e tij, të qenët i pastër gjatë leximit, sfidimi (që të sjellin një të ngjashëm me të), paimitueshmëria etj.
+Axhurriu ka thënë: "Ithtarët e së vërtetës e përshkruajnë Allahun e Lartmadhëruar me atë që Ai e ka përshkruar Veten e Tij, dhe me atë që i Dërguari i Tij ﷺ e ka përshkruar Atë, si dhe me atë që e kanë përshkruar Atë shokët (sahabët) e tij ﷺ. Ky është drejtimi (medhhebi) i dijetarëve që i janë përmbajtur (së vërtetës) dhe nuk kanë shpikur bidade (risi në fe). Pra, ehli suneti ia vërtetojnë Allahut ata emra dhe cilësi që Ai vetë ia ka vërtetuar Vetes, pa bërë tahrif (shtrembërim), tatil (mohim/refuzim), tekjif (pyetje "si është?"/formësim), apo temthil (shëmbëllim). Gjithashtu, ata ia mohojnë Allahut atë që Ai Vetë e ka mohuar për Veten e Tij, dhe heshtin për atë që nuk është pohuar as mohuar. Allahu i Lartësuar thotë: "Asgjë nuk i shëmbëllen Atij dhe Ai është Gjithëdëgjuesi, Gjithëshikuesi." (EshShura, 11)."
+Të kesh mendim të mirë për Allahun medoemos duhet të shoqërohet me vepra. Hasen Basriu ka thënë: "Besimtari ka mendim të mirë për Zotin e tij dhe për këtë arsye, bën vepra të mira, ndërsa mëkatari ka mendim të keq për Zotin e tij dhe, për këtë arsye, bën vepra të këqija."
+Kurtubi ka thënë: "Është thënë: Kuptimi i fjalës së Allahut "...çfarë mendon robi Im për Mua..." është: të mendosh për përgjigje kur lutesh, të mendosh për pranim kur pendohesh, të mendosh për falje kur kërkon falje, dhe të mendosh për shpërblim kur vepron adhurime me kushtet e tyre, duke u kapur fort për Sunetin e Profetit ﷺ. Prandaj, njeriu duhet të përpiqet me zell për të kryer obligimet që ka, duke qenë i bindur se Allahu do t’ia pranojë dhe do ta falë, sepse Ai e ka premtuar këtë dhe nuk e shkel kurrë premtimin. Por, nëse dikush beson ose mendon se Allahu nuk do t’ia pranojë veprat dhe se ato nuk do t’i sjellin dobi, atëherë kjo është humbje shprese nga mëshira e Allahut, gjë e cila është prej mëkateve të mëdha. Kush vdes me këtë bindje, do të lihet në dorë të mendimit të tij, siç transmetohet në disa rrugë të hadithit të lartpërmendur: "Le të mendojë robi Im për Mua çfarë të dojë."  Gjithashtu Kurtubiu ka thënë: "Sa i përket mendimit për falje, duke vazhduar me këmbëngulje në mëkate, atëherë kjo është padituri e qartë dhe vetëmashtrim."
+Nxitja për të përmendur Allahun shpesh, si brenda vetes ashtu edhe me gjuhë. Njeriu duhet të ketë frikë Allahun në veten dhe në zemrën e tij, ta kujtojë madhështinë e Tij dhe të drejtën e Tij. Ai duhet të shpresojë tek Ai, ta madhërojë, ta dojë, të ketë mendim të mirë për Të, dhe t’ia kushtojë Atij veprat me sinqeritet. Me gjuhën e tij duhet të thotë: "Subhanallah" (I Lartësuar është Allahu), "Elhamdulilah" (Falënderimi i takon Allahut), "La ilahe il-lAllah" (Nuk ka zot të denjë për adhurim përveç Allahut), "Allahu Ekber" (Allahu është më i Madhi), dhe "La havle ve la kuvvete il-la bil-lah" (S'mund të bëhet asnjë lëvizje dhe nuk ka fuqi për asgjë, veçse me ndihmën e Allahut).
+Ibn Ebi Xhemra ka thënë: “Atë që e përmend Allahun, ndërsa ka frikë, Ai e siguron, sikurse edhe atë që e përmend duke u ndjerë i vetmuar (i braktisur), Ai i jep qetësi.”
+Pëllëmba, (ar. shibr) nënkupton largësinë nga maja e gishtit të vogël deri te maja e gishtit të madh kur dora është e hapur. Kuti, (ar. dhira) nënkupton largësinë nga maja e gishtit të mesit deri te kockat e bërrylit. Pasha, (ar. Ba) nënkupton largësinë ndërmjet dy krahëve të shtrirë të njeriut, bashkë me pjesën e sipërme të krahëve dhe gjërësinë e kraharorit, që është sa katër bërryla.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3636</t>
+  </si>
+  <si>
+    <t>سألت عائشة، قلت: بأي شيء كان يبدأ النبي صلى الله عليه وسلم إذا دخل بيته؟ قالت: بالسواك</t>
+  </si>
+  <si>
+    <t>“E kam pyetur Aishen (Allahu qoftë i kënaqur me të!): “Çfarë bënte Profeti ﷺ me të hyrë në shtëpi?” Më tha: “Përdorte misvakun.”</t>
+  </si>
+  <si>
+    <t>عَنِ شُرَيْحٍ بنِ هانِئٍ قَالَ: سَأَلْتُ عَائِشَةَ، قُلْتُ: بِأَيِّ شَيْءٍ كَانَ يَبْدَأُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ بَيْتَهُ؟ قَالَتْ: بِالسِّوَاكِ.</t>
+  </si>
+  <si>
+    <t>Shurejh ibn Hani ka thënë: “E kam pyetur Aishen (Allahu qoftë i kënaqur me të!): “Çfarë bënte Profeti ﷺ me të hyrë në shtëpi?” Më tha: “Përdorte misvakun.”</t>
+  </si>
+  <si>
+    <t>كَانَ مِن هَدِيِ النبيِّ صلى الله عليه وسلم أَنْ يَبدأ بالسواك إذا دَخل بيتَه في أيِّ وقتٍ ليلًا أو نهارًا.</t>
+  </si>
+  <si>
+    <t>Një ndër udhëzimet dhe praktikat e Profetit ﷺ ishte që, sa herë hynte në shtëpinë e tij, fillonte me përdorimin e misvakut, pa marrë parasysh nëse ishte ditë apo natë.</t>
+  </si>
+  <si>
+    <t>مشروعية السواك عامة في جميع الأوقات، ويتأكّد ذلك: في الأوقات التي نَدَبَ الشارع إليها، ومنها: عند دخول البيت، وعند الصلاة، وعند الوضوء، وبعد الاستيقاظ من النوم، وعند تَغَيُّر رائحة الفم.
+بيان حرص التابعين على السؤال عن أحوال النبيِّ صلى الله عليه وسلم وسُنَنِهِ؛ ليقتدوا به.
+أخْذ العلم من أهله وممن هو أَعْرف به، حيث سُئلت عائشة رضي الله عنها عن حال النبي صلى الله عليه وسلم عند دخول البيت.
+حسن معاشرة النبي صلى الله عليه وسلم لأهله، حيث كان يُطَهِّر فَمَه عند الدخول.</t>
+  </si>
+  <si>
+    <t>Përdorimi i misvakut është i ligjshëm në përgjithësi, në çdo kohë, por ai është edhe më i rekomanduar në ato raste që i ka veçuar Ligjvënësi (Profeti), si për shembull: Kur hyn në shtëpi, kur fal namaz, kur merr abdes, pasi zgjohet nga gjumi dhe kur ka erë të keqe nga goja.
+Kjo tregon sa të përkushtuar ishin tabiinët për të pyetur rreth gjendjeve të Profetit ﷺ dhe rrugëve që ai ndiqte, me qëllim që ta pasonin shembullin e tij.
+Të mësuarit e diturisë nga ata që janë të kualifikuar dhe që kanë më shumë dituri, ashtu siç u pyet këtu Aishja (Allahu qoftë i kënaqur me të!) rreth gjendjes së Profetit ﷺ kur hynte në shtëpi.
+Kjo tregon se si Profeti ﷺ sillej me familjen e tij, sepse ai pastronte gojën kur hynte në shtëpi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3652</t>
+  </si>
+  <si>
     <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>“Kumtoni prej meje qoftë dhe një ajet, si dhe nuk ka të keqe t'i transmetoni gojëdhënat e benu israilëve. Ai që gënjen për mua qëllimisht, le të përgatitet për ulësen e tij në Zjarr.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
-    <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Kumtoni prej meje qoftë dhe një ajet, si dhe nuk ka të keqe t'i transmetoni gojëdhënat e benu israilëve. Ai që gënjen për mua qëllimisht, le të përgatitet për ulësen e tij në Zjarr.”</t>
+    <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të dy!) transmeton se Profeti ﷺ ka thënë: “Kumtoni prej meje qoftë dhe një ajet, si dhe nuk ka të keqe t'i transmetoni gojëdhënat e benu israilëve. Ai që gënjen për mua qëllimisht, le të përgatitet për ulësen e tij në Zjarr.”</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
-    <t>Profeti ﷺ na urdhëron në këtë hadith që të kumtohet dituria prej tij, qoftë nga Kurani, qoftë nga Suneti, edhe nëse është diçka e vogël, bie fjala, një ajet nga Kurani ose një hadith, me kusht që ai ta dijë atë që po e kumton dhe të thërrasë tek ai. Më pas Profeti ﷺ sqaroi se nuk ka të keqe që të transmetohen gojëdhënat e benu israilëve se çfarë u ndodhi atyre, por që nuk bien ndesh me sheriatin tonë. E më pas tërhoqi vërejtjen që të mos gënjehet për të dhe se ai që gënjen për të qëllimisht, le të përgatitet për ulësen e tij në Zjarr.</t>
+    <t>Profeti ﷺ na urdhëron në këtë hadith që të kumtohet dituria prej tij, qoftë nga Kurani, qoftë nga Suneti, edhe nëse është diçka e vogël, bie fjala, një ajet nga Kurani ose një hadith, me kusht që ai ta dijë atë që po e kumton dhe thërret në të. Më pas Profeti ﷺ sqaroi se nuk ka të keqe që të transmetohen gojëdhënat e benu israilëve se çfarë u ndodhi atyre, por që nuk bien ndesh me sheriatin tonë. E më pas tërhoqi vërejtjen që të mos gënjehet për të dhe se ai që gënjen për të qëllimisht, le të përgatitet për ulësen e tij në Zjarr.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Nxitja për ta kumtuar fenë e Allahut dhe se njeriu duhet ta zbatojë atë që e ka mësuar përmendsh dhe e ka kuptuar, edhe nëse është e lehtë.
 Është detyrë të kërkohet dija fetare, që njeriu të ketë mundësi ta adhurojë Allahun dhe ta kumtojë fenë e Tij në mënyrë të saktë.
 Është obligim të vërtetohemi se a është i vërtetë hadithi para se ta kumtojmë ose ta shpërndajmë, duke pasur kështu kujdes që të mos futemi në këtë kërcënim të rëndë.
 Inkurajimi për ta thënë të vërtetën dhe për të pasur kujdes në raport me hadithet, për të mos rënë kështu në gënjeshtër, sidomos në fenë e Allahut të Lartmadhëruar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3686</t>
   </si>
   <si>
     <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
   </si>
   <si>
     <t>Më trego për një punë që nëse e bëj, hyj në Xhenet!" Profeti (paqja qoftë mbi të!) tha: 'Të adhurosh Allahun pa i bërë Atij asgjë ortak, të falësh namazin obligativ, të japësh zekatin e detyrueshëm dhe të agjërosh Ramazanin.'</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
@@ -4235,50 +5710,83 @@
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se dita më e mirë në të cilën lind dielli është dita e xhuma. Prej veçorive të kësaj ditë është se Allahu e krijoi Ademin (paqja qoftë mbi të!) në këtë ditë dhe po në këtë ditë e futi në Xhenet, gjithashtu në këtë ditë e nxori prej Xhenetit dhe e zbriti në tokë.  Po ashtu në ditën e premte do të ndodhë dhe kiameti.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Vlera e ditës së premte kundrejt ditëve të tjera të javës.
 Inkurajimi për shtimin e veprave të mira ditën e premte dhe përgatitja për të fituar mëshirën e Allahut të Lartësuar dhe për të larguar dënimin e Tij.
 Këto veçori të ditës së premte, të cilat përmendën në këtë hadith, thuhet se nuk janë përmendur si vlerë për të premten, sepse dëbimi i Ademit (paqja qoftë mbi të!) nga Xheneti dhe ndodhja e kiametit në këtë ditë nuk konsiderohen vlerë. Por gjithashtu thuhet se të gjitha këto konsiderohen vlera, sepse dëbimi i Ademit (paqja qoftë mbi të!) është shkak për ekzistimin e pasardhësve të tij, si: të dërguarit, profetët dhe njerëzit e mirë, kurse ndodhja e kiametit është shkak për përshpejtimin e shpërblimit ndaj njerëzve të mirë dhe fitimin e begative që Allahu i ka përgatitur për ta.
 Janë përmendur edhe veçori të tjera të së premtes, përveç atyre që u përmendën në këtë transmetim, si: në të Ademit iu pranua pendimi, në të vdiq dhe në të është një orë, të cilën asnjë rob besimtar nuk e has duke u lutur e duke i kërkuar Allahut diçka, veçse do t'ia japë atij atë.
 Dita më e mirë e vitit është dita e Arafatit. Ka mendime se është dita e Kurbanit. Ndërsa dita më e mirë e javës është dita e premte (e xhuma) dhe nata më e mirë është nata e Kadrit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3711</t>
   </si>
   <si>
+    <t>ذكر عند النبي صلى الله عليه وسلم رجل نام ليله حتى أصبح، قال: ذاك رجل بال الشيطان في أذنيه، أو قال: في أذنه</t>
+  </si>
+  <si>
+    <t>një njeri u përmend në prani të Profetit ﷺ, për të cilin u tha se ka fjetur tërë natën deri në mëngjes, e nuk është ngritur për namaz. Atëherë Profeti ﷺ tha: “Shejtani ka urinuar në dy veshët e tij, - ose ka thënë: në veshin e tij.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بنِ مسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: ذُكِرَ عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ نَامَ لَيْلَهُ حَتَّى أَصْبَحَ، قَالَ: «ذَاكَ رَجُلٌ بَالَ الشَّيْطَانُ فِي أُذُنَيْهِ، أَوْ قَالَ: فِي أُذُنِهِ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon se një njeri u përmend në prani të Profetit ﷺ, për të cilin u tha se ka fjetur tërë natën deri në mëngjes, e nuk është ngritur për namaz. Atëherë Profeti ﷺ tha: “Shejtani ka urinuar në dy veshët e tij, - ose ka thënë: në veshin e tij.”</t>
+  </si>
+  <si>
+    <t>ذُكِرَ عند النبيِّ صلى الله عليه وسلم رَجلٌ نام حتى أصبح وطَلَعت الشمس ولم يَقم إلى الصلاة المفروضة، فقال صلى الله عليه وسلم: إنه رجل بَالَ الشيطانُ في أُذُنِهِ.</t>
+  </si>
+  <si>
+    <t>Është përmendur në prani të Profetit ﷺ një njeri që kishte fjetur deri në mëngjes, derisa ka lindur dielli, kështu që nuk ishte zgjuar për ta falur namazin e obliguar (të sabahut). Kësisoj Profeti  ﷺ tha: Ai është një njeri, në veshin e të cilit ka urinuar shejtani.</t>
+  </si>
+  <si>
+    <t>كراهية ترك قيام الليل، وأنّ ذلك بسبب الشيطان.
+الحَذَر من الشيطان الذي يَقعد للإنسان في كل طريق؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل.
+قال ابن حجر: قوله: (ما قام إلى الصلاة) المُراد الجِنْس، ويحتمل العهد، ويراد به صلاة الليل أو المكتوبة.
+قال الطيبي: خص الأذن بالذِّكْر، وإن كانت العين أنسب بالنوم إشارة إلى ثقل النوم، فإن المسامع هي موارد الانتباه، وخص البول؛ لأنه أسهل مدخلًا في التجاويف، وأسرع نفوذًا في العروق، فيورث الكسل في جميع الأعضاء.</t>
+  </si>
+  <si>
+    <t>Lënia e namazit të natës është e papëlqyer, dhe shejtani është shkaktar i kësaj.
+Ruaju nga shejtani, i cili i zë pritë njeriut në çdo rrugë, për ta penguar atë nga bindja ndaj Allahut të Lartmadhëruar.
+Ibn Haxheri ka thënë: "Fjala e tij: "...e nuk është ngritur për namaz" nënkupton ose namazin e natës, ose namazin farz (të obliguar)."
+Tībiu ka thënë: "Profeti ﷺ i përmendi posaçërisht veshët, edhe pse sytë do të ishin më të përshtatshëm në kontekstin e gjumit, për të treguar se gjumi ishte i rëndë. Veshët lidhen më shumë me vëmendjen. Ai e përmendi gjithashtu urinën, sepse ajo depërton lehtë dhe shpejt në zgavra dhe vena, duke i prekur kështu të gjithë gjymtyrët me plogështi."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3714</t>
+  </si>
+  <si>
     <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>“Allahu e mëshiroftë atë burrë që tregon tolerancë e mirësjellje kur shet e blen, si dhe kur e merr borxhin e dhënë!”</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Xhabiri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu e mëshiroftë atë burrë që tregon tolerancë e mirësjellje kur shet e blen, si dhe kur e merr borxhin e dhënë!”</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Profeti ﷺ bëri lutje për mëshirë për këdo që tregohet i lehtë, bujar e zemërgjerë në shitjen e tij, meqë nuk ia vështirëson çmimin blerësit dhe e trajton atë njerëzishëm. Pra, i tilli tregohet i lehtë, bujar e zemërgjerë: nuk e nënvlerëson e as ul vlerën e artikullit. Tregohet i lehtë, bujar dhe zemërgjerë kur ta kërkojë borxhin që ia kanë të tjerët, pra, nuk tregohet i ashpër ndaj të varfrit e nevojtarit, por ia kërkon me butësi e dashamirësi dhe e afatizon huamarrësin.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
@@ -4335,217 +5843,602 @@
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم منزلة الذاكرين الله كثيرًا، وأنهم قد انفردوا وسبقوا غيرَهم بنيل الدرجات العُلَى في جنات النعيم، وشبَّههم بجبل جُمدان الذي انفرد عن غيره من الجبال.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi pozitën e atyre që e përmendin shpesh Allahun dhe se ata janë veçuar duke u paraprirë të tjerëve në arritjen e shkallëve më të larta në Xhenetet e mirësisë, si dhe i krahasoi me kodrën Xhumdan, e cila dallon nga kodrat e tjera.</t>
   </si>
   <si>
     <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
 ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
 من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
 قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
 ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
 وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
   </si>
   <si>
     <t>Pëlqehet të angazhohemi dhe të bëjmë sa më shumë dhikër, sepse përparësia në botën tjetër do të jetë përmes adhurimeve të shumta dhe sinqeritetit në to.
 Dhikri - përmendja e Allahut- mund të bëhet vetëm me gjuhë ose vetëm me zemër, ose me gjuhë dhe zemër së bashku, e ky i fundit është niveli më i lartë.
 Prej dhikrit janë edhe format specifike fetare, si: dhikri i mëngjesit dhe i mbrëmjes, pas namazeve të obliguara dhe të tjera.
 Neveviu ka thënë: "Dije se vlera e dhikrit - përmendjes së Allahut-, nuk kufizohet në tesbih (thënien: subhanallah), tehlil (thënien: la ilahe il-lallah), tahmid (thënien: elhamdulilah) dhe në tekbir (thënien: Allahu ekber), përkundrazi, çdo njeri që vepron ndonjë adhurim kushtuar Allahut të Lartësuar është përmendës i Tij."
 Dhikri - përmendja e Allahut- është nga shkaqet më të mëdha të qëndrueshmërisë (në fe). Allahu i Lartësuar thotë: "O besimtarë, kur të ndesheni me ndonjë forcë armike, qëndroni të patundur dhe përmendni shumë Allahun, që të fitoni." (El Enfal, 45)
 Krahasimi mes atyre që e përmendin Allahun dhe kodrës  Xhumdan është tek veçimi dhe dallimi. Kodra Xhumdan është e veçuar nga kodrat e tjera, e po ashtu edhe ata që e përmendin Allahun e Lartësuar janë të veçuar nga të tjerët. I veçuar është ai që zemra dhe gjuha e tij janë të veçuara për të përmenduar Allahun, edhe nëse është në mesin e njerëzve. Të tillët gëzohen në kohët e vetmisë dhe ndihen të pikëlluar nga përzierja e tepërt me njerëzit. Po ashtu nga arsyet e përngjasimit mund të jetë se përmendja e Allahut është shkak i qëndrueshmërisë në fe, ashtu siç janë kodrat shkak për qëndrueshmërinë e tokës. Ose, se përmendja e Allahut është shenjë e nxitimit për në vepra të mira në këtë botë dhe në botën tjetër, pasi mbërritja në Xhumdan e udhëtarit nga Medina për në Mekë, ishte shenjë e arritjes në Mekë, e kushdo që arrinte në Xhumdan, konsiderohej se ia kishte kaluar të tjerëve, e po ashtu ai që e përmend Allahun e Lartësuar është përpara të tjerëve me përmendjen e tij të shpeshtë. Allahu e di më së miri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3719</t>
   </si>
   <si>
+    <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
+  </si>
+  <si>
+    <t>“Atij që bie në gjumë, shejtani ia lidh tri nyja pas kokës dhe, duke e goditur secilën nyjë (thotë): "Qoftë një natë e gjatë për ty, andaj fli!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Atij që bie në gjumë, shejtani ia lidh tri nyja pas kokës dhe, duke e goditur secilën nyjë (thotë): "Qoftë një natë e gjatë për ty, andaj fli!" Nëse (personi) zgjohet dhe e përmend Allahun, i zgjidhet njëra nyjë. Nëse merr abdes, i zgjidhet nyja tjetër. Dhe, nëse falet, i zgjidhen të gjitha nyjat, rrjedhimisht gdhihet aktiv e shpirtmirë, në të kundërtën, gdhihet shpirtkeq dhe dembel.”</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
+فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
+فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
+فإن توضأ انفكت الأخرى.
+وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e përshkruan gjendjen e shejtanit dhe përpjekjen e tij për ta penguar njeriun që dëshiron të ngrihet për të falur namazin e natës ose të sabahut.
+Kur besimtari shkon për të fjetur, shejtani lidh mbi pjesën e pasme të kokës së tij tri nyja.
+Kur besimtari zgjohet dhe e përmend Allahun e Lartësuar, pa iu përgjigjur ngacmimeve të shejtanit, i zgjidhet njëra nyjë.
+Kur të marrë avdes, i zgjidhet tjetra.
+E, nëse ngrihet dhe falet, zgjidhet edhe nyja e tretë, rrjedhimisht gdhihet aktiv dhe shpirtmirë, për shkak të gëzimit se Allahu i dha sukses t'i bindet Atij dhe është i ngazëllyer për premtimin e Allahut për shpërblim e falje, njashtu për shkak të çlirimit nga nyjat dhe pengesat e shejtanit. Por, nëse nuk ngrihet, gdhihet shpirtkeq, zemërpikëlluar, përtac për të kryer vepra të mira dhe të mirësisë, sepse është i lidhur me nyjat e shejtanit e i larguar nga afërsia e Gjithëshiruesit.</t>
+  </si>
+  <si>
+    <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
+ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
+المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
+الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
+هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
+العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
+قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
+قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
+  </si>
+  <si>
+    <t>Shejtani gjithmonë përpiqet në çdo rrugë të njeriut për ta penguar atë nga bindja ndaj Allahut të Lartësuar. Nuk ka shpëtim për robin nga shejtani, përveçse duke kërkuar ndihmën e Allahut të Lartësuar dhe duke ndjekur shkaqet e mbrojtjes dhe ruajtjes prej tij.
+Përmendja e Allahut të Lartësuar dhe adhurimi i Tij sjell energji në shpirt e kënaqësi shpirtëroe, largon dembelizmin e mërzinë; heq shqetësimin dhe antipatinë. Këto e largojnë shejtanin, ndërsa lidhja e nyjave është nga ngacmimet e tij.
+Besimtari gëzohet për suksesin që Allahu ia jep për të kryer adhurimin ndaj Tij, si dhe trishtohet për shkak të mangësive të tij në arritjen e shkallëve të larta të shpërblimit dhe përsosurisë.
+Përgjumja dhe largimi nga adhurimet janë veprime të shejtanit dhe zbukurimi i tij.
+Këto tri adhurime: përmendja e Allahut, avdesi dhe namazi e largojnë shejtanin.
+Nyja e shejtanit është e lidhur posaçërisht pas kokës, pasi ajo është qendra e forcave dhe fusha e veprimit të tyre. Kur ai e lidh atë, ai mund ta kontrollojë shpirtin e njeriut dhe t'i shkaktojë gjumë.
+Ibn Haxher el Askalani ka thënë: "Përmendja e natës në hadith: "Qoftë një natë...", në kuptimin literal lë të kuptohet se kjo gjë është veçanërisht e lidhur me gjumin e natës."
+Ibn Haxher el Askalani ka thënë: "Nuk ka diçka të veçantë e të caktuar për të bërë pjesë te "përmendja e Allahut", e që nuk e zëvendëson ndonjë tjetër; çdo gjë që mund të quhet përmendje e Allahut është e mjaftueshme. Këtu përfshihet: leximi i Kuranit, leximi i hadithit të Profetit ﷺ dhe angazhimi duke kërkuar dije fetare. Më e larta që mund të thuhet nga dhikri (përmendja e Allahut) është ajo që ka thënë Profeti ﷺ: “Atij që zgjohet natën dhe thotë: "La ilahe il-lallahu vahdehu la sherike leh, lehul mulku ve lehul hamdu, ve huve ala kuli shejin kadir. Elhamdulilah ve subhanallah ve la ilahe il-lallah, vallahu ekber. Ve la havle ve la kuvete ila bilah (S'ka të adhuruar të denjë përveç Allahut, të Vetmit, që nuk ka ortak. Atij i takon sundimi dhe lavdërimi, Ai ka fuqi për çdo gjë. Falënderimi i takon Allahut dhe i Lartësuar qoftë Allahu! S'ka të adhuruar të denjë përveç Allahut, Allahu është më i Madhi. Nuk ka ndryshim e as fuqi pa Allahun), pastaj thotë: "O Allah, më fal mua ose lutet (për diçka), i pranohet. E, nëse merr avdes dhe falet, i pranohet namazi i tij.” (E shënon Buhariu)</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3731</t>
+  </si>
+  <si>
     <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
   </si>
   <si>
     <t>“Bëj sa më shumë sexhde për Allahun, ngase për çdo sexhde që ia bën Allahut, Ai të ngre një shkallë dhe të fshin një mëkat.”</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
     <t>Ma'dan ibn Ebu Talha Jameriu ka thënë: "E kam takuar Theubanin (Allahu qoftë i kënaqur me të!), i cili kishte qenë dikur skllav i të Dërguarit të Allahut ﷺ dhe ai e pati liruar, dhe i thashë: "Më trego një punë që unë ta bëj dhe Allahu  të më fusë në Xhenet nëpërmjet saj". Ose tha: "I thashë 'Më trego cila është puna më e dashur për Allahun.' Ai heshti. E pyeta për së dyti, e ai sërish heshti. Kur e pyeta për së treti, më tha: 'E kam pyetur të Dërguarin e Allahut ﷺ për këtë dhe më pati thënë: “Bëj sa më shumë sexhde për Allahun, ngase për çdo sexhde që ia bën Allahut, Ai të ngre një shkallë dhe të fshin një mëkat.” Ma'dani thotë: "Më vonë e pata takuar edhe Ebu Derdain, të cilit ia bëra të njëjtën pyetje dhe ai m'u përgjigj njëjtë sikurse Theubani."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>Profeti ﷺ është pyetur për veprat që janë shkak për hyrjen në Xhenet ose për veprat që janë më të dashura për Allahun.
 Ai ﷺ i tha pyetësit: "Bëj sa më shumë sexhde në namaz, se, sa herë që t'i bësh sexhde Allahut, Ai të ngre një shkallë për shkak të saj dhe të fal një mëkat."</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>Inkurajimi i muslimanit që të jetë i zellshëm në faljen e namazeve të detyrueshme dhe vullnetare, sepse namazet përmbajnë në vetvete sexhdet.
 Ky hadith nxjerr në pah përceptimin dhe dijen e sahabëve se Xheneti nuk mund të arrihet, - pas mëshirës së Allahut, - përveçse me punë.
 Sexhdja në namaz është nga shkaqet më të mëdha për ngritjen e shkallëve (në Xhenet) dhe faljen e mëkateve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3732</t>
   </si>
   <si>
     <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>“Një burrë u jepte borxh njerëzve dhe i thoshte shërbëtorit të vet: "Kur të shkosh te ndonjë huamarrës, toleroje, me shpresë që edhe Allahu të na tolerojë ne</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Një burrë u jepte borxh njerëzve dhe i thoshte shërbëtorit të vet: "Kur të shkosh te ndonjë huamarrës, toleroje, me shpresë që edhe Allahu të na tolerojë ne." Kështu, kur e takoi Allahun, Allahu e fali.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
-    <t>Profeti ﷺ na tregon për një burrë që njerëzve u jepte borxh ose i shiste me pritje. Ai i thoshte shërbëtorit të vet, i cili ua kërkonte njerëve borxhin e marrë: "Nëse shkon te ndonjë huamarrës e nuk ka asgjë për të shlyer borxhin që ka, për shkak të pamundësisë së tij, atëherë toleroje, ose duke ia shtyrë afatin dhe duke mos këmbëngulur duke ia kërkuar, ose duke ia pranuar atë që e ka, edhe nëse ka më pak se ajo që kërkohet." Kjo, duke shpresuar dhe dëshiruar që Allahu ta tolerojë e ta falë. E, kur vdiq, Allahu e fali dhe nuk e ndëshkoi për gjynahet e tij.</t>
+    <t>Profeti ﷺ na tregon për një burrë që njerëzve u jepte borxh ose i shiste me pritje. Ai i thoshte shërbëtorit të vet, i cili ua kërkonte njerëzve borxhin e marrë: "Nëse shkon te ndonjë huamarrës e nuk ka asgjë për të shlyer borxhin që ka, për shkak të pamundësisë së tij, atëherë toleroje, ose duke ia shtyrë afatin dhe duke mos këmbëngulur në kërkimin e borxhit, ose duke ia pranuar atë që e ka, edhe nëse ka më pak se ajo që kërkohet." Kjo, duke shpresuar dhe dëshiruar që Allahu ta tolerojë e ta falë. E, kur vdiq, Allahu e fali dhe nuk e ndëshkoi për gjynahet e tij.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Mirësia në raport me marrëdhëniet me njerëzit, falja e tyre dhe tolerimi i  huamarrësit janë ndër arsyet më të mëdha për të shpëtuar robi në Ditën e Kiametit.
 Mirësia ndaj krijesave, sinqeriteti ndaj Allahut dhe shpresa në mëshirën e Tij janë ndër arsyet e faljes së gjynaheve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3753</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم يجتهد في العشر الأواخر ما لا يجتهد في غيره</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ angazhohej me (adhurim) në dhjetëshen e fundit (të Ramazanit), aq sa nuk angazhohej jashtë tyre</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمِنينَ رَضِيَ اللهُ عَنْهَا: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَجْتَهِدُ فِي الْعَشْرِ الْأَوَاخِرِ مَا لَا يَجْتَهِدُ فِي غَيْرِهِ.</t>
+  </si>
+  <si>
+    <t>Aishja (Allahu qoftë i kënaqur me të!) tregon "I Dërguari i Allahut ﷺ angazhohej me (adhurim) në dhjetëshen e fundit (të Ramazanit), aq sa nuk angazhohej jashtë tyre."</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا جاء العَشر الأواخر من رمضان يَجتهد فيها بالعبادة والطاعة، ويُبالِغ في أنواع الخيرات وأصناف المَبَرَّات والعبادات أكثر مما يجتهد في غيره؛ وذلك لِعِظَم وفضل تلك الليالي، وطلبًا لليلة القدر.</t>
+  </si>
+  <si>
+    <t>Kur hynin dhjetë netët e fundit të Ramazanit, Profeti ﷺ angazhohej me përkushtim në adhurim dhe bindje ndaj Allahut. Ai shtonte përpjekjet në kryerjen e veprave të mira, llojeve të ndryshme të bamirësisë dhe akteve të adhurimit, më shumë se në çdo kohë tjetër, për shkak të madhështisë dhe vlerës së këtyre netëve dhe në kërkim të Natës së Kadrit.</t>
+  </si>
+  <si>
+    <t>الحث على الإكثار مِن البِرِّ ووجوه الطاعات في شهر رمضان عامة والعشر الأخيرة منه خاصة.
+العشر الأواخر من رمضان تبدأ من الليلة الحادية والعشرين إلى نهاية الشهر.
+استحباب اغْتِنَام الأوقات الفاضلة بالطاعات.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për shtimin e devotshmërisë dhe llojeve të ndryshme të adhurimeve në mënyrë të përgjithshme gjatë muajit Ramazan dhe veçanërisht gjatë dhjetë netëve të tij të fundit.
+Dhjetë netët e fundit të Ramazanit fillojnë nga nata e njëzetenjëtë deri në fund të muajit.
+Është e preferuar të shfrytëzohen kohët me vlerë, duke u angazhuar në adhurime.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3755</t>
   </si>
   <si>
     <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>I gjithë umeti im është i falur, përveç atyre që i publikojnë mëkatet e tyre!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: "I gjithë umeti im është i falur, përveç atyre që i publikojnë mëkatet e tyre!" Një formë e publikimit të mëkatit është që njeriu të bëjë një mëkat natën, dhe ndërkohë që Allahu e ka mbuluar ai gdhihet dhe thotë: 'O filan, mbrëmë natën bëra këtë e atë (mëkat)'. E ndërkohë që Zoti i tij e kishte mbuluar atë gjatë natës, ai gdhihet dhe e heq mbulesën e Allahut nga vetja!'"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) ka shpjeguar se muslimanin mëkatar shpresohet që Allahu ta falë. Ndërsa ai që e publikon mëkatin me mburrje dhe me paturpësi, nuk e meriton faljen. Ky njeri e bën mëkatin natën dhe pasi ta ketë mbuluar Allahu, ai gdhihet dhe i tregon të tjerëve për mëkatin që ka bërë natën e kaluar. Pra, edhe pse Zoti i tij e kishte mbuluar atë gjatë natës, ai gdhihet dhe e heq mbulesën e Allahut nga vetja.</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Publikimi i mëkatit, pas mbulimit nga ana e Allahut të Madhëruar, është gjest i shëmtuar.
 Publikimi i mëkatit ndikon në përhapjen e paturpësisë midis besimtarëve.
 Atë që Allahu e mbulon në këtë jetë, do ta mbulojë dhe në jetën tjetër. Kjo është pjesë e mëshirës së gjerë që Allahu ka për robërit e Tij.
 Ai që sprovohet me ndonjë mëkat, duhet që ta mbulojë veten e tij dhe të pendohet tek Allahu i Madhëruar.
 Mëkati i publikimit të mëkateve në mënyrë të qëllimshme është i rëndë, pasi për shkak të tij publikuesit e privojnë veten e tyre nga falja.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3756</t>
   </si>
   <si>
+    <t>لا يستر عبد عبدا في الدنيا إلا ستره الله يوم القيامة</t>
+  </si>
+  <si>
+    <t>“Nëse një rob ia mbulon gabimet një robi tjetër në këtë botë, Allahu do t'ia mbulojë gabimet atij në Ditën e Kiametit.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَسْتُرُ عَبْدٌ عَبْدًا فِي الدُّنْيَا إِلَّا سَتَرَهُ اللهُ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Nëse një rob ia mbulon gabimet një robi tjetër në këtë botë, Allahu do t'ia mbulojë gabimet atij në Ditën e Kiametit.”</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه لا يَستر مسلمٌ أخاه المسلم في أمر من الأمور، إلا سَتره الله عز وجل يوم القيامة؛ فالجزاء من جنس العمل، ويكون سِتْرُ اللهِ له بستر عيوبه ومعاصيه عن إذاعتها على أهل المحشر، وقد يكون بترك محاسبته عليها وذكرها له.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith sqaron se nuk e mbulon një musliman vëllanë e tij musliman në ndonjë çështje, veçse Allahu i Lartmadhëruar do ta mbulojë në Ditën e Kiametit; sepse shpërblimi është sipas llojit të veprës. Mbulimi i Allahut ndaj tij mund të jetë duke fshehur të metat dhe mëkatet e tij, që të mos përhapen te banorët e vendtubimit (Mahsherit), dhe mund të jetë gjithashtu duke mos e marrë në llogari për to dhe duke mos ia përmendur ato.</t>
+  </si>
+  <si>
+    <t>مشروعية السِّتْر على المسلم إذا فَعَلَ معصية، مع الإنكار عليه، والنصيحة له، وتخويفه بالله، أما إذا كان من أهل الشر والفساد المجاهرين بالمعاصي والفسق، فإنه لا ينبغي الستر عليهم؛ لأن الستر عليهم يُجَرِّئُهم على المعاصي، وإنما يُرْفَع أمرُه إلى ولاة الأمور، ولو كان في هذا ذكر له؛ لأنه مُعْلِن بفسقه ومعصيته.
+الترغيب في ستر أخطاء الآخرين.
+من فوائد الستر: إتاحة الفرصة للمذنب أن يراجِعَ نفسه ويتوب إلى الله؛ لأن إعلان العيوب والعورات من إشاعة الفاحشة، ويُفسِد الجَوَّ الاجتماعي، ويُغْرِي الناس بارتكابها.</t>
+  </si>
+  <si>
+    <t>Është e ligjshme të mbulohet një musliman nëse bën mëkat, duke shprehur mospëlqimin, duke e këshilluar dhe duke e paralajmëruar, t'ia ketë frikën Allahut. Megjithatë, nëse ai është prej të këqinjve dhe të prishurve, që hapur bëjnë mëkate dhe shthurje, atëherë nuk duhet të mbulohet, sepse kjo do ta inkurajonte të kryente më shumë mëkate. Prandaj, çështja e tij duhet t’i referohet sundimtarit, edhe nëse përmendet, sepse ai shthurjen dhe mëkatin është duke e bërë botërisht.
+Inkurajimi që të mbulohen të metat e të tjerëve.
+Prej dobive të mbulimit të të metava mund të përmendim: t’i jepet mëkatarit mundësia të reflektojë mbi veprimet e tij dhe të pendohet tek Allahu, sepse shpallja e të metave dhe gabimeve është një formë e përhapjes së shthurjes, prish harmoninë shoqërore dhe i mashtron njerëzit të bien në të njëjtat mëkate.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3777</t>
+  </si>
+  <si>
+    <t>لا يموتن أحدكم إلا وهو يحسن بالله الظن</t>
+  </si>
+  <si>
+    <t>“Assesi asnjëri prej jush të mos vdesë pa pasur mendim të mirë për Allahun.”</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ وَفَاتِهِ بِثَلَاثٍ يَقُولُ: «لَا يَمُوتَنَّ أَحَدُكُمْ إِلَّا وَهُوَ يُحْسِنُ بِاللهِ الظَّنَّ».</t>
+  </si>
+  <si>
+    <t>Xhabiri (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ tri ditë para se të vdiste duke thënë: “Assesi asnjëri prej jush të mos vdesë pa pasur mendim të mirë për Allahun.”</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم المسلمَ بأن لا يموت إلا وهو يُحسِنُ الظنَّ بالله بتَغْلِيْبِه جانبَ الرجاء عند الاحتضار بأن الله يرحمُه ويعفو عنه، لأن الخوف مطلوب لتحسين العمل، وتلك الحالة ليست حالة الأعمال، فالمطلوب فيها غَلَبَةُ الرجاء.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith i inkurajon muslimanët që të mos vdesin ndryshe, veçse duke pasur mendim të mirë ndaj Allahut, duke bërë që shpresa në mëshirën dhe faljen e Tij të mbizotërojë në momentet e fundit të jetës. Kjo, sepse frika është e nevojshme për përmirësimin e veprave, por momenti i vdekjes nuk është kohë për kryerjen e veprave. Prandaj, në këtë gjendje kërkohet që shpresa të mbizotërojë.</t>
+  </si>
+  <si>
+    <t>حِرْص النبيِّ صلى الله عليه وسلم على إرشاد أمته، وشدة رأفته بها في جميع أحواله؛ حتى في مرض موته ينصح أمتَه ويدلُّها على مسالك النجاة.
+قال الطيبي: أحسنوا أعمالكم الآن حتى يَحْسُنَ ظنُّكم بالله عند الموت، فإنَّ مَن ساء عملُه قبل الموت يَسوء ظنُّه عند الموت.
+أكمل الأَحْوال للعبد اعْتدال الرَّجاء والخوف، وغلبةُ الحب؛ فالمحبَّة هي المرْكَبُ، والرَّجاء حادٍ، والخوف سائق، والله الموصل بمنِّه وكرمه.
+ينبغي على من كان قريبًا ممن حَضَرَه الموت أنْ يُغَلِّب عنده جانب الرجاء وحسن الظن بالله، ففي هذا الحديث أنه صلى الله عليه وسلم قال ذلك قبل أن يموت بثلاث.</t>
+  </si>
+  <si>
+    <t>Përkushtimi i fortë i Profetit ﷺ për udhëzimin e umetit të tij dhe dhembshuria e tij e thellë ndaj tyre në çdo gjendje; madje edhe në sëmundjen e tij të fundit, ai vazhdonte ta këshillonte umetin dhe ta udhëzonte drejt shkaqeve të shpëtimit.
+Tibiu ka thënë: "Kryeni vepra të mira tani, që të keni mendim të mirë ndaj Allahut në momentin e vdekjes, sepse ata që kanë vepra të këqija, kanë mendim të keq daj Allahut në çastin e vdekjes."
+Gjendja më e përsosur e robërve është të kenë një ekuilibër mes shpresës dhe frikës, ndërsa dashuria të mbizotërojë, sepse dashuria është si mjeti transportus (që e bart njeriun), shpresa është ajo që e udhëheqë, ndërsa frika është shtytësi. E Allahu është Ai që e çon njeriun në destinacionin e tij, përmes mirësisë dhe bujarisë së Tij.
+Kushdo që është pranë një personi në gjendje vdekjeje, duhet ta ndihmojë atë të ketë shpresë dhe mendim të mirë ndaj Allahut, siç thotë ky hadith se Profeti ﷺ e tha këtë tri ditë para se të vdiste.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3779</t>
+  </si>
+  <si>
+    <t>لقيت إبراهيم ليلة أسري بي فقال: يا محمد، أقرئ أمتك مني السلام، وأخبرهم أن الجنة طيبة التربة عذبة الماء</t>
+  </si>
+  <si>
+    <t>E takova Ibrahimin natën kur u ngrita për në Isra, e në atë rast më tha: "O Muhamed, përshëndete umetin tënd me selam nga ana ime dhe informoji se Xheneti ka tokë të mirë, ujë të ëmbël</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَقِيتُ إِبْرَاهِيمَ لَيْلَةَ أُسْرِيَ بِي فَقَالَ: يَا مُحَمَّدُ، أَقْرِئْ أُمَّتَكَ مِنِّي السَّلاَمَ، وَأَخْبِرْهُمْ أَنَّ الجَنَّةَ طَيِّبَةُ التُّرْبَةِ عَذْبَةُ الْمَاءِ، وَأَنَّهَا قِيعَانٌ، وَأَنَّ غِرَاسَهَا سُبْحَانَ اللهِ وَالحَمْدُ لِلَّهِ وَلاَ إِلَهَ إِلاَّ اللَّهُ وَاللَّهُ أَكْبَرُ».</t>
+  </si>
+  <si>
+    <t>Ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "E takova Ibrahimin natën kur u ngrita për në Isra, e në atë rast më tha: "O Muhamed, përshëndete umetin tënd me selam nga ana ime dhe informoji se Xheneti ka tokë të mirë, ujë të ëmbël, dhe se ajo është e sheshtë dhe e rrafshuar, dhe se mbjelljet e tij janë: subhanallah, elhamdulillah, la ilahe il-lallah dhe Allahu ekber (I Lartësuar është Allahu, falënderimi i takon Allahut, s'ka të adhuruar të denjë përveç Allahut dhe Allahu është më i Madhi)."</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith na tregon se e takoi Ibrahimin (alejhi selam), mikun e ngushtë të Allahut, natën e Israsë dhe Miraxhit, i cili i tha: "O Muhamed, përshëndete umetin tënd me selam nga ana ime dhe informoji se Xheneti ka tokë të mirë, ujë të ëmbël e pa kripë, dhe se Xheneti është i gjerë e i sheshtë, pa pemë, dhe mbjelljet e tij janë fjalët e mira, dhe se ato janë fjalë të qëndrueshme dhe të mira: subhanallah, elhamdulillah, la ilahe il-lallah dhe Allahu ekber. Sa herë që muslimani i thotë dhe i përsërit këto fjalë, për secilën herë do t’i mbillet një pemë në Xhenet."</t>
+  </si>
+  <si>
+    <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
+فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
+ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
+قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për të vazhduar me përmendjen e Allahut, për të shtuar mbjelljet në Xhenet.
+Vlera e umetit islam qëndron në faktin se Ibrahimi (alejhi selem), u çoi atyre selam.
+Ibrahimi (alejhi selam) e inkurajoi umetin e Muhamedit ﷺ që ta shtojnë përmendjen e Allahut të Lartësuar.
+Tibiu ka thënë: "Xheneti ka një tokë të sheshtë. Më pas Allahu i Lartësuar, me mirësinë e Tij, ka krijuar në të pemë dhe pallate sipas veprave të robërve: për secilin rob që ka punuar, do të ketë në varësi të veprës së tij. E, pasi Allahu ia ka lehtësuar atij veprën për të cilën është krijuar, që të fitojë shpërblimin, atëherë Ai e ka bërë atë si mbjellës të atyre pemëve."</t>
+  </si>
+  <si>
+    <t>حسن بشواهده</t>
+  </si>
+  <si>
+    <t>[حسن بشواهده]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3791</t>
+  </si>
+  <si>
     <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>“Ai që viziton vetëm pasi të vizitohet nuk quhet mbajtës i lidhjeve, por mbajtës i lidhjeve është ai që i mban lidhjet me farefisin, edhe kur ata i shkëpusin.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Ai që viziton vetëm pasi të vizitohet nuk quhet mbajtës i lidhjeve, por mbajtës i lidhjeve është ai që i mban lidhjet me farefisin, edhe kur ata i shkëpusin.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Profeti ﷺ na tregon se njeriu që i mban lidhjet farefisnore ashtu siç duhet dhe që u bën mirë të afërmve nuk është ai që e kthen të mirën me të mirë, por mbajtës i vërtetë i lidhjeve farefisnore është ai i cili i mban lidhjet kur i shkëpusin me të dhe kur i bëjnë keq, e ky ua kthen me të mirë.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Mbajtje e lidhjeve farefisnore sipas fesë konsiderohet t'i mbash lidhjet me ata që i kanë shkëputur me ty, ta falësh atë që të ka bërë padrejtësi dhe t'i japësh atij që të ka privuar nga ndonjë gjë, e jo ai lloj që të mbash lidhje me atë që mban me ty.
 Lidhjet farefisnore mbahen duke i bërë farefisit sa më shumë të mira, si: t'u japësh para, të bësh lutje për ta, t'i urdhërosh për mirë dhe t'i ndalosh nga e keqja, e kështu me radhë, si dhe t'i largosh sa më shumë të këqijat prej tyre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/3854</t>
+  </si>
+  <si>
+    <t>لئن كنت كما قلت، فكأنما تسفهم المل ولا يزال معك من الله ظهير عليهم ما دمت على ذلك</t>
+  </si>
+  <si>
+    <t>“Nëse është si thua, atëherë kjo i bie sikur t'i ushqesh me rërë të nxehtë, ndërkohë me ty është një ndihmës nga Allahu ndaj tyre, përderisa je në atë gjendje.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَجُلًا قَالَ: يَا رَسُولَ اللهِ إِنَّ لِي قَرَابَةً أَصِلُهُمْ وَيَقْطَعُونِي، وَأُحْسِنُ إِلَيْهِمْ وَيُسِيئُونَ إِلَيَّ، وَأَحْلُمُ عَنْهُمْ وَيَجْهَلُونَ عَلَيَّ، فَقَالَ: «لَئِنْ كُنْتَ كَمَا قُلْتَ، فَكَأَنَّمَا تُسِفُّهُمُ الْمَلَّ وَلَا يَزَالُ مَعَكَ مِنَ اللهِ ظَهِيرٌ عَلَيْهِمْ مَا دُمْتَ عَلَى ذَلِكَ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se një njeri tha: “O i Dërguari i Allahut, unë kam disa të afërm, me të cilët i mbaj lidhjet farefisnore, porse ata i shkëpusin me mua, pastaj unë sillem mirë me ta, kurse ata sillen keq me mua, si dhe unë jam i butë me ta, kurse ata janë arrogantë ndaj meje!” Atëherë Profeti ﷺ tha: “Nëse është si thua, atëherë kjo i bie sikur t'i ushqesh me rërë të nxehtë, ndërkohë me ty është një ndihmës nga Allahu ndaj tyre, përderisa je në atë gjendje.”</t>
+  </si>
+  <si>
+    <t>اشتَكَى رَجُلٌ للنبيِّ صلى الله عليه وسلم بأنّ له قرابةً ورَحِمًا يَتَعامَل معهم بالحُسنى وهم يُعامِلونه بضد ذلك؛ فيَصِلُهم ويأتِيْهم وهم يَقْطَعونه، ويُحسن إليهم بالبر والوفاء ويُسيئون إليه بالجَوْر والجَفَاء، ويَحلم ويعفو عنهم ويَجهلون عليه بالقبيح من القول والفعل، فهل يَستَمِرُّ بالصِّلَة لهم مع ما ذُكِر؟ 
+فقال له النبيُّ صلى الله عليه وسلم: إنْ كان كما ذَكَرتَ فإنك تُخزِيهم وتَحْقِرُهم في أنفسهم، وكأنك تُطعِمُهم الرَّمَاد الحارّ؛ لكثرة إحسانك وقبيح فِعلِهم عند أنفسهم، ولا يزال معك من عند الله مُعين لك عليهم، ودافِع عنك أذاهم ما دُمْتَ على ما ذَكرتَ من إحسانك إليهم، وظَلُّوا هم على إساءتهم إليك.</t>
+  </si>
+  <si>
+    <t>Një burrë iu ankua Profetit ﷺ për disa të afërm dhe farefisin e tij, duke thënë se ai i trajton ata me mirësi, ndërsa ata e trajtojnë në mënyrë të kundërt. Ai i ruan lidhjet farefisnore dhe i viziton ata, por ata i ndërpresin lidhjet me të. Ai i trajton me mirësi dhe besnikëri, por ata e trajtojnë padrejtësisht dhe ashpër. Ai i duron dhe i fal ata, por ata janë të padurueshëm ndaj tij, ku kjo shfaqet në fjalët dhe veprimet e tyre të shëmtuara. A duhet ai të vazhdojë të mbajë lidhjet farefisnore me ta, pavarësisht nga kjo?
+Profeti ﷺ i tha: Nëse çështja është siç e përmend ti, atëherë ti i poshtëron dhe i nënçmon ata përpara vetes së tyre, sikur po i ushqen me rërë të nxehtë, për shkak të mirësisë sate të madhe dhe sjelljes së tyre të shëmtuar. Ti do të vazhdosh të kesh një ndihmës nga Allahu kundër tyre, i cili do të largojë dëmin e tyre, për sa kohë që ti vazhdon të jesh i mirë me ta dhe për sa kohë ata të trajtojnë keq.</t>
+  </si>
+  <si>
+    <t>مقابلة الإساءة بالإحسان مَظِنّة رجوع  المسيء إلى الحق، كما قال تعالى: (ادفع بالتي هي أحسن فإذا الذي بينك وبينه عداوة كأنه ولي حميم).
+امتثال أمْر الله ولو حصل له أذى سببٌ لعون الله للعبد المؤمن.
+قطيعة الرحم أَلَمٌ وعذابٌ في الدنيا، وإثمٌ وحساب في الآخرة.
+ينبغي على المسلم أنْ يَحتَسِب في عمله الصالح، ولا يقطعه أذى الناس وقطيعتُهم عن عادته الطيبة.
+ليس الواصلُ لِرَحِمِهِ مَن يُكافِئ مَن وَصَله، ولكن الواصل حقيقة هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها.</t>
+  </si>
+  <si>
+    <t>Përgjigjja e fyerjes me mirësi ka më shumë gjasa ta bëjë fyesin të kthehet në të vërtetën, ashtu siç thotë Allahu i Lartësuar: "Të keqen ktheje me atë që është me e mira, e atëherë armiku yt do të të bëhet menjëherë mik i ngushtë." (Fusilet, 34)
+Nënshtrimi ndaj urdhrit të Allahut, edhe nëse dikush pëson dëm, është shkak që besimtari të marrë ndihmë nga Allahu.
+Ndërprerja e lidhjeve farefisnore sjell dhimbje dhe vuajtje në këtë botë, si dhe mëkat dhe llogaridhënie në botën tjetër.
+Muslimani duhet të kërkojë shpërblimin nga Allahu për veprat e tij të mira dhe të mos e braktisë zakonin e tij të mirë, për shkak të keqtrajtimit të njerëzve dhe ndërprerjes së lidhjeve të tyre me të.
+Ruajtësi i vërtetë i lidhjeve farefisnore nuk është ai që i mban lidhjet vetëm me ata që i mbajnë me të, por ai që i mban lidhjet edhe me ata që i ndërpresin me të.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3863</t>
+  </si>
+  <si>
+    <t>ما اغبرت قدما عبد في سبيل الله فتمسه النار</t>
+  </si>
+  <si>
+    <t>“Nuk ndodh që dy këmbët e një robi, të cilat pluhurosen në rrugën e Allahut, t'i prekë Zjarri.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْسٍ عَبْدُ الرَّحْمَنِ بْنِ جَبْرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا اغْبَرَّتْ قَدَمَا عَبْدٍ فِي سَبِيلِ اللَّهِ فَتَمَسَّهُ النَّارُ».</t>
+  </si>
+  <si>
+    <t>Ebu Absi, Abdurrahman ibn Xhebri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Nuk ndodh që dy këmbët e një robi, të cilat pluhurosen në rrugën e Allahut, t'i prekë Zjarri.”</t>
+  </si>
+  <si>
+    <t>بَشَّرَ النبيُّ صلى الله عليه وسلم بأنَّ مَن أصاب قَدَمَيه الغبارُ وهو يُجاهد في سبيل الله بأنَّ النارَ لا تَمَسّه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith dha sihariq se atij që i mbulohen këmbët me pluhur, duke luftuar në rrugën e Allahut, Zjarri nuk do ta prekë.</t>
+  </si>
+  <si>
+    <t>البشارة للمُجاهد في سبيل الله بالنَّجَاة من النار.
+ذكرَ القَدَمين وإن كان الغبار يَعُمُّ البدن كلَّه؛ لأن أكثر المجاهدين في ذلك الزمان مُشَاةٌ، والأقدام تتغبَّر على كل حال.
+قال ابن حجر: فإذا كان مُجرَّد مَس الغبار للقدم يُحرِّم عليها النار؛ فكيف بمَن سعى وبَذَل جُهْدَه واستنفد وُسْعَه.</t>
+  </si>
+  <si>
+    <t>Sihariqi për atë që lufton në rrugën e Allahut se do të shpëtojë nga zjarri i Xhehenemit.
+Profeti ﷺ i përmendi këmbët në veçanti, megjithëse pluhuri mbulon të gjithë trupin, sepse shumica e atyre që luftonin në atë kohë, luftonin në këmbë, dhe kështu këmbët u mbuloheshin me pluhur në çdo rast.
+Ibn Haxheri ka thënë: "Nëse këmbët ndalohen nga Zjarri vetëm për shkak se u prekën nga pluhuri, atëherë si do të jetë gjendja e atij që punoi me zell, u përpoq dhe dha më të mirën e tij?!"</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3868</t>
+  </si>
+  <si>
+    <t>ما من قوم يقومون من مجلس لا يذكرون الله فيه إلا قاموا عن مثل جيفة حمار، وكان لهم حسرة</t>
+  </si>
+  <si>
+    <t>Asnjë popull nuk ngrihet nga një tubim, në të cilin nuk e kanë përmendur Allahun, përveçse do të jetë sikur po largohen nga kufoma e një gomari dhe do të jetë shkak për pikëllimin e tyre</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ قَوْمٍ يَقُومُونَ مِنْ مَجْلِسٍ لَا يَذْكُرُونَ اللَّهَ فِيهِ إِلَّا قَامُوا عَنْ مِثْلِ جِيفَةِ حِمَارٍ، وَكَانَ لَهُمْ حَسْرَةً».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Asnjë popull nuk ngrihet nga një tubim, në të cilin nuk e kanë përmendur Allahun, përveçse do të jetë sikur po largohen nga kufoma e një gomari dhe do të jetë shkak për pikëllimin e tyre."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن قومٍ جلسوا في مجلس ثم قاموا منه ولم يذكروا الله فيه إلا قاموا عن مثل مَن اجتمع على جيفة حمار في النَّتَنِ والقَذَارة؛ وذلك لما انشغلوا في الكلام عن ذكر الله، وكان ذلك المجلسُ عليهم حسرةً يوم القيامة ونقصانًا وندامة لازمة لهم.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith njoftoi se asnjë popull nuk merr pjesë në një tubim dhe pastaj largohet prej tij pa e përmendur Allahun, përveçse do të jetë sikur po largohen nga një tubim mbi kufomën e një gomari, në aspektin e kalbjes dhe ndytësisë, për shkak se ishin tepër të angazhuar me fjalët e tyre dhe nuk e përmendën Allahun. Ky tubim do të jetë burim pikëllimi, humbjeje dhe pendimi të përjetshëm për ta në Ditën e Gjykimit.</t>
+  </si>
+  <si>
+    <t>ما ذُكِر مِن التحذير عن الغفلة عن ذكر الله ليس مقتصرًا على المجالس فقط، بل يَعُمُّ غيرَها، قال النووي: يُكرَه لمَن قَعَد في مكان أن يُفارقه قبل أن يذكر الله تعالى فيه.
+الحسرة الحاصل لهم يوم القيامة: إما بِفَوَات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
+هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرَّمة التي فيها الغيبة والنميمة وغيرها؟!</t>
+  </si>
+  <si>
+    <t>Paralajmërimi i përmendur këtu në hadith, kundër neglizhencës në përmendjen e Allahut, nuk kufizohet vetëm te tubimet, përkundrazi, ai përfshin edhe gjëra të tjera. Neveviu ka thënë: "Është e papëlqyeshme që ai që ulet në një vend të largohet prej tij pa e përmendur Allahun e Lartësuar."
+Pikëllimi që ata përjetojnë në Ditën e Gjykimit është ose për shkak të humbjes së shpërblimit dhe mirësive, pasi nuk e kanë shfrytëzuar kohën në nënshtrim ndaj Allahut, ose për shkak të mëkateve të kryera dhe dënimit që i pret, pasi e kanë përdorur kohën në mosbindje ndaj Tij.
+Nëse ky paralajmërim është kundër shkujdesjes, që vjen nga ato që janë të lejuara, atëherë çfarë të thuhet për tubimet e ndaluara, që përfshijnë përgojimin, bartjen e fjalëve dhe ndalesa të tjera?!</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/3910</t>
   </si>
   <si>
     <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>për çfarë ta japim besën?' Ai tha: 'Të adhuroni Allahun dhe të mos i bëni Atij ortak, të falni pesë namazet dhe të jeni të dëgjueshëm'. Pastaj ai tha me zë të ulët: 'Dhe të mos kërkoni asgjë nga njerëzit!</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Nga Ebu Muslim el-Khaulani përcillet se ka thënë: "Më ka treguar ai, i cili ishte për mua i shtrenjtë dhe besnik; Auf ibn Malik el-Eshxheiu (Allahu qoftë i kënaqur me të!): 'Ishim nëntë apo tetë, apo shtatë veta te Profeti i Allahut (paqja qoftë mbi të!) dhe ai tha: 'A nuk do t'ia jepni besën Profetit të Allahut?' Duke qenë se nuk kishim shumë kohë që ia kishim dhënë besën, i thamë: 'Ne ta kemi dhënë besën ty o Profet i Allahut!' Ai e përsëriti: 'A nuk do t'ia jepni besën Profetit të Allahut?' Ne i thamë: 'Ne ta kemi dhënë besën ty o Profet i Allahut!' Ai e përsëriti sërish: 'A nuk do t'ia jepni besën Profetit të Allahut?' Atëherë ne shtrimë duart tona dhe i thamë: 'Ne ta kemi dhënë besën ty o Profet i Allahut, për çfarë ta japim besën?' Ai tha: 'Të adhuroni Allahun dhe të mos i bëni Atij ortak, të falni pesë namazet dhe të jeni të dëgjueshëm'. Pastaj ai tha me zë të ulët: 'Dhe të mos kërkoni asgjë nga njerëzit!"  I kam parë disa nga ata që i dhanë besën që kur i binte kamxhiku nga dora, nuk i kërkonin askujt që t'ia jepte."'</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) ishte duke ndenjur me disa shokë të tij dhe me këtë rast ai kërkoi tri herë nga ata që t'i jepnin besën dhe t'i premtonin se do t'i përmbaheshin gjërave të mëposhtme:
 E para: adhurimi i Allahut të Vetmit, duke i përmbushur urdhëresat e Tij, duke qëndruar larg ndalesave të Tij dhe duke mos i bërë Atij ortak.
 E dyta: falja e pesë namazeve të detyrueshme gjatë ditës dhe natës.
 E treta: dëgjimi dhe bindja në mënyrë të arsyeshme ndaj udhëheqësve të muslimanëve.
 E katërta: parashtrimi i të gjitha nevojave Allahut të Madhëruar, duke mos i kërkuar asgjë njerëzve. Këtë Profeti (paqja qoftë mbi të!) e tha me zë të ulët.
 Faktikisht sahabët (Allahu qoftë i kënaqur me ta!) iu përmbajtën besës së dhënë, saqë transmetuesi i hadithit ka thënë që i ka parë disa prej tyre t'u binte kamxhiku në tokë dhe nuk kërkonin prej askujt që t'ua jepte, por zbrisnin (nga deveja) në tokë dhe e merrnin vetë.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Nxitja për të shmangur kërkesën nga njerëzit, ruajtja e dinjitetit nga çdo gjë që quhet kërkesë dhe pavarësia nga njerëzit edhe kur bëhet fjalë për gjëra të thjeshta.
 Kërkesa që ndalohet në këtë hadith është kërkesa që lidhet me çështjet materiale, kështu që në të nuk përfshihet kërkesa apo pyetja që ka të bëjë me çështjet e dijes dhe të fesë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4176</t>
   </si>
   <si>
+    <t>مثل الذي يذكر ربه والذي لا يذكر ربه، مثل الحي والميت</t>
+  </si>
+  <si>
+    <t>“Ai që e përmend Zotin dhe ai që nuk e përmend, i shëmbëllen të gjallit dhe të vdekurit.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الَّذِي يَذْكُرُ رَبَّهُ وَالَّذِي لاَ يَذْكُرُ رَبَّهُ، مَثَلُ الحَيِّ وَالمَيِّتِ»، ولفظ مسلم: «مَثَلُ الْبَيْتِ الَّذِي يُذْكَرُ اللهُ فِيهِ، وَالْبَيْتِ الَّذِي لَا يُذْكَرُ اللهُ فِيهِ، مَثَلُ الْحَيِّ وَالْمَيِّتِ».</t>
+  </si>
+  <si>
+    <t>Ebu Musai (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Ai që e përmend Zotin dhe ai që nuk e përmend, i shëmbëllen të gjallit dhe të vdekurit.” Në versionin e Muslimit qëndron: “Shtëpia, në të cilën përmendet Allahu dhe shtëpia, në të cilën nuk përmendet Allahu, i shëmbëllen të gjallit dhe të vdekurit.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الفَرقَ بَيْن الذي يذكر الله تعالى وبين مَن لا يذكره، وأنه مثل الفرق بين الحي والميت في نفعه وحسن مظهره، فمَثَلُ الذي يذكر ربه مثل الحي الذي ظاهِرُه مُتَزَيِّن بنور الحياة، وباطنه بنور المعرفة، وفيه النفع، ومثل الذي لا يذكر الله مثل الميت الذي ظاهره عاطل، وباطنه باطل، وليس فيه نفع. 
+وكذلك البيت يوصف بالحي إن كان ساكنوه يذكرون الله، وإلا فهو بيت ميت لخمول ساكنيه عن ذكر الله؛ وإن أطلق الحي والميت في وصف البيت إنما يراد به ساكن البيت.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e sqaroi dallimin mes atij që e përmend Allahun e Lartësuar dhe atij që nuk e përmend, duke e krahasuar këtë ndryshim me dallimin mes të gjallit dhe të vdekurit për nga dobia dhe pamja e mirë. Ai, që e përmend Zotin e tij, është si i gjalli, i zbukuruar nga drita e jetës në dukje dhe nga drita e diturisë në brendësi, dhe që sjell dobi. Ndërsa ai që nuk e përmend Allahun është si i vdekuri, i pavlerë në dukje dhe i shkatërruar në brendësi, pa asnjë dobi.
+Po ashtu, shtëpia ku banorët e saj e përmendin Allahun përshkruhet si një shtëpi e gjallë, ndërsa ajo ku përmendja e Allahut mungon është një shtëpi e vdekur, për shkak të shkujdesjes së banorëve të saj ndaj përmendjes së Allahut. Përshkrimi i shtëpisë si e gjallë ose e vdekur ka për qëllim vetë banorët e saj.</t>
+  </si>
+  <si>
+    <t>الحث على ذكر الله والتحذير من الغفلة عنه.
+الذكر حياة الروح كما أن الروح حياة الجسد.
+من هدي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
+قال النووي: فيه الندب إلى ذكر الله تعالى في البيت، وأنه لا يخلى من الذكر.
+قال النووي: وفيه أن طول العمر في الطاعة فضيلة وإن كان الميت ينتقل إلى خير؛ لأن الحي يَسْتَلْحِقُ به ويزيد عليه بما يفعله من الطاعات.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për përmendjen e Allahut dhe paralajmërimi kundër neglizhencës ndaj saj.
+Përmendja e Allahut i jep shpirtit jetë, ashtu siç shpirti i jep trupit jetë.
+Nga udhëzimi i Profetit ﷺ ishte se jepte shembuj për ta përafruar kuptimin e asaj që thoshte.
+Neveviu ka thënë: "Kjo tregon pëlqyeshmërinë e përmendjes së Allahut të Lartësuar në shtëpi, dhe se ajo nuk duhet të jetë e zbrazët nga dhikri (përmendja e Allahut)."
+Neveviu ka thënë: "Kjo tregon se të kesh një jetë të gjatë në nënshtrim ndaj Allahut është meritë, edhe nëse i vdekuri po shkon drejt një destinacioni më të mirë. Kjo sepse i gjalli do ta arrijë atë dhe do të ketë mundësinë të bëhet më i mirë se ai, përmes akteve të adhurimit që kryen."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4177</t>
+  </si>
+  <si>
+    <t>إني مما أخاف عليكم من بعدي، ما يفتح عليكم من زهرة الدنيا وزينتها</t>
+  </si>
+  <si>
+    <t>“Gjëja prej së cilës frikësohem për ju, pas meje, është fakti se do t'ju hapen bukuritë dhe stolitë e dynjasë.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبٍي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ جَلَسَ ذَاتَ يَوْمٍ عَلَى المِنْبَرِ وَجَلَسْنَا حَوْلَهُ، فَقَالَ: «إِنِّي مِمَّا أَخَافُ عَلَيْكُمْ مِنْ بَعْدِي، مَا يُفْتَحُ عَلَيْكُمْ مِنْ زَهْرَةِ الدُّنْيَا وَزِينَتِهَا» فَقَالَ رَجُلٌ: يَا رَسُولَ اللَّهِ، أَوَيَأْتِي الخَيْرُ بِالشَّرِّ؟ فَسَكَتَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقِيلَ لَهُ: مَا شَأْنُكَ؟ تُكَلِّمُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَلاَ يُكَلِّمُكَ؟ فَرَأَيْنَا أَنَّهُ يُنْزَلُ عَلَيْهِ؟ قَالَ: فَمَسَحَ عَنْهُ الرُّحَضَاءَ، فَقَالَ: «أَيْنَ السَّائِلُ؟» وَكَأَنَّهُ حَمِدَهُ، فَقَالَ: «إِنَّهُ لاَ يَأْتِي الخَيْرُ بِالشَّرِّ، وَإِنَّ مِمَّا يُنْبِتُ الرَّبِيعُ يَقْتُلُ أَوْ يُلِمُّ، إِلَّا آكِلَةَ الخَضْرَاءِ، أَكَلَتْ حَتَّى إِذَا امْتَدَّتْ خَاصِرَتَاهَا اسْتَقْبَلَتْ عَيْنَ الشَّمْسِ، فَثَلَطَتْ وَبَالَتْ، وَرَتَعَتْ، وَإِنَّ هَذَا المَالَ خَضِرَةٌ حُلْوَةٌ، فَنِعْمَ صَاحِبُ المُسْلِمِ مَا أَعْطَى مِنْهُ المِسْكِينَ وَاليَتِيمَ وَابْنَ السَّبِيلِ - أَوْ كَمَا قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ - وَإِنَّهُ مَنْ يَأْخُذُهُ بِغَيْرِ حَقِّهِ، كَالَّذِي يَأْكُلُ وَلاَ يَشْبَعُ، وَيَكُونُ شَهِيدًا عَلَيْهِ يَوْمَ القِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) tregon: “Një ditë Profeti ﷺ u ul në minber, kurse ne përreth tij, e në atë rast tha: “Gjëja prej së cilës frikësohem për ju, pas meje, është fakti se do t'ju hapen bukuritë dhe stolitë e dynjasë.” Njëri tha: “O i Dërguari i Allahut, e mira a mund ta sjellë të keqen?” Profeti ﷺ heshti, e atij (pyetësit) i thanë: “Ç'është puna jote, po i flet Profetit ﷺ, e ai nuk po ta kthen?” Pastaj vërejtëm se Profetit ﷺ po i zbriste shpallja. Pasi përfundoi, i fshiu djersët dhe pyeti: “Ku është pyetësi?” U duk sikur po e lavdëronte dhe tha: “E mira nuk e sjell të keqen, (dhënia pas grumbullimit të pasurisë së shumtë dëmton sikundërqë) gjelbërimi i pranverës e mbyt kafshën ose e sjell në prag të ngordhjes, përveç asaj që kullot bar të njomë; ajo ha bar të gjelbër, derisa i mbushen brinjët, kthehet nga dielli (merr rreze), bajgos lehtë urinon dhe prapë kullot. Pasuria është e njomë (e bukur për syrin) dhe e ëmbël. I lumtë muslimanit për atë që ia jep nevojtarit, jetimit ose udhëtarit!” - Ose, sido që të ketë thënë Profeti ﷺ: - “Ai që merr pasuri padrejtësisht, është sikurse ai që ha e nuk ngopet. Ditën e Kiametit ajo do të bëhet dëshmitare kundër tij.”</t>
+  </si>
+  <si>
+    <t>جَلَسَ النبيُّ صلى الله عليه ذات يوم على المنبر يُحدِّث أصحابَه فقال: 
+إنَّ أكثر ما أخاف وأخشى عليكم مِن بعدي ما يُفتَح عليكم من بركات الأرض وزهرة الدنيا وزينتها وبهجتها، وما فيها من أنواع المتاع والثياب والزروع وغيرها مما يفتخر الناس بحسنه مع قلة البقاء. 
+فقال رجل: زهرة الدنيا نعمة من الله، فهل تعود هذه النعمة وتصير نقمة وعقوبة؟! 
+فَلَامَ الناسُ السائلَ حيث رأوه صلى الله عليه وسلم سَكَتَ، وظنوا أنه أغضبه. 
+فتَبَيَّنَ أنه صلى الله عليه وسلم كان ينزل عليه الوحي، ثم جعل يَمسح عن جَبِيْنِه العَرَقَ، فقال: أين السائل؟ 
+قال: أنا.
+فحمد الله وأثنى عليه، ثم قال صلى الله عليه وسلم: الخير الحقيقي لا يأتي إلا بخير، ولكن هذه الزهرة ليست بخير مَحْضٍ لما تؤدي إليه من الفتنة والمنافسة والاشتغال بها عن كمال الإقبال على الآخرة، ثم ضَرَبَ لذلك مَثلًا فقال: إنّ نبات الربيع وخَضِره؛ وهو نوع من الزرع يُعجب الماشية فيَقْتُل لكثرة الأكل بالتُّخَمَة أو يقارب القتل، إلا آكلة الخَضِر أكلت حتى امتلأ جانبا بطنها، فاستقبلت الشمس وأَلْقَت الرجيع من بطنها رقيقًا أو بالت، ثم استرفعت ما في كرشها فمضغتْه ثم بَلَعتْه، ثم عادت فأكلت. 
+فإن هذا المال كالبَقْلة الخضراء الحلوة، يَقتل أو يكاد يقتل بكثرته؛ إلا إذا اقتصر منه على اليسير الذي تدعو إليه الحاجة وتحصل به الكفاية من طريق حلال فإنه لا يضر، ونعم صاحب المسلم هو لمن أعطى منه المسكين واليتيم وابن السبيل، ومن يأخذه بحقه يبارك له فيه، ومن يأخذه بغير حقه فمثله كمثل الذي يأكل ولا يشبع، ويكون شهيدًا عليه يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Një ditë, Profeti ﷺ u ul në minber, duke folur me shokët e tij dhe tha:
+Ajo që më frikëson më së shumti për ju dhe që kam droje pas meje, është ajo që do t’ju zbulohet prej begative të tokës, shkëlqimit, stolisjes dhe kënaqësive të kësaj bote, dhe gjithçkaje që ajo përmban nga llojet e ndryshme të pasurisë, rrobave, të mbjellave dhe gjërave të tjera, me të cilat njerëzit krekosen për bukurinë e tyre, pavarësisht se janë të përkohshme.
+Një burrë tha: "Shkëlqimi i kësaj bote është një begati nga Allahu, pra si mund të shndërrohet një begati e tillë në fatkeqësi dhe ndëshkim?!"
+Njerëzit e qortuan pyetësin kur vunë re se Profeti ﷺ heshti, duke menduar se e kishte zemëruar.
+Megjithatë, u bë e qartë se Profeti ﷺ po merrte shpallje, dhe pastaj filloi ta fshinte djersën nga balli i tij, me ç'rat tha: "Ku është pyetësi?"
+-Ja ku jam, - tha ai.
+Pastaj, e lavdëroi dhe e falënderoi Allahun dhe tha: "E mira e vërtetë nuk sjell veçse mirësi, por kjo lule (pasuria e kësaj bote) nuk është e mirë e pastër, për shkak të sprovës që sjell, konkurrencës dhe angazhimit me të, duke penguar njeriun nga përkushtimi i plotë për botën tjetër. Pastaj Profeti ﷺ  përmendi një shembull dhe tha: "Me të vërtetë, bimësia pranverore dhe gjelbërimi i saj u pëlqen kafshëve, por ato mund të ngordhin nga teprimi në ngrënie për shkak të mbingopjes, ose të jenë pranë ngordhies, përveç atyre që kullosin me kujdes. Ato kullosin, derisa u mbushet barku në të dy anët, pastaj kthehen kah dielli dhe nxjerrin jashtë jashtëqitjet e tyre në formë të butë ose urinojnë, më pas e rikthejnë atë që kanë në stomakun e tyre, e përtypin dhe e gëlltitin, e pastaj fillojnë të kullosin përsëri.
+Kjo pasuri është si një bimë e gjelbër dhe e ëmbël, e cila mund ta vrasë ose ta çojë dikë pranë vdekjes, nëse është e tepërt, përveç nëse merret në sasi të vogël, aq sa është e nevojshme, dhe përdoret vetëm për të plotësuar nevojat, në mënyrë të lejuar. Në këtë rast, ajo nuk shkakton dëm. Ajo mund të jetë një shoqëruese e mirë për muslimanin, nëse ai jep prej saj për nevojtarin, jetimin dhe udhëtarin. Kushdo që e merr atë me të drejtë, do të ketë bekim në të, por kushdo që e merr padrejtësisht, do të jetë si ai që ha dhe nuk ngopet kurrë, dhe ajo (pasuria) do të jetë dëshmi kundër tij në Ditën e Gjykimit.</t>
+  </si>
+  <si>
+    <t>قال النووي: فيه: فضيلة المال لمن أخذه بحقه وصرفه في وجوه الخير.
+إخبار من النبي صلى الله عليه وسلم عن حال أمته، وما سيفتح عليها من زينة الحياة الدنيا وفتنتها.
+من هدي النبي النبي صلى الله عليه وسلم ضرب الأمثال لتقريب المعاني.
+الحث على الصدقة وصَرْف المال في وجوه الخير، والتحذير من الإمساك.
+يؤخذ من قوله: "إنه لا يأتي الخير بالشر" أن الرزق ولو كثر فهو من جملة الخير، إنما يعرض له الشر بعارض البخل به عمن يستحقه، والإسراف في إنفاقه فيما لم يشرع، وأن كل شيء قضى الله أن يكون خيرًا فلا يكون شرًا وبالعكس، ولكن يخشى على من رُزِق الخير أن يعرض له في تَصَرُّفِه فيه ما يَجْلِبُ له الشر.
+ترك العَجلة في الجواب إذا كان يحتاج إلى التأمل.
+قال الطيبي: يؤخذ منه أربعة أصناف، فمن أَكَل منه أَكْل مُستَلِذٍّ مُفرط منهَمِك حتى تنتفخ أضلاعه ولا يُقلع فيسرع إليه الهلاك، ومن أكل كذلك لكنه أخذ في الاحتيال لدفع الداء بعد أن استحكم فغلبه فأهلكه، ومن أكل كذلك لكنه بادر إلى إزالة ما يضره ويُحيل في دفعه حتى انهضم فيسلم، ومن أكل غير مفرط ولا منهمك، وإنما اقتصر على ما يَسُد جوعتَه ويُمسك رَمَقَه، فالأول مثال الكافر، والثاني مثال العاصي الغافل عن الإقلاع والتوبة إلا عند فوتها، والثالث مثال للمخلط المبادر للتوبة حيث تكون مقبولة، والرابع مثال الزاهد في الدنيا الراغب في الآخرة.
+قال ابن المنير: في هذا الحديث وجوه من التشبيهات بديعة، أولها: تشبيه المال ونموُّه بالنبات وظهوره، ثانيها: تشبيه المُنْهَمِك في الاكتساب والأسباب بالبهائم المنهمكة في الأعشاب، وثالثها: تشبيه الاستكثار منه والادّخار له بالشَّرَهِ في الأكل والامتلاء منه، ورابعها: تشبيه الخارج من المال مع عظمته في النفوس حتى أدّى إلى المبالغة في البخل به بما تطرحه البهيمة من السَّلْح، ففيه إشارة بديعة إلى استقذاره شرعًا، وخامسها: تشبيه المتقاعد عن جمعه وضمه بالشاة إذا استراحت وحطّت جانبها مستقبلة عين الشمس؛ فإنها من أحسن حالاتها سكونًا وسَكِيْنة، وفيه إشارة إلى إدراكها لمصالحها، وسادسها: تشبيه موت الجامع المانع بموت البهيمة الغافلة عن دفع ما يضرها، وسابعها: تشبيه المال بالصاحب الذي لا يُؤمَن أن ينقلب عدوًّا؛ فإن المال من شأنه أن يُحْرَز ويُشدّ وثاقه حبًّا له؛ وذلك يقتضي منعه من مستحقه فيكون سببًا لعقاب مقتنيه، وثامنها: تشبيه آخذه بغير حق بالذي يأكل ولا يشبع.
+قال السندي: فلا بد في الخبر من أمرين، أحدهما: تحصيله بوجهه، والثاني: صرفه في مصارفه، وعند انتفاء أحدهما يصير ضررًا... وقد يقال: فيه إشارة إلى الملازمة بين القَيْدَين؛ فلا يوفَّق المرء للصرف في المصارف إلا إذا أخذه بوجهه.</t>
+  </si>
+  <si>
+    <t>Neveviu ka thënë: "Kjo tregon vlerën e pasurisë për atë që e fiton në mënyrë të drejtë dhe e shpenzon në vepra bamirëse."
+Profeti ﷺlajmëroi për gjendjen e umetit të tij dhe se si zbukurimet dhe sprovat e kësaj bote do t’u hapen atyre.
+Nga udhëzimi i Profetit ﷺ ishte se jepte shembuj për ta përafruar kuptimin e asaj që thoshte.
+Inkurajimi për të dhënë lëmoshë dhe për ta shpenzuar pasurinë në vepra bamirësie dhe paralajmërimi kundër koprracisë.
+Ajo që kuptohet nga hadithi i Profetit ﷺ: “E mira nuk e sjell të keqen..." është se furnizimi, edhe nëse është i bollshëm, llogaritet si mirësi dhe nuk mund të jetë i keq, përveç nëse ndalohet nga ata që e meritojnë për shkak të koprracisë, ose nëse shpërdorohet në atë që nuk është e urdhëruar. Për më tepër, çdo gjë që Allahu e ka përcaktuar si të mirë, nuk do të bëhet kurrë e keqe dhe anasjelltas. Megjithatë, frikësohet se ai që i është dhënë e mira mund të bjerë në diçka që i sjell të keqen, në varësi të mënyrës se si ai e përdor atë.
+Mosdhënia përgjigje me nxitim, nëse ajo kërkon reflektim.
+Tibiu ka thënë: "Prej kësaj mund të nxirren katër lloje:
+ (1). Një që ha në mënyrë të tepërt, e shijon dhe është plotësisht i zhytur në të, derisa brinjët i fryhen dhe nuk ndalet, gjë që shpejt çon në shkatërrimin e tij.
+ (2)  Një që ha në të njëjtën mënyrë, por përdor dredhi për të luftuar sëmundjen, pasi ajo bëhet e rëndë, mirëpo ajo e mposht dhe e çon drejt shkatërrimit. 
+(3) Një që ha në të njëjtën mënyrë, por nxiton ta largojë atë që e dëmton dhe përpiqet ta shtyjë, derisa të tretet dhe të jetë i sigurt. (4) Një që nuk ha në mënyrë të tepërt dhe nuk zhytet në ngrënie; përkundrazi, ai ha vetëm aq sa ta shuajë urinë dhe ta mbajë veten gjallë. I pari është shembulli jobesimtarit, i dyti është shembulli i mëkatarit që është i pakujdesshëm për të lënë mëkatet dhe për t’u penduar, derisa të jetë tepër vonë, i treti është shembulli i atij që i përzien veprat e mira me të tjera dhe nxiton në pendim, i cili pranohet prej tij, dhe i katërti është shembulli i atij që largohet nga kënaqësitë e kësaj bote dhe kërkon botën tjetër."
+Ibn Muniri ka thënë: "Ky hadith përmban krahasime të bukura.
+Së pari: Krahasimi i pasurisë dhe shtimit të saj me daljen dhe rritjen e bimëve.
+ Së dyti: Krahasimi i atij që është i zhytur në fitimin e pasurisë dhe përdorimin e mjeteve për ta arritur atë me kafshët që janë të përqendruara në kullotje.
+ Së treti: Krahasimi i përpjekjes për ta shtuar dhe ruajtur atë me teprimin në ngrënie dhe mbingopjen.
+ Së katërti: Krahasimi i fryteve të pasurisë, pavarësisht statusit të saj të lartë në sytë e njerëzve, gjë që ka çuar në teprim në mbajtjen e saj, me jashtëqitjet e kafshëve, që është një sinjal i hollë për ta konsideruar atë si të papastër nga pikëpamja e fesë. Së pesti: Krahasimi i atij që nuk kërkon ta mbledhë dhe ta posedojë atë me delet kur pushojnë dhe shtrihen në anën e tyre përballë diellit, që është një nga gjendjet e tyre më të mira për qetësi dhe rehati, duke treguar ndërgjegjësimin e tyre për interesat e veta. Së gjashti: Krahasimi i vdekjes së grumbulluesit të pasurisë me vdekjen e kafshës që është e pakujdesshme ndaj asaj që e dëmton. Së shtati: Krahasimi i pasurisë me një shoqërues që ka mundësi të shndërrohet në armik, sepse kur pasuria posedohet dhe lidhet fort për shkak të dashurisë për të, kjo rezulton të privohen prej saj nga ata që e meritojnë, duke çuar në ndëshkimin e pronarit të saj. Së teti: Krahasimi i marrjes së pasurisë në mënyrë të padrejtë me atë që ha dhe nuk ndjen kurrë ngopje."
+Sindiu ka thënë: "Sipas këtij transmetimi, duhet të plotësohen dy kushte. 
+Së pari: Pasuria duhet të fitohet në mënyrë të drejtë.
+ Së dyti: Ajo duhet të shpenzohet në rrugët e duhura. Nëse mungon ndonjëri nga këto dy kushte, ajo bëhet e dëmshme. Mund të thuhet gjithashtu se ky hadith tregon se këto dy kushte janë të lidhura me njëri-tjetrin, pra njeriut i jepet sukses të shpenzojë në rrugët e duhura përveç nëse e fiton pasurinë me të drejtë."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4180</t>
+  </si>
+  <si>
     <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Atë që e afatizon borxhliun ose ia fal, Allahu do ta strehojë nën hijen e Arshit (Fronit) të Tij në Ditën e Kiametit, atë Ditë kur s'do të ketë hije tjetër pos kësaj hijeje</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Atë që e afatizon borxhliun ose ia fal, Allahu do ta strehojë nën hijen e Arshit (Fronit) të Tij në Ditën e Kiametit, atë Ditë kur s'do të ketë hije tjetër pos kësaj hijeje."</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Profeti ﷺ na lajmëroi se atë që e afatizon borxhliun ose ia fal, shpërbimi i tij do të jetë se Allahu do ta strehojë nën hijen e Arshit (Fronit) të Tij në Ditën e Kiametit, në të cilën Dielli u afrohet robërve dhe nxehësia e tij shtohet. Së këndejmi, askush nuk do të gjejë asnjë hije, pos hijes në të cilën do t'i strehojë Allahu.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Vlera e lehtësimit ndaj robërve të Allahut të Lartësuar dhe se kjo është një nga shkaqet e shpëtimit nga tmerret e Ditës së Kiametit.
 Shpërblimi është sipas llojit të veprës.</t>
@@ -4563,66 +6456,107 @@
     <t>عن أنس رضي الله عنه مرفوعاً: «من خَرج في طلب العلم فهو في سَبِيلِ الله حتى يرجع».</t>
   </si>
   <si>
     <t>Enesi (Allahu qoftë i kënaqur me të!) tregon se Profeti ka thënë ﷺ: "Ai që del për të kërkuar dituri është në rrugën e Allahut derisa të kthehet."</t>
   </si>
   <si>
     <t>معنى الحديث: أن مَنْ خَرج من بيته أو بلده؛ بَحثا عن العلم الشرعي، فهو في حكم من خرج للجهاد في سبيل الله تعالى ، حتى يعود إلى أهله؛ لأنه كالمجاهد في إحياء الدِّين وإذلال الشيطان وإتعاب النَفْس.</t>
   </si>
   <si>
     <t>Kuptimi është: ai që del prej shtëpisë a vendit të tij duke kërkuar dije fetare, e ka vendimin si të atij që del për të bërë xhihad në rrugë të Allahut të Lartësuar, derisa të kthehet te familja e tij, për faktin se i tilli është sikurse muxhahidi, sa i përket gjallërimit të fesë, përçmimit të shejtanit dhe lodhjes së vetes.</t>
   </si>
   <si>
     <t>أن طلب العلم جهاد في سبيل الله.
 لطالب العلم أجْر المجاهد في ميادين القتال؛ لأن كلا منهما يقوم بما يُقَوِّي شريعة الله ويدفع عنها ما ليس منها.
 فيه أن من خرج في طلب العلم، فله ثواب ممشاه ذهابا وإيابا إلى أن يرجع إلى أهله.</t>
   </si>
   <si>
     <t>Kërkimii diturisë është xhihad në rrugë të Allahut.
 Kërkuesi i diturisë e ka shpërblimin e muxhahidit që lufton në mejdan të luftës, sepse që të dy veprojnë atë gjë që e forcon sheriatin e Allahut dhe pengohet prej tij ajo që gjë që s'i përket.
 Nga ky hadith përfitojmë se ai që del për të kërkuar dituari, e ka shpërblimin e ecjes për vajtje-ardhje, derisa të kthehet te familja e tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4191</t>
   </si>
   <si>
+    <t>من سره أن ينجيه الله من كرب يوم القيامة فلينفس عن معسر أو يضع عنه</t>
+  </si>
+  <si>
+    <t>“Kush dëshiron që Allahu ta shpëtojë nga vështirësitë e Ditës së Gjykimit, le t'ia lehtësojë borxhliut që është ngushtë ose le t'ia falë borxhin.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبَي قَتَادَةَ رضي الله عنه أنَّهُ طَلَبَ غَرِيمًا لَهُ، فَتَوَارَى عَنْهُ ثُمَّ وَجَدَهُ، فَقَالَ: إِنِّي مُعْسِرٌ، فَقَالَ: آللَّهِ؟ قَالَ: آللَّهِ؟ قَالَ: فَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ سَرَّهُ أَنْ يُنْجِيَهُ اللهُ مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ فَلْيُنَفِّسْ عَنْ مُعْسِرٍ أَوْ يَضَعْ عَنْهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Katadja (Allahu qoftë i kënaqur me të!) e kërkonte një borxhli të vetin, porse ai fshihej prej tij e, kur e gjeti, ai i tha: “Nuk mund të ta kthej borxhin.” - Për Allahun? - e pyeti Ebu Katadja. - Për Allahun, - i tha borxhliu. Atëherë Ebu Katadja i tha: “Unë e kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Kush dëshiron që Allahu ta shpëtojë nga vështirësitë e Ditës së Gjykimit, le t'ia lehtësojë borxhliut që është ngushtë ose le t'ia falë borxhin.”</t>
+  </si>
+  <si>
+    <t>كان أبو قتادة الأنصاري رضي الله عنه يبحث عن مَدِيْنٍ له يَخْتَبِئ عنه، فوجده، فقال الغَريم: إني مُعسر، وليس عندي مال لأقضي دينك. 
+فاستحلفه أبو قتادة رضي الله عنه بالله أنه لا مال عنده؟ 
+فحلف بالله أنه صادق فيما يقول.
+فقال أبو قتادة رضي الله عنه إنه سمع النبي صلى الله عليه وسلم يقول: 
+مَن سرّه وأفرحه أن ينجيَه الله من كُرب يوم القيامة وشدائدها وأهوالها، فلينفِّس عن معسر، بأن يَمُدَّ ويؤخّر المطالبة بالدَّيْن، أو يُسقط بعض الدين أو كله.</t>
+  </si>
+  <si>
+    <t>Ebu Katade Ensariu (Allahu qoftë i kënaqur me të!) po e kërkonte një borxhli të tij, i cili fshihej prej tij. Kur e gjeti, borxhliu i tha: "Unë jam në vështirësi dhe nuk kam pasuri për ta shlyer borxhin tënd."
+Atëherë Ebu Katadeja (Allahu qoftë i kënaqur me të) u përbetua në Allahun se vërtet nuk kishte asnjë pasuri?
+Kështu që ai u betua në Allahun se është i sinqertë në atë që po e thotë.
+Kësisoj Ebu Katadja (Allahu qoftë i kënaqur me të!) i tregoi se e kishte dëgjuar Profetin ﷺ duke thënë:
+"Kushdo që dëshiron dhe gëzohet që Allahu ta shpëtojë nga vështirësitë, sprovat dhe tmerrimet e Ditës së Gjykimit, le t’i japë afat borxhliut që është ngushtë, duke e shtyrë ose vonuar kërkesën për pagesë, ose duke ia ulur borxhin, apo duke ia falur atë."</t>
+  </si>
+  <si>
+    <t>استحباب إنظار المُعْسر إلى مَيْسرة، أو وضع الدَّين عنه، كله أو بعضه.
+من نَفَّس عن مؤمن من كُرب الدنيا نَفَّس الله عليه من كُرَب يوم القيامة، والجزاء من جِنس العمل.
+القاعدة: أن الفرائض أفضل من النوافل، لكن في بعض الأحيان تكون النافلة أفضل من الفريضة، وإسقاط الدين عن المعسر نافلة، والصبر عليه والانتظار وعدم المطالبة هذا فريضة، والنافلة أفضل من الفريضة هنا.
+الحديث في حق من كان معسرًا، فهذا معذور، أما المُماطِل الذي عنده مال، فقد جاء عن النبي صلى الله عليه وسلم أنه قال: "مَطْلُ الغني ظُلْم".</t>
+  </si>
+  <si>
+    <t>Preferohet t’i jepet afat borxhliut, që është ngushtë, derisa t’i bëhet e lehtë ta shlyejë borxhin, ose t’i falet atij plotësisht apo pjesërisht.
+Kush ia lehtëson një besimtari një vështirësi të kësaj bote, Allahu do t’ia lehtësojë atij një vështirësi në Ditën e Gjykimit, sepse shpërblimi është sipas llojit të veprës.
+Rregull: Veprat e detyrueshme janë më të mira se ato vullnetare (nafile). Megjithatë, ndonjëherë veprat vullnetare janë më të mira se ato të detyrueshme. Falja e borxhit ndaj borxhliut, që është ngushtë, është vepër vullnetare, ndërsa dhënia e afatit dhe pritja pa kërkuar pagesë është detyrim. Këtu, në këtë rast, vepra vullnetare është më e mirë se ajo e detyrueshme.
+Hadithi flet për borxhliun në vështirësi, i cili është i arsyetuar. Por sa i përket borxhliut që ka pasuri dhe vonon pagesën me qëllim, është transmetuar se Profeti ﷺ ka thënë: "Vonesat në pagesën e borxhit nga një njeri i pasur janë padrejtësi."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4195</t>
+  </si>
+  <si>
     <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Atij që agjëron Ramazanin duke besuar dhe llogaritur shpërblimin e Allahut, i falen mëkatet e së kaluarës.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Atij që agjëron Ramazanin duke besuar dhe llogaritur shpërblimin e Allahut, i falen mëkatet e së kaluarës.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
-    <t>Profeti ﷺ na tregon në këtë hadith se atij që e agjëron muajin Ramazan duke besuar në Allahun dhe duke qenë i binduar se agjërimi është obligim, si dhe është i binduar në shpërblimin e madh që Allahu i Lartësuar e ka përgatitur për agjëruesit, duke synuar kështu fytyrën (kënaqësinë) e Tij,  e jo ​​syefaqësi e reputacion, do t'i falen gjynahet e së kaluarës.</t>
+    <t>Profeti ﷺ na tregon në këtë hadith se atij që e agjëron muajin Ramazan duke besuar në Allahun dhe duke qenë i bindur se agjërimi është obligim, si dhe është i bindur në shpërblimin e madh që Allahu i Lartësuar e ka përgatitur për agjëruesit, duke synuar kështu fytyrën (kënaqësinë) e Tij,  e jo ​​syefaqësi e reputacion, do t'i falen gjynahet e së kaluarës.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Vlera dhe rëndësia e sinqeritetit gjatë agjërimit të Ramazanit dhe veprave të tjera të mira.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4196</t>
   </si>
   <si>
     <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>“Ai që i fal dy namazet e freskëta (sabahun dhe ikindinë), do të hyjë në Xhenet.”</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
     <t>Ebu Musa Esh'ariu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Ai që i fal dy namazet e freskëta (sabahun dhe ikindinë), do të hyjë në Xhenet.”</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
@@ -4798,128 +6732,239 @@
 رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
 لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
   </si>
   <si>
     <t>Mëshira e gjerë e Allahut të Lartësuar dhe butësia e Tij ndaj robërve të Tij, duke ua hequr atyre barrën e mëkatit nëse bëjnë ndonjë mëkat në njërin nga këto tri raste.
 Mirësia e Allahut ndaj Profetit Muhamed ﷺ dhe umetit të tij.
 Lirimi nga mëkati nuk nënkupton lirim nga ligji apo nga përgjegjësia. Për shembull, kush e harron abdesin dhe falet duke menduar se është me abdes, nuk ka mëkat për këtë, por ai duhet të marrë abdes dhe ta përsërisë namazin.
 Për lirimin nga mëkati në rastin kur detyrohet nga dikush (arb. ikrah), patjetër duhet të plotësohen disa kushte, si për shembull që detyruesi të jetë i aftë ta zbatojë kërcënimin.</t>
   </si>
   <si>
     <t>قال النووي: حديث حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والبيهقي وغيرهما</t>
   </si>
   <si>
     <t>[قال النووي: حديث حسن]</t>
   </si>
   <si>
     <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4216</t>
   </si>
   <si>
+    <t>إن أهون أهل النار عذابا من له نعلان وشراكان من نار، يغلي منهما دماغه كما يغل المرجل، ما يرى أن أحدا أشد منه عذابا، وإنه لأهونهم عذابا</t>
+  </si>
+  <si>
+    <t>“Xhehenemliu me dënimin më të vogël është personi që do të mbathë një palë nallane me rripa të zjarrtë, nga të cilat i vlon truri, siç vlon vorba. Mendon se askush nuk është duke u dënuar më shumë se ai, ndërkohë ai e ka dënimin më të vogël nga të gjithë.”</t>
+  </si>
+  <si>
+    <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ أَهْوَنَ أَهْلِ النَّارِ عَذَابًا مَنْ لَهُ نَعْلَانِ وَشِرَاكَانِ مِنْ نَارٍ، يَغْلِي مِنْهُمَا دِمَاغُهُ كَمَا يَغْلِ الْمِرْجَلُ، مَا يَرَى أَنَّ أَحَدًا أَشَدُّ مِنْهُ عَذَابًا، وَإِنَّهُ لَأَهْوَنُهُمْ عَذَابًا».</t>
+  </si>
+  <si>
+    <t>Numan ibn Beshiri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Xhehenemliu me dënimin më të vogël është personi që do të mbathë një palë nallane me rripa të zjarrtë, nga të cilat i vlon truri, siç vlon vorba. Mendon se askush nuk është duke u dënuar më shumë se ai, ndërkohë ai e ka dënimin më të vogël nga të gjithë.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أهونَ أهلِ النار عذابًا يوم القيامة مَن له نَعْلان وشِرَاكان يَغلي دماغه من حرارتهما، كما يغلي قِدْر النحاس، ولا يَرى أن أحدًا أشد عذابًا منه، وإنه لأهونهم عذابًا وذلك ليجتمع عليه العذاب الجسدي والنفسي.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka treguar se njeriu me dënimin më të lehtë në Zjarr Ditën e Gjykimit është ai person që do të mbathë dy palë nallane me rripa (të zjarrtë), nga të cilat do t’i vlojë truri nga nxehtësia, ashtu siç vlon një tenxhere prej bakri. Ai do të mendojë se është më i dënuari nga të gjithë, ndërkohë që në të vërtetë, ai është personi me dënimin më të lehtë. Kjo bën që ai të përjetojë një dënim psikologjik krahas atij fizik.</t>
+  </si>
+  <si>
+    <t>التحذير للعصاة والكافرين مِن هَوْل هذا العذاب في النار؛ ليبتعدوا عما يؤدي إليه.
+اختلاف دَرَكَات الداخلين النار بحسب سوء أعمالهم.
+ شدة عذاب النار، سلَّمنا الله تعالى منها.</t>
+  </si>
+  <si>
+    <t>Paralajmërim për mëkatarët dhe jobesimtarët ndaj tmerrit të këtij dënimi në zjarrin e Xhehenemit, në mënyrë që të largohen nga çdo gjë që i çon drejt tij.
+Banorët e zjarrit të Xhehenemit dallojnë në nivelet e tyre, sipas veprave të tyre të këqija që i kanë bërë.
+Ashpërsia e dënimit të zjarrit të Xhehenemit, Allahu i Lartësuar na ruajttë prej tij!</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4220</t>
+  </si>
+  <si>
+    <t>يدنى المؤمن يوم القيامة من ربه عز وجل، حتى يضع عليه كنفه، فيقرره بذنوبه</t>
+  </si>
+  <si>
+    <t>“Besimtari i afrohet Zotit të vet të Lartmadhëruar, i Cili do t'ia vendosë sipër Mbulesën e Tij dhe do ta bëjë t'i pranojë mëkatet e tij</t>
+  </si>
+  <si>
+    <t>عَنْ صَفْوَانَ بْنِ مُحْرِزٍ قَالَ: قَالَ رَجُلٌ لِابْنِ عُمَرَ رضي الله عنهما كَيْفَ سَمِعْتَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: فِي النَّجْوَى؟ قَالَ: سَمِعْتُهُ يَقُولُ: «يُدْنَى الْمُؤْمِنُ يَوْمَ الْقِيَامَةِ مِنْ رَبِّهِ عَزَّ وَجَلَّ، حَتَّى يَضَعَ عَلَيْهِ كَنَفَهُ، فَيُقَرِّرُهُ بِذُنُوبِهِ، فَيَقُولُ: هَلْ تَعْرِفُ؟ فَيَقُولُ: أَيْ رَبِّ أَعْرِفُ، قَالَ: فَإِنِّي قَدْ سَتَرْتُهَا عَلَيْكَ فِي الدُّنْيَا، وَإِنِّي أَغْفِرُهَا لَكَ الْيَوْمَ، فَيُعْطَى صَحِيفَةَ حَسَنَاتِهِ، وَأَمَّا الْكُفَّارُ وَالْمُنَافِقُونَ، فَيُنَادَى بِهِمْ عَلَى رؤُوسِ الْخَلَائِقِ هَؤُلَاءِ الَّذِينَ كَذَبُوا عَلَى اللهِ».</t>
+  </si>
+  <si>
+    <t>Safvan ibn Muhrizi tregon: “Një burrë e pyeti Ibn Omerin: “E ke dëgjuar të Dërguarin e Allahut ﷺ çfarë ka thënë për momentet kur Allahu e veçon robin dhe i flet në vetmi (Ditën e Gjykimit)?” Ai tha: “E kam dëgjuar të thotë: “Besimtari i afrohet Zotit të vet të Lartmadhëruar, i Cili do t'ia vendosë sipër Mbulesën e Tij dhe do ta bëjë t'i pranojë mëkatet e tij: “Të kujtohet (filan mëkati)?” (Ai thotë): “Po, o Zoti im, më kujtohet!” Allahu i drejtohet: “Ta kam mbuluar në dynja, ndërsa sot po ta fal.” Pastaj i jepet fletushka e veprave të tij të mira. Ndërkaq, jobesimtarët dhe hipokritët thirren në mesin e krijesave duke u thënë: “Këta gënjenin ndaj Allahut.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مناجاة الله لعبدِه المؤمن يوم القيامة، فقال: 
+يُدْنَى المؤمنُ يوم القيامة من ربه فيضع عليه سِتْرَه عن أهل الموقف حتى لا يَطَّلع على سرِّه غيرُه، فيقول له: 
+أتعرف ذنب كذا وكذا... يُقرِّرُه بالذنوب التي بين العبد وربه. 
+فيقول: نعم أي رب.
+حتى إذا فَزِع المؤمن وخاف، قال له سبحانه: إني سترتها عليك في الدنيا، وأنا أغفرها لك اليوم، فيُعطى صحيفة حسناته. 
+وأما الكافر والمنافق فيُنادى على رؤوس الأشهاد: هؤلاء الذين كذبوا على ربهم، ألا لعنة الله على الظالمين.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka treguar për bisedën e fshehtë mes Allahut dhe robit besimtar në Ditën e Gjykimit, duke thënë:
+"Besimtari do të sillet afër Zotit të tij në Ditën e Gjykimit dhe Allahu do ta mbulojë atë nga sytë e krijesave të tjera, ashtu që askush përveç tij të mos e dijë atë që ndodh mes tyre. Allahu do t’i thotë:
+"A e di për këtë e atë mëkat?" Duke e bërë atë të pranojë mëkatet që janë mes tij dhe Zotit të tij.
+Besimtari do të thotë: "Po, o Zoti im."
+Kur besimtari të ndiejë frikë dhe shqetësim, Allahu i Lartësuar do t’i thotë: "Unë t’i kam mbuluar ato në jetën e kësaj bote dhe sot po t’i fal." Pastaj atij do t’i dorëzohet libri i veprave të mira.
+Ndërsa jobesimtari dhe hipokriti do të thirren me zë të lartë para të gjithë dëshmitarëve: “Këta janë ata që gënjyen kundër Zotit të tyre. Vërtet, mallkimi i Allahut është mbi keqbërësit.”</t>
+  </si>
+  <si>
+    <t>فضل الله ورحمته للمؤمنين بسترهم في الدنيا والآخرة.
+الحث على ستر المؤمن ما أمكن.
+أعمال العباد كلها يُحصيها رب العباد، فمن وجد خيرًا فليحمد الله، ومن وجد غير ذلك فلا يلومنَّ إلا نفسه وهو تحت مشيئة الله.
+قال ابن حجر: دلَّ مجموع الأحاديث على أن العصاة من المؤمنين في القيامة على قسمين: أحدهما: من معصيته بينه وبين ربه، فدل حديث ابن عمر على أن هذا القسم على قسمين: قسم: تكون معصيته مستورة في الدنيا، فهذا الذي يسترها الله عليه في القيامة وهو بالمنطوق، وقسم: تكون معصيته مجاهرة، فدل مفهومه على أنه بخلاف ذلك، والقسم الثاني: من تكون معصيته بينه وبين العباد فهم على قسمين أيضا: قسم: ترجح سيئاتهم على حسناتهم، فهؤلاء يقعون في النار ثم يخرجون بالشفاعة، وقسم: تتساوى سيئاتهم وحسناتهم، فهؤلاء لا يدخلون الجنة حتى يقع بينهم التَّقَاصُّ.</t>
+  </si>
+  <si>
+    <t>Mirësia dhe mëshira që Allahu u dhuron besimtarëve, duke i mbuluar ata si në këtë botë ashtu edhe në botën tjetër.
+Inkurajimi për t'i fshehur të metat e besimtarit sa herë që është e mundur.
+Të gjitha veprat e robërve janë të regjistruara nga Zoti i i Lartësuar. Prandaj, kush gjen të mira, le ta falënderojë Allahun, e kush gjen diçka tjetër përveç kësaj, të mos fajësojë askënd tjetër përveç vetes. I tilli është nën vullnetin e Allahut (nëse do, e fal, e nëse do, e dënon).
+Ibn Haxheri ka thënë: "Hadithet në tërësi tregojnë se mëkatarët prej besimtarëve janë dy lloje në Ditën e Kiametit:
+ Lloji i parë: Ata që mëkatet i kanë mes tyre dhe Zotit të tyre. Hadithi i Ibn Omerit tregon se ky lloj ndahet në dy kategori: 1. Ai, të cilit mëkatet i janë fshehur në këtë botë. E ky është personi, të cilit Allahu do t’i fshehë mëkatet edhe në Ditën e Gjykimit. Kështu kuptohet hadithi shprehimisht.
+ 2. Ai që i ka bërë mëkatet hapur. Kësisoj gjendja e tij do të jetë ndryshe nga i pari, siç kuptohet nga hadithi. Lloji i dytë: Ata që mëkatet i kanë mes tyre dhe të tjerëve, edhe këta ndahen në dy kategori: 1. Ata që veprat e këqija i kanë më të rënda se të mirat, e për pasojë bien në Zjarr, e pastaj dalin nga ai për shkak të ndërmjetësimit (shefatit). 2. Ata që veprat e këqija dhe të mirat i kanë të barabarta dhe nuk hyjnë në Xhenet, derisa t'i lajnë hesapet mes vete."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4242</t>
+  </si>
+  <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Ai që është në mjet i jep selam atij që është në këmbë. Ai që është në këmbë i jep selam atij që është ulur. Ata që janë pak i japin selam atyre që janë shumë</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t xml:space="preserve">Nga Ebu Hurejreh (Allahu qoftë i kënaqur me të!) përcillet se Profeti i Allahut (paqja qoftë mbi të!) ka thënë: "Ai që është në mjet i jep selam atij që është në këmbë. Ai që është në këmbë i jep selam atij që është ulur. Ata që janë pak i japin selam atyre që janë shumë." </t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) na ka mësuar etikën e përshëndetjes me selam midis njerëzve me shprehjen: "Esselamu alejkum ue rahmetullahi ue berakatuhu!" Andaj, i vogli duhet t'i japë selam të madhit, ai që është në mjet duhet t'i japë atij që është në këmbë, ai që është në këmbë duhet t'i japë atij që është ulur dhe ata që janë pak në numër duhet t'i japin atyre që janë shumë.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Pëlqehet që selami të jepet në mënyrën që është cekur në këtë hadith, por nëse ai që është në këmbë i jep selam atij që është në mjet apo përdoret ndonjë formë tjetër ndryshe nga ajo që është cekur në hadith, atëherë një gjë e tillë lejohet, por ajo është në kundërshtim me formën më të mirë dhe më të preferuar.
 Përhapja e selamit në formën që është cekur në hadith është pjesë e shkaqeve të dashurisë dhe të harmonisë.
 Nëse palët janë njësoj dhe të barabartë, atëherë më i miri prej tyre është ai që jep selam i pari.
 Legjislacioni islam është i përsosur dhe jep shpjegime për çdo gjë që i nevojitet njerëzimit.
 Mësimi i normave të selamit dhe dhënia e secilit të drejtën që i takon.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4243</t>
+  </si>
+  <si>
+    <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
+  </si>
+  <si>
+    <t>“Këto janë të ndaluara për meshkujt e umetit tim dhe janë të lejuara për femrat</t>
+  </si>
+  <si>
+    <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
+  </si>
+  <si>
+    <t>Ali ibn Ebu Talibi (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut ﷺ mori (një copë) mëndafsh me dorën e majtë dhe (një copë) ar me dorën e djathtë, pastaj i ngriti duart me to dhe tha: “Këto janë të ndaluara për meshkujt e umetit tim dhe janë të lejuara për femrat."</t>
+  </si>
+  <si>
+    <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ me dorën e majtë mori një rrobë mëndafshi ose një pjesë të saj dhe me dorën e tij të djathtë mori ar nga bizhuteritë ose diçka të ngjashme, pastaj tha: "Mëndafshi dhe ari janë të ndaluar që t'i veshin burrat, por për gratë ata lejohen."</t>
+  </si>
+  <si>
+    <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
+توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
+  </si>
+  <si>
+    <t>Sindiu ka thënë: "Me fjalën "të ndaluara" është për qëllim të përdoren për veshje, përndryshe përdorimi i tyre për shkëmbim, shpenzim, dhënie dhe shitje është i lejuar për të gjithë, kurse përdorimi i arit duke i bërë enët me të dhe përdorimin e tyre, është i ndaluar për të gjithë."
+Ligji islam është i gjerë për gratë për shkak të nevojës që kanë për stoli dhe të ngjashme.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4292</t>
   </si>
   <si>
     <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>“Mos më pyesni për gjëra që ende nuk jua kam thënë. Ata që ishin para jush janë shkatërruar për shkak të pyetjeve (të panevojshme) dhe kundërshtimit të pejgamberëve të tyre</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Mos më pyesni për gjëra që ende nuk jua kam thënë. Ata që ishin para jush janë shkatërruar për shkak të pyetjeve (të panevojshme) dhe kundërshtimit të pejgamberëve të tyre. Andaj, nëse jua ndaloj një gjë, largohuni prej saj, e, nëse ju urdhëroj të bëni diçka, bëjeni sa të keni mundësi.”</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka përmendur se vendimet fetare ndahen në tri kategori: ato për të cilat është heshtur, ndalesat dhe urdhëresat.
 E para: ajo për të cilën feja ka heshtur: ku nuk ka asnjë vendim fetar për të e, sipas parimit gjërat nuk janë të obligueshme për sa kohë që nuk ka tekst. Gjatë kohës së Profetit ﷺ ishte e obligueshme të mos parashtrohej pyetje për diçka që nuk kishte ndodhur, nga frika se mund të bëhej obligim ose mund të ndalohej për shkak të pyetjes. Allahu i Madhëruar nuk i bëri të obligueshme apo të ndalueshme këto gjëra në formë mëshire ndaj robërve të Tij. Ndërkaq, pas vdekjes së Profetit ﷺ, nëse pyetja është në formë fetvaje ose mësimi për gjëra të nevojshme në lidhje me çështjen e fesë, atëherë na lejohet madje jemi të urdhëruar ta parashtrojmë, e, nëse është në formë kokëfortësie dhe ekzagjerimi, atëherë kjo formë pyetjeje është ajo që duhet ta braktisim sipas këtij hadithi, për faktin se kjo mund të çojë në diçka të tillë si ajo që ndodhi me bijtë e Israilit kur u urdhëruan të therin një lopë e, sikur të thernin çfarëdo lope, do ta kishin zbatuar urdhrin, por ata u treguan të rreptë e për rrjedhojë Allahu u tregua i rreptë me ta.
 E dyta: ndalesat, që janë gjëra për të cilat mosvepruesi shpërblehet, ndërsa vepruesi dënohet, kësisoj duhet të ruhemi nga të gjitha ndalesat.
 E treta: urdhëresat, që janë gjëra për të cilat vepruesi shpërblehet, ndërsa mosvepruesi dënohet, kësisoj besimtari duhet t'i zbatojë ato sa të ketë mundësi.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Duhet të angazhohemi me atë që është më e rëndësishme dhe e nevojshme, e ta lëmë atë që nuk është e nevojshme për momentin dhe të mos angazhohemi me pyetje rreth gjërave që nuk kanë ndodhur ende.
 Është e ndaluar të parashtrohet një pyetje që mund të çojë drejt komplikimit të çështjeve dhe hapjes së derës së dyshimeve që çojnë drejt shumëfishimit të mosmarrëveshjeve.
 Jemi urdhëruar të heqim dorë nga të gjitha ndalesat, ngase në lënien e tyre nuk ka vështirësi dhe kjo është arsyeja që urdhri për braktisjen e tyre është i përgjithshëm.
 Jemi urdhëruar t'i zbatojmë urdhëresat sipas mundësisë, sepse ndodh që në zbatimin e një urdhëri të ketë stërmundim ose pafuqishmëri, prandaj jemi urdhëruar të bëjmë aq sa mundemi.
-Ndalimi i pyetjeve të shumta. Dijetarët i kanë ndarë pyetjet në dy pjesë: 1. Pyetje që bëhen me qëllim për të mësuar çështjet e nevojshme të fesë; këto pyetje jemi urdhëruar t'i bëjmë, të kësaj natyre qenë pyetjet që sahabët i bënin Pejgamberit(paqja qoftë mbi të). 2. Pyetje që bëhen në formën e kokëfortësisë dhe ekzagjerimit; kjo kategori e pyetjeve është e ndaluar.
+Ndalimi i pyetjeve të shumta. Dijetarët i kanë ndarë pyetjet në dy pjesë: 1. Pyetje që bëhen me qëllim për të mësuar çështjet e nevojshme të fesë; këto pyetje jemi urdhëruar t'i bëjmë, të kësaj natyre qenë pyetjet që sahabët i bënin Pejgamberit (paqja qoftë mbi të). 2. Pyetje që bëhen në formën e kokëfortësisë dhe ekzagjerimit; kjo kategori e pyetjeve është e ndaluar.
 Ky umet është paralajmëruar që të mos e kundërshtojë Profetin ﷺ, siç ndodhi në popujt e kaluar.
 Pyetjet e shumta klasifikohen si të panevojshme dhe kundërshtimi i pejgamberëve është shkak i shkatërrimit, veçanërisht në çështjet që nuk mund të perceptohen, si: çështjet e së padukshmes (ar. gajb), që vetëm Allahu i di, si dhe detajet që lidhen me Ditën e Kiametit.
 Është e ndaluar të parashtrohen pyetje rreth çështjeve të vështira dhe të ndërlikuara. Euzaiu ka thënë: "Nëse Allahu dëshiron ta privojë robin e Tij nga begatia e diturisë, bën që ai të merret me çështjet e ngatërrueshme; kam vënë re se njerëzit e tillë janë më pak të ditur." Ibën Vehbiu ka thënë: "E kam dëgjuar Malikun duke thënë: "Polemikat rreth (çështeve të) diturisë e largojnë dritën e diturisë nga zemra e njeriut."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4295</t>
   </si>
   <si>
     <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
   </si>
   <si>
     <t>“Kije frikë Allahun kudo që të jesh, të keqen pasoje me të mirë, që kjo (e fundit) ta shlyejë atë (të keqen), si dhe sillu mirë me njerëzit.”</t>
   </si>
   <si>
     <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
   </si>
   <si>
     <t>Ebu Dherr Xhundub ibn Xhunade dhe Ebu Abdurrahman Muadh ibn Xhebeli (Allahu qoftë i kënaqur me ta!), transmetojnë se i Dërguari i Allahut ﷺ ka thënë: “Kije frikë Allahun kudo që të jesh, të keqen pasoje me të mirë, që kjo (e fundit) ta shlyejë atë (të keqen), si dhe sillu mirë me njerëzit.”</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
 الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
 الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
 الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
   </si>
@@ -5392,50 +7437,622 @@
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Profeti ﷺ sqaron në këtë hadith se Allahu i caktoi veprat e mira e të këqijat dhe ua sqaroi dy melekëve se si t'i shkruajnë ato:
 Kushdo që dëshiron, synon dhe vendos të bëjë një vepër të mirë, do t'i shënohet një vepër e mirë, edhe nëse nuk e bën, e, nëse e bën, do t'i shënohet dhjetëfish deri në shtatëqindfish, bile-bile edhe më shumë se kaq. Shtimi i shpërblimit është sipas sinqeritetit që është në zemër dhe tejkalimit të dobisë (së asaj vepre te të tjerët) e kështu me radhë.
 Dhe kushdo që dëshiron, synon dhe vendos të bëjë një vepër të keqe, pastaj e lë atë për hir të Allahut, i shënohet një vepër e mirë. E, nëse e lë atë për shkak se ishte i angazhuar, duke mos bërë shkaqet për veprimin e saj, atëherë nuk i shënohet gjë. Ndërkaq, nëse e ka lënë për shkak se nuk ka mundur ta bëjë, atëherë i shënohet nijeti (që e ka pasur për ta bërë), e, nëse e ka bërë, i shënohet një vepër e keqe.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Sqarimi i mëshirës së madhe të Allahut ndaj këtij umeti (populli musiman) sa i përket shumëfishimit të veprave të mira dhe shkrimit të tyre tek Ai dhe mosshumëfishimit të veprave të këqija.
 Rëndësia e nijetit (qëllimit) në vepra dhe ndikimi i tyre.
 Mirësia, butësia dhe bamirësia e Allahut të Lartësuar, se, nëse dikush dëshiron të bëjë ndonjë vepër të mirë, por nuk e bën, Allahu ia shkruan një shpërblim të plotë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4322</t>
   </si>
   <si>
+    <t>من صام يوما في سبيل الله باعد الله وجهه عن النار سبعين خريفا</t>
+  </si>
+  <si>
+    <t>“Atij që agjëron një ditë në rrugën e Allahut, Allahu do t'ia largojë fytyrën nga Zjarri për shtatëdhjetë vjet (vjeshta).”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رَضِيَ اللهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ صَامَ يَوْمًا فِي سَبِيلِ اللهِ بَاعَدَ اللهُ وَجْهَهُ عَنِ النَّارِ سَبْعِينَ خَرِيفًا».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar Profetin ﷺ duke thënë: “Atij që agjëron një ditë në rrugën e Allahut, Allahu do t'ia largojë fytyrën nga Zjarri për shtatëdhjetë vjet (vjeshta).”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلّم أنَّ مَن صام يومًا في الجهاد، وقيل في الجهاد وغيره مُخلِصًا لله ابتغاء الثواب والأجر من الله؛ فإنّ الله بفضله يُبَاعِد بينه وبين النار سبعين سنة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka sqaruar se kush agjëron një ditë në xhihad (dhe është thënë: në xhihad apo edhe jashtë tij) sinqerisht për hir të Allahut, duke kërkuar shpërblim dhe mirësi prej Tij, atëherë, me mirësinë e Tij, Allahu do ta largojë atë nga Zjarri për shtatëdhjetë vjet.</t>
+  </si>
+  <si>
+    <t>قال النووي: فضيلة الصيام في سبيل الله، وهو محمول على مَن لا يَتضرر به، ولا يُفوِّت به حقًّا، ولا يَختلُّ به قتالُه ولا غيره من مُهِمَّات غزوِه.
+الحث والترغيب على صيام التطوع.
+وجوب الإخلاص وابتغاء مرضاة الله، ولا يصوم رياء ولا سمعة ولا لمقاصد أخرى.
+قال السندي: قوله (في سبيل الله)، يحتمل أن المراد مجرد إصلاح النية، ويحتمل أن المراد به أنه صام حال كونه غازيًا، والثاني هو المتبادر.
+قال ابن حجر: قوله: (سبعين خريفًا) الخريف زمان معلوم من السَّنَة، والمراد به هنا العام، وتخصيص الخريف بالذكر دون بقية الفصول -الصيف والشتاء والربيع-؛ لأن الخريف أزكى الفصول لكونه يُجْنَى فيه الثمار.</t>
+  </si>
+  <si>
+    <t>Neveviu ka thënë: "Vlera e agjërimit në rrugë të Allahut, vlen për atë që nuk dëmtohet nga agjërimi, nuk neglizhon ndonjë të drejtë për shkak të tij dhe nuk pengohet në luftim apo në përmbushjen e detyrave të luftës së tij."
+Nxitja dhe motivimi për agjërimin vullnetar.
+Është obligim që agjërimi të bëhet sinqerisht për hir të Allahut dhe në kërkim të kënaqësisë së Tij, e jo për syefaqësi, përfitim të reputacionit të mirë apo ndonjë qëllim tjetër.
+Sindiu ka thënë: "Fjala e Profetit ﷺ "në rrugë të Allahut - fi sebilil-lah", mund të nënkuptojë thjesht të pasurit një qëllim të sinqertë (duhet e bërë veprën vetëm për Të), ose se agjërimin e ka bërë ndërkohë që ka qenë luftëtar në betejë. Kuptimi i dytë është ai më i qarti."
+Ibn Haxheri ka thënë: "Fjala e Profetit ﷺ shtatëdhjetë vjeshta" i referohet vjeshtës si një periudhë e caktuar e vitit, por këtu nënkupton vitin. Vjeshta është përmendur në vend të stinëve të tjera: verës, dimrit dhe pranverës; sepse ajo është stina më e frytshme, ngase është koha kur mblidhen frutat."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4436</t>
+  </si>
+  <si>
+    <t>لا يزال الناس بخير ما عجلوا الفطر</t>
+  </si>
+  <si>
+    <t>“Njerëzit do të jenë në mirësi për sa kohë që e shpejtojnë iftarin.”</t>
+  </si>
+  <si>
+    <t>عَنْ سَهْلِ بْنِ سَعْدٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَزَالُ النَّاسُ بِخَيْرٍ مَا عَجَّلُوا الْفِطْرَ».</t>
+  </si>
+  <si>
+    <t>Sehël ibn Sadi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Njerëzit do të jenë në mirësi për sa kohë që e shpejtojnë iftarin.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه لا يزال الناس بخير ما عَجَّلوا الفطر في الصيام بعد التَّحَقُّق من غروب الشمس؛ وذلك امتثالًا للسُّنَّة، والوقوف عند حدِّها.</t>
+  </si>
+  <si>
+    <t>Profeti, ﷺ në këtë hadith, ka treguar se njerëzit do të jenë në mirësi për sa kohë që e shpejtojnë iftarin, pasi ta kenë vërtetuar perëndimin e diellit, duke iu përmbajtur kështu Sunetit dhe pa e kaluar kufirin e tij.</t>
+  </si>
+  <si>
+    <t>قال النووي: فيه الحث على تعجيله بعد تحقُّق غروب الشمس، ومعناه لا يزال أَمْرُ الأمة مُنتظمًا وهم بخير ما داموا محافظين على هذه السنة، وإذا أخّروه كان ذلك علامة على فسادٍ يَقَعون فيه.
+بقاء الخير في الناس بسبب اتباعهم للسنة، وفساد الأمور يتعلق بتغيُّر السنة.
+مخالفة أهل الكتاب وأهل البدع، فإنهم يؤخِّرون الإفطار.
+قال ابن حجر: وفيه بيان العلة في ذلك، قال المُهَلّب: والحكمة في ذلك أن لا يُزاد في النهار من الليل، ولأنه أرفق بالصائم وأقوى له على العبادة، واتفق العلماء على أنّ مَحَلّ ذلك إذا تحقق غروب الشمس بالرؤية أو بإخبار عَدْلَين، وكذا عدل واحد في الأرجح.
+قال ابن حجر: تنبيه: من البدع المنكرة ما أُحْدِث في هذا الزمان من إيقاع الأذان الثاني قبل الفجر بنحو ثلث ساعة في رمضان، وإطفاء المصابيح التي جعلت علامة لتحريم الأكل والشرب على من يريد الصيام زعمًا ممن أحدثه أنه للاحتياط في العبادة، ولا يعلم بذلك إلا آحاد الناس، وقد جَرَّهم ذلك إلى أن صاروا لا يؤذِّنون إلا بعد الغروب بدرجة لتمكين الوقت زعموا، فأخروا الفطر، وعجلوا السحور، وخالفوا السنة، فلذلك قَلَّ عنهم الخير وكثر فيهم الشر، والله المستعان.</t>
+  </si>
+  <si>
+    <t>Neveviu ka thënë: "Në këtë hadith kemi nxitje për të shpejtuar iftarin, pasi të jetë vërtetuar perëndimi i diellit. Kuptimi i tij është se çështjet e umetit (muslimanëve) do të qëndrojnë të rregullta dhe ata do të jenë në gjendje të mirë, përderisa ta zbatojnë këtë sunet. Nëse e vonojnë, kjo do të jetë shenjë e prishjes, në të cilën mund të bien."
+Mirësia do të vazhdojë të jetë ndërmjet njerëzve për shkak të pasimit të Sunetit, ndërsa prishja e çështjeve është e lidhur me devijimin nga Suneti.
+Kundërshtimi i itharëve të Librit dhe i bidatçinjve, të cilët e vonojnë iftarin.
+Ibn Haxheri ka thënë: "Kjo shpjegon shkakun ligjor në këtë kuadër." Muhelebi ka thënë: "Arsyeja pas kësaj është që të sigurohet që dita nuk do të zgjatet në dëm të natës, dhe sepse është më e përshtatshme për agjëruesin dhe i siguron atij më shumë forcë për adhurim. Dijetarët janë pajtuar se kjo vlen kur perëndimi i diellit është vërtetuar me shikim ose me dëshminë e dy dëshmitarëve të drejtë, dhe gjithashtu me dëshminë e një dëshmitari të drejtë, sipas mendimit më të saktë."
+Ibn Haxheri ka thënë: "Vërejtje: Ndër bidatet e këqija që janë shfaqur në këtë kohë është ezani i dytë, që bëhet rreth një të tretës së orës para agimit gjatë Ramazanit, dhe fikja e fanarëve, që shërbejnë si shenjë për ndalimin e ngrënies dhe pirjes për ata që kanë qëllim të agjërojnë. Ata që e sollën këtë e pretenduan si masë për kujdes në adhurim, por vetëm disa njerëz dinë për të. Kjo i ka çuar deri aty sa të mos e thirrin ezanin për namaz, derisa pas perëndimit të diellit, duke supozuar kështu për ta zgjatur kohën. Si pasojë, ata e vonuan iftarin dhe e shpejtuan syfyrin, duke kundërshtuar kështu Sunetin. Si rezultat, e mira ndër ta është pakësuar dhe e keqja është shtuar. Vetëm Allahut i kërkohet ndihmë!"</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4438</t>
+  </si>
+  <si>
+    <t>كنا نخرج إذ كان فينا رسول الله صلى الله عليه وسلم زكاة الفطر، عن كل صغير وكبير، حر أو مملوك، صاعا من طعام، أو صاعا من أقط، أو صاعا من شعير، أو صاعا من تمر، أو صاعا من زبيب</t>
+  </si>
+  <si>
+    <t>“Në kohën e të Dërguarit të Allahut ﷺ sadakanë e fitrit e jepnim për çdo të vogël e të madh, të lirë e rob, një saë ushqim, djathë, elb, hurma ose stafidhe</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: كُنَّا نُخْرِجُ إِذْ كَانَ فِينَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الْفِطْرِ، عَنْ كُلِّ صَغِيرٍ وَكَبِيرٍ، حُرٍّ أَوْ مَمْلُوكٍ، صَاعًا مِنْ طَعَامٍ، أَوْ صَاعًا مِنْ أَقِطٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، أَوْ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ زَبِيبٍ، فَلَمْ نَزَلْ نُخْرِجُهُ حَتَّى قَدِمَ عَلَيْنَا مُعَاوِيَةُ بْنُ أَبِي سُفْيَانَ رضي الله عنه حَاجًّا، أَوْ مُعْتَمِرًا فَكَلَّمَ النَّاسَ عَلَى الْمِنْبَرِ، فَكَانَ فِيمَا كَلَّمَ بِهِ النَّاسَ أَنْ قَالَ: إِنِّي أَرَى أَنَّ مُدَّيْنِ مِنْ سَمْرَاءِ الشَّامِ، تَعْدِلُ صَاعًا مِنْ تَمْرٍ، فَأَخَذَ النَّاسُ بِذَلِكَ، قَالَ أَبُو سَعِيدٍ: فَأَمَّا أَنَا فَلَا أَزَالُ أُخْرِجُهُ كَمَا كُنْتُ أُخْرِجُهُ، أَبَدًا مَا عِشْتُ.</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) tregon: “Në kohën e të Dërguarit të Allahut ﷺ sadakanë e fitrit e jepnim për çdo të vogël e të madh, të lirë e rob, një saë ushqim, djathë, elb, hurma ose stafidhe. Kështu, ne vazhduam ta japim, derisa erdhi Muavi ibn Ebu Sufjani (nga Shami) për haxh a umre, e në atë rast u foli njerëzve nga minberi dhe, në mes tjerash, atyre u tha: “Mendoj se dy palë grushte nga ky grurë i Shamit është i barabartë me një saë hurme.” Pastaj njerëzit vepruan sipas kësaj (fjale të Muaviut). Ebu Seidi tha: “Ndërsa unë do të vazhdoj ta jap ashtu siç e jepja për jetë, sa të jem gjallë.”</t>
+  </si>
+  <si>
+    <t>كَانَ المسلمون يُخْرِجون زكاةَ الفطر في عهد النبي صلى الله عليه وسلم وعهد الخلفاء الراشدين مِن بعده عن الصغير والكبير مِقدار صاعٍ من طعام. 
+وكان طعامهم الشعير و(الزبيب): العنب اليابس، و(الأقط): اللبَن المُجَفَّف والتمر.
+ومقدار الصاع أربعة أَمْداد، والمُدُّ يساوي مِلءَ كَفَّي الرجل المعتدل. 
+فلما جاء معاوية رضي الله عنه للمدينة وهو خليفة، وكَثُر القَمْح الشامي، خطب فقال: إني أرى أن مُدَّين من قمح الشام (نصف صاع)، تَعْدِل صاعًا من التمر، فأخذ الناس بذلك. 
+قال أبو سعيد الخدري رضي الله عنه: فأما أنا فلا أَزال أُخْرِجه كما كنت أُخْرِجه في عهد النبي صلى الله عليه وسلم أبدًا ما عشت.</t>
+  </si>
+  <si>
+    <t>Muslimanët në kohën e Profetit ﷺ dhe në kohën e kalifëve të drejtë e jepnin sadakanë e fitrit për secilin person, të vogël apo të madh, nga një saë ushqim. Ushqimi i tyre ishte elbi, stafidhet, djathi dhe hurmat. Një saë është i barabartë me katër mudd, dhe një mudd është sa dy grushta të një personi mesatar. Kur Muaviu (Allahu qoftë i kënaqur me të!) erdhi në Medinë si kalif dhe gruri i Shamit u bë i bollshëm, mbajti një fjalim dhe tha: "Unë shoh se dy mudd grurë nga Shami (gjysmë saë) janë të barabarta me një saë hurma." Pastaj njerëzit vepruan sipas kësaj (fjale të Muaviut). Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) tha: “Ndërsa unë do të vazhdoj ta jap ashtu siç e jepja në kohën e Profetit ﷺ për jetë sa të jem gjallë.”</t>
+  </si>
+  <si>
+    <t>بيان مقدار صدقة الفطر في زمن النبي صلى الله عليه وسلم، صاع من طعام وإن اختلف الجنس والقيمة.
+كل طعام للآدميِّين مجزئ في الفِطْرَة، وإنما خُصَّت الأصناف الأربعة بالذِّكْر؛ لأنها كانت طعام الناس في عهد النبي صلى الله عليه وسلم.
+إخراج غير الطعام من الفلوس والنقود، لا يجزئ في الفطرة.
+قال النووي على شرح مسلم: وإذا اختلفت الصحابة لم يكن قولُ بعضِهم بأولى من بعض، فنرجع إلى دليل آخر، وجدنا ظاهر الأحاديث والقياس متفقًا على اشتراط الصاع من الحِنْطة كغيرها، فوجب اعتماده.
+قال ابن حجر: وفي حديث أبي سعيد ما كان عليه من شدة الاتباع والتمسك بالآثار، وترك العدول إلى الاجتهاد مع وجود النص، وفي صنيع معاوية وموافقة الناس له دلالة على جواز الاجتهاد، وهو محمود، لكنه مع وجود النص فاسدُ الاعتبار.</t>
+  </si>
+  <si>
+    <t>Sqarimi se sasia e sadakasë së fitrit në kohën e Profetit ﷺ, ishte një saë ushqim, pa marrë parasysh llojin apo vlerën e tij.
+Çdo lloj ushqimi që përdoret nga njerëzit është i vlefshëm për t’u dhënë si sadaka e fitrit; mirëpo, këto katër lloje u përmendën në mënyrë të veçantë, sepse ishin ushqimet bazë në kohën e Profetit ﷺ.
+Nuk është e vlefshme që sadakaja e fitrit të jepet në formë parash në vend të ushqimit.
+Duke komentuar Sahihun e Muslimit, Neveviu ka thënë: "Kur sahabët kanë mospajtime, mendimi i disave nuk është më i vlefshëm se i të tjerëve, prandaj duhet t’i referohemi argumenteve të tjera. Ne gjejmë se kuptimi i qartë i haditheve dhe analogjia pajtohen që kërkohet një saë i plotë grurë, ashtu si për llojet e tjera të ushqimit, dhe për rrjedhojë kjo duhet të merret parasysh."
+Ibn Haxheri ka thënë: "Në hadithin e Ebu Seidit tregohet për përkushtimin e tij të rreptë ndaj traditave profetike dhe zbatimin e tyre, si dhe shmangien nga përdorimi i mendimit personal, kur ekziston tekst i qartë fetar. Sa i përket asaj që bëri Muaviu dhe pajtimit të njerëzve me të, kjo tregon lejueshmërinë e ixhtihadit (gjykimit fetar nga përpjekja e dijetarit), gjë që është e lavdëruar. Mirëpo, kur ekziston një tekst i qartë fetar, ixhtihadi nuk është i vlefshëm."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4454</t>
+  </si>
+  <si>
+    <t>تسحرنا مع النبي صلى الله عليه وسلم، ثم قام إلى الصلاة، قلت: كم كان بين الأذان والسحور؟ قال: قدر خمسين آية</t>
+  </si>
+  <si>
+    <t>“Hëngrëm syfyr me Profetin ﷺ, pastaj ai u ngrit për namaz.” (Enesi tha) Unë e pyeta: "Sa ka qenë koha mes ezanit dhe syfyrit? - Sa t'i lexoje pesëdhjetë ajete, - tha Zejdi.”</t>
+  </si>
+  <si>
+    <t>عَنْ زَيْدِ بْنِ ثَابِتٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: تَسَحَّرْنَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، ثُمَّ قَامَ إِلَى الصَّلاةِ، قُلْتُ: كَمْ كَانَ بَيْنَ الأَذَانِ وَالسَّحُورِ؟ قَالَ: قَدْرُ خَمْسِينَ آيَةً.</t>
+  </si>
+  <si>
+    <t>Zejd ibn Thabiti (Allahu qoftë i kënaqur me të!) tregon: “Hëngrëm syfyr me Profetin ﷺ, pastaj ai u ngrit për namaz.” (Enesi tha) Unë e pyeta: "Sa ka qenë koha mes ezanit dhe syfyrit? - Sa t'i lexoje pesëdhjetë ajete, - tha Zejdi.”</t>
+  </si>
+  <si>
+    <t>تَسَحَّرَ بعضُ الصحابة رضي الله عنهم مع النبيِّ صلى الله عليه وسلم، ثم قام صلى الله عليه وسلم إلى صلاة الفجر.
+فقال أنس لزيد بن ثابت رضي الله عنه: كم كان مِقدار الوقت بين الأذان والانتهاء من السحور؟ 
+فقال زيد رضي الله عنه: مقدار قراءة خمسين آية متوسطة، لا طويلة ولا قصيرة، ولا قراءة سريعة ولا بطيئة.</t>
+  </si>
+  <si>
+    <t>Disa prej shokëve të Profetit ﷺ hëngrën syfyr së bashku me të, pastaj ai u ngrit për namazin e sabahut. Enesi i tha Zejd ibn Thabitit (Allahu qoftë i kënaqur me ta!): "Sa ishte koha ndërmjet ezanit dhe përfundimit të syfyrit?" Zejdi (Allahu qoftë i kënaqur me të!) tha: "Sa koha për të lexuar pesëdhjetë ajete mesatare - as të gjata e as të shkurtra, dhe as me shpejtësi e as ngadalë."</t>
+  </si>
+  <si>
+    <t>أفضلية تأخير السحور إلى قبيل الفجر؛ لأنه إذا أخَّر كانت منفعة البدن منه أعظم وكان نفعه له في اليوم أكثر.
+حرص الصحابة بالاجتماع بالنبي صلى الله عليه وسلم ليتعلَّموا منه.
+حسن عشرة النبي صلى الله عليه وسلم لأصحابه، حيث كان يأكل معهم.
+وقت الإمساك هو طلوع الفجر.
+قوله: "كَمْ كَانَ بَيْنَ الأَذَانِ وَالسَّحُورِ"،  المراد بين السحور والإقامة؛ لقوله في الحديث الأخر: "كم بين فراغهما من سحورهما ودخولهما في الصلاة"، والأحاديث يفسر بعضها بعضًا.
+قال المُهَلّب: فيه تقدير الأوقات بأعمال البدن، وكانت العرب تُقَدِّر الأوقات بالأعمال كقولهم: قَدْرَ حَلْبِ شاة، وقَدْر نَحْرِ جَزُور، فَعَدَلَ زيد بن ثابت رضي الله عنه عن ذلك إلى التقدير بالقراءة؛ إشارة إلى أن ذلك الوقت كان وقت العبادة بالتلاوة، ولو كانوا يُقَدِّرون بغير العمل لقال مثلًا: قَدْر دَرَجة، أو ثُلُث خُمُس ساعة.
+قال ابن أبي جمرة: كان صلى الله عليه وسلم يَنظر ما هو الأَرْفَق بأمته فيفعله؛ لأنه لو لم يَتَسَحَّر لاتّبعوه فيَشقّ على بعضهم، ولو تَسَحَّرَ في جوف الليل لشق أيضًا على بعضهم ممن يَغْلِب عليه النوم فقد يُفضي إلى ترك الصبح أو يحتاج إلى المجاهدة بالسَّهَر.</t>
+  </si>
+  <si>
+    <t>Është e preferuar që syfyri të vonohet deri afër agimit, sepse vonimi i tij sjell më shumë dobi për trupin dhe i jep atij më shumë energji gjatë ditës.
+Përkushtimi i sahabëve për t'u tubuar me Profetin ﷺ, për të mësuar prej tij.
+Sjellja e butë e Profetit ﷺ ndaj shokëve të tij, ngase ai hante bashkë me ta.
+Koha e imsakut (ndalimit nga prishësit e agjërimit) është me lindjen e agimit.
+Fjala e tij: “Sa ka qenë koha mes ezanit dhe syfyrit?,” nënkupton sa ishte koha ndërmjet përfundimit të syfyrit dhe ikametit, ashtu siç ka thënë në hadithin tjetër: “Sa kohë kishte mes syfyrit dhe namazit të tyre?” Hadithet e sqarojnë njëra-tjetrën.
+Muhelebi ka thënë: "Kjo tregon vlerësimin e kohës në bazë të veprimeve fizike. Arabët e lashtë e vlerësonin kohën sipas veprimeve, si për shembull duke thënë: “sa zgjat mjelja e një deleje” ose “sa zgjat therja e një deveje.” Zejd ibn Thabiti (Allahu qoftë i kënaqur me të!) kaloi nga kjo mënyrë në matjen e kohës me lexim (të Kuranit), duke treguar se ajo kohë ishte kohë adhurimi përmes leximit. Po të kishin dashur ta matnin me diçka tjetër përveç një veprimi, ai do të kishte thënë, për shembull: “sa zgjat ecja e një distance të caktuar” ose “një e treta e një të pestës së një ore.”
+Ibn Ebi Xhemra ka thënë: "Profeti ﷺ e merrte parasysh atë që ishte më e lehtë për umetin e tij dhe vepronte në përputhje me të. Po të mos e hante syfyrin, ata do ta pasonin shembullin e tij, gjë që do të ishte e vështirë për disa prej tyre. Po ta hante syfyrin në mes të natës, kjo do të ishte gjithashtu sfiduese për ata që i mund gjumi, duke i çuar ndoshta në humbjen e sabahut, ose duke i detyruar të lodhen për të qëndruar zgjuar."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4457</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم كان يعتكف العشر الأواخر من رمضان، حتى توفاه الله، ثم اعتكف أزواجه من بعده</t>
+  </si>
+  <si>
+    <t>“Profeti ﷺ hynte në itikaf në dhjetëshen e fundit të Ramazanit derisa vdiq. Pastaj gratë e tij vazhduan të hyjnë në itikaf pas tij.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمنينَ رَضِيَ اللَّهُ عَنْهَا زَوْجِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَعْتَكِفُ العَشْرَ الأَوَاخِرَ مِنْ رَمَضَانَ، حَتَّى تَوَفَّاهُ اللَّهُ، ثُمَّ اعْتَكَفَ أَزْوَاجُهُ مِنْ بَعْدِهِ.</t>
+  </si>
+  <si>
+    <t>Aishja (Allahu qoftë i kënaqur me të!), nëna e besimtarëve, gruaja e Profetit ﷺ tregon: “Profeti ﷺ hynte në itikaf në dhjetëshen e fundit të Ramazanit derisa vdiq. Pastaj gratë e tij vazhduan të hyjnë në itikaf pas tij.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ أمُّ المؤمنين عائشةُ رضي الله عنها أنّ النبيَّ صلى الله عليه وسلم لازَمَ الاعتكافَ في العشر الأواخر من رمضان، طلبًا لليلة القدر، واستمر على ذلك إلى أن توفاه الله، وقد لازم الاعتكافَ أزواجُه مِن بعده رضي الله عنهن.</t>
+  </si>
+  <si>
+    <t>Aishja, nëna e besimtarëve (Allahu qoftë i kënaqur me të!), ka treguar se Profeti ﷺ e praktikonte itikafin gjatë dhjetë ditëve të fundit të Ramazanit në kërkim të Natës së Kadrit. Ai vazhdoi ta bënte këtë, derisa ndërroi jetë. Pas vdekjes së tij, edhe gratë e tij (Allahu qoftë i kënaqur me to!) vazhduan ta praktikojnë itikafin.</t>
+  </si>
+  <si>
+    <t>مشروعية الاعتكاف في المساجد، حتى للنساء بالضوابط الشرعية، وبشرط الأمن من الفتنة.
+يتأكد الاعتكاف في العشر الأواخر من رمضان لملازمة النبي صلى الله عليه وسلم.
+الاعتكاف سُنَّة مستمرة لم تُنسخ، إذ اعتكف أزواجه صلى الله عليه وسلم بعده.</t>
+  </si>
+  <si>
+    <t>Lejueshmëria e praktikimit të itikafit në xhami, madje edhe për gratë, me kusht që t’u përmbahen rregullave të fesë dhe të jenë të sigurta nga sprovat (fitnet).
+Itikafi është më i theksuar gjatë dhjetë ditëve të fundit të Ramazanit, ngase Profeti ﷺ e praktikonte atë rregullisht.
+Itikafi është një Sunet i vazhdueshëm, që nuk është shfuqizuar, pasi gratë e Profetit ﷺ e kanë praktikuar itikafin edhe pas vdekjes së tij.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4495</t>
+  </si>
+  <si>
+    <t>تسحروا، فإن في السحور بركة</t>
+  </si>
+  <si>
+    <t>“Hani syfyr, sepse në syfyr ka bereqet.”</t>
+  </si>
+  <si>
+    <t>عن أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَسَحَّرُوا، فَإِنَّ فِي السَّحُورِ بَرَكَةً».</t>
+  </si>
+  <si>
+    <t>Enesi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Hani syfyr, sepse në syfyr ka bereqet.”</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم على السَّحُور وهو الأكل آخِر الليل استعدادًا للصيام؛ لأن فيه (بركة) خيرًا كثيرًا مِن الأجر والثواب، والقيام في وقت آخر الليل للدعاء، والتَّقَوِّي على الصوم، والتَّنَشُّط له، وتخفيف مشقَّته.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e ka inkurajuar ngrënien e syfyrit, që është ushqimi në pjesën e fundit të natës si përgatitje për agjërimin (gjatë ditës), sepse ai përmban bereqet, domethënë shumë mirësi në shpërblim dhe sevape, zgjim në pjesën e fundit të natës për lutje, forcim për agjërim, energji për ta përballuar atë dhe lehtësim të vështirësisë së tij.</t>
+  </si>
+  <si>
+    <t>استحباب السَّحُورِ وامتثال الأمر الشرعي بفعله.
+قال ابن حجر في فتح الباري: البركة في السحور تحصل بجهات متعددة، وهي اتباع السنة، ومخالفة أهل الكتاب، والتقوِّي به على العبادة، والزيادة في النشاط، ومدافعة سوء الخُلُق الذي يُثيره الجوع، والتسبُّب بالصدقة على مَن يسأل إذ ذاك أو يجتمع معه على الأكل، والتسبب للذِّكْر والدعاء وقت مظنة الإجابة، وتَدَارُك نية الصوم لمن أغفلها قبل أن ينام.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَقْرِن الحُكْم بالحكمة؛ لينشرح به الصدر، ويُعرف به سموُّ الشريعة.
+قال ابن حجر: يحصل السحور بأقل ما يتناوله المرء من مأكول ومشروب.</t>
+  </si>
+  <si>
+    <t>Ngrënia e syfyrit është e preferuar dhe është jetësim i urdhrit (të rekomanduar) fetar për ta vepruar.
+Ibn Haxheri ka thënë në “Fet'hul bari”: “Bereqeti në syfyr arrihet në shumë mënyra: duke ndjekur Sunetin, duke u dalluar nga ehli kitabi (hebrenjtë dhe të krishterët), duke fituar forcë për adhurim, duke shtuar energjinë, duke larguar sjelljet e këqija, që mund t’i shkaktojë uria, duke dhënë mundësi për bamirësi ndaj atyre që kërkojnë apo që bashkohen në ushqim, duke nxitur përmendjen e Allahut (dhikrin) dhe lutjen në një kohë kur pritet pranimi i tyre, si dhe duke dhënë mundësinë për të korrigjuar nijetin për agjërim për ata që mund ta kenë harruar para gjumit.”
+Metoda e mirë mësimore e Profetit ﷺ, e cila shfaqet në bashkimin e dispozitës me arsyen përkatëse, për ta qetësuar dëgjuesin dhe për ta bërë të njohur madhështinë e fesë.
+Ibn Haxheri ka thënë: "Syfyri plotësohet edhe me sasinë më të vogël të ushqimit apo pijes që njeriu konsumon."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4498</t>
+  </si>
+  <si>
+    <t>لا تقدموا رمضان بصوم يوم ولا يومين إلا رجل كان يصوم صوما فليصمه</t>
+  </si>
+  <si>
+    <t>“Mos agjëroni para Ramazanit një ose dy ditë, përveç nëse ndokush agjëron (në vazhdimësi) ditë të caktuara, le të agjërojë atë ditë.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقَدَّمُوا رَمَضَانَ بِصَوْمِ يَوْمٍ وَلَا يَوْمَيْنِ إِلَّا رَجُلٌ كَانَ يَصُومُ صَوْمًا فَلْيَصُمْهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Mos agjëroni para Ramazanit një ose dy ditë, përveç nëse ndokush agjëron (në vazhdimësi) ditë të caktuara, le të agjërojë atë ditë.”</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يصوم المسلم قبل رمضان بيوم أو يومين على نية الاحتياط لرمضان؛ لأنّ وجوبَ صيام رمضان عُلِّق برؤية الهلال، ولا حاجة للتكلُّف، إلا أحد كان يصوم صومًا اعتاد عليه كصوم يوم وفطر يوم، أو يوم الاثنين أو الخميس فصادفه فليصمْه؛ وليس ذلك من استقبال رمضان في شيء، ويلحق بذلك ما كان صيامًا واجبًا كالقضاء والنَّذْر.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ua ndaloi muslimanëve të agjërojnë një ose dy ditë para Ramazanit, me qëllimin që të jenë më të sigurt se mos ndoshta Ramazani ka hyrë, sepse obligimi i agjërimit të Ramazanit bazohet në shikimin e hënës së re dhe nuk ka nevojë për teprim apo ngarkesë të panevojshme. Megjithatë, nëse dikush ka një agjërim të zakonshëm, siç është agjërimi një ditë duke qenë agjërueshëm, e ditën tjetër jo, (si agjërimi i Davudit) ose agjërimi të hënave dhe të enjteve, dhe një prej këtyre ditëve përkon me këtë kohë (pra, një ose dy ditë para Ramazanit), atëherë ai lejohet të agjërojë. Kjo nuk konsiderohet si parapërgatitje për Ramazan. E njëjta gjë vlen edhe për agjërimet obligative, si kompensimi i ditëve të humbura apo përmbushja e një betimi (pra, lejohen).</t>
+  </si>
+  <si>
+    <t>النهي عن التكلف، ووجوب المحافظة على العبادة كما شُرعت بدون زيادة أو نقص.
+من حكمة ذلك -والله أعلم- تمييز فرائض العبادات من نوافلها، والاستعداد لرمضان بنشاط ورغبة، وليكون الصيام شعار ذلك الشهر الفاضل المميز به.</t>
+  </si>
+  <si>
+    <t>Teprimi është i ndaluar, dhe adhurimi duhet të kryhet ashtu siç është ligjësuar, pa shtim dhe pa cungim.
+Një pjesë e urtësisë pas kësaj - dhe Allahu e di më së miri - është që të bëhet dallimi mes adhurimeve obligative dhe atyre vullnetare, që besimtari të përgatitet për të pritur Ramazanin me energji dhe dëshirë, dhe që agjërimi të jetë shenja dalluese e atij muaji të begatë dhe të veçantë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4508</t>
+  </si>
+  <si>
+    <t>فرض رسول الله صلى الله عليه وسلم زكاة الفطر صاعا من تمر، أو صاعا من شعير، على العبد والحر، والذكر والأنثى، والصغير والكبير من المسلمين، وأمر بها أن تؤدى قبل خروج الناس إلى الصلاة</t>
+  </si>
+  <si>
+    <t>“I Dërguari i Allahut ﷺ e ka obliguar sadakanë e fitrit: një saë me hurma ose elb, për muslimanin, qoftë rob a i lirë, mashkull a femër, i vogël a i madh, si dhe ka urdhëruar që të jepet para se njerëzit të dalin për namaz (të Bajramit).”</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: فَرَضَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ زَكَاةَ الفِطْرِ صَاعًا مِنْ تَمْرٍ، أَوْ صَاعًا مِنْ شَعِيرٍ، عَلَى العَبْدِ وَالحُرِّ، وَالذَّكَرِ وَالأُنْثَى، وَالصَّغِيرِ وَالكَبِيرِ مِنَ المُسْلِمِينَ، وَأَمَرَ بِهَا أَنْ تُؤَدَّى قَبْلَ خُرُوجِ النَّاسِ إِلَى الصَّلاَةِ.</t>
+  </si>
+  <si>
+    <t>Ibn Omeri (Allahu qoftë i kënaqur me të dy!) tregon: “I Dërguari i Allahut ﷺ e ka obliguar sadakanë e fitrit: një saë me hurma ose elb, për muslimanin, qoftë rob a i lirë, mashkull a femër, i vogël a i madh, si dhe ka urdhëruar që të jepet para se njerëzit të dalin për namaz (të Bajramit).”</t>
+  </si>
+  <si>
+    <t>أَوْجَبَ النبيُّ صلى الله عليه وسلم زكاةَ الفطر بعد رمضان، وهي بمِقْدار صاعٍ يَبلغ وزنه أربعة أمداد. 
+والمُدُّ: مِلْء كَفَّي الرجُل المتوسّط، مِن تمر أو شعير على كل مسلم؛ الحر والعبد، الذكر والأنثى، الصغير والكبير، وذلك لمن عنده ما يَفيض عن قوت يومه وليلته، عن نفسه وعمّن يَعولهم. 
+وأَمَرَ أن تُؤدّى قبل خروج الناس إلى صلاة العيد.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e bëri obligim sadakanë e fitrit pas Ramazanit. Sasia e tij është një saë, që i barazohet katër muddëve në peshë. Një mudd është sa dy grushte të mbushura të një personi mesatar me hurma apo elb, dhe është obligim për çdo musliman, qofshin të lirë apo robër, meshkuj apo femra, të vegjël apo të rritur. Kjo vlen për atë që ka mjaftueshëm mbi nevojat e ditës dhe natës për veten dhe për ata që përkujdeset. Profeti ﷺ urdhëroi që kjo të jepet para se njerëzit të dalin për faljen e namazit të Bajramit.</t>
+  </si>
+  <si>
+    <t>زكاة الفطر مِن رمضان يجب أن تُؤدّى عن الصغير والكبير، والحر والمملوك، ويُخاطَب بها الوليّ والسِّيِّد، ويُخْرِجُها الرَّجل عنه وعن أولاده ومَن تَجِب عليه نَفَقتُهم.
+لا تجب زكاة الفطر عن الجَنين، بل تُستحب.
+بيان ما يُخرَج في زكاة الفطر، وأنه قوت الناس المعتاد.
+وجوب إخراجها قبل صلاة العيد، والأفضل أن تكون في صباح العيد، ويجوز إخراجها قبل العيد بيوم أو يومين.</t>
+  </si>
+  <si>
+    <t>Sadakaja e fitrit në Ramazan duhet të jepet në emër të të vegjëlve dhe të mëdhenjve, të lirëve dhe robërve. Ajo i besohet kujdestarit dhe zotërisë (pronarit). Burri duhet ta japë atë në emër të vet, fëmijëve të tij dhe atyre që është i obliguar t’i furnizojë.
+Nuk është obligim të jepet sadakaja e fitrit në emër të fetusit (foshnjës në bark), por është e preferuar.
+Sqarimi i asaj që duhet të jepet si sadaka e fitrit dhe se ajo është nga ushqimi bazë i zakonshëm i njerëzve.
+Është obligim që të jepet para namazit të Bajramit, më së miri në mëngjesin e ditës së Bajramit, dhe është e lejuar që të jepet një apo dy ditë para Bajramit.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4520</t>
+  </si>
+  <si>
+    <t>لا يحل لامرأة مسلمة تسافر مسيرة ليلة إلا ومعها رجل ذو حرمة منها</t>
+  </si>
+  <si>
+    <t>“Femrës muslimane nuk i lejohet të udhëtojë pa një mashkull mahrem të saj në largësi prej një nate.”</t>
+  </si>
+  <si>
+    <t>عن أبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ لِامْرَأَةٍ مُسْلِمَةٍ تُسَافِرُ مَسِيرَةَ لَيْلَةٍ إِلَّا وَمَعَهَا رَجُلٌ ذُو حُرْمَةٍ مِنْهَا».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Femrës muslimane nuk i lejohet të udhëtojë pa një mashkull mahrem të saj në largësi prej një nate.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَحْرُم على المرأة المسلمة أن تسافر مسيرة ليلة إلا أن يكون معها رجل مِن محارمِها.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e ka sqaruar se nuk lejohet që një grua muslimane të udhëtojë një distancë prej një nate, përveçse nëse shoqërohet nga një burrë prej mahremëve të saj.</t>
+  </si>
+  <si>
+    <t>قال ابن حجر: عدم جواز السفر للمرأة بلا مَحرَم، وهو إجماع في غير الحج والعمرة، والخروج مِن دار الشرك، ومنهم من جعل ذلك مِن شرائط الحج.
+كمال الشريعة الإسلامية، وحرصها على صَوْن المرأة وحمايتها.
+الإيمان بالله واليوم الآخر يَستلزم الخضوع لشرع الله، والوقوف عند حدودِه.
+مَحْرَم المرأة هو زوجها أو مَن يَحرُم عليها بالتأبيد بسبب قرابة، أو رضاع، أو مصاهرة، ويكون مسلمًا بالغًا عاقلًا ثقة مأمونًا؛ فإنَّ المقصود من المحرم حماية المرأة وصيانتها والقيام بشأنها.
+قال البيهقي عن الروايات الواردة في مُدَّة السفر الذي لا تسافر فيها المرأة إلا مع ذي مَحرم: والحاصل أنّ كل ما يُسمّى سفرًا تنهى عنه المرأة بغير زوج أو محرم سواء كان ثلاثة أيام أو يومين أو يومًا أو بَريدًا أو غير ذلك؛ لرواية ابن عباس المُطلَقة، وهي آخر روايات مسلم السابقة: {لا تسافر امرأة إلا مع ذي محرم} وهذا يتناول جميع ما يسمى سفرًا. انتهى، وهذا الحديث كان بحسب حال السائل وموطنه.</t>
+  </si>
+  <si>
+    <t>Ibn Haxheri ka thënë: “Ndalohet që një grua të udhëtojë pa mahrem, dhe kjo është me konsensus, përveç në rastet e Haxhit, Umres dhe largimit nga vendi i shirkut (idhujtarisë). Megjithatë, disa dijetarë e kanë vënë këtë si kusht për kryerjen e Haxhit.”
+Përsosmëria e sheriatit islam dhe kujdesi i tij  për ruajtjen dhe mbrojtjen e gruas.
+Besimi në Allahun dhe në Ditën e Fundit kërkon dorëzim ndaj ligjit të Allahut dhe qëndrueshmëri në kufijtë e Tij.
+Mahremi i një gruaje është burri i saj ose dikush që është përgjithmonë i ndaluar të martohet me të për shkak të lidhjes së gjakut, gjidhënies ose lidhjes martesore. Ai duhet të jetë musliman, moshërritur, mendërisht i shëndoshë, i besueshëm dhe i sigurt, pasi qëllimi i mahremit është ta mbrojë dhe ruajë gruan dhe të kujdeset për nevojat e saj.
+Bejhekiu ka thënë lidhur me hadithet e transmetuara që flasin për kohëzgjatjen e udhëtimit, për të cilin një gruaje nuk i lejohet të udhëtojë përveçse me mahrem: “Përmbledhtazi, çdo gjë që quhet udhëtim, një gruaje i ndalohet ta bëjë atë pa bashkëshort ose mahrem, qoftë ai tre ditë, dy ditë, një ditë, një berid (njësi matëse e distancës), apo çfarëdo tjetër, për shkak të kuptimit të përgjithshëm të transmetimit të Ibn Abasit, i cili është i fundit prej transmetimeve të Muslimt më parë: "... gruaja të mos udhëtojë pa mahrem." Kjo vlen për çdo gjë që quhet udhëtim.”
+Fund i citatit. Ky hadith ishte sipas gjendjes së pyetësit dhe vendit të tij.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4521</t>
+  </si>
+  <si>
+    <t>من نسي وهو صائم، فأكل أو شرب، فليتم صومه، فإنما أطعمه الله وسقاه</t>
+  </si>
+  <si>
+    <t>“Kush harron se është agjërueshëm, pastaj ha ose pi, le ta plotësojë agjërimin, se Allahu e ka ushqyer dhe i ka dhënë të pijë.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَسِيَ وَهُوَ صَائِمٌ، فَأَكَلَ أَوْ شَرِبَ، فَلْيُتِمَّ صَوْمَهُ، فَإِنَّمَا أَطْعَمَهُ اللهُ وَسَقَاهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kush harron se është agjërueshëm, pastaj ha ose pi, le ta plotësojë agjërimin, se Allahu e ka ushqyer dhe i ka dhënë të pijë.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَكَلَ أو شرب ناسيًا وهو في صوم فريضة أو تطوّع فلْيُتمّ صومَه ولا يُفطر؛ لأنه لم يَتَقَصَّد الفطر، وإنما هو رِزْقٌ ساقَه الله إليه وأطعمه وسَقَاه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka sqaruar se kushdo që ha ose pi pa qëllim (nga harresa) gjatë agjërimit, qoftë ai agjërim obligativ apo vullnetar, duhet ta plotësojë agjërimin dhe të mos e ndërpresë atë, sepse nuk e kishte për qëllim ta prishte agjërimin; përkundrazi, ai është furnizim që Allahu ia ka dhënë. Pra, Allahu e ka ushqyer dhe i ka dhënë të pijë.</t>
+  </si>
+  <si>
+    <t>صحة صوم من أكل أو شرب ناسيًا.
+ليس على من أكل أو شرب ناسيًا إثم؛ لأنه ليس باختياره.
+لُطْفُ الله بعباده والتيسير عليهم ورَفْع المشقّة والحَرَج عنهم.
+لا يُفطِر الصائم بشيء من المفطِّرات إلا إذا توافرت ثلاثة شروط: الأول: أن يكون عالمًا، فإن كان جاهلًا لم يفطر، الثاني: أن يكون ذاكرًا، فإن كان ناسيًا، فصيامه صحيح ولا قضاء عليه،  الثالث: أن يكون مختارًا لا مُكرَهًا بأن يتناول المفطِّر باختياره.</t>
+  </si>
+  <si>
+    <t>Vlefshmëria e agjërimit të atij që ha ose pi nga harresa.
+Kushdo që ha ose pi nga harresa nuk bart mëkat, sepse ai nuk e bën këtë me dëshirën e tij.
+Butësia e Allahut ndaj robërve të Tij dhe mënyra se si Ai ua lehtëson çështjet atyre dhe ua largon vështirësitë e pengesat.
+Agjëruesi nuk e prish agjërimin me asnjë nga gjërat që e prishin atë, përveçse nëse plotësohen tre kushte: 
+1. Të jetë i vetëdijshëm; nëse është i paditur (i painformuar), agjërimi nuk i prishet. 
+2. Të kujtojë; nëse është harrestar, agjërimi i tij është i vlefshëm dhe nuk ka nevojë ta kompensojë. 
+3. Të jetë me dëshirë dhe jo i detyruar, që do të thotë ta marrë gjënë që e prish agjërimin me vullnetin e tij.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4525</t>
+  </si>
+  <si>
+    <t>شهدت العيد مع عمر بن الخطاب رضي الله عنه، فقال: هذان يومان نهى رسول الله صلى الله عليه وسلم عن صيامهما: يوم فطركم من صيامكم، واليوم الآخر تأكلون فيه من نسككم</t>
+  </si>
+  <si>
+    <t>“Në namazin e Bajramit isha i pranishëm tek Omer ibn Hatabi (Allahu qoftë i kënaqur me të!), i cili tha: “I Dërguari i Allahut ﷺ ka ndaluar agjërimin e këtyre dy ditëve: ditën kur e përfundoni agjërimin tuaj (dita e Bajramit të Fitrit) dhe ditën kur hani prej kurbaneve (dita e Bajramit të Kurbanit).”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عُبَيْدٍ، مَوْلَى ابْنِ أَزْهَرَ، قَالَ: شَهِدْتُ العِيدَ مَعَ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ، فَقَالَ: هَذَانِ يَوْمَانِ نَهَى رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ صِيَامِهِمَا: يَوْمُ فِطْرِكُمْ مِنْ صِيَامِكُمْ، وَاليَوْمُ الآخَرُ تَأْكُلُونَ فِيهِ مِنْ نُسُكِكُمْ.</t>
+  </si>
+  <si>
+    <t>Ebu Ubejdi, i çrobëruari i Ibn Ez'herit, ka thënë: “Në namazin e Bajramit isha i pranishëm tek Omer ibn Hatabi (Allahu qoftë i kënaqur me të!), i cili tha: “I Dërguari i Allahut ﷺ ka ndaluar agjërimin e këtyre dy ditëve: ditën kur e përfundoni agjërimin tuaj (dita e Bajramit të Fitrit) dhe ditën kur hani prej kurbaneve (dita e Bajramit të Kurbanit).”</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن صيام يوم عيد الفطر وعيد الأضحى؛ فأما عيد الفطر فيوم الفطر من صيام شهر رمضان، وأما يوم عيد الأضحى فيوم الأكل من الأضاحي.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e ndaloi agjërimin në ditët e Bajramit të Fitrit dhe të Kurbanit. Sa i përket Bajramit të Fitrit, ajo është dita e prishjes së agjërimit pas muajit Ramazan, ndërsa sa i përket ditës së Bajramit të Kurbanit, ajo është dita e ngrënies nga kurbanët.</t>
+  </si>
+  <si>
+    <t>تحريم صوم يَوْمَيْ عيد الفطر والأضحى وأيام التشريق؛ لأنها تابعة ليوم الأضحى إلا مَن لم يجدِ الهديَ فيجوز له صيام أيام التشريق.
+قال ابن حجر: قيل: وفائدة وصف اليومين الإشارة إلى العلة في وجوب فطرهما، وهو الفَصْل من الصوم، وإظهار تمامه وحده بفطر ما بعده، والآخر لأجل النسك المتقرب بذبحه ليؤكل منه.
+يستحب للخطيب أن يذكر في خطبته ما يتعلق بوقته من الأحكام ويتحرى المناسبات.
+مشروعية الأكل من النُّسك.</t>
+  </si>
+  <si>
+    <t>Është e ndaluar të agjërohet në ditët e Bajramit të Fitrit, Bajramit të Kurbanit dhe në ditët e Teshrikut (tri ditët pas ditës së parë të Bajramit të Kurbanit), pasi ato janë të lidhura me ditën e Bajramit të Kurbanit, përveç atij që nuk ka kafshë për kurban, atij i lejohet të agjërojë në ditët e Teshrikut (teksa është në haxh).
+Ibn Haxheri ka thënë: "Thuhet se dobia e përshkrimit të këtyre dy ditëve është të tregojë shkakun pse është i obliguar mosagjërimi i tyre. Pra, të bëhet ndarje mes agjërimit dhe Bajramit dhe të shfaqet plotësimi i agjërimit përmes mosagjërimit pas Ramazanit. Ndërsa tjetri për shkak të kurbanit, me të cilin synohet afrimi tek Allahu përmes therjes së tij, me qëllim të ngrënies prej tij."
+Pëlqehet që ligjëruesi (hatibi) të përmendë në hutben e tij ato që kanë lidhje me kohën aktuale në aspektin e dispozitave dhe të jetë i kujdesshëm ndaj sezonave të adhurimeve.
+Lejueshmëria e ngrënies nga kurbani.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4527</t>
+  </si>
+  <si>
+    <t>أن تلبية رسول الله صلى الله عليه وسلم: لبيك اللهم، لبيك، لبيك لا شريك لك لبيك، إن الحمد والنعمة لك والملك لا شريك لك</t>
+  </si>
+  <si>
+    <t>telbija e të Dërguarit të Allahut ﷺ ka qenë kësisoj: “Lebbejke Allahumme lebbejk, lebbejke la sherike leke lebbejk, inne-l-hamde ven-ni‘mete leke vel-mulk, la sherike lek. (Të përgjigjem, o Allah, vetëm Ty të përgjigjem! Të përgjigjem Ty, që nuk ke ortak, të përgjigjem! Vetëm Ty të takon lavdfalëndrimi, mirësia dhe sundimi, Ti nuk ke ortak)!”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رَضِيَ اللهُ عَنْهُمَا: أَنَّ تَلْبِيَةَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَبَّيْكَ اللهُمَّ، لَبَّيْكَ، لَبَّيْكَ لَا شَرِيكَ لَكَ لَبَّيْكَ، إِنَّ الْحَمْدَ وَالنِّعْمَةَ لَكَ وَالْمُلْكَ لَا شَرِيكَ لَكَ» قَالَ: وَكَانَ عَبْدُ اللهِ بْنُ عُمَرَ رَضِيَ اللهُ عَنْهُمَا يَزِيدُ فِيهَا: لَبَّيْكَ لَبَّيْكَ، وَسَعْدَيْكَ، وَالْخَيْرُ بِيَدَيْكَ، لَبَّيْكَ وَالرَّغْبَاءُ إِلَيْكَ وَالْعَمَلُ.</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të dy!) tregon se telbija e të Dërguarit të Allahut ﷺ ka qenë kësisoj: “Lebbejke Allahumme lebbejk, lebbejke la sherike leke lebbejk, inne-l-hamde ven-ni‘mete leke vel-mulk, la sherike lek. (Të përgjigjem, o Allah, vetëm Ty të përgjigjem! Të përgjigjem Ty, që nuk ke ortak, të përgjigjem! Vetëm Ty të takon lavdfalëndrimi, mirësia dhe sundimi, Ti nuk ke ortak)!” (Nafiu) tha: “Abdullah ibn Omeri e shtonte edhe këtë: “Lebejke, lebejke, ve sadejke. Vel hajru bijedejke, lebejke ver ragbau ilejke vel amelu (Të përgjigjem Ty, të përgjigjem Ty, me kënaqësi! Mirësia është në Duart e Tua, të përgjigjem Ty, lutjen dhe veprën i kemi vetëm për Ty)!”</t>
+  </si>
+  <si>
+    <t>كانت تَلْبِيَةُ النبيِّ صلى الله عليه وسلم إذا أراد الدخول في نسك الحج أو العمرة أن يقول: 
+(لبيك اللهم لبيك) إجابة لازمة لك بعد إجابة فيما دعوتَنا من الإخلاص والتوحيد والحج وغيرها، (لبيك لا شريك لك لبيك) فأنت وحدك المُستحِق للعبادة لا شريك لك في ربوبيتك وألوهيتك وأسمائك وصفاتك، (إن الحمد) والشكر والثناء (والنعمة) منك وأنت معطيها (لك) تُصْرَف على كل حال، (والملك) كذلك لك، (لا شريك لك) فكلها لك وحدك. 
+وكان ابن عمر رضي الله عنهما يزيد فيها: 
+(لبيك لبيك وسعديك) أسعدني إسعادًا بعد إسعاد، (والخير بيديك) كلُّه ومِن فضلِك، (لبيك والرغباء إليك) والطلب والمسألة إلى مَن بيده الخير، (والعمل) لك فأنت المستحق للعبادة.</t>
+  </si>
+  <si>
+    <t>Telbija e Profetit ﷺ, kur ai niste ritet e Haxhit apo Umres, ishte kësisoj: “Lebbejke Allahumme lebbejk” - Të përgjigjem, o Allah, vetëm Ty të përgjigjem! - është përgjigje e vazhdueshme ndaj Teje, herë pas here, për gjithçka që na ke thirrur, siç është sinqeriteti, teuhidi, haxhi dhe të tjera. “Lebbejke la sherike leke lebbejk” - Të përgjigjem Ty, që nuk ke ortak, të përgjigjem!  - sepse vetëm Ti je i denjë për adhurim, nuk ke shok në zotërimin Tënd, në hyjninë Tënde, në emrat dhe cilësitë e Tua. " innel hamde" - Vetëm Ty të takon lavdfalëndrimi - mirënjohja e lavdërimi.  "vennimete" - mirësia, - është prej Teje dhe Ti e jep atë. "leke" - Ty - ato të përkushtohen në çdo gjendje, "velmulk" - dhe sundimi - po ashtu është për Ty, "la sherike lek" - Ti nuk ke ortak! - të gjitha janë vetëm për Ty. Ibn Omeri (Allahu qoftë i kënaqur me të dy!) e shtonte edhe këtë: “Lebejke, lebejke, ve sadejke." - Të përgjigjem Ty, të përgjigjem Ty, me kënaqësi! - domethënë: më gëzo dhe më bën të lumtur herë pas here. "Vel hajru bijedejke" - Mirësia është në Duart e Tua - e tëra është prej Teje dhe prej mirësisë Sate. "lebejke ver ragbau ilejke vel amelu" - të përgjigjem Ty, lutjen dhe veprën i kemi vetëm për Ty! - kërkesat dhe nevojat i drejtohen Atij, në dorën e të Cilit është çdo mirësi, sepse vetëm Ti je i denjë për adhurim.</t>
+  </si>
+  <si>
+    <t>مشروعية التلبية في الحج والعمرة، وتأكُّدُها فيه؛ لأنها شعاره الخاص، كالتكبير شِعَار الصلاة.
+قال ابن المنير: وفي مشروعية التلبية تنبيهٌ على إكرام الله تعالى لعباده بأنَّ وفودَهم على بيته إنما كان باستدعاء منه سبحانه وتعالى.
+الأفضل ملازمة تلبية النبي صلى الله عليه وسلم، ولا بأس بالزيادة لإقرار النبي عليه الصلاة والسلام له، قال ابن حجر: وهذا أعْدل الوجوه، فيفرد ما جاء مرفوعًا، وإذا اختار قول ما جاء موقوفًا أو أنشأه هو من قِبَل نفسِه مما يليق قاله على انفراده حتى لا يَختلط بالمرفوع، وهو شبيه بحال الدعاء في التشهد، فإنه قال فيه: ثم لِيَتَخَيَّر مِن المسألة والثناء ما شاء: أي بعد أن يَفْرُغ من المرفوع.
+استحباب رفع الصوت بالتلبية، وهذا في حقِّ الرجل، أما المرأة فتَخفض صوتها خشية الفتنة.</t>
+  </si>
+  <si>
+    <t>Lejueshmëria e shqiptimit të telbijes në Haxh dhe Umre është edhe më e theksuar në këto dy raste, sepse ajo është shenja e tyre dalluese, ashtu siç është tekbiri shenja dalluese e namazit.
+Ibn Muniri ka thënë: "Lejueshmëria e telbijes e thekson nderin që Allahu i Lartësuar u jep robërve të Tij, ngase arritja e tyre në Shtëpinë e Tij është me ftesë nga Ai, i Madhëruari dhe i Lartësuari."
+Më e e preferuar është të qëndrohet në telbijen e Profetit ﷺ, por nuk ka ndonjë problem në shtesat që thuhen, meqenëse Profeti ﷺ i ka aprovuar ato. Ibn Haxheri ka thënë: "Kjo është qasja më e balancuar, pra që njeriu ta shqiptojë veçmas atë që është transmetuar si merfu ( fjalë që i atribuohet drejtpërdrejt Profetit ﷺ), dhe nëse dëshiron të thotë diçka që është mevkuf (fjalë transmetuar nga një sahabi), ose ndonjë lutje të përshtatshme që e ka formuluar vetë, le ta thotë atë veçmas, që të mos përzihet me merfuin. Kjo është e ngjashme me lutjen gjatë teshehudit, për të cilën Profeti ﷺ ka thënë: “Pastaj le të zgjedhë nga lutjet dhe lavdërimet çfarë të dëshirojë”, domethënë, pasi ta ketë përfunduar recitimin e asaj që është merfu."
+Preferohet që burrat ta ngritin zërin kur e shqiptojnë telbijen, ndërsa gratë duhet ta ulin zërin nga frika e shkaktimit të fitnes (sprovës).</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4535</t>
+  </si>
+  <si>
+    <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
+  </si>
+  <si>
+    <t>I dashuri im ﷺ më ka porositur me tri gjëra: Agjërimin e tri ditëve të çdo muaji, faljen e dy rekateve të duhasë dhe faljen e vitrit para gjumit</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ.</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) ka thënë: "I dashuri im ﷺ më ka porositur me tri gjëra: Agjërimin e tri ditëve të çdo muaji, faljen e dy rekateve të duhasë dhe faljen e vitrit para gjumit."</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ أبو هريرةَ رضي الله عنه أنَّ حبيبَه وصاحبَه النبيَّ صلى الله عليه وسلم أوصاه وعَهِدَ إليه  بثلاث خصالٍ: 
+الأولى: صوم ثلاثة أيام من كل شهر. 
+الثانية: ركعتي الضُّحَى كل يوم. 
+الثالثة: الوِتْر قبل النوم؛ وذلك لِمَن خاف أن لا يَستيقظ آخر الليل.</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i dashuri dhe shoku i tij, Profeti ﷺ, e këshilloi dhe i la amanet tri gjëra:
+E para: Agjërimin e tri ditëve të çdo muaji (hënor).
+E dyta: Faljen e dy rekateve të namazit të duhasë çdo ditë.
+E treta: Falja e vitrit para gjumit, për atë i cili frikësohet se nuk mund të zgjohet në fund të natës.</t>
+  </si>
+  <si>
+    <t>اختلاف وصايا النبيِّ صلى الله عليه وسلم لأصحابه: مَبنيٌّ على عِلْمِه صلى الله عليه وسلم بأحوال أصحابه، وما يُناسِب كلَّ واحد منهم، فالقوي يُناسبه الجهاد، والعابد تُناسبه العبادة، والعالِم يُناسبه العِلْم، وهكذا.
+قال ابن حجر العسقلاني في قوله: صوم ثلاثة أيام من كل شهر، الذي يظهر أن المراد بها البِيْض؛ وهي: يوم الثالث عشر، والرابع عشر، والخامس عشر، من الشهر الهجري.
+قال ابن حجر العسقلاني: فيه استحباب تقديم الوتر على النوم، وذلك في حقِّ مَن لم يَثِق بالاستيقاظ.
+أهمية هذه الأعمال الثلاثة؛ لوصية النبي صلى الله عليه وسلم عَدَدًا من أصحابه بها.
+قال ابن دقيق العيد في قوله: (وركعتي الضحى): لعلّه ذَكَر الأقَلَّ الذي يوجد التأكيد بفعله، وفي هذا دلالة على استحباب صلاة الضحى، وأنَّ أقلها ركعتان.
+وقت صلاة الضحى: من بعد شروق الشمس بربع ساعة تقريبًا، ويَمتَد وقتُها إلى ما قبل الظهر بعشر دقائق تقريبًا، وعددها: أقلها ركعتان، واختُلف في أكثرها؛ فقيل: ثماني ركعات، وقيل: لا حد لأكثرها.
+وقت الوتر: من بعد صلاة العشاء إلى طلوع الفجر، وأقله ركعة، وأكثره إحدى عشرة ركعة.</t>
+  </si>
+  <si>
+    <t>Meqë këshillat e porositë e Profetit ﷺ drejtuar sahabëve  ishin të ndryshme, kjo bazohej në dijen e tij ﷺ mbi gjendjet dhe rrethanat e sahabëve dhe në atë që i përshtatej secilit prej tyre. Për të fortin ishte i përshtatshëm xhihadi, për adhuruesin ishte i përshtatshëm adhurimi, për dijetarin ishte e përshtatshme dija, e kështu me radhë.
+Ibn Haxher Askalaniu, rreth fjalës profetike: "Agjërimin e tri ditëve të çdo muaji", shprehet: "Në aspektin e jashtëm, duket se për qëllim janë tri ditët e bardha, të cilat janë: dita e trembëdhjetë, e katërmbëdhjetë dhe e pesëmbëdhjetë e muajit hixhri (hënor)."
+Ibn Haxher Askalaniu ka thënë: "Nga ky hadith përfitojmë se është e preferuar falja e vitrit para gjumit. Kjo vlen për atë që nuk është i sigurt se do të zgjohet."
+Rëndësia e këtyre tri veprave qëndron në faktin se Profeti ﷺ i ka këshilluar disa prej sahabëve të tij me to.
+Ibn Dekik Idi, rreth fjalës profetike: "... faljen e dy rekateve të duhasë," është shprehur: "Ndoshta e ka përmendur minimumin që mjafton për të përmbushur kryerjen e saj. Gjithashtu kjo tregon se falja e namazit të duhasë është e pëlqyer, dhe se më e pakta për këtë është dy rekate."
+Koha e namazit të duhasë fillon rreth një çerek ore pas lindjes së diellit dhe zgjat afërsisht dhjetë minuta para namazit të drekës. Sa i përket numrit të rekateve, minimumi i tyre është dy rekate, ndërsa për maksimumin ka mendime të ndryshme: disa thonë se janë tetë rekate, ndërsa të tjerë thonë se nuk ka kufi për numrin maksimal.
+Koha e vitrit fillon pas namazit të jacisë dhe zgjat deri në agim. Minimumi i tij është një rekat, ndërsa maksimumi njëmbëdhjetë rekate.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4538</t>
+  </si>
+  <si>
+    <t>تحروا ليلة القدر في الوتر من العشر الأواخر من رمضان</t>
+  </si>
+  <si>
+    <t>“Kërkojeni Natën e Kadrit në dhjetëshen e fundit të Ramazanit.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «تَحَرَّوْا لَيْلَةَ القَدْرِ فِي الوِتْرِ مِنَ العَشْرِ الأَوَاخِرِ مِنْ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Aishja (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ thoshte: “Kërkojeni Natën e Kadrit në dhjetëshen e fundit të Ramazanit.”</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم على الاجتهاد في التماس وتَحرِّي وطلب ليلة القدر بالإكثار من العمل الصالح، وهي أرجى أن تكون في الليالي الوترية من العشر الأواخر من رمضان كل عام، وهي: الحادية والعشرون، والثالثة والعشرون، والخامسة والعشرون، والسابعة والعشرون، والتاسعة والعشرون.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka inkurajuar që të jemi të zellshëm në kërkimin dhe përpjekjen për ta kapur Natën e Kadrit, duke shtuar veprat e mira. Ajo ka më shumë gjasa të jetë gjatë netëve tek të dhjetë netëve të fundit të Ramazanit çdo vit, që janë: nata e 21-të, 23-të, 25-të, 27-të dhe 29-të.</t>
+  </si>
+  <si>
+    <t>فضل ليلة القَدْر والحثّ على تَحَرِّيها.
+من حكمة الله ورحمته أخفى هذه الليلة لِيَجِدَّ الناس في العبادة، طلبًا لها، فيَكثُر ثوابُهم.
+ليلة القَدْر في العشر الأواخر من رمضان، وفي الأوتار منه أرجى.
+ليلة القدر هي إحدى ليالي العشر الأواخر من رمضان، وهي الليلة التي أنزل الله عز وجل فيها القرآن على النبي صلى الله عليه وسلم، وجعل هذه الليلة خيرًا من ألف شهر في بركتها، وعظيم قدرها، وأثر العمل الصالح فيها.
+سميت (ليلة القدْر) بسكون الدال بذلك، إما من الشرف، فيُقال: فلان عظيم القدر، فتكون إضافة الليلة من باب إضافة الشيء إلى صفته، أي الليلة الشريفة، يعني أنها عظيمة القدر شرفًا وفخامة ومكانة إلى آخره، ﴿ إِنَّا أَنْزَلْنَاهُ فِي لَيْلَةٍ مُبَارَكَةٍ ﴾ [الدخان: 3]، وإما من التقدير: فتكون إضافتها إليه من إضافة الظرف إلى ما يحتويه، أي هذه الليلة التي يكون فيها تقدير ما يجري في السنة، ﴿ فِيهَا يُفْرَقُ كُلُّ أَمْرٍ حَكِيمٍ ﴾ [الدخان: 4].</t>
+  </si>
+  <si>
+    <t>Vlera e Natës së Kadrit dhe inkurajimi për ta kërkuar atë.
+Nga urtësia dhe mëshira e Tij, Allahu e ka fshehur këtë natë në mënyrë që njerëzit të jenë të zellshëm në adhurim, duke e kërkuar atë, në mënyrë që shpërblimi i tyre të jetë i shumtë.
+Nata e Kadrit është në dhjetë netët e fundit të Ramazanit, dhe ka më shumë gjasa të jetë në netët teke.
+Nata e Kadrit është njëra nga dhjetë netët e fundit të Ramazanit. Ajo është nata në të cilën Allahu i Lartësuar ia zbriti Kuranin Profetit ﷺ. Allahu e bëri këtë natë më të mirë se një mijë muaj për nga begatia, rëndësia e saj e madhe dhe ndikimi i madh i veprave të mira që kryhen në të.
+Ajo u quajt “Nata e Kadrit”, me “d”-në e pazëshme, ose për shkak të nderit dhe vlerës së saj, ashtu siç thuhet: “filani ka kadr (vlerë, pozitë) të madhe”, dhe kështu shtimi i fjalës “natë” është lidhje e diçkaje me cilësinë e saj, domethënë nata fisnike, duke nënkuptuar pozitën, madhështinë dhe gradën e lartë të saj. Allahu i Lartësuar thotë: "Vërtet, Ne e zbritëm atë në një Natë të bekuar." (Ed Duhan, 3) Ose, emërtimi mund të rrjedhë nga fjala “takdir” (caktim), që do të thotë se kjo është nata, në të cilën përcaktohet caktimi për vitin. Allahu thotë i Lartësuar thotë: "Në atë (Natë) përcaktohet çdo çështje e urtë." (Ed Duhan, 4)</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4540</t>
+  </si>
+  <si>
+    <t>أرى رؤياكم قد تواطأت في السبع الأواخر، فمن كان متحريها فليتحرها في السبع الأواخر</t>
+  </si>
+  <si>
+    <t>“Mendoj se ëndrrat tuaja janë përputhur te shtatëshja e fundit. Ai që dëshiron ta kërkojë Natën e Kadrit, le ta kërkojë në shtatëshen e fundit.”</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رِجَالًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُرُوا لَيْلَةَ القَدْرِ فِي المَنَامِ فِي السَّبْعِ الأَوَاخِرِ، فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرَى رُؤْيَاكُمْ قَدْ تَوَاطَأَتْ فِي السَّبْعِ الأَوَاخِرِ، فَمَنْ كَانَ مُتَحَرِّيهَا فَلْيَتَحَرَّهَا فِي السَّبْعِ الأَوَاخِرِ».</t>
+  </si>
+  <si>
+    <t>Ibn Omeri (Allahu qoftë i kënaqur me të dy!) tregon: “Disa shokë të Profetit ﷺ panë në ëndërr se Nata e Kadrit është në shtatë netët e fundit. I Dërguari i Allahut ﷺ u tha: “Mendoj se ëndrrat tuaja janë përputhur te shtatëshja e fundit. Ai që dëshiron ta kërkojë Natën e Kadrit, le ta kërkojë në shtatëshen e fundit.”</t>
+  </si>
+  <si>
+    <t>رَأى رجالٌ من أصحاب النبيِّ صلى الله عليه وسلم في المنام أنّ ليلة القدر تكون في آخر سبع ليال من رمضان.
+فقال صلى الله عليه وسلم: أرى رؤياكم قد توافقت في السبع الأواخر من رمضان، فمن كان قاصدًا لها، حريصًا على طلبها، فليجتهد في تَحَرِّيها وطلبها بالإكثار من العمل الصالح فهي أرجى أن تكون في السبع الأواخر، وهي تبدأ من ليلة أربع وعشرين إذا كان شهر رمضان ثلاثين يومًا، وتبدأ ليلة ثلاث وعشرين إذا كان الشهر تسعة وعشرين يومًا.</t>
+  </si>
+  <si>
+    <t>Disa burra nga shokët e Profetit ﷺ panë në ëndërr se Nata e Kadrit është në shtatë netët e fundit të Ramazanit. Atëherë Profeti ﷺ tha: Po shoh se ëndrrat tuaja janë përputhur, se ajo është në shtatë netët e fundit të Ramazanit. Prandaj, kush e kërkon atë dhe është i përkushtuar për ta arritur, le ta kërkojë me zell dhe duke shtuar veprat e mira, sepse ajo ka më shumë gjasa të jetë në shtatë netët e fundit, të cilat fillojnë nga nata e 24-tër, nëse Ramazani është tridhjetë ditë, ose nga nata e 23-të nëse muaji është njëzetenëntë ditë.</t>
+  </si>
+  <si>
+    <t>فضل ليلة القَدْر والحث على تحريها.
+من حكمة الله ورحمته أخفى هذه الليلة لِيَجِدَّ الناس في العبادة، طلبًا لها، فيَكثُر ثوابُهم.
+ليلة القَدْر في العشر الأواخر من رمضان، وفي السبع الأواخر منه أرجى.
+ليلة القدر هي إحدى ليالي العشر الأواخر من رمضان، وهي الليلة التي أنزل الله عز وجل فيها القرآن على النبي صلى الله عليه وسلم، وجعل هذه الليلة خيرًا من ألف شهر في بركتها، وعظيم قدرها، وأثر العمل الصالح فيها.
+سميت (ليلة القدْر) بسكون الدال بذلك، إما من الشرف فيُقال: فلان عظيم القدر، فتكون إضافة الليلة من باب إضافة الشيء إلى صفته، أي الليلة الشريفة، يعني أنها عظيمة القدر شرفًا وفخامة ومكانة إلى آخره، ﴿ إِنَّا أَنْزَلْنَاهُ فِي لَيْلَةٍ مُبَارَكَةٍ ﴾ [الدخان: 3]، وإما من التقدير: فتكون إضافتها إليه من إضافة الظرف إلى ما يحتويه، أي هذه الليلة التي يكون فيها تقدير ما يجري في السنة، ﴿ فِيهَا يُفْرَقُ كُلُّ أَمْرٍ حَكِيمٍ ﴾ [الدخان: 4].</t>
+  </si>
+  <si>
+    <t>Vlera e Natës së Kadrit dhe inkurajimi për ta kërkuar atë.
+Nga urtësia dhe mëshira e Tij, Allahu e ka fshehur këtë natë në mënyrë që njerëzit të jenë të zellshëm në adhurim, duke e kërkuar atë, në mënyrë që shpërblimi i tyre të jetë i shumtë.
+Nata e Kadrit është në dhjetë netët e fundit të Ramazanit, dhe ka më shumë gjasa të jetë në netët teke.
+Nata e Kadrit është njëra nga dhjetë netët e fundit të Ramazanit. Ajo është nata në të cilën Allahu i Lartësuar ia zbriti Kuranin Profetit ﷺ. Allahu e bëri këtë natë më të mirë se një mijë muaj për nga begatia, rëndësia e saj e madhe dhe ndikimi i madh i veprave të mira që kryhen në të.
+Ajo u quajt “Nata e Kadrit”, me “d”-në e pazëshme, ose për shkak të nderit dhe vlerës së saj, ashtu siç thuhet: “filani ka kadr (vlerë, pozitë) të madhe”, dhe kështu shtimi i fjalës “natë” është lidhje e diçkaje me cilësinë e saj, domethënë nata fisnike, duke nënkuptuar pozitën, madhështinë dhe gradën e lartë të saj. Allahu i Lartësuar thotë: "Vërtet, Ne e zbritëm atë në një Natë të bekuar." (Ed Duhan, 3) Ose, emërtimi mund të rrjedhë nga fjala “takdir” (caktim), që do të thotë se kjo është nata në të cilën përcaktohet caktimi për vitin. Allahu thotë i Lartësuar thotë: "Në atë (Natë) përcaktohet çdo çështje e urtë." (Ed Duhan, 4)</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4545</t>
+  </si>
+  <si>
+    <t>إذا رأيتموه فصوموا، وإذا رأيتموه فأفطروا، فإن غم عليكم فاقدروا له</t>
+  </si>
+  <si>
+    <t>“Kur ta shihni hënën e Ramazanit, agjëroni, e kur ta shihni hënën e shevalit, hani (bëni Bajram). Nëse është vranët (dhe nuk e shihni), plotësojeni muajin (tridhjetë ditë).”</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنَ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا رَأَيْتُمُوهُ فَصُومُوا، وَإِذَا رَأَيْتُمُوهُ فَأَفْطِرُوا، فَإِنْ غُمَّ عَلَيْكُمْ فَاقْدُرُوا لَهُ».</t>
+  </si>
+  <si>
+    <t>Ibn Omeri (Allahu qoftë i kënaqur me të dy!) transmeton se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Kur ta shihni hënën e Ramazanit, agjëroni, e kur ta shihni hënën e shevalit, hani (bëni Bajram). Nëse është vranët (dhe nuk e shihni), plotësojeni muajin (tridhjetë ditë).”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم علامةَ دخول شهر رمضان وخروجه، فقال: إذا رأيتم هلال رمضان فصوموا، فإنْ حَالَ بينكم وبينه غَيْمٌ وسُتِرَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر شعبان، وإذا رأيتم هلال شوال فأفطروا، فإنْ حال بينكم وبينه غَيْمٌ وسُترَ عليكم؛ فعُدُّوا ثلاثين يومًا لشهر رمضان.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e sqaroi shenjën e hyrjes dhe daljes së muajit Ramazan, duke thënë: "Kur ta shihni hënën e re të Ramazanit, agjëroni, e nëse mes jush dhe saj ka re dhe nuk mund ta shihni, atëherë plotësojeni muajin Shaban tridhjetë ditë. E kur ta shihni hënën e re të Shevalit, prisheni agjërimin. Ndërsa, nëse mes jush dhe saj ka re dhe nuk mund ta shihni, atëherë plotësojeni muajin Ramazan tridhjetë ditë.</t>
+  </si>
+  <si>
+    <t>الاعتماد على الرؤية لا على الحساب في إثبات دخول الشهر.
+نقل ابن المنذر الإجماع على أنه لا يجب الصيام إذا كان دخول شهر رمضان بالحساب فقط دون الرؤية.
+وجوب إكمال شعبان ثلاثين يومًا إذا حال دون رؤية هلال رمضان غَيْمٌ أو نحوه .
+الشهرُ القَمَريُّ لا يكون إلا تسعةً وعشرون يومًا، أو ثلاثين يومًا.
+وجوب إكمال رمضان ثلاثين يومًا إذا حال غيم أو نحوه دون هلال شوال.
+من كان بموضع ليس فيه مَن يَتَفَقَّدُ أَمْرَ المسلمين في الصوم، أو كان ممن يضيِّع ذلك فينبغي أن يراعي ذلك ويَتفقده بمَن يثبت ذلك عنده برؤية نفسه أو برؤية من يثق به؛ فيصوم بذلك ويفطر.</t>
+  </si>
+  <si>
+    <t>Mbështetja për ta vërtetuar hyrjen e muajit bëhet mbi shikimin e hënës dhe jo mbi llogaritjet astronomike.
+Ibn Mundhiri e përcjell ixhmain (konsensusin) se agjërimi nuk është i obligueshëm nëse hyrja e muajit Ramazan përcaktohet vetëm me llogaritje astronomike dhe jo me shikimin e hënës.
+Është obligim të plotësohet muaji Shaban me tridhjetë ditë, nëse retë ose diçka tjetër pengon shikimin e hënës së Ramazanit.
+Muaji hënor mund të jetë ose 29-të ditë, ose 30-të ditë.
+Është obligim të plotësohet muaji Ramazan me tridhjetë ditë, nëse retë ose diçka tjetër pengon shikimin e hënës së Shevalit.
+Ai që ndodhet në një vend ku nuk ka dikë që e përcjell çështjen e muslimanëve sa i përket agjërimit, ose është dikush që e shpërfill këtë, atëherë duhet të kujdeset për këtë gjë dhe ta verifikojë përmes dikujt që e ka konfirmuar këtë përmes shikimit të tij ose përmes shikimit të dikujt, në të cilin ka besim. Atëherë,  i tilli, duhet të agjërojë dhe të prishë agjërimin në bazë të asaj që është vërtetuar te ai.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4549</t>
+  </si>
+  <si>
     <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Me të vërtetë, Allahu nuk i shikon pamjet dhe pasuritë tuaja, por i shikon zemrat dhe veprat tuaja</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Me të vërtetë, Allahu nuk i shikon pamjet dhe pasuritë tuaja, por i shikon zemrat dhe veprat tuaja."</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Profeti ﷺ tregon se Allahu i Lartësuar nuk i shikon trupat dhe pamjet e robërve të Tij, se a janë ato të bukura apo të shëmtuara, a janë të mëdhenj apo të vegjël e a janë të sëmurë a të shëndoshë. Po ashtu nuk shikon në pasuritë e tyre, se a është shumë apo pak. Allahu i Lartmadhëruar nuk i ndëshkon dhe nuk i merr në llogari robërit e Tij për këto çështje dhe dallimet që ata i kanë në to, por Ai i shikon zemrat e tyre: devotshmërinë, bindjen, vërtetësinë dhe sinqeritetin që ndodhet në zemra, pra se a kishte qëllim syefaqësinë e reputacionin, si dhe i shikon veprat e tyre sa i përket të qenit të tyre në rregull apo jo dhe shpërblen për to.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
@@ -5551,74 +8168,74 @@
 Turpi është ai që e shtyn muslimanin të bëjë atë që e zbukuron dhe e fisnikëron dhe ta lërë atë që e ndot dhe e turpëron.
 Neveviu ka thënë: "Urdhri këtu tregon lejueshmërinë, domethënë: nëse dëshiron të bësh diçka, atëherë bëje, për sa kohë që nuk të bën të ndihesh i turpëruar para Allahut dhe njerëzve; përndryshe, mos e bëj. Mbi këtë parim mbështetet Islami. Që do të thotë se njeriu duhet të ndjejë turp nga braktisja e asaj që është urdhëruar ta bëjë, qoftë e obligueshme apo e pëlqyeshme, si dhe duhet të ndjejë turp nga kryerja e asaj që është e ndaluar, qoftë haram apo e papëlqyer. Sa për atë që është e lejuar, njeriut i lejohet të ndjejë turp qoftë nga kryerja apo braktisja e saj. Hadithi, pra, përfshin të pestë rregullat e jurisprudencës islame (fikhut). Disa kanë thënë: "Urdhri këtu është në formë kërcënimi, domethënë: nëse turpi të hiqet, atëherë bëj çfarë të duash dhe Allahu do të të japë ndëshkimin që meriton për këtë. Të tjerë kanë thënë: "Ky është një urdhër në formën e lajmit, domethënë: kush nuk ka turp, bën çfarë të dojë."</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4559</t>
   </si>
   <si>
     <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>Veprat vlerësohen sipas nijeteve dhe njeriut i takon ajo që e ka bërë nijet</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Omer ibn Hatabi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Veprat vlerësohen sipas nijetit dhe njeriut i takon ajo që e ka bërë nijet. Andaj, atij që ka bërë hixhret për hir të Allahut dhe të Dërguarit të Tij, i vlerësohet si hixhret për hir të Allahut dhe të Dërguarit të Tij. Ndërkaq, nëse ka bërë hixhret me qëllim të arritjes së të mirave të dynjasë ose që të martohet me ndonjë grua, hixhreti i tij do të vlerësohet sipas nijetit të tij.” Ndërkaq, në një version të Buhariut, qëndron: "Veprat vlerësohen sipas nijeteve dhe njeriut i takon ajo që e ka bërë nijet."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e sqaron se të gjitha veprat llogariten me nijet. Ky vendim është i përgjithshëm për të gjitha adhurimet dhe transaksionet. Kushdo që me veprën e tij synon ndonjë dobi, nuk do të marrë asgjë tjetër përveç asaj dobie dhe nuk do të shpërblehet për të. Ndërkaq, kushdo që me veprën e tij synon t'i afrohet Allahut të Lartësuar, do ta marrë shpërblimin për veprën e tij, edhe nëse është vepër e zakonshme, siç janë ngrënia e pirja.
-Pastaj Profeti ﷺ solli një shembull për të treguar ndikimin e nijetit në vepra, pavarësisht se ajo është e njëjtë në formën e dukshme. Kështu, ai sqaroi se, kushdo që ka për qëllim me hixhretin (shpërnguljen) e largimin nga vendlindja kënaqësinë e Zotit të vet, atëherë hixhreti i tij është hixhret sheratik dhe i pranuar, për të cilin shpërblet, për shkak të sinqeritetit të tij. Ndërkaq, kushdo që me hixhretin e tij synon ndonjë dobi të kësaj bote, si: para, pozitë, tregti ose grua, i tilli nuk do të përfitojë nga hixhreti i tij gjë, përveçse atë dobi që ka pasur për qëllim dhe nuk do të ketë hise nga shpërblimi.</t>
+Pastaj Profeti ﷺ solli një shembull për të treguar ndikimin e nijetit në vepra, pavarësisht se ajo është e njëjtë në formën e dukshme. Kështu, ai sqaroi se, kushdo që ka për qëllim me hixhretin (shpërnguljen) e largimin nga vendlindja kënaqësinë e Zotit të vet, atëherë hixhreti i tij është hixhret sheriatik dhe i pranuar, për të cilin shpërblehet, për shkak të sinqeritetit të tij. Ndërkaq, kushdo që me hixhretin e tij synon ndonjë dobi të kësaj bote, si: para, pozitë, tregti ose grua, i tilli nuk do të përfitojë nga hixhreti i tij gjë, përveçse atë dobi që ka pasur për qëllim dhe nuk do të ketë hise nga shpërblimi.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Inkurajimi për të qenë të sinqertë, sepse Allahu e pranon vetëm atë vepër që bëhet për hir të Tij.
 Veprat me të cilat njeriu afrohet tek Allahu i Plotfuqishëm, nëse personi i ngarkuar me obligime fetare i bën ato në aspektin e zakonit, atëherë nuk ka shpërblim, derisa të synojë me anë të tyre që të afrohet me Allahun.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4560</t>
   </si>
   <si>
     <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>Islami është të dëshmosh se nuk meriton të adhurohet askush përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij, të falësh namazin, të japësh zekatin, të agjërosh Ramazanin dhe të kryesh haxhillëkun (këtë të fundit) po pate mundësi</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
-    <t>Omer ibn Hatabi (Allahu qoftë i kënaqur me të!) tregon: “Një ditë, ndërsa rrinim ulur tek i Dërguari i Allahut ﷺ, u shfaq një njeri fort rrobëbardhë e tejet flokëzi, tek i cili nuk vëreheshin shenja udhëtimi. Atë nuk e njihte asnjëri prej nesh. U ul pranë Profetit ﷺ duke i vendosur gjunjët e tij afër gjunjëve të të Dërguarit e duke i vënë shuplakat e duarve të tij mbi kofshët e veta, e në atë rast pyeti: “O Muhamed, më trego për Islamin.” I Dërguari i Allahut ﷺ tha: “Islami është të dëshmosh se nuk meriton të adhurohet askush përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij, të falësh namazin, të japësh zekatin, të agjërosh Ramazanin dhe të kryesh haxhillëkun (këtë të fundit) po pate mundësi.” Ai i tha: “Ashtu është.” Ne u çuditëm, sepse vetë e pyeste, vetë ia vërtetonte! Ai tha: “Më trego për besimin (imanin).” I Dërguari tha: “Besimi është të besosh në Allahun, në melekët, në librat e Tij, në të dërguarit, në Ditën e Fundit dhe të besosh në paracaktimin (kaderin), qoftë i mirë, qoftë i keq.” Ai i tha: “Ashtu është. Më trego për ihsanin (përsosurinë e adhurimit).” I Dërguari tha: “Ta adhurosh Allahun sikurse të jesh duke e parë Atë. Edhe pse ti nuk e sheh Atë, Ai gjithsesi të sheh ty.” Ai i tha: “Më trego për Kiametin.” I Dërguari tha: “Në lidhje me këtë i pyeturi nuk di më shumë sesa pyetësi.” Ai i tha: “Atëherë, tregomë për shenjat e tij.” I Dërguari tha: “(Kiameti vjen) kur robëresha ta lindë zonjën e saj dhe kur t’i shohësh këmbëzbathurit, të zhveshurit, fukarenjtë e barinjtë e deleve duke garuar për të bërë ndërtesa sa më të larta.” Pastaj, ai u largua, kurse ne qëndruam për një kohë. Më pas, i Dërguari më tha: “O Omer, a e di kush është ai që pyeste.” Unë thashë: “Allahu dhe i Dërguari i Tij e dinë më së miri.” Ai tha: “Ai qe Xhibrili dhe erdhi për t’jua mësuar fenë.”</t>
+    <t>Omer ibn Hatabi (Allahu qoftë i kënaqur me të!) tregon: “Një ditë, ndërsa rrinim ulur tek i Dërguari i Allahut ﷺ, u shfaq një njeri fort rrobëbardhë e tejet flokëzi, tek i cili nuk vëreheshin shenja udhëtimi. Atë nuk e njihte asnjëri prej nesh. U ul pranë Profetit ﷺ duke i vendosur gjunjët e tij afër gjunjëve të të Dërguarit e duke i vënë shuplakat e duarve të tij mbi kofshët e veta, e në atë rast pyeti: “O Muhamed, më trego për Islamin.” I Dërguari i Allahut ﷺ tha: “Islami është të dëshmosh se nuk meriton të adhurohet askush përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij, të falësh namazin, të japësh zekatin, të agjërosh Ramazanin dhe të kryesh haxhillëkun (këtë të fundit) po pate mundësi.” Ai i tha: “Ashtu është.” Ne u çuditëm, sepse vetë e pyeste, vetë ia vërtetonte! Ai tha: “Më trego për besimin (imanin).” I Dërguari tha: “Besimi është të besosh në Allahun, në melekët, në librat e Tij, në të dërguarit, në Ditën e Fundit dhe të besosh në paracaktimin (kaderin), qoftë i mirë, qoftë i keq.” Ai i tha: “Ashtu është." Më trego për ihsanin (përsosurinë e adhurimit).” I Dërguari tha: “Ta adhurosh Allahun sikurse të jesh duke e parë Atë. Edhe pse ti nuk e sheh Atë, Ai gjithsesi të sheh ty.” Ai i tha: “Më trego për Kiametin.” I Dërguari tha: “Në lidhje me këtë i pyeturi nuk di më shumë sesa pyetësi.” Ai i tha: “Atëherë, tregomë për shenjat e tij.” I Dërguari tha: “(Kiameti vjen) kur robëresha ta lindë zonjën e saj dhe kur t’i shohësh këmbëzbathurit, të zhveshurit, fukarenjtë e barinjtë e deleve duke garuar për të bërë ndërtesa sa më të larta.” Pastaj, ai u largua, kurse ne qëndruam për një kohë. Më pas, i Dërguari më tha: “O Omer, a e di kush është ai që pyeste.” Unë thashë: “Allahu dhe i Dërguari i Tij e dinë më së miri.” Ai tha: “Ai qe Xhibrili dhe erdhi për t’jua mësuar fenë.”</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>Omer ibn Hattabi (Allahu qoftë i kënaqur me të!) na tregon se Xhibrili (alejhi selam) u shfaq para sahabëve (Allahu qoftë i kënaqur me ta!) në formën e një njeriu që nuk njihej. Karakteristikë e tij ishte se rrobat i kishte fort të bardha dhe ishte tejet flokëzi, tek i cili nuk vëreheshin shenja udhëtimi, fjala vjen, të shfaqej lodhja, pluhuri, flokët e ndarë dhe rrobat e pista. Askush nga të pranishmit nuk e njohu. Sahabët ishin ulur me Profetin ﷺ, kështu që ai u ul para Profetit ﷺ në atë mënyrë si ulet nxënësi dhe e pyeti për Islamin dhe kësisoj Profeti ﷺ u përgjigj me këto shtylla që përfshijnë pranimin e dy dëshmive, faljen e pesë namazeve ditore në vazhdimësi, dhënien e zekatit atyre që e meritojnë, agjërimin e muajit Ramazan dhe kryerjen e haxhillëkut për atë që ka mundësi.
 Pyetësi tha: "Ashtu është." Kështu, sahabët u befasuan nga pyetja e Xhibrilit (alejhi selam), që tregonte në pamje të jashtme se ai nuk e dinte atë, e pastaj ai e miratoi vetë përgjigjen e Profetit.
 Xhibrili (alejhi selam) pastaj e pyeti për besimin dhe ai iu përgjigj me këto gjashtë shtylla, të cilat përfshinin besimin rreth ekzistimit të Allahut të Lartësuar dhe cilësive të Tij, si dhe veçimin e Tij me veprat e Veta, bie fjala, krijimi, si dhe veçimin e Tij me adhurim. Githashtu besimin se melekët, që krijoi Allahu, janë robër të nderuar që nuk e kundërshtojnë Allahun e Lartësuar dhe me urdhrin e Tij ata punojnë. Besimin në librat që u janë shpallur të dërguarve nga Allahu i Lartësuar, si: Kurani, Tevrati, Inxhili e të tjerë. Besimin në të Dërguarit, të cilët e kumtojnë nga Allahu fenë e Tij. Prej tyre janë: Nuhu, Ibrahimi, Musai, Isai dhe i fundit prej tyre është Muhamedi ﷺ dhe profetët e të dërguarit e tjerë. Besimin në Ditën e Fundit dhe gjërat që vijnë pas vdekjes, si: varri e jeta në varreza dhe se njeriu do të ringjallet pas vdekjes dhe do të merret në llogari, si dhe fundi i tij do të jetë ose në Xhenet, ose në Zjarr. Besimin se Allahu i paracaktoi gjërat sipas dijes së Tij si dhe ndodhën sipas urtësisë, shkrimit e vullnetit të Tij. Ato ndodhën mu ashtu siç i përcaktoi dhe i krijoi Allahu. Pastaj e pyeti për ihsanin (përsosurinë e adhurimit), kështu që i tregoi se ihsani është: "Ta adhurosh Allahun sikurse të jesh duke e parë Atë." Nëse nuk mund ta realizojë të arrijë deri te kjo pozitë, atëherë: "Ta adhurojë Allahu e Lartësuar sikur ta shohë Allahu atë." Shkalla e parë është: adhurimi i Allahut sikur je duke e parë, kjo është shkalla më e lartë, ndërsa e dyta është shkalla e vëzhgimit (ndjenjës se Allahu të vëzhgon).
 Më pas e pyeti për Kiametin se kur do të ndodhë e Profeti ﷺ sqaroi se dijen rreth Kiametit e ka mbajtur Allahu të fshehtë në dijen e Tij, kështu që askush përveç Tij nuk e di, rrjedhimisht as i pyeturi e as pyetësi.
 Më pas e pyeti për shenjat e Kiametit e pastaj sqaroi se ndër shenjat e Kiametit është se do të shtohen robëreshat dhe fëmijët e tyre, ose do të shtohet mosrespektimi i nënave nga ana e fëmijëve duke i trajtuar si robëresha. Gjithashtu, barinjve të deleve dhe të varfërve do t'u hapet kjo botë në fundin e botës, kështu që do të mburren ndaj njëri-tjetrit rreth zbukurimit dhe ndërtimit të ndërtesave (të larta).
 Pastaj Profeti ﷺ tregoi se pyetësi ishte Xhibrili (alejhi selam) i cili erdhi për t'ua mësuar sahabëve këtë fe besimdrejtë.</t>
   </si>
   <si>
     <t>حُسْن خُلُقِ النبي صلى الله عليه وسلم، وأنه يجلس مع أصحابه ويجلسون إليه.
 مشروعية الرفق بالسائل وتقريبه، ليتمكن من السؤال غير مُنْقَبِضٍ ولا خائف.
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
@@ -6300,50 +8917,85 @@
   </si>
   <si>
     <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
 الترغيب في التيسير على المعسر.
 الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
 مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
 ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
 الحث على طلب العلم وتلاوة القرآن وتدارسه.
 قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
 الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
   </si>
   <si>
     <t>Ibën Dekik el-Idi ka thënë: “Ky është një hadith madhështor, që përmbledh lloje të ndryshme dijesh, rregullash dhe norma të etikës. Ai thekson vlerën e përmbushjes së nevojave të muslimanëve dhe të sjelljes së dobishme në çfarëdo mënyre që është e mundur, qoftë përmes dijes, pasurisë, ndihmës, këshillës së dobishme, udhëzimit apo mënyrave të tjera.”
 Inkurajimi për ta lehtësuar gjendjen e atij që është në vështirësi (e ka borxhe).
 Një musliman inkurajohet të ndihmojë muslimanët e tjerë, sepse Allahu i Lartësuar e ndihmon atë që e ndihmon vëllain e tij në varësi të ndihmës që jep.
 Ndër mënyrat e mbulimit të të metave të një muslimani është: të mos hulumtohen mangësitë e tij. Është transmetuar nga njëri prej të parëve të mirë (selefëve) që ka thënë: “Kam takuar njerëz që nuk kishin të meta, por flisnin për të metat e të tjerëve, prandaj njerëzit filluan të përmendin të metat e tyre. Dhe kam takuar njerëz që kishin të meta, por ruheshin nga përmendja e të metave të të tjerëve, prandaj të metat e tyre u harruan.”
 Nuk është prej kushteve të mbulimit të të metave të të tjerëve që të lihet ndalimi i së keqes dhe të mos ndërhyhet për ta ndryshuar atë. Përkundrazi, e keqja duhet të ndalohet dhe njëkohësisht të mbulohet, dhe kjo vlen për ata që nuk janë të njohur për shthurje apo këmbëngulje në mëkate. Sa i përket atij që është i njohur për një sjellje të tillë, nuk është e pëlqyer të mbulohen të metat e tij; përkundrazi, çështja e tij duhet t’u referohet autoriteteve përkatëse, përderisa kjo nuk çon në një dëm më të madh. Kjo sepse mbulimi i të metave të tij e inkurajon atë në shthurje dhe e trimëron për të dëmtuar të tjerët, si dhe trimëron të tjerët që janë të këqij e kokëfortë.
 Inkurajimi për kërkimin e dijes, leximin dhe studimin e Kuranit.
 Neveviu ka thënë: "Në këtë hadith ka argument për vlerën e tubimit për leximin e Kuranit në xhami. Kjo vlerë fitohet-në dashtë Allahu-edhe në tubime të tjera të ngjashme me tubimet e xhamisë, si; tubimet në një shkollë, garnizon ushtarak, apo vende të tjera të ngjashme."
 Allahu e ka lidhur shpërblimin me veprat, e jo me prejardhjen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4801</t>
   </si>
   <si>
+    <t>يا أيها الناس توبوا إلى الله، فإني أتوب في اليوم إليه مائة مرة</t>
+  </si>
+  <si>
+    <t>“O njerëz, pendohuni tek Allahu, sepse unë pendohem tek Allahu njëqind herë në ditë.”</t>
+  </si>
+  <si>
+    <t>عن الْأَغَرِّ رضي الله عنه، وَكَانَ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَيُّهَا النَّاسُ تُوبُوا إِلَى اللهِ، فَإِنِّي أَتُوبُ فِي الْيَوْمِ إِلَيْهِ مِائَةَ مَرَّةٍ».</t>
+  </si>
+  <si>
+    <t>Egarri, - shok i Profetit ﷺ, - transmeton se i Dërguari i Allahut ﷺ ka thënë: “O njerëz, pendohuni tek Allahu, sepse unë pendohem tek Allahu njëqind herë në ditë.”</t>
+  </si>
+  <si>
+    <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم الناسَ بالإكثار مِن التوبة والاستغفار، ويُخْبِرُ عن نفسه أنه يتوب إلى الله تعالى ويستغفره في اليوم أكثر من مائة مرة، وقد غُفِر له ما تقدم من ذنبه وما تأخر، وفي ذلك كمال الذُّلِّ والتعبد لله جل وعلا.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith i urdhëron njerëzit që të pendohen tek Allahu dhe t’i kërkojnë falje Atij shpesh. Ai njofton për veten e tij se pendohet tek Allahu i Lartësuar dhe i kërkon falje Atij çdo ditë më shumë se njëqind herë, edhe pse mëkatet e tij të kaluara dhe të ardhshme janë falur. Kjo tregon përulje dhe adhurim të përsosur ndaj Allahut të Lartësuar.</t>
+  </si>
+  <si>
+    <t>كلُّ أحدٍ مهما كانت مرتبته ودرجته في الإيمان، فإنَّه يحتاج إلى الرجوع إلى الله تبارك وتعالى، وتكميل نفسه بالتوبة، وأنَّ كلَّ أحدٍ لا يخلو من تقصيرٍ في القيام بحقِّ الله تبارك وتعالى: (وَتُوبُوا إِلَى اللَّهِ جَمِيعًا أَيُّهَ الْمُؤْمِنُونَ). 
+التوبة عامة سواء من فعل المحرّمات والذنوب أو من التقصير في فعل الواجبات.
+الإخلاص في التوبة شرط في قبولها، فمن ترك ذنبًا لغير الله لا يكون تائبًا.
+قال النووي: للتوبة ثلاثة شروط: أن يُقْلِع عن المعصية، وأن يَندم على فعلها، وأن يَعزم عزمًا جازمًا ألَّا يعود إلى مثلها أبدًا، فإن كانت المعصية تتعلق بآدمي فلها شرط رابع، وهو: رَدُّ الظلامة إلى صاحبها، أو تحصيل البراءة منه.
+التنبيه على أن استغفار النبي صلى الله عليه وسلم لا يلزم أن يكون لذنوب ارتكبها، ولكن ذلك لكمال عبوديته وتعلقه بذكره سبحانه، واستشعاره عظم حق الله تعالى وتقصير العبد مهما عمل في شكر نعمه، وهو من باب التشريع للأمة من بعده، إلى غير ذلك من الحكم.</t>
+  </si>
+  <si>
+    <t>Çdo njeri, pa marrë parasysh shkallën dhe nivelin e tij të besimit, ka nevojë të kthehet tek Allahu i Lartësuar dhe ta përmirësojë veten përmes pendimit. Askush nuk është i liruar nga të qenët i mangët në përmbushjen e të drejtave të Allahut të Lartësuar: "Të gjithë ju, o besimtarë, kthehuni tek Allahu të penduar, që të arrini shpëtimin!" (En Nur, 31)
+Pendimi është i përgjithshëm, qoftë për kryerjen e veprave të ndaluara dhe mëkateve, apo për neglizhencën në përmbushjen e detyrimeve të obliguara.
+Sinqeriteti është kusht për pranimin e pendimit. Kushdo që braktis një mëkat për hir të dikujt tjetër përveç Allahut, nuk konsiderohet i penduar.
+Neveviu ka thënë: "Pendimi ka tre kushte: 1. Të braktiset mëkati. 2. Pishmanllëku përse e veproi. 3. Vendosmëria e fortë që të mos kthehet më kurrë te ai mëkat. Nëse mëkati ka të bëjë me të drejtën e një personi tjetër, atëherë ka edhe një kusht të katërt: 4. Të kthehet ajo që është marrë padrejtësisht ose të kërkohet falje nga personi që është dëmtuar."
+Është e rëndësishme të theksohet se kërkimi i faljes nga ana e Profetit ﷺ nuk do të thotë domosdoshmërisht se ai ka bërë mëkate. Përkundrazi, kjo pasqyron përsosmërinë e adhurimit të tij dhe lidhjen e tij të vazhdueshme me përmendjen e Allahut të Lartësuar, si dhe vetëdijen e tij për madhështinë e të drejtave të Allahut dhe mangësitë e robit, pavarësisht sa shumë mundohet ta falënderojë Atë për mirësitë e Tij. Kjo gjithashtu shërben si pjesë e ligjësimit për umetin pas tij, si dhe urtësi të tjera.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4809</t>
+  </si>
+  <si>
     <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>O robërit e Mi! Unë ia kam ndaluar Vetes padrejtësinë dhe e kam bërë të ndaluar edhe ndërmjet jush, andaj mos i bëni padrejtësi njëri-tjetrit</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Ebu Dherri (Allahu qoftë i kënaqur me të) transmeton se Profeti ﷺ tregon se Allahu i Lartësuar thotë: "O robërit e Mi! Unë ia kam ndaluar Vetes padrejtësinë dhe e kam bërë të ndaluar edhe ndërmjet jush, andaj mos i bëni padrejtësi njëri-tjetrit. O robërit e Mi! Të gjithë jeni të devijuar, përveç atij që Unë e udhëzoj, andaj më kërkoni udhëzim, që t'ju udhëzoj. O robërit e Mi! Të gjithë jeni të uritur, përveç atij që Unë e ushqej, andaj më kërkoni ushqim, që t'ju ushqej. O robërit e Mi! Të gjithë jeni të zhveshur, përveç atij që Unë e vesh, andaj më kërkoni veshmbathje, që t'ju furnizoj me të. O robërit e Mi! Ju bëni gabime natë e ditë, ndërsa Unë i fal të gjitha mëkatet, andaj më kërkoni falje, që t'ju fal. Ju kurrë nuk do të arrini të më bëni dëm e as që do të keni mundësi të më bëni dobi. O robërit e Mi, edhe po qe se të gjithë ju, i pari e i fundit, përfshirë njerëzit e xhinët, bëheni si njeriu më zemërmirë prej jush, kjo gjë aspak nuk do ta shtonte sundimin Tim. O robërit e Mi, edhe nëse të gjithë njerëzit e xhinët, fillim e mbarim, bëheni si njeriu më zemërprishur nga mesi juaj, kjo gjë as që do të pakonte sundimin Tim. O robërit e Mi, në qoftë se të gjithë njerëzit e xhinët, fund e krye, tubohen në një vend, më drejtohen me kërkesa e Unë i jap gjithsecilit atë që kërkon, kjo nuk do të pakësonte asgjë nga ajo që gjendet tek Unë, respektivisht aq sa përthith gjilpëra kur futet në det. O robërit e Mi! Vërtet ato janë veprat tuaja, të cilat i ruaj e më pas jua shpërblej, kështu që, kushdo që gjen mirë, le ta falënderojë Allahun, ndërkaq, ai që gjen keq, le ta qortojë vetëm vetveten."</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na sqaron se Allahu i Lartmadhëruar ia ka ndaluar padrejtësinë Vetvetes dhe e ka bërë të ndaluar te krijesat e Tij, në mënyrë që askush të mos i bëjë padrejtësi ndokujt tjetër. Të gjithë njerëzit janë të devijuar nga rruga e vërtetë, përveç atyre që i udhëzon Allahu e u jep sukses, kështu që, atij që i kërkon Allahut udhëzim, Ai i jep sukses dhe udhëzim. Njerëzit janë të varfër dhe nevojtarë për Allahun në të gjitha nevojat e tyre, andaj, kushdo që i kërkon Allahut, Ai ia plotëson e nevojat dhe i mjafton. Ata mëkatojnë gjatë ditës e natës dhe Allahu i Lartësuar ia mbulon e ia fal robit kur ai kërkon falje. Ata nuk kanë mundësi aspak t'i bëjnë dëm e as dobi Allahut. Ata edhe sikur të bëheshin si njeriu më zemërmirë, kjo gjë aspak nuk do ta shtonte sundimin e Allahut. Ata edhe sikur të bëheshin si njeriu më zemërprishur, kjo gjë nuk do të pakonte sundimin e Tij, sepse janë të dobët e të varfër për Allahun; nevojtarë për Të në çdo gjendje, kohë e vend, e Ai është i Vetëmjaftueshmi, i Latësuari. Nëse ata do të qëndronin në një vend, njerëzit dhe xhinët, fund e krye, duke e lutur Allahun dhe Ai do t'i jepte secilit prej tyre atë që kërkon, kjo nuk do të pakësonte asgjë nga ajo që ka Allahu, sikurse një gjilpërë, nëse futet në det dhe pastaj hiqet, nuk do të pakësonte asgjë prej detit. Kjo është për shkak të vetëmjaftueshmërisë së përsosur të Allahut të Lartësuar.
 Allahu i Lartësar i ruan veprat e robërve, ua llogarit dhe i shpërblen për to në Ditën e Kiametit. Andaj, kushdo që e gjen shpërblimin për punën e tij të mirë, le ta falënderojë Allahun që i dha sukses t'i bindet Atij, e, kushdo që e gjen shpërblimin e punës së tij, të jetë diçka tjetër, atëherë le të mos qortojë askënd pos vetes - shpirtit, i cili është i prirur për të keqen, gjë që e dërgoi në humbje.</t>
@@ -6387,121 +9039,352 @@
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se ishte i ri, hipur (mbi kafshë) me Profetin ﷺ, kur i tha: "Unë po të mësoj disa çështje dhe gjëra, përmes të cilave Allahu do të të bëjë dobi:
 "Ruaje Allahun duke i ruajtur urdhrat e Tij dhe duke iu shmangur ndalesave të Tij, në mënyrë që Ai të të gjejë duke bërë adhurime e të të mos gjejë duke bërë mëkate. E, nëse e bën këtë, shpërblimi yt do të jetë që Zoti të të ruajë nga të këqijat e kësaj bote dhe të botës tjetër, si dhe do të të ndihmojë në punët e tua kudo që të shkosh.
 Nëse dëshiron të lypësh diçka, lypi vetëm Allahut, sepse vetëm Ai u përgjigjet kërkesave të atyre që e lusin.
 Nëse dëshiron ndihmë, mos e kërko prej askujt pos Allahut.
 Duhet të jesh i bindur se nuk do të kesh asnjë dobi, edhe nëse të gjithë njerëzit e tokës mblidhen për të të bërë ndonjë dobi, përveç asaj që ta ka caktuar Allahu, dhe anasjeltas, nuk do të të ndodhë asnjë e keqe, edhe nëse të gjithë njerëzit e tokës mblidhen për të të bërë ndonjë dëm, përveç asaj që ta ka caktuar Allahu.
 Kjo çështje është caktuar nga Allahu i Lartmadhëruar dhe është vendosur sipas asaj që përkon me urtësinë dhe diturinë e Tij, e nuk ka ndryshim të asaj që ka caktuar Ai.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Rëndësia e mësimit fëmijëve çështjet e fesë, si: teuhdin (monoteizmin), normat e edukatës, e kështu me radhë.
 Shpërblimi është sipas llojit të veprës.
 Urdhri për t'u mbështetur në Allahun, e jo në dikë tjetër. Eh, sa Mbështetës i mirë që është Ai!
 Besimi në caktimin dhe paracaktimin dhe të kënaqurit me të dhe se Allahu ka paracaktuar çdo gjë.
 Atë që e humb urdhrin e Allahut, Ai do ta humbë dhe nuk do ta ruajë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4811</t>
   </si>
   <si>
+    <t>لا تقتله، فإن قتلته فإنه بمنزلتك قبل أن تقتله، وإنك بمنزلته قبل أن يقول كلمته التي قال</t>
+  </si>
+  <si>
+    <t>“Mos e vrit, se po e vrave, ai do të arrijë në pozitën që kishe ti para se ta vrisje, ndërsa ti do të vendosesh në pozitën që kishte ai para se t'i thoshte ato fjalë”, - tha i Dërguari i Allahut ﷺ</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَادِ بْنَ عَمْرٍو الكِنْدِيَّ رضي الله عنه: أَنَّهُ قَالَ لِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَرَأَيْتَ إِنْ لَقِيتُ رَجُلًا مِنَ الكُفَّارِ فَاقْتَتَلْنَا، فَضَرَبَ إِحْدَى يَدَيَّ بِالسَّيْفِ فَقَطَعَهَا، ثُمَّ لاَذَ مِنِّي بِشَجَرَةٍ، فَقَالَ: أَسْلَمْتُ لِلَّهِ، أَأَقْتُلُهُ يَا رَسُولَ اللَّهِ بَعْدَ أَنْ قَالَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ» فَقَالَ: يَا رَسُولَ اللَّهِ إِنَّهُ قَطَعَ إِحْدَى يَدَيَّ، ثُمَّ قَالَ ذَلِكَ بَعْدَ مَا قَطَعَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ».</t>
+  </si>
+  <si>
+    <t>Mikdad ibn Amër Kindiu (Allahu qoftë i kënaqur me të!) transmeton se i kishte thënë të Dërguarit të Allahut ﷺ: "O i Dërguari i Allahut, nëse më ndodh të takoj një jobesimtar e të luftoj me të, ndërkohë më bie me shpatë e ma pret dorën, dhe pastaj mbrohet nga unë pas një peme dhe thotë: "I jam nënshtruar Allahut!" A ta vras, vallë, pasi ta thotë këtë?" - “Mos e vrit!” - tha i Dërguari i Allahut ﷺ. - O i Dërguari i Allahut, ai më preu njërën dorë dhe ato fjalë i tha pasi ma preu dorën, e të mos e vras? - përsëriti Mikdadi. - “Mos e vrit, se po e vrave, ai do të arrijë në pozitën që kishe ti para se ta vrisje, ndërsa ti do të vendosesh në pozitën që kishte ai para se t'i thoshte ato fjalë”, - tha i Dërguari i Allahut ﷺ."</t>
+  </si>
+  <si>
+    <t>سألَ المقدادُ بن الأسود رضي الله عنه النبيَّ صلى الله عليه وسلم إذا هو لَقِيَ رجلًا من الكفار في المعركة، فتبارزا بالسيوف، حتى أصاب الكافر إحدى يديه بالسيف فقطعها، ثم فَرَّ الكافر منه وتَحَصَّنَ بشجرة، فقال: لا إله إلا الله، أيحل لي قَتْلُه بعد أنْ قَطَعَ يدي؟ 
+فقال له النبي صلى الله عليه وسلم: لا تقتلْه. 
+فقال يا رسول الله، إنه قطع إحدى يديَّ، أَمَعَ هذا لا أقتله؟! 
+فقال صلى الله عليه وسلم: لا تقتلْه، فإنه أصبح حَرامُ الدَّم، فإنك إنْ قَتلتَه بعد إسلامه؛ فإنه بمنزلتِك مَعصومُ الدَّم بإسلامه، وإنك بمنزلته مُباح الدم بقتلك إياه قِصاصًا.</t>
+  </si>
+  <si>
+    <t>Mikdad ibn Esvedi (Allahu qoftë i kënaqur me të!) e pyeti Profetin ﷺ: Nëse unë takoj një njeri nga jobesimtarët në betejë dhe përballemi me shpatat tona, derisa jobesimtari të më godasë me shpatë dhe të më presë njërën dorë. Pastaj ky jobesimtar ikën prej meje dhe strehohet pas një peme, e më pas thotë: "La ilahe il-lallah", a më lejohet ta vras atë pasi ma ka prerë dorën?"
+Profeti ﷺ i tha: "Mos e vrit!"
+Ai i tha: "O i Dërguari i Allahut! Ai ma preu njërën dorë, e megjithëkëtë të mos e vras?!"
+Profeti ﷺ tha: "Mos e vrit, sepse ai tani e ka gjakun haram (është i mbrojtur nga vrasja). Nëse ti e vret pasi ai ka pranuar Islamin, atëherë ai është në pozitën tënde, i mbrojtur nga vrasja për shkak të Islamit të tij, ndërsa ti do të ishe në pozitën e tij, ku gjaku yt do të jetë i lejuar për hakmarrje (kisas)."</t>
+  </si>
+  <si>
+    <t>مَن صَدَر منه ما يَدل على الدخول في الإسلام مِن قول أو فعل حَرُم قتلُه.
+إذا أسلم أحدٌ من الكفار أثناء المعركة، فقد عُصِم دمُه، ووجب الكفُّ عنه إلا أن يَتَبَيَّنَ منه خلاف ذلك.
+يجب على المسلم أن يكون هواه تبعًا للشرع وليس للعصبية والانتقام.
+قال ابن حجر: جواز السؤال عن النوازل قبل وقوعها بناءً على ترجيح أنَّ القصة لم تقع، وأما ما نُقِلَ عن بعض السلف من كراهة ذلك فهو محمول على ما يَنْدُرُ وقوعُه، وأما ما يمكن وقوعُه عادةً فيُشرَع السؤالُ عنه لِيُعْلَم.</t>
+  </si>
+  <si>
+    <t>Kushdo që përmes fjalëve apo veprave të tij tregon se ka hyrë në Islam, është i ndaluar të vritet.
+Nëse një jobesimtar e pranon Islamin gjatë betejës, gjaku i tij bëhet i mbrojtur dhe është detyrë të ndalet sulmi ndaj tij, përveç nëse bëhet e qartë diçka e kundërt nga ana e tij.
+Është obligim për muslimanin që dëshirat e tij të jenë në përputhje me sheriatin, dhe jo të udhëhiqen nga fanatizmi ose dëshira për hakmarrje.
+Ibn Haxheri ka thënë: "Është e lejueshme të pyetet për çështje që mund të ndodhin, bazuar në mendimin se ngjarja në fjalë nuk kishte ndodhur ende. Ndërsa ajo që është transmetuar nga disa selefë (pararendës) për mospëlqimin e kësaj praktike, ka të bëjë me pyetjet për gjëra që rrallë ndodhin. Sa i përket asaj që ka gjasa të ndodhë zakonisht, është e ligjshme të pyetet rreth saj, në mënyrë që ta mësojmë."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4815</t>
+  </si>
+  <si>
     <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Një njeri bëri një mëkat dhe tha: “O Allah, më fal mëkatin!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ transmeton nga Zoti i vet i Lartmadhërishëm dhe thotë: “Një njeri bëri një mëkat dhe tha: “O Allah, më fal mëkatin!” Allahu i Lartmadhërishëm thotë: “Robi Im bëri mëkat, por e diti se ka një Zot që fal mëkatet dhe dënon për to.” Pastaj bëri mëkat sërish dhe tha: “O Zot, më fal mëkatin!” Allahu i Lartmadhërishëm thotë: “Robi Im bëri mëkat, por e diti se ka një Zot që fal mëkatet dhe dënon për to."  Pastaj bëri mëkat sërish dhe tha: “O Zot, më fal mëkatin!” Allahu i Lartmadhërishëm thotë: “Robi Im bëri mëkat, por e diti se ka një Zot që fal mëkatet dhe dënon për to. Bëj ç'të duash (përderisa kërkon falje pas çdo mëkati), se ta kam falur.”</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Profeti ﷺ transmeton nga Zoti i tij se, nëse njeriu bën mëkat dhe pastaj thotë: "O Allah, më fal mëkatin!", Allahu i Lartmadhërishëm thotë: “Robi Im bëri mëkat, por e diti se ka një Zot që fal mëkatet, i mbulon, i tejkalon ose dënon për to, e Unë e kam falur atë." Pastaj njeriu bëri mëkat përsëri dhe tha: "O Zot, më fal mëkatin!" Allahu i Lartmadhërishëm thotë: “Robi Im bëri mëkat, por e diti se ka një Zot që i fal mëkatet, i mbulon, i tejkalon ose dënon për to, e Unë e kam falur Robin Tim." Sërish ky njeri bën mëkat dhe thotë: "O Zot, më fal mëkatin!" Allahu i Lartmadhërishëm thotë: “Robi Im bëri mëkat, por e diti se ka një Zot që i fal mëkatet, i mbulon, i tejkalon ose dënon për to, e Unë e kam falur Robin Tim. Le të bëjë çfarë të dojë, përderisa sa herë që bën një mëkat, e braktis mëkatin dhe pendohet e vendos që të mos kthehet në të, por ja që atë e pushton vetja e kësisoj bie përsëri në mëkat, kështu që përderisa e bën këtë: mëkaton dhe pendohet, Unë do ta fal, sepse pendimi e shkatërron atë që ka ndodhur më herët."</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Mëshira e gjerë e Allahut ndaj robërve të Tij dhe se çfarëdo mëkati të bëjë njeriu dhe çfarëdo që të veprojë, nëse pendohet dhe kthehet tek Ai, Allahu ia pranon pendimin.
 Besimtari në Allahun e Lartësuar shpreson në faljen e Zotit të vet, i frikësohet dënimit të Tij, shpejton drejt pendimit dhe nuk vazhdon në mëkat.
 Kushtet e pendimit të sinqertë janë: heqja dorë nga mëkati, keqardhja për të dhe vendosmëria për të mos u kthyer në mëkat. E, nëse pendimi është prej padrejtësive që ua ka shkaktuar njerëzve, që ndërlidhen me pasuri, nder ose shpirt, këtu shtohet kushti i katërt, që është: kërkimi i hallallëkut nga pronari i së drejtës ose dhënia e së drejtës së tij.
 Rëndësia e njohjes së Allahut, gjë që e bën njeriun të vetëdijshëm për çështjet e fesë, kështu që pendohet sa herë që bën ndonjë mëkat, prandaj nuk dëshpërohet dhe nuk këmbëngul në gjynahe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4817</t>
   </si>
   <si>
+    <t>إن رسول الله صلى الله عليه وسلم برئ من الصالقة والحالقة والشاقة</t>
+  </si>
+  <si>
+    <t>Ai është distancuar nga vajtuesja, nga ajo që i rruan flokët (në raste fatkeqësish) dhe nga ajo që i shqyen rrobat.”</t>
+  </si>
+  <si>
+    <t>عَن أَبِي بُرْدَةَ بْنِ أَبِي مُوسَى رَضِيَ اللَّهُ عَنْهُ قَالَ: وَجِعَ أَبُو مُوسَى وَجَعًا شَدِيدًا، فَغُشِيَ عَلَيْهِ وَرَأْسُهُ فِي حَجْرِ امْرَأَةٍ مِنْ أَهْلِهِ، فَلَمْ يَسْتَطِعْ أَنْ يَرُدَّ عَلَيْهَا شَيْئًا، فَلَمَّا أَفَاقَ، قَالَ: أَنَا بَرِيءٌ مِمَّنْ بَرِئَ مِنْهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بَرِئَ مِنَ الصَّالِقَةِ وَالحَالِقَةِ وَالشَّاقَّةِ.</t>
+  </si>
+  <si>
+    <t>Ebu Burde ibn Ebu Musai (Allahu qoftë i kënaqur me të!) tregon: “Ebu Musai u sëmur rëndë, e në atë rast i ra të fikët, ndërsa kokën e kishte në prehrin e njërës prej grave të tij. Nuk mund të kundërshtonte asgjë (kur ajo qante), e, kur u këndell, tha: “Unë distancohem prej asaj që është distancuar edhe i Dërguari i Allahut ﷺ. Ai është distancuar nga vajtuesja, nga ajo që i rruan flokët (në raste fatkeqësish) dhe nga ajo që i shqyen rrobat.”</t>
+  </si>
+  <si>
+    <t>حَكَى أبو بردة رضي الله عنه أنّ أباه أبا موسى الأشعري رضي الله عنه مَرض مرضًا شديدًا فأغمي عليه، وكانت رأسه في حِجْر امرأةٍ من أهله، فصاحت ونَدَبَتْه، فلم يستطع أن يَرُدَّ عليها شيئًا بسبب إغمائه.
+فلما أفاق قال: إنه بريءٌ ممن بَرِئَ منه رسول الله صلى الله عليه وسلم، وإنه صلى الله عليه وسلم قد بَرِئَ من:
+الصالقة: وهي الرافعة صوتها عند المصيبة. 
+والحالقة: وهي التي تَحلق شعرها عند المصيبة.
+والشاقة: وهي التي تَشقُّ ثوبها عند المصيبة. 
+لأنها من أمور الجاهلية، بل أمر بالصبر عند المصائب، واحتساب أجرها على الله.</t>
+  </si>
+  <si>
+    <t>Ebu Burde (Allahu qoftë i kënaqur me të!) transmeton se babai i tij, Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!), u sëmur rëndë derisa i ra të fikët. Koka e tij ishte në prehërin e njërës prej grave të tij, e cila bërtiti dhe vajtoi, por ai nuk mundi t’i përgjigjej për shkak të gjendjes së pavetëdijshme. Kur u këndell, tha: Unë distancohem nga kushdo që është distancuar prej tij i Dërguari i Allahut ﷺ. Ai është distancuar prej: Es Salikah: gruaja që ngrit zërin me vajtime kur e godet ndonjë fatkeqësi. El Halikah: gruaja që rruan flokët në shenjë pikëllimi për fatkeqësinë që e ka goditur. Esh Shakkah: gruaja që shqyen rrobat nga mërzia për fatkeqësinë që e ka goditur. Kjo, ngase këto veprime janë prej zakoneve të kohës së injorancës paraislame (xhahilijetit). Në vend të tyre, njeriu urdhërohet të jetë i durueshëm në kohë fatkeqësie dhe ta kërkojë shpërblimin te Allahu.</t>
+  </si>
+  <si>
+    <t>النهي عن شَقِّ الثوب، وحَلْق الشعر، ورفع الصوت عند وقوع المصائب، وأن ذلك من كبائر الذنوب.
+الحزن والبكاء دون نياحةٍ ورَفْعِ صوتٍ ليس محرّمًا، فهو لا ينافي الصبر على قضاء الله، وإنما هو رحمة.
+تحريم التسخُّط من أقدار الله المؤلمة بالقول أو الفعل.
+وجوب الصبر عند وقوع المصائب.</t>
+  </si>
+  <si>
+    <t>Shqyerja e rrobave, rruajtja e flokëve dhe ngritja e zërit me vajtime kur godasin fatkeqësitë janë të ndaluara dhe konsiderohen mëkate të mëdha.
+Pikëllimi dhe të qarët, pa vajtime dhe pa ngritje zëri, nuk janë të ndaluara, sepse nuk bien ndesh me durimin ndaj caktimit të Allahut; përkundrazi, ato janë një formë mëshire.
+Është e ndaluar të shprehet pakënaqësi ndaj caktimeve të dhimbshme të Allahut, qoftë me fjalë apo me vepra.
+Durimi është obligim në kohë fatkeqësie.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4849</t>
+  </si>
+  <si>
+    <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
+  </si>
+  <si>
+    <t>“Ai që ha hudhër ose qepë, të mos na afrohet, - ose ka thënë: të mos i afrohet xhamisë sonë, por le të qëndrojë në shtëpinë e vet.”</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
+ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
+  </si>
+  <si>
+    <t>Xhabir ibn Abdullahu (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Ai që ha hudhër ose qepë, të mos na afrohet, - ose ka thënë: të mos i afrohet xhamisë sonë, por le të qëndrojë në shtëpinë e vet.” Profetit ﷺ i sollën një enë me bishtaja (të gatuara). Ai me t'i nuhatur erën, pyeti se çfarë kishte në të. Kur i treguan se kishte bishtaja, tha: “Afrojuani!” - disa shokëve të tij, që ishin së bashku. Kur (njëri prej tyre) pa (se Profeti ﷺ e refuzoi), hezitoi të hante. Profeti ﷺ tha: “Ha, sepse unë flas me atë që ti nuk flet (me Xhibrilin).”</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أَكلَ ثومًا أو بَصلًا أن يأتي المسجد، حتى لا يؤذيَ إخوانَه ممن يحضرون صلاة الجماعة بريحهما، وهو نهيُ تنزيهٍ عن إتيان المسجد، لا عن أكلِهما؛ لأنهما من الأطعمة المباحة، وقد أُتيَ صلى الله عليه وسلم بِقِدْرٍ فيه خضروات، فلما شمَّ فيها ريحًا وأُخبِر بما فيها امتنع مِن أكلِها وقَرَّبها إلى بعض أصحابه ليأكل منها، فكره الأكل اقتداء به، فلما رآه صلى الله عليه وسلم قال: كُلْ؛ فإني أناجي الملائكة بالوحي.
+وأَخبرَ النبيُّ صلى الله عليه وسلم أن الملائكة تتأذّى من الروائح الكريهة، كما يتأذى الناس منها.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e ndaloi atë që ha hudhra ose qepë, që të shkojë në xhami, në mënyrë që të mos i pengojë e shqetësojë vëllezërit e tij, që marrin pjesë në namazin me xhemat për shkak të erës së tyre. Ky ndalim është për shkak të evitimit të shqetësimit të xhematit në xhami, jo për shkak të ngrënies së tyre, pasi hudhrat dhe qepët janë ushqime të lejuara. Një herë Profetit ﷺ i sollën një enë me bishtaja (të gatuara). Me t'i nuhatur erën e tyre u njoftua për përbërësit, kësisoj nuk i hëngri dhe ia afroi enën disave prej shokëve të tij që të hanin prej saj. Për këtë arsye, njëri prej tyre hezitoi të hante, nga dëshira për të ndjekur shembullin e tij. Kur Profeti ﷺ e pa këtë, tha: "Ha, sepse unë flas me melekët përmes shpalljes."
+Profeti ﷺ njoftoi se melekët shqetësohen dhe irritohen nga erërat e pakëndshme, ashtu siç shqetësohen edhe njerëzit prej tyre.</t>
+  </si>
+  <si>
+    <t>النهي عن إتيان المساجد لمن أكل ثومًا، أو بصلًا، أو كراثًا.
+يلحق بهذه الأشياء، كلّ ذي رائحة كريهة يتأذى منها المصلون، كرائحة الدُّخان والتَّبْغِ ونحو ذلك.
+علة المنع الرائحة، فإذا زالت بكثرة الطبخ أو بغير ذلك؛ زالت الكراهة.
+كراهة أكل هذه الأشياء لمن عليه حضور الصلاة في المسجد؛ لئلا تفوته الجماعة في المسجد، ما لم يأكلها حيلة على إسقاط الحضور، فيحرم.
+امتناع النبي صلى الله عليه وسلم عن أكل الثوم ونحوه، ليس لتحريمه، وإنما لمناجاته جبريل عليه السلام.
+حسن تعليم النبي صلى الله عليه وسلم، حيث يَقرُن الحكم ببيان سببه؛ ليطمئن المخاطَب بمعرفة الحكمة.
+قال القاضي: وقاس العلماء على هذا مجامع الصلاة غير المسجد كمصلّى العيد والجنائز ونحوها من مجامع العبادات، وكذا مجامع العلم والذكر والولائم ونحوها، ولا يلتحق بها الأسواق ونحوها.
+قال العلماء: وفي هذا الحديث دليل على منع آكل الثوم ونحوه من دخول المسجد -وإن كان خاليًا- لأنه مَحلُّ الملائكة، ولعموم الأحاديث.</t>
+  </si>
+  <si>
+    <t>Ndalohet të hyjnë në xhami ai që ka ngrënë hudhër, qepë ose presh.
+Këtyre gjërave u bashkohet (në vendimin e ndalesës) çdo erë e keqe që i shqetëson namazlinjtë, si era e duhanit, e duhanit të tymosur dhe të ngjashme me to.
+Shkaku i ndalesës është era, pra nëse ajo largohet për shkak të gatimit të tepërt apo për arsye të tjera, largohet edhe të qenët e urryer pjesëmarrja në xhamia pasi të jenë ngrënë ato.
+Është e papëlqyeshme ngrënia e këtyre gjërave për atë që e ka obligim të marrë pjesë në xhami për namaz, në mënyrë që të mos i ikë namazi me xhemat në xhami, përveç nëse i ha ato me qëllim për mos marrë pjesë në to, atëherë kjo bëhet e ndaluar.
+Përmbajtja e Profetit ﷺ nga ngrënia e hudhrës dhe të ngjashmeve me të, nuk ishte për shkak se janë të ndaluara, por për shkak të bisedës së tij me Xhibrilin (alejhi selam).
+Mënyra e bukur e mësimdhënies së Profetit ﷺ, ku ai e lidh gjykimin, duke e sqaruar shkakun e tij, në mënyrë që personit që po i drejtohet të ndihet i qetë, duke e njohur urtësinë e ndalesës.
+Kadi Ijadi ka thënë: "Dijetarët kanë bërë analogji mbi këtë, duke përfshirë vendet e tubimit për namaz, përveç xhamisë, si: vendfalja e Bajramit, varrimet dhe të ngjashmet që janë tubime adhurimi. Po ashtu, edhe tubimet për dije, përmendje të Allahut, gosti dhe të ngjashmet. Nuk përfshihen në këtë, tregjet dhe vende të ngjashme me to."
+Dijetarët kanë thënë: "Në këtë hadith ka argument që ndalohet të hyjë në xhami ai që ka ngrënë hudhër ose diçka të ngjashme, edhe nëse xhamia është e zbrazur, sepse ajo është vend i melekëve dhe për shkak të ndalesës së përgjithshme të përmendur në hadithe."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4850</t>
+  </si>
+  <si>
     <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>“Prijësit e drejtë tek Allahu do të jenë në podiume drite, në të djathtën e Rrahmanit (Allahut) të Lartësuar, e që të dyja Duart e Tij i ka të djathta</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
-    <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Prijësit e drejtë tek Allahu do të jenë në podiume drite, në të djathtën e Rrahmanit (Allahut) të Lartësuar, e që të dyja Duart e Tij i ka të djathta. Këta janë ata të cilët janë të drejtë në gjykimin e tyre, të drejtë me familjet e tyre dhe me këdo që e kanë nën përgjegjësi.”</t>
+    <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të dy!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Prijësit e drejtë tek Allahu do të jenë në podiume drite, në të djathtën e Rrahmanit (Allahut) të Lartësuar, e që të dyja Duart e Tij i ka të djathta. Këta janë ata të cilët janë të drejtë në gjykimin e tyre, të drejtë me familjet e tyre dhe me këdo që e kanë nën përgjegjësi.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na njofton se ata që gjykojnë me drejtësi dhe me hak mes njerëzve, të cilët i kanë nën përgjegjësinë, gjykimin e tyre dhe janë nga familja e tyre, do të ulen në karrige të larta, që janë krijuar prej dritës, si nderim për ta në Ditën e Kiametit. Këto podiume janë në të djathtë të të Gjithëmëshirshmit të Lartësuar, ndërkohë të dyja Duart e Tij janë të djathta.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Vlera dhe inkurajimi i drejtësisë.
 Drejtësia është e përgjithshme dhe përfshin të gjitha përgjegjësitë dhe gjykimet midis njerëzve, madje edhe drejtësinë midis grave dhe fëmijëve, e kështu me radhë.
 Sqarimi i pozitës së të drejtëve në Ditën e Kiametit.
 Pozitat e besimtarëve do të dallojnë nga njëri-tjetri në Ditën e Kiametit, në bazë të veprave.
 Metoda e inkurajimit është një nga metodat e thirrjes, që e inkurajon të thirrurin që të bindet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4935</t>
   </si>
   <si>
+    <t>كانت بنو إسرائيل تسوسهم الأنبياء، كلما هلك نبي خلفه نبي، وإنه لا نبي بعدي، وسيكون خلفاء فيكثرون</t>
+  </si>
+  <si>
+    <t>“Në vazhdimësi bijtë e Israilit udhëhiqeshin nga profetët. Sa herë që vdiste një profet, vinte një tjetër. Ndërkaq, pas meje nuk ka më profet, por do të ketë halifë të shumtë</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَازِمٍ قَالَ: قَاعَدْتُ أَبَا هُرَيْرَةَ رضي الله عنه خَمْسَ سِنِينَ، فَسَمِعْتُهُ يُحَدِّثُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «كَانَتْ بَنُو إِسْرَائِيلَ تَسُوسُهُمُ الأَنْبِيَاءُ، كُلَّمَا هَلَكَ نَبِيٌّ خَلَفَهُ نَبِيٌّ، وَإِنَّهُ لاَ نَبِيَّ بَعْدِي، وَسَيَكُونُ خُلَفَاءُ فَيَكْثُرُونَ» قَالُوا: فَمَا تَأْمُرُنَا؟ قَالَ: «فُوا بِبَيْعَةِ الأَوَّلِ فَالأَوَّلِ، أَعْطُوهُمْ حَقَّهُمْ، فَإِنَّ اللَّهَ سَائِلُهُمْ عَمَّا اسْتَرْعَاهُمْ».</t>
+  </si>
+  <si>
+    <t>Ebu Hazimi tregon: “E kam shoqëruar Ebu Hurejrën (Allahu qoftë i kënaqur me të!) pesë vjet me radhë dhe e kam dëgjuar të transmetojë se Profeti ﷺ ka thënë: “Në vazhdimësi bijtë e Israilit udhëhiqeshin nga profetët. Sa herë që vdiste një profet, vinte një tjetër. Ndërkaq, pas meje nuk ka më profet, por do të ketë halifë të shumtë.” Të pranishmit i thanë: “E çfarë po na urdhëron të bëjmë?” Ai u tha: “Qëndroni besnikë besës ndaj secilit me radhë dhe respektojini të drejtat e tyre, sepse Allahu do t'i marrë ata në pyetje për gjendjen e atyre që ua ka lënë nën pushtet.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ بني إسرائيل كانت تسوسهم الأنبياء، ويَتَولَّون أمورهم كما تفعل الأمراء والولاة بالرَّعِيّة، وكلما ظهر فيهم فسادٌ بَعَث الله لهم نبيًا لهم يقيم أمرهم ويزيل ما غيّروا من أحكام.
+وإنه لا نبي بعدي فيَفْعَل ما كان أولئك يفعلون، وسيكون بعدي خلفاء فيَكْثرون ويحصل بينهم التنازع والخلاف. 
+فسأل الصحابة رضي الله عنهم رسول الله صلى الله عليه وسلم: فما تأمرنا؟ 
+فقال: فإذا بُويع الخليفةُ بعد خَليفة؛ فبيعة الأول صحيحة يجب الوفاء بها، وبيعة الثاني باطلة ويَحْرُم عليه طلبُها، وأعطوهم حقّهم، وأطيعوهم وعاشروهم بالسمع والطاعة في غير المعصية، فإن الله يسألهم ويحاسبهم على ما يفعلونه بكم.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka njoftuar se bijtë e Israilit janë udhëhequr nga profetët, të cilët i kanë drejtuar çështjet e tyre ashtu siç i drejtojnë sundimtarët dhe prijësit punët e popullit të tyre. Sa herë që shfaqej prishje në mesin e tyre, Allahu u dërgonte një profet që të ndreqte gjendjen dhe të largonte devijimet që kishin bërë në dispozitat hyjnore. Ai shtoi se pas tij nuk do të ketë më profet që të bëjë atë që ata bënin, por do të ketë halifë, dhe ata do të jenë të shumtë, dhe mes tyre do të ketë përçarje dhe mospajtime. Atëherë shokët e Profetit (Allahu qoftë i kënaqur me ta!) e pyetën të Dërguarin e Allahut ﷺ: Çfarë na urdhëron të bëjmë në këtë rast? Ai tha: Nëse i jepet besa një halifi pas një halifi tjetër, atëherë besa e dhënë të parit është e vlefshme dhe duhet të respektohet, ndërsa besa e dytë është e pavlefshme dhe është e ndaluar që ai ta kërkojë atë. Jepuni atyre të drejtat që u takojnë, bindjuni atyre dhe jetoni me ta duke i dëgjuar dhe duke iu bindur, përveç në ato çështje që përfshijnë mosbindje ndaj Allahut, sepse Allahu do t’i marrë në llogari për atë që bëjnë ndaj jush.</t>
+  </si>
+  <si>
+    <t>أنه لا بد للرعية من نبي أو خليفة يقوم بأمرها، ويحملها على الطريق المستقيم.
+أنه لا نبي بعد نبينا محمد صلى الله عليه وسلم.
+التحذير من الخروج على من ثَبَتَتْ ولايته بطريقة شرعية.
+أنه لا يجوز عقد البيعة لخليفتين في آنٍ واحد.
+عِظَم مسؤولية الإمام، فإن الله تعالى سيسأله عن رعيته.
+قال ابن حجر: تقديم أمر الدين على أمر الدنيا؛ لأنه صلى الله عليه وسلم أَمَرَ بتوفية حق السلطان لما فيه من إعلاء كلمة الدين وكف الفتنة والشر؛ وتأخير أمر المطالبة بحقه لا يُسقِطه، وقد وعده الله أنه يُخَلِّصه ويُوَفِّيه إياه ولو في الدار الآخرة.
+علامة من علامات نبوته صلى الله عليه وسلم، فقد كثر الخلفاء بعده صلى الله عليه وسلم، وتوالى على الأمة المصلحون منهم والمسيؤون.</t>
+  </si>
+  <si>
+    <t>Populli ka nevojë për një profet ose një halif që t’i udhëheqë çështjet e tyre dhe t’i drejtojë në rrugën e drejtë.
+Nuk ka pejgamber pas Pejgamberit tonë Muhamedit ﷺ.
+Paralajmërim kundër kryengritjes ndaj një sundimtari (musliman), autoriteti i të cilit është vendosur përmes rrugëve të ligjshme fetare.
+Nuk lejohet t’i jepet besa dy halifëve njëkohësisht.
+Sundimtari ka përgjegjësi të madhe, ngase Allahu i Lartësuar do ta marrë në llogari për popullin e tij.
+Ibn Haxheri ka thënë: "Duhet t’u jepet përparësi çështjeve fetare ndaj atyre të kësaj bote, sepse Profeti ﷺ ka urdhëruar që t’i plotësohet e drejta sundimtarit, pasi kjo nënkupton ruajtjen e fjalës së fesë dhe pengimin e kaosit dhe të së keqes. Shtyrja e kërkesës për të drejtat personale nuk i shfuqizon ato, sepse Allahu ka premtuar se do t’i japë dhe do t’i plotësojë, qoftë edhe në botën tjetër."
+Kjo është një nga shenjat e profecisë së tij, pasi pas Profetit ﷺ dolën shumë halifë, dhe njëri pas tjetrit udhëhoqën umetin musliman, qofshin ata të drejtë apo të prishur.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4936</t>
+  </si>
+  <si>
+    <t>من يحرم الرفق يحرم الخير</t>
+  </si>
+  <si>
+    <t>“Kush privohet prej butësisë, do të privohet prej mirësisë.”</t>
+  </si>
+  <si>
+    <t>عَنْ جَرِيرٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ».</t>
+  </si>
+  <si>
+    <t>Xheriri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: ” “Kush privohet prej butësisë, do të privohet prej mirësisë.”</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ na tregon në këtë hadith se kush privohet prej butësisë, nuk i jepet sukses në çështjet fetare e të kësaj bote dhe në atë që bën për veten e tij dhe në atë që bën me të tjerët, pra, i tilli është i privuar nga çdo mirësi.</t>
+  </si>
+  <si>
+    <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
+الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
+الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
+قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
+  </si>
+  <si>
+    <t>Vlera e butësisë dhe inkurajimi që të stolisemi me të dhe përçmimi i qortimit.
+Me butësi arrihet mirësia e të dyja botëve dhe zgjerimi i çështjes së tyre, ndërsa me ashpërsi është e kundërta e kësaj.
+Butësia rezulton nga sjellja e mirë dhe të qenët i qetë, ndërsa ashpërsia rezulton nga zemërimi dhe mungesa e mirësjelljes. Për këtë arsye Profeti ﷺ e lavdëroi butësinë shumë.
+Sufjan Theuriu (Allahu e pastë mëshiruar!) u tha shokëve të tij: "A e dini se çfarë është butësia? Ajo është që t'i vendosësh gjërat në vendin e duhur: ashpërsinë në vendin e duhur, butësinë në vendin e duhur, shpatën në vendin e duhur dhe kamxhikun në vendin e duhur."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4939</t>
+  </si>
+  <si>
+    <t>كان رسول الله صلى الله عليه وسلم إذا دخل العشر أحيا الليل، وأيقظ أهله، وجد وشد المئزر</t>
+  </si>
+  <si>
+    <t>“Kur hynte dhjetëshja (e fundit e Ramazanit), i Dërguari i Allahut ﷺ e gjallëronte natën (me adhurim), e zgjonte familjen e tij, e shtonte angazhimin dhe i shtrëngonte rrobat (veçohej me adhurime dhe nuk u afrohej grave).”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللهُ عَنْهَا قَالَتْ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الْعَشْرُ أَحْيَا اللَّيْلَ، وَأَيْقَظَ أَهْلَهُ، وَجَدَّ وَشَدَّ الْمِئْزَرَ.</t>
+  </si>
+  <si>
+    <t>Aishja (Allahu qoftë i kënaqur me të!) tregon: “Kur hynte dhjetëshja (e fundit e Ramazanit), i Dërguari i Allahut ﷺ e gjallëronte natën (me adhurim), e zgjonte familjen e tij, e shtonte angazhimin dhe i shtrëngonte rrobat (veçohej me adhurime dhe nuk u afrohej grave).”</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دخل العشر الأواخر من رمضان أحيا الليل كلَّه بأنواع الطاعات، وأيقظ أهلَه للصلاة، واجتهد في العبادة زيادة على عادته، وتَفَرَّغ لها واعتزل نساءه.</t>
+  </si>
+  <si>
+    <t>Me fillimin e dhjetë netëve të fundit të Ramazanit, Profeti ﷺ e gjallëronte tërë natën me adhurime të ndryshme. Ai e zgjonte familjen për t’u falur, përpiqej më shumë në adhurim sesa zakonisht dhe i përkushtohej plotësisht adhurimit, duke u larguar nga marrëdhëniet intime me gratë e tij.</t>
+  </si>
+  <si>
+    <t>الترغيب باغتنام الأوقات الفاضلة بالأعمال الصالحة.
+قال النووي: ففي هذا الحديث: أنه يستحب أنْ يُزاد من العبادات في العشر الأواخر من رمضان، واستحباب إحياء لياليه بالعبادات.
+ينبغي على العبد أن يكون حريصًا على أهلِه بأمرِهم بالعبادة، ويَصْطَبِر عليهم.
+فعل الخيرات يحتاج إلى حَزْم وصبر ومصابرة.
+قال النووي: اختلف العلماء في معنى (شدّ المِئزر) فقيل: هو الاجتهاد في العبادات زيادة على عادته صلى الله عليه وسلم في غيره، ومعناه: التشمير في العبادات، يقال: شَدَدْتُ لهذا الأمر مِئزري، أي: تَشَمَّرتُ له وتَفَرّغت، وقيل: هو كناية عن اعتزال النساء للاشتغال بالعبادات.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për të shfrytëzuar kohët me vlerë për kryerjen e veprave të mira.
+Neveviu ka thënë: "Siç kuptohet qartë nga ky hadith, është e pëlqyeshme të shtohen adhurimet në dhjetëshen e fundit të Ramazanit dhe është e pëlqyeshme të gjallërohen këto net me adhurim.
+Njeriu duhet të kujdeset për familjen e tij, duke i urdhëruar ata të bëjnë adhurim dhe të jetë i durueshëm me ta.
+Kryerja e veprave të mira kërkon vendosmëri, durim dhe këmbëngulje.
+Neveviu ka thënë: "Dijetarët kanë pasur mendime të ndryshme rreth kuptimit të shprehjes “i shtrëngonte rripat". Është thënë: nënkupton se Profeti ﷺ e shtonte përpjekjen në adhurim më shumë se zakonisht në kohë të tjera, pra, tregohej i kujdesshëm dhe i përkushtuar në adhurim. Shprehja “e shtrëngova rrobën time të poshtme për këtë çështje” do të thotë: jam tërësisht i përkushtuar dhe ia kushtoj gjithë kohën time. Gjithashtu është thënë: është metaforë për largimin nga gratë, për t’u përqendruar në adhurim."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4944</t>
+  </si>
+  <si>
     <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>“Gjithë umeti im do të hyjnë në Xhenet, përveç atyre që refuzojnë</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Gjithë umeti im do të hyjnë në Xhenet, përveç atyre që refuzojnë.” Të pranishmit pyetën: "O i Dërguar i Allahut, e kush refuzon?" Profeti ﷺ tha: "Kush më bindet mua, do të hyjë në Xhenet, e, kush më kundërshton, ka refuzuar."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na njofton se tërë umeti i tij do të hyjnë në Xhenet, përveç atyre që refuzojnë!
 Sahabët (Allahu qoftë i kënaqur me ta!) pyetën: "Kush refuzon, o i Dërguari i Allahut?!"
 Kësisoj Profeti ﷺ iu përgjigj atyre: "Kushdo që i nënshtrohet, e pason dhe i bindet Profetit ﷺ, do të hyjë në Xhenet. Sa i përket atij që nuk iu bind dhe nuk iu nënshtrua fesë, në fakt ai refuzoi të hyjë në Xhenet me veprat e tij të këqija.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
@@ -6532,76 +9415,129 @@
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) na ka njoftuar se asnjë njeri nuk do ta kalojë vendin e llogarisë në Ditën e Gjykimit për në Xhenet ose për në Zjarr derisa të pyetet për disa çështje:
 E para: për jetën e tij si e ka konsumuar dhe si e ka kaluar?
 E dyta: për dijen e tij, a e ka mësuar për hir të Allahut? A e ka zbatuar? Dhe, a ua ka kumtuar atyre që e meritonin?
 E treta: për pasurinë e tij, si e fitoi? A e fitoi në mënyra të ligjshme apo në mënyra të paligjshme? Dhe si e shpenzoi atë? A e shpenzoi për ta kënaqur Allahun apo për ta hidhëruar Atë?
 E katërta: për trupin, fuqinë, shëndetin dhe rininë e tij, ku i konsumoi këto dhe për çfarë i përdori?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Nxitja për ta shfrytëzuar jetën në gjëra që e kënaqin Allahun e Madhëruar.
 Dhuntitë e Allahut ndaj robërve të Tij janë të shumta dhe ai do të pyetet për këto dhunti. Prandaj duhet që njeriu t'i përdorë dhuntitë që ia ka falur Allahu në punë që e kënaqin Atë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4950</t>
   </si>
   <si>
+    <t>لأعطين هذه الراية رجلا يحب الله ورسوله، يفتح الله على يديه</t>
+  </si>
+  <si>
+    <t>“Do t'ia japë këtë flamur një burri që e do Allahun dhe të Dërguarin e Tij, në duart e të cilit Allahu do ta mundësojë çlirimin (e Hajberit).”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ» قَالَ عُمَرُ بْنُ الْخَطَّابِ: مَا أَحْبَبْتُ الْإِمَارَةَ إِلَّا يَوْمَئِذٍ، قَالَ فَتَسَاوَرْتُ لَهَا رَجَاءَ أَنْ أُدْعَى لَهَا، قَالَ فَدَعَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلِيَّ بْنَ أَبِي طَالِبٍ، فَأَعْطَاهُ إِيَّاهَا، وَقَالَ: «امْشِ، وَلَا تَلْتَفِتْ، حَتَّى يَفْتَحَ اللهُ عَلَيْكَ» قَالَ فَسَارَ عَلِيٌّ شَيْئًا ثُمَّ وَقَفَ وَلَمْ يَلْتَفِتْ، فَصَرَخَ: يَا رَسُولَ اللهِ، عَلَى مَاذَا أُقَاتِلُ النَّاسَ؟ قَالَ: «قَاتِلْهُمْ حَتَّى يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِذَا فَعَلُوا ذَلِكَ فَقَدْ مَنَعُوا مِنْكَ دِمَاءَهُمْ وَأَمْوَالَهُمْ، إِلَّا بِحَقِّهَا وَحِسَابُهُمْ عَلَى اللهِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ, në Betejën e Hajberit, ka thënë: “Do t'ia japë këtë flamur një burri që e do Allahun dhe të Dërguarin e Tij, në duart e të cilit Allahu do ta mundësojë çlirimin (e Hajberit).” Omer ibn Hatabi në atë rast tha: "Kurrë se kam dashur udhëheqjen përpos atë ditë, andaj zgjatesha drejt tij, duke shpresuar se do të më thërriste, por i Dërguari i Allahut ﷺ e thirri Ali ibn Ebu Talibin dhe ia dha flamurin. Pastaj tha: “Ec përpara dhe mos e kthe kokën mbrapa, derisa Allahu të të bëjë fitimtar!” Aliu eci pakëz, pastaj ndaloi pa u kthyer mbrapa, dhe thirri: "O i Dërguari i Allahut, për çfarë t'i luftoj ata?" Profeti ﷺ i tha: “Luftoji derisa të dëshmojnë se s'ka të adhuruar të denjë pos Allahut, dhe se Muhamedi është i Dërguari i Allahut, e nëse veprojnë ashtu, atëherë të është ndaluar gjaku dhe pasuria e tyre, përveç me të drejtë, ndërkohë llogaria e tyre është tek Allahu.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم الصحابةَ بانتصار المسلمين مِن الغَد على يهود خيبر مَدينة قُرْبَ المدينة، وذلك على يَد رجل يعطيه الراية، وهو العَلَم الذي يَتخذه الجيش شعارًا له، وهذا الرجل مِن صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله.
+وقد ذَكَرَ عُمرُ بن الخطاب رضي الله عنه أنه ما أحبَّ الإمارةَ وأن يكون هو المقصود إلا يومئذ؛ رجاء أن يصيبه ما قاله النبي صلى الله عليه وسلم من حُبِّ الله ورسوله، ومدَّ عمر رضي الله عنه جسده ليراه النبي صلى الله عليه وسلم رجاء أن يُدْعَى لها، وحرصًا وطمعًا في أخذ تلك الراية.
+فدعا صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه فأعطاه الراية، وأمره النبي صلى الله عليه وسلم أن يَتحرَّك بالجيش، وألَّا ينصرف عن القتال بعد لقاء عدوه براحة أو توقف أو هدنة حتى يفتح الله عليه هذه الحصون بالنصر والغلبة. 
+فسار عليٌّ رضي الله عنه، ثم وَقَفَ إلا أنه لم يلتفت؛ لئلا يخالِف أمرَ النبيِّ صلى الله عليه وسلم، فرفع عليٌّ رضي الله عنه صوته: يا رسول الله، على ماذا أقاتل الناس؟ 
+فقال صلى الله عليه وسلم: قاتلهم حتى يشهدوا أن لا إله إلا الله وأن محمدًا رسول الله، فإذا استجابوا، ودخلوا في الإسلام؛ فقد منعوا منك دماءهم وأموالهم وحَرُمَت عليك، إلا بحقِّها يعني إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، وحسابهم على الله.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ i informoi sahabët se të nesërmen, muslimanët do të fitojnë kundër hebrenjve të Hajberit, një qytet afër Medinës, dhe kjo fitore do të arrihet nëpërmjet një burri të cilit ai do t’ia japë flamurin, simbol ky, të cilin ushtria e përdor si shenjë të saj. Ky burrë kishte një cilësi të veçantë: ai e donte Allahun dhe të Dërguarin e Tij, dhe Allahu dhe i Dërguari i Tij e donin atë.
+Omeri ibn Hatabi (Allahu qoftë i kënaqur me të!) e përmendi se  kurrë nuk e kishte dashur udhëheqjen dhe të ishte ai i synuari, përveçse atë ditë. E kjo, me shpresën se do ta arrinte atë që Profeti ﷺ kishte thënë; se Allahu dhe i Dërguari i Tij e duan (dhe ky i do ata). Omeri (Allahu qoftë i kënaqur me të!) e zgjati trupin e tij që Profeti ﷺ ta shihte, me shpresën që të thirrej për këtë përgjegjësi, duke pasur dëshirë dhe ambicie për të marrë atë flamur.
+Pastaj, Profeti ﷺ e thirri Ali ibn Ebu Talibin (Allahu qoftë i kënaqur me të!) dhe ia dha flamurin. Profeti ﷺ e urdhëroi që të nisej me ushtrinë dhe të mos largohej nga lufta pasi të përballej me armikun, as për pushim, ndalesë apo armëpushim, derisa Allahu t’ia mundësojë çlirimin e këtyre kështjellave dhe t'i japë fitore e triumf.
+Atëherë Aliu (Allahu qoftë i kënaqur me të!) u nis përpara, pastaj ndaloi, por nuk u kthye, në mënyrë që të mos kundërshtonte urdhrin e Profetit ﷺ. Aliu (Allahu qoftë i kënaqur me të!) ngriti zërin dhe tha: "O i Dërguar i Allahut, për çfarë të luftoj kundër njerëzve?"
+Profeti ﷺ i tha: "Luftoji, derisa të dëshmojnë se s'ka të adhuruar të denjë pos Allahut dhe se Muhamedi është i Dërguari i Allahut. Kur ata të përgjigjen dhe të hyjnë në Islam, atëherë gjaku dhe pasuria e tyre janë të mbrojtura prej teje dhe të ndaluara për ty, përveç me të drejtën e saj (dëshmisë islame). Pra, përveç nëse kryejnë ndonjë krim apo shkelje, që meriton dënimin me vdekje sipas ligjeve të Islamit, ndërsa llogaria e tyre i përket Allahut.</t>
+  </si>
+  <si>
+    <t>الصحابة كانوا يَكرهون الإمارة لما فيها من عِظَم المسؤولية.
+جواز التطلُّع والاستشراف لأمر تأكَّد خيرُه.
+توجيه الإمام لقائد الجيش في كيفية التصرّف في ساحة المعركة.
+التزام أصحاب الرسول صلى الله عليه وسلم لوصاياه والمبادرة إلى تنفيذها.
+مَن أَشْكَلَ عليه شيء فيما طُلب منه سأل عنه.
+من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، حيث أخبر عن فتح خيبر فكان كما أخبر.
+الحث على الإقدام والمبادرة إلى ما أمر به رسول الله صلى الله عليه وسلم.
+لا يجوز قتل من نطق بالشهادتين إلا إذا ظهر منه ما يستوجب القتل.
+تجري أحكام الإسلام على ما يظهر من الناس والله يتولى سرائرهم.
+ المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.</t>
+  </si>
+  <si>
+    <t>Sahabët e urrenin marrjen e postit të udhëheqjes, për shkak të  përgjegjësisë së madhe që ka ajo.
+Është e lejuar të dëshirohet dhe të kërkohet një çështje, kur është e sigurt mirësia e saj.
+Udhëheqësi i jep udhëzime komandantit të ushtrisë mbi mënyrën e veprimit në fushën e betejës.
+Përkushtimi i shokëve të Profetit ﷺ ndaj porosive të tij dhe gatishmëria për t'i zbatuar ato menjëherë.
+Kushdo që ka paqartësi për diçka që i është kërkuar, duhet të pyesë për të.
+Një nga shenjat e profecisë së tij ﷺ është njoftimi i tij për fitoren ndaj hebrenjve, ku ai lajmëroi për çlirimin e Hajberit dhe ndodhi ashtu siç kishte paralajmëruar.
+Inkurajimi për të vepruar sipas asaj që ka urdhëruar i Dërguari i Allahut ﷺ.
+Nuk lejohet të vritet ai që e ka shqiptuar shahadetin, përveç nëse ka shfaqur diçka që e bën të obliguar vrasjen e tij (sipas ligjit islam, në një shtet islam).
+Ligjet e Islamit zbatohen në varësi të asaj që e shfaqin njerëzit, ndërsa Allahu merret me fshehtësitë e tyre.
+Qëllimi më madhor i xhihadit është hyrja e njerëzve në Islam.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/4958</t>
+  </si>
+  <si>
     <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>“Xhibrili ﷺ vazhdimisht më porosiste për raporte të mira me fqinjin, saqë mendova se do t'i japë të drejtë në trashëgimi.”</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
-    <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Xhibrili ﷺ vazhdimisht më porosiste për raporte të mira me fqinjin, saqë mendova se do t'i japë të drejtë në trashëgimi.”</t>
+    <t>Ibn Omeri (Allahu qoftë i kënaqur me të dy!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Xhibrili ﷺ vazhdimisht më porosiste për raporte të mira me fqinjin, saqë mendova se do t'i japë të drejtë në trashëgimi.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na njofton se Xhibrili ia përsëriste vazhdimisht dhe e porosiste që të kujdesej për fqinjin, i cili është afër shtëpisë, qoftë musliman, qoftë jomusliman, qoftë i afërm, qoftë i largët, duke ia ruajtur të drejtën dhe duke mos e dëmtuar, duke i bërë mirë dhe duke duruar dëmin që mund ta shkaktojë, saqë Profeti ﷺ, duke e parë respektin që gëzon fqinji dhe faktin se Xhibliri e porosiste në vazhdimësi për këtë gjë, mendoi se do të zbriste shpallje ku fqinji do të kishte të drejtë në trashëgimi.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>E drejta e fqinjit është e madhe dhe është obligim që kjo gjë të merret në konsideratë.
-Theksimi i së drejtës së tij përmes kësaj porosie nënkupton domosdoshmërinë e nderimit të tij, të mirësjelljes me të, të pengimit të dëmit ndaj tij, të vizitës kur është i sëmurë, të urimit kur është i lumtur dhe të ngushëllimit kur është në fatkeqësi.
+Theksimi i të drejtës së tij përmes kësaj porosie nënkupton domosdoshmërinë e nderimit të tij, të mirësjelljes me të, të pengimit të dëmit ndaj tij, të vizitës kur është i sëmurë, të urimit kur është i lumtur dhe të ngushëllimit kur është në fatkeqësi.
 Sa më afër të jetë dera e fqinjit, aq më e fortë është e drejta e tij.
 Përsosuria e fesë, meqë ajo përfshin në vete atë gjë që është e mirë për shoqërinë, si: mirëbërsia ndaj fqinjëve dhe largimi i dëmeve nga ata.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4965</t>
   </si>
   <si>
     <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>“Çfarë mendoni sikur para portës së ndonjërit prej jush të ishte një lumë ku ai lahej pesë herë në ditë, a do të mbetej papastërti në trupin e tij?!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
     <t>Nga Ebu Hurejra (Allahu qoftë i kënaqur me të!) përcillet se e ka dëgjuar të Dërguarin e Allahut (paqja qoftë mbi të!) duke thënë: “Çfarë mendoni sikur para portës së ndonjërit prej jush të ishte një lumë ku ai lahej pesë herë në ditë, a do të mbetej papastërti në trupin e tij?! Të pranishmit thanë: 'Nuk do të mbetej asnjë papastërti në trupin e tij!' Ai tha: 'Ky është dhe shembulli i namazeve me të cilat Allahu shlyen mëkatet.'”</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Profeti i Allahut (paqja qoftë mbi të!) i përngjasoi pesë namazet e ditës dhe të natës në shlyerjen e mëkateve dhe gabimeve të vogla me një lumë që rrjedh para derës së shtëpisë së njeriut, ku ai lahet pesë herë në ditë dhe nga kjo në trupin e tij nuk mbetet asnjë papastërti.</t>
   </si>
   <si>
@@ -6621,50 +9557,225 @@
   <si>
     <t>“Shembulli i besimtarëve në dashurinë, mëshirën e në solidarizimin ndërmjet tyre i ngjan një trupi të vetëm, aq sa kur vuan një gjymtyrë e tij, atëherë i gjithë trupi ndan me të pagjumësinë dhe ethet.”</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>Nga Numan ibn Beshiri (Allahu qoftë i kënaqur me të!) përcillet se Profeti i Allahut (paqja qoftë mbi të!) ka thënë: “Shembulli i besimtarëve në dashurinë, mëshirën e në solidarizimin ndërmjet tyre i ngjan një trupi të vetëm, aq sa kur vuan një gjymtyrë e tij, atëherë i gjithë trupi ndan me të pagjumësinë dhe ethet.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Profeti i Allahut (paqja qoftë mbi të!) ka shpjeguar se gjendja e muslimanëve midis tyre sa i takon dashamirësisë, mëshirës, përkrahjes, mbështetjes dhe shqetësimit nga e keqja që u ndodh atyre, duhet të jetë si gjendja e një trupi të vetëm: kur njëri organ i tij sëmuret, i gjithë trupi reagon me pagjumësi dhe ethe.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>Muslimanët duhet të respektojnë të drejtat e njëri-tjetrit dhe të nxisin njëri-tjetrin për solidarizim dhe mirësjellje të ndërsjellë.
 Midis besimtarëve duhet të mbizotërojë dashuria dhe përkrahja.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/4969</t>
+  </si>
+  <si>
+    <t>العبادة في الهرج كهجرة إلي</t>
+  </si>
+  <si>
+    <t>“Adhurimi në kohë trazirash është sikurse hixhreti tek unë.”</t>
+  </si>
+  <si>
+    <t>عَنْ مَعْقِلِ بْنِ يَسَارٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْعِبَادَةُ فِي الْهَرْجِ كَهِجْرَةٍ إِلَيَّ».</t>
+  </si>
+  <si>
+    <t>Makil ibn Jesari (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Adhurimi në kohë trazirash është sikurse hixhreti tek unë.”</t>
+  </si>
+  <si>
+    <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم في زمن الهَرْج والفتنة والقتل واختلاط أمور الناس إلى العبادة والتمسك بها، وأنّ أجرها كهجرة إلى النبي صلى الله عليه وسلم، وذلك لأن الناس يغفلون عنها، ويشتغلون عنها، ولا يتفرغ لها إلا أفراد.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka udhëzuar t'i qasemi adhurimit dhe të kapemi fort për të në kohë trazirash, fitnesh, vrasjesh dhe gjatë kaosit. Ai ka sqaruar se shpërblimi për një adhurim të tillë është si shpërblimi i atij që ka bërë hixhret (migruar) te Profeti ﷺ, pasi në këto kohë njerëzit zakonisht janë të pakujdesshëm ndaj adhurimit dhe të shpërqendruar nga ai, e ata që i përkushtohen adhurimit janë të paktë.</t>
+  </si>
+  <si>
+    <t>الحث على العبادة والإقبال على الله تعالى أيام الفتن؛ تَحَصُّنًا من الفتن، وحِفْظًا من الفساد.
+بيان فضل العبادة في الفتن وأوقات الغفلة.
+ينبغي للمسلم اعتزال مواطن الفتن والغفلة.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për adhurim dhe kthim tek Allahu i Lartësuar në kohë sprovash, si një mjet mbrojtjeje nga sprovat dhe ruajtjeje nga prishja.
+Sqarimi i vlerës së adhurimit në kohë sprovash dhe kur njerëzit janë të përgjumuar.
+Muslimani duhet të shmanget nga vendet e sprovave dhe përgjumjes (gafletit).</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5020</t>
+  </si>
+  <si>
+    <t>اسمعوا وأطيعوا، فإنما عليهم ما حملوا، وعليكم ما حملتم</t>
+  </si>
+  <si>
+    <t>“Dëgjojini dhe bindjuni atyre, sepse ata e bartin përgjegjësinë për atë që janë të obliguar, sikundërqë ju e bartni përgjegjësinë për atë që jeni të obliguar.”</t>
+  </si>
+  <si>
+    <t>عَنْ وَائِلٍ الْحَضْرَمِيِّ قَالَ: سَأَلَ سَلَمَةُ بْنُ يَزِيدَ الْجُعْفِيُّ رضي الله عنه رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا نَبِيَّ اللهِ، أَرَأَيْتَ إِنْ قَامَتْ عَلَيْنَا أُمَرَاءُ يَسْأَلُونَا حَقَّهُمْ وَيَمْنَعُونَا حَقَّنَا، فَمَا تَأْمُرُنَا؟ فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ، فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ فِي الثَّانِيَةِ أَوْ فِي الثَّالِثَةِ، فَجَذَبَهُ الْأَشْعَثُ بْنُ قَيْسٍ، وَقَالَ: «اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ».</t>
+  </si>
+  <si>
+    <t>Vail Hadramiu tregon: "Seleme ibn Jezid Xhufiu (Allahu qoftë i kënaqur me të!) e pyeti të Dërguarin e Allahut ﷺ: "O Profet i Allahut, sikur të na vijnë udhëheqës që na kërkojnë përmbushjen e obligimeve ndaj tyre, por ata nuk i përmbushin obligimet e tyre ndaj nesh, çfarë na urdhëron të bëjmë?" Profeti ﷺ nuk iu përgjigj, e ai pyeti përsëri. Prapë nuk iu përgjigj, e ai pyeti përsëri për të dytën herë, ose për të tretën. Ndërkohë, Eshath ibn Kajsi e tërhoqi atë nga vetja, e në atë rast Profeti ﷺ iu përgjigj: “Dëgjojini dhe bindjuni atyre, sepse ata e bartin përgjegjësinë për atë që janë të obliguar, sikundërqë ju e bartni përgjegjësinë për atë që jeni të obliguar.”</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الأمراء الذين يَطلبون حَقَّهم من الناس مِن السمع والطاعة، ويَمنعون الحقَّ الذي عليهم؛ مِن بَذْل العدل وإعطاء الغنيمة ورد المظالم والتسوية، فما تأمرنا أن نفعل معهم؟ 
+فأعْرَضَ النبيُّ صلى الله عليه وسلم عنه؛ كأنه كَرِهَ هذه المسائل، لكنْ أعادَ السائلُ عليه مرة ثانية وثالثة، فَجَذَبَ الأشعثُ بنُ قيس رضي الله عنه السائلَ لِيُسْكِتَه.
+فأجاب النبيُّ صلى الله عليه وسلم، وقال: اسمعوا لقولِهم، وأطيعوا أمرَهم؛ فإنما عليهم ما حُمِّلوا وما كُلِّفوا مِن العدل وإعطاء حق الرعية، وعليكم ما حُمِّلْتُم من الطاعة وأداء الحقوق والصبر على البلية.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith u pyet për udhëheqësit që kërkojnë të drejtën e tyre nga njerëzit, që t'i dëgjojnë dhe t'iu binden, ndërkohë që ata vetë nuk e kryejnë të drejtën që kanë ndaj popullit, siç është ofrimi i drejtësisë, shpërndarja e plaçkave të luftës, kthimi i padrejtësive dhe trajtimi i barabartë. Çfarë na urdhëron të bëjmë në raport me ta?
+Profeti ﷺ iu shmang pyetjes së tij, sikur nuk i pëlqeu këto lloj çështjesh. Por pyetësi e përsëriti pyetjen e tij për herë të dytë dhe të tretë, derisa Eshath ibn Kajs (Allahu qoftë i kënaqur me të!) e tërhoqi pyetësin për ta ndalur.
+Atëherë Profeti ﷺ u përgjigj dhe tha: "Dëgjoni fjalët e tyre dhe bindjuni urdhrave të tyre, sepse ata mbajnë përgjegjësinë që u është ngarkuar: për të qenë të drejtë dhe për t’u dhënë të drejtat popullit, sikundërqë ju mbani përgjegjësinë që u është ngarkuar për bindje, kryerjen e të drejtave dhe durimin ndaj sprovave.</t>
+  </si>
+  <si>
+    <t>الأمر بالسمع والطاعة للأمراء على كل حال فيما يرضي الله عز وجل، وإن لم يقوموا بحق الرعية.
+تقصير الحكّام في واجبهم لا يُسَوِّغُ تقصيرَ الناس بالمقابل في واجباتهم؛ فكلٌّ مسؤولٌ عن عملِه، ومؤاخذ عن تقصيره.
+الدين ليس مبنيًّا على المُقايَضَة، وإنما على الالتزام بما وَجَب وإنْ قَصَّرَ الآخَرُ بما وجب عليه في المقابل، كما ورد في هذا الحديث.</t>
+  </si>
+  <si>
+    <t>Urdhri për t'i dëgjuar dhe për t’u bindur udhëheqësve (muslimanë) qëndron në çdo rrethanë, për aq sa është në pajtim me kënaqësinë e Allahut të Lartësuar, edhe nëse ata nuk e kryejnë si duhet detyrën ndaj popullit.
+Mospërmbushja e detyrimeve nga ana e udhëheqësve nuk e justifikon që njerëzit, nga ana e tyre, të mos i përmbushin detyrimet e tyre, sepse secili është përgjegjës për veprën e vet dhe do të japë llogari për mangësitë e tij.
+Feja nuk është e ndërtuar mbi parimin e këmbimit, por mbi përmbushjen e asaj që është detyrë, edhe nëse tjetri nuk e përmbush detyrën e tij në raport me tjetrin, ashtu siç përmendet në këtë hadith.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5037</t>
+  </si>
+  <si>
+    <t>ما من مسلم يدعو بدعوة ليس فيها إثم، ولا قطيعة رحم، إلا أعطاه الله بها إحدى ثلاث: إما أن تعجل له دعوته، وإما أن يدخرها له في الآخرة، وإما أن يصرف عنه من السوء مثلها قالوا: إذن نكثر، قال: الله أكثر</t>
+  </si>
+  <si>
+    <t>Asnjë musliman nuk i lutet Allahut me një lutje që nuk përfshin mëkat apo këputje të lidhjeve farefisnore, veçse Allahu do t’i japë një nga këto tre: ose do t’ia pranojë lutjen shpejt, ose do ta ruajë për të në botën tjetër, ose do t’i largojë prej tij një të keqe të barabartë me të." Të pranishmit thanë: "Atëherë do të lutemi më shumë!" Profeti ﷺ tha: “Allahu është edhe më shumë (i gatshëm për t’ju dhënë)</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ مُسْلِمٍ يَدْعُو بِدَعْوَةٍ لَيْسَ فِيهَا إِثْمٌ، وَلَا قَطِيعَةُ رَحِمٍ، إِلَّا أَعْطَاهُ اللهُ بِهَا إِحْدَى ثَلَاثٍ: إِمَّا أَنْ تُعَجَّلَ لَهُ دَعْوَتُهُ، وَإِمَّا أَنْ يَدَّخِرَهَا لَهُ فِي الْآخِرَةِ، وَإِمَّا أَنْ يَصْرِفَ عَنْهُ مِنَ السُّوءِ مِثْلَهَا» قَالُوا: إِذنْ نُكْثِرُ، قَالَ: «اللهُ أَكْثَرُ».</t>
+  </si>
+  <si>
+    <t>Ebu Seidi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Asnjë musliman nuk i lutet Allahut me një lutje që nuk përfshin mëkat apo këputje të lidhjeve farefisnore, veçse Allahu do t’i japë një nga këto tre: ose do t’ia pranojë lutjen shpejt, ose do ta ruajë për të në botën tjetër, ose do t’i largojë prej tij një të keqe të barabartë me të." Të pranishmit thanë: "Atëherë do të lutemi më shumë!" Profeti ﷺ tha: “Allahu është edhe më shumë (i gatshëm për t’ju dhënë)."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم: أنّ المسلم إذا دعا الله وسأله مسألة ليست بإثم كأنْ يدعوَه بتيسير المعصية والظلم، ولا دَعا بقطيعة رحم؛ كأن يدعوَ على أولاده وقرابته، إلا أعطاه الله بدعائه أحدَ ثلاثة أمور: 
+إما أنْ يعجّل له دعوته ويعطيه ما سأل.
+وإما أنْ يؤخِّرها الله عز وجل أجرًا له يوم القيامة بعلو في الدرجات، أو رحمة ومغفرة من السيئات.
+وإما أن يدفع عنه في دنياه من السوء مثلها بقدر الدعاء. 
+فقال الصحابة للنبي صلى الله عليه وسلم: إذن نكثر من الدعاء؛ لننال أحد هذه الفضائل؟
+فقال صلى الله عليه وسلم: أن ما عند الله أكثر وأعظم مما تسألون، فعطاؤه لا ينفد، ولا ينتهي.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka njoftuar se kur një musliman i lutet Allahut dhe kërkon diçka që nuk është mëkat, si fjala vjen kërkesa për të lehtësuar ndonjë mëkat apo padrejtësi, dhe as nuk kërkon këputje të lidhjeve farefisnore,  si fjala vjen të lutet kundër fëmijëve apo të afërmve të tij, atëherë Allahu, përmes asaj lutjeje, do t’i japë njërën nga tri gjërat: ose do t’ia përmbushë menjëherë dhe do t’ia japë atë që ka kërkuar, ose Allahu i Lartësuar do ta vonojë atë si shpërblim për Ditën e Gjykimit, duke e ngritur në shkallë, apo duke e përfshirë në mëshirë dhe falje të mëkateve, ose do ta mbrojë nga ndonjë e keqe në jetën e kësaj bote, në përpjesëtim me lutjen e bërë. Atëherë sahabët i thanë Profetit ﷺ: "Atëherë duhet të lutemi edhe më shumë, për të fituar njërën nga këto mirësi!" Profeti ﷺ u përgjigj: Ajo që gjendet tek Allahu është shumë më e madhe dhe më e vlefshme se çdo gjë që mund të kërkoni, sepse begatia e Tij është e pafund dhe nuk ka mbarim.</t>
+  </si>
+  <si>
+    <t>دعوة المسلم مستجابة لا تُرَدّ لكن بشروطها وآدابها؛ لذلك ينبغي على العبد أن يكثر من الدعاء ولا يستعجل بالإجابة.
+الاستجابة للدعاء غير مقيَّدة بحصول المطلوب؛ فقد يُكَفِّر عنه بدعوته، أو يَدَّخِر له في الآخرة.
+قال ابن باز: الإلحاح، وحسن الظن بالله، وعدم اليأس، من أعظم أسباب الإجابة، فعلى المرء أن يُلِحَّ في الدعاء، ويحسن الظن بالله عز وجل، ويَعلم أنه حكيم عليم، قد يُعجِّل الإجابة لحكمة، وقد يؤخرها لحكمة، وقد يعطي السائل خيرًا مما سأل.</t>
+  </si>
+  <si>
+    <t>Lutja e muslimanit pranohet dhe nuk refuzohet, me kusht që të plotësohen kushtet dhe etika e saj. Prandaj, njeriu duhet të angazhohet me përkushtim në lutje, pa u ngutur për përgjigje.
+Përgjigja ndaj lutjes nuk kufizohet vetëm në përmbushjen e kërkesës; ajo mund të sjellë edhe fshirjen e mëkateve përmes lutjes, ose të ruhet për të në botën tjetër.
+Ibn Bazi ka thënë: "Këmbëngulja në lutje, mendimi i mirë për Allahun dhe moshumbja e shpresës, janë ndër shkaqet më të mëdha për pranimin e lutjeve. Njeriu duhet t’i lutet Allahut vazhdimisht, të ketë mendim të mirë për Të dhe të jetë i vetëdijshëm se Ai është i Urti dhe i Gjithëdijshmi. Allahu mund ta përshpejtojë përgjigjen për një urtësi, ta vonojë për një urtësi tjetër, ose t’i japë lutësit diçka më të mirë se ajo që ka kërkuar."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5100</t>
+  </si>
+  <si>
+    <t>أن نبي الله صلى الله عليه وسلم كان يقول عند الكرب: لا إله إلا الله العظيم الحليم، لا إله إلا الله رب العرش العظيم، لا إله إلا الله رب السماوات ورب الأرض ورب العرش الكريم</t>
+  </si>
+  <si>
+    <t>kur Profeti ﷺ gjendej në vështirësi, lutej: “La ilahe il-lallahul adhimul halim, la ilahe il-lallahu rabbul arshil adhim, la ilahe il-lallahu rabbus semavati ve rabbul erdi, ve rabbul arshil kerim - S'ka të adhuruar të denjë përveç Allahut, të Madhit, të Butit. S'ka të adhuruar të denjë përveç Allahut, Zotit të Arshit të Madh. S'ka të adhuruar të denjë përveç Allahut, Zotit të qiejve, Zotit të Tokës dhe Zotit të Arshit fisnik.”</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ نَبِيَّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ عِنْدَ الْكَرْبِ: «لَا إِلَهَ إِلَّا اللهُ الْعَظِيمُ الْحَلِيمُ، لَا إِلَهَ إِلَّا اللهُ رَبُّ الْعَرْشِ الْعَظِيمِ، لَا إِلَهَ إِلَّا اللهُ رَبُّ السَّمَاوَاتِ وَرَبُّ الْأَرْضِ وَرَبُّ الْعَرْشِ الْكَرِيمِ».</t>
+  </si>
+  <si>
+    <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se, kur Profeti ﷺ gjendej në vështirësi, lutej: “La ilahe il-lallahul adhimul halim, la ilahe il-lallahu rabbul arshil adhim, la ilahe il-lallahu rabbus semavati ve rabbul erdi, ve rabbul arshil kerim - S'ka të adhuruar të denjë përveç Allahut, të Madhit, të Butit. S'ka të adhuruar të denjë përveç Allahut, Zotit të Arshit të Madh. S'ka të adhuruar të denjë përveç Allahut, Zotit të qiejve, Zotit të Tokës dhe Zotit të Arshit fisnik.”</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يقول عند اشتداد الكَرْب والغَمِّ عليه: 
+«لا إله إلا الله» لا معبودَ بحق إلا الله، «العظيم» القَدْرِ، الجليل الشأن، في ذاته وصفاته وأفعاله، «الحليم» الذي لا يُعَاجِل العاصي بالعقوبة بل يُؤخّرها، وقد يعفو عنه مع القدرة عليه، فهو القادر سبحانه على كل شيء.
+«لا إله إلا الله رب العرش العظيم» خالق العرش العظيم، «لا إله إلا الله رب السموات والأرض» وخالق السموات والأرض، وخالق كل شيء فيهما ومالكه ومُصْلِحُه، والمُتصرِّف فيه كيف ما شاء، «رب العرش الكريم» خالق العرش الكريم.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e thoshte këtë në kohë vështirësie dhe shqetësimi të madh: "La ilahe il-lallah" - Nuk ka të adhuruar të denjë përveç Allahut, "El Adhim", - "të Madhit" në pozitë, Atij që ka pozitë madhështore në qenien, cilësitë dhe veprat e Tij. "El Halim", - "të Butit", i Cili nuk nxiton në ndëshkimin e mëkatarëve, përkundrazi e vonon atë, dhe mund ta falë, edhe pse është i aftë për ta ndëshkuar, sepse Ai është i Fuqishëm për çdo gjë. "la ilahe il-lallahu rabbul arshil adhim“ - " S'ka të adhuruar të denjë përveç Allahut, Zotit të Arshit të Madh", Krijuesit të Arshit të Madh. "la ilahe il-lallahu rabbus semavati ve rabbul erdi“ - "S'ka të adhuruar të denjë përveç Allahut, Zotit të qiejve, Zotit të Tokës", Krijuesit të tyre, dhe Krijuesit, Sunduesit, Rregulluesit dhe Organizuesit të gjithçkaje që gjendet në to, sipas dëshirës së Tij. "ve rabul arshil kerim“ - "dhe Zotit të Arshit fisnik,” Krijuesit të Arshit fisnik.</t>
+  </si>
+  <si>
+    <t>وجوب الفزع إلى الله بالدُّعَاء عند نزول المصائب والكُرُوْب.
+استحباب الدعاء بهذا الذِّكْر عند الكرب.
+عرش الرحمن الذي استوى عليه جل جلاله هو أعلى المخلوقات وأكبرُها وأعظمُها، وقد وصفه النبي صلى الله عليه وسلم بأنه عظيم وبأنه كريم.
+خص السموات والأرض بالذكر؛ لأنهما من أعظم المخلوقات المشاهدة.
+قال الطيبي: صَدَّرَ هذا الثناءَ بذكر الرب لِيناسب كَشْفِ الكرب؛ لأنه مقتضى التربية، وفيه التهليل المشتمل على التوحيد وهو أصل التنزيهات الجلالية، والعظمة التي تدل على تمام القدرة، والحلم الذي يدل على العلم، إذ الجاهل لا يُتَصَوّر منه حِلْم ولا كرم وهما أصل الأوصاف الإكرامية.</t>
+  </si>
+  <si>
+    <t>Domosdoshmëria e kthimit tek Allahu me lutje kur godasin fatkeqësitë dhe vështirësitë.
+Është e pëlqyeshme të thuhet ky dhikër (përmendje e Allahut) në kohë vështirësie.
+Arshi (Froni) i të Gjithmëshirshmit, mbi të cilin Allahu i Lartmadhëruar është ngritur, është krijesa më e lartë, më e madhe dhe më madhështore. Profeti ﷺ e përshkroi atë si të madh dhe fisnik.
+Ai i përmendi posaçërisht qiejt dhe Tokën, sepse janë prej krijesave më të mëdha të dukshme.
+Tibiu ka thënë: "Profeti ﷺ e nisi këtë lavdërim me përmendjen e Zotit, për t’iu përshtatur largimit të vështirësisë, sepse kjo tregon përkujdesje hyjnore. Në të përfshihet edhe “Tehlili” (thënia: La ilahe il-lallah), që shpreh teuhidin (monoteizmin) dhe është themeli i çdo madhërimi hyjnor. Gjithashtu përfshin madhështinë, e cila tregon fuqinë e plotë, dhe butësinë (durimin), e cila tregon për dije, sepse nga një i paditur nuk mund të imagjinohet as durim e as bujari, të cilat janë baza e cilësive fisnike."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5141</t>
+  </si>
+  <si>
+    <t>ما صلى النبي صلى الله عليه وسلم صلاة بعد أن نزلت عليه: إذا جاء نصر الله والفتح النصر:  إلا يقول فيها: سبحانك ربنا وبحمدك اللهم اغفر لي</t>
+  </si>
+  <si>
+    <t>qëkurse Profetit ﷺ i ka zbritur surja en Nasr, gjithmonë e ka thënë gjatë namazit këtë lutje: “Subhaneke Rabbena ve bihamdike. Allahumme gfir li (I Lartmadhëruar qofsh, o Zoti ynë, dhe Ty të takon çdo lavdërim! O Allah, më fal mua)!”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللَّهُ عَنْهَا قَالَتْ: مَا صَلَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلاَةً بَعْدَ أَنْ نَزَلَتْ عَلَيْهِ: {إِذَا جَاءَ نَصْرُ اللَّهِ وَالفَتْحُ} [النصر: 1] إِلَّا يَقُولُ فِيهَا: «سُبْحَانَكَ رَبَّنَا وَبِحَمْدِكَ اللَّهُمَّ اغْفِرْ لِي».
+وعَنْها قَالَتْ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ فِي رُكُوعِهِ وَسُجُودِهِ: «سُبْحَانَكَ اللهُمَّ رَبَّنَا وَبِحَمْدِكَ، اللهُمَّ اغْفِرْ لِي» يَتَأَوَّلُ الْقُرْآنَ.</t>
+  </si>
+  <si>
+    <t>Aishja, nëna e besimtarëve (Allahu qoftë i kënaqur me të!) tregon se, qëkurse Profetit ﷺ i ka zbritur surja en Nasr, gjithmonë e ka thënë gjatë namazit këtë lutje: “Subhaneke Rabbena ve bihamdike. Allahumme gfir li (I Lartmadhëruar qofsh, o Zoti ynë, dhe Ty të takon çdo lavdërim! O Allah, më fal mua)!”</t>
+  </si>
+  <si>
+    <t>تُخْبِرُ أمُّ المؤمنين عائشةُ رضي الله عنها أن النبي صلى الله عليه وسلم لما أُنزِل عليه: {إذا جاء نصر الله والفتح} تَأَوَّلَ القرآنَ وبَادَرَ إلى امتثال أَمْرِ الله تعالى في قوله: {فسبح بحمد ربك واستغفره}، فكان يكثر أن يقول في حال ركوعه وسجوده أثناء الصلاة: «سبحانك» وتنزيهًا لك من كلِّ نقص عما لا يليق بك، «اللهم ربنا وبحمدك» بالثناء المحمود عليك لكمال ذاتك وصفاتك وأفعالك، «اللهم اغفر لي» وامْحُ عني ذنبي وتجاوز عنه.</t>
+  </si>
+  <si>
+    <t>Aishja, nëna e besimtarëve (Allahu qoftë i kënaqur me të!), tregon se kur iu shpall Profetit ﷺ sureja: "Kur të vijë ndihma e Allahut dhe çlirimi (i Mekës)", e interpretoi (zbatoi) Kuranin dhe nxitoi për ta jetësuar urdhrin e Allahut të Lartësuar në fjalën e Tij: "...atëherë madhëroje me falënderim Zotin tënd dhe kërko falje nga Ai..." Për këtë arsye, ai shpesh thoshte në ruku dhe në sexhde gjatë namazit: "subhaneke" - "i Lartmadhëruar qofsh!", pra, i pastër nga çdo mangësi, gjë që nuk të takon Ty. " Allahumme Rabbena, ve bihamdike" - "o Allah, Zoti ynë, Ty të falënderojmë!"  Një lavdërim që të takon me të drejtë për përsosmërinë e qenies Tënde, cilësive dhe veprave Tua. "Allahumme gfir li" - "O Allah, më fal mua!” dhe fshije e anashkaloje mëkatin tim.</t>
+  </si>
+  <si>
+    <t>استحباب الإكثار من هذا الدعاء في الركوع والسجود.
+الاستغفار في آخر العُمْر فيه تَنبيهٌ أنْ تَخْتِمَ العبادات كذلك -وخصوصًا الصلاة- بالاستغفار، ليتدارك ما حصل فيها من النقص.
+أحسن ما يُتَوَسَّل به إلى الله في قبول الدعاء هو ذِكْرُ مَحامده وتسبيحه وتنزيهه عن النقائص والعيوب.
+فضيلة الاستغفار، وطلبه في كل حال.
+كمال عبودية النبي صلى الله عليه وسلم وامتثاله لأمر الله.</t>
+  </si>
+  <si>
+    <t>Është e pëlqyeshme të thuhet shpesh kjo lutje në ruku dhe në sexhde.
+Kërkimi i faljes në fund të jetës shërben si një kujtesë për ta përmbyllur adhurimin, e veçanërisht namazin, me kërkim faljeje, për të kompensuar mangësitë që mund të kenë ndodhur gjatë tij.
+Gjëja më e mirë me të cilën mund t’i lutemi Allahut për pranimin e lutjeve është përmendja e lavdeve të Tij, madhërimi i Tij dhe dëlirësimi i Tij nga të metat dhe mangësitë.
+Vlera e kërkimit të faljes së Allahut dhe vazhdimësisë në të në çdo gjendje.
+Robëria e përsosur e Profetit ﷺ dhe bindja e tij ndaj urdhrit të Allahut.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5212</t>
   </si>
   <si>
     <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>“Urdhërojini fëmijët tuaj të falen që në moshën shtatë vjeçe e disiplinojini ata nëse nuk falen në moshën dhjetë vjeçe dhe ndajini në shtretër të veçantë.”</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>Amër ibn Shuajbi ka përcjellë nga i ati e ai nga gjyshi i tij se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Urdhërojini fëmijët tuaj të falen që në moshën shtatë vjeçe e disiplinojini ata nëse nuk falen në moshën dhjetë vjeçe dhe ndajini në shtretër të veçantë.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) ka shpjeguar se prindi e ka për detyrë t'i urdhërojë djemtë dhe vajzat e tij të falin namazin në moshën shtatë vjeçe dhe t'u mësojë atyre njohuritë e nevojshme për faljen e tij. E kur të arrijnë moshën dhjetë vjeçe, ai duhet ta përforcojë urdhrin e tij, duke i disiplinuar ata nëse tregojnë shkujdesje në faljen e namazit. Gjithashtu, në këtë moshë, ai duhet t'i ndajë ata në shtretër të veçantë.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
@@ -6709,114 +9820,145 @@
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Mbrojtja e teuhidit dhe akides nga gjërat që e cenojnë atë.
 Është haram të përdoren rukjet shirkore, hajmalitë dhe tiveletë.
 Nëse njeriu ka bindje se këto tria janë shkaqe, atëherë një veprim i tillë është shirk i vogël, sepse i tilli e konsideroi shkak një gjë që nuk është shkak, ndërsa bindja se ato vetvetiu bëjnë dobi dhe dëm, është shirk i madh (që e nxjerr njeriun nga feja).
 Tërheqja e vërejtjes nga veprimi i shkaqeve shirkore dhe të ndaluara.
 Ndalimi i rukjeve dhe se ato janë shirk, përveç asaj që është legjitime (me Kuran dhe Sunet).
 Zemra duhet të lidhet vetëm me Allahun, sepse vetëm nga Ai, i Cili nuk ka ortak, vjen dëmi dhe dobia, kështu që askush nuk sjell të mira përveç Allahut dhe askush nuk e largon të keqen përveç Tij.
 Rukje e lejuar është ajo që përfshin tri kushte: 1. Të besojë se ajo është shkak dhe bën dobi vetëm me lejen e Allahut. 2. Të bazohet në Kuran, në emrat dhe cilësitë e Allahut, në lutjet profetike dhe në lutjet e ligjshme. 3. Të jetë në gjuhë të kuptueshme dhe të mos përmbajë fjalë të pakuptueshme dhe magji.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5273</t>
   </si>
   <si>
+    <t>إذا تثاءب أحدكم فليمسك بيده على فيه، فإن الشيطان يدخل</t>
+  </si>
+  <si>
+    <t>“Kur dikujt nga ju iu hapet goja, le ta mbyllë me dorë, sepse futet shejtani.”</t>
+  </si>
+  <si>
+    <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا تَثَاءَبَ أَحَدُكُمْ فَلْيُمْسِكْ بِيَدِهِ عَلَى فِيهِ، فَإِنَّ الشَّيْطَانَ يَدْخُلُ».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kur dikujt nga ju iu hapet goja, le ta mbyllë me dorë, sepse futet shejtani.”</t>
+  </si>
+  <si>
+    <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن تَثاءبَ بأن فتح فمه بسبب الكسل أو الامتلاء ونحو ذلك؛ بأنْ يضع يدَه على فَمِه فيُغْلِقه بها؛ وذلك لأن الشيطان يدخل فيه إذا تركه مفتوحًا، فوَضْعُ اليد يكون مانعًا من دخوله.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka urdhëruar që kushdo që hap gojën  nga përtacia, ngopja apo arsye të ngjashme, të vendosë dorën mbi gojë, për ta mbyllur atë. Kjo duhet sepse shejtani hyn nëse goja lihet hapur, ndërsa vendosja e dorës e pengon atë të hyjë.</t>
+  </si>
+  <si>
+    <t>إذا أراد الإنسان أن يتثاءب فعليه أنْ يَكْظِمَ ما استطاع، بأنْ يُمْسِكَ على فِيه، فيُبقيه مُغلقًا بحيث لا ينفتح، فإن لم يستطع إبقاء فمِهِ مغلقًا فليضع يدَه على فيه، فيُغَطِّي فاه بيده.
+التزام آداب الإسلام في جميع الحالات؛ لأنها عنوان الكمال والأخلاق.
+الحذر من كل مَدَاخِل الشيطان على الإنسان.</t>
+  </si>
+  <si>
+    <t>Nëse një person ndien nevojën për ta hapur gojën, atëherë duhet ta përmbajë atë sa më shumë që të mundet, duke e mbajtur gojën të mbyllur. Nëse nuk është në gjendje ta mbajë gojën të mbyllur, atëherë duhet ta mbulojë atë me dorën e tij.
+Stolisja me etikën islame në të gjitha situatat, sepse ato janë përkufizimi i përsosmërisë dhe moralit.
+Kujdes ndaj të gjitha pikave të hyrjes së shejtanit te njeriu.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5280</t>
+  </si>
+  <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>“A e dini çfarë është përgojimi?” Ata thanë: "Allahu dhe i Dërguari i Tij e dinë më së miri." Profeti ﷺ tha: “Të përmendësh për vëllanë tënd atë që ai e urren.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “A e dini çfarë është përgojimi?” Ata thanë: "Allahu dhe i Dërguari i Tij e dinë më së miri." Profeti ﷺ tha: “Të përmendësh për vëllanë tënd atë që ai e urren.” Dikush pyeti: "Çfarë mendon nëse vëllai im e ka atë që e them?" Profeti ﷺ tha: “Nëse e ka atë që e thua, pikërisht kjo është përgojim, e, nëse nuk e ka, atëherë i ke bërë shpifje atij.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron realitetin e përgojimit, që është: përmendja për muslimanin që nuk është i pranishëm diçka që atij nuk i pëlqen, qoftë kjo një nga cilësitë e tij fizike, qoftë morale. Për shembull, i verbri, mashtruesi, gënjeshtari, e cilësi të ngjashme përçmuese, edhe nëse këto cilësi janë të pranishme tek ai.
 Por, nëse ai nuk i ka ato cilësi që u përmendën, atëherë kjo është më e rëndë se përgojimi, sepse është shpifje ndaj njeriut me diçka që nuk e ka.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Metoda e mësimit efikas nga ana e Profetit ﷺ, sepse i trajton çështjet në formë pyetjeje.
 Edukata e mirë e sahabëve me Profetin ﷺ, meqë thanë: "Allahu dhe i Dërguari i Tij e dinë më së miri."
 I pyeturi kur nuk di diçka, thotë: "Allahu e di më së miri."
 Feja e ruan shoqërinë duke ruajtur të drejtat dhe vëllazërinë (islame) mes tyre.
 Përgojimi është i ndaluar, përveç në disa raste, për ndonjë dobi, bie fjala, zmbrapsja e padrejtësisë, saqë i shtypuri e përmend atë që i ka bërë padrejtësi tek ai që mund ta marrë të drejtën e tij dhe thotë: "Filani më ka bërë padrejtësi, ose më ka bërë kështu e ashtu." Po ashtu konsultimi për çështjet e martesës, partneritetit ose fqinjësisë e kështu me radhë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5326</t>
   </si>
   <si>
     <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>O Allah! Ai që merr post udhëheqës për diç nga punët e muslimanëve dhe i mundon ata, mundoje edhe Ti atë! E, ai që merr post udhëheqës për diç nga punët e muslimanëve dhe i trajton me butësi, trajtoje edhe Ti me butësi!</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
-    <t>Aishja (Allahu qoftë i kënaqur me të!) tansmeton e thotë: "E kam dëgjuar të Dërguarin e Allahut  ﷺ të thotë në shtëpinë time: "O Allah! Ai që merr post udhëheqës për diç nga punët e muslimanëve dhe i mundon ata, mundoje edhe Ti atë! E, ai që merr post udhëheqës për diç nga punët e muslimanëve dhe i trajton me butësi, trajtoje edhe Ti me butësi!"</t>
+    <t>Aishja (Allahu qoftë i kënaqur me të!) transmeton e thotë: "E kam dëgjuar të Dërguarin e Allahut  ﷺ të thotë në shtëpinë time: "O Allah! Ai që merr post udhëheqës për diç nga punët e muslimanëve dhe i mundon ata, mundoje edhe Ti atë! E, ai që merr post udhëheqës për diç nga punët e muslimanëve dhe i trajton me butësi, trajtoje edhe Ti me butësi!"</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ bëri lutje kundër gjithë atyre që marrin ndonjë post udhëheqës për diç nga punët e muslimanëve, qofshin ato të vogla, qofshin të mëdha, qoftë kjo udhëheqësi e përgjithshme, qoftë udhëheqësi e pjesshme, e veçantë, ku i mundon dhe nuk tregohet i butë. Të tillin Allahu i Lartësuar do ta "shpërblejë" në varësi të veprës së tij, pra, do ta mundojë e do t'ia vështirësojë.
 Me atë që tregohet i butë dhe ua lehtëson punët muslimanëve, Allahu do të sillet butësisht dhe do t'ia lehtësojë punët.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Është obligim për atë që merr ndonjë post udhëheqës për diç nga punët e muslimanëve që t'i trajtojë me butësi, aq sa mundet.
-Shpërblimi-ndëshkimi është sipas llojit të veprës.
+Shpërblimi/ndëshkimi është sipas llojit të veprës.
 Peshorja e asaj që konsiderohet butësi ose mundim - ashpërsi është ajo që nuk bie në kundërshtim me Kuranin dhe Sunetin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5330</t>
   </si>
   <si>
     <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>“Disa njerëz po zhyten në pasurinë e Allahut padrejtësisht. Ditën e Kiametit, të tillët i pret Zjarri.”</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Havle Ensarija (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Disa njerëz po zhyten në pasurinë e Allahut padrejtësisht. Ditën e Kiametit, të tillët i pret Zjarri.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Profeti ﷺ lajmëroi për disa njerëz që i përdorin pasuritë e muslimanëve padrejtësisht dhe i marrin ato pa hak. Ky është një kuptim i përgjithshëm i pasurisë, për sa i përket grumbullimit dhe fitimit të saj në mënyrë të paligjshme dhe shpenzimit të saj në vende të gabuara. Këtu përfshihet ngrënia e pasurisë së jetimëve dhe pasurisë së institucionit të vakëfit. Gjithashtu përfshihet mohimi i amaneteve dhe marrja padrejtësisht nga fondet publike.
 Më pas Profeti ﷺ lajmëroi se të tillët do të dënohen me zjarr në Ditën e Kiametit.</t>
   </si>
@@ -6861,81 +10003,161 @@
     <t>Profeti ﷺ në këtë hadith ndalon dhe tërheq vërejtjen nga disa gjëra që çojnë në përçarje dhe armiqësi mes muslimanëve, prej të cilave:
 Praragjykimi, që nënkupton akuzën (për tjetrin) që vendoset në zemër, pa asnjë provë, si dhe sqaroi se është gënjeshtra më e madhe.
 Përgjimi, që nënkupton hulumtimin për pjesët private të njerëzve, qoftë me sy, qoftë me vesh.
 Spiunazhi, që nënkupton hulumtimin rreth gjërave të fshehta, e kjo më së shpeshti thuhet për të keqen.
 Zilia, që nënkupton të urrehet që e mira t'u arrijë të tjerëve.
 Kthimi i shpinës, që nënkupton se njëri e shpërfill tjetrin, nuk i jep selam dhe nuk e viziton vëllanë e vet musliman.
 Urrejtja e njëri-tjetrit, që nënkupton urrejtjen dhe largimin mes vete, si: dëmtimi i të tjerëve, vrenjtja dhe sjellja e keqe gjatë takimit mes vete.
 Pastaj tha një fjalë gjithëpërfshirëse, me të cilën gjendjet e muslimanëve rregullohen mes vete: "... por jini robër të Allahut, vëllezër!” Vëllazëria është një lidhje që shëron marrëdhëniet mes njerëzve dhe rrit dashurinë e familjaritetin mes tyre.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>Nuk ka gjë të keqe nëse mendohet keq për atë tek i cili shfaqen qartazi shenjat e saj (të këqija). Besimtari duhet të jetë i mençur e i zgjuar, e të mos mashtrohet nga njerëzit e këqij dhe mëkatmëdhenj.
 Ajo që nënkuptohet është paralajmërimi kundër akuzës që vendoset në shpirt dhe këmbënguljes në të. E, sa i përket asaj që paraqitet në shpirt dhe nuk vendoset, atëherë për këtë gjë nuk ngarkohet (njeriu me gjynah).
 Ndalimi i shkaqeve që shpijnë drejt prishjes së harmonisë dhe copëtimit ndërmjet anëtarëve të shoqërisë islame, si: spiunazhi, zilia dhe të ngjashme.
 Urdhri për ta trajtuar muslimanin si vëlla: në këshillim dhe dashuri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5332</t>
   </si>
   <si>
+    <t>سباب المسلم فسوق، وقتاله كفر</t>
+  </si>
+  <si>
+    <t>Sharja e muslimanit është mëkat, ndërsa luftimi i tij është kufër</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Sharja e muslimanit është mëkat, ndërsa luftimi i tij është kufër."</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم المُسلمَ أنْ يَشْتُمَ ويَسُبَّ أخاه المسلمَ، وأنَّ ذلك من الفسوق وهو الخروج عن طاعة الله ورسوله صلى الله عليه وسلم، وأنَّ مُقاتَلَةَ المسلمِ أخاه المسلمَ من الأعمال الكُفْرِيّة، لكنه كُفْرٌ أصغر.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e ndaloi muslimanin që të shajë dhe të fyejë vëllanë e tij musliman, duke theksuar se kjo është nga mëkatet dhe dalje nga bindja ndaj Allahut dhe të Dërguarit të Tij ﷺ. Po ashtu, luftimi i një muslimani kundër vëllait të tij musliman është nga veprat që lidhen me kufrin, por është kufër i vogël.</t>
+  </si>
+  <si>
+    <t>وجوب احترام عِرْضِ المسلم ودمِهِ.
+عِظَم مآل سابِّ المسلم بغير حق؛ فالسابُّ بغير حق فاسق.
+سباب المسلم وقتاله يُضْعِفُ الإيمان وينقصه.
+بعض الأعمال تُسمى كُفْرًا؛ وإنْ لم تَصِل إلى الكفر الأكبر المخرج عن مِلَّة الإسلام.
+المراد بالكفر هنا الكفر الأصغر الذي لا يُخْرِج مِن المِلّة باتفاق أهل السنة؛ لأن الله عز وجل أثبت أُخُوَّةَ الإيمان للمؤمنين حال اقتتالِهم ونزاعِهم، فقال تعالى: (وَإِنْ طَائِفَتَانِ مِنَ الْمُؤْمِنِينَ اقْتَتَلُوا فَأَصْلِحُوا بَيْنَهُمَا) إلى قوله: ( إِنَّمَا الْمُؤْمِنُونَ إِخْوَةٌ).</t>
+  </si>
+  <si>
+    <t>Është obligim të respektohet nderi dhe gjaku i muslimanit.
+Pasoja e rëndë për atë që fyen një musliman pa të drejtë, sepse ai që fyen pa të drejtë është mëkatar (ar. fasik).
+Sharja dhe luftimi i muslimanit e dobëson dhe e pakëson imanin.
+Disa vepra quhet kufër, edhe nëse nuk arrijnë te kufri i madh, që e nxjerrin muslimanin nga feja islame.
+Kufri i përmendur këtu është kufër i vogël, i cili nuk të nxjerr nga feja, sipas konsensusit të Ehli Sunetit, sepse Allahu i Lartësuar ka konfirmuar vëllazërinë e besimit ndërmjet besimtarëve, edhe në rastet kur ata luftojnë dhe bien në konflikt mes tyre. Allahu thotë: "Nëse dy palë besimtarësh bëjnë luftë midis tyre, pajtojini ata...", deri te fjala e Tij: "Në të vërtetë, besimtarët janë vëllezër..." (El Huxhurat, 9-10)</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5333</t>
+  </si>
+  <si>
     <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Çdo njeriu, të cilin Allahu e ka bërë përgjegjës për një tufë njerëzish, që vdes duke e mashtruar tufën e vet, Allahu do t'ia ndalojë Xhenetin</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Makil ibn Jesar Muzeniu (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar të Dërguarin e Allahut  ﷺ të thotë: "Çdo njeriu, të cilin Allahu e ka bërë përgjegjës për një tufë njerëzish, që vdes duke e mashtruar tufën e vet, Allahu do t'ia ndalojë Xhenetin."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se secilin që Allahu i Lartësuar e ka bërë udhëheqës dhe përgjegjës mbi njerëzit, qoftë ajo udhëheqësi e përgjithshme, si të qenët prijës, qoftë udhëheqësi e veçantë, si burri në shtëpinë e tij dhe një grua në shtëpinë e saj, kështu që tregohet i mangët në të drejtat e tufës së tij: i mashtron dhe nuk tregohet i çiltër me ta, e kështu ua humb të drejtat e fesë dhe të kësaj bote, i tilli e meriton këtë dënim të rëndë.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Ky kërcënim nuk është i veçantë për imamin e madh dhe zëvendësit e tij, por është i përgjithshëm për të gjithë ata që Allahu i ka bërë përgjegjës për një tufë njerëzish.
 Është obligim për secilin që është caktuar të bëjë diçka në punët e muslimanëve, të jetë i çiltër dhe t'i këshillojë, të përpiqet për të përmbushur amanetin dhe të ruhet nga tradhtia.
 Përgjegjësia e madhe e çdo përgjegjësi të ndonjë tufe njerëzish, qoftë publike, qoftë private, qoftë e madhe, qoftë e vogël.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5335</t>
   </si>
   <si>
+    <t>حق المسلم على المسلم ست قيل: ما هن يا رسول الله؟، قال: إذا لقيته فسلم عليه، وإذا دعاك فأجبه، وإذا استنصحك فانصح له، وإذا عطس فحمد الله فسمته، وإذا مرض فعده وإذا مات فاتبعه</t>
+  </si>
+  <si>
+    <t>“Muslimani ndaj muslimanit ka gjashtë detyrime.” Të pranishmit thanë: “Cilat janë ato, o i Dërguari i Allahut!?” Tha: “Kur ta takosh, ta përshëndesësh me selam, kur të të ftojë, t'i përgjigjesh në ftesë, kur të kërkojë prej teje këshillë, ta këshillosh, kur të teshtijë dhe të thotë: “Elhamdulilah”, t'i thuash: “Jerhamukallah (Allahu të mëshiroftë!)"; kur të sëmuret, ta vizitosh; dhe kur të vdesë, ta përcillësh xhenazen e tij (në varreza).”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ سِتٌّ» قِيلَ: مَا هُنَّ يَا رَسُولَ اللهِ؟، قَالَ: «إِذَا لَقِيتَهُ فَسَلِّمْ عَلَيْهِ، وَإِذَا دَعَاكَ فَأَجِبْهُ، وَإِذَا اسْتَنْصَحَكَ فَانْصَحْ لَهُ، وَإِذَا عَطَسَ فَحَمِدَ اللهَ فَسَمِّتْهُ، وَإِذَا مَرِضَ فَعُدْهُ وَإِذَا مَاتَ فَاتَّبِعْهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Muslimani ndaj muslimanit ka gjashtë detyrime.” Të pranishmit thanë: “Cilat janë ato, o i Dërguari i Allahut!?” Tha: “Kur ta takosh, ta përshëndesësh me selam, kur të të ftojë, t'i përgjigjesh në ftesë, kur të kërkojë prej teje këshillë, ta këshillosh, kur të teshtijë dhe të thotë: “Elhamdulilah”, t'i thuash: “Jerhamukallah (Allahu të mëshiroftë!)"; kur të sëmuret, ta vizitosh; dhe kur të vdesë, ta përcillësh xhenazen e tij (në varreza).”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن حق المسلم على أخيه المسلم سِتُّ خِصَال:
+الأولى: يسلم عليه إذا لقِيه بقول: السلام عليكم، وهو يردُّ السلام بقوله: وعليكم السلام. 
+الثانية: إجابة دعوته إذا دعاه لِوَلِيْمَة وغيرِها. 
+الثالثة: النصيحة له إذا طلبها، ولا تُدَاهِنه أو تَغُشّه. 
+الرابعة: إذا عطس فقال: الحمد لله، فشَمِّتْه بقول: يرحمك الله، وهو يردُّ قائلًا: يَهديكم الله ويُصلح بالكم. 
+الخامسة: يعوده ويزوره إذا مرض. 
+السادسة: يُصلِّي عليه إذا مات، ويتبع جنازته حتى تُدْفَن.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith sqaroi se muslimani ndaj muslimanit i ka gjashtë detyrime: I pari: Ta përshëndesë me selam kur e takon, duke i thënë: Es-selamu alejkum, dhe ai duhet t’ia kthejë përshëndetjen duke thënë: Ue alejkumus selam. I dyti: T'i përgjigjet ftesës së tij kur e fton në gosti apo ndonjë rast tjetër. I treti: T’i japë këshillë kur ai kërkon, pa hipokrizi e pa mashtrim. I katërti: Kur ai teshtin dhe thotë: Elhamdulilah (çdo falënderim i takon Allahut), t’i thotë: Jerhamukallah (Allahu të mëshiroftë!); dhe ai t’i përgjigjet: Jehdikumullah ve juslihu balekum (Allahu ju udhëzoftë dhe jua përmirësoftë gjendjen!). I pesti: Ta vizitojë dhe ta pyesë për gjendjen e tij kur është i sëmurë. I gjashti: T’ia falë xhenazen dhe ta përcjellë deri sa të varroset.</t>
+  </si>
+  <si>
+    <t>قال الشوكاني: والمراد بقوله: (حق المسلم) أنه لا ينبغي تركه ويكون فعله إما واجبًا أو مندوبًا ندبًا مؤكَّدًا شبيهًا بالواجب الذي لا ينبغي تركه.
+ردُّ السلام فَرْض عيْن إذا كان المسلَّم عليه فردًا، ويكفي عن الجماعة أحدُهم، أما ابتداء السلام فالأصل فيه أنه سنة.
+زيارة المريض من حقوقه على إخوانه المسلمين؛ لأنها تُدْخِل المَسَرَّة والأُنس على قلبه، وهي فرض كفاية.
+وجوب إجابة الدعوة ما لم يكن فيها إثم؛ ،فإن كانت إلى وَلِيْمةِ عُرْسٍ فالجمهور على وجوب إجابتها إلا لعذر شرعي، أما إن كانت لغير وليمة العرس فالجمهور على أنها مستحبة.
+تشميت العاطس واجب على من سَمِعَ حَمْدَ العاطِس لله.
+كمال الشريعة وحرصها  في توثيق عرى المجتمع والإيمان وأواصِر المحبة بين أفراده.
+(فَسَمِّتْهُ) وفي بعض النسخ: "فشمّته"، بالسين المهملة والشين المعجمة: الدعاء بالخير والبركة، التشميت قيل معناه: أبعدك الله عن الشَّمَاتة، وجَنّبك ما يَشْمِت به عدوُّك، والتسميت معناه: هداك الله إلى السَّمْتِ المستقيم.</t>
+  </si>
+  <si>
+    <t>Sheukaniu ka thënë: "Ajo që nënkuptohet me 'detyrimet e muslimanit ndaj muslimanit' është se ato nuk duhet të neglizhohen, dhe përmbushja e tyre është ose obligim, ose shumë e preferuar në një mënyrë që e bën të ngjashme me obligimin që nuk duhet lënë pas dore."
+Kthyerja e selamit është obligim individual (farz ajn) nëse selami i drejtohet një personi të vetëm, ndërsa nëse i drejtohet një grupi, mjafton që njëri prej tyre të përgjigjet. Sa i përket fillimit të përshëndetjes me selam, ajo në parim është Sunet (vepër e pëlqyer, e jo obligim).
+Njëra nga detyrimet e muslimanit ndaj muslimanit tjetër është që ta vizitojë kur ai është i sëmurë, sepse kjo i sjell gëzim dhe ngushëllim zemrës së tij dhe konsiderohet obligim kolektiv (farz kifaje).
+Është obligim përgjigjja ndaj ftesës, përveç nëse ajo përfshin mëkat. Nëse ftesa është për dasmë, shumica e dijetarëve e konsiderojnë obligim përgjigjen ndaj saj, përveç nëse ka një arsye të vlefshme sipas Sheriatit (për të mos shkuar). Ndërsa, nëse ftesa është për diçka tjetër përveç dasmës, shumica e konsiderojnë pjesëmarrjen të pëlqyeshme.
+Thënia e lutjes: "Jerhamukallah - Allahu të mëshiroftë!", ndaj atij që teshtin është obligim për këdo që e dëgjon atë duke thënë elhamdulilah.
+Përsosmëria e sheriatit dhe kujdesi i tij në forcimin e lidhjeve shoqërore dhe të besimit, si dhe lidhjeve të dashurisë ndërmjet anëtarëve të tij.
+Shprehja në arabisht: "semmit'hu", e në disa versione thuhet "shemmit'hu", pra me “s” dhe me “sh”, është një lutje për mirësi dhe begati. Është thënë se "teshmit" do të thotë: “Allahu të largoftë nga fatkeqësitë që do ta gëzonin armikun tënd dhe të ruajttë prej tyre!” Ndërsa "tesmit" do të thotë: “Allahu të udhëzoftë në rrugën e drejtë!”</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5343</t>
+  </si>
+  <si>
     <t>كل بني آدم خطاء، وخير الخطائين التوابون</t>
   </si>
   <si>
     <t>Çdo bir i Ademit është mëkatar, e mëkatarët më të mirë janë ata që pendohen shpesh</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : «كلُّ بني آدم خَطَّاءٌ، وخيرُ الخَطَّائِينَ التوابون».</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Çdo bir i Ademit është mëkatar, e mëkatarët më të mirë janë ata që pendohen shpesh!"</t>
   </si>
   <si>
     <t>لا يخلو الإنسان من الخطيئة، لما فُطر عليه من الضعف، وعدم الانقياد لمولاه في فعل ما دعاه إليه، وترك ما نهاه عنه، لكنه تعالى فتح باب التوبة لعباده، وأخبر أن خير الخطائين هم المكثرون من التوبة.</t>
   </si>
   <si>
     <t>Nuk shpëton ndonjë njeri nga mëkati, për shkak se u krijua me këtë dobësi dhe për shkak të mosnënshtrimit ndaj Zotit tij për kryerjen e asaj për të cilën e ka obliguar dhe braktisjen e asaj që e ka ndaluar, por Allahu i Lartësuar ua hapi derën e pendimit robërve të Tij dhe i lajmëroi se mëkatarët më të mirë janë ata që shpesh pendohen.</t>
   </si>
   <si>
     <t>من شأن ابن آدم الخطأ والوقوع في الذنب.
 الواجب على المؤمن إذا تلبس بمعصية أن يبادر بالتوبة.</t>
   </si>
   <si>
     <t>I biri i Ademit (njeriu) është i atillë se mund të bëjë gabime dhe të bjerë në mëkat. Por, është obligim për besimtarin që, kur të bëjë ndonjë mëkat, të shpejtojë të pendohet.</t>
   </si>
   <si>
@@ -6961,50 +10183,89 @@
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se çdo vepër e mirë dhe dobi për të tjerët, qoftë me fjalë, qoftë me vepër, është sadaka (lëmoshë) dhe për të ka shpërblim.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Hadithi tregon se sadakaja nuk kufizohet në atë që njeriu e jep nga pasuria e tij, por çdo të mirë që e vepron një njeri (besimtar), e thotë ose ia ofron ndokujt tjetër.
 Ky hadith është inkurajim për të bërë mirë dhe çdo gjë që u sjell dobi të tjerëve.
 Mosnënçmimi i ndonjë gjëje të mirë, edhe po qe e paktë.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[رواه البخاري من حديث جابر ورواه مسلم من حديث حذيفة]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5346</t>
+  </si>
+  <si>
+    <t>لا تبدؤوا اليهود ولا النصارى بالسلام، فإذا لقيتم أحدهم في طريق فاضطروه إلى أضيقه</t>
+  </si>
+  <si>
+    <t>“Mos u paraprini hebrenjve dhe të krishterëve me selam, e kur të takoni ndonjërin prej tyre në rrugë, detyrojeni të kalojë nëpër pjesën më të ngushtë të rrugës.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Mos u paraprini hebrenjve dhe të krishterëve me selam, e kur të takoni ndonjërin prej tyre në rrugë, detyrojeni të kalojë nëpër pjesën më të ngushtë të rrugës.”</t>
+  </si>
+  <si>
+    <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن بَدْءِ اليهودِ والنصارى بالسلام ولو كانوا ذِمِّيِّيْن، فضلًا عن غيرهم من الكفار، وبَيَّن صلى الله عليه وسلم أننا إذا لقينا أحدَهم في طريق فنَضْطَرّه إلى أَضيَق الطريق، فالمؤمن هو الذي يَمشي في وسط الطريق، والذي يَتَنَحَّى هو الكافر، ولا يكون المسلم ذليلًا بحال من الأحوال.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ndalon që t'u paraprihet hebrenjve dhe të krishterëve me selam, madje edhe nëse ata janë dhimmij (të mbrojtur), e lëre më me të tjerët nga radhët e jobesimtarëve. Ai gjithashtu shpjegoi se nëse takojmë ndonjë prej tyre në rrugë, i detyrojmë të kalojnë në pjesën më të ngushtë të rrugës. Besimtari është ai që ecën në mes të rrugës, ndërsa ai që largohet mënjanë është jobesimtari. Asnjëherë nuk duhet të jetë muslimani i përçmuar.</t>
+  </si>
+  <si>
+    <t>لا يجوز للمسلم أن يبتدئ أحدًا من اليهود والنصارى وغيرهم من الكفار بالسلام.
+يجوز رد السلام عليهم إنْ هم بَدؤوا بالسلام بأن يقول: وعليكم.
+لا يجوز للمسلم أنْ يَتَقَصَّدَ أَذيّة الكافر بأن يُضَيِّقَ عليه قصدًا من غير موجب؛ ليضطره إلى أضيق الطريق؛ لكن إن كان الطريق ضيقًا أو مزدحمًا فالمسلم أحق به، والكافر يَتَنَحّى عنه.
+إظهار عزة المسلمين وصَغَار غيرهم، دون ظلم أو بَذَاءة في القول.
+التضييق على الكفار بسبب ما هم عليه من كفر بالله تعالى، قد يكون ذلك سببًا في إسلامهم؛ فينجوا من النار، إذا حملهم ذلك على معرفة السبب.
+لا بأس أن يقول المسلم للكافر ابتداءً كيف حالُك، كيف أصبحتَ، كيف أمسيتَ؟ ونحو ذلك إذا دعت الحاجة إلى ذلك؛ لأن النهي محمول على السلام.
+قال الطيبي: المُختار أنَّ المُبتدع لا يُبدأ بالسلام، ولو سلَّم على مَن لا يعرفه فظهر ذِميًّا أو مبتدعًا يقول: استرجعت سلامي تحقيرًا له.</t>
+  </si>
+  <si>
+    <t>Nuk lejohet që një musliman t'u paraprijë hebrenjve, të krishterëve apo jobesimtarëve të tjerë me selam.
+Është e lejuar t'ua kthesh selamin atyre, nëse ata fillojnë selamin të parët, duke u thënë: "Ue alejkum - edhe mbi ju."
+Nuk lejohet që një musliman të synojë ta dëmtojë një jobesimtar, duke e detyruar atë të kalojë në pjesën më të ngushtë të rrugës pa arsye. Por, nëse rruga është e ngushtë ose e mbushur, muslimani ka më shumë të drejtë të kalojë, ndërsa jobesimtari largohet mënjanë.
+Të shfaqet krenaria e muslimanëve dhe nënshtrimi i të tjerëve, pa bërë padrejtësi apo pa thënë fjalë të pahijshme.
+Ngushtimi ndaj jobesimtarëve (siç u cek në hadith) është për shkak të mosbesimit të tyre ndaj Allahut të Lartësuar. E ky veprim mund të jetë shkak për pranimin e Islamit, kësisoj të shpëtojnë nga Zjarri, nëse kjo i shtyn ata të kërkojnë e ta dinë arsyen e këtij veprimi.
+Nuk ka problem që muslimani t'i thotë një jobesimtari fillimisht: "Si je?", "Si je gdhirë?", "Si je ngrysur?" dhe të ngjashme, nëse është e arsyeshme, sepse ndalimi (në hadithe) është i lidhur me dhënien e selamit.
+Tibiu ka thënë: "Qëndrimi më i zgjedhur është që bidatçiut (përhapësit të risive në fe) nuk i jepet selami i pari. E nëse ai i jep selam dikujt që nuk e njeh, e më pas rezulton të jetë dhimmi (jomusliman që jeton nën mbrojtjen islame) ose bidatçi, atëherë dhënësi i selamit thotë: 'E tërhoqa mbrapsht selamin tim', për ta nënvlerësuar kështu personin e tillë.'"</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5347</t>
   </si>
   <si>
     <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Assesi mos nënvlerëso asnjë gjë, edhe po e takove vëllanë tënd me fytyrë të buzëqeshur</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Ebu Dherri (Allahu qoftë i kënaqur me të!) transmeton: "Profeti ﷺ më ka thënë: "Assesi mos nënvlerëso asnjë gjë, edhe po e takove vëllanë tënd me fytyrë të buzëqeshur."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na inkurajon për të bërë mirë dhe për të mos e nënvlerësuar atë, qoftë dhe e paktë. Kjo përfshin fytyrën e çelur e me buzëqeshje gjatë takimit, kështu që muslimani duhet të ketë kujdes për të, për shkak të dashamirësisë ndaj vëllait musliman dhe se e bën atë të lumtur.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
@@ -7038,106 +10299,106 @@
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Vlera e butësisë dhe vetëkontrollit gjatë zemërimit dhe se kjo është ndër veprat e mira të cilat i inkurajon Islami.
 Lufta kundër vetvetes gjatë zemërimit është më e vështirë sesa të luftosh kundër armikut.
 Islami e ndryshoi konceptin paraislam për forcën drejt virtyteve fisnike. Rrjedhimisht, njeriu më i fuqishëm është ai që e ka nën kontroll veten e tij.
 Qëndrimi larg zemërimit, për shkak të dëmit që u shkakton individëve dhe shoqërisë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5351</t>
   </si>
   <si>
     <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Ai që i përngjan një populli është prej tyre</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
-    <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Ai që i përngjan një populli është prej tyre."</t>
+    <t>Ibn Omeri (Allahu qoftë i kënaqur me të dy!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Ai që i përngjan një populli është prej tyre."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
-    <t>Profeti ﷺ në këtë hadith na tregon se kushdo që i përngjan një populli, qofshin jobesimtarë, gjynahmëdhenj, qofshin njerëz të drejtë - duke bërë diçka që është karakteristikë e tyre në aspektin e besimit, adhurimit ose zakonit, - atëherë ai është njëri prej tyre, sepse përngjasimi me ta në pamjen e jashtme shpie drejt përngjasimit me ta në anën e brendshme. Nuk ka dyshim se përngjasimi me një popull është rezultat i admirimit të tyre, gjë që mund të shkatojë që ata të duhen, të madhërohen dhe të mbështetet njeriu tek ata. Allahu na ruajttë!</t>
+    <t>Profeti ﷺ në këtë hadith na tregon se kushdo që i përngjan një populli, qofshin jobesimtarë, gjynahmëdhenj, qofshin njerëz të drejtë - duke bërë diçka që është karakteristikë e tyre në aspektin e besimit, adhurimit ose zakonit, - atëherë ai është njëri prej tyre, sepse përngjasimi me ta në pamjen e jashtme shpie drejt përngjasimit me ta në anën e brendshme. Nuk ka dyshim se përngjasimi me një popull është rezultat i admirimit të tyre, gjë që mund të shkaktojë që ata të duhen, të madhërohen dhe të mbështetet njeriu tek ata. Allahu na ruajttë!</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Paralajmërimi kundër përngjasimit me jobesimtarët dhe gjynahmëdhenjtë.
 Inkurajimi që të përngjasojmë me njerëzit e mirë dhe t'i marrim shembull ata.
 Përngjasimi në anën e jashtme trashëgon dashurinë në anën e brendshme.
 Njeriu e merr kërcënimin dhe mëkatin në varësi të llojit të përngjasimit.
 Ndalimi i shëmbëllimit të jomuslimanëve është ndalim i shëmbëllimit të tyre në fenë dhe në zakonet e tyre, që janë të veçanta për ta. E, sa i përket asaj që nuk është e tillë, si mësimi i zanateve dhe të ngjashme, nuk përfshihet në ndalim.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5353</t>
   </si>
   <si>
     <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Kushdo që udhëzon dikë për një punë të mirë, do ta ketë shpërblimin të njëjtë sikurse ai që e bën atë punë</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Ebu Mesud Ensariu (Allahu qoftë i kënaqur me të!) ka thënë: "Një person erdhi te Profeti ﷺ dhe i tha: "Më ka ngordhur kafsha, andaj a mund të më gjesh një kafshë për udhëtim (për në betejë)?" Ai ﷺ tha: "Nuk kam." Një person tjetër tha: "O i Dërguari i Allahut, unë do ta drejtoj te dikush që do t'i gjejë kafshë udhëtimi." I Dërguari i Allahut ﷺ tha: “Kushdo që udhëzon dikë për një punë të mirë, do ta ketë shpërblimin të njëjtë sikurse ai që e bën atë punë.”</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Një njeri erdhi te Profeti ﷺ dhe i tha: "Kafsha kalëruese më ka ngordhur, andaj a mund të më gjesh një kafshë për udhëtim, që të më dërgojë (për ku jam nisur)." Profeti ﷺ i kërkoi falje sepse nuk kishte asnjë kafshë për ta bartur, kështu që një person që ishte i pranishëm tha: "O i Dërguari i Allahut, unë do ta drejtoj te dikush që do t'i gjejë kafshë udhëtimi." Kështu, i Dërguari i Allahut ﷺ e lajmëroi se ai ishte ortak në shpërblim me atë që do t'ia japë kafshën e udhëtimit, sepse nevojtarin e drejtoi tek ai.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Inkurajimi për t'i drejtuar të tjerët drejt hairit.
 Nxitja për të bërë mirë është nga faktorët e solidaritetit dhe integrimit të komunitetit musliman.
 Mirësia e gjerë e Allahut të Lartësuar.
 Ky hadith është një rregull e përgjithshme, tek e cila bëjnë pjesë krejt veprat e hairit.
-Nëse njeriu nuk ka mundësi ta realizojë dëshirën e atij që kërkon diçka, atëherë e drejton te tjetri.</t>
+Nëse njeriu nuk ka mundësi ta realizojë dëshirën/kërkesën e atij që kërkon diçka, atëherë e drejton te tjetri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5354</t>
   </si>
   <si>
     <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
     <t>E kam pyetur Profetin ﷺ: "Cili është gjynahu më i madh tek Allahu?" Më tha: “T'i bësh ortak Allahut, ndërsa Ai të ka krijuar</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
     <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton: "E kam pyetur Profetin ﷺ: "Cili është gjynahu më i madh tek Allahu?" Më tha: “T'i bësh ortak Allahut, ndërsa Ai të ka krijuar.” Thashë: "Kjo me të vërtetë që është e madhe. E, pastaj cili?" Më tha: “Të vrasësh fëmijën tënd nga frika se do të ushqehet së bashku me ty.” E pyeta prapë: "Pastaj cili?" Më tha: “Të bësh kurvëri me gruan e fqinjit.”</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
     <t>Profeti ﷺ është pyetur për gjynahun më të madh, e në atë rast ka thënë: Gjynahu më i madh është shirku i madh, që nënkupton: t'i bësh Allahut të ngjashëm ose të barabartë në uluhijen (adhurimin), rububijen (zotërimin) ose emrat dhe cilësitë e Tij. Këtë mëkat Allahu i Lartësuar e fal vetëm me pendim dhe nëse kryerësi i tij vdes në këtë gjendje, do të mbetet përgjithmonë në Zjarr. Pastaj vrasja që njeriu ia bën fëmijës së tij nga frika se do të hajë me të, pastaj vrasja e njeriut që është e ndaluar (të vritet), por mëkati i tij zmadhohet nëse i vrari është i afërm me vrasësin, gjithashtu mëkati i tij zmadhohet edhe kur qëllimi i vrasësit është frika se personi i vrarë do të marrë pjesë me të në rrizkun e Allahut. Pastaj, që një njeri të bëjë kurvëri me gruan e fqinjit të tij duke u përpjekur të mashtrojë gruan e fqinjit të tij, në mënyrë që të bëjë kurvëri me të dhe ajo t'i nënshtrohet atij. Kurvëria është e ndaluar, por mëkati i saj rritet nëse ajo me të cilën është kryer ky akt është gruaja e fqinjit, ndaj të cilit feja urdhëron bamirësi, mirësi dhe shoqërim të mirë.</t>
@@ -7231,83 +10492,122 @@
   <si>
     <t>“Nuk do të hyjë në Xhenet ai që i shkëput (lidhjet farefisnore).”</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>Xhubejr ibn Mutëimi (Allahu qoftë i kënaqur me të!) transmeton se e dëgjoi Profetin ﷺ të thotë: “Nuk do të hyjë në Xhenet ai që i shkëput (lidhjet farefisnore).”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se, kushdo që i shkëput (lidhjet farefsinore) me të afërmit e tij, të cilat i ka obligim t'i mbajë, ose i lëndon dhe u bën keq, meriton të mos hyjë në Xhenet.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Shkëputja e lidhjeve farefisnore është prej mëkateve të mëdha.
 Lidhjet familjare janë sipas asaj që dihet zakonisht (në një popull) dhe ndryshojnë sipas vendeve, kohëve dhe njerëzve.
 Mbajtja e lidhjeve familjare bëhet nëpërmjet vizitës, lëmoshës, mirësjelljes ndaj tyre, vizitës së të sëmurëve, urdhërimit për të mirë, ndalimit të së keqes e kështu me radhë.
-Kur shkëputja e lidhjeve farefsnore të jetë me ndokënd që është më i afërm, atëherë edhe (pesha) e mëkatit është më e madhe.</t>
+Kur shkëputja e lidhjeve farefisnore të jetë me ndokënd që është më i afërm, atëherë edhe (pesha) e mëkatit është më e madhe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5367</t>
   </si>
   <si>
     <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>Nuk do të hyjë në Xhenet bartësi i fjalëve</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Hudhejfja (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar Profetin ﷺ të thotë: "Nuk do të hyjë në Xhenet bartësi i fjalëve."</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na lajmëron se thashethemxhiu, - ai që i bart fjalët mes njerëzve me qëllim të prishjes mes tyre, - është meritor të ndëshkohet, që të mos hyjë në Xhenet.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Thashethemet (ar. en nemimeh) janë prej mëkateve të mëdha.
 Ndalimi i thashethemeve, për shkak se përmes tyre shkaktohet prishje dhe dëm midis individëve dhe grupeve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5368</t>
+  </si>
+  <si>
+    <t>لا ينظر الله إلى من جر ثوبه خيلاء</t>
+  </si>
+  <si>
+    <t>“Allahu nuk do ta shikojë (në Ditën e Gjykimit), atë që e tërheq zvarrë rrobën e tij nga mendjemadhësia.”</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يَنْظُرُ اللَّهُ إِلَى مَنْ جَرَّ ثَوْبَهُ خُيَلاَءَ».</t>
+  </si>
+  <si>
+    <t>Ibn Omeri (Allahu qoftë i kënaqur me të dy!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Allahu nuk do ta shikojë (në Ditën e Gjykimit), atë që e tërheq zvarrë rrobën e tij nga mendjemadhësia.”</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إِرْخَاءِ الثوب أو الإزَارِ أَسفل الكعبين عُجبًا وكبرًا، وأنّ مَن فعل ذلك كان مُستحِقًّا للوعيد الشديد بأن لا ينظر الله إليه يوم القيامة نَظَرَ رَحمة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka paralajmëruar kundër zgjatjes së rrobës apo të pjesës së poshtme të veshjes nën kyçet e këmbëve për shkak të mendjemadhësisë dhe arrogancës, duke treguar se kush e bën këtë, do të meritojë një dënim të ashpër: Allahu nuk do ta shikojë me shikim mëshire Ditën e Gjykimit.</t>
+  </si>
+  <si>
+    <t>الثوب يَشمل كلَّ ما يَستُر أسفل البدن من سروال وثوب وإزار وغيرها.
+النهي عن الإسبال خاصٌّ بالرجال، قال النووي: وأجمع العلماء على جواز الإسبال للنساء، وقد صح عن النبي صلى الله عليه وسلم الإذنُ لهنَّ في إرخاء ذُيُولِهنّ ذراعًا.
+قال ابن باز: الإسبال ممنوع ومحرم لعموم الأحاديث، وأما العقوبة فهي متفاوتة ولا يلزم أن تكون مُتساوية، فإنه ليس مَن قَصَدَ الخيلاء كمن لم يَقصد.
+قال ابن باز: المرأة عورة فلا مانع من إرخائها شِبْرًا، فإن لم يَكفِها أَرْخَتْ ذِراعًا ابتداءً من الكَعْب.
+قال القاضي: قال العلماء: وبالجملة يكره كل ما زاد على الحاجة والمعتاد في اللباس من الطول والسعة، والله أعلم.
+قال النووي: القَدْر المستحب فيما يَنزل إليه طرف القميص والإزار فنصف الساقين، ولا جناح عليه فيما بينه وبين الكعبين، وما أسفل من ذلك فهو في النار، فالمستحب نصف الساقين، والجائز بلا كراهة ما تحته إلى الكعبين، فما نزل عن الكعبين فهو ممنوع.
+قال ابن عثيمين على قوله: (لا ينظر الله إليه) أي نَظَرَ رَحمةٍ ورَأْفَة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء، لكن المراد نظر الرحمة والرأفة.</t>
+  </si>
+  <si>
+    <t>Veshja përfshin çdo gjë që mbulon pjesën e poshtme të trupit, si pantallonat, rroba, izari (veshje e poshtme) etj.
+Ndalimi i isbalit (zvarritjes së veshjes poshtë kyçit të këmbës) është i veçantë për burrat. Neveviu ka thënë: "Dijetarët janë në unanimitet për lejimin e isbalit për gratë. Është transmetuar në mënyrë të saktë nga Profeti ﷺ se ai ua lejoi grave të zgjasin fundin e rrobave të tyre deri në një parakrah."
+Ibn Bazi ka thënë: "Isbali është i ndaluar dhe haram për shkak të kuptimit të përgjithshëm të haditheve. Sa i përket ndëshkimit, ai ndryshon dhe nuk është i njëjtë për të gjithë; ai që e bën me qëllim mendjemadhësie nuk është si ai që nuk e bën me atë qëllim."
+Ibn Bazi gjithashtu ka thënë: "Gruaja është avret (duhet të mbulohet), prandaj nuk ka problem që ta zgjasë veshjen e saj një pëllëmbë më poshtë (kyçit), dhe nëse kjo nuk mjafton, ajo mund ta zgjasë deri në një parakrah duke filluar nga kyçi i këmbës."
+Kadi (Ijadi) ka thënë: "Dijetarët kanë thënë: Përmbledhtas, çdo gjë në veshje që e tejkalon nevojën dhe gjatësinë ose gjerësinë e zakonshme është e urryer, dhe Allahu e di më së miri."
+Neveviu ka thënë: "Gjatësia e preferuar e fundshpinës së këmishës ose veshjes së poshtme është deri në mesin e kërcinjve të këmbës (pjesës së poshtme të këmbës). Nuk ka problem nëse është mes asaj dhe kyçit të këmbës. Mirëpo, çdo gjë që është më poshtë se kyçi është në Zjarr. Prandaj, gjatësia e preferuar është deri në mesin e kërcinjve, e lejuara pa qenë mekruh (veprim i urryer) është poshtë saj deri te kyçi, dhe çdo gjë që shkon më poshtë se kyçi është e ndaluar."
+Ibn Uthejmini ka thënë për fjalën e Profetit: “Allahu nuk do ta shikojë”, domethënë: nuk do ta shikojë me mëshirë dhe dashamirësi, jo se nuk e sheh fare, sepse asgjë nuk i fshihet Allahut dhe asgjë nuk i shpëton vështrimit të Tij. Por, këtu nënkuptohet shikimi i mëshirës dhe i dashamirësisë."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5370</t>
   </si>
   <si>
     <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>Në Ditën e Gjykimit, asgjë nuk do të jetë më e rëndë në peshoren e besimtarit sesa morali i mirë. Pa dyshim, Allahu e urren njeriun e pandershëm dhe të paturpshëm</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Ebu Derdai (Allahu qoftë i kënaqur me të!) tregon se Profeti (paqja qoftë mbi të!) ka thënë: "Në Ditën e Gjykimit, asgjë nuk do të jetë më e rëndë në peshoren e besimtarit sesa morali i mirë. Pa dyshim, Allahu e urren njeriun e pandershëm dhe të paturpshëm."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Profeti (paqja qoftë mbi të!) ka njoftuar se fjala apo vepra më e rëndë në peshoren e besimtarit në Ditën e Gjykimit do të jetë morali i mirë, i cili konsiston në fytyrën e qeshur, moslëndimin e të tjerëve dhe bamirësinë. Allahu i Madhëruar e urren atë njeri që është i paturpshëm në veprat dhe fjalët e tij dhe atë që përdor fjalë të pista.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Vlera e moralit të lartë, përmes të cilit njeriu fiton dashurinë e Allahut dhe dashurinë e njerëzve. Morali i lartë do të jetë gjëja më madhështore që do të peshohet në Ditën e Gjykimit.</t>
@@ -7346,51 +10646,51 @@
   </si>
   <si>
     <t>Të afërm konsiderohen të afërmit nga ana e babait dhe e nënës, ndërkohë sa më të afërt të jenë, atëherë janë më meritorë që lidhjet të mbahen me ta.
 Shpërblimi është sipas llojit të veprës, kështu që, kushdo që i mban lidhjet farefisnore duke bërë mirë, Allahu i jep jetëgjatësi dhe ia shton rizkun.
 Mbajtja e lidhjeve farefisnore është shkak për shtimin e zgjerimin e rizkut dhe shkak për jetëgjatësi. Edhe nëse afati jetësor dhe rizku janë të kufizuara, por mund të ketë bereqet në rizk dhe jetë, kështu që ai bën gjatë jetës së tij më shumë gjëra dhe është më i dobishëm se të tjerët. Gjithashtu për kuptimin e hadithit është thënë se shtimi i rizkut dhe i jetës është diçka reale që ndodh në të vërtetë. Allahu e di më së miri!</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5372</t>
   </si>
   <si>
     <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Atë që e dëmton muslimanin, Allahu do ta dëmtojë, dhe atij që ia vështirëson muslimanit, Allahu do t'ia vështirësojë</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Ebu Sirme (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Atë që e dëmton muslimanin, Allahu do ta dëmtojë, dhe atij që ia vështirëson muslimanit, Allahu do t'ia vështirësojë."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
-    <t>Profeti ﷺ në këtë hadith tërhoqi vërejtjen nga lëndimi e futja e dëmit dhe vështirësisë te një musliman, qoftë në veten e tij, qoftë në pasurinë a familjen e tij. Kushdo që i fut dëm dhe vështirësi një muslimani, Allahu do ta dënojnë atë në të njëjtën mënyrë si puna e tij.</t>
+    <t>Profeti ﷺ në këtë hadith tërhoqi vërejtjen nga lëndimi e futja e dëmit dhe vështirësisë te një musliman, qoftë në veten e tij, qoftë në pasurinë a familjen e tij. Kushdo që i fut dëm dhe vështirësi një muslimani, Allahu do ta dënojë atë në të njëjtën mënyrë si puna e tij.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Është e ndaluar të dëmtohet muslimani dhe t'i vështirësohen punët atij.
 Allahu merr hak për robërit e Tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5375</t>
   </si>
   <si>
     <t>إن النبي صلى الله عليه وسلم خرج علينا، فقلنا: يا رسول الله، قد علمنا كيف نسلم عليك، فكيف نصلي عليك؟</t>
   </si>
   <si>
     <t>Njëherë Profeti (paqja qoftë mbi të!) doli të fliste me ne dhe ne i thamë: 'O Profet i Allahut, e dimë si të lutemi për paqe për ty, por deshëm të dimë si të lutemi për bekime për ty?!'</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى قَالَ: لَقِيَنِي كَعْبُ بْنُ عُجْرَةَ، فَقَالَ: أَلاَ أُهْدِي لَكَ هَدِيَّةً؟ إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟ قَالَ: «فَقُولُوا: اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا صَلَّيْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ، اللَّهُمَّ بَارِكْ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا بَارَكْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ».</t>
   </si>
   <si>
     <t>Abdurrahman ibn ebi Lejla ka treguar se Ka'b ibn Uxhrah e ka takuar dhe i ka thënë: "A të të jap një dhuratë? Njëherë Profeti (paqja qoftë mbi të!) doli të fliste me ne dhe ne i thamë: 'O Profet i Allahut, e dimë si të lutemi për paqe për ty, por deshëm të dimë si të lutemi për bekime për ty?!' Ai tha: 'Thoni: 'Allãhumme ṣal-li ‘alã Muḥam-medin ue alã ãli Muḥammed kemã ṣal-lejte ‘alã Ibrãhĩme ue ‘alã ãli Ibrãhĩm, inneke ḥamĩdun Mexhĩd. All-llãhumme bãrik ‘alã Muḥammedin ue ‘alã ãli Muḥammed, kemã bãrakte alã Ibrãhĩme ue ‘alã ãli Ibrãhĩm, inneke Ḥamĩdun Mexhĩd.'" (O Allah, bekoje Muhamedin dhe familjen e Muhamedit, ashtu siç bekove Ibrahimin dhe familjen e Ibrahimit. Ti je i Përlëvduar dhe i Lartmadhëruar! O Allah, begatoje Muhamedin dhe familjen e tij, ashtu siç begatove Ibrahimin dhe familjen e tij. Ti je i Përlëvduar dhe i Lartmadhëruar).</t>
   </si>
   <si>
@@ -7433,112 +10733,417 @@
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
     <t>Nga Ubadeh ibn es-Samiti (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Nuk ka namaz ai që nuk këndon Hyrjen e Kuranit (suren el-fatiha)."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) ka shpjeguar se namazi nuk është i saktë pa këndimin e sures el-fatiha, ngaqë ajo është një ndër shtyllat e namazit në çdo rekat të tijin.</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Nuk vlen këndimi i një surje tjetër në vend të fatihasë, kur personi është i aftë që ta këndojë fatihanë.
 Rekati në të cilin nuk është kënduar fatihaja nuk vlen, si për atë që e lë atë qëllimisht, ashtu dhe për atë që është i paditur dhe për atë që e lë nga harresa. Kjo, sepse fatihaja është një nga shtyllat e namazit dhe shtyllat e namazit nuk shfuqizohen në asnjë rast.
 Këndimi i fatihasë nuk është i detyrueshëm për xhematliun kur e kap imamin në ruku.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5378</t>
   </si>
   <si>
+    <t>ليس منا من لطم الخدود، وشق الجيوب، ودعا بدعوى الجاهلية</t>
+  </si>
+  <si>
+    <t>“Nuk është yni ai që godet fytyrën, i shqyen rrobat dhe vajton siç vajtohej gjatë injorancës.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ».</t>
+  </si>
+  <si>
+    <t>Abdullahu (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Nuk është yni ai që godet fytyrën, i shqyen rrobat dhe vajton siç vajtohej gjatë injorancës.”</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ عن بعض أفعال أهل الجاهلية فقال: ليس منا: 
+الأول: مَن لَطَمَ الخُدُود، وخَصَّ الخَدّ لكونه الغالب في ذلك، وإلا فَضَرْبُ بقية الوجه داخل في النهي. 
+والثاني: شَقَّ ما يُفْتَح من الثوب ليدخل فيه الرأس من شدّة الجزع. 
+والثالث: دَعى بدعوى أهل الجاهلية كالدعاء بالويل والثُّبُور والنياحة والنُّدْبَة وغيرها.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ndaloi dhe paralajmëroi për disa veprime të njerëzve të injorancës (xhahilijetit) duke thënë: ''Nuk është yni:
+E para: Ai që godet faqet. Faqja është përmendur posaçërisht në hadith, sepse zakonisht goditet në raste të tilla, megjithatë, goditja e pjesëve të tjera të fytyrës gjithashtu hyn në ndalimin (e përmendur).
+E dyta: Shqyerja e rrobës, ku bëhet hapja e saj dhe futet koka në të, për shkak të hidhërimit të madh.
+E treta: Vajtimi siç vajtohej gjatë injorancës, si të kërkuarit e mjerimit, vajtimit, britmat dhe ankesa të tjera të ngjashme.</t>
+  </si>
+  <si>
+    <t>هذا الوعيد في الحديث يدل على أنَّ هذه الأعمال من كبائر الذنوب.
+وجوب الصبر على المصيبة، وتحريم التَّسَخُّط مِن أقدار الله المؤلمة، وإظهار ذلك: بالنياحة أو النَّدْب أو الحَلْق أو الشَّقّ أو غير ذلك.
+تحريم تَقلِيْد الجاهلية بأمورهم التي لم يُقِرّهم الشارع عليها.
+لا بأس من الحُزْن والبكاء، فهو لا ينافي الصبر على قضاء الله تعالى، وإنما هو رحمة جعلها الله في قلوب الأقارب والأحباب.
+على المسلم الرضا بقضاء الله، فإنْ لم يَرْضَ فالصبر واجب عليه.</t>
+  </si>
+  <si>
+    <t>Ky kërcënim në hadith tregon se këto vepra janë prej mëkateve të mëdha.
+Është obligim të bëhet durim gjatë fatkeqësisë dhe ndalohet pakënaqësia ndaj caktimeve të dhimbshme të Allahut, si dhe shfaqja e kësaj pakënaqësie me vajtim, ankesa, bërtima, rruarje flokësh, shqyerje rrobash ose veprime të tjera të ngjashme.
+Ndalohet imitimit i njerëzve të injorancës në veprat e tyre, që nuk janë miratuar nga ligji islam.
+Nuk ka problem të ndjesh pikëllim dhe të qash, pasi kjo nuk bie në kundërshtim me durimin ndaj caktimit të Allahut të Lartësuar. Përkundrazi, kjo është mëshirë që Allahu e ka vendosur në zemrat e të afërmve dhe të dashurve.
+Muslimani duhet të jetë i kënaqur me caktimin e Allahut, e nëse nuk arrin të jetë i kënaqur, atëherë durimi është i detyrueshëm për të.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5380</t>
+  </si>
+  <si>
     <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Robi është më së afërti me Zotin e tij kur ndodhet në sexhde, prandaj shpeshtoni lutjet (në të)</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Robi është më së afërti me Zotin e tij kur ndodhet në sexhde, prandaj shpeshtoni lutjet (në të)."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Profeti ﷺ sqaron se robi është më së afërti me Zotin e tij kur ndodhet në sexhde. Kjo, se, kur njeriu bie në sexhde, pjesët më fisnike të trupit i vendos në tokë, duke qenë i nënshtruar, i përulur dhe modest para Allahut të Lartmadhëruar.
 Profeti ﷺ urdhëroi që lutjet të shtohen gjatë sexhdes, kështu që në këtë gjendje bëhen bashkë përulja para Allahut me fjalë dhe me vepër.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Adhurimi i shton robit afrimin me Allahun e Lartmadhëruar.
 Është e rekomanduar që gjatë sexhdes të shpeshtohen lutjet, sepse është vend ku lutjet pranohen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5382</t>
+  </si>
+  <si>
+    <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
+  </si>
+  <si>
+    <t>“Ai që pastrohet ditën e premte, ashtu siç pastrohet prej xhunubllëkut dhe shkon në xhami, konsiderohet sikurse të ketë bërë kurban një deve</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّانِيَةِ، فَكَأَنَّمَا قَرَّبَ بَقَرَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّالِثَةِ، فَكَأَنَّمَا قَرَّبَ كَبْشًا أَقْرَنَ، وَمَنْ رَاحَ فِي السَّاعَةِ الرَّابِعَةِ، فَكَأَنَّمَا قَرَّبَ دَجَاجَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الخَامِسَةِ، فَكَأَنَّمَا قَرَّبَ بَيْضَةً، فَإِذَا خَرَجَ الإِمَامُ حَضَرَتِ المَلاَئِكَةُ يَسْتَمِعُونَ الذِّكْرَ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Ai që pastrohet ditën e premte, ashtu siç pastrohet prej xhunubllëkut dhe shkon në xhami, konsiderohet sikurse të ketë bërë kurban një deve. Ai që shkon në çastet e dyta, konsiderohet sikurse të ketë bërë kurban një lopë. Ai që shkon në çastet e treta, konsiderohet sikurse të ketë bërë kurban një dash me brirë. Ai që shkon në çastet e katërta, konsiderohet sikurse të ketë bërë kurban një pulë. Ai që shkon në çastet e pesta, konsiderohet sikurse të ketë dhënë sadaka një vezë. E, kur imami të ngjitet në minber, melekët ndalen për ta dëgjuar dhikrin (hutben).”</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فَضْل التَّبْكِيْر في الذهاب إلى صلاة الجمعة، 
+ويبدأ التبكير من طلوع الشمس إلى مجيء الإمام؛ وهو خمس ساعات، وتقسم على حسب الوقت بين طلوع الشمس إلى دخول الإمام وصعوده المنبر للخطبة خمسة أجزاء:
+الأول: من اغتسل غسلًا كاملًا كغسل الجنابة،  ثم ذهب لمسجد الجمعة في الساعة الأولى فكأنما تصدَّق بِجَمَل.
+الثاني: من ذهب في الساعة الثانية فكأنما تصدَّق ببقرة.
+الثالث: من ذهب في الساعة الثالثة فكأنما تصدق بكبش -وهو ذكر الضأن-  له قرون. 
+الرابع: من ذهب في الساعة الرابعة فكأنما تصدق بدجاجة.
+الخامس: من ذهب في الساعة الخامسة فكأنما تصدق ببيضة.
+فإذا خرج الإمام للخطبة؛ توقَّفت الملائكة الجالسون على الأبواب لكتابة الداخلين للمسجد الأول فالأول عن الكتابة، وجاؤوا يستمعون الذكر والخطبة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ na tregon në këtë hadith vlerën e vajtjes herët në namazin e xhumasë. Hershmëria fillon nga lindja e diellit deri në ardhjen e imamit. Këto janë pesë çaste dhe ndahen në pesë pjesë sipas kohës ndërmjet lindjes së diellit derisa imami të hyjë dhe të ngjitet në minber për të mbajtur hutben:
+I pari: ai që pastrohet me gusël të plotë, ashtu siç pastrohet prej xhunubllëkut dhe shkon në xhami për ta falur namazin e xhumasë në çastet e para, koniderohet sikur të ketë dhënë sadaka një deve.
+I dyti: ai që shkon në çastet e dyta, konsiderohet sikur të ketë dhënë sadaka një lopë.
+I treti: ai që shkon në çastet e treta, konsiderohet sikur të ketë dhënë sadaka një dash me brirë.
+I katërti: ai që shkon në çastet e katërta, konsiderohet sikur të ketë dhënë sadaka një pulë.
+I pesti: ai që shkon në çastet e pesta, konsiderohet sikur të ketë dhënë sadaka një vezë.
+Kur imami të hipën në minber për ta mbajtur hutben, melekët që rrinë ulur te dyert ndalen së shkruari emrat e atyre që futen në xhami dhe shkojnë për ta dëgjuar hutben.</t>
+  </si>
+  <si>
+    <t>الحث على الاغتسال يوم الجمعة، ويكون قبل الذهاب إلى الصلاة.
+فضيلة التبكير إلى صلاة الجمعة من أول ساعات النهار.
+الحث على المبادرة إلى الأعمال الصالحة.
+حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
+الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
+قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për t'u pastruar para namazit të xhumasë, respektivisht para shkuarjes për në namaz.
+Vlera e shkuarjes herët për në namazin e xhumasë në çastet e para të ditës.
+Inkurajimi për të përshpejtuar drejt veprave të mira.
+Melekët marrin pjesë në namazin e xhumasë dhe e mirëdëgjojnë hutben.
+Melekët qëndrojnë në dyert e xhamive dhe i shkruajnë ata që venë në namazin e xhumasë, një nga një.
+Ibn Rexhebi ka thënë: "Pjesa e hadithit: “Ai që pastrohet ditën e premte... dhe shkon në xhami” tregon se abdesi i rekomanduar për ditën e xhuma fillon me lindjen e agimit dhe përfundon me nisjen për në ditën e xhuma."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5393</t>
+  </si>
+  <si>
+    <t>من جاء منكم الجمعة فليغتسل</t>
+  </si>
+  <si>
+    <t>Kushdo prej jush që vjen në xhuma, le të lahet!</t>
+  </si>
+  <si>
+    <t>عن عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «‌مَنْ ‌جَاءَ ‌مِنْكُمُ ‌الْجُمُعَةَ فَلْيَغْتَسِلْ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të dy!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Kushdo prej jush që vjen në xhuma, le të lahet!"</t>
+  </si>
+  <si>
+    <t>يُؤَكِّدُ النبيُّ صلى الله عليه وسلم على مَن أراد أنْ يأتي لصلاة الجمعة فإنه يستحب له أن يغتسل، مثل غُسلِه للجنابة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ thekson se kushdo që dëshiron të shkojë në namazin e xhumasë, është e pëlqyeshme për të që të marrë gusl (të lahet), ashtu siç merr gusël nga xhenabeti (të qenët i papastër).</t>
+  </si>
+  <si>
+    <t>تأكيد غُسْل الجمعة، وأنه سنة للمؤمن يوم الجمعة وأنْ يكون عند الذهاب للصلاة أفضل.
+الحرص على النظافة وطيب الرائحة من أخلاق المسلم وآدابه، ويتأكد الأمر عند مُلاقاة الناس ومجالستهم، لا سيما في الجمع والجماعات.
+الخطاب في الحديث لِمَن تَجب عليه الجمعة؛ لأنه هو الذي يأتيها.
+يستحب لمن يأتي الجمعة أن يكون نظيفًا، فيغتسل حتى تزول الروائح من جسده ويتطيب، وإن توضأ فقط أجزأه ذلك.</t>
+  </si>
+  <si>
+    <t>Në këtë hadith pohohet marrja e guslit në ditën e xhuma dhe se një veprim i tillë këtë ditë është sunet, por të merret gusël para se të shkojë në namaz kjo është më mirë.
+Të kujdesurit për pastërtinë dhe erën e mirë është nga morali dhe etika e muslimanit, e kjo bëhet edhe më e rëndësishme kur takon njerëzit dhe qëndron me ta, veçanërisht në tubimet dhe namazet me xhemat.
+Fjalët në hadith i drejtohen atij që e ka obligim namazin e xhumasë, sepse ai shkon për ta falur atë.
+Pëlqehet për atë që shkon në xhuma të jetë i pastër, të bëjë gusël (të lahet), që të largohen erërat e pakëndshme nga trupi i tij dhe të parfumohet. Por, nëse vetëm merr abdes, kjo është e mjaftueshme për të.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5394</t>
+  </si>
+  <si>
+    <t>البخيل من ذكرت عنده فلم يصل علي</t>
+  </si>
+  <si>
+    <t>“Kopraci (i vërtetë) është ai, që kur përmendem unë tek ai, nuk dërgon salavat mbi mua.”</t>
+  </si>
+  <si>
+    <t>عَنِ الحُسَينِ بنِ عَلِيٍّ بنِ أَبِي طَالِبٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْبَخِيلُ مَنْ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ».</t>
+  </si>
+  <si>
+    <t>Husejn ibn Ali bin Ebu Talibi (Allahu qoftë i kënaqur me ta!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kopraci (i vërtetë) është ai, që kur përmendem unë tek ai, nuk dërgon salavat mbi mua.”</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْك الصلاة عليه حال سَمَاع اسمه أو كُنْيَتِه أو وصفه، وقال: البَخيل كامل البُخْل مَن ذُكرتُ عنده فلم يُصلِّ عليّ؛ وذلك لأمور: 
+الأول: أنه بُخْلٌ بشيءٍ لا يَخْسَر بسببه قليلًا ولا كثيرًا، ولا يَبذُل مالًا، ولا يَبذُل جُهْدًا. 
+الثاني: أنه بَخِلَ على نفسه وحَرَمَها أجرَ الصلاة على رسوله صلى الله عليه وسلم؛ لأنه بامتناعه من الصلاة عليه قد شَحَّ وامتنع من أداء حقٍّ يَتَعَيَّنُ عليه أداؤه امتثالًا للأمر وينال به الأجر. 
+الثالث: أنَّ الصلاة عليه فيها أداء بعض حقِّ النبي صلى الله عليه وسلم، فهو الذي عَلَّمنا، وهو الذي أرشدَنا، وهو الذي دعانا إلى الله تبارك وتعالى، وجاءنا بهذا الوحي، وهذه الشَّريعة، فهو سبب هدايتنا -بعد الله تبارك وتعالى- ومَن لم يُصلِّ عليه يكون قد بَخِل على نفسه، وبَخِل على نبيِّه صلى الله عليه وسلم بحقٍّ هو من أدنى حقوقه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka tërhequr vërejtjen nga mosdërgimi i salavateve mbi të kur përmendet emri i tij, kunja (Ebul Kasim) ose përshkrimi i tij. Ai ka thënë: "Kopraci i vërtetë është ai, që kur përmendem unë tek ai, ai nuk dërgon salavat mbi mua. E kjo ka disa arsye:
+E para: Kjo është kopraci ndaj diçkaje, që nuk i shkakton asnjë humbje, as të vogël e as të madhe, nuk kërkon dhënie pasurie dhe as përpjekje.
+E dyta: Ai ka treguar kopraci ndaj vetes së tij dhe e ka privuar atë nga shpërblimi i dërgimit të salavateve mbi të Dërguarin e Allahut ﷺ. Kjo për shkak se, duke refuzuar të dërgojë salavate mbi të, ai ka hezituar dhe është shmangur nga përmbushja e një detyre që është e domosdoshme për t’u zbatuar si përgjigje ndaj urdhrit, dhe nga e cila do të përfitonte shpërblim.
+E treta: Dërgimi i salavateve mbi të është përmbushje e një pjese të së drejtës së Profetit ﷺ. Ai është që na mësoi, ai është që na udhëzoi dhe na thirri drejt Allahut të Lartmadhëruar. Ai na solli këtë shpallje hyjnore dhe këtë sheriat, pra, ai është shkaku i udhëzimit tonë, pas Allahut të Lartësuar. Kush nuk dërgon salavate mbi të, ka treguar kopraci ndaj vetes së tij dhe ndaj Profetit, ﷺ për një të drejtë që është ndër të drejtat më të vogla ndaj tij.</t>
+  </si>
+  <si>
+    <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
+الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
+قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
+قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
+قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
+  </si>
+  <si>
+    <t>Mosdërgimi i salavateve mbi Profetin ﷺ është shenjë e koprracisë.
+Dërgimi i salavateve mbi Profetin ﷺ është një nga veprat më të mira dhe adhurimet më të vlefshme në çdo kohë, e veçanërisht bëhet obligim kur përmendet emri i tij.
+Neveviu ka thënë: "Kur dikush të dërgojë salavate mbi Profetin ﷺ, le të bashkojë mes salavatit dhe selamit, dhe të mos kufizohet vetëm në njërën prej tyre. Pra, të mos thotë vetëm: "sal-lallahu alejhi", dhe as vetëm: "alejhis selam".
+Ebu Alije ka thënë në komentimin e fjalës së Allahut: "Vërtet Allahu dhe melekët e Tij dërgojnë salavate mbi Profetin": Salavati i Allahut të Lartmadhëruar mbi Profetin e Tij është lavdërimi i Tij për të, ndërsa salavati nga melekët dhe njerëzit për të nënkupton lutjen për të."
+Halimi ka thënë: "Kuptimi i fjalës- "O Allah, dërgo salavate mbi Muhamedin"- është,- O Allah, madhëroje atë në këtë botë, duke ngritur lart përmendjen e tij, duke shfaqur fenë e tij dhe duke ruajtur sheriatin e tij. Ndërsa në botën tjetër, madhëroje duke e bërë ndërmjetësues për umetin e tij, duke i dhënë shpërblime dhe mirësi të shumta, duke treguar vlerën e tij para të parëve dhe të fundmëve me pozitën e lavdëruar (ar. el Mekam el Mahmud), dhe duke e vendosur atë përpara të gjithëve që kanë pozita të larta."</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5403</t>
+  </si>
+  <si>
+    <t>من اقتطع حق امرئ مسلم بيمينه، فقد أوجب الله له النار، وحرم عليه الجنة فقال له رجل: وإن كان شيئا يسيرا يا رسول الله؟ قال: وإن قضيبا من أراك</t>
+  </si>
+  <si>
+    <t>“Kush ia rrëmben të drejtën një muslimani, duke u betuar (rrejshëm), Allahu do ta fusë në Zjarr dhe do t'ia ndalojë Xhenetin.” Një burrë e pyeti: “Edhe nëse bëhet fjalë për diçka të vogël, o i Dërguari i Allahut?” Profeti ﷺ iu përgjigj: “Edhe nëse bëhet fjalë për një degëz araku.”</t>
+  </si>
+  <si>
+    <t>عن أَبِي أُمَامَةَ إِياسِ بنِ ثَعْلَبَةَ الحَارِثِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اقْتَطَعَ حَقَّ امْرِئٍ مُسْلِمٍ بِيَمِينِهِ، فَقَدْ أَوْجَبَ اللهُ لَهُ النَّارَ، وَحَرَّمَ عَلَيْهِ الْجَنَّةَ» فَقَالَ لَهُ رَجُلٌ: وَإِنْ كَانَ شَيْئًا يَسِيرًا يَا رَسُولَ اللهِ؟ قَالَ: «وَإِنْ قَضِيبًا مِنْ أَرَاكٍ».</t>
+  </si>
+  <si>
+    <t>Ebu Umame Ijas ibn Thalebe Harithiu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kush ia rrëmben të drejtën një muslimani, duke u betuar (rrejshëm), Allahu do ta fusë në Zjarr dhe do t'ia ndalojë Xhenetin.” Një burrë e pyeti: “Edhe nëse bëhet fjalë për diçka të vogël, o i Dërguari i Allahut?” Profeti ﷺ iu përgjigj: “Edhe nëse bëhet fjalë për një degëz araku.”</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الحَلِف بالله كاذبًا عالمًا وذلك لاقتطاع حقِّ امرئ مسلم، فإنّ جزاء ذلك استحقاق النار، والحِرْمان من الجنة، وهو من كبائر الذنوب.
+فقال رجل يا رسول الله: وإن كان المَحْلُوف عليه شيئًا قليلًا؟ 
+فقال صلى الله عليه وسلم: حتى لو كان ذلك في عُوْد السِّوَاك الذي يُؤخذ من شجرة الأراك.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith paralajmëroi kundër betimit të rrejshëm në emër të Allahut me vetëdije, për të marrë padrejtësisht të drejtën e një muslimani. Dënimi për këtë është të jetë meritor i tilli për Zjarrin dhe i privuar nga Xheneti, dhe kjo vepër konsiderohet prej mëkateve të mëdha. Një burrë tha: "O i Dërguar i Allahut, edhe nëse ajo për të cilën betohet është diçka e parëndësishme?" Profeti ﷺ i tha: "Edhe nëse është një misvak (shkop i vogël për pastrimin e dhëmbëve) i marrë nga pema arak."</t>
+  </si>
+  <si>
+    <t>الحذر من أخذ حقوق الآخرين، والحرص على أدائها لأصحابها مهما قَلَّتْ، وأنَّ حكم الحاكم بالخطأ لا يُبيح للإنسان ما لم يكن له.
+قال النووي: غلظ تحريم حقوق المسلمين، وأنه لا فرق بين قليل الحق وكثيره؛ لقوله صلى الله عليه وسلم: "وإن قضيبًا من أراك".
+قال النووي: هذه العقوبة لمن اقتطع حق المسلم ومات قبل التوبة، أما من تاب فندم على فعله وردَّ الحق إلى صاحبه وتَحَلَّل منه وعزم على أن لا يعود فقد سقط عنه الإثم.
+قال القاضي: تخصيص المسلم لكونهم المخاطبين وعامة المتعاملين في الشريعة، لا أنَّ غير المسلم بخلافه، بل حُكمُه حُكمُه في ذلك.
+قال النووي: الكذب هو الإخبار عن الشيء على خلاف ما هو، عمدًا كان أو سهوًا، سواء كان الإخبار عن ماض أو مستقبل.</t>
+  </si>
+  <si>
+    <t>Të jesh i kujdesshëm ndaj të drejtave të të tjerëve dhe të jesh i përkushtuar për t’ua kthyer ato pronarëve të tyre të vërtetë, pa marrë parasysh sa të vogla apo të parëndësishme duken. Për më tepër, gjykimi i gabuar i një sundimtari nuk e bën të lejuar për një person, të marrë atë që nuk i takon.
+Neveviu ka thënë: "Ndalimi i rreptë i shkeljes së të drejtave të muslimanëve, pa bërë dallim nëse ajo e drejtë është e vogël apo e madhe, bazuar në fjalën e Profetit ﷺ: “Edhe nëse bëhet fjalë për një degëz araku.”
+Po ashtu, Neveviu ka thënë: "Ky dënim i rëndë vlen për atë që ia rrëmben të drejtën e një muslimani dhe vdes pa u penduar. Por ai që pendohet, ndjen keqardhje për veprën e tij, ia kthen të drejtën pronarit, i kërkon falje dhe vendos të mos e përsërisë më atë sjellje, ai lirohet nga mëkati."
+Kadiu ka thënë: "Përmendja e "muslimanit" në këtë kontekst është për shkak se muslimanët janë ata që u drejtohen drejtpërdrejt dispozitat e fesë dhe zakonisht janë ata që përfshihen në këto rregulla. Jo për të treguar se dispozita ndryshon për jobesimtarët; përkundrazi, në këtë çështje vlen e njëjta dispozitë edhe për ta."
+Neveviu gjithashtu ka thënë: "Gënjeshtra është transmetimi i një informacioni që është në kundërshtim me realitetin, qoftë me qëllim apo nga harresa, dhe qoftë ky informacion për të kaluarën apo për të ardhmen."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5430</t>
+  </si>
+  <si>
+    <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
+  </si>
+  <si>
+    <t>“Atij që ha ushqim dhe thotë: "Lavdia i takon Allahut, i Cili ma mundësoi ta ha këtë ushqim dhe më furnizoi pa mundin dhe fuqinë time", do t’i falen mëkatet e mëparshme.”</t>
+  </si>
+  <si>
+    <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
+  </si>
+  <si>
+    <t>Sehël ibn Muadhi transmeton nga babai i tij, i cili tregon se i Dërguari i Allahut ﷺ ka thënë: “Atij që ha ushqim dhe thotë: "Lavdia i takon Allahut, i Cili ma mundësoi ta ha këtë ushqim dhe më furnizoi pa mundin dhe fuqinë time", do t’i falen mëkatet e mëparshme.”</t>
+  </si>
+  <si>
+    <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
+ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e stimulon në këtë hadith atë që ha ushqim ta falënderojë Allahun, pasi që nuk ka fuqi të sjellë ushqim e as të hajë, përveçse me ndihmën e Allahut të Lartësuar. Pastaj Profeti ﷺ dha sihariq se atij që e thotë këtë e meriton që Allahu t'ia falë mëkatet e tij të vogla të mëparshme.</t>
+  </si>
+  <si>
+    <t>استحباب حَمْد الله تعالى في آخر الطعام.
+بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
+أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
+  </si>
+  <si>
+    <t>Është e rekomanduar që në fund të ushqimit gjatë ngrënies të themi: "Elhamduilah - Falënderimi i takon Allahut."
+Sqarimi i mirësive të mëdha të Allahut të Lartësuar ndaj robërve të Tij, pasi Ai ua lehtësoi dhe ua siguroi atyre mjetet e furnizimit dhe bëri që përmes kësaj të shlyhen mëkatet.
+Veprat e robërve janë të gjitha nga Allahu i Lartësuar, e jo nga mundi e fuqia e tyre, megjithatë robi është i urdhëruar t'i marrë shkaqet e të përpiqet.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5431</t>
+  </si>
+  <si>
+    <t>من توضأ فأحسن الوضوء ثم أتى الجمعة فاستمع وأنصت غفر له ما بينه وبين الجمعة وزيادة ثلاثة أيام</t>
+  </si>
+  <si>
+    <t>“Atij që merr abdes mirë dhe shkon në xhuma, pastaj dëgjon (hutben) me vëmendje dhe hesht, do t'i falen mëkatet mes kësaj dhe xhumasë së kaluar, madje edhe tri ditë shtesë</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ، وَمَنْ مَسَّ الْحَصَى فَقَدْ لَغَا».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Atij që merr abdes mirë dhe shkon në xhuma, pastaj dëgjon (hutben) me vëmendje dhe hesht, do t'i falen mëkatet mes kësaj dhe xhumasë së kaluar, madje edhe tri ditë shtesë. Ndërkaq, ai që luan me guralecë, tashmë e ka humbur shpërblimin.”</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضأ فأحسن وضوءه بإتمام أركانه والإتيان بسننه وآدابه، ثم أتى صلاة الجمعة وأنصت وأصغى للخطيب، وسكت عن اللغو؛ غفر الله له صغائر ذنوب عشرة أيام، من صلاة الجمعة إلى الجمعة الثانية وزياة ثلاثة أيام؛ لأن الحسنة بعَشر أمثالها، 
+ثم حذَّر صلى الله عليه وسلم من عدم إقبال القلب عمّا يقال في الخطبة من مواعظ، ومِن عَبَثِ الجوارح مِن مَسِّ الحصى وغيره من أنواع العبث والانشغال، بأنَّ مَن فَعل ذلك فقد لغا، ومن لغا فلا حظ له في أجر جمعة كاملة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ na tregon në këtë hadith se ai që merr abdes mirë duke i plotësuar shtyllat e tij dhe duke ndjekur sunetet dhe rregullat e tij, pastaj shkon për ta falur namazin e xhumasë e hesht dhe e dëgjon ligjëruesin; nuk flet biseda boshe, Allahu do t'ia falë mëkatet e vogla për dhjetë ditë, nga namazi i xhumasë deri në xhumanë e dytë dhe tri ditë shtesë, sepse vepra e mirë dhjetëfishohet. Pastaj Profeti ﷺ tërhoqi vërejtjen që zemra të mos largohet nga këshillat që thuhen gjatë hutbes (ligjëratës së të premtes),  duke luajtur me gjymtyrët e veta; duke i prekur guralecët dhe lloje të tjera të lojërave dhe angazhimit (me telefon etj). Ai që vepron kështu, e ka humbur shpërblimin, e ai që e ka humbur shpërblimin, nuk ka hise në shpërblimin e namazit të plotë të xhumasë.</t>
+  </si>
+  <si>
+    <t>الحث على أداء الوضوء وإتمامه على كمال، والمحافظة على صلاة الجمعة.
+فضل صلاة الجمعة.
+وجوب الإنصات لخطبة الجمعة، وعدم التشاغل عنها بالكلام وغيره.
+من لغا أثناء الخطبة فصلاة الجمعة مجزئة ومسقطة للفرض، مع نقص الأجر.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për marrjen e abdesit në mënyrë të përsosur dhe kujdesin për faljen e namazit të xhumasë.
+Vlera e namazit të xhumasë.
+Është obligim të heshtet gjatë hutbes së xhumasë dhe të mos preokupohemi e të mos angazhohemi me biseda a diça tjetër në llogari të saj.
+Nëse dikush flet gjatë hutbes, e humb shpërblimin, ndërsa namazin e xhumasë e ka të vlefshëm dhe e ka hequr përgjegjësinë duke e kryer obligimin, megjithëse shpërblimin e ka të mangët.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5433</t>
   </si>
   <si>
     <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>“Ai që e fal namazin e sabahut është në besë të Allahut</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Xhundub ibn Abdullahu (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Ai që e fal namazin e sabahut është në besë të Allahut, andaj të mos ju kërkojë Allahu diçka prej besës së Tij (që nuk e mbani), sepse atij që Allahu i kërkon diçka prej besës së Tij (që nuk e mbajti), do ta hedhë me fytyrë në zjarrin e Xhehenemit.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se kushdo që e fal sabahun është në mbrojtjen, ruajtjen dhe kujdesin e Allahut. Ai e mbron dhe e bën të ngadhënjejë.
 Pastaj Profeti ﷺ tërhoqi vërejtjen kundër prishjes dhe zhvlerësimit të kësaj bese, qoftë duke braktisur namazin e sabahut, qoftë duke sulmuar namazfalësit. Kushdo që e bën këtë, e ka shkelur këtë mbrojtje dhe meriton kërcënim të rëndë, se Allahu do t'i kërkojë atij atë që ka lënë pas dore, e, kujtdo që Allahu ia kërkon këtë gjë, do ta dënojë atë, e pastaj do ta hedhë me fytyrë në Zjarr.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Sqarimi i rëndësisë dhe vlerës së namazit të sabahut.
 Paralajmërimi i ashpër kundër atij që i bën keq atij që e ka falur sabahun.
 Allahu i Lartësuar merr hak ndaj atyre që sulmojnë robërit e Tij të devotshëm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5435</t>
+  </si>
+  <si>
+    <t>من غدا إلى المسجد أو راح أعد الله له في الجنة نزلا، كلما غدا أو راح</t>
+  </si>
+  <si>
+    <t>“Ai që shkon në xhami mëngjes e mbrëmje, sa herë që shkon, Allahu ia përgatit një pritje madhështore në Xhenet.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Profeti ﷺ ka thënë: “Ai që shkon në xhami mëngjes e mbrëmje, sa herë që shkon, Allahu ia përgatit një pritje madhështore në Xhenet.”</t>
+  </si>
+  <si>
+    <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن أتى المَسجدَ للعبادة أو العلم أو لغير ذلك مِن مقاصد الخير في أيِّ وقت؛ أولَ النهار أو آخرَه بأنَّ الله قد هَيَّأَ له مَكانًا وضِيافة في الجنة، كلّما جاء المسجد في ليل أو نهار.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e përgëzoi atë që shkon në xhami për adhurim, për nxënie të diturisë, ose për çdo qëllim tjetër të mirë në çdo kohë, qoftë në mëngjes ose në mbrëmje, duke thënë se Allahu i ka përgatitur një vend dhe një mikpritje në Xhenet, çdoherë që ai shkon në xhami, qoftë natën apo ditën.</t>
+  </si>
+  <si>
+    <t>فَضْل الذهاب إلى المسجد، والحَثُّ على المحافظة على صلاة الجماعة فيه، فَكَم يَفُوْتُ المُتَخَلِّف عن المساجد من الخير والفضل والأجر والضيافة التي يعدُّها الله تبارك وتعالى لقاصِدِيْ بيته.
+إذا كان الناس يُكرِمُون من جاء بيوتَهم، ويُقَدِّمون له الطعام، فالله تبارك وتعالى أَكْرَمُ مِن خَلْقِه! فمَن قَصَدَ بيتَه أَكرمَه، وأَعَدّ الله له نزلًا عظيمًا وكبيرًا.
+الفرح والغِبْطَة بالذهاب للمساجد؛ لأنه يُعَدّ له نُزُلٌ كلّما غَدَا أو رَاح بِعَدَد ذهابِه.</t>
+  </si>
+  <si>
+    <t>Vlera e shkuarjes në xhami dhe inkurajimi për të falur në vazhdimësi namazin me xhemat në të. Sa shumë mirësi, shpërblim dhe mikpritje humb ai që nuk shkon në xhami, nga ato që Allahu i Lartësuar i ka përgatitur për ata që e synojnë Shtëpinë e Tij.
+Nëse njerëzit e nderojnë atë që vjen në shtëpitë e tyre dhe i ofrojnë ushqim, atëherë Allahu i Lartësuar është më bujar se krijesat e Tij! Kushdo që synon Shtëpinë e Tij, Ai e nderon dhe  përgatit për të pritje madhështore dhe të madhe.
+Gëzimi dhe kënaqësia për shkuarjen në xhami, sepse për të përgatitet një pritje sa herë që shkon në mëngjes dhe në mbrëmje, sipas numrit të shkuarjeve të tij.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5436</t>
   </si>
   <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>“Kush beson në Allahun dhe në Ditën e Fundit, le të flasë mirë ose le të heshtë</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kush beson në Allahun dhe në Ditën e Fundit, le të flasë mirë ose le të heshtë. Kush beson në Allahun dhe në Ditën e Fundit, le ta nderojë fqinjin. Dhe kush beson në Allahun dhe në Ditën e Fundit, le ta nderojë mysafirin.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se robi që beson në Allahun dhe në Ditën e Fundit, në të cilën do të kthehet dhe në të cilën do të shpërblehet në varësi të veprave të tij, është ai, besimi i të cilit e nxit që t'i bëjë këto virtyte:
 1. Fjala e mirë: tesbihu (lartësimi i Allahut - subhanallah), tehlili (la ilahe il-lallah), urdhërimi për të mirë, ndalimi i së keqes dhe pajtimi ndërmjet njerëzve. E, nëse nuk e bën këtë, atëherë le të heshtë, të mos lëndojë askënd dhe ta ruajë gjuhën.
 2. Nderimi i fqinjit: duke i bërë mirë dhe duke mos e dëmtuar.
 3. Nderimi i mysafirit që vjen për të të vizituar, duke i folur fjalë të mira, duke i shërbyer ushqim e kështu me radhë.</t>
   </si>
@@ -7567,90 +11172,159 @@
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Xherir ibn Abdullahu (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Atë që nuk i mëshiron njerëzit, Allahu nuk e mëshiron."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se atë që nuk i mëshiron njerëzit, nuk do ta mëshirojë Allahu i Lartmadhëruar. Mëshira që robi e tregon ndaj njerëzve është një nga shkaqet më të mëdha me të cilat fitohet mëshira e Allahut të Lartësuar.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Mëshira kërkohet me të gjitha krijesat, por njerëzit janë përmendur në mënyrë specifike, për t'i kushtuar rëndësi.
 Allahu është Mëshirëploti, që i mëshiron robërit e Tij të mëshirshëm, prandaj shpërblimi është sipas llojit të veprës.
 Mëshira ndaj njerëzve përfshin dërgimin e së mirës tek ata, largimin e së keqes prej tyre dhe trajtimin e tyre në formën më të mirë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5439</t>
+  </si>
+  <si>
+    <t>نعمتان مغبون فيهما كثير من الناس: الصحة والفراغ</t>
+  </si>
+  <si>
+    <t>“Ndaj dy mirësive shumica e njerëzve janë të shkujdesur: Ndaj shëndetit dhe kohës së lirë.”</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «نِعْمَتَانِ مَغْبُونٌ فِيهِمَا كَثِيرٌ مِنَ النَّاسِ: الصِّحَّةُ وَالفَرَاغُ».</t>
+  </si>
+  <si>
+    <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Ndaj dy mirësive shumica e njerëzve janë të shkujdesur: Ndaj shëndetit dhe kohës së lirë.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن نعمتين عظيمتين من نعم الله على الإنسان يَخْسَر فيهما كثيرٌ من الناس حيث يَصرفونها في غير محلها؛ فإن الإنسان إذا اجتمع له نعمة الصحة مع الفراغ، فغَلَبَ عليه الكسل عن الطاعة فهو الخاسر؛ وهي حال أكثر الناس، وإن استعمل فراغَه وصحتَه في طاعة الله فهو الرابح؛ حيث أن الدنيا مزرعة الآخرة، وفيها التجارة التي يظهر ربحُها في الآخرة، والفراغ يَعْقُبُه الشُّغْل، والصحة يعقبها السَّقَم، ولو لم يكن إلا الهَرَم لَكَفى.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka treguar për dy begati të mëdha, që Allahu ia dhuron njeriut, në të cilat shumë njerëz pësojnë humbje, ngase i përdorin ato në mënyrë të gabuar. Kur njeriu është i begatuar me shëndet dhe kohë të lirë, por e kaplon dembelia për adhurim, atëherë ai është prej të humburve; e kjo është gjendja e shumicës së njerëzve. Por, nëse njeriu e shfrytëzon kohën e tij të lirë dhe shëndetin në adhurim ndaj Allahut, atëherë ai është fitimtar, sepse kjo botë është vendi i mbjelljes për botën tjetër, dhe në të zhvillohet tregtia, fitimi i së cilës do të shfaqet në botën tjetër. Pas kohës së lirë vjen angazhimi, dhe pas shëndetit vjen sëmundja, e nëse nuk do të kishte asgjë tjetër për t’u kujtuar, do të mjaftonte pleqëria si këshillë.</t>
+  </si>
+  <si>
+    <t>تشبيه المكلَّف بالتاجر، والصحة والفراغ برأس المال؛ فمن أحسن استخدام رأس ماله نال وربح، ومن ضيَّعه خَسِر ونَدِم.
+قال ابن الخازن: النعمة ما يتنعّم به الإنسان ويَستَلِذُّه، والغَبْنُ أنْ يشتري بأضعاف الثمن، أو يبيع بدون ثمن المِثْل؛ فمن صحَّ بدنه وتَفَرّغ من الأشغال العاتقة ولم يَسْعَ لصلاح آخرته فهو كالمغبون في البيع.
+الحرص على الاستفادة من الصحة والفراغ للتقرب إلى الله عز وجل، وفعل الخيرات قبل فواتهما.
+شكر نعم الله يكون باستخدامها في طاعة الله تعالى.
+قال القاضي وأبو بكر بن العربي: اختلف في أول نعمة الله على العبد، فقيل: الإيمان، وقيل: الحياة، وقيل: الصحة، والأول أولى فإنه نعمة مُطْلَقة، وأما الحياة والصحة فإنهما نعمة دنيوية، ولا تكون نعمة حقيقة إلا إذا صاحبت الإيمانَ، وحينئذ يُغْبَنُ فيها كثير من الناس، أي يذهب رِبْحُهم أو يَنْقُص، فمَن استرسل مع نفسه الأمّارة بالسوء الخالدة إلى الراحة فترك المحافظة على الحدود، والمواظبة على الطاعة فقد غُبِنَ، وكذلك إذا كان فارغًا، فإنّ المشغول قد يكون له مَعذِرة بخلاف الفارغ؛ فإنه يرتفع عنه المعذرة وتقوم عليه الحجة.</t>
+  </si>
+  <si>
+    <t>Personi që është i ngarkuar me përgjegjësi fetare krahasohet me një tregtar, ndërsa shëndeti dhe koha e lirë krahasohen me kapitalin; ai që e shfrytëzon mirë kapitalin e tij do të arrijë sukses dhe fitim, ndërsa ai që e shpërdoron do të përjetojë humbje dhe keqardhje.
+Ibn Hazini ka thënë: “Mirësia është diçka që njeriu e shijon dhe gjen kënaqësi në të, kurse mashtrimi nënkupton të blesh diçka shumë më shtrenjtë sesa vlen, ose ta shesësh më lirë sesa vlera e saj reale. Kështu që, kush ka trup të shëndetshëm dhe është i lirë nga angazhime të lodhshme, por nuk përpiqet për përmirësimin e ahiretit të tij, është si ai që është mashtruar në një tregti.”
+Kujdesi për të përfituar nga shëndeti dhe koha e lirë me qëllim afrimin tek Allahu i Lartmadhëruar dhe kryerjen e veprave të mira para se ato të humbin (është mënyra e të kuptuarit të vërtetë të këtyre mirësive).
+Shprehja e falënderimit ndaj Allahut për begatitë e Tij bëhet duke i shfrytëzuar ato në adhurim ndaj Tij.
+Kadi Ijadi dhe Ebu Bekër ibnul Arabiu kanë thënë: “Ka mospajtim lidhur me atë se cila është mirësia e parë që Allahu ia dhuron një robi. Disa thonë se është imani, të tjerë thonë jeta, dhe disa të tjerë thonë shëndeti. Mendimi më i saktë është se imani është mirësia e parë, sepse ajo është mirësi absolute, ndërsa jeta dhe shëndeti janë mirësi të kësaj bote, dhe konsiderohen të tilla vetëm nëse shoqërohen me iman. Pikërisht këtu shumica e njerëzve mashtrohen me këto mirësi, pra, fitimi i tyre humbet ose pakësohet. Kush i jepet shpirtit të tij që e urdhëron për të keqe, që kërkon vetëm rehatinë, duke neglizhuar përmbajtjen brenda kufijve të Allahut dhe qëndrueshmërinë në adhurim, është i mashtruar. Po ashtu, nëse një person ka kohë të lirë, ai është më i ngarkuar me përgjegjësi sesa ai që është i zënë, sepse ai që është i zënë mund të ketë ndonjë arsyetim, ndërsa ai që ka kohë të lirë nuk ka asnjë justifikim dhe i është ngritur argumenti."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5449</t>
   </si>
   <si>
     <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>O bir i Ademit, sa herë që më lutesh e shpreson tek Unë, do të t'i fal ato që ke bërë dhe s'e kam dert</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
     <t>Enes ibën Maliku (Allahu qoftë i kënaqur me të!) tregon: E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Allahu i Lartësuar thotë: “O bir i Ademit, sa herë që më lutesh e shpreson tek Unë, do të t'i fal ato që ke bërë dhe s'e kam dert. O bir i Ademit, nëse gjynahet e tua arrijnë kupën e qiellit, dhe pastaj më kërkon falje, Unë do të të fal dhe s'e kam dert. O bir i Ademit, nëse ti më vjen me gabime sa Toka, por më takon duke mos më shoqëruar asgjë në adhurim, Unë do të të vij me po aq falje.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se Allahu i Lartmadhëruar thotë në një hadith kudsij (hyjnor, të shenjtë): "O bir i Ademit, përderisa më lutesh dhe shpreson në mëshirën Time e nuk i humb shpresat, mëkatin do të ta mbuloj dhe do të ta fshij, pa e pasur dert, edhe sikur ky mëkat apo kjo mosbindje të jetë nga mëkatet e mëdha. O bir i Ademit, sikur mëkatet e tua të ishin aq të shumta, sa ta mbushnin hapësirën ndërmjet Qiellit dhe Tokës, duke i përfishirë dhe mbuluar të gjitha anët dhe cepat, pastaj të më kërkoje falje; Unë do të t'i fshija dhe do të t'i falja të gjitha, e nuk do të kisha asnjë gajle nëse do të ishin të shumta.
 O bir i Ademit, sikur të më vije pas vdekjes me gjynahe dhe mëkate sa sipërfaqja e Tokës, e ndërkohë ke vdekur si monoteist, duke mos më shoqëruar asgjë; këto mëkate dhe gjynahe do t'i prisja me falje sa sipërfaqja e tokës. Kjo sepse falja Ime është e gjerë dhe Unë i fal të gjitha gjynahet, përveç shirkut (idhujtarisë).</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>Gjerësia e mëshirës,faljes dhe mirësisë së Allahut të Lartësuar.
 Vlera e teuhidit (monoteizmit) dhe se Allahu ua fal monotesitëve,  gjynahet dhe mosbindjet (nëse pendohen).
 Rreziku i shirkut dhe se Allahu nuk i fal idhujtarët.
 Ibën Rexhebi ka thënë: "Ky hadith përfshin tri arsyet që shërbejnë për faljen e mëkateve: 1. Lutja së bashku me shpresën. 2. Kërkimi i faljes dhe pendimi. 3. Vdekja si monoteist."
 Ky hadith është nga ato thënie që Profeti ﷺ i transmeton nga Zoti i tij dhe quhet hadith i shenjtë (ar. kudsij) ose hyjnor; shprehja dhe kuptimi i tij janë nga Allahu, vetëm se nuk i ka karakteristikat e Kuranit, që e dallojnë atë nga çdo gjë tjetër, si: të bërët adhurim me leximin e tij, të qenët i pastër gjatë leximit, sfidimi (që të sjellin një të ngjashëm me të), paimitueshmëria etj.
 Gjynahet ndahen në tri lloje: 1. Shirku (politeizmi) ndaj Allahut; këtë Allahu nuk e fal (nëse njeriu vdes pa u penduar). Allahu i Lartmadhëruar thotë: "Atij që i përshkruan Allahut shok (i bën shirk), Ai ia ka ndaluar Xhenetin." 2. Padrejtësia që robi ia bën vetes në raport me Zotin e tij, duke bërë gjynahe dhe mëkate; Allahu i Lartmadhëruar ia fal këtë dhe ia toleron, po deshi. 3. Gjynahet që Allahu nuk i lë pa shpagim, e këto janë padrejtësitë e robërve ndaj njëri-tjetrit. Këtu medoemos duhet të ketë shpagim.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5456</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم كان يقول في سجوده: اللهم اغفر لي ذنبي كله دقه، وجله، وأوله وآخره وعلانيته وسره</t>
+  </si>
+  <si>
+    <t>se i Dërguari i Allahut ﷺ në sexhde thoshte: “O Allah, m'i fal të gjitha mëkatet: të vogla e të mëdha, të kaluara e të ardhme, të bëra haptas dhe ato fshehtas!”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي سُجُودِهِ: «اللهُمَّ اغْفِرْ لِي ذَنْبِي كُلَّهُ دِقَّهُ، وَجِلَّهُ، وَأَوَّلَهُ وَآخِرَهُ وَعَلَانِيَتَهُ وَسِرَّهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ në sexhde thoshte: “O Allah, m'i fal të gjitha mëkatet: të vogla e të mëdha, të kaluara e të ardhme, të bëra haptas dhe ato fshehtas!”</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يدعو في سجوده فيقول: 
+(اللهم اغفر لي ذنبي) بِستْرِه، وأنْ تَقِيَني تَبِعَتَه؛ فتعفو وتتجاوز وتصفح، (كله)، أعني: (دِقّه) صغيره وقليله، (وجِلّه) كبيره وكثيره، (وأوله) أول ذنب، (وآخره)، وما بينهما، (علانيته وسره) مما لا يعلمه إلا أنت سبحانك.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e bënte këtë lutje gjatë sexhdes së tij: “O Allah, m'i fal të gjitha mëkatet",  duke i fshehur ato, dhe më mbro nga pasojat e tyre përmes faljes, neglizhencës dhe mëshirës. "të gjitha", d.m.th.: ato që janë "të vogla", pra të pakta dhe të lehta, "e të mëdha", të shumta dhe të rënda; mëkate "të kaluara e të ardhme", dhe ato që janë në mes tyre; "të bëra haptas dhe ato fshehtas!”, të cilat nuk i di askush tjetër përveç Teje, o Ti i Lartësuar.</t>
+  </si>
+  <si>
+    <t>قال ابن القيم: وطلب غفران الذّنوب الصِّغار والكبار، الدَّقيق والجليل، الأوّل والآخر، السّر والعلانية، فهذا التَّعميم وهذا الشُّمول لتأتي التَّوبة على ما عَلِمَه العبدُ من ذنوبه، وما لم يَعْلَمْه.
+قيل: إنما قدّم (الدِّق) على (الجِلّ)؛ لأن السائل يتصاعد في مسألته أي يَتَرَقّى، ولأن الكبائر تنشأ غالبًا من الإصرار على الصغائر وعدم المبالاة بها، فكأنها وسائل إلى الكبائر، ومِن حق الوسيلة أنْ تُقَدّم إثباتًا ورفعًا.
+التضرع إلى الله تعالى، وطلبه المغفرة من جميع الذنوب، الصغائر والكبائر.
+قال النووي: فيه توكيد الدعاء وتكثير ألفاظه وإنْ أَغْنَى بعضُها عن بعض.</t>
+  </si>
+  <si>
+    <t>Ibn Kajimi (Allahu e pastë mëshiruar!) ka thënë: "Kërkimi i faljes për mëkatet e vogla dhe të mëdha, të pakta dhe të shumta, të kaluarat dhe të ardhmet, të fshehtat dhe të hapura; kjo përfshirje e përgjithshme dhe gjithëpërfshirëse në lutje ka për qëllim që pendimi të përfshijë si mëkatet për të cilat robi është i vetëdijshëm, ashtu edhe ato për të cilat nuk është i vetëdijshëm."
+Është thënë: "Mëkatet e vogla janë paraprirë në lutje kundrejt atyre të mëdha, sepse ai që kërkon (nga Allahu) ngrihet gradualisht në kërkesën e tij, pra përparon. Dhe sepse mëkatet e mëdha shpesh burojnë nga këmbëngulja në mëkatet e vogla dhe mosvëmendja ndaj tyre, kështu që ato janë rrugë drejt mëkateve të mëdha."
+Përgjërimi para Allahut të Lartësuar, duke i kërkuar falje për të gjitha mëkatet: të vogla e të mëdha.
+Neveviu ka thënë: "Në këtë (hadith) theksohet rëndësia e lutjes dhe shtimi i fjalëve të saj, edhe nëse disa prej tyre e përfshijnë kuptimin e të tjerave."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5470</t>
   </si>
   <si>
     <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>“Burri më i urryer tek Allahu është kundërshtari i përbetuar.”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Burri më i urryer tek Allahu është kundërshtari i përbetuar.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se Allahu i Lartmadhërishëm e urren kundërshtarin e ashpër dhe atë që në vazhdimësi kundërshton, i cili nuk pranon nënshtrimin ndaj së vërtetës dhe që përpiqet ta kundërshtojë atë, ose që polemizon për të vërtetën, por e tepron gjatë polemikës dhe del prej kontrollit dhe polemizon pa dituri.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
@@ -7737,150 +11411,587 @@
   </si>
   <si>
     <t>Hyrja në Xhenet ka shkaqe që lidhen me Allahun e Lartësuar, ku bën pjesë: devotshmëria ndaj Allahut dhe shkaqe që lidhen me njerëzit, ku hyn sjellja e mirë.
 Rreziku i gjuhës për vetë njeriun dhe se ajo është nga shkaqet e futjes në Zjarr.
 Rreziku i epsheve dhe veprimeve të turpshme për njerëzit, dhe se ato janë ndër shkaqet që më së shumti fusin në Zjarr.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[Hadith hasen-sahih]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5476</t>
   </si>
   <si>
     <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Turpi është prej besimit</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
-    <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të!) ka thënë: Profeti ﷺ dëgjoi një njeri duke e këshilluar vëllanë e tij rreth turpit, e në atë rast Profeti ﷺ tha: "Turpi është prej besimit."</t>
+    <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të dy!) ka thënë: Profeti ﷺ dëgjoi një njeri duke e këshilluar vëllanë e tij rreth turpit, e në atë rast Profeti ﷺ tha: "Turpi është prej besimit."</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Profeti ﷺ dëgjoi një njeri tek e këshillonte vëllanë e tij që ta braktiste turpin e tepruar! Kështu, Profeti ﷺ sqaroi se turpi është pjesë e besimit dhe se ai sjell vetëm të mira.
 Turpi është karakter që nxit për të bërë vepra dhe për ta lënë anash të shëmtuarën.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Ajo që të pengon të bësh mirë nuk quhet turp, por quhet ndrojtje, paaftësi, dobësi dhe frikë.
 Turpi prej Allahut të Lartmadhëruar arrihet duke i vepruar gjërat e obliguara dhe duke i lënë anash gjërat e ndaluara.
 Turpi ndaj njerëzve konsiston në respektimin e tyre, që t'u jepet pozita që e meritojnë dhe të shmanget prej asaj që zakonisht është e pakëndshme.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5478</t>
+  </si>
+  <si>
+    <t>الدعاء لا يرد بين الأذان والإقامة</t>
+  </si>
+  <si>
+    <t>Lutja që bëhet në mes të ezanit dhe të ikametit nuk refuzohet</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ».</t>
+  </si>
+  <si>
+    <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Lutja që bëhet në mes të ezanit dhe të ikametit nuk refuzohet."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فَضْلَ الدعاء بين الأذان والإقامة، وأنه لا يُرَدّ وحَرِيٌّ بالإجابة، فادعوا الله فيه.</t>
+  </si>
+  <si>
+    <t>Pejgamberi ﷺ në këtë hadith ka sqaruar vlerën e lutjes midis ezanit dhe ikametit, duke theksuar se ajo nuk refuzohet dhe është shumë e mundshme të pranohet. Prandaj, lutjuni Allahut në atë kohë.</t>
+  </si>
+  <si>
+    <t>فضيلة هذا الوقت للدعاء.
+إذا تَحَلّى الدّاعي بآداب الدعاء، وقَصَدَ مَوَاطِنَه وأوقاته الفاضلة، وابتعد عن عِصْيان الله، واحتاط لنفسه من الوقوع في الشُّبُهات والرِّيَب، وأحسن الظن بالله: فإنه جَدِيْرٌ أنْ يُستَجاب له بإذن الله.
+قال المناوي عن استجابة الدعاء: أي: بعد جَمْع شروط الدعاء وأركانه وآدابه، فإنْ تَخَلَّفَ شيءٌ منها فلا يَلوم إلا نفسَه. 
+استجابة الدعاء: إما أنْ تُعَجَّلَ له دعوتُه، أو يُصرَفَ عنه مِن الشر مِثلُها، أو تُدَّخَرَ له في الآخرة؛ وذلك بحسب حكمة الله ورحمته.</t>
+  </si>
+  <si>
+    <t>Vlera e kësaj kohe për lutje.
+Nëse lutësi përmbahet ndaj edukatës gjatë lutjes, zgjedh momentet dhe vendet e saj me vlerë, largohet nga mëkatet, ruan veten nga rënia në gjëra të dyshimta dhe ka mendim të mirë për Allahun, atëherë është e mundshme që t’i pranohet lutja, me lejen e Allahut.
+Munaviu ka thënë për pranimin e lutjes: “Domethënë, pasi të plotësohen kushtet, shtyllat dhe edukata gjatë lutjes. Nëse ndonjë prej tyre mungon, atëherë le të fajësojë vetëm veten e tij.”
+Pranimi i lutjes nënkupton: Ose lutja e tij i plotësohet menjëherë, ose largohet prej tij një e keqe e barasvlershme me të, ose ruhet për të në botën tjetër; e gjitha kjo sipas urtësisë dhe mëshirës së Allahut.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5479</t>
+  </si>
+  <si>
+    <t>اللهم أصلح لي ديني الذي هو عصمة أمري</t>
+  </si>
+  <si>
+    <t>“O Allah, ma rregullo fetarinë time, e cila është mbrojtja e çështjeve të mia</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «اللهُمَّ أَصْلِحْ لِي دِينِي الَّذِي هُوَ عِصْمَةُ أَمْرِي، وَأَصْلِحْ لِي دُنْيَايَ الَّتِي فِيهَا مَعَاشِي، وَأَصْلِحْ لِي آخِرَتِي الَّتِي فِيهَا مَعَادِي، وَاجْعَلِ الْحَيَاةَ زِيَادَةً لِي فِي كُلِّ خَيْرٍ، وَاجْعَلِ الْمَوْتَ رَاحَةً لِي مِنْ كُلِّ شَرٍّ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon: “I Dërguari i Allahut ﷺ lutej: “O Allah, ma rregullo fetarinë time, e cila është mbrojtja e çështjeve të mia; ma rregullo dynjanë time, në të cilën jetoj, dhe ma rregullo botën e përtejme, ku përgjithmonë do të qëndroj! Jetën time ma bëj shkak për shtim të veprave të mira, kurse vdekjen ma bëj rehati nga çdo e keqe!”</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بِدُعاء جَمَعَ فيه أصولَ مَكارِمِ الأخلاقِ التي بُعِثَ لإتمامها؛ وهي صلاح الدين، والدنيا، والآخرة، فاستقى في هذا اللفظ الوجيز صلاح هذه الجوامع الثلاث، وبدأ بصلاح الدين وبه صلاحُ حالِ الدَّارَين فقال: 
+(اللهم أصلح لي ديني) بأنْ توفقَني للقيام بآدابه على الوجه الأكمل الأتمّ. 
+(الذي هو عصمة أمري) وحافظٌ لجميع أموري، فإنْ فَسَدَ ديني فَسَدت أموري، وخِبْتُ وخَسِرتُ، ولأنه لا يتم صلاح الدين المطلوب إلا بصلاح الدنيا فقال:
+(وأصلح لي دنياي) بإعطائي صحةَ البدن والأمن، والرزق، والزوجة الصالحة، والذرية الطيبة وما أحتاج إليه، ويكون حلالًا، ومُعِيْنًا على طاعتك، ثم ذَكَرَ العُذْرَ في سؤاله إصلاحها؛ بأن قال: 
+(التي فيها معاشي) ومكان عيشي وزَمَنُ حياتي.
+(وأصلح لي آخرتي التي فيها معادي) وعَوْدِيْ إلى لقائك وذلك بصلاح الأعمال، وتوفيق الله للعبد على العبادة والإخلاص، وحسن الخاتمة. 
+ورَتَّبَ صلى الله عليه وسلم الآخرة بعد الدنيا؛ إذ الأُولى هي وسيلة إصلاح الثانية، فمَن استقام في دنياه وِفْقَ مُرَاد الله، استقامت له آخرته وسعد فيها.
+(واجعل الحياة) وطول العمر (زيادة لي في كل خير) أتكثَّر فيها من الأعمال الصالحة، (واجعل الموت) وتعجيلَه (راحة لي من كل شرٍّ) وفتنةٍ ومِحْنَةٍ وابتلاء بمعصية وغفلة، وخلاصًا من مَشَقّة الدنيا وغمومها، وحصول الراحة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ bëri një lutje që përmbledh bazat e virtyteve të larta morale, për të cilat ai ishte dërguar për t’i përsosur. Në këtë lutje, ai kërkoi përmirësimin e fesë, jetës së kësaj bote dhe jetës së përtejme. Në këtë shprehje të shkurtër, ai u lut për të mirën e këtyre tri gjërave kryesore, duke filluar me përmirësimin e fesë, sepse përmes saj përmirësohet gjendja në të dy botët. Ai tha:
+"O Allah, ma rregullo fetarinë time," duke më dhënë sukses në zbatimin e normave dhe rregullave të saj në mënyrën më të përkryer dhe më të plotë.
+"...e cila është mbrojtja e çështjeve të mia" dhe ruajtësi i të gjitha punëve të mia. Nëse fetaria ime prishet, atëherë prishen edhe punët e mia, dhe unë dështoj e humbas. Dhe meqenëse përmirësimi i fesë së kërkuar nuk mund të plotësohet pa përmirësimin e kësaj bote, ai tha:
+"...ma rregullo dynjanë time," duke më dhënë shëndet në trup dhe siguri, furnizim, bashkëshorte të mirë, pasardhës të ndershëm dhe gjithçka që më nevojitet, e që të jetë e lejuar dhe ndihmuese në bindjen ndaj Teje. Pastaj, ai përmendi arsyen për kërkesën e tij për rregullimin e kësaj dynjaje, duke thënë:
+"...në të cilën jetoj", pra, aty ku e bëj jetesën dhe e kaloj jetën time.
+"...dhe ma rregullo botën e përtejme, ku përgjithmonë do të qëndroj!" dhe do të jetë kthimi im për të të takuar, duke qenë kjo përmes përmirësimit të veprave, suksesit që Allahu ia jep  robit për adhurim dhe sinqeritet dhe për të pasur një përfundim të mirë.
+Profeti ﷺ e renditi botën e përtejme pas kësaj dynjaje, sepse e para është mjeti për të përmirësuar të dytën. Ai që jeton si duhet në këtë dynja, sipas asaj që dëshiron Allahu, atëherë bota e përtejme e tij do të jetë si duhet, dhe ai do të jetë i lumtur në të.
+"...Jetën time" dhe jetëgjatësinë "...ma bëj shkak për shtim të veprave të mira", në të cilën shumëfishoj veprat e mira. "...kurse vdekjen" dhe përshpejtimin e saj "...ma bëj rehati nga çdo e keqe!”, qoftë sprovë, fatkeqësi, sprovim me gjynahe e pakujdesi dhe më çliro nga vështirësitë e dynjasë dhe shqetësimet e saj dhe ma mundëso arritjen e rehatisë.</t>
+  </si>
+  <si>
+    <t>الدين أهمُّ شيء؛ لهذا بدأ به النبي صلى الله عليه وسلم بالدعاء.
+الدين عِصْمَةٌ للإنسان يَمْنَعُه من كلّ شرٍّ.
+الدعاء بالأمور الدنيوية من أجل صلاح الدين والآخرة.
+لا يُكرَه تَمَنِّي الموت خوفًا من الفتنة في الدين، أو سؤال الله الموت على الشهادة.</t>
+  </si>
+  <si>
+    <t>Feja është gjëja më e rëndësishme; për këtë arsye, Profeti ﷺ e filloi lutjen me të.
+Feja është mbrojtje për njeriun, e cila e pengon atë nga çdo e keqe.
+Lutja për çështjet e kësaj dynjaje, për të përmirësuar fenë dhe botën e pastajme.
+Nuk urrehet të dëshirohet vdekja për shkak të frikës nga sprovimi në fe, ose të kërkohet prej Allahut vdekja si dëshmor.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5482</t>
+  </si>
+  <si>
+    <t>رب اغفر لي خطيئتي وجهلي، وإسرافي في أمري كله، وما أنت أعلم به مني، اللهم اغفر لي خطاياي، وعمدي وجهلي وهزلي، وكل ذلك عندي، اللهم اغفر لي ما قدمت وما أخرت، وما أسررت وما أعلنت، أنت المقدم وأنت المؤخر، وأنت على كل شيء قدير</t>
+  </si>
+  <si>
+    <t>“Rabi gfir li hatieti ve xhehli, ve israfi fi emri kulihi, ve ma Ente alemu bihi mini! Allahumme, igfir li hatajaje ve amdi, ve xhehli ve xhiddi ve hezli, ve kul-lu dhalike indi! Allahumme, igfir li ma kaddemtu ve ma ahhartu, ve ma esrartu ve ma alentu; Entel mukadimu ve Entel muahhiru, ve Ente ala kul-li shejin kadir (Zoti im, falma mëkatin tim, paditurinë time, teprimin tim në çdo punë dhe atë që Ti e di më mirë se unë! O Allah, m'i fal gabimet e mia, ato që i bëj me qëllim, nga padituria ose ato që i bëj me shaka, se të gjitha gjenden tek unë! O Allah, m'i fal mëkatet e kaluara dhe të tashmet, të fshehurat dhe ato që i kam shfaqur! Ti je i Pari dhe i Fundit, Ti ke fuqi për çdo gjë)!”</t>
+  </si>
+  <si>
+    <t>عَنِ أَبِي مُوسَى رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ كَانَ يَدْعُو بِهَذَا الدُّعَاءِ: «رَبِّ اغْفِرْ لِي خَطِيئَتِي وَجَهْلِي، وَإِسْرَافِي فِي أَمْرِي كُلِّهِ، وَمَا أَنْتَ أَعْلَمُ بِهِ مِنِّي، اللَّهُمَّ اغْفِرْ لِي خَطَايَايَ، وَعَمْدِي وَجَهْلِي وَهَزْلِي، وَكُلُّ ذَلِكَ عِنْدِي، اللَّهُمَّ اغْفِرْ لِي مَا قَدَّمْتُ وَمَا أَخَّرْتُ، وَمَا أَسْرَرْتُ وَمَا أَعْلَنْتُ، أَنْتَ المُقَدِّمُ وَأَنْتَ المُؤَخِّرُ، وَأَنْتَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ».</t>
+  </si>
+  <si>
+    <t>Ebu Musai (Allahu qoftë i kënaqur me të!) tregon se Proofeti ﷺ lutej me këto fjalë: “Rabi gfir li hatieti ve xhehli, ve israfi fi emri kulihi, ve ma Ente alemu bihi mini! Allahumme, igfir li hatajaje ve amdi, ve xhehli ve xhiddi ve hezli, ve kul-lu dhalike indi! Allahumme, igfir li ma kaddemtu ve ma ahhartu, ve ma esrartu ve ma alentu; Entel mukadimu ve Entel muahhiru, ve Ente ala kul-li shejin kadir (Zoti im, falma mëkatin tim, paditurinë time, teprimin tim në çdo punë dhe atë që Ti e di më mirë se unë! O Allah, m'i fal gabimet e mia, ato që i bëj me qëllim, nga padituria ose ato që i bëj me shaka, se të gjitha gjenden tek unë! O Allah, m'i fal mëkatet e kaluara dhe të tashmet, të fshehurat dhe ato që i kam shfaqur! Ti je i Pari dhe i Fundit, Ti ke fuqi për çdo gjë)!”</t>
+  </si>
+  <si>
+    <t>كانَ مِن أَدعية النبيِّ صلى الله عليه وسلم الجَامِعة قوله: 
+"رب اغفر لي خطيئتي" وذنبي، "وجهلي" وما وَقَع مِنِّي بدون علم. 
+"وإسرافي في أمري كله" وتقصيري وتَجَاوُزِيْ للحد. 
+"وما أنت أعلم به مني" عَلِمْتَه أنت يا الله ونَسِيْتُه أنا. 
+"اللهم اغفر لي خطاياي وعمدي" وما صَدَر عَن عَمْدٍ مني وعِلْمٍ مني بالذنوب. 
+"وجدي وهزلي" وما صدر عن مُزَاح، وما وَقَع مني في الحالين. 
+"وكل ذلك عندي" حيث جَمَعتْ ما ذُكِرَ من الذنوب والعيوب. 
+"اللهم اغفر لي ما قدمت" فيما مضى، "وما أخرت" فيما سيأتي. 
+"وما أسررت" وأخفيت، "وما أعلنت" وأظهرت. 
+"أنت المقدم وأنت المؤخر" تُقدِّم من تشاء من خلقك إلى رحمتك بتوفيقك لما ترضاه، وأنت تؤخر من تشاء عن ذلك بخذلانك إياه، فلا مُقَدِّمَ لما أخرت، ولا مؤخِّرَ لما قدمت من الأمور. 
+"وأنت على كل شيء قدير" كامل القدرة تام الإرادة، الفعال لكل ما تشاء.</t>
+  </si>
+  <si>
+    <t>Një nga lutjet gjithëpërfshirëse të të Dërguarit të Allahut ﷺ ishte edhe kjo:
+“O Zot, falma mëkatin tim, paditurinë time," dhe m'i fal gjërat që i kam bërë pa dituri.
+"teprimin tim në çdo punë", mangësitë dhe tejkalimin e kufijve.
+"dhe atë që Ti e di më mirë se unë!", pra, Ti o Allahu e di, e unë e kam harruar.
+"O Allah, m'i fal gabimet e mia, ato që i bëj me qëllim", pra, ato që i bëj qëllimisht dhe i di se janë mëkate.
+"ato që i bëj me seriozitet dhe shaka" dhe gjithçka që ka dalë nga shakaja dhe çdo gjë që kam thënë në të dyja gjendjet.
+"se të gjitha gjenden tek unë!", që do të thotë se përfshin të gjitha ato që u përmendën nga mëkatet dhe të metat.
+"O Allah, m'i fal mëkatet e kaluara", që i kam bërë më parë "dhe të tashmet", që do t'i bëj më pas.
+"të fshehurat", që nuk i kam zbuluar "dhe ato që i kam shfaqur!", botërisht.
+"Ti je i Pari dhe i Fundit", që e shtyn përpara atë që dëshiron nga krijesat e Tua drejt mëshirës Sate, duke i dhënë sukses drejt asaj që të kënaq Ty, dhe Ti e lë mbrapa atë që dëshiron prej tyre, duke e lënë të humbur. Askush nuk mund t'i shtyejë përpara gjërat që Ti i ke vonuar, sikundërqë askush nuk mund t'i vonojë ato që Ti e ke shtyrë përpara.
+"Ti ke fuqi për çdo gjë", je i përsosur në fuqi, i plotë në vullnet, që bën gjithçka që dëshiron Vetë.</t>
+  </si>
+  <si>
+    <t>فضيلة هذا الدعاء، والحرص عليه اقتداء بالنبي صلى الله عليه وسلم.
+النهي عن الإسراف وأنَّ المسرف مُعَرَّض للعقوبة.
+الله تعالى أعلم بالإنسان من نفسه، فعليه أنْ يُفَوِّض أمرَه إلى الله؛ لأنه قد يخطئ وهو لا يدري.
+الإنسان قد يُؤاخَذ على هَزْلِهِ كما يُؤاخذ على جِدِّه، فيجب على الإنسان أنْ يَحْتَرِس في مُزاحِه.
+قال ابن حجر العسقلاني: لم أَرَ في شيءٍ من طُرُقه محل الدعاء بذلك، وقد وقع معظم آخره… كان يقوله في صلاة الليل، ووقع أيضًا أنه كان يقوله في آخر الصلاة، واختلفت الرواية هل كان يقوله قبل السلام أو بعده؟ بكلامها وَرَدَ.
+هل النبيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يخطئ ليستغفر؟ قيل بأنه قاله متواضعًا وهَضْمًا لنفسه، أو عَدَّ فَواتَ الكمال وترك الأولى ذنوبًا، أو أراد ما كان عن سهو، أو ما كان قبل النبوة، وقيل: الاستغفار تَعَبُّدٌ يجب أتيانه، لا للمغفرة، بل تعبدًا، وقيل: ذلك تنبيه وتعليمٌ لأمته؛ كي لا يأمنوا ويتركوا الاستغفار.</t>
+  </si>
+  <si>
+    <t>Vlera e kësaj lutjeje dhe kujdesi për të, duke pasuar shembullin e Profetit. ﷺ
+Teprimi është i ndaluar dhe se ai që tepron është i ekspozuar ndaj ndëshkimit.
+Allahu i Lartësuar e njeh njeriun më mirë se vetë ai që e njeh veten, prandaj ai duhet t'ia lërë çështjen e tij Allahut, sepse mund të gabojë pa e kuptuar.
+Njeriu mund të merret në llogari për shakatë e tij, ashtu siç merret në llogari për seriozitetin e tij, prandaj duhet të jetë i kujdesshëm në shakatë që i bën.
+Ibn Haxher Askalaniu ka thënë: "Nuk kam gjetur në asnjë prej transmetimeve vendin se kur thuhet kjo lutje me këtë tekst, por pjesa më e madhe e saj ka ndodhur... ai e thoshte atë në namazin e natës. Po ashtu, është transmetuar se ai e thoshte në fund të namazit. Ka mospajtime në transmetime nëse e thoshte para selamit apo pas tij? Të dyja këto janë transmetuar."
+A gabonte Profeti ﷺ që të kërkonte falje? Është thënë se ai e thoshte këtë nga përulësia dhe për të ulur veten e tij, ose e konsideronte lënien e përsosmërisë dhe të veprës më të mirë, si akt mëkati. Gjithashtu, është thënë se ai e kishte për qëllim atë që mund të ndodhte nga harresa, ose ato që kishin ndodhur para profecisë. Disa thonë se istigfari (kërkimfalja) është një akt adhurimi që duhet kryer jo për kërkimfalje, por si formë e një akti të adhurimit. Po ashtu është thënë se kjo ishte një këshillë dhe mësim për umetin e tij, që të mos ndihen të sigurt dhe të mos e lënë istigfarin."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5483</t>
+  </si>
+  <si>
+    <t>اللهم إني أسألك العافية في الدنيا والآخرة</t>
+  </si>
+  <si>
+    <t>All-llãhumme innĩ es’elukel ‘ãfijete fid-dun’jã wel ãḣirah</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ عُمَرَ رضي الله عنهما قَالَ: لَمْ يَكُنْ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدَعُ هَؤُلَاءِ الدَّعَوَاتِ، حِينَ يُمْسِي وَحِينَ يُصْبِحُ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَافِيَةَ فِي الدُّنْيَا وَالْآخِرَةِ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْعَفْوَ وَالْعَافِيَةَ فِي دِينِي وَدُنْيَايَ وَأَهْلِي وَمَالِي، اللَّهُمَّ اسْتُرْ عَوْرَتِي -أَو: عَوْرَاتِي- وَآمِنْ رَوْعَاتِي، اللَّهُمَّ احْفَظْنِي مِنْ بَيْنِ يَدَيَّ، وَمِنْ خَلْفِي، وَعَنْ يَمِينِي، وَعَنْ شِمَالِي، وَمِنْ فَوْقِي، وَأَعُوذُ بِعَظَمَتِكَ أَنْ أُغْتَالَ مِنْ تَحْتِي».</t>
+  </si>
+  <si>
+    <t>Ibn Omeri (Allahu qoftë i kënaqu me të!) tregon se i Dërguari i Allahut ﷺ nuk i linte këto lutje kur gdhihej dhe kur ngrysej: "All-llãhumme innĩ es’elukel ‘ãfijete fid-dun’jã wel ãḣirah, All-llãhumme innĩ es’elukel ‘afwe wel ‘ãfijete fĩ dĩnĩ we dun’jãje we ehlĩ we mãlĩ, All-llãhummestur ‘awrãtĩ, we ãmin raw’ãtĩ. All-llãhumme iḥfeḍhnĩ min bejni jedejje, we min ḣalfĩ, we ‘an jemĩnĩ we ‘an shimãlĩ, we min fewḳĩ, we e’ũdhu bi aḍhametike en uġtãle min taḥtĩ - O Allah! Të kërkoj të më ruash nga çdo e keqe në këtë botë dhe në botën tjetër. O Allah! Të lutem të më falësh dhe të më ruash nga të këqijat e të metat në fenë time, në jetën time të këtushme, në familjen time dhe në pasurinë time. O Allah! M’i mbulo të metat dhe më qetëso nga gjërat frikësuese. O Allah! Më ruaj nga para dhe nga prapa, nga e djathta dhe nga e majta, si dhe nga lart. Mbrohem me madhërinë Tënde, që të mos më përpijë toka nga poshtë!"</t>
+  </si>
+  <si>
+    <t>لم يَكُن النبيُّ صلى الله عليه وسلم يتركُ هؤلاء الدَّعَوات حين يُمسي وحين يُصبح: 
+(اللهم إني أسألُكَ العافيةَ)، والسلامة من الأسقامَ والبلايا والشدائد الدنيوية، والشهوات والفتن الدينية (في الدنيا والآخرة) العاجلة والآجلة. 
+(اللهمَّ إني أسأَلُكَ العفو) ومَحْوَ الذنوب والتَّجَاوزَ عنها، (والعافيةَ) والسلامة من العيوب، (في دِيني) من الشرك والبدع والمعاصي، (ودنياي) من المصائب والأذى والشرور، (وأهلِي) زوجاتي وأولادي وقرابتي، (ومالي) وأموالي وعملي.
+(اللهم استرْ عَوراتي) وما فيَّ من العيوب والخَلَل والتقصير وامْحُ ذنوبي، (وآمِن رَوْعاتي) وفَزَعي وخوفي. 
+(اللهم احفظْني) وادفع البلاء عني من المؤذِيات والبلاء، (من بين يديَّ ومِن خلفي، وعن يميني وعن شمالي، ومن فوقي) حيث سألَ أنْ يحفظَه الله من جميع الجهات؛ لأن البلايا والآفات إنما تَلْحَق الإنسانَ وتُقبِلُ إليه من إحدى هذه الجهات. 
+(وأعوذُ بعظمتك أن أُغْتَال) وأؤاخَذ بَغْتَة، وأَهْلِكَ غفلةً (من تحتي) فأهلك بالخَسْف.</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ nuk i linte këto lutje kur gdhihej dhe kur ngrysej:
+"O Allah! Të kërkoj të më ruash nga çdo e keqe" dhe të më shpëtosh nga sëmundjet, fatkeqësitë dhe vështirësitë e kësaj bote, si dhe nga dëshirat dhe sprovat që kanë të bëjnë me fenë "në këtë botë dhe në botën tjetër", qofshin ato të menjëhershme apo të ardhshme."
+"O Allah! Të lutem të më falësh", të m'i shlyesh mëkatet dhe të m'i tejkalon ato, "...dhe të më ruash" dhe të më shpëtosh nga të metat "...në fenë time", qofshin shirk (idhujtari), bidate (risi në fe) apo mëkate, dhe "në jetën time të këtushme", nga fatkeqësitë, lëndimet dhe të këqijat, dhe "në familjen time", gruan, fëmijët dhe të afërmit e mi, "dhe në pasurinë time", që e zotëroj dhe në punët e mia.
+"O Allah! M’i mbulo të metat" dhe çfarëdo të metash, defekte dhe mangësish që kam, shlyeji mëkatet e mia, "...dhe më qetëso nga gjërat frikësuese", si paniku e të ngjashme.
+"O Allah! Më ruaj" dhe largoji nga unë fatkeqësitë, mundimet dhe sprovimet. "...nga para dhe nga prapa, nga e djathta dhe nga e majta, si dhe nga lart."  Profeti ﷺ e luti Allahun ta ruajë nga të gjitha drejtimet, sepse sprovimet dhe dëmet i afrohen njeriut nga këto drejtime.
+"Mbrohem me madhërinë Tënde, që të mos më përpijë toka", ose të kapem e të ndëshkohem befasisht, "...nga poshtë!", dhe të shkatërrohem me shembje.</t>
+  </si>
+  <si>
+    <t>المحافظة على هذه الكلمات اقتداءً بالرسول صلى الله عليه وسلم.
+الإنسان كما هو مأمور بسؤال الله العافية في الدين كذلك مأمور بسؤالها في الدنيا.
+قال الطيبي: عَمَّ الجهاتَ الست؛ لأن الآفات منها، وبالَغَ فِي جهة السُّفْلِ لرَدَاءة الآفة منها.
+ الأفضل في قراءة الأذكار، في الصباح: من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك يعني: قالها في الصباح بعد ارتفاع الضُّحى أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
+ما دَلَّ الدليل على كون الذِّكْر له وقت مُعَيّن في الليل كقراءة آخر آيتين من سورة البقرة فإنها تكون ليلًا بعد غروب الشمس.</t>
+  </si>
+  <si>
+    <t>Përkujdesja për këto fjalë, duke e ndjekur kështu Profetin ﷺ."
+Njeriu, ashtu siç është urdhëruar të kërkojë nga Allahu që ta ruajë në fe, ashtu është urdhëruar të kërkojë edhe në këtë botë.
+Tibiu ka thënë: "(Kjo lutje) ka përfshirë gjashtë drejtimet, sepse të këqijat vijnë prej tyre, si dhe ka theksuar posaçërisht drejtimin e poshtëm për shkak se të këqijat vijnë prej tij."
+Më e mira për thënien e dhikrit është në mëngjes. Është koha nga lindja e agimit deri në lindjen e diellit në fillim të ditës, dhe pas ikindisë deri para perëndimit të diellit. Nëse e thotë pas këtyre kohëve, pra, në mëngjes pas ngritjes së diellit, i llogaritet tamam. Po ashtu, nëse e thotë pas drekës, i llogaritet tamam, dhe po ashtu pas akshamit, i llogaritet tamam, meqë kjo është koha për dhikër.
+Nëse argumenti tregon se dhikri ka kohë të caktuar gjatë natës, siç është leximi i dy ajeteve të fundit të surës el-Bekare, atëherë ato lexohen natën, që pas perëndimit të diellit.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5485</t>
+  </si>
+  <si>
+    <t>اللهم إني أسألك من الخير كله، عاجله وآجله، ما علمت منه وما لم أعلم، وأعوذ بك من الشر كله، عاجله وآجله، ما علمت منه وما لم أعلم</t>
+  </si>
+  <si>
+    <t>All-llahumme inni eseluke minel hajri kul-lihi, axhilihi ue axhilihi, ma alimtu minhu ue ma lem a'lam, ue eudhu bike minesh-sherri kul-lihi, axhilihi ue axhilihi, ma alimtu minhu ue ma lem a'lem. All-llahumme inni eseluke min hajri ma seeleke abduke ue nebij-juke, ue eudhu bike min sherri ma adhe bihi abduke ue nebij-juke. All-llahumme inni eselukel xhennete, ue ma karrabe ilejha min kaulin ue amelin, ue eudhu bike minen nar, ue ma karrabe ilejha min kaulin ue amelin, ue eseluke en texhale ala kul-li kadain kadajtehu li hajran! - O Allah, e kërkoj prej Teje çdo të mirë, atë të menjëhershmen dhe të vonuarën, atë që e di dhe atë që nuk e di. Dhe kërkoj mbrojtje tek Ti nga çdo e keqe, ajo e menjëhershmja dhe e vonuara, atë që e di dhe atë që nuk e di</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رضي الله عنها أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ عَلَّمَهَا هَذَا الدُّعَاءَ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْجَنَّةَ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَسْأَلُكَ أَنْ تَجْعَلَ كُلَّ قَضَاءٍ قَضَيْتَهُ لِي خَيْرًا».</t>
+  </si>
+  <si>
+    <t>Aishja, nëna e besimtarëve (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ia mësoi këtë lutje: "All-llahumme inni eseluke minel hajri kul-lihi, axhilihi ue axhilihi, ma alimtu minhu ue ma lem a'lam, ue eudhu bike minesh-sherri kul-lihi, axhilihi ue axhilihi, ma alimtu minhu ue ma lem a'lem. All-llahumme inni eseluke min hajri ma seeleke abduke ue nebij-juke, ue eudhu bike min sherri ma adhe bihi abduke ue nebij-juke. All-llahumme inni eselukel xhennete, ue ma karrabe ilejha min kaulin ue amelin, ue eudhu bike minen nar, ue ma karrabe ilejha min kaulin ue amelin, ue eseluke en texhale ala kul-li kadain kadajtehu li hajran! - O Allah, e kërkoj prej Teje çdo të mirë, atë të menjëhershmen dhe të vonuarën, atë që e di dhe atë që nuk e di. Dhe kërkoj mbrojtje tek Ti nga çdo e keqe, ajo e menjëhershmja dhe e vonuara, atë që e di dhe atë që nuk e di. O Allah, e kërkoj prej Teje çdo të mirë që ta ka kërkuar robi dhe Profeti Yt, dhe kërkoj mbrojtje tek Ti nga çdo e keqe prej së cilës të ka kërkuar mbrojtje robi dhe Profeti Yt. O Allah, e kërkoj prej Teje Xhenetin dhe çdo gjë që të afron tek ai, qoftë fjalë apo vepër, dhe kërkoj mbrojtje tek Ti nga Zjarri dhe çdo gjë që të afron tek ai, qoftë fjalë apo vepër. Dhe të lus që çdo caktim që ke caktuar për mua ta bësh të mirë!"</t>
+  </si>
+  <si>
+    <t>علَّم النبيُّ صلى الله عليه وسلم عائشةَ رضي الله عنها جوامِعَ الدعاء وهو أربع دعوات: 
+الأول: دعاء عام لكل خير: (اللهم إني أسألك من الخير كله) وجميعه، (عاجله) القريب في وقته، (وآجله) البعيد، (ما عَلِمتُ منه) مما علّمتني، (وما لم أعلم)، مما يكون في علمك سبحانك، 
+وفيه تفويض الأمر إلى الله العليم الخبير اللطيف؛ فيختار سبحانه للمسلم أفضله وأحسنه، (وأعوذ) وأعتصم وأَحْتَمي (بك من الشر كله عاجله وآجله، ما علمت منه وما لم أعلم). 
+الدعاء الثاني: وهو حِفْظٌ للمسلم مِن أنْ يَعْتَدي في الدعاء (اللهم إني أسألك) وأطلبك (من خير ما سألك عبدك ونبيك) صلى الله عليه وسلم، (وأعوذ) وألتجئ وأعتصم (بك من شر ما عاذ به عبدك ونبيك) صلى الله عليه وسلم، وهذا دعاء وطَلَبٌ من الله أنْ يُعطيَ الداعي مما سأله وطلبه النبيُّ محمد صلى الله عليه وسلم لنفسه، دون تعديد لأنواع ما دعا به صلى الله عليه وسلم. 
+الدعاء الثالث: طلب دخول الجنة والابتعاد عن النار، وهو مَطْلبُ كلِّ مسلم وغايةُ عَمَلِه: (اللهم إني أسألك الجنة) والفوز بها (وما قرّب إليها من قول أو عمل) صالح يرضيك، (وأعوذ بك من النار) حيث لا عصمة من قبائح الأعمال إلا بلطفك، (وما قرّب إليها من قول أو عمل) من المعاصي التي تغضبك. 
+الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ia mësoi Aishes (Allahu qoftë i kënaqur me të!) lutjet gjithëpërfshirëse, të cilat janë katër lutje:
+E para: Lutje gjithëpërfshirëse për çdo mirësi: "O Allah, e kërkoj prej Teje çdo të mirë, atë të menjëhershmen dhe të vonuarën, atë që e di", që ma ke mësuar "dhe atë që nuk e di" që është në dijen Tënde, o i Lartësuar! Në këtë lutje ka dorëzim të çështjes tek Allahu, i Gjithëdituri, i Mirinformuari dhe i Buti; kështu që Allahu i Lartësuar zgjedh për muslimanin atë që është më e mira dhe më e përsosura. "Dhe kërkoj mbrojtje", mbështetem dhe strehohem "tek Ti nga çdo e keqe, ajo e menjëhershmja dhe e vonuara, atë që e di dhe atë që nuk e di."
+E dyta: Kjo është një mbrojtje për muslimanin që mos t'i tejkalojë kufijtë në lutje. "O Allah, e kërkoj prej Teje", të lus për "çdo të mirë që ta ka kërkuar robi dhe Profeti Yt", Muhamedi ﷺ "dhe kërkoj mbrojtje tek Ti", strehohem dhe mbështetem të më ruash "nga çdo e keqe prej së cilës të ka kërkuar mbrojtje robi dhe Profeti Yt." Kjo është një lutje dhe kërkesë drejtuar Allahut që t’i japë lutësit nga ato që i ka kërkuar dhe e ka lutur për vete Profeti Muhamed ﷺ, pa përmendur llojet e veçanta të lutjeve që ai ﷺ i ka bërë.
+E treta: Kërkesa për hyrjen në Xhenet dhe largimin nga Zjarri, e cila është dëshira e çdo muslimani dhe synimi i veprave të tij. "O Allah, e kërkoj prej Teje Xhenetin" dhe që të shpëtoj në të "...dhe çdo gjë që të afron tek ai, qoftë fjalë apo vepër" e mirë që të kënaq Ty,  "...dhe kërkoj mbrojtje tek Ti nga Zjarri",  sepse nuk ka shpëtim nga veprat e shëmtuara, veçse me mirësinë Tënde. "...dhe çdo gjë që të afron tek ai, qoftë fjalë apo vepër",  nga mëkatet që të zemërojnë Ty.
+E katërta: Lutja për të qenë i kënaqur me caktimin e Allahut. "Dhe të lus që çdo caktim që ke caktuar për mua ta bësh të mirë!" D.m.th., çdo çështje që Allahu ka caktuar për mua, ta bëjë të jetë në të mirën time. Kjo është një lutje për të qenë i kënaqur me caktimin e Allahut.</t>
+  </si>
+  <si>
+    <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
+الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
+قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
+من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
+  </si>
+  <si>
+    <t>Nga ky hadith përfitojmë që bashkëshorti t'ia mësojë bashkëshortes gjërat e dobishme që kanë të bëjnë me çështjet e fesë dhe të kësaj bote, ashtu siç e mësoi Profeti ﷺ Aishen (Allahu qoftë i kënaqur me të!).
+Më e mira për muslimanin është t'i mësojë lutjet që kanë ardhur nga Profeti ﷺ, sepse ato janë nga lutjet gjithëpërfshirëse.
+Dijetarët kanë thënë për këtë hadith: "Ky është hadithi më i plotë ku e lusim Allahun për të mirat dhe i kërkojmë mbrojtje të na ruajë nga të këqijat. Ky është nga lutjet gjithëpërfshirëse që i janë dhënë Profetit ﷺ."
+Ndër shkaqet për hyrje në Xhenet, pas mëshirës së Allahut, janë veprat dhe fjalët e mira.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5487</t>
+  </si>
+  <si>
+    <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
+  </si>
+  <si>
+    <t>“O Allah, kërkoj mbrojtjen Tënde nga humbja e begative të Tua, nga largimi i shëndetit që ma ke dhënë, nga zemërimi Yt i befasishëm dhe nga gjithë hidhërimi Yt!”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të!) tregon: “I Dërguari i Allahut ﷺ lutej me fjalët: “O Allah, kërkoj mbrojtjen Tënde nga humbja e begative të Tua, nga largimi i shëndetit që ma ke dhënë, nga zemërimi Yt i befasishëm dhe nga gjithë hidhërimi Yt!”</t>
+  </si>
+  <si>
+    <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
+الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
+الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
+الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
+الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
+وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ kërkoi nga Allahu ta mbrojë nga katër çështje:
+E para: "O Allah, kërkoj mbrojtjen Tënde nga humbja e begative të Tua", qofshin ato fetare apo të kësaj bote, si dhe të qëndroj i palëkundur në Islam dhe të shmang mëkatet që i largojnë begatitë.
+E dyta: "...nga largimi i shëndetit që ma ke dhënë" duke u kthyer në fatkeqësi; prandaj kërkoj prej Teje vazhdimësinë e mirëqenies dhe mbrojtjen nga dhembjet dhe sëmundjet.
+E treta: "...nga zemërimi Yt i befasishëm", qoftë fatkeqësi apo bela. Kur ndëshkimi dhe dënimi vjen papritur dhe befasishëm, nuk mbetet kohë për pendim dhe përmirësim, dhe goditja bëhet më e rëndë dhe më e vështirë.
+E katërta: "...dhe nga gjithë hidhërimi Yt" dhe të gjitha shkaqet që e sjellin hidhërimin; sepse ai me të cilin Ti hidhërohesh, ka dështuar dhe ka humbur.
+I Dërguari ﷺ e përmendi lutjen në formën shumës, në mënyrë që të përfshijë të gjitha shkaqet e hidhërimit të Allahut të Lartësuar, qoftë nga fjalët, veprat apo bindjet.</t>
+  </si>
+  <si>
+    <t>افتقار النبيِّ صلى الله عليه وسلم إلى الله تعالى.
+تضمّنت هذه الاستعاذة المباركة: التوفيق لشكر النِّعم، والحفظ من الوقوع في المعاصي؛ لأنها تزيل النعم.
+الحرص عن الابتعاد عن مواضع سَخَطِ الله تعالى.
+استعاذ صلى الله عليه وسلم من فجأة نقمة الله تعالى؛ لأنه إذا انتقم من العبد فقد أَحَلَّ به من البلاء ما لا يَقدِر على دفعه، ولا يُستدفع بسائر المخلوقين، وإن اجتمعوا جميعًا.
+استعاذ صلى الله عليه وسلم من تحول عافيته سبحانه؛ لأنه إذا كان قد اختصَّه الله بعافيته، فقد ظفر بخير الدارين، فإن تحولت عنه فقد أصيب بشر الدارين، فإن العافية بها صلاح الدِّين والدنيا.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ është i nevojshëm dhe i varfër për Allahun e Lartësuar.
+Kjo lutje e bekuar kërkimbrojtëse përfshin udhëzimin për të falënderuar mirësitë dhe ruajtjen nga rënia në mëkate, sepse ato largojnë mirësitë.
+Kujdesi për t'u larguar nga vendet që sjellin hidhërimin e Allahut të Lartësuar.
+I Dërguari ﷺ kërkoi mbrojtje që Allahu ta ruajë nga ndëshkimi i Tij i befasishëm, sepse kur Ai e ndëshkon një rob, e kaplon një fatkeqësi që as vetë nuk mund ta shmangë dhe nuk mund ta largojë as përmes të gjithë krijesave, edhe sikur të bashkohen të gjithë.
+I Dërguari ﷺ kërkoi mbrojtje që Allahu ta ruajë nga ndryshimi i mirëqenies së dhënë prej Allahut të Lartësuar, sepse kur Allahu e veçon një njeri me mirëqenie e Tij, ai fiton të mirat e të dy botëve. Nëse kjo i hiqet, atëherë goditet nga e keqja e të dy botëve, sepse mirëqenia sjell rregullimin e fesë dhe të kësaj bote.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5488</t>
+  </si>
+  <si>
+    <t>اللهم إني أعوذ بك من غلبة الدين، وغلبة العدو، وشماتة الأعداء</t>
+  </si>
+  <si>
+    <t>O Allah, kërkoj mbrojtjen Tënde nga barra e rëndë e borxhit, nga mbizotërimi i armikut dhe nga gëzimi i armiqve (për fatkeqësinë time!)</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَدْعُو بِهَؤُلَاءِ الْكَلِمَاتِ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ غَلَبَةِ الدَّيْنِ، وَغَلَبَةِ الْعَدُوِّ، وَشَمَاتَةِ الْأَعْدَاءِ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Amr ibn Asi (Allahu qoftë i kënaqur me ta!), transmeton se i Dërguari i Allahut ﷺ lutej me këto fjalë: "O Allah, kërkoj mbrojtjen Tënde nga barra e rëndë e borxhit, nga mbizotërimi i armikut dhe nga gëzimi i armiqve (për fatkeqësinë time!)"</t>
+  </si>
+  <si>
+    <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم من أمور: 
+الأول: (اللهم إني أعوذ) وألجأ وأَلُوْذُ (بك) لا بغيرِك، (من غلبة الدَّين) وقهره وهمِّه وكَرْبِه، وأسألك الإعانة على قضائه وسداده. 
+الثاني: (وغلبة العدو) وقهره وتَسَلُّطه، وأسألك كَفَّ أذاه، والانتصارَ عليه. 
+الثالث: (وشماتة الأعداء) وفَرَحِهم بما يُصيب المسلمين من بلاء ومصيبة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith kërkoi mbrotje që Allahu ta ruajë nga disa gjëra:
+E para: "O Allah, kërkoj mbrojtjen Tënde", strehohem dhe mbështetem te Ti, e jo të dikujt tjetër. "...nga mbizotërimi i borxhit", nga pushtimi i tij, shqetësimi dhe fatkeqësia që sjell, dhe të kërkoj ndihmë për ta paguar dhe kthyer atë.
+E dyta: "...mbizotërimi i armikut", pushtimi dhe sundimi i tij, dhe kërkoj të na ndihmosh për ta ndaluar dëmin e tij dhe për të triumfuar mbi të.
+E treta: "...dhe nga gëzimi i armiqve", për fatkeqësitë dhe sprovat që u ndodhin muslimanëve.</t>
+  </si>
+  <si>
+    <t>الحث على التعوذ بالله من كلِّ ما يَشغل عن الطاعة ويَجلب الهموم كالدَّيْن وغيره.
+مطلق الدَّيْن لا حَرَجَ فيه، إنما الحَرَجُ فيمَن ليس لديه وفاءٌ للدَّين، وهذا هو الدَّيْن الغالِب.
+الإنسان عليه أنْ يَتَجنَّبَ الأمور التي يُشْمَتُ بها ويُعاب فيها.
+بيان عداوة الكفار للمؤمنين وشماتهم بهم عند حلول المصائب.
+إظهار الأعداء فرحَهم بِبَلِيَّة الإنسان يَشتدُّ على الإنسان من نفس البلية.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për t'i kërkuar mbrojtje Allahut nga çdo gjë që pengon në adhurim dhe sjell shqetësime, siç është borxhi dhe gjëra të tjera.
+Borxhi në vetvete nuk përbën asnjë problem, por problemi është për ata që nuk kanë mundësi ta paguajnë borxhin, e ky është borxhi që mbizotëron.
+Njeriu duhet t'i shmang ato gjëra për të cilat mund të kritikohet dhe të përbuzet.
+Sqarimi i armiqësisë së jobesimtarëve ndaj besimtarëve dhe gëzimit të tyre kur u ndodhin besimtarëve fatkeqësi.
+Shfaqja e gëzimit të armiqve për fatkeqësinë që e godet një njeri, është më e rëndë për të sesa vetë fatkeqësia.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5489</t>
+  </si>
+  <si>
+    <t>اللهم بك أصبحنا، وبك أمسينا، وبك نحيا، وبك نموت، وإليك النشور</t>
+  </si>
+  <si>
+    <t>O Allah, me emrin Tënd e arrijmë mëngjesin dhe me emrin Tënd e arrijmë mbrëmjen, me emrin Tënd ngjallemi dhe me emrin Tënd vdesim dhe tek Ti është ringjallja</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَنَّهُ كَانَ يَقُولُ إِذَا أَصْبَحَ: «اللهُمَّ بِكَ أَصْبَحْنَا، وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» وَإِذَا أَمْسَى قَالَ: «بِكَ أَمْسَيْنَا، وَبِكَ أَصْبَحْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ النُّشُورُ» قَالَ: وَمَرَّةً أُخْرَى: «وَإِلَيْكَ الْمَصِيرُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ kur gdhihej thoshte:  "All-llahumme bike asbahna ue bike emsejna ue bike nahja ue bike nemutu ue ilejken-nushur - O Allah, me emrin Tënd e arrijmë mëngjesin dhe me emrin Tënd e arrijmë mbrëmjen, me emrin Tënd ngjallemi dhe me emrin Tënd vdesim dhe tek Ti është ringjallja." Ndërsa kur ngrysej thoshte: "All-llahumme bike emsejna ue bike asbahna ue bike nahja ue bike nemutu ue ilejken-nushur - O Allah, me emrin Tënd e arrijmë mbrëmjen dhe me emrin Tënd e arrijmë mëngjesin, me emrin Tënd ngjallemi dhe me emrin Tënd vdesim dhe tek Ti është kthimi." E një herë tjerë ka thënë: "... ue ilejke el mesir  - dhe tek Ti është kthimi."</t>
+  </si>
+  <si>
+    <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
+(اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
+وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
+  </si>
+  <si>
+    <t>Kur gdhihej, respektivisht kur hynte fillimi i ditës me lindjen e agimit (ar. fexhr), i Dërguari i Allahut ﷺ thoshte:
+"O Allah, me emrin Tënd e arrijmë mëngjesin", të mbështjellë me ruajtjen Tënde, të mbuluar nga mirësia Jote, të angazhuar me përmendjen Tënde, duke kërkuar ndihmën përmes emrit Tënd, të përfshirë në udhëzimin Tënd dhe duke vepruar me fuqinë dhe mundësinë Tënde. "... dhe me emrin Tënd e arrijmë mbrëmjen, me emrin Tënd ngjallemi dhe me emrin Tënd vdesim..." njëjtë siç u përmend më parë, por në mbrëmje të thotë: "O Allah, me emrin Tënd e arrijmë mbrëmjen, me emrin Tënd, Jetëdhënësi, jetojmë dhe me emrin Tënd, Jetëmarrësi,  vdesim." ... dhe tek Ti është ringjallja", domethënë kthimi pas vdekjes dhe shpërndarja pas bashkimit. Gjendja jonë vazhdon në këtë mënyrë në të gjitha kohët dhe rrethanat, pa u shkëputur dhe pa e braktisur atë.
+Kur e zinte mbrëmja, që i bie nga pas ikindisë, thoshte: "O Allah, me emrin Tënd e arrijmë mbrëmjen dhe me emrin Tënd e arrijmë mëngjesin, me emrin Tënd ngjallemi dhe me emrin Tënd vdesim dhe tek Ti është kthimi." Domethënë, kthimi ynë në këtë botë dhe rikthimi ynë në botën tjetër janë tek Ti, sepse Ti je Ai që më jep jetë dhe më bën të vdes.</t>
+  </si>
+  <si>
+    <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
+افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
+الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
+مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
+مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
+  </si>
+  <si>
+    <t>Është e pëlqyeshme të thuhet kjo lutje në mëngjes dhe në mbrëmje, duke ndjekur shembullin e Profetit ﷺ.
+Njeriu ka nevojë për Zotin e tij në të gjitha gjendjet dhe kohët e tij.
+Më e mira për thënien e dhikrit është në mëngjes. Është koha nga lindja e agimit deri në lindjen e diellit në fillim të ditës, dhe pas ikindisë deri para perëndimit të diellit. Nëse e thotë pas këtyre kohëve, pra, në mëngjes pas ngritjes së diellit, i llogaritet tamam. Po ashtu, nëse e thotë pas drekës, i llogaritet tamam, dhe po ashtu pas akshamit, i llogaritet tamam, meqë kjo është koha për dhikër.
+Përshtatshmëria e këtij dhikri: "dhe tek Ti është ringjallja", që thuhet në mëngjes, qëndron në faktin se kjo e kujton njeriun për ringjalljen e madhe, kur njerëzit do të vdesin dhe do të ringjallen Ditën e Kiametit. Kjo është një ringjallje e re dhe një ditë e re, në të cilën shpirtrat kthehen, njerëzit përhapen dhe ky mëngjes i ri, që Allahu e krijoi, bëhet dëshmitar për birin e Ademit. Kështu që, koha dhe çastet janë depozita që ruajnë veprat tona.
+Përshtatshmëria e këtij dhikri "dhe tek Ti është kthimi", për faktin që thuhet në mbrëmje, nënkupton se kur njerëzit kthehen nga punët e tyre dhe shpërndahen për nevojat dhe jetesën e tyre, ata rikthehen në shtëpitë e tyre dhe më pas pushojnë pas këtij angazhimi. Kjo e kujton njeriun për kthimin tek Allahu i Lartësuar, si destinacioni, përfundimi dhe vendqëndrimi i fundit.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5490</t>
   </si>
   <si>
     <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>“Besimtari i fuqishëm është më i mirë dhe më i dashur tek Allahu se besimtari i dobët, e megjithatë të dy kanë mirësi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Besimtari i fuqishëm është më i mirë dhe më i dashur tek Allahu se besimtari i dobët, e megjithatë të dy kanë mirësi.Kujdesu për atë që të bën dobi, kërko ndihmën e Allahut e mos u ndal (lodh), nëse të godet diçka, mos thuaj: “Sikur të kisha vepruar kështu, do të ishte kështu e ashtu”, por thuaj: “Caktim i Allahut dhe çfarë dëshiron Ai vepron”, sepse fjala “sikur” hap dyert për të vepruar shejtani.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) shpjegon se të gjithë besimtarët janë të mirë, por besimtari i fortë në besimin, vendosmërinë dhe mirëqenien e tij dhe në faktorët e tjerë të fuqisë, është më i mirë dhe më i dashur për Allahun e Madhëruar se besimtari i dobët. Mandej, Pejgamberi (paqja qoftë mbi të!) e porosit besimtarin që të përvetësojë shkaqet e gjërave të dobishme për të, të kësaj jete dhe të jetës tjetër, duke u mbështetur tek Allahu i Madhëruar dhe duke kërkuar ndihmë nga Ai. Pastaj ai (paqja qoftë mbi të!) ia ndalon besimtarit paaftësinë, përtacinë dhe dembelizmin në gjërat që janë të dobishme për të në të dy botët. Kur besimtari e jep mundin e tij në bërjen e diçkaje, i përvetëson shkaqet e duhura, mbështetet tek Allahu i Madhëruar dhe kërkon mirësinë prej Tij, atëherë pas gjithë kësaj, ai duhet t'ia dorëzojë të gjithë çështjen e vet Allahut të Madhëruar dhe ta dijë se zgjedhja e Allahut është më e mira për të. E nëse pas kësaj, atë e godet ndonjë fatkeqësi, të mos thotë: "Sikur të kisha vepruar kështu, do të kishte ndodhur kështu e ashtu!" Sepse fjala “sikur” i hap derën punës së shejtanit dhe e shtyn njeriun që të kundërshtojë kaderin dhe të brengoset për të kaluarën. Por, le të thotë, i nënshtruar dhe i kënaqur: "Caktimi i Allahut, Ai bën ç'të dëshirojë!" Andaj, ajo që ka ndodhur, ka ndodhur në përputhje me dëshirën e Allahut. Ai bën ç'të dojë, askush nuk e kthen mbrapsht vendimin e Tij dhe askush nuk e ndryshon dot gjykimin e Tij.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>Njerëzit janë të ndryshëm në shkallët e besimit.
 Fuqia në kryerjen e punëve është gjë e pëlqyeshme, sepse nëpërmjet fuqisë arrihen gjëra të dobishme, të cilat nuk arrihen dot nëpërmjet dobësisë.
 Njeriu duhet të përpiqet për gjërat që i sjellin dobi dhe t'i lërë gjërat e padobishme.
 Besimtari duhet të kërkojë ndihmën e Allahut në të gjitha çështjet e tij dhe të mos mbështetet te vetja e tij.
 Pohimi i kadasë dhe kaderit (caktimet hyjnore) dhe se një gjë e tillë nuk bie ndesh me përvetësimin e shkaqeve dhe përpjekjen në kërkimin e mirësive.
 Ndalimi i shprehjes “sikur” në formën e shprehjes së zemërimit në kohën e rënies së fatkeqësive dhe paligjshmëria e kundërshtimit të kaderit të Allahut të Madhëruar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5493</t>
   </si>
   <si>
+    <t>إن اللعانين لا يكونون شهداء ولا شفعاء يوم القيامة</t>
+  </si>
+  <si>
+    <t>“Ata që mallkojnë shumë, nuk do të jenë as dëshmitarë e as ndërmjetësues në Ditën e Kiametit.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ اللَّعَّانِينَ لَا يَكُونُونَ شُهَدَاءَ وَلَا شُفَعَاءَ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Ebu Derdai (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Ata që mallkojnë shumë, nuk do të jenë as dëshmitarë e as ndërmjetësues në Ditën e Kiametit.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن يُكثر اللعن على مَن لا يستحق فهو مستحق لعقوبتين: 
+الأولى: لا يكون شهيدًا يوم القيامة على الأمم بتبليغ رسلِهم إليهم الرسالات، ولا تقبل شهادته في الدنيا؛ لفسقه، ولا يرزق الشهادة وهي القتل في سبيل الله. 
+الثانية: لا يشفع يوم القيامة حين يشفع المؤمنون في إخوانهم الذين استَوجَبوا النار.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka treguar se kush mallkon shpesh dhe padrejtësisht të tjerët, meriton dy ndëshkime: E para: Ai nuk do të jetë dëshmitar në Ditën e Gjykimit për popujt të cilëve u janë dërguar shpalljet hyjnore, përmes të dërguarve të tyre; dëshmia e tij nuk pranohet as në këtë botë për shkak të mëkatit dhe mosbindjes së tij të qëllimshme; dhe nuk do t’i jepet grada e shehidit - vdekja në rrugë të Allahut. E dyta: Ai nuk do të mund të bëjë ndërmjetësim (shefat) në Ditën e Gjykimit kur besimtarët do të ndërmjetësojnë për vëllezërit e tyre që kanë merituar Zjarrin.</t>
+  </si>
+  <si>
+    <t>تحريم الَّلعن، وأنّ كَثرته من كبائر الذنوب.
+العقوبة في الحديث إنما هي لمن كثر منه اللعن، لا لِمَرّة ونحوها، ولأنه يخرج منه أيضًا اللعن المباح، وهو الذي ورد الشرع به بلعن أصحاب الأوصاف المذمومة بغير تعيين كقولك: «لعن الله اليهود والنصارى»، «لعنة الله على الظالمين»، «لعن الله المُصَوِّرين»، «لعن الله من عمل عمل قوم لوط»، «لعن الله من ذبح لغير الله»، «لعن الله المتشبِّهين من الرجال بالنساء والمتشبهات من النساء بالرجال»، ونحو ذلك.
+إثبات شفاعة المؤمنين يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Mallkimi është i ndaluar dhe përsëritja e tij e shpeshtë përbën mëkat të madh.
+Ndëshkimi që përmendet në hadith është specifikisht për ata që mallkojnë shpesh, e jo për ndonjë rast të vetëm apo situata të ngjashme. Po ashtu, përjashtim bën mallkimi i lejuar, i cili i referohet atij që është i ligjësuar në sheriat, kur mallkimi bëhet për ata që kanë cilësi të përçmuara, pa i përmendur me emra të veçantë, si p.sh.: “Allahu i mallkoftë hebrenjtë dhe të krishterët”, “Mallkimi i Allahut qoftë mbi zullumqarët”, “Allahu i mallkoftë ata që bëjnë figura frymorësh”, “Allahu i mallkoftë ata që veprojnë si populli i Lutit (homoseksualët)”, “Allahu i mallkoftë ata që therin kurban për dikë tjetër përveç Allahut”, “Allahu i mallkoftë burrat që imitojnë gratë dhe gratë që imitojnë burrat”, e kështu me radhë.
+Pohohet gjithashtu edhe ndërmjetësimi i besimtarëve në Ditën e Gjykimit.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5495</t>
+  </si>
+  <si>
     <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Lutja është vetë adhurimi</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Numan ibn Beshiri (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar Profetin ﷺ të thotë: "Lutja është vetë adhurimi." Pastaj e lexoi (ajetin): "Zoti juaj ka thënë: “Lutmuni Mua, se do t’ju përgjigjem! Me të vërtetë, ata që tregohen mendjemëdhenj e nuk duan të më adhurojnë, do të hyjnë në Xhehenem të poshtëruar!" (Gafir, 60)</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se lutja është vetë adhurimi, prandaj duhet të jetë e gjitha e sinqertë ndaj Allahut, qoftë kjo (1) lutje kërkesë, pra, ta lusë Allahun e Lartësuar për gjërat që do t'i bëjnë dobi dhe ta lusë që t'ia largojë atë që e dëmton në këtë botë dhe në botën tjetër; qoftë (2) lutje adhurimi, e cila nënkupton gjithçka që Allahu e do dhe është i kënaqur, qoftë fjalë, qoftë vepër, e jashtme apo e brendshme. Adhurimet janë të zemrës, të trupit dhe që kanë të bëjnë me pasurinë.
 Më pas Profeti ﷺ për këtë çështje u argumentua me këtë ajet kuranor, ku Allahu thotë: “Lutmuni Mua, se do t’ju përgjigjem! Me të vërtetë, ata që tregohen mendjemëdhenj e nuk duan të më adhurojnë, do të hyjnë në Xhehenem të poshtëruar!”</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Lutja është themeli i adhurimit dhe si e tillë nuk lejohet t'i kushtohet dikujt tjetër pos Allahut.
 Lutja ngërthen në vete realitetin e robërimit (ndaj Allahut), pohimin se Allahu i Lartësuar është i panevojë (për ndokënd) e është i Fuqishëm dhe se robi është nevojtar për Të.
 Kërcënimi i ashpër (i përmendur në ajet) është dënimi për faktin se u treguan mendjemëdhenj ndaj adhurimit të Allahut dhe e lanë anash lutjen drejtuar Atij. Ata që janë mendjemëdhenj e nuk e lusin Allahun, do të hyjnë në Xhehenem të poshtëruar dhe të përçmuar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5496</t>
+  </si>
+  <si>
+    <t>إن ربكم حيي كريم، يستحيي من عبده إذا رفع يديه إليه أن يردهما صفرا</t>
+  </si>
+  <si>
+    <t>“Vërtet Zoti juaj është i Turpshëm dhe Bujar. Ai turpërohet nga robi i Tij që ky t’i ngrejë duart dhe Ai ta kthejë pa asgjë.”</t>
+  </si>
+  <si>
+    <t>عَنْ سَلْمَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ رَبَّكُمْ حَيِيٌّ كَرِيمٌ، يَسْتَحْيِي مِنْ عَبْدِهِ إِذَا رَفَعَ يَدَيْهِ إِلَيْهِ أَنْ يَرُدَّهُمَا صِفْرًا».</t>
+  </si>
+  <si>
+    <t>Selmani (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Vërtet Zoti juaj është i Turpshëm dhe Bujar. Ai turpërohet nga robi i Tij që ky t’i ngrejë duart dhe Ai ta kthejë pa asgjë.”</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على رفع اليدين أثناء الدعاء، وأخبر أنَّ الله سبحانه (حَيي) كثير الحياء، ولا يترك العطاء، يفعل بالعبد ما يَسُرُّه، ويترك ما يَضرُّه، (كريم) يعطي من غير سؤال فكيف بعد السؤال! يَستحيي مِن عبده المؤمن أنْ يَرُدَّ يديه بعد رفعِها للدعاء فارغتين خاليتين خائبتين من إجابته.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka inkurajuar ngritjen e duarve gjatë lutjes dhe ka treguar se Allahu i Lartësuar është i Turpshëm, pra zotëron një turp të madh dhe nuk e pengon dhënien. Ai vepron për robin e Tij atë që e gëzon dhe e largon prej tij atë që i sjell dëm. Është Bujar, Ai jep pa iu kërkuar, e çfarë të thuhet pastaj kur i kërkohet?! Ai turpërohet nga robi i Tij besimtar ta kthejë duart e ngritura në lutje pa përgjigje dhe të zhgënjyer.</t>
+  </si>
+  <si>
+    <t>كلما أظهر الإنسان الافتقار إلى الله تعالى والتعبد، كان أرجى له وأقرب للإجابة.
+الترغيب في الدعاء، واستحباب رفع اليدين فيه، وأنه من أسباب الاستجابة.
+بيان سعة كرم الله ورحمته بعباده.</t>
+  </si>
+  <si>
+    <t>Sa më shumë që njeriu shfaq nevojën e tij për Allahun e Lartësuar dhe e adhuron Atë, aq më shumë ka gjasa që lutja e tij të pranohet.
+Inkurajimi për të bërë lutje dhe theksimi se është e pëlqyeshme të ngrihen duart gjatë lutjes, pasi kjo është prej shkaqeve që ndihmojnë në pranimin e saj.
+Sqarimi i mirësisë së gjerë dhe mëshirës së madhe të Allahut ndaj robërve të Tij.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5499</t>
   </si>
   <si>
     <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>Lutja më e shumtë e Pejgamberit (paqja qoftë mbi të!) ishte: 'O Allah, jepna në këtë jetë mirësi dhe në jetën tjetër mirësi dhe na ruaj nga dënimi i zjarrit!'</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>Nga Enesi (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Lutja më e shumtë e Pejgamberit (paqja qoftë mbi të!) ishte: 'O Allah, jepna në këtë jetë mirësi dhe në jetën tjetër mirësi dhe na ruaj nga dënimi i zjarrit!'"</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) shpesh lutej me dua gjithëpërfshirëse, si: "O Allah, jepna mirësi në këtë jetë dhe mirësi në jetën tjetër dhe na ruaj nga dënimi i zjarrit!" Kjo lutje përmban mirësitë e kësaj jete, si: jetesë të lehtë, të bollshme dhe të ligjshme, bashkëshorte të devotshme, fëmijë të mbarë, qetësi, dije të dobishme, punë të mira dhe kërkesa të tjera si këto që u përmendën, të mira dhe të ligjshme. Ajo përmban gjithashtu mirësitë e jetës tjetër, si: shpëtimi nga dënimi i varrit, nga dënimi i Ditës së Llogarisë dhe nga dënimi i Zjarrit. Si dhe fitimi i kënaqësisë së Allahut, fitimi i begative të amshueshme dhe të qenët pranë Zotit të Mëshirshëm.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
@@ -7905,50 +12016,82 @@
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) na njofton se istigfari (pendimi) ka versione të ndryshme dhe se versioni më i mirë dhe më madhështor është që njeriu të thotë: "O Allah, Ti je Zoti im, nuk ka të adhuruar tjetër përveç Teje. Ti më ke krijuar dhe unë jam robi yt, do të qëndroj besnik në marrëveshjen dhe premtimin Tënd, sa të kem mundësi. Kërkoj mbrojtjen Tënde nga e keqja që e kam vepruar. Unë jam mirënjohës për dhuntitë e Tua, i pranoj mëkatet e mia, falmë mua, sepse nuk i fal mëkatet askush tjetër përveç Teje'' Kësisoj, së pari njeriu pohon njëshmërinë e Allahut të Madhëruar dhe se Allahu është krijuesi i tij dhe i adhuruari i tij pa asnjë ortak. Dhe se ai i përmbahet besëlidhjes së tij me Allahun në lidhje me besimin dhe adhurimin e Tij, sa të ketë mundësi. Sepse sado adhurime të kryejë njeriu, ai nuk mundet t'i kryejë të gjitha adhurimet për të cilat e ka urdhëruar Allahu dhe as ta falënderojë siç duhet Allahun për dhuntitë që i ka falur. Dhe se ai duhet të strehohet tek Allahu dhe të kërkojë mbrojtjen e Tij, ngase vetëm Ai e mbron njeriun nga e keqja që ka bërë. I pohon dhuntitë që Ai ia ka falur me dëshirë dhe i pranon mëkatet dhe gabimet që ka bërë duke fajësuar veten e tij. Pas këtij përgjërimi, ai i lutet Allahut që ta falë, duke ia mbuluar mëkatet dhe duke e shpëtuar atë nga e keqja e tyre me faljen, mirësinë dhe mëshirën e Tij, ngase vetëm Ai i fal mëkatet. Mandej, Pejgamberi (paqja qoftë mbi të!) na njofton se këto fjalë bëjnë pjesë te dhikri i mëngjesit dhe i mbrëmjes. Kësisoj, ai që i thotë këto fjalë me bindje, besim dhe meditim mbi domethënien e tyre, në fillim të ditës, që është nga koha e lindjes së diellit e deri në perëndimin e tij, dhe vdes, hyn në Xhenet. E ai që i thotë ato natën, që është nga koha e perëndimit të diellit e deri kur të agojë, nëse vdes para se të agojë, hyn në Xhenet.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
     <t>Versionet e istigfarit janë të ndryshme dhe disa nga ato janë më të mira se të tjerat.
 Njeriu duhet të përpiqet që t'i lutet Allahut me këtë dua, sepse ajo përmban zotërinë e istigfarit (pendimit).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5503</t>
   </si>
   <si>
+    <t>عليكم بالصدق، فإن الصدق يهدي إلى البر، وإن البر يهدي إلى الجنة</t>
+  </si>
+  <si>
+    <t>“Kapuni fort për çiltërsinë, sepse çiltërsia shpie në mirësi, ndërsa mirësia shpie në Xhenet</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بنِ مَسعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ، وَمَا يَزَالُ الرَّجُلُ يَصْدُقُ وَيَتَحَرَّى الصِّدْقَ حَتَّى يُكْتَبَ عِنْدَ اللهِ صِدِّيقًا، وَإِيَّاكُمْ وَالْكَذِبَ، فَإِنَّ الْكَذِبَ يَهْدِي إِلَى الْفُجُورِ، وَإِنَّ الْفُجُورَ يَهْدِي إِلَى النَّارِ، وَمَا يَزَالُ الرَّجُلُ يَكْذِبُ وَيَتَحَرَّى الْكَذِبَ حَتَّى يُكْتَبَ عِنْدَ اللهِ كَذَّابًا».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kapuni fort për çiltërsinë, sepse çiltërsia shpie në mirësi, ndërsa mirësia shpie në Xhenet. Njeriu vazhdon të jetë i çiltër dhe ta synojë çiltërsinë, derisa të shkruhet shumë i çiltër tek Allahu. Ruajuni gënjeshtrës, sepse gënjeshtra shpie në shthurje, ndërsa shthurja shpie në Zjarr. Njeriu vazhdon të gënjejë dhe ta synojë gënjeshtrën, derisa të shkruhet gënjeshtar i madh tek Allahu.”</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بالصدق، وأَخبر أن الالتزام به يوصِل إلى العمل الصالح الدائم، والمواظب على فعل الخير يوصل صاحبه إلى الجنة، ولا يزال يتكرر منه الصدق في السر والعلانية، ويستحق اسم صِدِّيق؛ وهو المبالغة في الصدق، 
+ثم حذَّر صلى الله عليه وسلم من الكذب وقول الباطل؛ لأنه يبعث على الميل عن الاستقامة، وإلى فعل الشر والفساد والمعاصي، ثم يوصله إلى النار، وما زال يستكثر من الكذب حتى يُكتب عند الله من الكاذبين.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka urdhëruar të jemi të çiltër dhe ka treguar se, nëse i përmbahemi asaj, ajo do të na shpjerë në vepra të mira të përhershme. Atë që në vazhdimësi bën vepra të mira, ato e dërgojnë në Xhenet. Njeriu në vazhdimësi tregohet i çiltër, si në fshehtësi dhe haptazi, kësisoj do ta meritojë emrin: shumë i çiltër. Pastaj Profeti ﷺ tërhoqi vërejtjen kundër gënjeshtrës dhe të folurit të së kotës, sepse ajo i largon njerëzit nga qëndrueshmëria në fe dhe i nxit të bëjnë vepra të këqija, shkatërrim dhe gjynahe, e kësisoj i shpien në Zjarr. Njeriu vazhdon të gënjejë shpesh, derisa të shkruhet tek Allahu prej gënjeshtarëve.</t>
+  </si>
+  <si>
+    <t>الصدق خلق كريم يحصل بالاكتساب والمجاهدة، فإنَّ الرجل ما يزال يصدُق ويتحرى الصدق، حتى يكون الصدق سجية له وطبعًا، فيكتب عند الله من الصديقين والأبرار.
+الكذب خلق ذميم يكتسبه صاحبه من طول ممارسته، وتحريه قولًا وفعلًا، حتى يصبح خُلقًا وسجية، ثم يكتب عند الله تعالى من الكذابين.
+الصدق يطلق على صدق اللسان، وهو نقيض الكذب، والصدق في النية، وهو الإخلاص، والصدق في العزم على خير نواه، والصدق في الأعمال، وأقلُّه استواءُ سريرتِه وعلانيته، والصدق في المقامات، كالصدق في الخوف والرجاء وغيرهما، فمن اتصف بذلك كان صدّيقًا، أو ببعضها كان صادقًا.</t>
+  </si>
+  <si>
+    <t>Çiltëria është një karakter fisnik që arrihet me përvetësim dhe përpjekje. Njeriu vazhdon të jetë i çiltër dhe ta synojë çiltërsinë, derisa çiltëria t'i bëhet cilësi dhe natyrshmëri, e kësisoj të shkruhet tek Allahut prej të çiltërve dhe të devotshmëve.
+Gënjeshtra është një karakter i përçmuar, që kryesi i saj e përvetëson nga praktikimi i tepërt i saj dhe e synon atë përmes fjalëve dhe veprave, derisa t'i bëhet karakter dhe cilësi e pandashme, e më pas të shkruhet tek Allahu i Lartësuar prej gënjeshtarëve.
+Çiltëria i referohet të folurit të së vërtetës, e cila është e kundërta e gënjeshtrës; të kemi qëllim të çiltër, që është sinqeriteti; çiltëria për të qenë të vendosur për të bërë hair, të cilin e kemi synim; çiltëria në vepra, ku më e pakta është që ana e brendshme dhe e jashtme të jenë të njëjta; çiltëria në stacionet shpirtërore drejt Allahut, si: çiltëria në frikën e shpresën tek Allahu dhe të tjera. Ai që cilësohet me këto gjëra është shumë i çiltër, ndërsa ai që cilësohet me disa prej tyre, është njeri i çiltër.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5504</t>
+  </si>
+  <si>
     <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Dy fjalë janë të lehta për gjuhën, të rënda në Peshore dhe të dashura për të Gjithëmëshirshmin</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Dy fjalë janë të lehta për gjuhën, të rënda në Peshore dhe të dashura për të Gjithëmëshirshmin: "Subhanallahil Adhim, subhanallahi ve bihamdihi (I Lartësuar është Allahu i Madhëruar, i Lartësuar është Allahu dhe Atij i takon lavdërimi)!”</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregoi për dy fjalë që njeriu i shqipton pa vështirësi, në çdo rrethanë dhe se për to ka shpërblim të madh në peshore dhe se Zoti ynë, i Gjithëmëshirshmi e i Lartmadhërishmi, i do ato:
 Subhanallahil Adhim, subhanallahi ve bihamdihi (I Lartësuar është Allahu i Madhëruar, i Lartësuar është Allahu dhe Atij i takon lavdërimi)!” Kjo, se ato ngërthejnë në vete përshkrimin e Allahut dhe madhështi e përsosuri, si dhe dëlirësimin e Tij nga mangësitë.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Dhikri më madhështor është ai tek i cili bashkohet dëlirësimi i Allahut dhe lavdërimi i Tij.
@@ -7961,50 +12104,91 @@
     <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Nuk ka asgjë më fisnike për Allahun sesa lutja</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Nuk ka asgjë më fisnike për Allahun sesa lutja."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se nuk ka adhurim më të mirë tek Allahu i Lartësuar sesa lutja, sepse ngërthen në vete pohimin se Allahu i Lartmadhëruar është i Vetëmjaftueshëm dhe pohimin se robi është i paaftë e i varfër për Allahun.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Vlera e lutjes dhe se kushdo që e lut Allahun, e madhëron Atë dhe e pranon se Ai është i Vetëmjaftueshëm, sepse nuk i lutemi të varfrit. Ai është Gjithëdëgjues, e nuk i lutemi të shurdhrit. Ai është Bujar, e  nuk i lutemi koprracit. Ai është i Gjithëmëshirshëm, e nuk i lutemi të vrazhdit. Ai është i Fuqishëm, e nuk i lutemi të pafuqishmit. Ai është afër, e i largëti nuk dëgjon, si dhe cilësi të tjera të madhërueshme e të bukura të Allahut të Lartmadhëruar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5509</t>
+  </si>
+  <si>
+    <t>ما جلس قوم مجلسا لم يذكروا الله فيه ولم يصلوا على نبيهم إلا كان عليهم ترة، فإن شاء عذبهم وإن شاء غفر لهم</t>
+  </si>
+  <si>
+    <t>“Asnjë popull nuk ulet në ndonjë tubim ku nuk e përmendin Allahun dhe nuk dërgojnë salavate për Profetin e tyre, përveçse ai tubim do të jetë shkak pendimi për ta. Nëse do, Allahu i ndëshkon, e nëse do, i fal.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه، عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا جَلَسَ قَوْمٌ مَجْلِسًا لَمْ يَذْكُرُوا اللَّهَ فِيهِ وَلَمْ يُصَلُّوا عَلَى نَبِيِّهِمْ إِلاَّ كَانَ عَلَيْهِمْ تِرَةً، فَإِنْ شَاءَ عَذَّبَهُمْ وَإِنْ شَاءَ غَفَرَ لَهُمْ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti   ﷺ ka thënë: “Asnjë popull nuk ulet në ndonjë tubim ku nuk e përmendin Allahun dhe nuk dërgojnë salavate për Profetin e tyre, përveçse ai tubim do të jetë shkak pendimi për ta. Nëse do, Allahu i ndëshkon, e nëse do, i fal.”</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الغفلة عن ذِكْر الله، وأنه ما قَعَدَ قوم في مجلسٍ ولم يذكروا الله تعالى فيه، ولم يصلوا على رسوله صلى الله عليه وسلم إلا كان ذاك المجلس حَسْرة عليهم ونَدَامة وخسارة ونقصانًا يوم القيامة، فإن شاء عذّبهم بذنوبهم السابقة وتقصيراتهم اللاحقة، وإن شاء غفر لهم فضلًا منه ورحمة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith paralajmëroi kundër shkujdesjes ndaj përmendjes së Allahut (dhikrit), duke thënë se asnjë grup njerëzish nuk ulet në ndonjë tubim ku nuk e përmendin Allahun e Lartësuar dhe nuk dërgojnë salavate për Profetin e Tij ﷺ, përveçse ai tubim do të jetë për ta burim pendimi, keqardhjeje, humbjeje dhe mangësie në Ditën e Gjykimit. Nëse Allahu do, i ndëshkon për mëkatet e tyre të shkuara dhe mangësitë e ardhshme, e nëse do, i fal ata nga mirësia dhe mëshira e Tij.</t>
+  </si>
+  <si>
+    <t>الحث على الذكر وفضله.
+فضل المجالس التي فيها ذكر الله تعالى، وذكر رسوله صلى الله عليه وسلم، وأن المجالس التي ليس فيها ذلك هي مجالس شُؤْمٍ على أهلها يوم القيامة.
+ما ذُكر من التحذير عن الغفلة عن ذكر الله ليس مُقتصرًا على المجالس فقط، بل يَعُمُّ غيرها، قال النووي: يكره لمن قعد في مكان أن يفارقه قبل أن يذكر الله تعالى فيه.
+الحسرة الحاصلة لهم يوم القيامة: إما بفوات الأجر والثواب لعدم الاستفادة من الوقت في طاعة الله، وإما بالإثم والعقاب لإشغال الوقت بمعصية الله.
+هذا التحذير إذا كانت هذه الغفلة بالمباحات، فكيف بالمجالس المحرمة التي فيها الغيبة والنميمة وغيرها؟!</t>
+  </si>
+  <si>
+    <t>Inkurajimi për dhikrin (përmendjen e Allahut) dhe theksimi i vlerës së tij.
+Vlera e tubimeve në të cilat përmendet Allahu i Lartësuar dhe përmendet i Dërguari i Tij ﷺ dhe se tubimet në të cilat mungojnë këto, janë ogur i keq për pjesëmarrësit e tyre në Ditën e Gjykimit.
+Paralajmërimi kundër neglizhencës ndaj përmendjes së Allahut nuk kufizohet vetëm në tubime, por përfshin edhe gjëra të tjera. Neveviu ka thënë: “Është e papëlqyeshme që dikush të ulet në ndonjë vend dhe të largohet prej tij pa e përmendur Allahun e Lartësuar aty.”
+Pendimi që do ta përjetojnë në Ditën e Gjykimit është ose për shkak të humbjes së shpërblimit dhe të mirësive për mosshfrytëzimin e kohës në bindje ndaj Allahut, ose për shkak të përfitimit të mëkatit dhe të ndëshkimit për harxhimin e kohës në kundërshtim ndaj Tij.
+Nëse ky paralajmërim është për pakujdesinë që vjen nga gjëra të lejueshme, atëherë çfarë të thuhet për tubimet e ndaluara, që përfshijnë përgojim, bartje fjalësh dhe ndalesa të tjera?!</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5511</t>
   </si>
   <si>
     <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Sadakaja (lëmosha) nuk e pakëson pasurinë. Robit i cili fal, Allahu i shton krenari dhe Ai do të lartësojë këdo që bëhet modest për hir të Allahut</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Sadakaja (lëmosha) nuk e pakëson pasurinë. Robit i cili fal, Allahu i shton krenari dhe Ai do të lartësojë këdo që bëhet modest për hir të Allahut."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se sadakaja nuk e pakëson pasurinë, por, përkundrazi, i largon të këqijat dhe Allahu ia zëvendëson personit të tillë me mirësi madhështore, prandaj i shtohet dhe nuk i pakësohet.
 Falja, duke pasur mundësi për t'u hakmarrë ose për ta ndëshkuar personin që të ka bërë dëm, vetëm e shton fuqinë dhe krenarinë tënde.
 Kushdo që tregohet modest dhe i thjeshtë për hir të Allahut, e jo nga frika a lajkatimi për ndokënd ose për të përfituar prej ndokujt, shpërblimi i tij do të jetë lartësim dhe nderim te të tjerët.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
@@ -8117,50 +12301,86 @@
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>Muaviu (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar Profetin ﷺ duke thënë: “Atij që Allahu ia do të mirën, ia mundëson kuptimin e fesë. Unë jam vetëm shpërndarës (i pasurisë dhe kumtues i fesë), kurse Allahu është Dhuruesi. Ky umet do të vazhdojë të qëndrojë i fortë në fenë e Allahut dhe nuk do ta dëmtojnë kundërshtarët, derisa të vijë caktimi i Allahut.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se atij që Allahu ia do të mirën, i jep të kuptuar të thellë në fenë e Tij. Profeti ﷺ është shpërndarës, i cili e shpërndan rrizkun, diturinë dhe gërat e tjera që ia ka dhënë Allahu, ndërsa Dhuruesi i vërtetë është Allahu. Sa u përket të tjerave, ato janë mjete që nuk janë të dobishme, përveçse me lejen e Allahut. Ky umet do të vazhdojë të qëndrojë i fortë në fenë e Allahut dhe nuk do ta dëmtojnë kundërshtarët, derisa të vijë caktimi i Allahut.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Madhështia dhe vlera e dijes fetare, mësimit të saj dhe inkurajimit për ta kërkuar atë.
 Kapja fort pas së vërtetës medoemos do të ekzistojë në këtë umet: nëse një grup e braktis, grupi tjetër do të kapet për të.
 Të kuptuarit e thellë të fesë është shenjë se Allahu ia ka dëshiruar mirësinë robit të Vet.
 Profeti ﷺ dhuron me lejen dhe vullnetin e Allahut, sepse ai nuk posedon gjë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5518</t>
+  </si>
+  <si>
+    <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
+  </si>
+  <si>
+    <t>“O ju njerëz, përhapeni selamin (përshëndetjen islame mes jush), ushqeni të tjerët, mbani lidhjet farefisnore dhe faluni natën kur njerëzit janë në gjumë do të hyni në Xhenet të qetë</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدُ اللَّهِ بْنُ سَلَامٍ رضي الله عنه قَالَ: لَمَّا قَدِمَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ الْمَدِينَةَ انْجَفَلَ النَّاسُ قِبَلَهُ، وَقِيلَ: قَدِمَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، قَدِمَ رَسُولُ اللَّهِ، قَدِمَ رَسُولُ اللَّهِ، ثَلَاثًا، فَجِئْتُ فِي النَّاسِ لِأَنْظُرَ، فَلَمَّا تَبَيَّنْتُ وَجْهَهُ، عَرَفْتُ أَنَّ وَجْهَهُ لَيْسَ بِوَجْهِ كَذَّابٍ، فَكَانَ أَوَّلُ شَيْءٍ سَمِعْتُهُ تَكَلَّمَ بِهِ أَنْ قَالَ: «يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Selami (Allahu qoftë i kënaqur me të!) rrëfen: "Kur Profeti ﷺ erdhi në Medinë, njerëzit nxituan ta takonin. Njerëzit thoshin: "I Dërguari i Allahut ﷺ ka ardhur! I Dërguari i Allahut ﷺ ka ardhur! I Dërguari i Allahut ﷺ ka ardhur!" Tri herë. Vajta te njerëzit për ta parë dhe ja, kur pashë qartë fytyrën e tij, e kuptova se fytyra e tij nuk ishte fytyrë gënjeshtari. Gjëja e parë që e dëgjova të thoshte ishte: “O ju njerëz, përhapeni selamin (përshëndetjen islame mes jush), ushqeni të tjerët, mbani lidhjet farefisnore dhe faluni natën kur njerëzit janë në gjumë do të hyni në Xhenet të qetë."</t>
+  </si>
+  <si>
+    <t>لما جَاءَ النبيُّ صلى الله عليه وسلم المدينة، ورآه الناس اتجهوا ناحيتَه مسرعين، وممن توجه إليه عبد الله بن سَلَامٍ رضي الله عنه وكان من اليهود، فلما رآه عرف أن وجهه ليس بوجه كذاب؛ لِمَا يبدو عليه من النور والجمال والهيبة الصادقة، 
+فكان أول شيء سمعه من النبي صلى الله عليه وسلم أنه حث الناس على أعمال تكون سببًا في دخول الجنة، ومنها: 
+أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
+ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
+ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
+رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
+  </si>
+  <si>
+    <t>Kur Profeti ﷺ vajti në Medinë dhe njerëzit e panë, nxituan drejt tij. Prej të tillëve ishte edhe hebreu, Abdullah ibn Selami. Kur e pa, e kuptoi se fytyra e tij nuk ishte fytyrë gënjeshtari, për shkak të dritës, bukurisë dhe dinjitetit të sinqertë që shfaqej. Gjëja e parë që e dëgjoi prej Profetit ﷺ ishte inkurajimi për të vepruar disa vepra, që janë shkak për të hyrë në Xhenet. Prej tyre:
+E para: Përhapja e përshëndetjes islame (Es selamu alejkum), shfaqja dhe shtimi i saj sa më shumë ndaj atyre që i njohim dhe nuk i njohim.
+E dyta: Ushqimi dhënë të tjerëve, përmes sadakasë, dhuratave dhe mikpritjes.
+E treta: Mbajtja e lidhjeve farefisnore me ata që ke lidhje gjaku dhe afërsie, nga ana e babait dhe nënës.
+E katërta: Namazi vullnetar, namazi i natës, kur njerëzit janë në gjumë.</t>
+  </si>
+  <si>
+    <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
+  </si>
+  <si>
+    <t>Është e preferuar që përshëndetja islame të përhapet në mesin e muslimanëve, e, sa u përket jomuslimanëve, atyre nuk u japim selam të parët: nëse na japin duke na thënë: "Es Selam alejkum", ua kthejmë: "Ue alejkum."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5520</t>
   </si>
   <si>
     <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>Allahu e do robin e devotshëm, të pasur (në shpirt) e të fshehur (nga sytë e njerëzve).”</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Sad ibn Ebu Vekasi (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: "Allahu e do robin e devotshëm, të pasur (në shpirt) e të fshehur (nga sytë e njerëzve).”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaroi se Allahu i Lartësuar i do disa nga robërit e Tij,
 e prej tyre janë: i devotshmi, respektivisht ai që i kryen urdhrat e Allahut dhe largohet prej ndalesave të Tij.
 Gjithashtu e do të pasurin, respektivisht atë që vetëmjaftohet me Allahun kundrejt njerëzve dhe nuk i kushton vëmendje askujt nga ata.
 Po ashtu e do të fshehurin, respektivisht modestin, atë që e adhuron Zotin e tij, atë që është i zënë me atë që i sjell dobi, që nuk i intereson që dikush ta njohë ose të flasë për të me lavdërim e falënderim.</t>
   </si>
@@ -8315,50 +12535,98 @@
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) transmeton se i  Dërguari i Allahut ﷺ ka thënë: "Dynjaja është një pasuri (kënaqësi) e përkohshme, ndërsa kënaqësia më e mirë e dynjasë është gruaja e devotshme.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se dynjaja dhe ajo që gjendet në të është diçka që përmes saj arrihet kënaqësi për një kohë dhe pastaj kalon, por kënaqësia më e mirë e saj është gruaja e devotshme, të cilën, kur e shikon, e gëzon; kur e urdhëron, i bindet, e, kur nuk është i pranishëm, e ruan nderin dhe pasurinë e tij.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>Lejohet të kënaqemi me të mirat e dynjasë, të cilat Allahu ua ka lejuar robërve të Tij, pa teprim e pa mendjemadhësi.
 Inkurajimi për ta zgjedhur gruan të devotshme, sepse kjo është ndihmesë për burrin që t'i bindet Zotit të tij.
 Kënaqësia më e mirë e kësaj dynjaje është ajo gjë që është bindje ndaj Allahut ose të ndihmon për këtë gjë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5794</t>
   </si>
   <si>
+    <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
+  </si>
+  <si>
+    <t>“Feja është e lehtë, kështu që këdo që mbingarkon vetveten në fenë e tij, feja do ta mundë. Andaj, jini mesatarë, afrojuni përsosurisë dhe përgëzohuni (për shpërblimin që ju pret)</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Feja është e lehtë, kështu që këdo që mbingarkon vetveten në fenë e tij, feja do ta mundë. Andaj, jini mesatarë, afrojuni përsosurisë dhe përgëzohuni (për shpërblimin që ju pret). Kur merrni udhë, shfrytëzojeni mëngjesin e hershëm, pasditen dhe një pjesë të natës.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
+ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
+وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
+وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
+الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
+الثاني: الرَّوحة: بالسير بعد الزوال. 
+الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith sqaroi se feja islame bazohet në lehtësimin në të gjitha çështjet e saj. Ky lehtësim del në pah kur besimtari ka arsye, bie fjala, paaftësia e nevoja. Thellimi në punët fetare (duke e tepruar) dhe braktisja e butësisë (dhe lehtësimit në raport me to) është pasojë për t'u bërë i paaftë për t'i kryer veprat dhe për t'i ndërprerë ato, ose në tërësi, ose pjesërisht. Pastaj Profeti ﷺ inkurajoi që të jemi mesatarë dhe të mos e teprojmë. Robi nuk duhet të tregohet i mangët në raport me gjëra që urdhërohet e as duhet të bartë gjëra që nuk mund t'i përballojë: nëse nuk është në gjendje ta bëjë punën të plotë, atëherë e bën punën në atë formë sa më afër së plotës.
+Gjithashtu Profeti ﷺ dha sihariq për shpërblimin e madh për atë punë që bëhet në vazhdimësi, qoftë dhe të vogël, për ata që nuk janë në gjendje ta punojnë plotësisht, se, nëse paaftësia nuk është nga vetë ata, atëherë, si pasojë e kësaj, nuk u pakësohet shpërblimi.
+Dhe, duke qenë se jeta e kësaj bote në të vërtetë është një udhëtim dhe një kalim në botën tjetër, Profeti ﷺ urdhëroi që ta ndihmojmë veten në përkushtimin ndaj adhurimit duke e realizuar atë në tri kohë të favorshme që e aktivizojnë shpirtin:
+1. Mëngjesi i hershëm, që të dilet në fillim të ditës, ndërmjet namazit të sabahut dhe lindjes së diellit.
+2. Pasditja, që të dilet pas zenitit.
+3. Një pjesë e natës, pra, të dilet tërë natën ose në një pjesë të saj, për shkak se puna e natës është më e vështirë se ajo e ditës. Ai urdhëroi në një pjesë të saj, duke thënë: "... një pjesë të natës."</t>
+  </si>
+  <si>
+    <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
+على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
+على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
+قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
+قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
+قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
+  </si>
+  <si>
+    <t>Ligji islam është i lehtë, tolerant dhe mesatar ndërmjet teprimit dhe cungimit.
+Robi duhet ta kryejë obligimin në varësi të mundësive, pa u treguar neglizhent dhe pa e tepruar.
+Është e rëndësishme që robi të zgjedhë kohë kur është më vital për të bërë adhurim, e këto tri kohë janë ato në të cilat trupi është më i freskët për adhurim.
+Ibn Haxher el Askalani shprehet: "Kështu, duket se Profeti ﷺ i është drejtuar me këto fjalë një udhëtari që po shkonte në një destinacion. Këto tri kohë janë koha më e mirë për udhëtarin, kësisoj njoftoi në lidhje me ato kohë kur ka më shumë vitalitet, sepse udhëtari, nëse udhëton natë e ditë pa pushim, do të lodhet dhe do të ndalet, e, nëse ai e zgjedh të udhëtojë në këto kohë energjike, do të jetë në gjendje të vazhdojë udhëtimin pa lodhje."
+Ibn Haxheri po ashtu ka thënë: "Ky hadith sinjalizon që të kapemi për lehtësimet fetare, sepse kapja pas vështirësisë - vendosmërisë (ar. azimeh), në vend të lehtësimit, është teprim, fjala vjen kur dikush e braktis tejemumin kur nuk është në gjendje ta përdorë ujin dhe përdorimi i ujit e dëmton."
+Ibn Muniri ka thënë: "Në këtë hadith tregohet një prej shenjave të profecisë. Ne kemi parë, ashtu si kanë parë edhe njerëzit para nesh, se çdo person që tregohet teprues në fe përfundon duke u shkëputur (nga ajo). Qëllimi nuk është ndalimi i kërkimit të përsosurisë në adhurim, pasi kjo është diçka e lavdërueshme, por ndalimi i teprimit që çon në lodhje dhe mërzi, ose teprimi në adhurimet vullnetare që çon në lënien e veprave që janë më të mira ose në nxjerrjen e farzit jashtë kohës së tij, si për shembull, dikush që kalon gjithë natën në namaz, pastaj fle dhe e humb faljen e sabahut me xhemat, ose e lë derisa të lindë Dielli dhe të dalë koha e farzit."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5795</t>
+  </si>
+  <si>
     <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>Çdo gjë që shoqërohet nga butësia, zbukurohet, e çdo gjë që zhvishet nga butësia, shëmtohet</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!), gruaja e Profetit ﷺ, tregon se Profeti ﷺ ka thënë: "Çdo gjë që shoqërohet nga butësia, zbukurohet, e çdo gjë që zhvishet nga butësia, shëmtohet."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se butësia dhe mosnxitimi në fjalë dhe në vepra i bëjnë gjërat më të bukura, më të përsosura e më të mira dhe ka më shumë gjasa që personi i tillë të arrijë ta marrë atë që ka nevojë.
 Mungesa e butësisë i bën gjërat të turpshme, i shëmton dhe e pengon personin e tillë ta arrijë nevojën e tij. E, nëse e arrin, e arrin me vështirësi.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Inkuraimi për t'u stolisur me virtytin e butësisë.
@@ -8609,124 +12877,265 @@
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Usame ibn Zejdi (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Nuk kam lënë pas meje ndonjë sprovë më të dëmshme për burrat sesa gratë."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se ai nuk ka lënë pas vetes sprovë më të dëmshme për burrat sesa gratë, rrjedhimisht, nëse ajo është dikush nga familja e tij, atëherë ai mund ta ndjekë atë në kundërshtim me fenë. E, nëse ajo është e huaj për të, atëherë duke u përzier dhe duke u vetmuar me të dhe gjëra të tjera të dëmshme që rrjedhin prej kësaj.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>Muslimani duhet të ketë kujdes nga sprova e grave dhe duhet ta mbyllë çdo shteg që çon në sprovim përmes saj.
 Besimtari duhet të kapet fort pas fesë së Allahut dhe të shpresojë tek Ai që ta ruajë nga sprovat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5830</t>
   </si>
   <si>
+    <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
+  </si>
+  <si>
+    <t>“Ai që i ka mundësitë, le të martohet, sepse e ka më të lehtë uljen e shikimit dhe ruajtjen e nderit. Ndërkaq, ai që nuk i ka mundësitë, le të agjërojë, sepse agjërimi ia shuan epshin.”</t>
+  </si>
+  <si>
+    <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Ai që i ka mundësitë, le të martohet, sepse e ka më të lehtë uljen e shikimit dhe ruajtjen e nderit. Ndërkaq, ai që nuk i ka mundësitë, le të agjërojë, sepse agjërimi ia shuan epshin.”</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
+ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith i nxiti ata që janë në gjendje të kryejnë marrëdhënie intime dhe i kanë mundësitë për martesë, që të martohen, sepse ajo ua mbron shikimin nga gjërat e ndaluara, ua mbron organin (nga marrëdhëniet e jashtëligjshme) dhe i pengon të bien në imoralitet. Ai që nuk i ka mundësitë për martesë, ndërkohë është i aftë të kryejë marrëdhënie intime, atëherë duhet të agjërojë, pasi kjo do t'ia ndërpresë dëshirën epshore dhe të keqen e spermës.</t>
+  </si>
+  <si>
+    <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
+حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
+وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
+  </si>
+  <si>
+    <t>Islami u kushtoi rëndësi shkaqeve të dëlirësisë dhe ruajtjes nga imoraliteti dhe gjërat e turpshme.
+Profeti ﷺ e nxiti të agjërojë atë që nuk i ka mundësitë për martesë, sepse ajo ia dobëson dëshirën epshore.
+Shëmbëllimi i agjërimit me tredhjen është për faktin se tredhja nënkupton prerjen e venave të testikujve, duke e bërë që dëshira për marrëdhënie intime të zhduket. Po ashtu, agjërimi e dobëson dëshirën për marrëdhënie seksuale.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5863</t>
+  </si>
+  <si>
     <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>Lehtësoni e mos vështirësoni, jepni lajme të mira e mos largoni!</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Lehtësoni e mos vështirësoni, jepni lajme të mira e mos largoni!"</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith urdhëron që njerëzve t'ua lehtësojmë gjërat e të mos ua vështirësojmë, në të gjitha çështjet, qofshin fetare, qoftshin të kësaj bote (kuptohet), brenda kufijve të asaj që Allahu e ka lejuar dhe e ka përligjur.
 Profeti ﷺ inkurajon që të përgëzojmë për mirësi dhe të mos i largojmë njerëzit prej saj.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Besimtari e ka obligim që t'i bëjë njerëzit ta duan Allahun dhe t'i inkurajojë ata të bëjnë mirë.
 Thirrësi për tek Allahu duhet të shikojë me urtësi se si ua përcjell njerëzve thirrjen në Islam.
 Dhënia e lajmeve të mira si rezultat ka kënaqësinë, afrimin dhe rehatinë për thirrësin dhe për çështjen që ua paraqet njerëzve.
 Vështirësimi jep si rezultat largimin, kthimin e shpinës dhe dyshimin në fjalët që thotë thirrësi.
 Mëshira e gjerë e Allahut ndaj robërve të Tij dhe se Ai është i kënaqur për ta me një fe të lehtësuar dhe një ligj të lehtë.
 Lehtësimi i urdhëruar është ai me të cilin ka ardhur feja.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5866</t>
   </si>
   <si>
+    <t>كان رسول الله صلى الله عليه وسلم يستحب الجوامع من الدعاء، ويدع ما سوى ذلك</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ e pëlqente lutjen gjithëpërfshirëse dhe e linte mënjanë çdo gjë tjetër</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسْتَحِبُّ الْجَوَامِعَ مِنَ الدُّعَاءِ، وَيَدَعُ مَا سِوَى ذَلِكَ.</t>
+  </si>
+  <si>
+    <t>Aishja (Allahu qoftë i kënaqur me të!) transmeton: "I Dërguari i Allahut ﷺ e pëlqente lutjen gjithëpërfshirëse dhe e linte mënjanë çdo gjë tjetër."</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم يَستحِبُّ الأدعية الجامعة لخير الدنيا والآخرة مما لفظه قليل ومعناه كثير، ويكون فيه الثناء على الله تعالى، والأغراض الصالحة، ويَدَعُ ما عدا ذلك.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ i pëlqente lutjet gjithëpërfshirëse, që përfshijnë të mirat e kësaj bote dhe të botës tjetër, me pak fjalë, por me kuptime të thella, që përmbajnë lavdërimin e Allahut të Lartësuar dhe qëllime fisnike, dhe linte mënjanë çdo gjë tjetër.</t>
+  </si>
+  <si>
+    <t>استحباب الدعاء بالألفاظ اليسيرة الجامعة لمعاني الخير، وكراهة التكلف والتَّشْقِيْق في المسألة، وهو خلاف هدي النبي صلى الله عليه وسلم.
+خُصّ رسول الله صلى الله عليه وسلم بجوامع الكلم.
+الحرص على ما ثبت أن النبي صلى الله عليه وسلم دعا به؛ وإن كان طويلًا، وكثرت كلماته، فكلُّه من الأدعية الجامعة.</t>
+  </si>
+  <si>
+    <t>Pëlqehet të bëhet lutje me fjalë të thjeshta që përfshijnë kuptime të mirësisë, dhe është e papëlqyeshme të përdoret teprimi, stolisja e fjalëve dhe zgjatja e panevojshme në kërkesa, pasi kjo bie ndesh me udhëzimin e Profetit ﷺ.
+Profeti ﷺ ishte përgëzuar me dhuntinë për të folur me fjalë të shkurtra, por me kuptim gjithëpërfshirës.
+Duhet t’i përmbahemi atyre që janë transmetuar se Profeti ﷺ ka bërë lutje me to, edhe nëse janë të gjata dhe kanë shumë fjalë, sepse të gjitha hyjnë te lutjet gjithëpërfshirëse.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5886</t>
+  </si>
+  <si>
     <t>ألحقوا الفرائض بأهلها، فما بقي فلأولى رجل ذكر</t>
   </si>
   <si>
     <t>“Jepjani pjesën e trashëgimisë atyre që u takon, e ajo që tepron, i përket mashkullit më të afërt.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلْحِقُوا الفَرَائِضَ بِأَهْلِهَا، فَمَا بَقِيَ فَلِأَوْلَى رَجُلٍ ذَكَرٍ».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Jepjani pjesën e trashëgimisë atyre që u takon, e ajo që tepron, i përket mashkullit më të afërt.”</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم القائمين على قسمة التركة أن يوزعوها على مستحقيها بالقسمة العادلة الشرعية كما أراد الله تعالى، فيعطى أصحاب الفروض المقدرة فروضهم في كتاب الله، وهي الثلثان والثلث والسدس والنصف والربع والثمن، فما بقى بعدها، فإنه يعطى إلى من هو أقرب إلى الميت من الرجال، ويسمون العصبة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith i urdhëron ata që merren me ndarjen e trashëgimisë që ta shpërndajnë atë tek ata që e meritojnë, në mënyrë të drejtë dhe sipas ligjit fetar, ashtu siç e ka caktuar Allahu i Lartësuar. Përfituesve të pjesëve të caktuara u jepen pjesët e tyre të përmendura në Librin e Allahut, të cilat janë: dy të tretat, një e treta, një e gjashta, gjysma, një e katërta dhe një e teta. Ajo që mbetet pas tyre, u jepet më të afërmve të të vdekurit nga meshkujt, të cilët quhen "asabe".</t>
   </si>
   <si>
     <t>الحديث قاعدة في قسمة التركة.
 أن قسمة الفرائض تكون بالبداءة بأهل الفرائض.
 أن ما بقي بعد الفروض للعصبة.
 تقديم الأقرب فالأقرب فلا يرث عاصب بعيد كالعم، مع وجود عاصب قريب كالأب.
 أنه لا شيء للعاصب إذا استغرقت الفروض التركة، أي لم يبق منها شيئًا.</t>
   </si>
   <si>
     <t>Hadithi është rregull bazë në ndarjen e pasurisë së lënë pas vdekjes.
 Ndarja e trashëgimisë fillon me ata që kanë pjesë të përcaktuara me tekst fetar.
 Ajo që mbetet pas ndarjes së pjesëve të pëcaktuara, u takon të afërmve të të vdekurit nga meshkujt.
 I jepet përparësi të afërtit, pastaj të largëtit. Andaj, një trashëgimtar mashkull i largët, si xhaxhai, nuk trashëgon nëse ekziston një trashëgimtar i afërt, si babai.
 Të afërmve të të vdekurit nga meshkujt nuk i takon asgjë, nëse pjesët e përcaktuara e përfshijnë të gjithë trashëgiminë, domethënë nuk mbetet më asgjë prej saj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5887</t>
   </si>
   <si>
+    <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
+  </si>
+  <si>
+    <t>“Kujdes! Mos hyni te gratë.” Një ensar tha: "O i Dërguari i Allahut, e nëse është kunati?" - “Kunati është sikurse vdekja”, - i tha Profeti ﷺ</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
+  </si>
+  <si>
+    <t>Ukbe ibn Amiri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Kujdes! Mos hyni te gratë.” Një ensar tha: "O i Dërguari i Allahut, e nëse është kunati?" - “Kunati është sikurse vdekja”, - i tha Profeti ﷺ.</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
+فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
+فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka paralajmëruar kundër përzierjes me gratë e huaja dhe ka thënë: "Ruajuni që të mos hyni te gratë dhe gratë që të mos hyjnë tek ju!"
+Një ensar tha: "Po si është rasti me të afërmit e burrit, si vëllai i tij (kunati), djali i vëllait, xhaxhai, djali i xhaxhait, djali i motrës dhe të ngjashëm me ta, me të cilët do t’i lejohej martesa, po të mos ishte e martuar?"
+Profeti ﷺ tha: "Ruajuni e mos hyni te to, ashtu siç ruheni nga vdekja!" Kjo është sepse vetmia me të afërmit e burrit (si vëllai i tij) çon në sprova dhe shkatërrim në fe. Të afërmit e burrit, përveç babait dhe djemve të tij, janë më të ndaluar se të huajt, sepse vetmia me ta është më e shpeshtë sesa me të tjerët. Nga ta pritet më shumë e keqja, si dhe sprova me ta është më e mundshme, për shkak të lehtësisë së arritjes së tyre tek gruaja dhe mundësisë për të qëndruar vetëm me të pa ndonjë qortim. Për më tepër, prania e tyre është e pashmangshme dhe nuk mund të pengohet, pasi zakonisht njerëzit janë të shkujdesur në këtë çështje. Kështu, ndodh që burri të qëndrojë vetëm me gruan e vëllait të tij, gjë që është e ngjashme me vdekjen, për shkak të neverisë dhe dëmit që sjell, ndryshe nga burri i huaj, ndaj të cilit njerëzit janë më të kujdesshëm.</t>
+  </si>
+  <si>
+    <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
+هذا عامٌّ في الأجانب من أخي الزوج وأقاربه، الذين ليسوا محارم للمرأة، ولا بد من اعتبار أن يكون الدخول مقتضيًا للخلوة.
+الابتعاد عن مواطن الزَّلَل عامة، خشية الوقوع في الشر.
+قال النووي: اتفق أهل العلم باللغة على أنَّ الأحْمَاءَ أقاربُ زوج المرأة كأبيه وعمه، وأخيه وابن أخيه، وابن عمه ونحوهم، وأن الأَخْتَانَ أقاربُ زوجة الرجل، وأنَّ الأصْهارَ تقعُ على النوعين.
+شَبَّهَ (الحَمْوَ) بالموت، قال ابن حجر: والعرب تَصف الشيء المكروه بالموت، وجْهُ الشَّبَهِ أنه موتُ الدِّين إنْ وقعت المعصية، وموتُ المُختلي إن وقعت المعصية ووجب الرَّجْم، وهلاك المرأة بفراق زوجها إذا حَمَلَتْه الغَيْرَة على تَطلِيقِها.</t>
+  </si>
+  <si>
+    <t>Ndalesa për të hyrë te gratë e huaja dhe për të qëndruar vetëm me to, bëhet për të mbyllur shtigjet që çojnë në imoralitet.
+Ky është një rregull i përgjithshëm për të huajt, nga vëllai i burrit dhe të afërmit e tij, të cilët nuk janë mahrem për gruan. Duhet marrë parasysh që hyrja të përfshijë kushtin e qëndrimit të vetmuar.
+Të qëndruarit larg situatave të rrëshqitjes në gabime është i përgjithshëm, nga frika e rënies në të keqe.
+Neveviu ka thënë: "Dijetarët e gjuhës janë të një mendimi se termi (ar. ahma) i referohet të afërmve të burrit të gruas, si babai i tij, xhaxhai, vëllai, djali i vëllait, djali i xhaxhait dhe të ngjashëm me ta. Ndërsa termi (ar. ahtan) i referohet të afërmve të gruas së burrit. Sa i përket termit (ar. ashar), ai përfshin të dy grupet."
+Profeti ﷺ e krahasoi (kunatin, të afërmin e burrit, ar. hamv-në) me vdekjen. Ibn Haxheri ka thënë: "Arabët e përshkruajnë diçka të urryer me vdekjen. Arsyeja e ngjashmërisë është se kjo përfaqëson vdekjen e fesë nëse ndodh mëkati; vdekjen e atij që qëndron i vetmuar, nëse ndodh mëkati dhe kërkohet dënimi me gurëzim, si dhe shkatërrimin e gruas për shkak të ndarjes nga burri i saj, nëse xhelozia e shtyn atë ta divorcojë."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5888</t>
+  </si>
+  <si>
+    <t>الورق بالذهب ربا، إلا هاء وهاء، والبر بالبر ربا، إلا هاء وهاء، والشعير بالشعير ربا، إلا هاء وهاء، والتمر بالتمر ربا، إلا هاء وهاء</t>
+  </si>
+  <si>
+    <t>“Këmbimi i argjendit me ar konsiderohet kamatë, përveç nëse këmbehet dorë me dorë; këmbimi i grurit me grurë konsiderohet kamatë, përveç nëse këmbehet dorë me dorë; këmbimi i elbit me elb konsiderohet kamatë, përveç nëse këmbehet dorë me dorë dhe këmbimi i hurmave me hurma konsiderohet kamatë, përveç nëse këmbehen dorë me dorë.”</t>
+  </si>
+  <si>
+    <t>عَنْ مَالِكِ بْنِ أَوْسِ بْنِ الْحَدَثَانِ أَنَّهُ قَالَ: أَقْبَلْتُ أَقُولُ مَنْ يَصْطَرِفُ الدَّرَاهِمَ؟ فَقَالَ طَلْحَةُ بْنُ عُبَيْدِ اللهِ وَهُوَ عِنْدَ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنهما: أَرِنَا ذَهَبَكَ، ثُمَّ ائْتِنَا، إِذَا جَاءَ خَادِمُنَا، نُعْطِكَ وَرِقَكَ، فَقَالَ عُمَرُ بْنُ الْخَطَّابِ: كَلَّا، وَاللهِ لَتُعْطِيَنَّهُ وَرِقَهُ، أَوْ لَتَرُدَّنَّ إِلَيْهِ ذَهَبَهُ، فَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْوَرِقُ بِالذَّهَبِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالْبُرُّ بِالْبُرِّ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالشَّعِيرُ بِالشَّعِيرِ رِبًا، إِلَّا هَاءَ وَهَاءَ، وَالتَّمْرُ بِالتَّمْرِ رِبًا، إِلَّا هَاءَ وَهَاءَ».</t>
+  </si>
+  <si>
+    <t>Malik ibn Eus ibn Hadethani tregon: "Vajta te disa dhe u thashë: "Kush shet dërhemë?" Atëherë Talha ibn Ubejdullahu, i cili ishte tek Omer ibn Hatabi, tha: "Na e trego arin tënd (lëre këtu), pastaj eja te ne, që, kur të na vijë shërbëtori ynë, ta japim argjendin që të takon." Atëherë Omer ibn Hatabi tha: "Jo, assesi! Për Allahun, ose jepja argjendin në dorë, ose ktheja arin e vet, sepse i Dërguari i Allahut ﷺ ka thënë: “Këmbimi i argjendit me ar konsiderohet kamatë, përveç nëse këmbehet dorë me dorë; këmbimi i grurit me grurë konsiderohet kamatë, përveç nëse këmbehet dorë me dorë; këmbimi i elbit me elb konsiderohet kamatë, përveç nëse këmbehet dorë me dorë dhe këmbimi i hurmave me hurma konsiderohet kamatë, përveç nëse këmbehen dorë me dorë.”</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ التَّابِعِيُّ مالكُ بنُ أوس أنه كان عنده دَنانير ذهب، ويريد أنْ يَصْرِفَها بدراهم فضة، فقال له طلحةُ بن عبيد الله رضي الله عنه: أعطنا دنانيرَك لأَراها! ثم قال له بعد أن عَزَم على الشراء: ائتنا إذا جاء خادمُنا فيما بعد لنعطيَك دراهمَ الفضة، وكان عمر بن الخطاب رضي الله عنه حاضرًا في المجلس، فأنكر هذا النوع من المعاملة، وأقسم على طلحة أن يدفع الفضة الآن، أو يَردَّ إليه ذَهبَه الذي أخذه منه، وبيَّن سبب ذلك أن رسول الله صلى الله عليه وسلم ذَكَرَ أنَّ بَيعَ الفضة بالذهب أو العكس يجب أنْ يَقبِضَ المقابل مباشرة، وإلّا تكون تلك الصفقة ربًا محرّمًا، وبيعًا باطلًا، فلا يباع الذهب بالفضة ولا الفضة بالذهب إلا يدًا بيدٍ ويتم التقابض، ولا يباع البُر بالبر والقمحُ بالقمحِ والشعيرُ بالشعيرِ والتمر بالتمرِ إلا مثلًا بمثلٍ وزنًا بوزنٍ، كيلًا بكيل، يدًا بيد، ولا يباع شيء منها عاجلٌ بآجل، ولا يجوز التفرُّق قبل القبض.</t>
+  </si>
+  <si>
+    <t>Tabiini, Malik ibn Eusi tregon se kishte disa dinarë ari dhe dëshironte t’i shkëmbente me dërhemë argjendi. Talha bin Ubejdullahu (Allahu qoftë i kënaqur me të!) i tha: "Na jep dinarët e tu që t’i shoh!" Pasi vendosi për blerjen e tyre, i tha: "Hajde tek ne kur të vijë shërbëtori ynë më vonë, që të të japim dërhemët e argjendit." Omer ibn Hatabi (Allahu qoftë i kënaqur me të!) ishte i pranishëm në atë mbledhje dhe e kundërshtoi këtë lloj marrëveshjeje. Ai iu përbetua Talhasë që t’ia jepte argjendin menjëherë ose t’ia kthente arin që kishte marrë prej tij, si dhe ia shpjegoi arsyen, duke thënë se i Dërguari i Allahut ﷺ kishte thënë që shkëmbimi i argjendit me ar, ose anasjelltas, duhet të kryhet dorë më dorë dhe menjëherë, përndryshe, një marrëveshje e tillë konsiderohet si kamatë e ndaluar dhe tregti e pavlefshme. Ai sqaroi më tej se ari nuk duhet të shitet për argjend, as argjendi për ar, përveçse dorë më dorë, dhe duke marrë menjëherë të dyja palët atë që shkëmbejnë. Po ashtu, nuk lejohet të shitet gruri me grurë, elbi me elb, apo hurmat me hurma, përveçse në mënyrë të barabartë, peshë për peshë, sasi për sasi, e dorë më dorë. Gjithashtu, nuk lejohet që këto të shkëmbehen, duke marrë diçka tani, për t'i dozëzuar diçka me vonesë, as të ndahen palët para se të dorëzohet malli i shkëmbyer</t>
+  </si>
+  <si>
+    <t>الأصناف التي ذُكِرَتْ في هذا الحديث خمسة: الذهب والفضة والبر الشعير والتمر، فإذا حَصَل البيعُ في نفس الصنف فلابد من شرطين لصحته: التقابض في مجلس العقد، والتَّمَاثُل في الوزن كذَهَبٍ بِذَهَبٍ، وإلّا يكون ربا الفضل، وإذا اختلفت كفضة بقمح مثلًا فشَرْطٌ واحِدٌ لِصحّة العقد، وهو قَبْضُ الثَّمَن في مجلس العقد، وإلا يكون ربا النسيئة.
+يراد بمجلس العقد: مكان التَّبَايُع، سواء أكانا جالسَين، أم ماضِيَين، أم راكبين، ويراد بالتفرُّق ما يُعَد تَفَرُّقًا عُرْفًا بين الناس.
+النهي في الحديث يشمل جميع أنواع الذهب المَضْرُوبة وغيرها، وجميع أنواع الفضة مضروبة وغير مضروبة.
+العملات النَّقْدِية في هذا الزمن يجب فيها ما يجب في بيع الذهب بالفضة، أي أنه إذا أردت استبدال عملة بعملة أخرى كريال بدرهم فيجوز التفاضل بما يرضاه الطرفان، ولكن يجب التقابض في مجلس البيع، وإلا بَطَلَت الصَّفْقة، وأصبح التعامُل رِبَوِيًّا مُحرّمًا.
+التعاملات الرِّبوية لا تجوز، وعقدُها باطل ولو تراضا الطرفان؛ لأن الإسلام يحفظ للإنسان وللمجتمع حقَّه ولو تنازل هو عنه.
+النهي عن المنكر ومنعه لمن استطاع ذلك.
+ذكر الدليل عند إنكار المنكر، كما كان من عمر بن الخطاب رضي الله عنه.</t>
+  </si>
+  <si>
+    <t>Kategoritë e përmendura në këtë hadith janë pesë: ari, argjendi, gruri, elbi dhe hurmat. Nëse tregtia ndodh brenda të njëjtës kategori, duhet të përmbushen dy kushte që të jetë e vlefshme. Marrja e dorëzimi në të njëjtin vend të aktmarrëveshjes dhe barazia në peshë, si në rastin e shkëmbimit të arit me ar. Përndryshe, kjo konsiderohet kamatë e shtesës (ar. riba elfadl). Ndërsa, nëse kategoritë janë të ndryshme, si për shembull argjendi me grurë, atëherë kërkohet vetëm një kusht për vlefshmërinë e aktmarrëveshjes: marrja e dorëzimi i çmimit në vendin e aktmarrëveshjes. Përndryshe, kjo konsiderohet kamatë e vonesës (ar. riba en nesie).
+Me "vendi i kontratës" nënkuptohet vendi ku ndodh shkëmbimi/tregëtia, qoftë kur palët janë ulur, duke ecur, apo duke qenë mbi kafshë ose mjete transporti. Ndërsa me "ndarje" nënkuptohet çdo largim që, sipas zakonit të njerëzve, konsiderohet si ndarje.
+Ndalimi në hadith përfshin të gjitha llojet e arit, qofshin të shndërruara (në monedha) apo jo, si dhe të gjitha llojet e argjendit, qofshin të shndërruara apo jo.
+Monedhat bashkëkohore duhet të trajtohen sipas rregullave të shkëmbimit të arit me argjend. Pra, nëse dëshiron të shkëmbesh një monedhë me një tjetër, si për shembull rijal (saudit) me euro, lejohet të ketë dallim në vlerë sipas marrëveshjes së palëve, por është e domosdoshme që marrja e dorëzimit të bëhet në vendin e shitjes. Përndryshe, marrëveshja bëhet e pavlefshme dhe ky transaksion konsiderohet kamatë e ndaluar.
+Transaksionet kamatore nuk lejohen dhe kontrata e tyre është e pavlefshme, edhe nëse të dy palët bien dakord, sepse Islami ruan të drejtat e individit dhe të shoqërisë, edhe nëse vetë individi heq dorë prej tyre.
+Ndalimi i së keqes dhe pengimi i saj për këdo që ka mundësi ta bëjë këtë.
+Përmendja e argumentit gjatë ndalimit të së keqes, ashtu siç veproi Omer ibn Hattabi (Allahu qoftë i kënaqur me të!).</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5889</t>
+  </si>
+  <si>
     <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>“Përsëriteni Kuranin vazhdimisht, sepse betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se ai ikën më shpejt se deveja kur zgjidhet nga litari.”</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Përsëriteni Kuranin vazhdimisht, sepse betohem në Atë, në Dorën e të Cilit është shpirti i Muhamedit, se ai ikën më shpejt se deveja kur zgjidhet nga litari.”</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka urdhëruar që të përsëritet Kurani dhe të lexohet vazhdimisht, që të mos harrohet pasi është mësuar përmendsh në kraharor, dhe këtë e vërtetoi me betim, se Kurani largohet më shpejt nga kraharori sesa devetë e lidhura me litarë në mes të krahut. Nëse njeriu e përsërit atë, e kap (dhe e ruan), e, nëse e lëshon (nuk e përsërit), largohet dhe humbet.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Nëse hafëzi e lexon atë në vazhdimësi, pa pushim, ai do të mbetet i ruajtur në zemrën e tij, përndryshe do të largohet dhe do ta harrojë.
 Prej dobive të përsëritjes së Kuranit në vazhdimësi është shpërblimi dhe ngritja e shkallëve në Ditën e Kiametit.</t>
   </si>
@@ -8741,50 +13150,97 @@
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>Othmani (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Më i miri ndër ju është ai që e mëson Kuranin dhe ua mëson të tjerëve."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se muslimani më i mirë dhe me shkallën më të lartë tek Allahu është ai që e mëson Kuranin: për ta lexuar, e memorizon, e lexon ngadalë dhe qartë, si dhe i mëson çështjet e fikhut dhe të tefsirit që lidhen me të, si dhe ua mëson të tjerëve njohuritë që i ka rreth Kuranit dhe i jetëson (urdhrat e tij).</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Sqarimi i madhështisë së Kuranit dhe se ai është fjala më e mirë dhe Fjala e Allahut.
 Mësuesi më i mirë është ai që i mëson të tjerët, e nuk mjaftohet vetëm me veten e tij.
 Mësimi i Kuranit për vete dhe mësimi i tij të tjerëve përfshin leximin, kuptimet dhe vendimet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5913</t>
+  </si>
+  <si>
+    <t>قل اللهم اهدني وسددني، واذكر بالهدى هدايتك الطريق، والسداد سداد السهم</t>
+  </si>
+  <si>
+    <t>“Thuaj: 'O Allah, më udhëzo dhe më bëj të saktë! Me udhëzim, ke për qëllim udhëzimin tënd në rrugën e drejtë, ndërsa me saktësi, saktësinë në të qëlluar me shigjetë!”</t>
+  </si>
+  <si>
+    <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: قَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ».</t>
+  </si>
+  <si>
+    <t>Aliu (Allahu qoftë i kënaqur me të!) ka thënë: “I Dërguari i Allahut ﷺ më ka thënë: “Thuaj: 'O Allah, më udhëzo dhe më bëj të saktë! Me udhëzim, ke për qëllim udhëzimin tënd në rrugën e drejtë, ndërsa me saktësi, saktësinë në të qëlluar me shigjetë!”</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه أنْ يَدعوَ اللهَ ويسألَه فيقول: (اللهم اهدني) وأرشدني ودلني (وسددني) ووفقني، واجعلني مستقيمًا في جميع أموري. 
+فالهُدَى: هو مَعرفةُ الحقِّ تفصيلًا وإجمالًا، والتوفيق لاتّباعه ظاهرًا وباطنًا. 
+والسّداد: هو التوفيق والاستقامة في جميع الأمور بما يكون صوابًا على الحق، وهو الطريق المستقيم في القول والفعل والاعتقاد. 
+ولأن الأمر المعنوي يَتَّضِح بالمَحْسُوس؛ تَذَكَّر وأنت تدعو هذا الدعاء بأنَّ: (الهدى: هدايتك الطريق) فأحضِر بقلبِك وأنت تسأل هدايةً كهداية مَن سافر، فإنه لا يَنحرِف عن الطريق يَمْنة أو يسرة؛ وذلك لِيَسْلَمَ مِن الضياع، وبذلك يَنال السلامة، ويَصِل إلى غايته سريعًا. 
+(والسداد: سداد السهم) فأنت تلاحظ عند تَسْديدِك السَّهْمَ في سرعة وصوله وإصابته للهدف، فالرامي إذا رمى غرضًا سدَّد بالسهم نحو الغَرَض، فكذلك تسأل الله تعالى أنَّ ما تَنويه من السداد على شاكلة السهم؛ فتكون في سؤالك طالبًا غاية الهدى، ونهاية السداد.
+فأحضر هذا المعنى بقلبك حتى تسأل الله السداد ليكون ما تنويه من ذلك على مشاكلة ما تستعمله من الرمي.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e urdhëroi Ali ibn Ebu Talibin (Allahu qoftë i kënaqur me të!) që t’i lutet Allahut dhe t’i kërkojë, duke thënë: "O Allah, më udhëzo" dhe më drejto, e më përudh, "...dhe më bëj të saktë", e më jep sukses dhe më bëj të qëndrueshëm në të gjitha çështjet e mia.
+Pra, udhëzimi (ar. el huda) është njohja e së vërtetës në detaje dhe në mënyrë të përgjithshme, si dhe suksesi për ta ndjekur atë si në dukje ashtu edhe në brendësi.
+Ndërsa saktësia (ar. es sedad) është suksesi dhe qëndrueshmëria në të gjitha çështjet, duke qenë në përputhje me të vërtetën. Ajo përfaqëson rrugën e drejtë në fjalë, vepra dhe në bindje.
+Meqë çështjet shpirtërore bëhen më të qarta përmes shembujve të ndjeshëm, kujto kur e thua këtë lutje se: "udhëzimi është si orientimi në rrugë". Sille në zemrën tënde ndërsa kërkon udhëzim, duke e imagjinuar orientimin e një udhëtari, i cili nuk devijon as djathtas as majtas nga rruga. Kjo, në mënyrë që të shpëtojë nga humbja, të jetë i sigurt dhe të arrijë qëllimin e tij shpejt.
+Me shprehjen "es Sedad"  (saktësi) nënkuptohet saktësia e shigjetës. Ti e vëren se kur e drejton shigjetën, ajo arrin shpejt dhe e godet cakun. Harkëtari, kur qëllon një cak, e drejton shigjetën me saktësi drejt tij. Në të njëjtën mënyrë, kur i lutesh Allahut të Lartësuar për saktësi, kërkon që ajo që synon, të jetë e përkryer, sikur një shigjetë që arrin cakun. Pra, në lutjen tënde, ti je një kërkues i udhëzimit të plotë dhe i saktësisë absolute.
+Prandaj, sill këtë kuptim në zemrën tënde kur i lutesh Allahut për saktësi, në mënyrë që ajo që synon të përputhet me atë që përdor gjatë qëllimit me shigjetë.</t>
+  </si>
+  <si>
+    <t>الداعي ينبغي أن يَحرِص على تسديد عملِه وتقويمه بلزوم السنة وإخلاص النية.
+استحباب الدعاء بهذه الكلمات الجامعة للتوفيق والسداد.
+ينبغي على العبد الاستعانة بالله تعالى في جميع أموره.
+ضرْب المثال في مقام التعليم.
+الجمع بين طلب الهداية وصلاح الحال، والاستمرار عليها وعدم الزيغ عنها طرفة عين وصلاح المآل، فقوله: "اهدني" بأن يكون سائرًا على دَرْبِ الهداية، وقوله: "وسددني": من الإصابة وعدم الزيغ عند الهداية التي اعتلاها.
+الداعي ينبغي له أن يهتمَّ بدعائه، ويستحضر معاني دعواته في قلبه؛ فهذا أَدْعَى للقبول.</t>
+  </si>
+  <si>
+    <t>Lutësi duhet të kujdeset  për saktësimin dhe përmirësimin e veprës së tij, duke iu përmbajtur sunetit dhe duke pasur qëllim të sinqertë.
+Pëlqehet të bëhet lutje me këto fjalë gjithëpërfshirëse për udhëzim dhe saktësi.
+Njeriu duhet t'i kërkojë ndihmë Allahut të Lartësuar në të gjitha çështjet e tij.
+Përdorimi i shembullit në kontekstin e mësimdhënies.
+Bashkimi mes kërkimit të udhëzimit dhe përmirësimit të gjendjes, vazhdimësisë në të dhe shmangies nga devijimi, qoftë edhe për një çast, si dhe përmirësimit të përfundimit. Thënia e tij: "Më udhëzo", nënkupton që të jetë duke ecur në rrugën e udhëzimit, ndërsa thënia: "...më bëj të saktë", nënkupton arritjen e saktësisë dhe shmangien nga devijimi, pasi të ketë arritur në udhëzimin e kërkuar.
+Lutësi duhet t’i kushtojë rëndësi lutjes së tij dhe t’i sjellë në zemër kuptimet e saj, sepse kjo është më e përshtatshme për pranimin e tyre.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5915</t>
   </si>
   <si>
     <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>Betohem për Atë në dorën e të cilit është shpirti im, ju do të ndiqni zakonet e atyre që kanë jetuar para jush!</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
     <t>Nga Ebu Uakid el-Lejthi (Allahu qoftë i kënaqur me të!) përcillet se: Kur Pejgamberi (paqja qoftë mbi të!) ishte rrugës për në Hunejn, kaloi pranë një peme të idhujtarëve, të cilën e quanin "Dhatu en'uat". Në këtë pemë idhujtarët varnin armët e tyre. Disa nga të pranishmit i thanë Pejgamberit (paqja qoftë mbi të!): "Na cakto dhe neve një Dhatu en'uat siç e kanë ata. Pejgamberi (paqja qoftë mbi të!) tha: "I patëmeta është Allahu! Kjo që sapo thatë është si ajo që tha populli i Musait: "Cakto një zot për ne siç kanë ata zota!" (A'raf: 138) "Betohem për Atë në dorën e të cilit është shpirti im, ju do të ndiqni zakonet e atyre që kanë jetuar para jush!".</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) u nis drejt Hunejnit, që gjendej në një luginë midis Taifit dhe Mekës, ndërkohë me të ishin dhe disa nga sahabët që sapo kishin hyrë në fenë islame. Ata kaluan pranë një peme, e cila njihej me emrin "Dhatu en'uat" që do të thotë "Pema ku varen gjërat". Idhujtarët e madhëronin këtë pemë dhe varnin në të armët e tyre dhe gjëra të tjera në kërkim të begatisë. Këta sahabë që ishin të rinj në Islam kërkuan nga Pejgamberi (paqja qoftë mbi të!) të caktonte për ta një pemë si ajo, ku të varnin armët e tyre, duke menduar se një gjë e tillë është e lejuar. Pejgamberi (paqja qoftë mbi të!) lëvdoi dhe madhëroi Allahun në formë refuzimi ndaj asaj që ata thanë. Ai i njoftoi se këto fjalë ishin të ngjashme me fjalët që populli i Musait i tha Musait: "Cakto për ne një zot siç kanë ata zota!" Populli i Musait e bënë këtë kërkesë kur panë një popull që adhuronin idhujt. Kështu, ata kërkuan nga ai që të kishin dhe ata idhuj siç kishin idhujtarët. Pejgamberi (paqja qoftë mbi të!) i njoftoi këta sahabë që kjo gjë është imitim i rrugës së popullit të Musait. Mandej Pejgamberi (paqja qoftë mbi të!) njoftoi se ky umet do të ndjekë rrugën e hebrenjve dhe të krishterëve dhe do të bëjë atë që ata kanë bërë. Ai e tha këtë në formë paralajmërimi.</t>
   </si>
   <si>
@@ -8947,81 +13403,187 @@
   <si>
     <t>Ebu Hejaxh Esediu tregon se Ali ibn Ebu Talibi (Allahu qoftë i kënaqur me të!) i ka thënë: “A të të dërgoj për atë me të cilën më ka dërguar i Dërguari i Allahut ﷺ: të mos lësh statujë pa prishur e as varr të ngritur pa e rrafshuar!"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Profeti ﷺ i dërgonte shokët e tij që të mos linin asnjë statujë - që nënkupton figurën e dikujt a diçkaje - pa e hequr a rrafshuar.
 Si dhe të mos lënë asnjë varr të ngritur, përveçse ta bëjnë rrafsh me tokën e të rrënojnë çdo ndërtim mbi varre, ose ta bëjnë në atë nivel që të mos jetë i ngritur shumë lart nga toka, por duke e ngritur rreth një pëllëmbe.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Ndalimi i pikturimit të qenieve të gjalla, sepse është mjet drejt idhujtarisë.
 Është e lejuar të largohet e keqja me dorë për atë që ka autoritet ose fuqi për ta bërë këtë.
 Profeti ﷺ ishte i kujdesshëm për t'i hequr të gjitha gjurmët e xhahilietit (kohës para se të vinte Profeti), si: imazhet (frymore), statujat dhe ndërtimin mbi varre.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5934</t>
   </si>
   <si>
+    <t>الحلف منفقة للسلعة، ممحقة للربح</t>
+  </si>
+  <si>
+    <t>“Betimi (në tregti) mundëson shitjen e produktit, por e zhduk bereqetin.”</t>
+  </si>
+  <si>
+    <t>عَن أَبي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «الْحَلِفُ مَنْفَقَةٌ لِلسِّلْعَةِ، مَمْحَقَةٌ لِلرِّبْحِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon: “E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Betimi (në tregti) mundëson shitjen e produktit, por e zhduk bereqetin.”</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الحَلِف والإكثار منه حتى لو كان صادقًا في البيع والشراء، وأخبر أنه سبب لِرَوَاج السلعة والمتاع، لكنه نَقْصٌ وإبطال لبركة الربح والكسب، وقد يُسلِّط الله تعالى عليه وُجوهًا يَتْلَف فيها إما سَرْقًا أو حَرْقًا أو غَرَقًا أو غصبًا أو نهبًا أو عوارض أخرى يتلف بها ماله.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka paralajmëruar kundër betimit dhe përsëritjes së tij të shpeshtë, edhe nëse njeriu është i sinqertë gjatë shitblerjes. Ai ka treguar se një gjë e tillë mund të ndihmojë në shitjen e mallit dhe në promovimin e tij, por në të vërtetë e pakëson dhe ia zhduk bereqetin fitimit. Allahu i Lartësuar mund ta shkatërrojë këtë pasuri në forma të ndryshme: përmes vjedhjes, zjarrit, fundosjes, konfiskimit, plaçkitjes ose në çfarëdo mënyre tjetër që e çon në humbjen e pasurisë së njeriut.</t>
+  </si>
+  <si>
+    <t>تعظيم أمر الحلف بالله، وأنه لا يكون إلا لحاجة.
+الكسب الحرام وإن كَثُرَت كَمِّيّته؛ فإنه مَنزوع البركة لا خير فيه.
+قال القاري: ذهاب بركة المكسوب؛ إما بتلف يلحقه في ماله، أو بإنفاقه في غير ما يعود نفعه إليه في العاجل أو ثوابه في الآجل، أو بقي عنده وحُرِم نفعه، أو وَرِثَه مَن لا يَحْمَدُه.
+قال النووي: فيه النهي عن كثرة الحلف في البيع، فإن الحلف من غير حاجة مكروه، وينضم إليه ترويج السلعة، وربما اغترَّ المشتري باليمين.
+كثرة الحلف نقص في الإيمان، ونقص في التوحيد؛ لأن كثرة الحلف تفضي إلى شيئين: أحدهما: التساهل في ذلك وعدم المبالاة، والأمر الثاني: الكذب، فإن من كثرت أيمانه وقع في الكذب، فينبغي التَّقَلُّلُ من ذلك وعدم الإكثار من الأيمان، ولهذا قال سبحانه: (وَاحْفَظُوا أَيْمَانَكُمْ) [المائدة:89].</t>
+  </si>
+  <si>
+    <t>Madhështia e betimit në emër të Allahut dhe se ai duhet bërë vetëm kur është i domosdoshëm.
+Fitimi i ndaluar, edhe nëse është i madh në sasi, është i privuar nga begatia dhe i zbrazët nga e mira.
+El Kariu ka thënë: "Humbja e begatisë në pasurinë e fituar mund të ndodhë përmes shkatërrimit, që e godet atë pasuri, përmes shpenzimit në mënyra që nuk i sjellin asnjë dobi në këtë botë e as shpërblim në botën tjetër; ose mbetet me të, por ai privohet nga përfitimi i saj; ose e trashëgon dikush që nuk e vlerëson."
+Neveviu ka thënë: "Prej dobive të këtij hadithi është ndalimi i betimit të shpeshtë në shitblerje, pasi betimi pa nevojë është i qortuar. Për më tepër, ai e promovon mallin, ndërsa blerësi mund të mashtrohet nga betimi."
+Betimi i shpeshtë është mangësi në besim dhe mangësi në teuhid, sepse betimi i tepërt çon në dy gjëra: E para, në pakujdesi dhe moskokëçarje ndaj kësaj çështjeje. E dyta, në gënjeshtër, sepse ai që betohet shpesh rrezikon të bie në gënjeshtër. Prandaj, njeriu duhet ta minimizojë këtë dhe të përmbahet nga betimi i tepërt, e për këtë Allahu i Lartësuar thotë: "Por ruajini betimet tuaja!" (El Maide, 89)</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5936</t>
+  </si>
+  <si>
     <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>“Nuk ka besuar ndokush prej jush derisa të më dojë mua më shumë sesa prindin, fëmijën dhe të gjithë njerëzit e tjerë.”</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Enesi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Nuk ka besuar ndokush prej jush derisa të më dojë mua më shumë sesa prindin, fëmijën dhe të gjithë njerëzit e tjerë.”</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ në këtë hadith na tregon se një musliman nuk është besimplotë derisa t'i japë përparësi dashurisë për të Dërguarin e Allahut ﷺ kundrejt dashurisë ndaj nënës, babait, djalit, vajzës dhe të gjithë njerëzve. Kjo dashuri e bën të domosdoshme që t'i bindesh Profetit ﷺ, ta ndihmosh dhe të mos e kundërshtosh.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Është obligim që i Dërguari ﷺ të duhet dhe t'i jepet përparësi kësaj dashurie ndaj dashurisë së çdo krijese.
 Shenjë e dashurisë së përsosur është përkrahja e Sunetit të të Dërguarit të Allahut ﷺ dhe sakrifikimi i jetës dhe pasurisë për këtë.
 Dashuria për të Dërguarin ﷺ nënkupton t'i bindemi në atë që na urdhëron, t'i besojmë asaj që na tregon, t'i largohemi asaj që na qorton dhe ndalon e ta ndjekim e t'i braktisim bidatet (risitë në fe), nga të cilat na paralajmëron.
 E drejta e Profetit ﷺ është më e madhe se e të gjithë njerëzve, sepse ishte shkak që ne të udhëzoheshim e të shpëtonim nga devijimi, si dhe të na shpëtonte nga Xhehenemi e ta fitonim Xhenetin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5953</t>
+  </si>
+  <si>
+    <t>لا تسبوا الريح، فإذا رأيتم ما تكرهون فقولوا: اللهم إنا نسألك من خير هذه الريح وخير ما فيها وخير ما أمرت به، ونعوذ بك من شر هذه الريح وشر ما فيها وشر ما أمرت به</t>
+  </si>
+  <si>
+    <t>“Mos e mallkoni erën. Nëse shihni prej saj diçka që nuk e pëlqeni, atëherë thoni: "O Allah, të kërkojmë prej Teje të mirën e kësaj ere, të mirën që gjendet në të dhe të mirën me të cilën është urdhëruar. Dhe kërkojmë mbrojtje tek Ti nga e keqja e kësaj ere, nga e keqja që gjendet në të dhe nga e keqja me të cilën është urdhëruar.’”</t>
+  </si>
+  <si>
+    <t>عَنْ أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا الرِّيحَ، فَإِذَا رَأَيْتُمْ مَا تَكْرَهُونَ فَقُولُوا: اللَّهُمَّ إِنَّا نَسْأَلُكَ مِنْ خَيْرِ هَذِهِ الرِّيحِ وَخَيْرِ مَا فِيهَا وَخَيْرِ مَا أُمِرَتْ بِهِ، وَنَعُوذُ بِكَ مِنْ شَرِّ هَذِهِ الرِّيحِ وَشَرِّ مَا فِيهَا وَشَرِّ مَا أُمِرَتْ بِهِ».</t>
+  </si>
+  <si>
+    <t>Ubej ibn Kabi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Mos e mallkoni erën. Nëse shihni prej saj diçka që nuk e pëlqeni, atëherë thoni: "O Allah, të kërkojmë prej Teje të mirën e kësaj ere, të mirën që gjendet në të dhe të mirën me të cilën është urdhëruar. Dhe kërkojmë mbrojtje tek Ti nga e keqja e kësaj ere, nga e keqja që gjendet në të dhe nga e keqja me të cilën është urdhëruar.’”</t>
+  </si>
+  <si>
+    <t>نَهَى صلى الله عليه وسلم عن شَتْم أو لَعْن الريح، فإنها مأمورة من خالقها، تأتي بالرحمة وبالعذاب، وسَبُّها سَبٌّ لله خالقِها، وتَسَخُّط على قضائه، ثم أَرْشَد صلى الله عليه وسلم إلى الرجوع إلى الله خالقها بسؤاله من خيرها وخير ما فيها وخير ما أُرسلت كإتيانها بالمطر ونقل اللِّقَاح ونحوه، والاستعاذة بالله من شرها وشر ما فيها وشر ما أرسلت به كإتلاف النبات والشجر وهلاك الماشية وهدم الأبنية، ونحوه، وفي سؤال الله ذلك تحقيق للعبودية لله.</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ e ndaloi fyerjen dhe mallkimin e erës, sepse ajo është e urdhëruar nga Krijuesi i saj. Ajo vjen si me mëshirë, ashtu edhe me ndëshkim, dhe mallkimi i saj është njësoj si mallkimi i Allahut, Krijuesit të saj, dhe shprehje e pakënaqësisë ndaj caktimit të Tij. Pastaj, i Dërguari i Allahut ﷺ na udhëzoi që t’i drejtohemi Allahut, Krijuesit të saj, duke i kërkuar prej Tij të mirën e erës, të mirën që gjendet në të dhe të mirën për të cilën është dërguar, siç është sjellja e shiut apo bartja e polenit dhe dobi të ngjashme. Po ashtu, na mësoi të kërkojmë mbrojtje te Allahu nga e keqja e saj, nga e keqja që gjendet në të dhe nga e keqja për të cilën është dërguar, siç është shkatërrimi i të mbjellave, i pemëve, i bagëtive, rrëzimi i ndërtesave e të ngjashme. Kërkimi i Allahut në këtë formë është pohim i robërisë dhe nënshtrimit ndaj Tij.</t>
+  </si>
+  <si>
+    <t>النهي عن سب الريح؛ لأنها خَلْقٌ مُدَبَّرٌ، فيَرْجِعُ السَّبُّ إلى خالقها ومُدَبِّرِها، وهو نقص في التوحيد.
+الرجوع إلى الله والاستعاذة به من شر ما خلق.
+الريح تكون مأمورة بالخير، وتكون مأمورة بالشر.
+قال ابن باز: سب الريح من جملة المعاصي؛ لأنها مخلوق مدبر ترسل بالخير والشر؛ فلا يجوز سبُّها، ولا يقال: لعن الله الريح، أو قاتل الله الريح، أو لا بارك الله في هذه الريح، أو ما أشبه ذلك، بل يعمل المؤمن ما أرشد إليه النبي صلى الله عليه وسلم.
+يقاس على الريح في تحريم الشَّتْم والسب ما يتعلق بالحر والبرد والشمس والغبار وغير ذلك مما هو من خَلْق الله وتصريفه.</t>
+  </si>
+  <si>
+    <t>Ndalimi i mallkimit të erës është për shkak se ajo është një krijesë e cila drejtohet nga urdhri hyjnor. Për pasojë, mallkimi i saj në fund kthehet te Krijuesi dhe Rregulluesi i saj, gjë që shfaq mangësi në teuhid.
+Kthimi tek Allahu dhe të kërkimi mbrojtje prej Tij nga e keqja e asaj që Ai ka krijuar.
+Era mund të urdhërohet të sjellë të mira, dhe mund të urdhërohet gjithashtu të sjellë të këqija.
+Ibn Bazi ka thënë: "Mallkimi i erës bën pjesë te mëkatet, ngase ajo është krijesë e cila drejtohet me urdhër hyjnor dhe është dërguar si me të mira, ashtu edhe me të këqija. Për këtë arsye, nuk lejohet të fyhet, e as të thuhet: “Allahu e mallkoftë erën”, ose “Allahu e luftoftë erën”, ose “Allahu mos e bekoftë këtë erë”, apo diçka e ngjashme. Përkundrazi, besimtari duhet të veprojë sipas udhëzimit të Profetit ﷺ.
+Ky ndalim i mallkimit dhe fyerjes së erës përfshin gjithashtu edhe gjëra të tjera që lidhen me vapën, të ftohtin, diellin, pluhurin dhe gjithçka tjetër që bën pjesë në krijimin dhe administrimin e Allahut."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5976</t>
+  </si>
+  <si>
+    <t>لا يقل أحدكم: اللهم اغفر لي إن شئت، ارحمني إن شئت، ارزقني إن شئت، وليعزم مسألته، إنه يفعل ما يشاء، لا مكره له</t>
+  </si>
+  <si>
+    <t>“Asnjëri prej jush të mos thotë: “O Allah, më fal, po deshe!”, “Më mëshiro, po deshe!”, ose: “Më furnizo, po deshe!”, por le të jetë i vendosur në lutjen e tij, sepse Ai vepron ç'të dojë dhe nuk ka kush e detyron Atë.”</t>
+  </si>
+  <si>
+    <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «لاَ يَقُلْ أَحَدُكُمْ: اللَّهُمَّ اغْفِرْ لِي إِنْ شِئْتَ، ارْحَمْنِي إِنْ شِئْتَ، ارْزُقْنِي إِنْ شِئْتَ، وَليَعْزِمْ مَسْأَلَتَهُ، إِنَّهُ يَفْعَلُ مَا يَشَاءُ، لاَ مُكْرِهَ لَهُ».
+ولمسلم: «وَلَكِنْ لِيَعْزِمِ الْمَسْأَلَةَ وَلْيُعَظِّمِ الرَّغْبَةَ، فَإِنَّ اللهَ لَا يَتَعَاظَمُهُ شَيْءٌ أَعْطَاهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Asnjëri prej jush të mos thotë: “O Allah, më fal, po deshe!”, “Më mëshiro, po deshe!”, ose: “Më furnizo, po deshe!”, por le të jetë i vendosur në lutjen e tij, sepse Ai vepron ç'të dojë dhe nuk ka kush e detyron Atë.”</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن تَعْلِيْق الدعاء بشيء حتى لو كان بمشيئة الله؛ فإن ذلك أمر معلوم مُتَيَقَّن أنه لا يغفر إلا أن يشاء سبحانه، ولا معنى لاشتراط المشيئة؛ لأنها إنما تشترط فيمن يصح منه أن يفعل دون أن يشاء بالإكراه وغيره مما تنزه الله سبحانه عنه، وقد بين ذلك صلى الله عليه وسلم في آخر الحديث بقوله فإنه لا مُكْرِه له، كما أن الله لا يَتَعَاظَمُه شيء أعطاه وليس بعاجز ولا يكبُر عليه شيء حتى يقال: إن شئت، وتعليقه بالمشيئة نوع من الاستغناء عن مغفرته، فقول القائل: إن شئت أن تعطيني كذا فافعل، لا يستعمل هذا إلا مع الغنى عنه أو مع العاجز، وأما مع القادر ومع الاضطرار إليه والحاجة إليه فإنه يَعزم مسألته، ويَسأل سؤال فقير مضطر إلى ما سأله، ويلجأ إلى الله؛ لأنه الغني الكامل، القادر على كل شيء.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e ndaloi që lutja të kushtëzohet me diçka, edhe nëse ndërlidhet me dëshirën e Allahut, sepse është e ditur me siguri se Ai nuk fal veçse me dëshirën e Tij. Nuk ka kuptim që njeriu ta kushtëzojë lutjen e tij me dëshirën e vullnetin e Allahut, sepse ky kushtëzim vlen vetëm për dikë që mund të detyrohet të bëjë diçka kundër vullnetit të tij, gjë nga e cila Allahu është i lartësuar pafundësisht. Profeti ﷺ e sqaroi këtë në fund të hadithit, duke thënë se askush nuk mund ta detyrojë Allahun. Për më tepër, për Allahun nuk është e madhe çfarëdo që jep. Ai nuk është i paaftë për asgjë, as nuk ekziston diçka aq e madhe sa të thuhet: “Nëse Ti do.” Kushtëzimi i lutjes me dëshirën dhe vullnetin e Allahut përbën një lloj vetëmjaftueshmërie përballë faljes së Tij. Shprehja: “Nëse Ti do të ma japësh këtë apo atë, atëherë ma jep” përdoret vetëm kur i drejtohesh dikujt që ose nuk ke nevojë për të, ose është i paaftë të ta japë. Por, kur i drejtohesh Atij që është i Plotfuqishëm dhe prej të Cilit je i varur, atëherë duhet të jesh i vendosur në kërkesën tënde, të lutesh me përulësi, të kërkosh nevojat e tua dhe të mbështetesh tek Allahu, sepse Ai është i Pavaruri, i Përkryeri dhe i Gjithëfuqishmi mbi çdo gjë.</t>
+  </si>
+  <si>
+    <t>النهي عن تعليق الدعاء بالمشيئة.
+تنزيه الله عما لا يليق به، وسعة فضله، وكمال غناه، وكرمه وجوده سبحانه وتعالى.
+إثبات الكمال لله عز وجل.
+تعظيم الرغبة فيما عند الله وحسن الظن به سبحانه.
+يقع من بعض الناس تعليق الدعاء بالمشيئة وهم لا يشعرون، مثل قول: جزاك الله خيرًا إن شاء الله، الله يرحمه إن شاء الله، فهذا لا يجوز لحديث الباب.</t>
+  </si>
+  <si>
+    <t>Është e ndaluar që lutja të kushtëzohet me dëshirën hyjnore.
+Kjo nënkupton dëlirësimin dhe lartësimin e Allahut mbi çdo gjë që nuk i takon Atij dhe shfaqjen e mëshirës së Tij të gjerë, vetëmjaftueshmërisë së plotë, bujarisë dhe dhuntisë së Tij.
+Pohimi i përsosmërisë së Allahut të Lartmadhëruar.
+Duhet të kemi një dëshirë të madhe për atë që është tek Allahu dhe të kemi mendim të mirë për Të.
+Disa njerëz, pa e kuptuar, e kushtëzojnë lutjen me dëshirën e Allahut, si p.sh. të thonë: “Allahu të shpërbleftë me të mira, nëse do Allahu” ose “Allahu e mëshiroftë, nëse do Allahu”. Kjo nuk është e lejuar për shkak të hadithit përkatës.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/5978</t>
   </si>
   <si>
     <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>Nuk është sipas udhëzimit tonë ai që bën tetajur (beson në ogure të zeza) ose bëhet për të tetajur, e as ai që bën fall ose shkon tek ai që bën fall, e as ai që bën magji ose bëhet për të magji</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>Imran ibn Husajni (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Nuk është sipas udhëzimit tonë ai që bën tetajur (beson në ogure të zeza) ose bëhet për të tetajur, e as ai që bën fall ose shkon tek ai që bën fall, e as ai që bën magji ose bëhet për të magji dhe as ai që lidh nyja. Ai që shkon te falltari dhe i beson asaj që thotë, ka mohuar atë që i ka zbritur Muhamedit ﷺ."</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith i kërcënoi ata nga umeti i tij që bënin disa vepra, duke thënë: “Nuk është sipas udhëzimit tonë”, prej të cilave theksojmë:
 E para: "Ai që bën tetajur (beson në ogure të zeza) ose bëhet për të tetajur.“ Origjina e kësaj është: lëshimi i zogut kur fillon një veprim, si: udhëtimi, tregtia ose ndonjë gjë tjetër; nëse fluturon në të djathtë, ai bëhet optimist dhe vazhdon ta bëjë atë që dëshiron, e, nëse fluturon në të majtë, ai bëhet pesimist dhe heq dorë nga ajo që dëshiron. Andaj, nuk i lejohet që ta bëjë këtë vetë e as të autorizojë ndokënd të bëjë këtë gjë për të. Në këtë pikë përfshihet pesimizmi për çdo gjë, qoftë që dëgjohet, qoftë që shihet, qofshin zogj, qofshin kafshë, qofshin njerëz me aftësi të kufizuara, numra, ditë e çdo gjë tjetër.
 E dyta: “E as ai që bën fall ose shkon tek ai që bën fall.” Pra, kushdo që pretendon se e di të fshehtën duke përdorur yjet dhe gjëra të tjera ose shkon te ndokush që pretendon se e di të fshehtën, bie fjala, shkon te ndonjë falltar e të ngjashëm dhe i beson pretendimit që thotë se e di të fshehtën, e ka mohuar atë që i ka zbritur Muhamedit ﷺ.
 E treta: “E as ai që bën magji ose bëhet për të magji.” Pra, që ai vetë të bëjë magji ose ta porositë dikë që të bëjë magji për të, kësisoj të përfitojë ose të dëmtohet ndokush prej saj. Ose lidh nyja me fije për të bërë magji, ku i lexon në to magjitë e ndaluara dhe fryn në to.</t>
   </si>
@@ -9089,50 +13651,161 @@
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Ai që mëson një degë të astrologjisë, ka mësuar një degë të magjisë. Sa herë që e shton (mësimin e së parës), e shton (mësimin e së dytës)."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e sqaron se kushdo që mëson dhe merr njohuri rreth astrologjisë dhe argumentohet me lëvizjet, hyrjet e daljet e yjeve për ngjarjet tokësore, siç është vdekja e filanit, jeta ose sëmundja e tij dhe gjërat e tjera që do të ndodhin në të ardhmen, veçse ka mësuar një pjesë të magjisë, ku sa më shumë që njeriu të shtojë nga kjo dituri, aq më shumë e ka mësuar magjinë.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Ndalimi i astrologjisë, që nënkupton parashikimin e së ardhmes duke vëzhguar vendosjen e trupave qiellorë, sepse kjo është prej pretendimit të njohjes së gajbit (të së fshehtës).
 Astrologjia e ndaluar është një nga llojet e magjisë që bie ndesh me teuhidin (monoteizmin), ndryshe nga vëzhgimi i yjeve për të përcaktuar drejtimet, kiblen (për namaz) ose ardhjen e stinëve dhe muajve, që është e lejuar.
 Sa më shumë që ai e mëson astrologjinë, aq më shumë i mëson degët e magjisë.
 Yjet kanë tri dobi, të cilat i ka përmendur Allahu në Librin e Tij: stoli për qiellin, shenja përmes të cilave orientohen njerëzit dhe predha për t'i larguar shejtanët.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/5989</t>
+  </si>
+  <si>
+    <t>رغم أنف رجل ذكرت عنده فلم يصل علي، ورغم أنف رجل دخل عليه رمضان ثم انسلخ قبل أن يغفر له، ورغم أنف رجل أدرك عنده أبواه الكبر فلم يدخلاه الجنة</t>
+  </si>
+  <si>
+    <t>“I poshtëruar qoftë ai njeri, tek i cili përmendem dhe nuk dërgon salavat mbi mua. I poshtëruar qoftë ai njeri që e arrin muajin Ramazan e pastaj ai kalon pa iu falur mëkatet. I poshtëruar qoftë ai njeri njeri që i ka prindërit gjallë në pleqëri e nuk bëhen shkak që ai të hyjë në Xhenet.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «رَغِمَ أَنْفُ رَجُلٍ ذُكِرْتُ عِنْدَهُ فَلَمْ يُصَلِّ عَلَيَّ، وَرَغِمَ أَنْفُ رَجُلٍ دَخَلَ عَلَيْهِ رَمَضَانُ ثُمَّ انْسَلَخَ قَبْلَ أَنْ يُغْفَرَ لَهُ، وَرَغِمَ أَنْفُ رَجُلٍ أَدْرَكَ عِنْدَهُ أَبَوَاهُ الكِبَرَ فَلَمْ يُدْخِلاَهُ الجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “I poshtëruar qoftë ai njeri, tek i cili përmendem dhe nuk dërgon salavat mbi mua. I poshtëruar qoftë ai njeri që e arrin muajin Ramazan e pastaj ai kalon pa iu falur mëkatet. I poshtëruar qoftë ai njeri njeri që i ka prindërit gjallë në pleqëri e nuk bëhen shkak që ai të hyjë në Xhenet.”</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم على ثلاثة أصناف بإلصاق أُنُوْفِهِم بالتراب من الذُّلِّ والهوان والخسارة:
+ الصنف الأول: مَن ذُكِر عنده النبيُّ صلى الله عليه وسلم فلم يُصَلِّ عليه بقوله: صلى الله عليه وسلم أو نحوها.
+الثاني: من أدرك شهر رمضان ثم انقضى الشهر قبل أن يُغفر له لتقصيره في فعل الطاعة.
+الثالث: رجل أدرك أبويه عنده الكِبَرِ فلم يكونا سببًا في دخوله الجنة لعقوقه وتقصيره في حقِّهما.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka bërë lutje kundër tre llojeve të njerëzve, që hundët e tyre të ngjiten në pluhur, si shenjë poshtërimi, turpërimi dhe humbjeje: Lloji i parë: Ai në praninë e të cilit përmendet Profeti ﷺ, por ai nuk dërgon salavate mbi të, duke thënë: "Sal-lallahu alejhi ue selem" ose ngjashëm me këtë. Lloji i dytë: Ai që e arrin muajin Ramazan dhe pastaj ky muaj i kalon pa iu falur, për shkak të pakujdesisë së tij në kryerjen e veprave të bindjes ndaj Allahut. Lloji i tretë: Ai njeri, të cilit prindërit i arrijnë pleqërinë pranë tij, por ata nuk bëhen shkak që ai të hyjë në Xhenet, për shkak të mosbindjes dhe neglizhencës së tij në përmbushjen e të drejtave të tyre.</t>
+  </si>
+  <si>
+    <t>قال السندي: والحاصل أن كل واحد من هؤلاء قد وجد ما لولا التقصير منه لنال به حظًا وافرًا من الخير، فحيث قصر حتى فات عنه ذلك فقد خاب وخسر.
+الحث على الصلاة على النبي صلى الله عليه وسلم كلما ذكر اسمه.
+الحث على الاجتهاد والتشمير للعبادة في شهر رمضان.
+الحث على الاجتهاد في بر الوالدين وإكرامهما، خصوصًا عند الكبر.</t>
+  </si>
+  <si>
+    <t>Sindiu ka thënë: "Në përfundim, secili prej këtyre njerëzve ka pasur një mundësi, dhe sikur të mos ishte pakujdesia e tyre, ata do të kishin fituar një pjesë të madhe të mirësisë. Meqë u treguan të mangët dhe e humbën atë, ata vërtet kanë dështuar dhe kanë pësuar humbje."
+Ky hadith inkurajon për Dërgimin e salavateve mbi Profetin ﷺ sa herë që përmendet emri i tij.
+Angazhimin dhe përkushtimin në adhurim gjatë muajit Ramazan.
+Kujdesin dhe zellin në respektimin e prindërve dhe nderimin e tyre, sidomos në pleqëri.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6014</t>
+  </si>
+  <si>
+    <t>لا صام من صام الدهر، صوم ثلاثة أيام صوم الدهر كله</t>
+  </si>
+  <si>
+    <t>Ai që agjëron gjatë gjithë kohës, nuk agjëron. Agjërimi i tri ditëve (në muaj) është sikurse agjërimi i tërë vitit”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدَ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّكَ لَتَصُومُ الدَّهْرَ، وَتَقُومُ اللَّيْلَ؟»، فَقُلْتُ: نَعَمْ، قَالَ: «إِنَّكَ إِذَا فَعَلْتَ ذَلِكَ هَجَمَتْ لَهُ العَيْنُ، وَنَفِهَتْ لَهُ النَّفْسُ، لاَ صَامَ مَنْ صَامَ الدَّهْرَ، صَوْمُ ثَلاَثَةِ أَيَّامٍ صَوْمُ الدَّهْرِ كُلِّهِ»، قُلْتُ: فَإِنِّي أُطِيقُ أَكْثَرَ مِنْ ذَلِكَ، قَالَ: «فَصُمْ صَوْمَ دَاوُدَ عَلَيْهِ السَّلاَمُ، كَانَ يَصُومُ يَوْمًا وَيُفْطِرُ يَوْمًا، وَلاَ يَفِرُّ إِذَا لاَقَى».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Amr ibn Asi (Allahu qoftë i kënaqur me të dy!) transmeton se Profeti ﷺ i tha: “Agjëron tërë kohën dhe falesh tërë natën?” - Po, - i thashë. - “Nëse vepron kështu, do të të thahen sytë dhe do të të lodhet shpirti. Ai që agjëron gjatë gjithë kohës, nuk agjëron. Agjërimi i tri ditëve (në muaj) është sikurse agjërimi i tërë vitit”, - tha ai. - Unë mundem më shumë se kaq, - i thashë. - “Agjëro sikurse Davudi (alejhi selam), i cili një ditë agjëronte, një ditë hante dhe nuk ikte kur e takonte armikun”, - tha Profeti ﷺ.</t>
+  </si>
+  <si>
+    <t>بَلَغَ النبيَّ صلى الله عليه وسلم أنَّ عبدَ الله بن عمرو رضي الله عنهما كان يَسْرُدُ الصومَ ولا يُفطر طوال السنة، ويصلي الليل كله ولا ينام، فنهاه عن ذلك وقال له: صم وأفطر، وقم ونم.
+ونهاه عن سَرْدِ الصيام وقيام الليل كله، وقال له: إنك إن فعلت ذلك ضَعُفَتْ له عينُك وغارَتْ ودَخَلَتْ، ونَفِهَتْ له نفسُك وتَعبِتْ وكَلَّتْ؛ فلا صام من صام السنة؛ حيث إنه لم يحصل على أجر الصوم لمخالفة النهي، ولم يفطر لأنه أمسك. 
+ثم أرشده إلى صيام ثلاثة أيام من كل شهر فهو صوم السنة؛ لأن كل يوم بعشرة أيام وهو أقل المضاعفة للحسنة. 
+فقال عبدالله: إني أستطيع أكثر من ذلك.
+قال صلى الله عليه وسلم: إذن فصم صوم داود عليه السلام وهو أفضل الصيام، كان يصوم يومًا ويفطر يومًا، وكان لا يَفِرُّ إذا لاقى العدو؛ لأن طريقة صومه لم تُضعِفْ بدنَه.</t>
+  </si>
+  <si>
+    <t>Profetit ﷺ i erdhi lajmi se Abdullah ibn Amri (Allahu qoftë i kënaqur me të dy!) agjëronte pandërprerë gjatë gjithë vitit, pa e ndërprerë agjërimin, dhe falej tërë natën pa fjetur. Atëherë ai e ndaloi nga kjo dhe i tha: “Agjëro e ndërprite agjërimin, falu e fli!” E ndaloi nga agjërimi i pandërprerë dhe nga qëndrimi në namaz gjithë natën, duke i thënë: “Nëse vepron kështu, sytë e tu do të dobësohen e do të fundosen, dhe shpirti yt do të lodhet e rraskapitet.” Ai që agjëron gjithë vitin në të vërtetë nuk ka agjëruar, sepse nuk e merr shpërblimin e agjërimit, për shkak se bie ndesh me ndalesën, dhe nuk e përjeton as dobinë e iftarit, ngase gjithmonë është i përmbajtur. Më pas, i tregoi se mjafton të agjërojë tre ditë çdo muaj, pasi kjo është e barabartë me agjërimin e gjithë vitit, ngase çdo ditë shpërblehet me dhjetë, që është minimumi i shumëfishimit të një vepre të mirë. Abdullahu tha: “Unë mundem më shumë se kaq.” Atëherë Profeti ﷺ tha: Atëherë agjëro si agjërimi i Davudit (alejhi selam!). Ai është agjërimi më i mirë, sepse ai agjëronte një ditë e hante një ditë, dhe nuk ikte kur përballej me armikun, ngase mënyra e tij e agjërimit nuk ia dobësonte trupin.</t>
+  </si>
+  <si>
+    <t>صيام ثلاثة أيام من كلِّ شهر كصيام السنة كلها، وذلك لأنَّ الحسنة بعشرة أمثالها، فتكون ثلاثين يومًا، فإذا صام من كل شهر ثلاثة أيام فكأنه صام السنة كلَّها.
+من أساليب الدعوة إلى الله الترغيب في العمل وذكر ثوابه وثواب المواظبة عليه.
+قال الخطابي: مُحَصَّل قصة عبد الله بن عمرو أن الله تعالى لم يَتَعَبَّد عبدَه بالصوم خاصة، بل تعبده بأنواع من العبادات، فلو استفرغ جهده لَقَصَّرَ في غيره، فالأولى الاقتصاد فيه ليستبقي بعض القوة لغيره، وقد أشير إلى ذلك بقوله عليه الصلاة والسلام في داود عليه السلام: "وكان لا يفر إذا لاقى"؛ لأنه كان يتقوى بالفطر لأجل الجهاد.
+النهي عن التعمق والتكلف في العبادة، والخير التزام السنة.
+مذهب جمهور أهل العلم كراهية صوم الدهر، ويكون حرامًا إذا شَدَّدَ على نفسه وأَضَرَّ بها وحَمَل عليها، ورَغِبَ عن سنة نبيه صلى الله عليه وسلم، واعتقد أن غير سنته أفضل منها.</t>
+  </si>
+  <si>
+    <t>Agjërimi i tre ditëve në çdo muaj është i barabartë me agjërimin e gjithë vitit, sepse çdo vepër e mirë shpërblehet me dhjetëfish, e kështu ato bëhen tridhjetë ditë. Pra, nëse njeriu agjëron tre ditë në muaj, është sikur të ketë agjëruar gjithë vitin.
+Ndër mënyrat e thirrjes së njerëzve tek Allahu është inkurajimi për të bërë vepra të mira dhe përmendja e shpërblimit të tyre, sidomos kur ato kryhen rregullisht.
+Hatabiu ka thënë: “Në përfundim, ngjarja e Abdullah ibn Amrit, tregon se Allahu i Lartësuar nuk e ka urdhëruar robin e Tij ta adhurojë vetëm me agjërim, por me lloje të ndryshme adhurimesh. Nëse ai lodhet duke u përqendruar vetëm në agjërim, atëherë do të mangësojë në adhurime të tjera. Prandaj, më parësore është të qenët mesatar në agjërim, në mënyrë që njeriu të ketë forcë edhe për lloje të tjera të adhurimit. Këtë e tregon fjala e Profetit ﷺ për Davudin (alejhi selam!): "...nuk ikte kur e takonte armikun", sepse merrte forcë nga prishja e agjërimit për shkak të xhihadit.”
+Ndalohet teprimi dhe mundimi i vetes në adhurim. E tërë e mira gjendet në kapjen fort për Sunetin.
+Shumica e dijetarëve e kanë mbështetur mendimin se është e papëlqyer (mekruh) të agjërohet pa ndërprerje gjatë tërë vitit. Kjo bëhet e ndaluar (haram), nëse njeriu i shkakton vetes lodhje të tepruar, dëmton veten, ose lë pas dore Sunetin e Profetit ﷺ duke menduar se diçka tjetër përveç Sunetit të tij është më e mirë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6017</t>
+  </si>
+  <si>
+    <t>ضع يدك على الذي تألم من جسدك، وقل باسم الله ثلاثا، وقل سبع مرات أعوذ بالله وقدرته من شر ما أجد وأحاذر</t>
+  </si>
+  <si>
+    <t>“Vendose dorën mbi vendin në të cilin ndien dhembje në trupin tënd, thuaj tri herë: "Bismilah", pastaj shtatë herë radhazi: "Eudhu bilahi ve kudratihi min sherri ma exhidu ve uhadhiru (Kërkoj mbrojtjen dhe fuqinë e Allahut ndaj së keqes që ndiej dhe i druhem)!”</t>
+  </si>
+  <si>
+    <t>عَنْ عُثْمَانَ بْنِ أَبِي الْعَاصِ الثَّقَفِيِّ رضي الله عنه أَنَّهُ شَكَا إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَجَعًا يَجِدُهُ فِي جَسَدِهِ مُنْذُ أَسْلَمَ، فَقَالَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ضَعْ يَدَكَ عَلَى الَّذِي تَأَلَّمَ مِنْ جَسَدِكَ، وَقُلْ بِاسْمِ اللهِ ثَلَاثًا، وَقُلْ سَبْعَ مَرَّاتٍ أَعُوذُ بِاللهِ وَقُدْرَتِهِ مِنْ شَرِّ مَا أَجِدُ وَأُحَاذِرُ».</t>
+  </si>
+  <si>
+    <t>Othman ibn Ebi As Thekafiu (Allahu qoftë i kënaqur me të!) tregon se pasi i tregoi të Dërguarit të Allahut ﷺ për një dhembje që ndiente në trupin e tij, qëkur kishte pranuar Islamin, i Dërguari i Allahut ﷺ i tha: “Vendose dorën mbi vendin në të cilin ndien dhembje në trupin tënd, thuaj tri herë: "Bismilah", pastaj shtatë herë radhazi: "Eudhu bilahi ve kudratihi min sherri ma exhidu ve uhadhiru (Kërkoj mbrojtjen dhe fuqinë e Allahut ndaj së keqes që ndiej dhe i druhem)!”</t>
+  </si>
+  <si>
+    <t>أَصابَ عثمانَ بن أبي العاص رضي الله عنه وَجَعٌ كادَ يُهلكه، فأتاه النبيُّ صلى الله عليه وسلم يَعُودُه، وعَلَّمَه دعاءً يَرْفَع اللهُ عنه ما نَزَل به مِن مَرَض؛ وهو أنْ يَضَعَ يدَه على المكان الذي يَشْتَكي، ويقول: (بسم الله) ثلاث مرات، ثم يقول سَبعَ مرات: (أعوذ) وألتجئ وأعتصم وأَتَحَصَّن (بالله وقدرته من شر ما أجد) مِن أَلَمٍ في الوقت الحاضر (وأُحاذِر) وأخاف حصولَه في المستقبل من الحُزْن والخوف، أو مِنْ أنْ يستمرَّ هذا المرض ويَنْتَشر ألمُه بالجَسَد.</t>
+  </si>
+  <si>
+    <t>Othman ibn Ebi Asin (Allahu qoftë i kënaqur me të!) e goditi një dhimbje që gati e çoi në shkatërrim, kësisoj Profeti ﷺ shkoi ta vizitojë dhe ia mësoi një lutje që Allahu t'ia largonte sëmundjen që e kishte goditur. Lutja ishte që ai të vendoste dorën mbi vendin ku ndiente dhimbje dhe të thoshte: "Bismilah" (Me emrin e Allahut) tri herë, pastaj të thoshte shtatë herë: 
+"Kërkoj mbrojtjen dhe fuqinë e Allahut ndaj së keqes që ndiej dhe i druhem." Respektivisht kërkoj strehim tek Allahu dhe fuqia e Tij nga e keqja që ndiej tani prej dhimbjes, në këtë moment të tashëm, dhe ruhem e kam frikë nga ndonjë e keqe që mund të ndodhë në të ardhmen, qoftë prej pikëllimit apo frikës, ose që kjo sëmundje të vazhdojë e të përhapet dhimbja e saj në trup.</t>
+  </si>
+  <si>
+    <t>استحبابُ رُقْيَةِ الإنسانِ نفسَه كما جاء في الحديث.
+الشكوى -من غير تَضَجُّرٍ ولا اعتراض- لا تنافي التوكُّلَ والصبر.
+الدعاء من جُملةِ تَعاطِي الأسباب، ولذا ينبغي التَّقيُّدَ بألفاظِهِ وأعدادِه.
+هذا الدعاء يكونُ لكلِّ أَلَمٍ عُضْوُيٍّ.
+وضع اليد على موضع الألم عند الرقية بهذا الدعاء.</t>
+  </si>
+  <si>
+    <t>Është e pëlqyeshme që njeriu t'i bëjë rukje vetes, siç qëndron në këtë hadith.
+Ankesa, pa treguar shenja pakënaqësie dhe pa kundërshtim (ndaj caktimit hyjnor), nuk bie ndesh me mbështetjen tek Allahu dhe durimin.
+Lutja është një nga mënyrat e marrjes së shkaqeve, prandaj duhet t’i përmbahemi fjalëve dhe numrit të saj.
+Kjo lutje është për çdo dhimbje trupore.
+Vendosja e dorës mbi vendin e dhimbjes gjatë rukjes me këtë lutje.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6018</t>
   </si>
   <si>
     <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>Ndër kushtet që më së shumti meritojnë t'i përmbushni janë ato përmes të cilave ju lejohet afrimi me gratë tuaja</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>Ukbe ibn Amiri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Ndër kushtet që më së shumti meritojnë t'i përmbushni janë ato përmes të cilave ju lejohet afrimi me gratë tuaja."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se kushtet më të rëndësishme që meritojnë të përmbushen janë ato përmes të cilave lejohet të kënaqurit me gruan dhe këto janë kushtet e lejuara që i kërkon gruaja në kontratën e martesës.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
@@ -9173,86 +13846,211 @@
   <si>
     <t>Gjynahet ndahen në gjynahe të mëdha dhe të vogla.
 Shirku është mëkati më i tmerrshëm dhe më i madh.
 Është e ndaluar të sigurohemi nga të papriturat e Allahut të Lartësuar dhe ta humbim shpresën nga mëshira e Tij, meqë këto janë ndër mëkatet më të mëdha.
 Është e lejuar të cilësohet Allahu i Lartësuar me cilësinë e kurthvënies (ar. el mekr), kundrejt kurthaxhinjve. Kjo është një cilësi e përkryer. Ndërkaq, i përçmuar është ai lloj kurthvënieje ndaj atij që nuk e meriton një gjë të tillë.
 Është obligim që robi të jetë ndërmjet frikës dhe shpresës, kur të ketë frikë, të mos i humbë shpresat, sikundërqë kur të shpresojë, të mos sigurohet.
 Pohimi i cilësisë së mëshirës për Allahun e Lartësuar, ashtu siç i përshtatet madhërisë së Tij.
 Është obligim të kemi mendim të mirë për Allahun e Lartmadhëruar.</t>
   </si>
   <si>
     <t>إسناده صحيح</t>
   </si>
   <si>
     <t>رواه عبد الرزاق</t>
   </si>
   <si>
     <t>[Senedi i këtij hadithi është sahih (i shëndoshë)]</t>
   </si>
   <si>
     <t>[E shënon Abdurrezzaku]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6049</t>
   </si>
   <si>
+    <t>ألا أدلكما على خير مما سألتما؟ إذا أخذتما مضاجعكما أو أويتما إلى فراشكما فسبحا ثلاثا وثلاثين، واحمدا ثلاثا وثلاثين، وكبرا أربعا وثلاثين، فهو خير لكما من خادم</t>
+  </si>
+  <si>
+    <t>A doni t'ju mësoj diçka më të mirë se ajo që më keni kërkuar? Kur të shtriheni për të fjetur, bëni tesbih (thoni: Subhanallah) tridhjetë e tri herë, falënderoni (thoni: Elhamdulilah) tridhjetë e tri herë dhe bëni tekbir (thoni: Allahu ekber) tridhjetë e katër herë. Kjo është më mirë për ju sesa një shërbëtor.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَلِيٍّ رضي الله عنه: أَنَّ فَاطِمَةَ رَضيَ اللهُ عنْها أَتَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَشْكُو إِلَيْهِ مَا تَلْقَى فِي يَدِهَا مِنَ الرَّحَى، وَبَلَغَهَا أَنَّهُ جَاءَهُ رَقِيقٌ، فَلَمْ تُصَادِفْهُ، فَذَكَرَتْ ذَلِكَ لِعَائِشَةَ، فَلَمَّا جَاءَ أَخْبَرَتْهُ عَائِشَةُ، قَالَ: فَجَاءَنَا وَقَدْ أَخَذْنَا مَضَاجِعَنَا، فَذَهَبْنَا نَقُومُ، فَقَالَ: «عَلَى مَكَانِكُمَا» فَجَاءَ فَقَعَدَ بَيْنِي وَبَيْنَهَا، حَتَّى وَجَدْتُ بَرْدَ قَدَمَيْهِ عَلَى بَطْنِي، فَقَالَ: «أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ».</t>
+  </si>
+  <si>
+    <t>Aliu (Allahu qoftë i kënaqur me të) tregon se Fatimja u ankua për dhimbjen e dorës nga mulliri dhe mori vesh se Profetit ﷺ i kishin sjellë një rob. Kështu, ajo shkoi t'i kërkonte një shërbëtor, por, pasi nuk e gjeti aty, ia përmendi Aishes. Kur Profeti ﷺ u kthye, Aishja ia përmendi. Pastaj Profeti ﷺ erdhi te ne, ndërkohë që ishim shtrirë për të fjetur. Ne deshëm të çohemi, po ai na tha: “Qëndroni aty ku jeni.” Ai u afrua dhe u ul mes meje e saj, saqë ndjeva të ftohtët e këmbëve të tij në barkun tim dhe na tha: “A doni t'ju mësoj diçka më të mirë se ajo që më keni kërkuar? Kur të shtriheni për të fjetur, bëni tesbih (thoni: Subhanallah) tridhjetë e tri herë, falënderoni (thoni: Elhamdulilah) tridhjetë e tri herë dhe bëni tekbir (thoni: Allahu ekber) tridhjetë e katër herë. Kjo është më mirë për ju sesa një shërbëtor.”</t>
+  </si>
+  <si>
+    <t>شَكَتْ فاطمةُ رضي الله عنها بنتُ النبيِّ صلى الله عليه وسلم ما تجدُه في يدها من أَثَرَ آلة الطَّحْنِ مما تطحن، فلما جاء إلى النبي صلى الله عليه وسلم سَبْيٌ، انطلقت إليه تسأله خادمًا من هذا السبي؛ ليقوم مكانَها بأعمال البيت، ولكنها لم تجده في بيته، ووجدتْ عائشةَ رضي الله عنها، فأخبرتها بذلك، 
+فلما جاء صلى الله عليه وسلم أخبرتْه عائشةُ بمجيء فاطمة إليه لتسأله خادمًا، 
+فجاء النبي صلى الله عليه وسلم فاطمة وعليًا رضي الله عنهما في بيتِهما وهما في الفِراش يتهيئان للنوم، فقعد بينهما حتى وجد علي رضي الله عنه برد قدمي النبي صلى الله عليه وسلم على بطنه، وقال: 
+ألا أعلِّمُكما خيرًا مما سألتماني من إعطائكم الخادم؟ 
+قالا بلى، فقال صلى الله عليه وسلم: 
+إذا أخذتما مضاجعكما للنوم من الليل، فكبِّرا أربعًا وثلاثين مرة، بقول: الله أكبر، 
+وسبِّحا ثلاثًا وثلاثين مرة، بقول: سبحان الله، 
+واحْمدَا ثلاثًا وثلاثين، بقول: الحمد لله؛ 
+فهذا الذكر خيرٌ لكما من خادم.</t>
+  </si>
+  <si>
+    <t>Fatimja, e bija e Profetit ﷺ, iu ankua atij për dhimbjen që ndiente nga përdorimi i mjeteve të bluarjes nga ajo që bluante. Kur Profetit ﷺ i sollën një rob, ajo shkoi për t'i kërkuar atij një shërbëtor që ta ndihmonte në punët e shtëpisë. Por, ajo nuk e gjeti Profetin ﷺ në shtëpi, por ja që e takoi Aishen (Allahu qoftë i kënaqur me të!) dhe i tregoi asaj për situatën e saj. Kur erdhi Profeti ﷺ, Aishja i tregoi atij për ardhjen e Fatimes, e cila po i kërkonte një shërbëtor. Atëherë Profeti shkoi ﷺ te Fatimja dhe Aliu (Allahu qoftë i kënaqur me të dytë!) në shtëpinë e tyre, ndërsa ata ishin në shtrat duke u përgatitur për të fjetur. Ai u ul në mes të tyre, saqë Aliu (Allahu qoftë i kënaqur me të)! e ndjeu ftohtësinë e këmbëve të Profetit ﷺ në barkun e tij dhe na tha: A t'ju tregoj diçka më të mirë sesa ajo që më kërkuat për t'ju dhënë një shërbëtor? Ata të dy thanë: "Gjithsesi." Kështu, Profeti ﷺ u tha: Kur të shkoni për të fjetur në gjumin e natës, bëni tesbih (thoni: Subhanallah) tridhjetë e tri herë, bëni tahmid (thoni: Elhamdulilah) tridhjetë e tri herë, dhe bëni tekbir (thoni: Allahu ekber) tridhjetë e katër herë. Ky dhikër është më i mirë për ju sesa një shërbëtor.</t>
+  </si>
+  <si>
+    <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
+هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
+إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
+قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
+قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
+قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
+  </si>
+  <si>
+    <t>Është e rekomanduar që ky dhikër i begatë të thuhet në vazhdimësi, pasi është transmetuar se Aliu (Allahu qoftë i kënaqur me të!) nuk e ka braktisur këtë porosi profetike as në natën e Sifinit.
+Ky dhikër thuhet vetëm gjatë gjumit të natës. Shprehja tekstuale që shënohet te Muslimi, nga transmetimi i Muadhit, nga Shube, qëndron: "Kur të shtriheni për të fjetur gjatë natës."
+Nëse muslimani e harron këtë dhikër në fillim të natës dhe pastaj e kujton në fund të natës, nuk ka gjë ta thotë, sepse Aliu (Allahu qoftë i kënaqur me të!), njëherazi transmetues i hadithit, tregon se e harroi harroi këtë dhikër në natën e Sifinit, në fillim të natës, ku pastaj u kujtua dhe e tha para sabahut.
+Muhelebi ka thënë: "Prej dobive të këtij hadithi përfitojmë se njeriu e detyron familjen e tij të bëjë atë që e detyron veten, duke i dhënë kështu përparësi botës tjetër kundrejt kësaj bote, nëse ata kanë mundësi ta bëjnë këtë."
+Ibn Haxher el Askalani ka thënë: "Ai që e bën këtë dhikër në vazhdimësi, nuk do të dëmtohet nga punët e shumta e as do t'i bëhet e vështirë, edhe nëse lodhet."
+Ajniu ka thënë: "Aspekti i shprehjes "më i mirë", i përmendur në hadith, ose ka të bëjë me dhikrin, që ndërlidhet me botën tjetër, dhe shërbëtorin, që ndërlidhet me këtë botë, e dihet se bota tjetër është më e mirë dhe e përhershme, ose ka të bëjë me faktin e asaj që ajo kërkoi: përmes këtij dhikri të arrijë fuqi, ku ka mundësi të shërbejë e të bëjë punë më shumë sesa ka mundësi të bëjë punë shërbëtori."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6076</t>
+  </si>
+  <si>
+    <t>ما بال أقوام قالوا كذا وكذا؟ لكني أصلي وأنام، وأصوم وأفطر، وأتزوج النساء، فمن رغب عن سنتي فليس مني</t>
+  </si>
+  <si>
+    <t>“Ç'është puna e disave që thanë kështu e ashtu? Unë falem (natën) dhe fle, agjëroj dhe ha, e edhe martohem me gra. Ai që e kundërshton Sunetin tim, nuk është prej meje.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه: أَنَّ نَفَرًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ سَأَلُوا أَزْوَاجَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ عَمَلِهِ فِي السِّرِّ؟ فَقَالَ بَعْضُهُمْ: لَا أَتَزَوَّجُ النِّسَاءَ، وَقَالَ بَعْضُهُمْ: لَا آكُلُ اللَّحْمَ، وَقَالَ بَعْضُهُمْ: لَا أَنَامُ عَلَى فِرَاشٍ، فَحَمِدَ اللهَ وَأَثْنَى عَلَيْهِ، فَقَالَ: «مَا بَالُ أَقْوَامٍ قَالُوا كَذَا وَكَذَا؟ لَكِنِّي أُصَلِّي وَأَنَامُ، وَأَصُومُ وَأُفْطِرُ، وَأَتَزَوَّجُ النِّسَاءَ، فَمَنْ رَغِبَ عَنْ سُنَّتِي فَلَيْسَ مِنِّي».</t>
+  </si>
+  <si>
+    <t>Enesi (Allahu qoftë i kënaqur me të!) tregon: “Disa prej shokëve të Profetit ﷺ i pyetën gratë e tij për adhurimin e tij në vetmi, e dikush tha: “Nuk do të martohem.” Dikush tjetër tha: “Nuk do të ha mish.” Një tjetër tha: “Nuk do të fle në shtrat.” Atëherë i Dërguari i Allahut ﷺ, pasi e falënderoi dhe e lavdëroi Allahun, tha: “Ç'është puna e disave që thanë kështu e ashtu? Unë falem (natën) dhe fle, agjëroj dhe ha, e edhe martohem me gra. Ai që e kundërshton Sunetin tim, nuk është prej meje.”</t>
+  </si>
+  <si>
+    <t>جَاءَ نَفَرٌ من الصحابة رضي الله عنهم إلى بيوت أزواج النبي صلى الله عليه وسلم، يسألون عن عبادته في السر داخل بيته، فلما أُخبروا كأنهم تَقَالُّوها، فقالوا: 
+وأين نحن من النبي صلى الله عليه وسلم؟ قد غُفر له ما تقدم من ذنبه وما تأخر، بخلاف مَن لم يعلم بحصول المغفرة له فيحتاج إلى المبالغة في العبادة عسى أن يَحصُل عليها.
+ثم قال بعضهم: لا أتزوج النساء. 
+وقال بعضهم: لا آكل اللحم.
+وقال بعضهم: لا أنام على فراش.
+فبلغ ذلك النبيَّ صلى الله عليه وسلم، فغضب، وخطب الناس، فحمد الله وأثنى عليه وقال: 
+ما شَأْنُ أقوامٍ قالوا كذا وكذا؟! والله إني لأخشاكم لله وأتقاكم له، لكني أنام لأتقوى على القيام، وأفطر لأتقوَّى على الصوم، وأتزوج النساء، فمن أعرض عن طريقتي ورأى الكمال في غيرها، وأخذ بطريقة غيري فليس مني.</t>
+  </si>
+  <si>
+    <t>Një grup sahabësh (Allahu qoftë i kënaqur me ta!) erdhën te shtëpitë e grave të Profetit ﷺ duke pyetur për adhurimet e tij të fshehta brenda shtëpisë. Kur u njoftuan për to, iu dukën sikur ishin të pakta, prandaj thanë: Ku jemi ne në krahasim me Profetin ﷺ? Atij i janë falur mëkatet e shkuara dhe të ardhshme, ndryshe nga ne, që nuk e dimë nëse na janë falur apo jo, prandaj kemi nevojë të bëjmë më shumë adhurim me shpresë që ta arrijmë faljen. Atëherë njëri prej tyre tha: "Unë nuk do të martohem me gra." Tjetri tha: "Unë nuk do të ha mish." E i fundit tha: "Unë nuk do të fle në shtrat." Kur kjo i arriti Profetit ﷺ, ai u zemërua dhe mbajti një hutbe para njerëzve. Ai e lavdëroi dhe e madhëroi Allahun dhe tha: "Ç’është me disa njerëz që thonë kështu e ashtu? Pasha Allahun, unë jam ai që më së shumti i frikësohem Atij dhe jam më i devotshmi! Por, unë fle për t’u forcuar për namazin e natës, agjëroj e pastaj jo, për të pasur forcë në agjërim, dhe martohem me gra. Kush largohet nga rruga ime, e sheh përsosmërinë diku tjetër dhe ndjek një udhë që nuk është e imja, ai nuk është prej meje."</t>
+  </si>
+  <si>
+    <t>حب الصحابة رضي الله عنهم للخير، ورغبتهم فيه وفى الاقتداء بنبيهم صلى الله عليه وسلم.
+سماحة هذه الشريعة ويسرها، أخذًا من عمل نبيها صلى الله عليه وسلم وهديه.
+الخير والبركة في الاقتداء بالنبي صلى الله عليه وسلم، واتباع أحواله الشريفة.
+الزَّجْر عن التشديد على النفس في العبادات بما لا تطيق، وأن هذا من حال المبتدعين.
+قال ابن حجر: الأخذ بالتشديد في العبادة يُفضي إلى المَلَل القاطِع لأصلها، وملازمة الاقتصار على الفرائض مثلًا، وترك التنفُّل يفضي إلى إيثار البطالة، وعدم النشاط إلى العبادة، وخير الأمور الوسط.
+فيه تتبُّع أحوال الأكابر للتأسِّي بأفعالهم، وأنه إذا تعذَّرت معرفته من الرجال جاز استكشافه من النساء.
+فيه الوعظ وإلقاء مسائل العلم وبيان الأحكام للمكلَّفين، وإزالة الشبهة عن المجتهدين.
+الأمر بالترفُّق في العبادة، مع المحافظة عليها وعلى الفرائض والنوافل؛ ليراعي المسلم حقوق غيره عليه.
+في الحديث دلالة على فضل النكاح والترغيب فيه.</t>
+  </si>
+  <si>
+    <t>Dashuria e sahabëve për të mirën dhe dëshira e tyre për ta arritur atë dhe për të ndjekur shembullin e Profetit të tyre ﷺ.
+Toleranca dhe lehtësia e kësaj feje që bazohet në praktikën dhe udhëzimin e Profetit ﷺ.
+Mirësia dhe begatia qëndrojnë në pasimin e Profetit ﷺ dhe ndjekjen e gjendjeve të tij fisnike.
+Qortimi që vetja të mos ngarkohet tej mase me adhurime, përtej kapacitetit, ngase kjo është prej cilësive të bidatçinjve në fe.
+Ibn Haxheri ka thënë: "Marrja e një qasjeje të tepruar në adhurim çon në mërzitje, e cila mund t'i presë vetë themelet e tij. Për më tepër, kufizimi vetëm në veprat e detyrueshme, për shembull, dhe lënia pas dore e veprave vullnetare, sjell preferimin e përtacisë dhe pasivitetin në kryerjen e adhurimit, ndërsa maturia është më e mira në të gjitha çështjet."
+Kjo tregon rëndësinë e ndjekjes së gjendjeve të njerëzve të mëdhenj, për të marrë shembull prej tyre, dhe nëse është e vështirë të dihet kjo nga burrat, është e lejueshme të mësohet edhe përmes grave.
+Në të përfshihet këshillimi, paraqitja e çështjeve që kanë të bëjnë me diturinë, sqarimi i dispozitave për ata që janë të ngarkuar me përgjegjësi fetare, si dhe largimi i dyshimeve të atyre që përpiqen fort në fe (duke e tepruar).
+Urdhërimi për të qenë i butë e i matur në adhurim, duke e ruajtur adhurimin së bashku me obligimet dhe veprat vullnetare, në mënyrë që muslimani të marrë parasysh të drejtat e të tjerëve ndaj tij.
+Hadithi gjithashtu tregon vlerën e martesës dhe e inkurajon atë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6078</t>
+  </si>
+  <si>
     <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>'Kul huvallahu ehad dhe dy Mbrojtëset (Feleku dhe Nasi) në mëngjes dhe në mbrëmje nga tri herë, të mjaftojnë për çdo gjë</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>Nga Abdullah ibn Hubejbi (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Një natë me shi dhe me erë të fortë, dolëm të kërkonim Pejgamberin (paqja qoftë mbi të!) që të na falte namazin. Kur e gjeta, më tha: 'Thuaj!' Por unë nuk thashë asgjë. Përsëri tha: 'Thuaj!' Por unë nuk thashë asgjë. Ai përsëri tha: 'Thuaj!' Kësaj here unë i thashë: 'Çfarë të them?' Ai tha: 'Kul huvallahu ehad dhe dy Mbrojtëset (Feleku dhe Nasi) në mëngjes dhe në mbrëmje nga tri herë, të mjaftojnë për çdo gjë".</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Sahabiu i madh Abdullah ibn Hubejbi (Allahu qoftë i kënaqur me të!) tregon se ata dolën një natë në të cilën binte shi me rrebesh dhe frynte një erë e fortë për të kërkuar Pejgamberin (paqja qoftë mbi të!) që t'u falte namazin dhe kur e gjetën, Pejgamberi i tha atij: "Thuaj!" d.m.th. këndo! Por, ai nuk këndoi asgjë. Kur Pejgamberi (paqja qoftë mbi të!) i përsëriti fjalët, Abdullahu i tha: "Çfarë të këndoj, o Pejgamber i Allahut?" Pejgamberi (paqja qoftë mbi të!) i tha që të këndonte suren El-Ihlas, suret El-Felek dhe En-Nas në mbrëmje dhe në mëngjes nga tri herë, ngase ato të mbrojnë nga çdo e keqe dhe nga çdo ligësi.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Pëlqehet që suret El-Ihlas, El-Felek dhe En-Nas të këndohen në mëngjes dhe në mbrëmje, ngase ato të mbrojnë nga çdo gjë e keqe.
 Vlera e këndimit të sureve El-Ihlas, El-Felek dhe En-Nas.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6082</t>
+  </si>
+  <si>
+    <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
+  </si>
+  <si>
+    <t>Atë që thotë: 'Bismil-lahi el-ledhi la jedurru measmihi shejun filardi ua la fis-semai ue huves-semiul alim, - Me emrin e Allahut, me të cilin asgjë nuk mund të dëmtojë në tokë dhe në qiell, dhe Ai është Gjithëdëgjuesi, i Gjithëdituri", tri herë, nuk do ta godasë ndonjë fatkeqësi e papritur deri në mëngjes</t>
+  </si>
+  <si>
+    <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
+  </si>
+  <si>
+    <t>Eban ibn Othmani transmeton se e ka dëgjuar Othman ibn Afanin (Allahu qoftë i kënaqur me të!) duke thënë: "E kam dëgjuar të Dërguarin e Allahut ﷺ të thotë: "Atë që thotë: 'Bismil-lahi el-ledhi la jedurru measmihi shejun filardi ua la fis-semai ue huves-semiul alim, - Me emrin e Allahut, me të cilin asgjë nuk mund të dëmtojë në tokë dhe në qiell, dhe Ai është Gjithëdëgjuesi, i Gjithëdituri", tri herë, nuk do ta godasë ndonjë fatkeqësi e papritur deri në mëngjes. Gjithashtu atë që e thotë këtë në mëngjes tri herë, nuk do ta godasë ndonjë fatkeqësi e papritur deri në mbrëmje." Eban ibn Othmanin e godit paraliza, kësisoj njeriu që e kishte dëgjuar këtë hadith prej tij e shikoi (me habi). Atëherë Ebani i tha: "Pse më shikon ashtu? Pasha Allahun, nuk kam gënjyer për Othmanin dhe as Othmani nuk ka gënjyer për Profetin ﷺ, por ditën kur më goditi kjo që më goditi, isha i zemëruar dhe e harrova ta thosha këtë lutje."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
+من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
+فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka sqaruar se kush thotë çdo mëngjes pas lindjes së agimit dhe çdo mbrëmje para perëndimit të diellit, tri herë: "Bismil-lah, - Me emrin e Allahut'' kërkoj ndihmë dhe mbrohem nga çdo gjë që mund të dëmtojë. " me të cilin asgjë nuk mund të dëmtojë", pra, kur të përmendet emri i Tij asgjë nuk mund të të dëmtojë, sado e madhe qoftë ajo "në tokë" apo që del jashtë saj nga fatkeqësitë, qoftë "në qiell", apo nga fatkeqësitë që zbresin prej tij. "Ai është Gjithëdëgjuesi" i fjalëve tona dhe "i Gjithëdituri" për gjendjen tonë (të tillin nuk e godet gjë).
+Atë që e thotë këtë lutje në mbrëmje, nuk do ta godasë fatkeqësia papritur deri në mëngjes, sikurse atë që e thotë atë në mëngjes, nuk do ta godasë fatkeqësia papritur deri në mbrëmje.
+Transmetuesi i hadithit, Eban ibn Othmani u godit nga paraliza (në njërën anë të trupit). Njeriu që e kishte dëgjuar hadithin prej tij e shikonte me habi! Atëherë Ebani i tha: "Pse më shikon kështu?! Pasha Allahun, unë nuk kam gënjyer për Othmanin dhe as Othmani nuk ka gënjyer për Profetin ﷺ. Por atë ditë kur më goditi kjo sëmundje, Allahu nuk kishte caktuar që ta thosha këtë lutje. Më kishte kapluar zemërimi dhe e harrova t’i shqiptoja këto fjalë të përmendura (në këtë lutje)."</t>
+  </si>
+  <si>
+    <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
+قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
+من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
+على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
+  </si>
+  <si>
+    <t>Pëlqehet të thuhet ky dhikër në mëngjes dhe në mbrëmje, që njeriu të jetë i mbrojtur, me lejen e Allahut të Lartësuar, nga fatkeqësitë e papritura, dëmet apo sprovat e ngjashme.
+Bindja e fortë e gjeneratave të para të Islamit ndaj Allahut dhe besimi i tyre i plotë në atë që ka njoftuar i Dërguari i Allahut ﷺ.
+Një nga përfitimet e kufizimit të dhikrit në mëngjes dhe mbrëmje është këputja e shkujdesjes për muslimanin dhe kujdesi i tij i vazhdueshëm se ai është rob i Allahut të Lartësuar.
+Në përpjestim me besimin e atij që e përmend Allahun, përulësinë, praninë e zemrës, sinqeritetin dhe bindjen, do të realizohet ndikimi i dhikrit.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6093</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>'Thuaj, nuk ka të adhuruar tjetër veç Allahut, i Cili është i Vetëm, pa ortak, Allahu është më i Madhi, Atij i takon falënderimi i shumtë, i Pastër është Allahu, Zoti i botëve, nuk ka ndryshim dhe as fuqi veçse nëpërmjet Allahut të Gjithëfuqishmit, të Urtit.'</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Nga Sa'di (Allahu qoftë i kënaqur me të!) përcillet se ka thënë: "Një beduin erdhi te Pejgamberi (paqja qoftë mbi të!) dhe i tha: 'Më mëso disa fjalë që t'i them!' Pejgamberi tha: 'Thuaj, nuk ka të adhuruar tjetër veç Allahut, i Cili është i Vetëm, pa ortak, Allahu është më i Madhi, Atij i takon falënderimi i shumtë, i Pastër është Allahu, Zoti i botëve, nuk ka ndryshim dhe as fuqi veçse nëpërmjet Allahut të Gjithëfuqishmit, të Urtit.' Beduini tha: 'Këto fjalë janë për Zotin tim, po për mua çfarë ka?' Pejgamberi i tha: 'Thuaj: O Allah, më fal, më mëshiro, më udhëzo dhe më furnizo!'"</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
 أي: تَنَزَّهَ وتَقَدَّسَ عن النقص، 
 "لا حول ولا قوة إلا بالله العزيز الحكيم" 
 أي: لا تَحَوُّلٌ من حَالٍ إلى حالٍ إلا بالله وإعانتِه وتوفيقِه، 
@@ -9270,50 +14068,89 @@
   <si>
     <t>Një burrë nga banorët e shkretëtirës i kërkoi Pejgamberit (paqja qoftë mbi të!) t'i mësonte një dhikër që ta bënte dhe Pejgamberi (paqja qoftë mbi të!) i tha: Thuaj: "Nuk ka të adhuruar tjetër veç Allahut, i Cili është i Vetëm, pa ortak." Pejgamberi e filloi porosinë me dëshminë e teuhidit, kuptimi i së cilës është se nuk ka të adhuruar me të drejtë përveç Allahut. "Allahu është më i Madhi!" D.m.th: Allahu është më i madh dhe më madhështor se çdo gjë. "Falënderimi i shumtë i takon Allahut!" D.m.th: Allahut i takon falënderimi i shumtë për cilësitë, veprimet dhe mirësitë e Tij të panumërta. "I Pastër është Allahu, Zoti i botëve!" D.m.th: Ai është i pastër nga çdo e metë. "Nuk ka ndryshim dhe as fuqi veçse nëpërmjet Allahut, të Gjithëfuqishmit, të Urtit." D.m.th: Nuk kalohet nga një gjendje te tjetra, veçse falë Allahut, falë ndihmës dhe orientimit të Tij. Burri tha: “Këto fjalë janë për Zotin tim për ta përkujtuar dhe madhëruar Atë. Po unë çfarë lutjesh mund të bëj për veten time?” Dhe Pejgamberi (paqja qoftë mbi të!) i tha: "Thuaj: OAllah, më fal mua!" Me anë të fshirjes dhe mbulimit të mëkateve. "Dhe më mëshiro!" Duke më sjellë dobi dhe mirësi në fe dhe në jetën materiale. "Dhe më udhëzo!" Duke më orientuar te gjendja më e mirë dhe rruga e drejtë. "Dhe më furnizo me rrizk!" D.m.th: më furnizo me pasuri të pastër, me shëndet, me mirëqenie dhe me çdo gjë të mirë.</t>
   </si>
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
     <t>Nxitja për kujtimin e Allahut të Madhëruar me anë të thënies; La ilahe il-lallah, Allahu ekber, Elhamdulilah dhe Subhanallah.
 Pëlqehet që të përmendet dhe të lëvdohet Allahu i Madhëruar para se të lutemi.
 Pëlqehet që njeriu të përzgjedhë duatë më të mira, ato që janë të transmetuara nga Pejgamberi (paqja qoftë mbi të!) dhe që përfshijnë mirësitë e kësaj jete dhe të jetës tjetër. Sidoqoftë, ai mund të lutet për çdo gjë që dëshiron.
 Njeriu duhet të ketë zell për të mësuar çështjet që i sjellin dobi atij në këtë jetë dhe në jetën tjetër.
 Nxitja për të kërkuar falje, mëshirë dhe rrizk ngase këto përfshijnë gjithë të mirat.
 Meraku i Pejgamberit (paqja qoftë mbi të!) për t'i mësuar umetit të tij çështjet që u sjellin atyre dobi.
 Mëshira është renditur pas faljes, në mënyrë që të plotësohet procesi i pastrimit; falja është mbulim dhe fshirje e mëkateve dhe shpëtim nga  Zjarri, ndërsa mëshira është përçim i mirësive dhe hyrje në Xhenet. Pikërisht kjo është fitorja e madhe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6112</t>
   </si>
   <si>
+    <t>كان رسول الله صلى الله عليه وسلم أجود الناس، وكان أجود ما يكون في رمضان حين يلقاه جبريل</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ ka qenë njeriu më bujar, e bujaria e tij arrinte kulmin gjatë Ramazanit, kur e takonte Xhibrili</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ، وَكَانَ يَلْقَاهُ فِي كُلِّ لَيْلَةٍ مِنْ رَمَضَانَ فَيُدَارِسُهُ القُرْآنَ، فَلَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدُ بِالخَيْرِ مِنَ الرِّيحِ المُرْسَلَةِ.</t>
+  </si>
+  <si>
+    <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut ﷺ ka qenë njeriu më bujar, e bujaria e tij arrinte kulmin gjatë Ramazanit, kur e takonte Xhibrili. E takonte atë çdo natë Ramazani dhe e mësonte Kuranin me të. I Dërguari ﷺ në vepra të mira ka qenë më bujar sesa era që fryn (plot mirësi)."</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم أعظم الناس كَرمًا، وكان يَكثر كرمُه في شهر رمضان حيث كان يُعطي ما ينبغي لمَن ينبغي، والسبب في زيادة كرمه أمران: 
+الأول: الْتِقاؤه بجبريل عليه السلام.
+والأمر الآخر: مدارسة القرآن، وهو القراءة عن ظهر قلب.
+فيدارسه جبريل عليه السلام جميع ما نزل من القرآن، ولَرَسُول الله صلى الله عليه وسلم أكرم وأكثر عطاءً وفعلًا للخير، وأسرع نفعًا للخلق من الريح الطيبة التي يرسلها الله بالغيث والرحمة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ishte njeriu më bujar, e bujaria e tij ishte kulmore  gjatë muajit Ramazan, meqë e jepte atë që kërkohej për ata që kishin nevojë. Fakti se bujaria e tij ishte kulmore janë dy shkaqe:
+I pari: Takimi që e kishte me Xhibrilin (alejhi selam).
+I dyti: Mësimi i Kuranit së bashku, respektivisht leximi i tij përmendsh.
+Xhibrili (alejhi selam) i mësonte Profetit ﷺ çdo gjë që i qe shpallur nga Kurani, kësisoj i Dërguari i Allahut ﷺ ishte më bujar, më bamirës dhe veprues i hairit, dhe më i shpejtë për t'u sjellë dobi njerëzve sesa era e mirë që e dërgon Allahu me shi e mëshirë.</t>
+  </si>
+  <si>
+    <t>بيان جُود النبي صلى الله عليه وسلم وسَعَة كرمه وخاصة في رمضان، فإنه شهر الطاعات ومواسم الخيرات.
+الحث على الجود في كل وقت، وتستحب الزيادة في شهر رمضان.
+الإكثار من البذل والعطاء والإحسان وقراءة القرآن في شهر رمضان.
+من أسباب حفظ العلم مدارسته مع طلاب العلم والعلماء.</t>
+  </si>
+  <si>
+    <t>Sqarimi i bujarisë së Profetit ﷺ dhe se bujaria e tij ishte kulmore, veçanërisht në Ramazan, pasi është muaji i adhurimeve dhe sezon i veprave të mira.
+Inkurajimi për të qenë bujar në çdo kohë dhe është e rekomandueshme që një gjë e tillë të shtohet gjatë muajit Ramazan.
+Gjatë muajit Ramazan duhet të shtohet bujaria, dhënia, bamirësia e leximi i Kuranit.
+Ndër shkaqet e ruajtjes së dijes është mësimi dhe përsëritja e saj së bashku me nxënësit e dijes dhe dijetarët.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6179</t>
+  </si>
+  <si>
     <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ ishte njeriu me moralin më të mirë</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut ﷺ ishte njeriu me moralin më të mirë."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Profeti ﷺ ishte njeriu me moralin më të mirë dhe ishte i pari në të gjitha moralet dhe virtytet, si: fjalët e mira, bamirësia, fytyra e buzëqeshur, largimi i dëmit nga të tjerët dhe durimi i tij nëse të tjerët shaktojnë dëm.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Morali i përkryer i Profetit ﷺ.
 Profeti ﷺ është modeli i përsosur për moralin e mirë.
@@ -9426,50 +14263,110 @@
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se përmendja e Allahut të Lartësuar me këto fjalë madhështore është më e mirë se kjo botë dhe çdo gjë në të. Këto fjalë janë:
 Subhanallah - është lartësim për Allahun nga çdo mangësi.
 Elhamdulilah - është lavdërim për Allahun përmes cilësive të përkryera, duke e dashur dhe madhëruar.
 La ilahe il-lallah, respektivisht nuk ka zot që meriton të adhurohet denjësisht pos Allahut.
 Allahu ekber - është më madhështori dhe më i madhi se çdo gjë.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Inkurajimi për ta përmendur Allahun dhe se kjo gjë është më e dashur se çdo gjë që Dielli e përshkon kur lind.
 Inkurajimi për ta përmendur Allahun sa më shpesh, sepse në të ka shpërblim dhe mirësi.
 Kënaqësitë e kësaj bote janë të pakta dhe kalimtare.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6211</t>
   </si>
   <si>
+    <t>لن يلج النار أحد صلى قبل طلوع الشمس وقبل غروبها</t>
+  </si>
+  <si>
+    <t>“Nuk do të hyjë në Zjarr askush që falet para lindjes së diellit dhe para perëndimit të tij.”</t>
+  </si>
+  <si>
+    <t>عَنِ أبي زُهير عُمَارَةَ بْنِ رُؤَيْبَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا»</t>
+  </si>
+  <si>
+    <t>Ebu Zuhejr Umare ibn Ruejbe (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Nuk do të hyjë në Zjarr askush që falet para lindjes së diellit dhe para perëndimit të tij.”</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ رسولُ الله صلى الله عليه وسلم: أنه لن يدخلَ النارَ، أحدٌ صلّى صلاة الفجر، وصلاة العصر، وداوم عليهما؛ وخَصَّ هاتين الصلاتين؛ لأنهما أثقلُ الصلوات، ولأنّ وقت الصبح يكون عند النوم ولَذَّتِه، ووقت العصر يكون عند الاشتغال بأعمال النهار وتجارته، ومَن حافَظَ على هاتين الصلاتَين مع وُجودِ المَشقّة فسيحافظ على بَقيّة الصلوات.</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ në këtë hadith tregon se askush, që e fal namazin e sabahut dhe të ikindisë dhe i bën ato vazhdimisht, nuk do të hyjë në Zjarr. Ai i përmendi këto dy namaze, veçanërisht sepse janë namazet më të rënda, dhe sepse koha e sabahut është kur njeriu ndodhet në gjumë dhe shijon kënaqësinë e gjumit, ndërsa koha e ikindisë është kur njeriu është i angazhuar me punët e ditës dhe tregtinë e tij. Kështu që, ai që kujdeset dhe i fal vazhdimit këto dy namaze, edhe pse me vështirësi, do t'i ruajë dhe do të kujdeset edhe për namazet e tjera.</t>
+  </si>
+  <si>
+    <t>فضل صلاتي الصبح والعصر، فينبغي المحافظة عليهما.
+مَن أدَّى هذه الصلوات يكون غالبًا خالي النفس من الكَسَل والرياء مُحِبًّا للعبادة.</t>
+  </si>
+  <si>
+    <t>Vlera e namazit të sahabut dhe të ikindisë; duhet t'i falim në vazhdimësi.
+Ai që i kryen këto dy namaze, zakonisht është i pastër nga dembelizmi, syefaqësia dhe e do adhurimin.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6215</t>
+  </si>
+  <si>
+    <t>ما من أحد يسلم علي إلا رد الله علي روحي حتى أرد عليه السلام</t>
+  </si>
+  <si>
+    <t>Nuk ndodh që dikush të më japë selam, veçse Allahu do të ma rikthejë shpirtin, derisa t'ia kthejë selamin</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلَّى الله عليه وسلم قال: «ما مِنْ أحَدٍ يُسلِّمُ علي إلا ردَّ اللهُ عليَّ رُوحي حتى أردَّ عليه السَّلامَ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Nuk ndodh që dikush të më japë selam, veçse Allahu do të ma rikthejë shpirtin, derisa t'ia kthejë selamin."</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّه تُرَدُّ إليه رُوحُه ليَرُدَّ السلامَ على كل مَن سلَّم عليه سواء كان قريبًا أو بعيدًا؛ وحياة البَرْزَخ والقبور أمرٌ غيبي، لا يَعلم حقيقتَها إلا الله، وهو على كل شيء قدير.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se shpirti i tij i kthehet për t’iu përgjigjur selamit nga kushdo që e përshëndet, qoftë afër apo larg. Jeta e Barzahut (jeta në varreza) është çështje e botës së gajbit (e padukshme), realitetin e së cilës e di vetëm Allahu  dhe Ai është i Plotfuqishëm për çdo gjë.</t>
+  </si>
+  <si>
+    <t>الحث على الإكثار من الصلاة والسلام على النبي صلى الله عليه وسلم.
+حياة النبي صلى الله عليه وسلم في قبره هي أكملُ حياة يحياها إنسان في بَرْزَخِه، فلا يَعلم حقيقتها إلا الله تعالى.
+الحديث ليس فيه حُجّة لمن يقول بحياة رسول الله صلى الله عليه وسلم حياةً كما نعيشها نحن، حتى لا يَستدِلّ به أهل الشرك على الاستغاثة به عليه الصلاة والسلام، وإنما هي حياة برزخية.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për të dërguar sa më shumë salavate dhe selame mbi Profetin ﷺ.
+Jeta e Profetit ﷺ në varr është jeta më e plotë që mund të ketë një njeri në Berzah (jetën në varreza), ndërsa realitetin e saj e di vetëm Allahu i Lartësuar.
+Ky hadith nuk është argument për ata që thonë se jeta e Profetit ﷺ është një jetë si ajo që e jetojmë ne, në mënyrë që të mos shfrytëzohet nga idhujtarët për të kërkuar ndihmë prej tij, por është një jetë e Berzahut.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6222</t>
+  </si>
+  <si>
     <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
     <t>Cilido musliman, që kur hyn koha e namazit obligativ, merr abdes me përpikëri dhe i kryen veprimet e namazit me kujdes dhe përulje, ky namaz do të jetë shlyerje për mëkatet e tij të kaluara, për sa kohë që ai nuk kryen ndonjë mëkat të madh. Dhe kjo mirësi është për gjatë gjithë kohës</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
     <t>Nga Uthmani (Allahu qoftë i kënaqur me të!) përcillet se e ka dëgjuar Pejgamberin (paqja qoftë mbi të!) të thotë: "Cilido musliman, që kur hyn koha e namazit obligativ, merr abdes me përpikëri dhe i kryen veprimet e namazit me kujdes dhe përulje, ky namaz do të jetë shlyerje për mëkatet e tij të kaluara, për sa kohë që ai nuk kryen ndonjë mëkat të madh. Dhe kjo mirësi është për gjatë gjithë kohës."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) ka shpjeguar se muslimani, i cili kur hyn koha e namazit të detyrueshëm, merr abdes me përpikëri dhe më pas qëndron i përulur gjatë faljes së namazit, duke i pasur të gjitha gjymtyrët të përkushtuara dhe të përqendruara te madhështia e Allahut, dhe duke i plotësuar veprimet e namazit, si: rukunë, sexhden dhe veprimet e tjera, atëherë ky namaz i shlyen mëkatet e tij të vogla që ka bërë më herët, për sa kohë që nuk vepron ndonjë mëkat të madh. Dhe kjo mirësi është e vazhdueshme gjatë gjithë kohës dhe në çdo namaz.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
@@ -9499,50 +14396,83 @@
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se veprat e mira në dhjetëditëshin e parë të muajit dhul hixhe janë më të mira se ditët e tjera të vitit.
 Sahabët (Allahu qoftë i kënaqur me ta!) e pyetën Profetin ﷺ për xhihadin në ditët e tjera përveç këtyre dhjetë ditëve se a është më i mirë apo veprat e mira në këto ditë, sepse tek ata ishte ngulitur se xhihadi është prej veprave më të mira.
 Kështu, Profeti ﷺ iu përgjigj: "Veprat e mira në këto ditë janë më të mira se xhihadi në ditët e tjera, përveç atij që del në xhihad dhe e rrezikon jetën dhe pasurinë e tij për hir të Allahut, ku dhe e humb pasurinë e shpirti i del për hir të Allahut." Kjo është ajo vepër që ua tejkalon në vlerë veprave të mira në këto ditë të çmuara.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Vlera e kryerjes së veprave të mira në dhjetë ditët e (para të) dhul hixhes. Andaj, muslimani duhet t'i shfrytëzojë këto ditë dhe të shtojë vepra të mira në to, si: përmendja e Allahut të Lartmadhëruar, leximi i Kuranit, fjalët: Allahu ekber, la ilahe il-lallah, elhamdulilah, namazi, sadakaja, agjërimi dhe të gjitha veprat e devotshmërisë.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[رواه البخاري وأبو داود واللفظ له]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6255</t>
   </si>
   <si>
+    <t>ما من مسلمين يلتقيان فيتصافحان إلا غفر لهما قبل أن يفترقا</t>
+  </si>
+  <si>
+    <t>Kur takohen dy muslimanë dhe i shtrëngojnë duart, u falen mëkatet para se të ndahen.”</t>
+  </si>
+  <si>
+    <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ مُسْلِمَيْنِ يَلْتَقِيَانِ فَيَتَصَافَحَانِ إِلَّا غُفِرَ لَهُمَا قَبْلَ أَنْ يَفْتَرِقَا».</t>
+  </si>
+  <si>
+    <t>Berai (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Kur takohen dy muslimanë dhe i shtrëngojnë duart, u falen mëkatet para se të ndahen.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم: أنه ما مِن مُسلِمَين يتلاقَيَان في طريق ونحوه فيُسلِّم أحدُهما على الآخر مُصَافَحَةً باليد إلا غُفِرَ لهما قبل أن يَفْتَرِقَا بالأبدان أو بالفراغ عن المصافحة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregoi se dy muslimanë, kur takohen në rrugë ose diku tjetër, dhe njëri i jep tjetrit selam me shtrëngim duarsh, atyre u falen mëkatet para se të ndahen, qoftë fizikisht apo pas mbarimit të shtrëngimit të duarve.</t>
+  </si>
+  <si>
+    <t>استحباب المصافحة عند اللقاء، والحث عليها.
+قال المناوي: ولا تحصل السنة إلا بوضع اليمنى في اليمنى حيث لا عُذْر.
+الحث على إفشاء السلام، وبيان عظيم أجر مصافحة المسلم لأخيه المسلم.
+يستثنى من الحديث المصافحة المُحرَّمة، كمصافحة المرأة الأجنبية.</t>
+  </si>
+  <si>
+    <t>Shtrëngimi i duarve gjatë takimit është i pëlqyer dhe i rekomanduar.
+Munaviu ka thënë: "Suneti përmbushet duke e vendosur dorën e djathtë në dorën e djathtë (të tjetrit), kur nuk ka ndonjë pengesë."
+Ky hadith inkurajon përhapjen e përshëndetjes me selam dhe tregon shpërblimin e madh që merr muslimani kur shtrëngon dorën e vëllait të tij musliman.
+Shtrëngimi i duarve të ndaluara, siç është shtrëngimi i dorës me një grua të huaj (me të cilën nuk lejohet kontakti), përjashtohet nga kuptimi i këtij hadithi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6257</t>
+  </si>
+  <si>
     <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>Shembulli i besimtarit që e lexon Kuranin është si shembulli i  qitros, e cila ka aromën e mirë dhe shijen e mirë. Shembulli i besimtarit që nuk e lexon Kuranin është si shembulli i hurmës, e cila nuk ka aromë, por shijen e ka të ëmbël</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Nga Ebu Musa Esh'ariu (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Shembulli i besimtarit që e lexon Kuranin është si shembulli i  qitros, e cila ka aromën e mirë dhe shijen e mirë. Shembulli i besimtarit që nuk e lexon Kuranin është si shembulli i hurmës, e cila nuk ka aromë, por shijen e ka të ëmbël. Shembulli i hipokritit që e lexon Kuranin është si shembulli i borzilokut, i cili ka aromë të mirë, por shijen e ka të hidhur. Ndërsa shembulli i hipokritit që nuk e lexon Kuranin është si shembulli i kungullit të egër, i cili nuk ka aromë, por dhe shijen e ka të hidhur.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) ka përmendur llojet e njerëzve lidhur me leximin e Kuranit dhe përfitimin prej tij:
 Lloji i parë: Besimtari që e lexon Kuranin dhe përfiton prej tij. Ky besimtar është si fruti i qitros, i cili ka shije të mirë, aromë të këndshme, ngjyrë të bukur dhe vlera të shumta. Ai e lexon Kuranin dhe i sjell dobi robërve të Allahut.
 Lloji i dytë: Besimtari që nuk e lexon Kuranin. Ky besimtar është si fruti i hurmës, i cili ka shije të ëmbël, por nuk ka aromë. Pra, në zemrën e tij ka besim siç ka ëmbëlsi në brendësinë dhe në shijen e frutit të hurmës. Por, ky besimtar duke mos e lexuar Kuranin nuk i qetëson njerëzit me leximin e tij, ashtu sikurse fruti i hurmës, që nuk ka aromë të cilën mund ta nuhasin njerëzit.
 Lloji i tretë: Hipokriti që e lexon Kuranin. Ai është si borziloku, i cili ka aromë të këndshme, por shija e tij është e hidhur. Pra, hipokriti nuk e ka përmirësuar zemrën e tij me besim dhe nuk e ka zbatuar Kuranin. Megjithatë ai shfaqet para njerëzve si besimtar. Aroma e këndshme e borzilokut ngjason me leximin e Kuranit, ndërsa shija e tij e hidhur ngjason me mosbesimin e hipokritit.
 Lloji i katërt: Hipokriti që nuk e lexon Kuranin. Ai është si kungulli i egër, i cili nuk ka aromë dhe shijen e ka të hidhur. Mungesa e aromës së kungullit të egër i përngjan mungesës së leximit të Kuranit. Ndërsa shija e tij e hidhur i përngjan shijes së hidhur të mosbesimit të hipokritit. Pra, brendësia e hipokritit është e zbrazët nga besimi, ndërsa e jashtmja e tij jo vetëm që nuk sjell dobi, por është edhe e dëmshme.</t>
   </si>
@@ -9631,50 +14561,115 @@
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>Othman ibn Afani (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Atij që merr abdes dhe e përsos atë, mëkatet do t'i dalin prej trupit të tij, saqë i dalin edhe ato nën thonjtë e tij."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se kushdo që merr abdes duke i respektuar sunetet dhe normat e abdesit, kjo do të jetë nga shkaqet e shlyerjes dhe faljes së veprave të këqija dhe gjynaheve, "saqë i dalin" mëkatet edhe nën thonjtë e duarve dhe këmbëve të tij.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Inkurajimi që t'u kushtohet kujdes mësimit të abdesit, suneteve, normave të tij dhe veprimit me to.
 Vlera e abdesit dhe se ai është shlyerje për gjynahet e vogla, por për gjynahet e mëdha duhet pendim.
 Kusht për heqjen e gjynaheve është ta përkryesh abdesin dhe ta marrësh ashtu siç duhet, siç e ka sqaruar Profeti ﷺ.
 Shlyerja e gjynaheve në këtë hadith është e kushtëzuar me shmangien nga gjynahet e mëdha dhe pendimin për to. Allahu i Lartësuar thotë: "Në qoftë se ju u shmangeni gjynaheve të mëdha, që ju janë ndaluar, Ne do t’jua falim gabimet tuaja të vogla..." (En Nisa, 31)</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6263</t>
+  </si>
+  <si>
+    <t>من حفظ عشر آيات من أول سورة الكهف، عصم من الدجال. وفي رواية: من آخر سورة الكهف</t>
+  </si>
+  <si>
+    <t>“Ai që i mëson përmendsh dhjetë ajetet e para të sures Kehf, do të jetë i mbrojtur nga (sprova e) Dexhallit.”</t>
+  </si>
+  <si>
+    <t>عن أبي الدرداء رضي الله عنه أن النبي صلى الله عليه وسلم قال: «مَنْ حَفِظَ عَشْرَ آيَاتٍ مِنْ أَوَّلِ سُورَةِ الكَهْفِ، عُصِمَ مِنَ الدَّجَّالِ». وفي رواية: «مِنْ آخِرِ سُورَةِ الكَهْف».</t>
+  </si>
+  <si>
+    <t>Ebu Derdai (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Ai që i mëson përmendsh dhjetë ajetet e para të sures Kehf, do të jetë i mbrojtur nga (sprova e) Dexhallit.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن حَفِظ عَشْرَ آيات عن ظَهْرِ قَلْبٍ مِن أول سورة الكهف عُصِم ووُقِي وحُفِظ من فتنةِ المسيح الدجال الذي يَخرج آخر الزمان ويَدَّعي الألوهية، وفتنته أعظم فتنة تكون على الأرض منذ خُلِقَ آدم إلى قيام الساعة؛ لما أمكنه الله عز وجل من بعض الخَوَارِق التي يَفتن بها من تبعه، وذلك لأن أول سورة الكهف فيها من العجائب والآيات ما هو أعظم مما يَفتن الدَّجالُ فيه الناس، فمَن تَدَبَّرَها لم يفتتن بالدجال.
+وفي رواية: عشر آيات من آخر السورة من قوله تعالى : {أفحسب الذين كفروا أن يتخذوا…}.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregoi se kush i mëson përmendsh dhjetë ajetet e para të sures Kehf, do të ruhet, do të mbrohet dhe do të jetë i siguruar nga sprova e mesihut Dexhall, i cili do të shfaqet në fund të kohës dhe do të pretendojë se është zot. Sprova e tij do të jetë sprova më e madhe që ka përjetuar toka, që nga krijimi i Ademit e deri në Ditën e Kiametit, për shkak të veprimeve të jashtëzakonshme që Allahu i Lartësuar do t’ia mundësojë atij, për të mashtruar ndjekësit e tij. Kjo, ngase në fillim të sures Kehf ka tregime dhe argumente madhështore, që janë më të mëdha sesa ato që Dexhalli do të përdorë për të hutuar njerëzit. Kështu, kush mendon e mediton mbi to, nuk do të mashtrohet prej tij. Në një transmetim tjetër, thuhet se janë dhjetë ajetet e fundit të kësaj sureje, që fillojnë me fjalën e Allahut: "A mos mendojnë jobesimtarët se mund t’i marrin robërit e Mi për mbrojtës përveç Meje…"</t>
+  </si>
+  <si>
+    <t>بيان فضل سورة الكهف، وأن فَوَاتِحَها أو خَوَاتِمَها تَعصم من فتنة الدجال.
+الإخبار عن أمر الدجال، وبيان ما يعصم منه.
+الحث على حفظ سورة الكهف كاملةً، فإن عجز فليحفظ العشر الآيات الأولى والأخيرة.
+قال القرطبي في سَبَبُ ذلك: قيل: لِمَا في قصة أصحاب الكهف من العجائب والآيات، فمَن وَقَفَ عليها لم يَسْتَغرِب أَمْرَ الدجال ولم يَهُلْه ذلك فلم يفتتن به، وقيل: لقوله تعالى: {لينذر بأسًا شديدًا من لدنه} تمسكًا بتخصيص البأس بالشدة واللَّدُنِّيّة، وهو مناسب لما يكون من الدجال من دعوى الإلهية واستيلائه وعظم فتنته، ولذلك عظَّم صلى الله عليه وسلم أمرَه وحَذَّر عنه وتعوذ من فتنته، فيكون معنى الحديث: أن من قرأ هذه الآيات وتدبرها ووقف على معناها حَذِرَه فأمن منه.</t>
+  </si>
+  <si>
+    <t>Ky hadith tregon vlerën e sures Kehf, se fillimi ose fundi i saj mbron nga sprova e Dexhallit.
+Njoftimi rreth çështjes së Dexhallit dhe sqarimi i asaj që mbron prej tij.
+Inkurajimi për ta mësuar përmendsh tërë suren Kehf, e nëse nuk mundet, le t’i mësojë dhjetë ajetet e para dhe të fundit.
+Kurtubiu ka thënë për shkakun e kësaj mbrojtjeje: “Thuhet se kjo është për shkak të mrekullive dhe shenjave që gjenden në historinë e Banorëve të Shpellës, e kush mediton mbi të nuk do të çuditet nga çështja e Dexhallit dhe nuk do të frikësohet prej tij, e kështu nuk do të mashtrohet. Gjithashtu, është thënë se kjo lidhet me fjalën e Allahut: "... për të paralajmëruar nëpërmjet tij, dënim të ashpër (për jobesimtarët) ...", që nënvizon ashpërsinë e dënimit dhe faktin se ai vjen nga Allahu, e kjo përputhet me atë që do të ndodhë nga Dexhalli, i cili pretendon hyjnizimin, sundimin e tij dhe sprovën do ta ketë të madhe. Për këtë arsye, Profeti ﷺ e konsideroi të madhe çështjen e tij, paralajmëroi ndaj tij dhe kërkoi mbrojtje tek Allahu nga sprova e tij. Prandaj, kuptimi i hadithit është: Kush i lexon këto ajete, i mediton dhe ndalet në kuptimin e tyre, do të ruhet prej tij dhe do të jetë i sigurt.”</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6265</t>
+  </si>
+  <si>
+    <t>من عاد مريضا، لم يحضر أجله فقال عنده سبع مرار: أسأل الله العظيم رب العرش العظيم أن يشفيك، إلا عافاه الله من ذلك المرض</t>
+  </si>
+  <si>
+    <t>“Ai që e viziton një të sëmurë, të cilit ende nuk i ka ardhur exheli (momenti i vdekjes) dhe lutet për të shtatë herë: “Eselullahel adhim, rabel arshil adhimi en jeshfijeke - E lus Allahun e Madhëruar, Zotin e Arshit të Madh, të të shërojë!", Allahu do ta shërojë prej asaj sëmundje</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ عَادَ مَرِيضًا، لَمْ يَحْضُرْ أَجَلُهُ فَقَالَ عِنْدَهُ سَبْعَ مِرَارٍ: أَسْأَلُ اللَّهَ الْعَظِيمَ رَبَّ الْعَرْشِ الْعَظِيمِ أَنْ يَشْفِيَكَ، إِلَّا عَافَاهُ اللَّهُ مِنْ ذَلِكَ الْمَرَضِ».</t>
+  </si>
+  <si>
+    <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Ai që e viziton një të sëmurë, të cilit ende nuk i ka ardhur exheli (momenti i vdekjes) dhe lutet për të shtatë herë: “Eselullahel adhim, rabel arshil adhimi en jeshfijeke - E lus Allahun e Madhëruar, Zotin e Arshit të Madh, të të shërojë!", Allahu do ta shërojë prej asaj sëmundje."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن مُسلم يَزُوْرُ مسلمًا في مرضه الذي لم يَحضر فيه وقتُ موتِه، ثم دعا الزائرُ للمريضِ بقوله: (أسأل الله العظيم) في ذاته وصفاته وأفعاله، (رب العرش العظيم أن يشفيك)، وأعادَها عليه سَبعَ مرات إلا عافاه الله من ذلك المرض.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith na ka treguar se nuk ka ndonjë musliman, që viziton një musliman tjetër në sëmundjen e tij, në të cilën ende nuk i ka ardhur koha e vdekjes, e pastaj vizitori lutet për të sëmurin duke thënë: “E lus Allahun e Madhërishëm", i Cili është i tillë në Veten e Tij, cilësitë dhe veprat e Tij, "Zotin e Arshit të Madh, që të të shërojë”, dhe e përsërit këtë shtatë herë, veçse Allahu e shëron nga ajo sëmundje.</t>
+  </si>
+  <si>
+    <t>استحباب الدعاء للمريض بهذا الدعاء، وتَكْرَاره سبع مرات.
+تحقق الشفاء لمن قيل عنده هذا الدعاء بإذن الله تعالى، إن صدر عن صدق وصلاح.
+يقول هذا الدعاء سِرًّا وجهرًا، فكلُّ ذلك جائز، ولكن إذا أَسْمَعَ المريضَ فهو الأولى والأفضل؛ لأن فيه إدخالَ السرور عليه.</t>
+  </si>
+  <si>
+    <t>Pëlqehet që kjo lutje t'i thuhet të sëmurit dhe përsëritja e saj shtatë herë.
+Realizimi i shërimit, për atë pranë të cilit thuhet kjo lutje, arrihet me lejen e Allahut të Lartësuar, nëse ajo thuhet me sinqeritet dhe devotshmëri.
+Kjo lutje mund të thuhet në heshtje ose me zë, dhe të dyja janë të lejuara, por nëse e thotë me zë, që i sëmuri ta dëgjojë, kjo është më e përshtatshme dhe më e mirë, sepse kështu futet gëzimi te i sëmuri.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6270</t>
   </si>
   <si>
     <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>I falen mëkatet atij njeriu i cili i thotë këto fjalë kur dëgjon muezinin: Dëshmoj se nuk ka të adhuruar tjetër veç Allahut, i Cili është i vetëm dhe nuk ka ortak dhe se Muhamedi është rob dhe i dërguari i Tij. Jam i kënaqur me Allahun si Zot dhe me Muhamedin si Pejgamber dhe me Islamin si fe</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>Nga Sa'd ibn ebi Uekasi (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "I falen mëkatet atij njeriu i cili i thotë këto fjalë kur dëgjon muezinin: Dëshmoj se nuk ka të adhuruar tjetër veç Allahut, i Cili është i vetëm dhe nuk ka ortak dhe se Muhamedi është rob dhe i dërguari i Tij. Jam i kënaqur me Allahun si Zot dhe me Muhamedin si Pejgamber dhe me Islamin si fe".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) na njofton se kush thotë kur dëgjon muezinin: "Dëshmoj se nuk ka të adhuruar tjetër veç Allahut, i Cili është i vetëm dhe nuk ka ortak." Domethënë: Pohoj, pranoj dhe njoftoj se nuk ka të adhuruar me të drejtë përveç Allahut dhe se çdo i adhuruar tjetër veç Tij është i kotë. Dhe se Muhamedi është rob dhe i dërguari i Tij" D.m.th: Ai është rob e nuk adhurohet dhe është i dërguar që nuk gënjen. "Jam i kënaqur me Allahun si Zot" Domethënë: jam i kënaqur me faktin që Allahu është Zot, i adhuruar dhe që ka cilësitë dhe emrat më të bukur. "Dhe me Muhamedin si pejgamber" Domethënë: jam i kënaqur me të gjitha çështjet që ai solli dhe që i predikoi. "Dhe me Islamin" Domethënë: jam i kënaqur me të gjitha ligjet e Islamit qofshin ato urdhëresa apo ndalesa. "Si fe" domethënë: si diçka që besohet dhe pasohet. "I falen mëkatet" domethënë: mëkatet e vogla.</t>
@@ -9770,50 +14765,83 @@
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) përmes këtij hadithi kudsi shpjegon se Allahu i Madhëruar ka treguar lidhur me idhujtarët dhe të pafetë se ata e përgënjeshtrojnë Atë dhe e përshkruajnë Atë me mangësi dhe të meta. E një gjë e tillë nuk u takon që ta bëjnë.
 Përgënjeshtrimi që ata i bënë Allahut është se ata pretenduan që Allahu nuk do t'i rikthejë për së dyti në jetë pasi të kenë vdekur, sikurse i krijoi herën e parë nga asgjëja! Allahu iu përgjigj se Ai që i krijoi ata për herë të parë nga asgjëja është i aftë që t'i rikrijojë ata përsëri, madje kjo është dhe më e lehtë, edhe pse në raport me Allahun të dyja çështjet; krijimi fillestar dhe rikrijimi janë të barabarta, ngase Ai është i aftë për çdo gjë.
 Ndërsa ofendimi që ata i bënë Atij është se thanë që Ai ka një fëmijë. Këtij pretendimi Ai iu përgjigj se Ai është i Vetmi dhe se Atij i takojnë të gjitha përsosuritë në emrat, cilësitë dhe veprat e Tij. Ai është i pastër nga çdo mangësi dhe e metë. Ai është i panevojë e nuk ka nevojë për askënd, ndërsa të gjitha krijesat kanë nevojë për Të. Ai nuk është prind i askujt dhe as fëmija i askujt dhe asgjë nuk është e barabartë apo e njëjtë me Të. I Pastër dhe i Patëmeta është Ai!</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Pohimi i fuqisë absolute për Allahun e Madhëruar.
 Pohimi i ringjalljes pas vdekjes.
 Dezertimi i atij që mohon ringjalljen ose i përshkruan fëmijë Allahut të Madhëruar.
 Allahu i Madhëruar nuk ka as të ngjashëm e as të njëjtë.
 Gjerësia e urtësisë së Allahut të Madhëruar dhe afatizimi i idhujtarëve, në mënyrë që ata të mund të pendohen dhe të kthehen mbrapsht.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6327</t>
+  </si>
+  <si>
+    <t>إن قلوب بني آدم كلها بين إصبعين من أصابع الرحمن، كقلب واحد، يصرفه حيث يشاء</t>
+  </si>
+  <si>
+    <t>“Të gjitha zemrat e njerëzve janë mes dy Gishtave të Mëshiruesit, sikur të ishin një zemër e vetme: e kthen atë nga të dojë.”</t>
+  </si>
+  <si>
+    <t>عَن عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «إِنَّ قُلُوبَ بَنِي آدَمَ كُلَّهَا بَيْنَ إِصْبَعَيْنِ مِنْ أَصَابِعِ الرَّحْمَنِ، كَقَلْبٍ وَاحِدٍ، يُصَرِّفُهُ حَيْثُ يَشَاءُ» ثُمَّ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ مُصَرِّفَ الْقُلُوبِ صَرِّفْ قُلُوبَنَا عَلَى طَاعَتِكَ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënaqur me të dy!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: “Të gjitha zemrat e njerëzve janë mes dy Gishtave të Mëshiruesit, sikur të ishin një zemër e vetme: e kthen atë nga të dojë.” Pastaj i Dërguari i Allahut ﷺ u lut: “O Allah, Ti që i kthen zemrat, na i kthe zemrat tona nga adhurimi Yt!”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أن قلوب بني آدم كلَّها بين إصبعين من أصابع الرحمن كقلب واحد؛ يُصَرِّفُه حيث يشاء؛ إن شاء أقامه على الحق، وإن شاء أَزَاغَه عن الحق، وتَصَرُّفُه في جميع القلوب كالتصرُّف في واحد لا يشغله سبحانه شَأنٌ عن شأنٍ، ثم دعا صلى الله عليه وسلم فقال: اللهم مُصَرِّفَ القلوبِ تارةً إلى الطاعة وتارةً إلى المعصية، وتارة إلى الذكر وتارة إلى الغفلة، صَرِّفْ قلوبَنا على طاعتك.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka treguar se zemrat e të gjithë bijve të Ademit, pra njerëzve, janë në mes të dy Gishtave të të Gjithëmëshirshmit, sikur një zemër e vetme; Ai e kthen nga të dojë; nëse do, e bën ta pranojnë të vërtetën, e nëse do, e devijon nga e vërteta. Kthimin që Allahu ua bën të gjithë zemrave është sikur kthimin që ia bën një zemre të vetme; Atë asgjë nuk e pengon. Pastaj Profeti ﷺ bëri lutje: "O Allah, Ti që i kthen zemrat, herë në adhurim, herë në mëkat, herë duke të të përmenduar, herë duke të të harruar, na i kthe zemrat tona nga adhurimi Yt!"</t>
+  </si>
+  <si>
+    <t>إثبات القَدَر، وأن الله يوجِّه قلوبَ عبادِه حسب القدر الذي كتبه عليهم.
+ينبغي على المسلم إدامة سؤال ربه الثبات على الحق والهدى.
+الخوف من الله والتَّعَلُّق به وحده لا شريك له.
+قال الآجري: إن أهل الحق يَصِفُوْن الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يَبتدِع. انتهى. فأهل السنة يُثْبِتُوْن لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويَنْفُون عن الله ما نفاه عن نفسه، ويَسكتون عما لم يَرِدْ به نفيٌ ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).</t>
+  </si>
+  <si>
+    <t>Pohimi i kadert (caktimit hyjnor) dhe se Allahu i udhëheq zemrat e robërve të Tij në varësi të kaderit që ua shkroi.
+Muslimani duhet ta lusë Zotin e tij në vazhdimësi ta përforcojë në të vërtetën dhe udhëzimin.
+Allahut duhet t'i frikësohemi dhe të lidhemi vetëm me Të, i cili nuk ka ortak.
+Imam Axhurriu (Allahu e pastë mëshiruar!) ka thënë: "Ithtarët e së vërtetës e përshkruajnë Allahun e Lartmadhërar me atë që Ai e ka përshkruar Veten e Tij, dhe me atë që i Dërguari i Tij ﷺ e ka përshkruar Atë, si dhe me atë që e kanë përshkruar Atë shokët (sahabët) e tij ﷺ. Ky është drejtimi (medhhebi) i dijetarëve, që i janë përmbajtur (së vërtetës) dhe nuk kanë shpikur bidate (risi në fe). Pra, Ehli Suneti ia pohojnë Allahut ata emra dhe cilësi që Ai vetë ia ka vërtetuar Vetes, pa bërë tahrif (shtrembërim), tatil (mohim/refuzim), tekjif (pyetje "si është?"/formësim), apo temthil (shëmbëllim). Gjithashtu, ata ia mohojnë Allahut atë që Ai Vetë e ka mohuar për Veten e Tij, dhe heshtin për atë që nuk është pohuar as mohuar. Allahu i Lartësuar thotë: "Asgjë nuk i shëmbëllen Atij dhe Ai është Gjithëdëgjuesi, Gjithëshikuesi." (Esh Shura, 11)."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6331</t>
   </si>
   <si>
     <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>Unë i shpall luftë atij që shfaq armiqësi ndaj mikut Tim! Veprat më të dashura me të cilat më afrohet robi Im, janë ato të cilat Unë ia kam bërë detyrim atij</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
     <t>Nga Ebu Hurejra (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Allahu i Madhëruar ka thënë: "Unë i shpall luftë atij që shfaq armiqësi ndaj mikut Tim! Veprat më të dashura me të cilat më afrohet robi Im, janë ato të cilat Unë ia kam bërë detyrim atij. Robi im më afrohet vazhdimisht, duke kryer vepra nafile (vullnetare), derisa Unë ta dua atë. Kur Unë ta dua atë, atëherë do të bëhem veshi i tij me të cilin dëgjon, syri i tij me të cilin shikon, dora e tij me të cilën mbahet, këmba e tij me të cilën ecën dhe nëse ai më kërkon diçka, do t'ia jap atë e nëse më kërkon ta mbroj, do ta mbroj atë. Unë nuk ngurroj për asnjë punë sa ç'ngurroj të marr shpirtin e një besimtari, sepse ai e urren vdekjen dhe Unë urrej t'i bëj keq atij".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
@@ -9828,50 +14856,204 @@
 Veç kësaj, nëse Ai i kërkon diçka Allahut, Ai ia jep atë atij. Kështu, ai bëhet njeri që i pranohet lutja. E nëse kërkon mbrojtjen e Allahut, Ai e mbron atë nga gjërat që i frikësohet.
 Mandej Allahu i Madhëruar thotë se Unë nuk ngurroj për diçka që do e bëj, aq sa ngurroj kur i marr shpirtin besimtarit. Më dhimbset, ngase ai nuk e pëlqen vdekjen prej dhimbjeve të saj. Kështu, Allahut nuk i pëlqen ajo që i shkakton dhimbje besimtarit.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>Ky është prej haditheve që Pejgamberi (paqja qoftë mbi të!) e përcjell nga Zoti i tij. Ky lloj i hadithit quhet hadith kudsi ose hadith hyjnor. Teksti dhe domethënia e tij janë prej Allahut të Madhëruar, vetëm se ai nuk i plotëson veçoritë e Kuranit që e dallojnë atë nga tekstet e tjera fetare, si: leximi i tij është adhurim, pastërtia është kusht për ta prekur dhe është mrekulli sfiduese... etj.
 Ndalimi i lëndimit të miqve të Allahut dhe nxitja për t'i dashur ata dhe për të pranuar meritat e tyre.
 Urdhëresa e armiqësimit me armiqtë e Allahut dhe ndalesa e miqësimit me ta.
 Ai që pretendon se është mik i Allahut, duke mos e zbatuar legjislacionin e Tij, është gënjeshtar në atë që pretendon.
 Miqësia e Allahut arrihet përmes kryerjes së punëve të detyrueshme dhe lënies së punëve të ndaluara.
 Një prej shkaqeve të dashurisë së Allahut për robin e Tij dhe të pranimit të lutjeve është kryerja e punëve të mira, pasi të ketë kryer punët e detyrueshme dhe të ketë lënë gjërat e ndaluara.
 Ky hadith dëshmon për finikërinë e miqve të Allahut dhe për pozitën e tyre të lartë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6337</t>
   </si>
   <si>
+    <t>اثنتان في الناس هما بهم كفر: الطعن في النسب، والنياحة على الميت</t>
+  </si>
+  <si>
+    <t>“Dy gjëra, nëse gjenden ndër njerëz, janë kufër (mosbesim): Fyerja e prejardhjes dhe vajtimi për të vdekurin.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Dy gjëra, nëse gjenden ndër njerëz, janë kufër (mosbesim): Fyerja e prejardhjes dhe vajtimi për të vdekurin.”</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن خصلَتَين في الناس من أعمال الكفار، وأخلاق الجاهلية، وهما: 
+الأولى: الطَّعْن بأنساب الناس وتَنَقُّصُهم والتكبُّر عليهم. 
+الثانية: رفع الصوت عند المصيبة تَسَخُّطًا على القَدَر، أو قطع الثياب من شِدّة الجَزَع.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon për dy cilësi te njerëzit që janë nga veprat e jobesimtarëve dhe morali i injorancës (xhahilijetit), e ato janë:
+E para: Fyerja e prejardhjes së njerëzve, nënvlerësimi dhe mendjemadhësia ndaj tyre.
+E dyta: Ngritja e zërit gjatë fatkeqësisë si shenjë pakënaqësie ndaj kaderit (përcaktimit të Allahut) ose shqyerja e rrobave nga dëshpërimi i madh.</t>
+  </si>
+  <si>
+    <t>الحثُّ على التواضع وعدَم التكبُّر على الناس.
+وجوب الصبر على المصيبة وعدم التسخُّط.
+هذه الأعمال من الكُفْر الأصغر، وليس مَن قام به شُعْبةٌ من شُعَب الكُفْر يكون كافرًا الكفر المُخْرِج من المِلّة حتى يقومَ به الكفرُ الأكبر.
+نهي الإسلام عن كلِّ ما يؤدِّي إلى الفُرْقَة بين المسلمين من الطعن في الأنساب وغيرها.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për thjeshtësi dhe modestia ndaj njerëzve.
+Është obligim të durojmë gjatë fatkeqësisë dhe të mos shfaqim pakënaqësi.
+Këto vepra janë nga kufri i vogël, kështu që, ai që kryen një prej degëve të kufrit (të vogël) nuk bëhet jobesimtar me atë lloj kufri që e nxjerr nga feja, derisa ta kryejë kufrin e madh (që e nxjerrë prej fesë).
+Islami e ndalon çdo gjë që çon në përçarje mes muslimanëve, siç është fyerja e prejardhjes dhe të ngjashme me të.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6361</t>
+  </si>
+  <si>
+    <t>من حلف فقال في حلفه: واللات والعزى، فليقل: لا إله إلا الله، ومن قال لصاحبه: تعال أقامرك، فليتصدق</t>
+  </si>
+  <si>
+    <t>“Nëse dikush në betimin e tij thotë: "Për Latin dhe Uzanë!", le të thotë: "La ilahe il-lallah (s'ka të adhuruar të denjë përveç Allahut)." E, ai që i thotë shokut të tij: "Eja të luajmë bixhoz!", le të japë lëmoshë!”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Nëse dikush në betimin e tij thotë: "Për Latin dhe Uzanë!", le të thotë: "La ilahe il-lallah (s'ka të adhuruar të denjë përveç Allahut)." E, ai që i thotë shokut të tij: "Eja të luajmë bixhoz!", le të japë lëmoshë!”</t>
+  </si>
+  <si>
+    <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن الحَلِف بغير الله؛ حيث المؤمن لا يحلف إلا بالله، 
+ويخبر أنّ من حلف بغير الله؛ كمن حلف مثلًا: باللات والعُزى -وهما صنمان كانا يُعبدان في الجاهلية قبل الإسلام- فيجب عليه أن يقول مستدركًا على نفسه: لا إله إلا الله، تبرؤًا من الشرك، وكفارةً عن حلفه ذاك.
+ثم أخبر صلى الله عليه وسلم أنّ من قال لصاحبه: تعال نلعب القمار، -وهو أن يتغالب اثنان فأكثر على أن يكون بينهم مال يأخذه الغالب، ولا يخلو كل واحد منهما فيه من أن يغنم أو يغرم-؛ فيستحب أن يتصدق بشيء تكفيرًا عما دعا إليه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tërheq vërejtjen që të mos betohemi në dikë tjetër përveç Allahut, kur dihet se besimtari betohet vetëm në Allahun. Gjithashtu tregon se, kush betohet në dikë tjetër përveç Allahut, për shembull, nëse dikush betohet në Latin dhe Uzanë, - dy idhuj këta që adhuroheshin në periudhën e xhahilietit, para Islamit, - atëherë ai e ka obligim të thotë, për ta korrigjuar veten: "La ilahe il-lallah (s'ka të adhuruar të denjë përveç Allahut)", për t'u distancuar kështu nga shirku (idhujtaria) dhe për ta shlyer betimi i tij.
+Pastaj Profeti ﷺ tregoi se ai që i thotë shokut të tij: "Eja të luajmë bixhoz!", respektivisht, kur dy ose më shumë njerëz luajnë kundër njëri-tjetrit, me kusht që ndërmjet tyre të ketë para, të cilat i merr fituesi, ku secili prej tyre, ose do të jetë fitues, ose humbës, kësisoj i tilli rekomandohet që të japë diçka sadaka si shlyerje për atë që ka kërkuar.</t>
+  </si>
+  <si>
+    <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
+الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
+قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
+ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
+تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
+وجوب الرجوع عن المعصية في حال اقترافها.
+من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
+  </si>
+  <si>
+    <t>Betimi bëhet vetëm në Allahun, emrat dhe cilësitë e Tij.
+Betimi në dikë tjetër përveç Allahut të Lartësuar është haram, qoftë betimi në idhuj, si Lati e Uzaja, qoftë betimi në amanet (besë), qoftë betimi në Profetin ﷺ, qoftë ndonjë gjë tjetër.
+Hatabi ka thënë: "Betimi bëhet vetëm në të adhuruarin që madhërohet (Allahun), kështu që, nëse betohet në Latin dhe të ngjashëm, i ka imituar jobesimtarët, prandaj është urdhëruar që ta korrigjojë këtë me fjalën e teuhdit."
+Ai që betohet në dikë tjetër përveç Allahut, nuk ka shpagim për betimin e tij, përkundrazi prej tij kërkohet të pendohet dhe të kërkojë falje, sepse betimi i tillë është shumë më i rëndë se që diç, përveç pendimit, mund  ta shlyejë.
+Bixhozi është haram në të gjitha format dhe manifestimet e tij. Të tillin e ka bërë haram Allahu i Lartësuar dhe e ka bërë bashkë këtë ndalesë me ndalesën e alkoolit dhe të idhujve.
+Është obligim të hiqet dorë nga mëkati që në momentin kur ta marrë vesh njeriu se ka bërë gabim.
+Ai që bën një vepër të keqe, duhet ta pasojë atë me një vepër të mirë, sepse veprat e mira i shlyejnë veprat e këqija.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6379</t>
+  </si>
+  <si>
+    <t>ما خير رسول الله صلى الله عليه وسلم بين أمرين إلا أخذ أيسرهما، ما لم يكن إثما، فإن كان إثما كان أبعد الناس منه</t>
+  </si>
+  <si>
+    <t>“Sa herë që të Dërguarit të Allahut ﷺ i ofrohej të zgjidhte mes dy gjërave, ai zgjidhte më të lehtën, për sa kohë që nuk konsiderohej mëkat. Në të kundërtën, ishte njeriu që më së shumti distancohej prej mëkatit</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: مَا خُيِّرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بَيْنَ أَمْرَيْنِ إِلَّا أَخَذَ أَيْسَرَهُمَا، مَا لَمْ يَكُنْ إِثْمًا، فَإِنْ كَانَ إِثْمًا كَانَ أَبْعَدَ النَّاسِ مِنْهُ، وَمَا انْتَقَمَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِنَفْسِهِ إِلَّا أَنْ تُنْتَهَكَ حُرْمَةُ اللَّهِ، فَيَنْتَقِمَ لِلَّهِ بِهَا.</t>
+  </si>
+  <si>
+    <t>Aishja (Allahu qoftë i kënaqur me të!) tregon: “Sa herë që të Dërguarit të Allahut ﷺ i ofrohej të zgjidhte mes dy gjërave, ai zgjidhte më të lehtën, për sa kohë që nuk konsiderohej mëkat. Në të kundërtën, ishte njeriu që më së shumti distancohej prej mëkatit. Ai asnjëherë nuk është hakmarrë për veten e tij, përveç kur cenohej ndalesa e Allahut, e në atë rast hakmerrej për hir të Allahut.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَتْ أمُّ المؤمنين عائشةُ رضي الله عنها عن بعض أخلاق النبي صلى الله عليه وسلم، ومما ذَكَرَتْ: أنه صلى الله عليه وسلم ما خُيّر بين أمرين إلا أَخَذَ أَسْهَلْهُما ما لم يكن الأسهل مُقتضيًا للإثم، فإنه يكون أبعد الناس عنه ويختار حينئذ الأشدّ.
+وما انتقم صلى الله عليه وسلم لنفسه خاصة بل كان يَسْمَحُ ويَعفو عن حقِّه إلا أنْ تُنْتَهَك حُرُمات الله فيكون لله ينتقم، وكان أشد الناس غضبًا لله.</t>
+  </si>
+  <si>
+    <t>Nëna e besimtarëve, Aishja (Allahu qoftë i kënaqur me të!), ka treguar për disa nga sjelljet e Profetit ﷺ, dhe ndër ato që ka përmendur është, se kurdoherë që i jepej mundësia të zgjidhte mes dy çështjeve, Profeti ﷺ zgjidhte atë më të lehtën, përderisa ajo më e lehta nuk nënkuptonte mëkat; por nëse ajo nënkuptonte mëkat, atë herë ai ishte më i largëti nga të gjithë njerëzit prej saj dhe në atë rast e zgjidhte më të vështirën. Profeti ﷺ nuk merrte hak për veten; përkundrazi, toleronte dhe falte për të drejtën e tij, përveç nëse shkeleshin e cenoheshin ndalesat e dispozitat e Allahut, atëherë ai hakmerrej për hir të Allahut, dhe njëherësh ishte ndër ata që zemëroheshin më së shumti për çështjet që kanë të bëjnë me fenë e Allahut të Lartësuar.</t>
+  </si>
+  <si>
+    <t>استحباب الأخذ بالأَيْسر في الأمور ما لم يكن فيه معصية.
+يُسْر الإسلام.
+مشروعية الغضب لله تعالى.
+ما كان عليه صلى الله عليه وسلم من الحِلْم والصبر والقيام بالحق في إقامة حدود الله تعالى.
+قال ابن حجر: وفيه ترك الأخذ بالشيء العَسِر، والاقتناع باليُسْر، وترك الإلحاح فيما لا يضطر إليه.
+الحث على العفو إلا في حقوق الله تعالى.</t>
+  </si>
+  <si>
+    <t>Pëlqehet zgjedhja e çështjes më të lehtë, përderisa në të nuk ka mëkat.
+Feja islame është e lehtë.
+Është e ligjshme që besimtari të hidhërohet për hir të Allahut të Lartësuar.
+Nga ky hadith përfitojmë gjendjen në të cilën ishte Profeti ﷺ, si: butësia, durimi dhe qëndrueshmëria në të vërtetën gjatë implementimit të ndëshkimeve të përcaktuara nga Allahu i Lartësuar.
+Ibn Haxheri ka thënë: "Nga ky hadith përfitojmë se lihet mënjanë ajo që është e vështirë, merret ajo që është më e lehtë dhe braktiset këmbëngulja në atë që nuk është e domosdoshme."
+Nxitja për falje, përveç në të drejtat e Allahut të Lartësuar.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6389</t>
+  </si>
+  <si>
+    <t>أتدرون ما المفلس؟</t>
+  </si>
+  <si>
+    <t>“A e dini se kush është i falimentuari?</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë: “A e dini se kush është i falimentuari?” Të pranishmit iu përgjigjën: "I falimentuari te ne është ai që nuk ka as dërhemë e as mall." Atëherë Profeti ﷺ tha: “I falimentuari nga umeti im është ai që vjen në Ditën e Kiametit me namaz, me agjërim dhe me zekat, mirëpo e ka ofenduar filanin, ka shpifur për filanin, e ka ngrënë pasurinë e filanit, ka derdhur gjakun e filanit dhe ka rrahur filanin. Rrjedhimisht, filanit do t'i jepen nga të mirat e këtij, atij tjetrit do t'i jepen nga të mirat e këtij, e, kur t'i harxhohen të mirat para se t'i lajë padrejtësitë ndaj tyre, atëherë do të merren mëkatet e tyre dhe do t'i hidhen këtij dhe më pas do të hidhet në Zjarr.”</t>
+  </si>
+  <si>
+    <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ i pyeti shokët e tij: "A e dini se kush është i falimentuari?" Ata thanë: "I falimentuari në mesin tonë është ai që nuk ka pasuri e as mall." Kësisoj u tha Profeti ﷺ: "I falimentuari nga umeti im në Ditën e Kiametit është ai që bën vepra të mira, si: namazi, agjërimi dhe zekati dhe vjen, ndërsa dikë ka sharë dhe ka ofenduar, tjetrin e ka akuzuar në nder, të tretit ia ka ngrënë pasurinë dhe e ka mohuar këtë gjë, të pestit i ka derdhur gjakun dhe i ka bërë zullum, të gjashtin e ka rrahur dhe poshtëruar, kësisoj të shtypurit u jepen prej të mirave të tij. Andaj, nëse veprat e tij të mira shteren para se të eliminohen të drejtat dhe zullumet, të shtypurit do t'i hiqen mëkatet dhe do të vendosen në regjistrat e shtypësit (të falimentuarit), pastaj do të hidhet në Zjarr, ku nuk do t'i mbetet asnjë vepër e mirë.</t>
+  </si>
+  <si>
+    <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
+حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
+استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
+بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
+القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
+معاملة الله للخلق قائمة على العدل والحق.</t>
+  </si>
+  <si>
+    <t>Paralajmërimi për t'u shmangur nga rënia në harame, veçanërisht në ato që kanë të bëjnë me të drejtat materiale dhe morale të njerëzve.
+Të drejtat e njerëzve mes vete janë të bazuara në llogari dhe kërkesë të plotë të drejtësisë, ndërsa të drejtat e Krijuesit, përveç shirkut (idhujtarisë), janë të bazuara në falje.
+Përdorimi i metodës së bashkëbisedimit që ngjall kërshërinë e dëgjuesit, tërheq vëmendjen e tij dhe nxit interesimin e tij, veçanërisht në edukim dhe udhëzim.
+I falimentuari i vërtetë, sipas kuptimit islam, është ai njeri të cilit kundërshtarët e tij në Ditën e Gjykimit do t'ia marrin veprat e mira.
+Hakmarrja në botën tjetër mund t'i zhdukë të gjitha veprat e mira, aq sa të mos lërë asgjë prej tyre.
+Allahu i trajton njerëzit në bazë të drejtësisë dhe së vërtetës.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6454</t>
+  </si>
+  <si>
     <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>“Nëse njeriu (musliman) shpenzon për familjen e tij, duke llogaritur në shpërblimin (e Allahut), atëherë kjo i shkruhet sadaka (lëmoshë).”</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Ebu Mesudi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Nëse njeriu (musliman) shpenzon për familjen e tij, duke llogaritur në shpërblimin (e Allahut), atëherë kjo i shkruhet sadaka (lëmoshë).”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se, nëse një njeri (musliman) shpenzon për familjen e tij, respektivisht për ata që është i detyruar të shpenzojë, si: gruaja, prindërit, fëmija dhe të tjerët, e me këtë synon të afrohet me Allahun e Lartësuar dhe e llogarit shpërblimin tek Ai për atë që shpenzon, atëherë ai do të ketë shpërblimin e sadakasë.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>Duke shpenzuar për famijen, arrihet shpërblimi (tek Allahu).
 Besimtari përmes veprave të tij synon Fytyrën e Allahut dhe shpërblimet që ndodhen tek Ai.
@@ -9896,50 +15078,114 @@
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se imani ka shumë degë dhe virtyte, ku përfshihen veprat, besimet dhe fjalët.
 Virtyti më i lartë dhe më i mirë i imanit është të thuash: "La ilahe il-lallah", duke e ditur kuptimin e saj dhe duke vepruar në përputhje me të, se Allahu është i vetmi Zot që meriton të adhurohet dhe askush tjetër nuk meriton një gjë të tillë.
 Më e vogla nga veprat e besimit është të largojmë mënjanë çdo gjë që i dëmton njerëzit në rrugët e tyre.
 Pastaj Profeti ﷺ tregoi se turpi është një nga virtytet e imanit dhe është një moral që nxit ta bëjmë atë që është e bukur dhe ta braktisim atë që është e shëmtuar.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>Besimi ka shkallë, disa prej të cilave janë më të mira se të tjerat.
 Besimi është fjalë (me gjuhë), vepër (me gjymtyrë) dhe besim (me zemër).
 Turpi ndaj Allahut të Lartësuar nënkupton që Ai të të mos shohë aty ku të ka ndaluar dhe të të mos shohë se mungon aty ku të ka urdhëruar.
 Përmendja e numrit nuk nënkupton kufizimin, por, përkundrazi, tregon se veprat e imanit janë të shumta, sepse arabët mund të përmendin një numër të caktuar për diçka dhe nuk synojnë kufizimin e tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6468</t>
+  </si>
+  <si>
+    <t>ما من صاحب ذهب ولا فضة، لا يؤدي منها حقها، إلا إذا كان يوم القيامة، صفحت له صفائح من نار</t>
+  </si>
+  <si>
+    <t>“Pronarit të arit dhe argjendit, që nuk e jep hakun e tyre (zekatin), kur të bëhet Dita e Kiametit ato do t'i shndërrohen në pllaka prej Zjarri</t>
+  </si>
+  <si>
+    <t>عَنْ أَبي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ، فَأُحْمِيَ عَلَيْهَا فِي نَارِ جَهَنَّمَ، فَيُكْوَى بِهَا جَنْبُهُ وَجَبِينُهُ وَظَهْرُهُ، كُلَّمَا بَرَدَتْ أُعِيدَتْ لَهُ، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ، إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
+قِيلَ: يَا رَسُولَ اللهِ، فَالْإِبِلُ؟ قَالَ: «وَلَا صَاحِبُ إِبِلٍ لَا يُؤَدِّي مِنْهَا حَقَّهَا، وَمِنْ حَقِّهَا حَلَبُهَا يَوْمَ وِرْدِهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، أَوْفَرَ مَا كَانَتْ، لَا يَفْقِدُ مِنْهَا فَصِيلًا وَاحِدًا، تَطَؤُهُ بِأَخْفَافِهَا وَتَعَضُّهُ بِأَفْوَاهِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
+قِيلَ: يَا رَسُولَ اللهِ، فَالْبَقَرُ وَالْغَنَمُ؟ قَالَ: «وَلَا صَاحِبُ بَقَرٍ، وَلَا غَنَمٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، لَا يَفْقِدُ مِنْهَا شَيْئًا، لَيْسَ فِيهَا عَقْصَاءُ، وَلَا جَلْحَاءُ، وَلَا عَضْبَاءُ تَنْطَحُهُ بِقُرُونِهَا وَتَطَؤُهُ بِأَظْلَافِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
+قِيلَ: يَا رَسُولَ اللهِ، فَالْخَيْلُ؟ قَالَ: «الْخَيْلُ ثَلَاثَةٌ: هِيَ لِرَجُلٍ وِزْرٌ، وَهِيَ لِرَجُلٍ سِتْرٌ، وَهِيَ لِرَجُلٍ أَجْرٌ، فَأَمَّا الَّتِي هِيَ لَهُ وِزْرٌ، فَرَجُلٌ رَبَطَهَا رِيَاءً وَفَخْرًا وَنِوَاءً عَلَى أَهْلِ الْإِسْلَامِ، فَهِيَ لَهُ وِزْرٌ، وَأَمَّا الَّتِي هِيَ لَهُ سِتْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ، ثُمَّ لَمْ يَنْسَ حَقَّ اللهِ فِي ظُهُورِهَا وَلَا رِقَابِهَا، فَهِيَ لَهُ سِتْرٌ وَأَمَّا الَّتِي هِيَ لَهُ أَجْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ لِأَهْلِ الْإِسْلَامِ، فِي مَرْجٍ وَرَوْضَةٍ، فَمَا أَكَلَتْ مِنْ ذَلِكَ الْمَرْجِ، أَوِ الرَّوْضَةِ مِنْ شَيْءٍ، إِلَّا كُتِبَ لَهُ، عَدَدَ مَا أَكَلَتْ حَسَنَاتٌ، وَكُتِبَ لَهُ، عَدَدَ أَرْوَاثِهَا وَأَبْوَالِهَا، حَسَنَاتٌ، وَلَا تَقْطَعُ طِوَلَهَا فَاسْتَنَّتْ شَرَفًا، أَوْ شَرَفَيْنِ، إِلَّا كَتَبَ اللهُ لَهُ عَدَدَ آثَارِهَا وَأَرْوَاثِهَا حَسَنَاتٍ، وَلَا مَرَّ بِهَا صَاحِبُهَا عَلَى نَهْرٍ، فَشَرِبَتْ مِنْهُ وَلَا يُرِيدُ أَنْ يَسْقِيَهَا، إِلَّا كَتَبَ اللهُ لَهُ، عَدَدَ مَا شَرِبَتْ، حَسَنَاتٍ»
+قِيلَ: يَا رَسُولَ اللهِ، فَالْحُمُرُ؟ قَالَ: «مَا أُنْزِلَ عَلَيَّ فِي الْحُمُرِ شَيْءٌ، إِلَّا هَذِهِ الْآيَةَ الْفَاذَّةُ الْجَامِعَةُ»: {فَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ خَيْرًا يَرَهُ، وَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ شَرًّا يَرَهُ} [الزلزلة: 8].</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Pronarit të arit dhe argjendit, që nuk e jep hakun e tyre (zekatin), kur të bëhet Dita e Kiametit ato do t'i shndërrohen në pllaka prej Zjarri, të cilat skuqen në zjarr të Xhehenemit e me to i hekuroset trupi, balli e shpina. Sa herë që ftohen, ato sërish skuqen në zjarr për atë, në Ditën, gjatësia e së cilës është pesëdhjetë mijë vjet. Kur të mbarojë gjykimi mes njerëzve, atij do t'i tregohet rruga: ose për në Xhenet, ose për në Zjarr.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أصنافًا من المال، وجزاء مَن لم يُؤدِّ زكاتها يوم القيامة، ومنها: 
+الأول: الذهب والفضة وما في حكمهما من أموال وعروض تجارة، وهو ما وجبت فيه الزكاة فلم تُؤَدَّ، فإذا كان يوم القيامة صُهِرت وسُكِبت على هيئة الألواح، وأوقد عليها في نار جهنم، وعُذِّب بها صاحبها، فيكوى بها جَنْبُه وجَبْهَتُه وظَهره، كلما بَرَدتْ أُعيد إحماؤها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مِقْدار يومِهِ خمسين ألف سنة، حتى يَحْكُم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
+الثاني: مالك الإبل التي لا يُؤدِّي فَرْض زكاتِها وحقِّها، ومنه حَلْبُها لِمَن يَحْضُرُها من المساكين، فيُؤتَى بهذه الإبل عَظَيمةً سمينةً وأكثر ما كانت في عَدَدِها، ويُبسَط ويُلقى ويُمَدّ لها صاحبُها يوم القيامة على أرض واسعة مستوية، تَطَأَه بأرجلها، وتعضُّه بأسنانها، كلّما مَرَّ عليه آخرُها رُدّ عليه أولُها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
+الثالث: مالك البقر والغنم -من الضّأن والماعِز- التي لا يؤدِّي صاحبها زكاتها المفروضة، فيؤتى بها أَوْفَرَ ما كانت عَدَدًا لا ينقص منها شيء، فيبسط ويُلقى ويُمَدّ لها صاحبها يوم القيامة على أرض واسعة مستوية، ليس فيها مُلْتَوية القَرنين، ولا ما لا قَرْن لها، ولا مكسورة القرن، بل هي على أَكْمَل أوصافِها، فتَنْطَحُه بقرونها، وتطأه بأرجلها، كلما مر عليه آخرها رد عليه أولها، 
+ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
+الرابع: مقتني الخيل، وهو على ثلاثة أصناف: 
+الأول: هي له وِزْر، وهو من اتَّخَذَهَا رياءً وفخرًا وحربًا على أهل الإسلام. 
+الثاني: هي له سِتْر، وهو من اتخذها للجهاد في سبيل الله، ثم أحسن إليها فقام بِعَلْفِها وسائر مُؤَنِها، ومنه إِطْراق فَحْلِها. 
+الثالث: هي له أَجْر، وهو مَن اتَّخَذَها للجهاد في سبيل الله لأهل الإسلام، وهي في مَرْجٍ ورَوضة للرَّعْي، فما أَكَلت إلا كُتِب له عَدد ما أكلت حسنات، وكتب له عدد أرواثها وأبوالها حسنات، ولا تقطع طولها، وهو الحِبْل الذي تُربَط فيه، وجَرَت ورَكَضَت في العالي من الأرض؛ إلا كُتب الله له عدد آثارها وأرواثها حسنات، ولا مَرّ بها صاحبُها على نهر فشربت منه ولا يريد أن يسقيها، إلا كتب الله له عدد ما شربت حسنات. 
+ثم سئل صلى الله عليه وسلم عن الحمير أهي مثل الخيل؟ 
+فقال: بأنه لم ينزل فيها تشريع يَخُصُّها إلا هذه الآية القليلة النظير، وهي عامة لجميع الأنواع من طاعة ومعصية؛ وهي قوله تعالى: {فمن يعمل مثقال ذرة خيرًا يره، ومن يعمل مثقال ذرة شرًا يره}. [الزلزلة: 8]، فمن عمل في اقتناء الحمير طاعة رأى ثواب ذلك، وإن عمل معصية رأى عقاب ذلك، وهذا شامل لكل الأعمال.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ  në këtë hadith i sqaroi llojet e pasurisë dhe ndëshkimin për atë që nuk e jep zekatin e saj në Ditën e Kiametit. Prej tyre i përmendi këta:
+E para: Ari, argjendi dhe çdo pasuri tjetër e ngjashme me to, si mallrat tregtare, për të cilat është obliguar zekati, por nuk është dhënë. Kur të vijë Dita e Kiametit, ato do të shkrihen dhe do të derdhen në formën e pllakave, pastaj do të nxehen në zjarrin e Xhehenemit dhe pronari i tyre do të ndëshkohet me to. Me to i hekuroset trupi, balli e shpina, si dhe sa herë që të ftohen, do të rinxehen përsëri. Ky ndëshkim do të vazhdojë gjatë gjithë Ditës së Kiametit, e cila zgjat pesëdhjetë mijë vjet, derisa Allahu të gjykojë mes krijesave dhe të vendosë nëse ai do të jetë banor i Xhenetit apo i Zjarrit.
+E dyta: Pronari i deveve që nuk e jep zekatin dhe të drejtat e tyre, përfshirë lejimin e të varfërve të marrin qumështin e tyre. Në Ditën e Kiametit, këto deve do të sillen të mëdha, të shëndosha dhe në numrin më të madh që kanë pasur ndonjëherë. Pronari i tyre do të shtrihet në një tokë të gjerë dhe të sheshtë, ku ato do ta shkelin me shputat e tyre dhe do ta kafshojnë me dhëmbët e tyre. Sa herë që të kalojë tufa e fundit, do t'i kthehet përsëri e para. Ky ndëshkim do të vazhdojë gjatë gjithë Ditës së Kiametit, e cila zgjat pesëdhjetë mijë vjet, derisa Allahu të gjykojë mes krijesave dhe të vendosë nëse ai do të jetë banor i Xhenetit apo i Zjarrit.
+E treta: Pronari i lopëve dhe deleve, qofshin ato dhen apo dhi, që nuk jep zekatin e tyre të detyrueshëm. Në Ditën e Kiametit, ato do të sillen në numrin e tyre më të madh, pa munguar asnjëra prej tyre. Pronari i tyre do të shtrihet në një tokë të gjerë dhe të sheshtë, ku nuk do të ketë asnjë me brirë të thyer, pa brirë apo me të meta, por të gjitha do të jenë në formën e tyre më të plotë. Ato do ta godasin me brirët e tyre dhe do ta shkelin me thundrat e tyre. Sa herë që të kalojë tufa e fundit, do t’i kthehet përsëri e para. Ky ndëshkim do të vazhdojë gjatë gjithë Ditës së Kiametit, e cila zgjat pesëdhjetë mijë vjet, derisa Allahu të gjykojë mes krijesave dhe të vendosë nëse ai do të jetë banor i Xhenetit apo i Zjarrit.
+E katërta: Pronari i kuajve, të cilët ndahen në tre kategori:
+E para: Kuajt për të cilët bart barrë mëkati. Kjo vlen për atë që i mban kuajt për t’u mburrur, për syfaqësi dhe për luftë kundër muslimanëve.
+E dyta: Kuajt që janë mbrojtje për të. Kjo vlen për atë që i mban kuajt për xhihad në rrugë të Allahut, pastaj sillet mirë me ta duke u siguruar ushqimin dhe kujdesin e nevojshëm, përfshirë edhe lënien e tyre për çiftëzim.
+E treta: Kuaj për të cilët ka shpërblim. Kjo vlen për atë që i mban kuajt për xhihad në rrugë të Allahut për t'ia dhënë muslimanëve. Nëse ata kullosin në një livadh apo luginë, çdo kafshatë që hanë do t’i shkruhet si sevap. Gjithashtu, çdo jashtëqitje dhe urinë e tyre do t’i shkruhet si sevap. Nëse e këpusin litarin me të cilin janë lidhur dhe vrapojnë shpejt në një vend të ngritur, çdo gjurmë e tyre dhe çdo jashtëqitje do t’i numërohet si sevap. Po ashtu, nëse kalon pranë një lumi dhe ata pinë ujë prej tij, ndërsa pronari nuk kishte ndërmend t’u jepte ujë, do t’i shkruhet sevap për çdo gllënkë që pinë.
+Pastaj Profeti ﷺ u pyet se a janë gomarët si kuajt?
+Atëherë Profeti ﷺ tha se nuk është shpallur ndonjë ligj specifik për to, përveç këtij ajeti të rrallë, i cili është i përgjithshëm për të gjitha llojet e veprave, qofshin të mira apo të këqija, ku thotë Allahu i Lartësuar: "Kush ka bërë ndonjë të mirë, qoftë sa një thërrmijë, do ta shohë atë, e kush ka bërë ndonjë të keqe, qoftë sa një thërrmijë, do ta shohë atë." (Ez Zelzele, 8) Pra, kush i mban gomarët me qëllim të mirë dhe për bindje ndaj Allahut, do ta shohë shpërblimin për këtë, sikurse kush i mban ata për mosbindje ndaj Tij, do ta shohë ndëshkimin. Ky parim i përfshin të gjitha veprat.</t>
+  </si>
+  <si>
+    <t>وجوب إيتاء الزكاة، والوعيد الشديد على منعِها.
+عدم كفر مانع الزكاة تكاسلًا، لكنه على خطر شديد.
+الإنسان يُؤجَر على التفاصيل التي تقع في فعل الطاعة، إذا قصد أصلَها، وإن لم يقصد تلك التفاصيل.
+في المال حقٌّ سِوى الزكاة.
+من الحق في الإبل حَلْبُها لمن يحضرها من المساكين عند موضع شربها الماء؛ ليكون أسهل على المحتاج من قصد المنازل، وأرفق بالماشية، قال ابن بطال: في المال حَقَّان: فرض عين وغيره، فالحَلْب من الحقوق التي هي من مكارم الأخلاق.
+من الحق الواجب في الإبل والبقر والغنم إطراق فحلها إذا طلبت عاريته.
+حكم الحُمُر وكل ما لم يرد به نص: أنه داخل في قوله تعالى: (فمن يعمل مِثقال ذرة خيرًا يَره، ومن يعمل مِثقال ذرة شرًا يره).
+في الآية الترغيب في فعل الخير ولو قليلًا، والترهيب من فعل الشر ولو حقيرًا.</t>
+  </si>
+  <si>
+    <t>Është obligim dhënia e zekatit dhe ka kërcënim të ashpër për ata që nuk e japin.
+Ai që nuk e jep zekatin nga përtacia nuk është jobesimtar, por është në rrezik të madh.
+Njeriu shpërblehet për detajet që ndodhin gjatë kryerjes së një akti adhurimi, nëse ka pasur për qëllim vetë veprën, edhe nëse nuk ka pasur për qëllim ato detaje.
+Në pasuri ka edhe të drejta tjera përveç zekatit.
+Ndër të drejtat në raport me devetë është që të milet qumështi i tyre për të varfrit, që ndodhen pranë vendit ku ato pinë ujë, në mënyrë që të jetë më e lehtë për nevojtarin, sesa të shkojë nëpër shtëpi dhe më e përshtatshme për bagëtinë. Ibn Betali ka thënë: "Në pasuri ka dy të drejta: një që është obligim individual dhe një tjetër. Mjelja e deveve për të varfrit është nga ato të drejta që hyjnë te vlerat e larta morale."
+Një nga të drejtat e detyrueshme në deve, lopë dhe dele është huazimi i mashkullit të tyre për çiftëzim atëherë kur kërkohet.
+Vendimi për gomarët dhe çdo gjë që nuk është e përcaktuar në tekst fetar është se ajo hyn në fjalën e Allahut: "Kush ka bërë ndonjë të mirë, qoftë sa një thërrmijë, do ta shohë atë, e kush ka bërë ndonjë të keqe, qoftë sa një thërrmijë, do ta shohë atë." (Ez Zelzele, 7-8)
+Ajeti na inkurajon të bëjmë mirë, edhe nëse është diçka e vogël, si dhe na kërcënon për të mos bërë keq, edhe nëse është diçka e parëndësishme.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6611</t>
   </si>
   <si>
     <t>ما منكم من أحد إلا سيكلمه الله، ليس بينه وبينه ترجمان</t>
   </si>
   <si>
     <t>“Allahu do t'i flasë secilit drejtpërdrejt, pa përkthyes mes Allahut dhe robit</t>
   </si>
   <si>
     <t>عَنْ عَدِيِّ بْنِ حَاتِمٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ، فَيَنْظُرُ أَيْمَنَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ أَشْأَمَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ بَيْنَ يَدَيْهِ فَلَا يَرَى إِلَّا النَّارَ تِلْقَاءَ وَجْهِهِ، فَاتَّقُوا النَّارَ وَلَوْ بِشِقِّ تَمْرَةٍ».</t>
   </si>
   <si>
     <t>Adij ibn Hatimi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu do t'i flasë secilit drejtpërdrejt, pa përkthyes mes Allahut dhe robit. Kur robi shikon djathtas, nuk sheh asgjë përveç veprave të veta. Pastaj shikon majtas dhe, sërish, nuk sheh asgjë përveç veprave të veta. Pastaj shikon para vetes, por nuk sheh asgjë përveç Zjarrit përpara fytyrës. Prandaj, ruajuni nga Zjarri, qoftë dhe me gjysmë hurme.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ كلَّ مؤمن سيقف بين يدي الله يوم القيامة لوحدِه، وأنّ الله تعالى سيُكلّمه بدون واسطة وليس بينهما مترجم يترجم الكلام، فينظر جهة اليمين والشمال من شدة الفزع، ولعله أن يجد طريقًا يذهب فيها ليحصل له النجاة من النار التي هي أمامه. 
 فإذا نظر في الجانب الذي على يمينه فلا يرى إلا ما قدَّمَ من العمل الصالح، 
 وإذا نظر عن شماله فلا يرى إلا ما قدَّم من العمل السيء، 
 وإذا نظر أمامه فلا يرى إلا النار، ولا يمكنه أن يَحيدَ عنها إذ لا بدّ له من المرور على الصراط. 
 ثم قال صلى الله عليه وسلم: اجعلوا بينكم وبين النار وقاية من الصدقة وعمل البر، ولو بشيء يسير كنصف تمرة.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se çdo besimtar do të qëndrojë para Allahut në Ditën e Gjykimit i vetëm dhe se Allahu i Lartësuar do t'i flasë pa ndërmjetës dhe nuk do të ketë mes tyre përkthyes që do ta përkthejë bisedën mes tyre. Ai do të shikojë djathtas e majtas për shkak të frikës së madhe, që të gjejë një rrugëdalje për të shpëtuar nga Zjarri që është përpara tij. Kur të shikojë nga ana e djathtë, do t'i shohë vetëm veprat e mira që ka bërë, e, kur të shikojë nga ana e majtë, do t'i shohë vetëm veprat e këqija që ka bërë. E, kur të shikojë përpara, do ta shohë vetëm Zjarrin, e nuk mund të largohet nga ai, sepse duhet patjetër të kalojë mbi Urën e Siratit. Pastaj Profeti ﷺ tha të vendosni ndërmjet jush dhe Zjarrit një mbrojtje: sadaka dhe vepra mirësie, qoftë dhe diçka e vogël, si gjysmë hurme.</t>
   </si>
   <si>
     <t>الحث على الصدقات وإن قَلَّتْ والتَّخَلُّق بالخصال الحميدة، والمعاملة باللطف ولين الكلام.
@@ -10044,82 +15290,160 @@
 أن الجزاء من جنس العمل.
 أن نتيجة العمل ترجع إلى العامل خيرا أو شرا.
 خذلان من انصرف عن الله وطلب النفع من غيره.</t>
   </si>
   <si>
     <t>Ndalohet lidhja pas dikujt tjetër përveç Allahut të Lartësuar.
 Është obligim që të lidhemi me Allahun në të gjitha çështjet.
 Sqarimi i dëmit të shirkut dhe përfundimit të tij të keq.
 Shpërblimi është sipas llojit të veprës.
 Rezultai i veprës kthehet te vepruesi, qoftë mirë, qoftë keq.
 Braktisja e atij që largohet nga Allahu dhe kërkon dobi nga dikush tjetër përveç Tij.</t>
   </si>
   <si>
     <t>رواه أحمد والترمذي</t>
   </si>
   <si>
     <t>[E shënon Tirmidhiu - E shënon Ahmedi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6763</t>
   </si>
   <si>
     <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
-    <t>Për atë që thotë: "La ilahe il-lallah" dhe mohon çdo gjë që adhurohet përveç Allahut, pasuria dhe gjaku është i ndaluar, e llogaria e tij është tek Allahu</t>
+    <t>Për atë që thotë: "La ilahe il-lallah" dhe mohon çdo gjë që adhurohet përveç Allahut, pasuria dhe gjaku i tij janë të ndaluara, e llogaria e tij është tek Allahu</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
-    <t>Tarik ibn Ushejm Eshxheiu (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: "Për atë që thotë: "La ilahe il-lallah" dhe mohon çdo gjë që adhurohet përveç Allahut, pasuria dhe gjaku është i ndaluar, e llogaria e tij është tek Allahu."</t>
+    <t>Tarik ibn Ushejm Eshxheiu (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: "Për atë që thotë: "La ilahe il-lallah" dhe mohon çdo gjë që adhurohet përveç Allahut, pasuria dhe gjaku i tij janë të ndaluara, e llogaria e tij është tek Allahu."</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se kushdo që thotë dhe dëshmon me gjuhën e tij: "La ilahe il-lallah”, që do të thotë: nuk ka të adhuruar me të drejtë përveç Allahut dhe mohon çdo gjë që adhurohet përveç Allahut dhe distancohet nga të gjitha fetë përveç Islamit, pasuria dhe gjaku i tij janë të ndaluara për muslimanët, kështu që ne i shikojmë vetëm veprat që i shfaq botërisht, kësisoj nuk i merret pasuria e as nuk i derdhet gjaku, përveç nëse ai kryen ndonjë krim që e bën të domosdoshme këtë gjë sipas dispozitave të Islamit.
 Në Ditën e Kiametit, Allahu do ta marrë në llogari: nëse ka qenë i sinqertë, do ta shpërblejë, e, nëse ka qenë hipokrit, do ta ndëshkojë.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>Shqiptimi i dëshmisë: "La ilahe il-lallah" dhe mohimi i çdo gjëje që adhurohet përveç Allahut është kusht për të hyrë në Islam.
 Kuptimi i dëshmisë: "La ilahe il-lallah" nënkupton mohimin e çdo gjëje që adhurohet përveç Allahut, bie fjala, idhujt, varret e gjërat e tjera dhe veçimi i Allahut të Lartësuar me adhurim.
 Kushdo që jetëson monoteizmin (teuhidin) dhe u përmbahet ligjeve të tij të jashtme, është person që nuk duhet të preket, përveç nëse bëhet e qartë nga ana e tij e kundërta e kësaj.
-Pasuria dhe gjaku i muslimanit është i paprekshëm, përveçse me hak (kur e parasheh ligji islam).
+Pasuria dhe gjaku i muslimanit janë të paprekshme, përveçse me hak (kur e parasheh ligji islam).
 Dispozitat në këtë botë ndërlidhen me pamjen e jashtme, atë që e shfaq njeriu, ndërsa në botën tjetër, në bazë të nijetit dhe synimit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/6765</t>
+  </si>
+  <si>
+    <t>نضر الله امرأ سمع منا شيئا فبلغه كما سمع، فرب مبلغ أوعى من سامع</t>
+  </si>
+  <si>
+    <t>Allahu e ndriçoftë një njeri që dëgjon prej nesh diçka dhe e përcjell ashtu siç e ka dëgjuar, sepse ndodh, që ai të cilit i përcillet, të jetë më i kuptueshëm se ai që e ka dëgjuar</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «نَضَّرَ اللَّهُ امْرَأً سَمِعَ مِنَّا شَيْئًا فَبَلَّغَهُ كَمَا سَمِعَ، فَرُبَّ مُبَلِّغٍ أَوْعَى مِنْ سَامِعٍ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Allahu e ndriçoftë një njeri që dëgjon prej nesh diçka dhe e përcjell ashtu siç e ka dëgjuar, sepse ndodh, që ai të cilit i përcillet, të jetë më i kuptueshëm se ai që e ka dëgjuar."</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بالنَّضَارة والبَهْجَة والحُسْن في الدنيا، وأنْ يُوصله الله إلى نَضْرَة الجنة ونعيمها ونَضَارتها في الآخرة؛ لمن سمع حديثه فحَفِظَه حتى يُبلِّغَه لغيره، فربما يكون المنقول له الحديث أَوعى وأفقه وأقدر على الاستنباط من ناقِل الحديث، فيكون الأول يُتْقِنُ الحفظ والنقل، ويكون الثاني يتقن الفهم والاستنباط.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ u lut që Allahu t’i dhurojë ndriçim, gëzim dhe bukuri në këtë botë, si dhe ta çojë atë në ndriçimin dhe begatitë e Xhenetit në botën tjetër, për atë që e dëgjon hadithin e tij, e mëson përmendsh dhe e përcjell te të tjerët. Ndoshta atij që i përcillet hadithi është më i kuptueshëm, më i thellë në dije dhe më i aftë për të nxjerrë dobi e dispozita sesa ai që e përcjell hadithin. Kështu, i pari e zotëron mirë mbajtjen përmendësh dhe transmetimin, ndërsa i dyti e zotëron mirë kuptimin dhe nxjerrjen e dobive dhe dispozitave.</t>
+  </si>
+  <si>
+    <t>الحث على حفظ السنة النبوية، وتبليغها للناس.
+بيان فضل أهل الحديث، وشَرَف طلبه.
+فضل العلماء، الذين هم أهل الاستنباط والفهم.
+فضل الصحابة رضوان الله عليهم، فهم من سمعوا حديث رسول الله صلى الله عليه وسلم وبَلَّغوه لنا.
+قال المناوي: بَيَّنَ به أنَّ راوي الحديث ليس الفقه مِن شَرْطِه، إنما شَرْطُه الحفظ، وعلى الفقيه التَّفَهُّم والتدبُّر.
+قال ابن عيينة: ما من أحد يطلب الحديث إلا وفي وجهه نَضْرة لهذا الحديث.
+الحِفْظ عند المُحدِّثين على نوعين: حِفْظ قَلْب وصَدْر، وحِفظ كتاب وسَطْر، وكلاهما يشمله الدعاء في الحديث.
+فهوم الناس مُتَفَاوِتَة، فرُبّ مبلغ أوعى من سامع، ورب حامل فقه ليس بفقيه.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për ta ruajtur Sunetin profetik dhe përcjelljen e tij te njerëzit.
+Sqarim për vlerën që e gëzojnë ithtarët e dijetarët e hadithit dhe vlera e kërkimit të haditheve.
+Vlera e dijetarëve, të cilët janë meritorët për të nxjerrë dispozita dhe për t'i kuptuar hadithet (ashtu siç duhet).
+Vlera e sahabëve (Allahu qoftë i kënaqur me ta!) qëndron në faktin se ata ishin ata që i dëgjuan hadithet e të Dërguarit të Allahut ﷺ dhe na i përcollën neve.
+Munaviu ka thënë: "Me këtë (hadith) është sqaruar se për transmetuesin e hadithit, kuptimi i thellë (fikhu) nuk është prej kushteve të transmetimit të tij; kushti i tij është memorizimi (hifzi), ndërsa detyrë e dijetarit është kuptimi dhe meditimi mbi të.
+Ibn Ujejne ka thënë: "Nuk ka njeri që e kërkon (dhe e mëson) hadithin, veçse në fytyrën e tij shihet një ndriçim për shkak të këtij hadithi."
+Memorizimi (hifzi) tek dijetarët e hadithit është dy lloje: ruajtje me zemër dhe gjoks (memorizim përmendsh), dhe ruajtje me libër dhe shkrim. Të dyja këto lloje përfshihen në lutjen e përmendur në hadith.
+Kuptimet e njerëzve janë të ndryshme; ndodh që ai të cilit i përcillet (hadithi) të jetë më i thellë në kuptim sesa ai që e ka dëgjuar hadithin, dhe ndodh që bartësi i një dijeje (fikh) të mos jetë vetë jurist (fakih).</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6820</t>
+  </si>
+  <si>
+    <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
+  </si>
+  <si>
+    <t>Ai që tregon një hadith nga unë që duket se është gënjeshtër, llogaritet njëri prej dy gënjeshtarëve</t>
+  </si>
+  <si>
+    <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
+  </si>
+  <si>
+    <t>Semura ibn Xhundebi dhe Mugira ibn Shube (Allahu qoftë i kënaqur me të dytë!) transmetojnë se i Dërguari i Allahut ﷺ ka thënë: "Ai që tregon një hadith nga unë që duket se është gënjeshtër, llogaritet njëri prej dy gënjeshtarëve."</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith na tregon se kushdo që citon një hadith prej tij, ndërkohë ai e di, mendon ose mendon se ka shumë të ngjarë që ai të jetë gënjeshtër kundër tij ﷺ, atëherë cituesi është bashkëpjesëmarrës me atë që e filloi këtë gënjeshtër.</t>
+  </si>
+  <si>
+    <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
+صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
+يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
+  </si>
+  <si>
+    <t>Verifikimi i haditheve të transmetuara nga Profeti ﷺ dhe vërtetimi i saktësisë së tyre para se të transmetohen.
+Përshkrimin si gënjeshtar e merr çdokush që shpik gënjeshtrën dhe ata që e transmetojnë dhe e përhapin atë midis njerëzve.
+Është haram të transmetohet hadithi i shpikur (ar. meudu) për atë që e di se është i tillë ose që mendon se ka shumë të ngjarë të jetë i shpikur, përveç nëse është për të tërhequr vërejtjen kundër tij.</t>
+  </si>
+  <si>
+    <t>رواه مسلم في مقدمته</t>
+  </si>
+  <si>
+    <t>[رواه مسلم في مقدمته]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/6982</t>
   </si>
   <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Morali i Profetit të Allahut ﷺ ishte Kurani</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Kur Sad ibn Hisham ibn Amri hyri tek Aishja (Allahu qoftë i kënaqur me të!), i tha: “Oj nëna e besimtarëve, më informo për moralin e të Dërguarit të Allahut ﷺ!” Ajo i tha: "A nuk e lexon Kuranin?" Thashë: "Po." Ajo tha: "Morali i Profetit të Allahut ﷺ ishte Kurani."</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Nëna e besimtarëve, Aishja (Allahu qoftë i kënaqur me të!), është pyetur për moralin e Profetit ﷺ e ajo u përgjigj me një fjalë gjithëpërfshirëse, kur pyetësin e ktheu te Kurani i madhërishëm, i cili ngërthen në vete të gjitha atributet e përsosurisë. Ajo tha se Profeti ﷺ stolisej me moralin e Kuranit: atë që Kurani e urdhëroi, ai e jetësoi; atë që Kurani e ndaloi, ai u largua prej saj. Pra, morali i tij ishte vënia e tij në praktikë, ndalimi te kufijtë e tij, stolisja me edukatën e tij dhe marrja mësim nga shembujt e tregimet kuranore.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
@@ -10148,120 +15472,716 @@
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Të mëshirshmit do t'i mëshirojë i Gjithëmëshirshmi. Mëshirojini banorët e Tokës, që t'ju mëshirojë Ai që është mbi qiell."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se ata që i mëshirojnë të tjerët, do të mëshirohen nga i Gjithëmëshirshmi, mëshira e të Cilit  përfshin çdo gjë, si shpërblim përkatës (të veprave të tyre).
 Pastaj Profeti ﷺ urdhëroi të mëshirohen të gjitha krijesat e Tokës, qofshin njerëz, kafshë, zogj, qofshin lloje të tjera, ndërsa shpërblimi për këtë është se Allahu mbi qiejt e Tij do të mëshirojë.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>Feja islame është fe e mëshirës dhe bazohet tërësisht në bindjen ndaj Allahut dhe mirësinë ndaj krijesave.
 Allahu i Lartmadhëruar është i cilësuar me mëshirë dhe Ai është i Gjithëmëshirshmi, Mëshirëploti, që e përcjell mëshirën te robërit e Tij.
 Shpërbimi është në varësi të veprës: të mëshirshmit do t'i mëshirojë Allahu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8289</t>
+  </si>
+  <si>
+    <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
+  </si>
+  <si>
+    <t>kur Profeti ﷺ hynte në xhami, thoshte: “Eudhu bilahil adhim, ve bivexhhihil kerim, ve sultanihil kadim, minesh shejtani err rraxhim (I kërkoj mbrojtje Allahut të Madhërishëm me Fytyrën e Tij Fisnike dhe pushtetin e Tij të lashtë nga shejtani i mallkuar!)”</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Amër ibn Asi (Allahu qoftë i kënqur me të!) tregon se kur Profeti ﷺ hynte në xhami, thoshte: “Eudhu bilahil adhim, ve bivexhhihil kerim, ve sultanihil kadim, minesh shejtani err rraxhim (I kërkoj mbrojtje Allahut të Madhërishëm me Fytyrën e Tij Fisnike dhe pushtetin e Tij të lashtë nga shejtani i mallkuar!)” Më tha: “Vetëm kaq?” - Po, - i thashë. Më tha (se Profeti ﷺ ka thënë): “Kur ta thotë këtë, shejtani thotë: “U mbrojt nga unë për tërë ditën.”</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دَخل المسجدَ قال: 
+(أعوذ بالله العظيم) أعتصم وألتجئ بالله وصفاته 
+(وبوجهه الكريم) الجَواد المُعطي، 
+(وسلطانه) غَلبَتِه وقدرتِه وقهرِه على من أراد من خلقِه 
+(القديم) الأزلي الأبدي 
+(من الشيطان الرجيم) المبعود والمطرود من رحمة الله،
+أي: اللهم احفظني من وسوسته وإغوائه وخطواته وخطراته وتسويله وإضلاله، فإنه السبب في الضلالة والباعث على الغواية والجهالة، 
+فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
+قال: نعم.
+فإذا قال الداخل للمسجد هذا الدعاء؛ قال الشيطان: لقد حَفِظ هذا الداخل نفسَه مني جميع الوقت، يومه وليلته.</t>
+  </si>
+  <si>
+    <t>Kur Profeti ﷺ hynte në xhami, thoshte: “Eudhu bilahil adhim", respektivisht: mbrohem dhe strehohem tek Allahu. "ve bivexhhihil kerim", respektivisht: mbrohem tek Allahu me Fytyrën e Tij fisnike dhe bujare. "ve sultanihi", pra, dominimi, fuqia dhe pushteti i Tij mbi këdo që Ai dëshiron nga krijesat e Tij. "el kadim", pra, i pafillimtë dhe i përhershëm. "mine shejtani rraxhim", pra, shejtani i larguar dhe i dëbuar nga mëshira e Allahut. Pra: "O Allah, më ruaj nga cytja, mashtrimi, hapat, mendimet, joshja dhe lajthitja e tij, sepse ai është shkaktar i devijimit dhe nxitës i humbjes dhe injorancës!" Abdullah ibn Amrit iu tha: "Vetëm kaq?" Pra, a vetëm kaq ka thënë Profeti ﷺ? - Po, - tha ai.
+Kur ta thotë këtë lutje ai që futet në xhami, atëherë shejtani do të thotë: "Ky që hyri e ka mbrojtur veten nga unë gjatë tërë kohës: gjatë ditës dhe natës."</t>
+  </si>
+  <si>
+    <t>فضل الدعاء بهذا الذكر عند دخول المسجد، وأنه يحفظ قائلَه من الشيطان بقية يومه.
+التحذير من الشيطان، وأنه يتربَّصُ للمسلم؛ لإضلاله وإغوائه.
+يحصل للإنسان من الحفظ من إضلال الشيطان وإزاغته على قدر ما يقوم بقلبه من الإيمان بالله والاستحضار لهذا الدعاء وتصديقه بموعد الله المترتب عليه.</t>
+  </si>
+  <si>
+    <t>Vlera e lutjes përmes këtij dhikri gjatë hyrjes në xhami, meqë e ruan nga shejtani atë që e thotë pjesën e mbetur të ditës.
+Tërheqja e vërejtjes nga shejtani, sepse ai i zë pritë muslimanit për ta lajthitur dhe për ta mashtruar.
+Njeriu (besimtar) do të mbrohet nga devijimi dhe mashtrimi i shejtanit në atë masë që zemra e tij i beson Allahut, e jetëson këtë lutje dhe i beson premtimit të Allahut, që rrjedh si shkak i thënies së këtij dhikri.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8294</t>
+  </si>
+  <si>
+    <t>يقول الله تعالى لأهون أهل النار عذابا يوم القيامة: لو أن لك ما في الأرض من شيء أكنت تفتدي به؟ فيقول: نعم</t>
+  </si>
+  <si>
+    <t>“Në Ditën e Kiametit, Allahu i Lartësuar do t'i thotë të dënuarit me dënimin më të lehtë në Zjarr: "Sikur të posedoje gjithçka në Tokë, a do ta flijoje për të shpëtuar nga kjo?" - Po, - përgjigjet ai</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ: أَرَدْتُ مِنْكَ أَهْوَنَ مِنْ هَذَا، وَأَنْتَ فِي صُلْبِ آدَمَ: أَلّاَ تُشْرِكَ بِي شَيْئًا، فَأَبَيْتَ إِلَّا أَنْ تُشْرِكَ بِي».</t>
+  </si>
+  <si>
+    <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Në Ditën e Kiametit, Allahu i Lartësuar do t'i thotë të dënuarit me dënimin më të lehtë në Zjarr: "Sikur të posedoje gjithçka në Tokë, a do ta flijoje për të shpëtuar nga kjo?" - Po, - përgjigjet ai. Allahu ia kthen: "Teksa ishe në palcën e Ademit, të kërkova diçka edhe më të lehtë se kjo: të mos më bëje ortak (shirk). Por, ti nuk doje ndryshe, përveçse të më bëje ortak.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ الله تعالى يقول لأهون أهل النار عذابًا بعد دخولها: لو كانت لك الدنيا وما فيها أكنت مُفتديًا بها من هذا العذاب؟ 
+فيقول: نعم، 
+فيقول الله: قد طَلبتُ منك وأمرتُك بأيسر من ذلك حين أُخذ الميثاق عليك وأنت في صُلْبِ آدم ألّا تشرك بي شيئًا؛ فأبيتَ إذْ أخرجتُك إلى الدنيا إلا الشرك.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se Allahu i Lartësuar do t'i thotë njeriut me dënimin më të lehtë në Zjarr, pasi të hyjë në të: "Sikur ta posedoje këtë botë dhe gjithçka që gjendet në të, a ta flijoje për të shpëtuar nga ky dënim?!" - Po, - do të thotë. E Allahu do t'i thotë: "Unë të kërkova dhe të urdhërova diçka më të lehtë se kaq, kur besëlidhja u mor prej teje, kur ishe në palcën e Ademit, që të mos më bësh ortak asgjë (në adhurim), por ti refuzove, kur të nxora në këtë botë, veçse të më bësh ortak (shirk)."</t>
+  </si>
+  <si>
+    <t>فضل التوحيد ويُسْر العمل به.
+خطر الشرك بالله تعالى وعاقبته.
+أخذ الله الميثاق على بني آدم وهم في ظَهْر أبيهم آدم بعدم الشرك.
+التحذير من الشرك وأنّ الدنيا كلَّها لا تغني عن الكافر يوم القيامة شيئًا.</t>
+  </si>
+  <si>
+    <t>Vlera e teuhidit dhe se ai është i lehtë për t'u praktikuar.
+Rreziku i shirkut dhe fundi i tij i pështirë.
+Allahu e mori besëlidhjen nga bijtë e Ademit teksa ata ishin në kurrizin e babait të tyre Ademit, që të mos i shoqërojnë Atij asgjë (në adhurim).
+Paralajmërim kundër shirkut (idhujtarisë) dhe se e gjithë kjo botë nuk do t'i bëjë dobi jobesimtarit asgjë në Ditën e Kiametit.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8315</t>
+  </si>
+  <si>
+    <t>ينادي مناد: إن لكم أن تصحوا فلا تسقموا أبدا، وإن لكم أن تحيوا فلا تموتوا أبدا، وإن لكم أن تشبوا فلا تهرموا أبدا، وإن لكم أن تنعموا فلا تبأسوا أبدا</t>
+  </si>
+  <si>
+    <t>“Një thirrës (në Xhenet) do të thërrasë: “Ju, gjithnjë do të gëzoni shëndet e nuk do të sëmureni kurrë. Do të keni jetë të përhershme e nuk do të vdisni kurrë. Do të keni rini të përhershme e nuk do të plakeni kurrë dhe do të begatoheni e nuk do të përjetoni vështirësi kurrë.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَأَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا» فَذَلِكَ قَوْلُهُ عَزَّ وَجَلَّ: {وَنُودُوا أَنْ تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ} [الأعراف: 43].</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu dhe Ebu Hurejra (Allahu qoftë i kënaqur me ta!) transmetojnë se Profeti ﷺ ka thënë: “Një thirrës (në Xhenet) do të thërrasë: “Ju, gjithnjë do të gëzoni shëndet e nuk do të sëmureni kurrë. Do të keni jetë të përhershme e nuk do të vdisni kurrë. Do të keni rini të përhershme e nuk do të plakeni kurrë dhe do të begatoheni e nuk do të përjetoni vështirësi kurrë.” Ky është kuptimi i fjalës së Allahut të Lartmadhëruar: “Dhe atyre do t'u thuhet: “Ky është Xheneti që ju është dhënë, për atë që keni punuar.” (El Araf, 43)</t>
+  </si>
+  <si>
+    <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنه ينادي أهلَ الجنة مُنادٍ وهم فيها يتنعمون: إنّ لكم أنْ تَصحوا فلا تمرضوا في الجنة أبدًا مهما قَلَّ المرض، وإنَّ لكم أن تَحْيَوا فلا تموتوا فيها أبدًا ولو كان نومًا وهو موتة صغرى، وإن لكم أن تَشِبُّوا فلا تَشِيْخوا فيها أبدًا، وإن لكم أن تَنْعموا فلا تحزنوا أو تبْأسوا فيها أبدًا، فذلك قوله عز وجل: {ونُودُوا أنْ تلكم الجنة أورثتموها بما كنتم تعملون} [الأعراف: 43].</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë  hadith ka përmendur se një thirrës do t’i thërrasë banorët e Xhenetit, teksa ata janë duke i shijuar begatitë në të: "Ju, gjithnjë do të gëzoni shëndet e nuk do të sëmureni kurrë në Xhenet, sado e vogël të jetë sëmundja. Do të keni jetë të përhershme e nuk do të vdisni kurrë, as edhe gjumë nuk do të keni, i cili konsiderohet një vdekje e vogël. Do të keni rini të përhershme e nuk do të plakeni kurrë dhe do të begatoheni e nuk do të përjetoni pikëllim e as vështirësi kurrë. Ky është kuptimi i fjalës së Allahut të Lartmadhëruar: “Dhe atyre do t'u thuhet: “Ky është Xheneti që ju është dhënë, për atë që keni punuar.” (El Araf, 43)</t>
+  </si>
+  <si>
+    <t>أعظم مُضَيِّقات نعيم الحياة الدنيا مهما بَلَغَ صاحبُه من التَّرَف أربعة أمور: المرض، والموت، والهرم، والبؤس والحزن بسبب الخوف من العدو والفقر والحرب وغير ذلك، وأهل الجنة سالمون منها، فحصل لأهل الجنة النعيم الأكمل.
+اختلاف نعيم الجنة عما في الدنيا من النعيم؛ لأن نعيم الجنة لا خوف فيه، وأما نعيم الدنيا لا يدوم ويعتريه آلام وأسقام.
+الترغيب في العمل الصالح الذي يُتَوَصَّل به إلى نعيم الجنة.</t>
+  </si>
+  <si>
+    <t>Pengesat më të mëdha të kënaqësisë së jetës në këtë botë, sado të ketë jetë luksoze, janë katër: sëmundja, vdekja, pleqëria dhe vuajtja e pikëllimi për shkak të frikës nga armiku, varfëria, lufta dhe të ngjashme. Banorët e Xhenetit janë të shpëtuar prej tyre, ndaj ata do të gëzojnë begatinë më të plotë.
+Begatia e Xhenetit ndryshon nga ajo e kësaj bote, sepse begatia e Xhenetit nuk ka frikë brenda saj, ndërsa begatia e kësaj bote nuk është e përhershme dhe shoqërohet me dhimbje e sëmundje.
+Inkurajimi për të bërë vepra të mira, me të cilat arrihet kënaqësia e Xhenetit.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8341</t>
+  </si>
+  <si>
+    <t>إن الله تبارك وتعالى يقول لأهل الجنة: يا أهل الجنة؟ فيقولون: لبيك ربنا وسعديك، فيقول: هل رضيتم؟ فيقولون: وما لنا لا نرضى وقد أعطيتنا ما لم تعط أحدا من خلقك؟</t>
+  </si>
+  <si>
+    <t>“Allahu i Lartmadhëruar u thotë banorëve të Xhenetit: "O banorët e Xhenetit!" - Të përgjigjemi me kënaqësi, o Zoti ynë! - i thonë ata. - A jeni të kënaqur? - i pyet Allahu. - E si të mos jemi të kënaqur kur na ke dhënë atë që s'i ke dhënë askujt tjetër prej krijesave të Tua?</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟ فَيَقُولُ: أَنَا أُعْطِيكُمْ أَفْضَلَ مِنْ ذَلِكَ، قَالُوا: يَا رَبِّ، وَأَيُّ شَيْءٍ أَفْضَلُ مِنْ ذَلِكَ؟ فَيَقُولُ: أُحِلُّ عَلَيْكُمْ رِضْوَانِي، فَلاَ أَسْخَطُ عَلَيْكُمْ بَعْدَهُ أَبَدًا».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu i Lartmadhëruar u thotë banorëve të Xhenetit: "O banorët e Xhenetit!" - Të përgjigjemi me kënaqësi, o Zoti ynë! - i thonë ata. - A jeni të kënaqur? - i pyet Allahu. - E si të mos jemi të kënaqur kur na ke dhënë atë që s'i ke dhënë askujt tjetër prej krijesave të Tua? - thonë ata. - Unë do t'ju shpërblej edhe më mirë se kaq. - O Zot, çfarë paska më mirë se kaq? - Do ta lëshoj mbi ju kënaqësinë Time dhe kurrë s'do të hidhërohem me ju, - u thotë Allahu.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول لأهل الجنة وهم فيها: يا أهلَ الجنة، فيردُّون عليه قائلين: لبيك ربَّنا وسعديك، 
+فيقول لهم: هل رضيتم؟ فيقولون: نعم رضينا؛ وما لنا لا نرضى وقد أعطيتنا ما لم تُعطِ أحدًا من خلقك! 
+فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
+قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
+فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se Allahu i Lartësuar u thotë banorëve të Xhenetit teksa janë aty: "O banorë të Xhenetit!", sakaq ata i përgjigjen Atij duke i thënë: "Të përgjigjemi me kënaqësi, o Zoti ynë!" Allahu u thotë: "A jeni të kënaqur?" - Po, jemi të kënaqur. E si të mos jemi të kënaqur kur na ke dhënë atë që s'i ke dhënë askujt tjetër prej krijesave të Tua? - thonë ata. Allahu u thotë: "A t'ju shpërblejmë me diçka më të mirë sesa kjo?" - E cila gjë është më e mirë sesa kjo, o Zot? - thonë ata. Kështu, Allahu u thotë: "Do ta lëshoj mbi ju përherë kënaqësinë Time dhe kurrë s'do të hidhërohem me ju."</t>
+  </si>
+  <si>
+    <t>كلام الله عز وجل مع أهل الجنة.
+البشارة من الله لأهل الجنة برضاه عنهم، وإحلال رضوانه عليهم وعدم سخطه أبدًا.
+رضا كل من في الجنة بحاله مع اختلاف منازلهم وتنويع درجاتهم؛ لأن الكل أجابوا بلفظ واحد وهو: "أعطيتنا ما لم تعط أحدًا من خلقك".</t>
+  </si>
+  <si>
+    <t>Allahu do të flasë me banorët e Xhenetit.
+Lajmi i gëzueshëm që Allahu do t'ua japë banorëve të Xhenetit, se do të jetë i kënaqur me ta dhe do t'ua zbresë atyre kënaqësinë e Tij dhe kurrë nuk do të hidhërohet.
+Secili në Xhenet do të jetë i kënaqur me gjendjen e tij, pavarësisht nga pozicionet dhe shkallët e ndryshme që do t'i kenë, sepse të gjithë u përgjigjën me një fjalë, e cila është: "Na ke dhënë atë që s'i ke dhënë askujt tjetër prej krijesave të Tua."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8343</t>
+  </si>
+  <si>
+    <t>إذا دخل أهل الجنة الجنة، قال: يقول الله تبارك وتعالى: تريدون شيئا أزيدكم؟</t>
+  </si>
+  <si>
+    <t>“Pasi banorët e Xhenetit të hyjnë në të, Allahu i Lartësuar u thotë: “A dëshironi t'ju jap edhe më shumë?”</t>
+  </si>
+  <si>
+    <t>عَنْ صُهَيْبٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟ فَيَقُولُونَ: أَلَمْ تُبَيِّضْ وُجُوهَنَا؟ أَلَمْ تُدْخِلْنَا الْجَنَّةَ، وَتُنَجِّنَا مِنَ النَّارِ؟ قَالَ: فَيَكْشِفُ الْحِجَابَ، فَمَا أُعْطُوا شَيْئًا أَحَبَّ إِلَيْهِمْ مِنَ النَّظَرِ إِلَى رَبِّهِمْ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Suhejbi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Pasi banorët e Xhenetit të hyjnë në të, Allahu i Lartësuar u thotë: “A dëshironi t'ju jap edhe më shumë?” Ata thonë: “A nuk na i ke zbardhur fytyrat? A nuk na ke futur në Xhenet dhe na ke shpëtuar nga Zjarri?” Atëherë Ai e largon perden, saqë, atyre nuk u është dhënë diçka më e dashur sesa shikimi në Zotin e tyre të Lartmadhërishëm.”</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه إذا دَخَلَ أهلُ الجَنةِ الجنةَ، يقول الله تبارك وتعالى لهم: 
+هل تُريدون شيئًا أَزِيْدُكم؟ 
+فيقول أهلُ الجنة كلُّهم: ألم تُبَيِّضْ وجوهَنا؟ ألم تدخلنا الجنة، وتنجِنا من النار؟ 
+فيُزيلُ الله الحِجَابَ ويَرفعه؛ وحِجَابُه النُّور، فما أُعْطوا شيئًا أحبَّ إليهم من النَّظَر إلى ربِّهم عز وجل.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se kur banorët e Xhenetit të hyjnë në Xhenet, Allahu i Lartësuar do t’u thotë:
+A dëshironi diçka që t'ju shtoj më shumë?
+Atëherë banorët e Xhenetit, që të gjithë do të thonë: ''A nuk na i zbardhe fytyrat tona? A nuk na fute në Xhenet dhe na shpëtove nga Zjarri?''
+Atëherë Allahu do ta largojë perden dhe do ta ngrejë atë; perdja  e Tij është drita. Atyre nuk do t’u jepet asgjë më e dashur sesa ta shohin Zotin e tyre, të Lartësuar dhe të Madhëruar.</t>
+  </si>
+  <si>
+    <t>كَشْفُ الحِجاب عن أهلِ الجَنة فيَرَون ربَّهم، وأما الكفار؛ فمَحْرُومون منها.
+أعظمُ نعيم الجنة رؤيةُ المؤمنين لربهم.
+كلُّ أهل الجنة مهما اختلفت منازلُهم سيرون ربَّهم جل وعلا.
+فضل الله على المؤمنين بإدخالهم الجنة.
+أهمية المسارعة إلى الجنة بالأعمال الصالحة وطاعة الله تعالى ورسوله صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>Largimi i perdes për banorët e Xhenetit, kësisoj do ta shohin Zotin e tyre, ndërsa jobesimtarët do të jenë të privuar nga kjo.
+Begatia më e madhe në Xhenet është kur besimtarët do ta shohin Zotin e tyre.
+Të gjithë banorët e Xhenetit, pavarësisht nga pozitat e tyre, do ta shohin Zotin e tyre, të Lartësuar dhe të Madhëruar.
+Mirësia e Allahut ndaj besimtarëve, meqë i fut ata në Xhenet.
+Rëndësia e nxitimit për në Xhenet, përmes veprave të mira dhe bindjes ndaj Allahut të Lartësuar dhe Dërguarit të Tij  ﷺ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8344</t>
+  </si>
+  <si>
+    <t>يجمع الله الناس الأولين والآخرين في صعيد واحد، يسمعهم الداعي وينفذهم البصر، وتدنو الشمس، فيبلغ الناس من الغم والكرب ما لا يطيقون ولا يحتملون</t>
+  </si>
+  <si>
+    <t>Allahu do t'i tubojë të gjithë njerëzit, të parët dhe të fundit, në një vend, saqë zëri i thirrësit i arrin çdonjërit dhe syri mund t'i përfshijë të gjithë. Dielli do t'u afrohet shumë afër dhe njerëzit do të pushtohen nga ankthi dhe brengat, aq sa s'mund të durojnë dhe s'mund ta bartin</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِلَحْمٍ فَرُفِعَ إِلَيْهِ الذِّرَاعُ، وَكَانَتْ تُعْجِبُهُ فَنَهَشَ مِنْهَا نَهْشَةً، ثُمَّ قَالَ: «أَنَا سَيِّدُ النَّاسِ يَوْمَ القِيَامَةِ، وَهَلْ تَدْرُونَ مِمَّ ذَلِكَ؟ يَجْمَعُ اللَّهُ النَّاسَ الأَوَّلِينَ وَالآخِرِينَ فِي صَعِيدٍ وَاحِدٍ، يُسْمِعُهُمُ الدَّاعِي وَيَنْفُذُهُمُ البَصَرُ، وَتَدْنُو الشَّمْسُ، فَيَبْلُغُ النَّاسَ مِنَ الغَمِّ وَالكَرْبِ مَا لاَ يُطِيقُونَ وَلاَ يَحْتَمِلُونَ، فَيَقُولُ النَّاسُ: أَلاَ تَرَوْنَ مَا قَدْ بَلَغَكُمْ، أَلاَ تَنْظُرُونَ مَنْ يَشْفَعُ لَكُمْ إِلَى رَبِّكُمْ؟ فَيَقُولُ بَعْضُ النَّاسِ لِبَعْضٍ: عَلَيْكُمْ بِآدَمَ، فَيَأْتُونَ آدَمَ عَلَيْهِ السَّلاَمُ فَيَقُولُونَ لَهُ: أَنْتَ أَبُو البَشَرِ، خَلَقَكَ اللَّهُ بِيَدِهِ، وَنَفَخَ فِيكَ مِنْ رُوحِهِ، وَأَمَرَ المَلاَئِكَةَ فَسَجَدُوا لَكَ، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، أَلاَ تَرَى إِلَى مَا قَدْ بَلَغَنَا؟ فَيَقُولُ آدَمُ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنَّهُ قَدْ نَهَانِي عَنِ الشَّجَرَةِ فَعَصَيْتُهُ، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى نُوحٍ، فَيَأْتُونَ نُوحًا فَيَقُولُونَ: يَا نُوحُ، إِنَّكَ أَنْتَ أَوَّلُ الرُّسُلِ إِلَى أَهْلِ الأَرْضِ، وَقَدْ سَمَّاكَ اللَّهُ عَبْدًا شَكُورًا، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ: إِنَّ رَبِّي عَزَّ وَجَلَّ قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنَّهُ قَدْ كَانَتْ لِي دَعْوَةٌ دَعَوْتُهَا عَلَى قَوْمِي، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى إِبْرَاهِيمَ، فَيَأْتُونَ إِبْرَاهِيمَ فَيَقُولُونَ: يَا إِبْرَاهِيمُ أَنْتَ نَبِيُّ اللَّهِ وَخَلِيلُهُ مِنْ أَهْلِ الأَرْضِ، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، فَيَقُولُ لَهُمْ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنِّي قَدْ كُنْتُ كَذَبْتُ ثَلاَثَ كَذِبَاتٍ، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى مُوسَى فَيَأْتُونَ، مُوسَى فَيَقُولُونَ: يَا مُوسَى أَنْتَ رَسُولُ اللَّهِ، فَضَّلَكَ اللَّهُ بِرِسَالَتِهِ وَبِكَلاَمِهِ عَلَى النَّاسِ، اشْفَعْ لَنَا إِلَى رَبِّكَ، أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَإِنِّي قَدْ قَتَلْتُ نَفْسًا لَمْ أُومَرْ بِقَتْلِهَا، نَفْسِي نَفْسِي نَفْسِي، اذْهَبُوا إِلَى غَيْرِي، اذْهَبُوا إِلَى عِيسَى ابْنِ مَرْيَمَ، فَيَأْتُونَ عِيسَى، فَيَقُولُونَ: يَا عِيسَى أَنْتَ رَسُولُ اللَّهِ، وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَكَلَّمْتَ النَّاسَ فِي المَهْدِ صَبِيًّا، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ؟ فَيَقُولُ عِيسَى: إِنَّ رَبِّي قَدْ غَضِبَ اليَوْمَ غَضَبًا لَمْ يَغْضَبْ قَبْلَهُ مِثْلَهُ قَطُّ، وَلَنْ يَغْضَبَ بَعْدَهُ مِثْلَهُ، وَلَمْ يَذْكُرْ ذَنْبًا، نَفْسِي نَفْسِي نَفْسِي اذْهَبُوا إِلَى غَيْرِي اذْهَبُوا إِلَى مُحَمَّدٍ، فَيَأْتُونَ مُحَمَّدًا فَيَقُولُونَ: يَا مُحَمَّدُ أَنْتَ رَسُولُ اللَّهِ وَخَاتِمُ الأَنْبِيَاءِ، وَقَدْ غَفَرَ اللَّهُ لَكَ مَا تَقَدَّمَ مِنْ ذَنْبِكَ وَمَا تَأَخَّرَ، اشْفَعْ لَنَا إِلَى رَبِّكَ أَلاَ تَرَى إِلَى مَا نَحْنُ فِيهِ، فَأَنْطَلِقُ فَآتِي تَحْتَ العَرْشِ، فَأَقَعُ سَاجِدًا لِرَبِّي عَزَّ وَجَلَّ، ثُمَّ يَفْتَحُ اللَّهُ عَلَيَّ مِنْ مَحَامِدِهِ وَحُسْنِ الثَّنَاءِ عَلَيْهِ شَيْئًا، لَمْ يَفْتَحْهُ عَلَى أَحَدٍ قَبْلِي، ثُمَّ يُقَالُ: يَا مُحَمَّدُ ارْفَعْ رَأْسَكَ سَلْ تُعْطَهْ، وَاشْفَعْ تُشَفَّعْ فَأَرْفَعُ رَأْسِي، فَأَقُولُ: أُمَّتِي يَا رَبِّ، أُمَّتِي يَا رَبِّ، أُمَّتِي يَا رَبِّ، فَيُقَالُ: يَا مُحَمَّدُ أَدْخِلْ مِنْ أُمَّتِكَ مَنْ لاَ حِسَابَ عَلَيْهِمْ مِنَ البَابِ الأَيْمَنِ مِنْ أَبْوَابِ الجَنَّةِ، وَهُمْ شُرَكَاءُ النَّاسِ فِيمَا سِوَى ذَلِكَ مِنَ الأَبْوَابِ، ثُمَّ قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنَّ مَا بَيْنَ المِصْرَاعَيْنِ مِنْ مَصَارِيعِ الجَنَّةِ، كَمَا بَيْنَ مَكَّةَ وَحِمْيَرَ -أَوْ كَمَا بَيْنَ مَكَّةَ وَبُصْرَى-».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon: “Të Dërguarit të Allahut ﷺ i sollën pak mish dhe i ofruan një shpatull, të cilën ai e pëlqente. Ai e kafshoi një herë, pastaj tha: “Unë do të jem zotëria i njerëzve Ditën e Kiametit. Dhe, vallë, e dini përse?! Allahu do t'i tubojë të gjithë njerëzit, të parët dhe të fundit, në një vend, saqë zëri i thirrësit i arrin çdonjërit dhe syri mund t'i përfshijë të gjithë. Dielli do t'u afrohet shumë afër dhe njerëzit do të pushtohen nga ankthi dhe brengat, aq sa s'mund të durojnë dhe s'mund ta bartin. Kështu, do t'i thonë njëri-tjetrit: “A nuk po e shihni në çfarë gjendjeje keni ardhur?” Pse nuk gjeni dikë të ndërmjetësojë te Zoti juaj? Disa thonë: “Shkoni tek Ademi. Shkojnë tek ai dhe i thonë: “Ti je babai i njerëzimit, Allahu të ka krijuar me Dorën e Vet dhe të ka fryrë shpirt me Frymën e Tij, si dhe melekët i ka urdhëruar të bien në sexhde për ty, andaj ndërmjetëso te Zoti yt për ne!  A nuk sheh në çfarë gjendjeje kemi ardhur?” Ai u thotë: “Sot, Zoti im është zemëruar shumë, si kurrë më parë, dhe asnjëherë nuk do të zemërohet kësisoj. Ai ma pati ndaluar pemën, e unë i bëra mëkat. Vetja ime! Vetja ime! Vetja ime! Shkoni te ndonjë tjetër! Shkoni te Nuhu!”
+Kur shkojnë te Nuhu, i thonë: “O Nuh, ti je i dërguari i parë te banorët e Tokës dhe Allahu të ka quajtur rob falënderues, ndërmjetëso te Zoti yt për ne! A nuk sheh çfarë na ka gjetur?” Ai u thotë: “Sot Zoti im i Lartësuar është zemëruar si kurrë më parë dhe asnjëherë nuk do të zemërohet kësisoj. Lutjen time të pakthyeshme e kam shfrytëzuar për popullin tim. Vetja ime! Vetja ime! Vetja ime! Shkoni te ndonjë tjetër! Shkoni tek Ibrahimi!” Kështu, shkojnë tek Ibrahimi dhe i thonë: “O Ibrahim, ti je i dërguari dhe miku i Allahut nga banorët e Tokës, ndërmjetëso për ne te Zoti yt! A nuk sheh në çfarë gjendjeje kemi ardhur?” Ai ua kthen: “Sot Zoti im është zemëruar si kurrë më parë, dhe asnjëherë nuk do të zemërohet kësisoj. Unë pata gënjyer tri herë. Vetja ime! Vetja ime! Vetja ime! Shkoni te ndonjë tjetër! Shkoni te Musai!” Kur shkojnë te Musai, i thonë: “O Musa, ti je i dërguari i Allahut dhe Ai të ka dalluar nga njerëzit e tjerë me shpallje dhe të ka folur drejtpërdrejt. Ndërmjetëso për ne te Zoti yt! A nuk sheh çfarë na ka gjetur?” Ai u thotë: “Sot Zoti im është zemëruar si kurrë më parë dhe asnjëherë nuk do të zemërohet kësisoj. Ndërkohë, unë pata vrarë një njeri që nuk më lejohej. Vetja ime! Vetja ime! Vetja ime! Shkoni te ndonjë tjetër! Shkoni tek Isai!”
+Me të shkuar tek Isai, i thonë: “Ti je i dërguari i Allahut dhe fjala e Tij që ia ka vendosur Merjemes, si dhe frymë prej Tij. U pate folur njerëzve qysh në djep, duke qenë foshnjë. Ndërmjetëso për ne! A nuk sheh çfarë na ka gjetur?” Isai u thotë: “Sot Zoti im është zemëruar si kurrë më parë dhe asnjëherë nuk do të zemërohet kështu.” - Pa përmendur ndonjë mëkat, vazhdon: - “Vetja ime! Vetja ime! Vetja ime! Shkoni te ndonjë tjetër! Shkoni te Muhamedi ﷺ!” Kështu, kur shkojnë te Muhamedi ﷺ, i thonë: “O Muhamed, ti je i Dërguari i Allahut dhe vula e pejgamberëve. Allahu t'i ka falur mëkatet e kaluara dhe të ardhshmet. Ndërmjetëso për ne te Zoti yt! A nuk sheh në çfarë gjendjeje kemi ardhur?” Prandaj, unë shkoj nën Arsh dhe bie në sexhde për Zotin tim të Lartmadhëruar. Allahu më frymëzon me falënderime dhe lëvdata ndaj Tij, që askujt më parë nuk ia ka shfaqur, pastaj Ai thotë: “O Muhamed, ngrije kokën dhe kërko, që të të jepet, ndërmjetëso, se do të të pranohet ndërmjetësimi!” Unë e ngre kokën dhe them: “Umeti im, o Zot! Umeti im, o Zot!” Më thuhet: “O Muhamed, gjithë pjesëtarët e umetit tënd, që nuk do të merren në llogari, futi nëpërmjet portës së djathtë të Xhenetit, njëherazi ata janë pjesëmarrës edhe nëpër portat e tjera me të tjerët!” Pastaj tha: “Betohem në Atë, në Dorën e të Cilit është shpirti im, se mes dy skajeve të portave të Xhenetit ka hapësirë sa prej Mekës deri në Himjer, - ose ka thënë: sa prej Mekës deri në Busra.”</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم مع أصحابه في دَعْوةِ طعام، فقُدّمت إليه ذراع الشاة وكانت أعْجب لحمِها إليه، فقَضَمَ منها قَضْمة بأطراف أسنانه ثم حدّثهم، فقال: 
+أنا سيد ولد آدم يوم القيامة؛ وذلك تَحَدُّثًا بنعمة الله تعالى.
+ثم قال: أتدرون مم ذاك؟ قال: بأن الناس يُجْمَعون يوم القيامة في أرض واسعة مستوية ممدودة مدًّا واحدًا، والذين فيها يسمعهم الداعي ويحيط بهم الناظر لا يخفى عليه منهم شيء؛ لاستواء الأرض ليس فيها ما يَستتر به أحد عن الناظرين، وينفذهم البصر، يعني لو تكلم الإنسان يسمعهم آخر واحد، والبصر يراهم، وتدنو الشمس من الخلائق على قدر مِيْل، ويَلحقهم من الغم والكَرْب ما لا يطيقون ولا يحتملون، فيطلبون الخلاص بالشفاعة. 
+فيُلْهِم اللهُ عز وجل أهلَ الإيمان أن يأتوا إلى آدم أبي البشر، فيأتون إليه ويذكرون فضله، لعله يشفع لهم عند الله عز وجل، يقولون له: أنت آدم أبو البشر، خلقك الله بيده، وأسجد لك ملائكته، وعَلَّمَك أسماء كل شيء، ونفخ فيك من روحه، فيعتذر ويقول: إن ربي غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، ثم يذكر خطيئته، وهي أن الله سبحانه وتعالى نهاه أن يأكل من شجرة فأكل، ويقول: نفسي هي التي تستحق أن يُشفَع لها، اذهبوا إلى غيري اذهبوا إلى نوح.
+فيأتون إلى نوح؛ ويقولون: أنت أول رسول أرسله الله إلى أهل الأرض، وأنّ الله سماك عبدًا شكورًا، ولكنه يعتذر: بأن الله عز وجل غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإنه قد كانت له دعوة دعاها على قومه، نفسي هي التي تستحق أن يُشفع لها، اذهبوا إلى غيري، اذهبوا إلى إبراهيم.
+فيأتون إبراهيم فيقولون: أنت خليل الله في الأرض، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول لهم: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإني قد كنت كذبت ثلاث كذبات؛ وهي قوله: إني سقيم، وقوله: فعله كبيرهم هذا، وقوله: لامرأته سارة أخبريه أني أخوك ليَسْلَم مِن شرّه. 
+والحق أن الكلمات الثلاث إنما كانت من مَعَارِيْض الكلام، لكن لما كانت صورتها صورة الكذب أشفق منها استصغارًا لنفسه عن الشفاعة؛ لأن مَن كان أَعرف بالله وأقرب منزلةً كان أعظم خوفًا، ويقول: نفسي هي التي تستحق أن يُشفع لها، اذهبوا إلى غيري اذهبوا إلى موسى.
+فيأتون موسى فيقولون: يا موسى أنت رسول الله، فضَّلك الله برسالته وبكلامه على الناس، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله، ولن يغضب بعده مثله، وإني قد قَتَلتُ نفسًا لم أُوْمَر بقتلِها، نفسي هي التي تستحق أن يشفع لها، اذهبوا إلى غيري، اذهبوا إلى عيسى ابن مريم.
+فيأتون عيسى فيقولون: يا عيسى أنت رسول الله، وكلمتُه ألقاها إلى مريم وروحٌ منه، وكلَّمتَ الناسَ في المهد صبيًا، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فيقول: إن ربي قد غضب اليوم غضبًا لم يغضب قبله مثله قط، ولن يغضب بعده مثله، ولم يذكر ذنبًا، نفسي هي التي تستحق أن يشفع لها، اذهبوا إلى غيري اذهبوا إلى محمد.
+فيأتون محمدًا فيقولون: يا محمد أنت رسول الله وخاتم الأنبياء، وقد غفر الله لك ما تقدم من ذنبك وما تأخر، اشفع لنا إلى ربك، ألا ترى إلى ما نحن فيه؟! فأنطلق فآتي تحت العرش، فأقع ساجدًا لربي عز وجل، ثم يفتح الله علي من محامده وحسن الثناء عليه شيئًا، لم يفتحه على أحد قبلي، ثم يقال: يا محمد ارفع رأسك، سل تعطه، واشفع تشفع، فأرفع رأسي، فأقول: أمتي يا رب، أمتي يا رب، أمتي يا رب، فتُقْبَل شفاعتُه.
+ويُقَال له: يا محمد أدخل من أمتك من لا حساب عليهم من الباب الأيمن من أبواب الجنة، وهم شركاء الناس فيما سوى ذلك من الأبواب.
+ثم قال: والذي نفسي بيده، إن ما بين جانبي الباب من باب الجنة، كما بين مكة وصنعاء اليمن، أو كما بين مكة وبُصرى الشام وهي مدينة حوران.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ishte me shokët e tij në një ftesë për ushqim. Iu ofrua shpatulla e deles, e cili ishte pjesa më e dashur e mishit për të. Ai e kafshoi lehtë me majat e dhëmbëve të tij, pastaj filloi t’ua tregojë këtë hadith dhe tha: "Unë do të jem zotëria i njerëzve Ditën e Kiametit", - kjo është që t'ua tregosh të tjerëve begatitë e Allahut të Lartësuar që do të t'i dhurojë. Pastaj do të thotë: "A e dini për çfarë bëhet fjalë? Kjo është se njerëzit do të mblidhen në Ditën e Kiametit në një tokë të gjerë, të sheshtë dhe të zgjatur në mënyrë të barabartë. Ata që janë aty do ta dëgjojnë zërin e thirrësit, i cili i arrin çdonjërit dhe shikimi mund t'i përfshijë të gjithë; asgjë prej tyre nuk do të fshihet, sepse toka do të jetë e rrafshët dhe askush nuk do të ketë ku të fshihet nga shikuesit. Shikimi do t’i përfshijë të gjithë. Pra, nëse njeriu flet, do ta dëgjojë edhe i fundit, dhe shikimi do t’i përfshijë të gjithë. Dielli do t’u afrohet krijesave në një distancë sa një milje, e njerëzit do të pushtohen nga ankthi dhe brengat, aq sa s'mund të durojnë dhe s'mund ta bartin, e atëherë do të kërkojnë shpëtim përmes ndërmjetësimit. Atëherë Allahu i Lartmadhëruar do t’i frymëzojë besimtarët që të shkojnë te Ademi, babai i njerëzimit. Ata do të shkojnë tek ai dhe do t’ia përmendin virtytet e tij, me shpresë që ai të ndërmjetësojë për ta tek Allahu i Lartmadhëruar. Do t’i thonë: “Ti je Ademi, babai i njerëzimit, Allahu të ka krijuar me Dorën e Vet, i ka urdhëruar melekët të bien në sexhde për ty, t'i mësoi emrat e çdo gjëje dhe të ka fryrë shpirt me Frymën e Tij." Por ai do të kërkojë ndjesë dhe do të thotë: “Sot Zoti im është zemëruar shumë, si kurrë më parë, dhe asnjëherë nuk do të zemërohet kësisoj." E pastaj e përmend mëkatin e tij, se Allahu i Lartmadhëruar e ndaloi të hajë nga pema, por ai hëngri prej saj. Prandaj thotë: "Vetja ime është ajo që ka nevojë për ndërmjetësim. Shkoni te dikush tjetër, shkoni te Nuhu!” Atëherë ata do të shkojnë te Nuhu dhe do t’i thonë: “Ti je i dërguari i parë që Allahu e dërgoi tek banorët e tokës, dhe Allahu të quajti rob falënderues.” Por ai do të kërkojë ndjesë dhe do të thotë: “Sot Allahu i Lartmadhëruar është zemëruar si kurrë më parë dhe asnjëherë nuk do të zemërohet kësisoj." Ai do të tregojë se e kishte pasur një lutje të pakthyeshme që e ka bërë kundër popullit vet. Prandaj thotë: "Vetja ime është ajo që ka nevojë për ndërmjetësim. Shkoni te dikush tjetër, shkoni te Ibrahimi.” Atëherë njerëzit do të shkojnë te Ibrahimi dhe do t’i thonë: “Ti je miku i Allahut nga banorët e Tokës, ndërmjetëso për ne te Zoti yt! 
+A nuk sheh në çfarë gjendjeje kemi ardhur?” Ai do t’u thotë: “Sot Zoti im është zemëruar si kurrë më parë dhe asnjëherë nuk do të zemërohet kësisoj. Unë pata gënjyer tri herë.” E këto tria janë kur ka thënë: "Unë jam i sëmurë", kur ka thënë, "Këtë e ka bërë më i madhi prej tyre", dhe kur i ka thënë gruas së tij Sarës: "Thuaji atij (tirani) se unë jam vëllai yt", që të shpëtojë nga e keqja e tij. E vërteta është se këto tri fjalë ishin vetëm nga mënyrat e të folurit me nënkuptim, tërthorazi, mirëpo, meqë forma e tyre i ngjante gënjeshtrës, ai  u frikësua prej tyre dhe e pa veten të vogël për të ndërmjetësuar (në Ditën e Gjykimit), sepse, sa më shumë që robi e njeh Allahun dhe sa më afër të jetë në pozitë tek Ai, aq më shumë i frikësohet. Prandaj thotë: "Vetja ime është ajo që ka nevojë për ndërmjetësim. Shkoni te dikush tjetër, shkoni te Musai!” Pastaj do të shkojnë te Musai (alejhis selam!) dhe do t’i thonë: "O Musa, ti je i dërguari i Allahut dhe Ai të ka dalluar nga njerëzit e tjerë me shpallje dhe të ka folur drejtpërdrejt. Ndërmjetëso për ne te Zoti yt! A nuk sheh çfarë na ka gjetur?” Ai u thotë: “Sot Zoti im është zemëruar si kurrë më parë dhe asnjëherë nuk do të zemërohet kësisoj. Ndërkohë, unë pata vrarë një njeri që nuk më lejohej." Prandaj thotë: "Vetja ime është ajo që ka nevojë për ndërmjetësim. Shkoni te dikush tjetër, shkoni te Isai, i biri i Merjemes!” Pastaj do të shkojnë te Isai dhe do t’i thonë: “O Isa! Ti je i dërguari i Allahut dhe fjala e Tij që ia ka vendosur Merjemes, si dhe frymë prej Tij. U pate folur njerëzve qysh në djep, duke qenë foshnjë. Ndërmjetëso për ne! A nuk sheh çfarë na ka gjetur?” Isai u thotë: “Sot Zoti im është zemëruar si kurrë më parë dhe asnjëherë nuk do të zemërohet kështu.” - Pa përmendur ndonjë mëkat, vazhdon: "Vetja ime është ajo që ka nevojë për ndërmjetësim. Shkoni te dikush tjetër, shkoni te Muhamedi!” Pastaj do të shkojnë te Muhamedi ﷺ dhe do t’i thonë: "O Muhamed, ti je i Dërguari i Allahut dhe vula e pejgamberëve. Allahu t'i ka falur mëkatet e kaluara dhe të ardhshmet. Ndërmjetëso për ne te Zoti yt! A nuk sheh në çfarë gjendjeje kemi ardhur?” Prandaj, unë shkoj nën Arsh dhe bie në sexhde për Zotin tim të Lartmadhëruar. Allahu më frymëzon me falënderime dhe lëvdata ndaj Tij, që askujt më parë nuk ia ka shfaqur, pastaj Ai thotë: "O Muhamed, ngrije kokën dhe kërko, që të të jepet, ndërmjetëso, se do të të pranohet ndërmjetësimi!” Unë e ngre kokën dhe them: “Umeti im, o Zot! Umeti im, o Zot!” Kështu ndërmjetësimi i tij do të pranohet. Atij do t'i thuhet: "O Muhamed, gjithë pjesëtarët e umetit tënd, që nuk do të merren në llogari, futi nëpërmjet portës së djathtë të Xhenetit, njëherazi ata janë pjesëmarrës edhe nëpër portat e tjera me të tjerët!" Pastaj do të thotë: "Pasha Atë në dorën e të Cilit është shpirti im! Gjerësia midis dy anëve të portës së Xhenetit është sa largësia midis Mekës dhe Sanasë në Jemen, ose sa largësia midis Mekës dhe Busrasë në Sham; qytet në rajonin e Huranit."</t>
+  </si>
+  <si>
+    <t>تواضع النبي صلى الله عليه وسلم وتلبيته للدعوة، والأكل مع عامة أصحابه.
+تفضيل نبينا صلى الله عليه وسلم على جميع الناس.
+قال القاضي عياض: قيل: السيد الذي يَفُوق قومَه ويُفزَع إليه في الشدائد، والنبي صلى الله عليه وسلم سيدهم في الدنيا والآخرة، وإنما خَصّ يوم القيامة لارتفاع السُّؤْدَد فيها، وتسليم جميعهم له، ولكون آدم وجميع أولاده تحت لوائه صلى الله عليه وسلم.
+الحكمة في أن الله تعالى ألهمهم سؤال آدم، ومن بعده في الابتداء، ولم يلهموا سؤال نبينا محمد صلى الله عليه وسلم لإظهار فضيلته، فهو النهاية في ارتفاع المنزلة، وكمال القرب.
+يشرع لمن أراد من عبد حاجة أن يقدِّم ين يديه وصف المسؤول بأحسن صفاته؛ ليكون أدعى للإجابة.
+يجوز لمن سئل عن أمر لايقدر عليه أن يعتذر بما يُقبَل منه، ويستحب أن يُرْشَد لمن يظن أنه أقدر على ذلك.
+بيان هول الموقف واشتداد المحشر على العباد يوم القيامة.
+تواضع الأنبياء حيث تذكّروا ما مضى منهم؛ ليشعروا بأنهم دون هذا الموقف.
+إثبات الشفاعة العظمى يوم القيامة، وهو للفَصْل بين الخلائق.
+إثبات الوسيلة والمقام المحمود لرسول الله صلى الله عليه وسلم.
+محامد الله تعالى لا تنتهي، ولذلك يفتح الله على رسوله في هذا المقام من حسن الثناء عليه شيئًا لم يفتحه لأحد قبله.
+بيان أن أمة محمد خير الأمم، فلهم خصائص في دخول الجنة حيث يدخل من ليس عليهم حساب من باب خاص بهم، ويشاركون الناس في بقية الأبواب.</t>
+  </si>
+  <si>
+    <t>Përulësia e Profetit ﷺ dhe përgjigjja e tij ndaj ftesës, si dhe ngrënia bashkë me shokët e tij të thjeshtë.
+Epërsia e Profetit tonë në vlerë ﷺ mbi të gjithë njerëzit.
+Kadi Ijadi ka thënë: "Është thënë se “sejidi” (prijësi, zotëria) është ai që i tejkalon njerëzit e vet, dhe tek i cili ata kthehen në vështirësi. Ndërsa Profeti ﷺ është prijësi/zotëria i tyre në dynja dhe në ahiret. Mirëpo, Dita e Kiametit është veçuar në këtë përshkrim për shkak të madhështisë së prijësisë atë Ditë, dorëzimit  të gjithëve ndaj tij dhe faktit se Ademi dhe gjithë pasardhësit e tij do të jenë nën flamurin e Profetit ﷺ.
+Urtësia pse Allahu i Lartësuar i frymëzoi ata, që të kërkonin ndërmjetësim fillimisht nga Ademi dhe pastaj nga të tjerët, e jo menjëherë nga Profeti ynë, Muhamedi ﷺ, është që të shfaqet vlera e tij; sepse ky rast është kulmi i ngritjes në pozitë dhe i  afërsisë së plotë me Allahun e Lartësuar.
+Është e ligjshme për robin që dëshiron diçka (nga Allahu), që para se të kërkojë, ta përshkruajë Atë me cilësitë e Tij më të bukura, sepse kjo është më e përshtatshme për t’u pranuar lutja.
+Është e lejuar për atë që i kërkohet diçka, që nuk ka mundësi ta bëjë, ta përmend ndonjë arsye që pranohet prej tij. Gjithashtu është e pëlqyeshme që ta udhëzojë (kërkuesin) te ai që mendon se është më i aftë për ta bërë atë.
+Sqarimi i tmerrit të këtij çasti dhe ashpërsisë së vendtubimit për robërit në Ditën e Kiametit.
+Modestia e pejgamberëve, kur kujtonin atë që ka kaluar tek ata, për t’u vetëdijesuar se janë të vegjël para këtij momenti.
+Pohimi i ndërmjetësimit të madh në Ditën e Gjykimit, i cili është për ndarjen e njerëzve (sipas meritave të tyre).
+Pohimi i ndërmjetësimit dhe i pozitës së lavdëruar për Profetin ﷺ.
+Lavdërimet e Allahut të Lartësuar nuk kanë fund, dhe për këtë arsye Allahu i shfaq Profetit të Tij ﷺ në këtë pozitë lavdërime për Të, që askujt më parë nuk ia ka shfaqur.
+Sqarim se umeti i Muhamedit ﷺ është umeti më i mirë, dhe për këtë ata kanë veçori për të hyrë në Xhenet; disa prej tyre hyjnë pa u marrë në llogari, nga një portë e veçantë për ta, njëherazi ata janë pjesëmarrës edhe nëpër portat e tjera me të tjerët!</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8345</t>
+  </si>
+  <si>
+    <t>إن للمؤمن في الجنة لخيمة من لؤلؤة واحدة مجوفة، طولها ستون ميلا، للمؤمن فيها أهلون، يطوف عليهم المؤمن فلا يرى بعضهم بعضا</t>
+  </si>
+  <si>
+    <t>“Për besimtarin në Xhenet ka tenda prej një margaritari të vetëm, të zgavruar përbrenda, të gjata gjashtëdhjetë milje. Aty besimtari do të ketë bashkëshorte, me të cilat e kalon kohën, kurse ato nuk shohin njëra-tjetrën.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «إِنَّ لِلْمُؤْمِنِ فِي الْجَنَّةِ لَخَيْمَةً مِنْ لُؤْلُؤَةٍ وَاحِدَةٍ مُجَوَّفَةٍ، طُولُهَا سِتُّونَ مِيلًا، لِلْمُؤْمِنِ فِيهَا أَهْلُونَ، يَطُوفُ عَلَيْهِمِ الْمُؤْمِنُ فَلَا يَرَى بَعْضُهُمْ بَعْضًا».</t>
+  </si>
+  <si>
+    <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Për besimtarin në Xhenet ka tenda prej një margaritari të vetëm, të zgavruar përbrenda, të gjata gjashtëdhjetë milje. Aty besimtari do të ketë bashkëshorte, me të cilat e kalon kohën, kurse ato nuk shohin njëra-tjetrën.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن بعض نعيم الجنة، وأن للمؤمن في الجنة خيمة عظيمة واسعة الجَوْف، مِن دُرَّة واحدة مُجَوَّفة، عَرْضُها وطولها في السماء ستون ميلًا، في كل جانب وناحية وزاوية من زواياها الأربع زوجات، لا يرى بعضهم بعضًا، يطوف عليهم المؤمن.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka treguar për disa prej kënaqësive të Xhenetit, duke thënë se besimtari do të ketë në Xhenet një tendë të madhe dhe të gjerë, nga një margaritar i zgavruar përbrenda, me gjatësi dhe gjerësi prej gjashtëdhjetë miljesh në qiell. Në çdo anë, qoshe, dhe cep të katër qosheve të saj, do të ketë bashkëshorte dhe ato nuk do ta shohin njëra-tjetrën, e besimtari e kalon kohën me to.</t>
+  </si>
+  <si>
+    <t>بيان عظم نعيم أهل الجنة.
+الترغيب في العمل الصالح ببيان ما أعدَّ الله لهم من النعيم.</t>
+  </si>
+  <si>
+    <t>Sqarimi i begative madhështore të Xhenetit.
+Inkurajimi për të bërë vepra të mira, duke sqaruar çfarë begatish ka përgatitur Allahu për ta.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8349</t>
+  </si>
+  <si>
+    <t>هو الطهور ماؤه، الحل ميتته</t>
+  </si>
+  <si>
+    <t>Uji i detit është pastrues dhe e ngordhura e tij është e lejueshme</t>
+  </si>
+  <si>
+    <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَأَلَ رَجُلٌ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّا نَرْكَبُ البَحْرَ، وَنَحْمِلُ مَعَنَا القَلِيلَ مِنَ الْمَاءِ، فَإِنْ تَوَضَّأْنَا بِهِ عَطِشْنَا، أَفَنَتَوَضَّأُ مِنَ الْبَحْرِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «هُوَ الطَّهُورُ مَاؤُهُ، الحِلُّ مَيْتَتُهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurerja (Allahu qoftë i kënaqur me të!) tregon se një njeri e pyeti të Dërguarin e Allahut  ﷺ, duke thënë: "O i Dërguar i Allahut, ne udhëtojmë me anije dhe marrim pak ujë me vete. Nëse marrim abdest me të, do të kemi etje. Atëherë, a mund të marrim abdest me ujin e detit?" I Dërguari i Allahut ﷺ u tha: "Uji i detit është pastrues dhe e ngordhura e tij është e lejueshme."</t>
+  </si>
+  <si>
+    <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
+فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
+  </si>
+  <si>
+    <t>Një njeri e pyeti Profetin  ﷺ, duke thënë: Ne udhëtojmë me anije në det për peshkim, tregti dhe aktivitete të ngjashme, dhe marrim pak ujë të pijshëm me vete. Nëse e përdorim ujin e pijshëm për abdest dhe gusël, ai do të harxhohet dhe nuk do të kemi më ujë për të pirë. A na lejohet të marrim abdest me ujin e detit?
+Kësisoj, Profeti  ﷺ i tha për ujin e detit: "Uji i tij është i pastër dhe pastrues; lejohet të merret abdest dhe gusël me të. Gjithashtu, është e lejuar të hahet çdo gjë që del prej tij, si peshqit, balenat dhe të tjera, edhe nëse gjendet e ngordhur dhe ka dalë në sipërfaqe pa u peshkuar.</t>
+  </si>
+  <si>
+    <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
+إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
+الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
+ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
+  </si>
+  <si>
+    <t>Kafsha e ngordhur e detit është e lejuar për t'u ngrënë. Me termin  "e ngordhur", nënkuptohet çdo krijesë detare që ka ngodhur në det dhe që jeton vetëm në të.
+Përgjigjja ndaj pyetësit me më shumë sesa ka pyetur, është që dobia të jetë më e plotësuar.
+Ujit, nëse i ndryshon shija, ngjyra ose era e tij nga diçka e pastër,  mbetet i pastër për sa kohë që vazhdon të jetë ujë në natyrën e tij të vërtetë, edhe nëse rritet kripshmëria, nxehtësia, ftohtësia apo diçka e ngjashme.
+Uji i detit e largon papastërtinë e madhe (mund të merret me të gusël) dhe të vogël (mund të merret me të abdest) dhe pastron ndyrësinë e rastësishme mbi diçka të pastër, qoftë nga trupi, rrobat apo diçka tjetër.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8355</t>
+  </si>
+  <si>
+    <t>إذا كان الماء قلتين لم يحمل الخبث</t>
+  </si>
+  <si>
+    <t>Nëse uji është dy fuçi, nuk mban papastërti</t>
+  </si>
+  <si>
+    <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të dy!), transmeton se i Dërguari i Allahut ﷺ u pyet për ujin dhe për kafshët e buta e të egra, që e frekuentojnë atë. Atëherë Profeti ﷺ tha: "Nëse uji është dy fuçi, nuk mban papastërti."</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ u pyet për pastërtinë e ujit që përdoret nga kafshët e buta dhe të egra, për të pirë apo për gjëra të ngjashme. Kësisoj Profeti ﷺ tha: Nëse uji arrin sasinë e dy enëve të mëdha (rreth 210-të litra), atëherë ai konsiderohet ujë i shumtë dhe nuk bëhet i papastër, përveç nëse ndryshon një nga tre cilësitë e tij: ngjyra, shija ose era, me diç të papastër.</t>
+  </si>
+  <si>
+    <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
+أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
+  </si>
+  <si>
+    <t>Uji bëhet i papastër nëse ndryshon një nga tre cilësitë e tij: ngjyra, shija ose era, me diçka të papastër. Hadithi në këtë rast vlen për shumicën e situatave dhe nuk është i kufizuar në një rast specifik.
+Dijetarët kanë rënë në ujdi se uji bëhet i papastër pa përjashtim; nëse ndyrësia e ndryshon, pavarësisht nëse ai është i vogël apo i madh.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8357</t>
+  </si>
+  <si>
+    <t>إذا استيقظ أحدكم من منامه فليستنثر ثلاث مرات، فإن الشيطان يبيت على خياشيمه</t>
+  </si>
+  <si>
+    <t>“Kur dikush zgjohet nga gjumi, le t'i shpërlajë hundët tri herë, ngase shejtani futet në zgavrat e hundës së tij.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ مَنَامِهِ فَلْيَسْتَنْثِرْ ثَلَاثَ مَرَّاتٍ، فَإِنَّ الشَّيْطَانَ يَبِيتُ عَلَى خَيَاشِيمِهِ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Kur dikush zgjohet nga gjumi, le t'i shpërlajë hundët tri herë, ngase shejtani futet në zgavrat e hundës së tij.”</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم مَن استيقظ مِن مَنامِه أن يَستنثر ثلاث مرات؛ والاستنثار هو إخراج الماء من الأنف بعد إدخاله، وذلك لأن الشيطان يَبيت على الخيشوم -وهو الأنف كلُّه-.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith inkurajon atë që zgjohet nga gjumi ta shpërlajë hundën tri herë. Shpërlarja nënkupton nxjerrjen e ujit nga hunda pas futjes së tij, sepse shejtani kalon natën në zgavrat e hundës.</t>
+  </si>
+  <si>
+    <t>يُشرع لكلِّ مَن استيقظ مِن النوم أنْ يستنثر إزالةً لأثر الشيطان من أنفه، وإذا كان سيتوضأ، فالأمر بالاستنثار حينئذ آكد.
+الاستنثار من تمام فائدة الاستنشاق؛ لأن الاستنشاق تنظيف داخل الأنف، والاستنثار يُخرِج ذلك الوَسَخَ مع الماء.
+تَقْيِيْدُه بنوم الليل، أخذًا مِن لفظ "يَبيت"؛ فإنّ البيتوتةَ لا تكون إلا من نوم الليل، ولأنه مَظِنَّة الطول والاستغراق.
+في الحديث دليلٌ على مُلابَسَةِ الشيطان للإنسان وهو لا يَشْعُرُ بذلك.</t>
+  </si>
+  <si>
+    <t>Është e përligjur që çdo person që zgjohet nga gjumi të nxjerrë ujë nga hunda, për të hequr ndikimin e shejtanit nga hunda e tij. E nëse do të marrë abdest, atëherë urdhri për shpërlajen e hundës është më i theksuar.
+Istinthari (nxjerrja e ujit nga hunda) plotëson dobinë e Istinshakut (futjes së ujit në hundë), sepse Istinshaku pastron hundën nga brenda, ndërsa Istinthari e nxjerr atë papastërti së bashku me ujin.
+Fakti që është kufizuar në hadith gjumi i natës, kjo është marrë nga folja "jebitu", sepse njeriu ka më shumë mundësi të fle thellë dhe për një periudhë të gjatë gjatë natës.
+Në hadith ka argument se shejtani e shoqëron njeriun, por njeriu nuk e ndjen atë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8377</t>
   </si>
   <si>
     <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
   </si>
   <si>
     <t>se një burrë mori abdes dhe e la një pjesë në këmbën e tij sa një thua pa e larë. Pejgamberi (paqja qoftë mbi të!) e pa dhe i tha: "Kthehu dhe merr abdes mirë!" Ai e përmirësoi abdesin dhe pastaj u fal</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
     <t>Nga Xhabiri (Allahu qoftë i kënaqur me të!) përcillet se ka thënë që Umer ibn Hatabi i ka treguar se një burrë mori abdes dhe e la një pjesë në këmbën e tij sa një thua pa e larë. Pejgamberi (paqja qoftë mbi të!) e pa dhe i tha: "Kthehu dhe merr abdes mirë!" Ai e përmirësoi abdesin dhe pastaj u fal.</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>Umeri (Allahu qoftë i kënaqur me të!) ka treguar se Pejgamberi (paqja qoftë mbi të!) pa një burrë, i cili e kishte mbaruar marrjen e abdesit, por kishte lënë një pjesë në këmbën e tij sa një thua pa e larë gjatë abdesit. Ai i tha atij duke ia bërë me shenjë nga pjesa e palarë: "Kthehu dhe merr abdes mirë, duke e plotësuar atë dhe duke i dhënë çdo gjymtyre hisen e ujit që i takon." Burri u kthye, e plotësoi abdesin, pastaj u fal.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>Obligimi i nxitimit në urdhërimin për mirë dhe këshillimin e të paditurit dhe të pavëmendshmit, sidomos kur mangësia e tij bëhet shkak për prishjen e adhurimit.
 Obligimi i larjes me ujë të të gjitha gjymtyrëve të abdesit dhe se nëse dikush lë një pjesë të një gjymtyre pa e larë, qoftë dhe pak, abdesi i tij nuk është i saktë dhe ai duhet ta përsërisë atë nga fillimi, nëse distanca kohore është e gjatë.
 Ligjshmëria e përsosjes së abdesit, duke e plotësuar dhe përkryer atë sipas mënyrës së urdhëruar nga sheriati.
 Këmbët janë pjesë e gjymtyrëve të abdesit dhe nuk mjafton fërkimi i tyre me dorë të lagur, por duhet të lahen patjetër.
 Gjymtyrët e abdesit duhet të lahen njëra pas tjetrës, duke mos u vonuar aq sa të thahet gjymtyra paraprake.
 Padija dhe harresa nuk e shfuqizojnë obligimin. Ato shfuqizojnë vetëm mëkatin. Ngase Pejgamberi (paqja qoftë mbi të!) nuk e shfuqizoi obligimin nga ky burrë, i cili nuk e kishte përkryer abdesin e tij për shkak të padijes, por e urdhëroi ta përsëriste atë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8386</t>
   </si>
   <si>
+    <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ merrte abdes me një palë grushte me ujë dhe lahej me një saë, deri në pesë palë grushte me ujë</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
+  </si>
+  <si>
+    <t>Enesi (Allahu qoftë i kënaqur me të!) transmeton se: "Profeti ﷺ merrte abdes me një palë grushte me ujë dhe lahej me një saë, deri në pesë palë grushte me ujë."</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ lahej nga xhububllëku me një saë, deri në pesë palë grushte me ujë dhe dhe merrte abdes me një palë grushte. Një saë është sa katër muddë, e një mudd është sa sasia e mbushur e dy grushteve të një njeriu mesatar.</t>
+  </si>
+  <si>
+    <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
+استحباب التقليل في ماء الوضوء والغسل بقدر الحاجة، وأن هذا هو هدي النبي صلى الله عليه وسلم.
+المقصود الاستيفاء في الوضوء والغسل مع مراعاة السنن والآداب بلا إسراف ولا تقتير ويراعى الوقت وكثرة الماء وقلته وغير ذلك.
+تطلق الجنابة على كل من أنزل المني أو جامع، وسميت بذلك لاجتناب صاحبها الصلاة والعبادات حتى يطهر منها.
+الصاع: مكيال معروف، والمراد به الصاع النبوي، ويبلغ وزنه (480) مثقالاً من البر الجيد، وباللتر (3 لترات).
+المد: وحدةُ كيلٍ شرعية، وهي ملء كفي الإنسان المعتدل إذا ملأهما ومد يده بهما، والمد ربع الصاع باتفاق الفقهاء، ومقداره (750) ملل.</t>
+  </si>
+  <si>
+    <t>Përligjja e kursimit të ujit për abdes e larje dhe mosshpërdorimi i tij, edhe nëse ka ujë.
+Është e rekomanduar të zvogëlohet sasia e përdormit të ujit për abdes dhe larje, aq sa është e nevojshme dhe ky është udhëzimi i Profetit ﷺ.
+Qëllimi është që të përmbushen (kushtet e) abdesit dhe larjes së plotë (guslit), duke i pasur parasysh sunetet dhe normat, pa shpërdorim e cungim, duke marrë parasysh kohën, bollëkun dhe mungesën e ujit etj.
+Xhunubllëku është një gjendje që i referohet kujtdo që ejakulon  ose kryen marrëdhënie intime. Është quajtur kështu (në arabisht), sepse personi i tillë rri larg nga namazi dhe ibadetet, derisa të pastrohet nga kjo gjendje.
+Sai është një masë e njohur, por qëllimi është për sain e Profetit ﷺ, ku pesha e tij është 480 mithkalë grurë të mirë, ndërsa në litra i bie tri litra.
+Muddi është një njësi matëse fetare, e cila përfaqëson dy grushte të një njeriu me madhësi mesatare kur ai i mbush ato dhe i shtrin. Muddi, sipas pajtimit të juristëve muslimanë, është një e katërta e sait. Pra, sasia e tij është 750 mililitra.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8387</t>
+  </si>
+  <si>
+    <t>ما من مسلم يتوضأ فيحسن وضوءه، ثم يقوم فيصلي ركعتين، مقبل عليهما بقلبه ووجهه، إلا وجبت له الجنة</t>
+  </si>
+  <si>
+    <t>“Çdo musliman që merr abdes me përsosuri, pastaj ngrihet dhe i fal dy rekate, i përqendruar në të me zemër dhe trup, e meriton hyrjen në Xhenet.”</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: كَانَتْ عَلَيْنَا رِعَايَةُ الْإِبِلِ فَجَاءَتْ نَوْبَتِي فَرَوَّحْتُهَا بِعَشِيٍّ فَأَدْرَكْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَائِمًا يُحَدِّثُ النَّاسَ فَأَدْرَكْتُ مِنْ قَوْلِهِ: «مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ» قَالَ فَقُلْتُ: مَا أَجْوَدَ هَذِهِ، فَإِذَا قَائِلٌ بَيْنَ يَدَيَّ يَقُولُ: الَّتِي قَبْلَهَا أَجْوَدُ، فَنَظَرْتُ فَإِذَا عُمَرُ قَالَ: إِنِّي قَدْ رَأَيْتُكَ جِئْتَ آنِفًا، قَالَ: «مَا مِنْكُمْ مِنْ أَحَدٍ يَتَوَضَّأُ فَيُبْلِغُ - أَوْ فَيُسْبِغُ - الْوَضُوءَ ثُمَّ يَقُولُ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ إِلَّا فُتِحَتْ لَهُ أَبْوَابُ الْجَنَّةِ الثَّمَانِيَةُ يَدْخُلُ مِنْ أَيِّهَا شَاءَ».</t>
+  </si>
+  <si>
+    <t>Ukbe ibn Amiri (Allahu qoftë i kënaqur me të!) tregon: “Ne i ruanim devetë dhe, kur erdhi radha ime, i ktheva devetë në shtëpi në mbrëmje. Të Dërguarin e Allahut ﷺ e gjeta duke u ligjëruar njerëzve dhe i zura fjalët: “Çdo musliman që merr abdes me përsosuri, pastaj ngrihet dhe i fal dy rekate, i përqendruar në të me zemër dhe trup, e meriton hyrjen në Xhenet.” Thashë: “Sa e bukur kjo!” Sakaq dikush nga mbrapa më tha: “Para kësaj ishte një edhe më e mirë.” Kur shikova, pashë Omerin. Ai më tha: “Të pashë se erdhe tash vonë." Pejgamberi ﷺ tha: “Secili që merr abdes me përsosuri, pastaj thotë: "Eshhedu en la ilahe il-lallah ve enne Muhameden abduhu ve resuluhu (Dëshmoj se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij)", i hapen tetë dyert e Xhenetit, që të hyjë nga cila të dojë.”</t>
+  </si>
+  <si>
+    <t>بَيّن النبيُّ صلى الله عليه وسلم وهو يُحدِّث الناس فضلين عظيمين:
+الأول: أنَّ من توضأ فأحسن الوضوء وأسْبغَه وأتمه وأكمله على الوجه المسنون، وأعطى كل عضو حقَّه من الماء، ثم قال: أشهد أن لا إله إلا الله، وأن محمدًا عبد الله ورسوله؛ إلا فُتحت له أبواب الجنة الثمانية يدخل من أيها شاء. 
+الثاني:  أن من توضأ هذا الوضوء التامّ الكامل، ثم قام بعد هذا الوضوء فصلى ركعتين؛ مُقبلًا عليهما بقلبه بالإخلاص والخشوع، وخضع بوجهه وجميع أعضاء جسده لله، إلا وجبت له الجنة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ, teksa ligjëronte, i sqaroi dy virtyte madhështore:
+I pari: ai që merr abdes me përsosuri, e plotëson dhe e përkryen sipas metodës profetike e i jep çdo gjymtyre sasinë e duhur të ujit, e pastaj thotë: "Eshhedu en la ilahe il-lallah ve enne Muhameden abduhu ve resuluhu (Dëshmoj se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij)", i hapen tetë dyert e Xhenetit, të hyjë nga cila të dojë.”
+I dyti: ai që e merr këtë abdes të plotë dhe të përkryer, pastaj ngrihet pas këtij abdesi dhe i fal dy rekate, i përqëndruar në të me zemrën e tij me sinqeritet dhe përkushtim, duke ia dorëzuar fytyrën dhe të gjitha gjymtyrët e tij Allahut, Xheneti do t'i bëhet obligim.</t>
+  </si>
+  <si>
+    <t>عَظيم فضل الله تعالى بإعطائه الأجر الكبير على العمل اليسير.
+مشروعية إسباغ الوضوء وإتمامه، وصلاة ركعتين بخشوع بعده، وما يحصل به من الأجر العظيم.
+إسباغ الوضوء، والإتيان بعده بهذا الذكر، من أسباب دخول الجنة.
+استحباب قول هذا الذكر للمغتسل أيضًا.
+حرص الصحابة على الخير من تعلُّم العلم ونشره، وتعاونهم على ذلك وفي أمور معيشتهم.
+الذكر بعد الوضوء فيه تخليص القلب وتطهيره من الشرك، كما أن الوضوء فيه تطهير البدن وتخليصه من الوسخ.</t>
+  </si>
+  <si>
+    <t>Mirësia e Allahut të Lartësuar është e madhe, meqë Ai shpërblen shumë për një vepër të vogël.
+Përligjja e marrjes së abdesit në formë të plotë dhe të përsosur,  falja e dy rekateve me përulje pas tij dhe shpërblimi madhështor që arrihet me këtë vepër.
+Marrja abdes në mënyrë të përsosur dhe thënia e këtij dhikri pas tij është prej shkaqeve për të hyrë në Xhenet.
+Ky dhikër po ashtu është i rekomanduar të thuhet nga ai që merr gusël.
+Sahabët ishin të prirë për të bërë të mira, si mësimi dhe përhapja e diturisë, si dhe bashkëpunonin për të bërë këtë dhe për çështje të tjera të kësaj bote.
+Dhikri pas abdesit e kristalizon dhe e pastron zemrën nga shirku (idhujtaria), ashtu siç e pastron abdesi trupin nga papastërtia.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8388</t>
+  </si>
+  <si>
+    <t>إذا توضأ أحدكم ولبس خفيه فليصل فيهما، وليمسح عليهما ثم لا يخلعهما إن شاء إلا من جنابة</t>
+  </si>
+  <si>
+    <t>Nëse ndonjëri prej jush merr abdes dhe i mbath mestet e tij, le të falet me to dhe le t’i fshijë sipër tyre pa i hequr, nëse dëshiron, përveçse në gjendjen e xhunubllëkut</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ».</t>
+  </si>
+  <si>
+    <t>Enesi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Nëse ndonjëri prej jush merr abdes dhe i mbath mestet e tij, le të falet me to dhe le t’i fshijë sipër tyre pa i hequr, nëse dëshiron, përveçse në gjendjen e xhunubllëkut."</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه إذا لَبِسَ المُسلِمُ خُفَّيْه بعد أنْ تَوَضأ، ثم أَحْدَث بعد ذلك وأراد الوضوء، فله المَسْحُ عليهما إن أراد ذلك، ويصلي فيهما ولا يَنزعهما مدة معلومة، إلا إذا أَجْنَبَ لزِمَه خَلعُ الخُفِّ والاغتسال.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith sqaroi se nëse një musliman i mbath mestet (çorapet lëkurore) pasi ka marrë abdest, pastaj bie në gjendjen e hadethit të vogël (papastërtisë së vogël) dhe dëshiron të marrë abdes, atij i lejohet t’i fshijë sipër tyre nëse dëshiron. Ai mund të falet me to pa i hequr për një periudhë të caktuar, përveç nëse bie në gjendjen e xhunubllëkut (papastërtisë së madhe), në të cilën rast duhet t’i heqë mestet për marrë gusël (larjen e tërë trupit).</t>
+  </si>
+  <si>
+    <t>لا يجوز المَسحُ على الخُفَّين إلا إذا لُبسَا بعد كمال الطهارة.
+مدة المسح للمقيم: المسحُ يومًا وليلةً، وللمسافر: ثلاثةَ أيام بلياليها.
+المسح على الخفين يَخْتَصُّ بالحَدَث الأصغر لا الأكبر، أما الحدث الأكبر فلا يجوز المسح معه، بل لابد من خَلْع الخُفّين وغسل القدمين.
+يستحَب الصلاة في الحذاء والخفّ ونحوِهما مخالفةً لليهود وذلك إذا كانت طهارة، وليس فيها أذية للمصلين، أو للمسجد مثل المساجد المفروشة فلا يصل بها.
+المسح على الخفين فيه تيسير وتخفيف على هذه الأُمَّة.</t>
+  </si>
+  <si>
+    <t>Nuk lejohet t'u jepet mes'h (fshirje me dorë të lagur) mestet (çorapet lëkurore), përveç nëse ato janë veshur pasi është kryer pastrimi i plotë ritual (abdesti).
+Periudha e lejuar për fshirjen mbi mestet për atë që është vendas është një ditë dhe një natë, ndërsa për udhëtarin është tre ditë dhe netët e tyre.
+Fshirja mbi mestet (çorapet prej lëkure) është e kufizuar vetëm për hadethin e vogël (papastërtinë e vogël) dhe jo për hadethin e madh (papastërtinë e madhe, meqë këtu duhet marrë gusël). Në rastin e hadethit të madh, fshirja nuk lejohet; përkundrazi, duhet të hiqen mestet dhe të lahen këmbët (për t'u larë tërësisht).
+Është e pëlqyeshme të falet namazi me këpucë, meste (çorape prej lëkure) dhe të ngjashme, si një mënyrë për t'u dalluar dhe për t'i kundërshtuar hebrenjtë, me kusht që ato të jenë të pastra dhe të mos shkaktojnë ndonjë dëm për namazfalësit apo për xhaminë. Nëse xhamia është me tepihë, atëherë nuk duhet të falesh në të me këpucë.
+Fshirja mbi mestet (çorapet prej lëkure) është lehtësim për këtë umet.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8392</t>
+  </si>
+  <si>
     <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>Profeti ﷺ e përmendte Allahun në çdo gjendje</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Aishja (Allahu qoftë i kënaqur me të!) tregon: "Profeti ﷺ e përmendte Allahun në çdo gjendje."</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Aishja, nëna e besimtarëve (Allahu qoftë i kënaqur me të!), tregon se Profeti ﷺ i kushtonte shumë rëndësi përmendjes së Allahut të Lartësuar dhe se ai e përmendte Allahun e Lartësuar në çdo kohë, vend dhe situatë.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Për përmendjen e Allahut të Lartësuar nuk kushtëzohet pastrimi nga papastërtia e vogël (të qenët pa abdes) dhe nga ajo e madhe (të qenët xhunub).
 Profeti ﷺ në vazhdimësi e përmendte Allahun e Lartësuar.
 Inkurajimi që Allahu i Lartësuar të përmendet shpesh në çdo kohë, duke ndjekur kështu shembullin e Profetit ﷺ, me përjashtim të rasteve kur ai përmbahej nga dhikri, siç është kryerja e nevojave fiziologjike.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8402</t>
+  </si>
+  <si>
+    <t>لا يرمي رجل رجلا بالفسوق، ولا يرميه بالكفر، إلا ارتدت عليه، إن لم يكن صاحبه كذلك</t>
+  </si>
+  <si>
+    <t>“Nuk ndodh që dikush ta etiketojë tjetrin si mëkatar e as ta etiketojë me kufër, e kjo të mos i kthehet vetë atij, nëse i etiketuari nuk është i tillë.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رَضِيَ اللَّهُ عَنْهُ أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ يَرْمِي رَجُلٌ رَجُلًا بِالفُسُوقِ، وَلاَ يَرْمِيهِ بِالكُفْرِ، إِلَّا ارْتَدَّتْ عَلَيْهِ، إِنْ لَمْ يَكُنْ صَاحِبُهُ كَذَلِكَ».</t>
+  </si>
+  <si>
+    <t>Ebu Dherri (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar Profetin ﷺ duke thënë: “Nuk ndodh që dikush ta etiketojë tjetrin si mëkatar e as ta etiketojë me kufër, e kjo të mos i kthehet vetë atij, nëse i etiketuari nuk është i tillë.”</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم أنّ مَن قال لآخر: أنت فاسق، أو: أنت كافر، فإنْ كان ليس كما قال، كان هو المُستَحِق للوصف المذكور ورَجَعَ عليه قولُه، وأما إذا كان كما قال لم يرجع عليه شيء؛ لكونه صدق فيما قال.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka paralajmëruar se kush i thotë një personi tjetër: "Ti je mëkatar (ar. fasik)." Ose: "Ti je jobesimtar." Nëse ky person nuk është ashtu siç tha ai, atëherë ky përshkrim i kthehet atij që e tha. Mirëpo, nëse ai person është ashtu siç u tha, atëherë nuk ka gjynah mbi atë që e tha, sepse ka folur të vërtetën.</t>
+  </si>
+  <si>
+    <t>تحريم رمي الناس بالكفر أو الفسق، بغير مُسَوِّغ شرعي.
+وجوب التثبُّت في إصدار الأحكام على الناس.
+قال ابن دقيق العيد: وهذا وعيد عظيم لمن أكفر أحدًا من المسلمين وليس كذلك، وهي ورطة عظيمة.
+قال ابن حجر العسقلاني: ولكن لا يلزم من كونه لا يصير بذلك فاسقًا ولا كافرًا أن لا يكون آثمًا في صورة قوله له: أنت فاسق، بل في هذه الصورة تفصيل: إن قَصَدَ نُصْحَه أو نُصْحَ غيرِه بِبَيان حاله جاز، وإن قَصَدَ تَعْيِيْرَه وشُهرَتَه بذلك ومَحْضَ أذاه لم يجز؛ لأنه مأمور بالستر عليه وتعليمه وعِظَتِه بالحسنى، فمهما أمكنه ذلك بالرفق لا يجوز له أن يفعله بالعُنْف؛ لأنه قد يكون سببًا لإغرائه وإصراره على ذلك الفعل كما في طَبْعِ كثير من الناس من الأَنَفَة، ولا سيّما إن كان الآمِرُ دونَ المأمورِ في المنزلة.</t>
+  </si>
+  <si>
+    <t>Është e ndaluar ta etiketosh një musliman për mosbesim apo mëkat pa arsye të lejuar nga feja.
+Verifikimi është i detyrueshëm para se të jepen gjykime për njerëzit (muslimanët).
+Ibn Dekik Idi thënë: “Ky është një kërcënim i rëndë për atë që e akuzon padrejtësisht një musliman për mosbesim (duke e bërë tekfir), gjë që është një rrezik i madh.”
+Ibn Haxher Askalaniu ka thënë: “Fakti që ai nuk bëhet automatikisht mëkatar apo jobesimtar (kur ta etiketojë padrejtësisht), nuk do të thotë se nuk është mëkatar, kur i thotë tjetrit: "Ti je mëkatar"; përkundrazi, kjo çështje kërkon sqarim të hollësishëm. Nëse ai e ka për qëllim këshillimin e tij apo të të tjerëve duke sqaruar gjendjen e tij, atëherë kjo është e lejuar. Por nëse e ka për qëllim fyerjen, turpërimin dhe ofendimin e tij, atëherë kjo është e ndaluar, sepse ai është i urdhëruar t'i fshehë mangësitë e tij dhe ta mësojë e ta këshillojë në mënyrën më të bukur. Prandaj, kurdo që mund ta realizojë këtë në mënyrë të butë, nuk i lejohet ta bëjë në mënyrë të ashpër, sepse mund të bëhet shkak që ai të sprovohet dhe të këmbëngulë në atë vepër, sepse shumë njerëz natyrshëm veprojnë kështu me ata që janë të ashpër. E sidomos e refuzojnë urdhrin kur ai vjen nga dikush që është më poshtë se ata në pozitë.”</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8883</t>
+  </si>
+  <si>
+    <t>إن الشيطان قد أيس أن يعبده المصلون في جزيرة العرب، ولكن في التحريش بينهم</t>
+  </si>
+  <si>
+    <t>Vërtet shejtani e ka humbur shpresën që të adhurohet nga ata që falen në Gadishullin Arabik, por nuk e ka humbur shpresën për të mbjellë përçarje mes tyre</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ الشَّيْطَانَ قَدْ أَيِسَ أَنْ يَعْبُدَهُ الْمُصَلُّونَ فِي جَزِيرَةِ الْعَرَبِ، وَلَكِنْ فِي التَّحْرِيشِ بَيْنَهُمْ».</t>
+  </si>
+  <si>
+    <t>Xhabiri (Allahu qoftë i kënaqur me të!) tregon se e ka dëgjuar Profetin ﷺ duke thënë: "Vërtet shejtani e ka humbur shpresën që të adhurohet nga ata që falen në Gadishullin Arabik, por nuk e ka humbur shpresën për të mbjellë përçarje mes tyre."</t>
+  </si>
+  <si>
+    <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ إبليس أَيِسَ أنْ يَعُوْدَ المؤمنون المصلون لعبادته والسجود للصنم في جزيرة العرب، ولكنه لا زال يَطْمَع، ولا زال جهده وكَدُّه وعملُه وسعيُه في التَّحريش بينهم بالخصومات والشَّحْنَاء والحروب والفتن ونحوها.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ka treguar se shejtani e ka humbur shpresën që besimtarët që falen në Gadishullin Arabik të kthehen në adhurimin e tij dhe t'i bëjë sexhde idhujve. Mirëpo, ai ende shpreson dhe vazhdon të përpiqet me ngulm për të mbjellë përçarje mes tyre, duke nxitur mosmarrëveshje, armiqësi, luftëra, trazira e të ngjashme.</t>
+  </si>
+  <si>
+    <t>عبادة الشيطان عبادة الصنم، لأنه الآمِرُ به والداعي إليه، بدليل قوله تعالى عن إبراهيم عليه السلام: (يا أبت لا تعبد الشيطان…).
+الشيطان يَسعى في إيقاع الخصومات والشَّحْناء والحروب والفتن بين المسلمين.
+من فوائد الصلاة في الإسلام أنها تَحفظ المَوَدّة بين المسلمين، وتُقَوِّي روابط الأُخُوّة بينهم.
+الصلاة أعظم شعائر الدين بعد الشهادتين، ولذلك أطلق على المسلمين المُصَلِّين.
+جزيرة العرب لها خصائص دون غيرها من البلاد.
+إن قيل قد وقع في بعض جزيرة العرب عبادة الأصنام، والنبي صلى الله عليه وسلم يقول: (إن الشيطان قد أيس أن يعبده المصلون..)، فهذا إخبار عما وقع في نفس الشيطان مِن اليأس لِمَا رأى الفتوح، ودخول الناس في دين الله أفواجًا، فالحديث أخبر عن ظن الشيطان وتوقُّعِه، ثم كان الواقع بخلاف ذلك لحكمة يريدها الله عز وجل.</t>
+  </si>
+  <si>
+    <t>Adhurimi i shejtanit bëhet përmes adhurimit të idhujve, sepse është ai që urdhëron dhe thërret në këtë. Argument për këtë janë fjalët e Allahut, ku flet për Ibrahimin (alejhi selam): "O babush, mos e adhuro shejtanin...!"
+Shejtani përpiqet të nxisë mosmarrëveshje, armiqësi, luftëra dhe trazira mes muslimanëve.
+Ndër dobitë e namazit në Islam është se ai ruan dashurinë mes muslimanëve dhe forcon lidhjet vëllazërore ndërmjet tyre.
+Namazi është adhurimi më i madh në Islam pas dy dëshmive të besimit, dhe për këtë arsye muslimanët quhen namazfalës.
+Gadishulli Arabik posedon karakterisitka që vendet e tjera nuk i posedojnë.
+Nëse thuhet se adhurimi i idhujve ka ndodhur në disa pjesë të Gadishullit Arabik, megjithëse Profeti ﷺ ka thënë: "Vërtet shejtani e ka humbur shpresën që të adhurohet nga ata që falen në Gadishullin Arabik..." Atëherë përgjigjja është se fjalët e Profetit ﷺ  tregojnë për dëshpërimin që ndjeu shejtani kur pa fitoret dhe njerëzit duke hyrë në fenë e Allahut grupe-grupe. Pra, hadithi tregon për mendimin dhe pritshmërinë e shejtanit, por ajo që ka ndodhur në realitet është ndryshe, për një urtësi të caktuar nga Allahu i Lartmadhërishëm.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8886</t>
+  </si>
+  <si>
+    <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
+  </si>
+  <si>
+    <t>E kam pyetur të Dërguarin e Allahut ﷺ (a bëj mëkat) në lidhje me shikimin e paqëllimshëm (në femrën e ndaluar), e ai më urdhëroi që ta ndal shikimin e të mos e vazhdoj atë</t>
+  </si>
+  <si>
+    <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
+  </si>
+  <si>
+    <t>Xherir ibn Abdullahu (Allahu qoftë i kënaqur me të!) ka thënë: "E kam pyetur të Dërguarin e Allahut ﷺ (a bëj mëkat) në lidhje me shikimin e paqëllimshëm (në femrën e ndaluar), e ai më urdhëroi që ta ndal shikimin e të mos e vazhdoj atë."</t>
+  </si>
+  <si>
+    <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
+  </si>
+  <si>
+    <t>Xherir ibn Abdullahu (Allahu qoftë i kënaqur me të!) e pyeti Profetin ﷺ për një burrë që shikon një grua të huaj befas, paqëllimshëm, kësisoj Profeti  ﷺ e urdhëroi që ta kthejë fytyrën nga ana tjetër sapo ta marrë vesh (se nuk e ka të lejuar ta shohë të tillën), kështu që nuk ka mëkat për këtë.</t>
+  </si>
+  <si>
+    <t>الحضُّ على غضِّ البَصَر.
+التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
+فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
+فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
+رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
+  </si>
+  <si>
+    <t>Inkurajimi për ta ulur shikimin (nga harami).
+Tërheqja e vërejtjes kundër vazhdimit të shikimit në atë që është e ndaluar të shikohet, nëse shikimi rastis në të befas, paqëllishëm.
+Prej dobive të këtij hadithi është se të qenët haram shikimi i grave është një çështje e vërtetuar në mesin e sahabëve, siç dëshmohet nga fakti se Xheriri (Allahu qoftë i kënaqur me të!) e pyeti Profetin ﷺ nëse shikimi i tij rastis mbi një grua paqëllimshëm se a është njësoj ky vendim sikurse vendimi për atë që qëllimshëm e shikon (një grua të huaj).
+Këtu shfaqet kujdesi i fesë për interesat e njerëzve, pasi ajo ua ka ndaluar atyre shikimin e grave për shkak të dëmeve që sjell, si në këtë botë, ashtu dhe në botën tjetër.
+Kthimi i sahabëve te Profeti ﷺ dhe pyetja e tij për atë që u dukej e paqartë është një shembull se si njerëzit e zakonshëm duhet të kthehen te dijetarët e tyre dhe t’u bëjnë pyetje për gjërat e paqarta.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8902</t>
   </si>
   <si>
     <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>Dy lloje njerëzish që janë nga banorët e Zjarrit, nuk i kam parë (ende). Lloji i parë: njerëz që kanë kamxhikë si bishtat e lopëve, me të cilët i godasin njerëzit (padrejtësisht).
 Lloji i dytë: gra të veshura e të zhveshura; të lakuara e të anuara!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>Nga Ebu Hurejra (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: "Dy lloje njerëzish që janë nga banorët e Zjarrit, nuk i kam parë (ende). Lloji i parë: njerëz që kanë kamxhikë si bishtat e lopëve, me të cilët i godasin njerëzit (padrejtësisht).
 Lloji i dytë: gra të veshura e të zhveshura; të lakuara e të anuara! Kokat e tyre i kanë si gungat e anuara të devesë. Këto lloj grash s’kanë për të hyrë në Xhenet dhe as që kanë për ta nuhatur aromën e tij, e cila nuhatet nga shumë larg.”</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
@@ -10307,50 +16227,86 @@
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) e ka ndaluar që burri të shikojë pjesët intime të një burri tjetër, ose gruaja të shikojë pjesët intime të një gruaje tjetër.
 Pjesët intime janë ato pjesë të trupit që njeriu turpërohet kur ato zbulohen. Pjesët intime të burrit janë pjesët midis kërthizës dhe gjunjëve. Ndërsa trupi i gruas është i gjithi intim sa i takon burrave të huaj. E sa i takon grave dhe njerëzve të familjes, ajo mund të zbulojë përpara tyre ato pjesë që i zbulon zakonisht kur bën punët e shtëpisë.
 Pejgamberi (paqja qoftë mbi të!) e ndaloi gjithashtu që burri të rrijë në intimitet me një burrë tjetër nën të njëjtën rrobë, ose nën të njëjtën mbulesë, duke qenë të dy lakuriq. Apo që gruaja të rrijë në intimitet me një grua tjetër nën të njëjtën rrobë, ose nën të njëjtën mbulesë, duke qenë të dyja lakuriq. Ngase kjo mund të shpjerë në prekjen e pjesëve intime të tjetrit, gjë e cila është e ndaluar, siç është i ndaluar shikimi i pjesëve intime. Bile, prekja është më e rëndë se shikimi, ngase prekja shpie në pasoja më të rënda.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Ndalimi i shikimit të pjesëve intime të të tjerëve, me përjashtim të bashkëshortëve.
 Kujdesi i Islamit për dëlirësinë e shoqërisë dhe për mbylljen e rrugëve të së keqes.
 Lejohet të shikohen pjesët intime kur e lyp nevoja, siç është nevoja për t'u mjekuar ose diçka e ngjashme, me kusht që të mos jetë me epsh.
 Muslimani urdhërohet që t'i mbulojë pjesët intime të trupit të tij dhe të ulë shikimin nga pjesët intime të të tjerëve.
 Ndalesa në këtë hadith është specifikuar me burrat midis tyre dhe gratë midis tyre, sepse shikimi dhe zbulimi i pjesëve intime ndodh më shpesh në raste të këtilla.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8904</t>
   </si>
   <si>
+    <t>لعن رسول الله صلى الله عليه وسلم الرجل يلبس لبسة المرأة، والمرأة تلبس لبسة الرجل</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ e ka mallkuar burrin që vesh veshjen e gruas dhe gruan që vesh veshjen e burrit</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: لعن رسول الله صلى الله عليه وسلم الرجل يلبس لِبْسَةَ المرأة، والمرأة تلبس لِبْسَةَ الرجل.</t>
+  </si>
+  <si>
+    <t>Ebu Hurerja (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut ﷺ e ka mallkuar burrin që vesh veshjen e gruas dhe gruan që vesh veshjen e burrit."</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بالطَّرْدِ والإبعاد من رحمة الله لكلِّ رجلٍ يتشبَّه بالمرأة في الملابس الخاصة بالنساء؛ سواء في الهيئة أو اللون أو الكيفية أو طريقة اللبس والزينة أو غير ذلك، 
+أو أن تتشبَّهَ المرأةُ باللبس الخاص بالرجال كذلك، وهو كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka bërë lutje për përjashtimin dhe largimin nga mëshira e Allahut të çdo burri që i përngjan gruas në veshjet që janë të veçanta për to, qoftë në formë, në ngjyrë, në mënyrën e veshjes, në stilin e zbukurimit apo në ndonjë gjë tjetër të ngjashme. Ose që gruaja t'u përngjajë burrave në veshjet e tyre të veçanta, dhe kjo është një prej mëkateve të mëdha.</t>
+  </si>
+  <si>
+    <t>قال الشوكاني: تحريم تشبه النساء بالرجال والرجال بالنساء؛ لأن اللعن لا يكون إلا على فعل محرم.
+قال ابن عثيمين: ما كان مشتركًا بينهما مثل بعض الفنائل التي يلبسها الرجل والنساء فإنه لا بأس به، أي لا بأس أن يلبسَه الرجال والنساء؛ لأنه مشترك.</t>
+  </si>
+  <si>
+    <t>Shekaniu ka thënë: "Ndalohet që gratë t’u përngjajnë burrave dhe burrat grave, sepse mallkimi bëhet vetëm për një vepër të ndaluar, haram."
+Ibn Uthejmini ka thënë: "Ajo që është e përbashkët mes tyre, si disa këmisha të brendshme që i veshin si burrat ashtu edhe gratë, nuk ka problem të vishen nga të dy, sepse ato janë të përbashkëta."</t>
+  </si>
+  <si>
+    <t>رواه النسائي في الكبرى وابن ماجه بمعناه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه النسائي في الكبرى وابن ماجه بمعناه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8905</t>
+  </si>
+  <si>
     <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>i Dërguari i Allahut ﷺ ka ndaluar rruajtjen e pjesërishme të kokës (kazea)</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqu me të!) tregon se i Dërguari i Allahut ﷺ ka ndaluar rruajtjen e pjesërishme të kokës (kazea).</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith e ka ndaluar rruajtjen e një pjese të kokës së fëmijës dhe lënien e një pjese tjetër.
 Kjo ndalesë është e përgjithshme për të gjithë meshkujt, qofshin të vegjël, qofshin të mëdhenj. E, sa u përket femrave, atyre nuk u lejohet t'i rruajnë flokët.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Feja i kushton rëndësi pamjes së njeriut.</t>
   </si>
@@ -10400,83 +16356,272 @@
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>Enesi (Allahu qoftë i kënaqur me të!) tregon: Teksa ishim te Omeri, ai na tha: "Na është ndaluar teprimi."</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>Omeri (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ua ndaloi atyre çdo gjë që sjell vështirësi pa pasur nevojë për të, qoftë me fjalë, qoftë me vepra.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Prej teprimit të ndaluar është: bërja e pyetjeve të tepërta ose ta mbingarkojë (njeriu veten) për atë që ai nuk e di, ose të qenët i rreptë për një çështje për të cilën Allahu e ka lënë të hapur.
 Muslimani duhet të mësohet të jetë tolerant dhe të mos mbingarkohet në fjalë a në vepra: në ushqimin, pijen, fjalët dhe të gjitha rrethanat e tjera të tij.
 Islami është fe e lehtë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8945</t>
+  </si>
+  <si>
+    <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
+  </si>
+  <si>
+    <t>“Melekët nuk hyjnë në atë shtëpi që ka qen ose piktura (frymorësh).”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
+  </si>
+  <si>
+    <t>Ebu Talhai (Allahu qoftë i kënaqur me të) transmeton se Profeti ﷺ ka thënë: “Melekët nuk hyjnë në atë shtëpi që ka qen ose piktura (frymorësh).”</t>
+  </si>
+  <si>
+    <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
+وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
+وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
+ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se melekët e mëshirës nuk hyjnë në atë shtëpi ku ka qen ose ndonjë pikturë të qenieve të gjalla. Kjo, se piktura e diçkaje që ka frymë është një mëkat i rëndë, se përmban imitim të krijimit të Allahut dhe është mjet drejt shirkut. Madje, disa prej tyre janë piktura që adhurohen në vend të Allahut. Sa i përket arsyes së abstenimit të tyre nga një shtëpi ku ka qen, është për faktin se ai ha shumë papastërti dhe për shkak se disa prej tyre quhen shejtanë, ndërkohë melekët janë kundër shejtanëve. Dhe se qeni mban erë të keqe, ndërsa melekët e urrejnë erën e keqe... Rrjedhimisht, ai që i mban këto piktura, ndëshkohet në atë formë që melekët e mëshirës privohen të hyjnë në shtëpinë e tij, të falen aty, të kërkojnë falje për të, të luten për bekim për të dhe për shtëpinë e tij e për ta larguar dëmin e shejtanit prej tij.</t>
+  </si>
+  <si>
+    <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
+اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
+الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
+تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
+قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
+  </si>
+  <si>
+    <t>Ndalohet mbajtja e qenit, përveç qenit të gjuetisë, bagëtisë ose të fermës.
+Përvetësimi i pikturave (me qenie të gjalla) është një nga gjërat e shëmtura, nga të cilat melekët zmbrapsen dhe prania e tyre në një vend shkakton privim nga mëshira dhe i tillë është rasti me qenin.
+Melekët që nuk hyjnë në shtëpi ku ka qen ose figura frymorësh janë melekët e mëshirës. Por, sa u përket melekëve mbrojtës dhe të tjerëve që janë të ngarkuar me ndonjë mision, si: meleku i vdekjes, atëherë ata hyjnë në çdo shtëpi.
+Është haram të vendosen në mur ose diku tjetër fotografitë me figura frymorësh.
+Hatabi ka thënë: "Pra, melekët nuk hyjnë në atë shtëpi ku ka qen ose  figura që janë ndaluar të mbahen, ndërsa qentë që nuk janë të ndaluar, bie fjala, qeni i gjuetisë, fermës, bagëtive, si dhe figurat që përdoren në qilima, jastëkë dhe gjëra të tjera, melekët nuk pengohen të hyjnë për shkak të tyre."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8950</t>
   </si>
   <si>
     <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
     <t>“Melekët nuk e shoqërojnë atë grup të njerëzve që kanë qen apo këmborë</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>Nga Ebu Hurejra (Allahu qoftë i kënaqur me të!) përcillet se Pejgamberi (paqja qoftë mbi të!) ka thënë: “Melekët nuk e shoqërojnë atë grup të njerëzve që kanë qen apo këmborë."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Pejgamberi (paqja qoftë mbi të!) ka njoftuar se melekët nuk e shoqërojnë atë grup të udhëtarëve, të cilët kanë me vete qen apo këmborë të varur në qafën e bagëtisë, që lëshon tinguj kur lëviz.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Ndalimi i mbajtjes së qenve dhe marrjes së tyre me vete në udhëtim. Nga ndalesa përjashtohen qeni i gjahut dhe qeni që bën roje.
 Melekët që refuzojnë të shoqërohen me këta njerëz janë melekët e mëshirës, ndërsa melekët roje nuk ndahen nga njerëzit kudo që të jenë ata, në vendbanimet e tyre apo në udhëtim.
 Ndalimi i këmborës, ngase ajo konsiderohet si fyell i djallit dhe ka ngjashmëri me kambanën e të krishterëve.
 Muslimani duhet të ruhet nga çdo gjë që i mban melekët larg tij.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/8951</t>
+  </si>
+  <si>
+    <t>من كان له ذبح يذبحه فإذا أهل هلال ذي الحجة، فلا يأخذن من شعره، ولا من أظفاره شيئا حتى يضحي</t>
+  </si>
+  <si>
+    <t>“Kur dikush planifikon të therë kurban, pasi të jetë parë hëna e re e muajit dhulhixhe, të mos shkurtojë asgjë nga qimet e as nga thonjtë, derisa ta therë kurbanin.”</t>
+  </si>
+  <si>
+    <t>عَن أُمِّ سَلَمَةَ أُمِّ المُؤْمِنينَ زَوْجِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ  رضي الله عنها قَالت: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ كَانَ لَهُ ذِبْحٌ يَذْبَحُهُ فَإِذَا أُهِلَّ هِلَالُ ذِي الْحِجَّةِ، فَلَا يَأْخُذَنَّ مِنْ شَعْرِهِ، وَلَا مِنْ أَظْفَارِهِ شَيْئًا حَتَّى يُضَحِّيَ».</t>
+  </si>
+  <si>
+    <t>Nëna e besimtarëve, Umu Seleme (Allahu qoftë i kënaqur me të!), bashkëshortja e Profetit ﷺ, transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kur dikush planifikon të therë kurban, pasi të jetë parë hëna e re e muajit dhulhixhe, të mos shkurtojë asgjë nga qimet e as nga thonjtë, derisa ta therë kurbanin.”</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم مَن أراد أنْ يَذبح أضحية ألَّا يأخذَ مِن شَعَر رأسه أو إِبْطِه أو شاربه أو غيرها ولا مِن أظفار يده أو رجله شيئًا إذا ظَهَر هلالُ ذي الحجة حتى يضحِّي.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith urdhëroi që ai që dëshiron të therë kurban, të mos presë asgjë nga flokët, as nga sqetullat, as nga mustaqet, as nga ndonjë pjesë tjetër e trupit; as nga thonjtë e duarve apo të këmbëve, pasi të jetë parë hëna e re e muajit Dhulhixhe, derisa të kryejë therjen e kurbanit.</t>
+  </si>
+  <si>
+    <t>مَن نَوَى أن يضحي بعد دخول العشر فيبدأ الإمساك المذكور من حين نوى حتى يضحِّي.
+إذا لم يُضَحِّ في اليوم الأول فيبقى مُمْسِكًا حتى يضحي في أيِّ يومٍ من أيام التشريق.</t>
+  </si>
+  <si>
+    <t>Kush vendos të therë kurban pas hyrjes së dhjetë ditëve (të Dhulhixhes), ai duhet të fillojë të përmbahet nga gjëra e përmendura (të mos presë asgjë nga qimet e trupit apo thonjtë), që nga momenti kur e bën nijet, derisa ta kryejë therjen e kurbanit.
+Nëse nuk e ther kurbanin në ditën e parë, ai vazhdon të përmbahet (nga prerja e flokëve dhe thonjve), derisa ta kryejë therjen në cilëndo ditë nga ditët e teshrikut.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8954</t>
+  </si>
+  <si>
+    <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
+  </si>
+  <si>
+    <t>“Mos u betoni në idhuj e as në baballarët tuaj!”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
+  </si>
+  <si>
+    <t>Abdurrahman ibn Semure (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Mos u betoni në idhuj e as në baballarët tuaj!”</t>
+  </si>
+  <si>
+    <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
+وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ndaloi të betohemi në idhuj. Idhujt janë ata që idhujtarët i adhuronin në vend të Allahut dhe ata ishin shkak që i tejkaluan kufijtë dhe bënë kufër (mosbesim). Profeti ﷺ ndaloi të betohemi në prindërit. Ky ishte zakon i arabëve në periudhën e xhahilietit (kohës paraislame), meqë ata betoheshin në baballarët e tyre duke u krenuar dhe duke i madhëruar ata.</t>
+  </si>
+  <si>
+    <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
+تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
+الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
+  </si>
+  <si>
+    <t>Betimi bëhet vetëm në Allahun, emrat dhe cilësitë e Tij.
+Është haram të betohemi në tagutë (idhuj), baballarë, prijës, statuja dhe kotësi të tjera të ngjashme.
+Betimi në diçka tjetër përveç Allahut është shirk i vogël, por mund të jetë shirk i madh, nëse ai me zemër e madhëron atë për të cilin është betuar dhe e madhëron atë ashtu siç e madhëron Allahun, ose beson se atij i takon ndonjë formë adhurimi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8959</t>
+  </si>
+  <si>
+    <t>من حلف بالأمانة فليس منا</t>
+  </si>
+  <si>
+    <t>“Ai që betohet në amanet, nuk është prej nesh.”</t>
+  </si>
+  <si>
+    <t>عَنْ بُرَيْدَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ بِالْأَمَانَةِ فَلَيْسَ مِنَّا».</t>
+  </si>
+  <si>
+    <t>Burejde (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Ai që betohet në amanet, nuk është prej nesh.”</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ مِن الحَلِف بالأمانة، وأنَّ مَن فَعل ذلك فليس منا.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ndaloi dhe paralajmëroi kundër betimit në amanet (besë), duke thënë se kush e bën këtë, nuk është prej nesh.</t>
+  </si>
+  <si>
+    <t>تَحريم الحَلِف بغير الله تعالى، ومنه: الحلف بالأمانة، وأنه من الشرك الأصغر.
+الأمانة تَشمل الطاعة والعبادة والوديعة والنقد والأمان.
+اليمين لا تنعقد إلا بالله تعالى أو باسم من أسمائه أو بصفة من صفاته.
+قال الخطابي: هذا يشبه أن تكون الكراهة فيه من أجل أنه أَمَرَ أَن يحلف بالله وبصفاته، وليست الأمانة من صفاته، وإنما هي أَمْرٌ من أَمْرِه، وفَرْض من فروضه، فنُهوا عنه لما في ذلك من التسوية بينها وبين أسماء الله عز وجل وصفاته.</t>
+  </si>
+  <si>
+    <t>Është e ndaluar të betohesh në dikë tjetër përveç Allahut të Lartësuar, dhe në këtë përfshihet edhe betimi në emër të amanetit (besës), sepse kjo konsiderohet vepër e shirkut të vogël.
+Amaneti përfshin nënshtrimin, adhurimin, kaparin, pasurinë dhe sigurinë.
+Betimi nuk është i vlefshëm dhe as detyrues, përveç nëse bëhet në emër të Allahut të Lartësuar ose në një nga emrat apo cilësitë e Tij.
+Hatabiu ka thënë: "Mospëlqimi këtu ka të ngjarë të jetë i bazuar në urdhrin e tij, që betimi të bëhet vetëm në emër të Allahut dhe cilësive të Tij, ndërsa amaneti nuk është prej cilësive të Tij, por është një nga urdhrat e Tij dhe një prej gjërave që Ai i ka bërë obligim. Prandaj ata janë të ndaluar nga ky veprim, sepse kjo nënkupton barazimin e amanetit me emrat dhe cilësitë e Allahut të Lartmadhëruar."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/8964</t>
+  </si>
+  <si>
+    <t>يا معشر النساء، تصدقن، فإني أريتكن أكثر أهل النار فقلن: وبم يا رسول الله؟ قال: تكثرن اللعن، وتكفرن العشير، ما رأيت من ناقصات عقل ودين أذهب للب الرجل الحازم من إحداكن</t>
+  </si>
+  <si>
+    <t>“O ju gra! Jepni lëmoshë, sepse (natën që jam ngritur në qiell) kam parë që ju jeni banoret më të shumta të Zjarrit.” Ato e pyetën: “Përse, o i Dërguari i Allahut?” Profeti ﷺ u tha: “Mallkoni shpesh dhe e përbuzni mirësinë (e bashkëshortit ose të dikujt të tillë). Nuk kam parë të mangëta në mendje dhe fe, e që ia turbullojnë mendjen burrit të matur më shumë se ju (gratë).”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: خَرَجَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي أَضْحَى أَوْ فِطْرٍ إِلَى المُصَلَّى، فَمَرَّ عَلَى النِّسَاءِ، فَقَالَ: «يَا مَعْشَرَ النِّسَاءِ، تَصَدَّقْنَ، فَإِنِّي أُرِيتُكُنَّ أَكْثَرَ أَهْلِ النَّارِ» فَقُلْنَ: وَبِمَ يَا رَسُولَ اللَّهِ؟ قَالَ: «تُكْثِرْنَ اللَّعْنَ، وَتَكْفُرْنَ العَشِيرَ، مَا رَأَيْتُ مِنْ نَاقِصَاتِ عَقْلٍ وَدِينٍ أَذْهَبَ لِلُبِّ الرَّجُلِ الحَازِمِ مِنْ إِحْدَاكُنَّ»، قُلْنَ: وَمَا نُقْصَانُ دِينِنَا وَعَقْلِنَا يَا رَسُولَ اللَّهِ؟ قَالَ: «أَلَيْسَ شَهَادَةُ المَرْأَةِ مِثْلَ نِصْفِ شَهَادَةِ الرَّجُلِ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ عَقْلِهَا، أَلَيْسَ إِذَا حَاضَتْ لَمْ تُصَلِّ وَلَمْ تَصُمْ» قُلْنَ: بَلَى، قَالَ: «فَذَلِكِ مِنْ نُقْصَانِ دِينِهَا».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) ka thënë: “I Dërguari i Allahut ﷺ doli në namazgjah për Bajramin e Kurbanit, - ose ka thënë: Fitrit, - dhe kaloi pranë grave e u tha: “O ju gra! Jepni lëmoshë, sepse (natën që jam ngritur në qiell) kam parë që ju jeni banoret më të shumta të Zjarrit.” Ato e pyetën: “Përse, o i Dërguari i Allahut?” Profeti ﷺ u tha: “Mallkoni shpesh dhe e përbuzni mirësinë (e bashkëshortit ose të dikujt të tillë). Nuk kam parë të mangëta në mendje dhe fe, e që ia turbullojnë mendjen burrit të matur më shumë se ju (gratë).” - "E çfarë mangësie ka në fenë dhe mendjen tonë, o i Dërguari i Allahut?" - pyetën ato. - “A nuk konsiderohet dëshmia e gruas sa gjysma e dëshmisë së burrit?” - i pyeti Profeti ﷺ. - Po, ashtu është, - thanë ato. - “Kjo konsiderohet mangësi në mendje. Po ashtu, kur i vijnë menstruacionet, a nuk e lë namazin dhe agjërimin?” - Po, ashtu është, - thanë gratë. - “Kjo konsiderohet mangësi në fe”, - u tha Profeti ﷺ.”</t>
+  </si>
+  <si>
+    <t>خَرَجَ النبيُّ صلى الله عليه وسلم في يومِ عيدٍ إلى المصلى، وكان قد وَعَدَ النساءَ بأن يُفْرِدَهُن بالموعظة، فأنجزه ذلك اليوم، وقال: 
+يا جماعةَ النساء تَصدقن، وأكثِرْن الاستغفار؛ فهما من أعظم أسباب حط الخطايا، فإني رأيتكن ليلة الإسراء أكثرَ أهل النار.
+فقالت امرأة منهن ذات عقل ورأي ووقَار: وما لنا يا رسول الله أكثر أهل النار؟ 
+قال: لأمور: تُكثرن اللعن والسَّبّ، وتَجْحَدْنَ حقَّ الزوج. 
+ثم وَصَفهن بقوله صلى الله عليه وسلم: ما رأيت مِن ناقصات عقل ودين أَغْلَبَ لذي لُبٍّ وعقل وحزم وضبط لأمره منكن. 
+قالت: يا رسول الله، وما نقصان العقل والدين؟ 
+قال: أما نقصان العقل فشهادة امرأتين تَعدل شهادة رجل واحد؛ فهذا نقصان العقل، ونقصان الدين هو نقصان العمل الصالح حيث تَمكُثُ ليالي وأيامًا لا تصلي بسبب الحيض، وتفطر أيامًا من رمضان بسبب الحيض، فهذا نقصان الدين، إلا أنهن لا يُلَمْنَ على ذلك ولا يؤاخَذْن عليه؛ لأنه من أصل الخِلْقَة، كما أن الإنسان فُطِرَ وخُلِقَ يُحِبُّ المال وعجول في أموره وجهول… وغير ذلك، لكن نَبَّه على ذلك تحذيرًا من الافتتان بهن.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ doli në namazgjah ditën e Bajramit. Ai kishte premtuar që t’u mbante një hutbe të veçantë grave dhe e përmbushi premtimin e tij atë ditë. Ai tha: O ju gra, jepni sadaka (dhe kërkoni shpesh falje nga Allahu), sepse të dyja janë prej shkaqeve më të mëdha që fshijnë mëkatet. Vërtet, unë ju pashë në Natën e Israsë se ju ishit shumica e banorëve të Zjarrit.
+Atëherë një grua nga mesi i tyre, e mençur, largpamëse dhe e respektuar, tha: "O i Dërguar i Allahut, përse ne jemi shumica e banoreve të Zjarrit?"
+Ai tha: "Për disa arsye: ju shpesh mallkoni dhe përdorni fjalë fyese, dhe mohoni të drejtat e burrave tuaj." Pastaj Profeti ﷺ i përshkroi, duke thënë: "Nuk kam parë askënd me mangësi në mendje dhe në fe, që të jetë më dominues ndaj një njeriu të mençur, të arsyeshëm, të vendosur dhe të përmbajtur sesa ju."
+Ajo tha: "O i Dërguar i Allahut, cila është mangësia në mendje dhe në fe?"
+Ai tha: "Sa i përket mangësisë në mendje, ajo është fakti se dëshmia e dy grave është e barabartë me dëshminë e një burri; kjo është ajo që nënkuptohet me mangësi në mendje. Sa i përket mangësisë në fe, ajo është pakësimi i veprave të mira, sepse gruaja kalon net dhe ditë pa falur namaz për shkak të menstruacioneve dhe agjëron më pak ditë në Ramazan për të njëjtën arsye; kjo është ajo që nënkuptohet me mangësi në fe. Megjithatë, ato nuk kritikohen dhe as nuk janë përgjegjëse për këtë, sepse kjo është pjesë e natyrës së tyre, ashtu siç njeriu është krijuar i atillë që e do pasurinë, nxiton në çështjet e tij, është i paditur dhe me cilësi të tjera të ngjashme. Megjithatë, kjo është përmendur si paralajmërim ndaj mahnitjes pas tyre.</t>
+  </si>
+  <si>
+    <t>استحباب خروج النساء إلى صلاة العيد، وأن يُفْردْن بالموعظة.
+كُفران العَشير وكثرة اللعن من الكبائر؛ لأن التَّوعُّد بالنار من علامة كون المعصية كبيرة.
+فيه بيان زيادة الإيمان ونقصانه، فمن كَثُرت عِبادته زاد إيمانه ودِينه، ومن نَقصت عِبادته نَقص دِينه.
+قال النووي: العقل يقبل الزيادة والنقصان، وكذلك الإيمان، وليس المقصود بذكر النقص في النساء لومَهن على ذلك؛ لأنه من أصل الخِلقة، لكن التنبيه على ذلك تحذير من الافتتان بهن، ولهذا رتَّب العذاب على ما ذُكر من الكفران وغيره لا على النقص، وليس نقص الدين مُنحصرًا فيما يحصل به الإثم بل في أعم من ذلك.
+فيه مُراجعة المُتعلم العالم والتَّابع المَتْبُوع فيما قاله إذا لم يظهر له معناه.
+فيه أن شهادة المرأة على نِصف شهادة الرَّجل وذلك لقِلَّة ضبطِها.
+قال ابن حجر في قوله: "ما رأيت من ناقصات... إلخ" ويظهر لي أن ذلك من جملة أسباب كونهن أكثر أهل النار؛ لأنهن إذا كُنّ سببًا لإذهاب عقل الرجل الحازم حتى يفعل أو يقول ما لا ينبغي فقد شَارَكْنَه في الإثم وزِدْن عليه.
+تحريم الصلاة والصوم على المرأة في زمن حيضها، ومثلها النفساء، ثم تقضيان الصيام فقط حال طهرهما.
+حسن خُلق النبي صلى الله عليه وسلم فقد أجَاب النِّساء عن أسئلتِهن من غير تَعْنِيف ولا لَوْم.
+قال ابن حجر: أن الصدقة تدفع العذاب، وأنها قد تكفر الذنوب التي بين المخلوقين.
+قال النووي: نقصان الدين عند النساء بسبب تركهن الصلاة والصوم في زمن الحيض؛ فإن من كثرت عبادته زاد إيمانه ودينه، ومن نقصت عبادته نقص دينه، ثم نقص الدين قد يكون على وجه يأثم به كمن ترك الصلاة أو الصوم أو غيرهما من العبادات الواجبة عليه بلا عذر، وقد يكون على وجه لا إثم فيه كمن ترك الجمعة أو الغزو أو غير ذلك مما لا يجب عليه بلا عذر، وقد يكون على وجه هو مُكَلَّف به كترك الحائض الصلاة والصوم.</t>
+  </si>
+  <si>
+    <t>Është e rekomanduar që gratë të marrin pjesë në faljen e Bajramit dhe t’u jepet një hutbe e veçantë.
+Përbuzja e mirësive të burrit dhe mallkimi i shpeshtë janë mëkate të mëdha, sepse kërcënimi me zjarrin e Xhehenemit është shenjë që tregon se këto mëkate janë të mëdha.
+Kjo tregon se besimi shtohet dhe të pakësohet. Besimi dhe feja e një personi shtohen kur ai kryen shumë adhurime, ndërsa kryerja e pak adhurimeve çon në pakësimin e fesë së tij.
+Neveviu ka thënë: "Mendja është e nënshtruar ndaj shtimit dhe pakësimit, ashtu si edhe besimi. Përmendja e mangësisë te gratë nuk ka për qëllim t’i qortojë ato për këtë, pasi është pjesë e natyrës së tyre. Përkundrazi, qëllimi është paralajmërimi ndaj mahnitjes pas tyre. Për këtë arsye, dënimi është lidhur me mosmirënjohjen, përbuzjen (ndaj mirësive të burrit) dhe mëkatet e tjera të përmendura, e jo me vetë mangësinë. Mangësia në fe nuk kufizohet vetëm në atë që çon në mëkat, por përfshin një kuptim më të gjerë."
+Kjo nënkupton se nxënësi ose i udhëhequri mund t’i kërkojë dijetarit ose udhëheqësit sqarim për fjalët e tij, nëse ato nuk janë të qarta për të.
+Kjo tregon se dëshmia e një gruaje është sa gjysma e dëshmisë së një burri, për shkak të mungesës së përpikërisë së saj.
+Ibn Haxheri duke e komentuar fjalën e Profetit ﷺ: "Nuk kam parë të mangëta..." ka thënë: "Më duket se kjo është njëra nga arsyet pse ato janë shumica e banoreve të Zjarrit; sepse, nëse ato janë shkak që një njeri i arsyeshëm ta humbasë mendjen, deri në atë masë sa të bëjë ose të thotë atë që nuk i ka hije, atëherë ato marrin pjesë në mëkatin e tij dhe madje e tejkalojnë atë në këtë mëkat."
+Namazi dhe agjërimi janë të ndaluara për gruan gjatë menstruacioneve, dhe e njëjta vlen edhe për atë që është lehonë, dhe në të dyja rastet janë të obliguara të kompensojnë ditët e humbura të agjërimit pasi të pastrohen.
+Morali i mirë i Profetit ﷺ, pasi ai u përgjigj pyetjeve për gratë pa i qortuar apo fajësuar ato.
+Ibn Haxheri ka thënë: "Sadakaja e largon dënimin dhe mund të shlyejë mëkatet e bëra mes njerëzve."
+Neveviu ka thënë: "Mangësia në fenë e grave është për shkak të braktisjes së namazit dhe agjërimit gjatë menstruacioneve. Besimi dhe feja e një personi shtohen kur ai kryen shumë adhurime, ndërsa kryerja e pak adhurimeve çon në pakësimin e fesë së tij. Për më tepër, mangësia në fe mund të ndodhë në mënyrë që të sjellë mëkat, siç është braktisja e namazit, agjërimit, apo ndonjë akti tjetër adhurimi të obliguar pa arsye të vlefshme; dhe mund të ndodhë në mënyrë që të mos të ketë mëkat, siç është braktisja e namazit të xhumasë, luftës në rrugën e Allahut, ose ndonjë vepër tjetër që nuk e ka obligim pa ndonjë arsye; ose mund të ndodhë në një mënyrë që personi është i ngarkuar me të fetarisht, siç është braktisja e namazit dhe agjërimit për një grua në kohën kur është me menstruacione."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/10011</t>
   </si>
   <si>
     <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>Ne nuk e merrnim në konsideratë gjakun e turbullt apo të verdhë që dilte pas pastrimit</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Nga Umu Atijeh (Allahu qoftë i kënaqur me të!), e cila i pati dhënë besën Pejgamberit (paqja qofët mbi të!) përcillet se ka thënë: "Ne nuk e merrnim në konsideratë gjakun e turbullt apo të verdhë që dilte pas pastrimit".</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Sahabija Umu Atijeh (Allahu qoftë i kënaqur me të!) tregon se gratë në kohën e Pejgamberit (paqja qoftë mbi të!) nuk i konsideronin pjesë të menstruacioneve sekrecionet që anonin nga ngjyra e zezë apo e verdhë, që dilnin nga organi gjenital i femrës pas pastrimit nga menstruacionet. Kështu që ato nuk e linin namazin dhe as agjërimin për shkak të tyre.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
@@ -10586,50 +16731,81 @@
   </si>
   <si>
     <t>يبين لنا النبي صلى الله عليه وسلم في هذا الحديث أحد أسباب عذاب القبر، وهو الأكثر شيوعاً، ألا وهو عدم الاستنزاه والطهارة من البول.</t>
   </si>
   <si>
     <t>Në këtë hadith, Profeti ﷺ na shpjegon një nga arsyet më të zakonshme të dënimit të varrit, që është mosruajtja dhe mospastrimi nga urina.</t>
   </si>
   <si>
     <t>الحرص على التنزه والابتعاد من البول، بأن لا يصيبه في بدنه ولا ثوبه .
 الأفضل المبادرة بغسله، والطهارة منه بعد إصابته؛ لئلا تصاحبه النجاسة، أما وجوب إزالتها فيكون عند الصلاة.
 أن البول نجس، فإذا أصاب بدناً أو ثوباً أو بقعة، نجسها؛ فلا تصح بذلك الصلاة؛ لأن الطهارة من النجاسة أحد شروطها.
 أن ترك التنزه من البول من كبائر الذنوب.
 ثبوت عذاب القبر، وهو ثابت بالكتاب والسنة والإجماع.
 إثبات الجزاء في الآخرة، فأول مراحل الآخرة هي القبور، فالقبر: إما روضة من رياض الجنة، أو حفرة من حفر النار.</t>
   </si>
   <si>
     <t>Kujdesi që të jemi të pastër dhe të largohemi nga urina, në mënyrë që ajo të mos prekë në trupin dhe rrobat tona.
 Më mirë është të shpejtohet larja e saj dhe të pastrohemi pasi të jemi përlyer me të, që të mos na shoqërojë papastërtia, por obligim është që kjo papastërti të largohet para namazit (se namazi nuk pranohet duke qenë i papastër).
 Urina është e papastër, kështu që, nëse ndodhet në trup, rrobë ose në një vend, e bën të papastër, rrjedhimisht namazi nuk është i vlefshëm, sepse të qenët i pastër nga papastërtia është një nga kushtet e namazit.
 Mosruajtja nga urina është prej mëkateve të mëdha.
 Pohimi se dënimi i varrit është i vërtetë dhe se ai është i vërtetuar me Kuran, sunet dhe ixhma (konsensus të dijetarëve).
 Pohimi i shpërblimit - ndëshkimit në botën tjetër. Fazat e para të ahiretit (botës tjetër) janë varret. Varri ose është kopsht i Xhenetit, ose gropë e Zjarrit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10044</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
+  </si>
+  <si>
+    <t>se Profeti ﷺ, kur dilte nga nevojtorja, thoshte: "Gufraneke - Kërkoj faljen Tënde (o Allah)!</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
+  </si>
+  <si>
+    <t>Aishja, nëna e besimtarëve (Allahu qoftë i kënaqur me të!), tregon se Profeti ﷺ, kur dilte nga nevojtorja, thoshte: "Gufraneke - Kërkoj faljen Tënde (o Allah)!"</t>
+  </si>
+  <si>
+    <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
+  </si>
+  <si>
+    <t>Kur Profeti ﷺ e kryente nevojën dhe dilte nga nevojtorja, thoshte: "Kërkoj faljen Tënde, o Allah!"</t>
+  </si>
+  <si>
+    <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
+استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
+قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
+  </si>
+  <si>
+    <t>Është e rekomanduar të thuhet: "Gufraneke", pas daljes nga vendi i kryerjes së nevojave fiziologjike.
+Profeti ﷺ i kërkonte falje Zotit të tij në të gjitha gjendjet.
+Shkaku pse kërkohet falje prej Allahut pas kryerjes së nevojave fiziologjike është thënë: 1. Të qenët neglizhent ndaj falënderimit të Allahut për begatitë e shumta, prej të cilave është edhe lehtësimi i largimit të asaj që është e dëmshme. 2. Kërkoj falje se jam shpërqendruar nga përmendja Jote gjatë kohës së kryerjes së nevojave psikologjike.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/10046</t>
   </si>
   <si>
     <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Nuk ndodh që një rob të deklarojë sinqerisht nga zemra se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij, e që Allahu atë njeri të mos ia ndalojë Zjarrit</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>Enes ibn Maliku (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ i tha Muadhit, i cili ishte ulur mbrapa tij mbi samar: “O Muadh ibn Xhebel!” Muadhi tha: "Të përgjigjem me kënaqësi, o i Dërguari i Allahut!" Profeti ﷺ sërish tha: “O Muadh!” Muadhi tha tri herë: "Të përgjigjem me kënaqësi, o i Dërguari i Allahut!" Profeti ﷺ tha: “Nuk ndodh që një rob të deklarojë sinqerisht nga zemra se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij, e që Allahu atë njeri të mos ia ndalojë Zjarrit.” Muadhi i tha: “O i Dërguari i Allahut! A t'i njoftoj njerëzit, që të gëzohen?" Profeti ﷺ tha: “(Kur ta dëgjojnë këtë njerëzit), atëherë do t'i mbështeten vetëm asaj (e do t'i braktisin veprat).” Muadhi e tregoi këtë në fund të jetës së tij, nga frika se do të mëkatonte (nëse nuk do ta tregonte)."</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>Muadh ibn Xhebeli (Allahu qoftë i kënaqur me të!) ishte hipur pas Profetit ﷺ mbi kafshën e tij dhe ai e thirri: "O Muadh!", ku këtë thirrje e përsëriti tri herë; duke e konfirmuar kështu rëndësinë e asaj që do t'i thoshte.
 Muadhi (Allahu qoftë i kënaqur me të!) iu përgjigj të gjitha këtyre thirrjeve duke thënë: “Të përgjigjem me kënaqësi, o i Dërguari i Allahut!” Domethënë, unë të përgjigjem ty, o i Dërguari i Allahut, përgjigje njëra pas tjetrës dhe e kërkoj lumturinë kur të të përgjigjem.
 Kështu, Profeti ﷺ tregoi se nuk ndodh që ndokush të deklarojë sinqerisht nga zemra, pa përgënjeshtruar, se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është rob dhe i Dërguari i Tij, dhe vdes në këtë gjendje, e Allahu atë njeri të mos ia ndalojë Zjarrit.
@@ -10758,50 +16934,129 @@
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Nuk lejohet që femra të udhëtojë pa një mahrem (të afërm familjar).
 Femra nuk vlen për mahrem për një femër tjetër në udhëtim, ngase Pejgamberi (paqja qoftë mbi të!) e ka cilësuar: "Burri i saj ose një mahrem i saj."
 Femrës i ndalohet të ndërmarrë çdo lloj distance që konsiderohet udhëtim pa burrin e saj apo pa një mahrem. Distanca që është cekur në këtë hadith ka qenë sipas gjendjes së pyetësit dhe sipas vendit të tij të banimit.
 Mahrem i femrës konsiderohen: burri i saj dhe të gjithë ata meshkuj që e ka në mënyrë kategorike të ndaluar të martohet me ta, për shkak të afërsisë së gjakut, si: i ati, i biri, xhaxhai, daja etj. Ose për shkak të gjidhënies, si: i ati nga gjiri, xhaxhai nga gjiri etj. Ose për shkak të krushqisë, si: vjehrri. Mahremi duhet të jetë musliman, i rritur, i shëndoshë mendërisht, i besueshëm dhe i sigurt. Ngase qëllimi i vendosjes së mahremit është mbrojtja, ruajtja dhe kujdesi ndaj femrës.
 Legjislacioni islam është kujdesur në mënyrë të veçantë për ruajtjen dhe mbrojtjen e femrës.
 Namazi vullnetar që nuk ka asnjë shkak, nuk është i vlefshëm në kohën pas namazit të sabahut dhe pas namazit të ikindisë. Nga kjo ndalesë përjashtohet shlyerja e namazeve të detyrueshme dhe e namazeve me shkaqe të veçanta, si: përshëndetja e xhamisë etj.
 Nuk lejohet të falet namaz menjëherë pas lindjes së diellit, por duhet të pritet derisa ai të ngrihet sa një shtizë, që është diku dhjetë minuta apo një çerek ore.
 Koha e ikindisë shtrihet deri në perëndim të diellit.
 Në hadithin e lartpërmendur ceket lejimi i ndërmarrjes së udhëtimit drejt tri xhamive.
 Tri xhamitë e mëdha kanë epërsi dhe përparësi ndaj xhamive të tjera.
 Nuk lejohet të ndërmerret një udhëtim i gjatë për vizitën e varreve, edhe nëse bëhet fjalë për varrin e Pejgamberit (paqja qoftë mbi të!). Ndërsa për ata që banojnë në Medine apo për ata që kanë shkuar në Medine, për ndonë qëllim të ligjshëm, vizita e tij është e lejuar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10603</t>
   </si>
   <si>
+    <t>من قال حين يسمع النداء: اللهم رب هذه الدعوة التامة، والصلاة القائمة، آت محمدا الوسيلة والفضيلة، وابعثه مقاما محمودا الذي وعدته، حلت له شفاعتي يوم القيامة</t>
+  </si>
+  <si>
+    <t>“Ai që, pasi ta dëgjojë ezanin, thotë: “Allahumme rabbe hadhihi davetit-tammeti ves-salatil kaimeti, ati Muhammedenil vesilete vel fadilete, veb athhu mekamen mahmudenil-ledhi veadtehu. (O Allah, Zot i kësaj thirrjeje të përsosur dhe këtij namazi që po falet, jepja Muhamedit ndërmjetësimin dhe mirësinë. Ngrije në pozitën e lartë, - Mekami Mahmud, - të cilën ia ke premtuar), e meriton ndërmjetësimin tim Ditën e Kiametit.”</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ النِّدَاءَ: اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ التَّامَّةِ، وَالصَّلاَةِ القَائِمَةِ، آتِ مُحَمَّدًا الوَسِيلَةَ وَالفَضِيلَةَ، وَابْعَثْهُ مَقَامًا مَحْمُودًا الَّذِي وَعَدْتَهُ، حَلَّتْ لَهُ شَفَاعَتِي يَوْمَ القِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Xhabir ibn Abdullahu (Allahu qoftë i kënaqur me ta!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Ai që, pasi ta dëgjojë ezanin, thotë: “Allahumme rabbe hadhihi davetit-tammeti ves-salatil kaimeti, ati Muhammedenil vesilete vel fadilete, veb athhu mekamen mahmudenil-ledhi veadtehu. (O Allah, Zot i kësaj thirrjeje të përsosur dhe këtij namazi që po falet, jepja Muhamedit ndërmjetësimin dhe mirësinë. Ngrije në pozitën e lartë, - Mekami Mahmud, - të cilën ia ke premtuar), e meriton ndërmjetësimin tim Ditën e Kiametit.”</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال حين يسمع المؤذِّنَ بعد أنْ ينتهي منه: 
+(اللَّهُمَّ رَبَّ هَذِهِ الدَّعْوَةِ)، وهي ألفاظ الأذان التي يُدْعَى بها إلى عبادة الله والصلاة، (التَّامَّةِ) الكاملة، دعوة التوحيد والرسالة، (وَالصَّلاَةِ القَائِمَةِ) الدائمة التي ستقام، (آتِ) وأَعْطِ، (مُحَمَّدًا الوَسِيلَةَ) والمَنْزِلة العَلِيّة في الجنة التي لا تنبغي إلا له صلى الله عليه وسلم، (وَالفَضِيلَةَ) المَرْتَبةَ الزائدةَ على مراتب الخلائق، (وَابْعَثْهُ) وأَعْطِه (مَقَامًا مَحْمُودًا) يُحْمَد القائم فيه؛ وهو الشفاعة العظمى يوم القيامة، (الَّذِي وَعَدْتَهُ) بقولك: {عسى أن يبعثك ربك مقامًا محمودًا} بأن تكون له صلى الله عليه وسلم. 
+فمن دعا هذا الدعاء استحقَّ  ووَجَبتْ له شفاعةُ النبي صلى الله عليه وسلم يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith sqaroi se kushdo që thotë këtë lutje pasi ta përfundojë muezini ezanin:
+"O Allah, Zot i kësaj thirrjeje", që janë fjalët e ezanit, me të cilat thirren njerëzit për të adhuruar Allahun dhe për të kryer namazin. "të përsosur", do të thotë të plotë, pra thirrja e teuhidit  dhe e mesazhit hyjnor. "dhe këtij namazi që po falet", që është i vazhdueshëm dhe i afërt për t’u kryer. "...jepja Muhamedit ndërmjetësimin", që është pozita më e lartë në Xhenet, e cila nuk do t’i jepet askujt tjetër përveç tij ﷺ. "...dhe mirësinë", që është shkalla e epërsisë ndaj shkallëve të tjera të krijesave. "Ngrije në pozitën e lartë, - Mekami Mahmud", që i sjell lavdërim atij që qëndron aty, dhe që i referohet ndërmjetësimit të madh në Ditën e Gjykimit. " të cilën ia ke premtuar", me fjalën e Tënde: "Është e vërtetë se Zoti yt do të të vendosë ty në një vend të lavdëruar." (El Isra 79), e meriton ndërmjetësimin tim Ditën e Kiametit.
+Kushdo që thotë këtë lutje, do ta meritojë ndërmjetësimin e Profetit ﷺ, dhe ajo me siguri do t’i jepet atij në Ditën e Gjykimit.</t>
+  </si>
+  <si>
+    <t>مشروعية هذا الدعاء بعد الفراغ من التَّرْدِيْد خَلْفَ المؤذِّن، ومَن لم يَسمع النِّداء؛ فإنه لا يقوله.
+فضيلة الرسول صلى الله عليه وسلم حيث أُعطي الوَسِيلة والفَضِيلة والمقام المحمود والشفاعة العظمى في الفَصْلِ بين الخلائق.
+إثبات الشَّفاعة للرسول صلى الله عليه وسلم؛ لقوله: "حلَّت له شفاعتي يوم القيامة".
+شفاعته صلى الله عليه وسلم تكون لأهل الكبائر مِن أمته في عدم دخول النار أو مَن دَخَلَها أن يخرج منها، أو في دخول الجنة بغير حساب، أو رفع درجات من دخلها.
+قال الطيبي: من أوله إلى قوله "محمدًا رسول الله" هي الدعوة التامة، والحَيْعَلَة هي الصلاة القائمة في قوله يُقيمون الصلاة، ويحتمل أن يكون المراد بالصلاة الدعاء وبالقائمة الدائمة مِن قام على الشيء إذا داوم عليه، وعلى هذا فقوله "والصلاة القائمة" بيان للدعوة التامة، ويحتمل أن يكون المراد بالصلاة المعهودة المدعو إليها حينئذ وهو أظهر.
+قال المهلب: في الحديث الحض على الدعاء في أوقات الصلوات؛ لأنه حال رجاء الإجابة.</t>
+  </si>
+  <si>
+    <t>Ligjshmëria e kësaj lutjeje është pas përfundimit të përsëritjes pas muezinit, dhe kush nuk e dëgjon thirrjen, nuk e thotë atë.
+Vlera e të Dërguarit të Allahut ﷺ qëndron në faktin se atij iu dha ndërmjetësimi, mirësia, pozita e lartë, - Mekami Mahmud, dhe ndërmjetësimi i madh për ndarjen (gjykimin) mes krijesave.
+Pohimi i ndërmjetësimit për të Dërguarin e Allahut ﷺ, siç tregohet në fjalën e tij: "e meriton ndërmjetësimin tim Ditën e Kiametit.”
+Ndërmjetësimi i Profetit ﷺ do të jetë për ata që kanë bërë mëkate të mëdha nga umeti i tij, në mënyrë që të mos hyjnë në Zjarr, ose për ata që tashmë kanë hyrë në të që të nxirren prej tij, ose që të futen në Xhenet pa llogari, ose për ata që kanë hyrë në Xhenet që t’u ngrihen shkallët.
+Tibiu ka thënë: "Prej fillimit të ezanit e deri te fjala “Muhamedi është i Dërguari i Allahut” është thirrja e përsosur. “Hajalah” (thënia: Ejani në namaz, ejani në shpëtim) i referohet namazit, që do të falet, siç është në fjalën e Tij: "E kryejnë namazin." Është e mundshme që “namazi” të ketë kuptimin e lutjes dhe “el kaimed - që do të falet", nënkupton të qenët i vazhdueshëm. Sipas kësaj, fjala e tij “namazi që po falet” është një sqarim i thirrjes së përsosur. Është gjithashtu e mundshme që me “namazin” këtu të synohet namazi specifik dhe i vendosur për të cilin po bëhet thirrja në atë moment, dhe kjo është më e sakta."
+Muhelebi ka thënë: "Hadithi inkurajon lutjen në kohët e namazit, sepse është një gjendje kur shpresohet që lutjet të pranohen."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/10635</t>
+  </si>
+  <si>
+    <t>لا يصلي أحدكم في الثوب الواحد ليس على عاتقيه شيء</t>
+  </si>
+  <si>
+    <t>“Asnjëri prej jush të mos falet me një rrobë të vetme pa pasur diçka mbi supet e tij.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ يُصَلِّي أَحَدُكُمْ فِي الثَّوْبِ الوَاحِدِ لَيْسَ عَلَى عَاتِقَيْهِ شَيْءٌ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Asnjëri prej jush të mos falet me një rrobë të vetme pa pasur diçka mbi supet e tij.”</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم مَن صلّى في ثوب واحد عن أنْ يُجَرِّدَ عاتقيه ما بين الكتف والعنق بحيث لا يضع عليهما شيئًا يسترهما؛ لأن العاتقين وإن لم يكونا عورة، فإن سترهما أمكن في ستر العورة، وهو أقرب إلى إجلال الله تعالى وتعظيمه أثناء الوقوف بين يديه في الصلاة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e ndaloi atë që falet me një rrobë të vetme që të lërë supet, pra pjesën mes shpatullës dhe qafës, të pambuluar; pa vendosur diçka mbi to për t’i mbuluar. Kjo sepse, edhe pse supet nuk janë pjesë e avretit (pjesët e trupit që duhet të mbulohen), mbulimi i tyre siguron një fshehje më të mirë të avretit, gjithashtu është më afër tregimit të respektit dhe madhërimit ndaj Allahut të Lartësuar gjatë qëndrimit para Tij në namaz.</t>
+  </si>
+  <si>
+    <t>جواز الصلاة في الثوب الواحد إذا ستر ما يجب ستره.
+جواز الصلاة في ثوبين، أحدهما يستر أعلى الجسم، والآخر يستر أسفله.
+استحباب كون المُصلِّي على هيئة حسنة.
+وجوب سَتر العَاتِقَين أو أحدهما في الصلاة، إذا أمْكَنه ذلك، وقيل النهي للتنزيه.
+قِلّة ما في أيدي الصحابة رضي الله عنهم من المال، حتى إن بعضهم لا يملك ثَوبين.
+قال النووي في معنى الحديث: حكمته أنه إذا ائتزر به ولم يكن على عاتقه منه شيء لم يؤمن أن تنكشف عورته، بخلاف ما إذا جعل بعضه على عاتقه، ولأنه قد يحتاج إلى إمساكه بيده أو يديه فيشغل بذلك، وتفوته سنة وضع اليد اليمنى على اليسرى تحت صدره، ورفعهما حيث شرع الرفع، وغير ذلك، لأن فيه ترك ستر أعلى البدن وموضع الزينة، وقد قال الله تعالى: { خُذُوا ‌زِينَتَكُمْ عِنْدَ كُلِّ مَسْجِدٍ } [الأعراف: 31].</t>
+  </si>
+  <si>
+    <t>Lejohet të falet namazi me një rrobë të vetme, nëse ajo mbulon atë që duhet të mbulohet.
+Lejohet të falet namazi me dy rroba: një që mbulon pjesën e sipërme të trupit dhe një tjetër që mbulon pjesën e poshtme.
+Preferohet që namazliu të jetë në gjendje të mirë gjatë namazit.
+Është obligim të mbulohen dy supet ose njëri prej tyre gjatë namazit, nëse është e mundur. Është thënë se nuk është ndalesë e rreptë.
+Shokët e Profetit ﷺ kishin pak pasuri, deri në atë shkallë sa disa prej tyre nuk posedonin dy rroba.
+Neveviu, duke komentuar domethënien e hadithit, ka thënë:
+"Arsyeja pas kësaj është se nëse ai e përdor rrobën si mbulesë të pjesës së poshtme të trupit pa vendosur asgjë prej saj mbi supe, mund t’i zbulohet avreti; ndërsa nëse vendos një pjesë të saj mbi supe, kjo nuk do të ndodhë. Për më tepër, ai mund të ketë nevojë ta mbajë atë me njërën apo të dyja duart, gjë që do ta bënte të humbiste veprën sunet të vendosjes së dorës së djathtë mbi të majtën nën gjoks, ngritjen e të dy duarve siç është përcaktuar, etj. Gjithashtu, kjo nënkupton mospërfillje ndaj mbulimit të pjesës së sipërme të trupit dhe vendit të zbukurimit, ndërkohë që Allahu i Lartësuar thotë: "... vishuni përshtatshëm (bukur) kudo dhe kurdo që të faleni!" (El Araf, 31)</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/10639</t>
+  </si>
+  <si>
     <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Mos u ulni mbi varre e mos u falni në drejtim të tyre!</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Ebu Merthed Ganeviu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Mos u ulni mbi varre e mos u falni në drejtim të tyre!"</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Profeti ﷺ e ka ndaluar uljen mbi varre.
 Gjithashtu e ndaloi faljen në drejtim të varreve, pra, që varri të jetë në drejtim të kibles së namazliut, sepse kjo është mjet drejt shirkut (idhujtarisë).</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
@@ -10877,83 +17132,143 @@
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se Allahu e urdhëroi që, kur të falet, të bëjë sexhde me shtatë pjesë të trupit, të cilat janë:
 E para: balli, që është pjesa e fytyrës mbi hundë dhe sy. dhe Profeti ﷺ bëri me dorë në hundën e tij, duke sqaruar se balli dhe hunda konsiderohen një gjymtyrë nga të shtatat, si dhe duke theksuar se namazliu në sexhde e prek tokën me hundë.
 E dyta dhe e treta: dy duart.
 E katërta dhe e pesta: dy gjunjët.
 E gjashta dhe e shtata: majat e gishtërinjve të këmbëve.
 Gjithashtu na urdhëroi që të mos i lidhim flokët dhe të mos i mbledhim rrobat kur bëjmë sexhde në tokë për t'i ruajtur ato, por, përkundrazi, t'i lëshojmë, derisa të bien në tokë dhe të bien në sexhde së bashku me gjymtyrët.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Është obligim që sexhdeja të bëhet me shtatë gjymtyrët.
 Është e urryer që rrobat dhe flokët të mblidhen gjatë namazit.
 Namazliu e ka obligim të jetë i qetë gjatë namazit, t'i vendosë shtatë gjymtyrët e sexhdes në tokë dhe të qëndrojë në këtë pozitë derisa ta kryejë dhikrin që ligjësohet të thuhet.
 Ndalimi i mbledhjes së flokëve është i veçantë për burrat, jo për gratë, sepse gratë gjatë namazit urdhërohen të mbulohen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10925</t>
   </si>
   <si>
+    <t>إذا سجدت، فضع كفيك وارفع مرفقيك</t>
+  </si>
+  <si>
+    <t>“Kur të biesh në sexhde, lëshoji shuplakat në tokë e ngriji bërrylat.”</t>
+  </si>
+  <si>
+    <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا سَجَدْتَ، فَضَعْ كَفَّيْكَ وَارْفَعْ مِرْفَقَيْكَ».</t>
+  </si>
+  <si>
+    <t>Berai (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kur të biesh në sexhde, lëshoji shuplakat në tokë e ngriji bërrylat.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم حالةَ اليدين في سجود الصلاة، وذلك بأن يُمَكِّنَ الكفَّين من الأرض ويضعها مضمومة الأصابع في اتجاه القبلة، ويكون المرفقان -مفصل الذراع والعضد- مُرتَفعَين عن ملامسة الأرض ومُفرجين عن الجنبين.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e sqaroi pozicionin e duarve gjatë sexhdes në namaz: Duart duhet të vendosen në tokë me gishtat e bashkuar dhe të drejtuar nga Kibla, ndërsa bërrylat, pra nyja mes parakrahut dhe krahut të sipërm duhet të jenë të ngritura, të mos prekin tokën dhe të mbahen larg nga anët e trupit.</t>
+  </si>
+  <si>
+    <t>الواجب على المصلِّي أن يَضع كفَّيه على الأرض، والكفان عُضوان من أعضاء السُّجود السَّبعة.
+استحباب رفع الذِّراعين عن الأرض، وكراهة افتراشهما كما يَفترش السَّبع ذِراعيه.
+مشروعية إظهار النَّشاط والقوَّة والرَّغبة في العَبادة.
+المُصلِّي إذا اعتمد على جميع أعضاء السُّجود، أخذ كلُّ عُضوٍ حقَّه من العبادة.</t>
+  </si>
+  <si>
+    <t>Është obligim për namazliun t'i vendosë pëllëmbët e duarve në tokë, duke pasur parasysh se pëllëmbët janë prej shtatë pjesëve të trupit që përfshihen në sexhde.
+Preferohet që krahët të ngrihen nga toka dhe është e papëlqyer që ato të shtrihen në tokë siç i shtrinjë kafshët e egra.
+Është legjitime të shfaqet energjia, forca dhe dëshira për të kryer adhurim.
+Kur namazliu mbështetet në të gjitha pjesët e trupit që përfshihen në sexhde, secila pjesë do ta marrë të drejtën e saj në adhurim.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/10927</t>
+  </si>
+  <si>
     <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>Profeti ﷺ midis dy sexhdeve thoshte: "O Allah, më fal, më mëshiro, më jep shëndet, më udhëzo dhe më furnizo!</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>Abdullah ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ midis dy sexhdeve thoshte: "O Allah, më fal, më mëshiro, më jep shëndet, më udhëzo dhe më furnizo!"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Profeti ﷺ në namazin e tij i bënte këto pesë lutje ndërmjet dy sexhdeve, për të cilat muslimani ka shumë nevojë. Këto lutje ngërthejnë në vete të mirat e kësaj bote dhe të botës tjetër, bie fjala, kërkimi i faljes, mbulimi i mëkateve dhe tejkalimi i tyre, kërkimi i mëshirës, ​​shpëtimi nga dyshimet, epshet e sëmundjet; lutja drejtuar Allahut për udhëzim drejt së vërtetës dhe qëndrueshmërisë në të; lutja për të të dhënë besim, dituri, vepra të mira dhe për të të dhënë pasuri hallall e të mirë.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Ligjësimi i kësaj lutjeje në uljen që bëhet ndërmjet dy sexhdeve.
 Vlera e kësaj lutjeje, sepse ngërthen në vete të mirat e kësaj bote dhe të botës tjetër.</t>
   </si>
   <si>
-    <t>حسن بشواهده</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10930</t>
+  </si>
+  <si>
+    <t>صليت مع النبي صلى الله عليه وسلم، فكان يسلم عن يمينه: السلام عليكم ورحمة الله وبركاته، وعن شماله: السلام عليكم ورحمة الله</t>
+  </si>
+  <si>
+    <t>U fala me Profetin ﷺ dhe ai jepte selam (përfundonte namazin) nga e djathta duke thënë: "Es Selamu alejkum ue rahmetullahi ue berakatuthu" dhe nga e majta duke thënë: "Es Selamu alejkum ue rahmetullah</t>
+  </si>
+  <si>
+    <t>عَنْ وَائِل بن حُجرٍ رضي الله عنه قَالَ: صَلَّيْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَانَ يُسَلِّمُ عَنْ يَمِينِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ»، وَعَنْ شِمَالِهِ: «السَّلَامُ عَلَيْكُمْ وَرَحْمَةُ اللَّهِ».</t>
+  </si>
+  <si>
+    <t>Vail ibn Huxhri (Allahu qoftë i kënaqur me të!) transmeton: "U fala me Profetin ﷺ dhe ai jepte selam (përfundonte namazin) nga e djathta duke thënë: "Es Selamu alejkum ue rahmetullahi ue berakatuthu" dhe nga e majta duke thënë: "Es Selamu alejkum ue rahmetullah."</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلم إذا أراد أنْ يَنصَرِفَ من صلاته سلَّم عن يمينه وشماله بأن يلتفت بوجهه للجهة اليمنى، مع قوله: (السلام عليكم ورحمة الله وبركاته)، ويسلِّم عن شماله، بأن يلتفت بوجهه للجهة اليسرى، مع قوله: (السلام عليكم ورحمة الله).</t>
+  </si>
+  <si>
+    <t>Kur Profeti ﷺ dëshironte ta përfundonte namazin, jepte selam nga e djathta dhe nga e majta, duke e kthyer fytyrën nga e djathta bashkë me thënien: "Es Selamu alejkum ue rahmetullahi ue berakatuhu", pastaj jepte selam nga e majta duke e kthyer fytyrën nga e majta bashkë me thënien: "Es Selamu alejkum ue rahmetullah."</t>
+  </si>
+  <si>
+    <t>مشروعية التسليمتين من الصلاة، وأنها من أركانها.
+استحباب الإتيان بزيادة قول: (وبركاته)، في بعض الأحيان؛ لأن النبي صلى الله عليه وسلم لم يكن يُدَاوِم عليها.
+النطق بالتسليمتين في الصلاة ركن واجب، وأما فعل الالتفات أثناء النطق بهما مستحب.
+ينبغي أن يكون قول: (السلام عليكم ورحمة الله) أثناء فعل الالتفات لا قبله ولا بعده.</t>
+  </si>
+  <si>
+    <t>Ligjësimi i dy selameve në namaz dhe fakti se ato janë prej shtyllave të tij.
+Preferohet që nganjëherë të shtohet: (ue berakatuh), sepse Profeti ﷺ nuk e thoshte këtë rregullisht.
+Shqiptimi i dy selameve në namaz është një shtyllë obligative; ndërsa veprimi i kthimit (të fytyrës) gjatë shqiptimit të selamit është i preferuar.
+Thënia: "Es Selamu alejkum ue rahmetullah" duhet të bëhet gjatë veprimit të kthimit (të fytyrës), e jo para dhe as pas tij.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/10945</t>
   </si>
   <si>
     <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>O Allah! Ti je Paqedhënësi dhe vetëm prej Teje pres paqen! Ti je përgjithmonë i Begatshëm, o Zotëruesi i madhështisë dhe nderimit!</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>Theubani (Allahu qoftë i kënaqur me të!) tregon: "Kur i Dërguari i Allahut ﷺ e përfundonte namazin, kërkonte falje nga Allahu (estagfirullah) tri herë, pastaj thoshte: "O Allah! Ti je Paqedhënësi dhe vetëm prej Teje pres paqen! Ti je përgjithmonë i Begatshëm, o Zotëruesi i madhështisë dhe nderimit!" Velidi rrëfen: "Euzaiut i thashë: "Po istigfari, si bëhet?" M'u përgjigj: "Thua: "Estagfirullah, estagfirullah (kërkoj faljen e Allahut)!"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ e përfundonte namazin, kërkonte falje nga Allahu (estagfirullah) tri herë, e pastaj
 e madhëronte Zotin e tij duke thënë: "O Allah! Ti je Paqedhënësi dhe vetëm prej Teje e pres paqen! Ti je përgjithmonë i Begatshëm, o Zotëruesi i madhështisë dhe nderimit!" Allahu është i përkryer në cilësitë e Tij, është i dëlirë nga çdo e metë dhe mangësi. Ti nga Ai e kërkon shpëtimin nga të këqijat e kësaj bote dhe të botës tjetër, e jo nga dikush tjetër. Të mirat e Allahut të Lartësuar janë të shumëfishuara në të dyja botët, Ai është Zotëruesi i madhështisë dhe nderimit."</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
@@ -11054,50 +17369,136 @@
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Imran ibn Husajni (Allahu qoftë i kënaqur me të!) tregon: "Vuaja nga hemorroidet, andaj e pyeta Profetin ﷺ rreth namazit, e në atë rast më tha: "Falu në këmbë. Nëse nuk mundesh, falu ulur. Nëse nuk mundesh, falu shtrirë."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se, në parim, namazi falet në këmbë, mirëpo, nëse personi nuk mund të qëndrojë në këmbë, falet ulur. E, nëse nuk mund të falet ulur, atëherë i lejohet të falet i shtrirë anash.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Obligueshmëria e namazit nuk bie për sa kohë që njeriu ka mendje (të shëndoshë), kështu që namazliu kalon nga një gjendje në tjetrën.
 Ky hadith tregon se Islami është tolerant dhe i lehtë, sepse njeriu e kryen adhurimin në formën që ka mundësi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/10951</t>
   </si>
   <si>
+    <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
+  </si>
+  <si>
+    <t>“Mos i shani shokët e mi, sepse, edhe nëse ndonjëri prej jush dhuron ar sa mali Uhud, (vlera e tij), nuk arrin as sa grushtet e tyre (që ata kanë dhuruar), madje as sa gjysma e kësaj.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Mos i shani shokët e mi, sepse, edhe nëse ndonjëri prej jush dhuron ar sa mali Uhud, (vlera e tij), nuk arrin as sa grushtet e tyre (që ata kanë dhuruar), madje as sa gjysma e kësaj.”</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith ndaloi që të shahen sahabët, veçanërisht besimtarët e parë, prej muhaxhirëve dhe ensarëve. Gjithashtu tregoi se, nëse ndonjë njeri dhuron ar sa mali Uhud,  shpërblimi i tij për këtë nuk do ta arrinte shpërblimin e asaj që dhuroi ndonjëri prej sahabëve prej ushqimit, qoftë dy grushte, qoftë gjysma e kësaj. Kjo është për shkak të sinqeritetit të tyre të madh, qëllimit të tyre të çiltër dhe se shpenzuan e luftuan para Çlirimit të Mekës, ku nevoja për këtë ishte e madhe.</t>
+  </si>
+  <si>
+    <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
+  </si>
+  <si>
+    <t>Sharja e sahabëve (Allahu qoftë i kënaqur me ta!) është haram dhe prej mëkateve të mëdha.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/11000</t>
+  </si>
+  <si>
+    <t>قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: هذان سيدا كهول أهل الجنة من الأولين والآخرين إلا النبيين والمرسلين</t>
+  </si>
+  <si>
+    <t>i Dërguari i Allahut ﷺ i tha Ebu Bekrit dhe Omerit: "Këta të dy janë zotërinjtë e të moshuarve të banorëve të Xhenetit, nga të parët dhe të fundit, përveç pejgamberëve dhe të dërguarve</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه، قال: قال رسول الله صلى الله عليه وسلم لأبي بكر وعمر: «هذان سَيِّدا كُهُول أهل الجنة من الأوَّلِين والآخِرين إلا النبيِّين والمرسلين».</t>
+  </si>
+  <si>
+    <t>Enesi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ i tha Ebu Bekrit dhe Omerit: "Këta të dy janë zotërinjtë e të moshuarve të banorëve të Xhenetit, nga të parët dhe të fundit, përveç pejgamberëve dhe të dërguarve."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أبا بكر الصديق وعمر الفاروق رضي الله عنهما هما أفضل البشر بعد الأنبياء، وأفضل مَن دخل الجنة بعد النبيين والمرسلين.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ njoftoi se Ebu Bekër Sidiku dhe Omer Faruku (Allahu qoftë i kënaqur me të dytë!) janë më të mirët e njerëzimit pas pejgamberëve dhe më të mirët prej atyre që do të hyjnë në Xhenet pas pejgamberëve dhe të dërguarve.</t>
+  </si>
+  <si>
+    <t>أبو بكر وعمر رضي الله عنهما هما أفضل الناس بعد الأنبياء والمرسلين.
+ليس في الجنة كَهْلٌ، بل مَن يدخلها ابن ثلاث وثلاثين سنة، والمراد أنهما سيدا مَن مات كهلًا في الدنيا، أو أنّ ذلك باعتبار ما كانوا عليه في الدنيا حال هذا الحديث.</t>
+  </si>
+  <si>
+    <t>Ebu Bekri dhe Omeri (Allahu qoftë i kënaqur me ta!) janë njerëzit më të mirë pas pejgamberëve dhe të dërguarve.
+Në Xhenet nuk ka moshë të shtyrë, përkundrazi, kushdo që hyn aty do të jetë në moshën tridhjetë e tre vjeçare. Ajo që nënkuptohet këtu është se ata janë zotërinjtë (më të mirët) e atyre që kanë vdekur në këtë botë nga të moshuarit, ose që ky (përshkrim) bazohet në atë se çfarë ishin ata në këtë botë në kohën e këtij hadithi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/11161</t>
+  </si>
+  <si>
+    <t>الحسن والحسين سيدا شباب أهل الجنة</t>
+  </si>
+  <si>
+    <t>Hasani dhe Husejni janë zotërinjtë e të rinjve të Xhenetit</t>
+  </si>
+  <si>
+    <t>عن أبي سعيد الخدري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الحَسَن والحُسَيْن سَيِّدا شَباب أهْل الجنة».</t>
+  </si>
+  <si>
+    <t>Ebu Seid Hudriu (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Hasani dhe Husejni janë zotërinjtë e të rinjve të Xhenetit."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حَفيدَيه الحسن والحسين ابنا علي بن أبي طالب وفاطمة بنت النبي صلى الله عليه وسلم ورضي عنهم، هما سيدا كلِّ مَن مات وهو شاب ودخل الجنة في الفضل، أو أنهما سيدا شباب أهل الجنة باستثناء الأنبياء والخلفاء الراشدين.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregoi se dy nipërit e tij, Hasani dhe Husejni, djemtë e Ali ibn Ebu Talibit dhe Fatimes, vajzës së Profetit ﷺ, janë zotërinjtë e atyre që vdesin të rinj dhe hyjnë në Xhenet për nga virtyti, ose janë zotërit e të rinjve të Xhenetit, përveç pejgamberëve dhe halifëve të drejtë.</t>
+  </si>
+  <si>
+    <t>فيه فضيلة ظاهرة للحسن والحسين رضي الله عنهما.
+قيل في معنى الحديث: أنهما في وقت الحديث هما سيدا شباب مَن هم من أهل الجنة من شُبّان هذا الزمان، أو أنهما أفضل ممن لم يثبت فيه تفضيلٌ عامٌّ كالأنبياء والخلفاء، أو أنهما سيدا من اتصف بصفات الشباب والفُتُوَّة كالمروءة والكرم والشجاعة، ولم يَرِدْ بذلك سِنَّ الشباب؛ لأن الحسن والحسين ماتا كَهْلَين.</t>
+  </si>
+  <si>
+    <t>Kjo tregon qartë vlerën e Hasanit dhe Husejnit (Allahu qoftë i kënaqur me ta!).
+Është thënë në lidhje me domethënien e hadithit: 
+Në kohën kur është thënë hadithi, ata ishin zotërinjtë e të rinjve që ishin prej banorëve të Xhenetit nga të rinjtë e asaj kohe. Ose, ata janë më të dalluar se ata për të cilët nuk është vërtetuar një përparësi e përgjithshme, si ajo që është vërtetuar për pejgamberët dhe halifët. Ose, ata janë zotërinjtë e atyre që zotërojnë cilësitë e rinisë dhe burrërisë, si trimëria, bujaria dhe guximi, dhe nuk i referohet moshës së re, sepse Hasani dhe Husejni të dy vdiqën në moshë të mesme.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/11169</t>
+  </si>
+  <si>
     <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>Kjo çështje (fe) do të mbërrijë aty ku ka mbërritur nata dhe dita. Allahu nuk do të lërë shtëpi e tendë pa e futur këtë fe</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Temim Dariu (Allahu qoftë i kënaqur me të!) transmeton se e ka dëgjuar të Dërguarin e Allahut ﷺ të thotë: "Kjo çështje (fe) do të mbërrijë aty ku ka mbërritur nata dhe dita. Allahu nuk do të lërë shtëpi e tendë pa e futur këtë fe; me krenarinë e krenarit ose me nënçmimin e të nënçmuarit. Krenari me të cilën Allahu e bën krenar Islamin dhe nënçmim me të cilin Allahu e nënçmon kufrin(mosbesimin)." Temim Dariu thoshte: "Këtë e vura re te familjarët e mi. Ata që u bënë muslimanë u begatuan mirësi, nder dhe krenari, ndërsa ata që mbetën jobesimtarë, u nënçmuan, poshtëruan dhe paguan xhizjen (taksën vjetore)."</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ në këtë hadith tregon se kjo fe do të përhapet në të gjitha anët e botës, kështu që kjo fe do të arrijë në çdo vend ku arrin nata dhe dita. Allahu i Lartësuar nuk do të lërë shtëpi në qytete, fshatra e  shkretëtirë pa e futur këtë fe. Kushdo që e pranon këtë fe dhe e beson, do të nderohet me krenarinë e Islamit. Kushdo që e refuzon atë dhe e mohon, do të poshtërohet dhe do të jetë i nënçmuar.
 Pastaj sahabiu, Temim Dariu (Allahu qoftë i kënaqur me të!), tregoi se këtë çfarë i kishte thënë i Dërguari i Allahut ﷺ e kishte vënë re te familjarët e vet. Atyre që u bënë muslimanë u begatuan me mirësi, nder dhe krenari, ndërsa ata që ishin jobeismtarë, u nënçmuan, u poshtëruan dhe i paguajtën muslimanëve xhizjen (taksën vjetore).</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
@@ -11127,77 +17528,288 @@
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se, nëse namazliu është në mëdyshje rreth namazit të tij dhe nuk e di sa rekate ka falur, tri apo katër, atëherë të heqë numrin shtesë për të cilin dyshon dhe të mos e marrë për bazë. Në këtë rast trerekatëshi është i sigurt, kësisoj ai duhet të falë rekatin e katërt, pastaj të bëjë dy sexhde para se të japë selam.
 Nëse realisht namazliu i ka falur katër rekate, atëherë me shtimin e një rekati janë bërë pesë, e dy sexhdet janë zëvendësim për një rekat, rrjedhimisht numri do të jetë çift e jo tek. Ndërkaq, nëse me rekatin shtesë në fakt i ka falur katër rekate, atëherë e ka kryer atë që e ka pasur obligim, pa shtuar e pa cunguar gjë.
 Dy sexhdet e harresës shërbejnë si poshtërim e mposhtje për shejtanin dhe bëjnë që ai të largohet i përbuzuar, larg nga synimi i tij, sepse ai ia ngatërroi namazin besimtarit dhe bëri përpjekje për t'ia prishur, mirëpo namazi i birit të Ademit u plotësua kur ai e zbatoi urdhrin e Allahut të Lartësuar dhe e bëri sexhden, ndërsa Iblisi mëkatoi kur refuzoi t'i bindet Allahut për t'i bërë sexhde Ademit.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Nëse namazliu dyshon në namazin e tij dhe njëra prej këtyre dy numrave (tri a katër rekate) nuk mbizotëron tek ai, atëherë ai duhet të shpërfillë dyshimin dhe të veprojë me atë që është i bindur, që në këtë rast është numri më i vogël (tri rekate), kështu që duhet ta plotësojë namazin dhe t'i dy bëjë dy sexhde të harresës para se të japë selam, e pastaj jep selam për ta përfunduar namazin.
 Këto dy sexhde e plotësojnë namazin dhe e kthejnë shejtanin mbrapsht të poshtëruar, të nënçmuar, larg asaj që synon.
 Dyshimi në këtë hadith nënkupton dilemën, pa asnjë anim tek njëri prej dy mendimeve, e nëse ekziston një mendim që mbizotëron mbi tjetrin, atëherë veprohet sipas tij.
 Inkurajimi për t'i luftuar dhe për t'i larguar vesveset përmes zbatimit të urdhrave të fesë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/11231</t>
   </si>
   <si>
+    <t>أن النبي صلى الله عليه وسلم كان لا يدع أربعا قبل الظهر وركعتين قبل الغداة</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ asnjëherë nuk i linte katër rekate para drekës dhe dy para sabahut</t>
+  </si>
+  <si>
+    <t>عن عائشةَ أُمِّ المُؤْمِنينَ رضي الله عنها: أن النبي صلى الله عليه وسلم كان لا يَدع أربعا قَبل الظهر وركعتين قبل الغَدَاة.</t>
+  </si>
+  <si>
+    <t>Aishja (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ asnjëherë nuk i linte katër rekate para drekës dhe dy para sabahut.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَت عائشةُ رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان يُواظِب على صلوات النوافل في بيتها ولا يَدَعُها: أربع ركعات بتسليمتين قبل صلاة الظهر، وركعتان قبل صلاة الفجر.</t>
+  </si>
+  <si>
+    <t>Aishja (Allahu qoftë i kënaqur me të!) tregoi se Profeti ﷺ zakonisht i falte namazet nafile (vullnetare) në shtëpinë e saj pa i lënë kurrë ato: katër rekate me dy selame para namazit të drekës dhe dy rekate para namazit të sabahut.</t>
+  </si>
+  <si>
+    <t>استحباب المحافظة على أربع ركعات قبل صلاة الظهر، وركعتين قبل صلاة الفجر.
+الأفضل أن تصلى الرَّواتِب في البيت، ولذلك أخبرت عنها عائشة رضي الله عنها.</t>
+  </si>
+  <si>
+    <t>Është e preferuar që rregullisht të falen katër rekate para namazit të drekës dhe dy rekate para namazit të sabahut.
+Është më e preferuar që sunetet e rregullta ditore të falen në shtëpi, dhe për këtë arsye Aishja (Allahu qoftë i kënaqur me të!) ka treguar për to.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/11249</t>
+  </si>
+  <si>
+    <t>من حافظ على أربع ركعات قبل الظهر وأربع بعدها حرمه الله على النار</t>
+  </si>
+  <si>
+    <t>Atë që i fal rregullisht katër rekate para drekës dhe katër pas saj, Allahu do ta ndalojë atë nga zjarri i Xhehenemit</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ حَبِيبَةَ رضي الله عنها زَوْجِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالت: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَافَظَ عَلَى أَرْبَعِ رَكَعَاتٍ قَبْلَ الظُّهْرِ وَأَرْبَعٍ بَعْدَهَا حَرَّمَهُ اللَّهُ عَلَى النَّارِ».</t>
+  </si>
+  <si>
+    <t>Umu Habibja, gruaja e Profetit ﷺ, transmeton se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Atë që i fal rregullisht katër rekate para drekës dhe katër pas saj, Allahu do ta ndalojë atë nga zjarri i Xhehenemit."</t>
+  </si>
+  <si>
+    <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن صلَّى من النوافل أربع ركعات قبل صلاة الظهر، وأربع ركعات بعدها، ودَاوَم وحافَظ عليها حَرَّمَه الله على النار.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e përgëzoi atë që i fal katër rekate nafile (vullnetare) para namazit të drekës dhe katër rekate nafile pas tij, duke i falur ato në vazhdimësi, Allahu do ta ndalojë atë nga zjarri i Xhehenemit.</t>
+  </si>
+  <si>
+    <t>استحباب المحافظة على الأربع ركعات قبل الظُّهر والأربع بعدها.
+الرواتب القبلية -أي قبل الفريضة-؛ لها حِكَمٌ، منها: تهيئة نفس المصلي للعبادة قبل الدخول في الفريضة، وأما البعدية فمن حكمها جبر خلل الفرائض.
+للرواتب فوائد عظيمة، من زيادة الحسنات، وتكفير السيئات، ورفع الدرجات.
+قاعدة أهل السنة في أحاديث الوعد مثل هذا الحديث: أنْ تُحمل على الموت على التوحيد، وأنَّ المراد عدم الخلود في النار، لأن فاعل الذنوب من الموحدين مُستحِق للعقاب لكن لا يخلد في النار إن عوقب.</t>
+  </si>
+  <si>
+    <t>Preferohet që rregullisht të falen katër rekate para namazit të drekës dhe katër pas tij.
+Namazet sunet që falen para namazit të detyrueshëm kanë disa dobi: njëra prej tyre është përgatitja e vetes për adhurim para fillimit të namazit të detyrueshëm. Sa i përket atyre që falen pas namazit të detyrueshëm, një prej dobive të tyre është plotësimi i mangësive që mund të ndodhin gjatë namazit të detyrueshëm.
+Namazet e rregullta ditore që janë sunet kanë dobi të mëdha, si: shtimi i veprave të mira, shlyerja e mëkateve dhe ngritja e shkallëve.
+Rregulli bazë i Ehlu Sunetit në lidhje me hadithet e premtimit hyjnor, si ky hadith, është që ato të interpretohen duke iu referuar atyre që vdesin në teuhid (besimit të drejtë, duke mos i shoqëruar Allahut asgjë në adhurim). Kuptimi i synuar është se ata nuk do të mbeten në zjarrin e Xhehenemit përjetësisht, sepse mëkatarët monoteistë e meritojnë ndëshkimin, por nuk do të dënohen përherë në zjarrin e Xhehenemit, nëse ata ndëshkohen.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/11251</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم قرأ في ركعتي الفجر: قل يا أيها الكافرون، وقل هو الله أحد</t>
+  </si>
+  <si>
+    <t>i Dërguari i Allahut ﷺ i lexoi në dy rekatet sunet të sabahut suret: Kafirun dhe Ihlas.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَرَأَ فِي رَكْعَتَيِ الْفَجْرِ: {قُلْ يَا أَيُّهَا الْكَافِرُونَ}، وَ{قُلْ هُوَ اللهُ أَحَدٌ}.</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ i lexoi në dy rekatet sunet të sabahut suret: Kafirun dhe Ihlas.”</t>
+  </si>
+  <si>
+    <t>كَانَ النبيُّ صلى الله عليه وسلّم يَسْتَحِبُّ أنْ يقرأ في ركعتي راتبة الفجر بعد الفاتحة، في الركعة الأولى سورة {قل يا أيها الكافرون} (الكافرون)، وفي الركعة الثانية سورة {قل هو الله أحد} (الإخلاص).</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ e preferonte ta lexonte suren Kafirun në rekatin e parë të namazit të rregullt ditor të sunetit të sabahut, pas leximit të sures Fatiha, dhe suren Ihlas në rekatin e dytë.</t>
+  </si>
+  <si>
+    <t>استحباب قراءة هاتين السورتين بعد الفاتحة في سنة الفجر.
+هاتان السورتان يقال لهما سورة الإخلاص؛ لأن في سورة الكافرون البراءة من جميع ما يعبده المشركون من دون الله، وأنهم أيضًا ليسوا بعبيد لله لأن شركهم يحبط أعمالهم، وأن الله سبحانه هو المستحق العبادة، ولأن في سورة الإخلاص توحيد الله والإخلاص له وبيان صفاته.</t>
+  </si>
+  <si>
+    <t>Pëlqehet të lexohen këto dy sure pas sures Fatiha në sunetin e sabahut.
+Secila prej këtyre dy sureve quhet “Sureja Ihlas”, ngase surja Kafirun përmban një shpallje të qartë të shkëputjes dhe distancimit nga çdo gjë që adhuronin idhujtarët përveç Allahut, përveçse tregon se ata gjithashtu nuk janë adhurues të Allahut, sepse shirku (idhujtaria) i tyre i bën të pavlefshme veprat e tyre, dhe se vetëm Allahu i Lartësuar është i denjë për adhurim. Ndërsa, surja Ihlas shpall teuhidin (monoteizmin) e Allahut, thekson sinqeritetin ndaj Tij dhe sqaron cilësitë e Tij.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/11256</t>
+  </si>
+  <si>
     <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>A e dëgjon ezanin për namaz?” Ai iu përgjigj: “Po.” Profeti ﷺ i tha: “Përgjigjju, pra!”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Ebu Hurerja (Allahu qoftë i kënaqur me të!) tregon “Një njeri i verbër erdhi te Profeti ﷺ dhe i tha: “O i Dërguari i Allahut, nuk kam askënd të ma tregojë rrugën për në xhami.” Pastaj kërkoi nga i Dërguari i Allahut ﷺ ta lejojë të falet në shtëpi. Profeti ﷺ ia lejoi, mirëpo, kur ai mori të kthehej, Profeti ﷺ i tha: “A e dëgjon ezanin për namaz?” Ai iu përgjigj: “Po.” Profeti ﷺ i tha: “Përgjigjju, pra!”</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Një i verbër erdhi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut! Unë jam i verbër dhe nuk kam njeri që të më ndihmojë e të më marrë për dore në xhami për faljen e pesë vakteve" dhe kështu kërkonte lehtësim nga Profeti ﷺ, që të mos merrte pjesë në faljen e namazit me xhemat, e në atë rast Profeti ﷺ ia lejoi. Mirëpo, kur njeriu po largohej, Profeti ﷺ e thirri dhe e pyeti: "A e dëgjon ezanin për namaz?” Ai iu përgjigj: “Po." Profeti ﷺ i tha: “Përgjigjju pra thirrësit për në namaz!”</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Namazi me xhemat është obligim (vaxhib), sepse lehtësimi ndodh për një gjë që është e obliguar dhe vaxhib.
 Fjala e Profetit ﷺ: "Përgjigjju!", për atë që e dëgjon thirrjen, tregon se namazi me xhemat është obligim, sepse në parim urdhri tregon se një gjë e tillë është obligim.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/11287</t>
+  </si>
+  <si>
+    <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
+  </si>
+  <si>
+    <t>“Safat më të mirë të burrave janë të parët, ndërsa më të këqijtë janë të fundit. Ndërkaq, safat më të mirë të grave janë të fundit, ndërsa më të këqijtë janë të parët.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut (paqja qoftë mbi të!) ka thënë: “Safat më të mirë të burrave janë të parët, ndërsa më të këqijtë janë të fundit. Ndërkaq, safat më të mirë të grave janë të fundit, ndërsa më të këqijtë janë të parët.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ خيرَ صفوف الرجال في الصلاة وأكثرها ثوابًا وفضلًا أولُها؛ لقربهم من الإمام واستماعهم لقراءته وبُعْدِهم من النساء، 
+وشرّها وأقلّها ثوابًا وفضلًا وأبعدها من مطلوب الشرع آخرها، 
+وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith na tregon se safat (rreshtat) më të mirë për burrat në namaz, më të shpërblyerit dhe më me vlerë janë të parët, për shkak të afërsisë së tyre me imamin, dëgjimit të leximit të tij dhe largësisë së tyre nga gratë. Ndërkaq, safat më të këqij, më të pashpërblyeshëm dhe më me pak vlerë e më së largu nga ajo që kërkohet fetarisht janë të fundit. Safat më të mirë për femrat janë të fundit, sepse janë më të fshehtë për to dhe më larg nga përzierja me burrat, shikimi i tyre dhe sprovimi me ta, ndërsa më të këqijtë janë të parët, për shkak të afërsisë me burrat dhe ekspozimit ndaj fitneve (sprovave).</t>
+  </si>
+  <si>
+    <t>حث الرجال على المسارعة إلى الطاعات والصفوف الأولى في الصلوات.
+جواز صلاة النساء في المسجد مع الرِّجال في صفوف مستقلة، لكن مع التَّستُّر والحِشْمَة.
+النَّساء إذا اجتمعن في المسجد، فإنهن يَكُنَّ صفوفًا، كصفوف الرِّجال، ولا يتفرقن، بل عليهن التَّراص في الصّف وسدّ الخلل، كما في صفوف الرجال.
+بيان شدة عناية الشرع بالحث بابتعاد النساء عن الرجال حتى في مواطن العبادة.
+تفاضل الناس بحسب أعمالهم.
+قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
+قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
+  </si>
+  <si>
+    <t>Inkurajimi i burrave që të shpejtojnë për të kryer adhurime dhe t'i zënë safat e parë në namaz.
+Lejohet që gratë të falen në xhami me burrat në safa të ndarë, por duke u ruajtur dhe duke qenë të përulura.
+Kur mblidhen gratë në xhami, ato i formojnë safat, si safat e burrave dhe nuk ndahen. Përkundrazi, ato duhet të rreshtohen në saf e t'i mbushin boshllëqet, si në safat e burrave.
+Sqarimi që feja i kushton inkurajimit për të qëndruar gratë larg burrave, madje edhe në vendet e adhurimit.
+Njerëzit dallojnë në vlera në varësi të verpave të tyre.
+Neveviu ka thënë: "Sa u përket safave të burrave, ata janë në mënyrë të përgjithshëm (siç janë përmendur në hadith); më të mirët gjithmonë janë të parët, sikundërqë më të këqijtë gjithmonë janë të fundit. Sa u përket safave të grave, ajo që nënkuptohet në hadith janë safat e grave që falen me burrat. Por, nëse falen veçmas dhe jo me burrat, atëherë ato janë si burrat (në raport me safat): safat e parë janë më të mirët dhe safat e fundit janë më të këqijtë."
+Neveviu ka thënë: "Safi (rreshti) i parë i lavdëruar, për të cilin kanë ardhur hadithe që tregojnë vlerën e tij dhe nxisin për të është safi që vjen pas imamit, pa marrë parasysh namazliu a ka ardhur herët a me vonesë dhe pa marrë parasysh nëse mes tij ndodhet ndonjë pengesë si një shtyllë ose diçka e ngjashme."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/11299</t>
+  </si>
+  <si>
+    <t>أن رسول الله صلى الله عليه وسلم رأى رجلا صلى وحده خلف الصف، فأمره أن يعيد صلاته</t>
+  </si>
+  <si>
+    <t>i Dërguari i Allahut ﷺ pa një burrë, duke u falur vetëm prapa safit (rreshtit), dhe e urdhëroi atë që ta përsëriste namazin</t>
+  </si>
+  <si>
+    <t>عَنْ وَابِصَةَ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَأَى رَجُلًا صَلَّى وَحْدَهُ خَلْفَ الصَّفِّ، فَأَمَرَهُ أَنْ يُعِيدَ صَلَاتَهُ.</t>
+  </si>
+  <si>
+    <t>Uabisa (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ pa një burrë, duke u falur vetëm prapa safit (rreshtit), dhe e urdhëroi atë që ta përsëriste namazin.</t>
+  </si>
+  <si>
+    <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا صلَّى وحده خَلْفَ الصف، فأمرَه أن يعيد صلاته؛ لأن صلاته لم تصح على هذه الحالة.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ pa një burrë duke u falur vetëm prapa rreshtit, dhe e urdhëroi që ta përsëriste namazin, sepse namazi i tij në atë gjendje ishte i pavlefshëm.</t>
+  </si>
+  <si>
+    <t>الحث على التبكير لصلاة الجماعة والتقدُّم لها، وأنْ لا يصليَ خلف الصف مُنْفَرِدًا حتى لا يعرض صلاته للبطلان.
+قال ابن حجر: من ابتدأ الصلاة منفردًا خلف الصف ثم دخل في الصف قبل القيام من الركوع لم تجب عليه الإعادة، كما في حديث أبي بكرة، وإلا فيجب على عموم حديث وابصة.</t>
+  </si>
+  <si>
+    <t>Inkurajohet shkuarja herët në namazin me xhemat dhe përpjekja për të zënë vend në rreshtat e parë, si dhe shmangia e faljes vetëm, prapa rreshtit, në mënyrë që të mos prishet namazi.
+Ibn Haxheri ka thënë: "Kushdo që e fillon namazin vetëm, prapa rreshtit, dhe pastaj i bashkohet rreshtit para se të ngrihet nga rukuja (përkulja), nuk ka nevojë ta përsërisë namazin, ashtu siç tregon hadithi i Ebu Bekres; përndryshe, ai duhet ta përsërisë namazin, sipas kuptimit të përgjithshëm të hadithit të Vabisas."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/11303</t>
+  </si>
+  <si>
+    <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
+  </si>
+  <si>
+    <t>“Këto dy namaze janë më të vështirat për hipokritët. Sikur ta dinit se çfarë ka në këto dy namaze, do të vinit edhe zvarrë gjunjazi</t>
+  </si>
+  <si>
+    <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
+  </si>
+  <si>
+    <t>Ubej ibn Kabi (Allahu qoftë i kënaqur me të!) ka treguar: “Një ditë, i Dërguari i Allahut ﷺ na e fali namazin e sabahut dhe tha: “A është i pranishëm filani?” - Jo, - i thanë. Tha: “Po filani, është i pranishëm?” - Jo, - i thanë sërish. Atëherë tha: “Këto dy namaze janë më të vështirat për hipokritët. Sikur ta dinit se çfarë ka në këto dy namaze, do të vinit edhe zvarrë gjunjazi. Safi i parë është si safi i melekëve. Sikur ta dinit vlerën e tij, do të garonit për ta zënë. Namazi i burrit me një burrë tjetër është më i vlefshëm se namazi i vetëm; e namazi i tij me dy burra është më i vlefshëm se namazi me një burrë. Sa më shumë të jenë, aq më i dashur është (ai namaz) për Allahun e Lartësuar.”</t>
+  </si>
+  <si>
+    <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
+قال الصحابة: لا. 
+ثم قال: أحاضر فلان؟ لشخص آخر، 
+قالوا: لا. 
+قال صلى الله عليه وسلم: 
+إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
+ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
+وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
+وإن صلاة الرجل مع الرجل أعظم ثوابًا وأثرًا من صلاته وحده، وصلاته مع الرجلين أفضل مع الرجل الواحد، 
+والصلاة التي كثر المصلون فيها فهي أحب إلى الله وأفضل.</t>
+  </si>
+  <si>
+    <t>Një ditë Profeti ﷺ e fali namazin e sabahut dhe pyeti: "A ishte filani i pranishëm me ne në këtë namaz?" Sahabët thanë: "Jo." Pastaj tha: A ishte i pranishëm filani? - një personit tjetër. Ata thanë: "Jo." Kështu, Profeti ﷺ tha: "Namazi i sabahut dhe i akshamit janë namazet më të vështira për hipokritët, sepse mbizotëron dembelizmi gjatë kryerjes së tyre dhe për shkak se nuk arrihet dëshira e njeriut që këtë vepër ta bëjë për ta parë të tjerët, meqë nuk mund të shihen në errësirë."
+Sikur ta dinit, o besimtarë, shpërblimin shtesë që e arrini në namazin e sabahut dhe të jacisë, - sepse shpërblimi është në varësi të vështirësisë, - do të vinit për t'i kryer edhe zvarrë gjunjazi.
+Rreshti i parë në afërsinë e tyre me imamin është si rreshti i melekëve në afërsinë e tyre me Allahun e Lartësuar. Sikur besimtarët ta dinin se çfarë vlere ka rreshti i parë, do të garonin për të. Namazi i një njeriu me një tjetër është më i madh në shpërblim dhe më me ndikim sesa namazi që e fal i vetëm, si dhe namazi i tij me dy njerëz të tjerë është më i mirë sesa me një njeri. Namazi në të cilin ka shumë namazfalës është më i dashur dhe më me vlerë tek Allahu.</t>
+  </si>
+  <si>
+    <t>مشروعية تَفقُد إمام المسجد أحوال المأمومين، والسؤال عمن غَاب منهم.
+مُلازمة صلاة الجماعة، ولاسيما صلاة العشاء والفجر من علامات الإيمان.
+عِظَم أجر صلاتي العِشاء والفجر؛ لما في الإتيان إليهما من مجاهدة النَّفس والمُصَابرة على الطَّاعة، فكان أجرهما أعظم من غيرهما.
+صلاة الجماعة تنعقد باثنين فما فوق.
+بيان فضل الصف الأول، والترغيب في المبادرة إليه.
+فضل كثرة الجماعة، فإنه كلما كثر الجمع كان الأجر أكثر.
+الأعمال الصالحة تتفاوت في الفضل بحسب تفضيل الشرع لها، وما تتصف به من أحوال.</t>
+  </si>
+  <si>
+    <t>Është e ligjësuar që imami i xhamisë t'i kontrollojë gjendjet e namazfalësve dhe të pyesë për ata që nuk janë të pranishëm.
+Prej shenjave të imanit është që namazi me xhemat të falet në vazhdimësi, sidomos namazi i jacisë dhe sabahut.
+Shpërblimi i namazit të jacisë dhe të sabahut është i madh, për shkak të luftimit me veten dhe këmbënguljes në adhurim për t'i kryer ato, kështu që shpërblimi i tyre është më i madh se i të tjerëve.
+Namazi me xhemat arrihet me dy e më shumë persona.
+Sqarimi i vlerës së safit të parë dhe inkurajimi për të shpejtuar për të.
+Vlera e xhematit të shumtë, për faktin se, sa herë që xhemati shtohet, edhe shpërblimi është më i madh.
+Veprat e mira ndryshojnë në vlerë, në varësi se sa u ka dhënë vlerë feja dhe në varësi të rrethanave me të cilat karakterizohen ato.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/11306</t>
   </si>
   <si>
     <t>إذا أتى أحدكم الصلاة والإمام على حال، فليصنع كما يصنع الإمام</t>
   </si>
   <si>
     <t>Kur ndonjëri prej jush shkon për në namaz dhe e gjen imamin në një pozicion të caktuar, ai duhet të bëjë atë që është duke bërë imami</t>
   </si>
   <si>
     <t>عن علي بن أبي طالب، ومعاذ بن جبل رضي الله عنهما مرفوعًا: «إذا أتى أحدُكم الصلاةَ والإمامُ على حال، فلْيصنعْ كما يصنع الإمامُ».</t>
   </si>
   <si>
     <t>Ali ibn Ebu Talibi dhe Muadh ibn Xhebeli (Allahu qoftë i kënaqur me të dytë) tregojnë se Profeti ﷺ ka thënë: "Kur ndonjëri prej jush shkon për në namaz dhe e gjen imamin në një pozicion të caktuar, ai duhet të bëjë atë që është duke bërë imami."</t>
   </si>
   <si>
     <t>إذا أتى أحدكم الصلاة والإمام على حال من قيام أو ركوع أو سجود أو قعود، فليوافق الإمام فيما هو فيه من القيام أو الركوع أو غير ذلك، ولا ينتظر حتى يقوم الإمام كما يفعله العوام.</t>
   </si>
   <si>
     <t>Nëse ndonjëri prej jush i bashkohet namazit me xhemat dhe e gjen imamin në një nga pozicionet e namazit: në këmbë, në ruku, në sexhde ose ulur, ai duhet të bëjë të njëjtën gjë si imami, qoftë qëndrim në këmbë, ruku, qoftë diçka tjetër, e jo të presë derisa imami të ngrihet në këmbë, siç bëjnë masa e thjeshtë e popullit.</t>
   </si>
   <si>
     <t>مشروعية دخول اللاحق مع الإمام في أي جزء من أجزاء الصلاة أدركه، من غير فرق بين الركوع والسجود والقعود.</t>
   </si>
   <si>
     <t>Është e ligjshme që një person që vjen vonë në namaz, t'i bashkohet imamit në çdo pjesë të namazit që e arrin, pa marrë parasysh a është në ruku, në sexhde a duke qëndruar ulur.
 Zënia e një rekati me imamin realizohet duke zënë rukunë, ashtu siç tregohet në hadithet e tjera.</t>
@@ -11219,88 +17831,241 @@
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ibn Mesudi (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ua mësoi hutben që thuhet në raste nevoje, e cila thuhet në fillim të fjalimeve në hutbe dhe para ndonjë rasti të caktuar, siç është hutbeja e martesës, hutbeja e xhumasë dhe të tjera. Kjo hutbe ngërthen në vete kuptime madhështore, duke përfshirë shpjegimin e së drejtës së Allahut për të gjitha llojet e lavdërimeve, kërkimndihmën vetëm prej Tij, i Cili nuk ka ortak, mbulimin e gjynaheve, anashkalimin e tyre dhe kërkimin e strehimit tek Ai nga të gjitha të këqijat; të këqijat e vetes (shpirtit) dhe të tjera.
 Pastaj Profeti ﷺ lajmëroi se udhëzimi është në dorën e Allahut, kështu që, këdo që udhëzon, nuk ka kush që mund ta humbë, si dhe këdo që Ai humb, nuk ka kush ta udhëzojë.
 Më pas e përmendi dëshminë e monoteizmit se nuk ka zot të adhuruar me të drejtë përveç Allahut dhe dëshminë se Muhamedi është rob i Allahut dhe i Dërguari i Tij.
 Në fund, ai e mbylli këtë hutbe me këto tri ajete, që përfshijnë urdhrin për t'iu frikësuar Allahut të Lartmadhëruar: duke i zbatuar urdhrat e Tij dhe duke iu shmangur ndalesave të Tij, duke synuar kështu Fytyrën (kënaqësinë) e Allahut, dhe se shpërblimi për këdo që e bën këtë është se veprat dhe fjalët e tij do të përmirësohen, të këqijat do t'i fshihen, gjynahet do t'i falen dhe do të ketë jetë të këndshme në të dyja botët dhe do ta fitojë Xhenetin në Ditën e Kiametit.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Është e preferuar që me këtë hutbe të fillojnë: fjalimi i martesës, hutbet e xhumasë etj.
 Hutbeja duhet të përmbajë lavdërimin e Allahut, dy dëshmitë dhe disa ajete kuranore.
 Profeti ﷺ ua mësoi shokëve të tij atë që kishin nevojë rreth fesë së tyre.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Nuk ka martesë, përveçse me kujdestar</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Ebu Musa Eshariu (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: "Nuk ka martesë, përveçse me kujdestar."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se martesa e një gruaje nuk është e vlefshme, përveçse me një kujdestar që kryen kontratën e martesës.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>Kujdestari është kusht që martesa të jetë e vlefshme, nëse ajo bëhet pa kujdestar, ose, nëse gruaja vëtëmartohet, atëherë martesa nuk është e vlefshme.
 Kujdestar quhet ai burrë që është më i afërt me gruan. Andaj, kujdestari i largët nuk mund ta martojë atë, nëse gjendet ndonjë kujdestar më i afërt.
 Kujdestari kushtëzohet të jetë: i ngarkuar me obligime fetare, të jetë mashkull, të jetë i pjekur sa u përket dobive të martesës, si dhe feja e kujdestarit dhe e asaj për të cilën bëhet kujdestar të jetë e njëjtë. Andaj, kush nuk i ka këto cilësi, nuk ka të drejtë kujdestarie në kontratën martesore.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58066</t>
+  </si>
+  <si>
+    <t>أيما امرأة نكحت بغير إذن مواليها، فنكاحها باطل ثلاث مرات فإن دخل بها فالمهر لها بما أصاب منها، فإن تشاجروا فالسلطان ولي من لا ولي له</t>
+  </si>
+  <si>
+    <t>Çdo grua që martohet pa lejen e kujdestarëve të saj, martesa e saj është e pavlefshme - tri herë (e përsëriti këtë). E nëse ai ka kryer marrëdhënie me të, ajo ka të drejtë për mehrin, në këmbim të marrëdhënive intime që ka pasur me të. Nëse ndodh ndonjë mosmarrëveshje mes tyre, atëherë sundimtari është kujdestari i asaj që nuk ka kujdestar</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضِي اللهُ عنْها قَالَتْ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّمَا امْرَأَةٍ نَكَحَتْ بِغَيْرِ إِذْنِ مَوَالِيهَا، فَنِكَاحُهَا بَاطِلٌ -ثَلَاثَ مَرَّاتٍ- فَإِنْ دَخَلَ بِهَا فَالْمَهْرُ لَهَا بِمَا أَصَابَ مِنْهَا، فَإِنْ تَشَاجَرُوا فَالسُّلْطَانُ وَلِيُّ مَنْ لَا وَلِيَّ لَهُ».</t>
+  </si>
+  <si>
+    <t>Aishja, nëna e besimtarëve (Allahu qoftë i kënaqur me të!), transmeton se i Dërguari i Allahut ﷺ ka thënë: "Çdo grua që martohet pa lejen e kujdestarëve të saj, martesa e saj është e pavlefshme - tri herë (e përsëriti këtë). E nëse ai ka kryer marrëdhënie me të, ajo ka të drejtë për mehrin, në këmbim të marrëdhënive intime që ka pasur me të. Nëse ndodh ndonjë mosmarrëveshje mes tyre, atëherë sundimtari është kujdestari i asaj që nuk ka kujdestar."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِنْ أنْ تُزَوِّجَ المرأةُ نفسَها بغير إذن أوليائها، وأنَّ نكاحَها باطل، وقد كَرَّره ثلاث مرات، وكأنه لم يكن.
+فإنْ دَخَل بها الذي تزوجها بغير إذن وليها؛ فالمَهر الكامل لها بما أصاب من جماعها في فرجها.
+ثم إنْ تنازع الأولياء في ولاية العقد -ومراتبهم فيه سواء- فالعقد لمن سَبق إليه منهم إذا كان ذلك نظرًا منه في مصلحتها، فإن امتنع الولي من التزويج فكأنه لا ولي لها؛ فيكون السلطان أو وليُّه من القضاة ونحوهم وليَّها، وإلا فلا ولاية للسلطان مع وجود الولي.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith paralajmëroi se një grua nuk duhet ta japë veten në martesë, pa lejen e kujdestarëve të saj, dhe se martesa e saj konsiderohet e pavlefshme, ku këtë gjë e përsëriti tri herë, sikur martesa të mos kishte ndodhur fare.
+Nëse ai që është martuar me të, pa lejen e kujdestarit të saj, ka kryer marrëdhënie me të, atëherë ajo ka të drejtë të marrë të gjithë mehrin (dhuratën martesore) për shkak të marrëdhënive intime që ka pasur me të.
+Nëse kujdestarët polemizojnë për kujdestarinë e kontratës së martesës dhe janë të barabartë në këtë drejtim, atëherë kontrata i takon atij prej tyre që e fillon i pari, me kusht që kjo të bëhet duke pasur parasysh interesin më të mirë të saj.
+Nëse kujdestari refuzon ta martojë atë, atëherë është sikur ajo të mos ketë kujdestar; në këtë rast, sundimtari ose përfaqësuesi i tij, si gjykatësi dhe të ngjashmit me të, bëhet kujdestar i saj. Përndryshe, sundimtari nuk ka kujdestari, nëse është i pranishëm një kujdestar legjitim.</t>
+  </si>
+  <si>
+    <t>اشتراط الوليِّ لصحة النكاح، وحُكي عن ابن المنذر أنه لا يُعرَف عن أحد من الصحابة خلافُ ذلك.
+في النكاح الباطل تستحق المرأة المهر مقابل وطء الرجل لها.
+السلطان ولي مَن لا ولي لها من النساء، سواء كان ذلك بسبب عدم وجوده أصلًا، أو بسبب امتناعه عن تزويجها.
+السلطان يعتبر ولي من لا ولي له، في حال فَقْدِ الولي أو تعذُّرِه، ويقوم مقامه القاضي؛ لأنه النائب عنه في هذه المسائل. 
+الولاية في تزويج المرأة لا يعني أنه ليس لها حق، بل لها حق ولا يجوز لوليها أن يزوجها إلا بإذنها.
+شروط النكاح الصحيح: أولًا: تعيين كل من الزوجين بالإشارة أو التسمية أو الوصف ونحو ذلك، ثانيًا: رِضى كلٍّ من الزوجين بالآخر، ثالثًا: أنْ يَعقِد للمرأة وليُّها، رابعا: الشّهادة على عقد النكاح.
+يشترط في الولي الذي يعقد النكاح: أولًا: العقل، ثانيًا: أن يكون ذكرًا، ثالثًا: البلوغ، ببلوغه خمسة عشر عامًا أو الاحتلام، رابعًا: اتحاد الدّين فلا ولاية لكافر على مسلم ولا مسلمة، وكذلك لا ولاية لمسلم على كافر أو كافرة، خامسًا: العدالة المنافية للفسق، ويكفي منها أن يحصل منه النّظر في مصلحة من تولّى أمر تزويجها، سادسًا: أن يكون الولي راشدًا غير سفيه، وهو القدرة على معرفة الكُفْءِ ومصالح النكاح.
+لأولياء المرأة في التزويج ترتيب عند الفقهاء فلا يجوز تعدّي الولي الأقرب إلا عند فَقْدِه أو فَقْدِ شروطه، ووليّ المرأة أبوها، ثمّ وَصِيُّه فيها، ثمّ جدّها لأب وإن علا، ثمّ ابنها، ثم بنوه وإن نزلوا، ثمّ أخوها لأبوين، ثم أخوها لأب، ثمّ بنوهما، ثمّ عمّها لأبوين، ثمّ عمها لأب، ثمّ بنوهما، ثمّ الأقرب فالأقرب نسبًا من العصبة كالإرث، والسّلطان المسلم ومن ينوب عنه كالقاضي وليّ من لا وليّ له.</t>
+  </si>
+  <si>
+    <t>Kujdestari ligjor është kusht për vlefshmërinë e martesës, dhe është transmetuar nga Ibn Mundhiri se asnjë nga shokët e Profetit ﷺ nuk është i njohur për të pasur një mendim të ndryshëm.
+Në rast të një martese të pavlefshme, gruaja ka të drejtë të marrë mehrin në këmbim të kryerjes së marrëdhënieve intime me të.
+Sundimtari është kujdestari ligjor i çdo gruaje, që nuk ka kujdestar, qoftë sepse ai nuk ekziston fare, ose për shkak se ai e pengon atë nga martesa.
+Sundimtari konsiderohet si kujdestar i atij që nuk ka kujdestar, në rast kur kujdestari është i papranishëm, ose nuk mund të përmbushë rolin e tij. Gjyqtari e luan rolin e sundimtarit, pasi ai është përfaqësuesi i tij në çështje të tilla.
+Kujdestaria në martesën e një gruaje nuk do të thotë se ajo nuk ka të drejta; përkundrazi, ajo ka të drejta, dhe kujdestari i saj nuk lejohet ta martojë atë pa lejen e saj.
+Kushtet e një martese të vlefshme janë: 1. Identifikimi i secilit prej bashkëshortëve përmes shenjave, emrit, përshkrimit etj. 2. Pëlqimi i ndërsjellë i të dy bashkëshortëve. 3. Kujdestari ligjor i gruas është ai që përmbyll kontratën e martesës në emër të saj. 4. Dëshmitarët duhet të dëshmojnë për kontratën e martesës.
+Kushtet që duhet t'i plotësojë kujdestari që përmbyll kontratën e martesës janë: 1. Shëndeti mendor. 2. Të jetë mashkull. 3. Të jetë i rritur, duke arritur moshën pesëmbëdhjetë vjeçare, ose duke arritur moshën e pjekurisë seksuale. 4. Të ketë të njëjtën fe, pasi askush që është jobesimtar nuk ka të drejtë kujdestarie mbi një besimtar ose një besimtare, po ashtu asnjë besimtar nuk ka të drejtë kujdestarie mbi një jobesimtar ose një jobesimtare. 5. Të jetë kompetent (al. adaleh) dhe jo i pabindur (ar. el fisk), dhe këtu është e mjaftueshme që ai të veprojë me qëllimin e sigurimit të interesit më të mirë të gruas, që ka përgjegjësinë ta martojë. 6. Kujdestari të jetë i mençur dhe jo mendjelehtë, do të thotë të ketë aftësinë të dallojë përshtatshmërinë e bashkëshortit të mundshëm dhe të kuptojë interesat që janë të përfshira në martesë.
+Kujdestarët ligjorë të gruas për martesë kanë një rend të caktuar, sipas juristëve muslimanë, dhe nuk lejohet të anashkalohet kujdestari më i afërt përveç nëse ai mungon ose nuk i plotëson kushtet e nevojshme. Kujdestari i gruas është: babai i saj, pastaj kujdestari që ai ka caktuar për të, pastaj gjyshi i saj nga babai dhe gjithë paraardhësit e tij, pastaj djali i saj, pastaj djemtë e djalit të saj deri te të gjithë pasardhësit, pastaj vëllai i saj nga të dy prindërit, pastaj vëllai i saj nga babai, pastaj djemtë e tyre, pastaj xhaxhai i saj nga të dy prindërit, pastaj xhaxhai i saj nga babai, pastaj djemtë e tyre, pastaj mashkulli më i afërt nga asabeh (të afërmit meshkuj që trashëgojnë), pastaj sundimtari musliman ose përfaqësuesi i tij, si gjykatësi, i cili bëhet kujdestar i asaj që nuk ka kujdestar.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/58067</t>
+  </si>
+  <si>
+    <t>ملعون من أتى امرأته في دبرها</t>
+  </si>
+  <si>
+    <t>Është i mallkuar ai që kryen marrëdhënie anale me gruan e tij</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَلْعُون مَنْ أتَى امرأتَه في دُبُرِها».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: "Është i mallkuar ai që kryen marrëdhënie anale me gruan e tij."</t>
+  </si>
+  <si>
+    <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن أنْ يأتي الزوجُ زوجتَه في دُبُرِها؛ بأنه ملعون مَطرود من رحمة الله، وهو كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith paralajmëroi se burri që kryen marrëdhënie anale me gruan e tij është i mallkuar dhe i përjashtuar nga mëshira e Allahut, dhe se kjo vepër bën pjesë në mëkatet e mëdha.</t>
+  </si>
+  <si>
+    <t>تحريم إتيان النساء في أدبارهن.
+الاستمتاع من الزوجة بما دون دبرها من جسدها جائز.
+المسلم يأتي المرأة من فرجها كما أمره الله؛ وأما من الدُّبُر ففيه إفسادٌ للفطرة، وإضاعةٌ للنسل، ومخالفة لما عليه الطبائع السليمة، وأضرارٌ بالغة بالزوجين.</t>
+  </si>
+  <si>
+    <t>Është e ndaluar të kryhet marrëdhënie anale me gratë.
+Lejohet për burrin të kënaqet me trupin e gruas, përveç anusit.
+Muslimani i afrohet gruas së tij përmes marrëdhënies vaginale, ashtu siç e ka urdhëruar Allahu, ndërsa sa i përket marrëdhënies anale, ajo prish natyrën e shëndoshë, pengon shumimin, bie ndesh me natyrshmërinë e pastër njerëzore dhe shkakton dëme të mëdha për të dy bashkëshortët.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/58090</t>
+  </si>
+  <si>
+    <t>لا ينظر الله إلى رجل أتى رجلا أو امرأة في دبر</t>
+  </si>
+  <si>
+    <t>Allahu nuk e shikon (me mëshirë) një burrë, që i afrohet një burri apo një gruaje në mënyrë anale</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَنْظُرُ اللهُ إِلَى رَجُلٍ أَتَى رَجُلًا أَوِ امْرَأَةً فِي دُبُرٍ».</t>
+  </si>
+  <si>
+    <t>Ibn Abasi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Allahu nuk e shikon (me mëshirë) një burrë, që i afrohet një burri apo një gruaje në mënyrë anale."</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ بأنَّ الله لا ينظر نظرةَ رحمةٍ إلى رجلٍ أتى رجلًا في دُبُرِهِ أو امرأة في دُبُرها، وأنه كبيرة من كبائر الذنوب.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e sqaroi kërcënimin e rëndë për burrin që i afrohet një burri ose një gruaje në mënyrë anale, se Allahu nuk do ta shikojë atë me mëshirë, dhe tregoi se kjo vepër bën pjesë në mëkatet e mëdha.</t>
+  </si>
+  <si>
+    <t>إتيان الرجلِ الرجلَ -وهو اللواط- من كبائر الذنوب.
+إتيان المرأة في دبرها من كبائر الذنوب.
+(لا ينظر الله) أي نظر رحمة ورأفة، وليس المراد به: النظر العام؛ لأن الله سبحانه وتعالى لا يخفى عليه شيء ولا يغيب عن بصره شيء.
+هذه الأعمال من أعظم الفواحش وأخطرها على البشرية؛ لما فيها من مخالفة الفطرة البشرية السليمة، وقلة النسل، وإفساد الحياة الزوجية، وغرس العداوة والبغضاء، والوقوع في الأماكن المستقذرة.</t>
+  </si>
+  <si>
+    <t>Kryerja e marrëdhënieve seksuale me një burrë tjetër, që ndryshe quhet homoseksualizëm, është prej mëkateve të mëdha.
+Kryerja e marrëdhënieve anale me një grua është mëkat i madh.
+"Allahu nuk shikon...", pra me mëshirë dhe dhembshuri, domethënë nuk bëhet fjalë për shikimin e përgjithshëm, sepse asgjë nuk i fshihet Allahut të Lartësuar dhe asgjë nuk i shpëton shikimit të Tij.
+Këto vepra janë nga më të rëndat dhe më të rrezikshmet për njerëzimin, sepse bien ndesh me natyrshmërinë e shëndoshë njerëzore, e pakësojnë shumimin, e shkatërrojnë jetën martesore, mbjellin urrejtje dhe armiqësi, dhe përfshijnë veprime të neveritshme dhe të ndyra."</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي في الكبرى]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/58091</t>
+  </si>
+  <si>
+    <t>قلت: يا رسول الله، ما حق زوجة أحدنا عليه؟، قال: أن تطعمها إذا طعمت، وتكسوها إذا اكتسيت، أو اكتسبت، ولا تضرب الوجه، ولا تقبح، ولا تهجر إلا في البيت</t>
+  </si>
+  <si>
+    <t>ka thënë: ''O i Dërguar i Allahut, cila është e drejta e gruas ndaj burrit të saj?'' Ai tha: “Ta ushqesh kur ushqehesh vetë, ta veshësh kur vesh veten ose kur fiton të ardhura, mos ta godasësh në fytyrë, mos e fyej dhe mos e lër (në shpërfillje), përveçse brenda në shtëpi.”</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاوِيَةَ الْقُشَيْرِيِّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، مَا حَقُّ زَوْجَةِ أَحَدِنَا عَلَيْهِ؟، قَالَ: «أَنْ تُطْعِمَهَا إِذَا طَعِمْتَ، وَتَكْسُوَهَا إِذَا اكْتَسَيْتَ، أَوِ اكْتَسَبْتَ، وَلَا تَضْرِبِ الْوَجْهَ، وَلَا تُقَبِّحْ، وَلَا تَهْجُرْ إِلَّا فِي الْبَيْتِ»</t>
+  </si>
+  <si>
+    <t>Muavi Kushejriu (Allahu qoftë i kënaqur me të!) ka transmetuar se ka thënë: ''O i Dërguar i Allahut, cila është e drejta e gruas ndaj burrit të saj?'' Ai tha: “Ta ushqesh kur ushqehesh vetë, ta veshësh kur vesh veten ose kur fiton të ardhura, mos ta godasësh në fytyrë, mos e fyej dhe mos e lër (në shpërfillje), përveçse brenda në shtëpi.”</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم ما حقُّ الزوجة على زوجها؟ فذَكر النبيُّ صلى الله عليه وسلم أمورًا، ومنها: 
+أولًا: لا تَخُصّ نفسَك بالطعام دونها؛ بل تطعمها كلما أكلتَ وطعمتَ. 
+ثانيًا: لا تخص نفسك بالكسوة واللباس، بل تكسوها إذا اكتسيتَ، وإذا اكتسبت واستطعت. 
+ثالثًا: لا تُضرب إلا لسبب وحاجة، وإذا احتاج إلى ضربها للتأديب أو لتركها بعض الفرائض فيكون ضربًا غير مُبَرِّح؛ ولا يُضرب الوجه؛ لأن الوجه أعظم الأعضاء وأظهرها ومشتمل على أجزاء شريفة وأعضاء لطيفة. 
+رابعًا: لا تَشْتُم أو تقل: قَبَّحَ اللهُ وجهَك؛ فلا تنسبه ولا شيئًا من بدنها إلى القُبْح الذي هو ضد الحُسْن؛ لأن الله تعالى هو صَوَّرَ وجهَ الإنسان وجِسْمَه، وأحسن كل شيء خلقه، وذَمُّ الخِلْقة يعود إلى مَذَمَّة الخَالق والعياذ بالله. 
+خامسًا: لا تَهْجُر إلا في المَضْجَع، ولا تَتَحَوَّل عنها، ولا تُحَوِّلها إلى دار أخرى؛ ولعل ذلك فيما يعتاد وقوعه من الهجر بين الزوج والزوجة.</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ u pyet për të drejtën e gruas ndaj burrit të saj, dhe ai përmendi disa gjëra, ndër të cilat janë:
+E para: Mos e veço veten me ushqim ndaj saj; përkundrazi, ushqeje atë kur ushqehesh vetë.
+E dyta: Mos e veço veten me veshje; përkundrazi, vishu dhe vishe edhe atë kur ke mundësi dhe kur fiton pasuri.
+E treta: Gruaja nuk duhet të rrihet, përveçse në rast nevoje dhe me arsye të vlefshme. Nëse ka nevojë për disiplinim, si për neglizhencë në obligimet e saj, goditja duhet të jetë e lehtë dhe jo e dëmshme. Për më tepër, nuk lejohet të goditet në fytyrë, sepse ajo është pjesa më e nderuar dhe më e dukshme e trupit, që përmban tiparet më të ndjeshme dhe fisnike.
+E katërta: Mos e fyej dhe mos i thuaj: “Allahu ta poshtëroftë fytyrën!”, apo të lidhësh ndonjë pjesë të trupit të saj me shëmtim, që është e kundërta e bukurisë. Kjo, sepse Allahu i Lartësuar është Ai që e ka formësuar fytyrën dhe trupin e njeriut dhe Ai e ka përsosur krijimin e Tij. Kritika ndaj krijesës është një mënyrë e tërthortë për të kritikuar Krijuesin, e ne kërkojmë strehim tek Allahu prej një vepre të tillë.
+E pesta: Mos e braktis përveçse në shtrat, dhe mos u largo fizikisht prej saj, as mos e nxirr nga shtëpia. Kjo vlen për rastet normale të braktisjes, që mund të ndodhin mes bashkëshortëve.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة على معرفة الحقوق التي عليهم أداؤها لغيرهم، ومعرفة الحقوق التي لهم.
+ وجوب النفقة والكسوة والسكنى للمرأة على زوجها.
+النهي عن التقبيح المعنوي والحسي.
+من التقبيح المنهي عنه أن يقول: أنت من قبيلةٍ رديئة، أو من عائلة سيئة، أو ما أشبه ذلك.</t>
+  </si>
+  <si>
+    <t>Përkushtimi i shokëve të Profetit, për të ditur të drejtat që u detyrohen të tjerëve dhe për të njohur të drejtat e tyre vetjake.
+Burri është i obliguar t’i sigurojë gruas së tij ushqim, veshje dhe strehim.
+Format konkrete dhe abstrakte të dhunës janë të ndaluara.
+Një shembull i dhunës së ndaluar është të thuash: “Ti vjen nga një fis i keq” ose “nga një familje e keqe” e të ngjashme.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/58093</t>
   </si>
   <si>
     <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>O djalosh! Thuaj: "Bismilah", ha me të djathtën dhe ha pranë vetes!</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>Omer ibn Ebu Seleme (Allahu qoftë i kënaqur me të!) tregon: "Isha djalosh i vogël nën përkujdesjen e të Dërguarit të Allahut ﷺ. Teksa hanim, dora ime shkonte andej-këndej nëpër pjatë. I Dërguari i Allahut ﷺ më tha: “O djalosh! Thuaj: "Bismilah", ha me të djathtën dhe ha pranë vetes!” Që nga ai çast, vazhdimisht veproj ashtu gjatë ngrënies.”</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>Omer ibn Ebu Seleme (Allahu qoftë i kënaqur me të!), i cili ishte i biri i gruas së Profetit ﷺ, Umu Selemes (Allahu qoftë i kënaqur me të!), dhe jetonte nën edukimin dhe përkujdesjen e tij, tregon se gjatë ngrënies i lëvizte duart nëpër të gjithë pjatën për të marrë ushqim andej-këndej. Prandaj, Profeti ﷺ ia mësoi atij këto tri rregulla të edukatës së të ngrënit:
 1. Përmendja e emrit të Allahut, me "bismilah", në fillim të ngrënies.
 2. Ngrënia me dorën e djathtë.
 3. Të hahet nga ajo anë e ushqimit që është më afër tij.</t>
   </si>
@@ -11327,81 +18092,158 @@
   <si>
     <t>Kur ndonjëri prej jush dëshiron të hajë, le të hajë me dorën e djathtë, e, kur të pijë, le të pijë me dorën e djathtë, sepse shejtani ha me dorën e majtë dhe pi me dorën e majtë</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>Ibn Omeri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Kur ndonjëri prej jush dëshiron të hajë, le të hajë me dorën e djathtë, e, kur të pijë, le të pijë me dorën e djathtë, sepse shejtani ha me dorën e majtë dhe pi me dorën e majtë."</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith urdhëron që muslimani të hajë dhe të pijë me dorën e djathtë, si dhe ndalon që të hajë e të pijë me dorën e majtë, sepse shejtani ha dhe pi me dorën e majtë.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Është e ndaluar t’i ngjajë shejtanit duke ngrënë ose duke pirë me dorën e majtë.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58122</t>
   </si>
   <si>
+    <t>من كانت له امرأتان فمال إلى إحداهما، جاء يوم القيامة وشقه مائل</t>
+  </si>
+  <si>
+    <t>“Kushdo që ka dy gra dhe anon më shumë nga njëra prej tyre, në Ditën e Gjykimit vjen me gjysmën e trupit të anuar (shtrembër).”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ كَانَتْ لَهُ امْرَأَتَانِ فَمَالَ إِلَى إِحْدَاهُمَا، جَاءَ يَوْمَ الْقِيَامَةِ وَشِقُّهُ مَائِلٌ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Kushdo që ka dy gra dhe anon më shumë nga njëra prej tyre, në Ditën e Gjykimit vjen me gjysmën e trupit të anuar (shtrembër).”</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن كانت له أكثر من زوجة، فلم يَعْدِل بين زوجاته العدلَ المُستطاع، من مساواة بينهن في الإنفاق والمسكن والملبس والمَبِيْت، بأنَّ عقابه يوم القيامة أن يكون نصفُ جسدِه مائلًا، وميلانه عقوبة له على جوره، كما مَالَ في معاملته.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith tregon se kush ka më shumë se një grua dhe nuk mban drejtësi mes tyre, sa të ketë mundësi, duke i trajtuar njësoj në aspektin e mbështetjes financiare, strehimit, veshjes dhe qëndrimit të natës, gjysma e trupit të tij do të jetë e shtrembër në Ditën e Gjykimit, si dënim për të. Ky shtrembërim është pasojë e padrejtësisë së tij dhe pasqyrë e trajtimit të pabarabartë, që u ka bërë grave të tij.</t>
+  </si>
+  <si>
+    <t>وجوب القَسْمِ على الرجل بين زوجتيه أو زوجاته، ويَحْرُم عليه المَيْلُ إلى إحداهنَّ عن الأخرى، فيما يقدر عليه من النفقة، والمبيت، وحسن المقابلة، ونحو ذلك.
+التسوية في القِسْمَة ونحو ذلك، فيما يملك الإنسان، أما ما لا يملكه كالمحبة والمَيْل القلبي فإنه لا يدخل في الحديث، وهو المقصود في قوله تعالى: {ولن تستطيعوا أن تعدلوا بين النساء ولو حرصتم} [النساء: 129].
+الجزاء يكون من جنس العمل، فإنَّ الرجل لما مال في الدنيا من زوجةٍ إلى أخرى، جاء يوم القيامة مائلًا أحدُ شِقَّيْه عن الآخر.
+تعظيم حقوق العباد، وأنه لا يُسامَح فيها؛ لأنها مبنيةٌ على الشُّحِّ والتَّقَصِّي.
+استحباب الاقتصار على زوجةٍ واحدةٍ، إذا خاف الرجل أن لا يعدل بين زوجاته؛ لئلا يقع في التقصير في الدين؛ قال تعالى: {فَإِنْ خِفْتُمْ أَلَّا تَعْدِلُوا فَوَاحِدَةً} [النساء: 3].</t>
+  </si>
+  <si>
+    <t>Burri duhet ta ndajë kohën e tij në mënyrë të drejtë mes grave të tij, qoftë dy apo më shumë. Është e ndaluar që ai të anojë nga njëra më shumë se nga tjetra në ato gjëra që janë brenda mundësive të tij, siç janë mbajtja financiare, qëndrimi i natës, sjellja e mirë, e kështu me radhë.
+Barazia është e detyrueshme kur bëhet fjalë për ndarjen e kohës dhe gjërat e tjera që njeriu i ka në dorë. Mirëpo dashuria dhe prirja emocionale, të cilat janë jashtë kontrollit të njeriut, nuk përfshihen në këtë hadith. Kjo është ajo që nënkuptohet në fjalën e Allahut: "Ju nuk do të mund të silleni drejt midis grave tuaja, edhe sikur të dëshironi." (En Nisa, 129)
+Dënimi është sipas llojit të veprës; prandaj, kur një burrë anon në këtë botë nga njëra grua më shumë se nga tjetra, ai do të vijë në Ditën e Gjykimit me njërën anë të trupit të tij të varur.
+Rëndësia e respektimit të të drejtave të të tjerëve qëndron në faktin se ato nuk anashkalohen dhe as nuk falen lehtësisht, sepse janë të ndërtuara mbi kërkimin e hollësishëm të së drejtës.
+Preferohet që njeriu ta ketë vetëm një grua, nëse frikësohet se nuk do të mund të sillet drejtësisht me gratë e tij, në mënyrë që të mos bëhet neglizhent në fe. Allahu i Lartësuar thotë:
+“... e, nëse frikësoheni se nuk do të jeni të drejtë ndaj të gjithave njësoj, atëherë mjaftohuni me një grua...” (En Nisa, 3)</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/58125</t>
+  </si>
+  <si>
     <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
   </si>
   <si>
     <t>“Vërtet Allahu umetit tim nuk ia merr në konsideratë ato që u vërtiten në mendje, për sa kohë që nuk i punojnë e nuk i shqiptojnë.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ka thënë: “Vërtet Allahu umetit tim nuk ia merr në konsideratë ato që u vërtiten në mendje, për sa kohë që nuk i punojnë e nuk i shqiptojnë.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon se muslimani nuk merret në llogari për përshpëritjet e këqija të shpirtit që i kalojnë nëpër mendje, përderisa ai nuk vepron sipas tyre ose nuk i shpreh me gojë. Allahu e ka hequr përgjegjësinë dhe ka falur, duke mos e ngarkuar umetin e Muhamedit ﷺ për ato që ndodhen në mendje dhe luhaten në shpirt, përderisa nuk zënë vend dhe nuk janë stabile tek ai. Megjithatë, nëse ato janë stabile në zemrën e tij, bie fjala, mendjemadhësia, arroganca, hipokrizia ose, nëse vepron përmes gjymtyrëve ose flet përmes gojës së tij, atëherë për këto njeriu do të merret në llogari.</t>
   </si>
   <si>
     <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
 الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
 حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
 عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
   </si>
   <si>
     <t>Allahu i Lartmadhëruar nuk e merr në përgjegjësi dhe e fal besimtarin për mendimet që i vijnë shpirtit të tij, për të cilat ai i pëshpërit shpirtit të tij dhe i kalojnë në mendje.
 Nëse njeriu mendon për shkurorëzim dhe kjo i kalon në mendje, por ai nuk e shpreh me fjalë e as nuk e shkruan, atëherë kjo nuk konsiderohet si shkurorëzim.
 Për pëshpëritjet e shpirtit besimtari nuk ngarkohet me mëkat, sado të mëdha të jenë, përderisa nuk janë stabile në zemrën e tij, nuk vepron sipas tyre dhe nuk i shpreh me fjalë.
 Vlera madhështore e umetit të Muhamedit ﷺ, meqë Allahu nuk e merr në llogari për pëshpëritjet e shpirtit, ndryshe nga popujt para nesh.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58144</t>
+  </si>
+  <si>
+    <t>رفع القلم عن ثلاثة: عن النائم حتى يستيقظ، وعن الصبي حتى يحتلم، وعن المجنون حتى يعقل</t>
+  </si>
+  <si>
+    <t>“Lapsi (për shkrimin e mëkateve) është pezulluar për tre persona: për atë që është në gjumë, derisa të zgjohet; për fëmijën, derisa të hyjë në moshën e pubertetit dhe për të çmendurin, derisa t'i kthehet mendja.”</t>
+  </si>
+  <si>
+    <t>عن علي رضي الله عنه عن النبي صلى الله عليه وسلم قال: «رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ».</t>
+  </si>
+  <si>
+    <t>Aliu (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Lapsi (për shkrimin e mëkateve) është pezulluar për tre persona: për atë që është në gjumë, derisa të zgjohet; për fëmijën, derisa të hyjë në moshën e pubertetit dhe për të çmendurin, derisa t'i kthehet mendja.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنَّ التكليفَ لازِمٌ لبني آدم إلا هؤلاء الثلاثة: 
+الطفل الصغير حتى يَكْبُرَ ويَبْلُغ.
+وعن المجنون فاقِدِ العقل حتى يَرجِعَ إليه عقلُه. 
+وعن النائم حتى يَستيقظَ.
+فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith na tregon se njerëzit janë të ngarkuar me obligme fetare, përpos tre prej tyre:
+1. Fëmija i vogël, derisa të rritet dhe ta arrijë moshën e pubertetit.
+2. I çmenduri, të cilit i ka ikur mendja, derisa t'i kthehet ajo.
+3. Ai që është në gjumë, derisa të zgjohet.
+Përgjegjësia për të kryer obligime fetare është hequr prej tyre dhe mëkatet që i bëjnë nuk u shkruhen, por veprat e mira u shkruhen fëmijëve të vegjël, ndryshe nga të çmendurit dhe ata që janë në gjumë, sepse këta të fundit janë në kategorinë e atyre që nuk janë të aftë për të kryer adhurime të vlefshme për shkak të mungesës së vetëdijes.</t>
+  </si>
+  <si>
+    <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
+عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
+للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
+قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
+  </si>
+  <si>
+    <t>Humbja e përgjegjësisë ligjore te njeriu ndodh ose për shkak të gjumit, i cili e privon nga zgjimi për t'i kryer obligimet; ose për shkak të moshës së re dhe fëmijërisë, që e bën të paaftë për përgjegjësi; ose për shkak të çmendurisë, e cila shkakton çrregullime në funksionet mendore ose gjendjeve të ngjashme, siç është dehja. Andaj, kushdo që humb aftësinë për të dalluar dhe për të pasur perceptim të saktë, rrjedhimisht për shkak të ndonjërit prej këtyre tri shkaqeve e humb aftësinë për të qenë përgjegjës për veprimet e tij, atëherë Allahu me drejtësinë, butësinë dhe bujarinë e Tij, ia heq përgjegjësinë - qortimin për çfarëdo lloj gabimi ose mangësie që mund të bëjë në raport me të drejtat e Allahut të Lartësuar.
+Mosshkrimi i mëkateve për ta nuk bie ndesh me vlefshmërinë e disa gjykimeve të kësaj bote për ta. Për shembull, nëse një i çmendur vret dikë, për të nuk ka ndëshkim me hakmarrje e as shlyerje (ar. kefarah), por përgjegjësia për gjakun (dëmshpërblimin) bie mbi familjen e tij të afërt.
+Shenjat e moshës së pubertetit janë tri: dalja e spermës, qoftë përmes ëndrrave, qoftë në forma të tjera; rritja e qimeve në vendet e turpshme dhe mbushja e moshës pesëmbëdhjetëvjeçare. Për femrën shtohet edhe një shenjë e katërt: menstruacionet.
+Subkiu ka thënë: "Sabija (fëmija i vogël) është vetë gulami (fëmija i voglël)." Ndërkaq, të tjerët kanë thënë: "Fëmija kur është në barkun e nënës quhet xhenin (embrion) e, pasi lind, quhet sabij (foshnjë). Pasi të jetë larguar nga gjiri, quhet gulam deri në moshën shtatëvjeçare. Pastaj quhet jafi' (i ri) deri në moshën dhjetëvjeçare. Pastaj hazur deri në moshën pesëmbëdhjetëvjeçare." Megjithatë, gjykimi përfundimtar është se në të gjitha këto faza ai quhet sabij (fëmijë), siç e ka theksuar Sujutiu.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/58148</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>“Kush refuzon t'i bindet prijësit dhe largohet nga muslimanët e unifikuar (në të vërtetën) e pastaj vdes në këtë gjendje, vdekja e tij i ngjan vdekjes së periudhës (së injorancës) paraislame</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Kush refuzon t'i bindet prijësit dhe largohet nga muslimanët e unifikuar (në të vërtetën) e pastaj vdes në këtë gjendje, vdekja e tij i ngjan vdekjes së periudhës (së injorancës) paraislame. Kush lufton nën një flamur të lajthitur, hidhërohet për shkak të fanatizmit fisnor dhe thërret në këtë fanatizëm, ose e përkrah fanatizmin, pastaj vritet në këtë gjendje, vrasja e tij i ngjan vrasjes së periudhës (së injorancës) paraislame. Kush ngrihet kundër umetit tim (të unifikuar që i janë besatuar prijësit), duke sulmuar e vrarë si të keqin ashtu dhe të mirin, duke mos e kursyer fare besimtarin dhe duke mos e mbajtur besatimin me atë (prijës) që i janë besatuar, të tillët nuk janë në mësimet dhe udhëzimin tim, si dhe mësimet e udhëzimi im s'janë me ta.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron se, kush refuzon t'i bindet prijësit dhe largohet nga muslimanët e unifikuar (në të vërtetën) për t'ia dhënë besën prijësit dhe vdes në këtë gjendje, duke refuzuar dhe duke qenë larg bindjes, vdes sikur ata të periudhës së injorancës (para se të vinte Profeti), të cilët nuk i bindeshin asnjë prijësi dhe nuk i bashkoheshin asnjë grupi të vetëm, por, përkundrazi, ishin sekte dhe banda që luftonin njëra-tjetrën.
 Po ashtu Profeti ﷺ tregoi se, kushdo që lufton nën një flamur, në të cilin nuk mund të dallohet e vërteta nga e pavërteta, si dhe zemërohet nga fanatizmi për popullin ose fisin e tij, e jo për ta mbështetur fenë dhe të vërtetën, rrjedhimisht lufton nga fanatizmi e pa mprehtësi dhe dituri, nëse vritet në këtë gjendje, atëherë do të jetë vrasje si në periudhën e injorancës.
 Kushdo që rebelohet kundër umetit (islam) të Profetit ﷺ, e kështu i lufton të devotshmit dhe të prishurit nga umeti i tij; nuk e çan kokën se çfarë bën e nuk i frikësohet dënimit për vrasjen e besimtarëve; nuk i përmbahet besëlidhjes me jobesimtarët ose prijësit, por, përkundrazi, e thyen besëlidhjen e tyre, atëherë ky veprim është një nga mëkatet e mëdha, rrjedhimisht kushdo që e bën këtë, e meriton këtë kërcënim të rëndë.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
@@ -11516,135 +18358,204 @@
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Shkaku i ndalimit të alkoolit është dehja, andaj çdo gjë që deh, çfarëdo qoftë, është haram.
 Allahu i Lartësuar e bëri haram alkoolin, sepse ai përmban dëme dhe rreziqe të mëdha.
 Pirja e alkoolit në Xhenet është pjesë e kënaqësisë dhe lumturisë së plotë.
 Allahu do t'ia ndalojë pirjen e alkoolit në Xhenet atij që nuk heq dorë nga pirja e tij në këtë botë. Kësisoj, ndëshkimi i tij do të jetë  sipas llojit të veprës që ka bërë.
 Duhet të nxitojmë të pendohemi për gjynahet sepse vdekja mund të vijë në çdo çast.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
     <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/58259</t>
   </si>
   <si>
+    <t>جاهدوا المشركين بأموالكم وأنفسكم وألسنتكم</t>
+  </si>
+  <si>
+    <t>“Luftoni kundër idhujtarëve me pasuritë, shpirtrat tuaj dhe me gjuhët tuaja.”</t>
+  </si>
+  <si>
+    <t>عن أنس رضي الله عنه أن النبي صلى الله عليه وسلم قال: «جَاهِدُوا المشركين بأموالكم وأنفسكم وألسنتكم».</t>
+  </si>
+  <si>
+    <t>Enesi (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: “Luftoni kundër idhujtarëve me pasuritë, shpirtrat tuaj dhe me gjuhët tuaja.”</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بجهاد الكفّار، وبَذْلِ الجُهْدِ في مواجهتهم بكل وسيلة على قدر الاستطاعة لتكون كلمة الله هي العليا، ومن ذلك:
+أولًا: إنفاق المال في جهادهم؛ من شراء سلاح ونفقة على المجاهدين ونحو ذلك. 
+ثانيًا: الخروج بالنفس والبدن لملاقاتهم ومدافعتهم. 
+ثالثًا: بدعوتهم لهذا الدين باللسان، وإقامة الحجة عليهم، وزجرهم والرد عليهم.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith urdhëroi të bëhet luftë kundër jobesimtarëve dhe dhënien e çdo mundi për t’u përballur me ta, me të gjitha mjetet e mundshme, sipas mundësive, në mënyrë që fjala e Allahut të jetë më e larta. Kjo përfshin:
+Së pari: Shpenzimin e pasurisë në rrugë të xhihadit kundër tyre, siç është blerja e armëve, furnizimi i luftëtarëve, e të ngjashme.
+Së dyti: Daljen vetë me trupin dhe shpirtin për t’u përballur me ta dhe për t’i mposhtur.
+Së treti: Thirrjen e tyre në Islam me anë të fjalës, ngritjen e argumenteve kundër tyre, qortimin dhe rrëzimin e pretendimeve të tyre.</t>
+  </si>
+  <si>
+    <t>الحث على جهاد المشركين بالنفس والمال واللسان؛ كلٌّ بحسب استطاعته، وأنّ الجهاد لا يَقْتَصِرُ على المقاتلة بالنفس.
+الأمر بالجهاد للوجوب، وقد يكون واجبًا عَيْنيًّا، وقد يكون واجبًا كِفَائيًّا.
+شرع الله الجهاد لأمور منها: أولًا: مقاومة الشرك والمشركين؛ لأن الله لا يقبل الشرك أبدًا، ثانيًا: إزالة العَقَبَات التي تَعْتَرِض سبيل الدعوة إلى الله، ثالثًا: حماية العقيدة من كل ما يُضَادُّها، رابعًا: الدفاع عن المسلمين وعن أوطانهم وأعراضهم وأموالهم.</t>
+  </si>
+  <si>
+    <t>Nxitja për luftë kundër idhujtarëve me shpirt, pasuri dhe fjalë, secili sipas mundësisë së tij, dhe se lufta nuk është e kufizuar vetëm në luftën fizike.
+Urdhri për të bërë luftë tregon se ky veprim është detyrim, i cili mund të jetë detyrim individual (ar. farz ajn) ose detyrim kolektiv (ar. farz kifaje).
+Allahu e ka ligjësuar luftën për disa arsye, ndër të cilat janë:
+ 1. Të kundërshtohet shirku (idhujtaria) dhe idhujtarët, sepse Allahu kurrë nuk e pranon shirkun.
+ 2. Të largohen pengesat që e ndalojnë thirrjen drejt Allahut të Lartësuar. 
+3. Të mbrohet akidja (besimi) nga çdo gjë që e kundërshton atë. 4. Të mbrohen muslimanët, vendet e tyre, nderi dhe pasuritë e tyre.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/64597</t>
+  </si>
+  <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Ai që vret një person që është në besë (të ndonjë muslimani), nuk do ta ndiejë aromën e Xhenetit, ndonëse aroma e tij ndihet dyzet vjet larg</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të!) transmeton se Profeti ﷺ ka thënë: "Ai që vret një person që është në besë (të ndonjë muslimani), nuk do ta ndiejë aromën e Xhenetit, ndonëse aroma e tij ndihet dyzet vjet larg."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith sqaron kërcënimin e rëndë për këdo që vret një person që është në besë (ar. muahed), respektivisht një jobesimtar që hyn në vatrën islame me besëlidhje dhe siguri, se nuk do të ndiejë aromën e Xhenetit, ndonëse aroma e tij ndihet në një distancë prej dyzet vjetësh udhëtimi.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Është e ndaluar vrasja e jomuslimanëve, siç janë: muahedi (personi që është në besë, dhimiu (qytetari jomusliman që jeton në tokën islame) dhe mustemeni (i siguruari) dhe se ky është mëkat i madh.
 Muahed quhet ai jobesimtar të cilit i është marrë besëlidhja dhe banon në vendin e tij: ai nuk i lufton muslimanët dhe ata nuk e luftojnë atë. Dhimiu është ai që vendoset në shtetin e muslimanëve dhe e jep xhizjen (taksën vjetore). Mustemeni është ai që hyn në shtetin e muslimanëve me një besëlidhje dhe siguri për një kohë të caktuar.
 Paralajmërim kundër tradhtisë ndaj besëlidhjeve me jomuslimanët.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/64637</t>
   </si>
   <si>
+    <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
+  </si>
+  <si>
+    <t>I Dërguari i Allahut ﷺ ka ndaluar kafshët e egra që kanë dhëmbë shqyes dhe shpendët që kanë kthetra shqyese (ngrënien e mishit të tyre)</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
+  </si>
+  <si>
+    <t>Ibn Abasi (Allahu qoftë i kënaqur me të) ka thënë: "I Dërguari i Allahut ﷺ ka ndaluar kafshët e egra që kanë dhëmbë shqyes dhe shpendët që kanë kthetra shqyese (ngrënien e mishit të tyre)."</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن أكْلِ كلِّ سَبُعٍ من الحيوانات المُفْتَرِسَة التي تَصِيْد بواسطة نابِها، وعن أَكْلِ كلِّ طَيْرٍ يَقْطَع ويُمْسِكُ بمِخْلَبِهِ.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e ndaloi ngrënien e çdo kafshe grabitqare që gjuan me dhëmbë, si dhe ngrënien e çdo shpendi që shqyen dhe kap me kthetra.</t>
+  </si>
+  <si>
+    <t>حرص الإسلام على الطيِّبات في كل شيء من المأكل والمشرب وغيرها.
+الأصل في الأطعمة الحِلّ؛ إلا ما دلَّ الدليل على تحريمه.</t>
+  </si>
+  <si>
+    <t>Islami u kushtoi kujdes të madh gjërave të këndshme, qofshin ushqime, pije e gjëra të tjera.
+Në parim ushqimet janë hallall, përveç nëse argumenti fetar tregon se është haram.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/64643</t>
+  </si>
+  <si>
     <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ e mallkoi atë që jep ryshfet dhe atë që merr ryshfet për të ndikuar në ndonjë vendim të caktuar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>Ebu Hurerja (Allahu qoftë i kënaqur me të!) tregon: "I Dërguari i Allahut ﷺ e mallkoi atë që jep ryshfet dhe atë që merr ryshfet për të ndikuar në ndonjë vendim të caktuar."</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith bëri lutje për dëbim dhe largim nga mëshira e Allahut të Lartmadhëruar për ata që japin ryshfet dhe ata që marrin ryshfet.
 Kjo përfshin atë që u paguhet gjyqtarëve për të qenë të padrejtë në vendimin që ata japin, në mënyrë që dhuruesi të arrijë atë që dëshiron, pa të drejtë.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Ndalohet dhënia e ryshfetit, marrja, ndërmjetësimi në ryshfet e ndihma në këtë vepër, sepse kjo është bashkëpunim në të kotën.
 Ryshfeti është prej mëkateve të mëdha, sepse i Dërguari i Allahut  ﷺ e mallkoi marrësin dhe dhënësin e tij.
 Ryshfeti në fushën e gjykatësisë dhe gjykimit është krimi më i madh dhe mëkati më i rëndë, për shkak të padrejtësisë dhe gjykimit me diçka tjerët pos asaj që ka zbritur Allahut.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/64689</t>
   </si>
   <si>
     <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>“Islami është ngritur mbi pesë shtylla</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
-    <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Islami është ngritur mbi pesë shtylla: Mbi dëshminë se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi ﷺ është i Dërguari i Tij, faljen e namazit, dhënien e zekatit, kryerjen e haxhit dhe agjërimin e Ramazanit.”</t>
+    <t>Abdullah ibn Omeri (Allahu qoftë i kënaqur me të dy!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Islami është ngritur mbi pesë shtylla: Mbi dëshminë se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi ﷺ është i Dërguari i Tij, faljen e namazit, dhënien e zekatit, kryerjen e haxhit dhe agjërimin e Ramazanit.”</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
-    <t>Në këtë hadith, Profeti ﷺ e krahasoi Islamin me një ndërtesë të fortë, e cila i ka pesë shtyllat që e bartin atë, si dhe pjesa tjetër e karakteristikave të Islamit janë si plotësim i kësaj ndërtese. E para nga këto shtylla janë dy dëshmitë: dëshmia se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është i Dërguari i Tij. Këto dyja konsiderohen një shtyllë: janë të pandashme nga njëra-tjetra. Robi i shqipton, duke e pranuar të qenët e Allahut Një dhe se Ai është meritor të adhurohet, e askush pos Tij nuk e meriton këtë gjë, si dhe duke vepruar sipas kërkesave të tyre, duke besuar në mesazhin e Muhamedit ﷺ  dhe duke e ndjekur atë. Shtylla e dytë: falja e namazit. Janë pesë namaze farz (të detyrueshme) gjatë ditës e natës: sabahu, dreka, ikindia, akshami dhe jacia, të cilat duhet të falen sipas kushteve, shtyllave dhe obligimeve të tyre. Shtylla e tretë: dhënia e zekatit të detyrueshëm. Ai është një adhurim i detyrueshëm financiar për çdo pasuri që arrin një shumë të caktuar sipas ligjit islam, e cila u jepet atyre që e meritojnë. Shtylla e katërt: haxhillëku. Ai nënkupton shkuarjen në Mekë për t'i kryer ritualet e haxhillëkut, si shenjë adhurmi ndaj Allahut të Lartësuar. Shtylla e pestë: agjërimi i Ramazanit. Ai nënkupton largimin nga ngrënia, pija dhe gjërat e tjera që prishin agjërimin, me qëllim të adhurimit ndaj Allahut, nga agimi deri në perëndim të Diellit.</t>
+    <t>Në këtë hadith, Profeti ﷺ e krahasoi Islamin me një ndërtesë të fortë, e cila i ka pesë shtyllat që e bartin atë, si dhe pjesa tjetër e karakteristikave të Islamit janë si plotësim i kësaj ndërtese. E para nga këto shtylla janë dy dëshmitë: dëshmia se s'ka të adhuruar të denjë përveç Allahut dhe se Muhamedi është i Dërguari i Tij. Këto dyja konsiderohen një shtyllë: janë të pandashme nga njëra-tjetra. Robi i shqipton, duke e pranuar të qenët e Allahut Një dhe se Ai është meritor të adhurohet, e askush pos Tij nuk e meriton këtë gjë, si dhe duke vepruar sipas kërkesave të tyre, duke besuar në mesazhin e Muhamedit ﷺ  dhe duke e ndjekur atë. Shtylla e dytë: falja e namazit. Janë pesë namaze farz (të detyrueshme) gjatë ditës e natës: sabahu, dreka, ikindia, akshami dhe jacia, të cilat duhet të falen sipas kushteve, shtyllave dhe obligimeve të tyre. Shtylla e tretë: dhënia e zekatit të detyrueshëm. Ai është një adhurim i detyrueshëm financiar për çdo pasuri që arrin një shumë të caktuar sipas ligjit islam, e cila u jepet atyre që e meritojnë. Shtylla e katërt: haxhillëku. Ai nënkupton shkuarjen në Mekë për t'i kryer ritualet e haxhillëkut, si shenjë adhurimi ndaj Allahut të Lartësuar. Shtylla e pestë: agjërimi i Ramazanit. Ai nënkupton largimin nga ngrënia, pija dhe gjërat e tjera që prishin agjërimin, me qëllim të adhurimit ndaj Allahut, nga agimi deri në perëndim të Diellit.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>Dy dëshmitë janë të pandashme nga njëra-tjetra, kështu që nuk saktësohet njëra pa tjetrën, prandaj i llogariti si një shtyllë e vetme.
 Dy dëshmitë janë themeli i fesë dhe asnjë fjalë e vepër nuk është e pranueshme pa ato.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65000</t>
   </si>
   <si>
     <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Kushdo prej jush që sheh ndonjë të keqe, le ta ndryshojë me dorën e tij, e, nëse nuk mundet, atëherë me gjuhën e tij, e, nëse nuk mundet as kështu, atëherë me zemrën e tij, por ky është imani më i dobët</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ebu Seid el Hudriu (Allahu qoftë i kënaqur me të!) përcillet se e ka dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Kushdo prej jush që sheh ndonjë të keqe, le ta ndryshojë me dorën e tij, e, nëse nuk mundet, atëherë me gjuhën e tij, e, nëse nuk mundet as kështu, atëherë me zemrën e tij, por ky është imani më i dobët."</t>
   </si>
   <si>
@@ -11806,56 +18717,50 @@
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Mikdam ibn Madijekribi (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: "Nuk është e largët koha kur ndonjë personi t'i arrijë hadithi nga unë, ndërkohë ai, duke qenë i mbështetur në kolltukun e tij, të thotë: "Mes nesh dhe jush është Libri i Allahut: çfarë gjejmë në të hallall, e konsiderojmë hallall, e çfarë gjejmë në të haram, e konsiderojmë haram. Atë që e bën haram i Dërguari i Allahut ﷺ është sikurse ta bënte haram Allahu."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith na tregon se është afruar koha kur disa njerëzve do t'u arrijë hadithi i Profetit ﷺ duke qenë ulur, kurse ndonjëri prej tyre, kur t'i arrijë hadithi, duke qenë i shtrirë në shtrat, do të thotë: "Ai që bën gjykimin mes nesh dhe jush në çështjet (fetare) është Kurani i Madhërishëm, sepse ai na mjafton: çdo gjë që e gjejmë hallall në të, e veprojmë, sikundërqë çdo gjë që e gjejmë haram në të, largohemi prej saj. Pastaj Profeti ﷺ sqaroi se çdo gjë që ai e bëri haram ose e ndaloi në Sunetin e tij, ajo gjë, sa i përket vendimit fetar, është sikurse ajo që Allahu e bëri haram në Librin e Tij, sepse ai është kumtues nga Zoti i tij.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Madhërimi i Sunetit, ashtu siç madhërohet Kurani dhe veprimi sipas tij.
 Bindja ndaj Profetit është bindje ndaj Allahut dhe kundërshtimi i tij është kundërshtim i Allahut të Lartësuar.
 Pohimi se Suneti është burim bazë që merret si argument dhe kundërpërgjgjja ndaj atyre që i refuzojnë hadithet.
 Kushdo që ia kthen shpinën Sunetit dhe pretendon se Kurani i mjafton, është larguar prej të dyve dhe gënjen duke pretenduar se e ndjek Kuranin.
 Një nga treguesit e profecisë së Pejgamberit ﷺ është kur të tregojë për diçka që do të ndodhë në të ardhmen dhe ndodh ashtu siç ka treguar.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[رواه أبو داود والترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65005</t>
   </si>
   <si>
     <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>"O i Dërguari i Allahut, nuk kam lënë asnjë gjynah të vogël e të madh pa e kryer." Ai i tha: "A nuk dëshmon se nuk ka Zot tjetër përveç Allahut që meriton adhurimin dhe se Muhamedi është i Dërguari i Allahut?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Enesi (Allahu qoftë i kënaqur me të!) tregon: Një burrë erdhi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut, nuk kam lënë asnjë gjynah të vogël e të madh pa e kryer." Ai i tha: "A nuk dëshmon se nuk ka Zot tjetër përveç Allahut që meriton adhurimin dhe se Muhamedi është i Dërguari i Allahut?" Ai e përsëriti pyetjen tri herë. Ai iu përgjigj: "Po." Kështu, Profeti ﷺ i tha: "Kjo i mund (shlyen) ato."</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Një burrë erdhi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut, unë i kam bërë të gjitha mëkatet dhe nuk kam lënë pa bërë asnjë mëkat të vogël e as të madh! A më falen mëkatet? Profeti ﷺ i tha: "A nuk dëshmon se nuk ka Zot tjetër përveç Allahut që meriton adhurimin dhe se Muhamedi është i Dërguari i Allahut?" Këtë ia përsëriti tri herë. Ai u përgjigj: "Po." Profeti ﷺ ia tregoi vlerën e shehadetit: se ai i shlyen të këqijat dhe se pendimi i shlyen gjynahet e kaluara.</t>
@@ -13155,57 +20060,51 @@
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Profeti ﷺ ishte i ulur në mesin e shokëve të tij dhe tha: "Kjo është koha kur njerëzve u ngrihet dhe u hiqet dituria." Zijad ibn Lebid Ensariu (Allahu qoftë i kënaqur me të!) u habit dhe e pyeti Profetin ﷺ: Si mund të ngrihet e të humbet dituria, kur ne kemi lexuar Kuran dhe e kemi mësuar përmendsh?! Pasha Allahun, ne do ta lexojmë dhe do t'ua mësojmë grave dhe fëmijëve tanë dhe fëmijët tanë do t'ua mësojnë fëmijëve të tyre. Profeti ﷺ i tha i habitur: "Të humbtë nëna, o Zijad! Unë të numëroja si një nga dijetarët e banorëve të Medinës!" Pastaj Profeti ﷺ ia sqaroi se humbja e diturisë nuk është duke e humbur (harruar) Kuranin, por humbja e diturisë do të thotë të humbet jetësimi i tij. Ja, këta janë Tevrati dhe Ungjilli te hebrenjtë dhe te të krishterët, mirëpo, nuk u ka sjellë dobi, as nuk kanë përfituar nga qëllimi (i zbritjes së) tyre, që është jetësimi i asaj që e mësuan.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Prania e mushafëve dhe librave në duart e njerëzve nuk sjell dobi, nëse nuk jetësohen (porositë e tyre).
 Ngritja dhe zhdukja e diturisë mund të bëhet përmes disa gjërave, prej të cilave janë: vdekja e Profetit ﷺ, vdekja e dijetarëve dhe mosjetësimi i diturisë.
 Prej shenjave të Kiametit është zhdukja e diturisë dhe mosjetësimi i saj.
 Inkurajimi për ta jetësuar diturinë, sepse ky është qëllimi i saj.</t>
   </si>
   <si>
-    <t>صحيح لغيره</t>
-[...1 lines deleted...]
-  <si>
     <t>رواه ابن ماجه</t>
-  </si>
-[...1 lines deleted...]
-    <t>[Hadithi është sahih li-gajrihi]</t>
   </si>
   <si>
     <t>[E shënon Ibn Maxhe]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65045</t>
   </si>
   <si>
     <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>Mos u besoni ithtarëve të Librit e as mos i përgënjeshtroni, por: “Thoni: “Ne besojmë në Allahun, në atë që na është shpallur neve (Kuranin)...”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) tregon: "Ithtarët e Librit e lexonin Tevratin hebraisht dhe ua komentonin muslimanëve në arabisht." I Dërguari i Allahut ﷺ tha: “Mos u besoni ithtarëve të Librit e as mos i përgënjeshtroni, por: “Thoni: “Ne besojmë në Allahun, në atë që na është shpallur neve (Kuranin)...” (El Bekare, 136)</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
@@ -14760,92 +21659,164 @@
     <t>se Profeti ﷺ ndërmjet dy sexhdeve thoshte: "Rabbigfirlij, rabbigfirlij!</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>Hudhejfja (Allahu qoftë i kënaqur me të!) tregon se Profeti ﷺ ndërmjet dy sexhdeve thoshte: "Rabbigfirlij, rabbigfirlij!"</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>Kur Profeti ﷺ ulej ndërmjet dy sexhdeve, thoshte: "Rabbigfirlij, rabbigfirlij!", dhe e përsëriste.
 Kuptimi i frazës: "Rabigfirlij" është: kërkesa e robit drejtuar Zotit të tij, që t'ia fshijë gjynahet dhe t'ia mbulojë të metat.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Kjo lutje është e ligjshme të thuhet ndërmjet dy sexhdeve në namazin farz (obligativ) dhe në atë nafile (vullnetar).
 Është e rekomanduar të përsëritet fraza: "Rabbigfirlij", ndërsa obligim është të thuhet vetëm një herë.</t>
   </si>
   <si>
-    <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65104</t>
   </si>
   <si>
     <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>Ai është një shejtan që quhet Hinzeb. Kur ta vëresh praninë e tij, kërko mbrojtjen e Allahut kundrejt tij dhe pështyj tri herë lehtë nga ana jote e majtë!</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>Othman ibn Ebul-Asi (Allahu qoftë i kënaqur me të) shkoi te Profeti ﷺ dhe i tha: "O i Dërguari i Allahut! Shejtani po ndërhyn mes meje e namazit dhe leximit tim nga Kurani, si dhe po m'i ngatërron." Profeti ﷺ i tha: "Ai është një shejtan që quhet Hinzeb. Kur ta vëresh praninë e tij, kërko mbrojtjen e Allahut kundrejt tij dhe pështyj tri herë lehtë nga ana jote e majtë!" 
 Më pas Othmani tha: "Ashtu veprova dhe Allahu ma largoi atë."</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>Othman ibn Ebul-Asi (Allahu qoftë i kënaqur me të!) shkoi te Profeti ﷺ dhe i tha: "O i Dërguar i Allahut, shejtani ka ndërhyrë mes meje e namazit tim dhe më ka penguar që të jem i përkushtuar, si dhe ma ngatërroi leximin e (Kuranit) dhe më bëri të dyshoja." Atëherë i Dërguari i Allahut ﷺ i tha: "Ky është një shejtan, që quhet Hinzeb, andaj, nëse e vëren praninë e tij, kërko strehim tek Allahu që të të ruajë prej tij, si dhe fryj tri herë në anën tënde të majtë me pak pështymë." Othmani tha: "Veprova siç më urdhëroi Profeti ﷺ dhe Allahu ma largoi atë."</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Rëndësia e përkushtimit dhe përshpirtshmërisë gjatë namazit,  dhe se shejtani përpiqet ta shpërqendrojë (namazliun) dhe të hedhë dyshime mbi të.
 Rekomandohet të kërkojmë mbrojtje tek Allahu, të na ruajë nga shejtani, kur ai pëshpërit gjatë namazit, si dhe të pështyjmë në të majtë tri herë.
 Sqarimi i gjendjes në të cilën ishin sahabët (Allahu qoftë i kënaqur me ta!), sepse ata ktheheshin te Profeti ﷺ në lidhje me problemet që u ndodhnin, në mënyrë ai t'ua zgjidhte.
 Zemrat e sahabëve kishin gjallëri dhe brenga e tyre ishte ahireti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65105</t>
+  </si>
+  <si>
+    <t>إن الله لا يقبل من العمل إلا ما كان له خالصا، وابتغي به وجهه</t>
+  </si>
+  <si>
+    <t>Vërtet Allahu nuk pranon asnjë vepër, përveç asaj që bëhet sinqerisht për Të dhe përmes saj synohet Fytyra e Tij</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي أُمَامَةَ الْبَاهِلِيِّ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ رَجُلًا غَزَا يَلْتَمِسُ الْأَجْرَ وَالذِّكْرَ، مَا لَهُ؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» فَأَعَادَهَا ثَلَاثَ مَرَّاتٍ، يَقُولُ لَهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» ثُمَّ قَالَ: «إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ»</t>
+  </si>
+  <si>
+    <t>Ebu Umame Bahiliu (Allahu qoftë i kënaqur me të!) transmeton: "Një njeri erdhi te Profeti ﷺ dhe i tha: "Çfarë mendon për një njeri që lufton për të kërkuar shpërblim dhe famë: çfarë do të ketë?" I Dërguari i Allahut ﷺ tha: “Ai nuk do të ketë asgjë.” Ai e përsëriti tri herë dhe Profeti ﷺ i thoshte: “Ai nuk do të ketë asgjë.” Pastaj Profeti ﷺ tha: "Vërtet Allahu nuk pranon asnjë vepër, përveç asaj që bëhet sinqerisht për Të dhe përmes saj synohet Fytyra e Tij."</t>
+  </si>
+  <si>
+    <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
+  </si>
+  <si>
+    <t>Një njeri erdhi te Profeti ﷺ për ta pyetur dhe për të kërkuar fetva rreth vendimit për një njeri që del në betejë dhe në xhihad, duke kërkuar shpërblim nga Allahu dhe duke dëshiruar lavdërim e falënderim nga njerëzit se a do të marrë i tilli shpërblim? Kështu, i Dërguari i Allahut ﷺ iu përgjigj se ai nuk do të ketë shpërblim, sepse i ka bërë shok Allahut në qëllimin e tij. Personi në fjalë ia përsëriti pyetjen Profetit ﷺ tri herë dhe Profeti ﷺ iu përgjigj e ia konfirmonte të njëjtën përgjigje: "Ai nuk do të ketë shpërblim." Pastaj Profeti ﷺ ia tregoi rregullën për pranimin e veprave nga Allahu: "Allahu nuk pranon asnjë vepër, përveç nëse ato janë të sinqerta për Të, pa i shoqëruar asgjë, si dhe ato me të cilat synohet Fytyra e Tij."</t>
+  </si>
+  <si>
+    <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
+أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
+تأكيد الأمر العظيم بتكرار السؤال عنه.
+المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
+  </si>
+  <si>
+    <t>Allahu i pranon vetëm ato vepra që janë të sinqerta për Të, sipas udhëzmit të Profetit të Tij ﷺ.
+Përgjigja e mirë që e jep myftiu është që ajo fetva (përgjigje fetare) ta përmbushë qëllimin e pyetësit dhe jo vetëm.
+Theksimi i një çështjeje të rëndësishme bëhet duke përsëritur pyetjen rreth saj.
+Luftëtari i vërtetë është ai që lufton që fjala e Allahut të jetë më e larta dhe që e kërkon shpërblimin e botës tjetër me qëllim të sinqertë, e jo që lufta e tij të jetë për çështje të kësaj bote.</t>
+  </si>
+  <si>
+    <t>رواه النسائي</t>
+  </si>
+  <si>
+    <t>[E shënon Nesaiu]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/65107</t>
+  </si>
+  <si>
+    <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
+  </si>
+  <si>
+    <t>“Ai që është i kënaqur me Allahun për Zot, Islamin për fe dhe Muhamedin ﷺ për të Dërguar e ka shijuar ëmbëlsinë e imanit.”</t>
+  </si>
+  <si>
+    <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
+  </si>
+  <si>
+    <t>Abas ibn Abdulmutalibi (Allahu qoftë i kënaqur me të!) transmeton se e ka dëgjuar të Dërguarin e Allahut të thotë: “Ai që është i kënaqur me Allahun për Zot, Islamin për fe dhe Muhamedin ﷺ për të Dërguar e ka shijuar ëmbëlsinë e imanit.”</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
+أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
+ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
+ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith na tregon se besimtari i sinqertë në besimin e tij, zemra e të cilit është e qetësuar me këtë besim, do të ndiejë dhe do të përjetojë në zemrën e tij kënaqësi shpirtërore, gjerësi, lumturi, ëmbëlsi dhe shije imanore për shkak të afërsisë me Allahun e Lartësuar, për sa kohë që është i kënaqur me këto tri gjëra:
+Së pari: të jetë i kënaqur me Allahun për Zot, që do të thotë që zemra e tij të jetë e qetësuar dhe e kënaqur ndaj gjithçkaje që vjen nga Allahu, sipas zotërueshmërisë së Tij hyjnore në ndarjen e furnizimeve dhe gjendjeve. Kësisoj, ai nuk duhet të ndiejë asnjë kundërshtim në zemrën e tij ndaj caktimeve të Allahut dhe nuk duhet të kërkojë ndonjë Zot tjetër përveç Tij.
+Së dyti: të jetë i kënaqur me Islamin për fe, që do të thotë që zemra e tij të jetë e qetësuar ndaj detyrimeve dhe obligimeve që përmban Islami dhe të mos kërkojë rrugë tjetër përveç rrugës së Islamit.
+Së treti: të jetë i kënaqur me Muhamedin ﷺ për të Dërguar, që do të thotë që zemra e tij të jetë e qetësuar dhe e gëzuar me gjithçka që ka sjellë ai, pa asnjë hezitim e dyshim, dhe të ndjekë vetëm atë që është në përputhje me udhëzimin e tij ﷺ.</t>
+  </si>
+  <si>
+    <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
+الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
+الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
+قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
+  </si>
+  <si>
+    <t>Besimi ka një ëmbëlsi dhe shije që shijohet përmes zemrës, ashtu siç shijohet ëmbëlsia e ushqimit dhe pijes përmes gojës.
+Trupi nuk e gjen ëmbëlsinë e ushqimit dhe pijes, përveçse kur është i shëndetshëm, po ashtu, nëse zemra është e shëndoshë nga sëmundja e epsheve devijuese dhe e dëshirave të ndaluara, ajo do ta gjejë ëmbëlsinë e besimit. E, sa herë që sëmuret, nuk do ta gjejë ëmbëlsinë e besimit, përkundrazi, mund t'i konsiderojë si të këndshme epshet dhe mëkatet që do ta shkatërrojnë atë.
+Nëse njeriu është i kënaqur me diçka dhe e konsideron atë të mirë, atëherë ajo do t'i lehtësohet dhe asgjë prej tyre nuk do t'i duket e vështirë, si dhe do të jetë i kënaqur me gjithçka që ka sjellë feja. Po kështu, nëse hyn besimi në zemrën e robit, nënshtrimi ndaj Zotit të tij do të jetë i lehtë për të, shpirti i tij do të kënaqet dhe vështirësitë e mundimet e tij do të jenë të lehta.
+Ibn Kajimi ka thënë: "Ky hadith përfshin kënaqësinë me zotërueshmërinë e Allahut dhe të qenët e Tij i denjë për t'u adhuruar dhe kënaqësinë me të Dërguarin e Tij, nënshtrimin ndaj tij, si dhe kënaqësinë me fenë e Tij dhe dorëzimin ndaj saj."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/65116</t>
   </si>
   <si>
     <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
   </si>
   <si>
     <t>“Ai që i ka këto katër tipare është hipokrit i kulluar. Ndërkaq, ai që ka vetëm njërin prej tyre, ka një prej tipareve të hipokrizisë, derisa ta braktisë atë. Ato janë: kur flet, gënjen; kur bën marrëveshje, tradhton; kur premton, nuk e mban premtimin, si dhe kur polemizon, bëhet i pasjellshëm</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
   </si>
   <si>
     <t>Abdullah ibën Amri (Allahu qoftë i kënaqur me të!) tregon se i Dërguari i Allahut ﷺ ka thënë: “Ai që i ka këto katër tipare është hipokrit i kulluar. Ndërkaq, ai që ka vetëm njërin prej tyre, ka një prej tipareve të hipokrizisë, derisa ta braktisë atë. Ato janë: kur flet, gënjen; kur bën marrëveshje, tradhton; kur premton, nuk e mban premtimin, si dhe kur polemizon, bëhet i pasjellshëm."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith ka paralajmëruar për katër tipare, të cilat, nëse bashkohen te një musliman, do t'u shëmbëllente shumë hipokritëve, për shkak të këtyre tipareve. Kjo vlen për ata te të cilët mbizotërojnë këto tipare. E, sa u përket atyre te të cilët këto tipare janë të rralla, nuk përfshihen në këtë hadith. Këto tipare janë:
 E para: kur flet, qëllimisht gënjen dhe nuk thotë të vërtetën në bisedim.
 E dyta: kur bën një marrëveshje, nuk e përmbush atë dhe e tradhton personin me të cilin ka bërë marrëveshje.
@@ -14898,50 +21869,233 @@
 قال ابن رجب: هذا الحديث أصل من أصول الأدب.
 الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
 الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
 يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
   </si>
   <si>
     <t>Islami i njerëzve dallon nga njëri tek tjetri, dhe ai bëhet më i bukur me disa vepra të caktuara.
 Lënia e fjalëve dhe veprave të kota dëshmon për islamin e përsosur të njeriut.
 Inkurajimi për t’u marrë me atë që i përket njeriut nga çështjet e fesë dhe jetës së tij; kështu që, nëse nga përsosmëria e Islamit të njeriut është lënia e asaj që nuk i përket, atëherë nga përsosmëria e tij është edhe angazhimi me atë që i përket.
 Ibën Kajjimi (Allahu e pastë mëshiruar!) ka thënë: "Profeti ﷺ e ka përmbledhur të gjithë devotshmërinë (ar. el Veru) në një fjali të vetme, kur ka thënë: "Ndër shenjat e Islamit të mirë të një njeriu është lënia e gjërave që nuk i përkasin." Kjo përfshin lënien e asaj që nuk i përket, qofshin fjalë, shikim, dëgjim, veprime me duar, ecje, mendime dhe të gjitha lëvizjet e dukshme dhe të padukshme. Kjo është një fjalë shteruese për çështjen e devotshmërisë.”
 Ibën Rexhebi ka thënë: "Ky hadith është një prej parimeve themelore të edukatës.”
 Inkurajimi për të kërkuar dituri, sepse me të njeriu njeh çfarë i përket dhe çfarë nuk i përket.
 Urdhri për të bërë  mirë dhe ndalimi nga e keqja, si dhe këshilla e sinqertë, janë gjëra që i përkasin njeriut, sepse ai është i urdhëruar që t'i bëjë ato.
 Në kuptimin e përgjithshëm të hadithit përfshihet largimi nga ajo që nuk i përket njeriut, nga ato gjëra që Allahu i Lartësuar i ka ndaluar, dhe ato që Profeti ﷺ i ka urryer, si dhe nga ato çështje të botës tjetër që nuk i nevojiten besimtarit, si: forma reale e gjërave të fshehta (të gajbit) dhe detajet e urtësive të krijimit dhe urdhrit hyjnor. Këtu përfshihen edhe pyetjet dhe kërkimet mbi çështjet imagjinare ose të supozuara që nuk kanë ndodhur ose që pothuajse nuk ndodhin ndonjëherë ose që është e paimagjinueshme se do të ndodhin ndonjëherë.</t>
   </si>
   <si>
     <t>رواه الترمذي وغيره</t>
   </si>
   <si>
     <t>[رواه الترمذي وغيره]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/65255</t>
   </si>
   <si>
+    <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
+  </si>
+  <si>
+    <t>“Mes dy ezaneve (ezanit dhe ikametit) ka namaz. Mes dy ezaneve ka namaz.” - Pastaj, herën e tretë, tha: - “Për atë që dëshiron.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Mugafeli (Allahu qoftë i kënaqur me ta!) transmeton se Profeti ﷺ ka thënë: “Mes dy ezaneve (ezanit dhe ikametit) ka namaz. Mes dy ezaneve ka namaz.” - Pastaj, herën e tretë, tha: - “Për atë që dëshiron.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ në këtë hadith e bëri të qartë se ndërmjet çdo ezani e ikameti ka namazi vullnetar dhe këtë e përsëriti tri herë. Herën e tretë tha se kjo është e rekomanduar për këdo që dëshiron të falet.</t>
+  </si>
+  <si>
+    <t>استحباب الصلاة بين الأذان والإقامة.
+هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
+المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
+الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
+  </si>
+  <si>
+    <t>Është e rekomanduar të falet namaz ndërmjet ezanit dhe ikametit.
+Ishte udhëzim i Profetit ﷺ që (ndonjëherë) ta përsëriste fjalën tri herë. Kjo, për t'ia bërë të mundshme dëgjuesit ta dëgjojë dhe për ta shpërfaqur rëndësinë e asaj që po e thotë.
+Me frazën "dy ezane" është për qëllim ezani dhe ikameti. Kështu përdoret në gjuhën arabe. Sikur dy hënat, që janë për qëllim Dielli dhe Hëna dhe dy Omerët, që janë për qëllim Ebu Bekri dhe Omeri.
+Ezani është lajmërim për hyrjen e kohës së namazit, kurse ikameti është lajmërim për kohën e kryerjes së namazit.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/65479</t>
+  </si>
+  <si>
+    <t>إذا مات الإنسان انقطع عنه عمله إلا من ثلاثة: إلا من صدقة جارية، أو علم ينتفع به، أو ولد صالح يدعو له</t>
+  </si>
+  <si>
+    <t>“Kur të vdesë njeriu, i ndërpriten (shpërblimet për) veprat, përveç tri veprave: lëmoshës rrjedhëse, dijes prej së cilës kanë dobi (njerëzit) dhe fëmijës së mirë që lutet për të.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ».</t>
+  </si>
+  <si>
+    <t>Ebu Hurejra (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Kur të vdesë njeriu, i ndërpriten (shpërblimet për) veprat, përveç tri veprave: lëmoshës rrjedhëse, dijes prej së cilës kanë dobi (njerëzit) dhe fëmijës së mirë që lutet për të.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ عملَ الميتِ ينقطع بموته، فلا تحصل له الحسنات بعد موته إلا في هذه الأشياء الثلاثة؛ لكونه كان سببَها: 
+الأول: الصدقة التي يَجْري ثوابُها ويدوم، غير المُنقَطِع كالوقف، وبناء المساجد، وحفر الآبار، وغير ذلك.
+الثاني: العلم الذي يَنتفِعُ به الناس، كتصنيف كتب العلم، أو كأنْ يُعَلِّمَ شخصًا، فيقوم ذلك الشخص بنشر ذلك العلم بعد موته.
+الثالث: الولد الصالح المؤمن يدعو لوالديه.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ ka treguar në këtë hadith se të vdekurit i ndërpriten veprat me vdekjen e tij, kështu që ai nuk merr vepra të mira pas vdekjes, përveçse këto tri vepra, sepse ishte shkaktar për to:
+E para: lëmosha, shpërblimi i së cilës është i vazhdueshëm dhe i rrjedhshëm, pa ndërprerje, si: vakëfet, ndërtimi i xhamive, hapja e puseve etj.
+E dyta: dituria që u bën dobi njerëzve, bie fjala, përpilimi i librave të diturisë ose mësimi i dikujt, ku ky person pastaj e përhap atë dituri pas vdekjes së tij.
+E treta: një fëmijë i mirë dhe besimtar që lutet për prindërit e tij.</t>
+  </si>
+  <si>
+    <t>أجمع أهل العلم على أنّ مما يَلْحَقُ الإنسانَ بعد موته من الثواب: الصدقة الجارية، والعلم الذي ينتفع به، والدعاء، وورد في الأحاديث الأخرى: الحج أيضًا.
+خص هذه الثلاثة بالذكر في هذا الحديث؛ لأنها أصول الخير، وأغلب ما يقصد أهل الفضل بقاءَه بعدهم.
+كل علم يُنتَفَع به فإنه يحصل له الأجر، لكن على رأسها وقمَّتِها العلمُ الشرعي والعلوم المساندة له.
+العلم أنفع هذه الثلاث؛ لأن العلم ينتفع به الإنسان الذي يتعلمه، العلم فيه حفظ الشريعة، فيه نفع الخلق عمومًا، وهو أشمل وأعم لأنه يتعلم من علمك الموجود في حياتك والموجود بعد وفاتك.
+الحث على تربية الأولاد الصالحين؛ فهم الذين ينفعون والديهم في الآخرة، ومِن نَفْعِهم أنهم يدعون لهم.
+الحث على الإحسان إلى الوالدين بعد موتهما، وهو أيضا من البر الذي يستفيد الولد منه.
+الدعاء ينفع الميت ولو كان من غير الولد، ولكن خص الولد بالذكر لأنه الذي يستمر في الدعاء للشخص غالبًا إلى أن يموت هو.</t>
+  </si>
+  <si>
+    <t>Dijetarët janë pajtuar njëzëri se ndër shpërblimet që merr njeriu pas vdekjes janë: lëmosha rrjedhëse, dituria e dobishme dhe lutja. Në hadithe të tjera është përmendur edhe haxhillëku.
+Këto tri vepra janë përmendur në mënyrë specifike në këtë hadith, sepse ato janë themelet e mirësisë dhe shumica e asaj që bamirësit synojnë të mbeten pas tyre.
+Çdo dituri që është e dobishme shpërblehet, por në krye dhe në majë të tyre është dituria e fesë dhe shkencat që e mbështesin atë.
+Dituria është prej veprave më të dobishme nga këto tria, sepse dituria i sjell dobi njeriut që e mëson atë: përmes diturisë ruhet feja, ajo u sjell dobi njerëzve në përgjithësi dhe ajo është më gjithëpërfshirëse dhe e përgjithshme, sepse muslimani përfiton gjatë kësaj jete dhe pas vdekjes.
+Inkurajimi për të edukuar fëmijët që të bëhen të mirë, sepse ata u bëjnë dobi prindërve në botën tjetër e nga këto dobi është se luten për ta.
+Inkurajimi që t'u bëjmë mirë prindërve pas vdekjes së tyre, ku kjo në fakt është edhe mirësi prej së cilës përfiton vetë fëmija.
+Lutja i bën dobi të vdekurit, edhe nëse ai nuk është fëmija i vet, por fëmija është specifikuar në hadith, sepse ai është që në vazhdimësi lutet për prindërit, derisa vetë të vdesë.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/65566</t>
+  </si>
+  <si>
+    <t>يا رسول الله، إن أم سعد ماتت، فأي الصدقة أفضل؟، قال: الماء، قال: فحفر بئرا، وقال: هذه لأم سعد</t>
+  </si>
+  <si>
+    <t>O i Dërguari i Allahut! Nëna e Sadit (nëna ime) ka vdekur: cila është sadaka më e mirë (për të)?" - "Uji", - tha Profeti ﷺ. Kështu, hapi një bunar dhe tha: "Ky është për nënën e Sadit</t>
+  </si>
+  <si>
+    <t>عن سعد بن عبادة رضي الله عنه أنه قال: يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ.</t>
+  </si>
+  <si>
+    <t>Sad ibn Ubade (Allahu qoftë i kënaqur me të!) transmeton se ka thënë: "O i Dërguari i Allahut! Nëna e Sadit (nëna ime) ka vdekur: cila është sadaka më e mirë (për të)?" - "Uji", - tha Profeti ﷺ. Kështu, hapi një bunar dhe tha: "Ky është për nënën e Sadit."</t>
+  </si>
+  <si>
+    <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
+  </si>
+  <si>
+    <t>Nëna e Sad ibn Ubades (Allahu qoftë i kënaqur me të!) vdiq, kështu që ai e pyeti Profetin ﷺ për llojin më të mirë të sadakasë për ta dhënë në emër të nënës së tij, e Profeti ﷺ i tha: "Sadakaja më e mirë është uji, prandaj hapi një pus dhe e la si sadaka për nënën e tij."</t>
+  </si>
+  <si>
+    <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
+أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
+الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
+بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
+  </si>
+  <si>
+    <t>Sqarimi se uji është prej llojeve më të mira të sadakasë.
+Profeti ﷺ e udhëzoi Sadin të japë ujë sadaka, sepse është më i dobishëm për çështjet fetare e të kësaj bote dhe për shkak të nxehtësisë së madhe, nevojës dhe mungesës së ujit.
+Ky hadith është argument se shpërblimet e sadakave u arrijnë të vdekurve.
+Respekti dhe bamirësia që Sad ibn Ubade (Allahu qoftë i kënaqur me të!) tregoi me nënën e tij (Allahu qoftë i kënaqur me të!).</t>
+  </si>
+  <si>
+    <t>حسن بمجموع طرقه</t>
+  </si>
+  <si>
+    <t>[حسن بمجموع طرقه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/65613</t>
+  </si>
+  <si>
+    <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
+  </si>
+  <si>
+    <t>“Besimtari nuk është fyes e as mallkues i madh, as i pandershëm e as fjalëndyrë.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Mesudi (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Besimtari nuk është fyes e as mallkues i madh, as i pandershëm e as fjalëndyrë.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ tregoi në këtë hadith se nuk i ka hije një besimtari besimplotë që t'i poshtërojë njerëzit në lidhje me prejardhjen e tyre, as të ofendojë e të mallkojë shpesh, e as të jetë i pandershëm në vepra ose fjalë, e të mos ketë turp fare.</t>
+  </si>
+  <si>
+    <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
+الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
+قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
+  </si>
+  <si>
+    <t>Mohimi i besimit në tekstet e fesë mund të jetë vetëm për shkak të një veprimi të ndaluar ose braktisjes së një obligimi.
+Inkurajimi për ruajtjen e gjymtyrëve dhe mbrojtjen e tyre nga e keqja, veçanërisht gjuhën.
+Sindiu ka thënë: "Përdorimi i formës së ekzagjeruar në këtë hadith në fjalët: "ofendon shumë" dhe: "mallkon shumë", tregon se, nëse ofendimi dhe mallkimi ndodhin nga besimtari pak ose ndonjëherë ndaj atyre që i meritojnë këto gjëra, kjo nuk e nënkupton që thënësi i këtyre fjalëve të mos quhet edhe më tej besimtar."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/65869</t>
+  </si>
+  <si>
+    <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
+  </si>
+  <si>
+    <t>“Mjerë thembrat (që do të preken) nga Zjarri! Përsoseni abdesin.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Amri (Allahu qoftë i kënaqur me të dy!) tregon: "Teksa po ktheheshim me të Dërguarin e Allahut ﷺ nga Meka në Medinë, kaluam pranë ujit përgjatë rrugës. Në kohën e ikindisë, një pjesë e njerëzve nxituan dhe morën abdes me nguti. Kur arritëm tek ata, pamë se thembrat i kishin pasur të terura dhe nuk ua kishte përshkuar uji. Atëherë i Dërguari i Allahut ﷺ tha: “Mjerë thembrat (që do të preken) nga Zjarri! Përsoseni abdesin.”</t>
+  </si>
+  <si>
+    <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
+  </si>
+  <si>
+    <t>Profeti ﷺ udhëtoi nga Meka në Medinë së bashku me shokët e tij dhe gjatë rrugës gjetën ujë. Disa sahabë nxituan për të marrë abdes për namazin e ikindisë, aq sa themrat e tyre dukeshin se janë të teruara dhe nuk i kishte përshkuar uji, me ç'rast Profeti ﷺ tha: "Do të ketë dënim dhe shkatërrim në Zjarr për ata që tregohen të mangët teksa i lajnë këmbët e tyre kur marrin abdes", kështu që i urdhëroi që të marrin abdes sipas rregullave dhe ta përsosin atë.</t>
+  </si>
+  <si>
+    <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
+وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
+أهمية تعليم الجاهل وإرشاده.
+العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
+قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
+  </si>
+  <si>
+    <t>Është obligim larja e këmbëve gjatë abdesit, se, nëse fshirja do të ishte e lejuar, ai që e lë thembrën pa larë, nuk do të kërcënohej me Zjarr.
+Është obligim të përfshihen me ujë të gjitha pjesët që janë të parapara për t'u larë, kështu që kushdo që me dashje ose nga  pakujdesia lë një pjesë të vogël të asaj që është obligim për t'u pastruar, namazi i tij nuk është i vlefshëm.
+Rëndësia e mësimit dhe udhëzimit të të paditurit.
+Dijetari ndalon dhe tërheq vërejtjen në mënyrë të duhur, nëse sheh se obligimet ose veprat e pëlqyeshme po lihen pas dore.
+Muhamed Ishak Dehleviu ka thënë: "Përsosja e avdesit është trellojëshe: (1) e detyrueshme (farz), që është larja duke e përfshirë tërësisht vendin një herë, (2) sunet, që është larja e gjymtyrëve nga tri herë, dhe (3) e pëlqyeshme, që është larja e gjymtyrëve nga tri herë dhe duke i larë ato edhe më shumë se ç'është e përcaktuar.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/sq/browse/hadith/66392</t>
+  </si>
+  <si>
     <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
   </si>
   <si>
     <t>“Allahu ka caktuar për ju detyra, andaj mos i shpërfillni, ka vënë kufij, ndaj mos i tejkaloni, ka ndaluar disa gjëra, kështu që mos i shkelni, si dhe ka heshtur kundrejt disa gjërave në formë mëshire për ju, e jo për shkak të harresës, prandaj mos i gjurmoni.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
   </si>
   <si>
     <t>Ebu Thalebe Husheniu, Xhurthum ibën Nashir (Allahu qoftë i kënaqur me të!) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Allahu ka caktuar për ju detyra, andaj mos i shpërfillni, ka vënë kufij, ndaj mos i tejkaloni, ka ndaluar disa gjëra, kështu që mos i shkelni, si dhe ka heshtur kundrejt disa gjërave në formë mëshire për ju, e jo për shkak të harresës, prandaj mos i gjurmoni.”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
   </si>
   <si>
     <t>Profeti ﷺ në këtë hadith tregon  se Allahu ka vendosur obligime dhe ka caktuar detyra, ndaj përmbajuni atyre dhe mos i neglizhoni duke i lënë pas dore apo duke u treguar të pakujdesshëm ndaj tyre. Ai ka vendosur për ju norma frenuese dhe parandaluese që t’ju parandalojnë e t’ju frenojnë nga ato gjëra që Ai nuk i pëlqen, ndaj mos shtoni mbi to më shumë sesa ka urdhëruar sheriati. Gjithashtu ka ndaluar disa gjëra, kështu që mos i bëni dhe mos iu afroni atyre. Ndërsa për gjërat e tjera, për të cilat ka heshtur dhe i ka lënë pa përmendur, këtë e ka bërë nga mëshira për robërit e Tij, ndaj ato mbeten të lejuara mbi bazën se gjërat janë të lejuara në origjinë, kështu që mos hulumtoni për to!</t>
   </si>
   <si>
     <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
 تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
 أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
 حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
 وجوب المحافظة على فرائض الله تعالى.
 تحريم التعدي على حدود الله تعالى.</t>
   </si>
@@ -15146,51 +22300,51 @@
     <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
   </si>
   <si>
     <t>Nga Ebu Hurejra Abdurrahman ibën Sahri (Allahu qoftë i kënaqur me të!) përcillet se thënë: "E kam dëgjuar të Dërguarin e Allahut ﷺ duke thënë: "Kur t'ju ndaloj nga diçka, largohuni prej saj, kurse atë që jua urdhëroj, bëjeni, aq sa keni mundësi, ngase ata që ishin para jush janë shkatërruar për shkak të pyetjeve të shumta dhe kundërshtimit ndaj të dërguarve të tyre."</t>
   </si>
   <si>
     <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
 ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
   </si>
   <si>
     <t>I Dërguari i Allahut ﷺ na ka sqaruar se kur na ndalon nga diçka, është detyrë për ne ta shmangim atë pa përjashtim, sikundër që, kur na urdhëron për diçka, duhet ta bëjmë atë sipas mundësisë. Pastaj na paralajmëroi që të mos bëhemi si disa nga popujt e mëparshëm, të cilët i shtronin shumë pyetje të dërguarve të tyre, duke i kundërshtuar ata; kështu Allahu i ndëshkoi me lloje të ndryshme shkatërrimi dhe dëmtimi. Prandaj, nuk duhet të jemi si ata, e të shkatërrohemi ashtu siç ata u shkatërruan.</t>
   </si>
   <si>
     <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
 النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
 ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
 لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
 كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
   </si>
   <si>
     <t>Hadithi shërben si një rregull për të përkufizuar obligimin në përmbushjen e urdhrave dhe qëndrimin larg ndalesave.
 Sa i takon ndalesave, nuk lejohet të veprohet asgjë prej tyre, ndërsa sa i takon urdhëresave, ato janë specifikuar me mundësinë për t'i kryer. Sepse largimi e braktisja e ndalesave është brenda mundësisë njerëzore, ndërsa veprimi i urdhëresave ka nevojë për fuqi e aftësi për ta kryer.
-Ndalimi i pyetjeve të shumta. Dijetarët i kanë ndarë pyetjet në dy pjesë: 1. Pyetje që bëhen me qëllim për të mësuar çështjet e nevojshme të fesë; këto pyetje jemi urdhëruar t'i bëjmë, të kësaj natyre qenë pyetjet që sahabët i bënin Pejgamberit(paqja qoftë mbi të). 2. Pyetje që bëhen në formën e kokëfortësisë dhe ekzagjerimit; kjo kategori e pyetjeve është e ndaluar.
+Ndalimi i pyetjeve të shumta. Dijetarët i kanë ndarë pyetjet në dy pjesë: 1. Pyetje që bëhen me qëllim për të mësuar çështjet e nevojshme të fesë; këto pyetje jemi urdhëruar t'i bëjmë, të kësaj natyre qenë pyetjet që sahabët i bënin Pejgamberit (paqja qoftë mbi të). 2. Pyetje që bëhen në formën e kokëfortësisë dhe ekzagjerimit; kjo kategori e pyetjeve është e ndaluar.
 Ky umet është paralajmëruar që të mos e kundërshtojë Profetin ﷺ, siç ndodhi në popujt e kaluar.
 Gjërat e ndaluara përfshijnë sasitë e vogla dhe sasitë e mëdha njëkohësisht, ngase braktisja e një ndalese nuk mund të realizohet vetëm se kur braktiset në sasi të vogla dhe në sasi të mëdha. Për shembull, Allahu na e ka ndaluar kamatën dhe kjo ndalesë përfshinë edhe sasitë e vogla të kamatës edhe sasitë e mëdha.
 Lënia e shkaqeve apo mjeteve që çojnë tek gjërat e ndaluara, sepse kjo bën pjesë në kuptimin e shmangies.
 Njeriu, nëse e dëgjon urdhrin e të Dërguarit ﷺ, nuk duhet të thotë: "A është i detyrueshëm apo i rekomandueshëm?", -bazuar në fjalën e tij-: "...bëjeni aq sa keni mundësi."
 Pyetjet e shumta janë shkak për shkatërrim, sidomos në çështjet ku nuk mund të arrijë dijenia jonë, si p.sh. çështjet e fshehta dhe forma e ngjarjeve të Ditës së Kiametit. Mos e tepro me pyetje rreth tyre, ndryshe do të shkatërrohesh dhe do të bëhesh pjesë e ekzagjeruesve dhe ekstremistëve.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/sq/browse/hadith/66517</t>
   </si>
   <si>
     <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë:||“Vërtet Allahu është i Mirë dhe pranon vetëm atë që është e mirë. Ai u ka urdhëruar besimtarëve atë që u ka urdhëruar të dërguarve, duke thënë: “O të dërguar! Hani të lejuarat dhe bëni vepra të mira!” (Kuran, 23:51) Si dhe: “O besimtarë! Hani ushqimet e lejuara që jua kemi dhënë.” (Kuran, 2:172) Pastaj, (Profeti) përmendi një njeri që kishte udhëtuar gjatë, flokëshprishur e i pluhurosur, kishte ngritur duart lart duke thënë: 'O Zot! O Zot!' Ndërkohë, ushqimi i tij ishte haram, pija e tij ishte haram, veshja e tij ishte haram, ishte ushqyer me haram! E si t'i pranohet lutja?!”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
   </si>
   <si>
     <t>Ebu Hurejra (Allahu qoftë i kënaqur me të) transmeton se i Dërguari i Allahut ﷺ ka thënë: “Vërtet Allahu është i Mirë dhe pranon vetëm atë që është e mirë. Ai u ka urdhëruar besimtarëve atë që u ka urdhëruar të dërguarve, duke thënë: “O të dërguar! Hani të lejuarat dhe bëni vepra të mira!” (Kuran, 23:51) Si dhe: “O besimtarë! Hani ushqimet e lejuara që jua kemi dhënë.” (Kuran, 2:172) Pastaj, (Profeti) përmendi një njeri që kishte udhëtuar gjatë, flokëshprishur e i pluhurosur, kishte ngritur duart lart duke thënë: 'O Zot! O Zot!' Ndërkohë, ushqimi i tij ishte haram, pija e tij ishte haram, veshja e tij ishte haram, ishte ushqyer me haram! E si t'i pranohet lutja?!”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
 ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
 أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
@@ -16096,51 +23250,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O435"/>
+  <dimension ref="A1:O626"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -16299,20256 +23453,29233 @@
       </c>
       <c r="I5" t="s">
         <v>46</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>47</v>
       </c>
       <c r="L5" t="s">
         <v>26</v>
       </c>
       <c r="M5" t="s">
         <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
-        <v>2941</v>
+        <v>2932</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>51</v>
       </c>
       <c r="D6" t="s">
         <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>53</v>
       </c>
       <c r="F6" t="s">
         <v>54</v>
       </c>
       <c r="G6" t="s">
         <v>55</v>
       </c>
       <c r="H6" t="s">
         <v>56</v>
       </c>
       <c r="I6" t="s">
         <v>57</v>
       </c>
       <c r="J6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L6" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M6" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
-        <v>2945</v>
+        <v>2941</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F7" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H7" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="I7" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>25</v>
       </c>
       <c r="L7" t="s">
         <v>26</v>
       </c>
       <c r="M7" t="s">
         <v>27</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8">
-        <v>2962</v>
+        <v>2945</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D8" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E8" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F8" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G8" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="H8" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>25</v>
       </c>
       <c r="L8" t="s">
         <v>26</v>
       </c>
       <c r="M8" t="s">
         <v>27</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
-        <v>2969</v>
+        <v>2949</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F9" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G9" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="H9" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="I9" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>25</v>
       </c>
       <c r="L9" t="s">
         <v>26</v>
       </c>
       <c r="M9" t="s">
         <v>27</v>
       </c>
       <c r="N9" t="s">
         <v>28</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10">
-        <v>2985</v>
+        <v>2960</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="F10" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="G10" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="H10" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="I10" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
         <v>25</v>
       </c>
       <c r="L10" t="s">
         <v>26</v>
       </c>
       <c r="M10" t="s">
         <v>27</v>
       </c>
       <c r="N10" t="s">
         <v>28</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11">
-        <v>2997</v>
+        <v>2961</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D11" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E11" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="G11" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="H11" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="I11" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
         <v>25</v>
       </c>
       <c r="L11" t="s">
         <v>26</v>
       </c>
       <c r="M11" t="s">
         <v>27</v>
       </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
-        <v>3007</v>
+        <v>2962</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D12" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E12" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="F12" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="G12" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H12" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="I12" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>3010</v>
+        <v>2969</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C13" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D13" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E13" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F13" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G13" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="H13" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I13" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>25</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
         <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>3013</v>
+        <v>2971</v>
       </c>
       <c r="B14" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C14" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E14" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F14" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G14" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="H14" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="I14" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>25</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
         <v>27</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>3014</v>
+        <v>2985</v>
       </c>
       <c r="B15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F15" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G15" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H15" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="I15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
         <v>27</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>3017</v>
+        <v>2986</v>
       </c>
       <c r="B16" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C16" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D16" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E16" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F16" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G16" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H16" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I16" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
-        <v>151</v>
+        <v>27</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>3029</v>
+        <v>2997</v>
       </c>
       <c r="B17" t="s">
         <v>153</v>
       </c>
       <c r="C17" t="s">
         <v>154</v>
       </c>
       <c r="D17" t="s">
         <v>155</v>
       </c>
       <c r="E17" t="s">
         <v>156</v>
       </c>
       <c r="F17" t="s">
         <v>157</v>
       </c>
       <c r="G17" t="s">
         <v>158</v>
       </c>
       <c r="H17" t="s">
         <v>159</v>
       </c>
       <c r="I17" t="s">
         <v>160</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>25</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3031</v>
+        <v>3007</v>
       </c>
       <c r="B18" t="s">
         <v>162</v>
       </c>
       <c r="C18" t="s">
         <v>163</v>
       </c>
       <c r="D18" t="s">
         <v>164</v>
       </c>
       <c r="E18" t="s">
         <v>165</v>
       </c>
       <c r="F18" t="s">
         <v>166</v>
       </c>
       <c r="G18" t="s">
         <v>167</v>
       </c>
       <c r="H18" t="s">
         <v>168</v>
       </c>
       <c r="I18" t="s">
         <v>169</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L18" t="s">
         <v>26</v>
       </c>
       <c r="M18" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3033</v>
+        <v>3010</v>
       </c>
       <c r="B19" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C19" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E19" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F19" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G19" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="H19" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="I19" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
         <v>25</v>
       </c>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
         <v>27</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3037</v>
+        <v>3013</v>
       </c>
       <c r="B20" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C20" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D20" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E20" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F20" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="G20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="H20" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="I20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3044</v>
+        <v>3014</v>
       </c>
       <c r="B21" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C21" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D21" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E21" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="F21" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="G21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="H21" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3053</v>
+        <v>3017</v>
       </c>
       <c r="B22" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C22" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D22" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E22" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F22" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="G22" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H22" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="I22" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>112</v>
+        <v>208</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
-        <v>113</v>
+        <v>209</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3061</v>
+        <v>3018</v>
       </c>
       <c r="B23" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C23" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D23" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E23" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="F23" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="G23" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="H23" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="I23" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3062</v>
+        <v>3029</v>
       </c>
       <c r="B24" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C24" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D24" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="E24" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="F24" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="G24" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="H24" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="I24" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>224</v>
+        <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
-        <v>225</v>
+        <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3071</v>
+        <v>3031</v>
       </c>
       <c r="B25" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C25" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D25" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="E25" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F25" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="G25" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="H25" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="I25" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3075</v>
+        <v>3033</v>
       </c>
       <c r="B26" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C26" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D26" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="E26" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="F26" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G26" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="H26" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="I26" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
         <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3078</v>
+        <v>3037</v>
       </c>
       <c r="B27" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C27" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D27" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="E27" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F27" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="G27" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H27" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="I27" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3079</v>
+        <v>3044</v>
       </c>
       <c r="B28" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C28" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D28" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E28" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F28" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="G28" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="H28" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I28" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>3086</v>
+        <v>3045</v>
       </c>
       <c r="B29" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C29" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D29" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="E29" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="F29" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="G29" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H29" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="I29" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="J29" t="s">
-        <v>24</v>
+        <v>273</v>
       </c>
       <c r="K29" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L29" t="s">
-        <v>26</v>
+        <v>275</v>
       </c>
       <c r="M29" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>3088</v>
+        <v>3053</v>
       </c>
       <c r="B30" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C30" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="D30" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="E30" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="F30" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="G30" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="H30" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="I30" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>3095</v>
+        <v>3060</v>
       </c>
       <c r="B31" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="C31" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="D31" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="E31" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="F31" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="G31" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="H31" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="I31" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>3096</v>
+        <v>3061</v>
       </c>
       <c r="B32" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="C32" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="D32" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="E32" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="F32" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="G32" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="H32" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="I32" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>3103</v>
+        <v>3062</v>
       </c>
       <c r="B33" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="C33" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="D33" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="E33" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="F33" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="G33" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="H33" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="I33" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>25</v>
+        <v>313</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>27</v>
+        <v>314</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>3104</v>
+        <v>3063</v>
       </c>
       <c r="B34" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="C34" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="D34" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="E34" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="F34" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="G34" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="H34" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="I34" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>3107</v>
+        <v>3071</v>
       </c>
       <c r="B35" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="C35" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="D35" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="E35" t="s">
-        <v>320</v>
+        <v>328</v>
       </c>
       <c r="F35" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="G35" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="H35" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="I35" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>3110</v>
+        <v>3075</v>
       </c>
       <c r="B36" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="C36" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="D36" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="E36" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="F36" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="G36" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="H36" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="I36" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>3127</v>
+        <v>3078</v>
       </c>
       <c r="B37" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="C37" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="D37" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="E37" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="F37" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="G37" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="H37" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="I37" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>3135</v>
+        <v>3079</v>
       </c>
       <c r="B38" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="C38" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="D38" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="E38" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="F38" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="G38" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="H38" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="I38" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>3138</v>
+        <v>3086</v>
       </c>
       <c r="B39" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="C39" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="D39" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="E39" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="F39" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="G39" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="H39" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="I39" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>3144</v>
+        <v>3087</v>
       </c>
       <c r="B40" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="C40" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="D40" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="E40" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="F40" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="G40" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="H40" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="I40" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>25</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>27</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>3150</v>
+        <v>3088</v>
       </c>
       <c r="B41" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="D41" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="E41" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="F41" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="G41" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="H41" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="I41" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>3156</v>
+        <v>3095</v>
       </c>
       <c r="B42" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="C42" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="D42" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="E42" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="F42" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="G42" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="H42" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="I42" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>3220</v>
+        <v>3096</v>
       </c>
       <c r="B43" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="C43" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="D43" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="E43" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="F43" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="G43" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="H43" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="I43" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>3267</v>
+        <v>3103</v>
       </c>
       <c r="B44" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="C44" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="D44" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="G44" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="H44" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="I44" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>3272</v>
+        <v>3104</v>
       </c>
       <c r="B45" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="C45" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="D45" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="E45" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="F45" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="G45" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
       <c r="H45" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
       <c r="I45" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>3279</v>
+        <v>3107</v>
       </c>
       <c r="B46" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="C46" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="D46" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
       <c r="E46" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="F46" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="G46" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="H46" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="I46" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>424</v>
+        <v>432</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>3298</v>
+        <v>3110</v>
       </c>
       <c r="B47" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="C47" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="D47" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="E47" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="F47" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="G47" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="H47" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="I47" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>3310</v>
+        <v>3122</v>
       </c>
       <c r="B48" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="C48" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="D48" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="E48" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="F48" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="G48" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="H48" t="s">
-        <v>440</v>
+        <v>448</v>
       </c>
       <c r="I48" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="J48" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K48" t="s">
-        <v>25</v>
+        <v>451</v>
       </c>
       <c r="L48" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M48" t="s">
-        <v>27</v>
+        <v>453</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>3313</v>
+        <v>3127</v>
       </c>
       <c r="B49" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="C49" t="s">
-        <v>444</v>
+        <v>456</v>
       </c>
       <c r="D49" t="s">
-        <v>445</v>
+        <v>457</v>
       </c>
       <c r="E49" t="s">
-        <v>446</v>
+        <v>458</v>
       </c>
       <c r="F49" t="s">
-        <v>447</v>
+        <v>459</v>
       </c>
       <c r="G49" t="s">
-        <v>448</v>
+        <v>460</v>
       </c>
       <c r="H49" t="s">
-        <v>449</v>
+        <v>461</v>
       </c>
       <c r="I49" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>451</v>
+        <v>463</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>3316</v>
+        <v>3135</v>
       </c>
       <c r="B50" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
       <c r="C50" t="s">
-        <v>453</v>
+        <v>465</v>
       </c>
       <c r="D50" t="s">
-        <v>454</v>
+        <v>466</v>
       </c>
       <c r="E50" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
       <c r="F50" t="s">
-        <v>456</v>
+        <v>468</v>
       </c>
       <c r="G50" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="H50" t="s">
-        <v>458</v>
+        <v>470</v>
       </c>
       <c r="I50" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>3317</v>
+        <v>3138</v>
       </c>
       <c r="B51" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
       <c r="C51" t="s">
-        <v>462</v>
+        <v>474</v>
       </c>
       <c r="D51" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
       <c r="E51" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="F51" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
       <c r="G51" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="H51" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="I51" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>469</v>
+        <v>170</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
-        <v>470</v>
+        <v>171</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>3330</v>
+        <v>3142</v>
       </c>
       <c r="B52" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="C52" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="D52" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="E52" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="F52" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="G52" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="H52" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="I52" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>3331</v>
+        <v>3143</v>
       </c>
       <c r="B53" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
       <c r="C53" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="E53" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="F53" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="G53" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="H53" t="s">
-        <v>487</v>
+        <v>497</v>
       </c>
       <c r="I53" t="s">
-        <v>488</v>
+        <v>498</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>3336</v>
+        <v>3144</v>
       </c>
       <c r="B54" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="C54" t="s">
-        <v>491</v>
+        <v>501</v>
       </c>
       <c r="D54" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="E54" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="F54" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="G54" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="H54" t="s">
-        <v>496</v>
+        <v>506</v>
       </c>
       <c r="I54" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>498</v>
+        <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
-        <v>499</v>
+        <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>3339</v>
+        <v>3145</v>
       </c>
       <c r="B55" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="C55" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="D55" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="E55" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="F55" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
       <c r="G55" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="H55" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="I55" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>509</v>
+        <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
-        <v>510</v>
+        <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>3341</v>
+        <v>3150</v>
       </c>
       <c r="B56" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="C56" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="D56" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="E56" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="F56" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="G56" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="H56" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="I56" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>3342</v>
+        <v>3153</v>
       </c>
       <c r="B57" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="C57" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="D57" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="F57" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="G57" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="H57" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="I57" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>3347</v>
+        <v>3156</v>
       </c>
       <c r="B58" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="C58" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="D58" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="E58" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="F58" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="G58" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="H58" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="I58" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>3348</v>
+        <v>3157</v>
       </c>
       <c r="B59" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="C59" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="D59" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="E59" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="F59" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="G59" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="H59" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="I59" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>3350</v>
+        <v>3159</v>
       </c>
       <c r="B60" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="C60" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="D60" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="E60" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="F60" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="G60" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="H60" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="I60" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="J60" t="s">
-        <v>556</v>
+        <v>450</v>
       </c>
       <c r="K60" t="s">
-        <v>557</v>
+        <v>59</v>
       </c>
       <c r="L60" t="s">
-        <v>558</v>
+        <v>452</v>
       </c>
       <c r="M60" t="s">
-        <v>559</v>
+        <v>61</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>3352</v>
+        <v>3220</v>
       </c>
       <c r="B61" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C61" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D61" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="E61" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F61" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="G61" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="H61" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="I61" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="J61" t="s">
-        <v>569</v>
+        <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>570</v>
+        <v>25</v>
       </c>
       <c r="L61" t="s">
+        <v>26</v>
+      </c>
+      <c r="M61" t="s">
+        <v>27</v>
+      </c>
+      <c r="N61" t="s">
+        <v>28</v>
+      </c>
+      <c r="O61" t="s">
         <v>571</v>
-      </c>
-[...7 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>3354</v>
+        <v>3236</v>
       </c>
       <c r="B62" t="s">
+        <v>572</v>
+      </c>
+      <c r="C62" t="s">
+        <v>573</v>
+      </c>
+      <c r="D62" t="s">
         <v>574</v>
       </c>
-      <c r="C62" t="s">
+      <c r="E62" t="s">
         <v>575</v>
       </c>
-      <c r="D62" t="s">
+      <c r="F62" t="s">
         <v>576</v>
       </c>
-      <c r="E62" t="s">
+      <c r="G62" t="s">
         <v>577</v>
       </c>
-      <c r="F62" t="s">
+      <c r="H62" t="s">
         <v>578</v>
       </c>
-      <c r="G62" t="s">
+      <c r="I62" t="s">
         <v>579</v>
       </c>
-      <c r="H62" t="s">
+      <c r="J62" t="s">
+        <v>24</v>
+      </c>
+      <c r="K62" t="s">
         <v>580</v>
       </c>
-      <c r="I62" t="s">
+      <c r="L62" t="s">
+        <v>26</v>
+      </c>
+      <c r="M62" t="s">
         <v>581</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>3355</v>
+        <v>3267</v>
       </c>
       <c r="B63" t="s">
         <v>583</v>
       </c>
       <c r="C63" t="s">
         <v>584</v>
       </c>
       <c r="D63" t="s">
         <v>585</v>
       </c>
       <c r="E63" t="s">
         <v>586</v>
       </c>
       <c r="F63" t="s">
         <v>587</v>
       </c>
       <c r="G63" t="s">
         <v>588</v>
       </c>
       <c r="H63" t="s">
         <v>589</v>
       </c>
       <c r="I63" t="s">
         <v>590</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>3359</v>
+        <v>3272</v>
       </c>
       <c r="B64" t="s">
         <v>592</v>
       </c>
       <c r="C64" t="s">
         <v>593</v>
       </c>
       <c r="D64" t="s">
         <v>594</v>
       </c>
       <c r="E64" t="s">
         <v>595</v>
       </c>
       <c r="F64" t="s">
         <v>596</v>
       </c>
       <c r="G64" t="s">
         <v>597</v>
       </c>
       <c r="H64" t="s">
         <v>598</v>
       </c>
       <c r="I64" t="s">
         <v>599</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>469</v>
+        <v>170</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>470</v>
+        <v>171</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>3361</v>
+        <v>3279</v>
       </c>
       <c r="B65" t="s">
         <v>601</v>
       </c>
       <c r="C65" t="s">
         <v>602</v>
       </c>
       <c r="D65" t="s">
         <v>603</v>
       </c>
       <c r="E65" t="s">
         <v>604</v>
       </c>
       <c r="F65" t="s">
         <v>605</v>
       </c>
       <c r="G65" t="s">
         <v>606</v>
       </c>
       <c r="H65" t="s">
         <v>607</v>
       </c>
       <c r="I65" t="s">
         <v>608</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>3365</v>
+        <v>3285</v>
       </c>
       <c r="B66" t="s">
         <v>610</v>
       </c>
       <c r="C66" t="s">
         <v>611</v>
       </c>
       <c r="D66" t="s">
         <v>612</v>
       </c>
       <c r="E66" t="s">
         <v>613</v>
       </c>
       <c r="F66" t="s">
         <v>614</v>
       </c>
       <c r="G66" t="s">
         <v>615</v>
       </c>
       <c r="H66" t="s">
         <v>616</v>
       </c>
       <c r="I66" t="s">
         <v>617</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>3366</v>
+        <v>3298</v>
       </c>
       <c r="B67" t="s">
         <v>619</v>
       </c>
       <c r="C67" t="s">
         <v>620</v>
       </c>
       <c r="D67" t="s">
         <v>621</v>
       </c>
       <c r="E67" t="s">
         <v>622</v>
       </c>
       <c r="F67" t="s">
         <v>623</v>
       </c>
       <c r="G67" t="s">
         <v>624</v>
       </c>
       <c r="H67" t="s">
         <v>625</v>
       </c>
       <c r="I67" t="s">
         <v>626</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>3372</v>
+        <v>3310</v>
       </c>
       <c r="B68" t="s">
         <v>628</v>
       </c>
       <c r="C68" t="s">
         <v>629</v>
       </c>
       <c r="D68" t="s">
         <v>630</v>
       </c>
       <c r="E68" t="s">
         <v>631</v>
       </c>
       <c r="F68" t="s">
         <v>632</v>
       </c>
       <c r="G68" t="s">
         <v>633</v>
       </c>
       <c r="H68" t="s">
         <v>634</v>
       </c>
       <c r="I68" t="s">
         <v>635</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>3373</v>
+        <v>3313</v>
       </c>
       <c r="B69" t="s">
         <v>637</v>
       </c>
       <c r="C69" t="s">
         <v>638</v>
       </c>
       <c r="D69" t="s">
         <v>639</v>
       </c>
       <c r="E69" t="s">
         <v>640</v>
       </c>
       <c r="F69" t="s">
         <v>641</v>
       </c>
       <c r="G69" t="s">
         <v>642</v>
       </c>
       <c r="H69" t="s">
         <v>643</v>
       </c>
       <c r="I69" t="s">
         <v>644</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>3375</v>
+        <v>3316</v>
       </c>
       <c r="B70" t="s">
         <v>646</v>
       </c>
       <c r="C70" t="s">
         <v>647</v>
       </c>
       <c r="D70" t="s">
         <v>648</v>
       </c>
       <c r="E70" t="s">
         <v>649</v>
       </c>
       <c r="F70" t="s">
         <v>650</v>
       </c>
       <c r="G70" t="s">
         <v>651</v>
       </c>
       <c r="H70" t="s">
         <v>652</v>
       </c>
       <c r="I70" t="s">
         <v>653</v>
       </c>
       <c r="J70" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>498</v>
+        <v>47</v>
       </c>
       <c r="L70" t="s">
-        <v>558</v>
+        <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>499</v>
+        <v>48</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>3381</v>
+        <v>3317</v>
       </c>
       <c r="B71" t="s">
         <v>655</v>
       </c>
       <c r="C71" t="s">
         <v>656</v>
       </c>
       <c r="D71" t="s">
         <v>657</v>
       </c>
       <c r="E71" t="s">
         <v>658</v>
       </c>
       <c r="F71" t="s">
         <v>659</v>
       </c>
       <c r="G71" t="s">
         <v>660</v>
       </c>
       <c r="H71" t="s">
         <v>661</v>
       </c>
       <c r="I71" t="s">
         <v>662</v>
       </c>
       <c r="J71" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>498</v>
+        <v>451</v>
       </c>
       <c r="L71" t="s">
-        <v>558</v>
+        <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>499</v>
+        <v>453</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>3383</v>
+        <v>3330</v>
       </c>
       <c r="B72" t="s">
         <v>664</v>
       </c>
       <c r="C72" t="s">
         <v>665</v>
       </c>
       <c r="D72" t="s">
         <v>666</v>
       </c>
       <c r="E72" t="s">
         <v>667</v>
       </c>
       <c r="F72" t="s">
         <v>668</v>
       </c>
       <c r="G72" t="s">
         <v>669</v>
       </c>
       <c r="H72" t="s">
         <v>670</v>
       </c>
       <c r="I72" t="s">
         <v>671</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
+        <v>25</v>
+      </c>
+      <c r="L72" t="s">
+        <v>26</v>
+      </c>
+      <c r="M72" t="s">
+        <v>27</v>
+      </c>
+      <c r="N72" t="s">
+        <v>28</v>
+      </c>
+      <c r="O72" t="s">
         <v>672</v>
-      </c>
-[...10 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>3384</v>
+        <v>3331</v>
       </c>
       <c r="B73" t="s">
+        <v>673</v>
+      </c>
+      <c r="C73" t="s">
+        <v>674</v>
+      </c>
+      <c r="D73" t="s">
         <v>675</v>
       </c>
-      <c r="C73" t="s">
+      <c r="E73" t="s">
         <v>676</v>
       </c>
-      <c r="D73" t="s">
+      <c r="F73" t="s">
         <v>677</v>
       </c>
-      <c r="E73" t="s">
+      <c r="G73" t="s">
         <v>678</v>
       </c>
-      <c r="F73" t="s">
+      <c r="H73" t="s">
         <v>679</v>
       </c>
-      <c r="G73" t="s">
+      <c r="I73" t="s">
         <v>680</v>
       </c>
-      <c r="H73" t="s">
+      <c r="J73" t="s">
+        <v>24</v>
+      </c>
+      <c r="K73" t="s">
+        <v>25</v>
+      </c>
+      <c r="L73" t="s">
+        <v>26</v>
+      </c>
+      <c r="M73" t="s">
+        <v>27</v>
+      </c>
+      <c r="N73" t="s">
+        <v>28</v>
+      </c>
+      <c r="O73" t="s">
         <v>681</v>
-      </c>
-[...19 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>3389</v>
+        <v>3336</v>
       </c>
       <c r="B74" t="s">
+        <v>682</v>
+      </c>
+      <c r="C74" t="s">
+        <v>683</v>
+      </c>
+      <c r="D74" t="s">
+        <v>684</v>
+      </c>
+      <c r="E74" t="s">
+        <v>685</v>
+      </c>
+      <c r="F74" t="s">
         <v>686</v>
       </c>
-      <c r="C74" t="s">
+      <c r="G74" t="s">
         <v>687</v>
       </c>
-      <c r="D74" t="s">
+      <c r="H74" t="s">
         <v>688</v>
       </c>
-      <c r="E74" t="s">
+      <c r="I74" t="s">
         <v>689</v>
       </c>
-      <c r="F74" t="s">
+      <c r="J74" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" t="s">
         <v>690</v>
       </c>
-      <c r="G74" t="s">
+      <c r="L74" t="s">
+        <v>26</v>
+      </c>
+      <c r="M74" t="s">
         <v>691</v>
       </c>
-      <c r="H74" t="s">
+      <c r="N74" t="s">
+        <v>28</v>
+      </c>
+      <c r="O74" t="s">
         <v>692</v>
-      </c>
-[...19 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>3390</v>
+        <v>3339</v>
       </c>
       <c r="B75" t="s">
+        <v>693</v>
+      </c>
+      <c r="C75" t="s">
+        <v>694</v>
+      </c>
+      <c r="D75" t="s">
+        <v>695</v>
+      </c>
+      <c r="E75" t="s">
+        <v>696</v>
+      </c>
+      <c r="F75" t="s">
         <v>697</v>
       </c>
-      <c r="C75" t="s">
+      <c r="G75" t="s">
         <v>698</v>
       </c>
-      <c r="D75" t="s">
+      <c r="H75" t="s">
         <v>699</v>
       </c>
-      <c r="E75" t="s">
+      <c r="I75" t="s">
         <v>700</v>
       </c>
-      <c r="F75" t="s">
+      <c r="J75" t="s">
+        <v>24</v>
+      </c>
+      <c r="K75" t="s">
         <v>701</v>
       </c>
-      <c r="G75" t="s">
+      <c r="L75" t="s">
+        <v>26</v>
+      </c>
+      <c r="M75" t="s">
         <v>702</v>
       </c>
-      <c r="H75" t="s">
+      <c r="N75" t="s">
+        <v>28</v>
+      </c>
+      <c r="O75" t="s">
         <v>703</v>
-      </c>
-[...19 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>3395</v>
+        <v>3341</v>
       </c>
       <c r="B76" t="s">
+        <v>704</v>
+      </c>
+      <c r="C76" t="s">
+        <v>705</v>
+      </c>
+      <c r="D76" t="s">
         <v>706</v>
       </c>
-      <c r="C76" t="s">
+      <c r="E76" t="s">
         <v>707</v>
       </c>
-      <c r="D76" t="s">
+      <c r="F76" t="s">
         <v>708</v>
       </c>
-      <c r="E76" t="s">
+      <c r="G76" t="s">
         <v>709</v>
       </c>
-      <c r="F76" t="s">
+      <c r="H76" t="s">
         <v>710</v>
       </c>
-      <c r="G76" t="s">
+      <c r="I76" t="s">
         <v>711</v>
       </c>
-      <c r="H76" t="s">
+      <c r="J76" t="s">
+        <v>24</v>
+      </c>
+      <c r="K76" t="s">
+        <v>47</v>
+      </c>
+      <c r="L76" t="s">
+        <v>26</v>
+      </c>
+      <c r="M76" t="s">
+        <v>48</v>
+      </c>
+      <c r="N76" t="s">
+        <v>28</v>
+      </c>
+      <c r="O76" t="s">
         <v>712</v>
-      </c>
-[...19 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>3402</v>
+        <v>3342</v>
       </c>
       <c r="B77" t="s">
+        <v>713</v>
+      </c>
+      <c r="C77" t="s">
+        <v>714</v>
+      </c>
+      <c r="D77" t="s">
+        <v>715</v>
+      </c>
+      <c r="E77" t="s">
+        <v>716</v>
+      </c>
+      <c r="F77" t="s">
         <v>717</v>
       </c>
-      <c r="C77" t="s">
+      <c r="G77" t="s">
         <v>718</v>
       </c>
-      <c r="D77" t="s">
+      <c r="H77" t="s">
         <v>719</v>
       </c>
-      <c r="E77" t="s">
+      <c r="I77" t="s">
         <v>720</v>
       </c>
-      <c r="F77" t="s">
+      <c r="J77" t="s">
+        <v>24</v>
+      </c>
+      <c r="K77" t="s">
+        <v>170</v>
+      </c>
+      <c r="L77" t="s">
+        <v>26</v>
+      </c>
+      <c r="M77" t="s">
+        <v>171</v>
+      </c>
+      <c r="N77" t="s">
+        <v>28</v>
+      </c>
+      <c r="O77" t="s">
         <v>721</v>
-      </c>
-[...25 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>3406</v>
+        <v>3345</v>
       </c>
       <c r="B78" t="s">
+        <v>722</v>
+      </c>
+      <c r="C78" t="s">
+        <v>723</v>
+      </c>
+      <c r="D78" t="s">
+        <v>724</v>
+      </c>
+      <c r="E78" t="s">
+        <v>725</v>
+      </c>
+      <c r="F78" t="s">
+        <v>726</v>
+      </c>
+      <c r="G78" t="s">
         <v>727</v>
       </c>
-      <c r="C78" t="s">
+      <c r="H78" t="s">
         <v>728</v>
       </c>
-      <c r="D78" t="s">
+      <c r="I78" t="s">
         <v>729</v>
       </c>
-      <c r="E78" t="s">
+      <c r="J78" t="s">
+        <v>24</v>
+      </c>
+      <c r="K78" t="s">
+        <v>25</v>
+      </c>
+      <c r="L78" t="s">
+        <v>26</v>
+      </c>
+      <c r="M78" t="s">
+        <v>27</v>
+      </c>
+      <c r="N78" t="s">
+        <v>28</v>
+      </c>
+      <c r="O78" t="s">
         <v>730</v>
-      </c>
-[...28 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>3407</v>
+        <v>3347</v>
       </c>
       <c r="B79" t="s">
+        <v>731</v>
+      </c>
+      <c r="C79" t="s">
+        <v>732</v>
+      </c>
+      <c r="D79" t="s">
+        <v>733</v>
+      </c>
+      <c r="E79" t="s">
+        <v>734</v>
+      </c>
+      <c r="F79" t="s">
+        <v>735</v>
+      </c>
+      <c r="G79" t="s">
         <v>736</v>
       </c>
-      <c r="C79" t="s">
+      <c r="H79" t="s">
         <v>737</v>
       </c>
-      <c r="D79" t="s">
+      <c r="I79" t="s">
         <v>738</v>
       </c>
-      <c r="E79" t="s">
+      <c r="J79" t="s">
+        <v>24</v>
+      </c>
+      <c r="K79" t="s">
+        <v>170</v>
+      </c>
+      <c r="L79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
+        <v>171</v>
+      </c>
+      <c r="N79" t="s">
+        <v>28</v>
+      </c>
+      <c r="O79" t="s">
         <v>739</v>
-      </c>
-[...28 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>3409</v>
+        <v>3348</v>
       </c>
       <c r="B80" t="s">
+        <v>740</v>
+      </c>
+      <c r="C80" t="s">
+        <v>741</v>
+      </c>
+      <c r="D80" t="s">
+        <v>742</v>
+      </c>
+      <c r="E80" t="s">
+        <v>743</v>
+      </c>
+      <c r="F80" t="s">
+        <v>744</v>
+      </c>
+      <c r="G80" t="s">
         <v>745</v>
       </c>
-      <c r="C80" t="s">
+      <c r="H80" t="s">
         <v>746</v>
       </c>
-      <c r="D80" t="s">
+      <c r="I80" t="s">
         <v>747</v>
-      </c>
-[...13 lines deleted...]
-        <v>752</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
         <v>25</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
         <v>27</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>3410</v>
+        <v>3350</v>
       </c>
       <c r="B81" t="s">
+        <v>749</v>
+      </c>
+      <c r="C81" t="s">
+        <v>750</v>
+      </c>
+      <c r="D81" t="s">
+        <v>751</v>
+      </c>
+      <c r="E81" t="s">
+        <v>752</v>
+      </c>
+      <c r="F81" t="s">
+        <v>753</v>
+      </c>
+      <c r="G81" t="s">
         <v>754</v>
       </c>
-      <c r="C81" t="s">
+      <c r="H81" t="s">
         <v>755</v>
       </c>
-      <c r="D81" t="s">
+      <c r="I81" t="s">
         <v>756</v>
       </c>
-      <c r="E81" t="s">
+      <c r="J81" t="s">
+        <v>450</v>
+      </c>
+      <c r="K81" t="s">
         <v>757</v>
       </c>
-      <c r="F81" t="s">
+      <c r="L81" t="s">
+        <v>452</v>
+      </c>
+      <c r="M81" t="s">
         <v>758</v>
       </c>
-      <c r="G81" t="s">
+      <c r="N81" t="s">
+        <v>28</v>
+      </c>
+      <c r="O81" t="s">
         <v>759</v>
-      </c>
-[...22 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>3414</v>
+        <v>3352</v>
       </c>
       <c r="B82" t="s">
+        <v>760</v>
+      </c>
+      <c r="C82" t="s">
+        <v>761</v>
+      </c>
+      <c r="D82" t="s">
+        <v>762</v>
+      </c>
+      <c r="E82" t="s">
         <v>763</v>
       </c>
-      <c r="C82" t="s">
+      <c r="F82" t="s">
         <v>764</v>
       </c>
-      <c r="D82" t="s">
+      <c r="G82" t="s">
         <v>765</v>
       </c>
-      <c r="E82" t="s">
+      <c r="H82" t="s">
         <v>766</v>
       </c>
-      <c r="F82" t="s">
+      <c r="I82" t="s">
         <v>767</v>
       </c>
-      <c r="G82" t="s">
+      <c r="J82" t="s">
         <v>768</v>
       </c>
-      <c r="H82" t="s">
+      <c r="K82" t="s">
         <v>769</v>
       </c>
-      <c r="I82" t="s">
+      <c r="L82" t="s">
         <v>770</v>
       </c>
-      <c r="J82" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M82" t="s">
-        <v>48</v>
+        <v>771</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>3416</v>
+        <v>3354</v>
       </c>
       <c r="B83" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C83" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D83" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="E83" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="F83" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="G83" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="H83" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="I83" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>498</v>
+        <v>25</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>499</v>
+        <v>27</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>3417</v>
+        <v>3355</v>
       </c>
       <c r="B84" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C84" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D84" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="E84" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="F84" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="G84" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="H84" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="I84" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
         <v>25</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
         <v>27</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>3418</v>
+        <v>3359</v>
       </c>
       <c r="B85" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C85" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D85" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="E85" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="F85" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="G85" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="H85" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="I85" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>112</v>
+        <v>451</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
-        <v>113</v>
+        <v>453</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>3419</v>
+        <v>3360</v>
       </c>
       <c r="B86" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C86" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D86" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="E86" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="F86" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="G86" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="H86" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="I86" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>3420</v>
+        <v>3361</v>
       </c>
       <c r="B87" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C87" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D87" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="E87" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="F87" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="G87" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="H87" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="I87" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>3421</v>
+        <v>3364</v>
       </c>
       <c r="B88" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C88" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D88" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="E88" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="F88" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="G88" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="H88" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="I88" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>3422</v>
+        <v>3365</v>
       </c>
       <c r="B89" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C89" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D89" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="E89" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="F89" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="G89" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="H89" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="I89" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
         <v>25</v>
       </c>
       <c r="L89" t="s">
         <v>26</v>
       </c>
       <c r="M89" t="s">
         <v>27</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>3438</v>
+        <v>3366</v>
       </c>
       <c r="B90" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C90" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D90" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="E90" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="F90" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="G90" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="H90" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="I90" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
         <v>25</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
       <c r="M90" t="s">
         <v>27</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>3444</v>
+        <v>3370</v>
       </c>
       <c r="B91" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C91" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D91" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="E91" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="F91" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="G91" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="H91" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="I91" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>3461</v>
+        <v>3372</v>
       </c>
       <c r="B92" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C92" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D92" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="E92" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="F92" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="G92" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="H92" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="I92" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>3470</v>
+        <v>3373</v>
       </c>
       <c r="B93" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C93" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D93" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="E93" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="F93" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="G93" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="H93" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="I93" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>870</v>
+        <v>170</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
+        <v>171</v>
+      </c>
+      <c r="N93" t="s">
+        <v>28</v>
+      </c>
+      <c r="O93" t="s">
         <v>871</v>
-      </c>
-[...4 lines deleted...]
-        <v>872</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>3475</v>
+        <v>3375</v>
       </c>
       <c r="B94" t="s">
+        <v>872</v>
+      </c>
+      <c r="C94" t="s">
         <v>873</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>874</v>
       </c>
-      <c r="D94" t="s">
+      <c r="E94" t="s">
         <v>875</v>
       </c>
-      <c r="E94" t="s">
+      <c r="F94" t="s">
         <v>876</v>
       </c>
-      <c r="F94" t="s">
+      <c r="G94" t="s">
         <v>877</v>
       </c>
-      <c r="G94" t="s">
+      <c r="H94" t="s">
         <v>878</v>
       </c>
-      <c r="H94" t="s">
+      <c r="I94" t="s">
         <v>879</v>
       </c>
-      <c r="I94" t="s">
+      <c r="J94" t="s">
+        <v>450</v>
+      </c>
+      <c r="K94" t="s">
+        <v>690</v>
+      </c>
+      <c r="L94" t="s">
+        <v>452</v>
+      </c>
+      <c r="M94" t="s">
+        <v>691</v>
+      </c>
+      <c r="N94" t="s">
+        <v>28</v>
+      </c>
+      <c r="O94" t="s">
         <v>880</v>
-      </c>
-[...16 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>3476</v>
+        <v>3379</v>
       </c>
       <c r="B95" t="s">
+        <v>881</v>
+      </c>
+      <c r="C95" t="s">
         <v>882</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>883</v>
       </c>
-      <c r="D95" t="s">
+      <c r="E95" t="s">
         <v>884</v>
       </c>
-      <c r="E95" t="s">
+      <c r="F95" t="s">
         <v>885</v>
       </c>
-      <c r="F95" t="s">
+      <c r="G95" t="s">
         <v>886</v>
       </c>
-      <c r="G95" t="s">
+      <c r="H95" t="s">
         <v>887</v>
       </c>
-      <c r="H95" t="s">
+      <c r="I95" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
         <v>25</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
         <v>27</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>3481</v>
+        <v>3381</v>
       </c>
       <c r="B96" t="s">
+        <v>890</v>
+      </c>
+      <c r="C96" t="s">
         <v>891</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>892</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" t="s">
         <v>893</v>
       </c>
-      <c r="E96" t="s">
+      <c r="F96" t="s">
         <v>894</v>
       </c>
-      <c r="F96" t="s">
+      <c r="G96" t="s">
         <v>895</v>
       </c>
-      <c r="G96" t="s">
+      <c r="H96" t="s">
         <v>896</v>
       </c>
-      <c r="H96" t="s">
+      <c r="I96" t="s">
         <v>897</v>
       </c>
-      <c r="I96" t="s">
+      <c r="J96" t="s">
+        <v>450</v>
+      </c>
+      <c r="K96" t="s">
+        <v>690</v>
+      </c>
+      <c r="L96" t="s">
+        <v>452</v>
+      </c>
+      <c r="M96" t="s">
+        <v>691</v>
+      </c>
+      <c r="N96" t="s">
+        <v>28</v>
+      </c>
+      <c r="O96" t="s">
         <v>898</v>
-      </c>
-[...16 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>3512</v>
+        <v>3383</v>
       </c>
       <c r="B97" t="s">
+        <v>899</v>
+      </c>
+      <c r="C97" t="s">
         <v>900</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>901</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97" t="s">
         <v>902</v>
       </c>
-      <c r="E97" t="s">
+      <c r="F97" t="s">
         <v>903</v>
       </c>
-      <c r="F97" t="s">
+      <c r="G97" t="s">
         <v>904</v>
       </c>
-      <c r="G97" t="s">
+      <c r="H97" t="s">
         <v>905</v>
       </c>
-      <c r="H97" t="s">
+      <c r="I97" t="s">
         <v>906</v>
       </c>
-      <c r="I97" t="s">
+      <c r="J97" t="s">
+        <v>24</v>
+      </c>
+      <c r="K97" t="s">
+        <v>274</v>
+      </c>
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97" t="s">
+        <v>276</v>
+      </c>
+      <c r="N97" t="s">
+        <v>28</v>
+      </c>
+      <c r="O97" t="s">
         <v>907</v>
-      </c>
-[...16 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>3520</v>
+        <v>3384</v>
       </c>
       <c r="B98" t="s">
+        <v>908</v>
+      </c>
+      <c r="C98" t="s">
         <v>909</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
         <v>910</v>
       </c>
-      <c r="D98" t="s">
+      <c r="E98" t="s">
         <v>911</v>
       </c>
-      <c r="E98" t="s">
+      <c r="F98" t="s">
         <v>912</v>
       </c>
-      <c r="F98" t="s">
+      <c r="G98" t="s">
         <v>913</v>
       </c>
-      <c r="G98" t="s">
+      <c r="H98" t="s">
         <v>914</v>
       </c>
-      <c r="H98" t="s">
+      <c r="I98" t="s">
         <v>915</v>
       </c>
-      <c r="I98" t="s">
+      <c r="J98" t="s">
+        <v>24</v>
+      </c>
+      <c r="K98" t="s">
         <v>916</v>
       </c>
-      <c r="J98" t="s">
-[...2 lines deleted...]
-      <c r="K98" t="s">
+      <c r="L98" t="s">
+        <v>26</v>
+      </c>
+      <c r="M98" t="s">
         <v>917</v>
       </c>
-      <c r="L98" t="s">
-[...2 lines deleted...]
-      <c r="M98" t="s">
+      <c r="N98" t="s">
+        <v>28</v>
+      </c>
+      <c r="O98" t="s">
         <v>918</v>
-      </c>
-[...4 lines deleted...]
-        <v>919</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>3534</v>
+        <v>3389</v>
       </c>
       <c r="B99" t="s">
+        <v>919</v>
+      </c>
+      <c r="C99" t="s">
         <v>920</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>921</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" t="s">
         <v>922</v>
       </c>
-      <c r="E99" t="s">
+      <c r="F99" t="s">
         <v>923</v>
       </c>
-      <c r="F99" t="s">
+      <c r="G99" t="s">
         <v>924</v>
       </c>
-      <c r="G99" t="s">
+      <c r="H99" t="s">
         <v>925</v>
       </c>
-      <c r="H99" t="s">
+      <c r="I99" t="s">
         <v>926</v>
       </c>
-      <c r="I99" t="s">
+      <c r="J99" t="s">
+        <v>24</v>
+      </c>
+      <c r="K99" t="s">
         <v>927</v>
       </c>
-      <c r="J99" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
-        <v>27</v>
+        <v>928</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3553</v>
+        <v>3390</v>
       </c>
       <c r="B100" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C100" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D100" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="E100" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="F100" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G100" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="H100" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="I100" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3567</v>
+        <v>3395</v>
       </c>
       <c r="B101" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C101" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D101" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="E101" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="F101" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="G101" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="H101" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="I101" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="J101" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="L101" t="s">
-        <v>558</v>
+        <v>26</v>
       </c>
       <c r="M101" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3574</v>
+        <v>3402</v>
       </c>
       <c r="B102" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="C102" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D102" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="E102" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="F102" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="G102" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="H102" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="I102" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>112</v>
+        <v>927</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
-        <v>113</v>
+        <v>958</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3575</v>
+        <v>3406</v>
       </c>
       <c r="B103" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="C103" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="D103" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="E103" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="F103" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="G103" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="H103" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="I103" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>966</v>
+        <v>47</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>967</v>
+        <v>48</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3581</v>
+        <v>3407</v>
       </c>
       <c r="B104" t="s">
         <v>969</v>
       </c>
       <c r="C104" t="s">
         <v>970</v>
       </c>
       <c r="D104" t="s">
         <v>971</v>
       </c>
       <c r="E104" t="s">
         <v>972</v>
       </c>
       <c r="F104" t="s">
         <v>973</v>
       </c>
       <c r="G104" t="s">
         <v>974</v>
       </c>
       <c r="H104" t="s">
         <v>975</v>
       </c>
       <c r="I104" t="s">
         <v>976</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3588</v>
+        <v>3409</v>
       </c>
       <c r="B105" t="s">
         <v>978</v>
       </c>
       <c r="C105" t="s">
         <v>979</v>
       </c>
       <c r="D105" t="s">
         <v>980</v>
       </c>
       <c r="E105" t="s">
         <v>981</v>
       </c>
       <c r="F105" t="s">
         <v>982</v>
       </c>
       <c r="G105" t="s">
         <v>983</v>
       </c>
       <c r="H105" t="s">
         <v>984</v>
       </c>
       <c r="I105" t="s">
         <v>985</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
+        <v>25</v>
+      </c>
+      <c r="L105" t="s">
+        <v>26</v>
+      </c>
+      <c r="M105" t="s">
+        <v>27</v>
+      </c>
+      <c r="N105" t="s">
+        <v>28</v>
+      </c>
+      <c r="O105" t="s">
         <v>986</v>
-      </c>
-[...10 lines deleted...]
-        <v>988</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3591</v>
+        <v>3410</v>
       </c>
       <c r="B106" t="s">
+        <v>987</v>
+      </c>
+      <c r="C106" t="s">
+        <v>988</v>
+      </c>
+      <c r="D106" t="s">
         <v>989</v>
       </c>
-      <c r="C106" t="s">
+      <c r="E106" t="s">
         <v>990</v>
       </c>
-      <c r="D106" t="s">
+      <c r="F106" t="s">
         <v>991</v>
       </c>
-      <c r="E106" t="s">
+      <c r="G106" t="s">
         <v>992</v>
       </c>
-      <c r="F106" t="s">
+      <c r="H106" t="s">
         <v>993</v>
       </c>
-      <c r="G106" t="s">
+      <c r="I106" t="s">
         <v>994</v>
       </c>
-      <c r="H106" t="s">
+      <c r="J106" t="s">
+        <v>24</v>
+      </c>
+      <c r="K106" t="s">
+        <v>25</v>
+      </c>
+      <c r="L106" t="s">
+        <v>26</v>
+      </c>
+      <c r="M106" t="s">
+        <v>27</v>
+      </c>
+      <c r="N106" t="s">
+        <v>28</v>
+      </c>
+      <c r="O106" t="s">
         <v>995</v>
-      </c>
-[...19 lines deleted...]
-        <v>997</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3686</v>
+        <v>3414</v>
       </c>
       <c r="B107" t="s">
+        <v>996</v>
+      </c>
+      <c r="C107" t="s">
+        <v>997</v>
+      </c>
+      <c r="D107" t="s">
         <v>998</v>
       </c>
-      <c r="C107" t="s">
+      <c r="E107" t="s">
         <v>999</v>
       </c>
-      <c r="D107" t="s">
+      <c r="F107" t="s">
         <v>1000</v>
       </c>
-      <c r="E107" t="s">
+      <c r="G107" t="s">
         <v>1001</v>
       </c>
-      <c r="F107" t="s">
+      <c r="H107" t="s">
         <v>1002</v>
       </c>
-      <c r="G107" t="s">
+      <c r="I107" t="s">
         <v>1003</v>
-      </c>
-[...4 lines deleted...]
-        <v>1005</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>47</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>48</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>1006</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3689</v>
+        <v>3416</v>
       </c>
       <c r="B108" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D108" t="s">
         <v>1007</v>
       </c>
-      <c r="C108" t="s">
+      <c r="E108" t="s">
         <v>1008</v>
       </c>
-      <c r="D108" t="s">
+      <c r="F108" t="s">
         <v>1009</v>
       </c>
-      <c r="E108" t="s">
+      <c r="G108" t="s">
         <v>1010</v>
       </c>
-      <c r="F108" t="s">
+      <c r="H108" t="s">
         <v>1011</v>
       </c>
-      <c r="G108" t="s">
+      <c r="I108" t="s">
         <v>1012</v>
       </c>
-      <c r="H108" t="s">
+      <c r="J108" t="s">
+        <v>24</v>
+      </c>
+      <c r="K108" t="s">
+        <v>690</v>
+      </c>
+      <c r="L108" t="s">
+        <v>26</v>
+      </c>
+      <c r="M108" t="s">
+        <v>691</v>
+      </c>
+      <c r="N108" t="s">
+        <v>28</v>
+      </c>
+      <c r="O108" t="s">
         <v>1013</v>
-      </c>
-[...19 lines deleted...]
-        <v>1015</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3700</v>
+        <v>3417</v>
       </c>
       <c r="B109" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D109" t="s">
         <v>1016</v>
       </c>
-      <c r="C109" t="s">
+      <c r="E109" t="s">
         <v>1017</v>
       </c>
-      <c r="D109" t="s">
+      <c r="F109" t="s">
         <v>1018</v>
       </c>
-      <c r="E109" t="s">
+      <c r="G109" t="s">
         <v>1019</v>
       </c>
-      <c r="F109" t="s">
+      <c r="H109" t="s">
         <v>1020</v>
       </c>
-      <c r="G109" t="s">
+      <c r="I109" t="s">
         <v>1021</v>
-      </c>
-[...4 lines deleted...]
-        <v>1023</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
         <v>25</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
         <v>27</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1024</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3701</v>
+        <v>3418</v>
       </c>
       <c r="B110" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D110" t="s">
         <v>1025</v>
       </c>
-      <c r="C110" t="s">
+      <c r="E110" t="s">
         <v>1026</v>
       </c>
-      <c r="D110" t="s">
+      <c r="F110" t="s">
         <v>1027</v>
       </c>
-      <c r="E110" t="s">
+      <c r="G110" t="s">
         <v>1028</v>
       </c>
-      <c r="F110" t="s">
+      <c r="H110" t="s">
         <v>1029</v>
       </c>
-      <c r="G110" t="s">
+      <c r="I110" t="s">
         <v>1030</v>
       </c>
-      <c r="H110" t="s">
+      <c r="J110" t="s">
+        <v>24</v>
+      </c>
+      <c r="K110" t="s">
+        <v>170</v>
+      </c>
+      <c r="L110" t="s">
+        <v>26</v>
+      </c>
+      <c r="M110" t="s">
+        <v>171</v>
+      </c>
+      <c r="N110" t="s">
+        <v>28</v>
+      </c>
+      <c r="O110" t="s">
         <v>1031</v>
-      </c>
-[...19 lines deleted...]
-        <v>1033</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3702</v>
+        <v>3419</v>
       </c>
       <c r="B111" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D111" t="s">
         <v>1034</v>
       </c>
-      <c r="C111" t="s">
+      <c r="E111" t="s">
         <v>1035</v>
       </c>
-      <c r="D111" t="s">
+      <c r="F111" t="s">
         <v>1036</v>
       </c>
-      <c r="E111" t="s">
+      <c r="G111" t="s">
         <v>1037</v>
       </c>
-      <c r="F111" t="s">
+      <c r="H111" t="s">
         <v>1038</v>
       </c>
-      <c r="G111" t="s">
+      <c r="I111" t="s">
         <v>1039</v>
       </c>
-      <c r="H111" t="s">
+      <c r="J111" t="s">
+        <v>24</v>
+      </c>
+      <c r="K111" t="s">
+        <v>25</v>
+      </c>
+      <c r="L111" t="s">
+        <v>26</v>
+      </c>
+      <c r="M111" t="s">
+        <v>27</v>
+      </c>
+      <c r="N111" t="s">
+        <v>28</v>
+      </c>
+      <c r="O111" t="s">
         <v>1040</v>
-      </c>
-[...19 lines deleted...]
-        <v>1042</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3706</v>
+        <v>3420</v>
       </c>
       <c r="B112" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D112" t="s">
         <v>1043</v>
       </c>
-      <c r="C112" t="s">
+      <c r="E112" t="s">
         <v>1044</v>
       </c>
-      <c r="D112" t="s">
+      <c r="F112" t="s">
         <v>1045</v>
       </c>
-      <c r="E112" t="s">
+      <c r="G112" t="s">
         <v>1046</v>
       </c>
-      <c r="F112" t="s">
+      <c r="H112" t="s">
         <v>1047</v>
       </c>
-      <c r="G112" t="s">
+      <c r="I112" t="s">
         <v>1048</v>
       </c>
-      <c r="H112" t="s">
+      <c r="J112" t="s">
+        <v>24</v>
+      </c>
+      <c r="K112" t="s">
+        <v>170</v>
+      </c>
+      <c r="L112" t="s">
+        <v>26</v>
+      </c>
+      <c r="M112" t="s">
+        <v>171</v>
+      </c>
+      <c r="N112" t="s">
+        <v>28</v>
+      </c>
+      <c r="O112" t="s">
         <v>1049</v>
-      </c>
-[...19 lines deleted...]
-        <v>1051</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3711</v>
+        <v>3421</v>
       </c>
       <c r="B113" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D113" t="s">
         <v>1052</v>
       </c>
-      <c r="C113" t="s">
+      <c r="E113" t="s">
         <v>1053</v>
       </c>
-      <c r="D113" t="s">
+      <c r="F113" t="s">
         <v>1054</v>
       </c>
-      <c r="E113" t="s">
+      <c r="G113" t="s">
         <v>1055</v>
       </c>
-      <c r="F113" t="s">
+      <c r="H113" t="s">
         <v>1056</v>
       </c>
-      <c r="G113" t="s">
+      <c r="I113" t="s">
         <v>1057</v>
       </c>
-      <c r="H113" t="s">
+      <c r="J113" t="s">
+        <v>24</v>
+      </c>
+      <c r="K113" t="s">
+        <v>47</v>
+      </c>
+      <c r="L113" t="s">
+        <v>26</v>
+      </c>
+      <c r="M113" t="s">
+        <v>48</v>
+      </c>
+      <c r="N113" t="s">
+        <v>28</v>
+      </c>
+      <c r="O113" t="s">
         <v>1058</v>
-      </c>
-[...19 lines deleted...]
-        <v>1060</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3716</v>
+        <v>3422</v>
       </c>
       <c r="B114" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D114" t="s">
         <v>1061</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" t="s">
         <v>1062</v>
       </c>
-      <c r="D114" t="s">
+      <c r="F114" t="s">
         <v>1063</v>
       </c>
-      <c r="E114" t="s">
+      <c r="G114" t="s">
         <v>1064</v>
       </c>
-      <c r="F114" t="s">
+      <c r="H114" t="s">
         <v>1065</v>
       </c>
-      <c r="G114" t="s">
+      <c r="I114" t="s">
         <v>1066</v>
       </c>
-      <c r="H114" t="s">
+      <c r="J114" t="s">
+        <v>24</v>
+      </c>
+      <c r="K114" t="s">
+        <v>25</v>
+      </c>
+      <c r="L114" t="s">
+        <v>26</v>
+      </c>
+      <c r="M114" t="s">
+        <v>27</v>
+      </c>
+      <c r="N114" t="s">
+        <v>28</v>
+      </c>
+      <c r="O114" t="s">
         <v>1067</v>
-      </c>
-[...19 lines deleted...]
-        <v>1069</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3718</v>
+        <v>3437</v>
       </c>
       <c r="B115" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D115" t="s">
         <v>1070</v>
       </c>
-      <c r="C115" t="s">
+      <c r="E115" t="s">
         <v>1071</v>
       </c>
-      <c r="D115" t="s">
+      <c r="F115" t="s">
         <v>1072</v>
       </c>
-      <c r="E115" t="s">
+      <c r="G115" t="s">
         <v>1073</v>
       </c>
-      <c r="F115" t="s">
+      <c r="H115" t="s">
         <v>1074</v>
       </c>
-      <c r="G115" t="s">
+      <c r="I115" t="s">
         <v>1075</v>
       </c>
-      <c r="H115" t="s">
+      <c r="J115" t="s">
+        <v>24</v>
+      </c>
+      <c r="K115" t="s">
+        <v>25</v>
+      </c>
+      <c r="L115" t="s">
+        <v>26</v>
+      </c>
+      <c r="M115" t="s">
+        <v>27</v>
+      </c>
+      <c r="N115" t="s">
+        <v>28</v>
+      </c>
+      <c r="O115" t="s">
         <v>1076</v>
-      </c>
-[...19 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>3719</v>
+        <v>3438</v>
       </c>
       <c r="B116" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D116" t="s">
         <v>1079</v>
       </c>
-      <c r="C116" t="s">
+      <c r="E116" t="s">
         <v>1080</v>
       </c>
-      <c r="D116" t="s">
+      <c r="F116" t="s">
         <v>1081</v>
       </c>
-      <c r="E116" t="s">
+      <c r="G116" t="s">
         <v>1082</v>
       </c>
-      <c r="F116" t="s">
+      <c r="H116" t="s">
         <v>1083</v>
       </c>
-      <c r="G116" t="s">
+      <c r="I116" t="s">
         <v>1084</v>
       </c>
-      <c r="H116" t="s">
+      <c r="J116" t="s">
+        <v>24</v>
+      </c>
+      <c r="K116" t="s">
+        <v>25</v>
+      </c>
+      <c r="L116" t="s">
+        <v>26</v>
+      </c>
+      <c r="M116" t="s">
+        <v>27</v>
+      </c>
+      <c r="N116" t="s">
+        <v>28</v>
+      </c>
+      <c r="O116" t="s">
         <v>1085</v>
-      </c>
-[...19 lines deleted...]
-        <v>1087</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>3732</v>
+        <v>3444</v>
       </c>
       <c r="B117" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D117" t="s">
         <v>1088</v>
       </c>
-      <c r="C117" t="s">
+      <c r="E117" t="s">
         <v>1089</v>
       </c>
-      <c r="D117" t="s">
+      <c r="F117" t="s">
         <v>1090</v>
       </c>
-      <c r="E117" t="s">
+      <c r="G117" t="s">
         <v>1091</v>
       </c>
-      <c r="F117" t="s">
+      <c r="H117" t="s">
         <v>1092</v>
       </c>
-      <c r="G117" t="s">
+      <c r="I117" t="s">
         <v>1093</v>
       </c>
-      <c r="H117" t="s">
+      <c r="J117" t="s">
+        <v>24</v>
+      </c>
+      <c r="K117" t="s">
+        <v>25</v>
+      </c>
+      <c r="L117" t="s">
+        <v>26</v>
+      </c>
+      <c r="M117" t="s">
+        <v>27</v>
+      </c>
+      <c r="N117" t="s">
+        <v>28</v>
+      </c>
+      <c r="O117" t="s">
         <v>1094</v>
-      </c>
-[...19 lines deleted...]
-        <v>1096</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>3753</v>
+        <v>3461</v>
       </c>
       <c r="B118" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D118" t="s">
         <v>1097</v>
       </c>
-      <c r="C118" t="s">
+      <c r="E118" t="s">
         <v>1098</v>
       </c>
-      <c r="D118" t="s">
+      <c r="F118" t="s">
         <v>1099</v>
       </c>
-      <c r="E118" t="s">
+      <c r="G118" t="s">
         <v>1100</v>
       </c>
-      <c r="F118" t="s">
+      <c r="H118" t="s">
         <v>1101</v>
       </c>
-      <c r="G118" t="s">
+      <c r="I118" t="s">
         <v>1102</v>
-      </c>
-[...4 lines deleted...]
-        <v>1104</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>25</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>27</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>3756</v>
+        <v>3469</v>
       </c>
       <c r="B119" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D119" t="s">
         <v>1106</v>
       </c>
-      <c r="C119" t="s">
+      <c r="E119" t="s">
         <v>1107</v>
       </c>
-      <c r="D119" t="s">
+      <c r="F119" t="s">
         <v>1108</v>
       </c>
-      <c r="E119" t="s">
+      <c r="G119" t="s">
         <v>1109</v>
       </c>
-      <c r="F119" t="s">
+      <c r="H119" t="s">
         <v>1110</v>
       </c>
-      <c r="G119" t="s">
+      <c r="I119" t="s">
         <v>1111</v>
-      </c>
-[...4 lines deleted...]
-        <v>1113</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
         <v>25</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>27</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>3854</v>
+        <v>3470</v>
       </c>
       <c r="B120" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D120" t="s">
         <v>1115</v>
       </c>
-      <c r="C120" t="s">
+      <c r="E120" t="s">
         <v>1116</v>
       </c>
-      <c r="D120" t="s">
+      <c r="F120" t="s">
         <v>1117</v>
       </c>
-      <c r="E120" t="s">
+      <c r="G120" t="s">
         <v>1118</v>
       </c>
-      <c r="F120" t="s">
+      <c r="H120" t="s">
         <v>1119</v>
       </c>
-      <c r="G120" t="s">
+      <c r="I120" t="s">
         <v>1120</v>
       </c>
-      <c r="H120" t="s">
+      <c r="J120" t="s">
+        <v>24</v>
+      </c>
+      <c r="K120" t="s">
         <v>1121</v>
       </c>
-      <c r="I120" t="s">
+      <c r="L120" t="s">
+        <v>26</v>
+      </c>
+      <c r="M120" t="s">
         <v>1122</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
         <v>1123</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>4176</v>
+        <v>3475</v>
       </c>
       <c r="B121" t="s">
         <v>1124</v>
       </c>
       <c r="C121" t="s">
         <v>1125</v>
       </c>
       <c r="D121" t="s">
         <v>1126</v>
       </c>
       <c r="E121" t="s">
         <v>1127</v>
       </c>
       <c r="F121" t="s">
         <v>1128</v>
       </c>
       <c r="G121" t="s">
         <v>1129</v>
       </c>
       <c r="H121" t="s">
         <v>1130</v>
       </c>
       <c r="I121" t="s">
         <v>1131</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>4186</v>
+        <v>3476</v>
       </c>
       <c r="B122" t="s">
         <v>1133</v>
       </c>
       <c r="C122" t="s">
         <v>1134</v>
       </c>
       <c r="D122" t="s">
         <v>1135</v>
       </c>
       <c r="E122" t="s">
         <v>1136</v>
       </c>
       <c r="F122" t="s">
         <v>1137</v>
       </c>
       <c r="G122" t="s">
         <v>1138</v>
       </c>
       <c r="H122" t="s">
         <v>1139</v>
       </c>
       <c r="I122" t="s">
         <v>1140</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>917</v>
+        <v>25</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>918</v>
+        <v>27</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>4191</v>
+        <v>3480</v>
       </c>
       <c r="B123" t="s">
         <v>1142</v>
       </c>
       <c r="C123" t="s">
         <v>1143</v>
       </c>
       <c r="D123" t="s">
         <v>1144</v>
       </c>
       <c r="E123" t="s">
         <v>1145</v>
       </c>
       <c r="F123" t="s">
         <v>1146</v>
       </c>
       <c r="G123" t="s">
         <v>1147</v>
       </c>
       <c r="H123" t="s">
         <v>1148</v>
       </c>
       <c r="I123" t="s">
         <v>1149</v>
       </c>
       <c r="J123" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>683</v>
+        <v>170</v>
       </c>
       <c r="L123" t="s">
-        <v>558</v>
+        <v>26</v>
       </c>
       <c r="M123" t="s">
-        <v>684</v>
+        <v>171</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
         <v>1150</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>4196</v>
+        <v>3481</v>
       </c>
       <c r="B124" t="s">
         <v>1151</v>
       </c>
       <c r="C124" t="s">
         <v>1152</v>
       </c>
       <c r="D124" t="s">
         <v>1153</v>
       </c>
       <c r="E124" t="s">
         <v>1154</v>
       </c>
       <c r="F124" t="s">
         <v>1155</v>
       </c>
       <c r="G124" t="s">
         <v>1156</v>
       </c>
       <c r="H124" t="s">
         <v>1157</v>
       </c>
       <c r="I124" t="s">
         <v>1158</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
         <v>1159</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>4198</v>
+        <v>3503</v>
       </c>
       <c r="B125" t="s">
         <v>1160</v>
       </c>
       <c r="C125" t="s">
         <v>1161</v>
       </c>
       <c r="D125" t="s">
         <v>1162</v>
       </c>
       <c r="E125" t="s">
         <v>1163</v>
       </c>
       <c r="F125" t="s">
         <v>1164</v>
       </c>
       <c r="G125" t="s">
         <v>1165</v>
       </c>
       <c r="H125" t="s">
         <v>1166</v>
       </c>
       <c r="I125" t="s">
         <v>1167</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>25</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>4202</v>
+        <v>3512</v>
       </c>
       <c r="B126" t="s">
         <v>1169</v>
       </c>
       <c r="C126" t="s">
         <v>1170</v>
       </c>
       <c r="D126" t="s">
         <v>1171</v>
       </c>
       <c r="E126" t="s">
         <v>1172</v>
       </c>
       <c r="F126" t="s">
         <v>1173</v>
       </c>
       <c r="G126" t="s">
         <v>1174</v>
       </c>
       <c r="H126" t="s">
         <v>1175</v>
       </c>
       <c r="I126" t="s">
         <v>1176</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
         <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
         <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>4204</v>
+        <v>3518</v>
       </c>
       <c r="B127" t="s">
         <v>1178</v>
       </c>
       <c r="C127" t="s">
         <v>1179</v>
       </c>
       <c r="D127" t="s">
         <v>1180</v>
       </c>
       <c r="E127" t="s">
         <v>1181</v>
       </c>
       <c r="F127" t="s">
         <v>1182</v>
       </c>
       <c r="G127" t="s">
         <v>1183</v>
       </c>
       <c r="H127" t="s">
         <v>1184</v>
       </c>
       <c r="I127" t="s">
         <v>1185</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>47</v>
+        <v>1186</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
-        <v>48</v>
+        <v>1187</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>4206</v>
+        <v>3520</v>
       </c>
       <c r="B128" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="C128" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="D128" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="E128" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="F128" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="G128" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="H128" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="I128" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>4211</v>
+        <v>3534</v>
       </c>
       <c r="B129" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="C129" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="D129" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="E129" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="F129" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="G129" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="H129" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="I129" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
         <v>25</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>27</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>4216</v>
+        <v>3546</v>
       </c>
       <c r="B130" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="C130" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="D130" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="E130" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="F130" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="G130" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="H130" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="I130" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="J130" t="s">
-        <v>1213</v>
+        <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>1214</v>
+        <v>25</v>
       </c>
       <c r="L130" t="s">
+        <v>26</v>
+      </c>
+      <c r="M130" t="s">
+        <v>27</v>
+      </c>
+      <c r="N130" t="s">
+        <v>28</v>
+      </c>
+      <c r="O130" t="s">
         <v>1215</v>
-      </c>
-[...7 lines deleted...]
-        <v>1217</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>4243</v>
+        <v>3552</v>
       </c>
       <c r="B131" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D131" t="s">
         <v>1218</v>
       </c>
-      <c r="C131" t="s">
+      <c r="E131" t="s">
         <v>1219</v>
       </c>
-      <c r="D131" t="s">
+      <c r="F131" t="s">
         <v>1220</v>
       </c>
-      <c r="E131" t="s">
+      <c r="G131" t="s">
         <v>1221</v>
       </c>
-      <c r="F131" t="s">
+      <c r="H131" t="s">
         <v>1222</v>
       </c>
-      <c r="G131" t="s">
+      <c r="I131" t="s">
         <v>1223</v>
       </c>
-      <c r="H131" t="s">
+      <c r="J131" t="s">
+        <v>24</v>
+      </c>
+      <c r="K131" t="s">
+        <v>757</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>758</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
         <v>1224</v>
-      </c>
-[...19 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>4295</v>
+        <v>3553</v>
       </c>
       <c r="B132" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D132" t="s">
         <v>1227</v>
       </c>
-      <c r="C132" t="s">
+      <c r="E132" t="s">
         <v>1228</v>
       </c>
-      <c r="D132" t="s">
+      <c r="F132" t="s">
         <v>1229</v>
       </c>
-      <c r="E132" t="s">
+      <c r="G132" t="s">
         <v>1230</v>
       </c>
-      <c r="F132" t="s">
+      <c r="H132" t="s">
         <v>1231</v>
       </c>
-      <c r="G132" t="s">
+      <c r="I132" t="s">
         <v>1232</v>
       </c>
-      <c r="H132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
+        <v>47</v>
+      </c>
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
+        <v>48</v>
+      </c>
+      <c r="N132" t="s">
+        <v>28</v>
+      </c>
+      <c r="O132" t="s">
         <v>1233</v>
-      </c>
-[...19 lines deleted...]
-        <v>1235</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>4302</v>
+        <v>3566</v>
       </c>
       <c r="B133" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D133" t="s">
         <v>1236</v>
       </c>
-      <c r="C133" t="s">
+      <c r="E133" t="s">
         <v>1237</v>
       </c>
-      <c r="D133" t="s">
+      <c r="F133" t="s">
         <v>1238</v>
       </c>
-      <c r="E133" t="s">
+      <c r="G133" t="s">
         <v>1239</v>
       </c>
-      <c r="F133" t="s">
+      <c r="H133" t="s">
         <v>1240</v>
       </c>
-      <c r="G133" t="s">
+      <c r="I133" t="s">
         <v>1241</v>
       </c>
-      <c r="H133" t="s">
+      <c r="J133" t="s">
+        <v>24</v>
+      </c>
+      <c r="K133" t="s">
+        <v>170</v>
+      </c>
+      <c r="L133" t="s">
+        <v>26</v>
+      </c>
+      <c r="M133" t="s">
+        <v>171</v>
+      </c>
+      <c r="N133" t="s">
+        <v>28</v>
+      </c>
+      <c r="O133" t="s">
         <v>1242</v>
-      </c>
-[...19 lines deleted...]
-        <v>1246</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>4303</v>
+        <v>3567</v>
       </c>
       <c r="B134" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D134" t="s">
+        <v>1245</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F134" t="s">
         <v>1247</v>
       </c>
-      <c r="C134" t="s">
+      <c r="G134" t="s">
         <v>1248</v>
       </c>
-      <c r="D134" t="s">
+      <c r="H134" t="s">
         <v>1249</v>
       </c>
-      <c r="E134" t="s">
+      <c r="I134" t="s">
         <v>1250</v>
       </c>
-      <c r="F134" t="s">
+      <c r="J134" t="s">
+        <v>450</v>
+      </c>
+      <c r="K134" t="s">
         <v>1251</v>
       </c>
-      <c r="G134" t="s">
+      <c r="L134" t="s">
+        <v>452</v>
+      </c>
+      <c r="M134" t="s">
         <v>1252</v>
       </c>
-      <c r="H134" t="s">
+      <c r="N134" t="s">
+        <v>28</v>
+      </c>
+      <c r="O134" t="s">
         <v>1253</v>
-      </c>
-[...19 lines deleted...]
-        <v>1255</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>4304</v>
+        <v>3573</v>
       </c>
       <c r="B135" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D135" t="s">
         <v>1256</v>
       </c>
-      <c r="C135" t="s">
+      <c r="E135" t="s">
         <v>1257</v>
       </c>
-      <c r="D135" t="s">
+      <c r="F135" t="s">
         <v>1258</v>
       </c>
-      <c r="E135" t="s">
+      <c r="G135" t="s">
         <v>1259</v>
       </c>
-      <c r="F135" t="s">
+      <c r="H135" t="s">
         <v>1260</v>
       </c>
-      <c r="G135" t="s">
+      <c r="I135" t="s">
         <v>1261</v>
-      </c>
-[...4 lines deleted...]
-        <v>1263</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>4307</v>
+        <v>3574</v>
       </c>
       <c r="B136" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D136" t="s">
         <v>1265</v>
       </c>
-      <c r="C136" t="s">
+      <c r="E136" t="s">
         <v>1266</v>
       </c>
-      <c r="D136" t="s">
+      <c r="F136" t="s">
         <v>1267</v>
       </c>
-      <c r="E136" t="s">
+      <c r="G136" t="s">
         <v>1268</v>
       </c>
-      <c r="F136" t="s">
+      <c r="H136" t="s">
         <v>1269</v>
       </c>
-      <c r="G136" t="s">
+      <c r="I136" t="s">
         <v>1270</v>
       </c>
-      <c r="H136" t="s">
+      <c r="J136" t="s">
+        <v>24</v>
+      </c>
+      <c r="K136" t="s">
+        <v>170</v>
+      </c>
+      <c r="L136" t="s">
+        <v>26</v>
+      </c>
+      <c r="M136" t="s">
+        <v>171</v>
+      </c>
+      <c r="N136" t="s">
+        <v>28</v>
+      </c>
+      <c r="O136" t="s">
         <v>1271</v>
-      </c>
-[...19 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>4308</v>
+        <v>3575</v>
       </c>
       <c r="B137" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D137" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F137" t="s">
         <v>1276</v>
       </c>
-      <c r="C137" t="s">
+      <c r="G137" t="s">
         <v>1277</v>
       </c>
-      <c r="D137" t="s">
+      <c r="H137" t="s">
         <v>1278</v>
       </c>
-      <c r="E137" t="s">
+      <c r="I137" t="s">
         <v>1279</v>
       </c>
-      <c r="F137" t="s">
+      <c r="J137" t="s">
+        <v>24</v>
+      </c>
+      <c r="K137" t="s">
         <v>1280</v>
       </c>
-      <c r="G137" t="s">
+      <c r="L137" t="s">
+        <v>26</v>
+      </c>
+      <c r="M137" t="s">
         <v>1281</v>
       </c>
-      <c r="H137" t="s">
+      <c r="N137" t="s">
+        <v>28</v>
+      </c>
+      <c r="O137" t="s">
         <v>1282</v>
-      </c>
-[...19 lines deleted...]
-        <v>1284</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>4309</v>
+        <v>3578</v>
       </c>
       <c r="B138" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D138" t="s">
         <v>1285</v>
       </c>
-      <c r="C138" t="s">
+      <c r="E138" t="s">
         <v>1286</v>
       </c>
-      <c r="D138" t="s">
+      <c r="F138" t="s">
         <v>1287</v>
       </c>
-      <c r="E138" t="s">
+      <c r="G138" t="s">
         <v>1288</v>
       </c>
-      <c r="F138" t="s">
+      <c r="H138" t="s">
         <v>1289</v>
       </c>
-      <c r="G138" t="s">
+      <c r="I138" t="s">
         <v>1290</v>
       </c>
-      <c r="H138" t="s">
+      <c r="J138" t="s">
+        <v>24</v>
+      </c>
+      <c r="K138" t="s">
+        <v>25</v>
+      </c>
+      <c r="L138" t="s">
+        <v>26</v>
+      </c>
+      <c r="M138" t="s">
+        <v>27</v>
+      </c>
+      <c r="N138" t="s">
+        <v>28</v>
+      </c>
+      <c r="O138" t="s">
         <v>1291</v>
-      </c>
-[...19 lines deleted...]
-        <v>1293</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>4311</v>
+        <v>3581</v>
       </c>
       <c r="B139" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D139" t="s">
         <v>1294</v>
       </c>
-      <c r="C139" t="s">
+      <c r="E139" t="s">
         <v>1295</v>
       </c>
-      <c r="D139" t="s">
+      <c r="F139" t="s">
         <v>1296</v>
       </c>
-      <c r="E139" t="s">
+      <c r="G139" t="s">
         <v>1297</v>
       </c>
-      <c r="F139" t="s">
+      <c r="H139" t="s">
         <v>1298</v>
       </c>
-      <c r="G139" t="s">
+      <c r="I139" t="s">
         <v>1299</v>
       </c>
-      <c r="H139" t="s">
+      <c r="J139" t="s">
+        <v>24</v>
+      </c>
+      <c r="K139" t="s">
+        <v>47</v>
+      </c>
+      <c r="L139" t="s">
+        <v>26</v>
+      </c>
+      <c r="M139" t="s">
+        <v>48</v>
+      </c>
+      <c r="N139" t="s">
+        <v>28</v>
+      </c>
+      <c r="O139" t="s">
         <v>1300</v>
-      </c>
-[...19 lines deleted...]
-        <v>1302</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>4314</v>
+        <v>3586</v>
       </c>
       <c r="B140" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D140" t="s">
         <v>1303</v>
       </c>
-      <c r="C140" t="s">
+      <c r="E140" t="s">
         <v>1304</v>
       </c>
-      <c r="D140" t="s">
+      <c r="F140" t="s">
         <v>1305</v>
       </c>
-      <c r="E140" t="s">
+      <c r="G140" t="s">
         <v>1306</v>
       </c>
-      <c r="F140" t="s">
+      <c r="H140" t="s">
         <v>1307</v>
       </c>
-      <c r="G140" t="s">
+      <c r="I140" t="s">
         <v>1308</v>
-      </c>
-[...4 lines deleted...]
-        <v>1310</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
         <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>4316</v>
+        <v>3588</v>
       </c>
       <c r="B141" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D141" t="s">
         <v>1312</v>
       </c>
-      <c r="C141" t="s">
+      <c r="E141" t="s">
         <v>1313</v>
       </c>
-      <c r="D141" t="s">
+      <c r="F141" t="s">
         <v>1314</v>
       </c>
-      <c r="E141" t="s">
+      <c r="G141" t="s">
         <v>1315</v>
       </c>
-      <c r="F141" t="s">
+      <c r="H141" t="s">
         <v>1316</v>
       </c>
-      <c r="G141" t="s">
+      <c r="I141" t="s">
         <v>1317</v>
       </c>
-      <c r="H141" t="s">
+      <c r="J141" t="s">
+        <v>24</v>
+      </c>
+      <c r="K141" t="s">
         <v>1318</v>
       </c>
-      <c r="I141" t="s">
+      <c r="L141" t="s">
+        <v>26</v>
+      </c>
+      <c r="M141" t="s">
         <v>1319</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>4318</v>
+        <v>3591</v>
       </c>
       <c r="B142" t="s">
         <v>1321</v>
       </c>
       <c r="C142" t="s">
         <v>1322</v>
       </c>
       <c r="D142" t="s">
         <v>1323</v>
       </c>
       <c r="E142" t="s">
         <v>1324</v>
       </c>
       <c r="F142" t="s">
         <v>1325</v>
       </c>
       <c r="G142" t="s">
         <v>1326</v>
       </c>
       <c r="H142" t="s">
         <v>1327</v>
       </c>
       <c r="I142" t="s">
         <v>1328</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>4319</v>
+        <v>3602</v>
       </c>
       <c r="B143" t="s">
         <v>1330</v>
       </c>
       <c r="C143" t="s">
         <v>1331</v>
       </c>
       <c r="D143" t="s">
         <v>1332</v>
       </c>
       <c r="E143" t="s">
         <v>1333</v>
       </c>
       <c r="F143" t="s">
         <v>1334</v>
       </c>
       <c r="G143" t="s">
         <v>1335</v>
       </c>
       <c r="H143" t="s">
         <v>1336</v>
       </c>
       <c r="I143" t="s">
         <v>1337</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>112</v>
+        <v>59</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>113</v>
+        <v>61</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>4322</v>
+        <v>3636</v>
       </c>
       <c r="B144" t="s">
         <v>1339</v>
       </c>
       <c r="C144" t="s">
         <v>1340</v>
       </c>
       <c r="D144" t="s">
         <v>1341</v>
       </c>
       <c r="E144" t="s">
         <v>1342</v>
       </c>
       <c r="F144" t="s">
         <v>1343</v>
       </c>
       <c r="G144" t="s">
         <v>1344</v>
       </c>
       <c r="H144" t="s">
         <v>1345</v>
       </c>
       <c r="I144" t="s">
         <v>1346</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
         <v>25</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
         <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4555</v>
+        <v>3652</v>
       </c>
       <c r="B145" t="s">
         <v>1348</v>
       </c>
       <c r="C145" t="s">
         <v>1349</v>
       </c>
       <c r="D145" t="s">
         <v>1350</v>
       </c>
       <c r="E145" t="s">
         <v>1351</v>
       </c>
       <c r="F145" t="s">
         <v>1352</v>
       </c>
       <c r="G145" t="s">
         <v>1353</v>
       </c>
       <c r="H145" t="s">
         <v>1354</v>
       </c>
       <c r="I145" t="s">
         <v>1355</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4556</v>
+        <v>3686</v>
       </c>
       <c r="B146" t="s">
         <v>1357</v>
       </c>
       <c r="C146" t="s">
         <v>1358</v>
       </c>
       <c r="D146" t="s">
         <v>1359</v>
       </c>
       <c r="E146" t="s">
         <v>1360</v>
       </c>
       <c r="F146" t="s">
         <v>1361</v>
       </c>
       <c r="G146" t="s">
         <v>1362</v>
       </c>
       <c r="H146" t="s">
         <v>1363</v>
       </c>
       <c r="I146" t="s">
         <v>1364</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4558</v>
+        <v>3689</v>
       </c>
       <c r="B147" t="s">
         <v>1366</v>
       </c>
       <c r="C147" t="s">
         <v>1367</v>
       </c>
       <c r="D147" t="s">
         <v>1368</v>
       </c>
       <c r="E147" t="s">
         <v>1369</v>
       </c>
       <c r="F147" t="s">
         <v>1370</v>
       </c>
       <c r="G147" t="s">
         <v>1371</v>
       </c>
       <c r="H147" t="s">
         <v>1372</v>
       </c>
       <c r="I147" t="s">
         <v>1373</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
         <v>1374</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4559</v>
+        <v>3700</v>
       </c>
       <c r="B148" t="s">
         <v>1375</v>
       </c>
       <c r="C148" t="s">
         <v>1376</v>
       </c>
       <c r="D148" t="s">
         <v>1377</v>
       </c>
       <c r="E148" t="s">
         <v>1378</v>
       </c>
       <c r="F148" t="s">
         <v>1379</v>
       </c>
       <c r="G148" t="s">
         <v>1380</v>
       </c>
       <c r="H148" t="s">
         <v>1381</v>
       </c>
       <c r="I148" t="s">
         <v>1382</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4560</v>
+        <v>3701</v>
       </c>
       <c r="B149" t="s">
         <v>1384</v>
       </c>
       <c r="C149" t="s">
         <v>1385</v>
       </c>
       <c r="D149" t="s">
         <v>1386</v>
       </c>
       <c r="E149" t="s">
         <v>1387</v>
       </c>
       <c r="F149" t="s">
         <v>1388</v>
       </c>
       <c r="G149" t="s">
         <v>1389</v>
       </c>
       <c r="H149" t="s">
         <v>1390</v>
       </c>
       <c r="I149" t="s">
         <v>1391</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
         <v>25</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
         <v>27</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
         <v>1392</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4563</v>
+        <v>3702</v>
       </c>
       <c r="B150" t="s">
         <v>1393</v>
       </c>
       <c r="C150" t="s">
         <v>1394</v>
       </c>
       <c r="D150" t="s">
         <v>1395</v>
       </c>
       <c r="E150" t="s">
         <v>1396</v>
       </c>
       <c r="F150" t="s">
         <v>1397</v>
       </c>
       <c r="G150" t="s">
         <v>1398</v>
       </c>
       <c r="H150" t="s">
         <v>1399</v>
       </c>
       <c r="I150" t="s">
         <v>1400</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4564</v>
+        <v>3706</v>
       </c>
       <c r="B151" t="s">
         <v>1402</v>
       </c>
       <c r="C151" t="s">
         <v>1403</v>
       </c>
       <c r="D151" t="s">
         <v>1404</v>
       </c>
       <c r="E151" t="s">
         <v>1405</v>
       </c>
       <c r="F151" t="s">
         <v>1406</v>
       </c>
       <c r="G151" t="s">
         <v>1407</v>
       </c>
       <c r="H151" t="s">
         <v>1408</v>
       </c>
       <c r="I151" t="s">
         <v>1409</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
+        <v>25</v>
+      </c>
+      <c r="L151" t="s">
+        <v>26</v>
+      </c>
+      <c r="M151" t="s">
+        <v>27</v>
+      </c>
+      <c r="N151" t="s">
+        <v>28</v>
+      </c>
+      <c r="O151" t="s">
         <v>1410</v>
-      </c>
-[...10 lines deleted...]
-        <v>1412</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4566</v>
+        <v>3711</v>
       </c>
       <c r="B152" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D152" t="s">
         <v>1413</v>
       </c>
-      <c r="C152" t="s">
+      <c r="E152" t="s">
         <v>1414</v>
       </c>
-      <c r="D152" t="s">
+      <c r="F152" t="s">
         <v>1415</v>
       </c>
-      <c r="E152" t="s">
+      <c r="G152" t="s">
         <v>1416</v>
       </c>
-      <c r="F152" t="s">
+      <c r="H152" t="s">
         <v>1417</v>
       </c>
-      <c r="G152" t="s">
+      <c r="I152" t="s">
         <v>1418</v>
       </c>
-      <c r="H152" t="s">
+      <c r="J152" t="s">
+        <v>24</v>
+      </c>
+      <c r="K152" t="s">
+        <v>170</v>
+      </c>
+      <c r="L152" t="s">
+        <v>26</v>
+      </c>
+      <c r="M152" t="s">
+        <v>171</v>
+      </c>
+      <c r="N152" t="s">
+        <v>28</v>
+      </c>
+      <c r="O152" t="s">
         <v>1419</v>
-      </c>
-[...19 lines deleted...]
-        <v>1421</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4568</v>
+        <v>3714</v>
       </c>
       <c r="B153" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D153" t="s">
         <v>1422</v>
       </c>
-      <c r="C153" t="s">
+      <c r="E153" t="s">
         <v>1423</v>
       </c>
-      <c r="D153" t="s">
+      <c r="F153" t="s">
         <v>1424</v>
       </c>
-      <c r="E153" t="s">
+      <c r="G153" t="s">
         <v>1425</v>
       </c>
-      <c r="F153" t="s">
+      <c r="H153" t="s">
         <v>1426</v>
       </c>
-      <c r="G153" t="s">
+      <c r="I153" t="s">
         <v>1427</v>
-      </c>
-[...4 lines deleted...]
-        <v>1429</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4704</v>
+        <v>3716</v>
       </c>
       <c r="B154" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D154" t="s">
         <v>1431</v>
       </c>
-      <c r="C154" t="s">
+      <c r="E154" t="s">
         <v>1432</v>
       </c>
-      <c r="D154" t="s">
+      <c r="F154" t="s">
         <v>1433</v>
       </c>
-      <c r="E154" t="s">
+      <c r="G154" t="s">
         <v>1434</v>
       </c>
-      <c r="F154" t="s">
+      <c r="H154" t="s">
         <v>1435</v>
       </c>
-      <c r="G154" t="s">
+      <c r="I154" t="s">
         <v>1436</v>
-      </c>
-[...4 lines deleted...]
-        <v>1438</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>47</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>48</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1439</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4706</v>
+        <v>3718</v>
       </c>
       <c r="B155" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D155" t="s">
         <v>1440</v>
       </c>
-      <c r="C155" t="s">
+      <c r="E155" t="s">
         <v>1441</v>
       </c>
-      <c r="D155" t="s">
+      <c r="F155" t="s">
         <v>1442</v>
       </c>
-      <c r="E155" t="s">
+      <c r="G155" t="s">
         <v>1443</v>
       </c>
-      <c r="F155" t="s">
+      <c r="H155" t="s">
         <v>1444</v>
       </c>
-      <c r="G155" t="s">
+      <c r="I155" t="s">
         <v>1445</v>
       </c>
-      <c r="H155" t="s">
+      <c r="J155" t="s">
+        <v>24</v>
+      </c>
+      <c r="K155" t="s">
+        <v>170</v>
+      </c>
+      <c r="L155" t="s">
+        <v>26</v>
+      </c>
+      <c r="M155" t="s">
+        <v>171</v>
+      </c>
+      <c r="N155" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" t="s">
         <v>1446</v>
-      </c>
-[...19 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4709</v>
+        <v>3719</v>
       </c>
       <c r="B156" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D156" t="s">
         <v>1449</v>
       </c>
-      <c r="C156" t="s">
+      <c r="E156" t="s">
         <v>1450</v>
       </c>
-      <c r="D156" t="s">
+      <c r="F156" t="s">
         <v>1451</v>
       </c>
-      <c r="E156" t="s">
+      <c r="G156" t="s">
         <v>1452</v>
       </c>
-      <c r="F156" t="s">
+      <c r="H156" t="s">
         <v>1453</v>
       </c>
-      <c r="G156" t="s">
+      <c r="I156" t="s">
         <v>1454</v>
       </c>
-      <c r="H156" t="s">
+      <c r="J156" t="s">
+        <v>24</v>
+      </c>
+      <c r="K156" t="s">
+        <v>170</v>
+      </c>
+      <c r="L156" t="s">
+        <v>26</v>
+      </c>
+      <c r="M156" t="s">
+        <v>171</v>
+      </c>
+      <c r="N156" t="s">
+        <v>28</v>
+      </c>
+      <c r="O156" t="s">
         <v>1455</v>
-      </c>
-[...19 lines deleted...]
-        <v>1457</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4711</v>
+        <v>3731</v>
       </c>
       <c r="B157" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D157" t="s">
         <v>1458</v>
       </c>
-      <c r="C157" t="s">
+      <c r="E157" t="s">
         <v>1459</v>
       </c>
-      <c r="D157" t="s">
+      <c r="F157" t="s">
         <v>1460</v>
       </c>
-      <c r="E157" t="s">
+      <c r="G157" t="s">
         <v>1461</v>
       </c>
-      <c r="F157" t="s">
+      <c r="H157" t="s">
         <v>1462</v>
       </c>
-      <c r="G157" t="s">
+      <c r="I157" t="s">
         <v>1463</v>
       </c>
-      <c r="H157" t="s">
+      <c r="J157" t="s">
+        <v>24</v>
+      </c>
+      <c r="K157" t="s">
+        <v>25</v>
+      </c>
+      <c r="L157" t="s">
+        <v>26</v>
+      </c>
+      <c r="M157" t="s">
+        <v>27</v>
+      </c>
+      <c r="N157" t="s">
+        <v>28</v>
+      </c>
+      <c r="O157" t="s">
         <v>1464</v>
-      </c>
-[...19 lines deleted...]
-        <v>1470</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4714</v>
+        <v>3732</v>
       </c>
       <c r="B158" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D158" t="s">
+        <v>1467</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F158" t="s">
+        <v>1469</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1470</v>
+      </c>
+      <c r="H158" t="s">
         <v>1471</v>
       </c>
-      <c r="C158" t="s">
+      <c r="I158" t="s">
         <v>1472</v>
       </c>
-      <c r="D158" t="s">
+      <c r="J158" t="s">
+        <v>24</v>
+      </c>
+      <c r="K158" t="s">
+        <v>170</v>
+      </c>
+      <c r="L158" t="s">
+        <v>26</v>
+      </c>
+      <c r="M158" t="s">
+        <v>171</v>
+      </c>
+      <c r="N158" t="s">
+        <v>28</v>
+      </c>
+      <c r="O158" t="s">
         <v>1473</v>
-      </c>
-[...31 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4716</v>
+        <v>3753</v>
       </c>
       <c r="B159" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D159" t="s">
+        <v>1476</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1477</v>
+      </c>
+      <c r="F159" t="s">
+        <v>1478</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1479</v>
+      </c>
+      <c r="H159" t="s">
         <v>1480</v>
       </c>
-      <c r="C159" t="s">
+      <c r="I159" t="s">
         <v>1481</v>
       </c>
-      <c r="D159" t="s">
+      <c r="J159" t="s">
+        <v>24</v>
+      </c>
+      <c r="K159" t="s">
+        <v>25</v>
+      </c>
+      <c r="L159" t="s">
+        <v>26</v>
+      </c>
+      <c r="M159" t="s">
+        <v>27</v>
+      </c>
+      <c r="N159" t="s">
+        <v>28</v>
+      </c>
+      <c r="O159" t="s">
         <v>1482</v>
-      </c>
-[...31 lines deleted...]
-        <v>1488</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4717</v>
+        <v>3755</v>
       </c>
       <c r="B160" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D160" t="s">
+        <v>1485</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F160" t="s">
+        <v>1487</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1488</v>
+      </c>
+      <c r="H160" t="s">
         <v>1489</v>
       </c>
-      <c r="C160" t="s">
+      <c r="I160" t="s">
         <v>1490</v>
       </c>
-      <c r="D160" t="s">
+      <c r="J160" t="s">
+        <v>24</v>
+      </c>
+      <c r="K160" t="s">
+        <v>170</v>
+      </c>
+      <c r="L160" t="s">
+        <v>26</v>
+      </c>
+      <c r="M160" t="s">
+        <v>171</v>
+      </c>
+      <c r="N160" t="s">
+        <v>28</v>
+      </c>
+      <c r="O160" t="s">
         <v>1491</v>
-      </c>
-[...31 lines deleted...]
-        <v>1497</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4721</v>
+        <v>3756</v>
       </c>
       <c r="B161" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D161" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F161" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H161" t="s">
         <v>1498</v>
       </c>
-      <c r="C161" t="s">
+      <c r="I161" t="s">
         <v>1499</v>
       </c>
-      <c r="D161" t="s">
+      <c r="J161" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" t="s">
+        <v>25</v>
+      </c>
+      <c r="L161" t="s">
+        <v>26</v>
+      </c>
+      <c r="M161" t="s">
+        <v>27</v>
+      </c>
+      <c r="N161" t="s">
+        <v>28</v>
+      </c>
+      <c r="O161" t="s">
         <v>1500</v>
-      </c>
-[...31 lines deleted...]
-        <v>1506</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4722</v>
+        <v>3777</v>
       </c>
       <c r="B162" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D162" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F162" t="s">
+        <v>1505</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1506</v>
+      </c>
+      <c r="H162" t="s">
         <v>1507</v>
       </c>
-      <c r="C162" t="s">
+      <c r="I162" t="s">
         <v>1508</v>
       </c>
-      <c r="D162" t="s">
+      <c r="J162" t="s">
+        <v>24</v>
+      </c>
+      <c r="K162" t="s">
+        <v>170</v>
+      </c>
+      <c r="L162" t="s">
+        <v>26</v>
+      </c>
+      <c r="M162" t="s">
+        <v>171</v>
+      </c>
+      <c r="N162" t="s">
+        <v>28</v>
+      </c>
+      <c r="O162" t="s">
         <v>1509</v>
-      </c>
-[...31 lines deleted...]
-        <v>1517</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4723</v>
+        <v>3779</v>
       </c>
       <c r="B163" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D163" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1513</v>
+      </c>
+      <c r="F163" t="s">
+        <v>1514</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1515</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1516</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1517</v>
+      </c>
+      <c r="J163" t="s">
+        <v>24</v>
+      </c>
+      <c r="K163" t="s">
+        <v>170</v>
+      </c>
+      <c r="L163" t="s">
+        <v>26</v>
+      </c>
+      <c r="M163" t="s">
+        <v>171</v>
+      </c>
+      <c r="N163" t="s">
+        <v>28</v>
+      </c>
+      <c r="O163" t="s">
         <v>1518</v>
-      </c>
-[...37 lines deleted...]
-        <v>1528</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4725</v>
+        <v>3791</v>
       </c>
       <c r="B164" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1521</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F164" t="s">
+        <v>1523</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1524</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1525</v>
+      </c>
+      <c r="I164" t="s">
+        <v>1526</v>
+      </c>
+      <c r="J164" t="s">
+        <v>1527</v>
+      </c>
+      <c r="K164" t="s">
+        <v>916</v>
+      </c>
+      <c r="L164" t="s">
+        <v>1528</v>
+      </c>
+      <c r="M164" t="s">
+        <v>917</v>
+      </c>
+      <c r="N164" t="s">
+        <v>28</v>
+      </c>
+      <c r="O164" t="s">
         <v>1529</v>
-      </c>
-[...37 lines deleted...]
-        <v>1537</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4792</v>
+        <v>3854</v>
       </c>
       <c r="B165" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D165" t="s">
+        <v>1532</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1533</v>
+      </c>
+      <c r="F165" t="s">
+        <v>1534</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1536</v>
+      </c>
+      <c r="I165" t="s">
+        <v>1537</v>
+      </c>
+      <c r="J165" t="s">
+        <v>24</v>
+      </c>
+      <c r="K165" t="s">
+        <v>47</v>
+      </c>
+      <c r="L165" t="s">
+        <v>26</v>
+      </c>
+      <c r="M165" t="s">
+        <v>48</v>
+      </c>
+      <c r="N165" t="s">
+        <v>28</v>
+      </c>
+      <c r="O165" t="s">
         <v>1538</v>
-      </c>
-[...37 lines deleted...]
-        <v>1546</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4801</v>
+        <v>3863</v>
       </c>
       <c r="B166" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1541</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F166" t="s">
+        <v>1543</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H166" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I166" t="s">
+        <v>1546</v>
+      </c>
+      <c r="J166" t="s">
+        <v>24</v>
+      </c>
+      <c r="K166" t="s">
+        <v>170</v>
+      </c>
+      <c r="L166" t="s">
+        <v>26</v>
+      </c>
+      <c r="M166" t="s">
+        <v>171</v>
+      </c>
+      <c r="N166" t="s">
+        <v>28</v>
+      </c>
+      <c r="O166" t="s">
         <v>1547</v>
-      </c>
-[...37 lines deleted...]
-        <v>1555</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4810</v>
+        <v>3868</v>
       </c>
       <c r="B167" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F167" t="s">
+        <v>1552</v>
+      </c>
+      <c r="G167" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H167" t="s">
+        <v>1554</v>
+      </c>
+      <c r="I167" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J167" t="s">
+        <v>24</v>
+      </c>
+      <c r="K167" t="s">
+        <v>47</v>
+      </c>
+      <c r="L167" t="s">
+        <v>26</v>
+      </c>
+      <c r="M167" t="s">
+        <v>48</v>
+      </c>
+      <c r="N167" t="s">
+        <v>28</v>
+      </c>
+      <c r="O167" t="s">
         <v>1556</v>
-      </c>
-[...37 lines deleted...]
-        <v>1564</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4811</v>
+        <v>3910</v>
       </c>
       <c r="B168" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C168" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D168" t="s">
+        <v>1559</v>
+      </c>
+      <c r="E168" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F168" t="s">
+        <v>1561</v>
+      </c>
+      <c r="G168" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H168" t="s">
+        <v>1563</v>
+      </c>
+      <c r="I168" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J168" t="s">
+        <v>24</v>
+      </c>
+      <c r="K168" t="s">
+        <v>757</v>
+      </c>
+      <c r="L168" t="s">
+        <v>26</v>
+      </c>
+      <c r="M168" t="s">
+        <v>758</v>
+      </c>
+      <c r="N168" t="s">
+        <v>28</v>
+      </c>
+      <c r="O168" t="s">
         <v>1565</v>
-      </c>
-[...37 lines deleted...]
-        <v>1573</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4817</v>
+        <v>4176</v>
       </c>
       <c r="B169" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1568</v>
+      </c>
+      <c r="E169" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F169" t="s">
+        <v>1570</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1571</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1572</v>
+      </c>
+      <c r="I169" t="s">
+        <v>1573</v>
+      </c>
+      <c r="J169" t="s">
+        <v>24</v>
+      </c>
+      <c r="K169" t="s">
+        <v>170</v>
+      </c>
+      <c r="L169" t="s">
+        <v>26</v>
+      </c>
+      <c r="M169" t="s">
+        <v>171</v>
+      </c>
+      <c r="N169" t="s">
+        <v>28</v>
+      </c>
+      <c r="O169" t="s">
         <v>1574</v>
-      </c>
-[...37 lines deleted...]
-        <v>1582</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4935</v>
+        <v>4177</v>
       </c>
       <c r="B170" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E170" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F170" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1581</v>
+      </c>
+      <c r="I170" t="s">
+        <v>1582</v>
+      </c>
+      <c r="J170" t="s">
+        <v>24</v>
+      </c>
+      <c r="K170" t="s">
+        <v>25</v>
+      </c>
+      <c r="L170" t="s">
+        <v>26</v>
+      </c>
+      <c r="M170" t="s">
+        <v>27</v>
+      </c>
+      <c r="N170" t="s">
+        <v>28</v>
+      </c>
+      <c r="O170" t="s">
         <v>1583</v>
-      </c>
-[...37 lines deleted...]
-        <v>1591</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4947</v>
+        <v>4180</v>
       </c>
       <c r="B171" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1586</v>
+      </c>
+      <c r="E171" t="s">
+        <v>1587</v>
+      </c>
+      <c r="F171" t="s">
+        <v>1588</v>
+      </c>
+      <c r="G171" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H171" t="s">
+        <v>1590</v>
+      </c>
+      <c r="I171" t="s">
+        <v>1591</v>
+      </c>
+      <c r="J171" t="s">
+        <v>24</v>
+      </c>
+      <c r="K171" t="s">
+        <v>25</v>
+      </c>
+      <c r="L171" t="s">
+        <v>26</v>
+      </c>
+      <c r="M171" t="s">
+        <v>27</v>
+      </c>
+      <c r="N171" t="s">
+        <v>28</v>
+      </c>
+      <c r="O171" t="s">
         <v>1592</v>
-      </c>
-[...37 lines deleted...]
-        <v>1600</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4950</v>
+        <v>4186</v>
       </c>
       <c r="B172" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1595</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F172" t="s">
+        <v>1597</v>
+      </c>
+      <c r="G172" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H172" t="s">
+        <v>1599</v>
+      </c>
+      <c r="I172" t="s">
+        <v>1600</v>
+      </c>
+      <c r="J172" t="s">
+        <v>24</v>
+      </c>
+      <c r="K172" t="s">
+        <v>59</v>
+      </c>
+      <c r="L172" t="s">
+        <v>26</v>
+      </c>
+      <c r="M172" t="s">
+        <v>61</v>
+      </c>
+      <c r="N172" t="s">
+        <v>28</v>
+      </c>
+      <c r="O172" t="s">
         <v>1601</v>
-      </c>
-[...37 lines deleted...]
-        <v>1609</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4965</v>
+        <v>4191</v>
       </c>
       <c r="B173" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D173" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F173" t="s">
+        <v>1606</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H173" t="s">
+        <v>1608</v>
+      </c>
+      <c r="I173" t="s">
+        <v>1609</v>
+      </c>
+      <c r="J173" t="s">
+        <v>450</v>
+      </c>
+      <c r="K173" t="s">
+        <v>916</v>
+      </c>
+      <c r="L173" t="s">
+        <v>452</v>
+      </c>
+      <c r="M173" t="s">
+        <v>917</v>
+      </c>
+      <c r="N173" t="s">
+        <v>28</v>
+      </c>
+      <c r="O173" t="s">
         <v>1610</v>
-      </c>
-[...37 lines deleted...]
-        <v>1618</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4968</v>
+        <v>4195</v>
       </c>
       <c r="B174" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D174" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E174" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F174" t="s">
+        <v>1615</v>
+      </c>
+      <c r="G174" t="s">
+        <v>1616</v>
+      </c>
+      <c r="H174" t="s">
+        <v>1617</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1618</v>
+      </c>
+      <c r="J174" t="s">
+        <v>24</v>
+      </c>
+      <c r="K174" t="s">
+        <v>170</v>
+      </c>
+      <c r="L174" t="s">
+        <v>26</v>
+      </c>
+      <c r="M174" t="s">
+        <v>171</v>
+      </c>
+      <c r="N174" t="s">
+        <v>28</v>
+      </c>
+      <c r="O174" t="s">
         <v>1619</v>
-      </c>
-[...37 lines deleted...]
-        <v>1627</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4969</v>
+        <v>4196</v>
       </c>
       <c r="B175" t="s">
-        <v>1628</v>
+        <v>1620</v>
       </c>
       <c r="C175" t="s">
-        <v>1629</v>
+        <v>1621</v>
       </c>
       <c r="D175" t="s">
-        <v>1630</v>
+        <v>1622</v>
       </c>
       <c r="E175" t="s">
-        <v>1631</v>
+        <v>1623</v>
       </c>
       <c r="F175" t="s">
-        <v>1632</v>
+        <v>1624</v>
       </c>
       <c r="G175" t="s">
-        <v>1633</v>
+        <v>1625</v>
       </c>
       <c r="H175" t="s">
-        <v>1634</v>
+        <v>1626</v>
       </c>
       <c r="I175" t="s">
-        <v>1635</v>
+        <v>1627</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
         <v>25</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1636</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>5272</v>
+        <v>4198</v>
       </c>
       <c r="B176" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F176" t="s">
+        <v>1633</v>
+      </c>
+      <c r="G176" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H176" t="s">
+        <v>1635</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1636</v>
+      </c>
+      <c r="J176" t="s">
+        <v>24</v>
+      </c>
+      <c r="K176" t="s">
+        <v>25</v>
+      </c>
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
+        <v>27</v>
+      </c>
+      <c r="N176" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" t="s">
         <v>1637</v>
-      </c>
-[...37 lines deleted...]
-        <v>1645</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>5273</v>
+        <v>4202</v>
       </c>
       <c r="B177" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E177" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F177" t="s">
+        <v>1642</v>
+      </c>
+      <c r="G177" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H177" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I177" t="s">
+        <v>1645</v>
+      </c>
+      <c r="J177" t="s">
+        <v>24</v>
+      </c>
+      <c r="K177" t="s">
+        <v>25</v>
+      </c>
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
+        <v>27</v>
+      </c>
+      <c r="N177" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" t="s">
         <v>1646</v>
-      </c>
-[...37 lines deleted...]
-        <v>1656</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>5326</v>
+        <v>4204</v>
       </c>
       <c r="B178" t="s">
-        <v>1657</v>
+        <v>1647</v>
       </c>
       <c r="C178" t="s">
-        <v>1658</v>
+        <v>1648</v>
       </c>
       <c r="D178" t="s">
-        <v>1659</v>
+        <v>1649</v>
       </c>
       <c r="E178" t="s">
-        <v>1660</v>
+        <v>1650</v>
       </c>
       <c r="F178" t="s">
-        <v>1661</v>
+        <v>1651</v>
       </c>
       <c r="G178" t="s">
-        <v>1662</v>
+        <v>1652</v>
       </c>
       <c r="H178" t="s">
-        <v>1663</v>
+        <v>1653</v>
       </c>
       <c r="I178" t="s">
-        <v>1664</v>
+        <v>1654</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1665</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5330</v>
+        <v>4206</v>
       </c>
       <c r="B179" t="s">
-        <v>1666</v>
+        <v>1656</v>
       </c>
       <c r="C179" t="s">
-        <v>1667</v>
+        <v>1657</v>
       </c>
       <c r="D179" t="s">
-        <v>1668</v>
+        <v>1658</v>
       </c>
       <c r="E179" t="s">
-        <v>1669</v>
+        <v>1659</v>
       </c>
       <c r="F179" t="s">
-        <v>1670</v>
+        <v>1660</v>
       </c>
       <c r="G179" t="s">
-        <v>1671</v>
+        <v>1661</v>
       </c>
       <c r="H179" t="s">
-        <v>1672</v>
+        <v>1662</v>
       </c>
       <c r="I179" t="s">
-        <v>1673</v>
+        <v>1663</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1674</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5331</v>
+        <v>4211</v>
       </c>
       <c r="B180" t="s">
-        <v>1675</v>
+        <v>1665</v>
       </c>
       <c r="C180" t="s">
-        <v>1676</v>
+        <v>1666</v>
       </c>
       <c r="D180" t="s">
-        <v>1677</v>
+        <v>1667</v>
       </c>
       <c r="E180" t="s">
-        <v>1678</v>
+        <v>1668</v>
       </c>
       <c r="F180" t="s">
-        <v>1679</v>
+        <v>1669</v>
       </c>
       <c r="G180" t="s">
-        <v>1680</v>
+        <v>1670</v>
       </c>
       <c r="H180" t="s">
-        <v>1681</v>
+        <v>1671</v>
       </c>
       <c r="I180" t="s">
-        <v>1682</v>
+        <v>1672</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1683</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5332</v>
+        <v>4216</v>
       </c>
       <c r="B181" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1676</v>
+      </c>
+      <c r="E181" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F181" t="s">
+        <v>1678</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1679</v>
+      </c>
+      <c r="H181" t="s">
+        <v>1680</v>
+      </c>
+      <c r="I181" t="s">
+        <v>1681</v>
+      </c>
+      <c r="J181" t="s">
+        <v>1682</v>
+      </c>
+      <c r="K181" t="s">
+        <v>1683</v>
+      </c>
+      <c r="L181" t="s">
         <v>1684</v>
       </c>
-      <c r="C181" t="s">
+      <c r="M181" t="s">
         <v>1685</v>
       </c>
-      <c r="D181" t="s">
+      <c r="N181" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" t="s">
         <v>1686</v>
-      </c>
-[...31 lines deleted...]
-        <v>1692</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5335</v>
+        <v>4220</v>
       </c>
       <c r="B182" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E182" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F182" t="s">
+        <v>1691</v>
+      </c>
+      <c r="G182" t="s">
+        <v>1692</v>
+      </c>
+      <c r="H182" t="s">
         <v>1693</v>
       </c>
-      <c r="C182" t="s">
+      <c r="I182" t="s">
         <v>1694</v>
-      </c>
-[...16 lines deleted...]
-        <v>1700</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1701</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5344</v>
+        <v>4242</v>
       </c>
       <c r="B183" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1698</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1699</v>
+      </c>
+      <c r="F183" t="s">
+        <v>1700</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1701</v>
+      </c>
+      <c r="H183" t="s">
         <v>1702</v>
       </c>
-      <c r="C183" t="s">
+      <c r="I183" t="s">
         <v>1703</v>
       </c>
-      <c r="D183" t="s">
+      <c r="J183" t="s">
+        <v>24</v>
+      </c>
+      <c r="K183" t="s">
+        <v>25</v>
+      </c>
+      <c r="L183" t="s">
+        <v>26</v>
+      </c>
+      <c r="M183" t="s">
+        <v>27</v>
+      </c>
+      <c r="N183" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" t="s">
         <v>1704</v>
-      </c>
-[...31 lines deleted...]
-        <v>1712</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5346</v>
+        <v>4243</v>
       </c>
       <c r="B184" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1707</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1708</v>
+      </c>
+      <c r="F184" t="s">
+        <v>1709</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1710</v>
+      </c>
+      <c r="H184" t="s">
+        <v>1711</v>
+      </c>
+      <c r="I184" t="s">
+        <v>1712</v>
+      </c>
+      <c r="J184" t="s">
+        <v>24</v>
+      </c>
+      <c r="K184" t="s">
+        <v>25</v>
+      </c>
+      <c r="L184" t="s">
+        <v>26</v>
+      </c>
+      <c r="M184" t="s">
+        <v>27</v>
+      </c>
+      <c r="N184" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" t="s">
         <v>1713</v>
-      </c>
-[...37 lines deleted...]
-        <v>1723</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5348</v>
+        <v>4292</v>
       </c>
       <c r="B185" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F185" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G185" t="s">
+        <v>1719</v>
+      </c>
+      <c r="H185" t="s">
+        <v>1720</v>
+      </c>
+      <c r="I185" t="s">
+        <v>1721</v>
+      </c>
+      <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="K185" t="s">
+        <v>1722</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
+        <v>1723</v>
+      </c>
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
         <v>1724</v>
-      </c>
-[...37 lines deleted...]
-        <v>1732</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5351</v>
+        <v>4295</v>
       </c>
       <c r="B186" t="s">
-        <v>1733</v>
+        <v>1725</v>
       </c>
       <c r="C186" t="s">
-        <v>1734</v>
+        <v>1726</v>
       </c>
       <c r="D186" t="s">
-        <v>1735</v>
+        <v>1727</v>
       </c>
       <c r="E186" t="s">
-        <v>1736</v>
+        <v>1728</v>
       </c>
       <c r="F186" t="s">
-        <v>1737</v>
+        <v>1729</v>
       </c>
       <c r="G186" t="s">
-        <v>1738</v>
+        <v>1730</v>
       </c>
       <c r="H186" t="s">
-        <v>1739</v>
+        <v>1731</v>
       </c>
       <c r="I186" t="s">
-        <v>1740</v>
+        <v>1732</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
         <v>25</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
         <v>27</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1741</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5353</v>
+        <v>4302</v>
       </c>
       <c r="B187" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1738</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1739</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1740</v>
+      </c>
+      <c r="I187" t="s">
+        <v>1741</v>
+      </c>
+      <c r="J187" t="s">
         <v>1742</v>
       </c>
-      <c r="C187" t="s">
+      <c r="K187" t="s">
+        <v>916</v>
+      </c>
+      <c r="L187" t="s">
         <v>1743</v>
       </c>
-      <c r="D187" t="s">
+      <c r="M187" t="s">
+        <v>917</v>
+      </c>
+      <c r="N187" t="s">
+        <v>28</v>
+      </c>
+      <c r="O187" t="s">
         <v>1744</v>
-      </c>
-[...31 lines deleted...]
-        <v>1750</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5354</v>
+        <v>4303</v>
       </c>
       <c r="B188" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1747</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1748</v>
+      </c>
+      <c r="F188" t="s">
+        <v>1749</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H188" t="s">
         <v>1751</v>
       </c>
-      <c r="C188" t="s">
+      <c r="I188" t="s">
         <v>1752</v>
       </c>
-      <c r="D188" t="s">
+      <c r="J188" t="s">
+        <v>768</v>
+      </c>
+      <c r="K188" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L188" t="s">
+        <v>770</v>
+      </c>
+      <c r="M188" t="s">
+        <v>1281</v>
+      </c>
+      <c r="N188" t="s">
+        <v>28</v>
+      </c>
+      <c r="O188" t="s">
         <v>1753</v>
-      </c>
-[...31 lines deleted...]
-        <v>1759</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5359</v>
+        <v>4304</v>
       </c>
       <c r="B189" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1756</v>
+      </c>
+      <c r="E189" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F189" t="s">
+        <v>1758</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1759</v>
+      </c>
+      <c r="H189" t="s">
         <v>1760</v>
       </c>
-      <c r="C189" t="s">
+      <c r="I189" t="s">
         <v>1761</v>
-      </c>
-[...16 lines deleted...]
-        <v>1767</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
         <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
         <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1768</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5364</v>
+        <v>4307</v>
       </c>
       <c r="B190" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D190" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E190" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F190" t="s">
+        <v>1767</v>
+      </c>
+      <c r="G190" t="s">
+        <v>1768</v>
+      </c>
+      <c r="H190" t="s">
         <v>1769</v>
       </c>
-      <c r="C190" t="s">
+      <c r="I190" t="s">
         <v>1770</v>
       </c>
-      <c r="D190" t="s">
+      <c r="J190" t="s">
+        <v>1682</v>
+      </c>
+      <c r="K190" t="s">
         <v>1771</v>
       </c>
-      <c r="E190" t="s">
+      <c r="L190" t="s">
+        <v>1684</v>
+      </c>
+      <c r="M190" t="s">
         <v>1772</v>
       </c>
-      <c r="F190" t="s">
+      <c r="N190" t="s">
+        <v>28</v>
+      </c>
+      <c r="O190" t="s">
         <v>1773</v>
-      </c>
-[...25 lines deleted...]
-        <v>1777</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5365</v>
+        <v>4308</v>
       </c>
       <c r="B191" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E191" t="s">
+        <v>1777</v>
+      </c>
+      <c r="F191" t="s">
         <v>1778</v>
       </c>
-      <c r="C191" t="s">
+      <c r="G191" t="s">
         <v>1779</v>
       </c>
-      <c r="D191" t="s">
+      <c r="H191" t="s">
         <v>1780</v>
       </c>
-      <c r="E191" t="s">
+      <c r="I191" t="s">
         <v>1781</v>
       </c>
-      <c r="F191" t="s">
+      <c r="J191" t="s">
+        <v>24</v>
+      </c>
+      <c r="K191" t="s">
+        <v>170</v>
+      </c>
+      <c r="L191" t="s">
+        <v>26</v>
+      </c>
+      <c r="M191" t="s">
+        <v>171</v>
+      </c>
+      <c r="N191" t="s">
+        <v>28</v>
+      </c>
+      <c r="O191" t="s">
         <v>1782</v>
-      </c>
-[...25 lines deleted...]
-        <v>1786</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5367</v>
+        <v>4309</v>
       </c>
       <c r="B192" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E192" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F192" t="s">
         <v>1787</v>
       </c>
-      <c r="C192" t="s">
+      <c r="G192" t="s">
         <v>1788</v>
       </c>
-      <c r="D192" t="s">
+      <c r="H192" t="s">
         <v>1789</v>
       </c>
-      <c r="E192" t="s">
+      <c r="I192" t="s">
         <v>1790</v>
       </c>
-      <c r="F192" t="s">
+      <c r="J192" t="s">
+        <v>24</v>
+      </c>
+      <c r="K192" t="s">
+        <v>170</v>
+      </c>
+      <c r="L192" t="s">
+        <v>26</v>
+      </c>
+      <c r="M192" t="s">
+        <v>171</v>
+      </c>
+      <c r="N192" t="s">
+        <v>28</v>
+      </c>
+      <c r="O192" t="s">
         <v>1791</v>
-      </c>
-[...25 lines deleted...]
-        <v>1795</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5368</v>
+        <v>4311</v>
       </c>
       <c r="B193" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E193" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F193" t="s">
         <v>1796</v>
       </c>
-      <c r="C193" t="s">
+      <c r="G193" t="s">
         <v>1797</v>
       </c>
-      <c r="D193" t="s">
+      <c r="H193" t="s">
         <v>1798</v>
       </c>
-      <c r="E193" t="s">
+      <c r="I193" t="s">
         <v>1799</v>
-      </c>
-[...10 lines deleted...]
-        <v>1803</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
         <v>25</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
         <v>27</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1804</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5371</v>
+        <v>4314</v>
       </c>
       <c r="B194" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1803</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F194" t="s">
         <v>1805</v>
       </c>
-      <c r="C194" t="s">
+      <c r="G194" t="s">
         <v>1806</v>
       </c>
-      <c r="D194" t="s">
+      <c r="H194" t="s">
         <v>1807</v>
       </c>
-      <c r="E194" t="s">
+      <c r="I194" t="s">
         <v>1808</v>
       </c>
-      <c r="F194" t="s">
+      <c r="J194" t="s">
+        <v>24</v>
+      </c>
+      <c r="K194" t="s">
+        <v>25</v>
+      </c>
+      <c r="L194" t="s">
+        <v>26</v>
+      </c>
+      <c r="M194" t="s">
+        <v>27</v>
+      </c>
+      <c r="N194" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" t="s">
         <v>1809</v>
-      </c>
-[...25 lines deleted...]
-        <v>1815</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5372</v>
+        <v>4316</v>
       </c>
       <c r="B195" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1812</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1813</v>
+      </c>
+      <c r="F195" t="s">
+        <v>1814</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1815</v>
+      </c>
+      <c r="H195" t="s">
         <v>1816</v>
       </c>
-      <c r="C195" t="s">
+      <c r="I195" t="s">
         <v>1817</v>
       </c>
-      <c r="D195" t="s">
+      <c r="J195" t="s">
+        <v>24</v>
+      </c>
+      <c r="K195" t="s">
+        <v>170</v>
+      </c>
+      <c r="L195" t="s">
+        <v>26</v>
+      </c>
+      <c r="M195" t="s">
+        <v>171</v>
+      </c>
+      <c r="N195" t="s">
+        <v>28</v>
+      </c>
+      <c r="O195" t="s">
         <v>1818</v>
-      </c>
-[...31 lines deleted...]
-        <v>1824</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5375</v>
+        <v>4318</v>
       </c>
       <c r="B196" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1821</v>
+      </c>
+      <c r="E196" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F196" t="s">
+        <v>1823</v>
+      </c>
+      <c r="G196" t="s">
+        <v>1824</v>
+      </c>
+      <c r="H196" t="s">
         <v>1825</v>
       </c>
-      <c r="C196" t="s">
+      <c r="I196" t="s">
         <v>1826</v>
       </c>
-      <c r="D196" t="s">
+      <c r="J196" t="s">
+        <v>24</v>
+      </c>
+      <c r="K196" t="s">
+        <v>170</v>
+      </c>
+      <c r="L196" t="s">
+        <v>26</v>
+      </c>
+      <c r="M196" t="s">
+        <v>171</v>
+      </c>
+      <c r="N196" t="s">
+        <v>28</v>
+      </c>
+      <c r="O196" t="s">
         <v>1827</v>
-      </c>
-[...31 lines deleted...]
-        <v>1833</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5377</v>
+        <v>4319</v>
       </c>
       <c r="B197" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F197" t="s">
+        <v>1832</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H197" t="s">
         <v>1834</v>
       </c>
-      <c r="C197" t="s">
+      <c r="I197" t="s">
         <v>1835</v>
       </c>
-      <c r="D197" t="s">
+      <c r="J197" t="s">
+        <v>24</v>
+      </c>
+      <c r="K197" t="s">
+        <v>170</v>
+      </c>
+      <c r="L197" t="s">
+        <v>26</v>
+      </c>
+      <c r="M197" t="s">
+        <v>171</v>
+      </c>
+      <c r="N197" t="s">
+        <v>28</v>
+      </c>
+      <c r="O197" t="s">
         <v>1836</v>
-      </c>
-[...31 lines deleted...]
-        <v>1842</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5378</v>
+        <v>4322</v>
       </c>
       <c r="B198" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F198" t="s">
+        <v>1841</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H198" t="s">
         <v>1843</v>
       </c>
-      <c r="C198" t="s">
+      <c r="I198" t="s">
         <v>1844</v>
-      </c>
-[...16 lines deleted...]
-        <v>1850</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
         <v>25</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1851</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5382</v>
+        <v>4436</v>
       </c>
       <c r="B199" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F199" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H199" t="s">
         <v>1852</v>
       </c>
-      <c r="C199" t="s">
+      <c r="I199" t="s">
         <v>1853</v>
       </c>
-      <c r="D199" t="s">
+      <c r="J199" t="s">
+        <v>24</v>
+      </c>
+      <c r="K199" t="s">
+        <v>25</v>
+      </c>
+      <c r="L199" t="s">
+        <v>26</v>
+      </c>
+      <c r="M199" t="s">
+        <v>27</v>
+      </c>
+      <c r="N199" t="s">
+        <v>28</v>
+      </c>
+      <c r="O199" t="s">
         <v>1854</v>
-      </c>
-[...31 lines deleted...]
-        <v>1860</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5435</v>
+        <v>4438</v>
       </c>
       <c r="B200" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F200" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H200" t="s">
         <v>1861</v>
       </c>
-      <c r="C200" t="s">
+      <c r="I200" t="s">
         <v>1862</v>
       </c>
-      <c r="D200" t="s">
+      <c r="J200" t="s">
+        <v>24</v>
+      </c>
+      <c r="K200" t="s">
+        <v>25</v>
+      </c>
+      <c r="L200" t="s">
+        <v>26</v>
+      </c>
+      <c r="M200" t="s">
+        <v>27</v>
+      </c>
+      <c r="N200" t="s">
+        <v>28</v>
+      </c>
+      <c r="O200" t="s">
         <v>1863</v>
-      </c>
-[...31 lines deleted...]
-        <v>1869</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5437</v>
+        <v>4454</v>
       </c>
       <c r="B201" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1867</v>
+      </c>
+      <c r="F201" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H201" t="s">
         <v>1870</v>
       </c>
-      <c r="C201" t="s">
+      <c r="I201" t="s">
         <v>1871</v>
-      </c>
-[...16 lines deleted...]
-        <v>1877</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1878</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5439</v>
+        <v>4457</v>
       </c>
       <c r="B202" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1876</v>
+      </c>
+      <c r="F202" t="s">
+        <v>1877</v>
+      </c>
+      <c r="G202" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H202" t="s">
         <v>1879</v>
       </c>
-      <c r="C202" t="s">
+      <c r="I202" t="s">
         <v>1880</v>
-      </c>
-[...16 lines deleted...]
-        <v>1886</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1887</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5456</v>
+        <v>4495</v>
       </c>
       <c r="B203" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F203" t="s">
+        <v>1886</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1887</v>
+      </c>
+      <c r="H203" t="s">
         <v>1888</v>
       </c>
-      <c r="C203" t="s">
+      <c r="I203" t="s">
         <v>1889</v>
       </c>
-      <c r="D203" t="s">
+      <c r="J203" t="s">
+        <v>24</v>
+      </c>
+      <c r="K203" t="s">
+        <v>25</v>
+      </c>
+      <c r="L203" t="s">
+        <v>26</v>
+      </c>
+      <c r="M203" t="s">
+        <v>27</v>
+      </c>
+      <c r="N203" t="s">
+        <v>28</v>
+      </c>
+      <c r="O203" t="s">
         <v>1890</v>
-      </c>
-[...31 lines deleted...]
-        <v>1896</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5474</v>
+        <v>4498</v>
       </c>
       <c r="B204" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1893</v>
+      </c>
+      <c r="E204" t="s">
+        <v>1894</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1895</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H204" t="s">
         <v>1897</v>
       </c>
-      <c r="C204" t="s">
+      <c r="I204" t="s">
         <v>1898</v>
-      </c>
-[...16 lines deleted...]
-        <v>1904</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1905</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5475</v>
+        <v>4508</v>
       </c>
       <c r="B205" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1902</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1903</v>
+      </c>
+      <c r="F205" t="s">
+        <v>1904</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H205" t="s">
         <v>1906</v>
       </c>
-      <c r="C205" t="s">
+      <c r="I205" t="s">
         <v>1907</v>
       </c>
-      <c r="D205" t="s">
+      <c r="J205" t="s">
+        <v>24</v>
+      </c>
+      <c r="K205" t="s">
+        <v>25</v>
+      </c>
+      <c r="L205" t="s">
+        <v>26</v>
+      </c>
+      <c r="M205" t="s">
+        <v>27</v>
+      </c>
+      <c r="N205" t="s">
+        <v>28</v>
+      </c>
+      <c r="O205" t="s">
         <v>1908</v>
-      </c>
-[...31 lines deleted...]
-        <v>1914</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5476</v>
+        <v>4520</v>
       </c>
       <c r="B206" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1911</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1912</v>
+      </c>
+      <c r="F206" t="s">
+        <v>1913</v>
+      </c>
+      <c r="G206" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H206" t="s">
         <v>1915</v>
       </c>
-      <c r="C206" t="s">
+      <c r="I206" t="s">
         <v>1916</v>
       </c>
-      <c r="D206" t="s">
+      <c r="J206" t="s">
+        <v>24</v>
+      </c>
+      <c r="K206" t="s">
+        <v>25</v>
+      </c>
+      <c r="L206" t="s">
+        <v>26</v>
+      </c>
+      <c r="M206" t="s">
+        <v>27</v>
+      </c>
+      <c r="N206" t="s">
+        <v>28</v>
+      </c>
+      <c r="O206" t="s">
         <v>1917</v>
-      </c>
-[...31 lines deleted...]
-        <v>1925</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5478</v>
+        <v>4521</v>
       </c>
       <c r="B207" t="s">
-        <v>1926</v>
+        <v>1918</v>
       </c>
       <c r="C207" t="s">
-        <v>1927</v>
+        <v>1919</v>
       </c>
       <c r="D207" t="s">
-        <v>1928</v>
+        <v>1920</v>
       </c>
       <c r="E207" t="s">
-        <v>1929</v>
+        <v>1921</v>
       </c>
       <c r="F207" t="s">
-        <v>1930</v>
+        <v>1922</v>
       </c>
       <c r="G207" t="s">
-        <v>1931</v>
+        <v>1923</v>
       </c>
       <c r="H207" t="s">
-        <v>1932</v>
+        <v>1924</v>
       </c>
       <c r="I207" t="s">
-        <v>1933</v>
+        <v>1925</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
         <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
         <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1934</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5493</v>
+        <v>4525</v>
       </c>
       <c r="B208" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F208" t="s">
+        <v>1931</v>
+      </c>
+      <c r="G208" t="s">
+        <v>1932</v>
+      </c>
+      <c r="H208" t="s">
+        <v>1933</v>
+      </c>
+      <c r="I208" t="s">
+        <v>1934</v>
+      </c>
+      <c r="J208" t="s">
+        <v>24</v>
+      </c>
+      <c r="K208" t="s">
+        <v>25</v>
+      </c>
+      <c r="L208" t="s">
+        <v>26</v>
+      </c>
+      <c r="M208" t="s">
+        <v>27</v>
+      </c>
+      <c r="N208" t="s">
+        <v>28</v>
+      </c>
+      <c r="O208" t="s">
         <v>1935</v>
-      </c>
-[...37 lines deleted...]
-        <v>1943</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5496</v>
+        <v>4527</v>
       </c>
       <c r="B209" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F209" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G209" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H209" t="s">
+        <v>1942</v>
+      </c>
+      <c r="I209" t="s">
+        <v>1943</v>
+      </c>
+      <c r="J209" t="s">
+        <v>24</v>
+      </c>
+      <c r="K209" t="s">
+        <v>25</v>
+      </c>
+      <c r="L209" t="s">
+        <v>26</v>
+      </c>
+      <c r="M209" t="s">
+        <v>27</v>
+      </c>
+      <c r="N209" t="s">
+        <v>28</v>
+      </c>
+      <c r="O209" t="s">
         <v>1944</v>
-      </c>
-[...37 lines deleted...]
-        <v>1952</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5502</v>
+        <v>4535</v>
       </c>
       <c r="B210" t="s">
-        <v>1953</v>
+        <v>1945</v>
       </c>
       <c r="C210" t="s">
-        <v>1954</v>
+        <v>1946</v>
       </c>
       <c r="D210" t="s">
-        <v>1955</v>
+        <v>1947</v>
       </c>
       <c r="E210" t="s">
-        <v>1956</v>
+        <v>1948</v>
       </c>
       <c r="F210" t="s">
-        <v>1957</v>
+        <v>1949</v>
       </c>
       <c r="G210" t="s">
-        <v>1958</v>
+        <v>1950</v>
       </c>
       <c r="H210" t="s">
-        <v>1959</v>
+        <v>1951</v>
       </c>
       <c r="I210" t="s">
-        <v>1960</v>
+        <v>1952</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
         <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
         <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1961</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5503</v>
+        <v>4538</v>
       </c>
       <c r="B211" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1956</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1957</v>
+      </c>
+      <c r="F211" t="s">
+        <v>1958</v>
+      </c>
+      <c r="G211" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H211" t="s">
+        <v>1960</v>
+      </c>
+      <c r="I211" t="s">
+        <v>1961</v>
+      </c>
+      <c r="J211" t="s">
+        <v>24</v>
+      </c>
+      <c r="K211" t="s">
+        <v>25</v>
+      </c>
+      <c r="L211" t="s">
+        <v>26</v>
+      </c>
+      <c r="M211" t="s">
+        <v>27</v>
+      </c>
+      <c r="N211" t="s">
+        <v>28</v>
+      </c>
+      <c r="O211" t="s">
         <v>1962</v>
-      </c>
-[...37 lines deleted...]
-        <v>1970</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5507</v>
+        <v>4540</v>
       </c>
       <c r="B212" t="s">
-        <v>1971</v>
+        <v>1963</v>
       </c>
       <c r="C212" t="s">
-        <v>1972</v>
+        <v>1964</v>
       </c>
       <c r="D212" t="s">
-        <v>1973</v>
+        <v>1965</v>
       </c>
       <c r="E212" t="s">
-        <v>1974</v>
+        <v>1966</v>
       </c>
       <c r="F212" t="s">
-        <v>1975</v>
+        <v>1967</v>
       </c>
       <c r="G212" t="s">
-        <v>1976</v>
+        <v>1968</v>
       </c>
       <c r="H212" t="s">
-        <v>1977</v>
+        <v>1969</v>
       </c>
       <c r="I212" t="s">
-        <v>1978</v>
+        <v>1970</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
         <v>25</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
         <v>27</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1979</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5509</v>
+        <v>4545</v>
       </c>
       <c r="B213" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D213" t="s">
+        <v>1974</v>
+      </c>
+      <c r="E213" t="s">
+        <v>1975</v>
+      </c>
+      <c r="F213" t="s">
+        <v>1976</v>
+      </c>
+      <c r="G213" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H213" t="s">
+        <v>1978</v>
+      </c>
+      <c r="I213" t="s">
+        <v>1979</v>
+      </c>
+      <c r="J213" t="s">
+        <v>24</v>
+      </c>
+      <c r="K213" t="s">
+        <v>25</v>
+      </c>
+      <c r="L213" t="s">
+        <v>26</v>
+      </c>
+      <c r="M213" t="s">
+        <v>27</v>
+      </c>
+      <c r="N213" t="s">
+        <v>28</v>
+      </c>
+      <c r="O213" t="s">
         <v>1980</v>
-      </c>
-[...37 lines deleted...]
-        <v>1988</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5512</v>
+        <v>4549</v>
       </c>
       <c r="B214" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E214" t="s">
+        <v>1984</v>
+      </c>
+      <c r="F214" t="s">
+        <v>1985</v>
+      </c>
+      <c r="G214" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H214" t="s">
+        <v>1987</v>
+      </c>
+      <c r="I214" t="s">
+        <v>1988</v>
+      </c>
+      <c r="J214" t="s">
+        <v>24</v>
+      </c>
+      <c r="K214" t="s">
+        <v>25</v>
+      </c>
+      <c r="L214" t="s">
+        <v>26</v>
+      </c>
+      <c r="M214" t="s">
+        <v>27</v>
+      </c>
+      <c r="N214" t="s">
+        <v>28</v>
+      </c>
+      <c r="O214" t="s">
         <v>1989</v>
-      </c>
-[...37 lines deleted...]
-        <v>1997</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5514</v>
+        <v>4555</v>
       </c>
       <c r="B215" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E215" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F215" t="s">
+        <v>1994</v>
+      </c>
+      <c r="G215" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H215" t="s">
+        <v>1996</v>
+      </c>
+      <c r="I215" t="s">
+        <v>1997</v>
+      </c>
+      <c r="J215" t="s">
+        <v>24</v>
+      </c>
+      <c r="K215" t="s">
+        <v>170</v>
+      </c>
+      <c r="L215" t="s">
+        <v>26</v>
+      </c>
+      <c r="M215" t="s">
+        <v>171</v>
+      </c>
+      <c r="N215" t="s">
+        <v>28</v>
+      </c>
+      <c r="O215" t="s">
         <v>1998</v>
-      </c>
-[...37 lines deleted...]
-        <v>2006</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5516</v>
+        <v>4556</v>
       </c>
       <c r="B216" t="s">
-        <v>2007</v>
+        <v>1999</v>
       </c>
       <c r="C216" t="s">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="D216" t="s">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="E216" t="s">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="F216" t="s">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="G216" t="s">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="H216" t="s">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="I216" t="s">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
         <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
         <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2015</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5517</v>
+        <v>4558</v>
       </c>
       <c r="B217" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C217" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D217" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E217" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F217" t="s">
+        <v>2012</v>
+      </c>
+      <c r="G217" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H217" t="s">
+        <v>2014</v>
+      </c>
+      <c r="I217" t="s">
+        <v>2015</v>
+      </c>
+      <c r="J217" t="s">
+        <v>24</v>
+      </c>
+      <c r="K217" t="s">
+        <v>170</v>
+      </c>
+      <c r="L217" t="s">
+        <v>26</v>
+      </c>
+      <c r="M217" t="s">
+        <v>171</v>
+      </c>
+      <c r="N217" t="s">
+        <v>28</v>
+      </c>
+      <c r="O217" t="s">
         <v>2016</v>
-      </c>
-[...37 lines deleted...]
-        <v>2024</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5518</v>
+        <v>4559</v>
       </c>
       <c r="B218" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C218" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D218" t="s">
+        <v>2019</v>
+      </c>
+      <c r="E218" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F218" t="s">
+        <v>2021</v>
+      </c>
+      <c r="G218" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H218" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I218" t="s">
+        <v>2024</v>
+      </c>
+      <c r="J218" t="s">
+        <v>24</v>
+      </c>
+      <c r="K218" t="s">
+        <v>47</v>
+      </c>
+      <c r="L218" t="s">
+        <v>26</v>
+      </c>
+      <c r="M218" t="s">
+        <v>48</v>
+      </c>
+      <c r="N218" t="s">
+        <v>28</v>
+      </c>
+      <c r="O218" t="s">
         <v>2025</v>
-      </c>
-[...37 lines deleted...]
-        <v>2033</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5545</v>
+        <v>4560</v>
       </c>
       <c r="B219" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C219" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D219" t="s">
+        <v>2028</v>
+      </c>
+      <c r="E219" t="s">
+        <v>2029</v>
+      </c>
+      <c r="F219" t="s">
+        <v>2030</v>
+      </c>
+      <c r="G219" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H219" t="s">
+        <v>2032</v>
+      </c>
+      <c r="I219" t="s">
+        <v>2033</v>
+      </c>
+      <c r="J219" t="s">
+        <v>24</v>
+      </c>
+      <c r="K219" t="s">
+        <v>25</v>
+      </c>
+      <c r="L219" t="s">
+        <v>26</v>
+      </c>
+      <c r="M219" t="s">
+        <v>27</v>
+      </c>
+      <c r="N219" t="s">
+        <v>28</v>
+      </c>
+      <c r="O219" t="s">
         <v>2034</v>
-      </c>
-[...37 lines deleted...]
-        <v>2042</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5657</v>
+        <v>4563</v>
       </c>
       <c r="B220" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C220" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D220" t="s">
+        <v>2037</v>
+      </c>
+      <c r="E220" t="s">
+        <v>2038</v>
+      </c>
+      <c r="F220" t="s">
+        <v>2039</v>
+      </c>
+      <c r="G220" t="s">
+        <v>2040</v>
+      </c>
+      <c r="H220" t="s">
+        <v>2041</v>
+      </c>
+      <c r="I220" t="s">
+        <v>2042</v>
+      </c>
+      <c r="J220" t="s">
+        <v>24</v>
+      </c>
+      <c r="K220" t="s">
+        <v>170</v>
+      </c>
+      <c r="L220" t="s">
+        <v>26</v>
+      </c>
+      <c r="M220" t="s">
+        <v>171</v>
+      </c>
+      <c r="N220" t="s">
+        <v>28</v>
+      </c>
+      <c r="O220" t="s">
         <v>2043</v>
-      </c>
-[...37 lines deleted...]
-        <v>2051</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5733</v>
+        <v>4564</v>
       </c>
       <c r="B221" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C221" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D221" t="s">
+        <v>2046</v>
+      </c>
+      <c r="E221" t="s">
+        <v>2047</v>
+      </c>
+      <c r="F221" t="s">
+        <v>2048</v>
+      </c>
+      <c r="G221" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H221" t="s">
+        <v>2050</v>
+      </c>
+      <c r="I221" t="s">
+        <v>2051</v>
+      </c>
+      <c r="J221" t="s">
+        <v>24</v>
+      </c>
+      <c r="K221" t="s">
         <v>2052</v>
       </c>
-      <c r="C221" t="s">
+      <c r="L221" t="s">
+        <v>26</v>
+      </c>
+      <c r="M221" t="s">
         <v>2053</v>
       </c>
-      <c r="D221" t="s">
+      <c r="N221" t="s">
+        <v>28</v>
+      </c>
+      <c r="O221" t="s">
         <v>2054</v>
-      </c>
-[...31 lines deleted...]
-        <v>2060</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5787</v>
+        <v>4566</v>
       </c>
       <c r="B222" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C222" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D222" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E222" t="s">
+        <v>2058</v>
+      </c>
+      <c r="F222" t="s">
+        <v>2059</v>
+      </c>
+      <c r="G222" t="s">
+        <v>2060</v>
+      </c>
+      <c r="H222" t="s">
         <v>2061</v>
       </c>
-      <c r="C222" t="s">
+      <c r="I222" t="s">
         <v>2062</v>
       </c>
-      <c r="D222" t="s">
+      <c r="J222" t="s">
+        <v>24</v>
+      </c>
+      <c r="K222" t="s">
+        <v>25</v>
+      </c>
+      <c r="L222" t="s">
+        <v>26</v>
+      </c>
+      <c r="M222" t="s">
+        <v>27</v>
+      </c>
+      <c r="N222" t="s">
+        <v>28</v>
+      </c>
+      <c r="O222" t="s">
         <v>2063</v>
-      </c>
-[...31 lines deleted...]
-        <v>2069</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5792</v>
+        <v>4568</v>
       </c>
       <c r="B223" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C223" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D223" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E223" t="s">
+        <v>2067</v>
+      </c>
+      <c r="F223" t="s">
+        <v>2068</v>
+      </c>
+      <c r="G223" t="s">
+        <v>2069</v>
+      </c>
+      <c r="H223" t="s">
         <v>2070</v>
       </c>
-      <c r="C223" t="s">
+      <c r="I223" t="s">
         <v>2071</v>
       </c>
-      <c r="D223" t="s">
+      <c r="J223" t="s">
+        <v>24</v>
+      </c>
+      <c r="K223" t="s">
+        <v>25</v>
+      </c>
+      <c r="L223" t="s">
+        <v>26</v>
+      </c>
+      <c r="M223" t="s">
+        <v>27</v>
+      </c>
+      <c r="N223" t="s">
+        <v>28</v>
+      </c>
+      <c r="O223" t="s">
         <v>2072</v>
-      </c>
-[...31 lines deleted...]
-        <v>2078</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5794</v>
+        <v>4704</v>
       </c>
       <c r="B224" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C224" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D224" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E224" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F224" t="s">
+        <v>2077</v>
+      </c>
+      <c r="G224" t="s">
+        <v>2078</v>
+      </c>
+      <c r="H224" t="s">
         <v>2079</v>
       </c>
-      <c r="C224" t="s">
+      <c r="I224" t="s">
         <v>2080</v>
       </c>
-      <c r="D224" t="s">
+      <c r="J224" t="s">
+        <v>24</v>
+      </c>
+      <c r="K224" t="s">
+        <v>47</v>
+      </c>
+      <c r="L224" t="s">
+        <v>26</v>
+      </c>
+      <c r="M224" t="s">
+        <v>48</v>
+      </c>
+      <c r="N224" t="s">
+        <v>28</v>
+      </c>
+      <c r="O224" t="s">
         <v>2081</v>
-      </c>
-[...31 lines deleted...]
-        <v>2087</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5796</v>
+        <v>4706</v>
       </c>
       <c r="B225" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C225" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D225" t="s">
+        <v>2084</v>
+      </c>
+      <c r="E225" t="s">
+        <v>2085</v>
+      </c>
+      <c r="F225" t="s">
+        <v>2086</v>
+      </c>
+      <c r="G225" t="s">
+        <v>2087</v>
+      </c>
+      <c r="H225" t="s">
         <v>2088</v>
       </c>
-      <c r="C225" t="s">
+      <c r="I225" t="s">
         <v>2089</v>
       </c>
-      <c r="D225" t="s">
+      <c r="J225" t="s">
+        <v>24</v>
+      </c>
+      <c r="K225" t="s">
+        <v>170</v>
+      </c>
+      <c r="L225" t="s">
+        <v>26</v>
+      </c>
+      <c r="M225" t="s">
+        <v>171</v>
+      </c>
+      <c r="N225" t="s">
+        <v>28</v>
+      </c>
+      <c r="O225" t="s">
         <v>2090</v>
-      </c>
-[...31 lines deleted...]
-        <v>2096</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5798</v>
+        <v>4709</v>
       </c>
       <c r="B226" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C226" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D226" t="s">
+        <v>2093</v>
+      </c>
+      <c r="E226" t="s">
+        <v>2094</v>
+      </c>
+      <c r="F226" t="s">
+        <v>2095</v>
+      </c>
+      <c r="G226" t="s">
+        <v>2096</v>
+      </c>
+      <c r="H226" t="s">
         <v>2097</v>
       </c>
-      <c r="C226" t="s">
+      <c r="I226" t="s">
         <v>2098</v>
       </c>
-      <c r="D226" t="s">
+      <c r="J226" t="s">
+        <v>24</v>
+      </c>
+      <c r="K226" t="s">
+        <v>47</v>
+      </c>
+      <c r="L226" t="s">
+        <v>26</v>
+      </c>
+      <c r="M226" t="s">
+        <v>48</v>
+      </c>
+      <c r="N226" t="s">
+        <v>28</v>
+      </c>
+      <c r="O226" t="s">
         <v>2099</v>
-      </c>
-[...31 lines deleted...]
-        <v>2105</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5799</v>
+        <v>4711</v>
       </c>
       <c r="B227" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C227" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D227" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E227" t="s">
+        <v>2103</v>
+      </c>
+      <c r="F227" t="s">
+        <v>2104</v>
+      </c>
+      <c r="G227" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H227" t="s">
         <v>2106</v>
       </c>
-      <c r="C227" t="s">
+      <c r="I227" t="s">
         <v>2107</v>
       </c>
-      <c r="D227" t="s">
+      <c r="J227" t="s">
         <v>2108</v>
       </c>
-      <c r="E227" t="s">
+      <c r="K227" t="s">
         <v>2109</v>
       </c>
-      <c r="F227" t="s">
+      <c r="L227" t="s">
         <v>2110</v>
       </c>
-      <c r="G227" t="s">
+      <c r="M227" t="s">
         <v>2111</v>
       </c>
-      <c r="H227" t="s">
+      <c r="N227" t="s">
+        <v>28</v>
+      </c>
+      <c r="O227" t="s">
         <v>2112</v>
-      </c>
-[...19 lines deleted...]
-        <v>2114</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5803</v>
+        <v>4714</v>
       </c>
       <c r="B228" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C228" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D228" t="s">
         <v>2115</v>
       </c>
-      <c r="C228" t="s">
+      <c r="E228" t="s">
         <v>2116</v>
       </c>
-      <c r="D228" t="s">
+      <c r="F228" t="s">
         <v>2117</v>
       </c>
-      <c r="E228" t="s">
+      <c r="G228" t="s">
         <v>2118</v>
       </c>
-      <c r="F228" t="s">
+      <c r="H228" t="s">
         <v>2119</v>
       </c>
-      <c r="G228" t="s">
+      <c r="I228" t="s">
         <v>2120</v>
-      </c>
-[...4 lines deleted...]
-        <v>2122</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
         <v>25</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
         <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2123</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5805</v>
+        <v>4716</v>
       </c>
       <c r="B229" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C229" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D229" t="s">
         <v>2124</v>
       </c>
-      <c r="C229" t="s">
+      <c r="E229" t="s">
         <v>2125</v>
       </c>
-      <c r="D229" t="s">
+      <c r="F229" t="s">
         <v>2126</v>
       </c>
-      <c r="E229" t="s">
+      <c r="G229" t="s">
         <v>2127</v>
       </c>
-      <c r="F229" t="s">
+      <c r="H229" t="s">
         <v>2128</v>
       </c>
-      <c r="G229" t="s">
+      <c r="I229" t="s">
         <v>2129</v>
       </c>
-      <c r="H229" t="s">
+      <c r="J229" t="s">
+        <v>24</v>
+      </c>
+      <c r="K229" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L229" t="s">
+        <v>26</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1281</v>
+      </c>
+      <c r="N229" t="s">
+        <v>28</v>
+      </c>
+      <c r="O229" t="s">
         <v>2130</v>
-      </c>
-[...19 lines deleted...]
-        <v>2132</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5808</v>
+        <v>4717</v>
       </c>
       <c r="B230" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C230" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D230" t="s">
         <v>2133</v>
       </c>
-      <c r="C230" t="s">
+      <c r="E230" t="s">
         <v>2134</v>
       </c>
-      <c r="D230" t="s">
+      <c r="F230" t="s">
         <v>2135</v>
       </c>
-      <c r="E230" t="s">
+      <c r="G230" t="s">
         <v>2136</v>
       </c>
-      <c r="F230" t="s">
+      <c r="H230" t="s">
         <v>2137</v>
       </c>
-      <c r="G230" t="s">
+      <c r="I230" t="s">
         <v>2138</v>
-      </c>
-[...4 lines deleted...]
-        <v>2140</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>25</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2141</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5811</v>
+        <v>4721</v>
       </c>
       <c r="B231" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C231" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D231" t="s">
         <v>2142</v>
       </c>
-      <c r="C231" t="s">
+      <c r="E231" t="s">
         <v>2143</v>
       </c>
-      <c r="D231" t="s">
+      <c r="F231" t="s">
         <v>2144</v>
       </c>
-      <c r="E231" t="s">
+      <c r="G231" t="s">
         <v>2145</v>
       </c>
-      <c r="F231" t="s">
+      <c r="H231" t="s">
         <v>2146</v>
       </c>
-      <c r="G231" t="s">
+      <c r="I231" t="s">
         <v>2147</v>
       </c>
-      <c r="H231" t="s">
+      <c r="J231" t="s">
+        <v>24</v>
+      </c>
+      <c r="K231" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L231" t="s">
+        <v>26</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1281</v>
+      </c>
+      <c r="N231" t="s">
+        <v>28</v>
+      </c>
+      <c r="O231" t="s">
         <v>2148</v>
-      </c>
-[...19 lines deleted...]
-        <v>2150</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5819</v>
+        <v>4722</v>
       </c>
       <c r="B232" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C232" t="s">
+        <v>2150</v>
+      </c>
+      <c r="D232" t="s">
         <v>2151</v>
       </c>
-      <c r="C232" t="s">
+      <c r="E232" t="s">
         <v>2152</v>
       </c>
-      <c r="D232" t="s">
+      <c r="F232" t="s">
         <v>2153</v>
       </c>
-      <c r="E232" t="s">
+      <c r="G232" t="s">
         <v>2154</v>
       </c>
-      <c r="F232" t="s">
+      <c r="H232" t="s">
         <v>2155</v>
       </c>
-      <c r="G232" t="s">
+      <c r="I232" t="s">
         <v>2156</v>
       </c>
-      <c r="H232" t="s">
+      <c r="J232" t="s">
+        <v>24</v>
+      </c>
+      <c r="K232" t="s">
         <v>2157</v>
       </c>
-      <c r="I232" t="s">
+      <c r="L232" t="s">
+        <v>26</v>
+      </c>
+      <c r="M232" t="s">
         <v>2158</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
         <v>2159</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5830</v>
+        <v>4723</v>
       </c>
       <c r="B233" t="s">
         <v>2160</v>
       </c>
       <c r="C233" t="s">
         <v>2161</v>
       </c>
       <c r="D233" t="s">
         <v>2162</v>
       </c>
       <c r="E233" t="s">
         <v>2163</v>
       </c>
       <c r="F233" t="s">
         <v>2164</v>
       </c>
       <c r="G233" t="s">
         <v>2165</v>
       </c>
       <c r="H233" t="s">
         <v>2166</v>
       </c>
       <c r="I233" t="s">
         <v>2167</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>25</v>
+        <v>2168</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>27</v>
+        <v>2169</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5866</v>
+        <v>4725</v>
       </c>
       <c r="B234" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="C234" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="D234" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
       <c r="E234" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="F234" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="G234" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="H234" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="I234" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
         <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
         <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5887</v>
+        <v>4792</v>
       </c>
       <c r="B235" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="C235" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="D235" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="E235" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="F235" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="G235" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="H235" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="I235" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5907</v>
+        <v>4801</v>
       </c>
       <c r="B236" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
       <c r="C236" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="D236" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="E236" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="F236" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="G236" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="H236" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="I236" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5913</v>
+        <v>4809</v>
       </c>
       <c r="B237" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="C237" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="D237" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="E237" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="F237" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="G237" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="H237" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="I237" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5927</v>
+        <v>4810</v>
       </c>
       <c r="B238" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="C238" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="D238" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
       <c r="E238" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="F238" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="G238" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="H238" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="I238" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>917</v>
+        <v>170</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>918</v>
+        <v>171</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5928</v>
+        <v>4811</v>
       </c>
       <c r="B239" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
       <c r="C239" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="D239" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="E239" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="F239" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="G239" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="H239" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="I239" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="J239" t="s">
-        <v>2222</v>
+        <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>2223</v>
+        <v>916</v>
       </c>
       <c r="L239" t="s">
+        <v>26</v>
+      </c>
+      <c r="M239" t="s">
+        <v>917</v>
+      </c>
+      <c r="N239" t="s">
+        <v>28</v>
+      </c>
+      <c r="O239" t="s">
         <v>2224</v>
-      </c>
-[...7 lines deleted...]
-        <v>2226</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5931</v>
+        <v>4815</v>
       </c>
       <c r="B240" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C240" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D240" t="s">
         <v>2227</v>
       </c>
-      <c r="C240" t="s">
+      <c r="E240" t="s">
         <v>2228</v>
       </c>
-      <c r="D240" t="s">
+      <c r="F240" t="s">
         <v>2229</v>
       </c>
-      <c r="E240" t="s">
+      <c r="G240" t="s">
         <v>2230</v>
       </c>
-      <c r="F240" t="s">
+      <c r="H240" t="s">
         <v>2231</v>
       </c>
-      <c r="G240" t="s">
+      <c r="I240" t="s">
         <v>2232</v>
-      </c>
-[...4 lines deleted...]
-        <v>2234</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
         <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2235</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5932</v>
+        <v>4817</v>
       </c>
       <c r="B241" t="s">
+        <v>2234</v>
+      </c>
+      <c r="C241" t="s">
+        <v>2235</v>
+      </c>
+      <c r="D241" t="s">
         <v>2236</v>
       </c>
-      <c r="C241" t="s">
+      <c r="E241" t="s">
         <v>2237</v>
       </c>
-      <c r="D241" t="s">
+      <c r="F241" t="s">
         <v>2238</v>
       </c>
-      <c r="E241" t="s">
+      <c r="G241" t="s">
         <v>2239</v>
       </c>
-      <c r="F241" t="s">
+      <c r="H241" t="s">
         <v>2240</v>
       </c>
-      <c r="G241" t="s">
+      <c r="I241" t="s">
         <v>2241</v>
       </c>
-      <c r="H241" t="s">
+      <c r="J241" t="s">
+        <v>24</v>
+      </c>
+      <c r="K241" t="s">
+        <v>25</v>
+      </c>
+      <c r="L241" t="s">
+        <v>26</v>
+      </c>
+      <c r="M241" t="s">
+        <v>27</v>
+      </c>
+      <c r="N241" t="s">
+        <v>28</v>
+      </c>
+      <c r="O241" t="s">
         <v>2242</v>
-      </c>
-[...19 lines deleted...]
-        <v>2244</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5934</v>
+        <v>4849</v>
       </c>
       <c r="B242" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C242" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D242" t="s">
         <v>2245</v>
       </c>
-      <c r="C242" t="s">
+      <c r="E242" t="s">
         <v>2246</v>
       </c>
-      <c r="D242" t="s">
+      <c r="F242" t="s">
         <v>2247</v>
       </c>
-      <c r="E242" t="s">
+      <c r="G242" t="s">
         <v>2248</v>
       </c>
-      <c r="F242" t="s">
+      <c r="H242" t="s">
         <v>2249</v>
       </c>
-      <c r="G242" t="s">
+      <c r="I242" t="s">
         <v>2250</v>
       </c>
-      <c r="H242" t="s">
+      <c r="J242" t="s">
+        <v>24</v>
+      </c>
+      <c r="K242" t="s">
+        <v>25</v>
+      </c>
+      <c r="L242" t="s">
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
+        <v>27</v>
+      </c>
+      <c r="N242" t="s">
+        <v>28</v>
+      </c>
+      <c r="O242" t="s">
         <v>2251</v>
-      </c>
-[...19 lines deleted...]
-        <v>2253</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5953</v>
+        <v>4850</v>
       </c>
       <c r="B243" t="s">
+        <v>2252</v>
+      </c>
+      <c r="C243" t="s">
+        <v>2253</v>
+      </c>
+      <c r="D243" t="s">
         <v>2254</v>
       </c>
-      <c r="C243" t="s">
+      <c r="E243" t="s">
         <v>2255</v>
       </c>
-      <c r="D243" t="s">
+      <c r="F243" t="s">
         <v>2256</v>
       </c>
-      <c r="E243" t="s">
+      <c r="G243" t="s">
         <v>2257</v>
       </c>
-      <c r="F243" t="s">
+      <c r="H243" t="s">
         <v>2258</v>
       </c>
-      <c r="G243" t="s">
+      <c r="I243" t="s">
         <v>2259</v>
-      </c>
-[...4 lines deleted...]
-        <v>2261</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
         <v>25</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
         <v>27</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2262</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5981</v>
+        <v>4935</v>
       </c>
       <c r="B244" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C244" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D244" t="s">
         <v>2263</v>
       </c>
-      <c r="C244" t="s">
+      <c r="E244" t="s">
         <v>2264</v>
       </c>
-      <c r="D244" t="s">
+      <c r="F244" t="s">
         <v>2265</v>
       </c>
-      <c r="E244" t="s">
+      <c r="G244" t="s">
         <v>2266</v>
       </c>
-      <c r="F244" t="s">
+      <c r="H244" t="s">
         <v>2267</v>
       </c>
-      <c r="G244" t="s">
+      <c r="I244" t="s">
         <v>2268</v>
       </c>
-      <c r="H244" t="s">
+      <c r="J244" t="s">
+        <v>24</v>
+      </c>
+      <c r="K244" t="s">
+        <v>170</v>
+      </c>
+      <c r="L244" t="s">
+        <v>26</v>
+      </c>
+      <c r="M244" t="s">
+        <v>171</v>
+      </c>
+      <c r="N244" t="s">
+        <v>28</v>
+      </c>
+      <c r="O244" t="s">
         <v>2269</v>
-      </c>
-[...19 lines deleted...]
-        <v>2273</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5986</v>
+        <v>4936</v>
       </c>
       <c r="B245" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C245" t="s">
+        <v>2271</v>
+      </c>
+      <c r="D245" t="s">
+        <v>2272</v>
+      </c>
+      <c r="E245" t="s">
+        <v>2273</v>
+      </c>
+      <c r="F245" t="s">
         <v>2274</v>
       </c>
-      <c r="C245" t="s">
+      <c r="G245" t="s">
         <v>2275</v>
       </c>
-      <c r="D245" t="s">
+      <c r="H245" t="s">
         <v>2276</v>
       </c>
-      <c r="E245" t="s">
+      <c r="I245" t="s">
         <v>2277</v>
       </c>
-      <c r="F245" t="s">
+      <c r="J245" t="s">
+        <v>24</v>
+      </c>
+      <c r="K245" t="s">
+        <v>25</v>
+      </c>
+      <c r="L245" t="s">
+        <v>26</v>
+      </c>
+      <c r="M245" t="s">
+        <v>27</v>
+      </c>
+      <c r="N245" t="s">
+        <v>28</v>
+      </c>
+      <c r="O245" t="s">
         <v>2278</v>
-      </c>
-[...25 lines deleted...]
-        <v>2282</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5989</v>
+        <v>4939</v>
       </c>
       <c r="B246" t="s">
+        <v>2279</v>
+      </c>
+      <c r="C246" t="s">
+        <v>2280</v>
+      </c>
+      <c r="D246" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E246" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F246" t="s">
         <v>2283</v>
       </c>
-      <c r="C246" t="s">
+      <c r="G246" t="s">
         <v>2284</v>
       </c>
-      <c r="D246" t="s">
+      <c r="H246" t="s">
         <v>2285</v>
       </c>
-      <c r="E246" t="s">
+      <c r="I246" t="s">
         <v>2286</v>
       </c>
-      <c r="F246" t="s">
+      <c r="J246" t="s">
+        <v>24</v>
+      </c>
+      <c r="K246" t="s">
+        <v>170</v>
+      </c>
+      <c r="L246" t="s">
+        <v>26</v>
+      </c>
+      <c r="M246" t="s">
+        <v>171</v>
+      </c>
+      <c r="N246" t="s">
+        <v>28</v>
+      </c>
+      <c r="O246" t="s">
         <v>2287</v>
-      </c>
-[...25 lines deleted...]
-        <v>2291</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>6021</v>
+        <v>4944</v>
       </c>
       <c r="B247" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C247" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D247" t="s">
+        <v>2290</v>
+      </c>
+      <c r="E247" t="s">
+        <v>2291</v>
+      </c>
+      <c r="F247" t="s">
         <v>2292</v>
       </c>
-      <c r="C247" t="s">
+      <c r="G247" t="s">
         <v>2293</v>
       </c>
-      <c r="D247" t="s">
+      <c r="H247" t="s">
         <v>2294</v>
       </c>
-      <c r="E247" t="s">
+      <c r="I247" t="s">
         <v>2295</v>
-      </c>
-[...10 lines deleted...]
-        <v>2299</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
         <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
         <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2300</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>6049</v>
+        <v>4947</v>
       </c>
       <c r="B248" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C248" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D248" t="s">
+        <v>2299</v>
+      </c>
+      <c r="E248" t="s">
+        <v>2300</v>
+      </c>
+      <c r="F248" t="s">
         <v>2301</v>
       </c>
-      <c r="C248" t="s">
+      <c r="G248" t="s">
         <v>2302</v>
       </c>
-      <c r="D248" t="s">
+      <c r="H248" t="s">
         <v>2303</v>
       </c>
-      <c r="E248" t="s">
+      <c r="I248" t="s">
         <v>2304</v>
       </c>
-      <c r="F248" t="s">
+      <c r="J248" t="s">
+        <v>24</v>
+      </c>
+      <c r="K248" t="s">
+        <v>47</v>
+      </c>
+      <c r="L248" t="s">
+        <v>26</v>
+      </c>
+      <c r="M248" t="s">
+        <v>48</v>
+      </c>
+      <c r="N248" t="s">
+        <v>28</v>
+      </c>
+      <c r="O248" t="s">
         <v>2305</v>
-      </c>
-[...25 lines deleted...]
-        <v>2313</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>6082</v>
+        <v>4950</v>
       </c>
       <c r="B249" t="s">
+        <v>2306</v>
+      </c>
+      <c r="C249" t="s">
+        <v>2307</v>
+      </c>
+      <c r="D249" t="s">
+        <v>2308</v>
+      </c>
+      <c r="E249" t="s">
+        <v>2309</v>
+      </c>
+      <c r="F249" t="s">
+        <v>2310</v>
+      </c>
+      <c r="G249" t="s">
+        <v>2311</v>
+      </c>
+      <c r="H249" t="s">
+        <v>2312</v>
+      </c>
+      <c r="I249" t="s">
+        <v>2313</v>
+      </c>
+      <c r="J249" t="s">
+        <v>24</v>
+      </c>
+      <c r="K249" t="s">
+        <v>916</v>
+      </c>
+      <c r="L249" t="s">
+        <v>26</v>
+      </c>
+      <c r="M249" t="s">
+        <v>917</v>
+      </c>
+      <c r="N249" t="s">
+        <v>28</v>
+      </c>
+      <c r="O249" t="s">
         <v>2314</v>
-      </c>
-[...37 lines deleted...]
-        <v>2324</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>6112</v>
+        <v>4958</v>
       </c>
       <c r="B250" t="s">
-        <v>2325</v>
+        <v>2315</v>
       </c>
       <c r="C250" t="s">
-        <v>2326</v>
+        <v>2316</v>
       </c>
       <c r="D250" t="s">
-        <v>2327</v>
+        <v>2317</v>
       </c>
       <c r="E250" t="s">
-        <v>2328</v>
+        <v>2318</v>
       </c>
       <c r="F250" t="s">
-        <v>2329</v>
+        <v>2319</v>
       </c>
       <c r="G250" t="s">
-        <v>2330</v>
+        <v>2320</v>
       </c>
       <c r="H250" t="s">
-        <v>2331</v>
+        <v>2321</v>
       </c>
       <c r="I250" t="s">
-        <v>2332</v>
+        <v>2322</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2333</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>6180</v>
+        <v>4965</v>
       </c>
       <c r="B251" t="s">
-        <v>2334</v>
+        <v>2324</v>
       </c>
       <c r="C251" t="s">
-        <v>2335</v>
+        <v>2325</v>
       </c>
       <c r="D251" t="s">
-        <v>2336</v>
+        <v>2326</v>
       </c>
       <c r="E251" t="s">
-        <v>2337</v>
+        <v>2327</v>
       </c>
       <c r="F251" t="s">
-        <v>2338</v>
+        <v>2328</v>
       </c>
       <c r="G251" t="s">
-        <v>2339</v>
+        <v>2329</v>
       </c>
       <c r="H251" t="s">
-        <v>2340</v>
+        <v>2330</v>
       </c>
       <c r="I251" t="s">
-        <v>2341</v>
+        <v>2331</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
         <v>25</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
         <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2342</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>6203</v>
+        <v>4968</v>
       </c>
       <c r="B252" t="s">
-        <v>2343</v>
+        <v>2333</v>
       </c>
       <c r="C252" t="s">
-        <v>2344</v>
+        <v>2334</v>
       </c>
       <c r="D252" t="s">
-        <v>2345</v>
+        <v>2335</v>
       </c>
       <c r="E252" t="s">
-        <v>2346</v>
+        <v>2336</v>
       </c>
       <c r="F252" t="s">
-        <v>2347</v>
+        <v>2337</v>
       </c>
       <c r="G252" t="s">
-        <v>2348</v>
+        <v>2338</v>
       </c>
       <c r="H252" t="s">
-        <v>2349</v>
+        <v>2339</v>
       </c>
       <c r="I252" t="s">
-        <v>2350</v>
+        <v>2340</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2351</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>6208</v>
+        <v>4969</v>
       </c>
       <c r="B253" t="s">
-        <v>2352</v>
+        <v>2342</v>
       </c>
       <c r="C253" t="s">
-        <v>2353</v>
+        <v>2343</v>
       </c>
       <c r="D253" t="s">
-        <v>2354</v>
+        <v>2344</v>
       </c>
       <c r="E253" t="s">
-        <v>2355</v>
+        <v>2345</v>
       </c>
       <c r="F253" t="s">
-        <v>2356</v>
+        <v>2346</v>
       </c>
       <c r="G253" t="s">
-        <v>2357</v>
+        <v>2347</v>
       </c>
       <c r="H253" t="s">
-        <v>2358</v>
+        <v>2348</v>
       </c>
       <c r="I253" t="s">
-        <v>2359</v>
+        <v>2349</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2360</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>6211</v>
+        <v>5020</v>
       </c>
       <c r="B254" t="s">
-        <v>2361</v>
+        <v>2351</v>
       </c>
       <c r="C254" t="s">
-        <v>2362</v>
+        <v>2352</v>
       </c>
       <c r="D254" t="s">
-        <v>2363</v>
+        <v>2353</v>
       </c>
       <c r="E254" t="s">
-        <v>2364</v>
+        <v>2354</v>
       </c>
       <c r="F254" t="s">
-        <v>2365</v>
+        <v>2355</v>
       </c>
       <c r="G254" t="s">
-        <v>2366</v>
+        <v>2356</v>
       </c>
       <c r="H254" t="s">
-        <v>2367</v>
+        <v>2357</v>
       </c>
       <c r="I254" t="s">
-        <v>2368</v>
+        <v>2358</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2369</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>6254</v>
+        <v>5037</v>
       </c>
       <c r="B255" t="s">
-        <v>2370</v>
+        <v>2360</v>
       </c>
       <c r="C255" t="s">
-        <v>2371</v>
+        <v>2361</v>
       </c>
       <c r="D255" t="s">
-        <v>2372</v>
+        <v>2362</v>
       </c>
       <c r="E255" t="s">
-        <v>2373</v>
+        <v>2363</v>
       </c>
       <c r="F255" t="s">
-        <v>2374</v>
+        <v>2364</v>
       </c>
       <c r="G255" t="s">
-        <v>2375</v>
+        <v>2365</v>
       </c>
       <c r="H255" t="s">
-        <v>2376</v>
+        <v>2366</v>
       </c>
       <c r="I255" t="s">
-        <v>2377</v>
+        <v>2367</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2378</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>6255</v>
+        <v>5100</v>
       </c>
       <c r="B256" t="s">
-        <v>2379</v>
+        <v>2369</v>
       </c>
       <c r="C256" t="s">
-        <v>2380</v>
+        <v>2370</v>
       </c>
       <c r="D256" t="s">
-        <v>2381</v>
+        <v>2371</v>
       </c>
       <c r="E256" t="s">
-        <v>2382</v>
+        <v>2372</v>
       </c>
       <c r="F256" t="s">
-        <v>2383</v>
+        <v>2373</v>
       </c>
       <c r="G256" t="s">
-        <v>2384</v>
+        <v>2374</v>
       </c>
       <c r="H256" t="s">
-        <v>2385</v>
+        <v>2375</v>
       </c>
       <c r="I256" t="s">
-        <v>2386</v>
+        <v>2376</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>2387</v>
+        <v>690</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>2388</v>
+        <v>691</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2389</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>6258</v>
+        <v>5141</v>
       </c>
       <c r="B257" t="s">
-        <v>2390</v>
+        <v>2378</v>
       </c>
       <c r="C257" t="s">
-        <v>2391</v>
+        <v>2379</v>
       </c>
       <c r="D257" t="s">
-        <v>2392</v>
+        <v>2380</v>
       </c>
       <c r="E257" t="s">
-        <v>2393</v>
+        <v>2381</v>
       </c>
       <c r="F257" t="s">
-        <v>2394</v>
+        <v>2382</v>
       </c>
       <c r="G257" t="s">
-        <v>2395</v>
+        <v>2383</v>
       </c>
       <c r="H257" t="s">
-        <v>2396</v>
+        <v>2384</v>
       </c>
       <c r="I257" t="s">
-        <v>2397</v>
+        <v>2385</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
         <v>25</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
         <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2398</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>6259</v>
+        <v>5212</v>
       </c>
       <c r="B258" t="s">
-        <v>2399</v>
+        <v>2387</v>
       </c>
       <c r="C258" t="s">
-        <v>2400</v>
+        <v>2388</v>
       </c>
       <c r="D258" t="s">
-        <v>2401</v>
+        <v>2389</v>
       </c>
       <c r="E258" t="s">
-        <v>2402</v>
+        <v>2390</v>
       </c>
       <c r="F258" t="s">
-        <v>2403</v>
+        <v>2391</v>
       </c>
       <c r="G258" t="s">
-        <v>2404</v>
+        <v>2392</v>
       </c>
       <c r="H258" t="s">
-        <v>2405</v>
+        <v>2393</v>
       </c>
       <c r="I258" t="s">
-        <v>2406</v>
+        <v>2394</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2407</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>6261</v>
+        <v>5272</v>
       </c>
       <c r="B259" t="s">
-        <v>2408</v>
+        <v>2396</v>
       </c>
       <c r="C259" t="s">
-        <v>2409</v>
+        <v>2397</v>
       </c>
       <c r="D259" t="s">
-        <v>2410</v>
+        <v>2398</v>
       </c>
       <c r="E259" t="s">
-        <v>2411</v>
+        <v>2399</v>
       </c>
       <c r="F259" t="s">
-        <v>2412</v>
+        <v>2400</v>
       </c>
       <c r="G259" t="s">
-        <v>2413</v>
+        <v>2401</v>
       </c>
       <c r="H259" t="s">
-        <v>2414</v>
+        <v>2402</v>
       </c>
       <c r="I259" t="s">
-        <v>2415</v>
+        <v>2403</v>
       </c>
       <c r="J259" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K259" t="s">
-        <v>47</v>
+        <v>757</v>
       </c>
       <c r="L259" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M259" t="s">
-        <v>48</v>
+        <v>758</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2416</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>6263</v>
+        <v>5273</v>
       </c>
       <c r="B260" t="s">
-        <v>2417</v>
+        <v>2405</v>
       </c>
       <c r="C260" t="s">
-        <v>2418</v>
+        <v>2406</v>
       </c>
       <c r="D260" t="s">
-        <v>2419</v>
+        <v>2407</v>
       </c>
       <c r="E260" t="s">
-        <v>2420</v>
+        <v>2408</v>
       </c>
       <c r="F260" t="s">
-        <v>2421</v>
+        <v>2409</v>
       </c>
       <c r="G260" t="s">
-        <v>2422</v>
+        <v>2410</v>
       </c>
       <c r="H260" t="s">
-        <v>2423</v>
+        <v>2411</v>
       </c>
       <c r="I260" t="s">
-        <v>2424</v>
+        <v>2412</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>112</v>
+        <v>2413</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
-        <v>113</v>
+        <v>2414</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2425</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>6272</v>
+        <v>5280</v>
       </c>
       <c r="B261" t="s">
-        <v>2426</v>
+        <v>2416</v>
       </c>
       <c r="C261" t="s">
-        <v>2427</v>
+        <v>2417</v>
       </c>
       <c r="D261" t="s">
-        <v>2428</v>
+        <v>2418</v>
       </c>
       <c r="E261" t="s">
-        <v>2429</v>
+        <v>2419</v>
       </c>
       <c r="F261" t="s">
-        <v>2430</v>
+        <v>2420</v>
       </c>
       <c r="G261" t="s">
-        <v>2431</v>
+        <v>2421</v>
       </c>
       <c r="H261" t="s">
-        <v>2432</v>
+        <v>2422</v>
       </c>
       <c r="I261" t="s">
-        <v>2433</v>
+        <v>2423</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2434</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>6274</v>
+        <v>5326</v>
       </c>
       <c r="B262" t="s">
-        <v>2435</v>
+        <v>2425</v>
       </c>
       <c r="C262" t="s">
-        <v>2436</v>
+        <v>2426</v>
       </c>
       <c r="D262" t="s">
-        <v>2437</v>
+        <v>2427</v>
       </c>
       <c r="E262" t="s">
-        <v>2438</v>
+        <v>2428</v>
       </c>
       <c r="F262" t="s">
-        <v>2439</v>
+        <v>2429</v>
       </c>
       <c r="G262" t="s">
-        <v>2440</v>
+        <v>2430</v>
       </c>
       <c r="H262" t="s">
-        <v>2441</v>
+        <v>2431</v>
       </c>
       <c r="I262" t="s">
-        <v>2442</v>
+        <v>2432</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2443</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>6275</v>
+        <v>5330</v>
       </c>
       <c r="B263" t="s">
-        <v>2444</v>
+        <v>2434</v>
       </c>
       <c r="C263" t="s">
-        <v>2445</v>
+        <v>2435</v>
       </c>
       <c r="D263" t="s">
-        <v>2446</v>
+        <v>2436</v>
       </c>
       <c r="E263" t="s">
-        <v>2447</v>
+        <v>2437</v>
       </c>
       <c r="F263" t="s">
-        <v>2448</v>
+        <v>2438</v>
       </c>
       <c r="G263" t="s">
-        <v>2449</v>
+        <v>2439</v>
       </c>
       <c r="H263" t="s">
-        <v>2450</v>
+        <v>2440</v>
       </c>
       <c r="I263" t="s">
-        <v>2451</v>
+        <v>2441</v>
       </c>
       <c r="J263" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>683</v>
+        <v>170</v>
       </c>
       <c r="L263" t="s">
-        <v>558</v>
+        <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>684</v>
+        <v>171</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2452</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>6327</v>
+        <v>5331</v>
       </c>
       <c r="B264" t="s">
-        <v>2453</v>
+        <v>2443</v>
       </c>
       <c r="C264" t="s">
-        <v>2454</v>
+        <v>2444</v>
       </c>
       <c r="D264" t="s">
-        <v>2455</v>
+        <v>2445</v>
       </c>
       <c r="E264" t="s">
-        <v>2456</v>
+        <v>2446</v>
       </c>
       <c r="F264" t="s">
-        <v>2457</v>
+        <v>2447</v>
       </c>
       <c r="G264" t="s">
-        <v>2458</v>
+        <v>2448</v>
       </c>
       <c r="H264" t="s">
-        <v>2459</v>
+        <v>2449</v>
       </c>
       <c r="I264" t="s">
-        <v>2460</v>
+        <v>2450</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
         <v>47</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>48</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2461</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>6337</v>
+        <v>5332</v>
       </c>
       <c r="B265" t="s">
-        <v>2462</v>
+        <v>2452</v>
       </c>
       <c r="C265" t="s">
-        <v>2463</v>
+        <v>2453</v>
       </c>
       <c r="D265" t="s">
-        <v>2464</v>
+        <v>2454</v>
       </c>
       <c r="E265" t="s">
-        <v>2465</v>
+        <v>2455</v>
       </c>
       <c r="F265" t="s">
-        <v>2466</v>
+        <v>2456</v>
       </c>
       <c r="G265" t="s">
-        <v>2467</v>
+        <v>2457</v>
       </c>
       <c r="H265" t="s">
-        <v>2468</v>
+        <v>2458</v>
       </c>
       <c r="I265" t="s">
-        <v>2469</v>
+        <v>2459</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2470</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>6460</v>
+        <v>5333</v>
       </c>
       <c r="B266" t="s">
-        <v>2471</v>
+        <v>2461</v>
       </c>
       <c r="C266" t="s">
-        <v>2472</v>
+        <v>2462</v>
       </c>
       <c r="D266" t="s">
-        <v>2473</v>
+        <v>2463</v>
       </c>
       <c r="E266" t="s">
-        <v>2474</v>
+        <v>2464</v>
       </c>
       <c r="F266" t="s">
-        <v>2475</v>
+        <v>2465</v>
       </c>
       <c r="G266" t="s">
-        <v>2476</v>
+        <v>2466</v>
       </c>
       <c r="H266" t="s">
-        <v>2477</v>
+        <v>2467</v>
       </c>
       <c r="I266" t="s">
-        <v>2478</v>
+        <v>2468</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
         <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
         <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2479</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>6468</v>
+        <v>5335</v>
       </c>
       <c r="B267" t="s">
-        <v>2480</v>
+        <v>2470</v>
       </c>
       <c r="C267" t="s">
-        <v>2481</v>
+        <v>2471</v>
       </c>
       <c r="D267" t="s">
-        <v>2482</v>
+        <v>2472</v>
       </c>
       <c r="E267" t="s">
-        <v>2483</v>
+        <v>2473</v>
       </c>
       <c r="F267" t="s">
-        <v>2484</v>
+        <v>2474</v>
       </c>
       <c r="G267" t="s">
-        <v>2485</v>
+        <v>2475</v>
       </c>
       <c r="H267" t="s">
-        <v>2486</v>
+        <v>2476</v>
       </c>
       <c r="I267" t="s">
-        <v>2487</v>
+        <v>2477</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
         <v>25</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
         <v>27</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2488</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>6615</v>
+        <v>5343</v>
       </c>
       <c r="B268" t="s">
-        <v>2489</v>
+        <v>2479</v>
       </c>
       <c r="C268" t="s">
-        <v>2490</v>
+        <v>2480</v>
       </c>
       <c r="D268" t="s">
-        <v>2491</v>
+        <v>2481</v>
       </c>
       <c r="E268" t="s">
-        <v>2492</v>
+        <v>2482</v>
       </c>
       <c r="F268" t="s">
-        <v>2493</v>
+        <v>2483</v>
       </c>
       <c r="G268" t="s">
-        <v>2494</v>
+        <v>2484</v>
       </c>
       <c r="H268" t="s">
-        <v>2495</v>
+        <v>2485</v>
       </c>
       <c r="I268" t="s">
-        <v>2496</v>
+        <v>2486</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2497</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>6761</v>
+        <v>5344</v>
       </c>
       <c r="B269" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C269" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D269" t="s">
+        <v>2490</v>
+      </c>
+      <c r="E269" t="s">
+        <v>2491</v>
+      </c>
+      <c r="F269" t="s">
+        <v>2492</v>
+      </c>
+      <c r="G269" t="s">
+        <v>2493</v>
+      </c>
+      <c r="H269" t="s">
+        <v>2494</v>
+      </c>
+      <c r="I269" t="s">
+        <v>2495</v>
+      </c>
+      <c r="J269" t="s">
+        <v>450</v>
+      </c>
+      <c r="K269" t="s">
+        <v>2496</v>
+      </c>
+      <c r="L269" t="s">
+        <v>452</v>
+      </c>
+      <c r="M269" t="s">
+        <v>2497</v>
+      </c>
+      <c r="N269" t="s">
+        <v>28</v>
+      </c>
+      <c r="O269" t="s">
         <v>2498</v>
-      </c>
-[...37 lines deleted...]
-        <v>2506</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>6762</v>
+        <v>5346</v>
       </c>
       <c r="B270" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C270" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D270" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E270" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F270" t="s">
+        <v>2503</v>
+      </c>
+      <c r="G270" t="s">
+        <v>2504</v>
+      </c>
+      <c r="H270" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I270" t="s">
+        <v>2506</v>
+      </c>
+      <c r="J270" t="s">
+        <v>24</v>
+      </c>
+      <c r="K270" t="s">
         <v>2507</v>
       </c>
-      <c r="C270" t="s">
+      <c r="L270" t="s">
+        <v>26</v>
+      </c>
+      <c r="M270" t="s">
         <v>2508</v>
       </c>
-      <c r="D270" t="s">
+      <c r="N270" t="s">
+        <v>28</v>
+      </c>
+      <c r="O270" t="s">
         <v>2509</v>
-      </c>
-[...31 lines deleted...]
-        <v>2515</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>6763</v>
+        <v>5347</v>
       </c>
       <c r="B271" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C271" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D271" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E271" t="s">
+        <v>2513</v>
+      </c>
+      <c r="F271" t="s">
+        <v>2514</v>
+      </c>
+      <c r="G271" t="s">
+        <v>2515</v>
+      </c>
+      <c r="H271" t="s">
         <v>2516</v>
       </c>
-      <c r="C271" t="s">
+      <c r="I271" t="s">
         <v>2517</v>
       </c>
-      <c r="D271" t="s">
+      <c r="J271" t="s">
+        <v>24</v>
+      </c>
+      <c r="K271" t="s">
+        <v>170</v>
+      </c>
+      <c r="L271" t="s">
+        <v>26</v>
+      </c>
+      <c r="M271" t="s">
+        <v>171</v>
+      </c>
+      <c r="N271" t="s">
+        <v>28</v>
+      </c>
+      <c r="O271" t="s">
         <v>2518</v>
-      </c>
-[...31 lines deleted...]
-        <v>2526</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>6765</v>
+        <v>5348</v>
       </c>
       <c r="B272" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C272" t="s">
+        <v>2520</v>
+      </c>
+      <c r="D272" t="s">
+        <v>2521</v>
+      </c>
+      <c r="E272" t="s">
+        <v>2522</v>
+      </c>
+      <c r="F272" t="s">
+        <v>2523</v>
+      </c>
+      <c r="G272" t="s">
+        <v>2524</v>
+      </c>
+      <c r="H272" t="s">
+        <v>2525</v>
+      </c>
+      <c r="I272" t="s">
+        <v>2526</v>
+      </c>
+      <c r="J272" t="s">
+        <v>24</v>
+      </c>
+      <c r="K272" t="s">
+        <v>170</v>
+      </c>
+      <c r="L272" t="s">
+        <v>26</v>
+      </c>
+      <c r="M272" t="s">
+        <v>171</v>
+      </c>
+      <c r="N272" t="s">
+        <v>28</v>
+      </c>
+      <c r="O272" t="s">
         <v>2527</v>
-      </c>
-[...37 lines deleted...]
-        <v>2535</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>8265</v>
+        <v>5351</v>
       </c>
       <c r="B273" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C273" t="s">
+        <v>2529</v>
+      </c>
+      <c r="D273" t="s">
+        <v>2530</v>
+      </c>
+      <c r="E273" t="s">
+        <v>2531</v>
+      </c>
+      <c r="F273" t="s">
+        <v>2532</v>
+      </c>
+      <c r="G273" t="s">
+        <v>2533</v>
+      </c>
+      <c r="H273" t="s">
+        <v>2534</v>
+      </c>
+      <c r="I273" t="s">
+        <v>2535</v>
+      </c>
+      <c r="J273" t="s">
+        <v>24</v>
+      </c>
+      <c r="K273" t="s">
+        <v>25</v>
+      </c>
+      <c r="L273" t="s">
+        <v>26</v>
+      </c>
+      <c r="M273" t="s">
+        <v>27</v>
+      </c>
+      <c r="N273" t="s">
+        <v>28</v>
+      </c>
+      <c r="O273" t="s">
         <v>2536</v>
-      </c>
-[...37 lines deleted...]
-        <v>2546</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>8289</v>
+        <v>5353</v>
       </c>
       <c r="B274" t="s">
-        <v>2547</v>
+        <v>2537</v>
       </c>
       <c r="C274" t="s">
-        <v>2548</v>
+        <v>2538</v>
       </c>
       <c r="D274" t="s">
-        <v>2549</v>
+        <v>2539</v>
       </c>
       <c r="E274" t="s">
-        <v>2550</v>
+        <v>2540</v>
       </c>
       <c r="F274" t="s">
-        <v>2551</v>
+        <v>2541</v>
       </c>
       <c r="G274" t="s">
-        <v>2552</v>
+        <v>2542</v>
       </c>
       <c r="H274" t="s">
-        <v>2553</v>
+        <v>2543</v>
       </c>
       <c r="I274" t="s">
-        <v>2554</v>
+        <v>2544</v>
       </c>
       <c r="J274" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K274" t="s">
-        <v>469</v>
+        <v>927</v>
       </c>
       <c r="L274" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M274" t="s">
-        <v>470</v>
+        <v>928</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2555</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>8386</v>
+        <v>5354</v>
       </c>
       <c r="B275" t="s">
-        <v>2556</v>
+        <v>2546</v>
       </c>
       <c r="C275" t="s">
-        <v>2557</v>
+        <v>2547</v>
       </c>
       <c r="D275" t="s">
-        <v>2558</v>
+        <v>2548</v>
       </c>
       <c r="E275" t="s">
-        <v>2559</v>
+        <v>2549</v>
       </c>
       <c r="F275" t="s">
-        <v>2560</v>
+        <v>2550</v>
       </c>
       <c r="G275" t="s">
-        <v>2561</v>
+        <v>2551</v>
       </c>
       <c r="H275" t="s">
-        <v>2562</v>
+        <v>2552</v>
       </c>
       <c r="I275" t="s">
-        <v>2563</v>
+        <v>2553</v>
       </c>
       <c r="J275" t="s">
-        <v>1466</v>
+        <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L275" t="s">
-        <v>1468</v>
+        <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2564</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>8402</v>
+        <v>5359</v>
       </c>
       <c r="B276" t="s">
-        <v>2565</v>
+        <v>2555</v>
       </c>
       <c r="C276" t="s">
-        <v>2566</v>
+        <v>2556</v>
       </c>
       <c r="D276" t="s">
-        <v>2567</v>
+        <v>2557</v>
       </c>
       <c r="E276" t="s">
-        <v>2568</v>
+        <v>2558</v>
       </c>
       <c r="F276" t="s">
-        <v>2569</v>
+        <v>2559</v>
       </c>
       <c r="G276" t="s">
-        <v>2570</v>
+        <v>2560</v>
       </c>
       <c r="H276" t="s">
-        <v>2571</v>
+        <v>2561</v>
       </c>
       <c r="I276" t="s">
-        <v>2572</v>
+        <v>2562</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2573</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>8903</v>
+        <v>5364</v>
       </c>
       <c r="B277" t="s">
-        <v>2574</v>
+        <v>2564</v>
       </c>
       <c r="C277" t="s">
-        <v>2575</v>
+        <v>2565</v>
       </c>
       <c r="D277" t="s">
-        <v>2576</v>
+        <v>2566</v>
       </c>
       <c r="E277" t="s">
-        <v>2577</v>
+        <v>2567</v>
       </c>
       <c r="F277" t="s">
-        <v>2578</v>
+        <v>2568</v>
       </c>
       <c r="G277" t="s">
-        <v>2579</v>
+        <v>2569</v>
       </c>
       <c r="H277" t="s">
-        <v>2580</v>
+        <v>2570</v>
       </c>
       <c r="I277" t="s">
-        <v>2581</v>
+        <v>2571</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2582</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>8904</v>
+        <v>5365</v>
       </c>
       <c r="B278" t="s">
-        <v>2583</v>
+        <v>2573</v>
       </c>
       <c r="C278" t="s">
-        <v>2584</v>
+        <v>2574</v>
       </c>
       <c r="D278" t="s">
-        <v>2585</v>
+        <v>2575</v>
       </c>
       <c r="E278" t="s">
-        <v>2586</v>
+        <v>2576</v>
       </c>
       <c r="F278" t="s">
-        <v>2587</v>
+        <v>2577</v>
       </c>
       <c r="G278" t="s">
-        <v>2588</v>
+        <v>2578</v>
       </c>
       <c r="H278" t="s">
-        <v>2589</v>
+        <v>2579</v>
       </c>
       <c r="I278" t="s">
-        <v>2590</v>
+        <v>2580</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2591</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>8914</v>
+        <v>5367</v>
       </c>
       <c r="B279" t="s">
-        <v>2592</v>
+        <v>2582</v>
       </c>
       <c r="C279" t="s">
-        <v>2593</v>
+        <v>2583</v>
       </c>
       <c r="D279" t="s">
-        <v>2594</v>
+        <v>2584</v>
       </c>
       <c r="E279" t="s">
-        <v>2595</v>
+        <v>2585</v>
       </c>
       <c r="F279" t="s">
-        <v>2596</v>
+        <v>2586</v>
       </c>
       <c r="G279" t="s">
-        <v>2597</v>
+        <v>2587</v>
       </c>
       <c r="H279" t="s">
-        <v>2598</v>
+        <v>2588</v>
       </c>
       <c r="I279" t="s">
-        <v>2599</v>
+        <v>2589</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
         <v>25</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
         <v>27</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2600</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>8918</v>
+        <v>5368</v>
       </c>
       <c r="B280" t="s">
-        <v>2601</v>
+        <v>2591</v>
       </c>
       <c r="C280" t="s">
-        <v>2602</v>
+        <v>2592</v>
       </c>
       <c r="D280" t="s">
-        <v>2603</v>
+        <v>2593</v>
       </c>
       <c r="E280" t="s">
-        <v>2604</v>
+        <v>2594</v>
       </c>
       <c r="F280" t="s">
-        <v>2605</v>
+        <v>2595</v>
       </c>
       <c r="G280" t="s">
-        <v>2606</v>
+        <v>2596</v>
       </c>
       <c r="H280" t="s">
-        <v>2607</v>
+        <v>2597</v>
       </c>
       <c r="I280" t="s">
-        <v>2608</v>
+        <v>2598</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
         <v>25</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
         <v>27</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2609</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>8945</v>
+        <v>5370</v>
       </c>
       <c r="B281" t="s">
-        <v>2610</v>
+        <v>2600</v>
       </c>
       <c r="C281" t="s">
-        <v>2611</v>
+        <v>2601</v>
       </c>
       <c r="D281" t="s">
-        <v>2612</v>
+        <v>2602</v>
       </c>
       <c r="E281" t="s">
-        <v>2613</v>
+        <v>2603</v>
       </c>
       <c r="F281" t="s">
-        <v>2614</v>
+        <v>2604</v>
       </c>
       <c r="G281" t="s">
-        <v>2615</v>
+        <v>2605</v>
       </c>
       <c r="H281" t="s">
-        <v>2616</v>
+        <v>2606</v>
       </c>
       <c r="I281" t="s">
-        <v>2617</v>
+        <v>2607</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2618</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>8951</v>
+        <v>5371</v>
       </c>
       <c r="B282" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C282" t="s">
+        <v>2610</v>
+      </c>
+      <c r="D282" t="s">
+        <v>2611</v>
+      </c>
+      <c r="E282" t="s">
+        <v>2612</v>
+      </c>
+      <c r="F282" t="s">
+        <v>2613</v>
+      </c>
+      <c r="G282" t="s">
+        <v>2614</v>
+      </c>
+      <c r="H282" t="s">
+        <v>2615</v>
+      </c>
+      <c r="I282" t="s">
+        <v>2616</v>
+      </c>
+      <c r="J282" t="s">
+        <v>24</v>
+      </c>
+      <c r="K282" t="s">
+        <v>2617</v>
+      </c>
+      <c r="L282" t="s">
+        <v>26</v>
+      </c>
+      <c r="M282" t="s">
+        <v>2618</v>
+      </c>
+      <c r="N282" t="s">
+        <v>28</v>
+      </c>
+      <c r="O282" t="s">
         <v>2619</v>
-      </c>
-[...37 lines deleted...]
-        <v>2627</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>10014</v>
+        <v>5372</v>
       </c>
       <c r="B283" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C283" t="s">
+        <v>2621</v>
+      </c>
+      <c r="D283" t="s">
+        <v>2622</v>
+      </c>
+      <c r="E283" t="s">
+        <v>2623</v>
+      </c>
+      <c r="F283" t="s">
+        <v>2624</v>
+      </c>
+      <c r="G283" t="s">
+        <v>2625</v>
+      </c>
+      <c r="H283" t="s">
+        <v>2626</v>
+      </c>
+      <c r="I283" t="s">
+        <v>2627</v>
+      </c>
+      <c r="J283" t="s">
+        <v>24</v>
+      </c>
+      <c r="K283" t="s">
+        <v>25</v>
+      </c>
+      <c r="L283" t="s">
+        <v>26</v>
+      </c>
+      <c r="M283" t="s">
+        <v>27</v>
+      </c>
+      <c r="N283" t="s">
+        <v>28</v>
+      </c>
+      <c r="O283" t="s">
         <v>2628</v>
-      </c>
-[...37 lines deleted...]
-        <v>2638</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>10015</v>
+        <v>5375</v>
       </c>
       <c r="B284" t="s">
-        <v>2639</v>
+        <v>2629</v>
       </c>
       <c r="C284" t="s">
-        <v>2640</v>
+        <v>2630</v>
       </c>
       <c r="D284" t="s">
-        <v>2641</v>
+        <v>2631</v>
       </c>
       <c r="E284" t="s">
-        <v>2642</v>
+        <v>2632</v>
       </c>
       <c r="F284" t="s">
-        <v>2643</v>
+        <v>2633</v>
       </c>
       <c r="G284" t="s">
-        <v>2644</v>
+        <v>2634</v>
       </c>
       <c r="H284" t="s">
-        <v>2645</v>
+        <v>2635</v>
       </c>
       <c r="I284" t="s">
-        <v>2646</v>
+        <v>2636</v>
       </c>
       <c r="J284" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K284" t="s">
-        <v>112</v>
+        <v>274</v>
       </c>
       <c r="L284" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M284" t="s">
-        <v>113</v>
+        <v>276</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2647</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>10036</v>
+        <v>5377</v>
       </c>
       <c r="B285" t="s">
-        <v>2648</v>
+        <v>2638</v>
       </c>
       <c r="C285" t="s">
-        <v>2649</v>
+        <v>2639</v>
       </c>
       <c r="D285" t="s">
-        <v>2650</v>
+        <v>2640</v>
       </c>
       <c r="E285" t="s">
-        <v>2651</v>
+        <v>2641</v>
       </c>
       <c r="F285" t="s">
-        <v>2652</v>
+        <v>2642</v>
       </c>
       <c r="G285" t="s">
-        <v>2653</v>
+        <v>2643</v>
       </c>
       <c r="H285" t="s">
-        <v>2654</v>
+        <v>2644</v>
       </c>
       <c r="I285" t="s">
-        <v>2655</v>
+        <v>2645</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
         <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2656</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>10044</v>
+        <v>5378</v>
       </c>
       <c r="B286" t="s">
-        <v>2657</v>
+        <v>2647</v>
       </c>
       <c r="C286" t="s">
-        <v>2658</v>
+        <v>2648</v>
       </c>
       <c r="D286" t="s">
-        <v>2659</v>
+        <v>2649</v>
       </c>
       <c r="E286" t="s">
-        <v>2660</v>
+        <v>2650</v>
       </c>
       <c r="F286" t="s">
-        <v>2661</v>
+        <v>2651</v>
       </c>
       <c r="G286" t="s">
-        <v>2662</v>
+        <v>2652</v>
       </c>
       <c r="H286" t="s">
-        <v>2663</v>
+        <v>2653</v>
       </c>
       <c r="I286" t="s">
-        <v>2664</v>
+        <v>2654</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>1467</v>
+        <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>1469</v>
+        <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2665</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>10098</v>
+        <v>5380</v>
       </c>
       <c r="B287" t="s">
-        <v>2666</v>
+        <v>2656</v>
       </c>
       <c r="C287" t="s">
-        <v>2667</v>
+        <v>2657</v>
       </c>
       <c r="D287" t="s">
-        <v>2668</v>
+        <v>2658</v>
       </c>
       <c r="E287" t="s">
-        <v>2669</v>
+        <v>2659</v>
       </c>
       <c r="F287" t="s">
-        <v>2670</v>
+        <v>2660</v>
       </c>
       <c r="G287" t="s">
-        <v>2671</v>
+        <v>2661</v>
       </c>
       <c r="H287" t="s">
-        <v>2672</v>
+        <v>2662</v>
       </c>
       <c r="I287" t="s">
-        <v>2673</v>
+        <v>2663</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2674</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>10101</v>
+        <v>5382</v>
       </c>
       <c r="B288" t="s">
-        <v>2675</v>
+        <v>2665</v>
       </c>
       <c r="C288" t="s">
-        <v>2676</v>
+        <v>2666</v>
       </c>
       <c r="D288" t="s">
-        <v>2677</v>
+        <v>2667</v>
       </c>
       <c r="E288" t="s">
-        <v>2678</v>
+        <v>2668</v>
       </c>
       <c r="F288" t="s">
-        <v>2679</v>
+        <v>2669</v>
       </c>
       <c r="G288" t="s">
-        <v>2680</v>
+        <v>2670</v>
       </c>
       <c r="H288" t="s">
-        <v>2681</v>
+        <v>2671</v>
       </c>
       <c r="I288" t="s">
-        <v>2682</v>
+        <v>2672</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2683</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>10412</v>
+        <v>5393</v>
       </c>
       <c r="B289" t="s">
-        <v>2684</v>
+        <v>2674</v>
       </c>
       <c r="C289" t="s">
-        <v>2685</v>
+        <v>2675</v>
       </c>
       <c r="D289" t="s">
-        <v>2686</v>
+        <v>2676</v>
       </c>
       <c r="E289" t="s">
-        <v>2687</v>
+        <v>2677</v>
       </c>
       <c r="F289" t="s">
-        <v>2688</v>
+        <v>2678</v>
       </c>
       <c r="G289" t="s">
-        <v>2689</v>
+        <v>2679</v>
       </c>
       <c r="H289" t="s">
-        <v>2690</v>
+        <v>2680</v>
       </c>
       <c r="I289" t="s">
-        <v>2691</v>
+        <v>2681</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
         <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2692</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>10603</v>
+        <v>5394</v>
       </c>
       <c r="B290" t="s">
-        <v>2693</v>
+        <v>2683</v>
       </c>
       <c r="C290" t="s">
-        <v>2694</v>
+        <v>2684</v>
       </c>
       <c r="D290" t="s">
-        <v>2695</v>
+        <v>2685</v>
       </c>
       <c r="E290" t="s">
-        <v>2696</v>
+        <v>2686</v>
       </c>
       <c r="F290" t="s">
-        <v>2697</v>
+        <v>2687</v>
       </c>
       <c r="G290" t="s">
-        <v>2698</v>
+        <v>2688</v>
       </c>
       <c r="H290" t="s">
-        <v>2699</v>
+        <v>2689</v>
       </c>
       <c r="I290" t="s">
-        <v>2700</v>
+        <v>2690</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2701</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>10647</v>
+        <v>5403</v>
       </c>
       <c r="B291" t="s">
+        <v>2692</v>
+      </c>
+      <c r="C291" t="s">
+        <v>2693</v>
+      </c>
+      <c r="D291" t="s">
+        <v>2694</v>
+      </c>
+      <c r="E291" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F291" t="s">
+        <v>2696</v>
+      </c>
+      <c r="G291" t="s">
+        <v>2697</v>
+      </c>
+      <c r="H291" t="s">
+        <v>2698</v>
+      </c>
+      <c r="I291" t="s">
+        <v>2699</v>
+      </c>
+      <c r="J291" t="s">
+        <v>24</v>
+      </c>
+      <c r="K291" t="s">
+        <v>2700</v>
+      </c>
+      <c r="L291" t="s">
+        <v>26</v>
+      </c>
+      <c r="M291" t="s">
+        <v>2701</v>
+      </c>
+      <c r="N291" t="s">
+        <v>28</v>
+      </c>
+      <c r="O291" t="s">
         <v>2702</v>
-      </c>
-[...37 lines deleted...]
-        <v>2710</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>10887</v>
+        <v>5430</v>
       </c>
       <c r="B292" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C292" t="s">
+        <v>2704</v>
+      </c>
+      <c r="D292" t="s">
+        <v>2705</v>
+      </c>
+      <c r="E292" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F292" t="s">
+        <v>2707</v>
+      </c>
+      <c r="G292" t="s">
+        <v>2708</v>
+      </c>
+      <c r="H292" t="s">
+        <v>2709</v>
+      </c>
+      <c r="I292" t="s">
+        <v>2710</v>
+      </c>
+      <c r="J292" t="s">
+        <v>24</v>
+      </c>
+      <c r="K292" t="s">
+        <v>170</v>
+      </c>
+      <c r="L292" t="s">
+        <v>26</v>
+      </c>
+      <c r="M292" t="s">
+        <v>171</v>
+      </c>
+      <c r="N292" t="s">
+        <v>28</v>
+      </c>
+      <c r="O292" t="s">
         <v>2711</v>
-      </c>
-[...37 lines deleted...]
-        <v>2719</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>10925</v>
+        <v>5431</v>
       </c>
       <c r="B293" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C293" t="s">
+        <v>2713</v>
+      </c>
+      <c r="D293" t="s">
+        <v>2714</v>
+      </c>
+      <c r="E293" t="s">
+        <v>2715</v>
+      </c>
+      <c r="F293" t="s">
+        <v>2716</v>
+      </c>
+      <c r="G293" t="s">
+        <v>2717</v>
+      </c>
+      <c r="H293" t="s">
+        <v>2718</v>
+      </c>
+      <c r="I293" t="s">
+        <v>2719</v>
+      </c>
+      <c r="J293" t="s">
+        <v>450</v>
+      </c>
+      <c r="K293" t="s">
+        <v>274</v>
+      </c>
+      <c r="L293" t="s">
+        <v>452</v>
+      </c>
+      <c r="M293" t="s">
+        <v>276</v>
+      </c>
+      <c r="N293" t="s">
+        <v>28</v>
+      </c>
+      <c r="O293" t="s">
         <v>2720</v>
-      </c>
-[...37 lines deleted...]
-        <v>2728</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>10930</v>
+        <v>5433</v>
       </c>
       <c r="B294" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C294" t="s">
+        <v>2722</v>
+      </c>
+      <c r="D294" t="s">
+        <v>2723</v>
+      </c>
+      <c r="E294" t="s">
+        <v>2724</v>
+      </c>
+      <c r="F294" t="s">
+        <v>2725</v>
+      </c>
+      <c r="G294" t="s">
+        <v>2726</v>
+      </c>
+      <c r="H294" t="s">
+        <v>2727</v>
+      </c>
+      <c r="I294" t="s">
+        <v>2728</v>
+      </c>
+      <c r="J294" t="s">
+        <v>24</v>
+      </c>
+      <c r="K294" t="s">
+        <v>170</v>
+      </c>
+      <c r="L294" t="s">
+        <v>26</v>
+      </c>
+      <c r="M294" t="s">
+        <v>171</v>
+      </c>
+      <c r="N294" t="s">
+        <v>28</v>
+      </c>
+      <c r="O294" t="s">
         <v>2729</v>
-      </c>
-[...37 lines deleted...]
-        <v>2739</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>10947</v>
+        <v>5435</v>
       </c>
       <c r="B295" t="s">
-        <v>2740</v>
+        <v>2730</v>
       </c>
       <c r="C295" t="s">
-        <v>2741</v>
+        <v>2731</v>
       </c>
       <c r="D295" t="s">
-        <v>2742</v>
+        <v>2732</v>
       </c>
       <c r="E295" t="s">
-        <v>2743</v>
+        <v>2733</v>
       </c>
       <c r="F295" t="s">
-        <v>2744</v>
+        <v>2734</v>
       </c>
       <c r="G295" t="s">
-        <v>2745</v>
+        <v>2735</v>
       </c>
       <c r="H295" t="s">
-        <v>2746</v>
+        <v>2736</v>
       </c>
       <c r="I295" t="s">
-        <v>2747</v>
+        <v>2737</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2748</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>10948</v>
+        <v>5436</v>
       </c>
       <c r="B296" t="s">
-        <v>2749</v>
+        <v>2739</v>
       </c>
       <c r="C296" t="s">
-        <v>2750</v>
+        <v>2740</v>
       </c>
       <c r="D296" t="s">
-        <v>2751</v>
+        <v>2741</v>
       </c>
       <c r="E296" t="s">
-        <v>2752</v>
+        <v>2742</v>
       </c>
       <c r="F296" t="s">
-        <v>2753</v>
+        <v>2743</v>
       </c>
       <c r="G296" t="s">
-        <v>2754</v>
+        <v>2744</v>
       </c>
       <c r="H296" t="s">
-        <v>2755</v>
+        <v>2745</v>
       </c>
       <c r="I296" t="s">
-        <v>2756</v>
+        <v>2746</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2757</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>10950</v>
+        <v>5437</v>
       </c>
       <c r="B297" t="s">
-        <v>2758</v>
+        <v>2748</v>
       </c>
       <c r="C297" t="s">
-        <v>2759</v>
+        <v>2749</v>
       </c>
       <c r="D297" t="s">
-        <v>2760</v>
+        <v>2750</v>
       </c>
       <c r="E297" t="s">
-        <v>2761</v>
+        <v>2751</v>
       </c>
       <c r="F297" t="s">
-        <v>2762</v>
+        <v>2752</v>
       </c>
       <c r="G297" t="s">
-        <v>2763</v>
+        <v>2753</v>
       </c>
       <c r="H297" t="s">
-        <v>2764</v>
+        <v>2754</v>
       </c>
       <c r="I297" t="s">
-        <v>2765</v>
+        <v>2755</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>2766</v>
+        <v>25</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>2767</v>
+        <v>27</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2768</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>10951</v>
+        <v>5439</v>
       </c>
       <c r="B298" t="s">
-        <v>2769</v>
+        <v>2757</v>
       </c>
       <c r="C298" t="s">
-        <v>2770</v>
+        <v>2758</v>
       </c>
       <c r="D298" t="s">
-        <v>2771</v>
+        <v>2759</v>
       </c>
       <c r="E298" t="s">
-        <v>2772</v>
+        <v>2760</v>
       </c>
       <c r="F298" t="s">
-        <v>2773</v>
+        <v>2761</v>
       </c>
       <c r="G298" t="s">
-        <v>2774</v>
+        <v>2762</v>
       </c>
       <c r="H298" t="s">
-        <v>2775</v>
+        <v>2763</v>
       </c>
       <c r="I298" t="s">
-        <v>2776</v>
+        <v>2764</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2777</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>11220</v>
+        <v>5449</v>
       </c>
       <c r="B299" t="s">
-        <v>2778</v>
+        <v>2766</v>
       </c>
       <c r="C299" t="s">
-        <v>2779</v>
+        <v>2767</v>
       </c>
       <c r="D299" t="s">
-        <v>2780</v>
+        <v>2768</v>
       </c>
       <c r="E299" t="s">
-        <v>2781</v>
+        <v>2769</v>
       </c>
       <c r="F299" t="s">
-        <v>2782</v>
+        <v>2770</v>
       </c>
       <c r="G299" t="s">
-        <v>2783</v>
+        <v>2771</v>
       </c>
       <c r="H299" t="s">
-        <v>2784</v>
+        <v>2772</v>
       </c>
       <c r="I299" t="s">
-        <v>2785</v>
+        <v>2773</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>498</v>
+        <v>47</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>499</v>
+        <v>48</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2786</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>11231</v>
+        <v>5456</v>
       </c>
       <c r="B300" t="s">
-        <v>2787</v>
+        <v>2775</v>
       </c>
       <c r="C300" t="s">
-        <v>2788</v>
+        <v>2776</v>
       </c>
       <c r="D300" t="s">
-        <v>2789</v>
+        <v>2777</v>
       </c>
       <c r="E300" t="s">
-        <v>2790</v>
+        <v>2778</v>
       </c>
       <c r="F300" t="s">
-        <v>2791</v>
+        <v>2779</v>
       </c>
       <c r="G300" t="s">
-        <v>2792</v>
+        <v>2780</v>
       </c>
       <c r="H300" t="s">
-        <v>2793</v>
+        <v>2781</v>
       </c>
       <c r="I300" t="s">
-        <v>2794</v>
+        <v>2782</v>
       </c>
       <c r="J300" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K300" t="s">
-        <v>112</v>
+        <v>916</v>
       </c>
       <c r="L300" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M300" t="s">
-        <v>113</v>
+        <v>917</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2795</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>11287</v>
+        <v>5470</v>
       </c>
       <c r="B301" t="s">
-        <v>2796</v>
+        <v>2784</v>
       </c>
       <c r="C301" t="s">
-        <v>2797</v>
+        <v>2785</v>
       </c>
       <c r="D301" t="s">
-        <v>2798</v>
+        <v>2786</v>
       </c>
       <c r="E301" t="s">
-        <v>2799</v>
+        <v>2787</v>
       </c>
       <c r="F301" t="s">
-        <v>2800</v>
+        <v>2788</v>
       </c>
       <c r="G301" t="s">
-        <v>2801</v>
+        <v>2789</v>
       </c>
       <c r="H301" t="s">
-        <v>2802</v>
+        <v>2790</v>
       </c>
       <c r="I301" t="s">
-        <v>2803</v>
+        <v>2791</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2804</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>11310</v>
+        <v>5474</v>
       </c>
       <c r="B302" t="s">
-        <v>2805</v>
+        <v>2793</v>
       </c>
       <c r="C302" t="s">
-        <v>2806</v>
+        <v>2794</v>
       </c>
       <c r="D302" t="s">
-        <v>2807</v>
+        <v>2795</v>
       </c>
       <c r="E302" t="s">
-        <v>2808</v>
+        <v>2796</v>
       </c>
       <c r="F302" t="s">
-        <v>2809</v>
+        <v>2797</v>
       </c>
       <c r="G302" t="s">
-        <v>2810</v>
+        <v>2798</v>
       </c>
       <c r="H302" t="s">
-        <v>2811</v>
+        <v>2799</v>
       </c>
       <c r="I302" t="s">
-        <v>2812</v>
+        <v>2800</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>683</v>
+        <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>684</v>
+        <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2813</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>58060</v>
+        <v>5475</v>
       </c>
       <c r="B303" t="s">
-        <v>2814</v>
+        <v>2802</v>
       </c>
       <c r="C303" t="s">
-        <v>2815</v>
+        <v>2803</v>
       </c>
       <c r="D303" t="s">
-        <v>2816</v>
+        <v>2804</v>
       </c>
       <c r="E303" t="s">
-        <v>2817</v>
+        <v>2805</v>
       </c>
       <c r="F303" t="s">
-        <v>2818</v>
+        <v>2806</v>
       </c>
       <c r="G303" t="s">
-        <v>2819</v>
+        <v>2807</v>
       </c>
       <c r="H303" t="s">
-        <v>2820</v>
+        <v>2808</v>
       </c>
       <c r="I303" t="s">
-        <v>2821</v>
+        <v>2809</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>2822</v>
+        <v>170</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>2823</v>
+        <v>171</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2824</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>58066</v>
+        <v>5476</v>
       </c>
       <c r="B304" t="s">
-        <v>2825</v>
+        <v>2811</v>
       </c>
       <c r="C304" t="s">
-        <v>2826</v>
+        <v>2812</v>
       </c>
       <c r="D304" t="s">
-        <v>2827</v>
+        <v>2813</v>
       </c>
       <c r="E304" t="s">
-        <v>2828</v>
+        <v>2814</v>
       </c>
       <c r="F304" t="s">
-        <v>2829</v>
+        <v>2815</v>
       </c>
       <c r="G304" t="s">
-        <v>2830</v>
+        <v>2816</v>
       </c>
       <c r="H304" t="s">
-        <v>2831</v>
+        <v>2817</v>
       </c>
       <c r="I304" t="s">
-        <v>2832</v>
+        <v>2818</v>
       </c>
       <c r="J304" t="s">
-        <v>24</v>
+        <v>2819</v>
       </c>
       <c r="K304" t="s">
-        <v>672</v>
+        <v>1280</v>
       </c>
       <c r="L304" t="s">
-        <v>26</v>
+        <v>2820</v>
       </c>
       <c r="M304" t="s">
-        <v>673</v>
+        <v>1281</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2833</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>58120</v>
+        <v>5478</v>
       </c>
       <c r="B305" t="s">
-        <v>2834</v>
+        <v>2822</v>
       </c>
       <c r="C305" t="s">
-        <v>2835</v>
+        <v>2823</v>
       </c>
       <c r="D305" t="s">
-        <v>2836</v>
+        <v>2824</v>
       </c>
       <c r="E305" t="s">
-        <v>2837</v>
+        <v>2825</v>
       </c>
       <c r="F305" t="s">
-        <v>2838</v>
+        <v>2826</v>
       </c>
       <c r="G305" t="s">
-        <v>2839</v>
+        <v>2827</v>
       </c>
       <c r="H305" t="s">
-        <v>2840</v>
+        <v>2828</v>
       </c>
       <c r="I305" t="s">
-        <v>2841</v>
+        <v>2829</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
         <v>25</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
         <v>27</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2842</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>58122</v>
+        <v>5479</v>
       </c>
       <c r="B306" t="s">
-        <v>2843</v>
+        <v>2831</v>
       </c>
       <c r="C306" t="s">
-        <v>2844</v>
+        <v>2832</v>
       </c>
       <c r="D306" t="s">
-        <v>2845</v>
+        <v>2833</v>
       </c>
       <c r="E306" t="s">
-        <v>2846</v>
+        <v>2834</v>
       </c>
       <c r="F306" t="s">
-        <v>2847</v>
+        <v>2835</v>
       </c>
       <c r="G306" t="s">
-        <v>2848</v>
+        <v>2836</v>
       </c>
       <c r="H306" t="s">
-        <v>2849</v>
+        <v>2837</v>
       </c>
       <c r="I306" t="s">
-        <v>2850</v>
+        <v>2838</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>112</v>
+        <v>580</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>113</v>
+        <v>581</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2851</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>58144</v>
+        <v>5482</v>
       </c>
       <c r="B307" t="s">
-        <v>2852</v>
+        <v>2840</v>
       </c>
       <c r="C307" t="s">
-        <v>2853</v>
+        <v>2841</v>
       </c>
       <c r="D307" t="s">
-        <v>2854</v>
+        <v>2842</v>
       </c>
       <c r="E307" t="s">
-        <v>2855</v>
+        <v>2843</v>
       </c>
       <c r="F307" t="s">
-        <v>2856</v>
+        <v>2844</v>
       </c>
       <c r="G307" t="s">
-        <v>2857</v>
+        <v>2845</v>
       </c>
       <c r="H307" t="s">
-        <v>2858</v>
+        <v>2846</v>
       </c>
       <c r="I307" t="s">
-        <v>2859</v>
+        <v>2847</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2860</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>58218</v>
+        <v>5483</v>
       </c>
       <c r="B308" t="s">
-        <v>2861</v>
+        <v>2849</v>
       </c>
       <c r="C308" t="s">
-        <v>2862</v>
+        <v>2850</v>
       </c>
       <c r="D308" t="s">
-        <v>2863</v>
+        <v>2851</v>
       </c>
       <c r="E308" t="s">
-        <v>2864</v>
+        <v>2852</v>
       </c>
       <c r="F308" t="s">
-        <v>2865</v>
+        <v>2853</v>
       </c>
       <c r="G308" t="s">
-        <v>2866</v>
+        <v>2854</v>
       </c>
       <c r="H308" t="s">
-        <v>2867</v>
+        <v>2855</v>
       </c>
       <c r="I308" t="s">
-        <v>2868</v>
+        <v>2856</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2869</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>58223</v>
+        <v>5485</v>
       </c>
       <c r="B309" t="s">
-        <v>2870</v>
+        <v>2858</v>
       </c>
       <c r="C309" t="s">
-        <v>2871</v>
+        <v>2859</v>
       </c>
       <c r="D309" t="s">
-        <v>2872</v>
+        <v>2860</v>
       </c>
       <c r="E309" t="s">
-        <v>2873</v>
+        <v>2861</v>
       </c>
       <c r="F309" t="s">
-        <v>2874</v>
+        <v>2862</v>
       </c>
       <c r="G309" t="s">
-        <v>2875</v>
+        <v>2863</v>
       </c>
       <c r="H309" t="s">
-        <v>2876</v>
+        <v>2864</v>
       </c>
       <c r="I309" t="s">
-        <v>2877</v>
+        <v>2865</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>112</v>
+        <v>2866</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>113</v>
+        <v>2867</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2878</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>58240</v>
+        <v>5487</v>
       </c>
       <c r="B310" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C310" t="s">
+        <v>2870</v>
+      </c>
+      <c r="D310" t="s">
+        <v>2871</v>
+      </c>
+      <c r="E310" t="s">
+        <v>2872</v>
+      </c>
+      <c r="F310" t="s">
+        <v>2873</v>
+      </c>
+      <c r="G310" t="s">
+        <v>2874</v>
+      </c>
+      <c r="H310" t="s">
+        <v>2875</v>
+      </c>
+      <c r="I310" t="s">
+        <v>2876</v>
+      </c>
+      <c r="J310" t="s">
+        <v>24</v>
+      </c>
+      <c r="K310" t="s">
+        <v>2877</v>
+      </c>
+      <c r="L310" t="s">
+        <v>26</v>
+      </c>
+      <c r="M310" t="s">
+        <v>2878</v>
+      </c>
+      <c r="N310" t="s">
+        <v>28</v>
+      </c>
+      <c r="O310" t="s">
         <v>2879</v>
-      </c>
-[...37 lines deleted...]
-        <v>2889</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>58259</v>
+        <v>5488</v>
       </c>
       <c r="B311" t="s">
-        <v>2890</v>
+        <v>2880</v>
       </c>
       <c r="C311" t="s">
-        <v>2891</v>
+        <v>2881</v>
       </c>
       <c r="D311" t="s">
-        <v>2892</v>
+        <v>2882</v>
       </c>
       <c r="E311" t="s">
-        <v>2893</v>
+        <v>2883</v>
       </c>
       <c r="F311" t="s">
-        <v>2894</v>
+        <v>2884</v>
       </c>
       <c r="G311" t="s">
-        <v>2895</v>
+        <v>2885</v>
       </c>
       <c r="H311" t="s">
-        <v>2896</v>
+        <v>2886</v>
       </c>
       <c r="I311" t="s">
-        <v>2897</v>
+        <v>2887</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>2898</v>
+        <v>170</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>2899</v>
+        <v>171</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2900</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>64637</v>
+        <v>5489</v>
       </c>
       <c r="B312" t="s">
-        <v>2901</v>
+        <v>2889</v>
       </c>
       <c r="C312" t="s">
-        <v>2902</v>
+        <v>2890</v>
       </c>
       <c r="D312" t="s">
-        <v>2903</v>
+        <v>2891</v>
       </c>
       <c r="E312" t="s">
-        <v>2904</v>
+        <v>2892</v>
       </c>
       <c r="F312" t="s">
-        <v>2905</v>
+        <v>2893</v>
       </c>
       <c r="G312" t="s">
-        <v>2906</v>
+        <v>2894</v>
       </c>
       <c r="H312" t="s">
-        <v>2907</v>
+        <v>2895</v>
       </c>
       <c r="I312" t="s">
-        <v>2908</v>
+        <v>2896</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>47</v>
+        <v>1318</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>48</v>
+        <v>1319</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2909</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>64689</v>
+        <v>5490</v>
       </c>
       <c r="B313" t="s">
-        <v>2910</v>
+        <v>2898</v>
       </c>
       <c r="C313" t="s">
-        <v>2911</v>
+        <v>2899</v>
       </c>
       <c r="D313" t="s">
-        <v>2912</v>
+        <v>2900</v>
       </c>
       <c r="E313" t="s">
-        <v>2913</v>
+        <v>2901</v>
       </c>
       <c r="F313" t="s">
-        <v>2914</v>
+        <v>2902</v>
       </c>
       <c r="G313" t="s">
-        <v>2915</v>
+        <v>2903</v>
       </c>
       <c r="H313" t="s">
-        <v>2916</v>
+        <v>2904</v>
       </c>
       <c r="I313" t="s">
-        <v>2917</v>
+        <v>2905</v>
       </c>
       <c r="J313" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K313" t="s">
-        <v>917</v>
+        <v>2906</v>
       </c>
       <c r="L313" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M313" t="s">
-        <v>918</v>
+        <v>2907</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2918</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>65000</v>
+        <v>5493</v>
       </c>
       <c r="B314" t="s">
-        <v>2919</v>
+        <v>2909</v>
       </c>
       <c r="C314" t="s">
-        <v>2920</v>
+        <v>2910</v>
       </c>
       <c r="D314" t="s">
-        <v>2921</v>
+        <v>2911</v>
       </c>
       <c r="E314" t="s">
-        <v>2922</v>
+        <v>2912</v>
       </c>
       <c r="F314" t="s">
-        <v>2923</v>
+        <v>2913</v>
       </c>
       <c r="G314" t="s">
-        <v>2924</v>
+        <v>2914</v>
       </c>
       <c r="H314" t="s">
-        <v>2925</v>
+        <v>2915</v>
       </c>
       <c r="I314" t="s">
-        <v>2926</v>
+        <v>2916</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2927</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>65001</v>
+        <v>5495</v>
       </c>
       <c r="B315" t="s">
-        <v>2928</v>
+        <v>2918</v>
       </c>
       <c r="C315" t="s">
-        <v>2929</v>
+        <v>2919</v>
       </c>
       <c r="D315" t="s">
-        <v>2930</v>
+        <v>2920</v>
       </c>
       <c r="E315" t="s">
-        <v>2931</v>
+        <v>2921</v>
       </c>
       <c r="F315" t="s">
-        <v>2932</v>
+        <v>2922</v>
       </c>
       <c r="G315" t="s">
-        <v>2933</v>
+        <v>2923</v>
       </c>
       <c r="H315" t="s">
-        <v>2934</v>
+        <v>2924</v>
       </c>
       <c r="I315" t="s">
-        <v>2935</v>
+        <v>2925</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2936</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>65002</v>
+        <v>5496</v>
       </c>
       <c r="B316" t="s">
-        <v>2937</v>
+        <v>2927</v>
       </c>
       <c r="C316" t="s">
-        <v>2938</v>
+        <v>2928</v>
       </c>
       <c r="D316" t="s">
-        <v>2939</v>
+        <v>2929</v>
       </c>
       <c r="E316" t="s">
-        <v>2940</v>
+        <v>2930</v>
       </c>
       <c r="F316" t="s">
-        <v>2941</v>
+        <v>2931</v>
       </c>
       <c r="G316" t="s">
-        <v>2942</v>
+        <v>2932</v>
       </c>
       <c r="H316" t="s">
-        <v>2943</v>
+        <v>2933</v>
       </c>
       <c r="I316" t="s">
-        <v>2944</v>
+        <v>2934</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2945</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>65003</v>
+        <v>5499</v>
       </c>
       <c r="B317" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C317" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D317" t="s">
+        <v>2938</v>
+      </c>
+      <c r="E317" t="s">
+        <v>2939</v>
+      </c>
+      <c r="F317" t="s">
+        <v>2940</v>
+      </c>
+      <c r="G317" t="s">
+        <v>2941</v>
+      </c>
+      <c r="H317" t="s">
+        <v>2942</v>
+      </c>
+      <c r="I317" t="s">
+        <v>2943</v>
+      </c>
+      <c r="J317" t="s">
+        <v>450</v>
+      </c>
+      <c r="K317" t="s">
+        <v>2944</v>
+      </c>
+      <c r="L317" t="s">
+        <v>452</v>
+      </c>
+      <c r="M317" t="s">
+        <v>2945</v>
+      </c>
+      <c r="N317" t="s">
+        <v>28</v>
+      </c>
+      <c r="O317" t="s">
         <v>2946</v>
-      </c>
-[...37 lines deleted...]
-        <v>2954</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>65004</v>
+        <v>5502</v>
       </c>
       <c r="B318" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C318" t="s">
+        <v>2948</v>
+      </c>
+      <c r="D318" t="s">
+        <v>2949</v>
+      </c>
+      <c r="E318" t="s">
+        <v>2950</v>
+      </c>
+      <c r="F318" t="s">
+        <v>2951</v>
+      </c>
+      <c r="G318" t="s">
+        <v>2952</v>
+      </c>
+      <c r="H318" t="s">
+        <v>2953</v>
+      </c>
+      <c r="I318" t="s">
+        <v>2954</v>
+      </c>
+      <c r="J318" t="s">
+        <v>24</v>
+      </c>
+      <c r="K318" t="s">
+        <v>25</v>
+      </c>
+      <c r="L318" t="s">
+        <v>26</v>
+      </c>
+      <c r="M318" t="s">
+        <v>27</v>
+      </c>
+      <c r="N318" t="s">
+        <v>28</v>
+      </c>
+      <c r="O318" t="s">
         <v>2955</v>
-      </c>
-[...37 lines deleted...]
-        <v>2963</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>65005</v>
+        <v>5503</v>
       </c>
       <c r="B319" t="s">
+        <v>2956</v>
+      </c>
+      <c r="C319" t="s">
+        <v>2957</v>
+      </c>
+      <c r="D319" t="s">
+        <v>2958</v>
+      </c>
+      <c r="E319" t="s">
+        <v>2959</v>
+      </c>
+      <c r="F319" t="s">
+        <v>2960</v>
+      </c>
+      <c r="G319" t="s">
+        <v>2961</v>
+      </c>
+      <c r="H319" t="s">
+        <v>2962</v>
+      </c>
+      <c r="I319" t="s">
+        <v>2963</v>
+      </c>
+      <c r="J319" t="s">
+        <v>24</v>
+      </c>
+      <c r="K319" t="s">
+        <v>47</v>
+      </c>
+      <c r="L319" t="s">
+        <v>26</v>
+      </c>
+      <c r="M319" t="s">
+        <v>48</v>
+      </c>
+      <c r="N319" t="s">
+        <v>28</v>
+      </c>
+      <c r="O319" t="s">
         <v>2964</v>
-      </c>
-[...37 lines deleted...]
-        <v>2974</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>65006</v>
+        <v>5504</v>
       </c>
       <c r="B320" t="s">
-        <v>2975</v>
+        <v>2965</v>
       </c>
       <c r="C320" t="s">
-        <v>2976</v>
+        <v>2966</v>
       </c>
       <c r="D320" t="s">
-        <v>2977</v>
+        <v>2967</v>
       </c>
       <c r="E320" t="s">
-        <v>2978</v>
+        <v>2968</v>
       </c>
       <c r="F320" t="s">
-        <v>2979</v>
+        <v>2969</v>
       </c>
       <c r="G320" t="s">
-        <v>2980</v>
+        <v>2970</v>
       </c>
       <c r="H320" t="s">
-        <v>2981</v>
+        <v>2971</v>
       </c>
       <c r="I320" t="s">
-        <v>2982</v>
+        <v>2972</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>2983</v>
+        <v>25</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>2984</v>
+        <v>27</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2985</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>65007</v>
+        <v>5507</v>
       </c>
       <c r="B321" t="s">
-        <v>2986</v>
+        <v>2974</v>
       </c>
       <c r="C321" t="s">
-        <v>2987</v>
+        <v>2975</v>
       </c>
       <c r="D321" t="s">
-        <v>2988</v>
+        <v>2976</v>
       </c>
       <c r="E321" t="s">
-        <v>2989</v>
+        <v>2977</v>
       </c>
       <c r="F321" t="s">
-        <v>2990</v>
+        <v>2978</v>
       </c>
       <c r="G321" t="s">
-        <v>2991</v>
+        <v>2979</v>
       </c>
       <c r="H321" t="s">
-        <v>2992</v>
+        <v>2980</v>
       </c>
       <c r="I321" t="s">
-        <v>2993</v>
+        <v>2981</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
         <v>25</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
         <v>27</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2994</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>65008</v>
+        <v>5509</v>
       </c>
       <c r="B322" t="s">
-        <v>2995</v>
+        <v>2983</v>
       </c>
       <c r="C322" t="s">
-        <v>2996</v>
+        <v>2984</v>
       </c>
       <c r="D322" t="s">
-        <v>2997</v>
+        <v>2985</v>
       </c>
       <c r="E322" t="s">
-        <v>2998</v>
+        <v>2986</v>
       </c>
       <c r="F322" t="s">
-        <v>2999</v>
+        <v>2987</v>
       </c>
       <c r="G322" t="s">
-        <v>3000</v>
+        <v>2988</v>
       </c>
       <c r="H322" t="s">
-        <v>3001</v>
+        <v>2989</v>
       </c>
       <c r="I322" t="s">
-        <v>3002</v>
+        <v>2990</v>
       </c>
       <c r="J322" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K322" t="s">
-        <v>112</v>
+        <v>1280</v>
       </c>
       <c r="L322" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M322" t="s">
-        <v>113</v>
+        <v>1281</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>3003</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>65009</v>
+        <v>5511</v>
       </c>
       <c r="B323" t="s">
-        <v>3004</v>
+        <v>2992</v>
       </c>
       <c r="C323" t="s">
-        <v>3005</v>
+        <v>2993</v>
       </c>
       <c r="D323" t="s">
-        <v>3006</v>
+        <v>2994</v>
       </c>
       <c r="E323" t="s">
-        <v>3007</v>
+        <v>2995</v>
       </c>
       <c r="F323" t="s">
-        <v>3008</v>
+        <v>2996</v>
       </c>
       <c r="G323" t="s">
-        <v>3009</v>
+        <v>2997</v>
       </c>
       <c r="H323" t="s">
-        <v>3010</v>
+        <v>2998</v>
       </c>
       <c r="I323" t="s">
-        <v>3011</v>
+        <v>2999</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>112</v>
+        <v>3000</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>113</v>
+        <v>3001</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>3012</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>65010</v>
+        <v>5512</v>
       </c>
       <c r="B324" t="s">
-        <v>3013</v>
+        <v>3003</v>
       </c>
       <c r="C324" t="s">
-        <v>3014</v>
+        <v>3004</v>
       </c>
       <c r="D324" t="s">
-        <v>3015</v>
+        <v>3005</v>
       </c>
       <c r="E324" t="s">
-        <v>3016</v>
+        <v>3006</v>
       </c>
       <c r="F324" t="s">
-        <v>3017</v>
+        <v>3007</v>
       </c>
       <c r="G324" t="s">
-        <v>3018</v>
+        <v>3008</v>
       </c>
       <c r="H324" t="s">
-        <v>3019</v>
+        <v>3009</v>
       </c>
       <c r="I324" t="s">
-        <v>3020</v>
+        <v>3010</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>3021</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>65011</v>
+        <v>5514</v>
       </c>
       <c r="B325" t="s">
-        <v>3022</v>
+        <v>3012</v>
       </c>
       <c r="C325" t="s">
-        <v>3023</v>
+        <v>3013</v>
       </c>
       <c r="D325" t="s">
-        <v>3024</v>
+        <v>3014</v>
       </c>
       <c r="E325" t="s">
-        <v>3025</v>
+        <v>3015</v>
       </c>
       <c r="F325" t="s">
-        <v>3026</v>
+        <v>3016</v>
       </c>
       <c r="G325" t="s">
-        <v>3027</v>
+        <v>3017</v>
       </c>
       <c r="H325" t="s">
-        <v>3028</v>
+        <v>3018</v>
       </c>
       <c r="I325" t="s">
-        <v>3029</v>
+        <v>3019</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>112</v>
+        <v>59</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>113</v>
+        <v>61</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3030</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>65012</v>
+        <v>5516</v>
       </c>
       <c r="B326" t="s">
-        <v>3031</v>
+        <v>3021</v>
       </c>
       <c r="C326" t="s">
-        <v>3032</v>
+        <v>3022</v>
       </c>
       <c r="D326" t="s">
-        <v>3033</v>
+        <v>3023</v>
       </c>
       <c r="E326" t="s">
-        <v>3034</v>
+        <v>3024</v>
       </c>
       <c r="F326" t="s">
-        <v>3035</v>
+        <v>3025</v>
       </c>
       <c r="G326" t="s">
-        <v>3036</v>
+        <v>3026</v>
       </c>
       <c r="H326" t="s">
-        <v>3037</v>
+        <v>3027</v>
       </c>
       <c r="I326" t="s">
-        <v>3038</v>
+        <v>3028</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>3039</v>
+        <v>25</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>3040</v>
+        <v>27</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3041</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>65013</v>
+        <v>5517</v>
       </c>
       <c r="B327" t="s">
-        <v>3042</v>
+        <v>3030</v>
       </c>
       <c r="C327" t="s">
-        <v>3043</v>
+        <v>3031</v>
       </c>
       <c r="D327" t="s">
-        <v>3044</v>
+        <v>3032</v>
       </c>
       <c r="E327" t="s">
-        <v>3045</v>
+        <v>3033</v>
       </c>
       <c r="F327" t="s">
-        <v>3046</v>
+        <v>3034</v>
       </c>
       <c r="G327" t="s">
-        <v>3047</v>
+        <v>3035</v>
       </c>
       <c r="H327" t="s">
-        <v>3048</v>
+        <v>3036</v>
       </c>
       <c r="I327" t="s">
-        <v>3049</v>
+        <v>3037</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
         <v>25</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
         <v>27</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3050</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>65014</v>
+        <v>5518</v>
       </c>
       <c r="B328" t="s">
-        <v>3051</v>
+        <v>3039</v>
       </c>
       <c r="C328" t="s">
-        <v>3052</v>
+        <v>3040</v>
       </c>
       <c r="D328" t="s">
-        <v>3053</v>
+        <v>3041</v>
       </c>
       <c r="E328" t="s">
-        <v>3054</v>
+        <v>3042</v>
       </c>
       <c r="F328" t="s">
-        <v>3055</v>
+        <v>3043</v>
       </c>
       <c r="G328" t="s">
-        <v>3056</v>
+        <v>3044</v>
       </c>
       <c r="H328" t="s">
-        <v>3057</v>
+        <v>3045</v>
       </c>
       <c r="I328" t="s">
-        <v>3058</v>
+        <v>3046</v>
       </c>
       <c r="J328" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>498</v>
+        <v>25</v>
       </c>
       <c r="L328" t="s">
-        <v>558</v>
+        <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>499</v>
+        <v>27</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3059</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>65015</v>
+        <v>5520</v>
       </c>
       <c r="B329" t="s">
-        <v>3060</v>
+        <v>3048</v>
       </c>
       <c r="C329" t="s">
-        <v>3061</v>
+        <v>3049</v>
       </c>
       <c r="D329" t="s">
-        <v>3062</v>
+        <v>3050</v>
       </c>
       <c r="E329" t="s">
-        <v>3063</v>
+        <v>3051</v>
       </c>
       <c r="F329" t="s">
-        <v>3064</v>
+        <v>3052</v>
       </c>
       <c r="G329" t="s">
-        <v>3065</v>
+        <v>3053</v>
       </c>
       <c r="H329" t="s">
-        <v>3066</v>
+        <v>3054</v>
       </c>
       <c r="I329" t="s">
-        <v>3067</v>
+        <v>3055</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>112</v>
+        <v>1280</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>113</v>
+        <v>1281</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3068</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>65016</v>
+        <v>5545</v>
       </c>
       <c r="B330" t="s">
-        <v>3069</v>
+        <v>3057</v>
       </c>
       <c r="C330" t="s">
-        <v>3070</v>
+        <v>3058</v>
       </c>
       <c r="D330" t="s">
-        <v>3071</v>
+        <v>3059</v>
       </c>
       <c r="E330" t="s">
-        <v>3072</v>
+        <v>3060</v>
       </c>
       <c r="F330" t="s">
-        <v>3073</v>
+        <v>3061</v>
       </c>
       <c r="G330" t="s">
-        <v>3074</v>
+        <v>3062</v>
       </c>
       <c r="H330" t="s">
-        <v>3075</v>
+        <v>3063</v>
       </c>
       <c r="I330" t="s">
-        <v>3076</v>
+        <v>3064</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3077</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>65017</v>
+        <v>5657</v>
       </c>
       <c r="B331" t="s">
-        <v>3078</v>
+        <v>3066</v>
       </c>
       <c r="C331" t="s">
-        <v>3079</v>
+        <v>3067</v>
       </c>
       <c r="D331" t="s">
-        <v>3080</v>
+        <v>3068</v>
       </c>
       <c r="E331" t="s">
-        <v>3081</v>
+        <v>3069</v>
       </c>
       <c r="F331" t="s">
-        <v>3082</v>
+        <v>3070</v>
       </c>
       <c r="G331" t="s">
-        <v>3083</v>
+        <v>3071</v>
       </c>
       <c r="H331" t="s">
-        <v>3084</v>
+        <v>3072</v>
       </c>
       <c r="I331" t="s">
-        <v>3085</v>
+        <v>3073</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>3086</v>
+        <v>25</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>3087</v>
+        <v>27</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3088</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65018</v>
+        <v>5733</v>
       </c>
       <c r="B332" t="s">
-        <v>3089</v>
+        <v>3075</v>
       </c>
       <c r="C332" t="s">
-        <v>3090</v>
+        <v>3076</v>
       </c>
       <c r="D332" t="s">
-        <v>3091</v>
+        <v>3077</v>
       </c>
       <c r="E332" t="s">
-        <v>3092</v>
+        <v>3078</v>
       </c>
       <c r="F332" t="s">
-        <v>3093</v>
+        <v>3079</v>
       </c>
       <c r="G332" t="s">
-        <v>3094</v>
+        <v>3080</v>
       </c>
       <c r="H332" t="s">
-        <v>3095</v>
+        <v>3081</v>
       </c>
       <c r="I332" t="s">
-        <v>3096</v>
+        <v>3082</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>3097</v>
+        <v>47</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>3098</v>
+        <v>48</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3099</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65019</v>
+        <v>5787</v>
       </c>
       <c r="B333" t="s">
-        <v>3100</v>
+        <v>3084</v>
       </c>
       <c r="C333" t="s">
-        <v>3101</v>
+        <v>3085</v>
       </c>
       <c r="D333" t="s">
-        <v>3102</v>
+        <v>3086</v>
       </c>
       <c r="E333" t="s">
-        <v>3103</v>
+        <v>3087</v>
       </c>
       <c r="F333" t="s">
-        <v>3104</v>
+        <v>3088</v>
       </c>
       <c r="G333" t="s">
-        <v>3105</v>
+        <v>3089</v>
       </c>
       <c r="H333" t="s">
-        <v>3106</v>
+        <v>3090</v>
       </c>
       <c r="I333" t="s">
-        <v>3107</v>
+        <v>3091</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3108</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65020</v>
+        <v>5792</v>
       </c>
       <c r="B334" t="s">
-        <v>3109</v>
+        <v>3093</v>
       </c>
       <c r="C334" t="s">
-        <v>3110</v>
+        <v>3094</v>
       </c>
       <c r="D334" t="s">
-        <v>3111</v>
+        <v>3095</v>
       </c>
       <c r="E334" t="s">
-        <v>3112</v>
+        <v>3096</v>
       </c>
       <c r="F334" t="s">
-        <v>3113</v>
+        <v>3097</v>
       </c>
       <c r="G334" t="s">
-        <v>3114</v>
+        <v>3098</v>
       </c>
       <c r="H334" t="s">
-        <v>3115</v>
+        <v>3099</v>
       </c>
       <c r="I334" t="s">
-        <v>3116</v>
+        <v>3100</v>
       </c>
       <c r="J334" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K334" t="s">
-        <v>3117</v>
+        <v>451</v>
       </c>
       <c r="L334" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M334" t="s">
-        <v>3118</v>
+        <v>453</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3119</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65021</v>
+        <v>5794</v>
       </c>
       <c r="B335" t="s">
-        <v>3120</v>
+        <v>3102</v>
       </c>
       <c r="C335" t="s">
-        <v>3121</v>
+        <v>3103</v>
       </c>
       <c r="D335" t="s">
-        <v>3122</v>
+        <v>3104</v>
       </c>
       <c r="E335" t="s">
-        <v>3123</v>
+        <v>3105</v>
       </c>
       <c r="F335" t="s">
-        <v>3124</v>
+        <v>3106</v>
       </c>
       <c r="G335" t="s">
-        <v>3125</v>
+        <v>3107</v>
       </c>
       <c r="H335" t="s">
-        <v>3126</v>
+        <v>3108</v>
       </c>
       <c r="I335" t="s">
-        <v>3127</v>
+        <v>3109</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3128</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65022</v>
+        <v>5795</v>
       </c>
       <c r="B336" t="s">
-        <v>3129</v>
+        <v>3111</v>
       </c>
       <c r="C336" t="s">
-        <v>3130</v>
+        <v>3112</v>
       </c>
       <c r="D336" t="s">
-        <v>3131</v>
+        <v>3113</v>
       </c>
       <c r="E336" t="s">
-        <v>3132</v>
+        <v>3114</v>
       </c>
       <c r="F336" t="s">
-        <v>3133</v>
+        <v>3115</v>
       </c>
       <c r="G336" t="s">
-        <v>3134</v>
+        <v>3116</v>
       </c>
       <c r="H336" t="s">
-        <v>3135</v>
+        <v>3117</v>
       </c>
       <c r="I336" t="s">
-        <v>3136</v>
+        <v>3118</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3137</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65023</v>
+        <v>5796</v>
       </c>
       <c r="B337" t="s">
-        <v>3138</v>
+        <v>3120</v>
       </c>
       <c r="C337" t="s">
-        <v>3139</v>
+        <v>3121</v>
       </c>
       <c r="D337" t="s">
-        <v>3140</v>
+        <v>3122</v>
       </c>
       <c r="E337" t="s">
-        <v>3141</v>
+        <v>3123</v>
       </c>
       <c r="F337" t="s">
-        <v>3142</v>
+        <v>3124</v>
       </c>
       <c r="G337" t="s">
-        <v>3143</v>
+        <v>3125</v>
       </c>
       <c r="H337" t="s">
-        <v>3144</v>
+        <v>3126</v>
       </c>
       <c r="I337" t="s">
-        <v>3145</v>
+        <v>3127</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3146</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65025</v>
+        <v>5798</v>
       </c>
       <c r="B338" t="s">
-        <v>3147</v>
+        <v>3129</v>
       </c>
       <c r="C338" t="s">
-        <v>3148</v>
+        <v>3130</v>
       </c>
       <c r="D338" t="s">
-        <v>3149</v>
+        <v>3131</v>
       </c>
       <c r="E338" t="s">
-        <v>3150</v>
+        <v>3132</v>
       </c>
       <c r="F338" t="s">
-        <v>3151</v>
+        <v>3133</v>
       </c>
       <c r="G338" t="s">
-        <v>3152</v>
+        <v>3134</v>
       </c>
       <c r="H338" t="s">
-        <v>3153</v>
+        <v>3135</v>
       </c>
       <c r="I338" t="s">
-        <v>3154</v>
+        <v>3136</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3155</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65026</v>
+        <v>5799</v>
       </c>
       <c r="B339" t="s">
-        <v>3156</v>
+        <v>3138</v>
       </c>
       <c r="C339" t="s">
-        <v>3157</v>
+        <v>3139</v>
       </c>
       <c r="D339" t="s">
-        <v>3158</v>
+        <v>3140</v>
       </c>
       <c r="E339" t="s">
-        <v>3159</v>
+        <v>3141</v>
       </c>
       <c r="F339" t="s">
-        <v>3160</v>
+        <v>3142</v>
       </c>
       <c r="G339" t="s">
-        <v>3161</v>
+        <v>3143</v>
       </c>
       <c r="H339" t="s">
-        <v>3162</v>
+        <v>3144</v>
       </c>
       <c r="I339" t="s">
-        <v>3163</v>
+        <v>3145</v>
       </c>
       <c r="J339" t="s">
-        <v>24</v>
+        <v>2108</v>
       </c>
       <c r="K339" t="s">
-        <v>25</v>
+        <v>927</v>
       </c>
       <c r="L339" t="s">
-        <v>26</v>
+        <v>2110</v>
       </c>
       <c r="M339" t="s">
-        <v>27</v>
+        <v>928</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3164</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65027</v>
+        <v>5803</v>
       </c>
       <c r="B340" t="s">
-        <v>3165</v>
+        <v>3147</v>
       </c>
       <c r="C340" t="s">
-        <v>3166</v>
+        <v>3148</v>
       </c>
       <c r="D340" t="s">
-        <v>3167</v>
+        <v>3149</v>
       </c>
       <c r="E340" t="s">
-        <v>3168</v>
+        <v>3150</v>
       </c>
       <c r="F340" t="s">
-        <v>3169</v>
+        <v>3151</v>
       </c>
       <c r="G340" t="s">
-        <v>3170</v>
+        <v>3152</v>
       </c>
       <c r="H340" t="s">
-        <v>3171</v>
+        <v>3153</v>
       </c>
       <c r="I340" t="s">
-        <v>3172</v>
+        <v>3154</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>498</v>
+        <v>25</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
-        <v>499</v>
+        <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3173</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65028</v>
+        <v>5805</v>
       </c>
       <c r="B341" t="s">
-        <v>3174</v>
+        <v>3156</v>
       </c>
       <c r="C341" t="s">
-        <v>3175</v>
+        <v>3157</v>
       </c>
       <c r="D341" t="s">
-        <v>3176</v>
+        <v>3158</v>
       </c>
       <c r="E341" t="s">
-        <v>3177</v>
+        <v>3159</v>
       </c>
       <c r="F341" t="s">
-        <v>3178</v>
+        <v>3160</v>
       </c>
       <c r="G341" t="s">
-        <v>3179</v>
+        <v>3161</v>
       </c>
       <c r="H341" t="s">
-        <v>3180</v>
+        <v>3162</v>
       </c>
       <c r="I341" t="s">
-        <v>3181</v>
+        <v>3163</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
         <v>25</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
         <v>27</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3182</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65030</v>
+        <v>5808</v>
       </c>
       <c r="B342" t="s">
-        <v>3183</v>
+        <v>3165</v>
       </c>
       <c r="C342" t="s">
-        <v>3184</v>
+        <v>3166</v>
       </c>
       <c r="D342" t="s">
-        <v>3185</v>
+        <v>3167</v>
       </c>
       <c r="E342" t="s">
-        <v>3186</v>
+        <v>3168</v>
       </c>
       <c r="F342" t="s">
-        <v>3187</v>
+        <v>3169</v>
       </c>
       <c r="G342" t="s">
-        <v>3188</v>
+        <v>3170</v>
       </c>
       <c r="H342" t="s">
-        <v>3189</v>
+        <v>3171</v>
       </c>
       <c r="I342" t="s">
-        <v>3190</v>
+        <v>3172</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3191</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>65031</v>
+        <v>5811</v>
       </c>
       <c r="B343" t="s">
-        <v>3192</v>
+        <v>3174</v>
       </c>
       <c r="C343" t="s">
-        <v>3193</v>
+        <v>3175</v>
       </c>
       <c r="D343" t="s">
-        <v>3194</v>
+        <v>3176</v>
       </c>
       <c r="E343" t="s">
-        <v>3195</v>
+        <v>3177</v>
       </c>
       <c r="F343" t="s">
-        <v>3196</v>
+        <v>3178</v>
       </c>
       <c r="G343" t="s">
-        <v>3197</v>
+        <v>3179</v>
       </c>
       <c r="H343" t="s">
-        <v>3198</v>
+        <v>3180</v>
       </c>
       <c r="I343" t="s">
-        <v>3199</v>
+        <v>3181</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
         <v>25</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
         <v>27</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3200</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>65032</v>
+        <v>5819</v>
       </c>
       <c r="B344" t="s">
-        <v>3201</v>
+        <v>3183</v>
       </c>
       <c r="C344" t="s">
-        <v>3202</v>
+        <v>3184</v>
       </c>
       <c r="D344" t="s">
-        <v>3203</v>
+        <v>3185</v>
       </c>
       <c r="E344" t="s">
-        <v>3204</v>
+        <v>3186</v>
       </c>
       <c r="F344" t="s">
-        <v>3205</v>
+        <v>3187</v>
       </c>
       <c r="G344" t="s">
-        <v>3206</v>
+        <v>3188</v>
       </c>
       <c r="H344" t="s">
-        <v>3207</v>
+        <v>3189</v>
       </c>
       <c r="I344" t="s">
-        <v>3208</v>
+        <v>3190</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3209</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>65033</v>
+        <v>5830</v>
       </c>
       <c r="B345" t="s">
-        <v>3210</v>
+        <v>3192</v>
       </c>
       <c r="C345" t="s">
-        <v>3211</v>
+        <v>3193</v>
       </c>
       <c r="D345" t="s">
-        <v>3212</v>
+        <v>3194</v>
       </c>
       <c r="E345" t="s">
-        <v>3213</v>
+        <v>3195</v>
       </c>
       <c r="F345" t="s">
-        <v>3214</v>
+        <v>3196</v>
       </c>
       <c r="G345" t="s">
-        <v>3215</v>
+        <v>3197</v>
       </c>
       <c r="H345" t="s">
-        <v>3216</v>
+        <v>3198</v>
       </c>
       <c r="I345" t="s">
-        <v>3217</v>
+        <v>3199</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>509</v>
+        <v>25</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>3218</v>
+        <v>27</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3219</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>65034</v>
+        <v>5863</v>
       </c>
       <c r="B346" t="s">
-        <v>3220</v>
+        <v>3201</v>
       </c>
       <c r="C346" t="s">
-        <v>3221</v>
+        <v>3202</v>
       </c>
       <c r="D346" t="s">
-        <v>3222</v>
+        <v>3203</v>
       </c>
       <c r="E346" t="s">
-        <v>3223</v>
+        <v>3204</v>
       </c>
       <c r="F346" t="s">
-        <v>3224</v>
+        <v>3205</v>
       </c>
       <c r="G346" t="s">
-        <v>3225</v>
+        <v>3206</v>
       </c>
       <c r="H346" t="s">
-        <v>3226</v>
+        <v>3207</v>
       </c>
       <c r="I346" t="s">
-        <v>3227</v>
+        <v>3208</v>
       </c>
       <c r="J346" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>2322</v>
+        <v>25</v>
       </c>
       <c r="L346" t="s">
-        <v>558</v>
+        <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>2323</v>
+        <v>27</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3228</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>65035</v>
+        <v>5866</v>
       </c>
       <c r="B347" t="s">
-        <v>3229</v>
+        <v>3210</v>
       </c>
       <c r="C347" t="s">
-        <v>3230</v>
+        <v>3211</v>
       </c>
       <c r="D347" t="s">
-        <v>3231</v>
+        <v>3212</v>
       </c>
       <c r="E347" t="s">
-        <v>3232</v>
+        <v>3213</v>
       </c>
       <c r="F347" t="s">
-        <v>3233</v>
+        <v>3214</v>
       </c>
       <c r="G347" t="s">
-        <v>3234</v>
+        <v>3215</v>
       </c>
       <c r="H347" t="s">
-        <v>3235</v>
+        <v>3216</v>
       </c>
       <c r="I347" t="s">
-        <v>3236</v>
+        <v>3217</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
         <v>25</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
         <v>27</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3237</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>65036</v>
+        <v>5886</v>
       </c>
       <c r="B348" t="s">
-        <v>3238</v>
+        <v>3219</v>
       </c>
       <c r="C348" t="s">
-        <v>3239</v>
+        <v>3220</v>
       </c>
       <c r="D348" t="s">
-        <v>3240</v>
+        <v>3221</v>
       </c>
       <c r="E348" t="s">
-        <v>3241</v>
+        <v>3222</v>
       </c>
       <c r="F348" t="s">
-        <v>3242</v>
+        <v>3223</v>
       </c>
       <c r="G348" t="s">
-        <v>3243</v>
+        <v>3224</v>
       </c>
       <c r="H348" t="s">
-        <v>3244</v>
+        <v>3225</v>
       </c>
       <c r="I348" t="s">
-        <v>3245</v>
+        <v>3226</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>25</v>
+        <v>927</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>27</v>
+        <v>928</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3246</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>65037</v>
+        <v>5887</v>
       </c>
       <c r="B349" t="s">
-        <v>3247</v>
+        <v>3228</v>
       </c>
       <c r="C349" t="s">
-        <v>3248</v>
+        <v>3229</v>
       </c>
       <c r="D349" t="s">
-        <v>3249</v>
+        <v>3230</v>
       </c>
       <c r="E349" t="s">
-        <v>3250</v>
+        <v>3231</v>
       </c>
       <c r="F349" t="s">
-        <v>3251</v>
+        <v>3232</v>
       </c>
       <c r="G349" t="s">
-        <v>3252</v>
+        <v>3233</v>
       </c>
       <c r="H349" t="s">
-        <v>3253</v>
+        <v>3234</v>
       </c>
       <c r="I349" t="s">
-        <v>3254</v>
+        <v>3235</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
         <v>25</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
         <v>27</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3255</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>65038</v>
+        <v>5888</v>
       </c>
       <c r="B350" t="s">
-        <v>3256</v>
+        <v>3237</v>
       </c>
       <c r="C350" t="s">
-        <v>3257</v>
+        <v>3238</v>
       </c>
       <c r="D350" t="s">
-        <v>3258</v>
+        <v>3239</v>
       </c>
       <c r="E350" t="s">
-        <v>3259</v>
+        <v>3240</v>
       </c>
       <c r="F350" t="s">
-        <v>3260</v>
+        <v>3241</v>
       </c>
       <c r="G350" t="s">
-        <v>3261</v>
+        <v>3242</v>
       </c>
       <c r="H350" t="s">
-        <v>3262</v>
+        <v>3243</v>
       </c>
       <c r="I350" t="s">
-        <v>3263</v>
+        <v>3244</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3264</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>65039</v>
+        <v>5889</v>
       </c>
       <c r="B351" t="s">
-        <v>3265</v>
+        <v>3246</v>
       </c>
       <c r="C351" t="s">
-        <v>3266</v>
+        <v>3247</v>
       </c>
       <c r="D351" t="s">
-        <v>3267</v>
+        <v>3248</v>
       </c>
       <c r="E351" t="s">
-        <v>3268</v>
+        <v>3249</v>
       </c>
       <c r="F351" t="s">
-        <v>3269</v>
+        <v>3250</v>
       </c>
       <c r="G351" t="s">
-        <v>3270</v>
+        <v>3251</v>
       </c>
       <c r="H351" t="s">
-        <v>3271</v>
+        <v>3252</v>
       </c>
       <c r="I351" t="s">
-        <v>3272</v>
+        <v>3253</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3273</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>65040</v>
+        <v>5907</v>
       </c>
       <c r="B352" t="s">
-        <v>3274</v>
+        <v>3255</v>
       </c>
       <c r="C352" t="s">
-        <v>3275</v>
+        <v>3256</v>
       </c>
       <c r="D352" t="s">
-        <v>3276</v>
+        <v>3257</v>
       </c>
       <c r="E352" t="s">
-        <v>3277</v>
+        <v>3258</v>
       </c>
       <c r="F352" t="s">
-        <v>3278</v>
+        <v>3259</v>
       </c>
       <c r="G352" t="s">
-        <v>3279</v>
+        <v>3260</v>
       </c>
       <c r="H352" t="s">
-        <v>3280</v>
+        <v>3261</v>
       </c>
       <c r="I352" t="s">
-        <v>3281</v>
+        <v>3262</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>683</v>
+        <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>684</v>
+        <v>27</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3282</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>65043</v>
+        <v>5913</v>
       </c>
       <c r="B353" t="s">
-        <v>3283</v>
+        <v>3264</v>
       </c>
       <c r="C353" t="s">
-        <v>3284</v>
+        <v>3265</v>
       </c>
       <c r="D353" t="s">
-        <v>3285</v>
+        <v>3266</v>
       </c>
       <c r="E353" t="s">
-        <v>3286</v>
+        <v>3267</v>
       </c>
       <c r="F353" t="s">
-        <v>3287</v>
+        <v>3268</v>
       </c>
       <c r="G353" t="s">
-        <v>3288</v>
+        <v>3269</v>
       </c>
       <c r="H353" t="s">
-        <v>3289</v>
+        <v>3270</v>
       </c>
       <c r="I353" t="s">
-        <v>3290</v>
+        <v>3271</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3291</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>65044</v>
+        <v>5915</v>
       </c>
       <c r="B354" t="s">
-        <v>3292</v>
+        <v>3273</v>
       </c>
       <c r="C354" t="s">
-        <v>3293</v>
+        <v>3274</v>
       </c>
       <c r="D354" t="s">
-        <v>3294</v>
+        <v>3275</v>
       </c>
       <c r="E354" t="s">
-        <v>3295</v>
+        <v>3276</v>
       </c>
       <c r="F354" t="s">
-        <v>3296</v>
+        <v>3277</v>
       </c>
       <c r="G354" t="s">
-        <v>3297</v>
+        <v>3278</v>
       </c>
       <c r="H354" t="s">
-        <v>3298</v>
+        <v>3279</v>
       </c>
       <c r="I354" t="s">
-        <v>3299</v>
+        <v>3280</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3300</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>65045</v>
+        <v>5927</v>
       </c>
       <c r="B355" t="s">
-        <v>3301</v>
+        <v>3282</v>
       </c>
       <c r="C355" t="s">
-        <v>3302</v>
+        <v>3283</v>
       </c>
       <c r="D355" t="s">
-        <v>3303</v>
+        <v>3284</v>
       </c>
       <c r="E355" t="s">
-        <v>3304</v>
+        <v>3285</v>
       </c>
       <c r="F355" t="s">
-        <v>3305</v>
+        <v>3286</v>
       </c>
       <c r="G355" t="s">
-        <v>3306</v>
+        <v>3287</v>
       </c>
       <c r="H355" t="s">
-        <v>3307</v>
+        <v>3288</v>
       </c>
       <c r="I355" t="s">
-        <v>3308</v>
+        <v>3289</v>
       </c>
       <c r="J355" t="s">
-        <v>3309</v>
+        <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>3310</v>
+        <v>59</v>
       </c>
       <c r="L355" t="s">
-        <v>3311</v>
+        <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>3312</v>
+        <v>61</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3313</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65046</v>
+        <v>5928</v>
       </c>
       <c r="B356" t="s">
-        <v>3314</v>
+        <v>3291</v>
       </c>
       <c r="C356" t="s">
-        <v>3315</v>
+        <v>3292</v>
       </c>
       <c r="D356" t="s">
-        <v>3316</v>
+        <v>3293</v>
       </c>
       <c r="E356" t="s">
-        <v>3317</v>
+        <v>3294</v>
       </c>
       <c r="F356" t="s">
-        <v>3318</v>
+        <v>3295</v>
       </c>
       <c r="G356" t="s">
-        <v>3319</v>
+        <v>3296</v>
       </c>
       <c r="H356" t="s">
-        <v>3320</v>
+        <v>3297</v>
       </c>
       <c r="I356" t="s">
-        <v>3321</v>
+        <v>3298</v>
       </c>
       <c r="J356" t="s">
-        <v>24</v>
+        <v>3299</v>
       </c>
       <c r="K356" t="s">
-        <v>47</v>
+        <v>3300</v>
       </c>
       <c r="L356" t="s">
-        <v>26</v>
+        <v>3301</v>
       </c>
       <c r="M356" t="s">
-        <v>48</v>
+        <v>3302</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3322</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65047</v>
+        <v>5931</v>
       </c>
       <c r="B357" t="s">
-        <v>3323</v>
+        <v>3304</v>
       </c>
       <c r="C357" t="s">
-        <v>3324</v>
+        <v>3305</v>
       </c>
       <c r="D357" t="s">
-        <v>3325</v>
+        <v>3306</v>
       </c>
       <c r="E357" t="s">
-        <v>3326</v>
+        <v>3307</v>
       </c>
       <c r="F357" t="s">
-        <v>3327</v>
+        <v>3308</v>
       </c>
       <c r="G357" t="s">
-        <v>3328</v>
+        <v>3309</v>
       </c>
       <c r="H357" t="s">
-        <v>3329</v>
+        <v>3310</v>
       </c>
       <c r="I357" t="s">
-        <v>3330</v>
+        <v>3311</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>3310</v>
+        <v>25</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
+        <v>27</v>
+      </c>
+      <c r="N357" t="s">
+        <v>28</v>
+      </c>
+      <c r="O357" t="s">
         <v>3312</v>
-      </c>
-[...4 lines deleted...]
-        <v>3331</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65049</v>
+        <v>5932</v>
       </c>
       <c r="B358" t="s">
-        <v>3332</v>
+        <v>3313</v>
       </c>
       <c r="C358" t="s">
-        <v>3333</v>
+        <v>3314</v>
       </c>
       <c r="D358" t="s">
-        <v>3334</v>
+        <v>3315</v>
       </c>
       <c r="E358" t="s">
-        <v>3335</v>
+        <v>3316</v>
       </c>
       <c r="F358" t="s">
-        <v>3336</v>
+        <v>3317</v>
       </c>
       <c r="G358" t="s">
-        <v>3337</v>
+        <v>3318</v>
       </c>
       <c r="H358" t="s">
-        <v>3338</v>
+        <v>3319</v>
       </c>
       <c r="I358" t="s">
-        <v>3339</v>
+        <v>3320</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>917</v>
+        <v>170</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>918</v>
+        <v>171</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3340</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65050</v>
+        <v>5934</v>
       </c>
       <c r="B359" t="s">
-        <v>3341</v>
+        <v>3322</v>
       </c>
       <c r="C359" t="s">
-        <v>3342</v>
+        <v>3323</v>
       </c>
       <c r="D359" t="s">
-        <v>3343</v>
+        <v>3324</v>
       </c>
       <c r="E359" t="s">
-        <v>3344</v>
+        <v>3325</v>
       </c>
       <c r="F359" t="s">
-        <v>3345</v>
+        <v>3326</v>
       </c>
       <c r="G359" t="s">
-        <v>3346</v>
+        <v>3327</v>
       </c>
       <c r="H359" t="s">
-        <v>3347</v>
+        <v>3328</v>
       </c>
       <c r="I359" t="s">
-        <v>3348</v>
+        <v>3329</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3349</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>65051</v>
+        <v>5936</v>
       </c>
       <c r="B360" t="s">
-        <v>3350</v>
+        <v>3331</v>
       </c>
       <c r="C360" t="s">
-        <v>3351</v>
+        <v>3332</v>
       </c>
       <c r="D360" t="s">
-        <v>3352</v>
+        <v>3333</v>
       </c>
       <c r="E360" t="s">
-        <v>3353</v>
+        <v>3334</v>
       </c>
       <c r="F360" t="s">
-        <v>3354</v>
+        <v>3335</v>
       </c>
       <c r="G360" t="s">
-        <v>3355</v>
+        <v>3336</v>
       </c>
       <c r="H360" t="s">
-        <v>3356</v>
+        <v>3337</v>
       </c>
       <c r="I360" t="s">
-        <v>3357</v>
+        <v>3338</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>557</v>
+        <v>25</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>559</v>
+        <v>27</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3358</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>65053</v>
+        <v>5953</v>
       </c>
       <c r="B361" t="s">
-        <v>3359</v>
+        <v>3340</v>
       </c>
       <c r="C361" t="s">
-        <v>3360</v>
+        <v>3341</v>
       </c>
       <c r="D361" t="s">
-        <v>3361</v>
+        <v>3342</v>
       </c>
       <c r="E361" t="s">
-        <v>3362</v>
+        <v>3343</v>
       </c>
       <c r="F361" t="s">
-        <v>3363</v>
+        <v>3344</v>
       </c>
       <c r="G361" t="s">
-        <v>3364</v>
+        <v>3345</v>
       </c>
       <c r="H361" t="s">
-        <v>3365</v>
+        <v>3346</v>
       </c>
       <c r="I361" t="s">
-        <v>3366</v>
+        <v>3347</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3367</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>65054</v>
+        <v>5976</v>
       </c>
       <c r="B362" t="s">
-        <v>3368</v>
+        <v>3349</v>
       </c>
       <c r="C362" t="s">
-        <v>3369</v>
+        <v>3350</v>
       </c>
       <c r="D362" t="s">
-        <v>3370</v>
+        <v>3351</v>
       </c>
       <c r="E362" t="s">
-        <v>3371</v>
+        <v>3352</v>
       </c>
       <c r="F362" t="s">
-        <v>3372</v>
+        <v>3353</v>
       </c>
       <c r="G362" t="s">
-        <v>3373</v>
+        <v>3354</v>
       </c>
       <c r="H362" t="s">
-        <v>3374</v>
+        <v>3355</v>
       </c>
       <c r="I362" t="s">
-        <v>3375</v>
+        <v>3356</v>
       </c>
       <c r="J362" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>150</v>
+        <v>916</v>
       </c>
       <c r="L362" t="s">
-        <v>558</v>
+        <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>151</v>
+        <v>917</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3376</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>65055</v>
+        <v>5978</v>
       </c>
       <c r="B363" t="s">
-        <v>3377</v>
+        <v>3358</v>
       </c>
       <c r="C363" t="s">
-        <v>3378</v>
+        <v>3359</v>
       </c>
       <c r="D363" t="s">
-        <v>3379</v>
+        <v>3360</v>
       </c>
       <c r="E363" t="s">
-        <v>3380</v>
+        <v>3361</v>
       </c>
       <c r="F363" t="s">
-        <v>3381</v>
+        <v>3362</v>
       </c>
       <c r="G363" t="s">
-        <v>3382</v>
+        <v>3363</v>
       </c>
       <c r="H363" t="s">
-        <v>3383</v>
+        <v>3364</v>
       </c>
       <c r="I363" t="s">
-        <v>3384</v>
+        <v>3365</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>2322</v>
+        <v>25</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>2323</v>
+        <v>27</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3385</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>65057</v>
+        <v>5981</v>
       </c>
       <c r="B364" t="s">
-        <v>3386</v>
+        <v>3367</v>
       </c>
       <c r="C364" t="s">
-        <v>3387</v>
+        <v>3368</v>
       </c>
       <c r="D364" t="s">
-        <v>3388</v>
+        <v>3369</v>
       </c>
       <c r="E364" t="s">
-        <v>3389</v>
+        <v>3370</v>
       </c>
       <c r="F364" t="s">
-        <v>3390</v>
+        <v>3371</v>
       </c>
       <c r="G364" t="s">
-        <v>3391</v>
+        <v>3372</v>
       </c>
       <c r="H364" t="s">
-        <v>3392</v>
+        <v>3373</v>
       </c>
       <c r="I364" t="s">
-        <v>3393</v>
+        <v>3374</v>
       </c>
       <c r="J364" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K364" t="s">
-        <v>672</v>
+        <v>3375</v>
       </c>
       <c r="L364" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M364" t="s">
-        <v>673</v>
+        <v>3376</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3394</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>65058</v>
+        <v>5986</v>
       </c>
       <c r="B365" t="s">
-        <v>3395</v>
+        <v>3378</v>
       </c>
       <c r="C365" t="s">
-        <v>3396</v>
+        <v>3379</v>
       </c>
       <c r="D365" t="s">
-        <v>3397</v>
+        <v>3380</v>
       </c>
       <c r="E365" t="s">
-        <v>3398</v>
+        <v>3381</v>
       </c>
       <c r="F365" t="s">
-        <v>3399</v>
+        <v>3382</v>
       </c>
       <c r="G365" t="s">
-        <v>3400</v>
+        <v>3383</v>
       </c>
       <c r="H365" t="s">
-        <v>3401</v>
+        <v>3384</v>
       </c>
       <c r="I365" t="s">
-        <v>3402</v>
+        <v>3385</v>
       </c>
       <c r="J365" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>498</v>
+        <v>170</v>
       </c>
       <c r="L365" t="s">
-        <v>558</v>
+        <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>499</v>
+        <v>171</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3403</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>65059</v>
+        <v>5989</v>
       </c>
       <c r="B366" t="s">
-        <v>3404</v>
+        <v>3387</v>
       </c>
       <c r="C366" t="s">
-        <v>3405</v>
+        <v>3388</v>
       </c>
       <c r="D366" t="s">
-        <v>3406</v>
+        <v>3389</v>
       </c>
       <c r="E366" t="s">
-        <v>3407</v>
+        <v>3390</v>
       </c>
       <c r="F366" t="s">
-        <v>3408</v>
+        <v>3391</v>
       </c>
       <c r="G366" t="s">
-        <v>3409</v>
+        <v>3392</v>
       </c>
       <c r="H366" t="s">
-        <v>3410</v>
+        <v>3393</v>
       </c>
       <c r="I366" t="s">
-        <v>3411</v>
+        <v>3394</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>112</v>
+        <v>2413</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>113</v>
+        <v>2414</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3412</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>65060</v>
+        <v>6014</v>
       </c>
       <c r="B367" t="s">
-        <v>3413</v>
+        <v>3396</v>
       </c>
       <c r="C367" t="s">
-        <v>3414</v>
+        <v>3397</v>
       </c>
       <c r="D367" t="s">
-        <v>3415</v>
+        <v>3398</v>
       </c>
       <c r="E367" t="s">
-        <v>3416</v>
+        <v>3399</v>
       </c>
       <c r="F367" t="s">
-        <v>3417</v>
+        <v>3400</v>
       </c>
       <c r="G367" t="s">
-        <v>3418</v>
+        <v>3401</v>
       </c>
       <c r="H367" t="s">
-        <v>3419</v>
+        <v>3402</v>
       </c>
       <c r="I367" t="s">
-        <v>3420</v>
+        <v>3403</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3421</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>65061</v>
+        <v>6017</v>
       </c>
       <c r="B368" t="s">
-        <v>3422</v>
+        <v>3405</v>
       </c>
       <c r="C368" t="s">
-        <v>3423</v>
+        <v>3406</v>
       </c>
       <c r="D368" t="s">
-        <v>3424</v>
+        <v>3407</v>
       </c>
       <c r="E368" t="s">
-        <v>3425</v>
+        <v>3408</v>
       </c>
       <c r="F368" t="s">
-        <v>3426</v>
+        <v>3409</v>
       </c>
       <c r="G368" t="s">
-        <v>3427</v>
+        <v>3410</v>
       </c>
       <c r="H368" t="s">
-        <v>3428</v>
+        <v>3411</v>
       </c>
       <c r="I368" t="s">
-        <v>3429</v>
+        <v>3412</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>683</v>
+        <v>25</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>684</v>
+        <v>27</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3430</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>65062</v>
+        <v>6018</v>
       </c>
       <c r="B369" t="s">
-        <v>3431</v>
+        <v>3414</v>
       </c>
       <c r="C369" t="s">
-        <v>3432</v>
+        <v>3415</v>
       </c>
       <c r="D369" t="s">
-        <v>3433</v>
+        <v>3416</v>
       </c>
       <c r="E369" t="s">
-        <v>3434</v>
+        <v>3417</v>
       </c>
       <c r="F369" t="s">
-        <v>3435</v>
+        <v>3418</v>
       </c>
       <c r="G369" t="s">
-        <v>3436</v>
+        <v>3419</v>
       </c>
       <c r="H369" t="s">
-        <v>3437</v>
+        <v>3420</v>
       </c>
       <c r="I369" t="s">
-        <v>3438</v>
+        <v>3421</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3439</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>65063</v>
+        <v>6021</v>
       </c>
       <c r="B370" t="s">
-        <v>3440</v>
+        <v>3423</v>
       </c>
       <c r="C370" t="s">
-        <v>3441</v>
+        <v>3424</v>
       </c>
       <c r="D370" t="s">
-        <v>3442</v>
+        <v>3425</v>
       </c>
       <c r="E370" t="s">
-        <v>3443</v>
+        <v>3426</v>
       </c>
       <c r="F370" t="s">
-        <v>3444</v>
+        <v>3427</v>
       </c>
       <c r="G370" t="s">
-        <v>3445</v>
+        <v>3428</v>
       </c>
       <c r="H370" t="s">
-        <v>3446</v>
+        <v>3429</v>
       </c>
       <c r="I370" t="s">
-        <v>3447</v>
+        <v>3430</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>870</v>
+        <v>25</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>871</v>
+        <v>27</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3448</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>65068</v>
+        <v>6049</v>
       </c>
       <c r="B371" t="s">
-        <v>3449</v>
+        <v>3432</v>
       </c>
       <c r="C371" t="s">
-        <v>3450</v>
+        <v>3433</v>
       </c>
       <c r="D371" t="s">
-        <v>3451</v>
+        <v>3434</v>
       </c>
       <c r="E371" t="s">
-        <v>3452</v>
+        <v>3435</v>
       </c>
       <c r="F371" t="s">
-        <v>3453</v>
+        <v>3436</v>
       </c>
       <c r="G371" t="s">
-        <v>3454</v>
+        <v>3437</v>
       </c>
       <c r="H371" t="s">
-        <v>3455</v>
+        <v>3438</v>
       </c>
       <c r="I371" t="s">
-        <v>3456</v>
+        <v>3439</v>
       </c>
       <c r="J371" t="s">
-        <v>24</v>
+        <v>3440</v>
       </c>
       <c r="K371" t="s">
-        <v>25</v>
+        <v>3441</v>
       </c>
       <c r="L371" t="s">
-        <v>26</v>
+        <v>3442</v>
       </c>
       <c r="M371" t="s">
-        <v>27</v>
+        <v>3443</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3457</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>65069</v>
+        <v>6076</v>
       </c>
       <c r="B372" t="s">
-        <v>3458</v>
+        <v>3445</v>
       </c>
       <c r="C372" t="s">
-        <v>3459</v>
+        <v>3446</v>
       </c>
       <c r="D372" t="s">
-        <v>3460</v>
+        <v>3447</v>
       </c>
       <c r="E372" t="s">
-        <v>3461</v>
+        <v>3448</v>
       </c>
       <c r="F372" t="s">
-        <v>3462</v>
+        <v>3449</v>
       </c>
       <c r="G372" t="s">
-        <v>3463</v>
+        <v>3450</v>
       </c>
       <c r="H372" t="s">
-        <v>3464</v>
+        <v>3451</v>
       </c>
       <c r="I372" t="s">
-        <v>3465</v>
+        <v>3452</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3466</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>65071</v>
+        <v>6078</v>
       </c>
       <c r="B373" t="s">
-        <v>3467</v>
+        <v>3454</v>
       </c>
       <c r="C373" t="s">
-        <v>3468</v>
+        <v>3455</v>
       </c>
       <c r="D373" t="s">
-        <v>3469</v>
+        <v>3456</v>
       </c>
       <c r="E373" t="s">
-        <v>3470</v>
+        <v>3457</v>
       </c>
       <c r="F373" t="s">
-        <v>3471</v>
+        <v>3458</v>
       </c>
       <c r="G373" t="s">
-        <v>3472</v>
+        <v>3459</v>
       </c>
       <c r="H373" t="s">
-        <v>3473</v>
+        <v>3460</v>
       </c>
       <c r="I373" t="s">
-        <v>3474</v>
+        <v>3461</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
         <v>25</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
         <v>27</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3475</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>65073</v>
+        <v>6082</v>
       </c>
       <c r="B374" t="s">
-        <v>3476</v>
+        <v>3463</v>
       </c>
       <c r="C374" t="s">
-        <v>3477</v>
+        <v>3464</v>
       </c>
       <c r="D374" t="s">
-        <v>3478</v>
+        <v>3465</v>
       </c>
       <c r="E374" t="s">
-        <v>3479</v>
+        <v>3466</v>
       </c>
       <c r="F374" t="s">
-        <v>3480</v>
+        <v>3467</v>
       </c>
       <c r="G374" t="s">
-        <v>3481</v>
+        <v>3468</v>
       </c>
       <c r="H374" t="s">
-        <v>3482</v>
+        <v>3469</v>
       </c>
       <c r="I374" t="s">
-        <v>3483</v>
+        <v>3470</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>25</v>
+        <v>580</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>27</v>
+        <v>581</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3484</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>65074</v>
+        <v>6093</v>
       </c>
       <c r="B375" t="s">
-        <v>3485</v>
+        <v>3472</v>
       </c>
       <c r="C375" t="s">
-        <v>3486</v>
+        <v>3473</v>
       </c>
       <c r="D375" t="s">
-        <v>3487</v>
+        <v>3474</v>
       </c>
       <c r="E375" t="s">
-        <v>3488</v>
+        <v>3475</v>
       </c>
       <c r="F375" t="s">
-        <v>3489</v>
+        <v>3476</v>
       </c>
       <c r="G375" t="s">
-        <v>3490</v>
+        <v>3477</v>
       </c>
       <c r="H375" t="s">
-        <v>3491</v>
+        <v>3478</v>
       </c>
       <c r="I375" t="s">
-        <v>3492</v>
+        <v>3479</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>3493</v>
+        <v>1121</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>3494</v>
+        <v>1122</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3495</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>65075</v>
+        <v>6112</v>
       </c>
       <c r="B376" t="s">
-        <v>3496</v>
+        <v>3481</v>
       </c>
       <c r="C376" t="s">
-        <v>3497</v>
+        <v>3482</v>
       </c>
       <c r="D376" t="s">
-        <v>3498</v>
+        <v>3483</v>
       </c>
       <c r="E376" t="s">
-        <v>3499</v>
+        <v>3484</v>
       </c>
       <c r="F376" t="s">
-        <v>3500</v>
+        <v>3485</v>
       </c>
       <c r="G376" t="s">
-        <v>3501</v>
+        <v>3486</v>
       </c>
       <c r="H376" t="s">
-        <v>3502</v>
+        <v>3487</v>
       </c>
       <c r="I376" t="s">
-        <v>3503</v>
+        <v>3488</v>
       </c>
       <c r="J376" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>509</v>
+        <v>170</v>
       </c>
       <c r="L376" t="s">
-        <v>558</v>
+        <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>3218</v>
+        <v>171</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3504</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>65076</v>
+        <v>6179</v>
       </c>
       <c r="B377" t="s">
-        <v>3505</v>
+        <v>3490</v>
       </c>
       <c r="C377" t="s">
-        <v>3506</v>
+        <v>3491</v>
       </c>
       <c r="D377" t="s">
-        <v>3507</v>
+        <v>3492</v>
       </c>
       <c r="E377" t="s">
-        <v>3508</v>
+        <v>3493</v>
       </c>
       <c r="F377" t="s">
-        <v>3509</v>
+        <v>3494</v>
       </c>
       <c r="G377" t="s">
-        <v>3510</v>
+        <v>3495</v>
       </c>
       <c r="H377" t="s">
-        <v>3511</v>
+        <v>3496</v>
       </c>
       <c r="I377" t="s">
-        <v>3512</v>
+        <v>3497</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3513</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>65077</v>
+        <v>6180</v>
       </c>
       <c r="B378" t="s">
-        <v>3514</v>
+        <v>3499</v>
       </c>
       <c r="C378" t="s">
-        <v>3515</v>
+        <v>3500</v>
       </c>
       <c r="D378" t="s">
-        <v>3516</v>
+        <v>3501</v>
       </c>
       <c r="E378" t="s">
-        <v>3517</v>
+        <v>3502</v>
       </c>
       <c r="F378" t="s">
-        <v>3518</v>
+        <v>3503</v>
       </c>
       <c r="G378" t="s">
-        <v>3519</v>
+        <v>3504</v>
       </c>
       <c r="H378" t="s">
-        <v>3520</v>
+        <v>3505</v>
       </c>
       <c r="I378" t="s">
-        <v>3521</v>
+        <v>3506</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>557</v>
+        <v>25</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>559</v>
+        <v>27</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3522</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>65080</v>
+        <v>6203</v>
       </c>
       <c r="B379" t="s">
-        <v>3523</v>
+        <v>3508</v>
       </c>
       <c r="C379" t="s">
-        <v>3524</v>
+        <v>3509</v>
       </c>
       <c r="D379" t="s">
-        <v>3525</v>
+        <v>3510</v>
       </c>
       <c r="E379" t="s">
-        <v>3526</v>
+        <v>3511</v>
       </c>
       <c r="F379" t="s">
-        <v>3527</v>
+        <v>3512</v>
       </c>
       <c r="G379" t="s">
-        <v>3528</v>
+        <v>3513</v>
       </c>
       <c r="H379" t="s">
-        <v>3529</v>
+        <v>3514</v>
       </c>
       <c r="I379" t="s">
-        <v>3530</v>
+        <v>3515</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3531</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>65081</v>
+        <v>6208</v>
       </c>
       <c r="B380" t="s">
-        <v>3532</v>
+        <v>3517</v>
       </c>
       <c r="C380" t="s">
-        <v>3533</v>
+        <v>3518</v>
       </c>
       <c r="D380" t="s">
-        <v>3534</v>
+        <v>3519</v>
       </c>
       <c r="E380" t="s">
-        <v>3535</v>
+        <v>3520</v>
       </c>
       <c r="F380" t="s">
-        <v>3536</v>
+        <v>3521</v>
       </c>
       <c r="G380" t="s">
-        <v>3537</v>
+        <v>3522</v>
       </c>
       <c r="H380" t="s">
-        <v>3538</v>
+        <v>3523</v>
       </c>
       <c r="I380" t="s">
-        <v>3539</v>
+        <v>3524</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3540</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>65082</v>
+        <v>6211</v>
       </c>
       <c r="B381" t="s">
-        <v>3541</v>
+        <v>3526</v>
       </c>
       <c r="C381" t="s">
-        <v>3542</v>
+        <v>3527</v>
       </c>
       <c r="D381" t="s">
-        <v>3543</v>
+        <v>3528</v>
       </c>
       <c r="E381" t="s">
-        <v>3544</v>
+        <v>3529</v>
       </c>
       <c r="F381" t="s">
-        <v>3545</v>
+        <v>3530</v>
       </c>
       <c r="G381" t="s">
-        <v>3546</v>
+        <v>3531</v>
       </c>
       <c r="H381" t="s">
-        <v>3547</v>
+        <v>3532</v>
       </c>
       <c r="I381" t="s">
-        <v>3548</v>
+        <v>3533</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3549</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>65083</v>
+        <v>6215</v>
       </c>
       <c r="B382" t="s">
-        <v>3550</v>
+        <v>3535</v>
       </c>
       <c r="C382" t="s">
-        <v>3551</v>
+        <v>3536</v>
       </c>
       <c r="D382" t="s">
-        <v>3552</v>
+        <v>3537</v>
       </c>
       <c r="E382" t="s">
-        <v>3553</v>
+        <v>3538</v>
       </c>
       <c r="F382" t="s">
-        <v>3554</v>
+        <v>3539</v>
       </c>
       <c r="G382" t="s">
-        <v>3555</v>
+        <v>3540</v>
       </c>
       <c r="H382" t="s">
-        <v>3556</v>
+        <v>3541</v>
       </c>
       <c r="I382" t="s">
-        <v>3557</v>
+        <v>3542</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3558</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>65084</v>
+        <v>6222</v>
       </c>
       <c r="B383" t="s">
-        <v>3559</v>
+        <v>3544</v>
       </c>
       <c r="C383" t="s">
-        <v>3560</v>
+        <v>3545</v>
       </c>
       <c r="D383" t="s">
-        <v>3561</v>
+        <v>3546</v>
       </c>
       <c r="E383" t="s">
-        <v>3562</v>
+        <v>3547</v>
       </c>
       <c r="F383" t="s">
-        <v>3563</v>
+        <v>3548</v>
       </c>
       <c r="G383" t="s">
-        <v>3564</v>
+        <v>3549</v>
       </c>
       <c r="H383" t="s">
-        <v>3565</v>
+        <v>3550</v>
       </c>
       <c r="I383" t="s">
-        <v>3566</v>
+        <v>3551</v>
       </c>
       <c r="J383" t="s">
-        <v>24</v>
+        <v>3299</v>
       </c>
       <c r="K383" t="s">
-        <v>25</v>
+        <v>927</v>
       </c>
       <c r="L383" t="s">
-        <v>26</v>
+        <v>3301</v>
       </c>
       <c r="M383" t="s">
-        <v>27</v>
+        <v>928</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3567</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>65085</v>
+        <v>6254</v>
       </c>
       <c r="B384" t="s">
-        <v>3568</v>
+        <v>3553</v>
       </c>
       <c r="C384" t="s">
-        <v>3569</v>
+        <v>3554</v>
       </c>
       <c r="D384" t="s">
-        <v>3570</v>
+        <v>3555</v>
       </c>
       <c r="E384" t="s">
-        <v>3571</v>
+        <v>3556</v>
       </c>
       <c r="F384" t="s">
-        <v>3572</v>
+        <v>3557</v>
       </c>
       <c r="G384" t="s">
-        <v>3573</v>
+        <v>3558</v>
       </c>
       <c r="H384" t="s">
-        <v>3574</v>
+        <v>3559</v>
       </c>
       <c r="I384" t="s">
-        <v>3575</v>
+        <v>3560</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>2322</v>
+        <v>170</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>2323</v>
+        <v>171</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3576</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>65086</v>
+        <v>6255</v>
       </c>
       <c r="B385" t="s">
-        <v>3577</v>
+        <v>3562</v>
       </c>
       <c r="C385" t="s">
-        <v>3578</v>
+        <v>3563</v>
       </c>
       <c r="D385" t="s">
-        <v>3579</v>
+        <v>3564</v>
       </c>
       <c r="E385" t="s">
-        <v>3580</v>
+        <v>3565</v>
       </c>
       <c r="F385" t="s">
-        <v>3581</v>
+        <v>3566</v>
       </c>
       <c r="G385" t="s">
-        <v>3582</v>
+        <v>3567</v>
       </c>
       <c r="H385" t="s">
-        <v>3583</v>
+        <v>3568</v>
       </c>
       <c r="I385" t="s">
-        <v>3584</v>
+        <v>3569</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>112</v>
+        <v>3570</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>113</v>
+        <v>3571</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3585</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65087</v>
+        <v>6257</v>
       </c>
       <c r="B386" t="s">
-        <v>3586</v>
+        <v>3573</v>
       </c>
       <c r="C386" t="s">
-        <v>3587</v>
+        <v>3574</v>
       </c>
       <c r="D386" t="s">
-        <v>3588</v>
+        <v>3575</v>
       </c>
       <c r="E386" t="s">
-        <v>3589</v>
+        <v>3576</v>
       </c>
       <c r="F386" t="s">
-        <v>3590</v>
+        <v>3577</v>
       </c>
       <c r="G386" t="s">
-        <v>3591</v>
+        <v>3578</v>
       </c>
       <c r="H386" t="s">
-        <v>3592</v>
+        <v>3579</v>
       </c>
       <c r="I386" t="s">
-        <v>3593</v>
+        <v>3580</v>
       </c>
       <c r="J386" t="s">
-        <v>24</v>
+        <v>768</v>
       </c>
       <c r="K386" t="s">
-        <v>112</v>
+        <v>274</v>
       </c>
       <c r="L386" t="s">
-        <v>26</v>
+        <v>770</v>
       </c>
       <c r="M386" t="s">
-        <v>113</v>
+        <v>276</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3594</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65088</v>
+        <v>6258</v>
       </c>
       <c r="B387" t="s">
-        <v>3595</v>
+        <v>3582</v>
       </c>
       <c r="C387" t="s">
-        <v>3596</v>
+        <v>3583</v>
       </c>
       <c r="D387" t="s">
-        <v>3597</v>
+        <v>3584</v>
       </c>
       <c r="E387" t="s">
-        <v>3598</v>
+        <v>3585</v>
       </c>
       <c r="F387" t="s">
-        <v>3599</v>
+        <v>3586</v>
       </c>
       <c r="G387" t="s">
-        <v>3600</v>
+        <v>3587</v>
       </c>
       <c r="H387" t="s">
-        <v>3601</v>
+        <v>3588</v>
       </c>
       <c r="I387" t="s">
-        <v>3602</v>
+        <v>3589</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
         <v>25</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
         <v>27</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3603</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65089</v>
+        <v>6259</v>
       </c>
       <c r="B388" t="s">
-        <v>3604</v>
+        <v>3591</v>
       </c>
       <c r="C388" t="s">
-        <v>3605</v>
+        <v>3592</v>
       </c>
       <c r="D388" t="s">
-        <v>3606</v>
+        <v>3593</v>
       </c>
       <c r="E388" t="s">
-        <v>3607</v>
+        <v>3594</v>
       </c>
       <c r="F388" t="s">
-        <v>3608</v>
+        <v>3595</v>
       </c>
       <c r="G388" t="s">
-        <v>3609</v>
+        <v>3596</v>
       </c>
       <c r="H388" t="s">
-        <v>3610</v>
+        <v>3597</v>
       </c>
       <c r="I388" t="s">
-        <v>3611</v>
+        <v>3598</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3612</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65090</v>
+        <v>6261</v>
       </c>
       <c r="B389" t="s">
-        <v>3613</v>
+        <v>3600</v>
       </c>
       <c r="C389" t="s">
-        <v>3614</v>
+        <v>3601</v>
       </c>
       <c r="D389" t="s">
-        <v>3615</v>
+        <v>3602</v>
       </c>
       <c r="E389" t="s">
-        <v>3616</v>
+        <v>3603</v>
       </c>
       <c r="F389" t="s">
-        <v>3617</v>
+        <v>3604</v>
       </c>
       <c r="G389" t="s">
-        <v>3618</v>
+        <v>3605</v>
       </c>
       <c r="H389" t="s">
-        <v>3619</v>
+        <v>3606</v>
       </c>
       <c r="I389" t="s">
-        <v>3620</v>
+        <v>3607</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3621</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65091</v>
+        <v>6263</v>
       </c>
       <c r="B390" t="s">
-        <v>3622</v>
+        <v>3609</v>
       </c>
       <c r="C390" t="s">
-        <v>3623</v>
+        <v>3610</v>
       </c>
       <c r="D390" t="s">
-        <v>3624</v>
+        <v>3611</v>
       </c>
       <c r="E390" t="s">
-        <v>3625</v>
+        <v>3612</v>
       </c>
       <c r="F390" t="s">
-        <v>3626</v>
+        <v>3613</v>
       </c>
       <c r="G390" t="s">
-        <v>3627</v>
+        <v>3614</v>
       </c>
       <c r="H390" t="s">
-        <v>3628</v>
+        <v>3615</v>
       </c>
       <c r="I390" t="s">
-        <v>3629</v>
+        <v>3616</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3630</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65092</v>
+        <v>6265</v>
       </c>
       <c r="B391" t="s">
-        <v>3631</v>
+        <v>3618</v>
       </c>
       <c r="C391" t="s">
-        <v>3632</v>
+        <v>3619</v>
       </c>
       <c r="D391" t="s">
-        <v>3633</v>
+        <v>3620</v>
       </c>
       <c r="E391" t="s">
-        <v>3634</v>
+        <v>3621</v>
       </c>
       <c r="F391" t="s">
-        <v>3635</v>
+        <v>3622</v>
       </c>
       <c r="G391" t="s">
-        <v>3636</v>
+        <v>3623</v>
       </c>
       <c r="H391" t="s">
-        <v>3637</v>
+        <v>3624</v>
       </c>
       <c r="I391" t="s">
-        <v>3638</v>
+        <v>3625</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3639</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65093</v>
+        <v>6270</v>
       </c>
       <c r="B392" t="s">
-        <v>3640</v>
+        <v>3627</v>
       </c>
       <c r="C392" t="s">
-        <v>3641</v>
+        <v>3628</v>
       </c>
       <c r="D392" t="s">
-        <v>3642</v>
+        <v>3629</v>
       </c>
       <c r="E392" t="s">
-        <v>3643</v>
+        <v>3630</v>
       </c>
       <c r="F392" t="s">
-        <v>3644</v>
+        <v>3631</v>
       </c>
       <c r="G392" t="s">
-        <v>3645</v>
+        <v>3632</v>
       </c>
       <c r="H392" t="s">
-        <v>3646</v>
+        <v>3633</v>
       </c>
       <c r="I392" t="s">
-        <v>3647</v>
+        <v>3634</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>112</v>
+        <v>451</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>113</v>
+        <v>453</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3648</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65094</v>
+        <v>6272</v>
       </c>
       <c r="B393" t="s">
-        <v>3649</v>
+        <v>3636</v>
       </c>
       <c r="C393" t="s">
-        <v>3650</v>
+        <v>3637</v>
       </c>
       <c r="D393" t="s">
-        <v>3651</v>
+        <v>3638</v>
       </c>
       <c r="E393" t="s">
-        <v>3652</v>
+        <v>3639</v>
       </c>
       <c r="F393" t="s">
-        <v>3653</v>
+        <v>3640</v>
       </c>
       <c r="G393" t="s">
-        <v>3654</v>
+        <v>3641</v>
       </c>
       <c r="H393" t="s">
-        <v>3655</v>
+        <v>3642</v>
       </c>
       <c r="I393" t="s">
-        <v>3656</v>
+        <v>3643</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>3657</v>
+        <v>170</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>3658</v>
+        <v>171</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3659</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65095</v>
+        <v>6274</v>
       </c>
       <c r="B394" t="s">
-        <v>3660</v>
+        <v>3645</v>
       </c>
       <c r="C394" t="s">
-        <v>3661</v>
+        <v>3646</v>
       </c>
       <c r="D394" t="s">
-        <v>3662</v>
+        <v>3647</v>
       </c>
       <c r="E394" t="s">
-        <v>3663</v>
+        <v>3648</v>
       </c>
       <c r="F394" t="s">
-        <v>3664</v>
+        <v>3649</v>
       </c>
       <c r="G394" t="s">
-        <v>3665</v>
+        <v>3650</v>
       </c>
       <c r="H394" t="s">
-        <v>3666</v>
+        <v>3651</v>
       </c>
       <c r="I394" t="s">
-        <v>3667</v>
+        <v>3652</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>557</v>
+        <v>25</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>559</v>
+        <v>27</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3668</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65096</v>
+        <v>6275</v>
       </c>
       <c r="B395" t="s">
-        <v>3669</v>
+        <v>3654</v>
       </c>
       <c r="C395" t="s">
-        <v>3670</v>
+        <v>3655</v>
       </c>
       <c r="D395" t="s">
-        <v>3671</v>
+        <v>3656</v>
       </c>
       <c r="E395" t="s">
-        <v>3672</v>
+        <v>3657</v>
       </c>
       <c r="F395" t="s">
-        <v>3673</v>
+        <v>3658</v>
       </c>
       <c r="G395" t="s">
-        <v>3674</v>
+        <v>3659</v>
       </c>
       <c r="H395" t="s">
-        <v>3675</v>
+        <v>3660</v>
       </c>
       <c r="I395" t="s">
-        <v>3676</v>
+        <v>3661</v>
       </c>
       <c r="J395" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K395" t="s">
-        <v>25</v>
+        <v>916</v>
       </c>
       <c r="L395" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M395" t="s">
-        <v>27</v>
+        <v>917</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3677</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65097</v>
+        <v>6327</v>
       </c>
       <c r="B396" t="s">
-        <v>3678</v>
+        <v>3663</v>
       </c>
       <c r="C396" t="s">
-        <v>3679</v>
+        <v>3664</v>
       </c>
       <c r="D396" t="s">
-        <v>3680</v>
+        <v>3665</v>
       </c>
       <c r="E396" t="s">
-        <v>3681</v>
+        <v>3666</v>
       </c>
       <c r="F396" t="s">
-        <v>3682</v>
+        <v>3667</v>
       </c>
       <c r="G396" t="s">
-        <v>3683</v>
+        <v>3668</v>
       </c>
       <c r="H396" t="s">
-        <v>3684</v>
+        <v>3669</v>
       </c>
       <c r="I396" t="s">
-        <v>3685</v>
+        <v>3670</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3686</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65098</v>
+        <v>6331</v>
       </c>
       <c r="B397" t="s">
-        <v>3687</v>
+        <v>3672</v>
       </c>
       <c r="C397" t="s">
-        <v>3688</v>
+        <v>3673</v>
       </c>
       <c r="D397" t="s">
-        <v>3689</v>
+        <v>3674</v>
       </c>
       <c r="E397" t="s">
-        <v>3690</v>
+        <v>3675</v>
       </c>
       <c r="F397" t="s">
-        <v>3691</v>
+        <v>3676</v>
       </c>
       <c r="G397" t="s">
-        <v>3692</v>
+        <v>3677</v>
       </c>
       <c r="H397" t="s">
-        <v>3693</v>
+        <v>3678</v>
       </c>
       <c r="I397" t="s">
-        <v>3694</v>
+        <v>3679</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3695</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65099</v>
+        <v>6337</v>
       </c>
       <c r="B398" t="s">
-        <v>3696</v>
+        <v>3681</v>
       </c>
       <c r="C398" t="s">
-        <v>3697</v>
+        <v>3682</v>
       </c>
       <c r="D398" t="s">
-        <v>3698</v>
+        <v>3683</v>
       </c>
       <c r="E398" t="s">
-        <v>3699</v>
+        <v>3684</v>
       </c>
       <c r="F398" t="s">
-        <v>3700</v>
+        <v>3685</v>
       </c>
       <c r="G398" t="s">
-        <v>3701</v>
+        <v>3686</v>
       </c>
       <c r="H398" t="s">
-        <v>3702</v>
+        <v>3687</v>
       </c>
       <c r="I398" t="s">
-        <v>3703</v>
+        <v>3688</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3704</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65100</v>
+        <v>6361</v>
       </c>
       <c r="B399" t="s">
-        <v>3705</v>
+        <v>3690</v>
       </c>
       <c r="C399" t="s">
-        <v>3706</v>
+        <v>3691</v>
       </c>
       <c r="D399" t="s">
-        <v>3707</v>
+        <v>3692</v>
       </c>
       <c r="E399" t="s">
-        <v>3708</v>
+        <v>3693</v>
       </c>
       <c r="F399" t="s">
-        <v>3709</v>
+        <v>3694</v>
       </c>
       <c r="G399" t="s">
-        <v>3710</v>
+        <v>3695</v>
       </c>
       <c r="H399" t="s">
-        <v>3711</v>
+        <v>3696</v>
       </c>
       <c r="I399" t="s">
-        <v>3712</v>
+        <v>3697</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>3086</v>
+        <v>170</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>3087</v>
+        <v>171</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3713</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65101</v>
+        <v>6379</v>
       </c>
       <c r="B400" t="s">
-        <v>3714</v>
+        <v>3699</v>
       </c>
       <c r="C400" t="s">
-        <v>3715</v>
+        <v>3700</v>
       </c>
       <c r="D400" t="s">
-        <v>3716</v>
+        <v>3701</v>
       </c>
       <c r="E400" t="s">
-        <v>3717</v>
+        <v>3702</v>
       </c>
       <c r="F400" t="s">
-        <v>3718</v>
+        <v>3703</v>
       </c>
       <c r="G400" t="s">
-        <v>3719</v>
+        <v>3704</v>
       </c>
       <c r="H400" t="s">
-        <v>3720</v>
+        <v>3705</v>
       </c>
       <c r="I400" t="s">
-        <v>3721</v>
+        <v>3706</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3722</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65102</v>
+        <v>6389</v>
       </c>
       <c r="B401" t="s">
-        <v>3723</v>
+        <v>3708</v>
       </c>
       <c r="C401" t="s">
-        <v>3724</v>
+        <v>3709</v>
       </c>
       <c r="D401" t="s">
-        <v>3725</v>
+        <v>3710</v>
       </c>
       <c r="E401" t="s">
-        <v>3726</v>
+        <v>3711</v>
       </c>
       <c r="F401" t="s">
-        <v>3727</v>
+        <v>3712</v>
       </c>
       <c r="G401" t="s">
-        <v>3728</v>
+        <v>3713</v>
       </c>
       <c r="H401" t="s">
-        <v>3729</v>
+        <v>3714</v>
       </c>
       <c r="I401" t="s">
-        <v>3730</v>
+        <v>3715</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
         <v>25</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
         <v>27</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3731</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65104</v>
+        <v>6454</v>
       </c>
       <c r="B402" t="s">
-        <v>3732</v>
+        <v>3717</v>
       </c>
       <c r="C402" t="s">
-        <v>3733</v>
+        <v>3718</v>
       </c>
       <c r="D402" t="s">
-        <v>3734</v>
+        <v>3719</v>
       </c>
       <c r="E402" t="s">
-        <v>3735</v>
+        <v>3720</v>
       </c>
       <c r="F402" t="s">
-        <v>3736</v>
+        <v>3721</v>
       </c>
       <c r="G402" t="s">
-        <v>3737</v>
+        <v>3722</v>
       </c>
       <c r="H402" t="s">
-        <v>3738</v>
+        <v>3723</v>
       </c>
       <c r="I402" t="s">
-        <v>3739</v>
+        <v>3724</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>3740</v>
+        <v>170</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>3741</v>
+        <v>171</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3742</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65105</v>
+        <v>6460</v>
       </c>
       <c r="B403" t="s">
-        <v>3743</v>
+        <v>3726</v>
       </c>
       <c r="C403" t="s">
-        <v>3744</v>
+        <v>3727</v>
       </c>
       <c r="D403" t="s">
-        <v>3745</v>
+        <v>3728</v>
       </c>
       <c r="E403" t="s">
-        <v>3746</v>
+        <v>3729</v>
       </c>
       <c r="F403" t="s">
-        <v>3747</v>
+        <v>3730</v>
       </c>
       <c r="G403" t="s">
-        <v>3748</v>
+        <v>3731</v>
       </c>
       <c r="H403" t="s">
-        <v>3749</v>
+        <v>3732</v>
       </c>
       <c r="I403" t="s">
-        <v>3750</v>
+        <v>3733</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3751</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65124</v>
+        <v>6468</v>
       </c>
       <c r="B404" t="s">
-        <v>3752</v>
+        <v>3735</v>
       </c>
       <c r="C404" t="s">
-        <v>3753</v>
+        <v>3736</v>
       </c>
       <c r="D404" t="s">
-        <v>3754</v>
+        <v>3737</v>
       </c>
       <c r="E404" t="s">
-        <v>3755</v>
+        <v>3738</v>
       </c>
       <c r="F404" t="s">
-        <v>3756</v>
+        <v>3739</v>
       </c>
       <c r="G404" t="s">
-        <v>3757</v>
+        <v>3740</v>
       </c>
       <c r="H404" t="s">
-        <v>3758</v>
+        <v>3741</v>
       </c>
       <c r="I404" t="s">
-        <v>3759</v>
+        <v>3742</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
         <v>25</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
         <v>27</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3760</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65255</v>
+        <v>6611</v>
       </c>
       <c r="B405" t="s">
-        <v>3761</v>
+        <v>3744</v>
       </c>
       <c r="C405" t="s">
-        <v>3762</v>
+        <v>3745</v>
       </c>
       <c r="D405" t="s">
-        <v>3763</v>
+        <v>3746</v>
       </c>
       <c r="E405" t="s">
-        <v>3764</v>
+        <v>3747</v>
       </c>
       <c r="F405" t="s">
-        <v>3765</v>
+        <v>3748</v>
       </c>
       <c r="G405" t="s">
-        <v>3766</v>
+        <v>3749</v>
       </c>
       <c r="H405" t="s">
-        <v>3767</v>
+        <v>3750</v>
       </c>
       <c r="I405" t="s">
-        <v>3768</v>
+        <v>3751</v>
       </c>
       <c r="J405" t="s">
-        <v>1213</v>
+        <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>3769</v>
+        <v>25</v>
       </c>
       <c r="L405" t="s">
-        <v>1215</v>
+        <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>3770</v>
+        <v>27</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3771</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>66510</v>
+        <v>6615</v>
       </c>
       <c r="B406" t="s">
-        <v>3772</v>
+        <v>3753</v>
       </c>
       <c r="C406" t="s">
-        <v>3773</v>
+        <v>3754</v>
       </c>
       <c r="D406" t="s">
-        <v>3774</v>
+        <v>3755</v>
       </c>
       <c r="E406" t="s">
-        <v>3775</v>
+        <v>3756</v>
       </c>
       <c r="F406" t="s">
-        <v>3776</v>
+        <v>3757</v>
       </c>
       <c r="G406" t="s">
-        <v>3777</v>
+        <v>3758</v>
       </c>
       <c r="H406" t="s">
-        <v>3778</v>
+        <v>3759</v>
       </c>
       <c r="I406" t="s">
-        <v>3779</v>
+        <v>3760</v>
       </c>
       <c r="J406" t="s">
-        <v>1213</v>
+        <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>3780</v>
+        <v>25</v>
       </c>
       <c r="L406" t="s">
-        <v>1215</v>
+        <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>3781</v>
+        <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3782</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>66511</v>
+        <v>6761</v>
       </c>
       <c r="B407" t="s">
-        <v>1384</v>
+        <v>3762</v>
       </c>
       <c r="C407" t="s">
-        <v>3783</v>
+        <v>3763</v>
       </c>
       <c r="D407" t="s">
-        <v>3784</v>
+        <v>3764</v>
       </c>
       <c r="E407" t="s">
-        <v>3785</v>
+        <v>3765</v>
       </c>
       <c r="F407" t="s">
-        <v>1388</v>
+        <v>3766</v>
       </c>
       <c r="G407" t="s">
-        <v>1389</v>
+        <v>3767</v>
       </c>
       <c r="H407" t="s">
-        <v>3786</v>
+        <v>3768</v>
       </c>
       <c r="I407" t="s">
-        <v>3787</v>
+        <v>3769</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
-        <v>3788</v>
+        <v>25</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
-        <v>3789</v>
+        <v>27</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3790</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>66512</v>
+        <v>6762</v>
       </c>
       <c r="B408" t="s">
-        <v>2919</v>
+        <v>3771</v>
       </c>
       <c r="C408" t="s">
-        <v>3791</v>
+        <v>3772</v>
       </c>
       <c r="D408" t="s">
-        <v>3792</v>
+        <v>3773</v>
       </c>
       <c r="E408" t="s">
-        <v>3793</v>
+        <v>3774</v>
       </c>
       <c r="F408" t="s">
-        <v>3794</v>
+        <v>3775</v>
       </c>
       <c r="G408" t="s">
-        <v>2924</v>
+        <v>3776</v>
       </c>
       <c r="H408" t="s">
-        <v>2925</v>
+        <v>3777</v>
       </c>
       <c r="I408" t="s">
-        <v>2926</v>
+        <v>3778</v>
       </c>
       <c r="J408" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K408" t="s">
-        <v>3795</v>
+        <v>690</v>
       </c>
       <c r="L408" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M408" t="s">
-        <v>3796</v>
+        <v>691</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3797</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>66513</v>
+        <v>6763</v>
       </c>
       <c r="B409" t="s">
-        <v>3798</v>
+        <v>3780</v>
       </c>
       <c r="C409" t="s">
-        <v>3799</v>
+        <v>3781</v>
       </c>
       <c r="D409" t="s">
-        <v>3800</v>
+        <v>3782</v>
       </c>
       <c r="E409" t="s">
-        <v>3801</v>
+        <v>3783</v>
       </c>
       <c r="F409" t="s">
-        <v>3802</v>
+        <v>3784</v>
       </c>
       <c r="G409" t="s">
-        <v>3252</v>
+        <v>3785</v>
       </c>
       <c r="H409" t="s">
-        <v>3803</v>
+        <v>3786</v>
       </c>
       <c r="I409" t="s">
-        <v>3804</v>
+        <v>3787</v>
       </c>
       <c r="J409" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="K409" t="s">
-        <v>3795</v>
+        <v>3788</v>
       </c>
       <c r="L409" t="s">
-        <v>26</v>
+        <v>452</v>
       </c>
       <c r="M409" t="s">
-        <v>3796</v>
+        <v>3789</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3805</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>66514</v>
+        <v>6765</v>
       </c>
       <c r="B410" t="s">
-        <v>3806</v>
+        <v>3791</v>
       </c>
       <c r="C410" t="s">
-        <v>3807</v>
+        <v>3792</v>
       </c>
       <c r="D410" t="s">
-        <v>3808</v>
+        <v>3793</v>
       </c>
       <c r="E410" t="s">
-        <v>3809</v>
+        <v>3794</v>
       </c>
       <c r="F410" t="s">
-        <v>1542</v>
+        <v>3795</v>
       </c>
       <c r="G410" t="s">
-        <v>1543</v>
+        <v>3796</v>
       </c>
       <c r="H410" t="s">
-        <v>3810</v>
+        <v>3797</v>
       </c>
       <c r="I410" t="s">
-        <v>3811</v>
+        <v>3798</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>3795</v>
+        <v>170</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>3796</v>
+        <v>171</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3812</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>66515</v>
+        <v>6820</v>
       </c>
       <c r="B411" t="s">
-        <v>3813</v>
+        <v>3800</v>
       </c>
       <c r="C411" t="s">
-        <v>3814</v>
+        <v>3801</v>
       </c>
       <c r="D411" t="s">
-        <v>3815</v>
+        <v>3802</v>
       </c>
       <c r="E411" t="s">
-        <v>3816</v>
+        <v>3803</v>
       </c>
       <c r="F411" t="s">
-        <v>3817</v>
+        <v>3804</v>
       </c>
       <c r="G411" t="s">
-        <v>1308</v>
+        <v>3805</v>
       </c>
       <c r="H411" t="s">
-        <v>3818</v>
+        <v>3806</v>
       </c>
       <c r="I411" t="s">
-        <v>3819</v>
+        <v>3807</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>3795</v>
+        <v>1280</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>3796</v>
+        <v>1281</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3820</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>66516</v>
+        <v>6982</v>
       </c>
       <c r="B412" t="s">
-        <v>1285</v>
+        <v>3809</v>
       </c>
       <c r="C412" t="s">
-        <v>3821</v>
+        <v>3810</v>
       </c>
       <c r="D412" t="s">
-        <v>3822</v>
+        <v>3811</v>
       </c>
       <c r="E412" t="s">
-        <v>3823</v>
+        <v>3812</v>
       </c>
       <c r="F412" t="s">
-        <v>3824</v>
+        <v>3813</v>
       </c>
       <c r="G412" t="s">
-        <v>3825</v>
+        <v>3814</v>
       </c>
       <c r="H412" t="s">
-        <v>3826</v>
+        <v>3815</v>
       </c>
       <c r="I412" t="s">
-        <v>1292</v>
+        <v>3816</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>112</v>
+        <v>3817</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>113</v>
+        <v>3818</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3827</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>66517</v>
+        <v>8265</v>
       </c>
       <c r="B413" t="s">
+        <v>3820</v>
+      </c>
+      <c r="C413" t="s">
+        <v>3821</v>
+      </c>
+      <c r="D413" t="s">
+        <v>3822</v>
+      </c>
+      <c r="E413" t="s">
+        <v>3823</v>
+      </c>
+      <c r="F413" t="s">
+        <v>3824</v>
+      </c>
+      <c r="G413" t="s">
+        <v>3825</v>
+      </c>
+      <c r="H413" t="s">
+        <v>3826</v>
+      </c>
+      <c r="I413" t="s">
+        <v>3827</v>
+      </c>
+      <c r="J413" t="s">
+        <v>24</v>
+      </c>
+      <c r="K413" t="s">
         <v>3828</v>
       </c>
-      <c r="C413" t="s">
+      <c r="L413" t="s">
+        <v>26</v>
+      </c>
+      <c r="M413" t="s">
         <v>3829</v>
       </c>
-      <c r="D413" t="s">
+      <c r="N413" t="s">
+        <v>28</v>
+      </c>
+      <c r="O413" t="s">
         <v>3830</v>
-      </c>
-[...31 lines deleted...]
-        <v>3836</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>66518</v>
+        <v>8289</v>
       </c>
       <c r="B414" t="s">
+        <v>3831</v>
+      </c>
+      <c r="C414" t="s">
+        <v>3832</v>
+      </c>
+      <c r="D414" t="s">
+        <v>3833</v>
+      </c>
+      <c r="E414" t="s">
+        <v>3834</v>
+      </c>
+      <c r="F414" t="s">
+        <v>3835</v>
+      </c>
+      <c r="G414" t="s">
+        <v>3836</v>
+      </c>
+      <c r="H414" t="s">
         <v>3837</v>
       </c>
-      <c r="C414" t="s">
+      <c r="I414" t="s">
         <v>3838</v>
       </c>
-      <c r="D414" t="s">
+      <c r="J414" t="s">
+        <v>24</v>
+      </c>
+      <c r="K414" t="s">
+        <v>451</v>
+      </c>
+      <c r="L414" t="s">
+        <v>26</v>
+      </c>
+      <c r="M414" t="s">
+        <v>453</v>
+      </c>
+      <c r="N414" t="s">
+        <v>28</v>
+      </c>
+      <c r="O414" t="s">
         <v>3839</v>
-      </c>
-[...31 lines deleted...]
-        <v>3844</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>66519</v>
+        <v>8294</v>
       </c>
       <c r="B415" t="s">
+        <v>3840</v>
+      </c>
+      <c r="C415" t="s">
+        <v>3841</v>
+      </c>
+      <c r="D415" t="s">
+        <v>3842</v>
+      </c>
+      <c r="E415" t="s">
+        <v>3843</v>
+      </c>
+      <c r="F415" t="s">
+        <v>3844</v>
+      </c>
+      <c r="G415" t="s">
         <v>3845</v>
       </c>
-      <c r="C415" t="s">
+      <c r="H415" t="s">
         <v>3846</v>
       </c>
-      <c r="D415" t="s">
+      <c r="I415" t="s">
         <v>3847</v>
       </c>
-      <c r="E415" t="s">
+      <c r="J415" t="s">
+        <v>450</v>
+      </c>
+      <c r="K415" t="s">
+        <v>757</v>
+      </c>
+      <c r="L415" t="s">
+        <v>452</v>
+      </c>
+      <c r="M415" t="s">
+        <v>758</v>
+      </c>
+      <c r="N415" t="s">
+        <v>28</v>
+      </c>
+      <c r="O415" t="s">
         <v>3848</v>
-      </c>
-[...28 lines deleted...]
-        <v>3853</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>66520</v>
+        <v>8315</v>
       </c>
       <c r="B416" t="s">
-        <v>1489</v>
+        <v>3849</v>
       </c>
       <c r="C416" t="s">
+        <v>3850</v>
+      </c>
+      <c r="D416" t="s">
+        <v>3851</v>
+      </c>
+      <c r="E416" t="s">
+        <v>3852</v>
+      </c>
+      <c r="F416" t="s">
+        <v>3853</v>
+      </c>
+      <c r="G416" t="s">
         <v>3854</v>
       </c>
-      <c r="D416" t="s">
+      <c r="H416" t="s">
         <v>3855</v>
       </c>
-      <c r="E416" t="s">
+      <c r="I416" t="s">
         <v>3856</v>
-      </c>
-[...10 lines deleted...]
-        <v>1496</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
         <v>25</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
         <v>27</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
         <v>3857</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>66521</v>
+        <v>8341</v>
       </c>
       <c r="B417" t="s">
-        <v>1330</v>
+        <v>3858</v>
       </c>
       <c r="C417" t="s">
-        <v>3858</v>
+        <v>3859</v>
       </c>
       <c r="D417" t="s">
-        <v>3859</v>
+        <v>3860</v>
       </c>
       <c r="E417" t="s">
-        <v>3860</v>
+        <v>3861</v>
       </c>
       <c r="F417" t="s">
-        <v>3861</v>
+        <v>3862</v>
       </c>
       <c r="G417" t="s">
-        <v>1335</v>
+        <v>3863</v>
       </c>
       <c r="H417" t="s">
-        <v>3862</v>
+        <v>3864</v>
       </c>
       <c r="I417" t="s">
-        <v>1337</v>
+        <v>3865</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>112</v>
+        <v>170</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
       <c r="M417" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3863</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>66522</v>
+        <v>8343</v>
       </c>
       <c r="B418" t="s">
-        <v>3864</v>
+        <v>3867</v>
       </c>
       <c r="C418" t="s">
-        <v>3865</v>
+        <v>3868</v>
       </c>
       <c r="D418" t="s">
-        <v>3866</v>
+        <v>3869</v>
       </c>
       <c r="E418" t="s">
-        <v>3867</v>
+        <v>3870</v>
       </c>
       <c r="F418" t="s">
-        <v>3868</v>
+        <v>3871</v>
       </c>
       <c r="G418" t="s">
-        <v>3869</v>
+        <v>3872</v>
       </c>
       <c r="H418" t="s">
-        <v>3870</v>
+        <v>3873</v>
       </c>
       <c r="I418" t="s">
-        <v>3871</v>
+        <v>3874</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>3769</v>
+        <v>25</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>3770</v>
+        <v>27</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3872</v>
+        <v>3875</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>66523</v>
+        <v>8344</v>
       </c>
       <c r="B419" t="s">
-        <v>1375</v>
+        <v>3876</v>
       </c>
       <c r="C419" t="s">
-        <v>3873</v>
+        <v>3877</v>
       </c>
       <c r="D419" t="s">
-        <v>3874</v>
+        <v>3878</v>
       </c>
       <c r="E419" t="s">
-        <v>3875</v>
+        <v>3879</v>
       </c>
       <c r="F419" t="s">
-        <v>1379</v>
+        <v>3880</v>
       </c>
       <c r="G419" t="s">
-        <v>1380</v>
+        <v>3881</v>
       </c>
       <c r="H419" t="s">
-        <v>1381</v>
+        <v>3882</v>
       </c>
       <c r="I419" t="s">
-        <v>1382</v>
+        <v>3883</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3876</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>66524</v>
+        <v>8345</v>
       </c>
       <c r="B420" t="s">
-        <v>3089</v>
+        <v>3885</v>
       </c>
       <c r="C420" t="s">
-        <v>3877</v>
+        <v>3886</v>
       </c>
       <c r="D420" t="s">
-        <v>3878</v>
+        <v>3887</v>
       </c>
       <c r="E420" t="s">
-        <v>3879</v>
+        <v>3888</v>
       </c>
       <c r="F420" t="s">
-        <v>3880</v>
+        <v>3889</v>
       </c>
       <c r="G420" t="s">
-        <v>3094</v>
+        <v>3890</v>
       </c>
       <c r="H420" t="s">
-        <v>3095</v>
+        <v>3891</v>
       </c>
       <c r="I420" t="s">
-        <v>3096</v>
+        <v>3892</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3881</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>66525</v>
+        <v>8349</v>
       </c>
       <c r="B421" t="s">
-        <v>3882</v>
+        <v>3894</v>
       </c>
       <c r="C421" t="s">
-        <v>2947</v>
+        <v>3895</v>
       </c>
       <c r="D421" t="s">
-        <v>3883</v>
+        <v>3896</v>
       </c>
       <c r="E421" t="s">
-        <v>3884</v>
+        <v>3897</v>
       </c>
       <c r="F421" t="s">
-        <v>2950</v>
+        <v>3898</v>
       </c>
       <c r="G421" t="s">
-        <v>2951</v>
+        <v>3899</v>
       </c>
       <c r="H421" t="s">
-        <v>2952</v>
+        <v>3900</v>
       </c>
       <c r="I421" t="s">
-        <v>2953</v>
+        <v>3901</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
-        <v>113</v>
+        <v>27</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3885</v>
+        <v>3902</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>66526</v>
+        <v>8355</v>
       </c>
       <c r="B422" t="s">
-        <v>3886</v>
+        <v>3903</v>
       </c>
       <c r="C422" t="s">
-        <v>3887</v>
+        <v>3904</v>
       </c>
       <c r="D422" t="s">
-        <v>3888</v>
+        <v>3905</v>
       </c>
       <c r="E422" t="s">
-        <v>3889</v>
+        <v>3906</v>
       </c>
       <c r="F422" t="s">
-        <v>3890</v>
+        <v>3907</v>
       </c>
       <c r="G422" t="s">
-        <v>2960</v>
+        <v>3908</v>
       </c>
       <c r="H422" t="s">
-        <v>2961</v>
+        <v>3909</v>
       </c>
       <c r="I422" t="s">
-        <v>2962</v>
+        <v>3910</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>112</v>
+        <v>3911</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
-        <v>113</v>
+        <v>3912</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3891</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>66527</v>
+        <v>8357</v>
       </c>
       <c r="B423" t="s">
-        <v>1422</v>
+        <v>3914</v>
       </c>
       <c r="C423" t="s">
-        <v>3892</v>
+        <v>3915</v>
       </c>
       <c r="D423" t="s">
-        <v>3893</v>
+        <v>3916</v>
       </c>
       <c r="E423" t="s">
-        <v>3894</v>
+        <v>3917</v>
       </c>
       <c r="F423" t="s">
-        <v>3895</v>
+        <v>3918</v>
       </c>
       <c r="G423" t="s">
-        <v>1427</v>
+        <v>3919</v>
       </c>
       <c r="H423" t="s">
-        <v>1428</v>
+        <v>3920</v>
       </c>
       <c r="I423" t="s">
-        <v>1429</v>
+        <v>3921</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>3795</v>
+        <v>3911</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>3796</v>
+        <v>3912</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3896</v>
+        <v>3922</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>66529</v>
+        <v>8377</v>
       </c>
       <c r="B424" t="s">
-        <v>3897</v>
+        <v>3923</v>
       </c>
       <c r="C424" t="s">
-        <v>3898</v>
+        <v>3924</v>
       </c>
       <c r="D424" t="s">
-        <v>3899</v>
+        <v>3925</v>
       </c>
       <c r="E424" t="s">
-        <v>3900</v>
+        <v>3926</v>
       </c>
       <c r="F424" t="s">
-        <v>3901</v>
+        <v>3927</v>
       </c>
       <c r="G424" t="s">
-        <v>3391</v>
+        <v>3928</v>
       </c>
       <c r="H424" t="s">
-        <v>3392</v>
+        <v>3929</v>
       </c>
       <c r="I424" t="s">
-        <v>3393</v>
+        <v>3930</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>1813</v>
+        <v>25</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>1814</v>
+        <v>27</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3902</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>66530</v>
+        <v>8386</v>
       </c>
       <c r="B425" t="s">
-        <v>3903</v>
+        <v>3932</v>
       </c>
       <c r="C425" t="s">
-        <v>3904</v>
+        <v>3933</v>
       </c>
       <c r="D425" t="s">
-        <v>3905</v>
+        <v>3934</v>
       </c>
       <c r="E425" t="s">
-        <v>3906</v>
+        <v>3935</v>
       </c>
       <c r="F425" t="s">
-        <v>3907</v>
+        <v>3936</v>
       </c>
       <c r="G425" t="s">
-        <v>1252</v>
+        <v>3937</v>
       </c>
       <c r="H425" t="s">
-        <v>1253</v>
+        <v>3938</v>
       </c>
       <c r="I425" t="s">
-        <v>1254</v>
+        <v>3939</v>
       </c>
       <c r="J425" t="s">
-        <v>24</v>
+        <v>2108</v>
       </c>
       <c r="K425" t="s">
-        <v>683</v>
+        <v>170</v>
       </c>
       <c r="L425" t="s">
-        <v>26</v>
+        <v>2110</v>
       </c>
       <c r="M425" t="s">
-        <v>684</v>
+        <v>171</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3908</v>
+        <v>3940</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>66531</v>
+        <v>8387</v>
       </c>
       <c r="B426" t="s">
-        <v>3909</v>
+        <v>3941</v>
       </c>
       <c r="C426" t="s">
-        <v>3910</v>
+        <v>3942</v>
       </c>
       <c r="D426" t="s">
-        <v>3911</v>
+        <v>3943</v>
       </c>
       <c r="E426" t="s">
-        <v>3912</v>
+        <v>3944</v>
       </c>
       <c r="F426" t="s">
-        <v>3913</v>
+        <v>3945</v>
       </c>
       <c r="G426" t="s">
-        <v>3914</v>
+        <v>3946</v>
       </c>
       <c r="H426" t="s">
-        <v>3915</v>
+        <v>3947</v>
       </c>
       <c r="I426" t="s">
-        <v>3916</v>
+        <v>3948</v>
       </c>
       <c r="J426" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
       <c r="K426" t="s">
-        <v>3917</v>
+        <v>25</v>
       </c>
       <c r="L426" t="s">
-        <v>558</v>
+        <v>26</v>
       </c>
       <c r="M426" t="s">
-        <v>3918</v>
+        <v>27</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3919</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>66532</v>
+        <v>8388</v>
       </c>
       <c r="B427" t="s">
-        <v>3920</v>
+        <v>3950</v>
       </c>
       <c r="C427" t="s">
-        <v>3921</v>
+        <v>3951</v>
       </c>
       <c r="D427" t="s">
-        <v>3922</v>
+        <v>3952</v>
       </c>
       <c r="E427" t="s">
-        <v>3923</v>
+        <v>3953</v>
       </c>
       <c r="F427" t="s">
-        <v>1511</v>
+        <v>3954</v>
       </c>
       <c r="G427" t="s">
-        <v>1512</v>
+        <v>3955</v>
       </c>
       <c r="H427" t="s">
-        <v>1513</v>
+        <v>3956</v>
       </c>
       <c r="I427" t="s">
-        <v>1514</v>
+        <v>3957</v>
       </c>
       <c r="J427" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
       <c r="K427" t="s">
-        <v>3924</v>
+        <v>170</v>
       </c>
       <c r="L427" t="s">
-        <v>558</v>
+        <v>26</v>
       </c>
       <c r="M427" t="s">
-        <v>3925</v>
+        <v>171</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3926</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>66533</v>
+        <v>8392</v>
       </c>
       <c r="B428" t="s">
-        <v>3927</v>
+        <v>3959</v>
       </c>
       <c r="C428" t="s">
-        <v>3928</v>
+        <v>3960</v>
       </c>
       <c r="D428" t="s">
-        <v>3929</v>
+        <v>3961</v>
       </c>
       <c r="E428" t="s">
-        <v>3930</v>
+        <v>3962</v>
       </c>
       <c r="F428" t="s">
-        <v>1343</v>
+        <v>3963</v>
       </c>
       <c r="G428" t="s">
-        <v>1344</v>
+        <v>3964</v>
       </c>
       <c r="H428" t="s">
-        <v>1345</v>
+        <v>3965</v>
       </c>
       <c r="I428" t="s">
-        <v>3931</v>
+        <v>3966</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
-        <v>3932</v>
+        <v>2109</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
-        <v>3933</v>
+        <v>2111</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3934</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>66534</v>
+        <v>8402</v>
       </c>
       <c r="B429" t="s">
-        <v>3935</v>
+        <v>3968</v>
       </c>
       <c r="C429" t="s">
-        <v>3936</v>
+        <v>3969</v>
       </c>
       <c r="D429" t="s">
-        <v>3937</v>
+        <v>3970</v>
       </c>
       <c r="E429" t="s">
-        <v>3938</v>
+        <v>3971</v>
       </c>
       <c r="F429" t="s">
-        <v>3939</v>
+        <v>3972</v>
       </c>
       <c r="G429" t="s">
-        <v>3940</v>
+        <v>3973</v>
       </c>
       <c r="H429" t="s">
-        <v>2468</v>
+        <v>3974</v>
       </c>
       <c r="I429" t="s">
-        <v>2469</v>
+        <v>3975</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3941</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>66535</v>
+        <v>8883</v>
       </c>
       <c r="B430" t="s">
-        <v>3942</v>
+        <v>3977</v>
       </c>
       <c r="C430" t="s">
-        <v>3943</v>
+        <v>3978</v>
       </c>
       <c r="D430" t="s">
-        <v>3944</v>
+        <v>3979</v>
       </c>
       <c r="E430" t="s">
-        <v>3945</v>
+        <v>3980</v>
       </c>
       <c r="F430" t="s">
-        <v>3946</v>
+        <v>3981</v>
       </c>
       <c r="G430" t="s">
-        <v>3947</v>
+        <v>3982</v>
       </c>
       <c r="H430" t="s">
-        <v>3948</v>
+        <v>3983</v>
       </c>
       <c r="I430" t="s">
-        <v>3949</v>
+        <v>3984</v>
       </c>
       <c r="J430" t="s">
-        <v>3950</v>
+        <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>3951</v>
+        <v>25</v>
       </c>
       <c r="L430" t="s">
-        <v>3952</v>
+        <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>3953</v>
+        <v>27</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3954</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>66536</v>
+        <v>8886</v>
       </c>
       <c r="B431" t="s">
-        <v>3955</v>
+        <v>3986</v>
       </c>
       <c r="C431" t="s">
-        <v>3956</v>
+        <v>3987</v>
       </c>
       <c r="D431" t="s">
-        <v>3957</v>
+        <v>3988</v>
       </c>
       <c r="E431" t="s">
-        <v>3958</v>
+        <v>3989</v>
       </c>
       <c r="F431" t="s">
-        <v>3959</v>
+        <v>3990</v>
       </c>
       <c r="G431" t="s">
-        <v>3960</v>
+        <v>3991</v>
       </c>
       <c r="H431" t="s">
-        <v>3961</v>
+        <v>3992</v>
       </c>
       <c r="I431" t="s">
-        <v>3962</v>
+        <v>3993</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
-        <v>3795</v>
+        <v>170</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
-        <v>3796</v>
+        <v>171</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3963</v>
+        <v>3994</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>66537</v>
+        <v>8902</v>
       </c>
       <c r="B432" t="s">
-        <v>3964</v>
+        <v>3995</v>
       </c>
       <c r="C432" t="s">
-        <v>3965</v>
+        <v>3996</v>
       </c>
       <c r="D432" t="s">
-        <v>3966</v>
+        <v>3997</v>
       </c>
       <c r="E432" t="s">
-        <v>3967</v>
+        <v>3998</v>
       </c>
       <c r="F432" t="s">
-        <v>3968</v>
+        <v>3999</v>
       </c>
       <c r="G432" t="s">
-        <v>3757</v>
+        <v>4000</v>
       </c>
       <c r="H432" t="s">
-        <v>3758</v>
+        <v>4001</v>
       </c>
       <c r="I432" t="s">
-        <v>3759</v>
+        <v>4002</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>3795</v>
+        <v>170</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>3796</v>
+        <v>171</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3969</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>66538</v>
+        <v>8903</v>
       </c>
       <c r="B433" t="s">
-        <v>3970</v>
+        <v>4004</v>
       </c>
       <c r="C433" t="s">
-        <v>3971</v>
+        <v>4005</v>
       </c>
       <c r="D433" t="s">
-        <v>3972</v>
+        <v>4006</v>
       </c>
       <c r="E433" t="s">
-        <v>3973</v>
+        <v>4007</v>
       </c>
       <c r="F433" t="s">
-        <v>3974</v>
+        <v>4008</v>
       </c>
       <c r="G433" t="s">
-        <v>1503</v>
+        <v>4009</v>
       </c>
       <c r="H433" t="s">
-        <v>1504</v>
+        <v>4010</v>
       </c>
       <c r="I433" t="s">
-        <v>1505</v>
+        <v>4011</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>3975</v>
+        <v>170</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>3976</v>
+        <v>171</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>3977</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>66540</v>
+        <v>8904</v>
       </c>
       <c r="B434" t="s">
-        <v>3978</v>
+        <v>4013</v>
       </c>
       <c r="C434" t="s">
-        <v>3979</v>
+        <v>4014</v>
       </c>
       <c r="D434" t="s">
-        <v>3980</v>
+        <v>4015</v>
       </c>
       <c r="E434" t="s">
-        <v>3981</v>
+        <v>4016</v>
       </c>
       <c r="F434" t="s">
-        <v>3982</v>
+        <v>4017</v>
       </c>
       <c r="G434" t="s">
-        <v>3983</v>
+        <v>4018</v>
       </c>
       <c r="H434" t="s">
-        <v>3984</v>
+        <v>4019</v>
       </c>
       <c r="I434" t="s">
-        <v>1283</v>
+        <v>4020</v>
       </c>
       <c r="J434" t="s">
         <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>3985</v>
+        <v>170</v>
       </c>
       <c r="L434" t="s">
         <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>3986</v>
+        <v>171</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>3987</v>
+        <v>4021</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
+        <v>8905</v>
+      </c>
+      <c r="B435" t="s">
+        <v>4022</v>
+      </c>
+      <c r="C435" t="s">
+        <v>4023</v>
+      </c>
+      <c r="D435" t="s">
+        <v>4024</v>
+      </c>
+      <c r="E435" t="s">
+        <v>4025</v>
+      </c>
+      <c r="F435" t="s">
+        <v>4026</v>
+      </c>
+      <c r="G435" t="s">
+        <v>4027</v>
+      </c>
+      <c r="H435" t="s">
+        <v>4028</v>
+      </c>
+      <c r="I435" t="s">
+        <v>4029</v>
+      </c>
+      <c r="J435" t="s">
+        <v>24</v>
+      </c>
+      <c r="K435" t="s">
+        <v>4030</v>
+      </c>
+      <c r="L435" t="s">
+        <v>26</v>
+      </c>
+      <c r="M435" t="s">
+        <v>4031</v>
+      </c>
+      <c r="N435" t="s">
+        <v>28</v>
+      </c>
+      <c r="O435" t="s">
+        <v>4032</v>
+      </c>
+    </row>
+    <row r="436" spans="1:15">
+      <c r="A436">
+        <v>8914</v>
+      </c>
+      <c r="B436" t="s">
+        <v>4033</v>
+      </c>
+      <c r="C436" t="s">
+        <v>4034</v>
+      </c>
+      <c r="D436" t="s">
+        <v>4035</v>
+      </c>
+      <c r="E436" t="s">
+        <v>4036</v>
+      </c>
+      <c r="F436" t="s">
+        <v>4037</v>
+      </c>
+      <c r="G436" t="s">
+        <v>4038</v>
+      </c>
+      <c r="H436" t="s">
+        <v>4039</v>
+      </c>
+      <c r="I436" t="s">
+        <v>4040</v>
+      </c>
+      <c r="J436" t="s">
+        <v>24</v>
+      </c>
+      <c r="K436" t="s">
+        <v>25</v>
+      </c>
+      <c r="L436" t="s">
+        <v>26</v>
+      </c>
+      <c r="M436" t="s">
+        <v>27</v>
+      </c>
+      <c r="N436" t="s">
+        <v>28</v>
+      </c>
+      <c r="O436" t="s">
+        <v>4041</v>
+      </c>
+    </row>
+    <row r="437" spans="1:15">
+      <c r="A437">
+        <v>8918</v>
+      </c>
+      <c r="B437" t="s">
+        <v>4042</v>
+      </c>
+      <c r="C437" t="s">
+        <v>4043</v>
+      </c>
+      <c r="D437" t="s">
+        <v>4044</v>
+      </c>
+      <c r="E437" t="s">
+        <v>4045</v>
+      </c>
+      <c r="F437" t="s">
+        <v>4046</v>
+      </c>
+      <c r="G437" t="s">
+        <v>4047</v>
+      </c>
+      <c r="H437" t="s">
+        <v>4048</v>
+      </c>
+      <c r="I437" t="s">
+        <v>4049</v>
+      </c>
+      <c r="J437" t="s">
+        <v>24</v>
+      </c>
+      <c r="K437" t="s">
+        <v>25</v>
+      </c>
+      <c r="L437" t="s">
+        <v>26</v>
+      </c>
+      <c r="M437" t="s">
+        <v>27</v>
+      </c>
+      <c r="N437" t="s">
+        <v>28</v>
+      </c>
+      <c r="O437" t="s">
+        <v>4050</v>
+      </c>
+    </row>
+    <row r="438" spans="1:15">
+      <c r="A438">
+        <v>8945</v>
+      </c>
+      <c r="B438" t="s">
+        <v>4051</v>
+      </c>
+      <c r="C438" t="s">
+        <v>4052</v>
+      </c>
+      <c r="D438" t="s">
+        <v>4053</v>
+      </c>
+      <c r="E438" t="s">
+        <v>4054</v>
+      </c>
+      <c r="F438" t="s">
+        <v>4055</v>
+      </c>
+      <c r="G438" t="s">
+        <v>4056</v>
+      </c>
+      <c r="H438" t="s">
+        <v>4057</v>
+      </c>
+      <c r="I438" t="s">
+        <v>4058</v>
+      </c>
+      <c r="J438" t="s">
+        <v>24</v>
+      </c>
+      <c r="K438" t="s">
+        <v>47</v>
+      </c>
+      <c r="L438" t="s">
+        <v>26</v>
+      </c>
+      <c r="M438" t="s">
+        <v>48</v>
+      </c>
+      <c r="N438" t="s">
+        <v>28</v>
+      </c>
+      <c r="O438" t="s">
+        <v>4059</v>
+      </c>
+    </row>
+    <row r="439" spans="1:15">
+      <c r="A439">
+        <v>8950</v>
+      </c>
+      <c r="B439" t="s">
+        <v>4060</v>
+      </c>
+      <c r="C439" t="s">
+        <v>4061</v>
+      </c>
+      <c r="D439" t="s">
+        <v>4062</v>
+      </c>
+      <c r="E439" t="s">
+        <v>4063</v>
+      </c>
+      <c r="F439" t="s">
+        <v>4064</v>
+      </c>
+      <c r="G439" t="s">
+        <v>4065</v>
+      </c>
+      <c r="H439" t="s">
+        <v>4066</v>
+      </c>
+      <c r="I439" t="s">
+        <v>4067</v>
+      </c>
+      <c r="J439" t="s">
+        <v>24</v>
+      </c>
+      <c r="K439" t="s">
+        <v>25</v>
+      </c>
+      <c r="L439" t="s">
+        <v>26</v>
+      </c>
+      <c r="M439" t="s">
+        <v>27</v>
+      </c>
+      <c r="N439" t="s">
+        <v>28</v>
+      </c>
+      <c r="O439" t="s">
+        <v>4068</v>
+      </c>
+    </row>
+    <row r="440" spans="1:15">
+      <c r="A440">
+        <v>8951</v>
+      </c>
+      <c r="B440" t="s">
+        <v>4069</v>
+      </c>
+      <c r="C440" t="s">
+        <v>4070</v>
+      </c>
+      <c r="D440" t="s">
+        <v>4071</v>
+      </c>
+      <c r="E440" t="s">
+        <v>4072</v>
+      </c>
+      <c r="F440" t="s">
+        <v>4073</v>
+      </c>
+      <c r="G440" t="s">
+        <v>4074</v>
+      </c>
+      <c r="H440" t="s">
+        <v>4075</v>
+      </c>
+      <c r="I440" t="s">
+        <v>4076</v>
+      </c>
+      <c r="J440" t="s">
+        <v>24</v>
+      </c>
+      <c r="K440" t="s">
+        <v>170</v>
+      </c>
+      <c r="L440" t="s">
+        <v>26</v>
+      </c>
+      <c r="M440" t="s">
+        <v>171</v>
+      </c>
+      <c r="N440" t="s">
+        <v>28</v>
+      </c>
+      <c r="O440" t="s">
+        <v>4077</v>
+      </c>
+    </row>
+    <row r="441" spans="1:15">
+      <c r="A441">
+        <v>8954</v>
+      </c>
+      <c r="B441" t="s">
+        <v>4078</v>
+      </c>
+      <c r="C441" t="s">
+        <v>4079</v>
+      </c>
+      <c r="D441" t="s">
+        <v>4080</v>
+      </c>
+      <c r="E441" t="s">
+        <v>4081</v>
+      </c>
+      <c r="F441" t="s">
+        <v>4082</v>
+      </c>
+      <c r="G441" t="s">
+        <v>4083</v>
+      </c>
+      <c r="H441" t="s">
+        <v>4084</v>
+      </c>
+      <c r="I441" t="s">
+        <v>4085</v>
+      </c>
+      <c r="J441" t="s">
+        <v>24</v>
+      </c>
+      <c r="K441" t="s">
+        <v>170</v>
+      </c>
+      <c r="L441" t="s">
+        <v>26</v>
+      </c>
+      <c r="M441" t="s">
+        <v>171</v>
+      </c>
+      <c r="N441" t="s">
+        <v>28</v>
+      </c>
+      <c r="O441" t="s">
+        <v>4086</v>
+      </c>
+    </row>
+    <row r="442" spans="1:15">
+      <c r="A442">
+        <v>8959</v>
+      </c>
+      <c r="B442" t="s">
+        <v>4087</v>
+      </c>
+      <c r="C442" t="s">
+        <v>4088</v>
+      </c>
+      <c r="D442" t="s">
+        <v>4089</v>
+      </c>
+      <c r="E442" t="s">
+        <v>4090</v>
+      </c>
+      <c r="F442" t="s">
+        <v>4091</v>
+      </c>
+      <c r="G442" t="s">
+        <v>4092</v>
+      </c>
+      <c r="H442" t="s">
+        <v>4093</v>
+      </c>
+      <c r="I442" t="s">
+        <v>4094</v>
+      </c>
+      <c r="J442" t="s">
+        <v>24</v>
+      </c>
+      <c r="K442" t="s">
+        <v>170</v>
+      </c>
+      <c r="L442" t="s">
+        <v>26</v>
+      </c>
+      <c r="M442" t="s">
+        <v>171</v>
+      </c>
+      <c r="N442" t="s">
+        <v>28</v>
+      </c>
+      <c r="O442" t="s">
+        <v>4095</v>
+      </c>
+    </row>
+    <row r="443" spans="1:15">
+      <c r="A443">
+        <v>8964</v>
+      </c>
+      <c r="B443" t="s">
+        <v>4096</v>
+      </c>
+      <c r="C443" t="s">
+        <v>4097</v>
+      </c>
+      <c r="D443" t="s">
+        <v>4098</v>
+      </c>
+      <c r="E443" t="s">
+        <v>4099</v>
+      </c>
+      <c r="F443" t="s">
+        <v>4100</v>
+      </c>
+      <c r="G443" t="s">
+        <v>4101</v>
+      </c>
+      <c r="H443" t="s">
+        <v>4102</v>
+      </c>
+      <c r="I443" t="s">
+        <v>4103</v>
+      </c>
+      <c r="J443" t="s">
+        <v>24</v>
+      </c>
+      <c r="K443" t="s">
+        <v>927</v>
+      </c>
+      <c r="L443" t="s">
+        <v>26</v>
+      </c>
+      <c r="M443" t="s">
+        <v>928</v>
+      </c>
+      <c r="N443" t="s">
+        <v>28</v>
+      </c>
+      <c r="O443" t="s">
+        <v>4104</v>
+      </c>
+    </row>
+    <row r="444" spans="1:15">
+      <c r="A444">
+        <v>10011</v>
+      </c>
+      <c r="B444" t="s">
+        <v>4105</v>
+      </c>
+      <c r="C444" t="s">
+        <v>4106</v>
+      </c>
+      <c r="D444" t="s">
+        <v>4107</v>
+      </c>
+      <c r="E444" t="s">
+        <v>4108</v>
+      </c>
+      <c r="F444" t="s">
+        <v>4109</v>
+      </c>
+      <c r="G444" t="s">
+        <v>4110</v>
+      </c>
+      <c r="H444" t="s">
+        <v>4111</v>
+      </c>
+      <c r="I444" t="s">
+        <v>4112</v>
+      </c>
+      <c r="J444" t="s">
+        <v>24</v>
+      </c>
+      <c r="K444" t="s">
+        <v>25</v>
+      </c>
+      <c r="L444" t="s">
+        <v>26</v>
+      </c>
+      <c r="M444" t="s">
+        <v>27</v>
+      </c>
+      <c r="N444" t="s">
+        <v>28</v>
+      </c>
+      <c r="O444" t="s">
+        <v>4113</v>
+      </c>
+    </row>
+    <row r="445" spans="1:15">
+      <c r="A445">
+        <v>10014</v>
+      </c>
+      <c r="B445" t="s">
+        <v>4114</v>
+      </c>
+      <c r="C445" t="s">
+        <v>4115</v>
+      </c>
+      <c r="D445" t="s">
+        <v>4116</v>
+      </c>
+      <c r="E445" t="s">
+        <v>4117</v>
+      </c>
+      <c r="F445" t="s">
+        <v>4118</v>
+      </c>
+      <c r="G445" t="s">
+        <v>4119</v>
+      </c>
+      <c r="H445" t="s">
+        <v>4120</v>
+      </c>
+      <c r="I445" t="s">
+        <v>4121</v>
+      </c>
+      <c r="J445" t="s">
+        <v>24</v>
+      </c>
+      <c r="K445" t="s">
+        <v>4122</v>
+      </c>
+      <c r="L445" t="s">
+        <v>26</v>
+      </c>
+      <c r="M445" t="s">
+        <v>4123</v>
+      </c>
+      <c r="N445" t="s">
+        <v>28</v>
+      </c>
+      <c r="O445" t="s">
+        <v>4124</v>
+      </c>
+    </row>
+    <row r="446" spans="1:15">
+      <c r="A446">
+        <v>10015</v>
+      </c>
+      <c r="B446" t="s">
+        <v>4125</v>
+      </c>
+      <c r="C446" t="s">
+        <v>4126</v>
+      </c>
+      <c r="D446" t="s">
+        <v>4127</v>
+      </c>
+      <c r="E446" t="s">
+        <v>4128</v>
+      </c>
+      <c r="F446" t="s">
+        <v>4129</v>
+      </c>
+      <c r="G446" t="s">
+        <v>4130</v>
+      </c>
+      <c r="H446" t="s">
+        <v>4131</v>
+      </c>
+      <c r="I446" t="s">
+        <v>4132</v>
+      </c>
+      <c r="J446" t="s">
+        <v>24</v>
+      </c>
+      <c r="K446" t="s">
+        <v>170</v>
+      </c>
+      <c r="L446" t="s">
+        <v>26</v>
+      </c>
+      <c r="M446" t="s">
+        <v>171</v>
+      </c>
+      <c r="N446" t="s">
+        <v>28</v>
+      </c>
+      <c r="O446" t="s">
+        <v>4133</v>
+      </c>
+    </row>
+    <row r="447" spans="1:15">
+      <c r="A447">
+        <v>10036</v>
+      </c>
+      <c r="B447" t="s">
+        <v>4134</v>
+      </c>
+      <c r="C447" t="s">
+        <v>4135</v>
+      </c>
+      <c r="D447" t="s">
+        <v>4136</v>
+      </c>
+      <c r="E447" t="s">
+        <v>4137</v>
+      </c>
+      <c r="F447" t="s">
+        <v>4138</v>
+      </c>
+      <c r="G447" t="s">
+        <v>4139</v>
+      </c>
+      <c r="H447" t="s">
+        <v>4140</v>
+      </c>
+      <c r="I447" t="s">
+        <v>4141</v>
+      </c>
+      <c r="J447" t="s">
+        <v>24</v>
+      </c>
+      <c r="K447" t="s">
+        <v>25</v>
+      </c>
+      <c r="L447" t="s">
+        <v>26</v>
+      </c>
+      <c r="M447" t="s">
+        <v>27</v>
+      </c>
+      <c r="N447" t="s">
+        <v>28</v>
+      </c>
+      <c r="O447" t="s">
+        <v>4142</v>
+      </c>
+    </row>
+    <row r="448" spans="1:15">
+      <c r="A448">
+        <v>10044</v>
+      </c>
+      <c r="B448" t="s">
+        <v>4143</v>
+      </c>
+      <c r="C448" t="s">
+        <v>4144</v>
+      </c>
+      <c r="D448" t="s">
+        <v>4145</v>
+      </c>
+      <c r="E448" t="s">
+        <v>4146</v>
+      </c>
+      <c r="F448" t="s">
+        <v>4147</v>
+      </c>
+      <c r="G448" t="s">
+        <v>4148</v>
+      </c>
+      <c r="H448" t="s">
+        <v>4149</v>
+      </c>
+      <c r="I448" t="s">
+        <v>4150</v>
+      </c>
+      <c r="J448" t="s">
+        <v>24</v>
+      </c>
+      <c r="K448" t="s">
+        <v>2109</v>
+      </c>
+      <c r="L448" t="s">
+        <v>26</v>
+      </c>
+      <c r="M448" t="s">
+        <v>2111</v>
+      </c>
+      <c r="N448" t="s">
+        <v>28</v>
+      </c>
+      <c r="O448" t="s">
+        <v>4151</v>
+      </c>
+    </row>
+    <row r="449" spans="1:15">
+      <c r="A449">
+        <v>10046</v>
+      </c>
+      <c r="B449" t="s">
+        <v>4152</v>
+      </c>
+      <c r="C449" t="s">
+        <v>4153</v>
+      </c>
+      <c r="D449" t="s">
+        <v>4154</v>
+      </c>
+      <c r="E449" t="s">
+        <v>4155</v>
+      </c>
+      <c r="F449" t="s">
+        <v>4156</v>
+      </c>
+      <c r="G449" t="s">
+        <v>4157</v>
+      </c>
+      <c r="H449" t="s">
+        <v>4158</v>
+      </c>
+      <c r="I449" t="s">
+        <v>4159</v>
+      </c>
+      <c r="J449" t="s">
+        <v>24</v>
+      </c>
+      <c r="K449" t="s">
+        <v>274</v>
+      </c>
+      <c r="L449" t="s">
+        <v>26</v>
+      </c>
+      <c r="M449" t="s">
+        <v>276</v>
+      </c>
+      <c r="N449" t="s">
+        <v>28</v>
+      </c>
+      <c r="O449" t="s">
+        <v>4160</v>
+      </c>
+    </row>
+    <row r="450" spans="1:15">
+      <c r="A450">
+        <v>10098</v>
+      </c>
+      <c r="B450" t="s">
+        <v>4161</v>
+      </c>
+      <c r="C450" t="s">
+        <v>4162</v>
+      </c>
+      <c r="D450" t="s">
+        <v>4163</v>
+      </c>
+      <c r="E450" t="s">
+        <v>4164</v>
+      </c>
+      <c r="F450" t="s">
+        <v>4165</v>
+      </c>
+      <c r="G450" t="s">
+        <v>4166</v>
+      </c>
+      <c r="H450" t="s">
+        <v>4167</v>
+      </c>
+      <c r="I450" t="s">
+        <v>4168</v>
+      </c>
+      <c r="J450" t="s">
+        <v>24</v>
+      </c>
+      <c r="K450" t="s">
+        <v>25</v>
+      </c>
+      <c r="L450" t="s">
+        <v>26</v>
+      </c>
+      <c r="M450" t="s">
+        <v>27</v>
+      </c>
+      <c r="N450" t="s">
+        <v>28</v>
+      </c>
+      <c r="O450" t="s">
+        <v>4169</v>
+      </c>
+    </row>
+    <row r="451" spans="1:15">
+      <c r="A451">
+        <v>10101</v>
+      </c>
+      <c r="B451" t="s">
+        <v>4170</v>
+      </c>
+      <c r="C451" t="s">
+        <v>4171</v>
+      </c>
+      <c r="D451" t="s">
+        <v>4172</v>
+      </c>
+      <c r="E451" t="s">
+        <v>4173</v>
+      </c>
+      <c r="F451" t="s">
+        <v>4174</v>
+      </c>
+      <c r="G451" t="s">
+        <v>4175</v>
+      </c>
+      <c r="H451" t="s">
+        <v>4176</v>
+      </c>
+      <c r="I451" t="s">
+        <v>4177</v>
+      </c>
+      <c r="J451" t="s">
+        <v>24</v>
+      </c>
+      <c r="K451" t="s">
+        <v>25</v>
+      </c>
+      <c r="L451" t="s">
+        <v>26</v>
+      </c>
+      <c r="M451" t="s">
+        <v>27</v>
+      </c>
+      <c r="N451" t="s">
+        <v>28</v>
+      </c>
+      <c r="O451" t="s">
+        <v>4178</v>
+      </c>
+    </row>
+    <row r="452" spans="1:15">
+      <c r="A452">
+        <v>10412</v>
+      </c>
+      <c r="B452" t="s">
+        <v>4179</v>
+      </c>
+      <c r="C452" t="s">
+        <v>4180</v>
+      </c>
+      <c r="D452" t="s">
+        <v>4181</v>
+      </c>
+      <c r="E452" t="s">
+        <v>4182</v>
+      </c>
+      <c r="F452" t="s">
+        <v>4183</v>
+      </c>
+      <c r="G452" t="s">
+        <v>4184</v>
+      </c>
+      <c r="H452" t="s">
+        <v>4185</v>
+      </c>
+      <c r="I452" t="s">
+        <v>4186</v>
+      </c>
+      <c r="J452" t="s">
+        <v>24</v>
+      </c>
+      <c r="K452" t="s">
+        <v>25</v>
+      </c>
+      <c r="L452" t="s">
+        <v>26</v>
+      </c>
+      <c r="M452" t="s">
+        <v>27</v>
+      </c>
+      <c r="N452" t="s">
+        <v>28</v>
+      </c>
+      <c r="O452" t="s">
+        <v>4187</v>
+      </c>
+    </row>
+    <row r="453" spans="1:15">
+      <c r="A453">
+        <v>10603</v>
+      </c>
+      <c r="B453" t="s">
+        <v>4188</v>
+      </c>
+      <c r="C453" t="s">
+        <v>4189</v>
+      </c>
+      <c r="D453" t="s">
+        <v>4190</v>
+      </c>
+      <c r="E453" t="s">
+        <v>4191</v>
+      </c>
+      <c r="F453" t="s">
+        <v>4192</v>
+      </c>
+      <c r="G453" t="s">
+        <v>4193</v>
+      </c>
+      <c r="H453" t="s">
+        <v>4194</v>
+      </c>
+      <c r="I453" t="s">
+        <v>4195</v>
+      </c>
+      <c r="J453" t="s">
+        <v>24</v>
+      </c>
+      <c r="K453" t="s">
+        <v>25</v>
+      </c>
+      <c r="L453" t="s">
+        <v>26</v>
+      </c>
+      <c r="M453" t="s">
+        <v>27</v>
+      </c>
+      <c r="N453" t="s">
+        <v>28</v>
+      </c>
+      <c r="O453" t="s">
+        <v>4196</v>
+      </c>
+    </row>
+    <row r="454" spans="1:15">
+      <c r="A454">
+        <v>10635</v>
+      </c>
+      <c r="B454" t="s">
+        <v>4197</v>
+      </c>
+      <c r="C454" t="s">
+        <v>4198</v>
+      </c>
+      <c r="D454" t="s">
+        <v>4199</v>
+      </c>
+      <c r="E454" t="s">
+        <v>4200</v>
+      </c>
+      <c r="F454" t="s">
+        <v>4201</v>
+      </c>
+      <c r="G454" t="s">
+        <v>4202</v>
+      </c>
+      <c r="H454" t="s">
+        <v>4203</v>
+      </c>
+      <c r="I454" t="s">
+        <v>4204</v>
+      </c>
+      <c r="J454" t="s">
+        <v>24</v>
+      </c>
+      <c r="K454" t="s">
+        <v>47</v>
+      </c>
+      <c r="L454" t="s">
+        <v>26</v>
+      </c>
+      <c r="M454" t="s">
+        <v>48</v>
+      </c>
+      <c r="N454" t="s">
+        <v>28</v>
+      </c>
+      <c r="O454" t="s">
+        <v>4205</v>
+      </c>
+    </row>
+    <row r="455" spans="1:15">
+      <c r="A455">
+        <v>10639</v>
+      </c>
+      <c r="B455" t="s">
+        <v>4206</v>
+      </c>
+      <c r="C455" t="s">
+        <v>4207</v>
+      </c>
+      <c r="D455" t="s">
+        <v>4208</v>
+      </c>
+      <c r="E455" t="s">
+        <v>4209</v>
+      </c>
+      <c r="F455" t="s">
+        <v>4210</v>
+      </c>
+      <c r="G455" t="s">
+        <v>4211</v>
+      </c>
+      <c r="H455" t="s">
+        <v>4212</v>
+      </c>
+      <c r="I455" t="s">
+        <v>4213</v>
+      </c>
+      <c r="J455" t="s">
+        <v>24</v>
+      </c>
+      <c r="K455" t="s">
+        <v>25</v>
+      </c>
+      <c r="L455" t="s">
+        <v>26</v>
+      </c>
+      <c r="M455" t="s">
+        <v>27</v>
+      </c>
+      <c r="N455" t="s">
+        <v>28</v>
+      </c>
+      <c r="O455" t="s">
+        <v>4214</v>
+      </c>
+    </row>
+    <row r="456" spans="1:15">
+      <c r="A456">
+        <v>10647</v>
+      </c>
+      <c r="B456" t="s">
+        <v>4215</v>
+      </c>
+      <c r="C456" t="s">
+        <v>4216</v>
+      </c>
+      <c r="D456" t="s">
+        <v>4217</v>
+      </c>
+      <c r="E456" t="s">
+        <v>4218</v>
+      </c>
+      <c r="F456" t="s">
+        <v>4219</v>
+      </c>
+      <c r="G456" t="s">
+        <v>4220</v>
+      </c>
+      <c r="H456" t="s">
+        <v>4221</v>
+      </c>
+      <c r="I456" t="s">
+        <v>4222</v>
+      </c>
+      <c r="J456" t="s">
+        <v>24</v>
+      </c>
+      <c r="K456" t="s">
+        <v>170</v>
+      </c>
+      <c r="L456" t="s">
+        <v>26</v>
+      </c>
+      <c r="M456" t="s">
+        <v>171</v>
+      </c>
+      <c r="N456" t="s">
+        <v>28</v>
+      </c>
+      <c r="O456" t="s">
+        <v>4223</v>
+      </c>
+    </row>
+    <row r="457" spans="1:15">
+      <c r="A457">
+        <v>10887</v>
+      </c>
+      <c r="B457" t="s">
+        <v>4224</v>
+      </c>
+      <c r="C457" t="s">
+        <v>4225</v>
+      </c>
+      <c r="D457" t="s">
+        <v>4226</v>
+      </c>
+      <c r="E457" t="s">
+        <v>4227</v>
+      </c>
+      <c r="F457" t="s">
+        <v>4228</v>
+      </c>
+      <c r="G457" t="s">
+        <v>4229</v>
+      </c>
+      <c r="H457" t="s">
+        <v>4230</v>
+      </c>
+      <c r="I457" t="s">
+        <v>4231</v>
+      </c>
+      <c r="J457" t="s">
+        <v>24</v>
+      </c>
+      <c r="K457" t="s">
+        <v>25</v>
+      </c>
+      <c r="L457" t="s">
+        <v>26</v>
+      </c>
+      <c r="M457" t="s">
+        <v>27</v>
+      </c>
+      <c r="N457" t="s">
+        <v>28</v>
+      </c>
+      <c r="O457" t="s">
+        <v>4232</v>
+      </c>
+    </row>
+    <row r="458" spans="1:15">
+      <c r="A458">
+        <v>10925</v>
+      </c>
+      <c r="B458" t="s">
+        <v>4233</v>
+      </c>
+      <c r="C458" t="s">
+        <v>4234</v>
+      </c>
+      <c r="D458" t="s">
+        <v>4235</v>
+      </c>
+      <c r="E458" t="s">
+        <v>4236</v>
+      </c>
+      <c r="F458" t="s">
+        <v>4237</v>
+      </c>
+      <c r="G458" t="s">
+        <v>4238</v>
+      </c>
+      <c r="H458" t="s">
+        <v>4239</v>
+      </c>
+      <c r="I458" t="s">
+        <v>4240</v>
+      </c>
+      <c r="J458" t="s">
+        <v>24</v>
+      </c>
+      <c r="K458" t="s">
+        <v>25</v>
+      </c>
+      <c r="L458" t="s">
+        <v>26</v>
+      </c>
+      <c r="M458" t="s">
+        <v>27</v>
+      </c>
+      <c r="N458" t="s">
+        <v>28</v>
+      </c>
+      <c r="O458" t="s">
+        <v>4241</v>
+      </c>
+    </row>
+    <row r="459" spans="1:15">
+      <c r="A459">
+        <v>10927</v>
+      </c>
+      <c r="B459" t="s">
+        <v>4242</v>
+      </c>
+      <c r="C459" t="s">
+        <v>4243</v>
+      </c>
+      <c r="D459" t="s">
+        <v>4244</v>
+      </c>
+      <c r="E459" t="s">
+        <v>4245</v>
+      </c>
+      <c r="F459" t="s">
+        <v>4246</v>
+      </c>
+      <c r="G459" t="s">
+        <v>4247</v>
+      </c>
+      <c r="H459" t="s">
+        <v>4248</v>
+      </c>
+      <c r="I459" t="s">
+        <v>4249</v>
+      </c>
+      <c r="J459" t="s">
+        <v>24</v>
+      </c>
+      <c r="K459" t="s">
+        <v>170</v>
+      </c>
+      <c r="L459" t="s">
+        <v>26</v>
+      </c>
+      <c r="M459" t="s">
+        <v>171</v>
+      </c>
+      <c r="N459" t="s">
+        <v>28</v>
+      </c>
+      <c r="O459" t="s">
+        <v>4250</v>
+      </c>
+    </row>
+    <row r="460" spans="1:15">
+      <c r="A460">
+        <v>10930</v>
+      </c>
+      <c r="B460" t="s">
+        <v>4251</v>
+      </c>
+      <c r="C460" t="s">
+        <v>4252</v>
+      </c>
+      <c r="D460" t="s">
+        <v>4253</v>
+      </c>
+      <c r="E460" t="s">
+        <v>4254</v>
+      </c>
+      <c r="F460" t="s">
+        <v>4255</v>
+      </c>
+      <c r="G460" t="s">
+        <v>4256</v>
+      </c>
+      <c r="H460" t="s">
+        <v>4257</v>
+      </c>
+      <c r="I460" t="s">
+        <v>4258</v>
+      </c>
+      <c r="J460" t="s">
+        <v>1527</v>
+      </c>
+      <c r="K460" t="s">
+        <v>274</v>
+      </c>
+      <c r="L460" t="s">
+        <v>1528</v>
+      </c>
+      <c r="M460" t="s">
+        <v>276</v>
+      </c>
+      <c r="N460" t="s">
+        <v>28</v>
+      </c>
+      <c r="O460" t="s">
+        <v>4259</v>
+      </c>
+    </row>
+    <row r="461" spans="1:15">
+      <c r="A461">
+        <v>10945</v>
+      </c>
+      <c r="B461" t="s">
+        <v>4260</v>
+      </c>
+      <c r="C461" t="s">
+        <v>4261</v>
+      </c>
+      <c r="D461" t="s">
+        <v>4262</v>
+      </c>
+      <c r="E461" t="s">
+        <v>4263</v>
+      </c>
+      <c r="F461" t="s">
+        <v>4264</v>
+      </c>
+      <c r="G461" t="s">
+        <v>4265</v>
+      </c>
+      <c r="H461" t="s">
+        <v>4266</v>
+      </c>
+      <c r="I461" t="s">
+        <v>4267</v>
+      </c>
+      <c r="J461" t="s">
+        <v>450</v>
+      </c>
+      <c r="K461" t="s">
+        <v>757</v>
+      </c>
+      <c r="L461" t="s">
+        <v>452</v>
+      </c>
+      <c r="M461" t="s">
+        <v>758</v>
+      </c>
+      <c r="N461" t="s">
+        <v>28</v>
+      </c>
+      <c r="O461" t="s">
+        <v>4268</v>
+      </c>
+    </row>
+    <row r="462" spans="1:15">
+      <c r="A462">
+        <v>10947</v>
+      </c>
+      <c r="B462" t="s">
+        <v>4269</v>
+      </c>
+      <c r="C462" t="s">
+        <v>4270</v>
+      </c>
+      <c r="D462" t="s">
+        <v>4271</v>
+      </c>
+      <c r="E462" t="s">
+        <v>4272</v>
+      </c>
+      <c r="F462" t="s">
+        <v>4273</v>
+      </c>
+      <c r="G462" t="s">
+        <v>4274</v>
+      </c>
+      <c r="H462" t="s">
+        <v>4275</v>
+      </c>
+      <c r="I462" t="s">
+        <v>4276</v>
+      </c>
+      <c r="J462" t="s">
+        <v>24</v>
+      </c>
+      <c r="K462" t="s">
+        <v>170</v>
+      </c>
+      <c r="L462" t="s">
+        <v>26</v>
+      </c>
+      <c r="M462" t="s">
+        <v>171</v>
+      </c>
+      <c r="N462" t="s">
+        <v>28</v>
+      </c>
+      <c r="O462" t="s">
+        <v>4277</v>
+      </c>
+    </row>
+    <row r="463" spans="1:15">
+      <c r="A463">
+        <v>10948</v>
+      </c>
+      <c r="B463" t="s">
+        <v>4278</v>
+      </c>
+      <c r="C463" t="s">
+        <v>4279</v>
+      </c>
+      <c r="D463" t="s">
+        <v>4280</v>
+      </c>
+      <c r="E463" t="s">
+        <v>4281</v>
+      </c>
+      <c r="F463" t="s">
+        <v>4282</v>
+      </c>
+      <c r="G463" t="s">
+        <v>4283</v>
+      </c>
+      <c r="H463" t="s">
+        <v>4284</v>
+      </c>
+      <c r="I463" t="s">
+        <v>4285</v>
+      </c>
+      <c r="J463" t="s">
+        <v>24</v>
+      </c>
+      <c r="K463" t="s">
+        <v>170</v>
+      </c>
+      <c r="L463" t="s">
+        <v>26</v>
+      </c>
+      <c r="M463" t="s">
+        <v>171</v>
+      </c>
+      <c r="N463" t="s">
+        <v>28</v>
+      </c>
+      <c r="O463" t="s">
+        <v>4286</v>
+      </c>
+    </row>
+    <row r="464" spans="1:15">
+      <c r="A464">
+        <v>10950</v>
+      </c>
+      <c r="B464" t="s">
+        <v>4287</v>
+      </c>
+      <c r="C464" t="s">
+        <v>4288</v>
+      </c>
+      <c r="D464" t="s">
+        <v>4289</v>
+      </c>
+      <c r="E464" t="s">
+        <v>4290</v>
+      </c>
+      <c r="F464" t="s">
+        <v>4291</v>
+      </c>
+      <c r="G464" t="s">
+        <v>4292</v>
+      </c>
+      <c r="H464" t="s">
+        <v>4293</v>
+      </c>
+      <c r="I464" t="s">
+        <v>4294</v>
+      </c>
+      <c r="J464" t="s">
+        <v>24</v>
+      </c>
+      <c r="K464" t="s">
+        <v>4295</v>
+      </c>
+      <c r="L464" t="s">
+        <v>26</v>
+      </c>
+      <c r="M464" t="s">
+        <v>4296</v>
+      </c>
+      <c r="N464" t="s">
+        <v>28</v>
+      </c>
+      <c r="O464" t="s">
+        <v>4297</v>
+      </c>
+    </row>
+    <row r="465" spans="1:15">
+      <c r="A465">
+        <v>10951</v>
+      </c>
+      <c r="B465" t="s">
+        <v>4298</v>
+      </c>
+      <c r="C465" t="s">
+        <v>4299</v>
+      </c>
+      <c r="D465" t="s">
+        <v>4300</v>
+      </c>
+      <c r="E465" t="s">
+        <v>4301</v>
+      </c>
+      <c r="F465" t="s">
+        <v>4302</v>
+      </c>
+      <c r="G465" t="s">
+        <v>4303</v>
+      </c>
+      <c r="H465" t="s">
+        <v>4304</v>
+      </c>
+      <c r="I465" t="s">
+        <v>4305</v>
+      </c>
+      <c r="J465" t="s">
+        <v>24</v>
+      </c>
+      <c r="K465" t="s">
+        <v>47</v>
+      </c>
+      <c r="L465" t="s">
+        <v>26</v>
+      </c>
+      <c r="M465" t="s">
+        <v>48</v>
+      </c>
+      <c r="N465" t="s">
+        <v>28</v>
+      </c>
+      <c r="O465" t="s">
+        <v>4306</v>
+      </c>
+    </row>
+    <row r="466" spans="1:15">
+      <c r="A466">
+        <v>11000</v>
+      </c>
+      <c r="B466" t="s">
+        <v>4307</v>
+      </c>
+      <c r="C466" t="s">
+        <v>4308</v>
+      </c>
+      <c r="D466" t="s">
+        <v>4309</v>
+      </c>
+      <c r="E466" t="s">
+        <v>4310</v>
+      </c>
+      <c r="F466" t="s">
+        <v>4311</v>
+      </c>
+      <c r="G466" t="s">
+        <v>4312</v>
+      </c>
+      <c r="H466" t="s">
+        <v>4313</v>
+      </c>
+      <c r="I466" t="s">
+        <v>4314</v>
+      </c>
+      <c r="J466" t="s">
+        <v>24</v>
+      </c>
+      <c r="K466" t="s">
+        <v>25</v>
+      </c>
+      <c r="L466" t="s">
+        <v>26</v>
+      </c>
+      <c r="M466" t="s">
+        <v>27</v>
+      </c>
+      <c r="N466" t="s">
+        <v>28</v>
+      </c>
+      <c r="O466" t="s">
+        <v>4315</v>
+      </c>
+    </row>
+    <row r="467" spans="1:15">
+      <c r="A467">
+        <v>11161</v>
+      </c>
+      <c r="B467" t="s">
+        <v>4316</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4317</v>
+      </c>
+      <c r="D467" t="s">
+        <v>4318</v>
+      </c>
+      <c r="E467" t="s">
+        <v>4319</v>
+      </c>
+      <c r="F467" t="s">
+        <v>4320</v>
+      </c>
+      <c r="G467" t="s">
+        <v>4321</v>
+      </c>
+      <c r="H467" t="s">
+        <v>4322</v>
+      </c>
+      <c r="I467" t="s">
+        <v>4323</v>
+      </c>
+      <c r="J467" t="s">
+        <v>24</v>
+      </c>
+      <c r="K467" t="s">
+        <v>916</v>
+      </c>
+      <c r="L467" t="s">
+        <v>26</v>
+      </c>
+      <c r="M467" t="s">
+        <v>917</v>
+      </c>
+      <c r="N467" t="s">
+        <v>28</v>
+      </c>
+      <c r="O467" t="s">
+        <v>4324</v>
+      </c>
+    </row>
+    <row r="468" spans="1:15">
+      <c r="A468">
+        <v>11169</v>
+      </c>
+      <c r="B468" t="s">
+        <v>4325</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4326</v>
+      </c>
+      <c r="D468" t="s">
+        <v>4327</v>
+      </c>
+      <c r="E468" t="s">
+        <v>4328</v>
+      </c>
+      <c r="F468" t="s">
+        <v>4329</v>
+      </c>
+      <c r="G468" t="s">
+        <v>4330</v>
+      </c>
+      <c r="H468" t="s">
+        <v>4331</v>
+      </c>
+      <c r="I468" t="s">
+        <v>4332</v>
+      </c>
+      <c r="J468" t="s">
+        <v>24</v>
+      </c>
+      <c r="K468" t="s">
+        <v>59</v>
+      </c>
+      <c r="L468" t="s">
+        <v>26</v>
+      </c>
+      <c r="M468" t="s">
+        <v>61</v>
+      </c>
+      <c r="N468" t="s">
+        <v>28</v>
+      </c>
+      <c r="O468" t="s">
+        <v>4333</v>
+      </c>
+    </row>
+    <row r="469" spans="1:15">
+      <c r="A469">
+        <v>11220</v>
+      </c>
+      <c r="B469" t="s">
+        <v>4334</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4335</v>
+      </c>
+      <c r="D469" t="s">
+        <v>4336</v>
+      </c>
+      <c r="E469" t="s">
+        <v>4337</v>
+      </c>
+      <c r="F469" t="s">
+        <v>4338</v>
+      </c>
+      <c r="G469" t="s">
+        <v>4339</v>
+      </c>
+      <c r="H469" t="s">
+        <v>4340</v>
+      </c>
+      <c r="I469" t="s">
+        <v>4341</v>
+      </c>
+      <c r="J469" t="s">
+        <v>24</v>
+      </c>
+      <c r="K469" t="s">
+        <v>690</v>
+      </c>
+      <c r="L469" t="s">
+        <v>26</v>
+      </c>
+      <c r="M469" t="s">
+        <v>691</v>
+      </c>
+      <c r="N469" t="s">
+        <v>28</v>
+      </c>
+      <c r="O469" t="s">
+        <v>4342</v>
+      </c>
+    </row>
+    <row r="470" spans="1:15">
+      <c r="A470">
+        <v>11231</v>
+      </c>
+      <c r="B470" t="s">
+        <v>4343</v>
+      </c>
+      <c r="C470" t="s">
+        <v>4344</v>
+      </c>
+      <c r="D470" t="s">
+        <v>4345</v>
+      </c>
+      <c r="E470" t="s">
+        <v>4346</v>
+      </c>
+      <c r="F470" t="s">
+        <v>4347</v>
+      </c>
+      <c r="G470" t="s">
+        <v>4348</v>
+      </c>
+      <c r="H470" t="s">
+        <v>4349</v>
+      </c>
+      <c r="I470" t="s">
+        <v>4350</v>
+      </c>
+      <c r="J470" t="s">
+        <v>24</v>
+      </c>
+      <c r="K470" t="s">
+        <v>170</v>
+      </c>
+      <c r="L470" t="s">
+        <v>26</v>
+      </c>
+      <c r="M470" t="s">
+        <v>171</v>
+      </c>
+      <c r="N470" t="s">
+        <v>28</v>
+      </c>
+      <c r="O470" t="s">
+        <v>4351</v>
+      </c>
+    </row>
+    <row r="471" spans="1:15">
+      <c r="A471">
+        <v>11249</v>
+      </c>
+      <c r="B471" t="s">
+        <v>4352</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4353</v>
+      </c>
+      <c r="D471" t="s">
+        <v>4354</v>
+      </c>
+      <c r="E471" t="s">
+        <v>4355</v>
+      </c>
+      <c r="F471" t="s">
+        <v>4356</v>
+      </c>
+      <c r="G471" t="s">
+        <v>4357</v>
+      </c>
+      <c r="H471" t="s">
+        <v>4358</v>
+      </c>
+      <c r="I471" t="s">
+        <v>4359</v>
+      </c>
+      <c r="J471" t="s">
+        <v>24</v>
+      </c>
+      <c r="K471" t="s">
+        <v>47</v>
+      </c>
+      <c r="L471" t="s">
+        <v>26</v>
+      </c>
+      <c r="M471" t="s">
+        <v>48</v>
+      </c>
+      <c r="N471" t="s">
+        <v>28</v>
+      </c>
+      <c r="O471" t="s">
+        <v>4360</v>
+      </c>
+    </row>
+    <row r="472" spans="1:15">
+      <c r="A472">
+        <v>11251</v>
+      </c>
+      <c r="B472" t="s">
+        <v>4361</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4362</v>
+      </c>
+      <c r="D472" t="s">
+        <v>4363</v>
+      </c>
+      <c r="E472" t="s">
+        <v>4364</v>
+      </c>
+      <c r="F472" t="s">
+        <v>4365</v>
+      </c>
+      <c r="G472" t="s">
+        <v>4366</v>
+      </c>
+      <c r="H472" t="s">
+        <v>4367</v>
+      </c>
+      <c r="I472" t="s">
+        <v>4368</v>
+      </c>
+      <c r="J472" t="s">
+        <v>24</v>
+      </c>
+      <c r="K472" t="s">
+        <v>3911</v>
+      </c>
+      <c r="L472" t="s">
+        <v>26</v>
+      </c>
+      <c r="M472" t="s">
+        <v>3912</v>
+      </c>
+      <c r="N472" t="s">
+        <v>28</v>
+      </c>
+      <c r="O472" t="s">
+        <v>4369</v>
+      </c>
+    </row>
+    <row r="473" spans="1:15">
+      <c r="A473">
+        <v>11256</v>
+      </c>
+      <c r="B473" t="s">
+        <v>4370</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4371</v>
+      </c>
+      <c r="D473" t="s">
+        <v>4372</v>
+      </c>
+      <c r="E473" t="s">
+        <v>4373</v>
+      </c>
+      <c r="F473" t="s">
+        <v>4374</v>
+      </c>
+      <c r="G473" t="s">
+        <v>4375</v>
+      </c>
+      <c r="H473" t="s">
+        <v>4376</v>
+      </c>
+      <c r="I473" t="s">
+        <v>4377</v>
+      </c>
+      <c r="J473" t="s">
+        <v>24</v>
+      </c>
+      <c r="K473" t="s">
+        <v>170</v>
+      </c>
+      <c r="L473" t="s">
+        <v>26</v>
+      </c>
+      <c r="M473" t="s">
+        <v>171</v>
+      </c>
+      <c r="N473" t="s">
+        <v>28</v>
+      </c>
+      <c r="O473" t="s">
+        <v>4378</v>
+      </c>
+    </row>
+    <row r="474" spans="1:15">
+      <c r="A474">
+        <v>11287</v>
+      </c>
+      <c r="B474" t="s">
+        <v>4379</v>
+      </c>
+      <c r="C474" t="s">
+        <v>4380</v>
+      </c>
+      <c r="D474" t="s">
+        <v>4381</v>
+      </c>
+      <c r="E474" t="s">
+        <v>4382</v>
+      </c>
+      <c r="F474" t="s">
+        <v>4383</v>
+      </c>
+      <c r="G474" t="s">
+        <v>4384</v>
+      </c>
+      <c r="H474" t="s">
+        <v>4385</v>
+      </c>
+      <c r="I474" t="s">
+        <v>4386</v>
+      </c>
+      <c r="J474" t="s">
+        <v>24</v>
+      </c>
+      <c r="K474" t="s">
+        <v>170</v>
+      </c>
+      <c r="L474" t="s">
+        <v>26</v>
+      </c>
+      <c r="M474" t="s">
+        <v>171</v>
+      </c>
+      <c r="N474" t="s">
+        <v>28</v>
+      </c>
+      <c r="O474" t="s">
+        <v>4387</v>
+      </c>
+    </row>
+    <row r="475" spans="1:15">
+      <c r="A475">
+        <v>11299</v>
+      </c>
+      <c r="B475" t="s">
+        <v>4388</v>
+      </c>
+      <c r="C475" t="s">
+        <v>4389</v>
+      </c>
+      <c r="D475" t="s">
+        <v>4390</v>
+      </c>
+      <c r="E475" t="s">
+        <v>4391</v>
+      </c>
+      <c r="F475" t="s">
+        <v>4392</v>
+      </c>
+      <c r="G475" t="s">
+        <v>4393</v>
+      </c>
+      <c r="H475" t="s">
+        <v>4394</v>
+      </c>
+      <c r="I475" t="s">
+        <v>4395</v>
+      </c>
+      <c r="J475" t="s">
+        <v>24</v>
+      </c>
+      <c r="K475" t="s">
+        <v>170</v>
+      </c>
+      <c r="L475" t="s">
+        <v>26</v>
+      </c>
+      <c r="M475" t="s">
+        <v>171</v>
+      </c>
+      <c r="N475" t="s">
+        <v>28</v>
+      </c>
+      <c r="O475" t="s">
+        <v>4396</v>
+      </c>
+    </row>
+    <row r="476" spans="1:15">
+      <c r="A476">
+        <v>11303</v>
+      </c>
+      <c r="B476" t="s">
+        <v>4397</v>
+      </c>
+      <c r="C476" t="s">
+        <v>4398</v>
+      </c>
+      <c r="D476" t="s">
+        <v>4399</v>
+      </c>
+      <c r="E476" t="s">
+        <v>4400</v>
+      </c>
+      <c r="F476" t="s">
+        <v>4401</v>
+      </c>
+      <c r="G476" t="s">
+        <v>4402</v>
+      </c>
+      <c r="H476" t="s">
+        <v>4403</v>
+      </c>
+      <c r="I476" t="s">
+        <v>4404</v>
+      </c>
+      <c r="J476" t="s">
+        <v>450</v>
+      </c>
+      <c r="K476" t="s">
+        <v>274</v>
+      </c>
+      <c r="L476" t="s">
+        <v>452</v>
+      </c>
+      <c r="M476" t="s">
+        <v>276</v>
+      </c>
+      <c r="N476" t="s">
+        <v>28</v>
+      </c>
+      <c r="O476" t="s">
+        <v>4405</v>
+      </c>
+    </row>
+    <row r="477" spans="1:15">
+      <c r="A477">
+        <v>11306</v>
+      </c>
+      <c r="B477" t="s">
+        <v>4406</v>
+      </c>
+      <c r="C477" t="s">
+        <v>4407</v>
+      </c>
+      <c r="D477" t="s">
+        <v>4408</v>
+      </c>
+      <c r="E477" t="s">
+        <v>4409</v>
+      </c>
+      <c r="F477" t="s">
+        <v>4410</v>
+      </c>
+      <c r="G477" t="s">
+        <v>4411</v>
+      </c>
+      <c r="H477" t="s">
+        <v>4412</v>
+      </c>
+      <c r="I477" t="s">
+        <v>4413</v>
+      </c>
+      <c r="J477" t="s">
+        <v>24</v>
+      </c>
+      <c r="K477" t="s">
+        <v>1186</v>
+      </c>
+      <c r="L477" t="s">
+        <v>26</v>
+      </c>
+      <c r="M477" t="s">
+        <v>1187</v>
+      </c>
+      <c r="N477" t="s">
+        <v>28</v>
+      </c>
+      <c r="O477" t="s">
+        <v>4414</v>
+      </c>
+    </row>
+    <row r="478" spans="1:15">
+      <c r="A478">
+        <v>11310</v>
+      </c>
+      <c r="B478" t="s">
+        <v>4415</v>
+      </c>
+      <c r="C478" t="s">
+        <v>4416</v>
+      </c>
+      <c r="D478" t="s">
+        <v>4417</v>
+      </c>
+      <c r="E478" t="s">
+        <v>4418</v>
+      </c>
+      <c r="F478" t="s">
+        <v>4419</v>
+      </c>
+      <c r="G478" t="s">
+        <v>4420</v>
+      </c>
+      <c r="H478" t="s">
+        <v>4421</v>
+      </c>
+      <c r="I478" t="s">
+        <v>4422</v>
+      </c>
+      <c r="J478" t="s">
+        <v>24</v>
+      </c>
+      <c r="K478" t="s">
+        <v>916</v>
+      </c>
+      <c r="L478" t="s">
+        <v>26</v>
+      </c>
+      <c r="M478" t="s">
+        <v>917</v>
+      </c>
+      <c r="N478" t="s">
+        <v>28</v>
+      </c>
+      <c r="O478" t="s">
+        <v>4423</v>
+      </c>
+    </row>
+    <row r="479" spans="1:15">
+      <c r="A479">
+        <v>58060</v>
+      </c>
+      <c r="B479" t="s">
+        <v>4424</v>
+      </c>
+      <c r="C479" t="s">
+        <v>4425</v>
+      </c>
+      <c r="D479" t="s">
+        <v>4426</v>
+      </c>
+      <c r="E479" t="s">
+        <v>4427</v>
+      </c>
+      <c r="F479" t="s">
+        <v>4428</v>
+      </c>
+      <c r="G479" t="s">
+        <v>4429</v>
+      </c>
+      <c r="H479" t="s">
+        <v>4430</v>
+      </c>
+      <c r="I479" t="s">
+        <v>4431</v>
+      </c>
+      <c r="J479" t="s">
+        <v>24</v>
+      </c>
+      <c r="K479" t="s">
+        <v>3911</v>
+      </c>
+      <c r="L479" t="s">
+        <v>26</v>
+      </c>
+      <c r="M479" t="s">
+        <v>3912</v>
+      </c>
+      <c r="N479" t="s">
+        <v>28</v>
+      </c>
+      <c r="O479" t="s">
+        <v>4432</v>
+      </c>
+    </row>
+    <row r="480" spans="1:15">
+      <c r="A480">
+        <v>58066</v>
+      </c>
+      <c r="B480" t="s">
+        <v>4433</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4434</v>
+      </c>
+      <c r="D480" t="s">
+        <v>4435</v>
+      </c>
+      <c r="E480" t="s">
+        <v>4436</v>
+      </c>
+      <c r="F480" t="s">
+        <v>4437</v>
+      </c>
+      <c r="G480" t="s">
+        <v>4438</v>
+      </c>
+      <c r="H480" t="s">
+        <v>4439</v>
+      </c>
+      <c r="I480" t="s">
+        <v>4440</v>
+      </c>
+      <c r="J480" t="s">
+        <v>24</v>
+      </c>
+      <c r="K480" t="s">
+        <v>274</v>
+      </c>
+      <c r="L480" t="s">
+        <v>26</v>
+      </c>
+      <c r="M480" t="s">
+        <v>276</v>
+      </c>
+      <c r="N480" t="s">
+        <v>28</v>
+      </c>
+      <c r="O480" t="s">
+        <v>4441</v>
+      </c>
+    </row>
+    <row r="481" spans="1:15">
+      <c r="A481">
+        <v>58067</v>
+      </c>
+      <c r="B481" t="s">
+        <v>4442</v>
+      </c>
+      <c r="C481" t="s">
+        <v>4443</v>
+      </c>
+      <c r="D481" t="s">
+        <v>4444</v>
+      </c>
+      <c r="E481" t="s">
+        <v>4445</v>
+      </c>
+      <c r="F481" t="s">
+        <v>4446</v>
+      </c>
+      <c r="G481" t="s">
+        <v>4447</v>
+      </c>
+      <c r="H481" t="s">
+        <v>4448</v>
+      </c>
+      <c r="I481" t="s">
+        <v>4449</v>
+      </c>
+      <c r="J481" t="s">
+        <v>24</v>
+      </c>
+      <c r="K481" t="s">
+        <v>274</v>
+      </c>
+      <c r="L481" t="s">
+        <v>26</v>
+      </c>
+      <c r="M481" t="s">
+        <v>276</v>
+      </c>
+      <c r="N481" t="s">
+        <v>28</v>
+      </c>
+      <c r="O481" t="s">
+        <v>4450</v>
+      </c>
+    </row>
+    <row r="482" spans="1:15">
+      <c r="A482">
+        <v>58090</v>
+      </c>
+      <c r="B482" t="s">
+        <v>4451</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4452</v>
+      </c>
+      <c r="D482" t="s">
+        <v>4453</v>
+      </c>
+      <c r="E482" t="s">
+        <v>4454</v>
+      </c>
+      <c r="F482" t="s">
+        <v>4455</v>
+      </c>
+      <c r="G482" t="s">
+        <v>4456</v>
+      </c>
+      <c r="H482" t="s">
+        <v>4457</v>
+      </c>
+      <c r="I482" t="s">
+        <v>4458</v>
+      </c>
+      <c r="J482" t="s">
+        <v>450</v>
+      </c>
+      <c r="K482" t="s">
+        <v>769</v>
+      </c>
+      <c r="L482" t="s">
+        <v>452</v>
+      </c>
+      <c r="M482" t="s">
+        <v>771</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
+        <v>4459</v>
+      </c>
+    </row>
+    <row r="483" spans="1:15">
+      <c r="A483">
+        <v>58091</v>
+      </c>
+      <c r="B483" t="s">
+        <v>4460</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4461</v>
+      </c>
+      <c r="D483" t="s">
+        <v>4462</v>
+      </c>
+      <c r="E483" t="s">
+        <v>4463</v>
+      </c>
+      <c r="F483" t="s">
+        <v>4464</v>
+      </c>
+      <c r="G483" t="s">
+        <v>4465</v>
+      </c>
+      <c r="H483" t="s">
+        <v>4466</v>
+      </c>
+      <c r="I483" t="s">
+        <v>4467</v>
+      </c>
+      <c r="J483" t="s">
+        <v>24</v>
+      </c>
+      <c r="K483" t="s">
+        <v>4468</v>
+      </c>
+      <c r="L483" t="s">
+        <v>26</v>
+      </c>
+      <c r="M483" t="s">
+        <v>4469</v>
+      </c>
+      <c r="N483" t="s">
+        <v>28</v>
+      </c>
+      <c r="O483" t="s">
+        <v>4470</v>
+      </c>
+    </row>
+    <row r="484" spans="1:15">
+      <c r="A484">
+        <v>58093</v>
+      </c>
+      <c r="B484" t="s">
+        <v>4471</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4472</v>
+      </c>
+      <c r="D484" t="s">
+        <v>4473</v>
+      </c>
+      <c r="E484" t="s">
+        <v>4474</v>
+      </c>
+      <c r="F484" t="s">
+        <v>4475</v>
+      </c>
+      <c r="G484" t="s">
+        <v>4476</v>
+      </c>
+      <c r="H484" t="s">
+        <v>4477</v>
+      </c>
+      <c r="I484" t="s">
+        <v>4478</v>
+      </c>
+      <c r="J484" t="s">
+        <v>450</v>
+      </c>
+      <c r="K484" t="s">
+        <v>2413</v>
+      </c>
+      <c r="L484" t="s">
+        <v>452</v>
+      </c>
+      <c r="M484" t="s">
+        <v>2414</v>
+      </c>
+      <c r="N484" t="s">
+        <v>28</v>
+      </c>
+      <c r="O484" t="s">
+        <v>4479</v>
+      </c>
+    </row>
+    <row r="485" spans="1:15">
+      <c r="A485">
+        <v>58120</v>
+      </c>
+      <c r="B485" t="s">
+        <v>4480</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4481</v>
+      </c>
+      <c r="D485" t="s">
+        <v>4482</v>
+      </c>
+      <c r="E485" t="s">
+        <v>4483</v>
+      </c>
+      <c r="F485" t="s">
+        <v>4484</v>
+      </c>
+      <c r="G485" t="s">
+        <v>4485</v>
+      </c>
+      <c r="H485" t="s">
+        <v>4486</v>
+      </c>
+      <c r="I485" t="s">
+        <v>4487</v>
+      </c>
+      <c r="J485" t="s">
+        <v>24</v>
+      </c>
+      <c r="K485" t="s">
+        <v>25</v>
+      </c>
+      <c r="L485" t="s">
+        <v>26</v>
+      </c>
+      <c r="M485" t="s">
+        <v>27</v>
+      </c>
+      <c r="N485" t="s">
+        <v>28</v>
+      </c>
+      <c r="O485" t="s">
+        <v>4488</v>
+      </c>
+    </row>
+    <row r="486" spans="1:15">
+      <c r="A486">
+        <v>58122</v>
+      </c>
+      <c r="B486" t="s">
+        <v>4489</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4490</v>
+      </c>
+      <c r="D486" t="s">
+        <v>4491</v>
+      </c>
+      <c r="E486" t="s">
+        <v>4492</v>
+      </c>
+      <c r="F486" t="s">
+        <v>4493</v>
+      </c>
+      <c r="G486" t="s">
+        <v>4494</v>
+      </c>
+      <c r="H486" t="s">
+        <v>4495</v>
+      </c>
+      <c r="I486" t="s">
+        <v>4496</v>
+      </c>
+      <c r="J486" t="s">
+        <v>24</v>
+      </c>
+      <c r="K486" t="s">
+        <v>170</v>
+      </c>
+      <c r="L486" t="s">
+        <v>26</v>
+      </c>
+      <c r="M486" t="s">
+        <v>171</v>
+      </c>
+      <c r="N486" t="s">
+        <v>28</v>
+      </c>
+      <c r="O486" t="s">
+        <v>4497</v>
+      </c>
+    </row>
+    <row r="487" spans="1:15">
+      <c r="A487">
+        <v>58125</v>
+      </c>
+      <c r="B487" t="s">
+        <v>4498</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4499</v>
+      </c>
+      <c r="D487" t="s">
+        <v>4500</v>
+      </c>
+      <c r="E487" t="s">
+        <v>4501</v>
+      </c>
+      <c r="F487" t="s">
+        <v>4502</v>
+      </c>
+      <c r="G487" t="s">
+        <v>4503</v>
+      </c>
+      <c r="H487" t="s">
+        <v>4504</v>
+      </c>
+      <c r="I487" t="s">
+        <v>4505</v>
+      </c>
+      <c r="J487" t="s">
+        <v>24</v>
+      </c>
+      <c r="K487" t="s">
+        <v>3911</v>
+      </c>
+      <c r="L487" t="s">
+        <v>26</v>
+      </c>
+      <c r="M487" t="s">
+        <v>3912</v>
+      </c>
+      <c r="N487" t="s">
+        <v>28</v>
+      </c>
+      <c r="O487" t="s">
+        <v>4506</v>
+      </c>
+    </row>
+    <row r="488" spans="1:15">
+      <c r="A488">
+        <v>58144</v>
+      </c>
+      <c r="B488" t="s">
+        <v>4507</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4508</v>
+      </c>
+      <c r="D488" t="s">
+        <v>4509</v>
+      </c>
+      <c r="E488" t="s">
+        <v>4510</v>
+      </c>
+      <c r="F488" t="s">
+        <v>4511</v>
+      </c>
+      <c r="G488" t="s">
+        <v>4512</v>
+      </c>
+      <c r="H488" t="s">
+        <v>4513</v>
+      </c>
+      <c r="I488" t="s">
+        <v>4514</v>
+      </c>
+      <c r="J488" t="s">
+        <v>24</v>
+      </c>
+      <c r="K488" t="s">
+        <v>25</v>
+      </c>
+      <c r="L488" t="s">
+        <v>26</v>
+      </c>
+      <c r="M488" t="s">
+        <v>27</v>
+      </c>
+      <c r="N488" t="s">
+        <v>28</v>
+      </c>
+      <c r="O488" t="s">
+        <v>4515</v>
+      </c>
+    </row>
+    <row r="489" spans="1:15">
+      <c r="A489">
+        <v>58148</v>
+      </c>
+      <c r="B489" t="s">
+        <v>4516</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4517</v>
+      </c>
+      <c r="D489" t="s">
+        <v>4518</v>
+      </c>
+      <c r="E489" t="s">
+        <v>4519</v>
+      </c>
+      <c r="F489" t="s">
+        <v>4520</v>
+      </c>
+      <c r="G489" t="s">
+        <v>4521</v>
+      </c>
+      <c r="H489" t="s">
+        <v>4522</v>
+      </c>
+      <c r="I489" t="s">
+        <v>4523</v>
+      </c>
+      <c r="J489" t="s">
+        <v>24</v>
+      </c>
+      <c r="K489" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L489" t="s">
+        <v>26</v>
+      </c>
+      <c r="M489" t="s">
+        <v>1122</v>
+      </c>
+      <c r="N489" t="s">
+        <v>28</v>
+      </c>
+      <c r="O489" t="s">
+        <v>4524</v>
+      </c>
+    </row>
+    <row r="490" spans="1:15">
+      <c r="A490">
+        <v>58218</v>
+      </c>
+      <c r="B490" t="s">
+        <v>4525</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4526</v>
+      </c>
+      <c r="D490" t="s">
+        <v>4527</v>
+      </c>
+      <c r="E490" t="s">
+        <v>4528</v>
+      </c>
+      <c r="F490" t="s">
+        <v>4529</v>
+      </c>
+      <c r="G490" t="s">
+        <v>4530</v>
+      </c>
+      <c r="H490" t="s">
+        <v>4531</v>
+      </c>
+      <c r="I490" t="s">
+        <v>4532</v>
+      </c>
+      <c r="J490" t="s">
+        <v>24</v>
+      </c>
+      <c r="K490" t="s">
+        <v>170</v>
+      </c>
+      <c r="L490" t="s">
+        <v>26</v>
+      </c>
+      <c r="M490" t="s">
+        <v>171</v>
+      </c>
+      <c r="N490" t="s">
+        <v>28</v>
+      </c>
+      <c r="O490" t="s">
+        <v>4533</v>
+      </c>
+    </row>
+    <row r="491" spans="1:15">
+      <c r="A491">
+        <v>58223</v>
+      </c>
+      <c r="B491" t="s">
+        <v>4534</v>
+      </c>
+      <c r="C491" t="s">
+        <v>4535</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4536</v>
+      </c>
+      <c r="E491" t="s">
+        <v>4537</v>
+      </c>
+      <c r="F491" t="s">
+        <v>4538</v>
+      </c>
+      <c r="G491" t="s">
+        <v>4539</v>
+      </c>
+      <c r="H491" t="s">
+        <v>4540</v>
+      </c>
+      <c r="I491" t="s">
+        <v>4541</v>
+      </c>
+      <c r="J491" t="s">
+        <v>24</v>
+      </c>
+      <c r="K491" t="s">
+        <v>170</v>
+      </c>
+      <c r="L491" t="s">
+        <v>26</v>
+      </c>
+      <c r="M491" t="s">
+        <v>171</v>
+      </c>
+      <c r="N491" t="s">
+        <v>28</v>
+      </c>
+      <c r="O491" t="s">
+        <v>4542</v>
+      </c>
+    </row>
+    <row r="492" spans="1:15">
+      <c r="A492">
+        <v>58240</v>
+      </c>
+      <c r="B492" t="s">
+        <v>4543</v>
+      </c>
+      <c r="C492" t="s">
+        <v>4544</v>
+      </c>
+      <c r="D492" t="s">
+        <v>4545</v>
+      </c>
+      <c r="E492" t="s">
+        <v>4546</v>
+      </c>
+      <c r="F492" t="s">
+        <v>4547</v>
+      </c>
+      <c r="G492" t="s">
+        <v>4548</v>
+      </c>
+      <c r="H492" t="s">
+        <v>4549</v>
+      </c>
+      <c r="I492" t="s">
+        <v>4550</v>
+      </c>
+      <c r="J492" t="s">
+        <v>24</v>
+      </c>
+      <c r="K492" t="s">
+        <v>4551</v>
+      </c>
+      <c r="L492" t="s">
+        <v>26</v>
+      </c>
+      <c r="M492" t="s">
+        <v>4552</v>
+      </c>
+      <c r="N492" t="s">
+        <v>28</v>
+      </c>
+      <c r="O492" t="s">
+        <v>4553</v>
+      </c>
+    </row>
+    <row r="493" spans="1:15">
+      <c r="A493">
+        <v>58259</v>
+      </c>
+      <c r="B493" t="s">
+        <v>4554</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4555</v>
+      </c>
+      <c r="D493" t="s">
+        <v>4556</v>
+      </c>
+      <c r="E493" t="s">
+        <v>4557</v>
+      </c>
+      <c r="F493" t="s">
+        <v>4558</v>
+      </c>
+      <c r="G493" t="s">
+        <v>4559</v>
+      </c>
+      <c r="H493" t="s">
+        <v>4560</v>
+      </c>
+      <c r="I493" t="s">
+        <v>4561</v>
+      </c>
+      <c r="J493" t="s">
+        <v>24</v>
+      </c>
+      <c r="K493" t="s">
+        <v>4562</v>
+      </c>
+      <c r="L493" t="s">
+        <v>26</v>
+      </c>
+      <c r="M493" t="s">
+        <v>4563</v>
+      </c>
+      <c r="N493" t="s">
+        <v>28</v>
+      </c>
+      <c r="O493" t="s">
+        <v>4564</v>
+      </c>
+    </row>
+    <row r="494" spans="1:15">
+      <c r="A494">
+        <v>64597</v>
+      </c>
+      <c r="B494" t="s">
+        <v>4565</v>
+      </c>
+      <c r="C494" t="s">
+        <v>4566</v>
+      </c>
+      <c r="D494" t="s">
+        <v>4567</v>
+      </c>
+      <c r="E494" t="s">
+        <v>4568</v>
+      </c>
+      <c r="F494" t="s">
+        <v>4569</v>
+      </c>
+      <c r="G494" t="s">
+        <v>4570</v>
+      </c>
+      <c r="H494" t="s">
+        <v>4571</v>
+      </c>
+      <c r="I494" t="s">
+        <v>4572</v>
+      </c>
+      <c r="J494" t="s">
+        <v>24</v>
+      </c>
+      <c r="K494" t="s">
+        <v>1186</v>
+      </c>
+      <c r="L494" t="s">
+        <v>26</v>
+      </c>
+      <c r="M494" t="s">
+        <v>1187</v>
+      </c>
+      <c r="N494" t="s">
+        <v>28</v>
+      </c>
+      <c r="O494" t="s">
+        <v>4573</v>
+      </c>
+    </row>
+    <row r="495" spans="1:15">
+      <c r="A495">
+        <v>64637</v>
+      </c>
+      <c r="B495" t="s">
+        <v>4574</v>
+      </c>
+      <c r="C495" t="s">
+        <v>4575</v>
+      </c>
+      <c r="D495" t="s">
+        <v>4576</v>
+      </c>
+      <c r="E495" t="s">
+        <v>4577</v>
+      </c>
+      <c r="F495" t="s">
+        <v>4578</v>
+      </c>
+      <c r="G495" t="s">
+        <v>4579</v>
+      </c>
+      <c r="H495" t="s">
+        <v>4580</v>
+      </c>
+      <c r="I495" t="s">
+        <v>4581</v>
+      </c>
+      <c r="J495" t="s">
+        <v>24</v>
+      </c>
+      <c r="K495" t="s">
+        <v>47</v>
+      </c>
+      <c r="L495" t="s">
+        <v>26</v>
+      </c>
+      <c r="M495" t="s">
+        <v>48</v>
+      </c>
+      <c r="N495" t="s">
+        <v>28</v>
+      </c>
+      <c r="O495" t="s">
+        <v>4582</v>
+      </c>
+    </row>
+    <row r="496" spans="1:15">
+      <c r="A496">
+        <v>64643</v>
+      </c>
+      <c r="B496" t="s">
+        <v>4583</v>
+      </c>
+      <c r="C496" t="s">
+        <v>4584</v>
+      </c>
+      <c r="D496" t="s">
+        <v>4585</v>
+      </c>
+      <c r="E496" t="s">
+        <v>4586</v>
+      </c>
+      <c r="F496" t="s">
+        <v>4587</v>
+      </c>
+      <c r="G496" t="s">
+        <v>4588</v>
+      </c>
+      <c r="H496" t="s">
+        <v>4589</v>
+      </c>
+      <c r="I496" t="s">
+        <v>4590</v>
+      </c>
+      <c r="J496" t="s">
+        <v>24</v>
+      </c>
+      <c r="K496" t="s">
+        <v>170</v>
+      </c>
+      <c r="L496" t="s">
+        <v>26</v>
+      </c>
+      <c r="M496" t="s">
+        <v>171</v>
+      </c>
+      <c r="N496" t="s">
+        <v>28</v>
+      </c>
+      <c r="O496" t="s">
+        <v>4591</v>
+      </c>
+    </row>
+    <row r="497" spans="1:15">
+      <c r="A497">
+        <v>64689</v>
+      </c>
+      <c r="B497" t="s">
+        <v>4592</v>
+      </c>
+      <c r="C497" t="s">
+        <v>4593</v>
+      </c>
+      <c r="D497" t="s">
+        <v>4594</v>
+      </c>
+      <c r="E497" t="s">
+        <v>4595</v>
+      </c>
+      <c r="F497" t="s">
+        <v>4596</v>
+      </c>
+      <c r="G497" t="s">
+        <v>4597</v>
+      </c>
+      <c r="H497" t="s">
+        <v>4598</v>
+      </c>
+      <c r="I497" t="s">
+        <v>4599</v>
+      </c>
+      <c r="J497" t="s">
+        <v>24</v>
+      </c>
+      <c r="K497" t="s">
+        <v>59</v>
+      </c>
+      <c r="L497" t="s">
+        <v>26</v>
+      </c>
+      <c r="M497" t="s">
+        <v>61</v>
+      </c>
+      <c r="N497" t="s">
+        <v>28</v>
+      </c>
+      <c r="O497" t="s">
+        <v>4600</v>
+      </c>
+    </row>
+    <row r="498" spans="1:15">
+      <c r="A498">
+        <v>65000</v>
+      </c>
+      <c r="B498" t="s">
+        <v>4601</v>
+      </c>
+      <c r="C498" t="s">
+        <v>4602</v>
+      </c>
+      <c r="D498" t="s">
+        <v>4603</v>
+      </c>
+      <c r="E498" t="s">
+        <v>4604</v>
+      </c>
+      <c r="F498" t="s">
+        <v>4605</v>
+      </c>
+      <c r="G498" t="s">
+        <v>4606</v>
+      </c>
+      <c r="H498" t="s">
+        <v>4607</v>
+      </c>
+      <c r="I498" t="s">
+        <v>4608</v>
+      </c>
+      <c r="J498" t="s">
+        <v>24</v>
+      </c>
+      <c r="K498" t="s">
+        <v>25</v>
+      </c>
+      <c r="L498" t="s">
+        <v>26</v>
+      </c>
+      <c r="M498" t="s">
+        <v>27</v>
+      </c>
+      <c r="N498" t="s">
+        <v>28</v>
+      </c>
+      <c r="O498" t="s">
+        <v>4609</v>
+      </c>
+    </row>
+    <row r="499" spans="1:15">
+      <c r="A499">
+        <v>65001</v>
+      </c>
+      <c r="B499" t="s">
+        <v>4610</v>
+      </c>
+      <c r="C499" t="s">
+        <v>4611</v>
+      </c>
+      <c r="D499" t="s">
+        <v>4612</v>
+      </c>
+      <c r="E499" t="s">
+        <v>4613</v>
+      </c>
+      <c r="F499" t="s">
+        <v>4614</v>
+      </c>
+      <c r="G499" t="s">
+        <v>4615</v>
+      </c>
+      <c r="H499" t="s">
+        <v>4616</v>
+      </c>
+      <c r="I499" t="s">
+        <v>4617</v>
+      </c>
+      <c r="J499" t="s">
+        <v>24</v>
+      </c>
+      <c r="K499" t="s">
+        <v>170</v>
+      </c>
+      <c r="L499" t="s">
+        <v>26</v>
+      </c>
+      <c r="M499" t="s">
+        <v>171</v>
+      </c>
+      <c r="N499" t="s">
+        <v>28</v>
+      </c>
+      <c r="O499" t="s">
+        <v>4618</v>
+      </c>
+    </row>
+    <row r="500" spans="1:15">
+      <c r="A500">
+        <v>65002</v>
+      </c>
+      <c r="B500" t="s">
+        <v>4619</v>
+      </c>
+      <c r="C500" t="s">
+        <v>4620</v>
+      </c>
+      <c r="D500" t="s">
+        <v>4621</v>
+      </c>
+      <c r="E500" t="s">
+        <v>4622</v>
+      </c>
+      <c r="F500" t="s">
+        <v>4623</v>
+      </c>
+      <c r="G500" t="s">
+        <v>4624</v>
+      </c>
+      <c r="H500" t="s">
+        <v>4625</v>
+      </c>
+      <c r="I500" t="s">
+        <v>4626</v>
+      </c>
+      <c r="J500" t="s">
+        <v>24</v>
+      </c>
+      <c r="K500" t="s">
+        <v>25</v>
+      </c>
+      <c r="L500" t="s">
+        <v>26</v>
+      </c>
+      <c r="M500" t="s">
+        <v>27</v>
+      </c>
+      <c r="N500" t="s">
+        <v>28</v>
+      </c>
+      <c r="O500" t="s">
+        <v>4627</v>
+      </c>
+    </row>
+    <row r="501" spans="1:15">
+      <c r="A501">
+        <v>65003</v>
+      </c>
+      <c r="B501" t="s">
+        <v>4628</v>
+      </c>
+      <c r="C501" t="s">
+        <v>4629</v>
+      </c>
+      <c r="D501" t="s">
+        <v>4630</v>
+      </c>
+      <c r="E501" t="s">
+        <v>4631</v>
+      </c>
+      <c r="F501" t="s">
+        <v>4632</v>
+      </c>
+      <c r="G501" t="s">
+        <v>4633</v>
+      </c>
+      <c r="H501" t="s">
+        <v>4634</v>
+      </c>
+      <c r="I501" t="s">
+        <v>4635</v>
+      </c>
+      <c r="J501" t="s">
+        <v>24</v>
+      </c>
+      <c r="K501" t="s">
+        <v>170</v>
+      </c>
+      <c r="L501" t="s">
+        <v>26</v>
+      </c>
+      <c r="M501" t="s">
+        <v>171</v>
+      </c>
+      <c r="N501" t="s">
+        <v>28</v>
+      </c>
+      <c r="O501" t="s">
+        <v>4636</v>
+      </c>
+    </row>
+    <row r="502" spans="1:15">
+      <c r="A502">
+        <v>65004</v>
+      </c>
+      <c r="B502" t="s">
+        <v>4637</v>
+      </c>
+      <c r="C502" t="s">
+        <v>4638</v>
+      </c>
+      <c r="D502" t="s">
+        <v>4639</v>
+      </c>
+      <c r="E502" t="s">
+        <v>4640</v>
+      </c>
+      <c r="F502" t="s">
+        <v>4641</v>
+      </c>
+      <c r="G502" t="s">
+        <v>4642</v>
+      </c>
+      <c r="H502" t="s">
+        <v>4643</v>
+      </c>
+      <c r="I502" t="s">
+        <v>4644</v>
+      </c>
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
+        <v>170</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>171</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
+        <v>4645</v>
+      </c>
+    </row>
+    <row r="503" spans="1:15">
+      <c r="A503">
+        <v>65005</v>
+      </c>
+      <c r="B503" t="s">
+        <v>4646</v>
+      </c>
+      <c r="C503" t="s">
+        <v>4647</v>
+      </c>
+      <c r="D503" t="s">
+        <v>4648</v>
+      </c>
+      <c r="E503" t="s">
+        <v>4649</v>
+      </c>
+      <c r="F503" t="s">
+        <v>4650</v>
+      </c>
+      <c r="G503" t="s">
+        <v>4651</v>
+      </c>
+      <c r="H503" t="s">
+        <v>4652</v>
+      </c>
+      <c r="I503" t="s">
+        <v>4653</v>
+      </c>
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
+        <v>2944</v>
+      </c>
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
+        <v>2945</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
+        <v>4654</v>
+      </c>
+    </row>
+    <row r="504" spans="1:15">
+      <c r="A504">
+        <v>65006</v>
+      </c>
+      <c r="B504" t="s">
+        <v>4655</v>
+      </c>
+      <c r="C504" t="s">
+        <v>4656</v>
+      </c>
+      <c r="D504" t="s">
+        <v>4657</v>
+      </c>
+      <c r="E504" t="s">
+        <v>4658</v>
+      </c>
+      <c r="F504" t="s">
+        <v>4659</v>
+      </c>
+      <c r="G504" t="s">
+        <v>4660</v>
+      </c>
+      <c r="H504" t="s">
+        <v>4661</v>
+      </c>
+      <c r="I504" t="s">
+        <v>4662</v>
+      </c>
+      <c r="J504" t="s">
+        <v>24</v>
+      </c>
+      <c r="K504" t="s">
+        <v>4663</v>
+      </c>
+      <c r="L504" t="s">
+        <v>26</v>
+      </c>
+      <c r="M504" t="s">
+        <v>4664</v>
+      </c>
+      <c r="N504" t="s">
+        <v>28</v>
+      </c>
+      <c r="O504" t="s">
+        <v>4665</v>
+      </c>
+    </row>
+    <row r="505" spans="1:15">
+      <c r="A505">
+        <v>65007</v>
+      </c>
+      <c r="B505" t="s">
+        <v>4666</v>
+      </c>
+      <c r="C505" t="s">
+        <v>4667</v>
+      </c>
+      <c r="D505" t="s">
+        <v>4668</v>
+      </c>
+      <c r="E505" t="s">
+        <v>4669</v>
+      </c>
+      <c r="F505" t="s">
+        <v>4670</v>
+      </c>
+      <c r="G505" t="s">
+        <v>4671</v>
+      </c>
+      <c r="H505" t="s">
+        <v>4672</v>
+      </c>
+      <c r="I505" t="s">
+        <v>4673</v>
+      </c>
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>25</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>27</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
+        <v>4674</v>
+      </c>
+    </row>
+    <row r="506" spans="1:15">
+      <c r="A506">
+        <v>65008</v>
+      </c>
+      <c r="B506" t="s">
+        <v>4675</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4676</v>
+      </c>
+      <c r="D506" t="s">
+        <v>4677</v>
+      </c>
+      <c r="E506" t="s">
+        <v>4678</v>
+      </c>
+      <c r="F506" t="s">
+        <v>4679</v>
+      </c>
+      <c r="G506" t="s">
+        <v>4680</v>
+      </c>
+      <c r="H506" t="s">
+        <v>4681</v>
+      </c>
+      <c r="I506" t="s">
+        <v>4682</v>
+      </c>
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>170</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>171</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
+        <v>4683</v>
+      </c>
+    </row>
+    <row r="507" spans="1:15">
+      <c r="A507">
+        <v>65009</v>
+      </c>
+      <c r="B507" t="s">
+        <v>4684</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4685</v>
+      </c>
+      <c r="D507" t="s">
+        <v>4686</v>
+      </c>
+      <c r="E507" t="s">
+        <v>4687</v>
+      </c>
+      <c r="F507" t="s">
+        <v>4688</v>
+      </c>
+      <c r="G507" t="s">
+        <v>4689</v>
+      </c>
+      <c r="H507" t="s">
+        <v>4690</v>
+      </c>
+      <c r="I507" t="s">
+        <v>4691</v>
+      </c>
+      <c r="J507" t="s">
+        <v>24</v>
+      </c>
+      <c r="K507" t="s">
+        <v>170</v>
+      </c>
+      <c r="L507" t="s">
+        <v>26</v>
+      </c>
+      <c r="M507" t="s">
+        <v>171</v>
+      </c>
+      <c r="N507" t="s">
+        <v>28</v>
+      </c>
+      <c r="O507" t="s">
+        <v>4692</v>
+      </c>
+    </row>
+    <row r="508" spans="1:15">
+      <c r="A508">
+        <v>65010</v>
+      </c>
+      <c r="B508" t="s">
+        <v>4693</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4694</v>
+      </c>
+      <c r="D508" t="s">
+        <v>4695</v>
+      </c>
+      <c r="E508" t="s">
+        <v>4696</v>
+      </c>
+      <c r="F508" t="s">
+        <v>4697</v>
+      </c>
+      <c r="G508" t="s">
+        <v>4698</v>
+      </c>
+      <c r="H508" t="s">
+        <v>4699</v>
+      </c>
+      <c r="I508" t="s">
+        <v>4700</v>
+      </c>
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
+        <v>25</v>
+      </c>
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
+        <v>27</v>
+      </c>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
+        <v>4701</v>
+      </c>
+    </row>
+    <row r="509" spans="1:15">
+      <c r="A509">
+        <v>65011</v>
+      </c>
+      <c r="B509" t="s">
+        <v>4702</v>
+      </c>
+      <c r="C509" t="s">
+        <v>4703</v>
+      </c>
+      <c r="D509" t="s">
+        <v>4704</v>
+      </c>
+      <c r="E509" t="s">
+        <v>4705</v>
+      </c>
+      <c r="F509" t="s">
+        <v>4706</v>
+      </c>
+      <c r="G509" t="s">
+        <v>4707</v>
+      </c>
+      <c r="H509" t="s">
+        <v>4708</v>
+      </c>
+      <c r="I509" t="s">
+        <v>4709</v>
+      </c>
+      <c r="J509" t="s">
+        <v>24</v>
+      </c>
+      <c r="K509" t="s">
+        <v>170</v>
+      </c>
+      <c r="L509" t="s">
+        <v>26</v>
+      </c>
+      <c r="M509" t="s">
+        <v>171</v>
+      </c>
+      <c r="N509" t="s">
+        <v>28</v>
+      </c>
+      <c r="O509" t="s">
+        <v>4710</v>
+      </c>
+    </row>
+    <row r="510" spans="1:15">
+      <c r="A510">
+        <v>65012</v>
+      </c>
+      <c r="B510" t="s">
+        <v>4711</v>
+      </c>
+      <c r="C510" t="s">
+        <v>4712</v>
+      </c>
+      <c r="D510" t="s">
+        <v>4713</v>
+      </c>
+      <c r="E510" t="s">
+        <v>4714</v>
+      </c>
+      <c r="F510" t="s">
+        <v>4715</v>
+      </c>
+      <c r="G510" t="s">
+        <v>4716</v>
+      </c>
+      <c r="H510" t="s">
+        <v>4717</v>
+      </c>
+      <c r="I510" t="s">
+        <v>4718</v>
+      </c>
+      <c r="J510" t="s">
+        <v>24</v>
+      </c>
+      <c r="K510" t="s">
+        <v>4719</v>
+      </c>
+      <c r="L510" t="s">
+        <v>26</v>
+      </c>
+      <c r="M510" t="s">
+        <v>4720</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
+        <v>4721</v>
+      </c>
+    </row>
+    <row r="511" spans="1:15">
+      <c r="A511">
+        <v>65013</v>
+      </c>
+      <c r="B511" t="s">
+        <v>4722</v>
+      </c>
+      <c r="C511" t="s">
+        <v>4723</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4724</v>
+      </c>
+      <c r="E511" t="s">
+        <v>4725</v>
+      </c>
+      <c r="F511" t="s">
+        <v>4726</v>
+      </c>
+      <c r="G511" t="s">
+        <v>4727</v>
+      </c>
+      <c r="H511" t="s">
+        <v>4728</v>
+      </c>
+      <c r="I511" t="s">
+        <v>4729</v>
+      </c>
+      <c r="J511" t="s">
+        <v>24</v>
+      </c>
+      <c r="K511" t="s">
+        <v>25</v>
+      </c>
+      <c r="L511" t="s">
+        <v>26</v>
+      </c>
+      <c r="M511" t="s">
+        <v>27</v>
+      </c>
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
+        <v>4730</v>
+      </c>
+    </row>
+    <row r="512" spans="1:15">
+      <c r="A512">
+        <v>65014</v>
+      </c>
+      <c r="B512" t="s">
+        <v>4731</v>
+      </c>
+      <c r="C512" t="s">
+        <v>4732</v>
+      </c>
+      <c r="D512" t="s">
+        <v>4733</v>
+      </c>
+      <c r="E512" t="s">
+        <v>4734</v>
+      </c>
+      <c r="F512" t="s">
+        <v>4735</v>
+      </c>
+      <c r="G512" t="s">
+        <v>4736</v>
+      </c>
+      <c r="H512" t="s">
+        <v>4737</v>
+      </c>
+      <c r="I512" t="s">
+        <v>4738</v>
+      </c>
+      <c r="J512" t="s">
+        <v>450</v>
+      </c>
+      <c r="K512" t="s">
+        <v>690</v>
+      </c>
+      <c r="L512" t="s">
+        <v>452</v>
+      </c>
+      <c r="M512" t="s">
+        <v>691</v>
+      </c>
+      <c r="N512" t="s">
+        <v>28</v>
+      </c>
+      <c r="O512" t="s">
+        <v>4739</v>
+      </c>
+    </row>
+    <row r="513" spans="1:15">
+      <c r="A513">
+        <v>65015</v>
+      </c>
+      <c r="B513" t="s">
+        <v>4740</v>
+      </c>
+      <c r="C513" t="s">
+        <v>4741</v>
+      </c>
+      <c r="D513" t="s">
+        <v>4742</v>
+      </c>
+      <c r="E513" t="s">
+        <v>4743</v>
+      </c>
+      <c r="F513" t="s">
+        <v>4744</v>
+      </c>
+      <c r="G513" t="s">
+        <v>4745</v>
+      </c>
+      <c r="H513" t="s">
+        <v>4746</v>
+      </c>
+      <c r="I513" t="s">
+        <v>4747</v>
+      </c>
+      <c r="J513" t="s">
+        <v>24</v>
+      </c>
+      <c r="K513" t="s">
+        <v>170</v>
+      </c>
+      <c r="L513" t="s">
+        <v>26</v>
+      </c>
+      <c r="M513" t="s">
+        <v>171</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
+        <v>4748</v>
+      </c>
+    </row>
+    <row r="514" spans="1:15">
+      <c r="A514">
+        <v>65016</v>
+      </c>
+      <c r="B514" t="s">
+        <v>4749</v>
+      </c>
+      <c r="C514" t="s">
+        <v>4750</v>
+      </c>
+      <c r="D514" t="s">
+        <v>4751</v>
+      </c>
+      <c r="E514" t="s">
+        <v>4752</v>
+      </c>
+      <c r="F514" t="s">
+        <v>4753</v>
+      </c>
+      <c r="G514" t="s">
+        <v>4754</v>
+      </c>
+      <c r="H514" t="s">
+        <v>4755</v>
+      </c>
+      <c r="I514" t="s">
+        <v>4756</v>
+      </c>
+      <c r="J514" t="s">
+        <v>24</v>
+      </c>
+      <c r="K514" t="s">
+        <v>25</v>
+      </c>
+      <c r="L514" t="s">
+        <v>26</v>
+      </c>
+      <c r="M514" t="s">
+        <v>27</v>
+      </c>
+      <c r="N514" t="s">
+        <v>28</v>
+      </c>
+      <c r="O514" t="s">
+        <v>4757</v>
+      </c>
+    </row>
+    <row r="515" spans="1:15">
+      <c r="A515">
+        <v>65017</v>
+      </c>
+      <c r="B515" t="s">
+        <v>4758</v>
+      </c>
+      <c r="C515" t="s">
+        <v>4759</v>
+      </c>
+      <c r="D515" t="s">
+        <v>4760</v>
+      </c>
+      <c r="E515" t="s">
+        <v>4761</v>
+      </c>
+      <c r="F515" t="s">
+        <v>4762</v>
+      </c>
+      <c r="G515" t="s">
+        <v>4763</v>
+      </c>
+      <c r="H515" t="s">
+        <v>4764</v>
+      </c>
+      <c r="I515" t="s">
+        <v>4765</v>
+      </c>
+      <c r="J515" t="s">
+        <v>24</v>
+      </c>
+      <c r="K515" t="s">
+        <v>4766</v>
+      </c>
+      <c r="L515" t="s">
+        <v>26</v>
+      </c>
+      <c r="M515" t="s">
+        <v>4767</v>
+      </c>
+      <c r="N515" t="s">
+        <v>28</v>
+      </c>
+      <c r="O515" t="s">
+        <v>4768</v>
+      </c>
+    </row>
+    <row r="516" spans="1:15">
+      <c r="A516">
+        <v>65018</v>
+      </c>
+      <c r="B516" t="s">
+        <v>4769</v>
+      </c>
+      <c r="C516" t="s">
+        <v>4770</v>
+      </c>
+      <c r="D516" t="s">
+        <v>4771</v>
+      </c>
+      <c r="E516" t="s">
+        <v>4772</v>
+      </c>
+      <c r="F516" t="s">
+        <v>4773</v>
+      </c>
+      <c r="G516" t="s">
+        <v>4774</v>
+      </c>
+      <c r="H516" t="s">
+        <v>4775</v>
+      </c>
+      <c r="I516" t="s">
+        <v>4776</v>
+      </c>
+      <c r="J516" t="s">
+        <v>24</v>
+      </c>
+      <c r="K516" t="s">
+        <v>4777</v>
+      </c>
+      <c r="L516" t="s">
+        <v>26</v>
+      </c>
+      <c r="M516" t="s">
+        <v>4778</v>
+      </c>
+      <c r="N516" t="s">
+        <v>28</v>
+      </c>
+      <c r="O516" t="s">
+        <v>4779</v>
+      </c>
+    </row>
+    <row r="517" spans="1:15">
+      <c r="A517">
+        <v>65019</v>
+      </c>
+      <c r="B517" t="s">
+        <v>4780</v>
+      </c>
+      <c r="C517" t="s">
+        <v>4781</v>
+      </c>
+      <c r="D517" t="s">
+        <v>4782</v>
+      </c>
+      <c r="E517" t="s">
+        <v>4783</v>
+      </c>
+      <c r="F517" t="s">
+        <v>4784</v>
+      </c>
+      <c r="G517" t="s">
+        <v>4785</v>
+      </c>
+      <c r="H517" t="s">
+        <v>4786</v>
+      </c>
+      <c r="I517" t="s">
+        <v>4787</v>
+      </c>
+      <c r="J517" t="s">
+        <v>24</v>
+      </c>
+      <c r="K517" t="s">
+        <v>170</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>171</v>
+      </c>
+      <c r="N517" t="s">
+        <v>28</v>
+      </c>
+      <c r="O517" t="s">
+        <v>4788</v>
+      </c>
+    </row>
+    <row r="518" spans="1:15">
+      <c r="A518">
+        <v>65020</v>
+      </c>
+      <c r="B518" t="s">
+        <v>4789</v>
+      </c>
+      <c r="C518" t="s">
+        <v>4790</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4791</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4792</v>
+      </c>
+      <c r="F518" t="s">
+        <v>4793</v>
+      </c>
+      <c r="G518" t="s">
+        <v>4794</v>
+      </c>
+      <c r="H518" t="s">
+        <v>4795</v>
+      </c>
+      <c r="I518" t="s">
+        <v>4796</v>
+      </c>
+      <c r="J518" t="s">
+        <v>24</v>
+      </c>
+      <c r="K518" t="s">
+        <v>4797</v>
+      </c>
+      <c r="L518" t="s">
+        <v>26</v>
+      </c>
+      <c r="M518" t="s">
+        <v>4798</v>
+      </c>
+      <c r="N518" t="s">
+        <v>28</v>
+      </c>
+      <c r="O518" t="s">
+        <v>4799</v>
+      </c>
+    </row>
+    <row r="519" spans="1:15">
+      <c r="A519">
+        <v>65021</v>
+      </c>
+      <c r="B519" t="s">
+        <v>4800</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4801</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4802</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4803</v>
+      </c>
+      <c r="F519" t="s">
+        <v>4804</v>
+      </c>
+      <c r="G519" t="s">
+        <v>4805</v>
+      </c>
+      <c r="H519" t="s">
+        <v>4806</v>
+      </c>
+      <c r="I519" t="s">
+        <v>4807</v>
+      </c>
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>25</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>27</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
+        <v>4808</v>
+      </c>
+    </row>
+    <row r="520" spans="1:15">
+      <c r="A520">
+        <v>65022</v>
+      </c>
+      <c r="B520" t="s">
+        <v>4809</v>
+      </c>
+      <c r="C520" t="s">
+        <v>4810</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4811</v>
+      </c>
+      <c r="E520" t="s">
+        <v>4812</v>
+      </c>
+      <c r="F520" t="s">
+        <v>4813</v>
+      </c>
+      <c r="G520" t="s">
+        <v>4814</v>
+      </c>
+      <c r="H520" t="s">
+        <v>4815</v>
+      </c>
+      <c r="I520" t="s">
+        <v>4816</v>
+      </c>
+      <c r="J520" t="s">
+        <v>24</v>
+      </c>
+      <c r="K520" t="s">
+        <v>25</v>
+      </c>
+      <c r="L520" t="s">
+        <v>26</v>
+      </c>
+      <c r="M520" t="s">
+        <v>27</v>
+      </c>
+      <c r="N520" t="s">
+        <v>28</v>
+      </c>
+      <c r="O520" t="s">
+        <v>4817</v>
+      </c>
+    </row>
+    <row r="521" spans="1:15">
+      <c r="A521">
+        <v>65023</v>
+      </c>
+      <c r="B521" t="s">
+        <v>4818</v>
+      </c>
+      <c r="C521" t="s">
+        <v>4819</v>
+      </c>
+      <c r="D521" t="s">
+        <v>4820</v>
+      </c>
+      <c r="E521" t="s">
+        <v>4821</v>
+      </c>
+      <c r="F521" t="s">
+        <v>4822</v>
+      </c>
+      <c r="G521" t="s">
+        <v>4823</v>
+      </c>
+      <c r="H521" t="s">
+        <v>4824</v>
+      </c>
+      <c r="I521" t="s">
+        <v>4825</v>
+      </c>
+      <c r="J521" t="s">
+        <v>24</v>
+      </c>
+      <c r="K521" t="s">
+        <v>25</v>
+      </c>
+      <c r="L521" t="s">
+        <v>26</v>
+      </c>
+      <c r="M521" t="s">
+        <v>27</v>
+      </c>
+      <c r="N521" t="s">
+        <v>28</v>
+      </c>
+      <c r="O521" t="s">
+        <v>4826</v>
+      </c>
+    </row>
+    <row r="522" spans="1:15">
+      <c r="A522">
+        <v>65025</v>
+      </c>
+      <c r="B522" t="s">
+        <v>4827</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4828</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4829</v>
+      </c>
+      <c r="E522" t="s">
+        <v>4830</v>
+      </c>
+      <c r="F522" t="s">
+        <v>4831</v>
+      </c>
+      <c r="G522" t="s">
+        <v>4832</v>
+      </c>
+      <c r="H522" t="s">
+        <v>4833</v>
+      </c>
+      <c r="I522" t="s">
+        <v>4834</v>
+      </c>
+      <c r="J522" t="s">
+        <v>24</v>
+      </c>
+      <c r="K522" t="s">
+        <v>25</v>
+      </c>
+      <c r="L522" t="s">
+        <v>26</v>
+      </c>
+      <c r="M522" t="s">
+        <v>27</v>
+      </c>
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
+        <v>4835</v>
+      </c>
+    </row>
+    <row r="523" spans="1:15">
+      <c r="A523">
+        <v>65026</v>
+      </c>
+      <c r="B523" t="s">
+        <v>4836</v>
+      </c>
+      <c r="C523" t="s">
+        <v>4837</v>
+      </c>
+      <c r="D523" t="s">
+        <v>4838</v>
+      </c>
+      <c r="E523" t="s">
+        <v>4839</v>
+      </c>
+      <c r="F523" t="s">
+        <v>4840</v>
+      </c>
+      <c r="G523" t="s">
+        <v>4841</v>
+      </c>
+      <c r="H523" t="s">
+        <v>4842</v>
+      </c>
+      <c r="I523" t="s">
+        <v>4843</v>
+      </c>
+      <c r="J523" t="s">
+        <v>24</v>
+      </c>
+      <c r="K523" t="s">
+        <v>25</v>
+      </c>
+      <c r="L523" t="s">
+        <v>26</v>
+      </c>
+      <c r="M523" t="s">
+        <v>27</v>
+      </c>
+      <c r="N523" t="s">
+        <v>28</v>
+      </c>
+      <c r="O523" t="s">
+        <v>4844</v>
+      </c>
+    </row>
+    <row r="524" spans="1:15">
+      <c r="A524">
+        <v>65027</v>
+      </c>
+      <c r="B524" t="s">
+        <v>4845</v>
+      </c>
+      <c r="C524" t="s">
+        <v>4846</v>
+      </c>
+      <c r="D524" t="s">
+        <v>4847</v>
+      </c>
+      <c r="E524" t="s">
+        <v>4848</v>
+      </c>
+      <c r="F524" t="s">
+        <v>4849</v>
+      </c>
+      <c r="G524" t="s">
+        <v>4850</v>
+      </c>
+      <c r="H524" t="s">
+        <v>4851</v>
+      </c>
+      <c r="I524" t="s">
+        <v>4852</v>
+      </c>
+      <c r="J524" t="s">
+        <v>24</v>
+      </c>
+      <c r="K524" t="s">
+        <v>690</v>
+      </c>
+      <c r="L524" t="s">
+        <v>26</v>
+      </c>
+      <c r="M524" t="s">
+        <v>691</v>
+      </c>
+      <c r="N524" t="s">
+        <v>28</v>
+      </c>
+      <c r="O524" t="s">
+        <v>4853</v>
+      </c>
+    </row>
+    <row r="525" spans="1:15">
+      <c r="A525">
+        <v>65028</v>
+      </c>
+      <c r="B525" t="s">
+        <v>4854</v>
+      </c>
+      <c r="C525" t="s">
+        <v>4855</v>
+      </c>
+      <c r="D525" t="s">
+        <v>4856</v>
+      </c>
+      <c r="E525" t="s">
+        <v>4857</v>
+      </c>
+      <c r="F525" t="s">
+        <v>4858</v>
+      </c>
+      <c r="G525" t="s">
+        <v>4859</v>
+      </c>
+      <c r="H525" t="s">
+        <v>4860</v>
+      </c>
+      <c r="I525" t="s">
+        <v>4861</v>
+      </c>
+      <c r="J525" t="s">
+        <v>24</v>
+      </c>
+      <c r="K525" t="s">
+        <v>25</v>
+      </c>
+      <c r="L525" t="s">
+        <v>26</v>
+      </c>
+      <c r="M525" t="s">
+        <v>27</v>
+      </c>
+      <c r="N525" t="s">
+        <v>28</v>
+      </c>
+      <c r="O525" t="s">
+        <v>4862</v>
+      </c>
+    </row>
+    <row r="526" spans="1:15">
+      <c r="A526">
+        <v>65030</v>
+      </c>
+      <c r="B526" t="s">
+        <v>4863</v>
+      </c>
+      <c r="C526" t="s">
+        <v>4864</v>
+      </c>
+      <c r="D526" t="s">
+        <v>4865</v>
+      </c>
+      <c r="E526" t="s">
+        <v>4866</v>
+      </c>
+      <c r="F526" t="s">
+        <v>4867</v>
+      </c>
+      <c r="G526" t="s">
+        <v>4868</v>
+      </c>
+      <c r="H526" t="s">
+        <v>4869</v>
+      </c>
+      <c r="I526" t="s">
+        <v>4870</v>
+      </c>
+      <c r="J526" t="s">
+        <v>24</v>
+      </c>
+      <c r="K526" t="s">
+        <v>25</v>
+      </c>
+      <c r="L526" t="s">
+        <v>26</v>
+      </c>
+      <c r="M526" t="s">
+        <v>27</v>
+      </c>
+      <c r="N526" t="s">
+        <v>28</v>
+      </c>
+      <c r="O526" t="s">
+        <v>4871</v>
+      </c>
+    </row>
+    <row r="527" spans="1:15">
+      <c r="A527">
+        <v>65031</v>
+      </c>
+      <c r="B527" t="s">
+        <v>4872</v>
+      </c>
+      <c r="C527" t="s">
+        <v>4873</v>
+      </c>
+      <c r="D527" t="s">
+        <v>4874</v>
+      </c>
+      <c r="E527" t="s">
+        <v>4875</v>
+      </c>
+      <c r="F527" t="s">
+        <v>4876</v>
+      </c>
+      <c r="G527" t="s">
+        <v>4877</v>
+      </c>
+      <c r="H527" t="s">
+        <v>4878</v>
+      </c>
+      <c r="I527" t="s">
+        <v>4879</v>
+      </c>
+      <c r="J527" t="s">
+        <v>24</v>
+      </c>
+      <c r="K527" t="s">
+        <v>25</v>
+      </c>
+      <c r="L527" t="s">
+        <v>26</v>
+      </c>
+      <c r="M527" t="s">
+        <v>27</v>
+      </c>
+      <c r="N527" t="s">
+        <v>28</v>
+      </c>
+      <c r="O527" t="s">
+        <v>4880</v>
+      </c>
+    </row>
+    <row r="528" spans="1:15">
+      <c r="A528">
+        <v>65032</v>
+      </c>
+      <c r="B528" t="s">
+        <v>4881</v>
+      </c>
+      <c r="C528" t="s">
+        <v>4882</v>
+      </c>
+      <c r="D528" t="s">
+        <v>4883</v>
+      </c>
+      <c r="E528" t="s">
+        <v>4884</v>
+      </c>
+      <c r="F528" t="s">
+        <v>4885</v>
+      </c>
+      <c r="G528" t="s">
+        <v>4886</v>
+      </c>
+      <c r="H528" t="s">
+        <v>4887</v>
+      </c>
+      <c r="I528" t="s">
+        <v>4888</v>
+      </c>
+      <c r="J528" t="s">
+        <v>24</v>
+      </c>
+      <c r="K528" t="s">
+        <v>170</v>
+      </c>
+      <c r="L528" t="s">
+        <v>26</v>
+      </c>
+      <c r="M528" t="s">
+        <v>171</v>
+      </c>
+      <c r="N528" t="s">
+        <v>28</v>
+      </c>
+      <c r="O528" t="s">
+        <v>4889</v>
+      </c>
+    </row>
+    <row r="529" spans="1:15">
+      <c r="A529">
+        <v>65033</v>
+      </c>
+      <c r="B529" t="s">
+        <v>4890</v>
+      </c>
+      <c r="C529" t="s">
+        <v>4891</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4892</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4893</v>
+      </c>
+      <c r="F529" t="s">
+        <v>4894</v>
+      </c>
+      <c r="G529" t="s">
+        <v>4895</v>
+      </c>
+      <c r="H529" t="s">
+        <v>4896</v>
+      </c>
+      <c r="I529" t="s">
+        <v>4897</v>
+      </c>
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
+        <v>701</v>
+      </c>
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
+        <v>4898</v>
+      </c>
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
+        <v>4899</v>
+      </c>
+    </row>
+    <row r="530" spans="1:15">
+      <c r="A530">
+        <v>65034</v>
+      </c>
+      <c r="B530" t="s">
+        <v>4900</v>
+      </c>
+      <c r="C530" t="s">
+        <v>4901</v>
+      </c>
+      <c r="D530" t="s">
+        <v>4902</v>
+      </c>
+      <c r="E530" t="s">
+        <v>4903</v>
+      </c>
+      <c r="F530" t="s">
+        <v>4904</v>
+      </c>
+      <c r="G530" t="s">
+        <v>4905</v>
+      </c>
+      <c r="H530" t="s">
+        <v>4906</v>
+      </c>
+      <c r="I530" t="s">
+        <v>4907</v>
+      </c>
+      <c r="J530" t="s">
+        <v>450</v>
+      </c>
+      <c r="K530" t="s">
+        <v>580</v>
+      </c>
+      <c r="L530" t="s">
+        <v>452</v>
+      </c>
+      <c r="M530" t="s">
+        <v>581</v>
+      </c>
+      <c r="N530" t="s">
+        <v>28</v>
+      </c>
+      <c r="O530" t="s">
+        <v>4908</v>
+      </c>
+    </row>
+    <row r="531" spans="1:15">
+      <c r="A531">
+        <v>65035</v>
+      </c>
+      <c r="B531" t="s">
+        <v>4909</v>
+      </c>
+      <c r="C531" t="s">
+        <v>4910</v>
+      </c>
+      <c r="D531" t="s">
+        <v>4911</v>
+      </c>
+      <c r="E531" t="s">
+        <v>4912</v>
+      </c>
+      <c r="F531" t="s">
+        <v>4913</v>
+      </c>
+      <c r="G531" t="s">
+        <v>4914</v>
+      </c>
+      <c r="H531" t="s">
+        <v>4915</v>
+      </c>
+      <c r="I531" t="s">
+        <v>4916</v>
+      </c>
+      <c r="J531" t="s">
+        <v>24</v>
+      </c>
+      <c r="K531" t="s">
+        <v>25</v>
+      </c>
+      <c r="L531" t="s">
+        <v>26</v>
+      </c>
+      <c r="M531" t="s">
+        <v>27</v>
+      </c>
+      <c r="N531" t="s">
+        <v>28</v>
+      </c>
+      <c r="O531" t="s">
+        <v>4917</v>
+      </c>
+    </row>
+    <row r="532" spans="1:15">
+      <c r="A532">
+        <v>65036</v>
+      </c>
+      <c r="B532" t="s">
+        <v>4918</v>
+      </c>
+      <c r="C532" t="s">
+        <v>4919</v>
+      </c>
+      <c r="D532" t="s">
+        <v>4920</v>
+      </c>
+      <c r="E532" t="s">
+        <v>4921</v>
+      </c>
+      <c r="F532" t="s">
+        <v>4922</v>
+      </c>
+      <c r="G532" t="s">
+        <v>4923</v>
+      </c>
+      <c r="H532" t="s">
+        <v>4924</v>
+      </c>
+      <c r="I532" t="s">
+        <v>4925</v>
+      </c>
+      <c r="J532" t="s">
+        <v>24</v>
+      </c>
+      <c r="K532" t="s">
+        <v>25</v>
+      </c>
+      <c r="L532" t="s">
+        <v>26</v>
+      </c>
+      <c r="M532" t="s">
+        <v>27</v>
+      </c>
+      <c r="N532" t="s">
+        <v>28</v>
+      </c>
+      <c r="O532" t="s">
+        <v>4926</v>
+      </c>
+    </row>
+    <row r="533" spans="1:15">
+      <c r="A533">
+        <v>65037</v>
+      </c>
+      <c r="B533" t="s">
+        <v>4927</v>
+      </c>
+      <c r="C533" t="s">
+        <v>4928</v>
+      </c>
+      <c r="D533" t="s">
+        <v>4929</v>
+      </c>
+      <c r="E533" t="s">
+        <v>4930</v>
+      </c>
+      <c r="F533" t="s">
+        <v>4931</v>
+      </c>
+      <c r="G533" t="s">
+        <v>4932</v>
+      </c>
+      <c r="H533" t="s">
+        <v>4933</v>
+      </c>
+      <c r="I533" t="s">
+        <v>4934</v>
+      </c>
+      <c r="J533" t="s">
+        <v>24</v>
+      </c>
+      <c r="K533" t="s">
+        <v>25</v>
+      </c>
+      <c r="L533" t="s">
+        <v>26</v>
+      </c>
+      <c r="M533" t="s">
+        <v>27</v>
+      </c>
+      <c r="N533" t="s">
+        <v>28</v>
+      </c>
+      <c r="O533" t="s">
+        <v>4935</v>
+      </c>
+    </row>
+    <row r="534" spans="1:15">
+      <c r="A534">
+        <v>65038</v>
+      </c>
+      <c r="B534" t="s">
+        <v>4936</v>
+      </c>
+      <c r="C534" t="s">
+        <v>4937</v>
+      </c>
+      <c r="D534" t="s">
+        <v>4938</v>
+      </c>
+      <c r="E534" t="s">
+        <v>4939</v>
+      </c>
+      <c r="F534" t="s">
+        <v>4940</v>
+      </c>
+      <c r="G534" t="s">
+        <v>4941</v>
+      </c>
+      <c r="H534" t="s">
+        <v>4942</v>
+      </c>
+      <c r="I534" t="s">
+        <v>4943</v>
+      </c>
+      <c r="J534" t="s">
+        <v>24</v>
+      </c>
+      <c r="K534" t="s">
+        <v>170</v>
+      </c>
+      <c r="L534" t="s">
+        <v>26</v>
+      </c>
+      <c r="M534" t="s">
+        <v>171</v>
+      </c>
+      <c r="N534" t="s">
+        <v>28</v>
+      </c>
+      <c r="O534" t="s">
+        <v>4944</v>
+      </c>
+    </row>
+    <row r="535" spans="1:15">
+      <c r="A535">
+        <v>65039</v>
+      </c>
+      <c r="B535" t="s">
+        <v>4945</v>
+      </c>
+      <c r="C535" t="s">
+        <v>4946</v>
+      </c>
+      <c r="D535" t="s">
+        <v>4947</v>
+      </c>
+      <c r="E535" t="s">
+        <v>4948</v>
+      </c>
+      <c r="F535" t="s">
+        <v>4949</v>
+      </c>
+      <c r="G535" t="s">
+        <v>4950</v>
+      </c>
+      <c r="H535" t="s">
+        <v>4951</v>
+      </c>
+      <c r="I535" t="s">
+        <v>4952</v>
+      </c>
+      <c r="J535" t="s">
+        <v>24</v>
+      </c>
+      <c r="K535" t="s">
+        <v>170</v>
+      </c>
+      <c r="L535" t="s">
+        <v>26</v>
+      </c>
+      <c r="M535" t="s">
+        <v>171</v>
+      </c>
+      <c r="N535" t="s">
+        <v>28</v>
+      </c>
+      <c r="O535" t="s">
+        <v>4953</v>
+      </c>
+    </row>
+    <row r="536" spans="1:15">
+      <c r="A536">
+        <v>65040</v>
+      </c>
+      <c r="B536" t="s">
+        <v>4954</v>
+      </c>
+      <c r="C536" t="s">
+        <v>4955</v>
+      </c>
+      <c r="D536" t="s">
+        <v>4956</v>
+      </c>
+      <c r="E536" t="s">
+        <v>4957</v>
+      </c>
+      <c r="F536" t="s">
+        <v>4958</v>
+      </c>
+      <c r="G536" t="s">
+        <v>4959</v>
+      </c>
+      <c r="H536" t="s">
+        <v>4960</v>
+      </c>
+      <c r="I536" t="s">
+        <v>4961</v>
+      </c>
+      <c r="J536" t="s">
+        <v>24</v>
+      </c>
+      <c r="K536" t="s">
+        <v>916</v>
+      </c>
+      <c r="L536" t="s">
+        <v>26</v>
+      </c>
+      <c r="M536" t="s">
+        <v>917</v>
+      </c>
+      <c r="N536" t="s">
+        <v>28</v>
+      </c>
+      <c r="O536" t="s">
+        <v>4962</v>
+      </c>
+    </row>
+    <row r="537" spans="1:15">
+      <c r="A537">
+        <v>65043</v>
+      </c>
+      <c r="B537" t="s">
+        <v>4963</v>
+      </c>
+      <c r="C537" t="s">
+        <v>4964</v>
+      </c>
+      <c r="D537" t="s">
+        <v>4965</v>
+      </c>
+      <c r="E537" t="s">
+        <v>4966</v>
+      </c>
+      <c r="F537" t="s">
+        <v>4967</v>
+      </c>
+      <c r="G537" t="s">
+        <v>4968</v>
+      </c>
+      <c r="H537" t="s">
+        <v>4969</v>
+      </c>
+      <c r="I537" t="s">
+        <v>4970</v>
+      </c>
+      <c r="J537" t="s">
+        <v>24</v>
+      </c>
+      <c r="K537" t="s">
+        <v>25</v>
+      </c>
+      <c r="L537" t="s">
+        <v>26</v>
+      </c>
+      <c r="M537" t="s">
+        <v>27</v>
+      </c>
+      <c r="N537" t="s">
+        <v>28</v>
+      </c>
+      <c r="O537" t="s">
+        <v>4971</v>
+      </c>
+    </row>
+    <row r="538" spans="1:15">
+      <c r="A538">
+        <v>65044</v>
+      </c>
+      <c r="B538" t="s">
+        <v>4972</v>
+      </c>
+      <c r="C538" t="s">
+        <v>4973</v>
+      </c>
+      <c r="D538" t="s">
+        <v>4974</v>
+      </c>
+      <c r="E538" t="s">
+        <v>4975</v>
+      </c>
+      <c r="F538" t="s">
+        <v>4976</v>
+      </c>
+      <c r="G538" t="s">
+        <v>4977</v>
+      </c>
+      <c r="H538" t="s">
+        <v>4978</v>
+      </c>
+      <c r="I538" t="s">
+        <v>4979</v>
+      </c>
+      <c r="J538" t="s">
+        <v>24</v>
+      </c>
+      <c r="K538" t="s">
+        <v>25</v>
+      </c>
+      <c r="L538" t="s">
+        <v>26</v>
+      </c>
+      <c r="M538" t="s">
+        <v>27</v>
+      </c>
+      <c r="N538" t="s">
+        <v>28</v>
+      </c>
+      <c r="O538" t="s">
+        <v>4980</v>
+      </c>
+    </row>
+    <row r="539" spans="1:15">
+      <c r="A539">
+        <v>65045</v>
+      </c>
+      <c r="B539" t="s">
+        <v>4981</v>
+      </c>
+      <c r="C539" t="s">
+        <v>4982</v>
+      </c>
+      <c r="D539" t="s">
+        <v>4983</v>
+      </c>
+      <c r="E539" t="s">
+        <v>4984</v>
+      </c>
+      <c r="F539" t="s">
+        <v>4985</v>
+      </c>
+      <c r="G539" t="s">
+        <v>4986</v>
+      </c>
+      <c r="H539" t="s">
+        <v>4987</v>
+      </c>
+      <c r="I539" t="s">
+        <v>4988</v>
+      </c>
+      <c r="J539" t="s">
+        <v>58</v>
+      </c>
+      <c r="K539" t="s">
+        <v>4989</v>
+      </c>
+      <c r="L539" t="s">
+        <v>60</v>
+      </c>
+      <c r="M539" t="s">
+        <v>4990</v>
+      </c>
+      <c r="N539" t="s">
+        <v>28</v>
+      </c>
+      <c r="O539" t="s">
+        <v>4991</v>
+      </c>
+    </row>
+    <row r="540" spans="1:15">
+      <c r="A540">
+        <v>65046</v>
+      </c>
+      <c r="B540" t="s">
+        <v>4992</v>
+      </c>
+      <c r="C540" t="s">
+        <v>4993</v>
+      </c>
+      <c r="D540" t="s">
+        <v>4994</v>
+      </c>
+      <c r="E540" t="s">
+        <v>4995</v>
+      </c>
+      <c r="F540" t="s">
+        <v>4996</v>
+      </c>
+      <c r="G540" t="s">
+        <v>4997</v>
+      </c>
+      <c r="H540" t="s">
+        <v>4998</v>
+      </c>
+      <c r="I540" t="s">
+        <v>4999</v>
+      </c>
+      <c r="J540" t="s">
+        <v>24</v>
+      </c>
+      <c r="K540" t="s">
+        <v>47</v>
+      </c>
+      <c r="L540" t="s">
+        <v>26</v>
+      </c>
+      <c r="M540" t="s">
+        <v>48</v>
+      </c>
+      <c r="N540" t="s">
+        <v>28</v>
+      </c>
+      <c r="O540" t="s">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="541" spans="1:15">
+      <c r="A541">
+        <v>65047</v>
+      </c>
+      <c r="B541" t="s">
+        <v>5001</v>
+      </c>
+      <c r="C541" t="s">
+        <v>5002</v>
+      </c>
+      <c r="D541" t="s">
+        <v>5003</v>
+      </c>
+      <c r="E541" t="s">
+        <v>5004</v>
+      </c>
+      <c r="F541" t="s">
+        <v>5005</v>
+      </c>
+      <c r="G541" t="s">
+        <v>5006</v>
+      </c>
+      <c r="H541" t="s">
+        <v>5007</v>
+      </c>
+      <c r="I541" t="s">
+        <v>5008</v>
+      </c>
+      <c r="J541" t="s">
+        <v>24</v>
+      </c>
+      <c r="K541" t="s">
+        <v>4989</v>
+      </c>
+      <c r="L541" t="s">
+        <v>26</v>
+      </c>
+      <c r="M541" t="s">
+        <v>4990</v>
+      </c>
+      <c r="N541" t="s">
+        <v>28</v>
+      </c>
+      <c r="O541" t="s">
+        <v>5009</v>
+      </c>
+    </row>
+    <row r="542" spans="1:15">
+      <c r="A542">
+        <v>65049</v>
+      </c>
+      <c r="B542" t="s">
+        <v>5010</v>
+      </c>
+      <c r="C542" t="s">
+        <v>5011</v>
+      </c>
+      <c r="D542" t="s">
+        <v>5012</v>
+      </c>
+      <c r="E542" t="s">
+        <v>5013</v>
+      </c>
+      <c r="F542" t="s">
+        <v>5014</v>
+      </c>
+      <c r="G542" t="s">
+        <v>5015</v>
+      </c>
+      <c r="H542" t="s">
+        <v>5016</v>
+      </c>
+      <c r="I542" t="s">
+        <v>5017</v>
+      </c>
+      <c r="J542" t="s">
+        <v>24</v>
+      </c>
+      <c r="K542" t="s">
+        <v>59</v>
+      </c>
+      <c r="L542" t="s">
+        <v>26</v>
+      </c>
+      <c r="M542" t="s">
+        <v>61</v>
+      </c>
+      <c r="N542" t="s">
+        <v>28</v>
+      </c>
+      <c r="O542" t="s">
+        <v>5018</v>
+      </c>
+    </row>
+    <row r="543" spans="1:15">
+      <c r="A543">
+        <v>65050</v>
+      </c>
+      <c r="B543" t="s">
+        <v>5019</v>
+      </c>
+      <c r="C543" t="s">
+        <v>5020</v>
+      </c>
+      <c r="D543" t="s">
+        <v>5021</v>
+      </c>
+      <c r="E543" t="s">
+        <v>5022</v>
+      </c>
+      <c r="F543" t="s">
+        <v>5023</v>
+      </c>
+      <c r="G543" t="s">
+        <v>5024</v>
+      </c>
+      <c r="H543" t="s">
+        <v>5025</v>
+      </c>
+      <c r="I543" t="s">
+        <v>5026</v>
+      </c>
+      <c r="J543" t="s">
+        <v>24</v>
+      </c>
+      <c r="K543" t="s">
+        <v>25</v>
+      </c>
+      <c r="L543" t="s">
+        <v>26</v>
+      </c>
+      <c r="M543" t="s">
+        <v>27</v>
+      </c>
+      <c r="N543" t="s">
+        <v>28</v>
+      </c>
+      <c r="O543" t="s">
+        <v>5027</v>
+      </c>
+    </row>
+    <row r="544" spans="1:15">
+      <c r="A544">
+        <v>65051</v>
+      </c>
+      <c r="B544" t="s">
+        <v>5028</v>
+      </c>
+      <c r="C544" t="s">
+        <v>5029</v>
+      </c>
+      <c r="D544" t="s">
+        <v>5030</v>
+      </c>
+      <c r="E544" t="s">
+        <v>5031</v>
+      </c>
+      <c r="F544" t="s">
+        <v>5032</v>
+      </c>
+      <c r="G544" t="s">
+        <v>5033</v>
+      </c>
+      <c r="H544" t="s">
+        <v>5034</v>
+      </c>
+      <c r="I544" t="s">
+        <v>5035</v>
+      </c>
+      <c r="J544" t="s">
+        <v>24</v>
+      </c>
+      <c r="K544" t="s">
+        <v>757</v>
+      </c>
+      <c r="L544" t="s">
+        <v>26</v>
+      </c>
+      <c r="M544" t="s">
+        <v>758</v>
+      </c>
+      <c r="N544" t="s">
+        <v>28</v>
+      </c>
+      <c r="O544" t="s">
+        <v>5036</v>
+      </c>
+    </row>
+    <row r="545" spans="1:15">
+      <c r="A545">
+        <v>65053</v>
+      </c>
+      <c r="B545" t="s">
+        <v>5037</v>
+      </c>
+      <c r="C545" t="s">
+        <v>5038</v>
+      </c>
+      <c r="D545" t="s">
+        <v>5039</v>
+      </c>
+      <c r="E545" t="s">
+        <v>5040</v>
+      </c>
+      <c r="F545" t="s">
+        <v>5041</v>
+      </c>
+      <c r="G545" t="s">
+        <v>5042</v>
+      </c>
+      <c r="H545" t="s">
+        <v>5043</v>
+      </c>
+      <c r="I545" t="s">
+        <v>5044</v>
+      </c>
+      <c r="J545" t="s">
+        <v>24</v>
+      </c>
+      <c r="K545" t="s">
+        <v>170</v>
+      </c>
+      <c r="L545" t="s">
+        <v>26</v>
+      </c>
+      <c r="M545" t="s">
+        <v>171</v>
+      </c>
+      <c r="N545" t="s">
+        <v>28</v>
+      </c>
+      <c r="O545" t="s">
+        <v>5045</v>
+      </c>
+    </row>
+    <row r="546" spans="1:15">
+      <c r="A546">
+        <v>65054</v>
+      </c>
+      <c r="B546" t="s">
+        <v>5046</v>
+      </c>
+      <c r="C546" t="s">
+        <v>5047</v>
+      </c>
+      <c r="D546" t="s">
+        <v>5048</v>
+      </c>
+      <c r="E546" t="s">
+        <v>5049</v>
+      </c>
+      <c r="F546" t="s">
+        <v>5050</v>
+      </c>
+      <c r="G546" t="s">
+        <v>5051</v>
+      </c>
+      <c r="H546" t="s">
+        <v>5052</v>
+      </c>
+      <c r="I546" t="s">
+        <v>5053</v>
+      </c>
+      <c r="J546" t="s">
+        <v>450</v>
+      </c>
+      <c r="K546" t="s">
+        <v>208</v>
+      </c>
+      <c r="L546" t="s">
+        <v>452</v>
+      </c>
+      <c r="M546" t="s">
+        <v>209</v>
+      </c>
+      <c r="N546" t="s">
+        <v>28</v>
+      </c>
+      <c r="O546" t="s">
+        <v>5054</v>
+      </c>
+    </row>
+    <row r="547" spans="1:15">
+      <c r="A547">
+        <v>65055</v>
+      </c>
+      <c r="B547" t="s">
+        <v>5055</v>
+      </c>
+      <c r="C547" t="s">
+        <v>5056</v>
+      </c>
+      <c r="D547" t="s">
+        <v>5057</v>
+      </c>
+      <c r="E547" t="s">
+        <v>5058</v>
+      </c>
+      <c r="F547" t="s">
+        <v>5059</v>
+      </c>
+      <c r="G547" t="s">
+        <v>5060</v>
+      </c>
+      <c r="H547" t="s">
+        <v>5061</v>
+      </c>
+      <c r="I547" t="s">
+        <v>5062</v>
+      </c>
+      <c r="J547" t="s">
+        <v>24</v>
+      </c>
+      <c r="K547" t="s">
+        <v>580</v>
+      </c>
+      <c r="L547" t="s">
+        <v>26</v>
+      </c>
+      <c r="M547" t="s">
+        <v>581</v>
+      </c>
+      <c r="N547" t="s">
+        <v>28</v>
+      </c>
+      <c r="O547" t="s">
+        <v>5063</v>
+      </c>
+    </row>
+    <row r="548" spans="1:15">
+      <c r="A548">
+        <v>65057</v>
+      </c>
+      <c r="B548" t="s">
+        <v>5064</v>
+      </c>
+      <c r="C548" t="s">
+        <v>5065</v>
+      </c>
+      <c r="D548" t="s">
+        <v>5066</v>
+      </c>
+      <c r="E548" t="s">
+        <v>5067</v>
+      </c>
+      <c r="F548" t="s">
+        <v>5068</v>
+      </c>
+      <c r="G548" t="s">
+        <v>5069</v>
+      </c>
+      <c r="H548" t="s">
+        <v>5070</v>
+      </c>
+      <c r="I548" t="s">
+        <v>5071</v>
+      </c>
+      <c r="J548" t="s">
+        <v>24</v>
+      </c>
+      <c r="K548" t="s">
+        <v>274</v>
+      </c>
+      <c r="L548" t="s">
+        <v>26</v>
+      </c>
+      <c r="M548" t="s">
+        <v>276</v>
+      </c>
+      <c r="N548" t="s">
+        <v>28</v>
+      </c>
+      <c r="O548" t="s">
+        <v>5072</v>
+      </c>
+    </row>
+    <row r="549" spans="1:15">
+      <c r="A549">
+        <v>65058</v>
+      </c>
+      <c r="B549" t="s">
+        <v>5073</v>
+      </c>
+      <c r="C549" t="s">
+        <v>5074</v>
+      </c>
+      <c r="D549" t="s">
+        <v>5075</v>
+      </c>
+      <c r="E549" t="s">
+        <v>5076</v>
+      </c>
+      <c r="F549" t="s">
+        <v>5077</v>
+      </c>
+      <c r="G549" t="s">
+        <v>5078</v>
+      </c>
+      <c r="H549" t="s">
+        <v>5079</v>
+      </c>
+      <c r="I549" t="s">
+        <v>5080</v>
+      </c>
+      <c r="J549" t="s">
+        <v>450</v>
+      </c>
+      <c r="K549" t="s">
+        <v>690</v>
+      </c>
+      <c r="L549" t="s">
+        <v>452</v>
+      </c>
+      <c r="M549" t="s">
+        <v>691</v>
+      </c>
+      <c r="N549" t="s">
+        <v>28</v>
+      </c>
+      <c r="O549" t="s">
+        <v>5081</v>
+      </c>
+    </row>
+    <row r="550" spans="1:15">
+      <c r="A550">
+        <v>65059</v>
+      </c>
+      <c r="B550" t="s">
+        <v>5082</v>
+      </c>
+      <c r="C550" t="s">
+        <v>5083</v>
+      </c>
+      <c r="D550" t="s">
+        <v>5084</v>
+      </c>
+      <c r="E550" t="s">
+        <v>5085</v>
+      </c>
+      <c r="F550" t="s">
+        <v>5086</v>
+      </c>
+      <c r="G550" t="s">
+        <v>5087</v>
+      </c>
+      <c r="H550" t="s">
+        <v>5088</v>
+      </c>
+      <c r="I550" t="s">
+        <v>5089</v>
+      </c>
+      <c r="J550" t="s">
+        <v>24</v>
+      </c>
+      <c r="K550" t="s">
+        <v>170</v>
+      </c>
+      <c r="L550" t="s">
+        <v>26</v>
+      </c>
+      <c r="M550" t="s">
+        <v>171</v>
+      </c>
+      <c r="N550" t="s">
+        <v>28</v>
+      </c>
+      <c r="O550" t="s">
+        <v>5090</v>
+      </c>
+    </row>
+    <row r="551" spans="1:15">
+      <c r="A551">
+        <v>65060</v>
+      </c>
+      <c r="B551" t="s">
+        <v>5091</v>
+      </c>
+      <c r="C551" t="s">
+        <v>5092</v>
+      </c>
+      <c r="D551" t="s">
+        <v>5093</v>
+      </c>
+      <c r="E551" t="s">
+        <v>5094</v>
+      </c>
+      <c r="F551" t="s">
+        <v>5095</v>
+      </c>
+      <c r="G551" t="s">
+        <v>5096</v>
+      </c>
+      <c r="H551" t="s">
+        <v>5097</v>
+      </c>
+      <c r="I551" t="s">
+        <v>5098</v>
+      </c>
+      <c r="J551" t="s">
+        <v>24</v>
+      </c>
+      <c r="K551" t="s">
+        <v>47</v>
+      </c>
+      <c r="L551" t="s">
+        <v>26</v>
+      </c>
+      <c r="M551" t="s">
+        <v>48</v>
+      </c>
+      <c r="N551" t="s">
+        <v>28</v>
+      </c>
+      <c r="O551" t="s">
+        <v>5099</v>
+      </c>
+    </row>
+    <row r="552" spans="1:15">
+      <c r="A552">
+        <v>65061</v>
+      </c>
+      <c r="B552" t="s">
+        <v>5100</v>
+      </c>
+      <c r="C552" t="s">
+        <v>5101</v>
+      </c>
+      <c r="D552" t="s">
+        <v>5102</v>
+      </c>
+      <c r="E552" t="s">
+        <v>5103</v>
+      </c>
+      <c r="F552" t="s">
+        <v>5104</v>
+      </c>
+      <c r="G552" t="s">
+        <v>5105</v>
+      </c>
+      <c r="H552" t="s">
+        <v>5106</v>
+      </c>
+      <c r="I552" t="s">
+        <v>5107</v>
+      </c>
+      <c r="J552" t="s">
+        <v>24</v>
+      </c>
+      <c r="K552" t="s">
+        <v>916</v>
+      </c>
+      <c r="L552" t="s">
+        <v>26</v>
+      </c>
+      <c r="M552" t="s">
+        <v>917</v>
+      </c>
+      <c r="N552" t="s">
+        <v>28</v>
+      </c>
+      <c r="O552" t="s">
+        <v>5108</v>
+      </c>
+    </row>
+    <row r="553" spans="1:15">
+      <c r="A553">
+        <v>65062</v>
+      </c>
+      <c r="B553" t="s">
+        <v>5109</v>
+      </c>
+      <c r="C553" t="s">
+        <v>5110</v>
+      </c>
+      <c r="D553" t="s">
+        <v>5111</v>
+      </c>
+      <c r="E553" t="s">
+        <v>5112</v>
+      </c>
+      <c r="F553" t="s">
+        <v>5113</v>
+      </c>
+      <c r="G553" t="s">
+        <v>5114</v>
+      </c>
+      <c r="H553" t="s">
+        <v>5115</v>
+      </c>
+      <c r="I553" t="s">
+        <v>5116</v>
+      </c>
+      <c r="J553" t="s">
+        <v>24</v>
+      </c>
+      <c r="K553" t="s">
+        <v>25</v>
+      </c>
+      <c r="L553" t="s">
+        <v>26</v>
+      </c>
+      <c r="M553" t="s">
+        <v>27</v>
+      </c>
+      <c r="N553" t="s">
+        <v>28</v>
+      </c>
+      <c r="O553" t="s">
+        <v>5117</v>
+      </c>
+    </row>
+    <row r="554" spans="1:15">
+      <c r="A554">
+        <v>65063</v>
+      </c>
+      <c r="B554" t="s">
+        <v>5118</v>
+      </c>
+      <c r="C554" t="s">
+        <v>5119</v>
+      </c>
+      <c r="D554" t="s">
+        <v>5120</v>
+      </c>
+      <c r="E554" t="s">
+        <v>5121</v>
+      </c>
+      <c r="F554" t="s">
+        <v>5122</v>
+      </c>
+      <c r="G554" t="s">
+        <v>5123</v>
+      </c>
+      <c r="H554" t="s">
+        <v>5124</v>
+      </c>
+      <c r="I554" t="s">
+        <v>5125</v>
+      </c>
+      <c r="J554" t="s">
+        <v>24</v>
+      </c>
+      <c r="K554" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L554" t="s">
+        <v>26</v>
+      </c>
+      <c r="M554" t="s">
+        <v>1122</v>
+      </c>
+      <c r="N554" t="s">
+        <v>28</v>
+      </c>
+      <c r="O554" t="s">
+        <v>5126</v>
+      </c>
+    </row>
+    <row r="555" spans="1:15">
+      <c r="A555">
+        <v>65068</v>
+      </c>
+      <c r="B555" t="s">
+        <v>5127</v>
+      </c>
+      <c r="C555" t="s">
+        <v>5128</v>
+      </c>
+      <c r="D555" t="s">
+        <v>5129</v>
+      </c>
+      <c r="E555" t="s">
+        <v>5130</v>
+      </c>
+      <c r="F555" t="s">
+        <v>5131</v>
+      </c>
+      <c r="G555" t="s">
+        <v>5132</v>
+      </c>
+      <c r="H555" t="s">
+        <v>5133</v>
+      </c>
+      <c r="I555" t="s">
+        <v>5134</v>
+      </c>
+      <c r="J555" t="s">
+        <v>24</v>
+      </c>
+      <c r="K555" t="s">
+        <v>25</v>
+      </c>
+      <c r="L555" t="s">
+        <v>26</v>
+      </c>
+      <c r="M555" t="s">
+        <v>27</v>
+      </c>
+      <c r="N555" t="s">
+        <v>28</v>
+      </c>
+      <c r="O555" t="s">
+        <v>5135</v>
+      </c>
+    </row>
+    <row r="556" spans="1:15">
+      <c r="A556">
+        <v>65069</v>
+      </c>
+      <c r="B556" t="s">
+        <v>5136</v>
+      </c>
+      <c r="C556" t="s">
+        <v>5137</v>
+      </c>
+      <c r="D556" t="s">
+        <v>5138</v>
+      </c>
+      <c r="E556" t="s">
+        <v>5139</v>
+      </c>
+      <c r="F556" t="s">
+        <v>5140</v>
+      </c>
+      <c r="G556" t="s">
+        <v>5141</v>
+      </c>
+      <c r="H556" t="s">
+        <v>5142</v>
+      </c>
+      <c r="I556" t="s">
+        <v>5143</v>
+      </c>
+      <c r="J556" t="s">
+        <v>24</v>
+      </c>
+      <c r="K556" t="s">
+        <v>170</v>
+      </c>
+      <c r="L556" t="s">
+        <v>26</v>
+      </c>
+      <c r="M556" t="s">
+        <v>171</v>
+      </c>
+      <c r="N556" t="s">
+        <v>28</v>
+      </c>
+      <c r="O556" t="s">
+        <v>5144</v>
+      </c>
+    </row>
+    <row r="557" spans="1:15">
+      <c r="A557">
+        <v>65071</v>
+      </c>
+      <c r="B557" t="s">
+        <v>5145</v>
+      </c>
+      <c r="C557" t="s">
+        <v>5146</v>
+      </c>
+      <c r="D557" t="s">
+        <v>5147</v>
+      </c>
+      <c r="E557" t="s">
+        <v>5148</v>
+      </c>
+      <c r="F557" t="s">
+        <v>5149</v>
+      </c>
+      <c r="G557" t="s">
+        <v>5150</v>
+      </c>
+      <c r="H557" t="s">
+        <v>5151</v>
+      </c>
+      <c r="I557" t="s">
+        <v>5152</v>
+      </c>
+      <c r="J557" t="s">
+        <v>24</v>
+      </c>
+      <c r="K557" t="s">
+        <v>25</v>
+      </c>
+      <c r="L557" t="s">
+        <v>26</v>
+      </c>
+      <c r="M557" t="s">
+        <v>27</v>
+      </c>
+      <c r="N557" t="s">
+        <v>28</v>
+      </c>
+      <c r="O557" t="s">
+        <v>5153</v>
+      </c>
+    </row>
+    <row r="558" spans="1:15">
+      <c r="A558">
+        <v>65073</v>
+      </c>
+      <c r="B558" t="s">
+        <v>5154</v>
+      </c>
+      <c r="C558" t="s">
+        <v>5155</v>
+      </c>
+      <c r="D558" t="s">
+        <v>5156</v>
+      </c>
+      <c r="E558" t="s">
+        <v>5157</v>
+      </c>
+      <c r="F558" t="s">
+        <v>5158</v>
+      </c>
+      <c r="G558" t="s">
+        <v>5159</v>
+      </c>
+      <c r="H558" t="s">
+        <v>5160</v>
+      </c>
+      <c r="I558" t="s">
+        <v>5161</v>
+      </c>
+      <c r="J558" t="s">
+        <v>24</v>
+      </c>
+      <c r="K558" t="s">
+        <v>25</v>
+      </c>
+      <c r="L558" t="s">
+        <v>26</v>
+      </c>
+      <c r="M558" t="s">
+        <v>27</v>
+      </c>
+      <c r="N558" t="s">
+        <v>28</v>
+      </c>
+      <c r="O558" t="s">
+        <v>5162</v>
+      </c>
+    </row>
+    <row r="559" spans="1:15">
+      <c r="A559">
+        <v>65074</v>
+      </c>
+      <c r="B559" t="s">
+        <v>5163</v>
+      </c>
+      <c r="C559" t="s">
+        <v>5164</v>
+      </c>
+      <c r="D559" t="s">
+        <v>5165</v>
+      </c>
+      <c r="E559" t="s">
+        <v>5166</v>
+      </c>
+      <c r="F559" t="s">
+        <v>5167</v>
+      </c>
+      <c r="G559" t="s">
+        <v>5168</v>
+      </c>
+      <c r="H559" t="s">
+        <v>5169</v>
+      </c>
+      <c r="I559" t="s">
+        <v>5170</v>
+      </c>
+      <c r="J559" t="s">
+        <v>24</v>
+      </c>
+      <c r="K559" t="s">
+        <v>5171</v>
+      </c>
+      <c r="L559" t="s">
+        <v>26</v>
+      </c>
+      <c r="M559" t="s">
+        <v>5172</v>
+      </c>
+      <c r="N559" t="s">
+        <v>28</v>
+      </c>
+      <c r="O559" t="s">
+        <v>5173</v>
+      </c>
+    </row>
+    <row r="560" spans="1:15">
+      <c r="A560">
+        <v>65075</v>
+      </c>
+      <c r="B560" t="s">
+        <v>5174</v>
+      </c>
+      <c r="C560" t="s">
+        <v>5175</v>
+      </c>
+      <c r="D560" t="s">
+        <v>5176</v>
+      </c>
+      <c r="E560" t="s">
+        <v>5177</v>
+      </c>
+      <c r="F560" t="s">
+        <v>5178</v>
+      </c>
+      <c r="G560" t="s">
+        <v>5179</v>
+      </c>
+      <c r="H560" t="s">
+        <v>5180</v>
+      </c>
+      <c r="I560" t="s">
+        <v>5181</v>
+      </c>
+      <c r="J560" t="s">
+        <v>450</v>
+      </c>
+      <c r="K560" t="s">
+        <v>701</v>
+      </c>
+      <c r="L560" t="s">
+        <v>452</v>
+      </c>
+      <c r="M560" t="s">
+        <v>4898</v>
+      </c>
+      <c r="N560" t="s">
+        <v>28</v>
+      </c>
+      <c r="O560" t="s">
+        <v>5182</v>
+      </c>
+    </row>
+    <row r="561" spans="1:15">
+      <c r="A561">
+        <v>65076</v>
+      </c>
+      <c r="B561" t="s">
+        <v>5183</v>
+      </c>
+      <c r="C561" t="s">
+        <v>5184</v>
+      </c>
+      <c r="D561" t="s">
+        <v>5185</v>
+      </c>
+      <c r="E561" t="s">
+        <v>5186</v>
+      </c>
+      <c r="F561" t="s">
+        <v>5187</v>
+      </c>
+      <c r="G561" t="s">
+        <v>5188</v>
+      </c>
+      <c r="H561" t="s">
+        <v>5189</v>
+      </c>
+      <c r="I561" t="s">
+        <v>5190</v>
+      </c>
+      <c r="J561" t="s">
+        <v>24</v>
+      </c>
+      <c r="K561" t="s">
+        <v>170</v>
+      </c>
+      <c r="L561" t="s">
+        <v>26</v>
+      </c>
+      <c r="M561" t="s">
+        <v>171</v>
+      </c>
+      <c r="N561" t="s">
+        <v>28</v>
+      </c>
+      <c r="O561" t="s">
+        <v>5191</v>
+      </c>
+    </row>
+    <row r="562" spans="1:15">
+      <c r="A562">
+        <v>65077</v>
+      </c>
+      <c r="B562" t="s">
+        <v>5192</v>
+      </c>
+      <c r="C562" t="s">
+        <v>5193</v>
+      </c>
+      <c r="D562" t="s">
+        <v>5194</v>
+      </c>
+      <c r="E562" t="s">
+        <v>5195</v>
+      </c>
+      <c r="F562" t="s">
+        <v>5196</v>
+      </c>
+      <c r="G562" t="s">
+        <v>5197</v>
+      </c>
+      <c r="H562" t="s">
+        <v>5198</v>
+      </c>
+      <c r="I562" t="s">
+        <v>5199</v>
+      </c>
+      <c r="J562" t="s">
+        <v>24</v>
+      </c>
+      <c r="K562" t="s">
+        <v>757</v>
+      </c>
+      <c r="L562" t="s">
+        <v>26</v>
+      </c>
+      <c r="M562" t="s">
+        <v>758</v>
+      </c>
+      <c r="N562" t="s">
+        <v>28</v>
+      </c>
+      <c r="O562" t="s">
+        <v>5200</v>
+      </c>
+    </row>
+    <row r="563" spans="1:15">
+      <c r="A563">
+        <v>65080</v>
+      </c>
+      <c r="B563" t="s">
+        <v>5201</v>
+      </c>
+      <c r="C563" t="s">
+        <v>5202</v>
+      </c>
+      <c r="D563" t="s">
+        <v>5203</v>
+      </c>
+      <c r="E563" t="s">
+        <v>5204</v>
+      </c>
+      <c r="F563" t="s">
+        <v>5205</v>
+      </c>
+      <c r="G563" t="s">
+        <v>5206</v>
+      </c>
+      <c r="H563" t="s">
+        <v>5207</v>
+      </c>
+      <c r="I563" t="s">
+        <v>5208</v>
+      </c>
+      <c r="J563" t="s">
+        <v>24</v>
+      </c>
+      <c r="K563" t="s">
+        <v>47</v>
+      </c>
+      <c r="L563" t="s">
+        <v>26</v>
+      </c>
+      <c r="M563" t="s">
+        <v>48</v>
+      </c>
+      <c r="N563" t="s">
+        <v>28</v>
+      </c>
+      <c r="O563" t="s">
+        <v>5209</v>
+      </c>
+    </row>
+    <row r="564" spans="1:15">
+      <c r="A564">
+        <v>65081</v>
+      </c>
+      <c r="B564" t="s">
+        <v>5210</v>
+      </c>
+      <c r="C564" t="s">
+        <v>5211</v>
+      </c>
+      <c r="D564" t="s">
+        <v>5212</v>
+      </c>
+      <c r="E564" t="s">
+        <v>5213</v>
+      </c>
+      <c r="F564" t="s">
+        <v>5214</v>
+      </c>
+      <c r="G564" t="s">
+        <v>5215</v>
+      </c>
+      <c r="H564" t="s">
+        <v>5216</v>
+      </c>
+      <c r="I564" t="s">
+        <v>5217</v>
+      </c>
+      <c r="J564" t="s">
+        <v>24</v>
+      </c>
+      <c r="K564" t="s">
+        <v>47</v>
+      </c>
+      <c r="L564" t="s">
+        <v>26</v>
+      </c>
+      <c r="M564" t="s">
+        <v>48</v>
+      </c>
+      <c r="N564" t="s">
+        <v>28</v>
+      </c>
+      <c r="O564" t="s">
+        <v>5218</v>
+      </c>
+    </row>
+    <row r="565" spans="1:15">
+      <c r="A565">
+        <v>65082</v>
+      </c>
+      <c r="B565" t="s">
+        <v>5219</v>
+      </c>
+      <c r="C565" t="s">
+        <v>5220</v>
+      </c>
+      <c r="D565" t="s">
+        <v>5221</v>
+      </c>
+      <c r="E565" t="s">
+        <v>5222</v>
+      </c>
+      <c r="F565" t="s">
+        <v>5223</v>
+      </c>
+      <c r="G565" t="s">
+        <v>5224</v>
+      </c>
+      <c r="H565" t="s">
+        <v>5225</v>
+      </c>
+      <c r="I565" t="s">
+        <v>5226</v>
+      </c>
+      <c r="J565" t="s">
+        <v>24</v>
+      </c>
+      <c r="K565" t="s">
+        <v>47</v>
+      </c>
+      <c r="L565" t="s">
+        <v>26</v>
+      </c>
+      <c r="M565" t="s">
+        <v>48</v>
+      </c>
+      <c r="N565" t="s">
+        <v>28</v>
+      </c>
+      <c r="O565" t="s">
+        <v>5227</v>
+      </c>
+    </row>
+    <row r="566" spans="1:15">
+      <c r="A566">
+        <v>65083</v>
+      </c>
+      <c r="B566" t="s">
+        <v>5228</v>
+      </c>
+      <c r="C566" t="s">
+        <v>5229</v>
+      </c>
+      <c r="D566" t="s">
+        <v>5230</v>
+      </c>
+      <c r="E566" t="s">
+        <v>5231</v>
+      </c>
+      <c r="F566" t="s">
+        <v>5232</v>
+      </c>
+      <c r="G566" t="s">
+        <v>5233</v>
+      </c>
+      <c r="H566" t="s">
+        <v>5234</v>
+      </c>
+      <c r="I566" t="s">
+        <v>5235</v>
+      </c>
+      <c r="J566" t="s">
+        <v>24</v>
+      </c>
+      <c r="K566" t="s">
+        <v>170</v>
+      </c>
+      <c r="L566" t="s">
+        <v>26</v>
+      </c>
+      <c r="M566" t="s">
+        <v>171</v>
+      </c>
+      <c r="N566" t="s">
+        <v>28</v>
+      </c>
+      <c r="O566" t="s">
+        <v>5236</v>
+      </c>
+    </row>
+    <row r="567" spans="1:15">
+      <c r="A567">
+        <v>65084</v>
+      </c>
+      <c r="B567" t="s">
+        <v>5237</v>
+      </c>
+      <c r="C567" t="s">
+        <v>5238</v>
+      </c>
+      <c r="D567" t="s">
+        <v>5239</v>
+      </c>
+      <c r="E567" t="s">
+        <v>5240</v>
+      </c>
+      <c r="F567" t="s">
+        <v>5241</v>
+      </c>
+      <c r="G567" t="s">
+        <v>5242</v>
+      </c>
+      <c r="H567" t="s">
+        <v>5243</v>
+      </c>
+      <c r="I567" t="s">
+        <v>5244</v>
+      </c>
+      <c r="J567" t="s">
+        <v>24</v>
+      </c>
+      <c r="K567" t="s">
+        <v>25</v>
+      </c>
+      <c r="L567" t="s">
+        <v>26</v>
+      </c>
+      <c r="M567" t="s">
+        <v>27</v>
+      </c>
+      <c r="N567" t="s">
+        <v>28</v>
+      </c>
+      <c r="O567" t="s">
+        <v>5245</v>
+      </c>
+    </row>
+    <row r="568" spans="1:15">
+      <c r="A568">
+        <v>65085</v>
+      </c>
+      <c r="B568" t="s">
+        <v>5246</v>
+      </c>
+      <c r="C568" t="s">
+        <v>5247</v>
+      </c>
+      <c r="D568" t="s">
+        <v>5248</v>
+      </c>
+      <c r="E568" t="s">
+        <v>5249</v>
+      </c>
+      <c r="F568" t="s">
+        <v>5250</v>
+      </c>
+      <c r="G568" t="s">
+        <v>5251</v>
+      </c>
+      <c r="H568" t="s">
+        <v>5252</v>
+      </c>
+      <c r="I568" t="s">
+        <v>5253</v>
+      </c>
+      <c r="J568" t="s">
+        <v>24</v>
+      </c>
+      <c r="K568" t="s">
+        <v>580</v>
+      </c>
+      <c r="L568" t="s">
+        <v>26</v>
+      </c>
+      <c r="M568" t="s">
+        <v>581</v>
+      </c>
+      <c r="N568" t="s">
+        <v>28</v>
+      </c>
+      <c r="O568" t="s">
+        <v>5254</v>
+      </c>
+    </row>
+    <row r="569" spans="1:15">
+      <c r="A569">
+        <v>65086</v>
+      </c>
+      <c r="B569" t="s">
+        <v>5255</v>
+      </c>
+      <c r="C569" t="s">
+        <v>5256</v>
+      </c>
+      <c r="D569" t="s">
+        <v>5257</v>
+      </c>
+      <c r="E569" t="s">
+        <v>5258</v>
+      </c>
+      <c r="F569" t="s">
+        <v>5259</v>
+      </c>
+      <c r="G569" t="s">
+        <v>5260</v>
+      </c>
+      <c r="H569" t="s">
+        <v>5261</v>
+      </c>
+      <c r="I569" t="s">
+        <v>5262</v>
+      </c>
+      <c r="J569" t="s">
+        <v>24</v>
+      </c>
+      <c r="K569" t="s">
+        <v>170</v>
+      </c>
+      <c r="L569" t="s">
+        <v>26</v>
+      </c>
+      <c r="M569" t="s">
+        <v>171</v>
+      </c>
+      <c r="N569" t="s">
+        <v>28</v>
+      </c>
+      <c r="O569" t="s">
+        <v>5263</v>
+      </c>
+    </row>
+    <row r="570" spans="1:15">
+      <c r="A570">
+        <v>65087</v>
+      </c>
+      <c r="B570" t="s">
+        <v>5264</v>
+      </c>
+      <c r="C570" t="s">
+        <v>5265</v>
+      </c>
+      <c r="D570" t="s">
+        <v>5266</v>
+      </c>
+      <c r="E570" t="s">
+        <v>5267</v>
+      </c>
+      <c r="F570" t="s">
+        <v>5268</v>
+      </c>
+      <c r="G570" t="s">
+        <v>5269</v>
+      </c>
+      <c r="H570" t="s">
+        <v>5270</v>
+      </c>
+      <c r="I570" t="s">
+        <v>5271</v>
+      </c>
+      <c r="J570" t="s">
+        <v>24</v>
+      </c>
+      <c r="K570" t="s">
+        <v>170</v>
+      </c>
+      <c r="L570" t="s">
+        <v>26</v>
+      </c>
+      <c r="M570" t="s">
+        <v>171</v>
+      </c>
+      <c r="N570" t="s">
+        <v>28</v>
+      </c>
+      <c r="O570" t="s">
+        <v>5272</v>
+      </c>
+    </row>
+    <row r="571" spans="1:15">
+      <c r="A571">
+        <v>65088</v>
+      </c>
+      <c r="B571" t="s">
+        <v>5273</v>
+      </c>
+      <c r="C571" t="s">
+        <v>5274</v>
+      </c>
+      <c r="D571" t="s">
+        <v>5275</v>
+      </c>
+      <c r="E571" t="s">
+        <v>5276</v>
+      </c>
+      <c r="F571" t="s">
+        <v>5277</v>
+      </c>
+      <c r="G571" t="s">
+        <v>5278</v>
+      </c>
+      <c r="H571" t="s">
+        <v>5279</v>
+      </c>
+      <c r="I571" t="s">
+        <v>5280</v>
+      </c>
+      <c r="J571" t="s">
+        <v>24</v>
+      </c>
+      <c r="K571" t="s">
+        <v>25</v>
+      </c>
+      <c r="L571" t="s">
+        <v>26</v>
+      </c>
+      <c r="M571" t="s">
+        <v>27</v>
+      </c>
+      <c r="N571" t="s">
+        <v>28</v>
+      </c>
+      <c r="O571" t="s">
+        <v>5281</v>
+      </c>
+    </row>
+    <row r="572" spans="1:15">
+      <c r="A572">
+        <v>65089</v>
+      </c>
+      <c r="B572" t="s">
+        <v>5282</v>
+      </c>
+      <c r="C572" t="s">
+        <v>5283</v>
+      </c>
+      <c r="D572" t="s">
+        <v>5284</v>
+      </c>
+      <c r="E572" t="s">
+        <v>5285</v>
+      </c>
+      <c r="F572" t="s">
+        <v>5286</v>
+      </c>
+      <c r="G572" t="s">
+        <v>5287</v>
+      </c>
+      <c r="H572" t="s">
+        <v>5288</v>
+      </c>
+      <c r="I572" t="s">
+        <v>5289</v>
+      </c>
+      <c r="J572" t="s">
+        <v>24</v>
+      </c>
+      <c r="K572" t="s">
+        <v>25</v>
+      </c>
+      <c r="L572" t="s">
+        <v>26</v>
+      </c>
+      <c r="M572" t="s">
+        <v>27</v>
+      </c>
+      <c r="N572" t="s">
+        <v>28</v>
+      </c>
+      <c r="O572" t="s">
+        <v>5290</v>
+      </c>
+    </row>
+    <row r="573" spans="1:15">
+      <c r="A573">
+        <v>65090</v>
+      </c>
+      <c r="B573" t="s">
+        <v>5291</v>
+      </c>
+      <c r="C573" t="s">
+        <v>5292</v>
+      </c>
+      <c r="D573" t="s">
+        <v>5293</v>
+      </c>
+      <c r="E573" t="s">
+        <v>5294</v>
+      </c>
+      <c r="F573" t="s">
+        <v>5295</v>
+      </c>
+      <c r="G573" t="s">
+        <v>5296</v>
+      </c>
+      <c r="H573" t="s">
+        <v>5297</v>
+      </c>
+      <c r="I573" t="s">
+        <v>5298</v>
+      </c>
+      <c r="J573" t="s">
+        <v>24</v>
+      </c>
+      <c r="K573" t="s">
+        <v>25</v>
+      </c>
+      <c r="L573" t="s">
+        <v>26</v>
+      </c>
+      <c r="M573" t="s">
+        <v>27</v>
+      </c>
+      <c r="N573" t="s">
+        <v>28</v>
+      </c>
+      <c r="O573" t="s">
+        <v>5299</v>
+      </c>
+    </row>
+    <row r="574" spans="1:15">
+      <c r="A574">
+        <v>65091</v>
+      </c>
+      <c r="B574" t="s">
+        <v>5300</v>
+      </c>
+      <c r="C574" t="s">
+        <v>5301</v>
+      </c>
+      <c r="D574" t="s">
+        <v>5302</v>
+      </c>
+      <c r="E574" t="s">
+        <v>5303</v>
+      </c>
+      <c r="F574" t="s">
+        <v>5304</v>
+      </c>
+      <c r="G574" t="s">
+        <v>5305</v>
+      </c>
+      <c r="H574" t="s">
+        <v>5306</v>
+      </c>
+      <c r="I574" t="s">
+        <v>5307</v>
+      </c>
+      <c r="J574" t="s">
+        <v>24</v>
+      </c>
+      <c r="K574" t="s">
+        <v>25</v>
+      </c>
+      <c r="L574" t="s">
+        <v>26</v>
+      </c>
+      <c r="M574" t="s">
+        <v>27</v>
+      </c>
+      <c r="N574" t="s">
+        <v>28</v>
+      </c>
+      <c r="O574" t="s">
+        <v>5308</v>
+      </c>
+    </row>
+    <row r="575" spans="1:15">
+      <c r="A575">
+        <v>65092</v>
+      </c>
+      <c r="B575" t="s">
+        <v>5309</v>
+      </c>
+      <c r="C575" t="s">
+        <v>5310</v>
+      </c>
+      <c r="D575" t="s">
+        <v>5311</v>
+      </c>
+      <c r="E575" t="s">
+        <v>5312</v>
+      </c>
+      <c r="F575" t="s">
+        <v>5313</v>
+      </c>
+      <c r="G575" t="s">
+        <v>5314</v>
+      </c>
+      <c r="H575" t="s">
+        <v>5315</v>
+      </c>
+      <c r="I575" t="s">
+        <v>5316</v>
+      </c>
+      <c r="J575" t="s">
+        <v>24</v>
+      </c>
+      <c r="K575" t="s">
+        <v>170</v>
+      </c>
+      <c r="L575" t="s">
+        <v>26</v>
+      </c>
+      <c r="M575" t="s">
+        <v>171</v>
+      </c>
+      <c r="N575" t="s">
+        <v>28</v>
+      </c>
+      <c r="O575" t="s">
+        <v>5317</v>
+      </c>
+    </row>
+    <row r="576" spans="1:15">
+      <c r="A576">
+        <v>65093</v>
+      </c>
+      <c r="B576" t="s">
+        <v>5318</v>
+      </c>
+      <c r="C576" t="s">
+        <v>5319</v>
+      </c>
+      <c r="D576" t="s">
+        <v>5320</v>
+      </c>
+      <c r="E576" t="s">
+        <v>5321</v>
+      </c>
+      <c r="F576" t="s">
+        <v>5322</v>
+      </c>
+      <c r="G576" t="s">
+        <v>5323</v>
+      </c>
+      <c r="H576" t="s">
+        <v>5324</v>
+      </c>
+      <c r="I576" t="s">
+        <v>5325</v>
+      </c>
+      <c r="J576" t="s">
+        <v>24</v>
+      </c>
+      <c r="K576" t="s">
+        <v>170</v>
+      </c>
+      <c r="L576" t="s">
+        <v>26</v>
+      </c>
+      <c r="M576" t="s">
+        <v>171</v>
+      </c>
+      <c r="N576" t="s">
+        <v>28</v>
+      </c>
+      <c r="O576" t="s">
+        <v>5326</v>
+      </c>
+    </row>
+    <row r="577" spans="1:15">
+      <c r="A577">
+        <v>65094</v>
+      </c>
+      <c r="B577" t="s">
+        <v>5327</v>
+      </c>
+      <c r="C577" t="s">
+        <v>5328</v>
+      </c>
+      <c r="D577" t="s">
+        <v>5329</v>
+      </c>
+      <c r="E577" t="s">
+        <v>5330</v>
+      </c>
+      <c r="F577" t="s">
+        <v>5331</v>
+      </c>
+      <c r="G577" t="s">
+        <v>5332</v>
+      </c>
+      <c r="H577" t="s">
+        <v>5333</v>
+      </c>
+      <c r="I577" t="s">
+        <v>5334</v>
+      </c>
+      <c r="J577" t="s">
+        <v>24</v>
+      </c>
+      <c r="K577" t="s">
+        <v>5335</v>
+      </c>
+      <c r="L577" t="s">
+        <v>26</v>
+      </c>
+      <c r="M577" t="s">
+        <v>5336</v>
+      </c>
+      <c r="N577" t="s">
+        <v>28</v>
+      </c>
+      <c r="O577" t="s">
+        <v>5337</v>
+      </c>
+    </row>
+    <row r="578" spans="1:15">
+      <c r="A578">
+        <v>65095</v>
+      </c>
+      <c r="B578" t="s">
+        <v>5338</v>
+      </c>
+      <c r="C578" t="s">
+        <v>5339</v>
+      </c>
+      <c r="D578" t="s">
+        <v>5340</v>
+      </c>
+      <c r="E578" t="s">
+        <v>5341</v>
+      </c>
+      <c r="F578" t="s">
+        <v>5342</v>
+      </c>
+      <c r="G578" t="s">
+        <v>5343</v>
+      </c>
+      <c r="H578" t="s">
+        <v>5344</v>
+      </c>
+      <c r="I578" t="s">
+        <v>5345</v>
+      </c>
+      <c r="J578" t="s">
+        <v>24</v>
+      </c>
+      <c r="K578" t="s">
+        <v>757</v>
+      </c>
+      <c r="L578" t="s">
+        <v>26</v>
+      </c>
+      <c r="M578" t="s">
+        <v>758</v>
+      </c>
+      <c r="N578" t="s">
+        <v>28</v>
+      </c>
+      <c r="O578" t="s">
+        <v>5346</v>
+      </c>
+    </row>
+    <row r="579" spans="1:15">
+      <c r="A579">
+        <v>65096</v>
+      </c>
+      <c r="B579" t="s">
+        <v>5347</v>
+      </c>
+      <c r="C579" t="s">
+        <v>5348</v>
+      </c>
+      <c r="D579" t="s">
+        <v>5349</v>
+      </c>
+      <c r="E579" t="s">
+        <v>5350</v>
+      </c>
+      <c r="F579" t="s">
+        <v>5351</v>
+      </c>
+      <c r="G579" t="s">
+        <v>5352</v>
+      </c>
+      <c r="H579" t="s">
+        <v>5353</v>
+      </c>
+      <c r="I579" t="s">
+        <v>5354</v>
+      </c>
+      <c r="J579" t="s">
+        <v>24</v>
+      </c>
+      <c r="K579" t="s">
+        <v>25</v>
+      </c>
+      <c r="L579" t="s">
+        <v>26</v>
+      </c>
+      <c r="M579" t="s">
+        <v>27</v>
+      </c>
+      <c r="N579" t="s">
+        <v>28</v>
+      </c>
+      <c r="O579" t="s">
+        <v>5355</v>
+      </c>
+    </row>
+    <row r="580" spans="1:15">
+      <c r="A580">
+        <v>65097</v>
+      </c>
+      <c r="B580" t="s">
+        <v>5356</v>
+      </c>
+      <c r="C580" t="s">
+        <v>5357</v>
+      </c>
+      <c r="D580" t="s">
+        <v>5358</v>
+      </c>
+      <c r="E580" t="s">
+        <v>5359</v>
+      </c>
+      <c r="F580" t="s">
+        <v>5360</v>
+      </c>
+      <c r="G580" t="s">
+        <v>5361</v>
+      </c>
+      <c r="H580" t="s">
+        <v>5362</v>
+      </c>
+      <c r="I580" t="s">
+        <v>5363</v>
+      </c>
+      <c r="J580" t="s">
+        <v>24</v>
+      </c>
+      <c r="K580" t="s">
+        <v>170</v>
+      </c>
+      <c r="L580" t="s">
+        <v>26</v>
+      </c>
+      <c r="M580" t="s">
+        <v>171</v>
+      </c>
+      <c r="N580" t="s">
+        <v>28</v>
+      </c>
+      <c r="O580" t="s">
+        <v>5364</v>
+      </c>
+    </row>
+    <row r="581" spans="1:15">
+      <c r="A581">
+        <v>65098</v>
+      </c>
+      <c r="B581" t="s">
+        <v>5365</v>
+      </c>
+      <c r="C581" t="s">
+        <v>5366</v>
+      </c>
+      <c r="D581" t="s">
+        <v>5367</v>
+      </c>
+      <c r="E581" t="s">
+        <v>5368</v>
+      </c>
+      <c r="F581" t="s">
+        <v>5369</v>
+      </c>
+      <c r="G581" t="s">
+        <v>5370</v>
+      </c>
+      <c r="H581" t="s">
+        <v>5371</v>
+      </c>
+      <c r="I581" t="s">
+        <v>5372</v>
+      </c>
+      <c r="J581" t="s">
+        <v>24</v>
+      </c>
+      <c r="K581" t="s">
+        <v>25</v>
+      </c>
+      <c r="L581" t="s">
+        <v>26</v>
+      </c>
+      <c r="M581" t="s">
+        <v>27</v>
+      </c>
+      <c r="N581" t="s">
+        <v>28</v>
+      </c>
+      <c r="O581" t="s">
+        <v>5373</v>
+      </c>
+    </row>
+    <row r="582" spans="1:15">
+      <c r="A582">
+        <v>65099</v>
+      </c>
+      <c r="B582" t="s">
+        <v>5374</v>
+      </c>
+      <c r="C582" t="s">
+        <v>5375</v>
+      </c>
+      <c r="D582" t="s">
+        <v>5376</v>
+      </c>
+      <c r="E582" t="s">
+        <v>5377</v>
+      </c>
+      <c r="F582" t="s">
+        <v>5378</v>
+      </c>
+      <c r="G582" t="s">
+        <v>5379</v>
+      </c>
+      <c r="H582" t="s">
+        <v>5380</v>
+      </c>
+      <c r="I582" t="s">
+        <v>5381</v>
+      </c>
+      <c r="J582" t="s">
+        <v>24</v>
+      </c>
+      <c r="K582" t="s">
+        <v>170</v>
+      </c>
+      <c r="L582" t="s">
+        <v>26</v>
+      </c>
+      <c r="M582" t="s">
+        <v>171</v>
+      </c>
+      <c r="N582" t="s">
+        <v>28</v>
+      </c>
+      <c r="O582" t="s">
+        <v>5382</v>
+      </c>
+    </row>
+    <row r="583" spans="1:15">
+      <c r="A583">
+        <v>65100</v>
+      </c>
+      <c r="B583" t="s">
+        <v>5383</v>
+      </c>
+      <c r="C583" t="s">
+        <v>5384</v>
+      </c>
+      <c r="D583" t="s">
+        <v>5385</v>
+      </c>
+      <c r="E583" t="s">
+        <v>5386</v>
+      </c>
+      <c r="F583" t="s">
+        <v>5387</v>
+      </c>
+      <c r="G583" t="s">
+        <v>5388</v>
+      </c>
+      <c r="H583" t="s">
+        <v>5389</v>
+      </c>
+      <c r="I583" t="s">
+        <v>5390</v>
+      </c>
+      <c r="J583" t="s">
+        <v>24</v>
+      </c>
+      <c r="K583" t="s">
+        <v>4766</v>
+      </c>
+      <c r="L583" t="s">
+        <v>26</v>
+      </c>
+      <c r="M583" t="s">
+        <v>4767</v>
+      </c>
+      <c r="N583" t="s">
+        <v>28</v>
+      </c>
+      <c r="O583" t="s">
+        <v>5391</v>
+      </c>
+    </row>
+    <row r="584" spans="1:15">
+      <c r="A584">
+        <v>65101</v>
+      </c>
+      <c r="B584" t="s">
+        <v>5392</v>
+      </c>
+      <c r="C584" t="s">
+        <v>5393</v>
+      </c>
+      <c r="D584" t="s">
+        <v>5394</v>
+      </c>
+      <c r="E584" t="s">
+        <v>5395</v>
+      </c>
+      <c r="F584" t="s">
+        <v>5396</v>
+      </c>
+      <c r="G584" t="s">
+        <v>5397</v>
+      </c>
+      <c r="H584" t="s">
+        <v>5398</v>
+      </c>
+      <c r="I584" t="s">
+        <v>5399</v>
+      </c>
+      <c r="J584" t="s">
+        <v>24</v>
+      </c>
+      <c r="K584" t="s">
+        <v>170</v>
+      </c>
+      <c r="L584" t="s">
+        <v>26</v>
+      </c>
+      <c r="M584" t="s">
+        <v>171</v>
+      </c>
+      <c r="N584" t="s">
+        <v>28</v>
+      </c>
+      <c r="O584" t="s">
+        <v>5400</v>
+      </c>
+    </row>
+    <row r="585" spans="1:15">
+      <c r="A585">
+        <v>65102</v>
+      </c>
+      <c r="B585" t="s">
+        <v>5401</v>
+      </c>
+      <c r="C585" t="s">
+        <v>5402</v>
+      </c>
+      <c r="D585" t="s">
+        <v>5403</v>
+      </c>
+      <c r="E585" t="s">
+        <v>5404</v>
+      </c>
+      <c r="F585" t="s">
+        <v>5405</v>
+      </c>
+      <c r="G585" t="s">
+        <v>5406</v>
+      </c>
+      <c r="H585" t="s">
+        <v>5407</v>
+      </c>
+      <c r="I585" t="s">
+        <v>5408</v>
+      </c>
+      <c r="J585" t="s">
+        <v>24</v>
+      </c>
+      <c r="K585" t="s">
+        <v>25</v>
+      </c>
+      <c r="L585" t="s">
+        <v>26</v>
+      </c>
+      <c r="M585" t="s">
+        <v>27</v>
+      </c>
+      <c r="N585" t="s">
+        <v>28</v>
+      </c>
+      <c r="O585" t="s">
+        <v>5409</v>
+      </c>
+    </row>
+    <row r="586" spans="1:15">
+      <c r="A586">
+        <v>65104</v>
+      </c>
+      <c r="B586" t="s">
+        <v>5410</v>
+      </c>
+      <c r="C586" t="s">
+        <v>5411</v>
+      </c>
+      <c r="D586" t="s">
+        <v>5412</v>
+      </c>
+      <c r="E586" t="s">
+        <v>5413</v>
+      </c>
+      <c r="F586" t="s">
+        <v>5414</v>
+      </c>
+      <c r="G586" t="s">
+        <v>5415</v>
+      </c>
+      <c r="H586" t="s">
+        <v>5416</v>
+      </c>
+      <c r="I586" t="s">
+        <v>5417</v>
+      </c>
+      <c r="J586" t="s">
+        <v>24</v>
+      </c>
+      <c r="K586" t="s">
+        <v>2866</v>
+      </c>
+      <c r="L586" t="s">
+        <v>26</v>
+      </c>
+      <c r="M586" t="s">
+        <v>2867</v>
+      </c>
+      <c r="N586" t="s">
+        <v>28</v>
+      </c>
+      <c r="O586" t="s">
+        <v>5418</v>
+      </c>
+    </row>
+    <row r="587" spans="1:15">
+      <c r="A587">
+        <v>65105</v>
+      </c>
+      <c r="B587" t="s">
+        <v>5419</v>
+      </c>
+      <c r="C587" t="s">
+        <v>5420</v>
+      </c>
+      <c r="D587" t="s">
+        <v>5421</v>
+      </c>
+      <c r="E587" t="s">
+        <v>5422</v>
+      </c>
+      <c r="F587" t="s">
+        <v>5423</v>
+      </c>
+      <c r="G587" t="s">
+        <v>5424</v>
+      </c>
+      <c r="H587" t="s">
+        <v>5425</v>
+      </c>
+      <c r="I587" t="s">
+        <v>5426</v>
+      </c>
+      <c r="J587" t="s">
+        <v>24</v>
+      </c>
+      <c r="K587" t="s">
+        <v>170</v>
+      </c>
+      <c r="L587" t="s">
+        <v>26</v>
+      </c>
+      <c r="M587" t="s">
+        <v>171</v>
+      </c>
+      <c r="N587" t="s">
+        <v>28</v>
+      </c>
+      <c r="O587" t="s">
+        <v>5427</v>
+      </c>
+    </row>
+    <row r="588" spans="1:15">
+      <c r="A588">
+        <v>65107</v>
+      </c>
+      <c r="B588" t="s">
+        <v>5428</v>
+      </c>
+      <c r="C588" t="s">
+        <v>5429</v>
+      </c>
+      <c r="D588" t="s">
+        <v>5430</v>
+      </c>
+      <c r="E588" t="s">
+        <v>5431</v>
+      </c>
+      <c r="F588" t="s">
+        <v>5432</v>
+      </c>
+      <c r="G588" t="s">
+        <v>5433</v>
+      </c>
+      <c r="H588" t="s">
+        <v>5434</v>
+      </c>
+      <c r="I588" t="s">
+        <v>5435</v>
+      </c>
+      <c r="J588" t="s">
+        <v>24</v>
+      </c>
+      <c r="K588" t="s">
+        <v>5436</v>
+      </c>
+      <c r="L588" t="s">
+        <v>26</v>
+      </c>
+      <c r="M588" t="s">
+        <v>5437</v>
+      </c>
+      <c r="N588" t="s">
+        <v>28</v>
+      </c>
+      <c r="O588" t="s">
+        <v>5438</v>
+      </c>
+    </row>
+    <row r="589" spans="1:15">
+      <c r="A589">
+        <v>65116</v>
+      </c>
+      <c r="B589" t="s">
+        <v>5439</v>
+      </c>
+      <c r="C589" t="s">
+        <v>5440</v>
+      </c>
+      <c r="D589" t="s">
+        <v>5441</v>
+      </c>
+      <c r="E589" t="s">
+        <v>5442</v>
+      </c>
+      <c r="F589" t="s">
+        <v>5443</v>
+      </c>
+      <c r="G589" t="s">
+        <v>5444</v>
+      </c>
+      <c r="H589" t="s">
+        <v>5445</v>
+      </c>
+      <c r="I589" t="s">
+        <v>5446</v>
+      </c>
+      <c r="J589" t="s">
+        <v>24</v>
+      </c>
+      <c r="K589" t="s">
+        <v>170</v>
+      </c>
+      <c r="L589" t="s">
+        <v>26</v>
+      </c>
+      <c r="M589" t="s">
+        <v>171</v>
+      </c>
+      <c r="N589" t="s">
+        <v>28</v>
+      </c>
+      <c r="O589" t="s">
+        <v>5447</v>
+      </c>
+    </row>
+    <row r="590" spans="1:15">
+      <c r="A590">
+        <v>65124</v>
+      </c>
+      <c r="B590" t="s">
+        <v>5448</v>
+      </c>
+      <c r="C590" t="s">
+        <v>5449</v>
+      </c>
+      <c r="D590" t="s">
+        <v>5450</v>
+      </c>
+      <c r="E590" t="s">
+        <v>5451</v>
+      </c>
+      <c r="F590" t="s">
+        <v>5452</v>
+      </c>
+      <c r="G590" t="s">
+        <v>5453</v>
+      </c>
+      <c r="H590" t="s">
+        <v>5454</v>
+      </c>
+      <c r="I590" t="s">
+        <v>5455</v>
+      </c>
+      <c r="J590" t="s">
+        <v>24</v>
+      </c>
+      <c r="K590" t="s">
+        <v>25</v>
+      </c>
+      <c r="L590" t="s">
+        <v>26</v>
+      </c>
+      <c r="M590" t="s">
+        <v>27</v>
+      </c>
+      <c r="N590" t="s">
+        <v>28</v>
+      </c>
+      <c r="O590" t="s">
+        <v>5456</v>
+      </c>
+    </row>
+    <row r="591" spans="1:15">
+      <c r="A591">
+        <v>65255</v>
+      </c>
+      <c r="B591" t="s">
+        <v>5457</v>
+      </c>
+      <c r="C591" t="s">
+        <v>5458</v>
+      </c>
+      <c r="D591" t="s">
+        <v>5459</v>
+      </c>
+      <c r="E591" t="s">
+        <v>5460</v>
+      </c>
+      <c r="F591" t="s">
+        <v>5461</v>
+      </c>
+      <c r="G591" t="s">
+        <v>5462</v>
+      </c>
+      <c r="H591" t="s">
+        <v>5463</v>
+      </c>
+      <c r="I591" t="s">
+        <v>5464</v>
+      </c>
+      <c r="J591" t="s">
+        <v>1682</v>
+      </c>
+      <c r="K591" t="s">
+        <v>5465</v>
+      </c>
+      <c r="L591" t="s">
+        <v>1684</v>
+      </c>
+      <c r="M591" t="s">
+        <v>5466</v>
+      </c>
+      <c r="N591" t="s">
+        <v>28</v>
+      </c>
+      <c r="O591" t="s">
+        <v>5467</v>
+      </c>
+    </row>
+    <row r="592" spans="1:15">
+      <c r="A592">
+        <v>65479</v>
+      </c>
+      <c r="B592" t="s">
+        <v>5468</v>
+      </c>
+      <c r="C592" t="s">
+        <v>5469</v>
+      </c>
+      <c r="D592" t="s">
+        <v>5470</v>
+      </c>
+      <c r="E592" t="s">
+        <v>5471</v>
+      </c>
+      <c r="F592" t="s">
+        <v>5472</v>
+      </c>
+      <c r="G592" t="s">
+        <v>5473</v>
+      </c>
+      <c r="H592" t="s">
+        <v>5474</v>
+      </c>
+      <c r="I592" t="s">
+        <v>5475</v>
+      </c>
+      <c r="J592" t="s">
+        <v>24</v>
+      </c>
+      <c r="K592" t="s">
+        <v>25</v>
+      </c>
+      <c r="L592" t="s">
+        <v>26</v>
+      </c>
+      <c r="M592" t="s">
+        <v>27</v>
+      </c>
+      <c r="N592" t="s">
+        <v>28</v>
+      </c>
+      <c r="O592" t="s">
+        <v>5476</v>
+      </c>
+    </row>
+    <row r="593" spans="1:15">
+      <c r="A593">
+        <v>65566</v>
+      </c>
+      <c r="B593" t="s">
+        <v>5477</v>
+      </c>
+      <c r="C593" t="s">
+        <v>5478</v>
+      </c>
+      <c r="D593" t="s">
+        <v>5479</v>
+      </c>
+      <c r="E593" t="s">
+        <v>5480</v>
+      </c>
+      <c r="F593" t="s">
+        <v>5481</v>
+      </c>
+      <c r="G593" t="s">
+        <v>5482</v>
+      </c>
+      <c r="H593" t="s">
+        <v>5483</v>
+      </c>
+      <c r="I593" t="s">
+        <v>5484</v>
+      </c>
+      <c r="J593" t="s">
+        <v>24</v>
+      </c>
+      <c r="K593" t="s">
+        <v>170</v>
+      </c>
+      <c r="L593" t="s">
+        <v>26</v>
+      </c>
+      <c r="M593" t="s">
+        <v>171</v>
+      </c>
+      <c r="N593" t="s">
+        <v>28</v>
+      </c>
+      <c r="O593" t="s">
+        <v>5485</v>
+      </c>
+    </row>
+    <row r="594" spans="1:15">
+      <c r="A594">
+        <v>65613</v>
+      </c>
+      <c r="B594" t="s">
+        <v>5486</v>
+      </c>
+      <c r="C594" t="s">
+        <v>5487</v>
+      </c>
+      <c r="D594" t="s">
+        <v>5488</v>
+      </c>
+      <c r="E594" t="s">
+        <v>5489</v>
+      </c>
+      <c r="F594" t="s">
+        <v>5490</v>
+      </c>
+      <c r="G594" t="s">
+        <v>5491</v>
+      </c>
+      <c r="H594" t="s">
+        <v>5492</v>
+      </c>
+      <c r="I594" t="s">
+        <v>5493</v>
+      </c>
+      <c r="J594" t="s">
+        <v>5494</v>
+      </c>
+      <c r="K594" t="s">
+        <v>1722</v>
+      </c>
+      <c r="L594" t="s">
+        <v>5495</v>
+      </c>
+      <c r="M594" t="s">
+        <v>1723</v>
+      </c>
+      <c r="N594" t="s">
+        <v>28</v>
+      </c>
+      <c r="O594" t="s">
+        <v>5496</v>
+      </c>
+    </row>
+    <row r="595" spans="1:15">
+      <c r="A595">
+        <v>65869</v>
+      </c>
+      <c r="B595" t="s">
+        <v>5497</v>
+      </c>
+      <c r="C595" t="s">
+        <v>5498</v>
+      </c>
+      <c r="D595" t="s">
+        <v>5499</v>
+      </c>
+      <c r="E595" t="s">
+        <v>5500</v>
+      </c>
+      <c r="F595" t="s">
+        <v>5501</v>
+      </c>
+      <c r="G595" t="s">
+        <v>5502</v>
+      </c>
+      <c r="H595" t="s">
+        <v>5503</v>
+      </c>
+      <c r="I595" t="s">
+        <v>5504</v>
+      </c>
+      <c r="J595" t="s">
+        <v>24</v>
+      </c>
+      <c r="K595" t="s">
+        <v>916</v>
+      </c>
+      <c r="L595" t="s">
+        <v>26</v>
+      </c>
+      <c r="M595" t="s">
+        <v>917</v>
+      </c>
+      <c r="N595" t="s">
+        <v>28</v>
+      </c>
+      <c r="O595" t="s">
+        <v>5505</v>
+      </c>
+    </row>
+    <row r="596" spans="1:15">
+      <c r="A596">
+        <v>66392</v>
+      </c>
+      <c r="B596" t="s">
+        <v>5506</v>
+      </c>
+      <c r="C596" t="s">
+        <v>5507</v>
+      </c>
+      <c r="D596" t="s">
+        <v>5508</v>
+      </c>
+      <c r="E596" t="s">
+        <v>5509</v>
+      </c>
+      <c r="F596" t="s">
+        <v>5510</v>
+      </c>
+      <c r="G596" t="s">
+        <v>5511</v>
+      </c>
+      <c r="H596" t="s">
+        <v>5512</v>
+      </c>
+      <c r="I596" t="s">
+        <v>5513</v>
+      </c>
+      <c r="J596" t="s">
+        <v>24</v>
+      </c>
+      <c r="K596" t="s">
+        <v>25</v>
+      </c>
+      <c r="L596" t="s">
+        <v>26</v>
+      </c>
+      <c r="M596" t="s">
+        <v>27</v>
+      </c>
+      <c r="N596" t="s">
+        <v>28</v>
+      </c>
+      <c r="O596" t="s">
+        <v>5514</v>
+      </c>
+    </row>
+    <row r="597" spans="1:15">
+      <c r="A597">
+        <v>66510</v>
+      </c>
+      <c r="B597" t="s">
+        <v>5515</v>
+      </c>
+      <c r="C597" t="s">
+        <v>5516</v>
+      </c>
+      <c r="D597" t="s">
+        <v>5517</v>
+      </c>
+      <c r="E597" t="s">
+        <v>5518</v>
+      </c>
+      <c r="F597" t="s">
+        <v>5519</v>
+      </c>
+      <c r="G597" t="s">
+        <v>5520</v>
+      </c>
+      <c r="H597" t="s">
+        <v>5521</v>
+      </c>
+      <c r="I597" t="s">
+        <v>5522</v>
+      </c>
+      <c r="J597" t="s">
+        <v>1682</v>
+      </c>
+      <c r="K597" t="s">
+        <v>5523</v>
+      </c>
+      <c r="L597" t="s">
+        <v>1684</v>
+      </c>
+      <c r="M597" t="s">
+        <v>5524</v>
+      </c>
+      <c r="N597" t="s">
+        <v>28</v>
+      </c>
+      <c r="O597" t="s">
+        <v>5525</v>
+      </c>
+    </row>
+    <row r="598" spans="1:15">
+      <c r="A598">
+        <v>66511</v>
+      </c>
+      <c r="B598" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C598" t="s">
+        <v>5526</v>
+      </c>
+      <c r="D598" t="s">
+        <v>5527</v>
+      </c>
+      <c r="E598" t="s">
+        <v>5528</v>
+      </c>
+      <c r="F598" t="s">
+        <v>2030</v>
+      </c>
+      <c r="G598" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H598" t="s">
+        <v>5529</v>
+      </c>
+      <c r="I598" t="s">
+        <v>5530</v>
+      </c>
+      <c r="J598" t="s">
+        <v>24</v>
+      </c>
+      <c r="K598" t="s">
+        <v>5531</v>
+      </c>
+      <c r="L598" t="s">
+        <v>26</v>
+      </c>
+      <c r="M598" t="s">
+        <v>5532</v>
+      </c>
+      <c r="N598" t="s">
+        <v>28</v>
+      </c>
+      <c r="O598" t="s">
+        <v>5533</v>
+      </c>
+    </row>
+    <row r="599" spans="1:15">
+      <c r="A599">
+        <v>66512</v>
+      </c>
+      <c r="B599" t="s">
+        <v>4601</v>
+      </c>
+      <c r="C599" t="s">
+        <v>5534</v>
+      </c>
+      <c r="D599" t="s">
+        <v>5535</v>
+      </c>
+      <c r="E599" t="s">
+        <v>5536</v>
+      </c>
+      <c r="F599" t="s">
+        <v>5537</v>
+      </c>
+      <c r="G599" t="s">
+        <v>4606</v>
+      </c>
+      <c r="H599" t="s">
+        <v>4607</v>
+      </c>
+      <c r="I599" t="s">
+        <v>4608</v>
+      </c>
+      <c r="J599" t="s">
+        <v>24</v>
+      </c>
+      <c r="K599" t="s">
+        <v>5538</v>
+      </c>
+      <c r="L599" t="s">
+        <v>26</v>
+      </c>
+      <c r="M599" t="s">
+        <v>5539</v>
+      </c>
+      <c r="N599" t="s">
+        <v>28</v>
+      </c>
+      <c r="O599" t="s">
+        <v>5540</v>
+      </c>
+    </row>
+    <row r="600" spans="1:15">
+      <c r="A600">
+        <v>66513</v>
+      </c>
+      <c r="B600" t="s">
+        <v>5541</v>
+      </c>
+      <c r="C600" t="s">
+        <v>5542</v>
+      </c>
+      <c r="D600" t="s">
+        <v>5543</v>
+      </c>
+      <c r="E600" t="s">
+        <v>5544</v>
+      </c>
+      <c r="F600" t="s">
+        <v>5545</v>
+      </c>
+      <c r="G600" t="s">
+        <v>4932</v>
+      </c>
+      <c r="H600" t="s">
+        <v>5546</v>
+      </c>
+      <c r="I600" t="s">
+        <v>5547</v>
+      </c>
+      <c r="J600" t="s">
+        <v>24</v>
+      </c>
+      <c r="K600" t="s">
+        <v>5538</v>
+      </c>
+      <c r="L600" t="s">
+        <v>26</v>
+      </c>
+      <c r="M600" t="s">
+        <v>5539</v>
+      </c>
+      <c r="N600" t="s">
+        <v>28</v>
+      </c>
+      <c r="O600" t="s">
+        <v>5548</v>
+      </c>
+    </row>
+    <row r="601" spans="1:15">
+      <c r="A601">
+        <v>66514</v>
+      </c>
+      <c r="B601" t="s">
+        <v>5549</v>
+      </c>
+      <c r="C601" t="s">
+        <v>5550</v>
+      </c>
+      <c r="D601" t="s">
+        <v>5551</v>
+      </c>
+      <c r="E601" t="s">
+        <v>5552</v>
+      </c>
+      <c r="F601" t="s">
+        <v>2184</v>
+      </c>
+      <c r="G601" t="s">
+        <v>2185</v>
+      </c>
+      <c r="H601" t="s">
+        <v>5553</v>
+      </c>
+      <c r="I601" t="s">
+        <v>5554</v>
+      </c>
+      <c r="J601" t="s">
+        <v>24</v>
+      </c>
+      <c r="K601" t="s">
+        <v>5538</v>
+      </c>
+      <c r="L601" t="s">
+        <v>26</v>
+      </c>
+      <c r="M601" t="s">
+        <v>5539</v>
+      </c>
+      <c r="N601" t="s">
+        <v>28</v>
+      </c>
+      <c r="O601" t="s">
+        <v>5555</v>
+      </c>
+    </row>
+    <row r="602" spans="1:15">
+      <c r="A602">
+        <v>66515</v>
+      </c>
+      <c r="B602" t="s">
+        <v>5556</v>
+      </c>
+      <c r="C602" t="s">
+        <v>5557</v>
+      </c>
+      <c r="D602" t="s">
+        <v>5558</v>
+      </c>
+      <c r="E602" t="s">
+        <v>5559</v>
+      </c>
+      <c r="F602" t="s">
+        <v>5560</v>
+      </c>
+      <c r="G602" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H602" t="s">
+        <v>5561</v>
+      </c>
+      <c r="I602" t="s">
+        <v>5562</v>
+      </c>
+      <c r="J602" t="s">
+        <v>24</v>
+      </c>
+      <c r="K602" t="s">
+        <v>5538</v>
+      </c>
+      <c r="L602" t="s">
+        <v>26</v>
+      </c>
+      <c r="M602" t="s">
+        <v>5539</v>
+      </c>
+      <c r="N602" t="s">
+        <v>28</v>
+      </c>
+      <c r="O602" t="s">
+        <v>5563</v>
+      </c>
+    </row>
+    <row r="603" spans="1:15">
+      <c r="A603">
+        <v>66516</v>
+      </c>
+      <c r="B603" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C603" t="s">
+        <v>5564</v>
+      </c>
+      <c r="D603" t="s">
+        <v>5565</v>
+      </c>
+      <c r="E603" t="s">
+        <v>5566</v>
+      </c>
+      <c r="F603" t="s">
+        <v>5567</v>
+      </c>
+      <c r="G603" t="s">
+        <v>5568</v>
+      </c>
+      <c r="H603" t="s">
+        <v>5569</v>
+      </c>
+      <c r="I603" t="s">
+        <v>1790</v>
+      </c>
+      <c r="J603" t="s">
+        <v>24</v>
+      </c>
+      <c r="K603" t="s">
+        <v>170</v>
+      </c>
+      <c r="L603" t="s">
+        <v>26</v>
+      </c>
+      <c r="M603" t="s">
+        <v>171</v>
+      </c>
+      <c r="N603" t="s">
+        <v>28</v>
+      </c>
+      <c r="O603" t="s">
+        <v>5570</v>
+      </c>
+    </row>
+    <row r="604" spans="1:15">
+      <c r="A604">
+        <v>66517</v>
+      </c>
+      <c r="B604" t="s">
+        <v>5571</v>
+      </c>
+      <c r="C604" t="s">
+        <v>5572</v>
+      </c>
+      <c r="D604" t="s">
+        <v>5573</v>
+      </c>
+      <c r="E604" t="s">
+        <v>5574</v>
+      </c>
+      <c r="F604" t="s">
+        <v>5575</v>
+      </c>
+      <c r="G604" t="s">
+        <v>5576</v>
+      </c>
+      <c r="H604" t="s">
+        <v>5577</v>
+      </c>
+      <c r="I604" t="s">
+        <v>5578</v>
+      </c>
+      <c r="J604" t="s">
+        <v>24</v>
+      </c>
+      <c r="K604" t="s">
+        <v>5538</v>
+      </c>
+      <c r="L604" t="s">
+        <v>26</v>
+      </c>
+      <c r="M604" t="s">
+        <v>5539</v>
+      </c>
+      <c r="N604" t="s">
+        <v>28</v>
+      </c>
+      <c r="O604" t="s">
+        <v>5579</v>
+      </c>
+    </row>
+    <row r="605" spans="1:15">
+      <c r="A605">
+        <v>66518</v>
+      </c>
+      <c r="B605" t="s">
+        <v>5580</v>
+      </c>
+      <c r="C605" t="s">
+        <v>5581</v>
+      </c>
+      <c r="D605" t="s">
+        <v>5582</v>
+      </c>
+      <c r="E605" t="s">
+        <v>5583</v>
+      </c>
+      <c r="F605" t="s">
+        <v>5584</v>
+      </c>
+      <c r="G605" t="s">
+        <v>1815</v>
+      </c>
+      <c r="H605" t="s">
+        <v>5585</v>
+      </c>
+      <c r="I605" t="s">
+        <v>5586</v>
+      </c>
+      <c r="J605" t="s">
+        <v>24</v>
+      </c>
+      <c r="K605" t="s">
+        <v>170</v>
+      </c>
+      <c r="L605" t="s">
+        <v>26</v>
+      </c>
+      <c r="M605" t="s">
+        <v>171</v>
+      </c>
+      <c r="N605" t="s">
+        <v>28</v>
+      </c>
+      <c r="O605" t="s">
+        <v>5587</v>
+      </c>
+    </row>
+    <row r="606" spans="1:15">
+      <c r="A606">
+        <v>66519</v>
+      </c>
+      <c r="B606" t="s">
+        <v>5588</v>
+      </c>
+      <c r="C606" t="s">
+        <v>5589</v>
+      </c>
+      <c r="D606" t="s">
+        <v>5590</v>
+      </c>
+      <c r="E606" t="s">
+        <v>5591</v>
+      </c>
+      <c r="F606" t="s">
+        <v>5592</v>
+      </c>
+      <c r="G606" t="s">
+        <v>5593</v>
+      </c>
+      <c r="H606" t="s">
+        <v>2050</v>
+      </c>
+      <c r="I606" t="s">
+        <v>2051</v>
+      </c>
+      <c r="J606" t="s">
+        <v>24</v>
+      </c>
+      <c r="K606" t="s">
+        <v>5594</v>
+      </c>
+      <c r="L606" t="s">
+        <v>26</v>
+      </c>
+      <c r="M606" t="s">
+        <v>5595</v>
+      </c>
+      <c r="N606" t="s">
+        <v>28</v>
+      </c>
+      <c r="O606" t="s">
+        <v>5596</v>
+      </c>
+    </row>
+    <row r="607" spans="1:15">
+      <c r="A607">
+        <v>66520</v>
+      </c>
+      <c r="B607" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C607" t="s">
+        <v>5597</v>
+      </c>
+      <c r="D607" t="s">
+        <v>5598</v>
+      </c>
+      <c r="E607" t="s">
+        <v>5599</v>
+      </c>
+      <c r="F607" t="s">
+        <v>2135</v>
+      </c>
+      <c r="G607" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2137</v>
+      </c>
+      <c r="I607" t="s">
+        <v>2138</v>
+      </c>
+      <c r="J607" t="s">
+        <v>24</v>
+      </c>
+      <c r="K607" t="s">
+        <v>25</v>
+      </c>
+      <c r="L607" t="s">
+        <v>26</v>
+      </c>
+      <c r="M607" t="s">
+        <v>27</v>
+      </c>
+      <c r="N607" t="s">
+        <v>28</v>
+      </c>
+      <c r="O607" t="s">
+        <v>5600</v>
+      </c>
+    </row>
+    <row r="608" spans="1:15">
+      <c r="A608">
+        <v>66521</v>
+      </c>
+      <c r="B608" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C608" t="s">
+        <v>5601</v>
+      </c>
+      <c r="D608" t="s">
+        <v>5602</v>
+      </c>
+      <c r="E608" t="s">
+        <v>5603</v>
+      </c>
+      <c r="F608" t="s">
+        <v>5604</v>
+      </c>
+      <c r="G608" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H608" t="s">
+        <v>5605</v>
+      </c>
+      <c r="I608" t="s">
+        <v>1835</v>
+      </c>
+      <c r="J608" t="s">
+        <v>24</v>
+      </c>
+      <c r="K608" t="s">
+        <v>170</v>
+      </c>
+      <c r="L608" t="s">
+        <v>26</v>
+      </c>
+      <c r="M608" t="s">
+        <v>171</v>
+      </c>
+      <c r="N608" t="s">
+        <v>28</v>
+      </c>
+      <c r="O608" t="s">
+        <v>5606</v>
+      </c>
+    </row>
+    <row r="609" spans="1:15">
+      <c r="A609">
+        <v>66522</v>
+      </c>
+      <c r="B609" t="s">
+        <v>5607</v>
+      </c>
+      <c r="C609" t="s">
+        <v>5608</v>
+      </c>
+      <c r="D609" t="s">
+        <v>5609</v>
+      </c>
+      <c r="E609" t="s">
+        <v>5610</v>
+      </c>
+      <c r="F609" t="s">
+        <v>5611</v>
+      </c>
+      <c r="G609" t="s">
+        <v>5612</v>
+      </c>
+      <c r="H609" t="s">
+        <v>5613</v>
+      </c>
+      <c r="I609" t="s">
+        <v>5614</v>
+      </c>
+      <c r="J609" t="s">
+        <v>24</v>
+      </c>
+      <c r="K609" t="s">
+        <v>5465</v>
+      </c>
+      <c r="L609" t="s">
+        <v>26</v>
+      </c>
+      <c r="M609" t="s">
+        <v>5466</v>
+      </c>
+      <c r="N609" t="s">
+        <v>28</v>
+      </c>
+      <c r="O609" t="s">
+        <v>5615</v>
+      </c>
+    </row>
+    <row r="610" spans="1:15">
+      <c r="A610">
+        <v>66523</v>
+      </c>
+      <c r="B610" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C610" t="s">
+        <v>5616</v>
+      </c>
+      <c r="D610" t="s">
+        <v>5617</v>
+      </c>
+      <c r="E610" t="s">
+        <v>5618</v>
+      </c>
+      <c r="F610" t="s">
+        <v>2021</v>
+      </c>
+      <c r="G610" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H610" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I610" t="s">
+        <v>2024</v>
+      </c>
+      <c r="J610" t="s">
+        <v>24</v>
+      </c>
+      <c r="K610" t="s">
+        <v>47</v>
+      </c>
+      <c r="L610" t="s">
+        <v>26</v>
+      </c>
+      <c r="M610" t="s">
+        <v>48</v>
+      </c>
+      <c r="N610" t="s">
+        <v>28</v>
+      </c>
+      <c r="O610" t="s">
+        <v>5619</v>
+      </c>
+    </row>
+    <row r="611" spans="1:15">
+      <c r="A611">
+        <v>66524</v>
+      </c>
+      <c r="B611" t="s">
+        <v>4769</v>
+      </c>
+      <c r="C611" t="s">
+        <v>5620</v>
+      </c>
+      <c r="D611" t="s">
+        <v>5621</v>
+      </c>
+      <c r="E611" t="s">
+        <v>5622</v>
+      </c>
+      <c r="F611" t="s">
+        <v>5623</v>
+      </c>
+      <c r="G611" t="s">
+        <v>4774</v>
+      </c>
+      <c r="H611" t="s">
+        <v>4775</v>
+      </c>
+      <c r="I611" t="s">
+        <v>4776</v>
+      </c>
+      <c r="J611" t="s">
+        <v>24</v>
+      </c>
+      <c r="K611" t="s">
+        <v>170</v>
+      </c>
+      <c r="L611" t="s">
+        <v>26</v>
+      </c>
+      <c r="M611" t="s">
+        <v>171</v>
+      </c>
+      <c r="N611" t="s">
+        <v>28</v>
+      </c>
+      <c r="O611" t="s">
+        <v>5624</v>
+      </c>
+    </row>
+    <row r="612" spans="1:15">
+      <c r="A612">
+        <v>66525</v>
+      </c>
+      <c r="B612" t="s">
+        <v>5625</v>
+      </c>
+      <c r="C612" t="s">
+        <v>4629</v>
+      </c>
+      <c r="D612" t="s">
+        <v>5626</v>
+      </c>
+      <c r="E612" t="s">
+        <v>5627</v>
+      </c>
+      <c r="F612" t="s">
+        <v>4632</v>
+      </c>
+      <c r="G612" t="s">
+        <v>4633</v>
+      </c>
+      <c r="H612" t="s">
+        <v>4634</v>
+      </c>
+      <c r="I612" t="s">
+        <v>4635</v>
+      </c>
+      <c r="J612" t="s">
+        <v>24</v>
+      </c>
+      <c r="K612" t="s">
+        <v>170</v>
+      </c>
+      <c r="L612" t="s">
+        <v>26</v>
+      </c>
+      <c r="M612" t="s">
+        <v>171</v>
+      </c>
+      <c r="N612" t="s">
+        <v>28</v>
+      </c>
+      <c r="O612" t="s">
+        <v>5628</v>
+      </c>
+    </row>
+    <row r="613" spans="1:15">
+      <c r="A613">
+        <v>66526</v>
+      </c>
+      <c r="B613" t="s">
+        <v>5629</v>
+      </c>
+      <c r="C613" t="s">
+        <v>5630</v>
+      </c>
+      <c r="D613" t="s">
+        <v>5631</v>
+      </c>
+      <c r="E613" t="s">
+        <v>5632</v>
+      </c>
+      <c r="F613" t="s">
+        <v>5633</v>
+      </c>
+      <c r="G613" t="s">
+        <v>4642</v>
+      </c>
+      <c r="H613" t="s">
+        <v>4643</v>
+      </c>
+      <c r="I613" t="s">
+        <v>4644</v>
+      </c>
+      <c r="J613" t="s">
+        <v>24</v>
+      </c>
+      <c r="K613" t="s">
+        <v>170</v>
+      </c>
+      <c r="L613" t="s">
+        <v>26</v>
+      </c>
+      <c r="M613" t="s">
+        <v>171</v>
+      </c>
+      <c r="N613" t="s">
+        <v>28</v>
+      </c>
+      <c r="O613" t="s">
+        <v>5634</v>
+      </c>
+    </row>
+    <row r="614" spans="1:15">
+      <c r="A614">
+        <v>66527</v>
+      </c>
+      <c r="B614" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C614" t="s">
+        <v>5635</v>
+      </c>
+      <c r="D614" t="s">
+        <v>5636</v>
+      </c>
+      <c r="E614" t="s">
+        <v>5637</v>
+      </c>
+      <c r="F614" t="s">
+        <v>5638</v>
+      </c>
+      <c r="G614" t="s">
+        <v>2069</v>
+      </c>
+      <c r="H614" t="s">
+        <v>2070</v>
+      </c>
+      <c r="I614" t="s">
+        <v>2071</v>
+      </c>
+      <c r="J614" t="s">
+        <v>24</v>
+      </c>
+      <c r="K614" t="s">
+        <v>5538</v>
+      </c>
+      <c r="L614" t="s">
+        <v>26</v>
+      </c>
+      <c r="M614" t="s">
+        <v>5539</v>
+      </c>
+      <c r="N614" t="s">
+        <v>28</v>
+      </c>
+      <c r="O614" t="s">
+        <v>5639</v>
+      </c>
+    </row>
+    <row r="615" spans="1:15">
+      <c r="A615">
+        <v>66529</v>
+      </c>
+      <c r="B615" t="s">
+        <v>5640</v>
+      </c>
+      <c r="C615" t="s">
+        <v>5641</v>
+      </c>
+      <c r="D615" t="s">
+        <v>5642</v>
+      </c>
+      <c r="E615" t="s">
+        <v>5643</v>
+      </c>
+      <c r="F615" t="s">
+        <v>5644</v>
+      </c>
+      <c r="G615" t="s">
+        <v>5069</v>
+      </c>
+      <c r="H615" t="s">
+        <v>5070</v>
+      </c>
+      <c r="I615" t="s">
+        <v>5071</v>
+      </c>
+      <c r="J615" t="s">
+        <v>24</v>
+      </c>
+      <c r="K615" t="s">
+        <v>2617</v>
+      </c>
+      <c r="L615" t="s">
+        <v>26</v>
+      </c>
+      <c r="M615" t="s">
+        <v>2618</v>
+      </c>
+      <c r="N615" t="s">
+        <v>28</v>
+      </c>
+      <c r="O615" t="s">
+        <v>5645</v>
+      </c>
+    </row>
+    <row r="616" spans="1:15">
+      <c r="A616">
+        <v>66530</v>
+      </c>
+      <c r="B616" t="s">
+        <v>5646</v>
+      </c>
+      <c r="C616" t="s">
+        <v>5647</v>
+      </c>
+      <c r="D616" t="s">
+        <v>5648</v>
+      </c>
+      <c r="E616" t="s">
+        <v>5649</v>
+      </c>
+      <c r="F616" t="s">
+        <v>5650</v>
+      </c>
+      <c r="G616" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H616" t="s">
+        <v>1751</v>
+      </c>
+      <c r="I616" t="s">
+        <v>1752</v>
+      </c>
+      <c r="J616" t="s">
+        <v>24</v>
+      </c>
+      <c r="K616" t="s">
+        <v>916</v>
+      </c>
+      <c r="L616" t="s">
+        <v>26</v>
+      </c>
+      <c r="M616" t="s">
+        <v>917</v>
+      </c>
+      <c r="N616" t="s">
+        <v>28</v>
+      </c>
+      <c r="O616" t="s">
+        <v>5651</v>
+      </c>
+    </row>
+    <row r="617" spans="1:15">
+      <c r="A617">
+        <v>66531</v>
+      </c>
+      <c r="B617" t="s">
+        <v>5652</v>
+      </c>
+      <c r="C617" t="s">
+        <v>5653</v>
+      </c>
+      <c r="D617" t="s">
+        <v>5654</v>
+      </c>
+      <c r="E617" t="s">
+        <v>5655</v>
+      </c>
+      <c r="F617" t="s">
+        <v>5656</v>
+      </c>
+      <c r="G617" t="s">
+        <v>5657</v>
+      </c>
+      <c r="H617" t="s">
+        <v>5658</v>
+      </c>
+      <c r="I617" t="s">
+        <v>5659</v>
+      </c>
+      <c r="J617" t="s">
+        <v>450</v>
+      </c>
+      <c r="K617" t="s">
+        <v>5660</v>
+      </c>
+      <c r="L617" t="s">
+        <v>452</v>
+      </c>
+      <c r="M617" t="s">
+        <v>5661</v>
+      </c>
+      <c r="N617" t="s">
+        <v>28</v>
+      </c>
+      <c r="O617" t="s">
+        <v>5662</v>
+      </c>
+    </row>
+    <row r="618" spans="1:15">
+      <c r="A618">
+        <v>66532</v>
+      </c>
+      <c r="B618" t="s">
+        <v>5663</v>
+      </c>
+      <c r="C618" t="s">
+        <v>5664</v>
+      </c>
+      <c r="D618" t="s">
+        <v>5665</v>
+      </c>
+      <c r="E618" t="s">
+        <v>5666</v>
+      </c>
+      <c r="F618" t="s">
+        <v>2153</v>
+      </c>
+      <c r="G618" t="s">
+        <v>2154</v>
+      </c>
+      <c r="H618" t="s">
+        <v>2155</v>
+      </c>
+      <c r="I618" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J618" t="s">
+        <v>450</v>
+      </c>
+      <c r="K618" t="s">
+        <v>5667</v>
+      </c>
+      <c r="L618" t="s">
+        <v>452</v>
+      </c>
+      <c r="M618" t="s">
+        <v>5668</v>
+      </c>
+      <c r="N618" t="s">
+        <v>28</v>
+      </c>
+      <c r="O618" t="s">
+        <v>5669</v>
+      </c>
+    </row>
+    <row r="619" spans="1:15">
+      <c r="A619">
+        <v>66533</v>
+      </c>
+      <c r="B619" t="s">
+        <v>5670</v>
+      </c>
+      <c r="C619" t="s">
+        <v>5671</v>
+      </c>
+      <c r="D619" t="s">
+        <v>5672</v>
+      </c>
+      <c r="E619" t="s">
+        <v>5673</v>
+      </c>
+      <c r="F619" t="s">
+        <v>1841</v>
+      </c>
+      <c r="G619" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H619" t="s">
+        <v>1843</v>
+      </c>
+      <c r="I619" t="s">
+        <v>5674</v>
+      </c>
+      <c r="J619" t="s">
+        <v>24</v>
+      </c>
+      <c r="K619" t="s">
+        <v>5675</v>
+      </c>
+      <c r="L619" t="s">
+        <v>26</v>
+      </c>
+      <c r="M619" t="s">
+        <v>5676</v>
+      </c>
+      <c r="N619" t="s">
+        <v>28</v>
+      </c>
+      <c r="O619" t="s">
+        <v>5677</v>
+      </c>
+    </row>
+    <row r="620" spans="1:15">
+      <c r="A620">
+        <v>66534</v>
+      </c>
+      <c r="B620" t="s">
+        <v>5678</v>
+      </c>
+      <c r="C620" t="s">
+        <v>5679</v>
+      </c>
+      <c r="D620" t="s">
+        <v>5680</v>
+      </c>
+      <c r="E620" t="s">
+        <v>5681</v>
+      </c>
+      <c r="F620" t="s">
+        <v>5682</v>
+      </c>
+      <c r="G620" t="s">
+        <v>5683</v>
+      </c>
+      <c r="H620" t="s">
+        <v>3687</v>
+      </c>
+      <c r="I620" t="s">
+        <v>3688</v>
+      </c>
+      <c r="J620" t="s">
+        <v>24</v>
+      </c>
+      <c r="K620" t="s">
+        <v>47</v>
+      </c>
+      <c r="L620" t="s">
+        <v>26</v>
+      </c>
+      <c r="M620" t="s">
+        <v>48</v>
+      </c>
+      <c r="N620" t="s">
+        <v>28</v>
+      </c>
+      <c r="O620" t="s">
+        <v>5684</v>
+      </c>
+    </row>
+    <row r="621" spans="1:15">
+      <c r="A621">
+        <v>66535</v>
+      </c>
+      <c r="B621" t="s">
+        <v>5685</v>
+      </c>
+      <c r="C621" t="s">
+        <v>5686</v>
+      </c>
+      <c r="D621" t="s">
+        <v>5687</v>
+      </c>
+      <c r="E621" t="s">
+        <v>5688</v>
+      </c>
+      <c r="F621" t="s">
+        <v>5689</v>
+      </c>
+      <c r="G621" t="s">
+        <v>5690</v>
+      </c>
+      <c r="H621" t="s">
+        <v>5691</v>
+      </c>
+      <c r="I621" t="s">
+        <v>5692</v>
+      </c>
+      <c r="J621" t="s">
+        <v>5693</v>
+      </c>
+      <c r="K621" t="s">
+        <v>5694</v>
+      </c>
+      <c r="L621" t="s">
+        <v>5695</v>
+      </c>
+      <c r="M621" t="s">
+        <v>5696</v>
+      </c>
+      <c r="N621" t="s">
+        <v>28</v>
+      </c>
+      <c r="O621" t="s">
+        <v>5697</v>
+      </c>
+    </row>
+    <row r="622" spans="1:15">
+      <c r="A622">
+        <v>66536</v>
+      </c>
+      <c r="B622" t="s">
+        <v>5698</v>
+      </c>
+      <c r="C622" t="s">
+        <v>5699</v>
+      </c>
+      <c r="D622" t="s">
+        <v>5700</v>
+      </c>
+      <c r="E622" t="s">
+        <v>5701</v>
+      </c>
+      <c r="F622" t="s">
+        <v>5702</v>
+      </c>
+      <c r="G622" t="s">
+        <v>5703</v>
+      </c>
+      <c r="H622" t="s">
+        <v>5704</v>
+      </c>
+      <c r="I622" t="s">
+        <v>5705</v>
+      </c>
+      <c r="J622" t="s">
+        <v>24</v>
+      </c>
+      <c r="K622" t="s">
+        <v>5538</v>
+      </c>
+      <c r="L622" t="s">
+        <v>26</v>
+      </c>
+      <c r="M622" t="s">
+        <v>5539</v>
+      </c>
+      <c r="N622" t="s">
+        <v>28</v>
+      </c>
+      <c r="O622" t="s">
+        <v>5706</v>
+      </c>
+    </row>
+    <row r="623" spans="1:15">
+      <c r="A623">
+        <v>66537</v>
+      </c>
+      <c r="B623" t="s">
+        <v>5707</v>
+      </c>
+      <c r="C623" t="s">
+        <v>5708</v>
+      </c>
+      <c r="D623" t="s">
+        <v>5709</v>
+      </c>
+      <c r="E623" t="s">
+        <v>5710</v>
+      </c>
+      <c r="F623" t="s">
+        <v>5711</v>
+      </c>
+      <c r="G623" t="s">
+        <v>5453</v>
+      </c>
+      <c r="H623" t="s">
+        <v>5454</v>
+      </c>
+      <c r="I623" t="s">
+        <v>5455</v>
+      </c>
+      <c r="J623" t="s">
+        <v>24</v>
+      </c>
+      <c r="K623" t="s">
+        <v>5538</v>
+      </c>
+      <c r="L623" t="s">
+        <v>26</v>
+      </c>
+      <c r="M623" t="s">
+        <v>5539</v>
+      </c>
+      <c r="N623" t="s">
+        <v>28</v>
+      </c>
+      <c r="O623" t="s">
+        <v>5712</v>
+      </c>
+    </row>
+    <row r="624" spans="1:15">
+      <c r="A624">
+        <v>66538</v>
+      </c>
+      <c r="B624" t="s">
+        <v>5713</v>
+      </c>
+      <c r="C624" t="s">
+        <v>5714</v>
+      </c>
+      <c r="D624" t="s">
+        <v>5715</v>
+      </c>
+      <c r="E624" t="s">
+        <v>5716</v>
+      </c>
+      <c r="F624" t="s">
+        <v>5717</v>
+      </c>
+      <c r="G624" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H624" t="s">
+        <v>2146</v>
+      </c>
+      <c r="I624" t="s">
+        <v>2147</v>
+      </c>
+      <c r="J624" t="s">
+        <v>24</v>
+      </c>
+      <c r="K624" t="s">
+        <v>5718</v>
+      </c>
+      <c r="L624" t="s">
+        <v>26</v>
+      </c>
+      <c r="M624" t="s">
+        <v>5719</v>
+      </c>
+      <c r="N624" t="s">
+        <v>28</v>
+      </c>
+      <c r="O624" t="s">
+        <v>5720</v>
+      </c>
+    </row>
+    <row r="625" spans="1:15">
+      <c r="A625">
+        <v>66540</v>
+      </c>
+      <c r="B625" t="s">
+        <v>5721</v>
+      </c>
+      <c r="C625" t="s">
+        <v>5722</v>
+      </c>
+      <c r="D625" t="s">
+        <v>5723</v>
+      </c>
+      <c r="E625" t="s">
+        <v>5724</v>
+      </c>
+      <c r="F625" t="s">
+        <v>5725</v>
+      </c>
+      <c r="G625" t="s">
+        <v>5726</v>
+      </c>
+      <c r="H625" t="s">
+        <v>5727</v>
+      </c>
+      <c r="I625" t="s">
+        <v>1781</v>
+      </c>
+      <c r="J625" t="s">
+        <v>24</v>
+      </c>
+      <c r="K625" t="s">
+        <v>5728</v>
+      </c>
+      <c r="L625" t="s">
+        <v>26</v>
+      </c>
+      <c r="M625" t="s">
+        <v>5729</v>
+      </c>
+      <c r="N625" t="s">
+        <v>28</v>
+      </c>
+      <c r="O625" t="s">
+        <v>5730</v>
+      </c>
+    </row>
+    <row r="626" spans="1:15">
+      <c r="A626">
         <v>66541</v>
       </c>
-      <c r="B435" t="s">
-[...39 lines deleted...]
-        <v>3994</v>
+      <c r="B626" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C626" t="s">
+        <v>5731</v>
+      </c>
+      <c r="D626" t="s">
+        <v>5732</v>
+      </c>
+      <c r="E626" t="s">
+        <v>5733</v>
+      </c>
+      <c r="F626" t="s">
+        <v>5734</v>
+      </c>
+      <c r="G626" t="s">
+        <v>2127</v>
+      </c>
+      <c r="H626" t="s">
+        <v>2128</v>
+      </c>
+      <c r="I626" t="s">
+        <v>2129</v>
+      </c>
+      <c r="J626" t="s">
+        <v>24</v>
+      </c>
+      <c r="K626" t="s">
+        <v>5735</v>
+      </c>
+      <c r="L626" t="s">
+        <v>26</v>
+      </c>
+      <c r="M626" t="s">
+        <v>5736</v>
+      </c>
+      <c r="N626" t="s">
+        <v>28</v>
+      </c>
+      <c r="O626" t="s">
+        <v>5737</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">